--- v0 (2025-10-06)
+++ v1 (2025-10-27)
@@ -1,92 +1,92 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb42c6e874f0b4271" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6eea3128bc154fe5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="sheet 1" sheetId="1" r:id="Rb8897dbd4a1f4808"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="sheet 1" sheetId="1" r:id="Rcbc24d8a4b194b13"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fonts>
     <x:font>
       <x:color rgb="000000"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:color rgb="000000"/>
     </x:font>
     <x:font>
       <x:color rgb="0645AD"/>
     </x:font>
   </x:fonts>
   <x:fills>
     <x:fill>
       <x:patternFill patternType="none"/>
     </x:fill>
     <x:fill>
       <x:patternFill patternType="gray125"/>
     </x:fill>
   </x:fills>
   <x:borders>
     <x:border>
       <x:left/>
       <x:right/>
       <x:top/>
       <x:bottom/>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs>
     <x:xf fontId="0" fillId="0" borderId="0" applyFont="1">
       <x:alignment horizontal="left" vertical="center"/>
     </x:xf>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1">
       <x:alignment horizontal="left" vertical="center"/>
     </x:xf>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1">
       <x:alignment horizontal="left" vertical="center"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb149dc2ebc824b0d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rb8897dbd4a1f4808" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdd1d3f84ffeb4579" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rcbc24d8a4b194b13" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row>
       <x:c s="1" t="str">
         <x:v>publication_title</x:v>
       </x:c>
       <x:c s="1" t="str">
         <x:v>print_identifier</x:v>
       </x:c>
       <x:c s="1" t="str">
         <x:v>online_identifier</x:v>
       </x:c>
       <x:c s="1" t="str">
         <x:v>date_first_issue_online</x:v>
       </x:c>
       <x:c s="1" t="str">
         <x:v>num_first_vol_online</x:v>
       </x:c>
       <x:c s="1" t="str">
         <x:v>num_first_issue_online</x:v>
       </x:c>
       <x:c s="1" t="str">
@@ -107,51 +107,51 @@
       <x:c s="1" t="str">
         <x:v>title_id</x:v>
       </x:c>
       <x:c s="1" t="str">
         <x:v>embargo_info</x:v>
       </x:c>
       <x:c s="1" t="str">
         <x:v>coverage_depth</x:v>
       </x:c>
       <x:c s="1" t="str">
         <x:v>notes</x:v>
       </x:c>
       <x:c s="1" t="str">
         <x:v>publisher_name</x:v>
       </x:c>
       <x:c s="1" t="str">
         <x:v>publication_type</x:v>
       </x:c>
       <x:c s="1" t="str">
         <x:v>date_monograph_published_print</x:v>
       </x:c>
       <x:c s="1" t="str">
         <x:v>date_monograph_published_online</x:v>
       </x:c>
       <x:c s="1" t="str">
-        <x:v>mongraph_volume</x:v>
+        <x:v>monograph_volume</x:v>
       </x:c>
       <x:c s="1" t="str">
         <x:v>monograph_edition</x:v>
       </x:c>
       <x:c s="1" t="str">
         <x:v>first_editor</x:v>
       </x:c>
       <x:c s="1" t="str">
         <x:v>parent_publication_title_id</x:v>
       </x:c>
       <x:c s="1" t="str">
         <x:v>preceding_publication_title_id</x:v>
       </x:c>
       <x:c s="1" t="str">
         <x:v>access_type</x:v>
       </x:c>
       <x:c s="1" t="str">
         <x:v>DOI</x:v>
       </x:c>
       <x:c s="1" t="str">
         <x:v>Product</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="str">
@@ -165,52 +165,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://surgery.lwwhealthlibrary.com/book.aspx?bookid=936</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Britt</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>936</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-60831-428-7</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2018-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -248,52 +248,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://surgery.lwwhealthlibrary.com/book.aspx?bookid=2516</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Britt</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>2516</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-496370-04-4</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2018-11-26</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -331,52 +331,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://surgery.lwwhealthlibrary.com/book.aspx?bookid=946</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Wind</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>946</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-4511-8472-3</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2012-12-31</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -414,52 +414,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://surgery.lwwhealthlibrary.com/book.aspx?bookid=3007</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Valentine</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>3007</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-975152-76-5</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2021-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -497,52 +497,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://surgery.lwwhealthlibrary.com/book.aspx?bookid=2649</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Bland</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>2649</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-496380-87-6</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2019-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -580,52 +580,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://surgery.lwwhealthlibrary.com/book.aspx?bookid=901</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Bland</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>901</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-60547-428-1</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2010-12-30</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -663,52 +663,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://surgery.lwwhealthlibrary.com/book.aspx?bookid=997</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Khonsari</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>997</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-0-7817-6950-1</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2007-12-31</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -746,52 +746,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://surgery.lwwhealthlibrary.com/book.aspx?bookid=3386</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Brown</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>3386</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-9752-1623-8</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2025-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -829,52 +829,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://surgery.lwwhealthlibrary.com/book.aspx?bookid=937</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Corman</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>937</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-4511-1114-9</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2012-12-31</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -912,52 +912,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://surgery.lwwhealthlibrary.com/book.aspx?bookid=3292</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Moore</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>3292</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-975109-51-6</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2024-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -995,52 +995,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://surgery.lwwhealthlibrary.com/book.aspx?bookid=922</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Fischer</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>922</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-60831-740-0</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2018-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -1078,52 +1078,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://surgery.lwwhealthlibrary.com/book.aspx?bookid=2422</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Fischer</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>2422</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-469897-18-9</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2019-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -1161,52 +1161,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://surgery.lwwhealthlibrary.com/book.aspx?bookid=3294</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Ellison</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>3294</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-975176-43-3</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2024-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -1244,52 +1244,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://surgery.lwwhealthlibrary.com/book.aspx?bookid=889</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Nussbaum</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>889</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-4511-1297-9</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2012-12-31</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -1327,52 +1327,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://surgery.lwwhealthlibrary.com/book.aspx?bookid=951</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Shields</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>951</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-0-7817-7982-1</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2009-08-06</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -1410,52 +1410,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://surgery.lwwhealthlibrary.com/book.aspx?bookid=1673</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Keane</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>1673</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-4511-9146-2</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2016-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -1493,52 +1493,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://surgery.lwwhealthlibrary.com/book.aspx?bookid=920</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Mulholland</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>920</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-60547-355-0</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -1576,52 +1576,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://surgery.lwwhealthlibrary.com/book.aspx?bookid=1963</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Mulholland</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>1963</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-469890-01-2</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer bu</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2016-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -1659,52 +1659,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://surgery.lwwhealthlibrary.com/book.aspx?bookid=916</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Rasmussen</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>916</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-0-7817-8135-0</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2018-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -1742,52 +1742,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://surgery.lwwhealthlibrary.com/book.aspx?bookid=2520</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Rasmussen</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>2520</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-451175-23-3</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2019-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -1825,135 +1825,218 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://surgery.lwwhealthlibrary.com/book.aspx?bookid=2650</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Buicko</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>2650</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-496388-53-7</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2019-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>1.00</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="str">
+        <x:v>Khonsari and Sintek’s Cardiac Surgery: Safeguards and Pitfalls in Operative Technique, 6e</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>978-1-975238-39-1</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>https://surgery.lwwhealthlibrary.com/book.aspx?bookid=3439</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>Ardehali</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>978-1-975238-39-1</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>fulltext</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>monograph</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>2026-01-01</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>6.00</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="str">
         <x:v>Khonsari's Cardiac Surgery: Safeguards and Pitfalls in Operative Technique, 5e</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>978-1-451183-68-9</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://surgery.lwwhealthlibrary.com/book.aspx?bookid=3103</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Ardehali</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>3103</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-451183-68-9</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2017-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -1991,52 +2074,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://surgery.lwwhealthlibrary.com/book.aspx?bookid=942</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Marino</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>942</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-4511-2118-6</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2013-12-31</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -2074,52 +2157,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://surgery.lwwhealthlibrary.com/book.aspx?bookid=3391</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Marino</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>3391</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-9751-7670-9</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Wolters Kluwer</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2025-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -2157,52 +2240,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://surgery.lwwhealthlibrary.com/book.aspx?bookid=3381</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>3381</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-975171-93-3</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Wolters Kluwer</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2025-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -2240,52 +2323,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://surgery.lwwhealthlibrary.com/book.aspx?bookid=2382</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Wexner</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>2382</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-496347-23-7</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2018-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -2323,52 +2406,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://surgery.lwwhealthlibrary.com/book.aspx?bookid=2383</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Wexner</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>2383</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-496348-57-9</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2011-12-20</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -2406,52 +2489,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://surgery.lwwhealthlibrary.com/book.aspx?bookid=944</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Wexner</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>944</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-60547-643-8</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2012-02-14</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -2489,52 +2572,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://surgery.lwwhealthlibrary.com/book.aspx?bookid=945</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Wexner</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>945</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-60547-644-5</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2014-07-21</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -2572,52 +2655,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://surgery.lwwhealthlibrary.com/book.aspx?bookid=2997</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Grover</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>2997</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-451193-53-4</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2016-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -2655,52 +2738,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://surgery.lwwhealthlibrary.com/book.aspx?bookid=911</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Luketich</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>911</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-4511-8373-3</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2013-12-31</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -2738,52 +2821,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://surgery.lwwhealthlibrary.com/book.aspx?bookid=909</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lillemoe</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>909</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-4511-5429-0</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2012-12-31</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -2821,52 +2904,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://surgery.lwwhealthlibrary.com/book.aspx?bookid=2676</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lillemoe</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>2676</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-496385-57-4</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2020-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -2904,52 +2987,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://surgery.lwwhealthlibrary.com/book.aspx?bookid=1578</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Mathisen</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>1578</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-4511-9073-1</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2015-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -2987,52 +3070,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://surgery.lwwhealthlibrary.com/book.aspx?bookid=1572</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Mathisen</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>1572</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-4511-9072-4</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2015-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -3070,52 +3153,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://surgery.lwwhealthlibrary.com/book.aspx?bookid=1598</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Darling</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>1598</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-4511-9161-5</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2016-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -3153,52 +3236,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://surgery.lwwhealthlibrary.com/book.aspx?bookid=1600</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Darling</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>1600</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-45119-157-8</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2016-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -3236,52 +3319,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://surgery.lwwhealthlibrary.com/book.aspx?bookid=923</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Kaiser</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>923</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-4511-1315-0</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2013-12-31</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -3319,52 +3402,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://surgery.lwwhealthlibrary.com/book.aspx?bookid=3379</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Shrager</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>3379</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-975213-00-8</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2025-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -3402,52 +3485,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://surgery.lwwhealthlibrary.com/book.aspx?bookid=903</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Swanström</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>903</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-4511-7344-4</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2013-12-31</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -3485,52 +3568,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://surgery.lwwhealthlibrary.com/book.aspx?bookid=3110</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>3110</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-975143-16-9</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2022-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -3568,52 +3651,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://surgery.lwwhealthlibrary.com/book.aspx?bookid=1360</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Mulholland</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>1360</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-4511-8631-4</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2015-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -3651,52 +3734,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://surgery.lwwhealthlibrary.com/book.aspx?bookid=3237</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Hawn</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>3237</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-975176-46-4</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2023-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -3734,52 +3817,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://surgery.lwwhealthlibrary.com/book.aspx?bookid=2987</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Jones</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>2987</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-496355-39-3</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2018-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -3817,52 +3900,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://surgery.lwwhealthlibrary.com/book.aspx?bookid=3274</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>3274</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-975190-33-0</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2024-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -3900,52 +3983,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://surgery.lwwhealthlibrary.com/book.aspx?bookid=2496</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Jacobs</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>2496</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-496388-60-5</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2019-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -3983,52 +4066,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://surgery.lwwhealthlibrary.com/book.aspx?bookid=3332</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>3332</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-975192-64-8</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Wolters Kluwer</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2025-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -4066,52 +4149,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://surgery.lwwhealthlibrary.com/book.aspx?bookid=948</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Scott-Conner</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>948</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-4511-5172-5</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2014-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -4149,52 +4232,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://surgery.lwwhealthlibrary.com/book.aspx?bookid=2458</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>LoCicero</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>2458</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-451195-22-4</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2019-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -4232,52 +4315,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://surgery.lwwhealthlibrary.com/book.aspx?bookid=3241</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Steele</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>3241</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-975152-89-5</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2023-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -4315,52 +4398,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://surgery.lwwhealthlibrary.com/book.aspx?bookid=2420</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Jensen</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>2420</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-496388-57-5</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2019-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -4398,52 +4481,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://surgery.lwwhealthlibrary.com/book.aspx?bookid=3062</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Mulholland</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>3062</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-975135-47-8</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2021-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -4481,52 +4564,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://surgery.lwwhealthlibrary.com/book.aspx?bookid=908</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Feig</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>908</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-60831-284-9</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2011-12-24</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -4564,52 +4647,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://surgery.lwwhealthlibrary.com/book.aspx?bookid=2436</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Feig</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>2436</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-496358-15-8</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2019-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -4647,52 +4730,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://surgery.lwwhealthlibrary.com/book.aspx?bookid=3259</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Feig</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>3259</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-975192-63-1</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2024-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -4730,52 +4813,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://surgery.lwwhealthlibrary.com/book.aspx?bookid=935</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Paige</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>935</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-6054-7065-8</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2009-12-31</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -4813,52 +4896,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://surgery.lwwhealthlibrary.com/book.aspx?bookid=1599</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Porrett</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>1599</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-4511-9332-9</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2015-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -4896,52 +4979,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://surgery.lwwhealthlibrary.com/book.aspx?bookid=907</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Peitzman</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>907</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-4511-1679-3</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2012-12-31</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -4979,52 +5062,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://surgery.lwwhealthlibrary.com/book.aspx?bookid=2785</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Peitzman</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>2785</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-975113-04-9</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2020-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -5062,52 +5145,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://surgery.lwwhealthlibrary.com/book.aspx?bookid=934</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Klingensmith</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>934</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-4511-1594-9</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2011-12-31</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -5145,52 +5228,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://surgery.lwwhealthlibrary.com/book.aspx?bookid=1719</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Klingensmith</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>1719</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-4963-1078-1</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2016-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -5228,52 +5311,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://surgery.lwwhealthlibrary.com/book.aspx?bookid=2768</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Klingensmith</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>2768</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-975120-06-1</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2020-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -5311,52 +5394,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://surgery.lwwhealthlibrary.com/book.aspx?bookid=3303</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Wise</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>3303</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-975201-25-8</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2024-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>