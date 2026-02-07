--- v0 (2025-10-27)
+++ v1 (2026-02-07)
@@ -1,522 +1,425 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet10.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet11.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet12.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet13.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet14.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet15.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet16.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet17.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet18.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet19.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet20.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet21.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet22.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet23.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet24.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet25.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet26.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet27.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet28.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet29.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet30.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet31.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet32.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet33.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
+  <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml" /></Relationships>
+<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-[...1 lines deleted...]
-  <workbookPr codeName="ThisWorkbook"/>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29426"/>
+  <workbookPr codeName="ThisWorkbook" defaultThemeVersion="202300"/>
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+    <mc:Choice Requires="x15">
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://wolterskluwer-my.sharepoint.com/personal/leanne_vandetty_wolterskluwer_com/Documents/Health Library/Health Library Repository/Health Library Title Lists/Subscription/"/>
+    </mc:Choice>
+  </mc:AlternateContent>
+  <xr:revisionPtr revIDLastSave="13" documentId="11_6A5964C49E6BFC826B14C6B31A3BE54A89270F00" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{4F5C7E6B-1C1D-4F28-A3E7-DA44BD7BF8F6}"/>
+  <bookViews>
+    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10300" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+  </bookViews>
   <sheets>
     <sheet name="Subscription Title List" sheetId="1" r:id="rId1"/>
     <sheet name="Maxwell, 1 ed. - Anatomical Lan" sheetId="2" r:id="rId2"/>
     <sheet name="Nordin, 05 ed. - Basic Biomecha" sheetId="3" r:id="rId3"/>
     <sheet name="Smith, 06 ed. - Exercise Physio" sheetId="4" r:id="rId4"/>
     <sheet name="Jacobs, 03 ed. - Fabrication Pr" sheetId="5" r:id="rId5"/>
     <sheet name="Palmer, 2 ed. - Fundamentals of" sheetId="6" r:id="rId6"/>
     <sheet name="Long, 03 ed. - Handbook of Pedi" sheetId="7" r:id="rId7"/>
     <sheet name="Cornwall, 1 ed. - Imaging Handb" sheetId="8" r:id="rId8"/>
     <sheet name="Clarkson, 02 ed. - Joint Motion" sheetId="9" r:id="rId9"/>
     <sheet name="Conroy, 06 ed. - Kendall’s Musc" sheetId="10" r:id="rId10"/>
     <sheet name="Oatis, 03 ed. - Kinesiology The" sheetId="11" r:id="rId11"/>
     <sheet name="Nosse, 3 ed. - Management and S" sheetId="12" r:id="rId12"/>
     <sheet name="Myers, 05 ed. - Management of C" sheetId="13" r:id="rId13"/>
     <sheet name="Shumway-Cook, 06 ed. - Motor Co" sheetId="14" r:id="rId14"/>
     <sheet name="Kendall, 5 ed. - Muscles Testin" sheetId="15" r:id="rId15"/>
     <sheet name="Clarkson, 04 ed. - Musculoskele" sheetId="16" r:id="rId16"/>
     <sheet name="Jacobs, 03 ed. - Orthotic Inter" sheetId="17" r:id="rId17"/>
     <sheet name="Andrade, 3 ed. - Outcome-Based" sheetId="18" r:id="rId18"/>
     <sheet name="Tecklin, 5 ed. - Pediatric Phys" sheetId="19" r:id="rId19"/>
     <sheet name="Lewis, 01 ed. - Physical Therap" sheetId="20" r:id="rId20"/>
     <sheet name="Hurley, 1 ed. - Research Method" sheetId="21" r:id="rId21"/>
     <sheet name="Lieber, 3 ed. - Skeletal Muscle" sheetId="22" r:id="rId22"/>
     <sheet name="Riegelman, 07 ed. - Studying a" sheetId="23" r:id="rId23"/>
     <sheet name="Spearing, 06 ed. - Tecklin’s Pe" sheetId="24" r:id="rId24"/>
     <sheet name="Salter, 3 ed. - Textbook of Dis" sheetId="25" r:id="rId25"/>
     <sheet name="Drnach, 01 ed. - The Business o" sheetId="26" r:id="rId26"/>
     <sheet name="Drnach, 1 ed. - The Clinical Pr" sheetId="27" r:id="rId27"/>
     <sheet name="Bélanger, 04 ed. - Therapeutic" sheetId="28" r:id="rId28"/>
     <sheet name="Brody, 04 ed. - Therapeutic Exe" sheetId="29" r:id="rId29"/>
     <sheet name="Draper, 03 ed. - Therapeutic Mo" sheetId="30" r:id="rId30"/>
-    <sheet name="Donnelly, 03 ed. - Travell, Sim" sheetId="31" r:id="rId31"/>
+    <sheet name="Donnelly, 04 ed. - Travell, Sim" sheetId="31" r:id="rId31"/>
     <sheet name="Irion, 3 ed. - Women’s Health i" sheetId="32" r:id="rId32"/>
     <sheet name="Sussman, 4 ed. - Wound Care A C" sheetId="33" r:id="rId33"/>
   </sheets>
-  <calcPr fullPrecision="1" calcMode="auto" calcId="125725"/>
+  <calcPr calcId="125725"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2438">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3814" uniqueCount="2389">
   <si>
     <t>Author</t>
   </si>
   <si>
-    <t/>
-[...1 lines deleted...]
-  <si>
     <t>Title</t>
   </si>
   <si>
     <t>Edition</t>
   </si>
   <si>
     <t>ISBN</t>
   </si>
   <si>
     <t>Year Published</t>
   </si>
   <si>
     <t>Title Level URL</t>
   </si>
   <si>
     <t>Date Added to HL</t>
   </si>
   <si>
     <t>Paula J. Maxwell, PhD, ATC</t>
   </si>
   <si>
     <t>Anatomical Landmark Palpation</t>
   </si>
   <si>
-    <t>978-1-4511-3072-0</t>
-[...1 lines deleted...]
-  <si>
     <t>https://pt.lwwhealthlibrary.com/book.aspx?bookid=1161</t>
   </si>
   <si>
     <t>Margareta Nordin, PT, Dr Med Sci</t>
   </si>
   <si>
     <t>Basic Biomechanics of the Musculoskeletal System, 5e</t>
   </si>
   <si>
-    <t>978-1-975141-98-1</t>
-[...1 lines deleted...]
-  <si>
     <t>https://pt.lwwhealthlibrary.com/book.aspx?bookid=3067</t>
   </si>
   <si>
     <t>Denise L. Smith</t>
   </si>
   <si>
     <t>Exercise Physiology for Health, Fitness, and Performance, 6e</t>
-  </si>
-[...1 lines deleted...]
-    <t>978-1-975179-55-7</t>
   </si>
   <si>
     <t>https://pt.lwwhealthlibrary.com/book.aspx?bookid=3225</t>
   </si>
   <si>
     <t>MaryLynn A. Jacobs, MBA, MS, OTR/L, CHT</t>
   </si>
   <si>
     <t>Fabrication Process Manual for Orthotic Intervention for the Hand and 
 Upper Extremity: Splinting Principles and Process, 3e</t>
   </si>
   <si>
-    <t>978-1-975172-35-0</t>
-[...1 lines deleted...]
-  <si>
     <t>https://pt.lwwhealthlibrary.com/book.aspx?bookid=3066</t>
   </si>
   <si>
     <t>M. Lynn Palmer, PhD, PT</t>
   </si>
   <si>
     <t>Fundamentals of Musculoskeletal Assessment Techniques, 2e</t>
   </si>
   <si>
-    <t>978-0-7817-1007-7</t>
-[...1 lines deleted...]
-  <si>
     <t>https://pt.lwwhealthlibrary.com/book.aspx?bookid=1177</t>
   </si>
   <si>
     <t>Toby Long, PT, PhD, FAPTA</t>
   </si>
   <si>
     <t>Handbook of Pediatric Physical Therapy, 3e</t>
   </si>
   <si>
-    <t>978-1-496395-03-0</t>
-[...1 lines deleted...]
-  <si>
     <t>https://pt.lwwhealthlibrary.com/book.aspx?bookid=2756</t>
   </si>
   <si>
     <t>Mark W. Cornwall, PT, PhD, CPed, FAPTA</t>
   </si>
   <si>
     <t>Imaging Handbook for Physical Therapists, 1e</t>
   </si>
   <si>
-    <t>978-1-4511-3031-7</t>
-[...1 lines deleted...]
-  <si>
     <t>https://pt.lwwhealthlibrary.com/book.aspx?bookid=1108</t>
   </si>
   <si>
     <t>Hazel M. Clarkson, MA., BPT</t>
   </si>
   <si>
     <t>Joint Motion, Muscle Length, and Function Assessment: A Research-Based Practical Guide, 2e</t>
   </si>
   <si>
-    <t>978-1-975112-24-0</t>
-[...1 lines deleted...]
-  <si>
     <t>https://pt.lwwhealthlibrary.com/book.aspx?bookid=2800</t>
   </si>
   <si>
     <t>Vincent M. Conroy, PT, DScPT</t>
   </si>
   <si>
     <t>Kendall’s Muscles, 6e: Testing and Function with Posture and Pain</t>
   </si>
   <si>
-    <t>978-1-975159-89-4</t>
-[...1 lines deleted...]
-  <si>
     <t>https://pt.lwwhealthlibrary.com/book.aspx?bookid=3239</t>
   </si>
   <si>
     <t>Carol A. Oatis, PT, PhD</t>
   </si>
   <si>
     <t>Kinesiology: The Mechanics and Pathomechanics of Human Movement, 3e</t>
   </si>
   <si>
-    <t>978-1-451191-56-1</t>
-[...1 lines deleted...]
-  <si>
     <t>https://pt.lwwhealthlibrary.com/book.aspx?bookid=1738</t>
   </si>
   <si>
     <t>Larry J. Nosse, MAPT, PhD</t>
   </si>
   <si>
     <t>Management and Supervisory Principles for Physical Therapists, 3e</t>
   </si>
   <si>
-    <t>978-0-7817-8132-9</t>
-[...1 lines deleted...]
-  <si>
     <t>https://pt.lwwhealthlibrary.com/book.aspx?bookid=1096</t>
   </si>
   <si>
     <t>Betsy Myers, DHS, MPT, CSCS, CLT, CWS (Retired)</t>
   </si>
   <si>
     <t>Management of Common Orthopaedic Disorders: Physical Therapy Principles and Methods, 5e</t>
   </si>
   <si>
-    <t>978-1-975158-96-5</t>
-[...1 lines deleted...]
-  <si>
     <t>https://pt.lwwhealthlibrary.com/book.aspx?bookid=3262</t>
   </si>
   <si>
     <t>Anne Shumway-Cook, PT, PhD, FAPTA</t>
   </si>
   <si>
     <t>Motor Control: Translating Research into Clinical Practice, 6e</t>
   </si>
   <si>
-    <t>978-1-975158-27-9</t>
-[...1 lines deleted...]
-  <si>
     <t>https://pt.lwwhealthlibrary.com/book.aspx?bookid=3185</t>
   </si>
   <si>
     <t>Florence Peterson Kendall</t>
   </si>
   <si>
     <t>Muscles: Testing and Function with Posture and Pain, 5e</t>
   </si>
   <si>
-    <t>978-0-7817-4780-6</t>
-[...1 lines deleted...]
-  <si>
     <t>https://pt.lwwhealthlibrary.com/book.aspx?bookid=1059</t>
   </si>
   <si>
     <t>Hazel M. Clarkson, MA, BPT</t>
   </si>
   <si>
     <t>Musculoskeletal Assessment: Joint Range of Motion, Muscle Testing, and Function: A Research-Based Practical Guide, 4e</t>
   </si>
   <si>
-    <t>978-1-975112-42-4</t>
-[...1 lines deleted...]
-  <si>
     <t>https://pt.lwwhealthlibrary.com/book.aspx?bookid=2962</t>
   </si>
   <si>
     <t>Orthotic Intervention for the Hand and Upper Extremity: Splinting Principles and Process, 3e</t>
   </si>
   <si>
-    <t>978-1-975140-95-3</t>
-[...1 lines deleted...]
-  <si>
     <t>https://pt.lwwhealthlibrary.com/book.aspx?bookid=3065</t>
   </si>
   <si>
     <t>Carla-Krystin (ck) Andrade, PhD, PT</t>
   </si>
   <si>
     <t>Outcome-Based Massage™: Putting Evidence into Practice, 3e</t>
   </si>
   <si>
-    <t>978-1-4511-3033-1</t>
-[...1 lines deleted...]
-  <si>
     <t>https://pt.lwwhealthlibrary.com/book.aspx?bookid=1152</t>
   </si>
   <si>
     <t>Jan Stephen Tecklin, PT, MS</t>
   </si>
   <si>
     <t>Pediatric Physical Therapy, 5e</t>
   </si>
   <si>
-    <t>978-1-4511-7345-1</t>
-[...1 lines deleted...]
-  <si>
     <t>https://pt.lwwhealthlibrary.com/book.aspx?bookid=1103</t>
   </si>
   <si>
     <t>Carole B. Lewis, PT, DPT, MPA, MSG, PhD, FAPTA</t>
   </si>
   <si>
     <t>Physical Therapy for the Older Adult: Examination and Intervention: An Evidence-Based Approach, 1e</t>
   </si>
   <si>
-    <t>978-1-496396-80-8</t>
-[...1 lines deleted...]
-  <si>
     <t>https://pt.lwwhealthlibrary.com/book.aspx?bookid=2688</t>
   </si>
   <si>
     <t>Wendy L. Hurley, PhD, ATC, CSCS</t>
   </si>
   <si>
     <t>Research Methods: A Framework for Evidence-Based Clinical Practice, 1e</t>
   </si>
   <si>
-    <t>978-0-7817-9768-9</t>
-[...1 lines deleted...]
-  <si>
     <t>https://pt.lwwhealthlibrary.com/book.aspx?bookid=996</t>
   </si>
   <si>
     <t>Richard L. Lieber, PhD</t>
   </si>
   <si>
     <t>Skeletal Muscle Structure, Function, and Plasticity: The Physiological Basis of Rehabilitation, 3e</t>
   </si>
   <si>
-    <t>978-0-7817-7593-9</t>
-[...1 lines deleted...]
-  <si>
     <t>https://pt.lwwhealthlibrary.com/book.aspx?bookid=1030</t>
   </si>
   <si>
     <t>Richard K. Riegelman, MD, MPH, PhD</t>
   </si>
   <si>
     <t>Studying a Study &amp;amp; Testing a Test: Reading Evidence-Based Health Research, 7e</t>
   </si>
   <si>
-    <t>978-1-975120-89-4</t>
-[...1 lines deleted...]
-  <si>
     <t>https://pt.lwwhealthlibrary.com/book.aspx?bookid=2977</t>
   </si>
   <si>
     <t>Elena McKeogh Spearing, PT, DPT</t>
   </si>
   <si>
     <t>Tecklin’s Pediatric Physical Therapy, 6e</t>
   </si>
   <si>
-    <t>978-1-975141-57-8</t>
-[...1 lines deleted...]
-  <si>
     <t>https://pt.lwwhealthlibrary.com/book.aspx?bookid=3108</t>
   </si>
   <si>
     <t>Robert Bruce Salter, C.C., O. Ont., F.R.S.C., M.D., M.S. (Tor.), F.R.S.C., F.A.C.S., F.H.S.C.</t>
   </si>
   <si>
     <t>Textbook of Disorders and Injuries of the Musculoskeletal System: An Introduction to Orthopaedics, Fractures and Joint Injuries, Rheumatology, Metabolic Bone Disease and Rehabilitation, 3e</t>
   </si>
   <si>
-    <t>978-0-683-07499-4</t>
-[...1 lines deleted...]
-  <si>
     <t>https://pt.lwwhealthlibrary.com/book.aspx?bookid=1064</t>
   </si>
   <si>
     <t>Mark Drnach, PT, DPT, MBA</t>
   </si>
   <si>
     <t>The Business of Physical Therapy, 1e</t>
   </si>
   <si>
-    <t>978-1-975195-84-7</t>
-[...1 lines deleted...]
-  <si>
     <t>https://pt.lwwhealthlibrary.com/book.aspx?bookid=3342</t>
   </si>
   <si>
     <t>Mark Drnach, PT, DPT, MBA, PCS</t>
   </si>
   <si>
     <t>The Clinical Practice of Pediatric Physical Therapy: From the NICU to Independent Living, 1e</t>
   </si>
   <si>
-    <t>978-0-7817-9063-5</t>
-[...1 lines deleted...]
-  <si>
     <t>https://pt.lwwhealthlibrary.com/book.aspx?bookid=1083</t>
   </si>
   <si>
     <t>Alain-Yvan Bélanger, BSc, MSc, PhD, PT</t>
   </si>
   <si>
     <t>Therapeutic Electrophysical Agents: An Evidence-Based Handbook, 4e</t>
   </si>
   <si>
-    <t>978-1-975159-58-0</t>
-[...1 lines deleted...]
-  <si>
     <t>https://pt.lwwhealthlibrary.com/book.aspx?bookid=3212</t>
   </si>
   <si>
     <t>Lori Thein Brody, PT, PhD, SCS, ATC</t>
   </si>
   <si>
     <t>Therapeutic Exercise: Moving Toward Function, 4e</t>
   </si>
   <si>
-    <t>978-1-496302-34-2</t>
-[...1 lines deleted...]
-  <si>
     <t>https://pt.lwwhealthlibrary.com/book.aspx?bookid=2296</t>
   </si>
   <si>
     <t>David O. Draper, EdD, ATC, LAT, FNATA, PRT-c</t>
   </si>
   <si>
     <t>Therapeutic Modalities: The Art and Science, 3e</t>
   </si>
   <si>
-    <t>978-1-975121-32-7</t>
-[...1 lines deleted...]
-  <si>
     <t>https://pt.lwwhealthlibrary.com/book.aspx?bookid=2826</t>
   </si>
   <si>
-    <t>Joseph M. Donnelly, PT, DHS</t>
-[...10 lines deleted...]
-  <si>
     <t>Jean M. Irion, PT, EdD, SCS, ATC</t>
   </si>
   <si>
     <t>Women’s Health in Physical Therapy</t>
   </si>
   <si>
-    <t>978-0-7817-4481-2</t>
-[...1 lines deleted...]
-  <si>
     <t>https://pt.lwwhealthlibrary.com/book.aspx?bookid=1073</t>
   </si>
   <si>
     <t>Carrie Sussman, PT, DPT</t>
   </si>
   <si>
     <t>Wound Care: A Collaborative Practice Manual for Health Professionals, 4e</t>
-  </si>
-[...1 lines deleted...]
-    <t>978-1-60831-715-8</t>
   </si>
   <si>
     <t>https://pt.lwwhealthlibrary.com/book.aspx?bookid=1012</t>
   </si>
   <si>
     <t>Authors</t>
   </si>
   <si>
     <t>Chapters</t>
   </si>
   <si>
     <t>URL</t>
   </si>
   <si>
     <t xml:space="preserve">Copyright </t>
   </si>
   <si>
     <t>https://pt.lwwhealthlibrary.com/content.aspx?sectionId=63905065&amp;bookId=1161</t>
   </si>
   <si>
     <t>Dedication</t>
   </si>
   <si>
     <t>https://pt.lwwhealthlibrary.com/content.aspx?sectionId=63905067&amp;bookId=1161</t>
   </si>
@@ -5816,773 +5719,236 @@
   <si>
     <t>Differential Application of Therapeutic Modalities</t>
   </si>
   <si>
     <t>https://pt.lwwhealthlibrary.com/content.aspx?sectionId=239843432&amp;bookId=2826</t>
   </si>
   <si>
     <t>Case Studies Using Therapeutic Modalities</t>
   </si>
   <si>
     <t>https://pt.lwwhealthlibrary.com/content.aspx?sectionId=239843510&amp;bookId=2826</t>
   </si>
   <si>
     <t>Answers to Review Questions</t>
   </si>
   <si>
     <t>https://pt.lwwhealthlibrary.com/content.aspx?sectionId=239843633&amp;bookId=2826</t>
   </si>
   <si>
     <t>https://pt.lwwhealthlibrary.com/content.aspx?sectionId=239844080&amp;bookId=2826</t>
   </si>
   <si>
     <t>https://pt.lwwhealthlibrary.com/content.aspx?sectionId=239844082&amp;bookId=2826</t>
   </si>
   <si>
-    <t>César Fernández de las Peñas, PT, MSc, PhD</t>
-[...79 lines deleted...]
-  <si>
     <t>Section 1: Introduction to Myofascial Pain and Dysfunction</t>
   </si>
   <si>
-    <t>https://pt.lwwhealthlibrary.com/content.aspx?sectionId=250169687&amp;bookId=3060</t>
-[...1 lines deleted...]
-  <si>
     <t>Pain Sciences and Myofascial Pain</t>
   </si>
   <si>
-    <t>https://pt.lwwhealthlibrary.com/content.aspx?sectionId=250169688&amp;bookId=3060</t>
-[...1 lines deleted...]
-  <si>
     <t>Trigger Point Neurophysiology</t>
   </si>
   <si>
-    <t>https://pt.lwwhealthlibrary.com/content.aspx?sectionId=250169836&amp;bookId=3060</t>
-[...7 lines deleted...]
-  <si>
     <t>Perpetuating Factors for Myofascial Pain Syndrome</t>
   </si>
   <si>
-    <t>https://pt.lwwhealthlibrary.com/content.aspx?sectionId=250170006&amp;bookId=3060</t>
-[...7 lines deleted...]
-  <si>
     <t>Section 2: Head and Neck Pain</t>
   </si>
   <si>
-    <t>https://pt.lwwhealthlibrary.com/content.aspx?sectionId=250170215&amp;bookId=3060</t>
-[...73 lines deleted...]
-  <si>
     <t>Clinical Considerations of Head and Neck Pain</t>
   </si>
   <si>
-    <t>https://pt.lwwhealthlibrary.com/content.aspx?sectionId=250171328&amp;bookId=3060</t>
-[...1 lines deleted...]
-  <si>
     <t>Section 3: Upper Back, Shoulder, and Arm Pain</t>
   </si>
   <si>
-    <t>https://pt.lwwhealthlibrary.com/content.aspx?sectionId=250171437&amp;bookId=3060</t>
-[...85 lines deleted...]
-  <si>
     <t>Clinical Considerations of Upper Back Shoulder and Arm Pain</t>
   </si>
   <si>
-    <t>https://pt.lwwhealthlibrary.com/content.aspx?sectionId=250172509&amp;bookId=3060</t>
-[...1 lines deleted...]
-  <si>
     <t>Section 4: Forearm, Wrist, and Hand Pain</t>
   </si>
   <si>
-    <t>https://pt.lwwhealthlibrary.com/content.aspx?sectionId=250172600&amp;bookId=3060</t>
-[...4 lines deleted...]
-  <si>
     <t>Chapter 34</t>
   </si>
   <si>
-    <t>https://pt.lwwhealthlibrary.com/content.aspx?sectionId=250172601&amp;bookId=3060</t>
-[...4 lines deleted...]
-  <si>
     <t>Chapter 35</t>
   </si>
   <si>
-    <t>https://pt.lwwhealthlibrary.com/content.aspx?sectionId=250172723&amp;bookId=3060</t>
-[...4 lines deleted...]
-  <si>
     <t>Chapter 36</t>
   </si>
   <si>
-    <t>https://pt.lwwhealthlibrary.com/content.aspx?sectionId=250172810&amp;bookId=3060</t>
-[...4 lines deleted...]
-  <si>
     <t>Chapter 37</t>
   </si>
   <si>
-    <t>https://pt.lwwhealthlibrary.com/content.aspx?sectionId=250172885&amp;bookId=3060</t>
-[...4 lines deleted...]
-  <si>
     <t>Chapter 38</t>
   </si>
   <si>
-    <t>https://pt.lwwhealthlibrary.com/content.aspx?sectionId=250172942&amp;bookId=3060</t>
-[...4 lines deleted...]
-  <si>
     <t>Chapter 39</t>
   </si>
   <si>
-    <t>https://pt.lwwhealthlibrary.com/content.aspx?sectionId=250173063&amp;bookId=3060</t>
-[...4 lines deleted...]
-  <si>
     <t>Chapter 40</t>
   </si>
   <si>
-    <t>https://pt.lwwhealthlibrary.com/content.aspx?sectionId=250173142&amp;bookId=3060</t>
-[...1 lines deleted...]
-  <si>
     <t>Clinical Considerations of Elbow, Wrist, and Hand Pain</t>
   </si>
   <si>
     <t>Chapter 41</t>
   </si>
   <si>
-    <t>https://pt.lwwhealthlibrary.com/content.aspx?sectionId=250173224&amp;bookId=3060</t>
-[...1 lines deleted...]
-  <si>
     <t>Section 5: Trunk and Pelvis Pain</t>
   </si>
   <si>
-    <t>https://pt.lwwhealthlibrary.com/content.aspx?sectionId=250173343&amp;bookId=3060</t>
-[...4 lines deleted...]
-  <si>
     <t>Chapter 42</t>
   </si>
   <si>
-    <t>https://pt.lwwhealthlibrary.com/content.aspx?sectionId=250173344&amp;bookId=3060</t>
-[...4 lines deleted...]
-  <si>
     <t>Chapter 43</t>
   </si>
   <si>
-    <t>https://pt.lwwhealthlibrary.com/content.aspx?sectionId=250173466&amp;bookId=3060</t>
-[...4 lines deleted...]
-  <si>
     <t>Chapter 44</t>
   </si>
   <si>
-    <t>https://pt.lwwhealthlibrary.com/content.aspx?sectionId=250173513&amp;bookId=3060</t>
-[...4 lines deleted...]
-  <si>
     <t>Chapter 45</t>
   </si>
   <si>
-    <t>https://pt.lwwhealthlibrary.com/content.aspx?sectionId=250173582&amp;bookId=3060</t>
-[...4 lines deleted...]
-  <si>
     <t>Chapter 46</t>
   </si>
   <si>
-    <t>https://pt.lwwhealthlibrary.com/content.aspx?sectionId=250173746&amp;bookId=3060</t>
-[...4 lines deleted...]
-  <si>
     <t>Chapter 47</t>
   </si>
   <si>
-    <t>https://pt.lwwhealthlibrary.com/content.aspx?sectionId=250173806&amp;bookId=3060</t>
-[...4 lines deleted...]
-  <si>
     <t>Chapter 48</t>
   </si>
   <si>
-    <t>https://pt.lwwhealthlibrary.com/content.aspx?sectionId=250173903&amp;bookId=3060</t>
-[...4 lines deleted...]
-  <si>
     <t>Chapter 49</t>
   </si>
   <si>
-    <t>https://pt.lwwhealthlibrary.com/content.aspx?sectionId=250174014&amp;bookId=3060</t>
-[...4 lines deleted...]
-  <si>
     <t>Chapter 50</t>
   </si>
   <si>
-    <t>https://pt.lwwhealthlibrary.com/content.aspx?sectionId=250174152&amp;bookId=3060</t>
-[...4 lines deleted...]
-  <si>
     <t>Chapter 51</t>
   </si>
   <si>
-    <t>https://pt.lwwhealthlibrary.com/content.aspx?sectionId=250174263&amp;bookId=3060</t>
-[...4 lines deleted...]
-  <si>
     <t>Chapter 52</t>
   </si>
   <si>
-    <t>https://pt.lwwhealthlibrary.com/content.aspx?sectionId=250174366&amp;bookId=3060</t>
-[...1 lines deleted...]
-  <si>
     <t>Clinical Considerations of Trunk and Pelvic Pain</t>
   </si>
   <si>
     <t>Chapter 53</t>
   </si>
   <si>
-    <t>https://pt.lwwhealthlibrary.com/content.aspx?sectionId=250174537&amp;bookId=3060</t>
-[...1 lines deleted...]
-  <si>
     <t>Section 6: Hip, Thigh, and Knee Pain</t>
   </si>
   <si>
-    <t>https://pt.lwwhealthlibrary.com/content.aspx?sectionId=250174643&amp;bookId=3060</t>
-[...4 lines deleted...]
-  <si>
     <t>Chapter 54</t>
   </si>
   <si>
-    <t>https://pt.lwwhealthlibrary.com/content.aspx?sectionId=250174644&amp;bookId=3060</t>
-[...4 lines deleted...]
-  <si>
     <t>Chapter 55</t>
   </si>
   <si>
-    <t>https://pt.lwwhealthlibrary.com/content.aspx?sectionId=250174723&amp;bookId=3060</t>
-[...4 lines deleted...]
-  <si>
     <t>Chapter 56</t>
   </si>
   <si>
-    <t>https://pt.lwwhealthlibrary.com/content.aspx?sectionId=250174803&amp;bookId=3060</t>
-[...4 lines deleted...]
-  <si>
     <t>Chapter 57</t>
   </si>
   <si>
-    <t>https://pt.lwwhealthlibrary.com/content.aspx?sectionId=250174921&amp;bookId=3060</t>
-[...4 lines deleted...]
-  <si>
     <t>Chapter 58</t>
   </si>
   <si>
-    <t>https://pt.lwwhealthlibrary.com/content.aspx?sectionId=250175044&amp;bookId=3060</t>
-[...4 lines deleted...]
-  <si>
     <t>Chapter 59</t>
   </si>
   <si>
-    <t>https://pt.lwwhealthlibrary.com/content.aspx?sectionId=250175188&amp;bookId=3060</t>
-[...4 lines deleted...]
-  <si>
     <t>Chapter 60</t>
   </si>
   <si>
-    <t>https://pt.lwwhealthlibrary.com/content.aspx?sectionId=250175314&amp;bookId=3060</t>
-[...4 lines deleted...]
-  <si>
     <t>Chapter 61</t>
   </si>
   <si>
-    <t>https://pt.lwwhealthlibrary.com/content.aspx?sectionId=250175405&amp;bookId=3060</t>
-[...1 lines deleted...]
-  <si>
     <t>Clinical Considerations of Hip, Thigh, and Knee Pain</t>
   </si>
   <si>
     <t>Chapter 62</t>
   </si>
   <si>
-    <t>https://pt.lwwhealthlibrary.com/content.aspx?sectionId=250175484&amp;bookId=3060</t>
-[...1 lines deleted...]
-  <si>
     <t>Section 7: Leg, Ankle, and Foot Pain</t>
   </si>
   <si>
-    <t>https://pt.lwwhealthlibrary.com/content.aspx?sectionId=250175588&amp;bookId=3060</t>
-[...4 lines deleted...]
-  <si>
     <t>Chapter 63</t>
   </si>
   <si>
-    <t>https://pt.lwwhealthlibrary.com/content.aspx?sectionId=250175589&amp;bookId=3060</t>
-[...4 lines deleted...]
-  <si>
     <t>Chapter 64</t>
   </si>
   <si>
-    <t>https://pt.lwwhealthlibrary.com/content.aspx?sectionId=250175661&amp;bookId=3060</t>
-[...4 lines deleted...]
-  <si>
     <t>Chapter 65</t>
   </si>
   <si>
-    <t>https://pt.lwwhealthlibrary.com/content.aspx?sectionId=250175773&amp;bookId=3060</t>
-[...4 lines deleted...]
-  <si>
     <t>Chapter 66</t>
   </si>
   <si>
-    <t>https://pt.lwwhealthlibrary.com/content.aspx?sectionId=250175844&amp;bookId=3060</t>
-[...4 lines deleted...]
-  <si>
     <t>Chapter 67</t>
   </si>
   <si>
-    <t>https://pt.lwwhealthlibrary.com/content.aspx?sectionId=250175949&amp;bookId=3060</t>
-[...4 lines deleted...]
-  <si>
     <t>Chapter 68</t>
   </si>
   <si>
-    <t>https://pt.lwwhealthlibrary.com/content.aspx?sectionId=250176028&amp;bookId=3060</t>
-[...4 lines deleted...]
-  <si>
     <t>Chapter 69</t>
   </si>
   <si>
-    <t>https://pt.lwwhealthlibrary.com/content.aspx?sectionId=250176108&amp;bookId=3060</t>
-[...4 lines deleted...]
-  <si>
     <t>Chapter 70</t>
   </si>
   <si>
-    <t>https://pt.lwwhealthlibrary.com/content.aspx?sectionId=250176183&amp;bookId=3060</t>
-[...1 lines deleted...]
-  <si>
     <t>Clinical Considerations of Leg, Ankle, and Foot Pain</t>
   </si>
   <si>
     <t>Chapter 71</t>
   </si>
   <si>
-    <t>https://pt.lwwhealthlibrary.com/content.aspx?sectionId=250176319&amp;bookId=3060</t>
-[...1 lines deleted...]
-  <si>
     <t>Section 8: Treatment Considerations for Myofascial Pain and Dysfunction</t>
   </si>
   <si>
-    <t>https://pt.lwwhealthlibrary.com/content.aspx?sectionId=250176412&amp;bookId=3060</t>
-[...1 lines deleted...]
-  <si>
     <t>Trigger Point Injection and Dry Needling</t>
   </si>
   <si>
     <t>Chapter 72</t>
   </si>
   <si>
-    <t>https://pt.lwwhealthlibrary.com/content.aspx?sectionId=250176413&amp;bookId=3060</t>
-[...4 lines deleted...]
-  <si>
     <t>Chapter 73</t>
   </si>
   <si>
-    <t>https://pt.lwwhealthlibrary.com/content.aspx?sectionId=250177014&amp;bookId=3060</t>
-[...4 lines deleted...]
-  <si>
     <t>Chapter 74</t>
   </si>
   <si>
-    <t>https://pt.lwwhealthlibrary.com/content.aspx?sectionId=250177111&amp;bookId=3060</t>
-[...4 lines deleted...]
-  <si>
     <t>Chapter 75</t>
   </si>
   <si>
-    <t>https://pt.lwwhealthlibrary.com/content.aspx?sectionId=250177180&amp;bookId=3060</t>
-[...4 lines deleted...]
-  <si>
     <t>Chapter 76</t>
   </si>
   <si>
-    <t>https://pt.lwwhealthlibrary.com/content.aspx?sectionId=250177415&amp;bookId=3060</t>
-[...4 lines deleted...]
-  <si>
     <t>Chapter 77</t>
   </si>
   <si>
-    <t>https://pt.lwwhealthlibrary.com/content.aspx?sectionId=250177611&amp;bookId=3060</t>
-[...1 lines deleted...]
-  <si>
     <t>Glenn L. Irion, PT, PhD, CWS</t>
   </si>
   <si>
     <t>https://pt.lwwhealthlibrary.com/content.aspx?sectionId=66370006&amp;bookId=1073</t>
   </si>
   <si>
     <t>https://pt.lwwhealthlibrary.com/content.aspx?sectionId=66370008&amp;bookId=1073</t>
   </si>
   <si>
     <t>https://pt.lwwhealthlibrary.com/content.aspx?sectionId=66370013&amp;bookId=1073</t>
   </si>
   <si>
     <t>https://pt.lwwhealthlibrary.com/content.aspx?sectionId=66370032&amp;bookId=1073</t>
   </si>
   <si>
     <t>https://pt.lwwhealthlibrary.com/content.aspx?sectionId=63128442&amp;bookId=1073</t>
   </si>
   <si>
     <t>https://pt.lwwhealthlibrary.com/content.aspx?sectionId=66370206&amp;bookId=1073</t>
   </si>
   <si>
     <t>https://pt.lwwhealthlibrary.com/content.aspx?sectionId=66370246&amp;bookId=1073</t>
   </si>
   <si>
     <t>https://pt.lwwhealthlibrary.com/content.aspx?sectionId=63128444&amp;bookId=1073</t>
@@ -7386,15455 +6752,16165 @@
     <t>https://pt.lwwhealthlibrary.com/content.aspx?sectionId=252585031&amp;bookId=1012</t>
   </si>
   <si>
     <t>https://pt.lwwhealthlibrary.com/content.aspx?sectionId=252585055&amp;bookId=1012</t>
   </si>
   <si>
     <t>https://pt.lwwhealthlibrary.com/content.aspx?sectionId=252585077&amp;bookId=1012</t>
   </si>
   <si>
     <t>https://pt.lwwhealthlibrary.com/content.aspx?sectionId=252585117&amp;bookId=1012</t>
   </si>
   <si>
     <t>https://pt.lwwhealthlibrary.com/content.aspx?sectionId=252585145&amp;bookId=1012</t>
   </si>
   <si>
     <t>https://pt.lwwhealthlibrary.com/content.aspx?sectionId=252585168&amp;bookId=1012</t>
   </si>
   <si>
     <t>https://pt.lwwhealthlibrary.com/content.aspx?sectionId=252585185&amp;bookId=1012</t>
   </si>
   <si>
     <t>https://pt.lwwhealthlibrary.com/content.aspx?sectionId=252585219&amp;bookId=1012</t>
   </si>
   <si>
     <t>https://pt.lwwhealthlibrary.com/content.aspx?sectionId=252585237&amp;bookId=1012</t>
+  </si>
+  <si>
+    <t>Joseph M. Donnelly</t>
+  </si>
+  <si>
+    <t>https://pt.lwwhealthlibrary.com/book.aspx?bookid=3474</t>
+  </si>
+  <si>
+    <t>Travell, Simons &amp; Donnelly’s Myofascial Pain and Dysfunction: The Trigger Point Manual, 4e</t>
+  </si>
+  <si>
+    <t>César Fernández de las Peñas</t>
+  </si>
+  <si>
+    <t>https://pt.lwwhealthlibrary.com/content.aspx?sectionId=261743932&amp;bookId=3474</t>
+  </si>
+  <si>
+    <t>Jennifer L. Freeman</t>
+  </si>
+  <si>
+    <t>FrontExtra</t>
+  </si>
+  <si>
+    <t>https://pt.lwwhealthlibrary.com/content.aspx?sectionId=261743936&amp;bookId=3474</t>
+  </si>
+  <si>
+    <t>https://pt.lwwhealthlibrary.com/content.aspx?sectionId=261743958&amp;bookId=3474</t>
+  </si>
+  <si>
+    <t>https://pt.lwwhealthlibrary.com/content.aspx?sectionId=261743963&amp;bookId=3474</t>
+  </si>
+  <si>
+    <t>https://pt.lwwhealthlibrary.com/content.aspx?sectionId=261743966&amp;bookId=3474</t>
+  </si>
+  <si>
+    <t>https://pt.lwwhealthlibrary.com/content.aspx?sectionId=261744262&amp;bookId=3474</t>
+  </si>
+  <si>
+    <t>https://pt.lwwhealthlibrary.com/content.aspx?sectionId=261744270&amp;bookId=3474</t>
+  </si>
+  <si>
+    <t>https://pt.lwwhealthlibrary.com/content.aspx?sectionId=261744278&amp;bookId=3474</t>
+  </si>
+  <si>
+    <t>https://pt.lwwhealthlibrary.com/content.aspx?sectionId=261744284&amp;bookId=3474</t>
+  </si>
+  <si>
+    <t>https://pt.lwwhealthlibrary.com/content.aspx?sectionId=261744285&amp;bookId=3474</t>
+  </si>
+  <si>
+    <t>The Contributions of Muscles and Fascia to Myofascial Pain Syndrome</t>
+  </si>
+  <si>
+    <t>https://pt.lwwhealthlibrary.com/content.aspx?sectionId=261744442&amp;bookId=3474</t>
+  </si>
+  <si>
+    <t>https://pt.lwwhealthlibrary.com/content.aspx?sectionId=261744507&amp;bookId=3474</t>
+  </si>
+  <si>
+    <t>https://pt.lwwhealthlibrary.com/content.aspx?sectionId=261744632&amp;bookId=3474</t>
+  </si>
+  <si>
+    <t>Biopsychosocial Considerations</t>
+  </si>
+  <si>
+    <t>https://pt.lwwhealthlibrary.com/content.aspx?sectionId=261744742&amp;bookId=3474</t>
+  </si>
+  <si>
+    <t>https://pt.lwwhealthlibrary.com/content.aspx?sectionId=261744878&amp;bookId=3474</t>
+  </si>
+  <si>
+    <t>Trapezius Muscle“Stress Headache Producer”</t>
+  </si>
+  <si>
+    <t>https://pt.lwwhealthlibrary.com/content.aspx?sectionId=261744891&amp;bookId=3474</t>
+  </si>
+  <si>
+    <t>Sternocleidomastoid Muscle“Migraine and Sinus Headache Imposter”</t>
+  </si>
+  <si>
+    <t>https://pt.lwwhealthlibrary.com/content.aspx?sectionId=261745038&amp;bookId=3474</t>
+  </si>
+  <si>
+    <t>Masseter Muscle“Dental Drama”</t>
+  </si>
+  <si>
+    <t>https://pt.lwwhealthlibrary.com/content.aspx?sectionId=261745157&amp;bookId=3474</t>
+  </si>
+  <si>
+    <t>Temporalis Muscle“TMJ Train Wreck”</t>
+  </si>
+  <si>
+    <t>https://pt.lwwhealthlibrary.com/content.aspx?sectionId=261745243&amp;bookId=3474</t>
+  </si>
+  <si>
+    <t>Medial Pterygoid Muscle“Deep Deceiver”</t>
+  </si>
+  <si>
+    <t>https://pt.lwwhealthlibrary.com/content.aspx?sectionId=261745309&amp;bookId=3474</t>
+  </si>
+  <si>
+    <t>Lateral Pterygoid Muscle“TMD Disaster”</t>
+  </si>
+  <si>
+    <t>https://pt.lwwhealthlibrary.com/content.aspx?sectionId=261745384&amp;bookId=3474</t>
+  </si>
+  <si>
+    <t>Digastric Muscle and Anterior Neck Muscles“The Ignored Contributor of Neck Pain”</t>
+  </si>
+  <si>
+    <t>https://pt.lwwhealthlibrary.com/content.aspx?sectionId=261745457&amp;bookId=3474</t>
+  </si>
+  <si>
+    <t>Cutaneous I: Facial Muscles: Orbicularis Oculi, Zygomaticus Major, Platysma, Buccinator, Corrugator Supercilii, and Procerus“Wrinkle Wrecks”</t>
+  </si>
+  <si>
+    <t>https://pt.lwwhealthlibrary.com/content.aspx?sectionId=261745571&amp;bookId=3474</t>
+  </si>
+  <si>
+    <t>Cutaneous II: Occipitofrontalis“Head Tightness Twins”</t>
+  </si>
+  <si>
+    <t>https://pt.lwwhealthlibrary.com/content.aspx?sectionId=261745684&amp;bookId=3474</t>
+  </si>
+  <si>
+    <t>Splenius Capitis and Splenius Cervicis Muscles“Corner of the Neck and Crown Complaints”</t>
+  </si>
+  <si>
+    <t>https://pt.lwwhealthlibrary.com/content.aspx?sectionId=261745737&amp;bookId=3474</t>
+  </si>
+  <si>
+    <t>Posterior Cervical Muscles: Semispinalis Capitis, Longissimus Capitis, Semispinalis Cervicis, Multifidus, and Rotatores“Iron Man Helmet”</t>
+  </si>
+  <si>
+    <t>https://pt.lwwhealthlibrary.com/content.aspx?sectionId=261745809&amp;bookId=3474</t>
+  </si>
+  <si>
+    <t>Suboccipital Muscles“Mask of Zorro”</t>
+  </si>
+  <si>
+    <t>https://pt.lwwhealthlibrary.com/content.aspx?sectionId=261745921&amp;bookId=3474</t>
+  </si>
+  <si>
+    <t>https://pt.lwwhealthlibrary.com/content.aspx?sectionId=261746008&amp;bookId=3474</t>
+  </si>
+  <si>
+    <t>https://pt.lwwhealthlibrary.com/content.aspx?sectionId=261746120&amp;bookId=3474</t>
+  </si>
+  <si>
+    <t>Levator Scapulae Muscle“Crick in the Neck”</t>
+  </si>
+  <si>
+    <t>https://pt.lwwhealthlibrary.com/content.aspx?sectionId=261746129&amp;bookId=3474</t>
+  </si>
+  <si>
+    <t>Scalene Muscles“Pseudo-Radiculopathy”</t>
+  </si>
+  <si>
+    <t>https://pt.lwwhealthlibrary.com/content.aspx?sectionId=261746208&amp;bookId=3474</t>
+  </si>
+  <si>
+    <t>Supraspinatus Muscle“Overhead Activity Archenemy”</t>
+  </si>
+  <si>
+    <t>https://pt.lwwhealthlibrary.com/content.aspx?sectionId=261746323&amp;bookId=3474</t>
+  </si>
+  <si>
+    <t>Infraspinatus Muscle“Side-Sleeper’s Nemesis”</t>
+  </si>
+  <si>
+    <t>https://pt.lwwhealthlibrary.com/content.aspx?sectionId=261746402&amp;bookId=3474</t>
+  </si>
+  <si>
+    <t>Teres Minor Muscle“Throwers Trial”</t>
+  </si>
+  <si>
+    <t>https://pt.lwwhealthlibrary.com/content.aspx?sectionId=261746492&amp;bookId=3474</t>
+  </si>
+  <si>
+    <t>Latissimus Dorsi Muscle“Midback Manipulator”</t>
+  </si>
+  <si>
+    <t>https://pt.lwwhealthlibrary.com/content.aspx?sectionId=261746549&amp;bookId=3474</t>
+  </si>
+  <si>
+    <t>Teres Major Muscle“Forgotten Shoulder Aggravator”</t>
+  </si>
+  <si>
+    <t>https://pt.lwwhealthlibrary.com/content.aspx?sectionId=261746616&amp;bookId=3474</t>
+  </si>
+  <si>
+    <t>Subscapularis Muscle“Pseudo Frozen Shoulder”</t>
+  </si>
+  <si>
+    <t>https://pt.lwwhealthlibrary.com/content.aspx?sectionId=261746670&amp;bookId=3474</t>
+  </si>
+  <si>
+    <t>Rhomboid Minor and Major Muscles“Shoulder Blade Sorcerers”</t>
+  </si>
+  <si>
+    <t>https://pt.lwwhealthlibrary.com/content.aspx?sectionId=261746739&amp;bookId=3474</t>
+  </si>
+  <si>
+    <t>Deltoid Muscle“Overt Botherer”</t>
+  </si>
+  <si>
+    <t>https://pt.lwwhealthlibrary.com/content.aspx?sectionId=261746819&amp;bookId=3474</t>
+  </si>
+  <si>
+    <t>Coracobrachialis Muscle“Shadowy Scandalmonger”</t>
+  </si>
+  <si>
+    <t>https://pt.lwwhealthlibrary.com/content.aspx?sectionId=261746907&amp;bookId=3474</t>
+  </si>
+  <si>
+    <t>Biceps Brachii Muscle“Upper Arm Agitator”</t>
+  </si>
+  <si>
+    <t>https://pt.lwwhealthlibrary.com/content.aspx?sectionId=261746971&amp;bookId=3474</t>
+  </si>
+  <si>
+    <t>Brachialis Muscle“Snuffbox Scourge”</t>
+  </si>
+  <si>
+    <t>https://pt.lwwhealthlibrary.com/content.aspx?sectionId=261747051&amp;bookId=3474</t>
+  </si>
+  <si>
+    <t>Triceps Brachii and Anconeus Muscles“Elbow Excruciators”</t>
+  </si>
+  <si>
+    <t>https://pt.lwwhealthlibrary.com/content.aspx?sectionId=261747108&amp;bookId=3474</t>
+  </si>
+  <si>
+    <t>https://pt.lwwhealthlibrary.com/content.aspx?sectionId=261747220&amp;bookId=3474</t>
+  </si>
+  <si>
+    <t>https://pt.lwwhealthlibrary.com/content.aspx?sectionId=261747314&amp;bookId=3474</t>
+  </si>
+  <si>
+    <t>Wrist Extensor and Brachioradialis Muscles“Pseudo Tennis Elbow”</t>
+  </si>
+  <si>
+    <t>https://pt.lwwhealthlibrary.com/content.aspx?sectionId=261747330&amp;bookId=3474</t>
+  </si>
+  <si>
+    <t>Extensor Digitorum and Extensor Indicis Muscles“Painful Pointers”</t>
+  </si>
+  <si>
+    <t>https://pt.lwwhealthlibrary.com/content.aspx?sectionId=261747453&amp;bookId=3474</t>
+  </si>
+  <si>
+    <t>Supinator Muscle“Elbow and Thumb Saboteur”</t>
+  </si>
+  <si>
+    <t>https://pt.lwwhealthlibrary.com/content.aspx?sectionId=261747541&amp;bookId=3474</t>
+  </si>
+  <si>
+    <t>Palmaris Longus Muscle“Variant Vandal”</t>
+  </si>
+  <si>
+    <t>https://pt.lwwhealthlibrary.com/content.aspx?sectionId=261747615&amp;bookId=3474</t>
+  </si>
+  <si>
+    <t>Wrist and Finger Flexors in the ForearmFlexor Carpi Radialis and Ulnaris Muscles; Flexor Digitorum Superficialis and Profundus Muscles; Flexor Pollicis Longus Pronator Teres and Pronator Quadratus Muscles “Pseudo Golfer’s Elbow and Gripping Gripers”</t>
+  </si>
+  <si>
+    <t>https://pt.lwwhealthlibrary.com/content.aspx?sectionId=261747675&amp;bookId=3474</t>
+  </si>
+  <si>
+    <t>Adductor and Opponens Pollicis Muscles“Clumsy Thumb”</t>
+  </si>
+  <si>
+    <t>https://pt.lwwhealthlibrary.com/content.aspx?sectionId=261747794&amp;bookId=3474</t>
+  </si>
+  <si>
+    <t>Interosseous, Lumbrical, and Abductor Digiti Minimi Muscles“Hand Crampers”</t>
+  </si>
+  <si>
+    <t>https://pt.lwwhealthlibrary.com/content.aspx?sectionId=261747872&amp;bookId=3474</t>
+  </si>
+  <si>
+    <t>https://pt.lwwhealthlibrary.com/content.aspx?sectionId=261747955&amp;bookId=3474</t>
+  </si>
+  <si>
+    <t>https://pt.lwwhealthlibrary.com/content.aspx?sectionId=261748075&amp;bookId=3474</t>
+  </si>
+  <si>
+    <t>Pectoralis Major and Subclavius Muscles“Chest and Shoulder Nuisance”</t>
+  </si>
+  <si>
+    <t>https://pt.lwwhealthlibrary.com/content.aspx?sectionId=261748084&amp;bookId=3474</t>
+  </si>
+  <si>
+    <t>Sternalis Muscle“Alarming Agonizer”</t>
+  </si>
+  <si>
+    <t>https://pt.lwwhealthlibrary.com/content.aspx?sectionId=261748208&amp;bookId=3474</t>
+  </si>
+  <si>
+    <t>Pectoralis Minor Muscle“Thoracic Outlet Imposter”</t>
+  </si>
+  <si>
+    <t>https://pt.lwwhealthlibrary.com/content.aspx?sectionId=261748256&amp;bookId=3474</t>
+  </si>
+  <si>
+    <t>Intercostal and Diaphragm Muscles“Stitch in the Side”</t>
+  </si>
+  <si>
+    <t>https://pt.lwwhealthlibrary.com/content.aspx?sectionId=261748326&amp;bookId=3474</t>
+  </si>
+  <si>
+    <t>Serratus Anterior Muscle“Flank Foe”</t>
+  </si>
+  <si>
+    <t>https://pt.lwwhealthlibrary.com/content.aspx?sectionId=261748492&amp;bookId=3474</t>
+  </si>
+  <si>
+    <t>Serratus Posterior Superior and Inferior Muscles“Nociception Initiator”</t>
+  </si>
+  <si>
+    <t>https://pt.lwwhealthlibrary.com/content.aspx?sectionId=261748554&amp;bookId=3474</t>
+  </si>
+  <si>
+    <t>Thoracolumbar Paraspinal Muscles“Ropey Rivals”</t>
+  </si>
+  <si>
+    <t>https://pt.lwwhealthlibrary.com/content.aspx?sectionId=261748654&amp;bookId=3474</t>
+  </si>
+  <si>
+    <t>Abdominal Muscles“Limbo Limiters”</t>
+  </si>
+  <si>
+    <t>https://pt.lwwhealthlibrary.com/content.aspx?sectionId=261748766&amp;bookId=3474</t>
+  </si>
+  <si>
+    <t>Quadratus Lumborum Muscle“Joker of Low Back Pain”</t>
+  </si>
+  <si>
+    <t>https://pt.lwwhealthlibrary.com/content.aspx?sectionId=261748904&amp;bookId=3474</t>
+  </si>
+  <si>
+    <t>Psoas Major, Psoas Minor, and Iliacus Muscles“Hidden Pranksters”</t>
+  </si>
+  <si>
+    <t>https://pt.lwwhealthlibrary.com/content.aspx?sectionId=261749015&amp;bookId=3474</t>
+  </si>
+  <si>
+    <t>Pelvic Floor Muscles“Pain in the Rear”</t>
+  </si>
+  <si>
+    <t>https://pt.lwwhealthlibrary.com/content.aspx?sectionId=261749117&amp;bookId=3474</t>
+  </si>
+  <si>
+    <t>https://pt.lwwhealthlibrary.com/content.aspx?sectionId=261749303&amp;bookId=3474</t>
+  </si>
+  <si>
+    <t>https://pt.lwwhealthlibrary.com/content.aspx?sectionId=261749418&amp;bookId=3474</t>
+  </si>
+  <si>
+    <t>Gluteus Maximus Muscle“Swimmers Nemesis”</t>
+  </si>
+  <si>
+    <t>https://pt.lwwhealthlibrary.com/content.aspx?sectionId=261749432&amp;bookId=3474</t>
+  </si>
+  <si>
+    <t>Gluteus Medius Muscle“Lumbago Muscle”</t>
+  </si>
+  <si>
+    <t>https://pt.lwwhealthlibrary.com/content.aspx?sectionId=261749510&amp;bookId=3474</t>
+  </si>
+  <si>
+    <t>Gluteus Minimus and Tensor Fasciae Latae Muscles“Pseudo-Sciatica and Pseudotrochanteric Bursitis”</t>
+  </si>
+  <si>
+    <t>https://pt.lwwhealthlibrary.com/content.aspx?sectionId=261749590&amp;bookId=3474</t>
+  </si>
+  <si>
+    <t>Piriformis, Obturator Internus, Gemelli, Obturator Externus, and Quadratus Femoris Muscles“Double Devils”</t>
+  </si>
+  <si>
+    <t>https://pt.lwwhealthlibrary.com/content.aspx?sectionId=261749708&amp;bookId=3474</t>
+  </si>
+  <si>
+    <t>Quadriceps Femoris and Sartorius Muscles“Four-Faced Troublemaker and Surreptitious Accomplice”</t>
+  </si>
+  <si>
+    <t>https://pt.lwwhealthlibrary.com/content.aspx?sectionId=261749831&amp;bookId=3474</t>
+  </si>
+  <si>
+    <t>Adductor Longus, Adductor Brevis, Adductor Magnus, Pectineus, and Gracilis Muscles“Obvious Problem Makers”</t>
+  </si>
+  <si>
+    <t>https://pt.lwwhealthlibrary.com/content.aspx?sectionId=261749976&amp;bookId=3474</t>
+  </si>
+  <si>
+    <t>Hamstring Muscles: Semitendinosus, Semimembranosus, and Biceps Femoris“Chair Seat Victims”</t>
+  </si>
+  <si>
+    <t>https://pt.lwwhealthlibrary.com/content.aspx?sectionId=261750099&amp;bookId=3474</t>
+  </si>
+  <si>
+    <t>Popliteus Muscle“Bent Knee Troublemaker”</t>
+  </si>
+  <si>
+    <t>https://pt.lwwhealthlibrary.com/content.aspx?sectionId=261750189&amp;bookId=3474</t>
+  </si>
+  <si>
+    <t>https://pt.lwwhealthlibrary.com/content.aspx?sectionId=261750266&amp;bookId=3474</t>
+  </si>
+  <si>
+    <t>https://pt.lwwhealthlibrary.com/content.aspx?sectionId=261750372&amp;bookId=3474</t>
+  </si>
+  <si>
+    <t>Tibialis Anterior Muscle“Foot Drop Muscle”</t>
+  </si>
+  <si>
+    <t>https://pt.lwwhealthlibrary.com/content.aspx?sectionId=261750388&amp;bookId=3474</t>
+  </si>
+  <si>
+    <t>Fibularis Longus, Brevis, and Tertius Muscles“Weak Ankle Muscles”</t>
+  </si>
+  <si>
+    <t>https://pt.lwwhealthlibrary.com/content.aspx?sectionId=261750458&amp;bookId=3474</t>
+  </si>
+  <si>
+    <t>Gastrocnemius Muscle“Charley Horse Muscle”</t>
+  </si>
+  <si>
+    <t>https://pt.lwwhealthlibrary.com/content.aspx?sectionId=261750566&amp;bookId=3474</t>
+  </si>
+  <si>
+    <t>Soleus and Plantaris Muscles“Jogger’s Heel”</t>
+  </si>
+  <si>
+    <t>https://pt.lwwhealthlibrary.com/content.aspx?sectionId=261750636&amp;bookId=3474</t>
+  </si>
+  <si>
+    <t>Tibialis Posterior Muscle“Runner’s Nemesis”</t>
+  </si>
+  <si>
+    <t>https://pt.lwwhealthlibrary.com/content.aspx?sectionId=261750736&amp;bookId=3474</t>
+  </si>
+  <si>
+    <t>Long Toe Extensor Muscles: Extensor Digitorum Longus and Extensor Hallucis Longus“Muscles of Classic Hammer Toes”</t>
+  </si>
+  <si>
+    <t>https://pt.lwwhealthlibrary.com/content.aspx?sectionId=261750814&amp;bookId=3474</t>
+  </si>
+  <si>
+    <t>Long Toe Flexor Muscles: Flexor Digitorum Longus and Flexor Hallucis Longus“Claw Toe Muscles”</t>
+  </si>
+  <si>
+    <t>https://pt.lwwhealthlibrary.com/content.aspx?sectionId=261750891&amp;bookId=3474</t>
+  </si>
+  <si>
+    <t>Intrinsic Muscles of the Foot“Sore Foot Muscles and Viper’s Nest”</t>
+  </si>
+  <si>
+    <t>https://pt.lwwhealthlibrary.com/content.aspx?sectionId=261750963&amp;bookId=3474</t>
+  </si>
+  <si>
+    <t>https://pt.lwwhealthlibrary.com/content.aspx?sectionId=261751097&amp;bookId=3474</t>
+  </si>
+  <si>
+    <t>https://pt.lwwhealthlibrary.com/content.aspx?sectionId=261751178&amp;bookId=3474</t>
+  </si>
+  <si>
+    <t>https://pt.lwwhealthlibrary.com/content.aspx?sectionId=261751179&amp;bookId=3474</t>
+  </si>
+  <si>
+    <t>Manual Therapy</t>
+  </si>
+  <si>
+    <t>https://pt.lwwhealthlibrary.com/content.aspx?sectionId=261751787&amp;bookId=3474</t>
+  </si>
+  <si>
+    <t>Therapeutic Exercise</t>
+  </si>
+  <si>
+    <t>https://pt.lwwhealthlibrary.com/content.aspx?sectionId=261751882&amp;bookId=3474</t>
+  </si>
+  <si>
+    <t>Biophysical Agents</t>
+  </si>
+  <si>
+    <t>https://pt.lwwhealthlibrary.com/content.aspx?sectionId=261751945&amp;bookId=3474</t>
+  </si>
+  <si>
+    <t>Posture“The Living Check Engine Light”</t>
+  </si>
+  <si>
+    <t>https://pt.lwwhealthlibrary.com/content.aspx?sectionId=261752151&amp;bookId=3474</t>
+  </si>
+  <si>
+    <t>Footwear</t>
+  </si>
+  <si>
+    <t>https://pt.lwwhealthlibrary.com/content.aspx?sectionId=261752351&amp;bookId=3474</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
-[...3 lines deleted...]
-  <fonts count="6">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
+  <fonts count="3" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Tahoma"/>
-      <charset val="0"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Tahoma"/>
-      <charset val="0"/>
-[...14 lines deleted...]
-      <charset val="0"/>
+      <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <name val="Tahoma"/>
-      <charset val="0"/>
+      <family val="2"/>
     </font>
   </fonts>
   <fills count="4">
     <fill>
-      <patternFill patternType="none">
-[...1 lines deleted...]
-      </patternFill>
+      <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
     <fill>
-      <patternFill patternType="none">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF808080"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
-  <cellStyleXfs count="6">
-[...19 lines deleted...]
-    <xf xxid="20" numFmtId="9" fontId="1" fillId="2" borderId="0" applyAlignment="0" applyBorder="0" applyFont="0" applyFill="0" applyProtection="0"/>
+  <cellStyleXfs count="2">
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs>
-[...3 lines deleted...]
-    <xf xxid="23" numFmtId="164" fontId="0" fillId="2" borderId="0" xfId="0" applyNumberFormat="1"/>
+  <cellXfs count="9">
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="14" fontId="0" fillId="2" borderId="0" xfId="0" applyNumberFormat="1"/>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="1"/>
+    <xf numFmtId="14" fontId="1" fillId="2" borderId="0" xfId="1" applyNumberFormat="1"/>
+    <xf numFmtId="1" fontId="2" fillId="3" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
+    <xf numFmtId="1" fontId="0" fillId="2" borderId="0" xfId="0" applyNumberFormat="1"/>
+    <xf numFmtId="1" fontId="1" fillId="2" borderId="0" xfId="1" applyNumberFormat="1"/>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="1"/>
   </cellXfs>
-  <cellStyles count="6">
+  <cellStyles count="2">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
-    <cellStyle name="Comma" xfId="15" builtinId="3"/>
-[...3 lines deleted...]
-    <cellStyle name="Percent" xfId="19" builtinId="5"/>
+    <cellStyle name="Normal 2" xfId="1" xr:uid="{19C61A68-D5E5-4822-B022-FFE56179714A}"/>
   </cellStyles>
-  <tableStyles count="0" defaultTableStyle="" defaultPivotStyle=""/>
+  <dxfs count="0"/>
+  <tableStyles count="0"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
+      <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
+    </ext>
+    <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
+      <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
+    </ext>
+  </extLst>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml" /><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml" /><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet10.xml" /><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet11.xml" /><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet12.xml" /><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet13.xml" /><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet14.xml" /><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet15.xml" /><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet16.xml" /><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet17.xml" /><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet18.xml" /><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet19.xml" /><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet20.xml" /><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet21.xml" /><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet22.xml" /><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet23.xml" /><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet24.xml" /><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet25.xml" /><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet26.xml" /><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet27.xml" /><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet28.xml" /><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet29.xml" /><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet30.xml" /><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet31.xml" /><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet32.xml" /><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet33.xml" /><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet13.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet18.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet26.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet21.xml"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet12.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet17.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet25.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet33.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet16.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet20.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet29.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet11.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet24.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet32.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet15.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet23.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet28.xml"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet10.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet19.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet31.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet14.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet22.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet27.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet30.xml"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
+</file>
+
+<file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+  <a:themeElements>
+    <a:clrScheme name="Office">
+      <a:dk1>
+        <a:sysClr val="windowText" lastClr="000000"/>
+      </a:dk1>
+      <a:lt1>
+        <a:sysClr val="window" lastClr="FFFFFF"/>
+      </a:lt1>
+      <a:dk2>
+        <a:srgbClr val="0E2841"/>
+      </a:dk2>
+      <a:lt2>
+        <a:srgbClr val="E8E8E8"/>
+      </a:lt2>
+      <a:accent1>
+        <a:srgbClr val="156082"/>
+      </a:accent1>
+      <a:accent2>
+        <a:srgbClr val="E97132"/>
+      </a:accent2>
+      <a:accent3>
+        <a:srgbClr val="196B24"/>
+      </a:accent3>
+      <a:accent4>
+        <a:srgbClr val="0F9ED5"/>
+      </a:accent4>
+      <a:accent5>
+        <a:srgbClr val="A02B93"/>
+      </a:accent5>
+      <a:accent6>
+        <a:srgbClr val="4EA72E"/>
+      </a:accent6>
+      <a:hlink>
+        <a:srgbClr val="467886"/>
+      </a:hlink>
+      <a:folHlink>
+        <a:srgbClr val="96607D"/>
+      </a:folHlink>
+    </a:clrScheme>
+    <a:fontScheme name="Office">
+      <a:majorFont>
+        <a:latin typeface="Aptos Display" panose="02110004020202020204"/>
+        <a:ea typeface=""/>
+        <a:cs typeface=""/>
+        <a:font script="Jpan" typeface="游ゴシック Light"/>
+        <a:font script="Hang" typeface="맑은 고딕"/>
+        <a:font script="Hans" typeface="等线 Light"/>
+        <a:font script="Hant" typeface="新細明體"/>
+        <a:font script="Arab" typeface="Times New Roman"/>
+        <a:font script="Hebr" typeface="Times New Roman"/>
+        <a:font script="Thai" typeface="Tahoma"/>
+        <a:font script="Ethi" typeface="Nyala"/>
+        <a:font script="Beng" typeface="Vrinda"/>
+        <a:font script="Gujr" typeface="Shruti"/>
+        <a:font script="Khmr" typeface="MoolBoran"/>
+        <a:font script="Knda" typeface="Tunga"/>
+        <a:font script="Guru" typeface="Raavi"/>
+        <a:font script="Cans" typeface="Euphemia"/>
+        <a:font script="Cher" typeface="Plantagenet Cherokee"/>
+        <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
+        <a:font script="Tibt" typeface="Microsoft Himalaya"/>
+        <a:font script="Thaa" typeface="MV Boli"/>
+        <a:font script="Deva" typeface="Mangal"/>
+        <a:font script="Telu" typeface="Gautami"/>
+        <a:font script="Taml" typeface="Latha"/>
+        <a:font script="Syrc" typeface="Estrangelo Edessa"/>
+        <a:font script="Orya" typeface="Kalinga"/>
+        <a:font script="Mlym" typeface="Kartika"/>
+        <a:font script="Laoo" typeface="DokChampa"/>
+        <a:font script="Sinh" typeface="Iskoola Pota"/>
+        <a:font script="Mong" typeface="Mongolian Baiti"/>
+        <a:font script="Viet" typeface="Times New Roman"/>
+        <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
+      </a:majorFont>
+      <a:minorFont>
+        <a:latin typeface="Aptos Narrow" panose="02110004020202020204"/>
+        <a:ea typeface=""/>
+        <a:cs typeface=""/>
+        <a:font script="Jpan" typeface="游ゴシック"/>
+        <a:font script="Hang" typeface="맑은 고딕"/>
+        <a:font script="Hans" typeface="等线"/>
+        <a:font script="Hant" typeface="新細明體"/>
+        <a:font script="Arab" typeface="Arial"/>
+        <a:font script="Hebr" typeface="Arial"/>
+        <a:font script="Thai" typeface="Tahoma"/>
+        <a:font script="Ethi" typeface="Nyala"/>
+        <a:font script="Beng" typeface="Vrinda"/>
+        <a:font script="Gujr" typeface="Shruti"/>
+        <a:font script="Khmr" typeface="DaunPenh"/>
+        <a:font script="Knda" typeface="Tunga"/>
+        <a:font script="Guru" typeface="Raavi"/>
+        <a:font script="Cans" typeface="Euphemia"/>
+        <a:font script="Cher" typeface="Plantagenet Cherokee"/>
+        <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
+        <a:font script="Tibt" typeface="Microsoft Himalaya"/>
+        <a:font script="Thaa" typeface="MV Boli"/>
+        <a:font script="Deva" typeface="Mangal"/>
+        <a:font script="Telu" typeface="Gautami"/>
+        <a:font script="Taml" typeface="Latha"/>
+        <a:font script="Syrc" typeface="Estrangelo Edessa"/>
+        <a:font script="Orya" typeface="Kalinga"/>
+        <a:font script="Mlym" typeface="Kartika"/>
+        <a:font script="Laoo" typeface="DokChampa"/>
+        <a:font script="Sinh" typeface="Iskoola Pota"/>
+        <a:font script="Mong" typeface="Mongolian Baiti"/>
+        <a:font script="Viet" typeface="Arial"/>
+        <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
+      </a:minorFont>
+    </a:fontScheme>
+    <a:fmtScheme name="Office">
+      <a:fillStyleLst>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="50000">
+              <a:schemeClr val="phClr">
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="5400000" scaled="0"/>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="50000">
+              <a:schemeClr val="phClr">
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="5400000" scaled="0"/>
+        </a:gradFill>
+      </a:fillStyleLst>
+      <a:lnStyleLst>
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+      </a:lnStyleLst>
+      <a:effectStyleLst>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="63000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </a:effectStyle>
+      </a:effectStyleLst>
+      <a:bgFillStyleLst>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="50000">
+              <a:schemeClr val="phClr">
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="5400000" scaled="0"/>
+        </a:gradFill>
+      </a:bgFillStyleLst>
+    </a:fmtScheme>
+  </a:themeElements>
+  <a:objectDefaults>
+    <a:lnDef>
+      <a:spPr/>
+      <a:bodyPr/>
+      <a:lstStyle/>
+      <a:style>
+        <a:lnRef idx="2">
+          <a:schemeClr val="accent1"/>
+        </a:lnRef>
+        <a:fillRef idx="0">
+          <a:schemeClr val="accent1"/>
+        </a:fillRef>
+        <a:effectRef idx="1">
+          <a:schemeClr val="accent1"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="tx1"/>
+        </a:fontRef>
+      </a:style>
+    </a:lnDef>
+  </a:objectDefaults>
+  <a:extraClrSchemeLst/>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
+    </a:ext>
+  </a:extLst>
+</a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <sheetPr/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:G33"/>
   <sheetViews>
-    <sheetView view="normal" workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="12.75" baseColWidth="0"/>
+  <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="7" width="50.7109375" customWidth="1"/>
+    <col min="1" max="2" width="50.7265625" customWidth="1"/>
+    <col min="3" max="3" width="7.36328125" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="13.90625" style="6" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="14.81640625" bestFit="1" customWidth="1"/>
+    <col min="6" max="7" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:7">
-      <c r="A1" s="2" t="s">
+    <row r="1" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="2" t="s">
+      <c r="B1" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
-      <c r="C1" s="2" t="s">
+      <c r="D1" s="5" t="s">
         <v>3</v>
       </c>
-      <c r="D1" s="2" t="s">
+      <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
-      <c r="E1" s="2" t="s">
+      <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
-      <c r="F1" s="2" t="s">
+      <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
-      <c r="G1" s="2" t="s">
+    </row>
+    <row r="2" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A2" t="s">
         <v>7</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A2" t="s">
+      <c r="B2" t="s">
         <v>8</v>
-      </c>
-[...1 lines deleted...]
-        <v>9</v>
       </c>
       <c r="C2">
         <v>1</v>
       </c>
-      <c r="D2" t="s">
-        <v>10</v>
+      <c r="D2" s="6">
+        <v>9781451130720</v>
       </c>
       <c r="E2">
         <v>2015</v>
       </c>
       <c r="F2" t="s">
+        <v>9</v>
+      </c>
+      <c r="G2" s="2">
+        <v>41956</v>
+      </c>
+    </row>
+    <row r="3" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A3" t="s">
+        <v>10</v>
+      </c>
+      <c r="B3" t="s">
         <v>11</v>
-      </c>
-[...9 lines deleted...]
-        <v>13</v>
       </c>
       <c r="C3">
         <v>5</v>
       </c>
-      <c r="D3" t="s">
-        <v>14</v>
+      <c r="D3" s="6">
+        <v>9781975141981</v>
       </c>
       <c r="E3">
         <v>2022</v>
       </c>
       <c r="F3" t="s">
-        <v>15</v>
-[...1 lines deleted...]
-      <c r="G3" s="3">
+        <v>12</v>
+      </c>
+      <c r="G3" s="2">
         <v>44257</v>
       </c>
     </row>
-    <row r="4" spans="1:7">
+    <row r="4" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A4" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="B4" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="C4">
         <v>6</v>
       </c>
-      <c r="D4" t="s">
-        <v>18</v>
+      <c r="D4" s="6">
+        <v>9781975179557</v>
       </c>
       <c r="E4">
         <v>2023</v>
       </c>
       <c r="F4" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G4" s="3">
+        <v>15</v>
+      </c>
+      <c r="G4" s="2">
         <v>44777</v>
       </c>
     </row>
-    <row r="5" spans="1:7">
+    <row r="5" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A5" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="B5" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="C5">
         <v>3</v>
       </c>
-      <c r="D5" t="s">
-        <v>22</v>
+      <c r="D5" s="6">
+        <v>9781975172350</v>
       </c>
       <c r="E5">
         <v>2022</v>
       </c>
       <c r="F5" t="s">
-        <v>23</v>
-[...1 lines deleted...]
-      <c r="G5" s="3">
+        <v>18</v>
+      </c>
+      <c r="G5" s="2">
         <v>44257</v>
       </c>
     </row>
-    <row r="6" spans="1:7">
+    <row r="6" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A6" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="B6" t="s">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="C6">
         <v>2</v>
       </c>
-      <c r="D6" t="s">
-        <v>26</v>
+      <c r="D6" s="6">
+        <v>9780781710077</v>
       </c>
       <c r="E6">
         <v>1998</v>
       </c>
       <c r="F6" t="s">
-        <v>27</v>
-[...1 lines deleted...]
-      <c r="G6" s="3">
+        <v>21</v>
+      </c>
+      <c r="G6" s="2">
         <v>41964</v>
       </c>
     </row>
-    <row r="7" spans="1:7">
+    <row r="7" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A7" t="s">
-        <v>28</v>
+        <v>22</v>
       </c>
       <c r="B7" t="s">
-        <v>29</v>
+        <v>23</v>
       </c>
       <c r="C7">
         <v>3</v>
       </c>
-      <c r="D7" t="s">
-        <v>30</v>
+      <c r="D7" s="6">
+        <v>9781496395030</v>
       </c>
       <c r="E7">
         <v>2019</v>
       </c>
       <c r="F7" t="s">
-        <v>31</v>
-[...1 lines deleted...]
-      <c r="G7" s="3">
+        <v>24</v>
+      </c>
+      <c r="G7" s="2">
         <v>43761</v>
       </c>
     </row>
-    <row r="8" spans="1:7">
+    <row r="8" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A8" t="s">
-        <v>32</v>
+        <v>25</v>
       </c>
       <c r="B8" t="s">
-        <v>33</v>
+        <v>26</v>
       </c>
       <c r="C8">
         <v>1</v>
       </c>
-      <c r="D8" t="s">
-        <v>34</v>
+      <c r="D8" s="6">
+        <v>9781451130317</v>
       </c>
       <c r="E8">
         <v>2015</v>
       </c>
       <c r="F8" t="s">
-        <v>35</v>
-[...1 lines deleted...]
-      <c r="G8" s="3">
+        <v>27</v>
+      </c>
+      <c r="G8" s="2">
         <v>41939</v>
       </c>
     </row>
-    <row r="9" spans="1:7">
+    <row r="9" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A9" t="s">
-        <v>36</v>
+        <v>28</v>
       </c>
       <c r="B9" t="s">
-        <v>37</v>
+        <v>29</v>
       </c>
       <c r="C9">
         <v>2</v>
       </c>
-      <c r="D9" t="s">
-        <v>38</v>
+      <c r="D9" s="6">
+        <v>9781975112240</v>
       </c>
       <c r="E9">
         <v>2020</v>
       </c>
       <c r="F9" t="s">
-        <v>39</v>
-[...1 lines deleted...]
-      <c r="G9" s="3">
+        <v>30</v>
+      </c>
+      <c r="G9" s="2">
         <v>43819</v>
       </c>
     </row>
-    <row r="10" spans="1:7">
+    <row r="10" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A10" t="s">
-        <v>40</v>
+        <v>31</v>
       </c>
       <c r="B10" t="s">
-        <v>41</v>
+        <v>32</v>
       </c>
       <c r="C10">
         <v>6</v>
       </c>
-      <c r="D10" t="s">
-        <v>42</v>
+      <c r="D10" s="6">
+        <v>9781975159894</v>
       </c>
       <c r="E10">
         <v>2024</v>
       </c>
       <c r="F10" t="s">
-        <v>43</v>
-[...1 lines deleted...]
-      <c r="G10" s="3">
+        <v>33</v>
+      </c>
+      <c r="G10" s="2">
         <v>44866</v>
       </c>
     </row>
-    <row r="11" spans="1:7">
+    <row r="11" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A11" t="s">
-        <v>44</v>
+        <v>34</v>
       </c>
       <c r="B11" t="s">
-        <v>45</v>
+        <v>35</v>
       </c>
       <c r="C11">
         <v>3</v>
       </c>
-      <c r="D11" t="s">
-        <v>46</v>
+      <c r="D11" s="6">
+        <v>9781451191561</v>
       </c>
       <c r="E11">
         <v>2017</v>
       </c>
       <c r="F11" t="s">
-        <v>47</v>
-[...1 lines deleted...]
-      <c r="G11" s="3">
+        <v>36</v>
+      </c>
+      <c r="G11" s="2">
         <v>42401</v>
       </c>
     </row>
-    <row r="12" spans="1:7">
+    <row r="12" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A12" t="s">
-        <v>48</v>
+        <v>37</v>
       </c>
       <c r="B12" t="s">
-        <v>49</v>
+        <v>38</v>
       </c>
       <c r="C12">
         <v>3</v>
       </c>
-      <c r="D12" t="s">
-        <v>50</v>
+      <c r="D12" s="6">
+        <v>9780781781329</v>
       </c>
       <c r="E12">
         <v>2010</v>
       </c>
       <c r="F12" t="s">
-        <v>51</v>
-[...1 lines deleted...]
-      <c r="G12" s="3">
+        <v>39</v>
+      </c>
+      <c r="G12" s="2">
         <v>41932</v>
       </c>
     </row>
-    <row r="13" spans="1:7">
+    <row r="13" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A13" t="s">
-        <v>52</v>
+        <v>40</v>
       </c>
       <c r="B13" t="s">
-        <v>53</v>
+        <v>41</v>
       </c>
       <c r="C13">
         <v>5</v>
       </c>
-      <c r="D13" t="s">
-        <v>54</v>
+      <c r="D13" s="6">
+        <v>9781975158965</v>
       </c>
       <c r="E13">
         <v>2023</v>
       </c>
       <c r="F13" t="s">
-        <v>55</v>
-[...1 lines deleted...]
-      <c r="G13" s="3">
+        <v>42</v>
+      </c>
+      <c r="G13" s="2">
         <v>45026</v>
       </c>
     </row>
-    <row r="14" spans="1:7">
+    <row r="14" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A14" t="s">
-        <v>56</v>
+        <v>43</v>
       </c>
       <c r="B14" t="s">
-        <v>57</v>
+        <v>44</v>
       </c>
       <c r="C14">
         <v>6</v>
       </c>
-      <c r="D14" t="s">
-        <v>58</v>
+      <c r="D14" s="6">
+        <v>9781975158279</v>
       </c>
       <c r="E14">
         <v>2023</v>
       </c>
       <c r="F14" t="s">
-        <v>59</v>
-[...1 lines deleted...]
-      <c r="G14" s="3">
+        <v>45</v>
+      </c>
+      <c r="G14" s="2">
         <v>44536</v>
       </c>
     </row>
-    <row r="15" spans="1:7">
+    <row r="15" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A15" t="s">
-        <v>60</v>
+        <v>46</v>
       </c>
       <c r="B15" t="s">
-        <v>61</v>
+        <v>47</v>
       </c>
       <c r="C15">
         <v>5</v>
       </c>
-      <c r="D15" t="s">
-        <v>62</v>
+      <c r="D15" s="6">
+        <v>9780781747806</v>
       </c>
       <c r="E15">
         <v>2005</v>
       </c>
       <c r="F15" t="s">
-        <v>63</v>
-[...1 lines deleted...]
-      <c r="G15" s="3">
+        <v>48</v>
+      </c>
+      <c r="G15" s="2">
         <v>41913</v>
       </c>
     </row>
-    <row r="16" spans="1:7">
+    <row r="16" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A16" t="s">
-        <v>64</v>
+        <v>49</v>
       </c>
       <c r="B16" t="s">
-        <v>65</v>
+        <v>50</v>
       </c>
       <c r="C16">
         <v>4</v>
       </c>
-      <c r="D16" t="s">
-        <v>66</v>
+      <c r="D16" s="6">
+        <v>9781975112424</v>
       </c>
       <c r="E16">
         <v>2021</v>
       </c>
       <c r="F16" t="s">
-        <v>67</v>
-[...1 lines deleted...]
-      <c r="G16" s="3">
+        <v>51</v>
+      </c>
+      <c r="G16" s="2">
         <v>44040</v>
       </c>
     </row>
-    <row r="17" spans="1:7">
+    <row r="17" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A17" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="B17" t="s">
-        <v>68</v>
+        <v>52</v>
       </c>
       <c r="C17">
         <v>3</v>
       </c>
-      <c r="D17" t="s">
-        <v>69</v>
+      <c r="D17" s="6">
+        <v>9781975140953</v>
       </c>
       <c r="E17">
         <v>2022</v>
       </c>
       <c r="F17" t="s">
-        <v>70</v>
-[...1 lines deleted...]
-      <c r="G17" s="3">
+        <v>53</v>
+      </c>
+      <c r="G17" s="2">
         <v>44256</v>
       </c>
     </row>
-    <row r="18" spans="1:7">
+    <row r="18" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A18" t="s">
-        <v>71</v>
+        <v>54</v>
       </c>
       <c r="B18" t="s">
-        <v>72</v>
+        <v>55</v>
       </c>
       <c r="C18">
         <v>3</v>
       </c>
-      <c r="D18" t="s">
-        <v>73</v>
+      <c r="D18" s="6">
+        <v>9781451130331</v>
       </c>
       <c r="E18">
         <v>2014</v>
       </c>
       <c r="F18" t="s">
-        <v>74</v>
-[...1 lines deleted...]
-      <c r="G18" s="3">
+        <v>56</v>
+      </c>
+      <c r="G18" s="2">
         <v>41951</v>
       </c>
     </row>
-    <row r="19" spans="1:7">
+    <row r="19" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A19" t="s">
-        <v>75</v>
+        <v>57</v>
       </c>
       <c r="B19" t="s">
-        <v>76</v>
+        <v>58</v>
       </c>
       <c r="C19">
         <v>5</v>
       </c>
-      <c r="D19" t="s">
-        <v>77</v>
+      <c r="D19" s="6">
+        <v>9781451173451</v>
       </c>
       <c r="E19">
         <v>2014</v>
       </c>
       <c r="F19" t="s">
-        <v>78</v>
-[...1 lines deleted...]
-      <c r="G19" s="3">
+        <v>59</v>
+      </c>
+      <c r="G19" s="2">
         <v>41937</v>
       </c>
     </row>
-    <row r="20" spans="1:7">
+    <row r="20" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A20" t="s">
-        <v>79</v>
+        <v>60</v>
       </c>
       <c r="B20" t="s">
-        <v>80</v>
+        <v>61</v>
       </c>
       <c r="C20">
         <v>1</v>
       </c>
-      <c r="D20" t="s">
-        <v>81</v>
+      <c r="D20" s="6">
+        <v>9781496396808</v>
       </c>
       <c r="E20">
         <v>2018</v>
       </c>
       <c r="F20" t="s">
-        <v>82</v>
-[...1 lines deleted...]
-      <c r="G20" s="3">
+        <v>62</v>
+      </c>
+      <c r="G20" s="2">
         <v>43657</v>
       </c>
     </row>
-    <row r="21" spans="1:7">
+    <row r="21" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A21" t="s">
-        <v>83</v>
+        <v>63</v>
       </c>
       <c r="B21" t="s">
-        <v>84</v>
+        <v>64</v>
       </c>
       <c r="C21">
         <v>1</v>
       </c>
-      <c r="D21" t="s">
-        <v>85</v>
+      <c r="D21" s="6">
+        <v>9780781797689</v>
       </c>
       <c r="E21">
         <v>2010</v>
       </c>
       <c r="F21" t="s">
-        <v>86</v>
-[...1 lines deleted...]
-      <c r="G21" s="3">
+        <v>65</v>
+      </c>
+      <c r="G21" s="2">
         <v>41871</v>
       </c>
     </row>
-    <row r="22" spans="1:7">
+    <row r="22" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A22" t="s">
-        <v>87</v>
+        <v>66</v>
       </c>
       <c r="B22" t="s">
-        <v>88</v>
+        <v>67</v>
       </c>
       <c r="C22">
         <v>3</v>
       </c>
-      <c r="D22" t="s">
-        <v>89</v>
+      <c r="D22" s="6">
+        <v>9780781775939</v>
       </c>
       <c r="E22">
         <v>2010</v>
       </c>
       <c r="F22" t="s">
-        <v>90</v>
-[...1 lines deleted...]
-      <c r="G22" s="3">
+        <v>68</v>
+      </c>
+      <c r="G22" s="2">
         <v>41893</v>
       </c>
     </row>
-    <row r="23" spans="1:7">
+    <row r="23" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A23" t="s">
-        <v>91</v>
+        <v>69</v>
       </c>
       <c r="B23" t="s">
-        <v>92</v>
+        <v>70</v>
       </c>
       <c r="C23">
         <v>7</v>
       </c>
-      <c r="D23" t="s">
-        <v>93</v>
+      <c r="D23" s="6">
+        <v>9781975120894</v>
       </c>
       <c r="E23">
         <v>2021</v>
       </c>
       <c r="F23" t="s">
-        <v>94</v>
-[...1 lines deleted...]
-      <c r="G23" s="3">
+        <v>71</v>
+      </c>
+      <c r="G23" s="2">
         <v>44098</v>
       </c>
     </row>
-    <row r="24" spans="1:7">
+    <row r="24" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A24" t="s">
-        <v>95</v>
+        <v>72</v>
       </c>
       <c r="B24" t="s">
-        <v>96</v>
+        <v>73</v>
       </c>
       <c r="C24">
         <v>6</v>
       </c>
-      <c r="D24" t="s">
-        <v>97</v>
+      <c r="D24" s="6">
+        <v>9781975141578</v>
       </c>
       <c r="E24">
         <v>2022</v>
       </c>
       <c r="F24" t="s">
-        <v>98</v>
-[...1 lines deleted...]
-      <c r="G24" s="3">
+        <v>74</v>
+      </c>
+      <c r="G24" s="2">
         <v>44379</v>
       </c>
     </row>
-    <row r="25" spans="1:7">
+    <row r="25" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A25" t="s">
-        <v>99</v>
+        <v>75</v>
       </c>
       <c r="B25" t="s">
-        <v>100</v>
+        <v>76</v>
       </c>
       <c r="C25">
         <v>3</v>
       </c>
-      <c r="D25" t="s">
-        <v>101</v>
+      <c r="D25" s="6">
+        <v>9780683074994</v>
       </c>
       <c r="E25">
         <v>1999</v>
       </c>
       <c r="F25" t="s">
-        <v>102</v>
-[...1 lines deleted...]
-      <c r="G25" s="3">
+        <v>77</v>
+      </c>
+      <c r="G25" s="2">
         <v>41921</v>
       </c>
     </row>
-    <row r="26" spans="1:7">
+    <row r="26" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A26" t="s">
-        <v>103</v>
+        <v>78</v>
       </c>
       <c r="B26" t="s">
-        <v>104</v>
+        <v>79</v>
       </c>
       <c r="C26">
         <v>1</v>
       </c>
-      <c r="D26" t="s">
-        <v>105</v>
+      <c r="D26" s="6">
+        <v>9781975195847</v>
       </c>
       <c r="E26">
         <v>2025</v>
       </c>
       <c r="F26" t="s">
-        <v>106</v>
-[...1 lines deleted...]
-      <c r="G26" s="3">
+        <v>80</v>
+      </c>
+      <c r="G26" s="2">
         <v>45478</v>
       </c>
     </row>
-    <row r="27" spans="1:7">
+    <row r="27" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A27" t="s">
-        <v>107</v>
+        <v>81</v>
       </c>
       <c r="B27" t="s">
-        <v>108</v>
+        <v>82</v>
       </c>
       <c r="C27">
         <v>1</v>
       </c>
-      <c r="D27" t="s">
-        <v>109</v>
+      <c r="D27" s="6">
+        <v>9780781790635</v>
       </c>
       <c r="E27">
         <v>2008</v>
       </c>
       <c r="F27" t="s">
-        <v>110</v>
-[...1 lines deleted...]
-      <c r="G27" s="3">
+        <v>83</v>
+      </c>
+      <c r="G27" s="2">
         <v>41927</v>
       </c>
     </row>
-    <row r="28" spans="1:7">
+    <row r="28" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A28" t="s">
-        <v>111</v>
+        <v>84</v>
       </c>
       <c r="B28" t="s">
-        <v>112</v>
+        <v>85</v>
       </c>
       <c r="C28">
         <v>4</v>
       </c>
-      <c r="D28" t="s">
-        <v>113</v>
+      <c r="D28" s="6">
+        <v>9781975159580</v>
       </c>
       <c r="E28">
         <v>2023</v>
       </c>
       <c r="F28" t="s">
-        <v>114</v>
-[...1 lines deleted...]
-      <c r="G28" s="3">
+        <v>86</v>
+      </c>
+      <c r="G28" s="2">
         <v>44662</v>
       </c>
     </row>
-    <row r="29" spans="1:7">
+    <row r="29" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A29" t="s">
-        <v>115</v>
+        <v>87</v>
       </c>
       <c r="B29" t="s">
-        <v>116</v>
+        <v>88</v>
       </c>
       <c r="C29">
         <v>4</v>
       </c>
-      <c r="D29" t="s">
-        <v>117</v>
+      <c r="D29" s="6">
+        <v>9781496302342</v>
       </c>
       <c r="E29">
         <v>2018</v>
       </c>
       <c r="F29" t="s">
-        <v>118</v>
-[...1 lines deleted...]
-      <c r="G29" s="3">
+        <v>89</v>
+      </c>
+      <c r="G29" s="2">
         <v>43061</v>
       </c>
     </row>
-    <row r="30" spans="1:7">
+    <row r="30" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A30" t="s">
-        <v>119</v>
+        <v>90</v>
       </c>
       <c r="B30" t="s">
-        <v>120</v>
+        <v>91</v>
       </c>
       <c r="C30">
         <v>3</v>
       </c>
-      <c r="D30" t="s">
-        <v>121</v>
+      <c r="D30" s="6">
+        <v>9781975121327</v>
       </c>
       <c r="E30">
         <v>2021</v>
       </c>
       <c r="F30" t="s">
-        <v>122</v>
-[...1 lines deleted...]
-      <c r="G30" s="3">
+        <v>92</v>
+      </c>
+      <c r="G30" s="2">
         <v>43879</v>
       </c>
     </row>
-    <row r="31" spans="1:7">
-[...22 lines deleted...]
-    <row r="32" spans="1:7">
+    <row r="31" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A31" s="3" t="s">
+        <v>2223</v>
+      </c>
+      <c r="B31" s="3" t="s">
+        <v>2225</v>
+      </c>
+      <c r="C31" s="3">
+        <v>4</v>
+      </c>
+      <c r="D31" s="7">
+        <v>9781975223113</v>
+      </c>
+      <c r="E31" s="3">
+        <v>2026</v>
+      </c>
+      <c r="F31" s="3" t="s">
+        <v>2224</v>
+      </c>
+      <c r="G31" s="4">
+        <v>46034</v>
+      </c>
+    </row>
+    <row r="32" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A32" t="s">
-        <v>127</v>
+        <v>93</v>
       </c>
       <c r="B32" t="s">
-        <v>128</v>
+        <v>94</v>
       </c>
       <c r="C32">
         <v>3</v>
       </c>
-      <c r="D32" t="s">
-        <v>129</v>
+      <c r="D32" s="6">
+        <v>9780781744812</v>
       </c>
       <c r="E32">
         <v>2010</v>
       </c>
       <c r="F32" t="s">
-        <v>130</v>
-[...1 lines deleted...]
-      <c r="G32" s="3">
+        <v>95</v>
+      </c>
+      <c r="G32" s="2">
         <v>41921</v>
       </c>
     </row>
-    <row r="33" spans="1:7">
+    <row r="33" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A33" t="s">
-        <v>131</v>
+        <v>96</v>
       </c>
       <c r="B33" t="s">
-        <v>132</v>
+        <v>97</v>
       </c>
       <c r="C33">
         <v>4</v>
       </c>
-      <c r="D33" t="s">
-        <v>133</v>
+      <c r="D33" s="6">
+        <v>9781608317158</v>
       </c>
       <c r="E33">
         <v>2011</v>
       </c>
       <c r="F33" t="s">
-        <v>134</v>
-[...1 lines deleted...]
-      <c r="G33" s="3">
+        <v>98</v>
+      </c>
+      <c r="G33" s="2">
         <v>41878</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <sheetPr/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0900-000000000000}">
   <dimension ref="A1:D23"/>
   <sheetViews>
-    <sheetView view="normal" workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="12.75" baseColWidth="0"/>
+  <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="4" width="50.7109375" customWidth="1"/>
+    <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:4">
-[...13 lines deleted...]
-    <row r="2" spans="1:4">
+    <row r="1" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A1" s="1" t="s">
+        <v>99</v>
+      </c>
+      <c r="B1" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" s="1" t="s">
+        <v>100</v>
+      </c>
+      <c r="D1" s="1" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="2" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
-        <v>40</v>
+        <v>31</v>
       </c>
       <c r="B2" t="s">
-        <v>41</v>
+        <v>32</v>
       </c>
       <c r="D2" t="s">
-        <v>43</v>
-[...2 lines deleted...]
-    <row r="3" spans="1:4">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="3" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
+        <v>485</v>
+      </c>
+      <c r="B3" t="s">
+        <v>102</v>
+      </c>
+      <c r="D3" t="s">
+        <v>488</v>
+      </c>
+    </row>
+    <row r="4" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A4" t="s">
+        <v>486</v>
+      </c>
+      <c r="B4" t="s">
+        <v>104</v>
+      </c>
+      <c r="D4" t="s">
+        <v>489</v>
+      </c>
+    </row>
+    <row r="5" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A5" t="s">
+        <v>487</v>
+      </c>
+      <c r="B5" t="s">
+        <v>490</v>
+      </c>
+      <c r="D5" t="s">
+        <v>491</v>
+      </c>
+    </row>
+    <row r="6" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B6" t="s">
+        <v>492</v>
+      </c>
+      <c r="D6" t="s">
+        <v>493</v>
+      </c>
+    </row>
+    <row r="7" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B7" t="s">
+        <v>494</v>
+      </c>
+      <c r="D7" t="s">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="8" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B8" t="s">
+        <v>496</v>
+      </c>
+      <c r="D8" t="s">
+        <v>497</v>
+      </c>
+    </row>
+    <row r="9" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B9" t="s">
+        <v>498</v>
+      </c>
+      <c r="C9" t="s">
+        <v>148</v>
+      </c>
+      <c r="D9" t="s">
+        <v>499</v>
+      </c>
+    </row>
+    <row r="10" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B10" t="s">
+        <v>500</v>
+      </c>
+      <c r="C10" t="s">
+        <v>156</v>
+      </c>
+      <c r="D10" t="s">
+        <v>501</v>
+      </c>
+    </row>
+    <row r="11" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B11" t="s">
+        <v>502</v>
+      </c>
+      <c r="C11" t="s">
+        <v>159</v>
+      </c>
+      <c r="D11" t="s">
+        <v>503</v>
+      </c>
+    </row>
+    <row r="12" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B12" t="s">
+        <v>504</v>
+      </c>
+      <c r="C12" t="s">
+        <v>162</v>
+      </c>
+      <c r="D12" t="s">
+        <v>505</v>
+      </c>
+    </row>
+    <row r="13" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B13" t="s">
+        <v>506</v>
+      </c>
+      <c r="C13" t="s">
+        <v>165</v>
+      </c>
+      <c r="D13" t="s">
+        <v>507</v>
+      </c>
+    </row>
+    <row r="14" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B14" t="s">
+        <v>508</v>
+      </c>
+      <c r="C14" t="s">
+        <v>168</v>
+      </c>
+      <c r="D14" t="s">
+        <v>509</v>
+      </c>
+    </row>
+    <row r="15" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B15" t="s">
+        <v>510</v>
+      </c>
+      <c r="C15" t="s">
+        <v>173</v>
+      </c>
+      <c r="D15" t="s">
+        <v>511</v>
+      </c>
+    </row>
+    <row r="16" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B16" t="s">
+        <v>512</v>
+      </c>
+      <c r="D16" t="s">
+        <v>513</v>
+      </c>
+    </row>
+    <row r="17" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B17" t="s">
+        <v>514</v>
+      </c>
+      <c r="C17" t="s">
+        <v>515</v>
+      </c>
+      <c r="D17" t="s">
+        <v>516</v>
+      </c>
+    </row>
+    <row r="18" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B18" t="s">
+        <v>517</v>
+      </c>
+      <c r="C18" t="s">
+        <v>518</v>
+      </c>
+      <c r="D18" t="s">
+        <v>519</v>
+      </c>
+    </row>
+    <row r="19" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B19" t="s">
+        <v>520</v>
+      </c>
+      <c r="C19" t="s">
         <v>521</v>
       </c>
-      <c r="B3" t="s">
-[...2 lines deleted...]
-      <c r="D3" t="s">
+      <c r="D19" t="s">
+        <v>522</v>
+      </c>
+    </row>
+    <row r="20" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B20" t="s">
+        <v>523</v>
+      </c>
+      <c r="C20" t="s">
         <v>524</v>
       </c>
-    </row>
-[...7 lines deleted...]
-      <c r="D4" t="s">
+      <c r="D20" t="s">
         <v>525</v>
       </c>
     </row>
-    <row r="5" spans="1:4">
-[...3 lines deleted...]
-      <c r="B5" t="s">
+    <row r="21" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B21" t="s">
         <v>526</v>
       </c>
-      <c r="D5" t="s">
+      <c r="D21" t="s">
         <v>527</v>
       </c>
     </row>
-    <row r="6" spans="2:4">
-      <c r="B6" t="s">
+    <row r="22" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B22" t="s">
         <v>528</v>
       </c>
-      <c r="D6" t="s">
+      <c r="D22" t="s">
         <v>529</v>
       </c>
     </row>
-    <row r="7" spans="2:4">
-      <c r="B7" t="s">
+    <row r="23" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B23" t="s">
+        <v>300</v>
+      </c>
+      <c r="D23" t="s">
         <v>530</v>
-      </c>
-[...162 lines deleted...]
-        <v>566</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <sheetPr/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0A00-000000000000}">
   <dimension ref="A1:D69"/>
   <sheetViews>
-    <sheetView view="normal" workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="12.75" baseColWidth="0"/>
+  <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="4" width="50.7109375" customWidth="1"/>
+    <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:4">
-[...13 lines deleted...]
-    <row r="2" spans="1:4">
+    <row r="1" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A1" s="1" t="s">
+        <v>99</v>
+      </c>
+      <c r="B1" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" s="1" t="s">
+        <v>100</v>
+      </c>
+      <c r="D1" s="1" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="2" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
-        <v>44</v>
+        <v>34</v>
       </c>
       <c r="B2" t="s">
-        <v>45</v>
+        <v>35</v>
       </c>
       <c r="D2" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-    <row r="3" spans="2:4">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="3" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B3" t="s">
-        <v>138</v>
+        <v>102</v>
       </c>
       <c r="D3" t="s">
+        <v>531</v>
+      </c>
+    </row>
+    <row r="4" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B4" t="s">
+        <v>104</v>
+      </c>
+      <c r="D4" t="s">
+        <v>532</v>
+      </c>
+    </row>
+    <row r="5" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B5" t="s">
+        <v>143</v>
+      </c>
+      <c r="D5" t="s">
+        <v>533</v>
+      </c>
+    </row>
+    <row r="6" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B6" t="s">
+        <v>306</v>
+      </c>
+      <c r="D6" t="s">
+        <v>534</v>
+      </c>
+    </row>
+    <row r="7" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B7" t="s">
+        <v>106</v>
+      </c>
+      <c r="D7" t="s">
+        <v>535</v>
+      </c>
+    </row>
+    <row r="8" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B8" t="s">
+        <v>108</v>
+      </c>
+      <c r="D8" t="s">
+        <v>536</v>
+      </c>
+    </row>
+    <row r="9" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B9" t="s">
+        <v>537</v>
+      </c>
+      <c r="D9" t="s">
+        <v>538</v>
+      </c>
+    </row>
+    <row r="10" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B10" t="s">
+        <v>539</v>
+      </c>
+      <c r="C10" t="s">
+        <v>148</v>
+      </c>
+      <c r="D10" t="s">
+        <v>540</v>
+      </c>
+    </row>
+    <row r="11" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B11" t="s">
+        <v>541</v>
+      </c>
+      <c r="C11" t="s">
+        <v>156</v>
+      </c>
+      <c r="D11" t="s">
+        <v>542</v>
+      </c>
+    </row>
+    <row r="12" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B12" t="s">
+        <v>155</v>
+      </c>
+      <c r="C12" t="s">
+        <v>159</v>
+      </c>
+      <c r="D12" t="s">
+        <v>543</v>
+      </c>
+    </row>
+    <row r="13" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B13" t="s">
+        <v>167</v>
+      </c>
+      <c r="C13" t="s">
+        <v>162</v>
+      </c>
+      <c r="D13" t="s">
+        <v>544</v>
+      </c>
+    </row>
+    <row r="14" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B14" t="s">
+        <v>545</v>
+      </c>
+      <c r="C14" t="s">
+        <v>165</v>
+      </c>
+      <c r="D14" t="s">
+        <v>546</v>
+      </c>
+    </row>
+    <row r="15" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B15" t="s">
+        <v>161</v>
+      </c>
+      <c r="C15" t="s">
+        <v>168</v>
+      </c>
+      <c r="D15" t="s">
+        <v>547</v>
+      </c>
+    </row>
+    <row r="16" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B16" t="s">
+        <v>548</v>
+      </c>
+      <c r="C16" t="s">
+        <v>173</v>
+      </c>
+      <c r="D16" t="s">
+        <v>549</v>
+      </c>
+    </row>
+    <row r="17" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B17" t="s">
+        <v>550</v>
+      </c>
+      <c r="D17" t="s">
+        <v>551</v>
+      </c>
+    </row>
+    <row r="18" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B18" t="s">
+        <v>552</v>
+      </c>
+      <c r="D18" t="s">
+        <v>553</v>
+      </c>
+    </row>
+    <row r="19" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B19" t="s">
+        <v>554</v>
+      </c>
+      <c r="C19" t="s">
+        <v>176</v>
+      </c>
+      <c r="D19" t="s">
+        <v>555</v>
+      </c>
+    </row>
+    <row r="20" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B20" t="s">
+        <v>556</v>
+      </c>
+      <c r="C20" t="s">
+        <v>179</v>
+      </c>
+      <c r="D20" t="s">
+        <v>557</v>
+      </c>
+    </row>
+    <row r="21" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B21" t="s">
+        <v>558</v>
+      </c>
+      <c r="C21" t="s">
+        <v>182</v>
+      </c>
+      <c r="D21" t="s">
+        <v>559</v>
+      </c>
+    </row>
+    <row r="22" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B22" t="s">
+        <v>560</v>
+      </c>
+      <c r="D22" t="s">
+        <v>561</v>
+      </c>
+    </row>
+    <row r="23" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B23" t="s">
+        <v>562</v>
+      </c>
+      <c r="C23" t="s">
+        <v>185</v>
+      </c>
+      <c r="D23" t="s">
+        <v>563</v>
+      </c>
+    </row>
+    <row r="24" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B24" t="s">
+        <v>564</v>
+      </c>
+      <c r="C24" t="s">
+        <v>188</v>
+      </c>
+      <c r="D24" t="s">
+        <v>565</v>
+      </c>
+    </row>
+    <row r="25" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B25" t="s">
+        <v>566</v>
+      </c>
+      <c r="C25" t="s">
+        <v>191</v>
+      </c>
+      <c r="D25" t="s">
         <v>567</v>
       </c>
     </row>
-    <row r="4" spans="2:4">
-[...3 lines deleted...]
-      <c r="D4" t="s">
+    <row r="26" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B26" t="s">
         <v>568</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="D5" t="s">
+      <c r="D26" t="s">
         <v>569</v>
       </c>
     </row>
-    <row r="6" spans="2:4">
-[...3 lines deleted...]
-      <c r="D6" t="s">
+    <row r="27" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B27" t="s">
         <v>570</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="D7" t="s">
+      <c r="C27" t="s">
+        <v>194</v>
+      </c>
+      <c r="D27" t="s">
         <v>571</v>
       </c>
     </row>
-    <row r="8" spans="2:4">
-[...3 lines deleted...]
-      <c r="D8" t="s">
+    <row r="28" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B28" t="s">
         <v>572</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B9" t="s">
+      <c r="C28" t="s">
+        <v>197</v>
+      </c>
+      <c r="D28" t="s">
         <v>573</v>
       </c>
-      <c r="D9" t="s">
+    </row>
+    <row r="29" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B29" t="s">
         <v>574</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B10" t="s">
+      <c r="C29" t="s">
+        <v>202</v>
+      </c>
+      <c r="D29" t="s">
         <v>575</v>
       </c>
-      <c r="C10" t="s">
-[...2 lines deleted...]
-      <c r="D10" t="s">
+    </row>
+    <row r="30" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B30" t="s">
         <v>576</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B11" t="s">
+      <c r="C30" t="s">
+        <v>205</v>
+      </c>
+      <c r="D30" t="s">
         <v>577</v>
       </c>
-      <c r="C11" t="s">
-[...2 lines deleted...]
-      <c r="D11" t="s">
+    </row>
+    <row r="31" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B31" t="s">
         <v>578</v>
       </c>
-    </row>
-[...7 lines deleted...]
-      <c r="D12" t="s">
+      <c r="C31" t="s">
+        <v>208</v>
+      </c>
+      <c r="D31" t="s">
         <v>579</v>
       </c>
     </row>
-    <row r="13" spans="2:4">
-[...6 lines deleted...]
-      <c r="D13" t="s">
+    <row r="32" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B32" t="s">
         <v>580</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B14" t="s">
+      <c r="C32" t="s">
+        <v>211</v>
+      </c>
+      <c r="D32" t="s">
         <v>581</v>
       </c>
-      <c r="C14" t="s">
-[...2 lines deleted...]
-      <c r="D14" t="s">
+    </row>
+    <row r="33" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B33" t="s">
         <v>582</v>
       </c>
-    </row>
-[...7 lines deleted...]
-      <c r="D15" t="s">
+      <c r="D33" t="s">
         <v>583</v>
       </c>
     </row>
-    <row r="16" spans="2:4">
-      <c r="B16" t="s">
+    <row r="34" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B34" t="s">
         <v>584</v>
       </c>
-      <c r="C16" t="s">
-[...2 lines deleted...]
-      <c r="D16" t="s">
+      <c r="D34" t="s">
         <v>585</v>
       </c>
     </row>
-    <row r="17" spans="2:4">
-      <c r="B17" t="s">
+    <row r="35" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B35" t="s">
         <v>586</v>
       </c>
-      <c r="D17" t="s">
+      <c r="C35" t="s">
         <v>587</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B18" t="s">
+      <c r="D35" t="s">
         <v>588</v>
       </c>
-      <c r="D18" t="s">
+    </row>
+    <row r="36" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B36" t="s">
         <v>589</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B19" t="s">
+      <c r="C36" t="s">
         <v>590</v>
       </c>
-      <c r="C19" t="s">
-[...2 lines deleted...]
-      <c r="D19" t="s">
+      <c r="D36" t="s">
         <v>591</v>
       </c>
     </row>
-    <row r="20" spans="2:4">
-      <c r="B20" t="s">
+    <row r="37" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B37" t="s">
         <v>592</v>
       </c>
-      <c r="C20" t="s">
-[...2 lines deleted...]
-      <c r="D20" t="s">
+      <c r="C37" t="s">
         <v>593</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B21" t="s">
+      <c r="D37" t="s">
         <v>594</v>
       </c>
-      <c r="C21" t="s">
-[...2 lines deleted...]
-      <c r="D21" t="s">
+    </row>
+    <row r="38" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B38" t="s">
         <v>595</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B22" t="s">
+      <c r="C38" t="s">
         <v>596</v>
       </c>
-      <c r="D22" t="s">
+      <c r="D38" t="s">
         <v>597</v>
       </c>
     </row>
-    <row r="23" spans="2:4">
-      <c r="B23" t="s">
+    <row r="39" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B39" t="s">
         <v>598</v>
       </c>
-      <c r="C23" t="s">
-[...2 lines deleted...]
-      <c r="D23" t="s">
+      <c r="C39" t="s">
         <v>599</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B24" t="s">
+      <c r="D39" t="s">
         <v>600</v>
       </c>
-      <c r="C24" t="s">
-[...2 lines deleted...]
-      <c r="D24" t="s">
+    </row>
+    <row r="40" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B40" t="s">
         <v>601</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B25" t="s">
+      <c r="C40" t="s">
         <v>602</v>
       </c>
-      <c r="C25" t="s">
-[...2 lines deleted...]
-      <c r="D25" t="s">
+      <c r="D40" t="s">
         <v>603</v>
       </c>
     </row>
-    <row r="26" spans="2:4">
-      <c r="B26" t="s">
+    <row r="41" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B41" t="s">
         <v>604</v>
       </c>
-      <c r="D26" t="s">
+      <c r="D41" t="s">
         <v>605</v>
       </c>
     </row>
-    <row r="27" spans="2:4">
-      <c r="B27" t="s">
+    <row r="42" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B42" t="s">
         <v>606</v>
       </c>
-      <c r="C27" t="s">
-[...2 lines deleted...]
-      <c r="D27" t="s">
+      <c r="C42" t="s">
         <v>607</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B28" t="s">
+      <c r="D42" t="s">
         <v>608</v>
       </c>
-      <c r="C28" t="s">
-[...2 lines deleted...]
-      <c r="D28" t="s">
+    </row>
+    <row r="43" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B43" t="s">
         <v>609</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B29" t="s">
+      <c r="C43" t="s">
         <v>610</v>
       </c>
-      <c r="C29" t="s">
-[...2 lines deleted...]
-      <c r="D29" t="s">
+      <c r="D43" t="s">
         <v>611</v>
       </c>
     </row>
-    <row r="30" spans="2:4">
-      <c r="B30" t="s">
+    <row r="44" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B44" t="s">
         <v>612</v>
       </c>
-      <c r="C30" t="s">
-[...2 lines deleted...]
-      <c r="D30" t="s">
+      <c r="C44" t="s">
         <v>613</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B31" t="s">
+      <c r="D44" t="s">
         <v>614</v>
       </c>
-      <c r="C31" t="s">
-[...2 lines deleted...]
-      <c r="D31" t="s">
+    </row>
+    <row r="45" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B45" t="s">
         <v>615</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B32" t="s">
+      <c r="C45" t="s">
         <v>616</v>
       </c>
-      <c r="C32" t="s">
-[...2 lines deleted...]
-      <c r="D32" t="s">
+      <c r="D45" t="s">
         <v>617</v>
       </c>
     </row>
-    <row r="33" spans="2:4">
-      <c r="B33" t="s">
+    <row r="46" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B46" t="s">
         <v>618</v>
       </c>
-      <c r="D33" t="s">
+      <c r="C46" t="s">
         <v>619</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B34" t="s">
+      <c r="D46" t="s">
         <v>620</v>
       </c>
-      <c r="D34" t="s">
+    </row>
+    <row r="47" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B47" t="s">
         <v>621</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B35" t="s">
+      <c r="C47" t="s">
         <v>622</v>
       </c>
-      <c r="C35" t="s">
+      <c r="D47" t="s">
         <v>623</v>
       </c>
-      <c r="D35" t="s">
+    </row>
+    <row r="48" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B48" t="s">
         <v>624</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B36" t="s">
+      <c r="C48" t="s">
         <v>625</v>
       </c>
-      <c r="C36" t="s">
+      <c r="D48" t="s">
         <v>626</v>
       </c>
-      <c r="D36" t="s">
+    </row>
+    <row r="49" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B49" t="s">
         <v>627</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B37" t="s">
+      <c r="C49" t="s">
         <v>628</v>
       </c>
-      <c r="C37" t="s">
+      <c r="D49" t="s">
         <v>629</v>
       </c>
-      <c r="D37" t="s">
+    </row>
+    <row r="50" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B50" t="s">
         <v>630</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B38" t="s">
+      <c r="C50" t="s">
         <v>631</v>
       </c>
-      <c r="C38" t="s">
+      <c r="D50" t="s">
         <v>632</v>
       </c>
-      <c r="D38" t="s">
+    </row>
+    <row r="51" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B51" t="s">
         <v>633</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B39" t="s">
+      <c r="C51" t="s">
         <v>634</v>
       </c>
-      <c r="C39" t="s">
+      <c r="D51" t="s">
         <v>635</v>
       </c>
-      <c r="D39" t="s">
+    </row>
+    <row r="52" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B52" t="s">
         <v>636</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B40" t="s">
+      <c r="C52" t="s">
         <v>637</v>
       </c>
-      <c r="C40" t="s">
+      <c r="D52" t="s">
         <v>638</v>
       </c>
-      <c r="D40" t="s">
+    </row>
+    <row r="53" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B53" t="s">
         <v>639</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B41" t="s">
+      <c r="C53" t="s">
         <v>640</v>
       </c>
-      <c r="D41" t="s">
+      <c r="D53" t="s">
         <v>641</v>
       </c>
     </row>
-    <row r="42" spans="2:4">
-      <c r="B42" t="s">
+    <row r="54" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B54" t="s">
         <v>642</v>
       </c>
-      <c r="C42" t="s">
+      <c r="D54" t="s">
         <v>643</v>
       </c>
-      <c r="D42" t="s">
+    </row>
+    <row r="55" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B55" t="s">
         <v>644</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B43" t="s">
+      <c r="D55" t="s">
         <v>645</v>
       </c>
-      <c r="C43" t="s">
+    </row>
+    <row r="56" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B56" t="s">
         <v>646</v>
       </c>
-      <c r="D43" t="s">
+      <c r="C56" t="s">
         <v>647</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B44" t="s">
+      <c r="D56" t="s">
         <v>648</v>
       </c>
-      <c r="C44" t="s">
+    </row>
+    <row r="57" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B57" t="s">
         <v>649</v>
       </c>
-      <c r="D44" t="s">
+      <c r="C57" t="s">
         <v>650</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B45" t="s">
+      <c r="D57" t="s">
         <v>651</v>
       </c>
-      <c r="C45" t="s">
+    </row>
+    <row r="58" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B58" t="s">
         <v>652</v>
       </c>
-      <c r="D45" t="s">
+      <c r="C58" t="s">
         <v>653</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B46" t="s">
+      <c r="D58" t="s">
         <v>654</v>
       </c>
-      <c r="C46" t="s">
+    </row>
+    <row r="59" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B59" t="s">
         <v>655</v>
       </c>
-      <c r="D46" t="s">
+      <c r="D59" t="s">
         <v>656</v>
       </c>
     </row>
-    <row r="47" spans="2:4">
-      <c r="B47" t="s">
+    <row r="60" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B60" t="s">
         <v>657</v>
       </c>
-      <c r="C47" t="s">
+      <c r="C60" t="s">
         <v>658</v>
       </c>
-      <c r="D47" t="s">
+      <c r="D60" t="s">
         <v>659</v>
       </c>
     </row>
-    <row r="48" spans="2:4">
-      <c r="B48" t="s">
+    <row r="61" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B61" t="s">
         <v>660</v>
       </c>
-      <c r="C48" t="s">
+      <c r="C61" t="s">
         <v>661</v>
       </c>
-      <c r="D48" t="s">
+      <c r="D61" t="s">
         <v>662</v>
       </c>
     </row>
-    <row r="49" spans="2:4">
-      <c r="B49" t="s">
+    <row r="62" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B62" t="s">
         <v>663</v>
       </c>
-      <c r="C49" t="s">
+      <c r="C62" t="s">
         <v>664</v>
       </c>
-      <c r="D49" t="s">
+      <c r="D62" t="s">
         <v>665</v>
       </c>
     </row>
-    <row r="50" spans="2:4">
-      <c r="B50" t="s">
+    <row r="63" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B63" t="s">
         <v>666</v>
       </c>
-      <c r="C50" t="s">
+      <c r="D63" t="s">
         <v>667</v>
       </c>
-      <c r="D50" t="s">
+    </row>
+    <row r="64" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B64" t="s">
         <v>668</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B51" t="s">
+      <c r="C64" t="s">
         <v>669</v>
       </c>
-      <c r="C51" t="s">
+      <c r="D64" t="s">
         <v>670</v>
       </c>
-      <c r="D51" t="s">
+    </row>
+    <row r="65" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B65" t="s">
         <v>671</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B52" t="s">
+      <c r="C65" t="s">
         <v>672</v>
       </c>
-      <c r="C52" t="s">
+      <c r="D65" t="s">
         <v>673</v>
       </c>
-      <c r="D52" t="s">
+    </row>
+    <row r="66" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B66" t="s">
         <v>674</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B53" t="s">
+      <c r="C66" t="s">
         <v>675</v>
       </c>
-      <c r="C53" t="s">
+      <c r="D66" t="s">
         <v>676</v>
       </c>
-      <c r="D53" t="s">
+    </row>
+    <row r="67" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B67" t="s">
         <v>677</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B54" t="s">
+      <c r="D67" t="s">
         <v>678</v>
       </c>
-      <c r="D54" t="s">
+    </row>
+    <row r="68" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B68" t="s">
         <v>679</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B55" t="s">
+      <c r="C68" t="s">
         <v>680</v>
       </c>
-      <c r="D55" t="s">
+      <c r="D68" t="s">
         <v>681</v>
       </c>
     </row>
-    <row r="56" spans="2:4">
-      <c r="B56" t="s">
+    <row r="69" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B69" t="s">
         <v>682</v>
       </c>
-      <c r="C56" t="s">
+      <c r="C69" t="s">
         <v>683</v>
       </c>
-      <c r="D56" t="s">
+      <c r="D69" t="s">
         <v>684</v>
-      </c>
-[...132 lines deleted...]
-        <v>720</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <sheetPr/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0B00-000000000000}">
   <dimension ref="A1:D95"/>
   <sheetViews>
-    <sheetView view="normal" workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="12.75" baseColWidth="0"/>
+  <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="4" width="50.7109375" customWidth="1"/>
+    <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:4">
-      <c r="A1" s="2" t="s">
+    <row r="1" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A1" s="1" t="s">
+        <v>99</v>
+      </c>
+      <c r="B1" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" s="1" t="s">
+        <v>100</v>
+      </c>
+      <c r="D1" s="1" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="2" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A2" t="s">
+        <v>37</v>
+      </c>
+      <c r="B2" t="s">
+        <v>38</v>
+      </c>
+      <c r="D2" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="3" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A3" t="s">
+        <v>685</v>
+      </c>
+      <c r="B3" t="s">
+        <v>102</v>
+      </c>
+      <c r="D3" t="s">
+        <v>686</v>
+      </c>
+    </row>
+    <row r="4" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B4" t="s">
+        <v>102</v>
+      </c>
+      <c r="D4" t="s">
+        <v>687</v>
+      </c>
+    </row>
+    <row r="5" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B5" t="s">
+        <v>102</v>
+      </c>
+      <c r="D5" t="s">
+        <v>688</v>
+      </c>
+    </row>
+    <row r="6" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B6" t="s">
+        <v>689</v>
+      </c>
+      <c r="D6" t="s">
+        <v>690</v>
+      </c>
+    </row>
+    <row r="7" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B7" t="s">
+        <v>691</v>
+      </c>
+      <c r="D7" t="s">
+        <v>692</v>
+      </c>
+    </row>
+    <row r="8" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B8" t="s">
+        <v>689</v>
+      </c>
+      <c r="D8" t="s">
+        <v>693</v>
+      </c>
+    </row>
+    <row r="9" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B9" t="s">
+        <v>689</v>
+      </c>
+      <c r="D9" t="s">
+        <v>694</v>
+      </c>
+    </row>
+    <row r="10" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B10" t="s">
+        <v>691</v>
+      </c>
+      <c r="D10" t="s">
+        <v>695</v>
+      </c>
+    </row>
+    <row r="11" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B11" t="s">
+        <v>691</v>
+      </c>
+      <c r="D11" t="s">
+        <v>696</v>
+      </c>
+    </row>
+    <row r="12" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B12" t="s">
+        <v>697</v>
+      </c>
+      <c r="D12" t="s">
+        <v>698</v>
+      </c>
+    </row>
+    <row r="13" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B13" t="s">
+        <v>699</v>
+      </c>
+      <c r="C13" t="s">
+        <v>115</v>
+      </c>
+      <c r="D13" t="s">
+        <v>700</v>
+      </c>
+    </row>
+    <row r="14" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B14" t="s">
+        <v>701</v>
+      </c>
+      <c r="C14" t="s">
+        <v>118</v>
+      </c>
+      <c r="D14" t="s">
+        <v>702</v>
+      </c>
+    </row>
+    <row r="15" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B15" t="s">
+        <v>703</v>
+      </c>
+      <c r="C15" t="s">
+        <v>121</v>
+      </c>
+      <c r="D15" t="s">
+        <v>704</v>
+      </c>
+    </row>
+    <row r="16" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B16" t="s">
+        <v>705</v>
+      </c>
+      <c r="C16" t="s">
+        <v>124</v>
+      </c>
+      <c r="D16" t="s">
+        <v>706</v>
+      </c>
+    </row>
+    <row r="17" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B17" t="s">
+        <v>707</v>
+      </c>
+      <c r="C17" t="s">
+        <v>127</v>
+      </c>
+      <c r="D17" t="s">
+        <v>708</v>
+      </c>
+    </row>
+    <row r="18" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B18" t="s">
+        <v>709</v>
+      </c>
+      <c r="C18" t="s">
+        <v>132</v>
+      </c>
+      <c r="D18" t="s">
+        <v>710</v>
+      </c>
+    </row>
+    <row r="19" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B19" t="s">
+        <v>711</v>
+      </c>
+      <c r="D19" t="s">
+        <v>712</v>
+      </c>
+    </row>
+    <row r="20" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B20" t="s">
+        <v>713</v>
+      </c>
+      <c r="C20" t="s">
         <v>135</v>
       </c>
-      <c r="B1" s="2" t="s">
-[...21 lines deleted...]
-      <c r="A3" t="s">
+      <c r="D20" t="s">
+        <v>714</v>
+      </c>
+    </row>
+    <row r="21" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B21" t="s">
+        <v>715</v>
+      </c>
+      <c r="C21" t="s">
+        <v>138</v>
+      </c>
+      <c r="D21" t="s">
+        <v>716</v>
+      </c>
+    </row>
+    <row r="22" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B22" t="s">
+        <v>717</v>
+      </c>
+      <c r="C22" t="s">
+        <v>243</v>
+      </c>
+      <c r="D22" t="s">
+        <v>718</v>
+      </c>
+    </row>
+    <row r="23" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B23" t="s">
+        <v>719</v>
+      </c>
+      <c r="C23" t="s">
+        <v>246</v>
+      </c>
+      <c r="D23" t="s">
+        <v>720</v>
+      </c>
+    </row>
+    <row r="24" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B24" t="s">
         <v>721</v>
       </c>
-      <c r="B3" t="s">
+      <c r="D24" t="s">
+        <v>722</v>
+      </c>
+    </row>
+    <row r="25" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B25" t="s">
+        <v>723</v>
+      </c>
+      <c r="C25" t="s">
+        <v>249</v>
+      </c>
+      <c r="D25" t="s">
+        <v>724</v>
+      </c>
+    </row>
+    <row r="26" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B26" t="s">
+        <v>725</v>
+      </c>
+      <c r="C26" t="s">
+        <v>252</v>
+      </c>
+      <c r="D26" t="s">
+        <v>726</v>
+      </c>
+    </row>
+    <row r="27" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B27" t="s">
+        <v>727</v>
+      </c>
+      <c r="C27" t="s">
+        <v>255</v>
+      </c>
+      <c r="D27" t="s">
+        <v>728</v>
+      </c>
+    </row>
+    <row r="28" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B28" t="s">
+        <v>729</v>
+      </c>
+      <c r="C28" t="s">
+        <v>258</v>
+      </c>
+      <c r="D28" t="s">
+        <v>730</v>
+      </c>
+    </row>
+    <row r="29" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B29" t="s">
+        <v>731</v>
+      </c>
+      <c r="C29" t="s">
+        <v>261</v>
+      </c>
+      <c r="D29" t="s">
+        <v>732</v>
+      </c>
+    </row>
+    <row r="30" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B30" t="s">
+        <v>733</v>
+      </c>
+      <c r="C30" t="s">
+        <v>266</v>
+      </c>
+      <c r="D30" t="s">
+        <v>734</v>
+      </c>
+    </row>
+    <row r="31" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B31" t="s">
+        <v>735</v>
+      </c>
+      <c r="D31" t="s">
+        <v>736</v>
+      </c>
+    </row>
+    <row r="32" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B32" t="s">
+        <v>737</v>
+      </c>
+      <c r="C32" t="s">
+        <v>269</v>
+      </c>
+      <c r="D32" t="s">
+        <v>738</v>
+      </c>
+    </row>
+    <row r="33" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B33" t="s">
+        <v>739</v>
+      </c>
+      <c r="C33" t="s">
+        <v>272</v>
+      </c>
+      <c r="D33" t="s">
+        <v>740</v>
+      </c>
+    </row>
+    <row r="34" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B34" t="s">
+        <v>741</v>
+      </c>
+      <c r="C34" t="s">
+        <v>275</v>
+      </c>
+      <c r="D34" t="s">
+        <v>742</v>
+      </c>
+    </row>
+    <row r="35" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B35" t="s">
+        <v>743</v>
+      </c>
+      <c r="D35" t="s">
+        <v>744</v>
+      </c>
+    </row>
+    <row r="36" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B36" t="s">
+        <v>745</v>
+      </c>
+      <c r="C36" t="s">
+        <v>278</v>
+      </c>
+      <c r="D36" t="s">
+        <v>746</v>
+      </c>
+    </row>
+    <row r="37" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B37" t="s">
+        <v>747</v>
+      </c>
+      <c r="C37" t="s">
+        <v>283</v>
+      </c>
+      <c r="D37" t="s">
+        <v>748</v>
+      </c>
+    </row>
+    <row r="38" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B38" t="s">
+        <v>749</v>
+      </c>
+      <c r="C38" t="s">
+        <v>286</v>
+      </c>
+      <c r="D38" t="s">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="39" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B39" t="s">
+        <v>751</v>
+      </c>
+      <c r="C39" t="s">
+        <v>752</v>
+      </c>
+      <c r="D39" t="s">
+        <v>753</v>
+      </c>
+    </row>
+    <row r="40" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B40" t="s">
+        <v>754</v>
+      </c>
+      <c r="D40" t="s">
+        <v>755</v>
+      </c>
+    </row>
+    <row r="41" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B41" t="s">
+        <v>699</v>
+      </c>
+      <c r="C41" t="s">
+        <v>115</v>
+      </c>
+      <c r="D41" t="s">
+        <v>756</v>
+      </c>
+    </row>
+    <row r="42" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B42" t="s">
+        <v>701</v>
+      </c>
+      <c r="C42" t="s">
+        <v>118</v>
+      </c>
+      <c r="D42" t="s">
+        <v>757</v>
+      </c>
+    </row>
+    <row r="43" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B43" t="s">
+        <v>703</v>
+      </c>
+      <c r="C43" t="s">
+        <v>121</v>
+      </c>
+      <c r="D43" t="s">
+        <v>758</v>
+      </c>
+    </row>
+    <row r="44" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B44" t="s">
+        <v>705</v>
+      </c>
+      <c r="C44" t="s">
+        <v>124</v>
+      </c>
+      <c r="D44" t="s">
+        <v>759</v>
+      </c>
+    </row>
+    <row r="45" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B45" t="s">
+        <v>707</v>
+      </c>
+      <c r="C45" t="s">
+        <v>127</v>
+      </c>
+      <c r="D45" t="s">
+        <v>760</v>
+      </c>
+    </row>
+    <row r="46" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B46" t="s">
+        <v>709</v>
+      </c>
+      <c r="C46" t="s">
+        <v>132</v>
+      </c>
+      <c r="D46" t="s">
+        <v>761</v>
+      </c>
+    </row>
+    <row r="47" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B47" t="s">
+        <v>762</v>
+      </c>
+      <c r="D47" t="s">
+        <v>763</v>
+      </c>
+    </row>
+    <row r="48" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B48" t="s">
+        <v>713</v>
+      </c>
+      <c r="C48" t="s">
+        <v>135</v>
+      </c>
+      <c r="D48" t="s">
+        <v>764</v>
+      </c>
+    </row>
+    <row r="49" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B49" t="s">
+        <v>715</v>
+      </c>
+      <c r="C49" t="s">
         <v>138</v>
       </c>
-      <c r="D3" t="s">
-[...4 lines deleted...]
-      <c r="B4" t="s">
+      <c r="D49" t="s">
+        <v>765</v>
+      </c>
+    </row>
+    <row r="50" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B50" t="s">
+        <v>717</v>
+      </c>
+      <c r="C50" t="s">
+        <v>243</v>
+      </c>
+      <c r="D50" t="s">
+        <v>766</v>
+      </c>
+    </row>
+    <row r="51" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B51" t="s">
+        <v>719</v>
+      </c>
+      <c r="C51" t="s">
+        <v>246</v>
+      </c>
+      <c r="D51" t="s">
+        <v>767</v>
+      </c>
+    </row>
+    <row r="52" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B52" t="s">
+        <v>768</v>
+      </c>
+      <c r="D52" t="s">
+        <v>769</v>
+      </c>
+    </row>
+    <row r="53" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B53" t="s">
+        <v>723</v>
+      </c>
+      <c r="C53" t="s">
+        <v>249</v>
+      </c>
+      <c r="D53" t="s">
+        <v>770</v>
+      </c>
+    </row>
+    <row r="54" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B54" t="s">
+        <v>725</v>
+      </c>
+      <c r="C54" t="s">
+        <v>252</v>
+      </c>
+      <c r="D54" t="s">
+        <v>771</v>
+      </c>
+    </row>
+    <row r="55" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B55" t="s">
+        <v>727</v>
+      </c>
+      <c r="C55" t="s">
+        <v>255</v>
+      </c>
+      <c r="D55" t="s">
+        <v>772</v>
+      </c>
+    </row>
+    <row r="56" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B56" t="s">
+        <v>729</v>
+      </c>
+      <c r="C56" t="s">
+        <v>258</v>
+      </c>
+      <c r="D56" t="s">
+        <v>773</v>
+      </c>
+    </row>
+    <row r="57" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B57" t="s">
+        <v>731</v>
+      </c>
+      <c r="C57" t="s">
+        <v>261</v>
+      </c>
+      <c r="D57" t="s">
+        <v>774</v>
+      </c>
+    </row>
+    <row r="58" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B58" t="s">
+        <v>733</v>
+      </c>
+      <c r="C58" t="s">
+        <v>266</v>
+      </c>
+      <c r="D58" t="s">
+        <v>775</v>
+      </c>
+    </row>
+    <row r="59" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B59" t="s">
+        <v>776</v>
+      </c>
+      <c r="D59" t="s">
+        <v>777</v>
+      </c>
+    </row>
+    <row r="60" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B60" t="s">
+        <v>737</v>
+      </c>
+      <c r="C60" t="s">
+        <v>269</v>
+      </c>
+      <c r="D60" t="s">
+        <v>778</v>
+      </c>
+    </row>
+    <row r="61" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B61" t="s">
+        <v>739</v>
+      </c>
+      <c r="C61" t="s">
+        <v>272</v>
+      </c>
+      <c r="D61" t="s">
+        <v>779</v>
+      </c>
+    </row>
+    <row r="62" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B62" t="s">
+        <v>741</v>
+      </c>
+      <c r="C62" t="s">
+        <v>275</v>
+      </c>
+      <c r="D62" t="s">
+        <v>780</v>
+      </c>
+    </row>
+    <row r="63" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B63" t="s">
+        <v>781</v>
+      </c>
+      <c r="D63" t="s">
+        <v>782</v>
+      </c>
+    </row>
+    <row r="64" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B64" t="s">
+        <v>745</v>
+      </c>
+      <c r="C64" t="s">
+        <v>278</v>
+      </c>
+      <c r="D64" t="s">
+        <v>783</v>
+      </c>
+    </row>
+    <row r="65" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B65" t="s">
+        <v>747</v>
+      </c>
+      <c r="C65" t="s">
+        <v>283</v>
+      </c>
+      <c r="D65" t="s">
+        <v>784</v>
+      </c>
+    </row>
+    <row r="66" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B66" t="s">
+        <v>749</v>
+      </c>
+      <c r="C66" t="s">
+        <v>286</v>
+      </c>
+      <c r="D66" t="s">
+        <v>785</v>
+      </c>
+    </row>
+    <row r="67" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B67" t="s">
+        <v>751</v>
+      </c>
+      <c r="C67" t="s">
+        <v>752</v>
+      </c>
+      <c r="D67" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="68" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B68" t="s">
+        <v>754</v>
+      </c>
+      <c r="D68" t="s">
+        <v>787</v>
+      </c>
+    </row>
+    <row r="69" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B69" t="s">
+        <v>699</v>
+      </c>
+      <c r="C69" t="s">
+        <v>115</v>
+      </c>
+      <c r="D69" t="s">
+        <v>788</v>
+      </c>
+    </row>
+    <row r="70" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B70" t="s">
+        <v>701</v>
+      </c>
+      <c r="C70" t="s">
+        <v>118</v>
+      </c>
+      <c r="D70" t="s">
+        <v>789</v>
+      </c>
+    </row>
+    <row r="71" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B71" t="s">
+        <v>703</v>
+      </c>
+      <c r="C71" t="s">
+        <v>121</v>
+      </c>
+      <c r="D71" t="s">
+        <v>790</v>
+      </c>
+    </row>
+    <row r="72" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B72" t="s">
+        <v>705</v>
+      </c>
+      <c r="C72" t="s">
+        <v>124</v>
+      </c>
+      <c r="D72" t="s">
+        <v>791</v>
+      </c>
+    </row>
+    <row r="73" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B73" t="s">
+        <v>707</v>
+      </c>
+      <c r="C73" t="s">
+        <v>127</v>
+      </c>
+      <c r="D73" t="s">
+        <v>792</v>
+      </c>
+    </row>
+    <row r="74" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B74" t="s">
+        <v>709</v>
+      </c>
+      <c r="C74" t="s">
+        <v>132</v>
+      </c>
+      <c r="D74" t="s">
+        <v>793</v>
+      </c>
+    </row>
+    <row r="75" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B75" t="s">
+        <v>762</v>
+      </c>
+      <c r="D75" t="s">
+        <v>794</v>
+      </c>
+    </row>
+    <row r="76" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B76" t="s">
+        <v>713</v>
+      </c>
+      <c r="C76" t="s">
+        <v>135</v>
+      </c>
+      <c r="D76" t="s">
+        <v>795</v>
+      </c>
+    </row>
+    <row r="77" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B77" t="s">
+        <v>715</v>
+      </c>
+      <c r="C77" t="s">
         <v>138</v>
       </c>
-      <c r="D4" t="s">
+      <c r="D77" t="s">
+        <v>796</v>
+      </c>
+    </row>
+    <row r="78" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B78" t="s">
+        <v>717</v>
+      </c>
+      <c r="C78" t="s">
+        <v>243</v>
+      </c>
+      <c r="D78" t="s">
+        <v>797</v>
+      </c>
+    </row>
+    <row r="79" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B79" t="s">
+        <v>719</v>
+      </c>
+      <c r="C79" t="s">
+        <v>246</v>
+      </c>
+      <c r="D79" t="s">
+        <v>798</v>
+      </c>
+    </row>
+    <row r="80" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B80" t="s">
+        <v>768</v>
+      </c>
+      <c r="D80" t="s">
+        <v>799</v>
+      </c>
+    </row>
+    <row r="81" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B81" t="s">
         <v>723</v>
       </c>
-    </row>
-[...9 lines deleted...]
-      <c r="B6" t="s">
+      <c r="C81" t="s">
+        <v>249</v>
+      </c>
+      <c r="D81" t="s">
+        <v>800</v>
+      </c>
+    </row>
+    <row r="82" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B82" t="s">
         <v>725</v>
       </c>
-      <c r="D6" t="s">
-[...4 lines deleted...]
-      <c r="B7" t="s">
+      <c r="C82" t="s">
+        <v>252</v>
+      </c>
+      <c r="D82" t="s">
+        <v>801</v>
+      </c>
+    </row>
+    <row r="83" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B83" t="s">
         <v>727</v>
       </c>
-      <c r="D7" t="s">
-[...7 lines deleted...]
-      <c r="D8" t="s">
+      <c r="C83" t="s">
+        <v>255</v>
+      </c>
+      <c r="D83" t="s">
+        <v>802</v>
+      </c>
+    </row>
+    <row r="84" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B84" t="s">
         <v>729</v>
       </c>
-    </row>
-[...12 lines deleted...]
-      <c r="D10" t="s">
+      <c r="C84" t="s">
+        <v>258</v>
+      </c>
+      <c r="D84" t="s">
+        <v>803</v>
+      </c>
+    </row>
+    <row r="85" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B85" t="s">
         <v>731</v>
       </c>
-    </row>
-[...9 lines deleted...]
-      <c r="B12" t="s">
+      <c r="C85" t="s">
+        <v>261</v>
+      </c>
+      <c r="D85" t="s">
+        <v>804</v>
+      </c>
+    </row>
+    <row r="86" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B86" t="s">
         <v>733</v>
       </c>
-      <c r="D12" t="s">
-[...15 lines deleted...]
-      <c r="B14" t="s">
+      <c r="C86" t="s">
+        <v>266</v>
+      </c>
+      <c r="D86" t="s">
+        <v>805</v>
+      </c>
+    </row>
+    <row r="87" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B87" t="s">
+        <v>776</v>
+      </c>
+      <c r="D87" t="s">
+        <v>806</v>
+      </c>
+    </row>
+    <row r="88" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B88" t="s">
         <v>737</v>
       </c>
-      <c r="C14" t="s">
-[...7 lines deleted...]
-      <c r="B15" t="s">
+      <c r="C88" t="s">
+        <v>269</v>
+      </c>
+      <c r="D88" t="s">
+        <v>807</v>
+      </c>
+    </row>
+    <row r="89" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B89" t="s">
         <v>739</v>
       </c>
-      <c r="C15" t="s">
-[...7 lines deleted...]
-      <c r="B16" t="s">
+      <c r="C89" t="s">
+        <v>272</v>
+      </c>
+      <c r="D89" t="s">
+        <v>808</v>
+      </c>
+    </row>
+    <row r="90" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B90" t="s">
         <v>741</v>
       </c>
-      <c r="C16" t="s">
-[...18 lines deleted...]
-      <c r="B18" t="s">
+      <c r="C90" t="s">
+        <v>275</v>
+      </c>
+      <c r="D90" t="s">
+        <v>809</v>
+      </c>
+    </row>
+    <row r="91" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B91" t="s">
+        <v>781</v>
+      </c>
+      <c r="D91" t="s">
+        <v>810</v>
+      </c>
+    </row>
+    <row r="92" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B92" t="s">
         <v>745</v>
       </c>
-      <c r="C18" t="s">
-[...7 lines deleted...]
-      <c r="B19" t="s">
+      <c r="C92" t="s">
+        <v>278</v>
+      </c>
+      <c r="D92" t="s">
+        <v>811</v>
+      </c>
+    </row>
+    <row r="93" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B93" t="s">
         <v>747</v>
       </c>
-      <c r="D19" t="s">
-[...4 lines deleted...]
-      <c r="B20" t="s">
+      <c r="C93" t="s">
+        <v>283</v>
+      </c>
+      <c r="D93" t="s">
+        <v>812</v>
+      </c>
+    </row>
+    <row r="94" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B94" t="s">
         <v>749</v>
       </c>
-      <c r="C20" t="s">
-[...7 lines deleted...]
-      <c r="B21" t="s">
+      <c r="C94" t="s">
+        <v>286</v>
+      </c>
+      <c r="D94" t="s">
+        <v>813</v>
+      </c>
+    </row>
+    <row r="95" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B95" t="s">
         <v>751</v>
       </c>
-      <c r="C21" t="s">
-[...2 lines deleted...]
-      <c r="D21" t="s">
+      <c r="C95" t="s">
         <v>752</v>
       </c>
-    </row>
-[...404 lines deleted...]
-      <c r="D60" t="s">
+      <c r="D95" t="s">
         <v>814</v>
-      </c>
-[...365 lines deleted...]
-        <v>850</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <sheetPr/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0C00-000000000000}">
   <dimension ref="A1:D36"/>
   <sheetViews>
-    <sheetView view="normal" workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="12.75" baseColWidth="0"/>
+  <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="4" width="50.7109375" customWidth="1"/>
+    <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:4">
-      <c r="A1" s="2" t="s">
+    <row r="1" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A1" s="1" t="s">
+        <v>99</v>
+      </c>
+      <c r="B1" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" s="1" t="s">
+        <v>100</v>
+      </c>
+      <c r="D1" s="1" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="2" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A2" t="s">
+        <v>40</v>
+      </c>
+      <c r="B2" t="s">
+        <v>41</v>
+      </c>
+      <c r="D2" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="3" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A3" t="s">
+        <v>815</v>
+      </c>
+      <c r="B3" t="s">
+        <v>102</v>
+      </c>
+      <c r="D3" t="s">
+        <v>816</v>
+      </c>
+    </row>
+    <row r="4" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B4" t="s">
+        <v>494</v>
+      </c>
+      <c r="D4" t="s">
+        <v>817</v>
+      </c>
+    </row>
+    <row r="5" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B5" t="s">
+        <v>818</v>
+      </c>
+      <c r="D5" t="s">
+        <v>819</v>
+      </c>
+    </row>
+    <row r="6" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B6" t="s">
+        <v>496</v>
+      </c>
+      <c r="D6" t="s">
+        <v>820</v>
+      </c>
+    </row>
+    <row r="7" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B7" t="s">
+        <v>821</v>
+      </c>
+      <c r="D7" t="s">
+        <v>822</v>
+      </c>
+    </row>
+    <row r="8" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B8" t="s">
+        <v>823</v>
+      </c>
+      <c r="C8" t="s">
+        <v>115</v>
+      </c>
+      <c r="D8" t="s">
+        <v>824</v>
+      </c>
+    </row>
+    <row r="9" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B9" t="s">
+        <v>825</v>
+      </c>
+      <c r="C9" t="s">
+        <v>118</v>
+      </c>
+      <c r="D9" t="s">
+        <v>826</v>
+      </c>
+    </row>
+    <row r="10" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B10" t="s">
+        <v>827</v>
+      </c>
+      <c r="C10" t="s">
+        <v>121</v>
+      </c>
+      <c r="D10" t="s">
+        <v>828</v>
+      </c>
+    </row>
+    <row r="11" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B11" t="s">
+        <v>829</v>
+      </c>
+      <c r="C11" t="s">
+        <v>124</v>
+      </c>
+      <c r="D11" t="s">
+        <v>830</v>
+      </c>
+    </row>
+    <row r="12" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B12" t="s">
+        <v>831</v>
+      </c>
+      <c r="C12" t="s">
+        <v>127</v>
+      </c>
+      <c r="D12" t="s">
+        <v>832</v>
+      </c>
+    </row>
+    <row r="13" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B13" t="s">
+        <v>833</v>
+      </c>
+      <c r="D13" t="s">
+        <v>834</v>
+      </c>
+    </row>
+    <row r="14" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B14" t="s">
+        <v>835</v>
+      </c>
+      <c r="C14" t="s">
+        <v>132</v>
+      </c>
+      <c r="D14" t="s">
+        <v>836</v>
+      </c>
+    </row>
+    <row r="15" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B15" t="s">
+        <v>837</v>
+      </c>
+      <c r="C15" t="s">
         <v>135</v>
       </c>
-      <c r="B1" s="2" t="s">
-[...21 lines deleted...]
-      <c r="A3" t="s">
+      <c r="D15" t="s">
+        <v>838</v>
+      </c>
+    </row>
+    <row r="16" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B16" t="s">
+        <v>839</v>
+      </c>
+      <c r="D16" t="s">
+        <v>840</v>
+      </c>
+    </row>
+    <row r="17" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B17" t="s">
+        <v>841</v>
+      </c>
+      <c r="C17" t="s">
+        <v>138</v>
+      </c>
+      <c r="D17" t="s">
+        <v>842</v>
+      </c>
+    </row>
+    <row r="18" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B18" t="s">
+        <v>360</v>
+      </c>
+      <c r="C18" t="s">
+        <v>243</v>
+      </c>
+      <c r="D18" t="s">
+        <v>843</v>
+      </c>
+    </row>
+    <row r="19" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B19" t="s">
+        <v>134</v>
+      </c>
+      <c r="C19" t="s">
+        <v>246</v>
+      </c>
+      <c r="D19" t="s">
+        <v>844</v>
+      </c>
+    </row>
+    <row r="20" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B20" t="s">
+        <v>357</v>
+      </c>
+      <c r="C20" t="s">
+        <v>249</v>
+      </c>
+      <c r="D20" t="s">
+        <v>845</v>
+      </c>
+    </row>
+    <row r="21" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B21" t="s">
+        <v>846</v>
+      </c>
+      <c r="C21" t="s">
+        <v>252</v>
+      </c>
+      <c r="D21" t="s">
+        <v>847</v>
+      </c>
+    </row>
+    <row r="22" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B22" t="s">
+        <v>848</v>
+      </c>
+      <c r="D22" t="s">
+        <v>849</v>
+      </c>
+    </row>
+    <row r="23" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B23" t="s">
+        <v>850</v>
+      </c>
+      <c r="C23" t="s">
+        <v>255</v>
+      </c>
+      <c r="D23" t="s">
         <v>851</v>
       </c>
-      <c r="B3" t="s">
-[...2 lines deleted...]
-      <c r="D3" t="s">
+    </row>
+    <row r="24" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B24" t="s">
+        <v>462</v>
+      </c>
+      <c r="C24" t="s">
+        <v>258</v>
+      </c>
+      <c r="D24" t="s">
         <v>852</v>
       </c>
     </row>
-    <row r="4" spans="2:4">
-[...3 lines deleted...]
-      <c r="D4" t="s">
+    <row r="25" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B25" t="s">
         <v>853</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B5" t="s">
+      <c r="C25" t="s">
+        <v>261</v>
+      </c>
+      <c r="D25" t="s">
         <v>854</v>
       </c>
-      <c r="D5" t="s">
+    </row>
+    <row r="26" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B26" t="s">
         <v>855</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="D6" t="s">
+      <c r="C26" t="s">
+        <v>266</v>
+      </c>
+      <c r="D26" t="s">
         <v>856</v>
       </c>
     </row>
-    <row r="7" spans="2:4">
-      <c r="B7" t="s">
+    <row r="27" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B27" t="s">
         <v>857</v>
       </c>
-      <c r="D7" t="s">
+      <c r="C27" t="s">
+        <v>269</v>
+      </c>
+      <c r="D27" t="s">
         <v>858</v>
       </c>
     </row>
-    <row r="8" spans="2:4">
-      <c r="B8" t="s">
+    <row r="28" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B28" t="s">
         <v>859</v>
       </c>
-      <c r="C8" t="s">
-[...2 lines deleted...]
-      <c r="D8" t="s">
+      <c r="C28" t="s">
+        <v>272</v>
+      </c>
+      <c r="D28" t="s">
         <v>860</v>
       </c>
     </row>
-    <row r="9" spans="2:4">
-      <c r="B9" t="s">
+    <row r="29" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B29" t="s">
         <v>861</v>
       </c>
-      <c r="C9" t="s">
-[...2 lines deleted...]
-      <c r="D9" t="s">
+      <c r="D29" t="s">
         <v>862</v>
       </c>
     </row>
-    <row r="10" spans="2:4">
-      <c r="B10" t="s">
+    <row r="30" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B30" t="s">
         <v>863</v>
       </c>
-      <c r="C10" t="s">
-[...2 lines deleted...]
-      <c r="D10" t="s">
+      <c r="C30" t="s">
+        <v>275</v>
+      </c>
+      <c r="D30" t="s">
         <v>864</v>
       </c>
     </row>
-    <row r="11" spans="2:4">
-      <c r="B11" t="s">
+    <row r="31" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B31" t="s">
         <v>865</v>
       </c>
-      <c r="C11" t="s">
-[...2 lines deleted...]
-      <c r="D11" t="s">
+      <c r="D31" t="s">
         <v>866</v>
       </c>
     </row>
-    <row r="12" spans="2:4">
-      <c r="B12" t="s">
+    <row r="32" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B32" t="s">
         <v>867</v>
       </c>
-      <c r="C12" t="s">
-[...2 lines deleted...]
-      <c r="D12" t="s">
+      <c r="C32" t="s">
+        <v>278</v>
+      </c>
+      <c r="D32" t="s">
         <v>868</v>
       </c>
     </row>
-    <row r="13" spans="2:4">
-      <c r="B13" t="s">
+    <row r="33" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B33" t="s">
+        <v>300</v>
+      </c>
+      <c r="C33" t="s">
+        <v>289</v>
+      </c>
+      <c r="D33" t="s">
         <v>869</v>
       </c>
-      <c r="D13" t="s">
+    </row>
+    <row r="34" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B34" t="s">
         <v>870</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B14" t="s">
+      <c r="C34" t="s">
+        <v>292</v>
+      </c>
+      <c r="D34" t="s">
         <v>871</v>
       </c>
-      <c r="C14" t="s">
-[...2 lines deleted...]
-      <c r="D14" t="s">
+    </row>
+    <row r="35" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B35" t="s">
         <v>872</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B15" t="s">
+      <c r="C35" t="s">
+        <v>295</v>
+      </c>
+      <c r="D35" t="s">
         <v>873</v>
       </c>
-      <c r="C15" t="s">
-[...2 lines deleted...]
-      <c r="D15" t="s">
+    </row>
+    <row r="36" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B36" t="s">
+        <v>300</v>
+      </c>
+      <c r="D36" t="s">
         <v>874</v>
-      </c>
-[...214 lines deleted...]
-        <v>910</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet14.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <sheetPr/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0D00-000000000000}">
   <dimension ref="A1:D30"/>
   <sheetViews>
-    <sheetView view="normal" workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="12.75" baseColWidth="0"/>
+  <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="4" width="50.7109375" customWidth="1"/>
+    <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:4">
-[...13 lines deleted...]
-    <row r="2" spans="1:4">
+    <row r="1" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A1" s="1" t="s">
+        <v>99</v>
+      </c>
+      <c r="B1" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" s="1" t="s">
+        <v>100</v>
+      </c>
+      <c r="D1" s="1" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="2" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
-        <v>56</v>
+        <v>43</v>
       </c>
       <c r="B2" t="s">
-        <v>57</v>
+        <v>44</v>
       </c>
       <c r="D2" t="s">
-        <v>59</v>
-[...2 lines deleted...]
-    <row r="3" spans="1:4">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="3" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
+        <v>875</v>
+      </c>
+      <c r="B3" t="s">
+        <v>102</v>
+      </c>
+      <c r="D3" t="s">
+        <v>878</v>
+      </c>
+    </row>
+    <row r="4" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A4" t="s">
+        <v>876</v>
+      </c>
+      <c r="B4" t="s">
+        <v>104</v>
+      </c>
+      <c r="D4" t="s">
+        <v>879</v>
+      </c>
+    </row>
+    <row r="5" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A5" t="s">
+        <v>877</v>
+      </c>
+      <c r="B5" t="s">
+        <v>494</v>
+      </c>
+      <c r="D5" t="s">
+        <v>880</v>
+      </c>
+    </row>
+    <row r="6" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B6" t="s">
+        <v>881</v>
+      </c>
+      <c r="D6" t="s">
+        <v>882</v>
+      </c>
+    </row>
+    <row r="7" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B7" t="s">
+        <v>883</v>
+      </c>
+      <c r="C7" t="s">
+        <v>148</v>
+      </c>
+      <c r="D7" t="s">
+        <v>884</v>
+      </c>
+    </row>
+    <row r="8" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B8" t="s">
+        <v>885</v>
+      </c>
+      <c r="C8" t="s">
+        <v>156</v>
+      </c>
+      <c r="D8" t="s">
+        <v>886</v>
+      </c>
+    </row>
+    <row r="9" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B9" t="s">
+        <v>887</v>
+      </c>
+      <c r="C9" t="s">
+        <v>159</v>
+      </c>
+      <c r="D9" t="s">
+        <v>888</v>
+      </c>
+    </row>
+    <row r="10" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B10" t="s">
+        <v>889</v>
+      </c>
+      <c r="C10" t="s">
+        <v>162</v>
+      </c>
+      <c r="D10" t="s">
+        <v>890</v>
+      </c>
+    </row>
+    <row r="11" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B11" t="s">
+        <v>891</v>
+      </c>
+      <c r="C11" t="s">
+        <v>165</v>
+      </c>
+      <c r="D11" t="s">
+        <v>892</v>
+      </c>
+    </row>
+    <row r="12" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B12" t="s">
+        <v>893</v>
+      </c>
+      <c r="C12" t="s">
+        <v>168</v>
+      </c>
+      <c r="D12" t="s">
+        <v>894</v>
+      </c>
+    </row>
+    <row r="13" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B13" t="s">
+        <v>895</v>
+      </c>
+      <c r="D13" t="s">
+        <v>896</v>
+      </c>
+    </row>
+    <row r="14" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B14" t="s">
+        <v>897</v>
+      </c>
+      <c r="C14" t="s">
+        <v>173</v>
+      </c>
+      <c r="D14" t="s">
+        <v>898</v>
+      </c>
+    </row>
+    <row r="15" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B15" t="s">
+        <v>899</v>
+      </c>
+      <c r="C15" t="s">
+        <v>176</v>
+      </c>
+      <c r="D15" t="s">
+        <v>900</v>
+      </c>
+    </row>
+    <row r="16" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B16" t="s">
+        <v>901</v>
+      </c>
+      <c r="C16" t="s">
+        <v>179</v>
+      </c>
+      <c r="D16" t="s">
+        <v>902</v>
+      </c>
+    </row>
+    <row r="17" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B17" t="s">
+        <v>903</v>
+      </c>
+      <c r="C17" t="s">
+        <v>182</v>
+      </c>
+      <c r="D17" t="s">
+        <v>904</v>
+      </c>
+    </row>
+    <row r="18" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B18" t="s">
+        <v>905</v>
+      </c>
+      <c r="C18" t="s">
+        <v>185</v>
+      </c>
+      <c r="D18" t="s">
+        <v>906</v>
+      </c>
+    </row>
+    <row r="19" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B19" t="s">
+        <v>907</v>
+      </c>
+      <c r="D19" t="s">
+        <v>908</v>
+      </c>
+    </row>
+    <row r="20" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B20" t="s">
+        <v>909</v>
+      </c>
+      <c r="C20" t="s">
+        <v>188</v>
+      </c>
+      <c r="D20" t="s">
+        <v>910</v>
+      </c>
+    </row>
+    <row r="21" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B21" t="s">
         <v>911</v>
       </c>
-      <c r="B3" t="s">
-[...2 lines deleted...]
-      <c r="D3" t="s">
+      <c r="C21" t="s">
+        <v>191</v>
+      </c>
+      <c r="D21" t="s">
+        <v>912</v>
+      </c>
+    </row>
+    <row r="22" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B22" t="s">
+        <v>913</v>
+      </c>
+      <c r="C22" t="s">
+        <v>194</v>
+      </c>
+      <c r="D22" t="s">
         <v>914</v>
       </c>
     </row>
-    <row r="4" spans="1:4">
-[...6 lines deleted...]
-      <c r="D4" t="s">
+    <row r="23" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B23" t="s">
         <v>915</v>
       </c>
-    </row>
-[...7 lines deleted...]
-      <c r="D5" t="s">
+      <c r="C23" t="s">
+        <v>197</v>
+      </c>
+      <c r="D23" t="s">
         <v>916</v>
       </c>
     </row>
-    <row r="6" spans="2:4">
-      <c r="B6" t="s">
+    <row r="24" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B24" t="s">
         <v>917</v>
       </c>
-      <c r="D6" t="s">
+      <c r="C24" t="s">
+        <v>202</v>
+      </c>
+      <c r="D24" t="s">
         <v>918</v>
       </c>
     </row>
-    <row r="7" spans="2:4">
-      <c r="B7" t="s">
+    <row r="25" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B25" t="s">
         <v>919</v>
       </c>
-      <c r="C7" t="s">
-[...2 lines deleted...]
-      <c r="D7" t="s">
+      <c r="D25" t="s">
         <v>920</v>
       </c>
     </row>
-    <row r="8" spans="2:4">
-      <c r="B8" t="s">
+    <row r="26" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B26" t="s">
         <v>921</v>
       </c>
-      <c r="C8" t="s">
-[...2 lines deleted...]
-      <c r="D8" t="s">
+      <c r="C26" t="s">
+        <v>205</v>
+      </c>
+      <c r="D26" t="s">
         <v>922</v>
       </c>
     </row>
-    <row r="9" spans="2:4">
-      <c r="B9" t="s">
+    <row r="27" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B27" t="s">
         <v>923</v>
       </c>
-      <c r="C9" t="s">
-[...2 lines deleted...]
-      <c r="D9" t="s">
+      <c r="C27" t="s">
+        <v>208</v>
+      </c>
+      <c r="D27" t="s">
         <v>924</v>
       </c>
     </row>
-    <row r="10" spans="2:4">
-      <c r="B10" t="s">
+    <row r="28" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B28" t="s">
         <v>925</v>
       </c>
-      <c r="C10" t="s">
-[...2 lines deleted...]
-      <c r="D10" t="s">
+      <c r="C28" t="s">
+        <v>211</v>
+      </c>
+      <c r="D28" t="s">
         <v>926</v>
       </c>
     </row>
-    <row r="11" spans="2:4">
-      <c r="B11" t="s">
+    <row r="29" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B29" t="s">
         <v>927</v>
       </c>
-      <c r="C11" t="s">
-[...2 lines deleted...]
-      <c r="D11" t="s">
+      <c r="C29" t="s">
+        <v>587</v>
+      </c>
+      <c r="D29" t="s">
         <v>928</v>
       </c>
     </row>
-    <row r="12" spans="2:4">
-      <c r="B12" t="s">
+    <row r="30" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B30" t="s">
         <v>929</v>
       </c>
-      <c r="C12" t="s">
-[...2 lines deleted...]
-      <c r="D12" t="s">
+      <c r="D30" t="s">
         <v>930</v>
-      </c>
-[...184 lines deleted...]
-        <v>966</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet15.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <sheetPr/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0E00-000000000000}">
   <dimension ref="A1:D19"/>
   <sheetViews>
-    <sheetView view="normal" workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="12.75" baseColWidth="0"/>
+  <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="4" width="50.7109375" customWidth="1"/>
+    <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:4">
-      <c r="A1" s="2" t="s">
+    <row r="1" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A1" s="1" t="s">
+        <v>99</v>
+      </c>
+      <c r="B1" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" s="1" t="s">
+        <v>100</v>
+      </c>
+      <c r="D1" s="1" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="2" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A2" t="s">
+        <v>46</v>
+      </c>
+      <c r="B2" t="s">
+        <v>47</v>
+      </c>
+      <c r="D2" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="3" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A3" t="s">
+        <v>931</v>
+      </c>
+      <c r="B3" t="s">
+        <v>102</v>
+      </c>
+      <c r="D3" t="s">
+        <v>935</v>
+      </c>
+    </row>
+    <row r="4" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A4" t="s">
+        <v>932</v>
+      </c>
+      <c r="B4" t="s">
+        <v>936</v>
+      </c>
+      <c r="D4" t="s">
+        <v>937</v>
+      </c>
+    </row>
+    <row r="5" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A5" t="s">
+        <v>933</v>
+      </c>
+      <c r="B5" t="s">
+        <v>104</v>
+      </c>
+      <c r="D5" t="s">
+        <v>938</v>
+      </c>
+    </row>
+    <row r="6" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A6" t="s">
+        <v>934</v>
+      </c>
+      <c r="B6" t="s">
+        <v>939</v>
+      </c>
+      <c r="D6" t="s">
+        <v>940</v>
+      </c>
+    </row>
+    <row r="7" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B7" t="s">
+        <v>106</v>
+      </c>
+      <c r="D7" t="s">
+        <v>941</v>
+      </c>
+    </row>
+    <row r="8" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B8" t="s">
+        <v>108</v>
+      </c>
+      <c r="D8" t="s">
+        <v>942</v>
+      </c>
+    </row>
+    <row r="9" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B9" t="s">
+        <v>943</v>
+      </c>
+      <c r="C9" t="s">
+        <v>115</v>
+      </c>
+      <c r="D9" t="s">
+        <v>944</v>
+      </c>
+    </row>
+    <row r="10" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B10" t="s">
+        <v>342</v>
+      </c>
+      <c r="C10" t="s">
+        <v>118</v>
+      </c>
+      <c r="D10" t="s">
+        <v>945</v>
+      </c>
+    </row>
+    <row r="11" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B11" t="s">
+        <v>946</v>
+      </c>
+      <c r="C11" t="s">
+        <v>121</v>
+      </c>
+      <c r="D11" t="s">
+        <v>947</v>
+      </c>
+    </row>
+    <row r="12" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B12" t="s">
+        <v>948</v>
+      </c>
+      <c r="C12" t="s">
+        <v>124</v>
+      </c>
+      <c r="D12" t="s">
+        <v>949</v>
+      </c>
+    </row>
+    <row r="13" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B13" t="s">
+        <v>950</v>
+      </c>
+      <c r="C13" t="s">
+        <v>127</v>
+      </c>
+      <c r="D13" t="s">
+        <v>951</v>
+      </c>
+    </row>
+    <row r="14" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B14" t="s">
+        <v>952</v>
+      </c>
+      <c r="C14" t="s">
+        <v>132</v>
+      </c>
+      <c r="D14" t="s">
+        <v>953</v>
+      </c>
+    </row>
+    <row r="15" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B15" t="s">
+        <v>954</v>
+      </c>
+      <c r="C15" t="s">
         <v>135</v>
       </c>
-      <c r="B1" s="2" t="s">
-[...152 lines deleted...]
-      </c>
       <c r="D15" t="s">
-        <v>991</v>
-[...2 lines deleted...]
-    <row r="16" spans="2:4">
+        <v>955</v>
+      </c>
+    </row>
+    <row r="16" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B16" t="s">
-        <v>992</v>
+        <v>956</v>
       </c>
       <c r="C16" t="s">
-        <v>325</v>
+        <v>289</v>
       </c>
       <c r="D16" t="s">
-        <v>993</v>
-[...2 lines deleted...]
-    <row r="17" spans="2:4">
+        <v>957</v>
+      </c>
+    </row>
+    <row r="17" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B17" t="s">
-        <v>994</v>
+        <v>958</v>
       </c>
       <c r="C17" t="s">
-        <v>328</v>
+        <v>292</v>
       </c>
       <c r="D17" t="s">
-        <v>995</v>
-[...2 lines deleted...]
-    <row r="18" spans="2:4">
+        <v>959</v>
+      </c>
+    </row>
+    <row r="18" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B18" t="s">
-        <v>336</v>
+        <v>300</v>
       </c>
       <c r="D18" t="s">
-        <v>996</v>
-[...2 lines deleted...]
-    <row r="19" spans="2:4">
+        <v>960</v>
+      </c>
+    </row>
+    <row r="19" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B19" t="s">
-        <v>997</v>
+        <v>961</v>
       </c>
       <c r="D19" t="s">
-        <v>998</v>
+        <v>962</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet16.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <sheetPr/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0F00-000000000000}">
   <dimension ref="A1:D24"/>
   <sheetViews>
-    <sheetView view="normal" workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="12.75" baseColWidth="0"/>
+  <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="4" width="50.7109375" customWidth="1"/>
+    <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:4">
-      <c r="A1" s="2" t="s">
+    <row r="1" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A1" s="1" t="s">
+        <v>99</v>
+      </c>
+      <c r="B1" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" s="1" t="s">
+        <v>100</v>
+      </c>
+      <c r="D1" s="1" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="2" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A2" t="s">
+        <v>49</v>
+      </c>
+      <c r="B2" t="s">
+        <v>50</v>
+      </c>
+      <c r="D2" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="3" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B3" t="s">
+        <v>102</v>
+      </c>
+      <c r="D3" t="s">
+        <v>963</v>
+      </c>
+    </row>
+    <row r="4" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B4" t="s">
+        <v>104</v>
+      </c>
+      <c r="D4" t="s">
+        <v>964</v>
+      </c>
+    </row>
+    <row r="5" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B5" t="s">
+        <v>391</v>
+      </c>
+      <c r="D5" t="s">
+        <v>965</v>
+      </c>
+    </row>
+    <row r="6" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B6" t="s">
+        <v>106</v>
+      </c>
+      <c r="D6" t="s">
+        <v>966</v>
+      </c>
+    </row>
+    <row r="7" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B7" t="s">
+        <v>108</v>
+      </c>
+      <c r="D7" t="s">
+        <v>967</v>
+      </c>
+    </row>
+    <row r="8" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B8" t="s">
+        <v>454</v>
+      </c>
+      <c r="D8" t="s">
+        <v>968</v>
+      </c>
+    </row>
+    <row r="9" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B9" t="s">
+        <v>456</v>
+      </c>
+      <c r="C9" t="s">
+        <v>115</v>
+      </c>
+      <c r="D9" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="10" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B10" t="s">
+        <v>458</v>
+      </c>
+      <c r="C10" t="s">
+        <v>118</v>
+      </c>
+      <c r="D10" t="s">
+        <v>970</v>
+      </c>
+    </row>
+    <row r="11" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B11" t="s">
+        <v>460</v>
+      </c>
+      <c r="D11" t="s">
+        <v>971</v>
+      </c>
+    </row>
+    <row r="12" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B12" t="s">
+        <v>462</v>
+      </c>
+      <c r="C12" t="s">
+        <v>121</v>
+      </c>
+      <c r="D12" t="s">
+        <v>972</v>
+      </c>
+    </row>
+    <row r="13" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B13" t="s">
+        <v>345</v>
+      </c>
+      <c r="C13" t="s">
+        <v>124</v>
+      </c>
+      <c r="D13" t="s">
+        <v>973</v>
+      </c>
+    </row>
+    <row r="14" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B14" t="s">
+        <v>347</v>
+      </c>
+      <c r="C14" t="s">
+        <v>127</v>
+      </c>
+      <c r="D14" t="s">
+        <v>974</v>
+      </c>
+    </row>
+    <row r="15" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B15" t="s">
+        <v>357</v>
+      </c>
+      <c r="C15" t="s">
+        <v>132</v>
+      </c>
+      <c r="D15" t="s">
+        <v>975</v>
+      </c>
+    </row>
+    <row r="16" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B16" t="s">
+        <v>134</v>
+      </c>
+      <c r="C16" t="s">
         <v>135</v>
       </c>
-      <c r="B1" s="2" t="s">
-[...21 lines deleted...]
-      <c r="B3" t="s">
+      <c r="D16" t="s">
+        <v>976</v>
+      </c>
+    </row>
+    <row r="17" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B17" t="s">
+        <v>360</v>
+      </c>
+      <c r="C17" t="s">
         <v>138</v>
       </c>
-      <c r="D3" t="s">
-[...134 lines deleted...]
-      </c>
       <c r="D17" t="s">
-        <v>1013</v>
-[...2 lines deleted...]
-    <row r="18" spans="2:4">
+        <v>977</v>
+      </c>
+    </row>
+    <row r="18" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B18" t="s">
-        <v>505</v>
+        <v>469</v>
       </c>
       <c r="C18" t="s">
-        <v>279</v>
+        <v>243</v>
       </c>
       <c r="D18" t="s">
-        <v>1014</v>
-[...2 lines deleted...]
-    <row r="19" spans="2:4">
+        <v>978</v>
+      </c>
+    </row>
+    <row r="19" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B19" t="s">
-        <v>507</v>
+        <v>471</v>
       </c>
       <c r="D19" t="s">
-        <v>1015</v>
-[...2 lines deleted...]
-    <row r="20" spans="2:4">
+        <v>979</v>
+      </c>
+    </row>
+    <row r="20" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B20" t="s">
-        <v>509</v>
+        <v>473</v>
       </c>
       <c r="C20" t="s">
-        <v>325</v>
+        <v>289</v>
       </c>
       <c r="D20" t="s">
-        <v>1016</v>
-[...2 lines deleted...]
-    <row r="21" spans="2:4">
+        <v>980</v>
+      </c>
+    </row>
+    <row r="21" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B21" t="s">
-        <v>1017</v>
+        <v>981</v>
       </c>
       <c r="C21" t="s">
-        <v>328</v>
+        <v>292</v>
       </c>
       <c r="D21" t="s">
-        <v>1018</v>
-[...2 lines deleted...]
-    <row r="22" spans="2:4">
+        <v>982</v>
+      </c>
+    </row>
+    <row r="22" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B22" t="s">
-        <v>1019</v>
+        <v>983</v>
       </c>
       <c r="C22" t="s">
-        <v>331</v>
+        <v>295</v>
       </c>
       <c r="D22" t="s">
-        <v>1020</v>
-[...2 lines deleted...]
-    <row r="23" spans="2:4">
+        <v>984</v>
+      </c>
+    </row>
+    <row r="23" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B23" t="s">
-        <v>515</v>
+        <v>479</v>
       </c>
       <c r="C23" t="s">
-        <v>516</v>
+        <v>480</v>
       </c>
       <c r="D23" t="s">
-        <v>1021</v>
-[...2 lines deleted...]
-    <row r="24" spans="2:4">
+        <v>985</v>
+      </c>
+    </row>
+    <row r="24" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B24" t="s">
-        <v>511</v>
+        <v>475</v>
       </c>
       <c r="C24" t="s">
-        <v>519</v>
+        <v>483</v>
       </c>
       <c r="D24" t="s">
-        <v>1022</v>
+        <v>986</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet17.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <sheetPr/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1000-000000000000}">
   <dimension ref="A1:D45"/>
   <sheetViews>
-    <sheetView view="normal" workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="12.75" baseColWidth="0"/>
+  <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="4" width="50.7109375" customWidth="1"/>
+    <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:4">
-      <c r="A1" s="2" t="s">
+    <row r="1" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A1" s="1" t="s">
+        <v>99</v>
+      </c>
+      <c r="B1" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" s="1" t="s">
+        <v>100</v>
+      </c>
+      <c r="D1" s="1" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="2" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A2" t="s">
+        <v>16</v>
+      </c>
+      <c r="B2" t="s">
+        <v>52</v>
+      </c>
+      <c r="D2" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="3" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A3" t="s">
+        <v>302</v>
+      </c>
+      <c r="B3" t="s">
+        <v>102</v>
+      </c>
+      <c r="D3" t="s">
+        <v>987</v>
+      </c>
+    </row>
+    <row r="4" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B4" t="s">
+        <v>104</v>
+      </c>
+      <c r="D4" t="s">
+        <v>988</v>
+      </c>
+    </row>
+    <row r="5" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B5" t="s">
+        <v>216</v>
+      </c>
+      <c r="D5" t="s">
+        <v>989</v>
+      </c>
+    </row>
+    <row r="6" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B6" t="s">
+        <v>306</v>
+      </c>
+      <c r="D6" t="s">
+        <v>990</v>
+      </c>
+    </row>
+    <row r="7" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B7" t="s">
+        <v>991</v>
+      </c>
+      <c r="D7" t="s">
+        <v>992</v>
+      </c>
+    </row>
+    <row r="8" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B8" t="s">
+        <v>106</v>
+      </c>
+      <c r="D8" t="s">
+        <v>993</v>
+      </c>
+    </row>
+    <row r="9" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B9" t="s">
+        <v>143</v>
+      </c>
+      <c r="D9" t="s">
+        <v>994</v>
+      </c>
+    </row>
+    <row r="10" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B10" t="s">
+        <v>995</v>
+      </c>
+      <c r="D10" t="s">
+        <v>996</v>
+      </c>
+    </row>
+    <row r="11" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B11" t="s">
+        <v>311</v>
+      </c>
+      <c r="D11" t="s">
+        <v>997</v>
+      </c>
+    </row>
+    <row r="12" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B12" t="s">
+        <v>998</v>
+      </c>
+      <c r="D12" t="s">
+        <v>999</v>
+      </c>
+    </row>
+    <row r="13" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B13" t="s">
+        <v>108</v>
+      </c>
+      <c r="D13" t="s">
+        <v>1000</v>
+      </c>
+    </row>
+    <row r="14" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B14" t="s">
+        <v>1001</v>
+      </c>
+      <c r="D14" t="s">
+        <v>1002</v>
+      </c>
+    </row>
+    <row r="15" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B15" t="s">
+        <v>1003</v>
+      </c>
+      <c r="D15" t="s">
+        <v>1004</v>
+      </c>
+    </row>
+    <row r="16" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B16" t="s">
+        <v>1005</v>
+      </c>
+      <c r="D16" t="s">
+        <v>1006</v>
+      </c>
+    </row>
+    <row r="17" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B17" t="s">
+        <v>1007</v>
+      </c>
+      <c r="C17" t="s">
+        <v>115</v>
+      </c>
+      <c r="D17" t="s">
+        <v>1008</v>
+      </c>
+    </row>
+    <row r="18" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B18" t="s">
+        <v>1009</v>
+      </c>
+      <c r="C18" t="s">
+        <v>118</v>
+      </c>
+      <c r="D18" t="s">
+        <v>1010</v>
+      </c>
+    </row>
+    <row r="19" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B19" t="s">
+        <v>1011</v>
+      </c>
+      <c r="C19" t="s">
+        <v>121</v>
+      </c>
+      <c r="D19" t="s">
+        <v>1012</v>
+      </c>
+    </row>
+    <row r="20" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B20" t="s">
+        <v>1013</v>
+      </c>
+      <c r="C20" t="s">
+        <v>124</v>
+      </c>
+      <c r="D20" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="21" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B21" t="s">
+        <v>1015</v>
+      </c>
+      <c r="C21" t="s">
+        <v>127</v>
+      </c>
+      <c r="D21" t="s">
+        <v>1016</v>
+      </c>
+    </row>
+    <row r="22" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B22" t="s">
+        <v>1017</v>
+      </c>
+      <c r="C22" t="s">
+        <v>132</v>
+      </c>
+      <c r="D22" t="s">
+        <v>1018</v>
+      </c>
+    </row>
+    <row r="23" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B23" t="s">
+        <v>1019</v>
+      </c>
+      <c r="D23" t="s">
+        <v>1020</v>
+      </c>
+    </row>
+    <row r="24" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B24" t="s">
+        <v>1021</v>
+      </c>
+      <c r="C24" t="s">
         <v>135</v>
       </c>
-      <c r="B1" s="2" t="s">
-[...24 lines deleted...]
-      <c r="B3" t="s">
+      <c r="D24" t="s">
+        <v>1022</v>
+      </c>
+    </row>
+    <row r="25" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B25" t="s">
+        <v>1023</v>
+      </c>
+      <c r="C25" t="s">
         <v>138</v>
       </c>
-      <c r="D3" t="s">
-[...7 lines deleted...]
-      <c r="D4" t="s">
+      <c r="D25" t="s">
         <v>1024</v>
       </c>
     </row>
-    <row r="5" spans="2:4">
-      <c r="B5" t="s">
+    <row r="26" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B26" t="s">
+        <v>1025</v>
+      </c>
+      <c r="C26" t="s">
+        <v>243</v>
+      </c>
+      <c r="D26" t="s">
+        <v>1026</v>
+      </c>
+    </row>
+    <row r="27" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B27" t="s">
+        <v>1027</v>
+      </c>
+      <c r="C27" t="s">
+        <v>246</v>
+      </c>
+      <c r="D27" t="s">
+        <v>1028</v>
+      </c>
+    </row>
+    <row r="28" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B28" t="s">
+        <v>1029</v>
+      </c>
+      <c r="C28" t="s">
+        <v>249</v>
+      </c>
+      <c r="D28" t="s">
+        <v>1030</v>
+      </c>
+    </row>
+    <row r="29" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B29" t="s">
+        <v>1031</v>
+      </c>
+      <c r="C29" t="s">
         <v>252</v>
       </c>
-      <c r="D5" t="s">
-[...39 lines deleted...]
-      <c r="D10" t="s">
+      <c r="D29" t="s">
         <v>1032</v>
       </c>
     </row>
-    <row r="11" spans="2:4">
-[...3 lines deleted...]
-      <c r="D11" t="s">
+    <row r="30" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B30" t="s">
         <v>1033</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B12" t="s">
+      <c r="C30" t="s">
+        <v>255</v>
+      </c>
+      <c r="D30" t="s">
         <v>1034</v>
       </c>
-      <c r="D12" t="s">
+    </row>
+    <row r="31" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B31" t="s">
         <v>1035</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="D13" t="s">
+      <c r="C31" t="s">
+        <v>258</v>
+      </c>
+      <c r="D31" t="s">
         <v>1036</v>
       </c>
     </row>
-    <row r="14" spans="2:4">
-      <c r="B14" t="s">
+    <row r="32" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B32" t="s">
         <v>1037</v>
       </c>
-      <c r="D14" t="s">
+      <c r="D32" t="s">
         <v>1038</v>
       </c>
     </row>
-    <row r="15" spans="2:4">
-      <c r="B15" t="s">
+    <row r="33" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B33" t="s">
         <v>1039</v>
       </c>
-      <c r="D15" t="s">
+      <c r="C33" t="s">
+        <v>261</v>
+      </c>
+      <c r="D33" t="s">
         <v>1040</v>
       </c>
     </row>
-    <row r="16" spans="2:4">
-      <c r="B16" t="s">
+    <row r="34" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B34" t="s">
         <v>1041</v>
       </c>
-      <c r="D16" t="s">
+      <c r="C34" t="s">
+        <v>266</v>
+      </c>
+      <c r="D34" t="s">
         <v>1042</v>
       </c>
     </row>
-    <row r="17" spans="2:4">
-      <c r="B17" t="s">
+    <row r="35" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B35" t="s">
         <v>1043</v>
       </c>
-      <c r="C17" t="s">
-[...2 lines deleted...]
-      <c r="D17" t="s">
+      <c r="C35" t="s">
+        <v>269</v>
+      </c>
+      <c r="D35" t="s">
         <v>1044</v>
       </c>
     </row>
-    <row r="18" spans="2:4">
-      <c r="B18" t="s">
+    <row r="36" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B36" t="s">
         <v>1045</v>
       </c>
-      <c r="C18" t="s">
-[...2 lines deleted...]
-      <c r="D18" t="s">
+      <c r="C36" t="s">
+        <v>272</v>
+      </c>
+      <c r="D36" t="s">
         <v>1046</v>
       </c>
     </row>
-    <row r="19" spans="2:4">
-      <c r="B19" t="s">
+    <row r="37" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B37" t="s">
         <v>1047</v>
       </c>
-      <c r="C19" t="s">
-[...2 lines deleted...]
-      <c r="D19" t="s">
+      <c r="C37" t="s">
+        <v>275</v>
+      </c>
+      <c r="D37" t="s">
         <v>1048</v>
       </c>
     </row>
-    <row r="20" spans="2:4">
-      <c r="B20" t="s">
+    <row r="38" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B38" t="s">
         <v>1049</v>
       </c>
-      <c r="C20" t="s">
-[...2 lines deleted...]
-      <c r="D20" t="s">
+      <c r="C38" t="s">
+        <v>278</v>
+      </c>
+      <c r="D38" t="s">
         <v>1050</v>
       </c>
     </row>
-    <row r="21" spans="2:4">
-      <c r="B21" t="s">
+    <row r="39" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B39" t="s">
         <v>1051</v>
       </c>
-      <c r="C21" t="s">
-[...2 lines deleted...]
-      <c r="D21" t="s">
+      <c r="C39" t="s">
+        <v>283</v>
+      </c>
+      <c r="D39" t="s">
         <v>1052</v>
       </c>
     </row>
-    <row r="22" spans="2:4">
-      <c r="B22" t="s">
+    <row r="40" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B40" t="s">
         <v>1053</v>
       </c>
-      <c r="C22" t="s">
-[...2 lines deleted...]
-      <c r="D22" t="s">
+      <c r="C40" t="s">
+        <v>286</v>
+      </c>
+      <c r="D40" t="s">
         <v>1054</v>
       </c>
     </row>
-    <row r="23" spans="2:4">
-      <c r="B23" t="s">
+    <row r="41" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B41" t="s">
         <v>1055</v>
       </c>
-      <c r="D23" t="s">
+      <c r="C41" t="s">
+        <v>752</v>
+      </c>
+      <c r="D41" t="s">
         <v>1056</v>
       </c>
     </row>
-    <row r="24" spans="2:4">
-      <c r="B24" t="s">
+    <row r="42" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B42" t="s">
         <v>1057</v>
       </c>
-      <c r="C24" t="s">
-[...2 lines deleted...]
-      <c r="D24" t="s">
+      <c r="C42" t="s">
         <v>1058</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B25" t="s">
+      <c r="D42" t="s">
         <v>1059</v>
       </c>
-      <c r="C25" t="s">
-[...2 lines deleted...]
-      <c r="D25" t="s">
+    </row>
+    <row r="43" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B43" t="s">
         <v>1060</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B26" t="s">
+      <c r="C43" t="s">
         <v>1061</v>
       </c>
-      <c r="C26" t="s">
-[...2 lines deleted...]
-      <c r="D26" t="s">
+      <c r="D43" t="s">
         <v>1062</v>
       </c>
     </row>
-    <row r="27" spans="2:4">
-      <c r="B27" t="s">
+    <row r="44" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B44" t="s">
         <v>1063</v>
       </c>
-      <c r="C27" t="s">
-[...2 lines deleted...]
-      <c r="D27" t="s">
+      <c r="C44" t="s">
         <v>1064</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B28" t="s">
+      <c r="D44" t="s">
         <v>1065</v>
       </c>
-      <c r="C28" t="s">
-[...2 lines deleted...]
-      <c r="D28" t="s">
+    </row>
+    <row r="45" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B45" t="s">
         <v>1066</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B29" t="s">
+      <c r="C45" t="s">
         <v>1067</v>
       </c>
-      <c r="C29" t="s">
-[...2 lines deleted...]
-      <c r="D29" t="s">
+      <c r="D45" t="s">
         <v>1068</v>
-      </c>
-[...171 lines deleted...]
-        <v>1104</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet18.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <sheetPr/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1100-000000000000}">
   <dimension ref="A1:D33"/>
   <sheetViews>
-    <sheetView view="normal" workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="12.75" baseColWidth="0"/>
+  <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="4" width="50.7109375" customWidth="1"/>
+    <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:4">
-      <c r="A1" s="2" t="s">
+    <row r="1" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A1" s="1" t="s">
+        <v>99</v>
+      </c>
+      <c r="B1" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" s="1" t="s">
+        <v>100</v>
+      </c>
+      <c r="D1" s="1" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="2" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A2" t="s">
+        <v>54</v>
+      </c>
+      <c r="B2" t="s">
+        <v>55</v>
+      </c>
+      <c r="D2" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="3" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B3" t="s">
+        <v>102</v>
+      </c>
+      <c r="D3" t="s">
+        <v>1069</v>
+      </c>
+    </row>
+    <row r="4" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B4" t="s">
+        <v>1070</v>
+      </c>
+      <c r="D4" t="s">
+        <v>1071</v>
+      </c>
+    </row>
+    <row r="5" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B5" t="s">
+        <v>104</v>
+      </c>
+      <c r="D5" t="s">
+        <v>1072</v>
+      </c>
+    </row>
+    <row r="6" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B6" t="s">
+        <v>143</v>
+      </c>
+      <c r="D6" t="s">
+        <v>1073</v>
+      </c>
+    </row>
+    <row r="7" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B7" t="s">
+        <v>1074</v>
+      </c>
+      <c r="D7" t="s">
+        <v>1075</v>
+      </c>
+    </row>
+    <row r="8" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B8" t="s">
+        <v>391</v>
+      </c>
+      <c r="D8" t="s">
+        <v>1076</v>
+      </c>
+    </row>
+    <row r="9" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B9" t="s">
+        <v>306</v>
+      </c>
+      <c r="D9" t="s">
+        <v>1077</v>
+      </c>
+    </row>
+    <row r="10" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B10" t="s">
+        <v>106</v>
+      </c>
+      <c r="D10" t="s">
+        <v>1078</v>
+      </c>
+    </row>
+    <row r="11" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B11" t="s">
+        <v>108</v>
+      </c>
+      <c r="D11" t="s">
+        <v>1079</v>
+      </c>
+    </row>
+    <row r="12" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B12" t="s">
+        <v>1080</v>
+      </c>
+      <c r="C12" t="s">
+        <v>115</v>
+      </c>
+      <c r="D12" t="s">
+        <v>1081</v>
+      </c>
+    </row>
+    <row r="13" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B13" t="s">
+        <v>1082</v>
+      </c>
+      <c r="C13" t="s">
+        <v>118</v>
+      </c>
+      <c r="D13" t="s">
+        <v>1083</v>
+      </c>
+    </row>
+    <row r="14" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B14" t="s">
+        <v>1084</v>
+      </c>
+      <c r="C14" t="s">
+        <v>121</v>
+      </c>
+      <c r="D14" t="s">
+        <v>1085</v>
+      </c>
+    </row>
+    <row r="15" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B15" t="s">
+        <v>1086</v>
+      </c>
+      <c r="C15" t="s">
+        <v>124</v>
+      </c>
+      <c r="D15" t="s">
+        <v>1087</v>
+      </c>
+    </row>
+    <row r="16" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B16" t="s">
+        <v>1088</v>
+      </c>
+      <c r="C16" t="s">
+        <v>127</v>
+      </c>
+      <c r="D16" t="s">
+        <v>1089</v>
+      </c>
+    </row>
+    <row r="17" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B17" t="s">
+        <v>1090</v>
+      </c>
+      <c r="C17" t="s">
+        <v>132</v>
+      </c>
+      <c r="D17" t="s">
+        <v>1091</v>
+      </c>
+    </row>
+    <row r="18" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B18" t="s">
+        <v>1092</v>
+      </c>
+      <c r="C18" t="s">
         <v>135</v>
       </c>
-      <c r="B1" s="2" t="s">
-[...21 lines deleted...]
-      <c r="B3" t="s">
+      <c r="D18" t="s">
+        <v>1093</v>
+      </c>
+    </row>
+    <row r="19" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B19" t="s">
+        <v>1094</v>
+      </c>
+      <c r="C19" t="s">
         <v>138</v>
       </c>
-      <c r="D3" t="s">
+      <c r="D19" t="s">
+        <v>1095</v>
+      </c>
+    </row>
+    <row r="20" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B20" t="s">
+        <v>1096</v>
+      </c>
+      <c r="C20" t="s">
+        <v>243</v>
+      </c>
+      <c r="D20" t="s">
+        <v>1097</v>
+      </c>
+    </row>
+    <row r="21" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B21" t="s">
+        <v>1098</v>
+      </c>
+      <c r="C21" t="s">
+        <v>246</v>
+      </c>
+      <c r="D21" t="s">
+        <v>1099</v>
+      </c>
+    </row>
+    <row r="22" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B22" t="s">
+        <v>1100</v>
+      </c>
+      <c r="C22" t="s">
+        <v>249</v>
+      </c>
+      <c r="D22" t="s">
+        <v>1101</v>
+      </c>
+    </row>
+    <row r="23" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B23" t="s">
+        <v>1102</v>
+      </c>
+      <c r="C23" t="s">
+        <v>252</v>
+      </c>
+      <c r="D23" t="s">
+        <v>1103</v>
+      </c>
+    </row>
+    <row r="24" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B24" t="s">
+        <v>1104</v>
+      </c>
+      <c r="C24" t="s">
+        <v>255</v>
+      </c>
+      <c r="D24" t="s">
         <v>1105</v>
       </c>
     </row>
-    <row r="4" spans="2:4">
-      <c r="B4" t="s">
+    <row r="25" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B25" t="s">
         <v>1106</v>
       </c>
-      <c r="D4" t="s">
+      <c r="C25" t="s">
+        <v>258</v>
+      </c>
+      <c r="D25" t="s">
         <v>1107</v>
       </c>
     </row>
-    <row r="5" spans="2:4">
-[...3 lines deleted...]
-      <c r="D5" t="s">
+    <row r="26" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B26" t="s">
         <v>1108</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="D6" t="s">
+      <c r="D26" t="s">
         <v>1109</v>
       </c>
     </row>
-    <row r="7" spans="2:4">
-      <c r="B7" t="s">
+    <row r="27" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B27" t="s">
+        <v>929</v>
+      </c>
+      <c r="D27" t="s">
         <v>1110</v>
       </c>
-      <c r="D7" t="s">
+    </row>
+    <row r="28" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B28" t="s">
+        <v>300</v>
+      </c>
+      <c r="D28" t="s">
         <v>1111</v>
       </c>
     </row>
-    <row r="8" spans="2:4">
-[...3 lines deleted...]
-      <c r="D8" t="s">
+    <row r="29" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B29" t="s">
         <v>1112</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="D9" t="s">
+      <c r="D29" t="s">
         <v>1113</v>
       </c>
     </row>
-    <row r="10" spans="2:4">
-[...3 lines deleted...]
-      <c r="D10" t="s">
+    <row r="30" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B30" t="s">
         <v>1114</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="D11" t="s">
+      <c r="D30" t="s">
         <v>1115</v>
       </c>
     </row>
-    <row r="12" spans="2:4">
-      <c r="B12" t="s">
+    <row r="31" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B31" t="s">
+        <v>300</v>
+      </c>
+      <c r="D31" t="s">
         <v>1116</v>
       </c>
-      <c r="C12" t="s">
-[...2 lines deleted...]
-      <c r="D12" t="s">
+    </row>
+    <row r="32" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B32" t="s">
         <v>1117</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B13" t="s">
+      <c r="D32" t="s">
         <v>1118</v>
       </c>
-      <c r="C13" t="s">
-[...2 lines deleted...]
-      <c r="D13" t="s">
+    </row>
+    <row r="33" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B33" t="s">
         <v>1119</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B14" t="s">
+      <c r="D33" t="s">
         <v>1120</v>
-      </c>
-[...189 lines deleted...]
-        <v>1156</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet19.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <sheetPr/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1200-000000000000}">
   <dimension ref="A1:D89"/>
   <sheetViews>
-    <sheetView view="normal" workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="12.75" baseColWidth="0"/>
+  <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="4" width="50.7109375" customWidth="1"/>
+    <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:4">
-      <c r="A1" s="2" t="s">
+    <row r="1" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A1" s="1" t="s">
+        <v>99</v>
+      </c>
+      <c r="B1" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" s="1" t="s">
+        <v>100</v>
+      </c>
+      <c r="D1" s="1" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="2" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A2" t="s">
+        <v>57</v>
+      </c>
+      <c r="B2" t="s">
+        <v>58</v>
+      </c>
+      <c r="D2" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="3" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B3" t="s">
+        <v>102</v>
+      </c>
+      <c r="D3" t="s">
+        <v>1121</v>
+      </c>
+    </row>
+    <row r="4" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B4" t="s">
+        <v>102</v>
+      </c>
+      <c r="D4" t="s">
+        <v>1122</v>
+      </c>
+    </row>
+    <row r="5" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B5" t="s">
+        <v>104</v>
+      </c>
+      <c r="D5" t="s">
+        <v>1123</v>
+      </c>
+    </row>
+    <row r="6" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B6" t="s">
+        <v>104</v>
+      </c>
+      <c r="D6" t="s">
+        <v>1124</v>
+      </c>
+    </row>
+    <row r="7" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B7" t="s">
+        <v>143</v>
+      </c>
+      <c r="D7" t="s">
+        <v>1125</v>
+      </c>
+    </row>
+    <row r="8" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B8" t="s">
+        <v>391</v>
+      </c>
+      <c r="D8" t="s">
+        <v>1126</v>
+      </c>
+    </row>
+    <row r="9" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B9" t="s">
+        <v>143</v>
+      </c>
+      <c r="D9" t="s">
+        <v>1127</v>
+      </c>
+    </row>
+    <row r="10" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B10" t="s">
+        <v>106</v>
+      </c>
+      <c r="D10" t="s">
+        <v>1128</v>
+      </c>
+    </row>
+    <row r="11" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B11" t="s">
+        <v>108</v>
+      </c>
+      <c r="D11" t="s">
+        <v>1129</v>
+      </c>
+    </row>
+    <row r="12" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B12" t="s">
+        <v>391</v>
+      </c>
+      <c r="D12" t="s">
+        <v>1130</v>
+      </c>
+    </row>
+    <row r="13" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B13" t="s">
+        <v>106</v>
+      </c>
+      <c r="D13" t="s">
+        <v>1131</v>
+      </c>
+    </row>
+    <row r="14" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B14" t="s">
+        <v>108</v>
+      </c>
+      <c r="D14" t="s">
+        <v>1132</v>
+      </c>
+    </row>
+    <row r="15" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B15" t="s">
+        <v>1133</v>
+      </c>
+      <c r="C15" t="s">
+        <v>148</v>
+      </c>
+      <c r="D15" t="s">
+        <v>1134</v>
+      </c>
+    </row>
+    <row r="16" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B16" t="s">
+        <v>1135</v>
+      </c>
+      <c r="D16" t="s">
+        <v>1136</v>
+      </c>
+    </row>
+    <row r="17" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B17" t="s">
+        <v>1137</v>
+      </c>
+      <c r="C17" t="s">
+        <v>156</v>
+      </c>
+      <c r="D17" t="s">
+        <v>1138</v>
+      </c>
+    </row>
+    <row r="18" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B18" t="s">
+        <v>1139</v>
+      </c>
+      <c r="C18" t="s">
+        <v>159</v>
+      </c>
+      <c r="D18" t="s">
+        <v>1140</v>
+      </c>
+    </row>
+    <row r="19" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B19" t="s">
+        <v>1141</v>
+      </c>
+      <c r="D19" t="s">
+        <v>1142</v>
+      </c>
+    </row>
+    <row r="20" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B20" t="s">
+        <v>1143</v>
+      </c>
+      <c r="C20" t="s">
+        <v>162</v>
+      </c>
+      <c r="D20" t="s">
+        <v>1144</v>
+      </c>
+    </row>
+    <row r="21" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B21" t="s">
+        <v>1145</v>
+      </c>
+      <c r="C21" t="s">
+        <v>165</v>
+      </c>
+      <c r="D21" t="s">
+        <v>1146</v>
+      </c>
+    </row>
+    <row r="22" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B22" t="s">
+        <v>1147</v>
+      </c>
+      <c r="C22" t="s">
+        <v>168</v>
+      </c>
+      <c r="D22" t="s">
+        <v>1148</v>
+      </c>
+    </row>
+    <row r="23" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B23" t="s">
+        <v>1149</v>
+      </c>
+      <c r="C23" t="s">
+        <v>173</v>
+      </c>
+      <c r="D23" t="s">
+        <v>1150</v>
+      </c>
+    </row>
+    <row r="24" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B24" t="s">
+        <v>1151</v>
+      </c>
+      <c r="C24" t="s">
+        <v>176</v>
+      </c>
+      <c r="D24" t="s">
+        <v>1152</v>
+      </c>
+    </row>
+    <row r="25" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B25" t="s">
+        <v>1153</v>
+      </c>
+      <c r="C25" t="s">
+        <v>179</v>
+      </c>
+      <c r="D25" t="s">
+        <v>1154</v>
+      </c>
+    </row>
+    <row r="26" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B26" t="s">
+        <v>1155</v>
+      </c>
+      <c r="C26" t="s">
+        <v>182</v>
+      </c>
+      <c r="D26" t="s">
+        <v>1156</v>
+      </c>
+    </row>
+    <row r="27" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B27" t="s">
+        <v>1157</v>
+      </c>
+      <c r="C27" t="s">
+        <v>185</v>
+      </c>
+      <c r="D27" t="s">
+        <v>1158</v>
+      </c>
+    </row>
+    <row r="28" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B28" t="s">
+        <v>1159</v>
+      </c>
+      <c r="C28" t="s">
+        <v>188</v>
+      </c>
+      <c r="D28" t="s">
+        <v>1160</v>
+      </c>
+    </row>
+    <row r="29" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B29" t="s">
+        <v>1161</v>
+      </c>
+      <c r="D29" t="s">
+        <v>1162</v>
+      </c>
+    </row>
+    <row r="30" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B30" t="s">
+        <v>1163</v>
+      </c>
+      <c r="C30" t="s">
+        <v>191</v>
+      </c>
+      <c r="D30" t="s">
+        <v>1164</v>
+      </c>
+    </row>
+    <row r="31" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B31" t="s">
+        <v>1165</v>
+      </c>
+      <c r="C31" t="s">
+        <v>194</v>
+      </c>
+      <c r="D31" t="s">
+        <v>1166</v>
+      </c>
+    </row>
+    <row r="32" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B32" t="s">
+        <v>1167</v>
+      </c>
+      <c r="C32" t="s">
+        <v>197</v>
+      </c>
+      <c r="D32" t="s">
+        <v>1168</v>
+      </c>
+    </row>
+    <row r="33" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B33" t="s">
+        <v>1169</v>
+      </c>
+      <c r="D33" t="s">
+        <v>1170</v>
+      </c>
+    </row>
+    <row r="34" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B34" t="s">
+        <v>1171</v>
+      </c>
+      <c r="C34" t="s">
+        <v>202</v>
+      </c>
+      <c r="D34" t="s">
+        <v>1172</v>
+      </c>
+    </row>
+    <row r="35" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B35" t="s">
+        <v>1173</v>
+      </c>
+      <c r="C35" t="s">
+        <v>205</v>
+      </c>
+      <c r="D35" t="s">
+        <v>1174</v>
+      </c>
+    </row>
+    <row r="36" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B36" t="s">
+        <v>1175</v>
+      </c>
+      <c r="C36" t="s">
+        <v>208</v>
+      </c>
+      <c r="D36" t="s">
+        <v>1176</v>
+      </c>
+    </row>
+    <row r="37" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B37" t="s">
+        <v>1177</v>
+      </c>
+      <c r="C37" t="s">
+        <v>211</v>
+      </c>
+      <c r="D37" t="s">
+        <v>1178</v>
+      </c>
+    </row>
+    <row r="38" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B38" t="s">
+        <v>1179</v>
+      </c>
+      <c r="C38" t="s">
+        <v>587</v>
+      </c>
+      <c r="D38" t="s">
+        <v>1180</v>
+      </c>
+    </row>
+    <row r="39" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B39" t="s">
+        <v>1181</v>
+      </c>
+      <c r="C39" t="s">
+        <v>590</v>
+      </c>
+      <c r="D39" t="s">
+        <v>1182</v>
+      </c>
+    </row>
+    <row r="40" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B40" t="s">
+        <v>1133</v>
+      </c>
+      <c r="C40" t="s">
+        <v>115</v>
+      </c>
+      <c r="D40" t="s">
+        <v>1183</v>
+      </c>
+    </row>
+    <row r="41" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B41" t="s">
+        <v>1137</v>
+      </c>
+      <c r="C41" t="s">
+        <v>118</v>
+      </c>
+      <c r="D41" t="s">
+        <v>1184</v>
+      </c>
+    </row>
+    <row r="42" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B42" t="s">
+        <v>1139</v>
+      </c>
+      <c r="C42" t="s">
+        <v>121</v>
+      </c>
+      <c r="D42" t="s">
+        <v>1185</v>
+      </c>
+    </row>
+    <row r="43" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B43" t="s">
+        <v>1143</v>
+      </c>
+      <c r="C43" t="s">
+        <v>124</v>
+      </c>
+      <c r="D43" t="s">
+        <v>1186</v>
+      </c>
+    </row>
+    <row r="44" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B44" t="s">
+        <v>1145</v>
+      </c>
+      <c r="C44" t="s">
+        <v>127</v>
+      </c>
+      <c r="D44" t="s">
+        <v>1187</v>
+      </c>
+    </row>
+    <row r="45" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B45" t="s">
+        <v>1147</v>
+      </c>
+      <c r="C45" t="s">
+        <v>132</v>
+      </c>
+      <c r="D45" t="s">
+        <v>1188</v>
+      </c>
+    </row>
+    <row r="46" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B46" t="s">
+        <v>1149</v>
+      </c>
+      <c r="C46" t="s">
         <v>135</v>
       </c>
-      <c r="B1" s="2" t="s">
-[...21 lines deleted...]
-      <c r="B3" t="s">
+      <c r="D46" t="s">
+        <v>1189</v>
+      </c>
+    </row>
+    <row r="47" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B47" t="s">
+        <v>1151</v>
+      </c>
+      <c r="C47" t="s">
         <v>138</v>
       </c>
-      <c r="D3" t="s">
+      <c r="D47" t="s">
+        <v>1190</v>
+      </c>
+    </row>
+    <row r="48" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B48" t="s">
+        <v>1153</v>
+      </c>
+      <c r="C48" t="s">
+        <v>243</v>
+      </c>
+      <c r="D48" t="s">
+        <v>1191</v>
+      </c>
+    </row>
+    <row r="49" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B49" t="s">
+        <v>1155</v>
+      </c>
+      <c r="C49" t="s">
+        <v>246</v>
+      </c>
+      <c r="D49" t="s">
+        <v>1192</v>
+      </c>
+    </row>
+    <row r="50" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B50" t="s">
         <v>1157</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B4" t="s">
+      <c r="C50" t="s">
+        <v>249</v>
+      </c>
+      <c r="D50" t="s">
+        <v>1193</v>
+      </c>
+    </row>
+    <row r="51" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B51" t="s">
+        <v>1159</v>
+      </c>
+      <c r="C51" t="s">
+        <v>252</v>
+      </c>
+      <c r="D51" t="s">
+        <v>1194</v>
+      </c>
+    </row>
+    <row r="52" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B52" t="s">
+        <v>1163</v>
+      </c>
+      <c r="C52" t="s">
+        <v>255</v>
+      </c>
+      <c r="D52" t="s">
+        <v>1195</v>
+      </c>
+    </row>
+    <row r="53" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B53" t="s">
+        <v>1165</v>
+      </c>
+      <c r="C53" t="s">
+        <v>258</v>
+      </c>
+      <c r="D53" t="s">
+        <v>1196</v>
+      </c>
+    </row>
+    <row r="54" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B54" t="s">
+        <v>1167</v>
+      </c>
+      <c r="C54" t="s">
+        <v>261</v>
+      </c>
+      <c r="D54" t="s">
+        <v>1197</v>
+      </c>
+    </row>
+    <row r="55" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B55" t="s">
+        <v>1171</v>
+      </c>
+      <c r="C55" t="s">
+        <v>266</v>
+      </c>
+      <c r="D55" t="s">
+        <v>1198</v>
+      </c>
+    </row>
+    <row r="56" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B56" t="s">
+        <v>1173</v>
+      </c>
+      <c r="C56" t="s">
+        <v>269</v>
+      </c>
+      <c r="D56" t="s">
+        <v>1199</v>
+      </c>
+    </row>
+    <row r="57" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B57" t="s">
+        <v>1175</v>
+      </c>
+      <c r="C57" t="s">
+        <v>272</v>
+      </c>
+      <c r="D57" t="s">
+        <v>1200</v>
+      </c>
+    </row>
+    <row r="58" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B58" t="s">
+        <v>1177</v>
+      </c>
+      <c r="C58" t="s">
+        <v>275</v>
+      </c>
+      <c r="D58" t="s">
+        <v>1201</v>
+      </c>
+    </row>
+    <row r="59" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B59" t="s">
+        <v>1202</v>
+      </c>
+      <c r="C59" t="s">
+        <v>278</v>
+      </c>
+      <c r="D59" t="s">
+        <v>1203</v>
+      </c>
+    </row>
+    <row r="60" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B60" t="s">
+        <v>1181</v>
+      </c>
+      <c r="C60" t="s">
+        <v>283</v>
+      </c>
+      <c r="D60" t="s">
+        <v>1204</v>
+      </c>
+    </row>
+    <row r="61" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B61" t="s">
+        <v>1135</v>
+      </c>
+      <c r="D61" t="s">
+        <v>1205</v>
+      </c>
+    </row>
+    <row r="62" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B62" t="s">
+        <v>1141</v>
+      </c>
+      <c r="D62" t="s">
+        <v>1206</v>
+      </c>
+    </row>
+    <row r="63" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B63" t="s">
+        <v>1161</v>
+      </c>
+      <c r="D63" t="s">
+        <v>1207</v>
+      </c>
+    </row>
+    <row r="64" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B64" t="s">
+        <v>1169</v>
+      </c>
+      <c r="D64" t="s">
+        <v>1208</v>
+      </c>
+    </row>
+    <row r="65" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B65" t="s">
+        <v>1133</v>
+      </c>
+      <c r="C65" t="s">
+        <v>115</v>
+      </c>
+      <c r="D65" t="s">
+        <v>1209</v>
+      </c>
+    </row>
+    <row r="66" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B66" t="s">
+        <v>1210</v>
+      </c>
+      <c r="D66" t="s">
+        <v>1211</v>
+      </c>
+    </row>
+    <row r="67" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B67" t="s">
+        <v>1137</v>
+      </c>
+      <c r="C67" t="s">
+        <v>118</v>
+      </c>
+      <c r="D67" t="s">
+        <v>1212</v>
+      </c>
+    </row>
+    <row r="68" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B68" t="s">
+        <v>1139</v>
+      </c>
+      <c r="C68" t="s">
+        <v>121</v>
+      </c>
+      <c r="D68" t="s">
+        <v>1213</v>
+      </c>
+    </row>
+    <row r="69" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B69" t="s">
+        <v>1214</v>
+      </c>
+      <c r="D69" t="s">
+        <v>1215</v>
+      </c>
+    </row>
+    <row r="70" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B70" t="s">
+        <v>1143</v>
+      </c>
+      <c r="C70" t="s">
+        <v>124</v>
+      </c>
+      <c r="D70" t="s">
+        <v>1216</v>
+      </c>
+    </row>
+    <row r="71" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B71" t="s">
+        <v>1145</v>
+      </c>
+      <c r="C71" t="s">
+        <v>127</v>
+      </c>
+      <c r="D71" t="s">
+        <v>1217</v>
+      </c>
+    </row>
+    <row r="72" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B72" t="s">
+        <v>1147</v>
+      </c>
+      <c r="C72" t="s">
+        <v>132</v>
+      </c>
+      <c r="D72" t="s">
+        <v>1218</v>
+      </c>
+    </row>
+    <row r="73" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B73" t="s">
+        <v>1149</v>
+      </c>
+      <c r="C73" t="s">
+        <v>135</v>
+      </c>
+      <c r="D73" t="s">
+        <v>1219</v>
+      </c>
+    </row>
+    <row r="74" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B74" t="s">
+        <v>1151</v>
+      </c>
+      <c r="C74" t="s">
         <v>138</v>
       </c>
-      <c r="D4" t="s">
-[...7 lines deleted...]
-      <c r="D5" t="s">
+      <c r="D74" t="s">
+        <v>1220</v>
+      </c>
+    </row>
+    <row r="75" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B75" t="s">
+        <v>1153</v>
+      </c>
+      <c r="C75" t="s">
+        <v>243</v>
+      </c>
+      <c r="D75" t="s">
+        <v>1221</v>
+      </c>
+    </row>
+    <row r="76" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B76" t="s">
+        <v>1155</v>
+      </c>
+      <c r="C76" t="s">
+        <v>246</v>
+      </c>
+      <c r="D76" t="s">
+        <v>1222</v>
+      </c>
+    </row>
+    <row r="77" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B77" t="s">
+        <v>1157</v>
+      </c>
+      <c r="C77" t="s">
+        <v>249</v>
+      </c>
+      <c r="D77" t="s">
+        <v>1223</v>
+      </c>
+    </row>
+    <row r="78" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B78" t="s">
         <v>1159</v>
       </c>
-    </row>
-[...28 lines deleted...]
-      <c r="D9" t="s">
+      <c r="C78" t="s">
+        <v>252</v>
+      </c>
+      <c r="D78" t="s">
+        <v>1224</v>
+      </c>
+    </row>
+    <row r="79" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B79" t="s">
+        <v>1225</v>
+      </c>
+      <c r="D79" t="s">
+        <v>1226</v>
+      </c>
+    </row>
+    <row r="80" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B80" t="s">
         <v>1163</v>
       </c>
-    </row>
-[...12 lines deleted...]
-      <c r="D11" t="s">
+      <c r="C80" t="s">
+        <v>255</v>
+      </c>
+      <c r="D80" t="s">
+        <v>1227</v>
+      </c>
+    </row>
+    <row r="81" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B81" t="s">
         <v>1165</v>
       </c>
-    </row>
-[...12 lines deleted...]
-      <c r="D13" t="s">
+      <c r="C81" t="s">
+        <v>258</v>
+      </c>
+      <c r="D81" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="82" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B82" t="s">
         <v>1167</v>
       </c>
-    </row>
-[...20 lines deleted...]
-      <c r="B16" t="s">
+      <c r="C82" t="s">
+        <v>261</v>
+      </c>
+      <c r="D82" t="s">
+        <v>1229</v>
+      </c>
+    </row>
+    <row r="83" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B83" t="s">
+        <v>1230</v>
+      </c>
+      <c r="D83" t="s">
+        <v>1231</v>
+      </c>
+    </row>
+    <row r="84" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B84" t="s">
         <v>1171</v>
       </c>
-      <c r="D16" t="s">
-[...4 lines deleted...]
-      <c r="B17" t="s">
+      <c r="C84" t="s">
+        <v>266</v>
+      </c>
+      <c r="D84" t="s">
+        <v>1232</v>
+      </c>
+    </row>
+    <row r="85" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B85" t="s">
         <v>1173</v>
       </c>
-      <c r="C17" t="s">
-[...7 lines deleted...]
-      <c r="B18" t="s">
+      <c r="C85" t="s">
+        <v>269</v>
+      </c>
+      <c r="D85" t="s">
+        <v>1233</v>
+      </c>
+    </row>
+    <row r="86" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B86" t="s">
         <v>1175</v>
       </c>
-      <c r="C18" t="s">
-[...7 lines deleted...]
-      <c r="B19" t="s">
+      <c r="C86" t="s">
+        <v>272</v>
+      </c>
+      <c r="D86" t="s">
+        <v>1234</v>
+      </c>
+    </row>
+    <row r="87" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B87" t="s">
         <v>1177</v>
       </c>
-      <c r="D19" t="s">
-[...15 lines deleted...]
-      <c r="B21" t="s">
+      <c r="C87" t="s">
+        <v>275</v>
+      </c>
+      <c r="D87" t="s">
+        <v>1235</v>
+      </c>
+    </row>
+    <row r="88" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B88" t="s">
+        <v>1202</v>
+      </c>
+      <c r="C88" t="s">
+        <v>278</v>
+      </c>
+      <c r="D88" t="s">
+        <v>1236</v>
+      </c>
+    </row>
+    <row r="89" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B89" t="s">
         <v>1181</v>
       </c>
-      <c r="C21" t="s">
-[...403 lines deleted...]
-      <c r="D58" t="s">
+      <c r="C89" t="s">
+        <v>283</v>
+      </c>
+      <c r="D89" t="s">
         <v>1237</v>
-      </c>
-[...315 lines deleted...]
-        <v>1273</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <sheetPr/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="A1:D17"/>
   <sheetViews>
-    <sheetView view="normal" workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="12.75" baseColWidth="0"/>
+  <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="4" width="50.7109375" customWidth="1"/>
+    <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:4">
-      <c r="A1" s="2" t="s">
+    <row r="1" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A1" s="1" t="s">
+        <v>99</v>
+      </c>
+      <c r="B1" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" s="1" t="s">
+        <v>100</v>
+      </c>
+      <c r="D1" s="1" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="2" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A2" t="s">
+        <v>7</v>
+      </c>
+      <c r="B2" t="s">
+        <v>8</v>
+      </c>
+      <c r="D2" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="3" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B3" t="s">
+        <v>102</v>
+      </c>
+      <c r="D3" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="4" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B4" t="s">
+        <v>104</v>
+      </c>
+      <c r="D4" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="5" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B5" t="s">
+        <v>106</v>
+      </c>
+      <c r="D5" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="6" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B6" t="s">
+        <v>108</v>
+      </c>
+      <c r="D6" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="7" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B7" t="s">
+        <v>110</v>
+      </c>
+      <c r="D7" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="8" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B8" t="s">
+        <v>112</v>
+      </c>
+      <c r="D8" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="9" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B9" t="s">
+        <v>114</v>
+      </c>
+      <c r="C9" t="s">
+        <v>115</v>
+      </c>
+      <c r="D9" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="10" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B10" t="s">
+        <v>117</v>
+      </c>
+      <c r="C10" t="s">
+        <v>118</v>
+      </c>
+      <c r="D10" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="11" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B11" t="s">
+        <v>120</v>
+      </c>
+      <c r="C11" t="s">
+        <v>121</v>
+      </c>
+      <c r="D11" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="12" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B12" t="s">
+        <v>123</v>
+      </c>
+      <c r="C12" t="s">
+        <v>124</v>
+      </c>
+      <c r="D12" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="13" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B13" t="s">
+        <v>126</v>
+      </c>
+      <c r="C13" t="s">
+        <v>127</v>
+      </c>
+      <c r="D13" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="14" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B14" t="s">
+        <v>129</v>
+      </c>
+      <c r="D14" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="15" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B15" t="s">
+        <v>131</v>
+      </c>
+      <c r="C15" t="s">
+        <v>132</v>
+      </c>
+      <c r="D15" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="16" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B16" t="s">
+        <v>134</v>
+      </c>
+      <c r="C16" t="s">
         <v>135</v>
       </c>
-      <c r="B1" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C1" s="2" t="s">
+      <c r="D16" t="s">
         <v>136</v>
       </c>
-      <c r="D1" s="2" t="s">
+    </row>
+    <row r="17" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B17" t="s">
         <v>137</v>
       </c>
-    </row>
-[...12 lines deleted...]
-      <c r="B3" t="s">
+      <c r="C17" t="s">
         <v>138</v>
       </c>
-      <c r="D3" t="s">
+      <c r="D17" t="s">
         <v>139</v>
-      </c>
-[...134 lines deleted...]
-        <v>175</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet20.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <sheetPr/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1300-000000000000}">
   <dimension ref="A1:D45"/>
   <sheetViews>
-    <sheetView view="normal" workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="12.75" baseColWidth="0"/>
+  <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="4" width="50.7109375" customWidth="1"/>
+    <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:4">
-      <c r="A1" s="2" t="s">
+    <row r="1" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A1" s="1" t="s">
+        <v>99</v>
+      </c>
+      <c r="B1" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" s="1" t="s">
+        <v>100</v>
+      </c>
+      <c r="D1" s="1" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="2" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A2" t="s">
+        <v>60</v>
+      </c>
+      <c r="B2" t="s">
+        <v>61</v>
+      </c>
+      <c r="D2" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="3" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A3" t="s">
+        <v>1238</v>
+      </c>
+      <c r="B3" t="s">
+        <v>102</v>
+      </c>
+      <c r="D3" t="s">
+        <v>1241</v>
+      </c>
+    </row>
+    <row r="4" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A4" t="s">
+        <v>1239</v>
+      </c>
+      <c r="B4" t="s">
+        <v>104</v>
+      </c>
+      <c r="D4" t="s">
+        <v>1242</v>
+      </c>
+    </row>
+    <row r="5" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A5" t="s">
+        <v>1240</v>
+      </c>
+      <c r="B5" t="s">
+        <v>1243</v>
+      </c>
+      <c r="D5" t="s">
+        <v>1244</v>
+      </c>
+    </row>
+    <row r="6" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B6" t="s">
+        <v>106</v>
+      </c>
+      <c r="D6" t="s">
+        <v>1245</v>
+      </c>
+    </row>
+    <row r="7" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B7" t="s">
+        <v>108</v>
+      </c>
+      <c r="D7" t="s">
+        <v>1246</v>
+      </c>
+    </row>
+    <row r="8" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B8" t="s">
+        <v>143</v>
+      </c>
+      <c r="D8" t="s">
+        <v>1247</v>
+      </c>
+    </row>
+    <row r="9" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B9" t="s">
+        <v>1248</v>
+      </c>
+      <c r="D9" t="s">
+        <v>1249</v>
+      </c>
+    </row>
+    <row r="10" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B10" t="s">
+        <v>1250</v>
+      </c>
+      <c r="C10" t="s">
+        <v>115</v>
+      </c>
+      <c r="D10" t="s">
+        <v>1251</v>
+      </c>
+    </row>
+    <row r="11" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B11" t="s">
+        <v>1252</v>
+      </c>
+      <c r="C11" t="s">
+        <v>118</v>
+      </c>
+      <c r="D11" t="s">
+        <v>1253</v>
+      </c>
+    </row>
+    <row r="12" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B12" t="s">
+        <v>1254</v>
+      </c>
+      <c r="C12" t="s">
+        <v>121</v>
+      </c>
+      <c r="D12" t="s">
+        <v>1255</v>
+      </c>
+    </row>
+    <row r="13" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B13" t="s">
+        <v>1256</v>
+      </c>
+      <c r="C13" t="s">
+        <v>124</v>
+      </c>
+      <c r="D13" t="s">
+        <v>1257</v>
+      </c>
+    </row>
+    <row r="14" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B14" t="s">
+        <v>1258</v>
+      </c>
+      <c r="C14" t="s">
+        <v>127</v>
+      </c>
+      <c r="D14" t="s">
+        <v>1259</v>
+      </c>
+    </row>
+    <row r="15" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B15" t="s">
+        <v>1260</v>
+      </c>
+      <c r="C15" t="s">
+        <v>132</v>
+      </c>
+      <c r="D15" t="s">
+        <v>1261</v>
+      </c>
+    </row>
+    <row r="16" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B16" t="s">
+        <v>1262</v>
+      </c>
+      <c r="C16" t="s">
         <v>135</v>
       </c>
-      <c r="B1" s="2" t="s">
-[...21 lines deleted...]
-      <c r="A3" t="s">
+      <c r="D16" t="s">
+        <v>1263</v>
+      </c>
+    </row>
+    <row r="17" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B17" t="s">
+        <v>1264</v>
+      </c>
+      <c r="D17" t="s">
+        <v>1265</v>
+      </c>
+    </row>
+    <row r="18" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B18" t="s">
+        <v>1266</v>
+      </c>
+      <c r="C18" t="s">
+        <v>138</v>
+      </c>
+      <c r="D18" t="s">
+        <v>1267</v>
+      </c>
+    </row>
+    <row r="19" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B19" t="s">
+        <v>1268</v>
+      </c>
+      <c r="C19" t="s">
+        <v>243</v>
+      </c>
+      <c r="D19" t="s">
+        <v>1269</v>
+      </c>
+    </row>
+    <row r="20" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B20" t="s">
+        <v>1270</v>
+      </c>
+      <c r="C20" t="s">
+        <v>246</v>
+      </c>
+      <c r="D20" t="s">
+        <v>1271</v>
+      </c>
+    </row>
+    <row r="21" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B21" t="s">
+        <v>1272</v>
+      </c>
+      <c r="C21" t="s">
+        <v>249</v>
+      </c>
+      <c r="D21" t="s">
+        <v>1273</v>
+      </c>
+    </row>
+    <row r="22" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B22" t="s">
         <v>1274</v>
       </c>
-      <c r="B3" t="s">
-[...2 lines deleted...]
-      <c r="D3" t="s">
+      <c r="C22" t="s">
+        <v>252</v>
+      </c>
+      <c r="D22" t="s">
+        <v>1275</v>
+      </c>
+    </row>
+    <row r="23" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B23" t="s">
+        <v>1276</v>
+      </c>
+      <c r="C23" t="s">
+        <v>255</v>
+      </c>
+      <c r="D23" t="s">
         <v>1277</v>
       </c>
     </row>
-    <row r="4" spans="1:4">
-[...6 lines deleted...]
-      <c r="D4" t="s">
+    <row r="24" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B24" t="s">
         <v>1278</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B5" t="s">
+      <c r="D24" t="s">
         <v>1279</v>
       </c>
-      <c r="D5" t="s">
+    </row>
+    <row r="25" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B25" t="s">
         <v>1280</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="D6" t="s">
+      <c r="C25" t="s">
+        <v>258</v>
+      </c>
+      <c r="D25" t="s">
         <v>1281</v>
       </c>
     </row>
-    <row r="7" spans="2:4">
-[...3 lines deleted...]
-      <c r="D7" t="s">
+    <row r="26" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B26" t="s">
         <v>1282</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="D8" t="s">
+      <c r="C26" t="s">
+        <v>261</v>
+      </c>
+      <c r="D26" t="s">
         <v>1283</v>
       </c>
     </row>
-    <row r="9" spans="2:4">
-      <c r="B9" t="s">
+    <row r="27" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B27" t="s">
         <v>1284</v>
       </c>
-      <c r="D9" t="s">
+      <c r="C27" t="s">
+        <v>266</v>
+      </c>
+      <c r="D27" t="s">
         <v>1285</v>
       </c>
     </row>
-    <row r="10" spans="2:4">
-      <c r="B10" t="s">
+    <row r="28" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B28" t="s">
         <v>1286</v>
       </c>
-      <c r="C10" t="s">
-[...2 lines deleted...]
-      <c r="D10" t="s">
+      <c r="C28" t="s">
+        <v>269</v>
+      </c>
+      <c r="D28" t="s">
         <v>1287</v>
       </c>
     </row>
-    <row r="11" spans="2:4">
-      <c r="B11" t="s">
+    <row r="29" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B29" t="s">
         <v>1288</v>
       </c>
-      <c r="C11" t="s">
-[...2 lines deleted...]
-      <c r="D11" t="s">
+      <c r="C29" t="s">
+        <v>272</v>
+      </c>
+      <c r="D29" t="s">
         <v>1289</v>
       </c>
     </row>
-    <row r="12" spans="2:4">
-      <c r="B12" t="s">
+    <row r="30" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B30" t="s">
         <v>1290</v>
       </c>
-      <c r="C12" t="s">
-[...2 lines deleted...]
-      <c r="D12" t="s">
+      <c r="C30" t="s">
+        <v>275</v>
+      </c>
+      <c r="D30" t="s">
         <v>1291</v>
       </c>
     </row>
-    <row r="13" spans="2:4">
-      <c r="B13" t="s">
+    <row r="31" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B31" t="s">
         <v>1292</v>
       </c>
-      <c r="C13" t="s">
-[...2 lines deleted...]
-      <c r="D13" t="s">
+      <c r="C31" t="s">
+        <v>278</v>
+      </c>
+      <c r="D31" t="s">
         <v>1293</v>
       </c>
     </row>
-    <row r="14" spans="2:4">
-      <c r="B14" t="s">
+    <row r="32" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B32" t="s">
         <v>1294</v>
       </c>
-      <c r="C14" t="s">
-[...2 lines deleted...]
-      <c r="D14" t="s">
+      <c r="C32" t="s">
+        <v>283</v>
+      </c>
+      <c r="D32" t="s">
         <v>1295</v>
       </c>
     </row>
-    <row r="15" spans="2:4">
-      <c r="B15" t="s">
+    <row r="33" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B33" t="s">
         <v>1296</v>
       </c>
-      <c r="C15" t="s">
-[...2 lines deleted...]
-      <c r="D15" t="s">
+      <c r="C33" t="s">
+        <v>286</v>
+      </c>
+      <c r="D33" t="s">
         <v>1297</v>
       </c>
     </row>
-    <row r="16" spans="2:4">
-      <c r="B16" t="s">
+    <row r="34" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B34" t="s">
         <v>1298</v>
       </c>
-      <c r="C16" t="s">
-[...2 lines deleted...]
-      <c r="D16" t="s">
+      <c r="C34" t="s">
+        <v>752</v>
+      </c>
+      <c r="D34" t="s">
         <v>1299</v>
       </c>
     </row>
-    <row r="17" spans="2:4">
-      <c r="B17" t="s">
+    <row r="35" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B35" t="s">
         <v>1300</v>
       </c>
-      <c r="D17" t="s">
+      <c r="C35" t="s">
+        <v>1058</v>
+      </c>
+      <c r="D35" t="s">
         <v>1301</v>
       </c>
     </row>
-    <row r="18" spans="2:4">
-      <c r="B18" t="s">
+    <row r="36" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B36" t="s">
         <v>1302</v>
       </c>
-      <c r="C18" t="s">
-[...2 lines deleted...]
-      <c r="D18" t="s">
+      <c r="C36" t="s">
+        <v>1061</v>
+      </c>
+      <c r="D36" t="s">
         <v>1303</v>
       </c>
     </row>
-    <row r="19" spans="2:4">
-      <c r="B19" t="s">
+    <row r="37" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B37" t="s">
         <v>1304</v>
       </c>
-      <c r="C19" t="s">
-[...2 lines deleted...]
-      <c r="D19" t="s">
+      <c r="C37" t="s">
+        <v>1064</v>
+      </c>
+      <c r="D37" t="s">
         <v>1305</v>
       </c>
     </row>
-    <row r="20" spans="2:4">
-      <c r="B20" t="s">
+    <row r="38" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B38" t="s">
         <v>1306</v>
       </c>
-      <c r="C20" t="s">
-[...2 lines deleted...]
-      <c r="D20" t="s">
+      <c r="C38" t="s">
+        <v>1067</v>
+      </c>
+      <c r="D38" t="s">
         <v>1307</v>
       </c>
     </row>
-    <row r="21" spans="2:4">
-      <c r="B21" t="s">
+    <row r="39" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B39" t="s">
         <v>1308</v>
       </c>
-      <c r="C21" t="s">
-[...2 lines deleted...]
-      <c r="D21" t="s">
+      <c r="C39" t="s">
         <v>1309</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B22" t="s">
+      <c r="D39" t="s">
         <v>1310</v>
       </c>
-      <c r="C22" t="s">
-[...2 lines deleted...]
-      <c r="D22" t="s">
+    </row>
+    <row r="40" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B40" t="s">
         <v>1311</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B23" t="s">
+      <c r="C40" t="s">
         <v>1312</v>
       </c>
-      <c r="C23" t="s">
-[...2 lines deleted...]
-      <c r="D23" t="s">
+      <c r="D40" t="s">
         <v>1313</v>
       </c>
     </row>
-    <row r="24" spans="2:4">
-      <c r="B24" t="s">
+    <row r="41" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B41" t="s">
         <v>1314</v>
       </c>
-      <c r="D24" t="s">
+      <c r="C41" t="s">
         <v>1315</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B25" t="s">
+      <c r="D41" t="s">
         <v>1316</v>
       </c>
-      <c r="C25" t="s">
-[...2 lines deleted...]
-      <c r="D25" t="s">
+    </row>
+    <row r="42" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B42" t="s">
         <v>1317</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B26" t="s">
+      <c r="D42" t="s">
         <v>1318</v>
       </c>
-      <c r="C26" t="s">
-[...2 lines deleted...]
-      <c r="D26" t="s">
+    </row>
+    <row r="43" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B43" t="s">
         <v>1319</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B27" t="s">
+      <c r="C43" t="s">
         <v>1320</v>
       </c>
-      <c r="C27" t="s">
-[...2 lines deleted...]
-      <c r="D27" t="s">
+      <c r="D43" t="s">
         <v>1321</v>
       </c>
     </row>
-    <row r="28" spans="2:4">
-      <c r="B28" t="s">
+    <row r="44" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B44" t="s">
         <v>1322</v>
       </c>
-      <c r="C28" t="s">
-[...2 lines deleted...]
-      <c r="D28" t="s">
+      <c r="C44" t="s">
         <v>1323</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B29" t="s">
+      <c r="D44" t="s">
         <v>1324</v>
       </c>
-      <c r="C29" t="s">
-[...2 lines deleted...]
-      <c r="D29" t="s">
+    </row>
+    <row r="45" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B45" t="s">
         <v>1325</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B30" t="s">
+      <c r="C45" t="s">
         <v>1326</v>
       </c>
-      <c r="C30" t="s">
-[...2 lines deleted...]
-      <c r="D30" t="s">
+      <c r="D45" t="s">
         <v>1327</v>
-      </c>
-[...160 lines deleted...]
-        <v>1363</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet21.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <sheetPr/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1400-000000000000}">
   <dimension ref="A1:D36"/>
   <sheetViews>
-    <sheetView view="normal" workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="12.75" baseColWidth="0"/>
+  <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="4" width="50.7109375" customWidth="1"/>
+    <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:4">
-      <c r="A1" s="2" t="s">
+    <row r="1" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A1" s="1" t="s">
+        <v>99</v>
+      </c>
+      <c r="B1" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" s="1" t="s">
+        <v>100</v>
+      </c>
+      <c r="D1" s="1" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="2" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A2" t="s">
+        <v>63</v>
+      </c>
+      <c r="B2" t="s">
+        <v>64</v>
+      </c>
+      <c r="D2" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="3" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A3" t="s">
+        <v>1328</v>
+      </c>
+      <c r="B3" t="s">
+        <v>102</v>
+      </c>
+      <c r="D3" t="s">
+        <v>1330</v>
+      </c>
+    </row>
+    <row r="4" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A4" t="s">
+        <v>1329</v>
+      </c>
+      <c r="B4" t="s">
+        <v>104</v>
+      </c>
+      <c r="D4" t="s">
+        <v>1331</v>
+      </c>
+    </row>
+    <row r="5" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B5" t="s">
+        <v>306</v>
+      </c>
+      <c r="D5" t="s">
+        <v>1332</v>
+      </c>
+    </row>
+    <row r="6" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B6" t="s">
+        <v>106</v>
+      </c>
+      <c r="D6" t="s">
+        <v>1333</v>
+      </c>
+    </row>
+    <row r="7" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B7" t="s">
+        <v>108</v>
+      </c>
+      <c r="D7" t="s">
+        <v>1334</v>
+      </c>
+    </row>
+    <row r="8" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B8" t="s">
+        <v>391</v>
+      </c>
+      <c r="D8" t="s">
+        <v>1335</v>
+      </c>
+    </row>
+    <row r="9" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B9" t="s">
+        <v>1336</v>
+      </c>
+      <c r="D9" t="s">
+        <v>1337</v>
+      </c>
+    </row>
+    <row r="10" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B10" t="s">
+        <v>1338</v>
+      </c>
+      <c r="C10" t="s">
+        <v>115</v>
+      </c>
+      <c r="D10" t="s">
+        <v>1339</v>
+      </c>
+    </row>
+    <row r="11" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B11" t="s">
+        <v>1340</v>
+      </c>
+      <c r="C11" t="s">
+        <v>118</v>
+      </c>
+      <c r="D11" t="s">
+        <v>1341</v>
+      </c>
+    </row>
+    <row r="12" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B12" t="s">
+        <v>1342</v>
+      </c>
+      <c r="C12" t="s">
+        <v>121</v>
+      </c>
+      <c r="D12" t="s">
+        <v>1343</v>
+      </c>
+    </row>
+    <row r="13" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B13" t="s">
+        <v>1344</v>
+      </c>
+      <c r="C13" t="s">
+        <v>124</v>
+      </c>
+      <c r="D13" t="s">
+        <v>1345</v>
+      </c>
+    </row>
+    <row r="14" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B14" t="s">
+        <v>1346</v>
+      </c>
+      <c r="C14" t="s">
+        <v>127</v>
+      </c>
+      <c r="D14" t="s">
+        <v>1347</v>
+      </c>
+    </row>
+    <row r="15" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B15" t="s">
+        <v>1348</v>
+      </c>
+      <c r="D15" t="s">
+        <v>1349</v>
+      </c>
+    </row>
+    <row r="16" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B16" t="s">
+        <v>1350</v>
+      </c>
+      <c r="C16" t="s">
+        <v>132</v>
+      </c>
+      <c r="D16" t="s">
+        <v>1351</v>
+      </c>
+    </row>
+    <row r="17" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B17" t="s">
+        <v>1352</v>
+      </c>
+      <c r="C17" t="s">
         <v>135</v>
       </c>
-      <c r="B1" s="2" t="s">
-[...21 lines deleted...]
-      <c r="A3" t="s">
+      <c r="D17" t="s">
+        <v>1353</v>
+      </c>
+    </row>
+    <row r="18" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B18" t="s">
+        <v>1354</v>
+      </c>
+      <c r="C18" t="s">
+        <v>138</v>
+      </c>
+      <c r="D18" t="s">
+        <v>1355</v>
+      </c>
+    </row>
+    <row r="19" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B19" t="s">
+        <v>1356</v>
+      </c>
+      <c r="C19" t="s">
+        <v>243</v>
+      </c>
+      <c r="D19" t="s">
+        <v>1357</v>
+      </c>
+    </row>
+    <row r="20" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B20" t="s">
+        <v>1358</v>
+      </c>
+      <c r="C20" t="s">
+        <v>246</v>
+      </c>
+      <c r="D20" t="s">
+        <v>1359</v>
+      </c>
+    </row>
+    <row r="21" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B21" t="s">
+        <v>1360</v>
+      </c>
+      <c r="C21" t="s">
+        <v>249</v>
+      </c>
+      <c r="D21" t="s">
+        <v>1361</v>
+      </c>
+    </row>
+    <row r="22" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B22" t="s">
+        <v>1362</v>
+      </c>
+      <c r="C22" t="s">
+        <v>252</v>
+      </c>
+      <c r="D22" t="s">
+        <v>1363</v>
+      </c>
+    </row>
+    <row r="23" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B23" t="s">
         <v>1364</v>
       </c>
-      <c r="B3" t="s">
-[...2 lines deleted...]
-      <c r="D3" t="s">
+      <c r="D23" t="s">
+        <v>1365</v>
+      </c>
+    </row>
+    <row r="24" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B24" t="s">
         <v>1366</v>
       </c>
-    </row>
-[...7 lines deleted...]
-      <c r="D4" t="s">
+      <c r="C24" t="s">
+        <v>255</v>
+      </c>
+      <c r="D24" t="s">
         <v>1367</v>
       </c>
     </row>
-    <row r="5" spans="2:4">
-[...3 lines deleted...]
-      <c r="D5" t="s">
+    <row r="25" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B25" t="s">
         <v>1368</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="D6" t="s">
+      <c r="C25" t="s">
+        <v>258</v>
+      </c>
+      <c r="D25" t="s">
         <v>1369</v>
       </c>
     </row>
-    <row r="7" spans="2:4">
-[...3 lines deleted...]
-      <c r="D7" t="s">
+    <row r="26" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B26" t="s">
         <v>1370</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="D8" t="s">
+      <c r="C26" t="s">
+        <v>261</v>
+      </c>
+      <c r="D26" t="s">
         <v>1371</v>
       </c>
     </row>
-    <row r="9" spans="2:4">
-      <c r="B9" t="s">
+    <row r="27" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B27" t="s">
         <v>1372</v>
       </c>
-      <c r="D9" t="s">
+      <c r="C27" t="s">
+        <v>266</v>
+      </c>
+      <c r="D27" t="s">
         <v>1373</v>
       </c>
     </row>
-    <row r="10" spans="2:4">
-      <c r="B10" t="s">
+    <row r="28" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B28" t="s">
         <v>1374</v>
       </c>
-      <c r="C10" t="s">
-[...2 lines deleted...]
-      <c r="D10" t="s">
+      <c r="C28" t="s">
+        <v>269</v>
+      </c>
+      <c r="D28" t="s">
         <v>1375</v>
       </c>
     </row>
-    <row r="11" spans="2:4">
-      <c r="B11" t="s">
+    <row r="29" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B29" t="s">
         <v>1376</v>
       </c>
-      <c r="C11" t="s">
-[...2 lines deleted...]
-      <c r="D11" t="s">
+      <c r="C29" t="s">
+        <v>272</v>
+      </c>
+      <c r="D29" t="s">
         <v>1377</v>
       </c>
     </row>
-    <row r="12" spans="2:4">
-      <c r="B12" t="s">
+    <row r="30" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B30" t="s">
         <v>1378</v>
       </c>
-      <c r="C12" t="s">
-[...2 lines deleted...]
-      <c r="D12" t="s">
+      <c r="D30" t="s">
         <v>1379</v>
       </c>
     </row>
-    <row r="13" spans="2:4">
-      <c r="B13" t="s">
+    <row r="31" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B31" t="s">
         <v>1380</v>
       </c>
-      <c r="C13" t="s">
-[...2 lines deleted...]
-      <c r="D13" t="s">
+      <c r="C31" t="s">
+        <v>275</v>
+      </c>
+      <c r="D31" t="s">
         <v>1381</v>
       </c>
     </row>
-    <row r="14" spans="2:4">
-      <c r="B14" t="s">
+    <row r="32" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B32" t="s">
         <v>1382</v>
       </c>
-      <c r="C14" t="s">
-[...2 lines deleted...]
-      <c r="D14" t="s">
+      <c r="C32" t="s">
+        <v>278</v>
+      </c>
+      <c r="D32" t="s">
         <v>1383</v>
       </c>
     </row>
-    <row r="15" spans="2:4">
-      <c r="B15" t="s">
+    <row r="33" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B33" t="s">
         <v>1384</v>
       </c>
-      <c r="D15" t="s">
+      <c r="D33" t="s">
         <v>1385</v>
       </c>
     </row>
-    <row r="16" spans="2:4">
-      <c r="B16" t="s">
+    <row r="34" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B34" t="s">
         <v>1386</v>
       </c>
-      <c r="C16" t="s">
-[...2 lines deleted...]
-      <c r="D16" t="s">
+      <c r="C34" t="s">
+        <v>283</v>
+      </c>
+      <c r="D34" t="s">
         <v>1387</v>
       </c>
     </row>
-    <row r="17" spans="2:4">
-      <c r="B17" t="s">
+    <row r="35" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B35" t="s">
         <v>1388</v>
       </c>
-      <c r="C17" t="s">
-[...2 lines deleted...]
-      <c r="D17" t="s">
+      <c r="C35" t="s">
+        <v>286</v>
+      </c>
+      <c r="D35" t="s">
         <v>1389</v>
       </c>
     </row>
-    <row r="18" spans="2:4">
-      <c r="B18" t="s">
+    <row r="36" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B36" t="s">
+        <v>300</v>
+      </c>
+      <c r="D36" t="s">
         <v>1390</v>
-      </c>
-[...190 lines deleted...]
-        <v>1426</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet22.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <sheetPr/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1500-000000000000}">
   <dimension ref="A1:D15"/>
   <sheetViews>
-    <sheetView view="normal" workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="12.75" baseColWidth="0"/>
+  <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="4" width="50.7109375" customWidth="1"/>
+    <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:4">
-      <c r="A1" s="2" t="s">
+    <row r="1" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A1" s="1" t="s">
+        <v>99</v>
+      </c>
+      <c r="B1" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" s="1" t="s">
+        <v>100</v>
+      </c>
+      <c r="D1" s="1" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="2" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A2" t="s">
+        <v>66</v>
+      </c>
+      <c r="B2" t="s">
+        <v>67</v>
+      </c>
+      <c r="D2" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="3" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B3" t="s">
+        <v>102</v>
+      </c>
+      <c r="D3" t="s">
+        <v>1391</v>
+      </c>
+    </row>
+    <row r="4" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B4" t="s">
+        <v>104</v>
+      </c>
+      <c r="D4" t="s">
+        <v>1392</v>
+      </c>
+    </row>
+    <row r="5" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B5" t="s">
+        <v>106</v>
+      </c>
+      <c r="D5" t="s">
+        <v>1393</v>
+      </c>
+    </row>
+    <row r="6" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B6" t="s">
+        <v>108</v>
+      </c>
+      <c r="D6" t="s">
+        <v>1394</v>
+      </c>
+    </row>
+    <row r="7" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B7" t="s">
+        <v>1395</v>
+      </c>
+      <c r="D7" t="s">
+        <v>1396</v>
+      </c>
+    </row>
+    <row r="8" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B8" t="s">
+        <v>1397</v>
+      </c>
+      <c r="C8" t="s">
+        <v>115</v>
+      </c>
+      <c r="D8" t="s">
+        <v>1398</v>
+      </c>
+    </row>
+    <row r="9" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B9" t="s">
+        <v>1399</v>
+      </c>
+      <c r="C9" t="s">
+        <v>118</v>
+      </c>
+      <c r="D9" t="s">
+        <v>1400</v>
+      </c>
+    </row>
+    <row r="10" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B10" t="s">
+        <v>1401</v>
+      </c>
+      <c r="C10" t="s">
+        <v>121</v>
+      </c>
+      <c r="D10" t="s">
+        <v>1402</v>
+      </c>
+    </row>
+    <row r="11" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B11" t="s">
+        <v>1403</v>
+      </c>
+      <c r="C11" t="s">
+        <v>124</v>
+      </c>
+      <c r="D11" t="s">
+        <v>1404</v>
+      </c>
+    </row>
+    <row r="12" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B12" t="s">
+        <v>1405</v>
+      </c>
+      <c r="C12" t="s">
+        <v>127</v>
+      </c>
+      <c r="D12" t="s">
+        <v>1406</v>
+      </c>
+    </row>
+    <row r="13" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B13" t="s">
+        <v>1407</v>
+      </c>
+      <c r="C13" t="s">
+        <v>132</v>
+      </c>
+      <c r="D13" t="s">
+        <v>1408</v>
+      </c>
+    </row>
+    <row r="14" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B14" t="s">
+        <v>1409</v>
+      </c>
+      <c r="C14" t="s">
         <v>135</v>
       </c>
-      <c r="B1" s="2" t="s">
-[...132 lines deleted...]
-      </c>
       <c r="D14" t="s">
-        <v>1446</v>
-[...2 lines deleted...]
-    <row r="15" spans="2:4">
+        <v>1410</v>
+      </c>
+    </row>
+    <row r="15" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B15" t="s">
-        <v>1447</v>
+        <v>1411</v>
       </c>
       <c r="D15" t="s">
-        <v>1448</v>
+        <v>1412</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet23.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <sheetPr/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1600-000000000000}">
   <dimension ref="A1:D26"/>
   <sheetViews>
-    <sheetView view="normal" workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="12.75" baseColWidth="0"/>
+  <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="4" width="50.7109375" customWidth="1"/>
+    <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:4">
-      <c r="A1" s="2" t="s">
+    <row r="1" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A1" s="1" t="s">
+        <v>99</v>
+      </c>
+      <c r="B1" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" s="1" t="s">
+        <v>100</v>
+      </c>
+      <c r="D1" s="1" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="2" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A2" t="s">
+        <v>69</v>
+      </c>
+      <c r="B2" t="s">
+        <v>70</v>
+      </c>
+      <c r="D2" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="3" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A3" t="s">
+        <v>1413</v>
+      </c>
+      <c r="B3" t="s">
+        <v>102</v>
+      </c>
+      <c r="D3" t="s">
+        <v>1414</v>
+      </c>
+    </row>
+    <row r="4" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B4" t="s">
+        <v>106</v>
+      </c>
+      <c r="D4" t="s">
+        <v>1415</v>
+      </c>
+    </row>
+    <row r="5" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B5" t="s">
+        <v>108</v>
+      </c>
+      <c r="D5" t="s">
+        <v>1416</v>
+      </c>
+    </row>
+    <row r="6" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B6" t="s">
+        <v>1070</v>
+      </c>
+      <c r="D6" t="s">
+        <v>1417</v>
+      </c>
+    </row>
+    <row r="7" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B7" t="s">
+        <v>1418</v>
+      </c>
+      <c r="D7" t="s">
+        <v>1419</v>
+      </c>
+    </row>
+    <row r="8" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B8" t="s">
+        <v>1420</v>
+      </c>
+      <c r="C8" t="s">
+        <v>115</v>
+      </c>
+      <c r="D8" t="s">
+        <v>1421</v>
+      </c>
+    </row>
+    <row r="9" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B9" t="s">
+        <v>1422</v>
+      </c>
+      <c r="C9" t="s">
+        <v>118</v>
+      </c>
+      <c r="D9" t="s">
+        <v>1423</v>
+      </c>
+    </row>
+    <row r="10" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B10" t="s">
+        <v>1424</v>
+      </c>
+      <c r="C10" t="s">
+        <v>121</v>
+      </c>
+      <c r="D10" t="s">
+        <v>1425</v>
+      </c>
+    </row>
+    <row r="11" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B11" t="s">
+        <v>1426</v>
+      </c>
+      <c r="C11" t="s">
+        <v>124</v>
+      </c>
+      <c r="D11" t="s">
+        <v>1427</v>
+      </c>
+    </row>
+    <row r="12" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B12" t="s">
+        <v>1428</v>
+      </c>
+      <c r="C12" t="s">
+        <v>127</v>
+      </c>
+      <c r="D12" t="s">
+        <v>1429</v>
+      </c>
+    </row>
+    <row r="13" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B13" t="s">
+        <v>1430</v>
+      </c>
+      <c r="C13" t="s">
+        <v>132</v>
+      </c>
+      <c r="D13" t="s">
+        <v>1431</v>
+      </c>
+    </row>
+    <row r="14" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B14" t="s">
+        <v>1432</v>
+      </c>
+      <c r="C14" t="s">
         <v>135</v>
       </c>
-      <c r="B1" s="2" t="s">
-[...21 lines deleted...]
-      <c r="A3" t="s">
+      <c r="D14" t="s">
+        <v>1433</v>
+      </c>
+    </row>
+    <row r="15" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B15" t="s">
+        <v>1434</v>
+      </c>
+      <c r="D15" t="s">
+        <v>1435</v>
+      </c>
+    </row>
+    <row r="16" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B16" t="s">
+        <v>1436</v>
+      </c>
+      <c r="D16" t="s">
+        <v>1437</v>
+      </c>
+    </row>
+    <row r="17" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B17" t="s">
+        <v>1438</v>
+      </c>
+      <c r="C17" t="s">
+        <v>138</v>
+      </c>
+      <c r="D17" t="s">
+        <v>1439</v>
+      </c>
+    </row>
+    <row r="18" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B18" t="s">
+        <v>1440</v>
+      </c>
+      <c r="C18" t="s">
+        <v>243</v>
+      </c>
+      <c r="D18" t="s">
+        <v>1441</v>
+      </c>
+    </row>
+    <row r="19" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B19" t="s">
+        <v>1442</v>
+      </c>
+      <c r="C19" t="s">
+        <v>246</v>
+      </c>
+      <c r="D19" t="s">
+        <v>1443</v>
+      </c>
+    </row>
+    <row r="20" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B20" t="s">
+        <v>1444</v>
+      </c>
+      <c r="C20" t="s">
+        <v>249</v>
+      </c>
+      <c r="D20" t="s">
+        <v>1445</v>
+      </c>
+    </row>
+    <row r="21" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B21" t="s">
+        <v>1446</v>
+      </c>
+      <c r="C21" t="s">
+        <v>252</v>
+      </c>
+      <c r="D21" t="s">
+        <v>1447</v>
+      </c>
+    </row>
+    <row r="22" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B22" t="s">
+        <v>1448</v>
+      </c>
+      <c r="C22" t="s">
+        <v>255</v>
+      </c>
+      <c r="D22" t="s">
         <v>1449</v>
       </c>
-      <c r="B3" t="s">
-[...2 lines deleted...]
-      <c r="D3" t="s">
+    </row>
+    <row r="23" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B23" t="s">
         <v>1450</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="D4" t="s">
+      <c r="C23" t="s">
+        <v>258</v>
+      </c>
+      <c r="D23" t="s">
         <v>1451</v>
       </c>
     </row>
-    <row r="5" spans="2:4">
-[...3 lines deleted...]
-      <c r="D5" t="s">
+    <row r="24" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B24" t="s">
         <v>1452</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="D6" t="s">
+      <c r="D24" t="s">
         <v>1453</v>
       </c>
     </row>
-    <row r="7" spans="2:4">
-      <c r="B7" t="s">
+    <row r="25" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B25" t="s">
+        <v>300</v>
+      </c>
+      <c r="D25" t="s">
         <v>1454</v>
       </c>
-      <c r="D7" t="s">
+    </row>
+    <row r="26" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B26" t="s">
+        <v>300</v>
+      </c>
+      <c r="D26" t="s">
         <v>1455</v>
-      </c>
-[...192 lines deleted...]
-        <v>1491</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet24.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <sheetPr/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1700-000000000000}">
   <dimension ref="A1:D39"/>
   <sheetViews>
-    <sheetView view="normal" workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="12.75" baseColWidth="0"/>
+  <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="4" width="50.7109375" customWidth="1"/>
+    <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:4">
-[...13 lines deleted...]
-    <row r="2" spans="1:4">
+    <row r="1" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A1" s="1" t="s">
+        <v>99</v>
+      </c>
+      <c r="B1" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" s="1" t="s">
+        <v>100</v>
+      </c>
+      <c r="D1" s="1" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="2" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
-        <v>95</v>
+        <v>72</v>
       </c>
       <c r="B2" t="s">
-        <v>96</v>
+        <v>73</v>
       </c>
       <c r="D2" t="s">
-        <v>98</v>
-[...2 lines deleted...]
-    <row r="3" spans="1:4">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="3" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
+        <v>1456</v>
+      </c>
+      <c r="B3" t="s">
+        <v>102</v>
+      </c>
+      <c r="D3" t="s">
+        <v>1457</v>
+      </c>
+    </row>
+    <row r="4" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A4" t="s">
+        <v>78</v>
+      </c>
+      <c r="B4" t="s">
+        <v>104</v>
+      </c>
+      <c r="D4" t="s">
+        <v>1458</v>
+      </c>
+    </row>
+    <row r="5" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B5" t="s">
+        <v>143</v>
+      </c>
+      <c r="D5" t="s">
+        <v>1459</v>
+      </c>
+    </row>
+    <row r="6" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B6" t="s">
+        <v>108</v>
+      </c>
+      <c r="D6" t="s">
+        <v>1460</v>
+      </c>
+    </row>
+    <row r="7" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B7" t="s">
+        <v>106</v>
+      </c>
+      <c r="D7" t="s">
+        <v>1461</v>
+      </c>
+    </row>
+    <row r="8" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B8" t="s">
+        <v>1462</v>
+      </c>
+      <c r="D8" t="s">
+        <v>1463</v>
+      </c>
+    </row>
+    <row r="9" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B9" t="s">
+        <v>1464</v>
+      </c>
+      <c r="C9" t="s">
+        <v>148</v>
+      </c>
+      <c r="D9" t="s">
+        <v>1465</v>
+      </c>
+    </row>
+    <row r="10" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B10" t="s">
+        <v>1466</v>
+      </c>
+      <c r="C10" t="s">
+        <v>156</v>
+      </c>
+      <c r="D10" t="s">
+        <v>1467</v>
+      </c>
+    </row>
+    <row r="11" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B11" t="s">
+        <v>1468</v>
+      </c>
+      <c r="C11" t="s">
+        <v>159</v>
+      </c>
+      <c r="D11" t="s">
+        <v>1469</v>
+      </c>
+    </row>
+    <row r="12" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B12" t="s">
+        <v>1470</v>
+      </c>
+      <c r="D12" t="s">
+        <v>1471</v>
+      </c>
+    </row>
+    <row r="13" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B13" t="s">
+        <v>1472</v>
+      </c>
+      <c r="C13" t="s">
+        <v>162</v>
+      </c>
+      <c r="D13" t="s">
+        <v>1473</v>
+      </c>
+    </row>
+    <row r="14" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B14" t="s">
+        <v>1474</v>
+      </c>
+      <c r="C14" t="s">
+        <v>165</v>
+      </c>
+      <c r="D14" t="s">
+        <v>1475</v>
+      </c>
+    </row>
+    <row r="15" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B15" t="s">
+        <v>1476</v>
+      </c>
+      <c r="C15" t="s">
+        <v>168</v>
+      </c>
+      <c r="D15" t="s">
+        <v>1477</v>
+      </c>
+    </row>
+    <row r="16" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B16" t="s">
+        <v>1478</v>
+      </c>
+      <c r="C16" t="s">
+        <v>173</v>
+      </c>
+      <c r="D16" t="s">
+        <v>1479</v>
+      </c>
+    </row>
+    <row r="17" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B17" t="s">
+        <v>1480</v>
+      </c>
+      <c r="C17" t="s">
+        <v>176</v>
+      </c>
+      <c r="D17" t="s">
+        <v>1481</v>
+      </c>
+    </row>
+    <row r="18" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B18" t="s">
+        <v>1482</v>
+      </c>
+      <c r="D18" t="s">
+        <v>1483</v>
+      </c>
+    </row>
+    <row r="19" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B19" t="s">
+        <v>1484</v>
+      </c>
+      <c r="C19" t="s">
+        <v>179</v>
+      </c>
+      <c r="D19" t="s">
+        <v>1485</v>
+      </c>
+    </row>
+    <row r="20" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B20" t="s">
+        <v>1147</v>
+      </c>
+      <c r="C20" t="s">
+        <v>182</v>
+      </c>
+      <c r="D20" t="s">
+        <v>1486</v>
+      </c>
+    </row>
+    <row r="21" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B21" t="s">
+        <v>1487</v>
+      </c>
+      <c r="C21" t="s">
+        <v>185</v>
+      </c>
+      <c r="D21" t="s">
+        <v>1488</v>
+      </c>
+    </row>
+    <row r="22" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B22" t="s">
+        <v>1489</v>
+      </c>
+      <c r="C22" t="s">
+        <v>188</v>
+      </c>
+      <c r="D22" t="s">
+        <v>1490</v>
+      </c>
+    </row>
+    <row r="23" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B23" t="s">
+        <v>1491</v>
+      </c>
+      <c r="C23" t="s">
+        <v>191</v>
+      </c>
+      <c r="D23" t="s">
         <v>1492</v>
       </c>
-      <c r="B3" t="s">
-[...2 lines deleted...]
-      <c r="D3" t="s">
+    </row>
+    <row r="24" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B24" t="s">
         <v>1493</v>
       </c>
-    </row>
-[...7 lines deleted...]
-      <c r="D4" t="s">
+      <c r="C24" t="s">
+        <v>194</v>
+      </c>
+      <c r="D24" t="s">
         <v>1494</v>
       </c>
     </row>
-    <row r="5" spans="2:4">
-[...3 lines deleted...]
-      <c r="D5" t="s">
+    <row r="25" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B25" t="s">
         <v>1495</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="D6" t="s">
+      <c r="D25" t="s">
         <v>1496</v>
       </c>
     </row>
-    <row r="7" spans="2:4">
-[...3 lines deleted...]
-      <c r="D7" t="s">
+    <row r="26" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B26" t="s">
         <v>1497</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B8" t="s">
+      <c r="C26" t="s">
+        <v>197</v>
+      </c>
+      <c r="D26" t="s">
         <v>1498</v>
       </c>
-      <c r="D8" t="s">
+    </row>
+    <row r="27" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B27" t="s">
         <v>1499</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B9" t="s">
+      <c r="C27" t="s">
+        <v>202</v>
+      </c>
+      <c r="D27" t="s">
         <v>1500</v>
       </c>
-      <c r="C9" t="s">
-[...2 lines deleted...]
-      <c r="D9" t="s">
+    </row>
+    <row r="28" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B28" t="s">
         <v>1501</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B10" t="s">
+      <c r="C28" t="s">
+        <v>205</v>
+      </c>
+      <c r="D28" t="s">
         <v>1502</v>
       </c>
-      <c r="C10" t="s">
-[...2 lines deleted...]
-      <c r="D10" t="s">
+    </row>
+    <row r="29" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B29" t="s">
         <v>1503</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B11" t="s">
+      <c r="D29" t="s">
         <v>1504</v>
       </c>
-      <c r="C11" t="s">
-[...2 lines deleted...]
-      <c r="D11" t="s">
+    </row>
+    <row r="30" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B30" t="s">
         <v>1505</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B12" t="s">
+      <c r="C30" t="s">
+        <v>208</v>
+      </c>
+      <c r="D30" t="s">
         <v>1506</v>
       </c>
-      <c r="D12" t="s">
+    </row>
+    <row r="31" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B31" t="s">
         <v>1507</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B13" t="s">
+      <c r="C31" t="s">
+        <v>211</v>
+      </c>
+      <c r="D31" t="s">
         <v>1508</v>
       </c>
-      <c r="C13" t="s">
-[...2 lines deleted...]
-      <c r="D13" t="s">
+    </row>
+    <row r="32" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B32" t="s">
         <v>1509</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B14" t="s">
+      <c r="C32" t="s">
+        <v>587</v>
+      </c>
+      <c r="D32" t="s">
         <v>1510</v>
       </c>
-      <c r="C14" t="s">
-[...2 lines deleted...]
-      <c r="D14" t="s">
+    </row>
+    <row r="33" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B33" t="s">
         <v>1511</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B15" t="s">
+      <c r="D33" t="s">
         <v>1512</v>
       </c>
-      <c r="C15" t="s">
-[...2 lines deleted...]
-      <c r="D15" t="s">
+    </row>
+    <row r="34" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B34" t="s">
         <v>1513</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B16" t="s">
+      <c r="C34" t="s">
+        <v>590</v>
+      </c>
+      <c r="D34" t="s">
         <v>1514</v>
       </c>
-      <c r="C16" t="s">
-[...2 lines deleted...]
-      <c r="D16" t="s">
+    </row>
+    <row r="35" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B35" t="s">
         <v>1515</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B17" t="s">
+      <c r="C35" t="s">
+        <v>593</v>
+      </c>
+      <c r="D35" t="s">
         <v>1516</v>
       </c>
-      <c r="C17" t="s">
-[...2 lines deleted...]
-      <c r="D17" t="s">
+    </row>
+    <row r="36" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B36" t="s">
         <v>1517</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B18" t="s">
+      <c r="C36" t="s">
+        <v>596</v>
+      </c>
+      <c r="D36" t="s">
         <v>1518</v>
       </c>
-      <c r="D18" t="s">
+    </row>
+    <row r="37" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B37" t="s">
         <v>1519</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B19" t="s">
+      <c r="C37" t="s">
+        <v>599</v>
+      </c>
+      <c r="D37" t="s">
         <v>1520</v>
       </c>
-      <c r="C19" t="s">
-[...2 lines deleted...]
-      <c r="D19" t="s">
+    </row>
+    <row r="38" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B38" t="s">
         <v>1521</v>
       </c>
-    </row>
-[...7 lines deleted...]
-      <c r="D20" t="s">
+      <c r="D38" t="s">
         <v>1522</v>
       </c>
     </row>
-    <row r="21" spans="2:4">
-      <c r="B21" t="s">
+    <row r="39" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B39" t="s">
         <v>1523</v>
       </c>
-      <c r="C21" t="s">
-[...2 lines deleted...]
-      <c r="D21" t="s">
+      <c r="C39" t="s">
+        <v>602</v>
+      </c>
+      <c r="D39" t="s">
         <v>1524</v>
-      </c>
-[...184 lines deleted...]
-        <v>1560</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet25.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <sheetPr/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1800-000000000000}">
   <dimension ref="A1:D31"/>
   <sheetViews>
-    <sheetView view="normal" workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="12.75" baseColWidth="0"/>
+  <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="4" width="50.7109375" customWidth="1"/>
+    <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:4">
-      <c r="A1" s="2" t="s">
+    <row r="1" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A1" s="1" t="s">
+        <v>99</v>
+      </c>
+      <c r="B1" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" s="1" t="s">
+        <v>100</v>
+      </c>
+      <c r="D1" s="1" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="2" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A2" t="s">
+        <v>75</v>
+      </c>
+      <c r="B2" t="s">
+        <v>76</v>
+      </c>
+      <c r="D2" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="3" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B3" t="s">
+        <v>102</v>
+      </c>
+      <c r="D3" t="s">
+        <v>1525</v>
+      </c>
+    </row>
+    <row r="4" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B4" t="s">
+        <v>1526</v>
+      </c>
+      <c r="D4" t="s">
+        <v>1527</v>
+      </c>
+    </row>
+    <row r="5" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B5" t="s">
+        <v>104</v>
+      </c>
+      <c r="D5" t="s">
+        <v>1528</v>
+      </c>
+    </row>
+    <row r="6" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B6" t="s">
+        <v>306</v>
+      </c>
+      <c r="D6" t="s">
+        <v>1529</v>
+      </c>
+    </row>
+    <row r="7" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B7" t="s">
+        <v>106</v>
+      </c>
+      <c r="D7" t="s">
+        <v>1530</v>
+      </c>
+    </row>
+    <row r="8" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B8" t="s">
+        <v>1531</v>
+      </c>
+      <c r="D8" t="s">
+        <v>1532</v>
+      </c>
+    </row>
+    <row r="9" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B9" t="s">
+        <v>108</v>
+      </c>
+      <c r="D9" t="s">
+        <v>1533</v>
+      </c>
+    </row>
+    <row r="10" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B10" t="s">
+        <v>1534</v>
+      </c>
+      <c r="D10" t="s">
+        <v>1535</v>
+      </c>
+    </row>
+    <row r="11" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B11" t="s">
+        <v>1536</v>
+      </c>
+      <c r="C11" t="s">
+        <v>115</v>
+      </c>
+      <c r="D11" t="s">
+        <v>1537</v>
+      </c>
+    </row>
+    <row r="12" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B12" t="s">
+        <v>1538</v>
+      </c>
+      <c r="C12" t="s">
+        <v>118</v>
+      </c>
+      <c r="D12" t="s">
+        <v>1539</v>
+      </c>
+    </row>
+    <row r="13" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B13" t="s">
+        <v>1540</v>
+      </c>
+      <c r="C13" t="s">
+        <v>121</v>
+      </c>
+      <c r="D13" t="s">
+        <v>1541</v>
+      </c>
+    </row>
+    <row r="14" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B14" t="s">
+        <v>1542</v>
+      </c>
+      <c r="C14" t="s">
+        <v>124</v>
+      </c>
+      <c r="D14" t="s">
+        <v>1543</v>
+      </c>
+    </row>
+    <row r="15" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B15" t="s">
+        <v>1544</v>
+      </c>
+      <c r="C15" t="s">
+        <v>127</v>
+      </c>
+      <c r="D15" t="s">
+        <v>1545</v>
+      </c>
+    </row>
+    <row r="16" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B16" t="s">
+        <v>1546</v>
+      </c>
+      <c r="C16" t="s">
+        <v>132</v>
+      </c>
+      <c r="D16" t="s">
+        <v>1547</v>
+      </c>
+    </row>
+    <row r="17" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B17" t="s">
+        <v>1548</v>
+      </c>
+      <c r="D17" t="s">
+        <v>1549</v>
+      </c>
+    </row>
+    <row r="18" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B18" t="s">
+        <v>1550</v>
+      </c>
+      <c r="C18" t="s">
         <v>135</v>
       </c>
-      <c r="B1" s="2" t="s">
-[...21 lines deleted...]
-      <c r="B3" t="s">
+      <c r="D18" t="s">
+        <v>1551</v>
+      </c>
+    </row>
+    <row r="19" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B19" t="s">
+        <v>1552</v>
+      </c>
+      <c r="C19" t="s">
         <v>138</v>
       </c>
-      <c r="D3" t="s">
+      <c r="D19" t="s">
+        <v>1553</v>
+      </c>
+    </row>
+    <row r="20" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B20" t="s">
+        <v>1554</v>
+      </c>
+      <c r="C20" t="s">
+        <v>243</v>
+      </c>
+      <c r="D20" t="s">
+        <v>1555</v>
+      </c>
+    </row>
+    <row r="21" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B21" t="s">
+        <v>1556</v>
+      </c>
+      <c r="C21" t="s">
+        <v>246</v>
+      </c>
+      <c r="D21" t="s">
+        <v>1557</v>
+      </c>
+    </row>
+    <row r="22" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B22" t="s">
+        <v>1558</v>
+      </c>
+      <c r="C22" t="s">
+        <v>249</v>
+      </c>
+      <c r="D22" t="s">
+        <v>1559</v>
+      </c>
+    </row>
+    <row r="23" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B23" t="s">
+        <v>1560</v>
+      </c>
+      <c r="C23" t="s">
+        <v>252</v>
+      </c>
+      <c r="D23" t="s">
         <v>1561</v>
       </c>
     </row>
-    <row r="4" spans="2:4">
-      <c r="B4" t="s">
+    <row r="24" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B24" t="s">
         <v>1562</v>
       </c>
-      <c r="D4" t="s">
+      <c r="C24" t="s">
+        <v>255</v>
+      </c>
+      <c r="D24" t="s">
         <v>1563</v>
       </c>
     </row>
-    <row r="5" spans="2:4">
-[...3 lines deleted...]
-      <c r="D5" t="s">
+    <row r="25" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B25" t="s">
         <v>1564</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="D6" t="s">
+      <c r="C25" t="s">
+        <v>258</v>
+      </c>
+      <c r="D25" t="s">
         <v>1565</v>
       </c>
     </row>
-    <row r="7" spans="2:4">
-[...3 lines deleted...]
-      <c r="D7" t="s">
+    <row r="26" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B26" t="s">
         <v>1566</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B8" t="s">
+      <c r="D26" t="s">
         <v>1567</v>
       </c>
-      <c r="D8" t="s">
+    </row>
+    <row r="27" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B27" t="s">
         <v>1568</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="D9" t="s">
+      <c r="C27" t="s">
+        <v>261</v>
+      </c>
+      <c r="D27" t="s">
         <v>1569</v>
       </c>
     </row>
-    <row r="10" spans="2:4">
-      <c r="B10" t="s">
+    <row r="28" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B28" t="s">
         <v>1570</v>
       </c>
-      <c r="D10" t="s">
+      <c r="C28" t="s">
+        <v>266</v>
+      </c>
+      <c r="D28" t="s">
         <v>1571</v>
       </c>
     </row>
-    <row r="11" spans="2:4">
-      <c r="B11" t="s">
+    <row r="29" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B29" t="s">
         <v>1572</v>
       </c>
-      <c r="C11" t="s">
-[...2 lines deleted...]
-      <c r="D11" t="s">
+      <c r="C29" t="s">
+        <v>269</v>
+      </c>
+      <c r="D29" t="s">
         <v>1573</v>
       </c>
     </row>
-    <row r="12" spans="2:4">
-      <c r="B12" t="s">
+    <row r="30" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B30" t="s">
         <v>1574</v>
       </c>
-      <c r="C12" t="s">
-[...2 lines deleted...]
-      <c r="D12" t="s">
+      <c r="D30" t="s">
         <v>1575</v>
       </c>
     </row>
-    <row r="13" spans="2:4">
-      <c r="B13" t="s">
+    <row r="31" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B31" t="s">
         <v>1576</v>
       </c>
-      <c r="C13" t="s">
-[...2 lines deleted...]
-      <c r="D13" t="s">
+      <c r="C31" t="s">
+        <v>272</v>
+      </c>
+      <c r="D31" t="s">
         <v>1577</v>
-      </c>
-[...187 lines deleted...]
-        <v>1613</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet26.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <sheetPr/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1900-000000000000}">
   <dimension ref="A1:D23"/>
   <sheetViews>
-    <sheetView view="normal" workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="12.75" baseColWidth="0"/>
+  <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="4" width="50.7109375" customWidth="1"/>
+    <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:4">
-[...13 lines deleted...]
-    <row r="2" spans="1:4">
+    <row r="1" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A1" s="1" t="s">
+        <v>99</v>
+      </c>
+      <c r="B1" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" s="1" t="s">
+        <v>100</v>
+      </c>
+      <c r="D1" s="1" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="2" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
-        <v>103</v>
+        <v>78</v>
       </c>
       <c r="B2" t="s">
-        <v>104</v>
+        <v>79</v>
       </c>
       <c r="D2" t="s">
-        <v>106</v>
-[...2 lines deleted...]
-    <row r="3" spans="2:4">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="3" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B3" t="s">
-        <v>138</v>
+        <v>102</v>
       </c>
       <c r="D3" t="s">
+        <v>1578</v>
+      </c>
+    </row>
+    <row r="4" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B4" t="s">
+        <v>1579</v>
+      </c>
+      <c r="D4" t="s">
+        <v>1580</v>
+      </c>
+    </row>
+    <row r="5" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B5" t="s">
+        <v>1581</v>
+      </c>
+      <c r="D5" t="s">
+        <v>1582</v>
+      </c>
+    </row>
+    <row r="6" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B6" t="s">
+        <v>1583</v>
+      </c>
+      <c r="D6" t="s">
+        <v>1584</v>
+      </c>
+    </row>
+    <row r="7" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B7" t="s">
+        <v>1585</v>
+      </c>
+      <c r="D7" t="s">
+        <v>1586</v>
+      </c>
+    </row>
+    <row r="8" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B8" t="s">
+        <v>1587</v>
+      </c>
+      <c r="D8" t="s">
+        <v>1588</v>
+      </c>
+    </row>
+    <row r="9" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B9" t="s">
+        <v>1589</v>
+      </c>
+      <c r="D9" t="s">
+        <v>1590</v>
+      </c>
+    </row>
+    <row r="10" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B10" t="s">
+        <v>1591</v>
+      </c>
+      <c r="C10" t="s">
+        <v>148</v>
+      </c>
+      <c r="D10" t="s">
+        <v>1592</v>
+      </c>
+    </row>
+    <row r="11" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B11" t="s">
+        <v>1593</v>
+      </c>
+      <c r="C11" t="s">
+        <v>1594</v>
+      </c>
+      <c r="D11" t="s">
+        <v>1595</v>
+      </c>
+    </row>
+    <row r="12" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B12" t="s">
+        <v>1596</v>
+      </c>
+      <c r="C12" t="s">
+        <v>1597</v>
+      </c>
+      <c r="D12" t="s">
+        <v>1598</v>
+      </c>
+    </row>
+    <row r="13" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B13" t="s">
+        <v>1599</v>
+      </c>
+      <c r="C13" t="s">
+        <v>1600</v>
+      </c>
+      <c r="D13" t="s">
+        <v>1601</v>
+      </c>
+    </row>
+    <row r="14" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B14" t="s">
+        <v>1602</v>
+      </c>
+      <c r="D14" t="s">
+        <v>1603</v>
+      </c>
+    </row>
+    <row r="15" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B15" t="s">
+        <v>1604</v>
+      </c>
+      <c r="C15" t="s">
+        <v>165</v>
+      </c>
+      <c r="D15" t="s">
+        <v>1605</v>
+      </c>
+    </row>
+    <row r="16" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B16" t="s">
+        <v>1606</v>
+      </c>
+      <c r="C16" t="s">
+        <v>1607</v>
+      </c>
+      <c r="D16" t="s">
+        <v>1608</v>
+      </c>
+    </row>
+    <row r="17" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B17" t="s">
+        <v>1609</v>
+      </c>
+      <c r="C17" t="s">
+        <v>1610</v>
+      </c>
+      <c r="D17" t="s">
+        <v>1611</v>
+      </c>
+    </row>
+    <row r="18" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B18" t="s">
+        <v>1612</v>
+      </c>
+      <c r="C18" t="s">
+        <v>1613</v>
+      </c>
+      <c r="D18" t="s">
         <v>1614</v>
       </c>
     </row>
-    <row r="4" spans="2:4">
-      <c r="B4" t="s">
+    <row r="19" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B19" t="s">
         <v>1615</v>
       </c>
-      <c r="D4" t="s">
+      <c r="D19" t="s">
         <v>1616</v>
       </c>
     </row>
-    <row r="5" spans="2:4">
-      <c r="B5" t="s">
+    <row r="20" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B20" t="s">
         <v>1617</v>
       </c>
-      <c r="D5" t="s">
+      <c r="C20" t="s">
+        <v>179</v>
+      </c>
+      <c r="D20" t="s">
         <v>1618</v>
       </c>
     </row>
-    <row r="6" spans="2:4">
-      <c r="B6" t="s">
+    <row r="21" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B21" t="s">
         <v>1619</v>
       </c>
-      <c r="D6" t="s">
+      <c r="C21" t="s">
         <v>1620</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B7" t="s">
+      <c r="D21" t="s">
         <v>1621</v>
       </c>
-      <c r="D7" t="s">
+    </row>
+    <row r="22" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B22" t="s">
         <v>1622</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B8" t="s">
+      <c r="C22" t="s">
         <v>1623</v>
       </c>
-      <c r="D8" t="s">
+      <c r="D22" t="s">
         <v>1624</v>
       </c>
     </row>
-    <row r="9" spans="2:4">
-      <c r="B9" t="s">
+    <row r="23" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B23" t="s">
         <v>1625</v>
       </c>
-      <c r="D9" t="s">
+      <c r="C23" t="s">
         <v>1626</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B10" t="s">
+      <c r="D23" t="s">
         <v>1627</v>
-      </c>
-[...141 lines deleted...]
-        <v>1663</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet27.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <sheetPr/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1A00-000000000000}">
   <dimension ref="A1:D27"/>
   <sheetViews>
-    <sheetView view="normal" workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="12.75" baseColWidth="0"/>
+  <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="4" width="50.7109375" customWidth="1"/>
+    <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:4">
-      <c r="A1" s="2" t="s">
+    <row r="1" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A1" s="1" t="s">
+        <v>99</v>
+      </c>
+      <c r="B1" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" s="1" t="s">
+        <v>100</v>
+      </c>
+      <c r="D1" s="1" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="2" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A2" t="s">
+        <v>81</v>
+      </c>
+      <c r="B2" t="s">
+        <v>82</v>
+      </c>
+      <c r="D2" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="3" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B3" t="s">
+        <v>102</v>
+      </c>
+      <c r="D3" t="s">
+        <v>1628</v>
+      </c>
+    </row>
+    <row r="4" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B4" t="s">
+        <v>104</v>
+      </c>
+      <c r="D4" t="s">
+        <v>1629</v>
+      </c>
+    </row>
+    <row r="5" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B5" t="s">
+        <v>106</v>
+      </c>
+      <c r="D5" t="s">
+        <v>1630</v>
+      </c>
+    </row>
+    <row r="6" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B6" t="s">
+        <v>108</v>
+      </c>
+      <c r="D6" t="s">
+        <v>1631</v>
+      </c>
+    </row>
+    <row r="7" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B7" t="s">
+        <v>391</v>
+      </c>
+      <c r="D7" t="s">
+        <v>1632</v>
+      </c>
+    </row>
+    <row r="8" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B8" t="s">
+        <v>143</v>
+      </c>
+      <c r="D8" t="s">
+        <v>1633</v>
+      </c>
+    </row>
+    <row r="9" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B9" t="s">
+        <v>1634</v>
+      </c>
+      <c r="D9" t="s">
+        <v>1635</v>
+      </c>
+    </row>
+    <row r="10" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B10" t="s">
+        <v>1636</v>
+      </c>
+      <c r="C10" t="s">
+        <v>115</v>
+      </c>
+      <c r="D10" t="s">
+        <v>1637</v>
+      </c>
+    </row>
+    <row r="11" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B11" t="s">
+        <v>1638</v>
+      </c>
+      <c r="C11" t="s">
+        <v>118</v>
+      </c>
+      <c r="D11" t="s">
+        <v>1639</v>
+      </c>
+    </row>
+    <row r="12" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B12" t="s">
+        <v>1640</v>
+      </c>
+      <c r="C12" t="s">
+        <v>121</v>
+      </c>
+      <c r="D12" t="s">
+        <v>1641</v>
+      </c>
+    </row>
+    <row r="13" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B13" t="s">
+        <v>1642</v>
+      </c>
+      <c r="D13" t="s">
+        <v>1643</v>
+      </c>
+    </row>
+    <row r="14" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B14" t="s">
+        <v>1644</v>
+      </c>
+      <c r="C14" t="s">
+        <v>124</v>
+      </c>
+      <c r="D14" t="s">
+        <v>1645</v>
+      </c>
+    </row>
+    <row r="15" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B15" t="s">
+        <v>1646</v>
+      </c>
+      <c r="C15" t="s">
+        <v>127</v>
+      </c>
+      <c r="D15" t="s">
+        <v>1647</v>
+      </c>
+    </row>
+    <row r="16" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B16" t="s">
+        <v>1648</v>
+      </c>
+      <c r="C16" t="s">
+        <v>132</v>
+      </c>
+      <c r="D16" t="s">
+        <v>1649</v>
+      </c>
+    </row>
+    <row r="17" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B17" t="s">
+        <v>1650</v>
+      </c>
+      <c r="C17" t="s">
         <v>135</v>
       </c>
-      <c r="B1" s="2" t="s">
-[...21 lines deleted...]
-      <c r="B3" t="s">
+      <c r="D17" t="s">
+        <v>1651</v>
+      </c>
+    </row>
+    <row r="18" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B18" t="s">
+        <v>1652</v>
+      </c>
+      <c r="C18" t="s">
         <v>138</v>
       </c>
-      <c r="D3" t="s">
+      <c r="D18" t="s">
+        <v>1653</v>
+      </c>
+    </row>
+    <row r="19" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B19" t="s">
+        <v>1654</v>
+      </c>
+      <c r="C19" t="s">
+        <v>243</v>
+      </c>
+      <c r="D19" t="s">
+        <v>1655</v>
+      </c>
+    </row>
+    <row r="20" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B20" t="s">
+        <v>1656</v>
+      </c>
+      <c r="C20" t="s">
+        <v>246</v>
+      </c>
+      <c r="D20" t="s">
+        <v>1657</v>
+      </c>
+    </row>
+    <row r="21" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B21" t="s">
+        <v>1658</v>
+      </c>
+      <c r="D21" t="s">
+        <v>1659</v>
+      </c>
+    </row>
+    <row r="22" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B22" t="s">
+        <v>1660</v>
+      </c>
+      <c r="C22" t="s">
+        <v>249</v>
+      </c>
+      <c r="D22" t="s">
+        <v>1661</v>
+      </c>
+    </row>
+    <row r="23" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B23" t="s">
+        <v>1662</v>
+      </c>
+      <c r="C23" t="s">
+        <v>252</v>
+      </c>
+      <c r="D23" t="s">
+        <v>1663</v>
+      </c>
+    </row>
+    <row r="24" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B24" t="s">
         <v>1664</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="D4" t="s">
+      <c r="C24" t="s">
+        <v>255</v>
+      </c>
+      <c r="D24" t="s">
         <v>1665</v>
       </c>
     </row>
-    <row r="5" spans="2:4">
-[...3 lines deleted...]
-      <c r="D5" t="s">
+    <row r="25" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B25" t="s">
         <v>1666</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="D6" t="s">
+      <c r="C25" t="s">
+        <v>258</v>
+      </c>
+      <c r="D25" t="s">
         <v>1667</v>
       </c>
     </row>
-    <row r="7" spans="2:4">
-[...3 lines deleted...]
-      <c r="D7" t="s">
+    <row r="26" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B26" t="s">
         <v>1668</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="D8" t="s">
+      <c r="D26" t="s">
         <v>1669</v>
       </c>
     </row>
-    <row r="9" spans="2:4">
-      <c r="B9" t="s">
+    <row r="27" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B27" t="s">
         <v>1670</v>
       </c>
-      <c r="D9" t="s">
+      <c r="D27" t="s">
         <v>1671</v>
-      </c>
-[...184 lines deleted...]
-        <v>1707</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet28.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <sheetPr/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1B00-000000000000}">
   <dimension ref="A1:D26"/>
   <sheetViews>
-    <sheetView view="normal" workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="12.75" baseColWidth="0"/>
+  <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="4" width="50.7109375" customWidth="1"/>
+    <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:4">
-      <c r="A1" s="2" t="s">
+    <row r="1" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A1" s="1" t="s">
+        <v>99</v>
+      </c>
+      <c r="B1" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" s="1" t="s">
+        <v>100</v>
+      </c>
+      <c r="D1" s="1" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="2" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A2" t="s">
+        <v>84</v>
+      </c>
+      <c r="B2" t="s">
+        <v>85</v>
+      </c>
+      <c r="D2" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="3" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B3" t="s">
+        <v>102</v>
+      </c>
+      <c r="D3" t="s">
+        <v>1672</v>
+      </c>
+    </row>
+    <row r="4" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B4" t="s">
+        <v>104</v>
+      </c>
+      <c r="D4" t="s">
+        <v>1673</v>
+      </c>
+    </row>
+    <row r="5" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B5" t="s">
+        <v>104</v>
+      </c>
+      <c r="D5" t="s">
+        <v>1674</v>
+      </c>
+    </row>
+    <row r="6" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B6" t="s">
+        <v>1675</v>
+      </c>
+      <c r="D6" t="s">
+        <v>1676</v>
+      </c>
+    </row>
+    <row r="7" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B7" t="s">
+        <v>108</v>
+      </c>
+      <c r="D7" t="s">
+        <v>1677</v>
+      </c>
+    </row>
+    <row r="8" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B8" t="s">
+        <v>106</v>
+      </c>
+      <c r="D8" t="s">
+        <v>1678</v>
+      </c>
+    </row>
+    <row r="9" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B9" t="s">
+        <v>1679</v>
+      </c>
+      <c r="C9" t="s">
+        <v>115</v>
+      </c>
+      <c r="D9" t="s">
+        <v>1680</v>
+      </c>
+    </row>
+    <row r="10" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B10" t="s">
+        <v>1681</v>
+      </c>
+      <c r="C10" t="s">
+        <v>118</v>
+      </c>
+      <c r="D10" t="s">
+        <v>1682</v>
+      </c>
+    </row>
+    <row r="11" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B11" t="s">
+        <v>1683</v>
+      </c>
+      <c r="C11" t="s">
+        <v>121</v>
+      </c>
+      <c r="D11" t="s">
+        <v>1684</v>
+      </c>
+    </row>
+    <row r="12" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B12" t="s">
+        <v>1685</v>
+      </c>
+      <c r="C12" t="s">
+        <v>124</v>
+      </c>
+      <c r="D12" t="s">
+        <v>1686</v>
+      </c>
+    </row>
+    <row r="13" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B13" t="s">
+        <v>1687</v>
+      </c>
+      <c r="C13" t="s">
+        <v>127</v>
+      </c>
+      <c r="D13" t="s">
+        <v>1688</v>
+      </c>
+    </row>
+    <row r="14" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B14" t="s">
+        <v>1689</v>
+      </c>
+      <c r="C14" t="s">
+        <v>132</v>
+      </c>
+      <c r="D14" t="s">
+        <v>1690</v>
+      </c>
+    </row>
+    <row r="15" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B15" t="s">
+        <v>1691</v>
+      </c>
+      <c r="C15" t="s">
         <v>135</v>
       </c>
-      <c r="B1" s="2" t="s">
-[...21 lines deleted...]
-      <c r="B3" t="s">
+      <c r="D15" t="s">
+        <v>1692</v>
+      </c>
+    </row>
+    <row r="16" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B16" t="s">
+        <v>1693</v>
+      </c>
+      <c r="C16" t="s">
         <v>138</v>
       </c>
-      <c r="D3" t="s">
+      <c r="D16" t="s">
+        <v>1694</v>
+      </c>
+    </row>
+    <row r="17" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B17" t="s">
+        <v>1695</v>
+      </c>
+      <c r="C17" t="s">
+        <v>243</v>
+      </c>
+      <c r="D17" t="s">
+        <v>1696</v>
+      </c>
+    </row>
+    <row r="18" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B18" t="s">
+        <v>1697</v>
+      </c>
+      <c r="C18" t="s">
+        <v>246</v>
+      </c>
+      <c r="D18" t="s">
+        <v>1698</v>
+      </c>
+    </row>
+    <row r="19" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B19" t="s">
+        <v>1699</v>
+      </c>
+      <c r="C19" t="s">
+        <v>249</v>
+      </c>
+      <c r="D19" t="s">
+        <v>1700</v>
+      </c>
+    </row>
+    <row r="20" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B20" t="s">
+        <v>1701</v>
+      </c>
+      <c r="C20" t="s">
+        <v>252</v>
+      </c>
+      <c r="D20" t="s">
+        <v>1702</v>
+      </c>
+    </row>
+    <row r="21" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B21" t="s">
+        <v>1703</v>
+      </c>
+      <c r="C21" t="s">
+        <v>255</v>
+      </c>
+      <c r="D21" t="s">
+        <v>1704</v>
+      </c>
+    </row>
+    <row r="22" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B22" t="s">
+        <v>1705</v>
+      </c>
+      <c r="C22" t="s">
+        <v>258</v>
+      </c>
+      <c r="D22" t="s">
+        <v>1706</v>
+      </c>
+    </row>
+    <row r="23" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B23" t="s">
+        <v>1707</v>
+      </c>
+      <c r="C23" t="s">
+        <v>261</v>
+      </c>
+      <c r="D23" t="s">
         <v>1708</v>
       </c>
     </row>
-    <row r="4" spans="2:4">
-[...3 lines deleted...]
-      <c r="D4" t="s">
+    <row r="24" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B24" t="s">
         <v>1709</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="D5" t="s">
+      <c r="C24" t="s">
+        <v>266</v>
+      </c>
+      <c r="D24" t="s">
         <v>1710</v>
       </c>
     </row>
-    <row r="6" spans="2:4">
-      <c r="B6" t="s">
+    <row r="25" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B25" t="s">
         <v>1711</v>
       </c>
-      <c r="D6" t="s">
+      <c r="C25" t="s">
+        <v>269</v>
+      </c>
+      <c r="D25" t="s">
         <v>1712</v>
       </c>
     </row>
-    <row r="7" spans="2:4">
-[...3 lines deleted...]
-      <c r="D7" t="s">
+    <row r="26" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B26" t="s">
         <v>1713</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="D8" t="s">
+      <c r="C26" t="s">
+        <v>272</v>
+      </c>
+      <c r="D26" t="s">
         <v>1714</v>
-      </c>
-[...196 lines deleted...]
-        <v>1750</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet29.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <sheetPr/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1C00-000000000000}">
   <dimension ref="A1:D45"/>
   <sheetViews>
-    <sheetView view="normal" workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="12.75" baseColWidth="0"/>
+  <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="4" width="50.7109375" customWidth="1"/>
+    <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:4">
-      <c r="A1" s="2" t="s">
+    <row r="1" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A1" s="1" t="s">
+        <v>99</v>
+      </c>
+      <c r="B1" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" s="1" t="s">
+        <v>100</v>
+      </c>
+      <c r="D1" s="1" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="2" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A2" t="s">
+        <v>87</v>
+      </c>
+      <c r="B2" t="s">
+        <v>88</v>
+      </c>
+      <c r="D2" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="3" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A3" t="s">
+        <v>1715</v>
+      </c>
+      <c r="B3" t="s">
+        <v>102</v>
+      </c>
+      <c r="D3" t="s">
+        <v>1716</v>
+      </c>
+    </row>
+    <row r="4" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B4" t="s">
+        <v>1717</v>
+      </c>
+      <c r="D4" t="s">
+        <v>1718</v>
+      </c>
+    </row>
+    <row r="5" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B5" t="s">
+        <v>143</v>
+      </c>
+      <c r="D5" t="s">
+        <v>1719</v>
+      </c>
+    </row>
+    <row r="6" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B6" t="s">
+        <v>391</v>
+      </c>
+      <c r="D6" t="s">
+        <v>1720</v>
+      </c>
+    </row>
+    <row r="7" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B7" t="s">
+        <v>1721</v>
+      </c>
+      <c r="D7" t="s">
+        <v>1722</v>
+      </c>
+    </row>
+    <row r="8" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B8" t="s">
+        <v>1723</v>
+      </c>
+      <c r="D8" t="s">
+        <v>1724</v>
+      </c>
+    </row>
+    <row r="9" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B9" t="s">
+        <v>108</v>
+      </c>
+      <c r="D9" t="s">
+        <v>1725</v>
+      </c>
+    </row>
+    <row r="10" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B10" t="s">
+        <v>1726</v>
+      </c>
+      <c r="D10" t="s">
+        <v>1727</v>
+      </c>
+    </row>
+    <row r="11" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B11" t="s">
+        <v>1728</v>
+      </c>
+      <c r="C11" t="s">
+        <v>115</v>
+      </c>
+      <c r="D11" t="s">
+        <v>1729</v>
+      </c>
+    </row>
+    <row r="12" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B12" t="s">
+        <v>1730</v>
+      </c>
+      <c r="C12" t="s">
+        <v>118</v>
+      </c>
+      <c r="D12" t="s">
+        <v>1731</v>
+      </c>
+    </row>
+    <row r="13" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B13" t="s">
+        <v>1732</v>
+      </c>
+      <c r="C13" t="s">
+        <v>121</v>
+      </c>
+      <c r="D13" t="s">
+        <v>1733</v>
+      </c>
+    </row>
+    <row r="14" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B14" t="s">
+        <v>1734</v>
+      </c>
+      <c r="C14" t="s">
+        <v>124</v>
+      </c>
+      <c r="D14" t="s">
+        <v>1735</v>
+      </c>
+    </row>
+    <row r="15" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B15" t="s">
+        <v>1736</v>
+      </c>
+      <c r="D15" t="s">
+        <v>1737</v>
+      </c>
+    </row>
+    <row r="16" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B16" t="s">
+        <v>1738</v>
+      </c>
+      <c r="C16" t="s">
+        <v>127</v>
+      </c>
+      <c r="D16" t="s">
+        <v>1739</v>
+      </c>
+    </row>
+    <row r="17" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B17" t="s">
+        <v>1740</v>
+      </c>
+      <c r="C17" t="s">
+        <v>132</v>
+      </c>
+      <c r="D17" t="s">
+        <v>1741</v>
+      </c>
+    </row>
+    <row r="18" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B18" t="s">
+        <v>1742</v>
+      </c>
+      <c r="C18" t="s">
         <v>135</v>
       </c>
-      <c r="B1" s="2" t="s">
-[...21 lines deleted...]
-      <c r="A3" t="s">
+      <c r="D18" t="s">
+        <v>1743</v>
+      </c>
+    </row>
+    <row r="19" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B19" t="s">
+        <v>1744</v>
+      </c>
+      <c r="C19" t="s">
+        <v>138</v>
+      </c>
+      <c r="D19" t="s">
+        <v>1745</v>
+      </c>
+    </row>
+    <row r="20" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B20" t="s">
+        <v>1746</v>
+      </c>
+      <c r="C20" t="s">
+        <v>243</v>
+      </c>
+      <c r="D20" t="s">
+        <v>1747</v>
+      </c>
+    </row>
+    <row r="21" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B21" t="s">
+        <v>340</v>
+      </c>
+      <c r="C21" t="s">
+        <v>246</v>
+      </c>
+      <c r="D21" t="s">
+        <v>1748</v>
+      </c>
+    </row>
+    <row r="22" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B22" t="s">
+        <v>1749</v>
+      </c>
+      <c r="D22" t="s">
+        <v>1750</v>
+      </c>
+    </row>
+    <row r="23" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B23" t="s">
         <v>1751</v>
       </c>
-      <c r="B3" t="s">
-[...2 lines deleted...]
-      <c r="D3" t="s">
+      <c r="C23" t="s">
+        <v>185</v>
+      </c>
+      <c r="D23" t="s">
         <v>1752</v>
       </c>
     </row>
-    <row r="4" spans="2:4">
-      <c r="B4" t="s">
+    <row r="24" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B24" t="s">
         <v>1753</v>
       </c>
-      <c r="D4" t="s">
+      <c r="C24" t="s">
+        <v>188</v>
+      </c>
+      <c r="D24" t="s">
         <v>1754</v>
       </c>
     </row>
-    <row r="5" spans="2:4">
-[...3 lines deleted...]
-      <c r="D5" t="s">
+    <row r="25" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B25" t="s">
         <v>1755</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="D6" t="s">
+      <c r="C25" t="s">
+        <v>191</v>
+      </c>
+      <c r="D25" t="s">
         <v>1756</v>
       </c>
     </row>
-    <row r="7" spans="2:4">
-      <c r="B7" t="s">
+    <row r="26" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B26" t="s">
         <v>1757</v>
       </c>
-      <c r="D7" t="s">
+      <c r="D26" t="s">
         <v>1758</v>
       </c>
     </row>
-    <row r="8" spans="2:4">
-      <c r="B8" t="s">
+    <row r="27" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B27" t="s">
         <v>1759</v>
       </c>
-      <c r="D8" t="s">
+      <c r="C27" t="s">
+        <v>194</v>
+      </c>
+      <c r="D27" t="s">
         <v>1760</v>
       </c>
     </row>
-    <row r="9" spans="2:4">
-[...3 lines deleted...]
-      <c r="D9" t="s">
+    <row r="28" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B28" t="s">
         <v>1761</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B10" t="s">
+      <c r="C28" t="s">
+        <v>261</v>
+      </c>
+      <c r="D28" t="s">
         <v>1762</v>
       </c>
-      <c r="D10" t="s">
+    </row>
+    <row r="29" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B29" t="s">
         <v>1763</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B11" t="s">
+      <c r="C29" t="s">
+        <v>266</v>
+      </c>
+      <c r="D29" t="s">
         <v>1764</v>
       </c>
-      <c r="C11" t="s">
-[...2 lines deleted...]
-      <c r="D11" t="s">
+    </row>
+    <row r="30" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B30" t="s">
         <v>1765</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B12" t="s">
+      <c r="D30" t="s">
         <v>1766</v>
       </c>
-      <c r="C12" t="s">
-[...2 lines deleted...]
-      <c r="D12" t="s">
+    </row>
+    <row r="31" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B31" t="s">
         <v>1767</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B13" t="s">
+      <c r="C31" t="s">
+        <v>269</v>
+      </c>
+      <c r="D31" t="s">
         <v>1768</v>
       </c>
-      <c r="C13" t="s">
-[...2 lines deleted...]
-      <c r="D13" t="s">
+    </row>
+    <row r="32" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B32" t="s">
         <v>1769</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B14" t="s">
+      <c r="C32" t="s">
+        <v>272</v>
+      </c>
+      <c r="D32" t="s">
         <v>1770</v>
       </c>
-      <c r="C14" t="s">
-[...2 lines deleted...]
-      <c r="D14" t="s">
+    </row>
+    <row r="33" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B33" t="s">
         <v>1771</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B15" t="s">
+      <c r="C33" t="s">
+        <v>275</v>
+      </c>
+      <c r="D33" t="s">
         <v>1772</v>
       </c>
-      <c r="D15" t="s">
+    </row>
+    <row r="34" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B34" t="s">
         <v>1773</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B16" t="s">
+      <c r="C34" t="s">
+        <v>587</v>
+      </c>
+      <c r="D34" t="s">
         <v>1774</v>
       </c>
-      <c r="C16" t="s">
-[...2 lines deleted...]
-      <c r="D16" t="s">
+    </row>
+    <row r="35" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B35" t="s">
         <v>1775</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B17" t="s">
+      <c r="C35" t="s">
+        <v>283</v>
+      </c>
+      <c r="D35" t="s">
         <v>1776</v>
       </c>
-      <c r="C17" t="s">
-[...2 lines deleted...]
-      <c r="D17" t="s">
+    </row>
+    <row r="36" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B36" t="s">
         <v>1777</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B18" t="s">
+      <c r="D36" t="s">
         <v>1778</v>
       </c>
-      <c r="C18" t="s">
-[...2 lines deleted...]
-      <c r="D18" t="s">
+    </row>
+    <row r="37" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B37" t="s">
         <v>1779</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B19" t="s">
+      <c r="C37" t="s">
+        <v>286</v>
+      </c>
+      <c r="D37" t="s">
         <v>1780</v>
       </c>
-      <c r="C19" t="s">
-[...2 lines deleted...]
-      <c r="D19" t="s">
+    </row>
+    <row r="38" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B38" t="s">
+        <v>412</v>
+      </c>
+      <c r="C38" t="s">
+        <v>752</v>
+      </c>
+      <c r="D38" t="s">
         <v>1781</v>
       </c>
     </row>
-    <row r="20" spans="2:4">
-      <c r="B20" t="s">
+    <row r="39" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B39" t="s">
         <v>1782</v>
       </c>
-      <c r="C20" t="s">
-[...2 lines deleted...]
-      <c r="D20" t="s">
+      <c r="C39" t="s">
+        <v>1058</v>
+      </c>
+      <c r="D39" t="s">
         <v>1783</v>
       </c>
     </row>
-    <row r="21" spans="2:4">
-[...6 lines deleted...]
-      <c r="D21" t="s">
+    <row r="40" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B40" t="s">
         <v>1784</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B22" t="s">
+      <c r="C40" t="s">
+        <v>1061</v>
+      </c>
+      <c r="D40" t="s">
         <v>1785</v>
       </c>
-      <c r="D22" t="s">
+    </row>
+    <row r="41" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B41" t="s">
         <v>1786</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B23" t="s">
+      <c r="C41" t="s">
+        <v>1064</v>
+      </c>
+      <c r="D41" t="s">
         <v>1787</v>
       </c>
-      <c r="C23" t="s">
-[...2 lines deleted...]
-      <c r="D23" t="s">
+    </row>
+    <row r="42" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B42" t="s">
+        <v>867</v>
+      </c>
+      <c r="C42" t="s">
         <v>1788</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B24" t="s">
+      <c r="D42" t="s">
         <v>1789</v>
       </c>
-      <c r="C24" t="s">
-[...2 lines deleted...]
-      <c r="D24" t="s">
+    </row>
+    <row r="43" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B43" t="s">
         <v>1790</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B25" t="s">
+      <c r="C43" t="s">
         <v>1791</v>
       </c>
-      <c r="C25" t="s">
-[...2 lines deleted...]
-      <c r="D25" t="s">
+      <c r="D43" t="s">
         <v>1792</v>
       </c>
     </row>
-    <row r="26" spans="2:4">
-      <c r="B26" t="s">
+    <row r="44" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B44" t="s">
         <v>1793</v>
       </c>
-      <c r="D26" t="s">
+      <c r="C44" t="s">
         <v>1794</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B27" t="s">
+      <c r="D44" t="s">
         <v>1795</v>
       </c>
-      <c r="C27" t="s">
-[...2 lines deleted...]
-      <c r="D27" t="s">
+    </row>
+    <row r="45" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B45" t="s">
         <v>1796</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B28" t="s">
+      <c r="C45" t="s">
         <v>1797</v>
       </c>
-      <c r="C28" t="s">
-[...2 lines deleted...]
-      <c r="D28" t="s">
+      <c r="D45" t="s">
         <v>1798</v>
-      </c>
-[...179 lines deleted...]
-        <v>1834</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <sheetPr/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <dimension ref="A1:D30"/>
   <sheetViews>
-    <sheetView view="normal" workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="12.75" baseColWidth="0"/>
+  <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="4" width="50.7109375" customWidth="1"/>
+    <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:4">
-[...13 lines deleted...]
-    <row r="2" spans="1:4">
+    <row r="1" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A1" s="1" t="s">
+        <v>99</v>
+      </c>
+      <c r="B1" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" s="1" t="s">
+        <v>100</v>
+      </c>
+      <c r="D1" s="1" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="2" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
+        <v>10</v>
+      </c>
+      <c r="B2" t="s">
+        <v>11</v>
+      </c>
+      <c r="D2" t="s">
         <v>12</v>
       </c>
-      <c r="B2" t="s">
-[...6 lines deleted...]
-    <row r="3" spans="1:4">
+    </row>
+    <row r="3" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
+        <v>140</v>
+      </c>
+      <c r="B3" t="s">
+        <v>102</v>
+      </c>
+      <c r="D3" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="4" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B4" t="s">
+        <v>104</v>
+      </c>
+      <c r="D4" t="s">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="5" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B5" t="s">
+        <v>143</v>
+      </c>
+      <c r="D5" t="s">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="6" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B6" t="s">
+        <v>106</v>
+      </c>
+      <c r="D6" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="7" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B7" t="s">
+        <v>108</v>
+      </c>
+      <c r="D7" t="s">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="8" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B8" t="s">
+        <v>147</v>
+      </c>
+      <c r="C8" t="s">
+        <v>148</v>
+      </c>
+      <c r="D8" t="s">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="9" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B9" t="s">
+        <v>150</v>
+      </c>
+      <c r="C9" t="s">
+        <v>151</v>
+      </c>
+      <c r="D9" t="s">
+        <v>152</v>
+      </c>
+    </row>
+    <row r="10" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B10" t="s">
+        <v>153</v>
+      </c>
+      <c r="D10" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="11" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B11" t="s">
+        <v>155</v>
+      </c>
+      <c r="C11" t="s">
+        <v>156</v>
+      </c>
+      <c r="D11" t="s">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="12" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B12" t="s">
+        <v>158</v>
+      </c>
+      <c r="C12" t="s">
+        <v>159</v>
+      </c>
+      <c r="D12" t="s">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="13" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B13" t="s">
+        <v>161</v>
+      </c>
+      <c r="C13" t="s">
+        <v>162</v>
+      </c>
+      <c r="D13" t="s">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="14" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B14" t="s">
+        <v>164</v>
+      </c>
+      <c r="C14" t="s">
+        <v>165</v>
+      </c>
+      <c r="D14" t="s">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="15" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B15" t="s">
+        <v>167</v>
+      </c>
+      <c r="C15" t="s">
+        <v>168</v>
+      </c>
+      <c r="D15" t="s">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="16" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B16" t="s">
+        <v>170</v>
+      </c>
+      <c r="D16" t="s">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="17" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B17" t="s">
+        <v>172</v>
+      </c>
+      <c r="C17" t="s">
+        <v>173</v>
+      </c>
+      <c r="D17" t="s">
+        <v>174</v>
+      </c>
+    </row>
+    <row r="18" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B18" t="s">
+        <v>175</v>
+      </c>
+      <c r="C18" t="s">
         <v>176</v>
       </c>
-      <c r="B3" t="s">
-[...2 lines deleted...]
-      <c r="D3" t="s">
+      <c r="D18" t="s">
         <v>177</v>
       </c>
     </row>
-    <row r="4" spans="2:4">
-[...3 lines deleted...]
-      <c r="D4" t="s">
+    <row r="19" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B19" t="s">
         <v>178</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B5" t="s">
+      <c r="C19" t="s">
         <v>179</v>
       </c>
-      <c r="D5" t="s">
+      <c r="D19" t="s">
         <v>180</v>
       </c>
     </row>
-    <row r="6" spans="2:4">
-[...3 lines deleted...]
-      <c r="D6" t="s">
+    <row r="20" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B20" t="s">
         <v>181</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="D7" t="s">
+      <c r="C20" t="s">
         <v>182</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B8" t="s">
+      <c r="D20" t="s">
         <v>183</v>
       </c>
-      <c r="C8" t="s">
+    </row>
+    <row r="21" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B21" t="s">
         <v>184</v>
       </c>
-      <c r="D8" t="s">
+      <c r="C21" t="s">
         <v>185</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B9" t="s">
+      <c r="D21" t="s">
         <v>186</v>
       </c>
-      <c r="C9" t="s">
+    </row>
+    <row r="22" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B22" t="s">
         <v>187</v>
       </c>
-      <c r="D9" t="s">
+      <c r="C22" t="s">
         <v>188</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B10" t="s">
+      <c r="D22" t="s">
         <v>189</v>
       </c>
-      <c r="D10" t="s">
+    </row>
+    <row r="23" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B23" t="s">
         <v>190</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B11" t="s">
+      <c r="C23" t="s">
         <v>191</v>
       </c>
-      <c r="C11" t="s">
+      <c r="D23" t="s">
         <v>192</v>
       </c>
-      <c r="D11" t="s">
+    </row>
+    <row r="24" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B24" t="s">
         <v>193</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B12" t="s">
+      <c r="C24" t="s">
         <v>194</v>
       </c>
-      <c r="C12" t="s">
+      <c r="D24" t="s">
         <v>195</v>
       </c>
-      <c r="D12" t="s">
+    </row>
+    <row r="25" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B25" t="s">
         <v>196</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B13" t="s">
+      <c r="C25" t="s">
         <v>197</v>
       </c>
-      <c r="C13" t="s">
+      <c r="D25" t="s">
         <v>198</v>
       </c>
-      <c r="D13" t="s">
+    </row>
+    <row r="26" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B26" t="s">
         <v>199</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B14" t="s">
+      <c r="D26" t="s">
         <v>200</v>
       </c>
-      <c r="C14" t="s">
+    </row>
+    <row r="27" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B27" t="s">
         <v>201</v>
       </c>
-      <c r="D14" t="s">
+      <c r="C27" t="s">
         <v>202</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B15" t="s">
+      <c r="D27" t="s">
         <v>203</v>
       </c>
-      <c r="C15" t="s">
+    </row>
+    <row r="28" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B28" t="s">
         <v>204</v>
       </c>
-      <c r="D15" t="s">
+      <c r="C28" t="s">
         <v>205</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B16" t="s">
+      <c r="D28" t="s">
         <v>206</v>
       </c>
-      <c r="D16" t="s">
+    </row>
+    <row r="29" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B29" t="s">
         <v>207</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B17" t="s">
+      <c r="C29" t="s">
         <v>208</v>
       </c>
-      <c r="C17" t="s">
+      <c r="D29" t="s">
         <v>209</v>
       </c>
-      <c r="D17" t="s">
+    </row>
+    <row r="30" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B30" t="s">
         <v>210</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B18" t="s">
+      <c r="C30" t="s">
         <v>211</v>
       </c>
-      <c r="C18" t="s">
+      <c r="D30" t="s">
         <v>212</v>
-      </c>
-[...130 lines deleted...]
-        <v>248</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet30.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <sheetPr/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1D00-000000000000}">
   <dimension ref="A1:D44"/>
   <sheetViews>
-    <sheetView view="normal" workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="12.75" baseColWidth="0"/>
+  <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="4" width="50.7109375" customWidth="1"/>
+    <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:4">
-      <c r="A1" s="2" t="s">
+    <row r="1" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A1" s="1" t="s">
+        <v>99</v>
+      </c>
+      <c r="B1" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" s="1" t="s">
+        <v>100</v>
+      </c>
+      <c r="D1" s="1" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="2" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A2" t="s">
+        <v>90</v>
+      </c>
+      <c r="B2" t="s">
+        <v>91</v>
+      </c>
+      <c r="D2" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="3" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A3" t="s">
+        <v>1799</v>
+      </c>
+      <c r="B3" t="s">
+        <v>102</v>
+      </c>
+      <c r="D3" t="s">
+        <v>1801</v>
+      </c>
+    </row>
+    <row r="4" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A4" t="s">
+        <v>1800</v>
+      </c>
+      <c r="B4" t="s">
+        <v>104</v>
+      </c>
+      <c r="D4" t="s">
+        <v>1802</v>
+      </c>
+    </row>
+    <row r="5" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B5" t="s">
+        <v>106</v>
+      </c>
+      <c r="D5" t="s">
+        <v>1803</v>
+      </c>
+    </row>
+    <row r="6" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B6" t="s">
+        <v>219</v>
+      </c>
+      <c r="D6" t="s">
+        <v>1804</v>
+      </c>
+    </row>
+    <row r="7" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B7" t="s">
+        <v>391</v>
+      </c>
+      <c r="D7" t="s">
+        <v>1805</v>
+      </c>
+    </row>
+    <row r="8" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B8" t="s">
+        <v>1806</v>
+      </c>
+      <c r="D8" t="s">
+        <v>1807</v>
+      </c>
+    </row>
+    <row r="9" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B9" t="s">
+        <v>1808</v>
+      </c>
+      <c r="D9" t="s">
+        <v>1809</v>
+      </c>
+    </row>
+    <row r="10" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B10" t="s">
+        <v>1810</v>
+      </c>
+      <c r="C10" t="s">
+        <v>115</v>
+      </c>
+      <c r="D10" t="s">
+        <v>1811</v>
+      </c>
+    </row>
+    <row r="11" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B11" t="s">
+        <v>1812</v>
+      </c>
+      <c r="C11" t="s">
+        <v>118</v>
+      </c>
+      <c r="D11" t="s">
+        <v>1813</v>
+      </c>
+    </row>
+    <row r="12" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B12" t="s">
+        <v>1814</v>
+      </c>
+      <c r="C12" t="s">
+        <v>121</v>
+      </c>
+      <c r="D12" t="s">
+        <v>1815</v>
+      </c>
+    </row>
+    <row r="13" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B13" t="s">
+        <v>1816</v>
+      </c>
+      <c r="C13" t="s">
+        <v>124</v>
+      </c>
+      <c r="D13" t="s">
+        <v>1817</v>
+      </c>
+    </row>
+    <row r="14" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B14" t="s">
+        <v>1818</v>
+      </c>
+      <c r="D14" t="s">
+        <v>1819</v>
+      </c>
+    </row>
+    <row r="15" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B15" t="s">
+        <v>1820</v>
+      </c>
+      <c r="C15" t="s">
+        <v>127</v>
+      </c>
+      <c r="D15" t="s">
+        <v>1821</v>
+      </c>
+    </row>
+    <row r="16" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B16" t="s">
+        <v>1822</v>
+      </c>
+      <c r="C16" t="s">
+        <v>132</v>
+      </c>
+      <c r="D16" t="s">
+        <v>1823</v>
+      </c>
+    </row>
+    <row r="17" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B17" t="s">
+        <v>1824</v>
+      </c>
+      <c r="C17" t="s">
         <v>135</v>
       </c>
-      <c r="B1" s="2" t="s">
-[...21 lines deleted...]
-      <c r="A3" t="s">
+      <c r="D17" t="s">
+        <v>1825</v>
+      </c>
+    </row>
+    <row r="18" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B18" t="s">
+        <v>1826</v>
+      </c>
+      <c r="D18" t="s">
+        <v>1827</v>
+      </c>
+    </row>
+    <row r="19" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B19" t="s">
+        <v>1828</v>
+      </c>
+      <c r="C19" t="s">
+        <v>138</v>
+      </c>
+      <c r="D19" t="s">
+        <v>1829</v>
+      </c>
+    </row>
+    <row r="20" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B20" t="s">
+        <v>1830</v>
+      </c>
+      <c r="C20" t="s">
+        <v>243</v>
+      </c>
+      <c r="D20" t="s">
+        <v>1831</v>
+      </c>
+    </row>
+    <row r="21" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B21" t="s">
+        <v>1832</v>
+      </c>
+      <c r="D21" t="s">
+        <v>1833</v>
+      </c>
+    </row>
+    <row r="22" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B22" t="s">
+        <v>1834</v>
+      </c>
+      <c r="C22" t="s">
+        <v>246</v>
+      </c>
+      <c r="D22" t="s">
         <v>1835</v>
       </c>
-      <c r="B3" t="s">
-[...2 lines deleted...]
-      <c r="D3" t="s">
+    </row>
+    <row r="23" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B23" t="s">
+        <v>1836</v>
+      </c>
+      <c r="C23" t="s">
+        <v>249</v>
+      </c>
+      <c r="D23" t="s">
         <v>1837</v>
       </c>
     </row>
-    <row r="4" spans="1:4">
-[...6 lines deleted...]
-      <c r="D4" t="s">
+    <row r="24" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B24" t="s">
         <v>1838</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="D5" t="s">
+      <c r="C24" t="s">
+        <v>252</v>
+      </c>
+      <c r="D24" t="s">
         <v>1839</v>
       </c>
     </row>
-    <row r="6" spans="2:4">
-      <c r="B6" t="s">
+    <row r="25" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B25" t="s">
+        <v>1840</v>
+      </c>
+      <c r="C25" t="s">
         <v>255</v>
       </c>
-      <c r="D6" t="s">
-[...7 lines deleted...]
-      <c r="D7" t="s">
+      <c r="D25" t="s">
         <v>1841</v>
       </c>
     </row>
-    <row r="8" spans="2:4">
-      <c r="B8" t="s">
+    <row r="26" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B26" t="s">
         <v>1842</v>
       </c>
-      <c r="D8" t="s">
+      <c r="C26" t="s">
+        <v>258</v>
+      </c>
+      <c r="D26" t="s">
         <v>1843</v>
       </c>
     </row>
-    <row r="9" spans="2:4">
-      <c r="B9" t="s">
+    <row r="27" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B27" t="s">
         <v>1844</v>
       </c>
-      <c r="D9" t="s">
+      <c r="C27" t="s">
+        <v>261</v>
+      </c>
+      <c r="D27" t="s">
         <v>1845</v>
       </c>
     </row>
-    <row r="10" spans="2:4">
-      <c r="B10" t="s">
+    <row r="28" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B28" t="s">
         <v>1846</v>
       </c>
-      <c r="C10" t="s">
-[...2 lines deleted...]
-      <c r="D10" t="s">
+      <c r="D28" t="s">
         <v>1847</v>
       </c>
     </row>
-    <row r="11" spans="2:4">
-      <c r="B11" t="s">
+    <row r="29" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B29" t="s">
         <v>1848</v>
       </c>
-      <c r="C11" t="s">
-[...2 lines deleted...]
-      <c r="D11" t="s">
+      <c r="C29" t="s">
+        <v>266</v>
+      </c>
+      <c r="D29" t="s">
         <v>1849</v>
       </c>
     </row>
-    <row r="12" spans="2:4">
-      <c r="B12" t="s">
+    <row r="30" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B30" t="s">
         <v>1850</v>
       </c>
-      <c r="C12" t="s">
-[...2 lines deleted...]
-      <c r="D12" t="s">
+      <c r="C30" t="s">
+        <v>269</v>
+      </c>
+      <c r="D30" t="s">
         <v>1851</v>
       </c>
     </row>
-    <row r="13" spans="2:4">
-      <c r="B13" t="s">
+    <row r="31" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B31" t="s">
         <v>1852</v>
       </c>
-      <c r="C13" t="s">
-[...2 lines deleted...]
-      <c r="D13" t="s">
+      <c r="D31" t="s">
         <v>1853</v>
       </c>
     </row>
-    <row r="14" spans="2:4">
-      <c r="B14" t="s">
+    <row r="32" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B32" t="s">
         <v>1854</v>
       </c>
-      <c r="D14" t="s">
+      <c r="C32" t="s">
+        <v>272</v>
+      </c>
+      <c r="D32" t="s">
         <v>1855</v>
       </c>
     </row>
-    <row r="15" spans="2:4">
-      <c r="B15" t="s">
+    <row r="33" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B33" t="s">
         <v>1856</v>
       </c>
-      <c r="C15" t="s">
-[...2 lines deleted...]
-      <c r="D15" t="s">
+      <c r="C33" t="s">
+        <v>275</v>
+      </c>
+      <c r="D33" t="s">
         <v>1857</v>
       </c>
     </row>
-    <row r="16" spans="2:4">
-      <c r="B16" t="s">
+    <row r="34" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B34" t="s">
         <v>1858</v>
       </c>
-      <c r="C16" t="s">
-[...2 lines deleted...]
-      <c r="D16" t="s">
+      <c r="C34" t="s">
+        <v>278</v>
+      </c>
+      <c r="D34" t="s">
         <v>1859</v>
       </c>
     </row>
-    <row r="17" spans="2:4">
-      <c r="B17" t="s">
+    <row r="35" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B35" t="s">
         <v>1860</v>
       </c>
-      <c r="C17" t="s">
-[...2 lines deleted...]
-      <c r="D17" t="s">
+      <c r="D35" t="s">
         <v>1861</v>
       </c>
     </row>
-    <row r="18" spans="2:4">
-      <c r="B18" t="s">
+    <row r="36" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B36" t="s">
         <v>1862</v>
       </c>
-      <c r="D18" t="s">
+      <c r="C36" t="s">
+        <v>283</v>
+      </c>
+      <c r="D36" t="s">
         <v>1863</v>
       </c>
     </row>
-    <row r="19" spans="2:4">
-      <c r="B19" t="s">
+    <row r="37" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B37" t="s">
         <v>1864</v>
       </c>
-      <c r="C19" t="s">
-[...2 lines deleted...]
-      <c r="D19" t="s">
+      <c r="C37" t="s">
+        <v>286</v>
+      </c>
+      <c r="D37" t="s">
         <v>1865</v>
       </c>
     </row>
-    <row r="20" spans="2:4">
-      <c r="B20" t="s">
+    <row r="38" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B38" t="s">
         <v>1866</v>
       </c>
-      <c r="C20" t="s">
-[...2 lines deleted...]
-      <c r="D20" t="s">
+      <c r="C38" t="s">
+        <v>752</v>
+      </c>
+      <c r="D38" t="s">
         <v>1867</v>
       </c>
     </row>
-    <row r="21" spans="2:4">
-      <c r="B21" t="s">
+    <row r="39" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B39" t="s">
         <v>1868</v>
       </c>
-      <c r="D21" t="s">
+      <c r="D39" t="s">
         <v>1869</v>
       </c>
     </row>
-    <row r="22" spans="2:4">
-      <c r="B22" t="s">
+    <row r="40" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B40" t="s">
         <v>1870</v>
       </c>
-      <c r="C22" t="s">
-[...2 lines deleted...]
-      <c r="D22" t="s">
+      <c r="C40" t="s">
+        <v>1058</v>
+      </c>
+      <c r="D40" t="s">
         <v>1871</v>
       </c>
     </row>
-    <row r="23" spans="2:4">
-      <c r="B23" t="s">
+    <row r="41" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B41" t="s">
         <v>1872</v>
       </c>
-      <c r="C23" t="s">
-[...2 lines deleted...]
-      <c r="D23" t="s">
+      <c r="C41" t="s">
+        <v>1061</v>
+      </c>
+      <c r="D41" t="s">
         <v>1873</v>
       </c>
     </row>
-    <row r="24" spans="2:4">
-      <c r="B24" t="s">
+    <row r="42" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B42" t="s">
         <v>1874</v>
       </c>
-      <c r="C24" t="s">
-[...2 lines deleted...]
-      <c r="D24" t="s">
+      <c r="D42" t="s">
         <v>1875</v>
       </c>
     </row>
-    <row r="25" spans="2:4">
-      <c r="B25" t="s">
+    <row r="43" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B43" t="s">
+        <v>300</v>
+      </c>
+      <c r="D43" t="s">
         <v>1876</v>
       </c>
-      <c r="C25" t="s">
-[...2 lines deleted...]
-      <c r="D25" t="s">
+    </row>
+    <row r="44" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B44" t="s">
+        <v>300</v>
+      </c>
+      <c r="D44" t="s">
         <v>1877</v>
-      </c>
-[...186 lines deleted...]
-        <v>1913</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet31.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-[...1 lines deleted...]
-  <dimension ref="A1:D105"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1E00-000000000000}">
+  <dimension ref="A1:D95"/>
   <sheetViews>
-    <sheetView view="normal" workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="12.75" baseColWidth="0"/>
+  <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="4" width="50.7109375" customWidth="1"/>
+    <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:4">
-      <c r="A1" s="2" t="s">
+    <row r="1" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A1" s="1" t="s">
+        <v>99</v>
+      </c>
+      <c r="B1" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" s="1" t="s">
+        <v>100</v>
+      </c>
+      <c r="D1" s="1" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="2" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A2" s="8" t="s">
+        <v>2223</v>
+      </c>
+      <c r="B2" s="8" t="s">
+        <v>2225</v>
+      </c>
+      <c r="C2" s="8"/>
+      <c r="D2" s="8" t="s">
+        <v>2224</v>
+      </c>
+    </row>
+    <row r="3" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A3" s="8" t="s">
+        <v>2226</v>
+      </c>
+      <c r="B3" s="8" t="s">
+        <v>102</v>
+      </c>
+      <c r="C3" s="8"/>
+      <c r="D3" s="8" t="s">
+        <v>2227</v>
+      </c>
+    </row>
+    <row r="4" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A4" s="8" t="s">
+        <v>2228</v>
+      </c>
+      <c r="B4" s="8" t="s">
+        <v>2229</v>
+      </c>
+      <c r="C4" s="8"/>
+      <c r="D4" s="8" t="s">
+        <v>2230</v>
+      </c>
+    </row>
+    <row r="5" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A5" s="8"/>
+      <c r="B5" s="8" t="s">
+        <v>2225</v>
+      </c>
+      <c r="C5" s="8"/>
+      <c r="D5" s="8" t="s">
+        <v>2231</v>
+      </c>
+    </row>
+    <row r="6" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A6" s="8"/>
+      <c r="B6" s="8" t="s">
+        <v>104</v>
+      </c>
+      <c r="C6" s="8"/>
+      <c r="D6" s="8" t="s">
+        <v>2232</v>
+      </c>
+    </row>
+    <row r="7" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A7" s="8"/>
+      <c r="B7" s="8" t="s">
+        <v>143</v>
+      </c>
+      <c r="C7" s="8"/>
+      <c r="D7" s="8" t="s">
+        <v>2233</v>
+      </c>
+    </row>
+    <row r="8" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A8" s="8"/>
+      <c r="B8" s="8" t="s">
+        <v>306</v>
+      </c>
+      <c r="C8" s="8"/>
+      <c r="D8" s="8" t="s">
+        <v>2234</v>
+      </c>
+    </row>
+    <row r="9" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A9" s="8"/>
+      <c r="B9" s="8" t="s">
+        <v>106</v>
+      </c>
+      <c r="C9" s="8"/>
+      <c r="D9" s="8" t="s">
+        <v>2235</v>
+      </c>
+    </row>
+    <row r="10" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A10" s="8"/>
+      <c r="B10" s="8" t="s">
+        <v>108</v>
+      </c>
+      <c r="C10" s="8"/>
+      <c r="D10" s="8" t="s">
+        <v>2236</v>
+      </c>
+    </row>
+    <row r="11" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A11" s="8"/>
+      <c r="B11" s="8" t="s">
+        <v>1878</v>
+      </c>
+      <c r="C11" s="8"/>
+      <c r="D11" s="8" t="s">
+        <v>2237</v>
+      </c>
+    </row>
+    <row r="12" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A12" s="8"/>
+      <c r="B12" s="8" t="s">
+        <v>1879</v>
+      </c>
+      <c r="C12" s="8" t="s">
+        <v>115</v>
+      </c>
+      <c r="D12" s="8" t="s">
+        <v>2238</v>
+      </c>
+    </row>
+    <row r="13" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A13" s="8"/>
+      <c r="B13" s="8" t="s">
+        <v>2239</v>
+      </c>
+      <c r="C13" s="8" t="s">
+        <v>118</v>
+      </c>
+      <c r="D13" s="8" t="s">
+        <v>2240</v>
+      </c>
+    </row>
+    <row r="14" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A14" s="8"/>
+      <c r="B14" s="8" t="s">
+        <v>1880</v>
+      </c>
+      <c r="C14" s="8" t="s">
+        <v>121</v>
+      </c>
+      <c r="D14" s="8" t="s">
+        <v>2241</v>
+      </c>
+    </row>
+    <row r="15" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A15" s="8"/>
+      <c r="B15" s="8" t="s">
+        <v>1881</v>
+      </c>
+      <c r="C15" s="8" t="s">
+        <v>124</v>
+      </c>
+      <c r="D15" s="8" t="s">
+        <v>2242</v>
+      </c>
+    </row>
+    <row r="16" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A16" s="8"/>
+      <c r="B16" s="8" t="s">
+        <v>2243</v>
+      </c>
+      <c r="C16" s="8" t="s">
+        <v>127</v>
+      </c>
+      <c r="D16" s="8" t="s">
+        <v>2244</v>
+      </c>
+    </row>
+    <row r="17" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B17" s="8" t="s">
+        <v>1882</v>
+      </c>
+      <c r="C17" s="8"/>
+      <c r="D17" s="8" t="s">
+        <v>2245</v>
+      </c>
+    </row>
+    <row r="18" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B18" s="8" t="s">
+        <v>2246</v>
+      </c>
+      <c r="C18" s="8" t="s">
+        <v>132</v>
+      </c>
+      <c r="D18" s="8" t="s">
+        <v>2247</v>
+      </c>
+    </row>
+    <row r="19" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B19" s="8" t="s">
+        <v>2248</v>
+      </c>
+      <c r="C19" s="8" t="s">
         <v>135</v>
       </c>
-      <c r="B1" s="2" t="s">
-[...21 lines deleted...]
-      <c r="A3" t="s">
+      <c r="D19" s="8" t="s">
+        <v>2249</v>
+      </c>
+    </row>
+    <row r="20" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B20" s="8" t="s">
+        <v>2250</v>
+      </c>
+      <c r="C20" s="8" t="s">
+        <v>138</v>
+      </c>
+      <c r="D20" s="8" t="s">
+        <v>2251</v>
+      </c>
+    </row>
+    <row r="21" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B21" s="8" t="s">
+        <v>2252</v>
+      </c>
+      <c r="C21" s="8" t="s">
+        <v>243</v>
+      </c>
+      <c r="D21" s="8" t="s">
+        <v>2253</v>
+      </c>
+    </row>
+    <row r="22" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B22" s="8" t="s">
+        <v>2254</v>
+      </c>
+      <c r="C22" s="8" t="s">
+        <v>246</v>
+      </c>
+      <c r="D22" s="8" t="s">
+        <v>2255</v>
+      </c>
+    </row>
+    <row r="23" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B23" s="8" t="s">
+        <v>2256</v>
+      </c>
+      <c r="C23" s="8" t="s">
+        <v>249</v>
+      </c>
+      <c r="D23" s="8" t="s">
+        <v>2257</v>
+      </c>
+    </row>
+    <row r="24" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B24" s="8" t="s">
+        <v>2258</v>
+      </c>
+      <c r="C24" s="8" t="s">
+        <v>252</v>
+      </c>
+      <c r="D24" s="8" t="s">
+        <v>2259</v>
+      </c>
+    </row>
+    <row r="25" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B25" s="8" t="s">
+        <v>2260</v>
+      </c>
+      <c r="C25" s="8" t="s">
+        <v>255</v>
+      </c>
+      <c r="D25" s="8" t="s">
+        <v>2261</v>
+      </c>
+    </row>
+    <row r="26" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B26" s="8" t="s">
+        <v>2262</v>
+      </c>
+      <c r="C26" s="8" t="s">
+        <v>258</v>
+      </c>
+      <c r="D26" s="8" t="s">
+        <v>2263</v>
+      </c>
+    </row>
+    <row r="27" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B27" s="8" t="s">
+        <v>2264</v>
+      </c>
+      <c r="C27" s="8" t="s">
+        <v>261</v>
+      </c>
+      <c r="D27" s="8" t="s">
+        <v>2265</v>
+      </c>
+    </row>
+    <row r="28" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B28" s="8" t="s">
+        <v>2266</v>
+      </c>
+      <c r="C28" s="8" t="s">
+        <v>266</v>
+      </c>
+      <c r="D28" s="8" t="s">
+        <v>2267</v>
+      </c>
+    </row>
+    <row r="29" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B29" s="8" t="s">
+        <v>2268</v>
+      </c>
+      <c r="C29" s="8" t="s">
+        <v>269</v>
+      </c>
+      <c r="D29" s="8" t="s">
+        <v>2269</v>
+      </c>
+    </row>
+    <row r="30" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B30" s="8" t="s">
+        <v>1883</v>
+      </c>
+      <c r="C30" s="8" t="s">
+        <v>272</v>
+      </c>
+      <c r="D30" s="8" t="s">
+        <v>2270</v>
+      </c>
+    </row>
+    <row r="31" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B31" s="8" t="s">
+        <v>1884</v>
+      </c>
+      <c r="C31" s="8"/>
+      <c r="D31" s="8" t="s">
+        <v>2271</v>
+      </c>
+    </row>
+    <row r="32" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B32" s="8" t="s">
+        <v>2272</v>
+      </c>
+      <c r="C32" s="8" t="s">
+        <v>275</v>
+      </c>
+      <c r="D32" s="8" t="s">
+        <v>2273</v>
+      </c>
+    </row>
+    <row r="33" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B33" s="8" t="s">
+        <v>2274</v>
+      </c>
+      <c r="C33" s="8" t="s">
+        <v>278</v>
+      </c>
+      <c r="D33" s="8" t="s">
+        <v>2275</v>
+      </c>
+    </row>
+    <row r="34" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B34" s="8" t="s">
+        <v>2276</v>
+      </c>
+      <c r="C34" s="8" t="s">
+        <v>283</v>
+      </c>
+      <c r="D34" s="8" t="s">
+        <v>2277</v>
+      </c>
+    </row>
+    <row r="35" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B35" s="8" t="s">
+        <v>2278</v>
+      </c>
+      <c r="C35" s="8" t="s">
+        <v>286</v>
+      </c>
+      <c r="D35" s="8" t="s">
+        <v>2279</v>
+      </c>
+    </row>
+    <row r="36" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B36" s="8" t="s">
+        <v>2280</v>
+      </c>
+      <c r="C36" s="8" t="s">
+        <v>752</v>
+      </c>
+      <c r="D36" s="8" t="s">
+        <v>2281</v>
+      </c>
+    </row>
+    <row r="37" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B37" s="8" t="s">
+        <v>2282</v>
+      </c>
+      <c r="C37" s="8" t="s">
+        <v>1058</v>
+      </c>
+      <c r="D37" s="8" t="s">
+        <v>2283</v>
+      </c>
+    </row>
+    <row r="38" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B38" s="8" t="s">
+        <v>2284</v>
+      </c>
+      <c r="C38" s="8" t="s">
+        <v>1061</v>
+      </c>
+      <c r="D38" s="8" t="s">
+        <v>2285</v>
+      </c>
+    </row>
+    <row r="39" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B39" s="8" t="s">
+        <v>2286</v>
+      </c>
+      <c r="C39" s="8" t="s">
+        <v>1064</v>
+      </c>
+      <c r="D39" s="8" t="s">
+        <v>2287</v>
+      </c>
+    </row>
+    <row r="40" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B40" s="8" t="s">
+        <v>2288</v>
+      </c>
+      <c r="C40" s="8" t="s">
+        <v>1067</v>
+      </c>
+      <c r="D40" s="8" t="s">
+        <v>2289</v>
+      </c>
+    </row>
+    <row r="41" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B41" s="8" t="s">
+        <v>2290</v>
+      </c>
+      <c r="C41" s="8" t="s">
+        <v>1309</v>
+      </c>
+      <c r="D41" s="8" t="s">
+        <v>2291</v>
+      </c>
+    </row>
+    <row r="42" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B42" s="8" t="s">
+        <v>2292</v>
+      </c>
+      <c r="C42" s="8" t="s">
+        <v>1312</v>
+      </c>
+      <c r="D42" s="8" t="s">
+        <v>2293</v>
+      </c>
+    </row>
+    <row r="43" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B43" s="8" t="s">
+        <v>2294</v>
+      </c>
+      <c r="C43" s="8" t="s">
+        <v>1315</v>
+      </c>
+      <c r="D43" s="8" t="s">
+        <v>2295</v>
+      </c>
+    </row>
+    <row r="44" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B44" s="8" t="s">
+        <v>2296</v>
+      </c>
+      <c r="C44" s="8" t="s">
+        <v>1320</v>
+      </c>
+      <c r="D44" s="8" t="s">
+        <v>2297</v>
+      </c>
+    </row>
+    <row r="45" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B45" s="8" t="s">
+        <v>2298</v>
+      </c>
+      <c r="C45" s="8" t="s">
+        <v>1323</v>
+      </c>
+      <c r="D45" s="8" t="s">
+        <v>2299</v>
+      </c>
+    </row>
+    <row r="46" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B46" s="8" t="s">
+        <v>1885</v>
+      </c>
+      <c r="C46" s="8" t="s">
+        <v>1326</v>
+      </c>
+      <c r="D46" s="8" t="s">
+        <v>2300</v>
+      </c>
+    </row>
+    <row r="47" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B47" s="8" t="s">
+        <v>1886</v>
+      </c>
+      <c r="C47" s="8"/>
+      <c r="D47" s="8" t="s">
+        <v>2301</v>
+      </c>
+    </row>
+    <row r="48" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B48" s="8" t="s">
+        <v>2302</v>
+      </c>
+      <c r="C48" s="8" t="s">
+        <v>1887</v>
+      </c>
+      <c r="D48" s="8" t="s">
+        <v>2303</v>
+      </c>
+    </row>
+    <row r="49" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B49" s="8" t="s">
+        <v>2304</v>
+      </c>
+      <c r="C49" s="8" t="s">
+        <v>1888</v>
+      </c>
+      <c r="D49" s="8" t="s">
+        <v>2305</v>
+      </c>
+    </row>
+    <row r="50" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B50" s="8" t="s">
+        <v>2306</v>
+      </c>
+      <c r="C50" s="8" t="s">
+        <v>1889</v>
+      </c>
+      <c r="D50" s="8" t="s">
+        <v>2307</v>
+      </c>
+    </row>
+    <row r="51" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B51" s="8" t="s">
+        <v>2308</v>
+      </c>
+      <c r="C51" s="8" t="s">
+        <v>1890</v>
+      </c>
+      <c r="D51" s="8" t="s">
+        <v>2309</v>
+      </c>
+    </row>
+    <row r="52" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B52" s="8" t="s">
+        <v>2310</v>
+      </c>
+      <c r="C52" s="8" t="s">
+        <v>1891</v>
+      </c>
+      <c r="D52" s="8" t="s">
+        <v>2311</v>
+      </c>
+    </row>
+    <row r="53" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B53" s="8" t="s">
+        <v>2312</v>
+      </c>
+      <c r="C53" s="8" t="s">
+        <v>1892</v>
+      </c>
+      <c r="D53" s="8" t="s">
+        <v>2313</v>
+      </c>
+    </row>
+    <row r="54" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B54" s="8" t="s">
+        <v>2314</v>
+      </c>
+      <c r="C54" s="8" t="s">
+        <v>1893</v>
+      </c>
+      <c r="D54" s="8" t="s">
+        <v>2315</v>
+      </c>
+    </row>
+    <row r="55" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B55" s="8" t="s">
+        <v>1894</v>
+      </c>
+      <c r="C55" s="8" t="s">
+        <v>1895</v>
+      </c>
+      <c r="D55" s="8" t="s">
+        <v>2316</v>
+      </c>
+    </row>
+    <row r="56" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B56" s="8" t="s">
+        <v>1896</v>
+      </c>
+      <c r="C56" s="8"/>
+      <c r="D56" s="8" t="s">
+        <v>2317</v>
+      </c>
+    </row>
+    <row r="57" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B57" s="8" t="s">
+        <v>2318</v>
+      </c>
+      <c r="C57" s="8" t="s">
+        <v>1897</v>
+      </c>
+      <c r="D57" s="8" t="s">
+        <v>2319</v>
+      </c>
+    </row>
+    <row r="58" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B58" s="8" t="s">
+        <v>2320</v>
+      </c>
+      <c r="C58" s="8" t="s">
+        <v>1898</v>
+      </c>
+      <c r="D58" s="8" t="s">
+        <v>2321</v>
+      </c>
+    </row>
+    <row r="59" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B59" s="8" t="s">
+        <v>2322</v>
+      </c>
+      <c r="C59" s="8" t="s">
+        <v>1899</v>
+      </c>
+      <c r="D59" s="8" t="s">
+        <v>2323</v>
+      </c>
+    </row>
+    <row r="60" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B60" s="8" t="s">
+        <v>2324</v>
+      </c>
+      <c r="C60" s="8" t="s">
+        <v>1900</v>
+      </c>
+      <c r="D60" s="8" t="s">
+        <v>2325</v>
+      </c>
+    </row>
+    <row r="61" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B61" s="8" t="s">
+        <v>2326</v>
+      </c>
+      <c r="C61" s="8" t="s">
+        <v>1901</v>
+      </c>
+      <c r="D61" s="8" t="s">
+        <v>2327</v>
+      </c>
+    </row>
+    <row r="62" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B62" s="8" t="s">
+        <v>2328</v>
+      </c>
+      <c r="C62" s="8" t="s">
+        <v>1902</v>
+      </c>
+      <c r="D62" s="8" t="s">
+        <v>2329</v>
+      </c>
+    </row>
+    <row r="63" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B63" s="8" t="s">
+        <v>2330</v>
+      </c>
+      <c r="C63" s="8" t="s">
+        <v>1903</v>
+      </c>
+      <c r="D63" s="8" t="s">
+        <v>2331</v>
+      </c>
+    </row>
+    <row r="64" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B64" s="8" t="s">
+        <v>2332</v>
+      </c>
+      <c r="C64" s="8" t="s">
+        <v>1904</v>
+      </c>
+      <c r="D64" s="8" t="s">
+        <v>2333</v>
+      </c>
+    </row>
+    <row r="65" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B65" s="8" t="s">
+        <v>2334</v>
+      </c>
+      <c r="C65" s="8" t="s">
+        <v>1905</v>
+      </c>
+      <c r="D65" s="8" t="s">
+        <v>2335</v>
+      </c>
+    </row>
+    <row r="66" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B66" s="8" t="s">
+        <v>2336</v>
+      </c>
+      <c r="C66" s="8" t="s">
+        <v>1906</v>
+      </c>
+      <c r="D66" s="8" t="s">
+        <v>2337</v>
+      </c>
+    </row>
+    <row r="67" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B67" s="8" t="s">
+        <v>2338</v>
+      </c>
+      <c r="C67" s="8" t="s">
+        <v>1907</v>
+      </c>
+      <c r="D67" s="8" t="s">
+        <v>2339</v>
+      </c>
+    </row>
+    <row r="68" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B68" s="8" t="s">
+        <v>1908</v>
+      </c>
+      <c r="C68" s="8" t="s">
+        <v>1909</v>
+      </c>
+      <c r="D68" s="8" t="s">
+        <v>2340</v>
+      </c>
+    </row>
+    <row r="69" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B69" s="8" t="s">
+        <v>1910</v>
+      </c>
+      <c r="C69" s="8"/>
+      <c r="D69" s="8" t="s">
+        <v>2341</v>
+      </c>
+    </row>
+    <row r="70" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B70" s="8" t="s">
+        <v>2342</v>
+      </c>
+      <c r="C70" s="8" t="s">
+        <v>1911</v>
+      </c>
+      <c r="D70" s="8" t="s">
+        <v>2343</v>
+      </c>
+    </row>
+    <row r="71" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B71" s="8" t="s">
+        <v>2344</v>
+      </c>
+      <c r="C71" s="8" t="s">
+        <v>1912</v>
+      </c>
+      <c r="D71" s="8" t="s">
+        <v>2345</v>
+      </c>
+    </row>
+    <row r="72" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B72" s="8" t="s">
+        <v>2346</v>
+      </c>
+      <c r="C72" s="8" t="s">
+        <v>1913</v>
+      </c>
+      <c r="D72" s="8" t="s">
+        <v>2347</v>
+      </c>
+    </row>
+    <row r="73" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B73" s="8" t="s">
+        <v>2348</v>
+      </c>
+      <c r="C73" s="8" t="s">
         <v>1914</v>
       </c>
-      <c r="B3" t="s">
-[...2 lines deleted...]
-      <c r="D3" t="s">
+      <c r="D73" s="8" t="s">
+        <v>2349</v>
+      </c>
+    </row>
+    <row r="74" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B74" s="8" t="s">
+        <v>2350</v>
+      </c>
+      <c r="C74" s="8" t="s">
+        <v>1915</v>
+      </c>
+      <c r="D74" s="8" t="s">
+        <v>2351</v>
+      </c>
+    </row>
+    <row r="75" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B75" s="8" t="s">
+        <v>2352</v>
+      </c>
+      <c r="C75" s="8" t="s">
+        <v>1916</v>
+      </c>
+      <c r="D75" s="8" t="s">
+        <v>2353</v>
+      </c>
+    </row>
+    <row r="76" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B76" s="8" t="s">
+        <v>2354</v>
+      </c>
+      <c r="C76" s="8" t="s">
         <v>1917</v>
       </c>
-    </row>
-[...7 lines deleted...]
-      <c r="D4" t="s">
+      <c r="D76" s="8" t="s">
+        <v>2355</v>
+      </c>
+    </row>
+    <row r="77" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B77" s="8" t="s">
+        <v>2356</v>
+      </c>
+      <c r="C77" s="8" t="s">
         <v>1918</v>
       </c>
-    </row>
-[...7 lines deleted...]
-      <c r="D5" t="s">
+      <c r="D77" s="8" t="s">
+        <v>2357</v>
+      </c>
+    </row>
+    <row r="78" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B78" s="8" t="s">
         <v>1919</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="D6" t="s">
+      <c r="C78" s="8" t="s">
         <v>1920</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="D7" t="s">
+      <c r="D78" s="8" t="s">
+        <v>2358</v>
+      </c>
+    </row>
+    <row r="79" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B79" s="8" t="s">
         <v>1921</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="D8" t="s">
+      <c r="C79" s="8"/>
+      <c r="D79" s="8" t="s">
+        <v>2359</v>
+      </c>
+    </row>
+    <row r="80" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B80" s="8" t="s">
+        <v>2360</v>
+      </c>
+      <c r="C80" s="8" t="s">
         <v>1922</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B9" t="s">
+      <c r="D80" s="8" t="s">
+        <v>2361</v>
+      </c>
+    </row>
+    <row r="81" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B81" s="8" t="s">
+        <v>2362</v>
+      </c>
+      <c r="C81" s="8" t="s">
         <v>1923</v>
       </c>
-      <c r="D9" t="s">
+      <c r="D81" s="8" t="s">
+        <v>2363</v>
+      </c>
+    </row>
+    <row r="82" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B82" s="8" t="s">
+        <v>2364</v>
+      </c>
+      <c r="C82" s="8" t="s">
         <v>1924</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="D10" t="s">
+      <c r="D82" s="8" t="s">
+        <v>2365</v>
+      </c>
+    </row>
+    <row r="83" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B83" s="8" t="s">
+        <v>2366</v>
+      </c>
+      <c r="C83" s="8" t="s">
         <v>1925</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B11" t="s">
+      <c r="D83" s="8" t="s">
+        <v>2367</v>
+      </c>
+    </row>
+    <row r="84" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B84" s="8" t="s">
+        <v>2368</v>
+      </c>
+      <c r="C84" s="8" t="s">
         <v>1926</v>
       </c>
-      <c r="D11" t="s">
+      <c r="D84" s="8" t="s">
+        <v>2369</v>
+      </c>
+    </row>
+    <row r="85" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B85" s="8" t="s">
+        <v>2370</v>
+      </c>
+      <c r="C85" s="8" t="s">
         <v>1927</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="D12" t="s">
+      <c r="D85" s="8" t="s">
+        <v>2371</v>
+      </c>
+    </row>
+    <row r="86" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B86" s="8" t="s">
+        <v>2372</v>
+      </c>
+      <c r="C86" s="8" t="s">
         <v>1928</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B13" t="s">
+      <c r="D86" s="8" t="s">
+        <v>2373</v>
+      </c>
+    </row>
+    <row r="87" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B87" s="8" t="s">
+        <v>2374</v>
+      </c>
+      <c r="C87" s="8" t="s">
         <v>1929</v>
       </c>
-      <c r="D13" t="s">
+      <c r="D87" s="8" t="s">
+        <v>2375</v>
+      </c>
+    </row>
+    <row r="88" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B88" s="8" t="s">
         <v>1930</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="D14" t="s">
+      <c r="C88" s="8" t="s">
         <v>1931</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B15" t="s">
+      <c r="D88" s="8" t="s">
+        <v>2376</v>
+      </c>
+    </row>
+    <row r="89" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B89" s="8" t="s">
         <v>1932</v>
       </c>
-      <c r="D15" t="s">
+      <c r="C89" s="8"/>
+      <c r="D89" s="8" t="s">
+        <v>2377</v>
+      </c>
+    </row>
+    <row r="90" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B90" s="8" t="s">
         <v>1933</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="D16" t="s">
+      <c r="C90" s="8" t="s">
         <v>1934</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B17" t="s">
+      <c r="D90" s="8" t="s">
+        <v>2378</v>
+      </c>
+    </row>
+    <row r="91" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B91" s="8" t="s">
+        <v>2379</v>
+      </c>
+      <c r="C91" s="8" t="s">
         <v>1935</v>
       </c>
-      <c r="D17" t="s">
+      <c r="D91" s="8" t="s">
+        <v>2380</v>
+      </c>
+    </row>
+    <row r="92" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B92" s="8" t="s">
+        <v>2381</v>
+      </c>
+      <c r="C92" s="8" t="s">
         <v>1936</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="D18" t="s">
+      <c r="D92" s="8" t="s">
+        <v>2382</v>
+      </c>
+    </row>
+    <row r="93" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B93" s="8" t="s">
+        <v>2383</v>
+      </c>
+      <c r="C93" s="8" t="s">
         <v>1937</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B19" t="s">
+      <c r="D93" s="8" t="s">
+        <v>2384</v>
+      </c>
+    </row>
+    <row r="94" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B94" s="8" t="s">
+        <v>2385</v>
+      </c>
+      <c r="C94" s="8" t="s">
         <v>1938</v>
       </c>
-      <c r="D19" t="s">
+      <c r="D94" s="8" t="s">
+        <v>2386</v>
+      </c>
+    </row>
+    <row r="95" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B95" s="8" t="s">
+        <v>2387</v>
+      </c>
+      <c r="C95" s="8" t="s">
         <v>1939</v>
       </c>
-    </row>
-[...916 lines deleted...]
-        <v>2154</v>
+      <c r="D95" s="8" t="s">
+        <v>2388</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet32.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <sheetPr/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1F00-000000000000}">
   <dimension ref="A1:D134"/>
   <sheetViews>
-    <sheetView view="normal" workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="12.75" baseColWidth="0"/>
+  <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="4" width="50.7109375" customWidth="1"/>
+    <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:4">
-      <c r="A1" s="2" t="s">
+    <row r="1" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A1" s="1" t="s">
+        <v>99</v>
+      </c>
+      <c r="B1" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" s="1" t="s">
+        <v>100</v>
+      </c>
+      <c r="D1" s="1" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="2" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A2" t="s">
+        <v>93</v>
+      </c>
+      <c r="B2" t="s">
+        <v>94</v>
+      </c>
+      <c r="D2" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="3" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A3" t="s">
+        <v>1940</v>
+      </c>
+      <c r="B3" t="s">
+        <v>102</v>
+      </c>
+      <c r="D3" t="s">
+        <v>1941</v>
+      </c>
+    </row>
+    <row r="4" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B4" t="s">
+        <v>104</v>
+      </c>
+      <c r="D4" t="s">
+        <v>1942</v>
+      </c>
+    </row>
+    <row r="5" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B5" t="s">
+        <v>106</v>
+      </c>
+      <c r="D5" t="s">
+        <v>1943</v>
+      </c>
+    </row>
+    <row r="6" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B6" t="s">
+        <v>143</v>
+      </c>
+      <c r="D6" t="s">
+        <v>1944</v>
+      </c>
+    </row>
+    <row r="7" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B7" t="s">
+        <v>102</v>
+      </c>
+      <c r="D7" t="s">
+        <v>1945</v>
+      </c>
+    </row>
+    <row r="8" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B8" t="s">
+        <v>391</v>
+      </c>
+      <c r="D8" t="s">
+        <v>1946</v>
+      </c>
+    </row>
+    <row r="9" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B9" t="s">
+        <v>108</v>
+      </c>
+      <c r="D9" t="s">
+        <v>1947</v>
+      </c>
+    </row>
+    <row r="10" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B10" t="s">
+        <v>104</v>
+      </c>
+      <c r="D10" t="s">
+        <v>1948</v>
+      </c>
+    </row>
+    <row r="11" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B11" t="s">
+        <v>106</v>
+      </c>
+      <c r="D11" t="s">
+        <v>1949</v>
+      </c>
+    </row>
+    <row r="12" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B12" t="s">
+        <v>143</v>
+      </c>
+      <c r="D12" t="s">
+        <v>1950</v>
+      </c>
+    </row>
+    <row r="13" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B13" t="s">
+        <v>391</v>
+      </c>
+      <c r="D13" t="s">
+        <v>1951</v>
+      </c>
+    </row>
+    <row r="14" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B14" t="s">
+        <v>108</v>
+      </c>
+      <c r="D14" t="s">
+        <v>1952</v>
+      </c>
+    </row>
+    <row r="15" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B15" t="s">
+        <v>1953</v>
+      </c>
+      <c r="C15" t="s">
+        <v>115</v>
+      </c>
+      <c r="D15" t="s">
+        <v>1954</v>
+      </c>
+    </row>
+    <row r="16" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B16" t="s">
+        <v>1955</v>
+      </c>
+      <c r="C16" t="s">
+        <v>118</v>
+      </c>
+      <c r="D16" t="s">
+        <v>1956</v>
+      </c>
+    </row>
+    <row r="17" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B17" t="s">
+        <v>1957</v>
+      </c>
+      <c r="C17" t="s">
+        <v>121</v>
+      </c>
+      <c r="D17" t="s">
+        <v>1958</v>
+      </c>
+    </row>
+    <row r="18" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B18" t="s">
+        <v>1959</v>
+      </c>
+      <c r="C18" t="s">
+        <v>124</v>
+      </c>
+      <c r="D18" t="s">
+        <v>1960</v>
+      </c>
+    </row>
+    <row r="19" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B19" t="s">
+        <v>1961</v>
+      </c>
+      <c r="C19" t="s">
+        <v>127</v>
+      </c>
+      <c r="D19" t="s">
+        <v>1962</v>
+      </c>
+    </row>
+    <row r="20" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B20" t="s">
+        <v>1963</v>
+      </c>
+      <c r="C20" t="s">
+        <v>132</v>
+      </c>
+      <c r="D20" t="s">
+        <v>1964</v>
+      </c>
+    </row>
+    <row r="21" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B21" t="s">
+        <v>1965</v>
+      </c>
+      <c r="C21" t="s">
         <v>135</v>
       </c>
-      <c r="B1" s="2" t="s">
-[...10 lines deleted...]
-      <c r="A2" t="s">
+      <c r="D21" t="s">
+        <v>1966</v>
+      </c>
+    </row>
+    <row r="22" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B22" t="s">
+        <v>1967</v>
+      </c>
+      <c r="C22" t="s">
+        <v>138</v>
+      </c>
+      <c r="D22" t="s">
+        <v>1968</v>
+      </c>
+    </row>
+    <row r="23" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B23" t="s">
+        <v>1969</v>
+      </c>
+      <c r="C23" t="s">
+        <v>243</v>
+      </c>
+      <c r="D23" t="s">
+        <v>1970</v>
+      </c>
+    </row>
+    <row r="24" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B24" t="s">
+        <v>1971</v>
+      </c>
+      <c r="C24" t="s">
+        <v>246</v>
+      </c>
+      <c r="D24" t="s">
+        <v>1972</v>
+      </c>
+    </row>
+    <row r="25" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B25" t="s">
+        <v>1973</v>
+      </c>
+      <c r="C25" t="s">
+        <v>249</v>
+      </c>
+      <c r="D25" t="s">
+        <v>1974</v>
+      </c>
+    </row>
+    <row r="26" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B26" t="s">
+        <v>1975</v>
+      </c>
+      <c r="C26" t="s">
+        <v>252</v>
+      </c>
+      <c r="D26" t="s">
+        <v>1976</v>
+      </c>
+    </row>
+    <row r="27" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B27" t="s">
+        <v>1977</v>
+      </c>
+      <c r="C27" t="s">
+        <v>255</v>
+      </c>
+      <c r="D27" t="s">
+        <v>1978</v>
+      </c>
+    </row>
+    <row r="28" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B28" t="s">
+        <v>1979</v>
+      </c>
+      <c r="C28" t="s">
+        <v>258</v>
+      </c>
+      <c r="D28" t="s">
+        <v>1980</v>
+      </c>
+    </row>
+    <row r="29" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B29" t="s">
+        <v>1981</v>
+      </c>
+      <c r="C29" t="s">
+        <v>261</v>
+      </c>
+      <c r="D29" t="s">
+        <v>1982</v>
+      </c>
+    </row>
+    <row r="30" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B30" t="s">
+        <v>1983</v>
+      </c>
+      <c r="C30" t="s">
+        <v>266</v>
+      </c>
+      <c r="D30" t="s">
+        <v>1984</v>
+      </c>
+    </row>
+    <row r="31" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B31" t="s">
+        <v>1985</v>
+      </c>
+      <c r="C31" t="s">
+        <v>269</v>
+      </c>
+      <c r="D31" t="s">
+        <v>1986</v>
+      </c>
+    </row>
+    <row r="32" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B32" t="s">
+        <v>1987</v>
+      </c>
+      <c r="C32" t="s">
+        <v>272</v>
+      </c>
+      <c r="D32" t="s">
+        <v>1988</v>
+      </c>
+    </row>
+    <row r="33" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B33" t="s">
+        <v>1989</v>
+      </c>
+      <c r="C33" t="s">
+        <v>275</v>
+      </c>
+      <c r="D33" t="s">
+        <v>1990</v>
+      </c>
+    </row>
+    <row r="34" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B34" t="s">
+        <v>1991</v>
+      </c>
+      <c r="C34" t="s">
+        <v>278</v>
+      </c>
+      <c r="D34" t="s">
+        <v>1992</v>
+      </c>
+    </row>
+    <row r="35" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B35" t="s">
+        <v>1993</v>
+      </c>
+      <c r="C35" t="s">
+        <v>283</v>
+      </c>
+      <c r="D35" t="s">
+        <v>1994</v>
+      </c>
+    </row>
+    <row r="36" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B36" t="s">
+        <v>1995</v>
+      </c>
+      <c r="C36" t="s">
+        <v>286</v>
+      </c>
+      <c r="D36" t="s">
+        <v>1996</v>
+      </c>
+    </row>
+    <row r="37" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B37" t="s">
+        <v>1997</v>
+      </c>
+      <c r="C37" t="s">
+        <v>752</v>
+      </c>
+      <c r="D37" t="s">
+        <v>1998</v>
+      </c>
+    </row>
+    <row r="38" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B38" t="s">
+        <v>1999</v>
+      </c>
+      <c r="C38" t="s">
+        <v>1058</v>
+      </c>
+      <c r="D38" t="s">
+        <v>2000</v>
+      </c>
+    </row>
+    <row r="39" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B39" t="s">
+        <v>2001</v>
+      </c>
+      <c r="C39" t="s">
+        <v>1061</v>
+      </c>
+      <c r="D39" t="s">
+        <v>2002</v>
+      </c>
+    </row>
+    <row r="40" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B40" t="s">
+        <v>2003</v>
+      </c>
+      <c r="C40" t="s">
+        <v>1064</v>
+      </c>
+      <c r="D40" t="s">
+        <v>2004</v>
+      </c>
+    </row>
+    <row r="41" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B41" t="s">
+        <v>2005</v>
+      </c>
+      <c r="C41" t="s">
+        <v>1067</v>
+      </c>
+      <c r="D41" t="s">
+        <v>2006</v>
+      </c>
+    </row>
+    <row r="42" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B42" t="s">
+        <v>1953</v>
+      </c>
+      <c r="C42" t="s">
+        <v>115</v>
+      </c>
+      <c r="D42" t="s">
+        <v>2007</v>
+      </c>
+    </row>
+    <row r="43" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B43" t="s">
+        <v>1955</v>
+      </c>
+      <c r="C43" t="s">
+        <v>118</v>
+      </c>
+      <c r="D43" t="s">
+        <v>2008</v>
+      </c>
+    </row>
+    <row r="44" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B44" t="s">
+        <v>1957</v>
+      </c>
+      <c r="C44" t="s">
+        <v>121</v>
+      </c>
+      <c r="D44" t="s">
+        <v>2009</v>
+      </c>
+    </row>
+    <row r="45" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B45" t="s">
+        <v>1959</v>
+      </c>
+      <c r="C45" t="s">
+        <v>124</v>
+      </c>
+      <c r="D45" t="s">
+        <v>2010</v>
+      </c>
+    </row>
+    <row r="46" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B46" t="s">
+        <v>1961</v>
+      </c>
+      <c r="C46" t="s">
         <v>127</v>
       </c>
-      <c r="B2" t="s">
-[...10 lines deleted...]
-      <c r="B3" t="s">
+      <c r="D46" t="s">
+        <v>2011</v>
+      </c>
+    </row>
+    <row r="47" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B47" t="s">
+        <v>1963</v>
+      </c>
+      <c r="C47" t="s">
+        <v>132</v>
+      </c>
+      <c r="D47" t="s">
+        <v>2012</v>
+      </c>
+    </row>
+    <row r="48" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B48" t="s">
+        <v>1965</v>
+      </c>
+      <c r="C48" t="s">
+        <v>135</v>
+      </c>
+      <c r="D48" t="s">
+        <v>2013</v>
+      </c>
+    </row>
+    <row r="49" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B49" t="s">
+        <v>1967</v>
+      </c>
+      <c r="C49" t="s">
         <v>138</v>
       </c>
-      <c r="D3" t="s">
-[...28 lines deleted...]
-      <c r="B7" t="s">
+      <c r="D49" t="s">
+        <v>2014</v>
+      </c>
+    </row>
+    <row r="50" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B50" t="s">
+        <v>1969</v>
+      </c>
+      <c r="C50" t="s">
+        <v>243</v>
+      </c>
+      <c r="D50" t="s">
+        <v>2015</v>
+      </c>
+    </row>
+    <row r="51" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B51" t="s">
+        <v>1971</v>
+      </c>
+      <c r="C51" t="s">
+        <v>246</v>
+      </c>
+      <c r="D51" t="s">
+        <v>2016</v>
+      </c>
+    </row>
+    <row r="52" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B52" t="s">
+        <v>1973</v>
+      </c>
+      <c r="C52" t="s">
+        <v>249</v>
+      </c>
+      <c r="D52" t="s">
+        <v>2017</v>
+      </c>
+    </row>
+    <row r="53" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B53" t="s">
+        <v>1975</v>
+      </c>
+      <c r="C53" t="s">
+        <v>252</v>
+      </c>
+      <c r="D53" t="s">
+        <v>2018</v>
+      </c>
+    </row>
+    <row r="54" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B54" t="s">
+        <v>1977</v>
+      </c>
+      <c r="C54" t="s">
+        <v>255</v>
+      </c>
+      <c r="D54" t="s">
+        <v>2019</v>
+      </c>
+    </row>
+    <row r="55" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B55" t="s">
+        <v>1979</v>
+      </c>
+      <c r="C55" t="s">
+        <v>258</v>
+      </c>
+      <c r="D55" t="s">
+        <v>2020</v>
+      </c>
+    </row>
+    <row r="56" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B56" t="s">
+        <v>1981</v>
+      </c>
+      <c r="C56" t="s">
+        <v>261</v>
+      </c>
+      <c r="D56" t="s">
+        <v>2021</v>
+      </c>
+    </row>
+    <row r="57" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B57" t="s">
+        <v>1983</v>
+      </c>
+      <c r="C57" t="s">
+        <v>266</v>
+      </c>
+      <c r="D57" t="s">
+        <v>2022</v>
+      </c>
+    </row>
+    <row r="58" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B58" t="s">
+        <v>1985</v>
+      </c>
+      <c r="C58" t="s">
+        <v>269</v>
+      </c>
+      <c r="D58" t="s">
+        <v>2023</v>
+      </c>
+    </row>
+    <row r="59" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B59" t="s">
+        <v>1987</v>
+      </c>
+      <c r="C59" t="s">
+        <v>272</v>
+      </c>
+      <c r="D59" t="s">
+        <v>2024</v>
+      </c>
+    </row>
+    <row r="60" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B60" t="s">
+        <v>1989</v>
+      </c>
+      <c r="C60" t="s">
+        <v>275</v>
+      </c>
+      <c r="D60" t="s">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="61" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B61" t="s">
+        <v>1991</v>
+      </c>
+      <c r="C61" t="s">
+        <v>278</v>
+      </c>
+      <c r="D61" t="s">
+        <v>2026</v>
+      </c>
+    </row>
+    <row r="62" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B62" t="s">
+        <v>1993</v>
+      </c>
+      <c r="C62" t="s">
+        <v>283</v>
+      </c>
+      <c r="D62" t="s">
+        <v>2027</v>
+      </c>
+    </row>
+    <row r="63" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B63" t="s">
+        <v>1995</v>
+      </c>
+      <c r="C63" t="s">
+        <v>286</v>
+      </c>
+      <c r="D63" t="s">
+        <v>2028</v>
+      </c>
+    </row>
+    <row r="64" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B64" t="s">
+        <v>1997</v>
+      </c>
+      <c r="C64" t="s">
+        <v>752</v>
+      </c>
+      <c r="D64" t="s">
+        <v>2029</v>
+      </c>
+    </row>
+    <row r="65" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B65" t="s">
+        <v>1999</v>
+      </c>
+      <c r="C65" t="s">
+        <v>1058</v>
+      </c>
+      <c r="D65" t="s">
+        <v>2030</v>
+      </c>
+    </row>
+    <row r="66" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B66" t="s">
+        <v>2001</v>
+      </c>
+      <c r="C66" t="s">
+        <v>1061</v>
+      </c>
+      <c r="D66" t="s">
+        <v>2031</v>
+      </c>
+    </row>
+    <row r="67" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B67" t="s">
+        <v>2003</v>
+      </c>
+      <c r="C67" t="s">
+        <v>1064</v>
+      </c>
+      <c r="D67" t="s">
+        <v>2032</v>
+      </c>
+    </row>
+    <row r="68" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B68" t="s">
+        <v>2005</v>
+      </c>
+      <c r="C68" t="s">
+        <v>1067</v>
+      </c>
+      <c r="D68" t="s">
+        <v>2033</v>
+      </c>
+    </row>
+    <row r="69" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B69" t="s">
+        <v>2034</v>
+      </c>
+      <c r="D69" t="s">
+        <v>2035</v>
+      </c>
+    </row>
+    <row r="70" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B70" t="s">
+        <v>1953</v>
+      </c>
+      <c r="C70" t="s">
+        <v>115</v>
+      </c>
+      <c r="D70" t="s">
+        <v>2036</v>
+      </c>
+    </row>
+    <row r="71" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B71" t="s">
+        <v>1955</v>
+      </c>
+      <c r="C71" t="s">
+        <v>118</v>
+      </c>
+      <c r="D71" t="s">
+        <v>2037</v>
+      </c>
+    </row>
+    <row r="72" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B72" t="s">
+        <v>1957</v>
+      </c>
+      <c r="C72" t="s">
+        <v>121</v>
+      </c>
+      <c r="D72" t="s">
+        <v>2038</v>
+      </c>
+    </row>
+    <row r="73" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B73" t="s">
+        <v>1959</v>
+      </c>
+      <c r="C73" t="s">
+        <v>124</v>
+      </c>
+      <c r="D73" t="s">
+        <v>2039</v>
+      </c>
+    </row>
+    <row r="74" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B74" t="s">
+        <v>1961</v>
+      </c>
+      <c r="C74" t="s">
+        <v>127</v>
+      </c>
+      <c r="D74" t="s">
+        <v>2040</v>
+      </c>
+    </row>
+    <row r="75" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B75" t="s">
+        <v>2041</v>
+      </c>
+      <c r="D75" t="s">
+        <v>2042</v>
+      </c>
+    </row>
+    <row r="76" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B76" t="s">
+        <v>1963</v>
+      </c>
+      <c r="C76" t="s">
+        <v>132</v>
+      </c>
+      <c r="D76" t="s">
+        <v>2043</v>
+      </c>
+    </row>
+    <row r="77" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B77" t="s">
+        <v>1965</v>
+      </c>
+      <c r="C77" t="s">
+        <v>135</v>
+      </c>
+      <c r="D77" t="s">
+        <v>2044</v>
+      </c>
+    </row>
+    <row r="78" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B78" t="s">
+        <v>1967</v>
+      </c>
+      <c r="C78" t="s">
         <v>138</v>
       </c>
-      <c r="D7" t="s">
-[...752 lines deleted...]
-      </c>
       <c r="D78" t="s">
-        <v>2260</v>
-[...2 lines deleted...]
-    <row r="79" spans="2:4">
+        <v>2045</v>
+      </c>
+    </row>
+    <row r="79" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B79" t="s">
-        <v>2184</v>
+        <v>1969</v>
       </c>
       <c r="C79" t="s">
-        <v>279</v>
+        <v>243</v>
       </c>
       <c r="D79" t="s">
-        <v>2261</v>
-[...2 lines deleted...]
-    <row r="80" spans="2:4">
+        <v>2046</v>
+      </c>
+    </row>
+    <row r="80" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B80" t="s">
-        <v>2186</v>
+        <v>1971</v>
       </c>
       <c r="C80" t="s">
-        <v>282</v>
+        <v>246</v>
       </c>
       <c r="D80" t="s">
-        <v>2262</v>
-[...2 lines deleted...]
-    <row r="81" spans="2:4">
+        <v>2047</v>
+      </c>
+    </row>
+    <row r="81" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B81" t="s">
-        <v>2263</v>
+        <v>2048</v>
       </c>
       <c r="D81" t="s">
-        <v>2264</v>
-[...2 lines deleted...]
-    <row r="82" spans="2:4">
+        <v>2049</v>
+      </c>
+    </row>
+    <row r="82" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B82" t="s">
-        <v>2188</v>
+        <v>1973</v>
       </c>
       <c r="C82" t="s">
-        <v>285</v>
+        <v>249</v>
       </c>
       <c r="D82" t="s">
-        <v>2265</v>
-[...2 lines deleted...]
-    <row r="83" spans="2:4">
+        <v>2050</v>
+      </c>
+    </row>
+    <row r="83" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B83" t="s">
-        <v>2190</v>
+        <v>1975</v>
       </c>
       <c r="C83" t="s">
-        <v>288</v>
+        <v>252</v>
       </c>
       <c r="D83" t="s">
-        <v>2266</v>
-[...2 lines deleted...]
-    <row r="84" spans="2:4">
+        <v>2051</v>
+      </c>
+    </row>
+    <row r="84" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B84" t="s">
-        <v>2192</v>
+        <v>1977</v>
       </c>
       <c r="C84" t="s">
-        <v>291</v>
+        <v>255</v>
       </c>
       <c r="D84" t="s">
-        <v>2267</v>
-[...2 lines deleted...]
-    <row r="85" spans="2:4">
+        <v>2052</v>
+      </c>
+    </row>
+    <row r="85" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B85" t="s">
-        <v>2194</v>
+        <v>1979</v>
       </c>
       <c r="C85" t="s">
-        <v>294</v>
+        <v>258</v>
       </c>
       <c r="D85" t="s">
-        <v>2268</v>
-[...2 lines deleted...]
-    <row r="86" spans="2:4">
+        <v>2053</v>
+      </c>
+    </row>
+    <row r="86" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B86" t="s">
-        <v>2196</v>
+        <v>1981</v>
       </c>
       <c r="C86" t="s">
-        <v>297</v>
+        <v>261</v>
       </c>
       <c r="D86" t="s">
-        <v>2269</v>
-[...2 lines deleted...]
-    <row r="87" spans="2:4">
+        <v>2054</v>
+      </c>
+    </row>
+    <row r="87" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B87" t="s">
-        <v>2198</v>
+        <v>1983</v>
       </c>
       <c r="C87" t="s">
-        <v>302</v>
+        <v>266</v>
       </c>
       <c r="D87" t="s">
-        <v>2270</v>
-[...2 lines deleted...]
-    <row r="88" spans="2:4">
+        <v>2055</v>
+      </c>
+    </row>
+    <row r="88" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B88" t="s">
-        <v>2271</v>
+        <v>2056</v>
       </c>
       <c r="D88" t="s">
-        <v>2272</v>
-[...2 lines deleted...]
-    <row r="89" spans="2:4">
+        <v>2057</v>
+      </c>
+    </row>
+    <row r="89" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B89" t="s">
-        <v>2200</v>
+        <v>1985</v>
       </c>
       <c r="C89" t="s">
-        <v>305</v>
+        <v>269</v>
       </c>
       <c r="D89" t="s">
-        <v>2273</v>
-[...2 lines deleted...]
-    <row r="90" spans="2:4">
+        <v>2058</v>
+      </c>
+    </row>
+    <row r="90" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B90" t="s">
-        <v>2202</v>
+        <v>1987</v>
       </c>
       <c r="C90" t="s">
-        <v>308</v>
+        <v>272</v>
       </c>
       <c r="D90" t="s">
-        <v>2274</v>
-[...2 lines deleted...]
-    <row r="91" spans="2:4">
+        <v>2059</v>
+      </c>
+    </row>
+    <row r="91" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B91" t="s">
-        <v>2204</v>
+        <v>1989</v>
       </c>
       <c r="C91" t="s">
-        <v>311</v>
+        <v>275</v>
       </c>
       <c r="D91" t="s">
-        <v>2275</v>
-[...2 lines deleted...]
-    <row r="92" spans="2:4">
+        <v>2060</v>
+      </c>
+    </row>
+    <row r="92" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B92" t="s">
-        <v>2206</v>
+        <v>1991</v>
       </c>
       <c r="C92" t="s">
-        <v>314</v>
+        <v>278</v>
       </c>
       <c r="D92" t="s">
-        <v>2276</v>
-[...2 lines deleted...]
-    <row r="93" spans="2:4">
+        <v>2061</v>
+      </c>
+    </row>
+    <row r="93" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B93" t="s">
-        <v>2208</v>
+        <v>1993</v>
       </c>
       <c r="C93" t="s">
-        <v>319</v>
+        <v>283</v>
       </c>
       <c r="D93" t="s">
-        <v>2277</v>
-[...2 lines deleted...]
-    <row r="94" spans="2:4">
+        <v>2062</v>
+      </c>
+    </row>
+    <row r="94" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B94" t="s">
-        <v>2278</v>
+        <v>2063</v>
       </c>
       <c r="D94" t="s">
-        <v>2279</v>
-[...2 lines deleted...]
-    <row r="95" spans="2:4">
+        <v>2064</v>
+      </c>
+    </row>
+    <row r="95" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B95" t="s">
-        <v>2210</v>
+        <v>1995</v>
       </c>
       <c r="C95" t="s">
-        <v>322</v>
+        <v>286</v>
       </c>
       <c r="D95" t="s">
-        <v>2280</v>
-[...2 lines deleted...]
-    <row r="96" spans="2:4">
+        <v>2065</v>
+      </c>
+    </row>
+    <row r="96" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B96" t="s">
-        <v>2212</v>
+        <v>1997</v>
       </c>
       <c r="C96" t="s">
-        <v>788</v>
+        <v>752</v>
       </c>
       <c r="D96" t="s">
-        <v>2281</v>
-[...2 lines deleted...]
-    <row r="97" spans="2:4">
+        <v>2066</v>
+      </c>
+    </row>
+    <row r="97" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B97" t="s">
-        <v>2282</v>
+        <v>2067</v>
       </c>
       <c r="D97" t="s">
-        <v>2283</v>
-[...2 lines deleted...]
-    <row r="98" spans="2:4">
+        <v>2068</v>
+      </c>
+    </row>
+    <row r="98" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B98" t="s">
-        <v>2214</v>
+        <v>1999</v>
       </c>
       <c r="C98" t="s">
-        <v>1094</v>
+        <v>1058</v>
       </c>
       <c r="D98" t="s">
-        <v>2284</v>
-[...2 lines deleted...]
-    <row r="99" spans="2:4">
+        <v>2069</v>
+      </c>
+    </row>
+    <row r="99" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B99" t="s">
-        <v>2216</v>
+        <v>2001</v>
       </c>
       <c r="C99" t="s">
-        <v>1097</v>
+        <v>1061</v>
       </c>
       <c r="D99" t="s">
-        <v>2285</v>
-[...2 lines deleted...]
-    <row r="100" spans="2:4">
+        <v>2070</v>
+      </c>
+    </row>
+    <row r="100" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B100" t="s">
-        <v>2218</v>
+        <v>2003</v>
       </c>
       <c r="C100" t="s">
-        <v>1100</v>
+        <v>1064</v>
       </c>
       <c r="D100" t="s">
-        <v>2286</v>
-[...2 lines deleted...]
-    <row r="101" spans="2:4">
+        <v>2071</v>
+      </c>
+    </row>
+    <row r="101" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B101" t="s">
-        <v>2220</v>
+        <v>2005</v>
       </c>
       <c r="C101" t="s">
-        <v>1103</v>
+        <v>1067</v>
       </c>
       <c r="D101" t="s">
-        <v>2287</v>
-[...2 lines deleted...]
-    <row r="102" spans="2:4">
+        <v>2072</v>
+      </c>
+    </row>
+    <row r="102" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B102" t="s">
-        <v>2249</v>
+        <v>2034</v>
       </c>
       <c r="D102" t="s">
-        <v>2288</v>
-[...2 lines deleted...]
-    <row r="103" spans="2:4">
+        <v>2073</v>
+      </c>
+    </row>
+    <row r="103" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B103" t="s">
-        <v>2168</v>
+        <v>1953</v>
       </c>
       <c r="C103" t="s">
-        <v>151</v>
+        <v>115</v>
       </c>
       <c r="D103" t="s">
-        <v>2289</v>
-[...2 lines deleted...]
-    <row r="104" spans="2:4">
+        <v>2074</v>
+      </c>
+    </row>
+    <row r="104" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B104" t="s">
-        <v>2170</v>
+        <v>1955</v>
       </c>
       <c r="C104" t="s">
-        <v>154</v>
+        <v>118</v>
       </c>
       <c r="D104" t="s">
-        <v>2290</v>
-[...2 lines deleted...]
-    <row r="105" spans="2:4">
+        <v>2075</v>
+      </c>
+    </row>
+    <row r="105" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B105" t="s">
-        <v>2172</v>
+        <v>1957</v>
       </c>
       <c r="C105" t="s">
-        <v>157</v>
+        <v>121</v>
       </c>
       <c r="D105" t="s">
-        <v>2291</v>
-[...2 lines deleted...]
-    <row r="106" spans="2:4">
+        <v>2076</v>
+      </c>
+    </row>
+    <row r="106" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B106" t="s">
-        <v>2174</v>
+        <v>1959</v>
       </c>
       <c r="C106" t="s">
-        <v>160</v>
+        <v>124</v>
       </c>
       <c r="D106" t="s">
-        <v>2292</v>
-[...2 lines deleted...]
-    <row r="107" spans="2:4">
+        <v>2077</v>
+      </c>
+    </row>
+    <row r="107" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B107" t="s">
-        <v>2176</v>
+        <v>1961</v>
       </c>
       <c r="C107" t="s">
-        <v>163</v>
+        <v>127</v>
       </c>
       <c r="D107" t="s">
-        <v>2293</v>
-[...2 lines deleted...]
-    <row r="108" spans="2:4">
+        <v>2078</v>
+      </c>
+    </row>
+    <row r="108" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B108" t="s">
-        <v>2256</v>
+        <v>2041</v>
       </c>
       <c r="D108" t="s">
-        <v>2294</v>
-[...2 lines deleted...]
-    <row r="109" spans="2:4">
+        <v>2079</v>
+      </c>
+    </row>
+    <row r="109" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B109" t="s">
-        <v>2178</v>
+        <v>1963</v>
       </c>
       <c r="C109" t="s">
-        <v>168</v>
+        <v>132</v>
       </c>
       <c r="D109" t="s">
-        <v>2295</v>
-[...2 lines deleted...]
-    <row r="110" spans="2:4">
+        <v>2080</v>
+      </c>
+    </row>
+    <row r="110" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B110" t="s">
-        <v>2180</v>
+        <v>1965</v>
       </c>
       <c r="C110" t="s">
-        <v>171</v>
+        <v>135</v>
       </c>
       <c r="D110" t="s">
-        <v>2296</v>
-[...2 lines deleted...]
-    <row r="111" spans="2:4">
+        <v>2081</v>
+      </c>
+    </row>
+    <row r="111" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B111" t="s">
-        <v>2182</v>
+        <v>1967</v>
       </c>
       <c r="C111" t="s">
-        <v>174</v>
+        <v>138</v>
       </c>
       <c r="D111" t="s">
-        <v>2297</v>
-[...2 lines deleted...]
-    <row r="112" spans="2:4">
+        <v>2082</v>
+      </c>
+    </row>
+    <row r="112" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B112" t="s">
-        <v>2184</v>
+        <v>1969</v>
       </c>
       <c r="C112" t="s">
-        <v>279</v>
+        <v>243</v>
       </c>
       <c r="D112" t="s">
-        <v>2298</v>
-[...2 lines deleted...]
-    <row r="113" spans="2:4">
+        <v>2083</v>
+      </c>
+    </row>
+    <row r="113" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B113" t="s">
-        <v>2186</v>
+        <v>1971</v>
       </c>
       <c r="C113" t="s">
-        <v>282</v>
+        <v>246</v>
       </c>
       <c r="D113" t="s">
-        <v>2299</v>
-[...2 lines deleted...]
-    <row r="114" spans="2:4">
+        <v>2084</v>
+      </c>
+    </row>
+    <row r="114" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B114" t="s">
-        <v>2263</v>
+        <v>2048</v>
       </c>
       <c r="D114" t="s">
-        <v>2300</v>
-[...2 lines deleted...]
-    <row r="115" spans="2:4">
+        <v>2085</v>
+      </c>
+    </row>
+    <row r="115" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B115" t="s">
-        <v>2188</v>
+        <v>1973</v>
       </c>
       <c r="C115" t="s">
-        <v>285</v>
+        <v>249</v>
       </c>
       <c r="D115" t="s">
-        <v>2301</v>
-[...2 lines deleted...]
-    <row r="116" spans="2:4">
+        <v>2086</v>
+      </c>
+    </row>
+    <row r="116" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B116" t="s">
-        <v>2190</v>
+        <v>1975</v>
       </c>
       <c r="C116" t="s">
-        <v>288</v>
+        <v>252</v>
       </c>
       <c r="D116" t="s">
-        <v>2302</v>
-[...2 lines deleted...]
-    <row r="117" spans="2:4">
+        <v>2087</v>
+      </c>
+    </row>
+    <row r="117" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B117" t="s">
-        <v>2192</v>
+        <v>1977</v>
       </c>
       <c r="C117" t="s">
-        <v>291</v>
+        <v>255</v>
       </c>
       <c r="D117" t="s">
-        <v>2303</v>
-[...2 lines deleted...]
-    <row r="118" spans="2:4">
+        <v>2088</v>
+      </c>
+    </row>
+    <row r="118" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B118" t="s">
-        <v>2194</v>
+        <v>1979</v>
       </c>
       <c r="C118" t="s">
-        <v>294</v>
+        <v>258</v>
       </c>
       <c r="D118" t="s">
-        <v>2304</v>
-[...2 lines deleted...]
-    <row r="119" spans="2:4">
+        <v>2089</v>
+      </c>
+    </row>
+    <row r="119" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B119" t="s">
-        <v>2196</v>
+        <v>1981</v>
       </c>
       <c r="C119" t="s">
-        <v>297</v>
+        <v>261</v>
       </c>
       <c r="D119" t="s">
-        <v>2305</v>
-[...2 lines deleted...]
-    <row r="120" spans="2:4">
+        <v>2090</v>
+      </c>
+    </row>
+    <row r="120" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B120" t="s">
-        <v>2198</v>
+        <v>1983</v>
       </c>
       <c r="C120" t="s">
-        <v>302</v>
+        <v>266</v>
       </c>
       <c r="D120" t="s">
-        <v>2306</v>
-[...2 lines deleted...]
-    <row r="121" spans="2:4">
+        <v>2091</v>
+      </c>
+    </row>
+    <row r="121" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B121" t="s">
-        <v>2271</v>
+        <v>2056</v>
       </c>
       <c r="D121" t="s">
-        <v>2307</v>
-[...2 lines deleted...]
-    <row r="122" spans="2:4">
+        <v>2092</v>
+      </c>
+    </row>
+    <row r="122" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B122" t="s">
-        <v>2200</v>
+        <v>1985</v>
       </c>
       <c r="C122" t="s">
-        <v>305</v>
+        <v>269</v>
       </c>
       <c r="D122" t="s">
-        <v>2308</v>
-[...2 lines deleted...]
-    <row r="123" spans="2:4">
+        <v>2093</v>
+      </c>
+    </row>
+    <row r="123" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B123" t="s">
-        <v>2202</v>
+        <v>1987</v>
       </c>
       <c r="C123" t="s">
-        <v>308</v>
+        <v>272</v>
       </c>
       <c r="D123" t="s">
-        <v>2309</v>
-[...2 lines deleted...]
-    <row r="124" spans="2:4">
+        <v>2094</v>
+      </c>
+    </row>
+    <row r="124" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B124" t="s">
-        <v>2204</v>
+        <v>1989</v>
       </c>
       <c r="C124" t="s">
-        <v>311</v>
+        <v>275</v>
       </c>
       <c r="D124" t="s">
-        <v>2310</v>
-[...2 lines deleted...]
-    <row r="125" spans="2:4">
+        <v>2095</v>
+      </c>
+    </row>
+    <row r="125" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B125" t="s">
-        <v>2206</v>
+        <v>1991</v>
       </c>
       <c r="C125" t="s">
-        <v>314</v>
+        <v>278</v>
       </c>
       <c r="D125" t="s">
-        <v>2311</v>
-[...2 lines deleted...]
-    <row r="126" spans="2:4">
+        <v>2096</v>
+      </c>
+    </row>
+    <row r="126" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B126" t="s">
-        <v>2208</v>
+        <v>1993</v>
       </c>
       <c r="C126" t="s">
-        <v>319</v>
+        <v>283</v>
       </c>
       <c r="D126" t="s">
-        <v>2312</v>
-[...2 lines deleted...]
-    <row r="127" spans="2:4">
+        <v>2097</v>
+      </c>
+    </row>
+    <row r="127" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B127" t="s">
-        <v>2278</v>
+        <v>2063</v>
       </c>
       <c r="D127" t="s">
-        <v>2313</v>
-[...2 lines deleted...]
-    <row r="128" spans="2:4">
+        <v>2098</v>
+      </c>
+    </row>
+    <row r="128" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B128" t="s">
-        <v>2210</v>
+        <v>1995</v>
       </c>
       <c r="C128" t="s">
-        <v>322</v>
+        <v>286</v>
       </c>
       <c r="D128" t="s">
-        <v>2314</v>
-[...2 lines deleted...]
-    <row r="129" spans="2:4">
+        <v>2099</v>
+      </c>
+    </row>
+    <row r="129" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B129" t="s">
-        <v>2212</v>
+        <v>1997</v>
       </c>
       <c r="C129" t="s">
-        <v>788</v>
+        <v>752</v>
       </c>
       <c r="D129" t="s">
-        <v>2315</v>
-[...2 lines deleted...]
-    <row r="130" spans="2:4">
+        <v>2100</v>
+      </c>
+    </row>
+    <row r="130" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B130" t="s">
-        <v>2282</v>
+        <v>2067</v>
       </c>
       <c r="D130" t="s">
-        <v>2316</v>
-[...2 lines deleted...]
-    <row r="131" spans="2:4">
+        <v>2101</v>
+      </c>
+    </row>
+    <row r="131" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B131" t="s">
-        <v>2214</v>
+        <v>1999</v>
       </c>
       <c r="C131" t="s">
-        <v>1094</v>
+        <v>1058</v>
       </c>
       <c r="D131" t="s">
-        <v>2317</v>
-[...2 lines deleted...]
-    <row r="132" spans="2:4">
+        <v>2102</v>
+      </c>
+    </row>
+    <row r="132" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B132" t="s">
-        <v>2216</v>
+        <v>2001</v>
       </c>
       <c r="C132" t="s">
-        <v>1097</v>
+        <v>1061</v>
       </c>
       <c r="D132" t="s">
-        <v>2318</v>
-[...2 lines deleted...]
-    <row r="133" spans="2:4">
+        <v>2103</v>
+      </c>
+    </row>
+    <row r="133" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B133" t="s">
-        <v>2218</v>
+        <v>2003</v>
       </c>
       <c r="C133" t="s">
-        <v>1100</v>
+        <v>1064</v>
       </c>
       <c r="D133" t="s">
-        <v>2319</v>
-[...2 lines deleted...]
-    <row r="134" spans="2:4">
+        <v>2104</v>
+      </c>
+    </row>
+    <row r="134" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B134" t="s">
-        <v>2220</v>
+        <v>2005</v>
       </c>
       <c r="C134" t="s">
-        <v>1103</v>
+        <v>1067</v>
       </c>
       <c r="D134" t="s">
-        <v>2320</v>
+        <v>2105</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet33.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <sheetPr/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-2000-000000000000}">
   <dimension ref="A1:D84"/>
   <sheetViews>
-    <sheetView view="normal" workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="12.75" baseColWidth="0"/>
+  <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="4" width="50.7109375" customWidth="1"/>
+    <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:4">
-      <c r="A1" s="2" t="s">
+    <row r="1" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A1" s="1" t="s">
+        <v>99</v>
+      </c>
+      <c r="B1" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" s="1" t="s">
+        <v>100</v>
+      </c>
+      <c r="D1" s="1" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="2" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A2" t="s">
+        <v>96</v>
+      </c>
+      <c r="B2" t="s">
+        <v>97</v>
+      </c>
+      <c r="D2" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="3" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A3" t="s">
+        <v>2106</v>
+      </c>
+      <c r="B3" t="s">
+        <v>102</v>
+      </c>
+      <c r="D3" t="s">
+        <v>2107</v>
+      </c>
+    </row>
+    <row r="4" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B4" t="s">
+        <v>102</v>
+      </c>
+      <c r="D4" t="s">
+        <v>2108</v>
+      </c>
+    </row>
+    <row r="5" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B5" t="s">
+        <v>104</v>
+      </c>
+      <c r="D5" t="s">
+        <v>2109</v>
+      </c>
+    </row>
+    <row r="6" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B6" t="s">
+        <v>104</v>
+      </c>
+      <c r="D6" t="s">
+        <v>2110</v>
+      </c>
+    </row>
+    <row r="7" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B7" t="s">
+        <v>306</v>
+      </c>
+      <c r="D7" t="s">
+        <v>2111</v>
+      </c>
+    </row>
+    <row r="8" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B8" t="s">
+        <v>306</v>
+      </c>
+      <c r="D8" t="s">
+        <v>2112</v>
+      </c>
+    </row>
+    <row r="9" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B9" t="s">
+        <v>106</v>
+      </c>
+      <c r="D9" t="s">
+        <v>2113</v>
+      </c>
+    </row>
+    <row r="10" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B10" t="s">
+        <v>106</v>
+      </c>
+      <c r="D10" t="s">
+        <v>2114</v>
+      </c>
+    </row>
+    <row r="11" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B11" t="s">
+        <v>143</v>
+      </c>
+      <c r="D11" t="s">
+        <v>2115</v>
+      </c>
+    </row>
+    <row r="12" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B12" t="s">
+        <v>143</v>
+      </c>
+      <c r="D12" t="s">
+        <v>2116</v>
+      </c>
+    </row>
+    <row r="13" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B13" t="s">
+        <v>391</v>
+      </c>
+      <c r="D13" t="s">
+        <v>2117</v>
+      </c>
+    </row>
+    <row r="14" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B14" t="s">
+        <v>391</v>
+      </c>
+      <c r="D14" t="s">
+        <v>2118</v>
+      </c>
+    </row>
+    <row r="15" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B15" t="s">
+        <v>2119</v>
+      </c>
+      <c r="D15" t="s">
+        <v>2120</v>
+      </c>
+    </row>
+    <row r="16" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B16" t="s">
+        <v>2119</v>
+      </c>
+      <c r="D16" t="s">
+        <v>2121</v>
+      </c>
+    </row>
+    <row r="17" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B17" t="s">
+        <v>2122</v>
+      </c>
+      <c r="D17" t="s">
+        <v>2123</v>
+      </c>
+    </row>
+    <row r="18" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B18" t="s">
+        <v>2124</v>
+      </c>
+      <c r="C18" t="s">
+        <v>115</v>
+      </c>
+      <c r="D18" t="s">
+        <v>2125</v>
+      </c>
+    </row>
+    <row r="19" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B19" t="s">
+        <v>2126</v>
+      </c>
+      <c r="C19" t="s">
+        <v>118</v>
+      </c>
+      <c r="D19" t="s">
+        <v>2127</v>
+      </c>
+    </row>
+    <row r="20" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B20" t="s">
+        <v>2128</v>
+      </c>
+      <c r="C20" t="s">
+        <v>121</v>
+      </c>
+      <c r="D20" t="s">
+        <v>2129</v>
+      </c>
+    </row>
+    <row r="21" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B21" t="s">
+        <v>2130</v>
+      </c>
+      <c r="C21" t="s">
+        <v>124</v>
+      </c>
+      <c r="D21" t="s">
+        <v>2131</v>
+      </c>
+    </row>
+    <row r="22" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B22" t="s">
+        <v>2132</v>
+      </c>
+      <c r="C22" t="s">
+        <v>127</v>
+      </c>
+      <c r="D22" t="s">
+        <v>2133</v>
+      </c>
+    </row>
+    <row r="23" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B23" t="s">
+        <v>2134</v>
+      </c>
+      <c r="C23" t="s">
+        <v>132</v>
+      </c>
+      <c r="D23" t="s">
+        <v>2135</v>
+      </c>
+    </row>
+    <row r="24" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B24" t="s">
+        <v>2136</v>
+      </c>
+      <c r="C24" t="s">
         <v>135</v>
       </c>
-      <c r="B1" s="2" t="s">
-[...13 lines deleted...]
-      <c r="B2" t="s">
+      <c r="D24" t="s">
+        <v>2137</v>
+      </c>
+    </row>
+    <row r="25" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B25" t="s">
+        <v>2138</v>
+      </c>
+      <c r="D25" t="s">
+        <v>2139</v>
+      </c>
+    </row>
+    <row r="26" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B26" t="s">
+        <v>2140</v>
+      </c>
+      <c r="C26" t="s">
+        <v>138</v>
+      </c>
+      <c r="D26" t="s">
+        <v>2141</v>
+      </c>
+    </row>
+    <row r="27" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B27" t="s">
+        <v>2142</v>
+      </c>
+      <c r="C27" t="s">
+        <v>243</v>
+      </c>
+      <c r="D27" t="s">
+        <v>2143</v>
+      </c>
+    </row>
+    <row r="28" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B28" t="s">
+        <v>2144</v>
+      </c>
+      <c r="C28" t="s">
+        <v>246</v>
+      </c>
+      <c r="D28" t="s">
+        <v>2145</v>
+      </c>
+    </row>
+    <row r="29" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B29" t="s">
+        <v>2146</v>
+      </c>
+      <c r="C29" t="s">
+        <v>249</v>
+      </c>
+      <c r="D29" t="s">
+        <v>2147</v>
+      </c>
+    </row>
+    <row r="30" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B30" t="s">
+        <v>2148</v>
+      </c>
+      <c r="C30" t="s">
+        <v>252</v>
+      </c>
+      <c r="D30" t="s">
+        <v>2149</v>
+      </c>
+    </row>
+    <row r="31" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B31" t="s">
+        <v>2150</v>
+      </c>
+      <c r="C31" t="s">
+        <v>255</v>
+      </c>
+      <c r="D31" t="s">
+        <v>2151</v>
+      </c>
+    </row>
+    <row r="32" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B32" t="s">
+        <v>2152</v>
+      </c>
+      <c r="C32" t="s">
+        <v>258</v>
+      </c>
+      <c r="D32" t="s">
+        <v>2153</v>
+      </c>
+    </row>
+    <row r="33" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B33" t="s">
+        <v>2154</v>
+      </c>
+      <c r="C33" t="s">
+        <v>261</v>
+      </c>
+      <c r="D33" t="s">
+        <v>2155</v>
+      </c>
+    </row>
+    <row r="34" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B34" t="s">
+        <v>2156</v>
+      </c>
+      <c r="C34" t="s">
+        <v>266</v>
+      </c>
+      <c r="D34" t="s">
+        <v>2157</v>
+      </c>
+    </row>
+    <row r="35" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B35" t="s">
+        <v>2158</v>
+      </c>
+      <c r="D35" t="s">
+        <v>2159</v>
+      </c>
+    </row>
+    <row r="36" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B36" t="s">
+        <v>2160</v>
+      </c>
+      <c r="C36" t="s">
+        <v>269</v>
+      </c>
+      <c r="D36" t="s">
+        <v>2161</v>
+      </c>
+    </row>
+    <row r="37" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B37" t="s">
+        <v>2162</v>
+      </c>
+      <c r="C37" t="s">
+        <v>272</v>
+      </c>
+      <c r="D37" t="s">
+        <v>2163</v>
+      </c>
+    </row>
+    <row r="38" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B38" t="s">
+        <v>2164</v>
+      </c>
+      <c r="C38" t="s">
+        <v>275</v>
+      </c>
+      <c r="D38" t="s">
+        <v>2165</v>
+      </c>
+    </row>
+    <row r="39" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B39" t="s">
+        <v>2166</v>
+      </c>
+      <c r="C39" t="s">
+        <v>278</v>
+      </c>
+      <c r="D39" t="s">
+        <v>2167</v>
+      </c>
+    </row>
+    <row r="40" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B40" t="s">
+        <v>2168</v>
+      </c>
+      <c r="C40" t="s">
+        <v>283</v>
+      </c>
+      <c r="D40" t="s">
+        <v>2169</v>
+      </c>
+    </row>
+    <row r="41" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B41" t="s">
+        <v>2170</v>
+      </c>
+      <c r="C41" t="s">
+        <v>286</v>
+      </c>
+      <c r="D41" t="s">
+        <v>2171</v>
+      </c>
+    </row>
+    <row r="42" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B42" t="s">
+        <v>2172</v>
+      </c>
+      <c r="D42" t="s">
+        <v>2173</v>
+      </c>
+    </row>
+    <row r="43" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B43" t="s">
+        <v>2174</v>
+      </c>
+      <c r="C43" t="s">
+        <v>752</v>
+      </c>
+      <c r="D43" t="s">
+        <v>2175</v>
+      </c>
+    </row>
+    <row r="44" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B44" t="s">
+        <v>2176</v>
+      </c>
+      <c r="C44" t="s">
+        <v>1058</v>
+      </c>
+      <c r="D44" t="s">
+        <v>2177</v>
+      </c>
+    </row>
+    <row r="45" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B45" t="s">
+        <v>2178</v>
+      </c>
+      <c r="C45" t="s">
+        <v>1061</v>
+      </c>
+      <c r="D45" t="s">
+        <v>2179</v>
+      </c>
+    </row>
+    <row r="46" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B46" t="s">
+        <v>2180</v>
+      </c>
+      <c r="C46" t="s">
+        <v>1064</v>
+      </c>
+      <c r="D46" t="s">
+        <v>2181</v>
+      </c>
+    </row>
+    <row r="47" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B47" t="s">
+        <v>1689</v>
+      </c>
+      <c r="C47" t="s">
+        <v>1067</v>
+      </c>
+      <c r="D47" t="s">
+        <v>2182</v>
+      </c>
+    </row>
+    <row r="48" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B48" t="s">
+        <v>2183</v>
+      </c>
+      <c r="C48" t="s">
+        <v>1309</v>
+      </c>
+      <c r="D48" t="s">
+        <v>2184</v>
+      </c>
+    </row>
+    <row r="49" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B49" t="s">
+        <v>2185</v>
+      </c>
+      <c r="C49" t="s">
+        <v>1312</v>
+      </c>
+      <c r="D49" t="s">
+        <v>2186</v>
+      </c>
+    </row>
+    <row r="50" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B50" t="s">
+        <v>2187</v>
+      </c>
+      <c r="C50" t="s">
+        <v>1315</v>
+      </c>
+      <c r="D50" t="s">
+        <v>2188</v>
+      </c>
+    </row>
+    <row r="51" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B51" t="s">
+        <v>2122</v>
+      </c>
+      <c r="D51" t="s">
+        <v>2189</v>
+      </c>
+    </row>
+    <row r="52" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B52" t="s">
+        <v>2124</v>
+      </c>
+      <c r="C52" t="s">
+        <v>115</v>
+      </c>
+      <c r="D52" t="s">
+        <v>2190</v>
+      </c>
+    </row>
+    <row r="53" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B53" t="s">
+        <v>2126</v>
+      </c>
+      <c r="C53" t="s">
+        <v>118</v>
+      </c>
+      <c r="D53" t="s">
+        <v>2191</v>
+      </c>
+    </row>
+    <row r="54" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B54" t="s">
+        <v>2128</v>
+      </c>
+      <c r="C54" t="s">
+        <v>121</v>
+      </c>
+      <c r="D54" t="s">
+        <v>2192</v>
+      </c>
+    </row>
+    <row r="55" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B55" t="s">
+        <v>2130</v>
+      </c>
+      <c r="C55" t="s">
+        <v>124</v>
+      </c>
+      <c r="D55" t="s">
+        <v>2193</v>
+      </c>
+    </row>
+    <row r="56" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B56" t="s">
+        <v>2132</v>
+      </c>
+      <c r="C56" t="s">
+        <v>127</v>
+      </c>
+      <c r="D56" t="s">
+        <v>2194</v>
+      </c>
+    </row>
+    <row r="57" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B57" t="s">
+        <v>2134</v>
+      </c>
+      <c r="C57" t="s">
         <v>132</v>
       </c>
-      <c r="D2" t="s">
-[...7 lines deleted...]
-      <c r="B3" t="s">
+      <c r="D57" t="s">
+        <v>2195</v>
+      </c>
+    </row>
+    <row r="58" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B58" t="s">
+        <v>2136</v>
+      </c>
+      <c r="C58" t="s">
+        <v>135</v>
+      </c>
+      <c r="D58" t="s">
+        <v>2196</v>
+      </c>
+    </row>
+    <row r="59" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B59" t="s">
+        <v>2138</v>
+      </c>
+      <c r="D59" t="s">
+        <v>2197</v>
+      </c>
+    </row>
+    <row r="60" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B60" t="s">
+        <v>2140</v>
+      </c>
+      <c r="C60" t="s">
         <v>138</v>
       </c>
-      <c r="D3" t="s">
-[...568 lines deleted...]
-      </c>
       <c r="D60" t="s">
-        <v>2413</v>
-[...2 lines deleted...]
-    <row r="61" spans="2:4">
+        <v>2198</v>
+      </c>
+    </row>
+    <row r="61" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B61" t="s">
-        <v>2357</v>
+        <v>2142</v>
       </c>
       <c r="C61" t="s">
-        <v>279</v>
+        <v>243</v>
       </c>
       <c r="D61" t="s">
-        <v>2414</v>
-[...2 lines deleted...]
-    <row r="62" spans="2:4">
+        <v>2199</v>
+      </c>
+    </row>
+    <row r="62" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B62" t="s">
-        <v>2359</v>
+        <v>2144</v>
       </c>
       <c r="C62" t="s">
-        <v>282</v>
+        <v>246</v>
       </c>
       <c r="D62" t="s">
-        <v>2415</v>
-[...2 lines deleted...]
-    <row r="63" spans="2:4">
+        <v>2200</v>
+      </c>
+    </row>
+    <row r="63" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B63" t="s">
-        <v>2361</v>
+        <v>2146</v>
       </c>
       <c r="C63" t="s">
-        <v>285</v>
+        <v>249</v>
       </c>
       <c r="D63" t="s">
-        <v>2416</v>
-[...2 lines deleted...]
-    <row r="64" spans="2:4">
+        <v>2201</v>
+      </c>
+    </row>
+    <row r="64" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B64" t="s">
-        <v>2363</v>
+        <v>2148</v>
       </c>
       <c r="C64" t="s">
-        <v>288</v>
+        <v>252</v>
       </c>
       <c r="D64" t="s">
-        <v>2417</v>
-[...2 lines deleted...]
-    <row r="65" spans="2:4">
+        <v>2202</v>
+      </c>
+    </row>
+    <row r="65" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B65" t="s">
-        <v>2365</v>
+        <v>2150</v>
       </c>
       <c r="C65" t="s">
-        <v>291</v>
+        <v>255</v>
       </c>
       <c r="D65" t="s">
-        <v>2418</v>
-[...2 lines deleted...]
-    <row r="66" spans="2:4">
+        <v>2203</v>
+      </c>
+    </row>
+    <row r="66" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B66" t="s">
-        <v>2367</v>
+        <v>2152</v>
       </c>
       <c r="C66" t="s">
-        <v>294</v>
+        <v>258</v>
       </c>
       <c r="D66" t="s">
-        <v>2419</v>
-[...2 lines deleted...]
-    <row r="67" spans="2:4">
+        <v>2204</v>
+      </c>
+    </row>
+    <row r="67" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B67" t="s">
-        <v>2369</v>
+        <v>2154</v>
       </c>
       <c r="C67" t="s">
-        <v>297</v>
+        <v>261</v>
       </c>
       <c r="D67" t="s">
-        <v>2420</v>
-[...2 lines deleted...]
-    <row r="68" spans="2:4">
+        <v>2205</v>
+      </c>
+    </row>
+    <row r="68" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B68" t="s">
-        <v>2371</v>
+        <v>2156</v>
       </c>
       <c r="C68" t="s">
-        <v>302</v>
+        <v>266</v>
       </c>
       <c r="D68" t="s">
-        <v>2421</v>
-[...2 lines deleted...]
-    <row r="69" spans="2:4">
+        <v>2206</v>
+      </c>
+    </row>
+    <row r="69" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B69" t="s">
-        <v>2373</v>
+        <v>2158</v>
       </c>
       <c r="D69" t="s">
-        <v>2422</v>
-[...2 lines deleted...]
-    <row r="70" spans="2:4">
+        <v>2207</v>
+      </c>
+    </row>
+    <row r="70" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B70" t="s">
-        <v>2375</v>
+        <v>2160</v>
       </c>
       <c r="C70" t="s">
-        <v>305</v>
+        <v>269</v>
       </c>
       <c r="D70" t="s">
-        <v>2423</v>
-[...2 lines deleted...]
-    <row r="71" spans="2:4">
+        <v>2208</v>
+      </c>
+    </row>
+    <row r="71" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B71" t="s">
-        <v>2377</v>
+        <v>2162</v>
       </c>
       <c r="C71" t="s">
-        <v>308</v>
+        <v>272</v>
       </c>
       <c r="D71" t="s">
-        <v>2424</v>
-[...2 lines deleted...]
-    <row r="72" spans="2:4">
+        <v>2209</v>
+      </c>
+    </row>
+    <row r="72" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B72" t="s">
-        <v>2379</v>
+        <v>2164</v>
       </c>
       <c r="C72" t="s">
-        <v>311</v>
+        <v>275</v>
       </c>
       <c r="D72" t="s">
-        <v>2425</v>
-[...2 lines deleted...]
-    <row r="73" spans="2:4">
+        <v>2210</v>
+      </c>
+    </row>
+    <row r="73" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B73" t="s">
-        <v>2381</v>
+        <v>2166</v>
       </c>
       <c r="C73" t="s">
-        <v>314</v>
+        <v>278</v>
       </c>
       <c r="D73" t="s">
-        <v>2426</v>
-[...2 lines deleted...]
-    <row r="74" spans="2:4">
+        <v>2211</v>
+      </c>
+    </row>
+    <row r="74" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B74" t="s">
-        <v>2383</v>
+        <v>2168</v>
       </c>
       <c r="C74" t="s">
-        <v>319</v>
+        <v>283</v>
       </c>
       <c r="D74" t="s">
-        <v>2427</v>
-[...2 lines deleted...]
-    <row r="75" spans="2:4">
+        <v>2212</v>
+      </c>
+    </row>
+    <row r="75" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B75" t="s">
-        <v>2385</v>
+        <v>2170</v>
       </c>
       <c r="C75" t="s">
-        <v>322</v>
+        <v>286</v>
       </c>
       <c r="D75" t="s">
-        <v>2428</v>
-[...2 lines deleted...]
-    <row r="76" spans="2:4">
+        <v>2213</v>
+      </c>
+    </row>
+    <row r="76" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B76" t="s">
-        <v>2387</v>
+        <v>2172</v>
       </c>
       <c r="D76" t="s">
-        <v>2429</v>
-[...2 lines deleted...]
-    <row r="77" spans="2:4">
+        <v>2214</v>
+      </c>
+    </row>
+    <row r="77" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B77" t="s">
-        <v>2389</v>
+        <v>2174</v>
       </c>
       <c r="C77" t="s">
-        <v>788</v>
+        <v>752</v>
       </c>
       <c r="D77" t="s">
-        <v>2430</v>
-[...2 lines deleted...]
-    <row r="78" spans="2:4">
+        <v>2215</v>
+      </c>
+    </row>
+    <row r="78" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B78" t="s">
-        <v>2391</v>
+        <v>2176</v>
       </c>
       <c r="C78" t="s">
-        <v>1094</v>
+        <v>1058</v>
       </c>
       <c r="D78" t="s">
-        <v>2431</v>
-[...2 lines deleted...]
-    <row r="79" spans="2:4">
+        <v>2216</v>
+      </c>
+    </row>
+    <row r="79" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B79" t="s">
-        <v>2393</v>
+        <v>2178</v>
       </c>
       <c r="C79" t="s">
-        <v>1097</v>
+        <v>1061</v>
       </c>
       <c r="D79" t="s">
-        <v>2432</v>
-[...2 lines deleted...]
-    <row r="80" spans="2:4">
+        <v>2217</v>
+      </c>
+    </row>
+    <row r="80" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B80" t="s">
-        <v>2395</v>
+        <v>2180</v>
       </c>
       <c r="C80" t="s">
-        <v>1100</v>
+        <v>1064</v>
       </c>
       <c r="D80" t="s">
-        <v>2433</v>
-[...2 lines deleted...]
-    <row r="81" spans="2:4">
+        <v>2218</v>
+      </c>
+    </row>
+    <row r="81" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B81" t="s">
-        <v>1725</v>
+        <v>1689</v>
       </c>
       <c r="C81" t="s">
-        <v>1103</v>
+        <v>1067</v>
       </c>
       <c r="D81" t="s">
-        <v>2434</v>
-[...2 lines deleted...]
-    <row r="82" spans="2:4">
+        <v>2219</v>
+      </c>
+    </row>
+    <row r="82" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B82" t="s">
-        <v>2398</v>
+        <v>2183</v>
       </c>
       <c r="C82" t="s">
-        <v>1345</v>
+        <v>1309</v>
       </c>
       <c r="D82" t="s">
-        <v>2435</v>
-[...2 lines deleted...]
-    <row r="83" spans="2:4">
+        <v>2220</v>
+      </c>
+    </row>
+    <row r="83" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B83" t="s">
-        <v>2400</v>
+        <v>2185</v>
       </c>
       <c r="C83" t="s">
-        <v>1348</v>
+        <v>1312</v>
       </c>
       <c r="D83" t="s">
-        <v>2436</v>
-[...2 lines deleted...]
-    <row r="84" spans="2:4">
+        <v>2221</v>
+      </c>
+    </row>
+    <row r="84" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B84" t="s">
-        <v>2402</v>
+        <v>2187</v>
       </c>
       <c r="C84" t="s">
-        <v>1351</v>
+        <v>1315</v>
       </c>
       <c r="D84" t="s">
-        <v>2437</v>
+        <v>2222</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <sheetPr/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
   <dimension ref="A1:D40"/>
   <sheetViews>
-    <sheetView view="normal" workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="12.75" baseColWidth="0"/>
+  <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="4" width="50.7109375" customWidth="1"/>
+    <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:4">
-      <c r="A1" s="2" t="s">
+    <row r="1" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A1" s="1" t="s">
+        <v>99</v>
+      </c>
+      <c r="B1" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" s="1" t="s">
+        <v>100</v>
+      </c>
+      <c r="D1" s="1" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="2" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A2" t="s">
+        <v>13</v>
+      </c>
+      <c r="B2" t="s">
+        <v>14</v>
+      </c>
+      <c r="D2" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="3" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A3" t="s">
+        <v>213</v>
+      </c>
+      <c r="B3" t="s">
+        <v>102</v>
+      </c>
+      <c r="D3" t="s">
+        <v>214</v>
+      </c>
+    </row>
+    <row r="4" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B4" t="s">
+        <v>104</v>
+      </c>
+      <c r="D4" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="5" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B5" t="s">
+        <v>216</v>
+      </c>
+      <c r="D5" t="s">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="6" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B6" t="s">
+        <v>106</v>
+      </c>
+      <c r="D6" t="s">
+        <v>218</v>
+      </c>
+    </row>
+    <row r="7" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B7" t="s">
+        <v>219</v>
+      </c>
+      <c r="D7" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="8" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B8" t="s">
+        <v>108</v>
+      </c>
+      <c r="D8" t="s">
+        <v>221</v>
+      </c>
+    </row>
+    <row r="9" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B9" t="s">
+        <v>222</v>
+      </c>
+      <c r="C9" t="s">
+        <v>115</v>
+      </c>
+      <c r="D9" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="10" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B10" t="s">
+        <v>224</v>
+      </c>
+      <c r="D10" t="s">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="11" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B11" t="s">
+        <v>226</v>
+      </c>
+      <c r="C11" t="s">
+        <v>118</v>
+      </c>
+      <c r="D11" t="s">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="12" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B12" t="s">
+        <v>228</v>
+      </c>
+      <c r="C12" t="s">
+        <v>121</v>
+      </c>
+      <c r="D12" t="s">
+        <v>229</v>
+      </c>
+    </row>
+    <row r="13" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B13" t="s">
+        <v>230</v>
+      </c>
+      <c r="C13" t="s">
+        <v>124</v>
+      </c>
+      <c r="D13" t="s">
+        <v>231</v>
+      </c>
+    </row>
+    <row r="14" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B14" t="s">
+        <v>232</v>
+      </c>
+      <c r="C14" t="s">
+        <v>127</v>
+      </c>
+      <c r="D14" t="s">
+        <v>233</v>
+      </c>
+    </row>
+    <row r="15" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B15" t="s">
+        <v>234</v>
+      </c>
+      <c r="C15" t="s">
+        <v>132</v>
+      </c>
+      <c r="D15" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="16" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B16" t="s">
+        <v>236</v>
+      </c>
+      <c r="C16" t="s">
         <v>135</v>
       </c>
-      <c r="B1" s="2" t="s">
-[...21 lines deleted...]
-      <c r="A3" t="s">
+      <c r="D16" t="s">
+        <v>237</v>
+      </c>
+    </row>
+    <row r="17" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B17" t="s">
+        <v>238</v>
+      </c>
+      <c r="C17" t="s">
+        <v>138</v>
+      </c>
+      <c r="D17" t="s">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="18" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B18" t="s">
+        <v>240</v>
+      </c>
+      <c r="D18" t="s">
+        <v>241</v>
+      </c>
+    </row>
+    <row r="19" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B19" t="s">
+        <v>242</v>
+      </c>
+      <c r="C19" t="s">
+        <v>243</v>
+      </c>
+      <c r="D19" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="20" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B20" t="s">
+        <v>245</v>
+      </c>
+      <c r="C20" t="s">
+        <v>246</v>
+      </c>
+      <c r="D20" t="s">
+        <v>247</v>
+      </c>
+    </row>
+    <row r="21" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B21" t="s">
+        <v>248</v>
+      </c>
+      <c r="C21" t="s">
         <v>249</v>
       </c>
-      <c r="B3" t="s">
-[...2 lines deleted...]
-      <c r="D3" t="s">
+      <c r="D21" t="s">
         <v>250</v>
       </c>
     </row>
-    <row r="4" spans="2:4">
-[...3 lines deleted...]
-      <c r="D4" t="s">
+    <row r="22" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B22" t="s">
         <v>251</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B5" t="s">
+      <c r="C22" t="s">
         <v>252</v>
       </c>
-      <c r="D5" t="s">
+      <c r="D22" t="s">
         <v>253</v>
       </c>
     </row>
-    <row r="6" spans="2:4">
-[...3 lines deleted...]
-      <c r="D6" t="s">
+    <row r="23" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B23" t="s">
         <v>254</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B7" t="s">
+      <c r="C23" t="s">
         <v>255</v>
       </c>
-      <c r="D7" t="s">
+      <c r="D23" t="s">
         <v>256</v>
       </c>
     </row>
-    <row r="8" spans="2:4">
-[...3 lines deleted...]
-      <c r="D8" t="s">
+    <row r="24" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B24" t="s">
         <v>257</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B9" t="s">
+      <c r="C24" t="s">
         <v>258</v>
       </c>
-      <c r="C9" t="s">
-[...2 lines deleted...]
-      <c r="D9" t="s">
+      <c r="D24" t="s">
         <v>259</v>
       </c>
     </row>
-    <row r="10" spans="2:4">
-      <c r="B10" t="s">
+    <row r="25" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B25" t="s">
         <v>260</v>
       </c>
-      <c r="D10" t="s">
+      <c r="C25" t="s">
         <v>261</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B11" t="s">
+      <c r="D25" t="s">
         <v>262</v>
       </c>
-      <c r="C11" t="s">
-[...2 lines deleted...]
-      <c r="D11" t="s">
+    </row>
+    <row r="26" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B26" t="s">
         <v>263</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B12" t="s">
+      <c r="D26" t="s">
         <v>264</v>
       </c>
-      <c r="C12" t="s">
-[...2 lines deleted...]
-      <c r="D12" t="s">
+    </row>
+    <row r="27" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B27" t="s">
         <v>265</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B13" t="s">
+      <c r="C27" t="s">
         <v>266</v>
       </c>
-      <c r="C13" t="s">
-[...2 lines deleted...]
-      <c r="D13" t="s">
+      <c r="D27" t="s">
         <v>267</v>
       </c>
     </row>
-    <row r="14" spans="2:4">
-      <c r="B14" t="s">
+    <row r="28" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B28" t="s">
         <v>268</v>
       </c>
-      <c r="C14" t="s">
-[...2 lines deleted...]
-      <c r="D14" t="s">
+      <c r="C28" t="s">
         <v>269</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B15" t="s">
+      <c r="D28" t="s">
         <v>270</v>
       </c>
-      <c r="C15" t="s">
-[...2 lines deleted...]
-      <c r="D15" t="s">
+    </row>
+    <row r="29" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B29" t="s">
         <v>271</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B16" t="s">
+      <c r="C29" t="s">
         <v>272</v>
       </c>
-      <c r="C16" t="s">
-[...2 lines deleted...]
-      <c r="D16" t="s">
+      <c r="D29" t="s">
         <v>273</v>
       </c>
     </row>
-    <row r="17" spans="2:4">
-      <c r="B17" t="s">
+    <row r="30" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B30" t="s">
         <v>274</v>
       </c>
-      <c r="C17" t="s">
-[...2 lines deleted...]
-      <c r="D17" t="s">
+      <c r="C30" t="s">
         <v>275</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B18" t="s">
+      <c r="D30" t="s">
         <v>276</v>
       </c>
-      <c r="D18" t="s">
+    </row>
+    <row r="31" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B31" t="s">
         <v>277</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B19" t="s">
+      <c r="C31" t="s">
         <v>278</v>
       </c>
-      <c r="C19" t="s">
+      <c r="D31" t="s">
         <v>279</v>
       </c>
-      <c r="D19" t="s">
+    </row>
+    <row r="32" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B32" t="s">
         <v>280</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B20" t="s">
+      <c r="D32" t="s">
         <v>281</v>
       </c>
-      <c r="C20" t="s">
+    </row>
+    <row r="33" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B33" t="s">
         <v>282</v>
       </c>
-      <c r="D20" t="s">
+      <c r="C33" t="s">
         <v>283</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B21" t="s">
+      <c r="D33" t="s">
         <v>284</v>
       </c>
-      <c r="C21" t="s">
+    </row>
+    <row r="34" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B34" t="s">
         <v>285</v>
       </c>
-      <c r="D21" t="s">
+      <c r="C34" t="s">
         <v>286</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B22" t="s">
+      <c r="D34" t="s">
         <v>287</v>
       </c>
-      <c r="C22" t="s">
+    </row>
+    <row r="35" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B35" t="s">
         <v>288</v>
       </c>
-      <c r="D22" t="s">
+      <c r="C35" t="s">
         <v>289</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B23" t="s">
+      <c r="D35" t="s">
         <v>290</v>
       </c>
-      <c r="C23" t="s">
+    </row>
+    <row r="36" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B36" t="s">
         <v>291</v>
       </c>
-      <c r="D23" t="s">
+      <c r="C36" t="s">
         <v>292</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B24" t="s">
+      <c r="D36" t="s">
         <v>293</v>
       </c>
-      <c r="C24" t="s">
+    </row>
+    <row r="37" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B37" t="s">
         <v>294</v>
       </c>
-      <c r="D24" t="s">
+      <c r="C37" t="s">
         <v>295</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B25" t="s">
+      <c r="D37" t="s">
         <v>296</v>
       </c>
-      <c r="C25" t="s">
+    </row>
+    <row r="38" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B38" t="s">
         <v>297</v>
       </c>
-      <c r="D25" t="s">
+      <c r="D38" t="s">
         <v>298</v>
       </c>
     </row>
-    <row r="26" spans="2:4">
-      <c r="B26" t="s">
+    <row r="39" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B39" t="s">
+        <v>297</v>
+      </c>
+      <c r="D39" t="s">
         <v>299</v>
       </c>
-      <c r="D26" t="s">
+    </row>
+    <row r="40" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B40" t="s">
         <v>300</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B27" t="s">
+      <c r="D40" t="s">
         <v>301</v>
-      </c>
-[...135 lines deleted...]
-        <v>337</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <sheetPr/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0400-000000000000}">
   <dimension ref="A1:D17"/>
   <sheetViews>
-    <sheetView view="normal" workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="12.75" baseColWidth="0"/>
+  <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="4" width="50.7109375" customWidth="1"/>
+    <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:4">
-[...13 lines deleted...]
-    <row r="2" spans="1:4">
+    <row r="1" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A1" s="1" t="s">
+        <v>99</v>
+      </c>
+      <c r="B1" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" s="1" t="s">
+        <v>100</v>
+      </c>
+      <c r="D1" s="1" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="2" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="D2" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-    <row r="3" spans="1:4">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="3" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
-        <v>338</v>
+        <v>302</v>
       </c>
       <c r="B3" t="s">
-        <v>138</v>
+        <v>102</v>
       </c>
       <c r="D3" t="s">
-        <v>339</v>
-[...2 lines deleted...]
-    <row r="4" spans="2:4">
+        <v>303</v>
+      </c>
+    </row>
+    <row r="4" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B4" t="s">
-        <v>140</v>
+        <v>104</v>
       </c>
       <c r="D4" t="s">
-        <v>340</v>
-[...2 lines deleted...]
-    <row r="5" spans="2:4">
+        <v>304</v>
+      </c>
+    </row>
+    <row r="5" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B5" t="s">
-        <v>252</v>
+        <v>216</v>
       </c>
       <c r="D5" t="s">
-        <v>341</v>
-[...2 lines deleted...]
-    <row r="6" spans="2:4">
+        <v>305</v>
+      </c>
+    </row>
+    <row r="6" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B6" t="s">
-        <v>342</v>
+        <v>306</v>
       </c>
       <c r="D6" t="s">
-        <v>343</v>
-[...2 lines deleted...]
-    <row r="7" spans="2:4">
+        <v>307</v>
+      </c>
+    </row>
+    <row r="7" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B7" t="s">
-        <v>344</v>
+        <v>308</v>
       </c>
       <c r="D7" t="s">
-        <v>345</v>
-[...2 lines deleted...]
-    <row r="8" spans="2:4">
+        <v>309</v>
+      </c>
+    </row>
+    <row r="8" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B8" t="s">
-        <v>142</v>
+        <v>106</v>
       </c>
       <c r="D8" t="s">
-        <v>346</v>
-[...2 lines deleted...]
-    <row r="9" spans="2:4">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="9" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B9" t="s">
-        <v>347</v>
+        <v>311</v>
       </c>
       <c r="D9" t="s">
-        <v>348</v>
-[...2 lines deleted...]
-    <row r="10" spans="2:4">
+        <v>312</v>
+      </c>
+    </row>
+    <row r="10" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B10" t="s">
-        <v>144</v>
+        <v>108</v>
       </c>
       <c r="D10" t="s">
-        <v>349</v>
-[...2 lines deleted...]
-    <row r="11" spans="2:4">
+        <v>313</v>
+      </c>
+    </row>
+    <row r="11" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B11" t="s">
-        <v>350</v>
+        <v>314</v>
       </c>
       <c r="D11" t="s">
-        <v>351</v>
-[...2 lines deleted...]
-    <row r="12" spans="2:4">
+        <v>315</v>
+      </c>
+    </row>
+    <row r="12" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B12" t="s">
-        <v>352</v>
+        <v>316</v>
       </c>
       <c r="D12" t="s">
-        <v>353</v>
-[...2 lines deleted...]
-    <row r="13" spans="2:4">
+        <v>317</v>
+      </c>
+    </row>
+    <row r="13" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B13" t="s">
-        <v>354</v>
+        <v>318</v>
       </c>
       <c r="D13" t="s">
-        <v>355</v>
-[...2 lines deleted...]
-    <row r="14" spans="2:4">
+        <v>319</v>
+      </c>
+    </row>
+    <row r="14" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B14" t="s">
-        <v>356</v>
+        <v>320</v>
       </c>
       <c r="C14" t="s">
-        <v>151</v>
+        <v>115</v>
       </c>
       <c r="D14" t="s">
-        <v>357</v>
-[...2 lines deleted...]
-    <row r="15" spans="2:4">
+        <v>321</v>
+      </c>
+    </row>
+    <row r="15" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B15" t="s">
-        <v>358</v>
+        <v>322</v>
       </c>
       <c r="C15" t="s">
-        <v>154</v>
+        <v>118</v>
       </c>
       <c r="D15" t="s">
-        <v>359</v>
-[...2 lines deleted...]
-    <row r="16" spans="2:4">
+        <v>323</v>
+      </c>
+    </row>
+    <row r="16" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B16" t="s">
-        <v>360</v>
+        <v>324</v>
       </c>
       <c r="C16" t="s">
-        <v>157</v>
+        <v>121</v>
       </c>
       <c r="D16" t="s">
-        <v>361</v>
-[...2 lines deleted...]
-    <row r="17" spans="2:4">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="17" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B17" t="s">
-        <v>362</v>
+        <v>326</v>
       </c>
       <c r="C17" t="s">
-        <v>160</v>
+        <v>124</v>
       </c>
       <c r="D17" t="s">
-        <v>363</v>
+        <v>327</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <sheetPr/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0500-000000000000}">
   <dimension ref="A1:D24"/>
   <sheetViews>
-    <sheetView view="normal" workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="12.75" baseColWidth="0"/>
+  <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="4" width="50.7109375" customWidth="1"/>
+    <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:4">
-      <c r="A1" s="2" t="s">
+    <row r="1" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A1" s="1" t="s">
+        <v>99</v>
+      </c>
+      <c r="B1" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" s="1" t="s">
+        <v>100</v>
+      </c>
+      <c r="D1" s="1" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="2" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A2" t="s">
+        <v>19</v>
+      </c>
+      <c r="B2" t="s">
+        <v>20</v>
+      </c>
+      <c r="D2" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="3" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A3" t="s">
+        <v>328</v>
+      </c>
+      <c r="B3" t="s">
+        <v>102</v>
+      </c>
+      <c r="D3" t="s">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="4" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A4" t="s">
+        <v>329</v>
+      </c>
+      <c r="B4" t="s">
+        <v>306</v>
+      </c>
+      <c r="D4" t="s">
+        <v>331</v>
+      </c>
+    </row>
+    <row r="5" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B5" t="s">
+        <v>106</v>
+      </c>
+      <c r="D5" t="s">
+        <v>332</v>
+      </c>
+    </row>
+    <row r="6" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B6" t="s">
+        <v>333</v>
+      </c>
+      <c r="D6" t="s">
+        <v>334</v>
+      </c>
+    </row>
+    <row r="7" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B7" t="s">
+        <v>108</v>
+      </c>
+      <c r="D7" t="s">
+        <v>335</v>
+      </c>
+    </row>
+    <row r="8" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B8" t="s">
+        <v>336</v>
+      </c>
+      <c r="C8" t="s">
+        <v>115</v>
+      </c>
+      <c r="D8" t="s">
+        <v>337</v>
+      </c>
+    </row>
+    <row r="9" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B9" t="s">
+        <v>338</v>
+      </c>
+      <c r="C9" t="s">
+        <v>118</v>
+      </c>
+      <c r="D9" t="s">
+        <v>339</v>
+      </c>
+    </row>
+    <row r="10" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B10" t="s">
+        <v>340</v>
+      </c>
+      <c r="C10" t="s">
+        <v>121</v>
+      </c>
+      <c r="D10" t="s">
+        <v>341</v>
+      </c>
+    </row>
+    <row r="11" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B11" t="s">
+        <v>342</v>
+      </c>
+      <c r="C11" t="s">
+        <v>124</v>
+      </c>
+      <c r="D11" t="s">
+        <v>343</v>
+      </c>
+    </row>
+    <row r="12" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B12" t="s">
+        <v>120</v>
+      </c>
+      <c r="C12" t="s">
+        <v>127</v>
+      </c>
+      <c r="D12" t="s">
+        <v>344</v>
+      </c>
+    </row>
+    <row r="13" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B13" t="s">
+        <v>345</v>
+      </c>
+      <c r="C13" t="s">
+        <v>132</v>
+      </c>
+      <c r="D13" t="s">
+        <v>346</v>
+      </c>
+    </row>
+    <row r="14" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B14" t="s">
+        <v>347</v>
+      </c>
+      <c r="C14" t="s">
         <v>135</v>
       </c>
-      <c r="B1" s="2" t="s">
-[...21 lines deleted...]
-      <c r="A3" t="s">
+      <c r="D14" t="s">
+        <v>348</v>
+      </c>
+    </row>
+    <row r="15" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B15" t="s">
+        <v>349</v>
+      </c>
+      <c r="C15" t="s">
+        <v>138</v>
+      </c>
+      <c r="D15" t="s">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="16" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B16" t="s">
+        <v>351</v>
+      </c>
+      <c r="C16" t="s">
+        <v>243</v>
+      </c>
+      <c r="D16" t="s">
+        <v>352</v>
+      </c>
+    </row>
+    <row r="17" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B17" t="s">
+        <v>353</v>
+      </c>
+      <c r="C17" t="s">
+        <v>246</v>
+      </c>
+      <c r="D17" t="s">
+        <v>354</v>
+      </c>
+    </row>
+    <row r="18" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B18" t="s">
+        <v>355</v>
+      </c>
+      <c r="C18" t="s">
+        <v>249</v>
+      </c>
+      <c r="D18" t="s">
+        <v>356</v>
+      </c>
+    </row>
+    <row r="19" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B19" t="s">
+        <v>357</v>
+      </c>
+      <c r="C19" t="s">
+        <v>252</v>
+      </c>
+      <c r="D19" t="s">
+        <v>358</v>
+      </c>
+    </row>
+    <row r="20" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B20" t="s">
+        <v>134</v>
+      </c>
+      <c r="C20" t="s">
+        <v>255</v>
+      </c>
+      <c r="D20" t="s">
+        <v>359</v>
+      </c>
+    </row>
+    <row r="21" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B21" t="s">
+        <v>360</v>
+      </c>
+      <c r="C21" t="s">
+        <v>258</v>
+      </c>
+      <c r="D21" t="s">
+        <v>361</v>
+      </c>
+    </row>
+    <row r="22" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B22" t="s">
+        <v>362</v>
+      </c>
+      <c r="D22" t="s">
+        <v>363</v>
+      </c>
+    </row>
+    <row r="23" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B23" t="s">
         <v>364</v>
       </c>
-      <c r="B3" t="s">
-[...2 lines deleted...]
-      <c r="D3" t="s">
+      <c r="C23" t="s">
+        <v>289</v>
+      </c>
+      <c r="D23" t="s">
+        <v>365</v>
+      </c>
+    </row>
+    <row r="24" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B24" t="s">
         <v>366</v>
       </c>
-    </row>
-[...7 lines deleted...]
-      <c r="D4" t="s">
+      <c r="C24" t="s">
+        <v>292</v>
+      </c>
+      <c r="D24" t="s">
         <v>367</v>
-      </c>
-[...206 lines deleted...]
-        <v>403</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <sheetPr/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0600-000000000000}">
   <dimension ref="A1:D11"/>
   <sheetViews>
-    <sheetView view="normal" workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="12.75" baseColWidth="0"/>
+  <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="4" width="50.7109375" customWidth="1"/>
+    <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:4">
-[...13 lines deleted...]
-    <row r="2" spans="1:4">
+    <row r="1" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A1" s="1" t="s">
+        <v>99</v>
+      </c>
+      <c r="B1" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" s="1" t="s">
+        <v>100</v>
+      </c>
+      <c r="D1" s="1" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="2" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
-        <v>28</v>
+        <v>22</v>
       </c>
       <c r="B2" t="s">
-        <v>29</v>
+        <v>23</v>
       </c>
       <c r="D2" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-    <row r="3" spans="1:4">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="3" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
-        <v>404</v>
+        <v>368</v>
       </c>
       <c r="B3" t="s">
-        <v>138</v>
+        <v>102</v>
       </c>
       <c r="D3" t="s">
-        <v>406</v>
-[...2 lines deleted...]
-    <row r="4" spans="1:4">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="4" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A4" t="s">
-        <v>405</v>
+        <v>369</v>
       </c>
       <c r="B4" t="s">
-        <v>140</v>
+        <v>104</v>
       </c>
       <c r="D4" t="s">
-        <v>407</v>
-[...2 lines deleted...]
-    <row r="5" spans="2:4">
+        <v>371</v>
+      </c>
+    </row>
+    <row r="5" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B5" t="s">
-        <v>142</v>
+        <v>106</v>
       </c>
       <c r="D5" t="s">
-        <v>408</v>
-[...2 lines deleted...]
-    <row r="6" spans="2:4">
+        <v>372</v>
+      </c>
+    </row>
+    <row r="6" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B6" t="s">
-        <v>409</v>
+        <v>373</v>
       </c>
       <c r="C6" t="s">
-        <v>151</v>
+        <v>115</v>
       </c>
       <c r="D6" t="s">
-        <v>410</v>
-[...2 lines deleted...]
-    <row r="7" spans="2:4">
+        <v>374</v>
+      </c>
+    </row>
+    <row r="7" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B7" t="s">
-        <v>411</v>
+        <v>375</v>
       </c>
       <c r="C7" t="s">
-        <v>154</v>
+        <v>118</v>
       </c>
       <c r="D7" t="s">
-        <v>412</v>
-[...2 lines deleted...]
-    <row r="8" spans="2:4">
+        <v>376</v>
+      </c>
+    </row>
+    <row r="8" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B8" t="s">
-        <v>413</v>
+        <v>377</v>
       </c>
       <c r="C8" t="s">
-        <v>157</v>
+        <v>121</v>
       </c>
       <c r="D8" t="s">
-        <v>414</v>
-[...2 lines deleted...]
-    <row r="9" spans="2:4">
+        <v>378</v>
+      </c>
+    </row>
+    <row r="9" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B9" t="s">
-        <v>415</v>
+        <v>379</v>
       </c>
       <c r="C9" t="s">
-        <v>160</v>
+        <v>124</v>
       </c>
       <c r="D9" t="s">
-        <v>416</v>
-[...2 lines deleted...]
-    <row r="10" spans="2:4">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="10" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B10" t="s">
-        <v>417</v>
+        <v>381</v>
       </c>
       <c r="C10" t="s">
-        <v>163</v>
+        <v>127</v>
       </c>
       <c r="D10" t="s">
-        <v>418</v>
-[...2 lines deleted...]
-    <row r="11" spans="2:4">
+        <v>382</v>
+      </c>
+    </row>
+    <row r="11" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B11" t="s">
-        <v>419</v>
+        <v>383</v>
       </c>
       <c r="C11" t="s">
-        <v>168</v>
+        <v>132</v>
       </c>
       <c r="D11" t="s">
-        <v>420</v>
+        <v>384</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <sheetPr/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0700-000000000000}">
   <dimension ref="A1:D51"/>
   <sheetViews>
-    <sheetView view="normal" workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="12.75" baseColWidth="0"/>
+  <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="4" width="50.7109375" customWidth="1"/>
+    <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:4">
-      <c r="A1" s="2" t="s">
+    <row r="1" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A1" s="1" t="s">
+        <v>99</v>
+      </c>
+      <c r="B1" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" s="1" t="s">
+        <v>100</v>
+      </c>
+      <c r="D1" s="1" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="2" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A2" t="s">
+        <v>25</v>
+      </c>
+      <c r="B2" t="s">
+        <v>26</v>
+      </c>
+      <c r="D2" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="3" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A3" t="s">
+        <v>385</v>
+      </c>
+      <c r="B3" t="s">
+        <v>102</v>
+      </c>
+      <c r="D3" t="s">
+        <v>387</v>
+      </c>
+    </row>
+    <row r="4" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A4" t="s">
+        <v>386</v>
+      </c>
+      <c r="B4" t="s">
+        <v>102</v>
+      </c>
+      <c r="D4" t="s">
+        <v>388</v>
+      </c>
+    </row>
+    <row r="5" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B5" t="s">
+        <v>104</v>
+      </c>
+      <c r="D5" t="s">
+        <v>389</v>
+      </c>
+    </row>
+    <row r="6" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B6" t="s">
+        <v>102</v>
+      </c>
+      <c r="D6" t="s">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="7" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B7" t="s">
+        <v>391</v>
+      </c>
+      <c r="D7" t="s">
+        <v>392</v>
+      </c>
+    </row>
+    <row r="8" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B8" t="s">
+        <v>306</v>
+      </c>
+      <c r="D8" t="s">
+        <v>393</v>
+      </c>
+    </row>
+    <row r="9" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B9" t="s">
+        <v>104</v>
+      </c>
+      <c r="D9" t="s">
+        <v>394</v>
+      </c>
+    </row>
+    <row r="10" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B10" t="s">
+        <v>306</v>
+      </c>
+      <c r="D10" t="s">
+        <v>395</v>
+      </c>
+    </row>
+    <row r="11" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B11" t="s">
+        <v>106</v>
+      </c>
+      <c r="D11" t="s">
+        <v>396</v>
+      </c>
+    </row>
+    <row r="12" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B12" t="s">
+        <v>102</v>
+      </c>
+      <c r="D12" t="s">
+        <v>397</v>
+      </c>
+    </row>
+    <row r="13" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B13" t="s">
+        <v>108</v>
+      </c>
+      <c r="D13" t="s">
+        <v>398</v>
+      </c>
+    </row>
+    <row r="14" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B14" t="s">
+        <v>391</v>
+      </c>
+      <c r="D14" t="s">
+        <v>399</v>
+      </c>
+    </row>
+    <row r="15" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B15" t="s">
+        <v>306</v>
+      </c>
+      <c r="D15" t="s">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="16" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B16" t="s">
+        <v>104</v>
+      </c>
+      <c r="D16" t="s">
+        <v>401</v>
+      </c>
+    </row>
+    <row r="17" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B17" t="s">
+        <v>306</v>
+      </c>
+      <c r="D17" t="s">
+        <v>402</v>
+      </c>
+    </row>
+    <row r="18" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B18" t="s">
+        <v>106</v>
+      </c>
+      <c r="D18" t="s">
+        <v>403</v>
+      </c>
+    </row>
+    <row r="19" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B19" t="s">
+        <v>108</v>
+      </c>
+      <c r="D19" t="s">
+        <v>404</v>
+      </c>
+    </row>
+    <row r="20" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B20" t="s">
+        <v>391</v>
+      </c>
+      <c r="D20" t="s">
+        <v>405</v>
+      </c>
+    </row>
+    <row r="21" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B21" t="s">
+        <v>306</v>
+      </c>
+      <c r="D21" t="s">
+        <v>406</v>
+      </c>
+    </row>
+    <row r="22" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B22" t="s">
+        <v>306</v>
+      </c>
+      <c r="D22" t="s">
+        <v>407</v>
+      </c>
+    </row>
+    <row r="23" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B23" t="s">
+        <v>106</v>
+      </c>
+      <c r="D23" t="s">
+        <v>408</v>
+      </c>
+    </row>
+    <row r="24" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B24" t="s">
+        <v>108</v>
+      </c>
+      <c r="D24" t="s">
+        <v>409</v>
+      </c>
+    </row>
+    <row r="25" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B25" t="s">
+        <v>410</v>
+      </c>
+      <c r="C25" t="s">
+        <v>115</v>
+      </c>
+      <c r="D25" t="s">
+        <v>411</v>
+      </c>
+    </row>
+    <row r="26" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B26" t="s">
+        <v>412</v>
+      </c>
+      <c r="C26" t="s">
+        <v>118</v>
+      </c>
+      <c r="D26" t="s">
+        <v>413</v>
+      </c>
+    </row>
+    <row r="27" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B27" t="s">
+        <v>120</v>
+      </c>
+      <c r="C27" t="s">
+        <v>121</v>
+      </c>
+      <c r="D27" t="s">
+        <v>414</v>
+      </c>
+    </row>
+    <row r="28" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B28" t="s">
+        <v>415</v>
+      </c>
+      <c r="C28" t="s">
+        <v>124</v>
+      </c>
+      <c r="D28" t="s">
+        <v>416</v>
+      </c>
+    </row>
+    <row r="29" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B29" t="s">
+        <v>353</v>
+      </c>
+      <c r="C29" t="s">
+        <v>127</v>
+      </c>
+      <c r="D29" t="s">
+        <v>417</v>
+      </c>
+    </row>
+    <row r="30" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B30" t="s">
+        <v>418</v>
+      </c>
+      <c r="C30" t="s">
+        <v>132</v>
+      </c>
+      <c r="D30" t="s">
+        <v>419</v>
+      </c>
+    </row>
+    <row r="31" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B31" t="s">
+        <v>134</v>
+      </c>
+      <c r="C31" t="s">
         <v>135</v>
       </c>
-      <c r="B1" s="2" t="s">
-[...21 lines deleted...]
-      <c r="A3" t="s">
+      <c r="D31" t="s">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="32" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B32" t="s">
         <v>421</v>
       </c>
-      <c r="B3" t="s">
+      <c r="C32" t="s">
         <v>138</v>
       </c>
-      <c r="D3" t="s">
+      <c r="D32" t="s">
+        <v>422</v>
+      </c>
+    </row>
+    <row r="33" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B33" t="s">
+        <v>300</v>
+      </c>
+      <c r="D33" t="s">
         <v>423</v>
       </c>
     </row>
-    <row r="4" spans="1:4">
-[...3 lines deleted...]
-      <c r="B4" t="s">
+    <row r="34" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B34" t="s">
+        <v>410</v>
+      </c>
+      <c r="C34" t="s">
+        <v>115</v>
+      </c>
+      <c r="D34" t="s">
+        <v>424</v>
+      </c>
+    </row>
+    <row r="35" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B35" t="s">
+        <v>412</v>
+      </c>
+      <c r="C35" t="s">
+        <v>118</v>
+      </c>
+      <c r="D35" t="s">
+        <v>425</v>
+      </c>
+    </row>
+    <row r="36" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B36" t="s">
+        <v>120</v>
+      </c>
+      <c r="C36" t="s">
+        <v>121</v>
+      </c>
+      <c r="D36" t="s">
+        <v>426</v>
+      </c>
+    </row>
+    <row r="37" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B37" t="s">
+        <v>415</v>
+      </c>
+      <c r="C37" t="s">
+        <v>124</v>
+      </c>
+      <c r="D37" t="s">
+        <v>427</v>
+      </c>
+    </row>
+    <row r="38" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B38" t="s">
+        <v>353</v>
+      </c>
+      <c r="C38" t="s">
+        <v>127</v>
+      </c>
+      <c r="D38" t="s">
+        <v>428</v>
+      </c>
+    </row>
+    <row r="39" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B39" t="s">
+        <v>418</v>
+      </c>
+      <c r="C39" t="s">
+        <v>132</v>
+      </c>
+      <c r="D39" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="40" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B40" t="s">
+        <v>134</v>
+      </c>
+      <c r="C40" t="s">
+        <v>135</v>
+      </c>
+      <c r="D40" t="s">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="41" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B41" t="s">
+        <v>421</v>
+      </c>
+      <c r="C41" t="s">
         <v>138</v>
       </c>
-      <c r="D4" t="s">
-[...12 lines deleted...]
-      <c r="B6" t="s">
+      <c r="D41" t="s">
+        <v>431</v>
+      </c>
+    </row>
+    <row r="42" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B42" t="s">
+        <v>300</v>
+      </c>
+      <c r="D42" t="s">
+        <v>432</v>
+      </c>
+    </row>
+    <row r="43" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B43" t="s">
+        <v>410</v>
+      </c>
+      <c r="C43" t="s">
+        <v>115</v>
+      </c>
+      <c r="D43" t="s">
+        <v>433</v>
+      </c>
+    </row>
+    <row r="44" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B44" t="s">
+        <v>412</v>
+      </c>
+      <c r="C44" t="s">
+        <v>118</v>
+      </c>
+      <c r="D44" t="s">
+        <v>434</v>
+      </c>
+    </row>
+    <row r="45" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B45" t="s">
+        <v>120</v>
+      </c>
+      <c r="C45" t="s">
+        <v>121</v>
+      </c>
+      <c r="D45" t="s">
+        <v>435</v>
+      </c>
+    </row>
+    <row r="46" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B46" t="s">
+        <v>415</v>
+      </c>
+      <c r="C46" t="s">
+        <v>124</v>
+      </c>
+      <c r="D46" t="s">
+        <v>436</v>
+      </c>
+    </row>
+    <row r="47" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B47" t="s">
+        <v>353</v>
+      </c>
+      <c r="C47" t="s">
+        <v>127</v>
+      </c>
+      <c r="D47" t="s">
+        <v>437</v>
+      </c>
+    </row>
+    <row r="48" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B48" t="s">
+        <v>418</v>
+      </c>
+      <c r="C48" t="s">
+        <v>132</v>
+      </c>
+      <c r="D48" t="s">
+        <v>438</v>
+      </c>
+    </row>
+    <row r="49" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B49" t="s">
+        <v>134</v>
+      </c>
+      <c r="C49" t="s">
+        <v>135</v>
+      </c>
+      <c r="D49" t="s">
+        <v>439</v>
+      </c>
+    </row>
+    <row r="50" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B50" t="s">
+        <v>421</v>
+      </c>
+      <c r="C50" t="s">
         <v>138</v>
       </c>
-      <c r="D6" t="s">
-[...103 lines deleted...]
-      <c r="D19" t="s">
+      <c r="D50" t="s">
         <v>440</v>
       </c>
     </row>
-    <row r="20" spans="2:4">
-[...3 lines deleted...]
-      <c r="D20" t="s">
+    <row r="51" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B51" t="s">
+        <v>300</v>
+      </c>
+      <c r="D51" t="s">
         <v>441</v>
-      </c>
-[...318 lines deleted...]
-        <v>477</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <sheetPr/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0800-000000000000}">
   <dimension ref="A1:D24"/>
   <sheetViews>
-    <sheetView view="normal" workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="12.75" baseColWidth="0"/>
+  <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="4" width="50.7109375" customWidth="1"/>
+    <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:4">
-      <c r="A1" s="2" t="s">
+    <row r="1" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A1" s="1" t="s">
+        <v>99</v>
+      </c>
+      <c r="B1" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" s="1" t="s">
+        <v>100</v>
+      </c>
+      <c r="D1" s="1" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="2" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A2" t="s">
+        <v>28</v>
+      </c>
+      <c r="B2" t="s">
+        <v>29</v>
+      </c>
+      <c r="D2" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="3" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A3" t="s">
+        <v>442</v>
+      </c>
+      <c r="B3" t="s">
+        <v>102</v>
+      </c>
+      <c r="D3" t="s">
+        <v>448</v>
+      </c>
+    </row>
+    <row r="4" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A4" t="s">
+        <v>443</v>
+      </c>
+      <c r="B4" t="s">
+        <v>104</v>
+      </c>
+      <c r="D4" t="s">
+        <v>449</v>
+      </c>
+    </row>
+    <row r="5" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A5" t="s">
+        <v>444</v>
+      </c>
+      <c r="B5" t="s">
+        <v>450</v>
+      </c>
+      <c r="D5" t="s">
+        <v>451</v>
+      </c>
+    </row>
+    <row r="6" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A6" t="s">
+        <v>445</v>
+      </c>
+      <c r="B6" t="s">
+        <v>106</v>
+      </c>
+      <c r="D6" t="s">
+        <v>452</v>
+      </c>
+    </row>
+    <row r="7" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A7" t="s">
+        <v>446</v>
+      </c>
+      <c r="B7" t="s">
+        <v>108</v>
+      </c>
+      <c r="D7" t="s">
+        <v>453</v>
+      </c>
+    </row>
+    <row r="8" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A8" t="s">
+        <v>447</v>
+      </c>
+      <c r="B8" t="s">
+        <v>454</v>
+      </c>
+      <c r="D8" t="s">
+        <v>455</v>
+      </c>
+    </row>
+    <row r="9" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B9" t="s">
+        <v>456</v>
+      </c>
+      <c r="C9" t="s">
+        <v>115</v>
+      </c>
+      <c r="D9" t="s">
+        <v>457</v>
+      </c>
+    </row>
+    <row r="10" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B10" t="s">
+        <v>458</v>
+      </c>
+      <c r="C10" t="s">
+        <v>118</v>
+      </c>
+      <c r="D10" t="s">
+        <v>459</v>
+      </c>
+    </row>
+    <row r="11" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B11" t="s">
+        <v>460</v>
+      </c>
+      <c r="D11" t="s">
+        <v>461</v>
+      </c>
+    </row>
+    <row r="12" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B12" t="s">
+        <v>462</v>
+      </c>
+      <c r="C12" t="s">
+        <v>121</v>
+      </c>
+      <c r="D12" t="s">
+        <v>463</v>
+      </c>
+    </row>
+    <row r="13" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B13" t="s">
+        <v>345</v>
+      </c>
+      <c r="C13" t="s">
+        <v>124</v>
+      </c>
+      <c r="D13" t="s">
+        <v>464</v>
+      </c>
+    </row>
+    <row r="14" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B14" t="s">
+        <v>347</v>
+      </c>
+      <c r="C14" t="s">
+        <v>127</v>
+      </c>
+      <c r="D14" t="s">
+        <v>465</v>
+      </c>
+    </row>
+    <row r="15" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B15" t="s">
+        <v>357</v>
+      </c>
+      <c r="C15" t="s">
+        <v>132</v>
+      </c>
+      <c r="D15" t="s">
+        <v>466</v>
+      </c>
+    </row>
+    <row r="16" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B16" t="s">
+        <v>134</v>
+      </c>
+      <c r="C16" t="s">
         <v>135</v>
       </c>
-      <c r="B1" s="2" t="s">
-[...21 lines deleted...]
-      <c r="A3" t="s">
+      <c r="D16" t="s">
+        <v>467</v>
+      </c>
+    </row>
+    <row r="17" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B17" t="s">
+        <v>360</v>
+      </c>
+      <c r="C17" t="s">
+        <v>138</v>
+      </c>
+      <c r="D17" t="s">
+        <v>468</v>
+      </c>
+    </row>
+    <row r="18" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B18" t="s">
+        <v>469</v>
+      </c>
+      <c r="C18" t="s">
+        <v>243</v>
+      </c>
+      <c r="D18" t="s">
+        <v>470</v>
+      </c>
+    </row>
+    <row r="19" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B19" t="s">
+        <v>471</v>
+      </c>
+      <c r="D19" t="s">
+        <v>472</v>
+      </c>
+    </row>
+    <row r="20" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B20" t="s">
+        <v>473</v>
+      </c>
+      <c r="C20" t="s">
+        <v>289</v>
+      </c>
+      <c r="D20" t="s">
+        <v>474</v>
+      </c>
+    </row>
+    <row r="21" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B21" t="s">
+        <v>475</v>
+      </c>
+      <c r="C21" t="s">
+        <v>292</v>
+      </c>
+      <c r="D21" t="s">
+        <v>476</v>
+      </c>
+    </row>
+    <row r="22" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B22" t="s">
+        <v>477</v>
+      </c>
+      <c r="C22" t="s">
+        <v>295</v>
+      </c>
+      <c r="D22" t="s">
         <v>478</v>
       </c>
-      <c r="B3" t="s">
-[...2 lines deleted...]
-      <c r="D3" t="s">
+    </row>
+    <row r="23" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B23" t="s">
+        <v>479</v>
+      </c>
+      <c r="C23" t="s">
+        <v>480</v>
+      </c>
+      <c r="D23" t="s">
+        <v>481</v>
+      </c>
+    </row>
+    <row r="24" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B24" t="s">
+        <v>482</v>
+      </c>
+      <c r="C24" t="s">
+        <v>483</v>
+      </c>
+      <c r="D24" t="s">
         <v>484</v>
-      </c>
-[...223 lines deleted...]
-        <v>520</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <Application>Microsoft Excel</Application>
+  <DocSecurity>0</DocSecurity>
+  <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Worksheets</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>33</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="33" baseType="lpstr">
+      <vt:lpstr>Subscription Title List</vt:lpstr>
+      <vt:lpstr>Maxwell, 1 ed. - Anatomical Lan</vt:lpstr>
+      <vt:lpstr>Nordin, 05 ed. - Basic Biomecha</vt:lpstr>
+      <vt:lpstr>Smith, 06 ed. - Exercise Physio</vt:lpstr>
+      <vt:lpstr>Jacobs, 03 ed. - Fabrication Pr</vt:lpstr>
+      <vt:lpstr>Palmer, 2 ed. - Fundamentals of</vt:lpstr>
+      <vt:lpstr>Long, 03 ed. - Handbook of Pedi</vt:lpstr>
+      <vt:lpstr>Cornwall, 1 ed. - Imaging Handb</vt:lpstr>
+      <vt:lpstr>Clarkson, 02 ed. - Joint Motion</vt:lpstr>
+      <vt:lpstr>Conroy, 06 ed. - Kendall’s Musc</vt:lpstr>
+      <vt:lpstr>Oatis, 03 ed. - Kinesiology The</vt:lpstr>
+      <vt:lpstr>Nosse, 3 ed. - Management and S</vt:lpstr>
+      <vt:lpstr>Myers, 05 ed. - Management of C</vt:lpstr>
+      <vt:lpstr>Shumway-Cook, 06 ed. - Motor Co</vt:lpstr>
+      <vt:lpstr>Kendall, 5 ed. - Muscles Testin</vt:lpstr>
+      <vt:lpstr>Clarkson, 04 ed. - Musculoskele</vt:lpstr>
+      <vt:lpstr>Jacobs, 03 ed. - Orthotic Inter</vt:lpstr>
+      <vt:lpstr>Andrade, 3 ed. - Outcome-Based</vt:lpstr>
+      <vt:lpstr>Tecklin, 5 ed. - Pediatric Phys</vt:lpstr>
+      <vt:lpstr>Lewis, 01 ed. - Physical Therap</vt:lpstr>
+      <vt:lpstr>Hurley, 1 ed. - Research Method</vt:lpstr>
+      <vt:lpstr>Lieber, 3 ed. - Skeletal Muscle</vt:lpstr>
+      <vt:lpstr>Riegelman, 07 ed. - Studying a</vt:lpstr>
+      <vt:lpstr>Spearing, 06 ed. - Tecklin’s Pe</vt:lpstr>
+      <vt:lpstr>Salter, 3 ed. - Textbook of Dis</vt:lpstr>
+      <vt:lpstr>Drnach, 01 ed. - The Business o</vt:lpstr>
+      <vt:lpstr>Drnach, 1 ed. - The Clinical Pr</vt:lpstr>
+      <vt:lpstr>Bélanger, 04 ed. - Therapeutic</vt:lpstr>
+      <vt:lpstr>Brody, 04 ed. - Therapeutic Exe</vt:lpstr>
+      <vt:lpstr>Draper, 03 ed. - Therapeutic Mo</vt:lpstr>
+      <vt:lpstr>Donnelly, 04 ed. - Travell, Sim</vt:lpstr>
+      <vt:lpstr>Irion, 3 ed. - Women’s Health i</vt:lpstr>
+      <vt:lpstr>Sussman, 4 ed. - Wound Care A C</vt:lpstr>
+    </vt:vector>
+  </TitlesOfParts>
+  <LinksUpToDate>false</LinksUpToDate>
+  <SharedDoc>false</SharedDoc>
+  <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
-<cp:coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
+<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>puseascm05tol01$</dc:creator>
+  <cp:lastModifiedBy></cp:lastModifiedBy>
+  <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
-<Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties"/>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_fe6ee112-9e5c-4f16-b63d-fcad06e1707e_Enabled">
+    <vt:lpwstr>true</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_fe6ee112-9e5c-4f16-b63d-fcad06e1707e_SetDate">
+    <vt:lpwstr>2026-02-03T20:23:10Z</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_fe6ee112-9e5c-4f16-b63d-fcad06e1707e_Method">
+    <vt:lpwstr>Standard</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_fe6ee112-9e5c-4f16-b63d-fcad06e1707e_Name">
+    <vt:lpwstr>Internal Use</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_fe6ee112-9e5c-4f16-b63d-fcad06e1707e_SiteId">
+    <vt:lpwstr>8ac76c91-e7f1-41ff-a89c-3553b2da2c17</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_fe6ee112-9e5c-4f16-b63d-fcad06e1707e_ActionId">
+    <vt:lpwstr>3ffa136c-79de-4b04-bfbe-f4b209d50fbb</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_fe6ee112-9e5c-4f16-b63d-fcad06e1707e_ContentBits">
+    <vt:lpwstr>0</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_fe6ee112-9e5c-4f16-b63d-fcad06e1707e_Tag">
+    <vt:lpwstr>10, 3, 0, 1</vt:lpwstr>
+  </property>
+</Properties>
 </file>