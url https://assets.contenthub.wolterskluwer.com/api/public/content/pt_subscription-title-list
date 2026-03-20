--- v1 (2026-02-07)
+++ v2 (2026-03-20)
@@ -4,7379 +4,7687 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet10.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet11.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet12.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet13.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet14.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet15.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet16.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet17.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet18.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet19.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet20.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet21.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet22.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
-  <Override PartName="/xl/worksheets/sheet23.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
-[...9 lines deleted...]
-  <Override PartName="/xl/worksheets/sheet33.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29426"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29530"/>
   <workbookPr codeName="ThisWorkbook" defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://wolterskluwer-my.sharepoint.com/personal/leanne_vandetty_wolterskluwer_com/Documents/Health Library/Health Library Repository/Health Library Title Lists/Subscription/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="13" documentId="11_6A5964C49E6BFC826B14C6B31A3BE54A89270F00" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{4F5C7E6B-1C1D-4F28-A3E7-DA44BD7BF8F6}"/>
+  <xr:revisionPtr revIDLastSave="42" documentId="13_ncr:1_{B187AC41-CA80-4501-A31E-8CAF3D2C5513}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{5292953D-A7A1-462D-A770-3C5CEA0915A0}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10300" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Subscription Title List" sheetId="1" r:id="rId1"/>
-    <sheet name="Maxwell, 1 ed. - Anatomical Lan" sheetId="2" r:id="rId2"/>
-[...30 lines deleted...]
-    <sheet name="Sussman, 4 ed. - Wound Care A C" sheetId="33" r:id="rId33"/>
+    <sheet name="Gutheil, 05 ed. - Clinical Hand" sheetId="2" r:id="rId2"/>
+    <sheet name="Campbell, 08 ed. - DeJong's The" sheetId="3" r:id="rId3"/>
+    <sheet name="Volkmar, 01 ed. - Developmental" sheetId="4" r:id="rId4"/>
+    <sheet name="Glick, 02 ed. - Emergency Psych" sheetId="5" r:id="rId5"/>
+    <sheet name="Pataki, 02 ed. - Kaplan Sadock" sheetId="21" r:id="rId6"/>
+    <sheet name="Boland, 05 ed. - Kaplan Sadock" sheetId="6" r:id="rId7"/>
+    <sheet name="Ahmad, 08 ed. - Kaplan Sadock's" sheetId="7" r:id="rId8"/>
+    <sheet name="Boland, 12 ed. - Kaplan Sadock" sheetId="8" r:id="rId9"/>
+    <sheet name="Williams, 10 ed. - Kaplan and S" sheetId="9" r:id="rId10"/>
+    <sheet name="van Schalkwyk, 06 ed. - Lewis's" sheetId="10" r:id="rId11"/>
+    <sheet name="Wakeman, 1 ed. - Pocket Addicti" sheetId="11" r:id="rId12"/>
+    <sheet name="Puckett, 01 ed. - Pocket Psychi" sheetId="12" r:id="rId13"/>
+    <sheet name="Biller, 05 ed. - Practical Neur" sheetId="13" r:id="rId14"/>
+    <sheet name="AGRONIN, 02 ed. - Principles an" sheetId="14" r:id="rId15"/>
+    <sheet name="Ovsiew, 01 ed. - Principles of" sheetId="15" r:id="rId16"/>
+    <sheet name="Prendergast, 01 ed. - Psychiatr" sheetId="16" r:id="rId17"/>
+    <sheet name="Osser, 02 ed. - Psychopharmacol" sheetId="22" r:id="rId18"/>
+    <sheet name="Brenner, 01 ed. - Psychotherapy" sheetId="17" r:id="rId19"/>
+    <sheet name="Herron, 04 ed. - The ASAM Essen" sheetId="18" r:id="rId20"/>
+    <sheet name="Higgins, 04 ed. - The Neuroscie" sheetId="19" r:id="rId21"/>
+    <sheet name="Carlat, 05 ed. - The Psychiatri" sheetId="20" r:id="rId22"/>
   </sheets>
-  <calcPr calcId="125725"/>
+  <calcPr calcId="191029"/>
+  <extLst>
+    <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
+      <xcalcf:calcFeatures>
+        <xcalcf:feature name="microsoft.com:RD"/>
+        <xcalcf:feature name="microsoft.com:Single"/>
+        <xcalcf:feature name="microsoft.com:FV"/>
+        <xcalcf:feature name="microsoft.com:CNMTM"/>
+        <xcalcf:feature name="microsoft.com:LET_WF"/>
+        <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
+        <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
+      </xcalcf:calcFeatures>
+    </ext>
+  </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3814" uniqueCount="2389">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3365" uniqueCount="2494">
   <si>
     <t>Author</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Edition</t>
   </si>
   <si>
     <t>ISBN</t>
   </si>
   <si>
     <t>Year Published</t>
   </si>
   <si>
     <t>Title Level URL</t>
   </si>
   <si>
     <t>Date Added to HL</t>
   </si>
   <si>
-    <t>Paula J. Maxwell, PhD, ATC</t>
-[...273 lines deleted...]
-    <t>https://pt.lwwhealthlibrary.com/book.aspx?bookid=1012</t>
+    <t>Thomas G. Gutheil, MD</t>
+  </si>
+  <si>
+    <t>Clinical Handbook of Psychiatry &amp;amp; the Law, 5e</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/book.aspx?bookid=2664</t>
+  </si>
+  <si>
+    <t>William W. Campbell, MD, MSHA, COL, MC, USA (Ret)</t>
+  </si>
+  <si>
+    <t>DeJong's The Neurologic Examination, 8e</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/book.aspx?bookid=2613</t>
+  </si>
+  <si>
+    <t>Fred R. Volkmar, MD</t>
+  </si>
+  <si>
+    <t>Developmental Psychopathology: An Introduction, 1e</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/book.aspx?bookid=3106</t>
+  </si>
+  <si>
+    <t>Rachel Lipson Glick, MD</t>
+  </si>
+  <si>
+    <t>Emergency Psychiatry Principles and Practice, 2e</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/book.aspx?bookid=2777</t>
+  </si>
+  <si>
+    <t>Robert Boland, M.D.</t>
+  </si>
+  <si>
+    <t>Kaplan &amp;amp; Sadock's Concise Textbook of Clinical Psychiatry, 5e</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/book.aspx?bookid=3186</t>
+  </si>
+  <si>
+    <t>Samoon Ahmad, M.D.</t>
+  </si>
+  <si>
+    <t>Kaplan &amp;amp; Sadock's Pocket Handbook of Psychiatric Drug Treatment, 8e</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/book.aspx?bookid=3267</t>
+  </si>
+  <si>
+    <t>Kaplan &amp;amp; Sadock's Synopsis of Psychiatry, 12e</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/book.aspx?bookid=3071</t>
+  </si>
+  <si>
+    <t>Eric R. Williams, M.D.</t>
+  </si>
+  <si>
+    <t>Kaplan and Sadock's Study Guide and Self-Examination Review in Psychiatry, 10e</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/book.aspx?bookid=3260</t>
+  </si>
+  <si>
+    <t>Sarah E. Wakeman, MD, FASAM</t>
+  </si>
+  <si>
+    <t>Pocket Addiction Medicine, 1e</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/book.aspx?bookid=3209</t>
+  </si>
+  <si>
+    <t>Judith A. Puckett, MD</t>
+  </si>
+  <si>
+    <t>Pocket Psychiatry, 1e</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/book.aspx?bookid=2654</t>
+  </si>
+  <si>
+    <t>José Biller, MD, FACP, FAAN, FANA, FAHA</t>
+  </si>
+  <si>
+    <t>Practical Neurology, 5e</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/book.aspx?bookid=2515</t>
+  </si>
+  <si>
+    <t>MARC E. AGRONIN, M.D.</t>
+  </si>
+  <si>
+    <t>Principles and Practice of Geriatric Psychiatry, 2e</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/book.aspx?bookid=2518</t>
+  </si>
+  <si>
+    <t>Fred Ovsiew, MD</t>
+  </si>
+  <si>
+    <t>Principles of Inpatient Psychiatry, 1e</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/book.aspx?bookid=2539</t>
+  </si>
+  <si>
+    <t>Kathleen M. Prendergast, MSN, APN</t>
+  </si>
+  <si>
+    <t>Psychiatric Case Studies for Advanced Practice, 1e</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/book.aspx?bookid=2510</t>
+  </si>
+  <si>
+    <t>Adam M. Brenner, MD</t>
+  </si>
+  <si>
+    <t>Psychotherapy A Practical Introduction, 1e</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/book.aspx?bookid=3057</t>
+  </si>
+  <si>
+    <t>Abigail J. Herron, DO</t>
+  </si>
+  <si>
+    <t>Edmund S. Higgins, MD</t>
+  </si>
+  <si>
+    <t>The Neuroscience of Clinical Psychiatry: The Pathophysiology of Behavior and Mental Illness, 4e</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/book.aspx?bookid=3372</t>
+  </si>
+  <si>
+    <t>Daniel J. Carlat, M.D.</t>
+  </si>
+  <si>
+    <t>The Psychiatric Interview, 5e</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/book.aspx?bookid=3268</t>
   </si>
   <si>
     <t>Authors</t>
   </si>
   <si>
     <t>Chapters</t>
   </si>
   <si>
     <t>URL</t>
   </si>
   <si>
+    <t>Paul S. Appelbaum, MD</t>
+  </si>
+  <si>
     <t xml:space="preserve">Copyright </t>
   </si>
   <si>
-    <t>https://pt.lwwhealthlibrary.com/content.aspx?sectionId=63905065&amp;bookId=1161</t>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=218223043&amp;bookId=2664</t>
   </si>
   <si>
     <t>Dedication</t>
   </si>
   <si>
-    <t>https://pt.lwwhealthlibrary.com/content.aspx?sectionId=63905067&amp;bookId=1161</t>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=218223045&amp;bookId=2664</t>
+  </si>
+  <si>
+    <t>About the Authors</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=218223047&amp;bookId=2664</t>
   </si>
   <si>
     <t>Preface</t>
   </si>
   <si>
-    <t>https://pt.lwwhealthlibrary.com/content.aspx?sectionId=63905069&amp;bookId=1161</t>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=218223054&amp;bookId=2664</t>
+  </si>
+  <si>
+    <t>How to Use This Book</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=218223060&amp;bookId=2664</t>
+  </si>
+  <si>
+    <t>Confidentiality and Privilege</t>
+  </si>
+  <si>
+    <t>Chapter 1</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=218223089&amp;bookId=2664</t>
+  </si>
+  <si>
+    <t>Legal Issues in Emergency Psychiatry and Involuntary Commitment</t>
+  </si>
+  <si>
+    <t>Chapter 2</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=218223399&amp;bookId=2664</t>
+  </si>
+  <si>
+    <t>Legal Issues in Inpatient Psychiatry</t>
+  </si>
+  <si>
+    <t>Chapter 3</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=218223803&amp;bookId=2664</t>
+  </si>
+  <si>
+    <t>Malpractice and Other Forms of Liability</t>
+  </si>
+  <si>
+    <t>Chapter 4</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=218224282&amp;bookId=2664</t>
+  </si>
+  <si>
+    <t>Competence and Substitute Decision-Making</t>
+  </si>
+  <si>
+    <t>Chapter 5</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=218224905&amp;bookId=2664</t>
+  </si>
+  <si>
+    <t>Forensic Evaluations</t>
+  </si>
+  <si>
+    <t>Chapter 6</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=218225280&amp;bookId=2664</t>
+  </si>
+  <si>
+    <t>Clinicians and Lawyers</t>
+  </si>
+  <si>
+    <t>Chapter 7</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=218225795&amp;bookId=2664</t>
+  </si>
+  <si>
+    <t>The Clinician in Court</t>
+  </si>
+  <si>
+    <t>Chapter 8</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=218225972&amp;bookId=2664</t>
+  </si>
+  <si>
+    <t>Richard J. Barohn, MD, Lt Col, USAFR, MC (Ret)</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=214626072&amp;bookId=2613</t>
+  </si>
+  <si>
+    <t>Front Matter</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=214626076&amp;bookId=2613</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=214626078&amp;bookId=2613</t>
+  </si>
+  <si>
+    <t>Foreword</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=214626080&amp;bookId=2613</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=214626090&amp;bookId=2613</t>
+  </si>
+  <si>
+    <t>Videos</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=214626107&amp;bookId=2613</t>
+  </si>
+  <si>
+    <t>Section A: Introduction</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=214626135&amp;bookId=2613</t>
+  </si>
+  <si>
+    <t>Introduction</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=214626136&amp;bookId=2613</t>
+  </si>
+  <si>
+    <t>Section B: History, Physical Examination, and Overview of the Neurologic Examination</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=214626162&amp;bookId=2613</t>
+  </si>
+  <si>
+    <t>Overview of the Nervous System</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=214626163&amp;bookId=2613</t>
+  </si>
+  <si>
+    <t>The Neurologic History</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=214626236&amp;bookId=2613</t>
+  </si>
+  <si>
+    <t>The General Physical Examination</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=214626309&amp;bookId=2613</t>
+  </si>
+  <si>
+    <t>General Outline of the Neurologic Examination</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=214626369&amp;bookId=2613</t>
+  </si>
+  <si>
+    <t>Section C: Mental Status Examination and Higher Cortical Functions</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=214626389&amp;bookId=2613</t>
+  </si>
+  <si>
+    <t>Gross and Microscopic Anatomy of the Cerebral Hemispheres</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=214626390&amp;bookId=2613</t>
+  </si>
+  <si>
+    <t>Functions of the Cerebral Cortex and Regional Cerebral Diagnosis</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=214626452&amp;bookId=2613</t>
+  </si>
+  <si>
+    <t>The Mental Status Examination</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=214626498&amp;bookId=2613</t>
+  </si>
+  <si>
+    <t>Disorders of Speech and Language</t>
+  </si>
+  <si>
+    <t>Chapter 9</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=214626572&amp;bookId=2613</t>
+  </si>
+  <si>
+    <t>Agnosia, Apraxia, and Related Disorders of Higher Cortical Function</t>
+  </si>
+  <si>
+    <t>Chapter 10</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=214626728&amp;bookId=2613</t>
+  </si>
+  <si>
+    <t>Section D: The Cranial Nerves</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=214626769&amp;bookId=2613</t>
+  </si>
+  <si>
+    <t>An Overview of Brainstem and Cranial Nerve Anatomy</t>
+  </si>
+  <si>
+    <t>Chapter 11</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=214626770&amp;bookId=2613</t>
+  </si>
+  <si>
+    <t>The Olfactory Nerve</t>
+  </si>
+  <si>
+    <t>Chapter 12</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=214626859&amp;bookId=2613</t>
+  </si>
+  <si>
+    <t>The Optic Nerve</t>
+  </si>
+  <si>
+    <t>Chapter 13</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=214626894&amp;bookId=2613</t>
+  </si>
+  <si>
+    <t>The Ocular Motor Nerves</t>
+  </si>
+  <si>
+    <t>Chapter 14</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=214627085&amp;bookId=2613</t>
+  </si>
+  <si>
+    <t>The Trigeminal Nerve</t>
+  </si>
+  <si>
+    <t>Chapter 15</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=214627398&amp;bookId=2613</t>
+  </si>
+  <si>
+    <t>The Facial Nerve</t>
+  </si>
+  <si>
+    <t>Chapter 16</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=214627503&amp;bookId=2613</t>
+  </si>
+  <si>
+    <t>The Acoustic (Vestibulocochlear) Nerve</t>
+  </si>
+  <si>
+    <t>Chapter 17</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=214627642&amp;bookId=2613</t>
+  </si>
+  <si>
+    <t>The Glossopharyngeal and Vagus Nerves</t>
+  </si>
+  <si>
+    <t>Chapter 18</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=214627813&amp;bookId=2613</t>
+  </si>
+  <si>
+    <t>The Spinal Accessory Nerve</t>
+  </si>
+  <si>
+    <t>Chapter 19</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=214627896&amp;bookId=2613</t>
+  </si>
+  <si>
+    <t>The Hypoglossal Nerve</t>
+  </si>
+  <si>
+    <t>Chapter 20</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=214627941&amp;bookId=2613</t>
+  </si>
+  <si>
+    <t>Brainstem and Multiple Cranial Nerve Syndromes</t>
+  </si>
+  <si>
+    <t>Chapter 21</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=214627984&amp;bookId=2613</t>
+  </si>
+  <si>
+    <t>Section E: The Motor System</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=214628087&amp;bookId=2613</t>
+  </si>
+  <si>
+    <t>Overview of the Motor System</t>
+  </si>
+  <si>
+    <t>Chapter 22</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=214628088&amp;bookId=2613</t>
+  </si>
+  <si>
+    <t>The Motor Unit Level</t>
+  </si>
+  <si>
+    <t>Chapter 23</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=214628130&amp;bookId=2613</t>
+  </si>
+  <si>
+    <t>The Spinal Cord Level</t>
+  </si>
+  <si>
+    <t>Chapter 24</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=214628180&amp;bookId=2613</t>
+  </si>
+  <si>
+    <t>The Corticospinal (Pyramidal) Level</t>
+  </si>
+  <si>
+    <t>Chapter 25</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=214628230&amp;bookId=2613</t>
+  </si>
+  <si>
+    <t>The Extrapyramidal Level</t>
+  </si>
+  <si>
+    <t>Chapter 26</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=214628265&amp;bookId=2613</t>
+  </si>
+  <si>
+    <t>Motor Strength and Power</t>
+  </si>
+  <si>
+    <t>Chapter 27</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=214628319&amp;bookId=2613</t>
+  </si>
+  <si>
+    <t>Muscle Tone</t>
+  </si>
+  <si>
+    <t>Chapter 28</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=214628579&amp;bookId=2613</t>
+  </si>
+  <si>
+    <t>Muscle Volume and Contour</t>
+  </si>
+  <si>
+    <t>Chapter 29</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=214628648&amp;bookId=2613</t>
+  </si>
+  <si>
+    <t>Abnormalities of Movement</t>
+  </si>
+  <si>
+    <t>Chapter 30</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=214628695&amp;bookId=2613</t>
+  </si>
+  <si>
+    <t>Section F: The Sensory System</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=214628864&amp;bookId=2613</t>
+  </si>
+  <si>
+    <t>Overview of the Sensory System</t>
+  </si>
+  <si>
+    <t>Chapter 31</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=214628865&amp;bookId=2613</t>
+  </si>
+  <si>
+    <t>The Exteroceptive Sensations</t>
+  </si>
+  <si>
+    <t>Chapter 32</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=214628905&amp;bookId=2613</t>
+  </si>
+  <si>
+    <t>The Proprioceptive Sensations</t>
+  </si>
+  <si>
+    <t>Chapter 33</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=214628947&amp;bookId=2613</t>
+  </si>
+  <si>
+    <t>The Interoceptive, or Visceral, Sensations</t>
+  </si>
+  <si>
+    <t>Chapter 34</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=214628983&amp;bookId=2613</t>
+  </si>
+  <si>
+    <t>Cerebral Sensory Functions</t>
+  </si>
+  <si>
+    <t>Chapter 35</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=214628993&amp;bookId=2613</t>
+  </si>
+  <si>
+    <t>Sensory Localization</t>
+  </si>
+  <si>
+    <t>Chapter 36</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=214629011&amp;bookId=2613</t>
+  </si>
+  <si>
+    <t>Section G: The Reflexes</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=214629054&amp;bookId=2613</t>
+  </si>
+  <si>
+    <t>Introduction to the Reflexes</t>
+  </si>
+  <si>
+    <t>Chapter 37</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=214629055&amp;bookId=2613</t>
+  </si>
+  <si>
+    <t>The Deep Tendon or Muscle Stretch Reflexes</t>
+  </si>
+  <si>
+    <t>Chapter 38</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=214629062&amp;bookId=2613</t>
+  </si>
+  <si>
+    <t>The Superficial (Cutaneous) Reflexes</t>
+  </si>
+  <si>
+    <t>Chapter 39</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=214629170&amp;bookId=2613</t>
+  </si>
+  <si>
+    <t>Pathologic Reflexes</t>
+  </si>
+  <si>
+    <t>Chapter 40</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=214629201&amp;bookId=2613</t>
+  </si>
+  <si>
+    <t>Postural and Righting Reflexes</t>
+  </si>
+  <si>
+    <t>Chapter 41</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=214629277&amp;bookId=2613</t>
+  </si>
+  <si>
+    <t>Associated Movements</t>
+  </si>
+  <si>
+    <t>Chapter 42</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=214629307&amp;bookId=2613</t>
+  </si>
+  <si>
+    <t>Section H: Coordination and Gait</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=214629348&amp;bookId=2613</t>
+  </si>
+  <si>
+    <t>Cerebellar Function</t>
+  </si>
+  <si>
+    <t>Chapter 43</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=214629349&amp;bookId=2613</t>
+  </si>
+  <si>
+    <t>Gait and Station</t>
+  </si>
+  <si>
+    <t>Chapter 44</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=214629457&amp;bookId=2613</t>
+  </si>
+  <si>
+    <t>Section I: The Autonomic and Peripheral Nervous Systems</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=214629536&amp;bookId=2613</t>
+  </si>
+  <si>
+    <t>The Autonomic Nervous System</t>
+  </si>
+  <si>
+    <t>Chapter 45</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=214629537&amp;bookId=2613</t>
+  </si>
+  <si>
+    <t>Peripheral Neuroanatomy and Focal Neuropathies</t>
+  </si>
+  <si>
+    <t>Chapter 46</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=214629615&amp;bookId=2613</t>
+  </si>
+  <si>
+    <t>Section J: Orthopedic Neurology</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=214629735&amp;bookId=2613</t>
+  </si>
+  <si>
+    <t>Neck and Back Pain</t>
+  </si>
+  <si>
+    <t>Chapter 47</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=214629736&amp;bookId=2613</t>
+  </si>
+  <si>
+    <t>Other Musculoskeletal Disorders</t>
+  </si>
+  <si>
+    <t>Chapter 48</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=214629818&amp;bookId=2613</t>
+  </si>
+  <si>
+    <t>Section K: Circulation and Cerebrospinal Fluid</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=214629873&amp;bookId=2613</t>
+  </si>
+  <si>
+    <t>The Blood Supply of the Brain</t>
+  </si>
+  <si>
+    <t>Chapter 49</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=214629874&amp;bookId=2613</t>
+  </si>
+  <si>
+    <t>The Ventricular System and the Cerebrospinal Fluid</t>
+  </si>
+  <si>
+    <t>Chapter 50</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=214629936&amp;bookId=2613</t>
+  </si>
+  <si>
+    <t>Section L: Special Methods of Examination</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=214629978&amp;bookId=2613</t>
+  </si>
+  <si>
+    <t>The Examination in Coma</t>
+  </si>
+  <si>
+    <t>Chapter 51</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=214629979&amp;bookId=2613</t>
+  </si>
+  <si>
+    <t>Miscellaneous Neurologic Signs</t>
+  </si>
+  <si>
+    <t>Chapter 52</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=214630078&amp;bookId=2613</t>
+  </si>
+  <si>
+    <t>Section M: Diagnosis and Localization of Neurologic Disease</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=214630113&amp;bookId=2613</t>
+  </si>
+  <si>
+    <t>Diagnostic Reasoning and Neurologic Differential Diagnosis</t>
+  </si>
+  <si>
+    <t>Chapter 53</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=214630114&amp;bookId=2613</t>
+  </si>
+  <si>
+    <t>Eli R. Lebowitz, PhD</t>
+  </si>
+  <si>
+    <t>Denis G. Sukhodolsky, PhD</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=251231914&amp;bookId=3106</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=251231916&amp;bookId=3106</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=251231920&amp;bookId=3106</t>
+  </si>
+  <si>
+    <t>Section I: An Introduction To The Field</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=251231930&amp;bookId=3106</t>
+  </si>
+  <si>
+    <t>An Introduction to Developmental Psychopathology: History, Theory, and Methods</t>
+  </si>
+  <si>
+    <t>CHAPTER 1</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=251231931&amp;bookId=3106</t>
+  </si>
+  <si>
+    <t>Perspectives from Typical Child Development</t>
+  </si>
+  <si>
+    <t>CHAPTER 2</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=251232003&amp;bookId=3106</t>
+  </si>
+  <si>
+    <t>Scientific Foundations of the Field</t>
+  </si>
+  <si>
+    <t>CHAPTER 3</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=251232141&amp;bookId=3106</t>
+  </si>
+  <si>
+    <t>Classification and Assessment</t>
+  </si>
+  <si>
+    <t>CHAPTER 4</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=251232202&amp;bookId=3106</t>
+  </si>
+  <si>
+    <t>An Overview of Treatment Approaches</t>
+  </si>
+  <si>
+    <t>CHAPTER 5</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=251232268&amp;bookId=3106</t>
+  </si>
+  <si>
+    <t>Section II: Clinical Disorders</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=251232305&amp;bookId=3106</t>
+  </si>
+  <si>
+    <t>Intellectual Disability</t>
+  </si>
+  <si>
+    <t>CHAPTER 6</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=251232306&amp;bookId=3106</t>
+  </si>
+  <si>
+    <t>Autism Spectrum Disorder</t>
+  </si>
+  <si>
+    <t>CHAPTER 7</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=251232367&amp;bookId=3106</t>
+  </si>
+  <si>
+    <t>Disorders of Communication and Language</t>
+  </si>
+  <si>
+    <t>CHAPTER 8</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=251232435&amp;bookId=3106</t>
+  </si>
+  <si>
+    <t>Learning Disabilities and Developmental Coordination Disorder</t>
+  </si>
+  <si>
+    <t>CHAPTER 9</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=251232502&amp;bookId=3106</t>
+  </si>
+  <si>
+    <t>Attention-Deficit/Hyperactivity Disorder</t>
+  </si>
+  <si>
+    <t>CHAPTER 10</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=251232562&amp;bookId=3106</t>
+  </si>
+  <si>
+    <t>Oppositional Defiant and Conduct Disorders</t>
+  </si>
+  <si>
+    <t>CHAPTER 11</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=251232626&amp;bookId=3106</t>
+  </si>
+  <si>
+    <t>Anxiety Disorders</t>
+  </si>
+  <si>
+    <t>CHAPTER 12</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=251232697&amp;bookId=3106</t>
+  </si>
+  <si>
+    <t>Obsessive-Compulsive Disorder</t>
+  </si>
+  <si>
+    <t>CHAPTER 13</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=251232780&amp;bookId=3106</t>
+  </si>
+  <si>
+    <t>Depressive and Bipolar Disorders</t>
+  </si>
+  <si>
+    <t>CHAPTER 14</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=251232834&amp;bookId=3106</t>
+  </si>
+  <si>
+    <t>Childhood Schizophrenia and Childhood Psychosis</t>
+  </si>
+  <si>
+    <t>CHAPTER 15</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=251232923&amp;bookId=3106</t>
+  </si>
+  <si>
+    <t>Tic Disorders</t>
+  </si>
+  <si>
+    <t>CHAPTER 16</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=251232969&amp;bookId=3106</t>
+  </si>
+  <si>
+    <t>Eating and Feeding Disorders</t>
+  </si>
+  <si>
+    <t>CHAPTER 17</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=251233023&amp;bookId=3106</t>
+  </si>
+  <si>
+    <t>Somatic Symptoms and Somatoform Disorders</t>
+  </si>
+  <si>
+    <t>CHAPTER 18</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=251233105&amp;bookId=3106</t>
+  </si>
+  <si>
+    <t>Disorders of Elimination: Enuresis and Encopresis</t>
+  </si>
+  <si>
+    <t>CHAPTER 19</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=251233184&amp;bookId=3106</t>
+  </si>
+  <si>
+    <t>Gender Disorders and Gender Dysphoria</t>
+  </si>
+  <si>
+    <t>CHAPTER 20</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=251233247&amp;bookId=3106</t>
+  </si>
+  <si>
+    <t>Sleep and Sleep Disorders</t>
+  </si>
+  <si>
+    <t>CHAPTER 21</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=251233280&amp;bookId=3106</t>
+  </si>
+  <si>
+    <t>Substance Use Disorders</t>
+  </si>
+  <si>
+    <t>CHAPTER 22</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=251233367&amp;bookId=3106</t>
+  </si>
+  <si>
+    <t>Posttraumatic Stress Disorder and Effects of Trauma</t>
+  </si>
+  <si>
+    <t>CHAPTER 23</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=251233433&amp;bookId=3106</t>
+  </si>
+  <si>
+    <t>Section III: Special Situations</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=251233479&amp;bookId=3106</t>
+  </si>
+  <si>
+    <t>Abuse and Neglect</t>
+  </si>
+  <si>
+    <t>CHAPTER 24</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=251233480&amp;bookId=3106</t>
+  </si>
+  <si>
+    <t>Mental Health in Schools</t>
+  </si>
+  <si>
+    <t>CHAPTER 25</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=251233586&amp;bookId=3106</t>
+  </si>
+  <si>
+    <t>Child Mental Health and the Legal System</t>
+  </si>
+  <si>
+    <t>CHAPTER 26</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=251233696&amp;bookId=3106</t>
+  </si>
+  <si>
+    <t>The Interface of Mental Health and Medicine</t>
+  </si>
+  <si>
+    <t>CHAPTER 27</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=251233799&amp;bookId=3106</t>
+  </si>
+  <si>
+    <t>Section IV: Treatments</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=251233906&amp;bookId=3106</t>
+  </si>
+  <si>
+    <t>Psychotherapy</t>
+  </si>
+  <si>
+    <t>CHAPTER 28</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=251233907&amp;bookId=3106</t>
+  </si>
+  <si>
+    <t>Psychopharmacology</t>
+  </si>
+  <si>
+    <t>CHAPTER 29</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=251233967&amp;bookId=3106</t>
+  </si>
+  <si>
+    <t>Family-Based Therapy</t>
+  </si>
+  <si>
+    <t>CHAPTER 30</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=251234060&amp;bookId=3106</t>
+  </si>
+  <si>
+    <t>Scott L. Zeller, MD</t>
+  </si>
+  <si>
+    <t>Jon S. Berlin, MD</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=232660093&amp;bookId=2777</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=232660097&amp;bookId=2777</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=232660104&amp;bookId=2777</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=232660113&amp;bookId=2777</t>
+  </si>
+  <si>
+    <t>Contributors</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=232660126&amp;bookId=2777</t>
   </si>
   <si>
     <t>Acknowledgments</t>
   </si>
   <si>
-    <t>https://pt.lwwhealthlibrary.com/content.aspx?sectionId=63905079&amp;bookId=1161</t>
-[...122 lines deleted...]
-    <t>The International System of Measurement (Le Système International d'Unités)</t>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=232660315&amp;bookId=2777</t>
+  </si>
+  <si>
+    <t>Part I: Models and Standards of Patient Care, Research, and Education</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=232660345&amp;bookId=2777</t>
+  </si>
+  <si>
+    <t>Delivery Models of Emergency Psychiatric Care</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=232660346&amp;bookId=2777</t>
+  </si>
+  <si>
+    <t>Boarding of Psychiatric Patients in the Emergency DepartmentFlow, Throughput, and Systemic Change</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=232660433&amp;bookId=2777</t>
+  </si>
+  <si>
+    <t>Quality Improvement in Emergency PsychiatryThe Path to Better Outcomes and Care Standards</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=232660515&amp;bookId=2777</t>
+  </si>
+  <si>
+    <t>Research in the Psychiatric Emergency Setting</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=232660571&amp;bookId=2777</t>
+  </si>
+  <si>
+    <t>Education and Training in the Psychiatric Emergency Service</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=232660630&amp;bookId=2777</t>
+  </si>
+  <si>
+    <t>Part II: General Principles of Care</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=232660710&amp;bookId=2777</t>
+  </si>
+  <si>
+    <t>Prehospital and Emergency Medical Services Psychiatry CareOverview and Challenges</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=232660711&amp;bookId=2777</t>
+  </si>
+  <si>
+    <t>Nursing Emergency Psychiatry Triage Process</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=232660769&amp;bookId=2777</t>
+  </si>
+  <si>
+    <t>Safety and Security in Psychiatric Emergency Services and Emergency Departments</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=232660808&amp;bookId=2777</t>
+  </si>
+  <si>
+    <t>Medical Evaluation of the Psychiatric Emergency Patient</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=232660847&amp;bookId=2777</t>
+  </si>
+  <si>
+    <t>Types of Initial Psychiatric Interviews in Emergency Settings</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=232660880&amp;bookId=2777</t>
+  </si>
+  <si>
+    <t>Interviewing for Acuity and the Acute Precipitant</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=232660944&amp;bookId=2777</t>
+  </si>
+  <si>
+    <t>Advanced Interviewing Techniques</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=232661042&amp;bookId=2777</t>
+  </si>
+  <si>
+    <t>Principles of Emergency Psychopharmacology</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=232661280&amp;bookId=2777</t>
+  </si>
+  <si>
+    <t>Engaging the Crisis Patient in Medication Decisions</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=232661348&amp;bookId=2777</t>
+  </si>
+  <si>
+    <t>Part III: Staffing and Support</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=232661435&amp;bookId=2777</t>
+  </si>
+  <si>
+    <t>StaffingModels, Knowledge, and Skills</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=232661436&amp;bookId=2777</t>
+  </si>
+  <si>
+    <t>Peer and Consumer Involvement in the Psychiatric Emergency Service</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=232661524&amp;bookId=2777</t>
+  </si>
+  <si>
+    <t>The Family in Psychiatric EmergenciesAn Across the Lifespan Approach</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=232661574&amp;bookId=2777</t>
+  </si>
+  <si>
+    <t>Part IV: Common Presenting Problems</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=232661665&amp;bookId=2777</t>
+  </si>
+  <si>
+    <t>AgitationDe-escalation</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=232661666&amp;bookId=2777</t>
+  </si>
+  <si>
+    <t>AgitationEvaluation and Management</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=232661722&amp;bookId=2777</t>
+  </si>
+  <si>
+    <t>Psychosis</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=232661879&amp;bookId=2777</t>
+  </si>
+  <si>
+    <t>Depression</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=232662031&amp;bookId=2777</t>
+  </si>
+  <si>
+    <t>Mania and Mixed States</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=232662079&amp;bookId=2777</t>
+  </si>
+  <si>
+    <t>Anxiety</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=232662183&amp;bookId=2777</t>
+  </si>
+  <si>
+    <t>Delirium</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=232662254&amp;bookId=2777</t>
+  </si>
+  <si>
+    <t>Neurocognitive Disorders</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=232662300&amp;bookId=2777</t>
+  </si>
+  <si>
+    <t>Substance Use, Intoxication 
+and Withdrawal</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=232662344&amp;bookId=2777</t>
+  </si>
+  <si>
+    <t>Loss and Trauma</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=232662449&amp;bookId=2777</t>
+  </si>
+  <si>
+    <t>Personality Disorders</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=232662526&amp;bookId=2777</t>
+  </si>
+  <si>
+    <t>Somatic Symptom and Related Disorders</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=232662566&amp;bookId=2777</t>
+  </si>
+  <si>
+    <t>Malingering and Deception</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=232662607&amp;bookId=2777</t>
+  </si>
+  <si>
+    <t>Suicide</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=232662650&amp;bookId=2777</t>
+  </si>
+  <si>
+    <t>ViolenceViolence Risk as a Psychiatric Emergency</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=232662696&amp;bookId=2777</t>
+  </si>
+  <si>
+    <t>ViolenceManaging Major Threats</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=232662774&amp;bookId=2777</t>
+  </si>
+  <si>
+    <t>Part V: Special Populations</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=232662840&amp;bookId=2777</t>
+  </si>
+  <si>
+    <t>The Psychiatric Emergency Care of Children and Adolescents</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=232662841&amp;bookId=2777</t>
+  </si>
+  <si>
+    <t>The Psychiatric Emergency 
+Care of the Geriatric 
+Patient</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=232662934&amp;bookId=2777</t>
+  </si>
+  <si>
+    <t>The Psychiatric Emergency 
+Care of the Patient With Intellectual Disability</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=232663004&amp;bookId=2777</t>
+  </si>
+  <si>
+    <t>Psychiatric Emergencies During Pregnancy and Postpartum Patient</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=232663070&amp;bookId=2777</t>
+  </si>
+  <si>
+    <t>The Psychiatric Emergency Care of the Transgender Patient</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=232663151&amp;bookId=2777</t>
+  </si>
+  <si>
+    <t>Immigrants and Refugees</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=232663204&amp;bookId=2777</t>
+  </si>
+  <si>
+    <t>The Psychiatric Emergency Care of People who are HomelessIntervention and Linkage</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=232663229&amp;bookId=2777</t>
+  </si>
+  <si>
+    <t>The Psychiatric Emergency Care of Prisoners</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=232663317&amp;bookId=2777</t>
+  </si>
+  <si>
+    <t>The Psychiatric Emergency Care of VIPs and Athletes in Crisis</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=232663362&amp;bookId=2777</t>
+  </si>
+  <si>
+    <t>The Psychiatric Emergency Care of College and University Students</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=232663428&amp;bookId=2777</t>
+  </si>
+  <si>
+    <t>Part VI: Policy and Special Topics</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=232663486&amp;bookId=2777</t>
+  </si>
+  <si>
+    <t>Policy Issues Relating to the Treatment of People With Psychiatric Disabilities in Emergency Department Settings</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=232663487&amp;bookId=2777</t>
+  </si>
+  <si>
+    <t>Violence Prevention and ControlA Public Health Approach</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=232663570&amp;bookId=2777</t>
+  </si>
+  <si>
+    <t>Common Legal Issues in Emergency Psychiatry</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=232663600&amp;bookId=2777</t>
+  </si>
+  <si>
+    <t>The Crisis CallPsychological Emergencies and Suicide Hotline Practices</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=232663640&amp;bookId=2777</t>
+  </si>
+  <si>
+    <t>Emergency Telepsychiatry</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=232663690&amp;bookId=2777</t>
+  </si>
+  <si>
+    <t>Disaster Psychiatry and Psychiatric Emergency Services</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=232663736&amp;bookId=2777</t>
+  </si>
+  <si>
+    <t>Marcia L. Verduin, M.D.</t>
+  </si>
+  <si>
+    <t>Pedro Ruiz, M.D.</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=252354007&amp;bookId=3186</t>
+  </si>
+  <si>
+    <t>Contributing Editors</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=252354011&amp;bookId=3186</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=252354015&amp;bookId=3186</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=252354017&amp;bookId=3186</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=252354036&amp;bookId=3186</t>
+  </si>
+  <si>
+    <t>A: Clinical Psychiatry</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=252354046&amp;bookId=3186</t>
+  </si>
+  <si>
+    <t>Examination and Diagnosis of the Psychiatric Patient</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=252354047&amp;bookId=3186</t>
+  </si>
+  <si>
+    <t>Neurodevelopmental Disorders and Other Childhood Disorders</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=252355355&amp;bookId=3186</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=252357150&amp;bookId=3186</t>
+  </si>
+  <si>
+    <t>Substance Use and Addictive Disorders</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=252357847&amp;bookId=3186</t>
+  </si>
+  <si>
+    <t>Schizophrenia Spectrum and Other Psychotic Disorders</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=252359037&amp;bookId=3186</t>
+  </si>
+  <si>
+    <t>Bipolar Disorders</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=252359576&amp;bookId=3186</t>
+  </si>
+  <si>
+    <t>Depressive Disorders</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=252359843&amp;bookId=3186</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=252360291&amp;bookId=3186</t>
+  </si>
+  <si>
+    <t>Obsessive-Compulsive and Related Disorders</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=252360539&amp;bookId=3186</t>
+  </si>
+  <si>
+    <t>Trauma- and Stressor-Related Disorders</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=252360767&amp;bookId=3186</t>
+  </si>
+  <si>
+    <t>Dissociative Disorders</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=252360931&amp;bookId=3186</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=252361156&amp;bookId=3186</t>
+  </si>
+  <si>
+    <t>Feeding and Eating Disorders</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=252361417&amp;bookId=3186</t>
+  </si>
+  <si>
+    <t>Elimination Disorders</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=252361622&amp;bookId=3186</t>
+  </si>
+  <si>
+    <t>Sleep–Wake Disorders</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=252361710&amp;bookId=3186</t>
+  </si>
+  <si>
+    <t>Human Sexuality and Sexual Dysfunctions</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=252362274&amp;bookId=3186</t>
+  </si>
+  <si>
+    <t>Gender Dysphoria, Gender Identity, and Related Conditions</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=252362781&amp;bookId=3186</t>
+  </si>
+  <si>
+    <t>Disruptive, Impulse-Control, and Conduct Disorders</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=252362865&amp;bookId=3186</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=252362995&amp;bookId=3186</t>
+  </si>
+  <si>
+    <t>Other Conditions that May be a Focus of Clinical Attention</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=252363392&amp;bookId=3186</t>
+  </si>
+  <si>
+    <t>B: Treatment Across the Lifespan</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=252363584&amp;bookId=3186</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=252363585&amp;bookId=3186</t>
+  </si>
+  <si>
+    <t>Other Somatic Therapies</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=252365953&amp;bookId=3186</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=252366174&amp;bookId=3186</t>
+  </si>
+  <si>
+    <t>Psychiatric Rehabilitation and Other Interventions</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=252366978&amp;bookId=3186</t>
+  </si>
+  <si>
+    <t>Consultation to Other Disciplines</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=252367052&amp;bookId=3186</t>
+  </si>
+  <si>
+    <t>Level of Care</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=252367352&amp;bookId=3186</t>
+  </si>
+  <si>
+    <t>C: Other Issues Relevant to Psychiatry</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=252367395&amp;bookId=3186</t>
+  </si>
+  <si>
+    <t>Ethics and Professionalism</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=252367396&amp;bookId=3186</t>
+  </si>
+  <si>
+    <t>Forensic and Legal Issues</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=252367483&amp;bookId=3186</t>
+  </si>
+  <si>
+    <t>End-of-Life Issues and Palliative Care</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=252367667&amp;bookId=3186</t>
+  </si>
+  <si>
+    <t>Community Psychiatry</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=252367946&amp;bookId=3186</t>
+  </si>
+  <si>
+    <t>Global and Cultural Issues in Psychiatry</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=252368014&amp;bookId=3186</t>
+  </si>
+  <si>
+    <t>Glossary of Terms Relating to Signs and Symptoms</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=252368081&amp;bookId=3186</t>
+  </si>
+  <si>
+    <t>Glossary</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=252368083&amp;bookId=3186</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=252929828&amp;bookId=3186</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=252929840&amp;bookId=3186</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=252929883&amp;bookId=3186</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=252929935&amp;bookId=3186</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=252929964&amp;bookId=3186</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=252929980&amp;bookId=3186</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=252929991&amp;bookId=3186</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=252930015&amp;bookId=3186</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=252930042&amp;bookId=3186</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=252930047&amp;bookId=3186</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=252930050&amp;bookId=3186</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=252930063&amp;bookId=3186</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=252930092&amp;bookId=3186</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=252930105&amp;bookId=3186</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=252930112&amp;bookId=3186</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=252930146&amp;bookId=3186</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=252930165&amp;bookId=3186</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=252930194&amp;bookId=3186</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=252930214&amp;bookId=3186</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=252930219&amp;bookId=3186</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=252930227&amp;bookId=3186</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=252930232&amp;bookId=3186</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=252930235&amp;bookId=3186</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=256297952&amp;bookId=3267</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=256297956&amp;bookId=3267</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=256297960&amp;bookId=3267</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=256297979&amp;bookId=3267</t>
+  </si>
+  <si>
+    <t>Table A Index to Book by Generic Name of Drug</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=256297989&amp;bookId=3267</t>
+  </si>
+  <si>
+    <t>General Principles of Psychopharmacology</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=256297991&amp;bookId=3267</t>
+  </si>
+  <si>
+    <t>α-Adrenergic Receptor Ligands</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=256298205&amp;bookId=3267</t>
+  </si>
+  <si>
+    <t>β-Adrenergic Receptor Antagonists</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=256298310&amp;bookId=3267</t>
+  </si>
+  <si>
+    <t>Anticholinergic Agents</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=256298360&amp;bookId=3267</t>
+  </si>
+  <si>
+    <t>Anticonvulsants</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=256298411&amp;bookId=3267</t>
+  </si>
+  <si>
+    <t>Antihistamines</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=256298568&amp;bookId=3267</t>
+  </si>
+  <si>
+    <t>Barbiturates and Similarly Acting Drugs</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=256298611&amp;bookId=3267</t>
+  </si>
+  <si>
+    <t>Benzodiazepines and Drugs Acting on GABA Receptors</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=256298716&amp;bookId=3267</t>
+  </si>
+  <si>
+    <t>Bupropion</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=256298850&amp;bookId=3267</t>
+  </si>
+  <si>
+    <t>Buspirone</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=256298898&amp;bookId=3267</t>
+  </si>
+  <si>
+    <t>Calcium Channel Inhibitors</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=256298936&amp;bookId=3267</t>
+  </si>
+  <si>
+    <t>Cannabis</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=256298973&amp;bookId=3267</t>
+  </si>
+  <si>
+    <t>Marijuana</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=256299047&amp;bookId=3267</t>
+  </si>
+  <si>
+    <t>Cannabidiol (CBD)</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=256299193&amp;bookId=3267</t>
+  </si>
+  <si>
+    <t>Carbamazepine and Oxcarbazepine</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=256299248&amp;bookId=3267</t>
+  </si>
+  <si>
+    <t>Cholinesterase Inhibitors, Memantine, and Aducanumab</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=256299324&amp;bookId=3267</t>
+  </si>
+  <si>
+    <t>Disulfiram and Acamprosate</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=256299423&amp;bookId=3267</t>
+  </si>
+  <si>
+    <t>Dopamine Receptor Agonists and Precursors</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=256299476&amp;bookId=3267</t>
+  </si>
+  <si>
+    <t>Dopamine Receptor Antagonists (First-Generation Antipsychotics)</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=256299564&amp;bookId=3267</t>
+  </si>
+  <si>
+    <t>Lamotrigine</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=256299737&amp;bookId=3267</t>
+  </si>
+  <si>
+    <t>Ketamine</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=256299769&amp;bookId=3267</t>
+  </si>
+  <si>
+    <t>Lithium</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=256299835&amp;bookId=3267</t>
+  </si>
+  <si>
+    <t>Agents for Insomnia and Excessive Daytime Sleepiness</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=256300061&amp;bookId=3267</t>
+  </si>
+  <si>
+    <t>Methylenedioxymethamphetamine</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=256300296&amp;bookId=3267</t>
+  </si>
+  <si>
+    <t>Mirtazapine</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=256300341&amp;bookId=3267</t>
+  </si>
+  <si>
+    <t>Monoamine Oxidase Inhibitors</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=256300384&amp;bookId=3267</t>
+  </si>
+  <si>
+    <t>Nefazodone and Trazodone</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=256300444&amp;bookId=3267</t>
+  </si>
+  <si>
+    <t>Opioid Receptor Agonists: Methadone, Buprenorphine, and Tramadol</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=256300519&amp;bookId=3267</t>
+  </si>
+  <si>
+    <t>Opioid Receptor Antagonists: Naltrexone, Nalmefene, and Naloxone</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=256300606&amp;bookId=3267</t>
+  </si>
+  <si>
+    <t>Medications for Sexual Dysfunction</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=256300683&amp;bookId=3267</t>
+  </si>
+  <si>
+    <t>Psychedelics</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=256300726&amp;bookId=3267</t>
+  </si>
+  <si>
+    <t>Selective Serotonin–Norepinephrine Reuptake Inhibitors</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=256300797&amp;bookId=3267</t>
+  </si>
+  <si>
+    <t>Selective Serotonin Reuptake Inhibitors</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=256300917&amp;bookId=3267</t>
+  </si>
+  <si>
+    <t>Second-Generation or Atypical Antipsychotics (Serotonin–Dopamine Antagonists, Modulators, and Similarly Acting Drugs)</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=256301139&amp;bookId=3267</t>
+  </si>
+  <si>
+    <t>Sympathomimetic Drugs and Atomoxetine</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=256301536&amp;bookId=3267</t>
+  </si>
+  <si>
+    <t>Thyroid Hormones</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=256301625&amp;bookId=3267</t>
+  </si>
+  <si>
+    <t>Tricyclics and Tetracyclics</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=256301653&amp;bookId=3267</t>
+  </si>
+  <si>
+    <t>Valproate</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=256301745&amp;bookId=3267</t>
+  </si>
+  <si>
+    <t>Nutritional Supplements and Medical Foods</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=256301804&amp;bookId=3267</t>
+  </si>
+  <si>
+    <t>Assessment and Treatment of Obesity and Metabolic Syndrome</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=256301834&amp;bookId=3267</t>
+  </si>
+  <si>
+    <t>Weight Loss Drugs</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=256301913&amp;bookId=3267</t>
+  </si>
+  <si>
+    <t>Medication-Induced Movement Disorders</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=256302022&amp;bookId=3267</t>
+  </si>
+  <si>
+    <t>Pharmacogenomic Testing</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=256302118&amp;bookId=3267</t>
+  </si>
+  <si>
+    <t>Brain Stimulation or Neuromodulation Procedures</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=256302139&amp;bookId=3267</t>
+  </si>
+  <si>
+    <t>About the Author</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=256302245&amp;bookId=3267</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=250260817&amp;bookId=3071</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=259101415&amp;bookId=3071</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=259101423&amp;bookId=3071</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=250260821&amp;bookId=3071</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=250260826&amp;bookId=3071</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=259101434&amp;bookId=3071</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=250260867&amp;bookId=3071</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=250260868&amp;bookId=3071</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=250262141&amp;bookId=3071</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=250263764&amp;bookId=3071</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=250264412&amp;bookId=3071</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=250265510&amp;bookId=3071</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=250265946&amp;bookId=3071</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=250266161&amp;bookId=3071</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=250266547&amp;bookId=3071</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=250266740&amp;bookId=3071</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=250266962&amp;bookId=3071</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=250267118&amp;bookId=3071</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=250267350&amp;bookId=3071</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=250267554&amp;bookId=3071</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=250267746&amp;bookId=3071</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=250267816&amp;bookId=3071</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=250268213&amp;bookId=3071</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=250268689&amp;bookId=3071</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=250268767&amp;bookId=3071</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=250268882&amp;bookId=3071</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=250269257&amp;bookId=3071</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=250269462&amp;bookId=3071</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=250269463&amp;bookId=3071</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=250271764&amp;bookId=3071</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=250271983&amp;bookId=3071</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=250272627&amp;bookId=3071</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=250272705&amp;bookId=3071</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=250273003&amp;bookId=3071</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=250273046&amp;bookId=3071</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=250273047&amp;bookId=3071</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=250273134&amp;bookId=3071</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=250273321&amp;bookId=3071</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=250273606&amp;bookId=3071</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=250273672&amp;bookId=3071</t>
+  </si>
+  <si>
+    <t>D: Contributions from the Sciences and Social Sciences to Psychiatry</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=250273739&amp;bookId=3071</t>
+  </si>
+  <si>
+    <t>Normal Development and Aging</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=250273740&amp;bookId=3071</t>
+  </si>
+  <si>
+    <t>Contributions from the Neurosciences</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=250274281&amp;bookId=3071</t>
+  </si>
+  <si>
+    <t>Contributions from the Behavioral and Social Sciences</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=250275129&amp;bookId=3071</t>
+  </si>
+  <si>
+    <t>A Brief History of Psychiatry</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=250276174&amp;bookId=3071</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=250276251&amp;bookId=3071</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=259101516&amp;bookId=3071</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=259101517&amp;bookId=3071</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=259104088&amp;bookId=3071</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=259107430&amp;bookId=3071</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=259108619&amp;bookId=3071</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=259110788&amp;bookId=3071</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=259111673&amp;bookId=3071</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=259112304&amp;bookId=3071</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=259112994&amp;bookId=3071</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=259113375&amp;bookId=3071</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=259113787&amp;bookId=3071</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=259114099&amp;bookId=3071</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=259114580&amp;bookId=3071</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=259114993&amp;bookId=3071</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=259115740&amp;bookId=3071</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=259116597&amp;bookId=3071</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=259119977&amp;bookId=3071</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=259121189&amp;bookId=3071</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=259121594&amp;bookId=3071</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=259122671&amp;bookId=3071</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=259124167&amp;bookId=3071</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=259124372&amp;bookId=3071</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=259125651&amp;bookId=3071</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=259128683&amp;bookId=3071</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=259128902&amp;bookId=3071</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=259129546&amp;bookId=3071</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=259129624&amp;bookId=3071</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=259129922&amp;bookId=3071</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=259129965&amp;bookId=3071</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=259129966&amp;bookId=3071</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=259130053&amp;bookId=3071</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=259130240&amp;bookId=3071</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=259130525&amp;bookId=3071</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=259130591&amp;bookId=3071</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=259130658&amp;bookId=3071</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=259130659&amp;bookId=3071</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=259131200&amp;bookId=3071</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=259132048&amp;bookId=3071</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=259133093&amp;bookId=3071</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=259133170&amp;bookId=3071</t>
+  </si>
+  <si>
+    <t>Lindsay Moskowitz, M.D., L.L.C.</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=256094581&amp;bookId=3260</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=256094585&amp;bookId=3260</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=256094599&amp;bookId=3260</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=256094600&amp;bookId=3260</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=256094771&amp;bookId=3260</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=256094918&amp;bookId=3260</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=256095009&amp;bookId=3260</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=256095168&amp;bookId=3260</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=256095223&amp;bookId=3260</t>
+  </si>
+  <si>
+    <t>Depressive Disorder</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=256095258&amp;bookId=3260</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=256095309&amp;bookId=3260</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=256095336&amp;bookId=3260</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=256095379&amp;bookId=3260</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=256095410&amp;bookId=3260</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=256095453&amp;bookId=3260</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=256095512&amp;bookId=3260</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=256095579&amp;bookId=3260</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=256095626&amp;bookId=3260</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=256095669&amp;bookId=3260</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=256095740&amp;bookId=3260</t>
+  </si>
+  <si>
+    <t>Disruptive, Impulse Control, and Conduct Disorders</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=256095759&amp;bookId=3260</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=256095782&amp;bookId=3260</t>
+  </si>
+  <si>
+    <t>Other Conditions that May Be a Focus of Clinical Attention</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=256095869&amp;bookId=3260</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=256095912&amp;bookId=3260</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=256095913&amp;bookId=3260</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=256096196&amp;bookId=3260</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=256096251&amp;bookId=3260</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=256096338&amp;bookId=3260</t>
+  </si>
+  <si>
+    <t>Consult to Other Disciplines</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=256096373&amp;bookId=3260</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=256096488&amp;bookId=3260</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=256096503&amp;bookId=3260</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=256096504&amp;bookId=3260</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=256096543&amp;bookId=3260</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=256096614&amp;bookId=3260</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=256096673&amp;bookId=3260</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=256096704&amp;bookId=3260</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=256096735&amp;bookId=3260</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=256096736&amp;bookId=3260</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=256096835&amp;bookId=3260</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=256096962&amp;bookId=3260</t>
+  </si>
+  <si>
+    <t>Michael H. Bloch, MD, MS</t>
+  </si>
+  <si>
+    <t>Contributing Authors</t>
+  </si>
+  <si>
+    <t>CHAPTER 1.1</t>
+  </si>
+  <si>
+    <t>CHAPTER 1.2</t>
+  </si>
+  <si>
+    <t>CHAPTER 1.3</t>
+  </si>
+  <si>
+    <t>CHAPTER 1.4</t>
+  </si>
+  <si>
+    <t>CHAPTER 1.5</t>
+  </si>
+  <si>
+    <t>The Preschool Child</t>
+  </si>
+  <si>
+    <t>CHAPTER 2.3</t>
+  </si>
+  <si>
+    <t>Epidemiology</t>
+  </si>
+  <si>
+    <t>Formulation and Integration</t>
+  </si>
+  <si>
+    <t>CHAPTER 4.1</t>
+  </si>
+  <si>
+    <t>CHAPTER 4.2</t>
+  </si>
+  <si>
+    <t>Clinical Assessment of Children and Adolescents: Content and Structure</t>
+  </si>
+  <si>
+    <t>CHAPTER 4.3</t>
+  </si>
+  <si>
+    <t>CHAPTER 4.4</t>
+  </si>
+  <si>
+    <t>CHAPTER 4.5</t>
+  </si>
+  <si>
+    <t>Diagnostic Classification</t>
+  </si>
+  <si>
+    <t>Attention-Deficit Hyperactivity Disorder</t>
+  </si>
+  <si>
+    <t>Childhood-Onset Schizophrenia and Other Early-Onset Psychotic Disorders</t>
+  </si>
+  <si>
+    <t>CHAPTER 5.3</t>
+  </si>
+  <si>
+    <t>CHAPTER 5.6</t>
+  </si>
+  <si>
+    <t>Anorexia Nervosa, Bulimia Nervosa, and Binge Eating Disorder</t>
+  </si>
+  <si>
+    <t>Pica, Rumination Disorder, and Avoidant/Restrictive Food Intake Disorder</t>
+  </si>
+  <si>
+    <t>Sleep Disorders</t>
+  </si>
+  <si>
+    <t>Delirium and Catatonia</t>
+  </si>
+  <si>
+    <t>Child Abuse and Neglect</t>
+  </si>
+  <si>
+    <t>Neurochemistry, Pharmacodynamics, and Biologic Psychiatry</t>
+  </si>
+  <si>
+    <t>General Principles and Clinical Practice</t>
+  </si>
+  <si>
+    <t>Antidepressants</t>
+  </si>
+  <si>
+    <t>Antipsychotics</t>
+  </si>
+  <si>
+    <t>Psychotherapy for Children and Adolescents: A Critical Overview</t>
+  </si>
+  <si>
+    <t>Interpersonal Psychotherapy</t>
+  </si>
+  <si>
+    <t>Group Therapy</t>
+  </si>
+  <si>
+    <t>Designing Emergency Psychiatric Services for Children and Adolescents</t>
+  </si>
+  <si>
+    <t>Pediatric Consultation Liaison</t>
+  </si>
+  <si>
+    <t>The Role of the Child and Adolescent Psychiatrist on the Pediatric Transplant Service</t>
+  </si>
+  <si>
+    <t>CHAPTER 7.3</t>
+  </si>
+  <si>
+    <t>Malpractice and Professional Liability</t>
+  </si>
+  <si>
+    <t>Joshua D. Lee, MD</t>
+  </si>
+  <si>
+    <t>Anika A. H. Alvanzo, MD, MS, DFASAM, FACP</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=253023588&amp;bookId=3209</t>
+  </si>
+  <si>
+    <t>CONTRIBUTING AUTHORS</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=253023590&amp;bookId=3209</t>
+  </si>
+  <si>
+    <t>FOREWORD</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=253023745&amp;bookId=3209</t>
+  </si>
+  <si>
+    <t>PREFACE</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=253023760&amp;bookId=3209</t>
+  </si>
+  <si>
+    <t>CORE CONCEPTS AND NEUROBIOLOGY PRIMER</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=253023766&amp;bookId=3209</t>
+  </si>
+  <si>
+    <t>EPIDEMIOLOGY OF SUBSTANCE USE DISORDER</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=253023830&amp;bookId=3209</t>
+  </si>
+  <si>
+    <t>SCREENING AND DIAGNOSIS OF SUBSTANCE USE DISORDER</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=253023952&amp;bookId=3209</t>
+  </si>
+  <si>
+    <t>ASSESSMENT OF PATIENTS WITH SUBSTANCE USE DISORDER</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=253024095&amp;bookId=3209</t>
+  </si>
+  <si>
+    <t>MANAGEMENT OF INTOXICATION AND WITHDRAWAL</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=253024286&amp;bookId=3209</t>
+  </si>
+  <si>
+    <t>TREATMENT OPTIONS FOR SUBSTANCE USE DISORDER</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=253024734&amp;bookId=3209</t>
+  </si>
+  <si>
+    <t>RECOVERY SUPPORT SERVICES</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=253025027&amp;bookId=3209</t>
+  </si>
+  <si>
+    <t>ALCOHOL USE DISORDER</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=253025081&amp;bookId=3209</t>
+  </si>
+  <si>
+    <t>OPIOID USE DISORDER</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=253025129&amp;bookId=3209</t>
+  </si>
+  <si>
+    <t>SEDATIVE/HYPNOTIC USE DISORDER</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=253025254&amp;bookId=3209</t>
+  </si>
+  <si>
+    <t>STIMULANT USE DISORDER</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=253025319&amp;bookId=3209</t>
+  </si>
+  <si>
+    <t>TOBACCO USE DISORDER</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=253025390&amp;bookId=3209</t>
+  </si>
+  <si>
+    <t>CANNABIS USE DISORDER</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=253025486&amp;bookId=3209</t>
+  </si>
+  <si>
+    <t>OTHER TYPES OF SUBSTANCE USE DISORDER</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=253025528&amp;bookId=3209</t>
+  </si>
+  <si>
+    <t>TOXICOLOGY TESTING</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=253025585&amp;bookId=3209</t>
+  </si>
+  <si>
+    <t>ASSESSMENT FOR COMMON CO-OCCURRING PSYCHIATRIC AND MEDICAL ILLNESSES</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=253025954&amp;bookId=3209</t>
+  </si>
+  <si>
+    <t>HARM REDUCTION</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=253026110&amp;bookId=3209</t>
+  </si>
+  <si>
+    <t>CARING FOR PEOPLE WHO INJECT DRUGS</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=253026190&amp;bookId=3209</t>
+  </si>
+  <si>
+    <t>CARING FOR PREGNANT AND PARENTING PEOPLE WITH SUBSTANCE USE DISORDER</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=253026265&amp;bookId=3209</t>
+  </si>
+  <si>
+    <t>CARING FOR ADOLESCENTS AND YOUNG ADULTS WITH SUBSTANCE USE DISORDER</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=253026393&amp;bookId=3209</t>
+  </si>
+  <si>
+    <t>FAMILY-BASED TREATMENT MODELS AND SUPPORTS</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=253026486&amp;bookId=3209</t>
+  </si>
+  <si>
+    <t>CARING FOR PEOPLE EXPERIENCING HOMELESSNESS</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=253026556&amp;bookId=3209</t>
+  </si>
+  <si>
+    <t>CARING FOR PEOPLE IN THE CRIMINAL LEGAL SYSTEM</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=253026609&amp;bookId=3209</t>
+  </si>
+  <si>
+    <t>RACIAL DISPARITIES AND CULTURALLY INFORMED ADDICTION TREATMENT</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=253026691&amp;bookId=3209</t>
+  </si>
+  <si>
+    <t>EMERGING POLICY AND ADVOCACY TOPICS</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=253026780&amp;bookId=3209</t>
+  </si>
+  <si>
+    <t>STIGMA, DISCRIMINATION, AND LANGUAGE</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=253026810&amp;bookId=3209</t>
+  </si>
+  <si>
+    <t>PAIN IN OUD</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=253026851&amp;bookId=3209</t>
   </si>
   <si>
     <t>APPENDIX</t>
   </si>
   <si>
-    <t>https://pt.lwwhealthlibrary.com/content.aspx?sectionId=250220417&amp;bookId=3067</t>
-[...407 lines deleted...]
-    <t>Units of Measure, the Metric System, and Conversions between the English and Metric Systems of Measurement</t>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=253027063&amp;bookId=3209</t>
+  </si>
+  <si>
+    <t>ABBREVIATIONS</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=253027718&amp;bookId=3209</t>
+  </si>
+  <si>
+    <t>Scott R. Beach, MD</t>
+  </si>
+  <si>
+    <t>John B. Taylor, MD, MBA</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=216712380&amp;bookId=2654</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=216712384&amp;bookId=2654</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=216712634&amp;bookId=2654</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=216712642&amp;bookId=2654</t>
+  </si>
+  <si>
+    <t>Psychiatric Assessment</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=216712649&amp;bookId=2654</t>
+  </si>
+  <si>
+    <t>Psychiatric Disorders</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=216712727&amp;bookId=2654</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=216713790&amp;bookId=2654</t>
+  </si>
+  <si>
+    <t>Somatic Therapies</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=216714010&amp;bookId=2654</t>
+  </si>
+  <si>
+    <t>Psychotherapies</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=216714063&amp;bookId=2654</t>
+  </si>
+  <si>
+    <t>Medications and Side Effects</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=216714209&amp;bookId=2654</t>
+  </si>
+  <si>
+    <t>Emergency Psychiatry</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=216714749&amp;bookId=2654</t>
+  </si>
+  <si>
+    <t>Legal Issues</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=216714963&amp;bookId=2654</t>
+  </si>
+  <si>
+    <t>Special Populations</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=216715050&amp;bookId=2654</t>
+  </si>
+  <si>
+    <t>Abbreviations</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=216715490&amp;bookId=2654</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=201935016&amp;bookId=2515</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=201935020&amp;bookId=2515</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=201935022&amp;bookId=2515</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=201935679&amp;bookId=2515</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=201935684&amp;bookId=2515</t>
+  </si>
+  <si>
+    <t>Section I: Diagnosis</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=201935686&amp;bookId=2515</t>
+  </si>
+  <si>
+    <t>Approach to the Patient with Acute Confusional State (Delirium/Encephalopathy)</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=201935687&amp;bookId=2515</t>
+  </si>
+  <si>
+    <t>Approach to the Patient with Dementia</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=201935754&amp;bookId=2515</t>
+  </si>
+  <si>
+    <t>Approach to the Patient with Aphasia</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=201935827&amp;bookId=2515</t>
+  </si>
+  <si>
+    <t>Approach to the Patient with Memory Impairment</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=201935877&amp;bookId=2515</t>
+  </si>
+  <si>
+    <t>Approach to the Comatose Patient</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=201935925&amp;bookId=2515</t>
+  </si>
+  <si>
+    <t>Approach to the Patient with Seizures</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=201935976&amp;bookId=2515</t>
+  </si>
+  <si>
+    <t>Approach to the Patient with Syncope</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=201936023&amp;bookId=2515</t>
+  </si>
+  <si>
+    <t>Approach to the Patient with Gait Disturbance and Recurrent Falls</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=201936056&amp;bookId=2515</t>
+  </si>
+  <si>
+    <t>Approach to the Patient with Sleep Disorders</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=201936101&amp;bookId=2515</t>
+  </si>
+  <si>
+    <t>Approach to the Patient with Visual Loss</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=201936137&amp;bookId=2515</t>
+  </si>
+  <si>
+    <t>Approach to the Patient with Abnormal Pupils</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=201936187&amp;bookId=2515</t>
+  </si>
+  <si>
+    <t>Approach to the Patient with Diplopia</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=201936222&amp;bookId=2515</t>
+  </si>
+  <si>
+    <t>Approach to the Patient with Facial Numbness</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=201936256&amp;bookId=2515</t>
+  </si>
+  <si>
+    <t>Approach to the Patient with Facial Pain</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=201936319&amp;bookId=2515</t>
+  </si>
+  <si>
+    <t>Approach to the Patient with Facial Weakness</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=201936371&amp;bookId=2515</t>
+  </si>
+  <si>
+    <t>Approach to the Patient with Dizziness and Vertigo</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=201936404&amp;bookId=2515</t>
+  </si>
+  <si>
+    <t>Approach to the Patient with Hearing Loss</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=201936481&amp;bookId=2515</t>
+  </si>
+  <si>
+    <t>Approach to the Patient with Dysphagia</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=201936542&amp;bookId=2515</t>
+  </si>
+  <si>
+    <t>Approach to the Patient with Dysarthria</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=201936597&amp;bookId=2515</t>
+  </si>
+  <si>
+    <t>Approach to the Patient with Acute Headache</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=201936630&amp;bookId=2515</t>
+  </si>
+  <si>
+    <t>Approach to the Patient with Chronic and Recurrent Headache</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=201936701&amp;bookId=2515</t>
+  </si>
+  <si>
+    <t>Approach to the Patient with Neck Pain and/or Arm Pain</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=201936755&amp;bookId=2515</t>
+  </si>
+  <si>
+    <t>Approach to the Patient with Low Back Pain, Lumbosacral Radiculopathy, and Lumbar Stenosis</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=201936800&amp;bookId=2515</t>
+  </si>
+  <si>
+    <t>Approach to the Patient with Upper Extremity Pain and Paresthesias and Entrapment Neuropathies</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=201936834&amp;bookId=2515</t>
+  </si>
+  <si>
+    <t>Approach to the Patient with Lower Extremity Pain, Paresthesias, and Entrapment Neuropathies</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=201936885&amp;bookId=2515</t>
+  </si>
+  <si>
+    <t>Approach to the Patient with Failed Back Syndrome</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=201936941&amp;bookId=2515</t>
+  </si>
+  <si>
+    <t>Approach to the Patient with Acute Sensory Loss</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=201936977&amp;bookId=2515</t>
+  </si>
+  <si>
+    <t>Approach to the Hyperkinetic Patient</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=201937012&amp;bookId=2515</t>
+  </si>
+  <si>
+    <t>Approach to the Ataxic Patient</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=201937120&amp;bookId=2515</t>
+  </si>
+  <si>
+    <t>Approach to the Hypokinetic Patient</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=201937156&amp;bookId=2515</t>
+  </si>
+  <si>
+    <t>Approach to the Patient with Acute Muscle Weakness</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=201937200&amp;bookId=2515</t>
+  </si>
+  <si>
+    <t>Approach to the Patient with Neurogenic Orthostatic Hypotension, Sexual and Urinary Dysfunction, and Other Autonomic Disorders</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=201937228&amp;bookId=2515</t>
+  </si>
+  <si>
+    <t>Approach to the Patient with Functional Disorders in the Neurology Clinic</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=201937354&amp;bookId=2515</t>
+  </si>
+  <si>
+    <t>Approach to the Patient with Suspected Brain Death</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=201937406&amp;bookId=2515</t>
+  </si>
+  <si>
+    <t>Neuroimaging of Common Neurologic Conditions</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=201937445&amp;bookId=2515</t>
+  </si>
+  <si>
+    <t>Approach to the Selection of Electrodiagnostic, Cerebrospinal Fluid, and Other Ancillary Testing</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=201937498&amp;bookId=2515</t>
+  </si>
+  <si>
+    <t>Approach to Common Office Problems of Pediatric Neurology</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=201937574&amp;bookId=2515</t>
+  </si>
+  <si>
+    <t>Approach to Common Emergencies in Pediatric Neurology</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=201937613&amp;bookId=2515</t>
+  </si>
+  <si>
+    <t>Approach to Ethical Issues in Neurology</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=201937652&amp;bookId=2515</t>
+  </si>
+  <si>
+    <t>Section II: Treatment</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=201937698&amp;bookId=2515</t>
+  </si>
+  <si>
+    <t>Ischemic Cerebrovascular Disease</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=201937699&amp;bookId=2515</t>
+  </si>
+  <si>
+    <t>Hemorrhagic Cerebrovascular Disease</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=201937752&amp;bookId=2515</t>
+  </si>
+  <si>
+    <t>Epilepsies in Children</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=201937795&amp;bookId=2515</t>
+  </si>
+  <si>
+    <t>Epilepsy in Adults</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=201937918&amp;bookId=2515</t>
+  </si>
+  <si>
+    <t>Multiple Sclerosis</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=201938007&amp;bookId=2515</t>
+  </si>
+  <si>
+    <t>Movement Disorders</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=201938076&amp;bookId=2515</t>
+  </si>
+  <si>
+    <t>Dementia</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=201938112&amp;bookId=2515</t>
+  </si>
+  <si>
+    <t>Central Nervous System Infections</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=201938149&amp;bookId=2515</t>
+  </si>
+  <si>
+    <t>Neurologic Complications in Acquired Immune Deficiency Syndrome</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=201938196&amp;bookId=2515</t>
+  </si>
+  <si>
+    <t>Inherited Metabolic Neurologic Disorders</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=201938254&amp;bookId=2515</t>
+  </si>
+  <si>
+    <t>Spinal Cord Disorders</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=201938297&amp;bookId=2515</t>
+  </si>
+  <si>
+    <t>Peripheral Neuropathy</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=201938396&amp;bookId=2515</t>
+  </si>
+  <si>
+    <t>Myopathy</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=201938431&amp;bookId=2515</t>
+  </si>
+  <si>
+    <t>Disorders of the Neuromuscular Junction</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=201938482&amp;bookId=2515</t>
+  </si>
+  <si>
+    <t>Therapy of Migraine, Tension-Type, and Cluster Headache</t>
+  </si>
+  <si>
+    <t>Chapter 54</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=201938509&amp;bookId=2515</t>
+  </si>
+  <si>
+    <t>Chronic Pain</t>
+  </si>
+  <si>
+    <t>Chapter 55</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=201938563&amp;bookId=2515</t>
+  </si>
+  <si>
+    <t>Complex Regional Pain Syndrome</t>
+  </si>
+  <si>
+    <t>Chapter 56</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=201938581&amp;bookId=2515</t>
+  </si>
+  <si>
+    <t>Primary Central Nervous System Tumors</t>
+  </si>
+  <si>
+    <t>Chapter 57</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=201938629&amp;bookId=2515</t>
+  </si>
+  <si>
+    <t>Nervous System Complications of Cancer</t>
+  </si>
+  <si>
+    <t>Chapter 58</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=201938651&amp;bookId=2515</t>
+  </si>
+  <si>
+    <t>Neurotoxicology</t>
+  </si>
+  <si>
+    <t>Chapter 59</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=201938727&amp;bookId=2515</t>
+  </si>
+  <si>
+    <t>Chapter 60</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=201938833&amp;bookId=2515</t>
+  </si>
+  <si>
+    <t>Dizziness and Vertigo</t>
+  </si>
+  <si>
+    <t>Chapter 61</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=201938920&amp;bookId=2515</t>
+  </si>
+  <si>
+    <t>Neurologic Diseases in Pregnancy</t>
+  </si>
+  <si>
+    <t>Chapter 62</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=201938964&amp;bookId=2515</t>
+  </si>
+  <si>
+    <t>The ABCs of Neurologic Emergencies</t>
+  </si>
+  <si>
+    <t>Chapter 63</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=201939108&amp;bookId=2515</t>
+  </si>
+  <si>
+    <t>Color Plates</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=201939267&amp;bookId=2515</t>
+  </si>
+  <si>
+    <t>GABE J. MALETTA, Ph.D., M.D.</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=201953496&amp;bookId=2518</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=201953500&amp;bookId=2518</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=201953509&amp;bookId=2518</t>
+  </si>
+  <si>
+    <t>Foreword to the First Edition</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=201954250&amp;bookId=2518</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=201954264&amp;bookId=2518</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=201954286&amp;bookId=2518</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=201954306&amp;bookId=2518</t>
+  </si>
+  <si>
+    <t>Section I: Geriatric Psychiatry</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=201954315&amp;bookId=2518</t>
+  </si>
+  <si>
+    <t>The Aging Body and Brain</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=201954316&amp;bookId=2518</t>
+  </si>
+  <si>
+    <t>The Geriatric Patient</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=201954457&amp;bookId=2518</t>
+  </si>
+  <si>
+    <t>The Aging Patient and Long-Term Care</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=201954614&amp;bookId=2518</t>
+  </si>
+  <si>
+    <t>The Geriatric Psychiatrist</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=201954642&amp;bookId=2518</t>
+  </si>
+  <si>
+    <t>The Geriatric Caregiver</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=201954680&amp;bookId=2518</t>
+  </si>
+  <si>
+    <t>Section II: Principles of Clinical Evaluation</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=201954828&amp;bookId=2518</t>
+  </si>
+  <si>
+    <t>The Psychiatric Interview of the Older Patient</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=201954829&amp;bookId=2518</t>
+  </si>
+  <si>
+    <t>Medical Assessment of the Older Psychiatric Patient</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=201954941&amp;bookId=2518</t>
+  </si>
+  <si>
+    <t>Neurological Assessment of the Elderly Psychiatric Patient</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=201955017&amp;bookId=2518</t>
+  </si>
+  <si>
+    <t>Neuroimaging in the Geriatric Patient</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=201955173&amp;bookId=2518</t>
+  </si>
+  <si>
+    <t>Neuropsychological Evaluation</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=201955318&amp;bookId=2518</t>
+  </si>
+  <si>
+    <t>The Clinical Evaluation of Dementia</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=201955503&amp;bookId=2518</t>
+  </si>
+  <si>
+    <t>Cultural Issues</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=201955729&amp;bookId=2518</t>
+  </si>
+  <si>
+    <t>Forensic Evaluation of the Older Patient</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=201955796&amp;bookId=2518</t>
+  </si>
+  <si>
+    <t>Section III: General Principles of Psychiatric Treatment</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=201955894&amp;bookId=2518</t>
+  </si>
+  <si>
+    <t>Psychotherapy with Older Adults</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=201955895&amp;bookId=2518</t>
+  </si>
+  <si>
+    <t>Pharmacotherapy in the Elderly</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=201956066&amp;bookId=2518</t>
+  </si>
+  <si>
+    <t>Electroconvulsive Therapy in the Geriatric Patient</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=201956353&amp;bookId=2518</t>
+  </si>
+  <si>
+    <t>Palliative Care and Hospice</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=201956496&amp;bookId=2518</t>
+  </si>
+  <si>
+    <t>Spirituality and Geriatric Psychiatry</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=201956612&amp;bookId=2518</t>
+  </si>
+  <si>
+    <t>Ethical Issues in Geriatric Psychiatry</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=201956744&amp;bookId=2518</t>
+  </si>
+  <si>
+    <t>Section IV: Psychiatric Disorders</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=201956838&amp;bookId=2518</t>
+  </si>
+  <si>
+    <t>Memory Disorders</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=201956839&amp;bookId=2518</t>
+  </si>
+  <si>
+    <t>Alzheimer's Disease</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=201956932&amp;bookId=2518</t>
+  </si>
+  <si>
+    <t>Vascular Dementia</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=201957094&amp;bookId=2518</t>
+  </si>
+  <si>
+    <t>Dementia with Lewy Bodies</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=201957198&amp;bookId=2518</t>
+  </si>
+  <si>
+    <t>Frontotemporal Dementia</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=201957245&amp;bookId=2518</t>
+  </si>
+  <si>
+    <t>Medical and Neurological Causes of Dementia, Part I</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=201957325&amp;bookId=2518</t>
+  </si>
+  <si>
+    <t>Medical Causes of Dementia, Part II: Metabolic, Organ Related, Nutritional, Toxic, and Psychiatric</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=201957406&amp;bookId=2518</t>
+  </si>
+  <si>
+    <t>Delirium in the Elderly</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=201957513&amp;bookId=2518</t>
+  </si>
+  <si>
+    <t>Major Depression and Related Disorders</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=201957652&amp;bookId=2518</t>
+  </si>
+  <si>
+    <t>Geriatric Bipolar Disorder</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=201957778&amp;bookId=2518</t>
+  </si>
+  <si>
+    <t>Suicide in Older Adults</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=201957972&amp;bookId=2518</t>
+  </si>
+  <si>
+    <t>Psychotic Disorders in Late Life</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=201958070&amp;bookId=2518</t>
+  </si>
+  <si>
+    <t>Late-Life Schizophrenia</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=201958184&amp;bookId=2518</t>
+  </si>
+  <si>
+    <t>Adjustment Disorders in Late Life</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=201958243&amp;bookId=2518</t>
+  </si>
+  <si>
+    <t>Late-Life Anxiety Disorders</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=201958300&amp;bookId=2518</t>
+  </si>
+  <si>
+    <t>Posttraumatic Stress Disorder in Late Life</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=201958447&amp;bookId=2518</t>
+  </si>
+  <si>
+    <t>Personality Disorders in Late Life</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=201958496&amp;bookId=2518</t>
+  </si>
+  <si>
+    <t>Substance Use Disorders in Older Adults</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=201958647&amp;bookId=2518</t>
+  </si>
+  <si>
+    <t>Somatoform Disorders in Late Life</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=201958843&amp;bookId=2518</t>
+  </si>
+  <si>
+    <t>Sleep Disorders in the Elderly</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=201958978&amp;bookId=2518</t>
+  </si>
+  <si>
+    <t>Sexuality and Sexual Disorders in Late Life</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=201959145&amp;bookId=2518</t>
+  </si>
+  <si>
+    <t>The Aging Patient with Intellectual Disabilities</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=201959327&amp;bookId=2518</t>
+  </si>
+  <si>
+    <t>Section V: Associated Psychiatric Issues</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=201959465&amp;bookId=2518</t>
+  </si>
+  <si>
+    <t>Integration of Medical and Psychiatric Issues in the Elderly</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=201959466&amp;bookId=2518</t>
+  </si>
+  <si>
+    <t>Executive Dysfunction in the Elderly: From Apathy to Agitation</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=201959537&amp;bookId=2518</t>
+  </si>
+  <si>
+    <t>Agitation and Psychosis Associated with Dementia</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=201959616&amp;bookId=2518</t>
+  </si>
+  <si>
+    <t>Depression and Anxiety Associated with Dementia</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=201959792&amp;bookId=2518</t>
+  </si>
+  <si>
+    <t>Psychiatric Manifestations of Medications in the Elderly</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=201959922&amp;bookId=2518</t>
+  </si>
+  <si>
+    <t>Psychiatric Manifestations of Common Neurological Disorders</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=201960015&amp;bookId=2518</t>
+  </si>
+  <si>
+    <t>Neuroleptic-Induced Movement Disorders</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=201960095&amp;bookId=2518</t>
+  </si>
+  <si>
+    <t>Persistent Pain and Older Adults</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=201960259&amp;bookId=2518</t>
+  </si>
+  <si>
+    <t>Pharmacotherapy of Psychotropic Medications in the Elderly</t>
   </si>
   <si>
     <t>Appendix A</t>
   </si>
   <si>
-    <t>https://pt.lwwhealthlibrary.com/content.aspx?sectionId=253363822&amp;bookId=3225</t>
-[...2 lines deleted...]
-    <t>Metabolic Calculations</t>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=201960418&amp;bookId=2518</t>
+  </si>
+  <si>
+    <t>Review of Human Neuroanatomy for the Practicing Psychiatrist</t>
   </si>
   <si>
     <t>Appendix B</t>
   </si>
   <si>
-    <t>https://pt.lwwhealthlibrary.com/content.aspx?sectionId=253364022&amp;bookId=3225</t>
-[...2 lines deleted...]
-    <t>Answers to Check Your Comprehension</t>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=201960608&amp;bookId=2518</t>
+  </si>
+  <si>
+    <t>OBRA Guidelines</t>
   </si>
   <si>
     <t>Appendix C</t>
   </si>
   <si>
-    <t>https://pt.lwwhealthlibrary.com/content.aspx?sectionId=253364375&amp;bookId=3225</t>
-[...129 lines deleted...]
-    <t>https://pt.lwwhealthlibrary.com/content.aspx?sectionId=65248184&amp;bookId=1177</t>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=201960849&amp;bookId=2518</t>
+  </si>
+  <si>
+    <t>Resources for Geriatric Psychiatry</t>
+  </si>
+  <si>
+    <t>Appendix D</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=201960949&amp;bookId=2518</t>
+  </si>
+  <si>
+    <t>Richard L. Munich, MD</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=203680211&amp;bookId=2539</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=203680215&amp;bookId=2539</t>
+  </si>
+  <si>
+    <t>List of Contributors</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=203680218&amp;bookId=2539</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=203680561&amp;bookId=2539</t>
+  </si>
+  <si>
+    <t>SECTION I: Approaches</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=203680571&amp;bookId=2539</t>
+  </si>
+  <si>
+    <t>The Ins and Outs of 200 Years of Psychiatric Hospitals in the United States</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=203680572&amp;bookId=2539</t>
+  </si>
+  <si>
+    <t>Psychosocial Approaches in Inpatient Psychiatry</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=203680779&amp;bookId=2539</t>
+  </si>
+  <si>
+    <t>Pharmacologic Approach to the Psychiatric Inpatient</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=203680935&amp;bookId=2539</t>
+  </si>
+  <si>
+    <t>General Medical Evaluation and Management of the Psychiatric Inpatient</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=203681110&amp;bookId=2539</t>
+  </si>
+  <si>
+    <t>Neuropsychiatric Approach to the Psychiatric Inpatient</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=203681273&amp;bookId=2539</t>
+  </si>
+  <si>
+    <t>Psychiatric Administration</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=203681526&amp;bookId=2539</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=203681616&amp;bookId=2539</t>
+  </si>
+  <si>
+    <t>Psychiatric Education on the Inpatient Unit</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=203681698&amp;bookId=2539</t>
+  </si>
+  <si>
+    <t>SECTION II: Clinical Contexts</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=203681771&amp;bookId=2539</t>
+  </si>
+  <si>
+    <t>Hospital Treatment of Depression and Mania</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=203681772&amp;bookId=2539</t>
+  </si>
+  <si>
+    <t>Electroconvulsive Therapy</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=203681896&amp;bookId=2539</t>
+  </si>
+  <si>
+    <t>Inpatient Evaluation and Management of First-Episode Psychosis</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=203681948&amp;bookId=2539</t>
+  </si>
+  <si>
+    <t>Inpatient Agitation and Aggression</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=203682295&amp;bookId=2539</t>
+  </si>
+  <si>
+    <t>Recurrently Readmitted Inpatient Psychiatric Patients: Characteristics and Care</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=203682368&amp;bookId=2539</t>
+  </si>
+  <si>
+    <t>The Patient with Borderline Personality Disorder</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=203682820&amp;bookId=2539</t>
+  </si>
+  <si>
+    <t>Evaluation and Management of Substance Use Disorders on the Inpatient Psychiatric Unit</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=203682882&amp;bookId=2539</t>
+  </si>
+  <si>
+    <t>The Elderly Psychiatric Inpatient</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=203683270&amp;bookId=2539</t>
+  </si>
+  <si>
+    <t>The Brain-Injured or Developmentally Disabled Psychiatric Inpatient</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=203683397&amp;bookId=2539</t>
+  </si>
+  <si>
+    <t>The Medically Ill or Pregnant Psychiatric Inpatient</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=203683539&amp;bookId=2539</t>
+  </si>
+  <si>
+    <t>Inpatient Treatment of Eating Disorders</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=203683610&amp;bookId=2539</t>
+  </si>
+  <si>
+    <t>The Child or Adolescent Psychiatric Inpatient</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=203683858&amp;bookId=2539</t>
+  </si>
+  <si>
+    <t>Kasey B. Jackman, PhD, RN, PMHNP-BC</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=200778333&amp;bookId=2510</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=200778337&amp;bookId=2510</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=200778343&amp;bookId=2510</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=200778351&amp;bookId=2510</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=200778516&amp;bookId=2510</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=200778524&amp;bookId=2510</t>
+  </si>
+  <si>
+    <t>List of Abbreviations</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=200778531&amp;bookId=2510</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=200778533&amp;bookId=2510</t>
+  </si>
+  <si>
+    <t>Template for Case Studies</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=200778549&amp;bookId=2510</t>
+  </si>
+  <si>
+    <t>Section I: Child and Adolescent Case Studies</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=200778618&amp;bookId=2510</t>
+  </si>
+  <si>
+    <t>Preschooler with Emotional and Behavioral Difficulties</t>
+  </si>
+  <si>
+    <t>Case 1</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=200778619&amp;bookId=2510</t>
+  </si>
+  <si>
+    <t>In Foster Care and Very Active</t>
+  </si>
+  <si>
+    <t>Case 2</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=200778668&amp;bookId=2510</t>
+  </si>
+  <si>
+    <t>Aggression at a Young Age</t>
+  </si>
+  <si>
+    <t>Case 3</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=200778757&amp;bookId=2510</t>
+  </si>
+  <si>
+    <t>Attention-Deficit/Hyperactivity Disorder and Low Frustration Tolerance</t>
+  </si>
+  <si>
+    <t>Case 4</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=200778804&amp;bookId=2510</t>
+  </si>
+  <si>
+    <t>Attention and Behavior Problems</t>
+  </si>
+  <si>
+    <t>Case 5</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=200778859&amp;bookId=2510</t>
+  </si>
+  <si>
+    <t>Not Cooperating and Being Aggressive</t>
+  </si>
+  <si>
+    <t>Case 6</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=200778933&amp;bookId=2510</t>
+  </si>
+  <si>
+    <t>Transgender Youth</t>
+  </si>
+  <si>
+    <t>Case 7</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=200778985&amp;bookId=2510</t>
+  </si>
+  <si>
+    <t>Self-Harm and Suicidality</t>
+  </si>
+  <si>
+    <t>Case 8</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=200779047&amp;bookId=2510</t>
+  </si>
+  <si>
+    <t>Intrusive Thoughts</t>
+  </si>
+  <si>
+    <t>Case 9</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=200779109&amp;bookId=2510</t>
+  </si>
+  <si>
+    <t>Depressed Adolescent</t>
+  </si>
+  <si>
+    <t>Case 10</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=200779160&amp;bookId=2510</t>
+  </si>
+  <si>
+    <t>Section II: Adult Case Studies</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=200779213&amp;bookId=2510</t>
+  </si>
+  <si>
+    <t>Test Taking Anxiety</t>
+  </si>
+  <si>
+    <t>Case 11</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=200779214&amp;bookId=2510</t>
+  </si>
+  <si>
+    <t>Stimulants and Mania</t>
+  </si>
+  <si>
+    <t>Case 12</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=200779256&amp;bookId=2510</t>
+  </si>
+  <si>
+    <t>Depressed and Anxious in College</t>
+  </si>
+  <si>
+    <t>Case 13</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=200779321&amp;bookId=2510</t>
+  </si>
+  <si>
+    <t>Depressed and Voices Say to Kill Myself</t>
+  </si>
+  <si>
+    <t>Case 14</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=200779385&amp;bookId=2510</t>
+  </si>
+  <si>
+    <t>Not Doing Well in College</t>
+  </si>
+  <si>
+    <t>Case 15</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=200779498&amp;bookId=2510</t>
+  </si>
+  <si>
+    <t>Depressed and Anxious</t>
+  </si>
+  <si>
+    <t>Case 16</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=200779571&amp;bookId=2510</t>
+  </si>
+  <si>
+    <t>Hates Everyone, Angry Everyday</t>
+  </si>
+  <si>
+    <t>Case 17</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=200779622&amp;bookId=2510</t>
+  </si>
+  <si>
+    <t>Anxiety and Insomnia</t>
+  </si>
+  <si>
+    <t>Case 18</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=200779691&amp;bookId=2510</t>
+  </si>
+  <si>
+    <t>Stressed and Biting Fingers More</t>
+  </si>
+  <si>
+    <t>Case 19</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=200779740&amp;bookId=2510</t>
+  </si>
+  <si>
+    <t>Stressed and Cutting</t>
+  </si>
+  <si>
+    <t>Case 20</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=200779803&amp;bookId=2510</t>
+  </si>
+  <si>
+    <t>Migraines and Impaired</t>
+  </si>
+  <si>
+    <t>Case 21</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=200779854&amp;bookId=2510</t>
+  </si>
+  <si>
+    <t>Night Terrors</t>
+  </si>
+  <si>
+    <t>Case 22</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=200779934&amp;bookId=2510</t>
+  </si>
+  <si>
+    <t>Still Has Auditory Hallucinations with Olanzapine</t>
+  </si>
+  <si>
+    <t>Case 23</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=200779988&amp;bookId=2510</t>
+  </si>
+  <si>
+    <t>Out of Control Eating with a History of Depression</t>
+  </si>
+  <si>
+    <t>Case 24</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=200780072&amp;bookId=2510</t>
+  </si>
+  <si>
+    <t>Depressed and Anxious Postpartum</t>
+  </si>
+  <si>
+    <t>Case 25</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=200780168&amp;bookId=2510</t>
+  </si>
+  <si>
+    <t>Opiates Are Ruining My Life</t>
+  </si>
+  <si>
+    <t>Case 26</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=200780240&amp;bookId=2510</t>
+  </si>
+  <si>
+    <t>Blacking Out</t>
+  </si>
+  <si>
+    <t>Case 27</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=200780380&amp;bookId=2510</t>
+  </si>
+  <si>
+    <t>Back in School and Cannot Focus</t>
+  </si>
+  <si>
+    <t>Case 28</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=200780515&amp;bookId=2510</t>
+  </si>
+  <si>
+    <t>Feeling more Anxious and Obsessive-Compulsive Disorder Is Worse</t>
+  </si>
+  <si>
+    <t>Case 29</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=200780601&amp;bookId=2510</t>
+  </si>
+  <si>
+    <t>Unsteady after Being on Risperidone</t>
+  </si>
+  <si>
+    <t>Case 30</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=200780654&amp;bookId=2510</t>
+  </si>
+  <si>
+    <t>Thinks He May Be Depressed</t>
+  </si>
+  <si>
+    <t>Case 31</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=200780721&amp;bookId=2510</t>
+  </si>
+  <si>
+    <t>Manic with Psychotic Features</t>
+  </si>
+  <si>
+    <t>Case 32</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=200780804&amp;bookId=2510</t>
+  </si>
+  <si>
+    <t>Depression Post Brain Tumor</t>
+  </si>
+  <si>
+    <t>Case 33</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=200780894&amp;bookId=2510</t>
+  </si>
+  <si>
+    <t>Feeling Paranoid</t>
+  </si>
+  <si>
+    <t>Case 34</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=200780952&amp;bookId=2510</t>
+  </si>
+  <si>
+    <t>Pregnant and Anxious</t>
+  </si>
+  <si>
+    <t>Case 35</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=200781019&amp;bookId=2510</t>
+  </si>
+  <si>
+    <t>Panic Attacks after Traumatic Incident</t>
+  </si>
+  <si>
+    <t>Case 36</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=200781084&amp;bookId=2510</t>
+  </si>
+  <si>
+    <t>Depressed and Worried about Drinking</t>
+  </si>
+  <si>
+    <t>Case 37</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=200781149&amp;bookId=2510</t>
+  </si>
+  <si>
+    <t>Telepsychiatry</t>
+  </si>
+  <si>
+    <t>Case 38</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=200781214&amp;bookId=2510</t>
+  </si>
+  <si>
+    <t>Incarcerated and Substance Use Problems</t>
+  </si>
+  <si>
+    <t>Case 39</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=200781316&amp;bookId=2510</t>
+  </si>
+  <si>
+    <t>Worried about a Brain Tumor</t>
+  </si>
+  <si>
+    <t>Case 40</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=200781393&amp;bookId=2510</t>
+  </si>
+  <si>
+    <t>Still Crying about Her Father’s Death</t>
+  </si>
+  <si>
+    <t>Case 41</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=200781453&amp;bookId=2510</t>
+  </si>
+  <si>
+    <t>Treatment after Rehab for Opiate Addiction</t>
+  </si>
+  <si>
+    <t>Case 42</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=200781503&amp;bookId=2510</t>
+  </si>
+  <si>
+    <t>Depressed and Fatigued</t>
+  </si>
+  <si>
+    <t>Case 43</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=200781587&amp;bookId=2510</t>
+  </si>
+  <si>
+    <t>Homeless and Problems with Alcohol</t>
+  </si>
+  <si>
+    <t>Case 44</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=200781641&amp;bookId=2510</t>
+  </si>
+  <si>
+    <t>Renal Function Decreasing</t>
+  </si>
+  <si>
+    <t>Case 45</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=200781786&amp;bookId=2510</t>
+  </si>
+  <si>
+    <t>Very Tired and Cannot Sleep</t>
+  </si>
+  <si>
+    <t>Case 46</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=200781879&amp;bookId=2510</t>
+  </si>
+  <si>
+    <t>Section III: Older Adult Case Studies</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=200781949&amp;bookId=2510</t>
+  </si>
+  <si>
+    <t>Withdrawn after Surgery</t>
+  </si>
+  <si>
+    <t>Case 47</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=200781950&amp;bookId=2510</t>
+  </si>
+  <si>
+    <t>Lithium and the Older Adult</t>
+  </si>
+  <si>
+    <t>Case 48</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=200782015&amp;bookId=2510</t>
+  </si>
+  <si>
+    <t>Worried about Father Dying</t>
+  </si>
+  <si>
+    <t>Case 49</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=200782120&amp;bookId=2510</t>
+  </si>
+  <si>
+    <t>Older and Depressed</t>
+  </si>
+  <si>
+    <t>Case 50</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=200782191&amp;bookId=2510</t>
+  </si>
+  <si>
+    <t>Seeing Dead People</t>
+  </si>
+  <si>
+    <t>Case 51</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=200782270&amp;bookId=2510</t>
+  </si>
+  <si>
+    <t>Agitated and Clapping Hands</t>
+  </si>
+  <si>
+    <t>Case 52</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=200782335&amp;bookId=2510</t>
+  </si>
+  <si>
+    <t>Index by Diagnostic Category</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=200782436&amp;bookId=2510</t>
+  </si>
+  <si>
+    <t>List of Medications Referred to in the Cases</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=200782474&amp;bookId=2510</t>
+  </si>
+  <si>
+    <t>Clinical Practice Tools List</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=200782476&amp;bookId=2510</t>
+  </si>
+  <si>
+    <t>Laura S. Howe-Martin, PhD</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=250156067&amp;bookId=3057</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=250156069&amp;bookId=3057</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=250156071&amp;bookId=3057</t>
+  </si>
+  <si>
+    <t>Introduction—How to Read 
+This Book</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=250156124&amp;bookId=3057</t>
+  </si>
+  <si>
+    <t>Section 1: Beginning Psychotherapy</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=250156139&amp;bookId=3057</t>
+  </si>
+  <si>
+    <t>The Lay of the Land</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=250156140&amp;bookId=3057</t>
+  </si>
+  <si>
+    <t>Case Conceptualization and Psychological Assessment in Psychotherapy</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=250156202&amp;bookId=3057</t>
+  </si>
+  <si>
+    <t>Fitting the Therapy and the Therapist to the Patient</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=250156334&amp;bookId=3057</t>
+  </si>
+  <si>
+    <t>How to Begin: Empathy, Alliance, and Boundaries</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=250156455&amp;bookId=3057</t>
+  </si>
+  <si>
+    <t>Section 2: Learning Specific Psychotherapies</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=250156646&amp;bookId=3057</t>
+  </si>
+  <si>
+    <t>Supportive Psychotherapy</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=250156647&amp;bookId=3057</t>
+  </si>
+  <si>
+    <t>Cognitive Behavioral Therapy</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=250156751&amp;bookId=3057</t>
+  </si>
+  <si>
+    <t>Psychodynamic Therapy</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=250156992&amp;bookId=3057</t>
+  </si>
+  <si>
+    <t>Beyond the Therapy Dyad: The Importance of Systems and Culture</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=250157321&amp;bookId=3057</t>
+  </si>
+  <si>
+    <t>Section 3: Psychotherapy in Nontraditional Settings</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=250157479&amp;bookId=3057</t>
+  </si>
+  <si>
+    <t>Psychotherapy in the Community Mental Health Setting</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=250157480&amp;bookId=3057</t>
+  </si>
+  <si>
+    <t>Psychotherapy Within Consultation-Liaison Settings</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=250157587&amp;bookId=3057</t>
+  </si>
+  <si>
+    <t>Psychotherapy in the Emergency Room/Crisis Clinical Encounter</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=250157752&amp;bookId=3057</t>
+  </si>
+  <si>
+    <t>Psychotherapy on Inpatient Psychiatric Units</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=250157893&amp;bookId=3057</t>
+  </si>
+  <si>
+    <t>Section 4: Further Directions in Learning Psychotherapy</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=250158031&amp;bookId=3057</t>
+  </si>
+  <si>
+    <t>Integrating Medication and Therapy</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=250158032&amp;bookId=3057</t>
+  </si>
+  <si>
+    <t>Using Psychotherapy Supervision in Training and Beyond</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=250158129&amp;bookId=3057</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=250158313&amp;bookId=3057</t>
+  </si>
+  <si>
+    <t>Tim K. Brennan, MD, MPH</t>
+  </si>
+  <si>
+    <t>Recommended Use of Terminology in Addiction Medicine</t>
+  </si>
+  <si>
+    <t>The Epidemiology of Substance Use Disorders</t>
+  </si>
+  <si>
+    <t>The Anatomy of Addiction</t>
+  </si>
+  <si>
+    <t>Clinical Trials in Substance-Using Populations</t>
+  </si>
+  <si>
+    <t>The Pharmacology of Alcohol</t>
+  </si>
+  <si>
+    <t>The Pharmacology of Opioids</t>
+  </si>
+  <si>
+    <t>The Pharmacology of Stimulants</t>
+  </si>
+  <si>
+    <t>The Pharmacology of Caffeine</t>
+  </si>
+  <si>
+    <t>The Pharmacology of Nicotine and Tobacco</t>
+  </si>
+  <si>
+    <t>The Pharmacology of Cannabinoids</t>
+  </si>
+  <si>
+    <t>The Pharmacology of Hallucinogens</t>
+  </si>
+  <si>
+    <t>The Pharmacology of Dissociatives</t>
+  </si>
+  <si>
+    <t>The Pharmacology of Inhalants</t>
+  </si>
+  <si>
+    <t>Screening and Brief Intervention</t>
+  </si>
+  <si>
+    <t>Laboratory Assessment</t>
+  </si>
+  <si>
+    <t>Assessment</t>
+  </si>
+  <si>
+    <t>Environmental Approaches to Prevention: Communities and Contexts</t>
+  </si>
+  <si>
+    <t>Integrated Care for Substance Use Disorder</t>
+  </si>
+  <si>
+    <t>The ASAM Criteria and Matching Patients to Treatment</t>
+  </si>
+  <si>
+    <t>Linking Addiction Treatment With Other Medical and Psychiatric Treatment Systems</t>
+  </si>
+  <si>
+    <t>Quality Improvement for Addiction Treatment</t>
+  </si>
+  <si>
+    <t>Traumatic Brain Injury and Substance Use Disorders</t>
+  </si>
+  <si>
+    <t>Military Sexual Trauma</t>
+  </si>
+  <si>
+    <t>Cultural Issues in Addiction Medicine</t>
+  </si>
+  <si>
+    <t>College Student Drinking</t>
+  </si>
+  <si>
+    <t>Gambling Disorder: Clinical Characteristics and Treatment</t>
+  </si>
+  <si>
+    <t>Management of Intoxication and Withdrawal: General Principles</t>
+  </si>
+  <si>
+    <t>Management of Alcohol Intoxication and Withdrawal</t>
+  </si>
+  <si>
+    <t>Management of Opioid Intoxication and Withdrawal</t>
+  </si>
+  <si>
+    <t>Pharmacological Interventions for Alcohol Use Disorder</t>
+  </si>
+  <si>
+    <t>Pharmacological Treatment of Stimulant Use Disorders</t>
+  </si>
+  <si>
+    <t>Enhancing Motivation to Change</t>
+  </si>
+  <si>
+    <t>Group Therapies</t>
+  </si>
+  <si>
+    <t>Individual Treatment</t>
+  </si>
+  <si>
+    <t>Contingency Management and the Community Reinforcement Approach</t>
+  </si>
+  <si>
+    <t>Network Therapy</t>
+  </si>
+  <si>
+    <t>Aversion Therapies</t>
+  </si>
+  <si>
+    <t>Family Involvement in Addiction, Treatment, and Recovery</t>
+  </si>
+  <si>
+    <t>Twelve-Step Facilitation Approaches</t>
+  </si>
+  <si>
+    <t>Relapse Prevention: Clinical Models and Intervention Strategies</t>
+  </si>
+  <si>
+    <t>Digital Health Interventions for Substance Use Disorders: The State of the Science</t>
+  </si>
+  <si>
+    <t>Recent Research into Twelve-Step Programs</t>
+  </si>
+  <si>
+    <t>Spirituality in the Recovery Process</t>
+  </si>
+  <si>
+    <t>Substance-Induced Mental Disorders</t>
+  </si>
+  <si>
+    <t>The Pathophysiology of Chronic Pain and Clinical Interfaces With Substance Use Disorder</t>
+  </si>
+  <si>
+    <t>Psychological Issues in the Management of Pain</t>
+  </si>
+  <si>
+    <t>Rehabilitation Approaches to Pain Management</t>
+  </si>
+  <si>
+    <t>Nonopioid Pharmacotherapy of Pain</t>
+  </si>
+  <si>
+    <t>Opioid Therapy of Pain</t>
+  </si>
+  <si>
+    <t>Legal and Regulatory Considerations in Opioid Prescribing</t>
+  </si>
+  <si>
+    <t>Preventing Substance Use Among Children and Adolescents</t>
+  </si>
+  <si>
+    <t>Screening and Brief Intervention for Adolescents</t>
+  </si>
+  <si>
+    <t>Assessing Adolescent Substance Use</t>
+  </si>
+  <si>
+    <t>Placement Criteria and Strategies for Adolescent Treatment Matching</t>
+  </si>
+  <si>
+    <t>Ethical Issues in Addiction Practice</t>
+  </si>
+  <si>
+    <t>Consent and Confidentiality Issues in Addiction Practice</t>
+  </si>
+  <si>
+    <t>Practical Considerations in Drug Testing</t>
+  </si>
+  <si>
+    <t>Mark S. George, MD</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=258961206&amp;bookId=3372</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=259393231&amp;bookId=3372</t>
+  </si>
+  <si>
+    <t>Title Page</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=259393235&amp;bookId=3372</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=259393250&amp;bookId=3372</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=258961213&amp;bookId=3372</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=259393255&amp;bookId=3372</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=259393269&amp;bookId=3372</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=259393275&amp;bookId=3372</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=258961246&amp;bookId=3372</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=258961261&amp;bookId=3372</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=258961304&amp;bookId=3372</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=258961332&amp;bookId=3372</t>
+  </si>
+  <si>
+    <t>SECTION 1: The Neuroscience Model</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=258961352&amp;bookId=3372</t>
+  </si>
+  <si>
+    <t>CHAPTER 1: Introduction</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=258961353&amp;bookId=3372</t>
+  </si>
+  <si>
+    <t>CHAPTER 2: Neuroanatomy</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=258962018&amp;bookId=3372</t>
+  </si>
+  <si>
+    <t>CHAPTER 3: Neural Cells</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=258962949&amp;bookId=3372</t>
+  </si>
+  <si>
+    <t>CHAPTER 4: Networks</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=258963620&amp;bookId=3372</t>
+  </si>
+  <si>
+    <t>CHAPTER 5: Neurotransmitters</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=258964078&amp;bookId=3372</t>
+  </si>
+  <si>
+    <t>CHAPTER 6: Receptors and Signaling the Nucleus</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=258964884&amp;bookId=3372</t>
+  </si>
+  <si>
+    <t>CHAPTER 7: Genetics and Epigenetics</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=258965757&amp;bookId=3372</t>
+  </si>
+  <si>
+    <t>SECTION 2: Modulators</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=258966560&amp;bookId=3372</t>
+  </si>
+  <si>
+    <t>CHAPTER 8: Hormones and the Brain</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=258966561&amp;bookId=3372</t>
+  </si>
+  <si>
+    <t>CHAPTER 9: Plasticity and Adult Development</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=258966798&amp;bookId=3372</t>
+  </si>
+  <si>
+    <t>CHAPTER 10: Immunity and Inflammation</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=258967697&amp;bookId=3372</t>
+  </si>
+  <si>
+    <t>CHAPTER 11: The Electrical Brain</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=258968187&amp;bookId=3372</t>
+  </si>
+  <si>
+    <t>SECTION 3: Behaviors</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=258968433&amp;bookId=3372</t>
+  </si>
+  <si>
+    <t>CHAPTER 12: Pain</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=258968455&amp;bookId=3372</t>
+  </si>
+  <si>
+    <t>CHAPTER 13: Wanting and Liking</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=258969019&amp;bookId=3372</t>
+  </si>
+  <si>
+    <t>CHAPTER 14: Appetite</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=258969306&amp;bookId=3372</t>
+  </si>
+  <si>
+    <t>CHAPTER 15: Anger and Aggression</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=258969882&amp;bookId=3372</t>
+  </si>
+  <si>
+    <t>CHAPTER 16: Sleep and Rhythms</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=258970518&amp;bookId=3372</t>
+  </si>
+  <si>
+    <t>CHAPTER 17: Sex and the Brain</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=258971117&amp;bookId=3372</t>
+  </si>
+  <si>
+    <t>CHAPTER 18: Social Attachment</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=258971499&amp;bookId=3372</t>
+  </si>
+  <si>
+    <t>CHAPTER 19: Memory</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=258971985&amp;bookId=3372</t>
+  </si>
+  <si>
+    <t>CHAPTER 20: Intelligence</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=258972442&amp;bookId=3372</t>
+  </si>
+  <si>
+    <t>CHAPTER 21: Attention</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=258972699&amp;bookId=3372</t>
+  </si>
+  <si>
+    <t>SECTION 4: Disorders</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=258973018&amp;bookId=3372</t>
+  </si>
+  <si>
+    <t>CHAPTER 22: Depression</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=258973024&amp;bookId=3372</t>
+  </si>
+  <si>
+    <t>CHAPTER 23: Anxiety</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=258973171&amp;bookId=3372</t>
+  </si>
+  <si>
+    <t>CHAPTER 24: Schizophrenia</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=258973290&amp;bookId=3372</t>
+  </si>
+  <si>
+    <t>CHAPTER 25: Addiction</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=258973583&amp;bookId=3372</t>
+  </si>
+  <si>
+    <t>CHAPTER 26: Alzheimer Disease</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=258974173&amp;bookId=3372</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=259393281&amp;bookId=3372</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=259393282&amp;bookId=3372</t>
+  </si>
+  <si>
+    <t>Neuroanatomy</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=259393383&amp;bookId=3372</t>
+  </si>
+  <si>
+    <t>Neural Cells</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=259393472&amp;bookId=3372</t>
+  </si>
+  <si>
+    <t>Networks</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=259393523&amp;bookId=3372</t>
+  </si>
+  <si>
+    <t>Neurotransmitters</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=259393565&amp;bookId=3372</t>
+  </si>
+  <si>
+    <t>Receptors and Signaling the Nucleus</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=259393659&amp;bookId=3372</t>
+  </si>
+  <si>
+    <t>Genetics and Epigenetics</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=259393745&amp;bookId=3372</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=259393861&amp;bookId=3372</t>
+  </si>
+  <si>
+    <t>Hormones and the Brain</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=259393862&amp;bookId=3372</t>
+  </si>
+  <si>
+    <t>Plasticity and Adult Development</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=259393952&amp;bookId=3372</t>
+  </si>
+  <si>
+    <t>Immunity and Inflammation</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=259394058&amp;bookId=3372</t>
+  </si>
+  <si>
+    <t>The Electrical Brain</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=259394170&amp;bookId=3372</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=259394241&amp;bookId=3372</t>
   </si>
   <si>
     <t>Pain</t>
   </si>
   <si>
-    <t>https://pt.lwwhealthlibrary.com/content.aspx?sectionId=65248185&amp;bookId=1177</t>
-[...839 lines deleted...]
-    <t>Loads Sustained by the Thoracic Spine</t>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=259394242&amp;bookId=3372</t>
+  </si>
+  <si>
+    <t>Wanting and Liking</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=259394371&amp;bookId=3372</t>
+  </si>
+  <si>
+    <t>Appetite</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=259394450&amp;bookId=3372</t>
+  </si>
+  <si>
+    <t>Anger and Aggression</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=259394563&amp;bookId=3372</t>
+  </si>
+  <si>
+    <t>Sleep and Rhythms</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=259394684&amp;bookId=3372</t>
+  </si>
+  <si>
+    <t>Sex and the Brain</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=259394835&amp;bookId=3372</t>
+  </si>
+  <si>
+    <t>Social Attachment</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=259394968&amp;bookId=3372</t>
+  </si>
+  <si>
+    <t>Memory</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=259395077&amp;bookId=3372</t>
+  </si>
+  <si>
+    <t>Intelligence</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=259395187&amp;bookId=3372</t>
+  </si>
+  <si>
+    <t>Attention</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=259395291&amp;bookId=3372</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=259395389&amp;bookId=3372</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=259395390&amp;bookId=3372</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=259395496&amp;bookId=3372</t>
+  </si>
+  <si>
+    <t>Schizophrenia</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=259395615&amp;bookId=3372</t>
+  </si>
+  <si>
+    <t>Addiction</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=259395743&amp;bookId=3372</t>
+  </si>
+  <si>
+    <t>Alzheimer Disease</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=259395854&amp;bookId=3372</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=256321658&amp;bookId=3268</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=256321662&amp;bookId=3268</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=256321664&amp;bookId=3268</t>
+  </si>
+  <si>
+    <t>Introduction to the Fifth Edition</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=256321681&amp;bookId=3268</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=256321687&amp;bookId=3268</t>
+  </si>
+  <si>
+    <t>Section I: General Principles of Effective Interviewing</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=256321693&amp;bookId=3268</t>
+  </si>
+  <si>
+    <t>The Initial Interview: A Preview</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=256321694&amp;bookId=3268</t>
+  </si>
+  <si>
+    <t>Logistic Preparations: What to Do Before the Interview</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=256321725&amp;bookId=3268</t>
+  </si>
+  <si>
+    <t>The Therapeutic Alliance: What It Is, Why It's Important, and How to Establish It</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=256321805&amp;bookId=3268</t>
+  </si>
+  <si>
+    <t>Asking Questions I: How to Approach Threatening Topics</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=256321856&amp;bookId=3268</t>
+  </si>
+  <si>
+    <t>Asking Questions II: Tricks for Improving Patient Recall</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=256321893&amp;bookId=3268</t>
+  </si>
+  <si>
+    <t>Asking Questions III: How to Change Topics With Style</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=256321912&amp;bookId=3268</t>
+  </si>
+  <si>
+    <t>Techniques for the Reluctant Patient</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=256321925&amp;bookId=3268</t>
+  </si>
+  <si>
+    <t>Techniques for the Overly Talkative Patient</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=256321958&amp;bookId=3268</t>
+  </si>
+  <si>
+    <t>Techniques for the Malingering Patient</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=256322004&amp;bookId=3268</t>
+  </si>
+  <si>
+    <t>Techniques for the Agitated Patient</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=256322035&amp;bookId=3268</t>
+  </si>
+  <si>
+    <t>Techniques for the Adolescent Patient1</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=256322066&amp;bookId=3268</t>
+  </si>
+  <si>
+    <t>Interviewing Family Members and Other Informants</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=256322223&amp;bookId=3268</t>
+  </si>
+  <si>
+    <t>Techniques for Other Challenging Situations</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=256322297&amp;bookId=3268</t>
+  </si>
+  <si>
+    <t>Practical Psychodynamics in the Diagnostic Interview</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=256322338&amp;bookId=3268</t>
+  </si>
+  <si>
+    <t>Section II: The Psychiatric History</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=256322440&amp;bookId=3268</t>
+  </si>
+  <si>
+    <t>Obtaining the History of Present Illness</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=256322441&amp;bookId=3268</t>
+  </si>
+  <si>
+    <t>Obtaining the Psychiatric History</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=256322485&amp;bookId=3268</t>
+  </si>
+  <si>
+    <t>Screening for General Medical Conditions</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=256322555&amp;bookId=3268</t>
+  </si>
+  <si>
+    <t>Family Psychiatric History</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=256322635&amp;bookId=3268</t>
+  </si>
+  <si>
+    <t>Obtaining the Social and Developmental History</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=256322663&amp;bookId=3268</t>
+  </si>
+  <si>
+    <t>Section III: Interviewing For Diagnosis: The Psychiatric Review Of Symptoms</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=256322757&amp;bookId=3268</t>
+  </si>
+  <si>
+    <t>How to Memorize the DSM-5-TR Criteria</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=256322758&amp;bookId=3268</t>
+  </si>
+  <si>
+    <t>Interviewing for Diagnosis: The Art of Hypothesis Testing</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=256322856&amp;bookId=3268</t>
+  </si>
+  <si>
+    <t>Mental Status Examination</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=256322888&amp;bookId=3268</t>
+  </si>
+  <si>
+    <t>Assessing Suicidal and Homicidal Ideation</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=256323085&amp;bookId=3268</t>
+  </si>
+  <si>
+    <t>Assessing Mood Disorders I: Depressive Disorders</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=256323167&amp;bookId=3268</t>
+  </si>
+  <si>
+    <t>Assessing Mood Disorders II: Bipolar Disorder</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=256323331&amp;bookId=3268</t>
+  </si>
+  <si>
+    <t>Assessing Anxiety, Obsessive, and Trauma Disorders</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=256323424&amp;bookId=3268</t>
+  </si>
+  <si>
+    <t>Assessing Substance Use Disorder</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=256323596&amp;bookId=3268</t>
+  </si>
+  <si>
+    <t>Assessing Psychotic Disorders</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=256323697&amp;bookId=3268</t>
+  </si>
+  <si>
+    <t>Assessing Neurocognitive Disorders (Dementia and Delirium)</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=256323905&amp;bookId=3268</t>
+  </si>
+  <si>
+    <t>Assessing Eating Disorders and Somatic Symptom Disorder</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=256323957&amp;bookId=3268</t>
+  </si>
+  <si>
+    <t>Assessing Attention Deficit Hyperactivity Disorder</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=256324013&amp;bookId=3268</t>
+  </si>
+  <si>
+    <t>Assessing Personality Disorders</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=256324078&amp;bookId=3268</t>
+  </si>
+  <si>
+    <t>Section IV: Interviewing for Treatment</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=256324167&amp;bookId=3268</t>
+  </si>
+  <si>
+    <t>How to Educate Your Patient</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=256324168&amp;bookId=3268</t>
+  </si>
+  <si>
+    <t>Negotiating a Treatment Plan</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=256324208&amp;bookId=3268</t>
+  </si>
+  <si>
+    <t>Writing Up the Results of the Interview</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=256324244&amp;bookId=3268</t>
+  </si>
+  <si>
+    <t>Appendices</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=256324318&amp;bookId=3268</t>
+  </si>
+  <si>
+    <t>Pocket Cards</t>
+  </si>
+  <si>
+    <t>A</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=256324319&amp;bookId=3268</t>
+  </si>
+  <si>
+    <t>Data Forms for the Interview</t>
+  </si>
+  <si>
+    <t>B</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=256324328&amp;bookId=3268</t>
+  </si>
+  <si>
+    <t>Patient Education Handouts</t>
+  </si>
+  <si>
+    <t>C</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=256324351&amp;bookId=3268</t>
+  </si>
+  <si>
+    <t>Clinical Handbook of Psychiatry &amp; the Law, 5e</t>
+  </si>
+  <si>
+    <t>Kaplan &amp; Sadock's Concise Textbook of Clinical Psychiatry, 5e</t>
+  </si>
+  <si>
+    <t>Kaplan &amp; Sadock's Pocket Handbook of Psychiatric Drug Treatment, 8e</t>
+  </si>
+  <si>
+    <t>Kaplan &amp; Sadock's Synopsis of Psychiatry, 12e</t>
+  </si>
+  <si>
+    <t>David N Osser, MD</t>
+  </si>
+  <si>
+    <t>Psychopharmacology Algorithms: Clinical Guidance From the Psychopharmacology Algorithm Project at the Harvard South Shore Psychiatry Residency Program, 2e</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/book.aspx?bookid=3461</t>
+  </si>
+  <si>
+    <t>Caroly S. Pataki, M.D.</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/book.aspx?bookid=3459</t>
+  </si>
+  <si>
+    <t>Kaplan &amp; Sadock’s Concise Textbook of Child and Adolescent Psychiatry, 2e</t>
+  </si>
+  <si>
+    <t>Robert J. Boland, M.D.</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261547418&amp;bookId=3459</t>
+  </si>
+  <si>
+    <t>Kaplan &amp; Sadock’s Concise Textbook of Child and Adolescent Psychiatry</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261547422&amp;bookId=3459</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261547424&amp;bookId=3459</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261547445&amp;bookId=3459</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261547448&amp;bookId=3459</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261547472&amp;bookId=3459</t>
+  </si>
+  <si>
+    <t>About the Editors</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261547480&amp;bookId=3459</t>
+  </si>
+  <si>
+    <t>Infant, Child, and Adolescent Development</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261547498&amp;bookId=3459</t>
+  </si>
+  <si>
+    <t>Examination and Diagnosis of Infants, Children, and Adolescents</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261547793&amp;bookId=3459</t>
+  </si>
+  <si>
+    <t>Intellectual Developmental Disorder (Intellectual Disability)</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261547957&amp;bookId=3459</t>
+  </si>
+  <si>
+    <t>Communication Disorders</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261548166&amp;bookId=3459</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261548345&amp;bookId=3459</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261548492&amp;bookId=3459</t>
+  </si>
+  <si>
+    <t>Specific Learning Disorder</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261548578&amp;bookId=3459</t>
+  </si>
+  <si>
+    <t>Motor Disorders: Developmental Coordination Disorder, Stereotypic Movement Disorder</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261548691&amp;bookId=3459</t>
+  </si>
+  <si>
+    <t>Feeding and Eating Disorders of Infants, Children and Adolescents: Pica, Rumination Disorder, Anorexia Nervosa; and Bulimia Nervosa</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261548753&amp;bookId=3459</t>
+  </si>
+  <si>
+    <t>Trauma- and Stressor-Related Disorders in Children</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261548940&amp;bookId=3459</t>
+  </si>
+  <si>
+    <t>Depressive Disorders and Suicide in Children and Adolescents</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261549041&amp;bookId=3459</t>
+  </si>
+  <si>
+    <t>Early-Onset Bipolar Disorder</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261549183&amp;bookId=3459</t>
+  </si>
+  <si>
+    <t>Disruptive Mood Dysregulation Disorder</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261549259&amp;bookId=3459</t>
+  </si>
+  <si>
+    <t>Disruptive Behavior Disorders of Childhood: Disruptive, Impulse Control, and Conduct Disorders</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261549283&amp;bookId=3459</t>
+  </si>
+  <si>
+    <t>Anxiety Disorders: Separation Anxiety Disorder, Generalized Anxiety Disorder, Social Anxiety Disorder, Selective Mutism</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261549415&amp;bookId=3459</t>
+  </si>
+  <si>
+    <t>Obsessive-Compulsive Disorder, Trichotillomania, and Body Dysmorphic Disorder</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261549516&amp;bookId=3459</t>
+  </si>
+  <si>
+    <t>Early-Onset Schizophrenia</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261549600&amp;bookId=3459</t>
+  </si>
+  <si>
+    <t>Tic Disorders: Tourette Disorder and Chronic Motor or Vocal Tic Disorder</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261549689&amp;bookId=3459</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261549774&amp;bookId=3459</t>
+  </si>
+  <si>
+    <t>Adolescent Substance Use Disorders</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261549844&amp;bookId=3459</t>
+  </si>
+  <si>
+    <t>Psychiatric Treatment for Children and Adolescents</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261549932&amp;bookId=3459</t>
+  </si>
+  <si>
+    <t>Special Areas of Interest</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261550055&amp;bookId=3459</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261561070&amp;bookId=3461</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261561074&amp;bookId=3461</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261561080&amp;bookId=3461</t>
+  </si>
+  <si>
+    <t>Introduction and How to Use this Book*</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261561191&amp;bookId=3461</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261561228&amp;bookId=3461</t>
+  </si>
+  <si>
+    <t>Video Lectures Presenting the Algorithms</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261561240&amp;bookId=3461</t>
+  </si>
+  <si>
+    <t>On the Value of Evidence-Based Psychopharmacology Algorithms</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261561255&amp;bookId=3461</t>
+  </si>
+  <si>
+    <t>The Psychopharmacology Algorithm Project at the Harvard South Shore Program: An Update on Bipolar Depression</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261561280&amp;bookId=3461</t>
+  </si>
+  <si>
+    <t>The Psychopharmacology Algorithm Project at the Harvard South Shore Program: An Algorithm for Acute Mania</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261561492&amp;bookId=3461</t>
+  </si>
+  <si>
+    <t>The Psychopharmacology Algorithm Project at the Harvard South Shore Program: An Update on Unipolar Nonpsychotic Depression</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261561720&amp;bookId=3461</t>
+  </si>
+  <si>
+    <t>The Psychopharmacology Algorithm Project at the Harvard South Shore Program: 2012 Update on Psychotic Depression</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261561939&amp;bookId=3461</t>
+  </si>
+  <si>
+    <t>The Psychopharmacology Algorithm Project at the Harvard South Shore Program: An Update on Schizophrenia</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261562053&amp;bookId=3461</t>
+  </si>
+  <si>
+    <t>Psychopharmacology of Agitation in Acute Psychotic and Manic Episodes</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261562297&amp;bookId=3461</t>
+  </si>
+  <si>
+    <t>The Psychopharmacology Algorithm Project at the Harvard South Shore Program: An Algorithm for Generalized Anxiety Disorder</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261562384&amp;bookId=3461</t>
+  </si>
+  <si>
+    <t>A Proposed Algorithm for the Pharmacologic Treatment of Generalized Anxiety Disorder in the Older Patient</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261562526&amp;bookId=3461</t>
+  </si>
+  <si>
+    <t>The Psychopharmacology Algorithm Project at the Harvard South Shore Program: An Update on Generalized Social Anxiety Disorder</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261562613&amp;bookId=3461</t>
+  </si>
+  <si>
+    <t>An Evidence-Based Approach to Psychopharmacology for Posttraumatic Stress Disorder (PTSD) - 2022 Update</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261562692&amp;bookId=3461</t>
+  </si>
+  <si>
+    <t>The Psychopharmacology Algorithm Project at the Harvard South Shore Program: An Algorithm for Adults With Obsessive-Compulsive Disorder</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261562862&amp;bookId=3461</t>
+  </si>
+  <si>
+    <t>The Psychopharmacology Algorithm Project at the Harvard South Shore Program: An Update on Management of Behavioral and Psychological Symptoms in Dementia</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261562979&amp;bookId=3461</t>
+  </si>
+  <si>
+    <t>The Psychopharmacology Algorithm Project at the Harvard South Shore Program: An Algorithm for Core Symptoms of Autism Spectrum Disorder in Adults</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261563077&amp;bookId=3461</t>
+  </si>
+  <si>
+    <t>Guidelines, Algorithms, and Evidence-Based Psychopharmacology Training for Psychiatric Residents</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261563201&amp;bookId=3461</t>
+  </si>
+  <si>
+    <t>The ASAM Essentials of Addiction Medicine, 4e</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/book.aspx?bookid=3478</t>
+  </si>
+  <si>
+    <t>Annie Lévesque, MD, MSc</t>
+  </si>
+  <si>
+    <t>The ASAM Essentials of Addiction Medicine</t>
+  </si>
+  <si>
+    <t>Section Editors</t>
+  </si>
+  <si>
+    <t>SECTION 1: Basic Science and Core Concepts</t>
+  </si>
+  <si>
+    <t>Substance Use Disorders: The Neurobiology of Motivation Gone Awry</t>
+  </si>
+  <si>
+    <t>Addiction Medicine Physicians and Collaborative Care Clinicians as Change Agents for Prevention and Public Health</t>
+  </si>
+  <si>
+    <t>Climate Change and Addiction Medicine</t>
+  </si>
+  <si>
+    <t>The Cigarette Industry’s Role in Promoting Tobacco Use Disorder</t>
+  </si>
+  <si>
+    <t>The Impact of the Alcohol Industry on Alcohol Use Disorder</t>
+  </si>
+  <si>
+    <t>The Impact of the Cannabis Industry on Cannabis Use Disorder</t>
+  </si>
+  <si>
+    <t>SECTION 2: Pharmacology</t>
+  </si>
+  <si>
+    <t>Pharmacokinetic and Pharmacodynamic Principles</t>
+  </si>
+  <si>
+    <t>The Pharmacology of Nonalcohol Sedative-Hypnotics</t>
+  </si>
+  <si>
+    <t>The Pharmacology of Anabolic-Androgenic Steroids</t>
+  </si>
+  <si>
+    <t>Electronic Drug Delivery Devices</t>
+  </si>
+  <si>
+    <t>Novel Psychoactive Substances</t>
+  </si>
+  <si>
+    <t>SECTION 3: Epidemiology and Prevention</t>
+  </si>
+  <si>
+    <t>Prevention of Prescription Medication Misuse</t>
+  </si>
+  <si>
+    <t>The Harm Reduction Approach to Caring for People Who Use Substances</t>
+  </si>
+  <si>
+    <t>Policy and Leadership: Impact on Primary, Secondary, and Tertiary Prevention of Substance Use Disorders in Military Personnel and Beyond</t>
+  </si>
+  <si>
+    <t>SECTION 4: Diagnosis, Assessment, and Early Intervention Treatment</t>
   </si>
   <si>
     <t>CHAPTER 31</t>
   </si>
   <si>
-    <t>https://pt.lwwhealthlibrary.com/content.aspx?sectionId=115791722&amp;bookId=1738</t>
-[...4 lines deleted...]
-  <si>
     <t>CHAPTER 32</t>
   </si>
   <si>
-    <t>https://pt.lwwhealthlibrary.com/content.aspx?sectionId=115791807&amp;bookId=1738</t>
-[...4 lines deleted...]
-  <si>
     <t>CHAPTER 33</t>
   </si>
   <si>
-    <t>https://pt.lwwhealthlibrary.com/content.aspx?sectionId=115792185&amp;bookId=1738</t>
-[...2 lines deleted...]
-    <t>Analysis of the Forces on the Lumbar Spine During Activity</t>
+    <t>Addiction Among Physicians and Physician Health Programs</t>
   </si>
   <si>
     <t>CHAPTER 34</t>
   </si>
   <si>
-    <t>https://pt.lwwhealthlibrary.com/content.aspx?sectionId=115793674&amp;bookId=1738</t>
-[...2 lines deleted...]
-    <t>Structure and Function of the Bones and Joints of the Pelvis</t>
+    <t>SECTION 5: Overview of Addiction Treatment</t>
+  </si>
+  <si>
+    <t>Addiction Medicine in America: Its Birth, Early History, and Current Status (1750–2022)</t>
   </si>
   <si>
     <t>CHAPTER 35</t>
   </si>
   <si>
-    <t>https://pt.lwwhealthlibrary.com/content.aspx?sectionId=115794514&amp;bookId=1738</t>
-[...2 lines deleted...]
-    <t>Mechanics and Pathomechanics of Muscle Activity in the Pelvis</t>
+    <t>The Treatment of Substance Use Disorders: An Overview</t>
   </si>
   <si>
     <t>CHAPTER 36</t>
   </si>
   <si>
-    <t>https://pt.lwwhealthlibrary.com/content.aspx?sectionId=115794983&amp;bookId=1738</t>
-[...2 lines deleted...]
-    <t>Analysis of the Forces on the Pelvis During Activity</t>
+    <t>Identification and Treatment of High-Risk Alcohol Use and Alcohol Use Disorder: An Overview</t>
   </si>
   <si>
     <t>CHAPTER 37</t>
   </si>
   <si>
-    <t>https://pt.lwwhealthlibrary.com/content.aspx?sectionId=115795262&amp;bookId=1738</t>
-[...14 lines deleted...]
-    <t>Structure and Function of the Bones and Noncontractile Elements of the Hip</t>
+    <t>Race, Ethnicity, Gender, and Social Determinants of Health, Disparities, and Access to Care</t>
   </si>
   <si>
     <t>CHAPTER 38</t>
   </si>
   <si>
-    <t>https://pt.lwwhealthlibrary.com/content.aspx?sectionId=115795379&amp;bookId=1738</t>
-[...4 lines deleted...]
-  <si>
     <t>CHAPTER 39</t>
   </si>
   <si>
-    <t>https://pt.lwwhealthlibrary.com/content.aspx?sectionId=115795624&amp;bookId=1738</t>
-[...2 lines deleted...]
-    <t>Analysis of the Forces on the Hip During Activity</t>
+    <t>Substance Use and Co-occurring Conditions in Women</t>
   </si>
   <si>
     <t>CHAPTER 40</t>
   </si>
   <si>
-    <t>https://pt.lwwhealthlibrary.com/content.aspx?sectionId=115796035&amp;bookId=1738</t>
-[...8 lines deleted...]
-    <t>Structure and Function of the Bones and Noncontractile Elements of the Knee</t>
+    <t>Treatment of Substance Use Disorders in Older Adults</t>
   </si>
   <si>
     <t>CHAPTER 41</t>
   </si>
   <si>
-    <t>https://pt.lwwhealthlibrary.com/content.aspx?sectionId=115796176&amp;bookId=1738</t>
-[...2 lines deleted...]
-    <t>Mechanics and Pathomechanics of Muscle Activity at the Knee</t>
+    <t>Treatment Considerations for LGBTQ Patients</t>
   </si>
   <si>
     <t>CHAPTER 42</t>
   </si>
   <si>
-    <t>https://pt.lwwhealthlibrary.com/content.aspx?sectionId=115796460&amp;bookId=1738</t>
-[...4 lines deleted...]
-  <si>
     <t>CHAPTER 43</t>
   </si>
   <si>
-    <t>https://pt.lwwhealthlibrary.com/content.aspx?sectionId=115796832&amp;bookId=1738</t>
-[...10 lines deleted...]
-  <si>
     <t>CHAPTER 44</t>
   </si>
   <si>
-    <t>https://pt.lwwhealthlibrary.com/content.aspx?sectionId=115797114&amp;bookId=1738</t>
-[...4 lines deleted...]
-  <si>
     <t>CHAPTER 45</t>
   </si>
   <si>
-    <t>https://pt.lwwhealthlibrary.com/content.aspx?sectionId=115797533&amp;bookId=1738</t>
-[...2 lines deleted...]
-    <t>Analysis of the Forces on the Ankle and Foot During Activity</t>
+    <t>Substance Use–Related Care—Interprofessional Collaborative Practice</t>
   </si>
   <si>
     <t>CHAPTER 46</t>
   </si>
   <si>
-    <t>https://pt.lwwhealthlibrary.com/content.aspx?sectionId=115798156&amp;bookId=1738</t>
-[...10 lines deleted...]
-  <si>
     <t>CHAPTER 47</t>
   </si>
   <si>
-    <t>https://pt.lwwhealthlibrary.com/content.aspx?sectionId=115798291&amp;bookId=1738</t>
-[...4 lines deleted...]
-  <si>
     <t>CHAPTER 48</t>
   </si>
   <si>
-    <t>https://pt.lwwhealthlibrary.com/content.aspx?sectionId=115798539&amp;bookId=1738</t>
-[...2687 lines deleted...]
-    <t>https://pt.lwwhealthlibrary.com/content.aspx?sectionId=258572384&amp;bookId=3342</t>
+    <t>Reducing Inequities of Care Through Changes in Practice</t>
+  </si>
+  <si>
+    <t>CHAPTER 49</t>
+  </si>
+  <si>
+    <t>CHAPTER 50</t>
+  </si>
+  <si>
+    <t>SECTION 6: Nonsubstance Addiction-Related Disorders</t>
+  </si>
+  <si>
+    <t>Understanding Nonsubstance Addictions</t>
+  </si>
+  <si>
+    <t>CHAPTER 51</t>
+  </si>
+  <si>
+    <t>CHAPTER 52</t>
+  </si>
+  <si>
+    <t>Compulsive Sexual Behaviors</t>
+  </si>
+  <si>
+    <t>CHAPTER 53</t>
+  </si>
+  <si>
+    <t>Disorders Associated With Technology and Social Media</t>
+  </si>
+  <si>
+    <t>CHAPTER 54</t>
+  </si>
+  <si>
+    <t>SECTION 7: Management of Intoxication and Withdrawal</t>
+  </si>
+  <si>
+    <t>CHAPTER 55</t>
+  </si>
+  <si>
+    <t>CHAPTER 56</t>
+  </si>
+  <si>
+    <t>Management of Sedative-Hypnotic Intoxication and Withdrawal</t>
+  </si>
+  <si>
+    <t>CHAPTER 57</t>
+  </si>
+  <si>
+    <t>CHAPTER 58</t>
+  </si>
+  <si>
+    <t>Management of Stimulant, Hallucinogen, Cannabis, Phencyclidine, and Other Drug Intoxication and Withdrawal</t>
+  </si>
+  <si>
+    <t>CHAPTER 59</t>
+  </si>
+  <si>
+    <t>SECTION 8: Pharmacological Interventions and Other Somatic Therapies</t>
+  </si>
+  <si>
+    <t>CHAPTER 60</t>
+  </si>
+  <si>
+    <t>Pharmacological Interventions for Sedative-Hypnotic Use Disorder</t>
+  </si>
+  <si>
+    <t>CHAPTER 61</t>
+  </si>
+  <si>
+    <t>Pharmacological Treatment for Opioid Use Disorder</t>
+  </si>
+  <si>
+    <t>CHAPTER 62</t>
+  </si>
+  <si>
+    <t>Special Issues in Office-Based Opioid Treatment (OBOT)</t>
+  </si>
+  <si>
+    <t>CHAPTER 63</t>
+  </si>
+  <si>
+    <t>CHAPTER 64</t>
+  </si>
+  <si>
+    <t>Pharmacological Interventions for Nicotine and Tobacco Use</t>
+  </si>
+  <si>
+    <t>CHAPTER 65</t>
+  </si>
+  <si>
+    <t>Pharmacological Interventions for Other Substances and Multiple Substance Use Disorders</t>
+  </si>
+  <si>
+    <t>CHAPTER 66</t>
+  </si>
+  <si>
+    <t>Complementary and Integrative Interventions for Substance Use Disorders</t>
+  </si>
+  <si>
+    <t>CHAPTER 67</t>
+  </si>
+  <si>
+    <t>Neuromodulation for Substance Use Disorders</t>
+  </si>
+  <si>
+    <t>CHAPTER 68</t>
+  </si>
+  <si>
+    <t>SECTION 9: Psychologically Based Interventions</t>
+  </si>
+  <si>
+    <t>CHAPTER 69</t>
+  </si>
+  <si>
+    <t>Motivational Interviewing</t>
+  </si>
+  <si>
+    <t>CHAPTER 70</t>
+  </si>
+  <si>
+    <t>CHAPTER 71</t>
+  </si>
+  <si>
+    <t>CHAPTER 72</t>
+  </si>
+  <si>
+    <t>CHAPTER 73</t>
+  </si>
+  <si>
+    <t>Behavioral Interventions for Tobacco Use Disorder</t>
+  </si>
+  <si>
+    <t>CHAPTER 74</t>
+  </si>
+  <si>
+    <t>CHAPTER 75</t>
+  </si>
+  <si>
+    <t>Therapeutic Communities and Modified Therapeutic Communities for Co-occurring Mental and Substance Use Disorders</t>
+  </si>
+  <si>
+    <t>CHAPTER 76</t>
+  </si>
+  <si>
+    <t>CHAPTER 77</t>
+  </si>
+  <si>
+    <t>CHAPTER 78</t>
+  </si>
+  <si>
+    <t>CHAPTER 79</t>
+  </si>
+  <si>
+    <t>CHAPTER 80</t>
+  </si>
+  <si>
+    <t>Mindfulness-Based Treatment of Addiction</t>
+  </si>
+  <si>
+    <t>CHAPTER 81</t>
+  </si>
+  <si>
+    <t>CHAPTER 82</t>
+  </si>
+  <si>
+    <t>Medical Management Techniques and Collaborative Care: Integrating Behavioral With Pharmacological Interventions</t>
+  </si>
+  <si>
+    <t>CHAPTER 83</t>
+  </si>
+  <si>
+    <t>SECTION 10: Mutual Help: Twelve-Step and Other Programs in Addiction Recovery</t>
+  </si>
+  <si>
+    <t>Twelve-Step and Other Programs in Addiction Recovery</t>
+  </si>
+  <si>
+    <t>CHAPTER 84</t>
+  </si>
+  <si>
+    <t>CHAPTER 85</t>
+  </si>
+  <si>
+    <t>CHAPTER 86</t>
+  </si>
+  <si>
+    <t>SECTION 11: Medical Disorders and Complications of Addiction</t>
+  </si>
+  <si>
+    <t>Medical Care of Patients With Unhealthy Substance Use</t>
+  </si>
+  <si>
+    <t>CHAPTER 87</t>
+  </si>
+  <si>
+    <t>Cardiovascular Disorders Related to Substance Use</t>
+  </si>
+  <si>
+    <t>CHAPTER 88</t>
+  </si>
+  <si>
+    <t>Liver Disorders Related to Substance Use</t>
+  </si>
+  <si>
+    <t>CHAPTER 89</t>
+  </si>
+  <si>
+    <t>Renal and Metabolic Disorders Related to Substance Use</t>
+  </si>
+  <si>
+    <t>CHAPTER 90</t>
+  </si>
+  <si>
+    <t>Gastrointestinal Disorders Related to Substance Use</t>
+  </si>
+  <si>
+    <t>CHAPTER 91</t>
+  </si>
+  <si>
+    <t>Pulmonary Disorders Related to Substance Use</t>
+  </si>
+  <si>
+    <t>CHAPTER 92</t>
+  </si>
+  <si>
+    <t>Neurological Disorders Related to Substance Use</t>
+  </si>
+  <si>
+    <t>CHAPTER 93</t>
+  </si>
+  <si>
+    <t>Human Immunodeficiency Virus, Tuberculosis, and Other Infectious Diseases Related to Substance Use</t>
+  </si>
+  <si>
+    <t>CHAPTER 94</t>
+  </si>
+  <si>
+    <t>Sleep Disorders Related to Substance Use</t>
+  </si>
+  <si>
+    <t>CHAPTER 95</t>
+  </si>
+  <si>
+    <t>Traumatic Injuries Related to Alcohol and Other Drug Use</t>
+  </si>
+  <si>
+    <t>CHAPTER 96</t>
+  </si>
+  <si>
+    <t>Endocrine and Reproductive Disorders Related to Substance Use</t>
+  </si>
+  <si>
+    <t>CHAPTER 97</t>
+  </si>
+  <si>
+    <t>Substance Use During Pregnancy</t>
+  </si>
+  <si>
+    <t>CHAPTER 98</t>
+  </si>
+  <si>
+    <t>Perioperative Management of Patients With Substance Use</t>
+  </si>
+  <si>
+    <t>CHAPTER 99</t>
+  </si>
+  <si>
+    <t>SECTION 12: Co-occurring Addiction and Other Psychiatric Disorders</t>
+  </si>
+  <si>
+    <t>CHAPTER 100</t>
+  </si>
+  <si>
+    <t>Co-occurring Mood Disorders and Substance Use Disorders</t>
+  </si>
+  <si>
+    <t>CHAPTER 101</t>
+  </si>
+  <si>
+    <t>Co-occurring Substance Use, Anxiety Disorders, and Obsessive-Compulsive Disorders</t>
+  </si>
+  <si>
+    <t>CHAPTER 102</t>
+  </si>
+  <si>
+    <t>Co-occurring Psychosis and Substance Use Disorders</t>
+  </si>
+  <si>
+    <t>CHAPTER 103</t>
+  </si>
+  <si>
+    <t>Co-occurring Attention-Deficit/Hyperactivity Disorder and Substance Use Disorders</t>
+  </si>
+  <si>
+    <t>CHAPTER 104</t>
+  </si>
+  <si>
+    <t>Co-occurring Personality Disorders and Substance Use Disorders</t>
+  </si>
+  <si>
+    <t>CHAPTER 105</t>
+  </si>
+  <si>
+    <t>Co-occurring Posttraumatic Stress Disorder and Substance Use Disorders</t>
+  </si>
+  <si>
+    <t>CHAPTER 106</t>
+  </si>
+  <si>
+    <t>Co-occurring Eating Disorders and Substance Use Disorders</t>
+  </si>
+  <si>
+    <t>CHAPTER 107</t>
+  </si>
+  <si>
+    <t>SECTION 13: Pain and Addiction</t>
+  </si>
+  <si>
+    <t>CHAPTER 108</t>
+  </si>
+  <si>
+    <t>CHAPTER 109</t>
+  </si>
+  <si>
+    <t>Assessing and Mitigating Risk of Suicide in Patients With Pain and Substance Use Disorders</t>
+  </si>
+  <si>
+    <t>CHAPTER 110</t>
+  </si>
+  <si>
+    <t>CHAPTER 111</t>
+  </si>
+  <si>
+    <t>CHAPTER 112</t>
+  </si>
+  <si>
+    <t>CHAPTER 113</t>
+  </si>
+  <si>
+    <t>Co-occurring Pain and Substance Use Disorders</t>
+  </si>
+  <si>
+    <t>CHAPTER 114</t>
+  </si>
+  <si>
+    <t>CHAPTER 115</t>
+  </si>
+  <si>
+    <t>SECTION 14: Children and Adolescents</t>
+  </si>
+  <si>
+    <t>CHAPTER 116</t>
+  </si>
+  <si>
+    <t>CHAPTER 117</t>
+  </si>
+  <si>
+    <t>CHAPTER 118</t>
+  </si>
+  <si>
+    <t>Treating Substance Use Disorders in Carceral-Involved Youth</t>
+  </si>
+  <si>
+    <t>CHAPTER 119</t>
+  </si>
+  <si>
+    <t>Treatment of Addiction-Related Disorders in Adolescents</t>
+  </si>
+  <si>
+    <t>CHAPTER 120</t>
+  </si>
+  <si>
+    <t>Pharmacotherapy for Adolescents With Substance Use Disorders</t>
+  </si>
+  <si>
+    <t>CHAPTER 121</t>
+  </si>
+  <si>
+    <t>Co-occurring Psychiatric Disorders in Adolescents With Addiction-Related Issues</t>
+  </si>
+  <si>
+    <t>CHAPTER 122</t>
+  </si>
+  <si>
+    <t>SECTION 15: Ethical, Legal, and Liability Issues in Addiction Practice</t>
+  </si>
+  <si>
+    <t>CHAPTER 123</t>
+  </si>
+  <si>
+    <t>CHAPTER 124</t>
+  </si>
+  <si>
+    <t>Clinical, Ethical, and Legal Considerations in Prescribing Medications With Potential for Nonmedical Use and Addiction</t>
+  </si>
+  <si>
+    <t>CHAPTER 125</t>
+  </si>
+  <si>
+    <t>Therapeutic Effectiveness of Cannabis and Cannabinoids</t>
+  </si>
+  <si>
+    <t>CHAPTER 126</t>
+  </si>
+  <si>
+    <t>CHAPTER 127</t>
+  </si>
+  <si>
+    <t>Reducing Substance Use in Court-Leveraged Treatment</t>
+  </si>
+  <si>
+    <t>CHAPTER 128</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261884292&amp;bookId=3478</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261884296&amp;bookId=3478</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261884298&amp;bookId=3478</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261884318&amp;bookId=3478</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261884321&amp;bookId=3478</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261884516&amp;bookId=3478</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261885929&amp;bookId=3478</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261885934&amp;bookId=3478</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261885938&amp;bookId=3478</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261885939&amp;bookId=3478</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261885998&amp;bookId=3478</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261886046&amp;bookId=3478</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261886110&amp;bookId=3478</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261886194&amp;bookId=3478</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261886242&amp;bookId=3478</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261886314&amp;bookId=3478</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261886363&amp;bookId=3478</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261886418&amp;bookId=3478</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261886490&amp;bookId=3478</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261886491&amp;bookId=3478</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261886578&amp;bookId=3478</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261886660&amp;bookId=3478</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261886701&amp;bookId=3478</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261886771&amp;bookId=3478</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261886887&amp;bookId=3478</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261886950&amp;bookId=3478</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261887032&amp;bookId=3478</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261887110&amp;bookId=3478</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261887219&amp;bookId=3478</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261887275&amp;bookId=3478</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261887330&amp;bookId=3478</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261887390&amp;bookId=3478</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261887436&amp;bookId=3478</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261887497&amp;bookId=3478</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261887498&amp;bookId=3478</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261887592&amp;bookId=3478</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261887650&amp;bookId=3478</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261887689&amp;bookId=3478</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261887771&amp;bookId=3478</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261887837&amp;bookId=3478</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261887916&amp;bookId=3478</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261887989&amp;bookId=3478</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261887990&amp;bookId=3478</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261888154&amp;bookId=3478</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261888221&amp;bookId=3478</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261888325&amp;bookId=3478</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261888422&amp;bookId=3478</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261888423&amp;bookId=3478</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261888485&amp;bookId=3478</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261888545&amp;bookId=3478</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261888606&amp;bookId=3478</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261888636&amp;bookId=3478</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261888696&amp;bookId=3478</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261888769&amp;bookId=3478</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261888855&amp;bookId=3478</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261888919&amp;bookId=3478</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261888967&amp;bookId=3478</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261889046&amp;bookId=3478</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261889118&amp;bookId=3478</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261889173&amp;bookId=3478</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261889233&amp;bookId=3478</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261889294&amp;bookId=3478</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261889358&amp;bookId=3478</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261889437&amp;bookId=3478</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261889438&amp;bookId=3478</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261889565&amp;bookId=3478</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261889621&amp;bookId=3478</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261889686&amp;bookId=3478</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261889753&amp;bookId=3478</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261889754&amp;bookId=3478</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261889816&amp;bookId=3478</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261889879&amp;bookId=3478</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261889942&amp;bookId=3478</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261890006&amp;bookId=3478</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261890107&amp;bookId=3478</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261890108&amp;bookId=3478</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261890180&amp;bookId=3478</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261890247&amp;bookId=3478</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261890349&amp;bookId=3478</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261890394&amp;bookId=3478</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261890496&amp;bookId=3478</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261890560&amp;bookId=3478</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261890610&amp;bookId=3478</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261890680&amp;bookId=3478</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261890750&amp;bookId=3478</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261890751&amp;bookId=3478</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261890819&amp;bookId=3478</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261890860&amp;bookId=3478</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261890913&amp;bookId=3478</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261891006&amp;bookId=3478</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261891069&amp;bookId=3478</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261891135&amp;bookId=3478</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261891189&amp;bookId=3478</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261891260&amp;bookId=3478</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261891327&amp;bookId=3478</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261891397&amp;bookId=3478</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261891443&amp;bookId=3478</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261891506&amp;bookId=3478</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261891554&amp;bookId=3478</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261891616&amp;bookId=3478</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261891686&amp;bookId=3478</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261891687&amp;bookId=3478</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261891749&amp;bookId=3478</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261891828&amp;bookId=3478</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261891874&amp;bookId=3478</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261891875&amp;bookId=3478</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261892009&amp;bookId=3478</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261892070&amp;bookId=3478</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261892151&amp;bookId=3478</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261892213&amp;bookId=3478</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261892295&amp;bookId=3478</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261892366&amp;bookId=3478</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261892460&amp;bookId=3478</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261892516&amp;bookId=3478</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261892567&amp;bookId=3478</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261892622&amp;bookId=3478</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261892710&amp;bookId=3478</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261892789&amp;bookId=3478</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261892854&amp;bookId=3478</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261892855&amp;bookId=3478</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261892912&amp;bookId=3478</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261893014&amp;bookId=3478</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261893086&amp;bookId=3478</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261893155&amp;bookId=3478</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261893204&amp;bookId=3478</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261893274&amp;bookId=3478</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261893343&amp;bookId=3478</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261893439&amp;bookId=3478</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261893440&amp;bookId=3478</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261893532&amp;bookId=3478</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261893609&amp;bookId=3478</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261893685&amp;bookId=3478</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261893728&amp;bookId=3478</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261893776&amp;bookId=3478</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261893841&amp;bookId=3478</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261893897&amp;bookId=3478</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261893937&amp;bookId=3478</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261893938&amp;bookId=3478</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261894035&amp;bookId=3478</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261894098&amp;bookId=3478</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261894194&amp;bookId=3478</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261894249&amp;bookId=3478</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261894313&amp;bookId=3478</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261894395&amp;bookId=3478</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261894455&amp;bookId=3478</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261894456&amp;bookId=3478</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261894529&amp;bookId=3478</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261894611&amp;bookId=3478</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261894733&amp;bookId=3478</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261894799&amp;bookId=3478</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261894882&amp;bookId=3478</t>
+  </si>
+  <si>
+    <t>Gerrit I. van Schalkwyk, MBChB</t>
+  </si>
+  <si>
+    <t>Lewis’s Child and Adolescent Psychiatry: A Comprehensive Textbook, 6e</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/book.aspx?bookid=3477</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261894967&amp;bookId=3477</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Lewis’s Child and Adolescent Psychiatry: A Comprehensive Textbook</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261894971&amp;bookId=3477</t>
+  </si>
+  <si>
+    <t>Hanna E. Stevens, MD, PhD</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261894973&amp;bookId=3477</t>
+  </si>
+  <si>
+    <t>Andrés Martin, MD, PhD</t>
   </si>
   <si>
     <t xml:space="preserve"> Dedication</t>
   </si>
   <si>
-    <t>https://pt.lwwhealthlibrary.com/content.aspx?sectionId=258572390&amp;bookId=3342</t>
-[...5 lines deleted...]
-    <t>https://pt.lwwhealthlibrary.com/content.aspx?sectionId=258572392&amp;bookId=3342</t>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261895001&amp;bookId=3477</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> CONTRIBUTING AUTHORS</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261895009&amp;bookId=3477</t>
   </si>
   <si>
     <t xml:space="preserve"> Preface</t>
   </si>
   <si>
-    <t>https://pt.lwwhealthlibrary.com/content.aspx?sectionId=258572412&amp;bookId=3342</t>
-[...2405 lines deleted...]
-    <t>https://pt.lwwhealthlibrary.com/content.aspx?sectionId=261752351&amp;bookId=3474</t>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261895947&amp;bookId=3477</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SECTION I: APPROACH TO THE DISCIPLINE </t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261895960&amp;bookId=3477</t>
+  </si>
+  <si>
+    <t>A History of Child Psychiatry in the United States</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261895961&amp;bookId=3477</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Global Child and Adolescent Mental Health </t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261896008&amp;bookId=3477</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Education and Training </t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261896137&amp;bookId=3477</t>
+  </si>
+  <si>
+    <t>Pediatric Ethics</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261896293&amp;bookId=3477</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Leadership </t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261896335&amp;bookId=3477</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SECTION II: NORMAL DEVELOPMENT </t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261896378&amp;bookId=3477</t>
+  </si>
+  <si>
+    <t>Infant and Toddler</t>
+  </si>
+  <si>
+    <t>CHAPTER 2.1</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261896379&amp;bookId=3477</t>
+  </si>
+  <si>
+    <t>CHAPTER 2.2</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261896423&amp;bookId=3477</t>
+  </si>
+  <si>
+    <t xml:space="preserve">School-Aged Children </t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261896458&amp;bookId=3477</t>
+  </si>
+  <si>
+    <t>Adolescent</t>
+  </si>
+  <si>
+    <t>CHAPTER 2.4</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261896525&amp;bookId=3477</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Transitional Age Youth </t>
+  </si>
+  <si>
+    <t>CHAPTER 2.5</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261896591&amp;bookId=3477</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SECTION III: UNDERSTANDING AND SUPPORTING MINORITY YOUTH </t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261896628&amp;bookId=3477</t>
+  </si>
+  <si>
+    <t>Navigating Racial Minority Status in Clinical Practice</t>
+  </si>
+  <si>
+    <t>CHAPTER 3.1</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261896629&amp;bookId=3477</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Cultural Influences on Development and Pediatric Behavioral Health </t>
+  </si>
+  <si>
+    <t>CHAPTER 3.2</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261896701&amp;bookId=3477</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Psychiatric Care of the Deaf, Blind, or Deaf-Blind Child </t>
+  </si>
+  <si>
+    <t>CHAPTER 3.3</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261896809&amp;bookId=3477</t>
+  </si>
+  <si>
+    <t>Sexual Minority Youth: Supporting the Integration of Evolving Sexual Identities</t>
+  </si>
+  <si>
+    <t>CHAPTER 3.4</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261896952&amp;bookId=3477</t>
+  </si>
+  <si>
+    <t>Gender Diverse Youth and Gender Minority Stress</t>
+  </si>
+  <si>
+    <t>CHAPTER 3.5</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261897016&amp;bookId=3477</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SECTION IV: SCIENTIFIC FOUNDATIONS </t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261897048&amp;bookId=3477</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261897049&amp;bookId=3477</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Health Promotion and Prevention in Child and Adolescent Psychiatry </t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261897111&amp;bookId=3477</t>
+  </si>
+  <si>
+    <t xml:space="preserve">From Genes to Brain: Developmental Neurobiology </t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261897216&amp;bookId=3477</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Assessing Risk: Gene Discovery </t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261897297&amp;bookId=3477</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Molecular Basis of Select Childhood Psychiatric Disorders </t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261897401&amp;bookId=3477</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SECTION V: CLINICAL ASSESSMENT AND NOSOLOGY </t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261897493&amp;bookId=3477</t>
+  </si>
+  <si>
+    <t>CHAPTER 5.1</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261897494&amp;bookId=3477</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Clinical Assessment of Infants and Toddlers </t>
+  </si>
+  <si>
+    <t>CHAPTER 5.2</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261897571&amp;bookId=3477</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261897652&amp;bookId=3477</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Psychological and Neuropsychological Assessment </t>
+  </si>
+  <si>
+    <t>CHAPTER 5.4</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261897854&amp;bookId=3477</t>
+  </si>
+  <si>
+    <t>Assessing Communication in Children</t>
+  </si>
+  <si>
+    <t>CHAPTER 5.5</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261897913&amp;bookId=3477</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261897966&amp;bookId=3477</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SECTION VI: SPECIFIC DISORDERS AND SYNDROMES </t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261898033&amp;bookId=3477</t>
+  </si>
+  <si>
+    <t>CHAPTER 6.1</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261898034&amp;bookId=3477</t>
+  </si>
+  <si>
+    <t>Oppositional Defiant Disorder, Conduct Disorder, and Disruptive Mood Dysregulation Disorder</t>
+  </si>
+  <si>
+    <t>CHAPTER 6.2</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261898147&amp;bookId=3477</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aggressive Behavior </t>
+  </si>
+  <si>
+    <t>CHAPTER 6.3</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261898213&amp;bookId=3477</t>
+  </si>
+  <si>
+    <t>CHAPTER 6.4</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261898351&amp;bookId=3477</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Intellectual Disability Disorder </t>
+  </si>
+  <si>
+    <t>CHAPTER 6.5</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261898474&amp;bookId=3477</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Learning Disabilities </t>
+  </si>
+  <si>
+    <t>CHAPTER 6.6</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261898553&amp;bookId=3477</t>
+  </si>
+  <si>
+    <t>Disorders of Communication in Children</t>
+  </si>
+  <si>
+    <t>CHAPTER 6.7</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261898612&amp;bookId=3477</t>
+  </si>
+  <si>
+    <t>CHAPTER 6.8</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261898677&amp;bookId=3477</t>
+  </si>
+  <si>
+    <t>CHAPTER 6.9</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261898849&amp;bookId=3477</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Bipolar Spectrum Disorders </t>
+  </si>
+  <si>
+    <t>CHAPTER 6.10</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261898974&amp;bookId=3477</t>
+  </si>
+  <si>
+    <t>CHAPTER 6.11</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261899208&amp;bookId=3477</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obsessive-Compulsive Disorder </t>
+  </si>
+  <si>
+    <t>CHAPTER 6.12</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261899278&amp;bookId=3477</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Trichotillomania and Excoriation Disorder </t>
+  </si>
+  <si>
+    <t>CHAPTER 6.13</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261899335&amp;bookId=3477</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Tic Disorders </t>
+  </si>
+  <si>
+    <t>CHAPTER 6.14</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261899375&amp;bookId=3477</t>
+  </si>
+  <si>
+    <t>CHAPTER 6.15</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261899494&amp;bookId=3477</t>
+  </si>
+  <si>
+    <t>CHAPTER 6.16</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261899538&amp;bookId=3477</t>
+  </si>
+  <si>
+    <t>Substance Use: Approaches to Diagnosis and Treatment</t>
+  </si>
+  <si>
+    <t>CHAPTER 6.17</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261899601&amp;bookId=3477</t>
+  </si>
+  <si>
+    <t>Nicotine, Cannabis, and Vaporized Substances</t>
+  </si>
+  <si>
+    <t>CHAPTER 6.18</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261899713&amp;bookId=3477</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sleep Disorders </t>
+  </si>
+  <si>
+    <t>CHAPTER 6.19</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261899819&amp;bookId=3477</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Functional Somatic Symptoms and Disorders </t>
+  </si>
+  <si>
+    <t>CHAPTER 6.20</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261899920&amp;bookId=3477</t>
+  </si>
+  <si>
+    <t>CHAPTER 6.21</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261900009&amp;bookId=3477</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Elimination Disorders </t>
+  </si>
+  <si>
+    <t>CHAPTER 6.22</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261900080&amp;bookId=3477</t>
+  </si>
+  <si>
+    <t>Personality Disorders in Children and Adolescents</t>
+  </si>
+  <si>
+    <t>CHAPTER 6.23</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261900133&amp;bookId=3477</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Gender Incongruence and Gender Dysphoria </t>
+  </si>
+  <si>
+    <t>CHAPTER 6.24</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261900195&amp;bookId=3477</t>
+  </si>
+  <si>
+    <t>CHAPTER 6.25</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261900308&amp;bookId=3477</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Posttraumatic Stress Disorder </t>
+  </si>
+  <si>
+    <t>CHAPTER 6.26</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261900383&amp;bookId=3477</t>
+  </si>
+  <si>
+    <t>Reactive Attachment Disorders</t>
+  </si>
+  <si>
+    <t>CHAPTER 6.27</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261900449&amp;bookId=3477</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Caregiver-Fabricated Illness in a Child </t>
+  </si>
+  <si>
+    <t>CHAPTER 6.28</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261900477&amp;bookId=3477</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Children Exposed to Mass Emergency and Disaster: The Role of the Mental Health Professionals </t>
+  </si>
+  <si>
+    <t>CHAPTER 6.29</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261900519&amp;bookId=3477</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SECTION VII: TREATMENT </t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261900702&amp;bookId=3477</t>
+  </si>
+  <si>
+    <t>Chapter 7.1</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261900703&amp;bookId=3477</t>
+  </si>
+  <si>
+    <t>CHAPTER 7.2</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261900839&amp;bookId=3477</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ADHD: Stimulant and Nonstimulant Agents </t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261900850&amp;bookId=3477</t>
+  </si>
+  <si>
+    <t>CHAPTER 7.4</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261900915&amp;bookId=3477</t>
+  </si>
+  <si>
+    <t>CHAPTER 7.5</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261900992&amp;bookId=3477</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mood Stabilizers </t>
+  </si>
+  <si>
+    <t>CHAPTER 7.6</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261901076&amp;bookId=3477</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Other Biologic Interventions </t>
+  </si>
+  <si>
+    <t>CHAPTER 7.7</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261901131&amp;bookId=3477</t>
+  </si>
+  <si>
+    <t>CHAPTER 7.8</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261901210&amp;bookId=3477</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Cognitive-Behavioral Therapy </t>
+  </si>
+  <si>
+    <t>CHAPTER 7.9</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261901257&amp;bookId=3477</t>
+  </si>
+  <si>
+    <t>CHAPTER 7.10</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261901406&amp;bookId=3477</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Behavioral Parent Training </t>
+  </si>
+  <si>
+    <t>CHAPTER 7.11</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261901483&amp;bookId=3477</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Psychodynamic Principles in Practice </t>
+  </si>
+  <si>
+    <t>CHAPTER 7.12</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261901601&amp;bookId=3477</t>
+  </si>
+  <si>
+    <t>CHAPTER 7.13</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261901665&amp;bookId=3477</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Family Therapy </t>
+  </si>
+  <si>
+    <t>CHAPTER 7.14</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261901769&amp;bookId=3477</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Strengths-Based Approaches in Child and Adolescent Psychiatry </t>
+  </si>
+  <si>
+    <t>CHAPTER 7.15</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261901991&amp;bookId=3477</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SECTION VIII: The Continuum of Care and Location-Specific Interventions </t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261902064&amp;bookId=3477</t>
+  </si>
+  <si>
+    <t>CHAPTER 8.1</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261902065&amp;bookId=3477</t>
+  </si>
+  <si>
+    <t>Inpatient and Residential Treatment</t>
+  </si>
+  <si>
+    <t>CHAPTER 8.2</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261902179&amp;bookId=3477</t>
+  </si>
+  <si>
+    <t>Partial Hospital and Intensive Outpatient Programs</t>
+  </si>
+  <si>
+    <t>Chapter 8.3</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261902238&amp;bookId=3477</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Intensive Home-Based Treatment for High-Risk Psychiatrically Complex Children, Adolescents, and Families </t>
+  </si>
+  <si>
+    <t>Chapter 8.4</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261902272&amp;bookId=3477</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Community-Based Treatment and Services </t>
+  </si>
+  <si>
+    <t>CHAPTER 8.5</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261902316&amp;bookId=3477</t>
+  </si>
+  <si>
+    <t>Telepsychiatry With Children and Adolescents</t>
+  </si>
+  <si>
+    <t>CHAPTER 8.6</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261902418&amp;bookId=3477</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SECTION IX: INTERFACES </t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261902559&amp;bookId=3477</t>
+  </si>
+  <si>
+    <t>Integrating Behavioral Health Services Into Pediatric Care: Principles and Models</t>
+  </si>
+  <si>
+    <t>CHAPTER 9.1</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261902560&amp;bookId=3477</t>
+  </si>
+  <si>
+    <t>CHAPTER 9.2</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261902604&amp;bookId=3477</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Cancer </t>
+  </si>
+  <si>
+    <t>CHAPTER 9.3</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261902635&amp;bookId=3477</t>
+  </si>
+  <si>
+    <t>CHAPTER 9.4</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261902724&amp;bookId=3477</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Psychosocial Aspects of HIV/AIDS </t>
+  </si>
+  <si>
+    <t>CHAPTER 9.5</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261902802&amp;bookId=3477</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Epilepsy </t>
+  </si>
+  <si>
+    <t>CHAPTER 9.6</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261902857&amp;bookId=3477</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Life-Limiting Illness and Palliative Care </t>
+  </si>
+  <si>
+    <t>CHAPTER 9.7</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261902976&amp;bookId=3477</t>
+  </si>
+  <si>
+    <t>Pediatric Bereavement</t>
+  </si>
+  <si>
+    <t>CHAPTER 9.8</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261903036&amp;bookId=3477</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Military Youth and Families </t>
+  </si>
+  <si>
+    <t>CHAPTER 9.9</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261903101&amp;bookId=3477</t>
+  </si>
+  <si>
+    <t xml:space="preserve">School Consultation </t>
+  </si>
+  <si>
+    <t>CHAPTER 9.10</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261903173&amp;bookId=3477</t>
+  </si>
+  <si>
+    <t>Forensic Involvement, Custody, and Divorce</t>
+  </si>
+  <si>
+    <t>CHAPTER 9.11</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261903296&amp;bookId=3477</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Adoption </t>
+  </si>
+  <si>
+    <t>CHAPTER 9.12</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261903373&amp;bookId=3477</t>
+  </si>
+  <si>
+    <t>CHAPTER 9.13</t>
+  </si>
+  <si>
+    <t>https://psychiatry.lwwhealthlibrary.com/content.aspx?sectionId=261903407&amp;bookId=3477</t>
+  </si>
+  <si>
+    <t>Lewis's Child and Adolescent Psychiatry: A Comprehensive Textbook, 6e</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="3" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Tahoma"/>
     </font>
     <font>
+      <b/>
       <sz val="10"/>
       <name val="Tahoma"/>
       <family val="2"/>
     </font>
     <font>
-      <b/>
       <sz val="10"/>
       <name val="Tahoma"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="4">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF808080"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="2" borderId="0"/>
-    <xf numFmtId="0" fontId="1" fillId="2" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="9">
+  <cellXfs count="8">
     <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="2" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="14" fontId="0" fillId="2" borderId="0" xfId="0" applyNumberFormat="1"/>
-    <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="1" fontId="2" fillId="3" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="1"/>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="0" xfId="1" applyFont="1" applyFill="1"/>
+    <xf numFmtId="1" fontId="1" fillId="3" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
     <xf numFmtId="1" fontId="0" fillId="2" borderId="0" xfId="0" applyNumberFormat="1"/>
-    <xf numFmtId="1" fontId="1" fillId="2" borderId="0" xfId="1" applyNumberFormat="1"/>
-    <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="1"/>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
-    <cellStyle name="Normal 2" xfId="1" xr:uid="{19C61A68-D5E5-4822-B022-FFE56179714A}"/>
+    <cellStyle name="Normal 2" xfId="1" xr:uid="{DE2F77FB-ECB4-4B8E-8032-16AE7652C04B}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet13.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet18.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet26.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet21.xml"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet12.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet17.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet25.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet33.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet16.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet20.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet29.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet11.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet24.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet32.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet15.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet23.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet28.xml"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet10.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet19.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet31.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet14.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet22.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet27.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet30.xml"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet13.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet18.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet21.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet12.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet17.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet16.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet20.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet11.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet15.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet10.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet19.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet14.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet22.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
@@ -7652,15265 +7960,13289 @@
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:G33"/>
+  <dimension ref="A1:G22"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="2" width="50.7265625" customWidth="1"/>
     <col min="3" max="3" width="7.36328125" bestFit="1" customWidth="1"/>
-    <col min="4" max="4" width="13.90625" style="6" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="13.90625" style="7" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="14.81640625" bestFit="1" customWidth="1"/>
     <col min="6" max="7" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
-      <c r="D1" s="5" t="s">
+      <c r="D1" s="6" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
         <v>7</v>
       </c>
       <c r="B2" t="s">
-        <v>8</v>
+        <v>1793</v>
       </c>
       <c r="C2">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>9781451130720</v>
+        <v>5</v>
+      </c>
+      <c r="D2" s="7">
+        <v>9781496398055</v>
       </c>
       <c r="E2">
-        <v>2015</v>
+        <v>2020</v>
       </c>
       <c r="F2" t="s">
         <v>9</v>
       </c>
       <c r="G2" s="2">
-        <v>41956</v>
+        <v>43599</v>
       </c>
     </row>
     <row r="3" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
         <v>10</v>
       </c>
       <c r="B3" t="s">
         <v>11</v>
       </c>
       <c r="C3">
-        <v>5</v>
-[...2 lines deleted...]
-        <v>9781975141981</v>
+        <v>8</v>
+      </c>
+      <c r="D3" s="7">
+        <v>9781496386168</v>
       </c>
       <c r="E3">
-        <v>2022</v>
+        <v>2020</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" s="2">
-        <v>44257</v>
+        <v>43551</v>
       </c>
     </row>
     <row r="4" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A4" t="s">
         <v>13</v>
       </c>
       <c r="B4" t="s">
         <v>14</v>
       </c>
       <c r="C4">
-        <v>6</v>
-[...2 lines deleted...]
-        <v>9781975179557</v>
+        <v>1</v>
+      </c>
+      <c r="D4" s="7">
+        <v>9781975149642</v>
       </c>
       <c r="E4">
-        <v>2023</v>
+        <v>2022</v>
       </c>
       <c r="F4" t="s">
         <v>15</v>
       </c>
       <c r="G4" s="2">
-        <v>44777</v>
+        <v>44378</v>
       </c>
     </row>
     <row r="5" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A5" t="s">
         <v>16</v>
       </c>
       <c r="B5" t="s">
         <v>17</v>
       </c>
       <c r="C5">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>9781975172350</v>
+        <v>2</v>
+      </c>
+      <c r="D5" s="7">
+        <v>9781975113681</v>
       </c>
       <c r="E5">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="F5" t="s">
         <v>18</v>
       </c>
       <c r="G5" s="2">
-        <v>44257</v>
+        <v>43791</v>
       </c>
     </row>
     <row r="6" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A6" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>1800</v>
+      </c>
+      <c r="B6" s="3" t="s">
+        <v>1802</v>
       </c>
       <c r="C6">
         <v>2</v>
       </c>
-      <c r="D6" s="6">
-        <v>9780781710077</v>
+      <c r="D6" s="7">
+        <v>9781975240189</v>
       </c>
       <c r="E6">
-        <v>1998</v>
+        <v>2026</v>
       </c>
       <c r="F6" t="s">
-        <v>21</v>
+        <v>1801</v>
       </c>
       <c r="G6" s="2">
-        <v>41964</v>
+        <v>45968</v>
       </c>
     </row>
     <row r="7" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A7" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="B7" t="s">
-        <v>23</v>
+        <v>1794</v>
       </c>
       <c r="C7">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>9781496395030</v>
+        <v>5</v>
+      </c>
+      <c r="D7" s="7">
+        <v>9781975167486</v>
       </c>
       <c r="E7">
-        <v>2019</v>
+        <v>2023</v>
       </c>
       <c r="F7" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="G7" s="2">
-        <v>43761</v>
+        <v>44536</v>
       </c>
     </row>
     <row r="8" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A8" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="B8" t="s">
-        <v>26</v>
+        <v>1795</v>
       </c>
       <c r="C8">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>9781451130317</v>
+        <v>8</v>
+      </c>
+      <c r="D8" s="7">
+        <v>9781975168995</v>
       </c>
       <c r="E8">
-        <v>2015</v>
+        <v>2024</v>
       </c>
       <c r="F8" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="G8" s="2">
-        <v>41939</v>
+        <v>45036</v>
       </c>
     </row>
     <row r="9" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A9" t="s">
-        <v>28</v>
+        <v>19</v>
       </c>
       <c r="B9" t="s">
-        <v>29</v>
+        <v>1796</v>
       </c>
       <c r="C9">
-        <v>2</v>
-[...2 lines deleted...]
-        <v>9781975112240</v>
+        <v>12</v>
+      </c>
+      <c r="D9" s="7">
+        <v>9781975145569</v>
       </c>
       <c r="E9">
-        <v>2020</v>
+        <v>2022</v>
       </c>
       <c r="F9" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="G9" s="2">
-        <v>43819</v>
+        <v>44271</v>
       </c>
     </row>
     <row r="10" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A10" t="s">
-        <v>31</v>
+        <v>27</v>
       </c>
       <c r="B10" t="s">
-        <v>32</v>
+        <v>28</v>
       </c>
       <c r="C10">
-        <v>6</v>
-[...2 lines deleted...]
-        <v>9781975159894</v>
+        <v>10</v>
+      </c>
+      <c r="D10" s="7">
+        <v>9781975199111</v>
       </c>
       <c r="E10">
         <v>2024</v>
       </c>
       <c r="F10" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="G10" s="2">
-        <v>44866</v>
+        <v>44991</v>
       </c>
     </row>
     <row r="11" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A11" t="s">
-        <v>34</v>
+        <v>2232</v>
       </c>
       <c r="B11" t="s">
-        <v>35</v>
+        <v>2493</v>
       </c>
       <c r="C11">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>9781451191561</v>
+        <v>6</v>
+      </c>
+      <c r="D11" s="7">
+        <v>9781975242800</v>
       </c>
       <c r="E11">
-        <v>2017</v>
+        <v>2026</v>
       </c>
       <c r="F11" t="s">
-        <v>36</v>
+        <v>2234</v>
       </c>
       <c r="G11" s="2">
-        <v>42401</v>
+        <v>46100</v>
       </c>
     </row>
     <row r="12" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A12" t="s">
-        <v>37</v>
+        <v>30</v>
       </c>
       <c r="B12" t="s">
-        <v>38</v>
+        <v>31</v>
       </c>
       <c r="C12">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>9780781781329</v>
+        <v>1</v>
+      </c>
+      <c r="D12" s="7">
+        <v>9781975166359</v>
       </c>
       <c r="E12">
-        <v>2010</v>
+        <v>2023</v>
       </c>
       <c r="F12" t="s">
-        <v>39</v>
+        <v>32</v>
       </c>
       <c r="G12" s="2">
-        <v>41932</v>
+        <v>44635</v>
       </c>
     </row>
     <row r="13" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A13" t="s">
-        <v>40</v>
+        <v>33</v>
       </c>
       <c r="B13" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="C13">
-        <v>5</v>
-[...2 lines deleted...]
-        <v>9781975158965</v>
+        <v>1</v>
+      </c>
+      <c r="D13" s="7">
+        <v>9781975117931</v>
       </c>
       <c r="E13">
-        <v>2023</v>
+        <v>2020</v>
       </c>
       <c r="F13" t="s">
-        <v>42</v>
+        <v>35</v>
       </c>
       <c r="G13" s="2">
-        <v>45026</v>
+        <v>43579</v>
       </c>
     </row>
     <row r="14" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A14" t="s">
-        <v>43</v>
+        <v>36</v>
       </c>
       <c r="B14" t="s">
-        <v>44</v>
+        <v>37</v>
       </c>
       <c r="C14">
-        <v>6</v>
-[...2 lines deleted...]
-        <v>9781975158279</v>
+        <v>5</v>
+      </c>
+      <c r="D14" s="7">
+        <v>9781496326959</v>
       </c>
       <c r="E14">
-        <v>2023</v>
+        <v>2017</v>
       </c>
       <c r="F14" t="s">
-        <v>45</v>
+        <v>38</v>
       </c>
       <c r="G14" s="2">
-        <v>44536</v>
+        <v>43396</v>
       </c>
     </row>
     <row r="15" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A15" t="s">
-        <v>46</v>
+        <v>39</v>
       </c>
       <c r="B15" t="s">
-        <v>47</v>
+        <v>40</v>
       </c>
       <c r="C15">
-        <v>5</v>
-[...2 lines deleted...]
-        <v>9780781747806</v>
+        <v>2</v>
+      </c>
+      <c r="D15" s="7">
+        <v>9781605476001</v>
       </c>
       <c r="E15">
-        <v>2005</v>
+        <v>2011</v>
       </c>
       <c r="F15" t="s">
-        <v>48</v>
+        <v>41</v>
       </c>
       <c r="G15" s="2">
-        <v>41913</v>
+        <v>43396</v>
       </c>
     </row>
     <row r="16" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A16" t="s">
-        <v>49</v>
+        <v>42</v>
       </c>
       <c r="B16" t="s">
-        <v>50</v>
+        <v>43</v>
       </c>
       <c r="C16">
-        <v>4</v>
-[...2 lines deleted...]
-        <v>9781975112424</v>
+        <v>1</v>
+      </c>
+      <c r="D16" s="7">
+        <v>9780781772143</v>
       </c>
       <c r="E16">
-        <v>2021</v>
+        <v>2009</v>
       </c>
       <c r="F16" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="G16" s="2">
-        <v>44040</v>
+        <v>43416</v>
       </c>
     </row>
     <row r="17" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A17" t="s">
-        <v>16</v>
+        <v>45</v>
       </c>
       <c r="B17" t="s">
-        <v>52</v>
+        <v>46</v>
       </c>
       <c r="C17">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>9781975140953</v>
+        <v>1</v>
+      </c>
+      <c r="D17" s="7">
+        <v>9781496367822</v>
       </c>
       <c r="E17">
-        <v>2022</v>
+        <v>2019</v>
       </c>
       <c r="F17" t="s">
-        <v>53</v>
+        <v>47</v>
       </c>
       <c r="G17" s="2">
-        <v>44256</v>
+        <v>43382</v>
       </c>
     </row>
     <row r="18" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A18" t="s">
-        <v>54</v>
+        <v>1797</v>
       </c>
       <c r="B18" t="s">
-        <v>55</v>
+        <v>1798</v>
       </c>
       <c r="C18">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>9781451130331</v>
+        <v>2</v>
+      </c>
+      <c r="D18" s="7">
+        <v>9781975240189</v>
       </c>
       <c r="E18">
-        <v>2014</v>
+        <v>2026</v>
       </c>
       <c r="F18" t="s">
-        <v>56</v>
+        <v>1799</v>
       </c>
       <c r="G18" s="2">
-        <v>41951</v>
+        <v>45968</v>
       </c>
     </row>
     <row r="19" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A19" t="s">
-        <v>57</v>
+        <v>48</v>
       </c>
       <c r="B19" t="s">
-        <v>58</v>
+        <v>49</v>
       </c>
       <c r="C19">
-        <v>5</v>
-[...2 lines deleted...]
-        <v>9781451173451</v>
+        <v>1</v>
+      </c>
+      <c r="D19" s="7">
+        <v>9781975126780</v>
       </c>
       <c r="E19">
-        <v>2014</v>
+        <v>2021</v>
       </c>
       <c r="F19" t="s">
-        <v>59</v>
+        <v>50</v>
       </c>
       <c r="G19" s="2">
-        <v>41937</v>
+        <v>44236</v>
       </c>
     </row>
     <row r="20" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A20" t="s">
-        <v>60</v>
+        <v>51</v>
       </c>
       <c r="B20" t="s">
-        <v>61</v>
+        <v>1892</v>
       </c>
       <c r="C20">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>9781496396808</v>
+        <v>4</v>
+      </c>
+      <c r="D20" s="7">
+        <v>9781975220839</v>
       </c>
       <c r="E20">
-        <v>2018</v>
+        <v>2027</v>
       </c>
       <c r="F20" t="s">
-        <v>62</v>
+        <v>1893</v>
       </c>
       <c r="G20" s="2">
-        <v>43657</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="21" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A21" t="s">
-        <v>63</v>
+        <v>52</v>
       </c>
       <c r="B21" t="s">
-        <v>64</v>
+        <v>53</v>
       </c>
       <c r="C21">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>9780781797689</v>
+        <v>4</v>
+      </c>
+      <c r="D21" s="7">
+        <v>9781975212223</v>
       </c>
       <c r="E21">
-        <v>2010</v>
+        <v>2025</v>
       </c>
       <c r="F21" t="s">
-        <v>65</v>
+        <v>54</v>
       </c>
       <c r="G21" s="2">
-        <v>41871</v>
+        <v>45565</v>
       </c>
     </row>
     <row r="22" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A22" t="s">
-        <v>66</v>
+        <v>55</v>
       </c>
       <c r="B22" t="s">
-        <v>67</v>
+        <v>56</v>
       </c>
       <c r="C22">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>9780781775939</v>
+        <v>5</v>
+      </c>
+      <c r="D22" s="7">
+        <v>9781975212971</v>
       </c>
       <c r="E22">
-        <v>2010</v>
+        <v>2024</v>
       </c>
       <c r="F22" t="s">
-        <v>68</v>
+        <v>57</v>
       </c>
       <c r="G22" s="2">
-        <v>41893</v>
-[...252 lines deleted...]
-        <v>41878</v>
+        <v>45041</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0900-000000000000}">
-  <dimension ref="A1:D23"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0800-000000000000}">
+  <dimension ref="A1:D42"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>99</v>
+        <v>58</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>100</v>
+        <v>59</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>101</v>
+        <v>60</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
-        <v>31</v>
+        <v>27</v>
       </c>
       <c r="B2" t="s">
-        <v>32</v>
+        <v>28</v>
       </c>
       <c r="D2" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
     </row>
     <row r="3" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
-        <v>485</v>
+        <v>790</v>
       </c>
       <c r="B3" t="s">
-        <v>102</v>
+        <v>62</v>
       </c>
       <c r="D3" t="s">
-        <v>488</v>
+        <v>791</v>
       </c>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A4" t="s">
-        <v>486</v>
+        <v>19</v>
       </c>
       <c r="B4" t="s">
-        <v>104</v>
+        <v>68</v>
       </c>
       <c r="D4" t="s">
-        <v>489</v>
+        <v>792</v>
       </c>
     </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A5" t="s">
-        <v>487</v>
+        <v>506</v>
       </c>
       <c r="B5" t="s">
-        <v>490</v>
+        <v>514</v>
       </c>
       <c r="D5" t="s">
-        <v>491</v>
+        <v>793</v>
       </c>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B6" t="s">
-        <v>492</v>
+        <v>516</v>
+      </c>
+      <c r="C6" t="s">
+        <v>73</v>
       </c>
       <c r="D6" t="s">
-        <v>493</v>
+        <v>794</v>
       </c>
     </row>
     <row r="7" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B7" t="s">
-        <v>494</v>
+        <v>518</v>
+      </c>
+      <c r="C7" t="s">
+        <v>76</v>
       </c>
       <c r="D7" t="s">
-        <v>495</v>
+        <v>795</v>
       </c>
     </row>
     <row r="8" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B8" t="s">
-        <v>496</v>
+        <v>452</v>
+      </c>
+      <c r="C8" t="s">
+        <v>79</v>
       </c>
       <c r="D8" t="s">
-        <v>497</v>
+        <v>796</v>
       </c>
     </row>
     <row r="9" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B9" t="s">
-        <v>498</v>
+        <v>521</v>
       </c>
       <c r="C9" t="s">
-        <v>148</v>
+        <v>82</v>
       </c>
       <c r="D9" t="s">
-        <v>499</v>
+        <v>797</v>
       </c>
     </row>
     <row r="10" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B10" t="s">
-        <v>500</v>
+        <v>523</v>
       </c>
       <c r="C10" t="s">
-        <v>156</v>
+        <v>85</v>
       </c>
       <c r="D10" t="s">
-        <v>501</v>
+        <v>798</v>
       </c>
     </row>
     <row r="11" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B11" t="s">
-        <v>502</v>
+        <v>525</v>
       </c>
       <c r="C11" t="s">
-        <v>159</v>
+        <v>88</v>
       </c>
       <c r="D11" t="s">
-        <v>503</v>
+        <v>799</v>
       </c>
     </row>
     <row r="12" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B12" t="s">
-        <v>504</v>
+        <v>800</v>
       </c>
       <c r="C12" t="s">
-        <v>162</v>
+        <v>91</v>
       </c>
       <c r="D12" t="s">
-        <v>505</v>
+        <v>801</v>
       </c>
     </row>
     <row r="13" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B13" t="s">
-        <v>506</v>
+        <v>325</v>
       </c>
       <c r="C13" t="s">
-        <v>165</v>
+        <v>94</v>
       </c>
       <c r="D13" t="s">
-        <v>507</v>
+        <v>802</v>
       </c>
     </row>
     <row r="14" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B14" t="s">
-        <v>508</v>
+        <v>530</v>
       </c>
       <c r="C14" t="s">
-        <v>168</v>
+        <v>129</v>
       </c>
       <c r="D14" t="s">
-        <v>509</v>
+        <v>803</v>
       </c>
     </row>
     <row r="15" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B15" t="s">
-        <v>510</v>
+        <v>532</v>
       </c>
       <c r="C15" t="s">
-        <v>173</v>
+        <v>132</v>
       </c>
       <c r="D15" t="s">
-        <v>511</v>
+        <v>804</v>
       </c>
     </row>
     <row r="16" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B16" t="s">
-        <v>512</v>
+        <v>534</v>
+      </c>
+      <c r="C16" t="s">
+        <v>137</v>
       </c>
       <c r="D16" t="s">
-        <v>513</v>
+        <v>805</v>
       </c>
     </row>
     <row r="17" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B17" t="s">
-        <v>514</v>
+        <v>460</v>
       </c>
       <c r="C17" t="s">
-        <v>515</v>
+        <v>140</v>
       </c>
       <c r="D17" t="s">
-        <v>516</v>
+        <v>806</v>
       </c>
     </row>
     <row r="18" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B18" t="s">
-        <v>517</v>
+        <v>537</v>
       </c>
       <c r="C18" t="s">
-        <v>518</v>
+        <v>143</v>
       </c>
       <c r="D18" t="s">
-        <v>519</v>
+        <v>807</v>
       </c>
     </row>
     <row r="19" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B19" t="s">
-        <v>520</v>
+        <v>539</v>
       </c>
       <c r="C19" t="s">
-        <v>521</v>
+        <v>146</v>
       </c>
       <c r="D19" t="s">
-        <v>522</v>
+        <v>808</v>
       </c>
     </row>
     <row r="20" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B20" t="s">
-        <v>523</v>
+        <v>541</v>
       </c>
       <c r="C20" t="s">
-        <v>524</v>
+        <v>149</v>
       </c>
       <c r="D20" t="s">
-        <v>525</v>
+        <v>809</v>
       </c>
     </row>
     <row r="21" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B21" t="s">
-        <v>526</v>
+        <v>543</v>
+      </c>
+      <c r="C21" t="s">
+        <v>152</v>
       </c>
       <c r="D21" t="s">
-        <v>527</v>
+        <v>810</v>
       </c>
     </row>
     <row r="22" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B22" t="s">
-        <v>528</v>
+        <v>545</v>
+      </c>
+      <c r="C22" t="s">
+        <v>155</v>
       </c>
       <c r="D22" t="s">
-        <v>529</v>
+        <v>811</v>
       </c>
     </row>
     <row r="23" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B23" t="s">
-        <v>300</v>
+        <v>812</v>
+      </c>
+      <c r="C23" t="s">
+        <v>158</v>
       </c>
       <c r="D23" t="s">
-        <v>530</v>
+        <v>813</v>
+      </c>
+    </row>
+    <row r="24" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B24" t="s">
+        <v>458</v>
+      </c>
+      <c r="C24" t="s">
+        <v>161</v>
+      </c>
+      <c r="D24" t="s">
+        <v>814</v>
+      </c>
+    </row>
+    <row r="25" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B25" t="s">
+        <v>815</v>
+      </c>
+      <c r="C25" t="s">
+        <v>164</v>
+      </c>
+      <c r="D25" t="s">
+        <v>816</v>
+      </c>
+    </row>
+    <row r="26" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B26" t="s">
+        <v>552</v>
+      </c>
+      <c r="D26" t="s">
+        <v>817</v>
+      </c>
+    </row>
+    <row r="27" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B27" t="s">
+        <v>380</v>
+      </c>
+      <c r="C27" t="s">
+        <v>167</v>
+      </c>
+      <c r="D27" t="s">
+        <v>818</v>
+      </c>
+    </row>
+    <row r="28" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B28" t="s">
+        <v>555</v>
+      </c>
+      <c r="C28" t="s">
+        <v>172</v>
+      </c>
+      <c r="D28" t="s">
+        <v>819</v>
+      </c>
+    </row>
+    <row r="29" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B29" t="s">
+        <v>377</v>
+      </c>
+      <c r="C29" t="s">
+        <v>175</v>
+      </c>
+      <c r="D29" t="s">
+        <v>820</v>
+      </c>
+    </row>
+    <row r="30" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B30" t="s">
+        <v>558</v>
+      </c>
+      <c r="C30" t="s">
+        <v>178</v>
+      </c>
+      <c r="D30" t="s">
+        <v>821</v>
+      </c>
+    </row>
+    <row r="31" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B31" t="s">
+        <v>822</v>
+      </c>
+      <c r="C31" t="s">
+        <v>181</v>
+      </c>
+      <c r="D31" t="s">
+        <v>823</v>
+      </c>
+    </row>
+    <row r="32" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B32" t="s">
+        <v>562</v>
+      </c>
+      <c r="C32" t="s">
+        <v>184</v>
+      </c>
+      <c r="D32" t="s">
+        <v>824</v>
+      </c>
+    </row>
+    <row r="33" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B33" t="s">
+        <v>564</v>
+      </c>
+      <c r="D33" t="s">
+        <v>825</v>
+      </c>
+    </row>
+    <row r="34" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B34" t="s">
+        <v>566</v>
+      </c>
+      <c r="C34" t="s">
+        <v>187</v>
+      </c>
+      <c r="D34" t="s">
+        <v>826</v>
+      </c>
+    </row>
+    <row r="35" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B35" t="s">
+        <v>568</v>
+      </c>
+      <c r="C35" t="s">
+        <v>190</v>
+      </c>
+      <c r="D35" t="s">
+        <v>827</v>
+      </c>
+    </row>
+    <row r="36" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B36" t="s">
+        <v>570</v>
+      </c>
+      <c r="C36" t="s">
+        <v>193</v>
+      </c>
+      <c r="D36" t="s">
+        <v>828</v>
+      </c>
+    </row>
+    <row r="37" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B37" t="s">
+        <v>572</v>
+      </c>
+      <c r="C37" t="s">
+        <v>196</v>
+      </c>
+      <c r="D37" t="s">
+        <v>829</v>
+      </c>
+    </row>
+    <row r="38" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B38" t="s">
+        <v>574</v>
+      </c>
+      <c r="C38" t="s">
+        <v>201</v>
+      </c>
+      <c r="D38" t="s">
+        <v>830</v>
+      </c>
+    </row>
+    <row r="39" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B39" t="s">
+        <v>739</v>
+      </c>
+      <c r="D39" t="s">
+        <v>831</v>
+      </c>
+    </row>
+    <row r="40" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B40" t="s">
+        <v>741</v>
+      </c>
+      <c r="C40" t="s">
+        <v>204</v>
+      </c>
+      <c r="D40" t="s">
+        <v>832</v>
+      </c>
+    </row>
+    <row r="41" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B41" t="s">
+        <v>743</v>
+      </c>
+      <c r="C41" t="s">
+        <v>207</v>
+      </c>
+      <c r="D41" t="s">
+        <v>833</v>
+      </c>
+    </row>
+    <row r="42" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B42" t="s">
+        <v>745</v>
+      </c>
+      <c r="C42" t="s">
+        <v>210</v>
+      </c>
+      <c r="D42" t="s">
+        <v>834</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0900-000000000000}">
+  <dimension ref="A1:D106"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="1" width="26.54296875" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="90.08984375" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="12.54296875" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="76.1796875" bestFit="1" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A1" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="B1" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" s="1" t="s">
+        <v>59</v>
+      </c>
+      <c r="D1" s="1" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="2" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A2" t="s">
+        <v>2232</v>
+      </c>
+      <c r="B2" t="s">
+        <v>2233</v>
+      </c>
+      <c r="D2" t="s">
+        <v>2234</v>
+      </c>
+    </row>
+    <row r="3" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A3" t="s">
+        <v>13</v>
+      </c>
+      <c r="B3" t="s">
+        <v>62</v>
+      </c>
+      <c r="D3" t="s">
+        <v>2235</v>
+      </c>
+    </row>
+    <row r="4" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A4" t="s">
+        <v>835</v>
+      </c>
+      <c r="B4" t="s">
+        <v>2236</v>
+      </c>
+      <c r="D4" t="s">
+        <v>2237</v>
+      </c>
+    </row>
+    <row r="5" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A5" t="s">
+        <v>2238</v>
+      </c>
+      <c r="B5" t="s">
+        <v>2236</v>
+      </c>
+      <c r="D5" t="s">
+        <v>2239</v>
+      </c>
+    </row>
+    <row r="6" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A6" t="s">
+        <v>2240</v>
+      </c>
+      <c r="B6" t="s">
+        <v>2241</v>
+      </c>
+      <c r="D6" t="s">
+        <v>2242</v>
+      </c>
+    </row>
+    <row r="7" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B7" t="s">
+        <v>2243</v>
+      </c>
+      <c r="D7" t="s">
+        <v>2244</v>
+      </c>
+    </row>
+    <row r="8" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B8" t="s">
+        <v>2245</v>
+      </c>
+      <c r="D8" t="s">
+        <v>2246</v>
+      </c>
+    </row>
+    <row r="9" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B9" t="s">
+        <v>2247</v>
+      </c>
+      <c r="D9" t="s">
+        <v>2248</v>
+      </c>
+    </row>
+    <row r="10" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B10" t="s">
+        <v>2249</v>
+      </c>
+      <c r="C10" t="s">
+        <v>837</v>
+      </c>
+      <c r="D10" t="s">
+        <v>2250</v>
+      </c>
+    </row>
+    <row r="11" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B11" t="s">
+        <v>2251</v>
+      </c>
+      <c r="C11" t="s">
+        <v>838</v>
+      </c>
+      <c r="D11" t="s">
+        <v>2252</v>
+      </c>
+    </row>
+    <row r="12" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B12" t="s">
+        <v>2253</v>
+      </c>
+      <c r="C12" t="s">
+        <v>839</v>
+      </c>
+      <c r="D12" t="s">
+        <v>2254</v>
+      </c>
+    </row>
+    <row r="13" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B13" t="s">
+        <v>2255</v>
+      </c>
+      <c r="C13" t="s">
+        <v>840</v>
+      </c>
+      <c r="D13" t="s">
+        <v>2256</v>
+      </c>
+    </row>
+    <row r="14" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B14" t="s">
+        <v>2257</v>
+      </c>
+      <c r="C14" t="s">
+        <v>841</v>
+      </c>
+      <c r="D14" t="s">
+        <v>2258</v>
+      </c>
+    </row>
+    <row r="15" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B15" t="s">
+        <v>2259</v>
+      </c>
+      <c r="D15" t="s">
+        <v>2260</v>
+      </c>
+    </row>
+    <row r="16" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B16" t="s">
+        <v>2261</v>
+      </c>
+      <c r="C16" t="s">
+        <v>2262</v>
+      </c>
+      <c r="D16" t="s">
+        <v>2263</v>
+      </c>
+    </row>
+    <row r="17" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B17" t="s">
+        <v>842</v>
+      </c>
+      <c r="C17" t="s">
+        <v>2264</v>
+      </c>
+      <c r="D17" t="s">
+        <v>2265</v>
+      </c>
+    </row>
+    <row r="18" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B18" t="s">
+        <v>2266</v>
+      </c>
+      <c r="C18" t="s">
+        <v>843</v>
+      </c>
+      <c r="D18" t="s">
+        <v>2267</v>
+      </c>
+    </row>
+    <row r="19" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B19" t="s">
+        <v>2268</v>
+      </c>
+      <c r="C19" t="s">
+        <v>2269</v>
+      </c>
+      <c r="D19" t="s">
+        <v>2270</v>
+      </c>
+    </row>
+    <row r="20" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B20" t="s">
+        <v>2271</v>
+      </c>
+      <c r="C20" t="s">
+        <v>2272</v>
+      </c>
+      <c r="D20" t="s">
+        <v>2273</v>
+      </c>
+    </row>
+    <row r="21" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B21" t="s">
+        <v>2274</v>
+      </c>
+      <c r="D21" t="s">
+        <v>2275</v>
+      </c>
+    </row>
+    <row r="22" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B22" t="s">
+        <v>2276</v>
+      </c>
+      <c r="C22" t="s">
+        <v>2277</v>
+      </c>
+      <c r="D22" t="s">
+        <v>2278</v>
+      </c>
+    </row>
+    <row r="23" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B23" t="s">
+        <v>2279</v>
+      </c>
+      <c r="C23" t="s">
+        <v>2280</v>
+      </c>
+      <c r="D23" t="s">
+        <v>2281</v>
+      </c>
+    </row>
+    <row r="24" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B24" t="s">
+        <v>2282</v>
+      </c>
+      <c r="C24" t="s">
+        <v>2283</v>
+      </c>
+      <c r="D24" t="s">
+        <v>2284</v>
+      </c>
+    </row>
+    <row r="25" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B25" t="s">
+        <v>2285</v>
+      </c>
+      <c r="C25" t="s">
+        <v>2286</v>
+      </c>
+      <c r="D25" t="s">
+        <v>2287</v>
+      </c>
+    </row>
+    <row r="26" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B26" t="s">
+        <v>2288</v>
+      </c>
+      <c r="C26" t="s">
+        <v>2289</v>
+      </c>
+      <c r="D26" t="s">
+        <v>2290</v>
+      </c>
+    </row>
+    <row r="27" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B27" t="s">
+        <v>2291</v>
+      </c>
+      <c r="D27" t="s">
+        <v>2292</v>
+      </c>
+    </row>
+    <row r="28" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B28" t="s">
+        <v>844</v>
+      </c>
+      <c r="C28" t="s">
+        <v>846</v>
+      </c>
+      <c r="D28" t="s">
+        <v>2293</v>
+      </c>
+    </row>
+    <row r="29" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B29" t="s">
+        <v>2294</v>
+      </c>
+      <c r="C29" t="s">
+        <v>847</v>
+      </c>
+      <c r="D29" t="s">
+        <v>2295</v>
+      </c>
+    </row>
+    <row r="30" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B30" t="s">
+        <v>2296</v>
+      </c>
+      <c r="C30" t="s">
+        <v>849</v>
+      </c>
+      <c r="D30" t="s">
+        <v>2297</v>
+      </c>
+    </row>
+    <row r="31" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B31" t="s">
+        <v>2298</v>
+      </c>
+      <c r="C31" t="s">
+        <v>850</v>
+      </c>
+      <c r="D31" t="s">
+        <v>2299</v>
+      </c>
+    </row>
+    <row r="32" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B32" t="s">
+        <v>2300</v>
+      </c>
+      <c r="C32" t="s">
+        <v>851</v>
+      </c>
+      <c r="D32" t="s">
+        <v>2301</v>
+      </c>
+    </row>
+    <row r="33" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B33" t="s">
+        <v>2302</v>
+      </c>
+      <c r="D33" t="s">
+        <v>2303</v>
+      </c>
+    </row>
+    <row r="34" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B34" t="s">
+        <v>845</v>
+      </c>
+      <c r="C34" t="s">
+        <v>2304</v>
+      </c>
+      <c r="D34" t="s">
+        <v>2305</v>
+      </c>
+    </row>
+    <row r="35" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B35" t="s">
+        <v>2306</v>
+      </c>
+      <c r="C35" t="s">
+        <v>2307</v>
+      </c>
+      <c r="D35" t="s">
+        <v>2308</v>
+      </c>
+    </row>
+    <row r="36" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B36" t="s">
+        <v>848</v>
+      </c>
+      <c r="C36" t="s">
+        <v>855</v>
+      </c>
+      <c r="D36" t="s">
+        <v>2309</v>
+      </c>
+    </row>
+    <row r="37" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B37" t="s">
+        <v>2310</v>
+      </c>
+      <c r="C37" t="s">
+        <v>2311</v>
+      </c>
+      <c r="D37" t="s">
+        <v>2312</v>
+      </c>
+    </row>
+    <row r="38" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B38" t="s">
+        <v>2313</v>
+      </c>
+      <c r="C38" t="s">
+        <v>2314</v>
+      </c>
+      <c r="D38" t="s">
+        <v>2315</v>
+      </c>
+    </row>
+    <row r="39" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B39" t="s">
+        <v>852</v>
+      </c>
+      <c r="C39" t="s">
+        <v>856</v>
+      </c>
+      <c r="D39" t="s">
+        <v>2316</v>
+      </c>
+    </row>
+    <row r="40" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B40" t="s">
+        <v>2317</v>
+      </c>
+      <c r="D40" t="s">
+        <v>2318</v>
+      </c>
+    </row>
+    <row r="41" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B41" t="s">
+        <v>853</v>
+      </c>
+      <c r="C41" t="s">
+        <v>2319</v>
+      </c>
+      <c r="D41" t="s">
+        <v>2320</v>
+      </c>
+    </row>
+    <row r="42" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B42" t="s">
+        <v>2321</v>
+      </c>
+      <c r="C42" t="s">
+        <v>2322</v>
+      </c>
+      <c r="D42" t="s">
+        <v>2323</v>
+      </c>
+    </row>
+    <row r="43" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B43" t="s">
+        <v>2324</v>
+      </c>
+      <c r="C43" t="s">
+        <v>2325</v>
+      </c>
+      <c r="D43" t="s">
+        <v>2326</v>
+      </c>
+    </row>
+    <row r="44" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B44" t="s">
+        <v>310</v>
+      </c>
+      <c r="C44" t="s">
+        <v>2327</v>
+      </c>
+      <c r="D44" t="s">
+        <v>2328</v>
+      </c>
+    </row>
+    <row r="45" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B45" t="s">
+        <v>2329</v>
+      </c>
+      <c r="C45" t="s">
+        <v>2330</v>
+      </c>
+      <c r="D45" t="s">
+        <v>2331</v>
+      </c>
+    </row>
+    <row r="46" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B46" t="s">
+        <v>2332</v>
+      </c>
+      <c r="C46" t="s">
+        <v>2333</v>
+      </c>
+      <c r="D46" t="s">
+        <v>2334</v>
+      </c>
+    </row>
+    <row r="47" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B47" t="s">
+        <v>2335</v>
+      </c>
+      <c r="C47" t="s">
+        <v>2336</v>
+      </c>
+      <c r="D47" t="s">
+        <v>2337</v>
+      </c>
+    </row>
+    <row r="48" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B48" t="s">
+        <v>854</v>
+      </c>
+      <c r="C48" t="s">
+        <v>2338</v>
+      </c>
+      <c r="D48" t="s">
+        <v>2339</v>
+      </c>
+    </row>
+    <row r="49" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B49" t="s">
+        <v>527</v>
+      </c>
+      <c r="C49" t="s">
+        <v>2340</v>
+      </c>
+      <c r="D49" t="s">
+        <v>2341</v>
+      </c>
+    </row>
+    <row r="50" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B50" t="s">
+        <v>2342</v>
+      </c>
+      <c r="C50" t="s">
+        <v>2343</v>
+      </c>
+      <c r="D50" t="s">
+        <v>2344</v>
+      </c>
+    </row>
+    <row r="51" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B51" t="s">
+        <v>325</v>
+      </c>
+      <c r="C51" t="s">
+        <v>2345</v>
+      </c>
+      <c r="D51" t="s">
+        <v>2346</v>
+      </c>
+    </row>
+    <row r="52" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B52" t="s">
+        <v>2347</v>
+      </c>
+      <c r="C52" t="s">
+        <v>2348</v>
+      </c>
+      <c r="D52" t="s">
+        <v>2349</v>
+      </c>
+    </row>
+    <row r="53" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B53" t="s">
+        <v>2350</v>
+      </c>
+      <c r="C53" t="s">
+        <v>2351</v>
+      </c>
+      <c r="D53" t="s">
+        <v>2352</v>
+      </c>
+    </row>
+    <row r="54" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B54" t="s">
+        <v>2353</v>
+      </c>
+      <c r="C54" t="s">
+        <v>2354</v>
+      </c>
+      <c r="D54" t="s">
+        <v>2355</v>
+      </c>
+    </row>
+    <row r="55" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B55" t="s">
+        <v>857</v>
+      </c>
+      <c r="C55" t="s">
+        <v>2356</v>
+      </c>
+      <c r="D55" t="s">
+        <v>2357</v>
+      </c>
+    </row>
+    <row r="56" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B56" t="s">
+        <v>858</v>
+      </c>
+      <c r="C56" t="s">
+        <v>2358</v>
+      </c>
+      <c r="D56" t="s">
+        <v>2359</v>
+      </c>
+    </row>
+    <row r="57" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B57" t="s">
+        <v>2360</v>
+      </c>
+      <c r="C57" t="s">
+        <v>2361</v>
+      </c>
+      <c r="D57" t="s">
+        <v>2362</v>
+      </c>
+    </row>
+    <row r="58" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B58" t="s">
+        <v>2363</v>
+      </c>
+      <c r="C58" t="s">
+        <v>2364</v>
+      </c>
+      <c r="D58" t="s">
+        <v>2365</v>
+      </c>
+    </row>
+    <row r="59" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B59" t="s">
+        <v>2366</v>
+      </c>
+      <c r="C59" t="s">
+        <v>2367</v>
+      </c>
+      <c r="D59" t="s">
+        <v>2368</v>
+      </c>
+    </row>
+    <row r="60" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B60" t="s">
+        <v>2369</v>
+      </c>
+      <c r="C60" t="s">
+        <v>2370</v>
+      </c>
+      <c r="D60" t="s">
+        <v>2371</v>
+      </c>
+    </row>
+    <row r="61" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B61" t="s">
+        <v>860</v>
+      </c>
+      <c r="C61" t="s">
+        <v>2372</v>
+      </c>
+      <c r="D61" t="s">
+        <v>2373</v>
+      </c>
+    </row>
+    <row r="62" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B62" t="s">
+        <v>2374</v>
+      </c>
+      <c r="C62" t="s">
+        <v>2375</v>
+      </c>
+      <c r="D62" t="s">
+        <v>2376</v>
+      </c>
+    </row>
+    <row r="63" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B63" t="s">
+        <v>2377</v>
+      </c>
+      <c r="C63" t="s">
+        <v>2378</v>
+      </c>
+      <c r="D63" t="s">
+        <v>2379</v>
+      </c>
+    </row>
+    <row r="64" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B64" t="s">
+        <v>2380</v>
+      </c>
+      <c r="C64" t="s">
+        <v>2381</v>
+      </c>
+      <c r="D64" t="s">
+        <v>2382</v>
+      </c>
+    </row>
+    <row r="65" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B65" t="s">
+        <v>861</v>
+      </c>
+      <c r="C65" t="s">
+        <v>2383</v>
+      </c>
+      <c r="D65" t="s">
+        <v>2384</v>
+      </c>
+    </row>
+    <row r="66" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B66" t="s">
+        <v>2385</v>
+      </c>
+      <c r="C66" t="s">
+        <v>2386</v>
+      </c>
+      <c r="D66" t="s">
+        <v>2387</v>
+      </c>
+    </row>
+    <row r="67" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B67" t="s">
+        <v>2388</v>
+      </c>
+      <c r="C67" t="s">
+        <v>2389</v>
+      </c>
+      <c r="D67" t="s">
+        <v>2390</v>
+      </c>
+    </row>
+    <row r="68" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B68" t="s">
+        <v>2391</v>
+      </c>
+      <c r="C68" t="s">
+        <v>2392</v>
+      </c>
+      <c r="D68" t="s">
+        <v>2393</v>
+      </c>
+    </row>
+    <row r="69" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B69" t="s">
+        <v>2394</v>
+      </c>
+      <c r="C69" t="s">
+        <v>2395</v>
+      </c>
+      <c r="D69" t="s">
+        <v>2396</v>
+      </c>
+    </row>
+    <row r="70" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B70" t="s">
+        <v>2397</v>
+      </c>
+      <c r="D70" t="s">
+        <v>2398</v>
+      </c>
+    </row>
+    <row r="71" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B71" t="s">
+        <v>862</v>
+      </c>
+      <c r="C71" t="s">
+        <v>2399</v>
+      </c>
+      <c r="D71" t="s">
+        <v>2400</v>
+      </c>
+    </row>
+    <row r="72" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B72" t="s">
+        <v>863</v>
+      </c>
+      <c r="C72" t="s">
+        <v>2401</v>
+      </c>
+      <c r="D72" t="s">
+        <v>2402</v>
+      </c>
+    </row>
+    <row r="73" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B73" t="s">
+        <v>2403</v>
+      </c>
+      <c r="C73" t="s">
+        <v>872</v>
+      </c>
+      <c r="D73" t="s">
+        <v>2404</v>
+      </c>
+    </row>
+    <row r="74" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B74" t="s">
+        <v>864</v>
+      </c>
+      <c r="C74" t="s">
+        <v>2405</v>
+      </c>
+      <c r="D74" t="s">
+        <v>2406</v>
+      </c>
+    </row>
+    <row r="75" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B75" t="s">
+        <v>865</v>
+      </c>
+      <c r="C75" t="s">
+        <v>2407</v>
+      </c>
+      <c r="D75" t="s">
+        <v>2408</v>
+      </c>
+    </row>
+    <row r="76" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B76" t="s">
+        <v>2409</v>
+      </c>
+      <c r="C76" t="s">
+        <v>2410</v>
+      </c>
+      <c r="D76" t="s">
+        <v>2411</v>
+      </c>
+    </row>
+    <row r="77" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B77" t="s">
+        <v>2412</v>
+      </c>
+      <c r="C77" t="s">
+        <v>2413</v>
+      </c>
+      <c r="D77" t="s">
+        <v>2414</v>
+      </c>
+    </row>
+    <row r="78" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B78" t="s">
+        <v>866</v>
+      </c>
+      <c r="C78" t="s">
+        <v>2415</v>
+      </c>
+      <c r="D78" t="s">
+        <v>2416</v>
+      </c>
+    </row>
+    <row r="79" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B79" t="s">
+        <v>2417</v>
+      </c>
+      <c r="C79" t="s">
+        <v>2418</v>
+      </c>
+      <c r="D79" t="s">
+        <v>2419</v>
+      </c>
+    </row>
+    <row r="80" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B80" t="s">
+        <v>867</v>
+      </c>
+      <c r="C80" t="s">
+        <v>2420</v>
+      </c>
+      <c r="D80" t="s">
+        <v>2421</v>
+      </c>
+    </row>
+    <row r="81" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B81" t="s">
+        <v>2422</v>
+      </c>
+      <c r="C81" t="s">
+        <v>2423</v>
+      </c>
+      <c r="D81" t="s">
+        <v>2424</v>
+      </c>
+    </row>
+    <row r="82" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B82" t="s">
+        <v>2425</v>
+      </c>
+      <c r="C82" t="s">
+        <v>2426</v>
+      </c>
+      <c r="D82" t="s">
+        <v>2427</v>
+      </c>
+    </row>
+    <row r="83" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B83" t="s">
+        <v>868</v>
+      </c>
+      <c r="C83" t="s">
+        <v>2428</v>
+      </c>
+      <c r="D83" t="s">
+        <v>2429</v>
+      </c>
+    </row>
+    <row r="84" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B84" t="s">
+        <v>2430</v>
+      </c>
+      <c r="C84" t="s">
+        <v>2431</v>
+      </c>
+      <c r="D84" t="s">
+        <v>2432</v>
+      </c>
+    </row>
+    <row r="85" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B85" t="s">
+        <v>2433</v>
+      </c>
+      <c r="C85" t="s">
+        <v>2434</v>
+      </c>
+      <c r="D85" t="s">
+        <v>2435</v>
+      </c>
+    </row>
+    <row r="86" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B86" t="s">
+        <v>2436</v>
+      </c>
+      <c r="D86" t="s">
+        <v>2437</v>
+      </c>
+    </row>
+    <row r="87" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B87" t="s">
+        <v>869</v>
+      </c>
+      <c r="C87" t="s">
+        <v>2438</v>
+      </c>
+      <c r="D87" t="s">
+        <v>2439</v>
+      </c>
+    </row>
+    <row r="88" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B88" t="s">
+        <v>2440</v>
+      </c>
+      <c r="C88" t="s">
+        <v>2441</v>
+      </c>
+      <c r="D88" t="s">
+        <v>2442</v>
+      </c>
+    </row>
+    <row r="89" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B89" t="s">
+        <v>2443</v>
+      </c>
+      <c r="C89" t="s">
+        <v>2444</v>
+      </c>
+      <c r="D89" t="s">
+        <v>2445</v>
+      </c>
+    </row>
+    <row r="90" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B90" t="s">
+        <v>2446</v>
+      </c>
+      <c r="C90" t="s">
+        <v>2447</v>
+      </c>
+      <c r="D90" t="s">
+        <v>2448</v>
+      </c>
+    </row>
+    <row r="91" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B91" t="s">
+        <v>2449</v>
+      </c>
+      <c r="C91" t="s">
+        <v>2450</v>
+      </c>
+      <c r="D91" t="s">
+        <v>2451</v>
+      </c>
+    </row>
+    <row r="92" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B92" t="s">
+        <v>2452</v>
+      </c>
+      <c r="C92" t="s">
+        <v>2453</v>
+      </c>
+      <c r="D92" t="s">
+        <v>2454</v>
+      </c>
+    </row>
+    <row r="93" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B93" t="s">
+        <v>2455</v>
+      </c>
+      <c r="D93" t="s">
+        <v>2456</v>
+      </c>
+    </row>
+    <row r="94" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B94" t="s">
+        <v>2457</v>
+      </c>
+      <c r="C94" t="s">
+        <v>2458</v>
+      </c>
+      <c r="D94" t="s">
+        <v>2459</v>
+      </c>
+    </row>
+    <row r="95" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B95" t="s">
+        <v>870</v>
+      </c>
+      <c r="C95" t="s">
+        <v>2460</v>
+      </c>
+      <c r="D95" t="s">
+        <v>2461</v>
+      </c>
+    </row>
+    <row r="96" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B96" t="s">
+        <v>2462</v>
+      </c>
+      <c r="C96" t="s">
+        <v>2463</v>
+      </c>
+      <c r="D96" t="s">
+        <v>2464</v>
+      </c>
+    </row>
+    <row r="97" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B97" t="s">
+        <v>871</v>
+      </c>
+      <c r="C97" t="s">
+        <v>2465</v>
+      </c>
+      <c r="D97" t="s">
+        <v>2466</v>
+      </c>
+    </row>
+    <row r="98" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B98" t="s">
+        <v>2467</v>
+      </c>
+      <c r="C98" t="s">
+        <v>2468</v>
+      </c>
+      <c r="D98" t="s">
+        <v>2469</v>
+      </c>
+    </row>
+    <row r="99" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B99" t="s">
+        <v>2470</v>
+      </c>
+      <c r="C99" t="s">
+        <v>2471</v>
+      </c>
+      <c r="D99" t="s">
+        <v>2472</v>
+      </c>
+    </row>
+    <row r="100" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B100" t="s">
+        <v>2473</v>
+      </c>
+      <c r="C100" t="s">
+        <v>2474</v>
+      </c>
+      <c r="D100" t="s">
+        <v>2475</v>
+      </c>
+    </row>
+    <row r="101" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B101" t="s">
+        <v>2476</v>
+      </c>
+      <c r="C101" t="s">
+        <v>2477</v>
+      </c>
+      <c r="D101" t="s">
+        <v>2478</v>
+      </c>
+    </row>
+    <row r="102" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B102" t="s">
+        <v>2479</v>
+      </c>
+      <c r="C102" t="s">
+        <v>2480</v>
+      </c>
+      <c r="D102" t="s">
+        <v>2481</v>
+      </c>
+    </row>
+    <row r="103" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B103" t="s">
+        <v>2482</v>
+      </c>
+      <c r="C103" t="s">
+        <v>2483</v>
+      </c>
+      <c r="D103" t="s">
+        <v>2484</v>
+      </c>
+    </row>
+    <row r="104" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B104" t="s">
+        <v>2485</v>
+      </c>
+      <c r="C104" t="s">
+        <v>2486</v>
+      </c>
+      <c r="D104" t="s">
+        <v>2487</v>
+      </c>
+    </row>
+    <row r="105" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B105" t="s">
+        <v>2488</v>
+      </c>
+      <c r="C105" t="s">
+        <v>2489</v>
+      </c>
+      <c r="D105" t="s">
+        <v>2490</v>
+      </c>
+    </row>
+    <row r="106" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B106" t="s">
+        <v>873</v>
+      </c>
+      <c r="C106" t="s">
+        <v>2491</v>
+      </c>
+      <c r="D106" t="s">
+        <v>2492</v>
+      </c>
+    </row>
+  </sheetData>
+  <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0A00-000000000000}">
+  <dimension ref="A1:D35"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="4" width="50.7265625" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A1" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="B1" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" s="1" t="s">
+        <v>59</v>
+      </c>
+      <c r="D1" s="1" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="2" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A2" t="s">
+        <v>30</v>
+      </c>
+      <c r="B2" t="s">
+        <v>31</v>
+      </c>
+      <c r="D2" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="3" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A3" t="s">
+        <v>874</v>
+      </c>
+      <c r="B3" t="s">
+        <v>62</v>
+      </c>
+      <c r="D3" t="s">
+        <v>876</v>
+      </c>
+    </row>
+    <row r="4" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A4" t="s">
+        <v>875</v>
+      </c>
+      <c r="B4" t="s">
+        <v>877</v>
+      </c>
+      <c r="D4" t="s">
+        <v>878</v>
+      </c>
+    </row>
+    <row r="5" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B5" t="s">
+        <v>879</v>
+      </c>
+      <c r="D5" t="s">
+        <v>880</v>
+      </c>
+    </row>
+    <row r="6" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B6" t="s">
+        <v>881</v>
+      </c>
+      <c r="D6" t="s">
+        <v>882</v>
+      </c>
+    </row>
+    <row r="7" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B7" t="s">
+        <v>883</v>
+      </c>
+      <c r="D7" t="s">
+        <v>884</v>
+      </c>
+    </row>
+    <row r="8" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B8" t="s">
+        <v>885</v>
+      </c>
+      <c r="D8" t="s">
+        <v>886</v>
+      </c>
+    </row>
+    <row r="9" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B9" t="s">
+        <v>887</v>
+      </c>
+      <c r="D9" t="s">
+        <v>888</v>
+      </c>
+    </row>
+    <row r="10" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B10" t="s">
+        <v>889</v>
+      </c>
+      <c r="D10" t="s">
+        <v>890</v>
+      </c>
+    </row>
+    <row r="11" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B11" t="s">
+        <v>891</v>
+      </c>
+      <c r="D11" t="s">
+        <v>892</v>
+      </c>
+    </row>
+    <row r="12" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B12" t="s">
+        <v>893</v>
+      </c>
+      <c r="D12" t="s">
+        <v>894</v>
+      </c>
+    </row>
+    <row r="13" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B13" t="s">
+        <v>895</v>
+      </c>
+      <c r="D13" t="s">
+        <v>896</v>
+      </c>
+    </row>
+    <row r="14" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B14" t="s">
+        <v>897</v>
+      </c>
+      <c r="D14" t="s">
+        <v>898</v>
+      </c>
+    </row>
+    <row r="15" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B15" t="s">
+        <v>899</v>
+      </c>
+      <c r="D15" t="s">
+        <v>900</v>
+      </c>
+    </row>
+    <row r="16" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B16" t="s">
+        <v>901</v>
+      </c>
+      <c r="D16" t="s">
+        <v>902</v>
+      </c>
+    </row>
+    <row r="17" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B17" t="s">
+        <v>903</v>
+      </c>
+      <c r="D17" t="s">
+        <v>904</v>
+      </c>
+    </row>
+    <row r="18" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B18" t="s">
+        <v>905</v>
+      </c>
+      <c r="D18" t="s">
+        <v>906</v>
+      </c>
+    </row>
+    <row r="19" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B19" t="s">
+        <v>907</v>
+      </c>
+      <c r="D19" t="s">
+        <v>908</v>
+      </c>
+    </row>
+    <row r="20" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B20" t="s">
+        <v>909</v>
+      </c>
+      <c r="D20" t="s">
+        <v>910</v>
+      </c>
+    </row>
+    <row r="21" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B21" t="s">
+        <v>911</v>
+      </c>
+      <c r="D21" t="s">
+        <v>912</v>
+      </c>
+    </row>
+    <row r="22" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B22" t="s">
+        <v>913</v>
+      </c>
+      <c r="D22" t="s">
+        <v>914</v>
+      </c>
+    </row>
+    <row r="23" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B23" t="s">
+        <v>915</v>
+      </c>
+      <c r="D23" t="s">
+        <v>916</v>
+      </c>
+    </row>
+    <row r="24" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B24" t="s">
+        <v>917</v>
+      </c>
+      <c r="D24" t="s">
+        <v>918</v>
+      </c>
+    </row>
+    <row r="25" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B25" t="s">
+        <v>919</v>
+      </c>
+      <c r="D25" t="s">
+        <v>920</v>
+      </c>
+    </row>
+    <row r="26" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B26" t="s">
+        <v>921</v>
+      </c>
+      <c r="D26" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="27" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B27" t="s">
+        <v>923</v>
+      </c>
+      <c r="D27" t="s">
+        <v>924</v>
+      </c>
+    </row>
+    <row r="28" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B28" t="s">
+        <v>925</v>
+      </c>
+      <c r="D28" t="s">
+        <v>926</v>
+      </c>
+    </row>
+    <row r="29" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B29" t="s">
+        <v>927</v>
+      </c>
+      <c r="D29" t="s">
+        <v>928</v>
+      </c>
+    </row>
+    <row r="30" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B30" t="s">
+        <v>929</v>
+      </c>
+      <c r="D30" t="s">
+        <v>930</v>
+      </c>
+    </row>
+    <row r="31" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B31" t="s">
+        <v>931</v>
+      </c>
+      <c r="D31" t="s">
+        <v>932</v>
+      </c>
+    </row>
+    <row r="32" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B32" t="s">
+        <v>933</v>
+      </c>
+      <c r="D32" t="s">
+        <v>934</v>
+      </c>
+    </row>
+    <row r="33" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B33" t="s">
+        <v>935</v>
+      </c>
+      <c r="D33" t="s">
+        <v>936</v>
+      </c>
+    </row>
+    <row r="34" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B34" t="s">
+        <v>937</v>
+      </c>
+      <c r="D34" t="s">
+        <v>938</v>
+      </c>
+    </row>
+    <row r="35" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B35" t="s">
+        <v>939</v>
+      </c>
+      <c r="D35" t="s">
+        <v>940</v>
+      </c>
+    </row>
+  </sheetData>
+  <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0B00-000000000000}">
+  <dimension ref="A1:D16"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="4" width="50.7265625" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A1" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="B1" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" s="1" t="s">
+        <v>59</v>
+      </c>
+      <c r="D1" s="1" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="2" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A2" t="s">
+        <v>33</v>
+      </c>
+      <c r="B2" t="s">
+        <v>34</v>
+      </c>
+      <c r="D2" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="3" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A3" t="s">
+        <v>941</v>
+      </c>
+      <c r="B3" t="s">
+        <v>62</v>
+      </c>
+      <c r="D3" t="s">
+        <v>943</v>
+      </c>
+    </row>
+    <row r="4" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A4" t="s">
+        <v>942</v>
+      </c>
+      <c r="B4" t="s">
+        <v>836</v>
+      </c>
+      <c r="D4" t="s">
+        <v>944</v>
+      </c>
+    </row>
+    <row r="5" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B5" t="s">
+        <v>68</v>
+      </c>
+      <c r="D5" t="s">
+        <v>945</v>
+      </c>
+    </row>
+    <row r="6" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B6" t="s">
+        <v>101</v>
+      </c>
+      <c r="D6" t="s">
+        <v>946</v>
+      </c>
+    </row>
+    <row r="7" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B7" t="s">
+        <v>947</v>
+      </c>
+      <c r="D7" t="s">
+        <v>948</v>
+      </c>
+    </row>
+    <row r="8" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B8" t="s">
+        <v>949</v>
+      </c>
+      <c r="D8" t="s">
+        <v>950</v>
+      </c>
+    </row>
+    <row r="9" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B9" t="s">
+        <v>355</v>
+      </c>
+      <c r="D9" t="s">
+        <v>951</v>
+      </c>
+    </row>
+    <row r="10" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B10" t="s">
+        <v>952</v>
+      </c>
+      <c r="D10" t="s">
+        <v>953</v>
+      </c>
+    </row>
+    <row r="11" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B11" t="s">
+        <v>954</v>
+      </c>
+      <c r="D11" t="s">
+        <v>955</v>
+      </c>
+    </row>
+    <row r="12" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B12" t="s">
+        <v>956</v>
+      </c>
+      <c r="D12" t="s">
+        <v>957</v>
+      </c>
+    </row>
+    <row r="13" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B13" t="s">
+        <v>958</v>
+      </c>
+      <c r="D13" t="s">
+        <v>959</v>
+      </c>
+    </row>
+    <row r="14" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B14" t="s">
+        <v>960</v>
+      </c>
+      <c r="D14" t="s">
+        <v>961</v>
+      </c>
+    </row>
+    <row r="15" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B15" t="s">
+        <v>962</v>
+      </c>
+      <c r="D15" t="s">
+        <v>963</v>
+      </c>
+    </row>
+    <row r="16" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B16" t="s">
+        <v>964</v>
+      </c>
+      <c r="D16" t="s">
+        <v>965</v>
+      </c>
+    </row>
+  </sheetData>
+  <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet14.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0C00-000000000000}">
+  <dimension ref="A1:D73"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="4" width="50.7265625" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A1" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="B1" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" s="1" t="s">
+        <v>59</v>
+      </c>
+      <c r="D1" s="1" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="2" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A2" t="s">
+        <v>36</v>
+      </c>
+      <c r="B2" t="s">
+        <v>37</v>
+      </c>
+      <c r="D2" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="3" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B3" t="s">
+        <v>62</v>
+      </c>
+      <c r="D3" t="s">
+        <v>966</v>
+      </c>
+    </row>
+    <row r="4" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B4" t="s">
+        <v>64</v>
+      </c>
+      <c r="D4" t="s">
+        <v>967</v>
+      </c>
+    </row>
+    <row r="5" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B5" t="s">
+        <v>392</v>
+      </c>
+      <c r="D5" t="s">
+        <v>968</v>
+      </c>
+    </row>
+    <row r="6" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B6" t="s">
+        <v>68</v>
+      </c>
+      <c r="D6" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="7" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B7" t="s">
+        <v>394</v>
+      </c>
+      <c r="D7" t="s">
+        <v>970</v>
+      </c>
+    </row>
+    <row r="8" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B8" t="s">
+        <v>971</v>
+      </c>
+      <c r="D8" t="s">
+        <v>972</v>
+      </c>
+    </row>
+    <row r="9" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B9" t="s">
+        <v>973</v>
+      </c>
+      <c r="C9" t="s">
+        <v>73</v>
+      </c>
+      <c r="D9" t="s">
+        <v>974</v>
+      </c>
+    </row>
+    <row r="10" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B10" t="s">
+        <v>975</v>
+      </c>
+      <c r="C10" t="s">
+        <v>76</v>
+      </c>
+      <c r="D10" t="s">
+        <v>976</v>
+      </c>
+    </row>
+    <row r="11" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B11" t="s">
+        <v>977</v>
+      </c>
+      <c r="C11" t="s">
+        <v>79</v>
+      </c>
+      <c r="D11" t="s">
+        <v>978</v>
+      </c>
+    </row>
+    <row r="12" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B12" t="s">
+        <v>979</v>
+      </c>
+      <c r="C12" t="s">
+        <v>82</v>
+      </c>
+      <c r="D12" t="s">
+        <v>980</v>
+      </c>
+    </row>
+    <row r="13" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B13" t="s">
+        <v>981</v>
+      </c>
+      <c r="C13" t="s">
+        <v>85</v>
+      </c>
+      <c r="D13" t="s">
+        <v>982</v>
+      </c>
+    </row>
+    <row r="14" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B14" t="s">
+        <v>983</v>
+      </c>
+      <c r="C14" t="s">
+        <v>88</v>
+      </c>
+      <c r="D14" t="s">
+        <v>984</v>
+      </c>
+    </row>
+    <row r="15" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B15" t="s">
+        <v>985</v>
+      </c>
+      <c r="C15" t="s">
+        <v>91</v>
+      </c>
+      <c r="D15" t="s">
+        <v>986</v>
+      </c>
+    </row>
+    <row r="16" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B16" t="s">
+        <v>987</v>
+      </c>
+      <c r="C16" t="s">
+        <v>94</v>
+      </c>
+      <c r="D16" t="s">
+        <v>988</v>
+      </c>
+    </row>
+    <row r="17" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B17" t="s">
+        <v>989</v>
+      </c>
+      <c r="C17" t="s">
+        <v>129</v>
+      </c>
+      <c r="D17" t="s">
+        <v>990</v>
+      </c>
+    </row>
+    <row r="18" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B18" t="s">
+        <v>991</v>
+      </c>
+      <c r="C18" t="s">
+        <v>132</v>
+      </c>
+      <c r="D18" t="s">
+        <v>992</v>
+      </c>
+    </row>
+    <row r="19" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B19" t="s">
+        <v>993</v>
+      </c>
+      <c r="C19" t="s">
+        <v>137</v>
+      </c>
+      <c r="D19" t="s">
+        <v>994</v>
+      </c>
+    </row>
+    <row r="20" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B20" t="s">
+        <v>995</v>
+      </c>
+      <c r="C20" t="s">
+        <v>140</v>
+      </c>
+      <c r="D20" t="s">
+        <v>996</v>
+      </c>
+    </row>
+    <row r="21" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B21" t="s">
+        <v>997</v>
+      </c>
+      <c r="C21" t="s">
+        <v>143</v>
+      </c>
+      <c r="D21" t="s">
+        <v>998</v>
+      </c>
+    </row>
+    <row r="22" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B22" t="s">
+        <v>999</v>
+      </c>
+      <c r="C22" t="s">
+        <v>146</v>
+      </c>
+      <c r="D22" t="s">
+        <v>1000</v>
+      </c>
+    </row>
+    <row r="23" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B23" t="s">
+        <v>1001</v>
+      </c>
+      <c r="C23" t="s">
+        <v>149</v>
+      </c>
+      <c r="D23" t="s">
+        <v>1002</v>
+      </c>
+    </row>
+    <row r="24" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B24" t="s">
+        <v>1003</v>
+      </c>
+      <c r="C24" t="s">
+        <v>152</v>
+      </c>
+      <c r="D24" t="s">
+        <v>1004</v>
+      </c>
+    </row>
+    <row r="25" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B25" t="s">
+        <v>1005</v>
+      </c>
+      <c r="C25" t="s">
+        <v>155</v>
+      </c>
+      <c r="D25" t="s">
+        <v>1006</v>
+      </c>
+    </row>
+    <row r="26" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B26" t="s">
+        <v>1007</v>
+      </c>
+      <c r="C26" t="s">
+        <v>158</v>
+      </c>
+      <c r="D26" t="s">
+        <v>1008</v>
+      </c>
+    </row>
+    <row r="27" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B27" t="s">
+        <v>1009</v>
+      </c>
+      <c r="C27" t="s">
+        <v>161</v>
+      </c>
+      <c r="D27" t="s">
+        <v>1010</v>
+      </c>
+    </row>
+    <row r="28" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B28" t="s">
+        <v>1011</v>
+      </c>
+      <c r="C28" t="s">
+        <v>164</v>
+      </c>
+      <c r="D28" t="s">
+        <v>1012</v>
+      </c>
+    </row>
+    <row r="29" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B29" t="s">
+        <v>1013</v>
+      </c>
+      <c r="C29" t="s">
+        <v>167</v>
+      </c>
+      <c r="D29" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="30" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B30" t="s">
+        <v>1015</v>
+      </c>
+      <c r="C30" t="s">
+        <v>172</v>
+      </c>
+      <c r="D30" t="s">
+        <v>1016</v>
+      </c>
+    </row>
+    <row r="31" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B31" t="s">
+        <v>1017</v>
+      </c>
+      <c r="C31" t="s">
+        <v>175</v>
+      </c>
+      <c r="D31" t="s">
+        <v>1018</v>
+      </c>
+    </row>
+    <row r="32" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B32" t="s">
+        <v>1019</v>
+      </c>
+      <c r="C32" t="s">
+        <v>178</v>
+      </c>
+      <c r="D32" t="s">
+        <v>1020</v>
+      </c>
+    </row>
+    <row r="33" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B33" t="s">
+        <v>1021</v>
+      </c>
+      <c r="C33" t="s">
+        <v>181</v>
+      </c>
+      <c r="D33" t="s">
+        <v>1022</v>
+      </c>
+    </row>
+    <row r="34" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B34" t="s">
+        <v>1023</v>
+      </c>
+      <c r="C34" t="s">
+        <v>184</v>
+      </c>
+      <c r="D34" t="s">
+        <v>1024</v>
+      </c>
+    </row>
+    <row r="35" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B35" t="s">
+        <v>1025</v>
+      </c>
+      <c r="C35" t="s">
+        <v>187</v>
+      </c>
+      <c r="D35" t="s">
+        <v>1026</v>
+      </c>
+    </row>
+    <row r="36" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B36" t="s">
+        <v>1027</v>
+      </c>
+      <c r="C36" t="s">
+        <v>190</v>
+      </c>
+      <c r="D36" t="s">
+        <v>1028</v>
+      </c>
+    </row>
+    <row r="37" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B37" t="s">
+        <v>1029</v>
+      </c>
+      <c r="C37" t="s">
+        <v>193</v>
+      </c>
+      <c r="D37" t="s">
+        <v>1030</v>
+      </c>
+    </row>
+    <row r="38" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B38" t="s">
+        <v>1031</v>
+      </c>
+      <c r="C38" t="s">
+        <v>196</v>
+      </c>
+      <c r="D38" t="s">
+        <v>1032</v>
+      </c>
+    </row>
+    <row r="39" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B39" t="s">
+        <v>1033</v>
+      </c>
+      <c r="C39" t="s">
+        <v>201</v>
+      </c>
+      <c r="D39" t="s">
+        <v>1034</v>
+      </c>
+    </row>
+    <row r="40" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B40" t="s">
+        <v>1035</v>
+      </c>
+      <c r="C40" t="s">
+        <v>204</v>
+      </c>
+      <c r="D40" t="s">
+        <v>1036</v>
+      </c>
+    </row>
+    <row r="41" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B41" t="s">
+        <v>1037</v>
+      </c>
+      <c r="C41" t="s">
+        <v>207</v>
+      </c>
+      <c r="D41" t="s">
+        <v>1038</v>
+      </c>
+    </row>
+    <row r="42" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B42" t="s">
+        <v>1039</v>
+      </c>
+      <c r="C42" t="s">
+        <v>210</v>
+      </c>
+      <c r="D42" t="s">
+        <v>1040</v>
+      </c>
+    </row>
+    <row r="43" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B43" t="s">
+        <v>1041</v>
+      </c>
+      <c r="C43" t="s">
+        <v>213</v>
+      </c>
+      <c r="D43" t="s">
+        <v>1042</v>
+      </c>
+    </row>
+    <row r="44" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B44" t="s">
+        <v>1043</v>
+      </c>
+      <c r="C44" t="s">
+        <v>216</v>
+      </c>
+      <c r="D44" t="s">
+        <v>1044</v>
+      </c>
+    </row>
+    <row r="45" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B45" t="s">
+        <v>1045</v>
+      </c>
+      <c r="C45" t="s">
+        <v>221</v>
+      </c>
+      <c r="D45" t="s">
+        <v>1046</v>
+      </c>
+    </row>
+    <row r="46" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B46" t="s">
+        <v>1047</v>
+      </c>
+      <c r="C46" t="s">
+        <v>224</v>
+      </c>
+      <c r="D46" t="s">
+        <v>1048</v>
+      </c>
+    </row>
+    <row r="47" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B47" t="s">
+        <v>1049</v>
+      </c>
+      <c r="C47" t="s">
+        <v>227</v>
+      </c>
+      <c r="D47" t="s">
+        <v>1050</v>
+      </c>
+    </row>
+    <row r="48" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B48" t="s">
+        <v>1051</v>
+      </c>
+      <c r="D48" t="s">
+        <v>1052</v>
+      </c>
+    </row>
+    <row r="49" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B49" t="s">
+        <v>1053</v>
+      </c>
+      <c r="C49" t="s">
+        <v>230</v>
+      </c>
+      <c r="D49" t="s">
+        <v>1054</v>
+      </c>
+    </row>
+    <row r="50" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B50" t="s">
+        <v>1055</v>
+      </c>
+      <c r="C50" t="s">
+        <v>233</v>
+      </c>
+      <c r="D50" t="s">
+        <v>1056</v>
+      </c>
+    </row>
+    <row r="51" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B51" t="s">
+        <v>1057</v>
+      </c>
+      <c r="C51" t="s">
+        <v>236</v>
+      </c>
+      <c r="D51" t="s">
+        <v>1058</v>
+      </c>
+    </row>
+    <row r="52" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B52" t="s">
+        <v>1059</v>
+      </c>
+      <c r="C52" t="s">
+        <v>241</v>
+      </c>
+      <c r="D52" t="s">
+        <v>1060</v>
+      </c>
+    </row>
+    <row r="53" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B53" t="s">
+        <v>1061</v>
+      </c>
+      <c r="C53" t="s">
+        <v>244</v>
+      </c>
+      <c r="D53" t="s">
+        <v>1062</v>
+      </c>
+    </row>
+    <row r="54" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B54" t="s">
+        <v>1063</v>
+      </c>
+      <c r="C54" t="s">
+        <v>249</v>
+      </c>
+      <c r="D54" t="s">
+        <v>1064</v>
+      </c>
+    </row>
+    <row r="55" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B55" t="s">
+        <v>1065</v>
+      </c>
+      <c r="C55" t="s">
+        <v>252</v>
+      </c>
+      <c r="D55" t="s">
+        <v>1066</v>
+      </c>
+    </row>
+    <row r="56" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B56" t="s">
+        <v>1067</v>
+      </c>
+      <c r="C56" t="s">
+        <v>257</v>
+      </c>
+      <c r="D56" t="s">
+        <v>1068</v>
+      </c>
+    </row>
+    <row r="57" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B57" t="s">
+        <v>1069</v>
+      </c>
+      <c r="C57" t="s">
+        <v>260</v>
+      </c>
+      <c r="D57" t="s">
+        <v>1070</v>
+      </c>
+    </row>
+    <row r="58" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B58" t="s">
+        <v>1071</v>
+      </c>
+      <c r="C58" t="s">
+        <v>265</v>
+      </c>
+      <c r="D58" t="s">
+        <v>1072</v>
+      </c>
+    </row>
+    <row r="59" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B59" t="s">
+        <v>1073</v>
+      </c>
+      <c r="C59" t="s">
+        <v>268</v>
+      </c>
+      <c r="D59" t="s">
+        <v>1074</v>
+      </c>
+    </row>
+    <row r="60" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B60" t="s">
+        <v>1075</v>
+      </c>
+      <c r="C60" t="s">
+        <v>273</v>
+      </c>
+      <c r="D60" t="s">
+        <v>1076</v>
+      </c>
+    </row>
+    <row r="61" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B61" t="s">
+        <v>1077</v>
+      </c>
+      <c r="C61" t="s">
+        <v>276</v>
+      </c>
+      <c r="D61" t="s">
+        <v>1078</v>
+      </c>
+    </row>
+    <row r="62" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B62" t="s">
+        <v>1079</v>
+      </c>
+      <c r="C62" t="s">
+        <v>281</v>
+      </c>
+      <c r="D62" t="s">
+        <v>1080</v>
+      </c>
+    </row>
+    <row r="63" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B63" t="s">
+        <v>1081</v>
+      </c>
+      <c r="C63" t="s">
+        <v>1082</v>
+      </c>
+      <c r="D63" t="s">
+        <v>1083</v>
+      </c>
+    </row>
+    <row r="64" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B64" t="s">
+        <v>1084</v>
+      </c>
+      <c r="C64" t="s">
+        <v>1085</v>
+      </c>
+      <c r="D64" t="s">
+        <v>1086</v>
+      </c>
+    </row>
+    <row r="65" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B65" t="s">
+        <v>1087</v>
+      </c>
+      <c r="C65" t="s">
+        <v>1088</v>
+      </c>
+      <c r="D65" t="s">
+        <v>1089</v>
+      </c>
+    </row>
+    <row r="66" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B66" t="s">
+        <v>1090</v>
+      </c>
+      <c r="C66" t="s">
+        <v>1091</v>
+      </c>
+      <c r="D66" t="s">
+        <v>1092</v>
+      </c>
+    </row>
+    <row r="67" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B67" t="s">
+        <v>1093</v>
+      </c>
+      <c r="C67" t="s">
+        <v>1094</v>
+      </c>
+      <c r="D67" t="s">
+        <v>1095</v>
+      </c>
+    </row>
+    <row r="68" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B68" t="s">
+        <v>1096</v>
+      </c>
+      <c r="C68" t="s">
+        <v>1097</v>
+      </c>
+      <c r="D68" t="s">
+        <v>1098</v>
+      </c>
+    </row>
+    <row r="69" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B69" t="s">
+        <v>859</v>
+      </c>
+      <c r="C69" t="s">
+        <v>1099</v>
+      </c>
+      <c r="D69" t="s">
+        <v>1100</v>
+      </c>
+    </row>
+    <row r="70" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B70" t="s">
+        <v>1101</v>
+      </c>
+      <c r="C70" t="s">
+        <v>1102</v>
+      </c>
+      <c r="D70" t="s">
+        <v>1103</v>
+      </c>
+    </row>
+    <row r="71" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B71" t="s">
+        <v>1104</v>
+      </c>
+      <c r="C71" t="s">
+        <v>1105</v>
+      </c>
+      <c r="D71" t="s">
+        <v>1106</v>
+      </c>
+    </row>
+    <row r="72" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B72" t="s">
+        <v>1107</v>
+      </c>
+      <c r="C72" t="s">
+        <v>1108</v>
+      </c>
+      <c r="D72" t="s">
+        <v>1109</v>
+      </c>
+    </row>
+    <row r="73" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B73" t="s">
+        <v>1110</v>
+      </c>
+      <c r="D73" t="s">
+        <v>1111</v>
+      </c>
+    </row>
+  </sheetData>
+  <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet15.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0D00-000000000000}">
+  <dimension ref="A1:D67"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="4" width="50.7265625" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A1" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="B1" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" s="1" t="s">
+        <v>59</v>
+      </c>
+      <c r="D1" s="1" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="2" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A2" t="s">
+        <v>39</v>
+      </c>
+      <c r="B2" t="s">
+        <v>40</v>
+      </c>
+      <c r="D2" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="3" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A3" t="s">
+        <v>1112</v>
+      </c>
+      <c r="B3" t="s">
+        <v>62</v>
+      </c>
+      <c r="D3" t="s">
+        <v>1113</v>
+      </c>
+    </row>
+    <row r="4" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B4" t="s">
+        <v>64</v>
+      </c>
+      <c r="D4" t="s">
+        <v>1114</v>
+      </c>
+    </row>
+    <row r="5" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B5" t="s">
+        <v>392</v>
+      </c>
+      <c r="D5" t="s">
+        <v>1115</v>
+      </c>
+    </row>
+    <row r="6" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B6" t="s">
+        <v>1116</v>
+      </c>
+      <c r="D6" t="s">
+        <v>1117</v>
+      </c>
+    </row>
+    <row r="7" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B7" t="s">
+        <v>101</v>
+      </c>
+      <c r="D7" t="s">
+        <v>1118</v>
+      </c>
+    </row>
+    <row r="8" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B8" t="s">
+        <v>68</v>
+      </c>
+      <c r="D8" t="s">
+        <v>1119</v>
+      </c>
+    </row>
+    <row r="9" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B9" t="s">
+        <v>394</v>
+      </c>
+      <c r="D9" t="s">
+        <v>1120</v>
+      </c>
+    </row>
+    <row r="10" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B10" t="s">
+        <v>1121</v>
+      </c>
+      <c r="D10" t="s">
+        <v>1122</v>
+      </c>
+    </row>
+    <row r="11" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B11" t="s">
+        <v>1123</v>
+      </c>
+      <c r="C11" t="s">
+        <v>73</v>
+      </c>
+      <c r="D11" t="s">
+        <v>1124</v>
+      </c>
+    </row>
+    <row r="12" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B12" t="s">
+        <v>1125</v>
+      </c>
+      <c r="C12" t="s">
+        <v>76</v>
+      </c>
+      <c r="D12" t="s">
+        <v>1126</v>
+      </c>
+    </row>
+    <row r="13" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B13" t="s">
+        <v>1127</v>
+      </c>
+      <c r="C13" t="s">
+        <v>79</v>
+      </c>
+      <c r="D13" t="s">
+        <v>1128</v>
+      </c>
+    </row>
+    <row r="14" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B14" t="s">
+        <v>1129</v>
+      </c>
+      <c r="C14" t="s">
+        <v>82</v>
+      </c>
+      <c r="D14" t="s">
+        <v>1130</v>
+      </c>
+    </row>
+    <row r="15" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B15" t="s">
+        <v>1131</v>
+      </c>
+      <c r="C15" t="s">
+        <v>85</v>
+      </c>
+      <c r="D15" t="s">
+        <v>1132</v>
+      </c>
+    </row>
+    <row r="16" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B16" t="s">
+        <v>1133</v>
+      </c>
+      <c r="D16" t="s">
+        <v>1134</v>
+      </c>
+    </row>
+    <row r="17" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B17" t="s">
+        <v>1135</v>
+      </c>
+      <c r="C17" t="s">
+        <v>88</v>
+      </c>
+      <c r="D17" t="s">
+        <v>1136</v>
+      </c>
+    </row>
+    <row r="18" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B18" t="s">
+        <v>1137</v>
+      </c>
+      <c r="C18" t="s">
+        <v>91</v>
+      </c>
+      <c r="D18" t="s">
+        <v>1138</v>
+      </c>
+    </row>
+    <row r="19" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B19" t="s">
+        <v>1139</v>
+      </c>
+      <c r="C19" t="s">
+        <v>94</v>
+      </c>
+      <c r="D19" t="s">
+        <v>1140</v>
+      </c>
+    </row>
+    <row r="20" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B20" t="s">
+        <v>1141</v>
+      </c>
+      <c r="C20" t="s">
+        <v>129</v>
+      </c>
+      <c r="D20" t="s">
+        <v>1142</v>
+      </c>
+    </row>
+    <row r="21" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B21" t="s">
+        <v>1143</v>
+      </c>
+      <c r="C21" t="s">
+        <v>132</v>
+      </c>
+      <c r="D21" t="s">
+        <v>1144</v>
+      </c>
+    </row>
+    <row r="22" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B22" t="s">
+        <v>1145</v>
+      </c>
+      <c r="C22" t="s">
+        <v>137</v>
+      </c>
+      <c r="D22" t="s">
+        <v>1146</v>
+      </c>
+    </row>
+    <row r="23" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B23" t="s">
+        <v>1147</v>
+      </c>
+      <c r="C23" t="s">
+        <v>140</v>
+      </c>
+      <c r="D23" t="s">
+        <v>1148</v>
+      </c>
+    </row>
+    <row r="24" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B24" t="s">
+        <v>1149</v>
+      </c>
+      <c r="C24" t="s">
+        <v>143</v>
+      </c>
+      <c r="D24" t="s">
+        <v>1150</v>
+      </c>
+    </row>
+    <row r="25" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B25" t="s">
+        <v>1151</v>
+      </c>
+      <c r="D25" t="s">
+        <v>1152</v>
+      </c>
+    </row>
+    <row r="26" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B26" t="s">
+        <v>1153</v>
+      </c>
+      <c r="C26" t="s">
+        <v>146</v>
+      </c>
+      <c r="D26" t="s">
+        <v>1154</v>
+      </c>
+    </row>
+    <row r="27" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B27" t="s">
+        <v>1155</v>
+      </c>
+      <c r="C27" t="s">
+        <v>149</v>
+      </c>
+      <c r="D27" t="s">
+        <v>1156</v>
+      </c>
+    </row>
+    <row r="28" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B28" t="s">
+        <v>1157</v>
+      </c>
+      <c r="C28" t="s">
+        <v>152</v>
+      </c>
+      <c r="D28" t="s">
+        <v>1158</v>
+      </c>
+    </row>
+    <row r="29" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B29" t="s">
+        <v>1159</v>
+      </c>
+      <c r="C29" t="s">
+        <v>155</v>
+      </c>
+      <c r="D29" t="s">
+        <v>1160</v>
+      </c>
+    </row>
+    <row r="30" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B30" t="s">
+        <v>1161</v>
+      </c>
+      <c r="C30" t="s">
+        <v>158</v>
+      </c>
+      <c r="D30" t="s">
+        <v>1162</v>
+      </c>
+    </row>
+    <row r="31" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B31" t="s">
+        <v>1163</v>
+      </c>
+      <c r="C31" t="s">
+        <v>161</v>
+      </c>
+      <c r="D31" t="s">
+        <v>1164</v>
+      </c>
+    </row>
+    <row r="32" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B32" t="s">
+        <v>1165</v>
+      </c>
+      <c r="D32" t="s">
+        <v>1166</v>
+      </c>
+    </row>
+    <row r="33" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B33" t="s">
+        <v>1167</v>
+      </c>
+      <c r="C33" t="s">
+        <v>164</v>
+      </c>
+      <c r="D33" t="s">
+        <v>1168</v>
+      </c>
+    </row>
+    <row r="34" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B34" t="s">
+        <v>1169</v>
+      </c>
+      <c r="C34" t="s">
+        <v>167</v>
+      </c>
+      <c r="D34" t="s">
+        <v>1170</v>
+      </c>
+    </row>
+    <row r="35" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B35" t="s">
+        <v>1171</v>
+      </c>
+      <c r="C35" t="s">
+        <v>172</v>
+      </c>
+      <c r="D35" t="s">
+        <v>1172</v>
+      </c>
+    </row>
+    <row r="36" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B36" t="s">
+        <v>1173</v>
+      </c>
+      <c r="C36" t="s">
+        <v>175</v>
+      </c>
+      <c r="D36" t="s">
+        <v>1174</v>
+      </c>
+    </row>
+    <row r="37" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B37" t="s">
+        <v>1175</v>
+      </c>
+      <c r="C37" t="s">
+        <v>178</v>
+      </c>
+      <c r="D37" t="s">
+        <v>1176</v>
+      </c>
+    </row>
+    <row r="38" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B38" t="s">
+        <v>1177</v>
+      </c>
+      <c r="C38" t="s">
+        <v>181</v>
+      </c>
+      <c r="D38" t="s">
+        <v>1178</v>
+      </c>
+    </row>
+    <row r="39" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B39" t="s">
+        <v>1179</v>
+      </c>
+      <c r="C39" t="s">
+        <v>184</v>
+      </c>
+      <c r="D39" t="s">
+        <v>1180</v>
+      </c>
+    </row>
+    <row r="40" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B40" t="s">
+        <v>1181</v>
+      </c>
+      <c r="C40" t="s">
+        <v>187</v>
+      </c>
+      <c r="D40" t="s">
+        <v>1182</v>
+      </c>
+    </row>
+    <row r="41" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B41" t="s">
+        <v>1183</v>
+      </c>
+      <c r="C41" t="s">
+        <v>190</v>
+      </c>
+      <c r="D41" t="s">
+        <v>1184</v>
+      </c>
+    </row>
+    <row r="42" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B42" t="s">
+        <v>1185</v>
+      </c>
+      <c r="C42" t="s">
+        <v>193</v>
+      </c>
+      <c r="D42" t="s">
+        <v>1186</v>
+      </c>
+    </row>
+    <row r="43" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B43" t="s">
+        <v>1187</v>
+      </c>
+      <c r="C43" t="s">
+        <v>196</v>
+      </c>
+      <c r="D43" t="s">
+        <v>1188</v>
+      </c>
+    </row>
+    <row r="44" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B44" t="s">
+        <v>1189</v>
+      </c>
+      <c r="C44" t="s">
+        <v>201</v>
+      </c>
+      <c r="D44" t="s">
+        <v>1190</v>
+      </c>
+    </row>
+    <row r="45" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B45" t="s">
+        <v>1191</v>
+      </c>
+      <c r="C45" t="s">
+        <v>204</v>
+      </c>
+      <c r="D45" t="s">
+        <v>1192</v>
+      </c>
+    </row>
+    <row r="46" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B46" t="s">
+        <v>1193</v>
+      </c>
+      <c r="C46" t="s">
+        <v>207</v>
+      </c>
+      <c r="D46" t="s">
+        <v>1194</v>
+      </c>
+    </row>
+    <row r="47" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B47" t="s">
+        <v>1195</v>
+      </c>
+      <c r="C47" t="s">
+        <v>210</v>
+      </c>
+      <c r="D47" t="s">
+        <v>1196</v>
+      </c>
+    </row>
+    <row r="48" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B48" t="s">
+        <v>1197</v>
+      </c>
+      <c r="C48" t="s">
+        <v>213</v>
+      </c>
+      <c r="D48" t="s">
+        <v>1198</v>
+      </c>
+    </row>
+    <row r="49" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B49" t="s">
+        <v>1199</v>
+      </c>
+      <c r="C49" t="s">
+        <v>216</v>
+      </c>
+      <c r="D49" t="s">
+        <v>1200</v>
+      </c>
+    </row>
+    <row r="50" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B50" t="s">
+        <v>1201</v>
+      </c>
+      <c r="C50" t="s">
+        <v>221</v>
+      </c>
+      <c r="D50" t="s">
+        <v>1202</v>
+      </c>
+    </row>
+    <row r="51" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B51" t="s">
+        <v>1203</v>
+      </c>
+      <c r="C51" t="s">
+        <v>224</v>
+      </c>
+      <c r="D51" t="s">
+        <v>1204</v>
+      </c>
+    </row>
+    <row r="52" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B52" t="s">
+        <v>1205</v>
+      </c>
+      <c r="C52" t="s">
+        <v>227</v>
+      </c>
+      <c r="D52" t="s">
+        <v>1206</v>
+      </c>
+    </row>
+    <row r="53" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B53" t="s">
+        <v>1207</v>
+      </c>
+      <c r="C53" t="s">
+        <v>230</v>
+      </c>
+      <c r="D53" t="s">
+        <v>1208</v>
+      </c>
+    </row>
+    <row r="54" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B54" t="s">
+        <v>1209</v>
+      </c>
+      <c r="C54" t="s">
+        <v>233</v>
+      </c>
+      <c r="D54" t="s">
+        <v>1210</v>
+      </c>
+    </row>
+    <row r="55" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B55" t="s">
+        <v>1211</v>
+      </c>
+      <c r="D55" t="s">
+        <v>1212</v>
+      </c>
+    </row>
+    <row r="56" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B56" t="s">
+        <v>1213</v>
+      </c>
+      <c r="C56" t="s">
+        <v>236</v>
+      </c>
+      <c r="D56" t="s">
+        <v>1214</v>
+      </c>
+    </row>
+    <row r="57" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B57" t="s">
+        <v>1215</v>
+      </c>
+      <c r="C57" t="s">
+        <v>241</v>
+      </c>
+      <c r="D57" t="s">
+        <v>1216</v>
+      </c>
+    </row>
+    <row r="58" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B58" t="s">
+        <v>1217</v>
+      </c>
+      <c r="C58" t="s">
+        <v>244</v>
+      </c>
+      <c r="D58" t="s">
+        <v>1218</v>
+      </c>
+    </row>
+    <row r="59" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B59" t="s">
+        <v>1219</v>
+      </c>
+      <c r="C59" t="s">
+        <v>249</v>
+      </c>
+      <c r="D59" t="s">
+        <v>1220</v>
+      </c>
+    </row>
+    <row r="60" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B60" t="s">
+        <v>1221</v>
+      </c>
+      <c r="C60" t="s">
+        <v>252</v>
+      </c>
+      <c r="D60" t="s">
+        <v>1222</v>
+      </c>
+    </row>
+    <row r="61" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B61" t="s">
+        <v>1223</v>
+      </c>
+      <c r="C61" t="s">
+        <v>257</v>
+      </c>
+      <c r="D61" t="s">
+        <v>1224</v>
+      </c>
+    </row>
+    <row r="62" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B62" t="s">
+        <v>1225</v>
+      </c>
+      <c r="C62" t="s">
+        <v>260</v>
+      </c>
+      <c r="D62" t="s">
+        <v>1226</v>
+      </c>
+    </row>
+    <row r="63" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B63" t="s">
+        <v>1227</v>
+      </c>
+      <c r="C63" t="s">
+        <v>265</v>
+      </c>
+      <c r="D63" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="64" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B64" t="s">
+        <v>1229</v>
+      </c>
+      <c r="C64" t="s">
+        <v>1230</v>
+      </c>
+      <c r="D64" t="s">
+        <v>1231</v>
+      </c>
+    </row>
+    <row r="65" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B65" t="s">
+        <v>1232</v>
+      </c>
+      <c r="C65" t="s">
+        <v>1233</v>
+      </c>
+      <c r="D65" t="s">
+        <v>1234</v>
+      </c>
+    </row>
+    <row r="66" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B66" t="s">
+        <v>1235</v>
+      </c>
+      <c r="C66" t="s">
+        <v>1236</v>
+      </c>
+      <c r="D66" t="s">
+        <v>1237</v>
+      </c>
+    </row>
+    <row r="67" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B67" t="s">
+        <v>1238</v>
+      </c>
+      <c r="C67" t="s">
+        <v>1239</v>
+      </c>
+      <c r="D67" t="s">
+        <v>1240</v>
+      </c>
+    </row>
+  </sheetData>
+  <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet16.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0E00-000000000000}">
+  <dimension ref="A1:D28"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="4" width="50.7265625" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A1" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="B1" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" s="1" t="s">
+        <v>59</v>
+      </c>
+      <c r="D1" s="1" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="2" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A2" t="s">
+        <v>42</v>
+      </c>
+      <c r="B2" t="s">
+        <v>43</v>
+      </c>
+      <c r="D2" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="3" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A3" t="s">
+        <v>1241</v>
+      </c>
+      <c r="B3" t="s">
+        <v>62</v>
+      </c>
+      <c r="D3" t="s">
+        <v>1242</v>
+      </c>
+    </row>
+    <row r="4" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B4" t="s">
+        <v>64</v>
+      </c>
+      <c r="D4" t="s">
+        <v>1243</v>
+      </c>
+    </row>
+    <row r="5" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B5" t="s">
+        <v>1244</v>
+      </c>
+      <c r="D5" t="s">
+        <v>1245</v>
+      </c>
+    </row>
+    <row r="6" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B6" t="s">
+        <v>68</v>
+      </c>
+      <c r="D6" t="s">
+        <v>1246</v>
+      </c>
+    </row>
+    <row r="7" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B7" t="s">
+        <v>1247</v>
+      </c>
+      <c r="D7" t="s">
+        <v>1248</v>
+      </c>
+    </row>
+    <row r="8" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B8" t="s">
+        <v>1249</v>
+      </c>
+      <c r="C8" t="s">
+        <v>291</v>
+      </c>
+      <c r="D8" t="s">
+        <v>1250</v>
+      </c>
+    </row>
+    <row r="9" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B9" t="s">
+        <v>1251</v>
+      </c>
+      <c r="C9" t="s">
+        <v>294</v>
+      </c>
+      <c r="D9" t="s">
+        <v>1252</v>
+      </c>
+    </row>
+    <row r="10" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B10" t="s">
+        <v>1253</v>
+      </c>
+      <c r="C10" t="s">
+        <v>297</v>
+      </c>
+      <c r="D10" t="s">
+        <v>1254</v>
+      </c>
+    </row>
+    <row r="11" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B11" t="s">
+        <v>1255</v>
+      </c>
+      <c r="C11" t="s">
+        <v>300</v>
+      </c>
+      <c r="D11" t="s">
+        <v>1256</v>
+      </c>
+    </row>
+    <row r="12" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B12" t="s">
+        <v>1257</v>
+      </c>
+      <c r="C12" t="s">
+        <v>303</v>
+      </c>
+      <c r="D12" t="s">
+        <v>1258</v>
+      </c>
+    </row>
+    <row r="13" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B13" t="s">
+        <v>1259</v>
+      </c>
+      <c r="C13" t="s">
+        <v>308</v>
+      </c>
+      <c r="D13" t="s">
+        <v>1260</v>
+      </c>
+    </row>
+    <row r="14" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B14" t="s">
+        <v>78</v>
+      </c>
+      <c r="C14" t="s">
+        <v>311</v>
+      </c>
+      <c r="D14" t="s">
+        <v>1261</v>
+      </c>
+    </row>
+    <row r="15" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B15" t="s">
+        <v>1262</v>
+      </c>
+      <c r="C15" t="s">
+        <v>314</v>
+      </c>
+      <c r="D15" t="s">
+        <v>1263</v>
+      </c>
+    </row>
+    <row r="16" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B16" t="s">
+        <v>1264</v>
+      </c>
+      <c r="D16" t="s">
+        <v>1265</v>
+      </c>
+    </row>
+    <row r="17" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B17" t="s">
+        <v>1266</v>
+      </c>
+      <c r="C17" t="s">
+        <v>317</v>
+      </c>
+      <c r="D17" t="s">
+        <v>1267</v>
+      </c>
+    </row>
+    <row r="18" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B18" t="s">
+        <v>1268</v>
+      </c>
+      <c r="C18" t="s">
+        <v>320</v>
+      </c>
+      <c r="D18" t="s">
+        <v>1269</v>
+      </c>
+    </row>
+    <row r="19" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B19" t="s">
+        <v>1270</v>
+      </c>
+      <c r="C19" t="s">
+        <v>323</v>
+      </c>
+      <c r="D19" t="s">
+        <v>1271</v>
+      </c>
+    </row>
+    <row r="20" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B20" t="s">
+        <v>1272</v>
+      </c>
+      <c r="C20" t="s">
+        <v>326</v>
+      </c>
+      <c r="D20" t="s">
+        <v>1273</v>
+      </c>
+    </row>
+    <row r="21" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B21" t="s">
+        <v>1274</v>
+      </c>
+      <c r="C21" t="s">
+        <v>329</v>
+      </c>
+      <c r="D21" t="s">
+        <v>1275</v>
+      </c>
+    </row>
+    <row r="22" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B22" t="s">
+        <v>1276</v>
+      </c>
+      <c r="C22" t="s">
+        <v>332</v>
+      </c>
+      <c r="D22" t="s">
+        <v>1277</v>
+      </c>
+    </row>
+    <row r="23" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B23" t="s">
+        <v>1278</v>
+      </c>
+      <c r="C23" t="s">
+        <v>335</v>
+      </c>
+      <c r="D23" t="s">
+        <v>1279</v>
+      </c>
+    </row>
+    <row r="24" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B24" t="s">
+        <v>1280</v>
+      </c>
+      <c r="C24" t="s">
+        <v>338</v>
+      </c>
+      <c r="D24" t="s">
+        <v>1281</v>
+      </c>
+    </row>
+    <row r="25" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B25" t="s">
+        <v>1282</v>
+      </c>
+      <c r="C25" t="s">
+        <v>341</v>
+      </c>
+      <c r="D25" t="s">
+        <v>1283</v>
+      </c>
+    </row>
+    <row r="26" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B26" t="s">
+        <v>1284</v>
+      </c>
+      <c r="C26" t="s">
+        <v>344</v>
+      </c>
+      <c r="D26" t="s">
+        <v>1285</v>
+      </c>
+    </row>
+    <row r="27" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B27" t="s">
+        <v>1286</v>
+      </c>
+      <c r="C27" t="s">
+        <v>347</v>
+      </c>
+      <c r="D27" t="s">
+        <v>1287</v>
+      </c>
+    </row>
+    <row r="28" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B28" t="s">
+        <v>1288</v>
+      </c>
+      <c r="C28" t="s">
+        <v>350</v>
+      </c>
+      <c r="D28" t="s">
+        <v>1289</v>
+      </c>
+    </row>
+  </sheetData>
+  <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet17.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0F00-000000000000}">
   <dimension ref="A1:D69"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>99</v>
+        <v>58</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>100</v>
+        <v>59</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>101</v>
+        <v>60</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
-        <v>34</v>
+        <v>45</v>
       </c>
       <c r="B2" t="s">
-        <v>35</v>
+        <v>46</v>
       </c>
       <c r="D2" t="s">
-        <v>36</v>
+        <v>47</v>
       </c>
     </row>
     <row r="3" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A3" t="s">
+        <v>1290</v>
+      </c>
       <c r="B3" t="s">
-        <v>102</v>
+        <v>62</v>
       </c>
       <c r="D3" t="s">
-        <v>531</v>
+        <v>1291</v>
       </c>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B4" t="s">
-        <v>104</v>
+        <v>64</v>
       </c>
       <c r="D4" t="s">
-        <v>532</v>
+        <v>1292</v>
       </c>
     </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B5" t="s">
-        <v>143</v>
+        <v>394</v>
       </c>
       <c r="D5" t="s">
-        <v>533</v>
+        <v>1293</v>
       </c>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B6" t="s">
-        <v>306</v>
+        <v>1244</v>
       </c>
       <c r="D6" t="s">
-        <v>534</v>
+        <v>1294</v>
       </c>
     </row>
     <row r="7" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B7" t="s">
-        <v>106</v>
+        <v>68</v>
       </c>
       <c r="D7" t="s">
-        <v>535</v>
+        <v>1295</v>
       </c>
     </row>
     <row r="8" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B8" t="s">
-        <v>108</v>
+        <v>66</v>
       </c>
       <c r="D8" t="s">
-        <v>536</v>
+        <v>1296</v>
       </c>
     </row>
     <row r="9" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B9" t="s">
-        <v>537</v>
+        <v>1297</v>
       </c>
       <c r="D9" t="s">
-        <v>538</v>
+        <v>1298</v>
       </c>
     </row>
     <row r="10" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B10" t="s">
-        <v>539</v>
-[...2 lines deleted...]
-        <v>148</v>
+        <v>108</v>
       </c>
       <c r="D10" t="s">
-        <v>540</v>
+        <v>1299</v>
       </c>
     </row>
     <row r="11" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B11" t="s">
-        <v>541</v>
-[...2 lines deleted...]
-        <v>156</v>
+        <v>1300</v>
       </c>
       <c r="D11" t="s">
-        <v>542</v>
+        <v>1301</v>
       </c>
     </row>
     <row r="12" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B12" t="s">
-        <v>155</v>
-[...2 lines deleted...]
-        <v>159</v>
+        <v>1302</v>
       </c>
       <c r="D12" t="s">
-        <v>543</v>
+        <v>1303</v>
       </c>
     </row>
     <row r="13" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B13" t="s">
-        <v>167</v>
+        <v>1304</v>
       </c>
       <c r="C13" t="s">
-        <v>162</v>
+        <v>1305</v>
       </c>
       <c r="D13" t="s">
-        <v>544</v>
+        <v>1306</v>
       </c>
     </row>
     <row r="14" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B14" t="s">
-        <v>545</v>
+        <v>1307</v>
       </c>
       <c r="C14" t="s">
-        <v>165</v>
+        <v>1308</v>
       </c>
       <c r="D14" t="s">
-        <v>546</v>
+        <v>1309</v>
       </c>
     </row>
     <row r="15" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B15" t="s">
-        <v>161</v>
+        <v>1310</v>
       </c>
       <c r="C15" t="s">
-        <v>168</v>
+        <v>1311</v>
       </c>
       <c r="D15" t="s">
-        <v>547</v>
+        <v>1312</v>
       </c>
     </row>
     <row r="16" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B16" t="s">
-        <v>548</v>
+        <v>1313</v>
       </c>
       <c r="C16" t="s">
-        <v>173</v>
+        <v>1314</v>
       </c>
       <c r="D16" t="s">
-        <v>549</v>
+        <v>1315</v>
       </c>
     </row>
     <row r="17" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B17" t="s">
-        <v>550</v>
+        <v>1316</v>
+      </c>
+      <c r="C17" t="s">
+        <v>1317</v>
       </c>
       <c r="D17" t="s">
-        <v>551</v>
+        <v>1318</v>
       </c>
     </row>
     <row r="18" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B18" t="s">
-        <v>552</v>
+        <v>1319</v>
+      </c>
+      <c r="C18" t="s">
+        <v>1320</v>
       </c>
       <c r="D18" t="s">
-        <v>553</v>
+        <v>1321</v>
       </c>
     </row>
     <row r="19" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B19" t="s">
-        <v>554</v>
+        <v>1322</v>
       </c>
       <c r="C19" t="s">
-        <v>176</v>
+        <v>1323</v>
       </c>
       <c r="D19" t="s">
-        <v>555</v>
+        <v>1324</v>
       </c>
     </row>
     <row r="20" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B20" t="s">
-        <v>556</v>
+        <v>1325</v>
       </c>
       <c r="C20" t="s">
-        <v>179</v>
+        <v>1326</v>
       </c>
       <c r="D20" t="s">
-        <v>557</v>
+        <v>1327</v>
       </c>
     </row>
     <row r="21" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B21" t="s">
-        <v>558</v>
+        <v>1328</v>
       </c>
       <c r="C21" t="s">
-        <v>182</v>
+        <v>1329</v>
       </c>
       <c r="D21" t="s">
-        <v>559</v>
+        <v>1330</v>
       </c>
     </row>
     <row r="22" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B22" t="s">
-        <v>560</v>
+        <v>1331</v>
+      </c>
+      <c r="C22" t="s">
+        <v>1332</v>
       </c>
       <c r="D22" t="s">
-        <v>561</v>
+        <v>1333</v>
       </c>
     </row>
     <row r="23" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B23" t="s">
-        <v>562</v>
-[...2 lines deleted...]
-        <v>185</v>
+        <v>1334</v>
       </c>
       <c r="D23" t="s">
-        <v>563</v>
+        <v>1335</v>
       </c>
     </row>
     <row r="24" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B24" t="s">
-        <v>564</v>
+        <v>1336</v>
       </c>
       <c r="C24" t="s">
-        <v>188</v>
+        <v>1337</v>
       </c>
       <c r="D24" t="s">
-        <v>565</v>
+        <v>1338</v>
       </c>
     </row>
     <row r="25" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B25" t="s">
-        <v>566</v>
+        <v>1339</v>
       </c>
       <c r="C25" t="s">
-        <v>191</v>
+        <v>1340</v>
       </c>
       <c r="D25" t="s">
-        <v>567</v>
+        <v>1341</v>
       </c>
     </row>
     <row r="26" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B26" t="s">
-        <v>568</v>
+        <v>1342</v>
+      </c>
+      <c r="C26" t="s">
+        <v>1343</v>
       </c>
       <c r="D26" t="s">
-        <v>569</v>
+        <v>1344</v>
       </c>
     </row>
     <row r="27" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B27" t="s">
-        <v>570</v>
+        <v>1345</v>
       </c>
       <c r="C27" t="s">
-        <v>194</v>
+        <v>1346</v>
       </c>
       <c r="D27" t="s">
-        <v>571</v>
+        <v>1347</v>
       </c>
     </row>
     <row r="28" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B28" t="s">
-        <v>572</v>
+        <v>1348</v>
       </c>
       <c r="C28" t="s">
-        <v>197</v>
+        <v>1349</v>
       </c>
       <c r="D28" t="s">
-        <v>573</v>
+        <v>1350</v>
       </c>
     </row>
     <row r="29" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B29" t="s">
-        <v>574</v>
+        <v>1351</v>
       </c>
       <c r="C29" t="s">
-        <v>202</v>
+        <v>1352</v>
       </c>
       <c r="D29" t="s">
-        <v>575</v>
+        <v>1353</v>
       </c>
     </row>
     <row r="30" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B30" t="s">
-        <v>576</v>
+        <v>1354</v>
       </c>
       <c r="C30" t="s">
-        <v>205</v>
+        <v>1355</v>
       </c>
       <c r="D30" t="s">
-        <v>577</v>
+        <v>1356</v>
       </c>
     </row>
     <row r="31" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B31" t="s">
-        <v>578</v>
+        <v>1357</v>
       </c>
       <c r="C31" t="s">
-        <v>208</v>
+        <v>1358</v>
       </c>
       <c r="D31" t="s">
-        <v>579</v>
+        <v>1359</v>
       </c>
     </row>
     <row r="32" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B32" t="s">
-        <v>580</v>
+        <v>1360</v>
       </c>
       <c r="C32" t="s">
-        <v>211</v>
+        <v>1361</v>
       </c>
       <c r="D32" t="s">
-        <v>581</v>
+        <v>1362</v>
       </c>
     </row>
     <row r="33" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B33" t="s">
-        <v>582</v>
+        <v>1363</v>
+      </c>
+      <c r="C33" t="s">
+        <v>1364</v>
       </c>
       <c r="D33" t="s">
-        <v>583</v>
+        <v>1365</v>
       </c>
     </row>
     <row r="34" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B34" t="s">
-        <v>584</v>
+        <v>1366</v>
+      </c>
+      <c r="C34" t="s">
+        <v>1367</v>
       </c>
       <c r="D34" t="s">
-        <v>585</v>
+        <v>1368</v>
       </c>
     </row>
     <row r="35" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B35" t="s">
-        <v>586</v>
+        <v>1369</v>
       </c>
       <c r="C35" t="s">
-        <v>587</v>
+        <v>1370</v>
       </c>
       <c r="D35" t="s">
-        <v>588</v>
+        <v>1371</v>
       </c>
     </row>
     <row r="36" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B36" t="s">
-        <v>589</v>
+        <v>1372</v>
       </c>
       <c r="C36" t="s">
-        <v>590</v>
+        <v>1373</v>
       </c>
       <c r="D36" t="s">
-        <v>591</v>
+        <v>1374</v>
       </c>
     </row>
     <row r="37" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B37" t="s">
-        <v>592</v>
+        <v>1375</v>
       </c>
       <c r="C37" t="s">
-        <v>593</v>
+        <v>1376</v>
       </c>
       <c r="D37" t="s">
-        <v>594</v>
+        <v>1377</v>
       </c>
     </row>
     <row r="38" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B38" t="s">
-        <v>595</v>
+        <v>1378</v>
       </c>
       <c r="C38" t="s">
-        <v>596</v>
+        <v>1379</v>
       </c>
       <c r="D38" t="s">
-        <v>597</v>
+        <v>1380</v>
       </c>
     </row>
     <row r="39" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B39" t="s">
-        <v>598</v>
+        <v>1381</v>
       </c>
       <c r="C39" t="s">
-        <v>599</v>
+        <v>1382</v>
       </c>
       <c r="D39" t="s">
-        <v>600</v>
+        <v>1383</v>
       </c>
     </row>
     <row r="40" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B40" t="s">
-        <v>601</v>
+        <v>1384</v>
       </c>
       <c r="C40" t="s">
-        <v>602</v>
+        <v>1385</v>
       </c>
       <c r="D40" t="s">
-        <v>603</v>
+        <v>1386</v>
       </c>
     </row>
     <row r="41" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B41" t="s">
-        <v>604</v>
+        <v>1387</v>
+      </c>
+      <c r="C41" t="s">
+        <v>1388</v>
       </c>
       <c r="D41" t="s">
-        <v>605</v>
+        <v>1389</v>
       </c>
     </row>
     <row r="42" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B42" t="s">
-        <v>606</v>
+        <v>1390</v>
       </c>
       <c r="C42" t="s">
-        <v>607</v>
+        <v>1391</v>
       </c>
       <c r="D42" t="s">
-        <v>608</v>
+        <v>1392</v>
       </c>
     </row>
     <row r="43" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B43" t="s">
-        <v>609</v>
+        <v>1393</v>
       </c>
       <c r="C43" t="s">
-        <v>610</v>
+        <v>1394</v>
       </c>
       <c r="D43" t="s">
-        <v>611</v>
+        <v>1395</v>
       </c>
     </row>
     <row r="44" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B44" t="s">
-        <v>612</v>
+        <v>1396</v>
       </c>
       <c r="C44" t="s">
-        <v>613</v>
+        <v>1397</v>
       </c>
       <c r="D44" t="s">
-        <v>614</v>
+        <v>1398</v>
       </c>
     </row>
     <row r="45" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B45" t="s">
-        <v>615</v>
+        <v>1399</v>
       </c>
       <c r="C45" t="s">
-        <v>616</v>
+        <v>1400</v>
       </c>
       <c r="D45" t="s">
-        <v>617</v>
+        <v>1401</v>
       </c>
     </row>
     <row r="46" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B46" t="s">
-        <v>618</v>
+        <v>1402</v>
       </c>
       <c r="C46" t="s">
-        <v>619</v>
+        <v>1403</v>
       </c>
       <c r="D46" t="s">
-        <v>620</v>
+        <v>1404</v>
       </c>
     </row>
     <row r="47" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B47" t="s">
-        <v>621</v>
+        <v>1405</v>
       </c>
       <c r="C47" t="s">
-        <v>622</v>
+        <v>1406</v>
       </c>
       <c r="D47" t="s">
-        <v>623</v>
+        <v>1407</v>
       </c>
     </row>
     <row r="48" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B48" t="s">
-        <v>624</v>
+        <v>1408</v>
       </c>
       <c r="C48" t="s">
-        <v>625</v>
+        <v>1409</v>
       </c>
       <c r="D48" t="s">
-        <v>626</v>
+        <v>1410</v>
       </c>
     </row>
     <row r="49" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B49" t="s">
-        <v>627</v>
+        <v>1411</v>
       </c>
       <c r="C49" t="s">
-        <v>628</v>
+        <v>1412</v>
       </c>
       <c r="D49" t="s">
-        <v>629</v>
+        <v>1413</v>
       </c>
     </row>
     <row r="50" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B50" t="s">
-        <v>630</v>
+        <v>1414</v>
       </c>
       <c r="C50" t="s">
-        <v>631</v>
+        <v>1415</v>
       </c>
       <c r="D50" t="s">
-        <v>632</v>
+        <v>1416</v>
       </c>
     </row>
     <row r="51" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B51" t="s">
-        <v>633</v>
+        <v>1417</v>
       </c>
       <c r="C51" t="s">
-        <v>634</v>
+        <v>1418</v>
       </c>
       <c r="D51" t="s">
-        <v>635</v>
+        <v>1419</v>
       </c>
     </row>
     <row r="52" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B52" t="s">
-        <v>636</v>
+        <v>1420</v>
       </c>
       <c r="C52" t="s">
-        <v>637</v>
+        <v>1421</v>
       </c>
       <c r="D52" t="s">
-        <v>638</v>
+        <v>1422</v>
       </c>
     </row>
     <row r="53" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B53" t="s">
-        <v>639</v>
+        <v>1423</v>
       </c>
       <c r="C53" t="s">
-        <v>640</v>
+        <v>1424</v>
       </c>
       <c r="D53" t="s">
-        <v>641</v>
+        <v>1425</v>
       </c>
     </row>
     <row r="54" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B54" t="s">
-        <v>642</v>
+        <v>1426</v>
+      </c>
+      <c r="C54" t="s">
+        <v>1427</v>
       </c>
       <c r="D54" t="s">
-        <v>643</v>
+        <v>1428</v>
       </c>
     </row>
     <row r="55" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B55" t="s">
-        <v>644</v>
+        <v>1429</v>
+      </c>
+      <c r="C55" t="s">
+        <v>1430</v>
       </c>
       <c r="D55" t="s">
-        <v>645</v>
+        <v>1431</v>
       </c>
     </row>
     <row r="56" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B56" t="s">
-        <v>646</v>
+        <v>1432</v>
       </c>
       <c r="C56" t="s">
-        <v>647</v>
+        <v>1433</v>
       </c>
       <c r="D56" t="s">
-        <v>648</v>
+        <v>1434</v>
       </c>
     </row>
     <row r="57" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B57" t="s">
-        <v>649</v>
+        <v>1435</v>
       </c>
       <c r="C57" t="s">
-        <v>650</v>
+        <v>1436</v>
       </c>
       <c r="D57" t="s">
-        <v>651</v>
+        <v>1437</v>
       </c>
     </row>
     <row r="58" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B58" t="s">
-        <v>652</v>
+        <v>1438</v>
       </c>
       <c r="C58" t="s">
-        <v>653</v>
+        <v>1439</v>
       </c>
       <c r="D58" t="s">
-        <v>654</v>
+        <v>1440</v>
       </c>
     </row>
     <row r="59" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B59" t="s">
-        <v>655</v>
+        <v>1441</v>
+      </c>
+      <c r="C59" t="s">
+        <v>1442</v>
       </c>
       <c r="D59" t="s">
-        <v>656</v>
+        <v>1443</v>
       </c>
     </row>
     <row r="60" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B60" t="s">
-        <v>657</v>
-[...2 lines deleted...]
-        <v>658</v>
+        <v>1444</v>
       </c>
       <c r="D60" t="s">
-        <v>659</v>
+        <v>1445</v>
       </c>
     </row>
     <row r="61" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B61" t="s">
-        <v>660</v>
+        <v>1446</v>
       </c>
       <c r="C61" t="s">
-        <v>661</v>
+        <v>1447</v>
       </c>
       <c r="D61" t="s">
-        <v>662</v>
+        <v>1448</v>
       </c>
     </row>
     <row r="62" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B62" t="s">
-        <v>663</v>
+        <v>1449</v>
       </c>
       <c r="C62" t="s">
-        <v>664</v>
+        <v>1450</v>
       </c>
       <c r="D62" t="s">
-        <v>665</v>
+        <v>1451</v>
       </c>
     </row>
     <row r="63" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B63" t="s">
-        <v>666</v>
+        <v>1452</v>
+      </c>
+      <c r="C63" t="s">
+        <v>1453</v>
       </c>
       <c r="D63" t="s">
-        <v>667</v>
+        <v>1454</v>
       </c>
     </row>
     <row r="64" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B64" t="s">
-        <v>668</v>
+        <v>1455</v>
       </c>
       <c r="C64" t="s">
-        <v>669</v>
+        <v>1456</v>
       </c>
       <c r="D64" t="s">
-        <v>670</v>
+        <v>1457</v>
       </c>
     </row>
     <row r="65" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B65" t="s">
-        <v>671</v>
+        <v>1458</v>
       </c>
       <c r="C65" t="s">
-        <v>672</v>
+        <v>1459</v>
       </c>
       <c r="D65" t="s">
-        <v>673</v>
+        <v>1460</v>
       </c>
     </row>
     <row r="66" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B66" t="s">
-        <v>674</v>
+        <v>1461</v>
       </c>
       <c r="C66" t="s">
-        <v>675</v>
+        <v>1462</v>
       </c>
       <c r="D66" t="s">
-        <v>676</v>
+        <v>1463</v>
       </c>
     </row>
     <row r="67" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B67" t="s">
-        <v>677</v>
+        <v>1464</v>
       </c>
       <c r="D67" t="s">
-        <v>678</v>
+        <v>1465</v>
       </c>
     </row>
     <row r="68" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B68" t="s">
-        <v>679</v>
-[...2 lines deleted...]
-        <v>680</v>
+        <v>1466</v>
       </c>
       <c r="D68" t="s">
-        <v>681</v>
+        <v>1467</v>
       </c>
     </row>
     <row r="69" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B69" t="s">
-        <v>682</v>
-[...2 lines deleted...]
-        <v>683</v>
+        <v>1468</v>
       </c>
       <c r="D69" t="s">
-        <v>684</v>
+        <v>1469</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <dimension ref="A1:D95"/>
+<file path=xl/worksheets/sheet18.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{846D7678-8338-492D-A8A5-DA7112A16D18}">
+  <dimension ref="A1:D23"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
+  <sheetData>
+    <row r="1" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A1" s="5" t="s">
+        <v>58</v>
+      </c>
+      <c r="B1" s="5" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" s="5" t="s">
+        <v>59</v>
+      </c>
+      <c r="D1" s="5" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="2" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A2" s="4" t="s">
+        <v>1797</v>
+      </c>
+      <c r="B2" s="4" t="s">
+        <v>1798</v>
+      </c>
+      <c r="C2" s="4"/>
+      <c r="D2" s="4" t="s">
+        <v>1799</v>
+      </c>
+    </row>
+    <row r="3" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A3" s="4"/>
+      <c r="B3" s="4" t="s">
+        <v>62</v>
+      </c>
+      <c r="C3" s="4"/>
+      <c r="D3" s="4" t="s">
+        <v>1854</v>
+      </c>
+    </row>
+    <row r="4" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A4" s="4"/>
+      <c r="B4" s="4" t="s">
+        <v>1798</v>
+      </c>
+      <c r="C4" s="4"/>
+      <c r="D4" s="4" t="s">
+        <v>1855</v>
+      </c>
+    </row>
+    <row r="5" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A5" s="4"/>
+      <c r="B5" s="4" t="s">
+        <v>392</v>
+      </c>
+      <c r="C5" s="4"/>
+      <c r="D5" s="4" t="s">
+        <v>1856</v>
+      </c>
+    </row>
+    <row r="6" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A6" s="4"/>
+      <c r="B6" s="4" t="s">
+        <v>1857</v>
+      </c>
+      <c r="C6" s="4"/>
+      <c r="D6" s="4" t="s">
+        <v>1858</v>
+      </c>
+    </row>
+    <row r="7" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A7" s="4"/>
+      <c r="B7" s="4" t="s">
+        <v>394</v>
+      </c>
+      <c r="C7" s="4"/>
+      <c r="D7" s="4" t="s">
+        <v>1859</v>
+      </c>
+    </row>
+    <row r="8" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A8" s="4"/>
+      <c r="B8" s="4" t="s">
+        <v>1860</v>
+      </c>
+      <c r="C8" s="4"/>
+      <c r="D8" s="4" t="s">
+        <v>1861</v>
+      </c>
+    </row>
+    <row r="9" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A9" s="4"/>
+      <c r="B9" s="4" t="s">
+        <v>1862</v>
+      </c>
+      <c r="C9" s="4"/>
+      <c r="D9" s="4" t="s">
+        <v>1863</v>
+      </c>
+    </row>
+    <row r="10" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A10" s="4"/>
+      <c r="B10" s="4" t="s">
+        <v>1864</v>
+      </c>
+      <c r="C10" s="4"/>
+      <c r="D10" s="4" t="s">
+        <v>1865</v>
+      </c>
+    </row>
+    <row r="11" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A11" s="4"/>
+      <c r="B11" s="4" t="s">
+        <v>1866</v>
+      </c>
+      <c r="C11" s="4"/>
+      <c r="D11" s="4" t="s">
+        <v>1867</v>
+      </c>
+    </row>
+    <row r="12" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A12" s="4"/>
+      <c r="B12" s="4" t="s">
+        <v>1868</v>
+      </c>
+      <c r="C12" s="4"/>
+      <c r="D12" s="4" t="s">
+        <v>1869</v>
+      </c>
+    </row>
+    <row r="13" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A13" s="4"/>
+      <c r="B13" s="4" t="s">
+        <v>1870</v>
+      </c>
+      <c r="C13" s="4"/>
+      <c r="D13" s="4" t="s">
+        <v>1871</v>
+      </c>
+    </row>
+    <row r="14" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A14" s="4"/>
+      <c r="B14" s="4" t="s">
+        <v>1872</v>
+      </c>
+      <c r="C14" s="4"/>
+      <c r="D14" s="4" t="s">
+        <v>1873</v>
+      </c>
+    </row>
+    <row r="15" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A15" s="4"/>
+      <c r="B15" s="4" t="s">
+        <v>1874</v>
+      </c>
+      <c r="C15" s="4"/>
+      <c r="D15" s="4" t="s">
+        <v>1875</v>
+      </c>
+    </row>
+    <row r="16" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A16" s="4"/>
+      <c r="B16" s="4" t="s">
+        <v>1876</v>
+      </c>
+      <c r="C16" s="4"/>
+      <c r="D16" s="4" t="s">
+        <v>1877</v>
+      </c>
+    </row>
+    <row r="17" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B17" s="4" t="s">
+        <v>1878</v>
+      </c>
+      <c r="C17" s="4"/>
+      <c r="D17" s="4" t="s">
+        <v>1879</v>
+      </c>
+    </row>
+    <row r="18" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B18" s="4" t="s">
+        <v>1880</v>
+      </c>
+      <c r="C18" s="4"/>
+      <c r="D18" s="4" t="s">
+        <v>1881</v>
+      </c>
+    </row>
+    <row r="19" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B19" s="4" t="s">
+        <v>1882</v>
+      </c>
+      <c r="C19" s="4"/>
+      <c r="D19" s="4" t="s">
+        <v>1883</v>
+      </c>
+    </row>
+    <row r="20" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B20" s="4" t="s">
+        <v>1884</v>
+      </c>
+      <c r="C20" s="4"/>
+      <c r="D20" s="4" t="s">
+        <v>1885</v>
+      </c>
+    </row>
+    <row r="21" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B21" s="4" t="s">
+        <v>1886</v>
+      </c>
+      <c r="C21" s="4"/>
+      <c r="D21" s="4" t="s">
+        <v>1887</v>
+      </c>
+    </row>
+    <row r="22" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B22" s="4" t="s">
+        <v>1888</v>
+      </c>
+      <c r="C22" s="4"/>
+      <c r="D22" s="4" t="s">
+        <v>1889</v>
+      </c>
+    </row>
+    <row r="23" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B23" s="4" t="s">
+        <v>1890</v>
+      </c>
+      <c r="C23" s="4"/>
+      <c r="D23" s="4" t="s">
+        <v>1891</v>
+      </c>
+    </row>
+  </sheetData>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet19.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1000-000000000000}">
+  <dimension ref="A1:D25"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>99</v>
+        <v>58</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>100</v>
+        <v>59</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>101</v>
+        <v>60</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
-        <v>37</v>
+        <v>48</v>
       </c>
       <c r="B2" t="s">
-        <v>38</v>
+        <v>49</v>
       </c>
       <c r="D2" t="s">
-        <v>39</v>
+        <v>50</v>
       </c>
     </row>
     <row r="3" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
-        <v>685</v>
+        <v>1470</v>
       </c>
       <c r="B3" t="s">
-        <v>102</v>
+        <v>62</v>
       </c>
       <c r="D3" t="s">
-        <v>686</v>
+        <v>1471</v>
       </c>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B4" t="s">
-        <v>102</v>
+        <v>98</v>
       </c>
       <c r="D4" t="s">
-        <v>687</v>
+        <v>1472</v>
       </c>
     </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B5" t="s">
-        <v>102</v>
+        <v>392</v>
       </c>
       <c r="D5" t="s">
-        <v>688</v>
+        <v>1473</v>
       </c>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B6" t="s">
-        <v>689</v>
+        <v>1474</v>
       </c>
       <c r="D6" t="s">
-        <v>690</v>
+        <v>1475</v>
       </c>
     </row>
     <row r="7" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B7" t="s">
-        <v>691</v>
+        <v>1476</v>
       </c>
       <c r="D7" t="s">
-        <v>692</v>
+        <v>1477</v>
       </c>
     </row>
     <row r="8" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B8" t="s">
-        <v>689</v>
+        <v>1478</v>
+      </c>
+      <c r="C8" t="s">
+        <v>73</v>
       </c>
       <c r="D8" t="s">
-        <v>693</v>
+        <v>1479</v>
       </c>
     </row>
     <row r="9" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B9" t="s">
-        <v>689</v>
+        <v>1480</v>
+      </c>
+      <c r="C9" t="s">
+        <v>76</v>
       </c>
       <c r="D9" t="s">
-        <v>694</v>
+        <v>1481</v>
       </c>
     </row>
     <row r="10" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B10" t="s">
-        <v>691</v>
+        <v>1482</v>
+      </c>
+      <c r="C10" t="s">
+        <v>79</v>
       </c>
       <c r="D10" t="s">
-        <v>695</v>
+        <v>1483</v>
       </c>
     </row>
     <row r="11" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B11" t="s">
-        <v>691</v>
+        <v>1484</v>
+      </c>
+      <c r="C11" t="s">
+        <v>82</v>
       </c>
       <c r="D11" t="s">
-        <v>696</v>
+        <v>1485</v>
       </c>
     </row>
     <row r="12" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B12" t="s">
-        <v>697</v>
+        <v>1486</v>
       </c>
       <c r="D12" t="s">
-        <v>698</v>
+        <v>1487</v>
       </c>
     </row>
     <row r="13" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B13" t="s">
-        <v>699</v>
+        <v>1488</v>
       </c>
       <c r="C13" t="s">
-        <v>115</v>
+        <v>85</v>
       </c>
       <c r="D13" t="s">
-        <v>700</v>
+        <v>1489</v>
       </c>
     </row>
     <row r="14" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B14" t="s">
-        <v>701</v>
+        <v>1490</v>
       </c>
       <c r="C14" t="s">
-        <v>118</v>
+        <v>88</v>
       </c>
       <c r="D14" t="s">
-        <v>702</v>
+        <v>1491</v>
       </c>
     </row>
     <row r="15" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B15" t="s">
-        <v>703</v>
+        <v>1492</v>
       </c>
       <c r="C15" t="s">
-        <v>121</v>
+        <v>91</v>
       </c>
       <c r="D15" t="s">
-        <v>704</v>
+        <v>1493</v>
       </c>
     </row>
     <row r="16" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B16" t="s">
-        <v>705</v>
+        <v>1494</v>
       </c>
       <c r="C16" t="s">
-        <v>124</v>
+        <v>94</v>
       </c>
       <c r="D16" t="s">
-        <v>706</v>
+        <v>1495</v>
       </c>
     </row>
     <row r="17" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B17" t="s">
-        <v>707</v>
-[...2 lines deleted...]
-        <v>127</v>
+        <v>1496</v>
       </c>
       <c r="D17" t="s">
-        <v>708</v>
+        <v>1497</v>
       </c>
     </row>
     <row r="18" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B18" t="s">
-        <v>709</v>
+        <v>1498</v>
       </c>
       <c r="C18" t="s">
-        <v>132</v>
+        <v>129</v>
       </c>
       <c r="D18" t="s">
-        <v>710</v>
+        <v>1499</v>
       </c>
     </row>
     <row r="19" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B19" t="s">
-        <v>711</v>
+        <v>1500</v>
+      </c>
+      <c r="C19" t="s">
+        <v>132</v>
       </c>
       <c r="D19" t="s">
-        <v>712</v>
+        <v>1501</v>
       </c>
     </row>
     <row r="20" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B20" t="s">
-        <v>713</v>
+        <v>1502</v>
       </c>
       <c r="C20" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
       <c r="D20" t="s">
-        <v>714</v>
+        <v>1503</v>
       </c>
     </row>
     <row r="21" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B21" t="s">
-        <v>715</v>
+        <v>1504</v>
       </c>
       <c r="C21" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="D21" t="s">
-        <v>716</v>
+        <v>1505</v>
       </c>
     </row>
     <row r="22" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B22" t="s">
-        <v>717</v>
-[...2 lines deleted...]
-        <v>243</v>
+        <v>1506</v>
       </c>
       <c r="D22" t="s">
-        <v>718</v>
+        <v>1507</v>
       </c>
     </row>
     <row r="23" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B23" t="s">
-        <v>719</v>
+        <v>1508</v>
       </c>
       <c r="C23" t="s">
-        <v>246</v>
+        <v>143</v>
       </c>
       <c r="D23" t="s">
-        <v>720</v>
+        <v>1509</v>
       </c>
     </row>
     <row r="24" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B24" t="s">
-        <v>721</v>
+        <v>1510</v>
+      </c>
+      <c r="C24" t="s">
+        <v>146</v>
       </c>
       <c r="D24" t="s">
-        <v>722</v>
+        <v>1511</v>
       </c>
     </row>
     <row r="25" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B25" t="s">
-        <v>723</v>
-[...2 lines deleted...]
-        <v>249</v>
+        <v>394</v>
       </c>
       <c r="D25" t="s">
-        <v>724</v>
-[...3653 lines deleted...]
-        <v>1237</v>
+        <v>1512</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
-  <dimension ref="A1:D17"/>
-[...1061 lines deleted...]
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1500-000000000000}">
   <dimension ref="A1:D15"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>99</v>
+        <v>58</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>100</v>
+        <v>59</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>101</v>
+        <v>60</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
-        <v>66</v>
+        <v>7</v>
       </c>
       <c r="B2" t="s">
-        <v>67</v>
+        <v>8</v>
       </c>
       <c r="D2" t="s">
-        <v>68</v>
+        <v>9</v>
       </c>
     </row>
     <row r="3" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A3" t="s">
+        <v>61</v>
+      </c>
       <c r="B3" t="s">
-        <v>102</v>
+        <v>62</v>
       </c>
       <c r="D3" t="s">
-        <v>1391</v>
+        <v>63</v>
       </c>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B4" t="s">
-        <v>104</v>
+        <v>64</v>
       </c>
       <c r="D4" t="s">
-        <v>1392</v>
+        <v>65</v>
       </c>
     </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B5" t="s">
-        <v>106</v>
+        <v>66</v>
       </c>
       <c r="D5" t="s">
-        <v>1393</v>
+        <v>67</v>
       </c>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B6" t="s">
-        <v>108</v>
+        <v>68</v>
       </c>
       <c r="D6" t="s">
-        <v>1394</v>
+        <v>69</v>
       </c>
     </row>
     <row r="7" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B7" t="s">
-        <v>1395</v>
+        <v>70</v>
       </c>
       <c r="D7" t="s">
-        <v>1396</v>
+        <v>71</v>
       </c>
     </row>
     <row r="8" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B8" t="s">
-        <v>1397</v>
+        <v>72</v>
       </c>
       <c r="C8" t="s">
-        <v>115</v>
+        <v>73</v>
       </c>
       <c r="D8" t="s">
-        <v>1398</v>
+        <v>74</v>
       </c>
     </row>
     <row r="9" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B9" t="s">
-        <v>1399</v>
+        <v>75</v>
       </c>
       <c r="C9" t="s">
-        <v>118</v>
+        <v>76</v>
       </c>
       <c r="D9" t="s">
-        <v>1400</v>
+        <v>77</v>
       </c>
     </row>
     <row r="10" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B10" t="s">
-        <v>1401</v>
+        <v>78</v>
       </c>
       <c r="C10" t="s">
-        <v>121</v>
+        <v>79</v>
       </c>
       <c r="D10" t="s">
-        <v>1402</v>
+        <v>80</v>
       </c>
     </row>
     <row r="11" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B11" t="s">
-        <v>1403</v>
+        <v>81</v>
       </c>
       <c r="C11" t="s">
-        <v>124</v>
+        <v>82</v>
       </c>
       <c r="D11" t="s">
-        <v>1404</v>
+        <v>83</v>
       </c>
     </row>
     <row r="12" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B12" t="s">
-        <v>1405</v>
+        <v>84</v>
       </c>
       <c r="C12" t="s">
-        <v>127</v>
+        <v>85</v>
       </c>
       <c r="D12" t="s">
-        <v>1406</v>
+        <v>86</v>
       </c>
     </row>
     <row r="13" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B13" t="s">
-        <v>1407</v>
+        <v>87</v>
       </c>
       <c r="C13" t="s">
-        <v>132</v>
+        <v>88</v>
       </c>
       <c r="D13" t="s">
-        <v>1408</v>
+        <v>89</v>
       </c>
     </row>
     <row r="14" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B14" t="s">
-        <v>1409</v>
+        <v>90</v>
       </c>
       <c r="C14" t="s">
-        <v>135</v>
+        <v>91</v>
       </c>
       <c r="D14" t="s">
-        <v>1410</v>
+        <v>92</v>
       </c>
     </row>
     <row r="15" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B15" t="s">
-        <v>1411</v>
+        <v>93</v>
+      </c>
+      <c r="C15" t="s">
+        <v>94</v>
       </c>
       <c r="D15" t="s">
-        <v>1412</v>
+        <v>95</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet23.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <dimension ref="A1:D26"/>
+<file path=xl/worksheets/sheet20.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1100-000000000000}">
+  <dimension ref="A1:D153"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="1" width="22.08984375" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="50.7265625" customWidth="1"/>
+    <col min="3" max="3" width="12" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="50.7265625" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A1" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="B1" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" s="1" t="s">
+        <v>59</v>
+      </c>
+      <c r="D1" s="1" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="2" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A2" t="s">
+        <v>51</v>
+      </c>
+      <c r="B2" t="s">
+        <v>1892</v>
+      </c>
+      <c r="D2" t="s">
+        <v>1893</v>
+      </c>
+    </row>
+    <row r="3" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A3" t="s">
+        <v>1513</v>
+      </c>
+      <c r="B3" t="s">
+        <v>62</v>
+      </c>
+      <c r="D3" t="s">
+        <v>2081</v>
+      </c>
+    </row>
+    <row r="4" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A4" t="s">
+        <v>1894</v>
+      </c>
+      <c r="B4" t="s">
+        <v>1895</v>
+      </c>
+      <c r="D4" t="s">
+        <v>2082</v>
+      </c>
+    </row>
+    <row r="5" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B5" t="s">
+        <v>1895</v>
+      </c>
+      <c r="D5" t="s">
+        <v>2083</v>
+      </c>
+    </row>
+    <row r="6" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B6" t="s">
+        <v>64</v>
+      </c>
+      <c r="D6" t="s">
+        <v>2084</v>
+      </c>
+    </row>
+    <row r="7" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B7" t="s">
+        <v>1896</v>
+      </c>
+      <c r="D7" t="s">
+        <v>2085</v>
+      </c>
+    </row>
+    <row r="8" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B8" t="s">
+        <v>392</v>
+      </c>
+      <c r="D8" t="s">
+        <v>2086</v>
+      </c>
+    </row>
+    <row r="9" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B9" t="s">
+        <v>68</v>
+      </c>
+      <c r="D9" t="s">
+        <v>2087</v>
+      </c>
+    </row>
+    <row r="10" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B10" t="s">
+        <v>394</v>
+      </c>
+      <c r="D10" t="s">
+        <v>2088</v>
+      </c>
+    </row>
+    <row r="11" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B11" t="s">
+        <v>1897</v>
+      </c>
+      <c r="D11" t="s">
+        <v>2089</v>
+      </c>
+    </row>
+    <row r="12" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B12" t="s">
+        <v>1898</v>
+      </c>
+      <c r="C12" t="s">
+        <v>291</v>
+      </c>
+      <c r="D12" t="s">
+        <v>2090</v>
+      </c>
+    </row>
+    <row r="13" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B13" t="s">
+        <v>1514</v>
+      </c>
+      <c r="C13" t="s">
+        <v>294</v>
+      </c>
+      <c r="D13" t="s">
+        <v>2091</v>
+      </c>
+    </row>
+    <row r="14" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B14" t="s">
+        <v>1516</v>
+      </c>
+      <c r="C14" t="s">
+        <v>297</v>
+      </c>
+      <c r="D14" t="s">
+        <v>2092</v>
+      </c>
+    </row>
+    <row r="15" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B15" t="s">
+        <v>1517</v>
+      </c>
+      <c r="C15" t="s">
+        <v>300</v>
+      </c>
+      <c r="D15" t="s">
+        <v>2093</v>
+      </c>
+    </row>
+    <row r="16" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B16" t="s">
+        <v>1899</v>
+      </c>
+      <c r="C16" t="s">
+        <v>303</v>
+      </c>
+      <c r="D16" t="s">
+        <v>2094</v>
+      </c>
+    </row>
+    <row r="17" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B17" t="s">
+        <v>1900</v>
+      </c>
+      <c r="C17" t="s">
+        <v>308</v>
+      </c>
+      <c r="D17" t="s">
+        <v>2095</v>
+      </c>
+    </row>
+    <row r="18" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B18" t="s">
+        <v>1901</v>
+      </c>
+      <c r="C18" t="s">
+        <v>311</v>
+      </c>
+      <c r="D18" t="s">
+        <v>2096</v>
+      </c>
+    </row>
+    <row r="19" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B19" t="s">
+        <v>1902</v>
+      </c>
+      <c r="C19" t="s">
+        <v>314</v>
+      </c>
+      <c r="D19" t="s">
+        <v>2097</v>
+      </c>
+    </row>
+    <row r="20" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B20" t="s">
+        <v>1903</v>
+      </c>
+      <c r="C20" t="s">
+        <v>317</v>
+      </c>
+      <c r="D20" t="s">
+        <v>2098</v>
+      </c>
+    </row>
+    <row r="21" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B21" t="s">
+        <v>1904</v>
+      </c>
+      <c r="D21" t="s">
+        <v>2099</v>
+      </c>
+    </row>
+    <row r="22" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B22" t="s">
+        <v>1905</v>
+      </c>
+      <c r="C22" t="s">
+        <v>320</v>
+      </c>
+      <c r="D22" t="s">
+        <v>2100</v>
+      </c>
+    </row>
+    <row r="23" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B23" t="s">
+        <v>1518</v>
+      </c>
+      <c r="C23" t="s">
+        <v>323</v>
+      </c>
+      <c r="D23" t="s">
+        <v>2101</v>
+      </c>
+    </row>
+    <row r="24" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B24" t="s">
+        <v>1906</v>
+      </c>
+      <c r="C24" t="s">
+        <v>326</v>
+      </c>
+      <c r="D24" t="s">
+        <v>2102</v>
+      </c>
+    </row>
+    <row r="25" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B25" t="s">
+        <v>1519</v>
+      </c>
+      <c r="C25" t="s">
+        <v>329</v>
+      </c>
+      <c r="D25" t="s">
+        <v>2103</v>
+      </c>
+    </row>
+    <row r="26" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B26" t="s">
+        <v>1520</v>
+      </c>
+      <c r="C26" t="s">
+        <v>332</v>
+      </c>
+      <c r="D26" t="s">
+        <v>2104</v>
+      </c>
+    </row>
+    <row r="27" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B27" t="s">
+        <v>1521</v>
+      </c>
+      <c r="C27" t="s">
+        <v>335</v>
+      </c>
+      <c r="D27" t="s">
+        <v>2105</v>
+      </c>
+    </row>
+    <row r="28" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B28" t="s">
+        <v>1522</v>
+      </c>
+      <c r="C28" t="s">
+        <v>338</v>
+      </c>
+      <c r="D28" t="s">
+        <v>2106</v>
+      </c>
+    </row>
+    <row r="29" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B29" t="s">
+        <v>1523</v>
+      </c>
+      <c r="C29" t="s">
+        <v>341</v>
+      </c>
+      <c r="D29" t="s">
+        <v>2107</v>
+      </c>
+    </row>
+    <row r="30" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B30" t="s">
+        <v>1524</v>
+      </c>
+      <c r="C30" t="s">
+        <v>344</v>
+      </c>
+      <c r="D30" t="s">
+        <v>2108</v>
+      </c>
+    </row>
+    <row r="31" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B31" t="s">
+        <v>1525</v>
+      </c>
+      <c r="C31" t="s">
+        <v>347</v>
+      </c>
+      <c r="D31" t="s">
+        <v>2109</v>
+      </c>
+    </row>
+    <row r="32" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B32" t="s">
+        <v>1526</v>
+      </c>
+      <c r="C32" t="s">
+        <v>350</v>
+      </c>
+      <c r="D32" t="s">
+        <v>2110</v>
+      </c>
+    </row>
+    <row r="33" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B33" t="s">
+        <v>1907</v>
+      </c>
+      <c r="C33" t="s">
+        <v>353</v>
+      </c>
+      <c r="D33" t="s">
+        <v>2111</v>
+      </c>
+    </row>
+    <row r="34" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B34" t="s">
+        <v>1908</v>
+      </c>
+      <c r="C34" t="s">
+        <v>356</v>
+      </c>
+      <c r="D34" t="s">
+        <v>2112</v>
+      </c>
+    </row>
+    <row r="35" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B35" t="s">
+        <v>1909</v>
+      </c>
+      <c r="C35" t="s">
+        <v>359</v>
+      </c>
+      <c r="D35" t="s">
+        <v>2113</v>
+      </c>
+    </row>
+    <row r="36" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B36" t="s">
+        <v>1910</v>
+      </c>
+      <c r="D36" t="s">
+        <v>2114</v>
+      </c>
+    </row>
+    <row r="37" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B37" t="s">
+        <v>1515</v>
+      </c>
+      <c r="C37" t="s">
+        <v>364</v>
+      </c>
+      <c r="D37" t="s">
+        <v>2115</v>
+      </c>
+    </row>
+    <row r="38" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B38" t="s">
+        <v>1564</v>
+      </c>
+      <c r="C38" t="s">
+        <v>367</v>
+      </c>
+      <c r="D38" t="s">
+        <v>2116</v>
+      </c>
+    </row>
+    <row r="39" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B39" t="s">
+        <v>1530</v>
+      </c>
+      <c r="C39" t="s">
+        <v>370</v>
+      </c>
+      <c r="D39" t="s">
+        <v>2117</v>
+      </c>
+    </row>
+    <row r="40" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B40" t="s">
+        <v>1911</v>
+      </c>
+      <c r="C40" t="s">
+        <v>373</v>
+      </c>
+      <c r="D40" t="s">
+        <v>2118</v>
+      </c>
+    </row>
+    <row r="41" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B41" t="s">
+        <v>1912</v>
+      </c>
+      <c r="C41" t="s">
+        <v>378</v>
+      </c>
+      <c r="D41" t="s">
+        <v>2119</v>
+      </c>
+    </row>
+    <row r="42" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B42" t="s">
+        <v>1538</v>
+      </c>
+      <c r="C42" t="s">
+        <v>381</v>
+      </c>
+      <c r="D42" t="s">
+        <v>2120</v>
+      </c>
+    </row>
+    <row r="43" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B43" t="s">
+        <v>1913</v>
+      </c>
+      <c r="C43" t="s">
+        <v>384</v>
+      </c>
+      <c r="D43" t="s">
+        <v>2121</v>
+      </c>
+    </row>
+    <row r="44" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B44" t="s">
+        <v>1914</v>
+      </c>
+      <c r="D44" t="s">
+        <v>2122</v>
+      </c>
+    </row>
+    <row r="45" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B45" t="s">
+        <v>1527</v>
+      </c>
+      <c r="C45" t="s">
+        <v>1915</v>
+      </c>
+      <c r="D45" t="s">
+        <v>2123</v>
+      </c>
+    </row>
+    <row r="46" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B46" t="s">
+        <v>1528</v>
+      </c>
+      <c r="C46" t="s">
+        <v>1916</v>
+      </c>
+      <c r="D46" t="s">
+        <v>2124</v>
+      </c>
+    </row>
+    <row r="47" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B47" t="s">
+        <v>1529</v>
+      </c>
+      <c r="C47" t="s">
+        <v>1917</v>
+      </c>
+      <c r="D47" t="s">
+        <v>2125</v>
+      </c>
+    </row>
+    <row r="48" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B48" t="s">
+        <v>1918</v>
+      </c>
+      <c r="C48" t="s">
+        <v>1919</v>
+      </c>
+      <c r="D48" t="s">
+        <v>2126</v>
+      </c>
+    </row>
+    <row r="49" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B49" t="s">
+        <v>1920</v>
+      </c>
+      <c r="D49" t="s">
+        <v>2127</v>
+      </c>
+    </row>
+    <row r="50" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B50" t="s">
+        <v>1921</v>
+      </c>
+      <c r="C50" t="s">
+        <v>1922</v>
+      </c>
+      <c r="D50" t="s">
+        <v>2128</v>
+      </c>
+    </row>
+    <row r="51" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B51" t="s">
+        <v>1923</v>
+      </c>
+      <c r="C51" t="s">
+        <v>1924</v>
+      </c>
+      <c r="D51" t="s">
+        <v>2129</v>
+      </c>
+    </row>
+    <row r="52" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B52" t="s">
+        <v>1925</v>
+      </c>
+      <c r="C52" t="s">
+        <v>1926</v>
+      </c>
+      <c r="D52" t="s">
+        <v>2130</v>
+      </c>
+    </row>
+    <row r="53" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B53" t="s">
+        <v>1927</v>
+      </c>
+      <c r="C53" t="s">
+        <v>1928</v>
+      </c>
+      <c r="D53" t="s">
+        <v>2131</v>
+      </c>
+    </row>
+    <row r="54" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B54" t="s">
+        <v>1537</v>
+      </c>
+      <c r="C54" t="s">
+        <v>1929</v>
+      </c>
+      <c r="D54" t="s">
+        <v>2132</v>
+      </c>
+    </row>
+    <row r="55" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B55" t="s">
+        <v>1930</v>
+      </c>
+      <c r="C55" t="s">
+        <v>1931</v>
+      </c>
+      <c r="D55" t="s">
+        <v>2133</v>
+      </c>
+    </row>
+    <row r="56" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B56" t="s">
+        <v>1932</v>
+      </c>
+      <c r="C56" t="s">
+        <v>1933</v>
+      </c>
+      <c r="D56" t="s">
+        <v>2134</v>
+      </c>
+    </row>
+    <row r="57" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B57" t="s">
+        <v>1934</v>
+      </c>
+      <c r="C57" t="s">
+        <v>1935</v>
+      </c>
+      <c r="D57" t="s">
+        <v>2135</v>
+      </c>
+    </row>
+    <row r="58" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B58" t="s">
+        <v>1536</v>
+      </c>
+      <c r="C58" t="s">
+        <v>1936</v>
+      </c>
+      <c r="D58" t="s">
+        <v>2136</v>
+      </c>
+    </row>
+    <row r="59" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B59" t="s">
+        <v>1535</v>
+      </c>
+      <c r="C59" t="s">
+        <v>1937</v>
+      </c>
+      <c r="D59" t="s">
+        <v>2137</v>
+      </c>
+    </row>
+    <row r="60" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B60" t="s">
+        <v>1531</v>
+      </c>
+      <c r="C60" t="s">
+        <v>1938</v>
+      </c>
+      <c r="D60" t="s">
+        <v>2138</v>
+      </c>
+    </row>
+    <row r="61" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B61" t="s">
+        <v>1939</v>
+      </c>
+      <c r="C61" t="s">
+        <v>1940</v>
+      </c>
+      <c r="D61" t="s">
+        <v>2139</v>
+      </c>
+    </row>
+    <row r="62" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B62" t="s">
+        <v>1532</v>
+      </c>
+      <c r="C62" t="s">
+        <v>1941</v>
+      </c>
+      <c r="D62" t="s">
+        <v>2140</v>
+      </c>
+    </row>
+    <row r="63" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B63" t="s">
+        <v>1533</v>
+      </c>
+      <c r="C63" t="s">
+        <v>1942</v>
+      </c>
+      <c r="D63" t="s">
+        <v>2141</v>
+      </c>
+    </row>
+    <row r="64" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B64" t="s">
+        <v>1943</v>
+      </c>
+      <c r="C64" t="s">
+        <v>1944</v>
+      </c>
+      <c r="D64" t="s">
+        <v>2142</v>
+      </c>
+    </row>
+    <row r="65" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B65" t="s">
+        <v>1534</v>
+      </c>
+      <c r="C65" t="s">
+        <v>1945</v>
+      </c>
+      <c r="D65" t="s">
+        <v>2143</v>
+      </c>
+    </row>
+    <row r="66" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B66" t="s">
+        <v>1946</v>
+      </c>
+      <c r="D66" t="s">
+        <v>2144</v>
+      </c>
+    </row>
+    <row r="67" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B67" t="s">
+        <v>1947</v>
+      </c>
+      <c r="C67" t="s">
+        <v>1948</v>
+      </c>
+      <c r="D67" t="s">
+        <v>2145</v>
+      </c>
+    </row>
+    <row r="68" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B68" t="s">
+        <v>1539</v>
+      </c>
+      <c r="C68" t="s">
+        <v>1949</v>
+      </c>
+      <c r="D68" t="s">
+        <v>2146</v>
+      </c>
+    </row>
+    <row r="69" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B69" t="s">
+        <v>1950</v>
+      </c>
+      <c r="C69" t="s">
+        <v>1951</v>
+      </c>
+      <c r="D69" t="s">
+        <v>2147</v>
+      </c>
+    </row>
+    <row r="70" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B70" t="s">
+        <v>1952</v>
+      </c>
+      <c r="C70" t="s">
+        <v>1953</v>
+      </c>
+      <c r="D70" t="s">
+        <v>2148</v>
+      </c>
+    </row>
+    <row r="71" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B71" t="s">
+        <v>1954</v>
+      </c>
+      <c r="D71" t="s">
+        <v>2149</v>
+      </c>
+    </row>
+    <row r="72" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B72" t="s">
+        <v>1540</v>
+      </c>
+      <c r="C72" t="s">
+        <v>1955</v>
+      </c>
+      <c r="D72" t="s">
+        <v>2150</v>
+      </c>
+    </row>
+    <row r="73" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B73" t="s">
+        <v>1541</v>
+      </c>
+      <c r="C73" t="s">
+        <v>1956</v>
+      </c>
+      <c r="D73" t="s">
+        <v>2151</v>
+      </c>
+    </row>
+    <row r="74" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B74" t="s">
+        <v>1957</v>
+      </c>
+      <c r="C74" t="s">
+        <v>1958</v>
+      </c>
+      <c r="D74" t="s">
+        <v>2152</v>
+      </c>
+    </row>
+    <row r="75" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B75" t="s">
+        <v>1542</v>
+      </c>
+      <c r="C75" t="s">
+        <v>1959</v>
+      </c>
+      <c r="D75" t="s">
+        <v>2153</v>
+      </c>
+    </row>
+    <row r="76" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B76" t="s">
+        <v>1960</v>
+      </c>
+      <c r="C76" t="s">
+        <v>1961</v>
+      </c>
+      <c r="D76" t="s">
+        <v>2154</v>
+      </c>
+    </row>
+    <row r="77" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B77" t="s">
+        <v>1962</v>
+      </c>
+      <c r="D77" t="s">
+        <v>2155</v>
+      </c>
+    </row>
+    <row r="78" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B78" t="s">
+        <v>1543</v>
+      </c>
+      <c r="C78" t="s">
+        <v>1963</v>
+      </c>
+      <c r="D78" t="s">
+        <v>2156</v>
+      </c>
+    </row>
+    <row r="79" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B79" t="s">
+        <v>1964</v>
+      </c>
+      <c r="C79" t="s">
+        <v>1965</v>
+      </c>
+      <c r="D79" t="s">
+        <v>2157</v>
+      </c>
+    </row>
+    <row r="80" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B80" t="s">
+        <v>1966</v>
+      </c>
+      <c r="C80" t="s">
+        <v>1967</v>
+      </c>
+      <c r="D80" t="s">
+        <v>2158</v>
+      </c>
+    </row>
+    <row r="81" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B81" t="s">
+        <v>1968</v>
+      </c>
+      <c r="C81" t="s">
+        <v>1969</v>
+      </c>
+      <c r="D81" t="s">
+        <v>2159</v>
+      </c>
+    </row>
+    <row r="82" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B82" t="s">
+        <v>1544</v>
+      </c>
+      <c r="C82" t="s">
+        <v>1970</v>
+      </c>
+      <c r="D82" t="s">
+        <v>2160</v>
+      </c>
+    </row>
+    <row r="83" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B83" t="s">
+        <v>1971</v>
+      </c>
+      <c r="C83" t="s">
+        <v>1972</v>
+      </c>
+      <c r="D83" t="s">
+        <v>2161</v>
+      </c>
+    </row>
+    <row r="84" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B84" t="s">
+        <v>1973</v>
+      </c>
+      <c r="C84" t="s">
+        <v>1974</v>
+      </c>
+      <c r="D84" t="s">
+        <v>2162</v>
+      </c>
+    </row>
+    <row r="85" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B85" t="s">
+        <v>1975</v>
+      </c>
+      <c r="C85" t="s">
+        <v>1976</v>
+      </c>
+      <c r="D85" t="s">
+        <v>2163</v>
+      </c>
+    </row>
+    <row r="86" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B86" t="s">
+        <v>1977</v>
+      </c>
+      <c r="C86" t="s">
+        <v>1978</v>
+      </c>
+      <c r="D86" t="s">
+        <v>2164</v>
+      </c>
+    </row>
+    <row r="87" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B87" t="s">
+        <v>1979</v>
+      </c>
+      <c r="D87" t="s">
+        <v>2165</v>
+      </c>
+    </row>
+    <row r="88" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B88" t="s">
+        <v>1545</v>
+      </c>
+      <c r="C88" t="s">
+        <v>1980</v>
+      </c>
+      <c r="D88" t="s">
+        <v>2166</v>
+      </c>
+    </row>
+    <row r="89" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B89" t="s">
+        <v>1981</v>
+      </c>
+      <c r="C89" t="s">
+        <v>1982</v>
+      </c>
+      <c r="D89" t="s">
+        <v>2167</v>
+      </c>
+    </row>
+    <row r="90" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B90" t="s">
+        <v>1546</v>
+      </c>
+      <c r="C90" t="s">
+        <v>1983</v>
+      </c>
+      <c r="D90" t="s">
+        <v>2168</v>
+      </c>
+    </row>
+    <row r="91" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B91" t="s">
+        <v>1547</v>
+      </c>
+      <c r="C91" t="s">
+        <v>1984</v>
+      </c>
+      <c r="D91" t="s">
+        <v>2169</v>
+      </c>
+    </row>
+    <row r="92" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B92" t="s">
+        <v>1548</v>
+      </c>
+      <c r="C92" t="s">
+        <v>1985</v>
+      </c>
+      <c r="D92" t="s">
+        <v>2170</v>
+      </c>
+    </row>
+    <row r="93" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B93" t="s">
+        <v>1986</v>
+      </c>
+      <c r="C93" t="s">
+        <v>1987</v>
+      </c>
+      <c r="D93" t="s">
+        <v>2171</v>
+      </c>
+    </row>
+    <row r="94" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B94" t="s">
+        <v>1549</v>
+      </c>
+      <c r="C94" t="s">
+        <v>1988</v>
+      </c>
+      <c r="D94" t="s">
+        <v>2172</v>
+      </c>
+    </row>
+    <row r="95" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B95" t="s">
+        <v>1989</v>
+      </c>
+      <c r="C95" t="s">
+        <v>1990</v>
+      </c>
+      <c r="D95" t="s">
+        <v>2173</v>
+      </c>
+    </row>
+    <row r="96" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B96" t="s">
+        <v>1550</v>
+      </c>
+      <c r="C96" t="s">
+        <v>1991</v>
+      </c>
+      <c r="D96" t="s">
+        <v>2174</v>
+      </c>
+    </row>
+    <row r="97" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B97" t="s">
+        <v>1551</v>
+      </c>
+      <c r="C97" t="s">
+        <v>1992</v>
+      </c>
+      <c r="D97" t="s">
+        <v>2175</v>
+      </c>
+    </row>
+    <row r="98" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B98" t="s">
+        <v>1552</v>
+      </c>
+      <c r="C98" t="s">
+        <v>1993</v>
+      </c>
+      <c r="D98" t="s">
+        <v>2176</v>
+      </c>
+    </row>
+    <row r="99" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B99" t="s">
+        <v>1553</v>
+      </c>
+      <c r="C99" t="s">
+        <v>1994</v>
+      </c>
+      <c r="D99" t="s">
+        <v>2177</v>
+      </c>
+    </row>
+    <row r="100" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B100" t="s">
+        <v>1995</v>
+      </c>
+      <c r="C100" t="s">
+        <v>1996</v>
+      </c>
+      <c r="D100" t="s">
+        <v>2178</v>
+      </c>
+    </row>
+    <row r="101" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B101" t="s">
+        <v>1554</v>
+      </c>
+      <c r="C101" t="s">
+        <v>1997</v>
+      </c>
+      <c r="D101" t="s">
+        <v>2179</v>
+      </c>
+    </row>
+    <row r="102" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B102" t="s">
+        <v>1998</v>
+      </c>
+      <c r="C102" t="s">
+        <v>1999</v>
+      </c>
+      <c r="D102" t="s">
+        <v>2180</v>
+      </c>
+    </row>
+    <row r="103" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B103" t="s">
+        <v>2000</v>
+      </c>
+      <c r="D103" t="s">
+        <v>2181</v>
+      </c>
+    </row>
+    <row r="104" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B104" t="s">
+        <v>2001</v>
+      </c>
+      <c r="C104" t="s">
+        <v>2002</v>
+      </c>
+      <c r="D104" t="s">
+        <v>2182</v>
+      </c>
+    </row>
+    <row r="105" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B105" t="s">
+        <v>1555</v>
+      </c>
+      <c r="C105" t="s">
+        <v>2003</v>
+      </c>
+      <c r="D105" t="s">
+        <v>2183</v>
+      </c>
+    </row>
+    <row r="106" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B106" t="s">
+        <v>1556</v>
+      </c>
+      <c r="C106" t="s">
+        <v>2004</v>
+      </c>
+      <c r="D106" t="s">
+        <v>2184</v>
+      </c>
+    </row>
+    <row r="107" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B107" t="s">
+        <v>2005</v>
+      </c>
+      <c r="D107" t="s">
+        <v>2185</v>
+      </c>
+    </row>
+    <row r="108" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B108" t="s">
+        <v>2006</v>
+      </c>
+      <c r="C108" t="s">
+        <v>2007</v>
+      </c>
+      <c r="D108" t="s">
+        <v>2186</v>
+      </c>
+    </row>
+    <row r="109" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B109" t="s">
+        <v>2008</v>
+      </c>
+      <c r="C109" t="s">
+        <v>2009</v>
+      </c>
+      <c r="D109" t="s">
+        <v>2187</v>
+      </c>
+    </row>
+    <row r="110" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B110" t="s">
+        <v>2010</v>
+      </c>
+      <c r="C110" t="s">
+        <v>2011</v>
+      </c>
+      <c r="D110" t="s">
+        <v>2188</v>
+      </c>
+    </row>
+    <row r="111" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B111" t="s">
+        <v>2012</v>
+      </c>
+      <c r="C111" t="s">
+        <v>2013</v>
+      </c>
+      <c r="D111" t="s">
+        <v>2189</v>
+      </c>
+    </row>
+    <row r="112" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B112" t="s">
+        <v>2014</v>
+      </c>
+      <c r="C112" t="s">
+        <v>2015</v>
+      </c>
+      <c r="D112" t="s">
+        <v>2190</v>
+      </c>
+    </row>
+    <row r="113" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B113" t="s">
+        <v>2016</v>
+      </c>
+      <c r="C113" t="s">
+        <v>2017</v>
+      </c>
+      <c r="D113" t="s">
+        <v>2191</v>
+      </c>
+    </row>
+    <row r="114" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B114" t="s">
+        <v>2018</v>
+      </c>
+      <c r="C114" t="s">
+        <v>2019</v>
+      </c>
+      <c r="D114" t="s">
+        <v>2192</v>
+      </c>
+    </row>
+    <row r="115" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B115" t="s">
+        <v>2020</v>
+      </c>
+      <c r="C115" t="s">
+        <v>2021</v>
+      </c>
+      <c r="D115" t="s">
+        <v>2193</v>
+      </c>
+    </row>
+    <row r="116" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B116" t="s">
+        <v>2022</v>
+      </c>
+      <c r="C116" t="s">
+        <v>2023</v>
+      </c>
+      <c r="D116" t="s">
+        <v>2194</v>
+      </c>
+    </row>
+    <row r="117" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B117" t="s">
+        <v>2024</v>
+      </c>
+      <c r="C117" t="s">
+        <v>2025</v>
+      </c>
+      <c r="D117" t="s">
+        <v>2195</v>
+      </c>
+    </row>
+    <row r="118" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B118" t="s">
+        <v>2026</v>
+      </c>
+      <c r="C118" t="s">
+        <v>2027</v>
+      </c>
+      <c r="D118" t="s">
+        <v>2196</v>
+      </c>
+    </row>
+    <row r="119" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B119" t="s">
+        <v>2028</v>
+      </c>
+      <c r="C119" t="s">
+        <v>2029</v>
+      </c>
+      <c r="D119" t="s">
+        <v>2197</v>
+      </c>
+    </row>
+    <row r="120" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B120" t="s">
+        <v>2030</v>
+      </c>
+      <c r="C120" t="s">
+        <v>2031</v>
+      </c>
+      <c r="D120" t="s">
+        <v>2198</v>
+      </c>
+    </row>
+    <row r="121" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B121" t="s">
+        <v>2032</v>
+      </c>
+      <c r="D121" t="s">
+        <v>2199</v>
+      </c>
+    </row>
+    <row r="122" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B122" t="s">
+        <v>1557</v>
+      </c>
+      <c r="C122" t="s">
+        <v>2033</v>
+      </c>
+      <c r="D122" t="s">
+        <v>2200</v>
+      </c>
+    </row>
+    <row r="123" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B123" t="s">
+        <v>2034</v>
+      </c>
+      <c r="C123" t="s">
+        <v>2035</v>
+      </c>
+      <c r="D123" t="s">
+        <v>2201</v>
+      </c>
+    </row>
+    <row r="124" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B124" t="s">
+        <v>2036</v>
+      </c>
+      <c r="C124" t="s">
+        <v>2037</v>
+      </c>
+      <c r="D124" t="s">
+        <v>2202</v>
+      </c>
+    </row>
+    <row r="125" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B125" t="s">
+        <v>2038</v>
+      </c>
+      <c r="C125" t="s">
+        <v>2039</v>
+      </c>
+      <c r="D125" t="s">
+        <v>2203</v>
+      </c>
+    </row>
+    <row r="126" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B126" t="s">
+        <v>2040</v>
+      </c>
+      <c r="C126" t="s">
+        <v>2041</v>
+      </c>
+      <c r="D126" t="s">
+        <v>2204</v>
+      </c>
+    </row>
+    <row r="127" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B127" t="s">
+        <v>2042</v>
+      </c>
+      <c r="C127" t="s">
+        <v>2043</v>
+      </c>
+      <c r="D127" t="s">
+        <v>2205</v>
+      </c>
+    </row>
+    <row r="128" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B128" t="s">
+        <v>2044</v>
+      </c>
+      <c r="C128" t="s">
+        <v>2045</v>
+      </c>
+      <c r="D128" t="s">
+        <v>2206</v>
+      </c>
+    </row>
+    <row r="129" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B129" t="s">
+        <v>2046</v>
+      </c>
+      <c r="C129" t="s">
+        <v>2047</v>
+      </c>
+      <c r="D129" t="s">
+        <v>2207</v>
+      </c>
+    </row>
+    <row r="130" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B130" t="s">
+        <v>2048</v>
+      </c>
+      <c r="D130" t="s">
+        <v>2208</v>
+      </c>
+    </row>
+    <row r="131" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B131" t="s">
+        <v>1558</v>
+      </c>
+      <c r="C131" t="s">
+        <v>2049</v>
+      </c>
+      <c r="D131" t="s">
+        <v>2209</v>
+      </c>
+    </row>
+    <row r="132" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B132" t="s">
+        <v>1559</v>
+      </c>
+      <c r="C132" t="s">
+        <v>2050</v>
+      </c>
+      <c r="D132" t="s">
+        <v>2210</v>
+      </c>
+    </row>
+    <row r="133" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B133" t="s">
+        <v>2051</v>
+      </c>
+      <c r="C133" t="s">
+        <v>2052</v>
+      </c>
+      <c r="D133" t="s">
+        <v>2211</v>
+      </c>
+    </row>
+    <row r="134" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B134" t="s">
+        <v>1560</v>
+      </c>
+      <c r="C134" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D134" t="s">
+        <v>2212</v>
+      </c>
+    </row>
+    <row r="135" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B135" t="s">
+        <v>1561</v>
+      </c>
+      <c r="C135" t="s">
+        <v>2054</v>
+      </c>
+      <c r="D135" t="s">
+        <v>2213</v>
+      </c>
+    </row>
+    <row r="136" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B136" t="s">
+        <v>1562</v>
+      </c>
+      <c r="C136" t="s">
+        <v>2055</v>
+      </c>
+      <c r="D136" t="s">
+        <v>2214</v>
+      </c>
+    </row>
+    <row r="137" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B137" t="s">
+        <v>2056</v>
+      </c>
+      <c r="C137" t="s">
+        <v>2057</v>
+      </c>
+      <c r="D137" t="s">
+        <v>2215</v>
+      </c>
+    </row>
+    <row r="138" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B138" t="s">
+        <v>1563</v>
+      </c>
+      <c r="C138" t="s">
+        <v>2058</v>
+      </c>
+      <c r="D138" t="s">
+        <v>2216</v>
+      </c>
+    </row>
+    <row r="139" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B139" t="s">
+        <v>2059</v>
+      </c>
+      <c r="D139" t="s">
+        <v>2217</v>
+      </c>
+    </row>
+    <row r="140" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B140" t="s">
+        <v>1565</v>
+      </c>
+      <c r="C140" t="s">
+        <v>2060</v>
+      </c>
+      <c r="D140" t="s">
+        <v>2218</v>
+      </c>
+    </row>
+    <row r="141" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B141" t="s">
+        <v>1566</v>
+      </c>
+      <c r="C141" t="s">
+        <v>2061</v>
+      </c>
+      <c r="D141" t="s">
+        <v>2219</v>
+      </c>
+    </row>
+    <row r="142" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B142" t="s">
+        <v>1567</v>
+      </c>
+      <c r="C142" t="s">
+        <v>2062</v>
+      </c>
+      <c r="D142" t="s">
+        <v>2220</v>
+      </c>
+    </row>
+    <row r="143" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B143" t="s">
+        <v>2063</v>
+      </c>
+      <c r="C143" t="s">
+        <v>2064</v>
+      </c>
+      <c r="D143" t="s">
+        <v>2221</v>
+      </c>
+    </row>
+    <row r="144" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B144" t="s">
+        <v>2065</v>
+      </c>
+      <c r="C144" t="s">
+        <v>2066</v>
+      </c>
+      <c r="D144" t="s">
+        <v>2222</v>
+      </c>
+    </row>
+    <row r="145" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B145" t="s">
+        <v>2067</v>
+      </c>
+      <c r="C145" t="s">
+        <v>2068</v>
+      </c>
+      <c r="D145" t="s">
+        <v>2223</v>
+      </c>
+    </row>
+    <row r="146" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B146" t="s">
+        <v>2069</v>
+      </c>
+      <c r="C146" t="s">
+        <v>2070</v>
+      </c>
+      <c r="D146" t="s">
+        <v>2224</v>
+      </c>
+    </row>
+    <row r="147" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B147" t="s">
+        <v>2071</v>
+      </c>
+      <c r="D147" t="s">
+        <v>2225</v>
+      </c>
+    </row>
+    <row r="148" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B148" t="s">
+        <v>1568</v>
+      </c>
+      <c r="C148" t="s">
+        <v>2072</v>
+      </c>
+      <c r="D148" t="s">
+        <v>2226</v>
+      </c>
+    </row>
+    <row r="149" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B149" t="s">
+        <v>1569</v>
+      </c>
+      <c r="C149" t="s">
+        <v>2073</v>
+      </c>
+      <c r="D149" t="s">
+        <v>2227</v>
+      </c>
+    </row>
+    <row r="150" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B150" t="s">
+        <v>2074</v>
+      </c>
+      <c r="C150" t="s">
+        <v>2075</v>
+      </c>
+      <c r="D150" t="s">
+        <v>2228</v>
+      </c>
+    </row>
+    <row r="151" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B151" t="s">
+        <v>2076</v>
+      </c>
+      <c r="C151" t="s">
+        <v>2077</v>
+      </c>
+      <c r="D151" t="s">
+        <v>2229</v>
+      </c>
+    </row>
+    <row r="152" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B152" t="s">
+        <v>1570</v>
+      </c>
+      <c r="C152" t="s">
+        <v>2078</v>
+      </c>
+      <c r="D152" t="s">
+        <v>2230</v>
+      </c>
+    </row>
+    <row r="153" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B153" t="s">
+        <v>2079</v>
+      </c>
+      <c r="C153" t="s">
+        <v>2080</v>
+      </c>
+      <c r="D153" t="s">
+        <v>2231</v>
+      </c>
+    </row>
+  </sheetData>
+  <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet21.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1200-000000000000}">
+  <dimension ref="A1:D74"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>99</v>
+        <v>58</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>100</v>
+        <v>59</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>101</v>
+        <v>60</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
-        <v>69</v>
+        <v>52</v>
       </c>
       <c r="B2" t="s">
-        <v>70</v>
+        <v>53</v>
       </c>
       <c r="D2" t="s">
-        <v>71</v>
+        <v>54</v>
       </c>
     </row>
     <row r="3" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
-        <v>1413</v>
+        <v>1571</v>
       </c>
       <c r="B3" t="s">
-        <v>102</v>
+        <v>62</v>
       </c>
       <c r="D3" t="s">
-        <v>1414</v>
+        <v>1572</v>
       </c>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B4" t="s">
-        <v>106</v>
+        <v>62</v>
       </c>
       <c r="D4" t="s">
-        <v>1415</v>
+        <v>1573</v>
       </c>
     </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B5" t="s">
-        <v>108</v>
+        <v>1574</v>
       </c>
       <c r="D5" t="s">
-        <v>1416</v>
+        <v>1575</v>
       </c>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B6" t="s">
-        <v>1070</v>
+        <v>64</v>
       </c>
       <c r="D6" t="s">
-        <v>1417</v>
+        <v>1576</v>
       </c>
     </row>
     <row r="7" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B7" t="s">
-        <v>1418</v>
+        <v>53</v>
       </c>
       <c r="D7" t="s">
-        <v>1419</v>
+        <v>1577</v>
       </c>
     </row>
     <row r="8" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B8" t="s">
-        <v>1420</v>
-[...2 lines deleted...]
-        <v>115</v>
+        <v>68</v>
       </c>
       <c r="D8" t="s">
-        <v>1421</v>
+        <v>1578</v>
       </c>
     </row>
     <row r="9" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B9" t="s">
-        <v>1422</v>
-[...2 lines deleted...]
-        <v>118</v>
+        <v>394</v>
       </c>
       <c r="D9" t="s">
-        <v>1423</v>
+        <v>1579</v>
       </c>
     </row>
     <row r="10" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B10" t="s">
-        <v>1424</v>
-[...2 lines deleted...]
-        <v>121</v>
+        <v>66</v>
       </c>
       <c r="D10" t="s">
-        <v>1425</v>
+        <v>1580</v>
       </c>
     </row>
     <row r="11" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B11" t="s">
-        <v>1426</v>
-[...2 lines deleted...]
-        <v>124</v>
+        <v>64</v>
       </c>
       <c r="D11" t="s">
-        <v>1427</v>
+        <v>1581</v>
       </c>
     </row>
     <row r="12" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B12" t="s">
-        <v>1428</v>
-[...2 lines deleted...]
-        <v>127</v>
+        <v>68</v>
       </c>
       <c r="D12" t="s">
-        <v>1429</v>
+        <v>1582</v>
       </c>
     </row>
     <row r="13" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B13" t="s">
-        <v>1430</v>
-[...2 lines deleted...]
-        <v>132</v>
+        <v>394</v>
       </c>
       <c r="D13" t="s">
-        <v>1431</v>
+        <v>1583</v>
       </c>
     </row>
     <row r="14" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B14" t="s">
-        <v>1432</v>
-[...2 lines deleted...]
-        <v>135</v>
+        <v>66</v>
       </c>
       <c r="D14" t="s">
-        <v>1433</v>
+        <v>1584</v>
       </c>
     </row>
     <row r="15" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B15" t="s">
-        <v>1434</v>
+        <v>1585</v>
       </c>
       <c r="D15" t="s">
-        <v>1435</v>
+        <v>1586</v>
       </c>
     </row>
     <row r="16" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B16" t="s">
-        <v>1436</v>
+        <v>1587</v>
       </c>
       <c r="D16" t="s">
-        <v>1437</v>
+        <v>1588</v>
       </c>
     </row>
     <row r="17" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B17" t="s">
-        <v>1438</v>
-[...2 lines deleted...]
-        <v>138</v>
+        <v>1589</v>
       </c>
       <c r="D17" t="s">
-        <v>1439</v>
+        <v>1590</v>
       </c>
     </row>
     <row r="18" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B18" t="s">
-        <v>1440</v>
-[...2 lines deleted...]
-        <v>243</v>
+        <v>1591</v>
       </c>
       <c r="D18" t="s">
-        <v>1441</v>
+        <v>1592</v>
       </c>
     </row>
     <row r="19" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B19" t="s">
-        <v>1442</v>
-[...2 lines deleted...]
-        <v>246</v>
+        <v>1593</v>
       </c>
       <c r="D19" t="s">
-        <v>1443</v>
+        <v>1594</v>
       </c>
     </row>
     <row r="20" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B20" t="s">
-        <v>1444</v>
-[...2 lines deleted...]
-        <v>249</v>
+        <v>1595</v>
       </c>
       <c r="D20" t="s">
-        <v>1445</v>
+        <v>1596</v>
       </c>
     </row>
     <row r="21" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B21" t="s">
-        <v>1446</v>
-[...2 lines deleted...]
-        <v>252</v>
+        <v>1597</v>
       </c>
       <c r="D21" t="s">
-        <v>1447</v>
+        <v>1598</v>
       </c>
     </row>
     <row r="22" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B22" t="s">
-        <v>1448</v>
-[...2 lines deleted...]
-        <v>255</v>
+        <v>1599</v>
       </c>
       <c r="D22" t="s">
-        <v>1449</v>
+        <v>1600</v>
       </c>
     </row>
     <row r="23" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B23" t="s">
-        <v>1450</v>
-[...2 lines deleted...]
-        <v>258</v>
+        <v>1601</v>
       </c>
       <c r="D23" t="s">
-        <v>1451</v>
+        <v>1602</v>
       </c>
     </row>
     <row r="24" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B24" t="s">
-        <v>1452</v>
+        <v>1603</v>
       </c>
       <c r="D24" t="s">
-        <v>1453</v>
+        <v>1604</v>
       </c>
     </row>
     <row r="25" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B25" t="s">
-        <v>300</v>
+        <v>1605</v>
       </c>
       <c r="D25" t="s">
-        <v>1454</v>
+        <v>1606</v>
       </c>
     </row>
     <row r="26" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B26" t="s">
+        <v>1607</v>
+      </c>
+      <c r="D26" t="s">
+        <v>1608</v>
+      </c>
+    </row>
+    <row r="27" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B27" t="s">
+        <v>1609</v>
+      </c>
+      <c r="D27" t="s">
+        <v>1610</v>
+      </c>
+    </row>
+    <row r="28" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B28" t="s">
+        <v>1611</v>
+      </c>
+      <c r="D28" t="s">
+        <v>1612</v>
+      </c>
+    </row>
+    <row r="29" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B29" t="s">
+        <v>1613</v>
+      </c>
+      <c r="D29" t="s">
+        <v>1614</v>
+      </c>
+    </row>
+    <row r="30" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B30" t="s">
+        <v>1615</v>
+      </c>
+      <c r="D30" t="s">
+        <v>1616</v>
+      </c>
+    </row>
+    <row r="31" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B31" t="s">
+        <v>1617</v>
+      </c>
+      <c r="D31" t="s">
+        <v>1618</v>
+      </c>
+    </row>
+    <row r="32" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B32" t="s">
+        <v>1619</v>
+      </c>
+      <c r="D32" t="s">
+        <v>1620</v>
+      </c>
+    </row>
+    <row r="33" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B33" t="s">
+        <v>1621</v>
+      </c>
+      <c r="D33" t="s">
+        <v>1622</v>
+      </c>
+    </row>
+    <row r="34" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B34" t="s">
+        <v>1623</v>
+      </c>
+      <c r="D34" t="s">
+        <v>1624</v>
+      </c>
+    </row>
+    <row r="35" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B35" t="s">
+        <v>1625</v>
+      </c>
+      <c r="D35" t="s">
+        <v>1626</v>
+      </c>
+    </row>
+    <row r="36" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B36" t="s">
+        <v>1627</v>
+      </c>
+      <c r="D36" t="s">
+        <v>1628</v>
+      </c>
+    </row>
+    <row r="37" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B37" t="s">
+        <v>1629</v>
+      </c>
+      <c r="D37" t="s">
+        <v>1630</v>
+      </c>
+    </row>
+    <row r="38" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B38" t="s">
+        <v>1631</v>
+      </c>
+      <c r="D38" t="s">
+        <v>1632</v>
+      </c>
+    </row>
+    <row r="39" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B39" t="s">
+        <v>1633</v>
+      </c>
+      <c r="D39" t="s">
+        <v>1634</v>
+      </c>
+    </row>
+    <row r="40" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B40" t="s">
+        <v>1635</v>
+      </c>
+      <c r="D40" t="s">
+        <v>1636</v>
+      </c>
+    </row>
+    <row r="41" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B41" t="s">
+        <v>1637</v>
+      </c>
+      <c r="D41" t="s">
+        <v>1638</v>
+      </c>
+    </row>
+    <row r="42" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B42" t="s">
+        <v>1639</v>
+      </c>
+      <c r="D42" t="s">
+        <v>1640</v>
+      </c>
+    </row>
+    <row r="43" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B43" t="s">
+        <v>1641</v>
+      </c>
+      <c r="D43" t="s">
+        <v>1642</v>
+      </c>
+    </row>
+    <row r="44" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B44" t="s">
+        <v>1643</v>
+      </c>
+      <c r="D44" t="s">
+        <v>1644</v>
+      </c>
+    </row>
+    <row r="45" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B45" t="s">
+        <v>1585</v>
+      </c>
+      <c r="D45" t="s">
+        <v>1645</v>
+      </c>
+    </row>
+    <row r="46" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B46" t="s">
+        <v>108</v>
+      </c>
+      <c r="C46" t="s">
+        <v>291</v>
+      </c>
+      <c r="D46" t="s">
+        <v>1646</v>
+      </c>
+    </row>
+    <row r="47" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B47" t="s">
+        <v>1647</v>
+      </c>
+      <c r="C47" t="s">
+        <v>294</v>
+      </c>
+      <c r="D47" t="s">
+        <v>1648</v>
+      </c>
+    </row>
+    <row r="48" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B48" t="s">
+        <v>1649</v>
+      </c>
+      <c r="C48" t="s">
+        <v>297</v>
+      </c>
+      <c r="D48" t="s">
+        <v>1650</v>
+      </c>
+    </row>
+    <row r="49" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B49" t="s">
+        <v>1651</v>
+      </c>
+      <c r="C49" t="s">
         <v>300</v>
       </c>
-      <c r="D26" t="s">
-        <v>1455</v>
+      <c r="D49" t="s">
+        <v>1652</v>
+      </c>
+    </row>
+    <row r="50" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B50" t="s">
+        <v>1653</v>
+      </c>
+      <c r="C50" t="s">
+        <v>303</v>
+      </c>
+      <c r="D50" t="s">
+        <v>1654</v>
+      </c>
+    </row>
+    <row r="51" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B51" t="s">
+        <v>1655</v>
+      </c>
+      <c r="C51" t="s">
+        <v>308</v>
+      </c>
+      <c r="D51" t="s">
+        <v>1656</v>
+      </c>
+    </row>
+    <row r="52" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B52" t="s">
+        <v>1657</v>
+      </c>
+      <c r="C52" t="s">
+        <v>311</v>
+      </c>
+      <c r="D52" t="s">
+        <v>1658</v>
+      </c>
+    </row>
+    <row r="53" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B53" t="s">
+        <v>1601</v>
+      </c>
+      <c r="D53" t="s">
+        <v>1659</v>
+      </c>
+    </row>
+    <row r="54" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B54" t="s">
+        <v>1660</v>
+      </c>
+      <c r="C54" t="s">
+        <v>314</v>
+      </c>
+      <c r="D54" t="s">
+        <v>1661</v>
+      </c>
+    </row>
+    <row r="55" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B55" t="s">
+        <v>1662</v>
+      </c>
+      <c r="C55" t="s">
+        <v>317</v>
+      </c>
+      <c r="D55" t="s">
+        <v>1663</v>
+      </c>
+    </row>
+    <row r="56" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B56" t="s">
+        <v>1664</v>
+      </c>
+      <c r="C56" t="s">
+        <v>320</v>
+      </c>
+      <c r="D56" t="s">
+        <v>1665</v>
+      </c>
+    </row>
+    <row r="57" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B57" t="s">
+        <v>1666</v>
+      </c>
+      <c r="C57" t="s">
+        <v>323</v>
+      </c>
+      <c r="D57" t="s">
+        <v>1667</v>
+      </c>
+    </row>
+    <row r="58" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B58" t="s">
+        <v>1611</v>
+      </c>
+      <c r="D58" t="s">
+        <v>1668</v>
+      </c>
+    </row>
+    <row r="59" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B59" t="s">
+        <v>1669</v>
+      </c>
+      <c r="C59" t="s">
+        <v>326</v>
+      </c>
+      <c r="D59" t="s">
+        <v>1670</v>
+      </c>
+    </row>
+    <row r="60" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B60" t="s">
+        <v>1671</v>
+      </c>
+      <c r="C60" t="s">
+        <v>329</v>
+      </c>
+      <c r="D60" t="s">
+        <v>1672</v>
+      </c>
+    </row>
+    <row r="61" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B61" t="s">
+        <v>1673</v>
+      </c>
+      <c r="C61" t="s">
+        <v>332</v>
+      </c>
+      <c r="D61" t="s">
+        <v>1674</v>
+      </c>
+    </row>
+    <row r="62" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B62" t="s">
+        <v>1675</v>
+      </c>
+      <c r="C62" t="s">
+        <v>335</v>
+      </c>
+      <c r="D62" t="s">
+        <v>1676</v>
+      </c>
+    </row>
+    <row r="63" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B63" t="s">
+        <v>1677</v>
+      </c>
+      <c r="C63" t="s">
+        <v>338</v>
+      </c>
+      <c r="D63" t="s">
+        <v>1678</v>
+      </c>
+    </row>
+    <row r="64" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B64" t="s">
+        <v>1679</v>
+      </c>
+      <c r="C64" t="s">
+        <v>341</v>
+      </c>
+      <c r="D64" t="s">
+        <v>1680</v>
+      </c>
+    </row>
+    <row r="65" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B65" t="s">
+        <v>1681</v>
+      </c>
+      <c r="C65" t="s">
+        <v>344</v>
+      </c>
+      <c r="D65" t="s">
+        <v>1682</v>
+      </c>
+    </row>
+    <row r="66" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B66" t="s">
+        <v>1683</v>
+      </c>
+      <c r="C66" t="s">
+        <v>347</v>
+      </c>
+      <c r="D66" t="s">
+        <v>1684</v>
+      </c>
+    </row>
+    <row r="67" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B67" t="s">
+        <v>1685</v>
+      </c>
+      <c r="C67" t="s">
+        <v>350</v>
+      </c>
+      <c r="D67" t="s">
+        <v>1686</v>
+      </c>
+    </row>
+    <row r="68" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B68" t="s">
+        <v>1687</v>
+      </c>
+      <c r="C68" t="s">
+        <v>353</v>
+      </c>
+      <c r="D68" t="s">
+        <v>1688</v>
+      </c>
+    </row>
+    <row r="69" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B69" t="s">
+        <v>1633</v>
+      </c>
+      <c r="D69" t="s">
+        <v>1689</v>
+      </c>
+    </row>
+    <row r="70" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B70" t="s">
+        <v>444</v>
+      </c>
+      <c r="C70" t="s">
+        <v>356</v>
+      </c>
+      <c r="D70" t="s">
+        <v>1690</v>
+      </c>
+    </row>
+    <row r="71" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B71" t="s">
+        <v>448</v>
+      </c>
+      <c r="C71" t="s">
+        <v>359</v>
+      </c>
+      <c r="D71" t="s">
+        <v>1691</v>
+      </c>
+    </row>
+    <row r="72" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B72" t="s">
+        <v>1692</v>
+      </c>
+      <c r="C72" t="s">
+        <v>364</v>
+      </c>
+      <c r="D72" t="s">
+        <v>1693</v>
+      </c>
+    </row>
+    <row r="73" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B73" t="s">
+        <v>1694</v>
+      </c>
+      <c r="C73" t="s">
+        <v>367</v>
+      </c>
+      <c r="D73" t="s">
+        <v>1695</v>
+      </c>
+    </row>
+    <row r="74" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B74" t="s">
+        <v>1696</v>
+      </c>
+      <c r="C74" t="s">
+        <v>370</v>
+      </c>
+      <c r="D74" t="s">
+        <v>1697</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet24.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1700-000000000000}">
+<file path=xl/worksheets/sheet22.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1300-000000000000}">
+  <dimension ref="A1:D50"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="4" width="50.7265625" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A1" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="B1" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" s="1" t="s">
+        <v>59</v>
+      </c>
+      <c r="D1" s="1" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="2" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A2" t="s">
+        <v>55</v>
+      </c>
+      <c r="B2" t="s">
+        <v>56</v>
+      </c>
+      <c r="D2" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="3" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B3" t="s">
+        <v>62</v>
+      </c>
+      <c r="D3" t="s">
+        <v>1698</v>
+      </c>
+    </row>
+    <row r="4" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B4" t="s">
+        <v>64</v>
+      </c>
+      <c r="D4" t="s">
+        <v>1699</v>
+      </c>
+    </row>
+    <row r="5" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B5" t="s">
+        <v>68</v>
+      </c>
+      <c r="D5" t="s">
+        <v>1700</v>
+      </c>
+    </row>
+    <row r="6" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B6" t="s">
+        <v>1701</v>
+      </c>
+      <c r="D6" t="s">
+        <v>1702</v>
+      </c>
+    </row>
+    <row r="7" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B7" t="s">
+        <v>394</v>
+      </c>
+      <c r="D7" t="s">
+        <v>1703</v>
+      </c>
+    </row>
+    <row r="8" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B8" t="s">
+        <v>1704</v>
+      </c>
+      <c r="D8" t="s">
+        <v>1705</v>
+      </c>
+    </row>
+    <row r="9" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B9" t="s">
+        <v>1706</v>
+      </c>
+      <c r="C9" t="s">
+        <v>73</v>
+      </c>
+      <c r="D9" t="s">
+        <v>1707</v>
+      </c>
+    </row>
+    <row r="10" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B10" t="s">
+        <v>1708</v>
+      </c>
+      <c r="C10" t="s">
+        <v>76</v>
+      </c>
+      <c r="D10" t="s">
+        <v>1709</v>
+      </c>
+    </row>
+    <row r="11" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B11" t="s">
+        <v>1710</v>
+      </c>
+      <c r="C11" t="s">
+        <v>79</v>
+      </c>
+      <c r="D11" t="s">
+        <v>1711</v>
+      </c>
+    </row>
+    <row r="12" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B12" t="s">
+        <v>1712</v>
+      </c>
+      <c r="C12" t="s">
+        <v>82</v>
+      </c>
+      <c r="D12" t="s">
+        <v>1713</v>
+      </c>
+    </row>
+    <row r="13" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B13" t="s">
+        <v>1714</v>
+      </c>
+      <c r="C13" t="s">
+        <v>85</v>
+      </c>
+      <c r="D13" t="s">
+        <v>1715</v>
+      </c>
+    </row>
+    <row r="14" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B14" t="s">
+        <v>1716</v>
+      </c>
+      <c r="C14" t="s">
+        <v>88</v>
+      </c>
+      <c r="D14" t="s">
+        <v>1717</v>
+      </c>
+    </row>
+    <row r="15" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B15" t="s">
+        <v>1718</v>
+      </c>
+      <c r="C15" t="s">
+        <v>91</v>
+      </c>
+      <c r="D15" t="s">
+        <v>1719</v>
+      </c>
+    </row>
+    <row r="16" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B16" t="s">
+        <v>1720</v>
+      </c>
+      <c r="C16" t="s">
+        <v>94</v>
+      </c>
+      <c r="D16" t="s">
+        <v>1721</v>
+      </c>
+    </row>
+    <row r="17" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B17" t="s">
+        <v>1722</v>
+      </c>
+      <c r="C17" t="s">
+        <v>129</v>
+      </c>
+      <c r="D17" t="s">
+        <v>1723</v>
+      </c>
+    </row>
+    <row r="18" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B18" t="s">
+        <v>1724</v>
+      </c>
+      <c r="C18" t="s">
+        <v>132</v>
+      </c>
+      <c r="D18" t="s">
+        <v>1725</v>
+      </c>
+    </row>
+    <row r="19" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B19" t="s">
+        <v>1726</v>
+      </c>
+      <c r="C19" t="s">
+        <v>137</v>
+      </c>
+      <c r="D19" t="s">
+        <v>1727</v>
+      </c>
+    </row>
+    <row r="20" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B20" t="s">
+        <v>1728</v>
+      </c>
+      <c r="C20" t="s">
+        <v>140</v>
+      </c>
+      <c r="D20" t="s">
+        <v>1729</v>
+      </c>
+    </row>
+    <row r="21" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B21" t="s">
+        <v>1730</v>
+      </c>
+      <c r="C21" t="s">
+        <v>143</v>
+      </c>
+      <c r="D21" t="s">
+        <v>1731</v>
+      </c>
+    </row>
+    <row r="22" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B22" t="s">
+        <v>1732</v>
+      </c>
+      <c r="C22" t="s">
+        <v>146</v>
+      </c>
+      <c r="D22" t="s">
+        <v>1733</v>
+      </c>
+    </row>
+    <row r="23" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B23" t="s">
+        <v>1734</v>
+      </c>
+      <c r="D23" t="s">
+        <v>1735</v>
+      </c>
+    </row>
+    <row r="24" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B24" t="s">
+        <v>1736</v>
+      </c>
+      <c r="C24" t="s">
+        <v>149</v>
+      </c>
+      <c r="D24" t="s">
+        <v>1737</v>
+      </c>
+    </row>
+    <row r="25" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B25" t="s">
+        <v>1738</v>
+      </c>
+      <c r="C25" t="s">
+        <v>152</v>
+      </c>
+      <c r="D25" t="s">
+        <v>1739</v>
+      </c>
+    </row>
+    <row r="26" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B26" t="s">
+        <v>1740</v>
+      </c>
+      <c r="C26" t="s">
+        <v>155</v>
+      </c>
+      <c r="D26" t="s">
+        <v>1741</v>
+      </c>
+    </row>
+    <row r="27" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B27" t="s">
+        <v>1742</v>
+      </c>
+      <c r="C27" t="s">
+        <v>158</v>
+      </c>
+      <c r="D27" t="s">
+        <v>1743</v>
+      </c>
+    </row>
+    <row r="28" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B28" t="s">
+        <v>1744</v>
+      </c>
+      <c r="C28" t="s">
+        <v>161</v>
+      </c>
+      <c r="D28" t="s">
+        <v>1745</v>
+      </c>
+    </row>
+    <row r="29" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B29" t="s">
+        <v>1746</v>
+      </c>
+      <c r="D29" t="s">
+        <v>1747</v>
+      </c>
+    </row>
+    <row r="30" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B30" t="s">
+        <v>1748</v>
+      </c>
+      <c r="C30" t="s">
+        <v>164</v>
+      </c>
+      <c r="D30" t="s">
+        <v>1749</v>
+      </c>
+    </row>
+    <row r="31" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B31" t="s">
+        <v>1750</v>
+      </c>
+      <c r="C31" t="s">
+        <v>167</v>
+      </c>
+      <c r="D31" t="s">
+        <v>1751</v>
+      </c>
+    </row>
+    <row r="32" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B32" t="s">
+        <v>1752</v>
+      </c>
+      <c r="C32" t="s">
+        <v>172</v>
+      </c>
+      <c r="D32" t="s">
+        <v>1753</v>
+      </c>
+    </row>
+    <row r="33" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B33" t="s">
+        <v>1754</v>
+      </c>
+      <c r="C33" t="s">
+        <v>175</v>
+      </c>
+      <c r="D33" t="s">
+        <v>1755</v>
+      </c>
+    </row>
+    <row r="34" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B34" t="s">
+        <v>1756</v>
+      </c>
+      <c r="C34" t="s">
+        <v>178</v>
+      </c>
+      <c r="D34" t="s">
+        <v>1757</v>
+      </c>
+    </row>
+    <row r="35" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B35" t="s">
+        <v>1758</v>
+      </c>
+      <c r="C35" t="s">
+        <v>181</v>
+      </c>
+      <c r="D35" t="s">
+        <v>1759</v>
+      </c>
+    </row>
+    <row r="36" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B36" t="s">
+        <v>1760</v>
+      </c>
+      <c r="C36" t="s">
+        <v>184</v>
+      </c>
+      <c r="D36" t="s">
+        <v>1761</v>
+      </c>
+    </row>
+    <row r="37" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B37" t="s">
+        <v>1762</v>
+      </c>
+      <c r="C37" t="s">
+        <v>187</v>
+      </c>
+      <c r="D37" t="s">
+        <v>1763</v>
+      </c>
+    </row>
+    <row r="38" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B38" t="s">
+        <v>1764</v>
+      </c>
+      <c r="C38" t="s">
+        <v>190</v>
+      </c>
+      <c r="D38" t="s">
+        <v>1765</v>
+      </c>
+    </row>
+    <row r="39" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B39" t="s">
+        <v>1766</v>
+      </c>
+      <c r="C39" t="s">
+        <v>193</v>
+      </c>
+      <c r="D39" t="s">
+        <v>1767</v>
+      </c>
+    </row>
+    <row r="40" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B40" t="s">
+        <v>1768</v>
+      </c>
+      <c r="C40" t="s">
+        <v>196</v>
+      </c>
+      <c r="D40" t="s">
+        <v>1769</v>
+      </c>
+    </row>
+    <row r="41" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B41" t="s">
+        <v>1770</v>
+      </c>
+      <c r="C41" t="s">
+        <v>201</v>
+      </c>
+      <c r="D41" t="s">
+        <v>1771</v>
+      </c>
+    </row>
+    <row r="42" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B42" t="s">
+        <v>1772</v>
+      </c>
+      <c r="C42" t="s">
+        <v>204</v>
+      </c>
+      <c r="D42" t="s">
+        <v>1773</v>
+      </c>
+    </row>
+    <row r="43" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B43" t="s">
+        <v>1774</v>
+      </c>
+      <c r="D43" t="s">
+        <v>1775</v>
+      </c>
+    </row>
+    <row r="44" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B44" t="s">
+        <v>1776</v>
+      </c>
+      <c r="C44" t="s">
+        <v>207</v>
+      </c>
+      <c r="D44" t="s">
+        <v>1777</v>
+      </c>
+    </row>
+    <row r="45" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B45" t="s">
+        <v>1778</v>
+      </c>
+      <c r="C45" t="s">
+        <v>210</v>
+      </c>
+      <c r="D45" t="s">
+        <v>1779</v>
+      </c>
+    </row>
+    <row r="46" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B46" t="s">
+        <v>1780</v>
+      </c>
+      <c r="C46" t="s">
+        <v>213</v>
+      </c>
+      <c r="D46" t="s">
+        <v>1781</v>
+      </c>
+    </row>
+    <row r="47" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B47" t="s">
+        <v>1782</v>
+      </c>
+      <c r="D47" t="s">
+        <v>1783</v>
+      </c>
+    </row>
+    <row r="48" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B48" t="s">
+        <v>1784</v>
+      </c>
+      <c r="C48" t="s">
+        <v>1785</v>
+      </c>
+      <c r="D48" t="s">
+        <v>1786</v>
+      </c>
+    </row>
+    <row r="49" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B49" t="s">
+        <v>1787</v>
+      </c>
+      <c r="C49" t="s">
+        <v>1788</v>
+      </c>
+      <c r="D49" t="s">
+        <v>1789</v>
+      </c>
+    </row>
+    <row r="50" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B50" t="s">
+        <v>1790</v>
+      </c>
+      <c r="C50" t="s">
+        <v>1791</v>
+      </c>
+      <c r="D50" t="s">
+        <v>1792</v>
+      </c>
+    </row>
+  </sheetData>
+  <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
+  <dimension ref="A1:D74"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="4" width="50.7265625" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A1" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="B1" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" s="1" t="s">
+        <v>59</v>
+      </c>
+      <c r="D1" s="1" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="2" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A2" t="s">
+        <v>10</v>
+      </c>
+      <c r="B2" t="s">
+        <v>11</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="3" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A3" t="s">
+        <v>96</v>
+      </c>
+      <c r="B3" t="s">
+        <v>62</v>
+      </c>
+      <c r="D3" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="4" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B4" t="s">
+        <v>98</v>
+      </c>
+      <c r="D4" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="5" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B5" t="s">
+        <v>64</v>
+      </c>
+      <c r="D5" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="6" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B6" t="s">
+        <v>101</v>
+      </c>
+      <c r="D6" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="7" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B7" t="s">
+        <v>68</v>
+      </c>
+      <c r="D7" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="8" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B8" t="s">
+        <v>104</v>
+      </c>
+      <c r="D8" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="9" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B9" t="s">
+        <v>106</v>
+      </c>
+      <c r="D9" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="10" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B10" t="s">
+        <v>108</v>
+      </c>
+      <c r="C10" t="s">
+        <v>73</v>
+      </c>
+      <c r="D10" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="11" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B11" t="s">
+        <v>110</v>
+      </c>
+      <c r="D11" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="12" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B12" t="s">
+        <v>112</v>
+      </c>
+      <c r="C12" t="s">
+        <v>76</v>
+      </c>
+      <c r="D12" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="13" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B13" t="s">
+        <v>114</v>
+      </c>
+      <c r="C13" t="s">
+        <v>79</v>
+      </c>
+      <c r="D13" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="14" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B14" t="s">
+        <v>116</v>
+      </c>
+      <c r="C14" t="s">
+        <v>82</v>
+      </c>
+      <c r="D14" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="15" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B15" t="s">
+        <v>118</v>
+      </c>
+      <c r="C15" t="s">
+        <v>85</v>
+      </c>
+      <c r="D15" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="16" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B16" t="s">
+        <v>120</v>
+      </c>
+      <c r="D16" t="s">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="17" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B17" t="s">
+        <v>122</v>
+      </c>
+      <c r="C17" t="s">
+        <v>88</v>
+      </c>
+      <c r="D17" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="18" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B18" t="s">
+        <v>124</v>
+      </c>
+      <c r="C18" t="s">
+        <v>91</v>
+      </c>
+      <c r="D18" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="19" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B19" t="s">
+        <v>126</v>
+      </c>
+      <c r="C19" t="s">
+        <v>94</v>
+      </c>
+      <c r="D19" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="20" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B20" t="s">
+        <v>128</v>
+      </c>
+      <c r="C20" t="s">
+        <v>129</v>
+      </c>
+      <c r="D20" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="21" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B21" t="s">
+        <v>131</v>
+      </c>
+      <c r="C21" t="s">
+        <v>132</v>
+      </c>
+      <c r="D21" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="22" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B22" t="s">
+        <v>134</v>
+      </c>
+      <c r="D22" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="23" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B23" t="s">
+        <v>136</v>
+      </c>
+      <c r="C23" t="s">
+        <v>137</v>
+      </c>
+      <c r="D23" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="24" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B24" t="s">
+        <v>139</v>
+      </c>
+      <c r="C24" t="s">
+        <v>140</v>
+      </c>
+      <c r="D24" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="25" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B25" t="s">
+        <v>142</v>
+      </c>
+      <c r="C25" t="s">
+        <v>143</v>
+      </c>
+      <c r="D25" t="s">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="26" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B26" t="s">
+        <v>145</v>
+      </c>
+      <c r="C26" t="s">
+        <v>146</v>
+      </c>
+      <c r="D26" t="s">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="27" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B27" t="s">
+        <v>148</v>
+      </c>
+      <c r="C27" t="s">
+        <v>149</v>
+      </c>
+      <c r="D27" t="s">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="28" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B28" t="s">
+        <v>151</v>
+      </c>
+      <c r="C28" t="s">
+        <v>152</v>
+      </c>
+      <c r="D28" t="s">
+        <v>153</v>
+      </c>
+    </row>
+    <row r="29" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B29" t="s">
+        <v>154</v>
+      </c>
+      <c r="C29" t="s">
+        <v>155</v>
+      </c>
+      <c r="D29" t="s">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="30" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B30" t="s">
+        <v>157</v>
+      </c>
+      <c r="C30" t="s">
+        <v>158</v>
+      </c>
+      <c r="D30" t="s">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="31" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B31" t="s">
+        <v>160</v>
+      </c>
+      <c r="C31" t="s">
+        <v>161</v>
+      </c>
+      <c r="D31" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="32" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B32" t="s">
+        <v>163</v>
+      </c>
+      <c r="C32" t="s">
+        <v>164</v>
+      </c>
+      <c r="D32" t="s">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="33" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B33" t="s">
+        <v>166</v>
+      </c>
+      <c r="C33" t="s">
+        <v>167</v>
+      </c>
+      <c r="D33" t="s">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="34" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B34" t="s">
+        <v>169</v>
+      </c>
+      <c r="D34" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="35" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B35" t="s">
+        <v>171</v>
+      </c>
+      <c r="C35" t="s">
+        <v>172</v>
+      </c>
+      <c r="D35" t="s">
+        <v>173</v>
+      </c>
+    </row>
+    <row r="36" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B36" t="s">
+        <v>174</v>
+      </c>
+      <c r="C36" t="s">
+        <v>175</v>
+      </c>
+      <c r="D36" t="s">
+        <v>176</v>
+      </c>
+    </row>
+    <row r="37" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B37" t="s">
+        <v>177</v>
+      </c>
+      <c r="C37" t="s">
+        <v>178</v>
+      </c>
+      <c r="D37" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="38" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B38" t="s">
+        <v>180</v>
+      </c>
+      <c r="C38" t="s">
+        <v>181</v>
+      </c>
+      <c r="D38" t="s">
+        <v>182</v>
+      </c>
+    </row>
+    <row r="39" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B39" t="s">
+        <v>183</v>
+      </c>
+      <c r="C39" t="s">
+        <v>184</v>
+      </c>
+      <c r="D39" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="40" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B40" t="s">
+        <v>186</v>
+      </c>
+      <c r="C40" t="s">
+        <v>187</v>
+      </c>
+      <c r="D40" t="s">
+        <v>188</v>
+      </c>
+    </row>
+    <row r="41" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B41" t="s">
+        <v>189</v>
+      </c>
+      <c r="C41" t="s">
+        <v>190</v>
+      </c>
+      <c r="D41" t="s">
+        <v>191</v>
+      </c>
+    </row>
+    <row r="42" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B42" t="s">
+        <v>192</v>
+      </c>
+      <c r="C42" t="s">
+        <v>193</v>
+      </c>
+      <c r="D42" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="43" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B43" t="s">
+        <v>195</v>
+      </c>
+      <c r="C43" t="s">
+        <v>196</v>
+      </c>
+      <c r="D43" t="s">
+        <v>197</v>
+      </c>
+    </row>
+    <row r="44" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B44" t="s">
+        <v>198</v>
+      </c>
+      <c r="D44" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="45" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B45" t="s">
+        <v>200</v>
+      </c>
+      <c r="C45" t="s">
+        <v>201</v>
+      </c>
+      <c r="D45" t="s">
+        <v>202</v>
+      </c>
+    </row>
+    <row r="46" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B46" t="s">
+        <v>203</v>
+      </c>
+      <c r="C46" t="s">
+        <v>204</v>
+      </c>
+      <c r="D46" t="s">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="47" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B47" t="s">
+        <v>206</v>
+      </c>
+      <c r="C47" t="s">
+        <v>207</v>
+      </c>
+      <c r="D47" t="s">
+        <v>208</v>
+      </c>
+    </row>
+    <row r="48" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B48" t="s">
+        <v>209</v>
+      </c>
+      <c r="C48" t="s">
+        <v>210</v>
+      </c>
+      <c r="D48" t="s">
+        <v>211</v>
+      </c>
+    </row>
+    <row r="49" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B49" t="s">
+        <v>212</v>
+      </c>
+      <c r="C49" t="s">
+        <v>213</v>
+      </c>
+      <c r="D49" t="s">
+        <v>214</v>
+      </c>
+    </row>
+    <row r="50" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B50" t="s">
+        <v>215</v>
+      </c>
+      <c r="C50" t="s">
+        <v>216</v>
+      </c>
+      <c r="D50" t="s">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="51" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B51" t="s">
+        <v>218</v>
+      </c>
+      <c r="D51" t="s">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="52" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B52" t="s">
+        <v>220</v>
+      </c>
+      <c r="C52" t="s">
+        <v>221</v>
+      </c>
+      <c r="D52" t="s">
+        <v>222</v>
+      </c>
+    </row>
+    <row r="53" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B53" t="s">
+        <v>223</v>
+      </c>
+      <c r="C53" t="s">
+        <v>224</v>
+      </c>
+      <c r="D53" t="s">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="54" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B54" t="s">
+        <v>226</v>
+      </c>
+      <c r="C54" t="s">
+        <v>227</v>
+      </c>
+      <c r="D54" t="s">
+        <v>228</v>
+      </c>
+    </row>
+    <row r="55" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B55" t="s">
+        <v>229</v>
+      </c>
+      <c r="C55" t="s">
+        <v>230</v>
+      </c>
+      <c r="D55" t="s">
+        <v>231</v>
+      </c>
+    </row>
+    <row r="56" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B56" t="s">
+        <v>232</v>
+      </c>
+      <c r="C56" t="s">
+        <v>233</v>
+      </c>
+      <c r="D56" t="s">
+        <v>234</v>
+      </c>
+    </row>
+    <row r="57" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B57" t="s">
+        <v>235</v>
+      </c>
+      <c r="C57" t="s">
+        <v>236</v>
+      </c>
+      <c r="D57" t="s">
+        <v>237</v>
+      </c>
+    </row>
+    <row r="58" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B58" t="s">
+        <v>238</v>
+      </c>
+      <c r="D58" t="s">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="59" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B59" t="s">
+        <v>240</v>
+      </c>
+      <c r="C59" t="s">
+        <v>241</v>
+      </c>
+      <c r="D59" t="s">
+        <v>242</v>
+      </c>
+    </row>
+    <row r="60" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B60" t="s">
+        <v>243</v>
+      </c>
+      <c r="C60" t="s">
+        <v>244</v>
+      </c>
+      <c r="D60" t="s">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="61" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B61" t="s">
+        <v>246</v>
+      </c>
+      <c r="D61" t="s">
+        <v>247</v>
+      </c>
+    </row>
+    <row r="62" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B62" t="s">
+        <v>248</v>
+      </c>
+      <c r="C62" t="s">
+        <v>249</v>
+      </c>
+      <c r="D62" t="s">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="63" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B63" t="s">
+        <v>251</v>
+      </c>
+      <c r="C63" t="s">
+        <v>252</v>
+      </c>
+      <c r="D63" t="s">
+        <v>253</v>
+      </c>
+    </row>
+    <row r="64" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B64" t="s">
+        <v>254</v>
+      </c>
+      <c r="D64" t="s">
+        <v>255</v>
+      </c>
+    </row>
+    <row r="65" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B65" t="s">
+        <v>256</v>
+      </c>
+      <c r="C65" t="s">
+        <v>257</v>
+      </c>
+      <c r="D65" t="s">
+        <v>258</v>
+      </c>
+    </row>
+    <row r="66" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B66" t="s">
+        <v>259</v>
+      </c>
+      <c r="C66" t="s">
+        <v>260</v>
+      </c>
+      <c r="D66" t="s">
+        <v>261</v>
+      </c>
+    </row>
+    <row r="67" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B67" t="s">
+        <v>262</v>
+      </c>
+      <c r="D67" t="s">
+        <v>263</v>
+      </c>
+    </row>
+    <row r="68" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B68" t="s">
+        <v>264</v>
+      </c>
+      <c r="C68" t="s">
+        <v>265</v>
+      </c>
+      <c r="D68" t="s">
+        <v>266</v>
+      </c>
+    </row>
+    <row r="69" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B69" t="s">
+        <v>267</v>
+      </c>
+      <c r="C69" t="s">
+        <v>268</v>
+      </c>
+      <c r="D69" t="s">
+        <v>269</v>
+      </c>
+    </row>
+    <row r="70" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B70" t="s">
+        <v>270</v>
+      </c>
+      <c r="D70" t="s">
+        <v>271</v>
+      </c>
+    </row>
+    <row r="71" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B71" t="s">
+        <v>272</v>
+      </c>
+      <c r="C71" t="s">
+        <v>273</v>
+      </c>
+      <c r="D71" t="s">
+        <v>274</v>
+      </c>
+    </row>
+    <row r="72" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B72" t="s">
+        <v>275</v>
+      </c>
+      <c r="C72" t="s">
+        <v>276</v>
+      </c>
+      <c r="D72" t="s">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="73" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B73" t="s">
+        <v>278</v>
+      </c>
+      <c r="D73" t="s">
+        <v>279</v>
+      </c>
+    </row>
+    <row r="74" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B74" t="s">
+        <v>280</v>
+      </c>
+      <c r="C74" t="s">
+        <v>281</v>
+      </c>
+      <c r="D74" t="s">
+        <v>282</v>
+      </c>
+    </row>
+  </sheetData>
+  <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
   <dimension ref="A1:D39"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>99</v>
+        <v>58</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>100</v>
+        <v>59</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>101</v>
+        <v>60</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
-        <v>72</v>
+        <v>13</v>
       </c>
       <c r="B2" t="s">
-        <v>73</v>
+        <v>14</v>
       </c>
       <c r="D2" t="s">
-        <v>74</v>
+        <v>15</v>
       </c>
     </row>
     <row r="3" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
-        <v>1456</v>
+        <v>283</v>
       </c>
       <c r="B3" t="s">
-        <v>102</v>
+        <v>62</v>
       </c>
       <c r="D3" t="s">
-        <v>1457</v>
+        <v>285</v>
       </c>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A4" t="s">
-        <v>78</v>
+        <v>284</v>
       </c>
       <c r="B4" t="s">
-        <v>104</v>
+        <v>64</v>
       </c>
       <c r="D4" t="s">
-        <v>1458</v>
+        <v>286</v>
       </c>
     </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B5" t="s">
-        <v>143</v>
+        <v>68</v>
       </c>
       <c r="D5" t="s">
-        <v>1459</v>
+        <v>287</v>
       </c>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B6" t="s">
-        <v>108</v>
+        <v>288</v>
       </c>
       <c r="D6" t="s">
-        <v>1460</v>
+        <v>289</v>
       </c>
     </row>
     <row r="7" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B7" t="s">
-        <v>106</v>
+        <v>290</v>
+      </c>
+      <c r="C7" t="s">
+        <v>291</v>
       </c>
       <c r="D7" t="s">
-        <v>1461</v>
+        <v>292</v>
       </c>
     </row>
     <row r="8" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B8" t="s">
-        <v>1462</v>
+        <v>293</v>
+      </c>
+      <c r="C8" t="s">
+        <v>294</v>
       </c>
       <c r="D8" t="s">
-        <v>1463</v>
+        <v>295</v>
       </c>
     </row>
     <row r="9" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B9" t="s">
-        <v>1464</v>
+        <v>296</v>
       </c>
       <c r="C9" t="s">
-        <v>148</v>
+        <v>297</v>
       </c>
       <c r="D9" t="s">
-        <v>1465</v>
+        <v>298</v>
       </c>
     </row>
     <row r="10" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B10" t="s">
-        <v>1466</v>
+        <v>299</v>
       </c>
       <c r="C10" t="s">
-        <v>156</v>
+        <v>300</v>
       </c>
       <c r="D10" t="s">
-        <v>1467</v>
+        <v>301</v>
       </c>
     </row>
     <row r="11" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B11" t="s">
-        <v>1468</v>
+        <v>302</v>
       </c>
       <c r="C11" t="s">
-        <v>159</v>
+        <v>303</v>
       </c>
       <c r="D11" t="s">
-        <v>1469</v>
+        <v>304</v>
       </c>
     </row>
     <row r="12" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B12" t="s">
-        <v>1470</v>
+        <v>305</v>
       </c>
       <c r="D12" t="s">
-        <v>1471</v>
+        <v>306</v>
       </c>
     </row>
     <row r="13" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B13" t="s">
-        <v>1472</v>
+        <v>307</v>
       </c>
       <c r="C13" t="s">
-        <v>162</v>
+        <v>308</v>
       </c>
       <c r="D13" t="s">
-        <v>1473</v>
+        <v>309</v>
       </c>
     </row>
     <row r="14" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B14" t="s">
-        <v>1474</v>
+        <v>310</v>
       </c>
       <c r="C14" t="s">
-        <v>165</v>
+        <v>311</v>
       </c>
       <c r="D14" t="s">
-        <v>1475</v>
+        <v>312</v>
       </c>
     </row>
     <row r="15" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B15" t="s">
-        <v>1476</v>
+        <v>313</v>
       </c>
       <c r="C15" t="s">
-        <v>168</v>
+        <v>314</v>
       </c>
       <c r="D15" t="s">
-        <v>1477</v>
+        <v>315</v>
       </c>
     </row>
     <row r="16" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B16" t="s">
-        <v>1478</v>
+        <v>316</v>
       </c>
       <c r="C16" t="s">
-        <v>173</v>
+        <v>317</v>
       </c>
       <c r="D16" t="s">
-        <v>1479</v>
+        <v>318</v>
       </c>
     </row>
     <row r="17" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B17" t="s">
-        <v>1480</v>
+        <v>319</v>
       </c>
       <c r="C17" t="s">
-        <v>176</v>
+        <v>320</v>
       </c>
       <c r="D17" t="s">
-        <v>1481</v>
+        <v>321</v>
       </c>
     </row>
     <row r="18" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B18" t="s">
-        <v>1482</v>
+        <v>322</v>
+      </c>
+      <c r="C18" t="s">
+        <v>323</v>
       </c>
       <c r="D18" t="s">
-        <v>1483</v>
+        <v>324</v>
       </c>
     </row>
     <row r="19" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B19" t="s">
-        <v>1484</v>
+        <v>325</v>
       </c>
       <c r="C19" t="s">
-        <v>179</v>
+        <v>326</v>
       </c>
       <c r="D19" t="s">
-        <v>1485</v>
+        <v>327</v>
       </c>
     </row>
     <row r="20" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B20" t="s">
-        <v>1147</v>
+        <v>328</v>
       </c>
       <c r="C20" t="s">
-        <v>182</v>
+        <v>329</v>
       </c>
       <c r="D20" t="s">
-        <v>1486</v>
+        <v>330</v>
       </c>
     </row>
     <row r="21" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B21" t="s">
-        <v>1487</v>
+        <v>331</v>
       </c>
       <c r="C21" t="s">
-        <v>185</v>
+        <v>332</v>
       </c>
       <c r="D21" t="s">
-        <v>1488</v>
+        <v>333</v>
       </c>
     </row>
     <row r="22" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B22" t="s">
-        <v>1489</v>
+        <v>334</v>
       </c>
       <c r="C22" t="s">
-        <v>188</v>
+        <v>335</v>
       </c>
       <c r="D22" t="s">
-        <v>1490</v>
+        <v>336</v>
       </c>
     </row>
     <row r="23" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B23" t="s">
-        <v>1491</v>
+        <v>337</v>
       </c>
       <c r="C23" t="s">
-        <v>191</v>
+        <v>338</v>
       </c>
       <c r="D23" t="s">
-        <v>1492</v>
+        <v>339</v>
       </c>
     </row>
     <row r="24" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B24" t="s">
-        <v>1493</v>
+        <v>340</v>
       </c>
       <c r="C24" t="s">
-        <v>194</v>
+        <v>341</v>
       </c>
       <c r="D24" t="s">
-        <v>1494</v>
+        <v>342</v>
       </c>
     </row>
     <row r="25" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B25" t="s">
-        <v>1495</v>
+        <v>343</v>
+      </c>
+      <c r="C25" t="s">
+        <v>344</v>
       </c>
       <c r="D25" t="s">
-        <v>1496</v>
+        <v>345</v>
       </c>
     </row>
     <row r="26" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B26" t="s">
-        <v>1497</v>
+        <v>346</v>
       </c>
       <c r="C26" t="s">
-        <v>197</v>
+        <v>347</v>
       </c>
       <c r="D26" t="s">
-        <v>1498</v>
+        <v>348</v>
       </c>
     </row>
     <row r="27" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B27" t="s">
-        <v>1499</v>
+        <v>349</v>
       </c>
       <c r="C27" t="s">
-        <v>202</v>
+        <v>350</v>
       </c>
       <c r="D27" t="s">
-        <v>1500</v>
+        <v>351</v>
       </c>
     </row>
     <row r="28" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B28" t="s">
-        <v>1501</v>
+        <v>352</v>
       </c>
       <c r="C28" t="s">
-        <v>205</v>
+        <v>353</v>
       </c>
       <c r="D28" t="s">
-        <v>1502</v>
+        <v>354</v>
       </c>
     </row>
     <row r="29" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B29" t="s">
-        <v>1503</v>
+        <v>355</v>
+      </c>
+      <c r="C29" t="s">
+        <v>356</v>
       </c>
       <c r="D29" t="s">
-        <v>1504</v>
+        <v>357</v>
       </c>
     </row>
     <row r="30" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B30" t="s">
-        <v>1505</v>
+        <v>358</v>
       </c>
       <c r="C30" t="s">
-        <v>208</v>
+        <v>359</v>
       </c>
       <c r="D30" t="s">
-        <v>1506</v>
+        <v>360</v>
       </c>
     </row>
     <row r="31" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B31" t="s">
-        <v>1507</v>
-[...2 lines deleted...]
-        <v>211</v>
+        <v>361</v>
       </c>
       <c r="D31" t="s">
-        <v>1508</v>
+        <v>362</v>
       </c>
     </row>
     <row r="32" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B32" t="s">
-        <v>1509</v>
+        <v>363</v>
       </c>
       <c r="C32" t="s">
-        <v>587</v>
+        <v>364</v>
       </c>
       <c r="D32" t="s">
-        <v>1510</v>
+        <v>365</v>
       </c>
     </row>
     <row r="33" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B33" t="s">
-        <v>1511</v>
+        <v>366</v>
+      </c>
+      <c r="C33" t="s">
+        <v>367</v>
       </c>
       <c r="D33" t="s">
-        <v>1512</v>
+        <v>368</v>
       </c>
     </row>
     <row r="34" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B34" t="s">
-        <v>1513</v>
+        <v>369</v>
       </c>
       <c r="C34" t="s">
-        <v>590</v>
+        <v>370</v>
       </c>
       <c r="D34" t="s">
-        <v>1514</v>
+        <v>371</v>
       </c>
     </row>
     <row r="35" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B35" t="s">
-        <v>1515</v>
+        <v>372</v>
       </c>
       <c r="C35" t="s">
-        <v>593</v>
+        <v>373</v>
       </c>
       <c r="D35" t="s">
-        <v>1516</v>
+        <v>374</v>
       </c>
     </row>
     <row r="36" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B36" t="s">
-        <v>1517</v>
-[...2 lines deleted...]
-        <v>596</v>
+        <v>375</v>
       </c>
       <c r="D36" t="s">
-        <v>1518</v>
+        <v>376</v>
       </c>
     </row>
     <row r="37" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B37" t="s">
-        <v>1519</v>
+        <v>377</v>
       </c>
       <c r="C37" t="s">
-        <v>599</v>
+        <v>378</v>
       </c>
       <c r="D37" t="s">
-        <v>1520</v>
+        <v>379</v>
       </c>
     </row>
     <row r="38" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B38" t="s">
-        <v>1521</v>
+        <v>380</v>
+      </c>
+      <c r="C38" t="s">
+        <v>381</v>
       </c>
       <c r="D38" t="s">
-        <v>1522</v>
+        <v>382</v>
       </c>
     </row>
     <row r="39" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B39" t="s">
-        <v>1523</v>
+        <v>383</v>
       </c>
       <c r="C39" t="s">
-        <v>602</v>
+        <v>384</v>
       </c>
       <c r="D39" t="s">
-        <v>1524</v>
+        <v>385</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet25.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <dimension ref="A1:D31"/>
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0400-000000000000}">
+  <dimension ref="A1:D63"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>99</v>
+        <v>58</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>100</v>
+        <v>59</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>101</v>
+        <v>60</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
-        <v>75</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>76</v>
+        <v>17</v>
       </c>
       <c r="D2" t="s">
-        <v>77</v>
+        <v>18</v>
       </c>
     </row>
     <row r="3" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A3" t="s">
+        <v>386</v>
+      </c>
       <c r="B3" t="s">
-        <v>102</v>
+        <v>62</v>
       </c>
       <c r="D3" t="s">
-        <v>1525</v>
+        <v>388</v>
       </c>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A4" t="s">
+        <v>387</v>
+      </c>
       <c r="B4" t="s">
-        <v>1526</v>
+        <v>64</v>
       </c>
       <c r="D4" t="s">
-        <v>1527</v>
+        <v>389</v>
       </c>
     </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B5" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="D5" t="s">
-        <v>1528</v>
+        <v>390</v>
       </c>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B6" t="s">
-        <v>306</v>
+        <v>68</v>
       </c>
       <c r="D6" t="s">
-        <v>1529</v>
+        <v>391</v>
       </c>
     </row>
     <row r="7" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B7" t="s">
-        <v>106</v>
+        <v>392</v>
       </c>
       <c r="D7" t="s">
-        <v>1530</v>
+        <v>393</v>
       </c>
     </row>
     <row r="8" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B8" t="s">
-        <v>1531</v>
+        <v>394</v>
       </c>
       <c r="D8" t="s">
-        <v>1532</v>
+        <v>395</v>
       </c>
     </row>
     <row r="9" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B9" t="s">
-        <v>108</v>
+        <v>396</v>
       </c>
       <c r="D9" t="s">
-        <v>1533</v>
+        <v>397</v>
       </c>
     </row>
     <row r="10" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B10" t="s">
-        <v>1534</v>
+        <v>398</v>
+      </c>
+      <c r="C10" t="s">
+        <v>73</v>
       </c>
       <c r="D10" t="s">
-        <v>1535</v>
+        <v>399</v>
       </c>
     </row>
     <row r="11" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B11" t="s">
-        <v>1536</v>
+        <v>400</v>
       </c>
       <c r="C11" t="s">
-        <v>115</v>
+        <v>76</v>
       </c>
       <c r="D11" t="s">
-        <v>1537</v>
+        <v>401</v>
       </c>
     </row>
     <row r="12" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B12" t="s">
-        <v>1538</v>
+        <v>402</v>
       </c>
       <c r="C12" t="s">
-        <v>118</v>
+        <v>79</v>
       </c>
       <c r="D12" t="s">
-        <v>1539</v>
+        <v>403</v>
       </c>
     </row>
     <row r="13" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B13" t="s">
-        <v>1540</v>
+        <v>404</v>
       </c>
       <c r="C13" t="s">
-        <v>121</v>
+        <v>82</v>
       </c>
       <c r="D13" t="s">
-        <v>1541</v>
+        <v>405</v>
       </c>
     </row>
     <row r="14" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B14" t="s">
-        <v>1542</v>
+        <v>406</v>
       </c>
       <c r="C14" t="s">
-        <v>124</v>
+        <v>85</v>
       </c>
       <c r="D14" t="s">
-        <v>1543</v>
+        <v>407</v>
       </c>
     </row>
     <row r="15" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B15" t="s">
-        <v>1544</v>
-[...2 lines deleted...]
-        <v>127</v>
+        <v>408</v>
       </c>
       <c r="D15" t="s">
-        <v>1545</v>
+        <v>409</v>
       </c>
     </row>
     <row r="16" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B16" t="s">
-        <v>1546</v>
+        <v>410</v>
       </c>
       <c r="C16" t="s">
-        <v>132</v>
+        <v>88</v>
       </c>
       <c r="D16" t="s">
-        <v>1547</v>
+        <v>411</v>
       </c>
     </row>
     <row r="17" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B17" t="s">
-        <v>1548</v>
+        <v>412</v>
+      </c>
+      <c r="C17" t="s">
+        <v>91</v>
       </c>
       <c r="D17" t="s">
-        <v>1549</v>
+        <v>413</v>
       </c>
     </row>
     <row r="18" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B18" t="s">
-        <v>1550</v>
+        <v>414</v>
       </c>
       <c r="C18" t="s">
-        <v>135</v>
+        <v>94</v>
       </c>
       <c r="D18" t="s">
-        <v>1551</v>
+        <v>415</v>
       </c>
     </row>
     <row r="19" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B19" t="s">
-        <v>1552</v>
+        <v>416</v>
       </c>
       <c r="C19" t="s">
-        <v>138</v>
+        <v>129</v>
       </c>
       <c r="D19" t="s">
-        <v>1553</v>
+        <v>417</v>
       </c>
     </row>
     <row r="20" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B20" t="s">
-        <v>1554</v>
+        <v>418</v>
       </c>
       <c r="C20" t="s">
-        <v>243</v>
+        <v>132</v>
       </c>
       <c r="D20" t="s">
-        <v>1555</v>
+        <v>419</v>
       </c>
     </row>
     <row r="21" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B21" t="s">
-        <v>1556</v>
+        <v>420</v>
       </c>
       <c r="C21" t="s">
-        <v>246</v>
+        <v>137</v>
       </c>
       <c r="D21" t="s">
-        <v>1557</v>
+        <v>421</v>
       </c>
     </row>
     <row r="22" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B22" t="s">
-        <v>1558</v>
+        <v>422</v>
       </c>
       <c r="C22" t="s">
-        <v>249</v>
+        <v>140</v>
       </c>
       <c r="D22" t="s">
-        <v>1559</v>
+        <v>423</v>
       </c>
     </row>
     <row r="23" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B23" t="s">
-        <v>1560</v>
+        <v>424</v>
       </c>
       <c r="C23" t="s">
-        <v>252</v>
+        <v>143</v>
       </c>
       <c r="D23" t="s">
-        <v>1561</v>
+        <v>425</v>
       </c>
     </row>
     <row r="24" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B24" t="s">
-        <v>1562</v>
+        <v>426</v>
       </c>
       <c r="C24" t="s">
-        <v>255</v>
+        <v>146</v>
       </c>
       <c r="D24" t="s">
-        <v>1563</v>
+        <v>427</v>
       </c>
     </row>
     <row r="25" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B25" t="s">
-        <v>1564</v>
-[...2 lines deleted...]
-        <v>258</v>
+        <v>428</v>
       </c>
       <c r="D25" t="s">
-        <v>1565</v>
+        <v>429</v>
       </c>
     </row>
     <row r="26" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B26" t="s">
-        <v>1566</v>
+        <v>430</v>
+      </c>
+      <c r="C26" t="s">
+        <v>149</v>
       </c>
       <c r="D26" t="s">
-        <v>1567</v>
+        <v>431</v>
       </c>
     </row>
     <row r="27" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B27" t="s">
-        <v>1568</v>
+        <v>432</v>
       </c>
       <c r="C27" t="s">
-        <v>261</v>
+        <v>152</v>
       </c>
       <c r="D27" t="s">
-        <v>1569</v>
+        <v>433</v>
       </c>
     </row>
     <row r="28" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B28" t="s">
-        <v>1570</v>
+        <v>434</v>
       </c>
       <c r="C28" t="s">
-        <v>266</v>
+        <v>155</v>
       </c>
       <c r="D28" t="s">
-        <v>1571</v>
+        <v>435</v>
       </c>
     </row>
     <row r="29" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B29" t="s">
-        <v>1572</v>
-[...2 lines deleted...]
-        <v>269</v>
+        <v>436</v>
       </c>
       <c r="D29" t="s">
-        <v>1573</v>
+        <v>437</v>
       </c>
     </row>
     <row r="30" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B30" t="s">
-        <v>1574</v>
+        <v>438</v>
+      </c>
+      <c r="C30" t="s">
+        <v>158</v>
       </c>
       <c r="D30" t="s">
-        <v>1575</v>
+        <v>439</v>
       </c>
     </row>
     <row r="31" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B31" t="s">
-        <v>1576</v>
+        <v>440</v>
       </c>
       <c r="C31" t="s">
-        <v>272</v>
+        <v>161</v>
       </c>
       <c r="D31" t="s">
-        <v>1577</v>
+        <v>441</v>
+      </c>
+    </row>
+    <row r="32" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B32" t="s">
+        <v>442</v>
+      </c>
+      <c r="C32" t="s">
+        <v>164</v>
+      </c>
+      <c r="D32" t="s">
+        <v>443</v>
+      </c>
+    </row>
+    <row r="33" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B33" t="s">
+        <v>444</v>
+      </c>
+      <c r="C33" t="s">
+        <v>167</v>
+      </c>
+      <c r="D33" t="s">
+        <v>445</v>
+      </c>
+    </row>
+    <row r="34" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B34" t="s">
+        <v>446</v>
+      </c>
+      <c r="C34" t="s">
+        <v>172</v>
+      </c>
+      <c r="D34" t="s">
+        <v>447</v>
+      </c>
+    </row>
+    <row r="35" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B35" t="s">
+        <v>448</v>
+      </c>
+      <c r="C35" t="s">
+        <v>175</v>
+      </c>
+      <c r="D35" t="s">
+        <v>449</v>
+      </c>
+    </row>
+    <row r="36" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B36" t="s">
+        <v>450</v>
+      </c>
+      <c r="C36" t="s">
+        <v>178</v>
+      </c>
+      <c r="D36" t="s">
+        <v>451</v>
+      </c>
+    </row>
+    <row r="37" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B37" t="s">
+        <v>452</v>
+      </c>
+      <c r="C37" t="s">
+        <v>181</v>
+      </c>
+      <c r="D37" t="s">
+        <v>453</v>
+      </c>
+    </row>
+    <row r="38" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B38" t="s">
+        <v>454</v>
+      </c>
+      <c r="C38" t="s">
+        <v>184</v>
+      </c>
+      <c r="D38" t="s">
+        <v>455</v>
+      </c>
+    </row>
+    <row r="39" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B39" t="s">
+        <v>456</v>
+      </c>
+      <c r="C39" t="s">
+        <v>187</v>
+      </c>
+      <c r="D39" t="s">
+        <v>457</v>
+      </c>
+    </row>
+    <row r="40" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B40" t="s">
+        <v>458</v>
+      </c>
+      <c r="C40" t="s">
+        <v>190</v>
+      </c>
+      <c r="D40" t="s">
+        <v>459</v>
+      </c>
+    </row>
+    <row r="41" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B41" t="s">
+        <v>460</v>
+      </c>
+      <c r="C41" t="s">
+        <v>193</v>
+      </c>
+      <c r="D41" t="s">
+        <v>461</v>
+      </c>
+    </row>
+    <row r="42" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B42" t="s">
+        <v>462</v>
+      </c>
+      <c r="C42" t="s">
+        <v>196</v>
+      </c>
+      <c r="D42" t="s">
+        <v>463</v>
+      </c>
+    </row>
+    <row r="43" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B43" t="s">
+        <v>464</v>
+      </c>
+      <c r="C43" t="s">
+        <v>201</v>
+      </c>
+      <c r="D43" t="s">
+        <v>465</v>
+      </c>
+    </row>
+    <row r="44" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B44" t="s">
+        <v>466</v>
+      </c>
+      <c r="C44" t="s">
+        <v>204</v>
+      </c>
+      <c r="D44" t="s">
+        <v>467</v>
+      </c>
+    </row>
+    <row r="45" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B45" t="s">
+        <v>468</v>
+      </c>
+      <c r="C45" t="s">
+        <v>207</v>
+      </c>
+      <c r="D45" t="s">
+        <v>469</v>
+      </c>
+    </row>
+    <row r="46" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B46" t="s">
+        <v>470</v>
+      </c>
+      <c r="D46" t="s">
+        <v>471</v>
+      </c>
+    </row>
+    <row r="47" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B47" t="s">
+        <v>472</v>
+      </c>
+      <c r="C47" t="s">
+        <v>210</v>
+      </c>
+      <c r="D47" t="s">
+        <v>473</v>
+      </c>
+    </row>
+    <row r="48" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B48" t="s">
+        <v>474</v>
+      </c>
+      <c r="C48" t="s">
+        <v>213</v>
+      </c>
+      <c r="D48" t="s">
+        <v>475</v>
+      </c>
+    </row>
+    <row r="49" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B49" t="s">
+        <v>476</v>
+      </c>
+      <c r="C49" t="s">
+        <v>216</v>
+      </c>
+      <c r="D49" t="s">
+        <v>477</v>
+      </c>
+    </row>
+    <row r="50" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B50" t="s">
+        <v>478</v>
+      </c>
+      <c r="C50" t="s">
+        <v>221</v>
+      </c>
+      <c r="D50" t="s">
+        <v>479</v>
+      </c>
+    </row>
+    <row r="51" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B51" t="s">
+        <v>480</v>
+      </c>
+      <c r="C51" t="s">
+        <v>224</v>
+      </c>
+      <c r="D51" t="s">
+        <v>481</v>
+      </c>
+    </row>
+    <row r="52" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B52" t="s">
+        <v>482</v>
+      </c>
+      <c r="C52" t="s">
+        <v>227</v>
+      </c>
+      <c r="D52" t="s">
+        <v>483</v>
+      </c>
+    </row>
+    <row r="53" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B53" t="s">
+        <v>484</v>
+      </c>
+      <c r="C53" t="s">
+        <v>230</v>
+      </c>
+      <c r="D53" t="s">
+        <v>485</v>
+      </c>
+    </row>
+    <row r="54" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B54" t="s">
+        <v>486</v>
+      </c>
+      <c r="C54" t="s">
+        <v>233</v>
+      </c>
+      <c r="D54" t="s">
+        <v>487</v>
+      </c>
+    </row>
+    <row r="55" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B55" t="s">
+        <v>488</v>
+      </c>
+      <c r="C55" t="s">
+        <v>236</v>
+      </c>
+      <c r="D55" t="s">
+        <v>489</v>
+      </c>
+    </row>
+    <row r="56" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B56" t="s">
+        <v>490</v>
+      </c>
+      <c r="C56" t="s">
+        <v>241</v>
+      </c>
+      <c r="D56" t="s">
+        <v>491</v>
+      </c>
+    </row>
+    <row r="57" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B57" t="s">
+        <v>492</v>
+      </c>
+      <c r="D57" t="s">
+        <v>493</v>
+      </c>
+    </row>
+    <row r="58" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B58" t="s">
+        <v>494</v>
+      </c>
+      <c r="C58" t="s">
+        <v>244</v>
+      </c>
+      <c r="D58" t="s">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="59" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B59" t="s">
+        <v>496</v>
+      </c>
+      <c r="C59" t="s">
+        <v>249</v>
+      </c>
+      <c r="D59" t="s">
+        <v>497</v>
+      </c>
+    </row>
+    <row r="60" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B60" t="s">
+        <v>498</v>
+      </c>
+      <c r="C60" t="s">
+        <v>252</v>
+      </c>
+      <c r="D60" t="s">
+        <v>499</v>
+      </c>
+    </row>
+    <row r="61" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B61" t="s">
+        <v>500</v>
+      </c>
+      <c r="C61" t="s">
+        <v>257</v>
+      </c>
+      <c r="D61" t="s">
+        <v>501</v>
+      </c>
+    </row>
+    <row r="62" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B62" t="s">
+        <v>502</v>
+      </c>
+      <c r="C62" t="s">
+        <v>260</v>
+      </c>
+      <c r="D62" t="s">
+        <v>503</v>
+      </c>
+    </row>
+    <row r="63" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B63" t="s">
+        <v>504</v>
+      </c>
+      <c r="C63" t="s">
+        <v>265</v>
+      </c>
+      <c r="D63" t="s">
+        <v>505</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet26.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <dimension ref="A1:D23"/>
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{1C39A212-339A-46A7-8633-9472D15BE396}">
+  <dimension ref="A1:D31"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
+  <sheetData>
+    <row r="1" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A1" s="5" t="s">
+        <v>58</v>
+      </c>
+      <c r="B1" s="5" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" s="5" t="s">
+        <v>59</v>
+      </c>
+      <c r="D1" s="5" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="2" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A2" s="4" t="s">
+        <v>1800</v>
+      </c>
+      <c r="B2" s="4" t="s">
+        <v>1802</v>
+      </c>
+      <c r="C2" s="4"/>
+      <c r="D2" s="4" t="s">
+        <v>1801</v>
+      </c>
+    </row>
+    <row r="3" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A3" s="4" t="s">
+        <v>1803</v>
+      </c>
+      <c r="B3" s="4" t="s">
+        <v>62</v>
+      </c>
+      <c r="C3" s="4"/>
+      <c r="D3" s="4" t="s">
+        <v>1804</v>
+      </c>
+    </row>
+    <row r="4" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A4" s="4" t="s">
+        <v>506</v>
+      </c>
+      <c r="B4" s="4" t="s">
+        <v>1805</v>
+      </c>
+      <c r="C4" s="4"/>
+      <c r="D4" s="4" t="s">
+        <v>1806</v>
+      </c>
+    </row>
+    <row r="5" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A5" s="4"/>
+      <c r="B5" s="4" t="s">
+        <v>1805</v>
+      </c>
+      <c r="C5" s="4"/>
+      <c r="D5" s="4" t="s">
+        <v>1807</v>
+      </c>
+    </row>
+    <row r="6" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A6" s="4"/>
+      <c r="B6" s="4" t="s">
+        <v>64</v>
+      </c>
+      <c r="C6" s="4"/>
+      <c r="D6" s="4" t="s">
+        <v>1808</v>
+      </c>
+    </row>
+    <row r="7" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A7" s="4"/>
+      <c r="B7" s="4" t="s">
+        <v>68</v>
+      </c>
+      <c r="C7" s="4"/>
+      <c r="D7" s="4" t="s">
+        <v>1809</v>
+      </c>
+    </row>
+    <row r="8" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A8" s="4"/>
+      <c r="B8" s="4" t="s">
+        <v>394</v>
+      </c>
+      <c r="C8" s="4"/>
+      <c r="D8" s="4" t="s">
+        <v>1810</v>
+      </c>
+    </row>
+    <row r="9" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A9" s="4"/>
+      <c r="B9" s="4" t="s">
+        <v>1811</v>
+      </c>
+      <c r="C9" s="4"/>
+      <c r="D9" s="4" t="s">
+        <v>1812</v>
+      </c>
+    </row>
+    <row r="10" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A10" s="4"/>
+      <c r="B10" s="4" t="s">
+        <v>1813</v>
+      </c>
+      <c r="C10" s="4" t="s">
+        <v>73</v>
+      </c>
+      <c r="D10" s="4" t="s">
+        <v>1814</v>
+      </c>
+    </row>
+    <row r="11" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A11" s="4"/>
+      <c r="B11" s="4" t="s">
+        <v>1815</v>
+      </c>
+      <c r="C11" s="4" t="s">
+        <v>76</v>
+      </c>
+      <c r="D11" s="4" t="s">
+        <v>1816</v>
+      </c>
+    </row>
+    <row r="12" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A12" s="4"/>
+      <c r="B12" s="4" t="s">
+        <v>1817</v>
+      </c>
+      <c r="C12" s="4" t="s">
+        <v>79</v>
+      </c>
+      <c r="D12" s="4" t="s">
+        <v>1818</v>
+      </c>
+    </row>
+    <row r="13" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A13" s="4"/>
+      <c r="B13" s="4" t="s">
+        <v>1819</v>
+      </c>
+      <c r="C13" s="4" t="s">
+        <v>82</v>
+      </c>
+      <c r="D13" s="4" t="s">
+        <v>1820</v>
+      </c>
+    </row>
+    <row r="14" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A14" s="4"/>
+      <c r="B14" s="4" t="s">
+        <v>310</v>
+      </c>
+      <c r="C14" s="4" t="s">
+        <v>85</v>
+      </c>
+      <c r="D14" s="4" t="s">
+        <v>1821</v>
+      </c>
+    </row>
+    <row r="15" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A15" s="4"/>
+      <c r="B15" s="4" t="s">
+        <v>319</v>
+      </c>
+      <c r="C15" s="4" t="s">
+        <v>88</v>
+      </c>
+      <c r="D15" s="4" t="s">
+        <v>1822</v>
+      </c>
+    </row>
+    <row r="16" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A16" s="4"/>
+      <c r="B16" s="4" t="s">
+        <v>1823</v>
+      </c>
+      <c r="C16" s="4" t="s">
+        <v>91</v>
+      </c>
+      <c r="D16" s="4" t="s">
+        <v>1824</v>
+      </c>
+    </row>
+    <row r="17" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B17" s="4" t="s">
+        <v>1825</v>
+      </c>
+      <c r="C17" s="4" t="s">
+        <v>94</v>
+      </c>
+      <c r="D17" s="4" t="s">
+        <v>1826</v>
+      </c>
+    </row>
+    <row r="18" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B18" s="4" t="s">
+        <v>1827</v>
+      </c>
+      <c r="C18" s="4" t="s">
+        <v>129</v>
+      </c>
+      <c r="D18" s="4" t="s">
+        <v>1828</v>
+      </c>
+    </row>
+    <row r="19" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B19" s="4" t="s">
+        <v>1829</v>
+      </c>
+      <c r="C19" s="4" t="s">
+        <v>132</v>
+      </c>
+      <c r="D19" s="4" t="s">
+        <v>1830</v>
+      </c>
+    </row>
+    <row r="20" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B20" s="4" t="s">
+        <v>1831</v>
+      </c>
+      <c r="C20" s="4" t="s">
+        <v>137</v>
+      </c>
+      <c r="D20" s="4" t="s">
+        <v>1832</v>
+      </c>
+    </row>
+    <row r="21" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B21" s="4" t="s">
+        <v>1833</v>
+      </c>
+      <c r="C21" s="4" t="s">
+        <v>140</v>
+      </c>
+      <c r="D21" s="4" t="s">
+        <v>1834</v>
+      </c>
+    </row>
+    <row r="22" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B22" s="4" t="s">
+        <v>1835</v>
+      </c>
+      <c r="C22" s="4" t="s">
+        <v>143</v>
+      </c>
+      <c r="D22" s="4" t="s">
+        <v>1836</v>
+      </c>
+    </row>
+    <row r="23" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B23" s="4" t="s">
+        <v>1837</v>
+      </c>
+      <c r="C23" s="4" t="s">
+        <v>146</v>
+      </c>
+      <c r="D23" s="4" t="s">
+        <v>1838</v>
+      </c>
+    </row>
+    <row r="24" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B24" s="4" t="s">
+        <v>1839</v>
+      </c>
+      <c r="C24" s="4" t="s">
+        <v>149</v>
+      </c>
+      <c r="D24" s="4" t="s">
+        <v>1840</v>
+      </c>
+    </row>
+    <row r="25" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B25" s="4" t="s">
+        <v>1841</v>
+      </c>
+      <c r="C25" s="4" t="s">
+        <v>152</v>
+      </c>
+      <c r="D25" s="4" t="s">
+        <v>1842</v>
+      </c>
+    </row>
+    <row r="26" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B26" s="4" t="s">
+        <v>1843</v>
+      </c>
+      <c r="C26" s="4" t="s">
+        <v>155</v>
+      </c>
+      <c r="D26" s="4" t="s">
+        <v>1844</v>
+      </c>
+    </row>
+    <row r="27" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B27" s="4" t="s">
+        <v>1845</v>
+      </c>
+      <c r="C27" s="4" t="s">
+        <v>158</v>
+      </c>
+      <c r="D27" s="4" t="s">
+        <v>1846</v>
+      </c>
+    </row>
+    <row r="28" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B28" s="4" t="s">
+        <v>539</v>
+      </c>
+      <c r="C28" s="4" t="s">
+        <v>161</v>
+      </c>
+      <c r="D28" s="4" t="s">
+        <v>1847</v>
+      </c>
+    </row>
+    <row r="29" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B29" s="4" t="s">
+        <v>1848</v>
+      </c>
+      <c r="C29" s="4" t="s">
+        <v>164</v>
+      </c>
+      <c r="D29" s="4" t="s">
+        <v>1849</v>
+      </c>
+    </row>
+    <row r="30" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B30" s="4" t="s">
+        <v>1850</v>
+      </c>
+      <c r="C30" s="4" t="s">
+        <v>167</v>
+      </c>
+      <c r="D30" s="4" t="s">
+        <v>1851</v>
+      </c>
+    </row>
+    <row r="31" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B31" s="4" t="s">
+        <v>1852</v>
+      </c>
+      <c r="C31" s="4" t="s">
+        <v>172</v>
+      </c>
+      <c r="D31" s="4" t="s">
+        <v>1853</v>
+      </c>
+    </row>
+  </sheetData>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0500-000000000000}">
+  <dimension ref="A1:D66"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>99</v>
+        <v>58</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>100</v>
+        <v>59</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>101</v>
+        <v>60</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
-        <v>78</v>
+        <v>19</v>
       </c>
       <c r="B2" t="s">
-        <v>79</v>
+        <v>20</v>
       </c>
       <c r="D2" t="s">
-        <v>80</v>
+        <v>21</v>
       </c>
     </row>
     <row r="3" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A3" t="s">
+        <v>506</v>
+      </c>
       <c r="B3" t="s">
-        <v>102</v>
+        <v>62</v>
       </c>
       <c r="D3" t="s">
-        <v>1578</v>
+        <v>508</v>
       </c>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A4" t="s">
+        <v>507</v>
+      </c>
       <c r="B4" t="s">
-        <v>1579</v>
+        <v>509</v>
       </c>
       <c r="D4" t="s">
-        <v>1580</v>
+        <v>510</v>
       </c>
     </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B5" t="s">
-        <v>1581</v>
+        <v>64</v>
       </c>
       <c r="D5" t="s">
-        <v>1582</v>
+        <v>511</v>
       </c>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B6" t="s">
-        <v>1583</v>
+        <v>68</v>
       </c>
       <c r="D6" t="s">
-        <v>1584</v>
+        <v>512</v>
       </c>
     </row>
     <row r="7" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B7" t="s">
-        <v>1585</v>
+        <v>66</v>
       </c>
       <c r="D7" t="s">
-        <v>1586</v>
+        <v>513</v>
       </c>
     </row>
     <row r="8" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B8" t="s">
-        <v>1587</v>
+        <v>514</v>
       </c>
       <c r="D8" t="s">
-        <v>1588</v>
+        <v>515</v>
       </c>
     </row>
     <row r="9" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B9" t="s">
-        <v>1589</v>
+        <v>516</v>
+      </c>
+      <c r="C9" t="s">
+        <v>73</v>
       </c>
       <c r="D9" t="s">
-        <v>1590</v>
+        <v>517</v>
       </c>
     </row>
     <row r="10" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B10" t="s">
-        <v>1591</v>
+        <v>518</v>
       </c>
       <c r="C10" t="s">
-        <v>148</v>
+        <v>76</v>
       </c>
       <c r="D10" t="s">
-        <v>1592</v>
+        <v>519</v>
       </c>
     </row>
     <row r="11" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B11" t="s">
-        <v>1593</v>
+        <v>452</v>
       </c>
       <c r="C11" t="s">
-        <v>1594</v>
+        <v>79</v>
       </c>
       <c r="D11" t="s">
-        <v>1595</v>
+        <v>520</v>
       </c>
     </row>
     <row r="12" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B12" t="s">
-        <v>1596</v>
+        <v>521</v>
       </c>
       <c r="C12" t="s">
-        <v>1597</v>
+        <v>82</v>
       </c>
       <c r="D12" t="s">
-        <v>1598</v>
+        <v>522</v>
       </c>
     </row>
     <row r="13" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B13" t="s">
-        <v>1599</v>
+        <v>523</v>
       </c>
       <c r="C13" t="s">
-        <v>1600</v>
+        <v>85</v>
       </c>
       <c r="D13" t="s">
-        <v>1601</v>
+        <v>524</v>
       </c>
     </row>
     <row r="14" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B14" t="s">
-        <v>1602</v>
+        <v>525</v>
+      </c>
+      <c r="C14" t="s">
+        <v>88</v>
       </c>
       <c r="D14" t="s">
-        <v>1603</v>
+        <v>526</v>
       </c>
     </row>
     <row r="15" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B15" t="s">
-        <v>1604</v>
+        <v>527</v>
       </c>
       <c r="C15" t="s">
-        <v>165</v>
+        <v>91</v>
       </c>
       <c r="D15" t="s">
-        <v>1605</v>
+        <v>528</v>
       </c>
     </row>
     <row r="16" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B16" t="s">
-        <v>1606</v>
+        <v>325</v>
       </c>
       <c r="C16" t="s">
-        <v>1607</v>
+        <v>94</v>
       </c>
       <c r="D16" t="s">
-        <v>1608</v>
+        <v>529</v>
       </c>
     </row>
     <row r="17" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B17" t="s">
-        <v>1609</v>
+        <v>530</v>
       </c>
       <c r="C17" t="s">
-        <v>1610</v>
+        <v>129</v>
       </c>
       <c r="D17" t="s">
-        <v>1611</v>
+        <v>531</v>
       </c>
     </row>
     <row r="18" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B18" t="s">
-        <v>1612</v>
+        <v>532</v>
       </c>
       <c r="C18" t="s">
-        <v>1613</v>
+        <v>132</v>
       </c>
       <c r="D18" t="s">
-        <v>1614</v>
+        <v>533</v>
       </c>
     </row>
     <row r="19" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B19" t="s">
-        <v>1615</v>
+        <v>534</v>
+      </c>
+      <c r="C19" t="s">
+        <v>137</v>
       </c>
       <c r="D19" t="s">
-        <v>1616</v>
+        <v>535</v>
       </c>
     </row>
     <row r="20" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B20" t="s">
-        <v>1617</v>
+        <v>460</v>
       </c>
       <c r="C20" t="s">
-        <v>179</v>
+        <v>140</v>
       </c>
       <c r="D20" t="s">
-        <v>1618</v>
+        <v>536</v>
       </c>
     </row>
     <row r="21" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B21" t="s">
-        <v>1619</v>
+        <v>537</v>
       </c>
       <c r="C21" t="s">
-        <v>1620</v>
+        <v>143</v>
       </c>
       <c r="D21" t="s">
-        <v>1621</v>
+        <v>538</v>
       </c>
     </row>
     <row r="22" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B22" t="s">
-        <v>1622</v>
+        <v>539</v>
       </c>
       <c r="C22" t="s">
-        <v>1623</v>
+        <v>146</v>
       </c>
       <c r="D22" t="s">
-        <v>1624</v>
+        <v>540</v>
       </c>
     </row>
     <row r="23" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B23" t="s">
-        <v>1625</v>
+        <v>541</v>
       </c>
       <c r="C23" t="s">
-        <v>1626</v>
+        <v>149</v>
       </c>
       <c r="D23" t="s">
-        <v>1627</v>
+        <v>542</v>
+      </c>
+    </row>
+    <row r="24" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B24" t="s">
+        <v>543</v>
+      </c>
+      <c r="C24" t="s">
+        <v>152</v>
+      </c>
+      <c r="D24" t="s">
+        <v>544</v>
+      </c>
+    </row>
+    <row r="25" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B25" t="s">
+        <v>545</v>
+      </c>
+      <c r="C25" t="s">
+        <v>155</v>
+      </c>
+      <c r="D25" t="s">
+        <v>546</v>
+      </c>
+    </row>
+    <row r="26" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B26" t="s">
+        <v>547</v>
+      </c>
+      <c r="C26" t="s">
+        <v>158</v>
+      </c>
+      <c r="D26" t="s">
+        <v>548</v>
+      </c>
+    </row>
+    <row r="27" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B27" t="s">
+        <v>458</v>
+      </c>
+      <c r="C27" t="s">
+        <v>161</v>
+      </c>
+      <c r="D27" t="s">
+        <v>549</v>
+      </c>
+    </row>
+    <row r="28" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B28" t="s">
+        <v>550</v>
+      </c>
+      <c r="C28" t="s">
+        <v>164</v>
+      </c>
+      <c r="D28" t="s">
+        <v>551</v>
+      </c>
+    </row>
+    <row r="29" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B29" t="s">
+        <v>552</v>
+      </c>
+      <c r="D29" t="s">
+        <v>553</v>
+      </c>
+    </row>
+    <row r="30" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B30" t="s">
+        <v>380</v>
+      </c>
+      <c r="C30" t="s">
+        <v>167</v>
+      </c>
+      <c r="D30" t="s">
+        <v>554</v>
+      </c>
+    </row>
+    <row r="31" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B31" t="s">
+        <v>555</v>
+      </c>
+      <c r="C31" t="s">
+        <v>172</v>
+      </c>
+      <c r="D31" t="s">
+        <v>556</v>
+      </c>
+    </row>
+    <row r="32" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B32" t="s">
+        <v>377</v>
+      </c>
+      <c r="C32" t="s">
+        <v>175</v>
+      </c>
+      <c r="D32" t="s">
+        <v>557</v>
+      </c>
+    </row>
+    <row r="33" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B33" t="s">
+        <v>558</v>
+      </c>
+      <c r="C33" t="s">
+        <v>178</v>
+      </c>
+      <c r="D33" t="s">
+        <v>559</v>
+      </c>
+    </row>
+    <row r="34" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B34" t="s">
+        <v>560</v>
+      </c>
+      <c r="C34" t="s">
+        <v>181</v>
+      </c>
+      <c r="D34" t="s">
+        <v>561</v>
+      </c>
+    </row>
+    <row r="35" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B35" t="s">
+        <v>562</v>
+      </c>
+      <c r="C35" t="s">
+        <v>184</v>
+      </c>
+      <c r="D35" t="s">
+        <v>563</v>
+      </c>
+    </row>
+    <row r="36" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B36" t="s">
+        <v>564</v>
+      </c>
+      <c r="D36" t="s">
+        <v>565</v>
+      </c>
+    </row>
+    <row r="37" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B37" t="s">
+        <v>566</v>
+      </c>
+      <c r="C37" t="s">
+        <v>187</v>
+      </c>
+      <c r="D37" t="s">
+        <v>567</v>
+      </c>
+    </row>
+    <row r="38" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B38" t="s">
+        <v>568</v>
+      </c>
+      <c r="C38" t="s">
+        <v>190</v>
+      </c>
+      <c r="D38" t="s">
+        <v>569</v>
+      </c>
+    </row>
+    <row r="39" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B39" t="s">
+        <v>570</v>
+      </c>
+      <c r="C39" t="s">
+        <v>193</v>
+      </c>
+      <c r="D39" t="s">
+        <v>571</v>
+      </c>
+    </row>
+    <row r="40" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B40" t="s">
+        <v>572</v>
+      </c>
+      <c r="C40" t="s">
+        <v>196</v>
+      </c>
+      <c r="D40" t="s">
+        <v>573</v>
+      </c>
+    </row>
+    <row r="41" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B41" t="s">
+        <v>574</v>
+      </c>
+      <c r="C41" t="s">
+        <v>201</v>
+      </c>
+      <c r="D41" t="s">
+        <v>575</v>
+      </c>
+    </row>
+    <row r="42" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B42" t="s">
+        <v>576</v>
+      </c>
+      <c r="D42" t="s">
+        <v>577</v>
+      </c>
+    </row>
+    <row r="43" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B43" t="s">
+        <v>578</v>
+      </c>
+      <c r="D43" t="s">
+        <v>579</v>
+      </c>
+    </row>
+    <row r="44" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B44" t="s">
+        <v>578</v>
+      </c>
+      <c r="D44" t="s">
+        <v>580</v>
+      </c>
+    </row>
+    <row r="45" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B45" t="s">
+        <v>578</v>
+      </c>
+      <c r="D45" t="s">
+        <v>581</v>
+      </c>
+    </row>
+    <row r="46" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B46" t="s">
+        <v>578</v>
+      </c>
+      <c r="D46" t="s">
+        <v>582</v>
+      </c>
+    </row>
+    <row r="47" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B47" t="s">
+        <v>578</v>
+      </c>
+      <c r="D47" t="s">
+        <v>583</v>
+      </c>
+    </row>
+    <row r="48" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B48" t="s">
+        <v>578</v>
+      </c>
+      <c r="D48" t="s">
+        <v>584</v>
+      </c>
+    </row>
+    <row r="49" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B49" t="s">
+        <v>578</v>
+      </c>
+      <c r="D49" t="s">
+        <v>585</v>
+      </c>
+    </row>
+    <row r="50" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B50" t="s">
+        <v>578</v>
+      </c>
+      <c r="D50" t="s">
+        <v>586</v>
+      </c>
+    </row>
+    <row r="51" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B51" t="s">
+        <v>578</v>
+      </c>
+      <c r="D51" t="s">
+        <v>587</v>
+      </c>
+    </row>
+    <row r="52" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B52" t="s">
+        <v>578</v>
+      </c>
+      <c r="D52" t="s">
+        <v>588</v>
+      </c>
+    </row>
+    <row r="53" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B53" t="s">
+        <v>578</v>
+      </c>
+      <c r="D53" t="s">
+        <v>589</v>
+      </c>
+    </row>
+    <row r="54" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B54" t="s">
+        <v>578</v>
+      </c>
+      <c r="D54" t="s">
+        <v>590</v>
+      </c>
+    </row>
+    <row r="55" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B55" t="s">
+        <v>578</v>
+      </c>
+      <c r="D55" t="s">
+        <v>591</v>
+      </c>
+    </row>
+    <row r="56" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B56" t="s">
+        <v>578</v>
+      </c>
+      <c r="D56" t="s">
+        <v>592</v>
+      </c>
+    </row>
+    <row r="57" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B57" t="s">
+        <v>578</v>
+      </c>
+      <c r="D57" t="s">
+        <v>593</v>
+      </c>
+    </row>
+    <row r="58" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B58" t="s">
+        <v>578</v>
+      </c>
+      <c r="D58" t="s">
+        <v>594</v>
+      </c>
+    </row>
+    <row r="59" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B59" t="s">
+        <v>578</v>
+      </c>
+      <c r="D59" t="s">
+        <v>595</v>
+      </c>
+    </row>
+    <row r="60" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B60" t="s">
+        <v>578</v>
+      </c>
+      <c r="D60" t="s">
+        <v>596</v>
+      </c>
+    </row>
+    <row r="61" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B61" t="s">
+        <v>578</v>
+      </c>
+      <c r="D61" t="s">
+        <v>597</v>
+      </c>
+    </row>
+    <row r="62" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B62" t="s">
+        <v>578</v>
+      </c>
+      <c r="D62" t="s">
+        <v>598</v>
+      </c>
+    </row>
+    <row r="63" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B63" t="s">
+        <v>578</v>
+      </c>
+      <c r="D63" t="s">
+        <v>599</v>
+      </c>
+    </row>
+    <row r="64" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B64" t="s">
+        <v>578</v>
+      </c>
+      <c r="D64" t="s">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="65" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B65" t="s">
+        <v>578</v>
+      </c>
+      <c r="D65" t="s">
+        <v>601</v>
+      </c>
+    </row>
+    <row r="66" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B66" t="s">
+        <v>578</v>
+      </c>
+      <c r="D66" t="s">
+        <v>602</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet27.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <dimension ref="A1:D27"/>
+<file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0600-000000000000}">
+  <dimension ref="A1:D52"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>99</v>
+        <v>58</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>100</v>
+        <v>59</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>101</v>
+        <v>60</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
-        <v>81</v>
+        <v>22</v>
       </c>
       <c r="B2" t="s">
-        <v>82</v>
+        <v>23</v>
       </c>
       <c r="D2" t="s">
-        <v>83</v>
+        <v>24</v>
       </c>
     </row>
     <row r="3" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B3" t="s">
-        <v>102</v>
+        <v>62</v>
       </c>
       <c r="D3" t="s">
-        <v>1628</v>
+        <v>603</v>
       </c>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B4" t="s">
-        <v>104</v>
+        <v>64</v>
       </c>
       <c r="D4" t="s">
-        <v>1629</v>
+        <v>604</v>
       </c>
     </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B5" t="s">
-        <v>106</v>
+        <v>68</v>
       </c>
       <c r="D5" t="s">
-        <v>1630</v>
+        <v>605</v>
       </c>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B6" t="s">
-        <v>108</v>
+        <v>394</v>
       </c>
       <c r="D6" t="s">
-        <v>1631</v>
+        <v>606</v>
       </c>
     </row>
     <row r="7" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B7" t="s">
-        <v>391</v>
+        <v>607</v>
       </c>
       <c r="D7" t="s">
-        <v>1632</v>
+        <v>608</v>
       </c>
     </row>
     <row r="8" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B8" t="s">
-        <v>143</v>
+        <v>609</v>
+      </c>
+      <c r="C8" t="s">
+        <v>73</v>
       </c>
       <c r="D8" t="s">
-        <v>1633</v>
+        <v>610</v>
       </c>
     </row>
     <row r="9" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B9" t="s">
-        <v>1634</v>
+        <v>611</v>
+      </c>
+      <c r="C9" t="s">
+        <v>76</v>
       </c>
       <c r="D9" t="s">
-        <v>1635</v>
+        <v>612</v>
       </c>
     </row>
     <row r="10" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B10" t="s">
-        <v>1636</v>
+        <v>613</v>
       </c>
       <c r="C10" t="s">
-        <v>115</v>
+        <v>79</v>
       </c>
       <c r="D10" t="s">
-        <v>1637</v>
+        <v>614</v>
       </c>
     </row>
     <row r="11" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B11" t="s">
-        <v>1638</v>
+        <v>615</v>
       </c>
       <c r="C11" t="s">
-        <v>118</v>
+        <v>82</v>
       </c>
       <c r="D11" t="s">
-        <v>1639</v>
+        <v>616</v>
       </c>
     </row>
     <row r="12" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B12" t="s">
-        <v>1640</v>
+        <v>617</v>
       </c>
       <c r="C12" t="s">
-        <v>121</v>
+        <v>85</v>
       </c>
       <c r="D12" t="s">
-        <v>1641</v>
+        <v>618</v>
       </c>
     </row>
     <row r="13" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B13" t="s">
-        <v>1642</v>
+        <v>619</v>
+      </c>
+      <c r="C13" t="s">
+        <v>88</v>
       </c>
       <c r="D13" t="s">
-        <v>1643</v>
+        <v>620</v>
       </c>
     </row>
     <row r="14" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B14" t="s">
-        <v>1644</v>
+        <v>621</v>
       </c>
       <c r="C14" t="s">
-        <v>124</v>
+        <v>91</v>
       </c>
       <c r="D14" t="s">
-        <v>1645</v>
+        <v>622</v>
       </c>
     </row>
     <row r="15" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B15" t="s">
-        <v>1646</v>
+        <v>623</v>
       </c>
       <c r="C15" t="s">
-        <v>127</v>
+        <v>94</v>
       </c>
       <c r="D15" t="s">
-        <v>1647</v>
+        <v>624</v>
       </c>
     </row>
     <row r="16" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B16" t="s">
-        <v>1648</v>
+        <v>625</v>
       </c>
       <c r="C16" t="s">
-        <v>132</v>
+        <v>129</v>
       </c>
       <c r="D16" t="s">
-        <v>1649</v>
+        <v>626</v>
       </c>
     </row>
     <row r="17" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B17" t="s">
-        <v>1650</v>
+        <v>627</v>
       </c>
       <c r="C17" t="s">
-        <v>135</v>
+        <v>132</v>
       </c>
       <c r="D17" t="s">
-        <v>1651</v>
+        <v>628</v>
       </c>
     </row>
     <row r="18" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B18" t="s">
-        <v>1652</v>
+        <v>629</v>
       </c>
       <c r="C18" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="D18" t="s">
-        <v>1653</v>
+        <v>630</v>
       </c>
     </row>
     <row r="19" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B19" t="s">
-        <v>1654</v>
+        <v>631</v>
       </c>
       <c r="C19" t="s">
-        <v>243</v>
+        <v>140</v>
       </c>
       <c r="D19" t="s">
-        <v>1655</v>
+        <v>632</v>
       </c>
     </row>
     <row r="20" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B20" t="s">
-        <v>1656</v>
+        <v>633</v>
       </c>
       <c r="C20" t="s">
-        <v>246</v>
+        <v>143</v>
       </c>
       <c r="D20" t="s">
-        <v>1657</v>
+        <v>634</v>
       </c>
     </row>
     <row r="21" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B21" t="s">
-        <v>1658</v>
+        <v>635</v>
+      </c>
+      <c r="C21" t="s">
+        <v>146</v>
       </c>
       <c r="D21" t="s">
-        <v>1659</v>
+        <v>636</v>
       </c>
     </row>
     <row r="22" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B22" t="s">
-        <v>1660</v>
+        <v>637</v>
       </c>
       <c r="C22" t="s">
-        <v>249</v>
+        <v>149</v>
       </c>
       <c r="D22" t="s">
-        <v>1661</v>
+        <v>638</v>
       </c>
     </row>
     <row r="23" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B23" t="s">
-        <v>1662</v>
+        <v>639</v>
       </c>
       <c r="C23" t="s">
-        <v>252</v>
+        <v>152</v>
       </c>
       <c r="D23" t="s">
-        <v>1663</v>
+        <v>640</v>
       </c>
     </row>
     <row r="24" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B24" t="s">
-        <v>1664</v>
+        <v>641</v>
       </c>
       <c r="C24" t="s">
-        <v>255</v>
+        <v>155</v>
       </c>
       <c r="D24" t="s">
-        <v>1665</v>
+        <v>642</v>
       </c>
     </row>
     <row r="25" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B25" t="s">
-        <v>1666</v>
+        <v>643</v>
       </c>
       <c r="C25" t="s">
-        <v>258</v>
+        <v>158</v>
       </c>
       <c r="D25" t="s">
-        <v>1667</v>
+        <v>644</v>
       </c>
     </row>
     <row r="26" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B26" t="s">
-        <v>1668</v>
+        <v>645</v>
+      </c>
+      <c r="C26" t="s">
+        <v>161</v>
       </c>
       <c r="D26" t="s">
-        <v>1669</v>
+        <v>646</v>
       </c>
     </row>
     <row r="27" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B27" t="s">
-        <v>1670</v>
+        <v>647</v>
+      </c>
+      <c r="C27" t="s">
+        <v>164</v>
       </c>
       <c r="D27" t="s">
-        <v>1671</v>
+        <v>648</v>
+      </c>
+    </row>
+    <row r="28" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B28" t="s">
+        <v>649</v>
+      </c>
+      <c r="C28" t="s">
+        <v>167</v>
+      </c>
+      <c r="D28" t="s">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="29" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B29" t="s">
+        <v>651</v>
+      </c>
+      <c r="C29" t="s">
+        <v>172</v>
+      </c>
+      <c r="D29" t="s">
+        <v>652</v>
+      </c>
+    </row>
+    <row r="30" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B30" t="s">
+        <v>653</v>
+      </c>
+      <c r="C30" t="s">
+        <v>175</v>
+      </c>
+      <c r="D30" t="s">
+        <v>654</v>
+      </c>
+    </row>
+    <row r="31" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B31" t="s">
+        <v>655</v>
+      </c>
+      <c r="C31" t="s">
+        <v>178</v>
+      </c>
+      <c r="D31" t="s">
+        <v>656</v>
+      </c>
+    </row>
+    <row r="32" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B32" t="s">
+        <v>657</v>
+      </c>
+      <c r="C32" t="s">
+        <v>181</v>
+      </c>
+      <c r="D32" t="s">
+        <v>658</v>
+      </c>
+    </row>
+    <row r="33" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B33" t="s">
+        <v>659</v>
+      </c>
+      <c r="C33" t="s">
+        <v>184</v>
+      </c>
+      <c r="D33" t="s">
+        <v>660</v>
+      </c>
+    </row>
+    <row r="34" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B34" t="s">
+        <v>661</v>
+      </c>
+      <c r="C34" t="s">
+        <v>187</v>
+      </c>
+      <c r="D34" t="s">
+        <v>662</v>
+      </c>
+    </row>
+    <row r="35" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B35" t="s">
+        <v>663</v>
+      </c>
+      <c r="C35" t="s">
+        <v>190</v>
+      </c>
+      <c r="D35" t="s">
+        <v>664</v>
+      </c>
+    </row>
+    <row r="36" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B36" t="s">
+        <v>665</v>
+      </c>
+      <c r="C36" t="s">
+        <v>193</v>
+      </c>
+      <c r="D36" t="s">
+        <v>666</v>
+      </c>
+    </row>
+    <row r="37" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B37" t="s">
+        <v>667</v>
+      </c>
+      <c r="C37" t="s">
+        <v>196</v>
+      </c>
+      <c r="D37" t="s">
+        <v>668</v>
+      </c>
+    </row>
+    <row r="38" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B38" t="s">
+        <v>669</v>
+      </c>
+      <c r="C38" t="s">
+        <v>201</v>
+      </c>
+      <c r="D38" t="s">
+        <v>670</v>
+      </c>
+    </row>
+    <row r="39" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B39" t="s">
+        <v>671</v>
+      </c>
+      <c r="C39" t="s">
+        <v>204</v>
+      </c>
+      <c r="D39" t="s">
+        <v>672</v>
+      </c>
+    </row>
+    <row r="40" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B40" t="s">
+        <v>673</v>
+      </c>
+      <c r="C40" t="s">
+        <v>207</v>
+      </c>
+      <c r="D40" t="s">
+        <v>674</v>
+      </c>
+    </row>
+    <row r="41" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B41" t="s">
+        <v>675</v>
+      </c>
+      <c r="C41" t="s">
+        <v>210</v>
+      </c>
+      <c r="D41" t="s">
+        <v>676</v>
+      </c>
+    </row>
+    <row r="42" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B42" t="s">
+        <v>677</v>
+      </c>
+      <c r="C42" t="s">
+        <v>213</v>
+      </c>
+      <c r="D42" t="s">
+        <v>678</v>
+      </c>
+    </row>
+    <row r="43" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B43" t="s">
+        <v>679</v>
+      </c>
+      <c r="C43" t="s">
+        <v>216</v>
+      </c>
+      <c r="D43" t="s">
+        <v>680</v>
+      </c>
+    </row>
+    <row r="44" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B44" t="s">
+        <v>681</v>
+      </c>
+      <c r="C44" t="s">
+        <v>221</v>
+      </c>
+      <c r="D44" t="s">
+        <v>682</v>
+      </c>
+    </row>
+    <row r="45" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B45" t="s">
+        <v>683</v>
+      </c>
+      <c r="C45" t="s">
+        <v>224</v>
+      </c>
+      <c r="D45" t="s">
+        <v>684</v>
+      </c>
+    </row>
+    <row r="46" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B46" t="s">
+        <v>685</v>
+      </c>
+      <c r="C46" t="s">
+        <v>227</v>
+      </c>
+      <c r="D46" t="s">
+        <v>686</v>
+      </c>
+    </row>
+    <row r="47" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B47" t="s">
+        <v>687</v>
+      </c>
+      <c r="C47" t="s">
+        <v>230</v>
+      </c>
+      <c r="D47" t="s">
+        <v>688</v>
+      </c>
+    </row>
+    <row r="48" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B48" t="s">
+        <v>689</v>
+      </c>
+      <c r="C48" t="s">
+        <v>233</v>
+      </c>
+      <c r="D48" t="s">
+        <v>690</v>
+      </c>
+    </row>
+    <row r="49" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B49" t="s">
+        <v>691</v>
+      </c>
+      <c r="C49" t="s">
+        <v>236</v>
+      </c>
+      <c r="D49" t="s">
+        <v>692</v>
+      </c>
+    </row>
+    <row r="50" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B50" t="s">
+        <v>693</v>
+      </c>
+      <c r="C50" t="s">
+        <v>241</v>
+      </c>
+      <c r="D50" t="s">
+        <v>694</v>
+      </c>
+    </row>
+    <row r="51" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B51" t="s">
+        <v>695</v>
+      </c>
+      <c r="C51" t="s">
+        <v>244</v>
+      </c>
+      <c r="D51" t="s">
+        <v>696</v>
+      </c>
+    </row>
+    <row r="52" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B52" t="s">
+        <v>697</v>
+      </c>
+      <c r="D52" t="s">
+        <v>698</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet28.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <dimension ref="A1:D26"/>
+<file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0700-000000000000}">
+  <dimension ref="A1:D88"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>99</v>
+        <v>58</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>100</v>
+        <v>59</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>101</v>
-[...5504 lines deleted...]
-        <v>101</v>
+        <v>60</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
         <v>19</v>
       </c>
       <c r="B2" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="D2" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
     </row>
     <row r="3" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
-        <v>328</v>
+        <v>506</v>
       </c>
       <c r="B3" t="s">
-        <v>102</v>
+        <v>62</v>
       </c>
       <c r="D3" t="s">
-        <v>330</v>
+        <v>699</v>
       </c>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A4" t="s">
-        <v>329</v>
+        <v>507</v>
       </c>
       <c r="B4" t="s">
-        <v>306</v>
+        <v>62</v>
       </c>
       <c r="D4" t="s">
-        <v>331</v>
+        <v>700</v>
       </c>
     </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B5" t="s">
-        <v>106</v>
+        <v>64</v>
       </c>
       <c r="D5" t="s">
-        <v>332</v>
+        <v>701</v>
       </c>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B6" t="s">
-        <v>333</v>
+        <v>64</v>
       </c>
       <c r="D6" t="s">
-        <v>334</v>
+        <v>702</v>
       </c>
     </row>
     <row r="7" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B7" t="s">
-        <v>108</v>
+        <v>68</v>
       </c>
       <c r="D7" t="s">
-        <v>335</v>
+        <v>703</v>
       </c>
     </row>
     <row r="8" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B8" t="s">
-        <v>336</v>
-[...2 lines deleted...]
-        <v>115</v>
+        <v>68</v>
       </c>
       <c r="D8" t="s">
-        <v>337</v>
+        <v>704</v>
       </c>
     </row>
     <row r="9" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B9" t="s">
-        <v>338</v>
-[...2 lines deleted...]
-        <v>118</v>
+        <v>514</v>
       </c>
       <c r="D9" t="s">
-        <v>339</v>
+        <v>705</v>
       </c>
     </row>
     <row r="10" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B10" t="s">
-        <v>340</v>
+        <v>516</v>
       </c>
       <c r="C10" t="s">
-        <v>121</v>
+        <v>73</v>
       </c>
       <c r="D10" t="s">
-        <v>341</v>
+        <v>706</v>
       </c>
     </row>
     <row r="11" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B11" t="s">
-        <v>342</v>
+        <v>518</v>
       </c>
       <c r="C11" t="s">
-        <v>124</v>
+        <v>76</v>
       </c>
       <c r="D11" t="s">
-        <v>343</v>
+        <v>707</v>
       </c>
     </row>
     <row r="12" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B12" t="s">
-        <v>120</v>
+        <v>452</v>
       </c>
       <c r="C12" t="s">
-        <v>127</v>
+        <v>79</v>
       </c>
       <c r="D12" t="s">
-        <v>344</v>
+        <v>708</v>
       </c>
     </row>
     <row r="13" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B13" t="s">
-        <v>345</v>
+        <v>521</v>
       </c>
       <c r="C13" t="s">
-        <v>132</v>
+        <v>82</v>
       </c>
       <c r="D13" t="s">
-        <v>346</v>
+        <v>709</v>
       </c>
     </row>
     <row r="14" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B14" t="s">
-        <v>347</v>
+        <v>523</v>
       </c>
       <c r="C14" t="s">
-        <v>135</v>
+        <v>85</v>
       </c>
       <c r="D14" t="s">
-        <v>348</v>
+        <v>710</v>
       </c>
     </row>
     <row r="15" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B15" t="s">
-        <v>349</v>
+        <v>525</v>
       </c>
       <c r="C15" t="s">
-        <v>138</v>
+        <v>88</v>
       </c>
       <c r="D15" t="s">
-        <v>350</v>
+        <v>711</v>
       </c>
     </row>
     <row r="16" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B16" t="s">
-        <v>351</v>
+        <v>527</v>
       </c>
       <c r="C16" t="s">
-        <v>243</v>
+        <v>91</v>
       </c>
       <c r="D16" t="s">
-        <v>352</v>
+        <v>712</v>
       </c>
     </row>
     <row r="17" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B17" t="s">
-        <v>353</v>
+        <v>325</v>
       </c>
       <c r="C17" t="s">
-        <v>246</v>
+        <v>94</v>
       </c>
       <c r="D17" t="s">
-        <v>354</v>
+        <v>713</v>
       </c>
     </row>
     <row r="18" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B18" t="s">
-        <v>355</v>
+        <v>530</v>
       </c>
       <c r="C18" t="s">
-        <v>249</v>
+        <v>129</v>
       </c>
       <c r="D18" t="s">
-        <v>356</v>
+        <v>714</v>
       </c>
     </row>
     <row r="19" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B19" t="s">
-        <v>357</v>
+        <v>532</v>
       </c>
       <c r="C19" t="s">
-        <v>252</v>
+        <v>132</v>
       </c>
       <c r="D19" t="s">
-        <v>358</v>
+        <v>715</v>
       </c>
     </row>
     <row r="20" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B20" t="s">
-        <v>134</v>
+        <v>534</v>
       </c>
       <c r="C20" t="s">
-        <v>255</v>
+        <v>137</v>
       </c>
       <c r="D20" t="s">
-        <v>359</v>
+        <v>716</v>
       </c>
     </row>
     <row r="21" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B21" t="s">
-        <v>360</v>
+        <v>460</v>
       </c>
       <c r="C21" t="s">
-        <v>258</v>
+        <v>140</v>
       </c>
       <c r="D21" t="s">
-        <v>361</v>
+        <v>717</v>
       </c>
     </row>
     <row r="22" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B22" t="s">
-        <v>362</v>
+        <v>537</v>
+      </c>
+      <c r="C22" t="s">
+        <v>143</v>
       </c>
       <c r="D22" t="s">
-        <v>363</v>
+        <v>718</v>
       </c>
     </row>
     <row r="23" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B23" t="s">
-        <v>364</v>
+        <v>539</v>
       </c>
       <c r="C23" t="s">
-        <v>289</v>
+        <v>146</v>
       </c>
       <c r="D23" t="s">
-        <v>365</v>
+        <v>719</v>
       </c>
     </row>
     <row r="24" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B24" t="s">
-        <v>366</v>
+        <v>541</v>
       </c>
       <c r="C24" t="s">
-        <v>292</v>
+        <v>149</v>
       </c>
       <c r="D24" t="s">
-        <v>367</v>
-[...359 lines deleted...]
-        <v>409</v>
+        <v>720</v>
       </c>
     </row>
     <row r="25" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B25" t="s">
-        <v>410</v>
+        <v>543</v>
       </c>
       <c r="C25" t="s">
-        <v>115</v>
+        <v>152</v>
       </c>
       <c r="D25" t="s">
-        <v>411</v>
+        <v>721</v>
       </c>
     </row>
     <row r="26" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B26" t="s">
-        <v>412</v>
+        <v>545</v>
       </c>
       <c r="C26" t="s">
-        <v>118</v>
+        <v>155</v>
       </c>
       <c r="D26" t="s">
-        <v>413</v>
+        <v>722</v>
       </c>
     </row>
     <row r="27" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B27" t="s">
-        <v>120</v>
+        <v>547</v>
       </c>
       <c r="C27" t="s">
-        <v>121</v>
+        <v>158</v>
       </c>
       <c r="D27" t="s">
-        <v>414</v>
+        <v>723</v>
       </c>
     </row>
     <row r="28" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B28" t="s">
-        <v>415</v>
+        <v>458</v>
       </c>
       <c r="C28" t="s">
-        <v>124</v>
+        <v>161</v>
       </c>
       <c r="D28" t="s">
-        <v>416</v>
+        <v>724</v>
       </c>
     </row>
     <row r="29" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B29" t="s">
-        <v>353</v>
+        <v>550</v>
       </c>
       <c r="C29" t="s">
-        <v>127</v>
+        <v>164</v>
       </c>
       <c r="D29" t="s">
-        <v>417</v>
+        <v>725</v>
       </c>
     </row>
     <row r="30" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B30" t="s">
-        <v>418</v>
-[...2 lines deleted...]
-        <v>132</v>
+        <v>552</v>
       </c>
       <c r="D30" t="s">
-        <v>419</v>
+        <v>726</v>
       </c>
     </row>
     <row r="31" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B31" t="s">
-        <v>134</v>
+        <v>380</v>
       </c>
       <c r="C31" t="s">
-        <v>135</v>
+        <v>167</v>
       </c>
       <c r="D31" t="s">
-        <v>420</v>
+        <v>727</v>
       </c>
     </row>
     <row r="32" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B32" t="s">
-        <v>421</v>
+        <v>555</v>
       </c>
       <c r="C32" t="s">
-        <v>138</v>
+        <v>172</v>
       </c>
       <c r="D32" t="s">
-        <v>422</v>
+        <v>728</v>
       </c>
     </row>
     <row r="33" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B33" t="s">
-        <v>300</v>
+        <v>377</v>
+      </c>
+      <c r="C33" t="s">
+        <v>175</v>
       </c>
       <c r="D33" t="s">
-        <v>423</v>
+        <v>729</v>
       </c>
     </row>
     <row r="34" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B34" t="s">
-        <v>410</v>
+        <v>558</v>
       </c>
       <c r="C34" t="s">
-        <v>115</v>
+        <v>178</v>
       </c>
       <c r="D34" t="s">
-        <v>424</v>
+        <v>730</v>
       </c>
     </row>
     <row r="35" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B35" t="s">
-        <v>412</v>
+        <v>560</v>
       </c>
       <c r="C35" t="s">
-        <v>118</v>
+        <v>181</v>
       </c>
       <c r="D35" t="s">
-        <v>425</v>
+        <v>731</v>
       </c>
     </row>
     <row r="36" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B36" t="s">
-        <v>120</v>
+        <v>562</v>
       </c>
       <c r="C36" t="s">
-        <v>121</v>
+        <v>184</v>
       </c>
       <c r="D36" t="s">
-        <v>426</v>
+        <v>732</v>
       </c>
     </row>
     <row r="37" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B37" t="s">
-        <v>415</v>
-[...2 lines deleted...]
-        <v>124</v>
+        <v>564</v>
       </c>
       <c r="D37" t="s">
-        <v>427</v>
+        <v>733</v>
       </c>
     </row>
     <row r="38" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B38" t="s">
-        <v>353</v>
+        <v>566</v>
       </c>
       <c r="C38" t="s">
-        <v>127</v>
+        <v>187</v>
       </c>
       <c r="D38" t="s">
-        <v>428</v>
+        <v>734</v>
       </c>
     </row>
     <row r="39" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B39" t="s">
-        <v>418</v>
+        <v>568</v>
       </c>
       <c r="C39" t="s">
-        <v>132</v>
+        <v>190</v>
       </c>
       <c r="D39" t="s">
-        <v>429</v>
+        <v>735</v>
       </c>
     </row>
     <row r="40" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B40" t="s">
-        <v>134</v>
+        <v>570</v>
       </c>
       <c r="C40" t="s">
-        <v>135</v>
+        <v>193</v>
       </c>
       <c r="D40" t="s">
-        <v>430</v>
+        <v>736</v>
       </c>
     </row>
     <row r="41" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B41" t="s">
-        <v>421</v>
+        <v>572</v>
       </c>
       <c r="C41" t="s">
-        <v>138</v>
+        <v>196</v>
       </c>
       <c r="D41" t="s">
-        <v>431</v>
+        <v>737</v>
       </c>
     </row>
     <row r="42" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B42" t="s">
-        <v>300</v>
+        <v>574</v>
+      </c>
+      <c r="C42" t="s">
+        <v>201</v>
       </c>
       <c r="D42" t="s">
-        <v>432</v>
+        <v>738</v>
       </c>
     </row>
     <row r="43" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B43" t="s">
-        <v>410</v>
-[...2 lines deleted...]
-        <v>115</v>
+        <v>739</v>
       </c>
       <c r="D43" t="s">
-        <v>433</v>
+        <v>740</v>
       </c>
     </row>
     <row r="44" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B44" t="s">
-        <v>412</v>
+        <v>741</v>
       </c>
       <c r="C44" t="s">
-        <v>118</v>
+        <v>204</v>
       </c>
       <c r="D44" t="s">
-        <v>434</v>
+        <v>742</v>
       </c>
     </row>
     <row r="45" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B45" t="s">
-        <v>120</v>
+        <v>743</v>
       </c>
       <c r="C45" t="s">
-        <v>121</v>
+        <v>207</v>
       </c>
       <c r="D45" t="s">
-        <v>435</v>
+        <v>744</v>
       </c>
     </row>
     <row r="46" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B46" t="s">
-        <v>415</v>
+        <v>745</v>
       </c>
       <c r="C46" t="s">
-        <v>124</v>
+        <v>210</v>
       </c>
       <c r="D46" t="s">
-        <v>436</v>
+        <v>746</v>
       </c>
     </row>
     <row r="47" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B47" t="s">
-        <v>353</v>
+        <v>747</v>
       </c>
       <c r="C47" t="s">
-        <v>127</v>
+        <v>213</v>
       </c>
       <c r="D47" t="s">
-        <v>437</v>
+        <v>748</v>
       </c>
     </row>
     <row r="48" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B48" t="s">
-        <v>418</v>
-[...2 lines deleted...]
-        <v>132</v>
+        <v>576</v>
       </c>
       <c r="D48" t="s">
-        <v>438</v>
+        <v>749</v>
       </c>
     </row>
     <row r="49" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B49" t="s">
-        <v>134</v>
-[...2 lines deleted...]
-        <v>135</v>
+        <v>514</v>
       </c>
       <c r="D49" t="s">
-        <v>439</v>
+        <v>750</v>
       </c>
     </row>
     <row r="50" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B50" t="s">
-        <v>421</v>
+        <v>516</v>
       </c>
       <c r="C50" t="s">
-        <v>138</v>
+        <v>73</v>
       </c>
       <c r="D50" t="s">
-        <v>440</v>
+        <v>751</v>
       </c>
     </row>
     <row r="51" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B51" t="s">
-        <v>300</v>
+        <v>518</v>
+      </c>
+      <c r="C51" t="s">
+        <v>76</v>
       </c>
       <c r="D51" t="s">
-        <v>441</v>
-[...83 lines deleted...]
-      <c r="D6" t="s">
+        <v>752</v>
+      </c>
+    </row>
+    <row r="52" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B52" t="s">
         <v>452</v>
       </c>
-    </row>
-[...34 lines deleted...]
-      <c r="B10" t="s">
+      <c r="C52" t="s">
+        <v>79</v>
+      </c>
+      <c r="D52" t="s">
+        <v>753</v>
+      </c>
+    </row>
+    <row r="53" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B53" t="s">
+        <v>521</v>
+      </c>
+      <c r="C53" t="s">
+        <v>82</v>
+      </c>
+      <c r="D53" t="s">
+        <v>754</v>
+      </c>
+    </row>
+    <row r="54" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B54" t="s">
+        <v>523</v>
+      </c>
+      <c r="C54" t="s">
+        <v>85</v>
+      </c>
+      <c r="D54" t="s">
+        <v>755</v>
+      </c>
+    </row>
+    <row r="55" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B55" t="s">
+        <v>525</v>
+      </c>
+      <c r="C55" t="s">
+        <v>88</v>
+      </c>
+      <c r="D55" t="s">
+        <v>756</v>
+      </c>
+    </row>
+    <row r="56" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B56" t="s">
+        <v>527</v>
+      </c>
+      <c r="C56" t="s">
+        <v>91</v>
+      </c>
+      <c r="D56" t="s">
+        <v>757</v>
+      </c>
+    </row>
+    <row r="57" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B57" t="s">
+        <v>325</v>
+      </c>
+      <c r="C57" t="s">
+        <v>94</v>
+      </c>
+      <c r="D57" t="s">
+        <v>758</v>
+      </c>
+    </row>
+    <row r="58" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B58" t="s">
+        <v>530</v>
+      </c>
+      <c r="C58" t="s">
+        <v>129</v>
+      </c>
+      <c r="D58" t="s">
+        <v>759</v>
+      </c>
+    </row>
+    <row r="59" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B59" t="s">
+        <v>532</v>
+      </c>
+      <c r="C59" t="s">
+        <v>132</v>
+      </c>
+      <c r="D59" t="s">
+        <v>760</v>
+      </c>
+    </row>
+    <row r="60" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B60" t="s">
+        <v>534</v>
+      </c>
+      <c r="C60" t="s">
+        <v>137</v>
+      </c>
+      <c r="D60" t="s">
+        <v>761</v>
+      </c>
+    </row>
+    <row r="61" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B61" t="s">
+        <v>460</v>
+      </c>
+      <c r="C61" t="s">
+        <v>140</v>
+      </c>
+      <c r="D61" t="s">
+        <v>762</v>
+      </c>
+    </row>
+    <row r="62" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B62" t="s">
+        <v>537</v>
+      </c>
+      <c r="C62" t="s">
+        <v>143</v>
+      </c>
+      <c r="D62" t="s">
+        <v>763</v>
+      </c>
+    </row>
+    <row r="63" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B63" t="s">
+        <v>539</v>
+      </c>
+      <c r="C63" t="s">
+        <v>146</v>
+      </c>
+      <c r="D63" t="s">
+        <v>764</v>
+      </c>
+    </row>
+    <row r="64" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B64" t="s">
+        <v>541</v>
+      </c>
+      <c r="C64" t="s">
+        <v>149</v>
+      </c>
+      <c r="D64" t="s">
+        <v>765</v>
+      </c>
+    </row>
+    <row r="65" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B65" t="s">
+        <v>543</v>
+      </c>
+      <c r="C65" t="s">
+        <v>152</v>
+      </c>
+      <c r="D65" t="s">
+        <v>766</v>
+      </c>
+    </row>
+    <row r="66" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B66" t="s">
+        <v>545</v>
+      </c>
+      <c r="C66" t="s">
+        <v>155</v>
+      </c>
+      <c r="D66" t="s">
+        <v>767</v>
+      </c>
+    </row>
+    <row r="67" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B67" t="s">
+        <v>547</v>
+      </c>
+      <c r="C67" t="s">
+        <v>158</v>
+      </c>
+      <c r="D67" t="s">
+        <v>768</v>
+      </c>
+    </row>
+    <row r="68" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B68" t="s">
         <v>458</v>
       </c>
-      <c r="C10" t="s">
-[...151 lines deleted...]
-        <v>484</v>
+      <c r="C68" t="s">
+        <v>161</v>
+      </c>
+      <c r="D68" t="s">
+        <v>769</v>
+      </c>
+    </row>
+    <row r="69" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B69" t="s">
+        <v>550</v>
+      </c>
+      <c r="C69" t="s">
+        <v>164</v>
+      </c>
+      <c r="D69" t="s">
+        <v>770</v>
+      </c>
+    </row>
+    <row r="70" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B70" t="s">
+        <v>552</v>
+      </c>
+      <c r="D70" t="s">
+        <v>771</v>
+      </c>
+    </row>
+    <row r="71" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B71" t="s">
+        <v>380</v>
+      </c>
+      <c r="C71" t="s">
+        <v>167</v>
+      </c>
+      <c r="D71" t="s">
+        <v>772</v>
+      </c>
+    </row>
+    <row r="72" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B72" t="s">
+        <v>555</v>
+      </c>
+      <c r="C72" t="s">
+        <v>172</v>
+      </c>
+      <c r="D72" t="s">
+        <v>773</v>
+      </c>
+    </row>
+    <row r="73" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B73" t="s">
+        <v>377</v>
+      </c>
+      <c r="C73" t="s">
+        <v>175</v>
+      </c>
+      <c r="D73" t="s">
+        <v>774</v>
+      </c>
+    </row>
+    <row r="74" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B74" t="s">
+        <v>558</v>
+      </c>
+      <c r="C74" t="s">
+        <v>178</v>
+      </c>
+      <c r="D74" t="s">
+        <v>775</v>
+      </c>
+    </row>
+    <row r="75" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B75" t="s">
+        <v>560</v>
+      </c>
+      <c r="C75" t="s">
+        <v>181</v>
+      </c>
+      <c r="D75" t="s">
+        <v>776</v>
+      </c>
+    </row>
+    <row r="76" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B76" t="s">
+        <v>562</v>
+      </c>
+      <c r="C76" t="s">
+        <v>184</v>
+      </c>
+      <c r="D76" t="s">
+        <v>777</v>
+      </c>
+    </row>
+    <row r="77" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B77" t="s">
+        <v>564</v>
+      </c>
+      <c r="D77" t="s">
+        <v>778</v>
+      </c>
+    </row>
+    <row r="78" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B78" t="s">
+        <v>566</v>
+      </c>
+      <c r="C78" t="s">
+        <v>187</v>
+      </c>
+      <c r="D78" t="s">
+        <v>779</v>
+      </c>
+    </row>
+    <row r="79" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B79" t="s">
+        <v>568</v>
+      </c>
+      <c r="C79" t="s">
+        <v>190</v>
+      </c>
+      <c r="D79" t="s">
+        <v>780</v>
+      </c>
+    </row>
+    <row r="80" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B80" t="s">
+        <v>570</v>
+      </c>
+      <c r="C80" t="s">
+        <v>193</v>
+      </c>
+      <c r="D80" t="s">
+        <v>781</v>
+      </c>
+    </row>
+    <row r="81" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B81" t="s">
+        <v>572</v>
+      </c>
+      <c r="C81" t="s">
+        <v>196</v>
+      </c>
+      <c r="D81" t="s">
+        <v>782</v>
+      </c>
+    </row>
+    <row r="82" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B82" t="s">
+        <v>574</v>
+      </c>
+      <c r="C82" t="s">
+        <v>201</v>
+      </c>
+      <c r="D82" t="s">
+        <v>783</v>
+      </c>
+    </row>
+    <row r="83" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B83" t="s">
+        <v>739</v>
+      </c>
+      <c r="D83" t="s">
+        <v>784</v>
+      </c>
+    </row>
+    <row r="84" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B84" t="s">
+        <v>741</v>
+      </c>
+      <c r="C84" t="s">
+        <v>204</v>
+      </c>
+      <c r="D84" t="s">
+        <v>785</v>
+      </c>
+    </row>
+    <row r="85" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B85" t="s">
+        <v>743</v>
+      </c>
+      <c r="C85" t="s">
+        <v>207</v>
+      </c>
+      <c r="D85" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="86" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B86" t="s">
+        <v>745</v>
+      </c>
+      <c r="C86" t="s">
+        <v>210</v>
+      </c>
+      <c r="D86" t="s">
+        <v>787</v>
+      </c>
+    </row>
+    <row r="87" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B87" t="s">
+        <v>747</v>
+      </c>
+      <c r="C87" t="s">
+        <v>213</v>
+      </c>
+      <c r="D87" t="s">
+        <v>788</v>
+      </c>
+    </row>
+    <row r="88" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B88" t="s">
+        <v>576</v>
+      </c>
+      <c r="D88" t="s">
+        <v>789</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>33</vt:i4>
+        <vt:i4>22</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="33" baseType="lpstr">
+    <vt:vector size="22" baseType="lpstr">
       <vt:lpstr>Subscription Title List</vt:lpstr>
-      <vt:lpstr>Maxwell, 1 ed. - Anatomical Lan</vt:lpstr>
-[...30 lines deleted...]
-      <vt:lpstr>Sussman, 4 ed. - Wound Care A C</vt:lpstr>
+      <vt:lpstr>Gutheil, 05 ed. - Clinical Hand</vt:lpstr>
+      <vt:lpstr>Campbell, 08 ed. - DeJong's The</vt:lpstr>
+      <vt:lpstr>Volkmar, 01 ed. - Developmental</vt:lpstr>
+      <vt:lpstr>Glick, 02 ed. - Emergency Psych</vt:lpstr>
+      <vt:lpstr>Pataki, 02 ed. - Kaplan Sadock</vt:lpstr>
+      <vt:lpstr>Boland, 05 ed. - Kaplan Sadock</vt:lpstr>
+      <vt:lpstr>Ahmad, 08 ed. - Kaplan Sadock's</vt:lpstr>
+      <vt:lpstr>Boland, 12 ed. - Kaplan Sadock</vt:lpstr>
+      <vt:lpstr>Williams, 10 ed. - Kaplan and S</vt:lpstr>
+      <vt:lpstr>van Schalkwyk, 06 ed. - Lewis's</vt:lpstr>
+      <vt:lpstr>Wakeman, 1 ed. - Pocket Addicti</vt:lpstr>
+      <vt:lpstr>Puckett, 01 ed. - Pocket Psychi</vt:lpstr>
+      <vt:lpstr>Biller, 05 ed. - Practical Neur</vt:lpstr>
+      <vt:lpstr>AGRONIN, 02 ed. - Principles an</vt:lpstr>
+      <vt:lpstr>Ovsiew, 01 ed. - Principles of</vt:lpstr>
+      <vt:lpstr>Prendergast, 01 ed. - Psychiatr</vt:lpstr>
+      <vt:lpstr>Osser, 02 ed. - Psychopharmacol</vt:lpstr>
+      <vt:lpstr>Brenner, 01 ed. - Psychotherapy</vt:lpstr>
+      <vt:lpstr>Herron, 04 ed. - The ASAM Essen</vt:lpstr>
+      <vt:lpstr>Higgins, 04 ed. - The Neuroscie</vt:lpstr>
+      <vt:lpstr>Carlat, 05 ed. - The Psychiatri</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>puseascm05tol01$</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_fe6ee112-9e5c-4f16-b63d-fcad06e1707e_Enabled">
     <vt:lpwstr>true</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_fe6ee112-9e5c-4f16-b63d-fcad06e1707e_SetDate">
-    <vt:lpwstr>2026-02-03T20:23:10Z</vt:lpwstr>
+    <vt:lpwstr>2025-11-25T15:15:18Z</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_fe6ee112-9e5c-4f16-b63d-fcad06e1707e_Method">
     <vt:lpwstr>Standard</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_fe6ee112-9e5c-4f16-b63d-fcad06e1707e_Name">
     <vt:lpwstr>Internal Use</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_fe6ee112-9e5c-4f16-b63d-fcad06e1707e_SiteId">
     <vt:lpwstr>8ac76c91-e7f1-41ff-a89c-3553b2da2c17</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_fe6ee112-9e5c-4f16-b63d-fcad06e1707e_ActionId">
-    <vt:lpwstr>3ffa136c-79de-4b04-bfbe-f4b209d50fbb</vt:lpwstr>
+    <vt:lpwstr>5d1781fc-800a-4b4f-bb06-1113c3a7bb81</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_fe6ee112-9e5c-4f16-b63d-fcad06e1707e_ContentBits">
     <vt:lpwstr>0</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_fe6ee112-9e5c-4f16-b63d-fcad06e1707e_Tag">
     <vt:lpwstr>10, 3, 0, 1</vt:lpwstr>
   </property>
 </Properties>
 </file>