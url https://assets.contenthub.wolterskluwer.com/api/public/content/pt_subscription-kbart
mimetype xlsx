--- v0 (2025-10-06)
+++ v1 (2026-01-20)
@@ -1,3810 +1,4922 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
+  <Default Extension="xml" ContentType="application/xml"/>
+  <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
+  <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
-  <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6d4855a40b1b4d29" /></Relationships>
+<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-[...3 lines deleted...]
-</x:workbook>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <workbookPr defaultThemeVersion="202300"/>
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+    <mc:Choice Requires="x15">
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://wolterskluwer-my.sharepoint.com/personal/leanne_vandetty_wolterskluwer_com/Documents/Health Library/Health Library Repository/KBART Files/KBART Files/"/>
+    </mc:Choice>
+  </mc:AlternateContent>
+  <xr:revisionPtr revIDLastSave="24" documentId="11_2FBFA62005C6EA515C41181CD0823D16410AD387" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{C28D6B6C-72EC-4C92-8C5E-0FA1A2382236}"/>
+  <bookViews>
+    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10300" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+  </bookViews>
+  <sheets>
+    <sheet name="sheet 1" sheetId="1" r:id="rId1"/>
+  </sheets>
+  <calcPr calcId="0"/>
+</workbook>
+</file>
+
+<file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1171" uniqueCount="230">
+  <si>
+    <t>publication_title</t>
+  </si>
+  <si>
+    <t>print_identifier</t>
+  </si>
+  <si>
+    <t>online_identifier</t>
+  </si>
+  <si>
+    <t>date_first_issue_online</t>
+  </si>
+  <si>
+    <t>num_first_vol_online</t>
+  </si>
+  <si>
+    <t>num_first_issue_online</t>
+  </si>
+  <si>
+    <t>date_last_issue_online</t>
+  </si>
+  <si>
+    <t>num_last_vol_online</t>
+  </si>
+  <si>
+    <t>num_last_issue_online</t>
+  </si>
+  <si>
+    <t>title_url</t>
+  </si>
+  <si>
+    <t>first_author</t>
+  </si>
+  <si>
+    <t>title_id</t>
+  </si>
+  <si>
+    <t>embargo_info</t>
+  </si>
+  <si>
+    <t>coverage_depth</t>
+  </si>
+  <si>
+    <t>notes</t>
+  </si>
+  <si>
+    <t>publisher_name</t>
+  </si>
+  <si>
+    <t>publication_type</t>
+  </si>
+  <si>
+    <t>date_monograph_published_print</t>
+  </si>
+  <si>
+    <t>date_monograph_published_online</t>
+  </si>
+  <si>
+    <t>mongraph_volume</t>
+  </si>
+  <si>
+    <t>monograph_edition</t>
+  </si>
+  <si>
+    <t>first_editor</t>
+  </si>
+  <si>
+    <t>parent_publication_title_id</t>
+  </si>
+  <si>
+    <t>preceding_publication_title_id</t>
+  </si>
+  <si>
+    <t>access_type</t>
+  </si>
+  <si>
+    <t>DOI</t>
+  </si>
+  <si>
+    <t>Product</t>
+  </si>
+  <si>
+    <t>Anatomical Landmark Palpation</t>
+  </si>
+  <si>
+    <t>978-1-4511-3072-0</t>
+  </si>
+  <si>
+    <t>-</t>
+  </si>
+  <si>
+    <t>https://pt.lwwhealthlibrary.com/book.aspx?bookid=1161</t>
+  </si>
+  <si>
+    <t>Maxwell</t>
+  </si>
+  <si>
+    <t>fulltext</t>
+  </si>
+  <si>
+    <t>Lippincott Williams &amp; Wilkins</t>
+  </si>
+  <si>
+    <t>monograph</t>
+  </si>
+  <si>
+    <t>2015-01-01</t>
+  </si>
+  <si>
+    <t>1.00</t>
+  </si>
+  <si>
+    <t>Basic Biomechanics of the Musculoskeletal System, 4e</t>
+  </si>
+  <si>
+    <t>978-1-60913-335-1</t>
+  </si>
+  <si>
+    <t>https://pt.lwwhealthlibrary.com/book.aspx?bookid=1033</t>
+  </si>
+  <si>
+    <t>Nordin</t>
+  </si>
+  <si>
+    <t>2012-01-01</t>
+  </si>
+  <si>
+    <t>4.00</t>
+  </si>
+  <si>
+    <t>Basic Biomechanics of the Musculoskeletal System, 5e</t>
+  </si>
+  <si>
+    <t>978-1-975141-98-1</t>
+  </si>
+  <si>
+    <t>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</t>
+  </si>
+  <si>
+    <t>2022-01-01</t>
+  </si>
+  <si>
+    <t>5.00</t>
+  </si>
+  <si>
+    <t>Exercise Physiology for Health, Fitness, and Performance, 5e</t>
+  </si>
+  <si>
+    <t>978-1-496323-18-7</t>
+  </si>
+  <si>
+    <t>Plowman</t>
+  </si>
+  <si>
+    <t>Lippincott Williams &amp; Wilkins, a Wolters Kluwer bu</t>
+  </si>
+  <si>
+    <t>2017-01-01</t>
+  </si>
+  <si>
+    <t>Exercise Physiology for Health, Fitness, and Performance, 6e</t>
+  </si>
+  <si>
+    <t>978-1-975179-55-7</t>
+  </si>
+  <si>
+    <t>Smith</t>
+  </si>
+  <si>
+    <t>2023-01-01</t>
+  </si>
+  <si>
+    <t>6.00</t>
+  </si>
+  <si>
+    <t>Ormsbee</t>
+  </si>
+  <si>
+    <t>Exercise Physiology: For Health, Fitness, and Performance, 4e</t>
+  </si>
+  <si>
+    <t>978-1-4511-7611-7</t>
+  </si>
+  <si>
+    <t>https://pt.lwwhealthlibrary.com/book.aspx?bookid=1168</t>
+  </si>
+  <si>
+    <t>2013-01-01</t>
+  </si>
+  <si>
+    <t>Fabrication Process Manual for Orthotic Intervention for the Hand and Upper Extremity: Splinting Principles and Process, 3e</t>
+  </si>
+  <si>
+    <t>978-1-975172-35-0</t>
+  </si>
+  <si>
+    <t>Jacobs</t>
+  </si>
+  <si>
+    <t>3.00</t>
+  </si>
+  <si>
+    <t>Fundamentals of Musculoskeletal Assessment Techniques, 2e</t>
+  </si>
+  <si>
+    <t>978-0-7817-1007-7</t>
+  </si>
+  <si>
+    <t>https://pt.lwwhealthlibrary.com/book.aspx?bookid=1177</t>
+  </si>
+  <si>
+    <t>Palmer</t>
+  </si>
+  <si>
+    <t>1998-01-01</t>
+  </si>
+  <si>
+    <t>2.00</t>
+  </si>
+  <si>
+    <t>Handbook of Pediatric Physical Therapy, 2e</t>
+  </si>
+  <si>
+    <t>978-0-7817-2799-0</t>
+  </si>
+  <si>
+    <t>https://pt.lwwhealthlibrary.com/book.aspx?bookid=1178</t>
+  </si>
+  <si>
+    <t>Long</t>
+  </si>
+  <si>
+    <t>2002-01-01</t>
+  </si>
+  <si>
+    <t>Handbook of Pediatric Physical Therapy, 3e</t>
+  </si>
+  <si>
+    <t>978-1-496395-03-0</t>
+  </si>
+  <si>
+    <t>2019-01-01</t>
+  </si>
+  <si>
+    <t>Imaging Handbook for Physical Therapists, 1e</t>
+  </si>
+  <si>
+    <t>978-1-4511-3031-7</t>
+  </si>
+  <si>
+    <t>https://pt.lwwhealthlibrary.com/book.aspx?bookid=1108</t>
+  </si>
+  <si>
+    <t>Cornwall</t>
+  </si>
+  <si>
+    <t>Joint Motion and Function Assessment: A Research-Based Practical Guide</t>
+  </si>
+  <si>
+    <t>978-0-7817-4061-4</t>
+  </si>
+  <si>
+    <t>https://pt.lwwhealthlibrary.com/book.aspx?bookid=1107</t>
+  </si>
+  <si>
+    <t>Clarkson</t>
+  </si>
+  <si>
+    <t>2005-01-01</t>
+  </si>
+  <si>
+    <t>Joint Motion, Muscle Length, and Function Assessment: A Research-Based Practical Guide, 2e</t>
+  </si>
+  <si>
+    <t>978-1-975112-24-0</t>
+  </si>
+  <si>
+    <t>2020-01-01</t>
+  </si>
+  <si>
+    <t>Kendall’s Muscles, 6e: Testing and Function with Posture and Pain</t>
+  </si>
+  <si>
+    <t>978-1-975159-89-4</t>
+  </si>
+  <si>
+    <t>https://pt.lwwhealthlibrary.com/book.aspx?bookid=3239</t>
+  </si>
+  <si>
+    <t>Conroy</t>
+  </si>
+  <si>
+    <t>2024-01-01</t>
+  </si>
+  <si>
+    <t>Kinesiology: The Mechanics and Pathomechanics of Human Movement, 2e</t>
+  </si>
+  <si>
+    <t>978-0-7817-7422-2</t>
+  </si>
+  <si>
+    <t>Oatis</t>
+  </si>
+  <si>
+    <t>2009-01-01</t>
+  </si>
+  <si>
+    <t>Kinesiology: The Mechanics and Pathomechanics of Human Movement, 3e</t>
+  </si>
+  <si>
+    <t>978-1-451191-56-1</t>
+  </si>
+  <si>
+    <t>Management and Supervisory Principles for Physical Therapists, 3e</t>
+  </si>
+  <si>
+    <t>978-0-7817-8132-9</t>
+  </si>
+  <si>
+    <t>https://pt.lwwhealthlibrary.com/book.aspx?bookid=1096</t>
+  </si>
+  <si>
+    <t>Nosse</t>
+  </si>
+  <si>
+    <t>2010-01-01</t>
+  </si>
+  <si>
+    <t>Management of Common Musculoskeletal Disorders: Physical Therapy Principles and Methods, 4e</t>
+  </si>
+  <si>
+    <t>978-0-7817-3626-8</t>
+  </si>
+  <si>
+    <t>https://pt.lwwhealthlibrary.com/book.aspx?bookid=1095</t>
+  </si>
+  <si>
+    <t>Hertling</t>
+  </si>
+  <si>
+    <t>2006-01-01</t>
+  </si>
+  <si>
+    <t>Management of Common Orthopaedic Disorders: Physical Therapy Principles and Methods, 5e</t>
+  </si>
+  <si>
+    <t>978-1-975158-96-5</t>
+  </si>
+  <si>
+    <t>https://pt.lwwhealthlibrary.com/book.aspx?bookid=3262</t>
+  </si>
+  <si>
+    <t>Myers</t>
+  </si>
+  <si>
+    <t>Motor Control, 5e</t>
+  </si>
+  <si>
+    <t>978-1-496302-63-2</t>
+  </si>
+  <si>
+    <t>Shumway-Cook</t>
+  </si>
+  <si>
+    <t>Motor Control: Translating Research into Clinical Practice, 4e</t>
+  </si>
+  <si>
+    <t>978-1-60831-018-0</t>
+  </si>
+  <si>
+    <t>https://pt.lwwhealthlibrary.com/book.aspx?bookid=1014</t>
+  </si>
+  <si>
+    <t>2011-12-31</t>
+  </si>
+  <si>
+    <t>Motor Control: Translating Research into Clinical Practice, 6e</t>
+  </si>
+  <si>
+    <t>978-1-975158-27-9</t>
+  </si>
+  <si>
+    <t>https://pt.lwwhealthlibrary.com/book.aspx?bookid=3185</t>
+  </si>
+  <si>
+    <t>Muscles: Testing and Function with Posture and Pain, 5e</t>
+  </si>
+  <si>
+    <t>978-0-7817-4780-6</t>
+  </si>
+  <si>
+    <t>https://pt.lwwhealthlibrary.com/book.aspx?bookid=1059</t>
+  </si>
+  <si>
+    <t>Kendall</t>
+  </si>
+  <si>
+    <t>Musculoskeletal Assessment: Joint Motion and Muscle Testing, 3e</t>
+  </si>
+  <si>
+    <t>978-1-60913-816-5</t>
+  </si>
+  <si>
+    <t>https://pt.lwwhealthlibrary.com/book.aspx?bookid=1011</t>
+  </si>
+  <si>
+    <t>2012-12-31</t>
+  </si>
+  <si>
+    <t>Musculoskeletal Assessment: Joint Range of Motion, Muscle Testing, and Function: A Research-Based Practical Guide, 4e</t>
+  </si>
+  <si>
+    <t>978-1-975112-42-4</t>
+  </si>
+  <si>
+    <t>https://pt.lwwhealthlibrary.com/book.aspx?bookid=2962</t>
+  </si>
+  <si>
+    <t>2021-01-01</t>
+  </si>
+  <si>
+    <t>Orthotic Intervention for the Hand and Upper Extremity: Splinting Principles and Process, 3e</t>
+  </si>
+  <si>
+    <t>978-1-975140-95-3</t>
+  </si>
+  <si>
+    <t>Outcome-Based Massage™: Putting Evidence into Practice, 3e</t>
+  </si>
+  <si>
+    <t>978-1-4511-3033-1</t>
+  </si>
+  <si>
+    <t>https://pt.lwwhealthlibrary.com/book.aspx?bookid=1152</t>
+  </si>
+  <si>
+    <t>Andrade</t>
+  </si>
+  <si>
+    <t>2014-01-01</t>
+  </si>
+  <si>
+    <t>Pediatric Physical Therapy, 5e</t>
+  </si>
+  <si>
+    <t>978-1-4511-7345-1</t>
+  </si>
+  <si>
+    <t>https://pt.lwwhealthlibrary.com/book.aspx?bookid=1103</t>
+  </si>
+  <si>
+    <t>Tecklin</t>
+  </si>
+  <si>
+    <t>2014-12-31</t>
+  </si>
+  <si>
+    <t>Physical Therapy for the Older Adult: Examination and Intervention: An Evidence-Based Approach, 1e</t>
+  </si>
+  <si>
+    <t>978-1-496396-80-8</t>
+  </si>
+  <si>
+    <t>Lewis</t>
+  </si>
+  <si>
+    <t>2018-01-01</t>
+  </si>
+  <si>
+    <t>Research Methods: A Framework for Evidence-Based Clinical Practice, 1e</t>
+  </si>
+  <si>
+    <t>978-0-7817-9768-9</t>
+  </si>
+  <si>
+    <t>Hurley</t>
+  </si>
+  <si>
+    <t>2010-12-31</t>
+  </si>
+  <si>
+    <t>Skeletal Muscle Structure, Function, and Plasticity: The Physiological Basis of Rehabilitation, 3e</t>
+  </si>
+  <si>
+    <t>978-0-7817-7593-9</t>
+  </si>
+  <si>
+    <t>https://pt.lwwhealthlibrary.com/book.aspx?bookid=1030</t>
+  </si>
+  <si>
+    <t>Lieber</t>
+  </si>
+  <si>
+    <t>978-1-975120-89-4</t>
+  </si>
+  <si>
+    <t>Riegelman</t>
+  </si>
+  <si>
+    <t>7.00</t>
+  </si>
+  <si>
+    <t>Tecklin’s Pediatric Physical Therapy, 6e</t>
+  </si>
+  <si>
+    <t>978-1-975141-57-8</t>
+  </si>
+  <si>
+    <t>https://pt.lwwhealthlibrary.com/book.aspx?bookid=3108</t>
+  </si>
+  <si>
+    <t>Spearing</t>
+  </si>
+  <si>
+    <t>Textbook of Disorders and Injuries of the Musculoskeletal System: An Introduction to Orthopaedics, Fractures and Joint Injuries, Rheumatology, Metabolic Bone Disease and Rehabilitation, 3e</t>
+  </si>
+  <si>
+    <t>978-0-683-07499-4</t>
+  </si>
+  <si>
+    <t>https://pt.lwwhealthlibrary.com/book.aspx?bookid=1064</t>
+  </si>
+  <si>
+    <t>Salter</t>
+  </si>
+  <si>
+    <t>1999-01-01</t>
+  </si>
+  <si>
+    <t>The Clinical Practice of Pediatric Physical Therapy: From the NICU to Independent Living, 1e</t>
+  </si>
+  <si>
+    <t>978-0-7817-9063-5</t>
+  </si>
+  <si>
+    <t>https://pt.lwwhealthlibrary.com/book.aspx?bookid=1083</t>
+  </si>
+  <si>
+    <t>Drnach</t>
+  </si>
+  <si>
+    <t>2008-01-01</t>
+  </si>
+  <si>
+    <t>Therapeutic Electrophysical Agents: An Evidence-Based Handbook, 4e</t>
+  </si>
+  <si>
+    <t>978-1-975159-58-0</t>
+  </si>
+  <si>
+    <t>https://pt.lwwhealthlibrary.com/book.aspx?bookid=3212</t>
+  </si>
+  <si>
+    <t>Bélanger</t>
+  </si>
+  <si>
+    <t>Therapeutic Electrophysical Agents: Evidence Behind Practice, 3e</t>
+  </si>
+  <si>
+    <t>978-1-4511-8274-3</t>
+  </si>
+  <si>
+    <t>https://pt.lwwhealthlibrary.com/book.aspx?bookid=1099</t>
+  </si>
+  <si>
+    <t>Therapeutic Exercise: Moving Toward Function, 3e</t>
+  </si>
+  <si>
+    <t>978-0-7817-9957-7</t>
+  </si>
+  <si>
+    <t>https://pt.lwwhealthlibrary.com/book.aspx?bookid=994</t>
+  </si>
+  <si>
+    <t>Brody</t>
+  </si>
+  <si>
+    <t>Therapeutic Exercise: Moving Toward Function, 4e</t>
+  </si>
+  <si>
+    <t>978-1-496302-34-2</t>
+  </si>
+  <si>
+    <t>Therapeutic Modalities: The Art and Science, 2e</t>
+  </si>
+  <si>
+    <t>978-1-451102-94-9</t>
+  </si>
+  <si>
+    <t>Knight</t>
+  </si>
+  <si>
+    <t>Therapeutic Modalities: The Art and Science, 3e</t>
+  </si>
+  <si>
+    <t>978-1-975121-32-7</t>
+  </si>
+  <si>
+    <t>Draper</t>
+  </si>
+  <si>
+    <t>978-0-781755-60-3</t>
+  </si>
+  <si>
+    <t>Donnelly</t>
+  </si>
+  <si>
+    <t>de las Peñas</t>
+  </si>
+  <si>
+    <t>Women’s Health in Physical Therapy</t>
+  </si>
+  <si>
+    <t>978-0-7817-4481-2</t>
+  </si>
+  <si>
+    <t>Irion</t>
+  </si>
+  <si>
+    <t>Wound Care: A Collaborative Practice Manual for Health Professionals, 4e</t>
+  </si>
+  <si>
+    <t>978-1-60831-715-8</t>
+  </si>
+  <si>
+    <t>https://pt.lwwhealthlibrary.com/book.aspx?bookid=1012</t>
+  </si>
+  <si>
+    <t>Sussman</t>
+  </si>
+  <si>
+    <t>https://pt.lwwhealthlibrary.com/book.aspx?bookid=3067</t>
+  </si>
+  <si>
+    <t>https://pt.lwwhealthlibrary.com/book.aspx?bookid=2035</t>
+  </si>
+  <si>
+    <t>https://pt.lwwhealthlibrary.com/book.aspx?bookid=3225</t>
+  </si>
+  <si>
+    <t>https://pt.lwwhealthlibrary.com/book.aspx?bookid=3066</t>
+  </si>
+  <si>
+    <t>https://pt.lwwhealthlibrary.com/book.aspx?bookid=2756</t>
+  </si>
+  <si>
+    <t>https://pt.lwwhealthlibrary.com/book.aspx?bookid=2800</t>
+  </si>
+  <si>
+    <t>https://pt.lwwhealthlibrary.com/book.aspx?bookid=1104</t>
+  </si>
+  <si>
+    <t>https://pt.lwwhealthlibrary.com/book.aspx?bookid=1738</t>
+  </si>
+  <si>
+    <t>https://pt.lwwhealthlibrary.com/book.aspx?bookid=1746</t>
+  </si>
+  <si>
+    <t>https://pt.lwwhealthlibrary.com/book.aspx?bookid=3065</t>
+  </si>
+  <si>
+    <t>https://pt.lwwhealthlibrary.com/book.aspx?bookid=2688</t>
+  </si>
+  <si>
+    <t>https://pt.lwwhealthlibrary.com/book.aspx?bookid=2977</t>
+  </si>
+  <si>
+    <t>https://pt.lwwhealthlibrary.com/book.aspx?bookid=2431</t>
+  </si>
+  <si>
+    <t>https://pt.lwwhealthlibrary.com/book.aspx?bookid=2296</t>
+  </si>
+  <si>
+    <t>https://pt.lwwhealthlibrary.com/book.aspx?bookid=3060</t>
+  </si>
+  <si>
+    <t>https://pt.lwwhealthlibrary.com/book.aspx?bookid=1073</t>
+  </si>
+  <si>
+    <t>https://pt.lwwhealthlibrary.com/book.aspx?bookid=2826</t>
+  </si>
+  <si>
+    <t>https://pt.lwwhealthlibrary.com/book.aspx?bookid=996</t>
+  </si>
+  <si>
+    <t>Studying a Study &amp; Testing a Test: Reading Evidence-Based Health Research, 7e</t>
+  </si>
+  <si>
+    <t>Travell, Simons &amp; Simons’ Myofascial Pain and Dysfunction: The Trigger Point Manual, 3e</t>
+  </si>
+</sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-[...40 lines deleted...]
-</x:styleSheet>
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
+  <fonts count="2" x14ac:knownFonts="1">
+    <font>
+      <sz val="11"/>
+      <color rgb="FF000000"/>
+      <name val="Aptos Narrow"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="11"/>
+      <color rgb="FF000000"/>
+      <name val="Aptos Narrow"/>
+    </font>
+  </fonts>
+  <fills count="2">
+    <fill>
+      <patternFill patternType="none"/>
+    </fill>
+    <fill>
+      <patternFill patternType="gray125"/>
+    </fill>
+  </fills>
+  <borders count="1">
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+  </borders>
+  <cellStyleXfs count="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
+  </cellStyleXfs>
+  <cellXfs count="3">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1"/>
+  </cellXfs>
+  <cellStyles count="1">
+    <cellStyle name="Normal" xfId="0" builtinId="0"/>
+  </cellStyles>
+  <dxfs count="0"/>
+  <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
+      <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
+    </ext>
+    <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
+      <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
+    </ext>
+  </extLst>
+</styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4b924aadfccc4f5a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R53cde845174b4f99" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
+</file>
+
+<file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+  <a:themeElements>
+    <a:clrScheme name="Office">
+      <a:dk1>
+        <a:sysClr val="windowText" lastClr="000000"/>
+      </a:dk1>
+      <a:lt1>
+        <a:sysClr val="window" lastClr="FFFFFF"/>
+      </a:lt1>
+      <a:dk2>
+        <a:srgbClr val="0E2841"/>
+      </a:dk2>
+      <a:lt2>
+        <a:srgbClr val="E8E8E8"/>
+      </a:lt2>
+      <a:accent1>
+        <a:srgbClr val="156082"/>
+      </a:accent1>
+      <a:accent2>
+        <a:srgbClr val="E97132"/>
+      </a:accent2>
+      <a:accent3>
+        <a:srgbClr val="196B24"/>
+      </a:accent3>
+      <a:accent4>
+        <a:srgbClr val="0F9ED5"/>
+      </a:accent4>
+      <a:accent5>
+        <a:srgbClr val="A02B93"/>
+      </a:accent5>
+      <a:accent6>
+        <a:srgbClr val="4EA72E"/>
+      </a:accent6>
+      <a:hlink>
+        <a:srgbClr val="467886"/>
+      </a:hlink>
+      <a:folHlink>
+        <a:srgbClr val="96607D"/>
+      </a:folHlink>
+    </a:clrScheme>
+    <a:fontScheme name="Office">
+      <a:majorFont>
+        <a:latin typeface="Aptos Display" panose="02110004020202020204"/>
+        <a:ea typeface=""/>
+        <a:cs typeface=""/>
+        <a:font script="Jpan" typeface="游ゴシック Light"/>
+        <a:font script="Hang" typeface="맑은 고딕"/>
+        <a:font script="Hans" typeface="等线 Light"/>
+        <a:font script="Hant" typeface="新細明體"/>
+        <a:font script="Arab" typeface="Times New Roman"/>
+        <a:font script="Hebr" typeface="Times New Roman"/>
+        <a:font script="Thai" typeface="Tahoma"/>
+        <a:font script="Ethi" typeface="Nyala"/>
+        <a:font script="Beng" typeface="Vrinda"/>
+        <a:font script="Gujr" typeface="Shruti"/>
+        <a:font script="Khmr" typeface="MoolBoran"/>
+        <a:font script="Knda" typeface="Tunga"/>
+        <a:font script="Guru" typeface="Raavi"/>
+        <a:font script="Cans" typeface="Euphemia"/>
+        <a:font script="Cher" typeface="Plantagenet Cherokee"/>
+        <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
+        <a:font script="Tibt" typeface="Microsoft Himalaya"/>
+        <a:font script="Thaa" typeface="MV Boli"/>
+        <a:font script="Deva" typeface="Mangal"/>
+        <a:font script="Telu" typeface="Gautami"/>
+        <a:font script="Taml" typeface="Latha"/>
+        <a:font script="Syrc" typeface="Estrangelo Edessa"/>
+        <a:font script="Orya" typeface="Kalinga"/>
+        <a:font script="Mlym" typeface="Kartika"/>
+        <a:font script="Laoo" typeface="DokChampa"/>
+        <a:font script="Sinh" typeface="Iskoola Pota"/>
+        <a:font script="Mong" typeface="Mongolian Baiti"/>
+        <a:font script="Viet" typeface="Times New Roman"/>
+        <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
+      </a:majorFont>
+      <a:minorFont>
+        <a:latin typeface="Aptos Narrow" panose="02110004020202020204"/>
+        <a:ea typeface=""/>
+        <a:cs typeface=""/>
+        <a:font script="Jpan" typeface="游ゴシック"/>
+        <a:font script="Hang" typeface="맑은 고딕"/>
+        <a:font script="Hans" typeface="等线"/>
+        <a:font script="Hant" typeface="新細明體"/>
+        <a:font script="Arab" typeface="Arial"/>
+        <a:font script="Hebr" typeface="Arial"/>
+        <a:font script="Thai" typeface="Tahoma"/>
+        <a:font script="Ethi" typeface="Nyala"/>
+        <a:font script="Beng" typeface="Vrinda"/>
+        <a:font script="Gujr" typeface="Shruti"/>
+        <a:font script="Khmr" typeface="DaunPenh"/>
+        <a:font script="Knda" typeface="Tunga"/>
+        <a:font script="Guru" typeface="Raavi"/>
+        <a:font script="Cans" typeface="Euphemia"/>
+        <a:font script="Cher" typeface="Plantagenet Cherokee"/>
+        <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
+        <a:font script="Tibt" typeface="Microsoft Himalaya"/>
+        <a:font script="Thaa" typeface="MV Boli"/>
+        <a:font script="Deva" typeface="Mangal"/>
+        <a:font script="Telu" typeface="Gautami"/>
+        <a:font script="Taml" typeface="Latha"/>
+        <a:font script="Syrc" typeface="Estrangelo Edessa"/>
+        <a:font script="Orya" typeface="Kalinga"/>
+        <a:font script="Mlym" typeface="Kartika"/>
+        <a:font script="Laoo" typeface="DokChampa"/>
+        <a:font script="Sinh" typeface="Iskoola Pota"/>
+        <a:font script="Mong" typeface="Mongolian Baiti"/>
+        <a:font script="Viet" typeface="Arial"/>
+        <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
+      </a:minorFont>
+    </a:fontScheme>
+    <a:fmtScheme name="Office">
+      <a:fillStyleLst>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="50000">
+              <a:schemeClr val="phClr">
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="5400000" scaled="0"/>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="50000">
+              <a:schemeClr val="phClr">
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="5400000" scaled="0"/>
+        </a:gradFill>
+      </a:fillStyleLst>
+      <a:lnStyleLst>
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+      </a:lnStyleLst>
+      <a:effectStyleLst>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="63000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </a:effectStyle>
+      </a:effectStyleLst>
+      <a:bgFillStyleLst>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="50000">
+              <a:schemeClr val="phClr">
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="5400000" scaled="0"/>
+        </a:gradFill>
+      </a:bgFillStyleLst>
+    </a:fmtScheme>
+  </a:themeElements>
+  <a:objectDefaults>
+    <a:lnDef>
+      <a:spPr/>
+      <a:bodyPr/>
+      <a:lstStyle/>
+      <a:style>
+        <a:lnRef idx="2">
+          <a:schemeClr val="accent1"/>
+        </a:lnRef>
+        <a:fillRef idx="0">
+          <a:schemeClr val="accent1"/>
+        </a:fillRef>
+        <a:effectRef idx="1">
+          <a:schemeClr val="accent1"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="tx1"/>
+        </a:fontRef>
+      </a:style>
+    </a:lnDef>
+  </a:objectDefaults>
+  <a:extraClrSchemeLst/>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
+    </a:ext>
+  </a:extLst>
+</a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-[...3737 lines deleted...]
-</x:worksheet>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
+  <dimension ref="A1:AA45"/>
+  <sheetViews>
+    <sheetView tabSelected="1" workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <sheetData>
+    <row r="1" spans="1:27" x14ac:dyDescent="0.35">
+      <c r="A1" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" s="1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" s="1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="J1" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="K1" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="L1" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="M1" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="N1" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="O1" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="Q1" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="R1" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="S1" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="T1" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="U1" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="V1" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="W1" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="X1" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="Y1" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="Z1" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="AA1" s="1" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="2" spans="1:27" x14ac:dyDescent="0.35">
+      <c r="A2" t="s">
+        <v>27</v>
+      </c>
+      <c r="B2" t="s">
+        <v>28</v>
+      </c>
+      <c r="C2" t="s">
+        <v>29</v>
+      </c>
+      <c r="D2" t="s">
+        <v>29</v>
+      </c>
+      <c r="E2" t="s">
+        <v>29</v>
+      </c>
+      <c r="F2" t="s">
+        <v>29</v>
+      </c>
+      <c r="G2" t="s">
+        <v>29</v>
+      </c>
+      <c r="H2" t="s">
+        <v>29</v>
+      </c>
+      <c r="I2" t="s">
+        <v>29</v>
+      </c>
+      <c r="J2" t="s">
+        <v>30</v>
+      </c>
+      <c r="K2" t="s">
+        <v>31</v>
+      </c>
+      <c r="L2">
+        <v>1161</v>
+      </c>
+      <c r="M2" t="s">
+        <v>29</v>
+      </c>
+      <c r="N2" t="s">
+        <v>32</v>
+      </c>
+      <c r="O2" t="s">
+        <v>29</v>
+      </c>
+      <c r="P2" t="s">
+        <v>33</v>
+      </c>
+      <c r="Q2" t="s">
+        <v>34</v>
+      </c>
+      <c r="R2" t="s">
+        <v>35</v>
+      </c>
+      <c r="S2" t="s">
+        <v>29</v>
+      </c>
+      <c r="T2" t="s">
+        <v>29</v>
+      </c>
+      <c r="U2" t="s">
+        <v>36</v>
+      </c>
+      <c r="V2" t="s">
+        <v>29</v>
+      </c>
+      <c r="W2" t="s">
+        <v>29</v>
+      </c>
+      <c r="X2" t="s">
+        <v>29</v>
+      </c>
+      <c r="Y2" t="s">
+        <v>29</v>
+      </c>
+      <c r="Z2" t="s">
+        <v>29</v>
+      </c>
+      <c r="AA2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:27" x14ac:dyDescent="0.35">
+      <c r="A3" t="s">
+        <v>37</v>
+      </c>
+      <c r="B3" t="s">
+        <v>38</v>
+      </c>
+      <c r="C3" t="s">
+        <v>29</v>
+      </c>
+      <c r="D3" t="s">
+        <v>29</v>
+      </c>
+      <c r="E3" t="s">
+        <v>29</v>
+      </c>
+      <c r="F3" t="s">
+        <v>29</v>
+      </c>
+      <c r="G3" t="s">
+        <v>29</v>
+      </c>
+      <c r="H3" t="s">
+        <v>29</v>
+      </c>
+      <c r="I3" t="s">
+        <v>29</v>
+      </c>
+      <c r="J3" t="s">
+        <v>39</v>
+      </c>
+      <c r="K3" t="s">
+        <v>40</v>
+      </c>
+      <c r="L3">
+        <v>1033</v>
+      </c>
+      <c r="M3" t="s">
+        <v>29</v>
+      </c>
+      <c r="N3" t="s">
+        <v>32</v>
+      </c>
+      <c r="O3" t="s">
+        <v>29</v>
+      </c>
+      <c r="P3" t="s">
+        <v>33</v>
+      </c>
+      <c r="Q3" t="s">
+        <v>34</v>
+      </c>
+      <c r="R3" t="s">
+        <v>41</v>
+      </c>
+      <c r="S3" t="s">
+        <v>29</v>
+      </c>
+      <c r="T3" t="s">
+        <v>29</v>
+      </c>
+      <c r="U3" t="s">
+        <v>42</v>
+      </c>
+      <c r="V3" t="s">
+        <v>29</v>
+      </c>
+      <c r="W3" t="s">
+        <v>29</v>
+      </c>
+      <c r="X3" t="s">
+        <v>29</v>
+      </c>
+      <c r="Y3" t="s">
+        <v>29</v>
+      </c>
+      <c r="Z3" t="s">
+        <v>29</v>
+      </c>
+      <c r="AA3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="4" spans="1:27" x14ac:dyDescent="0.35">
+      <c r="A4" t="s">
+        <v>43</v>
+      </c>
+      <c r="B4" t="s">
+        <v>44</v>
+      </c>
+      <c r="C4" t="s">
+        <v>29</v>
+      </c>
+      <c r="D4" t="s">
+        <v>29</v>
+      </c>
+      <c r="E4" t="s">
+        <v>29</v>
+      </c>
+      <c r="F4" t="s">
+        <v>29</v>
+      </c>
+      <c r="G4" t="s">
+        <v>29</v>
+      </c>
+      <c r="H4" t="s">
+        <v>29</v>
+      </c>
+      <c r="I4" t="s">
+        <v>29</v>
+      </c>
+      <c r="J4" s="2" t="s">
+        <v>210</v>
+      </c>
+      <c r="K4" t="s">
+        <v>40</v>
+      </c>
+      <c r="L4">
+        <v>3067</v>
+      </c>
+      <c r="M4" t="s">
+        <v>29</v>
+      </c>
+      <c r="N4" t="s">
+        <v>32</v>
+      </c>
+      <c r="O4" t="s">
+        <v>29</v>
+      </c>
+      <c r="P4" t="s">
+        <v>45</v>
+      </c>
+      <c r="Q4" t="s">
+        <v>34</v>
+      </c>
+      <c r="R4" t="s">
+        <v>46</v>
+      </c>
+      <c r="S4" t="s">
+        <v>29</v>
+      </c>
+      <c r="T4" t="s">
+        <v>29</v>
+      </c>
+      <c r="U4" t="s">
+        <v>47</v>
+      </c>
+      <c r="V4" t="s">
+        <v>29</v>
+      </c>
+      <c r="W4" t="s">
+        <v>29</v>
+      </c>
+      <c r="X4" t="s">
+        <v>29</v>
+      </c>
+      <c r="Y4" t="s">
+        <v>29</v>
+      </c>
+      <c r="Z4" t="s">
+        <v>29</v>
+      </c>
+      <c r="AA4" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="5" spans="1:27" x14ac:dyDescent="0.35">
+      <c r="A5" t="s">
+        <v>48</v>
+      </c>
+      <c r="B5" t="s">
+        <v>49</v>
+      </c>
+      <c r="C5" t="s">
+        <v>29</v>
+      </c>
+      <c r="D5" t="s">
+        <v>29</v>
+      </c>
+      <c r="E5" t="s">
+        <v>29</v>
+      </c>
+      <c r="F5" t="s">
+        <v>29</v>
+      </c>
+      <c r="G5" t="s">
+        <v>29</v>
+      </c>
+      <c r="H5" t="s">
+        <v>29</v>
+      </c>
+      <c r="I5" t="s">
+        <v>29</v>
+      </c>
+      <c r="J5" s="2" t="s">
+        <v>211</v>
+      </c>
+      <c r="K5" t="s">
+        <v>50</v>
+      </c>
+      <c r="L5">
+        <v>2035</v>
+      </c>
+      <c r="M5" t="s">
+        <v>29</v>
+      </c>
+      <c r="N5" t="s">
+        <v>32</v>
+      </c>
+      <c r="O5" t="s">
+        <v>29</v>
+      </c>
+      <c r="P5" t="s">
+        <v>51</v>
+      </c>
+      <c r="Q5" t="s">
+        <v>34</v>
+      </c>
+      <c r="R5" t="s">
+        <v>52</v>
+      </c>
+      <c r="S5" t="s">
+        <v>29</v>
+      </c>
+      <c r="T5" t="s">
+        <v>29</v>
+      </c>
+      <c r="U5" t="s">
+        <v>47</v>
+      </c>
+      <c r="V5" t="s">
+        <v>29</v>
+      </c>
+      <c r="W5" t="s">
+        <v>29</v>
+      </c>
+      <c r="X5" t="s">
+        <v>29</v>
+      </c>
+      <c r="Y5" t="s">
+        <v>29</v>
+      </c>
+      <c r="Z5" t="s">
+        <v>29</v>
+      </c>
+      <c r="AA5" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="6" spans="1:27" x14ac:dyDescent="0.35">
+      <c r="A6" t="s">
+        <v>53</v>
+      </c>
+      <c r="B6" t="s">
+        <v>54</v>
+      </c>
+      <c r="C6" t="s">
+        <v>29</v>
+      </c>
+      <c r="D6" t="s">
+        <v>29</v>
+      </c>
+      <c r="E6" t="s">
+        <v>29</v>
+      </c>
+      <c r="F6" t="s">
+        <v>29</v>
+      </c>
+      <c r="G6" t="s">
+        <v>29</v>
+      </c>
+      <c r="H6" t="s">
+        <v>29</v>
+      </c>
+      <c r="I6" t="s">
+        <v>29</v>
+      </c>
+      <c r="J6" s="2" t="s">
+        <v>212</v>
+      </c>
+      <c r="K6" t="s">
+        <v>55</v>
+      </c>
+      <c r="L6">
+        <v>3225</v>
+      </c>
+      <c r="M6" t="s">
+        <v>29</v>
+      </c>
+      <c r="N6" t="s">
+        <v>32</v>
+      </c>
+      <c r="O6" t="s">
+        <v>29</v>
+      </c>
+      <c r="P6" t="s">
+        <v>45</v>
+      </c>
+      <c r="Q6" t="s">
+        <v>34</v>
+      </c>
+      <c r="R6" t="s">
+        <v>56</v>
+      </c>
+      <c r="S6" t="s">
+        <v>29</v>
+      </c>
+      <c r="T6" t="s">
+        <v>29</v>
+      </c>
+      <c r="U6" t="s">
+        <v>57</v>
+      </c>
+      <c r="V6" t="s">
+        <v>58</v>
+      </c>
+      <c r="W6" t="s">
+        <v>29</v>
+      </c>
+      <c r="X6" t="s">
+        <v>29</v>
+      </c>
+      <c r="Y6" t="s">
+        <v>29</v>
+      </c>
+      <c r="Z6" t="s">
+        <v>29</v>
+      </c>
+      <c r="AA6" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="7" spans="1:27" x14ac:dyDescent="0.35">
+      <c r="A7" t="s">
+        <v>59</v>
+      </c>
+      <c r="B7" t="s">
+        <v>60</v>
+      </c>
+      <c r="C7" t="s">
+        <v>29</v>
+      </c>
+      <c r="D7" t="s">
+        <v>29</v>
+      </c>
+      <c r="E7" t="s">
+        <v>29</v>
+      </c>
+      <c r="F7" t="s">
+        <v>29</v>
+      </c>
+      <c r="G7" t="s">
+        <v>29</v>
+      </c>
+      <c r="H7" t="s">
+        <v>29</v>
+      </c>
+      <c r="I7" t="s">
+        <v>29</v>
+      </c>
+      <c r="J7" t="s">
+        <v>61</v>
+      </c>
+      <c r="K7" t="s">
+        <v>50</v>
+      </c>
+      <c r="L7">
+        <v>1168</v>
+      </c>
+      <c r="M7" t="s">
+        <v>29</v>
+      </c>
+      <c r="N7" t="s">
+        <v>32</v>
+      </c>
+      <c r="O7" t="s">
+        <v>29</v>
+      </c>
+      <c r="P7" t="s">
+        <v>33</v>
+      </c>
+      <c r="Q7" t="s">
+        <v>34</v>
+      </c>
+      <c r="R7" t="s">
+        <v>62</v>
+      </c>
+      <c r="S7" t="s">
+        <v>29</v>
+      </c>
+      <c r="T7" t="s">
+        <v>29</v>
+      </c>
+      <c r="U7" t="s">
+        <v>42</v>
+      </c>
+      <c r="V7" t="s">
+        <v>29</v>
+      </c>
+      <c r="W7" t="s">
+        <v>29</v>
+      </c>
+      <c r="X7" t="s">
+        <v>29</v>
+      </c>
+      <c r="Y7" t="s">
+        <v>29</v>
+      </c>
+      <c r="Z7" t="s">
+        <v>29</v>
+      </c>
+      <c r="AA7" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="8" spans="1:27" x14ac:dyDescent="0.35">
+      <c r="A8" t="s">
+        <v>63</v>
+      </c>
+      <c r="B8" t="s">
+        <v>64</v>
+      </c>
+      <c r="C8" t="s">
+        <v>29</v>
+      </c>
+      <c r="D8" t="s">
+        <v>29</v>
+      </c>
+      <c r="E8" t="s">
+        <v>29</v>
+      </c>
+      <c r="F8" t="s">
+        <v>29</v>
+      </c>
+      <c r="G8" t="s">
+        <v>29</v>
+      </c>
+      <c r="H8" t="s">
+        <v>29</v>
+      </c>
+      <c r="I8" t="s">
+        <v>29</v>
+      </c>
+      <c r="J8" s="2" t="s">
+        <v>213</v>
+      </c>
+      <c r="K8" t="s">
+        <v>65</v>
+      </c>
+      <c r="L8">
+        <v>3066</v>
+      </c>
+      <c r="M8" t="s">
+        <v>29</v>
+      </c>
+      <c r="N8" t="s">
+        <v>32</v>
+      </c>
+      <c r="O8" t="s">
+        <v>29</v>
+      </c>
+      <c r="P8" t="s">
+        <v>45</v>
+      </c>
+      <c r="Q8" t="s">
+        <v>34</v>
+      </c>
+      <c r="R8" t="s">
+        <v>46</v>
+      </c>
+      <c r="S8" t="s">
+        <v>29</v>
+      </c>
+      <c r="T8" t="s">
+        <v>29</v>
+      </c>
+      <c r="U8" t="s">
+        <v>66</v>
+      </c>
+      <c r="V8" t="s">
+        <v>29</v>
+      </c>
+      <c r="W8" t="s">
+        <v>29</v>
+      </c>
+      <c r="X8" t="s">
+        <v>29</v>
+      </c>
+      <c r="Y8" t="s">
+        <v>29</v>
+      </c>
+      <c r="Z8" t="s">
+        <v>29</v>
+      </c>
+      <c r="AA8" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="9" spans="1:27" x14ac:dyDescent="0.35">
+      <c r="A9" t="s">
+        <v>67</v>
+      </c>
+      <c r="B9" t="s">
+        <v>68</v>
+      </c>
+      <c r="C9" t="s">
+        <v>29</v>
+      </c>
+      <c r="D9" t="s">
+        <v>29</v>
+      </c>
+      <c r="E9" t="s">
+        <v>29</v>
+      </c>
+      <c r="F9" t="s">
+        <v>29</v>
+      </c>
+      <c r="G9" t="s">
+        <v>29</v>
+      </c>
+      <c r="H9" t="s">
+        <v>29</v>
+      </c>
+      <c r="I9" t="s">
+        <v>29</v>
+      </c>
+      <c r="J9" t="s">
+        <v>69</v>
+      </c>
+      <c r="K9" t="s">
+        <v>70</v>
+      </c>
+      <c r="L9">
+        <v>1177</v>
+      </c>
+      <c r="M9" t="s">
+        <v>29</v>
+      </c>
+      <c r="N9" t="s">
+        <v>32</v>
+      </c>
+      <c r="O9" t="s">
+        <v>29</v>
+      </c>
+      <c r="P9" t="s">
+        <v>33</v>
+      </c>
+      <c r="Q9" t="s">
+        <v>34</v>
+      </c>
+      <c r="R9" t="s">
+        <v>71</v>
+      </c>
+      <c r="S9" t="s">
+        <v>29</v>
+      </c>
+      <c r="T9" t="s">
+        <v>29</v>
+      </c>
+      <c r="U9" t="s">
+        <v>72</v>
+      </c>
+      <c r="V9" t="s">
+        <v>29</v>
+      </c>
+      <c r="W9" t="s">
+        <v>29</v>
+      </c>
+      <c r="X9" t="s">
+        <v>29</v>
+      </c>
+      <c r="Y9" t="s">
+        <v>29</v>
+      </c>
+      <c r="Z9" t="s">
+        <v>29</v>
+      </c>
+      <c r="AA9" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="10" spans="1:27" x14ac:dyDescent="0.35">
+      <c r="A10" t="s">
+        <v>73</v>
+      </c>
+      <c r="B10" t="s">
+        <v>74</v>
+      </c>
+      <c r="C10" t="s">
+        <v>29</v>
+      </c>
+      <c r="D10" t="s">
+        <v>29</v>
+      </c>
+      <c r="E10" t="s">
+        <v>29</v>
+      </c>
+      <c r="F10" t="s">
+        <v>29</v>
+      </c>
+      <c r="G10" t="s">
+        <v>29</v>
+      </c>
+      <c r="H10" t="s">
+        <v>29</v>
+      </c>
+      <c r="I10" t="s">
+        <v>29</v>
+      </c>
+      <c r="J10" t="s">
+        <v>75</v>
+      </c>
+      <c r="K10" t="s">
+        <v>76</v>
+      </c>
+      <c r="L10">
+        <v>1178</v>
+      </c>
+      <c r="M10" t="s">
+        <v>29</v>
+      </c>
+      <c r="N10" t="s">
+        <v>32</v>
+      </c>
+      <c r="O10" t="s">
+        <v>29</v>
+      </c>
+      <c r="P10" t="s">
+        <v>33</v>
+      </c>
+      <c r="Q10" t="s">
+        <v>34</v>
+      </c>
+      <c r="R10" t="s">
+        <v>77</v>
+      </c>
+      <c r="S10" t="s">
+        <v>29</v>
+      </c>
+      <c r="T10" t="s">
+        <v>29</v>
+      </c>
+      <c r="U10" t="s">
+        <v>72</v>
+      </c>
+      <c r="V10" t="s">
+        <v>29</v>
+      </c>
+      <c r="W10" t="s">
+        <v>29</v>
+      </c>
+      <c r="X10" t="s">
+        <v>29</v>
+      </c>
+      <c r="Y10" t="s">
+        <v>29</v>
+      </c>
+      <c r="Z10" t="s">
+        <v>29</v>
+      </c>
+      <c r="AA10" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="11" spans="1:27" x14ac:dyDescent="0.35">
+      <c r="A11" t="s">
+        <v>78</v>
+      </c>
+      <c r="B11" t="s">
+        <v>79</v>
+      </c>
+      <c r="C11" t="s">
+        <v>29</v>
+      </c>
+      <c r="D11" t="s">
+        <v>29</v>
+      </c>
+      <c r="E11" t="s">
+        <v>29</v>
+      </c>
+      <c r="F11" t="s">
+        <v>29</v>
+      </c>
+      <c r="G11" t="s">
+        <v>29</v>
+      </c>
+      <c r="H11" t="s">
+        <v>29</v>
+      </c>
+      <c r="I11" t="s">
+        <v>29</v>
+      </c>
+      <c r="J11" s="2" t="s">
+        <v>214</v>
+      </c>
+      <c r="K11" t="s">
+        <v>76</v>
+      </c>
+      <c r="L11">
+        <v>2756</v>
+      </c>
+      <c r="M11" t="s">
+        <v>29</v>
+      </c>
+      <c r="N11" t="s">
+        <v>32</v>
+      </c>
+      <c r="O11" t="s">
+        <v>29</v>
+      </c>
+      <c r="P11" t="s">
+        <v>45</v>
+      </c>
+      <c r="Q11" t="s">
+        <v>34</v>
+      </c>
+      <c r="R11" t="s">
+        <v>80</v>
+      </c>
+      <c r="S11" t="s">
+        <v>29</v>
+      </c>
+      <c r="T11" t="s">
+        <v>29</v>
+      </c>
+      <c r="U11" t="s">
+        <v>66</v>
+      </c>
+      <c r="V11" t="s">
+        <v>29</v>
+      </c>
+      <c r="W11" t="s">
+        <v>29</v>
+      </c>
+      <c r="X11" t="s">
+        <v>29</v>
+      </c>
+      <c r="Y11" t="s">
+        <v>29</v>
+      </c>
+      <c r="Z11" t="s">
+        <v>29</v>
+      </c>
+      <c r="AA11" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="12" spans="1:27" x14ac:dyDescent="0.35">
+      <c r="A12" t="s">
+        <v>81</v>
+      </c>
+      <c r="B12" t="s">
+        <v>82</v>
+      </c>
+      <c r="C12" t="s">
+        <v>29</v>
+      </c>
+      <c r="D12" t="s">
+        <v>29</v>
+      </c>
+      <c r="E12" t="s">
+        <v>29</v>
+      </c>
+      <c r="F12" t="s">
+        <v>29</v>
+      </c>
+      <c r="G12" t="s">
+        <v>29</v>
+      </c>
+      <c r="H12" t="s">
+        <v>29</v>
+      </c>
+      <c r="I12" t="s">
+        <v>29</v>
+      </c>
+      <c r="J12" t="s">
+        <v>83</v>
+      </c>
+      <c r="K12" t="s">
+        <v>84</v>
+      </c>
+      <c r="L12">
+        <v>1108</v>
+      </c>
+      <c r="M12" t="s">
+        <v>29</v>
+      </c>
+      <c r="N12" t="s">
+        <v>32</v>
+      </c>
+      <c r="O12" t="s">
+        <v>29</v>
+      </c>
+      <c r="P12" t="s">
+        <v>51</v>
+      </c>
+      <c r="Q12" t="s">
+        <v>34</v>
+      </c>
+      <c r="R12" t="s">
+        <v>35</v>
+      </c>
+      <c r="S12" t="s">
+        <v>29</v>
+      </c>
+      <c r="T12" t="s">
+        <v>29</v>
+      </c>
+      <c r="U12" t="s">
+        <v>36</v>
+      </c>
+      <c r="V12" t="s">
+        <v>29</v>
+      </c>
+      <c r="W12" t="s">
+        <v>29</v>
+      </c>
+      <c r="X12" t="s">
+        <v>29</v>
+      </c>
+      <c r="Y12" t="s">
+        <v>29</v>
+      </c>
+      <c r="Z12" t="s">
+        <v>29</v>
+      </c>
+      <c r="AA12" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="13" spans="1:27" x14ac:dyDescent="0.35">
+      <c r="A13" t="s">
+        <v>85</v>
+      </c>
+      <c r="B13" t="s">
+        <v>86</v>
+      </c>
+      <c r="C13" t="s">
+        <v>29</v>
+      </c>
+      <c r="D13" t="s">
+        <v>29</v>
+      </c>
+      <c r="E13" t="s">
+        <v>29</v>
+      </c>
+      <c r="F13" t="s">
+        <v>29</v>
+      </c>
+      <c r="G13" t="s">
+        <v>29</v>
+      </c>
+      <c r="H13" t="s">
+        <v>29</v>
+      </c>
+      <c r="I13" t="s">
+        <v>29</v>
+      </c>
+      <c r="J13" t="s">
+        <v>87</v>
+      </c>
+      <c r="K13" t="s">
+        <v>88</v>
+      </c>
+      <c r="L13">
+        <v>1107</v>
+      </c>
+      <c r="M13" t="s">
+        <v>29</v>
+      </c>
+      <c r="N13" t="s">
+        <v>32</v>
+      </c>
+      <c r="O13" t="s">
+        <v>29</v>
+      </c>
+      <c r="P13" t="s">
+        <v>33</v>
+      </c>
+      <c r="Q13" t="s">
+        <v>34</v>
+      </c>
+      <c r="R13" t="s">
+        <v>89</v>
+      </c>
+      <c r="S13" t="s">
+        <v>29</v>
+      </c>
+      <c r="T13" t="s">
+        <v>29</v>
+      </c>
+      <c r="U13" t="s">
+        <v>72</v>
+      </c>
+      <c r="V13" t="s">
+        <v>29</v>
+      </c>
+      <c r="W13" t="s">
+        <v>29</v>
+      </c>
+      <c r="X13" t="s">
+        <v>29</v>
+      </c>
+      <c r="Y13" t="s">
+        <v>29</v>
+      </c>
+      <c r="Z13" t="s">
+        <v>29</v>
+      </c>
+      <c r="AA13" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="14" spans="1:27" x14ac:dyDescent="0.35">
+      <c r="A14" t="s">
+        <v>90</v>
+      </c>
+      <c r="B14" t="s">
+        <v>91</v>
+      </c>
+      <c r="C14" t="s">
+        <v>29</v>
+      </c>
+      <c r="D14" t="s">
+        <v>29</v>
+      </c>
+      <c r="E14" t="s">
+        <v>29</v>
+      </c>
+      <c r="F14" t="s">
+        <v>29</v>
+      </c>
+      <c r="G14" t="s">
+        <v>29</v>
+      </c>
+      <c r="H14" t="s">
+        <v>29</v>
+      </c>
+      <c r="I14" t="s">
+        <v>29</v>
+      </c>
+      <c r="J14" s="2" t="s">
+        <v>215</v>
+      </c>
+      <c r="K14" t="s">
+        <v>88</v>
+      </c>
+      <c r="L14">
+        <v>2800</v>
+      </c>
+      <c r="M14" t="s">
+        <v>29</v>
+      </c>
+      <c r="N14" t="s">
+        <v>32</v>
+      </c>
+      <c r="O14" t="s">
+        <v>29</v>
+      </c>
+      <c r="P14" t="s">
+        <v>45</v>
+      </c>
+      <c r="Q14" t="s">
+        <v>34</v>
+      </c>
+      <c r="R14" t="s">
+        <v>92</v>
+      </c>
+      <c r="S14" t="s">
+        <v>29</v>
+      </c>
+      <c r="T14" t="s">
+        <v>29</v>
+      </c>
+      <c r="U14" t="s">
+        <v>72</v>
+      </c>
+      <c r="V14" t="s">
+        <v>29</v>
+      </c>
+      <c r="W14" t="s">
+        <v>29</v>
+      </c>
+      <c r="X14" t="s">
+        <v>29</v>
+      </c>
+      <c r="Y14" t="s">
+        <v>29</v>
+      </c>
+      <c r="Z14" t="s">
+        <v>29</v>
+      </c>
+      <c r="AA14" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="15" spans="1:27" x14ac:dyDescent="0.35">
+      <c r="A15" t="s">
+        <v>93</v>
+      </c>
+      <c r="B15" t="s">
+        <v>94</v>
+      </c>
+      <c r="C15" t="s">
+        <v>29</v>
+      </c>
+      <c r="D15" t="s">
+        <v>29</v>
+      </c>
+      <c r="E15" t="s">
+        <v>29</v>
+      </c>
+      <c r="F15" t="s">
+        <v>29</v>
+      </c>
+      <c r="G15" t="s">
+        <v>29</v>
+      </c>
+      <c r="H15" t="s">
+        <v>29</v>
+      </c>
+      <c r="I15" t="s">
+        <v>29</v>
+      </c>
+      <c r="J15" t="s">
+        <v>95</v>
+      </c>
+      <c r="K15" t="s">
+        <v>96</v>
+      </c>
+      <c r="L15">
+        <v>3239</v>
+      </c>
+      <c r="M15" t="s">
+        <v>29</v>
+      </c>
+      <c r="N15" t="s">
+        <v>32</v>
+      </c>
+      <c r="O15" t="s">
+        <v>29</v>
+      </c>
+      <c r="P15" t="s">
+        <v>45</v>
+      </c>
+      <c r="Q15" t="s">
+        <v>34</v>
+      </c>
+      <c r="R15" t="s">
+        <v>97</v>
+      </c>
+      <c r="S15" t="s">
+        <v>29</v>
+      </c>
+      <c r="T15" t="s">
+        <v>29</v>
+      </c>
+      <c r="U15" t="s">
+        <v>57</v>
+      </c>
+      <c r="V15" t="s">
+        <v>29</v>
+      </c>
+      <c r="W15" t="s">
+        <v>29</v>
+      </c>
+      <c r="X15" t="s">
+        <v>29</v>
+      </c>
+      <c r="Y15" t="s">
+        <v>29</v>
+      </c>
+      <c r="Z15" t="s">
+        <v>29</v>
+      </c>
+      <c r="AA15" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="16" spans="1:27" x14ac:dyDescent="0.35">
+      <c r="A16" t="s">
+        <v>98</v>
+      </c>
+      <c r="B16" t="s">
+        <v>99</v>
+      </c>
+      <c r="C16" t="s">
+        <v>29</v>
+      </c>
+      <c r="D16" t="s">
+        <v>29</v>
+      </c>
+      <c r="E16" t="s">
+        <v>29</v>
+      </c>
+      <c r="F16" t="s">
+        <v>29</v>
+      </c>
+      <c r="G16" t="s">
+        <v>29</v>
+      </c>
+      <c r="H16" t="s">
+        <v>29</v>
+      </c>
+      <c r="I16" t="s">
+        <v>29</v>
+      </c>
+      <c r="J16" s="2" t="s">
+        <v>216</v>
+      </c>
+      <c r="K16" t="s">
+        <v>100</v>
+      </c>
+      <c r="L16">
+        <v>1104</v>
+      </c>
+      <c r="M16" t="s">
+        <v>29</v>
+      </c>
+      <c r="N16" t="s">
+        <v>32</v>
+      </c>
+      <c r="O16" t="s">
+        <v>29</v>
+      </c>
+      <c r="P16" t="s">
+        <v>33</v>
+      </c>
+      <c r="Q16" t="s">
+        <v>34</v>
+      </c>
+      <c r="R16" t="s">
+        <v>101</v>
+      </c>
+      <c r="S16" t="s">
+        <v>29</v>
+      </c>
+      <c r="T16" t="s">
+        <v>29</v>
+      </c>
+      <c r="U16" t="s">
+        <v>72</v>
+      </c>
+      <c r="V16" t="s">
+        <v>29</v>
+      </c>
+      <c r="W16" t="s">
+        <v>29</v>
+      </c>
+      <c r="X16" t="s">
+        <v>29</v>
+      </c>
+      <c r="Y16" t="s">
+        <v>29</v>
+      </c>
+      <c r="Z16" t="s">
+        <v>29</v>
+      </c>
+      <c r="AA16" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="17" spans="1:27" x14ac:dyDescent="0.35">
+      <c r="A17" t="s">
+        <v>102</v>
+      </c>
+      <c r="B17" t="s">
+        <v>103</v>
+      </c>
+      <c r="C17" t="s">
+        <v>29</v>
+      </c>
+      <c r="D17" t="s">
+        <v>29</v>
+      </c>
+      <c r="E17" t="s">
+        <v>29</v>
+      </c>
+      <c r="F17" t="s">
+        <v>29</v>
+      </c>
+      <c r="G17" t="s">
+        <v>29</v>
+      </c>
+      <c r="H17" t="s">
+        <v>29</v>
+      </c>
+      <c r="I17" t="s">
+        <v>29</v>
+      </c>
+      <c r="J17" s="2" t="s">
+        <v>217</v>
+      </c>
+      <c r="K17" t="s">
+        <v>100</v>
+      </c>
+      <c r="L17">
+        <v>1738</v>
+      </c>
+      <c r="M17" t="s">
+        <v>29</v>
+      </c>
+      <c r="N17" t="s">
+        <v>32</v>
+      </c>
+      <c r="O17" t="s">
+        <v>29</v>
+      </c>
+      <c r="P17" t="s">
+        <v>51</v>
+      </c>
+      <c r="Q17" t="s">
+        <v>34</v>
+      </c>
+      <c r="R17" t="s">
+        <v>52</v>
+      </c>
+      <c r="S17" t="s">
+        <v>29</v>
+      </c>
+      <c r="T17" t="s">
+        <v>29</v>
+      </c>
+      <c r="U17" t="s">
+        <v>66</v>
+      </c>
+      <c r="V17" t="s">
+        <v>29</v>
+      </c>
+      <c r="W17" t="s">
+        <v>29</v>
+      </c>
+      <c r="X17" t="s">
+        <v>29</v>
+      </c>
+      <c r="Y17" t="s">
+        <v>29</v>
+      </c>
+      <c r="Z17" t="s">
+        <v>29</v>
+      </c>
+      <c r="AA17" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="18" spans="1:27" x14ac:dyDescent="0.35">
+      <c r="A18" t="s">
+        <v>104</v>
+      </c>
+      <c r="B18" t="s">
+        <v>105</v>
+      </c>
+      <c r="C18" t="s">
+        <v>29</v>
+      </c>
+      <c r="D18" t="s">
+        <v>29</v>
+      </c>
+      <c r="E18" t="s">
+        <v>29</v>
+      </c>
+      <c r="F18" t="s">
+        <v>29</v>
+      </c>
+      <c r="G18" t="s">
+        <v>29</v>
+      </c>
+      <c r="H18" t="s">
+        <v>29</v>
+      </c>
+      <c r="I18" t="s">
+        <v>29</v>
+      </c>
+      <c r="J18" t="s">
+        <v>106</v>
+      </c>
+      <c r="K18" t="s">
+        <v>107</v>
+      </c>
+      <c r="L18">
+        <v>1096</v>
+      </c>
+      <c r="M18" t="s">
+        <v>29</v>
+      </c>
+      <c r="N18" t="s">
+        <v>32</v>
+      </c>
+      <c r="O18" t="s">
+        <v>29</v>
+      </c>
+      <c r="P18" t="s">
+        <v>33</v>
+      </c>
+      <c r="Q18" t="s">
+        <v>34</v>
+      </c>
+      <c r="R18" t="s">
+        <v>108</v>
+      </c>
+      <c r="S18" t="s">
+        <v>29</v>
+      </c>
+      <c r="T18" t="s">
+        <v>29</v>
+      </c>
+      <c r="U18" t="s">
+        <v>66</v>
+      </c>
+      <c r="V18" t="s">
+        <v>29</v>
+      </c>
+      <c r="W18" t="s">
+        <v>29</v>
+      </c>
+      <c r="X18" t="s">
+        <v>29</v>
+      </c>
+      <c r="Y18" t="s">
+        <v>29</v>
+      </c>
+      <c r="Z18" t="s">
+        <v>29</v>
+      </c>
+      <c r="AA18" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="19" spans="1:27" x14ac:dyDescent="0.35">
+      <c r="A19" t="s">
+        <v>109</v>
+      </c>
+      <c r="B19" t="s">
+        <v>110</v>
+      </c>
+      <c r="C19" t="s">
+        <v>29</v>
+      </c>
+      <c r="D19" t="s">
+        <v>29</v>
+      </c>
+      <c r="E19" t="s">
+        <v>29</v>
+      </c>
+      <c r="F19" t="s">
+        <v>29</v>
+      </c>
+      <c r="G19" t="s">
+        <v>29</v>
+      </c>
+      <c r="H19" t="s">
+        <v>29</v>
+      </c>
+      <c r="I19" t="s">
+        <v>29</v>
+      </c>
+      <c r="J19" t="s">
+        <v>111</v>
+      </c>
+      <c r="K19" t="s">
+        <v>112</v>
+      </c>
+      <c r="L19">
+        <v>1095</v>
+      </c>
+      <c r="M19" t="s">
+        <v>29</v>
+      </c>
+      <c r="N19" t="s">
+        <v>32</v>
+      </c>
+      <c r="O19" t="s">
+        <v>29</v>
+      </c>
+      <c r="P19" t="s">
+        <v>33</v>
+      </c>
+      <c r="Q19" t="s">
+        <v>34</v>
+      </c>
+      <c r="R19" t="s">
+        <v>113</v>
+      </c>
+      <c r="S19" t="s">
+        <v>29</v>
+      </c>
+      <c r="T19" t="s">
+        <v>29</v>
+      </c>
+      <c r="U19" t="s">
+        <v>42</v>
+      </c>
+      <c r="V19" t="s">
+        <v>29</v>
+      </c>
+      <c r="W19" t="s">
+        <v>29</v>
+      </c>
+      <c r="X19" t="s">
+        <v>29</v>
+      </c>
+      <c r="Y19" t="s">
+        <v>29</v>
+      </c>
+      <c r="Z19" t="s">
+        <v>29</v>
+      </c>
+      <c r="AA19" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="20" spans="1:27" x14ac:dyDescent="0.35">
+      <c r="A20" t="s">
+        <v>114</v>
+      </c>
+      <c r="B20" t="s">
+        <v>115</v>
+      </c>
+      <c r="C20" t="s">
+        <v>29</v>
+      </c>
+      <c r="D20" t="s">
+        <v>29</v>
+      </c>
+      <c r="E20" t="s">
+        <v>29</v>
+      </c>
+      <c r="F20" t="s">
+        <v>29</v>
+      </c>
+      <c r="G20" t="s">
+        <v>29</v>
+      </c>
+      <c r="H20" t="s">
+        <v>29</v>
+      </c>
+      <c r="I20" t="s">
+        <v>29</v>
+      </c>
+      <c r="J20" t="s">
+        <v>116</v>
+      </c>
+      <c r="K20" t="s">
+        <v>117</v>
+      </c>
+      <c r="L20">
+        <v>3262</v>
+      </c>
+      <c r="M20" t="s">
+        <v>29</v>
+      </c>
+      <c r="N20" t="s">
+        <v>32</v>
+      </c>
+      <c r="O20" t="s">
+        <v>29</v>
+      </c>
+      <c r="P20" t="s">
+        <v>45</v>
+      </c>
+      <c r="Q20" t="s">
+        <v>34</v>
+      </c>
+      <c r="R20" t="s">
+        <v>56</v>
+      </c>
+      <c r="S20" t="s">
+        <v>29</v>
+      </c>
+      <c r="T20" t="s">
+        <v>29</v>
+      </c>
+      <c r="U20" t="s">
+        <v>47</v>
+      </c>
+      <c r="V20" t="s">
+        <v>29</v>
+      </c>
+      <c r="W20" t="s">
+        <v>29</v>
+      </c>
+      <c r="X20" t="s">
+        <v>29</v>
+      </c>
+      <c r="Y20" t="s">
+        <v>29</v>
+      </c>
+      <c r="Z20" t="s">
+        <v>29</v>
+      </c>
+      <c r="AA20" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="21" spans="1:27" x14ac:dyDescent="0.35">
+      <c r="A21" t="s">
+        <v>118</v>
+      </c>
+      <c r="B21" t="s">
+        <v>119</v>
+      </c>
+      <c r="C21" t="s">
+        <v>29</v>
+      </c>
+      <c r="D21" t="s">
+        <v>29</v>
+      </c>
+      <c r="E21" t="s">
+        <v>29</v>
+      </c>
+      <c r="F21" t="s">
+        <v>29</v>
+      </c>
+      <c r="G21" t="s">
+        <v>29</v>
+      </c>
+      <c r="H21" t="s">
+        <v>29</v>
+      </c>
+      <c r="I21" t="s">
+        <v>29</v>
+      </c>
+      <c r="J21" s="2" t="s">
+        <v>218</v>
+      </c>
+      <c r="K21" t="s">
+        <v>120</v>
+      </c>
+      <c r="L21">
+        <v>1746</v>
+      </c>
+      <c r="M21" t="s">
+        <v>29</v>
+      </c>
+      <c r="N21" t="s">
+        <v>32</v>
+      </c>
+      <c r="O21" t="s">
+        <v>29</v>
+      </c>
+      <c r="P21" t="s">
+        <v>51</v>
+      </c>
+      <c r="Q21" t="s">
+        <v>34</v>
+      </c>
+      <c r="R21" t="s">
+        <v>52</v>
+      </c>
+      <c r="S21" t="s">
+        <v>29</v>
+      </c>
+      <c r="T21" t="s">
+        <v>29</v>
+      </c>
+      <c r="U21" t="s">
+        <v>47</v>
+      </c>
+      <c r="V21" t="s">
+        <v>29</v>
+      </c>
+      <c r="W21" t="s">
+        <v>29</v>
+      </c>
+      <c r="X21" t="s">
+        <v>29</v>
+      </c>
+      <c r="Y21" t="s">
+        <v>29</v>
+      </c>
+      <c r="Z21" t="s">
+        <v>29</v>
+      </c>
+      <c r="AA21" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="22" spans="1:27" x14ac:dyDescent="0.35">
+      <c r="A22" t="s">
+        <v>121</v>
+      </c>
+      <c r="B22" t="s">
+        <v>122</v>
+      </c>
+      <c r="C22" t="s">
+        <v>29</v>
+      </c>
+      <c r="D22" t="s">
+        <v>29</v>
+      </c>
+      <c r="E22" t="s">
+        <v>29</v>
+      </c>
+      <c r="F22" t="s">
+        <v>29</v>
+      </c>
+      <c r="G22" t="s">
+        <v>29</v>
+      </c>
+      <c r="H22" t="s">
+        <v>29</v>
+      </c>
+      <c r="I22" t="s">
+        <v>29</v>
+      </c>
+      <c r="J22" t="s">
+        <v>123</v>
+      </c>
+      <c r="K22" t="s">
+        <v>120</v>
+      </c>
+      <c r="L22">
+        <v>1014</v>
+      </c>
+      <c r="M22" t="s">
+        <v>29</v>
+      </c>
+      <c r="N22" t="s">
+        <v>32</v>
+      </c>
+      <c r="O22" t="s">
+        <v>29</v>
+      </c>
+      <c r="P22" t="s">
+        <v>33</v>
+      </c>
+      <c r="Q22" t="s">
+        <v>34</v>
+      </c>
+      <c r="R22" t="s">
+        <v>124</v>
+      </c>
+      <c r="S22" t="s">
+        <v>29</v>
+      </c>
+      <c r="T22" t="s">
+        <v>29</v>
+      </c>
+      <c r="U22" t="s">
+        <v>42</v>
+      </c>
+      <c r="V22" t="s">
+        <v>29</v>
+      </c>
+      <c r="W22" t="s">
+        <v>29</v>
+      </c>
+      <c r="X22" t="s">
+        <v>29</v>
+      </c>
+      <c r="Y22" t="s">
+        <v>29</v>
+      </c>
+      <c r="Z22" t="s">
+        <v>29</v>
+      </c>
+      <c r="AA22" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="23" spans="1:27" x14ac:dyDescent="0.35">
+      <c r="A23" t="s">
+        <v>125</v>
+      </c>
+      <c r="B23" t="s">
+        <v>126</v>
+      </c>
+      <c r="C23" t="s">
+        <v>29</v>
+      </c>
+      <c r="D23" t="s">
+        <v>29</v>
+      </c>
+      <c r="E23" t="s">
+        <v>29</v>
+      </c>
+      <c r="F23" t="s">
+        <v>29</v>
+      </c>
+      <c r="G23" t="s">
+        <v>29</v>
+      </c>
+      <c r="H23" t="s">
+        <v>29</v>
+      </c>
+      <c r="I23" t="s">
+        <v>29</v>
+      </c>
+      <c r="J23" t="s">
+        <v>127</v>
+      </c>
+      <c r="K23" t="s">
+        <v>120</v>
+      </c>
+      <c r="L23">
+        <v>3185</v>
+      </c>
+      <c r="M23" t="s">
+        <v>29</v>
+      </c>
+      <c r="N23" t="s">
+        <v>32</v>
+      </c>
+      <c r="O23" t="s">
+        <v>29</v>
+      </c>
+      <c r="P23" t="s">
+        <v>45</v>
+      </c>
+      <c r="Q23" t="s">
+        <v>34</v>
+      </c>
+      <c r="R23" t="s">
+        <v>56</v>
+      </c>
+      <c r="S23" t="s">
+        <v>29</v>
+      </c>
+      <c r="T23" t="s">
+        <v>29</v>
+      </c>
+      <c r="U23" t="s">
+        <v>57</v>
+      </c>
+      <c r="V23" t="s">
+        <v>29</v>
+      </c>
+      <c r="W23" t="s">
+        <v>29</v>
+      </c>
+      <c r="X23" t="s">
+        <v>29</v>
+      </c>
+      <c r="Y23" t="s">
+        <v>29</v>
+      </c>
+      <c r="Z23" t="s">
+        <v>29</v>
+      </c>
+      <c r="AA23" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="24" spans="1:27" x14ac:dyDescent="0.35">
+      <c r="A24" t="s">
+        <v>128</v>
+      </c>
+      <c r="B24" t="s">
+        <v>129</v>
+      </c>
+      <c r="C24" t="s">
+        <v>29</v>
+      </c>
+      <c r="D24" t="s">
+        <v>29</v>
+      </c>
+      <c r="E24" t="s">
+        <v>29</v>
+      </c>
+      <c r="F24" t="s">
+        <v>29</v>
+      </c>
+      <c r="G24" t="s">
+        <v>29</v>
+      </c>
+      <c r="H24" t="s">
+        <v>29</v>
+      </c>
+      <c r="I24" t="s">
+        <v>29</v>
+      </c>
+      <c r="J24" t="s">
+        <v>130</v>
+      </c>
+      <c r="K24" t="s">
+        <v>131</v>
+      </c>
+      <c r="L24">
+        <v>1059</v>
+      </c>
+      <c r="M24" t="s">
+        <v>29</v>
+      </c>
+      <c r="N24" t="s">
+        <v>32</v>
+      </c>
+      <c r="O24" t="s">
+        <v>29</v>
+      </c>
+      <c r="P24" t="s">
+        <v>33</v>
+      </c>
+      <c r="Q24" t="s">
+        <v>34</v>
+      </c>
+      <c r="R24" t="s">
+        <v>89</v>
+      </c>
+      <c r="S24" t="s">
+        <v>29</v>
+      </c>
+      <c r="T24" t="s">
+        <v>29</v>
+      </c>
+      <c r="U24" t="s">
+        <v>47</v>
+      </c>
+      <c r="V24" t="s">
+        <v>29</v>
+      </c>
+      <c r="W24" t="s">
+        <v>29</v>
+      </c>
+      <c r="X24" t="s">
+        <v>29</v>
+      </c>
+      <c r="Y24" t="s">
+        <v>29</v>
+      </c>
+      <c r="Z24" t="s">
+        <v>29</v>
+      </c>
+      <c r="AA24" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="25" spans="1:27" x14ac:dyDescent="0.35">
+      <c r="A25" t="s">
+        <v>132</v>
+      </c>
+      <c r="B25" t="s">
+        <v>133</v>
+      </c>
+      <c r="C25" t="s">
+        <v>29</v>
+      </c>
+      <c r="D25" t="s">
+        <v>29</v>
+      </c>
+      <c r="E25" t="s">
+        <v>29</v>
+      </c>
+      <c r="F25" t="s">
+        <v>29</v>
+      </c>
+      <c r="G25" t="s">
+        <v>29</v>
+      </c>
+      <c r="H25" t="s">
+        <v>29</v>
+      </c>
+      <c r="I25" t="s">
+        <v>29</v>
+      </c>
+      <c r="J25" t="s">
+        <v>134</v>
+      </c>
+      <c r="K25" t="s">
+        <v>88</v>
+      </c>
+      <c r="L25">
+        <v>1011</v>
+      </c>
+      <c r="M25" t="s">
+        <v>29</v>
+      </c>
+      <c r="N25" t="s">
+        <v>32</v>
+      </c>
+      <c r="O25" t="s">
+        <v>29</v>
+      </c>
+      <c r="P25" t="s">
+        <v>33</v>
+      </c>
+      <c r="Q25" t="s">
+        <v>34</v>
+      </c>
+      <c r="R25" t="s">
+        <v>135</v>
+      </c>
+      <c r="S25" t="s">
+        <v>29</v>
+      </c>
+      <c r="T25" t="s">
+        <v>29</v>
+      </c>
+      <c r="U25" t="s">
+        <v>66</v>
+      </c>
+      <c r="V25" t="s">
+        <v>29</v>
+      </c>
+      <c r="W25" t="s">
+        <v>29</v>
+      </c>
+      <c r="X25" t="s">
+        <v>29</v>
+      </c>
+      <c r="Y25" t="s">
+        <v>29</v>
+      </c>
+      <c r="Z25" t="s">
+        <v>29</v>
+      </c>
+      <c r="AA25" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="26" spans="1:27" x14ac:dyDescent="0.35">
+      <c r="A26" t="s">
+        <v>136</v>
+      </c>
+      <c r="B26" t="s">
+        <v>137</v>
+      </c>
+      <c r="C26" t="s">
+        <v>29</v>
+      </c>
+      <c r="D26" t="s">
+        <v>29</v>
+      </c>
+      <c r="E26" t="s">
+        <v>29</v>
+      </c>
+      <c r="F26" t="s">
+        <v>29</v>
+      </c>
+      <c r="G26" t="s">
+        <v>29</v>
+      </c>
+      <c r="H26" t="s">
+        <v>29</v>
+      </c>
+      <c r="I26" t="s">
+        <v>29</v>
+      </c>
+      <c r="J26" t="s">
+        <v>138</v>
+      </c>
+      <c r="K26" t="s">
+        <v>88</v>
+      </c>
+      <c r="L26">
+        <v>2962</v>
+      </c>
+      <c r="M26" t="s">
+        <v>29</v>
+      </c>
+      <c r="N26" t="s">
+        <v>32</v>
+      </c>
+      <c r="O26" t="s">
+        <v>29</v>
+      </c>
+      <c r="P26" t="s">
+        <v>45</v>
+      </c>
+      <c r="Q26" t="s">
+        <v>34</v>
+      </c>
+      <c r="R26" t="s">
+        <v>139</v>
+      </c>
+      <c r="S26" t="s">
+        <v>29</v>
+      </c>
+      <c r="T26" t="s">
+        <v>29</v>
+      </c>
+      <c r="U26" t="s">
+        <v>42</v>
+      </c>
+      <c r="V26" t="s">
+        <v>29</v>
+      </c>
+      <c r="W26" t="s">
+        <v>29</v>
+      </c>
+      <c r="X26" t="s">
+        <v>29</v>
+      </c>
+      <c r="Y26" t="s">
+        <v>29</v>
+      </c>
+      <c r="Z26" t="s">
+        <v>29</v>
+      </c>
+      <c r="AA26" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="27" spans="1:27" x14ac:dyDescent="0.35">
+      <c r="A27" t="s">
+        <v>140</v>
+      </c>
+      <c r="B27" t="s">
+        <v>141</v>
+      </c>
+      <c r="C27" t="s">
+        <v>29</v>
+      </c>
+      <c r="D27" t="s">
+        <v>29</v>
+      </c>
+      <c r="E27" t="s">
+        <v>29</v>
+      </c>
+      <c r="F27" t="s">
+        <v>29</v>
+      </c>
+      <c r="G27" t="s">
+        <v>29</v>
+      </c>
+      <c r="H27" t="s">
+        <v>29</v>
+      </c>
+      <c r="I27" t="s">
+        <v>29</v>
+      </c>
+      <c r="J27" s="2" t="s">
+        <v>219</v>
+      </c>
+      <c r="K27" t="s">
+        <v>65</v>
+      </c>
+      <c r="L27">
+        <v>3065</v>
+      </c>
+      <c r="M27" t="s">
+        <v>29</v>
+      </c>
+      <c r="N27" t="s">
+        <v>32</v>
+      </c>
+      <c r="O27" t="s">
+        <v>29</v>
+      </c>
+      <c r="P27" t="s">
+        <v>45</v>
+      </c>
+      <c r="Q27" t="s">
+        <v>34</v>
+      </c>
+      <c r="R27" t="s">
+        <v>46</v>
+      </c>
+      <c r="S27" t="s">
+        <v>29</v>
+      </c>
+      <c r="T27" t="s">
+        <v>29</v>
+      </c>
+      <c r="U27" t="s">
+        <v>66</v>
+      </c>
+      <c r="V27" t="s">
+        <v>29</v>
+      </c>
+      <c r="W27" t="s">
+        <v>29</v>
+      </c>
+      <c r="X27" t="s">
+        <v>29</v>
+      </c>
+      <c r="Y27" t="s">
+        <v>29</v>
+      </c>
+      <c r="Z27" t="s">
+        <v>29</v>
+      </c>
+      <c r="AA27" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="28" spans="1:27" x14ac:dyDescent="0.35">
+      <c r="A28" t="s">
+        <v>142</v>
+      </c>
+      <c r="B28" t="s">
+        <v>143</v>
+      </c>
+      <c r="C28" t="s">
+        <v>29</v>
+      </c>
+      <c r="D28" t="s">
+        <v>29</v>
+      </c>
+      <c r="E28" t="s">
+        <v>29</v>
+      </c>
+      <c r="F28" t="s">
+        <v>29</v>
+      </c>
+      <c r="G28" t="s">
+        <v>29</v>
+      </c>
+      <c r="H28" t="s">
+        <v>29</v>
+      </c>
+      <c r="I28" t="s">
+        <v>29</v>
+      </c>
+      <c r="J28" t="s">
+        <v>144</v>
+      </c>
+      <c r="K28" t="s">
+        <v>145</v>
+      </c>
+      <c r="L28">
+        <v>1152</v>
+      </c>
+      <c r="M28" t="s">
+        <v>29</v>
+      </c>
+      <c r="N28" t="s">
+        <v>32</v>
+      </c>
+      <c r="O28" t="s">
+        <v>29</v>
+      </c>
+      <c r="P28" t="s">
+        <v>33</v>
+      </c>
+      <c r="Q28" t="s">
+        <v>34</v>
+      </c>
+      <c r="R28" t="s">
+        <v>146</v>
+      </c>
+      <c r="S28" t="s">
+        <v>29</v>
+      </c>
+      <c r="T28" t="s">
+        <v>29</v>
+      </c>
+      <c r="U28" t="s">
+        <v>66</v>
+      </c>
+      <c r="V28" t="s">
+        <v>29</v>
+      </c>
+      <c r="W28" t="s">
+        <v>29</v>
+      </c>
+      <c r="X28" t="s">
+        <v>29</v>
+      </c>
+      <c r="Y28" t="s">
+        <v>29</v>
+      </c>
+      <c r="Z28" t="s">
+        <v>29</v>
+      </c>
+      <c r="AA28" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="29" spans="1:27" x14ac:dyDescent="0.35">
+      <c r="A29" t="s">
+        <v>147</v>
+      </c>
+      <c r="B29" t="s">
+        <v>148</v>
+      </c>
+      <c r="C29" t="s">
+        <v>29</v>
+      </c>
+      <c r="D29" t="s">
+        <v>29</v>
+      </c>
+      <c r="E29" t="s">
+        <v>29</v>
+      </c>
+      <c r="F29" t="s">
+        <v>29</v>
+      </c>
+      <c r="G29" t="s">
+        <v>29</v>
+      </c>
+      <c r="H29" t="s">
+        <v>29</v>
+      </c>
+      <c r="I29" t="s">
+        <v>29</v>
+      </c>
+      <c r="J29" t="s">
+        <v>149</v>
+      </c>
+      <c r="K29" t="s">
+        <v>150</v>
+      </c>
+      <c r="L29">
+        <v>1103</v>
+      </c>
+      <c r="M29" t="s">
+        <v>29</v>
+      </c>
+      <c r="N29" t="s">
+        <v>32</v>
+      </c>
+      <c r="O29" t="s">
+        <v>29</v>
+      </c>
+      <c r="P29" t="s">
+        <v>33</v>
+      </c>
+      <c r="Q29" t="s">
+        <v>34</v>
+      </c>
+      <c r="R29" t="s">
+        <v>151</v>
+      </c>
+      <c r="S29" t="s">
+        <v>29</v>
+      </c>
+      <c r="T29" t="s">
+        <v>29</v>
+      </c>
+      <c r="U29" t="s">
+        <v>47</v>
+      </c>
+      <c r="V29" t="s">
+        <v>29</v>
+      </c>
+      <c r="W29" t="s">
+        <v>29</v>
+      </c>
+      <c r="X29" t="s">
+        <v>29</v>
+      </c>
+      <c r="Y29" t="s">
+        <v>29</v>
+      </c>
+      <c r="Z29" t="s">
+        <v>29</v>
+      </c>
+      <c r="AA29" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="30" spans="1:27" x14ac:dyDescent="0.35">
+      <c r="A30" t="s">
+        <v>152</v>
+      </c>
+      <c r="B30" t="s">
+        <v>153</v>
+      </c>
+      <c r="C30" t="s">
+        <v>29</v>
+      </c>
+      <c r="D30" t="s">
+        <v>29</v>
+      </c>
+      <c r="E30" t="s">
+        <v>29</v>
+      </c>
+      <c r="F30" t="s">
+        <v>29</v>
+      </c>
+      <c r="G30" t="s">
+        <v>29</v>
+      </c>
+      <c r="H30" t="s">
+        <v>29</v>
+      </c>
+      <c r="I30" t="s">
+        <v>29</v>
+      </c>
+      <c r="J30" s="2" t="s">
+        <v>220</v>
+      </c>
+      <c r="K30" t="s">
+        <v>154</v>
+      </c>
+      <c r="L30">
+        <v>2688</v>
+      </c>
+      <c r="M30" t="s">
+        <v>29</v>
+      </c>
+      <c r="N30" t="s">
+        <v>32</v>
+      </c>
+      <c r="O30" t="s">
+        <v>29</v>
+      </c>
+      <c r="P30" t="s">
+        <v>45</v>
+      </c>
+      <c r="Q30" t="s">
+        <v>34</v>
+      </c>
+      <c r="R30" t="s">
+        <v>155</v>
+      </c>
+      <c r="S30" t="s">
+        <v>29</v>
+      </c>
+      <c r="T30" t="s">
+        <v>29</v>
+      </c>
+      <c r="U30" t="s">
+        <v>36</v>
+      </c>
+      <c r="V30" t="s">
+        <v>29</v>
+      </c>
+      <c r="W30" t="s">
+        <v>29</v>
+      </c>
+      <c r="X30" t="s">
+        <v>29</v>
+      </c>
+      <c r="Y30" t="s">
+        <v>29</v>
+      </c>
+      <c r="Z30" t="s">
+        <v>29</v>
+      </c>
+      <c r="AA30" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="31" spans="1:27" x14ac:dyDescent="0.35">
+      <c r="A31" t="s">
+        <v>156</v>
+      </c>
+      <c r="B31" t="s">
+        <v>157</v>
+      </c>
+      <c r="C31" t="s">
+        <v>29</v>
+      </c>
+      <c r="D31" t="s">
+        <v>29</v>
+      </c>
+      <c r="E31" t="s">
+        <v>29</v>
+      </c>
+      <c r="F31" t="s">
+        <v>29</v>
+      </c>
+      <c r="G31" t="s">
+        <v>29</v>
+      </c>
+      <c r="H31" t="s">
+        <v>29</v>
+      </c>
+      <c r="I31" t="s">
+        <v>29</v>
+      </c>
+      <c r="J31" s="2" t="s">
+        <v>227</v>
+      </c>
+      <c r="K31" t="s">
+        <v>158</v>
+      </c>
+      <c r="L31">
+        <v>996</v>
+      </c>
+      <c r="M31" t="s">
+        <v>29</v>
+      </c>
+      <c r="N31" t="s">
+        <v>32</v>
+      </c>
+      <c r="O31" t="s">
+        <v>29</v>
+      </c>
+      <c r="P31" t="s">
+        <v>33</v>
+      </c>
+      <c r="Q31" t="s">
+        <v>34</v>
+      </c>
+      <c r="R31" t="s">
+        <v>159</v>
+      </c>
+      <c r="S31" t="s">
+        <v>29</v>
+      </c>
+      <c r="T31" t="s">
+        <v>29</v>
+      </c>
+      <c r="U31" t="s">
+        <v>36</v>
+      </c>
+      <c r="V31" t="s">
+        <v>29</v>
+      </c>
+      <c r="W31" t="s">
+        <v>29</v>
+      </c>
+      <c r="X31" t="s">
+        <v>29</v>
+      </c>
+      <c r="Y31" t="s">
+        <v>29</v>
+      </c>
+      <c r="Z31" t="s">
+        <v>29</v>
+      </c>
+      <c r="AA31" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="32" spans="1:27" x14ac:dyDescent="0.35">
+      <c r="A32" t="s">
+        <v>160</v>
+      </c>
+      <c r="B32" t="s">
+        <v>161</v>
+      </c>
+      <c r="C32" t="s">
+        <v>29</v>
+      </c>
+      <c r="D32" t="s">
+        <v>29</v>
+      </c>
+      <c r="E32" t="s">
+        <v>29</v>
+      </c>
+      <c r="F32" t="s">
+        <v>29</v>
+      </c>
+      <c r="G32" t="s">
+        <v>29</v>
+      </c>
+      <c r="H32" t="s">
+        <v>29</v>
+      </c>
+      <c r="I32" t="s">
+        <v>29</v>
+      </c>
+      <c r="J32" t="s">
+        <v>162</v>
+      </c>
+      <c r="K32" t="s">
+        <v>163</v>
+      </c>
+      <c r="L32">
+        <v>1030</v>
+      </c>
+      <c r="M32" t="s">
+        <v>29</v>
+      </c>
+      <c r="N32" t="s">
+        <v>32</v>
+      </c>
+      <c r="O32" t="s">
+        <v>29</v>
+      </c>
+      <c r="P32" t="s">
+        <v>33</v>
+      </c>
+      <c r="Q32" t="s">
+        <v>34</v>
+      </c>
+      <c r="R32" t="s">
+        <v>108</v>
+      </c>
+      <c r="S32" t="s">
+        <v>29</v>
+      </c>
+      <c r="T32" t="s">
+        <v>29</v>
+      </c>
+      <c r="U32" t="s">
+        <v>66</v>
+      </c>
+      <c r="V32" t="s">
+        <v>29</v>
+      </c>
+      <c r="W32" t="s">
+        <v>29</v>
+      </c>
+      <c r="X32" t="s">
+        <v>29</v>
+      </c>
+      <c r="Y32" t="s">
+        <v>29</v>
+      </c>
+      <c r="Z32" t="s">
+        <v>29</v>
+      </c>
+      <c r="AA32" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="33" spans="1:27" x14ac:dyDescent="0.35">
+      <c r="A33" t="s">
+        <v>228</v>
+      </c>
+      <c r="B33" t="s">
+        <v>164</v>
+      </c>
+      <c r="C33" t="s">
+        <v>29</v>
+      </c>
+      <c r="D33" t="s">
+        <v>29</v>
+      </c>
+      <c r="E33" t="s">
+        <v>29</v>
+      </c>
+      <c r="F33" t="s">
+        <v>29</v>
+      </c>
+      <c r="G33" t="s">
+        <v>29</v>
+      </c>
+      <c r="H33" t="s">
+        <v>29</v>
+      </c>
+      <c r="I33" t="s">
+        <v>29</v>
+      </c>
+      <c r="J33" s="2" t="s">
+        <v>221</v>
+      </c>
+      <c r="K33" t="s">
+        <v>165</v>
+      </c>
+      <c r="L33">
+        <v>2977</v>
+      </c>
+      <c r="M33" t="s">
+        <v>29</v>
+      </c>
+      <c r="N33" t="s">
+        <v>32</v>
+      </c>
+      <c r="O33" t="s">
+        <v>29</v>
+      </c>
+      <c r="P33" t="s">
+        <v>45</v>
+      </c>
+      <c r="Q33" t="s">
+        <v>34</v>
+      </c>
+      <c r="R33" t="s">
+        <v>139</v>
+      </c>
+      <c r="S33" t="s">
+        <v>29</v>
+      </c>
+      <c r="T33" t="s">
+        <v>29</v>
+      </c>
+      <c r="U33" t="s">
+        <v>166</v>
+      </c>
+      <c r="V33" t="s">
+        <v>29</v>
+      </c>
+      <c r="W33" t="s">
+        <v>29</v>
+      </c>
+      <c r="X33" t="s">
+        <v>29</v>
+      </c>
+      <c r="Y33" t="s">
+        <v>29</v>
+      </c>
+      <c r="Z33" t="s">
+        <v>29</v>
+      </c>
+      <c r="AA33" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="34" spans="1:27" x14ac:dyDescent="0.35">
+      <c r="A34" t="s">
+        <v>167</v>
+      </c>
+      <c r="B34" t="s">
+        <v>168</v>
+      </c>
+      <c r="C34" t="s">
+        <v>29</v>
+      </c>
+      <c r="D34" t="s">
+        <v>29</v>
+      </c>
+      <c r="E34" t="s">
+        <v>29</v>
+      </c>
+      <c r="F34" t="s">
+        <v>29</v>
+      </c>
+      <c r="G34" t="s">
+        <v>29</v>
+      </c>
+      <c r="H34" t="s">
+        <v>29</v>
+      </c>
+      <c r="I34" t="s">
+        <v>29</v>
+      </c>
+      <c r="J34" t="s">
+        <v>169</v>
+      </c>
+      <c r="K34" t="s">
+        <v>170</v>
+      </c>
+      <c r="L34">
+        <v>3108</v>
+      </c>
+      <c r="M34" t="s">
+        <v>29</v>
+      </c>
+      <c r="N34" t="s">
+        <v>32</v>
+      </c>
+      <c r="O34" t="s">
+        <v>29</v>
+      </c>
+      <c r="P34" t="s">
+        <v>45</v>
+      </c>
+      <c r="Q34" t="s">
+        <v>34</v>
+      </c>
+      <c r="R34" t="s">
+        <v>46</v>
+      </c>
+      <c r="S34" t="s">
+        <v>29</v>
+      </c>
+      <c r="T34" t="s">
+        <v>29</v>
+      </c>
+      <c r="U34" t="s">
+        <v>57</v>
+      </c>
+      <c r="V34" t="s">
+        <v>29</v>
+      </c>
+      <c r="W34" t="s">
+        <v>29</v>
+      </c>
+      <c r="X34" t="s">
+        <v>29</v>
+      </c>
+      <c r="Y34" t="s">
+        <v>29</v>
+      </c>
+      <c r="Z34" t="s">
+        <v>29</v>
+      </c>
+      <c r="AA34" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="35" spans="1:27" x14ac:dyDescent="0.35">
+      <c r="A35" t="s">
+        <v>171</v>
+      </c>
+      <c r="B35" t="s">
+        <v>172</v>
+      </c>
+      <c r="C35" t="s">
+        <v>29</v>
+      </c>
+      <c r="D35" t="s">
+        <v>29</v>
+      </c>
+      <c r="E35" t="s">
+        <v>29</v>
+      </c>
+      <c r="F35" t="s">
+        <v>29</v>
+      </c>
+      <c r="G35" t="s">
+        <v>29</v>
+      </c>
+      <c r="H35" t="s">
+        <v>29</v>
+      </c>
+      <c r="I35" t="s">
+        <v>29</v>
+      </c>
+      <c r="J35" t="s">
+        <v>173</v>
+      </c>
+      <c r="K35" t="s">
+        <v>174</v>
+      </c>
+      <c r="L35">
+        <v>1064</v>
+      </c>
+      <c r="M35" t="s">
+        <v>29</v>
+      </c>
+      <c r="N35" t="s">
+        <v>32</v>
+      </c>
+      <c r="O35" t="s">
+        <v>29</v>
+      </c>
+      <c r="P35" t="s">
+        <v>33</v>
+      </c>
+      <c r="Q35" t="s">
+        <v>34</v>
+      </c>
+      <c r="R35" t="s">
+        <v>175</v>
+      </c>
+      <c r="S35" t="s">
+        <v>29</v>
+      </c>
+      <c r="T35" t="s">
+        <v>29</v>
+      </c>
+      <c r="U35" t="s">
+        <v>66</v>
+      </c>
+      <c r="V35" t="s">
+        <v>29</v>
+      </c>
+      <c r="W35" t="s">
+        <v>29</v>
+      </c>
+      <c r="X35" t="s">
+        <v>29</v>
+      </c>
+      <c r="Y35" t="s">
+        <v>29</v>
+      </c>
+      <c r="Z35" t="s">
+        <v>29</v>
+      </c>
+      <c r="AA35" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="36" spans="1:27" x14ac:dyDescent="0.35">
+      <c r="A36" t="s">
+        <v>176</v>
+      </c>
+      <c r="B36" t="s">
+        <v>177</v>
+      </c>
+      <c r="C36" t="s">
+        <v>29</v>
+      </c>
+      <c r="D36" t="s">
+        <v>29</v>
+      </c>
+      <c r="E36" t="s">
+        <v>29</v>
+      </c>
+      <c r="F36" t="s">
+        <v>29</v>
+      </c>
+      <c r="G36" t="s">
+        <v>29</v>
+      </c>
+      <c r="H36" t="s">
+        <v>29</v>
+      </c>
+      <c r="I36" t="s">
+        <v>29</v>
+      </c>
+      <c r="J36" t="s">
+        <v>178</v>
+      </c>
+      <c r="K36" t="s">
+        <v>179</v>
+      </c>
+      <c r="L36">
+        <v>1083</v>
+      </c>
+      <c r="M36" t="s">
+        <v>29</v>
+      </c>
+      <c r="N36" t="s">
+        <v>32</v>
+      </c>
+      <c r="O36" t="s">
+        <v>29</v>
+      </c>
+      <c r="P36" t="s">
+        <v>33</v>
+      </c>
+      <c r="Q36" t="s">
+        <v>34</v>
+      </c>
+      <c r="R36" t="s">
+        <v>180</v>
+      </c>
+      <c r="S36" t="s">
+        <v>29</v>
+      </c>
+      <c r="T36" t="s">
+        <v>29</v>
+      </c>
+      <c r="U36" t="s">
+        <v>36</v>
+      </c>
+      <c r="V36" t="s">
+        <v>29</v>
+      </c>
+      <c r="W36" t="s">
+        <v>29</v>
+      </c>
+      <c r="X36" t="s">
+        <v>29</v>
+      </c>
+      <c r="Y36" t="s">
+        <v>29</v>
+      </c>
+      <c r="Z36" t="s">
+        <v>29</v>
+      </c>
+      <c r="AA36" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="37" spans="1:27" x14ac:dyDescent="0.35">
+      <c r="A37" t="s">
+        <v>181</v>
+      </c>
+      <c r="B37" t="s">
+        <v>182</v>
+      </c>
+      <c r="C37" t="s">
+        <v>29</v>
+      </c>
+      <c r="D37" t="s">
+        <v>29</v>
+      </c>
+      <c r="E37" t="s">
+        <v>29</v>
+      </c>
+      <c r="F37" t="s">
+        <v>29</v>
+      </c>
+      <c r="G37" t="s">
+        <v>29</v>
+      </c>
+      <c r="H37" t="s">
+        <v>29</v>
+      </c>
+      <c r="I37" t="s">
+        <v>29</v>
+      </c>
+      <c r="J37" t="s">
+        <v>183</v>
+      </c>
+      <c r="K37" t="s">
+        <v>184</v>
+      </c>
+      <c r="L37">
+        <v>3212</v>
+      </c>
+      <c r="M37" t="s">
+        <v>29</v>
+      </c>
+      <c r="N37" t="s">
+        <v>32</v>
+      </c>
+      <c r="O37" t="s">
+        <v>29</v>
+      </c>
+      <c r="P37" t="s">
+        <v>45</v>
+      </c>
+      <c r="Q37" t="s">
+        <v>34</v>
+      </c>
+      <c r="R37" t="s">
+        <v>56</v>
+      </c>
+      <c r="S37" t="s">
+        <v>29</v>
+      </c>
+      <c r="T37" t="s">
+        <v>29</v>
+      </c>
+      <c r="U37" t="s">
+        <v>42</v>
+      </c>
+      <c r="V37" t="s">
+        <v>29</v>
+      </c>
+      <c r="W37" t="s">
+        <v>29</v>
+      </c>
+      <c r="X37" t="s">
+        <v>29</v>
+      </c>
+      <c r="Y37" t="s">
+        <v>29</v>
+      </c>
+      <c r="Z37" t="s">
+        <v>29</v>
+      </c>
+      <c r="AA37" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="38" spans="1:27" x14ac:dyDescent="0.35">
+      <c r="A38" t="s">
+        <v>185</v>
+      </c>
+      <c r="B38" t="s">
+        <v>186</v>
+      </c>
+      <c r="C38" t="s">
+        <v>29</v>
+      </c>
+      <c r="D38" t="s">
+        <v>29</v>
+      </c>
+      <c r="E38" t="s">
+        <v>29</v>
+      </c>
+      <c r="F38" t="s">
+        <v>29</v>
+      </c>
+      <c r="G38" t="s">
+        <v>29</v>
+      </c>
+      <c r="H38" t="s">
+        <v>29</v>
+      </c>
+      <c r="I38" t="s">
+        <v>29</v>
+      </c>
+      <c r="J38" t="s">
+        <v>187</v>
+      </c>
+      <c r="K38" t="s">
+        <v>184</v>
+      </c>
+      <c r="L38">
+        <v>1099</v>
+      </c>
+      <c r="M38" t="s">
+        <v>29</v>
+      </c>
+      <c r="N38" t="s">
+        <v>32</v>
+      </c>
+      <c r="O38" t="s">
+        <v>29</v>
+      </c>
+      <c r="P38" t="s">
+        <v>33</v>
+      </c>
+      <c r="Q38" t="s">
+        <v>34</v>
+      </c>
+      <c r="R38" t="s">
+        <v>35</v>
+      </c>
+      <c r="S38" t="s">
+        <v>29</v>
+      </c>
+      <c r="T38" t="s">
+        <v>29</v>
+      </c>
+      <c r="U38" t="s">
+        <v>66</v>
+      </c>
+      <c r="V38" t="s">
+        <v>29</v>
+      </c>
+      <c r="W38" t="s">
+        <v>29</v>
+      </c>
+      <c r="X38" t="s">
+        <v>29</v>
+      </c>
+      <c r="Y38" t="s">
+        <v>29</v>
+      </c>
+      <c r="Z38" t="s">
+        <v>29</v>
+      </c>
+      <c r="AA38" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="39" spans="1:27" x14ac:dyDescent="0.35">
+      <c r="A39" t="s">
+        <v>188</v>
+      </c>
+      <c r="B39" t="s">
+        <v>189</v>
+      </c>
+      <c r="C39" t="s">
+        <v>29</v>
+      </c>
+      <c r="D39" t="s">
+        <v>29</v>
+      </c>
+      <c r="E39" t="s">
+        <v>29</v>
+      </c>
+      <c r="F39" t="s">
+        <v>29</v>
+      </c>
+      <c r="G39" t="s">
+        <v>29</v>
+      </c>
+      <c r="H39" t="s">
+        <v>29</v>
+      </c>
+      <c r="I39" t="s">
+        <v>29</v>
+      </c>
+      <c r="J39" t="s">
+        <v>190</v>
+      </c>
+      <c r="K39" t="s">
+        <v>191</v>
+      </c>
+      <c r="L39">
+        <v>994</v>
+      </c>
+      <c r="M39" t="s">
+        <v>29</v>
+      </c>
+      <c r="N39" t="s">
+        <v>32</v>
+      </c>
+      <c r="O39" t="s">
+        <v>29</v>
+      </c>
+      <c r="P39" t="s">
+        <v>33</v>
+      </c>
+      <c r="Q39" t="s">
+        <v>34</v>
+      </c>
+      <c r="R39" t="s">
+        <v>108</v>
+      </c>
+      <c r="S39" t="s">
+        <v>29</v>
+      </c>
+      <c r="T39" t="s">
+        <v>29</v>
+      </c>
+      <c r="U39" t="s">
+        <v>66</v>
+      </c>
+      <c r="V39" t="s">
+        <v>29</v>
+      </c>
+      <c r="W39" t="s">
+        <v>29</v>
+      </c>
+      <c r="X39" t="s">
+        <v>29</v>
+      </c>
+      <c r="Y39" t="s">
+        <v>29</v>
+      </c>
+      <c r="Z39" t="s">
+        <v>29</v>
+      </c>
+      <c r="AA39" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="40" spans="1:27" x14ac:dyDescent="0.35">
+      <c r="A40" t="s">
+        <v>192</v>
+      </c>
+      <c r="B40" t="s">
+        <v>193</v>
+      </c>
+      <c r="C40" t="s">
+        <v>29</v>
+      </c>
+      <c r="D40" t="s">
+        <v>29</v>
+      </c>
+      <c r="E40" t="s">
+        <v>29</v>
+      </c>
+      <c r="F40" t="s">
+        <v>29</v>
+      </c>
+      <c r="G40" t="s">
+        <v>29</v>
+      </c>
+      <c r="H40" t="s">
+        <v>29</v>
+      </c>
+      <c r="I40" t="s">
+        <v>29</v>
+      </c>
+      <c r="J40" s="2" t="s">
+        <v>223</v>
+      </c>
+      <c r="K40" t="s">
+        <v>191</v>
+      </c>
+      <c r="L40">
+        <v>2296</v>
+      </c>
+      <c r="M40" t="s">
+        <v>29</v>
+      </c>
+      <c r="N40" t="s">
+        <v>32</v>
+      </c>
+      <c r="O40" t="s">
+        <v>29</v>
+      </c>
+      <c r="P40" t="s">
+        <v>51</v>
+      </c>
+      <c r="Q40" t="s">
+        <v>34</v>
+      </c>
+      <c r="R40" t="s">
+        <v>155</v>
+      </c>
+      <c r="S40" t="s">
+        <v>29</v>
+      </c>
+      <c r="T40" t="s">
+        <v>29</v>
+      </c>
+      <c r="U40" t="s">
+        <v>42</v>
+      </c>
+      <c r="V40" t="s">
+        <v>29</v>
+      </c>
+      <c r="W40" t="s">
+        <v>29</v>
+      </c>
+      <c r="X40" t="s">
+        <v>29</v>
+      </c>
+      <c r="Y40" t="s">
+        <v>29</v>
+      </c>
+      <c r="Z40" t="s">
+        <v>29</v>
+      </c>
+      <c r="AA40" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="41" spans="1:27" x14ac:dyDescent="0.35">
+      <c r="A41" t="s">
+        <v>194</v>
+      </c>
+      <c r="B41" t="s">
+        <v>195</v>
+      </c>
+      <c r="C41" t="s">
+        <v>29</v>
+      </c>
+      <c r="D41" t="s">
+        <v>29</v>
+      </c>
+      <c r="E41" t="s">
+        <v>29</v>
+      </c>
+      <c r="F41" t="s">
+        <v>29</v>
+      </c>
+      <c r="G41" t="s">
+        <v>29</v>
+      </c>
+      <c r="H41" t="s">
+        <v>29</v>
+      </c>
+      <c r="I41" t="s">
+        <v>29</v>
+      </c>
+      <c r="J41" s="2" t="s">
+        <v>222</v>
+      </c>
+      <c r="K41" t="s">
+        <v>196</v>
+      </c>
+      <c r="L41">
+        <v>2431</v>
+      </c>
+      <c r="M41" t="s">
+        <v>29</v>
+      </c>
+      <c r="N41" t="s">
+        <v>32</v>
+      </c>
+      <c r="O41" t="s">
+        <v>29</v>
+      </c>
+      <c r="P41" t="s">
+        <v>45</v>
+      </c>
+      <c r="Q41" t="s">
+        <v>34</v>
+      </c>
+      <c r="R41" t="s">
+        <v>62</v>
+      </c>
+      <c r="S41" t="s">
+        <v>29</v>
+      </c>
+      <c r="T41" t="s">
+        <v>29</v>
+      </c>
+      <c r="U41" t="s">
+        <v>72</v>
+      </c>
+      <c r="V41" t="s">
+        <v>29</v>
+      </c>
+      <c r="W41" t="s">
+        <v>29</v>
+      </c>
+      <c r="X41" t="s">
+        <v>29</v>
+      </c>
+      <c r="Y41" t="s">
+        <v>29</v>
+      </c>
+      <c r="Z41" t="s">
+        <v>29</v>
+      </c>
+      <c r="AA41" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="42" spans="1:27" x14ac:dyDescent="0.35">
+      <c r="A42" t="s">
+        <v>197</v>
+      </c>
+      <c r="B42" t="s">
+        <v>198</v>
+      </c>
+      <c r="C42" t="s">
+        <v>29</v>
+      </c>
+      <c r="D42" t="s">
+        <v>29</v>
+      </c>
+      <c r="E42" t="s">
+        <v>29</v>
+      </c>
+      <c r="F42" t="s">
+        <v>29</v>
+      </c>
+      <c r="G42" t="s">
+        <v>29</v>
+      </c>
+      <c r="H42" t="s">
+        <v>29</v>
+      </c>
+      <c r="I42" t="s">
+        <v>29</v>
+      </c>
+      <c r="J42" s="2" t="s">
+        <v>226</v>
+      </c>
+      <c r="K42" t="s">
+        <v>199</v>
+      </c>
+      <c r="L42">
+        <v>2826</v>
+      </c>
+      <c r="M42" t="s">
+        <v>29</v>
+      </c>
+      <c r="N42" t="s">
+        <v>32</v>
+      </c>
+      <c r="O42" t="s">
+        <v>29</v>
+      </c>
+      <c r="P42" t="s">
+        <v>45</v>
+      </c>
+      <c r="Q42" t="s">
+        <v>34</v>
+      </c>
+      <c r="R42" t="s">
+        <v>139</v>
+      </c>
+      <c r="S42" t="s">
+        <v>29</v>
+      </c>
+      <c r="T42" t="s">
+        <v>29</v>
+      </c>
+      <c r="U42" t="s">
+        <v>66</v>
+      </c>
+      <c r="V42" t="s">
+        <v>29</v>
+      </c>
+      <c r="W42" t="s">
+        <v>29</v>
+      </c>
+      <c r="X42" t="s">
+        <v>29</v>
+      </c>
+      <c r="Y42" t="s">
+        <v>29</v>
+      </c>
+      <c r="Z42" t="s">
+        <v>29</v>
+      </c>
+      <c r="AA42" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="43" spans="1:27" x14ac:dyDescent="0.35">
+      <c r="A43" t="s">
+        <v>229</v>
+      </c>
+      <c r="B43" t="s">
+        <v>200</v>
+      </c>
+      <c r="C43" t="s">
+        <v>29</v>
+      </c>
+      <c r="D43" t="s">
+        <v>29</v>
+      </c>
+      <c r="E43" t="s">
+        <v>29</v>
+      </c>
+      <c r="F43" t="s">
+        <v>29</v>
+      </c>
+      <c r="G43" t="s">
+        <v>29</v>
+      </c>
+      <c r="H43" t="s">
+        <v>29</v>
+      </c>
+      <c r="I43" t="s">
+        <v>29</v>
+      </c>
+      <c r="J43" s="2" t="s">
+        <v>224</v>
+      </c>
+      <c r="K43" t="s">
+        <v>201</v>
+      </c>
+      <c r="L43">
+        <v>3060</v>
+      </c>
+      <c r="M43" t="s">
+        <v>29</v>
+      </c>
+      <c r="N43" t="s">
+        <v>32</v>
+      </c>
+      <c r="O43" t="s">
+        <v>29</v>
+      </c>
+      <c r="P43" t="s">
+        <v>45</v>
+      </c>
+      <c r="Q43" t="s">
+        <v>34</v>
+      </c>
+      <c r="R43" t="s">
+        <v>80</v>
+      </c>
+      <c r="S43" t="s">
+        <v>29</v>
+      </c>
+      <c r="T43" t="s">
+        <v>29</v>
+      </c>
+      <c r="U43" t="s">
+        <v>66</v>
+      </c>
+      <c r="V43" t="s">
+        <v>202</v>
+      </c>
+      <c r="W43" t="s">
+        <v>29</v>
+      </c>
+      <c r="X43" t="s">
+        <v>29</v>
+      </c>
+      <c r="Y43" t="s">
+        <v>29</v>
+      </c>
+      <c r="Z43" t="s">
+        <v>29</v>
+      </c>
+      <c r="AA43" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="44" spans="1:27" x14ac:dyDescent="0.35">
+      <c r="A44" t="s">
+        <v>203</v>
+      </c>
+      <c r="B44" t="s">
+        <v>204</v>
+      </c>
+      <c r="C44" t="s">
+        <v>29</v>
+      </c>
+      <c r="D44" t="s">
+        <v>29</v>
+      </c>
+      <c r="E44" t="s">
+        <v>29</v>
+      </c>
+      <c r="F44" t="s">
+        <v>29</v>
+      </c>
+      <c r="G44" t="s">
+        <v>29</v>
+      </c>
+      <c r="H44" t="s">
+        <v>29</v>
+      </c>
+      <c r="I44" t="s">
+        <v>29</v>
+      </c>
+      <c r="J44" s="2" t="s">
+        <v>225</v>
+      </c>
+      <c r="K44" t="s">
+        <v>205</v>
+      </c>
+      <c r="L44">
+        <v>1073</v>
+      </c>
+      <c r="M44" t="s">
+        <v>29</v>
+      </c>
+      <c r="N44" t="s">
+        <v>32</v>
+      </c>
+      <c r="O44" t="s">
+        <v>29</v>
+      </c>
+      <c r="P44" t="s">
+        <v>33</v>
+      </c>
+      <c r="Q44" t="s">
+        <v>34</v>
+      </c>
+      <c r="R44" t="s">
+        <v>108</v>
+      </c>
+      <c r="S44" t="s">
+        <v>29</v>
+      </c>
+      <c r="T44" t="s">
+        <v>29</v>
+      </c>
+      <c r="U44" t="s">
+        <v>66</v>
+      </c>
+      <c r="V44" t="s">
+        <v>29</v>
+      </c>
+      <c r="W44" t="s">
+        <v>29</v>
+      </c>
+      <c r="X44" t="s">
+        <v>29</v>
+      </c>
+      <c r="Y44" t="s">
+        <v>29</v>
+      </c>
+      <c r="Z44" t="s">
+        <v>29</v>
+      </c>
+      <c r="AA44" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="45" spans="1:27" x14ac:dyDescent="0.35">
+      <c r="A45" t="s">
+        <v>206</v>
+      </c>
+      <c r="B45" t="s">
+        <v>207</v>
+      </c>
+      <c r="C45" t="s">
+        <v>29</v>
+      </c>
+      <c r="D45" t="s">
+        <v>29</v>
+      </c>
+      <c r="E45" t="s">
+        <v>29</v>
+      </c>
+      <c r="F45" t="s">
+        <v>29</v>
+      </c>
+      <c r="G45" t="s">
+        <v>29</v>
+      </c>
+      <c r="H45" t="s">
+        <v>29</v>
+      </c>
+      <c r="I45" t="s">
+        <v>29</v>
+      </c>
+      <c r="J45" t="s">
+        <v>208</v>
+      </c>
+      <c r="K45" t="s">
+        <v>209</v>
+      </c>
+      <c r="L45">
+        <v>1012</v>
+      </c>
+      <c r="M45" t="s">
+        <v>29</v>
+      </c>
+      <c r="N45" t="s">
+        <v>32</v>
+      </c>
+      <c r="O45" t="s">
+        <v>29</v>
+      </c>
+      <c r="P45" t="s">
+        <v>33</v>
+      </c>
+      <c r="Q45" t="s">
+        <v>34</v>
+      </c>
+      <c r="R45" t="s">
+        <v>124</v>
+      </c>
+      <c r="S45" t="s">
+        <v>29</v>
+      </c>
+      <c r="T45" t="s">
+        <v>29</v>
+      </c>
+      <c r="U45" t="s">
+        <v>42</v>
+      </c>
+      <c r="V45" t="s">
+        <v>29</v>
+      </c>
+      <c r="W45" t="s">
+        <v>29</v>
+      </c>
+      <c r="X45" t="s">
+        <v>29</v>
+      </c>
+      <c r="Y45" t="s">
+        <v>29</v>
+      </c>
+      <c r="Z45" t="s">
+        <v>29</v>
+      </c>
+      <c r="AA45" t="s">
+        <v>29</v>
+      </c>
+    </row>
+  </sheetData>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+</worksheet>
 </file>
+
+<file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <Application>Microsoft Excel</Application>
+  <DocSecurity>0</DocSecurity>
+  <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Worksheets</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr>sheet 1</vt:lpstr>
+    </vt:vector>
+  </TitlesOfParts>
+  <LinksUpToDate>false</LinksUpToDate>
+  <SharedDoc>false</SharedDoc>
+  <HyperlinksChanged>false</HyperlinksChanged>
+  <AppVersion></AppVersion>
+</Properties>
+</file>
+
+<file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
+<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <cp:lastModifiedBy></cp:lastModifiedBy>
+  <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
+</cp:coreProperties>
+</file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_fe6ee112-9e5c-4f16-b63d-fcad06e1707e_Enabled">
+    <vt:lpwstr>true</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_fe6ee112-9e5c-4f16-b63d-fcad06e1707e_SetDate">
+    <vt:lpwstr>2026-01-06T13:55:18Z</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_fe6ee112-9e5c-4f16-b63d-fcad06e1707e_Method">
+    <vt:lpwstr>Standard</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_fe6ee112-9e5c-4f16-b63d-fcad06e1707e_Name">
+    <vt:lpwstr>Internal Use</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_fe6ee112-9e5c-4f16-b63d-fcad06e1707e_SiteId">
+    <vt:lpwstr>8ac76c91-e7f1-41ff-a89c-3553b2da2c17</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_fe6ee112-9e5c-4f16-b63d-fcad06e1707e_ActionId">
+    <vt:lpwstr>a404d3fa-4032-40ca-939b-20dbb0bf6870</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_fe6ee112-9e5c-4f16-b63d-fcad06e1707e_ContentBits">
+    <vt:lpwstr>0</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_fe6ee112-9e5c-4f16-b63d-fcad06e1707e_Tag">
+    <vt:lpwstr>10, 3, 0, 1</vt:lpwstr>
+  </property>
+</Properties>
+</file>