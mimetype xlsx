--- v0 (2025-10-22)
+++ v1 (2026-03-31)
@@ -1,92 +1,92 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf185a8e34ce24719" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4308c4d424a54abe" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="sheet 1" sheetId="1" r:id="Rdabe8d7b3e654367"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="sheet 1" sheetId="1" r:id="Rc45f3e6978b64c24"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fonts>
     <x:font>
       <x:color rgb="000000"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:color rgb="000000"/>
     </x:font>
     <x:font>
       <x:color rgb="0645AD"/>
     </x:font>
   </x:fonts>
   <x:fills>
     <x:fill>
       <x:patternFill patternType="none"/>
     </x:fill>
     <x:fill>
       <x:patternFill patternType="gray125"/>
     </x:fill>
   </x:fills>
   <x:borders>
     <x:border>
       <x:left/>
       <x:right/>
       <x:top/>
       <x:bottom/>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs>
     <x:xf fontId="0" fillId="0" borderId="0" applyFont="1">
       <x:alignment horizontal="left" vertical="center"/>
     </x:xf>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1">
       <x:alignment horizontal="left" vertical="center"/>
     </x:xf>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1">
       <x:alignment horizontal="left" vertical="center"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcfbbb281ffc544a7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rdabe8d7b3e654367" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf1cf758323c8483e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rc45f3e6978b64c24" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row>
       <x:c s="1" t="str">
         <x:v>publication_title</x:v>
       </x:c>
       <x:c s="1" t="str">
         <x:v>print_identifier</x:v>
       </x:c>
       <x:c s="1" t="str">
         <x:v>online_identifier</x:v>
       </x:c>
       <x:c s="1" t="str">
         <x:v>date_first_issue_online</x:v>
       </x:c>
       <x:c s="1" t="str">
         <x:v>num_first_vol_online</x:v>
       </x:c>
       <x:c s="1" t="str">
         <x:v>num_first_issue_online</x:v>
       </x:c>
       <x:c s="1" t="str">
@@ -107,51 +107,51 @@
       <x:c s="1" t="str">
         <x:v>title_id</x:v>
       </x:c>
       <x:c s="1" t="str">
         <x:v>embargo_info</x:v>
       </x:c>
       <x:c s="1" t="str">
         <x:v>coverage_depth</x:v>
       </x:c>
       <x:c s="1" t="str">
         <x:v>notes</x:v>
       </x:c>
       <x:c s="1" t="str">
         <x:v>publisher_name</x:v>
       </x:c>
       <x:c s="1" t="str">
         <x:v>publication_type</x:v>
       </x:c>
       <x:c s="1" t="str">
         <x:v>date_monograph_published_print</x:v>
       </x:c>
       <x:c s="1" t="str">
         <x:v>date_monograph_published_online</x:v>
       </x:c>
       <x:c s="1" t="str">
-        <x:v>mongraph_volume</x:v>
+        <x:v>monograph_volume</x:v>
       </x:c>
       <x:c s="1" t="str">
         <x:v>monograph_edition</x:v>
       </x:c>
       <x:c s="1" t="str">
         <x:v>first_editor</x:v>
       </x:c>
       <x:c s="1" t="str">
         <x:v>parent_publication_title_id</x:v>
       </x:c>
       <x:c s="1" t="str">
         <x:v>preceding_publication_title_id</x:v>
       </x:c>
       <x:c s="1" t="str">
         <x:v>access_type</x:v>
       </x:c>
       <x:c s="1" t="str">
         <x:v>DOI</x:v>
       </x:c>
       <x:c s="1" t="str">
         <x:v>Product</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="str">
@@ -165,52 +165,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://psychiatry.lwwhealthlibrary.com/book.aspx?bookid=2664</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Gutheil</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>2664</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-496398-05-5</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2020-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -248,52 +248,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://psychiatry.lwwhealthlibrary.com/book.aspx?bookid=2613</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Campbell</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>2613</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-496386-16-8</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2020-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -331,52 +331,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://psychiatry.lwwhealthlibrary.com/book.aspx?bookid=3106</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Volkmar</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>3106</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-975149-64-2</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2022-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -414,135 +414,218 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://psychiatry.lwwhealthlibrary.com/book.aspx?bookid=2777</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Glick</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>2777</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-975113-68-1</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2021-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2.00</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Zeller</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="str">
+        <x:v>Kaplan &amp;amp; Sadock’s Concise Textbook of Child and Adolescent Psychiatry, 2e</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>9781975222925</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>https://psychiatry.lwwhealthlibrary.com/book.aspx?bookid=3459</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>9781975222925</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>fulltext</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>Wolters Kluwer</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>monograph</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>2026-01-01</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>Pataki</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="str">
         <x:v>Kaplan &amp;amp; Sadock's Concise Textbook of Clinical Psychiatry, 5e</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>978-1-975167-48-6</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://psychiatry.lwwhealthlibrary.com/book.aspx?bookid=3186</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Boland</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>3186</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-975167-48-6</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2023-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -580,52 +663,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://psychiatry.lwwhealthlibrary.com/book.aspx?bookid=2528</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Sadock</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>2528</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-496389-58-9</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2019-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -663,52 +746,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://psychiatry.lwwhealthlibrary.com/book.aspx?bookid=3267</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Ahmad</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>3267</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-975168-99-5</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2024-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -746,52 +829,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://psychiatry.lwwhealthlibrary.com/book.aspx?bookid=2531</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Sadock</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>2531</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-451100-00-6</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2011-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -829,52 +912,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://psychiatry.lwwhealthlibrary.com/book.aspx?bookid=3071</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Boland</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>3071</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-975145-56-9</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2022-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -912,52 +995,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://psychiatry.lwwhealthlibrary.com/book.aspx?bookid=1234</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Sadock</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>1234</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-6091-3971-1</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2015-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -995,52 +1078,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://psychiatry.lwwhealthlibrary.com/book.aspx?bookid=3260</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Williams</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>3260</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-975199-11-1</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2024-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -1078,52 +1161,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://psychiatry.lwwhealthlibrary.com/book.aspx?bookid=2519</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Martin</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>2519</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-496345-49-3</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2018-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -1161,52 +1244,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://psychiatry.lwwhealthlibrary.com/book.aspx?bookid=3209</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Wakeman</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>3209</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-975166-35-9</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2023-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -1244,52 +1327,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://psychiatry.lwwhealthlibrary.com/book.aspx?bookid=2654</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Puckett</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>2654</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-975117-93-1</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2020-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -1327,52 +1410,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://psychiatry.lwwhealthlibrary.com/book.aspx?bookid=2515</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Biller</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>2515</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-496326-95-9</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2017-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -1410,52 +1493,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://psychiatry.lwwhealthlibrary.com/book.aspx?bookid=2518</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>AGRONIN</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>2518</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-605476-00-1</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2011-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -1493,52 +1576,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://psychiatry.lwwhealthlibrary.com/book.aspx?bookid=2539</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Ovsiew</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>2539</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-0-781772-14-3</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2009-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -1576,135 +1659,218 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://psychiatry.lwwhealthlibrary.com/book.aspx?bookid=2510</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Prendergast</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>2510</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-496367-82-2</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2019-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>1.00</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="str">
+        <x:v>Psychopharmacology Algorithms: Clinical Guidance From the Psychopharmacology Algorithm Project at the Harvard South Shore Psychiatry Residency Program, 2e</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>978-1-975240-18-9</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>https://psychiatry.lwwhealthlibrary.com/book.aspx?bookid=3461</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>Osser</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>978-1-975240-18-9</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>fulltext</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>monograph</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>2026-01-01</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>2.00</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="str">
         <x:v>Psychotherapy A Practical Introduction, 1e</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>978-1-975126-78-0</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://psychiatry.lwwhealthlibrary.com/book.aspx?bookid=3057</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Brenner</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>3057</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-975126-78-0</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2021-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -1742,52 +1908,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://psychiatry.lwwhealthlibrary.com/book.aspx?bookid=2669</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Herron</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>2669</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-975107-95-6</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2020-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -1825,52 +1991,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://psychiatry.lwwhealthlibrary.com/book.aspx?bookid=2529</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Higgins</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>2529</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-496372-00-0</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2019-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -1908,52 +2074,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://psychiatry.lwwhealthlibrary.com/book.aspx?bookid=3372</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Higgins</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>3372</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-975212-22-3</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2025-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -1991,52 +2157,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://psychiatry.lwwhealthlibrary.com/book.aspx?bookid=2246</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Carlat</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>2246</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-496327-71-0</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer bu</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2017-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -2074,52 +2240,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://psychiatry.lwwhealthlibrary.com/book.aspx?bookid=3268</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Carlat</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>3268</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-975212-97-1</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2024-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>