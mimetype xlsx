--- v0 (2025-10-10)
+++ v1 (2026-02-07)
@@ -31,672 +31,524 @@
   <Override PartName="/xl/worksheets/sheet25.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet26.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet27.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet28.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet29.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet30.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet31.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet32.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet33.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet34.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet35.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet36.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet37.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet38.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet39.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet40.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet41.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet42.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet43.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet44.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet45.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet46.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet47.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet48.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet49.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
-  <Override PartName="/xl/worksheets/sheet50.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29029"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29426"/>
   <workbookPr codeName="ThisWorkbook" defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://wolterskluwer-my.sharepoint.com/personal/leanne_vandetty_wolterskluwer_com/Documents/Health Library/Health Library Repository/Health Library Title Lists/Subscription/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="20" documentId="13_ncr:1_{13E12767-FA4D-4365-9889-9CFFADA088D7}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{2B570BEB-DA7E-40BA-BB0C-813516789E68}"/>
+  <xr:revisionPtr revIDLastSave="41" documentId="13_ncr:1_{13E12767-FA4D-4365-9889-9CFFADA088D7}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{7CA4A6F6-6ADE-4BE1-B825-9B1FD410CFBA}"/>
   <bookViews>
     <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10300" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Subscription Title List" sheetId="1" r:id="rId1"/>
-    <sheet name="Engleberg, 06 ed. - &lt;italic tog" sheetId="2" r:id="rId2"/>
-[...47 lines deleted...]
-    <sheet name="West, 11 ed. - West's Respirato" sheetId="50" r:id="rId50"/>
+    <sheet name="Eroschenko, 13 ed. - Atlas of H" sheetId="3" r:id="rId2"/>
+    <sheet name="Soriano, 14 ed. - Bates' Guide" sheetId="4" r:id="rId3"/>
+    <sheet name="Soriano, 10 ed. - Bates' Pocket" sheetId="5" r:id="rId4"/>
+    <sheet name="Fadem, 2 ed. - Behavioral Scien" sheetId="6" r:id="rId5"/>
+    <sheet name="Abali, 01 ed. - Biochemistry Be" sheetId="7" r:id="rId6"/>
+    <sheet name="Klabunde, 03 ed. - Cardiovascul" sheetId="8" r:id="rId7"/>
+    <sheet name="Caughey, 1 ed. - Cases Concepts" sheetId="9" r:id="rId8"/>
+    <sheet name="Spizer, 1 ed. - Cases and Conce" sheetId="10" r:id="rId9"/>
+    <sheet name="Dugani, 01 ed. - Clinical Anato" sheetId="11" r:id="rId10"/>
+    <sheet name="Fletcher, 06 ed. - Clinical Epi" sheetId="12" r:id="rId11"/>
+    <sheet name="Siegel, 04 ed. - Essential Neur" sheetId="13" r:id="rId12"/>
+    <sheet name="Loukas - Essential Ultrasound A" sheetId="14" r:id="rId13"/>
+    <sheet name="Gartner, 08 ed. - Gartner and H" sheetId="15" r:id="rId14"/>
+    <sheet name="Agur, 02 ed. - Grant’s Atlas of" sheetId="16" r:id="rId15"/>
+    <sheet name="Detton - Grant’s Dissector, 18e" sheetId="17" r:id="rId16"/>
+    <sheet name="Cui, 02 ed. - Histology from a" sheetId="18" r:id="rId17"/>
+    <sheet name="Pawlina, 09 ed. - Histology A T" sheetId="19" r:id="rId18"/>
+    <sheet name="Schaaf, 1 ed. - Human Genetics" sheetId="20" r:id="rId19"/>
+    <sheet name="Sadler, 15 ed. - Langman's Medi" sheetId="21" r:id="rId20"/>
+    <sheet name="Jerome, 2 ed. - Learning Clinic" sheetId="22" r:id="rId21"/>
+    <sheet name="Abali - Lippincott Illustrated" sheetId="23" r:id="rId22"/>
+    <sheet name="Leeper-Woodford, 1 ed. - Lippin" sheetId="24" r:id="rId23"/>
+    <sheet name="Krebs, 2 ed. - Lippincott Illus" sheetId="25" r:id="rId24"/>
+    <sheet name="Harrell, 01 ed. - Lippincott&lt;su" sheetId="26" r:id="rId25"/>
+    <sheet name="Gest, 02 ed. - Lippincott&lt;sup&gt;®" sheetId="27" r:id="rId26"/>
+    <sheet name="Doan, 03 ed. - Lippincott&lt;sup&gt;®" sheetId="28" r:id="rId27"/>
+    <sheet name="Whalen, 08 ed. - Lippincott&lt;sup" sheetId="29" r:id="rId28"/>
+    <sheet name="Preston, 03 ed. - Lippincott&lt;su" sheetId="30" r:id="rId29"/>
+    <sheet name="Chandar, 03 ed. - Lippincott® I" sheetId="31" r:id="rId30"/>
+    <sheet name="Cornelissen, 05 ed. - Lippincot" sheetId="32" r:id="rId31"/>
+    <sheet name="Lieberman, 06 ed. - Marks’ Basi" sheetId="33" r:id="rId32"/>
+    <sheet name="Rhoades, 06 ed. - Medical Physi" sheetId="34" r:id="rId33"/>
+    <sheet name="Dalley, 09 ed. - Moore’s Clinic" sheetId="35" r:id="rId34"/>
+    <sheet name="Agur, 07 ed. - Moore’s Essentia" sheetId="36" r:id="rId35"/>
+    <sheet name="Haines - Neuroanatomy Atlas in" sheetId="37" r:id="rId36"/>
+    <sheet name="Lilly - Pathophysiology of Hear" sheetId="38" r:id="rId37"/>
+    <sheet name="Rohen, 09 ed. - Photographic At" sheetId="39" r:id="rId38"/>
+    <sheet name="Costanzo, 4 ed. - Physiology Ca" sheetId="40" r:id="rId39"/>
+    <sheet name="Golan, 5 ed. - Principles of Ph" sheetId="41" r:id="rId40"/>
+    <sheet name="Rubin, 07 ed. - Principles of R" sheetId="42" r:id="rId41"/>
+    <sheet name="Rennke, 06 ed. - Renal Pathophy" sheetId="43" r:id="rId42"/>
+    <sheet name="Lo, 06 ed. - Resolving Ethical" sheetId="44" r:id="rId43"/>
+    <sheet name="Strayer, 08 ed. - Rubin's Patho" sheetId="46" r:id="rId44"/>
+    <sheet name="Orient, 05 ed. - Sapira's Art S" sheetId="47" r:id="rId45"/>
+    <sheet name="Engleberg, 06 ed. - Schaechter" sheetId="2" r:id="rId46"/>
+    <sheet name="Riegelman, 07 ed. - Studying a" sheetId="48" r:id="rId47"/>
+    <sheet name="West, 10 ed. - West's Pulmonary" sheetId="49" r:id="rId48"/>
+    <sheet name="West, 11 ed. - West's Respirato" sheetId="50" r:id="rId49"/>
   </sheets>
   <calcPr calcId="125725"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4994" uniqueCount="3225">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4836" uniqueCount="3143">
   <si>
     <t>Author</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Edition</t>
   </si>
   <si>
     <t>ISBN</t>
   </si>
   <si>
     <t>Year Published</t>
   </si>
   <si>
     <t>Title Level URL</t>
   </si>
   <si>
     <t>Date Added to HL</t>
   </si>
   <si>
     <t>N. Cary Engleberg</t>
   </si>
   <si>
-    <t>978-1-975151-48-5</t>
-[...1 lines deleted...]
-  <si>
     <t>https://premiumbasicsciences.lwwhealthlibrary.com/book.aspx?bookid=3159</t>
   </si>
   <si>
     <t>Victor P. Eroschenko, PhD</t>
   </si>
   <si>
     <t>Atlas of Histology with Functional Correlations, 13e</t>
   </si>
   <si>
-    <t>978-1-496316-76-9</t>
-[...1 lines deleted...]
-  <si>
     <t>https://premiumbasicsciences.lwwhealthlibrary.com/book.aspx?bookid=2992</t>
   </si>
   <si>
     <t>Lynn S. Bickley, MD, FACP</t>
   </si>
   <si>
-    <t>Bates' Pocket Guide to Physical Examination and History Taking, 9e</t>
-[...7 lines deleted...]
-  <si>
     <t>Barbara Fadem, Ph.D.</t>
   </si>
   <si>
     <t>Behavioral Science in Medicine, 2e</t>
   </si>
   <si>
-    <t>978-1-60913-664-2</t>
-[...1 lines deleted...]
-  <si>
     <t>https://premiumbasicsciences.lwwhealthlibrary.com/book.aspx?bookid=727</t>
   </si>
   <si>
     <t>Emine E. Abali, PhD</t>
   </si>
   <si>
     <t>Biochemistry Behind the Symptoms, 1e</t>
   </si>
   <si>
-    <t>978-1-975191-47-4</t>
-[...1 lines deleted...]
-  <si>
     <t>https://premiumbasicsciences.lwwhealthlibrary.com/book.aspx?bookid=3240</t>
   </si>
   <si>
     <t>Richard E. Klabunde, PhD</t>
   </si>
   <si>
     <t>Cardiovascular Physiology Concepts, 3e</t>
   </si>
   <si>
-    <t>978-1-975150-07-5</t>
-[...1 lines deleted...]
-  <si>
     <t>https://premiumbasicsciences.lwwhealthlibrary.com/book.aspx?bookid=3021</t>
   </si>
   <si>
     <t>Aaron B. Caughey</t>
   </si>
   <si>
-    <t>978-0-7817-9391-9</t>
-[...1 lines deleted...]
-  <si>
     <t>https://premiumbasicsciences.lwwhealthlibrary.com/book.aspx?bookid=731</t>
   </si>
   <si>
     <t>Karen Spizer, MD</t>
   </si>
   <si>
     <t>Cases and Concepts Step 1: Pathophysiology Review</t>
   </si>
   <si>
-    <t>978-0-7817-8254-8</t>
-[...1 lines deleted...]
-  <si>
     <t>https://premiumbasicsciences.lwwhealthlibrary.com/book.aspx?bookid=732</t>
   </si>
   <si>
     <t>Sagar Dugani, MD, PhD</t>
   </si>
   <si>
     <t>Clinical Anatomy Cases: An Integrated Approach with Physical Examination and Medical Imaging, 1e</t>
   </si>
   <si>
-    <t>978-1-451193-67-1</t>
-[...1 lines deleted...]
-  <si>
     <t>https://premiumbasicsciences.lwwhealthlibrary.com/book.aspx?bookid=2993</t>
   </si>
   <si>
     <t>Grant S. Fletcher, MD, MPH</t>
   </si>
   <si>
     <t>Clinical Epidemiology: The Essentials, 6e</t>
   </si>
   <si>
-    <t>978-1-975109-55-4</t>
-[...1 lines deleted...]
-  <si>
     <t>https://premiumbasicsciences.lwwhealthlibrary.com/book.aspx?bookid=2835</t>
   </si>
   <si>
     <t>Allan Siegel, PhD</t>
   </si>
   <si>
     <t>Essential Neuroscience, 4e</t>
   </si>
   <si>
-    <t>978-1-496382-40-5</t>
-[...1 lines deleted...]
-  <si>
     <t>https://premiumbasicsciences.lwwhealthlibrary.com/book.aspx?bookid=2482</t>
   </si>
   <si>
     <t>Marios Loukas</t>
   </si>
   <si>
     <t>Essential Ultrasound Anatomy, 2e</t>
   </si>
   <si>
-    <t>978-1-975216-88-7</t>
-[...1 lines deleted...]
-  <si>
     <t>https://premiumbasicsciences.lwwhealthlibrary.com/book.aspx?bookid=3377</t>
   </si>
   <si>
     <t>Leslie P. Gartner, PhD</t>
   </si>
   <si>
     <t>Gartner and Hiatt's Atlas and Text of Histology, 8e</t>
   </si>
   <si>
-    <t>978-1-975164-25-6</t>
-[...1 lines deleted...]
-  <si>
     <t>https://premiumbasicsciences.lwwhealthlibrary.com/book.aspx?bookid=3216</t>
   </si>
   <si>
     <t>Anne M. R. Agur, BSc (OT), MSc, PhD, FAAA</t>
   </si>
   <si>
     <t>Grant’s Atlas of Anatomy, 16e</t>
   </si>
   <si>
-    <t>978-1-975193-43-0</t>
-[...1 lines deleted...]
-  <si>
     <t>https://premiumbasicsciences.lwwhealthlibrary.com/book.aspx?bookid=3319</t>
   </si>
   <si>
     <t>Alan J. Detton, PhD</t>
   </si>
   <si>
     <t>Grant’s Dissector, 18e</t>
   </si>
   <si>
-    <t>978-1-975193-66-9</t>
-[...1 lines deleted...]
-  <si>
     <t>https://premiumbasicsciences.lwwhealthlibrary.com/book.aspx?bookid=3318</t>
   </si>
   <si>
     <t>Dongmei Cui, M.D. (Hon.), Ph.D.</t>
   </si>
   <si>
     <t>Histology from a Clinical Perspective, 2e</t>
   </si>
   <si>
-    <t>978-1-975152-44-4</t>
-[...1 lines deleted...]
-  <si>
     <t>https://premiumbasicsciences.lwwhealthlibrary.com/book.aspx?bookid=3201</t>
   </si>
   <si>
     <t>Wojciech Pawlina, MD, FAAA</t>
   </si>
   <si>
     <t>Histology: A Text and Atlas: With Correlated Cell and Molecular Biology, 9e</t>
   </si>
   <si>
-    <t>978-1-975181-51-2</t>
-[...1 lines deleted...]
-  <si>
     <t>https://premiumbasicsciences.lwwhealthlibrary.com/book.aspx?bookid=3290</t>
   </si>
   <si>
     <t>Christian Patrick Schaaf, MD, PhD</t>
   </si>
   <si>
     <t>Human Genetics: From Molecules to Medicine</t>
   </si>
   <si>
-    <t>978-1-60831-671-7</t>
-[...1 lines deleted...]
-  <si>
     <t>https://premiumbasicsciences.lwwhealthlibrary.com/book.aspx?bookid=768</t>
   </si>
   <si>
     <t>T. W. Sadler, PhD</t>
   </si>
   <si>
     <t>Langman's Medical Embryology, 15e</t>
   </si>
   <si>
-    <t>978-1-9751-7996-0</t>
-[...1 lines deleted...]
-  <si>
     <t>https://premiumbasicsciences.lwwhealthlibrary.com/book.aspx?bookid=3221</t>
   </si>
   <si>
     <t>P. Kassirer Jerome, M.D.</t>
   </si>
   <si>
     <t>Learning Clinical Reasoning, 2e</t>
   </si>
   <si>
-    <t>978-0-7817-9515-9</t>
-[...1 lines deleted...]
-  <si>
     <t>https://premiumbasicsciences.lwwhealthlibrary.com/book.aspx?bookid=771</t>
   </si>
   <si>
     <t>Emine Ercikan Abali, PhD</t>
   </si>
   <si>
     <t>Lippincott Illustrated Reviews: Biochemistry, 9e</t>
   </si>
   <si>
     <t>https://premiumbasicsciences.lwwhealthlibrary.com/book.aspx?bookid=3402</t>
   </si>
   <si>
     <t>Sandra K. Leeper-Woodford, MS, PhD</t>
   </si>
   <si>
     <t>Lippincott Illustrated Reviews: Integrated Systems, 1e</t>
   </si>
   <si>
-    <t>978-1-4511-9096-0</t>
-[...1 lines deleted...]
-  <si>
     <t>https://premiumbasicsciences.lwwhealthlibrary.com/book.aspx?bookid=1575</t>
   </si>
   <si>
     <t>Claudia Krebs, MD, PhD</t>
   </si>
   <si>
     <t>Lippincott Illustrated Reviews: Neuroscience, 2e</t>
   </si>
   <si>
-    <t>978-1-496367-89-1</t>
-[...1 lines deleted...]
-  <si>
     <t>https://premiumbasicsciences.lwwhealthlibrary.com/book.aspx?bookid=2283</t>
   </si>
   <si>
     <t>Kelly M. Harrell, PhD, MPT</t>
   </si>
   <si>
-    <t>978-1-496317-90-2</t>
-[...1 lines deleted...]
-  <si>
     <t>https://premiumbasicsciences.lwwhealthlibrary.com/book.aspx?bookid=2793</t>
   </si>
   <si>
     <t>Thomas R. Gest, PhD</t>
   </si>
   <si>
-    <t>978-1-496338-22-8</t>
-[...1 lines deleted...]
-  <si>
     <t>https://premiumbasicsciences.lwwhealthlibrary.com/book.aspx?bookid=2991</t>
   </si>
   <si>
     <t>Thao Doan, MD</t>
   </si>
   <si>
-    <t>978-1-975151-33-1</t>
-[...1 lines deleted...]
-  <si>
     <t>https://premiumbasicsciences.lwwhealthlibrary.com/book.aspx?bookid=3069</t>
   </si>
   <si>
     <t>Karen L. Whalen, PharmD, BCPS, FAPhA</t>
   </si>
   <si>
-    <t>978-1-975170-55-4</t>
-[...1 lines deleted...]
-  <si>
     <t>https://premiumbasicsciences.lwwhealthlibrary.com/book.aspx?bookid=3222</t>
   </si>
   <si>
     <t>Robin R. Preston, PhD</t>
   </si>
   <si>
-    <t>978-1-975196-33-2</t>
-[...1 lines deleted...]
-  <si>
     <t>https://premiumbasicsciences.lwwhealthlibrary.com/book.aspx?bookid=3310</t>
   </si>
   <si>
     <t>Nalini Chandar, PhD</t>
   </si>
   <si>
     <t>Lippincott® Illustrated Reviews: Cell and Molecular Biology, 3e</t>
   </si>
   <si>
-    <t>978-1-975180-89-8</t>
-[...1 lines deleted...]
-  <si>
     <t>https://premiumbasicsciences.lwwhealthlibrary.com/book.aspx?bookid=3244</t>
   </si>
   <si>
     <t>Cynthia Nau Cornelissen, PhD</t>
   </si>
   <si>
     <t>Michael Lieberman, PhD</t>
   </si>
   <si>
     <t>Marks’ Basic Medical Biochemistry: A Clinical Approach, 6e</t>
   </si>
   <si>
-    <t>978-1-975150-14-3</t>
-[...1 lines deleted...]
-  <si>
     <t>https://premiumbasicsciences.lwwhealthlibrary.com/book.aspx?bookid=3220</t>
   </si>
   <si>
     <t>Rodney A. Rhoades, PhD</t>
   </si>
   <si>
     <t>Medical Physiology: Principles for Clinical Medicine, 6e</t>
   </si>
   <si>
-    <t>978-1-975160-43-2</t>
-[...1 lines deleted...]
-  <si>
     <t>https://premiumbasicsciences.lwwhealthlibrary.com/book.aspx?bookid=3211</t>
   </si>
   <si>
     <t>Arthur F. Dalley, II, PhD, FAAA</t>
   </si>
   <si>
     <t>Moore’s Clinically Oriented Anatomy, 9e</t>
   </si>
   <si>
-    <t>978-1-975154-06-6</t>
-[...1 lines deleted...]
-  <si>
     <t>https://premiumbasicsciences.lwwhealthlibrary.com/book.aspx?bookid=3187</t>
   </si>
   <si>
     <t>Moore’s Essential Clinical Anatomy, 7e</t>
   </si>
   <si>
-    <t>978-1-975174-24-8</t>
-[...1 lines deleted...]
-  <si>
     <t>https://premiumbasicsciences.lwwhealthlibrary.com/book.aspx?bookid=3243</t>
   </si>
   <si>
     <t>Duane E. Haines, PhD, FAAAS, FAAA</t>
   </si>
   <si>
     <t>Neuroanatomy Atlas in Clinical Context Structures, Sections, Systems, and Syndromes, 11e</t>
   </si>
   <si>
-    <t>978-1-975197-29-2</t>
-[...1 lines deleted...]
-  <si>
     <t>https://premiumbasicsciences.lwwhealthlibrary.com/book.aspx?bookid=3334</t>
   </si>
   <si>
     <t>Leonard S. Lilly, MD</t>
   </si>
   <si>
     <t>Pathophysiology of Heart Disease: An Introduction to Cardiovascular Medicine, 8e</t>
   </si>
   <si>
-    <t>978-1-9752-1662-7</t>
-[...1 lines deleted...]
-  <si>
     <t>https://premiumbasicsciences.lwwhealthlibrary.com/book.aspx?bookid=3370</t>
   </si>
   <si>
     <t>Johannes W. Rohen, Prof. Dr. med. Dr. med. h.c.</t>
   </si>
   <si>
     <t>Photographic Atlas of Anatomy, 9e</t>
   </si>
   <si>
-    <t>978-1-975151-34-8</t>
-[...1 lines deleted...]
-  <si>
     <t>https://premiumbasicsciences.lwwhealthlibrary.com/book.aspx?bookid=3115</t>
   </si>
   <si>
     <t>Linda S. Costanzo, Ph.D.</t>
   </si>
   <si>
     <t>Physiology: Cases and Problems, 4e</t>
   </si>
   <si>
-    <t>978-1-4511-2061-5</t>
-[...1 lines deleted...]
-  <si>
     <t>https://premiumbasicsciences.lwwhealthlibrary.com/book.aspx?bookid=811</t>
   </si>
   <si>
     <t>David E. Golan, MD, PhD</t>
   </si>
   <si>
     <t>Emanuel Rubin, MD</t>
   </si>
   <si>
     <t>Principles of Rubin’s Pathology, 7e</t>
   </si>
   <si>
-    <t>978-1-496350-32-9</t>
-[...1 lines deleted...]
-  <si>
     <t>https://premiumbasicsciences.lwwhealthlibrary.com/book.aspx?bookid=2981</t>
   </si>
   <si>
     <t>Helmut G. Rennke, MD</t>
   </si>
   <si>
     <t>Renal Pathophysiology: The Essentials, 6e</t>
   </si>
   <si>
-    <t>978-1-975194-91-8</t>
-[...1 lines deleted...]
-  <si>
     <t>https://premiumbasicsciences.lwwhealthlibrary.com/book.aspx?bookid=3308</t>
   </si>
   <si>
     <t>Bernard Lo, M.D.</t>
   </si>
   <si>
     <t>Resolving Ethical Dilemmas: A Guide for Clinicians, 6e</t>
   </si>
   <si>
-    <t>978-1-975103-54-5</t>
-[...1 lines deleted...]
-  <si>
     <t>https://premiumbasicsciences.lwwhealthlibrary.com/book.aspx?bookid=2606</t>
   </si>
   <si>
     <t>David S. Strayer, MD, PhD</t>
   </si>
   <si>
-    <t>Rubin’s Pathology: Clinicopathologic Foundations of Medicine, 7e</t>
-[...7 lines deleted...]
-  <si>
     <t>Rubin's Pathology: Mechanisms of Human Disease, 8e</t>
   </si>
   <si>
-    <t>978-1-496386-14-4</t>
-[...1 lines deleted...]
-  <si>
     <t>https://premiumbasicsciences.lwwhealthlibrary.com/book.aspx?bookid=2766</t>
   </si>
   <si>
     <t>Jane M. Orient, M.D.</t>
   </si>
   <si>
-    <t>978-1-496343-80-2</t>
-[...1 lines deleted...]
-  <si>
     <t>https://premiumbasicsciences.lwwhealthlibrary.com/book.aspx?bookid=2384</t>
   </si>
   <si>
     <t>Richard K. Riegelman, MD, MPH, PhD</t>
   </si>
   <si>
-    <t>978-1-975120-89-4</t>
-[...1 lines deleted...]
-  <si>
     <t>https://premiumbasicsciences.lwwhealthlibrary.com/book.aspx?bookid=2977</t>
   </si>
   <si>
     <t>John B. West, MD, PhD, DSc</t>
   </si>
   <si>
     <t>West's Pulmonary Pathophysiology: The Essentials, 10e</t>
   </si>
   <si>
-    <t>978-1-975152-81-9</t>
-[...1 lines deleted...]
-  <si>
     <t>https://premiumbasicsciences.lwwhealthlibrary.com/book.aspx?bookid=3076</t>
   </si>
   <si>
     <t>West's Respiratory Physiology: The Essentials, 11e</t>
   </si>
   <si>
-    <t>978-1-975139-18-6</t>
-[...1 lines deleted...]
-  <si>
     <t>https://premiumbasicsciences.lwwhealthlibrary.com/book.aspx?bookid=2994</t>
   </si>
   <si>
     <t>Authors</t>
   </si>
   <si>
     <t>Chapters</t>
   </si>
   <si>
     <t>URL</t>
   </si>
   <si>
     <t>Victor J. DiRita</t>
   </si>
   <si>
     <t>Michael J. Imperiale</t>
   </si>
   <si>
     <t xml:space="preserve">Copyright </t>
   </si>
   <si>
     <t>https://premiumbasicsciences.lwwhealthlibrary.com/content.aspx?sectionId=252078705&amp;bookId=3159</t>
   </si>
   <si>
     <t>Contributors</t>
@@ -1664,243 +1516,132 @@
   <si>
     <t>Chapter 21</t>
   </si>
   <si>
     <t>https://premiumbasicsciences.lwwhealthlibrary.com/content.aspx?sectionId=249372897&amp;bookId=2992</t>
   </si>
   <si>
     <t>Organs of Special Senses: Visual Auditory Systems</t>
   </si>
   <si>
     <t>Chapter 22</t>
   </si>
   <si>
     <t>https://premiumbasicsciences.lwwhealthlibrary.com/content.aspx?sectionId=249373202&amp;bookId=2992</t>
   </si>
   <si>
     <t>Peter G. Szilagyi, MD, MPH</t>
   </si>
   <si>
     <t>Rainier P. Soriano, MD</t>
   </si>
   <si>
     <t>Dedication</t>
   </si>
   <si>
-    <t>Faculty Reviewers and Additional Contributors</t>
-[...1 lines deleted...]
-  <si>
     <t>List of Tables</t>
   </si>
   <si>
     <t>Approach to the Clinical Encounter</t>
   </si>
   <si>
     <t>Interviewing, Communication, and Interpersonal Skills</t>
   </si>
   <si>
     <t>Health History</t>
   </si>
   <si>
     <t>Physical Examination</t>
   </si>
   <si>
-    <t>Clinical Reasoning, Assessment, and Plan</t>
-[...1 lines deleted...]
-  <si>
     <t>Health Maintenance and Screening</t>
   </si>
   <si>
     <t>Evaluating Clinical Evidence</t>
   </si>
   <si>
     <t>General Survey, Vital Signs, and Pain</t>
   </si>
   <si>
     <t>Cognition, Behavior, and Mental Status</t>
   </si>
   <si>
     <t>Skin, Hair, and Nails</t>
   </si>
   <si>
     <t>Head and Neck</t>
   </si>
   <si>
     <t>Eyes</t>
   </si>
   <si>
     <t>Ears and Nose</t>
   </si>
   <si>
     <t>Throat and Oral Cavity</t>
   </si>
   <si>
     <t>Thorax and Lungs</t>
   </si>
   <si>
     <t>Cardiovascular System</t>
   </si>
   <si>
     <t>Peripheral Vascular System</t>
   </si>
   <si>
     <t>Breasts and Axillae</t>
   </si>
   <si>
     <t>Abdomen</t>
   </si>
   <si>
     <t>Male Genitalia</t>
   </si>
   <si>
     <t>Female Genitalia</t>
   </si>
   <si>
-    <t>Anus, Rectum, and Prostate</t>
-[...1 lines deleted...]
-  <si>
     <t>Musculoskeletal System</t>
   </si>
   <si>
     <t>Chapter 23</t>
   </si>
   <si>
     <t>Nervous System</t>
   </si>
   <si>
     <t>Chapter 24</t>
   </si>
   <si>
-    <t>Children: Infancy through Adolescence</t>
-[...1 lines deleted...]
-  <si>
     <t>Chapter 25</t>
   </si>
   <si>
-    <t>Pregnant Woman</t>
-[...1 lines deleted...]
-  <si>
     <t>Chapter 26</t>
   </si>
   <si>
-    <t>Older Adult</t>
-[...1 lines deleted...]
-  <si>
     <t>Chapter 27</t>
-  </si>
-[...91 lines deleted...]
-    <t>https://premiumbasicsciences.lwwhealthlibrary.com/content.aspx?sectionId=250187790&amp;bookId=3063</t>
   </si>
   <si>
     <t>https://premiumbasicsciences.lwwhealthlibrary.com/content.aspx?sectionId=49479450&amp;bookId=727</t>
   </si>
   <si>
     <t>https://premiumbasicsciences.lwwhealthlibrary.com/content.aspx?sectionId=49479452&amp;bookId=727</t>
   </si>
   <si>
     <t>https://premiumbasicsciences.lwwhealthlibrary.com/content.aspx?sectionId=49479454&amp;bookId=727</t>
   </si>
   <si>
     <t>https://premiumbasicsciences.lwwhealthlibrary.com/content.aspx?sectionId=49479489&amp;bookId=727</t>
   </si>
   <si>
     <t>https://premiumbasicsciences.lwwhealthlibrary.com/content.aspx?sectionId=49479516&amp;bookId=727</t>
   </si>
   <si>
     <t>https://premiumbasicsciences.lwwhealthlibrary.com/content.aspx?sectionId=49479524&amp;bookId=727</t>
   </si>
   <si>
     <t>Part I: The Life Cycle</t>
   </si>
   <si>
     <t>https://premiumbasicsciences.lwwhealthlibrary.com/content.aspx?sectionId=49479527&amp;bookId=727</t>
   </si>
@@ -7962,266 +7703,104 @@
   <si>
     <t>https://premiumbasicsciences.lwwhealthlibrary.com/content.aspx?sectionId=213562617&amp;bookId=2606</t>
   </si>
   <si>
     <t>Ethical Issues in Genomic Medicine</t>
   </si>
   <si>
     <t>https://premiumbasicsciences.lwwhealthlibrary.com/content.aspx?sectionId=213562694&amp;bookId=2606</t>
   </si>
   <si>
     <t>Ethical Issues with Big Data and Artificial Intelligence</t>
   </si>
   <si>
     <t>https://premiumbasicsciences.lwwhealthlibrary.com/content.aspx?sectionId=213562787&amp;bookId=2606</t>
   </si>
   <si>
     <t>Cases for Discussion</t>
   </si>
   <si>
     <t>https://premiumbasicsciences.lwwhealthlibrary.com/content.aspx?sectionId=213562865&amp;bookId=2606</t>
   </si>
   <si>
     <t>Jeffrey E. Saffitz, MD, PhD</t>
   </si>
   <si>
-    <t>Alan L. Schiller, MD</t>
-[...19 lines deleted...]
-  <si>
     <t>Section I: Mechanisms of Disease</t>
   </si>
   <si>
-    <t>https://premiumbasicsciences.lwwhealthlibrary.com/content.aspx?sectionId=58706996&amp;bookId=1040</t>
-[...7 lines deleted...]
-  <si>
     <t>Inflammation</t>
   </si>
   <si>
-    <t>https://premiumbasicsciences.lwwhealthlibrary.com/content.aspx?sectionId=58706998&amp;bookId=1040</t>
-[...16 lines deleted...]
-  <si>
     <t>Hemodynamic Disorders</t>
   </si>
   <si>
-    <t>https://premiumbasicsciences.lwwhealthlibrary.com/content.aspx?sectionId=58707003&amp;bookId=1040</t>
-[...1 lines deleted...]
-  <si>
     <t>Environmental and Nutritional Pathology</t>
   </si>
   <si>
-    <t>https://premiumbasicsciences.lwwhealthlibrary.com/content.aspx?sectionId=58707004&amp;bookId=1040</t>
-[...4 lines deleted...]
-  <si>
     <t>Section II: Pathogenesis of Systemic Conditions</t>
   </si>
   <si>
-    <t>https://premiumbasicsciences.lwwhealthlibrary.com/content.aspx?sectionId=58707006&amp;bookId=1040</t>
-[...1 lines deleted...]
-  <si>
     <t>Aging</t>
   </si>
   <si>
-    <t>https://premiumbasicsciences.lwwhealthlibrary.com/content.aspx?sectionId=58707007&amp;bookId=1040</t>
-[...1 lines deleted...]
-  <si>
     <t>Systemic Autoimmune Diseases</t>
   </si>
   <si>
-    <t>https://premiumbasicsciences.lwwhealthlibrary.com/content.aspx?sectionId=58707008&amp;bookId=1040</t>
-[...10 lines deleted...]
-  <si>
     <t>The Pathology of Pregnancy</t>
   </si>
   <si>
-    <t>https://premiumbasicsciences.lwwhealthlibrary.com/content.aspx?sectionId=58707011&amp;bookId=1040</t>
-[...4 lines deleted...]
-  <si>
     <t>Section III: Diseases of Individual Organ Systems</t>
   </si>
   <si>
-    <t>https://premiumbasicsciences.lwwhealthlibrary.com/content.aspx?sectionId=58707013&amp;bookId=1040</t>
-[...1 lines deleted...]
-  <si>
     <t>Blood Vessels</t>
   </si>
   <si>
-    <t>https://premiumbasicsciences.lwwhealthlibrary.com/content.aspx?sectionId=58707014&amp;bookId=1040</t>
-[...1 lines deleted...]
-  <si>
     <t>The Heart</t>
   </si>
   <si>
-    <t>https://premiumbasicsciences.lwwhealthlibrary.com/content.aspx?sectionId=58707015&amp;bookId=1040</t>
-[...10 lines deleted...]
-  <si>
     <t>The Pancreas</t>
   </si>
   <si>
-    <t>https://premiumbasicsciences.lwwhealthlibrary.com/content.aspx?sectionId=58707019&amp;bookId=1040</t>
-[...7 lines deleted...]
-  <si>
     <t>The Female Reproductive System and Peritoneum</t>
   </si>
   <si>
-    <t>https://premiumbasicsciences.lwwhealthlibrary.com/content.aspx?sectionId=58707022&amp;bookId=1040</t>
-[...7 lines deleted...]
-  <si>
     <t>The Endocrine System</t>
   </si>
   <si>
-    <t>https://premiumbasicsciences.lwwhealthlibrary.com/content.aspx?sectionId=58707025&amp;bookId=1040</t>
-[...13 lines deleted...]
-  <si>
     <t>Skeletal Muscle and Peripheral Nervous System</t>
   </si>
   <si>
-    <t>https://premiumbasicsciences.lwwhealthlibrary.com/content.aspx?sectionId=58707029&amp;bookId=1040</t>
-[...1 lines deleted...]
-  <si>
     <t>The Central Nervous System</t>
   </si>
   <si>
-    <t>https://premiumbasicsciences.lwwhealthlibrary.com/content.aspx?sectionId=58707030&amp;bookId=1040</t>
-[...1 lines deleted...]
-  <si>
     <t>The Eye</t>
   </si>
   <si>
-    <t>https://premiumbasicsciences.lwwhealthlibrary.com/content.aspx?sectionId=58707031&amp;bookId=1040</t>
-[...1 lines deleted...]
-  <si>
     <t>Forensic Pathology</t>
   </si>
   <si>
-    <t>https://premiumbasicsciences.lwwhealthlibrary.com/content.aspx?sectionId=58707032&amp;bookId=1040</t>
-[...19 lines deleted...]
-  <si>
     <t>https://premiumbasicsciences.lwwhealthlibrary.com/content.aspx?sectionId=231389348&amp;bookId=2766</t>
   </si>
   <si>
     <t>https://premiumbasicsciences.lwwhealthlibrary.com/content.aspx?sectionId=231389350&amp;bookId=2766</t>
   </si>
   <si>
     <t>https://premiumbasicsciences.lwwhealthlibrary.com/content.aspx?sectionId=231389353&amp;bookId=2766</t>
   </si>
   <si>
     <t>https://premiumbasicsciences.lwwhealthlibrary.com/content.aspx?sectionId=231389857&amp;bookId=2766</t>
   </si>
   <si>
     <t>https://premiumbasicsciences.lwwhealthlibrary.com/content.aspx?sectionId=231389878&amp;bookId=2766</t>
   </si>
   <si>
     <t>https://premiumbasicsciences.lwwhealthlibrary.com/content.aspx?sectionId=231389955&amp;bookId=2766</t>
   </si>
   <si>
     <t>Cell Adaptation, Injury, and Death</t>
   </si>
   <si>
     <t>https://premiumbasicsciences.lwwhealthlibrary.com/content.aspx?sectionId=231389956&amp;bookId=2766</t>
   </si>
   <si>
     <t>https://premiumbasicsciences.lwwhealthlibrary.com/content.aspx?sectionId=231390579&amp;bookId=2766</t>
@@ -8844,53 +8423,50 @@
   <si>
     <t>Sapira's Art &amp; Science of Bedside Diagnosis, 5e</t>
   </si>
   <si>
     <t>Studying a Study &amp; Testing a Test: Reading Evidence-Based Health Research, 7e</t>
   </si>
   <si>
     <t>Schaechter's Mechanisms of Microbial Disease, 6e</t>
   </si>
   <si>
     <t>Lippincott¯ Illustrated Reviews: Anatomy, 1e</t>
   </si>
   <si>
     <t>Lippincott® Atlas of Anatomy, 2e</t>
   </si>
   <si>
     <t>Lippincott® Illustrated Reviews: Immunology, 3e</t>
   </si>
   <si>
     <t>Lippincott® Illustrated Reviews: Pharmacology, 8e</t>
   </si>
   <si>
     <t>Lippincott® Illustrated Reviews: Physiology, 3e</t>
   </si>
   <si>
-    <t>978-1-9752-2049-5</t>
-[...1 lines deleted...]
-  <si>
     <t>Bates’ Guide to Physical Examination and History Taking, 14e</t>
   </si>
   <si>
     <t>https://premiumbasicsciences.lwwhealthlibrary.com/book.aspx?bookid=3430</t>
   </si>
   <si>
     <t>https://premiumbasicsciences.lwwhealthlibrary.com/content.aspx?sectionId=260877658&amp;bookId=3430</t>
   </si>
   <si>
     <t>Richard Hoffman, MD, MPH, FACP</t>
   </si>
   <si>
     <t>Bates’ Guide to Physical Examination and History Taking</t>
   </si>
   <si>
     <t>https://premiumbasicsciences.lwwhealthlibrary.com/content.aspx?sectionId=260877662&amp;bookId=3430</t>
   </si>
   <si>
     <t>Lynn S. Bickley, MD</t>
   </si>
   <si>
     <t>https://premiumbasicsciences.lwwhealthlibrary.com/content.aspx?sectionId=260877664&amp;bookId=3430</t>
   </si>
   <si>
     <t>https://premiumbasicsciences.lwwhealthlibrary.com/content.aspx?sectionId=260877689&amp;bookId=3430</t>
@@ -9264,59 +8840,53 @@
   <si>
     <t>https://premiumbasicsciences.lwwhealthlibrary.com/content.aspx?sectionid=260634458&amp;bookid=3422</t>
   </si>
   <si>
     <t>https://premiumbasicsciences.lwwhealthlibrary.com/content.aspx?sectionid=260634598&amp;bookid=3422</t>
   </si>
   <si>
     <t>https://premiumbasicsciences.lwwhealthlibrary.com/content.aspx?sectionid=260634707&amp;bookid=3422</t>
   </si>
   <si>
     <t>https://premiumbasicsciences.lwwhealthlibrary.com/content.aspx?sectionid=260634793&amp;bookid=3422</t>
   </si>
   <si>
     <t>https://premiumbasicsciences.lwwhealthlibrary.com/content.aspx?sectionid=260634836&amp;bookid=3422</t>
   </si>
   <si>
     <t>https://premiumbasicsciences.lwwhealthlibrary.com/content.aspx?sectionid=260635206&amp;bookid=3422</t>
   </si>
   <si>
     <t>https://premiumbasicsciences.lwwhealthlibrary.com/content.aspx?sectionid=260635312&amp;bookid=3422</t>
   </si>
   <si>
     <t>https://premiumbasicsciences.lwwhealthlibrary.com/content.aspx?sectionid=260635926&amp;bookid=3422</t>
   </si>
   <si>
-    <t>978-1-975233-40-2</t>
-[...1 lines deleted...]
-  <si>
     <t>Principles of Pharmacology: The Pathophysiologic Basis of Drug Therapy, 5e</t>
   </si>
   <si>
-    <t>978-1-9752-2031-0</t>
-[...1 lines deleted...]
-  <si>
     <t>https://premiumbasicsciences.lwwhealthlibrary.com/book.aspx?bookid=3436</t>
   </si>
   <si>
     <t>Joseph Loscalzo, MD, PhD</t>
   </si>
   <si>
     <t>Mark N. Namchuk, PhD</t>
   </si>
   <si>
     <t>Principles of Pharmacology: The Pathophysiologic Basis of Drug Therapy</t>
   </si>
   <si>
     <t>Title Page</t>
   </si>
   <si>
     <t xml:space="preserve"> Preface to the First Edition</t>
   </si>
   <si>
     <t xml:space="preserve"> Contributors</t>
   </si>
   <si>
     <t xml:space="preserve">I: Fundamental Principles of Pharmacology </t>
   </si>
   <si>
     <t xml:space="preserve">Drug–Receptor Interactions </t>
@@ -9790,123 +9360,320 @@
     <t>https://premiumbasicsciences.lwwhealthlibrary.com/content.aspx?sectionId=260962416&amp;bookId=3436</t>
   </si>
   <si>
     <t>https://premiumbasicsciences.lwwhealthlibrary.com/content.aspx?sectionId=260962489&amp;bookId=3436</t>
   </si>
   <si>
     <t>https://premiumbasicsciences.lwwhealthlibrary.com/content.aspx?sectionId=260962550&amp;bookId=3436</t>
   </si>
   <si>
     <t>https://premiumbasicsciences.lwwhealthlibrary.com/content.aspx?sectionId=260962551&amp;bookId=3436</t>
   </si>
   <si>
     <t>https://premiumbasicsciences.lwwhealthlibrary.com/content.aspx?sectionId=260962718&amp;bookId=3436</t>
   </si>
   <si>
     <t>https://premiumbasicsciences.lwwhealthlibrary.com/content.aspx?sectionId=260962719&amp;bookId=3436</t>
   </si>
   <si>
     <t>https://premiumbasicsciences.lwwhealthlibrary.com/content.aspx?sectionId=260962840&amp;bookId=3436</t>
   </si>
   <si>
     <t>https://premiumbasicsciences.lwwhealthlibrary.com/content.aspx?sectionId=260962933&amp;bookId=3436</t>
   </si>
   <si>
     <t>https://premiumbasicsciences.lwwhealthlibrary.com/content.aspx?sectionId=260963015&amp;bookId=3436</t>
+  </si>
+  <si>
+    <t>Bates' Pocket Guide to Physical Examination and History Taking, 10e</t>
+  </si>
+  <si>
+    <t>https://premiumbasicsciences.lwwhealthlibrary.com/book.aspx?bookid=3470</t>
+  </si>
+  <si>
+    <t>Bates' Guide to Physical Examination and History Taking, 14e</t>
+  </si>
+  <si>
+    <t>https://premiumbasicsciences.lwwhealthlibrary.com/content.aspx?sectionId=261697829&amp;bookId=3470</t>
+  </si>
+  <si>
+    <t>Bates' Pocket Guide to Physical Examination and History Taking</t>
+  </si>
+  <si>
+    <t>https://premiumbasicsciences.lwwhealthlibrary.com/content.aspx?sectionId=261697833&amp;bookId=3470</t>
+  </si>
+  <si>
+    <t>https://premiumbasicsciences.lwwhealthlibrary.com/content.aspx?sectionId=261697835&amp;bookId=3470</t>
+  </si>
+  <si>
+    <t>https://premiumbasicsciences.lwwhealthlibrary.com/content.aspx?sectionId=261697859&amp;bookId=3470</t>
+  </si>
+  <si>
+    <t>https://premiumbasicsciences.lwwhealthlibrary.com/content.aspx?sectionId=261697864&amp;bookId=3470</t>
+  </si>
+  <si>
+    <t>https://premiumbasicsciences.lwwhealthlibrary.com/content.aspx?sectionId=261697946&amp;bookId=3470</t>
+  </si>
+  <si>
+    <t>https://premiumbasicsciences.lwwhealthlibrary.com/content.aspx?sectionId=261697952&amp;bookId=3470</t>
+  </si>
+  <si>
+    <t>UNIT 1: Foundational and Integrated Clinical Skills</t>
+  </si>
+  <si>
+    <t>https://premiumbasicsciences.lwwhealthlibrary.com/content.aspx?sectionId=261697960&amp;bookId=3470</t>
+  </si>
+  <si>
+    <t>https://premiumbasicsciences.lwwhealthlibrary.com/content.aspx?sectionId=261697961&amp;bookId=3470</t>
+  </si>
+  <si>
+    <t>Communication Skills</t>
+  </si>
+  <si>
+    <t>https://premiumbasicsciences.lwwhealthlibrary.com/content.aspx?sectionId=261698055&amp;bookId=3470</t>
+  </si>
+  <si>
+    <t>https://premiumbasicsciences.lwwhealthlibrary.com/content.aspx?sectionId=261698157&amp;bookId=3470</t>
+  </si>
+  <si>
+    <t>https://premiumbasicsciences.lwwhealthlibrary.com/content.aspx?sectionId=261698253&amp;bookId=3470</t>
+  </si>
+  <si>
+    <t>https://premiumbasicsciences.lwwhealthlibrary.com/content.aspx?sectionId=261698374&amp;bookId=3470</t>
+  </si>
+  <si>
+    <t>Clinical Communication and Presentation</t>
+  </si>
+  <si>
+    <t>https://premiumbasicsciences.lwwhealthlibrary.com/content.aspx?sectionId=261698424&amp;bookId=3470</t>
+  </si>
+  <si>
+    <t>https://premiumbasicsciences.lwwhealthlibrary.com/content.aspx?sectionId=261698584&amp;bookId=3470</t>
+  </si>
+  <si>
+    <t>Holistic Considerations in Health Care</t>
+  </si>
+  <si>
+    <t>https://premiumbasicsciences.lwwhealthlibrary.com/content.aspx?sectionId=261698717&amp;bookId=3470</t>
+  </si>
+  <si>
+    <t>POCUS: Foundations and Applications</t>
+  </si>
+  <si>
+    <t>https://premiumbasicsciences.lwwhealthlibrary.com/content.aspx?sectionId=261698822&amp;bookId=3470</t>
+  </si>
+  <si>
+    <t>Unit 2: Physical Examination Techniques</t>
+  </si>
+  <si>
+    <t>https://premiumbasicsciences.lwwhealthlibrary.com/content.aspx?sectionId=261699056&amp;bookId=3470</t>
+  </si>
+  <si>
+    <t>https://premiumbasicsciences.lwwhealthlibrary.com/content.aspx?sectionId=261699057&amp;bookId=3470</t>
+  </si>
+  <si>
+    <t>https://premiumbasicsciences.lwwhealthlibrary.com/content.aspx?sectionId=261699119&amp;bookId=3470</t>
+  </si>
+  <si>
+    <t>https://premiumbasicsciences.lwwhealthlibrary.com/content.aspx?sectionId=261699183&amp;bookId=3470</t>
+  </si>
+  <si>
+    <t>https://premiumbasicsciences.lwwhealthlibrary.com/content.aspx?sectionId=261699454&amp;bookId=3470</t>
+  </si>
+  <si>
+    <t>https://premiumbasicsciences.lwwhealthlibrary.com/content.aspx?sectionId=261699538&amp;bookId=3470</t>
+  </si>
+  <si>
+    <t>https://premiumbasicsciences.lwwhealthlibrary.com/content.aspx?sectionId=261699714&amp;bookId=3470</t>
+  </si>
+  <si>
+    <t>https://premiumbasicsciences.lwwhealthlibrary.com/content.aspx?sectionId=261699801&amp;bookId=3470</t>
+  </si>
+  <si>
+    <t>https://premiumbasicsciences.lwwhealthlibrary.com/content.aspx?sectionId=261699928&amp;bookId=3470</t>
+  </si>
+  <si>
+    <t>https://premiumbasicsciences.lwwhealthlibrary.com/content.aspx?sectionId=261700105&amp;bookId=3470</t>
+  </si>
+  <si>
+    <t>https://premiumbasicsciences.lwwhealthlibrary.com/content.aspx?sectionId=261700267&amp;bookId=3470</t>
+  </si>
+  <si>
+    <t>https://premiumbasicsciences.lwwhealthlibrary.com/content.aspx?sectionId=261700398&amp;bookId=3470</t>
+  </si>
+  <si>
+    <t>https://premiumbasicsciences.lwwhealthlibrary.com/content.aspx?sectionId=261700475&amp;bookId=3470</t>
+  </si>
+  <si>
+    <t>https://premiumbasicsciences.lwwhealthlibrary.com/content.aspx?sectionId=261700656&amp;bookId=3470</t>
+  </si>
+  <si>
+    <t>https://premiumbasicsciences.lwwhealthlibrary.com/content.aspx?sectionId=261700726&amp;bookId=3470</t>
+  </si>
+  <si>
+    <t>https://premiumbasicsciences.lwwhealthlibrary.com/content.aspx?sectionId=261700883&amp;bookId=3470</t>
+  </si>
+  <si>
+    <t>https://premiumbasicsciences.lwwhealthlibrary.com/content.aspx?sectionId=261700996&amp;bookId=3470</t>
+  </si>
+  <si>
+    <t>Musculoskeletal System: Lumbosacral Spine, Hip, and Lower Extremities</t>
+  </si>
+  <si>
+    <t>https://premiumbasicsciences.lwwhealthlibrary.com/content.aspx?sectionId=261701171&amp;bookId=3470</t>
+  </si>
+  <si>
+    <t>https://premiumbasicsciences.lwwhealthlibrary.com/content.aspx?sectionId=261701387&amp;bookId=3470</t>
+  </si>
+  <si>
+    <t>UNIT 3: Specialized Assessment Techniques</t>
+  </si>
+  <si>
+    <t>https://premiumbasicsciences.lwwhealthlibrary.com/content.aspx?sectionId=261701656&amp;bookId=3470</t>
+  </si>
+  <si>
+    <t>Pediatric Assessment: Infancy Through Adolescence</t>
+  </si>
+  <si>
+    <t>https://premiumbasicsciences.lwwhealthlibrary.com/content.aspx?sectionId=261701657&amp;bookId=3470</t>
+  </si>
+  <si>
+    <t>Assessment During Pregnancy</t>
+  </si>
+  <si>
+    <t>https://premiumbasicsciences.lwwhealthlibrary.com/content.aspx?sectionId=261702657&amp;bookId=3470</t>
+  </si>
+  <si>
+    <t>Assessment of Older Adults</t>
+  </si>
+  <si>
+    <t>https://premiumbasicsciences.lwwhealthlibrary.com/content.aspx?sectionId=261702838&amp;bookId=3470</t>
+  </si>
+  <si>
+    <t>Illness Scripts</t>
+  </si>
+  <si>
+    <t>https://premiumbasicsciences.lwwhealthlibrary.com/content.aspx?sectionId=261702994&amp;bookId=3470</t>
+  </si>
+  <si>
+    <t>Clinical Algorithms</t>
+  </si>
+  <si>
+    <t>https://premiumbasicsciences.lwwhealthlibrary.com/content.aspx?sectionId=261703070&amp;bookId=3470</t>
+  </si>
+  <si>
+    <t>Physical Examination Modifications for Patients With Medical Devices and Procedures</t>
+  </si>
+  <si>
+    <t>https://premiumbasicsciences.lwwhealthlibrary.com/content.aspx?sectionId=261703149&amp;bookId=3470</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="2" x14ac:knownFonts="1">
+  <fonts count="3" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Tahoma"/>
     </font>
     <font>
       <b/>
+      <sz val="10"/>
+      <name val="Tahoma"/>
+      <family val="2"/>
+    </font>
+    <font>
       <sz val="10"/>
       <name val="Tahoma"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="4">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF808080"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
-  <cellStyleXfs count="1">
+  <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="2" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="4">
+  <cellXfs count="11">
     <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="14" fontId="0" fillId="2" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="1"/>
+    <xf numFmtId="14" fontId="2" fillId="2" borderId="0" xfId="1" applyNumberFormat="1"/>
+    <xf numFmtId="1" fontId="1" fillId="3" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
+    <xf numFmtId="1" fontId="0" fillId="2" borderId="0" xfId="0" applyNumberFormat="1"/>
+    <xf numFmtId="1" fontId="2" fillId="2" borderId="0" xfId="1" applyNumberFormat="1"/>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="1"/>
   </cellXfs>
-  <cellStyles count="1">
+  <cellStyles count="2">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
+    <cellStyle name="Normal 2" xfId="1" xr:uid="{E6A3C287-E716-4452-931C-02C06A4DE04F}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet13.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet18.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet26.xml"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet39.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet21.xml"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet34.xml"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet42.xml"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet47.xml"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet50.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet16.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet29.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet11.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet24.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet32.xml"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet37.xml"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet40.xml"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet45.xml"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet10.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet19.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet31.xml"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet44.xml"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet14.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet22.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet27.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet30.xml"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet35.xml"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet43.xml"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet48.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet12.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet17.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet25.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet33.xml"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet38.xml"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet46.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet20.xml"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet41.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet15.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet23.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet28.xml"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet36.xml"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet49.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet13.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet18.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet26.xml"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet39.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet21.xml"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet34.xml"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet42.xml"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet47.xml"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet16.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet29.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet11.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet24.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet32.xml"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet37.xml"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet40.xml"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet45.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet15.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet23.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet28.xml"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet36.xml"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet49.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet10.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet19.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet31.xml"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet44.xml"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet14.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet22.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet27.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet30.xml"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet35.xml"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet43.xml"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet48.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet12.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet17.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet25.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet33.xml"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet38.xml"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet46.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet20.xml"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet41.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
@@ -10182,19898 +9949,19518 @@
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:G50"/>
+  <dimension ref="A1:G49"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="7" width="50.7265625" customWidth="1"/>
+    <col min="1" max="2" width="50.7265625" customWidth="1"/>
+    <col min="3" max="3" width="7.36328125" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="13.90625" style="7" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="14.81640625" bestFit="1" customWidth="1"/>
+    <col min="6" max="7" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
-      <c r="D1" s="1" t="s">
+      <c r="D1" s="6" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="B2" t="s">
-        <v>2903</v>
+        <v>10</v>
       </c>
       <c r="C2">
-        <v>6</v>
-[...2 lines deleted...]
-        <v>8</v>
+        <v>13</v>
+      </c>
+      <c r="D2" s="7">
+        <v>9781496316769</v>
       </c>
       <c r="E2">
-        <v>2022</v>
+        <v>2017</v>
       </c>
       <c r="F2" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="G2" s="2">
-        <v>44497</v>
+        <v>44117</v>
       </c>
     </row>
     <row r="3" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
+        <v>465</v>
+      </c>
+      <c r="B3" s="9" t="s">
+        <v>3084</v>
+      </c>
+      <c r="C3">
+        <v>14</v>
+      </c>
+      <c r="D3" s="7">
+        <v>9781975218348</v>
+      </c>
+      <c r="E3">
+        <v>2026</v>
+      </c>
+      <c r="F3" t="s">
+        <v>2770</v>
+      </c>
+      <c r="G3" s="2">
+        <v>45839</v>
+      </c>
+    </row>
+    <row r="4" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A4" s="4" t="s">
+        <v>465</v>
+      </c>
+      <c r="B4" s="4" t="s">
+        <v>3082</v>
+      </c>
+      <c r="C4" s="4">
         <v>10</v>
       </c>
-      <c r="B3" t="s">
-[...38 lines deleted...]
-        <v>45839</v>
+      <c r="D4" s="8">
+        <v>9781975218447</v>
+      </c>
+      <c r="E4" s="4">
+        <v>2027</v>
+      </c>
+      <c r="F4" s="4" t="s">
+        <v>3083</v>
+      </c>
+      <c r="G4" s="5">
+        <v>46000</v>
       </c>
     </row>
     <row r="5" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A5" t="s">
+        <v>13</v>
+      </c>
+      <c r="B5" t="s">
         <v>14</v>
       </c>
-      <c r="B5" t="s">
+      <c r="C5">
+        <v>2</v>
+      </c>
+      <c r="D5" s="7">
+        <v>9781609136642</v>
+      </c>
+      <c r="E5">
+        <v>2012</v>
+      </c>
+      <c r="F5" t="s">
         <v>15</v>
       </c>
-      <c r="C5">
-[...10 lines deleted...]
-      </c>
       <c r="G5" s="2">
-        <v>44252</v>
+        <v>41682</v>
       </c>
     </row>
     <row r="6" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A6" t="s">
+        <v>16</v>
+      </c>
+      <c r="B6" t="s">
+        <v>17</v>
+      </c>
+      <c r="C6">
+        <v>1</v>
+      </c>
+      <c r="D6" s="7">
+        <v>9781975191474</v>
+      </c>
+      <c r="E6">
+        <v>2024</v>
+      </c>
+      <c r="F6" t="s">
         <v>18</v>
       </c>
-      <c r="B6" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G6" s="2">
-        <v>41682</v>
+        <v>44879</v>
       </c>
     </row>
     <row r="7" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A7" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="B7" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="C7">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>3</v>
+      </c>
+      <c r="D7" s="7">
+        <v>9781975150075</v>
       </c>
       <c r="E7">
-        <v>2024</v>
+        <v>2022</v>
       </c>
       <c r="F7" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="G7" s="2">
-        <v>44879</v>
+        <v>44194</v>
       </c>
     </row>
     <row r="8" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A8" t="s">
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="B8" t="s">
-        <v>27</v>
+        <v>2760</v>
       </c>
       <c r="C8">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>28</v>
+        <v>1</v>
+      </c>
+      <c r="D8" s="7">
+        <v>9780781793919</v>
       </c>
       <c r="E8">
-        <v>2022</v>
+        <v>2009</v>
       </c>
       <c r="F8" t="s">
-        <v>29</v>
+        <v>23</v>
       </c>
       <c r="G8" s="2">
-        <v>44194</v>
+        <v>41682</v>
       </c>
     </row>
     <row r="9" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A9" t="s">
-        <v>30</v>
+        <v>24</v>
       </c>
       <c r="B9" t="s">
-        <v>2900</v>
+        <v>25</v>
       </c>
       <c r="C9">
         <v>1</v>
       </c>
-      <c r="D9" t="s">
-        <v>31</v>
+      <c r="D9" s="7">
+        <v>9780781782548</v>
       </c>
       <c r="E9">
         <v>2009</v>
       </c>
       <c r="F9" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
       <c r="G9" s="2">
-        <v>41682</v>
+        <v>41752</v>
       </c>
     </row>
     <row r="10" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A10" t="s">
-        <v>33</v>
+        <v>27</v>
       </c>
       <c r="B10" t="s">
-        <v>34</v>
+        <v>28</v>
       </c>
       <c r="C10">
         <v>1</v>
       </c>
-      <c r="D10" t="s">
-        <v>35</v>
+      <c r="D10" s="7">
+        <v>9781451193671</v>
       </c>
       <c r="E10">
-        <v>2009</v>
+        <v>2017</v>
       </c>
       <c r="F10" t="s">
-        <v>36</v>
+        <v>29</v>
       </c>
       <c r="G10" s="2">
-        <v>41752</v>
+        <v>44117</v>
       </c>
     </row>
     <row r="11" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A11" t="s">
-        <v>37</v>
+        <v>30</v>
       </c>
       <c r="B11" t="s">
-        <v>38</v>
+        <v>31</v>
       </c>
       <c r="C11">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>39</v>
+        <v>6</v>
+      </c>
+      <c r="D11" s="7">
+        <v>9781975109554</v>
       </c>
       <c r="E11">
-        <v>2017</v>
+        <v>2021</v>
       </c>
       <c r="F11" t="s">
-        <v>40</v>
+        <v>32</v>
       </c>
       <c r="G11" s="2">
-        <v>44117</v>
+        <v>43881</v>
       </c>
     </row>
     <row r="12" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A12" t="s">
-        <v>41</v>
+        <v>33</v>
       </c>
       <c r="B12" t="s">
-        <v>42</v>
+        <v>34</v>
       </c>
       <c r="C12">
-        <v>6</v>
-[...2 lines deleted...]
-        <v>43</v>
+        <v>4</v>
+      </c>
+      <c r="D12" s="7">
+        <v>9781496382405</v>
       </c>
       <c r="E12">
-        <v>2021</v>
+        <v>2019</v>
       </c>
       <c r="F12" t="s">
-        <v>44</v>
+        <v>35</v>
       </c>
       <c r="G12" s="2">
-        <v>43881</v>
+        <v>43342</v>
       </c>
     </row>
     <row r="13" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A13" t="s">
-        <v>45</v>
+        <v>36</v>
       </c>
       <c r="B13" t="s">
-        <v>46</v>
+        <v>37</v>
       </c>
       <c r="C13">
-        <v>4</v>
-[...2 lines deleted...]
-        <v>47</v>
+        <v>2</v>
+      </c>
+      <c r="D13" s="7">
+        <v>9781975216887</v>
       </c>
       <c r="E13">
-        <v>2019</v>
+        <v>2025</v>
       </c>
       <c r="F13" t="s">
-        <v>48</v>
+        <v>38</v>
       </c>
       <c r="G13" s="2">
-        <v>43342</v>
+        <v>45600</v>
       </c>
     </row>
     <row r="14" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A14" t="s">
-        <v>49</v>
+        <v>39</v>
       </c>
       <c r="B14" t="s">
-        <v>50</v>
+        <v>40</v>
       </c>
       <c r="C14">
-        <v>2</v>
-[...2 lines deleted...]
-        <v>51</v>
+        <v>8</v>
+      </c>
+      <c r="D14" s="7">
+        <v>9781975164256</v>
       </c>
       <c r="E14">
-        <v>2025</v>
+        <v>2023</v>
       </c>
       <c r="F14" t="s">
-        <v>52</v>
+        <v>41</v>
       </c>
       <c r="G14" s="2">
-        <v>45600</v>
+        <v>44700</v>
       </c>
     </row>
     <row r="15" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A15" t="s">
-        <v>53</v>
+        <v>42</v>
       </c>
       <c r="B15" t="s">
-        <v>54</v>
+        <v>43</v>
       </c>
       <c r="C15">
-        <v>8</v>
-[...2 lines deleted...]
-        <v>55</v>
+        <v>2</v>
+      </c>
+      <c r="D15" s="7">
+        <v>9781975193430</v>
       </c>
       <c r="E15">
-        <v>2023</v>
+        <v>2025</v>
       </c>
       <c r="F15" t="s">
-        <v>56</v>
+        <v>44</v>
       </c>
       <c r="G15" s="2">
-        <v>44700</v>
+        <v>45362</v>
       </c>
     </row>
     <row r="16" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A16" t="s">
-        <v>57</v>
+        <v>45</v>
       </c>
       <c r="B16" t="s">
-        <v>58</v>
+        <v>46</v>
       </c>
       <c r="C16">
-        <v>2</v>
-[...2 lines deleted...]
-        <v>59</v>
+        <v>18</v>
+      </c>
+      <c r="D16" s="7">
+        <v>9781975193669</v>
       </c>
       <c r="E16">
         <v>2025</v>
       </c>
       <c r="F16" t="s">
-        <v>60</v>
+        <v>47</v>
       </c>
       <c r="G16" s="2">
-        <v>45362</v>
+        <v>45357</v>
       </c>
     </row>
     <row r="17" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A17" t="s">
-        <v>61</v>
+        <v>48</v>
       </c>
       <c r="B17" t="s">
-        <v>62</v>
+        <v>49</v>
       </c>
       <c r="C17">
-        <v>18</v>
-[...2 lines deleted...]
-        <v>63</v>
+        <v>2</v>
+      </c>
+      <c r="D17" s="7">
+        <v>9781975152444</v>
       </c>
       <c r="E17">
-        <v>2025</v>
+        <v>2023</v>
       </c>
       <c r="F17" t="s">
-        <v>64</v>
+        <v>50</v>
       </c>
       <c r="G17" s="2">
-        <v>45357</v>
+        <v>44593</v>
       </c>
     </row>
     <row r="18" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A18" t="s">
-        <v>65</v>
+        <v>51</v>
       </c>
       <c r="B18" t="s">
-        <v>66</v>
+        <v>52</v>
       </c>
       <c r="C18">
-        <v>2</v>
-[...2 lines deleted...]
-        <v>67</v>
+        <v>9</v>
+      </c>
+      <c r="D18" s="7">
+        <v>9781975181512</v>
       </c>
       <c r="E18">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="F18" t="s">
-        <v>68</v>
+        <v>53</v>
       </c>
       <c r="G18" s="2">
-        <v>44593</v>
+        <v>45198</v>
       </c>
     </row>
     <row r="19" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A19" t="s">
-        <v>69</v>
+        <v>54</v>
       </c>
       <c r="B19" t="s">
-        <v>70</v>
+        <v>55</v>
       </c>
       <c r="C19">
-        <v>9</v>
-[...2 lines deleted...]
-        <v>71</v>
+        <v>1</v>
+      </c>
+      <c r="D19" s="7">
+        <v>9781608316717</v>
       </c>
       <c r="E19">
-        <v>2024</v>
+        <v>2011</v>
       </c>
       <c r="F19" t="s">
-        <v>72</v>
+        <v>56</v>
       </c>
       <c r="G19" s="2">
-        <v>45198</v>
+        <v>41682</v>
       </c>
     </row>
     <row r="20" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A20" t="s">
-        <v>73</v>
+        <v>57</v>
       </c>
       <c r="B20" t="s">
-        <v>74</v>
+        <v>58</v>
       </c>
       <c r="C20">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>75</v>
+        <v>15</v>
+      </c>
+      <c r="D20" s="7">
+        <v>9781975179960</v>
       </c>
       <c r="E20">
-        <v>2011</v>
+        <v>2024</v>
       </c>
       <c r="F20" t="s">
-        <v>76</v>
+        <v>59</v>
       </c>
       <c r="G20" s="2">
-        <v>41682</v>
+        <v>44776</v>
       </c>
     </row>
     <row r="21" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A21" t="s">
-        <v>77</v>
+        <v>60</v>
       </c>
       <c r="B21" t="s">
-        <v>78</v>
+        <v>61</v>
       </c>
       <c r="C21">
-        <v>15</v>
-[...2 lines deleted...]
-        <v>79</v>
+        <v>2</v>
+      </c>
+      <c r="D21" s="7">
+        <v>9780781795159</v>
       </c>
       <c r="E21">
-        <v>2024</v>
+        <v>2009</v>
       </c>
       <c r="F21" t="s">
-        <v>80</v>
+        <v>62</v>
       </c>
       <c r="G21" s="2">
-        <v>44776</v>
+        <v>41682</v>
       </c>
     </row>
     <row r="22" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A22" t="s">
-        <v>81</v>
+        <v>63</v>
       </c>
       <c r="B22" t="s">
-        <v>82</v>
+        <v>64</v>
       </c>
       <c r="C22">
-        <v>2</v>
-[...2 lines deleted...]
-        <v>83</v>
+        <v>9</v>
+      </c>
+      <c r="D22" s="7">
+        <v>9781975220495</v>
       </c>
       <c r="E22">
-        <v>2009</v>
+        <v>2025</v>
       </c>
       <c r="F22" t="s">
-        <v>84</v>
+        <v>65</v>
       </c>
       <c r="G22" s="2">
-        <v>41682</v>
+        <v>45652</v>
       </c>
     </row>
     <row r="23" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A23" t="s">
-        <v>85</v>
+        <v>66</v>
       </c>
       <c r="B23" t="s">
-        <v>86</v>
+        <v>67</v>
       </c>
       <c r="C23">
-        <v>9</v>
-[...2 lines deleted...]
-        <v>2909</v>
+        <v>1</v>
+      </c>
+      <c r="D23" s="7">
+        <v>9781451190960</v>
       </c>
       <c r="E23">
-        <v>2025</v>
+        <v>2016</v>
       </c>
       <c r="F23" t="s">
-        <v>87</v>
+        <v>68</v>
       </c>
       <c r="G23" s="2">
-        <v>45652</v>
+        <v>42191</v>
       </c>
     </row>
     <row r="24" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A24" t="s">
-        <v>88</v>
+        <v>69</v>
       </c>
       <c r="B24" t="s">
-        <v>89</v>
+        <v>70</v>
       </c>
       <c r="C24">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>90</v>
+        <v>2</v>
+      </c>
+      <c r="D24" s="7">
+        <v>9781496367891</v>
       </c>
       <c r="E24">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="F24" t="s">
-        <v>91</v>
+        <v>71</v>
       </c>
       <c r="G24" s="2">
-        <v>42191</v>
+        <v>43048</v>
       </c>
     </row>
     <row r="25" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A25" t="s">
-        <v>92</v>
+        <v>72</v>
       </c>
       <c r="B25" t="s">
-        <v>93</v>
+        <v>2764</v>
       </c>
       <c r="C25">
-        <v>2</v>
-[...2 lines deleted...]
-        <v>94</v>
+        <v>1</v>
+      </c>
+      <c r="D25" s="7">
+        <v>9781496317902</v>
       </c>
       <c r="E25">
-        <v>2017</v>
+        <v>2019</v>
       </c>
       <c r="F25" t="s">
-        <v>95</v>
+        <v>73</v>
       </c>
       <c r="G25" s="2">
-        <v>43048</v>
+        <v>43818</v>
       </c>
     </row>
     <row r="26" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A26" t="s">
-        <v>96</v>
+        <v>74</v>
       </c>
       <c r="B26" t="s">
-        <v>2904</v>
+        <v>2765</v>
       </c>
       <c r="C26">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>97</v>
+        <v>2</v>
+      </c>
+      <c r="D26" s="7">
+        <v>9781496338228</v>
       </c>
       <c r="E26">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="F26" t="s">
-        <v>98</v>
+        <v>75</v>
       </c>
       <c r="G26" s="2">
-        <v>43818</v>
+        <v>44117</v>
       </c>
     </row>
     <row r="27" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A27" t="s">
-        <v>99</v>
+        <v>76</v>
       </c>
       <c r="B27" t="s">
-        <v>2905</v>
+        <v>2766</v>
       </c>
       <c r="C27">
-        <v>2</v>
-[...2 lines deleted...]
-        <v>100</v>
+        <v>3</v>
+      </c>
+      <c r="D27" s="7">
+        <v>9781975151331</v>
       </c>
       <c r="E27">
-        <v>2020</v>
+        <v>2022</v>
       </c>
       <c r="F27" t="s">
-        <v>101</v>
+        <v>77</v>
       </c>
       <c r="G27" s="2">
-        <v>44117</v>
+        <v>44258</v>
       </c>
     </row>
     <row r="28" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A28" t="s">
-        <v>102</v>
+        <v>78</v>
       </c>
       <c r="B28" t="s">
-        <v>2906</v>
+        <v>2767</v>
       </c>
       <c r="C28">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>103</v>
+        <v>8</v>
+      </c>
+      <c r="D28" s="7">
+        <v>9781975170554</v>
       </c>
       <c r="E28">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="F28" t="s">
-        <v>104</v>
+        <v>79</v>
       </c>
       <c r="G28" s="2">
-        <v>44258</v>
+        <v>44776</v>
       </c>
     </row>
     <row r="29" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A29" t="s">
-        <v>105</v>
+        <v>80</v>
       </c>
       <c r="B29" t="s">
-        <v>2907</v>
+        <v>2768</v>
       </c>
       <c r="C29">
-        <v>8</v>
-[...2 lines deleted...]
-        <v>106</v>
+        <v>3</v>
+      </c>
+      <c r="D29" s="7">
+        <v>9781975196332</v>
       </c>
       <c r="E29">
-        <v>2023</v>
+        <v>2025</v>
       </c>
       <c r="F29" t="s">
-        <v>107</v>
+        <v>81</v>
       </c>
       <c r="G29" s="2">
-        <v>44776</v>
+        <v>45343</v>
       </c>
     </row>
     <row r="30" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A30" t="s">
-        <v>108</v>
+        <v>82</v>
       </c>
       <c r="B30" t="s">
-        <v>2908</v>
+        <v>83</v>
       </c>
       <c r="C30">
         <v>3</v>
       </c>
-      <c r="D30" t="s">
-        <v>109</v>
+      <c r="D30" s="7">
+        <v>9781975180898</v>
       </c>
       <c r="E30">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="F30" t="s">
-        <v>110</v>
+        <v>84</v>
       </c>
       <c r="G30" s="2">
-        <v>45343</v>
+        <v>44895</v>
       </c>
     </row>
     <row r="31" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A31" t="s">
-        <v>111</v>
+        <v>85</v>
       </c>
       <c r="B31" t="s">
-        <v>112</v>
+        <v>2831</v>
       </c>
       <c r="C31">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>113</v>
+        <v>5</v>
+      </c>
+      <c r="D31" s="7">
+        <v>9781975233402</v>
       </c>
       <c r="E31">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="F31" t="s">
-        <v>114</v>
+        <v>2869</v>
       </c>
       <c r="G31" s="2">
-        <v>44895</v>
+        <v>45769</v>
       </c>
     </row>
     <row r="32" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A32" t="s">
-        <v>115</v>
+        <v>86</v>
       </c>
       <c r="B32" t="s">
-        <v>2972</v>
+        <v>87</v>
       </c>
       <c r="C32">
-        <v>5</v>
-[...2 lines deleted...]
-        <v>3049</v>
+        <v>6</v>
+      </c>
+      <c r="D32" s="7">
+        <v>9781975150143</v>
       </c>
       <c r="E32">
-        <v>2025</v>
+        <v>2023</v>
       </c>
       <c r="F32" t="s">
-        <v>3010</v>
+        <v>88</v>
       </c>
       <c r="G32" s="2">
-        <v>45769</v>
+        <v>44775</v>
       </c>
     </row>
     <row r="33" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A33" t="s">
-        <v>116</v>
+        <v>89</v>
       </c>
       <c r="B33" t="s">
-        <v>117</v>
+        <v>90</v>
       </c>
       <c r="C33">
         <v>6</v>
       </c>
-      <c r="D33" t="s">
-        <v>118</v>
+      <c r="D33" s="7">
+        <v>9781975160432</v>
       </c>
       <c r="E33">
         <v>2023</v>
       </c>
       <c r="F33" t="s">
-        <v>119</v>
+        <v>91</v>
       </c>
       <c r="G33" s="2">
-        <v>44775</v>
+        <v>44649</v>
       </c>
     </row>
     <row r="34" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A34" t="s">
-        <v>120</v>
+        <v>92</v>
       </c>
       <c r="B34" t="s">
-        <v>121</v>
+        <v>93</v>
       </c>
       <c r="C34">
-        <v>6</v>
-[...2 lines deleted...]
-        <v>122</v>
+        <v>9</v>
+      </c>
+      <c r="D34" s="7">
+        <v>9781975154066</v>
       </c>
       <c r="E34">
         <v>2023</v>
       </c>
       <c r="F34" t="s">
-        <v>123</v>
+        <v>94</v>
       </c>
       <c r="G34" s="2">
-        <v>44649</v>
+        <v>44544</v>
       </c>
     </row>
     <row r="35" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A35" t="s">
-        <v>124</v>
+        <v>42</v>
       </c>
       <c r="B35" t="s">
-        <v>125</v>
+        <v>95</v>
       </c>
       <c r="C35">
-        <v>9</v>
-[...2 lines deleted...]
-        <v>126</v>
+        <v>7</v>
+      </c>
+      <c r="D35" s="7">
+        <v>9781975174248</v>
       </c>
       <c r="E35">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="F35" t="s">
-        <v>127</v>
+        <v>96</v>
       </c>
       <c r="G35" s="2">
-        <v>44544</v>
+        <v>44883</v>
       </c>
     </row>
     <row r="36" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A36" t="s">
-        <v>57</v>
+        <v>97</v>
       </c>
       <c r="B36" t="s">
-        <v>128</v>
+        <v>98</v>
       </c>
       <c r="C36">
-        <v>7</v>
-[...2 lines deleted...]
-        <v>129</v>
+        <v>11</v>
+      </c>
+      <c r="D36" s="7">
+        <v>9781975197292</v>
       </c>
       <c r="E36">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="F36" t="s">
-        <v>130</v>
+        <v>99</v>
       </c>
       <c r="G36" s="2">
-        <v>44883</v>
+        <v>45432</v>
       </c>
     </row>
     <row r="37" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A37" t="s">
-        <v>131</v>
+        <v>100</v>
       </c>
       <c r="B37" t="s">
-        <v>132</v>
+        <v>101</v>
       </c>
       <c r="C37">
-        <v>11</v>
-[...2 lines deleted...]
-        <v>133</v>
+        <v>8</v>
+      </c>
+      <c r="D37" s="7">
+        <v>9781975216627</v>
       </c>
       <c r="E37">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F37" t="s">
-        <v>134</v>
+        <v>102</v>
       </c>
       <c r="G37" s="2">
-        <v>45432</v>
+        <v>45565</v>
       </c>
     </row>
     <row r="38" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A38" t="s">
-        <v>135</v>
+        <v>103</v>
       </c>
       <c r="B38" t="s">
-        <v>136</v>
+        <v>104</v>
       </c>
       <c r="C38">
-        <v>8</v>
-[...2 lines deleted...]
-        <v>137</v>
+        <v>9</v>
+      </c>
+      <c r="D38" s="7">
+        <v>9781975151348</v>
       </c>
       <c r="E38">
-        <v>2026</v>
+        <v>2022</v>
       </c>
       <c r="F38" t="s">
-        <v>138</v>
+        <v>105</v>
       </c>
       <c r="G38" s="2">
-        <v>45565</v>
+        <v>44413</v>
       </c>
     </row>
     <row r="39" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A39" t="s">
-        <v>139</v>
+        <v>106</v>
       </c>
       <c r="B39" t="s">
-        <v>140</v>
+        <v>107</v>
       </c>
       <c r="C39">
-        <v>9</v>
-[...2 lines deleted...]
-        <v>141</v>
+        <v>4</v>
+      </c>
+      <c r="D39" s="7">
+        <v>9781451120615</v>
       </c>
       <c r="E39">
-        <v>2022</v>
+        <v>2011</v>
       </c>
       <c r="F39" t="s">
-        <v>142</v>
+        <v>108</v>
       </c>
       <c r="G39" s="2">
-        <v>44413</v>
+        <v>41759</v>
       </c>
     </row>
     <row r="40" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A40" t="s">
-        <v>143</v>
+        <v>109</v>
       </c>
       <c r="B40" t="s">
-        <v>144</v>
+        <v>2908</v>
       </c>
       <c r="C40">
-        <v>4</v>
-[...2 lines deleted...]
-        <v>145</v>
+        <v>5</v>
+      </c>
+      <c r="D40" s="7">
+        <v>9781975220310</v>
       </c>
       <c r="E40">
-        <v>2011</v>
+        <v>2026</v>
       </c>
       <c r="F40" t="s">
-        <v>146</v>
+        <v>2909</v>
       </c>
       <c r="G40" s="2">
-        <v>41759</v>
+        <v>45887</v>
       </c>
     </row>
     <row r="41" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A41" t="s">
-        <v>147</v>
+        <v>110</v>
       </c>
       <c r="B41" t="s">
-        <v>3050</v>
+        <v>111</v>
       </c>
       <c r="C41">
-        <v>5</v>
-[...2 lines deleted...]
-        <v>3051</v>
+        <v>7</v>
+      </c>
+      <c r="D41" s="7">
+        <v>9781496350329</v>
       </c>
       <c r="E41">
-        <v>2026</v>
+        <v>2019</v>
       </c>
       <c r="F41" t="s">
-        <v>3052</v>
+        <v>112</v>
       </c>
       <c r="G41" s="2">
-        <v>45887</v>
+        <v>44106</v>
       </c>
     </row>
     <row r="42" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A42" t="s">
-        <v>148</v>
+        <v>113</v>
       </c>
       <c r="B42" t="s">
-        <v>149</v>
+        <v>114</v>
       </c>
       <c r="C42">
-        <v>7</v>
-[...2 lines deleted...]
-        <v>150</v>
+        <v>6</v>
+      </c>
+      <c r="D42" s="7">
+        <v>9781975194918</v>
       </c>
       <c r="E42">
-        <v>2019</v>
+        <v>2025</v>
       </c>
       <c r="F42" t="s">
-        <v>151</v>
+        <v>115</v>
       </c>
       <c r="G42" s="2">
-        <v>44106</v>
+        <v>45324</v>
       </c>
     </row>
     <row r="43" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A43" t="s">
-        <v>152</v>
+        <v>116</v>
       </c>
       <c r="B43" t="s">
-        <v>153</v>
+        <v>117</v>
       </c>
       <c r="C43">
         <v>6</v>
       </c>
-      <c r="D43" t="s">
-        <v>154</v>
+      <c r="D43" s="7">
+        <v>9781975103545</v>
       </c>
       <c r="E43">
-        <v>2025</v>
+        <v>2020</v>
       </c>
       <c r="F43" t="s">
-        <v>155</v>
+        <v>118</v>
       </c>
       <c r="G43" s="2">
-        <v>45324</v>
+        <v>43538</v>
       </c>
     </row>
     <row r="44" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A44" t="s">
-        <v>156</v>
+        <v>119</v>
       </c>
       <c r="B44" t="s">
-        <v>157</v>
+        <v>120</v>
       </c>
       <c r="C44">
-        <v>6</v>
-[...2 lines deleted...]
-        <v>158</v>
+        <v>8</v>
+      </c>
+      <c r="D44" s="7">
+        <v>9781496386144</v>
       </c>
       <c r="E44">
         <v>2020</v>
       </c>
       <c r="F44" t="s">
-        <v>159</v>
+        <v>121</v>
       </c>
       <c r="G44" s="2">
-        <v>43538</v>
+        <v>43776</v>
       </c>
     </row>
     <row r="45" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A45" t="s">
-        <v>160</v>
+        <v>122</v>
       </c>
       <c r="B45" t="s">
-        <v>161</v>
+        <v>2761</v>
       </c>
       <c r="C45">
-        <v>7</v>
-[...2 lines deleted...]
-        <v>162</v>
+        <v>5</v>
+      </c>
+      <c r="D45" s="7">
+        <v>9781496343802</v>
       </c>
       <c r="E45">
-        <v>2014</v>
+        <v>2019</v>
       </c>
       <c r="F45" t="s">
-        <v>163</v>
+        <v>123</v>
       </c>
       <c r="G45" s="2">
-        <v>41899</v>
+        <v>43194</v>
       </c>
     </row>
     <row r="46" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A46" t="s">
-        <v>160</v>
+        <v>7</v>
       </c>
       <c r="B46" t="s">
-        <v>164</v>
+        <v>2763</v>
       </c>
       <c r="C46">
+        <v>6</v>
+      </c>
+      <c r="D46" s="7">
+        <v>9781975151485</v>
+      </c>
+      <c r="E46">
+        <v>2022</v>
+      </c>
+      <c r="F46" t="s">
         <v>8</v>
       </c>
-      <c r="D46" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G46" s="2">
-        <v>43776</v>
+        <v>44497</v>
       </c>
     </row>
     <row r="47" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A47" t="s">
-        <v>167</v>
+        <v>124</v>
       </c>
       <c r="B47" t="s">
-        <v>2901</v>
+        <v>2762</v>
       </c>
       <c r="C47">
-        <v>5</v>
-[...2 lines deleted...]
-        <v>168</v>
+        <v>7</v>
+      </c>
+      <c r="D47" s="7">
+        <v>9781975120894</v>
       </c>
       <c r="E47">
-        <v>2019</v>
+        <v>2021</v>
       </c>
       <c r="F47" t="s">
-        <v>169</v>
+        <v>125</v>
       </c>
       <c r="G47" s="2">
-        <v>43194</v>
+        <v>44098</v>
       </c>
     </row>
     <row r="48" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A48" t="s">
-        <v>170</v>
+        <v>126</v>
       </c>
       <c r="B48" t="s">
-        <v>2902</v>
+        <v>127</v>
       </c>
       <c r="C48">
-        <v>7</v>
-[...2 lines deleted...]
-        <v>171</v>
+        <v>10</v>
+      </c>
+      <c r="D48" s="7">
+        <v>9781975152819</v>
       </c>
       <c r="E48">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="F48" t="s">
-        <v>172</v>
+        <v>128</v>
       </c>
       <c r="G48" s="2">
-        <v>44098</v>
+        <v>44285</v>
       </c>
     </row>
     <row r="49" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A49" t="s">
-        <v>173</v>
+        <v>126</v>
       </c>
       <c r="B49" t="s">
-        <v>174</v>
+        <v>129</v>
       </c>
       <c r="C49">
-        <v>10</v>
-[...2 lines deleted...]
-        <v>175</v>
+        <v>11</v>
+      </c>
+      <c r="D49" s="7">
+        <v>9781975139186</v>
       </c>
       <c r="E49">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="F49" t="s">
-        <v>176</v>
+        <v>130</v>
       </c>
       <c r="G49" s="2">
-        <v>44285</v>
-[...21 lines deleted...]
-      <c r="G50" s="2">
         <v>44117</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0A00-000000000000}">
+  <dimension ref="A1:D16"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="4" width="50.7265625" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A1" s="1" t="s">
+        <v>131</v>
+      </c>
+      <c r="B1" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" s="1" t="s">
+        <v>132</v>
+      </c>
+      <c r="D1" s="1" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="2" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A2" t="s">
+        <v>27</v>
+      </c>
+      <c r="B2" t="s">
+        <v>28</v>
+      </c>
+      <c r="D2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A3" t="s">
+        <v>675</v>
+      </c>
+      <c r="B3" t="s">
+        <v>136</v>
+      </c>
+      <c r="D3" t="s">
+        <v>677</v>
+      </c>
+    </row>
+    <row r="4" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A4" t="s">
+        <v>676</v>
+      </c>
+      <c r="B4" t="s">
+        <v>466</v>
+      </c>
+      <c r="D4" t="s">
+        <v>678</v>
+      </c>
+    </row>
+    <row r="5" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A5" t="s">
+        <v>92</v>
+      </c>
+      <c r="B5" t="s">
+        <v>138</v>
+      </c>
+      <c r="D5" t="s">
+        <v>679</v>
+      </c>
+    </row>
+    <row r="6" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B6" t="s">
+        <v>388</v>
+      </c>
+      <c r="D6" t="s">
+        <v>680</v>
+      </c>
+    </row>
+    <row r="7" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B7" t="s">
+        <v>140</v>
+      </c>
+      <c r="D7" t="s">
+        <v>681</v>
+      </c>
+    </row>
+    <row r="8" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B8" t="s">
+        <v>142</v>
+      </c>
+      <c r="D8" t="s">
+        <v>682</v>
+      </c>
+    </row>
+    <row r="9" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B9" t="s">
+        <v>144</v>
+      </c>
+      <c r="D9" t="s">
+        <v>683</v>
+      </c>
+    </row>
+    <row r="10" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B10" t="s">
+        <v>684</v>
+      </c>
+      <c r="C10" t="s">
+        <v>393</v>
+      </c>
+      <c r="D10" t="s">
+        <v>685</v>
+      </c>
+    </row>
+    <row r="11" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B11" t="s">
+        <v>686</v>
+      </c>
+      <c r="C11" t="s">
+        <v>398</v>
+      </c>
+      <c r="D11" t="s">
+        <v>687</v>
+      </c>
+    </row>
+    <row r="12" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B12" t="s">
+        <v>485</v>
+      </c>
+      <c r="C12" t="s">
+        <v>401</v>
+      </c>
+      <c r="D12" t="s">
+        <v>688</v>
+      </c>
+    </row>
+    <row r="13" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B13" t="s">
+        <v>689</v>
+      </c>
+      <c r="C13" t="s">
+        <v>406</v>
+      </c>
+      <c r="D13" t="s">
+        <v>690</v>
+      </c>
+    </row>
+    <row r="14" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B14" t="s">
+        <v>691</v>
+      </c>
+      <c r="C14" t="s">
+        <v>409</v>
+      </c>
+      <c r="D14" t="s">
+        <v>692</v>
+      </c>
+    </row>
+    <row r="15" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B15" t="s">
+        <v>693</v>
+      </c>
+      <c r="C15" t="s">
+        <v>412</v>
+      </c>
+      <c r="D15" t="s">
+        <v>694</v>
+      </c>
+    </row>
+    <row r="16" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B16" t="s">
+        <v>477</v>
+      </c>
+      <c r="C16" t="s">
+        <v>415</v>
+      </c>
+      <c r="D16" t="s">
+        <v>695</v>
+      </c>
+    </row>
+  </sheetData>
+  <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0B00-000000000000}">
+  <dimension ref="A1:D21"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="4" width="50.7265625" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A1" s="1" t="s">
+        <v>131</v>
+      </c>
+      <c r="B1" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" s="1" t="s">
+        <v>132</v>
+      </c>
+      <c r="D1" s="1" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="2" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A2" t="s">
+        <v>30</v>
+      </c>
+      <c r="B2" t="s">
+        <v>31</v>
+      </c>
+      <c r="D2" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="3" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B3" t="s">
+        <v>136</v>
+      </c>
+      <c r="D3" t="s">
+        <v>696</v>
+      </c>
+    </row>
+    <row r="4" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B4" t="s">
+        <v>140</v>
+      </c>
+      <c r="D4" t="s">
+        <v>697</v>
+      </c>
+    </row>
+    <row r="5" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B5" t="s">
+        <v>142</v>
+      </c>
+      <c r="D5" t="s">
+        <v>698</v>
+      </c>
+    </row>
+    <row r="6" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B6" t="s">
+        <v>699</v>
+      </c>
+      <c r="C6" t="s">
+        <v>393</v>
+      </c>
+      <c r="D6" t="s">
+        <v>700</v>
+      </c>
+    </row>
+    <row r="7" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B7" t="s">
+        <v>701</v>
+      </c>
+      <c r="C7" t="s">
+        <v>398</v>
+      </c>
+      <c r="D7" t="s">
+        <v>702</v>
+      </c>
+    </row>
+    <row r="8" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B8" t="s">
+        <v>703</v>
+      </c>
+      <c r="C8" t="s">
+        <v>401</v>
+      </c>
+      <c r="D8" t="s">
+        <v>704</v>
+      </c>
+    </row>
+    <row r="9" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B9" t="s">
+        <v>705</v>
+      </c>
+      <c r="C9" t="s">
+        <v>406</v>
+      </c>
+      <c r="D9" t="s">
+        <v>706</v>
+      </c>
+    </row>
+    <row r="10" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B10" t="s">
+        <v>707</v>
+      </c>
+      <c r="C10" t="s">
+        <v>409</v>
+      </c>
+      <c r="D10" t="s">
+        <v>708</v>
+      </c>
+    </row>
+    <row r="11" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B11" t="s">
+        <v>709</v>
+      </c>
+      <c r="C11" t="s">
+        <v>412</v>
+      </c>
+      <c r="D11" t="s">
+        <v>710</v>
+      </c>
+    </row>
+    <row r="12" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B12" t="s">
+        <v>711</v>
+      </c>
+      <c r="C12" t="s">
+        <v>415</v>
+      </c>
+      <c r="D12" t="s">
+        <v>712</v>
+      </c>
+    </row>
+    <row r="13" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B13" t="s">
+        <v>713</v>
+      </c>
+      <c r="C13" t="s">
+        <v>418</v>
+      </c>
+      <c r="D13" t="s">
+        <v>714</v>
+      </c>
+    </row>
+    <row r="14" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B14" t="s">
+        <v>715</v>
+      </c>
+      <c r="C14" t="s">
+        <v>421</v>
+      </c>
+      <c r="D14" t="s">
+        <v>716</v>
+      </c>
+    </row>
+    <row r="15" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B15" t="s">
+        <v>717</v>
+      </c>
+      <c r="C15" t="s">
+        <v>426</v>
+      </c>
+      <c r="D15" t="s">
+        <v>718</v>
+      </c>
+    </row>
+    <row r="16" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B16" t="s">
+        <v>719</v>
+      </c>
+      <c r="C16" t="s">
+        <v>429</v>
+      </c>
+      <c r="D16" t="s">
+        <v>720</v>
+      </c>
+    </row>
+    <row r="17" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B17" t="s">
+        <v>721</v>
+      </c>
+      <c r="C17" t="s">
+        <v>432</v>
+      </c>
+      <c r="D17" t="s">
+        <v>722</v>
+      </c>
+    </row>
+    <row r="18" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B18" t="s">
+        <v>723</v>
+      </c>
+      <c r="C18" t="s">
+        <v>435</v>
+      </c>
+      <c r="D18" t="s">
+        <v>724</v>
+      </c>
+    </row>
+    <row r="19" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B19" t="s">
+        <v>725</v>
+      </c>
+      <c r="C19" t="s">
+        <v>438</v>
+      </c>
+      <c r="D19" t="s">
+        <v>726</v>
+      </c>
+    </row>
+    <row r="20" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B20" t="s">
+        <v>727</v>
+      </c>
+      <c r="C20" t="s">
+        <v>378</v>
+      </c>
+      <c r="D20" t="s">
+        <v>728</v>
+      </c>
+    </row>
+    <row r="21" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B21" t="s">
+        <v>729</v>
+      </c>
+      <c r="C21" t="s">
+        <v>601</v>
+      </c>
+      <c r="D21" t="s">
+        <v>730</v>
+      </c>
+    </row>
+  </sheetData>
+  <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0C00-000000000000}">
+  <dimension ref="A1:D42"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="4" width="50.7265625" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A1" s="1" t="s">
+        <v>131</v>
+      </c>
+      <c r="B1" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" s="1" t="s">
+        <v>132</v>
+      </c>
+      <c r="D1" s="1" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="2" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A2" t="s">
+        <v>33</v>
+      </c>
+      <c r="B2" t="s">
+        <v>34</v>
+      </c>
+      <c r="D2" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="3" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A3" t="s">
+        <v>731</v>
+      </c>
+      <c r="B3" t="s">
+        <v>136</v>
+      </c>
+      <c r="D3" t="s">
+        <v>732</v>
+      </c>
+    </row>
+    <row r="4" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B4" t="s">
+        <v>466</v>
+      </c>
+      <c r="D4" t="s">
+        <v>733</v>
+      </c>
+    </row>
+    <row r="5" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B5" t="s">
+        <v>140</v>
+      </c>
+      <c r="D5" t="s">
+        <v>734</v>
+      </c>
+    </row>
+    <row r="6" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B6" t="s">
+        <v>142</v>
+      </c>
+      <c r="D6" t="s">
+        <v>735</v>
+      </c>
+    </row>
+    <row r="7" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B7" t="s">
+        <v>736</v>
+      </c>
+      <c r="D7" t="s">
+        <v>737</v>
+      </c>
+    </row>
+    <row r="8" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B8" t="s">
+        <v>738</v>
+      </c>
+      <c r="C8" t="s">
+        <v>393</v>
+      </c>
+      <c r="D8" t="s">
+        <v>739</v>
+      </c>
+    </row>
+    <row r="9" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B9" t="s">
+        <v>740</v>
+      </c>
+      <c r="C9" t="s">
+        <v>398</v>
+      </c>
+      <c r="D9" t="s">
+        <v>741</v>
+      </c>
+    </row>
+    <row r="10" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B10" t="s">
+        <v>742</v>
+      </c>
+      <c r="C10" t="s">
+        <v>401</v>
+      </c>
+      <c r="D10" t="s">
+        <v>743</v>
+      </c>
+    </row>
+    <row r="11" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B11" t="s">
+        <v>744</v>
+      </c>
+      <c r="D11" t="s">
+        <v>745</v>
+      </c>
+    </row>
+    <row r="12" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B12" t="s">
+        <v>746</v>
+      </c>
+      <c r="C12" t="s">
+        <v>406</v>
+      </c>
+      <c r="D12" t="s">
+        <v>747</v>
+      </c>
+    </row>
+    <row r="13" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B13" t="s">
+        <v>748</v>
+      </c>
+      <c r="C13" t="s">
+        <v>409</v>
+      </c>
+      <c r="D13" t="s">
+        <v>749</v>
+      </c>
+    </row>
+    <row r="14" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B14" t="s">
+        <v>750</v>
+      </c>
+      <c r="C14" t="s">
+        <v>412</v>
+      </c>
+      <c r="D14" t="s">
+        <v>751</v>
+      </c>
+    </row>
+    <row r="15" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B15" t="s">
+        <v>752</v>
+      </c>
+      <c r="C15" t="s">
+        <v>415</v>
+      </c>
+      <c r="D15" t="s">
+        <v>753</v>
+      </c>
+    </row>
+    <row r="16" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B16" t="s">
+        <v>754</v>
+      </c>
+      <c r="D16" t="s">
+        <v>755</v>
+      </c>
+    </row>
+    <row r="17" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B17" t="s">
+        <v>756</v>
+      </c>
+      <c r="C17" t="s">
+        <v>418</v>
+      </c>
+      <c r="D17" t="s">
+        <v>757</v>
+      </c>
+    </row>
+    <row r="18" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B18" t="s">
+        <v>758</v>
+      </c>
+      <c r="C18" t="s">
+        <v>421</v>
+      </c>
+      <c r="D18" t="s">
+        <v>759</v>
+      </c>
+    </row>
+    <row r="19" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B19" t="s">
+        <v>760</v>
+      </c>
+      <c r="C19" t="s">
+        <v>426</v>
+      </c>
+      <c r="D19" t="s">
+        <v>761</v>
+      </c>
+    </row>
+    <row r="20" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B20" t="s">
+        <v>762</v>
+      </c>
+      <c r="C20" t="s">
+        <v>429</v>
+      </c>
+      <c r="D20" t="s">
+        <v>763</v>
+      </c>
+    </row>
+    <row r="21" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B21" t="s">
+        <v>764</v>
+      </c>
+      <c r="C21" t="s">
+        <v>432</v>
+      </c>
+      <c r="D21" t="s">
+        <v>765</v>
+      </c>
+    </row>
+    <row r="22" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B22" t="s">
+        <v>766</v>
+      </c>
+      <c r="C22" t="s">
+        <v>435</v>
+      </c>
+      <c r="D22" t="s">
+        <v>767</v>
+      </c>
+    </row>
+    <row r="23" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B23" t="s">
+        <v>768</v>
+      </c>
+      <c r="D23" t="s">
+        <v>769</v>
+      </c>
+    </row>
+    <row r="24" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B24" t="s">
+        <v>770</v>
+      </c>
+      <c r="C24" t="s">
+        <v>438</v>
+      </c>
+      <c r="D24" t="s">
+        <v>771</v>
+      </c>
+    </row>
+    <row r="25" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B25" t="s">
+        <v>772</v>
+      </c>
+      <c r="C25" t="s">
+        <v>441</v>
+      </c>
+      <c r="D25" t="s">
+        <v>773</v>
+      </c>
+    </row>
+    <row r="26" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B26" t="s">
+        <v>774</v>
+      </c>
+      <c r="C26" t="s">
+        <v>444</v>
+      </c>
+      <c r="D26" t="s">
+        <v>775</v>
+      </c>
+    </row>
+    <row r="27" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B27" t="s">
+        <v>776</v>
+      </c>
+      <c r="C27" t="s">
+        <v>447</v>
+      </c>
+      <c r="D27" t="s">
+        <v>777</v>
+      </c>
+    </row>
+    <row r="28" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B28" t="s">
+        <v>778</v>
+      </c>
+      <c r="D28" t="s">
+        <v>779</v>
+      </c>
+    </row>
+    <row r="29" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B29" t="s">
+        <v>780</v>
+      </c>
+      <c r="C29" t="s">
+        <v>450</v>
+      </c>
+      <c r="D29" t="s">
+        <v>781</v>
+      </c>
+    </row>
+    <row r="30" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B30" t="s">
+        <v>782</v>
+      </c>
+      <c r="C30" t="s">
+        <v>453</v>
+      </c>
+      <c r="D30" t="s">
+        <v>783</v>
+      </c>
+    </row>
+    <row r="31" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B31" t="s">
+        <v>784</v>
+      </c>
+      <c r="C31" t="s">
+        <v>456</v>
+      </c>
+      <c r="D31" t="s">
+        <v>785</v>
+      </c>
+    </row>
+    <row r="32" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B32" t="s">
+        <v>786</v>
+      </c>
+      <c r="D32" t="s">
+        <v>787</v>
+      </c>
+    </row>
+    <row r="33" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B33" t="s">
+        <v>788</v>
+      </c>
+      <c r="C33" t="s">
+        <v>459</v>
+      </c>
+      <c r="D33" t="s">
+        <v>789</v>
+      </c>
+    </row>
+    <row r="34" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B34" t="s">
+        <v>790</v>
+      </c>
+      <c r="C34" t="s">
+        <v>462</v>
+      </c>
+      <c r="D34" t="s">
+        <v>791</v>
+      </c>
+    </row>
+    <row r="35" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B35" t="s">
+        <v>792</v>
+      </c>
+      <c r="C35" t="s">
+        <v>489</v>
+      </c>
+      <c r="D35" t="s">
+        <v>793</v>
+      </c>
+    </row>
+    <row r="36" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B36" t="s">
+        <v>794</v>
+      </c>
+      <c r="C36" t="s">
+        <v>491</v>
+      </c>
+      <c r="D36" t="s">
+        <v>795</v>
+      </c>
+    </row>
+    <row r="37" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B37" t="s">
+        <v>796</v>
+      </c>
+      <c r="C37" t="s">
+        <v>492</v>
+      </c>
+      <c r="D37" t="s">
+        <v>797</v>
+      </c>
+    </row>
+    <row r="38" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B38" t="s">
+        <v>798</v>
+      </c>
+      <c r="C38" t="s">
+        <v>493</v>
+      </c>
+      <c r="D38" t="s">
+        <v>799</v>
+      </c>
+    </row>
+    <row r="39" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B39" t="s">
+        <v>800</v>
+      </c>
+      <c r="C39" t="s">
+        <v>494</v>
+      </c>
+      <c r="D39" t="s">
+        <v>801</v>
+      </c>
+    </row>
+    <row r="40" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B40" t="s">
+        <v>802</v>
+      </c>
+      <c r="C40" t="s">
+        <v>803</v>
+      </c>
+      <c r="D40" t="s">
+        <v>804</v>
+      </c>
+    </row>
+    <row r="41" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B41" t="s">
+        <v>380</v>
+      </c>
+      <c r="D41" t="s">
+        <v>805</v>
+      </c>
+    </row>
+    <row r="42" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B42" t="s">
+        <v>380</v>
+      </c>
+      <c r="D42" t="s">
+        <v>806</v>
+      </c>
+    </row>
+  </sheetData>
+  <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0D00-000000000000}">
+  <dimension ref="A1:D41"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="4" width="50.7265625" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A1" s="1" t="s">
+        <v>131</v>
+      </c>
+      <c r="B1" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" s="1" t="s">
+        <v>132</v>
+      </c>
+      <c r="D1" s="1" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="2" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A2" t="s">
+        <v>36</v>
+      </c>
+      <c r="B2" t="s">
+        <v>37</v>
+      </c>
+      <c r="D2" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="3" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A3" t="s">
+        <v>807</v>
+      </c>
+      <c r="B3" t="s">
+        <v>136</v>
+      </c>
+      <c r="D3" t="s">
+        <v>808</v>
+      </c>
+    </row>
+    <row r="4" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B4" t="s">
+        <v>136</v>
+      </c>
+      <c r="D4" t="s">
+        <v>809</v>
+      </c>
+    </row>
+    <row r="5" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B5" t="s">
+        <v>810</v>
+      </c>
+      <c r="D5" t="s">
+        <v>811</v>
+      </c>
+    </row>
+    <row r="6" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B6" t="s">
+        <v>810</v>
+      </c>
+      <c r="D6" t="s">
+        <v>812</v>
+      </c>
+    </row>
+    <row r="7" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B7" t="s">
+        <v>142</v>
+      </c>
+      <c r="D7" t="s">
+        <v>813</v>
+      </c>
+    </row>
+    <row r="8" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B8" t="s">
+        <v>142</v>
+      </c>
+      <c r="D8" t="s">
+        <v>814</v>
+      </c>
+    </row>
+    <row r="9" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B9" t="s">
+        <v>140</v>
+      </c>
+      <c r="D9" t="s">
+        <v>815</v>
+      </c>
+    </row>
+    <row r="10" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B10" t="s">
+        <v>140</v>
+      </c>
+      <c r="D10" t="s">
+        <v>816</v>
+      </c>
+    </row>
+    <row r="11" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B11" t="s">
+        <v>699</v>
+      </c>
+      <c r="C11" t="s">
+        <v>393</v>
+      </c>
+      <c r="D11" t="s">
+        <v>817</v>
+      </c>
+    </row>
+    <row r="12" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B12" t="s">
+        <v>818</v>
+      </c>
+      <c r="C12" t="s">
+        <v>398</v>
+      </c>
+      <c r="D12" t="s">
+        <v>819</v>
+      </c>
+    </row>
+    <row r="13" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B13" t="s">
+        <v>691</v>
+      </c>
+      <c r="C13" t="s">
+        <v>401</v>
+      </c>
+      <c r="D13" t="s">
+        <v>820</v>
+      </c>
+    </row>
+    <row r="14" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B14" t="s">
+        <v>821</v>
+      </c>
+      <c r="C14" t="s">
+        <v>406</v>
+      </c>
+      <c r="D14" t="s">
+        <v>822</v>
+      </c>
+    </row>
+    <row r="15" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B15" t="s">
+        <v>823</v>
+      </c>
+      <c r="C15" t="s">
+        <v>409</v>
+      </c>
+      <c r="D15" t="s">
+        <v>824</v>
+      </c>
+    </row>
+    <row r="16" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B16" t="s">
+        <v>825</v>
+      </c>
+      <c r="C16" t="s">
+        <v>412</v>
+      </c>
+      <c r="D16" t="s">
+        <v>826</v>
+      </c>
+    </row>
+    <row r="17" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B17" t="s">
+        <v>827</v>
+      </c>
+      <c r="C17" t="s">
+        <v>415</v>
+      </c>
+      <c r="D17" t="s">
+        <v>828</v>
+      </c>
+    </row>
+    <row r="18" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B18" t="s">
+        <v>485</v>
+      </c>
+      <c r="C18" t="s">
+        <v>418</v>
+      </c>
+      <c r="D18" t="s">
+        <v>829</v>
+      </c>
+    </row>
+    <row r="19" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B19" t="s">
+        <v>830</v>
+      </c>
+      <c r="C19" t="s">
+        <v>421</v>
+      </c>
+      <c r="D19" t="s">
+        <v>831</v>
+      </c>
+    </row>
+    <row r="20" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B20" t="s">
+        <v>832</v>
+      </c>
+      <c r="C20" t="s">
+        <v>426</v>
+      </c>
+      <c r="D20" t="s">
+        <v>833</v>
+      </c>
+    </row>
+    <row r="21" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B21" t="s">
+        <v>834</v>
+      </c>
+      <c r="C21" t="s">
+        <v>429</v>
+      </c>
+      <c r="D21" t="s">
+        <v>835</v>
+      </c>
+    </row>
+    <row r="22" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B22" t="s">
+        <v>836</v>
+      </c>
+      <c r="C22" t="s">
+        <v>432</v>
+      </c>
+      <c r="D22" t="s">
+        <v>837</v>
+      </c>
+    </row>
+    <row r="23" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B23" t="s">
+        <v>838</v>
+      </c>
+      <c r="C23" t="s">
+        <v>435</v>
+      </c>
+      <c r="D23" t="s">
+        <v>839</v>
+      </c>
+    </row>
+    <row r="24" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B24" t="s">
+        <v>840</v>
+      </c>
+      <c r="D24" t="s">
+        <v>841</v>
+      </c>
+    </row>
+    <row r="25" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B25" t="s">
+        <v>380</v>
+      </c>
+      <c r="D25" t="s">
+        <v>842</v>
+      </c>
+    </row>
+    <row r="26" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B26" t="s">
+        <v>699</v>
+      </c>
+      <c r="C26" t="s">
+        <v>393</v>
+      </c>
+      <c r="D26" t="s">
+        <v>843</v>
+      </c>
+    </row>
+    <row r="27" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B27" t="s">
+        <v>691</v>
+      </c>
+      <c r="C27" t="s">
+        <v>401</v>
+      </c>
+      <c r="D27" t="s">
+        <v>844</v>
+      </c>
+    </row>
+    <row r="28" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B28" t="s">
+        <v>821</v>
+      </c>
+      <c r="C28" t="s">
+        <v>406</v>
+      </c>
+      <c r="D28" t="s">
+        <v>845</v>
+      </c>
+    </row>
+    <row r="29" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B29" t="s">
+        <v>823</v>
+      </c>
+      <c r="C29" t="s">
+        <v>409</v>
+      </c>
+      <c r="D29" t="s">
+        <v>846</v>
+      </c>
+    </row>
+    <row r="30" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B30" t="s">
+        <v>825</v>
+      </c>
+      <c r="C30" t="s">
+        <v>412</v>
+      </c>
+      <c r="D30" t="s">
+        <v>847</v>
+      </c>
+    </row>
+    <row r="31" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B31" t="s">
+        <v>827</v>
+      </c>
+      <c r="C31" t="s">
+        <v>415</v>
+      </c>
+      <c r="D31" t="s">
+        <v>848</v>
+      </c>
+    </row>
+    <row r="32" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B32" t="s">
+        <v>485</v>
+      </c>
+      <c r="C32" t="s">
+        <v>418</v>
+      </c>
+      <c r="D32" t="s">
+        <v>849</v>
+      </c>
+    </row>
+    <row r="33" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B33" t="s">
+        <v>830</v>
+      </c>
+      <c r="C33" t="s">
+        <v>421</v>
+      </c>
+      <c r="D33" t="s">
+        <v>850</v>
+      </c>
+    </row>
+    <row r="34" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B34" t="s">
+        <v>832</v>
+      </c>
+      <c r="C34" t="s">
+        <v>426</v>
+      </c>
+      <c r="D34" t="s">
+        <v>851</v>
+      </c>
+    </row>
+    <row r="35" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B35" t="s">
+        <v>834</v>
+      </c>
+      <c r="C35" t="s">
+        <v>429</v>
+      </c>
+      <c r="D35" t="s">
+        <v>852</v>
+      </c>
+    </row>
+    <row r="36" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B36" t="s">
+        <v>836</v>
+      </c>
+      <c r="C36" t="s">
+        <v>432</v>
+      </c>
+      <c r="D36" t="s">
+        <v>853</v>
+      </c>
+    </row>
+    <row r="37" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B37" t="s">
+        <v>838</v>
+      </c>
+      <c r="C37" t="s">
+        <v>435</v>
+      </c>
+      <c r="D37" t="s">
+        <v>854</v>
+      </c>
+    </row>
+    <row r="38" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B38" t="s">
+        <v>840</v>
+      </c>
+      <c r="D38" t="s">
+        <v>855</v>
+      </c>
+    </row>
+    <row r="39" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B39" t="s">
+        <v>380</v>
+      </c>
+      <c r="D39" t="s">
+        <v>856</v>
+      </c>
+    </row>
+    <row r="40" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B40" t="s">
+        <v>380</v>
+      </c>
+      <c r="D40" t="s">
+        <v>857</v>
+      </c>
+    </row>
+    <row r="41" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B41" t="s">
+        <v>380</v>
+      </c>
+      <c r="D41" t="s">
+        <v>858</v>
+      </c>
+    </row>
+  </sheetData>
+  <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet14.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0E00-000000000000}">
+  <dimension ref="A1:D29"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="4" width="50.7265625" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A1" s="1" t="s">
+        <v>131</v>
+      </c>
+      <c r="B1" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" s="1" t="s">
+        <v>132</v>
+      </c>
+      <c r="D1" s="1" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="2" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A2" t="s">
+        <v>39</v>
+      </c>
+      <c r="B2" t="s">
+        <v>40</v>
+      </c>
+      <c r="D2" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="3" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A3" t="s">
+        <v>859</v>
+      </c>
+      <c r="B3" t="s">
+        <v>136</v>
+      </c>
+      <c r="D3" t="s">
+        <v>860</v>
+      </c>
+    </row>
+    <row r="4" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B4" t="s">
+        <v>466</v>
+      </c>
+      <c r="D4" t="s">
+        <v>861</v>
+      </c>
+    </row>
+    <row r="5" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B5" t="s">
+        <v>388</v>
+      </c>
+      <c r="D5" t="s">
+        <v>862</v>
+      </c>
+    </row>
+    <row r="6" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B6" t="s">
+        <v>140</v>
+      </c>
+      <c r="D6" t="s">
+        <v>863</v>
+      </c>
+    </row>
+    <row r="7" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B7" t="s">
+        <v>142</v>
+      </c>
+      <c r="D7" t="s">
+        <v>864</v>
+      </c>
+    </row>
+    <row r="8" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B8" t="s">
+        <v>865</v>
+      </c>
+      <c r="C8" t="s">
+        <v>149</v>
+      </c>
+      <c r="D8" t="s">
+        <v>866</v>
+      </c>
+    </row>
+    <row r="9" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B9" t="s">
+        <v>867</v>
+      </c>
+      <c r="C9" t="s">
+        <v>152</v>
+      </c>
+      <c r="D9" t="s">
+        <v>868</v>
+      </c>
+    </row>
+    <row r="10" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B10" t="s">
+        <v>869</v>
+      </c>
+      <c r="C10" t="s">
+        <v>155</v>
+      </c>
+      <c r="D10" t="s">
+        <v>870</v>
+      </c>
+    </row>
+    <row r="11" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B11" t="s">
+        <v>871</v>
+      </c>
+      <c r="C11" t="s">
+        <v>158</v>
+      </c>
+      <c r="D11" t="s">
+        <v>872</v>
+      </c>
+    </row>
+    <row r="12" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B12" t="s">
+        <v>873</v>
+      </c>
+      <c r="C12" t="s">
+        <v>161</v>
+      </c>
+      <c r="D12" t="s">
+        <v>874</v>
+      </c>
+    </row>
+    <row r="13" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B13" t="s">
+        <v>875</v>
+      </c>
+      <c r="C13" t="s">
+        <v>164</v>
+      </c>
+      <c r="D13" t="s">
+        <v>876</v>
+      </c>
+    </row>
+    <row r="14" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B14" t="s">
+        <v>877</v>
+      </c>
+      <c r="C14" t="s">
+        <v>167</v>
+      </c>
+      <c r="D14" t="s">
+        <v>878</v>
+      </c>
+    </row>
+    <row r="15" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B15" t="s">
+        <v>879</v>
+      </c>
+      <c r="C15" t="s">
+        <v>170</v>
+      </c>
+      <c r="D15" t="s">
+        <v>880</v>
+      </c>
+    </row>
+    <row r="16" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B16" t="s">
+        <v>881</v>
+      </c>
+      <c r="C16" t="s">
+        <v>173</v>
+      </c>
+      <c r="D16" t="s">
+        <v>882</v>
+      </c>
+    </row>
+    <row r="17" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B17" t="s">
+        <v>883</v>
+      </c>
+      <c r="C17" t="s">
+        <v>178</v>
+      </c>
+      <c r="D17" t="s">
+        <v>884</v>
+      </c>
+    </row>
+    <row r="18" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B18" t="s">
+        <v>885</v>
+      </c>
+      <c r="C18" t="s">
+        <v>181</v>
+      </c>
+      <c r="D18" t="s">
+        <v>886</v>
+      </c>
+    </row>
+    <row r="19" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B19" t="s">
+        <v>887</v>
+      </c>
+      <c r="C19" t="s">
+        <v>184</v>
+      </c>
+      <c r="D19" t="s">
+        <v>888</v>
+      </c>
+    </row>
+    <row r="20" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B20" t="s">
+        <v>889</v>
+      </c>
+      <c r="C20" t="s">
+        <v>187</v>
+      </c>
+      <c r="D20" t="s">
+        <v>890</v>
+      </c>
+    </row>
+    <row r="21" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B21" t="s">
+        <v>891</v>
+      </c>
+      <c r="C21" t="s">
+        <v>190</v>
+      </c>
+      <c r="D21" t="s">
+        <v>892</v>
+      </c>
+    </row>
+    <row r="22" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B22" t="s">
+        <v>893</v>
+      </c>
+      <c r="C22" t="s">
+        <v>193</v>
+      </c>
+      <c r="D22" t="s">
+        <v>894</v>
+      </c>
+    </row>
+    <row r="23" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B23" t="s">
+        <v>895</v>
+      </c>
+      <c r="C23" t="s">
+        <v>196</v>
+      </c>
+      <c r="D23" t="s">
+        <v>896</v>
+      </c>
+    </row>
+    <row r="24" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B24" t="s">
+        <v>897</v>
+      </c>
+      <c r="C24" t="s">
+        <v>199</v>
+      </c>
+      <c r="D24" t="s">
+        <v>898</v>
+      </c>
+    </row>
+    <row r="25" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B25" t="s">
+        <v>899</v>
+      </c>
+      <c r="C25" t="s">
+        <v>202</v>
+      </c>
+      <c r="D25" t="s">
+        <v>900</v>
+      </c>
+    </row>
+    <row r="26" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B26" t="s">
+        <v>901</v>
+      </c>
+      <c r="C26" t="s">
+        <v>205</v>
+      </c>
+      <c r="D26" t="s">
+        <v>902</v>
+      </c>
+    </row>
+    <row r="27" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B27" t="s">
+        <v>903</v>
+      </c>
+      <c r="C27" t="s">
+        <v>208</v>
+      </c>
+      <c r="D27" t="s">
+        <v>904</v>
+      </c>
+    </row>
+    <row r="28" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B28" t="s">
+        <v>905</v>
+      </c>
+      <c r="C28" t="s">
+        <v>378</v>
+      </c>
+      <c r="D28" t="s">
+        <v>906</v>
+      </c>
+    </row>
+    <row r="29" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B29" t="s">
+        <v>907</v>
+      </c>
+      <c r="C29" t="s">
+        <v>601</v>
+      </c>
+      <c r="D29" t="s">
+        <v>908</v>
+      </c>
+    </row>
+  </sheetData>
+  <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet15.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0F00-000000000000}">
+  <dimension ref="A1:D24"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="4" width="50.7265625" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A1" s="1" t="s">
+        <v>131</v>
+      </c>
+      <c r="B1" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" s="1" t="s">
+        <v>132</v>
+      </c>
+      <c r="D1" s="1" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="2" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A2" t="s">
+        <v>42</v>
+      </c>
+      <c r="B2" t="s">
+        <v>43</v>
+      </c>
+      <c r="D2" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="3" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A3" t="s">
+        <v>909</v>
+      </c>
+      <c r="B3" t="s">
+        <v>136</v>
+      </c>
+      <c r="D3" t="s">
+        <v>910</v>
+      </c>
+    </row>
+    <row r="4" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B4" t="s">
+        <v>911</v>
+      </c>
+      <c r="D4" t="s">
+        <v>912</v>
+      </c>
+    </row>
+    <row r="5" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B5" t="s">
+        <v>911</v>
+      </c>
+      <c r="D5" t="s">
+        <v>913</v>
+      </c>
+    </row>
+    <row r="6" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B6" t="s">
+        <v>914</v>
+      </c>
+      <c r="D6" t="s">
+        <v>915</v>
+      </c>
+    </row>
+    <row r="7" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B7" t="s">
+        <v>142</v>
+      </c>
+      <c r="D7" t="s">
+        <v>916</v>
+      </c>
+    </row>
+    <row r="8" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B8" t="s">
+        <v>466</v>
+      </c>
+      <c r="D8" t="s">
+        <v>917</v>
+      </c>
+    </row>
+    <row r="9" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B9" t="s">
+        <v>388</v>
+      </c>
+      <c r="D9" t="s">
+        <v>918</v>
+      </c>
+    </row>
+    <row r="10" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B10" t="s">
+        <v>140</v>
+      </c>
+      <c r="D10" t="s">
+        <v>919</v>
+      </c>
+    </row>
+    <row r="11" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B11" t="s">
+        <v>142</v>
+      </c>
+      <c r="D11" t="s">
+        <v>920</v>
+      </c>
+    </row>
+    <row r="12" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B12" t="s">
+        <v>144</v>
+      </c>
+      <c r="D12" t="s">
+        <v>921</v>
+      </c>
+    </row>
+    <row r="13" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B13" t="s">
+        <v>467</v>
+      </c>
+      <c r="D13" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="14" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B14" t="s">
+        <v>144</v>
+      </c>
+      <c r="D14" t="s">
+        <v>923</v>
+      </c>
+    </row>
+    <row r="15" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B15" t="s">
+        <v>924</v>
+      </c>
+      <c r="D15" t="s">
+        <v>925</v>
+      </c>
+    </row>
+    <row r="16" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B16" t="s">
+        <v>926</v>
+      </c>
+      <c r="C16" t="s">
+        <v>149</v>
+      </c>
+      <c r="D16" t="s">
+        <v>927</v>
+      </c>
+    </row>
+    <row r="17" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B17" t="s">
+        <v>928</v>
+      </c>
+      <c r="C17" t="s">
+        <v>152</v>
+      </c>
+      <c r="D17" t="s">
+        <v>929</v>
+      </c>
+    </row>
+    <row r="18" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B18" t="s">
+        <v>930</v>
+      </c>
+      <c r="C18" t="s">
+        <v>155</v>
+      </c>
+      <c r="D18" t="s">
+        <v>931</v>
+      </c>
+    </row>
+    <row r="19" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B19" t="s">
+        <v>932</v>
+      </c>
+      <c r="C19" t="s">
+        <v>158</v>
+      </c>
+      <c r="D19" t="s">
+        <v>933</v>
+      </c>
+    </row>
+    <row r="20" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B20" t="s">
+        <v>934</v>
+      </c>
+      <c r="C20" t="s">
+        <v>161</v>
+      </c>
+      <c r="D20" t="s">
+        <v>935</v>
+      </c>
+    </row>
+    <row r="21" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B21" t="s">
+        <v>936</v>
+      </c>
+      <c r="C21" t="s">
+        <v>164</v>
+      </c>
+      <c r="D21" t="s">
+        <v>937</v>
+      </c>
+    </row>
+    <row r="22" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B22" t="s">
+        <v>938</v>
+      </c>
+      <c r="C22" t="s">
+        <v>167</v>
+      </c>
+      <c r="D22" t="s">
+        <v>939</v>
+      </c>
+    </row>
+    <row r="23" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B23" t="s">
+        <v>940</v>
+      </c>
+      <c r="C23" t="s">
+        <v>170</v>
+      </c>
+      <c r="D23" t="s">
+        <v>941</v>
+      </c>
+    </row>
+    <row r="24" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B24" t="s">
+        <v>942</v>
+      </c>
+      <c r="C24" t="s">
+        <v>173</v>
+      </c>
+      <c r="D24" t="s">
+        <v>943</v>
+      </c>
+    </row>
+  </sheetData>
+  <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet16.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1000-000000000000}">
+  <dimension ref="A1:D23"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="4" width="50.7265625" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A1" s="1" t="s">
+        <v>131</v>
+      </c>
+      <c r="B1" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" s="1" t="s">
+        <v>132</v>
+      </c>
+      <c r="D1" s="1" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="2" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A2" t="s">
+        <v>45</v>
+      </c>
+      <c r="B2" t="s">
+        <v>46</v>
+      </c>
+      <c r="D2" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="3" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B3" t="s">
+        <v>136</v>
+      </c>
+      <c r="D3" t="s">
+        <v>944</v>
+      </c>
+    </row>
+    <row r="4" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B4" t="s">
+        <v>945</v>
+      </c>
+      <c r="D4" t="s">
+        <v>946</v>
+      </c>
+    </row>
+    <row r="5" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B5" t="s">
+        <v>945</v>
+      </c>
+      <c r="D5" t="s">
+        <v>947</v>
+      </c>
+    </row>
+    <row r="6" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B6" t="s">
+        <v>945</v>
+      </c>
+      <c r="D6" t="s">
+        <v>948</v>
+      </c>
+    </row>
+    <row r="7" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B7" t="s">
+        <v>914</v>
+      </c>
+      <c r="D7" t="s">
+        <v>949</v>
+      </c>
+    </row>
+    <row r="8" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B8" t="s">
+        <v>466</v>
+      </c>
+      <c r="D8" t="s">
+        <v>950</v>
+      </c>
+    </row>
+    <row r="9" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B9" t="s">
+        <v>142</v>
+      </c>
+      <c r="D9" t="s">
+        <v>951</v>
+      </c>
+    </row>
+    <row r="10" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B10" t="s">
+        <v>388</v>
+      </c>
+      <c r="D10" t="s">
+        <v>952</v>
+      </c>
+    </row>
+    <row r="11" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B11" t="s">
+        <v>140</v>
+      </c>
+      <c r="D11" t="s">
+        <v>953</v>
+      </c>
+    </row>
+    <row r="12" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B12" t="s">
+        <v>142</v>
+      </c>
+      <c r="D12" t="s">
+        <v>954</v>
+      </c>
+    </row>
+    <row r="13" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B13" t="s">
+        <v>144</v>
+      </c>
+      <c r="D13" t="s">
+        <v>955</v>
+      </c>
+    </row>
+    <row r="14" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B14" t="s">
+        <v>144</v>
+      </c>
+      <c r="D14" t="s">
+        <v>956</v>
+      </c>
+    </row>
+    <row r="15" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B15" t="s">
+        <v>142</v>
+      </c>
+      <c r="D15" t="s">
+        <v>957</v>
+      </c>
+    </row>
+    <row r="16" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B16" t="s">
+        <v>699</v>
+      </c>
+      <c r="D16" t="s">
+        <v>958</v>
+      </c>
+    </row>
+    <row r="17" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B17" t="s">
+        <v>691</v>
+      </c>
+      <c r="C17" t="s">
+        <v>149</v>
+      </c>
+      <c r="D17" t="s">
+        <v>959</v>
+      </c>
+    </row>
+    <row r="18" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B18" t="s">
+        <v>821</v>
+      </c>
+      <c r="C18" t="s">
+        <v>152</v>
+      </c>
+      <c r="D18" t="s">
+        <v>960</v>
+      </c>
+    </row>
+    <row r="19" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B19" t="s">
+        <v>686</v>
+      </c>
+      <c r="C19" t="s">
+        <v>155</v>
+      </c>
+      <c r="D19" t="s">
+        <v>961</v>
+      </c>
+    </row>
+    <row r="20" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B20" t="s">
+        <v>485</v>
+      </c>
+      <c r="C20" t="s">
+        <v>158</v>
+      </c>
+      <c r="D20" t="s">
+        <v>962</v>
+      </c>
+    </row>
+    <row r="21" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B21" t="s">
+        <v>963</v>
+      </c>
+      <c r="C21" t="s">
+        <v>161</v>
+      </c>
+      <c r="D21" t="s">
+        <v>964</v>
+      </c>
+    </row>
+    <row r="22" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B22" t="s">
+        <v>823</v>
+      </c>
+      <c r="C22" t="s">
+        <v>164</v>
+      </c>
+      <c r="D22" t="s">
+        <v>965</v>
+      </c>
+    </row>
+    <row r="23" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B23" t="s">
+        <v>966</v>
+      </c>
+      <c r="C23" t="s">
+        <v>167</v>
+      </c>
+      <c r="D23" t="s">
+        <v>967</v>
+      </c>
+    </row>
+  </sheetData>
+  <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet17.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1100-000000000000}">
+  <dimension ref="A1:D35"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="4" width="50.7265625" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A1" s="1" t="s">
+        <v>131</v>
+      </c>
+      <c r="B1" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" s="1" t="s">
+        <v>132</v>
+      </c>
+      <c r="D1" s="1" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="2" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A2" t="s">
+        <v>48</v>
+      </c>
+      <c r="B2" t="s">
+        <v>49</v>
+      </c>
+      <c r="D2" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="3" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A3" t="s">
+        <v>968</v>
+      </c>
+      <c r="B3" t="s">
+        <v>136</v>
+      </c>
+      <c r="D3" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="4" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B4" t="s">
+        <v>466</v>
+      </c>
+      <c r="D4" t="s">
+        <v>970</v>
+      </c>
+    </row>
+    <row r="5" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B5" t="s">
+        <v>140</v>
+      </c>
+      <c r="D5" t="s">
+        <v>971</v>
+      </c>
+    </row>
+    <row r="6" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B6" t="s">
+        <v>142</v>
+      </c>
+      <c r="D6" t="s">
+        <v>972</v>
+      </c>
+    </row>
+    <row r="7" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B7" t="s">
+        <v>144</v>
+      </c>
+      <c r="D7" t="s">
+        <v>973</v>
+      </c>
+    </row>
+    <row r="8" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B8" t="s">
+        <v>974</v>
+      </c>
+      <c r="D8" t="s">
+        <v>975</v>
+      </c>
+    </row>
+    <row r="9" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B9" t="s">
+        <v>976</v>
+      </c>
+      <c r="D9" t="s">
+        <v>977</v>
+      </c>
+    </row>
+    <row r="10" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B10" t="s">
+        <v>978</v>
+      </c>
+      <c r="D10" t="s">
+        <v>979</v>
+      </c>
+    </row>
+    <row r="11" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B11" t="s">
+        <v>980</v>
+      </c>
+      <c r="C11" t="s">
+        <v>393</v>
+      </c>
+      <c r="D11" t="s">
+        <v>981</v>
+      </c>
+    </row>
+    <row r="12" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B12" t="s">
+        <v>982</v>
+      </c>
+      <c r="C12" t="s">
+        <v>398</v>
+      </c>
+      <c r="D12" t="s">
+        <v>983</v>
+      </c>
+    </row>
+    <row r="13" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B13" t="s">
+        <v>984</v>
+      </c>
+      <c r="D13" t="s">
+        <v>985</v>
+      </c>
+    </row>
+    <row r="14" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B14" t="s">
+        <v>986</v>
+      </c>
+      <c r="C14" t="s">
+        <v>401</v>
+      </c>
+      <c r="D14" t="s">
+        <v>987</v>
+      </c>
+    </row>
+    <row r="15" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B15" t="s">
+        <v>408</v>
+      </c>
+      <c r="C15" t="s">
+        <v>406</v>
+      </c>
+      <c r="D15" t="s">
+        <v>988</v>
+      </c>
+    </row>
+    <row r="16" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B16" t="s">
+        <v>989</v>
+      </c>
+      <c r="C16" t="s">
+        <v>409</v>
+      </c>
+      <c r="D16" t="s">
+        <v>990</v>
+      </c>
+    </row>
+    <row r="17" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B17" t="s">
+        <v>991</v>
+      </c>
+      <c r="C17" t="s">
+        <v>412</v>
+      </c>
+      <c r="D17" t="s">
+        <v>992</v>
+      </c>
+    </row>
+    <row r="18" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B18" t="s">
+        <v>420</v>
+      </c>
+      <c r="C18" t="s">
+        <v>415</v>
+      </c>
+      <c r="D18" t="s">
+        <v>993</v>
+      </c>
+    </row>
+    <row r="19" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B19" t="s">
+        <v>994</v>
+      </c>
+      <c r="C19" t="s">
+        <v>418</v>
+      </c>
+      <c r="D19" t="s">
+        <v>995</v>
+      </c>
+    </row>
+    <row r="20" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B20" t="s">
+        <v>996</v>
+      </c>
+      <c r="D20" t="s">
+        <v>997</v>
+      </c>
+    </row>
+    <row r="21" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B21" t="s">
+        <v>425</v>
+      </c>
+      <c r="C21" t="s">
+        <v>421</v>
+      </c>
+      <c r="D21" t="s">
+        <v>998</v>
+      </c>
+    </row>
+    <row r="22" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B22" t="s">
+        <v>999</v>
+      </c>
+      <c r="C22" t="s">
+        <v>426</v>
+      </c>
+      <c r="D22" t="s">
+        <v>1000</v>
+      </c>
+    </row>
+    <row r="23" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B23" t="s">
+        <v>446</v>
+      </c>
+      <c r="C23" t="s">
+        <v>429</v>
+      </c>
+      <c r="D23" t="s">
+        <v>1001</v>
+      </c>
+    </row>
+    <row r="24" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B24" t="s">
+        <v>449</v>
+      </c>
+      <c r="C24" t="s">
+        <v>432</v>
+      </c>
+      <c r="D24" t="s">
+        <v>1002</v>
+      </c>
+    </row>
+    <row r="25" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B25" t="s">
+        <v>431</v>
+      </c>
+      <c r="C25" t="s">
+        <v>435</v>
+      </c>
+      <c r="D25" t="s">
+        <v>1003</v>
+      </c>
+    </row>
+    <row r="26" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B26" t="s">
+        <v>1004</v>
+      </c>
+      <c r="C26" t="s">
+        <v>438</v>
+      </c>
+      <c r="D26" t="s">
+        <v>1005</v>
+      </c>
+    </row>
+    <row r="27" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B27" t="s">
+        <v>1006</v>
+      </c>
+      <c r="C27" t="s">
+        <v>441</v>
+      </c>
+      <c r="D27" t="s">
+        <v>1007</v>
+      </c>
+    </row>
+    <row r="28" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B28" t="s">
+        <v>1008</v>
+      </c>
+      <c r="C28" t="s">
+        <v>444</v>
+      </c>
+      <c r="D28" t="s">
+        <v>1009</v>
+      </c>
+    </row>
+    <row r="29" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B29" t="s">
+        <v>452</v>
+      </c>
+      <c r="C29" t="s">
+        <v>447</v>
+      </c>
+      <c r="D29" t="s">
+        <v>1010</v>
+      </c>
+    </row>
+    <row r="30" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B30" t="s">
+        <v>455</v>
+      </c>
+      <c r="C30" t="s">
+        <v>450</v>
+      </c>
+      <c r="D30" t="s">
+        <v>1011</v>
+      </c>
+    </row>
+    <row r="31" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B31" t="s">
+        <v>458</v>
+      </c>
+      <c r="C31" t="s">
+        <v>453</v>
+      </c>
+      <c r="D31" t="s">
+        <v>1012</v>
+      </c>
+    </row>
+    <row r="32" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B32" t="s">
+        <v>1013</v>
+      </c>
+      <c r="C32" t="s">
+        <v>456</v>
+      </c>
+      <c r="D32" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="33" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B33" t="s">
+        <v>1015</v>
+      </c>
+      <c r="C33" t="s">
+        <v>459</v>
+      </c>
+      <c r="D33" t="s">
+        <v>1016</v>
+      </c>
+    </row>
+    <row r="34" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B34" t="s">
+        <v>1017</v>
+      </c>
+      <c r="C34" t="s">
+        <v>378</v>
+      </c>
+      <c r="D34" t="s">
+        <v>1018</v>
+      </c>
+    </row>
+    <row r="35" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B35" t="s">
+        <v>1019</v>
+      </c>
+      <c r="C35" t="s">
+        <v>601</v>
+      </c>
+      <c r="D35" t="s">
+        <v>1020</v>
+      </c>
+    </row>
+  </sheetData>
+  <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet18.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1200-000000000000}">
+  <dimension ref="A1:D32"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="4" width="50.7265625" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A1" s="1" t="s">
+        <v>131</v>
+      </c>
+      <c r="B1" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" s="1" t="s">
+        <v>132</v>
+      </c>
+      <c r="D1" s="1" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="2" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A2" t="s">
+        <v>51</v>
+      </c>
+      <c r="B2" t="s">
+        <v>52</v>
+      </c>
+      <c r="D2" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="3" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B3" t="s">
+        <v>136</v>
+      </c>
+      <c r="D3" t="s">
+        <v>1021</v>
+      </c>
+    </row>
+    <row r="4" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B4" t="s">
+        <v>1022</v>
+      </c>
+      <c r="D4" t="s">
+        <v>1023</v>
+      </c>
+    </row>
+    <row r="5" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B5" t="s">
+        <v>466</v>
+      </c>
+      <c r="D5" t="s">
+        <v>1024</v>
+      </c>
+    </row>
+    <row r="6" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B6" t="s">
+        <v>1025</v>
+      </c>
+      <c r="D6" t="s">
+        <v>1026</v>
+      </c>
+    </row>
+    <row r="7" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B7" t="s">
+        <v>1027</v>
+      </c>
+      <c r="D7" t="s">
+        <v>1028</v>
+      </c>
+    </row>
+    <row r="8" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B8" t="s">
+        <v>1029</v>
+      </c>
+      <c r="C8" t="s">
+        <v>393</v>
+      </c>
+      <c r="D8" t="s">
+        <v>1030</v>
+      </c>
+    </row>
+    <row r="9" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B9" t="s">
+        <v>1031</v>
+      </c>
+      <c r="C9" t="s">
+        <v>398</v>
+      </c>
+      <c r="D9" t="s">
+        <v>1032</v>
+      </c>
+    </row>
+    <row r="10" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B10" t="s">
+        <v>1033</v>
+      </c>
+      <c r="C10" t="s">
+        <v>401</v>
+      </c>
+      <c r="D10" t="s">
+        <v>1034</v>
+      </c>
+    </row>
+    <row r="11" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B11" t="s">
+        <v>1035</v>
+      </c>
+      <c r="C11" t="s">
+        <v>406</v>
+      </c>
+      <c r="D11" t="s">
+        <v>1036</v>
+      </c>
+    </row>
+    <row r="12" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B12" t="s">
+        <v>405</v>
+      </c>
+      <c r="C12" t="s">
+        <v>409</v>
+      </c>
+      <c r="D12" t="s">
+        <v>1037</v>
+      </c>
+    </row>
+    <row r="13" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B13" t="s">
+        <v>408</v>
+      </c>
+      <c r="C13" t="s">
+        <v>412</v>
+      </c>
+      <c r="D13" t="s">
+        <v>1038</v>
+      </c>
+    </row>
+    <row r="14" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B14" t="s">
+        <v>1039</v>
+      </c>
+      <c r="C14" t="s">
+        <v>415</v>
+      </c>
+      <c r="D14" t="s">
+        <v>1040</v>
+      </c>
+    </row>
+    <row r="15" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B15" t="s">
+        <v>1041</v>
+      </c>
+      <c r="C15" t="s">
+        <v>418</v>
+      </c>
+      <c r="D15" t="s">
+        <v>1042</v>
+      </c>
+    </row>
+    <row r="16" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B16" t="s">
+        <v>1043</v>
+      </c>
+      <c r="C16" t="s">
+        <v>421</v>
+      </c>
+      <c r="D16" t="s">
+        <v>1044</v>
+      </c>
+    </row>
+    <row r="17" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B17" t="s">
+        <v>1045</v>
+      </c>
+      <c r="C17" t="s">
+        <v>426</v>
+      </c>
+      <c r="D17" t="s">
+        <v>1046</v>
+      </c>
+    </row>
+    <row r="18" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B18" t="s">
+        <v>417</v>
+      </c>
+      <c r="C18" t="s">
+        <v>429</v>
+      </c>
+      <c r="D18" t="s">
+        <v>1047</v>
+      </c>
+    </row>
+    <row r="19" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B19" t="s">
+        <v>1048</v>
+      </c>
+      <c r="C19" t="s">
+        <v>432</v>
+      </c>
+      <c r="D19" t="s">
+        <v>1049</v>
+      </c>
+    </row>
+    <row r="20" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B20" t="s">
+        <v>482</v>
+      </c>
+      <c r="C20" t="s">
+        <v>435</v>
+      </c>
+      <c r="D20" t="s">
+        <v>1050</v>
+      </c>
+    </row>
+    <row r="21" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B21" t="s">
+        <v>1051</v>
+      </c>
+      <c r="C21" t="s">
+        <v>438</v>
+      </c>
+      <c r="D21" t="s">
+        <v>1052</v>
+      </c>
+    </row>
+    <row r="22" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B22" t="s">
+        <v>431</v>
+      </c>
+      <c r="C22" t="s">
+        <v>441</v>
+      </c>
+      <c r="D22" t="s">
+        <v>1053</v>
+      </c>
+    </row>
+    <row r="23" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B23" t="s">
+        <v>1054</v>
+      </c>
+      <c r="C23" t="s">
+        <v>444</v>
+      </c>
+      <c r="D23" t="s">
+        <v>1055</v>
+      </c>
+    </row>
+    <row r="24" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B24" t="s">
+        <v>1056</v>
+      </c>
+      <c r="C24" t="s">
+        <v>447</v>
+      </c>
+      <c r="D24" t="s">
+        <v>1057</v>
+      </c>
+    </row>
+    <row r="25" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B25" t="s">
+        <v>1058</v>
+      </c>
+      <c r="C25" t="s">
+        <v>450</v>
+      </c>
+      <c r="D25" t="s">
+        <v>1059</v>
+      </c>
+    </row>
+    <row r="26" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B26" t="s">
+        <v>446</v>
+      </c>
+      <c r="C26" t="s">
+        <v>453</v>
+      </c>
+      <c r="D26" t="s">
+        <v>1060</v>
+      </c>
+    </row>
+    <row r="27" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B27" t="s">
+        <v>449</v>
+      </c>
+      <c r="C27" t="s">
+        <v>456</v>
+      </c>
+      <c r="D27" t="s">
+        <v>1061</v>
+      </c>
+    </row>
+    <row r="28" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B28" t="s">
+        <v>1062</v>
+      </c>
+      <c r="C28" t="s">
+        <v>459</v>
+      </c>
+      <c r="D28" t="s">
+        <v>1063</v>
+      </c>
+    </row>
+    <row r="29" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B29" t="s">
+        <v>455</v>
+      </c>
+      <c r="C29" t="s">
+        <v>462</v>
+      </c>
+      <c r="D29" t="s">
+        <v>1064</v>
+      </c>
+    </row>
+    <row r="30" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B30" t="s">
+        <v>458</v>
+      </c>
+      <c r="C30" t="s">
+        <v>489</v>
+      </c>
+      <c r="D30" t="s">
+        <v>1065</v>
+      </c>
+    </row>
+    <row r="31" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B31" t="s">
+        <v>1013</v>
+      </c>
+      <c r="C31" t="s">
+        <v>491</v>
+      </c>
+      <c r="D31" t="s">
+        <v>1066</v>
+      </c>
+    </row>
+    <row r="32" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B32" t="s">
+        <v>1015</v>
+      </c>
+      <c r="C32" t="s">
+        <v>492</v>
+      </c>
+      <c r="D32" t="s">
+        <v>1067</v>
+      </c>
+    </row>
+  </sheetData>
+  <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet19.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1300-000000000000}">
+  <dimension ref="A1:D54"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="4" width="50.7265625" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A1" s="1" t="s">
+        <v>131</v>
+      </c>
+      <c r="B1" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" s="1" t="s">
+        <v>132</v>
+      </c>
+      <c r="D1" s="1" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="2" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A2" t="s">
+        <v>54</v>
+      </c>
+      <c r="B2" t="s">
+        <v>55</v>
+      </c>
+      <c r="D2" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="3" spans="1:4" ht="25" x14ac:dyDescent="0.25">
+      <c r="A3" t="s">
+        <v>1068</v>
+      </c>
+      <c r="B3" s="3" t="s">
+        <v>624</v>
+      </c>
+      <c r="D3" t="s">
+        <v>1070</v>
+      </c>
+    </row>
+    <row r="4" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A4" t="s">
+        <v>1069</v>
+      </c>
+      <c r="B4" t="s">
+        <v>466</v>
+      </c>
+      <c r="D4" t="s">
+        <v>1071</v>
+      </c>
+    </row>
+    <row r="5" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B5" t="s">
+        <v>1072</v>
+      </c>
+      <c r="D5" t="s">
+        <v>1073</v>
+      </c>
+    </row>
+    <row r="6" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B6" t="s">
+        <v>140</v>
+      </c>
+      <c r="D6" t="s">
+        <v>1074</v>
+      </c>
+    </row>
+    <row r="7" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B7" t="s">
+        <v>131</v>
+      </c>
+      <c r="D7" t="s">
+        <v>1075</v>
+      </c>
+    </row>
+    <row r="8" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B8" t="s">
+        <v>142</v>
+      </c>
+      <c r="D8" t="s">
+        <v>1076</v>
+      </c>
+    </row>
+    <row r="9" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B9" t="s">
+        <v>1077</v>
+      </c>
+      <c r="D9" t="s">
+        <v>1078</v>
+      </c>
+    </row>
+    <row r="10" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B10" t="s">
+        <v>699</v>
+      </c>
+      <c r="C10" t="s">
+        <v>393</v>
+      </c>
+      <c r="D10" t="s">
+        <v>1079</v>
+      </c>
+    </row>
+    <row r="11" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B11" t="s">
+        <v>1080</v>
+      </c>
+      <c r="D11" t="s">
+        <v>1081</v>
+      </c>
+    </row>
+    <row r="12" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B12" t="s">
+        <v>1082</v>
+      </c>
+      <c r="C12" t="s">
+        <v>398</v>
+      </c>
+      <c r="D12" t="s">
+        <v>1083</v>
+      </c>
+    </row>
+    <row r="13" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B13" t="s">
+        <v>1084</v>
+      </c>
+      <c r="C13" t="s">
+        <v>401</v>
+      </c>
+      <c r="D13" t="s">
+        <v>1085</v>
+      </c>
+    </row>
+    <row r="14" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B14" t="s">
+        <v>1086</v>
+      </c>
+      <c r="C14" t="s">
+        <v>406</v>
+      </c>
+      <c r="D14" t="s">
+        <v>1087</v>
+      </c>
+    </row>
+    <row r="15" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B15" t="s">
+        <v>1088</v>
+      </c>
+      <c r="C15" t="s">
+        <v>409</v>
+      </c>
+      <c r="D15" t="s">
+        <v>1089</v>
+      </c>
+    </row>
+    <row r="16" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B16" t="s">
+        <v>1090</v>
+      </c>
+      <c r="C16" t="s">
+        <v>412</v>
+      </c>
+      <c r="D16" t="s">
+        <v>1091</v>
+      </c>
+    </row>
+    <row r="17" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B17" t="s">
+        <v>1092</v>
+      </c>
+      <c r="C17" t="s">
+        <v>415</v>
+      </c>
+      <c r="D17" t="s">
+        <v>1093</v>
+      </c>
+    </row>
+    <row r="18" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B18" t="s">
+        <v>1094</v>
+      </c>
+      <c r="C18" t="s">
+        <v>418</v>
+      </c>
+      <c r="D18" t="s">
+        <v>1095</v>
+      </c>
+    </row>
+    <row r="19" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B19" t="s">
+        <v>1096</v>
+      </c>
+      <c r="C19" t="s">
+        <v>421</v>
+      </c>
+      <c r="D19" t="s">
+        <v>1097</v>
+      </c>
+    </row>
+    <row r="20" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B20" t="s">
+        <v>1098</v>
+      </c>
+      <c r="D20" t="s">
+        <v>1099</v>
+      </c>
+    </row>
+    <row r="21" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B21" t="s">
+        <v>1100</v>
+      </c>
+      <c r="C21" t="s">
+        <v>426</v>
+      </c>
+      <c r="D21" t="s">
+        <v>1101</v>
+      </c>
+    </row>
+    <row r="22" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B22" t="s">
+        <v>1102</v>
+      </c>
+      <c r="C22" t="s">
+        <v>429</v>
+      </c>
+      <c r="D22" t="s">
+        <v>1103</v>
+      </c>
+    </row>
+    <row r="23" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B23" t="s">
+        <v>1104</v>
+      </c>
+      <c r="C23" t="s">
+        <v>432</v>
+      </c>
+      <c r="D23" t="s">
+        <v>1105</v>
+      </c>
+    </row>
+    <row r="24" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B24" t="s">
+        <v>1106</v>
+      </c>
+      <c r="C24" t="s">
+        <v>435</v>
+      </c>
+      <c r="D24" t="s">
+        <v>1107</v>
+      </c>
+    </row>
+    <row r="25" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B25" t="s">
+        <v>1108</v>
+      </c>
+      <c r="C25" t="s">
+        <v>438</v>
+      </c>
+      <c r="D25" t="s">
+        <v>1109</v>
+      </c>
+    </row>
+    <row r="26" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B26" t="s">
+        <v>1110</v>
+      </c>
+      <c r="C26" t="s">
+        <v>441</v>
+      </c>
+      <c r="D26" t="s">
+        <v>1111</v>
+      </c>
+    </row>
+    <row r="27" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B27" t="s">
+        <v>1112</v>
+      </c>
+      <c r="C27" t="s">
+        <v>444</v>
+      </c>
+      <c r="D27" t="s">
+        <v>1113</v>
+      </c>
+    </row>
+    <row r="28" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B28" t="s">
+        <v>1114</v>
+      </c>
+      <c r="C28" t="s">
+        <v>447</v>
+      </c>
+      <c r="D28" t="s">
+        <v>1115</v>
+      </c>
+    </row>
+    <row r="29" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B29" t="s">
+        <v>1116</v>
+      </c>
+      <c r="C29" t="s">
+        <v>450</v>
+      </c>
+      <c r="D29" t="s">
+        <v>1117</v>
+      </c>
+    </row>
+    <row r="30" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B30" t="s">
+        <v>1118</v>
+      </c>
+      <c r="D30" t="s">
+        <v>1119</v>
+      </c>
+    </row>
+    <row r="31" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B31" t="s">
+        <v>1120</v>
+      </c>
+      <c r="C31" t="s">
+        <v>453</v>
+      </c>
+      <c r="D31" t="s">
+        <v>1121</v>
+      </c>
+    </row>
+    <row r="32" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B32" t="s">
+        <v>1122</v>
+      </c>
+      <c r="C32" t="s">
+        <v>456</v>
+      </c>
+      <c r="D32" t="s">
+        <v>1123</v>
+      </c>
+    </row>
+    <row r="33" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B33" t="s">
+        <v>1124</v>
+      </c>
+      <c r="C33" t="s">
+        <v>459</v>
+      </c>
+      <c r="D33" t="s">
+        <v>1125</v>
+      </c>
+    </row>
+    <row r="34" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B34" t="s">
+        <v>446</v>
+      </c>
+      <c r="C34" t="s">
+        <v>462</v>
+      </c>
+      <c r="D34" t="s">
+        <v>1126</v>
+      </c>
+    </row>
+    <row r="35" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B35" t="s">
+        <v>1127</v>
+      </c>
+      <c r="C35" t="s">
+        <v>489</v>
+      </c>
+      <c r="D35" t="s">
+        <v>1128</v>
+      </c>
+    </row>
+    <row r="36" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B36" t="s">
+        <v>1129</v>
+      </c>
+      <c r="C36" t="s">
+        <v>491</v>
+      </c>
+      <c r="D36" t="s">
+        <v>1130</v>
+      </c>
+    </row>
+    <row r="37" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B37" t="s">
+        <v>1131</v>
+      </c>
+      <c r="C37" t="s">
+        <v>492</v>
+      </c>
+      <c r="D37" t="s">
+        <v>1132</v>
+      </c>
+    </row>
+    <row r="38" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B38" t="s">
+        <v>1133</v>
+      </c>
+      <c r="C38" t="s">
+        <v>493</v>
+      </c>
+      <c r="D38" t="s">
+        <v>1134</v>
+      </c>
+    </row>
+    <row r="39" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B39" t="s">
+        <v>449</v>
+      </c>
+      <c r="C39" t="s">
+        <v>494</v>
+      </c>
+      <c r="D39" t="s">
+        <v>1135</v>
+      </c>
+    </row>
+    <row r="40" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B40" t="s">
+        <v>1136</v>
+      </c>
+      <c r="C40" t="s">
+        <v>803</v>
+      </c>
+      <c r="D40" t="s">
+        <v>1137</v>
+      </c>
+    </row>
+    <row r="41" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B41" t="s">
+        <v>772</v>
+      </c>
+      <c r="C41" t="s">
+        <v>1138</v>
+      </c>
+      <c r="D41" t="s">
+        <v>1139</v>
+      </c>
+    </row>
+    <row r="42" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B42" t="s">
+        <v>1140</v>
+      </c>
+      <c r="C42" t="s">
+        <v>1141</v>
+      </c>
+      <c r="D42" t="s">
+        <v>1142</v>
+      </c>
+    </row>
+    <row r="43" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B43" t="s">
+        <v>1143</v>
+      </c>
+      <c r="C43" t="s">
+        <v>1144</v>
+      </c>
+      <c r="D43" t="s">
+        <v>1145</v>
+      </c>
+    </row>
+    <row r="44" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B44" t="s">
+        <v>1146</v>
+      </c>
+      <c r="C44" t="s">
+        <v>1147</v>
+      </c>
+      <c r="D44" t="s">
+        <v>1148</v>
+      </c>
+    </row>
+    <row r="45" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B45" t="s">
+        <v>1149</v>
+      </c>
+      <c r="D45" t="s">
+        <v>1150</v>
+      </c>
+    </row>
+    <row r="46" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B46" t="s">
+        <v>1151</v>
+      </c>
+      <c r="C46" t="s">
+        <v>1152</v>
+      </c>
+      <c r="D46" t="s">
+        <v>1153</v>
+      </c>
+    </row>
+    <row r="47" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B47" t="s">
+        <v>1154</v>
+      </c>
+      <c r="C47" t="s">
+        <v>1155</v>
+      </c>
+      <c r="D47" t="s">
+        <v>1156</v>
+      </c>
+    </row>
+    <row r="48" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B48" t="s">
+        <v>1157</v>
+      </c>
+      <c r="C48" t="s">
+        <v>1158</v>
+      </c>
+      <c r="D48" t="s">
+        <v>1159</v>
+      </c>
+    </row>
+    <row r="49" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B49" t="s">
+        <v>1160</v>
+      </c>
+      <c r="C49" t="s">
+        <v>1161</v>
+      </c>
+      <c r="D49" t="s">
+        <v>1162</v>
+      </c>
+    </row>
+    <row r="50" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B50" t="s">
+        <v>1163</v>
+      </c>
+      <c r="C50" t="s">
+        <v>1164</v>
+      </c>
+      <c r="D50" t="s">
+        <v>1165</v>
+      </c>
+    </row>
+    <row r="51" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B51" t="s">
+        <v>1166</v>
+      </c>
+      <c r="D51" t="s">
+        <v>1167</v>
+      </c>
+    </row>
+    <row r="52" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B52" t="s">
+        <v>1168</v>
+      </c>
+      <c r="C52" t="s">
+        <v>1169</v>
+      </c>
+      <c r="D52" t="s">
+        <v>1170</v>
+      </c>
+    </row>
+    <row r="53" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B53" t="s">
+        <v>380</v>
+      </c>
+      <c r="D53" t="s">
+        <v>1171</v>
+      </c>
+    </row>
+    <row r="54" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B54" t="s">
+        <v>380</v>
+      </c>
+      <c r="D54" t="s">
+        <v>1172</v>
+      </c>
+    </row>
+  </sheetData>
+  <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
+  <dimension ref="A1:D32"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="4" width="50.7265625" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A1" s="1" t="s">
+        <v>131</v>
+      </c>
+      <c r="B1" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" s="1" t="s">
+        <v>132</v>
+      </c>
+      <c r="D1" s="1" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="2" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B2" t="s">
+        <v>10</v>
+      </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="3" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B3" t="s">
+        <v>136</v>
+      </c>
+      <c r="D3" t="s">
+        <v>383</v>
+      </c>
+    </row>
+    <row r="4" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B4" t="s">
+        <v>384</v>
+      </c>
+      <c r="D4" t="s">
+        <v>385</v>
+      </c>
+    </row>
+    <row r="5" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B5" t="s">
+        <v>386</v>
+      </c>
+      <c r="D5" t="s">
+        <v>387</v>
+      </c>
+    </row>
+    <row r="6" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B6" t="s">
+        <v>388</v>
+      </c>
+      <c r="D6" t="s">
+        <v>389</v>
+      </c>
+    </row>
+    <row r="7" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B7" t="s">
+        <v>390</v>
+      </c>
+      <c r="D7" t="s">
+        <v>391</v>
+      </c>
+    </row>
+    <row r="8" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B8" t="s">
+        <v>392</v>
+      </c>
+      <c r="C8" t="s">
+        <v>393</v>
+      </c>
+      <c r="D8" t="s">
+        <v>394</v>
+      </c>
+    </row>
+    <row r="9" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B9" t="s">
+        <v>395</v>
+      </c>
+      <c r="D9" t="s">
+        <v>396</v>
+      </c>
+    </row>
+    <row r="10" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B10" t="s">
+        <v>397</v>
+      </c>
+      <c r="C10" t="s">
+        <v>398</v>
+      </c>
+      <c r="D10" t="s">
+        <v>399</v>
+      </c>
+    </row>
+    <row r="11" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B11" t="s">
+        <v>400</v>
+      </c>
+      <c r="C11" t="s">
+        <v>401</v>
+      </c>
+      <c r="D11" t="s">
+        <v>402</v>
+      </c>
+    </row>
+    <row r="12" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B12" t="s">
+        <v>403</v>
+      </c>
+      <c r="D12" t="s">
+        <v>404</v>
+      </c>
+    </row>
+    <row r="13" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B13" t="s">
+        <v>405</v>
+      </c>
+      <c r="C13" t="s">
+        <v>406</v>
+      </c>
+      <c r="D13" t="s">
+        <v>407</v>
+      </c>
+    </row>
+    <row r="14" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B14" t="s">
+        <v>408</v>
+      </c>
+      <c r="C14" t="s">
+        <v>409</v>
+      </c>
+      <c r="D14" t="s">
+        <v>410</v>
+      </c>
+    </row>
+    <row r="15" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B15" t="s">
+        <v>411</v>
+      </c>
+      <c r="C15" t="s">
+        <v>412</v>
+      </c>
+      <c r="D15" t="s">
+        <v>413</v>
+      </c>
+    </row>
+    <row r="16" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B16" t="s">
+        <v>414</v>
+      </c>
+      <c r="C16" t="s">
+        <v>415</v>
+      </c>
+      <c r="D16" t="s">
+        <v>416</v>
+      </c>
+    </row>
+    <row r="17" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B17" t="s">
+        <v>417</v>
+      </c>
+      <c r="C17" t="s">
+        <v>418</v>
+      </c>
+      <c r="D17" t="s">
+        <v>419</v>
+      </c>
+    </row>
+    <row r="18" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B18" t="s">
+        <v>420</v>
+      </c>
+      <c r="C18" t="s">
+        <v>421</v>
+      </c>
+      <c r="D18" t="s">
+        <v>422</v>
+      </c>
+    </row>
+    <row r="19" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B19" t="s">
+        <v>423</v>
+      </c>
+      <c r="D19" t="s">
+        <v>424</v>
+      </c>
+    </row>
+    <row r="20" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B20" t="s">
+        <v>425</v>
+      </c>
+      <c r="C20" t="s">
+        <v>426</v>
+      </c>
+      <c r="D20" t="s">
+        <v>427</v>
+      </c>
+    </row>
+    <row r="21" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B21" t="s">
+        <v>428</v>
+      </c>
+      <c r="C21" t="s">
+        <v>429</v>
+      </c>
+      <c r="D21" t="s">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="22" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B22" t="s">
+        <v>431</v>
+      </c>
+      <c r="C22" t="s">
+        <v>432</v>
+      </c>
+      <c r="D22" t="s">
+        <v>433</v>
+      </c>
+    </row>
+    <row r="23" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B23" t="s">
+        <v>434</v>
+      </c>
+      <c r="C23" t="s">
+        <v>435</v>
+      </c>
+      <c r="D23" t="s">
+        <v>436</v>
+      </c>
+    </row>
+    <row r="24" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B24" t="s">
+        <v>437</v>
+      </c>
+      <c r="C24" t="s">
+        <v>438</v>
+      </c>
+      <c r="D24" t="s">
+        <v>439</v>
+      </c>
+    </row>
+    <row r="25" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B25" t="s">
+        <v>440</v>
+      </c>
+      <c r="C25" t="s">
+        <v>441</v>
+      </c>
+      <c r="D25" t="s">
+        <v>442</v>
+      </c>
+    </row>
+    <row r="26" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B26" t="s">
+        <v>443</v>
+      </c>
+      <c r="C26" t="s">
+        <v>444</v>
+      </c>
+      <c r="D26" t="s">
+        <v>445</v>
+      </c>
+    </row>
+    <row r="27" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B27" t="s">
+        <v>446</v>
+      </c>
+      <c r="C27" t="s">
+        <v>447</v>
+      </c>
+      <c r="D27" t="s">
+        <v>448</v>
+      </c>
+    </row>
+    <row r="28" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B28" t="s">
+        <v>449</v>
+      </c>
+      <c r="C28" t="s">
+        <v>450</v>
+      </c>
+      <c r="D28" t="s">
+        <v>451</v>
+      </c>
+    </row>
+    <row r="29" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B29" t="s">
+        <v>452</v>
+      </c>
+      <c r="C29" t="s">
+        <v>453</v>
+      </c>
+      <c r="D29" t="s">
+        <v>454</v>
+      </c>
+    </row>
+    <row r="30" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B30" t="s">
+        <v>455</v>
+      </c>
+      <c r="C30" t="s">
+        <v>456</v>
+      </c>
+      <c r="D30" t="s">
+        <v>457</v>
+      </c>
+    </row>
+    <row r="31" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B31" t="s">
+        <v>458</v>
+      </c>
+      <c r="C31" t="s">
+        <v>459</v>
+      </c>
+      <c r="D31" t="s">
+        <v>460</v>
+      </c>
+    </row>
+    <row r="32" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B32" t="s">
+        <v>461</v>
+      </c>
+      <c r="C32" t="s">
+        <v>462</v>
+      </c>
+      <c r="D32" t="s">
+        <v>463</v>
+      </c>
+    </row>
+  </sheetData>
+  <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet20.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1400-000000000000}">
+  <dimension ref="A1:D35"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="4" width="50.7265625" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A1" s="1" t="s">
+        <v>131</v>
+      </c>
+      <c r="B1" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" s="1" t="s">
+        <v>132</v>
+      </c>
+      <c r="D1" s="1" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="2" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A2" t="s">
+        <v>57</v>
+      </c>
+      <c r="B2" t="s">
+        <v>58</v>
+      </c>
+      <c r="D2" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="3" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B3" t="s">
+        <v>136</v>
+      </c>
+      <c r="D3" t="s">
+        <v>1173</v>
+      </c>
+    </row>
+    <row r="4" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B4" t="s">
+        <v>1174</v>
+      </c>
+      <c r="D4" t="s">
+        <v>1175</v>
+      </c>
+    </row>
+    <row r="5" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B5" t="s">
+        <v>466</v>
+      </c>
+      <c r="D5" t="s">
+        <v>1176</v>
+      </c>
+    </row>
+    <row r="6" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B6" t="s">
+        <v>140</v>
+      </c>
+      <c r="D6" t="s">
+        <v>1177</v>
+      </c>
+    </row>
+    <row r="7" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B7" t="s">
+        <v>1178</v>
+      </c>
+      <c r="D7" t="s">
+        <v>1179</v>
+      </c>
+    </row>
+    <row r="8" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B8" t="s">
+        <v>699</v>
+      </c>
+      <c r="D8" t="s">
+        <v>1180</v>
+      </c>
+    </row>
+    <row r="9" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B9" t="s">
+        <v>1181</v>
+      </c>
+      <c r="D9" t="s">
+        <v>1182</v>
+      </c>
+    </row>
+    <row r="10" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B10" t="s">
+        <v>1183</v>
+      </c>
+      <c r="C10" t="s">
+        <v>393</v>
+      </c>
+      <c r="D10" t="s">
+        <v>1184</v>
+      </c>
+    </row>
+    <row r="11" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B11" t="s">
+        <v>1185</v>
+      </c>
+      <c r="C11" t="s">
+        <v>398</v>
+      </c>
+      <c r="D11" t="s">
+        <v>1186</v>
+      </c>
+    </row>
+    <row r="12" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B12" t="s">
+        <v>1187</v>
+      </c>
+      <c r="C12" t="s">
+        <v>401</v>
+      </c>
+      <c r="D12" t="s">
+        <v>1188</v>
+      </c>
+    </row>
+    <row r="13" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B13" t="s">
+        <v>1189</v>
+      </c>
+      <c r="C13" t="s">
+        <v>406</v>
+      </c>
+      <c r="D13" t="s">
+        <v>1190</v>
+      </c>
+    </row>
+    <row r="14" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B14" t="s">
+        <v>1191</v>
+      </c>
+      <c r="C14" t="s">
+        <v>409</v>
+      </c>
+      <c r="D14" t="s">
+        <v>1192</v>
+      </c>
+    </row>
+    <row r="15" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B15" t="s">
+        <v>1193</v>
+      </c>
+      <c r="C15" t="s">
+        <v>412</v>
+      </c>
+      <c r="D15" t="s">
+        <v>1194</v>
+      </c>
+    </row>
+    <row r="16" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B16" t="s">
+        <v>1195</v>
+      </c>
+      <c r="C16" t="s">
+        <v>415</v>
+      </c>
+      <c r="D16" t="s">
+        <v>1196</v>
+      </c>
+    </row>
+    <row r="17" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B17" t="s">
+        <v>1197</v>
+      </c>
+      <c r="C17" t="s">
+        <v>418</v>
+      </c>
+      <c r="D17" t="s">
+        <v>1198</v>
+      </c>
+    </row>
+    <row r="18" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B18" t="s">
+        <v>1199</v>
+      </c>
+      <c r="C18" t="s">
+        <v>421</v>
+      </c>
+      <c r="D18" t="s">
+        <v>1200</v>
+      </c>
+    </row>
+    <row r="19" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B19" t="s">
+        <v>1201</v>
+      </c>
+      <c r="D19" t="s">
+        <v>1202</v>
+      </c>
+    </row>
+    <row r="20" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B20" t="s">
+        <v>1203</v>
+      </c>
+      <c r="C20" t="s">
+        <v>426</v>
+      </c>
+      <c r="D20" t="s">
+        <v>1204</v>
+      </c>
+    </row>
+    <row r="21" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B21" t="s">
+        <v>1205</v>
+      </c>
+      <c r="C21" t="s">
+        <v>429</v>
+      </c>
+      <c r="D21" t="s">
+        <v>1206</v>
+      </c>
+    </row>
+    <row r="22" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B22" t="s">
+        <v>1207</v>
+      </c>
+      <c r="C22" t="s">
+        <v>432</v>
+      </c>
+      <c r="D22" t="s">
+        <v>1208</v>
+      </c>
+    </row>
+    <row r="23" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B23" t="s">
+        <v>482</v>
+      </c>
+      <c r="C23" t="s">
+        <v>435</v>
+      </c>
+      <c r="D23" t="s">
+        <v>1209</v>
+      </c>
+    </row>
+    <row r="24" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B24" t="s">
+        <v>446</v>
+      </c>
+      <c r="C24" t="s">
+        <v>438</v>
+      </c>
+      <c r="D24" t="s">
+        <v>1210</v>
+      </c>
+    </row>
+    <row r="25" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B25" t="s">
+        <v>1211</v>
+      </c>
+      <c r="C25" t="s">
+        <v>441</v>
+      </c>
+      <c r="D25" t="s">
+        <v>1212</v>
+      </c>
+    </row>
+    <row r="26" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B26" t="s">
+        <v>1213</v>
+      </c>
+      <c r="C26" t="s">
+        <v>444</v>
+      </c>
+      <c r="D26" t="s">
+        <v>1214</v>
+      </c>
+    </row>
+    <row r="27" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B27" t="s">
+        <v>477</v>
+      </c>
+      <c r="C27" t="s">
+        <v>447</v>
+      </c>
+      <c r="D27" t="s">
+        <v>1215</v>
+      </c>
+    </row>
+    <row r="28" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B28" t="s">
+        <v>1216</v>
+      </c>
+      <c r="C28" t="s">
+        <v>450</v>
+      </c>
+      <c r="D28" t="s">
+        <v>1217</v>
+      </c>
+    </row>
+    <row r="29" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B29" t="s">
+        <v>1015</v>
+      </c>
+      <c r="C29" t="s">
+        <v>453</v>
+      </c>
+      <c r="D29" t="s">
+        <v>1218</v>
+      </c>
+    </row>
+    <row r="30" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B30" t="s">
+        <v>1013</v>
+      </c>
+      <c r="C30" t="s">
+        <v>456</v>
+      </c>
+      <c r="D30" t="s">
+        <v>1219</v>
+      </c>
+    </row>
+    <row r="31" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B31" t="s">
+        <v>431</v>
+      </c>
+      <c r="C31" t="s">
+        <v>459</v>
+      </c>
+      <c r="D31" t="s">
+        <v>1220</v>
+      </c>
+    </row>
+    <row r="32" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B32" t="s">
+        <v>1221</v>
+      </c>
+      <c r="D32" t="s">
+        <v>1222</v>
+      </c>
+    </row>
+    <row r="33" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B33" t="s">
+        <v>1223</v>
+      </c>
+      <c r="D33" t="s">
+        <v>1224</v>
+      </c>
+    </row>
+    <row r="34" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B34" t="s">
+        <v>144</v>
+      </c>
+      <c r="D34" t="s">
+        <v>1225</v>
+      </c>
+    </row>
+    <row r="35" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B35" t="s">
+        <v>1226</v>
+      </c>
+      <c r="D35" t="s">
+        <v>1227</v>
+      </c>
+    </row>
+  </sheetData>
+  <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet21.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1500-000000000000}">
+  <dimension ref="A1:D37"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="4" width="50.7265625" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A1" s="1" t="s">
+        <v>131</v>
+      </c>
+      <c r="B1" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" s="1" t="s">
+        <v>132</v>
+      </c>
+      <c r="D1" s="1" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="2" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A2" t="s">
+        <v>60</v>
+      </c>
+      <c r="B2" t="s">
+        <v>61</v>
+      </c>
+      <c r="D2" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="3" spans="1:4" ht="25" x14ac:dyDescent="0.25">
+      <c r="A3" t="s">
+        <v>1228</v>
+      </c>
+      <c r="B3" s="3" t="s">
+        <v>624</v>
+      </c>
+      <c r="D3" t="s">
+        <v>1230</v>
+      </c>
+    </row>
+    <row r="4" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A4" t="s">
+        <v>1229</v>
+      </c>
+      <c r="B4" t="s">
+        <v>466</v>
+      </c>
+      <c r="D4" t="s">
+        <v>1231</v>
+      </c>
+    </row>
+    <row r="5" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B5" t="s">
+        <v>0</v>
+      </c>
+      <c r="D5" t="s">
+        <v>1232</v>
+      </c>
+    </row>
+    <row r="6" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B6" t="s">
+        <v>1233</v>
+      </c>
+      <c r="D6" t="s">
+        <v>1234</v>
+      </c>
+    </row>
+    <row r="7" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B7" t="s">
+        <v>1072</v>
+      </c>
+      <c r="D7" t="s">
+        <v>1235</v>
+      </c>
+    </row>
+    <row r="8" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B8" t="s">
+        <v>1236</v>
+      </c>
+      <c r="D8" t="s">
+        <v>1237</v>
+      </c>
+    </row>
+    <row r="9" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B9" t="s">
+        <v>142</v>
+      </c>
+      <c r="D9" t="s">
+        <v>1238</v>
+      </c>
+    </row>
+    <row r="10" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B10" t="s">
+        <v>1239</v>
+      </c>
+      <c r="D10" t="s">
+        <v>1240</v>
+      </c>
+    </row>
+    <row r="11" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B11" t="s">
+        <v>1241</v>
+      </c>
+      <c r="D11" t="s">
+        <v>1242</v>
+      </c>
+    </row>
+    <row r="12" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B12" t="s">
+        <v>1243</v>
+      </c>
+      <c r="C12" t="s">
+        <v>393</v>
+      </c>
+      <c r="D12" t="s">
+        <v>1244</v>
+      </c>
+    </row>
+    <row r="13" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B13" t="s">
+        <v>1245</v>
+      </c>
+      <c r="C13" t="s">
+        <v>398</v>
+      </c>
+      <c r="D13" t="s">
+        <v>1246</v>
+      </c>
+    </row>
+    <row r="14" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B14" t="s">
+        <v>1247</v>
+      </c>
+      <c r="C14" t="s">
+        <v>401</v>
+      </c>
+      <c r="D14" t="s">
+        <v>1248</v>
+      </c>
+    </row>
+    <row r="15" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B15" t="s">
+        <v>1249</v>
+      </c>
+      <c r="C15" t="s">
+        <v>406</v>
+      </c>
+      <c r="D15" t="s">
+        <v>1250</v>
+      </c>
+    </row>
+    <row r="16" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B16" t="s">
+        <v>1251</v>
+      </c>
+      <c r="C16" t="s">
+        <v>409</v>
+      </c>
+      <c r="D16" t="s">
+        <v>1252</v>
+      </c>
+    </row>
+    <row r="17" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B17" t="s">
+        <v>1253</v>
+      </c>
+      <c r="C17" t="s">
+        <v>412</v>
+      </c>
+      <c r="D17" t="s">
+        <v>1254</v>
+      </c>
+    </row>
+    <row r="18" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B18" t="s">
+        <v>1255</v>
+      </c>
+      <c r="C18" t="s">
+        <v>415</v>
+      </c>
+      <c r="D18" t="s">
+        <v>1256</v>
+      </c>
+    </row>
+    <row r="19" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B19" t="s">
+        <v>1257</v>
+      </c>
+      <c r="C19" t="s">
+        <v>418</v>
+      </c>
+      <c r="D19" t="s">
+        <v>1258</v>
+      </c>
+    </row>
+    <row r="20" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B20" t="s">
+        <v>1259</v>
+      </c>
+      <c r="C20" t="s">
+        <v>421</v>
+      </c>
+      <c r="D20" t="s">
+        <v>1260</v>
+      </c>
+    </row>
+    <row r="21" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B21" t="s">
+        <v>1261</v>
+      </c>
+      <c r="C21" t="s">
+        <v>426</v>
+      </c>
+      <c r="D21" t="s">
+        <v>1262</v>
+      </c>
+    </row>
+    <row r="22" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B22" t="s">
+        <v>1263</v>
+      </c>
+      <c r="C22" t="s">
+        <v>429</v>
+      </c>
+      <c r="D22" t="s">
+        <v>1264</v>
+      </c>
+    </row>
+    <row r="23" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B23" t="s">
+        <v>1265</v>
+      </c>
+      <c r="D23" t="s">
+        <v>1266</v>
+      </c>
+    </row>
+    <row r="24" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B24" t="s">
+        <v>1267</v>
+      </c>
+      <c r="C24" t="s">
+        <v>432</v>
+      </c>
+      <c r="D24" t="s">
+        <v>1268</v>
+      </c>
+    </row>
+    <row r="25" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B25" t="s">
+        <v>1245</v>
+      </c>
+      <c r="C25" t="s">
+        <v>435</v>
+      </c>
+      <c r="D25" t="s">
+        <v>1269</v>
+      </c>
+    </row>
+    <row r="26" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B26" t="s">
+        <v>1247</v>
+      </c>
+      <c r="C26" t="s">
+        <v>438</v>
+      </c>
+      <c r="D26" t="s">
+        <v>1270</v>
+      </c>
+    </row>
+    <row r="27" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B27" t="s">
+        <v>1249</v>
+      </c>
+      <c r="C27" t="s">
+        <v>441</v>
+      </c>
+      <c r="D27" t="s">
+        <v>1271</v>
+      </c>
+    </row>
+    <row r="28" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B28" t="s">
+        <v>1251</v>
+      </c>
+      <c r="C28" t="s">
+        <v>444</v>
+      </c>
+      <c r="D28" t="s">
+        <v>1272</v>
+      </c>
+    </row>
+    <row r="29" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B29" t="s">
+        <v>1253</v>
+      </c>
+      <c r="C29" t="s">
+        <v>447</v>
+      </c>
+      <c r="D29" t="s">
+        <v>1273</v>
+      </c>
+    </row>
+    <row r="30" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B30" t="s">
+        <v>1255</v>
+      </c>
+      <c r="C30" t="s">
+        <v>450</v>
+      </c>
+      <c r="D30" t="s">
+        <v>1274</v>
+      </c>
+    </row>
+    <row r="31" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B31" t="s">
+        <v>1257</v>
+      </c>
+      <c r="C31" t="s">
+        <v>453</v>
+      </c>
+      <c r="D31" t="s">
+        <v>1275</v>
+      </c>
+    </row>
+    <row r="32" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B32" t="s">
+        <v>1259</v>
+      </c>
+      <c r="C32" t="s">
+        <v>456</v>
+      </c>
+      <c r="D32" t="s">
+        <v>1276</v>
+      </c>
+    </row>
+    <row r="33" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B33" t="s">
+        <v>1261</v>
+      </c>
+      <c r="C33" t="s">
+        <v>459</v>
+      </c>
+      <c r="D33" t="s">
+        <v>1277</v>
+      </c>
+    </row>
+    <row r="34" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B34" t="s">
+        <v>1263</v>
+      </c>
+      <c r="C34" t="s">
+        <v>462</v>
+      </c>
+      <c r="D34" t="s">
+        <v>1278</v>
+      </c>
+    </row>
+    <row r="35" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B35" t="s">
+        <v>1279</v>
+      </c>
+      <c r="D35" t="s">
+        <v>1280</v>
+      </c>
+    </row>
+    <row r="36" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B36" t="s">
+        <v>380</v>
+      </c>
+      <c r="D36" t="s">
+        <v>1281</v>
+      </c>
+    </row>
+    <row r="37" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B37" t="s">
+        <v>380</v>
+      </c>
+      <c r="D37" t="s">
+        <v>1282</v>
+      </c>
+    </row>
+  </sheetData>
+  <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet22.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1600-000000000000}">
+  <dimension ref="A1:D52"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="4" width="50.7265625" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A1" s="1" t="s">
+        <v>131</v>
+      </c>
+      <c r="B1" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" s="1" t="s">
+        <v>132</v>
+      </c>
+      <c r="D1" s="1" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="2" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A2" t="s">
+        <v>63</v>
+      </c>
+      <c r="B2" t="s">
+        <v>64</v>
+      </c>
+      <c r="D2" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="3" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A3" t="s">
+        <v>1283</v>
+      </c>
+      <c r="B3" t="s">
+        <v>136</v>
+      </c>
+      <c r="D3" t="s">
+        <v>1286</v>
+      </c>
+    </row>
+    <row r="4" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A4" t="s">
+        <v>1284</v>
+      </c>
+      <c r="B4" t="s">
+        <v>638</v>
+      </c>
+      <c r="D4" t="s">
+        <v>1287</v>
+      </c>
+    </row>
+    <row r="5" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A5" t="s">
+        <v>1285</v>
+      </c>
+      <c r="B5" t="s">
+        <v>1288</v>
+      </c>
+      <c r="D5" t="s">
+        <v>1289</v>
+      </c>
+    </row>
+    <row r="6" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B6" t="s">
+        <v>466</v>
+      </c>
+      <c r="D6" t="s">
+        <v>1290</v>
+      </c>
+    </row>
+    <row r="7" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B7" t="s">
+        <v>1291</v>
+      </c>
+      <c r="D7" t="s">
+        <v>1292</v>
+      </c>
+    </row>
+    <row r="8" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B8" t="s">
+        <v>1293</v>
+      </c>
+      <c r="D8" t="s">
+        <v>1294</v>
+      </c>
+    </row>
+    <row r="9" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B9" t="s">
+        <v>1295</v>
+      </c>
+      <c r="D9" t="s">
+        <v>1296</v>
+      </c>
+    </row>
+    <row r="10" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B10" t="s">
+        <v>1297</v>
+      </c>
+      <c r="D10" t="s">
+        <v>1298</v>
+      </c>
+    </row>
+    <row r="11" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B11" t="s">
+        <v>1299</v>
+      </c>
+      <c r="C11" t="s">
+        <v>398</v>
+      </c>
+      <c r="D11" t="s">
+        <v>1300</v>
+      </c>
+    </row>
+    <row r="12" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B12" t="s">
+        <v>1301</v>
+      </c>
+      <c r="C12" t="s">
+        <v>401</v>
+      </c>
+      <c r="D12" t="s">
+        <v>1302</v>
+      </c>
+    </row>
+    <row r="13" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B13" t="s">
+        <v>1303</v>
+      </c>
+      <c r="C13" t="s">
+        <v>406</v>
+      </c>
+      <c r="D13" t="s">
+        <v>1304</v>
+      </c>
+    </row>
+    <row r="14" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B14" t="s">
+        <v>1305</v>
+      </c>
+      <c r="C14" t="s">
+        <v>409</v>
+      </c>
+      <c r="D14" t="s">
+        <v>1306</v>
+      </c>
+    </row>
+    <row r="15" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B15" t="s">
+        <v>1307</v>
+      </c>
+      <c r="D15" t="s">
+        <v>1308</v>
+      </c>
+    </row>
+    <row r="16" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B16" t="s">
+        <v>1309</v>
+      </c>
+      <c r="D16" t="s">
+        <v>1310</v>
+      </c>
+    </row>
+    <row r="17" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B17" t="s">
+        <v>1311</v>
+      </c>
+      <c r="C17" t="s">
+        <v>415</v>
+      </c>
+      <c r="D17" t="s">
+        <v>1312</v>
+      </c>
+    </row>
+    <row r="18" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B18" t="s">
+        <v>1313</v>
+      </c>
+      <c r="C18" t="s">
+        <v>418</v>
+      </c>
+      <c r="D18" t="s">
+        <v>1314</v>
+      </c>
+    </row>
+    <row r="19" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B19" t="s">
+        <v>1315</v>
+      </c>
+      <c r="C19" t="s">
+        <v>421</v>
+      </c>
+      <c r="D19" t="s">
+        <v>1316</v>
+      </c>
+    </row>
+    <row r="20" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B20" t="s">
+        <v>1317</v>
+      </c>
+      <c r="C20" t="s">
+        <v>426</v>
+      </c>
+      <c r="D20" t="s">
+        <v>1318</v>
+      </c>
+    </row>
+    <row r="21" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B21" t="s">
+        <v>1319</v>
+      </c>
+      <c r="C21" t="s">
+        <v>429</v>
+      </c>
+      <c r="D21" t="s">
+        <v>1320</v>
+      </c>
+    </row>
+    <row r="22" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B22" t="s">
+        <v>1321</v>
+      </c>
+      <c r="C22" t="s">
+        <v>432</v>
+      </c>
+      <c r="D22" t="s">
+        <v>1322</v>
+      </c>
+    </row>
+    <row r="23" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B23" t="s">
+        <v>1323</v>
+      </c>
+      <c r="C23" t="s">
+        <v>435</v>
+      </c>
+      <c r="D23" t="s">
+        <v>1324</v>
+      </c>
+    </row>
+    <row r="24" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B24" t="s">
+        <v>1325</v>
+      </c>
+      <c r="C24" t="s">
+        <v>438</v>
+      </c>
+      <c r="D24" t="s">
+        <v>1326</v>
+      </c>
+    </row>
+    <row r="25" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B25" t="s">
+        <v>1327</v>
+      </c>
+      <c r="D25" t="s">
+        <v>1328</v>
+      </c>
+    </row>
+    <row r="26" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B26" t="s">
+        <v>1329</v>
+      </c>
+      <c r="D26" t="s">
+        <v>1330</v>
+      </c>
+    </row>
+    <row r="27" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B27" t="s">
+        <v>1331</v>
+      </c>
+      <c r="C27" t="s">
+        <v>444</v>
+      </c>
+      <c r="D27" t="s">
+        <v>1332</v>
+      </c>
+    </row>
+    <row r="28" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B28" t="s">
+        <v>1333</v>
+      </c>
+      <c r="C28" t="s">
+        <v>447</v>
+      </c>
+      <c r="D28" t="s">
+        <v>1334</v>
+      </c>
+    </row>
+    <row r="29" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B29" t="s">
+        <v>1335</v>
+      </c>
+      <c r="C29" t="s">
+        <v>450</v>
+      </c>
+      <c r="D29" t="s">
+        <v>1336</v>
+      </c>
+    </row>
+    <row r="30" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B30" t="s">
+        <v>1337</v>
+      </c>
+      <c r="D30" t="s">
+        <v>1338</v>
+      </c>
+    </row>
+    <row r="31" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B31" t="s">
+        <v>1339</v>
+      </c>
+      <c r="D31" t="s">
+        <v>1340</v>
+      </c>
+    </row>
+    <row r="32" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B32" t="s">
+        <v>1341</v>
+      </c>
+      <c r="C32" t="s">
+        <v>456</v>
+      </c>
+      <c r="D32" t="s">
+        <v>1342</v>
+      </c>
+    </row>
+    <row r="33" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B33" t="s">
+        <v>1343</v>
+      </c>
+      <c r="C33" t="s">
+        <v>459</v>
+      </c>
+      <c r="D33" t="s">
+        <v>1344</v>
+      </c>
+    </row>
+    <row r="34" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B34" t="s">
+        <v>1345</v>
+      </c>
+      <c r="C34" t="s">
+        <v>462</v>
+      </c>
+      <c r="D34" t="s">
+        <v>1346</v>
+      </c>
+    </row>
+    <row r="35" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B35" t="s">
+        <v>1347</v>
+      </c>
+      <c r="D35" t="s">
+        <v>1348</v>
+      </c>
+    </row>
+    <row r="36" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B36" t="s">
+        <v>1349</v>
+      </c>
+      <c r="D36" t="s">
+        <v>1350</v>
+      </c>
+    </row>
+    <row r="37" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B37" t="s">
+        <v>1351</v>
+      </c>
+      <c r="C37" t="s">
+        <v>491</v>
+      </c>
+      <c r="D37" t="s">
+        <v>1352</v>
+      </c>
+    </row>
+    <row r="38" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B38" t="s">
+        <v>1353</v>
+      </c>
+      <c r="C38" t="s">
+        <v>492</v>
+      </c>
+      <c r="D38" t="s">
+        <v>1354</v>
+      </c>
+    </row>
+    <row r="39" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B39" t="s">
+        <v>1355</v>
+      </c>
+      <c r="C39" t="s">
+        <v>493</v>
+      </c>
+      <c r="D39" t="s">
+        <v>1356</v>
+      </c>
+    </row>
+    <row r="40" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B40" t="s">
+        <v>1357</v>
+      </c>
+      <c r="D40" t="s">
+        <v>1358</v>
+      </c>
+    </row>
+    <row r="41" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B41" t="s">
+        <v>1359</v>
+      </c>
+      <c r="D41" t="s">
+        <v>1360</v>
+      </c>
+    </row>
+    <row r="42" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B42" t="s">
+        <v>1361</v>
+      </c>
+      <c r="C42" t="s">
+        <v>803</v>
+      </c>
+      <c r="D42" t="s">
+        <v>1362</v>
+      </c>
+    </row>
+    <row r="43" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B43" t="s">
+        <v>1363</v>
+      </c>
+      <c r="C43" t="s">
+        <v>1138</v>
+      </c>
+      <c r="D43" t="s">
+        <v>1364</v>
+      </c>
+    </row>
+    <row r="44" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B44" t="s">
+        <v>1365</v>
+      </c>
+      <c r="D44" t="s">
+        <v>1366</v>
+      </c>
+    </row>
+    <row r="45" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B45" t="s">
+        <v>1367</v>
+      </c>
+      <c r="D45" t="s">
+        <v>1368</v>
+      </c>
+    </row>
+    <row r="46" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B46" t="s">
+        <v>1369</v>
+      </c>
+      <c r="C46" t="s">
+        <v>1144</v>
+      </c>
+      <c r="D46" t="s">
+        <v>1370</v>
+      </c>
+    </row>
+    <row r="47" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B47" t="s">
+        <v>1371</v>
+      </c>
+      <c r="C47" t="s">
+        <v>1147</v>
+      </c>
+      <c r="D47" t="s">
+        <v>1372</v>
+      </c>
+    </row>
+    <row r="48" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B48" t="s">
+        <v>1373</v>
+      </c>
+      <c r="C48" t="s">
+        <v>1152</v>
+      </c>
+      <c r="D48" t="s">
+        <v>1374</v>
+      </c>
+    </row>
+    <row r="49" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B49" t="s">
+        <v>1375</v>
+      </c>
+      <c r="C49" t="s">
+        <v>1155</v>
+      </c>
+      <c r="D49" t="s">
+        <v>1376</v>
+      </c>
+    </row>
+    <row r="50" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B50" t="s">
+        <v>1377</v>
+      </c>
+      <c r="C50" t="s">
+        <v>1158</v>
+      </c>
+      <c r="D50" t="s">
+        <v>1378</v>
+      </c>
+    </row>
+    <row r="51" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B51" t="s">
+        <v>1379</v>
+      </c>
+      <c r="C51" t="s">
+        <v>1380</v>
+      </c>
+      <c r="D51" t="s">
+        <v>1381</v>
+      </c>
+    </row>
+    <row r="52" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B52" t="s">
+        <v>1382</v>
+      </c>
+      <c r="D52" t="s">
+        <v>1383</v>
+      </c>
+    </row>
+  </sheetData>
+  <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet23.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1700-000000000000}">
+  <dimension ref="A1:D13"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="4" width="50.7265625" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A1" s="1" t="s">
+        <v>131</v>
+      </c>
+      <c r="B1" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" s="1" t="s">
+        <v>132</v>
+      </c>
+      <c r="D1" s="1" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="2" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A2" t="s">
+        <v>66</v>
+      </c>
+      <c r="B2" t="s">
+        <v>67</v>
+      </c>
+      <c r="D2" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="3" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A3" t="s">
+        <v>1384</v>
+      </c>
+      <c r="B3" t="s">
+        <v>136</v>
+      </c>
+      <c r="D3" t="s">
+        <v>1385</v>
+      </c>
+    </row>
+    <row r="4" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B4" t="s">
+        <v>1386</v>
+      </c>
+      <c r="C4" t="s">
+        <v>393</v>
+      </c>
+      <c r="D4" t="s">
+        <v>1387</v>
+      </c>
+    </row>
+    <row r="5" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B5" t="s">
+        <v>1388</v>
+      </c>
+      <c r="C5" t="s">
+        <v>398</v>
+      </c>
+      <c r="D5" t="s">
+        <v>1389</v>
+      </c>
+    </row>
+    <row r="6" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B6" t="s">
+        <v>488</v>
+      </c>
+      <c r="C6" t="s">
+        <v>401</v>
+      </c>
+      <c r="D6" t="s">
+        <v>1390</v>
+      </c>
+    </row>
+    <row r="7" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B7" t="s">
+        <v>482</v>
+      </c>
+      <c r="C7" t="s">
+        <v>406</v>
+      </c>
+      <c r="D7" t="s">
+        <v>1391</v>
+      </c>
+    </row>
+    <row r="8" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B8" t="s">
+        <v>1392</v>
+      </c>
+      <c r="C8" t="s">
+        <v>409</v>
+      </c>
+      <c r="D8" t="s">
+        <v>1393</v>
+      </c>
+    </row>
+    <row r="9" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B9" t="s">
+        <v>1394</v>
+      </c>
+      <c r="C9" t="s">
+        <v>412</v>
+      </c>
+      <c r="D9" t="s">
+        <v>1395</v>
+      </c>
+    </row>
+    <row r="10" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B10" t="s">
+        <v>1396</v>
+      </c>
+      <c r="C10" t="s">
+        <v>415</v>
+      </c>
+      <c r="D10" t="s">
+        <v>1397</v>
+      </c>
+    </row>
+    <row r="11" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B11" t="s">
+        <v>452</v>
+      </c>
+      <c r="C11" t="s">
+        <v>418</v>
+      </c>
+      <c r="D11" t="s">
+        <v>1398</v>
+      </c>
+    </row>
+    <row r="12" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B12" t="s">
+        <v>1399</v>
+      </c>
+      <c r="C12" t="s">
+        <v>421</v>
+      </c>
+      <c r="D12" t="s">
+        <v>1400</v>
+      </c>
+    </row>
+    <row r="13" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B13" t="s">
+        <v>1279</v>
+      </c>
+      <c r="D13" t="s">
+        <v>1401</v>
+      </c>
+    </row>
+  </sheetData>
+  <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet24.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1800-000000000000}">
+  <dimension ref="A1:D35"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="4" width="50.7265625" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A1" s="1" t="s">
+        <v>131</v>
+      </c>
+      <c r="B1" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" s="1" t="s">
+        <v>132</v>
+      </c>
+      <c r="D1" s="1" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="2" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A2" t="s">
+        <v>69</v>
+      </c>
+      <c r="B2" t="s">
+        <v>70</v>
+      </c>
+      <c r="D2" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="3" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A3" t="s">
+        <v>1402</v>
+      </c>
+      <c r="B3" t="s">
+        <v>136</v>
+      </c>
+      <c r="D3" t="s">
+        <v>1405</v>
+      </c>
+    </row>
+    <row r="4" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A4" t="s">
+        <v>1403</v>
+      </c>
+      <c r="B4" t="s">
+        <v>1406</v>
+      </c>
+      <c r="D4" t="s">
+        <v>1407</v>
+      </c>
+    </row>
+    <row r="5" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A5" t="s">
+        <v>1404</v>
+      </c>
+      <c r="B5" t="s">
+        <v>466</v>
+      </c>
+      <c r="D5" t="s">
+        <v>1408</v>
+      </c>
+    </row>
+    <row r="6" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B6" t="s">
+        <v>142</v>
+      </c>
+      <c r="D6" t="s">
+        <v>1409</v>
+      </c>
+    </row>
+    <row r="7" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B7" t="s">
+        <v>140</v>
+      </c>
+      <c r="D7" t="s">
+        <v>1410</v>
+      </c>
+    </row>
+    <row r="8" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B8" t="s">
+        <v>1411</v>
+      </c>
+      <c r="D8" t="s">
+        <v>1412</v>
+      </c>
+    </row>
+    <row r="9" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B9" t="s">
+        <v>1413</v>
+      </c>
+      <c r="C9" t="s">
+        <v>393</v>
+      </c>
+      <c r="D9" t="s">
+        <v>1414</v>
+      </c>
+    </row>
+    <row r="10" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B10" t="s">
+        <v>738</v>
+      </c>
+      <c r="C10" t="s">
+        <v>398</v>
+      </c>
+      <c r="D10" t="s">
+        <v>1415</v>
+      </c>
+    </row>
+    <row r="11" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B11" t="s">
+        <v>1416</v>
+      </c>
+      <c r="C11" t="s">
+        <v>401</v>
+      </c>
+      <c r="D11" t="s">
+        <v>1417</v>
+      </c>
+    </row>
+    <row r="12" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B12" t="s">
+        <v>1418</v>
+      </c>
+      <c r="C12" t="s">
+        <v>406</v>
+      </c>
+      <c r="D12" t="s">
+        <v>1419</v>
+      </c>
+    </row>
+    <row r="13" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B13" t="s">
+        <v>1420</v>
+      </c>
+      <c r="D13" t="s">
+        <v>1421</v>
+      </c>
+    </row>
+    <row r="14" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B14" t="s">
+        <v>756</v>
+      </c>
+      <c r="C14" t="s">
+        <v>409</v>
+      </c>
+      <c r="D14" t="s">
+        <v>1422</v>
+      </c>
+    </row>
+    <row r="15" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B15" t="s">
+        <v>1423</v>
+      </c>
+      <c r="C15" t="s">
+        <v>412</v>
+      </c>
+      <c r="D15" t="s">
+        <v>1424</v>
+      </c>
+    </row>
+    <row r="16" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B16" t="s">
+        <v>1425</v>
+      </c>
+      <c r="C16" t="s">
+        <v>415</v>
+      </c>
+      <c r="D16" t="s">
+        <v>1426</v>
+      </c>
+    </row>
+    <row r="17" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B17" t="s">
+        <v>1427</v>
+      </c>
+      <c r="C17" t="s">
+        <v>418</v>
+      </c>
+      <c r="D17" t="s">
+        <v>1428</v>
+      </c>
+    </row>
+    <row r="18" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B18" t="s">
+        <v>1429</v>
+      </c>
+      <c r="D18" t="s">
+        <v>1430</v>
+      </c>
+    </row>
+    <row r="19" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B19" t="s">
+        <v>1431</v>
+      </c>
+      <c r="C19" t="s">
+        <v>421</v>
+      </c>
+      <c r="D19" t="s">
+        <v>1432</v>
+      </c>
+    </row>
+    <row r="20" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B20" t="s">
+        <v>1433</v>
+      </c>
+      <c r="C20" t="s">
+        <v>426</v>
+      </c>
+      <c r="D20" t="s">
+        <v>1434</v>
+      </c>
+    </row>
+    <row r="21" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B21" t="s">
+        <v>1435</v>
+      </c>
+      <c r="C21" t="s">
+        <v>429</v>
+      </c>
+      <c r="D21" t="s">
+        <v>1436</v>
+      </c>
+    </row>
+    <row r="22" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B22" t="s">
+        <v>1437</v>
+      </c>
+      <c r="C22" t="s">
+        <v>432</v>
+      </c>
+      <c r="D22" t="s">
+        <v>1438</v>
+      </c>
+    </row>
+    <row r="23" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B23" t="s">
+        <v>1439</v>
+      </c>
+      <c r="D23" t="s">
+        <v>1440</v>
+      </c>
+    </row>
+    <row r="24" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B24" t="s">
+        <v>1441</v>
+      </c>
+      <c r="C24" t="s">
+        <v>435</v>
+      </c>
+      <c r="D24" t="s">
+        <v>1442</v>
+      </c>
+    </row>
+    <row r="25" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B25" t="s">
+        <v>1443</v>
+      </c>
+      <c r="C25" t="s">
+        <v>438</v>
+      </c>
+      <c r="D25" t="s">
+        <v>1444</v>
+      </c>
+    </row>
+    <row r="26" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B26" t="s">
+        <v>1445</v>
+      </c>
+      <c r="C26" t="s">
+        <v>441</v>
+      </c>
+      <c r="D26" t="s">
+        <v>1446</v>
+      </c>
+    </row>
+    <row r="27" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B27" t="s">
+        <v>1447</v>
+      </c>
+      <c r="D27" t="s">
+        <v>1448</v>
+      </c>
+    </row>
+    <row r="28" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B28" t="s">
+        <v>782</v>
+      </c>
+      <c r="C28" t="s">
+        <v>444</v>
+      </c>
+      <c r="D28" t="s">
+        <v>1449</v>
+      </c>
+    </row>
+    <row r="29" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B29" t="s">
+        <v>784</v>
+      </c>
+      <c r="C29" t="s">
+        <v>447</v>
+      </c>
+      <c r="D29" t="s">
+        <v>1450</v>
+      </c>
+    </row>
+    <row r="30" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B30" t="s">
+        <v>1451</v>
+      </c>
+      <c r="C30" t="s">
+        <v>450</v>
+      </c>
+      <c r="D30" t="s">
+        <v>1452</v>
+      </c>
+    </row>
+    <row r="31" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B31" t="s">
+        <v>1453</v>
+      </c>
+      <c r="D31" t="s">
+        <v>1454</v>
+      </c>
+    </row>
+    <row r="32" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B32" t="s">
+        <v>792</v>
+      </c>
+      <c r="C32" t="s">
+        <v>453</v>
+      </c>
+      <c r="D32" t="s">
+        <v>1455</v>
+      </c>
+    </row>
+    <row r="33" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B33" t="s">
+        <v>794</v>
+      </c>
+      <c r="C33" t="s">
+        <v>456</v>
+      </c>
+      <c r="D33" t="s">
+        <v>1456</v>
+      </c>
+    </row>
+    <row r="34" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B34" t="s">
+        <v>1457</v>
+      </c>
+      <c r="C34" t="s">
+        <v>459</v>
+      </c>
+      <c r="D34" t="s">
+        <v>1458</v>
+      </c>
+    </row>
+    <row r="35" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B35" t="s">
+        <v>1459</v>
+      </c>
+      <c r="C35" t="s">
+        <v>462</v>
+      </c>
+      <c r="D35" t="s">
+        <v>1460</v>
+      </c>
+    </row>
+  </sheetData>
+  <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet25.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1900-000000000000}">
+  <dimension ref="A1:D16"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="4" width="50.7265625" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A1" s="1" t="s">
+        <v>131</v>
+      </c>
+      <c r="B1" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" s="1" t="s">
+        <v>132</v>
+      </c>
+      <c r="D1" s="1" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="2" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A2" t="s">
+        <v>72</v>
+      </c>
+      <c r="B2" t="s">
+        <v>2764</v>
+      </c>
+      <c r="D2" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="3" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A3" t="s">
+        <v>1461</v>
+      </c>
+      <c r="B3" t="s">
+        <v>136</v>
+      </c>
+      <c r="D3" t="s">
+        <v>1462</v>
+      </c>
+    </row>
+    <row r="4" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B4" t="s">
+        <v>466</v>
+      </c>
+      <c r="D4" t="s">
+        <v>1463</v>
+      </c>
+    </row>
+    <row r="5" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B5" t="s">
+        <v>142</v>
+      </c>
+      <c r="D5" t="s">
+        <v>1464</v>
+      </c>
+    </row>
+    <row r="6" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B6" t="s">
+        <v>140</v>
+      </c>
+      <c r="D6" t="s">
+        <v>1465</v>
+      </c>
+    </row>
+    <row r="7" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B7" t="s">
+        <v>1466</v>
+      </c>
+      <c r="C7" t="s">
+        <v>393</v>
+      </c>
+      <c r="D7" t="s">
+        <v>1467</v>
+      </c>
+    </row>
+    <row r="8" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B8" t="s">
+        <v>691</v>
+      </c>
+      <c r="C8" t="s">
+        <v>398</v>
+      </c>
+      <c r="D8" t="s">
+        <v>1468</v>
+      </c>
+    </row>
+    <row r="9" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B9" t="s">
+        <v>686</v>
+      </c>
+      <c r="C9" t="s">
+        <v>401</v>
+      </c>
+      <c r="D9" t="s">
+        <v>1469</v>
+      </c>
+    </row>
+    <row r="10" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B10" t="s">
+        <v>485</v>
+      </c>
+      <c r="C10" t="s">
+        <v>406</v>
+      </c>
+      <c r="D10" t="s">
+        <v>1470</v>
+      </c>
+    </row>
+    <row r="11" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B11" t="s">
+        <v>963</v>
+      </c>
+      <c r="C11" t="s">
+        <v>409</v>
+      </c>
+      <c r="D11" t="s">
+        <v>1471</v>
+      </c>
+    </row>
+    <row r="12" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B12" t="s">
+        <v>823</v>
+      </c>
+      <c r="C12" t="s">
+        <v>412</v>
+      </c>
+      <c r="D12" t="s">
+        <v>1472</v>
+      </c>
+    </row>
+    <row r="13" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B13" t="s">
+        <v>821</v>
+      </c>
+      <c r="C13" t="s">
+        <v>415</v>
+      </c>
+      <c r="D13" t="s">
+        <v>1473</v>
+      </c>
+    </row>
+    <row r="14" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B14" t="s">
+        <v>1474</v>
+      </c>
+      <c r="C14" t="s">
+        <v>418</v>
+      </c>
+      <c r="D14" t="s">
+        <v>1475</v>
+      </c>
+    </row>
+    <row r="15" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B15" t="s">
+        <v>1476</v>
+      </c>
+      <c r="C15" t="s">
+        <v>421</v>
+      </c>
+      <c r="D15" t="s">
+        <v>1477</v>
+      </c>
+    </row>
+    <row r="16" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B16" t="s">
+        <v>1478</v>
+      </c>
+      <c r="D16" t="s">
+        <v>1479</v>
+      </c>
+    </row>
+  </sheetData>
+  <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet26.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1A00-000000000000}">
+  <dimension ref="A1:D14"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="4" width="50.7265625" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A1" s="1" t="s">
+        <v>131</v>
+      </c>
+      <c r="B1" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" s="1" t="s">
+        <v>132</v>
+      </c>
+      <c r="D1" s="1" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="2" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A2" t="s">
+        <v>74</v>
+      </c>
+      <c r="B2" t="s">
+        <v>2765</v>
+      </c>
+      <c r="D2" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="3" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B3" t="s">
+        <v>136</v>
+      </c>
+      <c r="D3" t="s">
+        <v>1480</v>
+      </c>
+    </row>
+    <row r="4" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B4" t="s">
+        <v>466</v>
+      </c>
+      <c r="D4" t="s">
+        <v>1481</v>
+      </c>
+    </row>
+    <row r="5" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B5" t="s">
+        <v>140</v>
+      </c>
+      <c r="D5" t="s">
+        <v>1482</v>
+      </c>
+    </row>
+    <row r="6" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B6" t="s">
+        <v>142</v>
+      </c>
+      <c r="D6" t="s">
+        <v>1483</v>
+      </c>
+    </row>
+    <row r="7" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B7" t="s">
+        <v>1484</v>
+      </c>
+      <c r="C7" t="s">
+        <v>393</v>
+      </c>
+      <c r="D7" t="s">
+        <v>1485</v>
+      </c>
+    </row>
+    <row r="8" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B8" t="s">
+        <v>1486</v>
+      </c>
+      <c r="C8" t="s">
+        <v>398</v>
+      </c>
+      <c r="D8" t="s">
+        <v>1487</v>
+      </c>
+    </row>
+    <row r="9" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B9" t="s">
+        <v>1488</v>
+      </c>
+      <c r="C9" t="s">
+        <v>401</v>
+      </c>
+      <c r="D9" t="s">
+        <v>1489</v>
+      </c>
+    </row>
+    <row r="10" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B10" t="s">
+        <v>1490</v>
+      </c>
+      <c r="C10" t="s">
+        <v>406</v>
+      </c>
+      <c r="D10" t="s">
+        <v>1491</v>
+      </c>
+    </row>
+    <row r="11" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B11" t="s">
+        <v>1492</v>
+      </c>
+      <c r="C11" t="s">
+        <v>409</v>
+      </c>
+      <c r="D11" t="s">
+        <v>1493</v>
+      </c>
+    </row>
+    <row r="12" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B12" t="s">
+        <v>1494</v>
+      </c>
+      <c r="C12" t="s">
+        <v>412</v>
+      </c>
+      <c r="D12" t="s">
+        <v>1495</v>
+      </c>
+    </row>
+    <row r="13" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B13" t="s">
+        <v>1496</v>
+      </c>
+      <c r="C13" t="s">
+        <v>415</v>
+      </c>
+      <c r="D13" t="s">
+        <v>1497</v>
+      </c>
+    </row>
+    <row r="14" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B14" t="s">
+        <v>788</v>
+      </c>
+      <c r="C14" t="s">
+        <v>418</v>
+      </c>
+      <c r="D14" t="s">
+        <v>1498</v>
+      </c>
+    </row>
+  </sheetData>
+  <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet27.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1B00-000000000000}">
+  <dimension ref="A1:D34"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="4" width="50.7265625" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A1" s="1" t="s">
+        <v>131</v>
+      </c>
+      <c r="B1" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" s="1" t="s">
+        <v>132</v>
+      </c>
+      <c r="D1" s="1" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="2" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A2" t="s">
+        <v>76</v>
+      </c>
+      <c r="B2" t="s">
+        <v>2766</v>
+      </c>
+      <c r="D2" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="3" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A3" t="s">
+        <v>1499</v>
+      </c>
+      <c r="B3" t="s">
+        <v>136</v>
+      </c>
+      <c r="D3" t="s">
+        <v>1502</v>
+      </c>
+    </row>
+    <row r="4" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A4" t="s">
+        <v>1500</v>
+      </c>
+      <c r="B4" t="s">
+        <v>466</v>
+      </c>
+      <c r="D4" t="s">
+        <v>1503</v>
+      </c>
+    </row>
+    <row r="5" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A5" t="s">
+        <v>1501</v>
+      </c>
+      <c r="B5" t="s">
+        <v>142</v>
+      </c>
+      <c r="D5" t="s">
+        <v>1504</v>
+      </c>
+    </row>
+    <row r="6" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B6" t="s">
+        <v>388</v>
+      </c>
+      <c r="D6" t="s">
+        <v>1505</v>
+      </c>
+    </row>
+    <row r="7" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B7" t="s">
+        <v>140</v>
+      </c>
+      <c r="D7" t="s">
+        <v>1506</v>
+      </c>
+    </row>
+    <row r="8" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B8" t="s">
+        <v>628</v>
+      </c>
+      <c r="D8" t="s">
+        <v>1507</v>
+      </c>
+    </row>
+    <row r="9" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B9" t="s">
+        <v>1508</v>
+      </c>
+      <c r="D9" t="s">
+        <v>1509</v>
+      </c>
+    </row>
+    <row r="10" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B10" t="s">
+        <v>1510</v>
+      </c>
+      <c r="C10" t="s">
+        <v>393</v>
+      </c>
+      <c r="D10" t="s">
+        <v>1511</v>
+      </c>
+    </row>
+    <row r="11" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B11" t="s">
+        <v>1512</v>
+      </c>
+      <c r="C11" t="s">
+        <v>398</v>
+      </c>
+      <c r="D11" t="s">
+        <v>1513</v>
+      </c>
+    </row>
+    <row r="12" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B12" t="s">
+        <v>1514</v>
+      </c>
+      <c r="D12" t="s">
+        <v>1515</v>
+      </c>
+    </row>
+    <row r="13" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B13" t="s">
+        <v>1516</v>
+      </c>
+      <c r="C13" t="s">
+        <v>401</v>
+      </c>
+      <c r="D13" t="s">
+        <v>1517</v>
+      </c>
+    </row>
+    <row r="14" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B14" t="s">
+        <v>1518</v>
+      </c>
+      <c r="C14" t="s">
+        <v>406</v>
+      </c>
+      <c r="D14" t="s">
+        <v>1519</v>
+      </c>
+    </row>
+    <row r="15" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B15" t="s">
+        <v>1520</v>
+      </c>
+      <c r="C15" t="s">
+        <v>409</v>
+      </c>
+      <c r="D15" t="s">
+        <v>1521</v>
+      </c>
+    </row>
+    <row r="16" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B16" t="s">
+        <v>1522</v>
+      </c>
+      <c r="D16" t="s">
+        <v>1523</v>
+      </c>
+    </row>
+    <row r="17" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B17" t="s">
+        <v>1524</v>
+      </c>
+      <c r="C17" t="s">
+        <v>412</v>
+      </c>
+      <c r="D17" t="s">
+        <v>1525</v>
+      </c>
+    </row>
+    <row r="18" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B18" t="s">
+        <v>1526</v>
+      </c>
+      <c r="C18" t="s">
+        <v>415</v>
+      </c>
+      <c r="D18" t="s">
+        <v>1527</v>
+      </c>
+    </row>
+    <row r="19" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B19" t="s">
+        <v>1528</v>
+      </c>
+      <c r="C19" t="s">
+        <v>418</v>
+      </c>
+      <c r="D19" t="s">
+        <v>1529</v>
+      </c>
+    </row>
+    <row r="20" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B20" t="s">
+        <v>1530</v>
+      </c>
+      <c r="C20" t="s">
+        <v>421</v>
+      </c>
+      <c r="D20" t="s">
+        <v>1531</v>
+      </c>
+    </row>
+    <row r="21" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B21" t="s">
+        <v>1532</v>
+      </c>
+      <c r="C21" t="s">
+        <v>426</v>
+      </c>
+      <c r="D21" t="s">
+        <v>1533</v>
+      </c>
+    </row>
+    <row r="22" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B22" t="s">
+        <v>1534</v>
+      </c>
+      <c r="C22" t="s">
+        <v>429</v>
+      </c>
+      <c r="D22" t="s">
+        <v>1535</v>
+      </c>
+    </row>
+    <row r="23" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B23" t="s">
+        <v>1536</v>
+      </c>
+      <c r="C23" t="s">
+        <v>432</v>
+      </c>
+      <c r="D23" t="s">
+        <v>1537</v>
+      </c>
+    </row>
+    <row r="24" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B24" t="s">
+        <v>1538</v>
+      </c>
+      <c r="D24" t="s">
+        <v>1539</v>
+      </c>
+    </row>
+    <row r="25" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B25" t="s">
+        <v>1540</v>
+      </c>
+      <c r="C25" t="s">
+        <v>435</v>
+      </c>
+      <c r="D25" t="s">
+        <v>1541</v>
+      </c>
+    </row>
+    <row r="26" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B26" t="s">
+        <v>1542</v>
+      </c>
+      <c r="C26" t="s">
+        <v>438</v>
+      </c>
+      <c r="D26" t="s">
+        <v>1543</v>
+      </c>
+    </row>
+    <row r="27" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B27" t="s">
+        <v>1544</v>
+      </c>
+      <c r="C27" t="s">
+        <v>441</v>
+      </c>
+      <c r="D27" t="s">
+        <v>1545</v>
+      </c>
+    </row>
+    <row r="28" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B28" t="s">
+        <v>1546</v>
+      </c>
+      <c r="C28" t="s">
+        <v>444</v>
+      </c>
+      <c r="D28" t="s">
+        <v>1547</v>
+      </c>
+    </row>
+    <row r="29" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B29" t="s">
+        <v>1548</v>
+      </c>
+      <c r="C29" t="s">
+        <v>447</v>
+      </c>
+      <c r="D29" t="s">
+        <v>1549</v>
+      </c>
+    </row>
+    <row r="30" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B30" t="s">
+        <v>1550</v>
+      </c>
+      <c r="C30" t="s">
+        <v>450</v>
+      </c>
+      <c r="D30" t="s">
+        <v>1551</v>
+      </c>
+    </row>
+    <row r="31" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B31" t="s">
+        <v>1552</v>
+      </c>
+      <c r="C31" t="s">
+        <v>453</v>
+      </c>
+      <c r="D31" t="s">
+        <v>1553</v>
+      </c>
+    </row>
+    <row r="32" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B32" t="s">
+        <v>1554</v>
+      </c>
+      <c r="C32" t="s">
+        <v>456</v>
+      </c>
+      <c r="D32" t="s">
+        <v>1555</v>
+      </c>
+    </row>
+    <row r="33" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B33" t="s">
+        <v>1556</v>
+      </c>
+      <c r="D33" t="s">
+        <v>1557</v>
+      </c>
+    </row>
+    <row r="34" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B34" t="s">
+        <v>380</v>
+      </c>
+      <c r="D34" t="s">
+        <v>1558</v>
+      </c>
+    </row>
+  </sheetData>
+  <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet28.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1C00-000000000000}">
+  <dimension ref="A1:D63"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="4" width="50.7265625" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A1" s="1" t="s">
+        <v>131</v>
+      </c>
+      <c r="B1" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" s="1" t="s">
+        <v>132</v>
+      </c>
+      <c r="D1" s="1" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="2" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A2" t="s">
+        <v>78</v>
+      </c>
+      <c r="B2" t="s">
+        <v>2767</v>
+      </c>
+      <c r="D2" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="3" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A3" t="s">
+        <v>1559</v>
+      </c>
+      <c r="B3" t="s">
+        <v>136</v>
+      </c>
+      <c r="D3" t="s">
+        <v>1561</v>
+      </c>
+    </row>
+    <row r="4" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A4" t="s">
+        <v>1560</v>
+      </c>
+      <c r="B4" t="s">
+        <v>1406</v>
+      </c>
+      <c r="D4" t="s">
+        <v>1562</v>
+      </c>
+    </row>
+    <row r="5" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B5" t="s">
+        <v>1563</v>
+      </c>
+      <c r="D5" t="s">
+        <v>1564</v>
+      </c>
+    </row>
+    <row r="6" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B6" t="s">
+        <v>388</v>
+      </c>
+      <c r="D6" t="s">
+        <v>1565</v>
+      </c>
+    </row>
+    <row r="7" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B7" t="s">
+        <v>1566</v>
+      </c>
+      <c r="D7" t="s">
+        <v>1567</v>
+      </c>
+    </row>
+    <row r="8" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B8" t="s">
+        <v>1568</v>
+      </c>
+      <c r="D8" t="s">
+        <v>1569</v>
+      </c>
+    </row>
+    <row r="9" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B9" t="s">
+        <v>1570</v>
+      </c>
+      <c r="C9" t="s">
+        <v>393</v>
+      </c>
+      <c r="D9" t="s">
+        <v>1571</v>
+      </c>
+    </row>
+    <row r="10" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B10" t="s">
+        <v>1572</v>
+      </c>
+      <c r="C10" t="s">
+        <v>398</v>
+      </c>
+      <c r="D10" t="s">
+        <v>1573</v>
+      </c>
+    </row>
+    <row r="11" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B11" t="s">
+        <v>1574</v>
+      </c>
+      <c r="D11" t="s">
+        <v>1575</v>
+      </c>
+    </row>
+    <row r="12" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B12" t="s">
+        <v>788</v>
+      </c>
+      <c r="C12" t="s">
+        <v>401</v>
+      </c>
+      <c r="D12" t="s">
+        <v>1576</v>
+      </c>
+    </row>
+    <row r="13" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B13" t="s">
+        <v>1577</v>
+      </c>
+      <c r="C13" t="s">
+        <v>406</v>
+      </c>
+      <c r="D13" t="s">
+        <v>1578</v>
+      </c>
+    </row>
+    <row r="14" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B14" t="s">
+        <v>1579</v>
+      </c>
+      <c r="C14" t="s">
+        <v>409</v>
+      </c>
+      <c r="D14" t="s">
+        <v>1580</v>
+      </c>
+    </row>
+    <row r="15" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B15" t="s">
+        <v>1581</v>
+      </c>
+      <c r="C15" t="s">
+        <v>412</v>
+      </c>
+      <c r="D15" t="s">
+        <v>1582</v>
+      </c>
+    </row>
+    <row r="16" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B16" t="s">
+        <v>1583</v>
+      </c>
+      <c r="C16" t="s">
+        <v>415</v>
+      </c>
+      <c r="D16" t="s">
+        <v>1584</v>
+      </c>
+    </row>
+    <row r="17" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B17" t="s">
+        <v>1585</v>
+      </c>
+      <c r="D17" t="s">
+        <v>1586</v>
+      </c>
+    </row>
+    <row r="18" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B18" t="s">
+        <v>1587</v>
+      </c>
+      <c r="C18" t="s">
+        <v>418</v>
+      </c>
+      <c r="D18" t="s">
+        <v>1588</v>
+      </c>
+    </row>
+    <row r="19" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B19" t="s">
+        <v>1589</v>
+      </c>
+      <c r="C19" t="s">
+        <v>421</v>
+      </c>
+      <c r="D19" t="s">
+        <v>1590</v>
+      </c>
+    </row>
+    <row r="20" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B20" t="s">
+        <v>1591</v>
+      </c>
+      <c r="C20" t="s">
+        <v>426</v>
+      </c>
+      <c r="D20" t="s">
+        <v>1592</v>
+      </c>
+    </row>
+    <row r="21" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B21" t="s">
+        <v>1593</v>
+      </c>
+      <c r="C21" t="s">
+        <v>429</v>
+      </c>
+      <c r="D21" t="s">
+        <v>1594</v>
+      </c>
+    </row>
+    <row r="22" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B22" t="s">
+        <v>1595</v>
+      </c>
+      <c r="C22" t="s">
+        <v>432</v>
+      </c>
+      <c r="D22" t="s">
+        <v>1596</v>
+      </c>
+    </row>
+    <row r="23" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B23" t="s">
+        <v>1597</v>
+      </c>
+      <c r="C23" t="s">
+        <v>435</v>
+      </c>
+      <c r="D23" t="s">
+        <v>1598</v>
+      </c>
+    </row>
+    <row r="24" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B24" t="s">
+        <v>1599</v>
+      </c>
+      <c r="C24" t="s">
+        <v>438</v>
+      </c>
+      <c r="D24" t="s">
+        <v>1600</v>
+      </c>
+    </row>
+    <row r="25" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B25" t="s">
+        <v>1601</v>
+      </c>
+      <c r="D25" t="s">
+        <v>1602</v>
+      </c>
+    </row>
+    <row r="26" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B26" t="s">
+        <v>1603</v>
+      </c>
+      <c r="C26" t="s">
+        <v>441</v>
+      </c>
+      <c r="D26" t="s">
+        <v>1604</v>
+      </c>
+    </row>
+    <row r="27" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B27" t="s">
+        <v>1605</v>
+      </c>
+      <c r="C27" t="s">
+        <v>444</v>
+      </c>
+      <c r="D27" t="s">
+        <v>1606</v>
+      </c>
+    </row>
+    <row r="28" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B28" t="s">
+        <v>1607</v>
+      </c>
+      <c r="C28" t="s">
+        <v>447</v>
+      </c>
+      <c r="D28" t="s">
+        <v>1608</v>
+      </c>
+    </row>
+    <row r="29" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B29" t="s">
+        <v>1609</v>
+      </c>
+      <c r="C29" t="s">
+        <v>450</v>
+      </c>
+      <c r="D29" t="s">
+        <v>1610</v>
+      </c>
+    </row>
+    <row r="30" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B30" t="s">
+        <v>1611</v>
+      </c>
+      <c r="C30" t="s">
+        <v>453</v>
+      </c>
+      <c r="D30" t="s">
+        <v>1612</v>
+      </c>
+    </row>
+    <row r="31" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B31" t="s">
+        <v>1613</v>
+      </c>
+      <c r="C31" t="s">
+        <v>456</v>
+      </c>
+      <c r="D31" t="s">
+        <v>1614</v>
+      </c>
+    </row>
+    <row r="32" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B32" t="s">
+        <v>1615</v>
+      </c>
+      <c r="C32" t="s">
+        <v>459</v>
+      </c>
+      <c r="D32" t="s">
+        <v>1616</v>
+      </c>
+    </row>
+    <row r="33" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B33" t="s">
+        <v>1617</v>
+      </c>
+      <c r="C33" t="s">
+        <v>462</v>
+      </c>
+      <c r="D33" t="s">
+        <v>1618</v>
+      </c>
+    </row>
+    <row r="34" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B34" t="s">
+        <v>1619</v>
+      </c>
+      <c r="D34" t="s">
+        <v>1620</v>
+      </c>
+    </row>
+    <row r="35" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B35" t="s">
+        <v>1621</v>
+      </c>
+      <c r="C35" t="s">
+        <v>489</v>
+      </c>
+      <c r="D35" t="s">
+        <v>1622</v>
+      </c>
+    </row>
+    <row r="36" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B36" t="s">
+        <v>1623</v>
+      </c>
+      <c r="C36" t="s">
+        <v>491</v>
+      </c>
+      <c r="D36" t="s">
+        <v>1624</v>
+      </c>
+    </row>
+    <row r="37" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B37" t="s">
+        <v>1625</v>
+      </c>
+      <c r="C37" t="s">
+        <v>492</v>
+      </c>
+      <c r="D37" t="s">
+        <v>1626</v>
+      </c>
+    </row>
+    <row r="38" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B38" t="s">
+        <v>1627</v>
+      </c>
+      <c r="C38" t="s">
+        <v>493</v>
+      </c>
+      <c r="D38" t="s">
+        <v>1628</v>
+      </c>
+    </row>
+    <row r="39" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B39" t="s">
+        <v>1629</v>
+      </c>
+      <c r="C39" t="s">
+        <v>494</v>
+      </c>
+      <c r="D39" t="s">
+        <v>1630</v>
+      </c>
+    </row>
+    <row r="40" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B40" t="s">
+        <v>1631</v>
+      </c>
+      <c r="D40" t="s">
+        <v>1632</v>
+      </c>
+    </row>
+    <row r="41" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B41" t="s">
+        <v>1633</v>
+      </c>
+      <c r="C41" t="s">
+        <v>803</v>
+      </c>
+      <c r="D41" t="s">
+        <v>1634</v>
+      </c>
+    </row>
+    <row r="42" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B42" t="s">
+        <v>1635</v>
+      </c>
+      <c r="C42" t="s">
+        <v>1138</v>
+      </c>
+      <c r="D42" t="s">
+        <v>1636</v>
+      </c>
+    </row>
+    <row r="43" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B43" t="s">
+        <v>1637</v>
+      </c>
+      <c r="C43" t="s">
+        <v>1141</v>
+      </c>
+      <c r="D43" t="s">
+        <v>1638</v>
+      </c>
+    </row>
+    <row r="44" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B44" t="s">
+        <v>1639</v>
+      </c>
+      <c r="C44" t="s">
+        <v>1144</v>
+      </c>
+      <c r="D44" t="s">
+        <v>1640</v>
+      </c>
+    </row>
+    <row r="45" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B45" t="s">
+        <v>1641</v>
+      </c>
+      <c r="C45" t="s">
+        <v>1147</v>
+      </c>
+      <c r="D45" t="s">
+        <v>1642</v>
+      </c>
+    </row>
+    <row r="46" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B46" t="s">
+        <v>1643</v>
+      </c>
+      <c r="C46" t="s">
+        <v>1152</v>
+      </c>
+      <c r="D46" t="s">
+        <v>1644</v>
+      </c>
+    </row>
+    <row r="47" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B47" t="s">
+        <v>1645</v>
+      </c>
+      <c r="C47" t="s">
+        <v>1155</v>
+      </c>
+      <c r="D47" t="s">
+        <v>1646</v>
+      </c>
+    </row>
+    <row r="48" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B48" t="s">
+        <v>1647</v>
+      </c>
+      <c r="C48" t="s">
+        <v>1158</v>
+      </c>
+      <c r="D48" t="s">
+        <v>1648</v>
+      </c>
+    </row>
+    <row r="49" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B49" t="s">
+        <v>1649</v>
+      </c>
+      <c r="C49" t="s">
+        <v>1161</v>
+      </c>
+      <c r="D49" t="s">
+        <v>1650</v>
+      </c>
+    </row>
+    <row r="50" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B50" t="s">
+        <v>1651</v>
+      </c>
+      <c r="C50" t="s">
+        <v>1164</v>
+      </c>
+      <c r="D50" t="s">
+        <v>1652</v>
+      </c>
+    </row>
+    <row r="51" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B51" t="s">
+        <v>1653</v>
+      </c>
+      <c r="C51" t="s">
+        <v>1169</v>
+      </c>
+      <c r="D51" t="s">
+        <v>1654</v>
+      </c>
+    </row>
+    <row r="52" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B52" t="s">
+        <v>1655</v>
+      </c>
+      <c r="D52" t="s">
+        <v>1656</v>
+      </c>
+    </row>
+    <row r="53" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B53" t="s">
+        <v>1657</v>
+      </c>
+      <c r="C53" t="s">
+        <v>1658</v>
+      </c>
+      <c r="D53" t="s">
+        <v>1659</v>
+      </c>
+    </row>
+    <row r="54" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B54" t="s">
+        <v>1660</v>
+      </c>
+      <c r="C54" t="s">
+        <v>1661</v>
+      </c>
+      <c r="D54" t="s">
+        <v>1662</v>
+      </c>
+    </row>
+    <row r="55" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B55" t="s">
+        <v>1663</v>
+      </c>
+      <c r="C55" t="s">
+        <v>1664</v>
+      </c>
+      <c r="D55" t="s">
+        <v>1665</v>
+      </c>
+    </row>
+    <row r="56" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B56" t="s">
+        <v>1666</v>
+      </c>
+      <c r="C56" t="s">
+        <v>1667</v>
+      </c>
+      <c r="D56" t="s">
+        <v>1668</v>
+      </c>
+    </row>
+    <row r="57" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B57" t="s">
+        <v>1669</v>
+      </c>
+      <c r="C57" t="s">
+        <v>1670</v>
+      </c>
+      <c r="D57" t="s">
+        <v>1671</v>
+      </c>
+    </row>
+    <row r="58" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B58" t="s">
+        <v>1672</v>
+      </c>
+      <c r="C58" t="s">
+        <v>1673</v>
+      </c>
+      <c r="D58" t="s">
+        <v>1674</v>
+      </c>
+    </row>
+    <row r="59" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B59" t="s">
+        <v>1675</v>
+      </c>
+      <c r="C59" t="s">
+        <v>1676</v>
+      </c>
+      <c r="D59" t="s">
+        <v>1677</v>
+      </c>
+    </row>
+    <row r="60" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B60" t="s">
+        <v>1678</v>
+      </c>
+      <c r="C60" t="s">
+        <v>1679</v>
+      </c>
+      <c r="D60" t="s">
+        <v>1680</v>
+      </c>
+    </row>
+    <row r="61" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B61" t="s">
+        <v>1681</v>
+      </c>
+      <c r="C61" t="s">
+        <v>1682</v>
+      </c>
+      <c r="D61" t="s">
+        <v>1683</v>
+      </c>
+    </row>
+    <row r="62" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B62" t="s">
+        <v>1684</v>
+      </c>
+      <c r="C62" t="s">
+        <v>1685</v>
+      </c>
+      <c r="D62" t="s">
+        <v>1686</v>
+      </c>
+    </row>
+    <row r="63" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B63" t="s">
+        <v>144</v>
+      </c>
+      <c r="D63" t="s">
+        <v>1687</v>
+      </c>
+    </row>
+  </sheetData>
+  <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet29.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1D00-000000000000}">
+  <dimension ref="A1:D59"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="4" width="50.7265625" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A1" s="1" t="s">
+        <v>131</v>
+      </c>
+      <c r="B1" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" s="1" t="s">
+        <v>132</v>
+      </c>
+      <c r="D1" s="1" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="2" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A2" t="s">
+        <v>80</v>
+      </c>
+      <c r="B2" t="s">
+        <v>2768</v>
+      </c>
+      <c r="D2" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="3" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A3" t="s">
+        <v>1688</v>
+      </c>
+      <c r="B3" t="s">
+        <v>136</v>
+      </c>
+      <c r="D3" t="s">
+        <v>1689</v>
+      </c>
+    </row>
+    <row r="4" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B4" t="s">
+        <v>466</v>
+      </c>
+      <c r="D4" t="s">
+        <v>1690</v>
+      </c>
+    </row>
+    <row r="5" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B5" t="s">
+        <v>142</v>
+      </c>
+      <c r="D5" t="s">
+        <v>1691</v>
+      </c>
+    </row>
+    <row r="6" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B6" t="s">
+        <v>140</v>
+      </c>
+      <c r="D6" t="s">
+        <v>1692</v>
+      </c>
+    </row>
+    <row r="7" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B7" t="s">
+        <v>1693</v>
+      </c>
+      <c r="D7" t="s">
+        <v>1694</v>
+      </c>
+    </row>
+    <row r="8" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B8" t="s">
+        <v>1695</v>
+      </c>
+      <c r="C8" t="s">
+        <v>393</v>
+      </c>
+      <c r="D8" t="s">
+        <v>1696</v>
+      </c>
+    </row>
+    <row r="9" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B9" t="s">
+        <v>1697</v>
+      </c>
+      <c r="C9" t="s">
+        <v>398</v>
+      </c>
+      <c r="D9" t="s">
+        <v>1698</v>
+      </c>
+    </row>
+    <row r="10" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B10" t="s">
+        <v>1699</v>
+      </c>
+      <c r="C10" t="s">
+        <v>401</v>
+      </c>
+      <c r="D10" t="s">
+        <v>1700</v>
+      </c>
+    </row>
+    <row r="11" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B11" t="s">
+        <v>1701</v>
+      </c>
+      <c r="C11" t="s">
+        <v>406</v>
+      </c>
+      <c r="D11" t="s">
+        <v>1702</v>
+      </c>
+    </row>
+    <row r="12" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B12" t="s">
+        <v>1703</v>
+      </c>
+      <c r="D12" t="s">
+        <v>1704</v>
+      </c>
+    </row>
+    <row r="13" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B13" t="s">
+        <v>1705</v>
+      </c>
+      <c r="C13" t="s">
+        <v>409</v>
+      </c>
+      <c r="D13" t="s">
+        <v>1706</v>
+      </c>
+    </row>
+    <row r="14" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B14" t="s">
+        <v>1216</v>
+      </c>
+      <c r="C14" t="s">
+        <v>412</v>
+      </c>
+      <c r="D14" t="s">
+        <v>1707</v>
+      </c>
+    </row>
+    <row r="15" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B15" t="s">
+        <v>1708</v>
+      </c>
+      <c r="C15" t="s">
+        <v>415</v>
+      </c>
+      <c r="D15" t="s">
+        <v>1709</v>
+      </c>
+    </row>
+    <row r="16" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B16" t="s">
+        <v>1710</v>
+      </c>
+      <c r="C16" t="s">
+        <v>418</v>
+      </c>
+      <c r="D16" t="s">
+        <v>1711</v>
+      </c>
+    </row>
+    <row r="17" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B17" t="s">
+        <v>1435</v>
+      </c>
+      <c r="C17" t="s">
+        <v>421</v>
+      </c>
+      <c r="D17" t="s">
+        <v>1712</v>
+      </c>
+    </row>
+    <row r="18" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B18" t="s">
+        <v>1713</v>
+      </c>
+      <c r="C18" t="s">
+        <v>426</v>
+      </c>
+      <c r="D18" t="s">
+        <v>1714</v>
+      </c>
+    </row>
+    <row r="19" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B19" t="s">
+        <v>1715</v>
+      </c>
+      <c r="C19" t="s">
+        <v>429</v>
+      </c>
+      <c r="D19" t="s">
+        <v>1716</v>
+      </c>
+    </row>
+    <row r="20" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B20" t="s">
+        <v>1717</v>
+      </c>
+      <c r="D20" t="s">
+        <v>1718</v>
+      </c>
+    </row>
+    <row r="21" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B21" t="s">
+        <v>1719</v>
+      </c>
+      <c r="C21" t="s">
+        <v>432</v>
+      </c>
+      <c r="D21" t="s">
+        <v>1720</v>
+      </c>
+    </row>
+    <row r="22" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B22" t="s">
+        <v>1721</v>
+      </c>
+      <c r="C22" t="s">
+        <v>435</v>
+      </c>
+      <c r="D22" t="s">
+        <v>1722</v>
+      </c>
+    </row>
+    <row r="23" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B23" t="s">
+        <v>1041</v>
+      </c>
+      <c r="C23" t="s">
+        <v>438</v>
+      </c>
+      <c r="D23" t="s">
+        <v>1723</v>
+      </c>
+    </row>
+    <row r="24" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B24" t="s">
+        <v>1724</v>
+      </c>
+      <c r="C24" t="s">
+        <v>441</v>
+      </c>
+      <c r="D24" t="s">
+        <v>1725</v>
+      </c>
+    </row>
+    <row r="25" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B25" t="s">
+        <v>1726</v>
+      </c>
+      <c r="D25" t="s">
+        <v>1727</v>
+      </c>
+    </row>
+    <row r="26" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B26" t="s">
+        <v>1728</v>
+      </c>
+      <c r="C26" t="s">
+        <v>444</v>
+      </c>
+      <c r="D26" t="s">
+        <v>1729</v>
+      </c>
+    </row>
+    <row r="27" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B27" t="s">
+        <v>1730</v>
+      </c>
+      <c r="C27" t="s">
+        <v>447</v>
+      </c>
+      <c r="D27" t="s">
+        <v>1731</v>
+      </c>
+    </row>
+    <row r="28" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B28" t="s">
+        <v>1732</v>
+      </c>
+      <c r="C28" t="s">
+        <v>450</v>
+      </c>
+      <c r="D28" t="s">
+        <v>1733</v>
+      </c>
+    </row>
+    <row r="29" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B29" t="s">
+        <v>1734</v>
+      </c>
+      <c r="C29" t="s">
+        <v>453</v>
+      </c>
+      <c r="D29" t="s">
+        <v>1735</v>
+      </c>
+    </row>
+    <row r="30" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B30" t="s">
+        <v>1736</v>
+      </c>
+      <c r="C30" t="s">
+        <v>456</v>
+      </c>
+      <c r="D30" t="s">
+        <v>1737</v>
+      </c>
+    </row>
+    <row r="31" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B31" t="s">
+        <v>1738</v>
+      </c>
+      <c r="D31" t="s">
+        <v>1739</v>
+      </c>
+    </row>
+    <row r="32" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B32" t="s">
+        <v>1740</v>
+      </c>
+      <c r="C32" t="s">
+        <v>459</v>
+      </c>
+      <c r="D32" t="s">
+        <v>1741</v>
+      </c>
+    </row>
+    <row r="33" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B33" t="s">
+        <v>1742</v>
+      </c>
+      <c r="C33" t="s">
+        <v>462</v>
+      </c>
+      <c r="D33" t="s">
+        <v>1743</v>
+      </c>
+    </row>
+    <row r="34" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B34" t="s">
+        <v>1744</v>
+      </c>
+      <c r="C34" t="s">
+        <v>489</v>
+      </c>
+      <c r="D34" t="s">
+        <v>1745</v>
+      </c>
+    </row>
+    <row r="35" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B35" t="s">
+        <v>1746</v>
+      </c>
+      <c r="C35" t="s">
+        <v>491</v>
+      </c>
+      <c r="D35" t="s">
+        <v>1747</v>
+      </c>
+    </row>
+    <row r="36" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B36" t="s">
+        <v>1748</v>
+      </c>
+      <c r="D36" t="s">
+        <v>1749</v>
+      </c>
+    </row>
+    <row r="37" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B37" t="s">
+        <v>1750</v>
+      </c>
+      <c r="C37" t="s">
+        <v>492</v>
+      </c>
+      <c r="D37" t="s">
+        <v>1751</v>
+      </c>
+    </row>
+    <row r="38" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B38" t="s">
+        <v>1752</v>
+      </c>
+      <c r="C38" t="s">
+        <v>493</v>
+      </c>
+      <c r="D38" t="s">
+        <v>1753</v>
+      </c>
+    </row>
+    <row r="39" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B39" t="s">
+        <v>1754</v>
+      </c>
+      <c r="C39" t="s">
+        <v>494</v>
+      </c>
+      <c r="D39" t="s">
+        <v>1755</v>
+      </c>
+    </row>
+    <row r="40" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B40" t="s">
+        <v>1756</v>
+      </c>
+      <c r="C40" t="s">
+        <v>803</v>
+      </c>
+      <c r="D40" t="s">
+        <v>1757</v>
+      </c>
+    </row>
+    <row r="41" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B41" t="s">
+        <v>1758</v>
+      </c>
+      <c r="D41" t="s">
+        <v>1759</v>
+      </c>
+    </row>
+    <row r="42" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B42" t="s">
+        <v>1760</v>
+      </c>
+      <c r="C42" t="s">
+        <v>1138</v>
+      </c>
+      <c r="D42" t="s">
+        <v>1761</v>
+      </c>
+    </row>
+    <row r="43" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B43" t="s">
+        <v>1762</v>
+      </c>
+      <c r="C43" t="s">
+        <v>1141</v>
+      </c>
+      <c r="D43" t="s">
+        <v>1763</v>
+      </c>
+    </row>
+    <row r="44" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B44" t="s">
+        <v>1764</v>
+      </c>
+      <c r="C44" t="s">
+        <v>1144</v>
+      </c>
+      <c r="D44" t="s">
+        <v>1765</v>
+      </c>
+    </row>
+    <row r="45" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B45" t="s">
+        <v>1766</v>
+      </c>
+      <c r="C45" t="s">
+        <v>1147</v>
+      </c>
+      <c r="D45" t="s">
+        <v>1767</v>
+      </c>
+    </row>
+    <row r="46" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B46" t="s">
+        <v>1768</v>
+      </c>
+      <c r="D46" t="s">
+        <v>1769</v>
+      </c>
+    </row>
+    <row r="47" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B47" t="s">
+        <v>1770</v>
+      </c>
+      <c r="C47" t="s">
+        <v>1152</v>
+      </c>
+      <c r="D47" t="s">
+        <v>1771</v>
+      </c>
+    </row>
+    <row r="48" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B48" t="s">
+        <v>1772</v>
+      </c>
+      <c r="C48" t="s">
+        <v>1155</v>
+      </c>
+      <c r="D48" t="s">
+        <v>1773</v>
+      </c>
+    </row>
+    <row r="49" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B49" t="s">
+        <v>1774</v>
+      </c>
+      <c r="C49" t="s">
+        <v>1158</v>
+      </c>
+      <c r="D49" t="s">
+        <v>1775</v>
+      </c>
+    </row>
+    <row r="50" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B50" t="s">
+        <v>1776</v>
+      </c>
+      <c r="C50" t="s">
+        <v>1161</v>
+      </c>
+      <c r="D50" t="s">
+        <v>1777</v>
+      </c>
+    </row>
+    <row r="51" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B51" t="s">
+        <v>1778</v>
+      </c>
+      <c r="D51" t="s">
+        <v>1779</v>
+      </c>
+    </row>
+    <row r="52" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B52" t="s">
+        <v>1780</v>
+      </c>
+      <c r="C52" t="s">
+        <v>1164</v>
+      </c>
+      <c r="D52" t="s">
+        <v>1781</v>
+      </c>
+    </row>
+    <row r="53" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B53" t="s">
+        <v>1782</v>
+      </c>
+      <c r="C53" t="s">
+        <v>1169</v>
+      </c>
+      <c r="D53" t="s">
+        <v>1783</v>
+      </c>
+    </row>
+    <row r="54" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B54" t="s">
+        <v>1784</v>
+      </c>
+      <c r="C54" t="s">
+        <v>1658</v>
+      </c>
+      <c r="D54" t="s">
+        <v>1785</v>
+      </c>
+    </row>
+    <row r="55" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B55" t="s">
+        <v>1786</v>
+      </c>
+      <c r="C55" t="s">
+        <v>1661</v>
+      </c>
+      <c r="D55" t="s">
+        <v>1787</v>
+      </c>
+    </row>
+    <row r="56" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B56" t="s">
+        <v>1788</v>
+      </c>
+      <c r="C56" t="s">
+        <v>378</v>
+      </c>
+      <c r="D56" t="s">
+        <v>1789</v>
+      </c>
+    </row>
+    <row r="57" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B57" t="s">
+        <v>1790</v>
+      </c>
+      <c r="C57" t="s">
+        <v>601</v>
+      </c>
+      <c r="D57" t="s">
+        <v>1791</v>
+      </c>
+    </row>
+    <row r="58" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B58" t="s">
+        <v>1792</v>
+      </c>
+      <c r="C58" t="s">
+        <v>1793</v>
+      </c>
+      <c r="D58" t="s">
+        <v>1794</v>
+      </c>
+    </row>
+    <row r="59" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B59" t="s">
+        <v>144</v>
+      </c>
+      <c r="D59" t="s">
+        <v>1795</v>
+      </c>
+    </row>
+  </sheetData>
+  <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
+  <dimension ref="A1:D43"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="4" width="50.7265625" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A1" s="1" t="s">
+        <v>131</v>
+      </c>
+      <c r="B1" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" s="1" t="s">
+        <v>132</v>
+      </c>
+      <c r="D1" s="1" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="2" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A2" t="s">
+        <v>465</v>
+      </c>
+      <c r="B2" t="s">
+        <v>2769</v>
+      </c>
+      <c r="D2" t="s">
+        <v>2770</v>
+      </c>
+    </row>
+    <row r="3" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A3" t="s">
+        <v>464</v>
+      </c>
+      <c r="B3" t="s">
+        <v>136</v>
+      </c>
+      <c r="D3" t="s">
+        <v>2771</v>
+      </c>
+    </row>
+    <row r="4" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A4" t="s">
+        <v>2772</v>
+      </c>
+      <c r="B4" t="s">
+        <v>2773</v>
+      </c>
+      <c r="D4" t="s">
+        <v>2774</v>
+      </c>
+    </row>
+    <row r="5" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A5" t="s">
+        <v>2775</v>
+      </c>
+      <c r="B5" t="s">
+        <v>2773</v>
+      </c>
+      <c r="D5" t="s">
+        <v>2776</v>
+      </c>
+    </row>
+    <row r="6" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B6" t="s">
+        <v>466</v>
+      </c>
+      <c r="D6" t="s">
+        <v>2777</v>
+      </c>
+    </row>
+    <row r="7" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B7" t="s">
+        <v>2778</v>
+      </c>
+      <c r="D7" t="s">
+        <v>2779</v>
+      </c>
+    </row>
+    <row r="8" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B8" t="s">
+        <v>140</v>
+      </c>
+      <c r="D8" t="s">
+        <v>2780</v>
+      </c>
+    </row>
+    <row r="9" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B9" t="s">
+        <v>2781</v>
+      </c>
+      <c r="D9" t="s">
+        <v>2782</v>
+      </c>
+    </row>
+    <row r="10" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B10" t="s">
+        <v>142</v>
+      </c>
+      <c r="D10" t="s">
+        <v>2783</v>
+      </c>
+    </row>
+    <row r="11" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B11" t="s">
+        <v>2784</v>
+      </c>
+      <c r="D11" t="s">
+        <v>2785</v>
+      </c>
+    </row>
+    <row r="12" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B12" t="s">
+        <v>2786</v>
+      </c>
+      <c r="C12" t="s">
+        <v>149</v>
+      </c>
+      <c r="D12" t="s">
+        <v>2787</v>
+      </c>
+    </row>
+    <row r="13" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B13" t="s">
+        <v>469</v>
+      </c>
+      <c r="C13" t="s">
+        <v>152</v>
+      </c>
+      <c r="D13" t="s">
+        <v>2788</v>
+      </c>
+    </row>
+    <row r="14" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B14" t="s">
+        <v>470</v>
+      </c>
+      <c r="C14" t="s">
+        <v>155</v>
+      </c>
+      <c r="D14" t="s">
+        <v>2789</v>
+      </c>
+    </row>
+    <row r="15" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B15" t="s">
+        <v>471</v>
+      </c>
+      <c r="C15" t="s">
+        <v>158</v>
+      </c>
+      <c r="D15" t="s">
+        <v>2790</v>
+      </c>
+    </row>
+    <row r="16" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B16" t="s">
+        <v>2644</v>
+      </c>
+      <c r="C16" t="s">
+        <v>161</v>
+      </c>
+      <c r="D16" t="s">
+        <v>2791</v>
+      </c>
+    </row>
+    <row r="17" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B17" t="s">
+        <v>2792</v>
+      </c>
+      <c r="C17" t="s">
+        <v>164</v>
+      </c>
+      <c r="D17" t="s">
+        <v>2793</v>
+      </c>
+    </row>
+    <row r="18" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B18" t="s">
+        <v>472</v>
+      </c>
+      <c r="C18" t="s">
+        <v>167</v>
+      </c>
+      <c r="D18" t="s">
+        <v>2794</v>
+      </c>
+    </row>
+    <row r="19" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B19" t="s">
+        <v>473</v>
+      </c>
+      <c r="C19" t="s">
+        <v>170</v>
+      </c>
+      <c r="D19" t="s">
+        <v>2795</v>
+      </c>
+    </row>
+    <row r="20" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B20" t="s">
+        <v>2796</v>
+      </c>
+      <c r="C20" t="s">
+        <v>173</v>
+      </c>
+      <c r="D20" t="s">
+        <v>2797</v>
+      </c>
+    </row>
+    <row r="21" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B21" t="s">
+        <v>2798</v>
+      </c>
+      <c r="D21" t="s">
+        <v>2799</v>
+      </c>
+    </row>
+    <row r="22" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B22" t="s">
+        <v>474</v>
+      </c>
+      <c r="C22" t="s">
+        <v>178</v>
+      </c>
+      <c r="D22" t="s">
+        <v>2800</v>
+      </c>
+    </row>
+    <row r="23" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B23" t="s">
+        <v>475</v>
+      </c>
+      <c r="C23" t="s">
+        <v>181</v>
+      </c>
+      <c r="D23" t="s">
+        <v>2801</v>
+      </c>
+    </row>
+    <row r="24" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B24" t="s">
+        <v>476</v>
+      </c>
+      <c r="C24" t="s">
+        <v>184</v>
+      </c>
+      <c r="D24" t="s">
+        <v>2802</v>
+      </c>
+    </row>
+    <row r="25" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B25" t="s">
+        <v>477</v>
+      </c>
+      <c r="C25" t="s">
+        <v>187</v>
+      </c>
+      <c r="D25" t="s">
+        <v>2803</v>
+      </c>
+    </row>
+    <row r="26" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B26" t="s">
+        <v>478</v>
+      </c>
+      <c r="C26" t="s">
+        <v>190</v>
+      </c>
+      <c r="D26" t="s">
+        <v>2804</v>
+      </c>
+    </row>
+    <row r="27" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B27" t="s">
+        <v>479</v>
+      </c>
+      <c r="C27" t="s">
+        <v>193</v>
+      </c>
+      <c r="D27" t="s">
+        <v>2805</v>
+      </c>
+    </row>
+    <row r="28" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B28" t="s">
+        <v>480</v>
+      </c>
+      <c r="C28" t="s">
+        <v>196</v>
+      </c>
+      <c r="D28" t="s">
+        <v>2806</v>
+      </c>
+    </row>
+    <row r="29" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B29" t="s">
+        <v>481</v>
+      </c>
+      <c r="C29" t="s">
+        <v>199</v>
+      </c>
+      <c r="D29" t="s">
+        <v>2807</v>
+      </c>
+    </row>
+    <row r="30" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B30" t="s">
+        <v>482</v>
+      </c>
+      <c r="C30" t="s">
+        <v>202</v>
+      </c>
+      <c r="D30" t="s">
+        <v>2808</v>
+      </c>
+    </row>
+    <row r="31" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B31" t="s">
+        <v>483</v>
+      </c>
+      <c r="C31" t="s">
+        <v>205</v>
+      </c>
+      <c r="D31" t="s">
+        <v>2809</v>
+      </c>
+    </row>
+    <row r="32" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B32" t="s">
+        <v>484</v>
+      </c>
+      <c r="C32" t="s">
+        <v>208</v>
+      </c>
+      <c r="D32" t="s">
+        <v>2810</v>
+      </c>
+    </row>
+    <row r="33" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B33" t="s">
+        <v>485</v>
+      </c>
+      <c r="C33" t="s">
+        <v>211</v>
+      </c>
+      <c r="D33" t="s">
+        <v>2811</v>
+      </c>
+    </row>
+    <row r="34" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B34" t="s">
+        <v>2812</v>
+      </c>
+      <c r="C34" t="s">
+        <v>214</v>
+      </c>
+      <c r="D34" t="s">
+        <v>2813</v>
+      </c>
+    </row>
+    <row r="35" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B35" t="s">
+        <v>2814</v>
+      </c>
+      <c r="C35" t="s">
+        <v>217</v>
+      </c>
+      <c r="D35" t="s">
+        <v>2815</v>
+      </c>
+    </row>
+    <row r="36" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B36" t="s">
+        <v>2816</v>
+      </c>
+      <c r="C36" t="s">
+        <v>220</v>
+      </c>
+      <c r="D36" t="s">
+        <v>2817</v>
+      </c>
+    </row>
+    <row r="37" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B37" t="s">
+        <v>2818</v>
+      </c>
+      <c r="C37" t="s">
+        <v>223</v>
+      </c>
+      <c r="D37" t="s">
+        <v>2819</v>
+      </c>
+    </row>
+    <row r="38" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B38" t="s">
+        <v>2820</v>
+      </c>
+      <c r="C38" t="s">
+        <v>226</v>
+      </c>
+      <c r="D38" t="s">
+        <v>2821</v>
+      </c>
+    </row>
+    <row r="39" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B39" t="s">
+        <v>490</v>
+      </c>
+      <c r="C39" t="s">
+        <v>229</v>
+      </c>
+      <c r="D39" t="s">
+        <v>2822</v>
+      </c>
+    </row>
+    <row r="40" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B40" t="s">
+        <v>2823</v>
+      </c>
+      <c r="D40" t="s">
+        <v>2824</v>
+      </c>
+    </row>
+    <row r="41" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B41" t="s">
+        <v>2825</v>
+      </c>
+      <c r="C41" t="s">
+        <v>232</v>
+      </c>
+      <c r="D41" t="s">
+        <v>2826</v>
+      </c>
+    </row>
+    <row r="42" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B42" t="s">
+        <v>2827</v>
+      </c>
+      <c r="C42" t="s">
+        <v>235</v>
+      </c>
+      <c r="D42" t="s">
+        <v>2828</v>
+      </c>
+    </row>
+    <row r="43" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B43" t="s">
+        <v>2829</v>
+      </c>
+      <c r="C43" t="s">
+        <v>238</v>
+      </c>
+      <c r="D43" t="s">
+        <v>2830</v>
+      </c>
+    </row>
+  </sheetData>
+  <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet30.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1E00-000000000000}">
+  <dimension ref="A1:D35"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="4" width="50.7265625" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A1" s="1" t="s">
+        <v>131</v>
+      </c>
+      <c r="B1" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" s="1" t="s">
+        <v>132</v>
+      </c>
+      <c r="D1" s="1" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="2" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A2" t="s">
+        <v>82</v>
+      </c>
+      <c r="B2" t="s">
+        <v>83</v>
+      </c>
+      <c r="D2" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="3" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A3" t="s">
+        <v>1501</v>
+      </c>
+      <c r="B3" t="s">
+        <v>136</v>
+      </c>
+      <c r="D3" t="s">
+        <v>1796</v>
+      </c>
+    </row>
+    <row r="4" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B4" t="s">
+        <v>466</v>
+      </c>
+      <c r="D4" t="s">
+        <v>1797</v>
+      </c>
+    </row>
+    <row r="5" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B5" t="s">
+        <v>142</v>
+      </c>
+      <c r="D5" t="s">
+        <v>1798</v>
+      </c>
+    </row>
+    <row r="6" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B6" t="s">
+        <v>1799</v>
+      </c>
+      <c r="D6" t="s">
+        <v>1800</v>
+      </c>
+    </row>
+    <row r="7" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B7" t="s">
+        <v>1801</v>
+      </c>
+      <c r="C7" t="s">
+        <v>393</v>
+      </c>
+      <c r="D7" t="s">
+        <v>1802</v>
+      </c>
+    </row>
+    <row r="8" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B8" t="s">
+        <v>1803</v>
+      </c>
+      <c r="C8" t="s">
+        <v>398</v>
+      </c>
+      <c r="D8" t="s">
+        <v>1804</v>
+      </c>
+    </row>
+    <row r="9" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B9" t="s">
+        <v>1805</v>
+      </c>
+      <c r="C9" t="s">
+        <v>401</v>
+      </c>
+      <c r="D9" t="s">
+        <v>1806</v>
+      </c>
+    </row>
+    <row r="10" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B10" t="s">
+        <v>1807</v>
+      </c>
+      <c r="C10" t="s">
+        <v>406</v>
+      </c>
+      <c r="D10" t="s">
+        <v>1808</v>
+      </c>
+    </row>
+    <row r="11" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B11" t="s">
+        <v>1809</v>
+      </c>
+      <c r="C11" t="s">
+        <v>409</v>
+      </c>
+      <c r="D11" t="s">
+        <v>1810</v>
+      </c>
+    </row>
+    <row r="12" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B12" t="s">
+        <v>1811</v>
+      </c>
+      <c r="D12" t="s">
+        <v>1812</v>
+      </c>
+    </row>
+    <row r="13" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B13" t="s">
+        <v>1813</v>
+      </c>
+      <c r="C13" t="s">
+        <v>412</v>
+      </c>
+      <c r="D13" t="s">
+        <v>1814</v>
+      </c>
+    </row>
+    <row r="14" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B14" t="s">
+        <v>1815</v>
+      </c>
+      <c r="C14" t="s">
+        <v>415</v>
+      </c>
+      <c r="D14" t="s">
+        <v>1816</v>
+      </c>
+    </row>
+    <row r="15" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B15" t="s">
+        <v>1817</v>
+      </c>
+      <c r="C15" t="s">
+        <v>418</v>
+      </c>
+      <c r="D15" t="s">
+        <v>1818</v>
+      </c>
+    </row>
+    <row r="16" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B16" t="s">
+        <v>1819</v>
+      </c>
+      <c r="C16" t="s">
+        <v>421</v>
+      </c>
+      <c r="D16" t="s">
+        <v>1820</v>
+      </c>
+    </row>
+    <row r="17" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B17" t="s">
+        <v>1821</v>
+      </c>
+      <c r="C17" t="s">
+        <v>426</v>
+      </c>
+      <c r="D17" t="s">
+        <v>1822</v>
+      </c>
+    </row>
+    <row r="18" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B18" t="s">
+        <v>1823</v>
+      </c>
+      <c r="C18" t="s">
+        <v>429</v>
+      </c>
+      <c r="D18" t="s">
+        <v>1824</v>
+      </c>
+    </row>
+    <row r="19" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B19" t="s">
+        <v>1825</v>
+      </c>
+      <c r="C19" t="s">
+        <v>432</v>
+      </c>
+      <c r="D19" t="s">
+        <v>1826</v>
+      </c>
+    </row>
+    <row r="20" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B20" t="s">
+        <v>1827</v>
+      </c>
+      <c r="D20" t="s">
+        <v>1828</v>
+      </c>
+    </row>
+    <row r="21" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B21" t="s">
+        <v>1829</v>
+      </c>
+      <c r="C21" t="s">
+        <v>435</v>
+      </c>
+      <c r="D21" t="s">
+        <v>1830</v>
+      </c>
+    </row>
+    <row r="22" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B22" t="s">
+        <v>1831</v>
+      </c>
+      <c r="C22" t="s">
+        <v>438</v>
+      </c>
+      <c r="D22" t="s">
+        <v>1832</v>
+      </c>
+    </row>
+    <row r="23" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B23" t="s">
+        <v>1833</v>
+      </c>
+      <c r="C23" t="s">
+        <v>441</v>
+      </c>
+      <c r="D23" t="s">
+        <v>1834</v>
+      </c>
+    </row>
+    <row r="24" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B24" t="s">
+        <v>1835</v>
+      </c>
+      <c r="C24" t="s">
+        <v>444</v>
+      </c>
+      <c r="D24" t="s">
+        <v>1836</v>
+      </c>
+    </row>
+    <row r="25" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B25" t="s">
+        <v>1837</v>
+      </c>
+      <c r="D25" t="s">
+        <v>1838</v>
+      </c>
+    </row>
+    <row r="26" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B26" t="s">
+        <v>1839</v>
+      </c>
+      <c r="C26" t="s">
+        <v>447</v>
+      </c>
+      <c r="D26" t="s">
+        <v>1840</v>
+      </c>
+    </row>
+    <row r="27" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B27" t="s">
+        <v>1841</v>
+      </c>
+      <c r="C27" t="s">
+        <v>450</v>
+      </c>
+      <c r="D27" t="s">
+        <v>1842</v>
+      </c>
+    </row>
+    <row r="28" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B28" t="s">
+        <v>1843</v>
+      </c>
+      <c r="C28" t="s">
+        <v>453</v>
+      </c>
+      <c r="D28" t="s">
+        <v>1844</v>
+      </c>
+    </row>
+    <row r="29" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B29" t="s">
+        <v>1845</v>
+      </c>
+      <c r="D29" t="s">
+        <v>1846</v>
+      </c>
+    </row>
+    <row r="30" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B30" t="s">
+        <v>1847</v>
+      </c>
+      <c r="C30" t="s">
+        <v>456</v>
+      </c>
+      <c r="D30" t="s">
+        <v>1848</v>
+      </c>
+    </row>
+    <row r="31" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B31" t="s">
+        <v>1849</v>
+      </c>
+      <c r="C31" t="s">
+        <v>459</v>
+      </c>
+      <c r="D31" t="s">
+        <v>1850</v>
+      </c>
+    </row>
+    <row r="32" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B32" t="s">
+        <v>1851</v>
+      </c>
+      <c r="C32" t="s">
+        <v>462</v>
+      </c>
+      <c r="D32" t="s">
+        <v>1852</v>
+      </c>
+    </row>
+    <row r="33" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B33" t="s">
+        <v>1853</v>
+      </c>
+      <c r="C33" t="s">
+        <v>489</v>
+      </c>
+      <c r="D33" t="s">
+        <v>1854</v>
+      </c>
+    </row>
+    <row r="34" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B34" t="s">
+        <v>1855</v>
+      </c>
+      <c r="C34" t="s">
+        <v>491</v>
+      </c>
+      <c r="D34" t="s">
+        <v>1856</v>
+      </c>
+    </row>
+    <row r="35" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B35" t="s">
+        <v>1857</v>
+      </c>
+      <c r="D35" t="s">
+        <v>1858</v>
+      </c>
+    </row>
+  </sheetData>
+  <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet31.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1F00-000000000000}">
+  <dimension ref="A1:D45"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="4" width="50.7265625" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A1" s="1" t="s">
+        <v>131</v>
+      </c>
+      <c r="B1" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" s="1" t="s">
+        <v>132</v>
+      </c>
+      <c r="D1" s="1" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="2" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A2" t="s">
+        <v>85</v>
+      </c>
+      <c r="B2" t="s">
+        <v>2831</v>
+      </c>
+      <c r="D2" t="s">
+        <v>2869</v>
+      </c>
+    </row>
+    <row r="3" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A3" t="s">
+        <v>2832</v>
+      </c>
+      <c r="B3" t="s">
+        <v>2833</v>
+      </c>
+      <c r="D3" t="s">
+        <v>2870</v>
+      </c>
+    </row>
+    <row r="4" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B4" t="s">
+        <v>142</v>
+      </c>
+      <c r="D4" t="s">
+        <v>2871</v>
+      </c>
+    </row>
+    <row r="5" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B5" t="s">
+        <v>2834</v>
+      </c>
+      <c r="D5" t="s">
+        <v>2872</v>
+      </c>
+    </row>
+    <row r="6" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B6" t="s">
+        <v>1859</v>
+      </c>
+    </row>
+    <row r="7" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B7" t="s">
+        <v>2835</v>
+      </c>
+      <c r="D7" t="s">
+        <v>2873</v>
+      </c>
+    </row>
+    <row r="8" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B8" t="s">
+        <v>2836</v>
+      </c>
+      <c r="D8" t="s">
+        <v>2874</v>
+      </c>
+    </row>
+    <row r="9" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B9" t="s">
+        <v>2837</v>
+      </c>
+      <c r="D9" t="s">
+        <v>2875</v>
+      </c>
+    </row>
+    <row r="10" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B10" t="s">
+        <v>2838</v>
+      </c>
+      <c r="D10" t="s">
+        <v>2876</v>
+      </c>
+    </row>
+    <row r="11" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B11" t="s">
+        <v>2839</v>
+      </c>
+      <c r="D11" t="s">
+        <v>2877</v>
+      </c>
+    </row>
+    <row r="12" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B12" t="s">
+        <v>1860</v>
+      </c>
+    </row>
+    <row r="13" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B13" t="s">
+        <v>2840</v>
+      </c>
+      <c r="D13" t="s">
+        <v>2878</v>
+      </c>
+    </row>
+    <row r="14" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B14" t="s">
+        <v>2841</v>
+      </c>
+      <c r="D14" t="s">
+        <v>2879</v>
+      </c>
+    </row>
+    <row r="15" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B15" t="s">
+        <v>2842</v>
+      </c>
+      <c r="D15" t="s">
+        <v>2880</v>
+      </c>
+    </row>
+    <row r="16" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B16" t="s">
+        <v>2843</v>
+      </c>
+      <c r="D16" t="s">
+        <v>2881</v>
+      </c>
+    </row>
+    <row r="17" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B17" t="s">
+        <v>2844</v>
+      </c>
+      <c r="D17" t="s">
+        <v>2882</v>
+      </c>
+    </row>
+    <row r="18" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B18" t="s">
+        <v>2845</v>
+      </c>
+      <c r="D18" t="s">
+        <v>2883</v>
+      </c>
+    </row>
+    <row r="19" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B19" t="s">
+        <v>2846</v>
+      </c>
+      <c r="D19" t="s">
+        <v>2884</v>
+      </c>
+    </row>
+    <row r="20" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B20" t="s">
+        <v>2847</v>
+      </c>
+      <c r="D20" t="s">
+        <v>2885</v>
+      </c>
+    </row>
+    <row r="21" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B21" t="s">
+        <v>2848</v>
+      </c>
+      <c r="D21" t="s">
+        <v>2886</v>
+      </c>
+    </row>
+    <row r="22" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B22" t="s">
+        <v>2849</v>
+      </c>
+      <c r="D22" t="s">
+        <v>2887</v>
+      </c>
+    </row>
+    <row r="23" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B23" t="s">
+        <v>2850</v>
+      </c>
+      <c r="D23" t="s">
+        <v>2888</v>
+      </c>
+    </row>
+    <row r="24" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B24" t="s">
+        <v>2851</v>
+      </c>
+      <c r="D24" t="s">
+        <v>2889</v>
+      </c>
+    </row>
+    <row r="25" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B25" t="s">
+        <v>2852</v>
+      </c>
+      <c r="D25" t="s">
+        <v>2890</v>
+      </c>
+    </row>
+    <row r="26" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B26" t="s">
+        <v>2853</v>
+      </c>
+      <c r="D26" t="s">
+        <v>2891</v>
+      </c>
+    </row>
+    <row r="27" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B27" t="s">
+        <v>1861</v>
+      </c>
+    </row>
+    <row r="28" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B28" t="s">
+        <v>2854</v>
+      </c>
+      <c r="D28" t="s">
+        <v>2892</v>
+      </c>
+    </row>
+    <row r="29" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B29" t="s">
+        <v>2855</v>
+      </c>
+      <c r="D29" t="s">
+        <v>2893</v>
+      </c>
+    </row>
+    <row r="30" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B30" t="s">
+        <v>2856</v>
+      </c>
+      <c r="D30" t="s">
+        <v>2894</v>
+      </c>
+    </row>
+    <row r="31" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B31" t="s">
+        <v>1862</v>
+      </c>
+    </row>
+    <row r="32" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B32" t="s">
+        <v>2857</v>
+      </c>
+      <c r="D32" t="s">
+        <v>2895</v>
+      </c>
+    </row>
+    <row r="33" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B33" t="s">
+        <v>2858</v>
+      </c>
+      <c r="D33" t="s">
+        <v>2896</v>
+      </c>
+    </row>
+    <row r="34" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B34" t="s">
+        <v>2859</v>
+      </c>
+      <c r="D34" t="s">
+        <v>2897</v>
+      </c>
+    </row>
+    <row r="35" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B35" t="s">
+        <v>2860</v>
+      </c>
+      <c r="D35" t="s">
+        <v>2898</v>
+      </c>
+    </row>
+    <row r="36" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B36" t="s">
+        <v>2861</v>
+      </c>
+      <c r="D36" t="s">
+        <v>2899</v>
+      </c>
+    </row>
+    <row r="37" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B37" t="s">
+        <v>2862</v>
+      </c>
+      <c r="D37" t="s">
+        <v>2900</v>
+      </c>
+    </row>
+    <row r="38" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B38" t="s">
+        <v>2863</v>
+      </c>
+      <c r="D38" t="s">
+        <v>2901</v>
+      </c>
+    </row>
+    <row r="39" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B39" t="s">
+        <v>2864</v>
+      </c>
+      <c r="D39" t="s">
+        <v>2902</v>
+      </c>
+    </row>
+    <row r="40" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B40" t="s">
+        <v>2865</v>
+      </c>
+      <c r="D40" t="s">
+        <v>2903</v>
+      </c>
+    </row>
+    <row r="41" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B41" t="s">
+        <v>1863</v>
+      </c>
+    </row>
+    <row r="42" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B42" t="s">
+        <v>2866</v>
+      </c>
+      <c r="D42" t="s">
+        <v>2904</v>
+      </c>
+    </row>
+    <row r="43" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B43" t="s">
+        <v>2867</v>
+      </c>
+      <c r="D43" t="s">
+        <v>2905</v>
+      </c>
+    </row>
+    <row r="44" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B44" t="s">
+        <v>2868</v>
+      </c>
+      <c r="D44" t="s">
+        <v>2906</v>
+      </c>
+    </row>
+    <row r="45" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B45" t="s">
+        <v>1864</v>
+      </c>
+      <c r="D45" t="s">
+        <v>2907</v>
+      </c>
+    </row>
+  </sheetData>
+  <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet32.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-2000-000000000000}">
+  <dimension ref="A1:D68"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="4" width="50.7265625" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A1" s="1" t="s">
+        <v>131</v>
+      </c>
+      <c r="B1" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" s="1" t="s">
+        <v>132</v>
+      </c>
+      <c r="D1" s="1" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="2" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A2" t="s">
+        <v>86</v>
+      </c>
+      <c r="B2" t="s">
+        <v>87</v>
+      </c>
+      <c r="D2" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="3" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A3" t="s">
+        <v>1865</v>
+      </c>
+      <c r="B3" t="s">
+        <v>136</v>
+      </c>
+      <c r="D3" t="s">
+        <v>1866</v>
+      </c>
+    </row>
+    <row r="4" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B4" t="s">
+        <v>1867</v>
+      </c>
+      <c r="D4" t="s">
+        <v>1868</v>
+      </c>
+    </row>
+    <row r="5" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B5" t="s">
+        <v>1869</v>
+      </c>
+      <c r="D5" t="s">
+        <v>1870</v>
+      </c>
+    </row>
+    <row r="6" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B6" t="s">
+        <v>142</v>
+      </c>
+      <c r="D6" t="s">
+        <v>1871</v>
+      </c>
+    </row>
+    <row r="7" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B7" t="s">
+        <v>388</v>
+      </c>
+      <c r="D7" t="s">
+        <v>1872</v>
+      </c>
+    </row>
+    <row r="8" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B8" t="s">
+        <v>1873</v>
+      </c>
+      <c r="D8" t="s">
+        <v>1874</v>
+      </c>
+    </row>
+    <row r="9" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B9" t="s">
+        <v>1875</v>
+      </c>
+      <c r="C9" t="s">
+        <v>393</v>
+      </c>
+      <c r="D9" t="s">
+        <v>1876</v>
+      </c>
+    </row>
+    <row r="10" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B10" t="s">
+        <v>1877</v>
+      </c>
+      <c r="C10" t="s">
+        <v>398</v>
+      </c>
+      <c r="D10" t="s">
+        <v>1878</v>
+      </c>
+    </row>
+    <row r="11" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B11" t="s">
+        <v>1879</v>
+      </c>
+      <c r="C11" t="s">
+        <v>401</v>
+      </c>
+      <c r="D11" t="s">
+        <v>1880</v>
+      </c>
+    </row>
+    <row r="12" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B12" t="s">
+        <v>1881</v>
+      </c>
+      <c r="D12" t="s">
+        <v>1882</v>
+      </c>
+    </row>
+    <row r="13" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B13" t="s">
+        <v>1883</v>
+      </c>
+      <c r="C13" t="s">
+        <v>406</v>
+      </c>
+      <c r="D13" t="s">
+        <v>1884</v>
+      </c>
+    </row>
+    <row r="14" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B14" t="s">
+        <v>1885</v>
+      </c>
+      <c r="C14" t="s">
+        <v>409</v>
+      </c>
+      <c r="D14" t="s">
+        <v>1886</v>
+      </c>
+    </row>
+    <row r="15" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B15" t="s">
+        <v>1887</v>
+      </c>
+      <c r="C15" t="s">
+        <v>412</v>
+      </c>
+      <c r="D15" t="s">
+        <v>1888</v>
+      </c>
+    </row>
+    <row r="16" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B16" t="s">
+        <v>1889</v>
+      </c>
+      <c r="C16" t="s">
+        <v>415</v>
+      </c>
+      <c r="D16" t="s">
+        <v>1890</v>
+      </c>
+    </row>
+    <row r="17" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B17" t="s">
+        <v>1891</v>
+      </c>
+      <c r="C17" t="s">
+        <v>418</v>
+      </c>
+      <c r="D17" t="s">
+        <v>1892</v>
+      </c>
+    </row>
+    <row r="18" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B18" t="s">
+        <v>1893</v>
+      </c>
+      <c r="C18" t="s">
+        <v>421</v>
+      </c>
+      <c r="D18" t="s">
+        <v>1894</v>
+      </c>
+    </row>
+    <row r="19" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B19" t="s">
+        <v>1895</v>
+      </c>
+      <c r="C19" t="s">
+        <v>426</v>
+      </c>
+      <c r="D19" t="s">
+        <v>1896</v>
+      </c>
+    </row>
+    <row r="20" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B20" t="s">
+        <v>1897</v>
+      </c>
+      <c r="C20" t="s">
+        <v>429</v>
+      </c>
+      <c r="D20" t="s">
+        <v>1898</v>
+      </c>
+    </row>
+    <row r="21" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B21" t="s">
+        <v>1899</v>
+      </c>
+      <c r="D21" t="s">
+        <v>1900</v>
+      </c>
+    </row>
+    <row r="22" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B22" t="s">
+        <v>1901</v>
+      </c>
+      <c r="C22" t="s">
+        <v>432</v>
+      </c>
+      <c r="D22" t="s">
+        <v>1902</v>
+      </c>
+    </row>
+    <row r="23" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B23" t="s">
+        <v>1903</v>
+      </c>
+      <c r="C23" t="s">
+        <v>435</v>
+      </c>
+      <c r="D23" t="s">
+        <v>1904</v>
+      </c>
+    </row>
+    <row r="24" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B24" t="s">
+        <v>1905</v>
+      </c>
+      <c r="C24" t="s">
+        <v>438</v>
+      </c>
+      <c r="D24" t="s">
+        <v>1906</v>
+      </c>
+    </row>
+    <row r="25" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B25" t="s">
+        <v>1821</v>
+      </c>
+      <c r="C25" t="s">
+        <v>441</v>
+      </c>
+      <c r="D25" t="s">
+        <v>1907</v>
+      </c>
+    </row>
+    <row r="26" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B26" t="s">
+        <v>1908</v>
+      </c>
+      <c r="C26" t="s">
+        <v>444</v>
+      </c>
+      <c r="D26" t="s">
+        <v>1909</v>
+      </c>
+    </row>
+    <row r="27" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B27" t="s">
+        <v>1910</v>
+      </c>
+      <c r="C27" t="s">
+        <v>447</v>
+      </c>
+      <c r="D27" t="s">
+        <v>1911</v>
+      </c>
+    </row>
+    <row r="28" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B28" t="s">
+        <v>1912</v>
+      </c>
+      <c r="C28" t="s">
+        <v>450</v>
+      </c>
+      <c r="D28" t="s">
+        <v>1913</v>
+      </c>
+    </row>
+    <row r="29" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B29" t="s">
+        <v>1914</v>
+      </c>
+      <c r="D29" t="s">
+        <v>1915</v>
+      </c>
+    </row>
+    <row r="30" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B30" t="s">
+        <v>1916</v>
+      </c>
+      <c r="C30" t="s">
+        <v>453</v>
+      </c>
+      <c r="D30" t="s">
+        <v>1917</v>
+      </c>
+    </row>
+    <row r="31" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B31" t="s">
+        <v>1918</v>
+      </c>
+      <c r="C31" t="s">
+        <v>456</v>
+      </c>
+      <c r="D31" t="s">
+        <v>1919</v>
+      </c>
+    </row>
+    <row r="32" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B32" t="s">
+        <v>1920</v>
+      </c>
+      <c r="C32" t="s">
+        <v>459</v>
+      </c>
+      <c r="D32" t="s">
+        <v>1921</v>
+      </c>
+    </row>
+    <row r="33" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B33" t="s">
+        <v>1922</v>
+      </c>
+      <c r="C33" t="s">
+        <v>462</v>
+      </c>
+      <c r="D33" t="s">
+        <v>1923</v>
+      </c>
+    </row>
+    <row r="34" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B34" t="s">
+        <v>1924</v>
+      </c>
+      <c r="C34" t="s">
+        <v>489</v>
+      </c>
+      <c r="D34" t="s">
+        <v>1925</v>
+      </c>
+    </row>
+    <row r="35" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B35" t="s">
+        <v>1926</v>
+      </c>
+      <c r="C35" t="s">
+        <v>491</v>
+      </c>
+      <c r="D35" t="s">
+        <v>1927</v>
+      </c>
+    </row>
+    <row r="36" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B36" t="s">
+        <v>1928</v>
+      </c>
+      <c r="C36" t="s">
+        <v>492</v>
+      </c>
+      <c r="D36" t="s">
+        <v>1929</v>
+      </c>
+    </row>
+    <row r="37" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B37" t="s">
+        <v>1930</v>
+      </c>
+      <c r="C37" t="s">
+        <v>493</v>
+      </c>
+      <c r="D37" t="s">
+        <v>1931</v>
+      </c>
+    </row>
+    <row r="38" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B38" t="s">
+        <v>1932</v>
+      </c>
+      <c r="C38" t="s">
+        <v>494</v>
+      </c>
+      <c r="D38" t="s">
+        <v>1933</v>
+      </c>
+    </row>
+    <row r="39" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B39" t="s">
+        <v>1934</v>
+      </c>
+      <c r="C39" t="s">
+        <v>803</v>
+      </c>
+      <c r="D39" t="s">
+        <v>1935</v>
+      </c>
+    </row>
+    <row r="40" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B40" t="s">
+        <v>1936</v>
+      </c>
+      <c r="D40" t="s">
+        <v>1937</v>
+      </c>
+    </row>
+    <row r="41" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B41" t="s">
+        <v>1938</v>
+      </c>
+      <c r="C41" t="s">
+        <v>1138</v>
+      </c>
+      <c r="D41" t="s">
+        <v>1939</v>
+      </c>
+    </row>
+    <row r="42" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B42" t="s">
+        <v>1940</v>
+      </c>
+      <c r="C42" t="s">
+        <v>1141</v>
+      </c>
+      <c r="D42" t="s">
+        <v>1941</v>
+      </c>
+    </row>
+    <row r="43" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B43" t="s">
+        <v>1942</v>
+      </c>
+      <c r="C43" t="s">
+        <v>1144</v>
+      </c>
+      <c r="D43" t="s">
+        <v>1943</v>
+      </c>
+    </row>
+    <row r="44" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B44" t="s">
+        <v>1944</v>
+      </c>
+      <c r="C44" t="s">
+        <v>1147</v>
+      </c>
+      <c r="D44" t="s">
+        <v>1945</v>
+      </c>
+    </row>
+    <row r="45" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B45" t="s">
+        <v>1946</v>
+      </c>
+      <c r="C45" t="s">
+        <v>1152</v>
+      </c>
+      <c r="D45" t="s">
+        <v>1947</v>
+      </c>
+    </row>
+    <row r="46" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B46" t="s">
+        <v>1948</v>
+      </c>
+      <c r="C46" t="s">
+        <v>1155</v>
+      </c>
+      <c r="D46" t="s">
+        <v>1949</v>
+      </c>
+    </row>
+    <row r="47" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B47" t="s">
+        <v>1950</v>
+      </c>
+      <c r="D47" t="s">
+        <v>1951</v>
+      </c>
+    </row>
+    <row r="48" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B48" t="s">
+        <v>1952</v>
+      </c>
+      <c r="C48" t="s">
+        <v>1158</v>
+      </c>
+      <c r="D48" t="s">
+        <v>1953</v>
+      </c>
+    </row>
+    <row r="49" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B49" t="s">
+        <v>1954</v>
+      </c>
+      <c r="C49" t="s">
+        <v>1161</v>
+      </c>
+      <c r="D49" t="s">
+        <v>1955</v>
+      </c>
+    </row>
+    <row r="50" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B50" t="s">
+        <v>1956</v>
+      </c>
+      <c r="C50" t="s">
+        <v>1164</v>
+      </c>
+      <c r="D50" t="s">
+        <v>1957</v>
+      </c>
+    </row>
+    <row r="51" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B51" t="s">
+        <v>1958</v>
+      </c>
+      <c r="C51" t="s">
+        <v>1169</v>
+      </c>
+      <c r="D51" t="s">
+        <v>1959</v>
+      </c>
+    </row>
+    <row r="52" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B52" t="s">
+        <v>1960</v>
+      </c>
+      <c r="C52" t="s">
+        <v>1658</v>
+      </c>
+      <c r="D52" t="s">
+        <v>1961</v>
+      </c>
+    </row>
+    <row r="53" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B53" t="s">
+        <v>1962</v>
+      </c>
+      <c r="C53" t="s">
+        <v>1661</v>
+      </c>
+      <c r="D53" t="s">
+        <v>1963</v>
+      </c>
+    </row>
+    <row r="54" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B54" t="s">
+        <v>1964</v>
+      </c>
+      <c r="D54" t="s">
+        <v>1965</v>
+      </c>
+    </row>
+    <row r="55" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B55" t="s">
+        <v>1966</v>
+      </c>
+      <c r="C55" t="s">
+        <v>1664</v>
+      </c>
+      <c r="D55" t="s">
+        <v>1967</v>
+      </c>
+    </row>
+    <row r="56" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B56" t="s">
+        <v>1968</v>
+      </c>
+      <c r="C56" t="s">
+        <v>1667</v>
+      </c>
+      <c r="D56" t="s">
+        <v>1969</v>
+      </c>
+    </row>
+    <row r="57" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B57" t="s">
+        <v>1970</v>
+      </c>
+      <c r="C57" t="s">
+        <v>1670</v>
+      </c>
+      <c r="D57" t="s">
+        <v>1971</v>
+      </c>
+    </row>
+    <row r="58" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B58" t="s">
+        <v>1972</v>
+      </c>
+      <c r="C58" t="s">
+        <v>1673</v>
+      </c>
+      <c r="D58" t="s">
+        <v>1973</v>
+      </c>
+    </row>
+    <row r="59" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B59" t="s">
+        <v>1974</v>
+      </c>
+      <c r="C59" t="s">
+        <v>1676</v>
+      </c>
+      <c r="D59" t="s">
+        <v>1975</v>
+      </c>
+    </row>
+    <row r="60" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B60" t="s">
+        <v>1976</v>
+      </c>
+      <c r="C60" t="s">
+        <v>1679</v>
+      </c>
+      <c r="D60" t="s">
+        <v>1977</v>
+      </c>
+    </row>
+    <row r="61" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B61" t="s">
+        <v>1978</v>
+      </c>
+      <c r="C61" t="s">
+        <v>1682</v>
+      </c>
+      <c r="D61" t="s">
+        <v>1979</v>
+      </c>
+    </row>
+    <row r="62" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B62" t="s">
+        <v>699</v>
+      </c>
+      <c r="C62" t="s">
+        <v>1980</v>
+      </c>
+      <c r="D62" t="s">
+        <v>1981</v>
+      </c>
+    </row>
+    <row r="63" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B63" t="s">
+        <v>699</v>
+      </c>
+      <c r="C63" t="s">
+        <v>1982</v>
+      </c>
+      <c r="D63" t="s">
+        <v>1983</v>
+      </c>
+    </row>
+    <row r="64" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B64" t="s">
+        <v>699</v>
+      </c>
+      <c r="C64" t="s">
+        <v>1984</v>
+      </c>
+      <c r="D64" t="s">
+        <v>1985</v>
+      </c>
+    </row>
+    <row r="65" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B65" t="s">
+        <v>699</v>
+      </c>
+      <c r="C65" t="s">
+        <v>1986</v>
+      </c>
+      <c r="D65" t="s">
+        <v>1987</v>
+      </c>
+    </row>
+    <row r="66" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B66" t="s">
+        <v>699</v>
+      </c>
+      <c r="C66" t="s">
+        <v>1988</v>
+      </c>
+      <c r="D66" t="s">
+        <v>1989</v>
+      </c>
+    </row>
+    <row r="67" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B67" t="s">
+        <v>699</v>
+      </c>
+      <c r="C67" t="s">
+        <v>1990</v>
+      </c>
+      <c r="D67" t="s">
+        <v>1991</v>
+      </c>
+    </row>
+    <row r="68" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B68" t="s">
+        <v>699</v>
+      </c>
+      <c r="C68" t="s">
+        <v>1992</v>
+      </c>
+      <c r="D68" t="s">
+        <v>1993</v>
+      </c>
+    </row>
+  </sheetData>
+  <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet33.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-2100-000000000000}">
+  <dimension ref="A1:D61"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="4" width="50.7265625" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A1" s="1" t="s">
+        <v>131</v>
+      </c>
+      <c r="B1" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" s="1" t="s">
+        <v>132</v>
+      </c>
+      <c r="D1" s="1" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="2" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A2" t="s">
+        <v>89</v>
+      </c>
+      <c r="B2" t="s">
+        <v>90</v>
+      </c>
+      <c r="D2" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="3" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A3" t="s">
+        <v>1994</v>
+      </c>
+      <c r="B3" t="s">
+        <v>136</v>
+      </c>
+      <c r="D3" t="s">
+        <v>1995</v>
+      </c>
+    </row>
+    <row r="4" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B4" t="s">
+        <v>1025</v>
+      </c>
+      <c r="D4" t="s">
+        <v>1996</v>
+      </c>
+    </row>
+    <row r="5" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B5" t="s">
+        <v>1997</v>
+      </c>
+      <c r="D5" t="s">
+        <v>1998</v>
+      </c>
+    </row>
+    <row r="6" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B6" t="s">
+        <v>1999</v>
+      </c>
+      <c r="D6" t="s">
+        <v>2000</v>
+      </c>
+    </row>
+    <row r="7" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B7" t="s">
+        <v>1178</v>
+      </c>
+      <c r="D7" t="s">
+        <v>2001</v>
+      </c>
+    </row>
+    <row r="8" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B8" t="s">
+        <v>2002</v>
+      </c>
+      <c r="D8" t="s">
+        <v>2003</v>
+      </c>
+    </row>
+    <row r="9" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B9" t="s">
+        <v>2004</v>
+      </c>
+      <c r="C9" t="s">
+        <v>393</v>
+      </c>
+      <c r="D9" t="s">
+        <v>2005</v>
+      </c>
+    </row>
+    <row r="10" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B10" t="s">
+        <v>2006</v>
+      </c>
+      <c r="C10" t="s">
+        <v>398</v>
+      </c>
+      <c r="D10" t="s">
+        <v>2007</v>
+      </c>
+    </row>
+    <row r="11" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B11" t="s">
+        <v>2008</v>
+      </c>
+      <c r="D11" t="s">
+        <v>2009</v>
+      </c>
+    </row>
+    <row r="12" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B12" t="s">
+        <v>2010</v>
+      </c>
+      <c r="C12" t="s">
+        <v>401</v>
+      </c>
+      <c r="D12" t="s">
+        <v>2011</v>
+      </c>
+    </row>
+    <row r="13" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B13" t="s">
+        <v>2012</v>
+      </c>
+      <c r="C13" t="s">
+        <v>406</v>
+      </c>
+      <c r="D13" t="s">
+        <v>2013</v>
+      </c>
+    </row>
+    <row r="14" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B14" t="s">
+        <v>2014</v>
+      </c>
+      <c r="C14" t="s">
+        <v>409</v>
+      </c>
+      <c r="D14" t="s">
+        <v>2015</v>
+      </c>
+    </row>
+    <row r="15" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B15" t="s">
+        <v>1708</v>
+      </c>
+      <c r="C15" t="s">
+        <v>412</v>
+      </c>
+      <c r="D15" t="s">
+        <v>2016</v>
+      </c>
+    </row>
+    <row r="16" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B16" t="s">
+        <v>2017</v>
+      </c>
+      <c r="C16" t="s">
+        <v>415</v>
+      </c>
+      <c r="D16" t="s">
+        <v>2018</v>
+      </c>
+    </row>
+    <row r="17" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B17" t="s">
+        <v>2019</v>
+      </c>
+      <c r="C17" t="s">
+        <v>418</v>
+      </c>
+      <c r="D17" t="s">
+        <v>2020</v>
+      </c>
+    </row>
+    <row r="18" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B18" t="s">
+        <v>2021</v>
+      </c>
+      <c r="D18" t="s">
+        <v>2022</v>
+      </c>
+    </row>
+    <row r="19" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B19" t="s">
+        <v>2023</v>
+      </c>
+      <c r="C19" t="s">
+        <v>421</v>
+      </c>
+      <c r="D19" t="s">
+        <v>2024</v>
+      </c>
+    </row>
+    <row r="20" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B20" t="s">
+        <v>2025</v>
+      </c>
+      <c r="C20" t="s">
+        <v>426</v>
+      </c>
+      <c r="D20" t="s">
+        <v>2026</v>
+      </c>
+    </row>
+    <row r="21" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B21" t="s">
+        <v>2027</v>
+      </c>
+      <c r="D21" t="s">
+        <v>2028</v>
+      </c>
+    </row>
+    <row r="22" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B22" t="s">
+        <v>2029</v>
+      </c>
+      <c r="C22" t="s">
+        <v>429</v>
+      </c>
+      <c r="D22" t="s">
+        <v>2030</v>
+      </c>
+    </row>
+    <row r="23" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B23" t="s">
+        <v>610</v>
+      </c>
+      <c r="C23" t="s">
+        <v>432</v>
+      </c>
+      <c r="D23" t="s">
+        <v>2031</v>
+      </c>
+    </row>
+    <row r="24" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B24" t="s">
+        <v>2032</v>
+      </c>
+      <c r="C24" t="s">
+        <v>435</v>
+      </c>
+      <c r="D24" t="s">
+        <v>2033</v>
+      </c>
+    </row>
+    <row r="25" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B25" t="s">
+        <v>2034</v>
+      </c>
+      <c r="C25" t="s">
+        <v>438</v>
+      </c>
+      <c r="D25" t="s">
+        <v>2035</v>
+      </c>
+    </row>
+    <row r="26" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B26" t="s">
+        <v>2036</v>
+      </c>
+      <c r="C26" t="s">
+        <v>441</v>
+      </c>
+      <c r="D26" t="s">
+        <v>2037</v>
+      </c>
+    </row>
+    <row r="27" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B27" t="s">
+        <v>2038</v>
+      </c>
+      <c r="C27" t="s">
+        <v>444</v>
+      </c>
+      <c r="D27" t="s">
+        <v>2039</v>
+      </c>
+    </row>
+    <row r="28" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B28" t="s">
+        <v>2040</v>
+      </c>
+      <c r="C28" t="s">
+        <v>447</v>
+      </c>
+      <c r="D28" t="s">
+        <v>2041</v>
+      </c>
+    </row>
+    <row r="29" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B29" t="s">
+        <v>2042</v>
+      </c>
+      <c r="D29" t="s">
+        <v>2043</v>
+      </c>
+    </row>
+    <row r="30" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B30" t="s">
+        <v>2044</v>
+      </c>
+      <c r="C30" t="s">
+        <v>450</v>
+      </c>
+      <c r="D30" t="s">
+        <v>2045</v>
+      </c>
+    </row>
+    <row r="31" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B31" t="s">
+        <v>2046</v>
+      </c>
+      <c r="C31" t="s">
+        <v>453</v>
+      </c>
+      <c r="D31" t="s">
+        <v>2047</v>
+      </c>
+    </row>
+    <row r="32" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B32" t="s">
+        <v>2048</v>
+      </c>
+      <c r="C32" t="s">
+        <v>456</v>
+      </c>
+      <c r="D32" t="s">
+        <v>2049</v>
+      </c>
+    </row>
+    <row r="33" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B33" t="s">
+        <v>2050</v>
+      </c>
+      <c r="C33" t="s">
+        <v>459</v>
+      </c>
+      <c r="D33" t="s">
+        <v>2051</v>
+      </c>
+    </row>
+    <row r="34" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B34" t="s">
+        <v>2052</v>
+      </c>
+      <c r="D34" t="s">
+        <v>2053</v>
+      </c>
+    </row>
+    <row r="35" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B35" t="s">
+        <v>2054</v>
+      </c>
+      <c r="C35" t="s">
+        <v>462</v>
+      </c>
+      <c r="D35" t="s">
+        <v>2055</v>
+      </c>
+    </row>
+    <row r="36" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B36" t="s">
+        <v>2056</v>
+      </c>
+      <c r="C36" t="s">
+        <v>489</v>
+      </c>
+      <c r="D36" t="s">
+        <v>2057</v>
+      </c>
+    </row>
+    <row r="37" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B37" t="s">
+        <v>2058</v>
+      </c>
+      <c r="C37" t="s">
+        <v>491</v>
+      </c>
+      <c r="D37" t="s">
+        <v>2059</v>
+      </c>
+    </row>
+    <row r="38" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B38" t="s">
+        <v>2060</v>
+      </c>
+      <c r="D38" t="s">
+        <v>2061</v>
+      </c>
+    </row>
+    <row r="39" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B39" t="s">
+        <v>2062</v>
+      </c>
+      <c r="C39" t="s">
+        <v>492</v>
+      </c>
+      <c r="D39" t="s">
+        <v>2063</v>
+      </c>
+    </row>
+    <row r="40" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B40" t="s">
+        <v>2064</v>
+      </c>
+      <c r="C40" t="s">
+        <v>493</v>
+      </c>
+      <c r="D40" t="s">
+        <v>2065</v>
+      </c>
+    </row>
+    <row r="41" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B41" t="s">
+        <v>2066</v>
+      </c>
+      <c r="C41" t="s">
+        <v>494</v>
+      </c>
+      <c r="D41" t="s">
+        <v>2067</v>
+      </c>
+    </row>
+    <row r="42" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B42" t="s">
+        <v>2068</v>
+      </c>
+      <c r="D42" t="s">
+        <v>2069</v>
+      </c>
+    </row>
+    <row r="43" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B43" t="s">
+        <v>2070</v>
+      </c>
+      <c r="C43" t="s">
+        <v>803</v>
+      </c>
+      <c r="D43" t="s">
+        <v>2071</v>
+      </c>
+    </row>
+    <row r="44" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B44" t="s">
+        <v>2072</v>
+      </c>
+      <c r="C44" t="s">
+        <v>1138</v>
+      </c>
+      <c r="D44" t="s">
+        <v>2073</v>
+      </c>
+    </row>
+    <row r="45" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B45" t="s">
+        <v>2074</v>
+      </c>
+      <c r="D45" t="s">
+        <v>2075</v>
+      </c>
+    </row>
+    <row r="46" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B46" t="s">
+        <v>2076</v>
+      </c>
+      <c r="C46" t="s">
+        <v>1141</v>
+      </c>
+      <c r="D46" t="s">
+        <v>2077</v>
+      </c>
+    </row>
+    <row r="47" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B47" t="s">
+        <v>2078</v>
+      </c>
+      <c r="C47" t="s">
+        <v>1144</v>
+      </c>
+      <c r="D47" t="s">
+        <v>2079</v>
+      </c>
+    </row>
+    <row r="48" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B48" t="s">
+        <v>2080</v>
+      </c>
+      <c r="C48" t="s">
+        <v>1147</v>
+      </c>
+      <c r="D48" t="s">
+        <v>2081</v>
+      </c>
+    </row>
+    <row r="49" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B49" t="s">
+        <v>2082</v>
+      </c>
+      <c r="C49" t="s">
+        <v>1152</v>
+      </c>
+      <c r="D49" t="s">
+        <v>2083</v>
+      </c>
+    </row>
+    <row r="50" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B50" t="s">
+        <v>2084</v>
+      </c>
+      <c r="C50" t="s">
+        <v>1155</v>
+      </c>
+      <c r="D50" t="s">
+        <v>2085</v>
+      </c>
+    </row>
+    <row r="51" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B51" t="s">
+        <v>2086</v>
+      </c>
+      <c r="C51" t="s">
+        <v>1158</v>
+      </c>
+      <c r="D51" t="s">
+        <v>2087</v>
+      </c>
+    </row>
+    <row r="52" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B52" t="s">
+        <v>2088</v>
+      </c>
+      <c r="D52" t="s">
+        <v>2089</v>
+      </c>
+    </row>
+    <row r="53" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B53" t="s">
+        <v>455</v>
+      </c>
+      <c r="C53" t="s">
+        <v>1161</v>
+      </c>
+      <c r="D53" t="s">
+        <v>2090</v>
+      </c>
+    </row>
+    <row r="54" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B54" t="s">
+        <v>458</v>
+      </c>
+      <c r="C54" t="s">
+        <v>1164</v>
+      </c>
+      <c r="D54" t="s">
+        <v>2091</v>
+      </c>
+    </row>
+    <row r="55" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B55" t="s">
+        <v>2092</v>
+      </c>
+      <c r="C55" t="s">
+        <v>1169</v>
+      </c>
+      <c r="D55" t="s">
+        <v>2093</v>
+      </c>
+    </row>
+    <row r="56" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B56" t="s">
+        <v>2094</v>
+      </c>
+      <c r="D56" t="s">
+        <v>2095</v>
+      </c>
+    </row>
+    <row r="57" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B57" t="s">
+        <v>2096</v>
+      </c>
+      <c r="C57" t="s">
+        <v>1658</v>
+      </c>
+      <c r="D57" t="s">
+        <v>2097</v>
+      </c>
+    </row>
+    <row r="58" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B58" t="s">
+        <v>2098</v>
+      </c>
+      <c r="C58" t="s">
+        <v>2099</v>
+      </c>
+      <c r="D58" t="s">
+        <v>2100</v>
+      </c>
+    </row>
+    <row r="59" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B59" t="s">
+        <v>2101</v>
+      </c>
+      <c r="C59" t="s">
+        <v>2102</v>
+      </c>
+      <c r="D59" t="s">
+        <v>2103</v>
+      </c>
+    </row>
+    <row r="60" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B60" t="s">
+        <v>2104</v>
+      </c>
+      <c r="D60" t="s">
+        <v>2105</v>
+      </c>
+    </row>
+    <row r="61" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B61" t="s">
+        <v>380</v>
+      </c>
+      <c r="D61" t="s">
+        <v>2106</v>
+      </c>
+    </row>
+  </sheetData>
+  <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet34.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-2200-000000000000}">
+  <dimension ref="A1:D42"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="4" width="50.7265625" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A1" s="1" t="s">
+        <v>131</v>
+      </c>
+      <c r="B1" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" s="1" t="s">
+        <v>132</v>
+      </c>
+      <c r="D1" s="1" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="2" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A2" t="s">
+        <v>92</v>
+      </c>
+      <c r="B2" t="s">
+        <v>93</v>
+      </c>
+      <c r="D2" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="3" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A3" t="s">
+        <v>42</v>
+      </c>
+      <c r="B3" t="s">
+        <v>136</v>
+      </c>
+      <c r="D3" t="s">
+        <v>2107</v>
+      </c>
+    </row>
+    <row r="4" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B4" t="s">
+        <v>136</v>
+      </c>
+      <c r="D4" t="s">
+        <v>2108</v>
+      </c>
+    </row>
+    <row r="5" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B5" t="s">
+        <v>466</v>
+      </c>
+      <c r="D5" t="s">
+        <v>2109</v>
+      </c>
+    </row>
+    <row r="6" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B6" t="s">
+        <v>466</v>
+      </c>
+      <c r="D6" t="s">
+        <v>2110</v>
+      </c>
+    </row>
+    <row r="7" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B7" t="s">
+        <v>2111</v>
+      </c>
+      <c r="D7" t="s">
+        <v>2112</v>
+      </c>
+    </row>
+    <row r="8" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B8" t="s">
+        <v>2111</v>
+      </c>
+      <c r="D8" t="s">
+        <v>2113</v>
+      </c>
+    </row>
+    <row r="9" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B9" t="s">
+        <v>140</v>
+      </c>
+      <c r="D9" t="s">
+        <v>2114</v>
+      </c>
+    </row>
+    <row r="10" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B10" t="s">
+        <v>140</v>
+      </c>
+      <c r="D10" t="s">
+        <v>2115</v>
+      </c>
+    </row>
+    <row r="11" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B11" t="s">
+        <v>142</v>
+      </c>
+      <c r="D11" t="s">
+        <v>2116</v>
+      </c>
+    </row>
+    <row r="12" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B12" t="s">
+        <v>142</v>
+      </c>
+      <c r="D12" t="s">
+        <v>2117</v>
+      </c>
+    </row>
+    <row r="13" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B13" t="s">
+        <v>628</v>
+      </c>
+      <c r="D13" t="s">
+        <v>2118</v>
+      </c>
+    </row>
+    <row r="14" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B14" t="s">
+        <v>628</v>
+      </c>
+      <c r="D14" t="s">
+        <v>2119</v>
+      </c>
+    </row>
+    <row r="15" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B15" t="s">
+        <v>2120</v>
+      </c>
+      <c r="D15" t="s">
+        <v>2121</v>
+      </c>
+    </row>
+    <row r="16" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B16" t="s">
+        <v>2120</v>
+      </c>
+      <c r="D16" t="s">
+        <v>2122</v>
+      </c>
+    </row>
+    <row r="17" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B17" t="s">
+        <v>467</v>
+      </c>
+      <c r="D17" t="s">
+        <v>2123</v>
+      </c>
+    </row>
+    <row r="18" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B18" t="s">
+        <v>467</v>
+      </c>
+      <c r="D18" t="s">
+        <v>2124</v>
+      </c>
+    </row>
+    <row r="19" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B19" t="s">
+        <v>144</v>
+      </c>
+      <c r="D19" t="s">
+        <v>2125</v>
+      </c>
+    </row>
+    <row r="20" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B20" t="s">
+        <v>144</v>
+      </c>
+      <c r="D20" t="s">
+        <v>2126</v>
+      </c>
+    </row>
+    <row r="21" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B21" t="s">
+        <v>2127</v>
+      </c>
+      <c r="D21" t="s">
+        <v>2128</v>
+      </c>
+    </row>
+    <row r="22" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B22" t="s">
+        <v>2127</v>
+      </c>
+      <c r="D22" t="s">
+        <v>2129</v>
+      </c>
+    </row>
+    <row r="23" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B23" t="s">
+        <v>2130</v>
+      </c>
+      <c r="C23" t="s">
+        <v>393</v>
+      </c>
+      <c r="D23" t="s">
+        <v>2131</v>
+      </c>
+    </row>
+    <row r="24" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B24" t="s">
+        <v>691</v>
+      </c>
+      <c r="C24" t="s">
+        <v>398</v>
+      </c>
+      <c r="D24" t="s">
+        <v>2132</v>
+      </c>
+    </row>
+    <row r="25" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B25" t="s">
+        <v>821</v>
+      </c>
+      <c r="C25" t="s">
+        <v>401</v>
+      </c>
+      <c r="D25" t="s">
+        <v>2133</v>
+      </c>
+    </row>
+    <row r="26" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B26" t="s">
+        <v>686</v>
+      </c>
+      <c r="C26" t="s">
+        <v>406</v>
+      </c>
+      <c r="D26" t="s">
+        <v>2134</v>
+      </c>
+    </row>
+    <row r="27" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B27" t="s">
+        <v>485</v>
+      </c>
+      <c r="C27" t="s">
+        <v>409</v>
+      </c>
+      <c r="D27" t="s">
+        <v>2135</v>
+      </c>
+    </row>
+    <row r="28" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B28" t="s">
+        <v>963</v>
+      </c>
+      <c r="C28" t="s">
+        <v>412</v>
+      </c>
+      <c r="D28" t="s">
+        <v>2136</v>
+      </c>
+    </row>
+    <row r="29" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B29" t="s">
+        <v>823</v>
+      </c>
+      <c r="C29" t="s">
+        <v>415</v>
+      </c>
+      <c r="D29" t="s">
+        <v>2137</v>
+      </c>
+    </row>
+    <row r="30" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B30" t="s">
+        <v>2138</v>
+      </c>
+      <c r="C30" t="s">
+        <v>418</v>
+      </c>
+      <c r="D30" t="s">
+        <v>2139</v>
+      </c>
+    </row>
+    <row r="31" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B31" t="s">
+        <v>1476</v>
+      </c>
+      <c r="C31" t="s">
+        <v>421</v>
+      </c>
+      <c r="D31" t="s">
+        <v>2140</v>
+      </c>
+    </row>
+    <row r="32" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B32" t="s">
+        <v>2141</v>
+      </c>
+      <c r="C32" t="s">
+        <v>426</v>
+      </c>
+      <c r="D32" t="s">
+        <v>2142</v>
+      </c>
+    </row>
+    <row r="33" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B33" t="s">
+        <v>2130</v>
+      </c>
+      <c r="C33" t="s">
+        <v>393</v>
+      </c>
+      <c r="D33" t="s">
+        <v>2143</v>
+      </c>
+    </row>
+    <row r="34" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B34" t="s">
+        <v>691</v>
+      </c>
+      <c r="C34" t="s">
+        <v>398</v>
+      </c>
+      <c r="D34" t="s">
+        <v>2144</v>
+      </c>
+    </row>
+    <row r="35" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B35" t="s">
+        <v>821</v>
+      </c>
+      <c r="C35" t="s">
+        <v>401</v>
+      </c>
+      <c r="D35" t="s">
+        <v>2145</v>
+      </c>
+    </row>
+    <row r="36" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B36" t="s">
+        <v>686</v>
+      </c>
+      <c r="C36" t="s">
+        <v>406</v>
+      </c>
+      <c r="D36" t="s">
+        <v>2146</v>
+      </c>
+    </row>
+    <row r="37" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B37" t="s">
+        <v>485</v>
+      </c>
+      <c r="C37" t="s">
+        <v>409</v>
+      </c>
+      <c r="D37" t="s">
+        <v>2147</v>
+      </c>
+    </row>
+    <row r="38" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B38" t="s">
+        <v>963</v>
+      </c>
+      <c r="C38" t="s">
+        <v>412</v>
+      </c>
+      <c r="D38" t="s">
+        <v>2148</v>
+      </c>
+    </row>
+    <row r="39" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B39" t="s">
+        <v>823</v>
+      </c>
+      <c r="C39" t="s">
+        <v>415</v>
+      </c>
+      <c r="D39" t="s">
+        <v>2149</v>
+      </c>
+    </row>
+    <row r="40" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B40" t="s">
+        <v>2138</v>
+      </c>
+      <c r="C40" t="s">
+        <v>418</v>
+      </c>
+      <c r="D40" t="s">
+        <v>2150</v>
+      </c>
+    </row>
+    <row r="41" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B41" t="s">
+        <v>1476</v>
+      </c>
+      <c r="C41" t="s">
+        <v>421</v>
+      </c>
+      <c r="D41" t="s">
+        <v>2151</v>
+      </c>
+    </row>
+    <row r="42" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B42" t="s">
+        <v>2141</v>
+      </c>
+      <c r="C42" t="s">
+        <v>426</v>
+      </c>
+      <c r="D42" t="s">
+        <v>2152</v>
+      </c>
+    </row>
+  </sheetData>
+  <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet35.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-2300-000000000000}">
+  <dimension ref="A1:D19"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="4" width="50.7265625" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A1" s="1" t="s">
+        <v>131</v>
+      </c>
+      <c r="B1" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" s="1" t="s">
+        <v>132</v>
+      </c>
+      <c r="D1" s="1" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="2" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A2" t="s">
+        <v>42</v>
+      </c>
+      <c r="B2" t="s">
+        <v>95</v>
+      </c>
+      <c r="D2" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="3" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A3" t="s">
+        <v>92</v>
+      </c>
+      <c r="B3" t="s">
+        <v>136</v>
+      </c>
+      <c r="D3" t="s">
+        <v>2153</v>
+      </c>
+    </row>
+    <row r="4" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B4" t="s">
+        <v>466</v>
+      </c>
+      <c r="D4" t="s">
+        <v>2154</v>
+      </c>
+    </row>
+    <row r="5" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B5" t="s">
+        <v>140</v>
+      </c>
+      <c r="D5" t="s">
+        <v>2155</v>
+      </c>
+    </row>
+    <row r="6" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B6" t="s">
+        <v>142</v>
+      </c>
+      <c r="D6" t="s">
+        <v>2156</v>
+      </c>
+    </row>
+    <row r="7" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B7" t="s">
+        <v>2120</v>
+      </c>
+      <c r="D7" t="s">
+        <v>2157</v>
+      </c>
+    </row>
+    <row r="8" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B8" t="s">
+        <v>144</v>
+      </c>
+      <c r="D8" t="s">
+        <v>2158</v>
+      </c>
+    </row>
+    <row r="9" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B9" t="s">
+        <v>924</v>
+      </c>
+      <c r="D9" t="s">
+        <v>2159</v>
+      </c>
+    </row>
+    <row r="10" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B10" t="s">
+        <v>2130</v>
+      </c>
+      <c r="C10" t="s">
+        <v>393</v>
+      </c>
+      <c r="D10" t="s">
+        <v>2160</v>
+      </c>
+    </row>
+    <row r="11" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B11" t="s">
+        <v>691</v>
+      </c>
+      <c r="C11" t="s">
+        <v>398</v>
+      </c>
+      <c r="D11" t="s">
+        <v>2161</v>
+      </c>
+    </row>
+    <row r="12" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B12" t="s">
+        <v>821</v>
+      </c>
+      <c r="C12" t="s">
+        <v>401</v>
+      </c>
+      <c r="D12" t="s">
+        <v>2162</v>
+      </c>
+    </row>
+    <row r="13" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B13" t="s">
+        <v>686</v>
+      </c>
+      <c r="C13" t="s">
+        <v>406</v>
+      </c>
+      <c r="D13" t="s">
+        <v>2163</v>
+      </c>
+    </row>
+    <row r="14" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B14" t="s">
+        <v>485</v>
+      </c>
+      <c r="C14" t="s">
+        <v>409</v>
+      </c>
+      <c r="D14" t="s">
+        <v>2164</v>
+      </c>
+    </row>
+    <row r="15" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B15" t="s">
+        <v>963</v>
+      </c>
+      <c r="C15" t="s">
+        <v>412</v>
+      </c>
+      <c r="D15" t="s">
+        <v>2165</v>
+      </c>
+    </row>
+    <row r="16" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B16" t="s">
+        <v>823</v>
+      </c>
+      <c r="C16" t="s">
+        <v>415</v>
+      </c>
+      <c r="D16" t="s">
+        <v>2166</v>
+      </c>
+    </row>
+    <row r="17" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B17" t="s">
+        <v>2138</v>
+      </c>
+      <c r="C17" t="s">
+        <v>418</v>
+      </c>
+      <c r="D17" t="s">
+        <v>2167</v>
+      </c>
+    </row>
+    <row r="18" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B18" t="s">
+        <v>1476</v>
+      </c>
+      <c r="C18" t="s">
+        <v>421</v>
+      </c>
+      <c r="D18" t="s">
+        <v>2168</v>
+      </c>
+    </row>
+    <row r="19" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B19" t="s">
+        <v>2169</v>
+      </c>
+      <c r="C19" t="s">
+        <v>426</v>
+      </c>
+      <c r="D19" t="s">
+        <v>2170</v>
+      </c>
+    </row>
+  </sheetData>
+  <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet36.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-2400-000000000000}">
+  <dimension ref="A1:D18"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="4" width="50.7265625" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A1" s="1" t="s">
+        <v>131</v>
+      </c>
+      <c r="B1" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" s="1" t="s">
+        <v>132</v>
+      </c>
+      <c r="D1" s="1" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="2" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A2" t="s">
+        <v>97</v>
+      </c>
+      <c r="B2" t="s">
+        <v>98</v>
+      </c>
+      <c r="D2" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="3" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A3" t="s">
+        <v>2171</v>
+      </c>
+      <c r="B3" t="s">
+        <v>136</v>
+      </c>
+      <c r="D3" t="s">
+        <v>2172</v>
+      </c>
+    </row>
+    <row r="4" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B4" t="s">
+        <v>2173</v>
+      </c>
+      <c r="D4" t="s">
+        <v>2174</v>
+      </c>
+    </row>
+    <row r="5" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B5" t="s">
+        <v>1291</v>
+      </c>
+      <c r="D5" t="s">
+        <v>2175</v>
+      </c>
+    </row>
+    <row r="6" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B6" t="s">
+        <v>2176</v>
+      </c>
+      <c r="D6" t="s">
+        <v>2177</v>
+      </c>
+    </row>
+    <row r="7" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B7" t="s">
+        <v>138</v>
+      </c>
+      <c r="D7" t="s">
+        <v>2178</v>
+      </c>
+    </row>
+    <row r="8" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B8" t="s">
+        <v>2179</v>
+      </c>
+      <c r="C8" t="s">
+        <v>2180</v>
+      </c>
+      <c r="D8" t="s">
+        <v>2181</v>
+      </c>
+    </row>
+    <row r="9" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B9" t="s">
+        <v>2182</v>
+      </c>
+      <c r="C9" t="s">
+        <v>2183</v>
+      </c>
+      <c r="D9" t="s">
+        <v>2184</v>
+      </c>
+    </row>
+    <row r="10" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B10" t="s">
+        <v>2185</v>
+      </c>
+      <c r="C10" t="s">
+        <v>2186</v>
+      </c>
+      <c r="D10" t="s">
+        <v>2187</v>
+      </c>
+    </row>
+    <row r="11" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B11" t="s">
+        <v>2188</v>
+      </c>
+      <c r="C11" t="s">
+        <v>2189</v>
+      </c>
+      <c r="D11" t="s">
+        <v>2190</v>
+      </c>
+    </row>
+    <row r="12" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B12" t="s">
+        <v>2191</v>
+      </c>
+      <c r="C12" t="s">
+        <v>2192</v>
+      </c>
+      <c r="D12" t="s">
+        <v>2193</v>
+      </c>
+    </row>
+    <row r="13" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B13" t="s">
+        <v>2194</v>
+      </c>
+      <c r="C13" t="s">
+        <v>2195</v>
+      </c>
+      <c r="D13" t="s">
+        <v>2196</v>
+      </c>
+    </row>
+    <row r="14" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B14" t="s">
+        <v>2197</v>
+      </c>
+      <c r="C14" t="s">
+        <v>2198</v>
+      </c>
+      <c r="D14" t="s">
+        <v>2199</v>
+      </c>
+    </row>
+    <row r="15" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B15" t="s">
+        <v>2200</v>
+      </c>
+      <c r="C15" t="s">
+        <v>2201</v>
+      </c>
+      <c r="D15" t="s">
+        <v>2202</v>
+      </c>
+    </row>
+    <row r="16" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B16" t="s">
+        <v>2203</v>
+      </c>
+      <c r="C16" t="s">
+        <v>2204</v>
+      </c>
+      <c r="D16" t="s">
+        <v>2205</v>
+      </c>
+    </row>
+    <row r="17" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B17" t="s">
+        <v>2206</v>
+      </c>
+      <c r="C17" t="s">
+        <v>2207</v>
+      </c>
+      <c r="D17" t="s">
+        <v>2208</v>
+      </c>
+    </row>
+    <row r="18" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B18" t="s">
+        <v>2209</v>
+      </c>
+      <c r="C18" t="s">
+        <v>2210</v>
+      </c>
+      <c r="D18" t="s">
+        <v>2211</v>
+      </c>
+    </row>
+  </sheetData>
+  <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet37.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-2500-000000000000}">
+  <dimension ref="A1:D42"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="4" width="50.7265625" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A1" s="1" t="s">
+        <v>131</v>
+      </c>
+      <c r="B1" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" s="1" t="s">
+        <v>132</v>
+      </c>
+      <c r="D1" s="1" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="2" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A2" t="s">
+        <v>100</v>
+      </c>
+      <c r="B2" t="s">
+        <v>101</v>
+      </c>
+      <c r="D2" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="3" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B3" t="s">
+        <v>136</v>
+      </c>
+      <c r="D3" t="s">
+        <v>2212</v>
+      </c>
+    </row>
+    <row r="4" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B4" t="s">
+        <v>2213</v>
+      </c>
+      <c r="D4" t="s">
+        <v>2214</v>
+      </c>
+    </row>
+    <row r="5" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B5" t="s">
+        <v>466</v>
+      </c>
+      <c r="D5" t="s">
+        <v>2215</v>
+      </c>
+    </row>
+    <row r="6" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B6" t="s">
+        <v>2216</v>
+      </c>
+      <c r="D6" t="s">
+        <v>2217</v>
+      </c>
+    </row>
+    <row r="7" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B7" t="s">
+        <v>1072</v>
+      </c>
+      <c r="D7" t="s">
+        <v>2218</v>
+      </c>
+    </row>
+    <row r="8" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B8" t="s">
+        <v>142</v>
+      </c>
+      <c r="D8" t="s">
+        <v>2219</v>
+      </c>
+    </row>
+    <row r="9" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B9" t="s">
+        <v>140</v>
+      </c>
+      <c r="D9" t="s">
+        <v>2220</v>
+      </c>
+    </row>
+    <row r="10" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B10" t="s">
+        <v>142</v>
+      </c>
+      <c r="D10" t="s">
+        <v>2221</v>
+      </c>
+    </row>
+    <row r="11" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B11" t="s">
+        <v>142</v>
+      </c>
+      <c r="D11" t="s">
+        <v>2222</v>
+      </c>
+    </row>
+    <row r="12" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B12" t="s">
+        <v>142</v>
+      </c>
+      <c r="D12" t="s">
+        <v>2223</v>
+      </c>
+    </row>
+    <row r="13" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B13" t="s">
+        <v>142</v>
+      </c>
+      <c r="D13" t="s">
+        <v>2224</v>
+      </c>
+    </row>
+    <row r="14" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B14" t="s">
+        <v>142</v>
+      </c>
+      <c r="D14" t="s">
+        <v>2225</v>
+      </c>
+    </row>
+    <row r="15" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B15" t="s">
+        <v>142</v>
+      </c>
+      <c r="D15" t="s">
+        <v>2226</v>
+      </c>
+    </row>
+    <row r="16" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B16" t="s">
+        <v>142</v>
+      </c>
+      <c r="D16" t="s">
+        <v>2227</v>
+      </c>
+    </row>
+    <row r="17" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B17" t="s">
+        <v>142</v>
+      </c>
+      <c r="D17" t="s">
+        <v>2228</v>
+      </c>
+    </row>
+    <row r="18" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B18" t="s">
+        <v>142</v>
+      </c>
+      <c r="D18" t="s">
+        <v>2229</v>
+      </c>
+    </row>
+    <row r="19" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B19" t="s">
+        <v>142</v>
+      </c>
+      <c r="D19" t="s">
+        <v>2230</v>
+      </c>
+    </row>
+    <row r="20" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B20" t="s">
+        <v>142</v>
+      </c>
+      <c r="D20" t="s">
+        <v>2231</v>
+      </c>
+    </row>
+    <row r="21" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B21" t="s">
+        <v>142</v>
+      </c>
+      <c r="D21" t="s">
+        <v>2232</v>
+      </c>
+    </row>
+    <row r="22" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B22" t="s">
+        <v>142</v>
+      </c>
+      <c r="D22" t="s">
+        <v>2233</v>
+      </c>
+    </row>
+    <row r="23" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B23" t="s">
+        <v>142</v>
+      </c>
+      <c r="D23" t="s">
+        <v>2234</v>
+      </c>
+    </row>
+    <row r="24" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B24" t="s">
+        <v>142</v>
+      </c>
+      <c r="D24" t="s">
+        <v>2235</v>
+      </c>
+    </row>
+    <row r="25" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B25" t="s">
+        <v>142</v>
+      </c>
+      <c r="D25" t="s">
+        <v>2236</v>
+      </c>
+    </row>
+    <row r="26" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B26" t="s">
+        <v>2237</v>
+      </c>
+      <c r="C26" t="s">
+        <v>393</v>
+      </c>
+      <c r="D26" t="s">
+        <v>2238</v>
+      </c>
+    </row>
+    <row r="27" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B27" t="s">
+        <v>2239</v>
+      </c>
+      <c r="C27" t="s">
+        <v>398</v>
+      </c>
+      <c r="D27" t="s">
+        <v>2240</v>
+      </c>
+    </row>
+    <row r="28" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B28" t="s">
+        <v>2241</v>
+      </c>
+      <c r="C28" t="s">
+        <v>401</v>
+      </c>
+      <c r="D28" t="s">
+        <v>2242</v>
+      </c>
+    </row>
+    <row r="29" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B29" t="s">
+        <v>2243</v>
+      </c>
+      <c r="C29" t="s">
+        <v>406</v>
+      </c>
+      <c r="D29" t="s">
+        <v>2244</v>
+      </c>
+    </row>
+    <row r="30" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B30" t="s">
+        <v>2245</v>
+      </c>
+      <c r="C30" t="s">
+        <v>409</v>
+      </c>
+      <c r="D30" t="s">
+        <v>2246</v>
+      </c>
+    </row>
+    <row r="31" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B31" t="s">
+        <v>2247</v>
+      </c>
+      <c r="C31" t="s">
+        <v>412</v>
+      </c>
+      <c r="D31" t="s">
+        <v>2248</v>
+      </c>
+    </row>
+    <row r="32" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B32" t="s">
+        <v>2249</v>
+      </c>
+      <c r="C32" t="s">
+        <v>415</v>
+      </c>
+      <c r="D32" t="s">
+        <v>2250</v>
+      </c>
+    </row>
+    <row r="33" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B33" t="s">
+        <v>2251</v>
+      </c>
+      <c r="C33" t="s">
+        <v>418</v>
+      </c>
+      <c r="D33" t="s">
+        <v>2252</v>
+      </c>
+    </row>
+    <row r="34" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B34" t="s">
+        <v>2253</v>
+      </c>
+      <c r="C34" t="s">
+        <v>421</v>
+      </c>
+      <c r="D34" t="s">
+        <v>2254</v>
+      </c>
+    </row>
+    <row r="35" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B35" t="s">
+        <v>2255</v>
+      </c>
+      <c r="C35" t="s">
+        <v>426</v>
+      </c>
+      <c r="D35" t="s">
+        <v>2256</v>
+      </c>
+    </row>
+    <row r="36" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B36" t="s">
+        <v>2257</v>
+      </c>
+      <c r="C36" t="s">
+        <v>429</v>
+      </c>
+      <c r="D36" t="s">
+        <v>2258</v>
+      </c>
+    </row>
+    <row r="37" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B37" t="s">
+        <v>2259</v>
+      </c>
+      <c r="C37" t="s">
+        <v>432</v>
+      </c>
+      <c r="D37" t="s">
+        <v>2260</v>
+      </c>
+    </row>
+    <row r="38" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B38" t="s">
+        <v>2261</v>
+      </c>
+      <c r="C38" t="s">
+        <v>435</v>
+      </c>
+      <c r="D38" t="s">
+        <v>2262</v>
+      </c>
+    </row>
+    <row r="39" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B39" t="s">
+        <v>2263</v>
+      </c>
+      <c r="C39" t="s">
+        <v>438</v>
+      </c>
+      <c r="D39" t="s">
+        <v>2264</v>
+      </c>
+    </row>
+    <row r="40" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B40" t="s">
+        <v>2265</v>
+      </c>
+      <c r="C40" t="s">
+        <v>441</v>
+      </c>
+      <c r="D40" t="s">
+        <v>2266</v>
+      </c>
+    </row>
+    <row r="41" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B41" t="s">
+        <v>2267</v>
+      </c>
+      <c r="C41" t="s">
+        <v>444</v>
+      </c>
+      <c r="D41" t="s">
+        <v>2268</v>
+      </c>
+    </row>
+    <row r="42" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B42" t="s">
+        <v>2269</v>
+      </c>
+      <c r="C42" t="s">
+        <v>447</v>
+      </c>
+      <c r="D42" t="s">
+        <v>2270</v>
+      </c>
+    </row>
+  </sheetData>
+  <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet38.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-2600-000000000000}">
+  <dimension ref="A1:D18"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="4" width="50.7265625" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A1" s="1" t="s">
+        <v>131</v>
+      </c>
+      <c r="B1" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" s="1" t="s">
+        <v>132</v>
+      </c>
+      <c r="D1" s="1" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="2" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A2" t="s">
+        <v>103</v>
+      </c>
+      <c r="B2" t="s">
+        <v>104</v>
+      </c>
+      <c r="D2" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="3" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A3" t="s">
+        <v>2271</v>
+      </c>
+      <c r="B3" t="s">
+        <v>136</v>
+      </c>
+      <c r="D3" t="s">
+        <v>2273</v>
+      </c>
+    </row>
+    <row r="4" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A4" t="s">
+        <v>2272</v>
+      </c>
+      <c r="B4" t="s">
+        <v>140</v>
+      </c>
+      <c r="D4" t="s">
+        <v>2274</v>
+      </c>
+    </row>
+    <row r="5" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B5" t="s">
+        <v>2275</v>
+      </c>
+      <c r="D5" t="s">
+        <v>2276</v>
+      </c>
+    </row>
+    <row r="6" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B6" t="s">
+        <v>2277</v>
+      </c>
+      <c r="C6" t="s">
+        <v>393</v>
+      </c>
+      <c r="D6" t="s">
+        <v>2278</v>
+      </c>
+    </row>
+    <row r="7" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B7" t="s">
+        <v>2279</v>
+      </c>
+      <c r="C7" t="s">
+        <v>398</v>
+      </c>
+      <c r="D7" t="s">
+        <v>2280</v>
+      </c>
+    </row>
+    <row r="8" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B8" t="s">
+        <v>821</v>
+      </c>
+      <c r="C8" t="s">
+        <v>401</v>
+      </c>
+      <c r="D8" t="s">
+        <v>2281</v>
+      </c>
+    </row>
+    <row r="9" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B9" t="s">
+        <v>823</v>
+      </c>
+      <c r="C9" t="s">
+        <v>406</v>
+      </c>
+      <c r="D9" t="s">
+        <v>2282</v>
+      </c>
+    </row>
+    <row r="10" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B10" t="s">
+        <v>2283</v>
+      </c>
+      <c r="D10" t="s">
+        <v>2284</v>
+      </c>
+    </row>
+    <row r="11" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B11" t="s">
+        <v>2285</v>
+      </c>
+      <c r="C11" t="s">
+        <v>409</v>
+      </c>
+      <c r="D11" t="s">
+        <v>2286</v>
+      </c>
+    </row>
+    <row r="12" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B12" t="s">
+        <v>2287</v>
+      </c>
+      <c r="C12" t="s">
+        <v>412</v>
+      </c>
+      <c r="D12" t="s">
+        <v>2288</v>
+      </c>
+    </row>
+    <row r="13" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B13" t="s">
+        <v>2289</v>
+      </c>
+      <c r="C13" t="s">
+        <v>415</v>
+      </c>
+      <c r="D13" t="s">
+        <v>2290</v>
+      </c>
+    </row>
+    <row r="14" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B14" t="s">
+        <v>2291</v>
+      </c>
+      <c r="D14" t="s">
+        <v>2292</v>
+      </c>
+    </row>
+    <row r="15" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B15" t="s">
+        <v>477</v>
+      </c>
+      <c r="C15" t="s">
+        <v>418</v>
+      </c>
+      <c r="D15" t="s">
+        <v>2293</v>
+      </c>
+    </row>
+    <row r="16" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B16" t="s">
+        <v>2294</v>
+      </c>
+      <c r="C16" t="s">
+        <v>421</v>
+      </c>
+      <c r="D16" t="s">
+        <v>2295</v>
+      </c>
+    </row>
+    <row r="17" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B17" t="s">
+        <v>2296</v>
+      </c>
+      <c r="D17" t="s">
+        <v>2297</v>
+      </c>
+    </row>
+    <row r="18" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B18" t="s">
+        <v>570</v>
+      </c>
+      <c r="D18" t="s">
+        <v>2298</v>
+      </c>
+    </row>
+  </sheetData>
+  <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet39.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-2700-000000000000}">
+  <dimension ref="A1:D17"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="4" width="50.7265625" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A1" s="1" t="s">
+        <v>131</v>
+      </c>
+      <c r="B1" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" s="1" t="s">
+        <v>132</v>
+      </c>
+      <c r="D1" s="1" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="2" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A2" t="s">
+        <v>106</v>
+      </c>
+      <c r="B2" t="s">
+        <v>107</v>
+      </c>
+      <c r="D2" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="3" spans="1:4" ht="25" x14ac:dyDescent="0.25">
+      <c r="B3" s="3" t="s">
+        <v>624</v>
+      </c>
+      <c r="D3" t="s">
+        <v>2299</v>
+      </c>
+    </row>
+    <row r="4" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B4" t="s">
+        <v>466</v>
+      </c>
+      <c r="D4" t="s">
+        <v>2300</v>
+      </c>
+    </row>
+    <row r="5" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B5" t="s">
+        <v>140</v>
+      </c>
+      <c r="D5" t="s">
+        <v>2301</v>
+      </c>
+    </row>
+    <row r="6" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B6" t="s">
+        <v>0</v>
+      </c>
+      <c r="D6" t="s">
+        <v>2302</v>
+      </c>
+    </row>
+    <row r="7" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B7" t="s">
+        <v>142</v>
+      </c>
+      <c r="D7" t="s">
+        <v>2303</v>
+      </c>
+    </row>
+    <row r="8" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B8" t="s">
+        <v>2304</v>
+      </c>
+      <c r="C8" t="s">
+        <v>393</v>
+      </c>
+      <c r="D8" t="s">
+        <v>2305</v>
+      </c>
+    </row>
+    <row r="9" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B9" t="s">
+        <v>2306</v>
+      </c>
+      <c r="C9" t="s">
+        <v>398</v>
+      </c>
+      <c r="D9" t="s">
+        <v>2307</v>
+      </c>
+    </row>
+    <row r="10" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B10" t="s">
+        <v>2308</v>
+      </c>
+      <c r="C10" t="s">
+        <v>401</v>
+      </c>
+      <c r="D10" t="s">
+        <v>2309</v>
+      </c>
+    </row>
+    <row r="11" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B11" t="s">
+        <v>2310</v>
+      </c>
+      <c r="C11" t="s">
+        <v>406</v>
+      </c>
+      <c r="D11" t="s">
+        <v>2311</v>
+      </c>
+    </row>
+    <row r="12" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B12" t="s">
+        <v>2312</v>
+      </c>
+      <c r="C12" t="s">
+        <v>409</v>
+      </c>
+      <c r="D12" t="s">
+        <v>2313</v>
+      </c>
+    </row>
+    <row r="13" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B13" t="s">
+        <v>2314</v>
+      </c>
+      <c r="C13" t="s">
+        <v>412</v>
+      </c>
+      <c r="D13" t="s">
+        <v>2315</v>
+      </c>
+    </row>
+    <row r="14" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B14" t="s">
+        <v>2316</v>
+      </c>
+      <c r="D14" t="s">
+        <v>2317</v>
+      </c>
+    </row>
+    <row r="15" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B15" t="s">
+        <v>2318</v>
+      </c>
+      <c r="C15" t="s">
+        <v>2319</v>
+      </c>
+      <c r="D15" t="s">
+        <v>2320</v>
+      </c>
+    </row>
+    <row r="16" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B16" t="s">
+        <v>2321</v>
+      </c>
+      <c r="C16" t="s">
+        <v>2322</v>
+      </c>
+      <c r="D16" t="s">
+        <v>2323</v>
+      </c>
+    </row>
+    <row r="17" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B17" t="s">
+        <v>2324</v>
+      </c>
+      <c r="D17" t="s">
+        <v>2325</v>
+      </c>
+    </row>
+  </sheetData>
+  <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0400-000000000000}">
+  <dimension ref="A1:D45"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="4" width="50.7265625" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A1" s="1" t="s">
+        <v>131</v>
+      </c>
+      <c r="B1" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" s="1" t="s">
+        <v>132</v>
+      </c>
+      <c r="D1" s="1" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="2" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A2" s="10" t="s">
+        <v>465</v>
+      </c>
+      <c r="B2" s="10" t="s">
+        <v>3082</v>
+      </c>
+      <c r="C2" s="10"/>
+      <c r="D2" s="10" t="s">
+        <v>3083</v>
+      </c>
+    </row>
+    <row r="3" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A3" s="10" t="s">
+        <v>464</v>
+      </c>
+      <c r="B3" s="10" t="s">
+        <v>136</v>
+      </c>
+      <c r="C3" s="10"/>
+      <c r="D3" s="10" t="s">
+        <v>3085</v>
+      </c>
+    </row>
+    <row r="4" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A4" s="10" t="s">
+        <v>2772</v>
+      </c>
+      <c r="B4" s="10" t="s">
+        <v>3086</v>
+      </c>
+      <c r="C4" s="10"/>
+      <c r="D4" s="10" t="s">
+        <v>3087</v>
+      </c>
+    </row>
+    <row r="5" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A5" s="10" t="s">
+        <v>12</v>
+      </c>
+      <c r="B5" s="10" t="s">
+        <v>3086</v>
+      </c>
+      <c r="C5" s="10"/>
+      <c r="D5" s="10" t="s">
+        <v>3088</v>
+      </c>
+    </row>
+    <row r="6" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A6" s="10"/>
+      <c r="B6" s="10" t="s">
+        <v>466</v>
+      </c>
+      <c r="C6" s="10"/>
+      <c r="D6" s="10" t="s">
+        <v>3089</v>
+      </c>
+    </row>
+    <row r="7" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A7" s="10"/>
+      <c r="B7" s="10" t="s">
+        <v>2778</v>
+      </c>
+      <c r="C7" s="10"/>
+      <c r="D7" s="10" t="s">
+        <v>3090</v>
+      </c>
+    </row>
+    <row r="8" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A8" s="10"/>
+      <c r="B8" s="10" t="s">
+        <v>140</v>
+      </c>
+      <c r="C8" s="10"/>
+      <c r="D8" s="10" t="s">
+        <v>3091</v>
+      </c>
+    </row>
+    <row r="9" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A9" s="10"/>
+      <c r="B9" s="10" t="s">
+        <v>142</v>
+      </c>
+      <c r="C9" s="10"/>
+      <c r="D9" s="10" t="s">
+        <v>3092</v>
+      </c>
+    </row>
+    <row r="10" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A10" s="10"/>
+      <c r="B10" s="10" t="s">
+        <v>3093</v>
+      </c>
+      <c r="C10" s="10"/>
+      <c r="D10" s="10" t="s">
+        <v>3094</v>
+      </c>
+    </row>
+    <row r="11" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A11" s="10"/>
+      <c r="B11" s="10" t="s">
+        <v>468</v>
+      </c>
+      <c r="C11" s="10" t="s">
+        <v>149</v>
+      </c>
+      <c r="D11" s="10" t="s">
+        <v>3095</v>
+      </c>
+    </row>
+    <row r="12" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A12" s="10"/>
+      <c r="B12" s="10" t="s">
+        <v>3096</v>
+      </c>
+      <c r="C12" s="10" t="s">
+        <v>152</v>
+      </c>
+      <c r="D12" s="10" t="s">
+        <v>3097</v>
+      </c>
+    </row>
+    <row r="13" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A13" s="10"/>
+      <c r="B13" s="10" t="s">
+        <v>470</v>
+      </c>
+      <c r="C13" s="10" t="s">
+        <v>155</v>
+      </c>
+      <c r="D13" s="10" t="s">
+        <v>3098</v>
+      </c>
+    </row>
+    <row r="14" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A14" s="10"/>
+      <c r="B14" s="10" t="s">
+        <v>471</v>
+      </c>
+      <c r="C14" s="10" t="s">
+        <v>158</v>
+      </c>
+      <c r="D14" s="10" t="s">
+        <v>3099</v>
+      </c>
+    </row>
+    <row r="15" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A15" s="10"/>
+      <c r="B15" s="10" t="s">
+        <v>2644</v>
+      </c>
+      <c r="C15" s="10" t="s">
+        <v>161</v>
+      </c>
+      <c r="D15" s="10" t="s">
+        <v>3100</v>
+      </c>
+    </row>
+    <row r="16" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A16" s="10"/>
+      <c r="B16" s="10" t="s">
+        <v>3101</v>
+      </c>
+      <c r="C16" s="10" t="s">
+        <v>164</v>
+      </c>
+      <c r="D16" s="10" t="s">
+        <v>3102</v>
+      </c>
+    </row>
+    <row r="17" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B17" s="10" t="s">
+        <v>472</v>
+      </c>
+      <c r="C17" s="10" t="s">
+        <v>167</v>
+      </c>
+      <c r="D17" s="10" t="s">
+        <v>3103</v>
+      </c>
+    </row>
+    <row r="18" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B18" s="10" t="s">
+        <v>3104</v>
+      </c>
+      <c r="C18" s="10" t="s">
+        <v>170</v>
+      </c>
+      <c r="D18" s="10" t="s">
+        <v>3105</v>
+      </c>
+    </row>
+    <row r="19" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B19" s="10" t="s">
+        <v>3106</v>
+      </c>
+      <c r="C19" s="10" t="s">
+        <v>173</v>
+      </c>
+      <c r="D19" s="10" t="s">
+        <v>3107</v>
+      </c>
+    </row>
+    <row r="20" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B20" s="10" t="s">
+        <v>3108</v>
+      </c>
+      <c r="C20" s="10"/>
+      <c r="D20" s="10" t="s">
+        <v>3109</v>
+      </c>
+    </row>
+    <row r="21" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B21" s="10" t="s">
+        <v>474</v>
+      </c>
+      <c r="C21" s="10" t="s">
+        <v>178</v>
+      </c>
+      <c r="D21" s="10" t="s">
+        <v>3110</v>
+      </c>
+    </row>
+    <row r="22" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B22" s="10" t="s">
+        <v>475</v>
+      </c>
+      <c r="C22" s="10" t="s">
+        <v>181</v>
+      </c>
+      <c r="D22" s="10" t="s">
+        <v>3111</v>
+      </c>
+    </row>
+    <row r="23" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B23" s="10" t="s">
+        <v>476</v>
+      </c>
+      <c r="C23" s="10" t="s">
+        <v>184</v>
+      </c>
+      <c r="D23" s="10" t="s">
+        <v>3112</v>
+      </c>
+    </row>
+    <row r="24" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B24" s="10" t="s">
+        <v>477</v>
+      </c>
+      <c r="C24" s="10" t="s">
+        <v>187</v>
+      </c>
+      <c r="D24" s="10" t="s">
+        <v>3113</v>
+      </c>
+    </row>
+    <row r="25" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B25" s="10" t="s">
+        <v>478</v>
+      </c>
+      <c r="C25" s="10" t="s">
+        <v>190</v>
+      </c>
+      <c r="D25" s="10" t="s">
+        <v>3114</v>
+      </c>
+    </row>
+    <row r="26" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B26" s="10" t="s">
+        <v>479</v>
+      </c>
+      <c r="C26" s="10" t="s">
+        <v>193</v>
+      </c>
+      <c r="D26" s="10" t="s">
+        <v>3115</v>
+      </c>
+    </row>
+    <row r="27" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B27" s="10" t="s">
+        <v>480</v>
+      </c>
+      <c r="C27" s="10" t="s">
+        <v>196</v>
+      </c>
+      <c r="D27" s="10" t="s">
+        <v>3116</v>
+      </c>
+    </row>
+    <row r="28" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B28" s="10" t="s">
+        <v>481</v>
+      </c>
+      <c r="C28" s="10" t="s">
+        <v>199</v>
+      </c>
+      <c r="D28" s="10" t="s">
+        <v>3117</v>
+      </c>
+    </row>
+    <row r="29" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B29" s="10" t="s">
+        <v>482</v>
+      </c>
+      <c r="C29" s="10" t="s">
+        <v>202</v>
+      </c>
+      <c r="D29" s="10" t="s">
+        <v>3118</v>
+      </c>
+    </row>
+    <row r="30" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B30" s="10" t="s">
+        <v>483</v>
+      </c>
+      <c r="C30" s="10" t="s">
+        <v>205</v>
+      </c>
+      <c r="D30" s="10" t="s">
+        <v>3119</v>
+      </c>
+    </row>
+    <row r="31" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B31" s="10" t="s">
+        <v>484</v>
+      </c>
+      <c r="C31" s="10" t="s">
+        <v>208</v>
+      </c>
+      <c r="D31" s="10" t="s">
+        <v>3120</v>
+      </c>
+    </row>
+    <row r="32" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B32" s="10" t="s">
+        <v>485</v>
+      </c>
+      <c r="C32" s="10" t="s">
+        <v>211</v>
+      </c>
+      <c r="D32" s="10" t="s">
+        <v>3121</v>
+      </c>
+    </row>
+    <row r="33" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B33" s="10" t="s">
+        <v>2812</v>
+      </c>
+      <c r="C33" s="10" t="s">
+        <v>214</v>
+      </c>
+      <c r="D33" s="10" t="s">
+        <v>3122</v>
+      </c>
+    </row>
+    <row r="34" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B34" s="10" t="s">
+        <v>2814</v>
+      </c>
+      <c r="C34" s="10" t="s">
+        <v>217</v>
+      </c>
+      <c r="D34" s="10" t="s">
+        <v>3123</v>
+      </c>
+    </row>
+    <row r="35" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B35" s="10" t="s">
+        <v>2816</v>
+      </c>
+      <c r="C35" s="10" t="s">
+        <v>220</v>
+      </c>
+      <c r="D35" s="10" t="s">
+        <v>3124</v>
+      </c>
+    </row>
+    <row r="36" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B36" s="10" t="s">
+        <v>2818</v>
+      </c>
+      <c r="C36" s="10" t="s">
+        <v>223</v>
+      </c>
+      <c r="D36" s="10" t="s">
+        <v>3125</v>
+      </c>
+    </row>
+    <row r="37" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B37" s="10" t="s">
+        <v>3126</v>
+      </c>
+      <c r="C37" s="10" t="s">
+        <v>226</v>
+      </c>
+      <c r="D37" s="10" t="s">
+        <v>3127</v>
+      </c>
+    </row>
+    <row r="38" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B38" s="10" t="s">
+        <v>490</v>
+      </c>
+      <c r="C38" s="10" t="s">
+        <v>229</v>
+      </c>
+      <c r="D38" s="10" t="s">
+        <v>3128</v>
+      </c>
+    </row>
+    <row r="39" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B39" s="10" t="s">
+        <v>3129</v>
+      </c>
+      <c r="C39" s="10"/>
+      <c r="D39" s="10" t="s">
+        <v>3130</v>
+      </c>
+    </row>
+    <row r="40" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B40" s="10" t="s">
+        <v>3131</v>
+      </c>
+      <c r="C40" s="10" t="s">
+        <v>232</v>
+      </c>
+      <c r="D40" s="10" t="s">
+        <v>3132</v>
+      </c>
+    </row>
+    <row r="41" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B41" s="10" t="s">
+        <v>3133</v>
+      </c>
+      <c r="C41" s="10" t="s">
+        <v>235</v>
+      </c>
+      <c r="D41" s="10" t="s">
+        <v>3134</v>
+      </c>
+    </row>
+    <row r="42" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B42" s="10" t="s">
+        <v>3135</v>
+      </c>
+      <c r="C42" s="10" t="s">
+        <v>238</v>
+      </c>
+      <c r="D42" s="10" t="s">
+        <v>3136</v>
+      </c>
+    </row>
+    <row r="43" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B43" s="10" t="s">
+        <v>3137</v>
+      </c>
+      <c r="C43" s="10" t="s">
+        <v>2099</v>
+      </c>
+      <c r="D43" s="10" t="s">
+        <v>3138</v>
+      </c>
+    </row>
+    <row r="44" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B44" s="10" t="s">
+        <v>3139</v>
+      </c>
+      <c r="C44" s="10" t="s">
+        <v>2102</v>
+      </c>
+      <c r="D44" s="10" t="s">
+        <v>3140</v>
+      </c>
+    </row>
+    <row r="45" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B45" s="10" t="s">
+        <v>3141</v>
+      </c>
+      <c r="C45" s="10" t="s">
+        <v>2726</v>
+      </c>
+      <c r="D45" s="10" t="s">
+        <v>3142</v>
+      </c>
+    </row>
+  </sheetData>
+  <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet40.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-2800-000000000000}">
+  <dimension ref="A1:D86"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="4" width="50.7265625" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A1" s="1" t="s">
+        <v>131</v>
+      </c>
+      <c r="B1" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" s="1" t="s">
+        <v>132</v>
+      </c>
+      <c r="D1" s="1" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="2" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A2" t="s">
+        <v>109</v>
+      </c>
+      <c r="B2" t="s">
+        <v>2908</v>
+      </c>
+      <c r="D2" t="s">
+        <v>2909</v>
+      </c>
+    </row>
+    <row r="3" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A3" t="s">
+        <v>2910</v>
+      </c>
+      <c r="B3" t="s">
+        <v>136</v>
+      </c>
+      <c r="D3" t="s">
+        <v>2998</v>
+      </c>
+    </row>
+    <row r="4" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A4" t="s">
+        <v>2911</v>
+      </c>
+      <c r="B4" t="s">
+        <v>2912</v>
+      </c>
+      <c r="D4" t="s">
+        <v>2999</v>
+      </c>
+    </row>
+    <row r="5" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B5" t="s">
+        <v>2913</v>
+      </c>
+      <c r="D5" t="s">
+        <v>3000</v>
+      </c>
+    </row>
+    <row r="6" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B6" t="s">
+        <v>466</v>
+      </c>
+      <c r="D6" t="s">
+        <v>3001</v>
+      </c>
+    </row>
+    <row r="7" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B7" t="s">
+        <v>1293</v>
+      </c>
+      <c r="D7" t="s">
+        <v>3002</v>
+      </c>
+    </row>
+    <row r="8" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B8" t="s">
+        <v>2914</v>
+      </c>
+      <c r="D8" t="s">
+        <v>3003</v>
+      </c>
+    </row>
+    <row r="9" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B9" t="s">
+        <v>1291</v>
+      </c>
+      <c r="D9" t="s">
+        <v>3004</v>
+      </c>
+    </row>
+    <row r="10" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B10" t="s">
+        <v>2915</v>
+      </c>
+      <c r="D10" t="s">
+        <v>3005</v>
+      </c>
+    </row>
+    <row r="11" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B11" t="s">
+        <v>2916</v>
+      </c>
+      <c r="D11" t="s">
+        <v>3006</v>
+      </c>
+    </row>
+    <row r="12" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B12" t="s">
+        <v>2917</v>
+      </c>
+      <c r="C12" t="s">
+        <v>393</v>
+      </c>
+      <c r="D12" t="s">
+        <v>3007</v>
+      </c>
+    </row>
+    <row r="13" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B13" t="s">
+        <v>2918</v>
+      </c>
+      <c r="C13" t="s">
+        <v>398</v>
+      </c>
+      <c r="D13" t="s">
+        <v>3008</v>
+      </c>
+    </row>
+    <row r="14" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B14" t="s">
+        <v>2919</v>
+      </c>
+      <c r="C14" t="s">
+        <v>401</v>
+      </c>
+      <c r="D14" t="s">
+        <v>3009</v>
+      </c>
+    </row>
+    <row r="15" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B15" t="s">
+        <v>2920</v>
+      </c>
+      <c r="C15" t="s">
+        <v>406</v>
+      </c>
+      <c r="D15" t="s">
+        <v>3010</v>
+      </c>
+    </row>
+    <row r="16" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B16" t="s">
+        <v>2921</v>
+      </c>
+      <c r="C16" t="s">
+        <v>409</v>
+      </c>
+      <c r="D16" t="s">
+        <v>3011</v>
+      </c>
+    </row>
+    <row r="17" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B17" t="s">
+        <v>2922</v>
+      </c>
+      <c r="C17" t="s">
+        <v>412</v>
+      </c>
+      <c r="D17" t="s">
+        <v>3012</v>
+      </c>
+    </row>
+    <row r="18" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B18" t="s">
+        <v>2923</v>
+      </c>
+      <c r="C18" t="s">
+        <v>415</v>
+      </c>
+      <c r="D18" t="s">
+        <v>3013</v>
+      </c>
+    </row>
+    <row r="19" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B19" t="s">
+        <v>2924</v>
+      </c>
+      <c r="D19" t="s">
+        <v>3014</v>
+      </c>
+    </row>
+    <row r="20" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B20" t="s">
+        <v>2925</v>
+      </c>
+      <c r="C20" t="s">
+        <v>418</v>
+      </c>
+      <c r="D20" t="s">
+        <v>3015</v>
+      </c>
+    </row>
+    <row r="21" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B21" t="s">
+        <v>2926</v>
+      </c>
+      <c r="C21" t="s">
+        <v>421</v>
+      </c>
+      <c r="D21" t="s">
+        <v>3016</v>
+      </c>
+    </row>
+    <row r="22" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B22" t="s">
+        <v>2927</v>
+      </c>
+      <c r="C22" t="s">
+        <v>426</v>
+      </c>
+      <c r="D22" t="s">
+        <v>3017</v>
+      </c>
+    </row>
+    <row r="23" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B23" t="s">
+        <v>2928</v>
+      </c>
+      <c r="C23" t="s">
+        <v>429</v>
+      </c>
+      <c r="D23" t="s">
+        <v>3018</v>
+      </c>
+    </row>
+    <row r="24" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B24" t="s">
+        <v>2929</v>
+      </c>
+      <c r="C24" t="s">
+        <v>432</v>
+      </c>
+      <c r="D24" t="s">
+        <v>3019</v>
+      </c>
+    </row>
+    <row r="25" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B25" t="s">
+        <v>2930</v>
+      </c>
+      <c r="D25" t="s">
+        <v>3020</v>
+      </c>
+    </row>
+    <row r="26" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B26" t="s">
+        <v>2931</v>
+      </c>
+      <c r="D26" t="s">
+        <v>3021</v>
+      </c>
+    </row>
+    <row r="27" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B27" t="s">
+        <v>2932</v>
+      </c>
+      <c r="C27" t="s">
+        <v>435</v>
+      </c>
+      <c r="D27" t="s">
+        <v>3022</v>
+      </c>
+    </row>
+    <row r="28" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B28" t="s">
+        <v>2933</v>
+      </c>
+      <c r="C28" t="s">
+        <v>438</v>
+      </c>
+      <c r="D28" t="s">
+        <v>3023</v>
+      </c>
+    </row>
+    <row r="29" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B29" t="s">
+        <v>2934</v>
+      </c>
+      <c r="D29" t="s">
+        <v>3024</v>
+      </c>
+    </row>
+    <row r="30" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B30" t="s">
+        <v>2935</v>
+      </c>
+      <c r="C30" t="s">
+        <v>441</v>
+      </c>
+      <c r="D30" t="s">
+        <v>3025</v>
+      </c>
+    </row>
+    <row r="31" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B31" t="s">
+        <v>2936</v>
+      </c>
+      <c r="C31" t="s">
+        <v>444</v>
+      </c>
+      <c r="D31" t="s">
+        <v>3026</v>
+      </c>
+    </row>
+    <row r="32" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B32" t="s">
+        <v>2937</v>
+      </c>
+      <c r="D32" t="s">
+        <v>3027</v>
+      </c>
+    </row>
+    <row r="33" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B33" t="s">
+        <v>2938</v>
+      </c>
+      <c r="C33" t="s">
+        <v>447</v>
+      </c>
+      <c r="D33" t="s">
+        <v>3028</v>
+      </c>
+    </row>
+    <row r="34" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B34" t="s">
+        <v>2939</v>
+      </c>
+      <c r="C34" t="s">
+        <v>450</v>
+      </c>
+      <c r="D34" t="s">
+        <v>3029</v>
+      </c>
+    </row>
+    <row r="35" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B35" t="s">
+        <v>2940</v>
+      </c>
+      <c r="C35" t="s">
+        <v>453</v>
+      </c>
+      <c r="D35" t="s">
+        <v>3030</v>
+      </c>
+    </row>
+    <row r="36" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B36" t="s">
+        <v>2941</v>
+      </c>
+      <c r="C36" t="s">
+        <v>456</v>
+      </c>
+      <c r="D36" t="s">
+        <v>3031</v>
+      </c>
+    </row>
+    <row r="37" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B37" t="s">
+        <v>2942</v>
+      </c>
+      <c r="C37" t="s">
+        <v>459</v>
+      </c>
+      <c r="D37" t="s">
+        <v>3032</v>
+      </c>
+    </row>
+    <row r="38" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B38" t="s">
+        <v>2943</v>
+      </c>
+      <c r="C38" t="s">
+        <v>462</v>
+      </c>
+      <c r="D38" t="s">
+        <v>3033</v>
+      </c>
+    </row>
+    <row r="39" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B39" t="s">
+        <v>2944</v>
+      </c>
+      <c r="C39" t="s">
+        <v>489</v>
+      </c>
+      <c r="D39" t="s">
+        <v>3034</v>
+      </c>
+    </row>
+    <row r="40" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B40" t="s">
+        <v>2945</v>
+      </c>
+      <c r="C40" t="s">
+        <v>491</v>
+      </c>
+      <c r="D40" t="s">
+        <v>3035</v>
+      </c>
+    </row>
+    <row r="41" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B41" t="s">
+        <v>2946</v>
+      </c>
+      <c r="D41" t="s">
+        <v>3036</v>
+      </c>
+    </row>
+    <row r="42" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B42" t="s">
+        <v>2947</v>
+      </c>
+      <c r="C42" t="s">
+        <v>492</v>
+      </c>
+      <c r="D42" t="s">
+        <v>3037</v>
+      </c>
+    </row>
+    <row r="43" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B43" t="s">
+        <v>2948</v>
+      </c>
+      <c r="C43" t="s">
+        <v>493</v>
+      </c>
+      <c r="D43" t="s">
+        <v>3038</v>
+      </c>
+    </row>
+    <row r="44" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B44" t="s">
+        <v>2949</v>
+      </c>
+      <c r="C44" t="s">
+        <v>494</v>
+      </c>
+      <c r="D44" t="s">
+        <v>3039</v>
+      </c>
+    </row>
+    <row r="45" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B45" t="s">
+        <v>2950</v>
+      </c>
+      <c r="C45" t="s">
+        <v>803</v>
+      </c>
+      <c r="D45" t="s">
+        <v>3040</v>
+      </c>
+    </row>
+    <row r="46" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B46" t="s">
+        <v>2951</v>
+      </c>
+      <c r="C46" t="s">
+        <v>1138</v>
+      </c>
+      <c r="D46" t="s">
+        <v>3041</v>
+      </c>
+    </row>
+    <row r="47" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B47" t="s">
+        <v>2952</v>
+      </c>
+      <c r="C47" t="s">
+        <v>1141</v>
+      </c>
+      <c r="D47" t="s">
+        <v>3042</v>
+      </c>
+    </row>
+    <row r="48" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B48" t="s">
+        <v>2953</v>
+      </c>
+      <c r="D48" t="s">
+        <v>3043</v>
+      </c>
+    </row>
+    <row r="49" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B49" t="s">
+        <v>2954</v>
+      </c>
+      <c r="C49" t="s">
+        <v>1144</v>
+      </c>
+      <c r="D49" t="s">
+        <v>3044</v>
+      </c>
+    </row>
+    <row r="50" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B50" t="s">
+        <v>2955</v>
+      </c>
+      <c r="C50" t="s">
+        <v>1147</v>
+      </c>
+      <c r="D50" t="s">
+        <v>3045</v>
+      </c>
+    </row>
+    <row r="51" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B51" t="s">
+        <v>2956</v>
+      </c>
+      <c r="C51" t="s">
+        <v>1152</v>
+      </c>
+      <c r="D51" t="s">
+        <v>3046</v>
+      </c>
+    </row>
+    <row r="52" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B52" t="s">
+        <v>2957</v>
+      </c>
+      <c r="C52" t="s">
+        <v>1155</v>
+      </c>
+      <c r="D52" t="s">
+        <v>3047</v>
+      </c>
+    </row>
+    <row r="53" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B53" t="s">
+        <v>2958</v>
+      </c>
+      <c r="C53" t="s">
+        <v>1158</v>
+      </c>
+      <c r="D53" t="s">
+        <v>3048</v>
+      </c>
+    </row>
+    <row r="54" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B54" t="s">
+        <v>2959</v>
+      </c>
+      <c r="C54" t="s">
+        <v>1161</v>
+      </c>
+      <c r="D54" t="s">
+        <v>3049</v>
+      </c>
+    </row>
+    <row r="55" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B55" t="s">
+        <v>2960</v>
+      </c>
+      <c r="D55" t="s">
+        <v>3050</v>
+      </c>
+    </row>
+    <row r="56" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B56" t="s">
+        <v>2961</v>
+      </c>
+      <c r="D56" t="s">
+        <v>3051</v>
+      </c>
+    </row>
+    <row r="57" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B57" t="s">
+        <v>2962</v>
+      </c>
+      <c r="C57" t="s">
+        <v>1164</v>
+      </c>
+      <c r="D57" t="s">
+        <v>3052</v>
+      </c>
+    </row>
+    <row r="58" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B58" t="s">
+        <v>2963</v>
+      </c>
+      <c r="C58" t="s">
+        <v>1169</v>
+      </c>
+      <c r="D58" t="s">
+        <v>3053</v>
+      </c>
+    </row>
+    <row r="59" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B59" t="s">
+        <v>2964</v>
+      </c>
+      <c r="C59" t="s">
+        <v>1658</v>
+      </c>
+      <c r="D59" t="s">
+        <v>3054</v>
+      </c>
+    </row>
+    <row r="60" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B60" t="s">
+        <v>2965</v>
+      </c>
+      <c r="C60" t="s">
+        <v>1661</v>
+      </c>
+      <c r="D60" t="s">
+        <v>3055</v>
+      </c>
+    </row>
+    <row r="61" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B61" t="s">
+        <v>2966</v>
+      </c>
+      <c r="C61" t="s">
+        <v>1664</v>
+      </c>
+      <c r="D61" t="s">
+        <v>3056</v>
+      </c>
+    </row>
+    <row r="62" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B62" t="s">
+        <v>2967</v>
+      </c>
+      <c r="C62" t="s">
+        <v>1667</v>
+      </c>
+      <c r="D62" t="s">
+        <v>3057</v>
+      </c>
+    </row>
+    <row r="63" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B63" t="s">
+        <v>2968</v>
+      </c>
+      <c r="C63" t="s">
+        <v>1670</v>
+      </c>
+      <c r="D63" t="s">
+        <v>3058</v>
+      </c>
+    </row>
+    <row r="64" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B64" t="s">
+        <v>2969</v>
+      </c>
+      <c r="D64" t="s">
+        <v>3059</v>
+      </c>
+    </row>
+    <row r="65" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B65" t="s">
+        <v>2970</v>
+      </c>
+      <c r="C65" t="s">
+        <v>1673</v>
+      </c>
+      <c r="D65" t="s">
+        <v>3060</v>
+      </c>
+    </row>
+    <row r="66" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B66" t="s">
+        <v>2971</v>
+      </c>
+      <c r="C66" t="s">
+        <v>1676</v>
+      </c>
+      <c r="D66" t="s">
+        <v>3061</v>
+      </c>
+    </row>
+    <row r="67" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B67" t="s">
+        <v>2972</v>
+      </c>
+      <c r="C67" t="s">
+        <v>1679</v>
+      </c>
+      <c r="D67" t="s">
+        <v>3062</v>
+      </c>
+    </row>
+    <row r="68" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B68" t="s">
+        <v>2973</v>
+      </c>
+      <c r="C68" t="s">
+        <v>1682</v>
+      </c>
+      <c r="D68" t="s">
+        <v>3063</v>
+      </c>
+    </row>
+    <row r="69" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B69" t="s">
+        <v>2974</v>
+      </c>
+      <c r="D69" t="s">
+        <v>3064</v>
+      </c>
+    </row>
+    <row r="70" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B70" t="s">
+        <v>2975</v>
+      </c>
+      <c r="C70" t="s">
+        <v>1685</v>
+      </c>
+      <c r="D70" t="s">
+        <v>3065</v>
+      </c>
+    </row>
+    <row r="71" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B71" t="s">
+        <v>2976</v>
+      </c>
+      <c r="C71" t="s">
+        <v>2327</v>
+      </c>
+      <c r="D71" t="s">
+        <v>3066</v>
+      </c>
+    </row>
+    <row r="72" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B72" t="s">
+        <v>2977</v>
+      </c>
+      <c r="C72" t="s">
+        <v>2328</v>
+      </c>
+      <c r="D72" t="s">
+        <v>3067</v>
+      </c>
+    </row>
+    <row r="73" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B73" t="s">
+        <v>2978</v>
+      </c>
+      <c r="C73" t="s">
+        <v>2329</v>
+      </c>
+      <c r="D73" t="s">
+        <v>3068</v>
+      </c>
+    </row>
+    <row r="74" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B74" t="s">
+        <v>2979</v>
+      </c>
+      <c r="C74" t="s">
+        <v>2330</v>
+      </c>
+      <c r="D74" t="s">
+        <v>3069</v>
+      </c>
+    </row>
+    <row r="75" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B75" t="s">
+        <v>2980</v>
+      </c>
+      <c r="C75" t="s">
+        <v>2331</v>
+      </c>
+      <c r="D75" t="s">
+        <v>3070</v>
+      </c>
+    </row>
+    <row r="76" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B76" t="s">
+        <v>2981</v>
+      </c>
+      <c r="C76" t="s">
+        <v>2332</v>
+      </c>
+      <c r="D76" t="s">
+        <v>3071</v>
+      </c>
+    </row>
+    <row r="77" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B77" t="s">
+        <v>2982</v>
+      </c>
+      <c r="C77" t="s">
+        <v>2333</v>
+      </c>
+      <c r="D77" t="s">
+        <v>3072</v>
+      </c>
+    </row>
+    <row r="78" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B78" t="s">
+        <v>2983</v>
+      </c>
+      <c r="C78" t="s">
+        <v>2984</v>
+      </c>
+      <c r="D78" t="s">
+        <v>3073</v>
+      </c>
+    </row>
+    <row r="79" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B79" t="s">
+        <v>2985</v>
+      </c>
+      <c r="C79" t="s">
+        <v>2986</v>
+      </c>
+      <c r="D79" t="s">
+        <v>3074</v>
+      </c>
+    </row>
+    <row r="80" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B80" t="s">
+        <v>2987</v>
+      </c>
+      <c r="D80" t="s">
+        <v>3075</v>
+      </c>
+    </row>
+    <row r="81" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B81" t="s">
+        <v>2988</v>
+      </c>
+      <c r="C81" t="s">
+        <v>2989</v>
+      </c>
+      <c r="D81" t="s">
+        <v>3076</v>
+      </c>
+    </row>
+    <row r="82" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B82" t="s">
+        <v>2990</v>
+      </c>
+      <c r="D82" t="s">
+        <v>3077</v>
+      </c>
+    </row>
+    <row r="83" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B83" t="s">
+        <v>2991</v>
+      </c>
+      <c r="C83" t="s">
+        <v>2992</v>
+      </c>
+      <c r="D83" t="s">
+        <v>3078</v>
+      </c>
+    </row>
+    <row r="84" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B84" t="s">
+        <v>2993</v>
+      </c>
+      <c r="C84" t="s">
+        <v>2994</v>
+      </c>
+      <c r="D84" t="s">
+        <v>3079</v>
+      </c>
+    </row>
+    <row r="85" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B85" t="s">
+        <v>2995</v>
+      </c>
+      <c r="C85" t="s">
+        <v>2996</v>
+      </c>
+      <c r="D85" t="s">
+        <v>3080</v>
+      </c>
+    </row>
+    <row r="86" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B86" t="s">
+        <v>2997</v>
+      </c>
+      <c r="D86" t="s">
+        <v>3081</v>
+      </c>
+    </row>
+  </sheetData>
+  <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet41.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-2900-000000000000}">
+  <dimension ref="A1:D33"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="4" width="50.7265625" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A1" s="1" t="s">
+        <v>131</v>
+      </c>
+      <c r="B1" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" s="1" t="s">
+        <v>132</v>
+      </c>
+      <c r="D1" s="1" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="2" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A2" t="s">
+        <v>110</v>
+      </c>
+      <c r="B2" t="s">
+        <v>111</v>
+      </c>
+      <c r="D2" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="3" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A3" t="s">
+        <v>2334</v>
+      </c>
+      <c r="B3" t="s">
+        <v>136</v>
+      </c>
+      <c r="D3" t="s">
+        <v>2335</v>
+      </c>
+    </row>
+    <row r="4" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B4" t="s">
+        <v>466</v>
+      </c>
+      <c r="D4" t="s">
+        <v>2336</v>
+      </c>
+    </row>
+    <row r="5" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B5" t="s">
+        <v>2337</v>
+      </c>
+      <c r="D5" t="s">
+        <v>2338</v>
+      </c>
+    </row>
+    <row r="6" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B6" t="s">
+        <v>138</v>
+      </c>
+      <c r="D6" t="s">
+        <v>2339</v>
+      </c>
+    </row>
+    <row r="7" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B7" t="s">
+        <v>140</v>
+      </c>
+      <c r="D7" t="s">
+        <v>2340</v>
+      </c>
+    </row>
+    <row r="8" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B8" t="s">
+        <v>142</v>
+      </c>
+      <c r="D8" t="s">
+        <v>2341</v>
+      </c>
+    </row>
+    <row r="9" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B9" t="s">
+        <v>2342</v>
+      </c>
+      <c r="C9" t="s">
+        <v>393</v>
+      </c>
+      <c r="D9" t="s">
+        <v>2343</v>
+      </c>
+    </row>
+    <row r="10" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B10" t="s">
+        <v>2344</v>
+      </c>
+      <c r="C10" t="s">
+        <v>398</v>
+      </c>
+      <c r="D10" t="s">
+        <v>2345</v>
+      </c>
+    </row>
+    <row r="11" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B11" t="s">
+        <v>2346</v>
+      </c>
+      <c r="C11" t="s">
+        <v>401</v>
+      </c>
+      <c r="D11" t="s">
+        <v>2347</v>
+      </c>
+    </row>
+    <row r="12" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B12" t="s">
+        <v>2348</v>
+      </c>
+      <c r="C12" t="s">
+        <v>406</v>
+      </c>
+      <c r="D12" t="s">
+        <v>2349</v>
+      </c>
+    </row>
+    <row r="13" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B13" t="s">
+        <v>2350</v>
+      </c>
+      <c r="C13" t="s">
+        <v>409</v>
+      </c>
+      <c r="D13" t="s">
+        <v>2351</v>
+      </c>
+    </row>
+    <row r="14" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B14" t="s">
+        <v>2352</v>
+      </c>
+      <c r="C14" t="s">
+        <v>412</v>
+      </c>
+      <c r="D14" t="s">
+        <v>2353</v>
+      </c>
+    </row>
+    <row r="15" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B15" t="s">
+        <v>2354</v>
+      </c>
+      <c r="C15" t="s">
+        <v>415</v>
+      </c>
+      <c r="D15" t="s">
+        <v>2355</v>
+      </c>
+    </row>
+    <row r="16" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B16" t="s">
+        <v>2356</v>
+      </c>
+      <c r="C16" t="s">
+        <v>418</v>
+      </c>
+      <c r="D16" t="s">
+        <v>2357</v>
+      </c>
+    </row>
+    <row r="17" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B17" t="s">
+        <v>827</v>
+      </c>
+      <c r="C17" t="s">
+        <v>421</v>
+      </c>
+      <c r="D17" t="s">
+        <v>2358</v>
+      </c>
+    </row>
+    <row r="18" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B18" t="s">
+        <v>2359</v>
+      </c>
+      <c r="C18" t="s">
+        <v>426</v>
+      </c>
+      <c r="D18" t="s">
+        <v>2360</v>
+      </c>
+    </row>
+    <row r="19" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B19" t="s">
+        <v>2361</v>
+      </c>
+      <c r="C19" t="s">
+        <v>429</v>
+      </c>
+      <c r="D19" t="s">
+        <v>2362</v>
+      </c>
+    </row>
+    <row r="20" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B20" t="s">
+        <v>2363</v>
+      </c>
+      <c r="C20" t="s">
+        <v>432</v>
+      </c>
+      <c r="D20" t="s">
+        <v>2364</v>
+      </c>
+    </row>
+    <row r="21" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B21" t="s">
+        <v>2365</v>
+      </c>
+      <c r="C21" t="s">
+        <v>435</v>
+      </c>
+      <c r="D21" t="s">
+        <v>2366</v>
+      </c>
+    </row>
+    <row r="22" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B22" t="s">
+        <v>2367</v>
+      </c>
+      <c r="C22" t="s">
+        <v>438</v>
+      </c>
+      <c r="D22" t="s">
+        <v>2368</v>
+      </c>
+    </row>
+    <row r="23" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B23" t="s">
+        <v>2369</v>
+      </c>
+      <c r="C23" t="s">
+        <v>441</v>
+      </c>
+      <c r="D23" t="s">
+        <v>2370</v>
+      </c>
+    </row>
+    <row r="24" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B24" t="s">
+        <v>2371</v>
+      </c>
+      <c r="C24" t="s">
+        <v>444</v>
+      </c>
+      <c r="D24" t="s">
+        <v>2372</v>
+      </c>
+    </row>
+    <row r="25" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B25" t="s">
+        <v>2373</v>
+      </c>
+      <c r="C25" t="s">
+        <v>447</v>
+      </c>
+      <c r="D25" t="s">
+        <v>2374</v>
+      </c>
+    </row>
+    <row r="26" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B26" t="s">
+        <v>2375</v>
+      </c>
+      <c r="C26" t="s">
+        <v>450</v>
+      </c>
+      <c r="D26" t="s">
+        <v>2376</v>
+      </c>
+    </row>
+    <row r="27" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B27" t="s">
+        <v>2377</v>
+      </c>
+      <c r="C27" t="s">
+        <v>453</v>
+      </c>
+      <c r="D27" t="s">
+        <v>2378</v>
+      </c>
+    </row>
+    <row r="28" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B28" t="s">
+        <v>2379</v>
+      </c>
+      <c r="C28" t="s">
+        <v>456</v>
+      </c>
+      <c r="D28" t="s">
+        <v>2380</v>
+      </c>
+    </row>
+    <row r="29" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B29" t="s">
+        <v>1496</v>
+      </c>
+      <c r="C29" t="s">
+        <v>459</v>
+      </c>
+      <c r="D29" t="s">
+        <v>2381</v>
+      </c>
+    </row>
+    <row r="30" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B30" t="s">
+        <v>2382</v>
+      </c>
+      <c r="C30" t="s">
+        <v>462</v>
+      </c>
+      <c r="D30" t="s">
+        <v>2383</v>
+      </c>
+    </row>
+    <row r="31" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B31" t="s">
+        <v>1719</v>
+      </c>
+      <c r="C31" t="s">
+        <v>489</v>
+      </c>
+      <c r="D31" t="s">
+        <v>2384</v>
+      </c>
+    </row>
+    <row r="32" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B32" t="s">
+        <v>2385</v>
+      </c>
+      <c r="C32" t="s">
+        <v>491</v>
+      </c>
+      <c r="D32" t="s">
+        <v>2386</v>
+      </c>
+    </row>
+    <row r="33" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B33" t="s">
+        <v>2387</v>
+      </c>
+      <c r="C33" t="s">
+        <v>492</v>
+      </c>
+      <c r="D33" t="s">
+        <v>2388</v>
+      </c>
+    </row>
+  </sheetData>
+  <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet42.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-2A00-000000000000}">
+  <dimension ref="A1:D18"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="4" width="50.7265625" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A1" s="1" t="s">
+        <v>131</v>
+      </c>
+      <c r="B1" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" s="1" t="s">
+        <v>132</v>
+      </c>
+      <c r="D1" s="1" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="2" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A2" t="s">
+        <v>113</v>
+      </c>
+      <c r="B2" t="s">
+        <v>114</v>
+      </c>
+      <c r="D2" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="3" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A3" t="s">
+        <v>2389</v>
+      </c>
+      <c r="B3" t="s">
+        <v>136</v>
+      </c>
+      <c r="D3" t="s">
+        <v>2390</v>
+      </c>
+    </row>
+    <row r="4" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B4" t="s">
+        <v>466</v>
+      </c>
+      <c r="D4" t="s">
+        <v>2391</v>
+      </c>
+    </row>
+    <row r="5" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B5" t="s">
+        <v>140</v>
+      </c>
+      <c r="D5" t="s">
+        <v>2392</v>
+      </c>
+    </row>
+    <row r="6" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B6" t="s">
+        <v>2393</v>
+      </c>
+      <c r="C6" t="s">
+        <v>393</v>
+      </c>
+      <c r="D6" t="s">
+        <v>2394</v>
+      </c>
+    </row>
+    <row r="7" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B7" t="s">
+        <v>2395</v>
+      </c>
+      <c r="C7" t="s">
+        <v>398</v>
+      </c>
+      <c r="D7" t="s">
+        <v>2396</v>
+      </c>
+    </row>
+    <row r="8" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B8" t="s">
+        <v>2397</v>
+      </c>
+      <c r="C8" t="s">
+        <v>401</v>
+      </c>
+      <c r="D8" t="s">
+        <v>2398</v>
+      </c>
+    </row>
+    <row r="9" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B9" t="s">
+        <v>2399</v>
+      </c>
+      <c r="C9" t="s">
+        <v>406</v>
+      </c>
+      <c r="D9" t="s">
+        <v>2400</v>
+      </c>
+    </row>
+    <row r="10" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B10" t="s">
+        <v>2401</v>
+      </c>
+      <c r="C10" t="s">
+        <v>409</v>
+      </c>
+      <c r="D10" t="s">
+        <v>2402</v>
+      </c>
+    </row>
+    <row r="11" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B11" t="s">
+        <v>2403</v>
+      </c>
+      <c r="C11" t="s">
+        <v>412</v>
+      </c>
+      <c r="D11" t="s">
+        <v>2404</v>
+      </c>
+    </row>
+    <row r="12" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B12" t="s">
+        <v>2405</v>
+      </c>
+      <c r="C12" t="s">
+        <v>415</v>
+      </c>
+      <c r="D12" t="s">
+        <v>2406</v>
+      </c>
+    </row>
+    <row r="13" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B13" t="s">
+        <v>2407</v>
+      </c>
+      <c r="C13" t="s">
+        <v>418</v>
+      </c>
+      <c r="D13" t="s">
+        <v>2408</v>
+      </c>
+    </row>
+    <row r="14" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B14" t="s">
+        <v>2409</v>
+      </c>
+      <c r="C14" t="s">
+        <v>421</v>
+      </c>
+      <c r="D14" t="s">
+        <v>2410</v>
+      </c>
+    </row>
+    <row r="15" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B15" t="s">
+        <v>2411</v>
+      </c>
+      <c r="C15" t="s">
+        <v>426</v>
+      </c>
+      <c r="D15" t="s">
+        <v>2412</v>
+      </c>
+    </row>
+    <row r="16" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B16" t="s">
+        <v>2413</v>
+      </c>
+      <c r="C16" t="s">
+        <v>429</v>
+      </c>
+      <c r="D16" t="s">
+        <v>2414</v>
+      </c>
+    </row>
+    <row r="17" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B17" t="s">
+        <v>2415</v>
+      </c>
+      <c r="C17" t="s">
+        <v>432</v>
+      </c>
+      <c r="D17" t="s">
+        <v>2416</v>
+      </c>
+    </row>
+    <row r="18" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B18" t="s">
+        <v>2417</v>
+      </c>
+      <c r="C18" t="s">
+        <v>435</v>
+      </c>
+      <c r="D18" t="s">
+        <v>2418</v>
+      </c>
+    </row>
+  </sheetData>
+  <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet43.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-2B00-000000000000}">
+  <dimension ref="A1:D58"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="4" width="50.7265625" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A1" s="1" t="s">
+        <v>131</v>
+      </c>
+      <c r="B1" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" s="1" t="s">
+        <v>132</v>
+      </c>
+      <c r="D1" s="1" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="2" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A2" t="s">
+        <v>116</v>
+      </c>
+      <c r="B2" t="s">
+        <v>117</v>
+      </c>
+      <c r="D2" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="3" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B3" t="s">
+        <v>136</v>
+      </c>
+      <c r="D3" t="s">
+        <v>2419</v>
+      </c>
+    </row>
+    <row r="4" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B4" t="s">
+        <v>2326</v>
+      </c>
+      <c r="D4" t="s">
+        <v>2420</v>
+      </c>
+    </row>
+    <row r="5" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B5" t="s">
+        <v>1867</v>
+      </c>
+      <c r="D5" t="s">
+        <v>2421</v>
+      </c>
+    </row>
+    <row r="6" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B6" t="s">
+        <v>2422</v>
+      </c>
+      <c r="D6" t="s">
+        <v>2423</v>
+      </c>
+    </row>
+    <row r="7" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B7" t="s">
+        <v>2424</v>
+      </c>
+      <c r="C7" t="s">
+        <v>393</v>
+      </c>
+      <c r="D7" t="s">
+        <v>2425</v>
+      </c>
+    </row>
+    <row r="8" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B8" t="s">
+        <v>2426</v>
+      </c>
+      <c r="C8" t="s">
+        <v>398</v>
+      </c>
+      <c r="D8" t="s">
+        <v>2427</v>
+      </c>
+    </row>
+    <row r="9" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B9" t="s">
+        <v>2428</v>
+      </c>
+      <c r="C9" t="s">
+        <v>401</v>
+      </c>
+      <c r="D9" t="s">
+        <v>2429</v>
+      </c>
+    </row>
+    <row r="10" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B10" t="s">
+        <v>2430</v>
+      </c>
+      <c r="C10" t="s">
+        <v>406</v>
+      </c>
+      <c r="D10" t="s">
+        <v>2431</v>
+      </c>
+    </row>
+    <row r="11" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B11" t="s">
+        <v>2432</v>
+      </c>
+      <c r="C11" t="s">
+        <v>409</v>
+      </c>
+      <c r="D11" t="s">
+        <v>2433</v>
+      </c>
+    </row>
+    <row r="12" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B12" t="s">
+        <v>2434</v>
+      </c>
+      <c r="C12" t="s">
+        <v>412</v>
+      </c>
+      <c r="D12" t="s">
+        <v>2435</v>
+      </c>
+    </row>
+    <row r="13" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B13" t="s">
+        <v>2436</v>
+      </c>
+      <c r="C13" t="s">
+        <v>415</v>
+      </c>
+      <c r="D13" t="s">
+        <v>2437</v>
+      </c>
+    </row>
+    <row r="14" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B14" t="s">
+        <v>2438</v>
+      </c>
+      <c r="D14" t="s">
+        <v>2439</v>
+      </c>
+    </row>
+    <row r="15" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B15" t="s">
+        <v>2440</v>
+      </c>
+      <c r="C15" t="s">
+        <v>418</v>
+      </c>
+      <c r="D15" t="s">
+        <v>2441</v>
+      </c>
+    </row>
+    <row r="16" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B16" t="s">
+        <v>2442</v>
+      </c>
+      <c r="C16" t="s">
+        <v>421</v>
+      </c>
+      <c r="D16" t="s">
+        <v>2443</v>
+      </c>
+    </row>
+    <row r="17" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B17" t="s">
+        <v>2444</v>
+      </c>
+      <c r="C17" t="s">
+        <v>426</v>
+      </c>
+      <c r="D17" t="s">
+        <v>2445</v>
+      </c>
+    </row>
+    <row r="18" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B18" t="s">
+        <v>2446</v>
+      </c>
+      <c r="C18" t="s">
+        <v>429</v>
+      </c>
+      <c r="D18" t="s">
+        <v>2447</v>
+      </c>
+    </row>
+    <row r="19" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B19" t="s">
+        <v>2448</v>
+      </c>
+      <c r="C19" t="s">
+        <v>432</v>
+      </c>
+      <c r="D19" t="s">
+        <v>2449</v>
+      </c>
+    </row>
+    <row r="20" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B20" t="s">
+        <v>2450</v>
+      </c>
+      <c r="C20" t="s">
+        <v>435</v>
+      </c>
+      <c r="D20" t="s">
+        <v>2451</v>
+      </c>
+    </row>
+    <row r="21" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B21" t="s">
+        <v>2452</v>
+      </c>
+      <c r="C21" t="s">
+        <v>438</v>
+      </c>
+      <c r="D21" t="s">
+        <v>2453</v>
+      </c>
+    </row>
+    <row r="22" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B22" t="s">
+        <v>2454</v>
+      </c>
+      <c r="D22" t="s">
+        <v>2455</v>
+      </c>
+    </row>
+    <row r="23" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B23" t="s">
+        <v>2456</v>
+      </c>
+      <c r="C23" t="s">
+        <v>441</v>
+      </c>
+      <c r="D23" t="s">
+        <v>2457</v>
+      </c>
+    </row>
+    <row r="24" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B24" t="s">
+        <v>2458</v>
+      </c>
+      <c r="C24" t="s">
+        <v>444</v>
+      </c>
+      <c r="D24" t="s">
+        <v>2459</v>
+      </c>
+    </row>
+    <row r="25" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B25" t="s">
+        <v>2460</v>
+      </c>
+      <c r="C25" t="s">
+        <v>447</v>
+      </c>
+      <c r="D25" t="s">
+        <v>2461</v>
+      </c>
+    </row>
+    <row r="26" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B26" t="s">
+        <v>2462</v>
+      </c>
+      <c r="C26" t="s">
+        <v>450</v>
+      </c>
+      <c r="D26" t="s">
+        <v>2463</v>
+      </c>
+    </row>
+    <row r="27" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B27" t="s">
+        <v>2464</v>
+      </c>
+      <c r="C27" t="s">
+        <v>453</v>
+      </c>
+      <c r="D27" t="s">
+        <v>2465</v>
+      </c>
+    </row>
+    <row r="28" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B28" t="s">
+        <v>2466</v>
+      </c>
+      <c r="C28" t="s">
+        <v>456</v>
+      </c>
+      <c r="D28" t="s">
+        <v>2467</v>
+      </c>
+    </row>
+    <row r="29" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B29" t="s">
+        <v>2468</v>
+      </c>
+      <c r="C29" t="s">
+        <v>459</v>
+      </c>
+      <c r="D29" t="s">
+        <v>2469</v>
+      </c>
+    </row>
+    <row r="30" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B30" t="s">
+        <v>2470</v>
+      </c>
+      <c r="C30" t="s">
+        <v>462</v>
+      </c>
+      <c r="D30" t="s">
+        <v>2471</v>
+      </c>
+    </row>
+    <row r="31" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B31" t="s">
+        <v>2472</v>
+      </c>
+      <c r="D31" t="s">
+        <v>2473</v>
+      </c>
+    </row>
+    <row r="32" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B32" t="s">
+        <v>2474</v>
+      </c>
+      <c r="C32" t="s">
+        <v>489</v>
+      </c>
+      <c r="D32" t="s">
+        <v>2475</v>
+      </c>
+    </row>
+    <row r="33" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B33" t="s">
+        <v>2476</v>
+      </c>
+      <c r="C33" t="s">
+        <v>491</v>
+      </c>
+      <c r="D33" t="s">
+        <v>2477</v>
+      </c>
+    </row>
+    <row r="34" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B34" t="s">
+        <v>2478</v>
+      </c>
+      <c r="C34" t="s">
+        <v>492</v>
+      </c>
+      <c r="D34" t="s">
+        <v>2479</v>
+      </c>
+    </row>
+    <row r="35" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B35" t="s">
+        <v>2480</v>
+      </c>
+      <c r="C35" t="s">
+        <v>493</v>
+      </c>
+      <c r="D35" t="s">
+        <v>2481</v>
+      </c>
+    </row>
+    <row r="36" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B36" t="s">
+        <v>2482</v>
+      </c>
+      <c r="C36" t="s">
+        <v>494</v>
+      </c>
+      <c r="D36" t="s">
+        <v>2483</v>
+      </c>
+    </row>
+    <row r="37" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B37" t="s">
+        <v>2484</v>
+      </c>
+      <c r="C37" t="s">
+        <v>803</v>
+      </c>
+      <c r="D37" t="s">
+        <v>2485</v>
+      </c>
+    </row>
+    <row r="38" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B38" t="s">
+        <v>2486</v>
+      </c>
+      <c r="D38" t="s">
+        <v>2487</v>
+      </c>
+    </row>
+    <row r="39" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B39" t="s">
+        <v>2488</v>
+      </c>
+      <c r="C39" t="s">
+        <v>1138</v>
+      </c>
+      <c r="D39" t="s">
+        <v>2489</v>
+      </c>
+    </row>
+    <row r="40" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B40" t="s">
+        <v>2490</v>
+      </c>
+      <c r="C40" t="s">
+        <v>1141</v>
+      </c>
+      <c r="D40" t="s">
+        <v>2491</v>
+      </c>
+    </row>
+    <row r="41" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B41" t="s">
+        <v>2492</v>
+      </c>
+      <c r="C41" t="s">
+        <v>1144</v>
+      </c>
+      <c r="D41" t="s">
+        <v>2493</v>
+      </c>
+    </row>
+    <row r="42" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B42" t="s">
+        <v>2494</v>
+      </c>
+      <c r="C42" t="s">
+        <v>1147</v>
+      </c>
+      <c r="D42" t="s">
+        <v>2495</v>
+      </c>
+    </row>
+    <row r="43" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B43" t="s">
+        <v>2496</v>
+      </c>
+      <c r="C43" t="s">
+        <v>1152</v>
+      </c>
+      <c r="D43" t="s">
+        <v>2497</v>
+      </c>
+    </row>
+    <row r="44" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B44" t="s">
+        <v>2498</v>
+      </c>
+      <c r="C44" t="s">
+        <v>1155</v>
+      </c>
+      <c r="D44" t="s">
+        <v>2499</v>
+      </c>
+    </row>
+    <row r="45" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B45" t="s">
+        <v>2500</v>
+      </c>
+      <c r="C45" t="s">
+        <v>1158</v>
+      </c>
+      <c r="D45" t="s">
+        <v>2501</v>
+      </c>
+    </row>
+    <row r="46" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B46" t="s">
+        <v>2502</v>
+      </c>
+      <c r="C46" t="s">
+        <v>1161</v>
+      </c>
+      <c r="D46" t="s">
+        <v>2503</v>
+      </c>
+    </row>
+    <row r="47" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B47" t="s">
+        <v>2504</v>
+      </c>
+      <c r="D47" t="s">
+        <v>2505</v>
+      </c>
+    </row>
+    <row r="48" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B48" t="s">
+        <v>2506</v>
+      </c>
+      <c r="C48" t="s">
+        <v>1164</v>
+      </c>
+      <c r="D48" t="s">
+        <v>2507</v>
+      </c>
+    </row>
+    <row r="49" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B49" t="s">
+        <v>2508</v>
+      </c>
+      <c r="C49" t="s">
+        <v>1169</v>
+      </c>
+      <c r="D49" t="s">
+        <v>2509</v>
+      </c>
+    </row>
+    <row r="50" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B50" t="s">
+        <v>2510</v>
+      </c>
+      <c r="C50" t="s">
+        <v>1658</v>
+      </c>
+      <c r="D50" t="s">
+        <v>2511</v>
+      </c>
+    </row>
+    <row r="51" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B51" t="s">
+        <v>2512</v>
+      </c>
+      <c r="C51" t="s">
+        <v>1661</v>
+      </c>
+      <c r="D51" t="s">
+        <v>2513</v>
+      </c>
+    </row>
+    <row r="52" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B52" t="s">
+        <v>2514</v>
+      </c>
+      <c r="C52" t="s">
+        <v>1664</v>
+      </c>
+      <c r="D52" t="s">
+        <v>2515</v>
+      </c>
+    </row>
+    <row r="53" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B53" t="s">
+        <v>2516</v>
+      </c>
+      <c r="C53" t="s">
+        <v>1667</v>
+      </c>
+      <c r="D53" t="s">
+        <v>2517</v>
+      </c>
+    </row>
+    <row r="54" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B54" t="s">
+        <v>2518</v>
+      </c>
+      <c r="C54" t="s">
+        <v>1670</v>
+      </c>
+      <c r="D54" t="s">
+        <v>2519</v>
+      </c>
+    </row>
+    <row r="55" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B55" t="s">
+        <v>2520</v>
+      </c>
+      <c r="C55" t="s">
+        <v>1673</v>
+      </c>
+      <c r="D55" t="s">
+        <v>2521</v>
+      </c>
+    </row>
+    <row r="56" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B56" t="s">
+        <v>2522</v>
+      </c>
+      <c r="C56" t="s">
+        <v>1676</v>
+      </c>
+      <c r="D56" t="s">
+        <v>2523</v>
+      </c>
+    </row>
+    <row r="57" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B57" t="s">
+        <v>2524</v>
+      </c>
+      <c r="C57" t="s">
+        <v>1679</v>
+      </c>
+      <c r="D57" t="s">
+        <v>2525</v>
+      </c>
+    </row>
+    <row r="58" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B58" t="s">
+        <v>2526</v>
+      </c>
+      <c r="D58" t="s">
+        <v>2527</v>
+      </c>
+    </row>
+  </sheetData>
+  <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet44.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-2D00-000000000000}">
+  <dimension ref="A1:D44"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="4" width="50.7265625" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A1" s="1" t="s">
+        <v>131</v>
+      </c>
+      <c r="B1" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" s="1" t="s">
+        <v>132</v>
+      </c>
+      <c r="D1" s="1" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="2" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A2" t="s">
+        <v>119</v>
+      </c>
+      <c r="B2" t="s">
+        <v>120</v>
+      </c>
+      <c r="D2" t="s">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="3" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A3" t="s">
+        <v>2528</v>
+      </c>
+      <c r="B3" t="s">
+        <v>136</v>
+      </c>
+      <c r="D3" t="s">
+        <v>2547</v>
+      </c>
+    </row>
+    <row r="4" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A4" t="s">
+        <v>110</v>
+      </c>
+      <c r="B4" t="s">
+        <v>466</v>
+      </c>
+      <c r="D4" t="s">
+        <v>2548</v>
+      </c>
+    </row>
+    <row r="5" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B5" t="s">
+        <v>138</v>
+      </c>
+      <c r="D5" t="s">
+        <v>2549</v>
+      </c>
+    </row>
+    <row r="6" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B6" t="s">
+        <v>140</v>
+      </c>
+      <c r="D6" t="s">
+        <v>2550</v>
+      </c>
+    </row>
+    <row r="7" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B7" t="s">
+        <v>142</v>
+      </c>
+      <c r="D7" t="s">
+        <v>2551</v>
+      </c>
+    </row>
+    <row r="8" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B8" t="s">
+        <v>2529</v>
+      </c>
+      <c r="D8" t="s">
+        <v>2552</v>
+      </c>
+    </row>
+    <row r="9" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B9" t="s">
+        <v>2553</v>
+      </c>
+      <c r="C9" t="s">
+        <v>393</v>
+      </c>
+      <c r="D9" t="s">
+        <v>2554</v>
+      </c>
+    </row>
+    <row r="10" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B10" t="s">
+        <v>2530</v>
+      </c>
+      <c r="C10" t="s">
+        <v>398</v>
+      </c>
+      <c r="D10" t="s">
+        <v>2555</v>
+      </c>
+    </row>
+    <row r="11" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B11" t="s">
+        <v>2556</v>
+      </c>
+      <c r="C11" t="s">
+        <v>401</v>
+      </c>
+      <c r="D11" t="s">
+        <v>2557</v>
+      </c>
+    </row>
+    <row r="12" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B12" t="s">
+        <v>2346</v>
+      </c>
+      <c r="C12" t="s">
+        <v>406</v>
+      </c>
+      <c r="D12" t="s">
+        <v>2558</v>
+      </c>
+    </row>
+    <row r="13" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B13" t="s">
+        <v>2348</v>
+      </c>
+      <c r="C13" t="s">
+        <v>409</v>
+      </c>
+      <c r="D13" t="s">
+        <v>2559</v>
+      </c>
+    </row>
+    <row r="14" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B14" t="s">
+        <v>2560</v>
+      </c>
+      <c r="C14" t="s">
+        <v>412</v>
+      </c>
+      <c r="D14" t="s">
+        <v>2561</v>
+      </c>
+    </row>
+    <row r="15" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B15" t="s">
+        <v>2531</v>
+      </c>
+      <c r="C15" t="s">
+        <v>415</v>
+      </c>
+      <c r="D15" t="s">
+        <v>2562</v>
+      </c>
+    </row>
+    <row r="16" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B16" t="s">
+        <v>2532</v>
+      </c>
+      <c r="C16" t="s">
+        <v>418</v>
+      </c>
+      <c r="D16" t="s">
+        <v>2563</v>
+      </c>
+    </row>
+    <row r="17" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B17" t="s">
+        <v>2352</v>
+      </c>
+      <c r="C17" t="s">
+        <v>421</v>
+      </c>
+      <c r="D17" t="s">
+        <v>2564</v>
+      </c>
+    </row>
+    <row r="18" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B18" t="s">
+        <v>2533</v>
+      </c>
+      <c r="D18" t="s">
+        <v>2565</v>
+      </c>
+    </row>
+    <row r="19" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B19" t="s">
+        <v>2534</v>
+      </c>
+      <c r="C19" t="s">
+        <v>426</v>
+      </c>
+      <c r="D19" t="s">
+        <v>2566</v>
+      </c>
+    </row>
+    <row r="20" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B20" t="s">
+        <v>2535</v>
+      </c>
+      <c r="C20" t="s">
+        <v>429</v>
+      </c>
+      <c r="D20" t="s">
+        <v>2567</v>
+      </c>
+    </row>
+    <row r="21" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B21" t="s">
+        <v>344</v>
+      </c>
+      <c r="C21" t="s">
+        <v>432</v>
+      </c>
+      <c r="D21" t="s">
+        <v>2568</v>
+      </c>
+    </row>
+    <row r="22" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B22" t="s">
+        <v>2569</v>
+      </c>
+      <c r="C22" t="s">
+        <v>435</v>
+      </c>
+      <c r="D22" t="s">
+        <v>2570</v>
+      </c>
+    </row>
+    <row r="23" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B23" t="s">
+        <v>2536</v>
+      </c>
+      <c r="C23" t="s">
+        <v>438</v>
+      </c>
+      <c r="D23" t="s">
+        <v>2571</v>
+      </c>
+    </row>
+    <row r="24" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B24" t="s">
+        <v>2572</v>
+      </c>
+      <c r="C24" t="s">
+        <v>441</v>
+      </c>
+      <c r="D24" t="s">
+        <v>2573</v>
+      </c>
+    </row>
+    <row r="25" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B25" t="s">
+        <v>2537</v>
+      </c>
+      <c r="D25" t="s">
+        <v>2574</v>
+      </c>
+    </row>
+    <row r="26" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B26" t="s">
+        <v>2538</v>
+      </c>
+      <c r="C26" t="s">
+        <v>444</v>
+      </c>
+      <c r="D26" t="s">
+        <v>2575</v>
+      </c>
+    </row>
+    <row r="27" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B27" t="s">
+        <v>2539</v>
+      </c>
+      <c r="C27" t="s">
+        <v>447</v>
+      </c>
+      <c r="D27" t="s">
+        <v>2576</v>
+      </c>
+    </row>
+    <row r="28" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B28" t="s">
+        <v>2359</v>
+      </c>
+      <c r="C28" t="s">
+        <v>450</v>
+      </c>
+      <c r="D28" t="s">
+        <v>2577</v>
+      </c>
+    </row>
+    <row r="29" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B29" t="s">
+        <v>2361</v>
+      </c>
+      <c r="C29" t="s">
+        <v>453</v>
+      </c>
+      <c r="D29" t="s">
+        <v>2578</v>
+      </c>
+    </row>
+    <row r="30" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B30" t="s">
+        <v>2363</v>
+      </c>
+      <c r="C30" t="s">
+        <v>456</v>
+      </c>
+      <c r="D30" t="s">
+        <v>2579</v>
+      </c>
+    </row>
+    <row r="31" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B31" t="s">
+        <v>2540</v>
+      </c>
+      <c r="C31" t="s">
+        <v>459</v>
+      </c>
+      <c r="D31" t="s">
+        <v>2580</v>
+      </c>
+    </row>
+    <row r="32" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B32" t="s">
+        <v>2367</v>
+      </c>
+      <c r="C32" t="s">
+        <v>462</v>
+      </c>
+      <c r="D32" t="s">
+        <v>2581</v>
+      </c>
+    </row>
+    <row r="33" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B33" t="s">
+        <v>2369</v>
+      </c>
+      <c r="C33" t="s">
+        <v>489</v>
+      </c>
+      <c r="D33" t="s">
+        <v>2582</v>
+      </c>
+    </row>
+    <row r="34" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B34" t="s">
+        <v>2541</v>
+      </c>
+      <c r="C34" t="s">
+        <v>491</v>
+      </c>
+      <c r="D34" t="s">
+        <v>2583</v>
+      </c>
+    </row>
+    <row r="35" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B35" t="s">
+        <v>2373</v>
+      </c>
+      <c r="C35" t="s">
+        <v>492</v>
+      </c>
+      <c r="D35" t="s">
+        <v>2584</v>
+      </c>
+    </row>
+    <row r="36" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B36" t="s">
+        <v>2375</v>
+      </c>
+      <c r="C36" t="s">
+        <v>493</v>
+      </c>
+      <c r="D36" t="s">
+        <v>2585</v>
+      </c>
+    </row>
+    <row r="37" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B37" t="s">
+        <v>2542</v>
+      </c>
+      <c r="C37" t="s">
+        <v>494</v>
+      </c>
+      <c r="D37" t="s">
+        <v>2586</v>
+      </c>
+    </row>
+    <row r="38" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B38" t="s">
+        <v>2379</v>
+      </c>
+      <c r="C38" t="s">
+        <v>803</v>
+      </c>
+      <c r="D38" t="s">
+        <v>2587</v>
+      </c>
+    </row>
+    <row r="39" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B39" t="s">
+        <v>1496</v>
+      </c>
+      <c r="C39" t="s">
+        <v>1138</v>
+      </c>
+      <c r="D39" t="s">
+        <v>2588</v>
+      </c>
+    </row>
+    <row r="40" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B40" t="s">
+        <v>2382</v>
+      </c>
+      <c r="C40" t="s">
+        <v>1141</v>
+      </c>
+      <c r="D40" t="s">
+        <v>2589</v>
+      </c>
+    </row>
+    <row r="41" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B41" t="s">
+        <v>2543</v>
+      </c>
+      <c r="C41" t="s">
+        <v>1144</v>
+      </c>
+      <c r="D41" t="s">
+        <v>2590</v>
+      </c>
+    </row>
+    <row r="42" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B42" t="s">
+        <v>2544</v>
+      </c>
+      <c r="C42" t="s">
+        <v>1147</v>
+      </c>
+      <c r="D42" t="s">
+        <v>2591</v>
+      </c>
+    </row>
+    <row r="43" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B43" t="s">
+        <v>2545</v>
+      </c>
+      <c r="C43" t="s">
+        <v>1152</v>
+      </c>
+      <c r="D43" t="s">
+        <v>2592</v>
+      </c>
+    </row>
+    <row r="44" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B44" t="s">
+        <v>2546</v>
+      </c>
+      <c r="C44" t="s">
+        <v>1155</v>
+      </c>
+      <c r="D44" t="s">
+        <v>2593</v>
+      </c>
+    </row>
+  </sheetData>
+  <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet45.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-2E00-000000000000}">
+  <dimension ref="A1:D35"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="4" width="50.7265625" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A1" s="1" t="s">
+        <v>131</v>
+      </c>
+      <c r="B1" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" s="1" t="s">
+        <v>132</v>
+      </c>
+      <c r="D1" s="1" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="2" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A2" t="s">
+        <v>122</v>
+      </c>
+      <c r="B2" t="s">
+        <v>2761</v>
+      </c>
+      <c r="D2" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="3" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B3" t="s">
+        <v>136</v>
+      </c>
+      <c r="D3" t="s">
+        <v>2594</v>
+      </c>
+    </row>
+    <row r="4" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B4" t="s">
+        <v>2595</v>
+      </c>
+      <c r="D4" t="s">
+        <v>2596</v>
+      </c>
+    </row>
+    <row r="5" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B5" t="s">
+        <v>2326</v>
+      </c>
+      <c r="D5" t="s">
+        <v>2597</v>
+      </c>
+    </row>
+    <row r="6" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B6" t="s">
+        <v>142</v>
+      </c>
+      <c r="D6" t="s">
+        <v>2598</v>
+      </c>
+    </row>
+    <row r="7" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B7" t="s">
+        <v>699</v>
+      </c>
+      <c r="C7" t="s">
+        <v>393</v>
+      </c>
+      <c r="D7" t="s">
+        <v>2599</v>
+      </c>
+    </row>
+    <row r="8" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B8" t="s">
+        <v>2600</v>
+      </c>
+      <c r="C8" t="s">
+        <v>398</v>
+      </c>
+      <c r="D8" t="s">
+        <v>2601</v>
+      </c>
+    </row>
+    <row r="9" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B9" t="s">
+        <v>2602</v>
+      </c>
+      <c r="C9" t="s">
+        <v>401</v>
+      </c>
+      <c r="D9" t="s">
+        <v>2603</v>
+      </c>
+    </row>
+    <row r="10" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B10" t="s">
+        <v>2604</v>
+      </c>
+      <c r="C10" t="s">
+        <v>406</v>
+      </c>
+      <c r="D10" t="s">
+        <v>2605</v>
+      </c>
+    </row>
+    <row r="11" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B11" t="s">
+        <v>2606</v>
+      </c>
+      <c r="C11" t="s">
+        <v>409</v>
+      </c>
+      <c r="D11" t="s">
+        <v>2607</v>
+      </c>
+    </row>
+    <row r="12" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B12" t="s">
+        <v>2608</v>
+      </c>
+      <c r="C12" t="s">
+        <v>412</v>
+      </c>
+      <c r="D12" t="s">
+        <v>2609</v>
+      </c>
+    </row>
+    <row r="13" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B13" t="s">
+        <v>2610</v>
+      </c>
+      <c r="C13" t="s">
+        <v>415</v>
+      </c>
+      <c r="D13" t="s">
+        <v>2611</v>
+      </c>
+    </row>
+    <row r="14" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B14" t="s">
+        <v>2612</v>
+      </c>
+      <c r="C14" t="s">
+        <v>418</v>
+      </c>
+      <c r="D14" t="s">
+        <v>2613</v>
+      </c>
+    </row>
+    <row r="15" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B15" t="s">
+        <v>2614</v>
+      </c>
+      <c r="C15" t="s">
+        <v>421</v>
+      </c>
+      <c r="D15" t="s">
+        <v>2615</v>
+      </c>
+    </row>
+    <row r="16" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B16" t="s">
+        <v>2545</v>
+      </c>
+      <c r="C16" t="s">
+        <v>426</v>
+      </c>
+      <c r="D16" t="s">
+        <v>2616</v>
+      </c>
+    </row>
+    <row r="17" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B17" t="s">
+        <v>2617</v>
+      </c>
+      <c r="C17" t="s">
+        <v>429</v>
+      </c>
+      <c r="D17" t="s">
+        <v>2618</v>
+      </c>
+    </row>
+    <row r="18" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B18" t="s">
+        <v>2619</v>
+      </c>
+      <c r="C18" t="s">
+        <v>432</v>
+      </c>
+      <c r="D18" t="s">
+        <v>2620</v>
+      </c>
+    </row>
+    <row r="19" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B19" t="s">
+        <v>2621</v>
+      </c>
+      <c r="C19" t="s">
+        <v>435</v>
+      </c>
+      <c r="D19" t="s">
+        <v>2622</v>
+      </c>
+    </row>
+    <row r="20" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B20" t="s">
+        <v>2623</v>
+      </c>
+      <c r="C20" t="s">
+        <v>438</v>
+      </c>
+      <c r="D20" t="s">
+        <v>2624</v>
+      </c>
+    </row>
+    <row r="21" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B21" t="s">
+        <v>2373</v>
+      </c>
+      <c r="C21" t="s">
+        <v>441</v>
+      </c>
+      <c r="D21" t="s">
+        <v>2625</v>
+      </c>
+    </row>
+    <row r="22" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B22" t="s">
+        <v>2626</v>
+      </c>
+      <c r="C22" t="s">
+        <v>444</v>
+      </c>
+      <c r="D22" t="s">
+        <v>2627</v>
+      </c>
+    </row>
+    <row r="23" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B23" t="s">
+        <v>2539</v>
+      </c>
+      <c r="C23" t="s">
+        <v>447</v>
+      </c>
+      <c r="D23" t="s">
+        <v>2628</v>
+      </c>
+    </row>
+    <row r="24" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B24" t="s">
+        <v>2629</v>
+      </c>
+      <c r="C24" t="s">
+        <v>450</v>
+      </c>
+      <c r="D24" t="s">
+        <v>2630</v>
+      </c>
+    </row>
+    <row r="25" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B25" t="s">
+        <v>2631</v>
+      </c>
+      <c r="C25" t="s">
+        <v>453</v>
+      </c>
+      <c r="D25" t="s">
+        <v>2632</v>
+      </c>
+    </row>
+    <row r="26" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B26" t="s">
+        <v>1492</v>
+      </c>
+      <c r="C26" t="s">
+        <v>456</v>
+      </c>
+      <c r="D26" t="s">
+        <v>2633</v>
+      </c>
+    </row>
+    <row r="27" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B27" t="s">
+        <v>486</v>
+      </c>
+      <c r="C27" t="s">
+        <v>459</v>
+      </c>
+      <c r="D27" t="s">
+        <v>2634</v>
+      </c>
+    </row>
+    <row r="28" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B28" t="s">
+        <v>487</v>
+      </c>
+      <c r="C28" t="s">
+        <v>462</v>
+      </c>
+      <c r="D28" t="s">
+        <v>2635</v>
+      </c>
+    </row>
+    <row r="29" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B29" t="s">
+        <v>2636</v>
+      </c>
+      <c r="C29" t="s">
+        <v>489</v>
+      </c>
+      <c r="D29" t="s">
+        <v>2637</v>
+      </c>
+    </row>
+    <row r="30" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B30" t="s">
+        <v>2638</v>
+      </c>
+      <c r="C30" t="s">
+        <v>491</v>
+      </c>
+      <c r="D30" t="s">
+        <v>2639</v>
+      </c>
+    </row>
+    <row r="31" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B31" t="s">
+        <v>2640</v>
+      </c>
+      <c r="C31" t="s">
+        <v>492</v>
+      </c>
+      <c r="D31" t="s">
+        <v>2641</v>
+      </c>
+    </row>
+    <row r="32" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B32" t="s">
+        <v>2642</v>
+      </c>
+      <c r="C32" t="s">
+        <v>493</v>
+      </c>
+      <c r="D32" t="s">
+        <v>2643</v>
+      </c>
+    </row>
+    <row r="33" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B33" t="s">
+        <v>2644</v>
+      </c>
+      <c r="C33" t="s">
+        <v>494</v>
+      </c>
+      <c r="D33" t="s">
+        <v>2645</v>
+      </c>
+    </row>
+    <row r="34" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B34" t="s">
+        <v>2646</v>
+      </c>
+      <c r="C34" t="s">
+        <v>803</v>
+      </c>
+      <c r="D34" t="s">
+        <v>2647</v>
+      </c>
+    </row>
+    <row r="35" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B35" t="s">
+        <v>2648</v>
+      </c>
+      <c r="C35" t="s">
+        <v>1138</v>
+      </c>
+      <c r="D35" t="s">
+        <v>2649</v>
+      </c>
+    </row>
+  </sheetData>
+  <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet46.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
+  <dimension ref="A1:D88"/>
+  <sheetViews>
+    <sheetView workbookViewId="0">
+      <selection activeCell="B2" sqref="B2"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="4" width="50.7265625" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A1" s="1" t="s">
+        <v>131</v>
+      </c>
+      <c r="B1" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" s="1" t="s">
+        <v>132</v>
+      </c>
+      <c r="D1" s="1" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="2" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A2" t="s">
+        <v>7</v>
+      </c>
+      <c r="B2" t="s">
+        <v>2763</v>
+      </c>
+      <c r="D2" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="3" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A3" t="s">
+        <v>134</v>
+      </c>
+      <c r="B3" t="s">
+        <v>136</v>
+      </c>
+      <c r="D3" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="4" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A4" t="s">
+        <v>135</v>
+      </c>
+      <c r="B4" t="s">
+        <v>138</v>
+      </c>
+      <c r="D4" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="5" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B5" t="s">
+        <v>140</v>
+      </c>
+      <c r="D5" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="6" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B6" t="s">
+        <v>142</v>
+      </c>
+      <c r="D6" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="7" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B7" t="s">
+        <v>144</v>
+      </c>
+      <c r="D7" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="8" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B8" t="s">
+        <v>146</v>
+      </c>
+      <c r="D8" t="s">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="9" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B9" t="s">
+        <v>148</v>
+      </c>
+      <c r="C9" t="s">
+        <v>149</v>
+      </c>
+      <c r="D9" t="s">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="10" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B10" t="s">
+        <v>151</v>
+      </c>
+      <c r="C10" t="s">
+        <v>152</v>
+      </c>
+      <c r="D10" t="s">
+        <v>153</v>
+      </c>
+    </row>
+    <row r="11" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B11" t="s">
+        <v>154</v>
+      </c>
+      <c r="C11" t="s">
+        <v>155</v>
+      </c>
+      <c r="D11" t="s">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="12" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B12" t="s">
+        <v>157</v>
+      </c>
+      <c r="C12" t="s">
+        <v>158</v>
+      </c>
+      <c r="D12" t="s">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="13" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B13" t="s">
+        <v>160</v>
+      </c>
+      <c r="C13" t="s">
+        <v>161</v>
+      </c>
+      <c r="D13" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="14" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B14" t="s">
+        <v>163</v>
+      </c>
+      <c r="C14" t="s">
+        <v>164</v>
+      </c>
+      <c r="D14" t="s">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="15" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B15" t="s">
+        <v>166</v>
+      </c>
+      <c r="C15" t="s">
+        <v>167</v>
+      </c>
+      <c r="D15" t="s">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="16" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B16" t="s">
+        <v>169</v>
+      </c>
+      <c r="C16" t="s">
+        <v>170</v>
+      </c>
+      <c r="D16" t="s">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="17" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B17" t="s">
+        <v>172</v>
+      </c>
+      <c r="C17" t="s">
+        <v>173</v>
+      </c>
+      <c r="D17" t="s">
+        <v>174</v>
+      </c>
+    </row>
+    <row r="18" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B18" t="s">
+        <v>175</v>
+      </c>
+      <c r="D18" t="s">
+        <v>176</v>
+      </c>
+    </row>
+    <row r="19" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B19" t="s">
+        <v>177</v>
+      </c>
+      <c r="C19" t="s">
+        <v>178</v>
+      </c>
+      <c r="D19" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="20" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B20" t="s">
+        <v>180</v>
+      </c>
+      <c r="C20" t="s">
+        <v>181</v>
+      </c>
+      <c r="D20" t="s">
+        <v>182</v>
+      </c>
+    </row>
+    <row r="21" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B21" t="s">
+        <v>183</v>
+      </c>
+      <c r="C21" t="s">
+        <v>184</v>
+      </c>
+      <c r="D21" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="22" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B22" t="s">
+        <v>186</v>
+      </c>
+      <c r="C22" t="s">
+        <v>187</v>
+      </c>
+      <c r="D22" t="s">
+        <v>188</v>
+      </c>
+    </row>
+    <row r="23" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B23" t="s">
+        <v>189</v>
+      </c>
+      <c r="C23" t="s">
+        <v>190</v>
+      </c>
+      <c r="D23" t="s">
+        <v>191</v>
+      </c>
+    </row>
+    <row r="24" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B24" t="s">
+        <v>192</v>
+      </c>
+      <c r="C24" t="s">
+        <v>193</v>
+      </c>
+      <c r="D24" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="25" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B25" t="s">
+        <v>195</v>
+      </c>
+      <c r="C25" t="s">
+        <v>196</v>
+      </c>
+      <c r="D25" t="s">
+        <v>197</v>
+      </c>
+    </row>
+    <row r="26" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B26" t="s">
+        <v>198</v>
+      </c>
+      <c r="C26" t="s">
+        <v>199</v>
+      </c>
+      <c r="D26" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="27" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B27" t="s">
+        <v>201</v>
+      </c>
+      <c r="C27" t="s">
+        <v>202</v>
+      </c>
+      <c r="D27" t="s">
+        <v>203</v>
+      </c>
+    </row>
+    <row r="28" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B28" t="s">
+        <v>204</v>
+      </c>
+      <c r="C28" t="s">
+        <v>205</v>
+      </c>
+      <c r="D28" t="s">
+        <v>206</v>
+      </c>
+    </row>
+    <row r="29" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B29" t="s">
+        <v>207</v>
+      </c>
+      <c r="C29" t="s">
+        <v>208</v>
+      </c>
+      <c r="D29" t="s">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="30" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B30" t="s">
+        <v>210</v>
+      </c>
+      <c r="C30" t="s">
+        <v>211</v>
+      </c>
+      <c r="D30" t="s">
+        <v>212</v>
+      </c>
+    </row>
+    <row r="31" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B31" t="s">
+        <v>213</v>
+      </c>
+      <c r="C31" t="s">
+        <v>214</v>
+      </c>
+      <c r="D31" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="32" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B32" t="s">
+        <v>216</v>
+      </c>
+      <c r="C32" t="s">
+        <v>217</v>
+      </c>
+      <c r="D32" t="s">
+        <v>218</v>
+      </c>
+    </row>
+    <row r="33" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B33" t="s">
+        <v>219</v>
+      </c>
+      <c r="C33" t="s">
+        <v>220</v>
+      </c>
+      <c r="D33" t="s">
+        <v>221</v>
+      </c>
+    </row>
+    <row r="34" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B34" t="s">
+        <v>222</v>
+      </c>
+      <c r="C34" t="s">
+        <v>223</v>
+      </c>
+      <c r="D34" t="s">
+        <v>224</v>
+      </c>
+    </row>
+    <row r="35" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B35" t="s">
+        <v>225</v>
+      </c>
+      <c r="C35" t="s">
+        <v>226</v>
+      </c>
+      <c r="D35" t="s">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="36" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B36" t="s">
+        <v>228</v>
+      </c>
+      <c r="C36" t="s">
+        <v>229</v>
+      </c>
+      <c r="D36" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="37" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B37" t="s">
+        <v>231</v>
+      </c>
+      <c r="C37" t="s">
+        <v>232</v>
+      </c>
+      <c r="D37" t="s">
+        <v>233</v>
+      </c>
+    </row>
+    <row r="38" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B38" t="s">
+        <v>234</v>
+      </c>
+      <c r="C38" t="s">
+        <v>235</v>
+      </c>
+      <c r="D38" t="s">
+        <v>236</v>
+      </c>
+    </row>
+    <row r="39" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B39" t="s">
+        <v>237</v>
+      </c>
+      <c r="C39" t="s">
+        <v>238</v>
+      </c>
+      <c r="D39" t="s">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="40" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B40" t="s">
+        <v>240</v>
+      </c>
+      <c r="C40" t="s">
+        <v>241</v>
+      </c>
+      <c r="D40" t="s">
+        <v>242</v>
+      </c>
+    </row>
+    <row r="41" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B41" t="s">
+        <v>243</v>
+      </c>
+      <c r="C41" t="s">
+        <v>244</v>
+      </c>
+      <c r="D41" t="s">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="42" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B42" t="s">
+        <v>246</v>
+      </c>
+      <c r="C42" t="s">
+        <v>247</v>
+      </c>
+      <c r="D42" t="s">
+        <v>248</v>
+      </c>
+    </row>
+    <row r="43" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B43" t="s">
+        <v>249</v>
+      </c>
+      <c r="C43" t="s">
+        <v>250</v>
+      </c>
+      <c r="D43" t="s">
+        <v>251</v>
+      </c>
+    </row>
+    <row r="44" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B44" t="s">
+        <v>252</v>
+      </c>
+      <c r="C44" t="s">
+        <v>253</v>
+      </c>
+      <c r="D44" t="s">
+        <v>254</v>
+      </c>
+    </row>
+    <row r="45" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B45" t="s">
+        <v>255</v>
+      </c>
+      <c r="C45" t="s">
+        <v>256</v>
+      </c>
+      <c r="D45" t="s">
+        <v>257</v>
+      </c>
+    </row>
+    <row r="46" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B46" t="s">
+        <v>258</v>
+      </c>
+      <c r="C46" t="s">
+        <v>259</v>
+      </c>
+      <c r="D46" t="s">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="47" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B47" t="s">
+        <v>261</v>
+      </c>
+      <c r="C47" t="s">
+        <v>262</v>
+      </c>
+      <c r="D47" t="s">
+        <v>263</v>
+      </c>
+    </row>
+    <row r="48" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B48" t="s">
+        <v>264</v>
+      </c>
+      <c r="C48" t="s">
+        <v>265</v>
+      </c>
+      <c r="D48" t="s">
+        <v>266</v>
+      </c>
+    </row>
+    <row r="49" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B49" t="s">
+        <v>267</v>
+      </c>
+      <c r="C49" t="s">
+        <v>268</v>
+      </c>
+      <c r="D49" t="s">
+        <v>269</v>
+      </c>
+    </row>
+    <row r="50" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B50" t="s">
+        <v>270</v>
+      </c>
+      <c r="C50" t="s">
+        <v>271</v>
+      </c>
+      <c r="D50" t="s">
+        <v>272</v>
+      </c>
+    </row>
+    <row r="51" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B51" t="s">
+        <v>273</v>
+      </c>
+      <c r="C51" t="s">
+        <v>274</v>
+      </c>
+      <c r="D51" t="s">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="52" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B52" t="s">
+        <v>276</v>
+      </c>
+      <c r="C52" t="s">
+        <v>277</v>
+      </c>
+      <c r="D52" t="s">
+        <v>278</v>
+      </c>
+    </row>
+    <row r="53" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B53" t="s">
+        <v>279</v>
+      </c>
+      <c r="C53" t="s">
+        <v>280</v>
+      </c>
+      <c r="D53" t="s">
+        <v>281</v>
+      </c>
+    </row>
+    <row r="54" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B54" t="s">
+        <v>282</v>
+      </c>
+      <c r="C54" t="s">
+        <v>283</v>
+      </c>
+      <c r="D54" t="s">
+        <v>284</v>
+      </c>
+    </row>
+    <row r="55" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B55" t="s">
+        <v>285</v>
+      </c>
+      <c r="C55" t="s">
+        <v>286</v>
+      </c>
+      <c r="D55" t="s">
+        <v>287</v>
+      </c>
+    </row>
+    <row r="56" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B56" t="s">
+        <v>288</v>
+      </c>
+      <c r="C56" t="s">
+        <v>289</v>
+      </c>
+      <c r="D56" t="s">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="57" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B57" t="s">
+        <v>291</v>
+      </c>
+      <c r="C57" t="s">
+        <v>292</v>
+      </c>
+      <c r="D57" t="s">
+        <v>293</v>
+      </c>
+    </row>
+    <row r="58" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B58" t="s">
+        <v>294</v>
+      </c>
+      <c r="C58" t="s">
+        <v>295</v>
+      </c>
+      <c r="D58" t="s">
+        <v>296</v>
+      </c>
+    </row>
+    <row r="59" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B59" t="s">
+        <v>297</v>
+      </c>
+      <c r="C59" t="s">
+        <v>298</v>
+      </c>
+      <c r="D59" t="s">
+        <v>299</v>
+      </c>
+    </row>
+    <row r="60" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B60" t="s">
+        <v>300</v>
+      </c>
+      <c r="C60" t="s">
+        <v>301</v>
+      </c>
+      <c r="D60" t="s">
+        <v>302</v>
+      </c>
+    </row>
+    <row r="61" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B61" t="s">
+        <v>303</v>
+      </c>
+      <c r="C61" t="s">
+        <v>304</v>
+      </c>
+      <c r="D61" t="s">
+        <v>305</v>
+      </c>
+    </row>
+    <row r="62" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B62" t="s">
+        <v>306</v>
+      </c>
+      <c r="C62" t="s">
+        <v>307</v>
+      </c>
+      <c r="D62" t="s">
+        <v>308</v>
+      </c>
+    </row>
+    <row r="63" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B63" t="s">
+        <v>309</v>
+      </c>
+      <c r="C63" t="s">
+        <v>310</v>
+      </c>
+      <c r="D63" t="s">
+        <v>311</v>
+      </c>
+    </row>
+    <row r="64" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B64" t="s">
+        <v>312</v>
+      </c>
+      <c r="C64" t="s">
+        <v>313</v>
+      </c>
+      <c r="D64" t="s">
+        <v>314</v>
+      </c>
+    </row>
+    <row r="65" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B65" t="s">
+        <v>315</v>
+      </c>
+      <c r="C65" t="s">
+        <v>316</v>
+      </c>
+      <c r="D65" t="s">
+        <v>317</v>
+      </c>
+    </row>
+    <row r="66" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B66" t="s">
+        <v>318</v>
+      </c>
+      <c r="D66" t="s">
+        <v>319</v>
+      </c>
+    </row>
+    <row r="67" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B67" t="s">
+        <v>320</v>
+      </c>
+      <c r="C67" t="s">
+        <v>321</v>
+      </c>
+      <c r="D67" t="s">
+        <v>322</v>
+      </c>
+    </row>
+    <row r="68" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B68" t="s">
+        <v>323</v>
+      </c>
+      <c r="C68" t="s">
+        <v>324</v>
+      </c>
+      <c r="D68" t="s">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="69" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B69" t="s">
+        <v>326</v>
+      </c>
+      <c r="C69" t="s">
+        <v>327</v>
+      </c>
+      <c r="D69" t="s">
+        <v>328</v>
+      </c>
+    </row>
+    <row r="70" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B70" t="s">
+        <v>329</v>
+      </c>
+      <c r="C70" t="s">
+        <v>330</v>
+      </c>
+      <c r="D70" t="s">
+        <v>331</v>
+      </c>
+    </row>
+    <row r="71" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B71" t="s">
+        <v>332</v>
+      </c>
+      <c r="C71" t="s">
+        <v>333</v>
+      </c>
+      <c r="D71" t="s">
+        <v>334</v>
+      </c>
+    </row>
+    <row r="72" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B72" t="s">
+        <v>335</v>
+      </c>
+      <c r="C72" t="s">
+        <v>336</v>
+      </c>
+      <c r="D72" t="s">
+        <v>337</v>
+      </c>
+    </row>
+    <row r="73" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B73" t="s">
+        <v>338</v>
+      </c>
+      <c r="C73" t="s">
+        <v>339</v>
+      </c>
+      <c r="D73" t="s">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="74" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B74" t="s">
+        <v>341</v>
+      </c>
+      <c r="C74" t="s">
+        <v>342</v>
+      </c>
+      <c r="D74" t="s">
+        <v>343</v>
+      </c>
+    </row>
+    <row r="75" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B75" t="s">
+        <v>344</v>
+      </c>
+      <c r="C75" t="s">
+        <v>345</v>
+      </c>
+      <c r="D75" t="s">
+        <v>346</v>
+      </c>
+    </row>
+    <row r="76" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B76" t="s">
+        <v>347</v>
+      </c>
+      <c r="C76" t="s">
+        <v>348</v>
+      </c>
+      <c r="D76" t="s">
+        <v>349</v>
+      </c>
+    </row>
+    <row r="77" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B77" t="s">
+        <v>350</v>
+      </c>
+      <c r="C77" t="s">
+        <v>351</v>
+      </c>
+      <c r="D77" t="s">
+        <v>352</v>
+      </c>
+    </row>
+    <row r="78" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B78" t="s">
+        <v>353</v>
+      </c>
+      <c r="C78" t="s">
+        <v>354</v>
+      </c>
+      <c r="D78" t="s">
+        <v>355</v>
+      </c>
+    </row>
+    <row r="79" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B79" t="s">
+        <v>356</v>
+      </c>
+      <c r="C79" t="s">
+        <v>357</v>
+      </c>
+      <c r="D79" t="s">
+        <v>358</v>
+      </c>
+    </row>
+    <row r="80" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B80" t="s">
+        <v>359</v>
+      </c>
+      <c r="C80" t="s">
+        <v>360</v>
+      </c>
+      <c r="D80" t="s">
+        <v>361</v>
+      </c>
+    </row>
+    <row r="81" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B81" t="s">
+        <v>362</v>
+      </c>
+      <c r="C81" t="s">
+        <v>363</v>
+      </c>
+      <c r="D81" t="s">
+        <v>364</v>
+      </c>
+    </row>
+    <row r="82" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B82" t="s">
+        <v>365</v>
+      </c>
+      <c r="C82" t="s">
+        <v>366</v>
+      </c>
+      <c r="D82" t="s">
+        <v>367</v>
+      </c>
+    </row>
+    <row r="83" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B83" t="s">
+        <v>368</v>
+      </c>
+      <c r="C83" t="s">
+        <v>369</v>
+      </c>
+      <c r="D83" t="s">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="84" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B84" t="s">
+        <v>371</v>
+      </c>
+      <c r="C84" t="s">
+        <v>372</v>
+      </c>
+      <c r="D84" t="s">
+        <v>373</v>
+      </c>
+    </row>
+    <row r="85" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B85" t="s">
+        <v>374</v>
+      </c>
+      <c r="C85" t="s">
+        <v>375</v>
+      </c>
+      <c r="D85" t="s">
+        <v>376</v>
+      </c>
+    </row>
+    <row r="86" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B86" t="s">
+        <v>377</v>
+      </c>
+      <c r="C86" t="s">
+        <v>378</v>
+      </c>
+      <c r="D86" t="s">
+        <v>379</v>
+      </c>
+    </row>
+    <row r="87" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B87" t="s">
+        <v>380</v>
+      </c>
+      <c r="D87" t="s">
+        <v>381</v>
+      </c>
+    </row>
+    <row r="88" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B88" t="s">
+        <v>380</v>
+      </c>
+      <c r="D88" t="s">
+        <v>382</v>
+      </c>
+    </row>
+  </sheetData>
+  <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet47.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-2F00-000000000000}">
+  <dimension ref="A1:D26"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="4" width="50.7265625" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A1" s="1" t="s">
+        <v>131</v>
+      </c>
+      <c r="B1" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" s="1" t="s">
+        <v>132</v>
+      </c>
+      <c r="D1" s="1" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="2" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A2" t="s">
+        <v>124</v>
+      </c>
+      <c r="B2" t="s">
+        <v>2762</v>
+      </c>
+      <c r="D2" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="3" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A3" t="s">
+        <v>2650</v>
+      </c>
+      <c r="B3" t="s">
+        <v>136</v>
+      </c>
+      <c r="D3" t="s">
+        <v>2651</v>
+      </c>
+    </row>
+    <row r="4" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B4" t="s">
+        <v>140</v>
+      </c>
+      <c r="D4" t="s">
+        <v>2652</v>
+      </c>
+    </row>
+    <row r="5" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B5" t="s">
+        <v>142</v>
+      </c>
+      <c r="D5" t="s">
+        <v>2653</v>
+      </c>
+    </row>
+    <row r="6" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B6" t="s">
+        <v>699</v>
+      </c>
+      <c r="D6" t="s">
+        <v>2654</v>
+      </c>
+    </row>
+    <row r="7" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B7" t="s">
+        <v>2655</v>
+      </c>
+      <c r="D7" t="s">
+        <v>2656</v>
+      </c>
+    </row>
+    <row r="8" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B8" t="s">
+        <v>2657</v>
+      </c>
+      <c r="C8" t="s">
+        <v>393</v>
+      </c>
+      <c r="D8" t="s">
+        <v>2658</v>
+      </c>
+    </row>
+    <row r="9" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B9" t="s">
+        <v>2659</v>
+      </c>
+      <c r="C9" t="s">
+        <v>398</v>
+      </c>
+      <c r="D9" t="s">
+        <v>2660</v>
+      </c>
+    </row>
+    <row r="10" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B10" t="s">
+        <v>2661</v>
+      </c>
+      <c r="C10" t="s">
+        <v>401</v>
+      </c>
+      <c r="D10" t="s">
+        <v>2662</v>
+      </c>
+    </row>
+    <row r="11" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B11" t="s">
+        <v>2663</v>
+      </c>
+      <c r="C11" t="s">
+        <v>406</v>
+      </c>
+      <c r="D11" t="s">
+        <v>2664</v>
+      </c>
+    </row>
+    <row r="12" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B12" t="s">
+        <v>2665</v>
+      </c>
+      <c r="C12" t="s">
+        <v>409</v>
+      </c>
+      <c r="D12" t="s">
+        <v>2666</v>
+      </c>
+    </row>
+    <row r="13" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B13" t="s">
+        <v>2667</v>
+      </c>
+      <c r="C13" t="s">
+        <v>412</v>
+      </c>
+      <c r="D13" t="s">
+        <v>2668</v>
+      </c>
+    </row>
+    <row r="14" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B14" t="s">
+        <v>2669</v>
+      </c>
+      <c r="C14" t="s">
+        <v>415</v>
+      </c>
+      <c r="D14" t="s">
+        <v>2670</v>
+      </c>
+    </row>
+    <row r="15" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B15" t="s">
+        <v>2671</v>
+      </c>
+      <c r="D15" t="s">
+        <v>2672</v>
+      </c>
+    </row>
+    <row r="16" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B16" t="s">
+        <v>2673</v>
+      </c>
+      <c r="D16" t="s">
+        <v>2674</v>
+      </c>
+    </row>
+    <row r="17" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B17" t="s">
+        <v>2675</v>
+      </c>
+      <c r="C17" t="s">
+        <v>418</v>
+      </c>
+      <c r="D17" t="s">
+        <v>2676</v>
+      </c>
+    </row>
+    <row r="18" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B18" t="s">
+        <v>2677</v>
+      </c>
+      <c r="C18" t="s">
+        <v>421</v>
+      </c>
+      <c r="D18" t="s">
+        <v>2678</v>
+      </c>
+    </row>
+    <row r="19" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B19" t="s">
+        <v>2679</v>
+      </c>
+      <c r="C19" t="s">
+        <v>426</v>
+      </c>
+      <c r="D19" t="s">
+        <v>2680</v>
+      </c>
+    </row>
+    <row r="20" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B20" t="s">
+        <v>2681</v>
+      </c>
+      <c r="C20" t="s">
+        <v>429</v>
+      </c>
+      <c r="D20" t="s">
+        <v>2682</v>
+      </c>
+    </row>
+    <row r="21" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B21" t="s">
+        <v>2683</v>
+      </c>
+      <c r="C21" t="s">
+        <v>432</v>
+      </c>
+      <c r="D21" t="s">
+        <v>2684</v>
+      </c>
+    </row>
+    <row r="22" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B22" t="s">
+        <v>2685</v>
+      </c>
+      <c r="C22" t="s">
+        <v>435</v>
+      </c>
+      <c r="D22" t="s">
+        <v>2686</v>
+      </c>
+    </row>
+    <row r="23" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B23" t="s">
+        <v>2687</v>
+      </c>
+      <c r="C23" t="s">
+        <v>438</v>
+      </c>
+      <c r="D23" t="s">
+        <v>2688</v>
+      </c>
+    </row>
+    <row r="24" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B24" t="s">
+        <v>2689</v>
+      </c>
+      <c r="D24" t="s">
+        <v>2690</v>
+      </c>
+    </row>
+    <row r="25" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B25" t="s">
+        <v>380</v>
+      </c>
+      <c r="D25" t="s">
+        <v>2691</v>
+      </c>
+    </row>
+    <row r="26" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B26" t="s">
+        <v>380</v>
+      </c>
+      <c r="D26" t="s">
+        <v>2692</v>
+      </c>
+    </row>
+  </sheetData>
+  <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet48.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-3000-000000000000}">
+  <dimension ref="A1:D21"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="4" width="50.7265625" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A1" s="1" t="s">
+        <v>131</v>
+      </c>
+      <c r="B1" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" s="1" t="s">
+        <v>132</v>
+      </c>
+      <c r="D1" s="1" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="2" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A2" t="s">
+        <v>126</v>
+      </c>
+      <c r="B2" t="s">
+        <v>127</v>
+      </c>
+      <c r="D2" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="3" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A3" t="s">
+        <v>2693</v>
+      </c>
+      <c r="B3" t="s">
+        <v>136</v>
+      </c>
+      <c r="D3" t="s">
+        <v>2694</v>
+      </c>
+    </row>
+    <row r="4" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B4" t="s">
+        <v>140</v>
+      </c>
+      <c r="D4" t="s">
+        <v>2695</v>
+      </c>
+    </row>
+    <row r="5" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B5" t="s">
+        <v>2696</v>
+      </c>
+      <c r="D5" t="s">
+        <v>2697</v>
+      </c>
+    </row>
+    <row r="6" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B6" t="s">
+        <v>2698</v>
+      </c>
+      <c r="C6" t="s">
+        <v>393</v>
+      </c>
+      <c r="D6" t="s">
+        <v>2699</v>
+      </c>
+    </row>
+    <row r="7" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B7" t="s">
+        <v>1742</v>
+      </c>
+      <c r="C7" t="s">
+        <v>398</v>
+      </c>
+      <c r="D7" t="s">
+        <v>2700</v>
+      </c>
+    </row>
+    <row r="8" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B8" t="s">
+        <v>2701</v>
+      </c>
+      <c r="C8" t="s">
+        <v>401</v>
+      </c>
+      <c r="D8" t="s">
+        <v>2702</v>
+      </c>
+    </row>
+    <row r="9" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B9" t="s">
+        <v>2703</v>
+      </c>
+      <c r="D9" t="s">
+        <v>2704</v>
+      </c>
+    </row>
+    <row r="10" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B10" t="s">
+        <v>2705</v>
+      </c>
+      <c r="C10" t="s">
+        <v>406</v>
+      </c>
+      <c r="D10" t="s">
+        <v>2706</v>
+      </c>
+    </row>
+    <row r="11" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B11" t="s">
+        <v>2707</v>
+      </c>
+      <c r="C11" t="s">
+        <v>409</v>
+      </c>
+      <c r="D11" t="s">
+        <v>2708</v>
+      </c>
+    </row>
+    <row r="12" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B12" t="s">
+        <v>2709</v>
+      </c>
+      <c r="C12" t="s">
+        <v>412</v>
+      </c>
+      <c r="D12" t="s">
+        <v>2710</v>
+      </c>
+    </row>
+    <row r="13" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B13" t="s">
+        <v>2711</v>
+      </c>
+      <c r="C13" t="s">
+        <v>415</v>
+      </c>
+      <c r="D13" t="s">
+        <v>2712</v>
+      </c>
+    </row>
+    <row r="14" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B14" t="s">
+        <v>2713</v>
+      </c>
+      <c r="D14" t="s">
+        <v>2714</v>
+      </c>
+    </row>
+    <row r="15" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B15" t="s">
+        <v>2715</v>
+      </c>
+      <c r="C15" t="s">
+        <v>418</v>
+      </c>
+      <c r="D15" t="s">
+        <v>2716</v>
+      </c>
+    </row>
+    <row r="16" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B16" t="s">
+        <v>2717</v>
+      </c>
+      <c r="C16" t="s">
+        <v>421</v>
+      </c>
+      <c r="D16" t="s">
+        <v>2718</v>
+      </c>
+    </row>
+    <row r="17" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B17" t="s">
+        <v>2719</v>
+      </c>
+      <c r="C17" t="s">
+        <v>426</v>
+      </c>
+      <c r="D17" t="s">
+        <v>2720</v>
+      </c>
+    </row>
+    <row r="18" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B18" t="s">
+        <v>2721</v>
+      </c>
+      <c r="C18" t="s">
+        <v>2099</v>
+      </c>
+      <c r="D18" t="s">
+        <v>2722</v>
+      </c>
+    </row>
+    <row r="19" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B19" t="s">
+        <v>2723</v>
+      </c>
+      <c r="C19" t="s">
+        <v>2102</v>
+      </c>
+      <c r="D19" t="s">
+        <v>2724</v>
+      </c>
+    </row>
+    <row r="20" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B20" t="s">
+        <v>2725</v>
+      </c>
+      <c r="C20" t="s">
+        <v>2726</v>
+      </c>
+      <c r="D20" t="s">
+        <v>2727</v>
+      </c>
+    </row>
+    <row r="21" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B21" t="s">
+        <v>2728</v>
+      </c>
+      <c r="C21" t="s">
+        <v>2729</v>
+      </c>
+      <c r="D21" t="s">
+        <v>2730</v>
+      </c>
+    </row>
+  </sheetData>
+  <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet49.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-3100-000000000000}">
+  <dimension ref="A1:D18"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="4" width="50.7265625" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A1" s="1" t="s">
+        <v>131</v>
+      </c>
+      <c r="B1" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" s="1" t="s">
+        <v>132</v>
+      </c>
+      <c r="D1" s="1" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="2" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A2" t="s">
+        <v>126</v>
+      </c>
+      <c r="B2" t="s">
+        <v>129</v>
+      </c>
+      <c r="D2" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="3" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A3" t="s">
+        <v>2693</v>
+      </c>
+      <c r="B3" t="s">
+        <v>136</v>
+      </c>
+      <c r="D3" t="s">
+        <v>2731</v>
+      </c>
+    </row>
+    <row r="4" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B4" t="s">
+        <v>466</v>
+      </c>
+      <c r="D4" t="s">
+        <v>2732</v>
+      </c>
+    </row>
+    <row r="5" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B5" t="s">
+        <v>140</v>
+      </c>
+      <c r="D5" t="s">
+        <v>2733</v>
+      </c>
+    </row>
+    <row r="6" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B6" t="s">
+        <v>2734</v>
+      </c>
+      <c r="D6" t="s">
+        <v>2735</v>
+      </c>
+    </row>
+    <row r="7" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B7" t="s">
+        <v>2736</v>
+      </c>
+      <c r="C7" t="s">
+        <v>393</v>
+      </c>
+      <c r="D7" t="s">
+        <v>2737</v>
+      </c>
+    </row>
+    <row r="8" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B8" t="s">
+        <v>2738</v>
+      </c>
+      <c r="C8" t="s">
+        <v>398</v>
+      </c>
+      <c r="D8" t="s">
+        <v>2739</v>
+      </c>
+    </row>
+    <row r="9" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B9" t="s">
+        <v>2740</v>
+      </c>
+      <c r="C9" t="s">
+        <v>401</v>
+      </c>
+      <c r="D9" t="s">
+        <v>2741</v>
+      </c>
+    </row>
+    <row r="10" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B10" t="s">
+        <v>2742</v>
+      </c>
+      <c r="C10" t="s">
+        <v>406</v>
+      </c>
+      <c r="D10" t="s">
+        <v>2743</v>
+      </c>
+    </row>
+    <row r="11" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B11" t="s">
+        <v>2744</v>
+      </c>
+      <c r="C11" t="s">
+        <v>409</v>
+      </c>
+      <c r="D11" t="s">
+        <v>2745</v>
+      </c>
+    </row>
+    <row r="12" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B12" t="s">
+        <v>2746</v>
+      </c>
+      <c r="C12" t="s">
+        <v>412</v>
+      </c>
+      <c r="D12" t="s">
+        <v>2747</v>
+      </c>
+    </row>
+    <row r="13" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B13" t="s">
+        <v>2748</v>
+      </c>
+      <c r="C13" t="s">
+        <v>415</v>
+      </c>
+      <c r="D13" t="s">
+        <v>2749</v>
+      </c>
+    </row>
+    <row r="14" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B14" t="s">
+        <v>2750</v>
+      </c>
+      <c r="C14" t="s">
+        <v>418</v>
+      </c>
+      <c r="D14" t="s">
+        <v>2751</v>
+      </c>
+    </row>
+    <row r="15" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B15" t="s">
+        <v>2752</v>
+      </c>
+      <c r="C15" t="s">
+        <v>421</v>
+      </c>
+      <c r="D15" t="s">
+        <v>2753</v>
+      </c>
+    </row>
+    <row r="16" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B16" t="s">
+        <v>2754</v>
+      </c>
+      <c r="C16" t="s">
+        <v>426</v>
+      </c>
+      <c r="D16" t="s">
+        <v>2755</v>
+      </c>
+    </row>
+    <row r="17" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B17" t="s">
+        <v>2756</v>
+      </c>
+      <c r="C17" t="s">
+        <v>378</v>
+      </c>
+      <c r="D17" t="s">
+        <v>2757</v>
+      </c>
+    </row>
+    <row r="18" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B18" t="s">
+        <v>2758</v>
+      </c>
+      <c r="C18" t="s">
+        <v>601</v>
+      </c>
+      <c r="D18" t="s">
+        <v>2759</v>
+      </c>
+    </row>
+  </sheetData>
+  <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0500-000000000000}">
+  <dimension ref="A1:D43"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="4" width="50.7265625" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A1" s="1" t="s">
+        <v>131</v>
+      </c>
+      <c r="B1" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" s="1" t="s">
+        <v>132</v>
+      </c>
+      <c r="D1" s="1" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="2" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A2" t="s">
+        <v>13</v>
+      </c>
+      <c r="B2" t="s">
+        <v>14</v>
+      </c>
+      <c r="D2" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="3" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B3" t="s">
+        <v>136</v>
+      </c>
+      <c r="D3" t="s">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="4" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B4" t="s">
+        <v>466</v>
+      </c>
+      <c r="D4" t="s">
+        <v>496</v>
+      </c>
+    </row>
+    <row r="5" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B5" t="s">
+        <v>138</v>
+      </c>
+      <c r="D5" t="s">
+        <v>497</v>
+      </c>
+    </row>
+    <row r="6" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B6" t="s">
+        <v>388</v>
+      </c>
+      <c r="D6" t="s">
+        <v>498</v>
+      </c>
+    </row>
+    <row r="7" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B7" t="s">
+        <v>140</v>
+      </c>
+      <c r="D7" t="s">
+        <v>499</v>
+      </c>
+    </row>
+    <row r="8" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B8" t="s">
+        <v>142</v>
+      </c>
+      <c r="D8" t="s">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="9" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B9" t="s">
+        <v>501</v>
+      </c>
+      <c r="D9" t="s">
+        <v>502</v>
+      </c>
+    </row>
+    <row r="10" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B10" t="s">
+        <v>503</v>
+      </c>
+      <c r="C10" t="s">
+        <v>393</v>
+      </c>
+      <c r="D10" t="s">
+        <v>504</v>
+      </c>
+    </row>
+    <row r="11" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B11" t="s">
+        <v>505</v>
+      </c>
+      <c r="C11" t="s">
+        <v>398</v>
+      </c>
+      <c r="D11" t="s">
+        <v>506</v>
+      </c>
+    </row>
+    <row r="12" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B12" t="s">
+        <v>507</v>
+      </c>
+      <c r="C12" t="s">
+        <v>401</v>
+      </c>
+      <c r="D12" t="s">
+        <v>508</v>
+      </c>
+    </row>
+    <row r="13" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B13" t="s">
+        <v>509</v>
+      </c>
+      <c r="C13" t="s">
+        <v>406</v>
+      </c>
+      <c r="D13" t="s">
+        <v>510</v>
+      </c>
+    </row>
+    <row r="14" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B14" t="s">
+        <v>511</v>
+      </c>
+      <c r="D14" t="s">
+        <v>512</v>
+      </c>
+    </row>
+    <row r="15" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B15" t="s">
+        <v>513</v>
+      </c>
+      <c r="C15" t="s">
+        <v>409</v>
+      </c>
+      <c r="D15" t="s">
+        <v>514</v>
+      </c>
+    </row>
+    <row r="16" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B16" t="s">
+        <v>515</v>
+      </c>
+      <c r="C16" t="s">
+        <v>412</v>
+      </c>
+      <c r="D16" t="s">
+        <v>516</v>
+      </c>
+    </row>
+    <row r="17" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B17" t="s">
+        <v>517</v>
+      </c>
+      <c r="C17" t="s">
+        <v>415</v>
+      </c>
+      <c r="D17" t="s">
+        <v>518</v>
+      </c>
+    </row>
+    <row r="18" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B18" t="s">
+        <v>519</v>
+      </c>
+      <c r="D18" t="s">
+        <v>520</v>
+      </c>
+    </row>
+    <row r="19" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B19" t="s">
+        <v>521</v>
+      </c>
+      <c r="C19" t="s">
+        <v>418</v>
+      </c>
+      <c r="D19" t="s">
+        <v>522</v>
+      </c>
+    </row>
+    <row r="20" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B20" t="s">
+        <v>523</v>
+      </c>
+      <c r="C20" t="s">
+        <v>421</v>
+      </c>
+      <c r="D20" t="s">
+        <v>524</v>
+      </c>
+    </row>
+    <row r="21" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B21" t="s">
+        <v>525</v>
+      </c>
+      <c r="C21" t="s">
+        <v>426</v>
+      </c>
+      <c r="D21" t="s">
+        <v>526</v>
+      </c>
+    </row>
+    <row r="22" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B22" t="s">
+        <v>527</v>
+      </c>
+      <c r="C22" t="s">
+        <v>429</v>
+      </c>
+      <c r="D22" t="s">
+        <v>528</v>
+      </c>
+    </row>
+    <row r="23" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B23" t="s">
+        <v>529</v>
+      </c>
+      <c r="D23" t="s">
+        <v>530</v>
+      </c>
+    </row>
+    <row r="24" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B24" t="s">
+        <v>531</v>
+      </c>
+      <c r="C24" t="s">
+        <v>432</v>
+      </c>
+      <c r="D24" t="s">
+        <v>532</v>
+      </c>
+    </row>
+    <row r="25" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B25" t="s">
+        <v>533</v>
+      </c>
+      <c r="C25" t="s">
+        <v>435</v>
+      </c>
+      <c r="D25" t="s">
+        <v>534</v>
+      </c>
+    </row>
+    <row r="26" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B26" t="s">
+        <v>535</v>
+      </c>
+      <c r="C26" t="s">
+        <v>438</v>
+      </c>
+      <c r="D26" t="s">
+        <v>536</v>
+      </c>
+    </row>
+    <row r="27" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B27" t="s">
+        <v>537</v>
+      </c>
+      <c r="C27" t="s">
+        <v>441</v>
+      </c>
+      <c r="D27" t="s">
+        <v>538</v>
+      </c>
+    </row>
+    <row r="28" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B28" t="s">
+        <v>539</v>
+      </c>
+      <c r="C28" t="s">
+        <v>444</v>
+      </c>
+      <c r="D28" t="s">
+        <v>540</v>
+      </c>
+    </row>
+    <row r="29" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B29" t="s">
+        <v>541</v>
+      </c>
+      <c r="C29" t="s">
+        <v>447</v>
+      </c>
+      <c r="D29" t="s">
+        <v>542</v>
+      </c>
+    </row>
+    <row r="30" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B30" t="s">
+        <v>543</v>
+      </c>
+      <c r="C30" t="s">
+        <v>450</v>
+      </c>
+      <c r="D30" t="s">
+        <v>544</v>
+      </c>
+    </row>
+    <row r="31" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B31" t="s">
+        <v>545</v>
+      </c>
+      <c r="C31" t="s">
+        <v>453</v>
+      </c>
+      <c r="D31" t="s">
+        <v>546</v>
+      </c>
+    </row>
+    <row r="32" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B32" t="s">
+        <v>547</v>
+      </c>
+      <c r="D32" t="s">
+        <v>548</v>
+      </c>
+    </row>
+    <row r="33" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B33" t="s">
+        <v>549</v>
+      </c>
+      <c r="C33" t="s">
+        <v>456</v>
+      </c>
+      <c r="D33" t="s">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="34" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B34" t="s">
+        <v>551</v>
+      </c>
+      <c r="C34" t="s">
+        <v>459</v>
+      </c>
+      <c r="D34" t="s">
+        <v>552</v>
+      </c>
+    </row>
+    <row r="35" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B35" t="s">
+        <v>553</v>
+      </c>
+      <c r="C35" t="s">
+        <v>462</v>
+      </c>
+      <c r="D35" t="s">
+        <v>554</v>
+      </c>
+    </row>
+    <row r="36" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B36" t="s">
+        <v>555</v>
+      </c>
+      <c r="C36" t="s">
+        <v>489</v>
+      </c>
+      <c r="D36" t="s">
+        <v>556</v>
+      </c>
+    </row>
+    <row r="37" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B37" t="s">
+        <v>557</v>
+      </c>
+      <c r="D37" t="s">
+        <v>558</v>
+      </c>
+    </row>
+    <row r="38" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B38" t="s">
+        <v>559</v>
+      </c>
+      <c r="C38" t="s">
+        <v>491</v>
+      </c>
+      <c r="D38" t="s">
+        <v>560</v>
+      </c>
+    </row>
+    <row r="39" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B39" t="s">
+        <v>561</v>
+      </c>
+      <c r="C39" t="s">
+        <v>492</v>
+      </c>
+      <c r="D39" t="s">
+        <v>562</v>
+      </c>
+    </row>
+    <row r="40" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B40" t="s">
+        <v>563</v>
+      </c>
+      <c r="C40" t="s">
+        <v>493</v>
+      </c>
+      <c r="D40" t="s">
+        <v>564</v>
+      </c>
+    </row>
+    <row r="41" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B41" t="s">
+        <v>565</v>
+      </c>
+      <c r="D41" t="s">
+        <v>566</v>
+      </c>
+    </row>
+    <row r="42" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B42" t="s">
+        <v>567</v>
+      </c>
+      <c r="C42" t="s">
+        <v>494</v>
+      </c>
+      <c r="D42" t="s">
+        <v>568</v>
+      </c>
+    </row>
+    <row r="43" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B43" t="s">
+        <v>569</v>
+      </c>
+      <c r="C43" t="s">
+        <v>570</v>
+      </c>
+      <c r="D43" t="s">
+        <v>571</v>
+      </c>
+    </row>
+  </sheetData>
+  <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0600-000000000000}">
+  <dimension ref="A1:D18"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="4" width="50.7265625" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A1" s="1" t="s">
+        <v>131</v>
+      </c>
+      <c r="B1" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" s="1" t="s">
+        <v>132</v>
+      </c>
+      <c r="D1" s="1" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="2" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A2" t="s">
+        <v>16</v>
+      </c>
+      <c r="B2" t="s">
+        <v>17</v>
+      </c>
+      <c r="D2" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="3" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A3" t="s">
+        <v>572</v>
+      </c>
+      <c r="B3" t="s">
+        <v>136</v>
+      </c>
+      <c r="D3" t="s">
+        <v>574</v>
+      </c>
+    </row>
+    <row r="4" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A4" t="s">
+        <v>573</v>
+      </c>
+      <c r="B4" t="s">
+        <v>466</v>
+      </c>
+      <c r="D4" t="s">
+        <v>575</v>
+      </c>
+    </row>
+    <row r="5" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B5" t="s">
+        <v>140</v>
+      </c>
+      <c r="D5" t="s">
+        <v>576</v>
+      </c>
+    </row>
+    <row r="6" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B6" t="s">
+        <v>142</v>
+      </c>
+      <c r="D6" t="s">
+        <v>577</v>
+      </c>
+    </row>
+    <row r="7" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B7" t="s">
+        <v>578</v>
+      </c>
+      <c r="C7" t="s">
+        <v>393</v>
+      </c>
+      <c r="D7" t="s">
+        <v>579</v>
+      </c>
+    </row>
+    <row r="8" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B8" t="s">
+        <v>580</v>
+      </c>
+      <c r="C8" t="s">
+        <v>398</v>
+      </c>
+      <c r="D8" t="s">
+        <v>581</v>
+      </c>
+    </row>
+    <row r="9" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B9" t="s">
+        <v>582</v>
+      </c>
+      <c r="C9" t="s">
+        <v>401</v>
+      </c>
+      <c r="D9" t="s">
+        <v>583</v>
+      </c>
+    </row>
+    <row r="10" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B10" t="s">
+        <v>584</v>
+      </c>
+      <c r="C10" t="s">
+        <v>406</v>
+      </c>
+      <c r="D10" t="s">
+        <v>585</v>
+      </c>
+    </row>
+    <row r="11" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B11" t="s">
+        <v>586</v>
+      </c>
+      <c r="C11" t="s">
+        <v>409</v>
+      </c>
+      <c r="D11" t="s">
+        <v>587</v>
+      </c>
+    </row>
+    <row r="12" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B12" t="s">
+        <v>588</v>
+      </c>
+      <c r="C12" t="s">
+        <v>412</v>
+      </c>
+      <c r="D12" t="s">
+        <v>589</v>
+      </c>
+    </row>
+    <row r="13" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B13" t="s">
+        <v>590</v>
+      </c>
+      <c r="C13" t="s">
+        <v>415</v>
+      </c>
+      <c r="D13" t="s">
+        <v>591</v>
+      </c>
+    </row>
+    <row r="14" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B14" t="s">
+        <v>592</v>
+      </c>
+      <c r="C14" t="s">
+        <v>418</v>
+      </c>
+      <c r="D14" t="s">
+        <v>593</v>
+      </c>
+    </row>
+    <row r="15" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B15" t="s">
+        <v>594</v>
+      </c>
+      <c r="C15" t="s">
+        <v>421</v>
+      </c>
+      <c r="D15" t="s">
+        <v>595</v>
+      </c>
+    </row>
+    <row r="16" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B16" t="s">
+        <v>596</v>
+      </c>
+      <c r="C16" t="s">
+        <v>426</v>
+      </c>
+      <c r="D16" t="s">
+        <v>597</v>
+      </c>
+    </row>
+    <row r="17" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B17" t="s">
+        <v>598</v>
+      </c>
+      <c r="C17" t="s">
+        <v>378</v>
+      </c>
+      <c r="D17" t="s">
+        <v>599</v>
+      </c>
+    </row>
+    <row r="18" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B18" t="s">
+        <v>600</v>
+      </c>
+      <c r="C18" t="s">
+        <v>601</v>
+      </c>
+      <c r="D18" t="s">
+        <v>602</v>
+      </c>
+    </row>
+  </sheetData>
+  <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0700-000000000000}">
+  <dimension ref="A1:D14"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="4" width="50.7265625" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A1" s="1" t="s">
+        <v>131</v>
+      </c>
+      <c r="B1" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" s="1" t="s">
+        <v>132</v>
+      </c>
+      <c r="D1" s="1" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="2" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A2" t="s">
+        <v>19</v>
+      </c>
+      <c r="B2" t="s">
+        <v>20</v>
+      </c>
+      <c r="D2" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="3" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B3" t="s">
+        <v>136</v>
+      </c>
+      <c r="D3" t="s">
+        <v>603</v>
+      </c>
+    </row>
+    <row r="4" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B4" t="s">
+        <v>140</v>
+      </c>
+      <c r="D4" t="s">
+        <v>604</v>
+      </c>
+    </row>
+    <row r="5" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B5" t="s">
+        <v>142</v>
+      </c>
+      <c r="D5" t="s">
+        <v>605</v>
+      </c>
+    </row>
+    <row r="6" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B6" t="s">
+        <v>606</v>
+      </c>
+      <c r="C6" t="s">
+        <v>393</v>
+      </c>
+      <c r="D6" t="s">
+        <v>607</v>
+      </c>
+    </row>
+    <row r="7" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B7" t="s">
+        <v>608</v>
+      </c>
+      <c r="C7" t="s">
+        <v>398</v>
+      </c>
+      <c r="D7" t="s">
+        <v>609</v>
+      </c>
+    </row>
+    <row r="8" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B8" t="s">
+        <v>610</v>
+      </c>
+      <c r="C8" t="s">
+        <v>401</v>
+      </c>
+      <c r="D8" t="s">
+        <v>611</v>
+      </c>
+    </row>
+    <row r="9" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B9" t="s">
+        <v>612</v>
+      </c>
+      <c r="C9" t="s">
+        <v>406</v>
+      </c>
+      <c r="D9" t="s">
+        <v>613</v>
+      </c>
+    </row>
+    <row r="10" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B10" t="s">
+        <v>614</v>
+      </c>
+      <c r="C10" t="s">
+        <v>409</v>
+      </c>
+      <c r="D10" t="s">
+        <v>615</v>
+      </c>
+    </row>
+    <row r="11" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B11" t="s">
+        <v>616</v>
+      </c>
+      <c r="C11" t="s">
+        <v>412</v>
+      </c>
+      <c r="D11" t="s">
+        <v>617</v>
+      </c>
+    </row>
+    <row r="12" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B12" t="s">
+        <v>618</v>
+      </c>
+      <c r="C12" t="s">
+        <v>415</v>
+      </c>
+      <c r="D12" t="s">
+        <v>619</v>
+      </c>
+    </row>
+    <row r="13" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B13" t="s">
+        <v>620</v>
+      </c>
+      <c r="C13" t="s">
+        <v>418</v>
+      </c>
+      <c r="D13" t="s">
+        <v>621</v>
+      </c>
+    </row>
+    <row r="14" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B14" t="s">
+        <v>622</v>
+      </c>
+      <c r="C14" t="s">
+        <v>421</v>
+      </c>
+      <c r="D14" t="s">
+        <v>623</v>
+      </c>
+    </row>
+  </sheetData>
+  <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0800-000000000000}">
+  <dimension ref="A1:D16"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="4" width="50.7265625" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A1" s="1" t="s">
+        <v>131</v>
+      </c>
+      <c r="B1" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" s="1" t="s">
+        <v>132</v>
+      </c>
+      <c r="D1" s="1" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="2" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A2" t="s">
+        <v>22</v>
+      </c>
+      <c r="B2" t="s">
+        <v>2760</v>
+      </c>
+      <c r="D2" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="3" spans="1:4" ht="25" x14ac:dyDescent="0.25">
+      <c r="B3" s="3" t="s">
+        <v>624</v>
+      </c>
+      <c r="D3" t="s">
+        <v>625</v>
+      </c>
+    </row>
+    <row r="4" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B4" t="s">
+        <v>138</v>
+      </c>
+      <c r="D4" t="s">
+        <v>626</v>
+      </c>
+    </row>
+    <row r="5" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B5" t="s">
+        <v>140</v>
+      </c>
+      <c r="D5" t="s">
+        <v>627</v>
+      </c>
+    </row>
+    <row r="6" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B6" t="s">
+        <v>628</v>
+      </c>
+      <c r="D6" t="s">
+        <v>629</v>
+      </c>
+    </row>
+    <row r="7" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B7" t="s">
+        <v>630</v>
+      </c>
+      <c r="D7" t="s">
+        <v>631</v>
+      </c>
+    </row>
+    <row r="8" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B8" t="s">
+        <v>632</v>
+      </c>
+      <c r="C8" t="s">
+        <v>393</v>
+      </c>
+      <c r="D8" t="s">
+        <v>633</v>
+      </c>
+    </row>
+    <row r="9" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B9" t="s">
+        <v>634</v>
+      </c>
+      <c r="C9" t="s">
+        <v>398</v>
+      </c>
+      <c r="D9" t="s">
+        <v>635</v>
+      </c>
+    </row>
+    <row r="10" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B10" t="s">
+        <v>636</v>
+      </c>
+      <c r="C10" t="s">
+        <v>401</v>
+      </c>
+      <c r="D10" t="s">
+        <v>637</v>
+      </c>
+    </row>
+    <row r="11" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B11" t="s">
+        <v>638</v>
+      </c>
+      <c r="C11" t="s">
+        <v>406</v>
+      </c>
+      <c r="D11" t="s">
+        <v>639</v>
+      </c>
+    </row>
+    <row r="12" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B12" t="s">
+        <v>640</v>
+      </c>
+      <c r="C12" t="s">
+        <v>409</v>
+      </c>
+      <c r="D12" t="s">
+        <v>641</v>
+      </c>
+    </row>
+    <row r="13" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B13" t="s">
+        <v>642</v>
+      </c>
+      <c r="C13" t="s">
+        <v>412</v>
+      </c>
+      <c r="D13" t="s">
+        <v>643</v>
+      </c>
+    </row>
+    <row r="14" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B14" t="s">
+        <v>644</v>
+      </c>
+      <c r="C14" t="s">
+        <v>415</v>
+      </c>
+      <c r="D14" t="s">
+        <v>645</v>
+      </c>
+    </row>
+    <row r="15" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B15" t="s">
+        <v>646</v>
+      </c>
+      <c r="C15" t="s">
+        <v>418</v>
+      </c>
+      <c r="D15" t="s">
+        <v>647</v>
+      </c>
+    </row>
+    <row r="16" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B16" t="s">
+        <v>648</v>
+      </c>
+      <c r="C16" t="s">
+        <v>421</v>
+      </c>
+      <c r="D16" t="s">
+        <v>649</v>
+      </c>
+    </row>
+  </sheetData>
+  <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0900-000000000000}">
   <dimension ref="A1:D17"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>180</v>
+        <v>131</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>181</v>
+        <v>132</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>182</v>
+        <v>133</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
-        <v>33</v>
+        <v>24</v>
       </c>
       <c r="B2" t="s">
-        <v>34</v>
+        <v>25</v>
       </c>
       <c r="D2" t="s">
-        <v>36</v>
+        <v>26</v>
       </c>
     </row>
     <row r="3" spans="1:4" ht="25" x14ac:dyDescent="0.25">
       <c r="B3" s="3" t="s">
-        <v>710</v>
+        <v>624</v>
       </c>
       <c r="D3" t="s">
-        <v>736</v>
+        <v>650</v>
       </c>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B4" t="s">
-        <v>189</v>
+        <v>140</v>
       </c>
       <c r="D4" t="s">
-        <v>737</v>
+        <v>651</v>
       </c>
     </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B5" t="s">
-        <v>187</v>
+        <v>138</v>
       </c>
       <c r="D5" t="s">
-        <v>738</v>
+        <v>652</v>
       </c>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B6" t="s">
-        <v>714</v>
+        <v>628</v>
       </c>
       <c r="D6" t="s">
-        <v>739</v>
+        <v>653</v>
       </c>
     </row>
     <row r="7" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B7" t="s">
-        <v>716</v>
+        <v>630</v>
       </c>
       <c r="D7" t="s">
-        <v>740</v>
+        <v>654</v>
       </c>
     </row>
     <row r="8" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B8" t="s">
-        <v>741</v>
+        <v>655</v>
       </c>
       <c r="C8" t="s">
-        <v>442</v>
+        <v>393</v>
       </c>
       <c r="D8" t="s">
-        <v>742</v>
+        <v>656</v>
       </c>
     </row>
     <row r="9" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B9" t="s">
-        <v>743</v>
+        <v>657</v>
       </c>
       <c r="C9" t="s">
-        <v>447</v>
+        <v>398</v>
       </c>
       <c r="D9" t="s">
-        <v>744</v>
+        <v>658</v>
       </c>
     </row>
     <row r="10" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B10" t="s">
-        <v>745</v>
+        <v>659</v>
       </c>
       <c r="C10" t="s">
-        <v>450</v>
+        <v>401</v>
       </c>
       <c r="D10" t="s">
-        <v>746</v>
+        <v>660</v>
       </c>
     </row>
     <row r="11" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B11" t="s">
-        <v>747</v>
+        <v>661</v>
       </c>
       <c r="C11" t="s">
-        <v>455</v>
+        <v>406</v>
       </c>
       <c r="D11" t="s">
-        <v>748</v>
+        <v>662</v>
       </c>
     </row>
     <row r="12" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B12" t="s">
-        <v>749</v>
+        <v>663</v>
       </c>
       <c r="C12" t="s">
-        <v>458</v>
+        <v>409</v>
       </c>
       <c r="D12" t="s">
-        <v>750</v>
+        <v>664</v>
       </c>
     </row>
     <row r="13" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B13" t="s">
-        <v>751</v>
+        <v>665</v>
       </c>
       <c r="C13" t="s">
-        <v>461</v>
+        <v>412</v>
       </c>
       <c r="D13" t="s">
-        <v>752</v>
+        <v>666</v>
       </c>
     </row>
     <row r="14" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B14" t="s">
-        <v>753</v>
+        <v>667</v>
       </c>
       <c r="C14" t="s">
-        <v>464</v>
+        <v>415</v>
       </c>
       <c r="D14" t="s">
-        <v>754</v>
+        <v>668</v>
       </c>
     </row>
     <row r="15" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B15" t="s">
-        <v>755</v>
+        <v>669</v>
       </c>
       <c r="C15" t="s">
-        <v>467</v>
+        <v>418</v>
       </c>
       <c r="D15" t="s">
-        <v>756</v>
+        <v>670</v>
       </c>
     </row>
     <row r="16" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B16" t="s">
-        <v>757</v>
+        <v>671</v>
       </c>
       <c r="C16" t="s">
-        <v>470</v>
+        <v>421</v>
       </c>
       <c r="D16" t="s">
-        <v>758</v>
+        <v>672</v>
       </c>
     </row>
     <row r="17" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B17" t="s">
-        <v>759</v>
+        <v>673</v>
       </c>
       <c r="C17" t="s">
-        <v>475</v>
+        <v>426</v>
       </c>
       <c r="D17" t="s">
-        <v>760</v>
-[...18017 lines deleted...]
-      <c r="B12" t="s">
         <v>674</v>
-      </c>
-[...414 lines deleted...]
-        <v>735</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>50</vt:i4>
+        <vt:i4>49</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="50" baseType="lpstr">
+    <vt:vector size="49" baseType="lpstr">
       <vt:lpstr>Subscription Title List</vt:lpstr>
-      <vt:lpstr>Engleberg, 06 ed. - &lt;italic tog</vt:lpstr>
       <vt:lpstr>Eroschenko, 13 ed. - Atlas of H</vt:lpstr>
       <vt:lpstr>Soriano, 14 ed. - Bates' Guide</vt:lpstr>
-      <vt:lpstr>Bickley, 09 ed. - Bates' Pocket</vt:lpstr>
+      <vt:lpstr>Soriano, 10 ed. - Bates' Pocket</vt:lpstr>
       <vt:lpstr>Fadem, 2 ed. - Behavioral Scien</vt:lpstr>
       <vt:lpstr>Abali, 01 ed. - Biochemistry Be</vt:lpstr>
       <vt:lpstr>Klabunde, 03 ed. - Cardiovascul</vt:lpstr>
       <vt:lpstr>Caughey, 1 ed. - Cases Concepts</vt:lpstr>
       <vt:lpstr>Spizer, 1 ed. - Cases and Conce</vt:lpstr>
       <vt:lpstr>Dugani, 01 ed. - Clinical Anato</vt:lpstr>
       <vt:lpstr>Fletcher, 06 ed. - Clinical Epi</vt:lpstr>
       <vt:lpstr>Siegel, 04 ed. - Essential Neur</vt:lpstr>
       <vt:lpstr>Loukas - Essential Ultrasound A</vt:lpstr>
       <vt:lpstr>Gartner, 08 ed. - Gartner and H</vt:lpstr>
       <vt:lpstr>Agur, 02 ed. - Grant’s Atlas of</vt:lpstr>
       <vt:lpstr>Detton - Grant’s Dissector, 18e</vt:lpstr>
       <vt:lpstr>Cui, 02 ed. - Histology from a</vt:lpstr>
       <vt:lpstr>Pawlina, 09 ed. - Histology A T</vt:lpstr>
       <vt:lpstr>Schaaf, 1 ed. - Human Genetics</vt:lpstr>
       <vt:lpstr>Sadler, 15 ed. - Langman's Medi</vt:lpstr>
       <vt:lpstr>Jerome, 2 ed. - Learning Clinic</vt:lpstr>
       <vt:lpstr>Abali - Lippincott Illustrated</vt:lpstr>
       <vt:lpstr>Leeper-Woodford, 1 ed. - Lippin</vt:lpstr>
       <vt:lpstr>Krebs, 2 ed. - Lippincott Illus</vt:lpstr>
       <vt:lpstr>Harrell, 01 ed. - Lippincott&lt;su</vt:lpstr>
       <vt:lpstr>Gest, 02 ed. - Lippincott&lt;sup&gt;®</vt:lpstr>
       <vt:lpstr>Doan, 03 ed. - Lippincott&lt;sup&gt;®</vt:lpstr>
       <vt:lpstr>Whalen, 08 ed. - Lippincott&lt;sup</vt:lpstr>
       <vt:lpstr>Preston, 03 ed. - Lippincott&lt;su</vt:lpstr>
       <vt:lpstr>Chandar, 03 ed. - Lippincott® I</vt:lpstr>
       <vt:lpstr>Cornelissen, 05 ed. - Lippincot</vt:lpstr>
       <vt:lpstr>Lieberman, 06 ed. - Marks’ Basi</vt:lpstr>
       <vt:lpstr>Rhoades, 06 ed. - Medical Physi</vt:lpstr>
       <vt:lpstr>Dalley, 09 ed. - Moore’s Clinic</vt:lpstr>
       <vt:lpstr>Agur, 07 ed. - Moore’s Essentia</vt:lpstr>
       <vt:lpstr>Haines - Neuroanatomy Atlas in</vt:lpstr>
       <vt:lpstr>Lilly - Pathophysiology of Hear</vt:lpstr>
       <vt:lpstr>Rohen, 09 ed. - Photographic At</vt:lpstr>
       <vt:lpstr>Costanzo, 4 ed. - Physiology Ca</vt:lpstr>
       <vt:lpstr>Golan, 5 ed. - Principles of Ph</vt:lpstr>
       <vt:lpstr>Rubin, 07 ed. - Principles of R</vt:lpstr>
       <vt:lpstr>Rennke, 06 ed. - Renal Pathophy</vt:lpstr>
       <vt:lpstr>Lo, 06 ed. - Resolving Ethical</vt:lpstr>
-      <vt:lpstr>Strayer, 7 ed. - Rubin’s Pathol</vt:lpstr>
       <vt:lpstr>Strayer, 08 ed. - Rubin's Patho</vt:lpstr>
       <vt:lpstr>Orient, 05 ed. - Sapira's Art S</vt:lpstr>
+      <vt:lpstr>Engleberg, 06 ed. - Schaechter</vt:lpstr>
       <vt:lpstr>Riegelman, 07 ed. - Studying a</vt:lpstr>
       <vt:lpstr>West, 10 ed. - West's Pulmonary</vt:lpstr>
       <vt:lpstr>West, 11 ed. - West's Respirato</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>puseascm05tol02$</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_fe6ee112-9e5c-4f16-b63d-fcad06e1707e_Enabled">
+    <vt:lpwstr>true</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_fe6ee112-9e5c-4f16-b63d-fcad06e1707e_SetDate">
+    <vt:lpwstr>2025-11-25T21:56:32Z</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_fe6ee112-9e5c-4f16-b63d-fcad06e1707e_Method">
+    <vt:lpwstr>Standard</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_fe6ee112-9e5c-4f16-b63d-fcad06e1707e_Name">
+    <vt:lpwstr>Internal Use</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_fe6ee112-9e5c-4f16-b63d-fcad06e1707e_SiteId">
+    <vt:lpwstr>8ac76c91-e7f1-41ff-a89c-3553b2da2c17</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_fe6ee112-9e5c-4f16-b63d-fcad06e1707e_ActionId">
+    <vt:lpwstr>1264d76f-aaa0-4880-9fcc-067419ef4cd9</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_fe6ee112-9e5c-4f16-b63d-fcad06e1707e_ContentBits">
+    <vt:lpwstr>0</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_fe6ee112-9e5c-4f16-b63d-fcad06e1707e_Tag">
+    <vt:lpwstr>10, 3, 0, 1</vt:lpwstr>
+  </property>
+</Properties>
+</file>