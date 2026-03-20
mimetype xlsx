--- v1 (2026-02-07)
+++ v2 (2026-03-20)
@@ -46,118 +46,118 @@
   <Override PartName="/xl/worksheets/sheet40.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet41.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet42.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet43.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet44.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet45.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet46.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet47.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet48.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet49.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29426"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29530"/>
   <workbookPr codeName="ThisWorkbook" defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://wolterskluwer-my.sharepoint.com/personal/leanne_vandetty_wolterskluwer_com/Documents/Health Library/Health Library Repository/Health Library Title Lists/Subscription/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="41" documentId="13_ncr:1_{13E12767-FA4D-4365-9889-9CFFADA088D7}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{7CA4A6F6-6ADE-4BE1-B825-9B1FD410CFBA}"/>
+  <xr:revisionPtr revIDLastSave="55" documentId="13_ncr:1_{13E12767-FA4D-4365-9889-9CFFADA088D7}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{0A1969EA-9A38-4938-B5FE-AD61C16C22AA}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10300" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Subscription Title List" sheetId="1" r:id="rId1"/>
     <sheet name="Eroschenko, 13 ed. - Atlas of H" sheetId="3" r:id="rId2"/>
     <sheet name="Soriano, 14 ed. - Bates' Guide" sheetId="4" r:id="rId3"/>
     <sheet name="Soriano, 10 ed. - Bates' Pocket" sheetId="5" r:id="rId4"/>
     <sheet name="Fadem, 2 ed. - Behavioral Scien" sheetId="6" r:id="rId5"/>
     <sheet name="Abali, 01 ed. - Biochemistry Be" sheetId="7" r:id="rId6"/>
     <sheet name="Klabunde, 03 ed. - Cardiovascul" sheetId="8" r:id="rId7"/>
     <sheet name="Caughey, 1 ed. - Cases Concepts" sheetId="9" r:id="rId8"/>
     <sheet name="Spizer, 1 ed. - Cases and Conce" sheetId="10" r:id="rId9"/>
     <sheet name="Dugani, 01 ed. - Clinical Anato" sheetId="11" r:id="rId10"/>
     <sheet name="Fletcher, 06 ed. - Clinical Epi" sheetId="12" r:id="rId11"/>
     <sheet name="Siegel, 04 ed. - Essential Neur" sheetId="13" r:id="rId12"/>
     <sheet name="Loukas - Essential Ultrasound A" sheetId="14" r:id="rId13"/>
     <sheet name="Gartner, 08 ed. - Gartner and H" sheetId="15" r:id="rId14"/>
     <sheet name="Agur, 02 ed. - Grant’s Atlas of" sheetId="16" r:id="rId15"/>
     <sheet name="Detton - Grant’s Dissector, 18e" sheetId="17" r:id="rId16"/>
     <sheet name="Cui, 02 ed. - Histology from a" sheetId="18" r:id="rId17"/>
     <sheet name="Pawlina, 09 ed. - Histology A T" sheetId="19" r:id="rId18"/>
     <sheet name="Schaaf, 1 ed. - Human Genetics" sheetId="20" r:id="rId19"/>
     <sheet name="Sadler, 15 ed. - Langman's Medi" sheetId="21" r:id="rId20"/>
     <sheet name="Jerome, 2 ed. - Learning Clinic" sheetId="22" r:id="rId21"/>
     <sheet name="Abali - Lippincott Illustrated" sheetId="23" r:id="rId22"/>
     <sheet name="Leeper-Woodford, 1 ed. - Lippin" sheetId="24" r:id="rId23"/>
     <sheet name="Krebs, 2 ed. - Lippincott Illus" sheetId="25" r:id="rId24"/>
-    <sheet name="Harrell, 01 ed. - Lippincott&lt;su" sheetId="26" r:id="rId25"/>
-[...3 lines deleted...]
-    <sheet name="Preston, 03 ed. - Lippincott&lt;su" sheetId="30" r:id="rId29"/>
+    <sheet name="Harrell, 01 ed. - Lippincott" sheetId="26" r:id="rId25"/>
+    <sheet name="Gest, 02 ed. - Lippincott®" sheetId="27" r:id="rId26"/>
+    <sheet name="Doan, 03 ed. - Lippincott®" sheetId="28" r:id="rId27"/>
+    <sheet name="Whalen, 08 ed. - Lippincott" sheetId="29" r:id="rId28"/>
+    <sheet name="Preston, 03 ed. - Lippincott" sheetId="30" r:id="rId29"/>
     <sheet name="Chandar, 03 ed. - Lippincott® I" sheetId="31" r:id="rId30"/>
     <sheet name="Cornelissen, 05 ed. - Lippincot" sheetId="32" r:id="rId31"/>
     <sheet name="Lieberman, 06 ed. - Marks’ Basi" sheetId="33" r:id="rId32"/>
     <sheet name="Rhoades, 06 ed. - Medical Physi" sheetId="34" r:id="rId33"/>
-    <sheet name="Dalley, 09 ed. - Moore’s Clinic" sheetId="35" r:id="rId34"/>
+    <sheet name="Dalley, 10 ed. - Moore’s Clinic" sheetId="35" r:id="rId34"/>
     <sheet name="Agur, 07 ed. - Moore’s Essentia" sheetId="36" r:id="rId35"/>
     <sheet name="Haines - Neuroanatomy Atlas in" sheetId="37" r:id="rId36"/>
     <sheet name="Lilly - Pathophysiology of Hear" sheetId="38" r:id="rId37"/>
     <sheet name="Rohen, 09 ed. - Photographic At" sheetId="39" r:id="rId38"/>
     <sheet name="Costanzo, 4 ed. - Physiology Ca" sheetId="40" r:id="rId39"/>
     <sheet name="Golan, 5 ed. - Principles of Ph" sheetId="41" r:id="rId40"/>
     <sheet name="Rubin, 07 ed. - Principles of R" sheetId="42" r:id="rId41"/>
     <sheet name="Rennke, 06 ed. - Renal Pathophy" sheetId="43" r:id="rId42"/>
     <sheet name="Lo, 06 ed. - Resolving Ethical" sheetId="44" r:id="rId43"/>
     <sheet name="Strayer, 08 ed. - Rubin's Patho" sheetId="46" r:id="rId44"/>
     <sheet name="Orient, 05 ed. - Sapira's Art S" sheetId="47" r:id="rId45"/>
     <sheet name="Engleberg, 06 ed. - Schaechter" sheetId="2" r:id="rId46"/>
     <sheet name="Riegelman, 07 ed. - Studying a" sheetId="48" r:id="rId47"/>
     <sheet name="West, 10 ed. - West's Pulmonary" sheetId="49" r:id="rId48"/>
     <sheet name="West, 11 ed. - West's Respirato" sheetId="50" r:id="rId49"/>
   </sheets>
   <calcPr calcId="125725"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4836" uniqueCount="3143">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4794" uniqueCount="3127">
   <si>
     <t>Author</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Edition</t>
   </si>
   <si>
     <t>ISBN</t>
   </si>
   <si>
     <t>Year Published</t>
   </si>
   <si>
     <t>Title Level URL</t>
   </si>
   <si>
     <t>Date Added to HL</t>
   </si>
   <si>
     <t>N. Cary Engleberg</t>
   </si>
   <si>
@@ -392,56 +392,50 @@
     <t>https://premiumbasicsciences.lwwhealthlibrary.com/book.aspx?bookid=3244</t>
   </si>
   <si>
     <t>Cynthia Nau Cornelissen, PhD</t>
   </si>
   <si>
     <t>Michael Lieberman, PhD</t>
   </si>
   <si>
     <t>Marks’ Basic Medical Biochemistry: A Clinical Approach, 6e</t>
   </si>
   <si>
     <t>https://premiumbasicsciences.lwwhealthlibrary.com/book.aspx?bookid=3220</t>
   </si>
   <si>
     <t>Rodney A. Rhoades, PhD</t>
   </si>
   <si>
     <t>Medical Physiology: Principles for Clinical Medicine, 6e</t>
   </si>
   <si>
     <t>https://premiumbasicsciences.lwwhealthlibrary.com/book.aspx?bookid=3211</t>
   </si>
   <si>
     <t>Arthur F. Dalley, II, PhD, FAAA</t>
-  </si>
-[...4 lines deleted...]
-    <t>https://premiumbasicsciences.lwwhealthlibrary.com/book.aspx?bookid=3187</t>
   </si>
   <si>
     <t>Moore’s Essential Clinical Anatomy, 7e</t>
   </si>
   <si>
     <t>https://premiumbasicsciences.lwwhealthlibrary.com/book.aspx?bookid=3243</t>
   </si>
   <si>
     <t>Duane E. Haines, PhD, FAAAS, FAAA</t>
   </si>
   <si>
     <t>Neuroanatomy Atlas in Clinical Context Structures, Sections, Systems, and Syndromes, 11e</t>
   </si>
   <si>
     <t>https://premiumbasicsciences.lwwhealthlibrary.com/book.aspx?bookid=3334</t>
   </si>
   <si>
     <t>Leonard S. Lilly, MD</t>
   </si>
   <si>
     <t>Pathophysiology of Heart Disease: An Introduction to Cardiovascular Medicine, 8e</t>
   </si>
   <si>
     <t>https://premiumbasicsciences.lwwhealthlibrary.com/book.aspx?bookid=3370</t>
   </si>
@@ -6437,188 +6431,62 @@
   <si>
     <t>APPENDIX A</t>
   </si>
   <si>
     <t>https://premiumbasicsciences.lwwhealthlibrary.com/content.aspx?sectionId=253092716&amp;bookId=3211</t>
   </si>
   <si>
     <t>Normal Blood, Plasma, or Serum Values</t>
   </si>
   <si>
     <t>APPENDIX B</t>
   </si>
   <si>
     <t>https://premiumbasicsciences.lwwhealthlibrary.com/content.aspx?sectionId=253092718&amp;bookId=3211</t>
   </si>
   <si>
     <t>GLOSSARY</t>
   </si>
   <si>
     <t>https://premiumbasicsciences.lwwhealthlibrary.com/content.aspx?sectionId=253092720&amp;bookId=3211</t>
   </si>
   <si>
     <t>https://premiumbasicsciences.lwwhealthlibrary.com/content.aspx?sectionId=253092722&amp;bookId=3211</t>
   </si>
   <si>
-    <t>https://premiumbasicsciences.lwwhealthlibrary.com/content.aspx?sectionId=252429749&amp;bookId=3187</t>
-[...37 lines deleted...]
-  <si>
     <t>List of Clinical Blue Boxes</t>
   </si>
   <si>
-    <t>https://premiumbasicsciences.lwwhealthlibrary.com/content.aspx?sectionId=252429824&amp;bookId=3187</t>
-[...16 lines deleted...]
-  <si>
     <t>References and Suggested Reading</t>
   </si>
   <si>
-    <t>https://premiumbasicsciences.lwwhealthlibrary.com/content.aspx?sectionId=252429888&amp;bookId=3187</t>
-[...4 lines deleted...]
-  <si>
     <t>Overview and Basic Concepts</t>
   </si>
   <si>
-    <t>https://premiumbasicsciences.lwwhealthlibrary.com/content.aspx?sectionId=252429909&amp;bookId=3187</t>
-[...19 lines deleted...]
-  <si>
     <t>Head</t>
   </si>
   <si>
-    <t>https://premiumbasicsciences.lwwhealthlibrary.com/content.aspx?sectionId=252436017&amp;bookId=3187</t>
-[...40 lines deleted...]
-  <si>
     <t>https://premiumbasicsciences.lwwhealthlibrary.com/content.aspx?sectionId=255684359&amp;bookId=3243</t>
   </si>
   <si>
     <t>https://premiumbasicsciences.lwwhealthlibrary.com/content.aspx?sectionId=255684363&amp;bookId=3243</t>
   </si>
   <si>
     <t>https://premiumbasicsciences.lwwhealthlibrary.com/content.aspx?sectionId=255684379&amp;bookId=3243</t>
   </si>
   <si>
     <t>https://premiumbasicsciences.lwwhealthlibrary.com/content.aspx?sectionId=255684397&amp;bookId=3243</t>
   </si>
   <si>
     <t>https://premiumbasicsciences.lwwhealthlibrary.com/content.aspx?sectionId=255684407&amp;bookId=3243</t>
   </si>
   <si>
     <t>https://premiumbasicsciences.lwwhealthlibrary.com/content.aspx?sectionId=255684409&amp;bookId=3243</t>
   </si>
   <si>
     <t>https://premiumbasicsciences.lwwhealthlibrary.com/content.aspx?sectionId=255684430&amp;bookId=3243</t>
   </si>
   <si>
     <t>https://premiumbasicsciences.lwwhealthlibrary.com/content.aspx?sectionId=255684449&amp;bookId=3243</t>
   </si>
   <si>
     <t>https://premiumbasicsciences.lwwhealthlibrary.com/content.aspx?sectionId=255684753&amp;bookId=3243</t>
@@ -8408,53 +8276,50 @@
   <si>
     <t>Symbols, Units, and Equations</t>
   </si>
   <si>
     <t>https://premiumbasicsciences.lwwhealthlibrary.com/content.aspx?sectionId=249377659&amp;bookId=2994</t>
   </si>
   <si>
     <t>Answers</t>
   </si>
   <si>
     <t>https://premiumbasicsciences.lwwhealthlibrary.com/content.aspx?sectionId=249377765&amp;bookId=2994</t>
   </si>
   <si>
     <t>Cases &amp; Concepts Step 1: Basic Science Review</t>
   </si>
   <si>
     <t>Sapira's Art &amp; Science of Bedside Diagnosis, 5e</t>
   </si>
   <si>
     <t>Studying a Study &amp; Testing a Test: Reading Evidence-Based Health Research, 7e</t>
   </si>
   <si>
     <t>Schaechter's Mechanisms of Microbial Disease, 6e</t>
   </si>
   <si>
-    <t>Lippincott¯ Illustrated Reviews: Anatomy, 1e</t>
-[...1 lines deleted...]
-  <si>
     <t>Lippincott® Atlas of Anatomy, 2e</t>
   </si>
   <si>
     <t>Lippincott® Illustrated Reviews: Immunology, 3e</t>
   </si>
   <si>
     <t>Lippincott® Illustrated Reviews: Pharmacology, 8e</t>
   </si>
   <si>
     <t>Lippincott® Illustrated Reviews: Physiology, 3e</t>
   </si>
   <si>
     <t>Bates’ Guide to Physical Examination and History Taking, 14e</t>
   </si>
   <si>
     <t>https://premiumbasicsciences.lwwhealthlibrary.com/book.aspx?bookid=3430</t>
   </si>
   <si>
     <t>https://premiumbasicsciences.lwwhealthlibrary.com/content.aspx?sectionId=260877658&amp;bookId=3430</t>
   </si>
   <si>
     <t>Richard Hoffman, MD, MPH, FACP</t>
   </si>
   <si>
     <t>Bates’ Guide to Physical Examination and History Taking</t>
@@ -9543,50 +9408,137 @@
     <t>https://premiumbasicsciences.lwwhealthlibrary.com/content.aspx?sectionId=261702657&amp;bookId=3470</t>
   </si>
   <si>
     <t>Assessment of Older Adults</t>
   </si>
   <si>
     <t>https://premiumbasicsciences.lwwhealthlibrary.com/content.aspx?sectionId=261702838&amp;bookId=3470</t>
   </si>
   <si>
     <t>Illness Scripts</t>
   </si>
   <si>
     <t>https://premiumbasicsciences.lwwhealthlibrary.com/content.aspx?sectionId=261702994&amp;bookId=3470</t>
   </si>
   <si>
     <t>Clinical Algorithms</t>
   </si>
   <si>
     <t>https://premiumbasicsciences.lwwhealthlibrary.com/content.aspx?sectionId=261703070&amp;bookId=3470</t>
   </si>
   <si>
     <t>Physical Examination Modifications for Patients With Medical Devices and Procedures</t>
   </si>
   <si>
     <t>https://premiumbasicsciences.lwwhealthlibrary.com/content.aspx?sectionId=261703149&amp;bookId=3470</t>
+  </si>
+  <si>
+    <t>Lippincott Illustrated Reviews: Anatomy, 1e</t>
+  </si>
+  <si>
+    <t>Moore's Clinically Oriented Anatomy, 10e</t>
+  </si>
+  <si>
+    <t>https://premiumbasicsciences.lwwhealthlibrary.com/book.aspx?bookid=3480</t>
+  </si>
+  <si>
+    <t>MOORE’S Clinically Oriented Anatomy</t>
+  </si>
+  <si>
+    <t>Publisher’s Acknowledgments</t>
+  </si>
+  <si>
+    <t>https://premiumbasicsciences.lwwhealthlibrary.com/content.aspx?sectionId=261961451&amp;bookId=3480</t>
+  </si>
+  <si>
+    <t>https://premiumbasicsciences.lwwhealthlibrary.com/content.aspx?sectionId=262026133&amp;bookId=3480</t>
+  </si>
+  <si>
+    <t>https://premiumbasicsciences.lwwhealthlibrary.com/content.aspx?sectionId=261961455&amp;bookId=3480</t>
+  </si>
+  <si>
+    <t>https://premiumbasicsciences.lwwhealthlibrary.com/content.aspx?sectionId=261961466&amp;bookId=3480</t>
+  </si>
+  <si>
+    <t>https://premiumbasicsciences.lwwhealthlibrary.com/content.aspx?sectionId=261961484&amp;bookId=3480</t>
+  </si>
+  <si>
+    <t>https://premiumbasicsciences.lwwhealthlibrary.com/content.aspx?sectionId=261961522&amp;bookId=3480</t>
+  </si>
+  <si>
+    <t>https://premiumbasicsciences.lwwhealthlibrary.com/content.aspx?sectionId=261961536&amp;bookId=3480</t>
+  </si>
+  <si>
+    <t>https://premiumbasicsciences.lwwhealthlibrary.com/content.aspx?sectionId=261961561&amp;bookId=3480</t>
+  </si>
+  <si>
+    <t>https://premiumbasicsciences.lwwhealthlibrary.com/content.aspx?sectionId=261961571&amp;bookId=3480</t>
+  </si>
+  <si>
+    <t>https://premiumbasicsciences.lwwhealthlibrary.com/content.aspx?sectionId=261961579&amp;bookId=3480</t>
+  </si>
+  <si>
+    <t>https://premiumbasicsciences.lwwhealthlibrary.com/content.aspx?sectionId=261961582&amp;bookId=3480</t>
+  </si>
+  <si>
+    <t>https://premiumbasicsciences.lwwhealthlibrary.com/content.aspx?sectionId=261961584&amp;bookId=3480</t>
+  </si>
+  <si>
+    <t>https://premiumbasicsciences.lwwhealthlibrary.com/content.aspx?sectionId=261961586&amp;bookId=3480</t>
+  </si>
+  <si>
+    <t>https://premiumbasicsciences.lwwhealthlibrary.com/content.aspx?sectionId=261961588&amp;bookId=3480</t>
+  </si>
+  <si>
+    <t>https://premiumbasicsciences.lwwhealthlibrary.com/content.aspx?sectionId=261961590&amp;bookId=3480</t>
+  </si>
+  <si>
+    <t>https://premiumbasicsciences.lwwhealthlibrary.com/content.aspx?sectionId=261962096&amp;bookId=3480</t>
+  </si>
+  <si>
+    <t>https://premiumbasicsciences.lwwhealthlibrary.com/content.aspx?sectionId=261962577&amp;bookId=3480</t>
+  </si>
+  <si>
+    <t>https://premiumbasicsciences.lwwhealthlibrary.com/content.aspx?sectionId=261963804&amp;bookId=3480</t>
+  </si>
+  <si>
+    <t>https://premiumbasicsciences.lwwhealthlibrary.com/content.aspx?sectionId=261964603&amp;bookId=3480</t>
+  </si>
+  <si>
+    <t>https://premiumbasicsciences.lwwhealthlibrary.com/content.aspx?sectionId=261965692&amp;bookId=3480</t>
+  </si>
+  <si>
+    <t>https://premiumbasicsciences.lwwhealthlibrary.com/content.aspx?sectionId=261966546&amp;bookId=3480</t>
+  </si>
+  <si>
+    <t>https://premiumbasicsciences.lwwhealthlibrary.com/content.aspx?sectionId=261967879&amp;bookId=3480</t>
+  </si>
+  <si>
+    <t>https://premiumbasicsciences.lwwhealthlibrary.com/content.aspx?sectionId=261968420&amp;bookId=3480</t>
+  </si>
+  <si>
+    <t>https://premiumbasicsciences.lwwhealthlibrary.com/content.aspx?sectionId=261969586&amp;bookId=3480</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="3" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Tahoma"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <name val="Tahoma"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Tahoma"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="4">
     <fill>
@@ -9596,64 +9548,63 @@
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF808080"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="2" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="11">
+  <cellXfs count="10">
     <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="14" fontId="0" fillId="2" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="1"/>
     <xf numFmtId="14" fontId="2" fillId="2" borderId="0" xfId="1" applyNumberFormat="1"/>
     <xf numFmtId="1" fontId="1" fillId="3" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
     <xf numFmtId="1" fontId="0" fillId="2" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="1" fontId="2" fillId="2" borderId="0" xfId="1" applyNumberFormat="1"/>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="1"/>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="1" xr:uid="{E6A3C287-E716-4452-931C-02C06A4DE04F}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet13.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet18.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet26.xml"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet39.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet21.xml"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet34.xml"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet42.xml"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet47.xml"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet16.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet29.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet11.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet24.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet32.xml"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet37.xml"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet40.xml"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet45.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet15.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet23.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet28.xml"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet36.xml"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet49.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet10.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet19.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet31.xml"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet44.xml"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet14.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet22.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet27.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet30.xml"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet35.xml"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet43.xml"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet48.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet12.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet17.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet25.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet33.xml"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet38.xml"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet46.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet20.xml"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet41.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
@@ -10010,89 +9961,89 @@
     <row r="2" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
         <v>9</v>
       </c>
       <c r="B2" t="s">
         <v>10</v>
       </c>
       <c r="C2">
         <v>13</v>
       </c>
       <c r="D2" s="7">
         <v>9781496316769</v>
       </c>
       <c r="E2">
         <v>2017</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" s="2">
         <v>44117</v>
       </c>
     </row>
     <row r="3" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
-        <v>465</v>
+        <v>463</v>
       </c>
       <c r="B3" s="9" t="s">
-        <v>3084</v>
+        <v>3039</v>
       </c>
       <c r="C3">
         <v>14</v>
       </c>
       <c r="D3" s="7">
         <v>9781975218348</v>
       </c>
       <c r="E3">
         <v>2026</v>
       </c>
       <c r="F3" t="s">
-        <v>2770</v>
+        <v>2725</v>
       </c>
       <c r="G3" s="2">
         <v>45839</v>
       </c>
     </row>
     <row r="4" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A4" s="4" t="s">
-        <v>465</v>
+        <v>463</v>
       </c>
       <c r="B4" s="4" t="s">
-        <v>3082</v>
+        <v>3037</v>
       </c>
       <c r="C4" s="4">
         <v>10</v>
       </c>
       <c r="D4" s="8">
         <v>9781975218447</v>
       </c>
       <c r="E4" s="4">
         <v>2027</v>
       </c>
       <c r="F4" s="4" t="s">
-        <v>3083</v>
+        <v>3038</v>
       </c>
       <c r="G4" s="5">
         <v>46000</v>
       </c>
     </row>
     <row r="5" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A5" t="s">
         <v>13</v>
       </c>
       <c r="B5" t="s">
         <v>14</v>
       </c>
       <c r="C5">
         <v>2</v>
       </c>
       <c r="D5" s="7">
         <v>9781609136642</v>
       </c>
       <c r="E5">
         <v>2012</v>
       </c>
       <c r="F5" t="s">
         <v>15</v>
       </c>
       <c r="G5" s="2">
@@ -10128,51 +10079,51 @@
       </c>
       <c r="B7" t="s">
         <v>20</v>
       </c>
       <c r="C7">
         <v>3</v>
       </c>
       <c r="D7" s="7">
         <v>9781975150075</v>
       </c>
       <c r="E7">
         <v>2022</v>
       </c>
       <c r="F7" t="s">
         <v>21</v>
       </c>
       <c r="G7" s="2">
         <v>44194</v>
       </c>
     </row>
     <row r="8" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A8" t="s">
         <v>22</v>
       </c>
       <c r="B8" t="s">
-        <v>2760</v>
+        <v>2716</v>
       </c>
       <c r="C8">
         <v>1</v>
       </c>
       <c r="D8" s="7">
         <v>9780781793919</v>
       </c>
       <c r="E8">
         <v>2009</v>
       </c>
       <c r="F8" t="s">
         <v>23</v>
       </c>
       <c r="G8" s="2">
         <v>41682</v>
       </c>
     </row>
     <row r="9" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A9" t="s">
         <v>24</v>
       </c>
       <c r="B9" t="s">
         <v>25</v>
       </c>
       <c r="C9">
@@ -10518,202 +10469,202 @@
         <v>69</v>
       </c>
       <c r="B24" t="s">
         <v>70</v>
       </c>
       <c r="C24">
         <v>2</v>
       </c>
       <c r="D24" s="7">
         <v>9781496367891</v>
       </c>
       <c r="E24">
         <v>2017</v>
       </c>
       <c r="F24" t="s">
         <v>71</v>
       </c>
       <c r="G24" s="2">
         <v>43048</v>
       </c>
     </row>
     <row r="25" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A25" t="s">
         <v>72</v>
       </c>
-      <c r="B25" t="s">
-        <v>2764</v>
+      <c r="B25" s="9" t="s">
+        <v>3098</v>
       </c>
       <c r="C25">
         <v>1</v>
       </c>
       <c r="D25" s="7">
         <v>9781496317902</v>
       </c>
       <c r="E25">
         <v>2019</v>
       </c>
       <c r="F25" t="s">
         <v>73</v>
       </c>
       <c r="G25" s="2">
         <v>43818</v>
       </c>
     </row>
     <row r="26" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A26" t="s">
         <v>74</v>
       </c>
       <c r="B26" t="s">
-        <v>2765</v>
+        <v>2720</v>
       </c>
       <c r="C26">
         <v>2</v>
       </c>
       <c r="D26" s="7">
         <v>9781496338228</v>
       </c>
       <c r="E26">
         <v>2020</v>
       </c>
       <c r="F26" t="s">
         <v>75</v>
       </c>
       <c r="G26" s="2">
         <v>44117</v>
       </c>
     </row>
     <row r="27" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A27" t="s">
         <v>76</v>
       </c>
       <c r="B27" t="s">
-        <v>2766</v>
+        <v>2721</v>
       </c>
       <c r="C27">
         <v>3</v>
       </c>
       <c r="D27" s="7">
         <v>9781975151331</v>
       </c>
       <c r="E27">
         <v>2022</v>
       </c>
       <c r="F27" t="s">
         <v>77</v>
       </c>
       <c r="G27" s="2">
         <v>44258</v>
       </c>
     </row>
     <row r="28" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A28" t="s">
         <v>78</v>
       </c>
       <c r="B28" t="s">
-        <v>2767</v>
+        <v>2722</v>
       </c>
       <c r="C28">
         <v>8</v>
       </c>
       <c r="D28" s="7">
         <v>9781975170554</v>
       </c>
       <c r="E28">
         <v>2023</v>
       </c>
       <c r="F28" t="s">
         <v>79</v>
       </c>
       <c r="G28" s="2">
         <v>44776</v>
       </c>
     </row>
     <row r="29" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A29" t="s">
         <v>80</v>
       </c>
       <c r="B29" t="s">
-        <v>2768</v>
+        <v>2723</v>
       </c>
       <c r="C29">
         <v>3</v>
       </c>
       <c r="D29" s="7">
         <v>9781975196332</v>
       </c>
       <c r="E29">
         <v>2025</v>
       </c>
       <c r="F29" t="s">
         <v>81</v>
       </c>
       <c r="G29" s="2">
         <v>45343</v>
       </c>
     </row>
     <row r="30" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A30" t="s">
         <v>82</v>
       </c>
       <c r="B30" t="s">
         <v>83</v>
       </c>
       <c r="C30">
         <v>3</v>
       </c>
       <c r="D30" s="7">
         <v>9781975180898</v>
       </c>
       <c r="E30">
         <v>2024</v>
       </c>
       <c r="F30" t="s">
         <v>84</v>
       </c>
       <c r="G30" s="2">
         <v>44895</v>
       </c>
     </row>
     <row r="31" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A31" t="s">
         <v>85</v>
       </c>
       <c r="B31" t="s">
-        <v>2831</v>
+        <v>2786</v>
       </c>
       <c r="C31">
         <v>5</v>
       </c>
       <c r="D31" s="7">
         <v>9781975233402</v>
       </c>
       <c r="E31">
         <v>2025</v>
       </c>
       <c r="F31" t="s">
-        <v>2869</v>
+        <v>2824</v>
       </c>
       <c r="G31" s="2">
         <v>45769</v>
       </c>
     </row>
     <row r="32" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A32" t="s">
         <v>86</v>
       </c>
       <c r="B32" t="s">
         <v>87</v>
       </c>
       <c r="C32">
         <v>6</v>
       </c>
       <c r="D32" s="7">
         <v>9781975150143</v>
       </c>
       <c r="E32">
         <v>2023</v>
       </c>
       <c r="F32" t="s">
         <v>88</v>
       </c>
       <c r="G32" s="2">
@@ -10726,18706 +10677,18549 @@
       </c>
       <c r="B33" t="s">
         <v>90</v>
       </c>
       <c r="C33">
         <v>6</v>
       </c>
       <c r="D33" s="7">
         <v>9781975160432</v>
       </c>
       <c r="E33">
         <v>2023</v>
       </c>
       <c r="F33" t="s">
         <v>91</v>
       </c>
       <c r="G33" s="2">
         <v>44649</v>
       </c>
     </row>
     <row r="34" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A34" t="s">
         <v>92</v>
       </c>
       <c r="B34" t="s">
-        <v>93</v>
+        <v>3099</v>
       </c>
       <c r="C34">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="D34" s="7">
-        <v>9781975154066</v>
+        <v>9781975241582</v>
       </c>
       <c r="E34">
-        <v>2023</v>
+        <v>2027</v>
       </c>
       <c r="F34" t="s">
-        <v>94</v>
+        <v>3100</v>
       </c>
       <c r="G34" s="2">
-        <v>44544</v>
+        <v>46078</v>
       </c>
     </row>
     <row r="35" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A35" t="s">
         <v>42</v>
       </c>
       <c r="B35" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="C35">
         <v>7</v>
       </c>
       <c r="D35" s="7">
         <v>9781975174248</v>
       </c>
       <c r="E35">
         <v>2024</v>
       </c>
       <c r="F35" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="G35" s="2">
         <v>44883</v>
       </c>
     </row>
     <row r="36" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A36" t="s">
-        <v>97</v>
+        <v>95</v>
       </c>
       <c r="B36" t="s">
-        <v>98</v>
+        <v>96</v>
       </c>
       <c r="C36">
         <v>11</v>
       </c>
       <c r="D36" s="7">
         <v>9781975197292</v>
       </c>
       <c r="E36">
         <v>2025</v>
       </c>
       <c r="F36" t="s">
-        <v>99</v>
+        <v>97</v>
       </c>
       <c r="G36" s="2">
         <v>45432</v>
       </c>
     </row>
     <row r="37" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A37" t="s">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="B37" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="C37">
         <v>8</v>
       </c>
       <c r="D37" s="7">
         <v>9781975216627</v>
       </c>
       <c r="E37">
         <v>2026</v>
       </c>
       <c r="F37" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
       <c r="G37" s="2">
         <v>45565</v>
       </c>
     </row>
     <row r="38" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A38" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="B38" t="s">
-        <v>104</v>
+        <v>102</v>
       </c>
       <c r="C38">
         <v>9</v>
       </c>
       <c r="D38" s="7">
         <v>9781975151348</v>
       </c>
       <c r="E38">
         <v>2022</v>
       </c>
       <c r="F38" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="G38" s="2">
         <v>44413</v>
       </c>
     </row>
     <row r="39" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A39" t="s">
-        <v>106</v>
+        <v>104</v>
       </c>
       <c r="B39" t="s">
-        <v>107</v>
+        <v>105</v>
       </c>
       <c r="C39">
         <v>4</v>
       </c>
       <c r="D39" s="7">
         <v>9781451120615</v>
       </c>
       <c r="E39">
         <v>2011</v>
       </c>
       <c r="F39" t="s">
-        <v>108</v>
+        <v>106</v>
       </c>
       <c r="G39" s="2">
         <v>41759</v>
       </c>
     </row>
     <row r="40" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A40" t="s">
-        <v>109</v>
+        <v>107</v>
       </c>
       <c r="B40" t="s">
-        <v>2908</v>
+        <v>2863</v>
       </c>
       <c r="C40">
         <v>5</v>
       </c>
       <c r="D40" s="7">
         <v>9781975220310</v>
       </c>
       <c r="E40">
         <v>2026</v>
       </c>
       <c r="F40" t="s">
-        <v>2909</v>
+        <v>2864</v>
       </c>
       <c r="G40" s="2">
         <v>45887</v>
       </c>
     </row>
     <row r="41" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A41" t="s">
-        <v>110</v>
+        <v>108</v>
       </c>
       <c r="B41" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="C41">
         <v>7</v>
       </c>
       <c r="D41" s="7">
         <v>9781496350329</v>
       </c>
       <c r="E41">
         <v>2019</v>
       </c>
       <c r="F41" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="G41" s="2">
         <v>44106</v>
       </c>
     </row>
     <row r="42" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A42" t="s">
-        <v>113</v>
+        <v>111</v>
       </c>
       <c r="B42" t="s">
-        <v>114</v>
+        <v>112</v>
       </c>
       <c r="C42">
         <v>6</v>
       </c>
       <c r="D42" s="7">
         <v>9781975194918</v>
       </c>
       <c r="E42">
         <v>2025</v>
       </c>
       <c r="F42" t="s">
-        <v>115</v>
+        <v>113</v>
       </c>
       <c r="G42" s="2">
         <v>45324</v>
       </c>
     </row>
     <row r="43" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A43" t="s">
-        <v>116</v>
+        <v>114</v>
       </c>
       <c r="B43" t="s">
-        <v>117</v>
+        <v>115</v>
       </c>
       <c r="C43">
         <v>6</v>
       </c>
       <c r="D43" s="7">
         <v>9781975103545</v>
       </c>
       <c r="E43">
         <v>2020</v>
       </c>
       <c r="F43" t="s">
-        <v>118</v>
+        <v>116</v>
       </c>
       <c r="G43" s="2">
         <v>43538</v>
       </c>
     </row>
     <row r="44" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A44" t="s">
-        <v>119</v>
+        <v>117</v>
       </c>
       <c r="B44" t="s">
-        <v>120</v>
+        <v>118</v>
       </c>
       <c r="C44">
         <v>8</v>
       </c>
       <c r="D44" s="7">
         <v>9781496386144</v>
       </c>
       <c r="E44">
         <v>2020</v>
       </c>
       <c r="F44" t="s">
-        <v>121</v>
+        <v>119</v>
       </c>
       <c r="G44" s="2">
         <v>43776</v>
       </c>
     </row>
     <row r="45" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A45" t="s">
-        <v>122</v>
+        <v>120</v>
       </c>
       <c r="B45" t="s">
-        <v>2761</v>
+        <v>2717</v>
       </c>
       <c r="C45">
         <v>5</v>
       </c>
       <c r="D45" s="7">
         <v>9781496343802</v>
       </c>
       <c r="E45">
         <v>2019</v>
       </c>
       <c r="F45" t="s">
-        <v>123</v>
+        <v>121</v>
       </c>
       <c r="G45" s="2">
         <v>43194</v>
       </c>
     </row>
     <row r="46" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A46" t="s">
         <v>7</v>
       </c>
       <c r="B46" t="s">
-        <v>2763</v>
+        <v>2719</v>
       </c>
       <c r="C46">
         <v>6</v>
       </c>
       <c r="D46" s="7">
         <v>9781975151485</v>
       </c>
       <c r="E46">
         <v>2022</v>
       </c>
       <c r="F46" t="s">
         <v>8</v>
       </c>
       <c r="G46" s="2">
         <v>44497</v>
       </c>
     </row>
     <row r="47" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A47" t="s">
-        <v>124</v>
+        <v>122</v>
       </c>
       <c r="B47" t="s">
-        <v>2762</v>
+        <v>2718</v>
       </c>
       <c r="C47">
         <v>7</v>
       </c>
       <c r="D47" s="7">
         <v>9781975120894</v>
       </c>
       <c r="E47">
         <v>2021</v>
       </c>
       <c r="F47" t="s">
-        <v>125</v>
+        <v>123</v>
       </c>
       <c r="G47" s="2">
         <v>44098</v>
       </c>
     </row>
     <row r="48" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A48" t="s">
-        <v>126</v>
+        <v>124</v>
       </c>
       <c r="B48" t="s">
-        <v>127</v>
+        <v>125</v>
       </c>
       <c r="C48">
         <v>10</v>
       </c>
       <c r="D48" s="7">
         <v>9781975152819</v>
       </c>
       <c r="E48">
         <v>2022</v>
       </c>
       <c r="F48" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
       <c r="G48" s="2">
         <v>44285</v>
       </c>
     </row>
     <row r="49" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A49" t="s">
-        <v>126</v>
+        <v>124</v>
       </c>
       <c r="B49" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="C49">
         <v>11</v>
       </c>
       <c r="D49" s="7">
         <v>9781975139186</v>
       </c>
       <c r="E49">
         <v>2021</v>
       </c>
       <c r="F49" t="s">
-        <v>130</v>
+        <v>128</v>
       </c>
       <c r="G49" s="2">
         <v>44117</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0A00-000000000000}">
   <dimension ref="A1:D16"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>131</v>
+        <v>129</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>132</v>
+        <v>130</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>133</v>
+        <v>131</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
         <v>27</v>
       </c>
       <c r="B2" t="s">
         <v>28</v>
       </c>
       <c r="D2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="3" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
+        <v>673</v>
+      </c>
+      <c r="B3" t="s">
+        <v>134</v>
+      </c>
+      <c r="D3" t="s">
         <v>675</v>
-      </c>
-[...4 lines deleted...]
-        <v>677</v>
       </c>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A4" t="s">
+        <v>674</v>
+      </c>
+      <c r="B4" t="s">
+        <v>464</v>
+      </c>
+      <c r="D4" t="s">
         <v>676</v>
-      </c>
-[...4 lines deleted...]
-        <v>678</v>
       </c>
     </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A5" t="s">
         <v>92</v>
       </c>
       <c r="B5" t="s">
-        <v>138</v>
+        <v>136</v>
       </c>
       <c r="D5" t="s">
-        <v>679</v>
+        <v>677</v>
       </c>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B6" t="s">
-        <v>388</v>
+        <v>386</v>
       </c>
       <c r="D6" t="s">
-        <v>680</v>
+        <v>678</v>
       </c>
     </row>
     <row r="7" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B7" t="s">
-        <v>140</v>
+        <v>138</v>
       </c>
       <c r="D7" t="s">
-        <v>681</v>
+        <v>679</v>
       </c>
     </row>
     <row r="8" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B8" t="s">
-        <v>142</v>
+        <v>140</v>
       </c>
       <c r="D8" t="s">
-        <v>682</v>
+        <v>680</v>
       </c>
     </row>
     <row r="9" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B9" t="s">
-        <v>144</v>
+        <v>142</v>
       </c>
       <c r="D9" t="s">
-        <v>683</v>
+        <v>681</v>
       </c>
     </row>
     <row r="10" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B10" t="s">
-        <v>684</v>
+        <v>682</v>
       </c>
       <c r="C10" t="s">
-        <v>393</v>
+        <v>391</v>
       </c>
       <c r="D10" t="s">
-        <v>685</v>
+        <v>683</v>
       </c>
     </row>
     <row r="11" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B11" t="s">
-        <v>686</v>
+        <v>684</v>
       </c>
       <c r="C11" t="s">
-        <v>398</v>
+        <v>396</v>
       </c>
       <c r="D11" t="s">
-        <v>687</v>
+        <v>685</v>
       </c>
     </row>
     <row r="12" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B12" t="s">
-        <v>485</v>
+        <v>483</v>
       </c>
       <c r="C12" t="s">
-        <v>401</v>
+        <v>399</v>
       </c>
       <c r="D12" t="s">
-        <v>688</v>
+        <v>686</v>
       </c>
     </row>
     <row r="13" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B13" t="s">
-        <v>689</v>
+        <v>687</v>
       </c>
       <c r="C13" t="s">
-        <v>406</v>
+        <v>404</v>
       </c>
       <c r="D13" t="s">
-        <v>690</v>
+        <v>688</v>
       </c>
     </row>
     <row r="14" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B14" t="s">
-        <v>691</v>
+        <v>689</v>
       </c>
       <c r="C14" t="s">
-        <v>409</v>
+        <v>407</v>
       </c>
       <c r="D14" t="s">
-        <v>692</v>
+        <v>690</v>
       </c>
     </row>
     <row r="15" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B15" t="s">
-        <v>693</v>
+        <v>691</v>
       </c>
       <c r="C15" t="s">
-        <v>412</v>
+        <v>410</v>
       </c>
       <c r="D15" t="s">
-        <v>694</v>
+        <v>692</v>
       </c>
     </row>
     <row r="16" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B16" t="s">
-        <v>477</v>
+        <v>475</v>
       </c>
       <c r="C16" t="s">
-        <v>415</v>
+        <v>413</v>
       </c>
       <c r="D16" t="s">
-        <v>695</v>
+        <v>693</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0B00-000000000000}">
   <dimension ref="A1:D21"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>131</v>
+        <v>129</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>132</v>
+        <v>130</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>133</v>
+        <v>131</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
         <v>30</v>
       </c>
       <c r="B2" t="s">
         <v>31</v>
       </c>
       <c r="D2" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="3" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B3" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
       <c r="D3" t="s">
-        <v>696</v>
+        <v>694</v>
       </c>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B4" t="s">
-        <v>140</v>
+        <v>138</v>
       </c>
       <c r="D4" t="s">
-        <v>697</v>
+        <v>695</v>
       </c>
     </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B5" t="s">
-        <v>142</v>
+        <v>140</v>
       </c>
       <c r="D5" t="s">
-        <v>698</v>
+        <v>696</v>
       </c>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B6" t="s">
-        <v>699</v>
+        <v>697</v>
       </c>
       <c r="C6" t="s">
-        <v>393</v>
+        <v>391</v>
       </c>
       <c r="D6" t="s">
-        <v>700</v>
+        <v>698</v>
       </c>
     </row>
     <row r="7" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B7" t="s">
-        <v>701</v>
+        <v>699</v>
       </c>
       <c r="C7" t="s">
-        <v>398</v>
+        <v>396</v>
       </c>
       <c r="D7" t="s">
-        <v>702</v>
+        <v>700</v>
       </c>
     </row>
     <row r="8" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B8" t="s">
-        <v>703</v>
+        <v>701</v>
       </c>
       <c r="C8" t="s">
-        <v>401</v>
+        <v>399</v>
       </c>
       <c r="D8" t="s">
-        <v>704</v>
+        <v>702</v>
       </c>
     </row>
     <row r="9" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B9" t="s">
-        <v>705</v>
+        <v>703</v>
       </c>
       <c r="C9" t="s">
-        <v>406</v>
+        <v>404</v>
       </c>
       <c r="D9" t="s">
-        <v>706</v>
+        <v>704</v>
       </c>
     </row>
     <row r="10" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B10" t="s">
-        <v>707</v>
+        <v>705</v>
       </c>
       <c r="C10" t="s">
-        <v>409</v>
+        <v>407</v>
       </c>
       <c r="D10" t="s">
-        <v>708</v>
+        <v>706</v>
       </c>
     </row>
     <row r="11" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B11" t="s">
-        <v>709</v>
+        <v>707</v>
       </c>
       <c r="C11" t="s">
-        <v>412</v>
+        <v>410</v>
       </c>
       <c r="D11" t="s">
-        <v>710</v>
+        <v>708</v>
       </c>
     </row>
     <row r="12" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B12" t="s">
-        <v>711</v>
+        <v>709</v>
       </c>
       <c r="C12" t="s">
-        <v>415</v>
+        <v>413</v>
       </c>
       <c r="D12" t="s">
-        <v>712</v>
+        <v>710</v>
       </c>
     </row>
     <row r="13" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B13" t="s">
-        <v>713</v>
+        <v>711</v>
       </c>
       <c r="C13" t="s">
-        <v>418</v>
+        <v>416</v>
       </c>
       <c r="D13" t="s">
-        <v>714</v>
+        <v>712</v>
       </c>
     </row>
     <row r="14" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B14" t="s">
-        <v>715</v>
+        <v>713</v>
       </c>
       <c r="C14" t="s">
-        <v>421</v>
+        <v>419</v>
       </c>
       <c r="D14" t="s">
-        <v>716</v>
+        <v>714</v>
       </c>
     </row>
     <row r="15" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B15" t="s">
-        <v>717</v>
+        <v>715</v>
       </c>
       <c r="C15" t="s">
-        <v>426</v>
+        <v>424</v>
       </c>
       <c r="D15" t="s">
-        <v>718</v>
+        <v>716</v>
       </c>
     </row>
     <row r="16" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B16" t="s">
-        <v>719</v>
+        <v>717</v>
       </c>
       <c r="C16" t="s">
-        <v>429</v>
+        <v>427</v>
       </c>
       <c r="D16" t="s">
-        <v>720</v>
+        <v>718</v>
       </c>
     </row>
     <row r="17" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B17" t="s">
-        <v>721</v>
+        <v>719</v>
       </c>
       <c r="C17" t="s">
-        <v>432</v>
+        <v>430</v>
       </c>
       <c r="D17" t="s">
-        <v>722</v>
+        <v>720</v>
       </c>
     </row>
     <row r="18" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B18" t="s">
-        <v>723</v>
+        <v>721</v>
       </c>
       <c r="C18" t="s">
-        <v>435</v>
+        <v>433</v>
       </c>
       <c r="D18" t="s">
-        <v>724</v>
+        <v>722</v>
       </c>
     </row>
     <row r="19" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B19" t="s">
-        <v>725</v>
+        <v>723</v>
       </c>
       <c r="C19" t="s">
-        <v>438</v>
+        <v>436</v>
       </c>
       <c r="D19" t="s">
-        <v>726</v>
+        <v>724</v>
       </c>
     </row>
     <row r="20" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B20" t="s">
-        <v>727</v>
+        <v>725</v>
       </c>
       <c r="C20" t="s">
-        <v>378</v>
+        <v>376</v>
       </c>
       <c r="D20" t="s">
-        <v>728</v>
+        <v>726</v>
       </c>
     </row>
     <row r="21" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B21" t="s">
-        <v>729</v>
+        <v>727</v>
       </c>
       <c r="C21" t="s">
-        <v>601</v>
+        <v>599</v>
       </c>
       <c r="D21" t="s">
-        <v>730</v>
+        <v>728</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0C00-000000000000}">
   <dimension ref="A1:D42"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>131</v>
+        <v>129</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>132</v>
+        <v>130</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>133</v>
+        <v>131</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
         <v>33</v>
       </c>
       <c r="B2" t="s">
         <v>34</v>
       </c>
       <c r="D2" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="3" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
-        <v>731</v>
+        <v>729</v>
       </c>
       <c r="B3" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
       <c r="D3" t="s">
-        <v>732</v>
+        <v>730</v>
       </c>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B4" t="s">
-        <v>466</v>
+        <v>464</v>
       </c>
       <c r="D4" t="s">
-        <v>733</v>
+        <v>731</v>
       </c>
     </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B5" t="s">
-        <v>140</v>
+        <v>138</v>
       </c>
       <c r="D5" t="s">
-        <v>734</v>
+        <v>732</v>
       </c>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B6" t="s">
-        <v>142</v>
+        <v>140</v>
       </c>
       <c r="D6" t="s">
-        <v>735</v>
+        <v>733</v>
       </c>
     </row>
     <row r="7" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B7" t="s">
-        <v>736</v>
+        <v>734</v>
       </c>
       <c r="D7" t="s">
-        <v>737</v>
+        <v>735</v>
       </c>
     </row>
     <row r="8" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B8" t="s">
-        <v>738</v>
+        <v>736</v>
       </c>
       <c r="C8" t="s">
-        <v>393</v>
+        <v>391</v>
       </c>
       <c r="D8" t="s">
-        <v>739</v>
+        <v>737</v>
       </c>
     </row>
     <row r="9" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B9" t="s">
-        <v>740</v>
+        <v>738</v>
       </c>
       <c r="C9" t="s">
-        <v>398</v>
+        <v>396</v>
       </c>
       <c r="D9" t="s">
-        <v>741</v>
+        <v>739</v>
       </c>
     </row>
     <row r="10" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B10" t="s">
-        <v>742</v>
+        <v>740</v>
       </c>
       <c r="C10" t="s">
-        <v>401</v>
+        <v>399</v>
       </c>
       <c r="D10" t="s">
-        <v>743</v>
+        <v>741</v>
       </c>
     </row>
     <row r="11" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B11" t="s">
-        <v>744</v>
+        <v>742</v>
       </c>
       <c r="D11" t="s">
-        <v>745</v>
+        <v>743</v>
       </c>
     </row>
     <row r="12" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B12" t="s">
-        <v>746</v>
+        <v>744</v>
       </c>
       <c r="C12" t="s">
-        <v>406</v>
+        <v>404</v>
       </c>
       <c r="D12" t="s">
-        <v>747</v>
+        <v>745</v>
       </c>
     </row>
     <row r="13" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B13" t="s">
-        <v>748</v>
+        <v>746</v>
       </c>
       <c r="C13" t="s">
-        <v>409</v>
+        <v>407</v>
       </c>
       <c r="D13" t="s">
-        <v>749</v>
+        <v>747</v>
       </c>
     </row>
     <row r="14" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B14" t="s">
-        <v>750</v>
+        <v>748</v>
       </c>
       <c r="C14" t="s">
-        <v>412</v>
+        <v>410</v>
       </c>
       <c r="D14" t="s">
-        <v>751</v>
+        <v>749</v>
       </c>
     </row>
     <row r="15" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B15" t="s">
-        <v>752</v>
+        <v>750</v>
       </c>
       <c r="C15" t="s">
-        <v>415</v>
+        <v>413</v>
       </c>
       <c r="D15" t="s">
-        <v>753</v>
+        <v>751</v>
       </c>
     </row>
     <row r="16" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B16" t="s">
-        <v>754</v>
+        <v>752</v>
       </c>
       <c r="D16" t="s">
-        <v>755</v>
+        <v>753</v>
       </c>
     </row>
     <row r="17" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B17" t="s">
-        <v>756</v>
+        <v>754</v>
       </c>
       <c r="C17" t="s">
-        <v>418</v>
+        <v>416</v>
       </c>
       <c r="D17" t="s">
-        <v>757</v>
+        <v>755</v>
       </c>
     </row>
     <row r="18" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B18" t="s">
-        <v>758</v>
+        <v>756</v>
       </c>
       <c r="C18" t="s">
-        <v>421</v>
+        <v>419</v>
       </c>
       <c r="D18" t="s">
-        <v>759</v>
+        <v>757</v>
       </c>
     </row>
     <row r="19" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B19" t="s">
-        <v>760</v>
+        <v>758</v>
       </c>
       <c r="C19" t="s">
-        <v>426</v>
+        <v>424</v>
       </c>
       <c r="D19" t="s">
-        <v>761</v>
+        <v>759</v>
       </c>
     </row>
     <row r="20" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B20" t="s">
-        <v>762</v>
+        <v>760</v>
       </c>
       <c r="C20" t="s">
-        <v>429</v>
+        <v>427</v>
       </c>
       <c r="D20" t="s">
-        <v>763</v>
+        <v>761</v>
       </c>
     </row>
     <row r="21" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B21" t="s">
-        <v>764</v>
+        <v>762</v>
       </c>
       <c r="C21" t="s">
-        <v>432</v>
+        <v>430</v>
       </c>
       <c r="D21" t="s">
-        <v>765</v>
+        <v>763</v>
       </c>
     </row>
     <row r="22" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B22" t="s">
-        <v>766</v>
+        <v>764</v>
       </c>
       <c r="C22" t="s">
-        <v>435</v>
+        <v>433</v>
       </c>
       <c r="D22" t="s">
-        <v>767</v>
+        <v>765</v>
       </c>
     </row>
     <row r="23" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B23" t="s">
-        <v>768</v>
+        <v>766</v>
       </c>
       <c r="D23" t="s">
-        <v>769</v>
+        <v>767</v>
       </c>
     </row>
     <row r="24" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B24" t="s">
-        <v>770</v>
+        <v>768</v>
       </c>
       <c r="C24" t="s">
-        <v>438</v>
+        <v>436</v>
       </c>
       <c r="D24" t="s">
-        <v>771</v>
+        <v>769</v>
       </c>
     </row>
     <row r="25" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B25" t="s">
-        <v>772</v>
+        <v>770</v>
       </c>
       <c r="C25" t="s">
-        <v>441</v>
+        <v>439</v>
       </c>
       <c r="D25" t="s">
-        <v>773</v>
+        <v>771</v>
       </c>
     </row>
     <row r="26" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B26" t="s">
-        <v>774</v>
+        <v>772</v>
       </c>
       <c r="C26" t="s">
-        <v>444</v>
+        <v>442</v>
       </c>
       <c r="D26" t="s">
-        <v>775</v>
+        <v>773</v>
       </c>
     </row>
     <row r="27" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B27" t="s">
-        <v>776</v>
+        <v>774</v>
       </c>
       <c r="C27" t="s">
-        <v>447</v>
+        <v>445</v>
       </c>
       <c r="D27" t="s">
-        <v>777</v>
+        <v>775</v>
       </c>
     </row>
     <row r="28" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B28" t="s">
-        <v>778</v>
+        <v>776</v>
       </c>
       <c r="D28" t="s">
-        <v>779</v>
+        <v>777</v>
       </c>
     </row>
     <row r="29" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B29" t="s">
-        <v>780</v>
+        <v>778</v>
       </c>
       <c r="C29" t="s">
-        <v>450</v>
+        <v>448</v>
       </c>
       <c r="D29" t="s">
-        <v>781</v>
+        <v>779</v>
       </c>
     </row>
     <row r="30" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B30" t="s">
-        <v>782</v>
+        <v>780</v>
       </c>
       <c r="C30" t="s">
-        <v>453</v>
+        <v>451</v>
       </c>
       <c r="D30" t="s">
-        <v>783</v>
+        <v>781</v>
       </c>
     </row>
     <row r="31" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B31" t="s">
-        <v>784</v>
+        <v>782</v>
       </c>
       <c r="C31" t="s">
-        <v>456</v>
+        <v>454</v>
       </c>
       <c r="D31" t="s">
-        <v>785</v>
+        <v>783</v>
       </c>
     </row>
     <row r="32" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B32" t="s">
-        <v>786</v>
+        <v>784</v>
       </c>
       <c r="D32" t="s">
-        <v>787</v>
+        <v>785</v>
       </c>
     </row>
     <row r="33" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B33" t="s">
-        <v>788</v>
+        <v>786</v>
       </c>
       <c r="C33" t="s">
-        <v>459</v>
+        <v>457</v>
       </c>
       <c r="D33" t="s">
-        <v>789</v>
+        <v>787</v>
       </c>
     </row>
     <row r="34" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B34" t="s">
-        <v>790</v>
+        <v>788</v>
       </c>
       <c r="C34" t="s">
-        <v>462</v>
+        <v>460</v>
       </c>
       <c r="D34" t="s">
-        <v>791</v>
+        <v>789</v>
       </c>
     </row>
     <row r="35" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B35" t="s">
-        <v>792</v>
+        <v>790</v>
       </c>
       <c r="C35" t="s">
-        <v>489</v>
+        <v>487</v>
       </c>
       <c r="D35" t="s">
-        <v>793</v>
+        <v>791</v>
       </c>
     </row>
     <row r="36" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B36" t="s">
-        <v>794</v>
+        <v>792</v>
       </c>
       <c r="C36" t="s">
-        <v>491</v>
+        <v>489</v>
       </c>
       <c r="D36" t="s">
-        <v>795</v>
+        <v>793</v>
       </c>
     </row>
     <row r="37" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B37" t="s">
-        <v>796</v>
+        <v>794</v>
       </c>
       <c r="C37" t="s">
-        <v>492</v>
+        <v>490</v>
       </c>
       <c r="D37" t="s">
-        <v>797</v>
+        <v>795</v>
       </c>
     </row>
     <row r="38" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B38" t="s">
-        <v>798</v>
+        <v>796</v>
       </c>
       <c r="C38" t="s">
-        <v>493</v>
+        <v>491</v>
       </c>
       <c r="D38" t="s">
-        <v>799</v>
+        <v>797</v>
       </c>
     </row>
     <row r="39" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B39" t="s">
-        <v>800</v>
+        <v>798</v>
       </c>
       <c r="C39" t="s">
-        <v>494</v>
+        <v>492</v>
       </c>
       <c r="D39" t="s">
-        <v>801</v>
+        <v>799</v>
       </c>
     </row>
     <row r="40" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B40" t="s">
+        <v>800</v>
+      </c>
+      <c r="C40" t="s">
+        <v>801</v>
+      </c>
+      <c r="D40" t="s">
         <v>802</v>
-      </c>
-[...4 lines deleted...]
-        <v>804</v>
       </c>
     </row>
     <row r="41" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B41" t="s">
-        <v>380</v>
+        <v>378</v>
       </c>
       <c r="D41" t="s">
-        <v>805</v>
+        <v>803</v>
       </c>
     </row>
     <row r="42" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B42" t="s">
-        <v>380</v>
+        <v>378</v>
       </c>
       <c r="D42" t="s">
-        <v>806</v>
+        <v>804</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0D00-000000000000}">
   <dimension ref="A1:D41"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>131</v>
+        <v>129</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>132</v>
+        <v>130</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>133</v>
+        <v>131</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
         <v>36</v>
       </c>
       <c r="B2" t="s">
         <v>37</v>
       </c>
       <c r="D2" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="3" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
-        <v>807</v>
+        <v>805</v>
       </c>
       <c r="B3" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
       <c r="D3" t="s">
-        <v>808</v>
+        <v>806</v>
       </c>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B4" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
       <c r="D4" t="s">
-        <v>809</v>
+        <v>807</v>
       </c>
     </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B5" t="s">
-        <v>810</v>
+        <v>808</v>
       </c>
       <c r="D5" t="s">
-        <v>811</v>
+        <v>809</v>
       </c>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B6" t="s">
+        <v>808</v>
+      </c>
+      <c r="D6" t="s">
         <v>810</v>
-      </c>
-[...1 lines deleted...]
-        <v>812</v>
       </c>
     </row>
     <row r="7" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B7" t="s">
-        <v>142</v>
+        <v>140</v>
       </c>
       <c r="D7" t="s">
-        <v>813</v>
+        <v>811</v>
       </c>
     </row>
     <row r="8" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B8" t="s">
-        <v>142</v>
+        <v>140</v>
       </c>
       <c r="D8" t="s">
-        <v>814</v>
+        <v>812</v>
       </c>
     </row>
     <row r="9" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B9" t="s">
-        <v>140</v>
+        <v>138</v>
       </c>
       <c r="D9" t="s">
-        <v>815</v>
+        <v>813</v>
       </c>
     </row>
     <row r="10" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B10" t="s">
-        <v>140</v>
+        <v>138</v>
       </c>
       <c r="D10" t="s">
-        <v>816</v>
+        <v>814</v>
       </c>
     </row>
     <row r="11" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B11" t="s">
-        <v>699</v>
+        <v>697</v>
       </c>
       <c r="C11" t="s">
-        <v>393</v>
+        <v>391</v>
       </c>
       <c r="D11" t="s">
-        <v>817</v>
+        <v>815</v>
       </c>
     </row>
     <row r="12" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B12" t="s">
-        <v>818</v>
+        <v>816</v>
       </c>
       <c r="C12" t="s">
-        <v>398</v>
+        <v>396</v>
       </c>
       <c r="D12" t="s">
-        <v>819</v>
+        <v>817</v>
       </c>
     </row>
     <row r="13" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B13" t="s">
-        <v>691</v>
+        <v>689</v>
       </c>
       <c r="C13" t="s">
-        <v>401</v>
+        <v>399</v>
       </c>
       <c r="D13" t="s">
-        <v>820</v>
+        <v>818</v>
       </c>
     </row>
     <row r="14" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B14" t="s">
-        <v>821</v>
+        <v>819</v>
       </c>
       <c r="C14" t="s">
-        <v>406</v>
+        <v>404</v>
       </c>
       <c r="D14" t="s">
-        <v>822</v>
+        <v>820</v>
       </c>
     </row>
     <row r="15" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B15" t="s">
-        <v>823</v>
+        <v>821</v>
       </c>
       <c r="C15" t="s">
-        <v>409</v>
+        <v>407</v>
       </c>
       <c r="D15" t="s">
-        <v>824</v>
+        <v>822</v>
       </c>
     </row>
     <row r="16" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B16" t="s">
-        <v>825</v>
+        <v>823</v>
       </c>
       <c r="C16" t="s">
-        <v>412</v>
+        <v>410</v>
       </c>
       <c r="D16" t="s">
-        <v>826</v>
+        <v>824</v>
       </c>
     </row>
     <row r="17" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B17" t="s">
-        <v>827</v>
+        <v>825</v>
       </c>
       <c r="C17" t="s">
-        <v>415</v>
+        <v>413</v>
       </c>
       <c r="D17" t="s">
-        <v>828</v>
+        <v>826</v>
       </c>
     </row>
     <row r="18" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B18" t="s">
-        <v>485</v>
+        <v>483</v>
       </c>
       <c r="C18" t="s">
-        <v>418</v>
+        <v>416</v>
       </c>
       <c r="D18" t="s">
-        <v>829</v>
+        <v>827</v>
       </c>
     </row>
     <row r="19" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B19" t="s">
-        <v>830</v>
+        <v>828</v>
       </c>
       <c r="C19" t="s">
-        <v>421</v>
+        <v>419</v>
       </c>
       <c r="D19" t="s">
-        <v>831</v>
+        <v>829</v>
       </c>
     </row>
     <row r="20" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B20" t="s">
-        <v>832</v>
+        <v>830</v>
       </c>
       <c r="C20" t="s">
-        <v>426</v>
+        <v>424</v>
       </c>
       <c r="D20" t="s">
-        <v>833</v>
+        <v>831</v>
       </c>
     </row>
     <row r="21" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B21" t="s">
-        <v>834</v>
+        <v>832</v>
       </c>
       <c r="C21" t="s">
-        <v>429</v>
+        <v>427</v>
       </c>
       <c r="D21" t="s">
-        <v>835</v>
+        <v>833</v>
       </c>
     </row>
     <row r="22" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B22" t="s">
-        <v>836</v>
+        <v>834</v>
       </c>
       <c r="C22" t="s">
-        <v>432</v>
+        <v>430</v>
       </c>
       <c r="D22" t="s">
-        <v>837</v>
+        <v>835</v>
       </c>
     </row>
     <row r="23" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B23" t="s">
-        <v>838</v>
+        <v>836</v>
       </c>
       <c r="C23" t="s">
-        <v>435</v>
+        <v>433</v>
       </c>
       <c r="D23" t="s">
-        <v>839</v>
+        <v>837</v>
       </c>
     </row>
     <row r="24" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B24" t="s">
-        <v>840</v>
+        <v>838</v>
       </c>
       <c r="D24" t="s">
-        <v>841</v>
+        <v>839</v>
       </c>
     </row>
     <row r="25" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B25" t="s">
-        <v>380</v>
+        <v>378</v>
       </c>
       <c r="D25" t="s">
-        <v>842</v>
+        <v>840</v>
       </c>
     </row>
     <row r="26" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B26" t="s">
-        <v>699</v>
+        <v>697</v>
       </c>
       <c r="C26" t="s">
-        <v>393</v>
+        <v>391</v>
       </c>
       <c r="D26" t="s">
-        <v>843</v>
+        <v>841</v>
       </c>
     </row>
     <row r="27" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B27" t="s">
-        <v>691</v>
+        <v>689</v>
       </c>
       <c r="C27" t="s">
-        <v>401</v>
+        <v>399</v>
       </c>
       <c r="D27" t="s">
-        <v>844</v>
+        <v>842</v>
       </c>
     </row>
     <row r="28" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B28" t="s">
-        <v>821</v>
+        <v>819</v>
       </c>
       <c r="C28" t="s">
-        <v>406</v>
+        <v>404</v>
       </c>
       <c r="D28" t="s">
-        <v>845</v>
+        <v>843</v>
       </c>
     </row>
     <row r="29" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B29" t="s">
-        <v>823</v>
+        <v>821</v>
       </c>
       <c r="C29" t="s">
-        <v>409</v>
+        <v>407</v>
       </c>
       <c r="D29" t="s">
-        <v>846</v>
+        <v>844</v>
       </c>
     </row>
     <row r="30" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B30" t="s">
-        <v>825</v>
+        <v>823</v>
       </c>
       <c r="C30" t="s">
-        <v>412</v>
+        <v>410</v>
       </c>
       <c r="D30" t="s">
-        <v>847</v>
+        <v>845</v>
       </c>
     </row>
     <row r="31" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B31" t="s">
-        <v>827</v>
+        <v>825</v>
       </c>
       <c r="C31" t="s">
-        <v>415</v>
+        <v>413</v>
       </c>
       <c r="D31" t="s">
-        <v>848</v>
+        <v>846</v>
       </c>
     </row>
     <row r="32" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B32" t="s">
-        <v>485</v>
+        <v>483</v>
       </c>
       <c r="C32" t="s">
-        <v>418</v>
+        <v>416</v>
       </c>
       <c r="D32" t="s">
-        <v>849</v>
+        <v>847</v>
       </c>
     </row>
     <row r="33" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B33" t="s">
-        <v>830</v>
+        <v>828</v>
       </c>
       <c r="C33" t="s">
-        <v>421</v>
+        <v>419</v>
       </c>
       <c r="D33" t="s">
-        <v>850</v>
+        <v>848</v>
       </c>
     </row>
     <row r="34" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B34" t="s">
-        <v>832</v>
+        <v>830</v>
       </c>
       <c r="C34" t="s">
-        <v>426</v>
+        <v>424</v>
       </c>
       <c r="D34" t="s">
-        <v>851</v>
+        <v>849</v>
       </c>
     </row>
     <row r="35" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B35" t="s">
-        <v>834</v>
+        <v>832</v>
       </c>
       <c r="C35" t="s">
-        <v>429</v>
+        <v>427</v>
       </c>
       <c r="D35" t="s">
-        <v>852</v>
+        <v>850</v>
       </c>
     </row>
     <row r="36" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B36" t="s">
-        <v>836</v>
+        <v>834</v>
       </c>
       <c r="C36" t="s">
-        <v>432</v>
+        <v>430</v>
       </c>
       <c r="D36" t="s">
-        <v>853</v>
+        <v>851</v>
       </c>
     </row>
     <row r="37" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B37" t="s">
-        <v>838</v>
+        <v>836</v>
       </c>
       <c r="C37" t="s">
-        <v>435</v>
+        <v>433</v>
       </c>
       <c r="D37" t="s">
-        <v>854</v>
+        <v>852</v>
       </c>
     </row>
     <row r="38" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B38" t="s">
-        <v>840</v>
+        <v>838</v>
       </c>
       <c r="D38" t="s">
-        <v>855</v>
+        <v>853</v>
       </c>
     </row>
     <row r="39" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B39" t="s">
-        <v>380</v>
+        <v>378</v>
       </c>
       <c r="D39" t="s">
-        <v>856</v>
+        <v>854</v>
       </c>
     </row>
     <row r="40" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B40" t="s">
-        <v>380</v>
+        <v>378</v>
       </c>
       <c r="D40" t="s">
-        <v>857</v>
+        <v>855</v>
       </c>
     </row>
     <row r="41" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B41" t="s">
-        <v>380</v>
+        <v>378</v>
       </c>
       <c r="D41" t="s">
-        <v>858</v>
+        <v>856</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet14.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0E00-000000000000}">
   <dimension ref="A1:D29"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>131</v>
+        <v>129</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>132</v>
+        <v>130</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>133</v>
+        <v>131</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
         <v>39</v>
       </c>
       <c r="B2" t="s">
         <v>40</v>
       </c>
       <c r="D2" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="3" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
-        <v>859</v>
+        <v>857</v>
       </c>
       <c r="B3" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
       <c r="D3" t="s">
-        <v>860</v>
+        <v>858</v>
       </c>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B4" t="s">
-        <v>466</v>
+        <v>464</v>
       </c>
       <c r="D4" t="s">
-        <v>861</v>
+        <v>859</v>
       </c>
     </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B5" t="s">
-        <v>388</v>
+        <v>386</v>
       </c>
       <c r="D5" t="s">
-        <v>862</v>
+        <v>860</v>
       </c>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B6" t="s">
-        <v>140</v>
+        <v>138</v>
       </c>
       <c r="D6" t="s">
-        <v>863</v>
+        <v>861</v>
       </c>
     </row>
     <row r="7" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B7" t="s">
-        <v>142</v>
+        <v>140</v>
       </c>
       <c r="D7" t="s">
-        <v>864</v>
+        <v>862</v>
       </c>
     </row>
     <row r="8" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B8" t="s">
-        <v>865</v>
+        <v>863</v>
       </c>
       <c r="C8" t="s">
-        <v>149</v>
+        <v>147</v>
       </c>
       <c r="D8" t="s">
-        <v>866</v>
+        <v>864</v>
       </c>
     </row>
     <row r="9" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B9" t="s">
-        <v>867</v>
+        <v>865</v>
       </c>
       <c r="C9" t="s">
-        <v>152</v>
+        <v>150</v>
       </c>
       <c r="D9" t="s">
-        <v>868</v>
+        <v>866</v>
       </c>
     </row>
     <row r="10" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B10" t="s">
-        <v>869</v>
+        <v>867</v>
       </c>
       <c r="C10" t="s">
-        <v>155</v>
+        <v>153</v>
       </c>
       <c r="D10" t="s">
-        <v>870</v>
+        <v>868</v>
       </c>
     </row>
     <row r="11" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B11" t="s">
-        <v>871</v>
+        <v>869</v>
       </c>
       <c r="C11" t="s">
-        <v>158</v>
+        <v>156</v>
       </c>
       <c r="D11" t="s">
-        <v>872</v>
+        <v>870</v>
       </c>
     </row>
     <row r="12" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B12" t="s">
-        <v>873</v>
+        <v>871</v>
       </c>
       <c r="C12" t="s">
-        <v>161</v>
+        <v>159</v>
       </c>
       <c r="D12" t="s">
-        <v>874</v>
+        <v>872</v>
       </c>
     </row>
     <row r="13" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B13" t="s">
-        <v>875</v>
+        <v>873</v>
       </c>
       <c r="C13" t="s">
-        <v>164</v>
+        <v>162</v>
       </c>
       <c r="D13" t="s">
-        <v>876</v>
+        <v>874</v>
       </c>
     </row>
     <row r="14" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B14" t="s">
-        <v>877</v>
+        <v>875</v>
       </c>
       <c r="C14" t="s">
-        <v>167</v>
+        <v>165</v>
       </c>
       <c r="D14" t="s">
-        <v>878</v>
+        <v>876</v>
       </c>
     </row>
     <row r="15" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B15" t="s">
-        <v>879</v>
+        <v>877</v>
       </c>
       <c r="C15" t="s">
-        <v>170</v>
+        <v>168</v>
       </c>
       <c r="D15" t="s">
-        <v>880</v>
+        <v>878</v>
       </c>
     </row>
     <row r="16" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B16" t="s">
-        <v>881</v>
+        <v>879</v>
       </c>
       <c r="C16" t="s">
-        <v>173</v>
+        <v>171</v>
       </c>
       <c r="D16" t="s">
-        <v>882</v>
+        <v>880</v>
       </c>
     </row>
     <row r="17" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B17" t="s">
-        <v>883</v>
+        <v>881</v>
       </c>
       <c r="C17" t="s">
-        <v>178</v>
+        <v>176</v>
       </c>
       <c r="D17" t="s">
-        <v>884</v>
+        <v>882</v>
       </c>
     </row>
     <row r="18" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B18" t="s">
-        <v>885</v>
+        <v>883</v>
       </c>
       <c r="C18" t="s">
-        <v>181</v>
+        <v>179</v>
       </c>
       <c r="D18" t="s">
-        <v>886</v>
+        <v>884</v>
       </c>
     </row>
     <row r="19" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B19" t="s">
-        <v>887</v>
+        <v>885</v>
       </c>
       <c r="C19" t="s">
-        <v>184</v>
+        <v>182</v>
       </c>
       <c r="D19" t="s">
-        <v>888</v>
+        <v>886</v>
       </c>
     </row>
     <row r="20" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B20" t="s">
-        <v>889</v>
+        <v>887</v>
       </c>
       <c r="C20" t="s">
-        <v>187</v>
+        <v>185</v>
       </c>
       <c r="D20" t="s">
-        <v>890</v>
+        <v>888</v>
       </c>
     </row>
     <row r="21" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B21" t="s">
-        <v>891</v>
+        <v>889</v>
       </c>
       <c r="C21" t="s">
-        <v>190</v>
+        <v>188</v>
       </c>
       <c r="D21" t="s">
-        <v>892</v>
+        <v>890</v>
       </c>
     </row>
     <row r="22" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B22" t="s">
-        <v>893</v>
+        <v>891</v>
       </c>
       <c r="C22" t="s">
-        <v>193</v>
+        <v>191</v>
       </c>
       <c r="D22" t="s">
-        <v>894</v>
+        <v>892</v>
       </c>
     </row>
     <row r="23" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B23" t="s">
-        <v>895</v>
+        <v>893</v>
       </c>
       <c r="C23" t="s">
-        <v>196</v>
+        <v>194</v>
       </c>
       <c r="D23" t="s">
-        <v>896</v>
+        <v>894</v>
       </c>
     </row>
     <row r="24" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B24" t="s">
-        <v>897</v>
+        <v>895</v>
       </c>
       <c r="C24" t="s">
-        <v>199</v>
+        <v>197</v>
       </c>
       <c r="D24" t="s">
-        <v>898</v>
+        <v>896</v>
       </c>
     </row>
     <row r="25" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B25" t="s">
-        <v>899</v>
+        <v>897</v>
       </c>
       <c r="C25" t="s">
-        <v>202</v>
+        <v>200</v>
       </c>
       <c r="D25" t="s">
-        <v>900</v>
+        <v>898</v>
       </c>
     </row>
     <row r="26" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B26" t="s">
-        <v>901</v>
+        <v>899</v>
       </c>
       <c r="C26" t="s">
-        <v>205</v>
+        <v>203</v>
       </c>
       <c r="D26" t="s">
-        <v>902</v>
+        <v>900</v>
       </c>
     </row>
     <row r="27" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B27" t="s">
-        <v>903</v>
+        <v>901</v>
       </c>
       <c r="C27" t="s">
-        <v>208</v>
+        <v>206</v>
       </c>
       <c r="D27" t="s">
-        <v>904</v>
+        <v>902</v>
       </c>
     </row>
     <row r="28" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B28" t="s">
-        <v>905</v>
+        <v>903</v>
       </c>
       <c r="C28" t="s">
-        <v>378</v>
+        <v>376</v>
       </c>
       <c r="D28" t="s">
-        <v>906</v>
+        <v>904</v>
       </c>
     </row>
     <row r="29" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B29" t="s">
-        <v>907</v>
+        <v>905</v>
       </c>
       <c r="C29" t="s">
-        <v>601</v>
+        <v>599</v>
       </c>
       <c r="D29" t="s">
-        <v>908</v>
+        <v>906</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet15.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0F00-000000000000}">
   <dimension ref="A1:D24"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>131</v>
+        <v>129</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>132</v>
+        <v>130</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>133</v>
+        <v>131</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
         <v>42</v>
       </c>
       <c r="B2" t="s">
         <v>43</v>
       </c>
       <c r="D2" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="3" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
-        <v>909</v>
+        <v>907</v>
       </c>
       <c r="B3" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
       <c r="D3" t="s">
-        <v>910</v>
+        <v>908</v>
       </c>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B4" t="s">
-        <v>911</v>
+        <v>909</v>
       </c>
       <c r="D4" t="s">
-        <v>912</v>
+        <v>910</v>
       </c>
     </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B5" t="s">
+        <v>909</v>
+      </c>
+      <c r="D5" t="s">
         <v>911</v>
-      </c>
-[...1 lines deleted...]
-        <v>913</v>
       </c>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B6" t="s">
-        <v>914</v>
+        <v>912</v>
       </c>
       <c r="D6" t="s">
-        <v>915</v>
+        <v>913</v>
       </c>
     </row>
     <row r="7" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B7" t="s">
-        <v>142</v>
+        <v>140</v>
       </c>
       <c r="D7" t="s">
-        <v>916</v>
+        <v>914</v>
       </c>
     </row>
     <row r="8" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B8" t="s">
-        <v>466</v>
+        <v>464</v>
       </c>
       <c r="D8" t="s">
-        <v>917</v>
+        <v>915</v>
       </c>
     </row>
     <row r="9" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B9" t="s">
-        <v>388</v>
+        <v>386</v>
       </c>
       <c r="D9" t="s">
-        <v>918</v>
+        <v>916</v>
       </c>
     </row>
     <row r="10" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B10" t="s">
-        <v>140</v>
+        <v>138</v>
       </c>
       <c r="D10" t="s">
-        <v>919</v>
+        <v>917</v>
       </c>
     </row>
     <row r="11" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B11" t="s">
-        <v>142</v>
+        <v>140</v>
       </c>
       <c r="D11" t="s">
-        <v>920</v>
+        <v>918</v>
       </c>
     </row>
     <row r="12" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B12" t="s">
-        <v>144</v>
+        <v>142</v>
       </c>
       <c r="D12" t="s">
-        <v>921</v>
+        <v>919</v>
       </c>
     </row>
     <row r="13" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B13" t="s">
-        <v>467</v>
+        <v>465</v>
       </c>
       <c r="D13" t="s">
-        <v>922</v>
+        <v>920</v>
       </c>
     </row>
     <row r="14" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B14" t="s">
-        <v>144</v>
+        <v>142</v>
       </c>
       <c r="D14" t="s">
-        <v>923</v>
+        <v>921</v>
       </c>
     </row>
     <row r="15" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B15" t="s">
-        <v>924</v>
+        <v>922</v>
       </c>
       <c r="D15" t="s">
-        <v>925</v>
+        <v>923</v>
       </c>
     </row>
     <row r="16" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B16" t="s">
-        <v>926</v>
+        <v>924</v>
       </c>
       <c r="C16" t="s">
-        <v>149</v>
+        <v>147</v>
       </c>
       <c r="D16" t="s">
-        <v>927</v>
+        <v>925</v>
       </c>
     </row>
     <row r="17" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B17" t="s">
-        <v>928</v>
+        <v>926</v>
       </c>
       <c r="C17" t="s">
-        <v>152</v>
+        <v>150</v>
       </c>
       <c r="D17" t="s">
-        <v>929</v>
+        <v>927</v>
       </c>
     </row>
     <row r="18" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B18" t="s">
-        <v>930</v>
+        <v>928</v>
       </c>
       <c r="C18" t="s">
-        <v>155</v>
+        <v>153</v>
       </c>
       <c r="D18" t="s">
-        <v>931</v>
+        <v>929</v>
       </c>
     </row>
     <row r="19" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B19" t="s">
-        <v>932</v>
+        <v>930</v>
       </c>
       <c r="C19" t="s">
-        <v>158</v>
+        <v>156</v>
       </c>
       <c r="D19" t="s">
-        <v>933</v>
+        <v>931</v>
       </c>
     </row>
     <row r="20" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B20" t="s">
-        <v>934</v>
+        <v>932</v>
       </c>
       <c r="C20" t="s">
-        <v>161</v>
+        <v>159</v>
       </c>
       <c r="D20" t="s">
-        <v>935</v>
+        <v>933</v>
       </c>
     </row>
     <row r="21" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B21" t="s">
-        <v>936</v>
+        <v>934</v>
       </c>
       <c r="C21" t="s">
-        <v>164</v>
+        <v>162</v>
       </c>
       <c r="D21" t="s">
-        <v>937</v>
+        <v>935</v>
       </c>
     </row>
     <row r="22" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B22" t="s">
-        <v>938</v>
+        <v>936</v>
       </c>
       <c r="C22" t="s">
-        <v>167</v>
+        <v>165</v>
       </c>
       <c r="D22" t="s">
-        <v>939</v>
+        <v>937</v>
       </c>
     </row>
     <row r="23" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B23" t="s">
-        <v>940</v>
+        <v>938</v>
       </c>
       <c r="C23" t="s">
-        <v>170</v>
+        <v>168</v>
       </c>
       <c r="D23" t="s">
-        <v>941</v>
+        <v>939</v>
       </c>
     </row>
     <row r="24" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B24" t="s">
-        <v>942</v>
+        <v>940</v>
       </c>
       <c r="C24" t="s">
-        <v>173</v>
+        <v>171</v>
       </c>
       <c r="D24" t="s">
-        <v>943</v>
+        <v>941</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet16.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1000-000000000000}">
   <dimension ref="A1:D23"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>131</v>
+        <v>129</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>132</v>
+        <v>130</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>133</v>
+        <v>131</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
         <v>45</v>
       </c>
       <c r="B2" t="s">
         <v>46</v>
       </c>
       <c r="D2" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="3" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B3" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
       <c r="D3" t="s">
-        <v>944</v>
+        <v>942</v>
       </c>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B4" t="s">
-        <v>945</v>
+        <v>943</v>
       </c>
       <c r="D4" t="s">
-        <v>946</v>
+        <v>944</v>
       </c>
     </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B5" t="s">
+        <v>943</v>
+      </c>
+      <c r="D5" t="s">
         <v>945</v>
-      </c>
-[...1 lines deleted...]
-        <v>947</v>
       </c>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B6" t="s">
-        <v>945</v>
+        <v>943</v>
       </c>
       <c r="D6" t="s">
-        <v>948</v>
+        <v>946</v>
       </c>
     </row>
     <row r="7" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B7" t="s">
-        <v>914</v>
+        <v>912</v>
       </c>
       <c r="D7" t="s">
-        <v>949</v>
+        <v>947</v>
       </c>
     </row>
     <row r="8" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B8" t="s">
-        <v>466</v>
+        <v>464</v>
       </c>
       <c r="D8" t="s">
-        <v>950</v>
+        <v>948</v>
       </c>
     </row>
     <row r="9" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B9" t="s">
-        <v>142</v>
+        <v>140</v>
       </c>
       <c r="D9" t="s">
-        <v>951</v>
+        <v>949</v>
       </c>
     </row>
     <row r="10" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B10" t="s">
-        <v>388</v>
+        <v>386</v>
       </c>
       <c r="D10" t="s">
-        <v>952</v>
+        <v>950</v>
       </c>
     </row>
     <row r="11" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B11" t="s">
-        <v>140</v>
+        <v>138</v>
       </c>
       <c r="D11" t="s">
-        <v>953</v>
+        <v>951</v>
       </c>
     </row>
     <row r="12" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B12" t="s">
-        <v>142</v>
+        <v>140</v>
       </c>
       <c r="D12" t="s">
-        <v>954</v>
+        <v>952</v>
       </c>
     </row>
     <row r="13" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B13" t="s">
-        <v>144</v>
+        <v>142</v>
       </c>
       <c r="D13" t="s">
-        <v>955</v>
+        <v>953</v>
       </c>
     </row>
     <row r="14" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B14" t="s">
-        <v>144</v>
+        <v>142</v>
       </c>
       <c r="D14" t="s">
-        <v>956</v>
+        <v>954</v>
       </c>
     </row>
     <row r="15" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B15" t="s">
-        <v>142</v>
+        <v>140</v>
       </c>
       <c r="D15" t="s">
-        <v>957</v>
+        <v>955</v>
       </c>
     </row>
     <row r="16" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B16" t="s">
-        <v>699</v>
+        <v>697</v>
       </c>
       <c r="D16" t="s">
-        <v>958</v>
+        <v>956</v>
       </c>
     </row>
     <row r="17" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B17" t="s">
-        <v>691</v>
+        <v>689</v>
       </c>
       <c r="C17" t="s">
-        <v>149</v>
+        <v>147</v>
       </c>
       <c r="D17" t="s">
-        <v>959</v>
+        <v>957</v>
       </c>
     </row>
     <row r="18" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B18" t="s">
-        <v>821</v>
+        <v>819</v>
       </c>
       <c r="C18" t="s">
-        <v>152</v>
+        <v>150</v>
       </c>
       <c r="D18" t="s">
-        <v>960</v>
+        <v>958</v>
       </c>
     </row>
     <row r="19" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B19" t="s">
-        <v>686</v>
+        <v>684</v>
       </c>
       <c r="C19" t="s">
-        <v>155</v>
+        <v>153</v>
       </c>
       <c r="D19" t="s">
-        <v>961</v>
+        <v>959</v>
       </c>
     </row>
     <row r="20" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B20" t="s">
-        <v>485</v>
+        <v>483</v>
       </c>
       <c r="C20" t="s">
-        <v>158</v>
+        <v>156</v>
       </c>
       <c r="D20" t="s">
-        <v>962</v>
+        <v>960</v>
       </c>
     </row>
     <row r="21" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B21" t="s">
-        <v>963</v>
+        <v>961</v>
       </c>
       <c r="C21" t="s">
-        <v>161</v>
+        <v>159</v>
       </c>
       <c r="D21" t="s">
-        <v>964</v>
+        <v>962</v>
       </c>
     </row>
     <row r="22" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B22" t="s">
-        <v>823</v>
+        <v>821</v>
       </c>
       <c r="C22" t="s">
-        <v>164</v>
+        <v>162</v>
       </c>
       <c r="D22" t="s">
-        <v>965</v>
+        <v>963</v>
       </c>
     </row>
     <row r="23" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B23" t="s">
-        <v>966</v>
+        <v>964</v>
       </c>
       <c r="C23" t="s">
-        <v>167</v>
+        <v>165</v>
       </c>
       <c r="D23" t="s">
-        <v>967</v>
+        <v>965</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet17.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1100-000000000000}">
   <dimension ref="A1:D35"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>131</v>
+        <v>129</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>132</v>
+        <v>130</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>133</v>
+        <v>131</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
         <v>48</v>
       </c>
       <c r="B2" t="s">
         <v>49</v>
       </c>
       <c r="D2" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="3" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
-        <v>968</v>
+        <v>966</v>
       </c>
       <c r="B3" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
       <c r="D3" t="s">
-        <v>969</v>
+        <v>967</v>
       </c>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B4" t="s">
-        <v>466</v>
+        <v>464</v>
       </c>
       <c r="D4" t="s">
-        <v>970</v>
+        <v>968</v>
       </c>
     </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B5" t="s">
-        <v>140</v>
+        <v>138</v>
       </c>
       <c r="D5" t="s">
-        <v>971</v>
+        <v>969</v>
       </c>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B6" t="s">
-        <v>142</v>
+        <v>140</v>
       </c>
       <c r="D6" t="s">
-        <v>972</v>
+        <v>970</v>
       </c>
     </row>
     <row r="7" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B7" t="s">
-        <v>144</v>
+        <v>142</v>
       </c>
       <c r="D7" t="s">
-        <v>973</v>
+        <v>971</v>
       </c>
     </row>
     <row r="8" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B8" t="s">
-        <v>974</v>
+        <v>972</v>
       </c>
       <c r="D8" t="s">
-        <v>975</v>
+        <v>973</v>
       </c>
     </row>
     <row r="9" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B9" t="s">
-        <v>976</v>
+        <v>974</v>
       </c>
       <c r="D9" t="s">
-        <v>977</v>
+        <v>975</v>
       </c>
     </row>
     <row r="10" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B10" t="s">
-        <v>978</v>
+        <v>976</v>
       </c>
       <c r="D10" t="s">
-        <v>979</v>
+        <v>977</v>
       </c>
     </row>
     <row r="11" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B11" t="s">
-        <v>980</v>
+        <v>978</v>
       </c>
       <c r="C11" t="s">
-        <v>393</v>
+        <v>391</v>
       </c>
       <c r="D11" t="s">
-        <v>981</v>
+        <v>979</v>
       </c>
     </row>
     <row r="12" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B12" t="s">
-        <v>982</v>
+        <v>980</v>
       </c>
       <c r="C12" t="s">
-        <v>398</v>
+        <v>396</v>
       </c>
       <c r="D12" t="s">
-        <v>983</v>
+        <v>981</v>
       </c>
     </row>
     <row r="13" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B13" t="s">
-        <v>984</v>
+        <v>982</v>
       </c>
       <c r="D13" t="s">
-        <v>985</v>
+        <v>983</v>
       </c>
     </row>
     <row r="14" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B14" t="s">
-        <v>986</v>
+        <v>984</v>
       </c>
       <c r="C14" t="s">
-        <v>401</v>
+        <v>399</v>
       </c>
       <c r="D14" t="s">
-        <v>987</v>
+        <v>985</v>
       </c>
     </row>
     <row r="15" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B15" t="s">
-        <v>408</v>
+        <v>406</v>
       </c>
       <c r="C15" t="s">
-        <v>406</v>
+        <v>404</v>
       </c>
       <c r="D15" t="s">
-        <v>988</v>
+        <v>986</v>
       </c>
     </row>
     <row r="16" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B16" t="s">
-        <v>989</v>
+        <v>987</v>
       </c>
       <c r="C16" t="s">
-        <v>409</v>
+        <v>407</v>
       </c>
       <c r="D16" t="s">
-        <v>990</v>
+        <v>988</v>
       </c>
     </row>
     <row r="17" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B17" t="s">
-        <v>991</v>
+        <v>989</v>
       </c>
       <c r="C17" t="s">
-        <v>412</v>
+        <v>410</v>
       </c>
       <c r="D17" t="s">
-        <v>992</v>
+        <v>990</v>
       </c>
     </row>
     <row r="18" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B18" t="s">
-        <v>420</v>
+        <v>418</v>
       </c>
       <c r="C18" t="s">
-        <v>415</v>
+        <v>413</v>
       </c>
       <c r="D18" t="s">
-        <v>993</v>
+        <v>991</v>
       </c>
     </row>
     <row r="19" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B19" t="s">
-        <v>994</v>
+        <v>992</v>
       </c>
       <c r="C19" t="s">
-        <v>418</v>
+        <v>416</v>
       </c>
       <c r="D19" t="s">
-        <v>995</v>
+        <v>993</v>
       </c>
     </row>
     <row r="20" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B20" t="s">
-        <v>996</v>
+        <v>994</v>
       </c>
       <c r="D20" t="s">
-        <v>997</v>
+        <v>995</v>
       </c>
     </row>
     <row r="21" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B21" t="s">
-        <v>425</v>
+        <v>423</v>
       </c>
       <c r="C21" t="s">
-        <v>421</v>
+        <v>419</v>
       </c>
       <c r="D21" t="s">
-        <v>998</v>
+        <v>996</v>
       </c>
     </row>
     <row r="22" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B22" t="s">
-        <v>999</v>
+        <v>997</v>
       </c>
       <c r="C22" t="s">
-        <v>426</v>
+        <v>424</v>
       </c>
       <c r="D22" t="s">
-        <v>1000</v>
+        <v>998</v>
       </c>
     </row>
     <row r="23" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B23" t="s">
-        <v>446</v>
+        <v>444</v>
       </c>
       <c r="C23" t="s">
-        <v>429</v>
+        <v>427</v>
       </c>
       <c r="D23" t="s">
-        <v>1001</v>
+        <v>999</v>
       </c>
     </row>
     <row r="24" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B24" t="s">
-        <v>449</v>
+        <v>447</v>
       </c>
       <c r="C24" t="s">
-        <v>432</v>
+        <v>430</v>
       </c>
       <c r="D24" t="s">
-        <v>1002</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="25" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B25" t="s">
-        <v>431</v>
+        <v>429</v>
       </c>
       <c r="C25" t="s">
-        <v>435</v>
+        <v>433</v>
       </c>
       <c r="D25" t="s">
-        <v>1003</v>
+        <v>1001</v>
       </c>
     </row>
     <row r="26" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B26" t="s">
-        <v>1004</v>
+        <v>1002</v>
       </c>
       <c r="C26" t="s">
-        <v>438</v>
+        <v>436</v>
       </c>
       <c r="D26" t="s">
-        <v>1005</v>
+        <v>1003</v>
       </c>
     </row>
     <row r="27" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B27" t="s">
-        <v>1006</v>
+        <v>1004</v>
       </c>
       <c r="C27" t="s">
-        <v>441</v>
+        <v>439</v>
       </c>
       <c r="D27" t="s">
-        <v>1007</v>
+        <v>1005</v>
       </c>
     </row>
     <row r="28" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B28" t="s">
-        <v>1008</v>
+        <v>1006</v>
       </c>
       <c r="C28" t="s">
-        <v>444</v>
+        <v>442</v>
       </c>
       <c r="D28" t="s">
-        <v>1009</v>
+        <v>1007</v>
       </c>
     </row>
     <row r="29" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B29" t="s">
-        <v>452</v>
+        <v>450</v>
       </c>
       <c r="C29" t="s">
-        <v>447</v>
+        <v>445</v>
       </c>
       <c r="D29" t="s">
-        <v>1010</v>
+        <v>1008</v>
       </c>
     </row>
     <row r="30" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B30" t="s">
-        <v>455</v>
+        <v>453</v>
       </c>
       <c r="C30" t="s">
-        <v>450</v>
+        <v>448</v>
       </c>
       <c r="D30" t="s">
-        <v>1011</v>
+        <v>1009</v>
       </c>
     </row>
     <row r="31" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B31" t="s">
-        <v>458</v>
+        <v>456</v>
       </c>
       <c r="C31" t="s">
-        <v>453</v>
+        <v>451</v>
       </c>
       <c r="D31" t="s">
-        <v>1012</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="32" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B32" t="s">
-        <v>1013</v>
+        <v>1011</v>
       </c>
       <c r="C32" t="s">
-        <v>456</v>
+        <v>454</v>
       </c>
       <c r="D32" t="s">
-        <v>1014</v>
+        <v>1012</v>
       </c>
     </row>
     <row r="33" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B33" t="s">
-        <v>1015</v>
+        <v>1013</v>
       </c>
       <c r="C33" t="s">
-        <v>459</v>
+        <v>457</v>
       </c>
       <c r="D33" t="s">
-        <v>1016</v>
+        <v>1014</v>
       </c>
     </row>
     <row r="34" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B34" t="s">
-        <v>1017</v>
+        <v>1015</v>
       </c>
       <c r="C34" t="s">
-        <v>378</v>
+        <v>376</v>
       </c>
       <c r="D34" t="s">
-        <v>1018</v>
+        <v>1016</v>
       </c>
     </row>
     <row r="35" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B35" t="s">
-        <v>1019</v>
+        <v>1017</v>
       </c>
       <c r="C35" t="s">
-        <v>601</v>
+        <v>599</v>
       </c>
       <c r="D35" t="s">
-        <v>1020</v>
+        <v>1018</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet18.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1200-000000000000}">
   <dimension ref="A1:D32"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>131</v>
+        <v>129</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>132</v>
+        <v>130</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>133</v>
+        <v>131</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
         <v>51</v>
       </c>
       <c r="B2" t="s">
         <v>52</v>
       </c>
       <c r="D2" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="3" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B3" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
       <c r="D3" t="s">
-        <v>1021</v>
+        <v>1019</v>
       </c>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B4" t="s">
-        <v>1022</v>
+        <v>1020</v>
       </c>
       <c r="D4" t="s">
-        <v>1023</v>
+        <v>1021</v>
       </c>
     </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B5" t="s">
-        <v>466</v>
+        <v>464</v>
       </c>
       <c r="D5" t="s">
-        <v>1024</v>
+        <v>1022</v>
       </c>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B6" t="s">
-        <v>1025</v>
+        <v>1023</v>
       </c>
       <c r="D6" t="s">
-        <v>1026</v>
+        <v>1024</v>
       </c>
     </row>
     <row r="7" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B7" t="s">
-        <v>1027</v>
+        <v>1025</v>
       </c>
       <c r="D7" t="s">
-        <v>1028</v>
+        <v>1026</v>
       </c>
     </row>
     <row r="8" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B8" t="s">
-        <v>1029</v>
+        <v>1027</v>
       </c>
       <c r="C8" t="s">
-        <v>393</v>
+        <v>391</v>
       </c>
       <c r="D8" t="s">
-        <v>1030</v>
+        <v>1028</v>
       </c>
     </row>
     <row r="9" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B9" t="s">
-        <v>1031</v>
+        <v>1029</v>
       </c>
       <c r="C9" t="s">
-        <v>398</v>
+        <v>396</v>
       </c>
       <c r="D9" t="s">
-        <v>1032</v>
+        <v>1030</v>
       </c>
     </row>
     <row r="10" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B10" t="s">
-        <v>1033</v>
+        <v>1031</v>
       </c>
       <c r="C10" t="s">
-        <v>401</v>
+        <v>399</v>
       </c>
       <c r="D10" t="s">
-        <v>1034</v>
+        <v>1032</v>
       </c>
     </row>
     <row r="11" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B11" t="s">
-        <v>1035</v>
+        <v>1033</v>
       </c>
       <c r="C11" t="s">
-        <v>406</v>
+        <v>404</v>
       </c>
       <c r="D11" t="s">
-        <v>1036</v>
+        <v>1034</v>
       </c>
     </row>
     <row r="12" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B12" t="s">
-        <v>405</v>
+        <v>403</v>
       </c>
       <c r="C12" t="s">
-        <v>409</v>
+        <v>407</v>
       </c>
       <c r="D12" t="s">
-        <v>1037</v>
+        <v>1035</v>
       </c>
     </row>
     <row r="13" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B13" t="s">
-        <v>408</v>
+        <v>406</v>
       </c>
       <c r="C13" t="s">
-        <v>412</v>
+        <v>410</v>
       </c>
       <c r="D13" t="s">
-        <v>1038</v>
+        <v>1036</v>
       </c>
     </row>
     <row r="14" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B14" t="s">
-        <v>1039</v>
+        <v>1037</v>
       </c>
       <c r="C14" t="s">
-        <v>415</v>
+        <v>413</v>
       </c>
       <c r="D14" t="s">
-        <v>1040</v>
+        <v>1038</v>
       </c>
     </row>
     <row r="15" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B15" t="s">
-        <v>1041</v>
+        <v>1039</v>
       </c>
       <c r="C15" t="s">
-        <v>418</v>
+        <v>416</v>
       </c>
       <c r="D15" t="s">
-        <v>1042</v>
+        <v>1040</v>
       </c>
     </row>
     <row r="16" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B16" t="s">
-        <v>1043</v>
+        <v>1041</v>
       </c>
       <c r="C16" t="s">
-        <v>421</v>
+        <v>419</v>
       </c>
       <c r="D16" t="s">
-        <v>1044</v>
+        <v>1042</v>
       </c>
     </row>
     <row r="17" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B17" t="s">
-        <v>1045</v>
+        <v>1043</v>
       </c>
       <c r="C17" t="s">
-        <v>426</v>
+        <v>424</v>
       </c>
       <c r="D17" t="s">
-        <v>1046</v>
+        <v>1044</v>
       </c>
     </row>
     <row r="18" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B18" t="s">
-        <v>417</v>
+        <v>415</v>
       </c>
       <c r="C18" t="s">
-        <v>429</v>
+        <v>427</v>
       </c>
       <c r="D18" t="s">
-        <v>1047</v>
+        <v>1045</v>
       </c>
     </row>
     <row r="19" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B19" t="s">
-        <v>1048</v>
+        <v>1046</v>
       </c>
       <c r="C19" t="s">
-        <v>432</v>
+        <v>430</v>
       </c>
       <c r="D19" t="s">
-        <v>1049</v>
+        <v>1047</v>
       </c>
     </row>
     <row r="20" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B20" t="s">
-        <v>482</v>
+        <v>480</v>
       </c>
       <c r="C20" t="s">
-        <v>435</v>
+        <v>433</v>
       </c>
       <c r="D20" t="s">
-        <v>1050</v>
+        <v>1048</v>
       </c>
     </row>
     <row r="21" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B21" t="s">
-        <v>1051</v>
+        <v>1049</v>
       </c>
       <c r="C21" t="s">
-        <v>438</v>
+        <v>436</v>
       </c>
       <c r="D21" t="s">
-        <v>1052</v>
+        <v>1050</v>
       </c>
     </row>
     <row r="22" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B22" t="s">
-        <v>431</v>
+        <v>429</v>
       </c>
       <c r="C22" t="s">
-        <v>441</v>
+        <v>439</v>
       </c>
       <c r="D22" t="s">
-        <v>1053</v>
+        <v>1051</v>
       </c>
     </row>
     <row r="23" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B23" t="s">
-        <v>1054</v>
+        <v>1052</v>
       </c>
       <c r="C23" t="s">
-        <v>444</v>
+        <v>442</v>
       </c>
       <c r="D23" t="s">
-        <v>1055</v>
+        <v>1053</v>
       </c>
     </row>
     <row r="24" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B24" t="s">
-        <v>1056</v>
+        <v>1054</v>
       </c>
       <c r="C24" t="s">
-        <v>447</v>
+        <v>445</v>
       </c>
       <c r="D24" t="s">
-        <v>1057</v>
+        <v>1055</v>
       </c>
     </row>
     <row r="25" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B25" t="s">
-        <v>1058</v>
+        <v>1056</v>
       </c>
       <c r="C25" t="s">
-        <v>450</v>
+        <v>448</v>
       </c>
       <c r="D25" t="s">
-        <v>1059</v>
+        <v>1057</v>
       </c>
     </row>
     <row r="26" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B26" t="s">
-        <v>446</v>
+        <v>444</v>
       </c>
       <c r="C26" t="s">
-        <v>453</v>
+        <v>451</v>
       </c>
       <c r="D26" t="s">
-        <v>1060</v>
+        <v>1058</v>
       </c>
     </row>
     <row r="27" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B27" t="s">
-        <v>449</v>
+        <v>447</v>
       </c>
       <c r="C27" t="s">
-        <v>456</v>
+        <v>454</v>
       </c>
       <c r="D27" t="s">
-        <v>1061</v>
+        <v>1059</v>
       </c>
     </row>
     <row r="28" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B28" t="s">
-        <v>1062</v>
+        <v>1060</v>
       </c>
       <c r="C28" t="s">
-        <v>459</v>
+        <v>457</v>
       </c>
       <c r="D28" t="s">
-        <v>1063</v>
+        <v>1061</v>
       </c>
     </row>
     <row r="29" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B29" t="s">
-        <v>455</v>
+        <v>453</v>
       </c>
       <c r="C29" t="s">
-        <v>462</v>
+        <v>460</v>
       </c>
       <c r="D29" t="s">
-        <v>1064</v>
+        <v>1062</v>
       </c>
     </row>
     <row r="30" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B30" t="s">
-        <v>458</v>
+        <v>456</v>
       </c>
       <c r="C30" t="s">
-        <v>489</v>
+        <v>487</v>
       </c>
       <c r="D30" t="s">
-        <v>1065</v>
+        <v>1063</v>
       </c>
     </row>
     <row r="31" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B31" t="s">
-        <v>1013</v>
+        <v>1011</v>
       </c>
       <c r="C31" t="s">
-        <v>491</v>
+        <v>489</v>
       </c>
       <c r="D31" t="s">
-        <v>1066</v>
+        <v>1064</v>
       </c>
     </row>
     <row r="32" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B32" t="s">
-        <v>1015</v>
+        <v>1013</v>
       </c>
       <c r="C32" t="s">
-        <v>492</v>
+        <v>490</v>
       </c>
       <c r="D32" t="s">
-        <v>1067</v>
+        <v>1065</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet19.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1300-000000000000}">
   <dimension ref="A1:D54"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>131</v>
+        <v>129</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>132</v>
+        <v>130</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>133</v>
+        <v>131</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
         <v>54</v>
       </c>
       <c r="B2" t="s">
         <v>55</v>
       </c>
       <c r="D2" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="3" spans="1:4" ht="25" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
+        <v>1066</v>
+      </c>
+      <c r="B3" s="3" t="s">
+        <v>622</v>
+      </c>
+      <c r="D3" t="s">
         <v>1068</v>
-      </c>
-[...4 lines deleted...]
-        <v>1070</v>
       </c>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A4" t="s">
+        <v>1067</v>
+      </c>
+      <c r="B4" t="s">
+        <v>464</v>
+      </c>
+      <c r="D4" t="s">
         <v>1069</v>
-      </c>
-[...4 lines deleted...]
-        <v>1071</v>
       </c>
     </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B5" t="s">
-        <v>1072</v>
+        <v>1070</v>
       </c>
       <c r="D5" t="s">
-        <v>1073</v>
+        <v>1071</v>
       </c>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B6" t="s">
-        <v>140</v>
+        <v>138</v>
       </c>
       <c r="D6" t="s">
-        <v>1074</v>
+        <v>1072</v>
       </c>
     </row>
     <row r="7" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B7" t="s">
-        <v>131</v>
+        <v>129</v>
       </c>
       <c r="D7" t="s">
-        <v>1075</v>
+        <v>1073</v>
       </c>
     </row>
     <row r="8" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B8" t="s">
-        <v>142</v>
+        <v>140</v>
       </c>
       <c r="D8" t="s">
-        <v>1076</v>
+        <v>1074</v>
       </c>
     </row>
     <row r="9" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B9" t="s">
-        <v>1077</v>
+        <v>1075</v>
       </c>
       <c r="D9" t="s">
-        <v>1078</v>
+        <v>1076</v>
       </c>
     </row>
     <row r="10" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B10" t="s">
-        <v>699</v>
+        <v>697</v>
       </c>
       <c r="C10" t="s">
-        <v>393</v>
+        <v>391</v>
       </c>
       <c r="D10" t="s">
-        <v>1079</v>
+        <v>1077</v>
       </c>
     </row>
     <row r="11" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B11" t="s">
-        <v>1080</v>
+        <v>1078</v>
       </c>
       <c r="D11" t="s">
-        <v>1081</v>
+        <v>1079</v>
       </c>
     </row>
     <row r="12" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B12" t="s">
-        <v>1082</v>
+        <v>1080</v>
       </c>
       <c r="C12" t="s">
-        <v>398</v>
+        <v>396</v>
       </c>
       <c r="D12" t="s">
-        <v>1083</v>
+        <v>1081</v>
       </c>
     </row>
     <row r="13" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B13" t="s">
-        <v>1084</v>
+        <v>1082</v>
       </c>
       <c r="C13" t="s">
-        <v>401</v>
+        <v>399</v>
       </c>
       <c r="D13" t="s">
-        <v>1085</v>
+        <v>1083</v>
       </c>
     </row>
     <row r="14" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B14" t="s">
-        <v>1086</v>
+        <v>1084</v>
       </c>
       <c r="C14" t="s">
-        <v>406</v>
+        <v>404</v>
       </c>
       <c r="D14" t="s">
-        <v>1087</v>
+        <v>1085</v>
       </c>
     </row>
     <row r="15" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B15" t="s">
-        <v>1088</v>
+        <v>1086</v>
       </c>
       <c r="C15" t="s">
-        <v>409</v>
+        <v>407</v>
       </c>
       <c r="D15" t="s">
-        <v>1089</v>
+        <v>1087</v>
       </c>
     </row>
     <row r="16" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B16" t="s">
-        <v>1090</v>
+        <v>1088</v>
       </c>
       <c r="C16" t="s">
-        <v>412</v>
+        <v>410</v>
       </c>
       <c r="D16" t="s">
-        <v>1091</v>
+        <v>1089</v>
       </c>
     </row>
     <row r="17" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B17" t="s">
-        <v>1092</v>
+        <v>1090</v>
       </c>
       <c r="C17" t="s">
-        <v>415</v>
+        <v>413</v>
       </c>
       <c r="D17" t="s">
-        <v>1093</v>
+        <v>1091</v>
       </c>
     </row>
     <row r="18" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B18" t="s">
-        <v>1094</v>
+        <v>1092</v>
       </c>
       <c r="C18" t="s">
-        <v>418</v>
+        <v>416</v>
       </c>
       <c r="D18" t="s">
-        <v>1095</v>
+        <v>1093</v>
       </c>
     </row>
     <row r="19" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B19" t="s">
-        <v>1096</v>
+        <v>1094</v>
       </c>
       <c r="C19" t="s">
-        <v>421</v>
+        <v>419</v>
       </c>
       <c r="D19" t="s">
-        <v>1097</v>
+        <v>1095</v>
       </c>
     </row>
     <row r="20" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B20" t="s">
-        <v>1098</v>
+        <v>1096</v>
       </c>
       <c r="D20" t="s">
-        <v>1099</v>
+        <v>1097</v>
       </c>
     </row>
     <row r="21" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B21" t="s">
-        <v>1100</v>
+        <v>1098</v>
       </c>
       <c r="C21" t="s">
-        <v>426</v>
+        <v>424</v>
       </c>
       <c r="D21" t="s">
-        <v>1101</v>
+        <v>1099</v>
       </c>
     </row>
     <row r="22" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B22" t="s">
-        <v>1102</v>
+        <v>1100</v>
       </c>
       <c r="C22" t="s">
-        <v>429</v>
+        <v>427</v>
       </c>
       <c r="D22" t="s">
-        <v>1103</v>
+        <v>1101</v>
       </c>
     </row>
     <row r="23" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B23" t="s">
-        <v>1104</v>
+        <v>1102</v>
       </c>
       <c r="C23" t="s">
-        <v>432</v>
+        <v>430</v>
       </c>
       <c r="D23" t="s">
-        <v>1105</v>
+        <v>1103</v>
       </c>
     </row>
     <row r="24" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B24" t="s">
-        <v>1106</v>
+        <v>1104</v>
       </c>
       <c r="C24" t="s">
-        <v>435</v>
+        <v>433</v>
       </c>
       <c r="D24" t="s">
-        <v>1107</v>
+        <v>1105</v>
       </c>
     </row>
     <row r="25" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B25" t="s">
-        <v>1108</v>
+        <v>1106</v>
       </c>
       <c r="C25" t="s">
-        <v>438</v>
+        <v>436</v>
       </c>
       <c r="D25" t="s">
-        <v>1109</v>
+        <v>1107</v>
       </c>
     </row>
     <row r="26" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B26" t="s">
-        <v>1110</v>
+        <v>1108</v>
       </c>
       <c r="C26" t="s">
-        <v>441</v>
+        <v>439</v>
       </c>
       <c r="D26" t="s">
-        <v>1111</v>
+        <v>1109</v>
       </c>
     </row>
     <row r="27" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B27" t="s">
-        <v>1112</v>
+        <v>1110</v>
       </c>
       <c r="C27" t="s">
-        <v>444</v>
+        <v>442</v>
       </c>
       <c r="D27" t="s">
-        <v>1113</v>
+        <v>1111</v>
       </c>
     </row>
     <row r="28" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B28" t="s">
-        <v>1114</v>
+        <v>1112</v>
       </c>
       <c r="C28" t="s">
-        <v>447</v>
+        <v>445</v>
       </c>
       <c r="D28" t="s">
-        <v>1115</v>
+        <v>1113</v>
       </c>
     </row>
     <row r="29" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B29" t="s">
-        <v>1116</v>
+        <v>1114</v>
       </c>
       <c r="C29" t="s">
-        <v>450</v>
+        <v>448</v>
       </c>
       <c r="D29" t="s">
-        <v>1117</v>
+        <v>1115</v>
       </c>
     </row>
     <row r="30" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B30" t="s">
-        <v>1118</v>
+        <v>1116</v>
       </c>
       <c r="D30" t="s">
-        <v>1119</v>
+        <v>1117</v>
       </c>
     </row>
     <row r="31" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B31" t="s">
-        <v>1120</v>
+        <v>1118</v>
       </c>
       <c r="C31" t="s">
-        <v>453</v>
+        <v>451</v>
       </c>
       <c r="D31" t="s">
-        <v>1121</v>
+        <v>1119</v>
       </c>
     </row>
     <row r="32" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B32" t="s">
-        <v>1122</v>
+        <v>1120</v>
       </c>
       <c r="C32" t="s">
-        <v>456</v>
+        <v>454</v>
       </c>
       <c r="D32" t="s">
-        <v>1123</v>
+        <v>1121</v>
       </c>
     </row>
     <row r="33" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B33" t="s">
-        <v>1124</v>
+        <v>1122</v>
       </c>
       <c r="C33" t="s">
-        <v>459</v>
+        <v>457</v>
       </c>
       <c r="D33" t="s">
-        <v>1125</v>
+        <v>1123</v>
       </c>
     </row>
     <row r="34" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B34" t="s">
-        <v>446</v>
+        <v>444</v>
       </c>
       <c r="C34" t="s">
-        <v>462</v>
+        <v>460</v>
       </c>
       <c r="D34" t="s">
-        <v>1126</v>
+        <v>1124</v>
       </c>
     </row>
     <row r="35" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B35" t="s">
-        <v>1127</v>
+        <v>1125</v>
       </c>
       <c r="C35" t="s">
-        <v>489</v>
+        <v>487</v>
       </c>
       <c r="D35" t="s">
-        <v>1128</v>
+        <v>1126</v>
       </c>
     </row>
     <row r="36" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B36" t="s">
-        <v>1129</v>
+        <v>1127</v>
       </c>
       <c r="C36" t="s">
-        <v>491</v>
+        <v>489</v>
       </c>
       <c r="D36" t="s">
-        <v>1130</v>
+        <v>1128</v>
       </c>
     </row>
     <row r="37" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B37" t="s">
-        <v>1131</v>
+        <v>1129</v>
       </c>
       <c r="C37" t="s">
-        <v>492</v>
+        <v>490</v>
       </c>
       <c r="D37" t="s">
-        <v>1132</v>
+        <v>1130</v>
       </c>
     </row>
     <row r="38" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B38" t="s">
-        <v>1133</v>
+        <v>1131</v>
       </c>
       <c r="C38" t="s">
-        <v>493</v>
+        <v>491</v>
       </c>
       <c r="D38" t="s">
-        <v>1134</v>
+        <v>1132</v>
       </c>
     </row>
     <row r="39" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B39" t="s">
-        <v>449</v>
+        <v>447</v>
       </c>
       <c r="C39" t="s">
-        <v>494</v>
+        <v>492</v>
       </c>
       <c r="D39" t="s">
-        <v>1135</v>
+        <v>1133</v>
       </c>
     </row>
     <row r="40" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B40" t="s">
-        <v>1136</v>
+        <v>1134</v>
       </c>
       <c r="C40" t="s">
-        <v>803</v>
+        <v>801</v>
       </c>
       <c r="D40" t="s">
-        <v>1137</v>
+        <v>1135</v>
       </c>
     </row>
     <row r="41" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B41" t="s">
-        <v>772</v>
+        <v>770</v>
       </c>
       <c r="C41" t="s">
-        <v>1138</v>
+        <v>1136</v>
       </c>
       <c r="D41" t="s">
-        <v>1139</v>
+        <v>1137</v>
       </c>
     </row>
     <row r="42" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B42" t="s">
+        <v>1138</v>
+      </c>
+      <c r="C42" t="s">
+        <v>1139</v>
+      </c>
+      <c r="D42" t="s">
         <v>1140</v>
-      </c>
-[...4 lines deleted...]
-        <v>1142</v>
       </c>
     </row>
     <row r="43" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B43" t="s">
+        <v>1141</v>
+      </c>
+      <c r="C43" t="s">
+        <v>1142</v>
+      </c>
+      <c r="D43" t="s">
         <v>1143</v>
-      </c>
-[...4 lines deleted...]
-        <v>1145</v>
       </c>
     </row>
     <row r="44" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B44" t="s">
+        <v>1144</v>
+      </c>
+      <c r="C44" t="s">
+        <v>1145</v>
+      </c>
+      <c r="D44" t="s">
         <v>1146</v>
-      </c>
-[...4 lines deleted...]
-        <v>1148</v>
       </c>
     </row>
     <row r="45" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B45" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="D45" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
     </row>
     <row r="46" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B46" t="s">
+        <v>1149</v>
+      </c>
+      <c r="C46" t="s">
+        <v>1150</v>
+      </c>
+      <c r="D46" t="s">
         <v>1151</v>
-      </c>
-[...4 lines deleted...]
-        <v>1153</v>
       </c>
     </row>
     <row r="47" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B47" t="s">
+        <v>1152</v>
+      </c>
+      <c r="C47" t="s">
+        <v>1153</v>
+      </c>
+      <c r="D47" t="s">
         <v>1154</v>
-      </c>
-[...4 lines deleted...]
-        <v>1156</v>
       </c>
     </row>
     <row r="48" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B48" t="s">
+        <v>1155</v>
+      </c>
+      <c r="C48" t="s">
+        <v>1156</v>
+      </c>
+      <c r="D48" t="s">
         <v>1157</v>
-      </c>
-[...4 lines deleted...]
-        <v>1159</v>
       </c>
     </row>
     <row r="49" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B49" t="s">
+        <v>1158</v>
+      </c>
+      <c r="C49" t="s">
+        <v>1159</v>
+      </c>
+      <c r="D49" t="s">
         <v>1160</v>
-      </c>
-[...4 lines deleted...]
-        <v>1162</v>
       </c>
     </row>
     <row r="50" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B50" t="s">
+        <v>1161</v>
+      </c>
+      <c r="C50" t="s">
+        <v>1162</v>
+      </c>
+      <c r="D50" t="s">
         <v>1163</v>
-      </c>
-[...4 lines deleted...]
-        <v>1165</v>
       </c>
     </row>
     <row r="51" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B51" t="s">
-        <v>1166</v>
+        <v>1164</v>
       </c>
       <c r="D51" t="s">
-        <v>1167</v>
+        <v>1165</v>
       </c>
     </row>
     <row r="52" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B52" t="s">
+        <v>1166</v>
+      </c>
+      <c r="C52" t="s">
+        <v>1167</v>
+      </c>
+      <c r="D52" t="s">
         <v>1168</v>
-      </c>
-[...4 lines deleted...]
-        <v>1170</v>
       </c>
     </row>
     <row r="53" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B53" t="s">
-        <v>380</v>
+        <v>378</v>
       </c>
       <c r="D53" t="s">
-        <v>1171</v>
+        <v>1169</v>
       </c>
     </row>
     <row r="54" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B54" t="s">
-        <v>380</v>
+        <v>378</v>
       </c>
       <c r="D54" t="s">
-        <v>1172</v>
+        <v>1170</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <dimension ref="A1:D32"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>131</v>
+        <v>129</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>132</v>
+        <v>130</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>133</v>
+        <v>131</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
         <v>9</v>
       </c>
       <c r="B2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="3" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B3" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
       <c r="D3" t="s">
-        <v>383</v>
+        <v>381</v>
       </c>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B4" t="s">
-        <v>384</v>
+        <v>382</v>
       </c>
       <c r="D4" t="s">
-        <v>385</v>
+        <v>383</v>
       </c>
     </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B5" t="s">
-        <v>386</v>
+        <v>384</v>
       </c>
       <c r="D5" t="s">
-        <v>387</v>
+        <v>385</v>
       </c>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B6" t="s">
-        <v>388</v>
+        <v>386</v>
       </c>
       <c r="D6" t="s">
-        <v>389</v>
+        <v>387</v>
       </c>
     </row>
     <row r="7" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B7" t="s">
-        <v>390</v>
+        <v>388</v>
       </c>
       <c r="D7" t="s">
-        <v>391</v>
+        <v>389</v>
       </c>
     </row>
     <row r="8" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B8" t="s">
+        <v>390</v>
+      </c>
+      <c r="C8" t="s">
+        <v>391</v>
+      </c>
+      <c r="D8" t="s">
         <v>392</v>
-      </c>
-[...4 lines deleted...]
-        <v>394</v>
       </c>
     </row>
     <row r="9" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B9" t="s">
-        <v>395</v>
+        <v>393</v>
       </c>
       <c r="D9" t="s">
-        <v>396</v>
+        <v>394</v>
       </c>
     </row>
     <row r="10" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B10" t="s">
+        <v>395</v>
+      </c>
+      <c r="C10" t="s">
+        <v>396</v>
+      </c>
+      <c r="D10" t="s">
         <v>397</v>
-      </c>
-[...4 lines deleted...]
-        <v>399</v>
       </c>
     </row>
     <row r="11" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B11" t="s">
+        <v>398</v>
+      </c>
+      <c r="C11" t="s">
+        <v>399</v>
+      </c>
+      <c r="D11" t="s">
         <v>400</v>
-      </c>
-[...4 lines deleted...]
-        <v>402</v>
       </c>
     </row>
     <row r="12" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B12" t="s">
-        <v>403</v>
+        <v>401</v>
       </c>
       <c r="D12" t="s">
-        <v>404</v>
+        <v>402</v>
       </c>
     </row>
     <row r="13" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B13" t="s">
+        <v>403</v>
+      </c>
+      <c r="C13" t="s">
+        <v>404</v>
+      </c>
+      <c r="D13" t="s">
         <v>405</v>
-      </c>
-[...4 lines deleted...]
-        <v>407</v>
       </c>
     </row>
     <row r="14" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B14" t="s">
+        <v>406</v>
+      </c>
+      <c r="C14" t="s">
+        <v>407</v>
+      </c>
+      <c r="D14" t="s">
         <v>408</v>
-      </c>
-[...4 lines deleted...]
-        <v>410</v>
       </c>
     </row>
     <row r="15" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B15" t="s">
+        <v>409</v>
+      </c>
+      <c r="C15" t="s">
+        <v>410</v>
+      </c>
+      <c r="D15" t="s">
         <v>411</v>
-      </c>
-[...4 lines deleted...]
-        <v>413</v>
       </c>
     </row>
     <row r="16" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B16" t="s">
+        <v>412</v>
+      </c>
+      <c r="C16" t="s">
+        <v>413</v>
+      </c>
+      <c r="D16" t="s">
         <v>414</v>
-      </c>
-[...4 lines deleted...]
-        <v>416</v>
       </c>
     </row>
     <row r="17" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B17" t="s">
+        <v>415</v>
+      </c>
+      <c r="C17" t="s">
+        <v>416</v>
+      </c>
+      <c r="D17" t="s">
         <v>417</v>
-      </c>
-[...4 lines deleted...]
-        <v>419</v>
       </c>
     </row>
     <row r="18" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B18" t="s">
+        <v>418</v>
+      </c>
+      <c r="C18" t="s">
+        <v>419</v>
+      </c>
+      <c r="D18" t="s">
         <v>420</v>
-      </c>
-[...4 lines deleted...]
-        <v>422</v>
       </c>
     </row>
     <row r="19" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B19" t="s">
-        <v>423</v>
+        <v>421</v>
       </c>
       <c r="D19" t="s">
-        <v>424</v>
+        <v>422</v>
       </c>
     </row>
     <row r="20" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B20" t="s">
+        <v>423</v>
+      </c>
+      <c r="C20" t="s">
+        <v>424</v>
+      </c>
+      <c r="D20" t="s">
         <v>425</v>
-      </c>
-[...4 lines deleted...]
-        <v>427</v>
       </c>
     </row>
     <row r="21" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B21" t="s">
+        <v>426</v>
+      </c>
+      <c r="C21" t="s">
+        <v>427</v>
+      </c>
+      <c r="D21" t="s">
         <v>428</v>
-      </c>
-[...4 lines deleted...]
-        <v>430</v>
       </c>
     </row>
     <row r="22" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B22" t="s">
+        <v>429</v>
+      </c>
+      <c r="C22" t="s">
+        <v>430</v>
+      </c>
+      <c r="D22" t="s">
         <v>431</v>
-      </c>
-[...4 lines deleted...]
-        <v>433</v>
       </c>
     </row>
     <row r="23" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B23" t="s">
+        <v>432</v>
+      </c>
+      <c r="C23" t="s">
+        <v>433</v>
+      </c>
+      <c r="D23" t="s">
         <v>434</v>
-      </c>
-[...4 lines deleted...]
-        <v>436</v>
       </c>
     </row>
     <row r="24" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B24" t="s">
+        <v>435</v>
+      </c>
+      <c r="C24" t="s">
+        <v>436</v>
+      </c>
+      <c r="D24" t="s">
         <v>437</v>
-      </c>
-[...4 lines deleted...]
-        <v>439</v>
       </c>
     </row>
     <row r="25" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B25" t="s">
+        <v>438</v>
+      </c>
+      <c r="C25" t="s">
+        <v>439</v>
+      </c>
+      <c r="D25" t="s">
         <v>440</v>
-      </c>
-[...4 lines deleted...]
-        <v>442</v>
       </c>
     </row>
     <row r="26" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B26" t="s">
+        <v>441</v>
+      </c>
+      <c r="C26" t="s">
+        <v>442</v>
+      </c>
+      <c r="D26" t="s">
         <v>443</v>
-      </c>
-[...4 lines deleted...]
-        <v>445</v>
       </c>
     </row>
     <row r="27" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B27" t="s">
+        <v>444</v>
+      </c>
+      <c r="C27" t="s">
+        <v>445</v>
+      </c>
+      <c r="D27" t="s">
         <v>446</v>
-      </c>
-[...4 lines deleted...]
-        <v>448</v>
       </c>
     </row>
     <row r="28" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B28" t="s">
+        <v>447</v>
+      </c>
+      <c r="C28" t="s">
+        <v>448</v>
+      </c>
+      <c r="D28" t="s">
         <v>449</v>
-      </c>
-[...4 lines deleted...]
-        <v>451</v>
       </c>
     </row>
     <row r="29" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B29" t="s">
+        <v>450</v>
+      </c>
+      <c r="C29" t="s">
+        <v>451</v>
+      </c>
+      <c r="D29" t="s">
         <v>452</v>
-      </c>
-[...4 lines deleted...]
-        <v>454</v>
       </c>
     </row>
     <row r="30" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B30" t="s">
+        <v>453</v>
+      </c>
+      <c r="C30" t="s">
+        <v>454</v>
+      </c>
+      <c r="D30" t="s">
         <v>455</v>
-      </c>
-[...4 lines deleted...]
-        <v>457</v>
       </c>
     </row>
     <row r="31" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B31" t="s">
+        <v>456</v>
+      </c>
+      <c r="C31" t="s">
+        <v>457</v>
+      </c>
+      <c r="D31" t="s">
         <v>458</v>
-      </c>
-[...4 lines deleted...]
-        <v>460</v>
       </c>
     </row>
     <row r="32" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B32" t="s">
+        <v>459</v>
+      </c>
+      <c r="C32" t="s">
+        <v>460</v>
+      </c>
+      <c r="D32" t="s">
         <v>461</v>
-      </c>
-[...4 lines deleted...]
-        <v>463</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet20.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1400-000000000000}">
   <dimension ref="A1:D35"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>131</v>
+        <v>129</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>132</v>
+        <v>130</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>133</v>
+        <v>131</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
         <v>57</v>
       </c>
       <c r="B2" t="s">
         <v>58</v>
       </c>
       <c r="D2" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="3" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B3" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
       <c r="D3" t="s">
-        <v>1173</v>
+        <v>1171</v>
       </c>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B4" t="s">
-        <v>1174</v>
+        <v>1172</v>
       </c>
       <c r="D4" t="s">
-        <v>1175</v>
+        <v>1173</v>
       </c>
     </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B5" t="s">
-        <v>466</v>
+        <v>464</v>
       </c>
       <c r="D5" t="s">
-        <v>1176</v>
+        <v>1174</v>
       </c>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B6" t="s">
-        <v>140</v>
+        <v>138</v>
       </c>
       <c r="D6" t="s">
-        <v>1177</v>
+        <v>1175</v>
       </c>
     </row>
     <row r="7" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B7" t="s">
-        <v>1178</v>
+        <v>1176</v>
       </c>
       <c r="D7" t="s">
-        <v>1179</v>
+        <v>1177</v>
       </c>
     </row>
     <row r="8" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B8" t="s">
-        <v>699</v>
+        <v>697</v>
       </c>
       <c r="D8" t="s">
-        <v>1180</v>
+        <v>1178</v>
       </c>
     </row>
     <row r="9" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B9" t="s">
-        <v>1181</v>
+        <v>1179</v>
       </c>
       <c r="D9" t="s">
-        <v>1182</v>
+        <v>1180</v>
       </c>
     </row>
     <row r="10" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B10" t="s">
-        <v>1183</v>
+        <v>1181</v>
       </c>
       <c r="C10" t="s">
-        <v>393</v>
+        <v>391</v>
       </c>
       <c r="D10" t="s">
-        <v>1184</v>
+        <v>1182</v>
       </c>
     </row>
     <row r="11" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B11" t="s">
-        <v>1185</v>
+        <v>1183</v>
       </c>
       <c r="C11" t="s">
-        <v>398</v>
+        <v>396</v>
       </c>
       <c r="D11" t="s">
-        <v>1186</v>
+        <v>1184</v>
       </c>
     </row>
     <row r="12" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B12" t="s">
-        <v>1187</v>
+        <v>1185</v>
       </c>
       <c r="C12" t="s">
-        <v>401</v>
+        <v>399</v>
       </c>
       <c r="D12" t="s">
-        <v>1188</v>
+        <v>1186</v>
       </c>
     </row>
     <row r="13" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B13" t="s">
-        <v>1189</v>
+        <v>1187</v>
       </c>
       <c r="C13" t="s">
-        <v>406</v>
+        <v>404</v>
       </c>
       <c r="D13" t="s">
-        <v>1190</v>
+        <v>1188</v>
       </c>
     </row>
     <row r="14" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B14" t="s">
-        <v>1191</v>
+        <v>1189</v>
       </c>
       <c r="C14" t="s">
-        <v>409</v>
+        <v>407</v>
       </c>
       <c r="D14" t="s">
-        <v>1192</v>
+        <v>1190</v>
       </c>
     </row>
     <row r="15" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B15" t="s">
-        <v>1193</v>
+        <v>1191</v>
       </c>
       <c r="C15" t="s">
-        <v>412</v>
+        <v>410</v>
       </c>
       <c r="D15" t="s">
-        <v>1194</v>
+        <v>1192</v>
       </c>
     </row>
     <row r="16" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B16" t="s">
-        <v>1195</v>
+        <v>1193</v>
       </c>
       <c r="C16" t="s">
-        <v>415</v>
+        <v>413</v>
       </c>
       <c r="D16" t="s">
-        <v>1196</v>
+        <v>1194</v>
       </c>
     </row>
     <row r="17" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B17" t="s">
-        <v>1197</v>
+        <v>1195</v>
       </c>
       <c r="C17" t="s">
-        <v>418</v>
+        <v>416</v>
       </c>
       <c r="D17" t="s">
-        <v>1198</v>
+        <v>1196</v>
       </c>
     </row>
     <row r="18" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B18" t="s">
-        <v>1199</v>
+        <v>1197</v>
       </c>
       <c r="C18" t="s">
-        <v>421</v>
+        <v>419</v>
       </c>
       <c r="D18" t="s">
-        <v>1200</v>
+        <v>1198</v>
       </c>
     </row>
     <row r="19" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B19" t="s">
-        <v>1201</v>
+        <v>1199</v>
       </c>
       <c r="D19" t="s">
-        <v>1202</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="20" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B20" t="s">
-        <v>1203</v>
+        <v>1201</v>
       </c>
       <c r="C20" t="s">
-        <v>426</v>
+        <v>424</v>
       </c>
       <c r="D20" t="s">
-        <v>1204</v>
+        <v>1202</v>
       </c>
     </row>
     <row r="21" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B21" t="s">
-        <v>1205</v>
+        <v>1203</v>
       </c>
       <c r="C21" t="s">
-        <v>429</v>
+        <v>427</v>
       </c>
       <c r="D21" t="s">
-        <v>1206</v>
+        <v>1204</v>
       </c>
     </row>
     <row r="22" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B22" t="s">
-        <v>1207</v>
+        <v>1205</v>
       </c>
       <c r="C22" t="s">
-        <v>432</v>
+        <v>430</v>
       </c>
       <c r="D22" t="s">
-        <v>1208</v>
+        <v>1206</v>
       </c>
     </row>
     <row r="23" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B23" t="s">
-        <v>482</v>
+        <v>480</v>
       </c>
       <c r="C23" t="s">
-        <v>435</v>
+        <v>433</v>
       </c>
       <c r="D23" t="s">
-        <v>1209</v>
+        <v>1207</v>
       </c>
     </row>
     <row r="24" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B24" t="s">
-        <v>446</v>
+        <v>444</v>
       </c>
       <c r="C24" t="s">
-        <v>438</v>
+        <v>436</v>
       </c>
       <c r="D24" t="s">
-        <v>1210</v>
+        <v>1208</v>
       </c>
     </row>
     <row r="25" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B25" t="s">
-        <v>1211</v>
+        <v>1209</v>
       </c>
       <c r="C25" t="s">
-        <v>441</v>
+        <v>439</v>
       </c>
       <c r="D25" t="s">
-        <v>1212</v>
+        <v>1210</v>
       </c>
     </row>
     <row r="26" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B26" t="s">
-        <v>1213</v>
+        <v>1211</v>
       </c>
       <c r="C26" t="s">
-        <v>444</v>
+        <v>442</v>
       </c>
       <c r="D26" t="s">
-        <v>1214</v>
+        <v>1212</v>
       </c>
     </row>
     <row r="27" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B27" t="s">
-        <v>477</v>
+        <v>475</v>
       </c>
       <c r="C27" t="s">
-        <v>447</v>
+        <v>445</v>
       </c>
       <c r="D27" t="s">
-        <v>1215</v>
+        <v>1213</v>
       </c>
     </row>
     <row r="28" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B28" t="s">
-        <v>1216</v>
+        <v>1214</v>
       </c>
       <c r="C28" t="s">
-        <v>450</v>
+        <v>448</v>
       </c>
       <c r="D28" t="s">
-        <v>1217</v>
+        <v>1215</v>
       </c>
     </row>
     <row r="29" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B29" t="s">
-        <v>1015</v>
+        <v>1013</v>
       </c>
       <c r="C29" t="s">
-        <v>453</v>
+        <v>451</v>
       </c>
       <c r="D29" t="s">
-        <v>1218</v>
+        <v>1216</v>
       </c>
     </row>
     <row r="30" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B30" t="s">
-        <v>1013</v>
+        <v>1011</v>
       </c>
       <c r="C30" t="s">
-        <v>456</v>
+        <v>454</v>
       </c>
       <c r="D30" t="s">
-        <v>1219</v>
+        <v>1217</v>
       </c>
     </row>
     <row r="31" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B31" t="s">
-        <v>431</v>
+        <v>429</v>
       </c>
       <c r="C31" t="s">
-        <v>459</v>
+        <v>457</v>
       </c>
       <c r="D31" t="s">
-        <v>1220</v>
+        <v>1218</v>
       </c>
     </row>
     <row r="32" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B32" t="s">
-        <v>1221</v>
+        <v>1219</v>
       </c>
       <c r="D32" t="s">
-        <v>1222</v>
+        <v>1220</v>
       </c>
     </row>
     <row r="33" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B33" t="s">
-        <v>1223</v>
+        <v>1221</v>
       </c>
       <c r="D33" t="s">
-        <v>1224</v>
+        <v>1222</v>
       </c>
     </row>
     <row r="34" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B34" t="s">
-        <v>144</v>
+        <v>142</v>
       </c>
       <c r="D34" t="s">
-        <v>1225</v>
+        <v>1223</v>
       </c>
     </row>
     <row r="35" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B35" t="s">
-        <v>1226</v>
+        <v>1224</v>
       </c>
       <c r="D35" t="s">
-        <v>1227</v>
+        <v>1225</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet21.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1500-000000000000}">
   <dimension ref="A1:D37"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>131</v>
+        <v>129</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>132</v>
+        <v>130</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>133</v>
+        <v>131</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
         <v>60</v>
       </c>
       <c r="B2" t="s">
         <v>61</v>
       </c>
       <c r="D2" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="3" spans="1:4" ht="25" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
+        <v>1226</v>
+      </c>
+      <c r="B3" s="3" t="s">
+        <v>622</v>
+      </c>
+      <c r="D3" t="s">
         <v>1228</v>
-      </c>
-[...4 lines deleted...]
-        <v>1230</v>
       </c>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A4" t="s">
+        <v>1227</v>
+      </c>
+      <c r="B4" t="s">
+        <v>464</v>
+      </c>
+      <c r="D4" t="s">
         <v>1229</v>
-      </c>
-[...4 lines deleted...]
-        <v>1231</v>
       </c>
     </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B5" t="s">
         <v>0</v>
       </c>
       <c r="D5" t="s">
-        <v>1232</v>
+        <v>1230</v>
       </c>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B6" t="s">
-        <v>1233</v>
+        <v>1231</v>
       </c>
       <c r="D6" t="s">
-        <v>1234</v>
+        <v>1232</v>
       </c>
     </row>
     <row r="7" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B7" t="s">
-        <v>1072</v>
+        <v>1070</v>
       </c>
       <c r="D7" t="s">
-        <v>1235</v>
+        <v>1233</v>
       </c>
     </row>
     <row r="8" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B8" t="s">
-        <v>1236</v>
+        <v>1234</v>
       </c>
       <c r="D8" t="s">
-        <v>1237</v>
+        <v>1235</v>
       </c>
     </row>
     <row r="9" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B9" t="s">
-        <v>142</v>
+        <v>140</v>
       </c>
       <c r="D9" t="s">
-        <v>1238</v>
+        <v>1236</v>
       </c>
     </row>
     <row r="10" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B10" t="s">
-        <v>1239</v>
+        <v>1237</v>
       </c>
       <c r="D10" t="s">
-        <v>1240</v>
+        <v>1238</v>
       </c>
     </row>
     <row r="11" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B11" t="s">
-        <v>1241</v>
+        <v>1239</v>
       </c>
       <c r="D11" t="s">
-        <v>1242</v>
+        <v>1240</v>
       </c>
     </row>
     <row r="12" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B12" t="s">
-        <v>1243</v>
+        <v>1241</v>
       </c>
       <c r="C12" t="s">
-        <v>393</v>
+        <v>391</v>
       </c>
       <c r="D12" t="s">
-        <v>1244</v>
+        <v>1242</v>
       </c>
     </row>
     <row r="13" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B13" t="s">
-        <v>1245</v>
+        <v>1243</v>
       </c>
       <c r="C13" t="s">
-        <v>398</v>
+        <v>396</v>
       </c>
       <c r="D13" t="s">
-        <v>1246</v>
+        <v>1244</v>
       </c>
     </row>
     <row r="14" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B14" t="s">
-        <v>1247</v>
+        <v>1245</v>
       </c>
       <c r="C14" t="s">
-        <v>401</v>
+        <v>399</v>
       </c>
       <c r="D14" t="s">
-        <v>1248</v>
+        <v>1246</v>
       </c>
     </row>
     <row r="15" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B15" t="s">
-        <v>1249</v>
+        <v>1247</v>
       </c>
       <c r="C15" t="s">
-        <v>406</v>
+        <v>404</v>
       </c>
       <c r="D15" t="s">
-        <v>1250</v>
+        <v>1248</v>
       </c>
     </row>
     <row r="16" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B16" t="s">
-        <v>1251</v>
+        <v>1249</v>
       </c>
       <c r="C16" t="s">
-        <v>409</v>
+        <v>407</v>
       </c>
       <c r="D16" t="s">
-        <v>1252</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="17" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B17" t="s">
-        <v>1253</v>
+        <v>1251</v>
       </c>
       <c r="C17" t="s">
-        <v>412</v>
+        <v>410</v>
       </c>
       <c r="D17" t="s">
-        <v>1254</v>
+        <v>1252</v>
       </c>
     </row>
     <row r="18" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B18" t="s">
-        <v>1255</v>
+        <v>1253</v>
       </c>
       <c r="C18" t="s">
-        <v>415</v>
+        <v>413</v>
       </c>
       <c r="D18" t="s">
-        <v>1256</v>
+        <v>1254</v>
       </c>
     </row>
     <row r="19" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B19" t="s">
-        <v>1257</v>
+        <v>1255</v>
       </c>
       <c r="C19" t="s">
-        <v>418</v>
+        <v>416</v>
       </c>
       <c r="D19" t="s">
-        <v>1258</v>
+        <v>1256</v>
       </c>
     </row>
     <row r="20" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B20" t="s">
-        <v>1259</v>
+        <v>1257</v>
       </c>
       <c r="C20" t="s">
-        <v>421</v>
+        <v>419</v>
       </c>
       <c r="D20" t="s">
-        <v>1260</v>
+        <v>1258</v>
       </c>
     </row>
     <row r="21" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B21" t="s">
-        <v>1261</v>
+        <v>1259</v>
       </c>
       <c r="C21" t="s">
-        <v>426</v>
+        <v>424</v>
       </c>
       <c r="D21" t="s">
-        <v>1262</v>
+        <v>1260</v>
       </c>
     </row>
     <row r="22" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B22" t="s">
-        <v>1263</v>
+        <v>1261</v>
       </c>
       <c r="C22" t="s">
-        <v>429</v>
+        <v>427</v>
       </c>
       <c r="D22" t="s">
-        <v>1264</v>
+        <v>1262</v>
       </c>
     </row>
     <row r="23" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B23" t="s">
-        <v>1265</v>
+        <v>1263</v>
       </c>
       <c r="D23" t="s">
-        <v>1266</v>
+        <v>1264</v>
       </c>
     </row>
     <row r="24" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B24" t="s">
-        <v>1267</v>
+        <v>1265</v>
       </c>
       <c r="C24" t="s">
-        <v>432</v>
+        <v>430</v>
       </c>
       <c r="D24" t="s">
-        <v>1268</v>
+        <v>1266</v>
       </c>
     </row>
     <row r="25" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B25" t="s">
-        <v>1245</v>
+        <v>1243</v>
       </c>
       <c r="C25" t="s">
-        <v>435</v>
+        <v>433</v>
       </c>
       <c r="D25" t="s">
-        <v>1269</v>
+        <v>1267</v>
       </c>
     </row>
     <row r="26" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B26" t="s">
-        <v>1247</v>
+        <v>1245</v>
       </c>
       <c r="C26" t="s">
-        <v>438</v>
+        <v>436</v>
       </c>
       <c r="D26" t="s">
-        <v>1270</v>
+        <v>1268</v>
       </c>
     </row>
     <row r="27" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B27" t="s">
-        <v>1249</v>
+        <v>1247</v>
       </c>
       <c r="C27" t="s">
-        <v>441</v>
+        <v>439</v>
       </c>
       <c r="D27" t="s">
-        <v>1271</v>
+        <v>1269</v>
       </c>
     </row>
     <row r="28" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B28" t="s">
-        <v>1251</v>
+        <v>1249</v>
       </c>
       <c r="C28" t="s">
-        <v>444</v>
+        <v>442</v>
       </c>
       <c r="D28" t="s">
-        <v>1272</v>
+        <v>1270</v>
       </c>
     </row>
     <row r="29" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B29" t="s">
-        <v>1253</v>
+        <v>1251</v>
       </c>
       <c r="C29" t="s">
-        <v>447</v>
+        <v>445</v>
       </c>
       <c r="D29" t="s">
-        <v>1273</v>
+        <v>1271</v>
       </c>
     </row>
     <row r="30" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B30" t="s">
-        <v>1255</v>
+        <v>1253</v>
       </c>
       <c r="C30" t="s">
-        <v>450</v>
+        <v>448</v>
       </c>
       <c r="D30" t="s">
-        <v>1274</v>
+        <v>1272</v>
       </c>
     </row>
     <row r="31" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B31" t="s">
-        <v>1257</v>
+        <v>1255</v>
       </c>
       <c r="C31" t="s">
-        <v>453</v>
+        <v>451</v>
       </c>
       <c r="D31" t="s">
-        <v>1275</v>
+        <v>1273</v>
       </c>
     </row>
     <row r="32" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B32" t="s">
-        <v>1259</v>
+        <v>1257</v>
       </c>
       <c r="C32" t="s">
-        <v>456</v>
+        <v>454</v>
       </c>
       <c r="D32" t="s">
-        <v>1276</v>
+        <v>1274</v>
       </c>
     </row>
     <row r="33" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B33" t="s">
-        <v>1261</v>
+        <v>1259</v>
       </c>
       <c r="C33" t="s">
-        <v>459</v>
+        <v>457</v>
       </c>
       <c r="D33" t="s">
-        <v>1277</v>
+        <v>1275</v>
       </c>
     </row>
     <row r="34" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B34" t="s">
-        <v>1263</v>
+        <v>1261</v>
       </c>
       <c r="C34" t="s">
-        <v>462</v>
+        <v>460</v>
       </c>
       <c r="D34" t="s">
-        <v>1278</v>
+        <v>1276</v>
       </c>
     </row>
     <row r="35" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B35" t="s">
-        <v>1279</v>
+        <v>1277</v>
       </c>
       <c r="D35" t="s">
-        <v>1280</v>
+        <v>1278</v>
       </c>
     </row>
     <row r="36" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B36" t="s">
-        <v>380</v>
+        <v>378</v>
       </c>
       <c r="D36" t="s">
-        <v>1281</v>
+        <v>1279</v>
       </c>
     </row>
     <row r="37" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B37" t="s">
-        <v>380</v>
+        <v>378</v>
       </c>
       <c r="D37" t="s">
-        <v>1282</v>
+        <v>1280</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet22.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1600-000000000000}">
   <dimension ref="A1:D52"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>131</v>
+        <v>129</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>132</v>
+        <v>130</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>133</v>
+        <v>131</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
         <v>63</v>
       </c>
       <c r="B2" t="s">
         <v>64</v>
       </c>
       <c r="D2" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="3" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
-        <v>1283</v>
+        <v>1281</v>
       </c>
       <c r="B3" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
       <c r="D3" t="s">
-        <v>1286</v>
+        <v>1284</v>
       </c>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A4" t="s">
-        <v>1284</v>
+        <v>1282</v>
       </c>
       <c r="B4" t="s">
-        <v>638</v>
+        <v>636</v>
       </c>
       <c r="D4" t="s">
-        <v>1287</v>
+        <v>1285</v>
       </c>
     </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A5" t="s">
-        <v>1285</v>
+        <v>1283</v>
       </c>
       <c r="B5" t="s">
-        <v>1288</v>
+        <v>1286</v>
       </c>
       <c r="D5" t="s">
-        <v>1289</v>
+        <v>1287</v>
       </c>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B6" t="s">
-        <v>466</v>
+        <v>464</v>
       </c>
       <c r="D6" t="s">
-        <v>1290</v>
+        <v>1288</v>
       </c>
     </row>
     <row r="7" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B7" t="s">
-        <v>1291</v>
+        <v>1289</v>
       </c>
       <c r="D7" t="s">
-        <v>1292</v>
+        <v>1290</v>
       </c>
     </row>
     <row r="8" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B8" t="s">
-        <v>1293</v>
+        <v>1291</v>
       </c>
       <c r="D8" t="s">
-        <v>1294</v>
+        <v>1292</v>
       </c>
     </row>
     <row r="9" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B9" t="s">
-        <v>1295</v>
+        <v>1293</v>
       </c>
       <c r="D9" t="s">
-        <v>1296</v>
+        <v>1294</v>
       </c>
     </row>
     <row r="10" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B10" t="s">
-        <v>1297</v>
+        <v>1295</v>
       </c>
       <c r="D10" t="s">
-        <v>1298</v>
+        <v>1296</v>
       </c>
     </row>
     <row r="11" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B11" t="s">
-        <v>1299</v>
+        <v>1297</v>
       </c>
       <c r="C11" t="s">
-        <v>398</v>
+        <v>396</v>
       </c>
       <c r="D11" t="s">
-        <v>1300</v>
+        <v>1298</v>
       </c>
     </row>
     <row r="12" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B12" t="s">
-        <v>1301</v>
+        <v>1299</v>
       </c>
       <c r="C12" t="s">
-        <v>401</v>
+        <v>399</v>
       </c>
       <c r="D12" t="s">
-        <v>1302</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="13" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B13" t="s">
-        <v>1303</v>
+        <v>1301</v>
       </c>
       <c r="C13" t="s">
-        <v>406</v>
+        <v>404</v>
       </c>
       <c r="D13" t="s">
-        <v>1304</v>
+        <v>1302</v>
       </c>
     </row>
     <row r="14" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B14" t="s">
-        <v>1305</v>
+        <v>1303</v>
       </c>
       <c r="C14" t="s">
-        <v>409</v>
+        <v>407</v>
       </c>
       <c r="D14" t="s">
-        <v>1306</v>
+        <v>1304</v>
       </c>
     </row>
     <row r="15" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B15" t="s">
-        <v>1307</v>
+        <v>1305</v>
       </c>
       <c r="D15" t="s">
-        <v>1308</v>
+        <v>1306</v>
       </c>
     </row>
     <row r="16" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B16" t="s">
-        <v>1309</v>
+        <v>1307</v>
       </c>
       <c r="D16" t="s">
-        <v>1310</v>
+        <v>1308</v>
       </c>
     </row>
     <row r="17" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B17" t="s">
-        <v>1311</v>
+        <v>1309</v>
       </c>
       <c r="C17" t="s">
-        <v>415</v>
+        <v>413</v>
       </c>
       <c r="D17" t="s">
-        <v>1312</v>
+        <v>1310</v>
       </c>
     </row>
     <row r="18" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B18" t="s">
-        <v>1313</v>
+        <v>1311</v>
       </c>
       <c r="C18" t="s">
-        <v>418</v>
+        <v>416</v>
       </c>
       <c r="D18" t="s">
-        <v>1314</v>
+        <v>1312</v>
       </c>
     </row>
     <row r="19" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B19" t="s">
-        <v>1315</v>
+        <v>1313</v>
       </c>
       <c r="C19" t="s">
-        <v>421</v>
+        <v>419</v>
       </c>
       <c r="D19" t="s">
-        <v>1316</v>
+        <v>1314</v>
       </c>
     </row>
     <row r="20" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B20" t="s">
-        <v>1317</v>
+        <v>1315</v>
       </c>
       <c r="C20" t="s">
-        <v>426</v>
+        <v>424</v>
       </c>
       <c r="D20" t="s">
-        <v>1318</v>
+        <v>1316</v>
       </c>
     </row>
     <row r="21" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B21" t="s">
-        <v>1319</v>
+        <v>1317</v>
       </c>
       <c r="C21" t="s">
-        <v>429</v>
+        <v>427</v>
       </c>
       <c r="D21" t="s">
-        <v>1320</v>
+        <v>1318</v>
       </c>
     </row>
     <row r="22" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B22" t="s">
-        <v>1321</v>
+        <v>1319</v>
       </c>
       <c r="C22" t="s">
-        <v>432</v>
+        <v>430</v>
       </c>
       <c r="D22" t="s">
-        <v>1322</v>
+        <v>1320</v>
       </c>
     </row>
     <row r="23" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B23" t="s">
-        <v>1323</v>
+        <v>1321</v>
       </c>
       <c r="C23" t="s">
-        <v>435</v>
+        <v>433</v>
       </c>
       <c r="D23" t="s">
-        <v>1324</v>
+        <v>1322</v>
       </c>
     </row>
     <row r="24" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B24" t="s">
-        <v>1325</v>
+        <v>1323</v>
       </c>
       <c r="C24" t="s">
-        <v>438</v>
+        <v>436</v>
       </c>
       <c r="D24" t="s">
-        <v>1326</v>
+        <v>1324</v>
       </c>
     </row>
     <row r="25" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B25" t="s">
-        <v>1327</v>
+        <v>1325</v>
       </c>
       <c r="D25" t="s">
-        <v>1328</v>
+        <v>1326</v>
       </c>
     </row>
     <row r="26" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B26" t="s">
-        <v>1329</v>
+        <v>1327</v>
       </c>
       <c r="D26" t="s">
-        <v>1330</v>
+        <v>1328</v>
       </c>
     </row>
     <row r="27" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B27" t="s">
-        <v>1331</v>
+        <v>1329</v>
       </c>
       <c r="C27" t="s">
-        <v>444</v>
+        <v>442</v>
       </c>
       <c r="D27" t="s">
-        <v>1332</v>
+        <v>1330</v>
       </c>
     </row>
     <row r="28" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B28" t="s">
-        <v>1333</v>
+        <v>1331</v>
       </c>
       <c r="C28" t="s">
-        <v>447</v>
+        <v>445</v>
       </c>
       <c r="D28" t="s">
-        <v>1334</v>
+        <v>1332</v>
       </c>
     </row>
     <row r="29" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B29" t="s">
-        <v>1335</v>
+        <v>1333</v>
       </c>
       <c r="C29" t="s">
-        <v>450</v>
+        <v>448</v>
       </c>
       <c r="D29" t="s">
-        <v>1336</v>
+        <v>1334</v>
       </c>
     </row>
     <row r="30" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B30" t="s">
-        <v>1337</v>
+        <v>1335</v>
       </c>
       <c r="D30" t="s">
-        <v>1338</v>
+        <v>1336</v>
       </c>
     </row>
     <row r="31" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B31" t="s">
-        <v>1339</v>
+        <v>1337</v>
       </c>
       <c r="D31" t="s">
-        <v>1340</v>
+        <v>1338</v>
       </c>
     </row>
     <row r="32" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B32" t="s">
-        <v>1341</v>
+        <v>1339</v>
       </c>
       <c r="C32" t="s">
-        <v>456</v>
+        <v>454</v>
       </c>
       <c r="D32" t="s">
-        <v>1342</v>
+        <v>1340</v>
       </c>
     </row>
     <row r="33" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B33" t="s">
-        <v>1343</v>
+        <v>1341</v>
       </c>
       <c r="C33" t="s">
-        <v>459</v>
+        <v>457</v>
       </c>
       <c r="D33" t="s">
-        <v>1344</v>
+        <v>1342</v>
       </c>
     </row>
     <row r="34" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B34" t="s">
-        <v>1345</v>
+        <v>1343</v>
       </c>
       <c r="C34" t="s">
-        <v>462</v>
+        <v>460</v>
       </c>
       <c r="D34" t="s">
-        <v>1346</v>
+        <v>1344</v>
       </c>
     </row>
     <row r="35" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B35" t="s">
-        <v>1347</v>
+        <v>1345</v>
       </c>
       <c r="D35" t="s">
-        <v>1348</v>
+        <v>1346</v>
       </c>
     </row>
     <row r="36" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B36" t="s">
-        <v>1349</v>
+        <v>1347</v>
       </c>
       <c r="D36" t="s">
-        <v>1350</v>
+        <v>1348</v>
       </c>
     </row>
     <row r="37" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B37" t="s">
-        <v>1351</v>
+        <v>1349</v>
       </c>
       <c r="C37" t="s">
-        <v>491</v>
+        <v>489</v>
       </c>
       <c r="D37" t="s">
-        <v>1352</v>
+        <v>1350</v>
       </c>
     </row>
     <row r="38" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B38" t="s">
-        <v>1353</v>
+        <v>1351</v>
       </c>
       <c r="C38" t="s">
-        <v>492</v>
+        <v>490</v>
       </c>
       <c r="D38" t="s">
-        <v>1354</v>
+        <v>1352</v>
       </c>
     </row>
     <row r="39" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B39" t="s">
-        <v>1355</v>
+        <v>1353</v>
       </c>
       <c r="C39" t="s">
-        <v>493</v>
+        <v>491</v>
       </c>
       <c r="D39" t="s">
-        <v>1356</v>
+        <v>1354</v>
       </c>
     </row>
     <row r="40" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B40" t="s">
-        <v>1357</v>
+        <v>1355</v>
       </c>
       <c r="D40" t="s">
-        <v>1358</v>
+        <v>1356</v>
       </c>
     </row>
     <row r="41" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B41" t="s">
-        <v>1359</v>
+        <v>1357</v>
       </c>
       <c r="D41" t="s">
-        <v>1360</v>
+        <v>1358</v>
       </c>
     </row>
     <row r="42" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B42" t="s">
-        <v>1361</v>
+        <v>1359</v>
       </c>
       <c r="C42" t="s">
-        <v>803</v>
+        <v>801</v>
       </c>
       <c r="D42" t="s">
-        <v>1362</v>
+        <v>1360</v>
       </c>
     </row>
     <row r="43" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B43" t="s">
-        <v>1363</v>
+        <v>1361</v>
       </c>
       <c r="C43" t="s">
-        <v>1138</v>
+        <v>1136</v>
       </c>
       <c r="D43" t="s">
-        <v>1364</v>
+        <v>1362</v>
       </c>
     </row>
     <row r="44" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B44" t="s">
-        <v>1365</v>
+        <v>1363</v>
       </c>
       <c r="D44" t="s">
-        <v>1366</v>
+        <v>1364</v>
       </c>
     </row>
     <row r="45" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B45" t="s">
-        <v>1367</v>
+        <v>1365</v>
       </c>
       <c r="D45" t="s">
-        <v>1368</v>
+        <v>1366</v>
       </c>
     </row>
     <row r="46" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B46" t="s">
-        <v>1369</v>
+        <v>1367</v>
       </c>
       <c r="C46" t="s">
-        <v>1144</v>
+        <v>1142</v>
       </c>
       <c r="D46" t="s">
-        <v>1370</v>
+        <v>1368</v>
       </c>
     </row>
     <row r="47" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B47" t="s">
-        <v>1371</v>
+        <v>1369</v>
       </c>
       <c r="C47" t="s">
-        <v>1147</v>
+        <v>1145</v>
       </c>
       <c r="D47" t="s">
-        <v>1372</v>
+        <v>1370</v>
       </c>
     </row>
     <row r="48" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B48" t="s">
-        <v>1373</v>
+        <v>1371</v>
       </c>
       <c r="C48" t="s">
-        <v>1152</v>
+        <v>1150</v>
       </c>
       <c r="D48" t="s">
-        <v>1374</v>
+        <v>1372</v>
       </c>
     </row>
     <row r="49" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B49" t="s">
-        <v>1375</v>
+        <v>1373</v>
       </c>
       <c r="C49" t="s">
-        <v>1155</v>
+        <v>1153</v>
       </c>
       <c r="D49" t="s">
-        <v>1376</v>
+        <v>1374</v>
       </c>
     </row>
     <row r="50" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B50" t="s">
-        <v>1377</v>
+        <v>1375</v>
       </c>
       <c r="C50" t="s">
-        <v>1158</v>
+        <v>1156</v>
       </c>
       <c r="D50" t="s">
-        <v>1378</v>
+        <v>1376</v>
       </c>
     </row>
     <row r="51" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B51" t="s">
+        <v>1377</v>
+      </c>
+      <c r="C51" t="s">
+        <v>1378</v>
+      </c>
+      <c r="D51" t="s">
         <v>1379</v>
-      </c>
-[...4 lines deleted...]
-        <v>1381</v>
       </c>
     </row>
     <row r="52" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B52" t="s">
-        <v>1382</v>
+        <v>1380</v>
       </c>
       <c r="D52" t="s">
-        <v>1383</v>
+        <v>1381</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet23.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1700-000000000000}">
   <dimension ref="A1:D13"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>131</v>
+        <v>129</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>132</v>
+        <v>130</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>133</v>
+        <v>131</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
         <v>66</v>
       </c>
       <c r="B2" t="s">
         <v>67</v>
       </c>
       <c r="D2" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="3" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
-        <v>1384</v>
+        <v>1382</v>
       </c>
       <c r="B3" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
       <c r="D3" t="s">
-        <v>1385</v>
+        <v>1383</v>
       </c>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B4" t="s">
-        <v>1386</v>
+        <v>1384</v>
       </c>
       <c r="C4" t="s">
-        <v>393</v>
+        <v>391</v>
       </c>
       <c r="D4" t="s">
-        <v>1387</v>
+        <v>1385</v>
       </c>
     </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B5" t="s">
-        <v>1388</v>
+        <v>1386</v>
       </c>
       <c r="C5" t="s">
-        <v>398</v>
+        <v>396</v>
       </c>
       <c r="D5" t="s">
-        <v>1389</v>
+        <v>1387</v>
       </c>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B6" t="s">
-        <v>488</v>
+        <v>486</v>
       </c>
       <c r="C6" t="s">
-        <v>401</v>
+        <v>399</v>
       </c>
       <c r="D6" t="s">
-        <v>1390</v>
+        <v>1388</v>
       </c>
     </row>
     <row r="7" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B7" t="s">
-        <v>482</v>
+        <v>480</v>
       </c>
       <c r="C7" t="s">
-        <v>406</v>
+        <v>404</v>
       </c>
       <c r="D7" t="s">
-        <v>1391</v>
+        <v>1389</v>
       </c>
     </row>
     <row r="8" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B8" t="s">
-        <v>1392</v>
+        <v>1390</v>
       </c>
       <c r="C8" t="s">
-        <v>409</v>
+        <v>407</v>
       </c>
       <c r="D8" t="s">
-        <v>1393</v>
+        <v>1391</v>
       </c>
     </row>
     <row r="9" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B9" t="s">
-        <v>1394</v>
+        <v>1392</v>
       </c>
       <c r="C9" t="s">
-        <v>412</v>
+        <v>410</v>
       </c>
       <c r="D9" t="s">
-        <v>1395</v>
+        <v>1393</v>
       </c>
     </row>
     <row r="10" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B10" t="s">
-        <v>1396</v>
+        <v>1394</v>
       </c>
       <c r="C10" t="s">
-        <v>415</v>
+        <v>413</v>
       </c>
       <c r="D10" t="s">
-        <v>1397</v>
+        <v>1395</v>
       </c>
     </row>
     <row r="11" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B11" t="s">
-        <v>452</v>
+        <v>450</v>
       </c>
       <c r="C11" t="s">
-        <v>418</v>
+        <v>416</v>
       </c>
       <c r="D11" t="s">
-        <v>1398</v>
+        <v>1396</v>
       </c>
     </row>
     <row r="12" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B12" t="s">
-        <v>1399</v>
+        <v>1397</v>
       </c>
       <c r="C12" t="s">
-        <v>421</v>
+        <v>419</v>
       </c>
       <c r="D12" t="s">
-        <v>1400</v>
+        <v>1398</v>
       </c>
     </row>
     <row r="13" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B13" t="s">
-        <v>1279</v>
+        <v>1277</v>
       </c>
       <c r="D13" t="s">
-        <v>1401</v>
+        <v>1399</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet24.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1800-000000000000}">
   <dimension ref="A1:D35"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>131</v>
+        <v>129</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>132</v>
+        <v>130</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>133</v>
+        <v>131</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
         <v>69</v>
       </c>
       <c r="B2" t="s">
         <v>70</v>
       </c>
       <c r="D2" t="s">
         <v>71</v>
       </c>
     </row>
     <row r="3" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
-        <v>1402</v>
+        <v>1400</v>
       </c>
       <c r="B3" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
       <c r="D3" t="s">
-        <v>1405</v>
+        <v>1403</v>
       </c>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A4" t="s">
-        <v>1403</v>
+        <v>1401</v>
       </c>
       <c r="B4" t="s">
-        <v>1406</v>
+        <v>1404</v>
       </c>
       <c r="D4" t="s">
-        <v>1407</v>
+        <v>1405</v>
       </c>
     </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A5" t="s">
-        <v>1404</v>
+        <v>1402</v>
       </c>
       <c r="B5" t="s">
-        <v>466</v>
+        <v>464</v>
       </c>
       <c r="D5" t="s">
-        <v>1408</v>
+        <v>1406</v>
       </c>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B6" t="s">
-        <v>142</v>
+        <v>140</v>
       </c>
       <c r="D6" t="s">
-        <v>1409</v>
+        <v>1407</v>
       </c>
     </row>
     <row r="7" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B7" t="s">
-        <v>140</v>
+        <v>138</v>
       </c>
       <c r="D7" t="s">
-        <v>1410</v>
+        <v>1408</v>
       </c>
     </row>
     <row r="8" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B8" t="s">
-        <v>1411</v>
+        <v>1409</v>
       </c>
       <c r="D8" t="s">
-        <v>1412</v>
+        <v>1410</v>
       </c>
     </row>
     <row r="9" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B9" t="s">
-        <v>1413</v>
+        <v>1411</v>
       </c>
       <c r="C9" t="s">
-        <v>393</v>
+        <v>391</v>
       </c>
       <c r="D9" t="s">
-        <v>1414</v>
+        <v>1412</v>
       </c>
     </row>
     <row r="10" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B10" t="s">
-        <v>738</v>
+        <v>736</v>
       </c>
       <c r="C10" t="s">
-        <v>398</v>
+        <v>396</v>
       </c>
       <c r="D10" t="s">
-        <v>1415</v>
+        <v>1413</v>
       </c>
     </row>
     <row r="11" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B11" t="s">
-        <v>1416</v>
+        <v>1414</v>
       </c>
       <c r="C11" t="s">
-        <v>401</v>
+        <v>399</v>
       </c>
       <c r="D11" t="s">
-        <v>1417</v>
+        <v>1415</v>
       </c>
     </row>
     <row r="12" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B12" t="s">
-        <v>1418</v>
+        <v>1416</v>
       </c>
       <c r="C12" t="s">
-        <v>406</v>
+        <v>404</v>
       </c>
       <c r="D12" t="s">
-        <v>1419</v>
+        <v>1417</v>
       </c>
     </row>
     <row r="13" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B13" t="s">
-        <v>1420</v>
+        <v>1418</v>
       </c>
       <c r="D13" t="s">
-        <v>1421</v>
+        <v>1419</v>
       </c>
     </row>
     <row r="14" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B14" t="s">
-        <v>756</v>
+        <v>754</v>
       </c>
       <c r="C14" t="s">
-        <v>409</v>
+        <v>407</v>
       </c>
       <c r="D14" t="s">
-        <v>1422</v>
+        <v>1420</v>
       </c>
     </row>
     <row r="15" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B15" t="s">
-        <v>1423</v>
+        <v>1421</v>
       </c>
       <c r="C15" t="s">
-        <v>412</v>
+        <v>410</v>
       </c>
       <c r="D15" t="s">
-        <v>1424</v>
+        <v>1422</v>
       </c>
     </row>
     <row r="16" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B16" t="s">
-        <v>1425</v>
+        <v>1423</v>
       </c>
       <c r="C16" t="s">
-        <v>415</v>
+        <v>413</v>
       </c>
       <c r="D16" t="s">
-        <v>1426</v>
+        <v>1424</v>
       </c>
     </row>
     <row r="17" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B17" t="s">
-        <v>1427</v>
+        <v>1425</v>
       </c>
       <c r="C17" t="s">
-        <v>418</v>
+        <v>416</v>
       </c>
       <c r="D17" t="s">
-        <v>1428</v>
+        <v>1426</v>
       </c>
     </row>
     <row r="18" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B18" t="s">
-        <v>1429</v>
+        <v>1427</v>
       </c>
       <c r="D18" t="s">
-        <v>1430</v>
+        <v>1428</v>
       </c>
     </row>
     <row r="19" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B19" t="s">
-        <v>1431</v>
+        <v>1429</v>
       </c>
       <c r="C19" t="s">
-        <v>421</v>
+        <v>419</v>
       </c>
       <c r="D19" t="s">
-        <v>1432</v>
+        <v>1430</v>
       </c>
     </row>
     <row r="20" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B20" t="s">
-        <v>1433</v>
+        <v>1431</v>
       </c>
       <c r="C20" t="s">
-        <v>426</v>
+        <v>424</v>
       </c>
       <c r="D20" t="s">
-        <v>1434</v>
+        <v>1432</v>
       </c>
     </row>
     <row r="21" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B21" t="s">
-        <v>1435</v>
+        <v>1433</v>
       </c>
       <c r="C21" t="s">
-        <v>429</v>
+        <v>427</v>
       </c>
       <c r="D21" t="s">
-        <v>1436</v>
+        <v>1434</v>
       </c>
     </row>
     <row r="22" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B22" t="s">
-        <v>1437</v>
+        <v>1435</v>
       </c>
       <c r="C22" t="s">
-        <v>432</v>
+        <v>430</v>
       </c>
       <c r="D22" t="s">
-        <v>1438</v>
+        <v>1436</v>
       </c>
     </row>
     <row r="23" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B23" t="s">
-        <v>1439</v>
+        <v>1437</v>
       </c>
       <c r="D23" t="s">
-        <v>1440</v>
+        <v>1438</v>
       </c>
     </row>
     <row r="24" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B24" t="s">
-        <v>1441</v>
+        <v>1439</v>
       </c>
       <c r="C24" t="s">
-        <v>435</v>
+        <v>433</v>
       </c>
       <c r="D24" t="s">
-        <v>1442</v>
+        <v>1440</v>
       </c>
     </row>
     <row r="25" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B25" t="s">
-        <v>1443</v>
+        <v>1441</v>
       </c>
       <c r="C25" t="s">
-        <v>438</v>
+        <v>436</v>
       </c>
       <c r="D25" t="s">
-        <v>1444</v>
+        <v>1442</v>
       </c>
     </row>
     <row r="26" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B26" t="s">
-        <v>1445</v>
+        <v>1443</v>
       </c>
       <c r="C26" t="s">
-        <v>441</v>
+        <v>439</v>
       </c>
       <c r="D26" t="s">
-        <v>1446</v>
+        <v>1444</v>
       </c>
     </row>
     <row r="27" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B27" t="s">
-        <v>1447</v>
+        <v>1445</v>
       </c>
       <c r="D27" t="s">
-        <v>1448</v>
+        <v>1446</v>
       </c>
     </row>
     <row r="28" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B28" t="s">
-        <v>782</v>
+        <v>780</v>
       </c>
       <c r="C28" t="s">
-        <v>444</v>
+        <v>442</v>
       </c>
       <c r="D28" t="s">
-        <v>1449</v>
+        <v>1447</v>
       </c>
     </row>
     <row r="29" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B29" t="s">
-        <v>784</v>
+        <v>782</v>
       </c>
       <c r="C29" t="s">
-        <v>447</v>
+        <v>445</v>
       </c>
       <c r="D29" t="s">
-        <v>1450</v>
+        <v>1448</v>
       </c>
     </row>
     <row r="30" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B30" t="s">
-        <v>1451</v>
+        <v>1449</v>
       </c>
       <c r="C30" t="s">
-        <v>450</v>
+        <v>448</v>
       </c>
       <c r="D30" t="s">
-        <v>1452</v>
+        <v>1450</v>
       </c>
     </row>
     <row r="31" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B31" t="s">
-        <v>1453</v>
+        <v>1451</v>
       </c>
       <c r="D31" t="s">
-        <v>1454</v>
+        <v>1452</v>
       </c>
     </row>
     <row r="32" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B32" t="s">
-        <v>792</v>
+        <v>790</v>
       </c>
       <c r="C32" t="s">
-        <v>453</v>
+        <v>451</v>
       </c>
       <c r="D32" t="s">
-        <v>1455</v>
+        <v>1453</v>
       </c>
     </row>
     <row r="33" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B33" t="s">
-        <v>794</v>
+        <v>792</v>
       </c>
       <c r="C33" t="s">
-        <v>456</v>
+        <v>454</v>
       </c>
       <c r="D33" t="s">
-        <v>1456</v>
+        <v>1454</v>
       </c>
     </row>
     <row r="34" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B34" t="s">
-        <v>1457</v>
+        <v>1455</v>
       </c>
       <c r="C34" t="s">
-        <v>459</v>
+        <v>457</v>
       </c>
       <c r="D34" t="s">
-        <v>1458</v>
+        <v>1456</v>
       </c>
     </row>
     <row r="35" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B35" t="s">
-        <v>1459</v>
+        <v>1457</v>
       </c>
       <c r="C35" t="s">
-        <v>462</v>
+        <v>460</v>
       </c>
       <c r="D35" t="s">
-        <v>1460</v>
+        <v>1458</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet25.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1900-000000000000}">
   <dimension ref="A1:D16"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>131</v>
+        <v>129</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>132</v>
+        <v>130</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>133</v>
+        <v>131</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
         <v>72</v>
       </c>
-      <c r="B2" t="s">
-        <v>2764</v>
+      <c r="B2" s="9" t="s">
+        <v>3098</v>
       </c>
       <c r="D2" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="3" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
-        <v>1461</v>
+        <v>1459</v>
       </c>
       <c r="B3" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
       <c r="D3" t="s">
-        <v>1462</v>
+        <v>1460</v>
       </c>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B4" t="s">
-        <v>466</v>
+        <v>464</v>
       </c>
       <c r="D4" t="s">
-        <v>1463</v>
+        <v>1461</v>
       </c>
     </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B5" t="s">
-        <v>142</v>
+        <v>140</v>
       </c>
       <c r="D5" t="s">
-        <v>1464</v>
+        <v>1462</v>
       </c>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B6" t="s">
-        <v>140</v>
+        <v>138</v>
       </c>
       <c r="D6" t="s">
-        <v>1465</v>
+        <v>1463</v>
       </c>
     </row>
     <row r="7" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B7" t="s">
-        <v>1466</v>
+        <v>1464</v>
       </c>
       <c r="C7" t="s">
-        <v>393</v>
+        <v>391</v>
       </c>
       <c r="D7" t="s">
-        <v>1467</v>
+        <v>1465</v>
       </c>
     </row>
     <row r="8" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B8" t="s">
-        <v>691</v>
+        <v>689</v>
       </c>
       <c r="C8" t="s">
-        <v>398</v>
+        <v>396</v>
       </c>
       <c r="D8" t="s">
-        <v>1468</v>
+        <v>1466</v>
       </c>
     </row>
     <row r="9" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B9" t="s">
-        <v>686</v>
+        <v>684</v>
       </c>
       <c r="C9" t="s">
-        <v>401</v>
+        <v>399</v>
       </c>
       <c r="D9" t="s">
-        <v>1469</v>
+        <v>1467</v>
       </c>
     </row>
     <row r="10" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B10" t="s">
-        <v>485</v>
+        <v>483</v>
       </c>
       <c r="C10" t="s">
-        <v>406</v>
+        <v>404</v>
       </c>
       <c r="D10" t="s">
-        <v>1470</v>
+        <v>1468</v>
       </c>
     </row>
     <row r="11" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B11" t="s">
-        <v>963</v>
+        <v>961</v>
       </c>
       <c r="C11" t="s">
-        <v>409</v>
+        <v>407</v>
       </c>
       <c r="D11" t="s">
-        <v>1471</v>
+        <v>1469</v>
       </c>
     </row>
     <row r="12" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B12" t="s">
-        <v>823</v>
+        <v>821</v>
       </c>
       <c r="C12" t="s">
-        <v>412</v>
+        <v>410</v>
       </c>
       <c r="D12" t="s">
-        <v>1472</v>
+        <v>1470</v>
       </c>
     </row>
     <row r="13" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B13" t="s">
-        <v>821</v>
+        <v>819</v>
       </c>
       <c r="C13" t="s">
-        <v>415</v>
+        <v>413</v>
       </c>
       <c r="D13" t="s">
-        <v>1473</v>
+        <v>1471</v>
       </c>
     </row>
     <row r="14" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B14" t="s">
-        <v>1474</v>
+        <v>1472</v>
       </c>
       <c r="C14" t="s">
-        <v>418</v>
+        <v>416</v>
       </c>
       <c r="D14" t="s">
-        <v>1475</v>
+        <v>1473</v>
       </c>
     </row>
     <row r="15" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B15" t="s">
-        <v>1476</v>
+        <v>1474</v>
       </c>
       <c r="C15" t="s">
-        <v>421</v>
+        <v>419</v>
       </c>
       <c r="D15" t="s">
-        <v>1477</v>
+        <v>1475</v>
       </c>
     </row>
     <row r="16" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B16" t="s">
-        <v>1478</v>
+        <v>1476</v>
       </c>
       <c r="D16" t="s">
-        <v>1479</v>
+        <v>1477</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet26.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1A00-000000000000}">
   <dimension ref="A1:D14"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>131</v>
+        <v>129</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>132</v>
+        <v>130</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>133</v>
+        <v>131</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
         <v>74</v>
       </c>
       <c r="B2" t="s">
-        <v>2765</v>
+        <v>2720</v>
       </c>
       <c r="D2" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="3" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B3" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
       <c r="D3" t="s">
-        <v>1480</v>
+        <v>1478</v>
       </c>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B4" t="s">
-        <v>466</v>
+        <v>464</v>
       </c>
       <c r="D4" t="s">
-        <v>1481</v>
+        <v>1479</v>
       </c>
     </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B5" t="s">
-        <v>140</v>
+        <v>138</v>
       </c>
       <c r="D5" t="s">
-        <v>1482</v>
+        <v>1480</v>
       </c>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B6" t="s">
-        <v>142</v>
+        <v>140</v>
       </c>
       <c r="D6" t="s">
-        <v>1483</v>
+        <v>1481</v>
       </c>
     </row>
     <row r="7" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B7" t="s">
-        <v>1484</v>
+        <v>1482</v>
       </c>
       <c r="C7" t="s">
-        <v>393</v>
+        <v>391</v>
       </c>
       <c r="D7" t="s">
-        <v>1485</v>
+        <v>1483</v>
       </c>
     </row>
     <row r="8" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B8" t="s">
-        <v>1486</v>
+        <v>1484</v>
       </c>
       <c r="C8" t="s">
-        <v>398</v>
+        <v>396</v>
       </c>
       <c r="D8" t="s">
-        <v>1487</v>
+        <v>1485</v>
       </c>
     </row>
     <row r="9" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B9" t="s">
-        <v>1488</v>
+        <v>1486</v>
       </c>
       <c r="C9" t="s">
-        <v>401</v>
+        <v>399</v>
       </c>
       <c r="D9" t="s">
-        <v>1489</v>
+        <v>1487</v>
       </c>
     </row>
     <row r="10" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B10" t="s">
-        <v>1490</v>
+        <v>1488</v>
       </c>
       <c r="C10" t="s">
-        <v>406</v>
+        <v>404</v>
       </c>
       <c r="D10" t="s">
-        <v>1491</v>
+        <v>1489</v>
       </c>
     </row>
     <row r="11" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B11" t="s">
-        <v>1492</v>
+        <v>1490</v>
       </c>
       <c r="C11" t="s">
-        <v>409</v>
+        <v>407</v>
       </c>
       <c r="D11" t="s">
-        <v>1493</v>
+        <v>1491</v>
       </c>
     </row>
     <row r="12" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B12" t="s">
-        <v>1494</v>
+        <v>1492</v>
       </c>
       <c r="C12" t="s">
-        <v>412</v>
+        <v>410</v>
       </c>
       <c r="D12" t="s">
-        <v>1495</v>
+        <v>1493</v>
       </c>
     </row>
     <row r="13" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B13" t="s">
-        <v>1496</v>
+        <v>1494</v>
       </c>
       <c r="C13" t="s">
-        <v>415</v>
+        <v>413</v>
       </c>
       <c r="D13" t="s">
-        <v>1497</v>
+        <v>1495</v>
       </c>
     </row>
     <row r="14" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B14" t="s">
-        <v>788</v>
+        <v>786</v>
       </c>
       <c r="C14" t="s">
-        <v>418</v>
+        <v>416</v>
       </c>
       <c r="D14" t="s">
-        <v>1498</v>
+        <v>1496</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet27.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1B00-000000000000}">
   <dimension ref="A1:D34"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>131</v>
+        <v>129</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>132</v>
+        <v>130</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>133</v>
+        <v>131</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
         <v>76</v>
       </c>
       <c r="B2" t="s">
-        <v>2766</v>
+        <v>2721</v>
       </c>
       <c r="D2" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="3" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
-        <v>1499</v>
+        <v>1497</v>
       </c>
       <c r="B3" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
       <c r="D3" t="s">
-        <v>1502</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A4" t="s">
-        <v>1500</v>
+        <v>1498</v>
       </c>
       <c r="B4" t="s">
-        <v>466</v>
+        <v>464</v>
       </c>
       <c r="D4" t="s">
-        <v>1503</v>
+        <v>1501</v>
       </c>
     </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A5" t="s">
-        <v>1501</v>
+        <v>1499</v>
       </c>
       <c r="B5" t="s">
-        <v>142</v>
+        <v>140</v>
       </c>
       <c r="D5" t="s">
-        <v>1504</v>
+        <v>1502</v>
       </c>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B6" t="s">
-        <v>388</v>
+        <v>386</v>
       </c>
       <c r="D6" t="s">
-        <v>1505</v>
+        <v>1503</v>
       </c>
     </row>
     <row r="7" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B7" t="s">
-        <v>140</v>
+        <v>138</v>
       </c>
       <c r="D7" t="s">
-        <v>1506</v>
+        <v>1504</v>
       </c>
     </row>
     <row r="8" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B8" t="s">
-        <v>628</v>
+        <v>626</v>
       </c>
       <c r="D8" t="s">
-        <v>1507</v>
+        <v>1505</v>
       </c>
     </row>
     <row r="9" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B9" t="s">
-        <v>1508</v>
+        <v>1506</v>
       </c>
       <c r="D9" t="s">
-        <v>1509</v>
+        <v>1507</v>
       </c>
     </row>
     <row r="10" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B10" t="s">
-        <v>1510</v>
+        <v>1508</v>
       </c>
       <c r="C10" t="s">
-        <v>393</v>
+        <v>391</v>
       </c>
       <c r="D10" t="s">
-        <v>1511</v>
+        <v>1509</v>
       </c>
     </row>
     <row r="11" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B11" t="s">
-        <v>1512</v>
+        <v>1510</v>
       </c>
       <c r="C11" t="s">
-        <v>398</v>
+        <v>396</v>
       </c>
       <c r="D11" t="s">
-        <v>1513</v>
+        <v>1511</v>
       </c>
     </row>
     <row r="12" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B12" t="s">
-        <v>1514</v>
+        <v>1512</v>
       </c>
       <c r="D12" t="s">
-        <v>1515</v>
+        <v>1513</v>
       </c>
     </row>
     <row r="13" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B13" t="s">
-        <v>1516</v>
+        <v>1514</v>
       </c>
       <c r="C13" t="s">
-        <v>401</v>
+        <v>399</v>
       </c>
       <c r="D13" t="s">
-        <v>1517</v>
+        <v>1515</v>
       </c>
     </row>
     <row r="14" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B14" t="s">
-        <v>1518</v>
+        <v>1516</v>
       </c>
       <c r="C14" t="s">
-        <v>406</v>
+        <v>404</v>
       </c>
       <c r="D14" t="s">
-        <v>1519</v>
+        <v>1517</v>
       </c>
     </row>
     <row r="15" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B15" t="s">
-        <v>1520</v>
+        <v>1518</v>
       </c>
       <c r="C15" t="s">
-        <v>409</v>
+        <v>407</v>
       </c>
       <c r="D15" t="s">
-        <v>1521</v>
+        <v>1519</v>
       </c>
     </row>
     <row r="16" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B16" t="s">
-        <v>1522</v>
+        <v>1520</v>
       </c>
       <c r="D16" t="s">
-        <v>1523</v>
+        <v>1521</v>
       </c>
     </row>
     <row r="17" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B17" t="s">
-        <v>1524</v>
+        <v>1522</v>
       </c>
       <c r="C17" t="s">
-        <v>412</v>
+        <v>410</v>
       </c>
       <c r="D17" t="s">
-        <v>1525</v>
+        <v>1523</v>
       </c>
     </row>
     <row r="18" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B18" t="s">
-        <v>1526</v>
+        <v>1524</v>
       </c>
       <c r="C18" t="s">
-        <v>415</v>
+        <v>413</v>
       </c>
       <c r="D18" t="s">
-        <v>1527</v>
+        <v>1525</v>
       </c>
     </row>
     <row r="19" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B19" t="s">
-        <v>1528</v>
+        <v>1526</v>
       </c>
       <c r="C19" t="s">
-        <v>418</v>
+        <v>416</v>
       </c>
       <c r="D19" t="s">
-        <v>1529</v>
+        <v>1527</v>
       </c>
     </row>
     <row r="20" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B20" t="s">
-        <v>1530</v>
+        <v>1528</v>
       </c>
       <c r="C20" t="s">
-        <v>421</v>
+        <v>419</v>
       </c>
       <c r="D20" t="s">
-        <v>1531</v>
+        <v>1529</v>
       </c>
     </row>
     <row r="21" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B21" t="s">
-        <v>1532</v>
+        <v>1530</v>
       </c>
       <c r="C21" t="s">
-        <v>426</v>
+        <v>424</v>
       </c>
       <c r="D21" t="s">
-        <v>1533</v>
+        <v>1531</v>
       </c>
     </row>
     <row r="22" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B22" t="s">
-        <v>1534</v>
+        <v>1532</v>
       </c>
       <c r="C22" t="s">
-        <v>429</v>
+        <v>427</v>
       </c>
       <c r="D22" t="s">
-        <v>1535</v>
+        <v>1533</v>
       </c>
     </row>
     <row r="23" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B23" t="s">
-        <v>1536</v>
+        <v>1534</v>
       </c>
       <c r="C23" t="s">
-        <v>432</v>
+        <v>430</v>
       </c>
       <c r="D23" t="s">
-        <v>1537</v>
+        <v>1535</v>
       </c>
     </row>
     <row r="24" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B24" t="s">
-        <v>1538</v>
+        <v>1536</v>
       </c>
       <c r="D24" t="s">
-        <v>1539</v>
+        <v>1537</v>
       </c>
     </row>
     <row r="25" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B25" t="s">
-        <v>1540</v>
+        <v>1538</v>
       </c>
       <c r="C25" t="s">
-        <v>435</v>
+        <v>433</v>
       </c>
       <c r="D25" t="s">
-        <v>1541</v>
+        <v>1539</v>
       </c>
     </row>
     <row r="26" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B26" t="s">
-        <v>1542</v>
+        <v>1540</v>
       </c>
       <c r="C26" t="s">
-        <v>438</v>
+        <v>436</v>
       </c>
       <c r="D26" t="s">
-        <v>1543</v>
+        <v>1541</v>
       </c>
     </row>
     <row r="27" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B27" t="s">
-        <v>1544</v>
+        <v>1542</v>
       </c>
       <c r="C27" t="s">
-        <v>441</v>
+        <v>439</v>
       </c>
       <c r="D27" t="s">
-        <v>1545</v>
+        <v>1543</v>
       </c>
     </row>
     <row r="28" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B28" t="s">
-        <v>1546</v>
+        <v>1544</v>
       </c>
       <c r="C28" t="s">
-        <v>444</v>
+        <v>442</v>
       </c>
       <c r="D28" t="s">
-        <v>1547</v>
+        <v>1545</v>
       </c>
     </row>
     <row r="29" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B29" t="s">
-        <v>1548</v>
+        <v>1546</v>
       </c>
       <c r="C29" t="s">
-        <v>447</v>
+        <v>445</v>
       </c>
       <c r="D29" t="s">
-        <v>1549</v>
+        <v>1547</v>
       </c>
     </row>
     <row r="30" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B30" t="s">
-        <v>1550</v>
+        <v>1548</v>
       </c>
       <c r="C30" t="s">
-        <v>450</v>
+        <v>448</v>
       </c>
       <c r="D30" t="s">
-        <v>1551</v>
+        <v>1549</v>
       </c>
     </row>
     <row r="31" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B31" t="s">
-        <v>1552</v>
+        <v>1550</v>
       </c>
       <c r="C31" t="s">
-        <v>453</v>
+        <v>451</v>
       </c>
       <c r="D31" t="s">
-        <v>1553</v>
+        <v>1551</v>
       </c>
     </row>
     <row r="32" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B32" t="s">
-        <v>1554</v>
+        <v>1552</v>
       </c>
       <c r="C32" t="s">
-        <v>456</v>
+        <v>454</v>
       </c>
       <c r="D32" t="s">
-        <v>1555</v>
+        <v>1553</v>
       </c>
     </row>
     <row r="33" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B33" t="s">
-        <v>1556</v>
+        <v>1554</v>
       </c>
       <c r="D33" t="s">
-        <v>1557</v>
+        <v>1555</v>
       </c>
     </row>
     <row r="34" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B34" t="s">
-        <v>380</v>
+        <v>378</v>
       </c>
       <c r="D34" t="s">
-        <v>1558</v>
+        <v>1556</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet28.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1C00-000000000000}">
   <dimension ref="A1:D63"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>131</v>
+        <v>129</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>132</v>
+        <v>130</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>133</v>
+        <v>131</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
         <v>78</v>
       </c>
       <c r="B2" t="s">
-        <v>2767</v>
+        <v>2722</v>
       </c>
       <c r="D2" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="3" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
+        <v>1557</v>
+      </c>
+      <c r="B3" t="s">
+        <v>134</v>
+      </c>
+      <c r="D3" t="s">
         <v>1559</v>
-      </c>
-[...4 lines deleted...]
-        <v>1561</v>
       </c>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A4" t="s">
+        <v>1558</v>
+      </c>
+      <c r="B4" t="s">
+        <v>1404</v>
+      </c>
+      <c r="D4" t="s">
         <v>1560</v>
-      </c>
-[...4 lines deleted...]
-        <v>1562</v>
       </c>
     </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B5" t="s">
-        <v>1563</v>
+        <v>1561</v>
       </c>
       <c r="D5" t="s">
-        <v>1564</v>
+        <v>1562</v>
       </c>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B6" t="s">
-        <v>388</v>
+        <v>386</v>
       </c>
       <c r="D6" t="s">
-        <v>1565</v>
+        <v>1563</v>
       </c>
     </row>
     <row r="7" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B7" t="s">
-        <v>1566</v>
+        <v>1564</v>
       </c>
       <c r="D7" t="s">
-        <v>1567</v>
+        <v>1565</v>
       </c>
     </row>
     <row r="8" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B8" t="s">
-        <v>1568</v>
+        <v>1566</v>
       </c>
       <c r="D8" t="s">
-        <v>1569</v>
+        <v>1567</v>
       </c>
     </row>
     <row r="9" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B9" t="s">
-        <v>1570</v>
+        <v>1568</v>
       </c>
       <c r="C9" t="s">
-        <v>393</v>
+        <v>391</v>
       </c>
       <c r="D9" t="s">
-        <v>1571</v>
+        <v>1569</v>
       </c>
     </row>
     <row r="10" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B10" t="s">
-        <v>1572</v>
+        <v>1570</v>
       </c>
       <c r="C10" t="s">
-        <v>398</v>
+        <v>396</v>
       </c>
       <c r="D10" t="s">
-        <v>1573</v>
+        <v>1571</v>
       </c>
     </row>
     <row r="11" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B11" t="s">
-        <v>1574</v>
+        <v>1572</v>
       </c>
       <c r="D11" t="s">
-        <v>1575</v>
+        <v>1573</v>
       </c>
     </row>
     <row r="12" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B12" t="s">
-        <v>788</v>
+        <v>786</v>
       </c>
       <c r="C12" t="s">
-        <v>401</v>
+        <v>399</v>
       </c>
       <c r="D12" t="s">
-        <v>1576</v>
+        <v>1574</v>
       </c>
     </row>
     <row r="13" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B13" t="s">
-        <v>1577</v>
+        <v>1575</v>
       </c>
       <c r="C13" t="s">
-        <v>406</v>
+        <v>404</v>
       </c>
       <c r="D13" t="s">
-        <v>1578</v>
+        <v>1576</v>
       </c>
     </row>
     <row r="14" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B14" t="s">
-        <v>1579</v>
+        <v>1577</v>
       </c>
       <c r="C14" t="s">
-        <v>409</v>
+        <v>407</v>
       </c>
       <c r="D14" t="s">
-        <v>1580</v>
+        <v>1578</v>
       </c>
     </row>
     <row r="15" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B15" t="s">
-        <v>1581</v>
+        <v>1579</v>
       </c>
       <c r="C15" t="s">
-        <v>412</v>
+        <v>410</v>
       </c>
       <c r="D15" t="s">
-        <v>1582</v>
+        <v>1580</v>
       </c>
     </row>
     <row r="16" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B16" t="s">
-        <v>1583</v>
+        <v>1581</v>
       </c>
       <c r="C16" t="s">
-        <v>415</v>
+        <v>413</v>
       </c>
       <c r="D16" t="s">
-        <v>1584</v>
+        <v>1582</v>
       </c>
     </row>
     <row r="17" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B17" t="s">
-        <v>1585</v>
+        <v>1583</v>
       </c>
       <c r="D17" t="s">
-        <v>1586</v>
+        <v>1584</v>
       </c>
     </row>
     <row r="18" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B18" t="s">
-        <v>1587</v>
+        <v>1585</v>
       </c>
       <c r="C18" t="s">
-        <v>418</v>
+        <v>416</v>
       </c>
       <c r="D18" t="s">
-        <v>1588</v>
+        <v>1586</v>
       </c>
     </row>
     <row r="19" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B19" t="s">
-        <v>1589</v>
+        <v>1587</v>
       </c>
       <c r="C19" t="s">
-        <v>421</v>
+        <v>419</v>
       </c>
       <c r="D19" t="s">
-        <v>1590</v>
+        <v>1588</v>
       </c>
     </row>
     <row r="20" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B20" t="s">
-        <v>1591</v>
+        <v>1589</v>
       </c>
       <c r="C20" t="s">
-        <v>426</v>
+        <v>424</v>
       </c>
       <c r="D20" t="s">
-        <v>1592</v>
+        <v>1590</v>
       </c>
     </row>
     <row r="21" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B21" t="s">
-        <v>1593</v>
+        <v>1591</v>
       </c>
       <c r="C21" t="s">
-        <v>429</v>
+        <v>427</v>
       </c>
       <c r="D21" t="s">
-        <v>1594</v>
+        <v>1592</v>
       </c>
     </row>
     <row r="22" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B22" t="s">
-        <v>1595</v>
+        <v>1593</v>
       </c>
       <c r="C22" t="s">
-        <v>432</v>
+        <v>430</v>
       </c>
       <c r="D22" t="s">
-        <v>1596</v>
+        <v>1594</v>
       </c>
     </row>
     <row r="23" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B23" t="s">
-        <v>1597</v>
+        <v>1595</v>
       </c>
       <c r="C23" t="s">
-        <v>435</v>
+        <v>433</v>
       </c>
       <c r="D23" t="s">
-        <v>1598</v>
+        <v>1596</v>
       </c>
     </row>
     <row r="24" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B24" t="s">
-        <v>1599</v>
+        <v>1597</v>
       </c>
       <c r="C24" t="s">
-        <v>438</v>
+        <v>436</v>
       </c>
       <c r="D24" t="s">
-        <v>1600</v>
+        <v>1598</v>
       </c>
     </row>
     <row r="25" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B25" t="s">
-        <v>1601</v>
+        <v>1599</v>
       </c>
       <c r="D25" t="s">
-        <v>1602</v>
+        <v>1600</v>
       </c>
     </row>
     <row r="26" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B26" t="s">
-        <v>1603</v>
+        <v>1601</v>
       </c>
       <c r="C26" t="s">
-        <v>441</v>
+        <v>439</v>
       </c>
       <c r="D26" t="s">
-        <v>1604</v>
+        <v>1602</v>
       </c>
     </row>
     <row r="27" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B27" t="s">
-        <v>1605</v>
+        <v>1603</v>
       </c>
       <c r="C27" t="s">
-        <v>444</v>
+        <v>442</v>
       </c>
       <c r="D27" t="s">
-        <v>1606</v>
+        <v>1604</v>
       </c>
     </row>
     <row r="28" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B28" t="s">
-        <v>1607</v>
+        <v>1605</v>
       </c>
       <c r="C28" t="s">
-        <v>447</v>
+        <v>445</v>
       </c>
       <c r="D28" t="s">
-        <v>1608</v>
+        <v>1606</v>
       </c>
     </row>
     <row r="29" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B29" t="s">
-        <v>1609</v>
+        <v>1607</v>
       </c>
       <c r="C29" t="s">
-        <v>450</v>
+        <v>448</v>
       </c>
       <c r="D29" t="s">
-        <v>1610</v>
+        <v>1608</v>
       </c>
     </row>
     <row r="30" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B30" t="s">
-        <v>1611</v>
+        <v>1609</v>
       </c>
       <c r="C30" t="s">
-        <v>453</v>
+        <v>451</v>
       </c>
       <c r="D30" t="s">
-        <v>1612</v>
+        <v>1610</v>
       </c>
     </row>
     <row r="31" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B31" t="s">
-        <v>1613</v>
+        <v>1611</v>
       </c>
       <c r="C31" t="s">
-        <v>456</v>
+        <v>454</v>
       </c>
       <c r="D31" t="s">
-        <v>1614</v>
+        <v>1612</v>
       </c>
     </row>
     <row r="32" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B32" t="s">
-        <v>1615</v>
+        <v>1613</v>
       </c>
       <c r="C32" t="s">
-        <v>459</v>
+        <v>457</v>
       </c>
       <c r="D32" t="s">
-        <v>1616</v>
+        <v>1614</v>
       </c>
     </row>
     <row r="33" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B33" t="s">
-        <v>1617</v>
+        <v>1615</v>
       </c>
       <c r="C33" t="s">
-        <v>462</v>
+        <v>460</v>
       </c>
       <c r="D33" t="s">
-        <v>1618</v>
+        <v>1616</v>
       </c>
     </row>
     <row r="34" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B34" t="s">
-        <v>1619</v>
+        <v>1617</v>
       </c>
       <c r="D34" t="s">
-        <v>1620</v>
+        <v>1618</v>
       </c>
     </row>
     <row r="35" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B35" t="s">
-        <v>1621</v>
+        <v>1619</v>
       </c>
       <c r="C35" t="s">
-        <v>489</v>
+        <v>487</v>
       </c>
       <c r="D35" t="s">
-        <v>1622</v>
+        <v>1620</v>
       </c>
     </row>
     <row r="36" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B36" t="s">
-        <v>1623</v>
+        <v>1621</v>
       </c>
       <c r="C36" t="s">
-        <v>491</v>
+        <v>489</v>
       </c>
       <c r="D36" t="s">
-        <v>1624</v>
+        <v>1622</v>
       </c>
     </row>
     <row r="37" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B37" t="s">
-        <v>1625</v>
+        <v>1623</v>
       </c>
       <c r="C37" t="s">
-        <v>492</v>
+        <v>490</v>
       </c>
       <c r="D37" t="s">
-        <v>1626</v>
+        <v>1624</v>
       </c>
     </row>
     <row r="38" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B38" t="s">
-        <v>1627</v>
+        <v>1625</v>
       </c>
       <c r="C38" t="s">
-        <v>493</v>
+        <v>491</v>
       </c>
       <c r="D38" t="s">
-        <v>1628</v>
+        <v>1626</v>
       </c>
     </row>
     <row r="39" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B39" t="s">
-        <v>1629</v>
+        <v>1627</v>
       </c>
       <c r="C39" t="s">
-        <v>494</v>
+        <v>492</v>
       </c>
       <c r="D39" t="s">
-        <v>1630</v>
+        <v>1628</v>
       </c>
     </row>
     <row r="40" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B40" t="s">
-        <v>1631</v>
+        <v>1629</v>
       </c>
       <c r="D40" t="s">
-        <v>1632</v>
+        <v>1630</v>
       </c>
     </row>
     <row r="41" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B41" t="s">
-        <v>1633</v>
+        <v>1631</v>
       </c>
       <c r="C41" t="s">
-        <v>803</v>
+        <v>801</v>
       </c>
       <c r="D41" t="s">
-        <v>1634</v>
+        <v>1632</v>
       </c>
     </row>
     <row r="42" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B42" t="s">
-        <v>1635</v>
+        <v>1633</v>
       </c>
       <c r="C42" t="s">
-        <v>1138</v>
+        <v>1136</v>
       </c>
       <c r="D42" t="s">
-        <v>1636</v>
+        <v>1634</v>
       </c>
     </row>
     <row r="43" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B43" t="s">
-        <v>1637</v>
+        <v>1635</v>
       </c>
       <c r="C43" t="s">
-        <v>1141</v>
+        <v>1139</v>
       </c>
       <c r="D43" t="s">
-        <v>1638</v>
+        <v>1636</v>
       </c>
     </row>
     <row r="44" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B44" t="s">
-        <v>1639</v>
+        <v>1637</v>
       </c>
       <c r="C44" t="s">
-        <v>1144</v>
+        <v>1142</v>
       </c>
       <c r="D44" t="s">
-        <v>1640</v>
+        <v>1638</v>
       </c>
     </row>
     <row r="45" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B45" t="s">
-        <v>1641</v>
+        <v>1639</v>
       </c>
       <c r="C45" t="s">
-        <v>1147</v>
+        <v>1145</v>
       </c>
       <c r="D45" t="s">
-        <v>1642</v>
+        <v>1640</v>
       </c>
     </row>
     <row r="46" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B46" t="s">
-        <v>1643</v>
+        <v>1641</v>
       </c>
       <c r="C46" t="s">
-        <v>1152</v>
+        <v>1150</v>
       </c>
       <c r="D46" t="s">
-        <v>1644</v>
+        <v>1642</v>
       </c>
     </row>
     <row r="47" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B47" t="s">
-        <v>1645</v>
+        <v>1643</v>
       </c>
       <c r="C47" t="s">
-        <v>1155</v>
+        <v>1153</v>
       </c>
       <c r="D47" t="s">
-        <v>1646</v>
+        <v>1644</v>
       </c>
     </row>
     <row r="48" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B48" t="s">
-        <v>1647</v>
+        <v>1645</v>
       </c>
       <c r="C48" t="s">
-        <v>1158</v>
+        <v>1156</v>
       </c>
       <c r="D48" t="s">
-        <v>1648</v>
+        <v>1646</v>
       </c>
     </row>
     <row r="49" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B49" t="s">
-        <v>1649</v>
+        <v>1647</v>
       </c>
       <c r="C49" t="s">
-        <v>1161</v>
+        <v>1159</v>
       </c>
       <c r="D49" t="s">
-        <v>1650</v>
+        <v>1648</v>
       </c>
     </row>
     <row r="50" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B50" t="s">
-        <v>1651</v>
+        <v>1649</v>
       </c>
       <c r="C50" t="s">
-        <v>1164</v>
+        <v>1162</v>
       </c>
       <c r="D50" t="s">
-        <v>1652</v>
+        <v>1650</v>
       </c>
     </row>
     <row r="51" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B51" t="s">
-        <v>1653</v>
+        <v>1651</v>
       </c>
       <c r="C51" t="s">
-        <v>1169</v>
+        <v>1167</v>
       </c>
       <c r="D51" t="s">
-        <v>1654</v>
+        <v>1652</v>
       </c>
     </row>
     <row r="52" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B52" t="s">
-        <v>1655</v>
+        <v>1653</v>
       </c>
       <c r="D52" t="s">
-        <v>1656</v>
+        <v>1654</v>
       </c>
     </row>
     <row r="53" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B53" t="s">
+        <v>1655</v>
+      </c>
+      <c r="C53" t="s">
+        <v>1656</v>
+      </c>
+      <c r="D53" t="s">
         <v>1657</v>
-      </c>
-[...4 lines deleted...]
-        <v>1659</v>
       </c>
     </row>
     <row r="54" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B54" t="s">
+        <v>1658</v>
+      </c>
+      <c r="C54" t="s">
+        <v>1659</v>
+      </c>
+      <c r="D54" t="s">
         <v>1660</v>
-      </c>
-[...4 lines deleted...]
-        <v>1662</v>
       </c>
     </row>
     <row r="55" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B55" t="s">
+        <v>1661</v>
+      </c>
+      <c r="C55" t="s">
+        <v>1662</v>
+      </c>
+      <c r="D55" t="s">
         <v>1663</v>
-      </c>
-[...4 lines deleted...]
-        <v>1665</v>
       </c>
     </row>
     <row r="56" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B56" t="s">
+        <v>1664</v>
+      </c>
+      <c r="C56" t="s">
+        <v>1665</v>
+      </c>
+      <c r="D56" t="s">
         <v>1666</v>
-      </c>
-[...4 lines deleted...]
-        <v>1668</v>
       </c>
     </row>
     <row r="57" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B57" t="s">
+        <v>1667</v>
+      </c>
+      <c r="C57" t="s">
+        <v>1668</v>
+      </c>
+      <c r="D57" t="s">
         <v>1669</v>
-      </c>
-[...4 lines deleted...]
-        <v>1671</v>
       </c>
     </row>
     <row r="58" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B58" t="s">
+        <v>1670</v>
+      </c>
+      <c r="C58" t="s">
+        <v>1671</v>
+      </c>
+      <c r="D58" t="s">
         <v>1672</v>
-      </c>
-[...4 lines deleted...]
-        <v>1674</v>
       </c>
     </row>
     <row r="59" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B59" t="s">
+        <v>1673</v>
+      </c>
+      <c r="C59" t="s">
+        <v>1674</v>
+      </c>
+      <c r="D59" t="s">
         <v>1675</v>
-      </c>
-[...4 lines deleted...]
-        <v>1677</v>
       </c>
     </row>
     <row r="60" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B60" t="s">
+        <v>1676</v>
+      </c>
+      <c r="C60" t="s">
+        <v>1677</v>
+      </c>
+      <c r="D60" t="s">
         <v>1678</v>
-      </c>
-[...4 lines deleted...]
-        <v>1680</v>
       </c>
     </row>
     <row r="61" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B61" t="s">
+        <v>1679</v>
+      </c>
+      <c r="C61" t="s">
+        <v>1680</v>
+      </c>
+      <c r="D61" t="s">
         <v>1681</v>
-      </c>
-[...4 lines deleted...]
-        <v>1683</v>
       </c>
     </row>
     <row r="62" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B62" t="s">
+        <v>1682</v>
+      </c>
+      <c r="C62" t="s">
+        <v>1683</v>
+      </c>
+      <c r="D62" t="s">
         <v>1684</v>
-      </c>
-[...4 lines deleted...]
-        <v>1686</v>
       </c>
     </row>
     <row r="63" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B63" t="s">
-        <v>144</v>
+        <v>142</v>
       </c>
       <c r="D63" t="s">
-        <v>1687</v>
+        <v>1685</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet29.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1D00-000000000000}">
   <dimension ref="A1:D59"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>131</v>
+        <v>129</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>132</v>
+        <v>130</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>133</v>
+        <v>131</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
         <v>80</v>
       </c>
       <c r="B2" t="s">
-        <v>2768</v>
+        <v>2723</v>
       </c>
       <c r="D2" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="3" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
-        <v>1688</v>
+        <v>1686</v>
       </c>
       <c r="B3" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
       <c r="D3" t="s">
-        <v>1689</v>
+        <v>1687</v>
       </c>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B4" t="s">
-        <v>466</v>
+        <v>464</v>
       </c>
       <c r="D4" t="s">
-        <v>1690</v>
+        <v>1688</v>
       </c>
     </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B5" t="s">
-        <v>142</v>
+        <v>140</v>
       </c>
       <c r="D5" t="s">
-        <v>1691</v>
+        <v>1689</v>
       </c>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B6" t="s">
-        <v>140</v>
+        <v>138</v>
       </c>
       <c r="D6" t="s">
-        <v>1692</v>
+        <v>1690</v>
       </c>
     </row>
     <row r="7" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B7" t="s">
-        <v>1693</v>
+        <v>1691</v>
       </c>
       <c r="D7" t="s">
-        <v>1694</v>
+        <v>1692</v>
       </c>
     </row>
     <row r="8" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B8" t="s">
-        <v>1695</v>
+        <v>1693</v>
       </c>
       <c r="C8" t="s">
-        <v>393</v>
+        <v>391</v>
       </c>
       <c r="D8" t="s">
-        <v>1696</v>
+        <v>1694</v>
       </c>
     </row>
     <row r="9" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B9" t="s">
-        <v>1697</v>
+        <v>1695</v>
       </c>
       <c r="C9" t="s">
-        <v>398</v>
+        <v>396</v>
       </c>
       <c r="D9" t="s">
-        <v>1698</v>
+        <v>1696</v>
       </c>
     </row>
     <row r="10" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B10" t="s">
-        <v>1699</v>
+        <v>1697</v>
       </c>
       <c r="C10" t="s">
-        <v>401</v>
+        <v>399</v>
       </c>
       <c r="D10" t="s">
-        <v>1700</v>
+        <v>1698</v>
       </c>
     </row>
     <row r="11" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B11" t="s">
-        <v>1701</v>
+        <v>1699</v>
       </c>
       <c r="C11" t="s">
-        <v>406</v>
+        <v>404</v>
       </c>
       <c r="D11" t="s">
-        <v>1702</v>
+        <v>1700</v>
       </c>
     </row>
     <row r="12" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B12" t="s">
-        <v>1703</v>
+        <v>1701</v>
       </c>
       <c r="D12" t="s">
-        <v>1704</v>
+        <v>1702</v>
       </c>
     </row>
     <row r="13" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B13" t="s">
-        <v>1705</v>
+        <v>1703</v>
       </c>
       <c r="C13" t="s">
-        <v>409</v>
+        <v>407</v>
       </c>
       <c r="D13" t="s">
-        <v>1706</v>
+        <v>1704</v>
       </c>
     </row>
     <row r="14" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B14" t="s">
-        <v>1216</v>
+        <v>1214</v>
       </c>
       <c r="C14" t="s">
-        <v>412</v>
+        <v>410</v>
       </c>
       <c r="D14" t="s">
-        <v>1707</v>
+        <v>1705</v>
       </c>
     </row>
     <row r="15" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B15" t="s">
-        <v>1708</v>
+        <v>1706</v>
       </c>
       <c r="C15" t="s">
-        <v>415</v>
+        <v>413</v>
       </c>
       <c r="D15" t="s">
-        <v>1709</v>
+        <v>1707</v>
       </c>
     </row>
     <row r="16" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B16" t="s">
-        <v>1710</v>
+        <v>1708</v>
       </c>
       <c r="C16" t="s">
-        <v>418</v>
+        <v>416</v>
       </c>
       <c r="D16" t="s">
-        <v>1711</v>
+        <v>1709</v>
       </c>
     </row>
     <row r="17" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B17" t="s">
-        <v>1435</v>
+        <v>1433</v>
       </c>
       <c r="C17" t="s">
-        <v>421</v>
+        <v>419</v>
       </c>
       <c r="D17" t="s">
-        <v>1712</v>
+        <v>1710</v>
       </c>
     </row>
     <row r="18" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B18" t="s">
-        <v>1713</v>
+        <v>1711</v>
       </c>
       <c r="C18" t="s">
-        <v>426</v>
+        <v>424</v>
       </c>
       <c r="D18" t="s">
-        <v>1714</v>
+        <v>1712</v>
       </c>
     </row>
     <row r="19" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B19" t="s">
-        <v>1715</v>
+        <v>1713</v>
       </c>
       <c r="C19" t="s">
-        <v>429</v>
+        <v>427</v>
       </c>
       <c r="D19" t="s">
-        <v>1716</v>
+        <v>1714</v>
       </c>
     </row>
     <row r="20" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B20" t="s">
-        <v>1717</v>
+        <v>1715</v>
       </c>
       <c r="D20" t="s">
-        <v>1718</v>
+        <v>1716</v>
       </c>
     </row>
     <row r="21" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B21" t="s">
-        <v>1719</v>
+        <v>1717</v>
       </c>
       <c r="C21" t="s">
-        <v>432</v>
+        <v>430</v>
       </c>
       <c r="D21" t="s">
-        <v>1720</v>
+        <v>1718</v>
       </c>
     </row>
     <row r="22" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B22" t="s">
-        <v>1721</v>
+        <v>1719</v>
       </c>
       <c r="C22" t="s">
-        <v>435</v>
+        <v>433</v>
       </c>
       <c r="D22" t="s">
-        <v>1722</v>
+        <v>1720</v>
       </c>
     </row>
     <row r="23" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B23" t="s">
-        <v>1041</v>
+        <v>1039</v>
       </c>
       <c r="C23" t="s">
-        <v>438</v>
+        <v>436</v>
       </c>
       <c r="D23" t="s">
-        <v>1723</v>
+        <v>1721</v>
       </c>
     </row>
     <row r="24" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B24" t="s">
-        <v>1724</v>
+        <v>1722</v>
       </c>
       <c r="C24" t="s">
-        <v>441</v>
+        <v>439</v>
       </c>
       <c r="D24" t="s">
-        <v>1725</v>
+        <v>1723</v>
       </c>
     </row>
     <row r="25" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B25" t="s">
-        <v>1726</v>
+        <v>1724</v>
       </c>
       <c r="D25" t="s">
-        <v>1727</v>
+        <v>1725</v>
       </c>
     </row>
     <row r="26" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B26" t="s">
-        <v>1728</v>
+        <v>1726</v>
       </c>
       <c r="C26" t="s">
-        <v>444</v>
+        <v>442</v>
       </c>
       <c r="D26" t="s">
-        <v>1729</v>
+        <v>1727</v>
       </c>
     </row>
     <row r="27" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B27" t="s">
-        <v>1730</v>
+        <v>1728</v>
       </c>
       <c r="C27" t="s">
-        <v>447</v>
+        <v>445</v>
       </c>
       <c r="D27" t="s">
-        <v>1731</v>
+        <v>1729</v>
       </c>
     </row>
     <row r="28" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B28" t="s">
-        <v>1732</v>
+        <v>1730</v>
       </c>
       <c r="C28" t="s">
-        <v>450</v>
+        <v>448</v>
       </c>
       <c r="D28" t="s">
-        <v>1733</v>
+        <v>1731</v>
       </c>
     </row>
     <row r="29" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B29" t="s">
-        <v>1734</v>
+        <v>1732</v>
       </c>
       <c r="C29" t="s">
-        <v>453</v>
+        <v>451</v>
       </c>
       <c r="D29" t="s">
-        <v>1735</v>
+        <v>1733</v>
       </c>
     </row>
     <row r="30" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B30" t="s">
-        <v>1736</v>
+        <v>1734</v>
       </c>
       <c r="C30" t="s">
-        <v>456</v>
+        <v>454</v>
       </c>
       <c r="D30" t="s">
-        <v>1737</v>
+        <v>1735</v>
       </c>
     </row>
     <row r="31" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B31" t="s">
-        <v>1738</v>
+        <v>1736</v>
       </c>
       <c r="D31" t="s">
-        <v>1739</v>
+        <v>1737</v>
       </c>
     </row>
     <row r="32" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B32" t="s">
-        <v>1740</v>
+        <v>1738</v>
       </c>
       <c r="C32" t="s">
-        <v>459</v>
+        <v>457</v>
       </c>
       <c r="D32" t="s">
-        <v>1741</v>
+        <v>1739</v>
       </c>
     </row>
     <row r="33" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B33" t="s">
-        <v>1742</v>
+        <v>1740</v>
       </c>
       <c r="C33" t="s">
-        <v>462</v>
+        <v>460</v>
       </c>
       <c r="D33" t="s">
-        <v>1743</v>
+        <v>1741</v>
       </c>
     </row>
     <row r="34" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B34" t="s">
-        <v>1744</v>
+        <v>1742</v>
       </c>
       <c r="C34" t="s">
-        <v>489</v>
+        <v>487</v>
       </c>
       <c r="D34" t="s">
-        <v>1745</v>
+        <v>1743</v>
       </c>
     </row>
     <row r="35" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B35" t="s">
-        <v>1746</v>
+        <v>1744</v>
       </c>
       <c r="C35" t="s">
-        <v>491</v>
+        <v>489</v>
       </c>
       <c r="D35" t="s">
-        <v>1747</v>
+        <v>1745</v>
       </c>
     </row>
     <row r="36" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B36" t="s">
-        <v>1748</v>
+        <v>1746</v>
       </c>
       <c r="D36" t="s">
-        <v>1749</v>
+        <v>1747</v>
       </c>
     </row>
     <row r="37" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B37" t="s">
-        <v>1750</v>
+        <v>1748</v>
       </c>
       <c r="C37" t="s">
-        <v>492</v>
+        <v>490</v>
       </c>
       <c r="D37" t="s">
-        <v>1751</v>
+        <v>1749</v>
       </c>
     </row>
     <row r="38" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B38" t="s">
-        <v>1752</v>
+        <v>1750</v>
       </c>
       <c r="C38" t="s">
-        <v>493</v>
+        <v>491</v>
       </c>
       <c r="D38" t="s">
-        <v>1753</v>
+        <v>1751</v>
       </c>
     </row>
     <row r="39" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B39" t="s">
-        <v>1754</v>
+        <v>1752</v>
       </c>
       <c r="C39" t="s">
-        <v>494</v>
+        <v>492</v>
       </c>
       <c r="D39" t="s">
-        <v>1755</v>
+        <v>1753</v>
       </c>
     </row>
     <row r="40" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B40" t="s">
-        <v>1756</v>
+        <v>1754</v>
       </c>
       <c r="C40" t="s">
-        <v>803</v>
+        <v>801</v>
       </c>
       <c r="D40" t="s">
-        <v>1757</v>
+        <v>1755</v>
       </c>
     </row>
     <row r="41" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B41" t="s">
-        <v>1758</v>
+        <v>1756</v>
       </c>
       <c r="D41" t="s">
-        <v>1759</v>
+        <v>1757</v>
       </c>
     </row>
     <row r="42" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B42" t="s">
-        <v>1760</v>
+        <v>1758</v>
       </c>
       <c r="C42" t="s">
-        <v>1138</v>
+        <v>1136</v>
       </c>
       <c r="D42" t="s">
-        <v>1761</v>
+        <v>1759</v>
       </c>
     </row>
     <row r="43" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B43" t="s">
-        <v>1762</v>
+        <v>1760</v>
       </c>
       <c r="C43" t="s">
-        <v>1141</v>
+        <v>1139</v>
       </c>
       <c r="D43" t="s">
-        <v>1763</v>
+        <v>1761</v>
       </c>
     </row>
     <row r="44" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B44" t="s">
-        <v>1764</v>
+        <v>1762</v>
       </c>
       <c r="C44" t="s">
-        <v>1144</v>
+        <v>1142</v>
       </c>
       <c r="D44" t="s">
-        <v>1765</v>
+        <v>1763</v>
       </c>
     </row>
     <row r="45" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B45" t="s">
-        <v>1766</v>
+        <v>1764</v>
       </c>
       <c r="C45" t="s">
-        <v>1147</v>
+        <v>1145</v>
       </c>
       <c r="D45" t="s">
-        <v>1767</v>
+        <v>1765</v>
       </c>
     </row>
     <row r="46" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B46" t="s">
-        <v>1768</v>
+        <v>1766</v>
       </c>
       <c r="D46" t="s">
-        <v>1769</v>
+        <v>1767</v>
       </c>
     </row>
     <row r="47" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B47" t="s">
-        <v>1770</v>
+        <v>1768</v>
       </c>
       <c r="C47" t="s">
-        <v>1152</v>
+        <v>1150</v>
       </c>
       <c r="D47" t="s">
-        <v>1771</v>
+        <v>1769</v>
       </c>
     </row>
     <row r="48" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B48" t="s">
-        <v>1772</v>
+        <v>1770</v>
       </c>
       <c r="C48" t="s">
-        <v>1155</v>
+        <v>1153</v>
       </c>
       <c r="D48" t="s">
-        <v>1773</v>
+        <v>1771</v>
       </c>
     </row>
     <row r="49" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B49" t="s">
-        <v>1774</v>
+        <v>1772</v>
       </c>
       <c r="C49" t="s">
-        <v>1158</v>
+        <v>1156</v>
       </c>
       <c r="D49" t="s">
-        <v>1775</v>
+        <v>1773</v>
       </c>
     </row>
     <row r="50" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B50" t="s">
-        <v>1776</v>
+        <v>1774</v>
       </c>
       <c r="C50" t="s">
-        <v>1161</v>
+        <v>1159</v>
       </c>
       <c r="D50" t="s">
-        <v>1777</v>
+        <v>1775</v>
       </c>
     </row>
     <row r="51" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B51" t="s">
-        <v>1778</v>
+        <v>1776</v>
       </c>
       <c r="D51" t="s">
-        <v>1779</v>
+        <v>1777</v>
       </c>
     </row>
     <row r="52" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B52" t="s">
-        <v>1780</v>
+        <v>1778</v>
       </c>
       <c r="C52" t="s">
-        <v>1164</v>
+        <v>1162</v>
       </c>
       <c r="D52" t="s">
-        <v>1781</v>
+        <v>1779</v>
       </c>
     </row>
     <row r="53" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B53" t="s">
-        <v>1782</v>
+        <v>1780</v>
       </c>
       <c r="C53" t="s">
-        <v>1169</v>
+        <v>1167</v>
       </c>
       <c r="D53" t="s">
-        <v>1783</v>
+        <v>1781</v>
       </c>
     </row>
     <row r="54" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B54" t="s">
-        <v>1784</v>
+        <v>1782</v>
       </c>
       <c r="C54" t="s">
-        <v>1658</v>
+        <v>1656</v>
       </c>
       <c r="D54" t="s">
-        <v>1785</v>
+        <v>1783</v>
       </c>
     </row>
     <row r="55" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B55" t="s">
-        <v>1786</v>
+        <v>1784</v>
       </c>
       <c r="C55" t="s">
-        <v>1661</v>
+        <v>1659</v>
       </c>
       <c r="D55" t="s">
-        <v>1787</v>
+        <v>1785</v>
       </c>
     </row>
     <row r="56" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B56" t="s">
-        <v>1788</v>
+        <v>1786</v>
       </c>
       <c r="C56" t="s">
-        <v>378</v>
+        <v>376</v>
       </c>
       <c r="D56" t="s">
-        <v>1789</v>
+        <v>1787</v>
       </c>
     </row>
     <row r="57" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B57" t="s">
-        <v>1790</v>
+        <v>1788</v>
       </c>
       <c r="C57" t="s">
-        <v>601</v>
+        <v>599</v>
       </c>
       <c r="D57" t="s">
-        <v>1791</v>
+        <v>1789</v>
       </c>
     </row>
     <row r="58" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B58" t="s">
+        <v>1790</v>
+      </c>
+      <c r="C58" t="s">
+        <v>1791</v>
+      </c>
+      <c r="D58" t="s">
         <v>1792</v>
-      </c>
-[...4 lines deleted...]
-        <v>1794</v>
       </c>
     </row>
     <row r="59" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B59" t="s">
-        <v>144</v>
+        <v>142</v>
       </c>
       <c r="D59" t="s">
-        <v>1795</v>
+        <v>1793</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
   <dimension ref="A1:D43"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>131</v>
+        <v>129</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>132</v>
+        <v>130</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>133</v>
+        <v>131</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
-        <v>465</v>
+        <v>463</v>
       </c>
       <c r="B2" t="s">
-        <v>2769</v>
+        <v>2724</v>
       </c>
       <c r="D2" t="s">
-        <v>2770</v>
+        <v>2725</v>
       </c>
     </row>
     <row r="3" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
-        <v>464</v>
+        <v>462</v>
       </c>
       <c r="B3" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
       <c r="D3" t="s">
-        <v>2771</v>
+        <v>2726</v>
       </c>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A4" t="s">
-        <v>2772</v>
+        <v>2727</v>
       </c>
       <c r="B4" t="s">
-        <v>2773</v>
+        <v>2728</v>
       </c>
       <c r="D4" t="s">
-        <v>2774</v>
+        <v>2729</v>
       </c>
     </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A5" t="s">
-        <v>2775</v>
+        <v>2730</v>
       </c>
       <c r="B5" t="s">
-        <v>2773</v>
+        <v>2728</v>
       </c>
       <c r="D5" t="s">
-        <v>2776</v>
+        <v>2731</v>
       </c>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B6" t="s">
-        <v>466</v>
+        <v>464</v>
       </c>
       <c r="D6" t="s">
-        <v>2777</v>
+        <v>2732</v>
       </c>
     </row>
     <row r="7" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B7" t="s">
-        <v>2778</v>
+        <v>2733</v>
       </c>
       <c r="D7" t="s">
-        <v>2779</v>
+        <v>2734</v>
       </c>
     </row>
     <row r="8" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B8" t="s">
-        <v>140</v>
+        <v>138</v>
       </c>
       <c r="D8" t="s">
-        <v>2780</v>
+        <v>2735</v>
       </c>
     </row>
     <row r="9" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B9" t="s">
-        <v>2781</v>
+        <v>2736</v>
       </c>
       <c r="D9" t="s">
-        <v>2782</v>
+        <v>2737</v>
       </c>
     </row>
     <row r="10" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B10" t="s">
-        <v>142</v>
+        <v>140</v>
       </c>
       <c r="D10" t="s">
-        <v>2783</v>
+        <v>2738</v>
       </c>
     </row>
     <row r="11" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B11" t="s">
-        <v>2784</v>
+        <v>2739</v>
       </c>
       <c r="D11" t="s">
-        <v>2785</v>
+        <v>2740</v>
       </c>
     </row>
     <row r="12" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B12" t="s">
-        <v>2786</v>
+        <v>2741</v>
       </c>
       <c r="C12" t="s">
-        <v>149</v>
+        <v>147</v>
       </c>
       <c r="D12" t="s">
-        <v>2787</v>
+        <v>2742</v>
       </c>
     </row>
     <row r="13" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B13" t="s">
-        <v>469</v>
+        <v>467</v>
       </c>
       <c r="C13" t="s">
-        <v>152</v>
+        <v>150</v>
       </c>
       <c r="D13" t="s">
-        <v>2788</v>
+        <v>2743</v>
       </c>
     </row>
     <row r="14" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B14" t="s">
-        <v>470</v>
+        <v>468</v>
       </c>
       <c r="C14" t="s">
-        <v>155</v>
+        <v>153</v>
       </c>
       <c r="D14" t="s">
-        <v>2789</v>
+        <v>2744</v>
       </c>
     </row>
     <row r="15" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B15" t="s">
-        <v>471</v>
+        <v>469</v>
       </c>
       <c r="C15" t="s">
-        <v>158</v>
+        <v>156</v>
       </c>
       <c r="D15" t="s">
-        <v>2790</v>
+        <v>2745</v>
       </c>
     </row>
     <row r="16" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B16" t="s">
-        <v>2644</v>
+        <v>2600</v>
       </c>
       <c r="C16" t="s">
-        <v>161</v>
+        <v>159</v>
       </c>
       <c r="D16" t="s">
-        <v>2791</v>
+        <v>2746</v>
       </c>
     </row>
     <row r="17" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B17" t="s">
-        <v>2792</v>
+        <v>2747</v>
       </c>
       <c r="C17" t="s">
-        <v>164</v>
+        <v>162</v>
       </c>
       <c r="D17" t="s">
-        <v>2793</v>
+        <v>2748</v>
       </c>
     </row>
     <row r="18" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B18" t="s">
-        <v>472</v>
+        <v>470</v>
       </c>
       <c r="C18" t="s">
-        <v>167</v>
+        <v>165</v>
       </c>
       <c r="D18" t="s">
-        <v>2794</v>
+        <v>2749</v>
       </c>
     </row>
     <row r="19" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B19" t="s">
-        <v>473</v>
+        <v>471</v>
       </c>
       <c r="C19" t="s">
-        <v>170</v>
+        <v>168</v>
       </c>
       <c r="D19" t="s">
-        <v>2795</v>
+        <v>2750</v>
       </c>
     </row>
     <row r="20" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B20" t="s">
-        <v>2796</v>
+        <v>2751</v>
       </c>
       <c r="C20" t="s">
-        <v>173</v>
+        <v>171</v>
       </c>
       <c r="D20" t="s">
-        <v>2797</v>
+        <v>2752</v>
       </c>
     </row>
     <row r="21" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B21" t="s">
-        <v>2798</v>
+        <v>2753</v>
       </c>
       <c r="D21" t="s">
-        <v>2799</v>
+        <v>2754</v>
       </c>
     </row>
     <row r="22" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B22" t="s">
-        <v>474</v>
+        <v>472</v>
       </c>
       <c r="C22" t="s">
-        <v>178</v>
+        <v>176</v>
       </c>
       <c r="D22" t="s">
-        <v>2800</v>
+        <v>2755</v>
       </c>
     </row>
     <row r="23" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B23" t="s">
-        <v>475</v>
+        <v>473</v>
       </c>
       <c r="C23" t="s">
-        <v>181</v>
+        <v>179</v>
       </c>
       <c r="D23" t="s">
-        <v>2801</v>
+        <v>2756</v>
       </c>
     </row>
     <row r="24" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B24" t="s">
-        <v>476</v>
+        <v>474</v>
       </c>
       <c r="C24" t="s">
-        <v>184</v>
+        <v>182</v>
       </c>
       <c r="D24" t="s">
-        <v>2802</v>
+        <v>2757</v>
       </c>
     </row>
     <row r="25" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B25" t="s">
-        <v>477</v>
+        <v>475</v>
       </c>
       <c r="C25" t="s">
-        <v>187</v>
+        <v>185</v>
       </c>
       <c r="D25" t="s">
-        <v>2803</v>
+        <v>2758</v>
       </c>
     </row>
     <row r="26" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B26" t="s">
-        <v>478</v>
+        <v>476</v>
       </c>
       <c r="C26" t="s">
-        <v>190</v>
+        <v>188</v>
       </c>
       <c r="D26" t="s">
-        <v>2804</v>
+        <v>2759</v>
       </c>
     </row>
     <row r="27" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B27" t="s">
-        <v>479</v>
+        <v>477</v>
       </c>
       <c r="C27" t="s">
-        <v>193</v>
+        <v>191</v>
       </c>
       <c r="D27" t="s">
-        <v>2805</v>
+        <v>2760</v>
       </c>
     </row>
     <row r="28" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B28" t="s">
-        <v>480</v>
+        <v>478</v>
       </c>
       <c r="C28" t="s">
-        <v>196</v>
+        <v>194</v>
       </c>
       <c r="D28" t="s">
-        <v>2806</v>
+        <v>2761</v>
       </c>
     </row>
     <row r="29" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B29" t="s">
-        <v>481</v>
+        <v>479</v>
       </c>
       <c r="C29" t="s">
-        <v>199</v>
+        <v>197</v>
       </c>
       <c r="D29" t="s">
-        <v>2807</v>
+        <v>2762</v>
       </c>
     </row>
     <row r="30" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B30" t="s">
-        <v>482</v>
+        <v>480</v>
       </c>
       <c r="C30" t="s">
-        <v>202</v>
+        <v>200</v>
       </c>
       <c r="D30" t="s">
-        <v>2808</v>
+        <v>2763</v>
       </c>
     </row>
     <row r="31" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B31" t="s">
-        <v>483</v>
+        <v>481</v>
       </c>
       <c r="C31" t="s">
-        <v>205</v>
+        <v>203</v>
       </c>
       <c r="D31" t="s">
-        <v>2809</v>
+        <v>2764</v>
       </c>
     </row>
     <row r="32" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B32" t="s">
-        <v>484</v>
+        <v>482</v>
       </c>
       <c r="C32" t="s">
-        <v>208</v>
+        <v>206</v>
       </c>
       <c r="D32" t="s">
-        <v>2810</v>
+        <v>2765</v>
       </c>
     </row>
     <row r="33" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B33" t="s">
-        <v>485</v>
+        <v>483</v>
       </c>
       <c r="C33" t="s">
-        <v>211</v>
+        <v>209</v>
       </c>
       <c r="D33" t="s">
-        <v>2811</v>
+        <v>2766</v>
       </c>
     </row>
     <row r="34" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B34" t="s">
-        <v>2812</v>
+        <v>2767</v>
       </c>
       <c r="C34" t="s">
-        <v>214</v>
+        <v>212</v>
       </c>
       <c r="D34" t="s">
-        <v>2813</v>
+        <v>2768</v>
       </c>
     </row>
     <row r="35" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B35" t="s">
-        <v>2814</v>
+        <v>2769</v>
       </c>
       <c r="C35" t="s">
-        <v>217</v>
+        <v>215</v>
       </c>
       <c r="D35" t="s">
-        <v>2815</v>
+        <v>2770</v>
       </c>
     </row>
     <row r="36" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B36" t="s">
-        <v>2816</v>
+        <v>2771</v>
       </c>
       <c r="C36" t="s">
-        <v>220</v>
+        <v>218</v>
       </c>
       <c r="D36" t="s">
-        <v>2817</v>
+        <v>2772</v>
       </c>
     </row>
     <row r="37" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B37" t="s">
-        <v>2818</v>
+        <v>2773</v>
       </c>
       <c r="C37" t="s">
-        <v>223</v>
+        <v>221</v>
       </c>
       <c r="D37" t="s">
-        <v>2819</v>
+        <v>2774</v>
       </c>
     </row>
     <row r="38" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B38" t="s">
-        <v>2820</v>
+        <v>2775</v>
       </c>
       <c r="C38" t="s">
-        <v>226</v>
+        <v>224</v>
       </c>
       <c r="D38" t="s">
-        <v>2821</v>
+        <v>2776</v>
       </c>
     </row>
     <row r="39" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B39" t="s">
-        <v>490</v>
+        <v>488</v>
       </c>
       <c r="C39" t="s">
-        <v>229</v>
+        <v>227</v>
       </c>
       <c r="D39" t="s">
-        <v>2822</v>
+        <v>2777</v>
       </c>
     </row>
     <row r="40" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B40" t="s">
-        <v>2823</v>
+        <v>2778</v>
       </c>
       <c r="D40" t="s">
-        <v>2824</v>
+        <v>2779</v>
       </c>
     </row>
     <row r="41" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B41" t="s">
-        <v>2825</v>
+        <v>2780</v>
       </c>
       <c r="C41" t="s">
-        <v>232</v>
+        <v>230</v>
       </c>
       <c r="D41" t="s">
-        <v>2826</v>
+        <v>2781</v>
       </c>
     </row>
     <row r="42" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B42" t="s">
-        <v>2827</v>
+        <v>2782</v>
       </c>
       <c r="C42" t="s">
-        <v>235</v>
+        <v>233</v>
       </c>
       <c r="D42" t="s">
-        <v>2828</v>
+        <v>2783</v>
       </c>
     </row>
     <row r="43" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B43" t="s">
-        <v>2829</v>
+        <v>2784</v>
       </c>
       <c r="C43" t="s">
-        <v>238</v>
+        <v>236</v>
       </c>
       <c r="D43" t="s">
-        <v>2830</v>
+        <v>2785</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet30.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1E00-000000000000}">
   <dimension ref="A1:D35"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>131</v>
+        <v>129</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>132</v>
+        <v>130</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>133</v>
+        <v>131</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
         <v>82</v>
       </c>
       <c r="B2" t="s">
         <v>83</v>
       </c>
       <c r="D2" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="3" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
-        <v>1501</v>
+        <v>1499</v>
       </c>
       <c r="B3" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
       <c r="D3" t="s">
-        <v>1796</v>
+        <v>1794</v>
       </c>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B4" t="s">
-        <v>466</v>
+        <v>464</v>
       </c>
       <c r="D4" t="s">
-        <v>1797</v>
+        <v>1795</v>
       </c>
     </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B5" t="s">
-        <v>142</v>
+        <v>140</v>
       </c>
       <c r="D5" t="s">
-        <v>1798</v>
+        <v>1796</v>
       </c>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B6" t="s">
-        <v>1799</v>
+        <v>1797</v>
       </c>
       <c r="D6" t="s">
-        <v>1800</v>
+        <v>1798</v>
       </c>
     </row>
     <row r="7" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B7" t="s">
-        <v>1801</v>
+        <v>1799</v>
       </c>
       <c r="C7" t="s">
-        <v>393</v>
+        <v>391</v>
       </c>
       <c r="D7" t="s">
-        <v>1802</v>
+        <v>1800</v>
       </c>
     </row>
     <row r="8" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B8" t="s">
-        <v>1803</v>
+        <v>1801</v>
       </c>
       <c r="C8" t="s">
-        <v>398</v>
+        <v>396</v>
       </c>
       <c r="D8" t="s">
-        <v>1804</v>
+        <v>1802</v>
       </c>
     </row>
     <row r="9" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B9" t="s">
-        <v>1805</v>
+        <v>1803</v>
       </c>
       <c r="C9" t="s">
-        <v>401</v>
+        <v>399</v>
       </c>
       <c r="D9" t="s">
-        <v>1806</v>
+        <v>1804</v>
       </c>
     </row>
     <row r="10" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B10" t="s">
-        <v>1807</v>
+        <v>1805</v>
       </c>
       <c r="C10" t="s">
-        <v>406</v>
+        <v>404</v>
       </c>
       <c r="D10" t="s">
-        <v>1808</v>
+        <v>1806</v>
       </c>
     </row>
     <row r="11" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B11" t="s">
-        <v>1809</v>
+        <v>1807</v>
       </c>
       <c r="C11" t="s">
-        <v>409</v>
+        <v>407</v>
       </c>
       <c r="D11" t="s">
-        <v>1810</v>
+        <v>1808</v>
       </c>
     </row>
     <row r="12" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B12" t="s">
-        <v>1811</v>
+        <v>1809</v>
       </c>
       <c r="D12" t="s">
-        <v>1812</v>
+        <v>1810</v>
       </c>
     </row>
     <row r="13" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B13" t="s">
-        <v>1813</v>
+        <v>1811</v>
       </c>
       <c r="C13" t="s">
-        <v>412</v>
+        <v>410</v>
       </c>
       <c r="D13" t="s">
-        <v>1814</v>
+        <v>1812</v>
       </c>
     </row>
     <row r="14" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B14" t="s">
-        <v>1815</v>
+        <v>1813</v>
       </c>
       <c r="C14" t="s">
-        <v>415</v>
+        <v>413</v>
       </c>
       <c r="D14" t="s">
-        <v>1816</v>
+        <v>1814</v>
       </c>
     </row>
     <row r="15" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B15" t="s">
-        <v>1817</v>
+        <v>1815</v>
       </c>
       <c r="C15" t="s">
-        <v>418</v>
+        <v>416</v>
       </c>
       <c r="D15" t="s">
-        <v>1818</v>
+        <v>1816</v>
       </c>
     </row>
     <row r="16" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B16" t="s">
-        <v>1819</v>
+        <v>1817</v>
       </c>
       <c r="C16" t="s">
-        <v>421</v>
+        <v>419</v>
       </c>
       <c r="D16" t="s">
-        <v>1820</v>
+        <v>1818</v>
       </c>
     </row>
     <row r="17" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B17" t="s">
-        <v>1821</v>
+        <v>1819</v>
       </c>
       <c r="C17" t="s">
-        <v>426</v>
+        <v>424</v>
       </c>
       <c r="D17" t="s">
-        <v>1822</v>
+        <v>1820</v>
       </c>
     </row>
     <row r="18" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B18" t="s">
-        <v>1823</v>
+        <v>1821</v>
       </c>
       <c r="C18" t="s">
-        <v>429</v>
+        <v>427</v>
       </c>
       <c r="D18" t="s">
-        <v>1824</v>
+        <v>1822</v>
       </c>
     </row>
     <row r="19" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B19" t="s">
-        <v>1825</v>
+        <v>1823</v>
       </c>
       <c r="C19" t="s">
-        <v>432</v>
+        <v>430</v>
       </c>
       <c r="D19" t="s">
-        <v>1826</v>
+        <v>1824</v>
       </c>
     </row>
     <row r="20" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B20" t="s">
-        <v>1827</v>
+        <v>1825</v>
       </c>
       <c r="D20" t="s">
-        <v>1828</v>
+        <v>1826</v>
       </c>
     </row>
     <row r="21" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B21" t="s">
-        <v>1829</v>
+        <v>1827</v>
       </c>
       <c r="C21" t="s">
-        <v>435</v>
+        <v>433</v>
       </c>
       <c r="D21" t="s">
-        <v>1830</v>
+        <v>1828</v>
       </c>
     </row>
     <row r="22" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B22" t="s">
-        <v>1831</v>
+        <v>1829</v>
       </c>
       <c r="C22" t="s">
-        <v>438</v>
+        <v>436</v>
       </c>
       <c r="D22" t="s">
-        <v>1832</v>
+        <v>1830</v>
       </c>
     </row>
     <row r="23" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B23" t="s">
-        <v>1833</v>
+        <v>1831</v>
       </c>
       <c r="C23" t="s">
-        <v>441</v>
+        <v>439</v>
       </c>
       <c r="D23" t="s">
-        <v>1834</v>
+        <v>1832</v>
       </c>
     </row>
     <row r="24" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B24" t="s">
-        <v>1835</v>
+        <v>1833</v>
       </c>
       <c r="C24" t="s">
-        <v>444</v>
+        <v>442</v>
       </c>
       <c r="D24" t="s">
-        <v>1836</v>
+        <v>1834</v>
       </c>
     </row>
     <row r="25" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B25" t="s">
-        <v>1837</v>
+        <v>1835</v>
       </c>
       <c r="D25" t="s">
-        <v>1838</v>
+        <v>1836</v>
       </c>
     </row>
     <row r="26" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B26" t="s">
-        <v>1839</v>
+        <v>1837</v>
       </c>
       <c r="C26" t="s">
-        <v>447</v>
+        <v>445</v>
       </c>
       <c r="D26" t="s">
-        <v>1840</v>
+        <v>1838</v>
       </c>
     </row>
     <row r="27" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B27" t="s">
-        <v>1841</v>
+        <v>1839</v>
       </c>
       <c r="C27" t="s">
-        <v>450</v>
+        <v>448</v>
       </c>
       <c r="D27" t="s">
-        <v>1842</v>
+        <v>1840</v>
       </c>
     </row>
     <row r="28" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B28" t="s">
-        <v>1843</v>
+        <v>1841</v>
       </c>
       <c r="C28" t="s">
-        <v>453</v>
+        <v>451</v>
       </c>
       <c r="D28" t="s">
-        <v>1844</v>
+        <v>1842</v>
       </c>
     </row>
     <row r="29" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B29" t="s">
-        <v>1845</v>
+        <v>1843</v>
       </c>
       <c r="D29" t="s">
-        <v>1846</v>
+        <v>1844</v>
       </c>
     </row>
     <row r="30" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B30" t="s">
-        <v>1847</v>
+        <v>1845</v>
       </c>
       <c r="C30" t="s">
-        <v>456</v>
+        <v>454</v>
       </c>
       <c r="D30" t="s">
-        <v>1848</v>
+        <v>1846</v>
       </c>
     </row>
     <row r="31" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B31" t="s">
-        <v>1849</v>
+        <v>1847</v>
       </c>
       <c r="C31" t="s">
-        <v>459</v>
+        <v>457</v>
       </c>
       <c r="D31" t="s">
-        <v>1850</v>
+        <v>1848</v>
       </c>
     </row>
     <row r="32" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B32" t="s">
-        <v>1851</v>
+        <v>1849</v>
       </c>
       <c r="C32" t="s">
-        <v>462</v>
+        <v>460</v>
       </c>
       <c r="D32" t="s">
-        <v>1852</v>
+        <v>1850</v>
       </c>
     </row>
     <row r="33" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B33" t="s">
-        <v>1853</v>
+        <v>1851</v>
       </c>
       <c r="C33" t="s">
-        <v>489</v>
+        <v>487</v>
       </c>
       <c r="D33" t="s">
-        <v>1854</v>
+        <v>1852</v>
       </c>
     </row>
     <row r="34" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B34" t="s">
-        <v>1855</v>
+        <v>1853</v>
       </c>
       <c r="C34" t="s">
-        <v>491</v>
+        <v>489</v>
       </c>
       <c r="D34" t="s">
-        <v>1856</v>
+        <v>1854</v>
       </c>
     </row>
     <row r="35" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B35" t="s">
-        <v>1857</v>
+        <v>1855</v>
       </c>
       <c r="D35" t="s">
-        <v>1858</v>
+        <v>1856</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet31.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1F00-000000000000}">
   <dimension ref="A1:D45"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>131</v>
+        <v>129</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>132</v>
+        <v>130</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>133</v>
+        <v>131</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
         <v>85</v>
       </c>
       <c r="B2" t="s">
-        <v>2831</v>
+        <v>2786</v>
       </c>
       <c r="D2" t="s">
-        <v>2869</v>
+        <v>2824</v>
       </c>
     </row>
     <row r="3" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
-        <v>2832</v>
+        <v>2787</v>
       </c>
       <c r="B3" t="s">
-        <v>2833</v>
+        <v>2788</v>
       </c>
       <c r="D3" t="s">
-        <v>2870</v>
+        <v>2825</v>
       </c>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B4" t="s">
-        <v>142</v>
+        <v>140</v>
       </c>
       <c r="D4" t="s">
-        <v>2871</v>
+        <v>2826</v>
       </c>
     </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B5" t="s">
-        <v>2834</v>
+        <v>2789</v>
       </c>
       <c r="D5" t="s">
-        <v>2872</v>
+        <v>2827</v>
       </c>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B6" t="s">
-        <v>1859</v>
+        <v>1857</v>
       </c>
     </row>
     <row r="7" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B7" t="s">
-        <v>2835</v>
+        <v>2790</v>
       </c>
       <c r="D7" t="s">
-        <v>2873</v>
+        <v>2828</v>
       </c>
     </row>
     <row r="8" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B8" t="s">
-        <v>2836</v>
+        <v>2791</v>
       </c>
       <c r="D8" t="s">
-        <v>2874</v>
+        <v>2829</v>
       </c>
     </row>
     <row r="9" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B9" t="s">
-        <v>2837</v>
+        <v>2792</v>
       </c>
       <c r="D9" t="s">
-        <v>2875</v>
+        <v>2830</v>
       </c>
     </row>
     <row r="10" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B10" t="s">
-        <v>2838</v>
+        <v>2793</v>
       </c>
       <c r="D10" t="s">
-        <v>2876</v>
+        <v>2831</v>
       </c>
     </row>
     <row r="11" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B11" t="s">
-        <v>2839</v>
+        <v>2794</v>
       </c>
       <c r="D11" t="s">
-        <v>2877</v>
+        <v>2832</v>
       </c>
     </row>
     <row r="12" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B12" t="s">
-        <v>1860</v>
+        <v>1858</v>
       </c>
     </row>
     <row r="13" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B13" t="s">
-        <v>2840</v>
+        <v>2795</v>
       </c>
       <c r="D13" t="s">
-        <v>2878</v>
+        <v>2833</v>
       </c>
     </row>
     <row r="14" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B14" t="s">
-        <v>2841</v>
+        <v>2796</v>
       </c>
       <c r="D14" t="s">
-        <v>2879</v>
+        <v>2834</v>
       </c>
     </row>
     <row r="15" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B15" t="s">
-        <v>2842</v>
+        <v>2797</v>
       </c>
       <c r="D15" t="s">
-        <v>2880</v>
+        <v>2835</v>
       </c>
     </row>
     <row r="16" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B16" t="s">
-        <v>2843</v>
+        <v>2798</v>
       </c>
       <c r="D16" t="s">
-        <v>2881</v>
+        <v>2836</v>
       </c>
     </row>
     <row r="17" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B17" t="s">
-        <v>2844</v>
+        <v>2799</v>
       </c>
       <c r="D17" t="s">
-        <v>2882</v>
+        <v>2837</v>
       </c>
     </row>
     <row r="18" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B18" t="s">
-        <v>2845</v>
+        <v>2800</v>
       </c>
       <c r="D18" t="s">
-        <v>2883</v>
+        <v>2838</v>
       </c>
     </row>
     <row r="19" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B19" t="s">
-        <v>2846</v>
+        <v>2801</v>
       </c>
       <c r="D19" t="s">
-        <v>2884</v>
+        <v>2839</v>
       </c>
     </row>
     <row r="20" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B20" t="s">
-        <v>2847</v>
+        <v>2802</v>
       </c>
       <c r="D20" t="s">
-        <v>2885</v>
+        <v>2840</v>
       </c>
     </row>
     <row r="21" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B21" t="s">
-        <v>2848</v>
+        <v>2803</v>
       </c>
       <c r="D21" t="s">
-        <v>2886</v>
+        <v>2841</v>
       </c>
     </row>
     <row r="22" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B22" t="s">
-        <v>2849</v>
+        <v>2804</v>
       </c>
       <c r="D22" t="s">
-        <v>2887</v>
+        <v>2842</v>
       </c>
     </row>
     <row r="23" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B23" t="s">
-        <v>2850</v>
+        <v>2805</v>
       </c>
       <c r="D23" t="s">
-        <v>2888</v>
+        <v>2843</v>
       </c>
     </row>
     <row r="24" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B24" t="s">
-        <v>2851</v>
+        <v>2806</v>
       </c>
       <c r="D24" t="s">
-        <v>2889</v>
+        <v>2844</v>
       </c>
     </row>
     <row r="25" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B25" t="s">
-        <v>2852</v>
+        <v>2807</v>
       </c>
       <c r="D25" t="s">
-        <v>2890</v>
+        <v>2845</v>
       </c>
     </row>
     <row r="26" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B26" t="s">
-        <v>2853</v>
+        <v>2808</v>
       </c>
       <c r="D26" t="s">
-        <v>2891</v>
+        <v>2846</v>
       </c>
     </row>
     <row r="27" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B27" t="s">
-        <v>1861</v>
+        <v>1859</v>
       </c>
     </row>
     <row r="28" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B28" t="s">
-        <v>2854</v>
+        <v>2809</v>
       </c>
       <c r="D28" t="s">
-        <v>2892</v>
+        <v>2847</v>
       </c>
     </row>
     <row r="29" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B29" t="s">
-        <v>2855</v>
+        <v>2810</v>
       </c>
       <c r="D29" t="s">
-        <v>2893</v>
+        <v>2848</v>
       </c>
     </row>
     <row r="30" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B30" t="s">
-        <v>2856</v>
+        <v>2811</v>
       </c>
       <c r="D30" t="s">
-        <v>2894</v>
+        <v>2849</v>
       </c>
     </row>
     <row r="31" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B31" t="s">
-        <v>1862</v>
+        <v>1860</v>
       </c>
     </row>
     <row r="32" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B32" t="s">
-        <v>2857</v>
+        <v>2812</v>
       </c>
       <c r="D32" t="s">
-        <v>2895</v>
+        <v>2850</v>
       </c>
     </row>
     <row r="33" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B33" t="s">
-        <v>2858</v>
+        <v>2813</v>
       </c>
       <c r="D33" t="s">
-        <v>2896</v>
+        <v>2851</v>
       </c>
     </row>
     <row r="34" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B34" t="s">
-        <v>2859</v>
+        <v>2814</v>
       </c>
       <c r="D34" t="s">
-        <v>2897</v>
+        <v>2852</v>
       </c>
     </row>
     <row r="35" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B35" t="s">
-        <v>2860</v>
+        <v>2815</v>
       </c>
       <c r="D35" t="s">
-        <v>2898</v>
+        <v>2853</v>
       </c>
     </row>
     <row r="36" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B36" t="s">
-        <v>2861</v>
+        <v>2816</v>
       </c>
       <c r="D36" t="s">
-        <v>2899</v>
+        <v>2854</v>
       </c>
     </row>
     <row r="37" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B37" t="s">
-        <v>2862</v>
+        <v>2817</v>
       </c>
       <c r="D37" t="s">
-        <v>2900</v>
+        <v>2855</v>
       </c>
     </row>
     <row r="38" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B38" t="s">
-        <v>2863</v>
+        <v>2818</v>
       </c>
       <c r="D38" t="s">
-        <v>2901</v>
+        <v>2856</v>
       </c>
     </row>
     <row r="39" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B39" t="s">
-        <v>2864</v>
+        <v>2819</v>
       </c>
       <c r="D39" t="s">
-        <v>2902</v>
+        <v>2857</v>
       </c>
     </row>
     <row r="40" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B40" t="s">
-        <v>2865</v>
+        <v>2820</v>
       </c>
       <c r="D40" t="s">
-        <v>2903</v>
+        <v>2858</v>
       </c>
     </row>
     <row r="41" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B41" t="s">
-        <v>1863</v>
+        <v>1861</v>
       </c>
     </row>
     <row r="42" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B42" t="s">
-        <v>2866</v>
+        <v>2821</v>
       </c>
       <c r="D42" t="s">
-        <v>2904</v>
+        <v>2859</v>
       </c>
     </row>
     <row r="43" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B43" t="s">
-        <v>2867</v>
+        <v>2822</v>
       </c>
       <c r="D43" t="s">
-        <v>2905</v>
+        <v>2860</v>
       </c>
     </row>
     <row r="44" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B44" t="s">
-        <v>2868</v>
+        <v>2823</v>
       </c>
       <c r="D44" t="s">
-        <v>2906</v>
+        <v>2861</v>
       </c>
     </row>
     <row r="45" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B45" t="s">
-        <v>1864</v>
+        <v>1862</v>
       </c>
       <c r="D45" t="s">
-        <v>2907</v>
+        <v>2862</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet32.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-2000-000000000000}">
   <dimension ref="A1:D68"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>131</v>
+        <v>129</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>132</v>
+        <v>130</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>133</v>
+        <v>131</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
         <v>86</v>
       </c>
       <c r="B2" t="s">
         <v>87</v>
       </c>
       <c r="D2" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="3" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
-        <v>1865</v>
+        <v>1863</v>
       </c>
       <c r="B3" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
       <c r="D3" t="s">
-        <v>1866</v>
+        <v>1864</v>
       </c>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B4" t="s">
-        <v>1867</v>
+        <v>1865</v>
       </c>
       <c r="D4" t="s">
-        <v>1868</v>
+        <v>1866</v>
       </c>
     </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B5" t="s">
-        <v>1869</v>
+        <v>1867</v>
       </c>
       <c r="D5" t="s">
-        <v>1870</v>
+        <v>1868</v>
       </c>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B6" t="s">
-        <v>142</v>
+        <v>140</v>
       </c>
       <c r="D6" t="s">
-        <v>1871</v>
+        <v>1869</v>
       </c>
     </row>
     <row r="7" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B7" t="s">
-        <v>388</v>
+        <v>386</v>
       </c>
       <c r="D7" t="s">
-        <v>1872</v>
+        <v>1870</v>
       </c>
     </row>
     <row r="8" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B8" t="s">
-        <v>1873</v>
+        <v>1871</v>
       </c>
       <c r="D8" t="s">
-        <v>1874</v>
+        <v>1872</v>
       </c>
     </row>
     <row r="9" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B9" t="s">
-        <v>1875</v>
+        <v>1873</v>
       </c>
       <c r="C9" t="s">
-        <v>393</v>
+        <v>391</v>
       </c>
       <c r="D9" t="s">
-        <v>1876</v>
+        <v>1874</v>
       </c>
     </row>
     <row r="10" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B10" t="s">
-        <v>1877</v>
+        <v>1875</v>
       </c>
       <c r="C10" t="s">
-        <v>398</v>
+        <v>396</v>
       </c>
       <c r="D10" t="s">
-        <v>1878</v>
+        <v>1876</v>
       </c>
     </row>
     <row r="11" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B11" t="s">
-        <v>1879</v>
+        <v>1877</v>
       </c>
       <c r="C11" t="s">
-        <v>401</v>
+        <v>399</v>
       </c>
       <c r="D11" t="s">
-        <v>1880</v>
+        <v>1878</v>
       </c>
     </row>
     <row r="12" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B12" t="s">
-        <v>1881</v>
+        <v>1879</v>
       </c>
       <c r="D12" t="s">
-        <v>1882</v>
+        <v>1880</v>
       </c>
     </row>
     <row r="13" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B13" t="s">
-        <v>1883</v>
+        <v>1881</v>
       </c>
       <c r="C13" t="s">
-        <v>406</v>
+        <v>404</v>
       </c>
       <c r="D13" t="s">
-        <v>1884</v>
+        <v>1882</v>
       </c>
     </row>
     <row r="14" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B14" t="s">
-        <v>1885</v>
+        <v>1883</v>
       </c>
       <c r="C14" t="s">
-        <v>409</v>
+        <v>407</v>
       </c>
       <c r="D14" t="s">
-        <v>1886</v>
+        <v>1884</v>
       </c>
     </row>
     <row r="15" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B15" t="s">
-        <v>1887</v>
+        <v>1885</v>
       </c>
       <c r="C15" t="s">
-        <v>412</v>
+        <v>410</v>
       </c>
       <c r="D15" t="s">
-        <v>1888</v>
+        <v>1886</v>
       </c>
     </row>
     <row r="16" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B16" t="s">
-        <v>1889</v>
+        <v>1887</v>
       </c>
       <c r="C16" t="s">
-        <v>415</v>
+        <v>413</v>
       </c>
       <c r="D16" t="s">
-        <v>1890</v>
+        <v>1888</v>
       </c>
     </row>
     <row r="17" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B17" t="s">
-        <v>1891</v>
+        <v>1889</v>
       </c>
       <c r="C17" t="s">
-        <v>418</v>
+        <v>416</v>
       </c>
       <c r="D17" t="s">
-        <v>1892</v>
+        <v>1890</v>
       </c>
     </row>
     <row r="18" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B18" t="s">
-        <v>1893</v>
+        <v>1891</v>
       </c>
       <c r="C18" t="s">
-        <v>421</v>
+        <v>419</v>
       </c>
       <c r="D18" t="s">
-        <v>1894</v>
+        <v>1892</v>
       </c>
     </row>
     <row r="19" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B19" t="s">
-        <v>1895</v>
+        <v>1893</v>
       </c>
       <c r="C19" t="s">
-        <v>426</v>
+        <v>424</v>
       </c>
       <c r="D19" t="s">
-        <v>1896</v>
+        <v>1894</v>
       </c>
     </row>
     <row r="20" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B20" t="s">
-        <v>1897</v>
+        <v>1895</v>
       </c>
       <c r="C20" t="s">
-        <v>429</v>
+        <v>427</v>
       </c>
       <c r="D20" t="s">
-        <v>1898</v>
+        <v>1896</v>
       </c>
     </row>
     <row r="21" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B21" t="s">
-        <v>1899</v>
+        <v>1897</v>
       </c>
       <c r="D21" t="s">
-        <v>1900</v>
+        <v>1898</v>
       </c>
     </row>
     <row r="22" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B22" t="s">
-        <v>1901</v>
+        <v>1899</v>
       </c>
       <c r="C22" t="s">
-        <v>432</v>
+        <v>430</v>
       </c>
       <c r="D22" t="s">
-        <v>1902</v>
+        <v>1900</v>
       </c>
     </row>
     <row r="23" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B23" t="s">
-        <v>1903</v>
+        <v>1901</v>
       </c>
       <c r="C23" t="s">
-        <v>435</v>
+        <v>433</v>
       </c>
       <c r="D23" t="s">
-        <v>1904</v>
+        <v>1902</v>
       </c>
     </row>
     <row r="24" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B24" t="s">
-        <v>1905</v>
+        <v>1903</v>
       </c>
       <c r="C24" t="s">
-        <v>438</v>
+        <v>436</v>
       </c>
       <c r="D24" t="s">
-        <v>1906</v>
+        <v>1904</v>
       </c>
     </row>
     <row r="25" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B25" t="s">
-        <v>1821</v>
+        <v>1819</v>
       </c>
       <c r="C25" t="s">
-        <v>441</v>
+        <v>439</v>
       </c>
       <c r="D25" t="s">
-        <v>1907</v>
+        <v>1905</v>
       </c>
     </row>
     <row r="26" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B26" t="s">
-        <v>1908</v>
+        <v>1906</v>
       </c>
       <c r="C26" t="s">
-        <v>444</v>
+        <v>442</v>
       </c>
       <c r="D26" t="s">
-        <v>1909</v>
+        <v>1907</v>
       </c>
     </row>
     <row r="27" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B27" t="s">
-        <v>1910</v>
+        <v>1908</v>
       </c>
       <c r="C27" t="s">
-        <v>447</v>
+        <v>445</v>
       </c>
       <c r="D27" t="s">
-        <v>1911</v>
+        <v>1909</v>
       </c>
     </row>
     <row r="28" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B28" t="s">
-        <v>1912</v>
+        <v>1910</v>
       </c>
       <c r="C28" t="s">
-        <v>450</v>
+        <v>448</v>
       </c>
       <c r="D28" t="s">
-        <v>1913</v>
+        <v>1911</v>
       </c>
     </row>
     <row r="29" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B29" t="s">
-        <v>1914</v>
+        <v>1912</v>
       </c>
       <c r="D29" t="s">
-        <v>1915</v>
+        <v>1913</v>
       </c>
     </row>
     <row r="30" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B30" t="s">
-        <v>1916</v>
+        <v>1914</v>
       </c>
       <c r="C30" t="s">
-        <v>453</v>
+        <v>451</v>
       </c>
       <c r="D30" t="s">
-        <v>1917</v>
+        <v>1915</v>
       </c>
     </row>
     <row r="31" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B31" t="s">
-        <v>1918</v>
+        <v>1916</v>
       </c>
       <c r="C31" t="s">
-        <v>456</v>
+        <v>454</v>
       </c>
       <c r="D31" t="s">
-        <v>1919</v>
+        <v>1917</v>
       </c>
     </row>
     <row r="32" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B32" t="s">
-        <v>1920</v>
+        <v>1918</v>
       </c>
       <c r="C32" t="s">
-        <v>459</v>
+        <v>457</v>
       </c>
       <c r="D32" t="s">
-        <v>1921</v>
+        <v>1919</v>
       </c>
     </row>
     <row r="33" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B33" t="s">
-        <v>1922</v>
+        <v>1920</v>
       </c>
       <c r="C33" t="s">
-        <v>462</v>
+        <v>460</v>
       </c>
       <c r="D33" t="s">
-        <v>1923</v>
+        <v>1921</v>
       </c>
     </row>
     <row r="34" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B34" t="s">
-        <v>1924</v>
+        <v>1922</v>
       </c>
       <c r="C34" t="s">
-        <v>489</v>
+        <v>487</v>
       </c>
       <c r="D34" t="s">
-        <v>1925</v>
+        <v>1923</v>
       </c>
     </row>
     <row r="35" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B35" t="s">
-        <v>1926</v>
+        <v>1924</v>
       </c>
       <c r="C35" t="s">
-        <v>491</v>
+        <v>489</v>
       </c>
       <c r="D35" t="s">
-        <v>1927</v>
+        <v>1925</v>
       </c>
     </row>
     <row r="36" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B36" t="s">
-        <v>1928</v>
+        <v>1926</v>
       </c>
       <c r="C36" t="s">
-        <v>492</v>
+        <v>490</v>
       </c>
       <c r="D36" t="s">
-        <v>1929</v>
+        <v>1927</v>
       </c>
     </row>
     <row r="37" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B37" t="s">
-        <v>1930</v>
+        <v>1928</v>
       </c>
       <c r="C37" t="s">
-        <v>493</v>
+        <v>491</v>
       </c>
       <c r="D37" t="s">
-        <v>1931</v>
+        <v>1929</v>
       </c>
     </row>
     <row r="38" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B38" t="s">
-        <v>1932</v>
+        <v>1930</v>
       </c>
       <c r="C38" t="s">
-        <v>494</v>
+        <v>492</v>
       </c>
       <c r="D38" t="s">
-        <v>1933</v>
+        <v>1931</v>
       </c>
     </row>
     <row r="39" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B39" t="s">
-        <v>1934</v>
+        <v>1932</v>
       </c>
       <c r="C39" t="s">
-        <v>803</v>
+        <v>801</v>
       </c>
       <c r="D39" t="s">
-        <v>1935</v>
+        <v>1933</v>
       </c>
     </row>
     <row r="40" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B40" t="s">
-        <v>1936</v>
+        <v>1934</v>
       </c>
       <c r="D40" t="s">
-        <v>1937</v>
+        <v>1935</v>
       </c>
     </row>
     <row r="41" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B41" t="s">
-        <v>1938</v>
+        <v>1936</v>
       </c>
       <c r="C41" t="s">
-        <v>1138</v>
+        <v>1136</v>
       </c>
       <c r="D41" t="s">
-        <v>1939</v>
+        <v>1937</v>
       </c>
     </row>
     <row r="42" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B42" t="s">
-        <v>1940</v>
+        <v>1938</v>
       </c>
       <c r="C42" t="s">
-        <v>1141</v>
+        <v>1139</v>
       </c>
       <c r="D42" t="s">
-        <v>1941</v>
+        <v>1939</v>
       </c>
     </row>
     <row r="43" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B43" t="s">
-        <v>1942</v>
+        <v>1940</v>
       </c>
       <c r="C43" t="s">
-        <v>1144</v>
+        <v>1142</v>
       </c>
       <c r="D43" t="s">
-        <v>1943</v>
+        <v>1941</v>
       </c>
     </row>
     <row r="44" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B44" t="s">
-        <v>1944</v>
+        <v>1942</v>
       </c>
       <c r="C44" t="s">
-        <v>1147</v>
+        <v>1145</v>
       </c>
       <c r="D44" t="s">
-        <v>1945</v>
+        <v>1943</v>
       </c>
     </row>
     <row r="45" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B45" t="s">
-        <v>1946</v>
+        <v>1944</v>
       </c>
       <c r="C45" t="s">
-        <v>1152</v>
+        <v>1150</v>
       </c>
       <c r="D45" t="s">
-        <v>1947</v>
+        <v>1945</v>
       </c>
     </row>
     <row r="46" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B46" t="s">
-        <v>1948</v>
+        <v>1946</v>
       </c>
       <c r="C46" t="s">
-        <v>1155</v>
+        <v>1153</v>
       </c>
       <c r="D46" t="s">
-        <v>1949</v>
+        <v>1947</v>
       </c>
     </row>
     <row r="47" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B47" t="s">
-        <v>1950</v>
+        <v>1948</v>
       </c>
       <c r="D47" t="s">
-        <v>1951</v>
+        <v>1949</v>
       </c>
     </row>
     <row r="48" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B48" t="s">
-        <v>1952</v>
+        <v>1950</v>
       </c>
       <c r="C48" t="s">
-        <v>1158</v>
+        <v>1156</v>
       </c>
       <c r="D48" t="s">
-        <v>1953</v>
+        <v>1951</v>
       </c>
     </row>
     <row r="49" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B49" t="s">
-        <v>1954</v>
+        <v>1952</v>
       </c>
       <c r="C49" t="s">
-        <v>1161</v>
+        <v>1159</v>
       </c>
       <c r="D49" t="s">
-        <v>1955</v>
+        <v>1953</v>
       </c>
     </row>
     <row r="50" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B50" t="s">
-        <v>1956</v>
+        <v>1954</v>
       </c>
       <c r="C50" t="s">
-        <v>1164</v>
+        <v>1162</v>
       </c>
       <c r="D50" t="s">
-        <v>1957</v>
+        <v>1955</v>
       </c>
     </row>
     <row r="51" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B51" t="s">
-        <v>1958</v>
+        <v>1956</v>
       </c>
       <c r="C51" t="s">
-        <v>1169</v>
+        <v>1167</v>
       </c>
       <c r="D51" t="s">
-        <v>1959</v>
+        <v>1957</v>
       </c>
     </row>
     <row r="52" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B52" t="s">
-        <v>1960</v>
+        <v>1958</v>
       </c>
       <c r="C52" t="s">
-        <v>1658</v>
+        <v>1656</v>
       </c>
       <c r="D52" t="s">
-        <v>1961</v>
+        <v>1959</v>
       </c>
     </row>
     <row r="53" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B53" t="s">
-        <v>1962</v>
+        <v>1960</v>
       </c>
       <c r="C53" t="s">
-        <v>1661</v>
+        <v>1659</v>
       </c>
       <c r="D53" t="s">
-        <v>1963</v>
+        <v>1961</v>
       </c>
     </row>
     <row r="54" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B54" t="s">
-        <v>1964</v>
+        <v>1962</v>
       </c>
       <c r="D54" t="s">
-        <v>1965</v>
+        <v>1963</v>
       </c>
     </row>
     <row r="55" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B55" t="s">
-        <v>1966</v>
+        <v>1964</v>
       </c>
       <c r="C55" t="s">
-        <v>1664</v>
+        <v>1662</v>
       </c>
       <c r="D55" t="s">
-        <v>1967</v>
+        <v>1965</v>
       </c>
     </row>
     <row r="56" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B56" t="s">
-        <v>1968</v>
+        <v>1966</v>
       </c>
       <c r="C56" t="s">
-        <v>1667</v>
+        <v>1665</v>
       </c>
       <c r="D56" t="s">
-        <v>1969</v>
+        <v>1967</v>
       </c>
     </row>
     <row r="57" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B57" t="s">
-        <v>1970</v>
+        <v>1968</v>
       </c>
       <c r="C57" t="s">
-        <v>1670</v>
+        <v>1668</v>
       </c>
       <c r="D57" t="s">
-        <v>1971</v>
+        <v>1969</v>
       </c>
     </row>
     <row r="58" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B58" t="s">
-        <v>1972</v>
+        <v>1970</v>
       </c>
       <c r="C58" t="s">
-        <v>1673</v>
+        <v>1671</v>
       </c>
       <c r="D58" t="s">
-        <v>1973</v>
+        <v>1971</v>
       </c>
     </row>
     <row r="59" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B59" t="s">
-        <v>1974</v>
+        <v>1972</v>
       </c>
       <c r="C59" t="s">
-        <v>1676</v>
+        <v>1674</v>
       </c>
       <c r="D59" t="s">
-        <v>1975</v>
+        <v>1973</v>
       </c>
     </row>
     <row r="60" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B60" t="s">
-        <v>1976</v>
+        <v>1974</v>
       </c>
       <c r="C60" t="s">
-        <v>1679</v>
+        <v>1677</v>
       </c>
       <c r="D60" t="s">
-        <v>1977</v>
+        <v>1975</v>
       </c>
     </row>
     <row r="61" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B61" t="s">
-        <v>1978</v>
+        <v>1976</v>
       </c>
       <c r="C61" t="s">
-        <v>1682</v>
+        <v>1680</v>
       </c>
       <c r="D61" t="s">
-        <v>1979</v>
+        <v>1977</v>
       </c>
     </row>
     <row r="62" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B62" t="s">
-        <v>699</v>
+        <v>697</v>
       </c>
       <c r="C62" t="s">
-        <v>1980</v>
+        <v>1978</v>
       </c>
       <c r="D62" t="s">
-        <v>1981</v>
+        <v>1979</v>
       </c>
     </row>
     <row r="63" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B63" t="s">
-        <v>699</v>
+        <v>697</v>
       </c>
       <c r="C63" t="s">
-        <v>1982</v>
+        <v>1980</v>
       </c>
       <c r="D63" t="s">
-        <v>1983</v>
+        <v>1981</v>
       </c>
     </row>
     <row r="64" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B64" t="s">
-        <v>699</v>
+        <v>697</v>
       </c>
       <c r="C64" t="s">
-        <v>1984</v>
+        <v>1982</v>
       </c>
       <c r="D64" t="s">
-        <v>1985</v>
+        <v>1983</v>
       </c>
     </row>
     <row r="65" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B65" t="s">
-        <v>699</v>
+        <v>697</v>
       </c>
       <c r="C65" t="s">
-        <v>1986</v>
+        <v>1984</v>
       </c>
       <c r="D65" t="s">
-        <v>1987</v>
+        <v>1985</v>
       </c>
     </row>
     <row r="66" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B66" t="s">
-        <v>699</v>
+        <v>697</v>
       </c>
       <c r="C66" t="s">
-        <v>1988</v>
+        <v>1986</v>
       </c>
       <c r="D66" t="s">
-        <v>1989</v>
+        <v>1987</v>
       </c>
     </row>
     <row r="67" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B67" t="s">
-        <v>699</v>
+        <v>697</v>
       </c>
       <c r="C67" t="s">
-        <v>1990</v>
+        <v>1988</v>
       </c>
       <c r="D67" t="s">
-        <v>1991</v>
+        <v>1989</v>
       </c>
     </row>
     <row r="68" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B68" t="s">
-        <v>699</v>
+        <v>697</v>
       </c>
       <c r="C68" t="s">
-        <v>1992</v>
+        <v>1990</v>
       </c>
       <c r="D68" t="s">
-        <v>1993</v>
+        <v>1991</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet33.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-2100-000000000000}">
   <dimension ref="A1:D61"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>131</v>
+        <v>129</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>132</v>
+        <v>130</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>133</v>
+        <v>131</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
         <v>89</v>
       </c>
       <c r="B2" t="s">
         <v>90</v>
       </c>
       <c r="D2" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="3" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
-        <v>1994</v>
+        <v>1992</v>
       </c>
       <c r="B3" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
       <c r="D3" t="s">
-        <v>1995</v>
+        <v>1993</v>
       </c>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B4" t="s">
-        <v>1025</v>
+        <v>1023</v>
       </c>
       <c r="D4" t="s">
-        <v>1996</v>
+        <v>1994</v>
       </c>
     </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B5" t="s">
-        <v>1997</v>
+        <v>1995</v>
       </c>
       <c r="D5" t="s">
-        <v>1998</v>
+        <v>1996</v>
       </c>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B6" t="s">
-        <v>1999</v>
+        <v>1997</v>
       </c>
       <c r="D6" t="s">
-        <v>2000</v>
+        <v>1998</v>
       </c>
     </row>
     <row r="7" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B7" t="s">
-        <v>1178</v>
+        <v>1176</v>
       </c>
       <c r="D7" t="s">
-        <v>2001</v>
+        <v>1999</v>
       </c>
     </row>
     <row r="8" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B8" t="s">
-        <v>2002</v>
+        <v>2000</v>
       </c>
       <c r="D8" t="s">
-        <v>2003</v>
+        <v>2001</v>
       </c>
     </row>
     <row r="9" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B9" t="s">
-        <v>2004</v>
+        <v>2002</v>
       </c>
       <c r="C9" t="s">
-        <v>393</v>
+        <v>391</v>
       </c>
       <c r="D9" t="s">
-        <v>2005</v>
+        <v>2003</v>
       </c>
     </row>
     <row r="10" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B10" t="s">
-        <v>2006</v>
+        <v>2004</v>
       </c>
       <c r="C10" t="s">
-        <v>398</v>
+        <v>396</v>
       </c>
       <c r="D10" t="s">
-        <v>2007</v>
+        <v>2005</v>
       </c>
     </row>
     <row r="11" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B11" t="s">
-        <v>2008</v>
+        <v>2006</v>
       </c>
       <c r="D11" t="s">
-        <v>2009</v>
+        <v>2007</v>
       </c>
     </row>
     <row r="12" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B12" t="s">
-        <v>2010</v>
+        <v>2008</v>
       </c>
       <c r="C12" t="s">
-        <v>401</v>
+        <v>399</v>
       </c>
       <c r="D12" t="s">
-        <v>2011</v>
+        <v>2009</v>
       </c>
     </row>
     <row r="13" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B13" t="s">
-        <v>2012</v>
+        <v>2010</v>
       </c>
       <c r="C13" t="s">
-        <v>406</v>
+        <v>404</v>
       </c>
       <c r="D13" t="s">
-        <v>2013</v>
+        <v>2011</v>
       </c>
     </row>
     <row r="14" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B14" t="s">
-        <v>2014</v>
+        <v>2012</v>
       </c>
       <c r="C14" t="s">
-        <v>409</v>
+        <v>407</v>
       </c>
       <c r="D14" t="s">
-        <v>2015</v>
+        <v>2013</v>
       </c>
     </row>
     <row r="15" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B15" t="s">
-        <v>1708</v>
+        <v>1706</v>
       </c>
       <c r="C15" t="s">
-        <v>412</v>
+        <v>410</v>
       </c>
       <c r="D15" t="s">
-        <v>2016</v>
+        <v>2014</v>
       </c>
     </row>
     <row r="16" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B16" t="s">
-        <v>2017</v>
+        <v>2015</v>
       </c>
       <c r="C16" t="s">
-        <v>415</v>
+        <v>413</v>
       </c>
       <c r="D16" t="s">
-        <v>2018</v>
+        <v>2016</v>
       </c>
     </row>
     <row r="17" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B17" t="s">
-        <v>2019</v>
+        <v>2017</v>
       </c>
       <c r="C17" t="s">
-        <v>418</v>
+        <v>416</v>
       </c>
       <c r="D17" t="s">
-        <v>2020</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="18" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B18" t="s">
-        <v>2021</v>
+        <v>2019</v>
       </c>
       <c r="D18" t="s">
-        <v>2022</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="19" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B19" t="s">
-        <v>2023</v>
+        <v>2021</v>
       </c>
       <c r="C19" t="s">
-        <v>421</v>
+        <v>419</v>
       </c>
       <c r="D19" t="s">
-        <v>2024</v>
+        <v>2022</v>
       </c>
     </row>
     <row r="20" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B20" t="s">
-        <v>2025</v>
+        <v>2023</v>
       </c>
       <c r="C20" t="s">
-        <v>426</v>
+        <v>424</v>
       </c>
       <c r="D20" t="s">
-        <v>2026</v>
+        <v>2024</v>
       </c>
     </row>
     <row r="21" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B21" t="s">
-        <v>2027</v>
+        <v>2025</v>
       </c>
       <c r="D21" t="s">
-        <v>2028</v>
+        <v>2026</v>
       </c>
     </row>
     <row r="22" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B22" t="s">
-        <v>2029</v>
+        <v>2027</v>
       </c>
       <c r="C22" t="s">
-        <v>429</v>
+        <v>427</v>
       </c>
       <c r="D22" t="s">
-        <v>2030</v>
+        <v>2028</v>
       </c>
     </row>
     <row r="23" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B23" t="s">
-        <v>610</v>
+        <v>608</v>
       </c>
       <c r="C23" t="s">
-        <v>432</v>
+        <v>430</v>
       </c>
       <c r="D23" t="s">
-        <v>2031</v>
+        <v>2029</v>
       </c>
     </row>
     <row r="24" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B24" t="s">
-        <v>2032</v>
+        <v>2030</v>
       </c>
       <c r="C24" t="s">
-        <v>435</v>
+        <v>433</v>
       </c>
       <c r="D24" t="s">
-        <v>2033</v>
+        <v>2031</v>
       </c>
     </row>
     <row r="25" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B25" t="s">
-        <v>2034</v>
+        <v>2032</v>
       </c>
       <c r="C25" t="s">
-        <v>438</v>
+        <v>436</v>
       </c>
       <c r="D25" t="s">
-        <v>2035</v>
+        <v>2033</v>
       </c>
     </row>
     <row r="26" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B26" t="s">
-        <v>2036</v>
+        <v>2034</v>
       </c>
       <c r="C26" t="s">
-        <v>441</v>
+        <v>439</v>
       </c>
       <c r="D26" t="s">
-        <v>2037</v>
+        <v>2035</v>
       </c>
     </row>
     <row r="27" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B27" t="s">
-        <v>2038</v>
+        <v>2036</v>
       </c>
       <c r="C27" t="s">
-        <v>444</v>
+        <v>442</v>
       </c>
       <c r="D27" t="s">
-        <v>2039</v>
+        <v>2037</v>
       </c>
     </row>
     <row r="28" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B28" t="s">
-        <v>2040</v>
+        <v>2038</v>
       </c>
       <c r="C28" t="s">
-        <v>447</v>
+        <v>445</v>
       </c>
       <c r="D28" t="s">
-        <v>2041</v>
+        <v>2039</v>
       </c>
     </row>
     <row r="29" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B29" t="s">
-        <v>2042</v>
+        <v>2040</v>
       </c>
       <c r="D29" t="s">
-        <v>2043</v>
+        <v>2041</v>
       </c>
     </row>
     <row r="30" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B30" t="s">
-        <v>2044</v>
+        <v>2042</v>
       </c>
       <c r="C30" t="s">
-        <v>450</v>
+        <v>448</v>
       </c>
       <c r="D30" t="s">
-        <v>2045</v>
+        <v>2043</v>
       </c>
     </row>
     <row r="31" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B31" t="s">
-        <v>2046</v>
+        <v>2044</v>
       </c>
       <c r="C31" t="s">
-        <v>453</v>
+        <v>451</v>
       </c>
       <c r="D31" t="s">
-        <v>2047</v>
+        <v>2045</v>
       </c>
     </row>
     <row r="32" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B32" t="s">
-        <v>2048</v>
+        <v>2046</v>
       </c>
       <c r="C32" t="s">
-        <v>456</v>
+        <v>454</v>
       </c>
       <c r="D32" t="s">
-        <v>2049</v>
+        <v>2047</v>
       </c>
     </row>
     <row r="33" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B33" t="s">
-        <v>2050</v>
+        <v>2048</v>
       </c>
       <c r="C33" t="s">
-        <v>459</v>
+        <v>457</v>
       </c>
       <c r="D33" t="s">
-        <v>2051</v>
+        <v>2049</v>
       </c>
     </row>
     <row r="34" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B34" t="s">
-        <v>2052</v>
+        <v>2050</v>
       </c>
       <c r="D34" t="s">
-        <v>2053</v>
+        <v>2051</v>
       </c>
     </row>
     <row r="35" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B35" t="s">
-        <v>2054</v>
+        <v>2052</v>
       </c>
       <c r="C35" t="s">
-        <v>462</v>
+        <v>460</v>
       </c>
       <c r="D35" t="s">
-        <v>2055</v>
+        <v>2053</v>
       </c>
     </row>
     <row r="36" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B36" t="s">
-        <v>2056</v>
+        <v>2054</v>
       </c>
       <c r="C36" t="s">
-        <v>489</v>
+        <v>487</v>
       </c>
       <c r="D36" t="s">
-        <v>2057</v>
+        <v>2055</v>
       </c>
     </row>
     <row r="37" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B37" t="s">
-        <v>2058</v>
+        <v>2056</v>
       </c>
       <c r="C37" t="s">
-        <v>491</v>
+        <v>489</v>
       </c>
       <c r="D37" t="s">
-        <v>2059</v>
+        <v>2057</v>
       </c>
     </row>
     <row r="38" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B38" t="s">
-        <v>2060</v>
+        <v>2058</v>
       </c>
       <c r="D38" t="s">
-        <v>2061</v>
+        <v>2059</v>
       </c>
     </row>
     <row r="39" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B39" t="s">
-        <v>2062</v>
+        <v>2060</v>
       </c>
       <c r="C39" t="s">
-        <v>492</v>
+        <v>490</v>
       </c>
       <c r="D39" t="s">
-        <v>2063</v>
+        <v>2061</v>
       </c>
     </row>
     <row r="40" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B40" t="s">
-        <v>2064</v>
+        <v>2062</v>
       </c>
       <c r="C40" t="s">
-        <v>493</v>
+        <v>491</v>
       </c>
       <c r="D40" t="s">
-        <v>2065</v>
+        <v>2063</v>
       </c>
     </row>
     <row r="41" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B41" t="s">
-        <v>2066</v>
+        <v>2064</v>
       </c>
       <c r="C41" t="s">
-        <v>494</v>
+        <v>492</v>
       </c>
       <c r="D41" t="s">
-        <v>2067</v>
+        <v>2065</v>
       </c>
     </row>
     <row r="42" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B42" t="s">
-        <v>2068</v>
+        <v>2066</v>
       </c>
       <c r="D42" t="s">
-        <v>2069</v>
+        <v>2067</v>
       </c>
     </row>
     <row r="43" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B43" t="s">
-        <v>2070</v>
+        <v>2068</v>
       </c>
       <c r="C43" t="s">
-        <v>803</v>
+        <v>801</v>
       </c>
       <c r="D43" t="s">
-        <v>2071</v>
+        <v>2069</v>
       </c>
     </row>
     <row r="44" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B44" t="s">
-        <v>2072</v>
+        <v>2070</v>
       </c>
       <c r="C44" t="s">
-        <v>1138</v>
+        <v>1136</v>
       </c>
       <c r="D44" t="s">
-        <v>2073</v>
+        <v>2071</v>
       </c>
     </row>
     <row r="45" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B45" t="s">
-        <v>2074</v>
+        <v>2072</v>
       </c>
       <c r="D45" t="s">
-        <v>2075</v>
+        <v>2073</v>
       </c>
     </row>
     <row r="46" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B46" t="s">
-        <v>2076</v>
+        <v>2074</v>
       </c>
       <c r="C46" t="s">
-        <v>1141</v>
+        <v>1139</v>
       </c>
       <c r="D46" t="s">
-        <v>2077</v>
+        <v>2075</v>
       </c>
     </row>
     <row r="47" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B47" t="s">
-        <v>2078</v>
+        <v>2076</v>
       </c>
       <c r="C47" t="s">
-        <v>1144</v>
+        <v>1142</v>
       </c>
       <c r="D47" t="s">
-        <v>2079</v>
+        <v>2077</v>
       </c>
     </row>
     <row r="48" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B48" t="s">
-        <v>2080</v>
+        <v>2078</v>
       </c>
       <c r="C48" t="s">
-        <v>1147</v>
+        <v>1145</v>
       </c>
       <c r="D48" t="s">
-        <v>2081</v>
+        <v>2079</v>
       </c>
     </row>
     <row r="49" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B49" t="s">
-        <v>2082</v>
+        <v>2080</v>
       </c>
       <c r="C49" t="s">
-        <v>1152</v>
+        <v>1150</v>
       </c>
       <c r="D49" t="s">
-        <v>2083</v>
+        <v>2081</v>
       </c>
     </row>
     <row r="50" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B50" t="s">
-        <v>2084</v>
+        <v>2082</v>
       </c>
       <c r="C50" t="s">
-        <v>1155</v>
+        <v>1153</v>
       </c>
       <c r="D50" t="s">
-        <v>2085</v>
+        <v>2083</v>
       </c>
     </row>
     <row r="51" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B51" t="s">
-        <v>2086</v>
+        <v>2084</v>
       </c>
       <c r="C51" t="s">
-        <v>1158</v>
+        <v>1156</v>
       </c>
       <c r="D51" t="s">
-        <v>2087</v>
+        <v>2085</v>
       </c>
     </row>
     <row r="52" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B52" t="s">
-        <v>2088</v>
+        <v>2086</v>
       </c>
       <c r="D52" t="s">
-        <v>2089</v>
+        <v>2087</v>
       </c>
     </row>
     <row r="53" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B53" t="s">
-        <v>455</v>
+        <v>453</v>
       </c>
       <c r="C53" t="s">
-        <v>1161</v>
+        <v>1159</v>
       </c>
       <c r="D53" t="s">
-        <v>2090</v>
+        <v>2088</v>
       </c>
     </row>
     <row r="54" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B54" t="s">
-        <v>458</v>
+        <v>456</v>
       </c>
       <c r="C54" t="s">
-        <v>1164</v>
+        <v>1162</v>
       </c>
       <c r="D54" t="s">
-        <v>2091</v>
+        <v>2089</v>
       </c>
     </row>
     <row r="55" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B55" t="s">
-        <v>2092</v>
+        <v>2090</v>
       </c>
       <c r="C55" t="s">
-        <v>1169</v>
+        <v>1167</v>
       </c>
       <c r="D55" t="s">
-        <v>2093</v>
+        <v>2091</v>
       </c>
     </row>
     <row r="56" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B56" t="s">
-        <v>2094</v>
+        <v>2092</v>
       </c>
       <c r="D56" t="s">
-        <v>2095</v>
+        <v>2093</v>
       </c>
     </row>
     <row r="57" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B57" t="s">
-        <v>2096</v>
+        <v>2094</v>
       </c>
       <c r="C57" t="s">
-        <v>1658</v>
+        <v>1656</v>
       </c>
       <c r="D57" t="s">
-        <v>2097</v>
+        <v>2095</v>
       </c>
     </row>
     <row r="58" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B58" t="s">
+        <v>2096</v>
+      </c>
+      <c r="C58" t="s">
+        <v>2097</v>
+      </c>
+      <c r="D58" t="s">
         <v>2098</v>
-      </c>
-[...4 lines deleted...]
-        <v>2100</v>
       </c>
     </row>
     <row r="59" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B59" t="s">
+        <v>2099</v>
+      </c>
+      <c r="C59" t="s">
+        <v>2100</v>
+      </c>
+      <c r="D59" t="s">
         <v>2101</v>
-      </c>
-[...4 lines deleted...]
-        <v>2103</v>
       </c>
     </row>
     <row r="60" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B60" t="s">
-        <v>2104</v>
+        <v>2102</v>
       </c>
       <c r="D60" t="s">
-        <v>2105</v>
+        <v>2103</v>
       </c>
     </row>
     <row r="61" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B61" t="s">
-        <v>380</v>
+        <v>378</v>
       </c>
       <c r="D61" t="s">
-        <v>2106</v>
+        <v>2104</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet34.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-2200-000000000000}">
-  <dimension ref="A1:D42"/>
+  <dimension ref="A1:D26"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>131</v>
+        <v>129</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>132</v>
+        <v>130</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>133</v>
+        <v>131</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
         <v>92</v>
       </c>
       <c r="B2" t="s">
-        <v>93</v>
+        <v>3099</v>
       </c>
       <c r="D2" t="s">
-        <v>94</v>
+        <v>3100</v>
       </c>
     </row>
     <row r="3" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
         <v>42</v>
       </c>
       <c r="B3" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
       <c r="D3" t="s">
-        <v>2107</v>
+        <v>3103</v>
       </c>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B4" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
       <c r="D4" t="s">
-        <v>2108</v>
+        <v>3104</v>
       </c>
     </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B5" t="s">
-        <v>466</v>
+        <v>912</v>
       </c>
       <c r="D5" t="s">
-        <v>2109</v>
+        <v>3105</v>
       </c>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B6" t="s">
-        <v>466</v>
+        <v>3101</v>
       </c>
       <c r="D6" t="s">
-        <v>2110</v>
+        <v>3106</v>
       </c>
     </row>
     <row r="7" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B7" t="s">
-        <v>2111</v>
+        <v>912</v>
       </c>
       <c r="D7" t="s">
-        <v>2112</v>
+        <v>3107</v>
       </c>
     </row>
     <row r="8" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B8" t="s">
-        <v>2111</v>
+        <v>464</v>
       </c>
       <c r="D8" t="s">
-        <v>2113</v>
+        <v>3108</v>
       </c>
     </row>
     <row r="9" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B9" t="s">
-        <v>140</v>
+        <v>138</v>
       </c>
       <c r="D9" t="s">
-        <v>2114</v>
+        <v>3109</v>
       </c>
     </row>
     <row r="10" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B10" t="s">
         <v>140</v>
       </c>
       <c r="D10" t="s">
-        <v>2115</v>
+        <v>3110</v>
       </c>
     </row>
     <row r="11" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B11" t="s">
-        <v>142</v>
+        <v>3102</v>
       </c>
       <c r="D11" t="s">
-        <v>2116</v>
+        <v>3111</v>
       </c>
     </row>
     <row r="12" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B12" t="s">
-        <v>142</v>
+        <v>626</v>
       </c>
       <c r="D12" t="s">
-        <v>2117</v>
+        <v>3112</v>
       </c>
     </row>
     <row r="13" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B13" t="s">
-        <v>628</v>
+        <v>2105</v>
       </c>
       <c r="D13" t="s">
-        <v>2118</v>
+        <v>3113</v>
       </c>
     </row>
     <row r="14" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B14" t="s">
-        <v>628</v>
+        <v>465</v>
       </c>
       <c r="D14" t="s">
-        <v>2119</v>
+        <v>3114</v>
       </c>
     </row>
     <row r="15" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B15" t="s">
-        <v>2120</v>
+        <v>142</v>
       </c>
       <c r="D15" t="s">
-        <v>2121</v>
+        <v>3115</v>
       </c>
     </row>
     <row r="16" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B16" t="s">
-        <v>2120</v>
+        <v>2106</v>
       </c>
       <c r="D16" t="s">
-        <v>2122</v>
+        <v>3116</v>
       </c>
     </row>
     <row r="17" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B17" t="s">
-        <v>467</v>
+        <v>2107</v>
+      </c>
+      <c r="C17" t="s">
+        <v>391</v>
       </c>
       <c r="D17" t="s">
-        <v>2123</v>
+        <v>3117</v>
       </c>
     </row>
     <row r="18" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B18" t="s">
-        <v>467</v>
+        <v>689</v>
+      </c>
+      <c r="C18" t="s">
+        <v>396</v>
       </c>
       <c r="D18" t="s">
-        <v>2124</v>
+        <v>3118</v>
       </c>
     </row>
     <row r="19" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B19" t="s">
-        <v>144</v>
+        <v>819</v>
+      </c>
+      <c r="C19" t="s">
+        <v>399</v>
       </c>
       <c r="D19" t="s">
-        <v>2125</v>
+        <v>3119</v>
       </c>
     </row>
     <row r="20" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B20" t="s">
-        <v>144</v>
+        <v>684</v>
+      </c>
+      <c r="C20" t="s">
+        <v>404</v>
       </c>
       <c r="D20" t="s">
-        <v>2126</v>
+        <v>3120</v>
       </c>
     </row>
     <row r="21" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B21" t="s">
-        <v>2127</v>
+        <v>483</v>
+      </c>
+      <c r="C21" t="s">
+        <v>407</v>
       </c>
       <c r="D21" t="s">
-        <v>2128</v>
+        <v>3121</v>
       </c>
     </row>
     <row r="22" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B22" t="s">
-        <v>2127</v>
+        <v>961</v>
+      </c>
+      <c r="C22" t="s">
+        <v>410</v>
       </c>
       <c r="D22" t="s">
-        <v>2129</v>
+        <v>3122</v>
       </c>
     </row>
     <row r="23" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B23" t="s">
-        <v>2130</v>
+        <v>821</v>
       </c>
       <c r="C23" t="s">
-        <v>393</v>
+        <v>413</v>
       </c>
       <c r="D23" t="s">
-        <v>2131</v>
+        <v>3123</v>
       </c>
     </row>
     <row r="24" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B24" t="s">
-        <v>691</v>
+        <v>1474</v>
       </c>
       <c r="C24" t="s">
-        <v>398</v>
+        <v>416</v>
       </c>
       <c r="D24" t="s">
-        <v>2132</v>
+        <v>3124</v>
       </c>
     </row>
     <row r="25" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B25" t="s">
-        <v>821</v>
+        <v>2108</v>
       </c>
       <c r="C25" t="s">
-        <v>401</v>
+        <v>419</v>
       </c>
       <c r="D25" t="s">
-        <v>2133</v>
+        <v>3125</v>
       </c>
     </row>
     <row r="26" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B26" t="s">
-        <v>686</v>
+        <v>2141</v>
       </c>
       <c r="C26" t="s">
-        <v>406</v>
+        <v>424</v>
       </c>
       <c r="D26" t="s">
-        <v>2134</v>
-[...175 lines deleted...]
-        <v>2152</v>
+        <v>3126</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet35.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-2300-000000000000}">
   <dimension ref="A1:D19"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>131</v>
+        <v>129</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>132</v>
+        <v>130</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>133</v>
+        <v>131</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
         <v>42</v>
       </c>
       <c r="B2" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="D2" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
     </row>
     <row r="3" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
         <v>92</v>
       </c>
       <c r="B3" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
       <c r="D3" t="s">
-        <v>2153</v>
+        <v>2109</v>
       </c>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B4" t="s">
-        <v>466</v>
+        <v>464</v>
       </c>
       <c r="D4" t="s">
-        <v>2154</v>
+        <v>2110</v>
       </c>
     </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B5" t="s">
-        <v>140</v>
+        <v>138</v>
       </c>
       <c r="D5" t="s">
-        <v>2155</v>
+        <v>2111</v>
       </c>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B6" t="s">
-        <v>142</v>
+        <v>140</v>
       </c>
       <c r="D6" t="s">
-        <v>2156</v>
+        <v>2112</v>
       </c>
     </row>
     <row r="7" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B7" t="s">
-        <v>2120</v>
+        <v>2105</v>
       </c>
       <c r="D7" t="s">
-        <v>2157</v>
+        <v>2113</v>
       </c>
     </row>
     <row r="8" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B8" t="s">
-        <v>144</v>
+        <v>142</v>
       </c>
       <c r="D8" t="s">
-        <v>2158</v>
+        <v>2114</v>
       </c>
     </row>
     <row r="9" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B9" t="s">
-        <v>924</v>
+        <v>922</v>
       </c>
       <c r="D9" t="s">
-        <v>2159</v>
+        <v>2115</v>
       </c>
     </row>
     <row r="10" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B10" t="s">
-        <v>2130</v>
+        <v>2107</v>
       </c>
       <c r="C10" t="s">
-        <v>393</v>
+        <v>391</v>
       </c>
       <c r="D10" t="s">
-        <v>2160</v>
+        <v>2116</v>
       </c>
     </row>
     <row r="11" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B11" t="s">
-        <v>691</v>
+        <v>689</v>
       </c>
       <c r="C11" t="s">
-        <v>398</v>
+        <v>396</v>
       </c>
       <c r="D11" t="s">
-        <v>2161</v>
+        <v>2117</v>
       </c>
     </row>
     <row r="12" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B12" t="s">
-        <v>821</v>
+        <v>819</v>
       </c>
       <c r="C12" t="s">
-        <v>401</v>
+        <v>399</v>
       </c>
       <c r="D12" t="s">
-        <v>2162</v>
+        <v>2118</v>
       </c>
     </row>
     <row r="13" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B13" t="s">
-        <v>686</v>
+        <v>684</v>
       </c>
       <c r="C13" t="s">
-        <v>406</v>
+        <v>404</v>
       </c>
       <c r="D13" t="s">
-        <v>2163</v>
+        <v>2119</v>
       </c>
     </row>
     <row r="14" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B14" t="s">
-        <v>485</v>
+        <v>483</v>
       </c>
       <c r="C14" t="s">
-        <v>409</v>
+        <v>407</v>
       </c>
       <c r="D14" t="s">
-        <v>2164</v>
+        <v>2120</v>
       </c>
     </row>
     <row r="15" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B15" t="s">
-        <v>963</v>
+        <v>961</v>
       </c>
       <c r="C15" t="s">
-        <v>412</v>
+        <v>410</v>
       </c>
       <c r="D15" t="s">
-        <v>2165</v>
+        <v>2121</v>
       </c>
     </row>
     <row r="16" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B16" t="s">
-        <v>823</v>
+        <v>821</v>
       </c>
       <c r="C16" t="s">
-        <v>415</v>
+        <v>413</v>
       </c>
       <c r="D16" t="s">
-        <v>2166</v>
+        <v>2122</v>
       </c>
     </row>
     <row r="17" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B17" t="s">
-        <v>2138</v>
+        <v>2108</v>
       </c>
       <c r="C17" t="s">
-        <v>418</v>
+        <v>416</v>
       </c>
       <c r="D17" t="s">
-        <v>2167</v>
+        <v>2123</v>
       </c>
     </row>
     <row r="18" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B18" t="s">
-        <v>1476</v>
+        <v>1474</v>
       </c>
       <c r="C18" t="s">
-        <v>421</v>
+        <v>419</v>
       </c>
       <c r="D18" t="s">
-        <v>2168</v>
+        <v>2124</v>
       </c>
     </row>
     <row r="19" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B19" t="s">
-        <v>2169</v>
+        <v>2125</v>
       </c>
       <c r="C19" t="s">
-        <v>426</v>
+        <v>424</v>
       </c>
       <c r="D19" t="s">
-        <v>2170</v>
+        <v>2126</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet36.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-2400-000000000000}">
   <dimension ref="A1:D18"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>131</v>
+        <v>129</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>132</v>
+        <v>130</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>133</v>
+        <v>131</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
+        <v>95</v>
+      </c>
+      <c r="B2" t="s">
+        <v>96</v>
+      </c>
+      <c r="D2" t="s">
         <v>97</v>
-      </c>
-[...4 lines deleted...]
-        <v>99</v>
       </c>
     </row>
     <row r="3" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
-        <v>2171</v>
+        <v>2127</v>
       </c>
       <c r="B3" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
       <c r="D3" t="s">
-        <v>2172</v>
+        <v>2128</v>
       </c>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B4" t="s">
-        <v>2173</v>
+        <v>2129</v>
       </c>
       <c r="D4" t="s">
-        <v>2174</v>
+        <v>2130</v>
       </c>
     </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B5" t="s">
-        <v>1291</v>
+        <v>1289</v>
       </c>
       <c r="D5" t="s">
-        <v>2175</v>
+        <v>2131</v>
       </c>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B6" t="s">
-        <v>2176</v>
+        <v>2132</v>
       </c>
       <c r="D6" t="s">
-        <v>2177</v>
+        <v>2133</v>
       </c>
     </row>
     <row r="7" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B7" t="s">
-        <v>138</v>
+        <v>136</v>
       </c>
       <c r="D7" t="s">
-        <v>2178</v>
+        <v>2134</v>
       </c>
     </row>
     <row r="8" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B8" t="s">
-        <v>2179</v>
+        <v>2135</v>
       </c>
       <c r="C8" t="s">
-        <v>2180</v>
+        <v>2136</v>
       </c>
       <c r="D8" t="s">
-        <v>2181</v>
+        <v>2137</v>
       </c>
     </row>
     <row r="9" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B9" t="s">
-        <v>2182</v>
+        <v>2138</v>
       </c>
       <c r="C9" t="s">
-        <v>2183</v>
+        <v>2139</v>
       </c>
       <c r="D9" t="s">
-        <v>2184</v>
+        <v>2140</v>
       </c>
     </row>
     <row r="10" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B10" t="s">
-        <v>2185</v>
+        <v>2141</v>
       </c>
       <c r="C10" t="s">
-        <v>2186</v>
+        <v>2142</v>
       </c>
       <c r="D10" t="s">
-        <v>2187</v>
+        <v>2143</v>
       </c>
     </row>
     <row r="11" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B11" t="s">
-        <v>2188</v>
+        <v>2144</v>
       </c>
       <c r="C11" t="s">
-        <v>2189</v>
+        <v>2145</v>
       </c>
       <c r="D11" t="s">
-        <v>2190</v>
+        <v>2146</v>
       </c>
     </row>
     <row r="12" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B12" t="s">
-        <v>2191</v>
+        <v>2147</v>
       </c>
       <c r="C12" t="s">
-        <v>2192</v>
+        <v>2148</v>
       </c>
       <c r="D12" t="s">
-        <v>2193</v>
+        <v>2149</v>
       </c>
     </row>
     <row r="13" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B13" t="s">
-        <v>2194</v>
+        <v>2150</v>
       </c>
       <c r="C13" t="s">
-        <v>2195</v>
+        <v>2151</v>
       </c>
       <c r="D13" t="s">
-        <v>2196</v>
+        <v>2152</v>
       </c>
     </row>
     <row r="14" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B14" t="s">
-        <v>2197</v>
+        <v>2153</v>
       </c>
       <c r="C14" t="s">
-        <v>2198</v>
+        <v>2154</v>
       </c>
       <c r="D14" t="s">
-        <v>2199</v>
+        <v>2155</v>
       </c>
     </row>
     <row r="15" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B15" t="s">
-        <v>2200</v>
+        <v>2156</v>
       </c>
       <c r="C15" t="s">
-        <v>2201</v>
+        <v>2157</v>
       </c>
       <c r="D15" t="s">
-        <v>2202</v>
+        <v>2158</v>
       </c>
     </row>
     <row r="16" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B16" t="s">
-        <v>2203</v>
+        <v>2159</v>
       </c>
       <c r="C16" t="s">
-        <v>2204</v>
+        <v>2160</v>
       </c>
       <c r="D16" t="s">
-        <v>2205</v>
+        <v>2161</v>
       </c>
     </row>
     <row r="17" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B17" t="s">
-        <v>2206</v>
+        <v>2162</v>
       </c>
       <c r="C17" t="s">
-        <v>2207</v>
+        <v>2163</v>
       </c>
       <c r="D17" t="s">
-        <v>2208</v>
+        <v>2164</v>
       </c>
     </row>
     <row r="18" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B18" t="s">
-        <v>2209</v>
+        <v>2165</v>
       </c>
       <c r="C18" t="s">
-        <v>2210</v>
+        <v>2166</v>
       </c>
       <c r="D18" t="s">
-        <v>2211</v>
+        <v>2167</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet37.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-2500-000000000000}">
   <dimension ref="A1:D42"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>131</v>
+        <v>129</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>132</v>
+        <v>130</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>133</v>
+        <v>131</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
+        <v>98</v>
+      </c>
+      <c r="B2" t="s">
+        <v>99</v>
+      </c>
+      <c r="D2" t="s">
         <v>100</v>
-      </c>
-[...4 lines deleted...]
-        <v>102</v>
       </c>
     </row>
     <row r="3" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B3" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
       <c r="D3" t="s">
-        <v>2212</v>
+        <v>2168</v>
       </c>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B4" t="s">
-        <v>2213</v>
+        <v>2169</v>
       </c>
       <c r="D4" t="s">
-        <v>2214</v>
+        <v>2170</v>
       </c>
     </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B5" t="s">
-        <v>466</v>
+        <v>464</v>
       </c>
       <c r="D5" t="s">
-        <v>2215</v>
+        <v>2171</v>
       </c>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B6" t="s">
-        <v>2216</v>
+        <v>2172</v>
       </c>
       <c r="D6" t="s">
-        <v>2217</v>
+        <v>2173</v>
       </c>
     </row>
     <row r="7" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B7" t="s">
-        <v>1072</v>
+        <v>1070</v>
       </c>
       <c r="D7" t="s">
-        <v>2218</v>
+        <v>2174</v>
       </c>
     </row>
     <row r="8" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B8" t="s">
-        <v>142</v>
+        <v>140</v>
       </c>
       <c r="D8" t="s">
-        <v>2219</v>
+        <v>2175</v>
       </c>
     </row>
     <row r="9" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B9" t="s">
-        <v>140</v>
+        <v>138</v>
       </c>
       <c r="D9" t="s">
-        <v>2220</v>
+        <v>2176</v>
       </c>
     </row>
     <row r="10" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B10" t="s">
-        <v>142</v>
+        <v>140</v>
       </c>
       <c r="D10" t="s">
-        <v>2221</v>
+        <v>2177</v>
       </c>
     </row>
     <row r="11" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B11" t="s">
-        <v>142</v>
+        <v>140</v>
       </c>
       <c r="D11" t="s">
-        <v>2222</v>
+        <v>2178</v>
       </c>
     </row>
     <row r="12" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B12" t="s">
-        <v>142</v>
+        <v>140</v>
       </c>
       <c r="D12" t="s">
-        <v>2223</v>
+        <v>2179</v>
       </c>
     </row>
     <row r="13" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B13" t="s">
-        <v>142</v>
+        <v>140</v>
       </c>
       <c r="D13" t="s">
-        <v>2224</v>
+        <v>2180</v>
       </c>
     </row>
     <row r="14" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B14" t="s">
-        <v>142</v>
+        <v>140</v>
       </c>
       <c r="D14" t="s">
-        <v>2225</v>
+        <v>2181</v>
       </c>
     </row>
     <row r="15" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B15" t="s">
-        <v>142</v>
+        <v>140</v>
       </c>
       <c r="D15" t="s">
-        <v>2226</v>
+        <v>2182</v>
       </c>
     </row>
     <row r="16" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B16" t="s">
-        <v>142</v>
+        <v>140</v>
       </c>
       <c r="D16" t="s">
-        <v>2227</v>
+        <v>2183</v>
       </c>
     </row>
     <row r="17" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B17" t="s">
-        <v>142</v>
+        <v>140</v>
       </c>
       <c r="D17" t="s">
-        <v>2228</v>
+        <v>2184</v>
       </c>
     </row>
     <row r="18" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B18" t="s">
-        <v>142</v>
+        <v>140</v>
       </c>
       <c r="D18" t="s">
-        <v>2229</v>
+        <v>2185</v>
       </c>
     </row>
     <row r="19" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B19" t="s">
-        <v>142</v>
+        <v>140</v>
       </c>
       <c r="D19" t="s">
-        <v>2230</v>
+        <v>2186</v>
       </c>
     </row>
     <row r="20" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B20" t="s">
-        <v>142</v>
+        <v>140</v>
       </c>
       <c r="D20" t="s">
-        <v>2231</v>
+        <v>2187</v>
       </c>
     </row>
     <row r="21" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B21" t="s">
-        <v>142</v>
+        <v>140</v>
       </c>
       <c r="D21" t="s">
-        <v>2232</v>
+        <v>2188</v>
       </c>
     </row>
     <row r="22" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B22" t="s">
-        <v>142</v>
+        <v>140</v>
       </c>
       <c r="D22" t="s">
-        <v>2233</v>
+        <v>2189</v>
       </c>
     </row>
     <row r="23" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B23" t="s">
-        <v>142</v>
+        <v>140</v>
       </c>
       <c r="D23" t="s">
-        <v>2234</v>
+        <v>2190</v>
       </c>
     </row>
     <row r="24" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B24" t="s">
-        <v>142</v>
+        <v>140</v>
       </c>
       <c r="D24" t="s">
-        <v>2235</v>
+        <v>2191</v>
       </c>
     </row>
     <row r="25" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B25" t="s">
-        <v>142</v>
+        <v>140</v>
       </c>
       <c r="D25" t="s">
-        <v>2236</v>
+        <v>2192</v>
       </c>
     </row>
     <row r="26" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B26" t="s">
-        <v>2237</v>
+        <v>2193</v>
       </c>
       <c r="C26" t="s">
-        <v>393</v>
+        <v>391</v>
       </c>
       <c r="D26" t="s">
-        <v>2238</v>
+        <v>2194</v>
       </c>
     </row>
     <row r="27" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B27" t="s">
-        <v>2239</v>
+        <v>2195</v>
       </c>
       <c r="C27" t="s">
-        <v>398</v>
+        <v>396</v>
       </c>
       <c r="D27" t="s">
-        <v>2240</v>
+        <v>2196</v>
       </c>
     </row>
     <row r="28" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B28" t="s">
-        <v>2241</v>
+        <v>2197</v>
       </c>
       <c r="C28" t="s">
-        <v>401</v>
+        <v>399</v>
       </c>
       <c r="D28" t="s">
-        <v>2242</v>
+        <v>2198</v>
       </c>
     </row>
     <row r="29" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B29" t="s">
-        <v>2243</v>
+        <v>2199</v>
       </c>
       <c r="C29" t="s">
-        <v>406</v>
+        <v>404</v>
       </c>
       <c r="D29" t="s">
-        <v>2244</v>
+        <v>2200</v>
       </c>
     </row>
     <row r="30" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B30" t="s">
-        <v>2245</v>
+        <v>2201</v>
       </c>
       <c r="C30" t="s">
-        <v>409</v>
+        <v>407</v>
       </c>
       <c r="D30" t="s">
-        <v>2246</v>
+        <v>2202</v>
       </c>
     </row>
     <row r="31" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B31" t="s">
-        <v>2247</v>
+        <v>2203</v>
       </c>
       <c r="C31" t="s">
-        <v>412</v>
+        <v>410</v>
       </c>
       <c r="D31" t="s">
-        <v>2248</v>
+        <v>2204</v>
       </c>
     </row>
     <row r="32" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B32" t="s">
-        <v>2249</v>
+        <v>2205</v>
       </c>
       <c r="C32" t="s">
-        <v>415</v>
+        <v>413</v>
       </c>
       <c r="D32" t="s">
-        <v>2250</v>
+        <v>2206</v>
       </c>
     </row>
     <row r="33" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B33" t="s">
-        <v>2251</v>
+        <v>2207</v>
       </c>
       <c r="C33" t="s">
-        <v>418</v>
+        <v>416</v>
       </c>
       <c r="D33" t="s">
-        <v>2252</v>
+        <v>2208</v>
       </c>
     </row>
     <row r="34" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B34" t="s">
-        <v>2253</v>
+        <v>2209</v>
       </c>
       <c r="C34" t="s">
-        <v>421</v>
+        <v>419</v>
       </c>
       <c r="D34" t="s">
-        <v>2254</v>
+        <v>2210</v>
       </c>
     </row>
     <row r="35" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B35" t="s">
-        <v>2255</v>
+        <v>2211</v>
       </c>
       <c r="C35" t="s">
-        <v>426</v>
+        <v>424</v>
       </c>
       <c r="D35" t="s">
-        <v>2256</v>
+        <v>2212</v>
       </c>
     </row>
     <row r="36" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B36" t="s">
-        <v>2257</v>
+        <v>2213</v>
       </c>
       <c r="C36" t="s">
-        <v>429</v>
+        <v>427</v>
       </c>
       <c r="D36" t="s">
-        <v>2258</v>
+        <v>2214</v>
       </c>
     </row>
     <row r="37" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B37" t="s">
-        <v>2259</v>
+        <v>2215</v>
       </c>
       <c r="C37" t="s">
-        <v>432</v>
+        <v>430</v>
       </c>
       <c r="D37" t="s">
-        <v>2260</v>
+        <v>2216</v>
       </c>
     </row>
     <row r="38" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B38" t="s">
-        <v>2261</v>
+        <v>2217</v>
       </c>
       <c r="C38" t="s">
-        <v>435</v>
+        <v>433</v>
       </c>
       <c r="D38" t="s">
-        <v>2262</v>
+        <v>2218</v>
       </c>
     </row>
     <row r="39" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B39" t="s">
-        <v>2263</v>
+        <v>2219</v>
       </c>
       <c r="C39" t="s">
-        <v>438</v>
+        <v>436</v>
       </c>
       <c r="D39" t="s">
-        <v>2264</v>
+        <v>2220</v>
       </c>
     </row>
     <row r="40" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B40" t="s">
-        <v>2265</v>
+        <v>2221</v>
       </c>
       <c r="C40" t="s">
-        <v>441</v>
+        <v>439</v>
       </c>
       <c r="D40" t="s">
-        <v>2266</v>
+        <v>2222</v>
       </c>
     </row>
     <row r="41" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B41" t="s">
-        <v>2267</v>
+        <v>2223</v>
       </c>
       <c r="C41" t="s">
-        <v>444</v>
+        <v>442</v>
       </c>
       <c r="D41" t="s">
-        <v>2268</v>
+        <v>2224</v>
       </c>
     </row>
     <row r="42" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B42" t="s">
-        <v>2269</v>
+        <v>2225</v>
       </c>
       <c r="C42" t="s">
-        <v>447</v>
+        <v>445</v>
       </c>
       <c r="D42" t="s">
-        <v>2270</v>
+        <v>2226</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet38.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-2600-000000000000}">
   <dimension ref="A1:D18"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>131</v>
+        <v>129</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>132</v>
+        <v>130</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>133</v>
+        <v>131</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
+        <v>101</v>
+      </c>
+      <c r="B2" t="s">
+        <v>102</v>
+      </c>
+      <c r="D2" t="s">
         <v>103</v>
-      </c>
-[...4 lines deleted...]
-        <v>105</v>
       </c>
     </row>
     <row r="3" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
-        <v>2271</v>
+        <v>2227</v>
       </c>
       <c r="B3" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
       <c r="D3" t="s">
-        <v>2273</v>
+        <v>2229</v>
       </c>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A4" t="s">
-        <v>2272</v>
+        <v>2228</v>
       </c>
       <c r="B4" t="s">
-        <v>140</v>
+        <v>138</v>
       </c>
       <c r="D4" t="s">
-        <v>2274</v>
+        <v>2230</v>
       </c>
     </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B5" t="s">
-        <v>2275</v>
+        <v>2231</v>
       </c>
       <c r="D5" t="s">
-        <v>2276</v>
+        <v>2232</v>
       </c>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B6" t="s">
-        <v>2277</v>
+        <v>2233</v>
       </c>
       <c r="C6" t="s">
-        <v>393</v>
+        <v>391</v>
       </c>
       <c r="D6" t="s">
-        <v>2278</v>
+        <v>2234</v>
       </c>
     </row>
     <row r="7" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B7" t="s">
-        <v>2279</v>
+        <v>2235</v>
       </c>
       <c r="C7" t="s">
-        <v>398</v>
+        <v>396</v>
       </c>
       <c r="D7" t="s">
-        <v>2280</v>
+        <v>2236</v>
       </c>
     </row>
     <row r="8" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B8" t="s">
-        <v>821</v>
+        <v>819</v>
       </c>
       <c r="C8" t="s">
-        <v>401</v>
+        <v>399</v>
       </c>
       <c r="D8" t="s">
-        <v>2281</v>
+        <v>2237</v>
       </c>
     </row>
     <row r="9" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B9" t="s">
-        <v>823</v>
+        <v>821</v>
       </c>
       <c r="C9" t="s">
-        <v>406</v>
+        <v>404</v>
       </c>
       <c r="D9" t="s">
-        <v>2282</v>
+        <v>2238</v>
       </c>
     </row>
     <row r="10" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B10" t="s">
-        <v>2283</v>
+        <v>2239</v>
       </c>
       <c r="D10" t="s">
-        <v>2284</v>
+        <v>2240</v>
       </c>
     </row>
     <row r="11" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B11" t="s">
-        <v>2285</v>
+        <v>2241</v>
       </c>
       <c r="C11" t="s">
-        <v>409</v>
+        <v>407</v>
       </c>
       <c r="D11" t="s">
-        <v>2286</v>
+        <v>2242</v>
       </c>
     </row>
     <row r="12" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B12" t="s">
-        <v>2287</v>
+        <v>2243</v>
       </c>
       <c r="C12" t="s">
-        <v>412</v>
+        <v>410</v>
       </c>
       <c r="D12" t="s">
-        <v>2288</v>
+        <v>2244</v>
       </c>
     </row>
     <row r="13" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B13" t="s">
-        <v>2289</v>
+        <v>2245</v>
       </c>
       <c r="C13" t="s">
-        <v>415</v>
+        <v>413</v>
       </c>
       <c r="D13" t="s">
-        <v>2290</v>
+        <v>2246</v>
       </c>
     </row>
     <row r="14" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B14" t="s">
-        <v>2291</v>
+        <v>2247</v>
       </c>
       <c r="D14" t="s">
-        <v>2292</v>
+        <v>2248</v>
       </c>
     </row>
     <row r="15" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B15" t="s">
-        <v>477</v>
+        <v>475</v>
       </c>
       <c r="C15" t="s">
-        <v>418</v>
+        <v>416</v>
       </c>
       <c r="D15" t="s">
-        <v>2293</v>
+        <v>2249</v>
       </c>
     </row>
     <row r="16" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B16" t="s">
-        <v>2294</v>
+        <v>2250</v>
       </c>
       <c r="C16" t="s">
-        <v>421</v>
+        <v>419</v>
       </c>
       <c r="D16" t="s">
-        <v>2295</v>
+        <v>2251</v>
       </c>
     </row>
     <row r="17" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B17" t="s">
-        <v>2296</v>
+        <v>2252</v>
       </c>
       <c r="D17" t="s">
-        <v>2297</v>
+        <v>2253</v>
       </c>
     </row>
     <row r="18" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B18" t="s">
-        <v>570</v>
+        <v>568</v>
       </c>
       <c r="D18" t="s">
-        <v>2298</v>
+        <v>2254</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet39.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-2700-000000000000}">
   <dimension ref="A1:D17"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>131</v>
+        <v>129</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>132</v>
+        <v>130</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>133</v>
+        <v>131</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
+        <v>104</v>
+      </c>
+      <c r="B2" t="s">
+        <v>105</v>
+      </c>
+      <c r="D2" t="s">
         <v>106</v>
-      </c>
-[...4 lines deleted...]
-        <v>108</v>
       </c>
     </row>
     <row r="3" spans="1:4" ht="25" x14ac:dyDescent="0.25">
       <c r="B3" s="3" t="s">
-        <v>624</v>
+        <v>622</v>
       </c>
       <c r="D3" t="s">
-        <v>2299</v>
+        <v>2255</v>
       </c>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B4" t="s">
-        <v>466</v>
+        <v>464</v>
       </c>
       <c r="D4" t="s">
-        <v>2300</v>
+        <v>2256</v>
       </c>
     </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B5" t="s">
-        <v>140</v>
+        <v>138</v>
       </c>
       <c r="D5" t="s">
-        <v>2301</v>
+        <v>2257</v>
       </c>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B6" t="s">
         <v>0</v>
       </c>
       <c r="D6" t="s">
-        <v>2302</v>
+        <v>2258</v>
       </c>
     </row>
     <row r="7" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B7" t="s">
-        <v>142</v>
+        <v>140</v>
       </c>
       <c r="D7" t="s">
-        <v>2303</v>
+        <v>2259</v>
       </c>
     </row>
     <row r="8" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B8" t="s">
-        <v>2304</v>
+        <v>2260</v>
       </c>
       <c r="C8" t="s">
-        <v>393</v>
+        <v>391</v>
       </c>
       <c r="D8" t="s">
-        <v>2305</v>
+        <v>2261</v>
       </c>
     </row>
     <row r="9" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B9" t="s">
-        <v>2306</v>
+        <v>2262</v>
       </c>
       <c r="C9" t="s">
-        <v>398</v>
+        <v>396</v>
       </c>
       <c r="D9" t="s">
-        <v>2307</v>
+        <v>2263</v>
       </c>
     </row>
     <row r="10" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B10" t="s">
-        <v>2308</v>
+        <v>2264</v>
       </c>
       <c r="C10" t="s">
-        <v>401</v>
+        <v>399</v>
       </c>
       <c r="D10" t="s">
-        <v>2309</v>
+        <v>2265</v>
       </c>
     </row>
     <row r="11" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B11" t="s">
-        <v>2310</v>
+        <v>2266</v>
       </c>
       <c r="C11" t="s">
-        <v>406</v>
+        <v>404</v>
       </c>
       <c r="D11" t="s">
-        <v>2311</v>
+        <v>2267</v>
       </c>
     </row>
     <row r="12" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B12" t="s">
-        <v>2312</v>
+        <v>2268</v>
       </c>
       <c r="C12" t="s">
-        <v>409</v>
+        <v>407</v>
       </c>
       <c r="D12" t="s">
-        <v>2313</v>
+        <v>2269</v>
       </c>
     </row>
     <row r="13" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B13" t="s">
-        <v>2314</v>
+        <v>2270</v>
       </c>
       <c r="C13" t="s">
-        <v>412</v>
+        <v>410</v>
       </c>
       <c r="D13" t="s">
-        <v>2315</v>
+        <v>2271</v>
       </c>
     </row>
     <row r="14" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B14" t="s">
-        <v>2316</v>
+        <v>2272</v>
       </c>
       <c r="D14" t="s">
-        <v>2317</v>
+        <v>2273</v>
       </c>
     </row>
     <row r="15" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B15" t="s">
-        <v>2318</v>
+        <v>2274</v>
       </c>
       <c r="C15" t="s">
-        <v>2319</v>
+        <v>2275</v>
       </c>
       <c r="D15" t="s">
-        <v>2320</v>
+        <v>2276</v>
       </c>
     </row>
     <row r="16" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B16" t="s">
-        <v>2321</v>
+        <v>2277</v>
       </c>
       <c r="C16" t="s">
-        <v>2322</v>
+        <v>2278</v>
       </c>
       <c r="D16" t="s">
-        <v>2323</v>
+        <v>2279</v>
       </c>
     </row>
     <row r="17" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B17" t="s">
-        <v>2324</v>
+        <v>2280</v>
       </c>
       <c r="D17" t="s">
-        <v>2325</v>
+        <v>2281</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0400-000000000000}">
   <dimension ref="A1:D45"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>131</v>
+        <v>129</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>132</v>
+        <v>130</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>133</v>
+        <v>131</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A2" s="10" t="s">
-[...2 lines deleted...]
-      <c r="B2" s="10" t="s">
+      <c r="A2" s="4" t="s">
+        <v>463</v>
+      </c>
+      <c r="B2" s="4" t="s">
+        <v>3037</v>
+      </c>
+      <c r="C2" s="4"/>
+      <c r="D2" s="4" t="s">
+        <v>3038</v>
+      </c>
+    </row>
+    <row r="3" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A3" s="4" t="s">
+        <v>462</v>
+      </c>
+      <c r="B3" s="4" t="s">
+        <v>134</v>
+      </c>
+      <c r="C3" s="4"/>
+      <c r="D3" s="4" t="s">
+        <v>3040</v>
+      </c>
+    </row>
+    <row r="4" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A4" s="4" t="s">
+        <v>2727</v>
+      </c>
+      <c r="B4" s="4" t="s">
+        <v>3041</v>
+      </c>
+      <c r="C4" s="4"/>
+      <c r="D4" s="4" t="s">
+        <v>3042</v>
+      </c>
+    </row>
+    <row r="5" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A5" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="B5" s="4" t="s">
+        <v>3041</v>
+      </c>
+      <c r="C5" s="4"/>
+      <c r="D5" s="4" t="s">
+        <v>3043</v>
+      </c>
+    </row>
+    <row r="6" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A6" s="4"/>
+      <c r="B6" s="4" t="s">
+        <v>464</v>
+      </c>
+      <c r="C6" s="4"/>
+      <c r="D6" s="4" t="s">
+        <v>3044</v>
+      </c>
+    </row>
+    <row r="7" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A7" s="4"/>
+      <c r="B7" s="4" t="s">
+        <v>2733</v>
+      </c>
+      <c r="C7" s="4"/>
+      <c r="D7" s="4" t="s">
+        <v>3045</v>
+      </c>
+    </row>
+    <row r="8" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A8" s="4"/>
+      <c r="B8" s="4" t="s">
+        <v>138</v>
+      </c>
+      <c r="C8" s="4"/>
+      <c r="D8" s="4" t="s">
+        <v>3046</v>
+      </c>
+    </row>
+    <row r="9" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A9" s="4"/>
+      <c r="B9" s="4" t="s">
+        <v>140</v>
+      </c>
+      <c r="C9" s="4"/>
+      <c r="D9" s="4" t="s">
+        <v>3047</v>
+      </c>
+    </row>
+    <row r="10" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A10" s="4"/>
+      <c r="B10" s="4" t="s">
+        <v>3048</v>
+      </c>
+      <c r="C10" s="4"/>
+      <c r="D10" s="4" t="s">
+        <v>3049</v>
+      </c>
+    </row>
+    <row r="11" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A11" s="4"/>
+      <c r="B11" s="4" t="s">
+        <v>466</v>
+      </c>
+      <c r="C11" s="4" t="s">
+        <v>147</v>
+      </c>
+      <c r="D11" s="4" t="s">
+        <v>3050</v>
+      </c>
+    </row>
+    <row r="12" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A12" s="4"/>
+      <c r="B12" s="4" t="s">
+        <v>3051</v>
+      </c>
+      <c r="C12" s="4" t="s">
+        <v>150</v>
+      </c>
+      <c r="D12" s="4" t="s">
+        <v>3052</v>
+      </c>
+    </row>
+    <row r="13" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A13" s="4"/>
+      <c r="B13" s="4" t="s">
+        <v>468</v>
+      </c>
+      <c r="C13" s="4" t="s">
+        <v>153</v>
+      </c>
+      <c r="D13" s="4" t="s">
+        <v>3053</v>
+      </c>
+    </row>
+    <row r="14" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A14" s="4"/>
+      <c r="B14" s="4" t="s">
+        <v>469</v>
+      </c>
+      <c r="C14" s="4" t="s">
+        <v>156</v>
+      </c>
+      <c r="D14" s="4" t="s">
+        <v>3054</v>
+      </c>
+    </row>
+    <row r="15" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A15" s="4"/>
+      <c r="B15" s="4" t="s">
+        <v>2600</v>
+      </c>
+      <c r="C15" s="4" t="s">
+        <v>159</v>
+      </c>
+      <c r="D15" s="4" t="s">
+        <v>3055</v>
+      </c>
+    </row>
+    <row r="16" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A16" s="4"/>
+      <c r="B16" s="4" t="s">
+        <v>3056</v>
+      </c>
+      <c r="C16" s="4" t="s">
+        <v>162</v>
+      </c>
+      <c r="D16" s="4" t="s">
+        <v>3057</v>
+      </c>
+    </row>
+    <row r="17" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B17" s="4" t="s">
+        <v>470</v>
+      </c>
+      <c r="C17" s="4" t="s">
+        <v>165</v>
+      </c>
+      <c r="D17" s="4" t="s">
+        <v>3058</v>
+      </c>
+    </row>
+    <row r="18" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B18" s="4" t="s">
+        <v>3059</v>
+      </c>
+      <c r="C18" s="4" t="s">
+        <v>168</v>
+      </c>
+      <c r="D18" s="4" t="s">
+        <v>3060</v>
+      </c>
+    </row>
+    <row r="19" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B19" s="4" t="s">
+        <v>3061</v>
+      </c>
+      <c r="C19" s="4" t="s">
+        <v>171</v>
+      </c>
+      <c r="D19" s="4" t="s">
+        <v>3062</v>
+      </c>
+    </row>
+    <row r="20" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B20" s="4" t="s">
+        <v>3063</v>
+      </c>
+      <c r="C20" s="4"/>
+      <c r="D20" s="4" t="s">
+        <v>3064</v>
+      </c>
+    </row>
+    <row r="21" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B21" s="4" t="s">
+        <v>472</v>
+      </c>
+      <c r="C21" s="4" t="s">
+        <v>176</v>
+      </c>
+      <c r="D21" s="4" t="s">
+        <v>3065</v>
+      </c>
+    </row>
+    <row r="22" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B22" s="4" t="s">
+        <v>473</v>
+      </c>
+      <c r="C22" s="4" t="s">
+        <v>179</v>
+      </c>
+      <c r="D22" s="4" t="s">
+        <v>3066</v>
+      </c>
+    </row>
+    <row r="23" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B23" s="4" t="s">
+        <v>474</v>
+      </c>
+      <c r="C23" s="4" t="s">
+        <v>182</v>
+      </c>
+      <c r="D23" s="4" t="s">
+        <v>3067</v>
+      </c>
+    </row>
+    <row r="24" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B24" s="4" t="s">
+        <v>475</v>
+      </c>
+      <c r="C24" s="4" t="s">
+        <v>185</v>
+      </c>
+      <c r="D24" s="4" t="s">
+        <v>3068</v>
+      </c>
+    </row>
+    <row r="25" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B25" s="4" t="s">
+        <v>476</v>
+      </c>
+      <c r="C25" s="4" t="s">
+        <v>188</v>
+      </c>
+      <c r="D25" s="4" t="s">
+        <v>3069</v>
+      </c>
+    </row>
+    <row r="26" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B26" s="4" t="s">
+        <v>477</v>
+      </c>
+      <c r="C26" s="4" t="s">
+        <v>191</v>
+      </c>
+      <c r="D26" s="4" t="s">
+        <v>3070</v>
+      </c>
+    </row>
+    <row r="27" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B27" s="4" t="s">
+        <v>478</v>
+      </c>
+      <c r="C27" s="4" t="s">
+        <v>194</v>
+      </c>
+      <c r="D27" s="4" t="s">
+        <v>3071</v>
+      </c>
+    </row>
+    <row r="28" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B28" s="4" t="s">
+        <v>479</v>
+      </c>
+      <c r="C28" s="4" t="s">
+        <v>197</v>
+      </c>
+      <c r="D28" s="4" t="s">
+        <v>3072</v>
+      </c>
+    </row>
+    <row r="29" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B29" s="4" t="s">
+        <v>480</v>
+      </c>
+      <c r="C29" s="4" t="s">
+        <v>200</v>
+      </c>
+      <c r="D29" s="4" t="s">
+        <v>3073</v>
+      </c>
+    </row>
+    <row r="30" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B30" s="4" t="s">
+        <v>481</v>
+      </c>
+      <c r="C30" s="4" t="s">
+        <v>203</v>
+      </c>
+      <c r="D30" s="4" t="s">
+        <v>3074</v>
+      </c>
+    </row>
+    <row r="31" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B31" s="4" t="s">
+        <v>482</v>
+      </c>
+      <c r="C31" s="4" t="s">
+        <v>206</v>
+      </c>
+      <c r="D31" s="4" t="s">
+        <v>3075</v>
+      </c>
+    </row>
+    <row r="32" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B32" s="4" t="s">
+        <v>483</v>
+      </c>
+      <c r="C32" s="4" t="s">
+        <v>209</v>
+      </c>
+      <c r="D32" s="4" t="s">
+        <v>3076</v>
+      </c>
+    </row>
+    <row r="33" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B33" s="4" t="s">
+        <v>2767</v>
+      </c>
+      <c r="C33" s="4" t="s">
+        <v>212</v>
+      </c>
+      <c r="D33" s="4" t="s">
+        <v>3077</v>
+      </c>
+    </row>
+    <row r="34" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B34" s="4" t="s">
+        <v>2769</v>
+      </c>
+      <c r="C34" s="4" t="s">
+        <v>215</v>
+      </c>
+      <c r="D34" s="4" t="s">
+        <v>3078</v>
+      </c>
+    </row>
+    <row r="35" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B35" s="4" t="s">
+        <v>2771</v>
+      </c>
+      <c r="C35" s="4" t="s">
+        <v>218</v>
+      </c>
+      <c r="D35" s="4" t="s">
+        <v>3079</v>
+      </c>
+    </row>
+    <row r="36" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B36" s="4" t="s">
+        <v>2773</v>
+      </c>
+      <c r="C36" s="4" t="s">
+        <v>221</v>
+      </c>
+      <c r="D36" s="4" t="s">
+        <v>3080</v>
+      </c>
+    </row>
+    <row r="37" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B37" s="4" t="s">
+        <v>3081</v>
+      </c>
+      <c r="C37" s="4" t="s">
+        <v>224</v>
+      </c>
+      <c r="D37" s="4" t="s">
         <v>3082</v>
       </c>
-      <c r="C2" s="10"/>
-      <c r="D2" s="10" t="s">
+    </row>
+    <row r="38" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B38" s="4" t="s">
+        <v>488</v>
+      </c>
+      <c r="C38" s="4" t="s">
+        <v>227</v>
+      </c>
+      <c r="D38" s="4" t="s">
         <v>3083</v>
       </c>
     </row>
-    <row r="3" spans="1:4" x14ac:dyDescent="0.25">
-[...7 lines deleted...]
-      <c r="D3" s="10" t="s">
+    <row r="39" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B39" s="4" t="s">
+        <v>3084</v>
+      </c>
+      <c r="C39" s="4"/>
+      <c r="D39" s="4" t="s">
         <v>3085</v>
       </c>
     </row>
-    <row r="4" spans="1:4" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="B4" s="10" t="s">
+    <row r="40" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B40" s="4" t="s">
         <v>3086</v>
       </c>
-      <c r="C4" s="10"/>
-      <c r="D4" s="10" t="s">
+      <c r="C40" s="4" t="s">
+        <v>230</v>
+      </c>
+      <c r="D40" s="4" t="s">
         <v>3087</v>
       </c>
     </row>
-    <row r="5" spans="1:4" x14ac:dyDescent="0.25">
-[...7 lines deleted...]
-      <c r="D5" s="10" t="s">
+    <row r="41" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B41" s="4" t="s">
         <v>3088</v>
       </c>
-    </row>
-[...6 lines deleted...]
-      <c r="D6" s="10" t="s">
+      <c r="C41" s="4" t="s">
+        <v>233</v>
+      </c>
+      <c r="D41" s="4" t="s">
         <v>3089</v>
       </c>
     </row>
-    <row r="7" spans="1:4" x14ac:dyDescent="0.25">
-[...5 lines deleted...]
-      <c r="D7" s="10" t="s">
+    <row r="42" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B42" s="4" t="s">
         <v>3090</v>
       </c>
-    </row>
-[...6 lines deleted...]
-      <c r="D8" s="10" t="s">
+      <c r="C42" s="4" t="s">
+        <v>236</v>
+      </c>
+      <c r="D42" s="4" t="s">
         <v>3091</v>
       </c>
     </row>
-    <row r="9" spans="1:4" x14ac:dyDescent="0.25">
-[...5 lines deleted...]
-      <c r="D9" s="10" t="s">
+    <row r="43" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B43" s="4" t="s">
         <v>3092</v>
       </c>
-    </row>
-[...2 lines deleted...]
-      <c r="B10" s="10" t="s">
+      <c r="C43" s="4" t="s">
+        <v>2097</v>
+      </c>
+      <c r="D43" s="4" t="s">
         <v>3093</v>
       </c>
-      <c r="C10" s="10"/>
-      <c r="D10" s="10" t="s">
+    </row>
+    <row r="44" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B44" s="4" t="s">
         <v>3094</v>
       </c>
-    </row>
-[...8 lines deleted...]
-      <c r="D11" s="10" t="s">
+      <c r="C44" s="4" t="s">
+        <v>2100</v>
+      </c>
+      <c r="D44" s="4" t="s">
         <v>3095</v>
       </c>
     </row>
-    <row r="12" spans="1:4" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="B12" s="10" t="s">
+    <row r="45" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B45" s="4" t="s">
         <v>3096</v>
       </c>
-      <c r="C12" s="10" t="s">
-[...2 lines deleted...]
-      <c r="D12" s="10" t="s">
+      <c r="C45" s="4" t="s">
+        <v>2682</v>
+      </c>
+      <c r="D45" s="4" t="s">
         <v>3097</v>
-      </c>
-[...361 lines deleted...]
-        <v>3142</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet40.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-2800-000000000000}">
   <dimension ref="A1:D86"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>131</v>
+        <v>129</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>132</v>
+        <v>130</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>133</v>
+        <v>131</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
-        <v>109</v>
+        <v>107</v>
       </c>
       <c r="B2" t="s">
-        <v>2908</v>
+        <v>2863</v>
       </c>
       <c r="D2" t="s">
-        <v>2909</v>
+        <v>2864</v>
       </c>
     </row>
     <row r="3" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
-        <v>2910</v>
+        <v>2865</v>
       </c>
       <c r="B3" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
       <c r="D3" t="s">
-        <v>2998</v>
+        <v>2953</v>
       </c>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A4" t="s">
-        <v>2911</v>
+        <v>2866</v>
       </c>
       <c r="B4" t="s">
-        <v>2912</v>
+        <v>2867</v>
       </c>
       <c r="D4" t="s">
-        <v>2999</v>
+        <v>2954</v>
       </c>
     </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B5" t="s">
-        <v>2913</v>
+        <v>2868</v>
       </c>
       <c r="D5" t="s">
-        <v>3000</v>
+        <v>2955</v>
       </c>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B6" t="s">
-        <v>466</v>
+        <v>464</v>
       </c>
       <c r="D6" t="s">
-        <v>3001</v>
+        <v>2956</v>
       </c>
     </row>
     <row r="7" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B7" t="s">
-        <v>1293</v>
+        <v>1291</v>
       </c>
       <c r="D7" t="s">
-        <v>3002</v>
+        <v>2957</v>
       </c>
     </row>
     <row r="8" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B8" t="s">
-        <v>2914</v>
+        <v>2869</v>
       </c>
       <c r="D8" t="s">
-        <v>3003</v>
+        <v>2958</v>
       </c>
     </row>
     <row r="9" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B9" t="s">
-        <v>1291</v>
+        <v>1289</v>
       </c>
       <c r="D9" t="s">
-        <v>3004</v>
+        <v>2959</v>
       </c>
     </row>
     <row r="10" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B10" t="s">
-        <v>2915</v>
+        <v>2870</v>
       </c>
       <c r="D10" t="s">
-        <v>3005</v>
+        <v>2960</v>
       </c>
     </row>
     <row r="11" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B11" t="s">
-        <v>2916</v>
+        <v>2871</v>
       </c>
       <c r="D11" t="s">
-        <v>3006</v>
+        <v>2961</v>
       </c>
     </row>
     <row r="12" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B12" t="s">
-        <v>2917</v>
+        <v>2872</v>
       </c>
       <c r="C12" t="s">
-        <v>393</v>
+        <v>391</v>
       </c>
       <c r="D12" t="s">
-        <v>3007</v>
+        <v>2962</v>
       </c>
     </row>
     <row r="13" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B13" t="s">
-        <v>2918</v>
+        <v>2873</v>
       </c>
       <c r="C13" t="s">
-        <v>398</v>
+        <v>396</v>
       </c>
       <c r="D13" t="s">
-        <v>3008</v>
+        <v>2963</v>
       </c>
     </row>
     <row r="14" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B14" t="s">
-        <v>2919</v>
+        <v>2874</v>
       </c>
       <c r="C14" t="s">
-        <v>401</v>
+        <v>399</v>
       </c>
       <c r="D14" t="s">
-        <v>3009</v>
+        <v>2964</v>
       </c>
     </row>
     <row r="15" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B15" t="s">
-        <v>2920</v>
+        <v>2875</v>
       </c>
       <c r="C15" t="s">
-        <v>406</v>
+        <v>404</v>
       </c>
       <c r="D15" t="s">
-        <v>3010</v>
+        <v>2965</v>
       </c>
     </row>
     <row r="16" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B16" t="s">
-        <v>2921</v>
+        <v>2876</v>
       </c>
       <c r="C16" t="s">
-        <v>409</v>
+        <v>407</v>
       </c>
       <c r="D16" t="s">
-        <v>3011</v>
+        <v>2966</v>
       </c>
     </row>
     <row r="17" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B17" t="s">
-        <v>2922</v>
+        <v>2877</v>
       </c>
       <c r="C17" t="s">
-        <v>412</v>
+        <v>410</v>
       </c>
       <c r="D17" t="s">
-        <v>3012</v>
+        <v>2967</v>
       </c>
     </row>
     <row r="18" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B18" t="s">
-        <v>2923</v>
+        <v>2878</v>
       </c>
       <c r="C18" t="s">
-        <v>415</v>
+        <v>413</v>
       </c>
       <c r="D18" t="s">
-        <v>3013</v>
+        <v>2968</v>
       </c>
     </row>
     <row r="19" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B19" t="s">
-        <v>2924</v>
+        <v>2879</v>
       </c>
       <c r="D19" t="s">
-        <v>3014</v>
+        <v>2969</v>
       </c>
     </row>
     <row r="20" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B20" t="s">
-        <v>2925</v>
+        <v>2880</v>
       </c>
       <c r="C20" t="s">
-        <v>418</v>
+        <v>416</v>
       </c>
       <c r="D20" t="s">
-        <v>3015</v>
+        <v>2970</v>
       </c>
     </row>
     <row r="21" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B21" t="s">
-        <v>2926</v>
+        <v>2881</v>
       </c>
       <c r="C21" t="s">
-        <v>421</v>
+        <v>419</v>
       </c>
       <c r="D21" t="s">
-        <v>3016</v>
+        <v>2971</v>
       </c>
     </row>
     <row r="22" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B22" t="s">
-        <v>2927</v>
+        <v>2882</v>
       </c>
       <c r="C22" t="s">
-        <v>426</v>
+        <v>424</v>
       </c>
       <c r="D22" t="s">
-        <v>3017</v>
+        <v>2972</v>
       </c>
     </row>
     <row r="23" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B23" t="s">
-        <v>2928</v>
+        <v>2883</v>
       </c>
       <c r="C23" t="s">
-        <v>429</v>
+        <v>427</v>
       </c>
       <c r="D23" t="s">
-        <v>3018</v>
+        <v>2973</v>
       </c>
     </row>
     <row r="24" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B24" t="s">
-        <v>2929</v>
+        <v>2884</v>
       </c>
       <c r="C24" t="s">
-        <v>432</v>
+        <v>430</v>
       </c>
       <c r="D24" t="s">
-        <v>3019</v>
+        <v>2974</v>
       </c>
     </row>
     <row r="25" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B25" t="s">
-        <v>2930</v>
+        <v>2885</v>
       </c>
       <c r="D25" t="s">
-        <v>3020</v>
+        <v>2975</v>
       </c>
     </row>
     <row r="26" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B26" t="s">
-        <v>2931</v>
+        <v>2886</v>
       </c>
       <c r="D26" t="s">
-        <v>3021</v>
+        <v>2976</v>
       </c>
     </row>
     <row r="27" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B27" t="s">
-        <v>2932</v>
+        <v>2887</v>
       </c>
       <c r="C27" t="s">
-        <v>435</v>
+        <v>433</v>
       </c>
       <c r="D27" t="s">
-        <v>3022</v>
+        <v>2977</v>
       </c>
     </row>
     <row r="28" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B28" t="s">
-        <v>2933</v>
+        <v>2888</v>
       </c>
       <c r="C28" t="s">
-        <v>438</v>
+        <v>436</v>
       </c>
       <c r="D28" t="s">
-        <v>3023</v>
+        <v>2978</v>
       </c>
     </row>
     <row r="29" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B29" t="s">
-        <v>2934</v>
+        <v>2889</v>
       </c>
       <c r="D29" t="s">
-        <v>3024</v>
+        <v>2979</v>
       </c>
     </row>
     <row r="30" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B30" t="s">
-        <v>2935</v>
+        <v>2890</v>
       </c>
       <c r="C30" t="s">
-        <v>441</v>
+        <v>439</v>
       </c>
       <c r="D30" t="s">
-        <v>3025</v>
+        <v>2980</v>
       </c>
     </row>
     <row r="31" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B31" t="s">
-        <v>2936</v>
+        <v>2891</v>
       </c>
       <c r="C31" t="s">
-        <v>444</v>
+        <v>442</v>
       </c>
       <c r="D31" t="s">
-        <v>3026</v>
+        <v>2981</v>
       </c>
     </row>
     <row r="32" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B32" t="s">
-        <v>2937</v>
+        <v>2892</v>
       </c>
       <c r="D32" t="s">
-        <v>3027</v>
+        <v>2982</v>
       </c>
     </row>
     <row r="33" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B33" t="s">
-        <v>2938</v>
+        <v>2893</v>
       </c>
       <c r="C33" t="s">
-        <v>447</v>
+        <v>445</v>
       </c>
       <c r="D33" t="s">
-        <v>3028</v>
+        <v>2983</v>
       </c>
     </row>
     <row r="34" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B34" t="s">
-        <v>2939</v>
+        <v>2894</v>
       </c>
       <c r="C34" t="s">
-        <v>450</v>
+        <v>448</v>
       </c>
       <c r="D34" t="s">
-        <v>3029</v>
+        <v>2984</v>
       </c>
     </row>
     <row r="35" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B35" t="s">
-        <v>2940</v>
+        <v>2895</v>
       </c>
       <c r="C35" t="s">
-        <v>453</v>
+        <v>451</v>
       </c>
       <c r="D35" t="s">
-        <v>3030</v>
+        <v>2985</v>
       </c>
     </row>
     <row r="36" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B36" t="s">
-        <v>2941</v>
+        <v>2896</v>
       </c>
       <c r="C36" t="s">
-        <v>456</v>
+        <v>454</v>
       </c>
       <c r="D36" t="s">
-        <v>3031</v>
+        <v>2986</v>
       </c>
     </row>
     <row r="37" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B37" t="s">
-        <v>2942</v>
+        <v>2897</v>
       </c>
       <c r="C37" t="s">
-        <v>459</v>
+        <v>457</v>
       </c>
       <c r="D37" t="s">
-        <v>3032</v>
+        <v>2987</v>
       </c>
     </row>
     <row r="38" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B38" t="s">
-        <v>2943</v>
+        <v>2898</v>
       </c>
       <c r="C38" t="s">
-        <v>462</v>
+        <v>460</v>
       </c>
       <c r="D38" t="s">
-        <v>3033</v>
+        <v>2988</v>
       </c>
     </row>
     <row r="39" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B39" t="s">
-        <v>2944</v>
+        <v>2899</v>
       </c>
       <c r="C39" t="s">
-        <v>489</v>
+        <v>487</v>
       </c>
       <c r="D39" t="s">
-        <v>3034</v>
+        <v>2989</v>
       </c>
     </row>
     <row r="40" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B40" t="s">
-        <v>2945</v>
+        <v>2900</v>
       </c>
       <c r="C40" t="s">
-        <v>491</v>
+        <v>489</v>
       </c>
       <c r="D40" t="s">
-        <v>3035</v>
+        <v>2990</v>
       </c>
     </row>
     <row r="41" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B41" t="s">
-        <v>2946</v>
+        <v>2901</v>
       </c>
       <c r="D41" t="s">
-        <v>3036</v>
+        <v>2991</v>
       </c>
     </row>
     <row r="42" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B42" t="s">
-        <v>2947</v>
+        <v>2902</v>
       </c>
       <c r="C42" t="s">
-        <v>492</v>
+        <v>490</v>
       </c>
       <c r="D42" t="s">
-        <v>3037</v>
+        <v>2992</v>
       </c>
     </row>
     <row r="43" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B43" t="s">
-        <v>2948</v>
+        <v>2903</v>
       </c>
       <c r="C43" t="s">
-        <v>493</v>
+        <v>491</v>
       </c>
       <c r="D43" t="s">
-        <v>3038</v>
+        <v>2993</v>
       </c>
     </row>
     <row r="44" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B44" t="s">
-        <v>2949</v>
+        <v>2904</v>
       </c>
       <c r="C44" t="s">
-        <v>494</v>
+        <v>492</v>
       </c>
       <c r="D44" t="s">
-        <v>3039</v>
+        <v>2994</v>
       </c>
     </row>
     <row r="45" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B45" t="s">
-        <v>2950</v>
+        <v>2905</v>
       </c>
       <c r="C45" t="s">
-        <v>803</v>
+        <v>801</v>
       </c>
       <c r="D45" t="s">
-        <v>3040</v>
+        <v>2995</v>
       </c>
     </row>
     <row r="46" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B46" t="s">
-        <v>2951</v>
+        <v>2906</v>
       </c>
       <c r="C46" t="s">
-        <v>1138</v>
+        <v>1136</v>
       </c>
       <c r="D46" t="s">
-        <v>3041</v>
+        <v>2996</v>
       </c>
     </row>
     <row r="47" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B47" t="s">
-        <v>2952</v>
+        <v>2907</v>
       </c>
       <c r="C47" t="s">
-        <v>1141</v>
+        <v>1139</v>
       </c>
       <c r="D47" t="s">
-        <v>3042</v>
+        <v>2997</v>
       </c>
     </row>
     <row r="48" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B48" t="s">
-        <v>2953</v>
+        <v>2908</v>
       </c>
       <c r="D48" t="s">
-        <v>3043</v>
+        <v>2998</v>
       </c>
     </row>
     <row r="49" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B49" t="s">
-        <v>2954</v>
+        <v>2909</v>
       </c>
       <c r="C49" t="s">
-        <v>1144</v>
+        <v>1142</v>
       </c>
       <c r="D49" t="s">
-        <v>3044</v>
+        <v>2999</v>
       </c>
     </row>
     <row r="50" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B50" t="s">
-        <v>2955</v>
+        <v>2910</v>
       </c>
       <c r="C50" t="s">
-        <v>1147</v>
+        <v>1145</v>
       </c>
       <c r="D50" t="s">
-        <v>3045</v>
+        <v>3000</v>
       </c>
     </row>
     <row r="51" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B51" t="s">
-        <v>2956</v>
+        <v>2911</v>
       </c>
       <c r="C51" t="s">
-        <v>1152</v>
+        <v>1150</v>
       </c>
       <c r="D51" t="s">
-        <v>3046</v>
+        <v>3001</v>
       </c>
     </row>
     <row r="52" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B52" t="s">
-        <v>2957</v>
+        <v>2912</v>
       </c>
       <c r="C52" t="s">
-        <v>1155</v>
+        <v>1153</v>
       </c>
       <c r="D52" t="s">
-        <v>3047</v>
+        <v>3002</v>
       </c>
     </row>
     <row r="53" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B53" t="s">
-        <v>2958</v>
+        <v>2913</v>
       </c>
       <c r="C53" t="s">
-        <v>1158</v>
+        <v>1156</v>
       </c>
       <c r="D53" t="s">
-        <v>3048</v>
+        <v>3003</v>
       </c>
     </row>
     <row r="54" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B54" t="s">
-        <v>2959</v>
+        <v>2914</v>
       </c>
       <c r="C54" t="s">
-        <v>1161</v>
+        <v>1159</v>
       </c>
       <c r="D54" t="s">
-        <v>3049</v>
+        <v>3004</v>
       </c>
     </row>
     <row r="55" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B55" t="s">
-        <v>2960</v>
+        <v>2915</v>
       </c>
       <c r="D55" t="s">
-        <v>3050</v>
+        <v>3005</v>
       </c>
     </row>
     <row r="56" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B56" t="s">
-        <v>2961</v>
+        <v>2916</v>
       </c>
       <c r="D56" t="s">
-        <v>3051</v>
+        <v>3006</v>
       </c>
     </row>
     <row r="57" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B57" t="s">
-        <v>2962</v>
+        <v>2917</v>
       </c>
       <c r="C57" t="s">
-        <v>1164</v>
+        <v>1162</v>
       </c>
       <c r="D57" t="s">
-        <v>3052</v>
+        <v>3007</v>
       </c>
     </row>
     <row r="58" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B58" t="s">
-        <v>2963</v>
+        <v>2918</v>
       </c>
       <c r="C58" t="s">
-        <v>1169</v>
+        <v>1167</v>
       </c>
       <c r="D58" t="s">
-        <v>3053</v>
+        <v>3008</v>
       </c>
     </row>
     <row r="59" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B59" t="s">
-        <v>2964</v>
+        <v>2919</v>
       </c>
       <c r="C59" t="s">
-        <v>1658</v>
+        <v>1656</v>
       </c>
       <c r="D59" t="s">
-        <v>3054</v>
+        <v>3009</v>
       </c>
     </row>
     <row r="60" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B60" t="s">
-        <v>2965</v>
+        <v>2920</v>
       </c>
       <c r="C60" t="s">
-        <v>1661</v>
+        <v>1659</v>
       </c>
       <c r="D60" t="s">
-        <v>3055</v>
+        <v>3010</v>
       </c>
     </row>
     <row r="61" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B61" t="s">
-        <v>2966</v>
+        <v>2921</v>
       </c>
       <c r="C61" t="s">
-        <v>1664</v>
+        <v>1662</v>
       </c>
       <c r="D61" t="s">
-        <v>3056</v>
+        <v>3011</v>
       </c>
     </row>
     <row r="62" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B62" t="s">
-        <v>2967</v>
+        <v>2922</v>
       </c>
       <c r="C62" t="s">
-        <v>1667</v>
+        <v>1665</v>
       </c>
       <c r="D62" t="s">
-        <v>3057</v>
+        <v>3012</v>
       </c>
     </row>
     <row r="63" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B63" t="s">
-        <v>2968</v>
+        <v>2923</v>
       </c>
       <c r="C63" t="s">
-        <v>1670</v>
+        <v>1668</v>
       </c>
       <c r="D63" t="s">
-        <v>3058</v>
+        <v>3013</v>
       </c>
     </row>
     <row r="64" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B64" t="s">
-        <v>2969</v>
+        <v>2924</v>
       </c>
       <c r="D64" t="s">
-        <v>3059</v>
+        <v>3014</v>
       </c>
     </row>
     <row r="65" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B65" t="s">
-        <v>2970</v>
+        <v>2925</v>
       </c>
       <c r="C65" t="s">
-        <v>1673</v>
+        <v>1671</v>
       </c>
       <c r="D65" t="s">
-        <v>3060</v>
+        <v>3015</v>
       </c>
     </row>
     <row r="66" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B66" t="s">
-        <v>2971</v>
+        <v>2926</v>
       </c>
       <c r="C66" t="s">
-        <v>1676</v>
+        <v>1674</v>
       </c>
       <c r="D66" t="s">
-        <v>3061</v>
+        <v>3016</v>
       </c>
     </row>
     <row r="67" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B67" t="s">
-        <v>2972</v>
+        <v>2927</v>
       </c>
       <c r="C67" t="s">
-        <v>1679</v>
+        <v>1677</v>
       </c>
       <c r="D67" t="s">
-        <v>3062</v>
+        <v>3017</v>
       </c>
     </row>
     <row r="68" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B68" t="s">
-        <v>2973</v>
+        <v>2928</v>
       </c>
       <c r="C68" t="s">
-        <v>1682</v>
+        <v>1680</v>
       </c>
       <c r="D68" t="s">
-        <v>3063</v>
+        <v>3018</v>
       </c>
     </row>
     <row r="69" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B69" t="s">
-        <v>2974</v>
+        <v>2929</v>
       </c>
       <c r="D69" t="s">
-        <v>3064</v>
+        <v>3019</v>
       </c>
     </row>
     <row r="70" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B70" t="s">
-        <v>2975</v>
+        <v>2930</v>
       </c>
       <c r="C70" t="s">
-        <v>1685</v>
+        <v>1683</v>
       </c>
       <c r="D70" t="s">
-        <v>3065</v>
+        <v>3020</v>
       </c>
     </row>
     <row r="71" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B71" t="s">
-        <v>2976</v>
+        <v>2931</v>
       </c>
       <c r="C71" t="s">
-        <v>2327</v>
+        <v>2283</v>
       </c>
       <c r="D71" t="s">
-        <v>3066</v>
+        <v>3021</v>
       </c>
     </row>
     <row r="72" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B72" t="s">
-        <v>2977</v>
+        <v>2932</v>
       </c>
       <c r="C72" t="s">
-        <v>2328</v>
+        <v>2284</v>
       </c>
       <c r="D72" t="s">
-        <v>3067</v>
+        <v>3022</v>
       </c>
     </row>
     <row r="73" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B73" t="s">
-        <v>2978</v>
+        <v>2933</v>
       </c>
       <c r="C73" t="s">
-        <v>2329</v>
+        <v>2285</v>
       </c>
       <c r="D73" t="s">
-        <v>3068</v>
+        <v>3023</v>
       </c>
     </row>
     <row r="74" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B74" t="s">
-        <v>2979</v>
+        <v>2934</v>
       </c>
       <c r="C74" t="s">
-        <v>2330</v>
+        <v>2286</v>
       </c>
       <c r="D74" t="s">
-        <v>3069</v>
+        <v>3024</v>
       </c>
     </row>
     <row r="75" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B75" t="s">
-        <v>2980</v>
+        <v>2935</v>
       </c>
       <c r="C75" t="s">
-        <v>2331</v>
+        <v>2287</v>
       </c>
       <c r="D75" t="s">
-        <v>3070</v>
+        <v>3025</v>
       </c>
     </row>
     <row r="76" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B76" t="s">
-        <v>2981</v>
+        <v>2936</v>
       </c>
       <c r="C76" t="s">
-        <v>2332</v>
+        <v>2288</v>
       </c>
       <c r="D76" t="s">
-        <v>3071</v>
+        <v>3026</v>
       </c>
     </row>
     <row r="77" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B77" t="s">
-        <v>2982</v>
+        <v>2937</v>
       </c>
       <c r="C77" t="s">
-        <v>2333</v>
+        <v>2289</v>
       </c>
       <c r="D77" t="s">
-        <v>3072</v>
+        <v>3027</v>
       </c>
     </row>
     <row r="78" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B78" t="s">
-        <v>2983</v>
+        <v>2938</v>
       </c>
       <c r="C78" t="s">
-        <v>2984</v>
+        <v>2939</v>
       </c>
       <c r="D78" t="s">
-        <v>3073</v>
+        <v>3028</v>
       </c>
     </row>
     <row r="79" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B79" t="s">
-        <v>2985</v>
+        <v>2940</v>
       </c>
       <c r="C79" t="s">
-        <v>2986</v>
+        <v>2941</v>
       </c>
       <c r="D79" t="s">
-        <v>3074</v>
+        <v>3029</v>
       </c>
     </row>
     <row r="80" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B80" t="s">
-        <v>2987</v>
+        <v>2942</v>
       </c>
       <c r="D80" t="s">
-        <v>3075</v>
+        <v>3030</v>
       </c>
     </row>
     <row r="81" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B81" t="s">
-        <v>2988</v>
+        <v>2943</v>
       </c>
       <c r="C81" t="s">
-        <v>2989</v>
+        <v>2944</v>
       </c>
       <c r="D81" t="s">
-        <v>3076</v>
+        <v>3031</v>
       </c>
     </row>
     <row r="82" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B82" t="s">
-        <v>2990</v>
+        <v>2945</v>
       </c>
       <c r="D82" t="s">
-        <v>3077</v>
+        <v>3032</v>
       </c>
     </row>
     <row r="83" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B83" t="s">
-        <v>2991</v>
+        <v>2946</v>
       </c>
       <c r="C83" t="s">
-        <v>2992</v>
+        <v>2947</v>
       </c>
       <c r="D83" t="s">
-        <v>3078</v>
+        <v>3033</v>
       </c>
     </row>
     <row r="84" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B84" t="s">
-        <v>2993</v>
+        <v>2948</v>
       </c>
       <c r="C84" t="s">
-        <v>2994</v>
+        <v>2949</v>
       </c>
       <c r="D84" t="s">
-        <v>3079</v>
+        <v>3034</v>
       </c>
     </row>
     <row r="85" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B85" t="s">
-        <v>2995</v>
+        <v>2950</v>
       </c>
       <c r="C85" t="s">
-        <v>2996</v>
+        <v>2951</v>
       </c>
       <c r="D85" t="s">
-        <v>3080</v>
+        <v>3035</v>
       </c>
     </row>
     <row r="86" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B86" t="s">
-        <v>2997</v>
+        <v>2952</v>
       </c>
       <c r="D86" t="s">
-        <v>3081</v>
+        <v>3036</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet41.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-2900-000000000000}">
   <dimension ref="A1:D33"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>131</v>
+        <v>129</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>132</v>
+        <v>130</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>133</v>
+        <v>131</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
+        <v>108</v>
+      </c>
+      <c r="B2" t="s">
+        <v>109</v>
+      </c>
+      <c r="D2" t="s">
         <v>110</v>
-      </c>
-[...4 lines deleted...]
-        <v>112</v>
       </c>
     </row>
     <row r="3" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
-        <v>2334</v>
+        <v>2290</v>
       </c>
       <c r="B3" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
       <c r="D3" t="s">
-        <v>2335</v>
+        <v>2291</v>
       </c>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B4" t="s">
-        <v>466</v>
+        <v>464</v>
       </c>
       <c r="D4" t="s">
-        <v>2336</v>
+        <v>2292</v>
       </c>
     </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B5" t="s">
-        <v>2337</v>
+        <v>2293</v>
       </c>
       <c r="D5" t="s">
-        <v>2338</v>
+        <v>2294</v>
       </c>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B6" t="s">
-        <v>138</v>
+        <v>136</v>
       </c>
       <c r="D6" t="s">
-        <v>2339</v>
+        <v>2295</v>
       </c>
     </row>
     <row r="7" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B7" t="s">
-        <v>140</v>
+        <v>138</v>
       </c>
       <c r="D7" t="s">
-        <v>2340</v>
+        <v>2296</v>
       </c>
     </row>
     <row r="8" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B8" t="s">
-        <v>142</v>
+        <v>140</v>
       </c>
       <c r="D8" t="s">
-        <v>2341</v>
+        <v>2297</v>
       </c>
     </row>
     <row r="9" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B9" t="s">
-        <v>2342</v>
+        <v>2298</v>
       </c>
       <c r="C9" t="s">
-        <v>393</v>
+        <v>391</v>
       </c>
       <c r="D9" t="s">
-        <v>2343</v>
+        <v>2299</v>
       </c>
     </row>
     <row r="10" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B10" t="s">
-        <v>2344</v>
+        <v>2300</v>
       </c>
       <c r="C10" t="s">
-        <v>398</v>
+        <v>396</v>
       </c>
       <c r="D10" t="s">
-        <v>2345</v>
+        <v>2301</v>
       </c>
     </row>
     <row r="11" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B11" t="s">
-        <v>2346</v>
+        <v>2302</v>
       </c>
       <c r="C11" t="s">
-        <v>401</v>
+        <v>399</v>
       </c>
       <c r="D11" t="s">
-        <v>2347</v>
+        <v>2303</v>
       </c>
     </row>
     <row r="12" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B12" t="s">
-        <v>2348</v>
+        <v>2304</v>
       </c>
       <c r="C12" t="s">
-        <v>406</v>
+        <v>404</v>
       </c>
       <c r="D12" t="s">
-        <v>2349</v>
+        <v>2305</v>
       </c>
     </row>
     <row r="13" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B13" t="s">
-        <v>2350</v>
+        <v>2306</v>
       </c>
       <c r="C13" t="s">
-        <v>409</v>
+        <v>407</v>
       </c>
       <c r="D13" t="s">
-        <v>2351</v>
+        <v>2307</v>
       </c>
     </row>
     <row r="14" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B14" t="s">
-        <v>2352</v>
+        <v>2308</v>
       </c>
       <c r="C14" t="s">
-        <v>412</v>
+        <v>410</v>
       </c>
       <c r="D14" t="s">
-        <v>2353</v>
+        <v>2309</v>
       </c>
     </row>
     <row r="15" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B15" t="s">
-        <v>2354</v>
+        <v>2310</v>
       </c>
       <c r="C15" t="s">
-        <v>415</v>
+        <v>413</v>
       </c>
       <c r="D15" t="s">
-        <v>2355</v>
+        <v>2311</v>
       </c>
     </row>
     <row r="16" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B16" t="s">
-        <v>2356</v>
+        <v>2312</v>
       </c>
       <c r="C16" t="s">
-        <v>418</v>
+        <v>416</v>
       </c>
       <c r="D16" t="s">
-        <v>2357</v>
+        <v>2313</v>
       </c>
     </row>
     <row r="17" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B17" t="s">
-        <v>827</v>
+        <v>825</v>
       </c>
       <c r="C17" t="s">
-        <v>421</v>
+        <v>419</v>
       </c>
       <c r="D17" t="s">
-        <v>2358</v>
+        <v>2314</v>
       </c>
     </row>
     <row r="18" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B18" t="s">
-        <v>2359</v>
+        <v>2315</v>
       </c>
       <c r="C18" t="s">
-        <v>426</v>
+        <v>424</v>
       </c>
       <c r="D18" t="s">
-        <v>2360</v>
+        <v>2316</v>
       </c>
     </row>
     <row r="19" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B19" t="s">
-        <v>2361</v>
+        <v>2317</v>
       </c>
       <c r="C19" t="s">
-        <v>429</v>
+        <v>427</v>
       </c>
       <c r="D19" t="s">
-        <v>2362</v>
+        <v>2318</v>
       </c>
     </row>
     <row r="20" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B20" t="s">
-        <v>2363</v>
+        <v>2319</v>
       </c>
       <c r="C20" t="s">
-        <v>432</v>
+        <v>430</v>
       </c>
       <c r="D20" t="s">
-        <v>2364</v>
+        <v>2320</v>
       </c>
     </row>
     <row r="21" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B21" t="s">
-        <v>2365</v>
+        <v>2321</v>
       </c>
       <c r="C21" t="s">
-        <v>435</v>
+        <v>433</v>
       </c>
       <c r="D21" t="s">
-        <v>2366</v>
+        <v>2322</v>
       </c>
     </row>
     <row r="22" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B22" t="s">
-        <v>2367</v>
+        <v>2323</v>
       </c>
       <c r="C22" t="s">
-        <v>438</v>
+        <v>436</v>
       </c>
       <c r="D22" t="s">
-        <v>2368</v>
+        <v>2324</v>
       </c>
     </row>
     <row r="23" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B23" t="s">
-        <v>2369</v>
+        <v>2325</v>
       </c>
       <c r="C23" t="s">
-        <v>441</v>
+        <v>439</v>
       </c>
       <c r="D23" t="s">
-        <v>2370</v>
+        <v>2326</v>
       </c>
     </row>
     <row r="24" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B24" t="s">
-        <v>2371</v>
+        <v>2327</v>
       </c>
       <c r="C24" t="s">
-        <v>444</v>
+        <v>442</v>
       </c>
       <c r="D24" t="s">
-        <v>2372</v>
+        <v>2328</v>
       </c>
     </row>
     <row r="25" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B25" t="s">
-        <v>2373</v>
+        <v>2329</v>
       </c>
       <c r="C25" t="s">
-        <v>447</v>
+        <v>445</v>
       </c>
       <c r="D25" t="s">
-        <v>2374</v>
+        <v>2330</v>
       </c>
     </row>
     <row r="26" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B26" t="s">
-        <v>2375</v>
+        <v>2331</v>
       </c>
       <c r="C26" t="s">
-        <v>450</v>
+        <v>448</v>
       </c>
       <c r="D26" t="s">
-        <v>2376</v>
+        <v>2332</v>
       </c>
     </row>
     <row r="27" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B27" t="s">
-        <v>2377</v>
+        <v>2333</v>
       </c>
       <c r="C27" t="s">
-        <v>453</v>
+        <v>451</v>
       </c>
       <c r="D27" t="s">
-        <v>2378</v>
+        <v>2334</v>
       </c>
     </row>
     <row r="28" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B28" t="s">
-        <v>2379</v>
+        <v>2335</v>
       </c>
       <c r="C28" t="s">
-        <v>456</v>
+        <v>454</v>
       </c>
       <c r="D28" t="s">
-        <v>2380</v>
+        <v>2336</v>
       </c>
     </row>
     <row r="29" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B29" t="s">
-        <v>1496</v>
+        <v>1494</v>
       </c>
       <c r="C29" t="s">
-        <v>459</v>
+        <v>457</v>
       </c>
       <c r="D29" t="s">
-        <v>2381</v>
+        <v>2337</v>
       </c>
     </row>
     <row r="30" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B30" t="s">
-        <v>2382</v>
+        <v>2338</v>
       </c>
       <c r="C30" t="s">
-        <v>462</v>
+        <v>460</v>
       </c>
       <c r="D30" t="s">
-        <v>2383</v>
+        <v>2339</v>
       </c>
     </row>
     <row r="31" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B31" t="s">
-        <v>1719</v>
+        <v>1717</v>
       </c>
       <c r="C31" t="s">
-        <v>489</v>
+        <v>487</v>
       </c>
       <c r="D31" t="s">
-        <v>2384</v>
+        <v>2340</v>
       </c>
     </row>
     <row r="32" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B32" t="s">
-        <v>2385</v>
+        <v>2341</v>
       </c>
       <c r="C32" t="s">
-        <v>491</v>
+        <v>489</v>
       </c>
       <c r="D32" t="s">
-        <v>2386</v>
+        <v>2342</v>
       </c>
     </row>
     <row r="33" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B33" t="s">
-        <v>2387</v>
+        <v>2343</v>
       </c>
       <c r="C33" t="s">
-        <v>492</v>
+        <v>490</v>
       </c>
       <c r="D33" t="s">
-        <v>2388</v>
+        <v>2344</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet42.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-2A00-000000000000}">
   <dimension ref="A1:D18"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>131</v>
+        <v>129</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>132</v>
+        <v>130</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>133</v>
+        <v>131</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
+        <v>111</v>
+      </c>
+      <c r="B2" t="s">
+        <v>112</v>
+      </c>
+      <c r="D2" t="s">
         <v>113</v>
-      </c>
-[...4 lines deleted...]
-        <v>115</v>
       </c>
     </row>
     <row r="3" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
-        <v>2389</v>
+        <v>2345</v>
       </c>
       <c r="B3" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
       <c r="D3" t="s">
-        <v>2390</v>
+        <v>2346</v>
       </c>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B4" t="s">
-        <v>466</v>
+        <v>464</v>
       </c>
       <c r="D4" t="s">
-        <v>2391</v>
+        <v>2347</v>
       </c>
     </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B5" t="s">
-        <v>140</v>
+        <v>138</v>
       </c>
       <c r="D5" t="s">
-        <v>2392</v>
+        <v>2348</v>
       </c>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B6" t="s">
-        <v>2393</v>
+        <v>2349</v>
       </c>
       <c r="C6" t="s">
-        <v>393</v>
+        <v>391</v>
       </c>
       <c r="D6" t="s">
-        <v>2394</v>
+        <v>2350</v>
       </c>
     </row>
     <row r="7" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B7" t="s">
-        <v>2395</v>
+        <v>2351</v>
       </c>
       <c r="C7" t="s">
-        <v>398</v>
+        <v>396</v>
       </c>
       <c r="D7" t="s">
-        <v>2396</v>
+        <v>2352</v>
       </c>
     </row>
     <row r="8" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B8" t="s">
-        <v>2397</v>
+        <v>2353</v>
       </c>
       <c r="C8" t="s">
-        <v>401</v>
+        <v>399</v>
       </c>
       <c r="D8" t="s">
-        <v>2398</v>
+        <v>2354</v>
       </c>
     </row>
     <row r="9" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B9" t="s">
-        <v>2399</v>
+        <v>2355</v>
       </c>
       <c r="C9" t="s">
-        <v>406</v>
+        <v>404</v>
       </c>
       <c r="D9" t="s">
-        <v>2400</v>
+        <v>2356</v>
       </c>
     </row>
     <row r="10" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B10" t="s">
-        <v>2401</v>
+        <v>2357</v>
       </c>
       <c r="C10" t="s">
-        <v>409</v>
+        <v>407</v>
       </c>
       <c r="D10" t="s">
-        <v>2402</v>
+        <v>2358</v>
       </c>
     </row>
     <row r="11" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B11" t="s">
-        <v>2403</v>
+        <v>2359</v>
       </c>
       <c r="C11" t="s">
-        <v>412</v>
+        <v>410</v>
       </c>
       <c r="D11" t="s">
-        <v>2404</v>
+        <v>2360</v>
       </c>
     </row>
     <row r="12" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B12" t="s">
-        <v>2405</v>
+        <v>2361</v>
       </c>
       <c r="C12" t="s">
-        <v>415</v>
+        <v>413</v>
       </c>
       <c r="D12" t="s">
-        <v>2406</v>
+        <v>2362</v>
       </c>
     </row>
     <row r="13" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B13" t="s">
-        <v>2407</v>
+        <v>2363</v>
       </c>
       <c r="C13" t="s">
-        <v>418</v>
+        <v>416</v>
       </c>
       <c r="D13" t="s">
-        <v>2408</v>
+        <v>2364</v>
       </c>
     </row>
     <row r="14" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B14" t="s">
-        <v>2409</v>
+        <v>2365</v>
       </c>
       <c r="C14" t="s">
-        <v>421</v>
+        <v>419</v>
       </c>
       <c r="D14" t="s">
-        <v>2410</v>
+        <v>2366</v>
       </c>
     </row>
     <row r="15" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B15" t="s">
-        <v>2411</v>
+        <v>2367</v>
       </c>
       <c r="C15" t="s">
-        <v>426</v>
+        <v>424</v>
       </c>
       <c r="D15" t="s">
-        <v>2412</v>
+        <v>2368</v>
       </c>
     </row>
     <row r="16" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B16" t="s">
-        <v>2413</v>
+        <v>2369</v>
       </c>
       <c r="C16" t="s">
-        <v>429</v>
+        <v>427</v>
       </c>
       <c r="D16" t="s">
-        <v>2414</v>
+        <v>2370</v>
       </c>
     </row>
     <row r="17" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B17" t="s">
-        <v>2415</v>
+        <v>2371</v>
       </c>
       <c r="C17" t="s">
-        <v>432</v>
+        <v>430</v>
       </c>
       <c r="D17" t="s">
-        <v>2416</v>
+        <v>2372</v>
       </c>
     </row>
     <row r="18" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B18" t="s">
-        <v>2417</v>
+        <v>2373</v>
       </c>
       <c r="C18" t="s">
-        <v>435</v>
+        <v>433</v>
       </c>
       <c r="D18" t="s">
-        <v>2418</v>
+        <v>2374</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet43.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-2B00-000000000000}">
   <dimension ref="A1:D58"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>131</v>
+        <v>129</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>132</v>
+        <v>130</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>133</v>
+        <v>131</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
+        <v>114</v>
+      </c>
+      <c r="B2" t="s">
+        <v>115</v>
+      </c>
+      <c r="D2" t="s">
         <v>116</v>
-      </c>
-[...4 lines deleted...]
-        <v>118</v>
       </c>
     </row>
     <row r="3" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B3" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
       <c r="D3" t="s">
-        <v>2419</v>
+        <v>2375</v>
       </c>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B4" t="s">
-        <v>2326</v>
+        <v>2282</v>
       </c>
       <c r="D4" t="s">
-        <v>2420</v>
+        <v>2376</v>
       </c>
     </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B5" t="s">
-        <v>1867</v>
+        <v>1865</v>
       </c>
       <c r="D5" t="s">
-        <v>2421</v>
+        <v>2377</v>
       </c>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B6" t="s">
-        <v>2422</v>
+        <v>2378</v>
       </c>
       <c r="D6" t="s">
-        <v>2423</v>
+        <v>2379</v>
       </c>
     </row>
     <row r="7" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B7" t="s">
-        <v>2424</v>
+        <v>2380</v>
       </c>
       <c r="C7" t="s">
-        <v>393</v>
+        <v>391</v>
       </c>
       <c r="D7" t="s">
-        <v>2425</v>
+        <v>2381</v>
       </c>
     </row>
     <row r="8" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B8" t="s">
-        <v>2426</v>
+        <v>2382</v>
       </c>
       <c r="C8" t="s">
-        <v>398</v>
+        <v>396</v>
       </c>
       <c r="D8" t="s">
-        <v>2427</v>
+        <v>2383</v>
       </c>
     </row>
     <row r="9" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B9" t="s">
-        <v>2428</v>
+        <v>2384</v>
       </c>
       <c r="C9" t="s">
-        <v>401</v>
+        <v>399</v>
       </c>
       <c r="D9" t="s">
-        <v>2429</v>
+        <v>2385</v>
       </c>
     </row>
     <row r="10" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B10" t="s">
-        <v>2430</v>
+        <v>2386</v>
       </c>
       <c r="C10" t="s">
-        <v>406</v>
+        <v>404</v>
       </c>
       <c r="D10" t="s">
-        <v>2431</v>
+        <v>2387</v>
       </c>
     </row>
     <row r="11" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B11" t="s">
-        <v>2432</v>
+        <v>2388</v>
       </c>
       <c r="C11" t="s">
-        <v>409</v>
+        <v>407</v>
       </c>
       <c r="D11" t="s">
-        <v>2433</v>
+        <v>2389</v>
       </c>
     </row>
     <row r="12" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B12" t="s">
-        <v>2434</v>
+        <v>2390</v>
       </c>
       <c r="C12" t="s">
-        <v>412</v>
+        <v>410</v>
       </c>
       <c r="D12" t="s">
-        <v>2435</v>
+        <v>2391</v>
       </c>
     </row>
     <row r="13" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B13" t="s">
-        <v>2436</v>
+        <v>2392</v>
       </c>
       <c r="C13" t="s">
-        <v>415</v>
+        <v>413</v>
       </c>
       <c r="D13" t="s">
-        <v>2437</v>
+        <v>2393</v>
       </c>
     </row>
     <row r="14" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B14" t="s">
-        <v>2438</v>
+        <v>2394</v>
       </c>
       <c r="D14" t="s">
-        <v>2439</v>
+        <v>2395</v>
       </c>
     </row>
     <row r="15" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B15" t="s">
-        <v>2440</v>
+        <v>2396</v>
       </c>
       <c r="C15" t="s">
-        <v>418</v>
+        <v>416</v>
       </c>
       <c r="D15" t="s">
-        <v>2441</v>
+        <v>2397</v>
       </c>
     </row>
     <row r="16" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B16" t="s">
-        <v>2442</v>
+        <v>2398</v>
       </c>
       <c r="C16" t="s">
-        <v>421</v>
+        <v>419</v>
       </c>
       <c r="D16" t="s">
-        <v>2443</v>
+        <v>2399</v>
       </c>
     </row>
     <row r="17" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B17" t="s">
-        <v>2444</v>
+        <v>2400</v>
       </c>
       <c r="C17" t="s">
-        <v>426</v>
+        <v>424</v>
       </c>
       <c r="D17" t="s">
-        <v>2445</v>
+        <v>2401</v>
       </c>
     </row>
     <row r="18" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B18" t="s">
-        <v>2446</v>
+        <v>2402</v>
       </c>
       <c r="C18" t="s">
-        <v>429</v>
+        <v>427</v>
       </c>
       <c r="D18" t="s">
-        <v>2447</v>
+        <v>2403</v>
       </c>
     </row>
     <row r="19" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B19" t="s">
-        <v>2448</v>
+        <v>2404</v>
       </c>
       <c r="C19" t="s">
-        <v>432</v>
+        <v>430</v>
       </c>
       <c r="D19" t="s">
-        <v>2449</v>
+        <v>2405</v>
       </c>
     </row>
     <row r="20" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B20" t="s">
-        <v>2450</v>
+        <v>2406</v>
       </c>
       <c r="C20" t="s">
-        <v>435</v>
+        <v>433</v>
       </c>
       <c r="D20" t="s">
-        <v>2451</v>
+        <v>2407</v>
       </c>
     </row>
     <row r="21" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B21" t="s">
-        <v>2452</v>
+        <v>2408</v>
       </c>
       <c r="C21" t="s">
-        <v>438</v>
+        <v>436</v>
       </c>
       <c r="D21" t="s">
-        <v>2453</v>
+        <v>2409</v>
       </c>
     </row>
     <row r="22" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B22" t="s">
-        <v>2454</v>
+        <v>2410</v>
       </c>
       <c r="D22" t="s">
-        <v>2455</v>
+        <v>2411</v>
       </c>
     </row>
     <row r="23" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B23" t="s">
-        <v>2456</v>
+        <v>2412</v>
       </c>
       <c r="C23" t="s">
-        <v>441</v>
+        <v>439</v>
       </c>
       <c r="D23" t="s">
-        <v>2457</v>
+        <v>2413</v>
       </c>
     </row>
     <row r="24" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B24" t="s">
-        <v>2458</v>
+        <v>2414</v>
       </c>
       <c r="C24" t="s">
-        <v>444</v>
+        <v>442</v>
       </c>
       <c r="D24" t="s">
-        <v>2459</v>
+        <v>2415</v>
       </c>
     </row>
     <row r="25" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B25" t="s">
-        <v>2460</v>
+        <v>2416</v>
       </c>
       <c r="C25" t="s">
-        <v>447</v>
+        <v>445</v>
       </c>
       <c r="D25" t="s">
-        <v>2461</v>
+        <v>2417</v>
       </c>
     </row>
     <row r="26" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B26" t="s">
-        <v>2462</v>
+        <v>2418</v>
       </c>
       <c r="C26" t="s">
-        <v>450</v>
+        <v>448</v>
       </c>
       <c r="D26" t="s">
-        <v>2463</v>
+        <v>2419</v>
       </c>
     </row>
     <row r="27" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B27" t="s">
-        <v>2464</v>
+        <v>2420</v>
       </c>
       <c r="C27" t="s">
-        <v>453</v>
+        <v>451</v>
       </c>
       <c r="D27" t="s">
-        <v>2465</v>
+        <v>2421</v>
       </c>
     </row>
     <row r="28" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B28" t="s">
-        <v>2466</v>
+        <v>2422</v>
       </c>
       <c r="C28" t="s">
-        <v>456</v>
+        <v>454</v>
       </c>
       <c r="D28" t="s">
-        <v>2467</v>
+        <v>2423</v>
       </c>
     </row>
     <row r="29" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B29" t="s">
-        <v>2468</v>
+        <v>2424</v>
       </c>
       <c r="C29" t="s">
-        <v>459</v>
+        <v>457</v>
       </c>
       <c r="D29" t="s">
-        <v>2469</v>
+        <v>2425</v>
       </c>
     </row>
     <row r="30" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B30" t="s">
-        <v>2470</v>
+        <v>2426</v>
       </c>
       <c r="C30" t="s">
-        <v>462</v>
+        <v>460</v>
       </c>
       <c r="D30" t="s">
-        <v>2471</v>
+        <v>2427</v>
       </c>
     </row>
     <row r="31" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B31" t="s">
-        <v>2472</v>
+        <v>2428</v>
       </c>
       <c r="D31" t="s">
-        <v>2473</v>
+        <v>2429</v>
       </c>
     </row>
     <row r="32" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B32" t="s">
-        <v>2474</v>
+        <v>2430</v>
       </c>
       <c r="C32" t="s">
-        <v>489</v>
+        <v>487</v>
       </c>
       <c r="D32" t="s">
-        <v>2475</v>
+        <v>2431</v>
       </c>
     </row>
     <row r="33" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B33" t="s">
-        <v>2476</v>
+        <v>2432</v>
       </c>
       <c r="C33" t="s">
-        <v>491</v>
+        <v>489</v>
       </c>
       <c r="D33" t="s">
-        <v>2477</v>
+        <v>2433</v>
       </c>
     </row>
     <row r="34" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B34" t="s">
-        <v>2478</v>
+        <v>2434</v>
       </c>
       <c r="C34" t="s">
-        <v>492</v>
+        <v>490</v>
       </c>
       <c r="D34" t="s">
-        <v>2479</v>
+        <v>2435</v>
       </c>
     </row>
     <row r="35" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B35" t="s">
-        <v>2480</v>
+        <v>2436</v>
       </c>
       <c r="C35" t="s">
-        <v>493</v>
+        <v>491</v>
       </c>
       <c r="D35" t="s">
-        <v>2481</v>
+        <v>2437</v>
       </c>
     </row>
     <row r="36" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B36" t="s">
-        <v>2482</v>
+        <v>2438</v>
       </c>
       <c r="C36" t="s">
-        <v>494</v>
+        <v>492</v>
       </c>
       <c r="D36" t="s">
-        <v>2483</v>
+        <v>2439</v>
       </c>
     </row>
     <row r="37" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B37" t="s">
-        <v>2484</v>
+        <v>2440</v>
       </c>
       <c r="C37" t="s">
-        <v>803</v>
+        <v>801</v>
       </c>
       <c r="D37" t="s">
-        <v>2485</v>
+        <v>2441</v>
       </c>
     </row>
     <row r="38" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B38" t="s">
-        <v>2486</v>
+        <v>2442</v>
       </c>
       <c r="D38" t="s">
-        <v>2487</v>
+        <v>2443</v>
       </c>
     </row>
     <row r="39" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B39" t="s">
-        <v>2488</v>
+        <v>2444</v>
       </c>
       <c r="C39" t="s">
-        <v>1138</v>
+        <v>1136</v>
       </c>
       <c r="D39" t="s">
-        <v>2489</v>
+        <v>2445</v>
       </c>
     </row>
     <row r="40" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B40" t="s">
-        <v>2490</v>
+        <v>2446</v>
       </c>
       <c r="C40" t="s">
-        <v>1141</v>
+        <v>1139</v>
       </c>
       <c r="D40" t="s">
-        <v>2491</v>
+        <v>2447</v>
       </c>
     </row>
     <row r="41" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B41" t="s">
-        <v>2492</v>
+        <v>2448</v>
       </c>
       <c r="C41" t="s">
-        <v>1144</v>
+        <v>1142</v>
       </c>
       <c r="D41" t="s">
-        <v>2493</v>
+        <v>2449</v>
       </c>
     </row>
     <row r="42" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B42" t="s">
-        <v>2494</v>
+        <v>2450</v>
       </c>
       <c r="C42" t="s">
-        <v>1147</v>
+        <v>1145</v>
       </c>
       <c r="D42" t="s">
-        <v>2495</v>
+        <v>2451</v>
       </c>
     </row>
     <row r="43" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B43" t="s">
-        <v>2496</v>
+        <v>2452</v>
       </c>
       <c r="C43" t="s">
-        <v>1152</v>
+        <v>1150</v>
       </c>
       <c r="D43" t="s">
-        <v>2497</v>
+        <v>2453</v>
       </c>
     </row>
     <row r="44" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B44" t="s">
-        <v>2498</v>
+        <v>2454</v>
       </c>
       <c r="C44" t="s">
-        <v>1155</v>
+        <v>1153</v>
       </c>
       <c r="D44" t="s">
-        <v>2499</v>
+        <v>2455</v>
       </c>
     </row>
     <row r="45" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B45" t="s">
-        <v>2500</v>
+        <v>2456</v>
       </c>
       <c r="C45" t="s">
-        <v>1158</v>
+        <v>1156</v>
       </c>
       <c r="D45" t="s">
-        <v>2501</v>
+        <v>2457</v>
       </c>
     </row>
     <row r="46" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B46" t="s">
-        <v>2502</v>
+        <v>2458</v>
       </c>
       <c r="C46" t="s">
-        <v>1161</v>
+        <v>1159</v>
       </c>
       <c r="D46" t="s">
-        <v>2503</v>
+        <v>2459</v>
       </c>
     </row>
     <row r="47" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B47" t="s">
-        <v>2504</v>
+        <v>2460</v>
       </c>
       <c r="D47" t="s">
-        <v>2505</v>
+        <v>2461</v>
       </c>
     </row>
     <row r="48" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B48" t="s">
-        <v>2506</v>
+        <v>2462</v>
       </c>
       <c r="C48" t="s">
-        <v>1164</v>
+        <v>1162</v>
       </c>
       <c r="D48" t="s">
-        <v>2507</v>
+        <v>2463</v>
       </c>
     </row>
     <row r="49" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B49" t="s">
-        <v>2508</v>
+        <v>2464</v>
       </c>
       <c r="C49" t="s">
-        <v>1169</v>
+        <v>1167</v>
       </c>
       <c r="D49" t="s">
-        <v>2509</v>
+        <v>2465</v>
       </c>
     </row>
     <row r="50" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B50" t="s">
-        <v>2510</v>
+        <v>2466</v>
       </c>
       <c r="C50" t="s">
-        <v>1658</v>
+        <v>1656</v>
       </c>
       <c r="D50" t="s">
-        <v>2511</v>
+        <v>2467</v>
       </c>
     </row>
     <row r="51" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B51" t="s">
-        <v>2512</v>
+        <v>2468</v>
       </c>
       <c r="C51" t="s">
-        <v>1661</v>
+        <v>1659</v>
       </c>
       <c r="D51" t="s">
-        <v>2513</v>
+        <v>2469</v>
       </c>
     </row>
     <row r="52" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B52" t="s">
-        <v>2514</v>
+        <v>2470</v>
       </c>
       <c r="C52" t="s">
-        <v>1664</v>
+        <v>1662</v>
       </c>
       <c r="D52" t="s">
-        <v>2515</v>
+        <v>2471</v>
       </c>
     </row>
     <row r="53" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B53" t="s">
-        <v>2516</v>
+        <v>2472</v>
       </c>
       <c r="C53" t="s">
-        <v>1667</v>
+        <v>1665</v>
       </c>
       <c r="D53" t="s">
-        <v>2517</v>
+        <v>2473</v>
       </c>
     </row>
     <row r="54" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B54" t="s">
-        <v>2518</v>
+        <v>2474</v>
       </c>
       <c r="C54" t="s">
-        <v>1670</v>
+        <v>1668</v>
       </c>
       <c r="D54" t="s">
-        <v>2519</v>
+        <v>2475</v>
       </c>
     </row>
     <row r="55" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B55" t="s">
-        <v>2520</v>
+        <v>2476</v>
       </c>
       <c r="C55" t="s">
-        <v>1673</v>
+        <v>1671</v>
       </c>
       <c r="D55" t="s">
-        <v>2521</v>
+        <v>2477</v>
       </c>
     </row>
     <row r="56" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B56" t="s">
-        <v>2522</v>
+        <v>2478</v>
       </c>
       <c r="C56" t="s">
-        <v>1676</v>
+        <v>1674</v>
       </c>
       <c r="D56" t="s">
-        <v>2523</v>
+        <v>2479</v>
       </c>
     </row>
     <row r="57" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B57" t="s">
-        <v>2524</v>
+        <v>2480</v>
       </c>
       <c r="C57" t="s">
-        <v>1679</v>
+        <v>1677</v>
       </c>
       <c r="D57" t="s">
-        <v>2525</v>
+        <v>2481</v>
       </c>
     </row>
     <row r="58" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B58" t="s">
-        <v>2526</v>
+        <v>2482</v>
       </c>
       <c r="D58" t="s">
-        <v>2527</v>
+        <v>2483</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet44.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-2D00-000000000000}">
   <dimension ref="A1:D44"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>131</v>
+        <v>129</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>132</v>
+        <v>130</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>133</v>
+        <v>131</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
+        <v>117</v>
+      </c>
+      <c r="B2" t="s">
+        <v>118</v>
+      </c>
+      <c r="D2" t="s">
         <v>119</v>
-      </c>
-[...4 lines deleted...]
-        <v>121</v>
       </c>
     </row>
     <row r="3" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
-        <v>2528</v>
+        <v>2484</v>
       </c>
       <c r="B3" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
       <c r="D3" t="s">
-        <v>2547</v>
+        <v>2503</v>
       </c>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A4" t="s">
-        <v>110</v>
+        <v>108</v>
       </c>
       <c r="B4" t="s">
-        <v>466</v>
+        <v>464</v>
       </c>
       <c r="D4" t="s">
-        <v>2548</v>
+        <v>2504</v>
       </c>
     </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B5" t="s">
-        <v>138</v>
+        <v>136</v>
       </c>
       <c r="D5" t="s">
-        <v>2549</v>
+        <v>2505</v>
       </c>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B6" t="s">
-        <v>140</v>
+        <v>138</v>
       </c>
       <c r="D6" t="s">
-        <v>2550</v>
+        <v>2506</v>
       </c>
     </row>
     <row r="7" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B7" t="s">
-        <v>142</v>
+        <v>140</v>
       </c>
       <c r="D7" t="s">
-        <v>2551</v>
+        <v>2507</v>
       </c>
     </row>
     <row r="8" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B8" t="s">
-        <v>2529</v>
+        <v>2485</v>
       </c>
       <c r="D8" t="s">
-        <v>2552</v>
+        <v>2508</v>
       </c>
     </row>
     <row r="9" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B9" t="s">
-        <v>2553</v>
+        <v>2509</v>
       </c>
       <c r="C9" t="s">
-        <v>393</v>
+        <v>391</v>
       </c>
       <c r="D9" t="s">
-        <v>2554</v>
+        <v>2510</v>
       </c>
     </row>
     <row r="10" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B10" t="s">
-        <v>2530</v>
+        <v>2486</v>
       </c>
       <c r="C10" t="s">
-        <v>398</v>
+        <v>396</v>
       </c>
       <c r="D10" t="s">
-        <v>2555</v>
+        <v>2511</v>
       </c>
     </row>
     <row r="11" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B11" t="s">
-        <v>2556</v>
+        <v>2512</v>
       </c>
       <c r="C11" t="s">
-        <v>401</v>
+        <v>399</v>
       </c>
       <c r="D11" t="s">
-        <v>2557</v>
+        <v>2513</v>
       </c>
     </row>
     <row r="12" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B12" t="s">
-        <v>2346</v>
+        <v>2302</v>
       </c>
       <c r="C12" t="s">
-        <v>406</v>
+        <v>404</v>
       </c>
       <c r="D12" t="s">
-        <v>2558</v>
+        <v>2514</v>
       </c>
     </row>
     <row r="13" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B13" t="s">
-        <v>2348</v>
+        <v>2304</v>
       </c>
       <c r="C13" t="s">
-        <v>409</v>
+        <v>407</v>
       </c>
       <c r="D13" t="s">
-        <v>2559</v>
+        <v>2515</v>
       </c>
     </row>
     <row r="14" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B14" t="s">
-        <v>2560</v>
+        <v>2516</v>
       </c>
       <c r="C14" t="s">
-        <v>412</v>
+        <v>410</v>
       </c>
       <c r="D14" t="s">
-        <v>2561</v>
+        <v>2517</v>
       </c>
     </row>
     <row r="15" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B15" t="s">
-        <v>2531</v>
+        <v>2487</v>
       </c>
       <c r="C15" t="s">
-        <v>415</v>
+        <v>413</v>
       </c>
       <c r="D15" t="s">
-        <v>2562</v>
+        <v>2518</v>
       </c>
     </row>
     <row r="16" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B16" t="s">
-        <v>2532</v>
+        <v>2488</v>
       </c>
       <c r="C16" t="s">
-        <v>418</v>
+        <v>416</v>
       </c>
       <c r="D16" t="s">
-        <v>2563</v>
+        <v>2519</v>
       </c>
     </row>
     <row r="17" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B17" t="s">
-        <v>2352</v>
+        <v>2308</v>
       </c>
       <c r="C17" t="s">
-        <v>421</v>
+        <v>419</v>
       </c>
       <c r="D17" t="s">
-        <v>2564</v>
+        <v>2520</v>
       </c>
     </row>
     <row r="18" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B18" t="s">
-        <v>2533</v>
+        <v>2489</v>
       </c>
       <c r="D18" t="s">
-        <v>2565</v>
+        <v>2521</v>
       </c>
     </row>
     <row r="19" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B19" t="s">
-        <v>2534</v>
+        <v>2490</v>
       </c>
       <c r="C19" t="s">
-        <v>426</v>
+        <v>424</v>
       </c>
       <c r="D19" t="s">
-        <v>2566</v>
+        <v>2522</v>
       </c>
     </row>
     <row r="20" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B20" t="s">
-        <v>2535</v>
+        <v>2491</v>
       </c>
       <c r="C20" t="s">
-        <v>429</v>
+        <v>427</v>
       </c>
       <c r="D20" t="s">
-        <v>2567</v>
+        <v>2523</v>
       </c>
     </row>
     <row r="21" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B21" t="s">
-        <v>344</v>
+        <v>342</v>
       </c>
       <c r="C21" t="s">
-        <v>432</v>
+        <v>430</v>
       </c>
       <c r="D21" t="s">
-        <v>2568</v>
+        <v>2524</v>
       </c>
     </row>
     <row r="22" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B22" t="s">
-        <v>2569</v>
+        <v>2525</v>
       </c>
       <c r="C22" t="s">
-        <v>435</v>
+        <v>433</v>
       </c>
       <c r="D22" t="s">
-        <v>2570</v>
+        <v>2526</v>
       </c>
     </row>
     <row r="23" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B23" t="s">
-        <v>2536</v>
+        <v>2492</v>
       </c>
       <c r="C23" t="s">
-        <v>438</v>
+        <v>436</v>
       </c>
       <c r="D23" t="s">
-        <v>2571</v>
+        <v>2527</v>
       </c>
     </row>
     <row r="24" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B24" t="s">
-        <v>2572</v>
+        <v>2528</v>
       </c>
       <c r="C24" t="s">
-        <v>441</v>
+        <v>439</v>
       </c>
       <c r="D24" t="s">
-        <v>2573</v>
+        <v>2529</v>
       </c>
     </row>
     <row r="25" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B25" t="s">
-        <v>2537</v>
+        <v>2493</v>
       </c>
       <c r="D25" t="s">
-        <v>2574</v>
+        <v>2530</v>
       </c>
     </row>
     <row r="26" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B26" t="s">
-        <v>2538</v>
+        <v>2494</v>
       </c>
       <c r="C26" t="s">
-        <v>444</v>
+        <v>442</v>
       </c>
       <c r="D26" t="s">
-        <v>2575</v>
+        <v>2531</v>
       </c>
     </row>
     <row r="27" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B27" t="s">
-        <v>2539</v>
+        <v>2495</v>
       </c>
       <c r="C27" t="s">
-        <v>447</v>
+        <v>445</v>
       </c>
       <c r="D27" t="s">
-        <v>2576</v>
+        <v>2532</v>
       </c>
     </row>
     <row r="28" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B28" t="s">
-        <v>2359</v>
+        <v>2315</v>
       </c>
       <c r="C28" t="s">
-        <v>450</v>
+        <v>448</v>
       </c>
       <c r="D28" t="s">
-        <v>2577</v>
+        <v>2533</v>
       </c>
     </row>
     <row r="29" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B29" t="s">
-        <v>2361</v>
+        <v>2317</v>
       </c>
       <c r="C29" t="s">
-        <v>453</v>
+        <v>451</v>
       </c>
       <c r="D29" t="s">
-        <v>2578</v>
+        <v>2534</v>
       </c>
     </row>
     <row r="30" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B30" t="s">
-        <v>2363</v>
+        <v>2319</v>
       </c>
       <c r="C30" t="s">
-        <v>456</v>
+        <v>454</v>
       </c>
       <c r="D30" t="s">
-        <v>2579</v>
+        <v>2535</v>
       </c>
     </row>
     <row r="31" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B31" t="s">
-        <v>2540</v>
+        <v>2496</v>
       </c>
       <c r="C31" t="s">
-        <v>459</v>
+        <v>457</v>
       </c>
       <c r="D31" t="s">
-        <v>2580</v>
+        <v>2536</v>
       </c>
     </row>
     <row r="32" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B32" t="s">
-        <v>2367</v>
+        <v>2323</v>
       </c>
       <c r="C32" t="s">
-        <v>462</v>
+        <v>460</v>
       </c>
       <c r="D32" t="s">
-        <v>2581</v>
+        <v>2537</v>
       </c>
     </row>
     <row r="33" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B33" t="s">
-        <v>2369</v>
+        <v>2325</v>
       </c>
       <c r="C33" t="s">
-        <v>489</v>
+        <v>487</v>
       </c>
       <c r="D33" t="s">
-        <v>2582</v>
+        <v>2538</v>
       </c>
     </row>
     <row r="34" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B34" t="s">
-        <v>2541</v>
+        <v>2497</v>
       </c>
       <c r="C34" t="s">
-        <v>491</v>
+        <v>489</v>
       </c>
       <c r="D34" t="s">
-        <v>2583</v>
+        <v>2539</v>
       </c>
     </row>
     <row r="35" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B35" t="s">
-        <v>2373</v>
+        <v>2329</v>
       </c>
       <c r="C35" t="s">
-        <v>492</v>
+        <v>490</v>
       </c>
       <c r="D35" t="s">
-        <v>2584</v>
+        <v>2540</v>
       </c>
     </row>
     <row r="36" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B36" t="s">
-        <v>2375</v>
+        <v>2331</v>
       </c>
       <c r="C36" t="s">
-        <v>493</v>
+        <v>491</v>
       </c>
       <c r="D36" t="s">
-        <v>2585</v>
+        <v>2541</v>
       </c>
     </row>
     <row r="37" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B37" t="s">
+        <v>2498</v>
+      </c>
+      <c r="C37" t="s">
+        <v>492</v>
+      </c>
+      <c r="D37" t="s">
         <v>2542</v>
-      </c>
-[...4 lines deleted...]
-        <v>2586</v>
       </c>
     </row>
     <row r="38" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B38" t="s">
-        <v>2379</v>
+        <v>2335</v>
       </c>
       <c r="C38" t="s">
-        <v>803</v>
+        <v>801</v>
       </c>
       <c r="D38" t="s">
-        <v>2587</v>
+        <v>2543</v>
       </c>
     </row>
     <row r="39" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B39" t="s">
-        <v>1496</v>
+        <v>1494</v>
       </c>
       <c r="C39" t="s">
-        <v>1138</v>
+        <v>1136</v>
       </c>
       <c r="D39" t="s">
-        <v>2588</v>
+        <v>2544</v>
       </c>
     </row>
     <row r="40" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B40" t="s">
-        <v>2382</v>
+        <v>2338</v>
       </c>
       <c r="C40" t="s">
-        <v>1141</v>
+        <v>1139</v>
       </c>
       <c r="D40" t="s">
-        <v>2589</v>
+        <v>2545</v>
       </c>
     </row>
     <row r="41" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B41" t="s">
-        <v>2543</v>
+        <v>2499</v>
       </c>
       <c r="C41" t="s">
-        <v>1144</v>
+        <v>1142</v>
       </c>
       <c r="D41" t="s">
-        <v>2590</v>
+        <v>2546</v>
       </c>
     </row>
     <row r="42" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B42" t="s">
-        <v>2544</v>
+        <v>2500</v>
       </c>
       <c r="C42" t="s">
-        <v>1147</v>
+        <v>1145</v>
       </c>
       <c r="D42" t="s">
-        <v>2591</v>
+        <v>2547</v>
       </c>
     </row>
     <row r="43" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B43" t="s">
-        <v>2545</v>
+        <v>2501</v>
       </c>
       <c r="C43" t="s">
-        <v>1152</v>
+        <v>1150</v>
       </c>
       <c r="D43" t="s">
-        <v>2592</v>
+        <v>2548</v>
       </c>
     </row>
     <row r="44" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B44" t="s">
-        <v>2546</v>
+        <v>2502</v>
       </c>
       <c r="C44" t="s">
-        <v>1155</v>
+        <v>1153</v>
       </c>
       <c r="D44" t="s">
-        <v>2593</v>
+        <v>2549</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet45.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-2E00-000000000000}">
   <dimension ref="A1:D35"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>131</v>
+        <v>129</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>132</v>
+        <v>130</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>133</v>
+        <v>131</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
-        <v>122</v>
+        <v>120</v>
       </c>
       <c r="B2" t="s">
-        <v>2761</v>
+        <v>2717</v>
       </c>
       <c r="D2" t="s">
-        <v>123</v>
+        <v>121</v>
       </c>
     </row>
     <row r="3" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B3" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
       <c r="D3" t="s">
-        <v>2594</v>
+        <v>2550</v>
       </c>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B4" t="s">
-        <v>2595</v>
+        <v>2551</v>
       </c>
       <c r="D4" t="s">
-        <v>2596</v>
+        <v>2552</v>
       </c>
     </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B5" t="s">
-        <v>2326</v>
+        <v>2282</v>
       </c>
       <c r="D5" t="s">
-        <v>2597</v>
+        <v>2553</v>
       </c>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B6" t="s">
-        <v>142</v>
+        <v>140</v>
       </c>
       <c r="D6" t="s">
-        <v>2598</v>
+        <v>2554</v>
       </c>
     </row>
     <row r="7" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B7" t="s">
-        <v>699</v>
+        <v>697</v>
       </c>
       <c r="C7" t="s">
-        <v>393</v>
+        <v>391</v>
       </c>
       <c r="D7" t="s">
-        <v>2599</v>
+        <v>2555</v>
       </c>
     </row>
     <row r="8" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B8" t="s">
-        <v>2600</v>
+        <v>2556</v>
       </c>
       <c r="C8" t="s">
-        <v>398</v>
+        <v>396</v>
       </c>
       <c r="D8" t="s">
-        <v>2601</v>
+        <v>2557</v>
       </c>
     </row>
     <row r="9" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B9" t="s">
-        <v>2602</v>
+        <v>2558</v>
       </c>
       <c r="C9" t="s">
-        <v>401</v>
+        <v>399</v>
       </c>
       <c r="D9" t="s">
-        <v>2603</v>
+        <v>2559</v>
       </c>
     </row>
     <row r="10" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B10" t="s">
-        <v>2604</v>
+        <v>2560</v>
       </c>
       <c r="C10" t="s">
-        <v>406</v>
+        <v>404</v>
       </c>
       <c r="D10" t="s">
-        <v>2605</v>
+        <v>2561</v>
       </c>
     </row>
     <row r="11" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B11" t="s">
-        <v>2606</v>
+        <v>2562</v>
       </c>
       <c r="C11" t="s">
-        <v>409</v>
+        <v>407</v>
       </c>
       <c r="D11" t="s">
-        <v>2607</v>
+        <v>2563</v>
       </c>
     </row>
     <row r="12" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B12" t="s">
-        <v>2608</v>
+        <v>2564</v>
       </c>
       <c r="C12" t="s">
-        <v>412</v>
+        <v>410</v>
       </c>
       <c r="D12" t="s">
-        <v>2609</v>
+        <v>2565</v>
       </c>
     </row>
     <row r="13" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B13" t="s">
-        <v>2610</v>
+        <v>2566</v>
       </c>
       <c r="C13" t="s">
-        <v>415</v>
+        <v>413</v>
       </c>
       <c r="D13" t="s">
-        <v>2611</v>
+        <v>2567</v>
       </c>
     </row>
     <row r="14" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B14" t="s">
-        <v>2612</v>
+        <v>2568</v>
       </c>
       <c r="C14" t="s">
-        <v>418</v>
+        <v>416</v>
       </c>
       <c r="D14" t="s">
-        <v>2613</v>
+        <v>2569</v>
       </c>
     </row>
     <row r="15" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B15" t="s">
-        <v>2614</v>
+        <v>2570</v>
       </c>
       <c r="C15" t="s">
-        <v>421</v>
+        <v>419</v>
       </c>
       <c r="D15" t="s">
-        <v>2615</v>
+        <v>2571</v>
       </c>
     </row>
     <row r="16" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B16" t="s">
-        <v>2545</v>
+        <v>2501</v>
       </c>
       <c r="C16" t="s">
-        <v>426</v>
+        <v>424</v>
       </c>
       <c r="D16" t="s">
-        <v>2616</v>
+        <v>2572</v>
       </c>
     </row>
     <row r="17" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B17" t="s">
-        <v>2617</v>
+        <v>2573</v>
       </c>
       <c r="C17" t="s">
-        <v>429</v>
+        <v>427</v>
       </c>
       <c r="D17" t="s">
-        <v>2618</v>
+        <v>2574</v>
       </c>
     </row>
     <row r="18" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B18" t="s">
-        <v>2619</v>
+        <v>2575</v>
       </c>
       <c r="C18" t="s">
-        <v>432</v>
+        <v>430</v>
       </c>
       <c r="D18" t="s">
-        <v>2620</v>
+        <v>2576</v>
       </c>
     </row>
     <row r="19" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B19" t="s">
-        <v>2621</v>
+        <v>2577</v>
       </c>
       <c r="C19" t="s">
-        <v>435</v>
+        <v>433</v>
       </c>
       <c r="D19" t="s">
-        <v>2622</v>
+        <v>2578</v>
       </c>
     </row>
     <row r="20" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B20" t="s">
-        <v>2623</v>
+        <v>2579</v>
       </c>
       <c r="C20" t="s">
-        <v>438</v>
+        <v>436</v>
       </c>
       <c r="D20" t="s">
-        <v>2624</v>
+        <v>2580</v>
       </c>
     </row>
     <row r="21" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B21" t="s">
-        <v>2373</v>
+        <v>2329</v>
       </c>
       <c r="C21" t="s">
-        <v>441</v>
+        <v>439</v>
       </c>
       <c r="D21" t="s">
-        <v>2625</v>
+        <v>2581</v>
       </c>
     </row>
     <row r="22" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B22" t="s">
-        <v>2626</v>
+        <v>2582</v>
       </c>
       <c r="C22" t="s">
-        <v>444</v>
+        <v>442</v>
       </c>
       <c r="D22" t="s">
-        <v>2627</v>
+        <v>2583</v>
       </c>
     </row>
     <row r="23" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B23" t="s">
-        <v>2539</v>
+        <v>2495</v>
       </c>
       <c r="C23" t="s">
-        <v>447</v>
+        <v>445</v>
       </c>
       <c r="D23" t="s">
-        <v>2628</v>
+        <v>2584</v>
       </c>
     </row>
     <row r="24" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B24" t="s">
-        <v>2629</v>
+        <v>2585</v>
       </c>
       <c r="C24" t="s">
-        <v>450</v>
+        <v>448</v>
       </c>
       <c r="D24" t="s">
-        <v>2630</v>
+        <v>2586</v>
       </c>
     </row>
     <row r="25" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B25" t="s">
-        <v>2631</v>
+        <v>2587</v>
       </c>
       <c r="C25" t="s">
-        <v>453</v>
+        <v>451</v>
       </c>
       <c r="D25" t="s">
-        <v>2632</v>
+        <v>2588</v>
       </c>
     </row>
     <row r="26" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B26" t="s">
-        <v>1492</v>
+        <v>1490</v>
       </c>
       <c r="C26" t="s">
-        <v>456</v>
+        <v>454</v>
       </c>
       <c r="D26" t="s">
-        <v>2633</v>
+        <v>2589</v>
       </c>
     </row>
     <row r="27" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B27" t="s">
-        <v>486</v>
+        <v>484</v>
       </c>
       <c r="C27" t="s">
-        <v>459</v>
+        <v>457</v>
       </c>
       <c r="D27" t="s">
-        <v>2634</v>
+        <v>2590</v>
       </c>
     </row>
     <row r="28" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B28" t="s">
-        <v>487</v>
+        <v>485</v>
       </c>
       <c r="C28" t="s">
-        <v>462</v>
+        <v>460</v>
       </c>
       <c r="D28" t="s">
-        <v>2635</v>
+        <v>2591</v>
       </c>
     </row>
     <row r="29" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B29" t="s">
-        <v>2636</v>
+        <v>2592</v>
       </c>
       <c r="C29" t="s">
-        <v>489</v>
+        <v>487</v>
       </c>
       <c r="D29" t="s">
-        <v>2637</v>
+        <v>2593</v>
       </c>
     </row>
     <row r="30" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B30" t="s">
-        <v>2638</v>
+        <v>2594</v>
       </c>
       <c r="C30" t="s">
-        <v>491</v>
+        <v>489</v>
       </c>
       <c r="D30" t="s">
-        <v>2639</v>
+        <v>2595</v>
       </c>
     </row>
     <row r="31" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B31" t="s">
-        <v>2640</v>
+        <v>2596</v>
       </c>
       <c r="C31" t="s">
-        <v>492</v>
+        <v>490</v>
       </c>
       <c r="D31" t="s">
-        <v>2641</v>
+        <v>2597</v>
       </c>
     </row>
     <row r="32" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B32" t="s">
-        <v>2642</v>
+        <v>2598</v>
       </c>
       <c r="C32" t="s">
-        <v>493</v>
+        <v>491</v>
       </c>
       <c r="D32" t="s">
-        <v>2643</v>
+        <v>2599</v>
       </c>
     </row>
     <row r="33" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B33" t="s">
-        <v>2644</v>
+        <v>2600</v>
       </c>
       <c r="C33" t="s">
-        <v>494</v>
+        <v>492</v>
       </c>
       <c r="D33" t="s">
-        <v>2645</v>
+        <v>2601</v>
       </c>
     </row>
     <row r="34" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B34" t="s">
-        <v>2646</v>
+        <v>2602</v>
       </c>
       <c r="C34" t="s">
-        <v>803</v>
+        <v>801</v>
       </c>
       <c r="D34" t="s">
-        <v>2647</v>
+        <v>2603</v>
       </c>
     </row>
     <row r="35" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B35" t="s">
-        <v>2648</v>
+        <v>2604</v>
       </c>
       <c r="C35" t="s">
-        <v>1138</v>
+        <v>1136</v>
       </c>
       <c r="D35" t="s">
-        <v>2649</v>
+        <v>2605</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet46.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="A1:D88"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="B2" sqref="B2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>131</v>
+        <v>129</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>132</v>
+        <v>130</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>133</v>
+        <v>131</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
         <v>7</v>
       </c>
       <c r="B2" t="s">
-        <v>2763</v>
+        <v>2719</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="3" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
+        <v>132</v>
+      </c>
+      <c r="B3" t="s">
         <v>134</v>
       </c>
-      <c r="B3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D3" t="s">
-        <v>137</v>
+        <v>135</v>
       </c>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A4" t="s">
-        <v>135</v>
+        <v>133</v>
       </c>
       <c r="B4" t="s">
-        <v>138</v>
+        <v>136</v>
       </c>
       <c r="D4" t="s">
-        <v>139</v>
+        <v>137</v>
       </c>
     </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B5" t="s">
-        <v>140</v>
+        <v>138</v>
       </c>
       <c r="D5" t="s">
-        <v>141</v>
+        <v>139</v>
       </c>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B6" t="s">
-        <v>142</v>
+        <v>140</v>
       </c>
       <c r="D6" t="s">
-        <v>143</v>
+        <v>141</v>
       </c>
     </row>
     <row r="7" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B7" t="s">
-        <v>144</v>
+        <v>142</v>
       </c>
       <c r="D7" t="s">
-        <v>145</v>
+        <v>143</v>
       </c>
     </row>
     <row r="8" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B8" t="s">
-        <v>146</v>
+        <v>144</v>
       </c>
       <c r="D8" t="s">
-        <v>147</v>
+        <v>145</v>
       </c>
     </row>
     <row r="9" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B9" t="s">
+        <v>146</v>
+      </c>
+      <c r="C9" t="s">
+        <v>147</v>
+      </c>
+      <c r="D9" t="s">
         <v>148</v>
-      </c>
-[...4 lines deleted...]
-        <v>150</v>
       </c>
     </row>
     <row r="10" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B10" t="s">
+        <v>149</v>
+      </c>
+      <c r="C10" t="s">
+        <v>150</v>
+      </c>
+      <c r="D10" t="s">
         <v>151</v>
-      </c>
-[...4 lines deleted...]
-        <v>153</v>
       </c>
     </row>
     <row r="11" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B11" t="s">
+        <v>152</v>
+      </c>
+      <c r="C11" t="s">
+        <v>153</v>
+      </c>
+      <c r="D11" t="s">
         <v>154</v>
-      </c>
-[...4 lines deleted...]
-        <v>156</v>
       </c>
     </row>
     <row r="12" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B12" t="s">
+        <v>155</v>
+      </c>
+      <c r="C12" t="s">
+        <v>156</v>
+      </c>
+      <c r="D12" t="s">
         <v>157</v>
-      </c>
-[...4 lines deleted...]
-        <v>159</v>
       </c>
     </row>
     <row r="13" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B13" t="s">
+        <v>158</v>
+      </c>
+      <c r="C13" t="s">
+        <v>159</v>
+      </c>
+      <c r="D13" t="s">
         <v>160</v>
-      </c>
-[...4 lines deleted...]
-        <v>162</v>
       </c>
     </row>
     <row r="14" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B14" t="s">
+        <v>161</v>
+      </c>
+      <c r="C14" t="s">
+        <v>162</v>
+      </c>
+      <c r="D14" t="s">
         <v>163</v>
-      </c>
-[...4 lines deleted...]
-        <v>165</v>
       </c>
     </row>
     <row r="15" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B15" t="s">
+        <v>164</v>
+      </c>
+      <c r="C15" t="s">
+        <v>165</v>
+      </c>
+      <c r="D15" t="s">
         <v>166</v>
-      </c>
-[...4 lines deleted...]
-        <v>168</v>
       </c>
     </row>
     <row r="16" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B16" t="s">
+        <v>167</v>
+      </c>
+      <c r="C16" t="s">
+        <v>168</v>
+      </c>
+      <c r="D16" t="s">
         <v>169</v>
-      </c>
-[...4 lines deleted...]
-        <v>171</v>
       </c>
     </row>
     <row r="17" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B17" t="s">
+        <v>170</v>
+      </c>
+      <c r="C17" t="s">
+        <v>171</v>
+      </c>
+      <c r="D17" t="s">
         <v>172</v>
-      </c>
-[...4 lines deleted...]
-        <v>174</v>
       </c>
     </row>
     <row r="18" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B18" t="s">
-        <v>175</v>
+        <v>173</v>
       </c>
       <c r="D18" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
     </row>
     <row r="19" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B19" t="s">
+        <v>175</v>
+      </c>
+      <c r="C19" t="s">
+        <v>176</v>
+      </c>
+      <c r="D19" t="s">
         <v>177</v>
-      </c>
-[...4 lines deleted...]
-        <v>179</v>
       </c>
     </row>
     <row r="20" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B20" t="s">
+        <v>178</v>
+      </c>
+      <c r="C20" t="s">
+        <v>179</v>
+      </c>
+      <c r="D20" t="s">
         <v>180</v>
-      </c>
-[...4 lines deleted...]
-        <v>182</v>
       </c>
     </row>
     <row r="21" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B21" t="s">
+        <v>181</v>
+      </c>
+      <c r="C21" t="s">
+        <v>182</v>
+      </c>
+      <c r="D21" t="s">
         <v>183</v>
-      </c>
-[...4 lines deleted...]
-        <v>185</v>
       </c>
     </row>
     <row r="22" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B22" t="s">
+        <v>184</v>
+      </c>
+      <c r="C22" t="s">
+        <v>185</v>
+      </c>
+      <c r="D22" t="s">
         <v>186</v>
-      </c>
-[...4 lines deleted...]
-        <v>188</v>
       </c>
     </row>
     <row r="23" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B23" t="s">
+        <v>187</v>
+      </c>
+      <c r="C23" t="s">
+        <v>188</v>
+      </c>
+      <c r="D23" t="s">
         <v>189</v>
-      </c>
-[...4 lines deleted...]
-        <v>191</v>
       </c>
     </row>
     <row r="24" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B24" t="s">
+        <v>190</v>
+      </c>
+      <c r="C24" t="s">
+        <v>191</v>
+      </c>
+      <c r="D24" t="s">
         <v>192</v>
-      </c>
-[...4 lines deleted...]
-        <v>194</v>
       </c>
     </row>
     <row r="25" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B25" t="s">
+        <v>193</v>
+      </c>
+      <c r="C25" t="s">
+        <v>194</v>
+      </c>
+      <c r="D25" t="s">
         <v>195</v>
-      </c>
-[...4 lines deleted...]
-        <v>197</v>
       </c>
     </row>
     <row r="26" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B26" t="s">
+        <v>196</v>
+      </c>
+      <c r="C26" t="s">
+        <v>197</v>
+      </c>
+      <c r="D26" t="s">
         <v>198</v>
-      </c>
-[...4 lines deleted...]
-        <v>200</v>
       </c>
     </row>
     <row r="27" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B27" t="s">
+        <v>199</v>
+      </c>
+      <c r="C27" t="s">
+        <v>200</v>
+      </c>
+      <c r="D27" t="s">
         <v>201</v>
-      </c>
-[...4 lines deleted...]
-        <v>203</v>
       </c>
     </row>
     <row r="28" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B28" t="s">
+        <v>202</v>
+      </c>
+      <c r="C28" t="s">
+        <v>203</v>
+      </c>
+      <c r="D28" t="s">
         <v>204</v>
-      </c>
-[...4 lines deleted...]
-        <v>206</v>
       </c>
     </row>
     <row r="29" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B29" t="s">
+        <v>205</v>
+      </c>
+      <c r="C29" t="s">
+        <v>206</v>
+      </c>
+      <c r="D29" t="s">
         <v>207</v>
-      </c>
-[...4 lines deleted...]
-        <v>209</v>
       </c>
     </row>
     <row r="30" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B30" t="s">
+        <v>208</v>
+      </c>
+      <c r="C30" t="s">
+        <v>209</v>
+      </c>
+      <c r="D30" t="s">
         <v>210</v>
-      </c>
-[...4 lines deleted...]
-        <v>212</v>
       </c>
     </row>
     <row r="31" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B31" t="s">
+        <v>211</v>
+      </c>
+      <c r="C31" t="s">
+        <v>212</v>
+      </c>
+      <c r="D31" t="s">
         <v>213</v>
-      </c>
-[...4 lines deleted...]
-        <v>215</v>
       </c>
     </row>
     <row r="32" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B32" t="s">
+        <v>214</v>
+      </c>
+      <c r="C32" t="s">
+        <v>215</v>
+      </c>
+      <c r="D32" t="s">
         <v>216</v>
-      </c>
-[...4 lines deleted...]
-        <v>218</v>
       </c>
     </row>
     <row r="33" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B33" t="s">
+        <v>217</v>
+      </c>
+      <c r="C33" t="s">
+        <v>218</v>
+      </c>
+      <c r="D33" t="s">
         <v>219</v>
-      </c>
-[...4 lines deleted...]
-        <v>221</v>
       </c>
     </row>
     <row r="34" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B34" t="s">
+        <v>220</v>
+      </c>
+      <c r="C34" t="s">
+        <v>221</v>
+      </c>
+      <c r="D34" t="s">
         <v>222</v>
-      </c>
-[...4 lines deleted...]
-        <v>224</v>
       </c>
     </row>
     <row r="35" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B35" t="s">
+        <v>223</v>
+      </c>
+      <c r="C35" t="s">
+        <v>224</v>
+      </c>
+      <c r="D35" t="s">
         <v>225</v>
-      </c>
-[...4 lines deleted...]
-        <v>227</v>
       </c>
     </row>
     <row r="36" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B36" t="s">
+        <v>226</v>
+      </c>
+      <c r="C36" t="s">
+        <v>227</v>
+      </c>
+      <c r="D36" t="s">
         <v>228</v>
-      </c>
-[...4 lines deleted...]
-        <v>230</v>
       </c>
     </row>
     <row r="37" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B37" t="s">
+        <v>229</v>
+      </c>
+      <c r="C37" t="s">
+        <v>230</v>
+      </c>
+      <c r="D37" t="s">
         <v>231</v>
-      </c>
-[...4 lines deleted...]
-        <v>233</v>
       </c>
     </row>
     <row r="38" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B38" t="s">
+        <v>232</v>
+      </c>
+      <c r="C38" t="s">
+        <v>233</v>
+      </c>
+      <c r="D38" t="s">
         <v>234</v>
-      </c>
-[...4 lines deleted...]
-        <v>236</v>
       </c>
     </row>
     <row r="39" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B39" t="s">
+        <v>235</v>
+      </c>
+      <c r="C39" t="s">
+        <v>236</v>
+      </c>
+      <c r="D39" t="s">
         <v>237</v>
-      </c>
-[...4 lines deleted...]
-        <v>239</v>
       </c>
     </row>
     <row r="40" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B40" t="s">
+        <v>238</v>
+      </c>
+      <c r="C40" t="s">
+        <v>239</v>
+      </c>
+      <c r="D40" t="s">
         <v>240</v>
-      </c>
-[...4 lines deleted...]
-        <v>242</v>
       </c>
     </row>
     <row r="41" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B41" t="s">
+        <v>241</v>
+      </c>
+      <c r="C41" t="s">
+        <v>242</v>
+      </c>
+      <c r="D41" t="s">
         <v>243</v>
-      </c>
-[...4 lines deleted...]
-        <v>245</v>
       </c>
     </row>
     <row r="42" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B42" t="s">
+        <v>244</v>
+      </c>
+      <c r="C42" t="s">
+        <v>245</v>
+      </c>
+      <c r="D42" t="s">
         <v>246</v>
-      </c>
-[...4 lines deleted...]
-        <v>248</v>
       </c>
     </row>
     <row r="43" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B43" t="s">
+        <v>247</v>
+      </c>
+      <c r="C43" t="s">
+        <v>248</v>
+      </c>
+      <c r="D43" t="s">
         <v>249</v>
-      </c>
-[...4 lines deleted...]
-        <v>251</v>
       </c>
     </row>
     <row r="44" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B44" t="s">
+        <v>250</v>
+      </c>
+      <c r="C44" t="s">
+        <v>251</v>
+      </c>
+      <c r="D44" t="s">
         <v>252</v>
-      </c>
-[...4 lines deleted...]
-        <v>254</v>
       </c>
     </row>
     <row r="45" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B45" t="s">
+        <v>253</v>
+      </c>
+      <c r="C45" t="s">
+        <v>254</v>
+      </c>
+      <c r="D45" t="s">
         <v>255</v>
-      </c>
-[...4 lines deleted...]
-        <v>257</v>
       </c>
     </row>
     <row r="46" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B46" t="s">
+        <v>256</v>
+      </c>
+      <c r="C46" t="s">
+        <v>257</v>
+      </c>
+      <c r="D46" t="s">
         <v>258</v>
-      </c>
-[...4 lines deleted...]
-        <v>260</v>
       </c>
     </row>
     <row r="47" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B47" t="s">
+        <v>259</v>
+      </c>
+      <c r="C47" t="s">
+        <v>260</v>
+      </c>
+      <c r="D47" t="s">
         <v>261</v>
-      </c>
-[...4 lines deleted...]
-        <v>263</v>
       </c>
     </row>
     <row r="48" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B48" t="s">
+        <v>262</v>
+      </c>
+      <c r="C48" t="s">
+        <v>263</v>
+      </c>
+      <c r="D48" t="s">
         <v>264</v>
-      </c>
-[...4 lines deleted...]
-        <v>266</v>
       </c>
     </row>
     <row r="49" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B49" t="s">
+        <v>265</v>
+      </c>
+      <c r="C49" t="s">
+        <v>266</v>
+      </c>
+      <c r="D49" t="s">
         <v>267</v>
-      </c>
-[...4 lines deleted...]
-        <v>269</v>
       </c>
     </row>
     <row r="50" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B50" t="s">
+        <v>268</v>
+      </c>
+      <c r="C50" t="s">
+        <v>269</v>
+      </c>
+      <c r="D50" t="s">
         <v>270</v>
-      </c>
-[...4 lines deleted...]
-        <v>272</v>
       </c>
     </row>
     <row r="51" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B51" t="s">
+        <v>271</v>
+      </c>
+      <c r="C51" t="s">
+        <v>272</v>
+      </c>
+      <c r="D51" t="s">
         <v>273</v>
-      </c>
-[...4 lines deleted...]
-        <v>275</v>
       </c>
     </row>
     <row r="52" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B52" t="s">
+        <v>274</v>
+      </c>
+      <c r="C52" t="s">
+        <v>275</v>
+      </c>
+      <c r="D52" t="s">
         <v>276</v>
-      </c>
-[...4 lines deleted...]
-        <v>278</v>
       </c>
     </row>
     <row r="53" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B53" t="s">
+        <v>277</v>
+      </c>
+      <c r="C53" t="s">
+        <v>278</v>
+      </c>
+      <c r="D53" t="s">
         <v>279</v>
-      </c>
-[...4 lines deleted...]
-        <v>281</v>
       </c>
     </row>
     <row r="54" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B54" t="s">
+        <v>280</v>
+      </c>
+      <c r="C54" t="s">
+        <v>281</v>
+      </c>
+      <c r="D54" t="s">
         <v>282</v>
-      </c>
-[...4 lines deleted...]
-        <v>284</v>
       </c>
     </row>
     <row r="55" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B55" t="s">
+        <v>283</v>
+      </c>
+      <c r="C55" t="s">
+        <v>284</v>
+      </c>
+      <c r="D55" t="s">
         <v>285</v>
-      </c>
-[...4 lines deleted...]
-        <v>287</v>
       </c>
     </row>
     <row r="56" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B56" t="s">
+        <v>286</v>
+      </c>
+      <c r="C56" t="s">
+        <v>287</v>
+      </c>
+      <c r="D56" t="s">
         <v>288</v>
-      </c>
-[...4 lines deleted...]
-        <v>290</v>
       </c>
     </row>
     <row r="57" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B57" t="s">
+        <v>289</v>
+      </c>
+      <c r="C57" t="s">
+        <v>290</v>
+      </c>
+      <c r="D57" t="s">
         <v>291</v>
-      </c>
-[...4 lines deleted...]
-        <v>293</v>
       </c>
     </row>
     <row r="58" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B58" t="s">
+        <v>292</v>
+      </c>
+      <c r="C58" t="s">
+        <v>293</v>
+      </c>
+      <c r="D58" t="s">
         <v>294</v>
-      </c>
-[...4 lines deleted...]
-        <v>296</v>
       </c>
     </row>
     <row r="59" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B59" t="s">
+        <v>295</v>
+      </c>
+      <c r="C59" t="s">
+        <v>296</v>
+      </c>
+      <c r="D59" t="s">
         <v>297</v>
-      </c>
-[...4 lines deleted...]
-        <v>299</v>
       </c>
     </row>
     <row r="60" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B60" t="s">
+        <v>298</v>
+      </c>
+      <c r="C60" t="s">
+        <v>299</v>
+      </c>
+      <c r="D60" t="s">
         <v>300</v>
-      </c>
-[...4 lines deleted...]
-        <v>302</v>
       </c>
     </row>
     <row r="61" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B61" t="s">
+        <v>301</v>
+      </c>
+      <c r="C61" t="s">
+        <v>302</v>
+      </c>
+      <c r="D61" t="s">
         <v>303</v>
-      </c>
-[...4 lines deleted...]
-        <v>305</v>
       </c>
     </row>
     <row r="62" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B62" t="s">
+        <v>304</v>
+      </c>
+      <c r="C62" t="s">
+        <v>305</v>
+      </c>
+      <c r="D62" t="s">
         <v>306</v>
-      </c>
-[...4 lines deleted...]
-        <v>308</v>
       </c>
     </row>
     <row r="63" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B63" t="s">
+        <v>307</v>
+      </c>
+      <c r="C63" t="s">
+        <v>308</v>
+      </c>
+      <c r="D63" t="s">
         <v>309</v>
-      </c>
-[...4 lines deleted...]
-        <v>311</v>
       </c>
     </row>
     <row r="64" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B64" t="s">
+        <v>310</v>
+      </c>
+      <c r="C64" t="s">
+        <v>311</v>
+      </c>
+      <c r="D64" t="s">
         <v>312</v>
-      </c>
-[...4 lines deleted...]
-        <v>314</v>
       </c>
     </row>
     <row r="65" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B65" t="s">
+        <v>313</v>
+      </c>
+      <c r="C65" t="s">
+        <v>314</v>
+      </c>
+      <c r="D65" t="s">
         <v>315</v>
-      </c>
-[...4 lines deleted...]
-        <v>317</v>
       </c>
     </row>
     <row r="66" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B66" t="s">
-        <v>318</v>
+        <v>316</v>
       </c>
       <c r="D66" t="s">
-        <v>319</v>
+        <v>317</v>
       </c>
     </row>
     <row r="67" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B67" t="s">
+        <v>318</v>
+      </c>
+      <c r="C67" t="s">
+        <v>319</v>
+      </c>
+      <c r="D67" t="s">
         <v>320</v>
-      </c>
-[...4 lines deleted...]
-        <v>322</v>
       </c>
     </row>
     <row r="68" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B68" t="s">
+        <v>321</v>
+      </c>
+      <c r="C68" t="s">
+        <v>322</v>
+      </c>
+      <c r="D68" t="s">
         <v>323</v>
-      </c>
-[...4 lines deleted...]
-        <v>325</v>
       </c>
     </row>
     <row r="69" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B69" t="s">
+        <v>324</v>
+      </c>
+      <c r="C69" t="s">
+        <v>325</v>
+      </c>
+      <c r="D69" t="s">
         <v>326</v>
-      </c>
-[...4 lines deleted...]
-        <v>328</v>
       </c>
     </row>
     <row r="70" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B70" t="s">
+        <v>327</v>
+      </c>
+      <c r="C70" t="s">
+        <v>328</v>
+      </c>
+      <c r="D70" t="s">
         <v>329</v>
-      </c>
-[...4 lines deleted...]
-        <v>331</v>
       </c>
     </row>
     <row r="71" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B71" t="s">
+        <v>330</v>
+      </c>
+      <c r="C71" t="s">
+        <v>331</v>
+      </c>
+      <c r="D71" t="s">
         <v>332</v>
-      </c>
-[...4 lines deleted...]
-        <v>334</v>
       </c>
     </row>
     <row r="72" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B72" t="s">
+        <v>333</v>
+      </c>
+      <c r="C72" t="s">
+        <v>334</v>
+      </c>
+      <c r="D72" t="s">
         <v>335</v>
-      </c>
-[...4 lines deleted...]
-        <v>337</v>
       </c>
     </row>
     <row r="73" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B73" t="s">
+        <v>336</v>
+      </c>
+      <c r="C73" t="s">
+        <v>337</v>
+      </c>
+      <c r="D73" t="s">
         <v>338</v>
-      </c>
-[...4 lines deleted...]
-        <v>340</v>
       </c>
     </row>
     <row r="74" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B74" t="s">
+        <v>339</v>
+      </c>
+      <c r="C74" t="s">
+        <v>340</v>
+      </c>
+      <c r="D74" t="s">
         <v>341</v>
-      </c>
-[...4 lines deleted...]
-        <v>343</v>
       </c>
     </row>
     <row r="75" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B75" t="s">
+        <v>342</v>
+      </c>
+      <c r="C75" t="s">
+        <v>343</v>
+      </c>
+      <c r="D75" t="s">
         <v>344</v>
-      </c>
-[...4 lines deleted...]
-        <v>346</v>
       </c>
     </row>
     <row r="76" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B76" t="s">
+        <v>345</v>
+      </c>
+      <c r="C76" t="s">
+        <v>346</v>
+      </c>
+      <c r="D76" t="s">
         <v>347</v>
-      </c>
-[...4 lines deleted...]
-        <v>349</v>
       </c>
     </row>
     <row r="77" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B77" t="s">
+        <v>348</v>
+      </c>
+      <c r="C77" t="s">
+        <v>349</v>
+      </c>
+      <c r="D77" t="s">
         <v>350</v>
-      </c>
-[...4 lines deleted...]
-        <v>352</v>
       </c>
     </row>
     <row r="78" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B78" t="s">
+        <v>351</v>
+      </c>
+      <c r="C78" t="s">
+        <v>352</v>
+      </c>
+      <c r="D78" t="s">
         <v>353</v>
-      </c>
-[...4 lines deleted...]
-        <v>355</v>
       </c>
     </row>
     <row r="79" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B79" t="s">
+        <v>354</v>
+      </c>
+      <c r="C79" t="s">
+        <v>355</v>
+      </c>
+      <c r="D79" t="s">
         <v>356</v>
-      </c>
-[...4 lines deleted...]
-        <v>358</v>
       </c>
     </row>
     <row r="80" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B80" t="s">
+        <v>357</v>
+      </c>
+      <c r="C80" t="s">
+        <v>358</v>
+      </c>
+      <c r="D80" t="s">
         <v>359</v>
-      </c>
-[...4 lines deleted...]
-        <v>361</v>
       </c>
     </row>
     <row r="81" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B81" t="s">
+        <v>360</v>
+      </c>
+      <c r="C81" t="s">
+        <v>361</v>
+      </c>
+      <c r="D81" t="s">
         <v>362</v>
-      </c>
-[...4 lines deleted...]
-        <v>364</v>
       </c>
     </row>
     <row r="82" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B82" t="s">
+        <v>363</v>
+      </c>
+      <c r="C82" t="s">
+        <v>364</v>
+      </c>
+      <c r="D82" t="s">
         <v>365</v>
-      </c>
-[...4 lines deleted...]
-        <v>367</v>
       </c>
     </row>
     <row r="83" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B83" t="s">
+        <v>366</v>
+      </c>
+      <c r="C83" t="s">
+        <v>367</v>
+      </c>
+      <c r="D83" t="s">
         <v>368</v>
-      </c>
-[...4 lines deleted...]
-        <v>370</v>
       </c>
     </row>
     <row r="84" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B84" t="s">
+        <v>369</v>
+      </c>
+      <c r="C84" t="s">
+        <v>370</v>
+      </c>
+      <c r="D84" t="s">
         <v>371</v>
-      </c>
-[...4 lines deleted...]
-        <v>373</v>
       </c>
     </row>
     <row r="85" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B85" t="s">
+        <v>372</v>
+      </c>
+      <c r="C85" t="s">
+        <v>373</v>
+      </c>
+      <c r="D85" t="s">
         <v>374</v>
-      </c>
-[...4 lines deleted...]
-        <v>376</v>
       </c>
     </row>
     <row r="86" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B86" t="s">
+        <v>375</v>
+      </c>
+      <c r="C86" t="s">
+        <v>376</v>
+      </c>
+      <c r="D86" t="s">
         <v>377</v>
-      </c>
-[...4 lines deleted...]
-        <v>379</v>
       </c>
     </row>
     <row r="87" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B87" t="s">
-        <v>380</v>
+        <v>378</v>
       </c>
       <c r="D87" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
     </row>
     <row r="88" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B88" t="s">
+        <v>378</v>
+      </c>
+      <c r="D88" t="s">
         <v>380</v>
-      </c>
-[...1 lines deleted...]
-        <v>382</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet47.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-2F00-000000000000}">
   <dimension ref="A1:D26"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>131</v>
+        <v>129</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>132</v>
+        <v>130</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>133</v>
+        <v>131</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
-        <v>124</v>
+        <v>122</v>
       </c>
       <c r="B2" t="s">
-        <v>2762</v>
+        <v>2718</v>
       </c>
       <c r="D2" t="s">
-        <v>125</v>
+        <v>123</v>
       </c>
     </row>
     <row r="3" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
-        <v>2650</v>
+        <v>2606</v>
       </c>
       <c r="B3" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
       <c r="D3" t="s">
-        <v>2651</v>
+        <v>2607</v>
       </c>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B4" t="s">
-        <v>140</v>
+        <v>138</v>
       </c>
       <c r="D4" t="s">
-        <v>2652</v>
+        <v>2608</v>
       </c>
     </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B5" t="s">
-        <v>142</v>
+        <v>140</v>
       </c>
       <c r="D5" t="s">
-        <v>2653</v>
+        <v>2609</v>
       </c>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B6" t="s">
-        <v>699</v>
+        <v>697</v>
       </c>
       <c r="D6" t="s">
-        <v>2654</v>
+        <v>2610</v>
       </c>
     </row>
     <row r="7" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B7" t="s">
-        <v>2655</v>
+        <v>2611</v>
       </c>
       <c r="D7" t="s">
-        <v>2656</v>
+        <v>2612</v>
       </c>
     </row>
     <row r="8" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B8" t="s">
-        <v>2657</v>
+        <v>2613</v>
       </c>
       <c r="C8" t="s">
-        <v>393</v>
+        <v>391</v>
       </c>
       <c r="D8" t="s">
-        <v>2658</v>
+        <v>2614</v>
       </c>
     </row>
     <row r="9" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B9" t="s">
-        <v>2659</v>
+        <v>2615</v>
       </c>
       <c r="C9" t="s">
-        <v>398</v>
+        <v>396</v>
       </c>
       <c r="D9" t="s">
-        <v>2660</v>
+        <v>2616</v>
       </c>
     </row>
     <row r="10" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B10" t="s">
-        <v>2661</v>
+        <v>2617</v>
       </c>
       <c r="C10" t="s">
-        <v>401</v>
+        <v>399</v>
       </c>
       <c r="D10" t="s">
-        <v>2662</v>
+        <v>2618</v>
       </c>
     </row>
     <row r="11" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B11" t="s">
-        <v>2663</v>
+        <v>2619</v>
       </c>
       <c r="C11" t="s">
-        <v>406</v>
+        <v>404</v>
       </c>
       <c r="D11" t="s">
-        <v>2664</v>
+        <v>2620</v>
       </c>
     </row>
     <row r="12" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B12" t="s">
-        <v>2665</v>
+        <v>2621</v>
       </c>
       <c r="C12" t="s">
-        <v>409</v>
+        <v>407</v>
       </c>
       <c r="D12" t="s">
-        <v>2666</v>
+        <v>2622</v>
       </c>
     </row>
     <row r="13" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B13" t="s">
-        <v>2667</v>
+        <v>2623</v>
       </c>
       <c r="C13" t="s">
-        <v>412</v>
+        <v>410</v>
       </c>
       <c r="D13" t="s">
-        <v>2668</v>
+        <v>2624</v>
       </c>
     </row>
     <row r="14" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B14" t="s">
-        <v>2669</v>
+        <v>2625</v>
       </c>
       <c r="C14" t="s">
-        <v>415</v>
+        <v>413</v>
       </c>
       <c r="D14" t="s">
-        <v>2670</v>
+        <v>2626</v>
       </c>
     </row>
     <row r="15" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B15" t="s">
-        <v>2671</v>
+        <v>2627</v>
       </c>
       <c r="D15" t="s">
-        <v>2672</v>
+        <v>2628</v>
       </c>
     </row>
     <row r="16" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B16" t="s">
-        <v>2673</v>
+        <v>2629</v>
       </c>
       <c r="D16" t="s">
-        <v>2674</v>
+        <v>2630</v>
       </c>
     </row>
     <row r="17" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B17" t="s">
-        <v>2675</v>
+        <v>2631</v>
       </c>
       <c r="C17" t="s">
-        <v>418</v>
+        <v>416</v>
       </c>
       <c r="D17" t="s">
-        <v>2676</v>
+        <v>2632</v>
       </c>
     </row>
     <row r="18" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B18" t="s">
-        <v>2677</v>
+        <v>2633</v>
       </c>
       <c r="C18" t="s">
-        <v>421</v>
+        <v>419</v>
       </c>
       <c r="D18" t="s">
-        <v>2678</v>
+        <v>2634</v>
       </c>
     </row>
     <row r="19" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B19" t="s">
-        <v>2679</v>
+        <v>2635</v>
       </c>
       <c r="C19" t="s">
-        <v>426</v>
+        <v>424</v>
       </c>
       <c r="D19" t="s">
-        <v>2680</v>
+        <v>2636</v>
       </c>
     </row>
     <row r="20" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B20" t="s">
-        <v>2681</v>
+        <v>2637</v>
       </c>
       <c r="C20" t="s">
-        <v>429</v>
+        <v>427</v>
       </c>
       <c r="D20" t="s">
-        <v>2682</v>
+        <v>2638</v>
       </c>
     </row>
     <row r="21" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B21" t="s">
-        <v>2683</v>
+        <v>2639</v>
       </c>
       <c r="C21" t="s">
-        <v>432</v>
+        <v>430</v>
       </c>
       <c r="D21" t="s">
-        <v>2684</v>
+        <v>2640</v>
       </c>
     </row>
     <row r="22" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B22" t="s">
-        <v>2685</v>
+        <v>2641</v>
       </c>
       <c r="C22" t="s">
-        <v>435</v>
+        <v>433</v>
       </c>
       <c r="D22" t="s">
-        <v>2686</v>
+        <v>2642</v>
       </c>
     </row>
     <row r="23" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B23" t="s">
-        <v>2687</v>
+        <v>2643</v>
       </c>
       <c r="C23" t="s">
-        <v>438</v>
+        <v>436</v>
       </c>
       <c r="D23" t="s">
-        <v>2688</v>
+        <v>2644</v>
       </c>
     </row>
     <row r="24" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B24" t="s">
-        <v>2689</v>
+        <v>2645</v>
       </c>
       <c r="D24" t="s">
-        <v>2690</v>
+        <v>2646</v>
       </c>
     </row>
     <row r="25" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B25" t="s">
-        <v>380</v>
+        <v>378</v>
       </c>
       <c r="D25" t="s">
-        <v>2691</v>
+        <v>2647</v>
       </c>
     </row>
     <row r="26" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B26" t="s">
-        <v>380</v>
+        <v>378</v>
       </c>
       <c r="D26" t="s">
-        <v>2692</v>
+        <v>2648</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet48.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-3000-000000000000}">
   <dimension ref="A1:D21"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>131</v>
+        <v>129</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>132</v>
+        <v>130</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>133</v>
+        <v>131</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
+        <v>124</v>
+      </c>
+      <c r="B2" t="s">
+        <v>125</v>
+      </c>
+      <c r="D2" t="s">
         <v>126</v>
-      </c>
-[...4 lines deleted...]
-        <v>128</v>
       </c>
     </row>
     <row r="3" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
-        <v>2693</v>
+        <v>2649</v>
       </c>
       <c r="B3" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
       <c r="D3" t="s">
-        <v>2694</v>
+        <v>2650</v>
       </c>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B4" t="s">
-        <v>140</v>
+        <v>138</v>
       </c>
       <c r="D4" t="s">
-        <v>2695</v>
+        <v>2651</v>
       </c>
     </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B5" t="s">
-        <v>2696</v>
+        <v>2652</v>
       </c>
       <c r="D5" t="s">
-        <v>2697</v>
+        <v>2653</v>
       </c>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B6" t="s">
-        <v>2698</v>
+        <v>2654</v>
       </c>
       <c r="C6" t="s">
-        <v>393</v>
+        <v>391</v>
       </c>
       <c r="D6" t="s">
-        <v>2699</v>
+        <v>2655</v>
       </c>
     </row>
     <row r="7" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B7" t="s">
-        <v>1742</v>
+        <v>1740</v>
       </c>
       <c r="C7" t="s">
-        <v>398</v>
+        <v>396</v>
       </c>
       <c r="D7" t="s">
-        <v>2700</v>
+        <v>2656</v>
       </c>
     </row>
     <row r="8" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B8" t="s">
-        <v>2701</v>
+        <v>2657</v>
       </c>
       <c r="C8" t="s">
-        <v>401</v>
+        <v>399</v>
       </c>
       <c r="D8" t="s">
-        <v>2702</v>
+        <v>2658</v>
       </c>
     </row>
     <row r="9" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B9" t="s">
-        <v>2703</v>
+        <v>2659</v>
       </c>
       <c r="D9" t="s">
-        <v>2704</v>
+        <v>2660</v>
       </c>
     </row>
     <row r="10" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B10" t="s">
-        <v>2705</v>
+        <v>2661</v>
       </c>
       <c r="C10" t="s">
-        <v>406</v>
+        <v>404</v>
       </c>
       <c r="D10" t="s">
-        <v>2706</v>
+        <v>2662</v>
       </c>
     </row>
     <row r="11" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B11" t="s">
-        <v>2707</v>
+        <v>2663</v>
       </c>
       <c r="C11" t="s">
-        <v>409</v>
+        <v>407</v>
       </c>
       <c r="D11" t="s">
-        <v>2708</v>
+        <v>2664</v>
       </c>
     </row>
     <row r="12" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B12" t="s">
-        <v>2709</v>
+        <v>2665</v>
       </c>
       <c r="C12" t="s">
-        <v>412</v>
+        <v>410</v>
       </c>
       <c r="D12" t="s">
-        <v>2710</v>
+        <v>2666</v>
       </c>
     </row>
     <row r="13" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B13" t="s">
-        <v>2711</v>
+        <v>2667</v>
       </c>
       <c r="C13" t="s">
-        <v>415</v>
+        <v>413</v>
       </c>
       <c r="D13" t="s">
-        <v>2712</v>
+        <v>2668</v>
       </c>
     </row>
     <row r="14" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B14" t="s">
-        <v>2713</v>
+        <v>2669</v>
       </c>
       <c r="D14" t="s">
-        <v>2714</v>
+        <v>2670</v>
       </c>
     </row>
     <row r="15" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B15" t="s">
-        <v>2715</v>
+        <v>2671</v>
       </c>
       <c r="C15" t="s">
-        <v>418</v>
+        <v>416</v>
       </c>
       <c r="D15" t="s">
-        <v>2716</v>
+        <v>2672</v>
       </c>
     </row>
     <row r="16" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B16" t="s">
-        <v>2717</v>
+        <v>2673</v>
       </c>
       <c r="C16" t="s">
-        <v>421</v>
+        <v>419</v>
       </c>
       <c r="D16" t="s">
-        <v>2718</v>
+        <v>2674</v>
       </c>
     </row>
     <row r="17" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B17" t="s">
-        <v>2719</v>
+        <v>2675</v>
       </c>
       <c r="C17" t="s">
-        <v>426</v>
+        <v>424</v>
       </c>
       <c r="D17" t="s">
-        <v>2720</v>
+        <v>2676</v>
       </c>
     </row>
     <row r="18" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B18" t="s">
-        <v>2721</v>
+        <v>2677</v>
       </c>
       <c r="C18" t="s">
-        <v>2099</v>
+        <v>2097</v>
       </c>
       <c r="D18" t="s">
-        <v>2722</v>
+        <v>2678</v>
       </c>
     </row>
     <row r="19" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B19" t="s">
-        <v>2723</v>
+        <v>2679</v>
       </c>
       <c r="C19" t="s">
-        <v>2102</v>
+        <v>2100</v>
       </c>
       <c r="D19" t="s">
-        <v>2724</v>
+        <v>2680</v>
       </c>
     </row>
     <row r="20" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B20" t="s">
-        <v>2725</v>
+        <v>2681</v>
       </c>
       <c r="C20" t="s">
-        <v>2726</v>
+        <v>2682</v>
       </c>
       <c r="D20" t="s">
-        <v>2727</v>
+        <v>2683</v>
       </c>
     </row>
     <row r="21" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B21" t="s">
-        <v>2728</v>
+        <v>2684</v>
       </c>
       <c r="C21" t="s">
-        <v>2729</v>
+        <v>2685</v>
       </c>
       <c r="D21" t="s">
-        <v>2730</v>
+        <v>2686</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet49.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-3100-000000000000}">
   <dimension ref="A1:D18"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>131</v>
+        <v>129</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>132</v>
+        <v>130</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>133</v>
+        <v>131</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
-        <v>126</v>
+        <v>124</v>
       </c>
       <c r="B2" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="D2" t="s">
-        <v>130</v>
+        <v>128</v>
       </c>
     </row>
     <row r="3" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
-        <v>2693</v>
+        <v>2649</v>
       </c>
       <c r="B3" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
       <c r="D3" t="s">
-        <v>2731</v>
+        <v>2687</v>
       </c>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B4" t="s">
-        <v>466</v>
+        <v>464</v>
       </c>
       <c r="D4" t="s">
-        <v>2732</v>
+        <v>2688</v>
       </c>
     </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B5" t="s">
-        <v>140</v>
+        <v>138</v>
       </c>
       <c r="D5" t="s">
-        <v>2733</v>
+        <v>2689</v>
       </c>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B6" t="s">
-        <v>2734</v>
+        <v>2690</v>
       </c>
       <c r="D6" t="s">
-        <v>2735</v>
+        <v>2691</v>
       </c>
     </row>
     <row r="7" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B7" t="s">
-        <v>2736</v>
+        <v>2692</v>
       </c>
       <c r="C7" t="s">
-        <v>393</v>
+        <v>391</v>
       </c>
       <c r="D7" t="s">
-        <v>2737</v>
+        <v>2693</v>
       </c>
     </row>
     <row r="8" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B8" t="s">
-        <v>2738</v>
+        <v>2694</v>
       </c>
       <c r="C8" t="s">
-        <v>398</v>
+        <v>396</v>
       </c>
       <c r="D8" t="s">
-        <v>2739</v>
+        <v>2695</v>
       </c>
     </row>
     <row r="9" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B9" t="s">
-        <v>2740</v>
+        <v>2696</v>
       </c>
       <c r="C9" t="s">
-        <v>401</v>
+        <v>399</v>
       </c>
       <c r="D9" t="s">
-        <v>2741</v>
+        <v>2697</v>
       </c>
     </row>
     <row r="10" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B10" t="s">
-        <v>2742</v>
+        <v>2698</v>
       </c>
       <c r="C10" t="s">
-        <v>406</v>
+        <v>404</v>
       </c>
       <c r="D10" t="s">
-        <v>2743</v>
+        <v>2699</v>
       </c>
     </row>
     <row r="11" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B11" t="s">
-        <v>2744</v>
+        <v>2700</v>
       </c>
       <c r="C11" t="s">
-        <v>409</v>
+        <v>407</v>
       </c>
       <c r="D11" t="s">
-        <v>2745</v>
+        <v>2701</v>
       </c>
     </row>
     <row r="12" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B12" t="s">
-        <v>2746</v>
+        <v>2702</v>
       </c>
       <c r="C12" t="s">
-        <v>412</v>
+        <v>410</v>
       </c>
       <c r="D12" t="s">
-        <v>2747</v>
+        <v>2703</v>
       </c>
     </row>
     <row r="13" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B13" t="s">
-        <v>2748</v>
+        <v>2704</v>
       </c>
       <c r="C13" t="s">
-        <v>415</v>
+        <v>413</v>
       </c>
       <c r="D13" t="s">
-        <v>2749</v>
+        <v>2705</v>
       </c>
     </row>
     <row r="14" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B14" t="s">
-        <v>2750</v>
+        <v>2706</v>
       </c>
       <c r="C14" t="s">
-        <v>418</v>
+        <v>416</v>
       </c>
       <c r="D14" t="s">
-        <v>2751</v>
+        <v>2707</v>
       </c>
     </row>
     <row r="15" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B15" t="s">
-        <v>2752</v>
+        <v>2708</v>
       </c>
       <c r="C15" t="s">
-        <v>421</v>
+        <v>419</v>
       </c>
       <c r="D15" t="s">
-        <v>2753</v>
+        <v>2709</v>
       </c>
     </row>
     <row r="16" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B16" t="s">
-        <v>2754</v>
+        <v>2710</v>
       </c>
       <c r="C16" t="s">
-        <v>426</v>
+        <v>424</v>
       </c>
       <c r="D16" t="s">
-        <v>2755</v>
+        <v>2711</v>
       </c>
     </row>
     <row r="17" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B17" t="s">
-        <v>2756</v>
+        <v>2712</v>
       </c>
       <c r="C17" t="s">
-        <v>378</v>
+        <v>376</v>
       </c>
       <c r="D17" t="s">
-        <v>2757</v>
+        <v>2713</v>
       </c>
     </row>
     <row r="18" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B18" t="s">
-        <v>2758</v>
+        <v>2714</v>
       </c>
       <c r="C18" t="s">
-        <v>601</v>
+        <v>599</v>
       </c>
       <c r="D18" t="s">
-        <v>2759</v>
+        <v>2715</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0500-000000000000}">
   <dimension ref="A1:D43"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>131</v>
+        <v>129</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>132</v>
+        <v>130</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>133</v>
+        <v>131</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
         <v>13</v>
       </c>
       <c r="B2" t="s">
         <v>14</v>
       </c>
       <c r="D2" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="3" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B3" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
       <c r="D3" t="s">
-        <v>495</v>
+        <v>493</v>
       </c>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B4" t="s">
-        <v>466</v>
+        <v>464</v>
       </c>
       <c r="D4" t="s">
-        <v>496</v>
+        <v>494</v>
       </c>
     </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B5" t="s">
-        <v>138</v>
+        <v>136</v>
       </c>
       <c r="D5" t="s">
-        <v>497</v>
+        <v>495</v>
       </c>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B6" t="s">
-        <v>388</v>
+        <v>386</v>
       </c>
       <c r="D6" t="s">
-        <v>498</v>
+        <v>496</v>
       </c>
     </row>
     <row r="7" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B7" t="s">
-        <v>140</v>
+        <v>138</v>
       </c>
       <c r="D7" t="s">
-        <v>499</v>
+        <v>497</v>
       </c>
     </row>
     <row r="8" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B8" t="s">
-        <v>142</v>
+        <v>140</v>
       </c>
       <c r="D8" t="s">
-        <v>500</v>
+        <v>498</v>
       </c>
     </row>
     <row r="9" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B9" t="s">
-        <v>501</v>
+        <v>499</v>
       </c>
       <c r="D9" t="s">
-        <v>502</v>
+        <v>500</v>
       </c>
     </row>
     <row r="10" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B10" t="s">
-        <v>503</v>
+        <v>501</v>
       </c>
       <c r="C10" t="s">
-        <v>393</v>
+        <v>391</v>
       </c>
       <c r="D10" t="s">
-        <v>504</v>
+        <v>502</v>
       </c>
     </row>
     <row r="11" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B11" t="s">
-        <v>505</v>
+        <v>503</v>
       </c>
       <c r="C11" t="s">
-        <v>398</v>
+        <v>396</v>
       </c>
       <c r="D11" t="s">
-        <v>506</v>
+        <v>504</v>
       </c>
     </row>
     <row r="12" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B12" t="s">
-        <v>507</v>
+        <v>505</v>
       </c>
       <c r="C12" t="s">
-        <v>401</v>
+        <v>399</v>
       </c>
       <c r="D12" t="s">
-        <v>508</v>
+        <v>506</v>
       </c>
     </row>
     <row r="13" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B13" t="s">
-        <v>509</v>
+        <v>507</v>
       </c>
       <c r="C13" t="s">
-        <v>406</v>
+        <v>404</v>
       </c>
       <c r="D13" t="s">
-        <v>510</v>
+        <v>508</v>
       </c>
     </row>
     <row r="14" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B14" t="s">
-        <v>511</v>
+        <v>509</v>
       </c>
       <c r="D14" t="s">
-        <v>512</v>
+        <v>510</v>
       </c>
     </row>
     <row r="15" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B15" t="s">
-        <v>513</v>
+        <v>511</v>
       </c>
       <c r="C15" t="s">
-        <v>409</v>
+        <v>407</v>
       </c>
       <c r="D15" t="s">
-        <v>514</v>
+        <v>512</v>
       </c>
     </row>
     <row r="16" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B16" t="s">
-        <v>515</v>
+        <v>513</v>
       </c>
       <c r="C16" t="s">
-        <v>412</v>
+        <v>410</v>
       </c>
       <c r="D16" t="s">
-        <v>516</v>
+        <v>514</v>
       </c>
     </row>
     <row r="17" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B17" t="s">
-        <v>517</v>
+        <v>515</v>
       </c>
       <c r="C17" t="s">
-        <v>415</v>
+        <v>413</v>
       </c>
       <c r="D17" t="s">
-        <v>518</v>
+        <v>516</v>
       </c>
     </row>
     <row r="18" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B18" t="s">
-        <v>519</v>
+        <v>517</v>
       </c>
       <c r="D18" t="s">
-        <v>520</v>
+        <v>518</v>
       </c>
     </row>
     <row r="19" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B19" t="s">
-        <v>521</v>
+        <v>519</v>
       </c>
       <c r="C19" t="s">
-        <v>418</v>
+        <v>416</v>
       </c>
       <c r="D19" t="s">
-        <v>522</v>
+        <v>520</v>
       </c>
     </row>
     <row r="20" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B20" t="s">
-        <v>523</v>
+        <v>521</v>
       </c>
       <c r="C20" t="s">
-        <v>421</v>
+        <v>419</v>
       </c>
       <c r="D20" t="s">
-        <v>524</v>
+        <v>522</v>
       </c>
     </row>
     <row r="21" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B21" t="s">
-        <v>525</v>
+        <v>523</v>
       </c>
       <c r="C21" t="s">
-        <v>426</v>
+        <v>424</v>
       </c>
       <c r="D21" t="s">
-        <v>526</v>
+        <v>524</v>
       </c>
     </row>
     <row r="22" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B22" t="s">
-        <v>527</v>
+        <v>525</v>
       </c>
       <c r="C22" t="s">
-        <v>429</v>
+        <v>427</v>
       </c>
       <c r="D22" t="s">
-        <v>528</v>
+        <v>526</v>
       </c>
     </row>
     <row r="23" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B23" t="s">
-        <v>529</v>
+        <v>527</v>
       </c>
       <c r="D23" t="s">
-        <v>530</v>
+        <v>528</v>
       </c>
     </row>
     <row r="24" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B24" t="s">
-        <v>531</v>
+        <v>529</v>
       </c>
       <c r="C24" t="s">
-        <v>432</v>
+        <v>430</v>
       </c>
       <c r="D24" t="s">
-        <v>532</v>
+        <v>530</v>
       </c>
     </row>
     <row r="25" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B25" t="s">
-        <v>533</v>
+        <v>531</v>
       </c>
       <c r="C25" t="s">
-        <v>435</v>
+        <v>433</v>
       </c>
       <c r="D25" t="s">
-        <v>534</v>
+        <v>532</v>
       </c>
     </row>
     <row r="26" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B26" t="s">
-        <v>535</v>
+        <v>533</v>
       </c>
       <c r="C26" t="s">
-        <v>438</v>
+        <v>436</v>
       </c>
       <c r="D26" t="s">
-        <v>536</v>
+        <v>534</v>
       </c>
     </row>
     <row r="27" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B27" t="s">
-        <v>537</v>
+        <v>535</v>
       </c>
       <c r="C27" t="s">
-        <v>441</v>
+        <v>439</v>
       </c>
       <c r="D27" t="s">
-        <v>538</v>
+        <v>536</v>
       </c>
     </row>
     <row r="28" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B28" t="s">
-        <v>539</v>
+        <v>537</v>
       </c>
       <c r="C28" t="s">
-        <v>444</v>
+        <v>442</v>
       </c>
       <c r="D28" t="s">
-        <v>540</v>
+        <v>538</v>
       </c>
     </row>
     <row r="29" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B29" t="s">
-        <v>541</v>
+        <v>539</v>
       </c>
       <c r="C29" t="s">
-        <v>447</v>
+        <v>445</v>
       </c>
       <c r="D29" t="s">
-        <v>542</v>
+        <v>540</v>
       </c>
     </row>
     <row r="30" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B30" t="s">
-        <v>543</v>
+        <v>541</v>
       </c>
       <c r="C30" t="s">
-        <v>450</v>
+        <v>448</v>
       </c>
       <c r="D30" t="s">
-        <v>544</v>
+        <v>542</v>
       </c>
     </row>
     <row r="31" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B31" t="s">
-        <v>545</v>
+        <v>543</v>
       </c>
       <c r="C31" t="s">
-        <v>453</v>
+        <v>451</v>
       </c>
       <c r="D31" t="s">
-        <v>546</v>
+        <v>544</v>
       </c>
     </row>
     <row r="32" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B32" t="s">
-        <v>547</v>
+        <v>545</v>
       </c>
       <c r="D32" t="s">
-        <v>548</v>
+        <v>546</v>
       </c>
     </row>
     <row r="33" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B33" t="s">
-        <v>549</v>
+        <v>547</v>
       </c>
       <c r="C33" t="s">
-        <v>456</v>
+        <v>454</v>
       </c>
       <c r="D33" t="s">
-        <v>550</v>
+        <v>548</v>
       </c>
     </row>
     <row r="34" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B34" t="s">
-        <v>551</v>
+        <v>549</v>
       </c>
       <c r="C34" t="s">
-        <v>459</v>
+        <v>457</v>
       </c>
       <c r="D34" t="s">
-        <v>552</v>
+        <v>550</v>
       </c>
     </row>
     <row r="35" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B35" t="s">
-        <v>553</v>
+        <v>551</v>
       </c>
       <c r="C35" t="s">
-        <v>462</v>
+        <v>460</v>
       </c>
       <c r="D35" t="s">
-        <v>554</v>
+        <v>552</v>
       </c>
     </row>
     <row r="36" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B36" t="s">
-        <v>555</v>
+        <v>553</v>
       </c>
       <c r="C36" t="s">
-        <v>489</v>
+        <v>487</v>
       </c>
       <c r="D36" t="s">
-        <v>556</v>
+        <v>554</v>
       </c>
     </row>
     <row r="37" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B37" t="s">
-        <v>557</v>
+        <v>555</v>
       </c>
       <c r="D37" t="s">
-        <v>558</v>
+        <v>556</v>
       </c>
     </row>
     <row r="38" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B38" t="s">
-        <v>559</v>
+        <v>557</v>
       </c>
       <c r="C38" t="s">
-        <v>491</v>
+        <v>489</v>
       </c>
       <c r="D38" t="s">
-        <v>560</v>
+        <v>558</v>
       </c>
     </row>
     <row r="39" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B39" t="s">
-        <v>561</v>
+        <v>559</v>
       </c>
       <c r="C39" t="s">
-        <v>492</v>
+        <v>490</v>
       </c>
       <c r="D39" t="s">
-        <v>562</v>
+        <v>560</v>
       </c>
     </row>
     <row r="40" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B40" t="s">
-        <v>563</v>
+        <v>561</v>
       </c>
       <c r="C40" t="s">
-        <v>493</v>
+        <v>491</v>
       </c>
       <c r="D40" t="s">
-        <v>564</v>
+        <v>562</v>
       </c>
     </row>
     <row r="41" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B41" t="s">
-        <v>565</v>
+        <v>563</v>
       </c>
       <c r="D41" t="s">
-        <v>566</v>
+        <v>564</v>
       </c>
     </row>
     <row r="42" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B42" t="s">
-        <v>567</v>
+        <v>565</v>
       </c>
       <c r="C42" t="s">
-        <v>494</v>
+        <v>492</v>
       </c>
       <c r="D42" t="s">
-        <v>568</v>
+        <v>566</v>
       </c>
     </row>
     <row r="43" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B43" t="s">
+        <v>567</v>
+      </c>
+      <c r="C43" t="s">
+        <v>568</v>
+      </c>
+      <c r="D43" t="s">
         <v>569</v>
-      </c>
-[...4 lines deleted...]
-        <v>571</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0600-000000000000}">
   <dimension ref="A1:D18"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>131</v>
+        <v>129</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>132</v>
+        <v>130</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>133</v>
+        <v>131</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
         <v>16</v>
       </c>
       <c r="B2" t="s">
         <v>17</v>
       </c>
       <c r="D2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="3" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
+        <v>570</v>
+      </c>
+      <c r="B3" t="s">
+        <v>134</v>
+      </c>
+      <c r="D3" t="s">
         <v>572</v>
-      </c>
-[...4 lines deleted...]
-        <v>574</v>
       </c>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A4" t="s">
+        <v>571</v>
+      </c>
+      <c r="B4" t="s">
+        <v>464</v>
+      </c>
+      <c r="D4" t="s">
         <v>573</v>
-      </c>
-[...4 lines deleted...]
-        <v>575</v>
       </c>
     </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B5" t="s">
-        <v>140</v>
+        <v>138</v>
       </c>
       <c r="D5" t="s">
-        <v>576</v>
+        <v>574</v>
       </c>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B6" t="s">
-        <v>142</v>
+        <v>140</v>
       </c>
       <c r="D6" t="s">
-        <v>577</v>
+        <v>575</v>
       </c>
     </row>
     <row r="7" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B7" t="s">
-        <v>578</v>
+        <v>576</v>
       </c>
       <c r="C7" t="s">
-        <v>393</v>
+        <v>391</v>
       </c>
       <c r="D7" t="s">
-        <v>579</v>
+        <v>577</v>
       </c>
     </row>
     <row r="8" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B8" t="s">
-        <v>580</v>
+        <v>578</v>
       </c>
       <c r="C8" t="s">
-        <v>398</v>
+        <v>396</v>
       </c>
       <c r="D8" t="s">
-        <v>581</v>
+        <v>579</v>
       </c>
     </row>
     <row r="9" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B9" t="s">
-        <v>582</v>
+        <v>580</v>
       </c>
       <c r="C9" t="s">
-        <v>401</v>
+        <v>399</v>
       </c>
       <c r="D9" t="s">
-        <v>583</v>
+        <v>581</v>
       </c>
     </row>
     <row r="10" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B10" t="s">
-        <v>584</v>
+        <v>582</v>
       </c>
       <c r="C10" t="s">
-        <v>406</v>
+        <v>404</v>
       </c>
       <c r="D10" t="s">
-        <v>585</v>
+        <v>583</v>
       </c>
     </row>
     <row r="11" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B11" t="s">
-        <v>586</v>
+        <v>584</v>
       </c>
       <c r="C11" t="s">
-        <v>409</v>
+        <v>407</v>
       </c>
       <c r="D11" t="s">
-        <v>587</v>
+        <v>585</v>
       </c>
     </row>
     <row r="12" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B12" t="s">
-        <v>588</v>
+        <v>586</v>
       </c>
       <c r="C12" t="s">
-        <v>412</v>
+        <v>410</v>
       </c>
       <c r="D12" t="s">
-        <v>589</v>
+        <v>587</v>
       </c>
     </row>
     <row r="13" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B13" t="s">
-        <v>590</v>
+        <v>588</v>
       </c>
       <c r="C13" t="s">
-        <v>415</v>
+        <v>413</v>
       </c>
       <c r="D13" t="s">
-        <v>591</v>
+        <v>589</v>
       </c>
     </row>
     <row r="14" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B14" t="s">
-        <v>592</v>
+        <v>590</v>
       </c>
       <c r="C14" t="s">
-        <v>418</v>
+        <v>416</v>
       </c>
       <c r="D14" t="s">
-        <v>593</v>
+        <v>591</v>
       </c>
     </row>
     <row r="15" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B15" t="s">
-        <v>594</v>
+        <v>592</v>
       </c>
       <c r="C15" t="s">
-        <v>421</v>
+        <v>419</v>
       </c>
       <c r="D15" t="s">
-        <v>595</v>
+        <v>593</v>
       </c>
     </row>
     <row r="16" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B16" t="s">
-        <v>596</v>
+        <v>594</v>
       </c>
       <c r="C16" t="s">
-        <v>426</v>
+        <v>424</v>
       </c>
       <c r="D16" t="s">
-        <v>597</v>
+        <v>595</v>
       </c>
     </row>
     <row r="17" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B17" t="s">
-        <v>598</v>
+        <v>596</v>
       </c>
       <c r="C17" t="s">
-        <v>378</v>
+        <v>376</v>
       </c>
       <c r="D17" t="s">
-        <v>599</v>
+        <v>597</v>
       </c>
     </row>
     <row r="18" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B18" t="s">
+        <v>598</v>
+      </c>
+      <c r="C18" t="s">
+        <v>599</v>
+      </c>
+      <c r="D18" t="s">
         <v>600</v>
-      </c>
-[...4 lines deleted...]
-        <v>602</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0700-000000000000}">
   <dimension ref="A1:D14"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>131</v>
+        <v>129</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>132</v>
+        <v>130</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>133</v>
+        <v>131</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
         <v>19</v>
       </c>
       <c r="B2" t="s">
         <v>20</v>
       </c>
       <c r="D2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="3" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B3" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
       <c r="D3" t="s">
-        <v>603</v>
+        <v>601</v>
       </c>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B4" t="s">
-        <v>140</v>
+        <v>138</v>
       </c>
       <c r="D4" t="s">
-        <v>604</v>
+        <v>602</v>
       </c>
     </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B5" t="s">
-        <v>142</v>
+        <v>140</v>
       </c>
       <c r="D5" t="s">
-        <v>605</v>
+        <v>603</v>
       </c>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B6" t="s">
-        <v>606</v>
+        <v>604</v>
       </c>
       <c r="C6" t="s">
-        <v>393</v>
+        <v>391</v>
       </c>
       <c r="D6" t="s">
-        <v>607</v>
+        <v>605</v>
       </c>
     </row>
     <row r="7" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B7" t="s">
-        <v>608</v>
+        <v>606</v>
       </c>
       <c r="C7" t="s">
-        <v>398</v>
+        <v>396</v>
       </c>
       <c r="D7" t="s">
-        <v>609</v>
+        <v>607</v>
       </c>
     </row>
     <row r="8" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B8" t="s">
-        <v>610</v>
+        <v>608</v>
       </c>
       <c r="C8" t="s">
-        <v>401</v>
+        <v>399</v>
       </c>
       <c r="D8" t="s">
-        <v>611</v>
+        <v>609</v>
       </c>
     </row>
     <row r="9" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B9" t="s">
-        <v>612</v>
+        <v>610</v>
       </c>
       <c r="C9" t="s">
-        <v>406</v>
+        <v>404</v>
       </c>
       <c r="D9" t="s">
-        <v>613</v>
+        <v>611</v>
       </c>
     </row>
     <row r="10" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B10" t="s">
-        <v>614</v>
+        <v>612</v>
       </c>
       <c r="C10" t="s">
-        <v>409</v>
+        <v>407</v>
       </c>
       <c r="D10" t="s">
-        <v>615</v>
+        <v>613</v>
       </c>
     </row>
     <row r="11" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B11" t="s">
-        <v>616</v>
+        <v>614</v>
       </c>
       <c r="C11" t="s">
-        <v>412</v>
+        <v>410</v>
       </c>
       <c r="D11" t="s">
-        <v>617</v>
+        <v>615</v>
       </c>
     </row>
     <row r="12" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B12" t="s">
-        <v>618</v>
+        <v>616</v>
       </c>
       <c r="C12" t="s">
-        <v>415</v>
+        <v>413</v>
       </c>
       <c r="D12" t="s">
-        <v>619</v>
+        <v>617</v>
       </c>
     </row>
     <row r="13" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B13" t="s">
-        <v>620</v>
+        <v>618</v>
       </c>
       <c r="C13" t="s">
-        <v>418</v>
+        <v>416</v>
       </c>
       <c r="D13" t="s">
-        <v>621</v>
+        <v>619</v>
       </c>
     </row>
     <row r="14" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B14" t="s">
-        <v>622</v>
+        <v>620</v>
       </c>
       <c r="C14" t="s">
-        <v>421</v>
+        <v>419</v>
       </c>
       <c r="D14" t="s">
-        <v>623</v>
+        <v>621</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0800-000000000000}">
   <dimension ref="A1:D16"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>131</v>
+        <v>129</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>132</v>
+        <v>130</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>133</v>
+        <v>131</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
         <v>22</v>
       </c>
       <c r="B2" t="s">
-        <v>2760</v>
+        <v>2716</v>
       </c>
       <c r="D2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="3" spans="1:4" ht="25" x14ac:dyDescent="0.25">
       <c r="B3" s="3" t="s">
-        <v>624</v>
+        <v>622</v>
       </c>
       <c r="D3" t="s">
-        <v>625</v>
+        <v>623</v>
       </c>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B4" t="s">
-        <v>138</v>
+        <v>136</v>
       </c>
       <c r="D4" t="s">
-        <v>626</v>
+        <v>624</v>
       </c>
     </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B5" t="s">
-        <v>140</v>
+        <v>138</v>
       </c>
       <c r="D5" t="s">
-        <v>627</v>
+        <v>625</v>
       </c>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B6" t="s">
-        <v>628</v>
+        <v>626</v>
       </c>
       <c r="D6" t="s">
-        <v>629</v>
+        <v>627</v>
       </c>
     </row>
     <row r="7" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B7" t="s">
-        <v>630</v>
+        <v>628</v>
       </c>
       <c r="D7" t="s">
-        <v>631</v>
+        <v>629</v>
       </c>
     </row>
     <row r="8" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B8" t="s">
-        <v>632</v>
+        <v>630</v>
       </c>
       <c r="C8" t="s">
-        <v>393</v>
+        <v>391</v>
       </c>
       <c r="D8" t="s">
-        <v>633</v>
+        <v>631</v>
       </c>
     </row>
     <row r="9" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B9" t="s">
-        <v>634</v>
+        <v>632</v>
       </c>
       <c r="C9" t="s">
-        <v>398</v>
+        <v>396</v>
       </c>
       <c r="D9" t="s">
-        <v>635</v>
+        <v>633</v>
       </c>
     </row>
     <row r="10" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B10" t="s">
-        <v>636</v>
+        <v>634</v>
       </c>
       <c r="C10" t="s">
-        <v>401</v>
+        <v>399</v>
       </c>
       <c r="D10" t="s">
-        <v>637</v>
+        <v>635</v>
       </c>
     </row>
     <row r="11" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B11" t="s">
-        <v>638</v>
+        <v>636</v>
       </c>
       <c r="C11" t="s">
-        <v>406</v>
+        <v>404</v>
       </c>
       <c r="D11" t="s">
-        <v>639</v>
+        <v>637</v>
       </c>
     </row>
     <row r="12" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B12" t="s">
-        <v>640</v>
+        <v>638</v>
       </c>
       <c r="C12" t="s">
-        <v>409</v>
+        <v>407</v>
       </c>
       <c r="D12" t="s">
-        <v>641</v>
+        <v>639</v>
       </c>
     </row>
     <row r="13" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B13" t="s">
-        <v>642</v>
+        <v>640</v>
       </c>
       <c r="C13" t="s">
-        <v>412</v>
+        <v>410</v>
       </c>
       <c r="D13" t="s">
-        <v>643</v>
+        <v>641</v>
       </c>
     </row>
     <row r="14" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B14" t="s">
-        <v>644</v>
+        <v>642</v>
       </c>
       <c r="C14" t="s">
-        <v>415</v>
+        <v>413</v>
       </c>
       <c r="D14" t="s">
-        <v>645</v>
+        <v>643</v>
       </c>
     </row>
     <row r="15" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B15" t="s">
-        <v>646</v>
+        <v>644</v>
       </c>
       <c r="C15" t="s">
-        <v>418</v>
+        <v>416</v>
       </c>
       <c r="D15" t="s">
-        <v>647</v>
+        <v>645</v>
       </c>
     </row>
     <row r="16" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B16" t="s">
-        <v>648</v>
+        <v>646</v>
       </c>
       <c r="C16" t="s">
-        <v>421</v>
+        <v>419</v>
       </c>
       <c r="D16" t="s">
-        <v>649</v>
+        <v>647</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0900-000000000000}">
   <dimension ref="A1:D17"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>131</v>
+        <v>129</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>132</v>
+        <v>130</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>133</v>
+        <v>131</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
         <v>24</v>
       </c>
       <c r="B2" t="s">
         <v>25</v>
       </c>
       <c r="D2" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="3" spans="1:4" ht="25" x14ac:dyDescent="0.25">
       <c r="B3" s="3" t="s">
-        <v>624</v>
+        <v>622</v>
       </c>
       <c r="D3" t="s">
-        <v>650</v>
+        <v>648</v>
       </c>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B4" t="s">
-        <v>140</v>
+        <v>138</v>
       </c>
       <c r="D4" t="s">
-        <v>651</v>
+        <v>649</v>
       </c>
     </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B5" t="s">
-        <v>138</v>
+        <v>136</v>
       </c>
       <c r="D5" t="s">
-        <v>652</v>
+        <v>650</v>
       </c>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B6" t="s">
-        <v>628</v>
+        <v>626</v>
       </c>
       <c r="D6" t="s">
-        <v>653</v>
+        <v>651</v>
       </c>
     </row>
     <row r="7" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B7" t="s">
-        <v>630</v>
+        <v>628</v>
       </c>
       <c r="D7" t="s">
-        <v>654</v>
+        <v>652</v>
       </c>
     </row>
     <row r="8" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B8" t="s">
-        <v>655</v>
+        <v>653</v>
       </c>
       <c r="C8" t="s">
-        <v>393</v>
+        <v>391</v>
       </c>
       <c r="D8" t="s">
-        <v>656</v>
+        <v>654</v>
       </c>
     </row>
     <row r="9" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B9" t="s">
-        <v>657</v>
+        <v>655</v>
       </c>
       <c r="C9" t="s">
-        <v>398</v>
+        <v>396</v>
       </c>
       <c r="D9" t="s">
-        <v>658</v>
+        <v>656</v>
       </c>
     </row>
     <row r="10" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B10" t="s">
-        <v>659</v>
+        <v>657</v>
       </c>
       <c r="C10" t="s">
-        <v>401</v>
+        <v>399</v>
       </c>
       <c r="D10" t="s">
-        <v>660</v>
+        <v>658</v>
       </c>
     </row>
     <row r="11" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B11" t="s">
-        <v>661</v>
+        <v>659</v>
       </c>
       <c r="C11" t="s">
-        <v>406</v>
+        <v>404</v>
       </c>
       <c r="D11" t="s">
-        <v>662</v>
+        <v>660</v>
       </c>
     </row>
     <row r="12" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B12" t="s">
-        <v>663</v>
+        <v>661</v>
       </c>
       <c r="C12" t="s">
-        <v>409</v>
+        <v>407</v>
       </c>
       <c r="D12" t="s">
-        <v>664</v>
+        <v>662</v>
       </c>
     </row>
     <row r="13" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B13" t="s">
-        <v>665</v>
+        <v>663</v>
       </c>
       <c r="C13" t="s">
-        <v>412</v>
+        <v>410</v>
       </c>
       <c r="D13" t="s">
-        <v>666</v>
+        <v>664</v>
       </c>
     </row>
     <row r="14" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B14" t="s">
-        <v>667</v>
+        <v>665</v>
       </c>
       <c r="C14" t="s">
-        <v>415</v>
+        <v>413</v>
       </c>
       <c r="D14" t="s">
-        <v>668</v>
+        <v>666</v>
       </c>
     </row>
     <row r="15" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B15" t="s">
-        <v>669</v>
+        <v>667</v>
       </c>
       <c r="C15" t="s">
-        <v>418</v>
+        <v>416</v>
       </c>
       <c r="D15" t="s">
-        <v>670</v>
+        <v>668</v>
       </c>
     </row>
     <row r="16" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B16" t="s">
-        <v>671</v>
+        <v>669</v>
       </c>
       <c r="C16" t="s">
-        <v>421</v>
+        <v>419</v>
       </c>
       <c r="D16" t="s">
-        <v>672</v>
+        <v>670</v>
       </c>
     </row>
     <row r="17" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B17" t="s">
-        <v>673</v>
+        <v>671</v>
       </c>
       <c r="C17" t="s">
-        <v>426</v>
+        <v>424</v>
       </c>
       <c r="D17" t="s">
-        <v>674</v>
+        <v>672</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>49</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="49" baseType="lpstr">
       <vt:lpstr>Subscription Title List</vt:lpstr>
       <vt:lpstr>Eroschenko, 13 ed. - Atlas of H</vt:lpstr>
       <vt:lpstr>Soriano, 14 ed. - Bates' Guide</vt:lpstr>
       <vt:lpstr>Soriano, 10 ed. - Bates' Pocket</vt:lpstr>
       <vt:lpstr>Fadem, 2 ed. - Behavioral Scien</vt:lpstr>
       <vt:lpstr>Abali, 01 ed. - Biochemistry Be</vt:lpstr>
       <vt:lpstr>Klabunde, 03 ed. - Cardiovascul</vt:lpstr>
       <vt:lpstr>Caughey, 1 ed. - Cases Concepts</vt:lpstr>
       <vt:lpstr>Spizer, 1 ed. - Cases and Conce</vt:lpstr>
       <vt:lpstr>Dugani, 01 ed. - Clinical Anato</vt:lpstr>
       <vt:lpstr>Fletcher, 06 ed. - Clinical Epi</vt:lpstr>
       <vt:lpstr>Siegel, 04 ed. - Essential Neur</vt:lpstr>
       <vt:lpstr>Loukas - Essential Ultrasound A</vt:lpstr>
       <vt:lpstr>Gartner, 08 ed. - Gartner and H</vt:lpstr>
       <vt:lpstr>Agur, 02 ed. - Grant’s Atlas of</vt:lpstr>
       <vt:lpstr>Detton - Grant’s Dissector, 18e</vt:lpstr>
       <vt:lpstr>Cui, 02 ed. - Histology from a</vt:lpstr>
       <vt:lpstr>Pawlina, 09 ed. - Histology A T</vt:lpstr>
       <vt:lpstr>Schaaf, 1 ed. - Human Genetics</vt:lpstr>
       <vt:lpstr>Sadler, 15 ed. - Langman's Medi</vt:lpstr>
       <vt:lpstr>Jerome, 2 ed. - Learning Clinic</vt:lpstr>
       <vt:lpstr>Abali - Lippincott Illustrated</vt:lpstr>
       <vt:lpstr>Leeper-Woodford, 1 ed. - Lippin</vt:lpstr>
       <vt:lpstr>Krebs, 2 ed. - Lippincott Illus</vt:lpstr>
-      <vt:lpstr>Harrell, 01 ed. - Lippincott&lt;su</vt:lpstr>
-[...3 lines deleted...]
-      <vt:lpstr>Preston, 03 ed. - Lippincott&lt;su</vt:lpstr>
+      <vt:lpstr>Harrell, 01 ed. - Lippincott</vt:lpstr>
+      <vt:lpstr>Gest, 02 ed. - Lippincott®</vt:lpstr>
+      <vt:lpstr>Doan, 03 ed. - Lippincott®</vt:lpstr>
+      <vt:lpstr>Whalen, 08 ed. - Lippincott</vt:lpstr>
+      <vt:lpstr>Preston, 03 ed. - Lippincott</vt:lpstr>
       <vt:lpstr>Chandar, 03 ed. - Lippincott® I</vt:lpstr>
       <vt:lpstr>Cornelissen, 05 ed. - Lippincot</vt:lpstr>
       <vt:lpstr>Lieberman, 06 ed. - Marks’ Basi</vt:lpstr>
       <vt:lpstr>Rhoades, 06 ed. - Medical Physi</vt:lpstr>
-      <vt:lpstr>Dalley, 09 ed. - Moore’s Clinic</vt:lpstr>
+      <vt:lpstr>Dalley, 10 ed. - Moore’s Clinic</vt:lpstr>
       <vt:lpstr>Agur, 07 ed. - Moore’s Essentia</vt:lpstr>
       <vt:lpstr>Haines - Neuroanatomy Atlas in</vt:lpstr>
       <vt:lpstr>Lilly - Pathophysiology of Hear</vt:lpstr>
       <vt:lpstr>Rohen, 09 ed. - Photographic At</vt:lpstr>
       <vt:lpstr>Costanzo, 4 ed. - Physiology Ca</vt:lpstr>
       <vt:lpstr>Golan, 5 ed. - Principles of Ph</vt:lpstr>
       <vt:lpstr>Rubin, 07 ed. - Principles of R</vt:lpstr>
       <vt:lpstr>Rennke, 06 ed. - Renal Pathophy</vt:lpstr>
       <vt:lpstr>Lo, 06 ed. - Resolving Ethical</vt:lpstr>
       <vt:lpstr>Strayer, 08 ed. - Rubin's Patho</vt:lpstr>
       <vt:lpstr>Orient, 05 ed. - Sapira's Art S</vt:lpstr>
       <vt:lpstr>Engleberg, 06 ed. - Schaechter</vt:lpstr>
       <vt:lpstr>Riegelman, 07 ed. - Studying a</vt:lpstr>
       <vt:lpstr>West, 10 ed. - West's Pulmonary</vt:lpstr>
       <vt:lpstr>West, 11 ed. - West's Respirato</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>