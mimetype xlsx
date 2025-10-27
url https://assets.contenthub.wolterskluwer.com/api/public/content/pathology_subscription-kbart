--- v0 (2025-10-06)
+++ v1 (2025-10-27)
@@ -1,92 +1,92 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R711f12c22ea44fea" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra7aefaaccb004460" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="sheet 1" sheetId="1" r:id="R82f3a182ff944862"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="sheet 1" sheetId="1" r:id="Re328770190564512"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fonts>
     <x:font>
       <x:color rgb="000000"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:color rgb="000000"/>
     </x:font>
     <x:font>
       <x:color rgb="0645AD"/>
     </x:font>
   </x:fonts>
   <x:fills>
     <x:fill>
       <x:patternFill patternType="none"/>
     </x:fill>
     <x:fill>
       <x:patternFill patternType="gray125"/>
     </x:fill>
   </x:fills>
   <x:borders>
     <x:border>
       <x:left/>
       <x:right/>
       <x:top/>
       <x:bottom/>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs>
     <x:xf fontId="0" fillId="0" borderId="0" applyFont="1">
       <x:alignment horizontal="left" vertical="center"/>
     </x:xf>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1">
       <x:alignment horizontal="left" vertical="center"/>
     </x:xf>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1">
       <x:alignment horizontal="left" vertical="center"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd2f1128a74c44278" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R82f3a182ff944862" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8b6447744942495f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Re328770190564512" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row>
       <x:c s="1" t="str">
         <x:v>publication_title</x:v>
       </x:c>
       <x:c s="1" t="str">
         <x:v>print_identifier</x:v>
       </x:c>
       <x:c s="1" t="str">
         <x:v>online_identifier</x:v>
       </x:c>
       <x:c s="1" t="str">
         <x:v>date_first_issue_online</x:v>
       </x:c>
       <x:c s="1" t="str">
         <x:v>num_first_vol_online</x:v>
       </x:c>
       <x:c s="1" t="str">
         <x:v>num_first_issue_online</x:v>
       </x:c>
       <x:c s="1" t="str">
@@ -107,51 +107,51 @@
       <x:c s="1" t="str">
         <x:v>title_id</x:v>
       </x:c>
       <x:c s="1" t="str">
         <x:v>embargo_info</x:v>
       </x:c>
       <x:c s="1" t="str">
         <x:v>coverage_depth</x:v>
       </x:c>
       <x:c s="1" t="str">
         <x:v>notes</x:v>
       </x:c>
       <x:c s="1" t="str">
         <x:v>publisher_name</x:v>
       </x:c>
       <x:c s="1" t="str">
         <x:v>publication_type</x:v>
       </x:c>
       <x:c s="1" t="str">
         <x:v>date_monograph_published_print</x:v>
       </x:c>
       <x:c s="1" t="str">
         <x:v>date_monograph_published_online</x:v>
       </x:c>
       <x:c s="1" t="str">
-        <x:v>mongraph_volume</x:v>
+        <x:v>monograph_volume</x:v>
       </x:c>
       <x:c s="1" t="str">
         <x:v>monograph_edition</x:v>
       </x:c>
       <x:c s="1" t="str">
         <x:v>first_editor</x:v>
       </x:c>
       <x:c s="1" t="str">
         <x:v>parent_publication_title_id</x:v>
       </x:c>
       <x:c s="1" t="str">
         <x:v>preceding_publication_title_id</x:v>
       </x:c>
       <x:c s="1" t="str">
         <x:v>access_type</x:v>
       </x:c>
       <x:c s="1" t="str">
         <x:v>DOI</x:v>
       </x:c>
       <x:c s="1" t="str">
         <x:v>Product</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="str">
@@ -165,52 +165,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://pathology.lwwhealthlibrary.com/book.aspx?bookid=2632</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Elder</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>2632</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-451113-44-0</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2013-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -248,52 +248,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://pathology.lwwhealthlibrary.com/book.aspx?bookid=2947</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Elder</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>2947</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-975124-63-2</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2021-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -331,135 +331,218 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://pathology.lwwhealthlibrary.com/book.aspx?bookid=3344</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>3344</x:v>
+      <x:c s="0" t="str">
+        <x:v>9781975213268</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Wolters Kluwer</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2025-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Husain</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="str">
+        <x:v>Biopsy Interpretation of Soft Tissue Tumors, 3e</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>978-1-9752-0648-2</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>https://pathology.lwwhealthlibrary.com/book.aspx?bookid=3438</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>Fisher</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>978-1-9752-0648-2</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>fulltext</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>Wolters Kluwer</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>monograph</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>2026-01-01</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="str">
         <x:v>Biopsy Interpretation of the Bladder, 4e</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>978-1-975199-20-3</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://pathology.lwwhealthlibrary.com/book.aspx?bookid=3276</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Epstein</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>3276</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-975199-20-3</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2024-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -497,52 +580,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://pathology.lwwhealthlibrary.com/book.aspx?bookid=2647</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Epstein</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>2647</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-496315-04-5</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2017-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -580,52 +663,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://pathology.lwwhealthlibrary.com/book.aspx?bookid=2633</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Tickoo</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>2633</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-451176-47-6</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2016-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -663,52 +746,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://pathology.lwwhealthlibrary.com/book.aspx?bookid=2799</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Crowson</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>2799</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-496365-13-2</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2019-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -746,52 +829,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://pathology.lwwhealthlibrary.com/book.aspx?bookid=2645</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Boerner</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>2645</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-496355-85-0</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2017-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -829,52 +912,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://pathology.lwwhealthlibrary.com/book.aspx?bookid=1266</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Stelow</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>1266</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-4511-1063-0</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2013-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -912,52 +995,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://pathology.lwwhealthlibrary.com/book.aspx?bookid=2642</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Malpica</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>2642</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-451192-96-4</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2015-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -995,52 +1078,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://pathology.lwwhealthlibrary.com/book.aspx?bookid=2635</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Montgomery</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>2635</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-496337-27-6</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2018-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -1078,52 +1161,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://pathology.lwwhealthlibrary.com/book.aspx?bookid=2634</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Montgomery</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>2634</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-496337-31-3</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2018-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -1161,52 +1244,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://pathology.lwwhealthlibrary.com/book.aspx?bookid=1314</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Husain</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>1314</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-4511-7533-2</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2014-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -1244,52 +1327,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://pathology.lwwhealthlibrary.com/book.aspx?bookid=2643</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Fisher</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>2643</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-451192-99-5</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2016-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -1327,52 +1410,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://pathology.lwwhealthlibrary.com/book.aspx?bookid=3287</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Wake</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>3287</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-496300-59-1</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2024-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -1410,52 +1493,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://pathology.lwwhealthlibrary.com/book.aspx?bookid=2540</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Schnitt</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>2540</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-496365-75-0</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2018-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -1493,52 +1576,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://pathology.lwwhealthlibrary.com/book.aspx?bookid=2788</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Schniederjan</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>2788</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-496382-63-4</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2018-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -1576,76 +1659,76 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://pathology.lwwhealthlibrary.com/book.aspx?bookid=3360</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Voltaggio</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>3360</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-975213-66-4</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v> Wolters Kluwer</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2025-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
-        <x:v>-</x:v>
+        <x:v>Volume 1: Non-Neoplastic</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>4.00</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="str">
@@ -1659,76 +1742,76 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://pathology.lwwhealthlibrary.com/book.aspx?bookid=3361</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Montgomery</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>3361</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-975213-69-5</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Wolters Kluwer</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2025-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
-        <x:v>-</x:v>
+        <x:v>Volume 2: Neoplastic</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>4.00</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="str">
@@ -1742,52 +1825,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://pathology.lwwhealthlibrary.com/book.aspx?bookid=2946</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Stelow</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>2946</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-975139-36-0</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2021-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -1825,52 +1908,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://pathology.lwwhealthlibrary.com/book.aspx?bookid=1365</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Torbenson</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>1365</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-4511-8257-6</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2015-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -1908,52 +1991,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://pathology.lwwhealthlibrary.com/book.aspx?bookid=3180</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Torbenson</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>3180</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-975157-29-6</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2022-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -1991,52 +2074,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://pathology.lwwhealthlibrary.com/book.aspx?bookid=1341</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Suster</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>1341</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-0-7817-8467-2</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2013-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -2074,52 +2157,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://pathology.lwwhealthlibrary.com/book.aspx?bookid=2953</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Suster</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>2953</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-975136-58-1</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2021-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -2157,52 +2240,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://pathology.lwwhealthlibrary.com/book.aspx?bookid=3257</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>King</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>3257</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-975184-62-9</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2024-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -2240,52 +2323,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://pathology.lwwhealthlibrary.com/book.aspx?bookid=2786</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Epstein</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>2786</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-975136-54-3</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2021-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -2323,52 +2406,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://pathology.lwwhealthlibrary.com/book.aspx?bookid=1343</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Taxy</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>1343</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-4511-8679-6</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2014-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -2406,52 +2489,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://pathology.lwwhealthlibrary.com/book.aspx?bookid=3215</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Cipriani</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>3215</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-975170-07-3</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2023-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -2489,52 +2572,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://pathology.lwwhealthlibrary.com/book.aspx?bookid=3056</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Montgomery</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>3056</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-451191-89-9</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2015-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -2572,52 +2655,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://pathology.lwwhealthlibrary.com/book.aspx?bookid=2648</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Noffsinger</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>2648</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-496329-07-3</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2017-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -2655,52 +2738,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://pathology.lwwhealthlibrary.com/book.aspx?bookid=1377</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Jennette</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>1377</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-4511-4411-6</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2015-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -2738,52 +2821,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://pathology.lwwhealthlibrary.com/book.aspx?bookid=3283</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Jennette</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>3283</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-975161-53-8</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2024-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -2821,52 +2904,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://pathology.lwwhealthlibrary.com/book.aspx?bookid=2787</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Mills</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>2787</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-496398-94-9</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2020-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -2904,52 +2987,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://pathology.lwwhealthlibrary.com/book.aspx?bookid=1418</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Ioachim</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>1418</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-0-7817-7596-0</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2009-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -2987,52 +3070,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://pathology.lwwhealthlibrary.com/book.aspx?bookid=3114</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Medeiros</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>3114</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-451193-57-2</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2022-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -3070,52 +3153,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://pathology.lwwhealthlibrary.com/book.aspx?bookid=1275</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Orazi</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>1275</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-60913-682-6</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2014-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -3153,52 +3236,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://pathology.lwwhealthlibrary.com/book.aspx?bookid=3231</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Elder</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>3231</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-975174-49-1</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2023-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -3236,52 +3319,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://pathology.lwwhealthlibrary.com/book.aspx?bookid=1328</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Elder</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>1328</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-4511-9037-3</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2015-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -3319,52 +3402,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://pathology.lwwhealthlibrary.com/book.aspx?bookid=1351</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Riddell</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>1351</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-0-7817-2216-2</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2014-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -3402,52 +3485,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://pathology.lwwhealthlibrary.com/book.aspx?bookid=3195</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Longacre</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>3195</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-975150-72-3</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2022-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -3485,52 +3568,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://pathology.lwwhealthlibrary.com/book.aspx?bookid=2631</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Vigorita</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>2631</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-451192-02-5</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2016-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -3568,52 +3651,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://pathology.lwwhealthlibrary.com/book.aspx?bookid=3003</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Hoda</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>3003</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-496398-91-8</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2021-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -3651,52 +3734,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://pathology.lwwhealthlibrary.com/book.aspx?bookid=2644</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Brogi</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>2644</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-496307-25-5</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2017-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -3734,52 +3817,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://pathology.lwwhealthlibrary.com/book.aspx?bookid=3300</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Hoda</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>3300</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-975198-36-7</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2025-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -3817,52 +3900,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://pathology.lwwhealthlibrary.com/book.aspx?bookid=1241</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Hoda</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>1241</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-4511-7653-7</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2014-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -3900,52 +3983,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://pathology.lwwhealthlibrary.com/book.aspx?bookid=1436</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Mills</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>1436</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-4511-8875-2</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2015-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -3983,52 +4066,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://pathology.lwwhealthlibrary.com/book.aspx?bookid=2646</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Husain</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>2646</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-451193-73-2</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2016-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -4066,52 +4149,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://pathology.lwwhealthlibrary.com/book.aspx?bookid=3109</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Husain</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>3109</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-975144-81-4</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2021-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -4149,52 +4232,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://pathology.lwwhealthlibrary.com/book.aspx?bookid=3406</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Arber</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>3406</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-975222-59-8</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v> Wolters Kluwer</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2025-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -4232,52 +4315,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://pathology.lwwhealthlibrary.com/book.aspx?bookid=3385</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Frater</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>3385</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-975199-23-4</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2025-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -4315,52 +4398,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://pathology.lwwhealthlibrary.com/book.aspx?bookid=2790</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Pfeifer</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>2790</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-496367-78-5</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2020-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>