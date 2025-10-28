--- v0 (2025-10-07)
+++ v1 (2025-10-28)
@@ -1,92 +1,92 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rddf862741fc5469c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc111777c9ed64d97" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="sheet 1" sheetId="1" r:id="R0ec1072ca55548e7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="sheet 1" sheetId="1" r:id="Re727ce0efd6346e8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fonts>
     <x:font>
       <x:color rgb="000000"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:color rgb="000000"/>
     </x:font>
     <x:font>
       <x:color rgb="0645AD"/>
     </x:font>
   </x:fonts>
   <x:fills>
     <x:fill>
       <x:patternFill patternType="none"/>
     </x:fill>
     <x:fill>
       <x:patternFill patternType="gray125"/>
     </x:fill>
   </x:fills>
   <x:borders>
     <x:border>
       <x:left/>
       <x:right/>
       <x:top/>
       <x:bottom/>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs>
     <x:xf fontId="0" fillId="0" borderId="0" applyFont="1">
       <x:alignment horizontal="left" vertical="center"/>
     </x:xf>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1">
       <x:alignment horizontal="left" vertical="center"/>
     </x:xf>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1">
       <x:alignment horizontal="left" vertical="center"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9d0b8e2538e944a1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R0ec1072ca55548e7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4ab1cfe19a7a4b73" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Re727ce0efd6346e8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row>
       <x:c s="1" t="str">
         <x:v>publication_title</x:v>
       </x:c>
       <x:c s="1" t="str">
         <x:v>print_identifier</x:v>
       </x:c>
       <x:c s="1" t="str">
         <x:v>online_identifier</x:v>
       </x:c>
       <x:c s="1" t="str">
         <x:v>date_first_issue_online</x:v>
       </x:c>
       <x:c s="1" t="str">
         <x:v>num_first_vol_online</x:v>
       </x:c>
       <x:c s="1" t="str">
         <x:v>num_first_issue_online</x:v>
       </x:c>
       <x:c s="1" t="str">
@@ -107,51 +107,51 @@
       <x:c s="1" t="str">
         <x:v>title_id</x:v>
       </x:c>
       <x:c s="1" t="str">
         <x:v>embargo_info</x:v>
       </x:c>
       <x:c s="1" t="str">
         <x:v>coverage_depth</x:v>
       </x:c>
       <x:c s="1" t="str">
         <x:v>notes</x:v>
       </x:c>
       <x:c s="1" t="str">
         <x:v>publisher_name</x:v>
       </x:c>
       <x:c s="1" t="str">
         <x:v>publication_type</x:v>
       </x:c>
       <x:c s="1" t="str">
         <x:v>date_monograph_published_print</x:v>
       </x:c>
       <x:c s="1" t="str">
         <x:v>date_monograph_published_online</x:v>
       </x:c>
       <x:c s="1" t="str">
-        <x:v>mongraph_volume</x:v>
+        <x:v>monograph_volume</x:v>
       </x:c>
       <x:c s="1" t="str">
         <x:v>monograph_edition</x:v>
       </x:c>
       <x:c s="1" t="str">
         <x:v>first_editor</x:v>
       </x:c>
       <x:c s="1" t="str">
         <x:v>parent_publication_title_id</x:v>
       </x:c>
       <x:c s="1" t="str">
         <x:v>preceding_publication_title_id</x:v>
       </x:c>
       <x:c s="1" t="str">
         <x:v>access_type</x:v>
       </x:c>
       <x:c s="1" t="str">
         <x:v>DOI</x:v>
       </x:c>
       <x:c s="1" t="str">
         <x:v>Product</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="str">
@@ -165,52 +165,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://pa-core.lwwhealthlibrary.com/book.aspx?bookid=2992</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Eroschenko</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>2992</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-496316-76-9</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2017-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -248,52 +248,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://pa-core.lwwhealthlibrary.com/book.aspx?bookid=726</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Bickley</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>726</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-60913-762-5</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2013-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -331,52 +331,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://pa-core.lwwhealthlibrary.com/book.aspx?bookid=1876</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Bickley</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>1876</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-469893-41-9</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2017-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -414,52 +414,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://pa-core.lwwhealthlibrary.com/book.aspx?bookid=2964</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Bickley</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>2964</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-496398-17-8</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2021-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -497,135 +497,218 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://pa-core.lwwhealthlibrary.com/book.aspx?bookid=3063</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Bickley</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>3063</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-975109-87-5</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2021-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>9.00</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="str">
+        <x:v>Bates’ Guide to Physical Examination and History Taking, 14e</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>9781975218348</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>https://pa-core.lwwhealthlibrary.com/book.aspx?bookid=3430</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>Soriano</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>9781975218348</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>fulltext</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>Wolters Kluwer</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>monograph</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>2026-01-01</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="str">
         <x:v>Behavioral Science in Medicine, 2e</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>978-1-60913-664-2</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://pa-core.lwwhealthlibrary.com/book.aspx?bookid=727</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Fadem</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>727</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-60913-664-2</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2012-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -663,52 +746,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://pa-core.lwwhealthlibrary.com/book.aspx?bookid=731</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Caughey</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>731</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-0-7817-9391-9</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2009-12-31</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -746,52 +829,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://pa-core.lwwhealthlibrary.com/book.aspx?bookid=732</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Spizer</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>732</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-0-7817-8254-8</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2009-12-31</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -829,52 +912,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://pa-core.lwwhealthlibrary.com/book.aspx?bookid=2993</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Dugani</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>2993</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-451193-67-1</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2017-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -912,52 +995,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://pa-core.lwwhealthlibrary.com/book.aspx?bookid=735</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Fletcher</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>735</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-4511-4447-5</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2013-12-31</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -995,52 +1078,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://pa-core.lwwhealthlibrary.com/book.aspx?bookid=2835</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Fletcher</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>2835</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-975109-55-4</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2021-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -1078,52 +1161,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://pa-core.lwwhealthlibrary.com/book.aspx?bookid=739</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Moore</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>739</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-4511-1945-9</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2014-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -1161,52 +1244,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://pa-core.lwwhealthlibrary.com/book.aspx?bookid=2212</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Moore</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>2212</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-496347-21-3</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer bu</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2018-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -1244,52 +1327,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://pa-core.lwwhealthlibrary.com/book.aspx?bookid=740</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Gartner</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>740</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-45111-343-3</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2014-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -1327,52 +1410,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://pa-core.lwwhealthlibrary.com/book.aspx?bookid=2066</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Gartner</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>2066</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-496346-73-5</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer bu</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2015-01-19</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -1410,52 +1493,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://pa-core.lwwhealthlibrary.com/book.aspx?bookid=1070</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Siegel</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>1070</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-4511-8968-1</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2014-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -1493,52 +1576,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://pa-core.lwwhealthlibrary.com/book.aspx?bookid=2482</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Siegel</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>2482</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-496382-40-5</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2019-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -1576,52 +1659,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://pa-core.lwwhealthlibrary.com/book.aspx?bookid=3216</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Gartner</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>3216</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-975164-25-6</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2023-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -1659,52 +1742,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://pa-core.lwwhealthlibrary.com/book.aspx?bookid=2827</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Agur</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>2827</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-975138-70-7</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2021-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -1742,52 +1825,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://pa-core.lwwhealthlibrary.com/book.aspx?bookid=3319</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Agur</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>3319</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-975193-43-0</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2025-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -1825,52 +1908,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://pa-core.lwwhealthlibrary.com/book.aspx?bookid=1741</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Detton</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>1741</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-496313-80-5</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2017-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -1908,52 +1991,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://pa-core.lwwhealthlibrary.com/book.aspx?bookid=2832</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Detton</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>2832</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-975134-60-0</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2021-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -1991,52 +2074,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://pa-core.lwwhealthlibrary.com/book.aspx?bookid=3318</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Detton</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>3318</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-975193-66-9</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2025-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -2074,52 +2157,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://pa-core.lwwhealthlibrary.com/book.aspx?bookid=1737</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Agur</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>1737</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-469890-68-5</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2017-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -2157,52 +2240,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://pa-core.lwwhealthlibrary.com/book.aspx?bookid=1316</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Ross</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>1316</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-4511-8742-7</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2016-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -2240,52 +2323,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://pa-core.lwwhealthlibrary.com/book.aspx?bookid=2583</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Pawlina</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>2583</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-496383-42-6</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2020-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -2323,52 +2406,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://pa-core.lwwhealthlibrary.com/book.aspx?bookid=3290</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Pawlina</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>3290</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-975181-51-2</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2024-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -2406,52 +2489,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://pa-core.lwwhealthlibrary.com/book.aspx?bookid=768</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Schaaf</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>768</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-60831-671-7</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2011-12-31</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -2489,52 +2572,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://pa-core.lwwhealthlibrary.com/book.aspx?bookid=2487</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Sadler</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>2487</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-496383-90-7</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2019-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -2572,52 +2655,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://pa-core.lwwhealthlibrary.com/book.aspx?bookid=1362</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Sadler</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>1362</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-4511-9164-6</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2018-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -2655,52 +2738,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://pa-core.lwwhealthlibrary.com/book.aspx?bookid=3221</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Sadler</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>3221</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-9751-7996-0</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2024-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -2738,52 +2821,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://pa-core.lwwhealthlibrary.com/book.aspx?bookid=771</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Jerome</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>771</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-0-7817-9515-9</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2009-12-31</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -2821,52 +2904,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://pa-core.lwwhealthlibrary.com/book.aspx?bookid=2991</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Gest</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>2991</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-496338-22-8</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2020-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -2904,52 +2987,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://pa-core.lwwhealthlibrary.com/book.aspx?bookid=3069</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Doan</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>3069</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-975151-33-1</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2022-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -2987,52 +3070,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://pa-core.lwwhealthlibrary.com/book.aspx?bookid=3222</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Whalen</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>3222</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-975170-55-4</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2023-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -3070,52 +3153,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://pa-core.lwwhealthlibrary.com/book.aspx?bookid=2578</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Preston</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>2578</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-496385-82-6</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2019-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -3153,52 +3236,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://pa-core.lwwhealthlibrary.com/book.aspx?bookid=3310</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Preston</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>3310</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-975196-33-2</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2025-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -3236,52 +3319,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://pa-core.lwwhealthlibrary.com/book.aspx?bookid=1988</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Ferrier</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>1988</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-496344-49-6</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer bu</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2016-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -3319,52 +3402,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://pa-core.lwwhealthlibrary.com/book.aspx?bookid=3402</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Abali</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>3402</x:v>
+      <x:c s="0" t="str">
+        <x:v>9781975220495</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Wolters Kluwer</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2025-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -3402,52 +3485,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://pa-core.lwwhealthlibrary.com/book.aspx?bookid=1575</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Leeper-Woodford</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>1575</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-4511-9096-0</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2016-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -3485,52 +3568,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://pa-core.lwwhealthlibrary.com/book.aspx?bookid=2283</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Krebs</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>2283</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-496367-89-1</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2017-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -3568,52 +3651,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://pa-core.lwwhealthlibrary.com/book.aspx?bookid=1032</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Whalen</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>1032</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-4511-9177-6</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2014-08-06</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -3651,52 +3734,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://pa-core.lwwhealthlibrary.com/book.aspx?bookid=3073</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Abali</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>3073</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-975155-06-3</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2022-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -3734,52 +3817,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://pa-core.lwwhealthlibrary.com/book.aspx?bookid=3244</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Chandar</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>3244</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-975180-89-8</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2024-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -3817,135 +3900,218 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://pa-core.lwwhealthlibrary.com/book.aspx?bookid=2605</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Cornelissen</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>2605</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-496395-85-6</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2020-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>4.00</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="str">
+        <x:v>Lippincott® Illustrated Reviews: Microbiology, 5e</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>978-1-975233-40-2</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>https://pa-core.lwwhealthlibrary.com/book.aspx?bookid=3422</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>Cornelissen</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>978-1-975233-40-2</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>fulltext</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>Wolters Kluwer</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>monograph</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>2025-01-01</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="str">
         <x:v>Lippincott® Illustrated Reviews: Pharmacology, 7e</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>978-1-496384-13-3</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://pa-core.lwwhealthlibrary.com/book.aspx?bookid=2486</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Whalen</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>2486</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-496384-13-3</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2019-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -3983,52 +4149,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://pa-core.lwwhealthlibrary.com/book.aspx?bookid=774</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Ferrier</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>774</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-45117-562-2</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2014-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -4066,52 +4232,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://pa-core.lwwhealthlibrary.com/book.aspx?bookid=775</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Chandar</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>775</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-0-78179-210-3</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2010-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -4149,52 +4315,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://pa-core.lwwhealthlibrary.com/book.aspx?bookid=2335</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Chandar</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>2335</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-496348-50-0</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer bu</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2019-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -4232,52 +4398,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://pa-core.lwwhealthlibrary.com/book.aspx?bookid=777</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Doan</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>777</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-4511-0937-5</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2013-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -4315,52 +4481,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://pa-core.lwwhealthlibrary.com/book.aspx?bookid=779</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Cornelissen</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>779</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-60831-733-2</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2012-12-31</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -4398,52 +4564,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://pa-core.lwwhealthlibrary.com/book.aspx?bookid=780</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Krebs</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>780</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-60547-317-8</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2012-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -4481,52 +4647,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://pa-core.lwwhealthlibrary.com/book.aspx?bookid=782</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Preston</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>782</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-60913-241-5</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2012-12-31</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -4564,52 +4730,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://pa-core.lwwhealthlibrary.com/book.aspx?bookid=791</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lieberman</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>791</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-60831-572-7</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2013-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -4647,52 +4813,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://pa-core.lwwhealthlibrary.com/book.aspx?bookid=2170</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lieberman</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>2170</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-496324-81-8</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer bu</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2018-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -4730,52 +4896,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://pa-core.lwwhealthlibrary.com/book.aspx?bookid=3220</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lieberman</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>3220</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-975150-14-3</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2023-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -4813,52 +4979,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://pa-core.lwwhealthlibrary.com/book.aspx?bookid=794</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Rhoades</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>794</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-60913-427-3</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2013-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -4896,52 +5062,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://pa-core.lwwhealthlibrary.com/book.aspx?bookid=2188</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Rhoades</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>2188</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-496310-46-0</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer bu</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2017-08-05</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -4979,52 +5145,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://pa-core.lwwhealthlibrary.com/book.aspx?bookid=3211</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Rhoades</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>3211</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-975160-43-2</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2023-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -5062,52 +5228,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://pa-core.lwwhealthlibrary.com/book.aspx?bookid=3187</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Dalley</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>3187</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-975154-06-6</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2023-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -5145,52 +5311,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://pa-core.lwwhealthlibrary.com/book.aspx?bookid=2610</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Agur</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>2610</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-496369-65-9</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2019-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -5228,52 +5394,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://pa-core.lwwhealthlibrary.com/book.aspx?bookid=3243</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Agur</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>3243</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-975174-24-8</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2024-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -5311,52 +5477,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://pa-core.lwwhealthlibrary.com/book.aspx?bookid=3334</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Haines</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>3334</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-975197-29-2</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Wolters Kluwer</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2025-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -5394,52 +5560,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://pa-core.lwwhealthlibrary.com/book.aspx?bookid=2473</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Haines</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>2473</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-496384-16-4</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2019-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -5477,52 +5643,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://pa-core.lwwhealthlibrary.com/book.aspx?bookid=1010</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Haines</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>1010</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-4511-8625-3</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2014-05-03</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -5560,52 +5726,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://pa-core.lwwhealthlibrary.com/book.aspx?bookid=1573</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lilly</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>1573</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-4511-9275-9</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2016-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -5643,52 +5809,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://pa-core.lwwhealthlibrary.com/book.aspx?bookid=2958</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lilly</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>2958</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-975120-59-7</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2021-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -5726,52 +5892,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://pa-core.lwwhealthlibrary.com/book.aspx?bookid=3370</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>3370</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-9752-1662-7</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2026-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -5809,52 +5975,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://pa-core.lwwhealthlibrary.com/book.aspx?bookid=2940</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Ramachandran</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>2940</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-496386-86-1</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2020-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -5892,52 +6058,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://pa-core.lwwhealthlibrary.com/book.aspx?bookid=811</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Costanzo</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>811</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-4511-2061-5</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2011-12-31</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -5975,52 +6141,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://pa-core.lwwhealthlibrary.com/book.aspx?bookid=1765</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Golan</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>1765</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-451191-00-4</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer bu</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2017-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -6058,135 +6224,218 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://pa-core.lwwhealthlibrary.com/book.aspx?bookid=817</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Golan</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>817</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-60831-270-2</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2012-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>3.00</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="str">
+        <x:v>Principles of Pharmacology: The Pathophysiologic Basis of Drug Therapy, 5e</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>978-1-9752-2031-0</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>https://pa-core.lwwhealthlibrary.com/book.aspx?bookid=3436</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>Golan</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>978-1-9752-2031-0</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>fulltext</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>Wolters Kluwer</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>monograph</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>2026-01-01</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="str">
         <x:v>Principles of Rubin’s Pathology, 7e</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>978-1-496350-32-9</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://pa-core.lwwhealthlibrary.com/book.aspx?bookid=2981</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Rubin</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>2981</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-496350-32-9</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2019-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -6224,52 +6473,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://pa-core.lwwhealthlibrary.com/book.aspx?bookid=819</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>West</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>819</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-45110-713-5</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2013-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -6307,52 +6556,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://pa-core.lwwhealthlibrary.com/book.aspx?bookid=821</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Rennke</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>821</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-4511-7338-3</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2013-12-31</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -6390,52 +6639,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://pa-core.lwwhealthlibrary.com/book.aspx?bookid=2584</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Rennke</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>2584</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-975109-59-2</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2020-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -6473,52 +6722,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://pa-core.lwwhealthlibrary.com/book.aspx?bookid=3308</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Rennke</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>3308</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-975194-91-8</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2025-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -6556,52 +6805,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://pa-core.lwwhealthlibrary.com/book.aspx?bookid=823</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lo</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>823</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-4511-7640-7</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2012-12-31</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -6639,52 +6888,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://pa-core.lwwhealthlibrary.com/book.aspx?bookid=2606</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lo</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>2606</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-975103-54-5</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2020-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -6722,52 +6971,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://pa-core.lwwhealthlibrary.com/book.aspx?bookid=1040</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Strayer</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>1040</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-4511-8390-0</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2014-12-31</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -6805,52 +7054,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://pa-core.lwwhealthlibrary.com/book.aspx?bookid=2766</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Strayer</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>2766</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-496386-14-4</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2020-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -6888,52 +7137,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://pa-core.lwwhealthlibrary.com/book.aspx?bookid=826</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Orient</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>826</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-60547-411-3</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2011-12-31</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -6971,52 +7220,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://pa-core.lwwhealthlibrary.com/book.aspx?bookid=2384</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Orient</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>2384</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-496343-80-2</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2019-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -7054,52 +7303,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://pa-core.lwwhealthlibrary.com/book.aspx?bookid=827</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Engleberg</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>827</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-0-78178-744-4</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2012-12-31</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -7137,52 +7386,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://pa-core.lwwhealthlibrary.com/book.aspx?bookid=3159</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Engleberg</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>3159</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-975151-48-5</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2022-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -7220,52 +7469,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://pa-core.lwwhealthlibrary.com/book.aspx?bookid=829</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Riegelman</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>829</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-0-7817-7426-0</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2012-12-31</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -7303,52 +7552,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://pa-core.lwwhealthlibrary.com/book.aspx?bookid=2977</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Riegelman</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>2977</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-975120-89-4</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2021-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -7386,52 +7635,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://pa-core.lwwhealthlibrary.com/book.aspx?bookid=3269</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Gindea</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>3269</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-975196-43-1</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2024-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -7469,52 +7718,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://pa-core.lwwhealthlibrary.com/book.aspx?bookid=3331</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Thaler</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>3331</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-975194-70-3</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2025-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -7552,52 +7801,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://pa-core.lwwhealthlibrary.com/book.aspx?bookid=2345</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Thaler</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>2345</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-496377-23-4</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer bu</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2019-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -7635,52 +7884,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://pa-core.lwwhealthlibrary.com/book.aspx?bookid=3204</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Thaler</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>3204</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-975185-83-1</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2023-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -7718,52 +7967,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://pa-core.lwwhealthlibrary.com/book.aspx?bookid=1229</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Thaler</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>1229</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-4511-9394-7</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2015-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -7801,52 +8050,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://pa-core.lwwhealthlibrary.com/book.aspx?bookid=1711</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Bhat</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>1711</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-496338-51-8</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Scbooks</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2016-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -7884,52 +8133,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://pa-core.lwwhealthlibrary.com/book.aspx?bookid=2663</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Crees</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>2663</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-975113-48-3</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2019-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -7967,52 +8216,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://pa-core.lwwhealthlibrary.com/book.aspx?bookid=3230</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Ancha</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>3230</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-975190-62-0</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2023-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -8050,52 +8299,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://pa-core.lwwhealthlibrary.com/book.aspx?bookid=3076</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>West</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>3076</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-975152-81-9</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2022-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -8133,52 +8382,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://pa-core.lwwhealthlibrary.com/book.aspx?bookid=2083</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>West</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>2083</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-496339-44-7</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer bu</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2017-01-02</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -8216,52 +8465,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://pa-core.lwwhealthlibrary.com/book.aspx?bookid=2994</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>West</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>2994</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-975139-18-6</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2021-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>