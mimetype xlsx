--- v1 (2025-10-28)
+++ v2 (2026-03-20)
@@ -1,92 +1,92 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc111777c9ed64d97" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R634793f20ad54441" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="sheet 1" sheetId="1" r:id="Re727ce0efd6346e8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="sheet 1" sheetId="1" r:id="Rb28db66daee14b98"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fonts>
     <x:font>
       <x:color rgb="000000"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:color rgb="000000"/>
     </x:font>
     <x:font>
       <x:color rgb="0645AD"/>
     </x:font>
   </x:fonts>
   <x:fills>
     <x:fill>
       <x:patternFill patternType="none"/>
     </x:fill>
     <x:fill>
       <x:patternFill patternType="gray125"/>
     </x:fill>
   </x:fills>
   <x:borders>
     <x:border>
       <x:left/>
       <x:right/>
       <x:top/>
       <x:bottom/>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs>
     <x:xf fontId="0" fillId="0" borderId="0" applyFont="1">
       <x:alignment horizontal="left" vertical="center"/>
     </x:xf>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1">
       <x:alignment horizontal="left" vertical="center"/>
     </x:xf>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1">
       <x:alignment horizontal="left" vertical="center"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4ab1cfe19a7a4b73" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Re727ce0efd6346e8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3d5873ef38e644f0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rb28db66daee14b98" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row>
       <x:c s="1" t="str">
         <x:v>publication_title</x:v>
       </x:c>
       <x:c s="1" t="str">
         <x:v>print_identifier</x:v>
       </x:c>
       <x:c s="1" t="str">
         <x:v>online_identifier</x:v>
       </x:c>
       <x:c s="1" t="str">
         <x:v>date_first_issue_online</x:v>
       </x:c>
       <x:c s="1" t="str">
         <x:v>num_first_vol_online</x:v>
       </x:c>
       <x:c s="1" t="str">
         <x:v>num_first_issue_online</x:v>
       </x:c>
       <x:c s="1" t="str">
@@ -465,50 +465,133 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>13.00</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Soriano</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="str">
+        <x:v>Bates' Pocket Guide to Physical Examination and History Taking, 10e</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>978-1-9752-1844-7</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>https://pa-core.lwwhealthlibrary.com/book.aspx?bookid=3470</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>978-1-9752-1844-7</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>fulltext</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>Wolters Kluwer</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>monograph</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>2027-01-01</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>Soriano</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="str">
         <x:v>Bates' Pocket Guide to Physical Examination and History Taking, 9e</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>978-1-975109-87-5</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
@@ -7935,50 +8018,133 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>10.00</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="str">
+        <x:v>The Only EKG Book You'll Ever Need, 11e</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>9781975246617</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>https://pa-core.lwwhealthlibrary.com/book.aspx?bookid=3476</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>Thaler</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>9781975246617</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>fulltext</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>Wolters Kluwer</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>monograph</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>2027-01-01</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="str">
         <x:v>The Only EKG Book You'll Ever Need, 8e</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>978-1-4511-9394-7</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
@@ -8082,50 +8248,133 @@
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Scbooks</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2016-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>35.00</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="str">
+        <x:v>The Washington Manual ® of Medical Therapeutics, 38e</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>978-1-975245-40-5</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>https://pa-core.lwwhealthlibrary.com/book.aspx?bookid=3469</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>978-1-975245-40-5</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>fulltext</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v> Inline Graphic 1Wolters Kluwer</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>monograph</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>2025-01-01</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>Daniel</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="str">
         <x:v>The Washington Manual® of Medical Therapeutics, 36e</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>978-1-975113-48-3</x:v>
       </x:c>
       <x:c s="0" t="str">