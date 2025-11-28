--- v0 (2025-10-13)
+++ v1 (2025-11-28)
@@ -1,82 +1,83 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="28227"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29231"/>
   <workbookPr codeName="ThisWorkbook" defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://wolterskluwer-my.sharepoint.com/personal/leanne_vandetty_wolterskluwer_com/Documents/Health Library/Health Library Repository/Health Library Title Lists/Subscription/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="9" documentId="11_66FB8E8399CBF6BBCA5A94777E7C3D7C572F1FED" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{9EE5096E-8AC9-488A-8165-5EA89461AC76}"/>
+  <xr:revisionPtr revIDLastSave="15" documentId="11_66FB8E8399CBF6BBCA5A94777E7C3D7C572F1FED" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{2787D4F7-693E-48D8-8B33-87CCF0D2D67A}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10420" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10300" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Subscription Title List" sheetId="1" r:id="rId1"/>
     <sheet name="DiGiovanna, 04 ed. - An Osteopa" sheetId="3" r:id="rId2"/>
     <sheet name="Nicholas, 04 ed. - Atlas of Ost" sheetId="4" r:id="rId3"/>
-    <sheet name="Seffinger, 04 ed. - Foundations" sheetId="5" r:id="rId4"/>
+    <sheet name="Heinking, 05 ed. - Foundations" sheetId="5" r:id="rId4"/>
     <sheet name="DeStefano, 6 ed. - Greenman's P" sheetId="2" r:id="rId5"/>
     <sheet name="Nelson, 2 ed. - Somatic Dysfunc" sheetId="6" r:id="rId6"/>
     <sheet name="Channell, 02 ed. - The 5-Minute" sheetId="7" r:id="rId7"/>
     <sheet name="Beatty, 2 ed. - The Pocket Manu" sheetId="8" r:id="rId8"/>
     <sheet name="Donnelly, 03 ed. - Travell, Sim" sheetId="9" r:id="rId9"/>
   </sheets>
   <calcPr calcId="125725"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1869" uniqueCount="1430">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1834" uniqueCount="1348">
   <si>
     <t>Author</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Edition</t>
   </si>
   <si>
     <t>ISBN</t>
   </si>
   <si>
     <t>Year Published</t>
   </si>
   <si>
     <t>Title Level URL</t>
   </si>
   <si>
     <t>Date Added to HL</t>
   </si>
   <si>
     <t>Lisa DeStefano, DO</t>
   </si>
   <si>
@@ -88,62 +89,50 @@
   <si>
     <t>Eileen L. DiGiovanna, DO, FAAO</t>
   </si>
   <si>
     <t>An Osteopathic Approach to Diagnosis and Treatment, 4e</t>
   </si>
   <si>
     <t>978-1-975171-57-5</t>
   </si>
   <si>
     <t>https://osteopathicmedicine.lwwhealthlibrary.com/book.aspx?bookid=2969</t>
   </si>
   <si>
     <t>Alexander S. Nicholas, DO, FAAO, DIST</t>
   </si>
   <si>
     <t>Atlas of Osteopathic Techniques, 4e</t>
   </si>
   <si>
     <t>978-1-975127-48-0</t>
   </si>
   <si>
     <t>https://osteopathicmedicine.lwwhealthlibrary.com/book.aspx?bookid=3202</t>
   </si>
   <si>
-    <t>Michael A. Seffinger, DO</t>
-[...10 lines deleted...]
-  <si>
     <t>Kenneth E. Nelson, DO, FAAO, FACOFP (dist.)</t>
   </si>
   <si>
     <t>Somatic Dysfunction in Osteopathic Family Medicine, 2e</t>
   </si>
   <si>
     <t>978-1-4511-0305-2</t>
   </si>
   <si>
     <t>https://osteopathicmedicine.lwwhealthlibrary.com/book.aspx?bookid=1015</t>
   </si>
   <si>
     <t>Millicent King Channell, DO, MA, FAAO</t>
   </si>
   <si>
     <t>The 5-Minute Osteopathic Manipulative Medicine Consult, 2e</t>
   </si>
   <si>
     <t>978-1-496396-50-1</t>
   </si>
   <si>
     <t>https://osteopathicmedicine.lwwhealthlibrary.com/book.aspx?bookid=2651</t>
   </si>
   <si>
     <t>David R. Beatty, DO</t>
@@ -1627,1167 +1616,222 @@
   <si>
     <t>Lymphatic Techniques</t>
   </si>
   <si>
     <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=252636491&amp;bookId=3202</t>
   </si>
   <si>
     <t>Articulatory and Combined Techniques</t>
   </si>
   <si>
     <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=252636880&amp;bookId=3202</t>
   </si>
   <si>
     <t>Osteopathic Cranial Manipulative Medicine</t>
   </si>
   <si>
     <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=252637062&amp;bookId=3202</t>
   </si>
   <si>
     <t>Clinical Integration of Osteopathic Manipulative Techniques</t>
   </si>
   <si>
     <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=252637254&amp;bookId=3202</t>
   </si>
   <si>
-    <t>Ray Hruby, DO, MS, FAAO(DIST)</t>
-[...7 lines deleted...]
-  <si>
     <t>William A. Kuchera, DO, FAAO</t>
   </si>
   <si>
-    <t>Michelle Rey, CS T, BSAM, MBA</t>
-[...52 lines deleted...]
-  <si>
     <t>Foreword</t>
   </si>
   <si>
-    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=209537293&amp;bookId=2582</t>
-[...28 lines deleted...]
-  <si>
     <t>Philosophy of Osteopathic Medicine</t>
   </si>
   <si>
-    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=209537387&amp;bookId=2582</t>
-[...25 lines deleted...]
-  <si>
     <t>The Fascial System of the Body</t>
   </si>
   <si>
-    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=209538595&amp;bookId=2582</t>
-[...1 lines deleted...]
-  <si>
     <t>Biomechanics</t>
   </si>
   <si>
-    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=209538890&amp;bookId=2582</t>
-[...13 lines deleted...]
-  <si>
     <t>Tissue Respiration and Circulation</t>
   </si>
   <si>
-    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=209539907&amp;bookId=2582</t>
-[...1 lines deleted...]
-  <si>
     <t>Anatomy and Physiology of the Lymphatic System</t>
   </si>
   <si>
-    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=209540059&amp;bookId=2582</t>
-[...1 lines deleted...]
-  <si>
     <t>Anatomy, Mechanics, and Physiology of Pulmonary Respiration</t>
   </si>
   <si>
-    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=209540273&amp;bookId=2582</t>
-[...10 lines deleted...]
-  <si>
     <t>Nociception and Pain</t>
   </si>
   <si>
-    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=209541129&amp;bookId=2582</t>
-[...1 lines deleted...]
-  <si>
     <t>Somatic Dysfunction, Spinal Facilitation, and Viscerosomatic Integration</t>
   </si>
   <si>
-    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=209541674&amp;bookId=2582</t>
-[...1 lines deleted...]
-  <si>
     <t>The Physiology of Touch</t>
   </si>
   <si>
-    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=209541942&amp;bookId=2582</t>
-[...1 lines deleted...]
-  <si>
     <t>Chronic Pain Management</t>
   </si>
   <si>
-    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=209542043&amp;bookId=2582</t>
-[...7 lines deleted...]
-  <si>
     <t>The Role of Inflammation in Healing and Homeostasis</t>
   </si>
   <si>
-    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=209542465&amp;bookId=2582</t>
-[...49 lines deleted...]
-  <si>
     <t>Mind–Body Medicine</t>
   </si>
   <si>
-    <t>19A</t>
-[...4 lines deleted...]
-  <si>
     <t>Stress Management</t>
   </si>
   <si>
-    <t>19B</t>
-[...4 lines deleted...]
-  <si>
     <t>Spirituality and Health Care</t>
   </si>
   <si>
-    <t>19C</t>
-[...10 lines deleted...]
-  <si>
     <t>Lifestyle Medicine—Osteopathic Perspectives</t>
   </si>
   <si>
-    <t>20A</t>
-[...4 lines deleted...]
-  <si>
     <t>Environmental Issues</t>
   </si>
   <si>
-    <t>20B</t>
-[...28 lines deleted...]
-  <si>
     <t>The Five Models of Osteopathic Patient Care</t>
   </si>
   <si>
-    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=209544279&amp;bookId=2582</t>
-[...52 lines deleted...]
-  <si>
     <t>Palpatory Examination Skills and Exercises for Developing the Sense of Touch</t>
   </si>
   <si>
-    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=209545096&amp;bookId=2582</t>
-[...7 lines deleted...]
-  <si>
     <t>Osteopathic Segmental Examination</t>
   </si>
   <si>
-    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=209545625&amp;bookId=2582</t>
-[...13 lines deleted...]
-  <si>
     <t>Head Region</t>
   </si>
   <si>
-    <t>28A</t>
-[...4 lines deleted...]
-  <si>
     <t>Cervical Region</t>
   </si>
   <si>
-    <t>28B</t>
-[...4 lines deleted...]
-  <si>
     <t>Thoracic Region</t>
   </si>
   <si>
-    <t>28C</t>
-[...10 lines deleted...]
-  <si>
     <t>Lumbar Region</t>
   </si>
   <si>
-    <t>28E</t>
-[...4 lines deleted...]
-  <si>
     <t>Pelvis</t>
   </si>
   <si>
-    <t>28F</t>
-[...16 lines deleted...]
-  <si>
     <t>Abdominal Region</t>
   </si>
   <si>
-    <t>28I</t>
-[...4 lines deleted...]
-  <si>
     <t>Postural Considerations in Osteopathic Diagnosis and Treatment</t>
   </si>
   <si>
-    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=209547150&amp;bookId=2582</t>
-[...7 lines deleted...]
-  <si>
     <t>Internal Organ Assessment for Visceral Motion Dysfunction</t>
   </si>
   <si>
-    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=209547744&amp;bookId=2582</t>
-[...25 lines deleted...]
-  <si>
     <t>Soft Tissue</t>
   </si>
   <si>
-    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=209548247&amp;bookId=2582</t>
-[...4 lines deleted...]
-  <si>
     <t>High-Velocity Low-Amplitude (HVLA) Thrust</t>
   </si>
   <si>
-    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=209548887&amp;bookId=2582</t>
-[...1 lines deleted...]
-  <si>
     <t>Myofascial Release</t>
   </si>
   <si>
-    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=209549263&amp;bookId=2582</t>
-[...10 lines deleted...]
-  <si>
     <t>Lymphatic Drainage Procedures</t>
   </si>
   <si>
-    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=209550301&amp;bookId=2582</t>
-[...22 lines deleted...]
-  <si>
     <t>Articulatory Procedures</t>
   </si>
   <si>
-    <t>40B</t>
-[...13 lines deleted...]
-  <si>
     <t>Balanced Ligamentous Tension and Ligamentous Articulatory Strain</t>
   </si>
   <si>
-    <t>40D</t>
-[...4 lines deleted...]
-  <si>
     <t>A Modern Approach to Chapman Reflex Points</t>
   </si>
   <si>
-    <t>40E</t>
-[...64 lines deleted...]
-  <si>
     <t>Osteopathic Neuromusculoskeletal Medicine</t>
   </si>
   <si>
-    <t>41A</t>
-[...19 lines deleted...]
-  <si>
     <t>Osteopathic Considerations in Family Medicine</t>
   </si>
   <si>
-    <t>42A</t>
-[...25 lines deleted...]
-  <si>
     <t>Osteopathic Considerations in Pediatrics</t>
   </si>
   <si>
-    <t>42B</t>
-[...16 lines deleted...]
-  <si>
     <t>Osteopathic Considerations in General Internal Medicine</t>
   </si>
   <si>
-    <t>42C</t>
-[...13 lines deleted...]
-  <si>
     <t>Osteopathic Considerations in Geriatric Medicine</t>
   </si>
   <si>
-    <t>42D</t>
-[...16 lines deleted...]
-  <si>
     <t>Osteopathic Considerations in Rheumatology</t>
   </si>
   <si>
-    <t>43A</t>
-[...16 lines deleted...]
-  <si>
     <t>Osteopathic Considerations in Cardiovascular Medicine</t>
   </si>
   <si>
-    <t>43B</t>
-[...4 lines deleted...]
-  <si>
     <t>Osteopathic Considerations in Pulmonology</t>
   </si>
   <si>
-    <t>43C</t>
-[...10 lines deleted...]
-  <si>
     <t>Osteopathic Considerations in Neurology</t>
   </si>
   <si>
-    <t>43D</t>
-[...10 lines deleted...]
-  <si>
     <t>Osteopathic Considerations in Oncology</t>
   </si>
   <si>
-    <t>43E</t>
-[...4 lines deleted...]
-  <si>
     <t>Osteopathic Considerations in Endocrinology</t>
   </si>
   <si>
-    <t>43F</t>
-[...4 lines deleted...]
-  <si>
     <t>Osteopathic Considerations in Physical Medicine and Rehabilitation</t>
   </si>
   <si>
-    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=209556562&amp;bookId=2582</t>
-[...1 lines deleted...]
-  <si>
     <t>Osteopathic Considerations in Psychiatry</t>
   </si>
   <si>
-    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=209556705&amp;bookId=2582</t>
-[...1 lines deleted...]
-  <si>
     <t>Osteopathic Considerations in End-of-Life Care</t>
   </si>
   <si>
-    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=209556969&amp;bookId=2582</t>
-[...31 lines deleted...]
-  <si>
     <t>Osteopathic Considerations in Patients with Head, Eyes, Ears, Nose, and Throat Disorders</t>
   </si>
   <si>
-    <t>48A</t>
-[...10 lines deleted...]
-  <si>
     <t>Dizziness</t>
   </si>
   <si>
-    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=209558076&amp;bookId=2582</t>
-[...1 lines deleted...]
-  <si>
     <t>Osteopathic Considerations in Orthopedics</t>
   </si>
   <si>
-    <t>48B</t>
-[...4 lines deleted...]
-  <si>
     <t>Osteopathic Considerations in General Surgery</t>
   </si>
   <si>
-    <t>48C</t>
-[...19 lines deleted...]
-  <si>
     <t>Prolotherapy for Knee Pain with Enthesopathy</t>
   </si>
   <si>
-    <t>49B</t>
-[...37 lines deleted...]
-  <si>
     <t>Effectiveness and Safety of Osteopathic Manipulative Treatment</t>
   </si>
   <si>
-    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=209559861&amp;bookId=2582</t>
-[...1 lines deleted...]
-  <si>
     <t>Strategic Planning for Research on Osteopathic Principles and Practices</t>
   </si>
   <si>
-    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=209559974&amp;bookId=2582</t>
-[...1 lines deleted...]
-  <si>
     <t>Glossary of Osteopathic Terminology</t>
-  </si>
-[...73 lines deleted...]
-    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=209561591&amp;bookId=2582</t>
   </si>
   <si>
     <t>Thomas Glonek, PhD</t>
   </si>
   <si>
     <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=56487397&amp;bookId=1015</t>
   </si>
   <si>
     <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=57950957&amp;bookId=1015</t>
   </si>
   <si>
     <t>Author-Info</t>
   </si>
   <si>
     <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=56487399&amp;bookId=1015</t>
   </si>
   <si>
     <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=56487409&amp;bookId=1015</t>
   </si>
   <si>
     <t>Reviewers</t>
   </si>
   <si>
     <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=56487841&amp;bookId=1015</t>
   </si>
@@ -4323,50 +3367,761 @@
     <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=250177014&amp;bookId=3060</t>
   </si>
   <si>
     <t>Therapeutic Exercise Considerations</t>
   </si>
   <si>
     <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=250177111&amp;bookId=3060</t>
   </si>
   <si>
     <t>Therapeutic Modality Considerations</t>
   </si>
   <si>
     <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=250177180&amp;bookId=3060</t>
   </si>
   <si>
     <t>Postural Considerations: “The Living Engine Light”</t>
   </si>
   <si>
     <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=250177415&amp;bookId=3060</t>
   </si>
   <si>
     <t>Footwear Considerations</t>
   </si>
   <si>
     <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=250177611&amp;bookId=3060</t>
+  </si>
+  <si>
+    <t>Travell, Simons &amp; Simons’ Myofascial Pain and Dysfunction: The Trigger Point Manual, 3e</t>
+  </si>
+  <si>
+    <t>Kurt P. Heinking, DO, FAAO</t>
+  </si>
+  <si>
+    <t>Foundations of Osteopathic Medicine: Philosophy, Science, Clinical Applications, and Research, 5e</t>
+  </si>
+  <si>
+    <t>978-1-9751-9864-0</t>
+  </si>
+  <si>
+    <t>https://osteopathicmedicine.lwwhealthlibrary.com/book.aspx?bookid=3456</t>
+  </si>
+  <si>
+    <t>Rebecca E. Giusti, DO</t>
+  </si>
+  <si>
+    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261493030&amp;bookId=3456</t>
+  </si>
+  <si>
+    <t>Kendi L. Hensel, DO, PhD, FAAO</t>
+  </si>
+  <si>
+    <t>Foundations of Osteopathic Medicine: Philosophy, Science, Clinical Applications, and Research</t>
+  </si>
+  <si>
+    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261493034&amp;bookId=3456</t>
+  </si>
+  <si>
+    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261493037&amp;bookId=3456</t>
+  </si>
+  <si>
+    <t>DEDICATION</t>
+  </si>
+  <si>
+    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261493058&amp;bookId=3456</t>
+  </si>
+  <si>
+    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261493067&amp;bookId=3456</t>
+  </si>
+  <si>
+    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261493079&amp;bookId=3456</t>
+  </si>
+  <si>
+    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261493090&amp;bookId=3456</t>
+  </si>
+  <si>
+    <t>SECTION EDITORS</t>
+  </si>
+  <si>
+    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261493099&amp;bookId=3456</t>
+  </si>
+  <si>
+    <t>CONTRIBUTORS</t>
+  </si>
+  <si>
+    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261493183&amp;bookId=3456</t>
+  </si>
+  <si>
+    <t>FOREWORD</t>
+  </si>
+  <si>
+    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261493913&amp;bookId=3456</t>
+  </si>
+  <si>
+    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261493920&amp;bookId=3456</t>
+  </si>
+  <si>
+    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261493928&amp;bookId=3456</t>
+  </si>
+  <si>
+    <t>PREFACE</t>
+  </si>
+  <si>
+    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261493949&amp;bookId=3456</t>
+  </si>
+  <si>
+    <t>ACKNOWLEDGMENTS</t>
+  </si>
+  <si>
+    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261493961&amp;bookId=3456</t>
+  </si>
+  <si>
+    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261493969&amp;bookId=3456</t>
+  </si>
+  <si>
+    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261493981&amp;bookId=3456</t>
+  </si>
+  <si>
+    <t>PART ONE: Origins of Osteopathic Medicine and Foundational Concepts</t>
+  </si>
+  <si>
+    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261493992&amp;bookId=3456</t>
+  </si>
+  <si>
+    <t>SECTION I: PHILOSOPHY AND HISTORY OF OSTEOPATHIC MEDICINE</t>
+  </si>
+  <si>
+    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261493993&amp;bookId=3456</t>
+  </si>
+  <si>
+    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261493994&amp;bookId=3456</t>
+  </si>
+  <si>
+    <t>History of the Osteopathic Medical Profession</t>
+  </si>
+  <si>
+    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261494331&amp;bookId=3456</t>
+  </si>
+  <si>
+    <t>Anatomy: General and Embryologic Concepts</t>
+  </si>
+  <si>
+    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261494795&amp;bookId=3456</t>
+  </si>
+  <si>
+    <t>Inherent Motion, Rhythms and Oscillations</t>
+  </si>
+  <si>
+    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261495315&amp;bookId=3456</t>
+  </si>
+  <si>
+    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261495450&amp;bookId=3456</t>
+  </si>
+  <si>
+    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261495665&amp;bookId=3456</t>
+  </si>
+  <si>
+    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261496227&amp;bookId=3456</t>
+  </si>
+  <si>
+    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261496530&amp;bookId=3456</t>
+  </si>
+  <si>
+    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261497029&amp;bookId=3456</t>
+  </si>
+  <si>
+    <t>Musculoskeletal Vibration Physiology</t>
+  </si>
+  <si>
+    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261497146&amp;bookId=3456</t>
+  </si>
+  <si>
+    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261497210&amp;bookId=3456</t>
+  </si>
+  <si>
+    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261497643&amp;bookId=3456</t>
+  </si>
+  <si>
+    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261497800&amp;bookId=3456</t>
+  </si>
+  <si>
+    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261497970&amp;bookId=3456</t>
+  </si>
+  <si>
+    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261498224&amp;bookId=3456</t>
+  </si>
+  <si>
+    <t>SECTION II: CONSIDERATIONS IN BODY MIND SPIRIT</t>
+  </si>
+  <si>
+    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261498522&amp;bookId=3456</t>
+  </si>
+  <si>
+    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261498523&amp;bookId=3456</t>
+  </si>
+  <si>
+    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261498567&amp;bookId=3456</t>
+  </si>
+  <si>
+    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261498594&amp;bookId=3456</t>
+  </si>
+  <si>
+    <t>Role of “Spirit” and Spirituality in the History of Osteopathic Medicine</t>
+  </si>
+  <si>
+    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261498637&amp;bookId=3456</t>
+  </si>
+  <si>
+    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261498718&amp;bookId=3456</t>
+  </si>
+  <si>
+    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261498781&amp;bookId=3456</t>
+  </si>
+  <si>
+    <t>Energy Balance: Nutrition, Exercise, and the Metabolic Model</t>
+  </si>
+  <si>
+    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261499095&amp;bookId=3456</t>
+  </si>
+  <si>
+    <t>Microbiome: New Considerations in Clinical Management</t>
+  </si>
+  <si>
+    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261499401&amp;bookId=3456</t>
+  </si>
+  <si>
+    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261499614&amp;bookId=3456</t>
+  </si>
+  <si>
+    <t>PART TWO: The Patient Encounter</t>
+  </si>
+  <si>
+    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261499664&amp;bookId=3456</t>
+  </si>
+  <si>
+    <t>SECTION III: THE OSTEOPATHIC APPROACH TO PATIENT CARE</t>
+  </si>
+  <si>
+    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261499665&amp;bookId=3456</t>
+  </si>
+  <si>
+    <t>Medical Professionalism and the Physician–Patient Relationship</t>
+  </si>
+  <si>
+    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261499666&amp;bookId=3456</t>
+  </si>
+  <si>
+    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261499765&amp;bookId=3456</t>
+  </si>
+  <si>
+    <t>Osteopathic History and Physical Exam</t>
+  </si>
+  <si>
+    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261499987&amp;bookId=3456</t>
+  </si>
+  <si>
+    <t>An Osteopathic Approach to Case-Based Learning</t>
+  </si>
+  <si>
+    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261500130&amp;bookId=3456</t>
+  </si>
+  <si>
+    <t>PART THREE: The Somatic Component</t>
+  </si>
+  <si>
+    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261500296&amp;bookId=3456</t>
+  </si>
+  <si>
+    <t>SECTION IV: OSTEOPATHIC STRUCTURAL EXAMINATION—IDENTIFYING SOMATIC DYSFUNCTION</t>
+  </si>
+  <si>
+    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261500297&amp;bookId=3456</t>
+  </si>
+  <si>
+    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261500298&amp;bookId=3456</t>
+  </si>
+  <si>
+    <t>Osteopathic Structural Examination</t>
+  </si>
+  <si>
+    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261500507&amp;bookId=3456</t>
+  </si>
+  <si>
+    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261500918&amp;bookId=3456</t>
+  </si>
+  <si>
+    <t>SECTION V: FUNCTIONAL ANATOMY AND DIAGNOSIS (FAD)</t>
+  </si>
+  <si>
+    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261501159&amp;bookId=3456</t>
+  </si>
+  <si>
+    <t>Descriptive and Functional Regional Anatomy (Introduction to Chapters 32–41)</t>
+  </si>
+  <si>
+    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261501160&amp;bookId=3456</t>
+  </si>
+  <si>
+    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261501168&amp;bookId=3456</t>
+  </si>
+  <si>
+    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261501395&amp;bookId=3456</t>
+  </si>
+  <si>
+    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261501568&amp;bookId=3456</t>
+  </si>
+  <si>
+    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261501688&amp;bookId=3456</t>
+  </si>
+  <si>
+    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261501821&amp;bookId=3456</t>
+  </si>
+  <si>
+    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261502047&amp;bookId=3456</t>
+  </si>
+  <si>
+    <t>Functional Anatomy and Diagnosis of the Sacrum</t>
+  </si>
+  <si>
+    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261502266&amp;bookId=3456</t>
+  </si>
+  <si>
+    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261502533&amp;bookId=3456</t>
+  </si>
+  <si>
+    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261502841&amp;bookId=3456</t>
+  </si>
+  <si>
+    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261503332&amp;bookId=3456</t>
+  </si>
+  <si>
+    <t>SECTION VI: VISCERAL AND SOMATIC INTERRELATIONSHIPS IN SOMATIC DYSFUNCTION</t>
+  </si>
+  <si>
+    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261503442&amp;bookId=3456</t>
+  </si>
+  <si>
+    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261503443&amp;bookId=3456</t>
+  </si>
+  <si>
+    <t>Clinical Assessment: Viscerosomatic, Somatosomatic, Somatovisceral Reflexes; Counterstrain Points, Myofascial Trigger Points, and Chapman Reflexes</t>
+  </si>
+  <si>
+    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261503707&amp;bookId=3456</t>
+  </si>
+  <si>
+    <t>SECTION VII: TREATING SOMATIC DYSFUNCTION WITH OSTEOPATHIC MANIPULATIVE TREATMENT</t>
+  </si>
+  <si>
+    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261503848&amp;bookId=3456</t>
+  </si>
+  <si>
+    <t>Osteopathic Manipulative Treatment (OMT) as Part of the Patient’s Treatment Plan</t>
+  </si>
+  <si>
+    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261503849&amp;bookId=3456</t>
+  </si>
+  <si>
+    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261503898&amp;bookId=3456</t>
+  </si>
+  <si>
+    <t>SECTION VIII: ECOP TREATMENT MODULES</t>
+  </si>
+  <si>
+    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261504054&amp;bookId=3456</t>
+  </si>
+  <si>
+    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261504055&amp;bookId=3456</t>
+  </si>
+  <si>
+    <t>Strain–Counterstrain</t>
+  </si>
+  <si>
+    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261504172&amp;bookId=3456</t>
+  </si>
+  <si>
+    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261504467&amp;bookId=3456</t>
+  </si>
+  <si>
+    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261504575&amp;bookId=3456</t>
+  </si>
+  <si>
+    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261505003&amp;bookId=3456</t>
+  </si>
+  <si>
+    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261505290&amp;bookId=3456</t>
+  </si>
+  <si>
+    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261505720&amp;bookId=3456</t>
+  </si>
+  <si>
+    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261506229&amp;bookId=3456</t>
+  </si>
+  <si>
+    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261506535&amp;bookId=3456</t>
+  </si>
+  <si>
+    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261506751&amp;bookId=3456</t>
+  </si>
+  <si>
+    <t>Still Technique: A Facilitated Indirect Then Direct Method</t>
+  </si>
+  <si>
+    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261506920&amp;bookId=3456</t>
+  </si>
+  <si>
+    <t>SECTION IX: EXPANDED CONCEPTS OF OTHER OSTEOPATHIC MANIPULATIVE TREATMENT METHODS</t>
+  </si>
+  <si>
+    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261507004&amp;bookId=3456</t>
+  </si>
+  <si>
+    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261507005&amp;bookId=3456</t>
+  </si>
+  <si>
+    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261507238&amp;bookId=3456</t>
+  </si>
+  <si>
+    <t>Additional Osteopathic Manipulative Treatment Approaches: Fulford Percussion</t>
+  </si>
+  <si>
+    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261507371&amp;bookId=3456</t>
+  </si>
+  <si>
+    <t>Functional Methods</t>
+  </si>
+  <si>
+    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261507466&amp;bookId=3456</t>
+  </si>
+  <si>
+    <t>Dynamic Strain and the Bioenergetics Model</t>
+  </si>
+  <si>
+    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261507611&amp;bookId=3456</t>
+  </si>
+  <si>
+    <t>Progressive Inhibition of Neuromusculoskeletal Structures (PINS)</t>
+  </si>
+  <si>
+    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261507747&amp;bookId=3456</t>
+  </si>
+  <si>
+    <t>Fascial Distortion Model</t>
+  </si>
+  <si>
+    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261507847&amp;bookId=3456</t>
+  </si>
+  <si>
+    <t>Integrated General Osteopathic Technique</t>
+  </si>
+  <si>
+    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261508042&amp;bookId=3456</t>
+  </si>
+  <si>
+    <t>PART FOUR: Osteopathic Considerations in the Specialties</t>
+  </si>
+  <si>
+    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261508218&amp;bookId=3456</t>
+  </si>
+  <si>
+    <t>SECTION X: PRIMARY CARE</t>
+  </si>
+  <si>
+    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261508219&amp;bookId=3456</t>
+  </si>
+  <si>
+    <t>Osteopathic Considerations in Primary Care</t>
+  </si>
+  <si>
+    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261508220&amp;bookId=3456</t>
+  </si>
+  <si>
+    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261508244&amp;bookId=3456</t>
+  </si>
+  <si>
+    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261508395&amp;bookId=3456</t>
+  </si>
+  <si>
+    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261508944&amp;bookId=3456</t>
+  </si>
+  <si>
+    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261508980&amp;bookId=3456</t>
+  </si>
+  <si>
+    <t>SECTION XI: MEDICINE SUBSPECIALTIES</t>
+  </si>
+  <si>
+    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261509112&amp;bookId=3456</t>
+  </si>
+  <si>
+    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261509113&amp;bookId=3456</t>
+  </si>
+  <si>
+    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261509279&amp;bookId=3456</t>
+  </si>
+  <si>
+    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261510042&amp;bookId=3456</t>
+  </si>
+  <si>
+    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261510410&amp;bookId=3456</t>
+  </si>
+  <si>
+    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261510766&amp;bookId=3456</t>
+  </si>
+  <si>
+    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261511191&amp;bookId=3456</t>
+  </si>
+  <si>
+    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261511335&amp;bookId=3456</t>
+  </si>
+  <si>
+    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261511589&amp;bookId=3456</t>
+  </si>
+  <si>
+    <t>Osteopathic Considerations and Approaches in the Acutely Ill or Hospitalized Patient</t>
+  </si>
+  <si>
+    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261511721&amp;bookId=3456</t>
+  </si>
+  <si>
+    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261512048&amp;bookId=3456</t>
+  </si>
+  <si>
+    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261512361&amp;bookId=3456</t>
+  </si>
+  <si>
+    <t>Osteopathic Considerations in Obstetrics</t>
+  </si>
+  <si>
+    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261512502&amp;bookId=3456</t>
+  </si>
+  <si>
+    <t>Osteopathic Considerations in Gynecology</t>
+  </si>
+  <si>
+    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261512772&amp;bookId=3456</t>
+  </si>
+  <si>
+    <t>SECTION XII: OSTEOPATHIC CONSIDERATIONS IN SURGERY</t>
+  </si>
+  <si>
+    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261513086&amp;bookId=3456</t>
+  </si>
+  <si>
+    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261513087&amp;bookId=3456</t>
+  </si>
+  <si>
+    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261513421&amp;bookId=3456</t>
+  </si>
+  <si>
+    <t>Osteopathic Considerations in Emergency Medicine</t>
+  </si>
+  <si>
+    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261513806&amp;bookId=3456</t>
+  </si>
+  <si>
+    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261513874&amp;bookId=3456</t>
+  </si>
+  <si>
+    <t>SECTION XIII: OSTEOPATHIC CONSIDERATIONS IN ACTIVE POPULATIONS</t>
+  </si>
+  <si>
+    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261513974&amp;bookId=3456</t>
+  </si>
+  <si>
+    <t>Osteopathic Considerations in Sports Medicine</t>
+  </si>
+  <si>
+    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261513975&amp;bookId=3456</t>
+  </si>
+  <si>
+    <t>An Osteopathic Approach to the Exercise Prescription</t>
+  </si>
+  <si>
+    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261514516&amp;bookId=3456</t>
+  </si>
+  <si>
+    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261514646&amp;bookId=3456</t>
+  </si>
+  <si>
+    <t>Performing Arts Medicine</t>
+  </si>
+  <si>
+    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261514746&amp;bookId=3456</t>
+  </si>
+  <si>
+    <t>SECTION XIV: OSTEOPATHIC CONSIDERATIONS IN THE EXTREMITIES, LOW BACK AND POSTURE</t>
+  </si>
+  <si>
+    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261514816&amp;bookId=3456</t>
+  </si>
+  <si>
+    <t>Osteopathic Approach to Diagnosing and Treating Somatic Dysfunction in the Extremities</t>
+  </si>
+  <si>
+    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261514817&amp;bookId=3456</t>
+  </si>
+  <si>
+    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261515440&amp;bookId=3456</t>
+  </si>
+  <si>
+    <t>Osteopathic Considerations in the Patient With Low Back Pain</t>
+  </si>
+  <si>
+    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261515665&amp;bookId=3456</t>
+  </si>
+  <si>
+    <t>PART FIVE: Research Investigating Osteopathic Principles</t>
+  </si>
+  <si>
+    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261516421&amp;bookId=3456</t>
+  </si>
+  <si>
+    <t>SECTION XV: RESEARCH</t>
+  </si>
+  <si>
+    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261516422&amp;bookId=3456</t>
+  </si>
+  <si>
+    <t>Overview of Methods and Evidence Relating to Osteopathic Manipulative Treatment Research</t>
+  </si>
+  <si>
+    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261516423&amp;bookId=3456</t>
+  </si>
+  <si>
+    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261516602&amp;bookId=3456</t>
+  </si>
+  <si>
+    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261516661&amp;bookId=3456</t>
+  </si>
+  <si>
+    <t>SECTION XVI: CASE-BASED LEARNING IN OSTEOPATHIC MEDICINE</t>
+  </si>
+  <si>
+    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261516699&amp;bookId=3456</t>
+  </si>
+  <si>
+    <t>Case Study: Acute Neck Pain</t>
+  </si>
+  <si>
+    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261516700&amp;bookId=3456</t>
+  </si>
+  <si>
+    <t>Case Study: Abdominal Pain</t>
+  </si>
+  <si>
+    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261516864&amp;bookId=3456</t>
+  </si>
+  <si>
+    <t>Case Study: Acute Low Back Pain</t>
+  </si>
+  <si>
+    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261517017&amp;bookId=3456</t>
+  </si>
+  <si>
+    <t>Case Study: Child with Ear Pain</t>
+  </si>
+  <si>
+    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261517226&amp;bookId=3456</t>
+  </si>
+  <si>
+    <t>Case Study: Uncontrolled Asthma</t>
+  </si>
+  <si>
+    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261517385&amp;bookId=3456</t>
+  </si>
+  <si>
+    <t>Case Study: Adult with Chronic Cardiovascular Disease</t>
+  </si>
+  <si>
+    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261517474&amp;bookId=3456</t>
+  </si>
+  <si>
+    <t>Case Study: Elderly Patient with Dementia (aka Neurocognitive Disorder)</t>
+  </si>
+  <si>
+    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261517673&amp;bookId=3456</t>
+  </si>
+  <si>
+    <t>Case Study: Adult with Myalgias</t>
+  </si>
+  <si>
+    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261517855&amp;bookId=3456</t>
+  </si>
+  <si>
+    <t>Case Study: Multiple Small Joint Diseases in an Elderly Patient</t>
+  </si>
+  <si>
+    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261517958&amp;bookId=3456</t>
+  </si>
+  <si>
+    <t>Case Study: Difficulty in Breathing</t>
+  </si>
+  <si>
+    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261518108&amp;bookId=3456</t>
+  </si>
+  <si>
+    <t>Case Study: Cervicogenic Headache</t>
+  </si>
+  <si>
+    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261518232&amp;bookId=3456</t>
+  </si>
+  <si>
+    <t>COVID-19</t>
+  </si>
+  <si>
+    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261518360&amp;bookId=3456</t>
+  </si>
+  <si>
+    <t>Case Study: Rhinosinusitis</t>
+  </si>
+  <si>
+    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261518457&amp;bookId=3456</t>
+  </si>
+  <si>
+    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261518624&amp;bookId=3456</t>
+  </si>
+  <si>
+    <t>Case Study: Upper Extremity</t>
+  </si>
+  <si>
+    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261518769&amp;bookId=3456</t>
+  </si>
+  <si>
+    <t>Case Study: Supination Ankle Sprain</t>
+  </si>
+  <si>
+    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261518896&amp;bookId=3456</t>
+  </si>
+  <si>
+    <t>Case Study: Endocrinology</t>
+  </si>
+  <si>
+    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261519043&amp;bookId=3456</t>
+  </si>
+  <si>
+    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261519161&amp;bookId=3456</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="3" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Tahoma"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Tahoma"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <name val="Tahoma"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="4">
     <fill>
@@ -4801,7176 +4556,7062 @@
     <row r="3" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
         <v>14</v>
       </c>
       <c r="B3" t="s">
         <v>15</v>
       </c>
       <c r="C3">
         <v>4</v>
       </c>
       <c r="D3" t="s">
         <v>16</v>
       </c>
       <c r="E3">
         <v>2023</v>
       </c>
       <c r="F3" t="s">
         <v>17</v>
       </c>
       <c r="G3" s="2">
         <v>44593</v>
       </c>
     </row>
     <row r="4" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A4" t="s">
-        <v>18</v>
+        <v>1112</v>
       </c>
       <c r="B4" t="s">
-        <v>19</v>
+        <v>1113</v>
       </c>
       <c r="C4">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="D4" t="s">
-        <v>20</v>
+        <v>1114</v>
       </c>
       <c r="E4">
-        <v>2018</v>
+        <v>2026</v>
       </c>
       <c r="F4" t="s">
-        <v>21</v>
+        <v>1115</v>
       </c>
       <c r="G4" s="2">
-        <v>43490</v>
+        <v>45966</v>
       </c>
     </row>
     <row r="5" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A5" t="s">
         <v>7</v>
       </c>
       <c r="B5" s="4" t="s">
-        <v>44</v>
+        <v>40</v>
       </c>
       <c r="C5">
         <v>6</v>
       </c>
       <c r="D5" t="s">
         <v>8</v>
       </c>
       <c r="E5">
         <v>2025</v>
       </c>
       <c r="F5" t="s">
         <v>9</v>
       </c>
       <c r="G5" s="2">
         <v>45630</v>
       </c>
     </row>
     <row r="6" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A6" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="B6" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="C6">
         <v>2</v>
       </c>
       <c r="D6" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="E6">
         <v>2014</v>
       </c>
       <c r="F6" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="G6" s="2">
         <v>41881</v>
       </c>
     </row>
     <row r="7" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A7" t="s">
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="B7" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="C7">
         <v>2</v>
       </c>
       <c r="D7" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="E7">
         <v>2020</v>
       </c>
       <c r="F7" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="G7" s="2">
         <v>43579</v>
       </c>
     </row>
     <row r="8" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A8" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="B8" t="s">
-        <v>31</v>
+        <v>27</v>
       </c>
       <c r="C8">
         <v>2</v>
       </c>
       <c r="D8" t="s">
-        <v>32</v>
+        <v>28</v>
       </c>
       <c r="E8">
         <v>2010</v>
       </c>
       <c r="F8" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="G8" s="2">
         <v>41754</v>
       </c>
     </row>
     <row r="9" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A9" t="s">
-        <v>34</v>
+        <v>30</v>
       </c>
       <c r="B9" t="s">
-        <v>35</v>
+        <v>1111</v>
       </c>
       <c r="C9">
         <v>3</v>
       </c>
       <c r="D9" t="s">
-        <v>36</v>
+        <v>32</v>
       </c>
       <c r="E9">
         <v>2019</v>
       </c>
       <c r="F9" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="G9" s="2">
         <v>44251</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <dimension ref="A1:D140"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>38</v>
+        <v>34</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>39</v>
+        <v>35</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
         <v>10</v>
       </c>
       <c r="B2" t="s">
         <v>11</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="3" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
-        <v>120</v>
+        <v>116</v>
       </c>
       <c r="B3" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="D3" t="s">
-        <v>122</v>
+        <v>118</v>
       </c>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A4" t="s">
-        <v>121</v>
+        <v>117</v>
       </c>
       <c r="B4" t="s">
-        <v>123</v>
+        <v>119</v>
       </c>
       <c r="D4" t="s">
-        <v>124</v>
+        <v>120</v>
       </c>
     </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B5" t="s">
-        <v>125</v>
+        <v>121</v>
       </c>
       <c r="D5" t="s">
-        <v>126</v>
+        <v>122</v>
       </c>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B6" t="s">
-        <v>127</v>
+        <v>123</v>
       </c>
       <c r="D6" t="s">
-        <v>128</v>
+        <v>124</v>
       </c>
     </row>
     <row r="7" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B7" t="s">
-        <v>129</v>
+        <v>125</v>
       </c>
       <c r="D7" t="s">
-        <v>130</v>
+        <v>126</v>
       </c>
     </row>
     <row r="8" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B8" t="s">
-        <v>131</v>
+        <v>127</v>
       </c>
       <c r="D8" t="s">
-        <v>132</v>
+        <v>128</v>
       </c>
     </row>
     <row r="9" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B9" t="s">
-        <v>133</v>
+        <v>129</v>
       </c>
       <c r="C9" t="s">
-        <v>55</v>
+        <v>51</v>
       </c>
       <c r="D9" t="s">
-        <v>134</v>
+        <v>130</v>
       </c>
     </row>
     <row r="10" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B10" t="s">
-        <v>135</v>
+        <v>131</v>
       </c>
       <c r="C10" t="s">
-        <v>58</v>
+        <v>54</v>
       </c>
       <c r="D10" t="s">
-        <v>136</v>
+        <v>132</v>
       </c>
     </row>
     <row r="11" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B11" t="s">
-        <v>137</v>
+        <v>133</v>
       </c>
       <c r="C11" t="s">
-        <v>61</v>
+        <v>57</v>
       </c>
       <c r="D11" t="s">
-        <v>138</v>
+        <v>134</v>
       </c>
     </row>
     <row r="12" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B12" t="s">
-        <v>139</v>
+        <v>135</v>
       </c>
       <c r="C12" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="D12" t="s">
-        <v>140</v>
+        <v>136</v>
       </c>
     </row>
     <row r="13" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B13" t="s">
-        <v>141</v>
+        <v>137</v>
       </c>
       <c r="C13" t="s">
-        <v>67</v>
+        <v>63</v>
       </c>
       <c r="D13" t="s">
-        <v>142</v>
+        <v>138</v>
       </c>
     </row>
     <row r="14" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B14" t="s">
-        <v>143</v>
+        <v>139</v>
       </c>
       <c r="C14" t="s">
-        <v>70</v>
+        <v>66</v>
       </c>
       <c r="D14" t="s">
-        <v>144</v>
+        <v>140</v>
       </c>
     </row>
     <row r="15" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B15" t="s">
-        <v>145</v>
+        <v>141</v>
       </c>
       <c r="C15" t="s">
-        <v>75</v>
+        <v>71</v>
       </c>
       <c r="D15" t="s">
-        <v>146</v>
+        <v>142</v>
       </c>
     </row>
     <row r="16" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B16" t="s">
-        <v>147</v>
+        <v>143</v>
       </c>
       <c r="C16" t="s">
-        <v>78</v>
+        <v>74</v>
       </c>
       <c r="D16" t="s">
-        <v>148</v>
+        <v>144</v>
       </c>
     </row>
     <row r="17" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B17" t="s">
-        <v>149</v>
+        <v>145</v>
       </c>
       <c r="C17" t="s">
-        <v>81</v>
+        <v>77</v>
       </c>
       <c r="D17" t="s">
-        <v>150</v>
+        <v>146</v>
       </c>
     </row>
     <row r="18" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B18" t="s">
-        <v>151</v>
+        <v>147</v>
       </c>
       <c r="D18" t="s">
-        <v>152</v>
+        <v>148</v>
       </c>
     </row>
     <row r="19" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B19" t="s">
-        <v>153</v>
+        <v>149</v>
       </c>
       <c r="C19" t="s">
-        <v>84</v>
+        <v>80</v>
       </c>
       <c r="D19" t="s">
-        <v>154</v>
+        <v>150</v>
       </c>
     </row>
     <row r="20" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B20" t="s">
-        <v>155</v>
+        <v>151</v>
       </c>
       <c r="C20" t="s">
-        <v>89</v>
+        <v>85</v>
       </c>
       <c r="D20" t="s">
-        <v>156</v>
+        <v>152</v>
       </c>
     </row>
     <row r="21" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B21" t="s">
-        <v>157</v>
+        <v>153</v>
       </c>
       <c r="C21" t="s">
-        <v>92</v>
+        <v>88</v>
       </c>
       <c r="D21" t="s">
-        <v>158</v>
+        <v>154</v>
       </c>
     </row>
     <row r="22" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B22" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="C22" t="s">
-        <v>95</v>
+        <v>91</v>
       </c>
       <c r="D22" t="s">
-        <v>159</v>
+        <v>155</v>
       </c>
     </row>
     <row r="23" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B23" t="s">
-        <v>160</v>
+        <v>156</v>
       </c>
       <c r="C23" t="s">
-        <v>98</v>
+        <v>94</v>
       </c>
       <c r="D23" t="s">
-        <v>161</v>
+        <v>157</v>
       </c>
     </row>
     <row r="24" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B24" t="s">
-        <v>162</v>
+        <v>158</v>
       </c>
       <c r="C24" t="s">
-        <v>101</v>
+        <v>97</v>
       </c>
       <c r="D24" t="s">
-        <v>163</v>
+        <v>159</v>
       </c>
     </row>
     <row r="25" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B25" t="s">
-        <v>164</v>
+        <v>160</v>
       </c>
       <c r="C25" t="s">
-        <v>104</v>
+        <v>100</v>
       </c>
       <c r="D25" t="s">
-        <v>165</v>
+        <v>161</v>
       </c>
     </row>
     <row r="26" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B26" t="s">
-        <v>166</v>
+        <v>162</v>
       </c>
       <c r="C26" t="s">
-        <v>107</v>
+        <v>103</v>
       </c>
       <c r="D26" t="s">
-        <v>167</v>
+        <v>163</v>
       </c>
     </row>
     <row r="27" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B27" t="s">
-        <v>168</v>
+        <v>164</v>
       </c>
       <c r="C27" t="s">
-        <v>110</v>
+        <v>106</v>
       </c>
       <c r="D27" t="s">
-        <v>169</v>
+        <v>165</v>
       </c>
     </row>
     <row r="28" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B28" t="s">
-        <v>170</v>
+        <v>166</v>
       </c>
       <c r="C28" t="s">
-        <v>115</v>
+        <v>111</v>
       </c>
       <c r="D28" t="s">
-        <v>171</v>
+        <v>167</v>
       </c>
     </row>
     <row r="29" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B29" t="s">
-        <v>172</v>
+        <v>168</v>
       </c>
       <c r="C29" t="s">
-        <v>118</v>
+        <v>114</v>
       </c>
       <c r="D29" t="s">
-        <v>173</v>
+        <v>169</v>
       </c>
     </row>
     <row r="30" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B30" t="s">
-        <v>174</v>
+        <v>170</v>
       </c>
       <c r="C30" t="s">
-        <v>175</v>
+        <v>171</v>
       </c>
       <c r="D30" t="s">
-        <v>176</v>
+        <v>172</v>
       </c>
     </row>
     <row r="31" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B31" t="s">
-        <v>177</v>
+        <v>173</v>
       </c>
       <c r="C31" t="s">
-        <v>178</v>
+        <v>174</v>
       </c>
       <c r="D31" t="s">
-        <v>179</v>
+        <v>175</v>
       </c>
     </row>
     <row r="32" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B32" t="s">
-        <v>180</v>
+        <v>176</v>
       </c>
       <c r="C32" t="s">
-        <v>181</v>
+        <v>177</v>
       </c>
       <c r="D32" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
     </row>
     <row r="33" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B33" t="s">
-        <v>183</v>
+        <v>179</v>
       </c>
       <c r="D33" t="s">
-        <v>184</v>
+        <v>180</v>
       </c>
     </row>
     <row r="34" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B34" t="s">
-        <v>185</v>
+        <v>181</v>
       </c>
       <c r="C34" t="s">
-        <v>186</v>
+        <v>182</v>
       </c>
       <c r="D34" t="s">
-        <v>187</v>
+        <v>183</v>
       </c>
     </row>
     <row r="35" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B35" t="s">
-        <v>188</v>
+        <v>184</v>
       </c>
       <c r="C35" t="s">
-        <v>189</v>
+        <v>185</v>
       </c>
       <c r="D35" t="s">
-        <v>190</v>
+        <v>186</v>
       </c>
     </row>
     <row r="36" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B36" t="s">
-        <v>191</v>
+        <v>187</v>
       </c>
       <c r="C36" t="s">
-        <v>192</v>
+        <v>188</v>
       </c>
       <c r="D36" t="s">
-        <v>193</v>
+        <v>189</v>
       </c>
     </row>
     <row r="37" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B37" t="s">
-        <v>194</v>
+        <v>190</v>
       </c>
       <c r="C37" t="s">
-        <v>195</v>
+        <v>191</v>
       </c>
       <c r="D37" t="s">
-        <v>196</v>
+        <v>192</v>
       </c>
     </row>
     <row r="38" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B38" t="s">
-        <v>197</v>
+        <v>193</v>
       </c>
       <c r="C38" t="s">
-        <v>198</v>
+        <v>194</v>
       </c>
       <c r="D38" t="s">
-        <v>199</v>
+        <v>195</v>
       </c>
     </row>
     <row r="39" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B39" t="s">
-        <v>162</v>
+        <v>158</v>
       </c>
       <c r="C39" t="s">
-        <v>200</v>
+        <v>196</v>
       </c>
       <c r="D39" t="s">
-        <v>201</v>
+        <v>197</v>
       </c>
     </row>
     <row r="40" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B40" t="s">
-        <v>202</v>
+        <v>198</v>
       </c>
       <c r="C40" t="s">
-        <v>203</v>
+        <v>199</v>
       </c>
       <c r="D40" t="s">
-        <v>204</v>
+        <v>200</v>
       </c>
     </row>
     <row r="41" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B41" t="s">
-        <v>205</v>
+        <v>201</v>
       </c>
       <c r="C41" t="s">
-        <v>206</v>
+        <v>202</v>
       </c>
       <c r="D41" t="s">
-        <v>207</v>
+        <v>203</v>
       </c>
     </row>
     <row r="42" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B42" t="s">
-        <v>208</v>
+        <v>204</v>
       </c>
       <c r="C42" t="s">
-        <v>209</v>
+        <v>205</v>
       </c>
       <c r="D42" t="s">
-        <v>210</v>
+        <v>206</v>
       </c>
     </row>
     <row r="43" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B43" t="s">
-        <v>211</v>
+        <v>207</v>
       </c>
       <c r="C43" t="s">
-        <v>212</v>
+        <v>208</v>
       </c>
       <c r="D43" t="s">
-        <v>213</v>
+        <v>209</v>
       </c>
     </row>
     <row r="44" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B44" t="s">
-        <v>214</v>
+        <v>210</v>
       </c>
       <c r="C44" t="s">
-        <v>215</v>
+        <v>211</v>
       </c>
       <c r="D44" t="s">
-        <v>216</v>
+        <v>212</v>
       </c>
     </row>
     <row r="45" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B45" t="s">
-        <v>217</v>
+        <v>213</v>
       </c>
       <c r="D45" t="s">
-        <v>218</v>
+        <v>214</v>
       </c>
     </row>
     <row r="46" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B46" t="s">
-        <v>219</v>
+        <v>215</v>
       </c>
       <c r="C46" t="s">
-        <v>220</v>
+        <v>216</v>
       </c>
       <c r="D46" t="s">
-        <v>221</v>
+        <v>217</v>
       </c>
     </row>
     <row r="47" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B47" t="s">
-        <v>222</v>
+        <v>218</v>
       </c>
       <c r="C47" t="s">
-        <v>223</v>
+        <v>219</v>
       </c>
       <c r="D47" t="s">
-        <v>224</v>
+        <v>220</v>
       </c>
     </row>
     <row r="48" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B48" t="s">
-        <v>225</v>
+        <v>221</v>
       </c>
       <c r="C48" t="s">
-        <v>226</v>
+        <v>222</v>
       </c>
       <c r="D48" t="s">
-        <v>227</v>
+        <v>223</v>
       </c>
     </row>
     <row r="49" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B49" t="s">
-        <v>228</v>
+        <v>224</v>
       </c>
       <c r="C49" t="s">
-        <v>229</v>
+        <v>225</v>
       </c>
       <c r="D49" t="s">
-        <v>230</v>
+        <v>226</v>
       </c>
     </row>
     <row r="50" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B50" t="s">
-        <v>231</v>
+        <v>227</v>
       </c>
       <c r="C50" t="s">
-        <v>232</v>
+        <v>228</v>
       </c>
       <c r="D50" t="s">
-        <v>233</v>
+        <v>229</v>
       </c>
     </row>
     <row r="51" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B51" t="s">
-        <v>162</v>
+        <v>158</v>
       </c>
       <c r="C51" t="s">
-        <v>234</v>
+        <v>230</v>
       </c>
       <c r="D51" t="s">
-        <v>235</v>
+        <v>231</v>
       </c>
     </row>
     <row r="52" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B52" t="s">
-        <v>202</v>
+        <v>198</v>
       </c>
       <c r="C52" t="s">
-        <v>236</v>
+        <v>232</v>
       </c>
       <c r="D52" t="s">
-        <v>237</v>
+        <v>233</v>
       </c>
     </row>
     <row r="53" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B53" t="s">
-        <v>238</v>
+        <v>234</v>
       </c>
       <c r="C53" t="s">
-        <v>239</v>
+        <v>235</v>
       </c>
       <c r="D53" t="s">
-        <v>240</v>
+        <v>236</v>
       </c>
     </row>
     <row r="54" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B54" t="s">
-        <v>241</v>
+        <v>237</v>
       </c>
       <c r="C54" t="s">
-        <v>242</v>
+        <v>238</v>
       </c>
       <c r="D54" t="s">
-        <v>243</v>
+        <v>239</v>
       </c>
     </row>
     <row r="55" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B55" t="s">
-        <v>211</v>
+        <v>207</v>
       </c>
       <c r="C55" t="s">
-        <v>244</v>
+        <v>240</v>
       </c>
       <c r="D55" t="s">
-        <v>245</v>
+        <v>241</v>
       </c>
     </row>
     <row r="56" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B56" t="s">
-        <v>246</v>
+        <v>242</v>
       </c>
       <c r="C56" t="s">
-        <v>247</v>
+        <v>243</v>
       </c>
       <c r="D56" t="s">
-        <v>248</v>
+        <v>244</v>
       </c>
     </row>
     <row r="57" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B57" t="s">
-        <v>249</v>
+        <v>245</v>
       </c>
       <c r="D57" t="s">
-        <v>250</v>
+        <v>246</v>
       </c>
     </row>
     <row r="58" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B58" t="s">
-        <v>251</v>
+        <v>247</v>
       </c>
       <c r="C58" t="s">
-        <v>252</v>
+        <v>248</v>
       </c>
       <c r="D58" t="s">
-        <v>253</v>
+        <v>249</v>
       </c>
     </row>
     <row r="59" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B59" t="s">
-        <v>254</v>
+        <v>250</v>
       </c>
       <c r="C59" t="s">
-        <v>255</v>
+        <v>251</v>
       </c>
       <c r="D59" t="s">
-        <v>256</v>
+        <v>252</v>
       </c>
     </row>
     <row r="60" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B60" t="s">
-        <v>191</v>
+        <v>187</v>
       </c>
       <c r="C60" t="s">
-        <v>257</v>
+        <v>253</v>
       </c>
       <c r="D60" t="s">
-        <v>258</v>
+        <v>254</v>
       </c>
     </row>
     <row r="61" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B61" t="s">
-        <v>259</v>
+        <v>255</v>
       </c>
       <c r="C61" t="s">
-        <v>260</v>
+        <v>256</v>
       </c>
       <c r="D61" t="s">
-        <v>261</v>
+        <v>257</v>
       </c>
     </row>
     <row r="62" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B62" t="s">
-        <v>197</v>
+        <v>193</v>
       </c>
       <c r="C62" t="s">
-        <v>262</v>
+        <v>258</v>
       </c>
       <c r="D62" t="s">
-        <v>263</v>
+        <v>259</v>
       </c>
     </row>
     <row r="63" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B63" t="s">
-        <v>162</v>
+        <v>158</v>
       </c>
       <c r="C63" t="s">
-        <v>264</v>
+        <v>260</v>
       </c>
       <c r="D63" t="s">
-        <v>265</v>
+        <v>261</v>
       </c>
     </row>
     <row r="64" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B64" t="s">
-        <v>202</v>
+        <v>198</v>
       </c>
       <c r="C64" t="s">
-        <v>266</v>
+        <v>262</v>
       </c>
       <c r="D64" t="s">
-        <v>267</v>
+        <v>263</v>
       </c>
     </row>
     <row r="65" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B65" t="s">
-        <v>268</v>
+        <v>264</v>
       </c>
       <c r="C65" t="s">
-        <v>269</v>
+        <v>265</v>
       </c>
       <c r="D65" t="s">
-        <v>270</v>
+        <v>266</v>
       </c>
     </row>
     <row r="66" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B66" t="s">
-        <v>271</v>
+        <v>267</v>
       </c>
       <c r="C66" t="s">
-        <v>272</v>
+        <v>268</v>
       </c>
       <c r="D66" t="s">
-        <v>273</v>
+        <v>269</v>
       </c>
     </row>
     <row r="67" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B67" t="s">
-        <v>211</v>
+        <v>207</v>
       </c>
       <c r="C67" t="s">
-        <v>274</v>
+        <v>270</v>
       </c>
       <c r="D67" t="s">
-        <v>275</v>
+        <v>271</v>
       </c>
     </row>
     <row r="68" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B68" t="s">
-        <v>276</v>
+        <v>272</v>
       </c>
       <c r="C68" t="s">
-        <v>277</v>
+        <v>273</v>
       </c>
       <c r="D68" t="s">
-        <v>278</v>
+        <v>274</v>
       </c>
     </row>
     <row r="69" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B69" t="s">
-        <v>279</v>
+        <v>275</v>
       </c>
       <c r="D69" t="s">
-        <v>280</v>
+        <v>276</v>
       </c>
     </row>
     <row r="70" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B70" t="s">
-        <v>281</v>
+        <v>277</v>
       </c>
       <c r="C70" t="s">
-        <v>282</v>
+        <v>278</v>
       </c>
       <c r="D70" t="s">
-        <v>283</v>
+        <v>279</v>
       </c>
     </row>
     <row r="71" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B71" t="s">
-        <v>284</v>
+        <v>280</v>
       </c>
       <c r="C71" t="s">
-        <v>285</v>
+        <v>281</v>
       </c>
       <c r="D71" t="s">
-        <v>286</v>
+        <v>282</v>
       </c>
     </row>
     <row r="72" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B72" t="s">
-        <v>287</v>
+        <v>283</v>
       </c>
       <c r="C72" t="s">
-        <v>288</v>
+        <v>284</v>
       </c>
       <c r="D72" t="s">
-        <v>289</v>
+        <v>285</v>
       </c>
     </row>
     <row r="73" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B73" t="s">
-        <v>290</v>
+        <v>286</v>
       </c>
       <c r="C73" t="s">
-        <v>291</v>
+        <v>287</v>
       </c>
       <c r="D73" t="s">
-        <v>292</v>
+        <v>288</v>
       </c>
     </row>
     <row r="74" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B74" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="C74" t="s">
-        <v>293</v>
+        <v>289</v>
       </c>
       <c r="D74" t="s">
-        <v>294</v>
+        <v>290</v>
       </c>
     </row>
     <row r="75" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B75" t="s">
-        <v>295</v>
+        <v>291</v>
       </c>
       <c r="C75" t="s">
-        <v>296</v>
+        <v>292</v>
       </c>
       <c r="D75" t="s">
-        <v>297</v>
+        <v>293</v>
       </c>
     </row>
     <row r="76" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B76" t="s">
-        <v>298</v>
+        <v>294</v>
       </c>
       <c r="C76" t="s">
-        <v>299</v>
+        <v>295</v>
       </c>
       <c r="D76" t="s">
-        <v>300</v>
+        <v>296</v>
       </c>
     </row>
     <row r="77" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B77" t="s">
-        <v>202</v>
+        <v>198</v>
       </c>
       <c r="C77" t="s">
-        <v>301</v>
+        <v>297</v>
       </c>
       <c r="D77" t="s">
-        <v>302</v>
+        <v>298</v>
       </c>
     </row>
     <row r="78" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B78" t="s">
-        <v>268</v>
+        <v>264</v>
       </c>
       <c r="C78" t="s">
-        <v>303</v>
+        <v>299</v>
       </c>
       <c r="D78" t="s">
-        <v>304</v>
+        <v>300</v>
       </c>
     </row>
     <row r="79" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B79" t="s">
-        <v>208</v>
+        <v>204</v>
       </c>
       <c r="C79" t="s">
-        <v>305</v>
+        <v>301</v>
       </c>
       <c r="D79" t="s">
-        <v>306</v>
+        <v>302</v>
       </c>
     </row>
     <row r="80" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B80" t="s">
-        <v>307</v>
+        <v>303</v>
       </c>
       <c r="C80" t="s">
-        <v>308</v>
+        <v>304</v>
       </c>
       <c r="D80" t="s">
-        <v>309</v>
+        <v>305</v>
       </c>
     </row>
     <row r="81" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B81" t="s">
-        <v>310</v>
+        <v>306</v>
       </c>
       <c r="C81" t="s">
-        <v>311</v>
+        <v>307</v>
       </c>
       <c r="D81" t="s">
-        <v>312</v>
+        <v>308</v>
       </c>
     </row>
     <row r="82" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B82" t="s">
-        <v>313</v>
+        <v>309</v>
       </c>
       <c r="D82" t="s">
-        <v>314</v>
+        <v>310</v>
       </c>
     </row>
     <row r="83" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B83" t="s">
-        <v>315</v>
+        <v>311</v>
       </c>
       <c r="C83" t="s">
-        <v>316</v>
+        <v>312</v>
       </c>
       <c r="D83" t="s">
-        <v>317</v>
+        <v>313</v>
       </c>
     </row>
     <row r="84" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B84" t="s">
-        <v>318</v>
+        <v>314</v>
       </c>
       <c r="C84" t="s">
-        <v>319</v>
+        <v>315</v>
       </c>
       <c r="D84" t="s">
-        <v>320</v>
+        <v>316</v>
       </c>
     </row>
     <row r="85" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B85" t="s">
-        <v>321</v>
+        <v>317</v>
       </c>
       <c r="C85" t="s">
-        <v>322</v>
+        <v>318</v>
       </c>
       <c r="D85" t="s">
-        <v>323</v>
+        <v>319</v>
       </c>
     </row>
     <row r="86" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B86" t="s">
-        <v>324</v>
+        <v>320</v>
       </c>
       <c r="C86" t="s">
-        <v>325</v>
+        <v>321</v>
       </c>
       <c r="D86" t="s">
-        <v>326</v>
+        <v>322</v>
       </c>
     </row>
     <row r="87" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B87" t="s">
-        <v>162</v>
+        <v>158</v>
       </c>
       <c r="C87" t="s">
-        <v>327</v>
+        <v>323</v>
       </c>
       <c r="D87" t="s">
-        <v>328</v>
+        <v>324</v>
       </c>
     </row>
     <row r="88" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B88" t="s">
-        <v>329</v>
+        <v>325</v>
       </c>
       <c r="C88" t="s">
-        <v>330</v>
+        <v>326</v>
       </c>
       <c r="D88" t="s">
-        <v>331</v>
+        <v>327</v>
       </c>
     </row>
     <row r="89" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B89" t="s">
-        <v>268</v>
+        <v>264</v>
       </c>
       <c r="C89" t="s">
-        <v>332</v>
+        <v>328</v>
       </c>
       <c r="D89" t="s">
-        <v>333</v>
+        <v>329</v>
       </c>
     </row>
     <row r="90" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B90" t="s">
-        <v>334</v>
+        <v>330</v>
       </c>
       <c r="C90" t="s">
-        <v>335</v>
+        <v>331</v>
       </c>
       <c r="D90" t="s">
-        <v>336</v>
+        <v>332</v>
       </c>
     </row>
     <row r="91" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B91" t="s">
-        <v>337</v>
+        <v>333</v>
       </c>
       <c r="C91" t="s">
-        <v>338</v>
+        <v>334</v>
       </c>
       <c r="D91" t="s">
-        <v>339</v>
+        <v>335</v>
       </c>
     </row>
     <row r="92" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B92" t="s">
-        <v>340</v>
+        <v>336</v>
       </c>
       <c r="C92" t="s">
-        <v>341</v>
+        <v>337</v>
       </c>
       <c r="D92" t="s">
-        <v>342</v>
+        <v>338</v>
       </c>
     </row>
     <row r="93" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B93" t="s">
-        <v>343</v>
+        <v>339</v>
       </c>
       <c r="D93" t="s">
-        <v>344</v>
+        <v>340</v>
       </c>
     </row>
     <row r="94" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B94" t="s">
-        <v>345</v>
+        <v>341</v>
       </c>
       <c r="C94" t="s">
-        <v>346</v>
+        <v>342</v>
       </c>
       <c r="D94" t="s">
-        <v>347</v>
+        <v>343</v>
       </c>
     </row>
     <row r="95" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B95" t="s">
-        <v>348</v>
+        <v>344</v>
       </c>
       <c r="C95" t="s">
-        <v>349</v>
+        <v>345</v>
       </c>
       <c r="D95" t="s">
-        <v>350</v>
+        <v>346</v>
       </c>
     </row>
     <row r="96" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B96" t="s">
-        <v>351</v>
+        <v>347</v>
       </c>
       <c r="C96" t="s">
-        <v>352</v>
+        <v>348</v>
       </c>
       <c r="D96" t="s">
-        <v>353</v>
+        <v>349</v>
       </c>
     </row>
     <row r="97" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B97" t="s">
-        <v>354</v>
+        <v>350</v>
       </c>
       <c r="C97" t="s">
-        <v>355</v>
+        <v>351</v>
       </c>
       <c r="D97" t="s">
-        <v>356</v>
+        <v>352</v>
       </c>
     </row>
     <row r="98" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B98" t="s">
-        <v>357</v>
+        <v>353</v>
       </c>
       <c r="C98" t="s">
-        <v>358</v>
+        <v>354</v>
       </c>
       <c r="D98" t="s">
-        <v>359</v>
+        <v>355</v>
       </c>
     </row>
     <row r="99" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B99" t="s">
-        <v>360</v>
+        <v>356</v>
       </c>
       <c r="C99" t="s">
-        <v>361</v>
+        <v>357</v>
       </c>
       <c r="D99" t="s">
-        <v>362</v>
+        <v>358</v>
       </c>
     </row>
     <row r="100" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B100" t="s">
-        <v>363</v>
+        <v>359</v>
       </c>
       <c r="C100" t="s">
-        <v>364</v>
+        <v>360</v>
       </c>
       <c r="D100" t="s">
-        <v>365</v>
+        <v>361</v>
       </c>
     </row>
     <row r="101" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B101" t="s">
-        <v>366</v>
+        <v>362</v>
       </c>
       <c r="C101" t="s">
-        <v>367</v>
+        <v>363</v>
       </c>
       <c r="D101" t="s">
-        <v>368</v>
+        <v>364</v>
       </c>
     </row>
     <row r="102" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B102" t="s">
-        <v>369</v>
+        <v>365</v>
       </c>
       <c r="C102" t="s">
-        <v>370</v>
+        <v>366</v>
       </c>
       <c r="D102" t="s">
-        <v>371</v>
+        <v>367</v>
       </c>
     </row>
     <row r="103" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B103" t="s">
-        <v>372</v>
+        <v>368</v>
       </c>
       <c r="C103" t="s">
-        <v>373</v>
+        <v>369</v>
       </c>
       <c r="D103" t="s">
-        <v>374</v>
+        <v>370</v>
       </c>
     </row>
     <row r="104" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B104" t="s">
-        <v>375</v>
+        <v>371</v>
       </c>
       <c r="C104" t="s">
-        <v>376</v>
+        <v>372</v>
       </c>
       <c r="D104" t="s">
-        <v>377</v>
+        <v>373</v>
       </c>
     </row>
     <row r="105" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B105" t="s">
-        <v>378</v>
+        <v>374</v>
       </c>
       <c r="C105" t="s">
-        <v>379</v>
+        <v>375</v>
       </c>
       <c r="D105" t="s">
-        <v>380</v>
+        <v>376</v>
       </c>
     </row>
     <row r="106" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B106" t="s">
-        <v>381</v>
+        <v>377</v>
       </c>
       <c r="D106" t="s">
-        <v>382</v>
+        <v>378</v>
       </c>
     </row>
     <row r="107" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B107" t="s">
-        <v>383</v>
+        <v>379</v>
       </c>
       <c r="C107" t="s">
-        <v>384</v>
+        <v>380</v>
       </c>
       <c r="D107" t="s">
-        <v>385</v>
+        <v>381</v>
       </c>
     </row>
     <row r="108" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B108" t="s">
-        <v>386</v>
+        <v>382</v>
       </c>
       <c r="C108" t="s">
-        <v>387</v>
+        <v>383</v>
       </c>
       <c r="D108" t="s">
-        <v>388</v>
+        <v>384</v>
       </c>
     </row>
     <row r="109" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B109" t="s">
-        <v>389</v>
+        <v>385</v>
       </c>
       <c r="C109" t="s">
-        <v>390</v>
+        <v>386</v>
       </c>
       <c r="D109" t="s">
-        <v>391</v>
+        <v>387</v>
       </c>
     </row>
     <row r="110" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B110" t="s">
-        <v>392</v>
+        <v>388</v>
       </c>
       <c r="C110" t="s">
-        <v>393</v>
+        <v>389</v>
       </c>
       <c r="D110" t="s">
-        <v>394</v>
+        <v>390</v>
       </c>
     </row>
     <row r="111" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B111" t="s">
-        <v>395</v>
+        <v>391</v>
       </c>
       <c r="C111" t="s">
-        <v>396</v>
+        <v>392</v>
       </c>
       <c r="D111" t="s">
-        <v>397</v>
+        <v>393</v>
       </c>
     </row>
     <row r="112" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B112" t="s">
-        <v>398</v>
+        <v>394</v>
       </c>
       <c r="C112" t="s">
-        <v>399</v>
+        <v>395</v>
       </c>
       <c r="D112" t="s">
-        <v>400</v>
+        <v>396</v>
       </c>
     </row>
     <row r="113" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B113" t="s">
-        <v>401</v>
+        <v>397</v>
       </c>
       <c r="C113" t="s">
-        <v>402</v>
+        <v>398</v>
       </c>
       <c r="D113" t="s">
-        <v>403</v>
+        <v>399</v>
       </c>
     </row>
     <row r="114" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B114" t="s">
-        <v>404</v>
+        <v>400</v>
       </c>
       <c r="C114" t="s">
-        <v>405</v>
+        <v>401</v>
       </c>
       <c r="D114" t="s">
-        <v>406</v>
+        <v>402</v>
       </c>
     </row>
     <row r="115" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B115" t="s">
-        <v>407</v>
+        <v>403</v>
       </c>
       <c r="C115" t="s">
-        <v>408</v>
+        <v>404</v>
       </c>
       <c r="D115" t="s">
-        <v>409</v>
+        <v>405</v>
       </c>
     </row>
     <row r="116" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B116" t="s">
-        <v>410</v>
+        <v>406</v>
       </c>
       <c r="C116" t="s">
-        <v>411</v>
+        <v>407</v>
       </c>
       <c r="D116" t="s">
-        <v>412</v>
+        <v>408</v>
       </c>
     </row>
     <row r="117" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B117" t="s">
-        <v>413</v>
+        <v>409</v>
       </c>
       <c r="C117" t="s">
-        <v>414</v>
+        <v>410</v>
       </c>
       <c r="D117" t="s">
-        <v>415</v>
+        <v>411</v>
       </c>
     </row>
     <row r="118" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B118" t="s">
-        <v>416</v>
+        <v>412</v>
       </c>
       <c r="C118" t="s">
-        <v>417</v>
+        <v>413</v>
       </c>
       <c r="D118" t="s">
-        <v>418</v>
+        <v>414</v>
       </c>
     </row>
     <row r="119" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B119" t="s">
-        <v>419</v>
+        <v>415</v>
       </c>
       <c r="D119" t="s">
-        <v>420</v>
+        <v>416</v>
       </c>
     </row>
     <row r="120" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B120" t="s">
-        <v>421</v>
+        <v>417</v>
       </c>
       <c r="C120" t="s">
-        <v>422</v>
+        <v>418</v>
       </c>
       <c r="D120" t="s">
-        <v>423</v>
+        <v>419</v>
       </c>
     </row>
     <row r="121" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B121" t="s">
-        <v>424</v>
+        <v>420</v>
       </c>
       <c r="C121" t="s">
-        <v>425</v>
+        <v>421</v>
       </c>
       <c r="D121" t="s">
-        <v>426</v>
+        <v>422</v>
       </c>
     </row>
     <row r="122" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B122" t="s">
-        <v>427</v>
+        <v>423</v>
       </c>
       <c r="C122" t="s">
-        <v>428</v>
+        <v>424</v>
       </c>
       <c r="D122" t="s">
-        <v>429</v>
+        <v>425</v>
       </c>
     </row>
     <row r="123" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B123" t="s">
-        <v>430</v>
+        <v>426</v>
       </c>
       <c r="C123" t="s">
-        <v>431</v>
+        <v>427</v>
       </c>
       <c r="D123" t="s">
-        <v>432</v>
+        <v>428</v>
       </c>
     </row>
     <row r="124" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B124" t="s">
-        <v>433</v>
+        <v>429</v>
       </c>
       <c r="D124" t="s">
-        <v>434</v>
+        <v>430</v>
       </c>
     </row>
     <row r="125" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B125" t="s">
-        <v>435</v>
+        <v>431</v>
       </c>
       <c r="C125" t="s">
-        <v>436</v>
+        <v>432</v>
       </c>
       <c r="D125" t="s">
-        <v>437</v>
+        <v>433</v>
       </c>
     </row>
     <row r="126" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B126" t="s">
-        <v>438</v>
+        <v>434</v>
       </c>
       <c r="C126" t="s">
-        <v>439</v>
+        <v>435</v>
       </c>
       <c r="D126" t="s">
-        <v>440</v>
+        <v>436</v>
       </c>
     </row>
     <row r="127" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B127" t="s">
-        <v>441</v>
+        <v>437</v>
       </c>
       <c r="C127" t="s">
-        <v>442</v>
+        <v>438</v>
       </c>
       <c r="D127" t="s">
-        <v>443</v>
+        <v>439</v>
       </c>
     </row>
     <row r="128" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B128" t="s">
-        <v>444</v>
+        <v>440</v>
       </c>
       <c r="C128" t="s">
-        <v>445</v>
+        <v>441</v>
       </c>
       <c r="D128" t="s">
-        <v>446</v>
+        <v>442</v>
       </c>
     </row>
     <row r="129" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B129" t="s">
-        <v>447</v>
+        <v>443</v>
       </c>
       <c r="C129" t="s">
-        <v>448</v>
+        <v>444</v>
       </c>
       <c r="D129" t="s">
-        <v>449</v>
+        <v>445</v>
       </c>
     </row>
     <row r="130" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B130" t="s">
-        <v>450</v>
+        <v>446</v>
       </c>
       <c r="C130" t="s">
-        <v>451</v>
+        <v>447</v>
       </c>
       <c r="D130" t="s">
-        <v>452</v>
+        <v>448</v>
       </c>
     </row>
     <row r="131" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B131" t="s">
-        <v>453</v>
+        <v>449</v>
       </c>
       <c r="C131" t="s">
-        <v>454</v>
+        <v>450</v>
       </c>
       <c r="D131" t="s">
-        <v>455</v>
+        <v>451</v>
       </c>
     </row>
     <row r="132" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B132" t="s">
-        <v>456</v>
+        <v>452</v>
       </c>
       <c r="C132" t="s">
-        <v>457</v>
+        <v>453</v>
       </c>
       <c r="D132" t="s">
-        <v>458</v>
+        <v>454</v>
       </c>
     </row>
     <row r="133" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B133" t="s">
-        <v>459</v>
+        <v>455</v>
       </c>
       <c r="C133" t="s">
-        <v>460</v>
+        <v>456</v>
       </c>
       <c r="D133" t="s">
-        <v>461</v>
+        <v>457</v>
       </c>
     </row>
     <row r="134" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B134" t="s">
-        <v>462</v>
+        <v>458</v>
       </c>
       <c r="C134" t="s">
-        <v>463</v>
+        <v>459</v>
       </c>
       <c r="D134" t="s">
-        <v>464</v>
+        <v>460</v>
       </c>
     </row>
     <row r="135" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B135" t="s">
-        <v>465</v>
+        <v>461</v>
       </c>
       <c r="C135" t="s">
-        <v>466</v>
+        <v>462</v>
       </c>
       <c r="D135" t="s">
-        <v>467</v>
+        <v>463</v>
       </c>
     </row>
     <row r="136" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B136" t="s">
-        <v>468</v>
+        <v>464</v>
       </c>
       <c r="D136" t="s">
-        <v>469</v>
+        <v>465</v>
       </c>
     </row>
     <row r="137" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B137" t="s">
-        <v>63</v>
+        <v>59</v>
       </c>
       <c r="C137" t="s">
-        <v>470</v>
+        <v>466</v>
       </c>
       <c r="D137" t="s">
-        <v>471</v>
+        <v>467</v>
       </c>
     </row>
     <row r="138" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B138" t="s">
-        <v>472</v>
+        <v>468</v>
       </c>
       <c r="C138" t="s">
-        <v>473</v>
+        <v>469</v>
       </c>
       <c r="D138" t="s">
-        <v>474</v>
+        <v>470</v>
       </c>
     </row>
     <row r="139" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B139" t="s">
-        <v>475</v>
+        <v>471</v>
       </c>
       <c r="C139" t="s">
-        <v>476</v>
+        <v>472</v>
       </c>
       <c r="D139" t="s">
-        <v>477</v>
+        <v>473</v>
       </c>
     </row>
     <row r="140" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B140" t="s">
-        <v>478</v>
+        <v>474</v>
       </c>
       <c r="C140" t="s">
-        <v>479</v>
+        <v>475</v>
       </c>
       <c r="D140" t="s">
-        <v>480</v>
+        <v>476</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
   <dimension ref="A1:D29"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>38</v>
+        <v>34</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>39</v>
+        <v>35</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
         <v>14</v>
       </c>
       <c r="B2" t="s">
         <v>15</v>
       </c>
       <c r="D2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="3" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
-        <v>481</v>
+        <v>477</v>
       </c>
       <c r="B3" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="D3" t="s">
-        <v>482</v>
+        <v>478</v>
       </c>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B4" t="s">
-        <v>123</v>
+        <v>119</v>
       </c>
       <c r="D4" t="s">
-        <v>483</v>
+        <v>479</v>
       </c>
     </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B5" t="s">
-        <v>484</v>
+        <v>480</v>
       </c>
       <c r="D5" t="s">
-        <v>485</v>
+        <v>481</v>
       </c>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B6" t="s">
-        <v>486</v>
+        <v>482</v>
       </c>
       <c r="D6" t="s">
-        <v>487</v>
+        <v>483</v>
       </c>
     </row>
     <row r="7" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B7" t="s">
-        <v>127</v>
+        <v>123</v>
       </c>
       <c r="D7" t="s">
-        <v>488</v>
+        <v>484</v>
       </c>
     </row>
     <row r="8" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B8" t="s">
-        <v>489</v>
+        <v>485</v>
       </c>
       <c r="D8" t="s">
-        <v>490</v>
+        <v>486</v>
       </c>
     </row>
     <row r="9" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B9" t="s">
-        <v>491</v>
+        <v>487</v>
       </c>
       <c r="D9" t="s">
-        <v>492</v>
+        <v>488</v>
       </c>
     </row>
     <row r="10" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B10" t="s">
-        <v>493</v>
+        <v>489</v>
       </c>
       <c r="C10" t="s">
-        <v>55</v>
+        <v>51</v>
       </c>
       <c r="D10" t="s">
-        <v>494</v>
+        <v>490</v>
       </c>
     </row>
     <row r="11" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B11" t="s">
-        <v>495</v>
+        <v>491</v>
       </c>
       <c r="C11" t="s">
-        <v>58</v>
+        <v>54</v>
       </c>
       <c r="D11" t="s">
-        <v>496</v>
+        <v>492</v>
       </c>
     </row>
     <row r="12" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B12" t="s">
-        <v>497</v>
+        <v>493</v>
       </c>
       <c r="C12" t="s">
-        <v>61</v>
+        <v>57</v>
       </c>
       <c r="D12" t="s">
-        <v>498</v>
+        <v>494</v>
       </c>
     </row>
     <row r="13" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B13" t="s">
-        <v>499</v>
+        <v>495</v>
       </c>
       <c r="C13" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="D13" t="s">
-        <v>500</v>
+        <v>496</v>
       </c>
     </row>
     <row r="14" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B14" t="s">
-        <v>501</v>
+        <v>497</v>
       </c>
       <c r="C14" t="s">
-        <v>67</v>
+        <v>63</v>
       </c>
       <c r="D14" t="s">
-        <v>502</v>
+        <v>498</v>
       </c>
     </row>
     <row r="15" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B15" t="s">
-        <v>503</v>
+        <v>499</v>
       </c>
       <c r="D15" t="s">
-        <v>504</v>
+        <v>500</v>
       </c>
     </row>
     <row r="16" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B16" t="s">
-        <v>505</v>
+        <v>501</v>
       </c>
       <c r="C16" t="s">
-        <v>70</v>
+        <v>66</v>
       </c>
       <c r="D16" t="s">
-        <v>506</v>
+        <v>502</v>
       </c>
     </row>
     <row r="17" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B17" t="s">
-        <v>507</v>
+        <v>503</v>
       </c>
       <c r="C17" t="s">
-        <v>75</v>
+        <v>71</v>
       </c>
       <c r="D17" t="s">
-        <v>508</v>
+        <v>504</v>
       </c>
     </row>
     <row r="18" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B18" t="s">
-        <v>509</v>
+        <v>505</v>
       </c>
       <c r="C18" t="s">
-        <v>78</v>
+        <v>74</v>
       </c>
       <c r="D18" t="s">
-        <v>510</v>
+        <v>506</v>
       </c>
     </row>
     <row r="19" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B19" t="s">
-        <v>197</v>
+        <v>193</v>
       </c>
       <c r="C19" t="s">
-        <v>81</v>
+        <v>77</v>
       </c>
       <c r="D19" t="s">
-        <v>511</v>
+        <v>507</v>
       </c>
     </row>
     <row r="20" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B20" t="s">
-        <v>194</v>
+        <v>190</v>
       </c>
       <c r="C20" t="s">
-        <v>84</v>
+        <v>80</v>
       </c>
       <c r="D20" t="s">
-        <v>512</v>
+        <v>508</v>
       </c>
     </row>
     <row r="21" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B21" t="s">
-        <v>513</v>
+        <v>509</v>
       </c>
       <c r="C21" t="s">
-        <v>89</v>
+        <v>85</v>
       </c>
       <c r="D21" t="s">
-        <v>514</v>
+        <v>510</v>
       </c>
     </row>
     <row r="22" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B22" t="s">
-        <v>515</v>
+        <v>511</v>
       </c>
       <c r="C22" t="s">
-        <v>92</v>
+        <v>88</v>
       </c>
       <c r="D22" t="s">
-        <v>516</v>
+        <v>512</v>
       </c>
     </row>
     <row r="23" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B23" t="s">
-        <v>517</v>
+        <v>513</v>
       </c>
       <c r="C23" t="s">
-        <v>95</v>
+        <v>91</v>
       </c>
       <c r="D23" t="s">
-        <v>518</v>
+        <v>514</v>
       </c>
     </row>
     <row r="24" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B24" t="s">
-        <v>519</v>
+        <v>515</v>
       </c>
       <c r="C24" t="s">
-        <v>98</v>
+        <v>94</v>
       </c>
       <c r="D24" t="s">
-        <v>520</v>
+        <v>516</v>
       </c>
     </row>
     <row r="25" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B25" t="s">
-        <v>521</v>
+        <v>517</v>
       </c>
       <c r="C25" t="s">
-        <v>101</v>
+        <v>97</v>
       </c>
       <c r="D25" t="s">
-        <v>522</v>
+        <v>518</v>
       </c>
     </row>
     <row r="26" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B26" t="s">
-        <v>523</v>
+        <v>519</v>
       </c>
       <c r="C26" t="s">
-        <v>104</v>
+        <v>100</v>
       </c>
       <c r="D26" t="s">
-        <v>524</v>
+        <v>520</v>
       </c>
     </row>
     <row r="27" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B27" t="s">
-        <v>525</v>
+        <v>521</v>
       </c>
       <c r="C27" t="s">
-        <v>107</v>
+        <v>103</v>
       </c>
       <c r="D27" t="s">
-        <v>526</v>
+        <v>522</v>
       </c>
     </row>
     <row r="28" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B28" t="s">
-        <v>527</v>
+        <v>523</v>
       </c>
       <c r="C28" t="s">
-        <v>110</v>
+        <v>106</v>
       </c>
       <c r="D28" t="s">
-        <v>528</v>
+        <v>524</v>
       </c>
     </row>
     <row r="29" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B29" t="s">
-        <v>529</v>
+        <v>525</v>
       </c>
       <c r="C29" t="s">
-        <v>115</v>
+        <v>111</v>
       </c>
       <c r="D29" t="s">
-        <v>530</v>
+        <v>526</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0400-000000000000}">
-  <dimension ref="A1:D173"/>
+  <dimension ref="A1:D154"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>38</v>
+        <v>34</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>39</v>
+        <v>35</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
-        <v>18</v>
+        <v>1112</v>
       </c>
       <c r="B2" t="s">
-        <v>19</v>
+        <v>1113</v>
       </c>
       <c r="D2" t="s">
-        <v>21</v>
+        <v>1115</v>
       </c>
     </row>
     <row r="3" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
-        <v>531</v>
+        <v>1116</v>
       </c>
       <c r="B3" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="D3" t="s">
-        <v>548</v>
+        <v>1117</v>
       </c>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A4" t="s">
-        <v>532</v>
+        <v>1118</v>
       </c>
       <c r="B4" t="s">
-        <v>123</v>
+        <v>1119</v>
       </c>
       <c r="D4" t="s">
-        <v>549</v>
+        <v>1120</v>
       </c>
     </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A5" t="s">
-        <v>533</v>
+        <v>527</v>
       </c>
       <c r="B5" t="s">
-        <v>129</v>
+        <v>1119</v>
       </c>
       <c r="D5" t="s">
-        <v>550</v>
+        <v>1121</v>
       </c>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B6" t="s">
-        <v>551</v>
+        <v>1122</v>
       </c>
       <c r="D6" t="s">
-        <v>552</v>
+        <v>1123</v>
       </c>
     </row>
     <row r="7" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A7" t="s">
+      <c r="B7" t="s">
+        <v>1122</v>
+      </c>
+      <c r="D7" t="s">
+        <v>1124</v>
+      </c>
+    </row>
+    <row r="8" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B8" t="s">
+        <v>1122</v>
+      </c>
+      <c r="D8" t="s">
+        <v>1125</v>
+      </c>
+    </row>
+    <row r="9" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B9" t="s">
+        <v>1122</v>
+      </c>
+      <c r="D9" t="s">
+        <v>1126</v>
+      </c>
+    </row>
+    <row r="10" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B10" t="s">
+        <v>1127</v>
+      </c>
+      <c r="D10" t="s">
+        <v>1128</v>
+      </c>
+    </row>
+    <row r="11" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B11" t="s">
+        <v>1129</v>
+      </c>
+      <c r="D11" t="s">
+        <v>1130</v>
+      </c>
+    </row>
+    <row r="12" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B12" t="s">
+        <v>1131</v>
+      </c>
+      <c r="D12" t="s">
+        <v>1132</v>
+      </c>
+    </row>
+    <row r="13" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B13" t="s">
+        <v>1131</v>
+      </c>
+      <c r="D13" t="s">
+        <v>1133</v>
+      </c>
+    </row>
+    <row r="14" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B14" t="s">
+        <v>1131</v>
+      </c>
+      <c r="D14" t="s">
+        <v>1134</v>
+      </c>
+    </row>
+    <row r="15" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B15" t="s">
+        <v>1135</v>
+      </c>
+      <c r="D15" t="s">
+        <v>1136</v>
+      </c>
+    </row>
+    <row r="16" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B16" t="s">
+        <v>1137</v>
+      </c>
+      <c r="D16" t="s">
+        <v>1138</v>
+      </c>
+    </row>
+    <row r="17" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B17" t="s">
+        <v>1137</v>
+      </c>
+      <c r="D17" t="s">
+        <v>1139</v>
+      </c>
+    </row>
+    <row r="18" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B18" t="s">
+        <v>1137</v>
+      </c>
+      <c r="D18" t="s">
+        <v>1140</v>
+      </c>
+    </row>
+    <row r="19" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B19" t="s">
+        <v>1141</v>
+      </c>
+      <c r="D19" t="s">
+        <v>1142</v>
+      </c>
+    </row>
+    <row r="20" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B20" t="s">
+        <v>1143</v>
+      </c>
+      <c r="D20" t="s">
+        <v>1144</v>
+      </c>
+    </row>
+    <row r="21" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B21" t="s">
+        <v>529</v>
+      </c>
+      <c r="C21" t="s">
+        <v>51</v>
+      </c>
+      <c r="D21" t="s">
+        <v>1145</v>
+      </c>
+    </row>
+    <row r="22" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B22" t="s">
+        <v>1146</v>
+      </c>
+      <c r="C22" t="s">
+        <v>54</v>
+      </c>
+      <c r="D22" t="s">
+        <v>1147</v>
+      </c>
+    </row>
+    <row r="23" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B23" t="s">
+        <v>1148</v>
+      </c>
+      <c r="C23" t="s">
+        <v>57</v>
+      </c>
+      <c r="D23" t="s">
+        <v>1149</v>
+      </c>
+    </row>
+    <row r="24" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B24" t="s">
+        <v>1150</v>
+      </c>
+      <c r="C24" t="s">
+        <v>60</v>
+      </c>
+      <c r="D24" t="s">
+        <v>1151</v>
+      </c>
+    </row>
+    <row r="25" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B25" t="s">
+        <v>532</v>
+      </c>
+      <c r="C25" t="s">
+        <v>63</v>
+      </c>
+      <c r="D25" t="s">
+        <v>1152</v>
+      </c>
+    </row>
+    <row r="26" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B26" t="s">
+        <v>437</v>
+      </c>
+      <c r="C26" t="s">
+        <v>66</v>
+      </c>
+      <c r="D26" t="s">
+        <v>1153</v>
+      </c>
+    </row>
+    <row r="27" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B27" t="s">
+        <v>530</v>
+      </c>
+      <c r="C27" t="s">
+        <v>71</v>
+      </c>
+      <c r="D27" t="s">
+        <v>1154</v>
+      </c>
+    </row>
+    <row r="28" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B28" t="s">
+        <v>531</v>
+      </c>
+      <c r="C28" t="s">
+        <v>74</v>
+      </c>
+      <c r="D28" t="s">
+        <v>1155</v>
+      </c>
+    </row>
+    <row r="29" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B29" t="s">
+        <v>537</v>
+      </c>
+      <c r="C29" t="s">
+        <v>77</v>
+      </c>
+      <c r="D29" t="s">
+        <v>1156</v>
+      </c>
+    </row>
+    <row r="30" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B30" t="s">
+        <v>1157</v>
+      </c>
+      <c r="C30" t="s">
+        <v>80</v>
+      </c>
+      <c r="D30" t="s">
+        <v>1158</v>
+      </c>
+    </row>
+    <row r="31" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B31" t="s">
         <v>535</v>
       </c>
-      <c r="B7" t="s">
-[...40 lines deleted...]
-      <c r="A11" t="s">
+      <c r="C31" t="s">
+        <v>85</v>
+      </c>
+      <c r="D31" t="s">
+        <v>1159</v>
+      </c>
+    </row>
+    <row r="32" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B32" t="s">
         <v>539</v>
       </c>
-      <c r="B11" t="s">
-[...232 lines deleted...]
-      </c>
       <c r="C32" t="s">
-        <v>98</v>
+        <v>88</v>
       </c>
       <c r="D32" t="s">
-        <v>598</v>
+        <v>1160</v>
       </c>
     </row>
     <row r="33" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B33" t="s">
-        <v>599</v>
+        <v>536</v>
+      </c>
+      <c r="C33" t="s">
+        <v>91</v>
       </c>
       <c r="D33" t="s">
-        <v>600</v>
+        <v>1161</v>
       </c>
     </row>
     <row r="34" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B34" t="s">
-        <v>601</v>
+        <v>533</v>
       </c>
       <c r="C34" t="s">
-        <v>101</v>
+        <v>94</v>
       </c>
       <c r="D34" t="s">
-        <v>602</v>
+        <v>1162</v>
       </c>
     </row>
     <row r="35" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B35" t="s">
-        <v>603</v>
+        <v>534</v>
       </c>
       <c r="C35" t="s">
-        <v>104</v>
+        <v>97</v>
       </c>
       <c r="D35" t="s">
-        <v>604</v>
+        <v>1163</v>
       </c>
     </row>
     <row r="36" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B36" t="s">
-        <v>605</v>
-[...2 lines deleted...]
-        <v>107</v>
+        <v>1164</v>
       </c>
       <c r="D36" t="s">
-        <v>606</v>
+        <v>1165</v>
       </c>
     </row>
     <row r="37" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B37" t="s">
-        <v>607</v>
+        <v>615</v>
+      </c>
+      <c r="C37" t="s">
+        <v>100</v>
       </c>
       <c r="D37" t="s">
-        <v>608</v>
+        <v>1166</v>
       </c>
     </row>
     <row r="38" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B38" t="s">
-        <v>609</v>
+        <v>540</v>
+      </c>
+      <c r="C38" t="s">
+        <v>103</v>
       </c>
       <c r="D38" t="s">
-        <v>610</v>
+        <v>1167</v>
       </c>
     </row>
     <row r="39" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B39" t="s">
-        <v>611</v>
+        <v>541</v>
       </c>
       <c r="C39" t="s">
-        <v>612</v>
+        <v>106</v>
       </c>
       <c r="D39" t="s">
-        <v>613</v>
+        <v>1168</v>
       </c>
     </row>
     <row r="40" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B40" t="s">
-        <v>614</v>
+        <v>1169</v>
       </c>
       <c r="C40" t="s">
-        <v>615</v>
+        <v>111</v>
       </c>
       <c r="D40" t="s">
-        <v>616</v>
+        <v>1170</v>
       </c>
     </row>
     <row r="41" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B41" t="s">
-        <v>617</v>
+        <v>542</v>
+      </c>
+      <c r="C41" t="s">
+        <v>114</v>
       </c>
       <c r="D41" t="s">
-        <v>618</v>
+        <v>1171</v>
       </c>
     </row>
     <row r="42" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B42" t="s">
-        <v>619</v>
+        <v>543</v>
       </c>
       <c r="C42" t="s">
-        <v>620</v>
+        <v>171</v>
       </c>
       <c r="D42" t="s">
-        <v>621</v>
+        <v>1172</v>
       </c>
     </row>
     <row r="43" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B43" t="s">
-        <v>622</v>
+        <v>1173</v>
       </c>
       <c r="C43" t="s">
-        <v>623</v>
+        <v>174</v>
       </c>
       <c r="D43" t="s">
-        <v>624</v>
+        <v>1174</v>
       </c>
     </row>
     <row r="44" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B44" t="s">
-        <v>625</v>
+        <v>1175</v>
       </c>
       <c r="C44" t="s">
-        <v>626</v>
+        <v>177</v>
       </c>
       <c r="D44" t="s">
-        <v>627</v>
+        <v>1176</v>
       </c>
     </row>
     <row r="45" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B45" t="s">
-        <v>628</v>
+        <v>544</v>
+      </c>
+      <c r="C45" t="s">
+        <v>182</v>
       </c>
       <c r="D45" t="s">
-        <v>629</v>
+        <v>1177</v>
       </c>
     </row>
     <row r="46" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B46" t="s">
-        <v>630</v>
-[...2 lines deleted...]
-        <v>631</v>
+        <v>1178</v>
       </c>
       <c r="D46" t="s">
-        <v>632</v>
+        <v>1179</v>
       </c>
     </row>
     <row r="47" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B47" t="s">
-        <v>633</v>
-[...2 lines deleted...]
-        <v>634</v>
+        <v>1180</v>
       </c>
       <c r="D47" t="s">
-        <v>635</v>
+        <v>1181</v>
       </c>
     </row>
     <row r="48" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B48" t="s">
-        <v>636</v>
+        <v>1182</v>
+      </c>
+      <c r="C48" t="s">
+        <v>185</v>
       </c>
       <c r="D48" t="s">
-        <v>637</v>
+        <v>1183</v>
       </c>
     </row>
     <row r="49" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B49" t="s">
-        <v>638</v>
+        <v>545</v>
+      </c>
+      <c r="C49" t="s">
+        <v>188</v>
       </c>
       <c r="D49" t="s">
-        <v>639</v>
+        <v>1184</v>
       </c>
     </row>
     <row r="50" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B50" t="s">
-        <v>640</v>
+        <v>1185</v>
       </c>
       <c r="C50" t="s">
-        <v>175</v>
+        <v>191</v>
       </c>
       <c r="D50" t="s">
-        <v>641</v>
+        <v>1186</v>
       </c>
     </row>
     <row r="51" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B51" t="s">
-        <v>642</v>
+        <v>1187</v>
       </c>
       <c r="C51" t="s">
-        <v>178</v>
+        <v>194</v>
       </c>
       <c r="D51" t="s">
-        <v>643</v>
+        <v>1188</v>
       </c>
     </row>
     <row r="52" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B52" t="s">
-        <v>644</v>
-[...2 lines deleted...]
-        <v>181</v>
+        <v>1189</v>
       </c>
       <c r="D52" t="s">
-        <v>645</v>
+        <v>1190</v>
       </c>
     </row>
     <row r="53" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B53" t="s">
-        <v>646</v>
+        <v>1191</v>
       </c>
       <c r="D53" t="s">
-        <v>647</v>
+        <v>1192</v>
       </c>
     </row>
     <row r="54" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B54" t="s">
-        <v>648</v>
+        <v>546</v>
+      </c>
+      <c r="C54" t="s">
+        <v>196</v>
       </c>
       <c r="D54" t="s">
-        <v>649</v>
+        <v>1193</v>
       </c>
     </row>
     <row r="55" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B55" t="s">
-        <v>650</v>
+        <v>1194</v>
       </c>
       <c r="C55" t="s">
-        <v>651</v>
+        <v>199</v>
       </c>
       <c r="D55" t="s">
-        <v>652</v>
+        <v>1195</v>
       </c>
     </row>
     <row r="56" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B56" t="s">
-        <v>653</v>
+        <v>547</v>
       </c>
       <c r="C56" t="s">
-        <v>654</v>
+        <v>202</v>
       </c>
       <c r="D56" t="s">
-        <v>655</v>
+        <v>1196</v>
       </c>
     </row>
     <row r="57" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B57" t="s">
-        <v>656</v>
-[...2 lines deleted...]
-        <v>657</v>
+        <v>1197</v>
       </c>
       <c r="D57" t="s">
-        <v>658</v>
+        <v>1198</v>
       </c>
     </row>
     <row r="58" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B58" t="s">
-        <v>659</v>
+        <v>1199</v>
       </c>
       <c r="D58" t="s">
-        <v>660</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="59" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B59" t="s">
-        <v>661</v>
+        <v>548</v>
+      </c>
+      <c r="C59" t="s">
+        <v>205</v>
       </c>
       <c r="D59" t="s">
-        <v>662</v>
+        <v>1201</v>
       </c>
     </row>
     <row r="60" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B60" t="s">
-        <v>663</v>
+        <v>549</v>
       </c>
       <c r="C60" t="s">
-        <v>189</v>
+        <v>208</v>
       </c>
       <c r="D60" t="s">
-        <v>664</v>
+        <v>1202</v>
       </c>
     </row>
     <row r="61" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B61" t="s">
-        <v>665</v>
+        <v>550</v>
       </c>
       <c r="C61" t="s">
-        <v>192</v>
+        <v>211</v>
       </c>
       <c r="D61" t="s">
-        <v>666</v>
+        <v>1203</v>
       </c>
     </row>
     <row r="62" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B62" t="s">
-        <v>667</v>
+        <v>93</v>
       </c>
       <c r="C62" t="s">
-        <v>195</v>
+        <v>216</v>
       </c>
       <c r="D62" t="s">
-        <v>668</v>
+        <v>1204</v>
       </c>
     </row>
     <row r="63" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B63" t="s">
-        <v>669</v>
+        <v>551</v>
+      </c>
+      <c r="C63" t="s">
+        <v>219</v>
       </c>
       <c r="D63" t="s">
-        <v>670</v>
+        <v>1205</v>
       </c>
     </row>
     <row r="64" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B64" t="s">
-        <v>671</v>
+        <v>552</v>
+      </c>
+      <c r="C64" t="s">
+        <v>222</v>
       </c>
       <c r="D64" t="s">
-        <v>672</v>
+        <v>1206</v>
       </c>
     </row>
     <row r="65" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B65" t="s">
-        <v>673</v>
+        <v>1207</v>
       </c>
       <c r="C65" t="s">
-        <v>674</v>
+        <v>225</v>
       </c>
       <c r="D65" t="s">
-        <v>675</v>
+        <v>1208</v>
       </c>
     </row>
     <row r="66" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B66" t="s">
-        <v>676</v>
+        <v>102</v>
       </c>
       <c r="C66" t="s">
-        <v>677</v>
+        <v>228</v>
       </c>
       <c r="D66" t="s">
-        <v>678</v>
+        <v>1209</v>
       </c>
     </row>
     <row r="67" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B67" t="s">
-        <v>679</v>
+        <v>105</v>
       </c>
       <c r="C67" t="s">
-        <v>680</v>
+        <v>230</v>
       </c>
       <c r="D67" t="s">
-        <v>681</v>
+        <v>1210</v>
       </c>
     </row>
     <row r="68" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B68" t="s">
-        <v>97</v>
+        <v>553</v>
       </c>
       <c r="C68" t="s">
-        <v>682</v>
+        <v>232</v>
       </c>
       <c r="D68" t="s">
-        <v>683</v>
+        <v>1211</v>
       </c>
     </row>
     <row r="69" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B69" t="s">
-        <v>684</v>
-[...2 lines deleted...]
-        <v>685</v>
+        <v>1212</v>
       </c>
       <c r="D69" t="s">
-        <v>686</v>
+        <v>1213</v>
       </c>
     </row>
     <row r="70" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B70" t="s">
-        <v>687</v>
+        <v>555</v>
       </c>
       <c r="C70" t="s">
-        <v>688</v>
+        <v>235</v>
       </c>
       <c r="D70" t="s">
-        <v>689</v>
+        <v>1214</v>
       </c>
     </row>
     <row r="71" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B71" t="s">
-        <v>106</v>
+        <v>1215</v>
       </c>
       <c r="C71" t="s">
-        <v>690</v>
+        <v>238</v>
       </c>
       <c r="D71" t="s">
-        <v>691</v>
+        <v>1216</v>
       </c>
     </row>
     <row r="72" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B72" t="s">
-        <v>109</v>
-[...2 lines deleted...]
-        <v>692</v>
+        <v>1217</v>
       </c>
       <c r="D72" t="s">
-        <v>693</v>
+        <v>1218</v>
       </c>
     </row>
     <row r="73" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B73" t="s">
-        <v>694</v>
+        <v>1219</v>
       </c>
       <c r="C73" t="s">
-        <v>695</v>
+        <v>240</v>
       </c>
       <c r="D73" t="s">
-        <v>696</v>
+        <v>1220</v>
       </c>
     </row>
     <row r="74" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B74" t="s">
-        <v>697</v>
+        <v>563</v>
       </c>
       <c r="C74" t="s">
-        <v>200</v>
+        <v>243</v>
       </c>
       <c r="D74" t="s">
-        <v>698</v>
+        <v>1221</v>
       </c>
     </row>
     <row r="75" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B75" t="s">
-        <v>699</v>
+        <v>1222</v>
       </c>
       <c r="D75" t="s">
-        <v>700</v>
+        <v>1223</v>
       </c>
     </row>
     <row r="76" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B76" t="s">
-        <v>701</v>
+        <v>561</v>
       </c>
       <c r="C76" t="s">
-        <v>203</v>
+        <v>248</v>
       </c>
       <c r="D76" t="s">
-        <v>702</v>
+        <v>1224</v>
       </c>
     </row>
     <row r="77" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B77" t="s">
-        <v>703</v>
+        <v>1225</v>
       </c>
       <c r="C77" t="s">
-        <v>206</v>
+        <v>251</v>
       </c>
       <c r="D77" t="s">
-        <v>704</v>
+        <v>1226</v>
       </c>
     </row>
     <row r="78" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B78" t="s">
-        <v>705</v>
+        <v>158</v>
+      </c>
+      <c r="C78" t="s">
+        <v>253</v>
       </c>
       <c r="D78" t="s">
-        <v>706</v>
+        <v>1227</v>
       </c>
     </row>
     <row r="79" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B79" t="s">
-        <v>707</v>
+        <v>557</v>
       </c>
       <c r="C79" t="s">
-        <v>209</v>
+        <v>256</v>
       </c>
       <c r="D79" t="s">
-        <v>708</v>
+        <v>1228</v>
       </c>
     </row>
     <row r="80" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B80" t="s">
-        <v>709</v>
+        <v>559</v>
+      </c>
+      <c r="C80" t="s">
+        <v>258</v>
       </c>
       <c r="D80" t="s">
-        <v>710</v>
+        <v>1229</v>
       </c>
     </row>
     <row r="81" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B81" t="s">
-        <v>711</v>
+        <v>73</v>
       </c>
       <c r="C81" t="s">
-        <v>212</v>
+        <v>260</v>
       </c>
       <c r="D81" t="s">
-        <v>712</v>
+        <v>1230</v>
       </c>
     </row>
     <row r="82" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B82" t="s">
-        <v>77</v>
+        <v>558</v>
       </c>
       <c r="C82" t="s">
-        <v>215</v>
+        <v>262</v>
       </c>
       <c r="D82" t="s">
-        <v>713</v>
+        <v>1231</v>
       </c>
     </row>
     <row r="83" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B83" t="s">
-        <v>714</v>
+        <v>523</v>
       </c>
       <c r="C83" t="s">
-        <v>220</v>
+        <v>265</v>
       </c>
       <c r="D83" t="s">
-        <v>715</v>
+        <v>1232</v>
       </c>
     </row>
     <row r="84" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B84" t="s">
-        <v>716</v>
+        <v>556</v>
       </c>
       <c r="C84" t="s">
-        <v>223</v>
+        <v>268</v>
       </c>
       <c r="D84" t="s">
-        <v>717</v>
+        <v>1233</v>
       </c>
     </row>
     <row r="85" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B85" t="s">
-        <v>718</v>
+        <v>440</v>
       </c>
       <c r="C85" t="s">
-        <v>226</v>
+        <v>270</v>
       </c>
       <c r="D85" t="s">
-        <v>719</v>
+        <v>1234</v>
       </c>
     </row>
     <row r="86" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B86" t="s">
-        <v>527</v>
+        <v>1235</v>
       </c>
       <c r="C86" t="s">
-        <v>229</v>
+        <v>273</v>
       </c>
       <c r="D86" t="s">
-        <v>720</v>
+        <v>1236</v>
       </c>
     </row>
     <row r="87" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B87" t="s">
-        <v>721</v>
-[...2 lines deleted...]
-        <v>232</v>
+        <v>1237</v>
       </c>
       <c r="D87" t="s">
-        <v>722</v>
+        <v>1238</v>
       </c>
     </row>
     <row r="88" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B88" t="s">
-        <v>723</v>
+        <v>560</v>
+      </c>
+      <c r="C88" t="s">
+        <v>278</v>
       </c>
       <c r="D88" t="s">
-        <v>724</v>
+        <v>1239</v>
       </c>
     </row>
     <row r="89" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B89" t="s">
-        <v>725</v>
+        <v>562</v>
+      </c>
+      <c r="C89" t="s">
+        <v>281</v>
       </c>
       <c r="D89" t="s">
-        <v>726</v>
+        <v>1240</v>
       </c>
     </row>
     <row r="90" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B90" t="s">
-        <v>727</v>
+        <v>1241</v>
       </c>
       <c r="C90" t="s">
-        <v>728</v>
+        <v>284</v>
       </c>
       <c r="D90" t="s">
-        <v>729</v>
+        <v>1242</v>
       </c>
     </row>
     <row r="91" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B91" t="s">
-        <v>730</v>
+        <v>1243</v>
       </c>
       <c r="C91" t="s">
-        <v>731</v>
+        <v>287</v>
       </c>
       <c r="D91" t="s">
-        <v>732</v>
+        <v>1244</v>
       </c>
     </row>
     <row r="92" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B92" t="s">
-        <v>733</v>
+        <v>1245</v>
       </c>
       <c r="C92" t="s">
-        <v>734</v>
+        <v>289</v>
       </c>
       <c r="D92" t="s">
-        <v>735</v>
+        <v>1246</v>
       </c>
     </row>
     <row r="93" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B93" t="s">
-        <v>736</v>
+        <v>1247</v>
       </c>
       <c r="C93" t="s">
-        <v>737</v>
+        <v>292</v>
       </c>
       <c r="D93" t="s">
-        <v>738</v>
+        <v>1248</v>
       </c>
     </row>
     <row r="94" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B94" t="s">
-        <v>739</v>
+        <v>1249</v>
       </c>
       <c r="C94" t="s">
-        <v>740</v>
+        <v>295</v>
       </c>
       <c r="D94" t="s">
-        <v>741</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="95" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B95" t="s">
-        <v>742</v>
+        <v>1251</v>
       </c>
       <c r="C95" t="s">
-        <v>743</v>
+        <v>297</v>
       </c>
       <c r="D95" t="s">
-        <v>744</v>
+        <v>1252</v>
       </c>
     </row>
     <row r="96" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B96" t="s">
-        <v>162</v>
-[...2 lines deleted...]
-        <v>745</v>
+        <v>1253</v>
       </c>
       <c r="D96" t="s">
-        <v>746</v>
+        <v>1254</v>
       </c>
     </row>
     <row r="97" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B97" t="s">
-        <v>747</v>
-[...2 lines deleted...]
-        <v>748</v>
+        <v>1255</v>
       </c>
       <c r="D97" t="s">
-        <v>749</v>
+        <v>1256</v>
       </c>
     </row>
     <row r="98" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B98" t="s">
-        <v>750</v>
+        <v>1257</v>
       </c>
       <c r="C98" t="s">
-        <v>751</v>
+        <v>299</v>
       </c>
       <c r="D98" t="s">
-        <v>752</v>
+        <v>1258</v>
       </c>
     </row>
     <row r="99" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B99" t="s">
-        <v>753</v>
+        <v>564</v>
       </c>
       <c r="C99" t="s">
-        <v>754</v>
+        <v>301</v>
       </c>
       <c r="D99" t="s">
-        <v>755</v>
+        <v>1259</v>
       </c>
     </row>
     <row r="100" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B100" t="s">
-        <v>444</v>
+        <v>565</v>
       </c>
       <c r="C100" t="s">
-        <v>756</v>
+        <v>304</v>
       </c>
       <c r="D100" t="s">
-        <v>757</v>
+        <v>1260</v>
       </c>
     </row>
     <row r="101" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B101" t="s">
-        <v>758</v>
+        <v>566</v>
+      </c>
+      <c r="C101" t="s">
+        <v>307</v>
       </c>
       <c r="D101" t="s">
-        <v>759</v>
+        <v>1261</v>
       </c>
     </row>
     <row r="102" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B102" t="s">
-        <v>760</v>
+        <v>567</v>
+      </c>
+      <c r="C102" t="s">
+        <v>312</v>
       </c>
       <c r="D102" t="s">
-        <v>761</v>
+        <v>1262</v>
       </c>
     </row>
     <row r="103" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B103" t="s">
-        <v>762</v>
-[...2 lines deleted...]
-        <v>763</v>
+        <v>1263</v>
       </c>
       <c r="D103" t="s">
-        <v>764</v>
+        <v>1264</v>
       </c>
     </row>
     <row r="104" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B104" t="s">
-        <v>765</v>
+        <v>568</v>
       </c>
       <c r="C104" t="s">
-        <v>766</v>
+        <v>315</v>
       </c>
       <c r="D104" t="s">
-        <v>767</v>
+        <v>1265</v>
       </c>
     </row>
     <row r="105" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B105" t="s">
-        <v>768</v>
+        <v>569</v>
+      </c>
+      <c r="C105" t="s">
+        <v>318</v>
       </c>
       <c r="D105" t="s">
-        <v>769</v>
+        <v>1266</v>
       </c>
     </row>
     <row r="106" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B106" t="s">
-        <v>770</v>
+        <v>570</v>
       </c>
       <c r="C106" t="s">
-        <v>771</v>
+        <v>321</v>
       </c>
       <c r="D106" t="s">
-        <v>772</v>
+        <v>1267</v>
       </c>
     </row>
     <row r="107" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B107" t="s">
-        <v>773</v>
+        <v>571</v>
       </c>
       <c r="C107" t="s">
-        <v>774</v>
+        <v>323</v>
       </c>
       <c r="D107" t="s">
-        <v>775</v>
+        <v>1268</v>
       </c>
     </row>
     <row r="108" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B108" t="s">
-        <v>776</v>
+        <v>538</v>
+      </c>
+      <c r="C108" t="s">
+        <v>326</v>
       </c>
       <c r="D108" t="s">
-        <v>777</v>
+        <v>1269</v>
       </c>
     </row>
     <row r="109" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B109" t="s">
-        <v>778</v>
+        <v>574</v>
+      </c>
+      <c r="C109" t="s">
+        <v>328</v>
       </c>
       <c r="D109" t="s">
-        <v>779</v>
+        <v>1270</v>
       </c>
     </row>
     <row r="110" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B110" t="s">
-        <v>780</v>
+        <v>572</v>
       </c>
       <c r="C110" t="s">
-        <v>781</v>
+        <v>331</v>
       </c>
       <c r="D110" t="s">
-        <v>782</v>
+        <v>1271</v>
       </c>
     </row>
     <row r="111" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B111" t="s">
-        <v>783</v>
+        <v>573</v>
       </c>
       <c r="C111" t="s">
-        <v>774</v>
+        <v>334</v>
       </c>
       <c r="D111" t="s">
-        <v>784</v>
+        <v>1272</v>
       </c>
     </row>
     <row r="112" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B112" t="s">
-        <v>785</v>
+        <v>1273</v>
+      </c>
+      <c r="C112" t="s">
+        <v>337</v>
       </c>
       <c r="D112" t="s">
-        <v>786</v>
+        <v>1274</v>
       </c>
     </row>
     <row r="113" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B113" t="s">
-        <v>787</v>
+        <v>575</v>
       </c>
       <c r="C113" t="s">
-        <v>788</v>
+        <v>342</v>
       </c>
       <c r="D113" t="s">
-        <v>789</v>
+        <v>1275</v>
       </c>
     </row>
     <row r="114" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B114" t="s">
-        <v>790</v>
+        <v>576</v>
       </c>
       <c r="C114" t="s">
-        <v>791</v>
+        <v>345</v>
       </c>
       <c r="D114" t="s">
-        <v>792</v>
+        <v>1276</v>
       </c>
     </row>
     <row r="115" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B115" t="s">
-        <v>793</v>
+        <v>1277</v>
       </c>
       <c r="C115" t="s">
-        <v>794</v>
+        <v>348</v>
       </c>
       <c r="D115" t="s">
-        <v>795</v>
+        <v>1278</v>
       </c>
     </row>
     <row r="116" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B116" t="s">
-        <v>796</v>
+        <v>1279</v>
       </c>
       <c r="C116" t="s">
-        <v>791</v>
+        <v>351</v>
       </c>
       <c r="D116" t="s">
-        <v>797</v>
+        <v>1280</v>
       </c>
     </row>
     <row r="117" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B117" t="s">
-        <v>798</v>
+        <v>1281</v>
       </c>
       <c r="D117" t="s">
-        <v>799</v>
+        <v>1282</v>
       </c>
     </row>
     <row r="118" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B118" t="s">
-        <v>800</v>
+        <v>577</v>
       </c>
       <c r="C118" t="s">
-        <v>801</v>
+        <v>354</v>
       </c>
       <c r="D118" t="s">
-        <v>802</v>
+        <v>1283</v>
       </c>
     </row>
     <row r="119" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B119" t="s">
-        <v>803</v>
+        <v>579</v>
       </c>
       <c r="C119" t="s">
-        <v>774</v>
+        <v>357</v>
       </c>
       <c r="D119" t="s">
-        <v>804</v>
+        <v>1284</v>
       </c>
     </row>
     <row r="120" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B120" t="s">
-        <v>805</v>
+        <v>1285</v>
+      </c>
+      <c r="C120" t="s">
+        <v>360</v>
       </c>
       <c r="D120" t="s">
-        <v>806</v>
+        <v>1286</v>
       </c>
     </row>
     <row r="121" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B121" t="s">
-        <v>807</v>
+        <v>580</v>
       </c>
       <c r="C121" t="s">
-        <v>808</v>
+        <v>363</v>
       </c>
       <c r="D121" t="s">
-        <v>809</v>
+        <v>1287</v>
       </c>
     </row>
     <row r="122" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B122" t="s">
-        <v>810</v>
-[...2 lines deleted...]
-        <v>811</v>
+        <v>1288</v>
       </c>
       <c r="D122" t="s">
-        <v>812</v>
+        <v>1289</v>
       </c>
     </row>
     <row r="123" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B123" t="s">
-        <v>813</v>
+        <v>1290</v>
       </c>
       <c r="C123" t="s">
-        <v>791</v>
+        <v>366</v>
       </c>
       <c r="D123" t="s">
-        <v>814</v>
+        <v>1291</v>
       </c>
     </row>
     <row r="124" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B124" t="s">
-        <v>815</v>
+        <v>1292</v>
       </c>
       <c r="C124" t="s">
-        <v>816</v>
+        <v>369</v>
       </c>
       <c r="D124" t="s">
-        <v>817</v>
+        <v>1293</v>
       </c>
     </row>
     <row r="125" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B125" t="s">
-        <v>818</v>
+        <v>581</v>
+      </c>
+      <c r="C125" t="s">
+        <v>372</v>
       </c>
       <c r="D125" t="s">
-        <v>819</v>
+        <v>1294</v>
       </c>
     </row>
     <row r="126" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B126" t="s">
-        <v>820</v>
+        <v>1295</v>
       </c>
       <c r="C126" t="s">
-        <v>821</v>
+        <v>375</v>
       </c>
       <c r="D126" t="s">
-        <v>822</v>
+        <v>1296</v>
       </c>
     </row>
     <row r="127" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B127" t="s">
-        <v>823</v>
-[...2 lines deleted...]
-        <v>824</v>
+        <v>1297</v>
       </c>
       <c r="D127" t="s">
-        <v>825</v>
+        <v>1298</v>
       </c>
     </row>
     <row r="128" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B128" t="s">
-        <v>826</v>
+        <v>1299</v>
       </c>
       <c r="C128" t="s">
-        <v>244</v>
+        <v>380</v>
       </c>
       <c r="D128" t="s">
-        <v>827</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="129" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B129" t="s">
-        <v>828</v>
+        <v>554</v>
       </c>
       <c r="C129" t="s">
-        <v>247</v>
+        <v>383</v>
       </c>
       <c r="D129" t="s">
-        <v>829</v>
+        <v>1301</v>
       </c>
     </row>
     <row r="130" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B130" t="s">
-        <v>830</v>
+        <v>1302</v>
       </c>
       <c r="C130" t="s">
-        <v>252</v>
+        <v>386</v>
       </c>
       <c r="D130" t="s">
-        <v>831</v>
+        <v>1303</v>
       </c>
     </row>
     <row r="131" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B131" t="s">
-        <v>832</v>
+        <v>1304</v>
       </c>
       <c r="D131" t="s">
-        <v>833</v>
+        <v>1305</v>
       </c>
     </row>
     <row r="132" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B132" t="s">
-        <v>834</v>
-[...2 lines deleted...]
-        <v>835</v>
+        <v>1306</v>
       </c>
       <c r="D132" t="s">
-        <v>836</v>
+        <v>1307</v>
       </c>
     </row>
     <row r="133" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B133" t="s">
-        <v>837</v>
+        <v>1308</v>
       </c>
       <c r="C133" t="s">
-        <v>838</v>
+        <v>389</v>
       </c>
       <c r="D133" t="s">
-        <v>839</v>
+        <v>1309</v>
       </c>
     </row>
     <row r="134" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B134" t="s">
-        <v>840</v>
+        <v>582</v>
+      </c>
+      <c r="C134" t="s">
+        <v>392</v>
       </c>
       <c r="D134" t="s">
-        <v>841</v>
+        <v>1310</v>
       </c>
     </row>
     <row r="135" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B135" t="s">
-        <v>842</v>
+        <v>583</v>
       </c>
       <c r="C135" t="s">
-        <v>843</v>
+        <v>395</v>
       </c>
       <c r="D135" t="s">
-        <v>844</v>
+        <v>1311</v>
       </c>
     </row>
     <row r="136" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B136" t="s">
-        <v>845</v>
+        <v>1312</v>
       </c>
       <c r="D136" t="s">
-        <v>846</v>
+        <v>1313</v>
       </c>
     </row>
     <row r="137" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B137" t="s">
-        <v>847</v>
+        <v>1314</v>
+      </c>
+      <c r="C137" t="s">
+        <v>398</v>
       </c>
       <c r="D137" t="s">
-        <v>848</v>
+        <v>1315</v>
       </c>
     </row>
     <row r="138" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B138" t="s">
-        <v>849</v>
+        <v>1316</v>
       </c>
       <c r="C138" t="s">
-        <v>850</v>
+        <v>401</v>
       </c>
       <c r="D138" t="s">
-        <v>851</v>
+        <v>1317</v>
       </c>
     </row>
     <row r="139" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B139" t="s">
-        <v>852</v>
+        <v>1318</v>
       </c>
       <c r="C139" t="s">
-        <v>853</v>
+        <v>404</v>
       </c>
       <c r="D139" t="s">
-        <v>854</v>
+        <v>1319</v>
       </c>
     </row>
     <row r="140" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B140" t="s">
-        <v>855</v>
+        <v>1320</v>
+      </c>
+      <c r="C140" t="s">
+        <v>407</v>
       </c>
       <c r="D140" t="s">
-        <v>856</v>
+        <v>1321</v>
       </c>
     </row>
     <row r="141" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B141" t="s">
-        <v>857</v>
+        <v>1322</v>
       </c>
       <c r="C141" t="s">
-        <v>858</v>
+        <v>410</v>
       </c>
       <c r="D141" t="s">
-        <v>859</v>
+        <v>1323</v>
       </c>
     </row>
     <row r="142" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B142" t="s">
-        <v>860</v>
+        <v>1324</v>
       </c>
       <c r="C142" t="s">
-        <v>861</v>
+        <v>413</v>
       </c>
       <c r="D142" t="s">
-        <v>862</v>
+        <v>1325</v>
       </c>
     </row>
     <row r="143" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B143" t="s">
-        <v>863</v>
+        <v>1326</v>
       </c>
       <c r="C143" t="s">
-        <v>864</v>
+        <v>418</v>
       </c>
       <c r="D143" t="s">
-        <v>865</v>
+        <v>1327</v>
       </c>
     </row>
     <row r="144" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B144" t="s">
-        <v>866</v>
+        <v>1328</v>
+      </c>
+      <c r="C144" t="s">
+        <v>421</v>
       </c>
       <c r="D144" t="s">
-        <v>867</v>
+        <v>1329</v>
       </c>
     </row>
     <row r="145" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B145" t="s">
-        <v>868</v>
+        <v>1330</v>
+      </c>
+      <c r="C145" t="s">
+        <v>424</v>
       </c>
       <c r="D145" t="s">
-        <v>869</v>
+        <v>1331</v>
       </c>
     </row>
     <row r="146" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B146" t="s">
-        <v>870</v>
+        <v>1332</v>
+      </c>
+      <c r="C146" t="s">
+        <v>427</v>
       </c>
       <c r="D146" t="s">
-        <v>871</v>
+        <v>1333</v>
       </c>
     </row>
     <row r="147" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B147" t="s">
-        <v>872</v>
+        <v>1334</v>
       </c>
       <c r="C147" t="s">
-        <v>262</v>
+        <v>432</v>
       </c>
       <c r="D147" t="s">
-        <v>873</v>
+        <v>1335</v>
       </c>
     </row>
     <row r="148" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B148" t="s">
-        <v>874</v>
+        <v>1336</v>
       </c>
       <c r="C148" t="s">
-        <v>264</v>
+        <v>435</v>
       </c>
       <c r="D148" t="s">
-        <v>875</v>
+        <v>1337</v>
       </c>
     </row>
     <row r="149" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B149" t="s">
-        <v>876</v>
+        <v>1338</v>
       </c>
       <c r="C149" t="s">
-        <v>266</v>
+        <v>438</v>
       </c>
       <c r="D149" t="s">
-        <v>877</v>
+        <v>1339</v>
       </c>
     </row>
     <row r="150" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B150" t="s">
-        <v>878</v>
+        <v>578</v>
+      </c>
+      <c r="C150" t="s">
+        <v>441</v>
       </c>
       <c r="D150" t="s">
-        <v>879</v>
+        <v>1340</v>
       </c>
     </row>
     <row r="151" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B151" t="s">
-        <v>880</v>
+        <v>1341</v>
+      </c>
+      <c r="C151" t="s">
+        <v>444</v>
       </c>
       <c r="D151" t="s">
-        <v>881</v>
+        <v>1342</v>
       </c>
     </row>
     <row r="152" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B152" t="s">
-        <v>880</v>
+        <v>1343</v>
+      </c>
+      <c r="C152" t="s">
+        <v>447</v>
       </c>
       <c r="D152" t="s">
-        <v>882</v>
+        <v>1344</v>
       </c>
     </row>
     <row r="153" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B153" t="s">
-        <v>880</v>
+        <v>1345</v>
+      </c>
+      <c r="C153" t="s">
+        <v>450</v>
       </c>
       <c r="D153" t="s">
-        <v>883</v>
+        <v>1346</v>
       </c>
     </row>
     <row r="154" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B154" t="s">
-        <v>880</v>
+        <v>584</v>
       </c>
       <c r="D154" t="s">
-        <v>884</v>
-[...151 lines deleted...]
-        <v>903</v>
+        <v>1347</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="A1:D31"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>38</v>
+        <v>34</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>39</v>
+        <v>35</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
         <v>7</v>
       </c>
       <c r="B2" s="4" t="s">
-        <v>44</v>
+        <v>40</v>
       </c>
       <c r="D2" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="3" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
       <c r="B3" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="D3" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B4" t="s">
-        <v>44</v>
+        <v>40</v>
       </c>
       <c r="D4" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
     </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B5" t="s">
-        <v>46</v>
+        <v>42</v>
       </c>
       <c r="D5" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B6" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="D6" t="s">
-        <v>49</v>
+        <v>45</v>
       </c>
     </row>
     <row r="7" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B7" t="s">
-        <v>50</v>
+        <v>46</v>
       </c>
       <c r="D7" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
     </row>
     <row r="8" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B8" t="s">
-        <v>52</v>
+        <v>48</v>
       </c>
       <c r="D8" t="s">
-        <v>53</v>
+        <v>49</v>
       </c>
     </row>
     <row r="9" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B9" t="s">
-        <v>54</v>
+        <v>50</v>
       </c>
       <c r="C9" t="s">
-        <v>55</v>
+        <v>51</v>
       </c>
       <c r="D9" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
     </row>
     <row r="10" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B10" t="s">
-        <v>57</v>
+        <v>53</v>
       </c>
       <c r="C10" t="s">
-        <v>58</v>
+        <v>54</v>
       </c>
       <c r="D10" t="s">
-        <v>59</v>
+        <v>55</v>
       </c>
     </row>
     <row r="11" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B11" t="s">
-        <v>60</v>
+        <v>56</v>
       </c>
       <c r="C11" t="s">
-        <v>61</v>
+        <v>57</v>
       </c>
       <c r="D11" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
     </row>
     <row r="12" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B12" t="s">
-        <v>63</v>
+        <v>59</v>
       </c>
       <c r="C12" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="D12" t="s">
-        <v>65</v>
+        <v>61</v>
       </c>
     </row>
     <row r="13" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B13" t="s">
-        <v>66</v>
+        <v>62</v>
       </c>
       <c r="C13" t="s">
-        <v>67</v>
+        <v>63</v>
       </c>
       <c r="D13" t="s">
-        <v>68</v>
+        <v>64</v>
       </c>
     </row>
     <row r="14" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B14" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
       <c r="C14" t="s">
-        <v>70</v>
+        <v>66</v>
       </c>
       <c r="D14" t="s">
-        <v>71</v>
+        <v>67</v>
       </c>
     </row>
     <row r="15" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B15" t="s">
-        <v>72</v>
+        <v>68</v>
       </c>
       <c r="D15" t="s">
-        <v>73</v>
+        <v>69</v>
       </c>
     </row>
     <row r="16" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B16" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="C16" t="s">
-        <v>75</v>
+        <v>71</v>
       </c>
       <c r="D16" t="s">
-        <v>76</v>
+        <v>72</v>
       </c>
     </row>
     <row r="17" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B17" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="C17" t="s">
-        <v>78</v>
+        <v>74</v>
       </c>
       <c r="D17" t="s">
-        <v>79</v>
+        <v>75</v>
       </c>
     </row>
     <row r="18" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B18" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="C18" t="s">
-        <v>81</v>
+        <v>77</v>
       </c>
       <c r="D18" t="s">
-        <v>82</v>
+        <v>78</v>
       </c>
     </row>
     <row r="19" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B19" t="s">
-        <v>83</v>
+        <v>79</v>
       </c>
       <c r="C19" t="s">
-        <v>84</v>
+        <v>80</v>
       </c>
       <c r="D19" t="s">
-        <v>85</v>
+        <v>81</v>
       </c>
     </row>
     <row r="20" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B20" t="s">
-        <v>86</v>
+        <v>82</v>
       </c>
       <c r="D20" t="s">
-        <v>87</v>
+        <v>83</v>
       </c>
     </row>
     <row r="21" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B21" t="s">
-        <v>88</v>
+        <v>84</v>
       </c>
       <c r="C21" t="s">
-        <v>89</v>
+        <v>85</v>
       </c>
       <c r="D21" t="s">
-        <v>90</v>
+        <v>86</v>
       </c>
     </row>
     <row r="22" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B22" t="s">
-        <v>91</v>
+        <v>87</v>
       </c>
       <c r="C22" t="s">
-        <v>92</v>
+        <v>88</v>
       </c>
       <c r="D22" t="s">
-        <v>93</v>
+        <v>89</v>
       </c>
     </row>
     <row r="23" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B23" t="s">
-        <v>94</v>
+        <v>90</v>
       </c>
       <c r="C23" t="s">
-        <v>95</v>
+        <v>91</v>
       </c>
       <c r="D23" t="s">
-        <v>96</v>
+        <v>92</v>
       </c>
     </row>
     <row r="24" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B24" t="s">
-        <v>97</v>
+        <v>93</v>
       </c>
       <c r="C24" t="s">
-        <v>98</v>
+        <v>94</v>
       </c>
       <c r="D24" t="s">
-        <v>99</v>
+        <v>95</v>
       </c>
     </row>
     <row r="25" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B25" t="s">
-        <v>100</v>
+        <v>96</v>
       </c>
       <c r="C25" t="s">
-        <v>101</v>
+        <v>97</v>
       </c>
       <c r="D25" t="s">
-        <v>102</v>
+        <v>98</v>
       </c>
     </row>
     <row r="26" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B26" t="s">
-        <v>103</v>
+        <v>99</v>
       </c>
       <c r="C26" t="s">
-        <v>104</v>
+        <v>100</v>
       </c>
       <c r="D26" t="s">
-        <v>105</v>
+        <v>101</v>
       </c>
     </row>
     <row r="27" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B27" t="s">
-        <v>106</v>
+        <v>102</v>
       </c>
       <c r="C27" t="s">
-        <v>107</v>
+        <v>103</v>
       </c>
       <c r="D27" t="s">
-        <v>108</v>
+        <v>104</v>
       </c>
     </row>
     <row r="28" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B28" t="s">
-        <v>109</v>
+        <v>105</v>
       </c>
       <c r="C28" t="s">
-        <v>110</v>
+        <v>106</v>
       </c>
       <c r="D28" t="s">
-        <v>111</v>
+        <v>107</v>
       </c>
     </row>
     <row r="29" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B29" t="s">
-        <v>112</v>
+        <v>108</v>
       </c>
       <c r="D29" t="s">
-        <v>113</v>
+        <v>109</v>
       </c>
     </row>
     <row r="30" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B30" t="s">
-        <v>114</v>
+        <v>110</v>
       </c>
       <c r="C30" t="s">
-        <v>115</v>
+        <v>111</v>
       </c>
       <c r="D30" t="s">
-        <v>116</v>
+        <v>112</v>
       </c>
     </row>
     <row r="31" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B31" t="s">
-        <v>117</v>
+        <v>113</v>
       </c>
       <c r="C31" t="s">
-        <v>118</v>
+        <v>114</v>
       </c>
       <c r="D31" t="s">
-        <v>119</v>
+        <v>115</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0500-000000000000}">
   <dimension ref="A1:D98"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>38</v>
+        <v>34</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>39</v>
+        <v>35</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="B2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="D2" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
     </row>
     <row r="3" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
-        <v>904</v>
+        <v>585</v>
       </c>
       <c r="B3" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="D3" t="s">
-        <v>905</v>
+        <v>586</v>
       </c>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B4" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="D4" t="s">
-        <v>906</v>
+        <v>587</v>
       </c>
     </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B5" t="s">
-        <v>907</v>
+        <v>588</v>
       </c>
       <c r="D5" t="s">
-        <v>908</v>
+        <v>589</v>
       </c>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B6" t="s">
-        <v>129</v>
+        <v>125</v>
       </c>
       <c r="D6" t="s">
-        <v>909</v>
+        <v>590</v>
       </c>
     </row>
     <row r="7" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B7" t="s">
-        <v>910</v>
+        <v>591</v>
       </c>
       <c r="D7" t="s">
-        <v>911</v>
+        <v>592</v>
       </c>
     </row>
     <row r="8" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B8" t="s">
-        <v>912</v>
+        <v>593</v>
       </c>
       <c r="D8" t="s">
-        <v>913</v>
+        <v>594</v>
       </c>
     </row>
     <row r="9" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B9" t="s">
-        <v>486</v>
+        <v>482</v>
       </c>
       <c r="D9" t="s">
-        <v>914</v>
+        <v>595</v>
       </c>
     </row>
     <row r="10" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B10" t="s">
-        <v>915</v>
+        <v>596</v>
       </c>
       <c r="D10" t="s">
-        <v>916</v>
+        <v>597</v>
       </c>
     </row>
     <row r="11" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B11" t="s">
-        <v>917</v>
+        <v>598</v>
       </c>
       <c r="D11" t="s">
-        <v>918</v>
+        <v>599</v>
       </c>
     </row>
     <row r="12" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B12" t="s">
-        <v>919</v>
+        <v>600</v>
       </c>
       <c r="C12" t="s">
-        <v>55</v>
+        <v>51</v>
       </c>
       <c r="D12" t="s">
-        <v>920</v>
+        <v>601</v>
       </c>
     </row>
     <row r="13" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B13" t="s">
-        <v>921</v>
+        <v>602</v>
       </c>
       <c r="C13" t="s">
-        <v>58</v>
+        <v>54</v>
       </c>
       <c r="D13" t="s">
-        <v>922</v>
+        <v>603</v>
       </c>
     </row>
     <row r="14" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B14" t="s">
-        <v>923</v>
+        <v>604</v>
       </c>
       <c r="C14" t="s">
-        <v>61</v>
+        <v>57</v>
       </c>
       <c r="D14" t="s">
-        <v>924</v>
+        <v>605</v>
       </c>
     </row>
     <row r="15" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B15" t="s">
-        <v>925</v>
+        <v>606</v>
       </c>
       <c r="C15" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="D15" t="s">
-        <v>926</v>
+        <v>607</v>
       </c>
     </row>
     <row r="16" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B16" t="s">
-        <v>927</v>
+        <v>608</v>
       </c>
       <c r="C16" t="s">
-        <v>67</v>
+        <v>63</v>
       </c>
       <c r="D16" t="s">
-        <v>928</v>
+        <v>609</v>
       </c>
     </row>
     <row r="17" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B17" t="s">
-        <v>63</v>
+        <v>59</v>
       </c>
       <c r="C17" t="s">
-        <v>70</v>
+        <v>66</v>
       </c>
       <c r="D17" t="s">
-        <v>929</v>
+        <v>610</v>
       </c>
     </row>
     <row r="18" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B18" t="s">
-        <v>930</v>
+        <v>611</v>
       </c>
       <c r="C18" t="s">
-        <v>75</v>
+        <v>71</v>
       </c>
       <c r="D18" t="s">
-        <v>931</v>
+        <v>612</v>
       </c>
     </row>
     <row r="19" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B19" t="s">
-        <v>932</v>
+        <v>613</v>
       </c>
       <c r="C19" t="s">
-        <v>78</v>
+        <v>74</v>
       </c>
       <c r="D19" t="s">
-        <v>933</v>
+        <v>614</v>
       </c>
     </row>
     <row r="20" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B20" t="s">
-        <v>934</v>
+        <v>615</v>
       </c>
       <c r="C20" t="s">
-        <v>81</v>
+        <v>77</v>
       </c>
       <c r="D20" t="s">
-        <v>935</v>
+        <v>616</v>
       </c>
     </row>
     <row r="21" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B21" t="s">
-        <v>936</v>
+        <v>617</v>
       </c>
       <c r="D21" t="s">
-        <v>937</v>
+        <v>618</v>
       </c>
     </row>
     <row r="22" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B22" t="s">
-        <v>938</v>
+        <v>619</v>
       </c>
       <c r="C22" t="s">
-        <v>84</v>
+        <v>80</v>
       </c>
       <c r="D22" t="s">
-        <v>939</v>
+        <v>620</v>
       </c>
     </row>
     <row r="23" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B23" t="s">
-        <v>940</v>
+        <v>621</v>
       </c>
       <c r="C23" t="s">
-        <v>89</v>
+        <v>85</v>
       </c>
       <c r="D23" t="s">
-        <v>941</v>
+        <v>622</v>
       </c>
     </row>
     <row r="24" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B24" t="s">
-        <v>942</v>
+        <v>623</v>
       </c>
       <c r="C24" t="s">
-        <v>92</v>
+        <v>88</v>
       </c>
       <c r="D24" t="s">
-        <v>943</v>
+        <v>624</v>
       </c>
     </row>
     <row r="25" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B25" t="s">
-        <v>944</v>
+        <v>625</v>
       </c>
       <c r="C25" t="s">
-        <v>95</v>
+        <v>91</v>
       </c>
       <c r="D25" t="s">
-        <v>945</v>
+        <v>626</v>
       </c>
     </row>
     <row r="26" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B26" t="s">
-        <v>946</v>
+        <v>627</v>
       </c>
       <c r="C26" t="s">
-        <v>98</v>
+        <v>94</v>
       </c>
       <c r="D26" t="s">
-        <v>947</v>
+        <v>628</v>
       </c>
     </row>
     <row r="27" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B27" t="s">
-        <v>948</v>
+        <v>629</v>
       </c>
       <c r="C27" t="s">
-        <v>101</v>
+        <v>97</v>
       </c>
       <c r="D27" t="s">
-        <v>949</v>
+        <v>630</v>
       </c>
     </row>
     <row r="28" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B28" t="s">
-        <v>950</v>
+        <v>631</v>
       </c>
       <c r="C28" t="s">
-        <v>104</v>
+        <v>100</v>
       </c>
       <c r="D28" t="s">
-        <v>951</v>
+        <v>632</v>
       </c>
     </row>
     <row r="29" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B29" t="s">
-        <v>952</v>
+        <v>633</v>
       </c>
       <c r="C29" t="s">
-        <v>107</v>
+        <v>103</v>
       </c>
       <c r="D29" t="s">
-        <v>953</v>
+        <v>634</v>
       </c>
     </row>
     <row r="30" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B30" t="s">
-        <v>954</v>
+        <v>635</v>
       </c>
       <c r="C30" t="s">
-        <v>110</v>
+        <v>106</v>
       </c>
       <c r="D30" t="s">
-        <v>955</v>
+        <v>636</v>
       </c>
     </row>
     <row r="31" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B31" t="s">
-        <v>475</v>
+        <v>471</v>
       </c>
       <c r="C31" t="s">
-        <v>115</v>
+        <v>111</v>
       </c>
       <c r="D31" t="s">
-        <v>956</v>
+        <v>637</v>
       </c>
     </row>
     <row r="32" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B32" t="s">
-        <v>957</v>
+        <v>638</v>
       </c>
       <c r="C32" t="s">
-        <v>118</v>
+        <v>114</v>
       </c>
       <c r="D32" t="s">
-        <v>958</v>
+        <v>639</v>
       </c>
     </row>
     <row r="33" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B33" t="s">
-        <v>959</v>
+        <v>640</v>
       </c>
       <c r="D33" t="s">
-        <v>960</v>
+        <v>641</v>
       </c>
     </row>
     <row r="34" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B34" t="s">
-        <v>961</v>
+        <v>642</v>
       </c>
       <c r="C34" t="s">
-        <v>175</v>
+        <v>171</v>
       </c>
       <c r="D34" t="s">
-        <v>962</v>
+        <v>643</v>
       </c>
     </row>
     <row r="35" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B35" t="s">
-        <v>963</v>
+        <v>644</v>
       </c>
       <c r="C35" t="s">
-        <v>178</v>
+        <v>174</v>
       </c>
       <c r="D35" t="s">
-        <v>964</v>
+        <v>645</v>
       </c>
     </row>
     <row r="36" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B36" t="s">
-        <v>965</v>
+        <v>646</v>
       </c>
       <c r="C36" t="s">
-        <v>181</v>
+        <v>177</v>
       </c>
       <c r="D36" t="s">
-        <v>966</v>
+        <v>647</v>
       </c>
     </row>
     <row r="37" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B37" t="s">
-        <v>967</v>
+        <v>648</v>
       </c>
       <c r="C37" t="s">
-        <v>186</v>
+        <v>182</v>
       </c>
       <c r="D37" t="s">
-        <v>968</v>
+        <v>649</v>
       </c>
     </row>
     <row r="38" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B38" t="s">
-        <v>969</v>
+        <v>650</v>
       </c>
       <c r="C38" t="s">
-        <v>189</v>
+        <v>185</v>
       </c>
       <c r="D38" t="s">
-        <v>970</v>
+        <v>651</v>
       </c>
     </row>
     <row r="39" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B39" t="s">
-        <v>971</v>
+        <v>652</v>
       </c>
       <c r="C39" t="s">
-        <v>192</v>
+        <v>188</v>
       </c>
       <c r="D39" t="s">
-        <v>972</v>
+        <v>653</v>
       </c>
     </row>
     <row r="40" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B40" t="s">
-        <v>973</v>
+        <v>654</v>
       </c>
       <c r="C40" t="s">
-        <v>195</v>
+        <v>191</v>
       </c>
       <c r="D40" t="s">
-        <v>974</v>
+        <v>655</v>
       </c>
     </row>
     <row r="41" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B41" t="s">
-        <v>975</v>
+        <v>656</v>
       </c>
       <c r="C41" t="s">
-        <v>198</v>
+        <v>194</v>
       </c>
       <c r="D41" t="s">
-        <v>976</v>
+        <v>657</v>
       </c>
     </row>
     <row r="42" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B42" t="s">
-        <v>977</v>
+        <v>658</v>
       </c>
       <c r="C42" t="s">
-        <v>200</v>
+        <v>196</v>
       </c>
       <c r="D42" t="s">
-        <v>978</v>
+        <v>659</v>
       </c>
     </row>
     <row r="43" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B43" t="s">
-        <v>979</v>
+        <v>660</v>
       </c>
       <c r="C43" t="s">
-        <v>203</v>
+        <v>199</v>
       </c>
       <c r="D43" t="s">
-        <v>980</v>
+        <v>661</v>
       </c>
     </row>
     <row r="44" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B44" t="s">
-        <v>981</v>
+        <v>662</v>
       </c>
       <c r="C44" t="s">
-        <v>206</v>
+        <v>202</v>
       </c>
       <c r="D44" t="s">
-        <v>982</v>
+        <v>663</v>
       </c>
     </row>
     <row r="45" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B45" t="s">
-        <v>983</v>
+        <v>664</v>
       </c>
       <c r="C45" t="s">
-        <v>209</v>
+        <v>205</v>
       </c>
       <c r="D45" t="s">
-        <v>984</v>
+        <v>665</v>
       </c>
     </row>
     <row r="46" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B46" t="s">
-        <v>985</v>
+        <v>666</v>
       </c>
       <c r="C46" t="s">
-        <v>212</v>
+        <v>208</v>
       </c>
       <c r="D46" t="s">
-        <v>986</v>
+        <v>667</v>
       </c>
     </row>
     <row r="47" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B47" t="s">
-        <v>987</v>
+        <v>668</v>
       </c>
       <c r="C47" t="s">
-        <v>215</v>
+        <v>211</v>
       </c>
       <c r="D47" t="s">
-        <v>988</v>
+        <v>669</v>
       </c>
     </row>
     <row r="48" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B48" t="s">
-        <v>989</v>
+        <v>670</v>
       </c>
       <c r="C48" t="s">
-        <v>220</v>
+        <v>216</v>
       </c>
       <c r="D48" t="s">
-        <v>990</v>
+        <v>671</v>
       </c>
     </row>
     <row r="49" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B49" t="s">
-        <v>991</v>
+        <v>672</v>
       </c>
       <c r="C49" t="s">
-        <v>223</v>
+        <v>219</v>
       </c>
       <c r="D49" t="s">
-        <v>992</v>
+        <v>673</v>
       </c>
     </row>
     <row r="50" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B50" t="s">
-        <v>993</v>
+        <v>674</v>
       </c>
       <c r="C50" t="s">
-        <v>226</v>
+        <v>222</v>
       </c>
       <c r="D50" t="s">
-        <v>994</v>
+        <v>675</v>
       </c>
     </row>
     <row r="51" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B51" t="s">
-        <v>995</v>
+        <v>676</v>
       </c>
       <c r="C51" t="s">
-        <v>229</v>
+        <v>225</v>
       </c>
       <c r="D51" t="s">
-        <v>996</v>
+        <v>677</v>
       </c>
     </row>
     <row r="52" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B52" t="s">
-        <v>997</v>
+        <v>678</v>
       </c>
       <c r="D52" t="s">
-        <v>998</v>
+        <v>679</v>
       </c>
     </row>
     <row r="53" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B53" t="s">
-        <v>999</v>
+        <v>680</v>
       </c>
       <c r="C53" t="s">
-        <v>232</v>
+        <v>228</v>
       </c>
       <c r="D53" t="s">
-        <v>1000</v>
+        <v>681</v>
       </c>
     </row>
     <row r="54" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B54" t="s">
-        <v>1001</v>
+        <v>682</v>
       </c>
       <c r="C54" t="s">
-        <v>234</v>
+        <v>230</v>
       </c>
       <c r="D54" t="s">
-        <v>1002</v>
+        <v>683</v>
       </c>
     </row>
     <row r="55" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B55" t="s">
-        <v>1003</v>
+        <v>684</v>
       </c>
       <c r="C55" t="s">
-        <v>236</v>
+        <v>232</v>
       </c>
       <c r="D55" t="s">
-        <v>1004</v>
+        <v>685</v>
       </c>
     </row>
     <row r="56" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B56" t="s">
-        <v>1005</v>
+        <v>686</v>
       </c>
       <c r="C56" t="s">
-        <v>1006</v>
+        <v>687</v>
       </c>
       <c r="D56" t="s">
-        <v>1007</v>
+        <v>688</v>
       </c>
     </row>
     <row r="57" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B57" t="s">
-        <v>1005</v>
+        <v>686</v>
       </c>
       <c r="C57" t="s">
-        <v>1006</v>
+        <v>687</v>
       </c>
       <c r="D57" t="s">
-        <v>1008</v>
+        <v>689</v>
       </c>
     </row>
     <row r="58" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B58" t="s">
-        <v>919</v>
+        <v>600</v>
       </c>
       <c r="C58" t="s">
-        <v>55</v>
+        <v>51</v>
       </c>
       <c r="D58" t="s">
-        <v>1009</v>
+        <v>690</v>
       </c>
     </row>
     <row r="59" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B59" t="s">
-        <v>921</v>
+        <v>602</v>
       </c>
       <c r="C59" t="s">
-        <v>58</v>
+        <v>54</v>
       </c>
       <c r="D59" t="s">
-        <v>1010</v>
+        <v>691</v>
       </c>
     </row>
     <row r="60" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B60" t="s">
-        <v>923</v>
+        <v>604</v>
       </c>
       <c r="C60" t="s">
-        <v>61</v>
+        <v>57</v>
       </c>
       <c r="D60" t="s">
-        <v>1011</v>
+        <v>692</v>
       </c>
     </row>
     <row r="61" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B61" t="s">
-        <v>925</v>
+        <v>606</v>
       </c>
       <c r="C61" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="D61" t="s">
-        <v>1012</v>
+        <v>693</v>
       </c>
     </row>
     <row r="62" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B62" t="s">
-        <v>927</v>
+        <v>608</v>
       </c>
       <c r="C62" t="s">
-        <v>67</v>
+        <v>63</v>
       </c>
       <c r="D62" t="s">
-        <v>1013</v>
+        <v>694</v>
       </c>
     </row>
     <row r="63" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B63" t="s">
-        <v>63</v>
+        <v>59</v>
       </c>
       <c r="C63" t="s">
-        <v>70</v>
+        <v>66</v>
       </c>
       <c r="D63" t="s">
-        <v>1014</v>
+        <v>695</v>
       </c>
     </row>
     <row r="64" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B64" t="s">
-        <v>930</v>
+        <v>611</v>
       </c>
       <c r="C64" t="s">
-        <v>75</v>
+        <v>71</v>
       </c>
       <c r="D64" t="s">
-        <v>1015</v>
+        <v>696</v>
       </c>
     </row>
     <row r="65" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B65" t="s">
-        <v>932</v>
+        <v>613</v>
       </c>
       <c r="C65" t="s">
-        <v>78</v>
+        <v>74</v>
       </c>
       <c r="D65" t="s">
-        <v>1016</v>
+        <v>697</v>
       </c>
     </row>
     <row r="66" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B66" t="s">
-        <v>934</v>
+        <v>615</v>
       </c>
       <c r="C66" t="s">
-        <v>81</v>
+        <v>77</v>
       </c>
       <c r="D66" t="s">
-        <v>1017</v>
+        <v>698</v>
       </c>
     </row>
     <row r="67" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B67" t="s">
-        <v>938</v>
+        <v>619</v>
       </c>
       <c r="C67" t="s">
-        <v>84</v>
+        <v>80</v>
       </c>
       <c r="D67" t="s">
-        <v>1018</v>
+        <v>699</v>
       </c>
     </row>
     <row r="68" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B68" t="s">
-        <v>940</v>
+        <v>621</v>
       </c>
       <c r="C68" t="s">
-        <v>89</v>
+        <v>85</v>
       </c>
       <c r="D68" t="s">
-        <v>1019</v>
+        <v>700</v>
       </c>
     </row>
     <row r="69" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B69" t="s">
-        <v>942</v>
+        <v>623</v>
       </c>
       <c r="C69" t="s">
-        <v>92</v>
+        <v>88</v>
       </c>
       <c r="D69" t="s">
-        <v>1020</v>
+        <v>701</v>
       </c>
     </row>
     <row r="70" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B70" t="s">
-        <v>944</v>
+        <v>625</v>
       </c>
       <c r="C70" t="s">
-        <v>95</v>
+        <v>91</v>
       </c>
       <c r="D70" t="s">
-        <v>1021</v>
+        <v>702</v>
       </c>
     </row>
     <row r="71" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B71" t="s">
-        <v>946</v>
+        <v>627</v>
       </c>
       <c r="C71" t="s">
-        <v>98</v>
+        <v>94</v>
       </c>
       <c r="D71" t="s">
-        <v>1022</v>
+        <v>703</v>
       </c>
     </row>
     <row r="72" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B72" t="s">
-        <v>948</v>
+        <v>629</v>
       </c>
       <c r="C72" t="s">
-        <v>101</v>
+        <v>97</v>
       </c>
       <c r="D72" t="s">
-        <v>1023</v>
+        <v>704</v>
       </c>
     </row>
     <row r="73" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B73" t="s">
-        <v>950</v>
+        <v>631</v>
       </c>
       <c r="C73" t="s">
-        <v>104</v>
+        <v>100</v>
       </c>
       <c r="D73" t="s">
-        <v>1024</v>
+        <v>705</v>
       </c>
     </row>
     <row r="74" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B74" t="s">
-        <v>952</v>
+        <v>633</v>
       </c>
       <c r="C74" t="s">
-        <v>107</v>
+        <v>103</v>
       </c>
       <c r="D74" t="s">
-        <v>1025</v>
+        <v>706</v>
       </c>
     </row>
     <row r="75" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B75" t="s">
-        <v>954</v>
+        <v>635</v>
       </c>
       <c r="C75" t="s">
-        <v>110</v>
+        <v>106</v>
       </c>
       <c r="D75" t="s">
-        <v>1026</v>
+        <v>707</v>
       </c>
     </row>
     <row r="76" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B76" t="s">
-        <v>475</v>
+        <v>471</v>
       </c>
       <c r="C76" t="s">
-        <v>115</v>
+        <v>111</v>
       </c>
       <c r="D76" t="s">
-        <v>1027</v>
+        <v>708</v>
       </c>
     </row>
     <row r="77" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B77" t="s">
-        <v>957</v>
+        <v>638</v>
       </c>
       <c r="C77" t="s">
-        <v>118</v>
+        <v>114</v>
       </c>
       <c r="D77" t="s">
-        <v>1028</v>
+        <v>709</v>
       </c>
     </row>
     <row r="78" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B78" t="s">
-        <v>961</v>
+        <v>642</v>
       </c>
       <c r="C78" t="s">
-        <v>175</v>
+        <v>171</v>
       </c>
       <c r="D78" t="s">
-        <v>1029</v>
+        <v>710</v>
       </c>
     </row>
     <row r="79" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B79" t="s">
-        <v>963</v>
+        <v>644</v>
       </c>
       <c r="C79" t="s">
-        <v>178</v>
+        <v>174</v>
       </c>
       <c r="D79" t="s">
-        <v>1030</v>
+        <v>711</v>
       </c>
     </row>
     <row r="80" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B80" t="s">
-        <v>965</v>
+        <v>646</v>
       </c>
       <c r="C80" t="s">
-        <v>181</v>
+        <v>177</v>
       </c>
       <c r="D80" t="s">
-        <v>1031</v>
+        <v>712</v>
       </c>
     </row>
     <row r="81" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B81" t="s">
-        <v>967</v>
+        <v>648</v>
       </c>
       <c r="C81" t="s">
-        <v>186</v>
+        <v>182</v>
       </c>
       <c r="D81" t="s">
-        <v>1032</v>
+        <v>713</v>
       </c>
     </row>
     <row r="82" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B82" t="s">
-        <v>969</v>
+        <v>650</v>
       </c>
       <c r="C82" t="s">
-        <v>189</v>
+        <v>185</v>
       </c>
       <c r="D82" t="s">
-        <v>1033</v>
+        <v>714</v>
       </c>
     </row>
     <row r="83" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B83" t="s">
-        <v>971</v>
+        <v>652</v>
       </c>
       <c r="C83" t="s">
-        <v>192</v>
+        <v>188</v>
       </c>
       <c r="D83" t="s">
-        <v>1034</v>
+        <v>715</v>
       </c>
     </row>
     <row r="84" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B84" t="s">
-        <v>973</v>
+        <v>654</v>
       </c>
       <c r="C84" t="s">
-        <v>195</v>
+        <v>191</v>
       </c>
       <c r="D84" t="s">
-        <v>1035</v>
+        <v>716</v>
       </c>
     </row>
     <row r="85" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B85" t="s">
-        <v>975</v>
+        <v>656</v>
       </c>
       <c r="C85" t="s">
-        <v>198</v>
+        <v>194</v>
       </c>
       <c r="D85" t="s">
-        <v>1036</v>
+        <v>717</v>
       </c>
     </row>
     <row r="86" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B86" t="s">
-        <v>977</v>
+        <v>658</v>
       </c>
       <c r="C86" t="s">
-        <v>200</v>
+        <v>196</v>
       </c>
       <c r="D86" t="s">
-        <v>1037</v>
+        <v>718</v>
       </c>
     </row>
     <row r="87" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B87" t="s">
-        <v>979</v>
+        <v>660</v>
       </c>
       <c r="C87" t="s">
-        <v>203</v>
+        <v>199</v>
       </c>
       <c r="D87" t="s">
-        <v>1038</v>
+        <v>719</v>
       </c>
     </row>
     <row r="88" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B88" t="s">
-        <v>981</v>
+        <v>662</v>
       </c>
       <c r="C88" t="s">
-        <v>206</v>
+        <v>202</v>
       </c>
       <c r="D88" t="s">
-        <v>1039</v>
+        <v>720</v>
       </c>
     </row>
     <row r="89" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B89" t="s">
-        <v>983</v>
+        <v>664</v>
       </c>
       <c r="C89" t="s">
-        <v>209</v>
+        <v>205</v>
       </c>
       <c r="D89" t="s">
-        <v>1040</v>
+        <v>721</v>
       </c>
     </row>
     <row r="90" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B90" t="s">
-        <v>985</v>
+        <v>666</v>
       </c>
       <c r="C90" t="s">
-        <v>212</v>
+        <v>208</v>
       </c>
       <c r="D90" t="s">
-        <v>1041</v>
+        <v>722</v>
       </c>
     </row>
     <row r="91" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B91" t="s">
-        <v>987</v>
+        <v>668</v>
       </c>
       <c r="C91" t="s">
-        <v>215</v>
+        <v>211</v>
       </c>
       <c r="D91" t="s">
-        <v>1042</v>
+        <v>723</v>
       </c>
     </row>
     <row r="92" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B92" t="s">
-        <v>989</v>
+        <v>670</v>
       </c>
       <c r="C92" t="s">
-        <v>220</v>
+        <v>216</v>
       </c>
       <c r="D92" t="s">
-        <v>1043</v>
+        <v>724</v>
       </c>
     </row>
     <row r="93" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B93" t="s">
-        <v>991</v>
+        <v>672</v>
       </c>
       <c r="C93" t="s">
-        <v>223</v>
+        <v>219</v>
       </c>
       <c r="D93" t="s">
-        <v>1044</v>
+        <v>725</v>
       </c>
     </row>
     <row r="94" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B94" t="s">
-        <v>993</v>
+        <v>674</v>
       </c>
       <c r="C94" t="s">
-        <v>226</v>
+        <v>222</v>
       </c>
       <c r="D94" t="s">
-        <v>1045</v>
+        <v>726</v>
       </c>
     </row>
     <row r="95" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B95" t="s">
-        <v>995</v>
+        <v>676</v>
       </c>
       <c r="C95" t="s">
-        <v>229</v>
+        <v>225</v>
       </c>
       <c r="D95" t="s">
-        <v>1046</v>
+        <v>727</v>
       </c>
     </row>
     <row r="96" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B96" t="s">
-        <v>999</v>
+        <v>680</v>
       </c>
       <c r="C96" t="s">
-        <v>232</v>
+        <v>228</v>
       </c>
       <c r="D96" t="s">
-        <v>1047</v>
+        <v>728</v>
       </c>
     </row>
     <row r="97" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B97" t="s">
-        <v>1001</v>
+        <v>682</v>
       </c>
       <c r="C97" t="s">
-        <v>234</v>
+        <v>230</v>
       </c>
       <c r="D97" t="s">
-        <v>1048</v>
+        <v>729</v>
       </c>
     </row>
     <row r="98" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B98" t="s">
-        <v>1003</v>
+        <v>684</v>
       </c>
       <c r="C98" t="s">
-        <v>236</v>
+        <v>232</v>
       </c>
       <c r="D98" t="s">
-        <v>1049</v>
+        <v>730</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0600-000000000000}">
   <dimension ref="A1:D80"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>38</v>
+        <v>34</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>39</v>
+        <v>35</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="B2" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="D2" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
     </row>
     <row r="3" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
-        <v>1050</v>
+        <v>731</v>
       </c>
       <c r="B3" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="D3" t="s">
-        <v>1051</v>
+        <v>732</v>
       </c>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B4" t="s">
-        <v>123</v>
+        <v>119</v>
       </c>
       <c r="D4" t="s">
-        <v>1052</v>
+        <v>733</v>
       </c>
     </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B5" t="s">
-        <v>125</v>
+        <v>121</v>
       </c>
       <c r="D5" t="s">
-        <v>1053</v>
+        <v>734</v>
       </c>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B6" t="s">
-        <v>127</v>
+        <v>123</v>
       </c>
       <c r="D6" t="s">
-        <v>1054</v>
+        <v>735</v>
       </c>
     </row>
     <row r="7" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B7" t="s">
-        <v>1055</v>
+        <v>736</v>
       </c>
       <c r="D7" t="s">
-        <v>1056</v>
+        <v>737</v>
       </c>
     </row>
     <row r="8" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B8" t="s">
-        <v>1057</v>
+        <v>738</v>
       </c>
       <c r="D8" t="s">
-        <v>1058</v>
+        <v>739</v>
       </c>
     </row>
     <row r="9" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B9" t="s">
-        <v>1059</v>
+        <v>740</v>
       </c>
       <c r="D9" t="s">
-        <v>1060</v>
+        <v>741</v>
       </c>
     </row>
     <row r="10" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B10" t="s">
-        <v>1061</v>
+        <v>742</v>
       </c>
       <c r="D10" t="s">
-        <v>1062</v>
+        <v>743</v>
       </c>
     </row>
     <row r="11" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B11" t="s">
-        <v>1063</v>
+        <v>744</v>
       </c>
       <c r="D11" t="s">
-        <v>1064</v>
+        <v>745</v>
       </c>
     </row>
     <row r="12" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B12" t="s">
-        <v>1065</v>
+        <v>746</v>
       </c>
       <c r="D12" t="s">
-        <v>1066</v>
+        <v>747</v>
       </c>
     </row>
     <row r="13" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B13" t="s">
-        <v>1067</v>
+        <v>748</v>
       </c>
       <c r="D13" t="s">
-        <v>1068</v>
+        <v>749</v>
       </c>
     </row>
     <row r="14" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B14" t="s">
-        <v>1069</v>
+        <v>750</v>
       </c>
       <c r="D14" t="s">
-        <v>1070</v>
+        <v>751</v>
       </c>
     </row>
     <row r="15" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B15" t="s">
-        <v>1071</v>
+        <v>752</v>
       </c>
       <c r="D15" t="s">
-        <v>1072</v>
+        <v>753</v>
       </c>
     </row>
     <row r="16" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B16" t="s">
-        <v>1073</v>
+        <v>754</v>
       </c>
       <c r="D16" t="s">
-        <v>1074</v>
+        <v>755</v>
       </c>
     </row>
     <row r="17" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B17" t="s">
-        <v>1075</v>
+        <v>756</v>
       </c>
       <c r="D17" t="s">
-        <v>1076</v>
+        <v>757</v>
       </c>
     </row>
     <row r="18" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B18" t="s">
-        <v>1077</v>
+        <v>758</v>
       </c>
       <c r="D18" t="s">
-        <v>1078</v>
+        <v>759</v>
       </c>
     </row>
     <row r="19" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B19" t="s">
-        <v>1079</v>
+        <v>760</v>
       </c>
       <c r="D19" t="s">
-        <v>1080</v>
+        <v>761</v>
       </c>
     </row>
     <row r="20" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B20" t="s">
-        <v>1081</v>
+        <v>762</v>
       </c>
       <c r="D20" t="s">
-        <v>1082</v>
+        <v>763</v>
       </c>
     </row>
     <row r="21" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B21" t="s">
-        <v>1083</v>
+        <v>764</v>
       </c>
       <c r="D21" t="s">
-        <v>1084</v>
+        <v>765</v>
       </c>
     </row>
     <row r="22" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B22" t="s">
-        <v>1085</v>
+        <v>766</v>
       </c>
       <c r="D22" t="s">
-        <v>1086</v>
+        <v>767</v>
       </c>
     </row>
     <row r="23" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B23" t="s">
-        <v>1087</v>
+        <v>768</v>
       </c>
       <c r="D23" t="s">
-        <v>1088</v>
+        <v>769</v>
       </c>
     </row>
     <row r="24" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B24" t="s">
-        <v>1089</v>
+        <v>770</v>
       </c>
       <c r="D24" t="s">
-        <v>1090</v>
+        <v>771</v>
       </c>
     </row>
     <row r="25" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B25" t="s">
-        <v>1091</v>
+        <v>772</v>
       </c>
       <c r="D25" t="s">
-        <v>1092</v>
+        <v>773</v>
       </c>
     </row>
     <row r="26" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B26" t="s">
-        <v>1093</v>
+        <v>774</v>
       </c>
       <c r="D26" t="s">
-        <v>1094</v>
+        <v>775</v>
       </c>
     </row>
     <row r="27" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B27" t="s">
-        <v>1095</v>
+        <v>776</v>
       </c>
       <c r="D27" t="s">
-        <v>1096</v>
+        <v>777</v>
       </c>
     </row>
     <row r="28" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B28" t="s">
-        <v>1097</v>
+        <v>778</v>
       </c>
       <c r="D28" t="s">
-        <v>1098</v>
+        <v>779</v>
       </c>
     </row>
     <row r="29" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B29" t="s">
-        <v>1099</v>
+        <v>780</v>
       </c>
       <c r="D29" t="s">
-        <v>1100</v>
+        <v>781</v>
       </c>
     </row>
     <row r="30" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B30" t="s">
-        <v>1101</v>
+        <v>782</v>
       </c>
       <c r="D30" t="s">
-        <v>1102</v>
+        <v>783</v>
       </c>
     </row>
     <row r="31" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B31" t="s">
-        <v>1103</v>
+        <v>784</v>
       </c>
       <c r="D31" t="s">
-        <v>1104</v>
+        <v>785</v>
       </c>
     </row>
     <row r="32" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B32" t="s">
-        <v>1105</v>
+        <v>786</v>
       </c>
       <c r="D32" t="s">
-        <v>1106</v>
+        <v>787</v>
       </c>
     </row>
     <row r="33" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B33" t="s">
-        <v>1107</v>
+        <v>788</v>
       </c>
       <c r="D33" t="s">
-        <v>1108</v>
+        <v>789</v>
       </c>
     </row>
     <row r="34" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B34" t="s">
-        <v>1109</v>
+        <v>790</v>
       </c>
       <c r="D34" t="s">
-        <v>1110</v>
+        <v>791</v>
       </c>
     </row>
     <row r="35" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B35" t="s">
-        <v>1111</v>
+        <v>792</v>
       </c>
       <c r="D35" t="s">
-        <v>1112</v>
+        <v>793</v>
       </c>
     </row>
     <row r="36" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B36" t="s">
-        <v>1113</v>
+        <v>794</v>
       </c>
       <c r="D36" t="s">
-        <v>1114</v>
+        <v>795</v>
       </c>
     </row>
     <row r="37" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B37" t="s">
-        <v>1115</v>
+        <v>796</v>
       </c>
       <c r="D37" t="s">
-        <v>1116</v>
+        <v>797</v>
       </c>
     </row>
     <row r="38" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B38" t="s">
-        <v>1117</v>
+        <v>798</v>
       </c>
       <c r="D38" t="s">
-        <v>1118</v>
+        <v>799</v>
       </c>
     </row>
     <row r="39" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B39" t="s">
-        <v>1119</v>
+        <v>800</v>
       </c>
       <c r="D39" t="s">
-        <v>1120</v>
+        <v>801</v>
       </c>
     </row>
     <row r="40" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B40" t="s">
-        <v>1121</v>
+        <v>802</v>
       </c>
       <c r="D40" t="s">
-        <v>1122</v>
+        <v>803</v>
       </c>
     </row>
     <row r="41" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B41" t="s">
-        <v>1123</v>
+        <v>804</v>
       </c>
       <c r="D41" t="s">
-        <v>1124</v>
+        <v>805</v>
       </c>
     </row>
     <row r="42" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B42" t="s">
-        <v>1125</v>
+        <v>806</v>
       </c>
       <c r="D42" t="s">
-        <v>1126</v>
+        <v>807</v>
       </c>
     </row>
     <row r="43" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B43" t="s">
-        <v>1127</v>
+        <v>808</v>
       </c>
       <c r="D43" t="s">
-        <v>1128</v>
+        <v>809</v>
       </c>
     </row>
     <row r="44" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B44" t="s">
-        <v>1129</v>
+        <v>810</v>
       </c>
       <c r="D44" t="s">
-        <v>1130</v>
+        <v>811</v>
       </c>
     </row>
     <row r="45" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B45" t="s">
-        <v>1131</v>
+        <v>812</v>
       </c>
       <c r="D45" t="s">
-        <v>1132</v>
+        <v>813</v>
       </c>
     </row>
     <row r="46" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B46" t="s">
-        <v>1133</v>
+        <v>814</v>
       </c>
       <c r="D46" t="s">
-        <v>1134</v>
+        <v>815</v>
       </c>
     </row>
     <row r="47" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B47" t="s">
-        <v>1135</v>
+        <v>816</v>
       </c>
       <c r="D47" t="s">
-        <v>1136</v>
+        <v>817</v>
       </c>
     </row>
     <row r="48" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B48" t="s">
-        <v>1137</v>
+        <v>818</v>
       </c>
       <c r="D48" t="s">
-        <v>1138</v>
+        <v>819</v>
       </c>
     </row>
     <row r="49" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B49" t="s">
-        <v>1139</v>
+        <v>820</v>
       </c>
       <c r="D49" t="s">
-        <v>1140</v>
+        <v>821</v>
       </c>
     </row>
     <row r="50" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B50" t="s">
-        <v>1141</v>
+        <v>822</v>
       </c>
       <c r="D50" t="s">
-        <v>1142</v>
+        <v>823</v>
       </c>
     </row>
     <row r="51" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B51" t="s">
-        <v>1143</v>
+        <v>824</v>
       </c>
       <c r="D51" t="s">
-        <v>1144</v>
+        <v>825</v>
       </c>
     </row>
     <row r="52" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B52" t="s">
-        <v>1145</v>
+        <v>826</v>
       </c>
       <c r="D52" t="s">
-        <v>1146</v>
+        <v>827</v>
       </c>
     </row>
     <row r="53" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B53" t="s">
-        <v>1147</v>
+        <v>828</v>
       </c>
       <c r="D53" t="s">
-        <v>1148</v>
+        <v>829</v>
       </c>
     </row>
     <row r="54" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B54" t="s">
-        <v>1149</v>
+        <v>830</v>
       </c>
       <c r="D54" t="s">
-        <v>1150</v>
+        <v>831</v>
       </c>
     </row>
     <row r="55" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B55" t="s">
-        <v>1151</v>
+        <v>832</v>
       </c>
       <c r="D55" t="s">
-        <v>1152</v>
+        <v>833</v>
       </c>
     </row>
     <row r="56" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B56" t="s">
-        <v>1153</v>
+        <v>834</v>
       </c>
       <c r="D56" t="s">
-        <v>1154</v>
+        <v>835</v>
       </c>
     </row>
     <row r="57" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B57" t="s">
-        <v>1155</v>
+        <v>836</v>
       </c>
       <c r="D57" t="s">
-        <v>1156</v>
+        <v>837</v>
       </c>
     </row>
     <row r="58" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B58" t="s">
-        <v>1157</v>
+        <v>838</v>
       </c>
       <c r="D58" t="s">
-        <v>1158</v>
+        <v>839</v>
       </c>
     </row>
     <row r="59" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B59" t="s">
-        <v>1159</v>
+        <v>840</v>
       </c>
       <c r="D59" t="s">
-        <v>1160</v>
+        <v>841</v>
       </c>
     </row>
     <row r="60" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B60" t="s">
-        <v>1161</v>
+        <v>842</v>
       </c>
       <c r="D60" t="s">
-        <v>1162</v>
+        <v>843</v>
       </c>
     </row>
     <row r="61" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B61" t="s">
-        <v>1163</v>
+        <v>844</v>
       </c>
       <c r="D61" t="s">
-        <v>1164</v>
+        <v>845</v>
       </c>
     </row>
     <row r="62" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B62" t="s">
-        <v>1165</v>
+        <v>846</v>
       </c>
       <c r="D62" t="s">
-        <v>1166</v>
+        <v>847</v>
       </c>
     </row>
     <row r="63" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B63" t="s">
-        <v>1167</v>
+        <v>848</v>
       </c>
       <c r="D63" t="s">
-        <v>1168</v>
+        <v>849</v>
       </c>
     </row>
     <row r="64" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B64" t="s">
-        <v>1169</v>
+        <v>850</v>
       </c>
       <c r="D64" t="s">
-        <v>1170</v>
+        <v>851</v>
       </c>
     </row>
     <row r="65" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B65" t="s">
-        <v>1171</v>
+        <v>852</v>
       </c>
       <c r="D65" t="s">
-        <v>1172</v>
+        <v>853</v>
       </c>
     </row>
     <row r="66" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B66" t="s">
-        <v>1173</v>
+        <v>854</v>
       </c>
       <c r="D66" t="s">
-        <v>1174</v>
+        <v>855</v>
       </c>
     </row>
     <row r="67" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B67" t="s">
-        <v>1175</v>
+        <v>856</v>
       </c>
       <c r="D67" t="s">
-        <v>1176</v>
+        <v>857</v>
       </c>
     </row>
     <row r="68" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B68" t="s">
-        <v>1177</v>
+        <v>858</v>
       </c>
       <c r="D68" t="s">
-        <v>1178</v>
+        <v>859</v>
       </c>
     </row>
     <row r="69" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B69" t="s">
-        <v>1179</v>
+        <v>860</v>
       </c>
       <c r="D69" t="s">
-        <v>1180</v>
+        <v>861</v>
       </c>
     </row>
     <row r="70" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B70" t="s">
-        <v>1181</v>
+        <v>862</v>
       </c>
       <c r="D70" t="s">
-        <v>1182</v>
+        <v>863</v>
       </c>
     </row>
     <row r="71" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B71" t="s">
-        <v>1183</v>
+        <v>864</v>
       </c>
       <c r="D71" t="s">
-        <v>1184</v>
+        <v>865</v>
       </c>
     </row>
     <row r="72" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B72" t="s">
-        <v>1185</v>
+        <v>866</v>
       </c>
       <c r="D72" t="s">
-        <v>1186</v>
+        <v>867</v>
       </c>
     </row>
     <row r="73" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B73" t="s">
-        <v>1187</v>
+        <v>868</v>
       </c>
       <c r="D73" t="s">
-        <v>1188</v>
+        <v>869</v>
       </c>
     </row>
     <row r="74" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B74" t="s">
-        <v>1189</v>
+        <v>870</v>
       </c>
       <c r="D74" t="s">
-        <v>1190</v>
+        <v>871</v>
       </c>
     </row>
     <row r="75" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B75" t="s">
-        <v>927</v>
+        <v>608</v>
       </c>
       <c r="D75" t="s">
-        <v>1191</v>
+        <v>872</v>
       </c>
     </row>
     <row r="76" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B76" t="s">
-        <v>1192</v>
+        <v>873</v>
       </c>
       <c r="D76" t="s">
-        <v>1193</v>
+        <v>874</v>
       </c>
     </row>
     <row r="77" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B77" t="s">
-        <v>1194</v>
+        <v>875</v>
       </c>
       <c r="D77" t="s">
-        <v>1195</v>
+        <v>876</v>
       </c>
     </row>
     <row r="78" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B78" t="s">
-        <v>1196</v>
+        <v>877</v>
       </c>
       <c r="D78" t="s">
-        <v>1197</v>
+        <v>878</v>
       </c>
     </row>
     <row r="79" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B79" t="s">
-        <v>1198</v>
+        <v>879</v>
       </c>
       <c r="D79" t="s">
-        <v>1199</v>
+        <v>880</v>
       </c>
     </row>
     <row r="80" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B80" t="s">
-        <v>1200</v>
+        <v>881</v>
       </c>
       <c r="D80" t="s">
-        <v>1201</v>
+        <v>882</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0700-000000000000}">
   <dimension ref="A1:D19"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>38</v>
+        <v>34</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>39</v>
+        <v>35</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="B2" t="s">
-        <v>31</v>
+        <v>27</v>
       </c>
       <c r="D2" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
     </row>
     <row r="3" spans="1:4" ht="25" x14ac:dyDescent="0.25">
       <c r="B3" s="3" t="s">
-        <v>1202</v>
+        <v>883</v>
       </c>
       <c r="D3" t="s">
-        <v>1203</v>
+        <v>884</v>
       </c>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B4" t="s">
-        <v>127</v>
+        <v>123</v>
       </c>
       <c r="D4" t="s">
-        <v>1204</v>
+        <v>885</v>
       </c>
     </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B5" t="s">
-        <v>910</v>
+        <v>591</v>
       </c>
       <c r="D5" t="s">
-        <v>1205</v>
+        <v>886</v>
       </c>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B6" t="s">
-        <v>125</v>
+        <v>121</v>
       </c>
       <c r="D6" t="s">
-        <v>1206</v>
+        <v>887</v>
       </c>
     </row>
     <row r="7" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B7" t="s">
-        <v>1207</v>
+        <v>888</v>
       </c>
       <c r="C7" t="s">
-        <v>55</v>
+        <v>51</v>
       </c>
       <c r="D7" t="s">
-        <v>1208</v>
+        <v>889</v>
       </c>
     </row>
     <row r="8" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B8" t="s">
-        <v>1209</v>
+        <v>890</v>
       </c>
       <c r="C8" t="s">
-        <v>58</v>
+        <v>54</v>
       </c>
       <c r="D8" t="s">
-        <v>1210</v>
+        <v>891</v>
       </c>
     </row>
     <row r="9" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B9" t="s">
-        <v>1211</v>
+        <v>892</v>
       </c>
       <c r="C9" t="s">
-        <v>61</v>
+        <v>57</v>
       </c>
       <c r="D9" t="s">
-        <v>1212</v>
+        <v>893</v>
       </c>
     </row>
     <row r="10" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B10" t="s">
-        <v>1213</v>
+        <v>894</v>
       </c>
       <c r="C10" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="D10" t="s">
-        <v>1214</v>
+        <v>895</v>
       </c>
     </row>
     <row r="11" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B11" t="s">
-        <v>1215</v>
+        <v>896</v>
       </c>
       <c r="C11" t="s">
-        <v>67</v>
+        <v>63</v>
       </c>
       <c r="D11" t="s">
-        <v>1216</v>
+        <v>897</v>
       </c>
     </row>
     <row r="12" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B12" t="s">
-        <v>1217</v>
+        <v>898</v>
       </c>
       <c r="C12" t="s">
-        <v>70</v>
+        <v>66</v>
       </c>
       <c r="D12" t="s">
-        <v>1218</v>
+        <v>899</v>
       </c>
     </row>
     <row r="13" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B13" t="s">
-        <v>1219</v>
+        <v>900</v>
       </c>
       <c r="C13" t="s">
-        <v>75</v>
+        <v>71</v>
       </c>
       <c r="D13" t="s">
-        <v>1220</v>
+        <v>901</v>
       </c>
     </row>
     <row r="14" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B14" t="s">
-        <v>1221</v>
+        <v>902</v>
       </c>
       <c r="C14" t="s">
-        <v>78</v>
+        <v>74</v>
       </c>
       <c r="D14" t="s">
-        <v>1222</v>
+        <v>903</v>
       </c>
     </row>
     <row r="15" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B15" t="s">
-        <v>1223</v>
+        <v>904</v>
       </c>
       <c r="C15" t="s">
-        <v>81</v>
+        <v>77</v>
       </c>
       <c r="D15" t="s">
-        <v>1224</v>
+        <v>905</v>
       </c>
     </row>
     <row r="16" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B16" t="s">
-        <v>1225</v>
+        <v>906</v>
       </c>
       <c r="C16" t="s">
-        <v>84</v>
+        <v>80</v>
       </c>
       <c r="D16" t="s">
-        <v>1226</v>
+        <v>907</v>
       </c>
     </row>
     <row r="17" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B17" t="s">
-        <v>1227</v>
+        <v>908</v>
       </c>
       <c r="C17" t="s">
-        <v>89</v>
+        <v>85</v>
       </c>
       <c r="D17" t="s">
-        <v>1228</v>
+        <v>909</v>
       </c>
     </row>
     <row r="18" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B18" t="s">
-        <v>1229</v>
+        <v>910</v>
       </c>
       <c r="C18" t="s">
-        <v>92</v>
+        <v>88</v>
       </c>
       <c r="D18" t="s">
-        <v>1230</v>
+        <v>911</v>
       </c>
     </row>
     <row r="19" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B19" t="s">
-        <v>1231</v>
+        <v>912</v>
       </c>
       <c r="C19" t="s">
-        <v>95</v>
+        <v>91</v>
       </c>
       <c r="D19" t="s">
-        <v>1232</v>
+        <v>913</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0800-000000000000}">
   <dimension ref="A1:D105"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>38</v>
+        <v>34</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>39</v>
+        <v>35</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
-        <v>34</v>
+        <v>30</v>
       </c>
       <c r="B2" t="s">
-        <v>35</v>
+        <v>31</v>
       </c>
       <c r="D2" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
     </row>
     <row r="3" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
-        <v>1233</v>
+        <v>914</v>
       </c>
       <c r="B3" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="D3" t="s">
-        <v>1236</v>
+        <v>917</v>
       </c>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A4" t="s">
-        <v>1234</v>
+        <v>915</v>
       </c>
       <c r="B4" t="s">
-        <v>123</v>
+        <v>119</v>
       </c>
       <c r="D4" t="s">
-        <v>1237</v>
+        <v>918</v>
       </c>
     </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A5" t="s">
-        <v>1235</v>
+        <v>916</v>
       </c>
       <c r="B5" t="s">
-        <v>129</v>
+        <v>125</v>
       </c>
       <c r="D5" t="s">
-        <v>1238</v>
+        <v>919</v>
       </c>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B6" t="s">
-        <v>553</v>
+        <v>528</v>
       </c>
       <c r="D6" t="s">
-        <v>1239</v>
+        <v>920</v>
       </c>
     </row>
     <row r="7" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B7" t="s">
-        <v>125</v>
+        <v>121</v>
       </c>
       <c r="D7" t="s">
-        <v>1240</v>
+        <v>921</v>
       </c>
     </row>
     <row r="8" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B8" t="s">
-        <v>127</v>
+        <v>123</v>
       </c>
       <c r="D8" t="s">
-        <v>1241</v>
+        <v>922</v>
       </c>
     </row>
     <row r="9" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B9" t="s">
-        <v>1242</v>
+        <v>923</v>
       </c>
       <c r="D9" t="s">
-        <v>1243</v>
+        <v>924</v>
       </c>
     </row>
     <row r="10" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B10" t="s">
-        <v>1242</v>
+        <v>923</v>
       </c>
       <c r="D10" t="s">
-        <v>1244</v>
+        <v>925</v>
       </c>
     </row>
     <row r="11" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B11" t="s">
-        <v>1245</v>
+        <v>926</v>
       </c>
       <c r="D11" t="s">
-        <v>1246</v>
+        <v>927</v>
       </c>
     </row>
     <row r="12" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B12" t="s">
-        <v>1245</v>
+        <v>926</v>
       </c>
       <c r="D12" t="s">
-        <v>1247</v>
+        <v>928</v>
       </c>
     </row>
     <row r="13" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B13" t="s">
-        <v>1248</v>
+        <v>929</v>
       </c>
       <c r="D13" t="s">
-        <v>1249</v>
+        <v>930</v>
       </c>
     </row>
     <row r="14" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B14" t="s">
-        <v>1248</v>
+        <v>929</v>
       </c>
       <c r="D14" t="s">
-        <v>1250</v>
+        <v>931</v>
       </c>
     </row>
     <row r="15" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B15" t="s">
-        <v>1251</v>
+        <v>932</v>
       </c>
       <c r="D15" t="s">
-        <v>1252</v>
+        <v>933</v>
       </c>
     </row>
     <row r="16" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B16" t="s">
-        <v>1251</v>
+        <v>932</v>
       </c>
       <c r="D16" t="s">
-        <v>1253</v>
+        <v>934</v>
       </c>
     </row>
     <row r="17" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B17" t="s">
-        <v>1254</v>
+        <v>935</v>
       </c>
       <c r="D17" t="s">
-        <v>1255</v>
+        <v>936</v>
       </c>
     </row>
     <row r="18" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B18" t="s">
-        <v>1254</v>
+        <v>935</v>
       </c>
       <c r="D18" t="s">
-        <v>1256</v>
+        <v>937</v>
       </c>
     </row>
     <row r="19" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B19" t="s">
-        <v>1257</v>
+        <v>938</v>
       </c>
       <c r="D19" t="s">
-        <v>1258</v>
+        <v>939</v>
       </c>
     </row>
     <row r="20" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B20" t="s">
-        <v>1257</v>
+        <v>938</v>
       </c>
       <c r="D20" t="s">
-        <v>1259</v>
+        <v>940</v>
       </c>
     </row>
     <row r="21" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B21" t="s">
-        <v>1260</v>
+        <v>941</v>
       </c>
       <c r="D21" t="s">
-        <v>1261</v>
+        <v>942</v>
       </c>
     </row>
     <row r="22" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B22" t="s">
-        <v>1262</v>
+        <v>943</v>
       </c>
       <c r="C22" t="s">
-        <v>55</v>
+        <v>51</v>
       </c>
       <c r="D22" t="s">
-        <v>1263</v>
+        <v>944</v>
       </c>
     </row>
     <row r="23" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B23" t="s">
-        <v>1264</v>
+        <v>945</v>
       </c>
       <c r="C23" t="s">
-        <v>58</v>
+        <v>54</v>
       </c>
       <c r="D23" t="s">
-        <v>1265</v>
+        <v>946</v>
       </c>
     </row>
     <row r="24" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B24" t="s">
-        <v>1266</v>
+        <v>947</v>
       </c>
       <c r="C24" t="s">
-        <v>61</v>
+        <v>57</v>
       </c>
       <c r="D24" t="s">
-        <v>1267</v>
+        <v>948</v>
       </c>
     </row>
     <row r="25" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B25" t="s">
-        <v>1268</v>
+        <v>949</v>
       </c>
       <c r="C25" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="D25" t="s">
-        <v>1269</v>
+        <v>950</v>
       </c>
     </row>
     <row r="26" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B26" t="s">
-        <v>1270</v>
+        <v>951</v>
       </c>
       <c r="C26" t="s">
-        <v>67</v>
+        <v>63</v>
       </c>
       <c r="D26" t="s">
-        <v>1271</v>
+        <v>952</v>
       </c>
     </row>
     <row r="27" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B27" t="s">
-        <v>1272</v>
+        <v>953</v>
       </c>
       <c r="D27" t="s">
-        <v>1273</v>
+        <v>954</v>
       </c>
     </row>
     <row r="28" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B28" t="s">
-        <v>1274</v>
+        <v>955</v>
       </c>
       <c r="C28" t="s">
-        <v>70</v>
+        <v>66</v>
       </c>
       <c r="D28" t="s">
-        <v>1275</v>
+        <v>956</v>
       </c>
     </row>
     <row r="29" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B29" t="s">
-        <v>1276</v>
+        <v>957</v>
       </c>
       <c r="C29" t="s">
-        <v>75</v>
+        <v>71</v>
       </c>
       <c r="D29" t="s">
-        <v>1277</v>
+        <v>958</v>
       </c>
     </row>
     <row r="30" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B30" t="s">
-        <v>1278</v>
+        <v>959</v>
       </c>
       <c r="C30" t="s">
-        <v>78</v>
+        <v>74</v>
       </c>
       <c r="D30" t="s">
-        <v>1279</v>
+        <v>960</v>
       </c>
     </row>
     <row r="31" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B31" t="s">
-        <v>1280</v>
+        <v>961</v>
       </c>
       <c r="C31" t="s">
-        <v>81</v>
+        <v>77</v>
       </c>
       <c r="D31" t="s">
-        <v>1281</v>
+        <v>962</v>
       </c>
     </row>
     <row r="32" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B32" t="s">
-        <v>1282</v>
+        <v>963</v>
       </c>
       <c r="C32" t="s">
-        <v>84</v>
+        <v>80</v>
       </c>
       <c r="D32" t="s">
-        <v>1283</v>
+        <v>964</v>
       </c>
     </row>
     <row r="33" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B33" t="s">
-        <v>1284</v>
+        <v>965</v>
       </c>
       <c r="C33" t="s">
-        <v>89</v>
+        <v>85</v>
       </c>
       <c r="D33" t="s">
-        <v>1285</v>
+        <v>966</v>
       </c>
     </row>
     <row r="34" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B34" t="s">
-        <v>1286</v>
+        <v>967</v>
       </c>
       <c r="C34" t="s">
-        <v>92</v>
+        <v>88</v>
       </c>
       <c r="D34" t="s">
-        <v>1287</v>
+        <v>968</v>
       </c>
     </row>
     <row r="35" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B35" t="s">
-        <v>1288</v>
+        <v>969</v>
       </c>
       <c r="C35" t="s">
-        <v>95</v>
+        <v>91</v>
       </c>
       <c r="D35" t="s">
-        <v>1289</v>
+        <v>970</v>
       </c>
     </row>
     <row r="36" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B36" t="s">
-        <v>1290</v>
+        <v>971</v>
       </c>
       <c r="C36" t="s">
-        <v>98</v>
+        <v>94</v>
       </c>
       <c r="D36" t="s">
-        <v>1291</v>
+        <v>972</v>
       </c>
     </row>
     <row r="37" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B37" t="s">
-        <v>1292</v>
+        <v>973</v>
       </c>
       <c r="C37" t="s">
-        <v>101</v>
+        <v>97</v>
       </c>
       <c r="D37" t="s">
-        <v>1293</v>
+        <v>974</v>
       </c>
     </row>
     <row r="38" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B38" t="s">
-        <v>1294</v>
+        <v>975</v>
       </c>
       <c r="C38" t="s">
-        <v>104</v>
+        <v>100</v>
       </c>
       <c r="D38" t="s">
-        <v>1295</v>
+        <v>976</v>
       </c>
     </row>
     <row r="39" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B39" t="s">
-        <v>1296</v>
+        <v>977</v>
       </c>
       <c r="C39" t="s">
-        <v>107</v>
+        <v>103</v>
       </c>
       <c r="D39" t="s">
-        <v>1297</v>
+        <v>978</v>
       </c>
     </row>
     <row r="40" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B40" t="s">
-        <v>1298</v>
+        <v>979</v>
       </c>
       <c r="C40" t="s">
-        <v>110</v>
+        <v>106</v>
       </c>
       <c r="D40" t="s">
-        <v>1299</v>
+        <v>980</v>
       </c>
     </row>
     <row r="41" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B41" t="s">
-        <v>1300</v>
+        <v>981</v>
       </c>
       <c r="D41" t="s">
-        <v>1301</v>
+        <v>982</v>
       </c>
     </row>
     <row r="42" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B42" t="s">
-        <v>1302</v>
+        <v>983</v>
       </c>
       <c r="C42" t="s">
-        <v>115</v>
+        <v>111</v>
       </c>
       <c r="D42" t="s">
-        <v>1303</v>
+        <v>984</v>
       </c>
     </row>
     <row r="43" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B43" t="s">
-        <v>1304</v>
+        <v>985</v>
       </c>
       <c r="C43" t="s">
-        <v>118</v>
+        <v>114</v>
       </c>
       <c r="D43" t="s">
-        <v>1305</v>
+        <v>986</v>
       </c>
     </row>
     <row r="44" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B44" t="s">
-        <v>1306</v>
+        <v>987</v>
       </c>
       <c r="C44" t="s">
-        <v>175</v>
+        <v>171</v>
       </c>
       <c r="D44" t="s">
-        <v>1307</v>
+        <v>988</v>
       </c>
     </row>
     <row r="45" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B45" t="s">
-        <v>1308</v>
+        <v>989</v>
       </c>
       <c r="C45" t="s">
-        <v>178</v>
+        <v>174</v>
       </c>
       <c r="D45" t="s">
-        <v>1309</v>
+        <v>990</v>
       </c>
     </row>
     <row r="46" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B46" t="s">
-        <v>1310</v>
+        <v>991</v>
       </c>
       <c r="C46" t="s">
-        <v>181</v>
+        <v>177</v>
       </c>
       <c r="D46" t="s">
-        <v>1311</v>
+        <v>992</v>
       </c>
     </row>
     <row r="47" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B47" t="s">
-        <v>1312</v>
+        <v>993</v>
       </c>
       <c r="C47" t="s">
-        <v>186</v>
+        <v>182</v>
       </c>
       <c r="D47" t="s">
-        <v>1313</v>
+        <v>994</v>
       </c>
     </row>
     <row r="48" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B48" t="s">
-        <v>1314</v>
+        <v>995</v>
       </c>
       <c r="C48" t="s">
-        <v>189</v>
+        <v>185</v>
       </c>
       <c r="D48" t="s">
-        <v>1315</v>
+        <v>996</v>
       </c>
     </row>
     <row r="49" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B49" t="s">
-        <v>1316</v>
+        <v>997</v>
       </c>
       <c r="C49" t="s">
-        <v>192</v>
+        <v>188</v>
       </c>
       <c r="D49" t="s">
-        <v>1317</v>
+        <v>998</v>
       </c>
     </row>
     <row r="50" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B50" t="s">
-        <v>1318</v>
+        <v>999</v>
       </c>
       <c r="C50" t="s">
-        <v>195</v>
+        <v>191</v>
       </c>
       <c r="D50" t="s">
-        <v>1319</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="51" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B51" t="s">
-        <v>1320</v>
+        <v>1001</v>
       </c>
       <c r="C51" t="s">
-        <v>198</v>
+        <v>194</v>
       </c>
       <c r="D51" t="s">
-        <v>1321</v>
+        <v>1002</v>
       </c>
     </row>
     <row r="52" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B52" t="s">
-        <v>1322</v>
+        <v>1003</v>
       </c>
       <c r="C52" t="s">
-        <v>200</v>
+        <v>196</v>
       </c>
       <c r="D52" t="s">
-        <v>1323</v>
+        <v>1004</v>
       </c>
     </row>
     <row r="53" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B53" t="s">
-        <v>1324</v>
+        <v>1005</v>
       </c>
       <c r="C53" t="s">
-        <v>203</v>
+        <v>199</v>
       </c>
       <c r="D53" t="s">
-        <v>1325</v>
+        <v>1006</v>
       </c>
     </row>
     <row r="54" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B54" t="s">
-        <v>1326</v>
+        <v>1007</v>
       </c>
       <c r="C54" t="s">
-        <v>206</v>
+        <v>202</v>
       </c>
       <c r="D54" t="s">
-        <v>1327</v>
+        <v>1008</v>
       </c>
     </row>
     <row r="55" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B55" t="s">
-        <v>1328</v>
+        <v>1009</v>
       </c>
       <c r="C55" t="s">
-        <v>209</v>
+        <v>205</v>
       </c>
       <c r="D55" t="s">
-        <v>1329</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="56" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B56" t="s">
-        <v>1330</v>
+        <v>1011</v>
       </c>
       <c r="C56" t="s">
-        <v>212</v>
+        <v>208</v>
       </c>
       <c r="D56" t="s">
-        <v>1331</v>
+        <v>1012</v>
       </c>
     </row>
     <row r="57" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B57" t="s">
-        <v>1332</v>
+        <v>1013</v>
       </c>
       <c r="D57" t="s">
-        <v>1333</v>
+        <v>1014</v>
       </c>
     </row>
     <row r="58" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B58" t="s">
-        <v>1334</v>
+        <v>1015</v>
       </c>
       <c r="C58" t="s">
-        <v>215</v>
+        <v>211</v>
       </c>
       <c r="D58" t="s">
-        <v>1335</v>
+        <v>1016</v>
       </c>
     </row>
     <row r="59" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B59" t="s">
-        <v>1336</v>
+        <v>1017</v>
       </c>
       <c r="C59" t="s">
-        <v>220</v>
+        <v>216</v>
       </c>
       <c r="D59" t="s">
-        <v>1337</v>
+        <v>1018</v>
       </c>
     </row>
     <row r="60" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B60" t="s">
-        <v>1338</v>
+        <v>1019</v>
       </c>
       <c r="C60" t="s">
-        <v>223</v>
+        <v>219</v>
       </c>
       <c r="D60" t="s">
-        <v>1339</v>
+        <v>1020</v>
       </c>
     </row>
     <row r="61" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B61" t="s">
-        <v>1340</v>
+        <v>1021</v>
       </c>
       <c r="C61" t="s">
-        <v>226</v>
+        <v>222</v>
       </c>
       <c r="D61" t="s">
-        <v>1341</v>
+        <v>1022</v>
       </c>
     </row>
     <row r="62" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B62" t="s">
-        <v>1342</v>
+        <v>1023</v>
       </c>
       <c r="C62" t="s">
-        <v>229</v>
+        <v>225</v>
       </c>
       <c r="D62" t="s">
-        <v>1343</v>
+        <v>1024</v>
       </c>
     </row>
     <row r="63" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B63" t="s">
-        <v>1344</v>
+        <v>1025</v>
       </c>
       <c r="C63" t="s">
-        <v>232</v>
+        <v>228</v>
       </c>
       <c r="D63" t="s">
-        <v>1345</v>
+        <v>1026</v>
       </c>
     </row>
     <row r="64" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B64" t="s">
-        <v>1346</v>
+        <v>1027</v>
       </c>
       <c r="C64" t="s">
-        <v>234</v>
+        <v>230</v>
       </c>
       <c r="D64" t="s">
-        <v>1347</v>
+        <v>1028</v>
       </c>
     </row>
     <row r="65" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B65" t="s">
-        <v>1348</v>
+        <v>1029</v>
       </c>
       <c r="C65" t="s">
-        <v>236</v>
+        <v>232</v>
       </c>
       <c r="D65" t="s">
-        <v>1349</v>
+        <v>1030</v>
       </c>
     </row>
     <row r="66" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B66" t="s">
-        <v>1350</v>
+        <v>1031</v>
       </c>
       <c r="D66" t="s">
-        <v>1351</v>
+        <v>1032</v>
       </c>
     </row>
     <row r="67" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B67" t="s">
-        <v>1352</v>
+        <v>1033</v>
       </c>
       <c r="C67" t="s">
-        <v>239</v>
+        <v>235</v>
       </c>
       <c r="D67" t="s">
-        <v>1353</v>
+        <v>1034</v>
       </c>
     </row>
     <row r="68" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B68" t="s">
-        <v>1354</v>
+        <v>1035</v>
       </c>
       <c r="C68" t="s">
-        <v>242</v>
+        <v>238</v>
       </c>
       <c r="D68" t="s">
-        <v>1355</v>
+        <v>1036</v>
       </c>
     </row>
     <row r="69" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B69" t="s">
-        <v>1356</v>
+        <v>1037</v>
       </c>
       <c r="C69" t="s">
-        <v>244</v>
+        <v>240</v>
       </c>
       <c r="D69" t="s">
-        <v>1357</v>
+        <v>1038</v>
       </c>
     </row>
     <row r="70" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B70" t="s">
-        <v>1358</v>
+        <v>1039</v>
       </c>
       <c r="C70" t="s">
-        <v>247</v>
+        <v>243</v>
       </c>
       <c r="D70" t="s">
-        <v>1359</v>
+        <v>1040</v>
       </c>
     </row>
     <row r="71" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B71" t="s">
-        <v>1360</v>
+        <v>1041</v>
       </c>
       <c r="C71" t="s">
-        <v>252</v>
+        <v>248</v>
       </c>
       <c r="D71" t="s">
-        <v>1361</v>
+        <v>1042</v>
       </c>
     </row>
     <row r="72" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B72" t="s">
-        <v>1362</v>
+        <v>1043</v>
       </c>
       <c r="C72" t="s">
-        <v>255</v>
+        <v>251</v>
       </c>
       <c r="D72" t="s">
-        <v>1363</v>
+        <v>1044</v>
       </c>
     </row>
     <row r="73" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B73" t="s">
-        <v>1364</v>
+        <v>1045</v>
       </c>
       <c r="C73" t="s">
-        <v>257</v>
+        <v>253</v>
       </c>
       <c r="D73" t="s">
-        <v>1365</v>
+        <v>1046</v>
       </c>
     </row>
     <row r="74" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B74" t="s">
-        <v>1366</v>
+        <v>1047</v>
       </c>
       <c r="C74" t="s">
-        <v>260</v>
+        <v>256</v>
       </c>
       <c r="D74" t="s">
-        <v>1367</v>
+        <v>1048</v>
       </c>
     </row>
     <row r="75" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B75" t="s">
-        <v>1368</v>
+        <v>1049</v>
       </c>
       <c r="C75" t="s">
-        <v>262</v>
+        <v>258</v>
       </c>
       <c r="D75" t="s">
-        <v>1369</v>
+        <v>1050</v>
       </c>
     </row>
     <row r="76" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B76" t="s">
-        <v>1370</v>
+        <v>1051</v>
       </c>
       <c r="C76" t="s">
-        <v>264</v>
+        <v>260</v>
       </c>
       <c r="D76" t="s">
-        <v>1371</v>
+        <v>1052</v>
       </c>
     </row>
     <row r="77" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B77" t="s">
-        <v>1372</v>
+        <v>1053</v>
       </c>
       <c r="C77" t="s">
-        <v>266</v>
+        <v>262</v>
       </c>
       <c r="D77" t="s">
-        <v>1373</v>
+        <v>1054</v>
       </c>
     </row>
     <row r="78" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B78" t="s">
-        <v>1374</v>
+        <v>1055</v>
       </c>
       <c r="C78" t="s">
-        <v>269</v>
+        <v>265</v>
       </c>
       <c r="D78" t="s">
-        <v>1375</v>
+        <v>1056</v>
       </c>
     </row>
     <row r="79" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B79" t="s">
-        <v>1376</v>
+        <v>1057</v>
       </c>
       <c r="D79" t="s">
-        <v>1377</v>
+        <v>1058</v>
       </c>
     </row>
     <row r="80" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B80" t="s">
-        <v>1378</v>
+        <v>1059</v>
       </c>
       <c r="C80" t="s">
-        <v>272</v>
+        <v>268</v>
       </c>
       <c r="D80" t="s">
-        <v>1379</v>
+        <v>1060</v>
       </c>
     </row>
     <row r="81" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B81" t="s">
-        <v>1380</v>
+        <v>1061</v>
       </c>
       <c r="C81" t="s">
-        <v>274</v>
+        <v>270</v>
       </c>
       <c r="D81" t="s">
-        <v>1381</v>
+        <v>1062</v>
       </c>
     </row>
     <row r="82" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B82" t="s">
-        <v>1382</v>
+        <v>1063</v>
       </c>
       <c r="C82" t="s">
-        <v>277</v>
+        <v>273</v>
       </c>
       <c r="D82" t="s">
-        <v>1383</v>
+        <v>1064</v>
       </c>
     </row>
     <row r="83" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B83" t="s">
-        <v>1384</v>
+        <v>1065</v>
       </c>
       <c r="C83" t="s">
-        <v>282</v>
+        <v>278</v>
       </c>
       <c r="D83" t="s">
-        <v>1385</v>
+        <v>1066</v>
       </c>
     </row>
     <row r="84" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B84" t="s">
-        <v>1386</v>
+        <v>1067</v>
       </c>
       <c r="C84" t="s">
-        <v>285</v>
+        <v>281</v>
       </c>
       <c r="D84" t="s">
-        <v>1387</v>
+        <v>1068</v>
       </c>
     </row>
     <row r="85" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B85" t="s">
-        <v>1388</v>
+        <v>1069</v>
       </c>
       <c r="C85" t="s">
-        <v>288</v>
+        <v>284</v>
       </c>
       <c r="D85" t="s">
-        <v>1389</v>
+        <v>1070</v>
       </c>
     </row>
     <row r="86" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B86" t="s">
-        <v>1390</v>
+        <v>1071</v>
       </c>
       <c r="C86" t="s">
-        <v>291</v>
+        <v>287</v>
       </c>
       <c r="D86" t="s">
-        <v>1391</v>
+        <v>1072</v>
       </c>
     </row>
     <row r="87" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B87" t="s">
-        <v>1392</v>
+        <v>1073</v>
       </c>
       <c r="C87" t="s">
-        <v>293</v>
+        <v>289</v>
       </c>
       <c r="D87" t="s">
-        <v>1393</v>
+        <v>1074</v>
       </c>
     </row>
     <row r="88" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B88" t="s">
-        <v>1394</v>
+        <v>1075</v>
       </c>
       <c r="C88" t="s">
-        <v>296</v>
+        <v>292</v>
       </c>
       <c r="D88" t="s">
-        <v>1395</v>
+        <v>1076</v>
       </c>
     </row>
     <row r="89" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B89" t="s">
-        <v>1396</v>
+        <v>1077</v>
       </c>
       <c r="D89" t="s">
-        <v>1397</v>
+        <v>1078</v>
       </c>
     </row>
     <row r="90" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B90" t="s">
-        <v>1398</v>
+        <v>1079</v>
       </c>
       <c r="C90" t="s">
-        <v>299</v>
+        <v>295</v>
       </c>
       <c r="D90" t="s">
-        <v>1399</v>
+        <v>1080</v>
       </c>
     </row>
     <row r="91" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B91" t="s">
-        <v>1400</v>
+        <v>1081</v>
       </c>
       <c r="C91" t="s">
-        <v>301</v>
+        <v>297</v>
       </c>
       <c r="D91" t="s">
-        <v>1401</v>
+        <v>1082</v>
       </c>
     </row>
     <row r="92" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B92" t="s">
-        <v>1402</v>
+        <v>1083</v>
       </c>
       <c r="C92" t="s">
-        <v>303</v>
+        <v>299</v>
       </c>
       <c r="D92" t="s">
-        <v>1403</v>
+        <v>1084</v>
       </c>
     </row>
     <row r="93" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B93" t="s">
-        <v>1404</v>
+        <v>1085</v>
       </c>
       <c r="C93" t="s">
-        <v>305</v>
+        <v>301</v>
       </c>
       <c r="D93" t="s">
-        <v>1405</v>
+        <v>1086</v>
       </c>
     </row>
     <row r="94" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B94" t="s">
-        <v>1406</v>
+        <v>1087</v>
       </c>
       <c r="C94" t="s">
-        <v>308</v>
+        <v>304</v>
       </c>
       <c r="D94" t="s">
-        <v>1407</v>
+        <v>1088</v>
       </c>
     </row>
     <row r="95" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B95" t="s">
-        <v>1408</v>
+        <v>1089</v>
       </c>
       <c r="C95" t="s">
-        <v>311</v>
+        <v>307</v>
       </c>
       <c r="D95" t="s">
-        <v>1409</v>
+        <v>1090</v>
       </c>
     </row>
     <row r="96" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B96" t="s">
-        <v>1410</v>
+        <v>1091</v>
       </c>
       <c r="C96" t="s">
-        <v>316</v>
+        <v>312</v>
       </c>
       <c r="D96" t="s">
-        <v>1411</v>
+        <v>1092</v>
       </c>
     </row>
     <row r="97" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B97" t="s">
-        <v>1412</v>
+        <v>1093</v>
       </c>
       <c r="C97" t="s">
-        <v>319</v>
+        <v>315</v>
       </c>
       <c r="D97" t="s">
-        <v>1413</v>
+        <v>1094</v>
       </c>
     </row>
     <row r="98" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B98" t="s">
-        <v>1414</v>
+        <v>1095</v>
       </c>
       <c r="C98" t="s">
-        <v>322</v>
+        <v>318</v>
       </c>
       <c r="D98" t="s">
-        <v>1415</v>
+        <v>1096</v>
       </c>
     </row>
     <row r="99" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B99" t="s">
-        <v>1416</v>
+        <v>1097</v>
       </c>
       <c r="D99" t="s">
-        <v>1417</v>
+        <v>1098</v>
       </c>
     </row>
     <row r="100" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B100" t="s">
-        <v>1418</v>
+        <v>1099</v>
       </c>
       <c r="C100" t="s">
-        <v>325</v>
+        <v>321</v>
       </c>
       <c r="D100" t="s">
-        <v>1419</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="101" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B101" t="s">
-        <v>1420</v>
+        <v>1101</v>
       </c>
       <c r="C101" t="s">
-        <v>327</v>
+        <v>323</v>
       </c>
       <c r="D101" t="s">
-        <v>1421</v>
+        <v>1102</v>
       </c>
     </row>
     <row r="102" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B102" t="s">
-        <v>1422</v>
+        <v>1103</v>
       </c>
       <c r="C102" t="s">
-        <v>330</v>
+        <v>326</v>
       </c>
       <c r="D102" t="s">
-        <v>1423</v>
+        <v>1104</v>
       </c>
     </row>
     <row r="103" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B103" t="s">
-        <v>1424</v>
+        <v>1105</v>
       </c>
       <c r="C103" t="s">
-        <v>332</v>
+        <v>328</v>
       </c>
       <c r="D103" t="s">
-        <v>1425</v>
+        <v>1106</v>
       </c>
     </row>
     <row r="104" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B104" t="s">
-        <v>1426</v>
+        <v>1107</v>
       </c>
       <c r="C104" t="s">
-        <v>335</v>
+        <v>331</v>
       </c>
       <c r="D104" t="s">
-        <v>1427</v>
+        <v>1108</v>
       </c>
     </row>
     <row r="105" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B105" t="s">
-        <v>1428</v>
+        <v>1109</v>
       </c>
       <c r="C105" t="s">
-        <v>338</v>
+        <v>334</v>
       </c>
       <c r="D105" t="s">
-        <v>1429</v>
+        <v>1110</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>9</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="9" baseType="lpstr">
       <vt:lpstr>Subscription Title List</vt:lpstr>
       <vt:lpstr>DiGiovanna, 04 ed. - An Osteopa</vt:lpstr>
       <vt:lpstr>Nicholas, 04 ed. - Atlas of Ost</vt:lpstr>
-      <vt:lpstr>Seffinger, 04 ed. - Foundations</vt:lpstr>
+      <vt:lpstr>Heinking, 05 ed. - Foundations</vt:lpstr>
       <vt:lpstr>DeStefano, 6 ed. - Greenman's P</vt:lpstr>
       <vt:lpstr>Nelson, 2 ed. - Somatic Dysfunc</vt:lpstr>
       <vt:lpstr>Channell, 02 ed. - The 5-Minute</vt:lpstr>
       <vt:lpstr>Beatty, 2 ed. - The Pocket Manu</vt:lpstr>
       <vt:lpstr>Donnelly, 03 ed. - Travell, Sim</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>puseascm05tol02$</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_fe6ee112-9e5c-4f16-b63d-fcad06e1707e_Enabled">
+    <vt:lpwstr>true</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_fe6ee112-9e5c-4f16-b63d-fcad06e1707e_SetDate">
+    <vt:lpwstr>2025-11-25T14:50:32Z</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_fe6ee112-9e5c-4f16-b63d-fcad06e1707e_Method">
+    <vt:lpwstr>Standard</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_fe6ee112-9e5c-4f16-b63d-fcad06e1707e_Name">
+    <vt:lpwstr>Internal Use</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_fe6ee112-9e5c-4f16-b63d-fcad06e1707e_SiteId">
+    <vt:lpwstr>8ac76c91-e7f1-41ff-a89c-3553b2da2c17</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_fe6ee112-9e5c-4f16-b63d-fcad06e1707e_ActionId">
+    <vt:lpwstr>e22b558a-2204-49cd-b4f7-161b0a2ff8d8</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_fe6ee112-9e5c-4f16-b63d-fcad06e1707e_ContentBits">
+    <vt:lpwstr>0</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_fe6ee112-9e5c-4f16-b63d-fcad06e1707e_Tag">
+    <vt:lpwstr>10, 3, 0, 1</vt:lpwstr>
+  </property>
+</Properties>
+</file>