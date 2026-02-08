--- v1 (2025-11-28)
+++ v2 (2026-02-08)
@@ -6,179 +6,149 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29231"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29426"/>
   <workbookPr codeName="ThisWorkbook" defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://wolterskluwer-my.sharepoint.com/personal/leanne_vandetty_wolterskluwer_com/Documents/Health Library/Health Library Repository/Health Library Title Lists/Subscription/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="15" documentId="11_66FB8E8399CBF6BBCA5A94777E7C3D7C572F1FED" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{2787D4F7-693E-48D8-8B33-87CCF0D2D67A}"/>
+  <xr:revisionPtr revIDLastSave="28" documentId="11_66FB8E8399CBF6BBCA5A94777E7C3D7C572F1FED" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{DC474372-7935-4223-9FDD-975CD3E0CAC1}"/>
   <bookViews>
     <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10300" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Subscription Title List" sheetId="1" r:id="rId1"/>
     <sheet name="DiGiovanna, 04 ed. - An Osteopa" sheetId="3" r:id="rId2"/>
     <sheet name="Nicholas, 04 ed. - Atlas of Ost" sheetId="4" r:id="rId3"/>
     <sheet name="Heinking, 05 ed. - Foundations" sheetId="5" r:id="rId4"/>
     <sheet name="DeStefano, 6 ed. - Greenman's P" sheetId="2" r:id="rId5"/>
     <sheet name="Nelson, 2 ed. - Somatic Dysfunc" sheetId="6" r:id="rId6"/>
     <sheet name="Channell, 02 ed. - The 5-Minute" sheetId="7" r:id="rId7"/>
     <sheet name="Beatty, 2 ed. - The Pocket Manu" sheetId="8" r:id="rId8"/>
-    <sheet name="Donnelly, 03 ed. - Travell, Sim" sheetId="9" r:id="rId9"/>
+    <sheet name="Donnelly, 04 ed. - Travell, Sim" sheetId="9" r:id="rId9"/>
   </sheets>
   <calcPr calcId="125725"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1834" uniqueCount="1348">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1805" uniqueCount="1323">
   <si>
     <t>Author</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Edition</t>
   </si>
   <si>
     <t>ISBN</t>
   </si>
   <si>
     <t>Year Published</t>
   </si>
   <si>
     <t>Title Level URL</t>
   </si>
   <si>
     <t>Date Added to HL</t>
   </si>
   <si>
     <t>Lisa DeStefano, DO</t>
   </si>
   <si>
-    <t>978-1-9752-1288-9</t>
-[...1 lines deleted...]
-  <si>
     <t>https://osteopathicmedicine.lwwhealthlibrary.com/book.aspx?bookid=3394</t>
   </si>
   <si>
     <t>Eileen L. DiGiovanna, DO, FAAO</t>
   </si>
   <si>
     <t>An Osteopathic Approach to Diagnosis and Treatment, 4e</t>
   </si>
   <si>
-    <t>978-1-975171-57-5</t>
-[...1 lines deleted...]
-  <si>
     <t>https://osteopathicmedicine.lwwhealthlibrary.com/book.aspx?bookid=2969</t>
   </si>
   <si>
     <t>Alexander S. Nicholas, DO, FAAO, DIST</t>
   </si>
   <si>
     <t>Atlas of Osteopathic Techniques, 4e</t>
   </si>
   <si>
-    <t>978-1-975127-48-0</t>
-[...1 lines deleted...]
-  <si>
     <t>https://osteopathicmedicine.lwwhealthlibrary.com/book.aspx?bookid=3202</t>
   </si>
   <si>
     <t>Kenneth E. Nelson, DO, FAAO, FACOFP (dist.)</t>
   </si>
   <si>
     <t>Somatic Dysfunction in Osteopathic Family Medicine, 2e</t>
   </si>
   <si>
-    <t>978-1-4511-0305-2</t>
-[...1 lines deleted...]
-  <si>
     <t>https://osteopathicmedicine.lwwhealthlibrary.com/book.aspx?bookid=1015</t>
   </si>
   <si>
     <t>Millicent King Channell, DO, MA, FAAO</t>
   </si>
   <si>
     <t>The 5-Minute Osteopathic Manipulative Medicine Consult, 2e</t>
   </si>
   <si>
-    <t>978-1-496396-50-1</t>
-[...1 lines deleted...]
-  <si>
     <t>https://osteopathicmedicine.lwwhealthlibrary.com/book.aspx?bookid=2651</t>
   </si>
   <si>
     <t>David R. Beatty, DO</t>
   </si>
   <si>
     <t>The Pocket Manual of OMT, 2e</t>
   </si>
   <si>
-    <t>978-1-60831-657-1</t>
-[...1 lines deleted...]
-  <si>
     <t>https://osteopathicmedicine.lwwhealthlibrary.com/book.aspx?bookid=814</t>
-  </si>
-[...10 lines deleted...]
-    <t>https://osteopathicmedicine.lwwhealthlibrary.com/book.aspx?bookid=3060</t>
   </si>
   <si>
     <t>Authors</t>
   </si>
   <si>
     <t>Chapters</t>
   </si>
   <si>
     <t>URL</t>
   </si>
   <si>
     <t>Mark Bookhout, PT, MS, CFMM</t>
   </si>
   <si>
     <t xml:space="preserve">Copyright </t>
   </si>
   <si>
     <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=259952998&amp;bookId=3394</t>
   </si>
   <si>
     <t>Greenman’s Principles of Manual Medicine, 6e</t>
   </si>
   <si>
     <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=259953002&amp;bookId=3394</t>
   </si>
@@ -2778,653 +2748,110 @@
   <si>
     <t>Head Diagnosis and Treatment</t>
   </si>
   <si>
     <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=49589359&amp;bookId=814</t>
   </si>
   <si>
     <t>Upper Extremity Diagnosis and Treatment</t>
   </si>
   <si>
     <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=49589360&amp;bookId=814</t>
   </si>
   <si>
     <t>Visceral Diagnosis and Treatment</t>
   </si>
   <si>
     <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=49589361&amp;bookId=814</t>
   </si>
   <si>
     <t>OMT in Primary Care</t>
   </si>
   <si>
     <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=49589362&amp;bookId=814</t>
   </si>
   <si>
-    <t>César Fernández de las Peñas, PT, MSc, PhD</t>
-[...79 lines deleted...]
-  <si>
     <t>Section 1: Introduction to Myofascial Pain and Dysfunction</t>
   </si>
   <si>
-    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=250169687&amp;bookId=3060</t>
-[...1 lines deleted...]
-  <si>
     <t>Pain Sciences and Myofascial Pain</t>
   </si>
   <si>
-    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=250169688&amp;bookId=3060</t>
-[...1 lines deleted...]
-  <si>
     <t>Trigger Point Neurophysiology</t>
   </si>
   <si>
-    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=250169836&amp;bookId=3060</t>
-[...7 lines deleted...]
-  <si>
     <t>Perpetuating Factors for Myofascial Pain Syndrome</t>
   </si>
   <si>
-    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=250170006&amp;bookId=3060</t>
-[...7 lines deleted...]
-  <si>
     <t>Section 2: Head and Neck Pain</t>
   </si>
   <si>
-    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=250170215&amp;bookId=3060</t>
-[...73 lines deleted...]
-  <si>
     <t>Clinical Considerations of Head and Neck Pain</t>
   </si>
   <si>
-    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=250171328&amp;bookId=3060</t>
-[...1 lines deleted...]
-  <si>
     <t>Section 3: Upper Back, Shoulder, and Arm Pain</t>
   </si>
   <si>
-    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=250171437&amp;bookId=3060</t>
-[...85 lines deleted...]
-  <si>
     <t>Clinical Considerations of Upper Back Shoulder and Arm Pain</t>
   </si>
   <si>
-    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=250172509&amp;bookId=3060</t>
-[...1 lines deleted...]
-  <si>
     <t>Section 4: Forearm, Wrist, and Hand Pain</t>
   </si>
   <si>
-    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=250172600&amp;bookId=3060</t>
-[...43 lines deleted...]
-  <si>
     <t>Clinical Considerations of Elbow, Wrist, and Hand Pain</t>
   </si>
   <si>
-    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=250173224&amp;bookId=3060</t>
-[...1 lines deleted...]
-  <si>
     <t>Section 5: Trunk and Pelvis Pain</t>
   </si>
   <si>
-    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=250173343&amp;bookId=3060</t>
-[...67 lines deleted...]
-  <si>
     <t>Clinical Considerations of Trunk and Pelvic Pain</t>
   </si>
   <si>
-    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=250174537&amp;bookId=3060</t>
-[...1 lines deleted...]
-  <si>
     <t>Section 6: Hip, Thigh, and Knee Pain</t>
   </si>
   <si>
-    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=250174643&amp;bookId=3060</t>
-[...49 lines deleted...]
-  <si>
     <t>Clinical Considerations of Hip, Thigh, and Knee Pain</t>
   </si>
   <si>
-    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=250175484&amp;bookId=3060</t>
-[...1 lines deleted...]
-  <si>
     <t>Section 7: Leg, Ankle, and Foot Pain</t>
   </si>
   <si>
-    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=250175588&amp;bookId=3060</t>
-[...49 lines deleted...]
-  <si>
     <t>Clinical Considerations of Leg, Ankle, and Foot Pain</t>
   </si>
   <si>
-    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=250176319&amp;bookId=3060</t>
-[...1 lines deleted...]
-  <si>
     <t>Section 8: Treatment Considerations for Myofascial Pain and Dysfunction</t>
   </si>
   <si>
-    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=250176412&amp;bookId=3060</t>
-[...1 lines deleted...]
-  <si>
     <t>Trigger Point Injection and Dry Needling</t>
   </si>
   <si>
-    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=250176413&amp;bookId=3060</t>
-[...34 lines deleted...]
-  <si>
     <t>Kurt P. Heinking, DO, FAAO</t>
   </si>
   <si>
     <t>Foundations of Osteopathic Medicine: Philosophy, Science, Clinical Applications, and Research, 5e</t>
   </si>
   <si>
-    <t>978-1-9751-9864-0</t>
-[...1 lines deleted...]
-  <si>
     <t>https://osteopathicmedicine.lwwhealthlibrary.com/book.aspx?bookid=3456</t>
   </si>
   <si>
     <t>Rebecca E. Giusti, DO</t>
   </si>
   <si>
     <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261493030&amp;bookId=3456</t>
   </si>
   <si>
     <t>Kendi L. Hensel, DO, PhD, FAAO</t>
   </si>
   <si>
     <t>Foundations of Osteopathic Medicine: Philosophy, Science, Clinical Applications, and Research</t>
   </si>
   <si>
     <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261493034&amp;bookId=3456</t>
   </si>
   <si>
     <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261493037&amp;bookId=3456</t>
   </si>
   <si>
     <t>DEDICATION</t>
   </si>
   <si>
     <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261493058&amp;bookId=3456</t>
@@ -4078,113 +3505,619 @@
     <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261518457&amp;bookId=3456</t>
   </si>
   <si>
     <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261518624&amp;bookId=3456</t>
   </si>
   <si>
     <t>Case Study: Upper Extremity</t>
   </si>
   <si>
     <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261518769&amp;bookId=3456</t>
   </si>
   <si>
     <t>Case Study: Supination Ankle Sprain</t>
   </si>
   <si>
     <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261518896&amp;bookId=3456</t>
   </si>
   <si>
     <t>Case Study: Endocrinology</t>
   </si>
   <si>
     <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261519043&amp;bookId=3456</t>
   </si>
   <si>
     <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261519161&amp;bookId=3456</t>
+  </si>
+  <si>
+    <t>Joseph M. Donnelly</t>
+  </si>
+  <si>
+    <t>https://osteopathicmedicine.lwwhealthlibrary.com/book.aspx?bookid=3474</t>
+  </si>
+  <si>
+    <t>Travell, Simons &amp; Donnelly’s Myofascial Pain and Dysfunction: The Trigger Point Manual, 4e</t>
+  </si>
+  <si>
+    <t>César Fernández de las Peñas</t>
+  </si>
+  <si>
+    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261743932&amp;bookId=3474</t>
+  </si>
+  <si>
+    <t>Jennifer L. Freeman</t>
+  </si>
+  <si>
+    <t>FrontExtra</t>
+  </si>
+  <si>
+    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261743936&amp;bookId=3474</t>
+  </si>
+  <si>
+    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261743958&amp;bookId=3474</t>
+  </si>
+  <si>
+    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261743963&amp;bookId=3474</t>
+  </si>
+  <si>
+    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261743966&amp;bookId=3474</t>
+  </si>
+  <si>
+    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261744262&amp;bookId=3474</t>
+  </si>
+  <si>
+    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261744270&amp;bookId=3474</t>
+  </si>
+  <si>
+    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261744278&amp;bookId=3474</t>
+  </si>
+  <si>
+    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261744284&amp;bookId=3474</t>
+  </si>
+  <si>
+    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261744285&amp;bookId=3474</t>
+  </si>
+  <si>
+    <t>The Contributions of Muscles and Fascia to Myofascial Pain Syndrome</t>
+  </si>
+  <si>
+    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261744442&amp;bookId=3474</t>
+  </si>
+  <si>
+    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261744507&amp;bookId=3474</t>
+  </si>
+  <si>
+    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261744632&amp;bookId=3474</t>
+  </si>
+  <si>
+    <t>Biopsychosocial Considerations</t>
+  </si>
+  <si>
+    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261744742&amp;bookId=3474</t>
+  </si>
+  <si>
+    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261744878&amp;bookId=3474</t>
+  </si>
+  <si>
+    <t>Trapezius Muscle“Stress Headache Producer”</t>
+  </si>
+  <si>
+    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261744891&amp;bookId=3474</t>
+  </si>
+  <si>
+    <t>Sternocleidomastoid Muscle“Migraine and Sinus Headache Imposter”</t>
+  </si>
+  <si>
+    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261745038&amp;bookId=3474</t>
+  </si>
+  <si>
+    <t>Masseter Muscle“Dental Drama”</t>
+  </si>
+  <si>
+    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261745157&amp;bookId=3474</t>
+  </si>
+  <si>
+    <t>Temporalis Muscle“TMJ Train Wreck”</t>
+  </si>
+  <si>
+    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261745243&amp;bookId=3474</t>
+  </si>
+  <si>
+    <t>Medial Pterygoid Muscle“Deep Deceiver”</t>
+  </si>
+  <si>
+    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261745309&amp;bookId=3474</t>
+  </si>
+  <si>
+    <t>Lateral Pterygoid Muscle“TMD Disaster”</t>
+  </si>
+  <si>
+    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261745384&amp;bookId=3474</t>
+  </si>
+  <si>
+    <t>Digastric Muscle and Anterior Neck Muscles“The Ignored Contributor of Neck Pain”</t>
+  </si>
+  <si>
+    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261745457&amp;bookId=3474</t>
+  </si>
+  <si>
+    <t>Cutaneous I: Facial Muscles: Orbicularis Oculi, Zygomaticus Major, Platysma, Buccinator, Corrugator Supercilii, and Procerus“Wrinkle Wrecks”</t>
+  </si>
+  <si>
+    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261745571&amp;bookId=3474</t>
+  </si>
+  <si>
+    <t>Cutaneous II: Occipitofrontalis“Head Tightness Twins”</t>
+  </si>
+  <si>
+    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261745684&amp;bookId=3474</t>
+  </si>
+  <si>
+    <t>Splenius Capitis and Splenius Cervicis Muscles“Corner of the Neck and Crown Complaints”</t>
+  </si>
+  <si>
+    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261745737&amp;bookId=3474</t>
+  </si>
+  <si>
+    <t>Posterior Cervical Muscles: Semispinalis Capitis, Longissimus Capitis, Semispinalis Cervicis, Multifidus, and Rotatores“Iron Man Helmet”</t>
+  </si>
+  <si>
+    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261745809&amp;bookId=3474</t>
+  </si>
+  <si>
+    <t>Suboccipital Muscles“Mask of Zorro”</t>
+  </si>
+  <si>
+    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261745921&amp;bookId=3474</t>
+  </si>
+  <si>
+    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261746008&amp;bookId=3474</t>
+  </si>
+  <si>
+    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261746120&amp;bookId=3474</t>
+  </si>
+  <si>
+    <t>Levator Scapulae Muscle“Crick in the Neck”</t>
+  </si>
+  <si>
+    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261746129&amp;bookId=3474</t>
+  </si>
+  <si>
+    <t>Scalene Muscles“Pseudo-Radiculopathy”</t>
+  </si>
+  <si>
+    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261746208&amp;bookId=3474</t>
+  </si>
+  <si>
+    <t>Supraspinatus Muscle“Overhead Activity Archenemy”</t>
+  </si>
+  <si>
+    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261746323&amp;bookId=3474</t>
+  </si>
+  <si>
+    <t>Infraspinatus Muscle“Side-Sleeper’s Nemesis”</t>
+  </si>
+  <si>
+    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261746402&amp;bookId=3474</t>
+  </si>
+  <si>
+    <t>Teres Minor Muscle“Throwers Trial”</t>
+  </si>
+  <si>
+    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261746492&amp;bookId=3474</t>
+  </si>
+  <si>
+    <t>Latissimus Dorsi Muscle“Midback Manipulator”</t>
+  </si>
+  <si>
+    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261746549&amp;bookId=3474</t>
+  </si>
+  <si>
+    <t>Teres Major Muscle“Forgotten Shoulder Aggravator”</t>
+  </si>
+  <si>
+    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261746616&amp;bookId=3474</t>
+  </si>
+  <si>
+    <t>Subscapularis Muscle“Pseudo Frozen Shoulder”</t>
+  </si>
+  <si>
+    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261746670&amp;bookId=3474</t>
+  </si>
+  <si>
+    <t>Rhomboid Minor and Major Muscles“Shoulder Blade Sorcerers”</t>
+  </si>
+  <si>
+    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261746739&amp;bookId=3474</t>
+  </si>
+  <si>
+    <t>Deltoid Muscle“Overt Botherer”</t>
+  </si>
+  <si>
+    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261746819&amp;bookId=3474</t>
+  </si>
+  <si>
+    <t>Coracobrachialis Muscle“Shadowy Scandalmonger”</t>
+  </si>
+  <si>
+    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261746907&amp;bookId=3474</t>
+  </si>
+  <si>
+    <t>Biceps Brachii Muscle“Upper Arm Agitator”</t>
+  </si>
+  <si>
+    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261746971&amp;bookId=3474</t>
+  </si>
+  <si>
+    <t>Brachialis Muscle“Snuffbox Scourge”</t>
+  </si>
+  <si>
+    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261747051&amp;bookId=3474</t>
+  </si>
+  <si>
+    <t>Triceps Brachii and Anconeus Muscles“Elbow Excruciators”</t>
+  </si>
+  <si>
+    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261747108&amp;bookId=3474</t>
+  </si>
+  <si>
+    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261747220&amp;bookId=3474</t>
+  </si>
+  <si>
+    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261747314&amp;bookId=3474</t>
+  </si>
+  <si>
+    <t>Wrist Extensor and Brachioradialis Muscles“Pseudo Tennis Elbow”</t>
+  </si>
+  <si>
+    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261747330&amp;bookId=3474</t>
+  </si>
+  <si>
+    <t>Extensor Digitorum and Extensor Indicis Muscles“Painful Pointers”</t>
+  </si>
+  <si>
+    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261747453&amp;bookId=3474</t>
+  </si>
+  <si>
+    <t>Supinator Muscle“Elbow and Thumb Saboteur”</t>
+  </si>
+  <si>
+    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261747541&amp;bookId=3474</t>
+  </si>
+  <si>
+    <t>Palmaris Longus Muscle“Variant Vandal”</t>
+  </si>
+  <si>
+    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261747615&amp;bookId=3474</t>
+  </si>
+  <si>
+    <t>Wrist and Finger Flexors in the ForearmFlexor Carpi Radialis and Ulnaris Muscles; Flexor Digitorum Superficialis and Profundus Muscles; Flexor Pollicis Longus Pronator Teres and Pronator Quadratus Muscles “Pseudo Golfer’s Elbow and Gripping Gripers”</t>
+  </si>
+  <si>
+    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261747675&amp;bookId=3474</t>
+  </si>
+  <si>
+    <t>Adductor and Opponens Pollicis Muscles“Clumsy Thumb”</t>
+  </si>
+  <si>
+    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261747794&amp;bookId=3474</t>
+  </si>
+  <si>
+    <t>Interosseous, Lumbrical, and Abductor Digiti Minimi Muscles“Hand Crampers”</t>
+  </si>
+  <si>
+    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261747872&amp;bookId=3474</t>
+  </si>
+  <si>
+    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261747955&amp;bookId=3474</t>
+  </si>
+  <si>
+    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261748075&amp;bookId=3474</t>
+  </si>
+  <si>
+    <t>Pectoralis Major and Subclavius Muscles“Chest and Shoulder Nuisance”</t>
+  </si>
+  <si>
+    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261748084&amp;bookId=3474</t>
+  </si>
+  <si>
+    <t>Sternalis Muscle“Alarming Agonizer”</t>
+  </si>
+  <si>
+    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261748208&amp;bookId=3474</t>
+  </si>
+  <si>
+    <t>Pectoralis Minor Muscle“Thoracic Outlet Imposter”</t>
+  </si>
+  <si>
+    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261748256&amp;bookId=3474</t>
+  </si>
+  <si>
+    <t>Intercostal and Diaphragm Muscles“Stitch in the Side”</t>
+  </si>
+  <si>
+    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261748326&amp;bookId=3474</t>
+  </si>
+  <si>
+    <t>Serratus Anterior Muscle“Flank Foe”</t>
+  </si>
+  <si>
+    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261748492&amp;bookId=3474</t>
+  </si>
+  <si>
+    <t>Serratus Posterior Superior and Inferior Muscles“Nociception Initiator”</t>
+  </si>
+  <si>
+    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261748554&amp;bookId=3474</t>
+  </si>
+  <si>
+    <t>Thoracolumbar Paraspinal Muscles“Ropey Rivals”</t>
+  </si>
+  <si>
+    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261748654&amp;bookId=3474</t>
+  </si>
+  <si>
+    <t>Abdominal Muscles“Limbo Limiters”</t>
+  </si>
+  <si>
+    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261748766&amp;bookId=3474</t>
+  </si>
+  <si>
+    <t>Quadratus Lumborum Muscle“Joker of Low Back Pain”</t>
+  </si>
+  <si>
+    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261748904&amp;bookId=3474</t>
+  </si>
+  <si>
+    <t>Psoas Major, Psoas Minor, and Iliacus Muscles“Hidden Pranksters”</t>
+  </si>
+  <si>
+    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261749015&amp;bookId=3474</t>
+  </si>
+  <si>
+    <t>Pelvic Floor Muscles“Pain in the Rear”</t>
+  </si>
+  <si>
+    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261749117&amp;bookId=3474</t>
+  </si>
+  <si>
+    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261749303&amp;bookId=3474</t>
+  </si>
+  <si>
+    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261749418&amp;bookId=3474</t>
+  </si>
+  <si>
+    <t>Gluteus Maximus Muscle“Swimmers Nemesis”</t>
+  </si>
+  <si>
+    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261749432&amp;bookId=3474</t>
+  </si>
+  <si>
+    <t>Gluteus Medius Muscle“Lumbago Muscle”</t>
+  </si>
+  <si>
+    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261749510&amp;bookId=3474</t>
+  </si>
+  <si>
+    <t>Gluteus Minimus and Tensor Fasciae Latae Muscles“Pseudo-Sciatica and Pseudotrochanteric Bursitis”</t>
+  </si>
+  <si>
+    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261749590&amp;bookId=3474</t>
+  </si>
+  <si>
+    <t>Piriformis, Obturator Internus, Gemelli, Obturator Externus, and Quadratus Femoris Muscles“Double Devils”</t>
+  </si>
+  <si>
+    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261749708&amp;bookId=3474</t>
+  </si>
+  <si>
+    <t>Quadriceps Femoris and Sartorius Muscles“Four-Faced Troublemaker and Surreptitious Accomplice”</t>
+  </si>
+  <si>
+    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261749831&amp;bookId=3474</t>
+  </si>
+  <si>
+    <t>Adductor Longus, Adductor Brevis, Adductor Magnus, Pectineus, and Gracilis Muscles“Obvious Problem Makers”</t>
+  </si>
+  <si>
+    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261749976&amp;bookId=3474</t>
+  </si>
+  <si>
+    <t>Hamstring Muscles: Semitendinosus, Semimembranosus, and Biceps Femoris“Chair Seat Victims”</t>
+  </si>
+  <si>
+    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261750099&amp;bookId=3474</t>
+  </si>
+  <si>
+    <t>Popliteus Muscle“Bent Knee Troublemaker”</t>
+  </si>
+  <si>
+    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261750189&amp;bookId=3474</t>
+  </si>
+  <si>
+    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261750266&amp;bookId=3474</t>
+  </si>
+  <si>
+    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261750372&amp;bookId=3474</t>
+  </si>
+  <si>
+    <t>Tibialis Anterior Muscle“Foot Drop Muscle”</t>
+  </si>
+  <si>
+    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261750388&amp;bookId=3474</t>
+  </si>
+  <si>
+    <t>Fibularis Longus, Brevis, and Tertius Muscles“Weak Ankle Muscles”</t>
+  </si>
+  <si>
+    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261750458&amp;bookId=3474</t>
+  </si>
+  <si>
+    <t>Gastrocnemius Muscle“Charley Horse Muscle”</t>
+  </si>
+  <si>
+    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261750566&amp;bookId=3474</t>
+  </si>
+  <si>
+    <t>Soleus and Plantaris Muscles“Jogger’s Heel”</t>
+  </si>
+  <si>
+    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261750636&amp;bookId=3474</t>
+  </si>
+  <si>
+    <t>Tibialis Posterior Muscle“Runner’s Nemesis”</t>
+  </si>
+  <si>
+    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261750736&amp;bookId=3474</t>
+  </si>
+  <si>
+    <t>Long Toe Extensor Muscles: Extensor Digitorum Longus and Extensor Hallucis Longus“Muscles of Classic Hammer Toes”</t>
+  </si>
+  <si>
+    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261750814&amp;bookId=3474</t>
+  </si>
+  <si>
+    <t>Long Toe Flexor Muscles: Flexor Digitorum Longus and Flexor Hallucis Longus“Claw Toe Muscles”</t>
+  </si>
+  <si>
+    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261750891&amp;bookId=3474</t>
+  </si>
+  <si>
+    <t>Intrinsic Muscles of the Foot“Sore Foot Muscles and Viper’s Nest”</t>
+  </si>
+  <si>
+    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261750963&amp;bookId=3474</t>
+  </si>
+  <si>
+    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261751097&amp;bookId=3474</t>
+  </si>
+  <si>
+    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261751178&amp;bookId=3474</t>
+  </si>
+  <si>
+    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261751179&amp;bookId=3474</t>
+  </si>
+  <si>
+    <t>Manual Therapy</t>
+  </si>
+  <si>
+    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261751787&amp;bookId=3474</t>
+  </si>
+  <si>
+    <t>Therapeutic Exercise</t>
+  </si>
+  <si>
+    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261751882&amp;bookId=3474</t>
+  </si>
+  <si>
+    <t>Biophysical Agents</t>
+  </si>
+  <si>
+    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261751945&amp;bookId=3474</t>
+  </si>
+  <si>
+    <t>Posture“The Living Check Engine Light”</t>
+  </si>
+  <si>
+    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261752151&amp;bookId=3474</t>
+  </si>
+  <si>
+    <t>Footwear</t>
+  </si>
+  <si>
+    <t>https://osteopathicmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261752351&amp;bookId=3474</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="3" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Tahoma"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Tahoma"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <name val="Tahoma"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="4">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF808080"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
-  <cellStyleXfs count="1">
+  <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="2" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="5">
+  <cellXfs count="11">
     <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="14" fontId="0" fillId="2" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="1"/>
+    <xf numFmtId="14" fontId="1" fillId="2" borderId="0" xfId="1" applyNumberFormat="1"/>
+    <xf numFmtId="1" fontId="2" fillId="3" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
+    <xf numFmtId="1" fontId="0" fillId="2" borderId="0" xfId="0" applyNumberFormat="1"/>
+    <xf numFmtId="1" fontId="1" fillId="2" borderId="0" xfId="1" applyNumberFormat="1"/>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="1"/>
   </cellXfs>
-  <cellStyles count="1">
+  <cellStyles count="2">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
+    <cellStyle name="Normal 2" xfId="1" xr:uid="{6664F188-8141-417F-8E2C-9D491D269AF6}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
@@ -4482,7116 +4415,7066 @@
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:G9"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="7" width="50.7265625" customWidth="1"/>
+    <col min="1" max="2" width="50.7265625" customWidth="1"/>
+    <col min="3" max="3" width="7.36328125" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="13.90625" style="8" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="14.81640625" bestFit="1" customWidth="1"/>
+    <col min="6" max="7" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
-      <c r="D1" s="1" t="s">
+      <c r="D1" s="7" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B2" t="s">
         <v>10</v>
-      </c>
-[...1 lines deleted...]
-        <v>11</v>
       </c>
       <c r="C2">
         <v>4</v>
       </c>
-      <c r="D2" t="s">
-        <v>12</v>
+      <c r="D2" s="8">
+        <v>9781975171575</v>
       </c>
       <c r="E2">
         <v>2021</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G2" s="2">
         <v>44060</v>
       </c>
     </row>
     <row r="3" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="B3" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="C3">
         <v>4</v>
       </c>
-      <c r="D3" t="s">
-        <v>16</v>
+      <c r="D3" s="8">
+        <v>9781975127480</v>
       </c>
       <c r="E3">
         <v>2023</v>
       </c>
       <c r="F3" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="G3" s="2">
         <v>44593</v>
       </c>
     </row>
     <row r="4" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A4" t="s">
-        <v>1112</v>
+        <v>922</v>
       </c>
       <c r="B4" t="s">
-        <v>1113</v>
+        <v>923</v>
       </c>
       <c r="C4">
         <v>5</v>
       </c>
-      <c r="D4" t="s">
-        <v>1114</v>
+      <c r="D4" s="8">
+        <v>9781975198640</v>
       </c>
       <c r="E4">
         <v>2026</v>
       </c>
       <c r="F4" t="s">
-        <v>1115</v>
+        <v>924</v>
       </c>
       <c r="G4" s="2">
         <v>45966</v>
       </c>
     </row>
     <row r="5" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A5" t="s">
         <v>7</v>
       </c>
       <c r="B5" s="4" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="C5">
         <v>6</v>
       </c>
-      <c r="D5" t="s">
-        <v>8</v>
+      <c r="D5" s="8">
+        <v>9781975212889</v>
       </c>
       <c r="E5">
         <v>2025</v>
       </c>
       <c r="F5" t="s">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="G5" s="2">
         <v>45630</v>
       </c>
     </row>
     <row r="6" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A6" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="B6" t="s">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="C6">
         <v>2</v>
       </c>
-      <c r="D6" t="s">
-        <v>20</v>
+      <c r="D6" s="8">
+        <v>9781451103052</v>
       </c>
       <c r="E6">
         <v>2014</v>
       </c>
       <c r="F6" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="G6" s="2">
         <v>41881</v>
       </c>
     </row>
     <row r="7" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A7" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="B7" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="C7">
         <v>2</v>
       </c>
-      <c r="D7" t="s">
-        <v>24</v>
+      <c r="D7" s="8">
+        <v>9781496396501</v>
       </c>
       <c r="E7">
         <v>2020</v>
       </c>
       <c r="F7" t="s">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="G7" s="2">
         <v>43579</v>
       </c>
     </row>
     <row r="8" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A8" t="s">
-        <v>26</v>
+        <v>21</v>
       </c>
       <c r="B8" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="C8">
         <v>2</v>
       </c>
-      <c r="D8" t="s">
-        <v>28</v>
+      <c r="D8" s="8">
+        <v>9781608316571</v>
       </c>
       <c r="E8">
         <v>2010</v>
       </c>
       <c r="F8" t="s">
-        <v>29</v>
+        <v>23</v>
       </c>
       <c r="G8" s="2">
         <v>41754</v>
       </c>
     </row>
     <row r="9" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A9" t="s">
-[...18 lines deleted...]
-        <v>44251</v>
+      <c r="A9" s="5" t="s">
+        <v>1157</v>
+      </c>
+      <c r="B9" s="5" t="s">
+        <v>1159</v>
+      </c>
+      <c r="C9" s="5">
+        <v>4</v>
+      </c>
+      <c r="D9" s="9">
+        <v>9781975223113</v>
+      </c>
+      <c r="E9" s="5">
+        <v>2026</v>
+      </c>
+      <c r="F9" s="5" t="s">
+        <v>1158</v>
+      </c>
+      <c r="G9" s="6">
+        <v>46034</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <dimension ref="A1:D140"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>35</v>
+        <v>25</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>36</v>
+        <v>26</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B2" t="s">
         <v>10</v>
       </c>
-      <c r="B2" t="s">
+      <c r="D2" t="s">
         <v>11</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
     </row>
     <row r="3" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
-        <v>116</v>
+        <v>106</v>
       </c>
       <c r="B3" t="s">
-        <v>38</v>
+        <v>28</v>
       </c>
       <c r="D3" t="s">
-        <v>118</v>
+        <v>108</v>
       </c>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A4" t="s">
-        <v>117</v>
+        <v>107</v>
       </c>
       <c r="B4" t="s">
-        <v>119</v>
+        <v>109</v>
       </c>
       <c r="D4" t="s">
-        <v>120</v>
+        <v>110</v>
       </c>
     </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B5" t="s">
-        <v>121</v>
+        <v>111</v>
       </c>
       <c r="D5" t="s">
-        <v>122</v>
+        <v>112</v>
       </c>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B6" t="s">
-        <v>123</v>
+        <v>113</v>
       </c>
       <c r="D6" t="s">
-        <v>124</v>
+        <v>114</v>
       </c>
     </row>
     <row r="7" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B7" t="s">
-        <v>125</v>
+        <v>115</v>
       </c>
       <c r="D7" t="s">
-        <v>126</v>
+        <v>116</v>
       </c>
     </row>
     <row r="8" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B8" t="s">
-        <v>127</v>
+        <v>117</v>
       </c>
       <c r="D8" t="s">
-        <v>128</v>
+        <v>118</v>
       </c>
     </row>
     <row r="9" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B9" t="s">
-        <v>129</v>
+        <v>119</v>
       </c>
       <c r="C9" t="s">
-        <v>51</v>
+        <v>41</v>
       </c>
       <c r="D9" t="s">
-        <v>130</v>
+        <v>120</v>
       </c>
     </row>
     <row r="10" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B10" t="s">
-        <v>131</v>
+        <v>121</v>
       </c>
       <c r="C10" t="s">
-        <v>54</v>
+        <v>44</v>
       </c>
       <c r="D10" t="s">
-        <v>132</v>
+        <v>122</v>
       </c>
     </row>
     <row r="11" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B11" t="s">
-        <v>133</v>
+        <v>123</v>
       </c>
       <c r="C11" t="s">
-        <v>57</v>
+        <v>47</v>
       </c>
       <c r="D11" t="s">
-        <v>134</v>
+        <v>124</v>
       </c>
     </row>
     <row r="12" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B12" t="s">
-        <v>135</v>
+        <v>125</v>
       </c>
       <c r="C12" t="s">
-        <v>60</v>
+        <v>50</v>
       </c>
       <c r="D12" t="s">
-        <v>136</v>
+        <v>126</v>
       </c>
     </row>
     <row r="13" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B13" t="s">
-        <v>137</v>
+        <v>127</v>
       </c>
       <c r="C13" t="s">
-        <v>63</v>
+        <v>53</v>
       </c>
       <c r="D13" t="s">
-        <v>138</v>
+        <v>128</v>
       </c>
     </row>
     <row r="14" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B14" t="s">
-        <v>139</v>
+        <v>129</v>
       </c>
       <c r="C14" t="s">
-        <v>66</v>
+        <v>56</v>
       </c>
       <c r="D14" t="s">
-        <v>140</v>
+        <v>130</v>
       </c>
     </row>
     <row r="15" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B15" t="s">
-        <v>141</v>
+        <v>131</v>
       </c>
       <c r="C15" t="s">
-        <v>71</v>
+        <v>61</v>
       </c>
       <c r="D15" t="s">
-        <v>142</v>
+        <v>132</v>
       </c>
     </row>
     <row r="16" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B16" t="s">
-        <v>143</v>
+        <v>133</v>
       </c>
       <c r="C16" t="s">
-        <v>74</v>
+        <v>64</v>
       </c>
       <c r="D16" t="s">
-        <v>144</v>
+        <v>134</v>
       </c>
     </row>
     <row r="17" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B17" t="s">
-        <v>145</v>
+        <v>135</v>
       </c>
       <c r="C17" t="s">
-        <v>77</v>
+        <v>67</v>
       </c>
       <c r="D17" t="s">
-        <v>146</v>
+        <v>136</v>
       </c>
     </row>
     <row r="18" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B18" t="s">
-        <v>147</v>
+        <v>137</v>
       </c>
       <c r="D18" t="s">
-        <v>148</v>
+        <v>138</v>
       </c>
     </row>
     <row r="19" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B19" t="s">
-        <v>149</v>
+        <v>139</v>
       </c>
       <c r="C19" t="s">
-        <v>80</v>
+        <v>70</v>
       </c>
       <c r="D19" t="s">
-        <v>150</v>
+        <v>140</v>
       </c>
     </row>
     <row r="20" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B20" t="s">
-        <v>151</v>
+        <v>141</v>
       </c>
       <c r="C20" t="s">
-        <v>85</v>
+        <v>75</v>
       </c>
       <c r="D20" t="s">
-        <v>152</v>
+        <v>142</v>
       </c>
     </row>
     <row r="21" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B21" t="s">
-        <v>153</v>
+        <v>143</v>
       </c>
       <c r="C21" t="s">
-        <v>88</v>
+        <v>78</v>
       </c>
       <c r="D21" t="s">
-        <v>154</v>
+        <v>144</v>
       </c>
     </row>
     <row r="22" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B22" t="s">
-        <v>73</v>
+        <v>63</v>
       </c>
       <c r="C22" t="s">
-        <v>91</v>
+        <v>81</v>
       </c>
       <c r="D22" t="s">
-        <v>155</v>
+        <v>145</v>
       </c>
     </row>
     <row r="23" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B23" t="s">
-        <v>156</v>
+        <v>146</v>
       </c>
       <c r="C23" t="s">
-        <v>94</v>
+        <v>84</v>
       </c>
       <c r="D23" t="s">
-        <v>157</v>
+        <v>147</v>
       </c>
     </row>
     <row r="24" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B24" t="s">
-        <v>158</v>
+        <v>148</v>
       </c>
       <c r="C24" t="s">
-        <v>97</v>
+        <v>87</v>
       </c>
       <c r="D24" t="s">
-        <v>159</v>
+        <v>149</v>
       </c>
     </row>
     <row r="25" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B25" t="s">
-        <v>160</v>
+        <v>150</v>
       </c>
       <c r="C25" t="s">
-        <v>100</v>
+        <v>90</v>
       </c>
       <c r="D25" t="s">
-        <v>161</v>
+        <v>151</v>
       </c>
     </row>
     <row r="26" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B26" t="s">
-        <v>162</v>
+        <v>152</v>
       </c>
       <c r="C26" t="s">
-        <v>103</v>
+        <v>93</v>
       </c>
       <c r="D26" t="s">
-        <v>163</v>
+        <v>153</v>
       </c>
     </row>
     <row r="27" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B27" t="s">
-        <v>164</v>
+        <v>154</v>
       </c>
       <c r="C27" t="s">
-        <v>106</v>
+        <v>96</v>
       </c>
       <c r="D27" t="s">
-        <v>165</v>
+        <v>155</v>
       </c>
     </row>
     <row r="28" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B28" t="s">
-        <v>166</v>
+        <v>156</v>
       </c>
       <c r="C28" t="s">
-        <v>111</v>
+        <v>101</v>
       </c>
       <c r="D28" t="s">
-        <v>167</v>
+        <v>157</v>
       </c>
     </row>
     <row r="29" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B29" t="s">
-        <v>168</v>
+        <v>158</v>
       </c>
       <c r="C29" t="s">
-        <v>114</v>
+        <v>104</v>
       </c>
       <c r="D29" t="s">
-        <v>169</v>
+        <v>159</v>
       </c>
     </row>
     <row r="30" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B30" t="s">
-        <v>170</v>
+        <v>160</v>
       </c>
       <c r="C30" t="s">
-        <v>171</v>
+        <v>161</v>
       </c>
       <c r="D30" t="s">
-        <v>172</v>
+        <v>162</v>
       </c>
     </row>
     <row r="31" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B31" t="s">
-        <v>173</v>
+        <v>163</v>
       </c>
       <c r="C31" t="s">
-        <v>174</v>
+        <v>164</v>
       </c>
       <c r="D31" t="s">
-        <v>175</v>
+        <v>165</v>
       </c>
     </row>
     <row r="32" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B32" t="s">
-        <v>176</v>
+        <v>166</v>
       </c>
       <c r="C32" t="s">
-        <v>177</v>
+        <v>167</v>
       </c>
       <c r="D32" t="s">
-        <v>178</v>
+        <v>168</v>
       </c>
     </row>
     <row r="33" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B33" t="s">
-        <v>179</v>
+        <v>169</v>
       </c>
       <c r="D33" t="s">
-        <v>180</v>
+        <v>170</v>
       </c>
     </row>
     <row r="34" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B34" t="s">
-        <v>181</v>
+        <v>171</v>
       </c>
       <c r="C34" t="s">
-        <v>182</v>
+        <v>172</v>
       </c>
       <c r="D34" t="s">
-        <v>183</v>
+        <v>173</v>
       </c>
     </row>
     <row r="35" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B35" t="s">
-        <v>184</v>
+        <v>174</v>
       </c>
       <c r="C35" t="s">
-        <v>185</v>
+        <v>175</v>
       </c>
       <c r="D35" t="s">
-        <v>186</v>
+        <v>176</v>
       </c>
     </row>
     <row r="36" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B36" t="s">
-        <v>187</v>
+        <v>177</v>
       </c>
       <c r="C36" t="s">
-        <v>188</v>
+        <v>178</v>
       </c>
       <c r="D36" t="s">
-        <v>189</v>
+        <v>179</v>
       </c>
     </row>
     <row r="37" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B37" t="s">
-        <v>190</v>
+        <v>180</v>
       </c>
       <c r="C37" t="s">
-        <v>191</v>
+        <v>181</v>
       </c>
       <c r="D37" t="s">
-        <v>192</v>
+        <v>182</v>
       </c>
     </row>
     <row r="38" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B38" t="s">
-        <v>193</v>
+        <v>183</v>
       </c>
       <c r="C38" t="s">
-        <v>194</v>
+        <v>184</v>
       </c>
       <c r="D38" t="s">
-        <v>195</v>
+        <v>185</v>
       </c>
     </row>
     <row r="39" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B39" t="s">
-        <v>158</v>
+        <v>148</v>
       </c>
       <c r="C39" t="s">
-        <v>196</v>
+        <v>186</v>
       </c>
       <c r="D39" t="s">
-        <v>197</v>
+        <v>187</v>
       </c>
     </row>
     <row r="40" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B40" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
       <c r="C40" t="s">
-        <v>199</v>
+        <v>189</v>
       </c>
       <c r="D40" t="s">
-        <v>200</v>
+        <v>190</v>
       </c>
     </row>
     <row r="41" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B41" t="s">
-        <v>201</v>
+        <v>191</v>
       </c>
       <c r="C41" t="s">
-        <v>202</v>
+        <v>192</v>
       </c>
       <c r="D41" t="s">
-        <v>203</v>
+        <v>193</v>
       </c>
     </row>
     <row r="42" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B42" t="s">
-        <v>204</v>
+        <v>194</v>
       </c>
       <c r="C42" t="s">
-        <v>205</v>
+        <v>195</v>
       </c>
       <c r="D42" t="s">
-        <v>206</v>
+        <v>196</v>
       </c>
     </row>
     <row r="43" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B43" t="s">
-        <v>207</v>
+        <v>197</v>
       </c>
       <c r="C43" t="s">
-        <v>208</v>
+        <v>198</v>
       </c>
       <c r="D43" t="s">
-        <v>209</v>
+        <v>199</v>
       </c>
     </row>
     <row r="44" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B44" t="s">
-        <v>210</v>
+        <v>200</v>
       </c>
       <c r="C44" t="s">
-        <v>211</v>
+        <v>201</v>
       </c>
       <c r="D44" t="s">
-        <v>212</v>
+        <v>202</v>
       </c>
     </row>
     <row r="45" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B45" t="s">
-        <v>213</v>
+        <v>203</v>
       </c>
       <c r="D45" t="s">
-        <v>214</v>
+        <v>204</v>
       </c>
     </row>
     <row r="46" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B46" t="s">
-        <v>215</v>
+        <v>205</v>
       </c>
       <c r="C46" t="s">
-        <v>216</v>
+        <v>206</v>
       </c>
       <c r="D46" t="s">
-        <v>217</v>
+        <v>207</v>
       </c>
     </row>
     <row r="47" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B47" t="s">
-        <v>218</v>
+        <v>208</v>
       </c>
       <c r="C47" t="s">
-        <v>219</v>
+        <v>209</v>
       </c>
       <c r="D47" t="s">
-        <v>220</v>
+        <v>210</v>
       </c>
     </row>
     <row r="48" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B48" t="s">
-        <v>221</v>
+        <v>211</v>
       </c>
       <c r="C48" t="s">
-        <v>222</v>
+        <v>212</v>
       </c>
       <c r="D48" t="s">
-        <v>223</v>
+        <v>213</v>
       </c>
     </row>
     <row r="49" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B49" t="s">
-        <v>224</v>
+        <v>214</v>
       </c>
       <c r="C49" t="s">
-        <v>225</v>
+        <v>215</v>
       </c>
       <c r="D49" t="s">
-        <v>226</v>
+        <v>216</v>
       </c>
     </row>
     <row r="50" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B50" t="s">
-        <v>227</v>
+        <v>217</v>
       </c>
       <c r="C50" t="s">
-        <v>228</v>
+        <v>218</v>
       </c>
       <c r="D50" t="s">
-        <v>229</v>
+        <v>219</v>
       </c>
     </row>
     <row r="51" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B51" t="s">
-        <v>158</v>
+        <v>148</v>
       </c>
       <c r="C51" t="s">
-        <v>230</v>
+        <v>220</v>
       </c>
       <c r="D51" t="s">
-        <v>231</v>
+        <v>221</v>
       </c>
     </row>
     <row r="52" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B52" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
       <c r="C52" t="s">
-        <v>232</v>
+        <v>222</v>
       </c>
       <c r="D52" t="s">
-        <v>233</v>
+        <v>223</v>
       </c>
     </row>
     <row r="53" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B53" t="s">
-        <v>234</v>
+        <v>224</v>
       </c>
       <c r="C53" t="s">
-        <v>235</v>
+        <v>225</v>
       </c>
       <c r="D53" t="s">
-        <v>236</v>
+        <v>226</v>
       </c>
     </row>
     <row r="54" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B54" t="s">
-        <v>237</v>
+        <v>227</v>
       </c>
       <c r="C54" t="s">
-        <v>238</v>
+        <v>228</v>
       </c>
       <c r="D54" t="s">
-        <v>239</v>
+        <v>229</v>
       </c>
     </row>
     <row r="55" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B55" t="s">
-        <v>207</v>
+        <v>197</v>
       </c>
       <c r="C55" t="s">
-        <v>240</v>
+        <v>230</v>
       </c>
       <c r="D55" t="s">
-        <v>241</v>
+        <v>231</v>
       </c>
     </row>
     <row r="56" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B56" t="s">
-        <v>242</v>
+        <v>232</v>
       </c>
       <c r="C56" t="s">
-        <v>243</v>
+        <v>233</v>
       </c>
       <c r="D56" t="s">
-        <v>244</v>
+        <v>234</v>
       </c>
     </row>
     <row r="57" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B57" t="s">
-        <v>245</v>
+        <v>235</v>
       </c>
       <c r="D57" t="s">
-        <v>246</v>
+        <v>236</v>
       </c>
     </row>
     <row r="58" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B58" t="s">
-        <v>247</v>
+        <v>237</v>
       </c>
       <c r="C58" t="s">
-        <v>248</v>
+        <v>238</v>
       </c>
       <c r="D58" t="s">
-        <v>249</v>
+        <v>239</v>
       </c>
     </row>
     <row r="59" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B59" t="s">
-        <v>250</v>
+        <v>240</v>
       </c>
       <c r="C59" t="s">
-        <v>251</v>
+        <v>241</v>
       </c>
       <c r="D59" t="s">
-        <v>252</v>
+        <v>242</v>
       </c>
     </row>
     <row r="60" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B60" t="s">
-        <v>187</v>
+        <v>177</v>
       </c>
       <c r="C60" t="s">
-        <v>253</v>
+        <v>243</v>
       </c>
       <c r="D60" t="s">
-        <v>254</v>
+        <v>244</v>
       </c>
     </row>
     <row r="61" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B61" t="s">
-        <v>255</v>
+        <v>245</v>
       </c>
       <c r="C61" t="s">
-        <v>256</v>
+        <v>246</v>
       </c>
       <c r="D61" t="s">
-        <v>257</v>
+        <v>247</v>
       </c>
     </row>
     <row r="62" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B62" t="s">
-        <v>193</v>
+        <v>183</v>
       </c>
       <c r="C62" t="s">
-        <v>258</v>
+        <v>248</v>
       </c>
       <c r="D62" t="s">
-        <v>259</v>
+        <v>249</v>
       </c>
     </row>
     <row r="63" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B63" t="s">
-        <v>158</v>
+        <v>148</v>
       </c>
       <c r="C63" t="s">
-        <v>260</v>
+        <v>250</v>
       </c>
       <c r="D63" t="s">
-        <v>261</v>
+        <v>251</v>
       </c>
     </row>
     <row r="64" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B64" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
       <c r="C64" t="s">
-        <v>262</v>
+        <v>252</v>
       </c>
       <c r="D64" t="s">
-        <v>263</v>
+        <v>253</v>
       </c>
     </row>
     <row r="65" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B65" t="s">
-        <v>264</v>
+        <v>254</v>
       </c>
       <c r="C65" t="s">
-        <v>265</v>
+        <v>255</v>
       </c>
       <c r="D65" t="s">
-        <v>266</v>
+        <v>256</v>
       </c>
     </row>
     <row r="66" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B66" t="s">
-        <v>267</v>
+        <v>257</v>
       </c>
       <c r="C66" t="s">
-        <v>268</v>
+        <v>258</v>
       </c>
       <c r="D66" t="s">
-        <v>269</v>
+        <v>259</v>
       </c>
     </row>
     <row r="67" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B67" t="s">
-        <v>207</v>
+        <v>197</v>
       </c>
       <c r="C67" t="s">
-        <v>270</v>
+        <v>260</v>
       </c>
       <c r="D67" t="s">
-        <v>271</v>
+        <v>261</v>
       </c>
     </row>
     <row r="68" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B68" t="s">
-        <v>272</v>
+        <v>262</v>
       </c>
       <c r="C68" t="s">
-        <v>273</v>
+        <v>263</v>
       </c>
       <c r="D68" t="s">
-        <v>274</v>
+        <v>264</v>
       </c>
     </row>
     <row r="69" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B69" t="s">
-        <v>275</v>
+        <v>265</v>
       </c>
       <c r="D69" t="s">
-        <v>276</v>
+        <v>266</v>
       </c>
     </row>
     <row r="70" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B70" t="s">
-        <v>277</v>
+        <v>267</v>
       </c>
       <c r="C70" t="s">
-        <v>278</v>
+        <v>268</v>
       </c>
       <c r="D70" t="s">
-        <v>279</v>
+        <v>269</v>
       </c>
     </row>
     <row r="71" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B71" t="s">
-        <v>280</v>
+        <v>270</v>
       </c>
       <c r="C71" t="s">
-        <v>281</v>
+        <v>271</v>
       </c>
       <c r="D71" t="s">
-        <v>282</v>
+        <v>272</v>
       </c>
     </row>
     <row r="72" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B72" t="s">
-        <v>283</v>
+        <v>273</v>
       </c>
       <c r="C72" t="s">
-        <v>284</v>
+        <v>274</v>
       </c>
       <c r="D72" t="s">
-        <v>285</v>
+        <v>275</v>
       </c>
     </row>
     <row r="73" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B73" t="s">
-        <v>286</v>
+        <v>276</v>
       </c>
       <c r="C73" t="s">
-        <v>287</v>
+        <v>277</v>
       </c>
       <c r="D73" t="s">
-        <v>288</v>
+        <v>278</v>
       </c>
     </row>
     <row r="74" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B74" t="s">
-        <v>73</v>
+        <v>63</v>
       </c>
       <c r="C74" t="s">
-        <v>289</v>
+        <v>279</v>
       </c>
       <c r="D74" t="s">
-        <v>290</v>
+        <v>280</v>
       </c>
     </row>
     <row r="75" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B75" t="s">
-        <v>291</v>
+        <v>281</v>
       </c>
       <c r="C75" t="s">
-        <v>292</v>
+        <v>282</v>
       </c>
       <c r="D75" t="s">
-        <v>293</v>
+        <v>283</v>
       </c>
     </row>
     <row r="76" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B76" t="s">
-        <v>294</v>
+        <v>284</v>
       </c>
       <c r="C76" t="s">
-        <v>295</v>
+        <v>285</v>
       </c>
       <c r="D76" t="s">
-        <v>296</v>
+        <v>286</v>
       </c>
     </row>
     <row r="77" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B77" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
       <c r="C77" t="s">
-        <v>297</v>
+        <v>287</v>
       </c>
       <c r="D77" t="s">
-        <v>298</v>
+        <v>288</v>
       </c>
     </row>
     <row r="78" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B78" t="s">
-        <v>264</v>
+        <v>254</v>
       </c>
       <c r="C78" t="s">
-        <v>299</v>
+        <v>289</v>
       </c>
       <c r="D78" t="s">
-        <v>300</v>
+        <v>290</v>
       </c>
     </row>
     <row r="79" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B79" t="s">
-        <v>204</v>
+        <v>194</v>
       </c>
       <c r="C79" t="s">
-        <v>301</v>
+        <v>291</v>
       </c>
       <c r="D79" t="s">
-        <v>302</v>
+        <v>292</v>
       </c>
     </row>
     <row r="80" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B80" t="s">
-        <v>303</v>
+        <v>293</v>
       </c>
       <c r="C80" t="s">
-        <v>304</v>
+        <v>294</v>
       </c>
       <c r="D80" t="s">
-        <v>305</v>
+        <v>295</v>
       </c>
     </row>
     <row r="81" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B81" t="s">
-        <v>306</v>
+        <v>296</v>
       </c>
       <c r="C81" t="s">
-        <v>307</v>
+        <v>297</v>
       </c>
       <c r="D81" t="s">
-        <v>308</v>
+        <v>298</v>
       </c>
     </row>
     <row r="82" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B82" t="s">
-        <v>309</v>
+        <v>299</v>
       </c>
       <c r="D82" t="s">
-        <v>310</v>
+        <v>300</v>
       </c>
     </row>
     <row r="83" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B83" t="s">
-        <v>311</v>
+        <v>301</v>
       </c>
       <c r="C83" t="s">
-        <v>312</v>
+        <v>302</v>
       </c>
       <c r="D83" t="s">
-        <v>313</v>
+        <v>303</v>
       </c>
     </row>
     <row r="84" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B84" t="s">
-        <v>314</v>
+        <v>304</v>
       </c>
       <c r="C84" t="s">
-        <v>315</v>
+        <v>305</v>
       </c>
       <c r="D84" t="s">
-        <v>316</v>
+        <v>306</v>
       </c>
     </row>
     <row r="85" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B85" t="s">
-        <v>317</v>
+        <v>307</v>
       </c>
       <c r="C85" t="s">
-        <v>318</v>
+        <v>308</v>
       </c>
       <c r="D85" t="s">
-        <v>319</v>
+        <v>309</v>
       </c>
     </row>
     <row r="86" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B86" t="s">
-        <v>320</v>
+        <v>310</v>
       </c>
       <c r="C86" t="s">
-        <v>321</v>
+        <v>311</v>
       </c>
       <c r="D86" t="s">
-        <v>322</v>
+        <v>312</v>
       </c>
     </row>
     <row r="87" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B87" t="s">
-        <v>158</v>
+        <v>148</v>
       </c>
       <c r="C87" t="s">
-        <v>323</v>
+        <v>313</v>
       </c>
       <c r="D87" t="s">
-        <v>324</v>
+        <v>314</v>
       </c>
     </row>
     <row r="88" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B88" t="s">
-        <v>325</v>
+        <v>315</v>
       </c>
       <c r="C88" t="s">
-        <v>326</v>
+        <v>316</v>
       </c>
       <c r="D88" t="s">
-        <v>327</v>
+        <v>317</v>
       </c>
     </row>
     <row r="89" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B89" t="s">
-        <v>264</v>
+        <v>254</v>
       </c>
       <c r="C89" t="s">
-        <v>328</v>
+        <v>318</v>
       </c>
       <c r="D89" t="s">
-        <v>329</v>
+        <v>319</v>
       </c>
     </row>
     <row r="90" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B90" t="s">
-        <v>330</v>
+        <v>320</v>
       </c>
       <c r="C90" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="D90" t="s">
-        <v>332</v>
+        <v>322</v>
       </c>
     </row>
     <row r="91" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B91" t="s">
-        <v>333</v>
+        <v>323</v>
       </c>
       <c r="C91" t="s">
-        <v>334</v>
+        <v>324</v>
       </c>
       <c r="D91" t="s">
-        <v>335</v>
+        <v>325</v>
       </c>
     </row>
     <row r="92" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B92" t="s">
-        <v>336</v>
+        <v>326</v>
       </c>
       <c r="C92" t="s">
-        <v>337</v>
+        <v>327</v>
       </c>
       <c r="D92" t="s">
-        <v>338</v>
+        <v>328</v>
       </c>
     </row>
     <row r="93" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B93" t="s">
-        <v>339</v>
+        <v>329</v>
       </c>
       <c r="D93" t="s">
-        <v>340</v>
+        <v>330</v>
       </c>
     </row>
     <row r="94" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B94" t="s">
-        <v>341</v>
+        <v>331</v>
       </c>
       <c r="C94" t="s">
-        <v>342</v>
+        <v>332</v>
       </c>
       <c r="D94" t="s">
-        <v>343</v>
+        <v>333</v>
       </c>
     </row>
     <row r="95" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B95" t="s">
-        <v>344</v>
+        <v>334</v>
       </c>
       <c r="C95" t="s">
-        <v>345</v>
+        <v>335</v>
       </c>
       <c r="D95" t="s">
-        <v>346</v>
+        <v>336</v>
       </c>
     </row>
     <row r="96" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B96" t="s">
-        <v>347</v>
+        <v>337</v>
       </c>
       <c r="C96" t="s">
-        <v>348</v>
+        <v>338</v>
       </c>
       <c r="D96" t="s">
-        <v>349</v>
+        <v>339</v>
       </c>
     </row>
     <row r="97" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B97" t="s">
-        <v>350</v>
+        <v>340</v>
       </c>
       <c r="C97" t="s">
-        <v>351</v>
+        <v>341</v>
       </c>
       <c r="D97" t="s">
-        <v>352</v>
+        <v>342</v>
       </c>
     </row>
     <row r="98" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B98" t="s">
-        <v>353</v>
+        <v>343</v>
       </c>
       <c r="C98" t="s">
-        <v>354</v>
+        <v>344</v>
       </c>
       <c r="D98" t="s">
-        <v>355</v>
+        <v>345</v>
       </c>
     </row>
     <row r="99" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B99" t="s">
-        <v>356</v>
+        <v>346</v>
       </c>
       <c r="C99" t="s">
-        <v>357</v>
+        <v>347</v>
       </c>
       <c r="D99" t="s">
-        <v>358</v>
+        <v>348</v>
       </c>
     </row>
     <row r="100" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B100" t="s">
-        <v>359</v>
+        <v>349</v>
       </c>
       <c r="C100" t="s">
-        <v>360</v>
+        <v>350</v>
       </c>
       <c r="D100" t="s">
-        <v>361</v>
+        <v>351</v>
       </c>
     </row>
     <row r="101" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B101" t="s">
-        <v>362</v>
+        <v>352</v>
       </c>
       <c r="C101" t="s">
-        <v>363</v>
+        <v>353</v>
       </c>
       <c r="D101" t="s">
-        <v>364</v>
+        <v>354</v>
       </c>
     </row>
     <row r="102" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B102" t="s">
-        <v>365</v>
+        <v>355</v>
       </c>
       <c r="C102" t="s">
-        <v>366</v>
+        <v>356</v>
       </c>
       <c r="D102" t="s">
-        <v>367</v>
+        <v>357</v>
       </c>
     </row>
     <row r="103" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B103" t="s">
-        <v>368</v>
+        <v>358</v>
       </c>
       <c r="C103" t="s">
-        <v>369</v>
+        <v>359</v>
       </c>
       <c r="D103" t="s">
-        <v>370</v>
+        <v>360</v>
       </c>
     </row>
     <row r="104" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B104" t="s">
-        <v>371</v>
+        <v>361</v>
       </c>
       <c r="C104" t="s">
-        <v>372</v>
+        <v>362</v>
       </c>
       <c r="D104" t="s">
-        <v>373</v>
+        <v>363</v>
       </c>
     </row>
     <row r="105" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B105" t="s">
-        <v>374</v>
+        <v>364</v>
       </c>
       <c r="C105" t="s">
-        <v>375</v>
+        <v>365</v>
       </c>
       <c r="D105" t="s">
-        <v>376</v>
+        <v>366</v>
       </c>
     </row>
     <row r="106" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B106" t="s">
-        <v>377</v>
+        <v>367</v>
       </c>
       <c r="D106" t="s">
-        <v>378</v>
+        <v>368</v>
       </c>
     </row>
     <row r="107" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B107" t="s">
-        <v>379</v>
+        <v>369</v>
       </c>
       <c r="C107" t="s">
-        <v>380</v>
+        <v>370</v>
       </c>
       <c r="D107" t="s">
-        <v>381</v>
+        <v>371</v>
       </c>
     </row>
     <row r="108" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B108" t="s">
-        <v>382</v>
+        <v>372</v>
       </c>
       <c r="C108" t="s">
-        <v>383</v>
+        <v>373</v>
       </c>
       <c r="D108" t="s">
-        <v>384</v>
+        <v>374</v>
       </c>
     </row>
     <row r="109" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B109" t="s">
-        <v>385</v>
+        <v>375</v>
       </c>
       <c r="C109" t="s">
-        <v>386</v>
+        <v>376</v>
       </c>
       <c r="D109" t="s">
-        <v>387</v>
+        <v>377</v>
       </c>
     </row>
     <row r="110" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B110" t="s">
-        <v>388</v>
+        <v>378</v>
       </c>
       <c r="C110" t="s">
-        <v>389</v>
+        <v>379</v>
       </c>
       <c r="D110" t="s">
-        <v>390</v>
+        <v>380</v>
       </c>
     </row>
     <row r="111" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B111" t="s">
-        <v>391</v>
+        <v>381</v>
       </c>
       <c r="C111" t="s">
-        <v>392</v>
+        <v>382</v>
       </c>
       <c r="D111" t="s">
-        <v>393</v>
+        <v>383</v>
       </c>
     </row>
     <row r="112" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B112" t="s">
-        <v>394</v>
+        <v>384</v>
       </c>
       <c r="C112" t="s">
-        <v>395</v>
+        <v>385</v>
       </c>
       <c r="D112" t="s">
-        <v>396</v>
+        <v>386</v>
       </c>
     </row>
     <row r="113" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B113" t="s">
-        <v>397</v>
+        <v>387</v>
       </c>
       <c r="C113" t="s">
-        <v>398</v>
+        <v>388</v>
       </c>
       <c r="D113" t="s">
-        <v>399</v>
+        <v>389</v>
       </c>
     </row>
     <row r="114" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B114" t="s">
-        <v>400</v>
+        <v>390</v>
       </c>
       <c r="C114" t="s">
-        <v>401</v>
+        <v>391</v>
       </c>
       <c r="D114" t="s">
-        <v>402</v>
+        <v>392</v>
       </c>
     </row>
     <row r="115" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B115" t="s">
-        <v>403</v>
+        <v>393</v>
       </c>
       <c r="C115" t="s">
-        <v>404</v>
+        <v>394</v>
       </c>
       <c r="D115" t="s">
-        <v>405</v>
+        <v>395</v>
       </c>
     </row>
     <row r="116" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B116" t="s">
-        <v>406</v>
+        <v>396</v>
       </c>
       <c r="C116" t="s">
-        <v>407</v>
+        <v>397</v>
       </c>
       <c r="D116" t="s">
-        <v>408</v>
+        <v>398</v>
       </c>
     </row>
     <row r="117" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B117" t="s">
-        <v>409</v>
+        <v>399</v>
       </c>
       <c r="C117" t="s">
-        <v>410</v>
+        <v>400</v>
       </c>
       <c r="D117" t="s">
-        <v>411</v>
+        <v>401</v>
       </c>
     </row>
     <row r="118" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B118" t="s">
-        <v>412</v>
+        <v>402</v>
       </c>
       <c r="C118" t="s">
-        <v>413</v>
+        <v>403</v>
       </c>
       <c r="D118" t="s">
-        <v>414</v>
+        <v>404</v>
       </c>
     </row>
     <row r="119" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B119" t="s">
-        <v>415</v>
+        <v>405</v>
       </c>
       <c r="D119" t="s">
-        <v>416</v>
+        <v>406</v>
       </c>
     </row>
     <row r="120" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B120" t="s">
-        <v>417</v>
+        <v>407</v>
       </c>
       <c r="C120" t="s">
-        <v>418</v>
+        <v>408</v>
       </c>
       <c r="D120" t="s">
-        <v>419</v>
+        <v>409</v>
       </c>
     </row>
     <row r="121" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B121" t="s">
-        <v>420</v>
+        <v>410</v>
       </c>
       <c r="C121" t="s">
-        <v>421</v>
+        <v>411</v>
       </c>
       <c r="D121" t="s">
-        <v>422</v>
+        <v>412</v>
       </c>
     </row>
     <row r="122" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B122" t="s">
-        <v>423</v>
+        <v>413</v>
       </c>
       <c r="C122" t="s">
-        <v>424</v>
+        <v>414</v>
       </c>
       <c r="D122" t="s">
-        <v>425</v>
+        <v>415</v>
       </c>
     </row>
     <row r="123" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B123" t="s">
-        <v>426</v>
+        <v>416</v>
       </c>
       <c r="C123" t="s">
-        <v>427</v>
+        <v>417</v>
       </c>
       <c r="D123" t="s">
-        <v>428</v>
+        <v>418</v>
       </c>
     </row>
     <row r="124" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B124" t="s">
-        <v>429</v>
+        <v>419</v>
       </c>
       <c r="D124" t="s">
-        <v>430</v>
+        <v>420</v>
       </c>
     </row>
     <row r="125" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B125" t="s">
-        <v>431</v>
+        <v>421</v>
       </c>
       <c r="C125" t="s">
-        <v>432</v>
+        <v>422</v>
       </c>
       <c r="D125" t="s">
-        <v>433</v>
+        <v>423</v>
       </c>
     </row>
     <row r="126" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B126" t="s">
-        <v>434</v>
+        <v>424</v>
       </c>
       <c r="C126" t="s">
-        <v>435</v>
+        <v>425</v>
       </c>
       <c r="D126" t="s">
-        <v>436</v>
+        <v>426</v>
       </c>
     </row>
     <row r="127" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B127" t="s">
-        <v>437</v>
+        <v>427</v>
       </c>
       <c r="C127" t="s">
-        <v>438</v>
+        <v>428</v>
       </c>
       <c r="D127" t="s">
-        <v>439</v>
+        <v>429</v>
       </c>
     </row>
     <row r="128" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B128" t="s">
-        <v>440</v>
+        <v>430</v>
       </c>
       <c r="C128" t="s">
-        <v>441</v>
+        <v>431</v>
       </c>
       <c r="D128" t="s">
-        <v>442</v>
+        <v>432</v>
       </c>
     </row>
     <row r="129" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B129" t="s">
-        <v>443</v>
+        <v>433</v>
       </c>
       <c r="C129" t="s">
-        <v>444</v>
+        <v>434</v>
       </c>
       <c r="D129" t="s">
-        <v>445</v>
+        <v>435</v>
       </c>
     </row>
     <row r="130" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B130" t="s">
-        <v>446</v>
+        <v>436</v>
       </c>
       <c r="C130" t="s">
-        <v>447</v>
+        <v>437</v>
       </c>
       <c r="D130" t="s">
-        <v>448</v>
+        <v>438</v>
       </c>
     </row>
     <row r="131" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B131" t="s">
-        <v>449</v>
+        <v>439</v>
       </c>
       <c r="C131" t="s">
-        <v>450</v>
+        <v>440</v>
       </c>
       <c r="D131" t="s">
-        <v>451</v>
+        <v>441</v>
       </c>
     </row>
     <row r="132" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B132" t="s">
-        <v>452</v>
+        <v>442</v>
       </c>
       <c r="C132" t="s">
-        <v>453</v>
+        <v>443</v>
       </c>
       <c r="D132" t="s">
-        <v>454</v>
+        <v>444</v>
       </c>
     </row>
     <row r="133" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B133" t="s">
-        <v>455</v>
+        <v>445</v>
       </c>
       <c r="C133" t="s">
-        <v>456</v>
+        <v>446</v>
       </c>
       <c r="D133" t="s">
-        <v>457</v>
+        <v>447</v>
       </c>
     </row>
     <row r="134" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B134" t="s">
-        <v>458</v>
+        <v>448</v>
       </c>
       <c r="C134" t="s">
-        <v>459</v>
+        <v>449</v>
       </c>
       <c r="D134" t="s">
-        <v>460</v>
+        <v>450</v>
       </c>
     </row>
     <row r="135" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B135" t="s">
-        <v>461</v>
+        <v>451</v>
       </c>
       <c r="C135" t="s">
-        <v>462</v>
+        <v>452</v>
       </c>
       <c r="D135" t="s">
-        <v>463</v>
+        <v>453</v>
       </c>
     </row>
     <row r="136" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B136" t="s">
-        <v>464</v>
+        <v>454</v>
       </c>
       <c r="D136" t="s">
-        <v>465</v>
+        <v>455</v>
       </c>
     </row>
     <row r="137" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B137" t="s">
-        <v>59</v>
+        <v>49</v>
       </c>
       <c r="C137" t="s">
-        <v>466</v>
+        <v>456</v>
       </c>
       <c r="D137" t="s">
-        <v>467</v>
+        <v>457</v>
       </c>
     </row>
     <row r="138" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B138" t="s">
-        <v>468</v>
+        <v>458</v>
       </c>
       <c r="C138" t="s">
-        <v>469</v>
+        <v>459</v>
       </c>
       <c r="D138" t="s">
-        <v>470</v>
+        <v>460</v>
       </c>
     </row>
     <row r="139" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B139" t="s">
-        <v>471</v>
+        <v>461</v>
       </c>
       <c r="C139" t="s">
-        <v>472</v>
+        <v>462</v>
       </c>
       <c r="D139" t="s">
-        <v>473</v>
+        <v>463</v>
       </c>
     </row>
     <row r="140" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B140" t="s">
-        <v>474</v>
+        <v>464</v>
       </c>
       <c r="C140" t="s">
-        <v>475</v>
+        <v>465</v>
       </c>
       <c r="D140" t="s">
-        <v>476</v>
+        <v>466</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
   <dimension ref="A1:D29"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>35</v>
+        <v>25</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>36</v>
+        <v>26</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
+        <v>12</v>
+      </c>
+      <c r="B2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
         <v>14</v>
-      </c>
-[...4 lines deleted...]
-        <v>17</v>
       </c>
     </row>
     <row r="3" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
-        <v>477</v>
+        <v>467</v>
       </c>
       <c r="B3" t="s">
-        <v>38</v>
+        <v>28</v>
       </c>
       <c r="D3" t="s">
-        <v>478</v>
+        <v>468</v>
       </c>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B4" t="s">
-        <v>119</v>
+        <v>109</v>
       </c>
       <c r="D4" t="s">
-        <v>479</v>
+        <v>469</v>
       </c>
     </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B5" t="s">
-        <v>480</v>
+        <v>470</v>
       </c>
       <c r="D5" t="s">
-        <v>481</v>
+        <v>471</v>
       </c>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B6" t="s">
-        <v>482</v>
+        <v>472</v>
       </c>
       <c r="D6" t="s">
-        <v>483</v>
+        <v>473</v>
       </c>
     </row>
     <row r="7" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B7" t="s">
-        <v>123</v>
+        <v>113</v>
       </c>
       <c r="D7" t="s">
-        <v>484</v>
+        <v>474</v>
       </c>
     </row>
     <row r="8" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B8" t="s">
-        <v>485</v>
+        <v>475</v>
       </c>
       <c r="D8" t="s">
-        <v>486</v>
+        <v>476</v>
       </c>
     </row>
     <row r="9" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B9" t="s">
-        <v>487</v>
+        <v>477</v>
       </c>
       <c r="D9" t="s">
-        <v>488</v>
+        <v>478</v>
       </c>
     </row>
     <row r="10" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B10" t="s">
-        <v>489</v>
+        <v>479</v>
       </c>
       <c r="C10" t="s">
-        <v>51</v>
+        <v>41</v>
       </c>
       <c r="D10" t="s">
-        <v>490</v>
+        <v>480</v>
       </c>
     </row>
     <row r="11" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B11" t="s">
-        <v>491</v>
+        <v>481</v>
       </c>
       <c r="C11" t="s">
-        <v>54</v>
+        <v>44</v>
       </c>
       <c r="D11" t="s">
-        <v>492</v>
+        <v>482</v>
       </c>
     </row>
     <row r="12" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B12" t="s">
-        <v>493</v>
+        <v>483</v>
       </c>
       <c r="C12" t="s">
-        <v>57</v>
+        <v>47</v>
       </c>
       <c r="D12" t="s">
-        <v>494</v>
+        <v>484</v>
       </c>
     </row>
     <row r="13" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B13" t="s">
-        <v>495</v>
+        <v>485</v>
       </c>
       <c r="C13" t="s">
-        <v>60</v>
+        <v>50</v>
       </c>
       <c r="D13" t="s">
-        <v>496</v>
+        <v>486</v>
       </c>
     </row>
     <row r="14" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B14" t="s">
-        <v>497</v>
+        <v>487</v>
       </c>
       <c r="C14" t="s">
-        <v>63</v>
+        <v>53</v>
       </c>
       <c r="D14" t="s">
-        <v>498</v>
+        <v>488</v>
       </c>
     </row>
     <row r="15" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B15" t="s">
-        <v>499</v>
+        <v>489</v>
       </c>
       <c r="D15" t="s">
-        <v>500</v>
+        <v>490</v>
       </c>
     </row>
     <row r="16" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B16" t="s">
-        <v>501</v>
+        <v>491</v>
       </c>
       <c r="C16" t="s">
-        <v>66</v>
+        <v>56</v>
       </c>
       <c r="D16" t="s">
-        <v>502</v>
+        <v>492</v>
       </c>
     </row>
     <row r="17" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B17" t="s">
-        <v>503</v>
+        <v>493</v>
       </c>
       <c r="C17" t="s">
-        <v>71</v>
+        <v>61</v>
       </c>
       <c r="D17" t="s">
-        <v>504</v>
+        <v>494</v>
       </c>
     </row>
     <row r="18" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B18" t="s">
-        <v>505</v>
+        <v>495</v>
       </c>
       <c r="C18" t="s">
-        <v>74</v>
+        <v>64</v>
       </c>
       <c r="D18" t="s">
-        <v>506</v>
+        <v>496</v>
       </c>
     </row>
     <row r="19" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B19" t="s">
-        <v>193</v>
+        <v>183</v>
       </c>
       <c r="C19" t="s">
-        <v>77</v>
+        <v>67</v>
       </c>
       <c r="D19" t="s">
-        <v>507</v>
+        <v>497</v>
       </c>
     </row>
     <row r="20" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B20" t="s">
-        <v>190</v>
+        <v>180</v>
       </c>
       <c r="C20" t="s">
-        <v>80</v>
+        <v>70</v>
       </c>
       <c r="D20" t="s">
-        <v>508</v>
+        <v>498</v>
       </c>
     </row>
     <row r="21" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B21" t="s">
-        <v>509</v>
+        <v>499</v>
       </c>
       <c r="C21" t="s">
-        <v>85</v>
+        <v>75</v>
       </c>
       <c r="D21" t="s">
-        <v>510</v>
+        <v>500</v>
       </c>
     </row>
     <row r="22" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B22" t="s">
-        <v>511</v>
+        <v>501</v>
       </c>
       <c r="C22" t="s">
-        <v>88</v>
+        <v>78</v>
       </c>
       <c r="D22" t="s">
-        <v>512</v>
+        <v>502</v>
       </c>
     </row>
     <row r="23" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B23" t="s">
-        <v>513</v>
+        <v>503</v>
       </c>
       <c r="C23" t="s">
-        <v>91</v>
+        <v>81</v>
       </c>
       <c r="D23" t="s">
-        <v>514</v>
+        <v>504</v>
       </c>
     </row>
     <row r="24" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B24" t="s">
-        <v>515</v>
+        <v>505</v>
       </c>
       <c r="C24" t="s">
-        <v>94</v>
+        <v>84</v>
       </c>
       <c r="D24" t="s">
-        <v>516</v>
+        <v>506</v>
       </c>
     </row>
     <row r="25" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B25" t="s">
-        <v>517</v>
+        <v>507</v>
       </c>
       <c r="C25" t="s">
-        <v>97</v>
+        <v>87</v>
       </c>
       <c r="D25" t="s">
-        <v>518</v>
+        <v>508</v>
       </c>
     </row>
     <row r="26" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B26" t="s">
-        <v>519</v>
+        <v>509</v>
       </c>
       <c r="C26" t="s">
-        <v>100</v>
+        <v>90</v>
       </c>
       <c r="D26" t="s">
-        <v>520</v>
+        <v>510</v>
       </c>
     </row>
     <row r="27" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B27" t="s">
-        <v>521</v>
+        <v>511</v>
       </c>
       <c r="C27" t="s">
-        <v>103</v>
+        <v>93</v>
       </c>
       <c r="D27" t="s">
-        <v>522</v>
+        <v>512</v>
       </c>
     </row>
     <row r="28" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B28" t="s">
-        <v>523</v>
+        <v>513</v>
       </c>
       <c r="C28" t="s">
-        <v>106</v>
+        <v>96</v>
       </c>
       <c r="D28" t="s">
-        <v>524</v>
+        <v>514</v>
       </c>
     </row>
     <row r="29" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B29" t="s">
-        <v>525</v>
+        <v>515</v>
       </c>
       <c r="C29" t="s">
-        <v>111</v>
+        <v>101</v>
       </c>
       <c r="D29" t="s">
-        <v>526</v>
+        <v>516</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0400-000000000000}">
   <dimension ref="A1:D154"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>35</v>
+        <v>25</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>36</v>
+        <v>26</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
-        <v>1112</v>
+        <v>922</v>
       </c>
       <c r="B2" t="s">
-        <v>1113</v>
+        <v>923</v>
       </c>
       <c r="D2" t="s">
-        <v>1115</v>
+        <v>924</v>
       </c>
     </row>
     <row r="3" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
-        <v>1116</v>
+        <v>925</v>
       </c>
       <c r="B3" t="s">
-        <v>38</v>
+        <v>28</v>
       </c>
       <c r="D3" t="s">
-        <v>1117</v>
+        <v>926</v>
       </c>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A4" t="s">
-        <v>1118</v>
+        <v>927</v>
       </c>
       <c r="B4" t="s">
-        <v>1119</v>
+        <v>928</v>
       </c>
       <c r="D4" t="s">
-        <v>1120</v>
+        <v>929</v>
       </c>
     </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A5" t="s">
-        <v>527</v>
+        <v>517</v>
       </c>
       <c r="B5" t="s">
-        <v>1119</v>
+        <v>928</v>
       </c>
       <c r="D5" t="s">
-        <v>1121</v>
+        <v>930</v>
       </c>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B6" t="s">
-        <v>1122</v>
+        <v>931</v>
       </c>
       <c r="D6" t="s">
-        <v>1123</v>
+        <v>932</v>
       </c>
     </row>
     <row r="7" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B7" t="s">
-        <v>1122</v>
+        <v>931</v>
       </c>
       <c r="D7" t="s">
-        <v>1124</v>
+        <v>933</v>
       </c>
     </row>
     <row r="8" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B8" t="s">
-        <v>1122</v>
+        <v>931</v>
       </c>
       <c r="D8" t="s">
-        <v>1125</v>
+        <v>934</v>
       </c>
     </row>
     <row r="9" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B9" t="s">
-        <v>1122</v>
+        <v>931</v>
       </c>
       <c r="D9" t="s">
-        <v>1126</v>
+        <v>935</v>
       </c>
     </row>
     <row r="10" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B10" t="s">
-        <v>1127</v>
+        <v>936</v>
       </c>
       <c r="D10" t="s">
-        <v>1128</v>
+        <v>937</v>
       </c>
     </row>
     <row r="11" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B11" t="s">
-        <v>1129</v>
+        <v>938</v>
       </c>
       <c r="D11" t="s">
-        <v>1130</v>
+        <v>939</v>
       </c>
     </row>
     <row r="12" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B12" t="s">
-        <v>1131</v>
+        <v>940</v>
       </c>
       <c r="D12" t="s">
-        <v>1132</v>
+        <v>941</v>
       </c>
     </row>
     <row r="13" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B13" t="s">
-        <v>1131</v>
+        <v>940</v>
       </c>
       <c r="D13" t="s">
-        <v>1133</v>
+        <v>942</v>
       </c>
     </row>
     <row r="14" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B14" t="s">
-        <v>1131</v>
+        <v>940</v>
       </c>
       <c r="D14" t="s">
-        <v>1134</v>
+        <v>943</v>
       </c>
     </row>
     <row r="15" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B15" t="s">
-        <v>1135</v>
+        <v>944</v>
       </c>
       <c r="D15" t="s">
-        <v>1136</v>
+        <v>945</v>
       </c>
     </row>
     <row r="16" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B16" t="s">
-        <v>1137</v>
+        <v>946</v>
       </c>
       <c r="D16" t="s">
-        <v>1138</v>
+        <v>947</v>
       </c>
     </row>
     <row r="17" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B17" t="s">
-        <v>1137</v>
+        <v>946</v>
       </c>
       <c r="D17" t="s">
-        <v>1139</v>
+        <v>948</v>
       </c>
     </row>
     <row r="18" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B18" t="s">
-        <v>1137</v>
+        <v>946</v>
       </c>
       <c r="D18" t="s">
-        <v>1140</v>
+        <v>949</v>
       </c>
     </row>
     <row r="19" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B19" t="s">
-        <v>1141</v>
+        <v>950</v>
       </c>
       <c r="D19" t="s">
-        <v>1142</v>
+        <v>951</v>
       </c>
     </row>
     <row r="20" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B20" t="s">
-        <v>1143</v>
+        <v>952</v>
       </c>
       <c r="D20" t="s">
-        <v>1144</v>
+        <v>953</v>
       </c>
     </row>
     <row r="21" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B21" t="s">
-        <v>529</v>
+        <v>519</v>
       </c>
       <c r="C21" t="s">
-        <v>51</v>
+        <v>41</v>
       </c>
       <c r="D21" t="s">
-        <v>1145</v>
+        <v>954</v>
       </c>
     </row>
     <row r="22" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B22" t="s">
-        <v>1146</v>
+        <v>955</v>
       </c>
       <c r="C22" t="s">
-        <v>54</v>
+        <v>44</v>
       </c>
       <c r="D22" t="s">
-        <v>1147</v>
+        <v>956</v>
       </c>
     </row>
     <row r="23" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B23" t="s">
-        <v>1148</v>
+        <v>957</v>
       </c>
       <c r="C23" t="s">
-        <v>57</v>
+        <v>47</v>
       </c>
       <c r="D23" t="s">
-        <v>1149</v>
+        <v>958</v>
       </c>
     </row>
     <row r="24" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B24" t="s">
-        <v>1150</v>
+        <v>959</v>
       </c>
       <c r="C24" t="s">
-        <v>60</v>
+        <v>50</v>
       </c>
       <c r="D24" t="s">
-        <v>1151</v>
+        <v>960</v>
       </c>
     </row>
     <row r="25" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B25" t="s">
-        <v>532</v>
+        <v>522</v>
       </c>
       <c r="C25" t="s">
-        <v>63</v>
+        <v>53</v>
       </c>
       <c r="D25" t="s">
-        <v>1152</v>
+        <v>961</v>
       </c>
     </row>
     <row r="26" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B26" t="s">
-        <v>437</v>
+        <v>427</v>
       </c>
       <c r="C26" t="s">
-        <v>66</v>
+        <v>56</v>
       </c>
       <c r="D26" t="s">
-        <v>1153</v>
+        <v>962</v>
       </c>
     </row>
     <row r="27" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B27" t="s">
-        <v>530</v>
+        <v>520</v>
       </c>
       <c r="C27" t="s">
-        <v>71</v>
+        <v>61</v>
       </c>
       <c r="D27" t="s">
-        <v>1154</v>
+        <v>963</v>
       </c>
     </row>
     <row r="28" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B28" t="s">
-        <v>531</v>
+        <v>521</v>
       </c>
       <c r="C28" t="s">
-        <v>74</v>
+        <v>64</v>
       </c>
       <c r="D28" t="s">
-        <v>1155</v>
+        <v>964</v>
       </c>
     </row>
     <row r="29" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B29" t="s">
-        <v>537</v>
+        <v>527</v>
       </c>
       <c r="C29" t="s">
-        <v>77</v>
+        <v>67</v>
       </c>
       <c r="D29" t="s">
-        <v>1156</v>
+        <v>965</v>
       </c>
     </row>
     <row r="30" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B30" t="s">
-        <v>1157</v>
+        <v>966</v>
       </c>
       <c r="C30" t="s">
-        <v>80</v>
+        <v>70</v>
       </c>
       <c r="D30" t="s">
-        <v>1158</v>
+        <v>967</v>
       </c>
     </row>
     <row r="31" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B31" t="s">
-        <v>535</v>
+        <v>525</v>
       </c>
       <c r="C31" t="s">
-        <v>85</v>
+        <v>75</v>
       </c>
       <c r="D31" t="s">
-        <v>1159</v>
+        <v>968</v>
       </c>
     </row>
     <row r="32" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B32" t="s">
-        <v>539</v>
+        <v>529</v>
       </c>
       <c r="C32" t="s">
-        <v>88</v>
+        <v>78</v>
       </c>
       <c r="D32" t="s">
-        <v>1160</v>
+        <v>969</v>
       </c>
     </row>
     <row r="33" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B33" t="s">
-        <v>536</v>
+        <v>526</v>
       </c>
       <c r="C33" t="s">
-        <v>91</v>
+        <v>81</v>
       </c>
       <c r="D33" t="s">
-        <v>1161</v>
+        <v>970</v>
       </c>
     </row>
     <row r="34" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B34" t="s">
-        <v>533</v>
+        <v>523</v>
       </c>
       <c r="C34" t="s">
-        <v>94</v>
+        <v>84</v>
       </c>
       <c r="D34" t="s">
-        <v>1162</v>
+        <v>971</v>
       </c>
     </row>
     <row r="35" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B35" t="s">
-        <v>534</v>
+        <v>524</v>
       </c>
       <c r="C35" t="s">
-        <v>97</v>
+        <v>87</v>
       </c>
       <c r="D35" t="s">
-        <v>1163</v>
+        <v>972</v>
       </c>
     </row>
     <row r="36" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B36" t="s">
-        <v>1164</v>
+        <v>973</v>
       </c>
       <c r="D36" t="s">
-        <v>1165</v>
+        <v>974</v>
       </c>
     </row>
     <row r="37" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B37" t="s">
-        <v>615</v>
+        <v>605</v>
       </c>
       <c r="C37" t="s">
-        <v>100</v>
+        <v>90</v>
       </c>
       <c r="D37" t="s">
-        <v>1166</v>
+        <v>975</v>
       </c>
     </row>
     <row r="38" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B38" t="s">
-        <v>540</v>
+        <v>530</v>
       </c>
       <c r="C38" t="s">
-        <v>103</v>
+        <v>93</v>
       </c>
       <c r="D38" t="s">
-        <v>1167</v>
+        <v>976</v>
       </c>
     </row>
     <row r="39" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B39" t="s">
-        <v>541</v>
+        <v>531</v>
       </c>
       <c r="C39" t="s">
-        <v>106</v>
+        <v>96</v>
       </c>
       <c r="D39" t="s">
-        <v>1168</v>
+        <v>977</v>
       </c>
     </row>
     <row r="40" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B40" t="s">
-        <v>1169</v>
+        <v>978</v>
       </c>
       <c r="C40" t="s">
-        <v>111</v>
+        <v>101</v>
       </c>
       <c r="D40" t="s">
-        <v>1170</v>
+        <v>979</v>
       </c>
     </row>
     <row r="41" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B41" t="s">
-        <v>542</v>
+        <v>532</v>
       </c>
       <c r="C41" t="s">
-        <v>114</v>
+        <v>104</v>
       </c>
       <c r="D41" t="s">
-        <v>1171</v>
+        <v>980</v>
       </c>
     </row>
     <row r="42" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B42" t="s">
-        <v>543</v>
+        <v>533</v>
       </c>
       <c r="C42" t="s">
-        <v>171</v>
+        <v>161</v>
       </c>
       <c r="D42" t="s">
-        <v>1172</v>
+        <v>981</v>
       </c>
     </row>
     <row r="43" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B43" t="s">
-        <v>1173</v>
+        <v>982</v>
       </c>
       <c r="C43" t="s">
-        <v>174</v>
+        <v>164</v>
       </c>
       <c r="D43" t="s">
-        <v>1174</v>
+        <v>983</v>
       </c>
     </row>
     <row r="44" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B44" t="s">
-        <v>1175</v>
+        <v>984</v>
       </c>
       <c r="C44" t="s">
-        <v>177</v>
+        <v>167</v>
       </c>
       <c r="D44" t="s">
-        <v>1176</v>
+        <v>985</v>
       </c>
     </row>
     <row r="45" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B45" t="s">
-        <v>544</v>
+        <v>534</v>
       </c>
       <c r="C45" t="s">
-        <v>182</v>
+        <v>172</v>
       </c>
       <c r="D45" t="s">
-        <v>1177</v>
+        <v>986</v>
       </c>
     </row>
     <row r="46" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B46" t="s">
-        <v>1178</v>
+        <v>987</v>
       </c>
       <c r="D46" t="s">
-        <v>1179</v>
+        <v>988</v>
       </c>
     </row>
     <row r="47" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B47" t="s">
-        <v>1180</v>
+        <v>989</v>
       </c>
       <c r="D47" t="s">
-        <v>1181</v>
+        <v>990</v>
       </c>
     </row>
     <row r="48" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B48" t="s">
-        <v>1182</v>
+        <v>991</v>
       </c>
       <c r="C48" t="s">
-        <v>185</v>
+        <v>175</v>
       </c>
       <c r="D48" t="s">
-        <v>1183</v>
+        <v>992</v>
       </c>
     </row>
     <row r="49" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B49" t="s">
-        <v>545</v>
+        <v>535</v>
       </c>
       <c r="C49" t="s">
-        <v>188</v>
+        <v>178</v>
       </c>
       <c r="D49" t="s">
-        <v>1184</v>
+        <v>993</v>
       </c>
     </row>
     <row r="50" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B50" t="s">
-        <v>1185</v>
+        <v>994</v>
       </c>
       <c r="C50" t="s">
-        <v>191</v>
+        <v>181</v>
       </c>
       <c r="D50" t="s">
-        <v>1186</v>
+        <v>995</v>
       </c>
     </row>
     <row r="51" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B51" t="s">
-        <v>1187</v>
+        <v>996</v>
       </c>
       <c r="C51" t="s">
-        <v>194</v>
+        <v>184</v>
       </c>
       <c r="D51" t="s">
-        <v>1188</v>
+        <v>997</v>
       </c>
     </row>
     <row r="52" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B52" t="s">
-        <v>1189</v>
+        <v>998</v>
       </c>
       <c r="D52" t="s">
-        <v>1190</v>
+        <v>999</v>
       </c>
     </row>
     <row r="53" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B53" t="s">
-        <v>1191</v>
+        <v>1000</v>
       </c>
       <c r="D53" t="s">
-        <v>1192</v>
+        <v>1001</v>
       </c>
     </row>
     <row r="54" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B54" t="s">
-        <v>546</v>
+        <v>536</v>
       </c>
       <c r="C54" t="s">
-        <v>196</v>
+        <v>186</v>
       </c>
       <c r="D54" t="s">
-        <v>1193</v>
+        <v>1002</v>
       </c>
     </row>
     <row r="55" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B55" t="s">
-        <v>1194</v>
+        <v>1003</v>
       </c>
       <c r="C55" t="s">
-        <v>199</v>
+        <v>189</v>
       </c>
       <c r="D55" t="s">
-        <v>1195</v>
+        <v>1004</v>
       </c>
     </row>
     <row r="56" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B56" t="s">
-        <v>547</v>
+        <v>537</v>
       </c>
       <c r="C56" t="s">
-        <v>202</v>
+        <v>192</v>
       </c>
       <c r="D56" t="s">
-        <v>1196</v>
+        <v>1005</v>
       </c>
     </row>
     <row r="57" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B57" t="s">
-        <v>1197</v>
+        <v>1006</v>
       </c>
       <c r="D57" t="s">
-        <v>1198</v>
+        <v>1007</v>
       </c>
     </row>
     <row r="58" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B58" t="s">
-        <v>1199</v>
+        <v>1008</v>
       </c>
       <c r="D58" t="s">
-        <v>1200</v>
+        <v>1009</v>
       </c>
     </row>
     <row r="59" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B59" t="s">
-        <v>548</v>
+        <v>538</v>
       </c>
       <c r="C59" t="s">
-        <v>205</v>
+        <v>195</v>
       </c>
       <c r="D59" t="s">
-        <v>1201</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="60" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B60" t="s">
-        <v>549</v>
+        <v>539</v>
       </c>
       <c r="C60" t="s">
-        <v>208</v>
+        <v>198</v>
       </c>
       <c r="D60" t="s">
-        <v>1202</v>
+        <v>1011</v>
       </c>
     </row>
     <row r="61" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B61" t="s">
-        <v>550</v>
+        <v>540</v>
       </c>
       <c r="C61" t="s">
-        <v>211</v>
+        <v>201</v>
       </c>
       <c r="D61" t="s">
-        <v>1203</v>
+        <v>1012</v>
       </c>
     </row>
     <row r="62" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B62" t="s">
-        <v>93</v>
+        <v>83</v>
       </c>
       <c r="C62" t="s">
-        <v>216</v>
+        <v>206</v>
       </c>
       <c r="D62" t="s">
-        <v>1204</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="63" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B63" t="s">
-        <v>551</v>
+        <v>541</v>
       </c>
       <c r="C63" t="s">
-        <v>219</v>
+        <v>209</v>
       </c>
       <c r="D63" t="s">
-        <v>1205</v>
+        <v>1014</v>
       </c>
     </row>
     <row r="64" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B64" t="s">
-        <v>552</v>
+        <v>542</v>
       </c>
       <c r="C64" t="s">
-        <v>222</v>
+        <v>212</v>
       </c>
       <c r="D64" t="s">
-        <v>1206</v>
+        <v>1015</v>
       </c>
     </row>
     <row r="65" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B65" t="s">
-        <v>1207</v>
+        <v>1016</v>
       </c>
       <c r="C65" t="s">
-        <v>225</v>
+        <v>215</v>
       </c>
       <c r="D65" t="s">
-        <v>1208</v>
+        <v>1017</v>
       </c>
     </row>
     <row r="66" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B66" t="s">
-        <v>102</v>
+        <v>92</v>
       </c>
       <c r="C66" t="s">
-        <v>228</v>
+        <v>218</v>
       </c>
       <c r="D66" t="s">
-        <v>1209</v>
+        <v>1018</v>
       </c>
     </row>
     <row r="67" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B67" t="s">
-        <v>105</v>
+        <v>95</v>
       </c>
       <c r="C67" t="s">
-        <v>230</v>
+        <v>220</v>
       </c>
       <c r="D67" t="s">
-        <v>1210</v>
+        <v>1019</v>
       </c>
     </row>
     <row r="68" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B68" t="s">
-        <v>553</v>
+        <v>543</v>
       </c>
       <c r="C68" t="s">
-        <v>232</v>
+        <v>222</v>
       </c>
       <c r="D68" t="s">
-        <v>1211</v>
+        <v>1020</v>
       </c>
     </row>
     <row r="69" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B69" t="s">
-        <v>1212</v>
+        <v>1021</v>
       </c>
       <c r="D69" t="s">
-        <v>1213</v>
+        <v>1022</v>
       </c>
     </row>
     <row r="70" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B70" t="s">
-        <v>555</v>
+        <v>545</v>
       </c>
       <c r="C70" t="s">
-        <v>235</v>
+        <v>225</v>
       </c>
       <c r="D70" t="s">
-        <v>1214</v>
+        <v>1023</v>
       </c>
     </row>
     <row r="71" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B71" t="s">
-        <v>1215</v>
+        <v>1024</v>
       </c>
       <c r="C71" t="s">
-        <v>238</v>
+        <v>228</v>
       </c>
       <c r="D71" t="s">
-        <v>1216</v>
+        <v>1025</v>
       </c>
     </row>
     <row r="72" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B72" t="s">
-        <v>1217</v>
+        <v>1026</v>
       </c>
       <c r="D72" t="s">
-        <v>1218</v>
+        <v>1027</v>
       </c>
     </row>
     <row r="73" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B73" t="s">
-        <v>1219</v>
+        <v>1028</v>
       </c>
       <c r="C73" t="s">
-        <v>240</v>
+        <v>230</v>
       </c>
       <c r="D73" t="s">
-        <v>1220</v>
+        <v>1029</v>
       </c>
     </row>
     <row r="74" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B74" t="s">
-        <v>563</v>
+        <v>553</v>
       </c>
       <c r="C74" t="s">
-        <v>243</v>
+        <v>233</v>
       </c>
       <c r="D74" t="s">
-        <v>1221</v>
+        <v>1030</v>
       </c>
     </row>
     <row r="75" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B75" t="s">
-        <v>1222</v>
+        <v>1031</v>
       </c>
       <c r="D75" t="s">
-        <v>1223</v>
+        <v>1032</v>
       </c>
     </row>
     <row r="76" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B76" t="s">
-        <v>561</v>
+        <v>551</v>
       </c>
       <c r="C76" t="s">
-        <v>248</v>
+        <v>238</v>
       </c>
       <c r="D76" t="s">
-        <v>1224</v>
+        <v>1033</v>
       </c>
     </row>
     <row r="77" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B77" t="s">
-        <v>1225</v>
+        <v>1034</v>
       </c>
       <c r="C77" t="s">
-        <v>251</v>
+        <v>241</v>
       </c>
       <c r="D77" t="s">
-        <v>1226</v>
+        <v>1035</v>
       </c>
     </row>
     <row r="78" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B78" t="s">
-        <v>158</v>
+        <v>148</v>
       </c>
       <c r="C78" t="s">
-        <v>253</v>
+        <v>243</v>
       </c>
       <c r="D78" t="s">
-        <v>1227</v>
+        <v>1036</v>
       </c>
     </row>
     <row r="79" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B79" t="s">
-        <v>557</v>
+        <v>547</v>
       </c>
       <c r="C79" t="s">
-        <v>256</v>
+        <v>246</v>
       </c>
       <c r="D79" t="s">
-        <v>1228</v>
+        <v>1037</v>
       </c>
     </row>
     <row r="80" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B80" t="s">
-        <v>559</v>
+        <v>549</v>
       </c>
       <c r="C80" t="s">
-        <v>258</v>
+        <v>248</v>
       </c>
       <c r="D80" t="s">
-        <v>1229</v>
+        <v>1038</v>
       </c>
     </row>
     <row r="81" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B81" t="s">
-        <v>73</v>
+        <v>63</v>
       </c>
       <c r="C81" t="s">
-        <v>260</v>
+        <v>250</v>
       </c>
       <c r="D81" t="s">
-        <v>1230</v>
+        <v>1039</v>
       </c>
     </row>
     <row r="82" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B82" t="s">
-        <v>558</v>
+        <v>548</v>
       </c>
       <c r="C82" t="s">
-        <v>262</v>
+        <v>252</v>
       </c>
       <c r="D82" t="s">
-        <v>1231</v>
+        <v>1040</v>
       </c>
     </row>
     <row r="83" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B83" t="s">
-        <v>523</v>
+        <v>513</v>
       </c>
       <c r="C83" t="s">
-        <v>265</v>
+        <v>255</v>
       </c>
       <c r="D83" t="s">
-        <v>1232</v>
+        <v>1041</v>
       </c>
     </row>
     <row r="84" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B84" t="s">
-        <v>556</v>
+        <v>546</v>
       </c>
       <c r="C84" t="s">
-        <v>268</v>
+        <v>258</v>
       </c>
       <c r="D84" t="s">
-        <v>1233</v>
+        <v>1042</v>
       </c>
     </row>
     <row r="85" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B85" t="s">
-        <v>440</v>
+        <v>430</v>
       </c>
       <c r="C85" t="s">
-        <v>270</v>
+        <v>260</v>
       </c>
       <c r="D85" t="s">
-        <v>1234</v>
+        <v>1043</v>
       </c>
     </row>
     <row r="86" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B86" t="s">
-        <v>1235</v>
+        <v>1044</v>
       </c>
       <c r="C86" t="s">
-        <v>273</v>
+        <v>263</v>
       </c>
       <c r="D86" t="s">
-        <v>1236</v>
+        <v>1045</v>
       </c>
     </row>
     <row r="87" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B87" t="s">
-        <v>1237</v>
+        <v>1046</v>
       </c>
       <c r="D87" t="s">
-        <v>1238</v>
+        <v>1047</v>
       </c>
     </row>
     <row r="88" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B88" t="s">
-        <v>560</v>
+        <v>550</v>
       </c>
       <c r="C88" t="s">
-        <v>278</v>
+        <v>268</v>
       </c>
       <c r="D88" t="s">
-        <v>1239</v>
+        <v>1048</v>
       </c>
     </row>
     <row r="89" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B89" t="s">
-        <v>562</v>
+        <v>552</v>
       </c>
       <c r="C89" t="s">
-        <v>281</v>
+        <v>271</v>
       </c>
       <c r="D89" t="s">
-        <v>1240</v>
+        <v>1049</v>
       </c>
     </row>
     <row r="90" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B90" t="s">
-        <v>1241</v>
+        <v>1050</v>
       </c>
       <c r="C90" t="s">
-        <v>284</v>
+        <v>274</v>
       </c>
       <c r="D90" t="s">
-        <v>1242</v>
+        <v>1051</v>
       </c>
     </row>
     <row r="91" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B91" t="s">
-        <v>1243</v>
+        <v>1052</v>
       </c>
       <c r="C91" t="s">
-        <v>287</v>
+        <v>277</v>
       </c>
       <c r="D91" t="s">
-        <v>1244</v>
+        <v>1053</v>
       </c>
     </row>
     <row r="92" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B92" t="s">
-        <v>1245</v>
+        <v>1054</v>
       </c>
       <c r="C92" t="s">
-        <v>289</v>
+        <v>279</v>
       </c>
       <c r="D92" t="s">
-        <v>1246</v>
+        <v>1055</v>
       </c>
     </row>
     <row r="93" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B93" t="s">
-        <v>1247</v>
+        <v>1056</v>
       </c>
       <c r="C93" t="s">
-        <v>292</v>
+        <v>282</v>
       </c>
       <c r="D93" t="s">
-        <v>1248</v>
+        <v>1057</v>
       </c>
     </row>
     <row r="94" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B94" t="s">
-        <v>1249</v>
+        <v>1058</v>
       </c>
       <c r="C94" t="s">
-        <v>295</v>
+        <v>285</v>
       </c>
       <c r="D94" t="s">
-        <v>1250</v>
+        <v>1059</v>
       </c>
     </row>
     <row r="95" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B95" t="s">
-        <v>1251</v>
+        <v>1060</v>
       </c>
       <c r="C95" t="s">
-        <v>297</v>
+        <v>287</v>
       </c>
       <c r="D95" t="s">
-        <v>1252</v>
+        <v>1061</v>
       </c>
     </row>
     <row r="96" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B96" t="s">
-        <v>1253</v>
+        <v>1062</v>
       </c>
       <c r="D96" t="s">
-        <v>1254</v>
+        <v>1063</v>
       </c>
     </row>
     <row r="97" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B97" t="s">
-        <v>1255</v>
+        <v>1064</v>
       </c>
       <c r="D97" t="s">
-        <v>1256</v>
+        <v>1065</v>
       </c>
     </row>
     <row r="98" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B98" t="s">
-        <v>1257</v>
+        <v>1066</v>
       </c>
       <c r="C98" t="s">
-        <v>299</v>
+        <v>289</v>
       </c>
       <c r="D98" t="s">
-        <v>1258</v>
+        <v>1067</v>
       </c>
     </row>
     <row r="99" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B99" t="s">
-        <v>564</v>
+        <v>554</v>
       </c>
       <c r="C99" t="s">
-        <v>301</v>
+        <v>291</v>
       </c>
       <c r="D99" t="s">
-        <v>1259</v>
+        <v>1068</v>
       </c>
     </row>
     <row r="100" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B100" t="s">
-        <v>565</v>
+        <v>555</v>
       </c>
       <c r="C100" t="s">
-        <v>304</v>
+        <v>294</v>
       </c>
       <c r="D100" t="s">
-        <v>1260</v>
+        <v>1069</v>
       </c>
     </row>
     <row r="101" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B101" t="s">
-        <v>566</v>
+        <v>556</v>
       </c>
       <c r="C101" t="s">
-        <v>307</v>
+        <v>297</v>
       </c>
       <c r="D101" t="s">
-        <v>1261</v>
+        <v>1070</v>
       </c>
     </row>
     <row r="102" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B102" t="s">
-        <v>567</v>
+        <v>557</v>
       </c>
       <c r="C102" t="s">
-        <v>312</v>
+        <v>302</v>
       </c>
       <c r="D102" t="s">
-        <v>1262</v>
+        <v>1071</v>
       </c>
     </row>
     <row r="103" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B103" t="s">
-        <v>1263</v>
+        <v>1072</v>
       </c>
       <c r="D103" t="s">
-        <v>1264</v>
+        <v>1073</v>
       </c>
     </row>
     <row r="104" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B104" t="s">
-        <v>568</v>
+        <v>558</v>
       </c>
       <c r="C104" t="s">
-        <v>315</v>
+        <v>305</v>
       </c>
       <c r="D104" t="s">
-        <v>1265</v>
+        <v>1074</v>
       </c>
     </row>
     <row r="105" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B105" t="s">
-        <v>569</v>
+        <v>559</v>
       </c>
       <c r="C105" t="s">
-        <v>318</v>
+        <v>308</v>
       </c>
       <c r="D105" t="s">
-        <v>1266</v>
+        <v>1075</v>
       </c>
     </row>
     <row r="106" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B106" t="s">
-        <v>570</v>
+        <v>560</v>
       </c>
       <c r="C106" t="s">
-        <v>321</v>
+        <v>311</v>
       </c>
       <c r="D106" t="s">
-        <v>1267</v>
+        <v>1076</v>
       </c>
     </row>
     <row r="107" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B107" t="s">
-        <v>571</v>
+        <v>561</v>
       </c>
       <c r="C107" t="s">
-        <v>323</v>
+        <v>313</v>
       </c>
       <c r="D107" t="s">
-        <v>1268</v>
+        <v>1077</v>
       </c>
     </row>
     <row r="108" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B108" t="s">
-        <v>538</v>
+        <v>528</v>
       </c>
       <c r="C108" t="s">
-        <v>326</v>
+        <v>316</v>
       </c>
       <c r="D108" t="s">
-        <v>1269</v>
+        <v>1078</v>
       </c>
     </row>
     <row r="109" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B109" t="s">
-        <v>574</v>
+        <v>564</v>
       </c>
       <c r="C109" t="s">
-        <v>328</v>
+        <v>318</v>
       </c>
       <c r="D109" t="s">
-        <v>1270</v>
+        <v>1079</v>
       </c>
     </row>
     <row r="110" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B110" t="s">
-        <v>572</v>
+        <v>562</v>
       </c>
       <c r="C110" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="D110" t="s">
-        <v>1271</v>
+        <v>1080</v>
       </c>
     </row>
     <row r="111" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B111" t="s">
-        <v>573</v>
+        <v>563</v>
       </c>
       <c r="C111" t="s">
-        <v>334</v>
+        <v>324</v>
       </c>
       <c r="D111" t="s">
-        <v>1272</v>
+        <v>1081</v>
       </c>
     </row>
     <row r="112" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B112" t="s">
-        <v>1273</v>
+        <v>1082</v>
       </c>
       <c r="C112" t="s">
-        <v>337</v>
+        <v>327</v>
       </c>
       <c r="D112" t="s">
-        <v>1274</v>
+        <v>1083</v>
       </c>
     </row>
     <row r="113" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B113" t="s">
-        <v>575</v>
+        <v>565</v>
       </c>
       <c r="C113" t="s">
-        <v>342</v>
+        <v>332</v>
       </c>
       <c r="D113" t="s">
-        <v>1275</v>
+        <v>1084</v>
       </c>
     </row>
     <row r="114" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B114" t="s">
-        <v>576</v>
+        <v>566</v>
       </c>
       <c r="C114" t="s">
-        <v>345</v>
+        <v>335</v>
       </c>
       <c r="D114" t="s">
-        <v>1276</v>
+        <v>1085</v>
       </c>
     </row>
     <row r="115" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B115" t="s">
-        <v>1277</v>
+        <v>1086</v>
       </c>
       <c r="C115" t="s">
-        <v>348</v>
+        <v>338</v>
       </c>
       <c r="D115" t="s">
-        <v>1278</v>
+        <v>1087</v>
       </c>
     </row>
     <row r="116" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B116" t="s">
-        <v>1279</v>
+        <v>1088</v>
       </c>
       <c r="C116" t="s">
-        <v>351</v>
+        <v>341</v>
       </c>
       <c r="D116" t="s">
-        <v>1280</v>
+        <v>1089</v>
       </c>
     </row>
     <row r="117" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B117" t="s">
-        <v>1281</v>
+        <v>1090</v>
       </c>
       <c r="D117" t="s">
-        <v>1282</v>
+        <v>1091</v>
       </c>
     </row>
     <row r="118" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B118" t="s">
-        <v>577</v>
+        <v>567</v>
       </c>
       <c r="C118" t="s">
-        <v>354</v>
+        <v>344</v>
       </c>
       <c r="D118" t="s">
-        <v>1283</v>
+        <v>1092</v>
       </c>
     </row>
     <row r="119" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B119" t="s">
-        <v>579</v>
+        <v>569</v>
       </c>
       <c r="C119" t="s">
-        <v>357</v>
+        <v>347</v>
       </c>
       <c r="D119" t="s">
-        <v>1284</v>
+        <v>1093</v>
       </c>
     </row>
     <row r="120" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B120" t="s">
-        <v>1285</v>
+        <v>1094</v>
       </c>
       <c r="C120" t="s">
-        <v>360</v>
+        <v>350</v>
       </c>
       <c r="D120" t="s">
-        <v>1286</v>
+        <v>1095</v>
       </c>
     </row>
     <row r="121" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B121" t="s">
-        <v>580</v>
+        <v>570</v>
       </c>
       <c r="C121" t="s">
-        <v>363</v>
+        <v>353</v>
       </c>
       <c r="D121" t="s">
-        <v>1287</v>
+        <v>1096</v>
       </c>
     </row>
     <row r="122" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B122" t="s">
-        <v>1288</v>
+        <v>1097</v>
       </c>
       <c r="D122" t="s">
-        <v>1289</v>
+        <v>1098</v>
       </c>
     </row>
     <row r="123" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B123" t="s">
-        <v>1290</v>
+        <v>1099</v>
       </c>
       <c r="C123" t="s">
-        <v>366</v>
+        <v>356</v>
       </c>
       <c r="D123" t="s">
-        <v>1291</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="124" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B124" t="s">
-        <v>1292</v>
+        <v>1101</v>
       </c>
       <c r="C124" t="s">
-        <v>369</v>
+        <v>359</v>
       </c>
       <c r="D124" t="s">
-        <v>1293</v>
+        <v>1102</v>
       </c>
     </row>
     <row r="125" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B125" t="s">
-        <v>581</v>
+        <v>571</v>
       </c>
       <c r="C125" t="s">
-        <v>372</v>
+        <v>362</v>
       </c>
       <c r="D125" t="s">
-        <v>1294</v>
+        <v>1103</v>
       </c>
     </row>
     <row r="126" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B126" t="s">
-        <v>1295</v>
+        <v>1104</v>
       </c>
       <c r="C126" t="s">
-        <v>375</v>
+        <v>365</v>
       </c>
       <c r="D126" t="s">
-        <v>1296</v>
+        <v>1105</v>
       </c>
     </row>
     <row r="127" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B127" t="s">
-        <v>1297</v>
+        <v>1106</v>
       </c>
       <c r="D127" t="s">
-        <v>1298</v>
+        <v>1107</v>
       </c>
     </row>
     <row r="128" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B128" t="s">
-        <v>1299</v>
+        <v>1108</v>
       </c>
       <c r="C128" t="s">
-        <v>380</v>
+        <v>370</v>
       </c>
       <c r="D128" t="s">
-        <v>1300</v>
+        <v>1109</v>
       </c>
     </row>
     <row r="129" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B129" t="s">
-        <v>554</v>
+        <v>544</v>
       </c>
       <c r="C129" t="s">
-        <v>383</v>
+        <v>373</v>
       </c>
       <c r="D129" t="s">
-        <v>1301</v>
+        <v>1110</v>
       </c>
     </row>
     <row r="130" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B130" t="s">
-        <v>1302</v>
+        <v>1111</v>
       </c>
       <c r="C130" t="s">
-        <v>386</v>
+        <v>376</v>
       </c>
       <c r="D130" t="s">
-        <v>1303</v>
+        <v>1112</v>
       </c>
     </row>
     <row r="131" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B131" t="s">
-        <v>1304</v>
+        <v>1113</v>
       </c>
       <c r="D131" t="s">
-        <v>1305</v>
+        <v>1114</v>
       </c>
     </row>
     <row r="132" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B132" t="s">
-        <v>1306</v>
+        <v>1115</v>
       </c>
       <c r="D132" t="s">
-        <v>1307</v>
+        <v>1116</v>
       </c>
     </row>
     <row r="133" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B133" t="s">
-        <v>1308</v>
+        <v>1117</v>
       </c>
       <c r="C133" t="s">
-        <v>389</v>
+        <v>379</v>
       </c>
       <c r="D133" t="s">
-        <v>1309</v>
+        <v>1118</v>
       </c>
     </row>
     <row r="134" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B134" t="s">
-        <v>582</v>
+        <v>572</v>
       </c>
       <c r="C134" t="s">
-        <v>392</v>
+        <v>382</v>
       </c>
       <c r="D134" t="s">
-        <v>1310</v>
+        <v>1119</v>
       </c>
     </row>
     <row r="135" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B135" t="s">
-        <v>583</v>
+        <v>573</v>
       </c>
       <c r="C135" t="s">
-        <v>395</v>
+        <v>385</v>
       </c>
       <c r="D135" t="s">
-        <v>1311</v>
+        <v>1120</v>
       </c>
     </row>
     <row r="136" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B136" t="s">
-        <v>1312</v>
+        <v>1121</v>
       </c>
       <c r="D136" t="s">
-        <v>1313</v>
+        <v>1122</v>
       </c>
     </row>
     <row r="137" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B137" t="s">
-        <v>1314</v>
+        <v>1123</v>
       </c>
       <c r="C137" t="s">
-        <v>398</v>
+        <v>388</v>
       </c>
       <c r="D137" t="s">
-        <v>1315</v>
+        <v>1124</v>
       </c>
     </row>
     <row r="138" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B138" t="s">
-        <v>1316</v>
+        <v>1125</v>
       </c>
       <c r="C138" t="s">
-        <v>401</v>
+        <v>391</v>
       </c>
       <c r="D138" t="s">
-        <v>1317</v>
+        <v>1126</v>
       </c>
     </row>
     <row r="139" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B139" t="s">
-        <v>1318</v>
+        <v>1127</v>
       </c>
       <c r="C139" t="s">
-        <v>404</v>
+        <v>394</v>
       </c>
       <c r="D139" t="s">
-        <v>1319</v>
+        <v>1128</v>
       </c>
     </row>
     <row r="140" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B140" t="s">
-        <v>1320</v>
+        <v>1129</v>
       </c>
       <c r="C140" t="s">
-        <v>407</v>
+        <v>397</v>
       </c>
       <c r="D140" t="s">
-        <v>1321</v>
+        <v>1130</v>
       </c>
     </row>
     <row r="141" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B141" t="s">
-        <v>1322</v>
+        <v>1131</v>
       </c>
       <c r="C141" t="s">
-        <v>410</v>
+        <v>400</v>
       </c>
       <c r="D141" t="s">
-        <v>1323</v>
+        <v>1132</v>
       </c>
     </row>
     <row r="142" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B142" t="s">
-        <v>1324</v>
+        <v>1133</v>
       </c>
       <c r="C142" t="s">
-        <v>413</v>
+        <v>403</v>
       </c>
       <c r="D142" t="s">
-        <v>1325</v>
+        <v>1134</v>
       </c>
     </row>
     <row r="143" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B143" t="s">
-        <v>1326</v>
+        <v>1135</v>
       </c>
       <c r="C143" t="s">
-        <v>418</v>
+        <v>408</v>
       </c>
       <c r="D143" t="s">
-        <v>1327</v>
+        <v>1136</v>
       </c>
     </row>
     <row r="144" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B144" t="s">
-        <v>1328</v>
+        <v>1137</v>
       </c>
       <c r="C144" t="s">
-        <v>421</v>
+        <v>411</v>
       </c>
       <c r="D144" t="s">
-        <v>1329</v>
+        <v>1138</v>
       </c>
     </row>
     <row r="145" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B145" t="s">
-        <v>1330</v>
+        <v>1139</v>
       </c>
       <c r="C145" t="s">
-        <v>424</v>
+        <v>414</v>
       </c>
       <c r="D145" t="s">
-        <v>1331</v>
+        <v>1140</v>
       </c>
     </row>
     <row r="146" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B146" t="s">
-        <v>1332</v>
+        <v>1141</v>
       </c>
       <c r="C146" t="s">
-        <v>427</v>
+        <v>417</v>
       </c>
       <c r="D146" t="s">
-        <v>1333</v>
+        <v>1142</v>
       </c>
     </row>
     <row r="147" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B147" t="s">
-        <v>1334</v>
+        <v>1143</v>
       </c>
       <c r="C147" t="s">
-        <v>432</v>
+        <v>422</v>
       </c>
       <c r="D147" t="s">
-        <v>1335</v>
+        <v>1144</v>
       </c>
     </row>
     <row r="148" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B148" t="s">
-        <v>1336</v>
+        <v>1145</v>
       </c>
       <c r="C148" t="s">
-        <v>435</v>
+        <v>425</v>
       </c>
       <c r="D148" t="s">
-        <v>1337</v>
+        <v>1146</v>
       </c>
     </row>
     <row r="149" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B149" t="s">
-        <v>1338</v>
+        <v>1147</v>
       </c>
       <c r="C149" t="s">
-        <v>438</v>
+        <v>428</v>
       </c>
       <c r="D149" t="s">
-        <v>1339</v>
+        <v>1148</v>
       </c>
     </row>
     <row r="150" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B150" t="s">
-        <v>578</v>
+        <v>568</v>
       </c>
       <c r="C150" t="s">
-        <v>441</v>
+        <v>431</v>
       </c>
       <c r="D150" t="s">
-        <v>1340</v>
+        <v>1149</v>
       </c>
     </row>
     <row r="151" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B151" t="s">
-        <v>1341</v>
+        <v>1150</v>
       </c>
       <c r="C151" t="s">
-        <v>444</v>
+        <v>434</v>
       </c>
       <c r="D151" t="s">
-        <v>1342</v>
+        <v>1151</v>
       </c>
     </row>
     <row r="152" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B152" t="s">
-        <v>1343</v>
+        <v>1152</v>
       </c>
       <c r="C152" t="s">
-        <v>447</v>
+        <v>437</v>
       </c>
       <c r="D152" t="s">
-        <v>1344</v>
+        <v>1153</v>
       </c>
     </row>
     <row r="153" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B153" t="s">
-        <v>1345</v>
+        <v>1154</v>
       </c>
       <c r="C153" t="s">
-        <v>450</v>
+        <v>440</v>
       </c>
       <c r="D153" t="s">
-        <v>1346</v>
+        <v>1155</v>
       </c>
     </row>
     <row r="154" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B154" t="s">
-        <v>584</v>
+        <v>574</v>
       </c>
       <c r="D154" t="s">
-        <v>1347</v>
+        <v>1156</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="A1:D31"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>35</v>
+        <v>25</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>36</v>
+        <v>26</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
         <v>7</v>
       </c>
       <c r="B2" s="4" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="D2" t="s">
-        <v>9</v>
+        <v>8</v>
       </c>
     </row>
     <row r="3" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
-        <v>37</v>
+        <v>27</v>
       </c>
       <c r="B3" t="s">
-        <v>38</v>
+        <v>28</v>
       </c>
       <c r="D3" t="s">
-        <v>39</v>
+        <v>29</v>
       </c>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B4" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="D4" t="s">
-        <v>41</v>
+        <v>31</v>
       </c>
     </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B5" t="s">
-        <v>42</v>
+        <v>32</v>
       </c>
       <c r="D5" t="s">
-        <v>43</v>
+        <v>33</v>
       </c>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B6" t="s">
-        <v>44</v>
+        <v>34</v>
       </c>
       <c r="D6" t="s">
-        <v>45</v>
+        <v>35</v>
       </c>
     </row>
     <row r="7" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B7" t="s">
-        <v>46</v>
+        <v>36</v>
       </c>
       <c r="D7" t="s">
-        <v>47</v>
+        <v>37</v>
       </c>
     </row>
     <row r="8" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B8" t="s">
-        <v>48</v>
+        <v>38</v>
       </c>
       <c r="D8" t="s">
-        <v>49</v>
+        <v>39</v>
       </c>
     </row>
     <row r="9" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B9" t="s">
-        <v>50</v>
+        <v>40</v>
       </c>
       <c r="C9" t="s">
-        <v>51</v>
+        <v>41</v>
       </c>
       <c r="D9" t="s">
-        <v>52</v>
+        <v>42</v>
       </c>
     </row>
     <row r="10" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B10" t="s">
-        <v>53</v>
+        <v>43</v>
       </c>
       <c r="C10" t="s">
-        <v>54</v>
+        <v>44</v>
       </c>
       <c r="D10" t="s">
-        <v>55</v>
+        <v>45</v>
       </c>
     </row>
     <row r="11" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B11" t="s">
-        <v>56</v>
+        <v>46</v>
       </c>
       <c r="C11" t="s">
-        <v>57</v>
+        <v>47</v>
       </c>
       <c r="D11" t="s">
-        <v>58</v>
+        <v>48</v>
       </c>
     </row>
     <row r="12" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B12" t="s">
-        <v>59</v>
+        <v>49</v>
       </c>
       <c r="C12" t="s">
-        <v>60</v>
+        <v>50</v>
       </c>
       <c r="D12" t="s">
-        <v>61</v>
+        <v>51</v>
       </c>
     </row>
     <row r="13" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B13" t="s">
-        <v>62</v>
+        <v>52</v>
       </c>
       <c r="C13" t="s">
-        <v>63</v>
+        <v>53</v>
       </c>
       <c r="D13" t="s">
-        <v>64</v>
+        <v>54</v>
       </c>
     </row>
     <row r="14" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B14" t="s">
-        <v>65</v>
+        <v>55</v>
       </c>
       <c r="C14" t="s">
-        <v>66</v>
+        <v>56</v>
       </c>
       <c r="D14" t="s">
-        <v>67</v>
+        <v>57</v>
       </c>
     </row>
     <row r="15" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B15" t="s">
-        <v>68</v>
+        <v>58</v>
       </c>
       <c r="D15" t="s">
-        <v>69</v>
+        <v>59</v>
       </c>
     </row>
     <row r="16" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B16" t="s">
-        <v>70</v>
+        <v>60</v>
       </c>
       <c r="C16" t="s">
-        <v>71</v>
+        <v>61</v>
       </c>
       <c r="D16" t="s">
-        <v>72</v>
+        <v>62</v>
       </c>
     </row>
     <row r="17" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B17" t="s">
-        <v>73</v>
+        <v>63</v>
       </c>
       <c r="C17" t="s">
-        <v>74</v>
+        <v>64</v>
       </c>
       <c r="D17" t="s">
-        <v>75</v>
+        <v>65</v>
       </c>
     </row>
     <row r="18" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B18" t="s">
-        <v>76</v>
+        <v>66</v>
       </c>
       <c r="C18" t="s">
-        <v>77</v>
+        <v>67</v>
       </c>
       <c r="D18" t="s">
-        <v>78</v>
+        <v>68</v>
       </c>
     </row>
     <row r="19" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B19" t="s">
-        <v>79</v>
+        <v>69</v>
       </c>
       <c r="C19" t="s">
-        <v>80</v>
+        <v>70</v>
       </c>
       <c r="D19" t="s">
-        <v>81</v>
+        <v>71</v>
       </c>
     </row>
     <row r="20" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B20" t="s">
-        <v>82</v>
+        <v>72</v>
       </c>
       <c r="D20" t="s">
-        <v>83</v>
+        <v>73</v>
       </c>
     </row>
     <row r="21" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B21" t="s">
-        <v>84</v>
+        <v>74</v>
       </c>
       <c r="C21" t="s">
-        <v>85</v>
+        <v>75</v>
       </c>
       <c r="D21" t="s">
-        <v>86</v>
+        <v>76</v>
       </c>
     </row>
     <row r="22" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B22" t="s">
-        <v>87</v>
+        <v>77</v>
       </c>
       <c r="C22" t="s">
-        <v>88</v>
+        <v>78</v>
       </c>
       <c r="D22" t="s">
-        <v>89</v>
+        <v>79</v>
       </c>
     </row>
     <row r="23" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B23" t="s">
-        <v>90</v>
+        <v>80</v>
       </c>
       <c r="C23" t="s">
-        <v>91</v>
+        <v>81</v>
       </c>
       <c r="D23" t="s">
-        <v>92</v>
+        <v>82</v>
       </c>
     </row>
     <row r="24" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B24" t="s">
-        <v>93</v>
+        <v>83</v>
       </c>
       <c r="C24" t="s">
-        <v>94</v>
+        <v>84</v>
       </c>
       <c r="D24" t="s">
-        <v>95</v>
+        <v>85</v>
       </c>
     </row>
     <row r="25" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B25" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="C25" t="s">
-        <v>97</v>
+        <v>87</v>
       </c>
       <c r="D25" t="s">
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="26" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B26" t="s">
-        <v>99</v>
+        <v>89</v>
       </c>
       <c r="C26" t="s">
-        <v>100</v>
+        <v>90</v>
       </c>
       <c r="D26" t="s">
-        <v>101</v>
+        <v>91</v>
       </c>
     </row>
     <row r="27" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B27" t="s">
-        <v>102</v>
+        <v>92</v>
       </c>
       <c r="C27" t="s">
-        <v>103</v>
+        <v>93</v>
       </c>
       <c r="D27" t="s">
-        <v>104</v>
+        <v>94</v>
       </c>
     </row>
     <row r="28" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B28" t="s">
-        <v>105</v>
+        <v>95</v>
       </c>
       <c r="C28" t="s">
-        <v>106</v>
+        <v>96</v>
       </c>
       <c r="D28" t="s">
-        <v>107</v>
+        <v>97</v>
       </c>
     </row>
     <row r="29" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B29" t="s">
-        <v>108</v>
+        <v>98</v>
       </c>
       <c r="D29" t="s">
-        <v>109</v>
+        <v>99</v>
       </c>
     </row>
     <row r="30" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B30" t="s">
-        <v>110</v>
+        <v>100</v>
       </c>
       <c r="C30" t="s">
-        <v>111</v>
+        <v>101</v>
       </c>
       <c r="D30" t="s">
-        <v>112</v>
+        <v>102</v>
       </c>
     </row>
     <row r="31" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B31" t="s">
-        <v>113</v>
+        <v>103</v>
       </c>
       <c r="C31" t="s">
-        <v>114</v>
+        <v>104</v>
       </c>
       <c r="D31" t="s">
-        <v>115</v>
+        <v>105</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0500-000000000000}">
   <dimension ref="A1:D98"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>35</v>
+        <v>25</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>36</v>
+        <v>26</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="B2" t="s">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="D2" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
     </row>
     <row r="3" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
-        <v>585</v>
+        <v>575</v>
       </c>
       <c r="B3" t="s">
-        <v>38</v>
+        <v>28</v>
       </c>
       <c r="D3" t="s">
-        <v>586</v>
+        <v>576</v>
       </c>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B4" t="s">
-        <v>38</v>
+        <v>28</v>
       </c>
       <c r="D4" t="s">
-        <v>587</v>
+        <v>577</v>
       </c>
     </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B5" t="s">
-        <v>588</v>
+        <v>578</v>
       </c>
       <c r="D5" t="s">
-        <v>589</v>
+        <v>579</v>
       </c>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B6" t="s">
-        <v>125</v>
+        <v>115</v>
       </c>
       <c r="D6" t="s">
-        <v>590</v>
+        <v>580</v>
       </c>
     </row>
     <row r="7" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B7" t="s">
-        <v>591</v>
+        <v>581</v>
       </c>
       <c r="D7" t="s">
-        <v>592</v>
+        <v>582</v>
       </c>
     </row>
     <row r="8" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B8" t="s">
-        <v>593</v>
+        <v>583</v>
       </c>
       <c r="D8" t="s">
-        <v>594</v>
+        <v>584</v>
       </c>
     </row>
     <row r="9" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B9" t="s">
-        <v>482</v>
+        <v>472</v>
       </c>
       <c r="D9" t="s">
-        <v>595</v>
+        <v>585</v>
       </c>
     </row>
     <row r="10" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B10" t="s">
-        <v>596</v>
+        <v>586</v>
       </c>
       <c r="D10" t="s">
-        <v>597</v>
+        <v>587</v>
       </c>
     </row>
     <row r="11" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B11" t="s">
-        <v>598</v>
+        <v>588</v>
       </c>
       <c r="D11" t="s">
-        <v>599</v>
+        <v>589</v>
       </c>
     </row>
     <row r="12" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B12" t="s">
-        <v>600</v>
+        <v>590</v>
       </c>
       <c r="C12" t="s">
-        <v>51</v>
+        <v>41</v>
       </c>
       <c r="D12" t="s">
-        <v>601</v>
+        <v>591</v>
       </c>
     </row>
     <row r="13" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B13" t="s">
-        <v>602</v>
+        <v>592</v>
       </c>
       <c r="C13" t="s">
-        <v>54</v>
+        <v>44</v>
       </c>
       <c r="D13" t="s">
-        <v>603</v>
+        <v>593</v>
       </c>
     </row>
     <row r="14" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B14" t="s">
-        <v>604</v>
+        <v>594</v>
       </c>
       <c r="C14" t="s">
-        <v>57</v>
+        <v>47</v>
       </c>
       <c r="D14" t="s">
-        <v>605</v>
+        <v>595</v>
       </c>
     </row>
     <row r="15" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B15" t="s">
-        <v>606</v>
+        <v>596</v>
       </c>
       <c r="C15" t="s">
-        <v>60</v>
+        <v>50</v>
       </c>
       <c r="D15" t="s">
-        <v>607</v>
+        <v>597</v>
       </c>
     </row>
     <row r="16" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B16" t="s">
-        <v>608</v>
+        <v>598</v>
       </c>
       <c r="C16" t="s">
-        <v>63</v>
+        <v>53</v>
       </c>
       <c r="D16" t="s">
-        <v>609</v>
+        <v>599</v>
       </c>
     </row>
     <row r="17" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B17" t="s">
-        <v>59</v>
+        <v>49</v>
       </c>
       <c r="C17" t="s">
-        <v>66</v>
+        <v>56</v>
       </c>
       <c r="D17" t="s">
-        <v>610</v>
+        <v>600</v>
       </c>
     </row>
     <row r="18" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B18" t="s">
-        <v>611</v>
+        <v>601</v>
       </c>
       <c r="C18" t="s">
-        <v>71</v>
+        <v>61</v>
       </c>
       <c r="D18" t="s">
-        <v>612</v>
+        <v>602</v>
       </c>
     </row>
     <row r="19" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B19" t="s">
-        <v>613</v>
+        <v>603</v>
       </c>
       <c r="C19" t="s">
-        <v>74</v>
+        <v>64</v>
       </c>
       <c r="D19" t="s">
-        <v>614</v>
+        <v>604</v>
       </c>
     </row>
     <row r="20" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B20" t="s">
-        <v>615</v>
+        <v>605</v>
       </c>
       <c r="C20" t="s">
-        <v>77</v>
+        <v>67</v>
       </c>
       <c r="D20" t="s">
-        <v>616</v>
+        <v>606</v>
       </c>
     </row>
     <row r="21" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B21" t="s">
-        <v>617</v>
+        <v>607</v>
       </c>
       <c r="D21" t="s">
-        <v>618</v>
+        <v>608</v>
       </c>
     </row>
     <row r="22" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B22" t="s">
-        <v>619</v>
+        <v>609</v>
       </c>
       <c r="C22" t="s">
-        <v>80</v>
+        <v>70</v>
       </c>
       <c r="D22" t="s">
-        <v>620</v>
+        <v>610</v>
       </c>
     </row>
     <row r="23" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B23" t="s">
-        <v>621</v>
+        <v>611</v>
       </c>
       <c r="C23" t="s">
-        <v>85</v>
+        <v>75</v>
       </c>
       <c r="D23" t="s">
-        <v>622</v>
+        <v>612</v>
       </c>
     </row>
     <row r="24" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B24" t="s">
-        <v>623</v>
+        <v>613</v>
       </c>
       <c r="C24" t="s">
-        <v>88</v>
+        <v>78</v>
       </c>
       <c r="D24" t="s">
-        <v>624</v>
+        <v>614</v>
       </c>
     </row>
     <row r="25" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B25" t="s">
-        <v>625</v>
+        <v>615</v>
       </c>
       <c r="C25" t="s">
-        <v>91</v>
+        <v>81</v>
       </c>
       <c r="D25" t="s">
-        <v>626</v>
+        <v>616</v>
       </c>
     </row>
     <row r="26" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B26" t="s">
-        <v>627</v>
+        <v>617</v>
       </c>
       <c r="C26" t="s">
-        <v>94</v>
+        <v>84</v>
       </c>
       <c r="D26" t="s">
-        <v>628</v>
+        <v>618</v>
       </c>
     </row>
     <row r="27" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B27" t="s">
-        <v>629</v>
+        <v>619</v>
       </c>
       <c r="C27" t="s">
-        <v>97</v>
+        <v>87</v>
       </c>
       <c r="D27" t="s">
-        <v>630</v>
+        <v>620</v>
       </c>
     </row>
     <row r="28" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B28" t="s">
-        <v>631</v>
+        <v>621</v>
       </c>
       <c r="C28" t="s">
-        <v>100</v>
+        <v>90</v>
       </c>
       <c r="D28" t="s">
-        <v>632</v>
+        <v>622</v>
       </c>
     </row>
     <row r="29" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B29" t="s">
-        <v>633</v>
+        <v>623</v>
       </c>
       <c r="C29" t="s">
-        <v>103</v>
+        <v>93</v>
       </c>
       <c r="D29" t="s">
-        <v>634</v>
+        <v>624</v>
       </c>
     </row>
     <row r="30" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B30" t="s">
-        <v>635</v>
+        <v>625</v>
       </c>
       <c r="C30" t="s">
-        <v>106</v>
+        <v>96</v>
       </c>
       <c r="D30" t="s">
-        <v>636</v>
+        <v>626</v>
       </c>
     </row>
     <row r="31" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B31" t="s">
-        <v>471</v>
+        <v>461</v>
       </c>
       <c r="C31" t="s">
-        <v>111</v>
+        <v>101</v>
       </c>
       <c r="D31" t="s">
-        <v>637</v>
+        <v>627</v>
       </c>
     </row>
     <row r="32" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B32" t="s">
-        <v>638</v>
+        <v>628</v>
       </c>
       <c r="C32" t="s">
-        <v>114</v>
+        <v>104</v>
       </c>
       <c r="D32" t="s">
-        <v>639</v>
+        <v>629</v>
       </c>
     </row>
     <row r="33" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B33" t="s">
-        <v>640</v>
+        <v>630</v>
       </c>
       <c r="D33" t="s">
-        <v>641</v>
+        <v>631</v>
       </c>
     </row>
     <row r="34" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B34" t="s">
-        <v>642</v>
+        <v>632</v>
       </c>
       <c r="C34" t="s">
-        <v>171</v>
+        <v>161</v>
       </c>
       <c r="D34" t="s">
-        <v>643</v>
+        <v>633</v>
       </c>
     </row>
     <row r="35" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B35" t="s">
-        <v>644</v>
+        <v>634</v>
       </c>
       <c r="C35" t="s">
-        <v>174</v>
+        <v>164</v>
       </c>
       <c r="D35" t="s">
-        <v>645</v>
+        <v>635</v>
       </c>
     </row>
     <row r="36" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B36" t="s">
-        <v>646</v>
+        <v>636</v>
       </c>
       <c r="C36" t="s">
-        <v>177</v>
+        <v>167</v>
       </c>
       <c r="D36" t="s">
-        <v>647</v>
+        <v>637</v>
       </c>
     </row>
     <row r="37" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B37" t="s">
-        <v>648</v>
+        <v>638</v>
       </c>
       <c r="C37" t="s">
-        <v>182</v>
+        <v>172</v>
       </c>
       <c r="D37" t="s">
-        <v>649</v>
+        <v>639</v>
       </c>
     </row>
     <row r="38" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B38" t="s">
-        <v>650</v>
+        <v>640</v>
       </c>
       <c r="C38" t="s">
-        <v>185</v>
+        <v>175</v>
       </c>
       <c r="D38" t="s">
-        <v>651</v>
+        <v>641</v>
       </c>
     </row>
     <row r="39" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B39" t="s">
-        <v>652</v>
+        <v>642</v>
       </c>
       <c r="C39" t="s">
-        <v>188</v>
+        <v>178</v>
       </c>
       <c r="D39" t="s">
-        <v>653</v>
+        <v>643</v>
       </c>
     </row>
     <row r="40" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B40" t="s">
-        <v>654</v>
+        <v>644</v>
       </c>
       <c r="C40" t="s">
-        <v>191</v>
+        <v>181</v>
       </c>
       <c r="D40" t="s">
-        <v>655</v>
+        <v>645</v>
       </c>
     </row>
     <row r="41" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B41" t="s">
-        <v>656</v>
+        <v>646</v>
       </c>
       <c r="C41" t="s">
-        <v>194</v>
+        <v>184</v>
       </c>
       <c r="D41" t="s">
-        <v>657</v>
+        <v>647</v>
       </c>
     </row>
     <row r="42" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B42" t="s">
-        <v>658</v>
+        <v>648</v>
       </c>
       <c r="C42" t="s">
-        <v>196</v>
+        <v>186</v>
       </c>
       <c r="D42" t="s">
-        <v>659</v>
+        <v>649</v>
       </c>
     </row>
     <row r="43" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B43" t="s">
-        <v>660</v>
+        <v>650</v>
       </c>
       <c r="C43" t="s">
-        <v>199</v>
+        <v>189</v>
       </c>
       <c r="D43" t="s">
-        <v>661</v>
+        <v>651</v>
       </c>
     </row>
     <row r="44" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B44" t="s">
-        <v>662</v>
+        <v>652</v>
       </c>
       <c r="C44" t="s">
-        <v>202</v>
+        <v>192</v>
       </c>
       <c r="D44" t="s">
-        <v>663</v>
+        <v>653</v>
       </c>
     </row>
     <row r="45" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B45" t="s">
-        <v>664</v>
+        <v>654</v>
       </c>
       <c r="C45" t="s">
-        <v>205</v>
+        <v>195</v>
       </c>
       <c r="D45" t="s">
-        <v>665</v>
+        <v>655</v>
       </c>
     </row>
     <row r="46" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B46" t="s">
-        <v>666</v>
+        <v>656</v>
       </c>
       <c r="C46" t="s">
-        <v>208</v>
+        <v>198</v>
       </c>
       <c r="D46" t="s">
-        <v>667</v>
+        <v>657</v>
       </c>
     </row>
     <row r="47" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B47" t="s">
-        <v>668</v>
+        <v>658</v>
       </c>
       <c r="C47" t="s">
-        <v>211</v>
+        <v>201</v>
       </c>
       <c r="D47" t="s">
-        <v>669</v>
+        <v>659</v>
       </c>
     </row>
     <row r="48" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B48" t="s">
-        <v>670</v>
+        <v>660</v>
       </c>
       <c r="C48" t="s">
-        <v>216</v>
+        <v>206</v>
       </c>
       <c r="D48" t="s">
-        <v>671</v>
+        <v>661</v>
       </c>
     </row>
     <row r="49" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B49" t="s">
-        <v>672</v>
+        <v>662</v>
       </c>
       <c r="C49" t="s">
-        <v>219</v>
+        <v>209</v>
       </c>
       <c r="D49" t="s">
-        <v>673</v>
+        <v>663</v>
       </c>
     </row>
     <row r="50" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B50" t="s">
-        <v>674</v>
+        <v>664</v>
       </c>
       <c r="C50" t="s">
-        <v>222</v>
+        <v>212</v>
       </c>
       <c r="D50" t="s">
-        <v>675</v>
+        <v>665</v>
       </c>
     </row>
     <row r="51" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B51" t="s">
-        <v>676</v>
+        <v>666</v>
       </c>
       <c r="C51" t="s">
-        <v>225</v>
+        <v>215</v>
       </c>
       <c r="D51" t="s">
-        <v>677</v>
+        <v>667</v>
       </c>
     </row>
     <row r="52" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B52" t="s">
-        <v>678</v>
+        <v>668</v>
       </c>
       <c r="D52" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
     </row>
     <row r="53" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B53" t="s">
-        <v>680</v>
+        <v>670</v>
       </c>
       <c r="C53" t="s">
-        <v>228</v>
+        <v>218</v>
       </c>
       <c r="D53" t="s">
-        <v>681</v>
+        <v>671</v>
       </c>
     </row>
     <row r="54" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B54" t="s">
-        <v>682</v>
+        <v>672</v>
       </c>
       <c r="C54" t="s">
-        <v>230</v>
+        <v>220</v>
       </c>
       <c r="D54" t="s">
-        <v>683</v>
+        <v>673</v>
       </c>
     </row>
     <row r="55" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B55" t="s">
-        <v>684</v>
+        <v>674</v>
       </c>
       <c r="C55" t="s">
-        <v>232</v>
+        <v>222</v>
       </c>
       <c r="D55" t="s">
-        <v>685</v>
+        <v>675</v>
       </c>
     </row>
     <row r="56" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B56" t="s">
-        <v>686</v>
+        <v>676</v>
       </c>
       <c r="C56" t="s">
-        <v>687</v>
+        <v>677</v>
       </c>
       <c r="D56" t="s">
-        <v>688</v>
+        <v>678</v>
       </c>
     </row>
     <row r="57" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B57" t="s">
-        <v>686</v>
+        <v>676</v>
       </c>
       <c r="C57" t="s">
-        <v>687</v>
+        <v>677</v>
       </c>
       <c r="D57" t="s">
-        <v>689</v>
+        <v>679</v>
       </c>
     </row>
     <row r="58" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B58" t="s">
-        <v>600</v>
+        <v>590</v>
       </c>
       <c r="C58" t="s">
-        <v>51</v>
+        <v>41</v>
       </c>
       <c r="D58" t="s">
-        <v>690</v>
+        <v>680</v>
       </c>
     </row>
     <row r="59" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B59" t="s">
-        <v>602</v>
+        <v>592</v>
       </c>
       <c r="C59" t="s">
-        <v>54</v>
+        <v>44</v>
       </c>
       <c r="D59" t="s">
-        <v>691</v>
+        <v>681</v>
       </c>
     </row>
     <row r="60" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B60" t="s">
-        <v>604</v>
+        <v>594</v>
       </c>
       <c r="C60" t="s">
-        <v>57</v>
+        <v>47</v>
       </c>
       <c r="D60" t="s">
-        <v>692</v>
+        <v>682</v>
       </c>
     </row>
     <row r="61" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B61" t="s">
-        <v>606</v>
+        <v>596</v>
       </c>
       <c r="C61" t="s">
-        <v>60</v>
+        <v>50</v>
       </c>
       <c r="D61" t="s">
-        <v>693</v>
+        <v>683</v>
       </c>
     </row>
     <row r="62" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B62" t="s">
-        <v>608</v>
+        <v>598</v>
       </c>
       <c r="C62" t="s">
-        <v>63</v>
+        <v>53</v>
       </c>
       <c r="D62" t="s">
-        <v>694</v>
+        <v>684</v>
       </c>
     </row>
     <row r="63" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B63" t="s">
-        <v>59</v>
+        <v>49</v>
       </c>
       <c r="C63" t="s">
-        <v>66</v>
+        <v>56</v>
       </c>
       <c r="D63" t="s">
-        <v>695</v>
+        <v>685</v>
       </c>
     </row>
     <row r="64" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B64" t="s">
-        <v>611</v>
+        <v>601</v>
       </c>
       <c r="C64" t="s">
-        <v>71</v>
+        <v>61</v>
       </c>
       <c r="D64" t="s">
-        <v>696</v>
+        <v>686</v>
       </c>
     </row>
     <row r="65" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B65" t="s">
-        <v>613</v>
+        <v>603</v>
       </c>
       <c r="C65" t="s">
-        <v>74</v>
+        <v>64</v>
       </c>
       <c r="D65" t="s">
-        <v>697</v>
+        <v>687</v>
       </c>
     </row>
     <row r="66" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B66" t="s">
-        <v>615</v>
+        <v>605</v>
       </c>
       <c r="C66" t="s">
-        <v>77</v>
+        <v>67</v>
       </c>
       <c r="D66" t="s">
-        <v>698</v>
+        <v>688</v>
       </c>
     </row>
     <row r="67" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B67" t="s">
-        <v>619</v>
+        <v>609</v>
       </c>
       <c r="C67" t="s">
-        <v>80</v>
+        <v>70</v>
       </c>
       <c r="D67" t="s">
-        <v>699</v>
+        <v>689</v>
       </c>
     </row>
     <row r="68" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B68" t="s">
-        <v>621</v>
+        <v>611</v>
       </c>
       <c r="C68" t="s">
-        <v>85</v>
+        <v>75</v>
       </c>
       <c r="D68" t="s">
-        <v>700</v>
+        <v>690</v>
       </c>
     </row>
     <row r="69" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B69" t="s">
-        <v>623</v>
+        <v>613</v>
       </c>
       <c r="C69" t="s">
-        <v>88</v>
+        <v>78</v>
       </c>
       <c r="D69" t="s">
-        <v>701</v>
+        <v>691</v>
       </c>
     </row>
     <row r="70" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B70" t="s">
-        <v>625</v>
+        <v>615</v>
       </c>
       <c r="C70" t="s">
-        <v>91</v>
+        <v>81</v>
       </c>
       <c r="D70" t="s">
-        <v>702</v>
+        <v>692</v>
       </c>
     </row>
     <row r="71" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B71" t="s">
-        <v>627</v>
+        <v>617</v>
       </c>
       <c r="C71" t="s">
-        <v>94</v>
+        <v>84</v>
       </c>
       <c r="D71" t="s">
-        <v>703</v>
+        <v>693</v>
       </c>
     </row>
     <row r="72" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B72" t="s">
-        <v>629</v>
+        <v>619</v>
       </c>
       <c r="C72" t="s">
-        <v>97</v>
+        <v>87</v>
       </c>
       <c r="D72" t="s">
-        <v>704</v>
+        <v>694</v>
       </c>
     </row>
     <row r="73" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B73" t="s">
-        <v>631</v>
+        <v>621</v>
       </c>
       <c r="C73" t="s">
-        <v>100</v>
+        <v>90</v>
       </c>
       <c r="D73" t="s">
-        <v>705</v>
+        <v>695</v>
       </c>
     </row>
     <row r="74" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B74" t="s">
-        <v>633</v>
+        <v>623</v>
       </c>
       <c r="C74" t="s">
-        <v>103</v>
+        <v>93</v>
       </c>
       <c r="D74" t="s">
-        <v>706</v>
+        <v>696</v>
       </c>
     </row>
     <row r="75" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B75" t="s">
-        <v>635</v>
+        <v>625</v>
       </c>
       <c r="C75" t="s">
-        <v>106</v>
+        <v>96</v>
       </c>
       <c r="D75" t="s">
-        <v>707</v>
+        <v>697</v>
       </c>
     </row>
     <row r="76" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B76" t="s">
-        <v>471</v>
+        <v>461</v>
       </c>
       <c r="C76" t="s">
-        <v>111</v>
+        <v>101</v>
       </c>
       <c r="D76" t="s">
-        <v>708</v>
+        <v>698</v>
       </c>
     </row>
     <row r="77" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B77" t="s">
-        <v>638</v>
+        <v>628</v>
       </c>
       <c r="C77" t="s">
-        <v>114</v>
+        <v>104</v>
       </c>
       <c r="D77" t="s">
-        <v>709</v>
+        <v>699</v>
       </c>
     </row>
     <row r="78" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B78" t="s">
-        <v>642</v>
+        <v>632</v>
       </c>
       <c r="C78" t="s">
-        <v>171</v>
+        <v>161</v>
       </c>
       <c r="D78" t="s">
-        <v>710</v>
+        <v>700</v>
       </c>
     </row>
     <row r="79" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B79" t="s">
-        <v>644</v>
+        <v>634</v>
       </c>
       <c r="C79" t="s">
-        <v>174</v>
+        <v>164</v>
       </c>
       <c r="D79" t="s">
-        <v>711</v>
+        <v>701</v>
       </c>
     </row>
     <row r="80" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B80" t="s">
-        <v>646</v>
+        <v>636</v>
       </c>
       <c r="C80" t="s">
-        <v>177</v>
+        <v>167</v>
       </c>
       <c r="D80" t="s">
-        <v>712</v>
+        <v>702</v>
       </c>
     </row>
     <row r="81" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B81" t="s">
-        <v>648</v>
+        <v>638</v>
       </c>
       <c r="C81" t="s">
-        <v>182</v>
+        <v>172</v>
       </c>
       <c r="D81" t="s">
-        <v>713</v>
+        <v>703</v>
       </c>
     </row>
     <row r="82" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B82" t="s">
-        <v>650</v>
+        <v>640</v>
       </c>
       <c r="C82" t="s">
-        <v>185</v>
+        <v>175</v>
       </c>
       <c r="D82" t="s">
-        <v>714</v>
+        <v>704</v>
       </c>
     </row>
     <row r="83" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B83" t="s">
-        <v>652</v>
+        <v>642</v>
       </c>
       <c r="C83" t="s">
-        <v>188</v>
+        <v>178</v>
       </c>
       <c r="D83" t="s">
-        <v>715</v>
+        <v>705</v>
       </c>
     </row>
     <row r="84" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B84" t="s">
-        <v>654</v>
+        <v>644</v>
       </c>
       <c r="C84" t="s">
-        <v>191</v>
+        <v>181</v>
       </c>
       <c r="D84" t="s">
-        <v>716</v>
+        <v>706</v>
       </c>
     </row>
     <row r="85" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B85" t="s">
-        <v>656</v>
+        <v>646</v>
       </c>
       <c r="C85" t="s">
-        <v>194</v>
+        <v>184</v>
       </c>
       <c r="D85" t="s">
-        <v>717</v>
+        <v>707</v>
       </c>
     </row>
     <row r="86" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B86" t="s">
-        <v>658</v>
+        <v>648</v>
       </c>
       <c r="C86" t="s">
-        <v>196</v>
+        <v>186</v>
       </c>
       <c r="D86" t="s">
-        <v>718</v>
+        <v>708</v>
       </c>
     </row>
     <row r="87" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B87" t="s">
-        <v>660</v>
+        <v>650</v>
       </c>
       <c r="C87" t="s">
-        <v>199</v>
+        <v>189</v>
       </c>
       <c r="D87" t="s">
-        <v>719</v>
+        <v>709</v>
       </c>
     </row>
     <row r="88" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B88" t="s">
-        <v>662</v>
+        <v>652</v>
       </c>
       <c r="C88" t="s">
-        <v>202</v>
+        <v>192</v>
       </c>
       <c r="D88" t="s">
-        <v>720</v>
+        <v>710</v>
       </c>
     </row>
     <row r="89" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B89" t="s">
-        <v>664</v>
+        <v>654</v>
       </c>
       <c r="C89" t="s">
-        <v>205</v>
+        <v>195</v>
       </c>
       <c r="D89" t="s">
-        <v>721</v>
+        <v>711</v>
       </c>
     </row>
     <row r="90" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B90" t="s">
-        <v>666</v>
+        <v>656</v>
       </c>
       <c r="C90" t="s">
-        <v>208</v>
+        <v>198</v>
       </c>
       <c r="D90" t="s">
-        <v>722</v>
+        <v>712</v>
       </c>
     </row>
     <row r="91" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B91" t="s">
-        <v>668</v>
+        <v>658</v>
       </c>
       <c r="C91" t="s">
-        <v>211</v>
+        <v>201</v>
       </c>
       <c r="D91" t="s">
-        <v>723</v>
+        <v>713</v>
       </c>
     </row>
     <row r="92" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B92" t="s">
-        <v>670</v>
+        <v>660</v>
       </c>
       <c r="C92" t="s">
-        <v>216</v>
+        <v>206</v>
       </c>
       <c r="D92" t="s">
-        <v>724</v>
+        <v>714</v>
       </c>
     </row>
     <row r="93" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B93" t="s">
-        <v>672</v>
+        <v>662</v>
       </c>
       <c r="C93" t="s">
-        <v>219</v>
+        <v>209</v>
       </c>
       <c r="D93" t="s">
-        <v>725</v>
+        <v>715</v>
       </c>
     </row>
     <row r="94" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B94" t="s">
-        <v>674</v>
+        <v>664</v>
       </c>
       <c r="C94" t="s">
-        <v>222</v>
+        <v>212</v>
       </c>
       <c r="D94" t="s">
-        <v>726</v>
+        <v>716</v>
       </c>
     </row>
     <row r="95" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B95" t="s">
-        <v>676</v>
+        <v>666</v>
       </c>
       <c r="C95" t="s">
-        <v>225</v>
+        <v>215</v>
       </c>
       <c r="D95" t="s">
-        <v>727</v>
+        <v>717</v>
       </c>
     </row>
     <row r="96" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B96" t="s">
-        <v>680</v>
+        <v>670</v>
       </c>
       <c r="C96" t="s">
-        <v>228</v>
+        <v>218</v>
       </c>
       <c r="D96" t="s">
-        <v>728</v>
+        <v>718</v>
       </c>
     </row>
     <row r="97" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B97" t="s">
-        <v>682</v>
+        <v>672</v>
       </c>
       <c r="C97" t="s">
-        <v>230</v>
+        <v>220</v>
       </c>
       <c r="D97" t="s">
-        <v>729</v>
+        <v>719</v>
       </c>
     </row>
     <row r="98" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B98" t="s">
-        <v>684</v>
+        <v>674</v>
       </c>
       <c r="C98" t="s">
-        <v>232</v>
+        <v>222</v>
       </c>
       <c r="D98" t="s">
-        <v>730</v>
+        <v>720</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0600-000000000000}">
   <dimension ref="A1:D80"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>35</v>
+        <v>25</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>36</v>
+        <v>26</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="B2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="D2" t="s">
-        <v>25</v>
+        <v>20</v>
       </c>
     </row>
     <row r="3" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
-        <v>731</v>
+        <v>721</v>
       </c>
       <c r="B3" t="s">
-        <v>38</v>
+        <v>28</v>
       </c>
       <c r="D3" t="s">
-        <v>732</v>
+        <v>722</v>
       </c>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B4" t="s">
-        <v>119</v>
+        <v>109</v>
       </c>
       <c r="D4" t="s">
-        <v>733</v>
+        <v>723</v>
       </c>
     </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B5" t="s">
-        <v>121</v>
+        <v>111</v>
       </c>
       <c r="D5" t="s">
-        <v>734</v>
+        <v>724</v>
       </c>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B6" t="s">
-        <v>123</v>
+        <v>113</v>
       </c>
       <c r="D6" t="s">
-        <v>735</v>
+        <v>725</v>
       </c>
     </row>
     <row r="7" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B7" t="s">
-        <v>736</v>
+        <v>726</v>
       </c>
       <c r="D7" t="s">
-        <v>737</v>
+        <v>727</v>
       </c>
     </row>
     <row r="8" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B8" t="s">
-        <v>738</v>
+        <v>728</v>
       </c>
       <c r="D8" t="s">
-        <v>739</v>
+        <v>729</v>
       </c>
     </row>
     <row r="9" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B9" t="s">
-        <v>740</v>
+        <v>730</v>
       </c>
       <c r="D9" t="s">
-        <v>741</v>
+        <v>731</v>
       </c>
     </row>
     <row r="10" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B10" t="s">
-        <v>742</v>
+        <v>732</v>
       </c>
       <c r="D10" t="s">
-        <v>743</v>
+        <v>733</v>
       </c>
     </row>
     <row r="11" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B11" t="s">
-        <v>744</v>
+        <v>734</v>
       </c>
       <c r="D11" t="s">
-        <v>745</v>
+        <v>735</v>
       </c>
     </row>
     <row r="12" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B12" t="s">
-        <v>746</v>
+        <v>736</v>
       </c>
       <c r="D12" t="s">
-        <v>747</v>
+        <v>737</v>
       </c>
     </row>
     <row r="13" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B13" t="s">
-        <v>748</v>
+        <v>738</v>
       </c>
       <c r="D13" t="s">
-        <v>749</v>
+        <v>739</v>
       </c>
     </row>
     <row r="14" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B14" t="s">
-        <v>750</v>
+        <v>740</v>
       </c>
       <c r="D14" t="s">
-        <v>751</v>
+        <v>741</v>
       </c>
     </row>
     <row r="15" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B15" t="s">
-        <v>752</v>
+        <v>742</v>
       </c>
       <c r="D15" t="s">
-        <v>753</v>
+        <v>743</v>
       </c>
     </row>
     <row r="16" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B16" t="s">
-        <v>754</v>
+        <v>744</v>
       </c>
       <c r="D16" t="s">
-        <v>755</v>
+        <v>745</v>
       </c>
     </row>
     <row r="17" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B17" t="s">
-        <v>756</v>
+        <v>746</v>
       </c>
       <c r="D17" t="s">
-        <v>757</v>
+        <v>747</v>
       </c>
     </row>
     <row r="18" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B18" t="s">
-        <v>758</v>
+        <v>748</v>
       </c>
       <c r="D18" t="s">
-        <v>759</v>
+        <v>749</v>
       </c>
     </row>
     <row r="19" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B19" t="s">
-        <v>760</v>
+        <v>750</v>
       </c>
       <c r="D19" t="s">
-        <v>761</v>
+        <v>751</v>
       </c>
     </row>
     <row r="20" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B20" t="s">
-        <v>762</v>
+        <v>752</v>
       </c>
       <c r="D20" t="s">
-        <v>763</v>
+        <v>753</v>
       </c>
     </row>
     <row r="21" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B21" t="s">
-        <v>764</v>
+        <v>754</v>
       </c>
       <c r="D21" t="s">
-        <v>765</v>
+        <v>755</v>
       </c>
     </row>
     <row r="22" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B22" t="s">
-        <v>766</v>
+        <v>756</v>
       </c>
       <c r="D22" t="s">
-        <v>767</v>
+        <v>757</v>
       </c>
     </row>
     <row r="23" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B23" t="s">
-        <v>768</v>
+        <v>758</v>
       </c>
       <c r="D23" t="s">
-        <v>769</v>
+        <v>759</v>
       </c>
     </row>
     <row r="24" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B24" t="s">
-        <v>770</v>
+        <v>760</v>
       </c>
       <c r="D24" t="s">
-        <v>771</v>
+        <v>761</v>
       </c>
     </row>
     <row r="25" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B25" t="s">
-        <v>772</v>
+        <v>762</v>
       </c>
       <c r="D25" t="s">
-        <v>773</v>
+        <v>763</v>
       </c>
     </row>
     <row r="26" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B26" t="s">
-        <v>774</v>
+        <v>764</v>
       </c>
       <c r="D26" t="s">
-        <v>775</v>
+        <v>765</v>
       </c>
     </row>
     <row r="27" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B27" t="s">
-        <v>776</v>
+        <v>766</v>
       </c>
       <c r="D27" t="s">
-        <v>777</v>
+        <v>767</v>
       </c>
     </row>
     <row r="28" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B28" t="s">
-        <v>778</v>
+        <v>768</v>
       </c>
       <c r="D28" t="s">
-        <v>779</v>
+        <v>769</v>
       </c>
     </row>
     <row r="29" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B29" t="s">
-        <v>780</v>
+        <v>770</v>
       </c>
       <c r="D29" t="s">
-        <v>781</v>
+        <v>771</v>
       </c>
     </row>
     <row r="30" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B30" t="s">
-        <v>782</v>
+        <v>772</v>
       </c>
       <c r="D30" t="s">
-        <v>783</v>
+        <v>773</v>
       </c>
     </row>
     <row r="31" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B31" t="s">
-        <v>784</v>
+        <v>774</v>
       </c>
       <c r="D31" t="s">
-        <v>785</v>
+        <v>775</v>
       </c>
     </row>
     <row r="32" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B32" t="s">
-        <v>786</v>
+        <v>776</v>
       </c>
       <c r="D32" t="s">
-        <v>787</v>
+        <v>777</v>
       </c>
     </row>
     <row r="33" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B33" t="s">
-        <v>788</v>
+        <v>778</v>
       </c>
       <c r="D33" t="s">
-        <v>789</v>
+        <v>779</v>
       </c>
     </row>
     <row r="34" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B34" t="s">
-        <v>790</v>
+        <v>780</v>
       </c>
       <c r="D34" t="s">
-        <v>791</v>
+        <v>781</v>
       </c>
     </row>
     <row r="35" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B35" t="s">
-        <v>792</v>
+        <v>782</v>
       </c>
       <c r="D35" t="s">
-        <v>793</v>
+        <v>783</v>
       </c>
     </row>
     <row r="36" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B36" t="s">
-        <v>794</v>
+        <v>784</v>
       </c>
       <c r="D36" t="s">
-        <v>795</v>
+        <v>785</v>
       </c>
     </row>
     <row r="37" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B37" t="s">
-        <v>796</v>
+        <v>786</v>
       </c>
       <c r="D37" t="s">
-        <v>797</v>
+        <v>787</v>
       </c>
     </row>
     <row r="38" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B38" t="s">
-        <v>798</v>
+        <v>788</v>
       </c>
       <c r="D38" t="s">
-        <v>799</v>
+        <v>789</v>
       </c>
     </row>
     <row r="39" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B39" t="s">
-        <v>800</v>
+        <v>790</v>
       </c>
       <c r="D39" t="s">
-        <v>801</v>
+        <v>791</v>
       </c>
     </row>
     <row r="40" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B40" t="s">
-        <v>802</v>
+        <v>792</v>
       </c>
       <c r="D40" t="s">
-        <v>803</v>
+        <v>793</v>
       </c>
     </row>
     <row r="41" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B41" t="s">
-        <v>804</v>
+        <v>794</v>
       </c>
       <c r="D41" t="s">
-        <v>805</v>
+        <v>795</v>
       </c>
     </row>
     <row r="42" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B42" t="s">
-        <v>806</v>
+        <v>796</v>
       </c>
       <c r="D42" t="s">
-        <v>807</v>
+        <v>797</v>
       </c>
     </row>
     <row r="43" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B43" t="s">
-        <v>808</v>
+        <v>798</v>
       </c>
       <c r="D43" t="s">
-        <v>809</v>
+        <v>799</v>
       </c>
     </row>
     <row r="44" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B44" t="s">
-        <v>810</v>
+        <v>800</v>
       </c>
       <c r="D44" t="s">
-        <v>811</v>
+        <v>801</v>
       </c>
     </row>
     <row r="45" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B45" t="s">
-        <v>812</v>
+        <v>802</v>
       </c>
       <c r="D45" t="s">
-        <v>813</v>
+        <v>803</v>
       </c>
     </row>
     <row r="46" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B46" t="s">
-        <v>814</v>
+        <v>804</v>
       </c>
       <c r="D46" t="s">
-        <v>815</v>
+        <v>805</v>
       </c>
     </row>
     <row r="47" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B47" t="s">
-        <v>816</v>
+        <v>806</v>
       </c>
       <c r="D47" t="s">
-        <v>817</v>
+        <v>807</v>
       </c>
     </row>
     <row r="48" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B48" t="s">
-        <v>818</v>
+        <v>808</v>
       </c>
       <c r="D48" t="s">
-        <v>819</v>
+        <v>809</v>
       </c>
     </row>
     <row r="49" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B49" t="s">
-        <v>820</v>
+        <v>810</v>
       </c>
       <c r="D49" t="s">
-        <v>821</v>
+        <v>811</v>
       </c>
     </row>
     <row r="50" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B50" t="s">
-        <v>822</v>
+        <v>812</v>
       </c>
       <c r="D50" t="s">
-        <v>823</v>
+        <v>813</v>
       </c>
     </row>
     <row r="51" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B51" t="s">
-        <v>824</v>
+        <v>814</v>
       </c>
       <c r="D51" t="s">
-        <v>825</v>
+        <v>815</v>
       </c>
     </row>
     <row r="52" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B52" t="s">
-        <v>826</v>
+        <v>816</v>
       </c>
       <c r="D52" t="s">
-        <v>827</v>
+        <v>817</v>
       </c>
     </row>
     <row r="53" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B53" t="s">
-        <v>828</v>
+        <v>818</v>
       </c>
       <c r="D53" t="s">
-        <v>829</v>
+        <v>819</v>
       </c>
     </row>
     <row r="54" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B54" t="s">
-        <v>830</v>
+        <v>820</v>
       </c>
       <c r="D54" t="s">
-        <v>831</v>
+        <v>821</v>
       </c>
     </row>
     <row r="55" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B55" t="s">
-        <v>832</v>
+        <v>822</v>
       </c>
       <c r="D55" t="s">
-        <v>833</v>
+        <v>823</v>
       </c>
     </row>
     <row r="56" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B56" t="s">
-        <v>834</v>
+        <v>824</v>
       </c>
       <c r="D56" t="s">
-        <v>835</v>
+        <v>825</v>
       </c>
     </row>
     <row r="57" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B57" t="s">
-        <v>836</v>
+        <v>826</v>
       </c>
       <c r="D57" t="s">
-        <v>837</v>
+        <v>827</v>
       </c>
     </row>
     <row r="58" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B58" t="s">
-        <v>838</v>
+        <v>828</v>
       </c>
       <c r="D58" t="s">
-        <v>839</v>
+        <v>829</v>
       </c>
     </row>
     <row r="59" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B59" t="s">
-        <v>840</v>
+        <v>830</v>
       </c>
       <c r="D59" t="s">
-        <v>841</v>
+        <v>831</v>
       </c>
     </row>
     <row r="60" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B60" t="s">
-        <v>842</v>
+        <v>832</v>
       </c>
       <c r="D60" t="s">
-        <v>843</v>
+        <v>833</v>
       </c>
     </row>
     <row r="61" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B61" t="s">
-        <v>844</v>
+        <v>834</v>
       </c>
       <c r="D61" t="s">
-        <v>845</v>
+        <v>835</v>
       </c>
     </row>
     <row r="62" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B62" t="s">
-        <v>846</v>
+        <v>836</v>
       </c>
       <c r="D62" t="s">
-        <v>847</v>
+        <v>837</v>
       </c>
     </row>
     <row r="63" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B63" t="s">
-        <v>848</v>
+        <v>838</v>
       </c>
       <c r="D63" t="s">
-        <v>849</v>
+        <v>839</v>
       </c>
     </row>
     <row r="64" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B64" t="s">
-        <v>850</v>
+        <v>840</v>
       </c>
       <c r="D64" t="s">
-        <v>851</v>
+        <v>841</v>
       </c>
     </row>
     <row r="65" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B65" t="s">
-        <v>852</v>
+        <v>842</v>
       </c>
       <c r="D65" t="s">
-        <v>853</v>
+        <v>843</v>
       </c>
     </row>
     <row r="66" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B66" t="s">
-        <v>854</v>
+        <v>844</v>
       </c>
       <c r="D66" t="s">
-        <v>855</v>
+        <v>845</v>
       </c>
     </row>
     <row r="67" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B67" t="s">
-        <v>856</v>
+        <v>846</v>
       </c>
       <c r="D67" t="s">
-        <v>857</v>
+        <v>847</v>
       </c>
     </row>
     <row r="68" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B68" t="s">
-        <v>858</v>
+        <v>848</v>
       </c>
       <c r="D68" t="s">
-        <v>859</v>
+        <v>849</v>
       </c>
     </row>
     <row r="69" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B69" t="s">
-        <v>860</v>
+        <v>850</v>
       </c>
       <c r="D69" t="s">
-        <v>861</v>
+        <v>851</v>
       </c>
     </row>
     <row r="70" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B70" t="s">
-        <v>862</v>
+        <v>852</v>
       </c>
       <c r="D70" t="s">
-        <v>863</v>
+        <v>853</v>
       </c>
     </row>
     <row r="71" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B71" t="s">
-        <v>864</v>
+        <v>854</v>
       </c>
       <c r="D71" t="s">
-        <v>865</v>
+        <v>855</v>
       </c>
     </row>
     <row r="72" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B72" t="s">
-        <v>866</v>
+        <v>856</v>
       </c>
       <c r="D72" t="s">
-        <v>867</v>
+        <v>857</v>
       </c>
     </row>
     <row r="73" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B73" t="s">
-        <v>868</v>
+        <v>858</v>
       </c>
       <c r="D73" t="s">
-        <v>869</v>
+        <v>859</v>
       </c>
     </row>
     <row r="74" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B74" t="s">
-        <v>870</v>
+        <v>860</v>
       </c>
       <c r="D74" t="s">
-        <v>871</v>
+        <v>861</v>
       </c>
     </row>
     <row r="75" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B75" t="s">
-        <v>608</v>
+        <v>598</v>
       </c>
       <c r="D75" t="s">
-        <v>872</v>
+        <v>862</v>
       </c>
     </row>
     <row r="76" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B76" t="s">
-        <v>873</v>
+        <v>863</v>
       </c>
       <c r="D76" t="s">
-        <v>874</v>
+        <v>864</v>
       </c>
     </row>
     <row r="77" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B77" t="s">
-        <v>875</v>
+        <v>865</v>
       </c>
       <c r="D77" t="s">
-        <v>876</v>
+        <v>866</v>
       </c>
     </row>
     <row r="78" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B78" t="s">
-        <v>877</v>
+        <v>867</v>
       </c>
       <c r="D78" t="s">
-        <v>878</v>
+        <v>868</v>
       </c>
     </row>
     <row r="79" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B79" t="s">
-        <v>879</v>
+        <v>869</v>
       </c>
       <c r="D79" t="s">
-        <v>880</v>
+        <v>870</v>
       </c>
     </row>
     <row r="80" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B80" t="s">
-        <v>881</v>
+        <v>871</v>
       </c>
       <c r="D80" t="s">
-        <v>882</v>
+        <v>872</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0700-000000000000}">
   <dimension ref="A1:D19"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>35</v>
+        <v>25</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>36</v>
+        <v>26</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
-        <v>26</v>
+        <v>21</v>
       </c>
       <c r="B2" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="D2" t="s">
-        <v>29</v>
+        <v>23</v>
       </c>
     </row>
     <row r="3" spans="1:4" ht="25" x14ac:dyDescent="0.25">
       <c r="B3" s="3" t="s">
-        <v>883</v>
+        <v>873</v>
       </c>
       <c r="D3" t="s">
-        <v>884</v>
+        <v>874</v>
       </c>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B4" t="s">
-        <v>123</v>
+        <v>113</v>
       </c>
       <c r="D4" t="s">
-        <v>885</v>
+        <v>875</v>
       </c>
     </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B5" t="s">
-        <v>591</v>
+        <v>581</v>
       </c>
       <c r="D5" t="s">
-        <v>886</v>
+        <v>876</v>
       </c>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B6" t="s">
-        <v>121</v>
+        <v>111</v>
       </c>
       <c r="D6" t="s">
-        <v>887</v>
+        <v>877</v>
       </c>
     </row>
     <row r="7" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B7" t="s">
-        <v>888</v>
+        <v>878</v>
       </c>
       <c r="C7" t="s">
-        <v>51</v>
+        <v>41</v>
       </c>
       <c r="D7" t="s">
-        <v>889</v>
+        <v>879</v>
       </c>
     </row>
     <row r="8" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B8" t="s">
-        <v>890</v>
+        <v>880</v>
       </c>
       <c r="C8" t="s">
-        <v>54</v>
+        <v>44</v>
       </c>
       <c r="D8" t="s">
-        <v>891</v>
+        <v>881</v>
       </c>
     </row>
     <row r="9" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B9" t="s">
-        <v>892</v>
+        <v>882</v>
       </c>
       <c r="C9" t="s">
-        <v>57</v>
+        <v>47</v>
       </c>
       <c r="D9" t="s">
-        <v>893</v>
+        <v>883</v>
       </c>
     </row>
     <row r="10" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B10" t="s">
-        <v>894</v>
+        <v>884</v>
       </c>
       <c r="C10" t="s">
-        <v>60</v>
+        <v>50</v>
       </c>
       <c r="D10" t="s">
-        <v>895</v>
+        <v>885</v>
       </c>
     </row>
     <row r="11" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B11" t="s">
-        <v>896</v>
+        <v>886</v>
       </c>
       <c r="C11" t="s">
-        <v>63</v>
+        <v>53</v>
       </c>
       <c r="D11" t="s">
-        <v>897</v>
+        <v>887</v>
       </c>
     </row>
     <row r="12" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B12" t="s">
-        <v>898</v>
+        <v>888</v>
       </c>
       <c r="C12" t="s">
-        <v>66</v>
+        <v>56</v>
       </c>
       <c r="D12" t="s">
-        <v>899</v>
+        <v>889</v>
       </c>
     </row>
     <row r="13" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B13" t="s">
-        <v>900</v>
+        <v>890</v>
       </c>
       <c r="C13" t="s">
-        <v>71</v>
+        <v>61</v>
       </c>
       <c r="D13" t="s">
-        <v>901</v>
+        <v>891</v>
       </c>
     </row>
     <row r="14" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B14" t="s">
-        <v>902</v>
+        <v>892</v>
       </c>
       <c r="C14" t="s">
-        <v>74</v>
+        <v>64</v>
       </c>
       <c r="D14" t="s">
-        <v>903</v>
+        <v>893</v>
       </c>
     </row>
     <row r="15" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B15" t="s">
-        <v>904</v>
+        <v>894</v>
       </c>
       <c r="C15" t="s">
-        <v>77</v>
+        <v>67</v>
       </c>
       <c r="D15" t="s">
-        <v>905</v>
+        <v>895</v>
       </c>
     </row>
     <row r="16" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B16" t="s">
-        <v>906</v>
+        <v>896</v>
       </c>
       <c r="C16" t="s">
-        <v>80</v>
+        <v>70</v>
       </c>
       <c r="D16" t="s">
-        <v>907</v>
+        <v>897</v>
       </c>
     </row>
     <row r="17" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B17" t="s">
-        <v>908</v>
+        <v>898</v>
       </c>
       <c r="C17" t="s">
-        <v>85</v>
+        <v>75</v>
       </c>
       <c r="D17" t="s">
-        <v>909</v>
+        <v>899</v>
       </c>
     </row>
     <row r="18" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B18" t="s">
-        <v>910</v>
+        <v>900</v>
       </c>
       <c r="C18" t="s">
-        <v>88</v>
+        <v>78</v>
       </c>
       <c r="D18" t="s">
-        <v>911</v>
+        <v>901</v>
       </c>
     </row>
     <row r="19" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B19" t="s">
-        <v>912</v>
+        <v>902</v>
       </c>
       <c r="C19" t="s">
-        <v>91</v>
+        <v>81</v>
       </c>
       <c r="D19" t="s">
-        <v>913</v>
+        <v>903</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0800-000000000000}">
-  <dimension ref="A1:D105"/>
+  <dimension ref="A1:D95"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>35</v>
+        <v>25</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>36</v>
+        <v>26</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A2" t="s">
-[...6 lines deleted...]
-        <v>33</v>
+      <c r="A2" s="10" t="s">
+        <v>1157</v>
+      </c>
+      <c r="B2" s="10" t="s">
+        <v>1159</v>
+      </c>
+      <c r="C2" s="10"/>
+      <c r="D2" s="10" t="s">
+        <v>1158</v>
       </c>
     </row>
     <row r="3" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A3" t="s">
+      <c r="A3" s="10" t="s">
+        <v>1160</v>
+      </c>
+      <c r="B3" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="C3" s="10"/>
+      <c r="D3" s="10" t="s">
+        <v>1161</v>
+      </c>
+    </row>
+    <row r="4" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A4" s="10" t="s">
+        <v>1162</v>
+      </c>
+      <c r="B4" s="10" t="s">
+        <v>1163</v>
+      </c>
+      <c r="C4" s="10"/>
+      <c r="D4" s="10" t="s">
+        <v>1164</v>
+      </c>
+    </row>
+    <row r="5" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A5" s="10"/>
+      <c r="B5" s="10" t="s">
+        <v>1159</v>
+      </c>
+      <c r="C5" s="10"/>
+      <c r="D5" s="10" t="s">
+        <v>1165</v>
+      </c>
+    </row>
+    <row r="6" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A6" s="10"/>
+      <c r="B6" s="10" t="s">
+        <v>109</v>
+      </c>
+      <c r="C6" s="10"/>
+      <c r="D6" s="10" t="s">
+        <v>1166</v>
+      </c>
+    </row>
+    <row r="7" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A7" s="10"/>
+      <c r="B7" s="10" t="s">
+        <v>115</v>
+      </c>
+      <c r="C7" s="10"/>
+      <c r="D7" s="10" t="s">
+        <v>1167</v>
+      </c>
+    </row>
+    <row r="8" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A8" s="10"/>
+      <c r="B8" s="10" t="s">
+        <v>518</v>
+      </c>
+      <c r="C8" s="10"/>
+      <c r="D8" s="10" t="s">
+        <v>1168</v>
+      </c>
+    </row>
+    <row r="9" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A9" s="10"/>
+      <c r="B9" s="10" t="s">
+        <v>111</v>
+      </c>
+      <c r="C9" s="10"/>
+      <c r="D9" s="10" t="s">
+        <v>1169</v>
+      </c>
+    </row>
+    <row r="10" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A10" s="10"/>
+      <c r="B10" s="10" t="s">
+        <v>113</v>
+      </c>
+      <c r="C10" s="10"/>
+      <c r="D10" s="10" t="s">
+        <v>1170</v>
+      </c>
+    </row>
+    <row r="11" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A11" s="10"/>
+      <c r="B11" s="10" t="s">
+        <v>904</v>
+      </c>
+      <c r="C11" s="10"/>
+      <c r="D11" s="10" t="s">
+        <v>1171</v>
+      </c>
+    </row>
+    <row r="12" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A12" s="10"/>
+      <c r="B12" s="10" t="s">
+        <v>905</v>
+      </c>
+      <c r="C12" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="D12" s="10" t="s">
+        <v>1172</v>
+      </c>
+    </row>
+    <row r="13" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A13" s="10"/>
+      <c r="B13" s="10" t="s">
+        <v>1173</v>
+      </c>
+      <c r="C13" s="10" t="s">
+        <v>44</v>
+      </c>
+      <c r="D13" s="10" t="s">
+        <v>1174</v>
+      </c>
+    </row>
+    <row r="14" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A14" s="10"/>
+      <c r="B14" s="10" t="s">
+        <v>906</v>
+      </c>
+      <c r="C14" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="D14" s="10" t="s">
+        <v>1175</v>
+      </c>
+    </row>
+    <row r="15" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A15" s="10"/>
+      <c r="B15" s="10" t="s">
+        <v>907</v>
+      </c>
+      <c r="C15" s="10" t="s">
+        <v>50</v>
+      </c>
+      <c r="D15" s="10" t="s">
+        <v>1176</v>
+      </c>
+    </row>
+    <row r="16" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A16" s="10"/>
+      <c r="B16" s="10" t="s">
+        <v>1177</v>
+      </c>
+      <c r="C16" s="10" t="s">
+        <v>53</v>
+      </c>
+      <c r="D16" s="10" t="s">
+        <v>1178</v>
+      </c>
+    </row>
+    <row r="17" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B17" s="10" t="s">
+        <v>908</v>
+      </c>
+      <c r="C17" s="10"/>
+      <c r="D17" s="10" t="s">
+        <v>1179</v>
+      </c>
+    </row>
+    <row r="18" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B18" s="10" t="s">
+        <v>1180</v>
+      </c>
+      <c r="C18" s="10" t="s">
+        <v>56</v>
+      </c>
+      <c r="D18" s="10" t="s">
+        <v>1181</v>
+      </c>
+    </row>
+    <row r="19" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B19" s="10" t="s">
+        <v>1182</v>
+      </c>
+      <c r="C19" s="10" t="s">
+        <v>61</v>
+      </c>
+      <c r="D19" s="10" t="s">
+        <v>1183</v>
+      </c>
+    </row>
+    <row r="20" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B20" s="10" t="s">
+        <v>1184</v>
+      </c>
+      <c r="C20" s="10" t="s">
+        <v>64</v>
+      </c>
+      <c r="D20" s="10" t="s">
+        <v>1185</v>
+      </c>
+    </row>
+    <row r="21" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B21" s="10" t="s">
+        <v>1186</v>
+      </c>
+      <c r="C21" s="10" t="s">
+        <v>67</v>
+      </c>
+      <c r="D21" s="10" t="s">
+        <v>1187</v>
+      </c>
+    </row>
+    <row r="22" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B22" s="10" t="s">
+        <v>1188</v>
+      </c>
+      <c r="C22" s="10" t="s">
+        <v>70</v>
+      </c>
+      <c r="D22" s="10" t="s">
+        <v>1189</v>
+      </c>
+    </row>
+    <row r="23" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B23" s="10" t="s">
+        <v>1190</v>
+      </c>
+      <c r="C23" s="10" t="s">
+        <v>75</v>
+      </c>
+      <c r="D23" s="10" t="s">
+        <v>1191</v>
+      </c>
+    </row>
+    <row r="24" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B24" s="10" t="s">
+        <v>1192</v>
+      </c>
+      <c r="C24" s="10" t="s">
+        <v>78</v>
+      </c>
+      <c r="D24" s="10" t="s">
+        <v>1193</v>
+      </c>
+    </row>
+    <row r="25" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B25" s="10" t="s">
+        <v>1194</v>
+      </c>
+      <c r="C25" s="10" t="s">
+        <v>81</v>
+      </c>
+      <c r="D25" s="10" t="s">
+        <v>1195</v>
+      </c>
+    </row>
+    <row r="26" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B26" s="10" t="s">
+        <v>1196</v>
+      </c>
+      <c r="C26" s="10" t="s">
+        <v>84</v>
+      </c>
+      <c r="D26" s="10" t="s">
+        <v>1197</v>
+      </c>
+    </row>
+    <row r="27" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B27" s="10" t="s">
+        <v>1198</v>
+      </c>
+      <c r="C27" s="10" t="s">
+        <v>87</v>
+      </c>
+      <c r="D27" s="10" t="s">
+        <v>1199</v>
+      </c>
+    </row>
+    <row r="28" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B28" s="10" t="s">
+        <v>1200</v>
+      </c>
+      <c r="C28" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="D28" s="10" t="s">
+        <v>1201</v>
+      </c>
+    </row>
+    <row r="29" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B29" s="10" t="s">
+        <v>1202</v>
+      </c>
+      <c r="C29" s="10" t="s">
+        <v>93</v>
+      </c>
+      <c r="D29" s="10" t="s">
+        <v>1203</v>
+      </c>
+    </row>
+    <row r="30" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B30" s="10" t="s">
+        <v>909</v>
+      </c>
+      <c r="C30" s="10" t="s">
+        <v>96</v>
+      </c>
+      <c r="D30" s="10" t="s">
+        <v>1204</v>
+      </c>
+    </row>
+    <row r="31" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B31" s="10" t="s">
+        <v>910</v>
+      </c>
+      <c r="C31" s="10"/>
+      <c r="D31" s="10" t="s">
+        <v>1205</v>
+      </c>
+    </row>
+    <row r="32" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B32" s="10" t="s">
+        <v>1206</v>
+      </c>
+      <c r="C32" s="10" t="s">
+        <v>101</v>
+      </c>
+      <c r="D32" s="10" t="s">
+        <v>1207</v>
+      </c>
+    </row>
+    <row r="33" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B33" s="10" t="s">
+        <v>1208</v>
+      </c>
+      <c r="C33" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="D33" s="10" t="s">
+        <v>1209</v>
+      </c>
+    </row>
+    <row r="34" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B34" s="10" t="s">
+        <v>1210</v>
+      </c>
+      <c r="C34" s="10" t="s">
+        <v>161</v>
+      </c>
+      <c r="D34" s="10" t="s">
+        <v>1211</v>
+      </c>
+    </row>
+    <row r="35" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B35" s="10" t="s">
+        <v>1212</v>
+      </c>
+      <c r="C35" s="10" t="s">
+        <v>164</v>
+      </c>
+      <c r="D35" s="10" t="s">
+        <v>1213</v>
+      </c>
+    </row>
+    <row r="36" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B36" s="10" t="s">
+        <v>1214</v>
+      </c>
+      <c r="C36" s="10" t="s">
+        <v>167</v>
+      </c>
+      <c r="D36" s="10" t="s">
+        <v>1215</v>
+      </c>
+    </row>
+    <row r="37" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B37" s="10" t="s">
+        <v>1216</v>
+      </c>
+      <c r="C37" s="10" t="s">
+        <v>172</v>
+      </c>
+      <c r="D37" s="10" t="s">
+        <v>1217</v>
+      </c>
+    </row>
+    <row r="38" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B38" s="10" t="s">
+        <v>1218</v>
+      </c>
+      <c r="C38" s="10" t="s">
+        <v>175</v>
+      </c>
+      <c r="D38" s="10" t="s">
+        <v>1219</v>
+      </c>
+    </row>
+    <row r="39" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B39" s="10" t="s">
+        <v>1220</v>
+      </c>
+      <c r="C39" s="10" t="s">
+        <v>178</v>
+      </c>
+      <c r="D39" s="10" t="s">
+        <v>1221</v>
+      </c>
+    </row>
+    <row r="40" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B40" s="10" t="s">
+        <v>1222</v>
+      </c>
+      <c r="C40" s="10" t="s">
+        <v>181</v>
+      </c>
+      <c r="D40" s="10" t="s">
+        <v>1223</v>
+      </c>
+    </row>
+    <row r="41" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B41" s="10" t="s">
+        <v>1224</v>
+      </c>
+      <c r="C41" s="10" t="s">
+        <v>184</v>
+      </c>
+      <c r="D41" s="10" t="s">
+        <v>1225</v>
+      </c>
+    </row>
+    <row r="42" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B42" s="10" t="s">
+        <v>1226</v>
+      </c>
+      <c r="C42" s="10" t="s">
+        <v>186</v>
+      </c>
+      <c r="D42" s="10" t="s">
+        <v>1227</v>
+      </c>
+    </row>
+    <row r="43" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B43" s="10" t="s">
+        <v>1228</v>
+      </c>
+      <c r="C43" s="10" t="s">
+        <v>189</v>
+      </c>
+      <c r="D43" s="10" t="s">
+        <v>1229</v>
+      </c>
+    </row>
+    <row r="44" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B44" s="10" t="s">
+        <v>1230</v>
+      </c>
+      <c r="C44" s="10" t="s">
+        <v>192</v>
+      </c>
+      <c r="D44" s="10" t="s">
+        <v>1231</v>
+      </c>
+    </row>
+    <row r="45" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B45" s="10" t="s">
+        <v>1232</v>
+      </c>
+      <c r="C45" s="10" t="s">
+        <v>195</v>
+      </c>
+      <c r="D45" s="10" t="s">
+        <v>1233</v>
+      </c>
+    </row>
+    <row r="46" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B46" s="10" t="s">
+        <v>911</v>
+      </c>
+      <c r="C46" s="10" t="s">
+        <v>198</v>
+      </c>
+      <c r="D46" s="10" t="s">
+        <v>1234</v>
+      </c>
+    </row>
+    <row r="47" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B47" s="10" t="s">
+        <v>912</v>
+      </c>
+      <c r="C47" s="10"/>
+      <c r="D47" s="10" t="s">
+        <v>1235</v>
+      </c>
+    </row>
+    <row r="48" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B48" s="10" t="s">
+        <v>1236</v>
+      </c>
+      <c r="C48" s="10" t="s">
+        <v>201</v>
+      </c>
+      <c r="D48" s="10" t="s">
+        <v>1237</v>
+      </c>
+    </row>
+    <row r="49" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B49" s="10" t="s">
+        <v>1238</v>
+      </c>
+      <c r="C49" s="10" t="s">
+        <v>206</v>
+      </c>
+      <c r="D49" s="10" t="s">
+        <v>1239</v>
+      </c>
+    </row>
+    <row r="50" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B50" s="10" t="s">
+        <v>1240</v>
+      </c>
+      <c r="C50" s="10" t="s">
+        <v>209</v>
+      </c>
+      <c r="D50" s="10" t="s">
+        <v>1241</v>
+      </c>
+    </row>
+    <row r="51" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B51" s="10" t="s">
+        <v>1242</v>
+      </c>
+      <c r="C51" s="10" t="s">
+        <v>212</v>
+      </c>
+      <c r="D51" s="10" t="s">
+        <v>1243</v>
+      </c>
+    </row>
+    <row r="52" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B52" s="10" t="s">
+        <v>1244</v>
+      </c>
+      <c r="C52" s="10" t="s">
+        <v>215</v>
+      </c>
+      <c r="D52" s="10" t="s">
+        <v>1245</v>
+      </c>
+    </row>
+    <row r="53" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B53" s="10" t="s">
+        <v>1246</v>
+      </c>
+      <c r="C53" s="10" t="s">
+        <v>218</v>
+      </c>
+      <c r="D53" s="10" t="s">
+        <v>1247</v>
+      </c>
+    </row>
+    <row r="54" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B54" s="10" t="s">
+        <v>1248</v>
+      </c>
+      <c r="C54" s="10" t="s">
+        <v>220</v>
+      </c>
+      <c r="D54" s="10" t="s">
+        <v>1249</v>
+      </c>
+    </row>
+    <row r="55" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B55" s="10" t="s">
+        <v>913</v>
+      </c>
+      <c r="C55" s="10" t="s">
+        <v>222</v>
+      </c>
+      <c r="D55" s="10" t="s">
+        <v>1250</v>
+      </c>
+    </row>
+    <row r="56" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B56" s="10" t="s">
         <v>914</v>
       </c>
-      <c r="B3" t="s">
-[...2 lines deleted...]
-      <c r="D3" t="s">
+      <c r="C56" s="10"/>
+      <c r="D56" s="10" t="s">
+        <v>1251</v>
+      </c>
+    </row>
+    <row r="57" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B57" s="10" t="s">
+        <v>1252</v>
+      </c>
+      <c r="C57" s="10" t="s">
+        <v>225</v>
+      </c>
+      <c r="D57" s="10" t="s">
+        <v>1253</v>
+      </c>
+    </row>
+    <row r="58" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B58" s="10" t="s">
+        <v>1254</v>
+      </c>
+      <c r="C58" s="10" t="s">
+        <v>228</v>
+      </c>
+      <c r="D58" s="10" t="s">
+        <v>1255</v>
+      </c>
+    </row>
+    <row r="59" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B59" s="10" t="s">
+        <v>1256</v>
+      </c>
+      <c r="C59" s="10" t="s">
+        <v>230</v>
+      </c>
+      <c r="D59" s="10" t="s">
+        <v>1257</v>
+      </c>
+    </row>
+    <row r="60" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B60" s="10" t="s">
+        <v>1258</v>
+      </c>
+      <c r="C60" s="10" t="s">
+        <v>233</v>
+      </c>
+      <c r="D60" s="10" t="s">
+        <v>1259</v>
+      </c>
+    </row>
+    <row r="61" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B61" s="10" t="s">
+        <v>1260</v>
+      </c>
+      <c r="C61" s="10" t="s">
+        <v>238</v>
+      </c>
+      <c r="D61" s="10" t="s">
+        <v>1261</v>
+      </c>
+    </row>
+    <row r="62" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B62" s="10" t="s">
+        <v>1262</v>
+      </c>
+      <c r="C62" s="10" t="s">
+        <v>241</v>
+      </c>
+      <c r="D62" s="10" t="s">
+        <v>1263</v>
+      </c>
+    </row>
+    <row r="63" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B63" s="10" t="s">
+        <v>1264</v>
+      </c>
+      <c r="C63" s="10" t="s">
+        <v>243</v>
+      </c>
+      <c r="D63" s="10" t="s">
+        <v>1265</v>
+      </c>
+    </row>
+    <row r="64" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B64" s="10" t="s">
+        <v>1266</v>
+      </c>
+      <c r="C64" s="10" t="s">
+        <v>246</v>
+      </c>
+      <c r="D64" s="10" t="s">
+        <v>1267</v>
+      </c>
+    </row>
+    <row r="65" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B65" s="10" t="s">
+        <v>1268</v>
+      </c>
+      <c r="C65" s="10" t="s">
+        <v>248</v>
+      </c>
+      <c r="D65" s="10" t="s">
+        <v>1269</v>
+      </c>
+    </row>
+    <row r="66" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B66" s="10" t="s">
+        <v>1270</v>
+      </c>
+      <c r="C66" s="10" t="s">
+        <v>250</v>
+      </c>
+      <c r="D66" s="10" t="s">
+        <v>1271</v>
+      </c>
+    </row>
+    <row r="67" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B67" s="10" t="s">
+        <v>1272</v>
+      </c>
+      <c r="C67" s="10" t="s">
+        <v>252</v>
+      </c>
+      <c r="D67" s="10" t="s">
+        <v>1273</v>
+      </c>
+    </row>
+    <row r="68" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B68" s="10" t="s">
+        <v>915</v>
+      </c>
+      <c r="C68" s="10" t="s">
+        <v>255</v>
+      </c>
+      <c r="D68" s="10" t="s">
+        <v>1274</v>
+      </c>
+    </row>
+    <row r="69" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B69" s="10" t="s">
+        <v>916</v>
+      </c>
+      <c r="C69" s="10"/>
+      <c r="D69" s="10" t="s">
+        <v>1275</v>
+      </c>
+    </row>
+    <row r="70" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B70" s="10" t="s">
+        <v>1276</v>
+      </c>
+      <c r="C70" s="10" t="s">
+        <v>258</v>
+      </c>
+      <c r="D70" s="10" t="s">
+        <v>1277</v>
+      </c>
+    </row>
+    <row r="71" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B71" s="10" t="s">
+        <v>1278</v>
+      </c>
+      <c r="C71" s="10" t="s">
+        <v>260</v>
+      </c>
+      <c r="D71" s="10" t="s">
+        <v>1279</v>
+      </c>
+    </row>
+    <row r="72" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B72" s="10" t="s">
+        <v>1280</v>
+      </c>
+      <c r="C72" s="10" t="s">
+        <v>263</v>
+      </c>
+      <c r="D72" s="10" t="s">
+        <v>1281</v>
+      </c>
+    </row>
+    <row r="73" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B73" s="10" t="s">
+        <v>1282</v>
+      </c>
+      <c r="C73" s="10" t="s">
+        <v>268</v>
+      </c>
+      <c r="D73" s="10" t="s">
+        <v>1283</v>
+      </c>
+    </row>
+    <row r="74" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B74" s="10" t="s">
+        <v>1284</v>
+      </c>
+      <c r="C74" s="10" t="s">
+        <v>271</v>
+      </c>
+      <c r="D74" s="10" t="s">
+        <v>1285</v>
+      </c>
+    </row>
+    <row r="75" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B75" s="10" t="s">
+        <v>1286</v>
+      </c>
+      <c r="C75" s="10" t="s">
+        <v>274</v>
+      </c>
+      <c r="D75" s="10" t="s">
+        <v>1287</v>
+      </c>
+    </row>
+    <row r="76" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B76" s="10" t="s">
+        <v>1288</v>
+      </c>
+      <c r="C76" s="10" t="s">
+        <v>277</v>
+      </c>
+      <c r="D76" s="10" t="s">
+        <v>1289</v>
+      </c>
+    </row>
+    <row r="77" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B77" s="10" t="s">
+        <v>1290</v>
+      </c>
+      <c r="C77" s="10" t="s">
+        <v>279</v>
+      </c>
+      <c r="D77" s="10" t="s">
+        <v>1291</v>
+      </c>
+    </row>
+    <row r="78" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B78" s="10" t="s">
         <v>917</v>
       </c>
-    </row>
-[...7 lines deleted...]
-      <c r="D4" t="s">
+      <c r="C78" s="10" t="s">
+        <v>282</v>
+      </c>
+      <c r="D78" s="10" t="s">
+        <v>1292</v>
+      </c>
+    </row>
+    <row r="79" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B79" s="10" t="s">
         <v>918</v>
       </c>
-    </row>
-[...7 lines deleted...]
-      <c r="D5" t="s">
+      <c r="C79" s="10"/>
+      <c r="D79" s="10" t="s">
+        <v>1293</v>
+      </c>
+    </row>
+    <row r="80" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B80" s="10" t="s">
+        <v>1294</v>
+      </c>
+      <c r="C80" s="10" t="s">
+        <v>285</v>
+      </c>
+      <c r="D80" s="10" t="s">
+        <v>1295</v>
+      </c>
+    </row>
+    <row r="81" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B81" s="10" t="s">
+        <v>1296</v>
+      </c>
+      <c r="C81" s="10" t="s">
+        <v>287</v>
+      </c>
+      <c r="D81" s="10" t="s">
+        <v>1297</v>
+      </c>
+    </row>
+    <row r="82" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B82" s="10" t="s">
+        <v>1298</v>
+      </c>
+      <c r="C82" s="10" t="s">
+        <v>289</v>
+      </c>
+      <c r="D82" s="10" t="s">
+        <v>1299</v>
+      </c>
+    </row>
+    <row r="83" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B83" s="10" t="s">
+        <v>1300</v>
+      </c>
+      <c r="C83" s="10" t="s">
+        <v>291</v>
+      </c>
+      <c r="D83" s="10" t="s">
+        <v>1301</v>
+      </c>
+    </row>
+    <row r="84" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B84" s="10" t="s">
+        <v>1302</v>
+      </c>
+      <c r="C84" s="10" t="s">
+        <v>294</v>
+      </c>
+      <c r="D84" s="10" t="s">
+        <v>1303</v>
+      </c>
+    </row>
+    <row r="85" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B85" s="10" t="s">
+        <v>1304</v>
+      </c>
+      <c r="C85" s="10" t="s">
+        <v>297</v>
+      </c>
+      <c r="D85" s="10" t="s">
+        <v>1305</v>
+      </c>
+    </row>
+    <row r="86" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B86" s="10" t="s">
+        <v>1306</v>
+      </c>
+      <c r="C86" s="10" t="s">
+        <v>302</v>
+      </c>
+      <c r="D86" s="10" t="s">
+        <v>1307</v>
+      </c>
+    </row>
+    <row r="87" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B87" s="10" t="s">
+        <v>1308</v>
+      </c>
+      <c r="C87" s="10" t="s">
+        <v>305</v>
+      </c>
+      <c r="D87" s="10" t="s">
+        <v>1309</v>
+      </c>
+    </row>
+    <row r="88" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B88" s="10" t="s">
         <v>919</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="D6" t="s">
+      <c r="C88" s="10" t="s">
+        <v>308</v>
+      </c>
+      <c r="D88" s="10" t="s">
+        <v>1310</v>
+      </c>
+    </row>
+    <row r="89" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B89" s="10" t="s">
         <v>920</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="D7" t="s">
+      <c r="C89" s="10"/>
+      <c r="D89" s="10" t="s">
+        <v>1311</v>
+      </c>
+    </row>
+    <row r="90" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B90" s="10" t="s">
         <v>921</v>
       </c>
-    </row>
-[...850 lines deleted...]
-        <v>1080</v>
+      <c r="C90" s="10" t="s">
+        <v>311</v>
+      </c>
+      <c r="D90" s="10" t="s">
+        <v>1312</v>
       </c>
     </row>
     <row r="91" spans="2:4" x14ac:dyDescent="0.25">
-      <c r="B91" t="s">
-[...6 lines deleted...]
-        <v>1082</v>
+      <c r="B91" s="10" t="s">
+        <v>1313</v>
+      </c>
+      <c r="C91" s="10" t="s">
+        <v>313</v>
+      </c>
+      <c r="D91" s="10" t="s">
+        <v>1314</v>
       </c>
     </row>
     <row r="92" spans="2:4" x14ac:dyDescent="0.25">
-      <c r="B92" t="s">
-[...6 lines deleted...]
-        <v>1084</v>
+      <c r="B92" s="10" t="s">
+        <v>1315</v>
+      </c>
+      <c r="C92" s="10" t="s">
+        <v>316</v>
+      </c>
+      <c r="D92" s="10" t="s">
+        <v>1316</v>
       </c>
     </row>
     <row r="93" spans="2:4" x14ac:dyDescent="0.25">
-      <c r="B93" t="s">
-[...6 lines deleted...]
-        <v>1086</v>
+      <c r="B93" s="10" t="s">
+        <v>1317</v>
+      </c>
+      <c r="C93" s="10" t="s">
+        <v>318</v>
+      </c>
+      <c r="D93" s="10" t="s">
+        <v>1318</v>
       </c>
     </row>
     <row r="94" spans="2:4" x14ac:dyDescent="0.25">
-      <c r="B94" t="s">
-[...6 lines deleted...]
-        <v>1088</v>
+      <c r="B94" s="10" t="s">
+        <v>1319</v>
+      </c>
+      <c r="C94" s="10" t="s">
+        <v>321</v>
+      </c>
+      <c r="D94" s="10" t="s">
+        <v>1320</v>
       </c>
     </row>
     <row r="95" spans="2:4" x14ac:dyDescent="0.25">
-      <c r="B95" t="s">
-[...113 lines deleted...]
-        <v>1110</v>
+      <c r="B95" s="10" t="s">
+        <v>1321</v>
+      </c>
+      <c r="C95" s="10" t="s">
+        <v>324</v>
+      </c>
+      <c r="D95" s="10" t="s">
+        <v>1322</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>9</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="9" baseType="lpstr">
       <vt:lpstr>Subscription Title List</vt:lpstr>
       <vt:lpstr>DiGiovanna, 04 ed. - An Osteopa</vt:lpstr>
       <vt:lpstr>Nicholas, 04 ed. - Atlas of Ost</vt:lpstr>
       <vt:lpstr>Heinking, 05 ed. - Foundations</vt:lpstr>
       <vt:lpstr>DeStefano, 6 ed. - Greenman's P</vt:lpstr>
       <vt:lpstr>Nelson, 2 ed. - Somatic Dysfunc</vt:lpstr>
       <vt:lpstr>Channell, 02 ed. - The 5-Minute</vt:lpstr>
       <vt:lpstr>Beatty, 2 ed. - The Pocket Manu</vt:lpstr>
-      <vt:lpstr>Donnelly, 03 ed. - Travell, Sim</vt:lpstr>
+      <vt:lpstr>Donnelly, 04 ed. - Travell, Sim</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>puseascm05tol02$</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_fe6ee112-9e5c-4f16-b63d-fcad06e1707e_Enabled">
     <vt:lpwstr>true</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_fe6ee112-9e5c-4f16-b63d-fcad06e1707e_SetDate">
     <vt:lpwstr>2025-11-25T14:50:32Z</vt:lpwstr>
   </property>