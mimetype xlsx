--- v0 (2025-10-14)
+++ v1 (2025-11-07)
@@ -1,92 +1,92 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra17a841e93dd4183" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd3ede80918894e3d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="sheet 1" sheetId="1" r:id="R5e41975d16c54c59"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="sheet 1" sheetId="1" r:id="Rea5cb48289b7436a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fonts>
     <x:font>
       <x:color rgb="000000"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:color rgb="000000"/>
     </x:font>
     <x:font>
       <x:color rgb="0645AD"/>
     </x:font>
   </x:fonts>
   <x:fills>
     <x:fill>
       <x:patternFill patternType="none"/>
     </x:fill>
     <x:fill>
       <x:patternFill patternType="gray125"/>
     </x:fill>
   </x:fills>
   <x:borders>
     <x:border>
       <x:left/>
       <x:right/>
       <x:top/>
       <x:bottom/>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs>
     <x:xf fontId="0" fillId="0" borderId="0" applyFont="1">
       <x:alignment horizontal="left" vertical="center"/>
     </x:xf>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1">
       <x:alignment horizontal="left" vertical="center"/>
     </x:xf>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1">
       <x:alignment horizontal="left" vertical="center"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R67fe80a81e7c4365" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R5e41975d16c54c59" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0e757dde55c54512" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rea5cb48289b7436a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row>
       <x:c s="1" t="str">
         <x:v>publication_title</x:v>
       </x:c>
       <x:c s="1" t="str">
         <x:v>print_identifier</x:v>
       </x:c>
       <x:c s="1" t="str">
         <x:v>online_identifier</x:v>
       </x:c>
       <x:c s="1" t="str">
         <x:v>date_first_issue_online</x:v>
       </x:c>
       <x:c s="1" t="str">
         <x:v>num_first_vol_online</x:v>
       </x:c>
       <x:c s="1" t="str">
         <x:v>num_first_issue_online</x:v>
       </x:c>
       <x:c s="1" t="str">
@@ -107,51 +107,51 @@
       <x:c s="1" t="str">
         <x:v>title_id</x:v>
       </x:c>
       <x:c s="1" t="str">
         <x:v>embargo_info</x:v>
       </x:c>
       <x:c s="1" t="str">
         <x:v>coverage_depth</x:v>
       </x:c>
       <x:c s="1" t="str">
         <x:v>notes</x:v>
       </x:c>
       <x:c s="1" t="str">
         <x:v>publisher_name</x:v>
       </x:c>
       <x:c s="1" t="str">
         <x:v>publication_type</x:v>
       </x:c>
       <x:c s="1" t="str">
         <x:v>date_monograph_published_print</x:v>
       </x:c>
       <x:c s="1" t="str">
         <x:v>date_monograph_published_online</x:v>
       </x:c>
       <x:c s="1" t="str">
-        <x:v>mongraph_volume</x:v>
+        <x:v>monograph_volume</x:v>
       </x:c>
       <x:c s="1" t="str">
         <x:v>monograph_edition</x:v>
       </x:c>
       <x:c s="1" t="str">
         <x:v>first_editor</x:v>
       </x:c>
       <x:c s="1" t="str">
         <x:v>parent_publication_title_id</x:v>
       </x:c>
       <x:c s="1" t="str">
         <x:v>preceding_publication_title_id</x:v>
       </x:c>
       <x:c s="1" t="str">
         <x:v>access_type</x:v>
       </x:c>
       <x:c s="1" t="str">
         <x:v>DOI</x:v>
       </x:c>
       <x:c s="1" t="str">
         <x:v>Product</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="str">
@@ -165,52 +165,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://orthopaedics.lwwhealthlibrary.com/book.aspx?bookid=2895</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Gupta</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>2895</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-496386-48-9</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2020-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -248,52 +248,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://orthopaedics.lwwhealthlibrary.com/book.aspx?bookid=898</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Egol</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>898</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-60547-760-2</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2009-12-30</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -331,52 +331,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://orthopaedics.lwwhealthlibrary.com/book.aspx?bookid=1355</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Egol</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>1355</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-4511-9362-6</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2015-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -414,135 +414,218 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://orthopaedics.lwwhealthlibrary.com/book.aspx?bookid=2798</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Egol</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>2798</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-496384-85-0</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2020-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>6.00</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="str">
+        <x:v>Handbook of Fractures, 7e</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>9781975217990</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>https://orthopaedics.lwwhealthlibrary.com/book.aspx?bookid=3443</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>9781975217990</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>fulltext</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>Wolters Kluwer</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>monograph</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>2026-01-01</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>Egol</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="str">
         <x:v>Harborview Illustrated Tips and Tricks in Fracture Surgery</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>978-1-60547-055-9</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://orthopaedics.lwwhealthlibrary.com/book.aspx?bookid=930</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Gardner</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>930</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-60547-055-9</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2010-07-20</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -580,52 +663,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://orthopaedics.lwwhealthlibrary.com/book.aspx?bookid=2437</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Henley</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>2437</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-496355-98-0</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2019-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -663,52 +746,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://orthopaedics.lwwhealthlibrary.com/book.aspx?bookid=941</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Sculco</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>941</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-0-7817-6467-4</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2013-12-31</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -746,52 +829,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://orthopaedics.lwwhealthlibrary.com/book.aspx?bookid=2897</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Weinstein</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>2897</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-975108-66-3</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2021-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -829,52 +912,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://orthopaedics.lwwhealthlibrary.com/book.aspx?bookid=950</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Weinstein</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>950</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-6054-7814-2</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2013-12-31</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -912,52 +995,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://orthopaedics.lwwhealthlibrary.com/book.aspx?bookid=3059</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Dempsey</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>3059</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-496381-12-5</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2020-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -995,52 +1078,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://orthopaedics.lwwhealthlibrary.com/book.aspx?bookid=2138</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Wiss</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>2138</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-451108-14-9</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer bu</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2013-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -1078,52 +1161,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://orthopaedics.lwwhealthlibrary.com/book.aspx?bookid=3068</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Gardner</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>3068</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-975139-40-7</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2021-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -1161,52 +1244,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://orthopaedics.lwwhealthlibrary.com/book.aspx?bookid=3322</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Ellis</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>3322</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-975199-41-8</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2025-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -1244,52 +1327,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://orthopaedics.lwwhealthlibrary.com/book.aspx?bookid=3410</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>3410</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-975217-96-9</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Wolters Kluwer</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2025-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -1327,52 +1410,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://orthopaedics.lwwhealthlibrary.com/book.aspx?bookid=3261</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Albert</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>3261</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-975175-51-1</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2024-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -1410,52 +1493,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://orthopaedics.lwwhealthlibrary.com/book.aspx?bookid=1676</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Skaggs</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>1676</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-4511-9444-9</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2016-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -1493,52 +1576,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://orthopaedics.lwwhealthlibrary.com/book.aspx?bookid=939</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lotke</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>939</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-0-7817-7922-7</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2012-11-07</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -1576,52 +1659,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://orthopaedics.lwwhealthlibrary.com/book.aspx?bookid=887</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Sim</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>887</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-60831-043-2</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2010-12-30</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -1659,52 +1742,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://orthopaedics.lwwhealthlibrary.com/book.aspx?bookid=926</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Tolo</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>926</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-0-7817-9124-3</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2007-12-31</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -1742,52 +1825,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://orthopaedics.lwwhealthlibrary.com/book.aspx?bookid=972</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Jackson</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>972</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-0-7817-6563-3</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2007-12-14</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -1825,52 +1908,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://orthopaedics.lwwhealthlibrary.com/book.aspx?bookid=928</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Morrey</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>928</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-0-7817-9891-4</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2007-12-25</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -1908,52 +1991,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://orthopaedics.lwwhealthlibrary.com/book.aspx?bookid=924</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Moran</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>924</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-0-7817-6368-4</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -1991,52 +2074,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://orthopaedics.lwwhealthlibrary.com/book.aspx?bookid=904</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Fu</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>904</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-60831-081-4</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2009-12-31</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -2074,52 +2157,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://orthopaedics.lwwhealthlibrary.com/book.aspx?bookid=943</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Strickland</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>943</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-0-7817-4080-7</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2004-12-31</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -2157,52 +2240,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://orthopaedics.lwwhealthlibrary.com/book.aspx?bookid=913</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Barrack</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>913</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-0-7817-4634-2</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2005-12-30</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -2240,52 +2323,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://orthopaedics.lwwhealthlibrary.com/book.aspx?bookid=914</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Craig</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>914</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-0-7817-9748-1</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2012-12-31</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -2323,52 +2406,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://orthopaedics.lwwhealthlibrary.com/book.aspx?bookid=910</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Gelberman</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>910</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-0-7817-8339-2</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2009-12-31</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -2406,135 +2489,218 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://orthopaedics.lwwhealthlibrary.com/book.aspx?bookid=2541</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Pagnano</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>2541</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-496315-05-2</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2019-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>4.00</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="str">
+        <x:v>Master Techniques in Orthopaedic Surgery® The Hip, 4e</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>978-1-9752-2200-0</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>https://orthopaedics.lwwhealthlibrary.com/book.aspx?bookid=3444</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>Berry</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>978-1-9752-2200-0</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>fulltext</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>monograph</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>2026-01-01</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="str">
         <x:v>Master Techniques in Orthopaedic Surgery®: Reconstructive Knee Surgery, 4e</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>978-1-496318-27-5</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://orthopaedics.lwwhealthlibrary.com/book.aspx?bookid=2146</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Johnson</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>2146</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-496318-27-5</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer bu</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2017-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -2572,52 +2738,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://orthopaedics.lwwhealthlibrary.com/book.aspx?bookid=2472</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Morrey</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>2472</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-451194-06-7</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2019-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -2655,52 +2821,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://orthopaedics.lwwhealthlibrary.com/book.aspx?bookid=1949</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Moran</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>1949</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-496329-00-4</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer bu</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2017-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -2738,52 +2904,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://orthopaedics.lwwhealthlibrary.com/book.aspx?bookid=2690</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Fu</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>2690</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-496375-17-9</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2020-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -2821,52 +2987,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://orthopaedics.lwwhealthlibrary.com/book.aspx?bookid=1329</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Morrey</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>1329</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-4511-7309-3</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2015-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -2904,52 +3070,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://orthopaedics.lwwhealthlibrary.com/book.aspx?bookid=921</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Kitaoka</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>921</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-60547-674-2</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2012-12-31</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -2987,52 +3153,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://orthopaedics.lwwhealthlibrary.com/book.aspx?bookid=1688</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Maschke</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>1688</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-4511-8278-1</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2016-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -3070,52 +3236,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://orthopaedics.lwwhealthlibrary.com/book.aspx?bookid=1654</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Berry</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>1654</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-4511-9402-9</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2016-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -3153,52 +3319,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://orthopaedics.lwwhealthlibrary.com/book.aspx?bookid=890</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Zdeblick</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>890</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-4511-7361-1</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2013-12-30</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -3236,52 +3402,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://orthopaedics.lwwhealthlibrary.com/book.aspx?bookid=3393</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>3393</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-975215-75-0</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v> Wolters Kluwer</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2025-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -3319,52 +3485,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://orthopaedics.lwwhealthlibrary.com/book.aspx?bookid=949</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Southerland</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>949</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-0-7817-6580-0</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2012-12-31</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -3402,52 +3568,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://orthopaedics.lwwhealthlibrary.com/book.aspx?bookid=3107</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Carpenter</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>3107</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-975136-06-2</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2022-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -3485,52 +3651,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://orthopaedics.lwwhealthlibrary.com/book.aspx?bookid=3302</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Vulcano</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>3302</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-975198-70-1</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2024-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -3568,52 +3734,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://orthopaedics.lwwhealthlibrary.com/book.aspx?bookid=919</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Johnson</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>919</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-60547-860-9</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2012-12-31</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -3651,52 +3817,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://orthopaedics.lwwhealthlibrary.com/book.aspx?bookid=1542</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Wiesel</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>1542</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-4511-9314-5</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2016-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -3734,52 +3900,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://orthopaedics.lwwhealthlibrary.com/book.aspx?bookid=3111</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Wiesel</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>3111</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-975145-07-1</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2022-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -3817,52 +3983,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://orthopaedics.lwwhealthlibrary.com/book.aspx?bookid=912</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Wiesel</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>912</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-0-7817-6370-7</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2010-12-31</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -3900,52 +4066,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://orthopaedics.lwwhealthlibrary.com/book.aspx?bookid=3032</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Noonan</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>3032</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-975109-27-1</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2021-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -3983,52 +4149,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://orthopaedics.lwwhealthlibrary.com/book.aspx?bookid=3000</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Positano</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>3000</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-496375-29-2</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2019-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -4066,52 +4232,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://orthopaedics.lwwhealthlibrary.com/book.aspx?bookid=2996</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Boughanem</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>2996</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-451185-66-9</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2016-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -4149,52 +4315,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://orthopaedics.lwwhealthlibrary.com/book.aspx?bookid=952</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Court-Brown</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>952</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-4511-7531-8</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2015-05-06</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -4232,52 +4398,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://orthopaedics.lwwhealthlibrary.com/book.aspx?bookid=3380</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>3380</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-9752-1160-8</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Wolters Kluwer</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2025-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -4315,52 +4481,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://orthopaedics.lwwhealthlibrary.com/book.aspx?bookid=2573</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Tornetta</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>2573</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-496386-51-9</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2019-04-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -4398,52 +4564,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://orthopaedics.lwwhealthlibrary.com/book.aspx?bookid=3373</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>3373</x:v>
+      <x:c s="0" t="str">
+        <x:v>9781975211738</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Wolters Kluwer</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2025-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -4481,52 +4647,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://orthopaedics.lwwhealthlibrary.com/book.aspx?bookid=2574</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Waters</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>2574</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-496386-54-0</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2019-04-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -4564,52 +4730,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://orthopaedics.lwwhealthlibrary.com/book.aspx?bookid=918</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Flynn</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>918</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-4511-4393-5</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -4647,52 +4813,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://orthopaedics.lwwhealthlibrary.com/book.aspx?bookid=2115</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Hoppenfeld</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>2115</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-0-7817-7623-3</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2009-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -4730,52 +4896,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://orthopaedics.lwwhealthlibrary.com/book.aspx?bookid=1935</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Hoppenfeld</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>1935</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-496309-47-1</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer bu</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2016-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -4813,52 +4979,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://orthopaedics.lwwhealthlibrary.com/book.aspx?bookid=3100</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>de Boer</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>3100</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-975168-79-7</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2022-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -4896,52 +5062,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://orthopaedics.lwwhealthlibrary.com/book.aspx?bookid=947</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Rosenberg</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>947</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-0-7817-5092-9</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2006-12-30</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -4979,52 +5145,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://orthopaedics.lwwhealthlibrary.com/book.aspx?bookid=1661</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Callaghan</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>1661</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-4511-8369-6</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2016-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -5062,52 +5228,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://orthopaedics.lwwhealthlibrary.com/book.aspx?bookid=3064</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Zikria</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>3064</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-496386-90-8</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2020-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -5145,52 +5311,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://orthopaedics.lwwhealthlibrary.com/book.aspx?bookid=917</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Bridwell</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>917</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-0-7817-8620-1</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2010-12-31</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>