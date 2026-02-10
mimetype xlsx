--- v0 (2026-01-08)
+++ v1 (2026-02-10)
@@ -10,114 +10,117 @@
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet10.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet11.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet12.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet13.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet14.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet15.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet16.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet17.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet18.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet19.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet20.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet21.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet22.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet23.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet24.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet25.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet26.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet27.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet28.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet29.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29029"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29426"/>
   <workbookPr codeName="ThisWorkbook" defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://wolterskluwer-my.sharepoint.com/personal/leanne_vandetty_wolterskluwer_com/Documents/Health Library/Health Library Repository/Health Library Title Lists/Perpetual Access/2026/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="122" documentId="11_7B7FD3C1401E528919FB102EB608C6FFC6050082" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{72BAFF34-57D4-4BDB-BE66-9A3CD2D036A7}"/>
+  <xr:revisionPtr revIDLastSave="147" documentId="11_7B7FD3C1401E528919FB102EB608C6FFC6050082" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{EA932B48-9DCE-42C5-8FB1-969E44265A99}"/>
   <bookViews>
     <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10300" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Perpetual Access 2026 Titles" sheetId="1" r:id="rId1"/>
     <sheet name="Gupta, 04 ed. - Bridwell and De" sheetId="3" r:id="rId2"/>
-    <sheet name="Egol, 07 ed. - Handbook of Frac" sheetId="30" r:id="rId3"/>
-[...24 lines deleted...]
-    <sheet name="Zikria, 01 ed. - The Johns Hopk" sheetId="27" r:id="rId28"/>
+    <sheet name="Mosca, 02 ed. - Foot Deformitie" sheetId="32" r:id="rId3"/>
+    <sheet name="Egol, 07 ed. - Handbook of Frac" sheetId="30" r:id="rId4"/>
+    <sheet name="Henley, 02 ed. - Harborview Ill" sheetId="5" r:id="rId5"/>
+    <sheet name="Weinstein, 08 ed. - Lovell and" sheetId="6" r:id="rId6"/>
+    <sheet name="Skaggs, 2 ed. - Master Techniqu" sheetId="7" r:id="rId7"/>
+    <sheet name="Williams - Master Techniques in" sheetId="29" r:id="rId8"/>
+    <sheet name="Pagnano, 04 ed. - Master Techni" sheetId="9" r:id="rId9"/>
+    <sheet name="Gardner, 04 ed. - Master Techni" sheetId="10" r:id="rId10"/>
+    <sheet name="Albert, 04 ed. - Master Techniq" sheetId="11" r:id="rId11"/>
+    <sheet name="Morrey, 02 ed. - Master Techniq" sheetId="12" r:id="rId12"/>
+    <sheet name="Ellis, 04 ed. - Master Techniqu" sheetId="2" r:id="rId13"/>
+    <sheet name="Moran, 2 ed. - Master Technique" sheetId="13" r:id="rId14"/>
+    <sheet name="Fu, 02 ed. - Master Techniques" sheetId="14" r:id="rId15"/>
+    <sheet name="Morrey, 3 ed. - Master Techniqu" sheetId="15" r:id="rId16"/>
+    <sheet name="Maschke, 3 ed. - Master Techniq" sheetId="16" r:id="rId17"/>
+    <sheet name="Berry, 4 ed. - Master Technique" sheetId="31" r:id="rId18"/>
+    <sheet name="Moran, 4 ed. - Master Technique" sheetId="28" r:id="rId19"/>
+    <sheet name="Carpenter, 05 ed. - McGlamry's" sheetId="18" r:id="rId20"/>
+    <sheet name="Vulcano, 01 ed. - Minimally Inv" sheetId="19" r:id="rId21"/>
+    <sheet name="Johnson, 4 ed. - Operative Arth" sheetId="20" r:id="rId22"/>
+    <sheet name="Wiesel, 03 ed. - Operative Tech" sheetId="21" r:id="rId23"/>
+    <sheet name="Noonan, 01 ed. - Pediatric Musc" sheetId="22" r:id="rId24"/>
+    <sheet name="Tornetta - Rockwood and Green's" sheetId="23" r:id="rId25"/>
+    <sheet name="Waters - Rockwood and Wilkins" sheetId="24" r:id="rId26"/>
+    <sheet name="de Boer, 06 ed. - Surgical Expo" sheetId="25" r:id="rId27"/>
+    <sheet name="Callaghan, 3 ed. - The Adult Hi" sheetId="26" r:id="rId28"/>
+    <sheet name="Zikria, 01 ed. - The Johns Hopk" sheetId="27" r:id="rId29"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Perpetual Access 2026 Titles'!$A$1:$G$1</definedName>
   </definedNames>
   <calcPr calcId="125725"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="7381" uniqueCount="5121">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="7424" uniqueCount="5142">
   <si>
     <t>Author</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Edition</t>
   </si>
   <si>
     <t>ISBN</t>
   </si>
   <si>
     <t>Year Published</t>
   </si>
   <si>
     <t>Title Level URL</t>
   </si>
   <si>
     <t>Date Added to HL</t>
   </si>
   <si>
     <t>Scott Ellis, MD</t>
   </si>
   <si>
@@ -14016,62 +14019,53 @@
   <si>
     <t>https://orthopaedics.lwwhealthlibrary.com/content.aspx?sectionId=250191415&amp;bookId=3064</t>
   </si>
   <si>
     <t>Oncology and Pathology</t>
   </si>
   <si>
     <t>https://orthopaedics.lwwhealthlibrary.com/content.aspx?sectionId=250192087&amp;bookId=3064</t>
   </si>
   <si>
     <t>Test-Taking Strategies</t>
   </si>
   <si>
     <t>Appendix</t>
   </si>
   <si>
     <t>https://orthopaedics.lwwhealthlibrary.com/content.aspx?sectionId=250192412&amp;bookId=3064</t>
   </si>
   <si>
     <t>Master Techniques in Orthopaedic Surgery®: The Foot and Ankle, 4e</t>
   </si>
   <si>
     <t>Handbook of Fractures, 7e</t>
   </si>
   <si>
-    <t>Coming in 2025</t>
-[...1 lines deleted...]
-  <si>
     <t>Master Techniques in Orthopaedic Surgery: Knee Arthroplasty, 4e</t>
   </si>
   <si>
-    <t>Mosca</t>
-[...4 lines deleted...]
-  <si>
     <t>https://orthopaedics.lwwhealthlibrary.com/book.aspx?bookid=3393</t>
   </si>
   <si>
     <t>Steven L. Moran</t>
   </si>
   <si>
     <t>Master Techniques in Orthopaedic Surgery®: The Wrist, 4e</t>
   </si>
   <si>
     <t>Marco Rizzo</t>
   </si>
   <si>
     <t>Copyright</t>
   </si>
   <si>
     <t>https://orthopaedics.lwwhealthlibrary.com/content.aspx?sectionid=259986097&amp;bookid=3393</t>
   </si>
   <si>
     <t>https://orthopaedics.lwwhealthlibrary.com/content.aspx?sectionid=259986101&amp;bookid=3393</t>
   </si>
   <si>
     <t>https://orthopaedics.lwwhealthlibrary.com/content.aspx?sectionid=259986104&amp;bookid=3393</t>
   </si>
   <si>
     <t>https://orthopaedics.lwwhealthlibrary.com/content.aspx?sectionid=259986331&amp;bookid=3393</t>
@@ -15436,145 +15430,229 @@
     <t>Master Techniques in Orthopaedic Surgery: The Spine, 4e</t>
   </si>
   <si>
     <t>Master Techniques in Orthopaedic Surgery: Relevant Surgical Exposures, 2e</t>
   </si>
   <si>
     <t>Master Techniques in Orthopaedic Surgery: Soft Tissue Surgery, 2e</t>
   </si>
   <si>
     <t>Master Techniques in Orthopaedic Surgery: Sports Medicine, 2e</t>
   </si>
   <si>
     <t>Master Techniques in Orthopaedic Surgery: The Elbow, 3e</t>
   </si>
   <si>
     <t>Master Techniques in Orthopaedic Surgery: The Foot and Ankle, 4e</t>
   </si>
   <si>
     <t>Master Techniques in Orthopaedic Surgery: The Hand, 3e</t>
   </si>
   <si>
     <t>Master Techniques in Orthopaedic Surgery: The Wrist, 4e</t>
   </si>
   <si>
     <t>Master Techniques in Orthopaedic Surgery: The Hip, 4e</t>
+  </si>
+  <si>
+    <t>Vincent S. Mosca, MD</t>
+  </si>
+  <si>
+    <t>Foot Deformities and Malformations in Children: A Principles-Based, Practical Guide to Assessment and Management, 2e</t>
+  </si>
+  <si>
+    <t>https://orthopaedics.lwwhealthlibrary.com/book.aspx?bookid=3468</t>
+  </si>
+  <si>
+    <t>https://orthopaedics.lwwhealthlibrary.com/content.aspx?sectionId=261686625&amp;bookId=3468</t>
+  </si>
+  <si>
+    <t>https://orthopaedics.lwwhealthlibrary.com/content.aspx?sectionId=261686629&amp;bookId=3468</t>
+  </si>
+  <si>
+    <t>https://orthopaedics.lwwhealthlibrary.com/content.aspx?sectionId=261686645&amp;bookId=3468</t>
+  </si>
+  <si>
+    <t>https://orthopaedics.lwwhealthlibrary.com/content.aspx?sectionId=261686649&amp;bookId=3468</t>
+  </si>
+  <si>
+    <t>https://orthopaedics.lwwhealthlibrary.com/content.aspx?sectionId=261686659&amp;bookId=3468</t>
+  </si>
+  <si>
+    <t>https://orthopaedics.lwwhealthlibrary.com/content.aspx?sectionId=261686678&amp;bookId=3468</t>
+  </si>
+  <si>
+    <t>https://orthopaedics.lwwhealthlibrary.com/content.aspx?sectionId=261686681&amp;bookId=3468</t>
+  </si>
+  <si>
+    <t>Basic and Biomechanics Principles</t>
+  </si>
+  <si>
+    <t>https://orthopaedics.lwwhealthlibrary.com/content.aspx?sectionId=261686722&amp;bookId=3468</t>
+  </si>
+  <si>
+    <t>Assessment Principles</t>
+  </si>
+  <si>
+    <t>https://orthopaedics.lwwhealthlibrary.com/content.aspx?sectionId=261686865&amp;bookId=3468</t>
+  </si>
+  <si>
+    <t>Management Principles</t>
+  </si>
+  <si>
+    <t>https://orthopaedics.lwwhealthlibrary.com/content.aspx?sectionId=261687037&amp;bookId=3468</t>
+  </si>
+  <si>
+    <t>Foot and Ankle Deformities</t>
+  </si>
+  <si>
+    <t>https://orthopaedics.lwwhealthlibrary.com/content.aspx?sectionId=261687262&amp;bookId=3468</t>
+  </si>
+  <si>
+    <t>Foot Malformations</t>
+  </si>
+  <si>
+    <t>https://orthopaedics.lwwhealthlibrary.com/content.aspx?sectionId=261687986&amp;bookId=3468</t>
+  </si>
+  <si>
+    <t>Soft Tissue Procedures</t>
+  </si>
+  <si>
+    <t>https://orthopaedics.lwwhealthlibrary.com/content.aspx?sectionId=261688180&amp;bookId=3468</t>
+  </si>
+  <si>
+    <t>Bone Procedures</t>
+  </si>
+  <si>
+    <t>https://orthopaedics.lwwhealthlibrary.com/content.aspx?sectionId=261688558&amp;bookId=3468</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="5" x14ac:knownFonts="1">
+  <fonts count="6" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Tahoma"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <name val="Tahoma"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <name val="Tahoma"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="10"/>
+      <name val="Tahoma"/>
+      <family val="2"/>
     </font>
   </fonts>
   <fills count="4">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF808080"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
-  <cellStyleXfs count="2">
+  <cellStyleXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="2" borderId="0"/>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="7">
+  <cellXfs count="11">
     <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="14" fontId="0" fillId="2" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="1" fontId="1" fillId="3" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
     <xf numFmtId="1" fontId="0" fillId="2" borderId="0" xfId="0" applyNumberFormat="1"/>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="0" xfId="2" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="0" xfId="2"/>
+    <xf numFmtId="1" fontId="5" fillId="2" borderId="0" xfId="2" applyNumberFormat="1"/>
+    <xf numFmtId="14" fontId="5" fillId="2" borderId="0" xfId="2" applyNumberFormat="1"/>
   </cellXfs>
-  <cellStyles count="2">
+  <cellStyles count="3">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
+    <cellStyle name="Normal 2" xfId="2" xr:uid="{8CBE5271-5359-4207-865D-E2D8CFD7C8E3}"/>
     <cellStyle name="Normal 7" xfId="1" xr:uid="{5A70C480-E482-4060-B517-80FA65E38572}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet13.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet18.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet26.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet21.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet12.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet17.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet25.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet16.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet20.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet11.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet24.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet15.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet23.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet28.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet10.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet19.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet14.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet22.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet27.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet13.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet18.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet26.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet21.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet12.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet17.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet25.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet16.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet20.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet29.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet11.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet24.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet15.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet23.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet28.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet10.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet19.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet14.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet22.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet27.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 2013 - 2022 Theme">
   <a:themeElements>
     <a:clrScheme name="Office 2013 - 2022">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -15832,55 +15910,58 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:G33"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0"/>
+    <sheetView tabSelected="1" workbookViewId="0">
+      <selection activeCell="A3" sqref="A3:XFD3"/>
+    </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="2" width="50.7265625" customWidth="1"/>
+    <col min="1" max="1" width="35.26953125" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="50.7265625" customWidth="1"/>
     <col min="3" max="3" width="7.36328125" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="13.90625" style="6" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="14.81640625" bestFit="1" customWidth="1"/>
     <col min="6" max="7" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="5" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
@@ -15890,592 +15971,594 @@
     </row>
     <row r="2" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
         <v>9</v>
       </c>
       <c r="B2" t="s">
         <v>10</v>
       </c>
       <c r="C2">
         <v>4</v>
       </c>
       <c r="D2" s="6">
         <v>9781496386489</v>
       </c>
       <c r="E2">
         <v>2020</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" s="2">
         <v>43921</v>
       </c>
     </row>
     <row r="3" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A3" t="s">
-[...18 lines deleted...]
-        <v>45902</v>
+      <c r="A3" s="8" t="s">
+        <v>5118</v>
+      </c>
+      <c r="B3" s="8" t="s">
+        <v>5119</v>
+      </c>
+      <c r="C3" s="8">
+        <v>2</v>
+      </c>
+      <c r="D3" s="9">
+        <v>9781975213374</v>
+      </c>
+      <c r="E3" s="8">
+        <v>2025</v>
+      </c>
+      <c r="F3" s="8" t="s">
+        <v>5120</v>
+      </c>
+      <c r="G3" s="10">
+        <v>45999</v>
       </c>
     </row>
     <row r="4" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A4" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="B4" t="s">
-        <v>14</v>
+        <v>4646</v>
       </c>
       <c r="C4">
-        <v>2</v>
+        <v>7</v>
       </c>
       <c r="D4" s="6">
-        <v>9781496355980</v>
+        <v>9781975217990</v>
       </c>
       <c r="E4">
-        <v>2019</v>
+        <v>2026</v>
       </c>
       <c r="F4" t="s">
-        <v>15</v>
+        <v>4873</v>
       </c>
       <c r="G4" s="2">
-        <v>43236</v>
+        <v>45902</v>
       </c>
     </row>
     <row r="5" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A5" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="B5" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="C5">
-        <v>8</v>
+        <v>2</v>
       </c>
       <c r="D5" s="6">
-        <v>9781975108663</v>
+        <v>9781496355980</v>
       </c>
       <c r="E5">
-        <v>2021</v>
+        <v>2019</v>
       </c>
       <c r="F5" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="G5" s="2">
-        <v>43921</v>
+        <v>43236</v>
       </c>
     </row>
     <row r="6" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A6" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="B6" t="s">
-        <v>5111</v>
+        <v>17</v>
       </c>
       <c r="C6">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="D6" s="6">
-        <v>9781975139407</v>
+        <v>9781975108663</v>
       </c>
       <c r="E6">
         <v>2021</v>
       </c>
       <c r="F6" t="s">
-        <v>27</v>
+        <v>18</v>
       </c>
       <c r="G6" s="2">
-        <v>44257</v>
+        <v>43921</v>
       </c>
     </row>
     <row r="7" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A7" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="B7" t="s">
-        <v>4648</v>
+        <v>5108</v>
       </c>
       <c r="C7">
         <v>4</v>
       </c>
       <c r="D7" s="6">
-        <v>9781496315052</v>
+        <v>9781975139407</v>
       </c>
       <c r="E7">
-        <v>2019</v>
+        <v>2021</v>
       </c>
       <c r="F7" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="G7" s="2">
-        <v>43418</v>
+        <v>44257</v>
       </c>
     </row>
     <row r="8" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A8" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="B8" t="s">
-        <v>5109</v>
+        <v>4647</v>
       </c>
       <c r="C8">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="D8" s="6">
-        <v>9781451194449</v>
+        <v>9781496315052</v>
       </c>
       <c r="E8">
-        <v>2016</v>
+        <v>2019</v>
       </c>
       <c r="F8" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="G8" s="2">
-        <v>42311</v>
+        <v>43418</v>
       </c>
     </row>
     <row r="9" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A9" t="s">
-        <v>5107</v>
+        <v>19</v>
       </c>
       <c r="B9" t="s">
-        <v>5108</v>
+        <v>5106</v>
       </c>
       <c r="C9">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="D9" s="6">
-        <v>9781975243838</v>
+        <v>9781451194449</v>
       </c>
       <c r="E9">
-        <v>2026</v>
+        <v>2016</v>
       </c>
       <c r="F9" t="s">
-        <v>5102</v>
-[...1 lines deleted...]
-      <c r="G9" s="2"/>
+        <v>21</v>
+      </c>
+      <c r="G9" s="2">
+        <v>42311</v>
+      </c>
     </row>
     <row r="10" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A10" t="s">
-        <v>31</v>
+        <v>5104</v>
       </c>
       <c r="B10" t="s">
-        <v>5113</v>
+        <v>5105</v>
       </c>
       <c r="C10">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="D10" s="6">
-        <v>9781451194067</v>
+        <v>9781975243838</v>
       </c>
       <c r="E10">
-        <v>2019</v>
+        <v>2026</v>
       </c>
       <c r="F10" t="s">
-        <v>33</v>
-[...3 lines deleted...]
-      </c>
+        <v>5099</v>
+      </c>
+      <c r="G10" s="2"/>
     </row>
     <row r="11" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A11" t="s">
-        <v>34</v>
+        <v>31</v>
       </c>
       <c r="B11" t="s">
-        <v>5114</v>
+        <v>5110</v>
       </c>
       <c r="C11">
         <v>2</v>
       </c>
       <c r="D11" s="6">
-        <v>9781496329004</v>
+        <v>9781451194067</v>
       </c>
       <c r="E11">
-        <v>2017</v>
+        <v>2019</v>
       </c>
       <c r="F11" t="s">
-        <v>36</v>
+        <v>33</v>
       </c>
       <c r="G11" s="2">
-        <v>42661</v>
+        <v>43332</v>
       </c>
     </row>
     <row r="12" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A12" t="s">
-        <v>37</v>
+        <v>34</v>
       </c>
       <c r="B12" t="s">
-        <v>5115</v>
+        <v>5111</v>
       </c>
       <c r="C12">
         <v>2</v>
       </c>
       <c r="D12" s="6">
-        <v>9781496375179</v>
+        <v>9781496329004</v>
       </c>
       <c r="E12">
-        <v>2020</v>
+        <v>2017</v>
       </c>
       <c r="F12" t="s">
-        <v>39</v>
+        <v>36</v>
       </c>
       <c r="G12" s="2">
-        <v>43657</v>
+        <v>42661</v>
       </c>
     </row>
     <row r="13" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A13" t="s">
-        <v>31</v>
+        <v>37</v>
       </c>
       <c r="B13" t="s">
-        <v>5116</v>
+        <v>5112</v>
       </c>
       <c r="C13">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="D13" s="6">
-        <v>9781451173093</v>
+        <v>9781496375179</v>
       </c>
       <c r="E13">
-        <v>2015</v>
+        <v>2020</v>
       </c>
       <c r="F13" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="G13" s="2">
-        <v>42028</v>
+        <v>43657</v>
       </c>
     </row>
     <row r="14" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A14" t="s">
-        <v>7</v>
+        <v>31</v>
       </c>
       <c r="B14" t="s">
-        <v>5117</v>
+        <v>5113</v>
       </c>
       <c r="C14">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="D14" s="6">
-        <v>9781975199418</v>
+        <v>9781451173093</v>
       </c>
       <c r="E14">
-        <v>2025</v>
+        <v>2015</v>
       </c>
       <c r="F14" t="s">
-        <v>8</v>
+        <v>41</v>
       </c>
       <c r="G14" s="2">
-        <v>45387</v>
+        <v>42028</v>
       </c>
     </row>
     <row r="15" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A15" t="s">
-        <v>42</v>
+        <v>7</v>
       </c>
       <c r="B15" t="s">
-        <v>5118</v>
+        <v>5114</v>
       </c>
       <c r="C15">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="D15" s="6">
-        <v>9781451182781</v>
+        <v>9781975199418</v>
       </c>
       <c r="E15">
-        <v>2016</v>
+        <v>2025</v>
       </c>
       <c r="F15" t="s">
-        <v>44</v>
+        <v>8</v>
       </c>
       <c r="G15" s="2">
-        <v>42320</v>
+        <v>45387</v>
       </c>
     </row>
     <row r="16" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A16" t="s">
-        <v>5002</v>
+        <v>42</v>
       </c>
       <c r="B16" t="s">
-        <v>5120</v>
+        <v>5115</v>
       </c>
       <c r="C16">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="D16" s="6">
-        <v>9781975222000</v>
+        <v>9781451182781</v>
       </c>
       <c r="E16">
-        <v>2026</v>
+        <v>2016</v>
       </c>
       <c r="F16" t="s">
-        <v>5004</v>
+        <v>44</v>
       </c>
       <c r="G16" s="2">
-        <v>45902</v>
+        <v>42320</v>
       </c>
     </row>
     <row r="17" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A17" t="s">
-        <v>4759</v>
+        <v>4999</v>
       </c>
       <c r="B17" t="s">
-        <v>5110</v>
+        <v>5117</v>
       </c>
       <c r="C17">
         <v>4</v>
       </c>
       <c r="D17" s="6">
-        <v>9781975217969</v>
+        <v>9781975222000</v>
       </c>
       <c r="E17">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F17" t="s">
-        <v>4760</v>
+        <v>5001</v>
       </c>
       <c r="G17" s="2">
-        <v>45701</v>
+        <v>45902</v>
       </c>
     </row>
     <row r="18" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A18" t="s">
-        <v>28</v>
+        <v>4756</v>
       </c>
       <c r="B18" t="s">
-        <v>5112</v>
+        <v>5107</v>
       </c>
       <c r="C18">
         <v>4</v>
       </c>
       <c r="D18" s="6">
-        <v>9781975175511</v>
+        <v>9781975217969</v>
       </c>
       <c r="E18">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="F18" t="s">
-        <v>30</v>
+        <v>4757</v>
       </c>
       <c r="G18" s="2">
-        <v>44998</v>
+        <v>45701</v>
       </c>
     </row>
     <row r="19" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A19" t="s">
-        <v>34</v>
+        <v>28</v>
       </c>
       <c r="B19" t="s">
-        <v>5119</v>
+        <v>5109</v>
       </c>
       <c r="C19">
         <v>4</v>
       </c>
       <c r="D19" s="6">
-        <v>9781975215750</v>
+        <v>9781975175511</v>
       </c>
       <c r="E19">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="F19" t="s">
-        <v>4651</v>
+        <v>30</v>
       </c>
       <c r="G19" s="2">
-        <v>45628</v>
+        <v>44998</v>
       </c>
     </row>
     <row r="20" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A20" t="s">
-        <v>45</v>
+        <v>34</v>
       </c>
       <c r="B20" t="s">
-        <v>46</v>
+        <v>5116</v>
       </c>
       <c r="C20">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="D20" s="6">
-        <v>9781975136062</v>
+        <v>9781975215750</v>
       </c>
       <c r="E20">
-        <v>2022</v>
+        <v>2025</v>
       </c>
       <c r="F20" t="s">
-        <v>47</v>
+        <v>4648</v>
       </c>
       <c r="G20" s="2">
-        <v>44378</v>
+        <v>45628</v>
       </c>
     </row>
     <row r="21" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A21" t="s">
-        <v>48</v>
+        <v>45</v>
       </c>
       <c r="B21" t="s">
-        <v>49</v>
+        <v>46</v>
       </c>
       <c r="C21">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="D21" s="6">
-        <v>9781975198701</v>
+        <v>9781975136062</v>
       </c>
       <c r="E21">
-        <v>2024</v>
+        <v>2022</v>
       </c>
       <c r="F21" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="G21" s="2">
-        <v>45275</v>
+        <v>44378</v>
       </c>
     </row>
     <row r="22" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A22" t="s">
-        <v>51</v>
+        <v>48</v>
       </c>
       <c r="B22" t="s">
-        <v>52</v>
+        <v>49</v>
       </c>
       <c r="C22">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="D22" s="6">
-        <v>9781605478609</v>
+        <v>9781975198701</v>
       </c>
       <c r="E22">
-        <v>2012</v>
+        <v>2024</v>
       </c>
       <c r="F22" t="s">
-        <v>53</v>
+        <v>50</v>
       </c>
       <c r="G22" s="2">
-        <v>41836</v>
+        <v>45275</v>
       </c>
     </row>
     <row r="23" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A23" t="s">
-        <v>54</v>
+        <v>51</v>
       </c>
       <c r="B23" t="s">
-        <v>55</v>
+        <v>52</v>
       </c>
       <c r="C23">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="D23" s="6">
-        <v>9781975145071</v>
+        <v>9781605478609</v>
       </c>
       <c r="E23">
-        <v>2022</v>
+        <v>2012</v>
       </c>
       <c r="F23" t="s">
-        <v>56</v>
+        <v>53</v>
       </c>
       <c r="G23" s="2">
-        <v>44384</v>
+        <v>41836</v>
       </c>
     </row>
     <row r="24" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A24" t="s">
-        <v>57</v>
+        <v>54</v>
       </c>
       <c r="B24" t="s">
-        <v>58</v>
+        <v>55</v>
       </c>
       <c r="C24">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="D24" s="6">
-        <v>9781975109271</v>
+        <v>9781975145071</v>
       </c>
       <c r="E24">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="F24" t="s">
-        <v>59</v>
+        <v>56</v>
       </c>
       <c r="G24" s="2">
-        <v>44206</v>
+        <v>44384</v>
       </c>
     </row>
     <row r="25" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A25" t="s">
-        <v>5105</v>
+        <v>57</v>
       </c>
       <c r="B25" t="s">
-        <v>5106</v>
+        <v>58</v>
       </c>
       <c r="C25">
         <v>1</v>
       </c>
       <c r="D25" s="6">
-        <v>9781975243890</v>
+        <v>9781975109271</v>
       </c>
       <c r="E25">
-        <v>2026</v>
+        <v>2021</v>
       </c>
       <c r="F25" t="s">
-        <v>5102</v>
-[...1 lines deleted...]
-      <c r="G25" s="2"/>
+        <v>59</v>
+      </c>
+      <c r="G25" s="2">
+        <v>44206</v>
+      </c>
     </row>
     <row r="26" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A26" t="s">
-        <v>4649</v>
+        <v>5102</v>
       </c>
       <c r="B26" t="s">
-        <v>4650</v>
+        <v>5103</v>
       </c>
       <c r="C26">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="D26" s="6">
-        <v>9781975213374</v>
+        <v>9781975243890</v>
       </c>
       <c r="E26">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F26" t="s">
-        <v>4647</v>
+        <v>5099</v>
       </c>
       <c r="G26" s="2"/>
     </row>
     <row r="27" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A27" t="s">
         <v>60</v>
       </c>
       <c r="B27" t="s">
         <v>61</v>
       </c>
       <c r="C27">
         <v>10</v>
       </c>
       <c r="D27" s="6">
         <v>9781975211608</v>
       </c>
       <c r="E27">
         <v>2025</v>
       </c>
       <c r="F27" t="s">
         <v>62</v>
       </c>
       <c r="G27" s="2">
         <v>45600</v>
       </c>
@@ -16506,142 +16589,726 @@
     <row r="29" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A29" t="s">
         <v>66</v>
       </c>
       <c r="B29" t="s">
         <v>67</v>
       </c>
       <c r="C29">
         <v>6</v>
       </c>
       <c r="D29" s="6">
         <v>9781975168797</v>
       </c>
       <c r="E29">
         <v>2022</v>
       </c>
       <c r="F29" t="s">
         <v>68</v>
       </c>
       <c r="G29" s="2">
         <v>44378</v>
       </c>
     </row>
     <row r="30" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A30" t="s">
-        <v>5103</v>
+        <v>5100</v>
       </c>
       <c r="B30" t="s">
-        <v>5104</v>
+        <v>5101</v>
       </c>
       <c r="C30">
         <v>7</v>
       </c>
       <c r="D30" s="6">
         <v>9781975265106</v>
       </c>
       <c r="E30">
         <v>2026</v>
       </c>
       <c r="F30" t="s">
-        <v>5102</v>
+        <v>5099</v>
       </c>
       <c r="G30" s="2"/>
     </row>
     <row r="31" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A31" t="s">
         <v>69</v>
       </c>
       <c r="B31" t="s">
         <v>70</v>
       </c>
       <c r="C31">
         <v>3</v>
       </c>
       <c r="D31" s="6">
         <v>9781451183696</v>
       </c>
       <c r="E31">
         <v>2016</v>
       </c>
       <c r="F31" t="s">
         <v>71</v>
       </c>
       <c r="G31" s="2">
         <v>42292</v>
       </c>
     </row>
     <row r="32" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A32" t="s">
-        <v>5100</v>
+        <v>5097</v>
       </c>
       <c r="B32" t="s">
-        <v>5101</v>
+        <v>5098</v>
       </c>
       <c r="C32">
         <v>4</v>
       </c>
       <c r="D32" s="6">
         <v>9781975221935</v>
       </c>
       <c r="E32">
         <v>2026</v>
       </c>
       <c r="F32" t="s">
-        <v>5102</v>
+        <v>5099</v>
       </c>
       <c r="G32" s="2"/>
     </row>
     <row r="33" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A33" t="s">
         <v>72</v>
       </c>
       <c r="B33" t="s">
         <v>73</v>
       </c>
       <c r="C33">
         <v>1</v>
       </c>
       <c r="D33" s="6">
         <v>9781496386908</v>
       </c>
       <c r="E33">
         <v>2020</v>
       </c>
       <c r="F33" t="s">
         <v>74</v>
       </c>
       <c r="G33" s="2">
         <v>44252</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0900-000000000000}">
+  <dimension ref="A1:D53"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="4" width="50.7265625" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A1" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="B1" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="D1" s="1" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="2" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A2" t="s">
+        <v>25</v>
+      </c>
+      <c r="B2" t="s">
+        <v>26</v>
+      </c>
+      <c r="D2" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="3" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A3" t="s">
+        <v>1280</v>
+      </c>
+      <c r="B3" t="s">
+        <v>78</v>
+      </c>
+      <c r="D3" t="s">
+        <v>1281</v>
+      </c>
+    </row>
+    <row r="4" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B4" t="s">
+        <v>82</v>
+      </c>
+      <c r="D4" t="s">
+        <v>1282</v>
+      </c>
+    </row>
+    <row r="5" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B5" t="s">
+        <v>84</v>
+      </c>
+      <c r="D5" t="s">
+        <v>1283</v>
+      </c>
+    </row>
+    <row r="6" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B6" t="s">
+        <v>86</v>
+      </c>
+      <c r="D6" t="s">
+        <v>1284</v>
+      </c>
+    </row>
+    <row r="7" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B7" t="s">
+        <v>362</v>
+      </c>
+      <c r="D7" t="s">
+        <v>1285</v>
+      </c>
+    </row>
+    <row r="8" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B8" t="s">
+        <v>1286</v>
+      </c>
+      <c r="D8" t="s">
+        <v>1287</v>
+      </c>
+    </row>
+    <row r="9" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B9" t="s">
+        <v>1288</v>
+      </c>
+      <c r="C9" t="s">
+        <v>89</v>
+      </c>
+      <c r="D9" t="s">
+        <v>1289</v>
+      </c>
+    </row>
+    <row r="10" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B10" t="s">
+        <v>1290</v>
+      </c>
+      <c r="C10" t="s">
+        <v>92</v>
+      </c>
+      <c r="D10" t="s">
+        <v>1291</v>
+      </c>
+    </row>
+    <row r="11" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B11" t="s">
+        <v>1292</v>
+      </c>
+      <c r="C11" t="s">
+        <v>95</v>
+      </c>
+      <c r="D11" t="s">
+        <v>1293</v>
+      </c>
+    </row>
+    <row r="12" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B12" t="s">
+        <v>1294</v>
+      </c>
+      <c r="C12" t="s">
+        <v>98</v>
+      </c>
+      <c r="D12" t="s">
+        <v>1295</v>
+      </c>
+    </row>
+    <row r="13" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B13" t="s">
+        <v>1296</v>
+      </c>
+      <c r="C13" t="s">
+        <v>101</v>
+      </c>
+      <c r="D13" t="s">
+        <v>1297</v>
+      </c>
+    </row>
+    <row r="14" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B14" t="s">
+        <v>1298</v>
+      </c>
+      <c r="C14" t="s">
+        <v>111</v>
+      </c>
+      <c r="D14" t="s">
+        <v>1299</v>
+      </c>
+    </row>
+    <row r="15" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B15" t="s">
+        <v>1300</v>
+      </c>
+      <c r="C15" t="s">
+        <v>114</v>
+      </c>
+      <c r="D15" t="s">
+        <v>1301</v>
+      </c>
+    </row>
+    <row r="16" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B16" t="s">
+        <v>1302</v>
+      </c>
+      <c r="C16" t="s">
+        <v>117</v>
+      </c>
+      <c r="D16" t="s">
+        <v>1303</v>
+      </c>
+    </row>
+    <row r="17" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B17" t="s">
+        <v>1304</v>
+      </c>
+      <c r="C17" t="s">
+        <v>120</v>
+      </c>
+      <c r="D17" t="s">
+        <v>1305</v>
+      </c>
+    </row>
+    <row r="18" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B18" t="s">
+        <v>1306</v>
+      </c>
+      <c r="C18" t="s">
+        <v>123</v>
+      </c>
+      <c r="D18" t="s">
+        <v>1307</v>
+      </c>
+    </row>
+    <row r="19" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B19" t="s">
+        <v>1308</v>
+      </c>
+      <c r="C19" t="s">
+        <v>126</v>
+      </c>
+      <c r="D19" t="s">
+        <v>1309</v>
+      </c>
+    </row>
+    <row r="20" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B20" t="s">
+        <v>1310</v>
+      </c>
+      <c r="C20" t="s">
+        <v>129</v>
+      </c>
+      <c r="D20" t="s">
+        <v>1311</v>
+      </c>
+    </row>
+    <row r="21" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B21" t="s">
+        <v>1312</v>
+      </c>
+      <c r="C21" t="s">
+        <v>132</v>
+      </c>
+      <c r="D21" t="s">
+        <v>1313</v>
+      </c>
+    </row>
+    <row r="22" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B22" t="s">
+        <v>1314</v>
+      </c>
+      <c r="C22" t="s">
+        <v>135</v>
+      </c>
+      <c r="D22" t="s">
+        <v>1315</v>
+      </c>
+    </row>
+    <row r="23" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B23" t="s">
+        <v>1316</v>
+      </c>
+      <c r="D23" t="s">
+        <v>1317</v>
+      </c>
+    </row>
+    <row r="24" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B24" t="s">
+        <v>1318</v>
+      </c>
+      <c r="C24" t="s">
+        <v>138</v>
+      </c>
+      <c r="D24" t="s">
+        <v>1319</v>
+      </c>
+    </row>
+    <row r="25" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B25" t="s">
+        <v>1320</v>
+      </c>
+      <c r="C25" t="s">
+        <v>141</v>
+      </c>
+      <c r="D25" t="s">
+        <v>1321</v>
+      </c>
+    </row>
+    <row r="26" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B26" t="s">
+        <v>1322</v>
+      </c>
+      <c r="C26" t="s">
+        <v>144</v>
+      </c>
+      <c r="D26" t="s">
+        <v>1323</v>
+      </c>
+    </row>
+    <row r="27" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B27" t="s">
+        <v>1324</v>
+      </c>
+      <c r="C27" t="s">
+        <v>147</v>
+      </c>
+      <c r="D27" t="s">
+        <v>1325</v>
+      </c>
+    </row>
+    <row r="28" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B28" t="s">
+        <v>1326</v>
+      </c>
+      <c r="C28" t="s">
+        <v>150</v>
+      </c>
+      <c r="D28" t="s">
+        <v>1327</v>
+      </c>
+    </row>
+    <row r="29" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B29" t="s">
+        <v>1328</v>
+      </c>
+      <c r="C29" t="s">
+        <v>153</v>
+      </c>
+      <c r="D29" t="s">
+        <v>1329</v>
+      </c>
+    </row>
+    <row r="30" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B30" t="s">
+        <v>1330</v>
+      </c>
+      <c r="C30" t="s">
+        <v>156</v>
+      </c>
+      <c r="D30" t="s">
+        <v>1331</v>
+      </c>
+    </row>
+    <row r="31" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B31" t="s">
+        <v>1332</v>
+      </c>
+      <c r="C31" t="s">
+        <v>159</v>
+      </c>
+      <c r="D31" t="s">
+        <v>1333</v>
+      </c>
+    </row>
+    <row r="32" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B32" t="s">
+        <v>1334</v>
+      </c>
+      <c r="C32" t="s">
+        <v>162</v>
+      </c>
+      <c r="D32" t="s">
+        <v>1335</v>
+      </c>
+    </row>
+    <row r="33" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B33" t="s">
+        <v>1336</v>
+      </c>
+      <c r="C33" t="s">
+        <v>165</v>
+      </c>
+      <c r="D33" t="s">
+        <v>1337</v>
+      </c>
+    </row>
+    <row r="34" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B34" t="s">
+        <v>1338</v>
+      </c>
+      <c r="C34" t="s">
+        <v>168</v>
+      </c>
+      <c r="D34" t="s">
+        <v>1339</v>
+      </c>
+    </row>
+    <row r="35" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B35" t="s">
+        <v>1340</v>
+      </c>
+      <c r="C35" t="s">
+        <v>171</v>
+      </c>
+      <c r="D35" t="s">
+        <v>1341</v>
+      </c>
+    </row>
+    <row r="36" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B36" t="s">
+        <v>1342</v>
+      </c>
+      <c r="C36" t="s">
+        <v>174</v>
+      </c>
+      <c r="D36" t="s">
+        <v>1343</v>
+      </c>
+    </row>
+    <row r="37" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B37" t="s">
+        <v>1344</v>
+      </c>
+      <c r="C37" t="s">
+        <v>177</v>
+      </c>
+      <c r="D37" t="s">
+        <v>1345</v>
+      </c>
+    </row>
+    <row r="38" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B38" t="s">
+        <v>1346</v>
+      </c>
+      <c r="C38" t="s">
+        <v>180</v>
+      </c>
+      <c r="D38" t="s">
+        <v>1347</v>
+      </c>
+    </row>
+    <row r="39" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B39" t="s">
+        <v>1348</v>
+      </c>
+      <c r="C39" t="s">
+        <v>183</v>
+      </c>
+      <c r="D39" t="s">
+        <v>1349</v>
+      </c>
+    </row>
+    <row r="40" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B40" t="s">
+        <v>963</v>
+      </c>
+      <c r="C40" t="s">
+        <v>186</v>
+      </c>
+      <c r="D40" t="s">
+        <v>1350</v>
+      </c>
+    </row>
+    <row r="41" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B41" t="s">
+        <v>1351</v>
+      </c>
+      <c r="C41" t="s">
+        <v>189</v>
+      </c>
+      <c r="D41" t="s">
+        <v>1352</v>
+      </c>
+    </row>
+    <row r="42" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B42" t="s">
+        <v>1353</v>
+      </c>
+      <c r="C42" t="s">
+        <v>192</v>
+      </c>
+      <c r="D42" t="s">
+        <v>1354</v>
+      </c>
+    </row>
+    <row r="43" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B43" t="s">
+        <v>1355</v>
+      </c>
+      <c r="C43" t="s">
+        <v>195</v>
+      </c>
+      <c r="D43" t="s">
+        <v>1356</v>
+      </c>
+    </row>
+    <row r="44" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B44" t="s">
+        <v>1357</v>
+      </c>
+      <c r="C44" t="s">
+        <v>198</v>
+      </c>
+      <c r="D44" t="s">
+        <v>1358</v>
+      </c>
+    </row>
+    <row r="45" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B45" t="s">
+        <v>1359</v>
+      </c>
+      <c r="C45" t="s">
+        <v>201</v>
+      </c>
+      <c r="D45" t="s">
+        <v>1360</v>
+      </c>
+    </row>
+    <row r="46" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B46" t="s">
+        <v>1361</v>
+      </c>
+      <c r="C46" t="s">
+        <v>204</v>
+      </c>
+      <c r="D46" t="s">
+        <v>1362</v>
+      </c>
+    </row>
+    <row r="47" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B47" t="s">
+        <v>1363</v>
+      </c>
+      <c r="C47" t="s">
+        <v>207</v>
+      </c>
+      <c r="D47" t="s">
+        <v>1364</v>
+      </c>
+    </row>
+    <row r="48" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B48" t="s">
+        <v>1365</v>
+      </c>
+      <c r="C48" t="s">
+        <v>210</v>
+      </c>
+      <c r="D48" t="s">
+        <v>1366</v>
+      </c>
+    </row>
+    <row r="49" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B49" t="s">
+        <v>1367</v>
+      </c>
+      <c r="C49" t="s">
+        <v>213</v>
+      </c>
+      <c r="D49" t="s">
+        <v>1368</v>
+      </c>
+    </row>
+    <row r="50" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B50" t="s">
+        <v>1369</v>
+      </c>
+      <c r="C50" t="s">
+        <v>216</v>
+      </c>
+      <c r="D50" t="s">
+        <v>1370</v>
+      </c>
+    </row>
+    <row r="51" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B51" t="s">
+        <v>1371</v>
+      </c>
+      <c r="C51" t="s">
+        <v>219</v>
+      </c>
+      <c r="D51" t="s">
+        <v>1372</v>
+      </c>
+    </row>
+    <row r="52" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B52" t="s">
+        <v>1373</v>
+      </c>
+      <c r="C52" t="s">
+        <v>222</v>
+      </c>
+      <c r="D52" t="s">
+        <v>1374</v>
+      </c>
+    </row>
+    <row r="53" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B53" t="s">
+        <v>1375</v>
+      </c>
+      <c r="C53" t="s">
+        <v>225</v>
+      </c>
+      <c r="D53" t="s">
+        <v>1376</v>
+      </c>
+    </row>
+  </sheetData>
+  <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0A00-000000000000}">
   <dimension ref="A1:D44"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>75</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>76</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
@@ -17073,51 +17740,51 @@
     </row>
     <row r="43" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B43" t="s">
         <v>1451</v>
       </c>
       <c r="D43" t="s">
         <v>1452</v>
       </c>
     </row>
     <row r="44" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B44" t="s">
         <v>1453</v>
       </c>
       <c r="C44" t="s">
         <v>189</v>
       </c>
       <c r="D44" t="s">
         <v>1454</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0B00-000000000000}">
   <dimension ref="A1:D48"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>75</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>76</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
@@ -17566,51 +18233,51 @@
     </row>
     <row r="47" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B47" t="s">
         <v>1536</v>
       </c>
       <c r="D47" t="s">
         <v>1537</v>
       </c>
     </row>
     <row r="48" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B48" t="s">
         <v>1538</v>
       </c>
       <c r="C48" t="s">
         <v>174</v>
       </c>
       <c r="D48" t="s">
         <v>1539</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="A1:D166"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="B2" sqref="B2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>75</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>76</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>77</v>
       </c>
@@ -19371,51 +20038,51 @@
         <v>233</v>
       </c>
       <c r="C165" t="s">
         <v>234</v>
       </c>
       <c r="D165" t="s">
         <v>351</v>
       </c>
     </row>
     <row r="166" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B166" t="s">
         <v>236</v>
       </c>
       <c r="C166" t="s">
         <v>237</v>
       </c>
       <c r="D166" t="s">
         <v>352</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet14.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0C00-000000000000}">
   <dimension ref="A1:D60"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>75</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>76</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
@@ -20005,51 +20672,51 @@
         <v>1645</v>
       </c>
       <c r="C59" t="s">
         <v>216</v>
       </c>
       <c r="D59" t="s">
         <v>1646</v>
       </c>
     </row>
     <row r="60" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B60" t="s">
         <v>1647</v>
       </c>
       <c r="C60" t="s">
         <v>219</v>
       </c>
       <c r="D60" t="s">
         <v>1648</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet14.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet15.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0D00-000000000000}">
   <dimension ref="A1:D72"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>75</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>76</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
@@ -20786,51 +21453,51 @@
         <v>1783</v>
       </c>
       <c r="C71" t="s">
         <v>1784</v>
       </c>
       <c r="D71" t="s">
         <v>1785</v>
       </c>
     </row>
     <row r="72" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B72" t="s">
         <v>1786</v>
       </c>
       <c r="C72" t="s">
         <v>1787</v>
       </c>
       <c r="D72" t="s">
         <v>1788</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet15.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet16.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0E00-000000000000}">
   <dimension ref="A1:D55"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>75</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>76</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
@@ -21371,51 +22038,51 @@
     </row>
     <row r="54" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B54" t="s">
         <v>1885</v>
       </c>
       <c r="D54" t="s">
         <v>1886</v>
       </c>
     </row>
     <row r="55" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B55" t="s">
         <v>1887</v>
       </c>
       <c r="C55" t="s">
         <v>213</v>
       </c>
       <c r="D55" t="s">
         <v>1888</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet16.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet17.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0F00-000000000000}">
   <dimension ref="A1:D54"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>75</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>76</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
@@ -21948,2087 +22615,1123 @@
         <v>1987</v>
       </c>
       <c r="C53" t="s">
         <v>201</v>
       </c>
       <c r="D53" t="s">
         <v>1988</v>
       </c>
     </row>
     <row r="54" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B54" t="s">
         <v>1989</v>
       </c>
       <c r="C54" t="s">
         <v>204</v>
       </c>
       <c r="D54" t="s">
         <v>1990</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet17.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet18.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{DCD617BF-DBA3-4425-AC02-AAD821238793}">
   <dimension ref="A1:D55"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="4" t="s">
         <v>75</v>
       </c>
       <c r="B1" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="4" t="s">
         <v>76</v>
       </c>
       <c r="D1" s="4" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
-        <v>5002</v>
+        <v>4999</v>
       </c>
       <c r="B2" t="s">
-        <v>5003</v>
+        <v>5000</v>
       </c>
       <c r="D2" t="s">
-        <v>5004</v>
+        <v>5001</v>
       </c>
     </row>
     <row r="3" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
-        <v>5005</v>
+        <v>5002</v>
       </c>
       <c r="B3" t="s">
         <v>78</v>
       </c>
       <c r="D3" t="s">
-        <v>5006</v>
+        <v>5003</v>
       </c>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B4" t="s">
-        <v>5007</v>
+        <v>5004</v>
       </c>
       <c r="D4" t="s">
-        <v>5008</v>
+        <v>5005</v>
       </c>
     </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B5" t="s">
         <v>355</v>
       </c>
       <c r="D5" t="s">
-        <v>5009</v>
+        <v>5006</v>
       </c>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B6" t="s">
         <v>4155</v>
       </c>
       <c r="D6" t="s">
-        <v>5010</v>
+        <v>5007</v>
       </c>
     </row>
     <row r="7" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B7" t="s">
-        <v>5011</v>
+        <v>5008</v>
       </c>
       <c r="D7" t="s">
-        <v>5012</v>
+        <v>5009</v>
       </c>
     </row>
     <row r="8" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B8" t="s">
-        <v>5013</v>
+        <v>5010</v>
       </c>
       <c r="D8" t="s">
-        <v>5014</v>
+        <v>5011</v>
       </c>
     </row>
     <row r="9" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B9" t="s">
-        <v>5015</v>
+        <v>5012</v>
       </c>
       <c r="D9" t="s">
-        <v>5016</v>
+        <v>5013</v>
       </c>
     </row>
     <row r="10" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B10" t="s">
-        <v>5017</v>
+        <v>5014</v>
       </c>
       <c r="C10" t="s">
         <v>89</v>
       </c>
       <c r="D10" t="s">
-        <v>5018</v>
+        <v>5015</v>
       </c>
     </row>
     <row r="11" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B11" t="s">
-        <v>5019</v>
+        <v>5016</v>
       </c>
       <c r="C11" t="s">
         <v>92</v>
       </c>
       <c r="D11" t="s">
-        <v>5020</v>
+        <v>5017</v>
       </c>
     </row>
     <row r="12" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B12" t="s">
-        <v>5021</v>
+        <v>5018</v>
       </c>
       <c r="C12" t="s">
         <v>95</v>
       </c>
       <c r="D12" t="s">
-        <v>5022</v>
+        <v>5019</v>
       </c>
     </row>
     <row r="13" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B13" t="s">
-        <v>5023</v>
+        <v>5020</v>
       </c>
       <c r="C13" t="s">
         <v>98</v>
       </c>
       <c r="D13" t="s">
-        <v>5024</v>
+        <v>5021</v>
       </c>
     </row>
     <row r="14" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B14" t="s">
-        <v>5025</v>
+        <v>5022</v>
       </c>
       <c r="C14" t="s">
         <v>101</v>
       </c>
       <c r="D14" t="s">
-        <v>5026</v>
+        <v>5023</v>
       </c>
     </row>
     <row r="15" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B15" t="s">
-        <v>5027</v>
+        <v>5024</v>
       </c>
       <c r="C15" t="s">
         <v>111</v>
       </c>
       <c r="D15" t="s">
-        <v>5028</v>
+        <v>5025</v>
       </c>
     </row>
     <row r="16" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B16" t="s">
-        <v>5029</v>
+        <v>5026</v>
       </c>
       <c r="D16" t="s">
-        <v>5030</v>
+        <v>5027</v>
       </c>
     </row>
     <row r="17" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B17" t="s">
         <v>1991</v>
       </c>
       <c r="C17" t="s">
         <v>114</v>
       </c>
       <c r="D17" t="s">
-        <v>5031</v>
+        <v>5028</v>
       </c>
     </row>
     <row r="18" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B18" t="s">
         <v>1992</v>
       </c>
       <c r="C18" t="s">
         <v>117</v>
       </c>
       <c r="D18" t="s">
-        <v>5032</v>
+        <v>5029</v>
       </c>
     </row>
     <row r="19" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B19" t="s">
         <v>1993</v>
       </c>
       <c r="C19" t="s">
         <v>120</v>
       </c>
       <c r="D19" t="s">
-        <v>5033</v>
+        <v>5030</v>
       </c>
     </row>
     <row r="20" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B20" t="s">
-        <v>5034</v>
+        <v>5031</v>
       </c>
       <c r="C20" t="s">
         <v>123</v>
       </c>
       <c r="D20" t="s">
-        <v>5035</v>
+        <v>5032</v>
       </c>
     </row>
     <row r="21" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B21" t="s">
         <v>1994</v>
       </c>
       <c r="C21" t="s">
         <v>126</v>
       </c>
       <c r="D21" t="s">
-        <v>5036</v>
+        <v>5033</v>
       </c>
     </row>
     <row r="22" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B22" t="s">
-        <v>5037</v>
+        <v>5034</v>
       </c>
       <c r="D22" t="s">
-        <v>5038</v>
+        <v>5035</v>
       </c>
     </row>
     <row r="23" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B23" t="s">
         <v>1995</v>
       </c>
       <c r="C23" t="s">
         <v>129</v>
       </c>
       <c r="D23" t="s">
-        <v>5039</v>
+        <v>5036</v>
       </c>
     </row>
     <row r="24" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B24" t="s">
-        <v>5040</v>
+        <v>5037</v>
       </c>
       <c r="C24" t="s">
         <v>132</v>
       </c>
       <c r="D24" t="s">
-        <v>5041</v>
+        <v>5038</v>
       </c>
     </row>
     <row r="25" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B25" t="s">
-        <v>5042</v>
+        <v>5039</v>
       </c>
       <c r="C25" t="s">
         <v>135</v>
       </c>
       <c r="D25" t="s">
-        <v>5043</v>
+        <v>5040</v>
       </c>
     </row>
     <row r="26" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B26" t="s">
-        <v>5044</v>
+        <v>5041</v>
       </c>
       <c r="C26" t="s">
         <v>138</v>
       </c>
       <c r="D26" t="s">
-        <v>5045</v>
+        <v>5042</v>
       </c>
     </row>
     <row r="27" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B27" t="s">
         <v>1996</v>
       </c>
       <c r="C27" t="s">
         <v>141</v>
       </c>
       <c r="D27" t="s">
-        <v>5046</v>
+        <v>5043</v>
       </c>
     </row>
     <row r="28" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B28" t="s">
-        <v>5047</v>
+        <v>5044</v>
       </c>
       <c r="C28" t="s">
         <v>144</v>
       </c>
       <c r="D28" t="s">
-        <v>5048</v>
+        <v>5045</v>
       </c>
     </row>
     <row r="29" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B29" t="s">
-        <v>5049</v>
+        <v>5046</v>
       </c>
       <c r="C29" t="s">
         <v>147</v>
       </c>
       <c r="D29" t="s">
-        <v>5050</v>
+        <v>5047</v>
       </c>
     </row>
     <row r="30" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B30" t="s">
-        <v>5051</v>
+        <v>5048</v>
       </c>
       <c r="C30" t="s">
         <v>150</v>
       </c>
       <c r="D30" t="s">
-        <v>5052</v>
+        <v>5049</v>
       </c>
     </row>
     <row r="31" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B31" t="s">
-        <v>5053</v>
+        <v>5050</v>
       </c>
       <c r="C31" t="s">
         <v>153</v>
       </c>
       <c r="D31" t="s">
-        <v>5054</v>
+        <v>5051</v>
       </c>
     </row>
     <row r="32" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B32" t="s">
-        <v>5055</v>
+        <v>5052</v>
       </c>
       <c r="C32" t="s">
         <v>156</v>
       </c>
       <c r="D32" t="s">
-        <v>5056</v>
+        <v>5053</v>
       </c>
     </row>
     <row r="33" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B33" t="s">
-        <v>5057</v>
+        <v>5054</v>
       </c>
       <c r="C33" t="s">
         <v>159</v>
       </c>
       <c r="D33" t="s">
-        <v>5058</v>
+        <v>5055</v>
       </c>
     </row>
     <row r="34" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B34" t="s">
-        <v>5059</v>
+        <v>5056</v>
       </c>
       <c r="D34" t="s">
-        <v>5060</v>
+        <v>5057</v>
       </c>
     </row>
     <row r="35" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B35" t="s">
-        <v>5061</v>
+        <v>5058</v>
       </c>
       <c r="C35" t="s">
         <v>162</v>
       </c>
       <c r="D35" t="s">
-        <v>5062</v>
+        <v>5059</v>
       </c>
     </row>
     <row r="36" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B36" t="s">
-        <v>5063</v>
+        <v>5060</v>
       </c>
       <c r="C36" t="s">
         <v>165</v>
       </c>
       <c r="D36" t="s">
-        <v>5064</v>
+        <v>5061</v>
       </c>
     </row>
     <row r="37" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B37" t="s">
-        <v>5065</v>
+        <v>5062</v>
       </c>
       <c r="C37" t="s">
         <v>168</v>
       </c>
       <c r="D37" t="s">
-        <v>5066</v>
+        <v>5063</v>
       </c>
     </row>
     <row r="38" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B38" t="s">
-        <v>5067</v>
+        <v>5064</v>
       </c>
       <c r="C38" t="s">
         <v>171</v>
       </c>
       <c r="D38" t="s">
-        <v>5068</v>
+        <v>5065</v>
       </c>
     </row>
     <row r="39" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B39" t="s">
-        <v>5069</v>
+        <v>5066</v>
       </c>
       <c r="D39" t="s">
-        <v>5070</v>
+        <v>5067</v>
       </c>
     </row>
     <row r="40" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B40" t="s">
         <v>1995</v>
       </c>
       <c r="C40" t="s">
         <v>174</v>
       </c>
       <c r="D40" t="s">
-        <v>5071</v>
+        <v>5068</v>
       </c>
     </row>
     <row r="41" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B41" t="s">
         <v>1997</v>
       </c>
       <c r="C41" t="s">
         <v>177</v>
       </c>
       <c r="D41" t="s">
-        <v>5072</v>
+        <v>5069</v>
       </c>
     </row>
     <row r="42" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B42" t="s">
-        <v>5073</v>
+        <v>5070</v>
       </c>
       <c r="C42" t="s">
         <v>180</v>
       </c>
       <c r="D42" t="s">
-        <v>5074</v>
+        <v>5071</v>
       </c>
     </row>
     <row r="43" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B43" t="s">
-        <v>5075</v>
+        <v>5072</v>
       </c>
       <c r="C43" t="s">
         <v>183</v>
       </c>
       <c r="D43" t="s">
-        <v>5076</v>
+        <v>5073</v>
       </c>
     </row>
     <row r="44" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B44" t="s">
-        <v>5077</v>
+        <v>5074</v>
       </c>
       <c r="C44" t="s">
         <v>186</v>
       </c>
       <c r="D44" t="s">
-        <v>5078</v>
+        <v>5075</v>
       </c>
     </row>
     <row r="45" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B45" t="s">
-        <v>5079</v>
+        <v>5076</v>
       </c>
       <c r="C45" t="s">
         <v>189</v>
       </c>
       <c r="D45" t="s">
-        <v>5080</v>
+        <v>5077</v>
       </c>
     </row>
     <row r="46" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B46" t="s">
-        <v>5081</v>
+        <v>5078</v>
       </c>
       <c r="C46" t="s">
         <v>192</v>
       </c>
       <c r="D46" t="s">
-        <v>5082</v>
+        <v>5079</v>
       </c>
     </row>
     <row r="47" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B47" t="s">
-        <v>5083</v>
+        <v>5080</v>
       </c>
       <c r="C47" t="s">
         <v>195</v>
       </c>
       <c r="D47" t="s">
-        <v>5084</v>
+        <v>5081</v>
       </c>
     </row>
     <row r="48" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B48" t="s">
         <v>1998</v>
       </c>
       <c r="C48" t="s">
         <v>198</v>
       </c>
       <c r="D48" t="s">
-        <v>5085</v>
+        <v>5082</v>
       </c>
     </row>
     <row r="49" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B49" t="s">
-        <v>5086</v>
+        <v>5083</v>
       </c>
       <c r="D49" t="s">
-        <v>5087</v>
+        <v>5084</v>
       </c>
     </row>
     <row r="50" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B50" t="s">
-        <v>5088</v>
+        <v>5085</v>
       </c>
       <c r="C50" t="s">
         <v>201</v>
       </c>
       <c r="D50" t="s">
-        <v>5089</v>
+        <v>5086</v>
       </c>
     </row>
     <row r="51" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B51" t="s">
-        <v>5090</v>
+        <v>5087</v>
       </c>
       <c r="C51" t="s">
         <v>204</v>
       </c>
       <c r="D51" t="s">
-        <v>5091</v>
+        <v>5088</v>
       </c>
     </row>
     <row r="52" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B52" t="s">
-        <v>5092</v>
+        <v>5089</v>
       </c>
       <c r="C52" t="s">
         <v>207</v>
       </c>
       <c r="D52" t="s">
-        <v>5093</v>
+        <v>5090</v>
       </c>
     </row>
     <row r="53" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B53" t="s">
-        <v>5094</v>
+        <v>5091</v>
       </c>
       <c r="C53" t="s">
         <v>210</v>
       </c>
       <c r="D53" t="s">
-        <v>5095</v>
+        <v>5092</v>
       </c>
     </row>
     <row r="54" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B54" t="s">
-        <v>5096</v>
+        <v>5093</v>
       </c>
       <c r="C54" t="s">
         <v>213</v>
       </c>
       <c r="D54" t="s">
-        <v>5097</v>
+        <v>5094</v>
       </c>
     </row>
     <row r="55" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B55" t="s">
-        <v>5098</v>
+        <v>5095</v>
       </c>
       <c r="C55" t="s">
         <v>216</v>
       </c>
       <c r="D55" t="s">
-        <v>5099</v>
+        <v>5096</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet18.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet19.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{40BB2DD4-21C6-4B05-9224-2CBCED282757}">
   <dimension ref="A1:D62"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="B2" sqref="B2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>75</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>76</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
-        <v>4652</v>
+        <v>4649</v>
       </c>
       <c r="B2" t="s">
-        <v>4653</v>
+        <v>4650</v>
       </c>
       <c r="D2" t="s">
-        <v>4651</v>
+        <v>4648</v>
       </c>
     </row>
     <row r="3" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
-        <v>4654</v>
+        <v>4651</v>
       </c>
       <c r="C3" t="s">
-        <v>4655</v>
+        <v>4652</v>
       </c>
       <c r="D3" t="s">
-        <v>4656</v>
+        <v>4653</v>
       </c>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.25">
       <c r="C4" t="s">
         <v>355</v>
       </c>
       <c r="D4" t="s">
-        <v>4657</v>
+        <v>4654</v>
       </c>
     </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.25">
       <c r="C5" t="s">
         <v>82</v>
       </c>
       <c r="D5" t="s">
-        <v>4658</v>
+        <v>4655</v>
       </c>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.25">
       <c r="C6" t="s">
         <v>362</v>
       </c>
       <c r="D6" t="s">
-        <v>4659</v>
+        <v>4656</v>
       </c>
     </row>
     <row r="7" spans="1:4" x14ac:dyDescent="0.25">
       <c r="C7" t="s">
         <v>84</v>
       </c>
       <c r="D7" t="s">
-        <v>4660</v>
+        <v>4657</v>
       </c>
     </row>
     <row r="8" spans="1:4" x14ac:dyDescent="0.25">
       <c r="C8" t="s">
         <v>86</v>
       </c>
       <c r="D8" t="s">
-        <v>4661</v>
+        <v>4658</v>
       </c>
     </row>
     <row r="10" spans="1:4" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B10" s="3" t="s">
-        <v>4662</v>
+        <v>4659</v>
       </c>
     </row>
     <row r="11" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B11" t="s">
-        <v>4663</v>
+        <v>4660</v>
       </c>
       <c r="D11" t="s">
-        <v>4664</v>
+        <v>4661</v>
       </c>
     </row>
     <row r="12" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B12" t="s">
-        <v>4665</v>
+        <v>4662</v>
       </c>
       <c r="D12" t="s">
-        <v>4666</v>
+        <v>4663</v>
       </c>
     </row>
     <row r="13" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B13" t="s">
-        <v>4667</v>
+        <v>4664</v>
       </c>
       <c r="D13" t="s">
-        <v>4668</v>
+        <v>4665</v>
       </c>
     </row>
     <row r="14" spans="1:4" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B14" s="3" t="s">
-        <v>4669</v>
+        <v>4666</v>
       </c>
     </row>
     <row r="15" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B15" t="s">
-        <v>4670</v>
+        <v>4667</v>
       </c>
       <c r="D15" t="s">
-        <v>4671</v>
+        <v>4668</v>
       </c>
     </row>
     <row r="16" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B16" t="s">
-        <v>4672</v>
+        <v>4669</v>
       </c>
       <c r="D16" t="s">
-        <v>4673</v>
+        <v>4670</v>
       </c>
     </row>
     <row r="17" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B17" t="s">
-        <v>4674</v>
+        <v>4671</v>
       </c>
       <c r="D17" t="s">
-        <v>4675</v>
+        <v>4672</v>
       </c>
     </row>
     <row r="18" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B18" t="s">
-        <v>4676</v>
+        <v>4673</v>
       </c>
       <c r="D18" t="s">
-        <v>4677</v>
+        <v>4674</v>
       </c>
     </row>
     <row r="19" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B19" t="s">
-        <v>4678</v>
+        <v>4675</v>
       </c>
       <c r="D19" t="s">
-        <v>4679</v>
+        <v>4676</v>
       </c>
     </row>
     <row r="20" spans="2:4" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B20" s="3" t="s">
-        <v>4680</v>
+        <v>4677</v>
       </c>
     </row>
     <row r="21" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B21" t="s">
-        <v>4681</v>
+        <v>4678</v>
       </c>
       <c r="D21" t="s">
-        <v>4682</v>
+        <v>4679</v>
       </c>
     </row>
     <row r="22" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B22" t="s">
-        <v>4683</v>
+        <v>4680</v>
       </c>
       <c r="D22" t="s">
-        <v>4684</v>
+        <v>4681</v>
       </c>
     </row>
     <row r="23" spans="2:4" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B23" s="3" t="s">
-        <v>4685</v>
+        <v>4682</v>
       </c>
     </row>
     <row r="24" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B24" t="s">
-        <v>4686</v>
+        <v>4683</v>
       </c>
       <c r="D24" t="s">
-        <v>4687</v>
+        <v>4684</v>
       </c>
     </row>
     <row r="25" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B25" t="s">
-        <v>4688</v>
+        <v>4685</v>
       </c>
       <c r="D25" t="s">
-        <v>4689</v>
+        <v>4686</v>
       </c>
     </row>
     <row r="26" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B26" t="s">
-        <v>4690</v>
+        <v>4687</v>
       </c>
       <c r="D26" t="s">
-        <v>4691</v>
+        <v>4688</v>
       </c>
     </row>
     <row r="27" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B27" t="s">
-        <v>4692</v>
+        <v>4689</v>
       </c>
       <c r="D27" t="s">
-        <v>4693</v>
+        <v>4690</v>
       </c>
     </row>
     <row r="28" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B28" t="s">
-        <v>4694</v>
+        <v>4691</v>
       </c>
       <c r="D28" t="s">
-        <v>4695</v>
+        <v>4692</v>
       </c>
     </row>
     <row r="29" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B29" t="s">
-        <v>4696</v>
+        <v>4693</v>
       </c>
       <c r="D29" t="s">
-        <v>4697</v>
+        <v>4694</v>
       </c>
     </row>
     <row r="30" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B30" t="s">
-        <v>4698</v>
+        <v>4695</v>
       </c>
       <c r="D30" t="s">
-        <v>4699</v>
+        <v>4696</v>
       </c>
     </row>
     <row r="31" spans="2:4" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B31" s="3" t="s">
-        <v>4700</v>
+        <v>4697</v>
       </c>
     </row>
     <row r="32" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B32" t="s">
-        <v>4701</v>
+        <v>4698</v>
       </c>
       <c r="D32" t="s">
-        <v>4702</v>
+        <v>4699</v>
       </c>
     </row>
     <row r="33" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B33" t="s">
-        <v>4703</v>
+        <v>4700</v>
       </c>
       <c r="D33" t="s">
-        <v>4704</v>
+        <v>4701</v>
       </c>
     </row>
     <row r="34" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B34" t="s">
-        <v>4705</v>
+        <v>4702</v>
       </c>
       <c r="D34" t="s">
-        <v>4706</v>
+        <v>4703</v>
       </c>
     </row>
     <row r="35" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B35" t="s">
-        <v>4707</v>
+        <v>4704</v>
       </c>
       <c r="D35" t="s">
-        <v>4708</v>
+        <v>4705</v>
       </c>
     </row>
     <row r="36" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B36" t="s">
-        <v>4709</v>
+        <v>4706</v>
       </c>
       <c r="D36" t="s">
-        <v>4710</v>
+        <v>4707</v>
       </c>
     </row>
     <row r="37" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B37" t="s">
-        <v>4711</v>
+        <v>4708</v>
       </c>
       <c r="D37" t="s">
-        <v>4712</v>
+        <v>4709</v>
       </c>
     </row>
     <row r="38" spans="2:4" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B38" s="3" t="s">
-        <v>4713</v>
+        <v>4710</v>
       </c>
     </row>
     <row r="39" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B39" t="s">
-        <v>4714</v>
+        <v>4711</v>
       </c>
       <c r="D39" t="s">
-        <v>4715</v>
+        <v>4712</v>
       </c>
     </row>
     <row r="40" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B40" t="s">
-        <v>4716</v>
+        <v>4713</v>
       </c>
       <c r="D40" t="s">
-        <v>4717</v>
+        <v>4714</v>
       </c>
     </row>
     <row r="41" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B41" t="s">
-        <v>4718</v>
+        <v>4715</v>
       </c>
       <c r="D41" t="s">
-        <v>4719</v>
+        <v>4716</v>
       </c>
     </row>
     <row r="42" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B42" t="s">
-        <v>4720</v>
+        <v>4717</v>
       </c>
       <c r="D42" t="s">
-        <v>4721</v>
+        <v>4718</v>
       </c>
     </row>
     <row r="43" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B43" t="s">
-        <v>4722</v>
+        <v>4719</v>
       </c>
       <c r="D43" t="s">
-        <v>4723</v>
+        <v>4720</v>
       </c>
     </row>
     <row r="44" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B44" t="s">
-        <v>4724</v>
+        <v>4721</v>
       </c>
       <c r="D44" t="s">
-        <v>4725</v>
+        <v>4722</v>
       </c>
     </row>
     <row r="45" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B45" t="s">
-        <v>4726</v>
+        <v>4723</v>
       </c>
       <c r="D45" t="s">
-        <v>4727</v>
+        <v>4724</v>
       </c>
     </row>
     <row r="46" spans="2:4" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B46" s="3" t="s">
-        <v>4728</v>
+        <v>4725</v>
       </c>
     </row>
     <row r="47" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B47" t="s">
-        <v>4729</v>
+        <v>4726</v>
       </c>
       <c r="D47" t="s">
-        <v>4730</v>
+        <v>4727</v>
       </c>
     </row>
     <row r="48" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B48" t="s">
-        <v>4731</v>
+        <v>4728</v>
       </c>
       <c r="D48" t="s">
-        <v>4732</v>
+        <v>4729</v>
       </c>
     </row>
     <row r="49" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B49" t="s">
-        <v>4733</v>
+        <v>4730</v>
       </c>
       <c r="D49" t="s">
-        <v>4734</v>
+        <v>4731</v>
       </c>
     </row>
     <row r="50" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B50" t="s">
-        <v>4735</v>
+        <v>4732</v>
       </c>
       <c r="D50" t="s">
-        <v>4736</v>
+        <v>4733</v>
       </c>
     </row>
     <row r="51" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B51" t="s">
-        <v>4737</v>
+        <v>4734</v>
       </c>
       <c r="D51" t="s">
-        <v>4738</v>
+        <v>4735</v>
       </c>
     </row>
     <row r="52" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B52" t="s">
-        <v>4739</v>
+        <v>4736</v>
       </c>
       <c r="D52" t="s">
-        <v>4740</v>
+        <v>4737</v>
       </c>
     </row>
     <row r="53" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B53" t="s">
-        <v>4741</v>
+        <v>4738</v>
       </c>
       <c r="D53" t="s">
-        <v>4742</v>
+        <v>4739</v>
       </c>
     </row>
     <row r="54" spans="2:4" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B54" s="3" t="s">
-        <v>4743</v>
+        <v>4740</v>
       </c>
     </row>
     <row r="55" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B55" t="s">
-        <v>4744</v>
+        <v>4741</v>
       </c>
       <c r="D55" t="s">
-        <v>4745</v>
+        <v>4742</v>
       </c>
     </row>
     <row r="56" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B56" t="s">
-        <v>4746</v>
+        <v>4743</v>
       </c>
       <c r="D56" t="s">
-        <v>4747</v>
+        <v>4744</v>
       </c>
     </row>
     <row r="57" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B57" t="s">
-        <v>4748</v>
+        <v>4745</v>
       </c>
       <c r="D57" t="s">
-        <v>4749</v>
+        <v>4746</v>
       </c>
     </row>
     <row r="58" spans="2:4" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B58" s="3" t="s">
-        <v>4750</v>
+        <v>4747</v>
       </c>
     </row>
     <row r="59" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B59" t="s">
-        <v>4751</v>
+        <v>4748</v>
       </c>
       <c r="D59" t="s">
-        <v>4752</v>
+        <v>4749</v>
       </c>
     </row>
     <row r="60" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B60" t="s">
-        <v>4753</v>
+        <v>4750</v>
       </c>
       <c r="D60" t="s">
-        <v>4754</v>
+        <v>4751</v>
       </c>
     </row>
     <row r="61" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B61" t="s">
-        <v>4755</v>
+        <v>4752</v>
       </c>
       <c r="D61" t="s">
-        <v>4756</v>
+        <v>4753</v>
       </c>
     </row>
     <row r="62" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B62" t="s">
-        <v>4757</v>
+        <v>4754</v>
       </c>
       <c r="D62" t="s">
-        <v>4758</v>
+        <v>4755</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-</worksheet>
-[...962 lines deleted...]
-  <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <dimension ref="A1:D183"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>75</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>76</v>
       </c>
       <c r="D1" s="1" t="s">
@@ -25958,50 +25661,1014 @@
         <v>868</v>
       </c>
     </row>
     <row r="182" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B182" t="s">
         <v>869</v>
       </c>
       <c r="D182" t="s">
         <v>870</v>
       </c>
     </row>
     <row r="183" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B183" t="s">
         <v>871</v>
       </c>
       <c r="D183" t="s">
         <v>872</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet20.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1100-000000000000}">
+  <dimension ref="A1:D90"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="4" width="50.7265625" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A1" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="B1" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="D1" s="1" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="2" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A2" t="s">
+        <v>45</v>
+      </c>
+      <c r="B2" t="s">
+        <v>46</v>
+      </c>
+      <c r="D2" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="3" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A3" t="s">
+        <v>1999</v>
+      </c>
+      <c r="B3" t="s">
+        <v>78</v>
+      </c>
+      <c r="D3" t="s">
+        <v>2002</v>
+      </c>
+    </row>
+    <row r="4" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A4" t="s">
+        <v>2000</v>
+      </c>
+      <c r="B4" t="s">
+        <v>82</v>
+      </c>
+      <c r="D4" t="s">
+        <v>2003</v>
+      </c>
+    </row>
+    <row r="5" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A5" t="s">
+        <v>2001</v>
+      </c>
+      <c r="B5" t="s">
+        <v>359</v>
+      </c>
+      <c r="D5" t="s">
+        <v>2004</v>
+      </c>
+    </row>
+    <row r="6" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B6" t="s">
+        <v>86</v>
+      </c>
+      <c r="D6" t="s">
+        <v>2005</v>
+      </c>
+    </row>
+    <row r="7" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B7" t="s">
+        <v>362</v>
+      </c>
+      <c r="D7" t="s">
+        <v>2006</v>
+      </c>
+    </row>
+    <row r="8" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B8" t="s">
+        <v>2007</v>
+      </c>
+      <c r="D8" t="s">
+        <v>2008</v>
+      </c>
+    </row>
+    <row r="9" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B9" t="s">
+        <v>2009</v>
+      </c>
+      <c r="D9" t="s">
+        <v>2010</v>
+      </c>
+    </row>
+    <row r="10" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B10" t="s">
+        <v>2011</v>
+      </c>
+      <c r="D10" t="s">
+        <v>2012</v>
+      </c>
+    </row>
+    <row r="11" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B11" t="s">
+        <v>2013</v>
+      </c>
+      <c r="C11" t="s">
+        <v>373</v>
+      </c>
+      <c r="D11" t="s">
+        <v>2014</v>
+      </c>
+    </row>
+    <row r="12" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B12" t="s">
+        <v>2015</v>
+      </c>
+      <c r="C12" t="s">
+        <v>376</v>
+      </c>
+      <c r="D12" t="s">
+        <v>2016</v>
+      </c>
+    </row>
+    <row r="13" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B13" t="s">
+        <v>2017</v>
+      </c>
+      <c r="D13" t="s">
+        <v>2018</v>
+      </c>
+    </row>
+    <row r="14" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B14" t="s">
+        <v>2019</v>
+      </c>
+      <c r="C14" t="s">
+        <v>379</v>
+      </c>
+      <c r="D14" t="s">
+        <v>2020</v>
+      </c>
+    </row>
+    <row r="15" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B15" t="s">
+        <v>2021</v>
+      </c>
+      <c r="C15" t="s">
+        <v>382</v>
+      </c>
+      <c r="D15" t="s">
+        <v>2022</v>
+      </c>
+    </row>
+    <row r="16" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B16" t="s">
+        <v>2023</v>
+      </c>
+      <c r="C16" t="s">
+        <v>387</v>
+      </c>
+      <c r="D16" t="s">
+        <v>2024</v>
+      </c>
+    </row>
+    <row r="17" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B17" t="s">
+        <v>2025</v>
+      </c>
+      <c r="D17" t="s">
+        <v>2026</v>
+      </c>
+    </row>
+    <row r="18" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B18" t="s">
+        <v>2027</v>
+      </c>
+      <c r="C18" t="s">
+        <v>390</v>
+      </c>
+      <c r="D18" t="s">
+        <v>2028</v>
+      </c>
+    </row>
+    <row r="19" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B19" t="s">
+        <v>2029</v>
+      </c>
+      <c r="C19" t="s">
+        <v>393</v>
+      </c>
+      <c r="D19" t="s">
+        <v>2030</v>
+      </c>
+    </row>
+    <row r="20" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B20" t="s">
+        <v>2031</v>
+      </c>
+      <c r="C20" t="s">
+        <v>396</v>
+      </c>
+      <c r="D20" t="s">
+        <v>2032</v>
+      </c>
+    </row>
+    <row r="21" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B21" t="s">
+        <v>2033</v>
+      </c>
+      <c r="C21" t="s">
+        <v>399</v>
+      </c>
+      <c r="D21" t="s">
+        <v>2034</v>
+      </c>
+    </row>
+    <row r="22" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B22" t="s">
+        <v>2035</v>
+      </c>
+      <c r="C22" t="s">
+        <v>404</v>
+      </c>
+      <c r="D22" t="s">
+        <v>2036</v>
+      </c>
+    </row>
+    <row r="23" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B23" t="s">
+        <v>2037</v>
+      </c>
+      <c r="C23" t="s">
+        <v>407</v>
+      </c>
+      <c r="D23" t="s">
+        <v>2038</v>
+      </c>
+    </row>
+    <row r="24" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B24" t="s">
+        <v>2039</v>
+      </c>
+      <c r="C24" t="s">
+        <v>410</v>
+      </c>
+      <c r="D24" t="s">
+        <v>2040</v>
+      </c>
+    </row>
+    <row r="25" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B25" t="s">
+        <v>2041</v>
+      </c>
+      <c r="C25" t="s">
+        <v>413</v>
+      </c>
+      <c r="D25" t="s">
+        <v>2042</v>
+      </c>
+    </row>
+    <row r="26" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B26" t="s">
+        <v>2043</v>
+      </c>
+      <c r="C26" t="s">
+        <v>416</v>
+      </c>
+      <c r="D26" t="s">
+        <v>2044</v>
+      </c>
+    </row>
+    <row r="27" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B27" t="s">
+        <v>2045</v>
+      </c>
+      <c r="C27" t="s">
+        <v>419</v>
+      </c>
+      <c r="D27" t="s">
+        <v>2046</v>
+      </c>
+    </row>
+    <row r="28" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B28" t="s">
+        <v>2047</v>
+      </c>
+      <c r="C28" t="s">
+        <v>422</v>
+      </c>
+      <c r="D28" t="s">
+        <v>2048</v>
+      </c>
+    </row>
+    <row r="29" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B29" t="s">
+        <v>2049</v>
+      </c>
+      <c r="C29" t="s">
+        <v>425</v>
+      </c>
+      <c r="D29" t="s">
+        <v>2050</v>
+      </c>
+    </row>
+    <row r="30" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B30" t="s">
+        <v>2051</v>
+      </c>
+      <c r="C30" t="s">
+        <v>428</v>
+      </c>
+      <c r="D30" t="s">
+        <v>2052</v>
+      </c>
+    </row>
+    <row r="31" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B31" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D31" t="s">
+        <v>2054</v>
+      </c>
+    </row>
+    <row r="32" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B32" t="s">
+        <v>2055</v>
+      </c>
+      <c r="C32" t="s">
+        <v>431</v>
+      </c>
+      <c r="D32" t="s">
+        <v>2056</v>
+      </c>
+    </row>
+    <row r="33" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B33" t="s">
+        <v>2057</v>
+      </c>
+      <c r="C33" t="s">
+        <v>436</v>
+      </c>
+      <c r="D33" t="s">
+        <v>2058</v>
+      </c>
+    </row>
+    <row r="34" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B34" t="s">
+        <v>2059</v>
+      </c>
+      <c r="C34" t="s">
+        <v>439</v>
+      </c>
+      <c r="D34" t="s">
+        <v>2060</v>
+      </c>
+    </row>
+    <row r="35" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B35" t="s">
+        <v>2061</v>
+      </c>
+      <c r="C35" t="s">
+        <v>442</v>
+      </c>
+      <c r="D35" t="s">
+        <v>2062</v>
+      </c>
+    </row>
+    <row r="36" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B36" t="s">
+        <v>2063</v>
+      </c>
+      <c r="C36" t="s">
+        <v>445</v>
+      </c>
+      <c r="D36" t="s">
+        <v>2064</v>
+      </c>
+    </row>
+    <row r="37" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B37" t="s">
+        <v>2065</v>
+      </c>
+      <c r="C37" t="s">
+        <v>448</v>
+      </c>
+      <c r="D37" t="s">
+        <v>2066</v>
+      </c>
+    </row>
+    <row r="38" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B38" t="s">
+        <v>2067</v>
+      </c>
+      <c r="D38" t="s">
+        <v>2068</v>
+      </c>
+    </row>
+    <row r="39" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B39" t="s">
+        <v>2069</v>
+      </c>
+      <c r="C39" t="s">
+        <v>451</v>
+      </c>
+      <c r="D39" t="s">
+        <v>2070</v>
+      </c>
+    </row>
+    <row r="40" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B40" t="s">
+        <v>2071</v>
+      </c>
+      <c r="C40" t="s">
+        <v>454</v>
+      </c>
+      <c r="D40" t="s">
+        <v>2072</v>
+      </c>
+    </row>
+    <row r="41" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B41" t="s">
+        <v>2073</v>
+      </c>
+      <c r="C41" t="s">
+        <v>457</v>
+      </c>
+      <c r="D41" t="s">
+        <v>2074</v>
+      </c>
+    </row>
+    <row r="42" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B42" t="s">
+        <v>2075</v>
+      </c>
+      <c r="C42" t="s">
+        <v>460</v>
+      </c>
+      <c r="D42" t="s">
+        <v>2076</v>
+      </c>
+    </row>
+    <row r="43" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B43" t="s">
+        <v>2077</v>
+      </c>
+      <c r="C43" t="s">
+        <v>463</v>
+      </c>
+      <c r="D43" t="s">
+        <v>2078</v>
+      </c>
+    </row>
+    <row r="44" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B44" t="s">
+        <v>2079</v>
+      </c>
+      <c r="C44" t="s">
+        <v>466</v>
+      </c>
+      <c r="D44" t="s">
+        <v>2080</v>
+      </c>
+    </row>
+    <row r="45" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B45" t="s">
+        <v>2081</v>
+      </c>
+      <c r="D45" t="s">
+        <v>2082</v>
+      </c>
+    </row>
+    <row r="46" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B46" t="s">
+        <v>2083</v>
+      </c>
+      <c r="C46" t="s">
+        <v>469</v>
+      </c>
+      <c r="D46" t="s">
+        <v>2084</v>
+      </c>
+    </row>
+    <row r="47" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B47" t="s">
+        <v>2085</v>
+      </c>
+      <c r="C47" t="s">
+        <v>472</v>
+      </c>
+      <c r="D47" t="s">
+        <v>2086</v>
+      </c>
+    </row>
+    <row r="48" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B48" t="s">
+        <v>2087</v>
+      </c>
+      <c r="C48" t="s">
+        <v>475</v>
+      </c>
+      <c r="D48" t="s">
+        <v>2088</v>
+      </c>
+    </row>
+    <row r="49" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B49" t="s">
+        <v>2089</v>
+      </c>
+      <c r="C49" t="s">
+        <v>478</v>
+      </c>
+      <c r="D49" t="s">
+        <v>2090</v>
+      </c>
+    </row>
+    <row r="50" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B50" t="s">
+        <v>963</v>
+      </c>
+      <c r="C50" t="s">
+        <v>481</v>
+      </c>
+      <c r="D50" t="s">
+        <v>2091</v>
+      </c>
+    </row>
+    <row r="51" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B51" t="s">
+        <v>2092</v>
+      </c>
+      <c r="C51" t="s">
+        <v>484</v>
+      </c>
+      <c r="D51" t="s">
+        <v>2093</v>
+      </c>
+    </row>
+    <row r="52" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B52" t="s">
+        <v>2094</v>
+      </c>
+      <c r="C52" t="s">
+        <v>487</v>
+      </c>
+      <c r="D52" t="s">
+        <v>2095</v>
+      </c>
+    </row>
+    <row r="53" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B53" t="s">
+        <v>2096</v>
+      </c>
+      <c r="D53" t="s">
+        <v>2097</v>
+      </c>
+    </row>
+    <row r="54" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B54" t="s">
+        <v>2098</v>
+      </c>
+      <c r="D54" t="s">
+        <v>2099</v>
+      </c>
+    </row>
+    <row r="55" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B55" t="s">
+        <v>2100</v>
+      </c>
+      <c r="C55" t="s">
+        <v>490</v>
+      </c>
+      <c r="D55" t="s">
+        <v>2101</v>
+      </c>
+    </row>
+    <row r="56" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B56" t="s">
+        <v>2102</v>
+      </c>
+      <c r="C56" t="s">
+        <v>493</v>
+      </c>
+      <c r="D56" t="s">
+        <v>2103</v>
+      </c>
+    </row>
+    <row r="57" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B57" t="s">
+        <v>2104</v>
+      </c>
+      <c r="C57" t="s">
+        <v>496</v>
+      </c>
+      <c r="D57" t="s">
+        <v>2105</v>
+      </c>
+    </row>
+    <row r="58" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B58" t="s">
+        <v>2106</v>
+      </c>
+      <c r="C58" t="s">
+        <v>501</v>
+      </c>
+      <c r="D58" t="s">
+        <v>2107</v>
+      </c>
+    </row>
+    <row r="59" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B59" t="s">
+        <v>2108</v>
+      </c>
+      <c r="C59" t="s">
+        <v>504</v>
+      </c>
+      <c r="D59" t="s">
+        <v>2109</v>
+      </c>
+    </row>
+    <row r="60" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B60" t="s">
+        <v>2110</v>
+      </c>
+      <c r="C60" t="s">
+        <v>507</v>
+      </c>
+      <c r="D60" t="s">
+        <v>2111</v>
+      </c>
+    </row>
+    <row r="61" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B61" t="s">
+        <v>2112</v>
+      </c>
+      <c r="C61" t="s">
+        <v>510</v>
+      </c>
+      <c r="D61" t="s">
+        <v>2113</v>
+      </c>
+    </row>
+    <row r="62" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B62" t="s">
+        <v>2114</v>
+      </c>
+      <c r="C62" t="s">
+        <v>513</v>
+      </c>
+      <c r="D62" t="s">
+        <v>2115</v>
+      </c>
+    </row>
+    <row r="63" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B63" t="s">
+        <v>2116</v>
+      </c>
+      <c r="C63" t="s">
+        <v>516</v>
+      </c>
+      <c r="D63" t="s">
+        <v>2117</v>
+      </c>
+    </row>
+    <row r="64" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B64" t="s">
+        <v>2118</v>
+      </c>
+      <c r="C64" t="s">
+        <v>519</v>
+      </c>
+      <c r="D64" t="s">
+        <v>2119</v>
+      </c>
+    </row>
+    <row r="65" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B65" t="s">
+        <v>2120</v>
+      </c>
+      <c r="C65" t="s">
+        <v>522</v>
+      </c>
+      <c r="D65" t="s">
+        <v>2121</v>
+      </c>
+    </row>
+    <row r="66" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B66" t="s">
+        <v>2122</v>
+      </c>
+      <c r="C66" t="s">
+        <v>525</v>
+      </c>
+      <c r="D66" t="s">
+        <v>2123</v>
+      </c>
+    </row>
+    <row r="67" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B67" t="s">
+        <v>2124</v>
+      </c>
+      <c r="C67" t="s">
+        <v>528</v>
+      </c>
+      <c r="D67" t="s">
+        <v>2125</v>
+      </c>
+    </row>
+    <row r="68" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B68" t="s">
+        <v>2126</v>
+      </c>
+      <c r="C68" t="s">
+        <v>531</v>
+      </c>
+      <c r="D68" t="s">
+        <v>2127</v>
+      </c>
+    </row>
+    <row r="69" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B69" t="s">
+        <v>2128</v>
+      </c>
+      <c r="D69" t="s">
+        <v>2129</v>
+      </c>
+    </row>
+    <row r="70" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B70" t="s">
+        <v>2130</v>
+      </c>
+      <c r="C70" t="s">
+        <v>534</v>
+      </c>
+      <c r="D70" t="s">
+        <v>2131</v>
+      </c>
+    </row>
+    <row r="71" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B71" t="s">
+        <v>2132</v>
+      </c>
+      <c r="C71" t="s">
+        <v>537</v>
+      </c>
+      <c r="D71" t="s">
+        <v>2133</v>
+      </c>
+    </row>
+    <row r="72" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B72" t="s">
+        <v>2134</v>
+      </c>
+      <c r="C72" t="s">
+        <v>540</v>
+      </c>
+      <c r="D72" t="s">
+        <v>2135</v>
+      </c>
+    </row>
+    <row r="73" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B73" t="s">
+        <v>2136</v>
+      </c>
+      <c r="C73" t="s">
+        <v>543</v>
+      </c>
+      <c r="D73" t="s">
+        <v>2137</v>
+      </c>
+    </row>
+    <row r="74" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B74" t="s">
+        <v>2138</v>
+      </c>
+      <c r="D74" t="s">
+        <v>2139</v>
+      </c>
+    </row>
+    <row r="75" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B75" t="s">
+        <v>2140</v>
+      </c>
+      <c r="C75" t="s">
+        <v>546</v>
+      </c>
+      <c r="D75" t="s">
+        <v>2141</v>
+      </c>
+    </row>
+    <row r="76" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B76" t="s">
+        <v>2142</v>
+      </c>
+      <c r="C76" t="s">
+        <v>551</v>
+      </c>
+      <c r="D76" t="s">
+        <v>2143</v>
+      </c>
+    </row>
+    <row r="77" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B77" t="s">
+        <v>2144</v>
+      </c>
+      <c r="C77" t="s">
+        <v>554</v>
+      </c>
+      <c r="D77" t="s">
+        <v>2145</v>
+      </c>
+    </row>
+    <row r="78" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B78" t="s">
+        <v>2146</v>
+      </c>
+      <c r="C78" t="s">
+        <v>557</v>
+      </c>
+      <c r="D78" t="s">
+        <v>2147</v>
+      </c>
+    </row>
+    <row r="79" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B79" t="s">
+        <v>2148</v>
+      </c>
+      <c r="C79" t="s">
+        <v>560</v>
+      </c>
+      <c r="D79" t="s">
+        <v>2149</v>
+      </c>
+    </row>
+    <row r="80" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B80" t="s">
+        <v>2150</v>
+      </c>
+      <c r="C80" t="s">
+        <v>563</v>
+      </c>
+      <c r="D80" t="s">
+        <v>2151</v>
+      </c>
+    </row>
+    <row r="81" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B81" t="s">
+        <v>2152</v>
+      </c>
+      <c r="C81" t="s">
+        <v>566</v>
+      </c>
+      <c r="D81" t="s">
+        <v>2153</v>
+      </c>
+    </row>
+    <row r="82" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B82" t="s">
+        <v>2154</v>
+      </c>
+      <c r="D82" t="s">
+        <v>2155</v>
+      </c>
+    </row>
+    <row r="83" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B83" t="s">
+        <v>2156</v>
+      </c>
+      <c r="C83" t="s">
+        <v>569</v>
+      </c>
+      <c r="D83" t="s">
+        <v>2157</v>
+      </c>
+    </row>
+    <row r="84" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B84" t="s">
+        <v>2158</v>
+      </c>
+      <c r="C84" t="s">
+        <v>572</v>
+      </c>
+      <c r="D84" t="s">
+        <v>2159</v>
+      </c>
+    </row>
+    <row r="85" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B85" t="s">
+        <v>2160</v>
+      </c>
+      <c r="C85" t="s">
+        <v>575</v>
+      </c>
+      <c r="D85" t="s">
+        <v>2161</v>
+      </c>
+    </row>
+    <row r="86" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B86" t="s">
+        <v>2162</v>
+      </c>
+      <c r="C86" t="s">
+        <v>578</v>
+      </c>
+      <c r="D86" t="s">
+        <v>2163</v>
+      </c>
+    </row>
+    <row r="87" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B87" t="s">
+        <v>2164</v>
+      </c>
+      <c r="C87" t="s">
+        <v>581</v>
+      </c>
+      <c r="D87" t="s">
+        <v>2165</v>
+      </c>
+    </row>
+    <row r="88" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B88" t="s">
+        <v>2166</v>
+      </c>
+      <c r="C88" t="s">
+        <v>584</v>
+      </c>
+      <c r="D88" t="s">
+        <v>2167</v>
+      </c>
+    </row>
+    <row r="89" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B89" t="s">
+        <v>2168</v>
+      </c>
+      <c r="C89" t="s">
+        <v>587</v>
+      </c>
+      <c r="D89" t="s">
+        <v>2169</v>
+      </c>
+    </row>
+    <row r="90" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B90" t="s">
+        <v>2170</v>
+      </c>
+      <c r="C90" t="s">
+        <v>592</v>
+      </c>
+      <c r="D90" t="s">
+        <v>2171</v>
+      </c>
+    </row>
+  </sheetData>
+  <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet21.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1200-000000000000}">
   <dimension ref="A1:D34"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>75</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>76</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
@@ -26326,51 +26993,51 @@
         <v>2230</v>
       </c>
       <c r="C33" t="s">
         <v>156</v>
       </c>
       <c r="D33" t="s">
         <v>2231</v>
       </c>
     </row>
     <row r="34" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B34" t="s">
         <v>2232</v>
       </c>
       <c r="C34" t="s">
         <v>159</v>
       </c>
       <c r="D34" t="s">
         <v>2233</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet21.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet22.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1300-000000000000}">
   <dimension ref="A1:D170"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>75</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>76</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
@@ -28149,51 +28816,51 @@
         <v>2483</v>
       </c>
       <c r="C169" t="s">
         <v>2484</v>
       </c>
       <c r="D169" t="s">
         <v>2546</v>
       </c>
     </row>
     <row r="170" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B170" t="s">
         <v>2370</v>
       </c>
       <c r="C170" t="s">
         <v>1775</v>
       </c>
       <c r="D170" t="s">
         <v>2547</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet22.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet23.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1400-000000000000}">
   <dimension ref="A1:D694"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>75</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>76</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
@@ -35610,51 +36277,51 @@
     </row>
     <row r="693" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B693" t="s">
         <v>3929</v>
       </c>
       <c r="C693" t="s">
         <v>484</v>
       </c>
       <c r="D693" t="s">
         <v>3930</v>
       </c>
     </row>
     <row r="694" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B694" t="s">
         <v>3931</v>
       </c>
       <c r="D694" t="s">
         <v>3932</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet23.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet24.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1500-000000000000}">
   <dimension ref="A1:D47"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>75</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>76</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
@@ -36134,51 +36801,51 @@
         <v>3974</v>
       </c>
       <c r="C46" t="s">
         <v>147</v>
       </c>
       <c r="D46" t="s">
         <v>3997</v>
       </c>
     </row>
     <row r="47" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B47" t="s">
         <v>3976</v>
       </c>
       <c r="C47" t="s">
         <v>150</v>
       </c>
       <c r="D47" t="s">
         <v>3998</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet24.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet25.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1600-000000000000}">
   <dimension ref="A1:D83"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>75</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>76</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
@@ -37045,51 +37712,51 @@
         <v>4140</v>
       </c>
       <c r="C82" t="s">
         <v>2409</v>
       </c>
       <c r="D82" t="s">
         <v>4141</v>
       </c>
     </row>
     <row r="83" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B83" t="s">
         <v>4142</v>
       </c>
       <c r="C83" t="s">
         <v>2414</v>
       </c>
       <c r="D83" t="s">
         <v>4143</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet25.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet26.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1700-000000000000}">
   <dimension ref="A1:D44"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>75</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>76</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
@@ -37533,51 +38200,51 @@
         <v>4227</v>
       </c>
       <c r="C43" t="s">
         <v>183</v>
       </c>
       <c r="D43" t="s">
         <v>4228</v>
       </c>
     </row>
     <row r="44" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B44" t="s">
         <v>4229</v>
       </c>
       <c r="C44" t="s">
         <v>186</v>
       </c>
       <c r="D44" t="s">
         <v>4230</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet26.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet27.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1800-000000000000}">
   <dimension ref="A1:D24"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>75</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>76</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
@@ -37798,51 +38465,51 @@
         <v>4266</v>
       </c>
       <c r="C23" t="s">
         <v>129</v>
       </c>
       <c r="D23" t="s">
         <v>4267</v>
       </c>
     </row>
     <row r="24" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B24" t="s">
         <v>4268</v>
       </c>
       <c r="C24" t="s">
         <v>132</v>
       </c>
       <c r="D24" t="s">
         <v>4269</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet27.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet28.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1900-000000000000}">
   <dimension ref="A1:D160"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>75</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>76</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
@@ -39499,51 +40166,51 @@
         <v>4610</v>
       </c>
       <c r="C159" t="s">
         <v>4611</v>
       </c>
       <c r="D159" t="s">
         <v>4612</v>
       </c>
     </row>
     <row r="160" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B160" t="s">
         <v>4613</v>
       </c>
       <c r="C160" t="s">
         <v>4614</v>
       </c>
       <c r="D160" t="s">
         <v>4615</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet28.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet29.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1A00-000000000000}">
   <dimension ref="A1:D17"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>75</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>76</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
@@ -39700,776 +40367,977 @@
       </c>
       <c r="C16" t="s">
         <v>123</v>
       </c>
       <c r="D16" t="s">
         <v>4641</v>
       </c>
     </row>
     <row r="17" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B17" t="s">
         <v>4642</v>
       </c>
       <c r="C17" t="s">
         <v>4643</v>
       </c>
       <c r="D17" t="s">
         <v>4644</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{A177D130-D10F-4B99-96F0-6C2F8A989697}">
+  <dimension ref="A1:D16"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="1" width="18.36328125" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="100.08984375" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="10" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="78.453125" bestFit="1" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A1" s="7" t="s">
+        <v>75</v>
+      </c>
+      <c r="B1" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" s="7" t="s">
+        <v>76</v>
+      </c>
+      <c r="D1" s="7" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="2" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A2" s="8" t="s">
+        <v>5118</v>
+      </c>
+      <c r="B2" s="8" t="s">
+        <v>5119</v>
+      </c>
+      <c r="C2" s="8"/>
+      <c r="D2" s="8" t="s">
+        <v>5120</v>
+      </c>
+    </row>
+    <row r="3" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A3" s="8"/>
+      <c r="B3" s="8" t="s">
+        <v>78</v>
+      </c>
+      <c r="C3" s="8"/>
+      <c r="D3" s="8" t="s">
+        <v>5121</v>
+      </c>
+    </row>
+    <row r="4" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A4" s="8"/>
+      <c r="B4" s="8" t="s">
+        <v>5119</v>
+      </c>
+      <c r="C4" s="8"/>
+      <c r="D4" s="8" t="s">
+        <v>5122</v>
+      </c>
+    </row>
+    <row r="5" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A5" s="8"/>
+      <c r="B5" s="8" t="s">
+        <v>355</v>
+      </c>
+      <c r="C5" s="8"/>
+      <c r="D5" s="8" t="s">
+        <v>5123</v>
+      </c>
+    </row>
+    <row r="6" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A6" s="8"/>
+      <c r="B6" s="8" t="s">
+        <v>359</v>
+      </c>
+      <c r="C6" s="8"/>
+      <c r="D6" s="8" t="s">
+        <v>5124</v>
+      </c>
+    </row>
+    <row r="7" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A7" s="8"/>
+      <c r="B7" s="8" t="s">
+        <v>86</v>
+      </c>
+      <c r="C7" s="8"/>
+      <c r="D7" s="8" t="s">
+        <v>5125</v>
+      </c>
+    </row>
+    <row r="8" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A8" s="8"/>
+      <c r="B8" s="8" t="s">
+        <v>362</v>
+      </c>
+      <c r="C8" s="8"/>
+      <c r="D8" s="8" t="s">
+        <v>5126</v>
+      </c>
+    </row>
+    <row r="9" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A9" s="8"/>
+      <c r="B9" s="8" t="s">
+        <v>2007</v>
+      </c>
+      <c r="C9" s="8" t="s">
+        <v>373</v>
+      </c>
+      <c r="D9" s="8" t="s">
+        <v>5127</v>
+      </c>
+    </row>
+    <row r="10" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A10" s="8"/>
+      <c r="B10" s="8" t="s">
+        <v>5128</v>
+      </c>
+      <c r="C10" s="8" t="s">
+        <v>376</v>
+      </c>
+      <c r="D10" s="8" t="s">
+        <v>5129</v>
+      </c>
+    </row>
+    <row r="11" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A11" s="8"/>
+      <c r="B11" s="8" t="s">
+        <v>5130</v>
+      </c>
+      <c r="C11" s="8" t="s">
+        <v>379</v>
+      </c>
+      <c r="D11" s="8" t="s">
+        <v>5131</v>
+      </c>
+    </row>
+    <row r="12" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A12" s="8"/>
+      <c r="B12" s="8" t="s">
+        <v>5132</v>
+      </c>
+      <c r="C12" s="8" t="s">
+        <v>382</v>
+      </c>
+      <c r="D12" s="8" t="s">
+        <v>5133</v>
+      </c>
+    </row>
+    <row r="13" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A13" s="8"/>
+      <c r="B13" s="8" t="s">
+        <v>5134</v>
+      </c>
+      <c r="C13" s="8" t="s">
+        <v>387</v>
+      </c>
+      <c r="D13" s="8" t="s">
+        <v>5135</v>
+      </c>
+    </row>
+    <row r="14" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A14" s="8"/>
+      <c r="B14" s="8" t="s">
+        <v>5136</v>
+      </c>
+      <c r="C14" s="8" t="s">
+        <v>390</v>
+      </c>
+      <c r="D14" s="8" t="s">
+        <v>5137</v>
+      </c>
+    </row>
+    <row r="15" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A15" s="8"/>
+      <c r="B15" s="8" t="s">
+        <v>5138</v>
+      </c>
+      <c r="C15" s="8" t="s">
+        <v>393</v>
+      </c>
+      <c r="D15" s="8" t="s">
+        <v>5139</v>
+      </c>
+    </row>
+    <row r="16" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A16" s="8"/>
+      <c r="B16" s="8" t="s">
+        <v>5140</v>
+      </c>
+      <c r="C16" s="8" t="s">
+        <v>396</v>
+      </c>
+      <c r="D16" s="8" t="s">
+        <v>5141</v>
+      </c>
+    </row>
+  </sheetData>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{544B947B-0839-4CC4-B7A1-F903839480FF}">
   <dimension ref="A1:D67"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="4" t="s">
         <v>75</v>
       </c>
       <c r="B1" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="4" t="s">
         <v>76</v>
       </c>
       <c r="D1" s="4" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
         <v>12</v>
       </c>
       <c r="B2" t="s">
         <v>4646</v>
       </c>
       <c r="D2" t="s">
-        <v>4876</v>
+        <v>4873</v>
       </c>
     </row>
     <row r="3" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
-        <v>4877</v>
+        <v>4874</v>
       </c>
       <c r="B3" t="s">
         <v>78</v>
       </c>
       <c r="D3" t="s">
-        <v>4878</v>
+        <v>4875</v>
       </c>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A4" t="s">
         <v>873</v>
       </c>
       <c r="B4" t="s">
         <v>4149</v>
       </c>
       <c r="D4" t="s">
-        <v>4879</v>
+        <v>4876</v>
       </c>
     </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B5" t="s">
         <v>1183</v>
       </c>
       <c r="D5" t="s">
-        <v>4880</v>
+        <v>4877</v>
       </c>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B6" t="s">
         <v>355</v>
       </c>
       <c r="D6" t="s">
-        <v>4881</v>
+        <v>4878</v>
       </c>
     </row>
     <row r="7" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B7" t="s">
         <v>4157</v>
       </c>
       <c r="D7" t="s">
-        <v>4882</v>
+        <v>4879</v>
       </c>
     </row>
     <row r="8" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B8" t="s">
-        <v>4883</v>
+        <v>4880</v>
       </c>
       <c r="D8" t="s">
-        <v>4884</v>
+        <v>4881</v>
       </c>
     </row>
     <row r="9" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B9" t="s">
-        <v>4885</v>
+        <v>4882</v>
       </c>
       <c r="C9" t="s">
         <v>89</v>
       </c>
       <c r="D9" t="s">
-        <v>4886</v>
+        <v>4883</v>
       </c>
     </row>
     <row r="10" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B10" t="s">
-        <v>4887</v>
+        <v>4884</v>
       </c>
       <c r="C10" t="s">
         <v>92</v>
       </c>
       <c r="D10" t="s">
-        <v>4888</v>
+        <v>4885</v>
       </c>
     </row>
     <row r="11" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B11" t="s">
-        <v>4889</v>
+        <v>4886</v>
       </c>
       <c r="C11" t="s">
         <v>95</v>
       </c>
       <c r="D11" t="s">
-        <v>4890</v>
+        <v>4887</v>
       </c>
     </row>
     <row r="12" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B12" t="s">
-        <v>4891</v>
+        <v>4888</v>
       </c>
       <c r="C12" t="s">
         <v>98</v>
       </c>
       <c r="D12" t="s">
-        <v>4892</v>
+        <v>4889</v>
       </c>
     </row>
     <row r="13" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B13" t="s">
-        <v>4893</v>
+        <v>4890</v>
       </c>
       <c r="C13" t="s">
         <v>101</v>
       </c>
       <c r="D13" t="s">
-        <v>4894</v>
+        <v>4891</v>
       </c>
     </row>
     <row r="14" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B14" t="s">
-        <v>4895</v>
+        <v>4892</v>
       </c>
       <c r="C14" t="s">
         <v>111</v>
       </c>
       <c r="D14" t="s">
-        <v>4896</v>
+        <v>4893</v>
       </c>
     </row>
     <row r="15" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B15" t="s">
-        <v>4897</v>
+        <v>4894</v>
       </c>
       <c r="C15" t="s">
         <v>114</v>
       </c>
       <c r="D15" t="s">
-        <v>4898</v>
+        <v>4895</v>
       </c>
     </row>
     <row r="16" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B16" t="s">
-        <v>4899</v>
+        <v>4896</v>
       </c>
       <c r="C16" t="s">
         <v>117</v>
       </c>
       <c r="D16" t="s">
-        <v>4900</v>
+        <v>4897</v>
       </c>
     </row>
     <row r="17" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B17" t="s">
-        <v>4901</v>
+        <v>4898</v>
       </c>
       <c r="D17" t="s">
-        <v>4902</v>
+        <v>4899</v>
       </c>
     </row>
     <row r="18" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B18" t="s">
-        <v>4903</v>
+        <v>4900</v>
       </c>
       <c r="C18" t="s">
         <v>120</v>
       </c>
       <c r="D18" t="s">
-        <v>4904</v>
+        <v>4901</v>
       </c>
     </row>
     <row r="19" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B19" t="s">
-        <v>4905</v>
+        <v>4902</v>
       </c>
       <c r="C19" t="s">
         <v>123</v>
       </c>
       <c r="D19" t="s">
-        <v>4906</v>
+        <v>4903</v>
       </c>
     </row>
     <row r="20" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B20" t="s">
-        <v>4907</v>
+        <v>4904</v>
       </c>
       <c r="C20" t="s">
         <v>126</v>
       </c>
       <c r="D20" t="s">
-        <v>4908</v>
+        <v>4905</v>
       </c>
     </row>
     <row r="21" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B21" t="s">
-        <v>4909</v>
+        <v>4906</v>
       </c>
       <c r="D21" t="s">
-        <v>4910</v>
+        <v>4907</v>
       </c>
     </row>
     <row r="22" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B22" t="s">
-        <v>4911</v>
+        <v>4908</v>
       </c>
       <c r="C22" t="s">
         <v>129</v>
       </c>
       <c r="D22" t="s">
-        <v>4912</v>
+        <v>4909</v>
       </c>
     </row>
     <row r="23" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B23" t="s">
-        <v>4913</v>
+        <v>4910</v>
       </c>
       <c r="C23" t="s">
         <v>132</v>
       </c>
       <c r="D23" t="s">
-        <v>4914</v>
+        <v>4911</v>
       </c>
     </row>
     <row r="24" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B24" t="s">
-        <v>4915</v>
+        <v>4912</v>
       </c>
       <c r="C24" t="s">
         <v>135</v>
       </c>
       <c r="D24" t="s">
-        <v>4916</v>
+        <v>4913</v>
       </c>
     </row>
     <row r="25" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B25" t="s">
-        <v>4917</v>
+        <v>4914</v>
       </c>
       <c r="C25" t="s">
         <v>138</v>
       </c>
       <c r="D25" t="s">
-        <v>4918</v>
+        <v>4915</v>
       </c>
     </row>
     <row r="26" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B26" t="s">
-        <v>4919</v>
+        <v>4916</v>
       </c>
       <c r="C26" t="s">
         <v>141</v>
       </c>
       <c r="D26" t="s">
-        <v>4920</v>
+        <v>4917</v>
       </c>
     </row>
     <row r="27" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B27" t="s">
-        <v>4921</v>
+        <v>4918</v>
       </c>
       <c r="C27" t="s">
         <v>144</v>
       </c>
       <c r="D27" t="s">
-        <v>4922</v>
+        <v>4919</v>
       </c>
     </row>
     <row r="28" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B28" t="s">
-        <v>4923</v>
+        <v>4920</v>
       </c>
       <c r="C28" t="s">
         <v>147</v>
       </c>
       <c r="D28" t="s">
-        <v>4924</v>
+        <v>4921</v>
       </c>
     </row>
     <row r="29" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B29" t="s">
-        <v>4925</v>
+        <v>4922</v>
       </c>
       <c r="C29" t="s">
         <v>150</v>
       </c>
       <c r="D29" t="s">
-        <v>4926</v>
+        <v>4923</v>
       </c>
     </row>
     <row r="30" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B30" t="s">
-        <v>4927</v>
+        <v>4924</v>
       </c>
       <c r="C30" t="s">
         <v>153</v>
       </c>
       <c r="D30" t="s">
-        <v>4928</v>
+        <v>4925</v>
       </c>
     </row>
     <row r="31" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B31" t="s">
-        <v>4929</v>
+        <v>4926</v>
       </c>
       <c r="C31" t="s">
         <v>156</v>
       </c>
       <c r="D31" t="s">
-        <v>4930</v>
+        <v>4927</v>
       </c>
     </row>
     <row r="32" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B32" t="s">
-        <v>4931</v>
+        <v>4928</v>
       </c>
       <c r="C32" t="s">
         <v>159</v>
       </c>
       <c r="D32" t="s">
-        <v>4932</v>
+        <v>4929</v>
       </c>
     </row>
     <row r="33" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B33" t="s">
-        <v>4933</v>
+        <v>4930</v>
       </c>
       <c r="C33" t="s">
         <v>162</v>
       </c>
       <c r="D33" t="s">
-        <v>4934</v>
+        <v>4931</v>
       </c>
     </row>
     <row r="34" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B34" t="s">
-        <v>4935</v>
+        <v>4932</v>
       </c>
       <c r="C34" t="s">
         <v>165</v>
       </c>
       <c r="D34" t="s">
-        <v>4936</v>
+        <v>4933</v>
       </c>
     </row>
     <row r="35" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B35" t="s">
-        <v>4937</v>
+        <v>4934</v>
       </c>
       <c r="C35" t="s">
         <v>168</v>
       </c>
       <c r="D35" t="s">
-        <v>4938</v>
+        <v>4935</v>
       </c>
     </row>
     <row r="36" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B36" t="s">
-        <v>4939</v>
+        <v>4936</v>
       </c>
       <c r="D36" t="s">
-        <v>4940</v>
+        <v>4937</v>
       </c>
     </row>
     <row r="37" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B37" t="s">
-        <v>4941</v>
+        <v>4938</v>
       </c>
       <c r="C37" t="s">
         <v>171</v>
       </c>
       <c r="D37" t="s">
-        <v>4942</v>
+        <v>4939</v>
       </c>
     </row>
     <row r="38" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B38" t="s">
-        <v>4943</v>
+        <v>4940</v>
       </c>
       <c r="C38" t="s">
         <v>174</v>
       </c>
       <c r="D38" t="s">
-        <v>4944</v>
+        <v>4941</v>
       </c>
     </row>
     <row r="39" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B39" t="s">
-        <v>4945</v>
+        <v>4942</v>
       </c>
       <c r="C39" t="s">
         <v>177</v>
       </c>
       <c r="D39" t="s">
-        <v>4946</v>
+        <v>4943</v>
       </c>
     </row>
     <row r="40" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B40" t="s">
-        <v>4947</v>
+        <v>4944</v>
       </c>
       <c r="C40" t="s">
         <v>180</v>
       </c>
       <c r="D40" t="s">
-        <v>4948</v>
+        <v>4945</v>
       </c>
     </row>
     <row r="41" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B41" t="s">
-        <v>4949</v>
+        <v>4946</v>
       </c>
       <c r="C41" t="s">
         <v>183</v>
       </c>
       <c r="D41" t="s">
-        <v>4950</v>
+        <v>4947</v>
       </c>
     </row>
     <row r="42" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B42" t="s">
-        <v>4951</v>
+        <v>4948</v>
       </c>
       <c r="C42" t="s">
         <v>186</v>
       </c>
       <c r="D42" t="s">
-        <v>4952</v>
+        <v>4949</v>
       </c>
     </row>
     <row r="43" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B43" t="s">
-        <v>4953</v>
+        <v>4950</v>
       </c>
       <c r="C43" t="s">
         <v>189</v>
       </c>
       <c r="D43" t="s">
-        <v>4954</v>
+        <v>4951</v>
       </c>
     </row>
     <row r="44" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B44" t="s">
         <v>4217</v>
       </c>
       <c r="C44" t="s">
         <v>192</v>
       </c>
       <c r="D44" t="s">
-        <v>4955</v>
+        <v>4952</v>
       </c>
     </row>
     <row r="45" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B45" t="s">
-        <v>4956</v>
+        <v>4953</v>
       </c>
       <c r="C45" t="s">
         <v>195</v>
       </c>
       <c r="D45" t="s">
-        <v>4957</v>
+        <v>4954</v>
       </c>
     </row>
     <row r="46" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B46" t="s">
-        <v>4958</v>
+        <v>4955</v>
       </c>
       <c r="C46" t="s">
         <v>198</v>
       </c>
       <c r="D46" t="s">
-        <v>4959</v>
+        <v>4956</v>
       </c>
     </row>
     <row r="47" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B47" t="s">
-        <v>4960</v>
+        <v>4957</v>
       </c>
       <c r="C47" t="s">
         <v>201</v>
       </c>
       <c r="D47" t="s">
-        <v>4961</v>
+        <v>4958</v>
       </c>
     </row>
     <row r="48" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B48" t="s">
-        <v>4962</v>
+        <v>4959</v>
       </c>
       <c r="C48" t="s">
         <v>204</v>
       </c>
       <c r="D48" t="s">
-        <v>4963</v>
+        <v>4960</v>
       </c>
     </row>
     <row r="49" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B49" t="s">
-        <v>4964</v>
+        <v>4961</v>
       </c>
       <c r="C49" t="s">
         <v>207</v>
       </c>
       <c r="D49" t="s">
-        <v>4965</v>
+        <v>4962</v>
       </c>
     </row>
     <row r="50" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B50" t="s">
-        <v>4966</v>
+        <v>4963</v>
       </c>
       <c r="C50" t="s">
         <v>210</v>
       </c>
       <c r="D50" t="s">
-        <v>4967</v>
+        <v>4964</v>
       </c>
     </row>
     <row r="51" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B51" t="s">
-        <v>4968</v>
+        <v>4965</v>
       </c>
       <c r="C51" t="s">
         <v>213</v>
       </c>
       <c r="D51" t="s">
-        <v>4969</v>
+        <v>4966</v>
       </c>
     </row>
     <row r="52" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B52" t="s">
-        <v>4970</v>
+        <v>4967</v>
       </c>
       <c r="C52" t="s">
         <v>216</v>
       </c>
       <c r="D52" t="s">
-        <v>4971</v>
+        <v>4968</v>
       </c>
     </row>
     <row r="53" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B53" t="s">
-        <v>4972</v>
+        <v>4969</v>
       </c>
       <c r="C53" t="s">
         <v>219</v>
       </c>
       <c r="D53" t="s">
-        <v>4973</v>
+        <v>4970</v>
       </c>
     </row>
     <row r="54" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B54" t="s">
-        <v>4974</v>
+        <v>4971</v>
       </c>
       <c r="D54" t="s">
-        <v>4975</v>
+        <v>4972</v>
       </c>
     </row>
     <row r="55" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B55" t="s">
-        <v>4976</v>
+        <v>4973</v>
       </c>
       <c r="C55" t="s">
         <v>222</v>
       </c>
       <c r="D55" t="s">
-        <v>4977</v>
+        <v>4974</v>
       </c>
     </row>
     <row r="56" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B56" t="s">
-        <v>4978</v>
+        <v>4975</v>
       </c>
       <c r="C56" t="s">
         <v>225</v>
       </c>
       <c r="D56" t="s">
-        <v>4979</v>
+        <v>4976</v>
       </c>
     </row>
     <row r="57" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B57" t="s">
-        <v>4980</v>
+        <v>4977</v>
       </c>
       <c r="C57" t="s">
         <v>228</v>
       </c>
       <c r="D57" t="s">
-        <v>4981</v>
+        <v>4978</v>
       </c>
     </row>
     <row r="58" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B58" t="s">
-        <v>4982</v>
+        <v>4979</v>
       </c>
       <c r="C58" t="s">
         <v>231</v>
       </c>
       <c r="D58" t="s">
-        <v>4983</v>
+        <v>4980</v>
       </c>
     </row>
     <row r="59" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B59" t="s">
-        <v>4984</v>
+        <v>4981</v>
       </c>
       <c r="C59" t="s">
         <v>234</v>
       </c>
       <c r="D59" t="s">
-        <v>4985</v>
+        <v>4982</v>
       </c>
     </row>
     <row r="60" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B60" t="s">
-        <v>4986</v>
+        <v>4983</v>
       </c>
       <c r="C60" t="s">
         <v>237</v>
       </c>
       <c r="D60" t="s">
-        <v>4987</v>
+        <v>4984</v>
       </c>
     </row>
     <row r="61" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B61" t="s">
-        <v>4988</v>
+        <v>4985</v>
       </c>
       <c r="C61" t="s">
         <v>890</v>
       </c>
       <c r="D61" t="s">
-        <v>4989</v>
+        <v>4986</v>
       </c>
     </row>
     <row r="62" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B62" t="s">
-        <v>4990</v>
+        <v>4987</v>
       </c>
       <c r="C62" t="s">
         <v>891</v>
       </c>
       <c r="D62" t="s">
-        <v>4991</v>
+        <v>4988</v>
       </c>
     </row>
     <row r="63" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B63" t="s">
-        <v>4992</v>
+        <v>4989</v>
       </c>
       <c r="C63" t="s">
         <v>892</v>
       </c>
       <c r="D63" t="s">
-        <v>4993</v>
+        <v>4990</v>
       </c>
     </row>
     <row r="64" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B64" t="s">
-        <v>4994</v>
+        <v>4991</v>
       </c>
       <c r="C64" t="s">
         <v>893</v>
       </c>
       <c r="D64" t="s">
-        <v>4995</v>
+        <v>4992</v>
       </c>
     </row>
     <row r="65" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B65" t="s">
-        <v>4996</v>
+        <v>4993</v>
       </c>
       <c r="C65" t="s">
         <v>894</v>
       </c>
       <c r="D65" t="s">
-        <v>4997</v>
+        <v>4994</v>
       </c>
     </row>
     <row r="66" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B66" t="s">
-        <v>4998</v>
+        <v>4995</v>
       </c>
       <c r="D66" t="s">
-        <v>4999</v>
+        <v>4996</v>
       </c>
     </row>
     <row r="67" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B67" t="s">
-        <v>5000</v>
+        <v>4997</v>
       </c>
       <c r="C67" t="s">
         <v>1772</v>
       </c>
       <c r="D67" t="s">
-        <v>5001</v>
+        <v>4998</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0400-000000000000}">
   <dimension ref="A1:D53"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>75</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>76</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
@@ -40982,51 +41850,51 @@
         <v>981</v>
       </c>
       <c r="C52" t="s">
         <v>192</v>
       </c>
       <c r="D52" t="s">
         <v>982</v>
       </c>
     </row>
     <row r="53" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B53" t="s">
         <v>983</v>
       </c>
       <c r="C53" t="s">
         <v>195</v>
       </c>
       <c r="D53" t="s">
         <v>984</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0500-000000000000}">
   <dimension ref="A1:D41"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>75</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>76</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
@@ -41440,51 +42308,51 @@
         <v>1055</v>
       </c>
       <c r="C40" t="s">
         <v>189</v>
       </c>
       <c r="D40" t="s">
         <v>1056</v>
       </c>
     </row>
     <row r="41" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B41" t="s">
         <v>1057</v>
       </c>
       <c r="C41" t="s">
         <v>192</v>
       </c>
       <c r="D41" t="s">
         <v>1058</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0600-000000000000}">
   <dimension ref="A1:D67"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>75</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>76</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
@@ -42157,717 +43025,717 @@
         <v>1179</v>
       </c>
       <c r="C66" t="s">
         <v>891</v>
       </c>
       <c r="D66" t="s">
         <v>1180</v>
       </c>
     </row>
     <row r="67" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B67" t="s">
         <v>1181</v>
       </c>
       <c r="C67" t="s">
         <v>892</v>
       </c>
       <c r="D67" t="s">
         <v>1182</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{D649CE83-8F91-42D4-BD0E-2384F65F385C}">
   <dimension ref="A1:D61"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="4" t="s">
         <v>75</v>
       </c>
       <c r="B1" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="4" t="s">
         <v>76</v>
       </c>
       <c r="D1" s="4" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
-        <v>4759</v>
+        <v>4756</v>
       </c>
       <c r="B2" t="s">
-        <v>4761</v>
+        <v>4758</v>
       </c>
       <c r="D2" t="s">
-        <v>4760</v>
+        <v>4757</v>
       </c>
     </row>
     <row r="3" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
-        <v>4762</v>
+        <v>4759</v>
       </c>
       <c r="B3" t="s">
         <v>78</v>
       </c>
       <c r="D3" t="s">
-        <v>4763</v>
+        <v>4760</v>
       </c>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B4" t="s">
         <v>82</v>
       </c>
       <c r="D4" t="s">
-        <v>4764</v>
+        <v>4761</v>
       </c>
     </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B5" t="s">
         <v>84</v>
       </c>
       <c r="D5" t="s">
-        <v>4765</v>
+        <v>4762</v>
       </c>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B6" t="s">
         <v>86</v>
       </c>
       <c r="D6" t="s">
-        <v>4766</v>
+        <v>4763</v>
       </c>
     </row>
     <row r="7" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B7" t="s">
-        <v>4767</v>
+        <v>4764</v>
       </c>
       <c r="D7" t="s">
-        <v>4768</v>
+        <v>4765</v>
       </c>
     </row>
     <row r="8" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B8" t="s">
-        <v>4769</v>
+        <v>4766</v>
       </c>
       <c r="C8" t="s">
         <v>89</v>
       </c>
       <c r="D8" t="s">
-        <v>4770</v>
+        <v>4767</v>
       </c>
     </row>
     <row r="9" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B9" t="s">
-        <v>4771</v>
+        <v>4768</v>
       </c>
       <c r="C9" t="s">
         <v>92</v>
       </c>
       <c r="D9" t="s">
-        <v>4772</v>
+        <v>4769</v>
       </c>
     </row>
     <row r="10" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B10" t="s">
-        <v>4773</v>
+        <v>4770</v>
       </c>
       <c r="C10" t="s">
         <v>95</v>
       </c>
       <c r="D10" t="s">
-        <v>4774</v>
+        <v>4771</v>
       </c>
     </row>
     <row r="11" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B11" t="s">
-        <v>4775</v>
+        <v>4772</v>
       </c>
       <c r="C11" t="s">
         <v>98</v>
       </c>
       <c r="D11" t="s">
-        <v>4776</v>
+        <v>4773</v>
       </c>
     </row>
     <row r="12" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B12" t="s">
-        <v>4777</v>
+        <v>4774</v>
       </c>
       <c r="D12" t="s">
-        <v>4778</v>
+        <v>4775</v>
       </c>
     </row>
     <row r="13" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B13" t="s">
-        <v>4779</v>
+        <v>4776</v>
       </c>
       <c r="C13" t="s">
         <v>101</v>
       </c>
       <c r="D13" t="s">
-        <v>4780</v>
+        <v>4777</v>
       </c>
     </row>
     <row r="14" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B14" t="s">
-        <v>4781</v>
+        <v>4778</v>
       </c>
       <c r="C14" t="s">
         <v>111</v>
       </c>
       <c r="D14" t="s">
-        <v>4782</v>
+        <v>4779</v>
       </c>
     </row>
     <row r="15" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B15" t="s">
-        <v>4783</v>
+        <v>4780</v>
       </c>
       <c r="C15" t="s">
         <v>114</v>
       </c>
       <c r="D15" t="s">
-        <v>4784</v>
+        <v>4781</v>
       </c>
     </row>
     <row r="16" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B16" t="s">
-        <v>4785</v>
+        <v>4782</v>
       </c>
       <c r="C16" t="s">
         <v>117</v>
       </c>
       <c r="D16" t="s">
-        <v>4786</v>
+        <v>4783</v>
       </c>
     </row>
     <row r="17" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B17" t="s">
-        <v>4787</v>
+        <v>4784</v>
       </c>
       <c r="C17" t="s">
         <v>120</v>
       </c>
       <c r="D17" t="s">
-        <v>4788</v>
+        <v>4785</v>
       </c>
     </row>
     <row r="18" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B18" t="s">
-        <v>4789</v>
+        <v>4786</v>
       </c>
       <c r="D18" t="s">
-        <v>4790</v>
+        <v>4787</v>
       </c>
     </row>
     <row r="19" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B19" t="s">
         <v>2303</v>
       </c>
       <c r="C19" t="s">
         <v>123</v>
       </c>
       <c r="D19" t="s">
-        <v>4791</v>
+        <v>4788</v>
       </c>
     </row>
     <row r="20" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B20" t="s">
-        <v>4792</v>
+        <v>4789</v>
       </c>
       <c r="C20" t="s">
         <v>126</v>
       </c>
       <c r="D20" t="s">
-        <v>4793</v>
+        <v>4790</v>
       </c>
     </row>
     <row r="21" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B21" t="s">
-        <v>4794</v>
+        <v>4791</v>
       </c>
       <c r="C21" t="s">
         <v>129</v>
       </c>
       <c r="D21" t="s">
-        <v>4795</v>
+        <v>4792</v>
       </c>
     </row>
     <row r="22" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B22" t="s">
-        <v>4796</v>
+        <v>4793</v>
       </c>
       <c r="C22" t="s">
         <v>132</v>
       </c>
       <c r="D22" t="s">
-        <v>4797</v>
+        <v>4794</v>
       </c>
     </row>
     <row r="23" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B23" t="s">
-        <v>4798</v>
+        <v>4795</v>
       </c>
       <c r="C23" t="s">
         <v>135</v>
       </c>
       <c r="D23" t="s">
-        <v>4799</v>
+        <v>4796</v>
       </c>
     </row>
     <row r="24" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B24" t="s">
-        <v>4800</v>
+        <v>4797</v>
       </c>
       <c r="C24" t="s">
         <v>138</v>
       </c>
       <c r="D24" t="s">
-        <v>4801</v>
+        <v>4798</v>
       </c>
     </row>
     <row r="25" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B25" t="s">
-        <v>4802</v>
+        <v>4799</v>
       </c>
       <c r="C25" t="s">
         <v>141</v>
       </c>
       <c r="D25" t="s">
-        <v>4803</v>
+        <v>4800</v>
       </c>
     </row>
     <row r="26" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B26" t="s">
-        <v>4804</v>
+        <v>4801</v>
       </c>
       <c r="C26" t="s">
         <v>144</v>
       </c>
       <c r="D26" t="s">
-        <v>4805</v>
+        <v>4802</v>
       </c>
     </row>
     <row r="27" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B27" t="s">
-        <v>4806</v>
+        <v>4803</v>
       </c>
       <c r="C27" t="s">
         <v>147</v>
       </c>
       <c r="D27" t="s">
-        <v>4807</v>
+        <v>4804</v>
       </c>
     </row>
     <row r="28" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B28" t="s">
-        <v>4808</v>
+        <v>4805</v>
       </c>
       <c r="C28" t="s">
         <v>150</v>
       </c>
       <c r="D28" t="s">
-        <v>4809</v>
+        <v>4806</v>
       </c>
     </row>
     <row r="29" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B29" t="s">
-        <v>4810</v>
+        <v>4807</v>
       </c>
       <c r="C29" t="s">
         <v>153</v>
       </c>
       <c r="D29" t="s">
-        <v>4811</v>
+        <v>4808</v>
       </c>
     </row>
     <row r="30" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B30" t="s">
-        <v>4812</v>
+        <v>4809</v>
       </c>
       <c r="C30" t="s">
         <v>156</v>
       </c>
       <c r="D30" t="s">
-        <v>4813</v>
+        <v>4810</v>
       </c>
     </row>
     <row r="31" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B31" t="s">
-        <v>4814</v>
+        <v>4811</v>
       </c>
       <c r="C31" t="s">
         <v>159</v>
       </c>
       <c r="D31" t="s">
-        <v>4815</v>
+        <v>4812</v>
       </c>
     </row>
     <row r="32" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B32" t="s">
-        <v>4816</v>
+        <v>4813</v>
       </c>
       <c r="C32" t="s">
         <v>162</v>
       </c>
       <c r="D32" t="s">
-        <v>4817</v>
+        <v>4814</v>
       </c>
     </row>
     <row r="33" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B33" t="s">
-        <v>4818</v>
+        <v>4815</v>
       </c>
       <c r="C33" t="s">
         <v>165</v>
       </c>
       <c r="D33" t="s">
-        <v>4819</v>
+        <v>4816</v>
       </c>
     </row>
     <row r="34" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B34" t="s">
-        <v>4820</v>
+        <v>4817</v>
       </c>
       <c r="C34" t="s">
         <v>168</v>
       </c>
       <c r="D34" t="s">
-        <v>4821</v>
+        <v>4818</v>
       </c>
     </row>
     <row r="35" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B35" t="s">
-        <v>4822</v>
+        <v>4819</v>
       </c>
       <c r="C35" t="s">
         <v>171</v>
       </c>
       <c r="D35" t="s">
-        <v>4823</v>
+        <v>4820</v>
       </c>
     </row>
     <row r="36" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B36" t="s">
-        <v>4824</v>
+        <v>4821</v>
       </c>
       <c r="C36" t="s">
         <v>174</v>
       </c>
       <c r="D36" t="s">
-        <v>4825</v>
+        <v>4822</v>
       </c>
     </row>
     <row r="37" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B37" t="s">
-        <v>4826</v>
+        <v>4823</v>
       </c>
       <c r="C37" t="s">
         <v>177</v>
       </c>
       <c r="D37" t="s">
-        <v>4827</v>
+        <v>4824</v>
       </c>
     </row>
     <row r="38" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B38" t="s">
-        <v>4828</v>
+        <v>4825</v>
       </c>
       <c r="D38" t="s">
-        <v>4829</v>
+        <v>4826</v>
       </c>
     </row>
     <row r="39" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B39" t="s">
-        <v>4830</v>
+        <v>4827</v>
       </c>
       <c r="C39" t="s">
         <v>180</v>
       </c>
       <c r="D39" t="s">
-        <v>4831</v>
+        <v>4828</v>
       </c>
     </row>
     <row r="40" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B40" t="s">
-        <v>4832</v>
+        <v>4829</v>
       </c>
       <c r="C40" t="s">
         <v>183</v>
       </c>
       <c r="D40" t="s">
-        <v>4833</v>
+        <v>4830</v>
       </c>
     </row>
     <row r="41" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B41" t="s">
-        <v>4834</v>
+        <v>4831</v>
       </c>
       <c r="C41" t="s">
         <v>186</v>
       </c>
       <c r="D41" t="s">
-        <v>4835</v>
+        <v>4832</v>
       </c>
     </row>
     <row r="42" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B42" t="s">
-        <v>4836</v>
+        <v>4833</v>
       </c>
       <c r="C42" t="s">
         <v>189</v>
       </c>
       <c r="D42" t="s">
-        <v>4837</v>
+        <v>4834</v>
       </c>
     </row>
     <row r="43" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B43" t="s">
-        <v>4838</v>
+        <v>4835</v>
       </c>
       <c r="C43" t="s">
         <v>192</v>
       </c>
       <c r="D43" t="s">
-        <v>4839</v>
+        <v>4836</v>
       </c>
     </row>
     <row r="44" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B44" t="s">
-        <v>4840</v>
+        <v>4837</v>
       </c>
       <c r="C44" t="s">
         <v>195</v>
       </c>
       <c r="D44" t="s">
-        <v>4841</v>
+        <v>4838</v>
       </c>
     </row>
     <row r="45" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B45" t="s">
-        <v>4842</v>
+        <v>4839</v>
       </c>
       <c r="C45" t="s">
         <v>198</v>
       </c>
       <c r="D45" t="s">
-        <v>4843</v>
+        <v>4840</v>
       </c>
     </row>
     <row r="46" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B46" t="s">
-        <v>4844</v>
+        <v>4841</v>
       </c>
       <c r="C46" t="s">
         <v>201</v>
       </c>
       <c r="D46" t="s">
-        <v>4845</v>
+        <v>4842</v>
       </c>
     </row>
     <row r="47" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B47" t="s">
-        <v>4846</v>
+        <v>4843</v>
       </c>
       <c r="C47" t="s">
         <v>204</v>
       </c>
       <c r="D47" t="s">
-        <v>4847</v>
+        <v>4844</v>
       </c>
     </row>
     <row r="48" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B48" t="s">
-        <v>4848</v>
+        <v>4845</v>
       </c>
       <c r="C48" t="s">
         <v>207</v>
       </c>
       <c r="D48" t="s">
-        <v>4849</v>
+        <v>4846</v>
       </c>
     </row>
     <row r="49" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B49" t="s">
-        <v>4850</v>
+        <v>4847</v>
       </c>
       <c r="C49" t="s">
         <v>210</v>
       </c>
       <c r="D49" t="s">
-        <v>4851</v>
+        <v>4848</v>
       </c>
     </row>
     <row r="50" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B50" t="s">
-        <v>4852</v>
+        <v>4849</v>
       </c>
       <c r="C50" t="s">
         <v>213</v>
       </c>
       <c r="D50" t="s">
-        <v>4853</v>
+        <v>4850</v>
       </c>
     </row>
     <row r="51" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B51" t="s">
-        <v>4854</v>
+        <v>4851</v>
       </c>
       <c r="C51" t="s">
         <v>216</v>
       </c>
       <c r="D51" t="s">
-        <v>4855</v>
+        <v>4852</v>
       </c>
     </row>
     <row r="52" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B52" t="s">
-        <v>4856</v>
+        <v>4853</v>
       </c>
       <c r="C52" t="s">
         <v>219</v>
       </c>
       <c r="D52" t="s">
-        <v>4857</v>
+        <v>4854</v>
       </c>
     </row>
     <row r="53" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B53" t="s">
-        <v>4858</v>
+        <v>4855</v>
       </c>
       <c r="C53" t="s">
         <v>222</v>
       </c>
       <c r="D53" t="s">
-        <v>4859</v>
+        <v>4856</v>
       </c>
     </row>
     <row r="54" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B54" t="s">
-        <v>4860</v>
+        <v>4857</v>
       </c>
       <c r="C54" t="s">
         <v>225</v>
       </c>
       <c r="D54" t="s">
-        <v>4861</v>
+        <v>4858</v>
       </c>
     </row>
     <row r="55" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B55" t="s">
-        <v>4862</v>
+        <v>4859</v>
       </c>
       <c r="C55" t="s">
         <v>228</v>
       </c>
       <c r="D55" t="s">
-        <v>4863</v>
+        <v>4860</v>
       </c>
     </row>
     <row r="56" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B56" t="s">
-        <v>4864</v>
+        <v>4861</v>
       </c>
       <c r="C56" t="s">
         <v>231</v>
       </c>
       <c r="D56" t="s">
-        <v>4865</v>
+        <v>4862</v>
       </c>
     </row>
     <row r="57" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B57" t="s">
-        <v>4866</v>
+        <v>4863</v>
       </c>
       <c r="C57" t="s">
         <v>234</v>
       </c>
       <c r="D57" t="s">
-        <v>4867</v>
+        <v>4864</v>
       </c>
     </row>
     <row r="58" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B58" t="s">
-        <v>4868</v>
+        <v>4865</v>
       </c>
       <c r="C58" t="s">
         <v>237</v>
       </c>
       <c r="D58" t="s">
-        <v>4869</v>
+        <v>4866</v>
       </c>
     </row>
     <row r="59" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B59" t="s">
-        <v>4870</v>
+        <v>4867</v>
       </c>
       <c r="C59" t="s">
         <v>890</v>
       </c>
       <c r="D59" t="s">
-        <v>4871</v>
+        <v>4868</v>
       </c>
     </row>
     <row r="60" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B60" t="s">
-        <v>4872</v>
+        <v>4869</v>
       </c>
       <c r="C60" t="s">
         <v>891</v>
       </c>
       <c r="D60" t="s">
-        <v>4873</v>
+        <v>4870</v>
       </c>
     </row>
     <row r="61" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B61" t="s">
-        <v>4874</v>
+        <v>4871</v>
       </c>
       <c r="C61" t="s">
         <v>892</v>
       </c>
       <c r="D61" t="s">
-        <v>4875</v>
+        <v>4872</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0800-000000000000}">
   <dimension ref="A1:D52"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>75</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>76</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
@@ -43374,677 +44242,123 @@
       </c>
       <c r="D50" t="s">
         <v>1275</v>
       </c>
     </row>
     <row r="51" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B51" t="s">
         <v>1276</v>
       </c>
       <c r="C51" t="s">
         <v>204</v>
       </c>
       <c r="D51" t="s">
         <v>1277</v>
       </c>
     </row>
     <row r="52" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B52" t="s">
         <v>1278</v>
       </c>
       <c r="C52" t="s">
         <v>207</v>
       </c>
       <c r="D52" t="s">
         <v>1279</v>
-      </c>
-[...582 lines deleted...]
-        <v>1376</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>28</vt:i4>
+        <vt:i4>29</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="28" baseType="lpstr">
+    <vt:vector size="29" baseType="lpstr">
       <vt:lpstr>Perpetual Access 2026 Titles</vt:lpstr>
       <vt:lpstr>Gupta, 04 ed. - Bridwell and De</vt:lpstr>
+      <vt:lpstr>Mosca, 02 ed. - Foot Deformitie</vt:lpstr>
       <vt:lpstr>Egol, 07 ed. - Handbook of Frac</vt:lpstr>
       <vt:lpstr>Henley, 02 ed. - Harborview Ill</vt:lpstr>
       <vt:lpstr>Weinstein, 08 ed. - Lovell and</vt:lpstr>
       <vt:lpstr>Skaggs, 2 ed. - Master Techniqu</vt:lpstr>
       <vt:lpstr>Williams - Master Techniques in</vt:lpstr>
       <vt:lpstr>Pagnano, 04 ed. - Master Techni</vt:lpstr>
       <vt:lpstr>Gardner, 04 ed. - Master Techni</vt:lpstr>
       <vt:lpstr>Albert, 04 ed. - Master Techniq</vt:lpstr>
       <vt:lpstr>Morrey, 02 ed. - Master Techniq</vt:lpstr>
       <vt:lpstr>Ellis, 04 ed. - Master Techniqu</vt:lpstr>
       <vt:lpstr>Moran, 2 ed. - Master Technique</vt:lpstr>
       <vt:lpstr>Fu, 02 ed. - Master Techniques</vt:lpstr>
       <vt:lpstr>Morrey, 3 ed. - Master Techniqu</vt:lpstr>
       <vt:lpstr>Maschke, 3 ed. - Master Techniq</vt:lpstr>
       <vt:lpstr>Berry, 4 ed. - Master Technique</vt:lpstr>
       <vt:lpstr>Moran, 4 ed. - Master Technique</vt:lpstr>
       <vt:lpstr>Carpenter, 05 ed. - McGlamry's</vt:lpstr>
       <vt:lpstr>Vulcano, 01 ed. - Minimally Inv</vt:lpstr>
       <vt:lpstr>Johnson, 4 ed. - Operative Arth</vt:lpstr>
       <vt:lpstr>Wiesel, 03 ed. - Operative Tech</vt:lpstr>
       <vt:lpstr>Noonan, 01 ed. - Pediatric Musc</vt:lpstr>
       <vt:lpstr>Tornetta - Rockwood and Green's</vt:lpstr>
       <vt:lpstr>Waters - Rockwood and Wilkins</vt:lpstr>
       <vt:lpstr>de Boer, 06 ed. - Surgical Expo</vt:lpstr>
       <vt:lpstr>Callaghan, 3 ed. - The Adult Hi</vt:lpstr>
       <vt:lpstr>Zikria, 01 ed. - The Johns Hopk</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>puseascm05tol01$</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_fe6ee112-9e5c-4f16-b63d-fcad06e1707e_Enabled">
+    <vt:lpwstr>true</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_fe6ee112-9e5c-4f16-b63d-fcad06e1707e_SetDate">
+    <vt:lpwstr>2026-01-06T20:11:57Z</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_fe6ee112-9e5c-4f16-b63d-fcad06e1707e_Method">
+    <vt:lpwstr>Standard</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_fe6ee112-9e5c-4f16-b63d-fcad06e1707e_Name">
+    <vt:lpwstr>Internal Use</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_fe6ee112-9e5c-4f16-b63d-fcad06e1707e_SiteId">
+    <vt:lpwstr>8ac76c91-e7f1-41ff-a89c-3553b2da2c17</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_fe6ee112-9e5c-4f16-b63d-fcad06e1707e_ActionId">
+    <vt:lpwstr>52f3873c-27df-4db4-820c-aafe78645a9e</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_fe6ee112-9e5c-4f16-b63d-fcad06e1707e_ContentBits">
+    <vt:lpwstr>0</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_fe6ee112-9e5c-4f16-b63d-fcad06e1707e_Tag">
+    <vt:lpwstr>10, 3, 0, 1</vt:lpwstr>
+  </property>
+</Properties>
+</file>