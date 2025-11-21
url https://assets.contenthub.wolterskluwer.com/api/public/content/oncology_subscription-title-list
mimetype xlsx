--- v0 (2025-10-10)
+++ v1 (2025-11-21)
@@ -14,105 +14,106 @@
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet10.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet11.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet12.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet13.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet14.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet15.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet16.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet17.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet18.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet19.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet20.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet21.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet22.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet23.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet24.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet25.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet26.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet27.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="28025"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29127"/>
   <workbookPr codeName="ThisWorkbook" defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\Katlyn.Gassen-Kurtz\Downloads\TitleListReport_20241218_19_45_40\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://wolterskluwer-my.sharepoint.com/personal/leanne_vandetty_wolterskluwer_com/Documents/Health Library/Health Library Repository/Health Library Title Lists/Subscription/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{58C7655A-3741-4C81-AEA1-57FB2FEAB712}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="8" documentId="13_ncr:1_{58C7655A-3741-4C81-AEA1-57FB2FEAB712}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00BE3933-718F-4B1E-9562-573C331CCCD7}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10420" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10300" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Subscription Title List" sheetId="1" r:id="rId1"/>
     <sheet name="Chi, 08 ed. - &lt;target target-ty" sheetId="2" r:id="rId2"/>
     <sheet name="Tang - &lt;target target-type=&quot;pag" sheetId="3" r:id="rId3"/>
     <sheet name="Berek, 07 ed. - Berek Hacker's" sheetId="4" r:id="rId4"/>
     <sheet name="Chabner, 07 ed. - Cancer Chemot" sheetId="5" r:id="rId5"/>
     <sheet name="Matloff, 1 ed. - Cancer Princip" sheetId="6" r:id="rId6"/>
     <sheet name="Scardino, 4 ed. - Comprehensive" sheetId="7" r:id="rId7"/>
     <sheet name="DeVita, 12 ed. - DeVita, Hellma" sheetId="8" r:id="rId8"/>
     <sheet name="Harris, 5 ed. - Diseases of the" sheetId="9" r:id="rId9"/>
     <sheet name="Butler, 1 ed. - Essential Cance" sheetId="10" r:id="rId10"/>
     <sheet name="Karp, 03 ed. - Handbook of Targ" sheetId="11" r:id="rId11"/>
     <sheet name="Harrison, 4 ed. - Head and Neck" sheetId="12" r:id="rId12"/>
     <sheet name="Shrieve, 1 ed. - Human Radiatio" sheetId="13" r:id="rId13"/>
     <sheet name="Constine, 06 ed. - Pediatric Ra" sheetId="14" r:id="rId14"/>
-    <sheet name="Halperin, 07 ed. - Perez Brady" sheetId="15" r:id="rId15"/>
+    <sheet name="Perez, 08 ed. - Perez Brady" sheetId="15" r:id="rId15"/>
     <sheet name="Perry, 5 ed. - Perry's The Chem" sheetId="16" r:id="rId16"/>
     <sheet name="Blaney, 08 ed. - Pizzo and Popl" sheetId="17" r:id="rId17"/>
     <sheet name="Choudhury, 03 ed. - Pocket Note" sheetId="18" r:id="rId18"/>
     <sheet name="Pass, 4 ed. - Principles and Pr" sheetId="19" r:id="rId19"/>
     <sheet name="Berger, 05 ed. - Principles and" sheetId="20" r:id="rId20"/>
     <sheet name="Pizzo, 7 ed. - Principles and P" sheetId="21" r:id="rId21"/>
     <sheet name="Silberman, 1 ed. - Principles a" sheetId="22" r:id="rId22"/>
     <sheet name="Tan, 1 ed. - Principles of Mole" sheetId="23" r:id="rId23"/>
     <sheet name="Van Tine - The Washington Manua" sheetId="24" r:id="rId24"/>
     <sheet name="Rubin, 2 ed. - TNM Staging Atla" sheetId="25" r:id="rId25"/>
     <sheet name="Weksler, 02 ed. - Wintrobe’s At" sheetId="26" r:id="rId26"/>
     <sheet name="Means, 15 ed. - Wintrobe’s Clin" sheetId="27" r:id="rId27"/>
   </sheets>
   <calcPr calcId="125725"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="5992" uniqueCount="4470">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="6005" uniqueCount="4570">
   <si>
     <t>Author</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Edition</t>
   </si>
   <si>
     <t>ISBN</t>
   </si>
   <si>
     <t>Year Published</t>
   </si>
   <si>
     <t>Title Level URL</t>
   </si>
   <si>
     <t>Date Added to HL</t>
   </si>
   <si>
     <t>Dennis S. Chi, MD</t>
   </si>
   <si>
@@ -250,59 +251,50 @@
   <si>
     <t>Human Radiation Injury</t>
   </si>
   <si>
     <t>978-1-60547-011-5</t>
   </si>
   <si>
     <t>https://oncology.lwwhealthlibrary.com/book.aspx?bookid=1141</t>
   </si>
   <si>
     <t>Louis S. Constine, MD, FASTRO</t>
   </si>
   <si>
     <t>Pediatric Radiation Oncology, 6e</t>
   </si>
   <si>
     <t>978-1-496342-86-7</t>
   </si>
   <si>
     <t>https://oncology.lwwhealthlibrary.com/book.aspx?bookid=2491</t>
   </si>
   <si>
     <t>Edward C. Halperin, MD, MA</t>
   </si>
   <si>
-    <t>Perez &amp;amp; Brady's Principles and Practice of Radiation Oncology, 7e</t>
-[...7 lines deleted...]
-  <si>
     <t>Michael C. Perry, MD, MS, MACP*</t>
   </si>
   <si>
     <t>Perry's The Chemotherapy Source Book, 5e</t>
   </si>
   <si>
     <t>978-1-4511-0145-4</t>
   </si>
   <si>
     <t>https://oncology.lwwhealthlibrary.com/book.aspx?bookid=806</t>
   </si>
   <si>
     <t>Susan M. Blaney, MD</t>
   </si>
   <si>
     <t>Pizzo and Poplack’s Pediatric Oncology, 8e</t>
   </si>
   <si>
     <t>978-1-975124-79-3</t>
   </si>
   <si>
     <t>https://oncology.lwwhealthlibrary.com/book.aspx?bookid=2968</t>
   </si>
   <si>
     <t>Noura Choudhury, MD</t>
@@ -7630,810 +7622,225 @@
   <si>
     <t>Late Effects of Cancer Treatment</t>
   </si>
   <si>
     <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=198216625&amp;bookId=2491</t>
   </si>
   <si>
     <t>Second Primary Cancers</t>
   </si>
   <si>
     <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=198216955&amp;bookId=2491</t>
   </si>
   <si>
     <t>Anesthesia for External Beam Radiotherapy</t>
   </si>
   <si>
     <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=198217079&amp;bookId=2491</t>
   </si>
   <si>
     <t>Psychosocial Aspects of Radiotherapy for the Child and Family with Cancer</t>
   </si>
   <si>
     <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=198217170&amp;bookId=2491</t>
   </si>
   <si>
-    <t>David E. Wazer, MD, FASTRO</t>
-[...34 lines deleted...]
-  <si>
     <t>The Discipline of Radiation Oncology</t>
   </si>
   <si>
-    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=202527605&amp;bookId=2524</t>
-[...7 lines deleted...]
-  <si>
     <t>Molecular Cancer and Radiation Biology</t>
   </si>
   <si>
-    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=202528405&amp;bookId=2524</t>
-[...7 lines deleted...]
-  <si>
     <t>Molecular Pathophysiology of Tumors</t>
   </si>
   <si>
-    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=202528780&amp;bookId=2524</t>
-[...13 lines deleted...]
-  <si>
     <t>Principles of Radiation Physics and Dosimetry</t>
   </si>
   <si>
-    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=202529046&amp;bookId=2524</t>
-[...19 lines deleted...]
-  <si>
     <t>Physics and Dosimetry of Proton Therapy</t>
   </si>
   <si>
-    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=202529997&amp;bookId=2524</t>
-[...31 lines deleted...]
-  <si>
     <t>Methodology of Clinical Trials</t>
   </si>
   <si>
-    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=202531095&amp;bookId=2524</t>
-[...25 lines deleted...]
-  <si>
     <t>Intraoperative Radiotherapy</t>
   </si>
   <si>
-    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=202531788&amp;bookId=2524</t>
-[...19 lines deleted...]
-  <si>
     <t>Patient Positioning Methods: Immobilization, Stabilization, and Monitoring</t>
   </si>
   <si>
-    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=202532212&amp;bookId=2524</t>
-[...7 lines deleted...]
-  <si>
     <t>Clinical Applications of Brachytherapy: Low Dose Rate and Pulsed Dose Rate</t>
   </si>
   <si>
-    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=202532945&amp;bookId=2524</t>
-[...19 lines deleted...]
-  <si>
     <t>Radiation Therapy and the Immune System</t>
   </si>
   <si>
-    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=202533726&amp;bookId=2524</t>
-[...7 lines deleted...]
-  <si>
     <t>Reirradiation</t>
   </si>
   <si>
-    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=202533959&amp;bookId=2524</t>
-[...1 lines deleted...]
-  <si>
     <t>Global Radiation Oncology</t>
   </si>
   <si>
-    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=202534019&amp;bookId=2524</t>
-[...1 lines deleted...]
-  <si>
     <t>Chemical Modifiers of Radiation Response</t>
   </si>
   <si>
-    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=202534090&amp;bookId=2524</t>
-[...1 lines deleted...]
-  <si>
     <t>Oncologic Imaging and Oncologic Anatomy</t>
   </si>
   <si>
-    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=202534177&amp;bookId=2524</t>
-[...1 lines deleted...]
-  <si>
     <t>Basic Concepts of Chemotherapy and Irradiation Interaction</t>
   </si>
   <si>
-    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=202534435&amp;bookId=2524</t>
-[...22 lines deleted...]
-  <si>
     <t>Primary Intracranial Neoplasms</t>
   </si>
   <si>
-    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=202534895&amp;bookId=2524</t>
-[...25 lines deleted...]
-  <si>
     <t>Ear</t>
   </si>
   <si>
-    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=202535663&amp;bookId=2524</t>
-[...1 lines deleted...]
-  <si>
     <t>Locally Advanced Squamous Carcinoma of the Head and Neck</t>
   </si>
   <si>
-    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=202535736&amp;bookId=2524</t>
-[...1 lines deleted...]
-  <si>
     <t>Nasopharynx</t>
   </si>
   <si>
-    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=202535853&amp;bookId=2524</t>
-[...1 lines deleted...]
-  <si>
     <t>Cancer of the Nasal Cavity and Paranasal Sinuses</t>
   </si>
   <si>
-    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=202536149&amp;bookId=2524</t>
-[...1 lines deleted...]
-  <si>
     <t>Salivary Glands</t>
   </si>
   <si>
-    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=202536347&amp;bookId=2524</t>
-[...1 lines deleted...]
-  <si>
     <t>Oral Cavity</t>
   </si>
   <si>
-    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=202536507&amp;bookId=2524</t>
-[...4 lines deleted...]
-  <si>
     <t>Hypopharynx</t>
   </si>
   <si>
-    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=202536950&amp;bookId=2524</t>
-[...1 lines deleted...]
-  <si>
     <t>Laryngeal Cancer</t>
   </si>
   <si>
-    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=202537122&amp;bookId=2524</t>
-[...1 lines deleted...]
-  <si>
     <t>Unusual Nonepithelial Tumors of the Head and Neck</t>
   </si>
   <si>
-    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=202537376&amp;bookId=2524</t>
-[...7 lines deleted...]
-  <si>
     <t>Thyroid Cancer</t>
   </si>
   <si>
-    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=202538011&amp;bookId=2524</t>
-[...7 lines deleted...]
-  <si>
     <t>Lung Cancer</t>
   </si>
   <si>
-    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=202538184&amp;bookId=2524</t>
-[...1 lines deleted...]
-  <si>
     <t>Mediastinum and Trachea</t>
   </si>
   <si>
-    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=202538538&amp;bookId=2524</t>
-[...1 lines deleted...]
-  <si>
     <t>Esophageal Cancer</t>
   </si>
   <si>
-    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=202538802&amp;bookId=2524</t>
-[...1 lines deleted...]
-  <si>
     <t>Tumors of the Heart, Pericardium, and Great Vessels</t>
   </si>
   <si>
-    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=202539033&amp;bookId=2524</t>
-[...13 lines deleted...]
-  <si>
     <t>Breast Cancer: Early Stage</t>
   </si>
   <si>
-    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=202539208&amp;bookId=2524</t>
-[...19 lines deleted...]
-  <si>
     <t>Stomach Cancer</t>
   </si>
   <si>
-    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=202540446&amp;bookId=2524</t>
-[...1 lines deleted...]
-  <si>
     <t>Pancreatic Cancer</t>
   </si>
   <si>
-    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=202540619&amp;bookId=2524</t>
-[...1 lines deleted...]
-  <si>
     <t>Cancer of the Liver and Hepatobiliary Tract</t>
   </si>
   <si>
-    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=202540750&amp;bookId=2524</t>
-[...1 lines deleted...]
-  <si>
     <t>Cancer of the Colon and Rectum</t>
   </si>
   <si>
-    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=202540913&amp;bookId=2524</t>
-[...1 lines deleted...]
-  <si>
     <t>Anal Cancer</t>
   </si>
   <si>
-    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=202541084&amp;bookId=2524</t>
-[...7 lines deleted...]
-  <si>
     <t>Cancer of the Kidney, Renal Pelvis, and Ureter</t>
   </si>
   <si>
-    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=202541230&amp;bookId=2524</t>
-[...1 lines deleted...]
-  <si>
     <t>Bladder Cancer</t>
   </si>
   <si>
-    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=202541404&amp;bookId=2524</t>
-[...19 lines deleted...]
-  <si>
     <t>Testicular Cancer</t>
   </si>
   <si>
-    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=202542200&amp;bookId=2524</t>
-[...1 lines deleted...]
-  <si>
     <t>Cancer of the Penis and Male Urethra</t>
   </si>
   <si>
-    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=202542329&amp;bookId=2524</t>
-[...7 lines deleted...]
-  <si>
     <t>Uterine Cervix</t>
   </si>
   <si>
-    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=202542501&amp;bookId=2524</t>
-[...1 lines deleted...]
-  <si>
     <t>Endometrial Cancer</t>
   </si>
   <si>
-    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=202543335&amp;bookId=2524</t>
-[...1 lines deleted...]
-  <si>
     <t>Ovarian and Fallopian Tube Cancer</t>
   </si>
   <si>
-    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=202543525&amp;bookId=2524</t>
-[...10 lines deleted...]
-  <si>
     <t>Carcinoma of the Vulva</t>
   </si>
   <si>
-    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=202544106&amp;bookId=2524</t>
-[...7 lines deleted...]
-  <si>
     <t>Retroperitoneum</t>
   </si>
   <si>
-    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=202544261&amp;bookId=2524</t>
-[...1 lines deleted...]
-  <si>
     <t>Adrenal Cancer</t>
   </si>
   <si>
-    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=202544345&amp;bookId=2524</t>
-[...10 lines deleted...]
-  <si>
     <t>Non-Hodgkin Lymphomas</t>
   </si>
   <si>
-    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=202544612&amp;bookId=2524</t>
-[...1 lines deleted...]
-  <si>
     <t>Primary Cutaneous Lymphomas</t>
   </si>
   <si>
-    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=202544900&amp;bookId=2524</t>
-[...1 lines deleted...]
-  <si>
     <t>Leukemia</t>
   </si>
   <si>
-    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=202545051&amp;bookId=2524</t>
-[...13 lines deleted...]
-  <si>
     <t>Osteosarcoma and Other Primary Tumors of Bone</t>
   </si>
   <si>
-    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=202545306&amp;bookId=2524</t>
-[...1 lines deleted...]
-  <si>
     <t>Soft Tissue Sarcoma (Excluding Retroperitoneum)</t>
   </si>
   <si>
-    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=202545406&amp;bookId=2524</t>
-[...7 lines deleted...]
-  <si>
     <t>Central Nervous System Tumors in Children</t>
   </si>
   <si>
-    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=202545504&amp;bookId=2524</t>
-[...34 lines deleted...]
-  <si>
     <t>Nonmalignant Diseases</t>
   </si>
   <si>
-    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=202546758&amp;bookId=2524</t>
-[...13 lines deleted...]
-  <si>
     <t>Palliation of Bone Metastases</t>
   </si>
   <si>
-    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=202547234&amp;bookId=2524</t>
-[...1 lines deleted...]
-  <si>
     <t>Palliation of Visceral Recurrences and Metastases and Treatment of Oligometastatic Disease</t>
   </si>
   <si>
-    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=202547349&amp;bookId=2524</t>
-[...1 lines deleted...]
-  <si>
     <t>Cancer Pain: Assessment and Management</t>
   </si>
   <si>
-    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=202547407&amp;bookId=2524</t>
-[...10 lines deleted...]
-  <si>
     <t>Technology Assessment, Outcome Analysis Research, Comparative Effectiveness, and Evidence-Based Radiation Oncology</t>
   </si>
   <si>
-    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=202547578&amp;bookId=2524</t>
-[...13 lines deleted...]
-  <si>
     <t>Ethics, Professional Values, and Legal Considerations in Radiation Oncology</t>
   </si>
   <si>
-    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=202548111&amp;bookId=2524</t>
-[...1 lines deleted...]
-  <si>
     <t>Health Economics and Health Policy</t>
-  </si>
-[...1 lines deleted...]
-    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=202548216&amp;bookId=2524</t>
   </si>
   <si>
     <t>Donald C. Doll, MD</t>
   </si>
   <si>
     <t>Carl E. Freter, MD, PhD, FACP</t>
   </si>
   <si>
     <t xml:space="preserve">Copyright
                 </t>
   </si>
   <si>
     <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=49681396&amp;bookId=806</t>
   </si>
   <si>
     <t>Dedication and Memorial</t>
   </si>
   <si>
     <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=49681398&amp;bookId=806</t>
   </si>
   <si>
     <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=49681405&amp;bookId=806</t>
   </si>
   <si>
     <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=49681412&amp;bookId=806</t>
@@ -13479,104 +12886,1002 @@
   <si>
     <t>Late Effects After Hematopoietic Cell Transplantation</t>
   </si>
   <si>
     <t>Chapter 108</t>
   </si>
   <si>
     <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=256498275&amp;bookId=3281</t>
   </si>
   <si>
     <t>Principles and Practice of Gynecologic Oncology, 8e</t>
   </si>
   <si>
     <t>Pocket Radiation Oncology: The MD Anderson Cancer Center Handbook of Radiation Oncology, 2e</t>
   </si>
   <si>
     <t>Berek &amp; Hacker's Gynecologic Oncology, 7e</t>
   </si>
   <si>
     <t>Cancer Principles &amp; Practice of Oncology: Handbook of Clinical Cancer Genetics</t>
   </si>
   <si>
     <t>DeVita, Hellman, and Rosenberg's Cancer: Principles &amp; Practice of Oncology, 12e</t>
   </si>
   <si>
-    <t>Perez &amp; Brady's Principles and Practice of Radiation Oncology, 7e</t>
+    <t>Perez</t>
+  </si>
+  <si>
+    <t>Perez, Brady, Halperin, and Wazer's Principles and Practice of Radiation Oncology, 8e</t>
+  </si>
+  <si>
+    <t>978-1-9752-2126-3</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/book.aspx?bookid=3445</t>
+  </si>
+  <si>
+    <t>Brady</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261097202&amp;bookId=3445</t>
+  </si>
+  <si>
+    <t>Halperin</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261097206&amp;bookId=3445</t>
+  </si>
+  <si>
+    <t>Wazer’s</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261097254&amp;bookId=3445</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261097261&amp;bookId=3445</t>
+  </si>
+  <si>
+    <t>Wazer David E., MD, FASTRO</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261097267&amp;bookId=3445</t>
+  </si>
+  <si>
+    <t>Rachel C. Blitzblau, MD, PhD, FASTRO</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Preface: The Past and Future of Principles and Practice of Radiation Oncology </t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261099071&amp;bookId=3445</t>
+  </si>
+  <si>
+    <t>Natia Esiashvili, MD, FASTRO</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Acknowledgments</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261099098&amp;bookId=3445</t>
+  </si>
+  <si>
+    <t>Brian C. Baumann, MD</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Section I: Overview and Basic Science of Radiation Oncology</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261099117&amp;bookId=3445</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Chapter 1</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261099118&amp;bookId=3445</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Part A: Cancer Biology</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261100215&amp;bookId=3445</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261100216&amp;bookId=3445</t>
+  </si>
+  <si>
+    <t>Biologic Basics of Radiation Oncology</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Chapter 3</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261100352&amp;bookId=3445</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Chapter 4</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261100509&amp;bookId=3445</t>
+  </si>
+  <si>
+    <t>Precision Medicine as Applied to Radiation Oncology</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Chapter 5</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261100633&amp;bookId=3445</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Part B: Medical Radiation Physics and Dosimetry</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261100754&amp;bookId=3445</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261100755&amp;bookId=3445</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Chapter 7</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261101082&amp;bookId=3445</t>
+  </si>
+  <si>
+    <t>Photon External-Beam Dosimetry and Two-Dimensional Radiation Treatment Planning</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Chapter 8</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261101267&amp;bookId=3445</t>
+  </si>
+  <si>
+    <t>Electron-Beam Therapy Dosimetry, Treatment Planning, and Techniques</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Chapter 9</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261101533&amp;bookId=3445</t>
+  </si>
+  <si>
+    <t>Conformal and Intensity-Modulated Radiation Therapy Physics: Treatment Planning and Techniques, and Clinical Applications</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Chapter 10</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261101721&amp;bookId=3445</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Chapter 11</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261101914&amp;bookId=3445</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Section II: Techniques, Modalities, and Modifiers in Radiation Oncology</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261102022&amp;bookId=3445</t>
+  </si>
+  <si>
+    <t>Late Effects, QUANTEC, and HyTEC</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Chapter 12</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261102023&amp;bookId=3445</t>
+  </si>
+  <si>
+    <t>Quality Assurance and Error Avoidance in Radiation Therapy</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Chapter 13</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261102477&amp;bookId=3445</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Chapter 14</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261102623&amp;bookId=3445</t>
+  </si>
+  <si>
+    <t>Stem Cell Transplantation and Radiation Therapy Techniques</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Chapter 15</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261102906&amp;bookId=3445</t>
+  </si>
+  <si>
+    <t>Stereotactic Irradiation of Tumors of the Central Nervous System</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Chapter 16</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261103057&amp;bookId=3445</t>
+  </si>
+  <si>
+    <t>Stereotactic Irradiation of Tumors Outside the Central Nervous System and Oligometastases</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Chapter 17</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261103185&amp;bookId=3445</t>
+  </si>
+  <si>
+    <t>High-Dose, Ultra-High Dose Rate (FLASH), and Spatially Fractionated Radiotherapy</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Chapter 18</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261103270&amp;bookId=3445</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Chapter 19</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261103330&amp;bookId=3445</t>
+  </si>
+  <si>
+    <t>Particle Therapy: Protons, Heavy Ions, and Neutrons</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Chapter 20</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261103394&amp;bookId=3445</t>
+  </si>
+  <si>
+    <t>Physics and Radiobiology of Brachytherapy</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Chapter 21</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261103546&amp;bookId=3445</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Chapter 22</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261103997&amp;bookId=3445</t>
+  </si>
+  <si>
+    <t>The Physics and Dosimetry of High-Dose Rate Brachytherapy</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Chapter 23</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261104170&amp;bookId=3445</t>
+  </si>
+  <si>
+    <t>Clinical Aspects and Applications of High-Dose-Rate Brachytherapy</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Chapter 24</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261104346&amp;bookId=3445</t>
+  </si>
+  <si>
+    <t>Beyond the Beam: Radiopharmaceutical Therapy</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Chapter 25</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261104555&amp;bookId=3445</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Chapter 26</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261104699&amp;bookId=3445</t>
+  </si>
+  <si>
+    <t>Hyperthermia</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Chapter 27</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261104846&amp;bookId=3445</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Chapter 28</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261104951&amp;bookId=3445</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Chapter 29</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261105008&amp;bookId=3445</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Chapter 30</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261105070&amp;bookId=3445</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Chapter 31</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261105316&amp;bookId=3445</t>
+  </si>
+  <si>
+    <t>Artificial Intelligence and Data Science as Applied to Radiation Oncology</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Chapter 32</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261105442&amp;bookId=3445</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Section III: Policy, Economics, Education, Ethics, and Technology Assessment</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261105572&amp;bookId=3445</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Chapter 33</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261105573&amp;bookId=3445</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Chapter 34</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261105639&amp;bookId=3445</t>
+  </si>
+  <si>
+    <t>Radiation Oncology Undergraduate, Graduate, and Continuing Medical Education</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Chapter 35</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261105763&amp;bookId=3445</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Chapter 36</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261106083&amp;bookId=3445</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Chapter 37</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261106198&amp;bookId=3445</t>
+  </si>
+  <si>
+    <t>Economic, Gender, and Racial Disparity in Radiation Oncology</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Chapter 38</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261106313&amp;bookId=3445</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Section IV: Clinical Radiation Oncology</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261106394&amp;bookId=3445</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Part A: Skin</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261106395&amp;bookId=3445</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261106396&amp;bookId=3445</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Part B: Central Nervous System</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261106555&amp;bookId=3445</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261106556&amp;bookId=3445</t>
+  </si>
+  <si>
+    <t>Fractionated Radiation Therapy and Stereotactic Radiosurgery for Pituitary Adenomas</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Chapter 41</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261106994&amp;bookId=3445</t>
+  </si>
+  <si>
+    <t>Primary Base of Skull Tumors</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Chapter 42</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261107109&amp;bookId=3445</t>
+  </si>
+  <si>
+    <t>Spinal Canal Tumors</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Chapter 43</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261107325&amp;bookId=3445</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Part C: Head and Neck</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261107441&amp;bookId=3445</t>
+  </si>
+  <si>
+    <t>Adult Tumors of the Eye and Orbit</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261107442&amp;bookId=3445</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Chapter 45</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261107538&amp;bookId=3445</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Chapter 46</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261107621&amp;bookId=3445</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Chapter 47</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261107745&amp;bookId=3445</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Chapter 48</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261108026&amp;bookId=3445</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Chapter 49</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261108222&amp;bookId=3445</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Chapter 50</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261108393&amp;bookId=3445</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Chapter 51</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261108627&amp;bookId=3445</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Chapter 52</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261108804&amp;bookId=3445</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Chapter 53</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261108933&amp;bookId=3445</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Chapter 54</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261109165&amp;bookId=3445</t>
+  </si>
+  <si>
+    <t>Neck Cancer, Including Carcinoma of Unknown Primary</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Chapter 55</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261109525&amp;bookId=3445</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Chapter 56</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261109663&amp;bookId=3445</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Part D: Thorax</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261109830&amp;bookId=3445</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261109831&amp;bookId=3445</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Chapter 58</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261110100&amp;bookId=3445</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Chapter 59</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261110366&amp;bookId=3445</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Chapter 60</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261110603&amp;bookId=3445</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Part E: Breast</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261110685&amp;bookId=3445</t>
+  </si>
+  <si>
+    <t>Breast Cancer: Stage Tis</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261110686&amp;bookId=3445</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Chapter 62</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261110781&amp;bookId=3445</t>
+  </si>
+  <si>
+    <t>Breast Cancer: Locally Advanced and Locally Recurrent</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Chapter 63</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261111411&amp;bookId=3445</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Part F: Gastrointestinal</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261111694&amp;bookId=3445</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261111695&amp;bookId=3445</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Chapter 65</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261111866&amp;bookId=3445</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Chapter 66</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261112014&amp;bookId=3445</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Chapter 67</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261112270&amp;bookId=3445</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Chapter 68</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261112473&amp;bookId=3445</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Part G: Urinary Tract</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261112608&amp;bookId=3445</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261112609&amp;bookId=3445</t>
+  </si>
+  <si>
+    <t>Adjuvant and Neoadjuvant Radiation Therapy for Locally Advanced Bladder Cancer</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Chapter 70</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261112810&amp;bookId=3445</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Chapter 71</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261112875&amp;bookId=3445</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Part H: Male Genitourinary</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261113124&amp;bookId=3445</t>
+  </si>
+  <si>
+    <t>Low-Risk Prostate Cancer</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261113125&amp;bookId=3445</t>
+  </si>
+  <si>
+    <t>Management of Intermediate- and High-Risk Prostate Cancer</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Chapter 73</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261113515&amp;bookId=3445</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Chapter 74</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261113688&amp;bookId=3445</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Chapter 75</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261113821&amp;bookId=3445</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Part I: Gynecologic</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261114001&amp;bookId=3445</t>
+  </si>
+  <si>
+    <t>Cancer of the Uterine Cervix</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261114002&amp;bookId=3445</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Chapter 77</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261114625&amp;bookId=3445</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Chapter 78</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261114839&amp;bookId=3445</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Chapter 79</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261115012&amp;bookId=3445</t>
+  </si>
+  <si>
+    <t>Female Urethral</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Chapter 80</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261115330&amp;bookId=3445</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Chapter 81</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261115417&amp;bookId=3445</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Part J: Adrenal and Retroperitoneal Tumors</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261115567&amp;bookId=3445</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261115568&amp;bookId=3445</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Chapter 83</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261115658&amp;bookId=3445</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Part K: Lymphoma and Hematologic Tumors</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261115719&amp;bookId=3445</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261115720&amp;bookId=3445</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Chapter 85</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261115913&amp;bookId=3445</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Chapter 86</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261116174&amp;bookId=3445</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Chapter 87</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261116316&amp;bookId=3445</t>
+  </si>
+  <si>
+    <t>Plasma Cell Neoplasms: Multiple Myeloma and Solitary Plasmacytomas</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Chapter 88</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261116488&amp;bookId=3445</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Part L: Soft Tissue</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261116628&amp;bookId=3445</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261116629&amp;bookId=3445</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Part M: Pediatric</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261116758&amp;bookId=3445</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261116759&amp;bookId=3445</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Chapter 91</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261117012&amp;bookId=3445</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Chapter 92</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261117122&amp;bookId=3445</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Chapter 93</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261117247&amp;bookId=3445</t>
+  </si>
+  <si>
+    <t>Nonrhabdomyosarcoma Soft Tissue Sarcoma in Children</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Chapter 94</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261117383&amp;bookId=3445</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Chapter 95</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261117484&amp;bookId=3445</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Chapter 96</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261117548&amp;bookId=3445</t>
+  </si>
+  <si>
+    <t>Lymphomas in Children, Adolescents, and Young Adults</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Chapter 97</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261117724&amp;bookId=3445</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Chapter 98</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261117933&amp;bookId=3445</t>
+  </si>
+  <si>
+    <t>Rare Tumors in Children</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Chapter 99</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261118060&amp;bookId=3445</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Part N: Benign Diseases</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261118267&amp;bookId=3445</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261118268&amp;bookId=3445</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Section V: Palliative and Supportive Care</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261118536&amp;bookId=3445</t>
+  </si>
+  <si>
+    <t>Palliation of Brain Metastases</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Chapter 101</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261118537&amp;bookId=3445</t>
+  </si>
+  <si>
+    <t>Palliation of Vertebral and Spinal Cord Metastases</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Chapter 102</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261118641&amp;bookId=3445</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Chapter 103</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261118723&amp;bookId=3445</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Chapter 104</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261118837&amp;bookId=3445</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Chapter 105</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261118910&amp;bookId=3445</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Chapter 106</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261118990&amp;bookId=3445</t>
+  </si>
+  <si>
+    <t>Management of Radiation Side Effects</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Chapter 107</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261119087&amp;bookId=3445</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="2" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Tahoma"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <name val="Tahoma"/>
     </font>
   </fonts>
   <fills count="4">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF808080"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="2" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="4">
+  <cellXfs count="8">
     <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="14" fontId="0" fillId="2" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0"/>
+    <xf numFmtId="14" fontId="0" fillId="2" borderId="0" xfId="0" applyNumberFormat="1"/>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet13.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet18.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet26.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet21.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet12.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet17.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet25.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet16.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet20.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet11.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet24.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet15.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet23.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet10.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet19.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet14.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet22.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet27.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -13908,186 +14213,186 @@
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
         <v>7</v>
       </c>
       <c r="B2" t="s">
-        <v>4464</v>
+        <v>4266</v>
       </c>
       <c r="C2">
         <v>8</v>
       </c>
       <c r="D2" t="s">
         <v>9</v>
       </c>
       <c r="E2">
         <v>2025</v>
       </c>
       <c r="F2" t="s">
         <v>10</v>
       </c>
       <c r="G2" s="2">
         <v>45429</v>
       </c>
     </row>
     <row r="3" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
         <v>11</v>
       </c>
       <c r="B3" t="s">
-        <v>4465</v>
+        <v>4267</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3">
         <v>2025</v>
       </c>
       <c r="F3" t="s">
         <v>14</v>
       </c>
       <c r="G3" s="2">
         <v>45565</v>
       </c>
     </row>
     <row r="4" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A4" t="s">
         <v>15</v>
       </c>
       <c r="B4" t="s">
-        <v>4466</v>
+        <v>4268</v>
       </c>
       <c r="C4">
         <v>7</v>
       </c>
       <c r="D4" t="s">
         <v>17</v>
       </c>
       <c r="E4">
         <v>2021</v>
       </c>
       <c r="F4" t="s">
         <v>18</v>
       </c>
       <c r="G4" s="2">
         <v>44089</v>
       </c>
     </row>
     <row r="5" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A5" t="s">
         <v>19</v>
       </c>
       <c r="B5" t="s">
         <v>20</v>
       </c>
       <c r="C5">
         <v>7</v>
       </c>
       <c r="D5" t="s">
         <v>21</v>
       </c>
       <c r="E5">
         <v>2025</v>
       </c>
       <c r="F5" t="s">
         <v>22</v>
       </c>
       <c r="G5" s="2">
         <v>45478</v>
       </c>
     </row>
     <row r="6" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A6" t="s">
         <v>23</v>
       </c>
       <c r="B6" t="s">
-        <v>4467</v>
+        <v>4269</v>
       </c>
       <c r="C6">
         <v>1</v>
       </c>
       <c r="D6" t="s">
         <v>25</v>
       </c>
       <c r="E6">
         <v>2013</v>
       </c>
       <c r="F6" t="s">
         <v>26</v>
       </c>
       <c r="G6" s="2">
         <v>41949</v>
       </c>
     </row>
     <row r="7" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A7" t="s">
         <v>27</v>
       </c>
       <c r="B7" t="s">
         <v>28</v>
       </c>
       <c r="C7">
         <v>4</v>
       </c>
       <c r="D7" t="s">
         <v>29</v>
       </c>
       <c r="E7">
         <v>2011</v>
       </c>
       <c r="F7" t="s">
         <v>30</v>
       </c>
       <c r="G7" s="2">
         <v>41950</v>
       </c>
     </row>
     <row r="8" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A8" t="s">
         <v>31</v>
       </c>
       <c r="B8" t="s">
-        <v>4468</v>
+        <v>4270</v>
       </c>
       <c r="C8">
         <v>12</v>
       </c>
       <c r="D8" t="s">
         <v>33</v>
       </c>
       <c r="E8">
         <v>2023</v>
       </c>
       <c r="F8" t="s">
         <v>34</v>
       </c>
       <c r="G8" s="2">
         <v>44841</v>
       </c>
     </row>
     <row r="9" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A9" t="s">
         <v>35</v>
       </c>
       <c r="B9" t="s">
         <v>36</v>
       </c>
       <c r="C9">
@@ -14200,22765 +14505,22876 @@
     </row>
     <row r="14" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A14" t="s">
         <v>55</v>
       </c>
       <c r="B14" t="s">
         <v>56</v>
       </c>
       <c r="C14">
         <v>6</v>
       </c>
       <c r="D14" t="s">
         <v>57</v>
       </c>
       <c r="E14">
         <v>2016</v>
       </c>
       <c r="F14" t="s">
         <v>58</v>
       </c>
       <c r="G14" s="2">
         <v>43354</v>
       </c>
     </row>
     <row r="15" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A15" t="s">
-[...18 lines deleted...]
-        <v>43402</v>
+      <c r="A15" s="4" t="s">
+        <v>4271</v>
+      </c>
+      <c r="B15" s="4" t="s">
+        <v>4272</v>
+      </c>
+      <c r="C15" s="4">
+        <v>8</v>
+      </c>
+      <c r="D15" s="4" t="s">
+        <v>4273</v>
+      </c>
+      <c r="E15" s="4">
+        <v>2026</v>
+      </c>
+      <c r="F15" s="4" t="s">
+        <v>4274</v>
+      </c>
+      <c r="G15" s="5">
+        <v>45932</v>
       </c>
     </row>
     <row r="16" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A16" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="B16" t="s">
-        <v>64</v>
+        <v>61</v>
       </c>
       <c r="C16">
         <v>5</v>
       </c>
       <c r="D16" t="s">
-        <v>65</v>
+        <v>62</v>
       </c>
       <c r="E16">
         <v>2011</v>
       </c>
       <c r="F16" t="s">
-        <v>66</v>
+        <v>63</v>
       </c>
       <c r="G16" s="2">
         <v>41754</v>
       </c>
     </row>
     <row r="17" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A17" t="s">
-        <v>67</v>
+        <v>64</v>
       </c>
       <c r="B17" t="s">
-        <v>68</v>
+        <v>65</v>
       </c>
       <c r="C17">
         <v>8</v>
       </c>
       <c r="D17" t="s">
-        <v>69</v>
+        <v>66</v>
       </c>
       <c r="E17">
         <v>2021</v>
       </c>
       <c r="F17" t="s">
-        <v>70</v>
+        <v>67</v>
       </c>
       <c r="G17" s="2">
         <v>44048</v>
       </c>
     </row>
     <row r="18" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A18" t="s">
-        <v>71</v>
+        <v>68</v>
       </c>
       <c r="B18" t="s">
-        <v>72</v>
+        <v>69</v>
       </c>
       <c r="C18">
         <v>3</v>
       </c>
       <c r="D18" t="s">
-        <v>73</v>
+        <v>70</v>
       </c>
       <c r="E18">
         <v>2023</v>
       </c>
       <c r="F18" t="s">
-        <v>74</v>
+        <v>71</v>
       </c>
       <c r="G18" s="2">
         <v>44840</v>
       </c>
     </row>
     <row r="19" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A19" t="s">
-        <v>75</v>
+        <v>72</v>
       </c>
       <c r="B19" t="s">
-        <v>76</v>
+        <v>73</v>
       </c>
       <c r="C19">
         <v>4</v>
       </c>
       <c r="D19" t="s">
-        <v>77</v>
+        <v>74</v>
       </c>
       <c r="E19">
         <v>2010</v>
       </c>
       <c r="F19" t="s">
-        <v>78</v>
+        <v>75</v>
       </c>
       <c r="G19" s="2">
         <v>41950</v>
       </c>
     </row>
     <row r="20" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A20" t="s">
-        <v>79</v>
+        <v>76</v>
       </c>
       <c r="B20" t="s">
-        <v>80</v>
+        <v>77</v>
       </c>
       <c r="C20">
         <v>5</v>
       </c>
       <c r="D20" t="s">
-        <v>81</v>
+        <v>78</v>
       </c>
       <c r="E20">
         <v>2022</v>
       </c>
       <c r="F20" t="s">
-        <v>82</v>
+        <v>79</v>
       </c>
       <c r="G20" s="2">
         <v>44285</v>
       </c>
     </row>
     <row r="21" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A21" t="s">
-        <v>83</v>
+        <v>80</v>
       </c>
       <c r="B21" t="s">
-        <v>84</v>
+        <v>81</v>
       </c>
       <c r="C21">
         <v>7</v>
       </c>
       <c r="D21" t="s">
-        <v>85</v>
+        <v>82</v>
       </c>
       <c r="E21">
         <v>2016</v>
       </c>
       <c r="F21" t="s">
-        <v>86</v>
+        <v>83</v>
       </c>
       <c r="G21" s="2">
         <v>42198</v>
       </c>
     </row>
     <row r="22" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A22" t="s">
-        <v>87</v>
+        <v>84</v>
       </c>
       <c r="B22" t="s">
-        <v>88</v>
+        <v>85</v>
       </c>
       <c r="C22">
         <v>1</v>
       </c>
       <c r="D22" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="E22">
         <v>2010</v>
       </c>
       <c r="F22" t="s">
-        <v>90</v>
+        <v>87</v>
       </c>
       <c r="G22" s="2">
         <v>41951</v>
       </c>
     </row>
     <row r="23" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A23" t="s">
-        <v>91</v>
+        <v>88</v>
       </c>
       <c r="B23" t="s">
-        <v>92</v>
+        <v>89</v>
       </c>
       <c r="C23">
         <v>1</v>
       </c>
       <c r="D23" t="s">
-        <v>93</v>
+        <v>90</v>
       </c>
       <c r="E23">
         <v>2013</v>
       </c>
       <c r="F23" t="s">
-        <v>94</v>
+        <v>91</v>
       </c>
       <c r="G23" s="2">
         <v>41949</v>
       </c>
     </row>
     <row r="24" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A24" t="s">
-        <v>95</v>
+        <v>92</v>
       </c>
       <c r="B24" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="D24">
         <v>9781975212841</v>
       </c>
       <c r="E24">
         <v>2025</v>
       </c>
       <c r="F24" t="s">
-        <v>97</v>
+        <v>94</v>
       </c>
       <c r="G24" s="2">
         <v>45548</v>
       </c>
     </row>
     <row r="25" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A25" t="s">
-        <v>98</v>
+        <v>95</v>
       </c>
       <c r="B25" t="s">
-        <v>99</v>
+        <v>96</v>
       </c>
       <c r="C25">
         <v>2</v>
       </c>
       <c r="D25" t="s">
-        <v>100</v>
+        <v>97</v>
       </c>
       <c r="E25">
         <v>2012</v>
       </c>
       <c r="F25" t="s">
-        <v>101</v>
+        <v>98</v>
       </c>
       <c r="G25" s="2">
         <v>41951</v>
       </c>
     </row>
     <row r="26" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A26" t="s">
-        <v>102</v>
+        <v>99</v>
       </c>
       <c r="B26" t="s">
-        <v>103</v>
+        <v>100</v>
       </c>
       <c r="C26">
         <v>2</v>
       </c>
       <c r="D26" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="E26">
         <v>2018</v>
       </c>
       <c r="F26" t="s">
-        <v>105</v>
+        <v>102</v>
       </c>
       <c r="G26" s="2">
         <v>42969</v>
       </c>
     </row>
     <row r="27" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A27" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="B27" t="s">
-        <v>107</v>
+        <v>104</v>
       </c>
       <c r="C27">
         <v>15</v>
       </c>
       <c r="D27" t="s">
-        <v>108</v>
+        <v>105</v>
       </c>
       <c r="E27">
         <v>2024</v>
       </c>
       <c r="F27" t="s">
-        <v>109</v>
+        <v>106</v>
       </c>
       <c r="G27" s="2">
         <v>45105</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0900-000000000000}">
   <dimension ref="A1:D229"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>110</v>
+        <v>107</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>111</v>
+        <v>108</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>112</v>
+        <v>109</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
         <v>39</v>
       </c>
       <c r="B2" t="s">
         <v>40</v>
       </c>
       <c r="D2" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="3" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
-        <v>1818</v>
+        <v>1815</v>
       </c>
       <c r="B3" t="s">
-        <v>116</v>
+        <v>113</v>
       </c>
       <c r="D3" t="s">
-        <v>1819</v>
+        <v>1816</v>
       </c>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B4" t="s">
-        <v>128</v>
+        <v>125</v>
       </c>
       <c r="D4" t="s">
-        <v>1820</v>
+        <v>1817</v>
       </c>
     </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B5" t="s">
-        <v>122</v>
+        <v>119</v>
       </c>
       <c r="D5" t="s">
-        <v>1821</v>
+        <v>1818</v>
       </c>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B6" t="s">
-        <v>1822</v>
+        <v>1819</v>
       </c>
       <c r="D6" t="s">
-        <v>1823</v>
+        <v>1820</v>
       </c>
     </row>
     <row r="7" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B7" t="s">
-        <v>1824</v>
+        <v>1821</v>
       </c>
       <c r="D7" t="s">
-        <v>1825</v>
+        <v>1822</v>
       </c>
     </row>
     <row r="8" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B8" t="s">
-        <v>1826</v>
+        <v>1823</v>
       </c>
       <c r="D8" t="s">
-        <v>1827</v>
+        <v>1824</v>
       </c>
     </row>
     <row r="9" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B9" t="s">
-        <v>1828</v>
+        <v>1825</v>
       </c>
       <c r="D9" t="s">
-        <v>1829</v>
+        <v>1826</v>
       </c>
     </row>
     <row r="10" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B10" t="s">
-        <v>1830</v>
+        <v>1827</v>
       </c>
       <c r="D10" t="s">
-        <v>1831</v>
+        <v>1828</v>
       </c>
     </row>
     <row r="11" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B11" t="s">
-        <v>1832</v>
+        <v>1829</v>
       </c>
       <c r="D11" t="s">
-        <v>1833</v>
+        <v>1830</v>
       </c>
     </row>
     <row r="12" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B12" t="s">
-        <v>1834</v>
+        <v>1831</v>
       </c>
       <c r="D12" t="s">
-        <v>1835</v>
+        <v>1832</v>
       </c>
     </row>
     <row r="13" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B13" t="s">
-        <v>1836</v>
+        <v>1833</v>
       </c>
       <c r="D13" t="s">
-        <v>1837</v>
+        <v>1834</v>
       </c>
     </row>
     <row r="14" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B14" t="s">
-        <v>1838</v>
+        <v>1835</v>
       </c>
       <c r="D14" t="s">
-        <v>1839</v>
+        <v>1836</v>
       </c>
     </row>
     <row r="15" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B15" t="s">
-        <v>1840</v>
+        <v>1837</v>
       </c>
       <c r="D15" t="s">
-        <v>1841</v>
+        <v>1838</v>
       </c>
     </row>
     <row r="16" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B16" t="s">
-        <v>1842</v>
+        <v>1839</v>
       </c>
       <c r="D16" t="s">
-        <v>1843</v>
+        <v>1840</v>
       </c>
     </row>
     <row r="17" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B17" t="s">
-        <v>1844</v>
+        <v>1841</v>
       </c>
       <c r="D17" t="s">
-        <v>1845</v>
+        <v>1842</v>
       </c>
     </row>
     <row r="18" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B18" t="s">
-        <v>1846</v>
+        <v>1843</v>
       </c>
       <c r="D18" t="s">
-        <v>1847</v>
+        <v>1844</v>
       </c>
     </row>
     <row r="19" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B19" t="s">
-        <v>1848</v>
+        <v>1845</v>
       </c>
       <c r="D19" t="s">
-        <v>1849</v>
+        <v>1846</v>
       </c>
     </row>
     <row r="20" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B20" t="s">
-        <v>1850</v>
+        <v>1847</v>
       </c>
       <c r="D20" t="s">
-        <v>1851</v>
+        <v>1848</v>
       </c>
     </row>
     <row r="21" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B21" t="s">
-        <v>1852</v>
+        <v>1849</v>
       </c>
       <c r="D21" t="s">
-        <v>1853</v>
+        <v>1850</v>
       </c>
     </row>
     <row r="22" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B22" t="s">
-        <v>819</v>
+        <v>816</v>
       </c>
       <c r="D22" t="s">
-        <v>1854</v>
+        <v>1851</v>
       </c>
     </row>
     <row r="23" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B23" t="s">
-        <v>1855</v>
+        <v>1852</v>
       </c>
       <c r="D23" t="s">
-        <v>1856</v>
+        <v>1853</v>
       </c>
     </row>
     <row r="24" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B24" t="s">
-        <v>1857</v>
+        <v>1854</v>
       </c>
       <c r="D24" t="s">
-        <v>1858</v>
+        <v>1855</v>
       </c>
     </row>
     <row r="25" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B25" t="s">
-        <v>1859</v>
+        <v>1856</v>
       </c>
       <c r="D25" t="s">
-        <v>1860</v>
+        <v>1857</v>
       </c>
     </row>
     <row r="26" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B26" t="s">
-        <v>1861</v>
+        <v>1858</v>
       </c>
       <c r="D26" t="s">
-        <v>1862</v>
+        <v>1859</v>
       </c>
     </row>
     <row r="27" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B27" t="s">
-        <v>1863</v>
+        <v>1860</v>
       </c>
       <c r="D27" t="s">
-        <v>1864</v>
+        <v>1861</v>
       </c>
     </row>
     <row r="28" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B28" t="s">
-        <v>1865</v>
+        <v>1862</v>
       </c>
       <c r="D28" t="s">
-        <v>1866</v>
+        <v>1863</v>
       </c>
     </row>
     <row r="29" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B29" t="s">
-        <v>1867</v>
+        <v>1864</v>
       </c>
       <c r="D29" t="s">
-        <v>1868</v>
+        <v>1865</v>
       </c>
     </row>
     <row r="30" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B30" t="s">
-        <v>1869</v>
+        <v>1866</v>
       </c>
       <c r="D30" t="s">
-        <v>1870</v>
+        <v>1867</v>
       </c>
     </row>
     <row r="31" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B31" t="s">
-        <v>1871</v>
+        <v>1868</v>
       </c>
       <c r="D31" t="s">
-        <v>1872</v>
+        <v>1869</v>
       </c>
     </row>
     <row r="32" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B32" t="s">
-        <v>1873</v>
+        <v>1870</v>
       </c>
       <c r="D32" t="s">
-        <v>1874</v>
+        <v>1871</v>
       </c>
     </row>
     <row r="33" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B33" t="s">
-        <v>1875</v>
+        <v>1872</v>
       </c>
       <c r="D33" t="s">
-        <v>1876</v>
+        <v>1873</v>
       </c>
     </row>
     <row r="34" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B34" t="s">
-        <v>1877</v>
+        <v>1874</v>
       </c>
       <c r="D34" t="s">
-        <v>1878</v>
+        <v>1875</v>
       </c>
     </row>
     <row r="35" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B35" t="s">
-        <v>1879</v>
+        <v>1876</v>
       </c>
       <c r="D35" t="s">
-        <v>1880</v>
+        <v>1877</v>
       </c>
     </row>
     <row r="36" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B36" t="s">
-        <v>1881</v>
+        <v>1878</v>
       </c>
       <c r="D36" t="s">
-        <v>1882</v>
+        <v>1879</v>
       </c>
     </row>
     <row r="37" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B37" t="s">
-        <v>1883</v>
+        <v>1880</v>
       </c>
       <c r="D37" t="s">
-        <v>1884</v>
+        <v>1881</v>
       </c>
     </row>
     <row r="38" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B38" t="s">
-        <v>1885</v>
+        <v>1882</v>
       </c>
       <c r="D38" t="s">
-        <v>1886</v>
+        <v>1883</v>
       </c>
     </row>
     <row r="39" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B39" t="s">
-        <v>1887</v>
+        <v>1884</v>
       </c>
       <c r="D39" t="s">
-        <v>1888</v>
+        <v>1885</v>
       </c>
     </row>
     <row r="40" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B40" t="s">
-        <v>1889</v>
+        <v>1886</v>
       </c>
       <c r="D40" t="s">
-        <v>1890</v>
+        <v>1887</v>
       </c>
     </row>
     <row r="41" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B41" t="s">
-        <v>1891</v>
+        <v>1888</v>
       </c>
       <c r="D41" t="s">
-        <v>1892</v>
+        <v>1889</v>
       </c>
     </row>
     <row r="42" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B42" t="s">
-        <v>1893</v>
+        <v>1890</v>
       </c>
       <c r="D42" t="s">
-        <v>1894</v>
+        <v>1891</v>
       </c>
     </row>
     <row r="43" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B43" t="s">
-        <v>1895</v>
+        <v>1892</v>
       </c>
       <c r="D43" t="s">
-        <v>1896</v>
+        <v>1893</v>
       </c>
     </row>
     <row r="44" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B44" t="s">
-        <v>1897</v>
+        <v>1894</v>
       </c>
       <c r="D44" t="s">
-        <v>1898</v>
+        <v>1895</v>
       </c>
     </row>
     <row r="45" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B45" t="s">
-        <v>1899</v>
+        <v>1896</v>
       </c>
       <c r="D45" t="s">
-        <v>1900</v>
+        <v>1897</v>
       </c>
     </row>
     <row r="46" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B46" t="s">
-        <v>1901</v>
+        <v>1898</v>
       </c>
       <c r="D46" t="s">
-        <v>1902</v>
+        <v>1899</v>
       </c>
     </row>
     <row r="47" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B47" t="s">
-        <v>1903</v>
+        <v>1900</v>
       </c>
       <c r="D47" t="s">
-        <v>1904</v>
+        <v>1901</v>
       </c>
     </row>
     <row r="48" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B48" t="s">
-        <v>1905</v>
+        <v>1902</v>
       </c>
       <c r="D48" t="s">
-        <v>1906</v>
+        <v>1903</v>
       </c>
     </row>
     <row r="49" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B49" t="s">
-        <v>1907</v>
+        <v>1904</v>
       </c>
       <c r="D49" t="s">
-        <v>1908</v>
+        <v>1905</v>
       </c>
     </row>
     <row r="50" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B50" t="s">
-        <v>1909</v>
+        <v>1906</v>
       </c>
       <c r="D50" t="s">
-        <v>1910</v>
+        <v>1907</v>
       </c>
     </row>
     <row r="51" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B51" t="s">
-        <v>1911</v>
+        <v>1908</v>
       </c>
       <c r="D51" t="s">
-        <v>1912</v>
+        <v>1909</v>
       </c>
     </row>
     <row r="52" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B52" t="s">
-        <v>1913</v>
+        <v>1910</v>
       </c>
       <c r="D52" t="s">
-        <v>1914</v>
+        <v>1911</v>
       </c>
     </row>
     <row r="53" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B53" t="s">
-        <v>1915</v>
+        <v>1912</v>
       </c>
       <c r="D53" t="s">
-        <v>1916</v>
+        <v>1913</v>
       </c>
     </row>
     <row r="54" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B54" t="s">
-        <v>1917</v>
+        <v>1914</v>
       </c>
       <c r="D54" t="s">
-        <v>1918</v>
+        <v>1915</v>
       </c>
     </row>
     <row r="55" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B55" t="s">
-        <v>1919</v>
+        <v>1916</v>
       </c>
       <c r="D55" t="s">
-        <v>1920</v>
+        <v>1917</v>
       </c>
     </row>
     <row r="56" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B56" t="s">
-        <v>1921</v>
+        <v>1918</v>
       </c>
       <c r="D56" t="s">
-        <v>1922</v>
+        <v>1919</v>
       </c>
     </row>
     <row r="57" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B57" t="s">
-        <v>1923</v>
+        <v>1920</v>
       </c>
       <c r="D57" t="s">
-        <v>1924</v>
+        <v>1921</v>
       </c>
     </row>
     <row r="58" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B58" t="s">
-        <v>1925</v>
+        <v>1922</v>
       </c>
       <c r="D58" t="s">
-        <v>1926</v>
+        <v>1923</v>
       </c>
     </row>
     <row r="59" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B59" t="s">
-        <v>1927</v>
+        <v>1924</v>
       </c>
       <c r="D59" t="s">
-        <v>1928</v>
+        <v>1925</v>
       </c>
     </row>
     <row r="60" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B60" t="s">
-        <v>1929</v>
+        <v>1926</v>
       </c>
       <c r="D60" t="s">
-        <v>1930</v>
+        <v>1927</v>
       </c>
     </row>
     <row r="61" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B61" t="s">
-        <v>1931</v>
+        <v>1928</v>
       </c>
       <c r="D61" t="s">
-        <v>1932</v>
+        <v>1929</v>
       </c>
     </row>
     <row r="62" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B62" t="s">
-        <v>1933</v>
+        <v>1930</v>
       </c>
       <c r="D62" t="s">
-        <v>1934</v>
+        <v>1931</v>
       </c>
     </row>
     <row r="63" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B63" t="s">
-        <v>1935</v>
+        <v>1932</v>
       </c>
       <c r="D63" t="s">
-        <v>1936</v>
+        <v>1933</v>
       </c>
     </row>
     <row r="64" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B64" t="s">
-        <v>1937</v>
+        <v>1934</v>
       </c>
       <c r="D64" t="s">
-        <v>1938</v>
+        <v>1935</v>
       </c>
     </row>
     <row r="65" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B65" t="s">
-        <v>1939</v>
+        <v>1936</v>
       </c>
       <c r="D65" t="s">
-        <v>1940</v>
+        <v>1937</v>
       </c>
     </row>
     <row r="66" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B66" t="s">
-        <v>1941</v>
+        <v>1938</v>
       </c>
       <c r="D66" t="s">
-        <v>1942</v>
+        <v>1939</v>
       </c>
     </row>
     <row r="67" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B67" t="s">
-        <v>1943</v>
+        <v>1940</v>
       </c>
       <c r="D67" t="s">
-        <v>1944</v>
+        <v>1941</v>
       </c>
     </row>
     <row r="68" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B68" t="s">
-        <v>1945</v>
+        <v>1942</v>
       </c>
       <c r="D68" t="s">
-        <v>1946</v>
+        <v>1943</v>
       </c>
     </row>
     <row r="69" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B69" t="s">
-        <v>1947</v>
+        <v>1944</v>
       </c>
       <c r="D69" t="s">
-        <v>1948</v>
+        <v>1945</v>
       </c>
     </row>
     <row r="70" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B70" t="s">
-        <v>1949</v>
+        <v>1946</v>
       </c>
       <c r="D70" t="s">
-        <v>1950</v>
+        <v>1947</v>
       </c>
     </row>
     <row r="71" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B71" t="s">
-        <v>1951</v>
+        <v>1948</v>
       </c>
       <c r="D71" t="s">
-        <v>1952</v>
+        <v>1949</v>
       </c>
     </row>
     <row r="72" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B72" t="s">
-        <v>1953</v>
+        <v>1950</v>
       </c>
       <c r="D72" t="s">
-        <v>1954</v>
+        <v>1951</v>
       </c>
     </row>
     <row r="73" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B73" t="s">
-        <v>1955</v>
+        <v>1952</v>
       </c>
       <c r="D73" t="s">
-        <v>1956</v>
+        <v>1953</v>
       </c>
     </row>
     <row r="74" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B74" t="s">
-        <v>1957</v>
+        <v>1954</v>
       </c>
       <c r="D74" t="s">
-        <v>1958</v>
+        <v>1955</v>
       </c>
     </row>
     <row r="75" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B75" t="s">
-        <v>1959</v>
+        <v>1956</v>
       </c>
       <c r="D75" t="s">
-        <v>1960</v>
+        <v>1957</v>
       </c>
     </row>
     <row r="76" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B76" t="s">
-        <v>1961</v>
+        <v>1958</v>
       </c>
       <c r="D76" t="s">
-        <v>1962</v>
+        <v>1959</v>
       </c>
     </row>
     <row r="77" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B77" t="s">
-        <v>1963</v>
+        <v>1960</v>
       </c>
       <c r="D77" t="s">
-        <v>1964</v>
+        <v>1961</v>
       </c>
     </row>
     <row r="78" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B78" t="s">
-        <v>1965</v>
+        <v>1962</v>
       </c>
       <c r="D78" t="s">
-        <v>1966</v>
+        <v>1963</v>
       </c>
     </row>
     <row r="79" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B79" t="s">
-        <v>1967</v>
+        <v>1964</v>
       </c>
       <c r="D79" t="s">
-        <v>1968</v>
+        <v>1965</v>
       </c>
     </row>
     <row r="80" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B80" t="s">
-        <v>1969</v>
+        <v>1966</v>
       </c>
       <c r="D80" t="s">
-        <v>1970</v>
+        <v>1967</v>
       </c>
     </row>
     <row r="81" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B81" t="s">
-        <v>1971</v>
+        <v>1968</v>
       </c>
       <c r="D81" t="s">
-        <v>1972</v>
+        <v>1969</v>
       </c>
     </row>
     <row r="82" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B82" t="s">
-        <v>1973</v>
+        <v>1970</v>
       </c>
       <c r="D82" t="s">
-        <v>1974</v>
+        <v>1971</v>
       </c>
     </row>
     <row r="83" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B83" t="s">
-        <v>1975</v>
+        <v>1972</v>
       </c>
       <c r="D83" t="s">
-        <v>1976</v>
+        <v>1973</v>
       </c>
     </row>
     <row r="84" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B84" t="s">
-        <v>1977</v>
+        <v>1974</v>
       </c>
       <c r="D84" t="s">
-        <v>1978</v>
+        <v>1975</v>
       </c>
     </row>
     <row r="85" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B85" t="s">
-        <v>1979</v>
+        <v>1976</v>
       </c>
       <c r="D85" t="s">
-        <v>1980</v>
+        <v>1977</v>
       </c>
     </row>
     <row r="86" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B86" t="s">
-        <v>1981</v>
+        <v>1978</v>
       </c>
       <c r="D86" t="s">
-        <v>1982</v>
+        <v>1979</v>
       </c>
     </row>
     <row r="87" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B87" t="s">
-        <v>1983</v>
+        <v>1980</v>
       </c>
       <c r="D87" t="s">
-        <v>1984</v>
+        <v>1981</v>
       </c>
     </row>
     <row r="88" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B88" t="s">
-        <v>1985</v>
+        <v>1982</v>
       </c>
       <c r="D88" t="s">
-        <v>1986</v>
+        <v>1983</v>
       </c>
     </row>
     <row r="89" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B89" t="s">
-        <v>1987</v>
+        <v>1984</v>
       </c>
       <c r="D89" t="s">
-        <v>1988</v>
+        <v>1985</v>
       </c>
     </row>
     <row r="90" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B90" t="s">
-        <v>1989</v>
+        <v>1986</v>
       </c>
       <c r="D90" t="s">
-        <v>1990</v>
+        <v>1987</v>
       </c>
     </row>
     <row r="91" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B91" t="s">
-        <v>1991</v>
+        <v>1988</v>
       </c>
       <c r="D91" t="s">
-        <v>1992</v>
+        <v>1989</v>
       </c>
     </row>
     <row r="92" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B92" t="s">
-        <v>1993</v>
+        <v>1990</v>
       </c>
       <c r="D92" t="s">
-        <v>1994</v>
+        <v>1991</v>
       </c>
     </row>
     <row r="93" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B93" t="s">
-        <v>1995</v>
+        <v>1992</v>
       </c>
       <c r="D93" t="s">
-        <v>1996</v>
+        <v>1993</v>
       </c>
     </row>
     <row r="94" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B94" t="s">
-        <v>1997</v>
+        <v>1994</v>
       </c>
       <c r="D94" t="s">
-        <v>1998</v>
+        <v>1995</v>
       </c>
     </row>
     <row r="95" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B95" t="s">
-        <v>1999</v>
+        <v>1996</v>
       </c>
       <c r="D95" t="s">
-        <v>2000</v>
+        <v>1997</v>
       </c>
     </row>
     <row r="96" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B96" t="s">
-        <v>2001</v>
+        <v>1998</v>
       </c>
       <c r="D96" t="s">
-        <v>2002</v>
+        <v>1999</v>
       </c>
     </row>
     <row r="97" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B97" t="s">
-        <v>2003</v>
+        <v>2000</v>
       </c>
       <c r="D97" t="s">
-        <v>2004</v>
+        <v>2001</v>
       </c>
     </row>
     <row r="98" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B98" t="s">
-        <v>2005</v>
+        <v>2002</v>
       </c>
       <c r="D98" t="s">
-        <v>2006</v>
+        <v>2003</v>
       </c>
     </row>
     <row r="99" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B99" t="s">
-        <v>2007</v>
+        <v>2004</v>
       </c>
       <c r="D99" t="s">
-        <v>2008</v>
+        <v>2005</v>
       </c>
     </row>
     <row r="100" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B100" t="s">
-        <v>2009</v>
+        <v>2006</v>
       </c>
       <c r="D100" t="s">
-        <v>2010</v>
+        <v>2007</v>
       </c>
     </row>
     <row r="101" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B101" t="s">
-        <v>2011</v>
+        <v>2008</v>
       </c>
       <c r="D101" t="s">
-        <v>2012</v>
+        <v>2009</v>
       </c>
     </row>
     <row r="102" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B102" t="s">
-        <v>2013</v>
+        <v>2010</v>
       </c>
       <c r="D102" t="s">
-        <v>2014</v>
+        <v>2011</v>
       </c>
     </row>
     <row r="103" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B103" t="s">
-        <v>2015</v>
+        <v>2012</v>
       </c>
       <c r="D103" t="s">
-        <v>2016</v>
+        <v>2013</v>
       </c>
     </row>
     <row r="104" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B104" t="s">
-        <v>2017</v>
+        <v>2014</v>
       </c>
       <c r="D104" t="s">
-        <v>2018</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="105" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B105" t="s">
-        <v>2019</v>
+        <v>2016</v>
       </c>
       <c r="D105" t="s">
-        <v>2020</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="106" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B106" t="s">
-        <v>2021</v>
+        <v>2018</v>
       </c>
       <c r="D106" t="s">
-        <v>2022</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="107" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B107" t="s">
-        <v>2023</v>
+        <v>2020</v>
       </c>
       <c r="D107" t="s">
-        <v>2024</v>
+        <v>2021</v>
       </c>
     </row>
     <row r="108" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B108" t="s">
-        <v>2025</v>
+        <v>2022</v>
       </c>
       <c r="D108" t="s">
-        <v>2026</v>
+        <v>2023</v>
       </c>
     </row>
     <row r="109" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B109" t="s">
-        <v>2027</v>
+        <v>2024</v>
       </c>
       <c r="D109" t="s">
-        <v>2028</v>
+        <v>2025</v>
       </c>
     </row>
     <row r="110" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B110" t="s">
-        <v>2029</v>
+        <v>2026</v>
       </c>
       <c r="D110" t="s">
-        <v>2030</v>
+        <v>2027</v>
       </c>
     </row>
     <row r="111" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B111" t="s">
-        <v>2031</v>
+        <v>2028</v>
       </c>
       <c r="D111" t="s">
-        <v>2032</v>
+        <v>2029</v>
       </c>
     </row>
     <row r="112" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B112" t="s">
-        <v>2033</v>
+        <v>2030</v>
       </c>
       <c r="D112" t="s">
-        <v>2034</v>
+        <v>2031</v>
       </c>
     </row>
     <row r="113" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B113" t="s">
-        <v>2035</v>
+        <v>2032</v>
       </c>
       <c r="D113" t="s">
-        <v>2036</v>
+        <v>2033</v>
       </c>
     </row>
     <row r="114" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B114" t="s">
-        <v>2037</v>
+        <v>2034</v>
       </c>
       <c r="D114" t="s">
-        <v>2038</v>
+        <v>2035</v>
       </c>
     </row>
     <row r="115" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B115" t="s">
-        <v>2039</v>
+        <v>2036</v>
       </c>
       <c r="D115" t="s">
-        <v>2040</v>
+        <v>2037</v>
       </c>
     </row>
     <row r="116" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B116" t="s">
-        <v>2041</v>
+        <v>2038</v>
       </c>
       <c r="D116" t="s">
-        <v>2042</v>
+        <v>2039</v>
       </c>
     </row>
     <row r="117" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B117" t="s">
-        <v>2043</v>
+        <v>2040</v>
       </c>
       <c r="D117" t="s">
-        <v>2044</v>
+        <v>2041</v>
       </c>
     </row>
     <row r="118" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B118" t="s">
-        <v>2045</v>
+        <v>2042</v>
       </c>
       <c r="D118" t="s">
-        <v>2046</v>
+        <v>2043</v>
       </c>
     </row>
     <row r="119" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B119" t="s">
-        <v>2047</v>
+        <v>2044</v>
       </c>
       <c r="D119" t="s">
-        <v>2048</v>
+        <v>2045</v>
       </c>
     </row>
     <row r="120" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B120" t="s">
-        <v>2049</v>
+        <v>2046</v>
       </c>
       <c r="D120" t="s">
-        <v>2050</v>
+        <v>2047</v>
       </c>
     </row>
     <row r="121" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B121" t="s">
-        <v>2051</v>
+        <v>2048</v>
       </c>
       <c r="D121" t="s">
-        <v>2052</v>
+        <v>2049</v>
       </c>
     </row>
     <row r="122" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B122" t="s">
-        <v>2053</v>
+        <v>2050</v>
       </c>
       <c r="D122" t="s">
-        <v>2054</v>
+        <v>2051</v>
       </c>
     </row>
     <row r="123" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B123" t="s">
-        <v>2055</v>
+        <v>2052</v>
       </c>
       <c r="D123" t="s">
-        <v>2056</v>
+        <v>2053</v>
       </c>
     </row>
     <row r="124" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B124" t="s">
-        <v>2057</v>
+        <v>2054</v>
       </c>
       <c r="D124" t="s">
-        <v>2058</v>
+        <v>2055</v>
       </c>
     </row>
     <row r="125" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B125" t="s">
-        <v>2059</v>
+        <v>2056</v>
       </c>
       <c r="D125" t="s">
-        <v>2060</v>
+        <v>2057</v>
       </c>
     </row>
     <row r="126" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B126" t="s">
-        <v>2061</v>
+        <v>2058</v>
       </c>
       <c r="D126" t="s">
-        <v>2062</v>
+        <v>2059</v>
       </c>
     </row>
     <row r="127" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B127" t="s">
-        <v>2063</v>
+        <v>2060</v>
       </c>
       <c r="D127" t="s">
-        <v>2064</v>
+        <v>2061</v>
       </c>
     </row>
     <row r="128" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B128" t="s">
-        <v>2065</v>
+        <v>2062</v>
       </c>
       <c r="D128" t="s">
-        <v>2066</v>
+        <v>2063</v>
       </c>
     </row>
     <row r="129" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B129" t="s">
-        <v>2067</v>
+        <v>2064</v>
       </c>
       <c r="D129" t="s">
-        <v>2068</v>
+        <v>2065</v>
       </c>
     </row>
     <row r="130" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B130" t="s">
-        <v>2069</v>
+        <v>2066</v>
       </c>
       <c r="D130" t="s">
-        <v>2070</v>
+        <v>2067</v>
       </c>
     </row>
     <row r="131" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B131" t="s">
-        <v>2071</v>
+        <v>2068</v>
       </c>
       <c r="D131" t="s">
-        <v>2072</v>
+        <v>2069</v>
       </c>
     </row>
     <row r="132" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B132" t="s">
-        <v>2073</v>
+        <v>2070</v>
       </c>
       <c r="D132" t="s">
-        <v>2074</v>
+        <v>2071</v>
       </c>
     </row>
     <row r="133" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B133" t="s">
-        <v>2075</v>
+        <v>2072</v>
       </c>
       <c r="D133" t="s">
-        <v>2076</v>
+        <v>2073</v>
       </c>
     </row>
     <row r="134" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B134" t="s">
-        <v>2077</v>
+        <v>2074</v>
       </c>
       <c r="D134" t="s">
-        <v>2078</v>
+        <v>2075</v>
       </c>
     </row>
     <row r="135" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B135" t="s">
-        <v>2079</v>
+        <v>2076</v>
       </c>
       <c r="D135" t="s">
-        <v>2080</v>
+        <v>2077</v>
       </c>
     </row>
     <row r="136" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B136" t="s">
-        <v>2081</v>
+        <v>2078</v>
       </c>
       <c r="D136" t="s">
-        <v>2082</v>
+        <v>2079</v>
       </c>
     </row>
     <row r="137" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B137" t="s">
-        <v>2083</v>
+        <v>2080</v>
       </c>
       <c r="D137" t="s">
-        <v>2084</v>
+        <v>2081</v>
       </c>
     </row>
     <row r="138" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B138" t="s">
-        <v>2085</v>
+        <v>2082</v>
       </c>
       <c r="D138" t="s">
-        <v>2086</v>
+        <v>2083</v>
       </c>
     </row>
     <row r="139" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B139" t="s">
-        <v>2087</v>
+        <v>2084</v>
       </c>
       <c r="D139" t="s">
-        <v>2088</v>
+        <v>2085</v>
       </c>
     </row>
     <row r="140" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B140" t="s">
-        <v>2089</v>
+        <v>2086</v>
       </c>
       <c r="D140" t="s">
-        <v>2090</v>
+        <v>2087</v>
       </c>
     </row>
     <row r="141" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B141" t="s">
-        <v>2091</v>
+        <v>2088</v>
       </c>
       <c r="D141" t="s">
-        <v>2092</v>
+        <v>2089</v>
       </c>
     </row>
     <row r="142" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B142" t="s">
-        <v>2093</v>
+        <v>2090</v>
       </c>
       <c r="D142" t="s">
-        <v>2094</v>
+        <v>2091</v>
       </c>
     </row>
     <row r="143" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B143" t="s">
-        <v>2095</v>
+        <v>2092</v>
       </c>
       <c r="D143" t="s">
-        <v>2096</v>
+        <v>2093</v>
       </c>
     </row>
     <row r="144" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B144" t="s">
-        <v>2097</v>
+        <v>2094</v>
       </c>
       <c r="D144" t="s">
-        <v>2098</v>
+        <v>2095</v>
       </c>
     </row>
     <row r="145" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B145" t="s">
-        <v>2099</v>
+        <v>2096</v>
       </c>
       <c r="D145" t="s">
-        <v>2100</v>
+        <v>2097</v>
       </c>
     </row>
     <row r="146" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B146" t="s">
-        <v>2101</v>
+        <v>2098</v>
       </c>
       <c r="D146" t="s">
-        <v>2102</v>
+        <v>2099</v>
       </c>
     </row>
     <row r="147" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B147" t="s">
-        <v>2103</v>
+        <v>2100</v>
       </c>
       <c r="D147" t="s">
-        <v>2104</v>
+        <v>2101</v>
       </c>
     </row>
     <row r="148" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B148" t="s">
-        <v>2105</v>
+        <v>2102</v>
       </c>
       <c r="D148" t="s">
-        <v>2106</v>
+        <v>2103</v>
       </c>
     </row>
     <row r="149" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B149" t="s">
-        <v>2107</v>
+        <v>2104</v>
       </c>
       <c r="D149" t="s">
-        <v>2108</v>
+        <v>2105</v>
       </c>
     </row>
     <row r="150" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B150" t="s">
-        <v>2109</v>
+        <v>2106</v>
       </c>
       <c r="D150" t="s">
-        <v>2110</v>
+        <v>2107</v>
       </c>
     </row>
     <row r="151" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B151" t="s">
-        <v>2111</v>
+        <v>2108</v>
       </c>
       <c r="D151" t="s">
-        <v>2112</v>
+        <v>2109</v>
       </c>
     </row>
     <row r="152" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B152" t="s">
-        <v>2113</v>
+        <v>2110</v>
       </c>
       <c r="D152" t="s">
-        <v>2114</v>
+        <v>2111</v>
       </c>
     </row>
     <row r="153" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B153" t="s">
-        <v>2115</v>
+        <v>2112</v>
       </c>
       <c r="D153" t="s">
-        <v>2116</v>
+        <v>2113</v>
       </c>
     </row>
     <row r="154" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B154" t="s">
-        <v>2117</v>
+        <v>2114</v>
       </c>
       <c r="D154" t="s">
-        <v>2118</v>
+        <v>2115</v>
       </c>
     </row>
     <row r="155" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B155" t="s">
-        <v>2119</v>
+        <v>2116</v>
       </c>
       <c r="D155" t="s">
-        <v>2120</v>
+        <v>2117</v>
       </c>
     </row>
     <row r="156" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B156" t="s">
-        <v>2121</v>
+        <v>2118</v>
       </c>
       <c r="D156" t="s">
-        <v>2122</v>
+        <v>2119</v>
       </c>
     </row>
     <row r="157" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B157" t="s">
-        <v>2123</v>
+        <v>2120</v>
       </c>
       <c r="D157" t="s">
-        <v>2124</v>
+        <v>2121</v>
       </c>
     </row>
     <row r="158" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B158" t="s">
-        <v>2125</v>
+        <v>2122</v>
       </c>
       <c r="D158" t="s">
-        <v>2126</v>
+        <v>2123</v>
       </c>
     </row>
     <row r="159" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B159" t="s">
-        <v>2127</v>
+        <v>2124</v>
       </c>
       <c r="D159" t="s">
-        <v>2128</v>
+        <v>2125</v>
       </c>
     </row>
     <row r="160" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B160" t="s">
-        <v>2129</v>
+        <v>2126</v>
       </c>
       <c r="D160" t="s">
-        <v>2130</v>
+        <v>2127</v>
       </c>
     </row>
     <row r="161" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B161" t="s">
-        <v>2131</v>
+        <v>2128</v>
       </c>
       <c r="D161" t="s">
-        <v>2132</v>
+        <v>2129</v>
       </c>
     </row>
     <row r="162" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B162" t="s">
-        <v>2133</v>
+        <v>2130</v>
       </c>
       <c r="D162" t="s">
-        <v>2134</v>
+        <v>2131</v>
       </c>
     </row>
     <row r="163" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B163" t="s">
-        <v>2135</v>
+        <v>2132</v>
       </c>
       <c r="D163" t="s">
-        <v>2136</v>
+        <v>2133</v>
       </c>
     </row>
     <row r="164" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B164" t="s">
-        <v>2137</v>
+        <v>2134</v>
       </c>
       <c r="D164" t="s">
-        <v>2138</v>
+        <v>2135</v>
       </c>
     </row>
     <row r="165" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B165" t="s">
-        <v>2139</v>
+        <v>2136</v>
       </c>
       <c r="D165" t="s">
-        <v>2140</v>
+        <v>2137</v>
       </c>
     </row>
     <row r="166" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B166" t="s">
-        <v>2141</v>
+        <v>2138</v>
       </c>
       <c r="D166" t="s">
-        <v>2142</v>
+        <v>2139</v>
       </c>
     </row>
     <row r="167" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B167" t="s">
-        <v>2143</v>
+        <v>2140</v>
       </c>
       <c r="D167" t="s">
-        <v>2144</v>
+        <v>2141</v>
       </c>
     </row>
     <row r="168" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B168" t="s">
-        <v>2145</v>
+        <v>2142</v>
       </c>
       <c r="D168" t="s">
-        <v>2146</v>
+        <v>2143</v>
       </c>
     </row>
     <row r="169" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B169" t="s">
-        <v>2147</v>
+        <v>2144</v>
       </c>
       <c r="D169" t="s">
-        <v>2148</v>
+        <v>2145</v>
       </c>
     </row>
     <row r="170" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B170" t="s">
-        <v>2149</v>
+        <v>2146</v>
       </c>
       <c r="D170" t="s">
-        <v>2150</v>
+        <v>2147</v>
       </c>
     </row>
     <row r="171" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B171" t="s">
-        <v>2151</v>
+        <v>2148</v>
       </c>
       <c r="D171" t="s">
-        <v>2152</v>
+        <v>2149</v>
       </c>
     </row>
     <row r="172" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B172" t="s">
-        <v>2153</v>
+        <v>2150</v>
       </c>
       <c r="D172" t="s">
-        <v>2154</v>
+        <v>2151</v>
       </c>
     </row>
     <row r="173" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B173" t="s">
-        <v>2155</v>
+        <v>2152</v>
       </c>
       <c r="D173" t="s">
-        <v>2156</v>
+        <v>2153</v>
       </c>
     </row>
     <row r="174" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B174" t="s">
-        <v>2157</v>
+        <v>2154</v>
       </c>
       <c r="D174" t="s">
-        <v>2158</v>
+        <v>2155</v>
       </c>
     </row>
     <row r="175" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B175" t="s">
-        <v>2159</v>
+        <v>2156</v>
       </c>
       <c r="D175" t="s">
-        <v>2160</v>
+        <v>2157</v>
       </c>
     </row>
     <row r="176" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B176" t="s">
-        <v>2161</v>
+        <v>2158</v>
       </c>
       <c r="D176" t="s">
-        <v>2162</v>
+        <v>2159</v>
       </c>
     </row>
     <row r="177" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B177" t="s">
-        <v>2163</v>
+        <v>2160</v>
       </c>
       <c r="D177" t="s">
-        <v>2164</v>
+        <v>2161</v>
       </c>
     </row>
     <row r="178" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B178" t="s">
-        <v>2165</v>
+        <v>2162</v>
       </c>
       <c r="D178" t="s">
-        <v>2166</v>
+        <v>2163</v>
       </c>
     </row>
     <row r="179" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B179" t="s">
-        <v>2167</v>
+        <v>2164</v>
       </c>
       <c r="D179" t="s">
-        <v>2168</v>
+        <v>2165</v>
       </c>
     </row>
     <row r="180" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B180" t="s">
-        <v>2169</v>
+        <v>2166</v>
       </c>
       <c r="D180" t="s">
-        <v>2170</v>
+        <v>2167</v>
       </c>
     </row>
     <row r="181" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B181" t="s">
-        <v>2171</v>
+        <v>2168</v>
       </c>
       <c r="D181" t="s">
-        <v>2172</v>
+        <v>2169</v>
       </c>
     </row>
     <row r="182" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B182" t="s">
-        <v>2173</v>
+        <v>2170</v>
       </c>
       <c r="D182" t="s">
-        <v>2174</v>
+        <v>2171</v>
       </c>
     </row>
     <row r="183" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B183" t="s">
-        <v>2175</v>
+        <v>2172</v>
       </c>
       <c r="D183" t="s">
-        <v>2176</v>
+        <v>2173</v>
       </c>
     </row>
     <row r="184" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B184" t="s">
-        <v>2177</v>
+        <v>2174</v>
       </c>
       <c r="D184" t="s">
-        <v>2178</v>
+        <v>2175</v>
       </c>
     </row>
     <row r="185" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B185" t="s">
-        <v>2179</v>
+        <v>2176</v>
       </c>
       <c r="D185" t="s">
-        <v>2180</v>
+        <v>2177</v>
       </c>
     </row>
     <row r="186" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B186" t="s">
-        <v>2181</v>
+        <v>2178</v>
       </c>
       <c r="D186" t="s">
-        <v>2182</v>
+        <v>2179</v>
       </c>
     </row>
     <row r="187" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B187" t="s">
-        <v>2183</v>
+        <v>2180</v>
       </c>
       <c r="D187" t="s">
-        <v>2184</v>
+        <v>2181</v>
       </c>
     </row>
     <row r="188" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B188" t="s">
-        <v>2185</v>
+        <v>2182</v>
       </c>
       <c r="D188" t="s">
-        <v>2186</v>
+        <v>2183</v>
       </c>
     </row>
     <row r="189" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B189" t="s">
-        <v>2187</v>
+        <v>2184</v>
       </c>
       <c r="D189" t="s">
-        <v>2188</v>
+        <v>2185</v>
       </c>
     </row>
     <row r="190" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B190" t="s">
-        <v>2189</v>
+        <v>2186</v>
       </c>
       <c r="D190" t="s">
-        <v>2190</v>
+        <v>2187</v>
       </c>
     </row>
     <row r="191" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B191" t="s">
-        <v>2191</v>
+        <v>2188</v>
       </c>
       <c r="D191" t="s">
-        <v>2192</v>
+        <v>2189</v>
       </c>
     </row>
     <row r="192" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B192" t="s">
-        <v>2193</v>
+        <v>2190</v>
       </c>
       <c r="D192" t="s">
-        <v>2194</v>
+        <v>2191</v>
       </c>
     </row>
     <row r="193" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B193" t="s">
-        <v>2195</v>
+        <v>2192</v>
       </c>
       <c r="D193" t="s">
-        <v>2196</v>
+        <v>2193</v>
       </c>
     </row>
     <row r="194" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B194" t="s">
-        <v>2197</v>
+        <v>2194</v>
       </c>
       <c r="D194" t="s">
-        <v>2198</v>
+        <v>2195</v>
       </c>
     </row>
     <row r="195" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B195" t="s">
-        <v>2199</v>
+        <v>2196</v>
       </c>
       <c r="D195" t="s">
-        <v>2200</v>
+        <v>2197</v>
       </c>
     </row>
     <row r="196" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B196" t="s">
-        <v>2201</v>
+        <v>2198</v>
       </c>
       <c r="D196" t="s">
-        <v>2202</v>
+        <v>2199</v>
       </c>
     </row>
     <row r="197" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B197" t="s">
-        <v>2203</v>
+        <v>2200</v>
       </c>
       <c r="D197" t="s">
-        <v>2204</v>
+        <v>2201</v>
       </c>
     </row>
     <row r="198" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B198" t="s">
-        <v>2205</v>
+        <v>2202</v>
       </c>
       <c r="D198" t="s">
-        <v>2206</v>
+        <v>2203</v>
       </c>
     </row>
     <row r="199" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B199" t="s">
-        <v>2207</v>
+        <v>2204</v>
       </c>
       <c r="D199" t="s">
-        <v>2208</v>
+        <v>2205</v>
       </c>
     </row>
     <row r="200" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B200" t="s">
-        <v>2209</v>
+        <v>2206</v>
       </c>
       <c r="D200" t="s">
-        <v>2210</v>
+        <v>2207</v>
       </c>
     </row>
     <row r="201" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B201" t="s">
-        <v>2211</v>
+        <v>2208</v>
       </c>
       <c r="D201" t="s">
-        <v>2212</v>
+        <v>2209</v>
       </c>
     </row>
     <row r="202" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B202" t="s">
-        <v>2213</v>
+        <v>2210</v>
       </c>
       <c r="D202" t="s">
-        <v>2214</v>
+        <v>2211</v>
       </c>
     </row>
     <row r="203" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B203" t="s">
-        <v>2215</v>
+        <v>2212</v>
       </c>
       <c r="D203" t="s">
-        <v>2216</v>
+        <v>2213</v>
       </c>
     </row>
     <row r="204" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B204" t="s">
-        <v>2217</v>
+        <v>2214</v>
       </c>
       <c r="D204" t="s">
-        <v>2218</v>
+        <v>2215</v>
       </c>
     </row>
     <row r="205" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B205" t="s">
-        <v>2219</v>
+        <v>2216</v>
       </c>
       <c r="D205" t="s">
-        <v>2220</v>
+        <v>2217</v>
       </c>
     </row>
     <row r="206" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B206" t="s">
-        <v>2221</v>
+        <v>2218</v>
       </c>
       <c r="D206" t="s">
-        <v>2222</v>
+        <v>2219</v>
       </c>
     </row>
     <row r="207" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B207" t="s">
-        <v>2223</v>
+        <v>2220</v>
       </c>
       <c r="D207" t="s">
-        <v>2224</v>
+        <v>2221</v>
       </c>
     </row>
     <row r="208" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B208" t="s">
-        <v>2225</v>
+        <v>2222</v>
       </c>
       <c r="D208" t="s">
-        <v>2226</v>
+        <v>2223</v>
       </c>
     </row>
     <row r="209" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B209" t="s">
-        <v>2227</v>
+        <v>2224</v>
       </c>
       <c r="D209" t="s">
-        <v>2228</v>
+        <v>2225</v>
       </c>
     </row>
     <row r="210" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B210" t="s">
-        <v>2229</v>
+        <v>2226</v>
       </c>
       <c r="D210" t="s">
-        <v>2230</v>
+        <v>2227</v>
       </c>
     </row>
     <row r="211" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B211" t="s">
-        <v>2231</v>
+        <v>2228</v>
       </c>
       <c r="D211" t="s">
-        <v>2232</v>
+        <v>2229</v>
       </c>
     </row>
     <row r="212" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B212" t="s">
-        <v>2233</v>
+        <v>2230</v>
       </c>
       <c r="D212" t="s">
-        <v>2234</v>
+        <v>2231</v>
       </c>
     </row>
     <row r="213" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B213" t="s">
-        <v>2235</v>
+        <v>2232</v>
       </c>
       <c r="D213" t="s">
-        <v>2236</v>
+        <v>2233</v>
       </c>
     </row>
     <row r="214" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B214" t="s">
-        <v>2237</v>
+        <v>2234</v>
       </c>
       <c r="D214" t="s">
-        <v>2238</v>
+        <v>2235</v>
       </c>
     </row>
     <row r="215" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B215" t="s">
-        <v>2239</v>
+        <v>2236</v>
       </c>
       <c r="D215" t="s">
-        <v>2240</v>
+        <v>2237</v>
       </c>
     </row>
     <row r="216" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B216" t="s">
-        <v>2241</v>
+        <v>2238</v>
       </c>
       <c r="D216" t="s">
-        <v>2242</v>
+        <v>2239</v>
       </c>
     </row>
     <row r="217" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B217" t="s">
-        <v>2243</v>
+        <v>2240</v>
       </c>
       <c r="D217" t="s">
-        <v>2244</v>
+        <v>2241</v>
       </c>
     </row>
     <row r="218" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B218" t="s">
-        <v>2245</v>
+        <v>2242</v>
       </c>
       <c r="D218" t="s">
-        <v>2246</v>
+        <v>2243</v>
       </c>
     </row>
     <row r="219" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B219" t="s">
-        <v>2247</v>
+        <v>2244</v>
       </c>
       <c r="D219" t="s">
-        <v>2248</v>
+        <v>2245</v>
       </c>
     </row>
     <row r="220" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B220" t="s">
-        <v>2249</v>
+        <v>2246</v>
       </c>
       <c r="D220" t="s">
-        <v>2250</v>
+        <v>2247</v>
       </c>
     </row>
     <row r="221" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B221" t="s">
-        <v>2251</v>
+        <v>2248</v>
       </c>
       <c r="D221" t="s">
-        <v>2252</v>
+        <v>2249</v>
       </c>
     </row>
     <row r="222" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B222" t="s">
-        <v>2253</v>
+        <v>2250</v>
       </c>
       <c r="D222" t="s">
-        <v>2254</v>
+        <v>2251</v>
       </c>
     </row>
     <row r="223" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B223" t="s">
-        <v>2255</v>
+        <v>2252</v>
       </c>
       <c r="D223" t="s">
-        <v>2256</v>
+        <v>2253</v>
       </c>
     </row>
     <row r="224" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B224" t="s">
-        <v>2257</v>
+        <v>2254</v>
       </c>
       <c r="D224" t="s">
-        <v>2258</v>
+        <v>2255</v>
       </c>
     </row>
     <row r="225" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B225" t="s">
-        <v>2259</v>
+        <v>2256</v>
       </c>
       <c r="D225" t="s">
-        <v>2260</v>
+        <v>2257</v>
       </c>
     </row>
     <row r="226" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B226" t="s">
-        <v>2261</v>
+        <v>2258</v>
       </c>
       <c r="D226" t="s">
-        <v>2262</v>
+        <v>2259</v>
       </c>
     </row>
     <row r="227" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B227" t="s">
-        <v>2263</v>
+        <v>2260</v>
       </c>
       <c r="C227" t="s">
-        <v>2264</v>
+        <v>2261</v>
       </c>
       <c r="D227" t="s">
-        <v>2265</v>
+        <v>2262</v>
       </c>
     </row>
     <row r="228" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B228" t="s">
-        <v>2266</v>
+        <v>2263</v>
       </c>
       <c r="C228" t="s">
-        <v>2267</v>
+        <v>2264</v>
       </c>
       <c r="D228" t="s">
-        <v>2268</v>
+        <v>2265</v>
       </c>
     </row>
     <row r="229" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B229" t="s">
-        <v>2269</v>
+        <v>2266</v>
       </c>
       <c r="C229" t="s">
-        <v>2270</v>
+        <v>2267</v>
       </c>
       <c r="D229" t="s">
-        <v>2271</v>
+        <v>2268</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0A00-000000000000}">
   <dimension ref="A1:D10"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>110</v>
+        <v>107</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>111</v>
+        <v>108</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>112</v>
+        <v>109</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
         <v>43</v>
       </c>
       <c r="B2" t="s">
         <v>44</v>
       </c>
       <c r="D2" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="3" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
+        <v>2269</v>
+      </c>
+      <c r="B3" t="s">
+        <v>113</v>
+      </c>
+      <c r="D3" t="s">
         <v>2272</v>
-      </c>
-[...4 lines deleted...]
-        <v>2275</v>
       </c>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A4" t="s">
+        <v>2270</v>
+      </c>
+      <c r="B4" t="s">
+        <v>125</v>
+      </c>
+      <c r="D4" t="s">
         <v>2273</v>
-      </c>
-[...4 lines deleted...]
-        <v>2276</v>
       </c>
     </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A5" t="s">
+        <v>2271</v>
+      </c>
+      <c r="B5" t="s">
+        <v>119</v>
+      </c>
+      <c r="D5" t="s">
         <v>2274</v>
-      </c>
-[...4 lines deleted...]
-        <v>2277</v>
       </c>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B6" t="s">
-        <v>124</v>
+        <v>121</v>
       </c>
       <c r="D6" t="s">
-        <v>2278</v>
+        <v>2275</v>
       </c>
     </row>
     <row r="7" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B7" t="s">
-        <v>2279</v>
+        <v>2276</v>
       </c>
       <c r="C7" t="s">
-        <v>2280</v>
+        <v>2277</v>
       </c>
       <c r="D7" t="s">
-        <v>2281</v>
+        <v>2278</v>
       </c>
     </row>
     <row r="8" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B8" t="s">
-        <v>2282</v>
+        <v>2279</v>
       </c>
       <c r="C8" t="s">
-        <v>2283</v>
+        <v>2280</v>
       </c>
       <c r="D8" t="s">
-        <v>2284</v>
+        <v>2281</v>
       </c>
     </row>
     <row r="9" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B9" t="s">
-        <v>2285</v>
+        <v>2282</v>
       </c>
       <c r="C9" t="s">
-        <v>2286</v>
+        <v>2283</v>
       </c>
       <c r="D9" t="s">
-        <v>2287</v>
+        <v>2284</v>
       </c>
     </row>
     <row r="10" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B10" t="s">
-        <v>2288</v>
+        <v>2285</v>
       </c>
       <c r="C10" t="s">
-        <v>2289</v>
+        <v>2286</v>
       </c>
       <c r="D10" t="s">
-        <v>2290</v>
+        <v>2287</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0B00-000000000000}">
   <dimension ref="A1:D43"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>110</v>
+        <v>107</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>111</v>
+        <v>108</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>112</v>
+        <v>109</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
         <v>47</v>
       </c>
       <c r="B2" t="s">
         <v>48</v>
       </c>
       <c r="D2" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="3" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
-        <v>2291</v>
+        <v>2288</v>
       </c>
       <c r="B3" t="s">
-        <v>116</v>
+        <v>113</v>
       </c>
       <c r="D3" t="s">
-        <v>2293</v>
+        <v>2290</v>
       </c>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A4" t="s">
-        <v>2292</v>
+        <v>2289</v>
       </c>
       <c r="B4" t="s">
-        <v>120</v>
+        <v>117</v>
       </c>
       <c r="D4" t="s">
-        <v>2294</v>
+        <v>2291</v>
       </c>
     </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B5" t="s">
-        <v>2295</v>
+        <v>2292</v>
       </c>
       <c r="D5" t="s">
-        <v>2296</v>
+        <v>2293</v>
       </c>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B6" t="s">
-        <v>2297</v>
+        <v>2294</v>
       </c>
       <c r="D6" t="s">
-        <v>2298</v>
+        <v>2295</v>
       </c>
     </row>
     <row r="7" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B7" t="s">
-        <v>1285</v>
+        <v>1282</v>
       </c>
       <c r="D7" t="s">
-        <v>2299</v>
+        <v>2296</v>
       </c>
     </row>
     <row r="8" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B8" t="s">
-        <v>122</v>
+        <v>119</v>
       </c>
       <c r="D8" t="s">
-        <v>2300</v>
+        <v>2297</v>
       </c>
     </row>
     <row r="9" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B9" t="s">
-        <v>124</v>
+        <v>121</v>
       </c>
       <c r="D9" t="s">
-        <v>2301</v>
+        <v>2298</v>
       </c>
     </row>
     <row r="10" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B10" t="s">
-        <v>2302</v>
+        <v>2299</v>
       </c>
       <c r="D10" t="s">
-        <v>2303</v>
+        <v>2300</v>
       </c>
     </row>
     <row r="11" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B11" t="s">
-        <v>2304</v>
+        <v>2301</v>
       </c>
       <c r="D11" t="s">
-        <v>2305</v>
+        <v>2302</v>
       </c>
     </row>
     <row r="12" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B12" t="s">
-        <v>2306</v>
+        <v>2303</v>
       </c>
       <c r="C12" t="s">
-        <v>680</v>
+        <v>677</v>
       </c>
       <c r="D12" t="s">
-        <v>2307</v>
+        <v>2304</v>
       </c>
     </row>
     <row r="13" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B13" t="s">
-        <v>2308</v>
+        <v>2305</v>
       </c>
       <c r="C13" t="s">
-        <v>683</v>
+        <v>680</v>
       </c>
       <c r="D13" t="s">
-        <v>2309</v>
+        <v>2306</v>
       </c>
     </row>
     <row r="14" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B14" t="s">
-        <v>2310</v>
+        <v>2307</v>
       </c>
       <c r="C14" t="s">
-        <v>686</v>
+        <v>683</v>
       </c>
       <c r="D14" t="s">
-        <v>2311</v>
+        <v>2308</v>
       </c>
     </row>
     <row r="15" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B15" t="s">
-        <v>2312</v>
+        <v>2309</v>
       </c>
       <c r="C15" t="s">
-        <v>689</v>
+        <v>686</v>
       </c>
       <c r="D15" t="s">
-        <v>2313</v>
+        <v>2310</v>
       </c>
     </row>
     <row r="16" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B16" t="s">
-        <v>2314</v>
+        <v>2311</v>
       </c>
       <c r="C16" t="s">
-        <v>692</v>
+        <v>689</v>
       </c>
       <c r="D16" t="s">
-        <v>2315</v>
+        <v>2312</v>
       </c>
     </row>
     <row r="17" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B17" t="s">
-        <v>2316</v>
+        <v>2313</v>
       </c>
       <c r="C17" t="s">
-        <v>695</v>
+        <v>692</v>
       </c>
       <c r="D17" t="s">
-        <v>2317</v>
+        <v>2314</v>
       </c>
     </row>
     <row r="18" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B18" t="s">
-        <v>2318</v>
+        <v>2315</v>
       </c>
       <c r="C18" t="s">
-        <v>698</v>
+        <v>695</v>
       </c>
       <c r="D18" t="s">
-        <v>2319</v>
+        <v>2316</v>
       </c>
     </row>
     <row r="19" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B19" t="s">
-        <v>2320</v>
+        <v>2317</v>
       </c>
       <c r="C19" t="s">
-        <v>703</v>
+        <v>700</v>
       </c>
       <c r="D19" t="s">
-        <v>2321</v>
+        <v>2318</v>
       </c>
     </row>
     <row r="20" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B20" t="s">
-        <v>2322</v>
+        <v>2319</v>
       </c>
       <c r="C20" t="s">
-        <v>706</v>
+        <v>703</v>
       </c>
       <c r="D20" t="s">
-        <v>2323</v>
+        <v>2320</v>
       </c>
     </row>
     <row r="21" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B21" t="s">
-        <v>2324</v>
+        <v>2321</v>
       </c>
       <c r="C21" t="s">
-        <v>709</v>
+        <v>706</v>
       </c>
       <c r="D21" t="s">
-        <v>2325</v>
+        <v>2322</v>
       </c>
     </row>
     <row r="22" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B22" t="s">
-        <v>2326</v>
+        <v>2323</v>
       </c>
       <c r="C22" t="s">
-        <v>712</v>
+        <v>709</v>
       </c>
       <c r="D22" t="s">
-        <v>2327</v>
+        <v>2324</v>
       </c>
     </row>
     <row r="23" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B23" t="s">
-        <v>2328</v>
+        <v>2325</v>
       </c>
       <c r="C23" t="s">
-        <v>715</v>
+        <v>712</v>
       </c>
       <c r="D23" t="s">
-        <v>2329</v>
+        <v>2326</v>
       </c>
     </row>
     <row r="24" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B24" t="s">
-        <v>1654</v>
+        <v>1651</v>
       </c>
       <c r="C24" t="s">
-        <v>718</v>
+        <v>715</v>
       </c>
       <c r="D24" t="s">
-        <v>2330</v>
+        <v>2327</v>
       </c>
     </row>
     <row r="25" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B25" t="s">
-        <v>2331</v>
+        <v>2328</v>
       </c>
       <c r="D25" t="s">
-        <v>2332</v>
+        <v>2329</v>
       </c>
     </row>
     <row r="26" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B26" t="s">
-        <v>2333</v>
+        <v>2330</v>
       </c>
       <c r="C26" t="s">
-        <v>721</v>
+        <v>718</v>
       </c>
       <c r="D26" t="s">
-        <v>2334</v>
+        <v>2331</v>
       </c>
     </row>
     <row r="27" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B27" t="s">
-        <v>2335</v>
+        <v>2332</v>
       </c>
       <c r="C27" t="s">
-        <v>724</v>
+        <v>721</v>
       </c>
       <c r="D27" t="s">
-        <v>2336</v>
+        <v>2333</v>
       </c>
     </row>
     <row r="28" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B28" t="s">
-        <v>1350</v>
+        <v>1347</v>
       </c>
       <c r="C28" t="s">
-        <v>727</v>
+        <v>724</v>
       </c>
       <c r="D28" t="s">
-        <v>2337</v>
+        <v>2334</v>
       </c>
     </row>
     <row r="29" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B29" t="s">
-        <v>2338</v>
+        <v>2335</v>
       </c>
       <c r="C29" t="s">
-        <v>730</v>
+        <v>727</v>
       </c>
       <c r="D29" t="s">
-        <v>2339</v>
+        <v>2336</v>
       </c>
     </row>
     <row r="30" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B30" t="s">
-        <v>2340</v>
+        <v>2337</v>
       </c>
       <c r="C30" t="s">
-        <v>735</v>
+        <v>732</v>
       </c>
       <c r="D30" t="s">
-        <v>2341</v>
+        <v>2338</v>
       </c>
     </row>
     <row r="31" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B31" t="s">
-        <v>2342</v>
+        <v>2339</v>
       </c>
       <c r="C31" t="s">
-        <v>738</v>
+        <v>735</v>
       </c>
       <c r="D31" t="s">
-        <v>2343</v>
+        <v>2340</v>
       </c>
     </row>
     <row r="32" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B32" t="s">
-        <v>2344</v>
+        <v>2341</v>
       </c>
       <c r="C32" t="s">
-        <v>741</v>
+        <v>738</v>
       </c>
       <c r="D32" t="s">
-        <v>2345</v>
+        <v>2342</v>
       </c>
     </row>
     <row r="33" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B33" t="s">
-        <v>2346</v>
+        <v>2343</v>
       </c>
       <c r="C33" t="s">
-        <v>744</v>
+        <v>741</v>
       </c>
       <c r="D33" t="s">
-        <v>2347</v>
+        <v>2344</v>
       </c>
     </row>
     <row r="34" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B34" t="s">
-        <v>1344</v>
+        <v>1341</v>
       </c>
       <c r="C34" t="s">
-        <v>747</v>
+        <v>744</v>
       </c>
       <c r="D34" t="s">
-        <v>2348</v>
+        <v>2345</v>
       </c>
     </row>
     <row r="35" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B35" t="s">
-        <v>2349</v>
+        <v>2346</v>
       </c>
       <c r="C35" t="s">
-        <v>750</v>
+        <v>747</v>
       </c>
       <c r="D35" t="s">
-        <v>2350</v>
+        <v>2347</v>
       </c>
     </row>
     <row r="36" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B36" t="s">
-        <v>2351</v>
+        <v>2348</v>
       </c>
       <c r="C36" t="s">
-        <v>755</v>
+        <v>752</v>
       </c>
       <c r="D36" t="s">
-        <v>2352</v>
+        <v>2349</v>
       </c>
     </row>
     <row r="37" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B37" t="s">
-        <v>2353</v>
+        <v>2350</v>
       </c>
       <c r="C37" t="s">
-        <v>758</v>
+        <v>755</v>
       </c>
       <c r="D37" t="s">
-        <v>2354</v>
+        <v>2351</v>
       </c>
     </row>
     <row r="38" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B38" t="s">
-        <v>2355</v>
+        <v>2352</v>
       </c>
       <c r="C38" t="s">
-        <v>761</v>
+        <v>758</v>
       </c>
       <c r="D38" t="s">
-        <v>2356</v>
+        <v>2353</v>
       </c>
     </row>
     <row r="39" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B39" t="s">
-        <v>2357</v>
+        <v>2354</v>
       </c>
       <c r="C39" t="s">
-        <v>1105</v>
+        <v>1102</v>
       </c>
       <c r="D39" t="s">
-        <v>2358</v>
+        <v>2355</v>
       </c>
     </row>
     <row r="40" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B40" t="s">
-        <v>2359</v>
+        <v>2356</v>
       </c>
       <c r="C40" t="s">
-        <v>1110</v>
+        <v>1107</v>
       </c>
       <c r="D40" t="s">
-        <v>2360</v>
+        <v>2357</v>
       </c>
     </row>
     <row r="41" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B41" t="s">
-        <v>2361</v>
+        <v>2358</v>
       </c>
       <c r="C41" t="s">
-        <v>1113</v>
+        <v>1110</v>
       </c>
       <c r="D41" t="s">
-        <v>2362</v>
+        <v>2359</v>
       </c>
     </row>
     <row r="42" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B42" t="s">
-        <v>2363</v>
+        <v>2360</v>
       </c>
       <c r="C42" t="s">
-        <v>1116</v>
+        <v>1113</v>
       </c>
       <c r="D42" t="s">
-        <v>2364</v>
+        <v>2361</v>
       </c>
     </row>
     <row r="43" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B43" t="s">
-        <v>2365</v>
+        <v>2362</v>
       </c>
       <c r="D43" t="s">
-        <v>2366</v>
+        <v>2363</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0C00-000000000000}">
   <dimension ref="A1:D57"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>110</v>
+        <v>107</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>111</v>
+        <v>108</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>112</v>
+        <v>109</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
         <v>51</v>
       </c>
       <c r="B2" t="s">
         <v>52</v>
       </c>
       <c r="D2" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="3" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
-        <v>2367</v>
+        <v>2364</v>
       </c>
       <c r="B3" t="s">
-        <v>116</v>
+        <v>113</v>
       </c>
       <c r="D3" t="s">
-        <v>2368</v>
+        <v>2365</v>
       </c>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B4" t="s">
-        <v>116</v>
+        <v>113</v>
       </c>
       <c r="D4" t="s">
-        <v>2369</v>
+        <v>2366</v>
       </c>
     </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B5" t="s">
-        <v>120</v>
+        <v>117</v>
       </c>
       <c r="D5" t="s">
-        <v>2370</v>
+        <v>2367</v>
       </c>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B6" t="s">
-        <v>1285</v>
+        <v>1282</v>
       </c>
       <c r="D6" t="s">
-        <v>2371</v>
+        <v>2368</v>
       </c>
     </row>
     <row r="7" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B7" t="s">
-        <v>499</v>
+        <v>496</v>
       </c>
       <c r="D7" t="s">
-        <v>2372</v>
+        <v>2369</v>
       </c>
     </row>
     <row r="8" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B8" t="s">
-        <v>122</v>
+        <v>119</v>
       </c>
       <c r="D8" t="s">
-        <v>2373</v>
+        <v>2370</v>
       </c>
     </row>
     <row r="9" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B9" t="s">
-        <v>2374</v>
+        <v>2371</v>
       </c>
       <c r="D9" t="s">
-        <v>2375</v>
+        <v>2372</v>
       </c>
     </row>
     <row r="10" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B10" t="s">
-        <v>2376</v>
+        <v>2373</v>
       </c>
       <c r="C10" t="s">
-        <v>680</v>
+        <v>677</v>
       </c>
       <c r="D10" t="s">
-        <v>2377</v>
+        <v>2374</v>
       </c>
     </row>
     <row r="11" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B11" t="s">
-        <v>2378</v>
+        <v>2375</v>
       </c>
       <c r="C11" t="s">
-        <v>683</v>
+        <v>680</v>
       </c>
       <c r="D11" t="s">
-        <v>2379</v>
+        <v>2376</v>
       </c>
     </row>
     <row r="12" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B12" t="s">
-        <v>2380</v>
+        <v>2377</v>
       </c>
       <c r="C12" t="s">
-        <v>686</v>
+        <v>683</v>
       </c>
       <c r="D12" t="s">
-        <v>2381</v>
+        <v>2378</v>
       </c>
     </row>
     <row r="13" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B13" t="s">
-        <v>2382</v>
+        <v>2379</v>
       </c>
       <c r="C13" t="s">
-        <v>689</v>
+        <v>686</v>
       </c>
       <c r="D13" t="s">
-        <v>2383</v>
+        <v>2380</v>
       </c>
     </row>
     <row r="14" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B14" t="s">
-        <v>2384</v>
+        <v>2381</v>
       </c>
       <c r="C14" t="s">
-        <v>692</v>
+        <v>689</v>
       </c>
       <c r="D14" t="s">
-        <v>2385</v>
+        <v>2382</v>
       </c>
     </row>
     <row r="15" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B15" t="s">
-        <v>2386</v>
+        <v>2383</v>
       </c>
       <c r="C15" t="s">
-        <v>695</v>
+        <v>692</v>
       </c>
       <c r="D15" t="s">
-        <v>2387</v>
+        <v>2384</v>
       </c>
     </row>
     <row r="16" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B16" t="s">
-        <v>2388</v>
+        <v>2385</v>
       </c>
       <c r="D16" t="s">
-        <v>2389</v>
+        <v>2386</v>
       </c>
     </row>
     <row r="17" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B17" t="s">
-        <v>2390</v>
+        <v>2387</v>
       </c>
       <c r="C17" t="s">
-        <v>698</v>
+        <v>695</v>
       </c>
       <c r="D17" t="s">
-        <v>2391</v>
+        <v>2388</v>
       </c>
     </row>
     <row r="18" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B18" t="s">
-        <v>2392</v>
+        <v>2389</v>
       </c>
       <c r="C18" t="s">
-        <v>703</v>
+        <v>700</v>
       </c>
       <c r="D18" t="s">
-        <v>2393</v>
+        <v>2390</v>
       </c>
     </row>
     <row r="19" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B19" t="s">
-        <v>2394</v>
+        <v>2391</v>
       </c>
       <c r="C19" t="s">
-        <v>706</v>
+        <v>703</v>
       </c>
       <c r="D19" t="s">
-        <v>2395</v>
+        <v>2392</v>
       </c>
     </row>
     <row r="20" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B20" t="s">
-        <v>2396</v>
+        <v>2393</v>
       </c>
       <c r="C20" t="s">
-        <v>709</v>
+        <v>706</v>
       </c>
       <c r="D20" t="s">
-        <v>2397</v>
+        <v>2394</v>
       </c>
     </row>
     <row r="21" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B21" t="s">
-        <v>2398</v>
+        <v>2395</v>
       </c>
       <c r="C21" t="s">
-        <v>712</v>
+        <v>709</v>
       </c>
       <c r="D21" t="s">
-        <v>2399</v>
+        <v>2396</v>
       </c>
     </row>
     <row r="22" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B22" t="s">
-        <v>2400</v>
+        <v>2397</v>
       </c>
       <c r="C22" t="s">
-        <v>715</v>
+        <v>712</v>
       </c>
       <c r="D22" t="s">
-        <v>2401</v>
+        <v>2398</v>
       </c>
     </row>
     <row r="23" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B23" t="s">
-        <v>2402</v>
+        <v>2399</v>
       </c>
       <c r="C23" t="s">
-        <v>718</v>
+        <v>715</v>
       </c>
       <c r="D23" t="s">
-        <v>2403</v>
+        <v>2400</v>
       </c>
     </row>
     <row r="24" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B24" t="s">
-        <v>2404</v>
+        <v>2401</v>
       </c>
       <c r="C24" t="s">
-        <v>721</v>
+        <v>718</v>
       </c>
       <c r="D24" t="s">
-        <v>2405</v>
+        <v>2402</v>
       </c>
     </row>
     <row r="25" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B25" t="s">
-        <v>2406</v>
+        <v>2403</v>
       </c>
       <c r="C25" t="s">
-        <v>724</v>
+        <v>721</v>
       </c>
       <c r="D25" t="s">
-        <v>2407</v>
+        <v>2404</v>
       </c>
     </row>
     <row r="26" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B26" t="s">
-        <v>2408</v>
+        <v>2405</v>
       </c>
       <c r="D26" t="s">
-        <v>2409</v>
+        <v>2406</v>
       </c>
     </row>
     <row r="27" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B27" t="s">
-        <v>2410</v>
+        <v>2407</v>
       </c>
       <c r="C27" t="s">
-        <v>727</v>
+        <v>724</v>
       </c>
       <c r="D27" t="s">
-        <v>2411</v>
+        <v>2408</v>
       </c>
     </row>
     <row r="28" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B28" t="s">
-        <v>2412</v>
+        <v>2409</v>
       </c>
       <c r="C28" t="s">
-        <v>730</v>
+        <v>727</v>
       </c>
       <c r="D28" t="s">
-        <v>2413</v>
+        <v>2410</v>
       </c>
     </row>
     <row r="29" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B29" t="s">
-        <v>2414</v>
+        <v>2411</v>
       </c>
       <c r="C29" t="s">
-        <v>735</v>
+        <v>732</v>
       </c>
       <c r="D29" t="s">
-        <v>2415</v>
+        <v>2412</v>
       </c>
     </row>
     <row r="30" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B30" t="s">
-        <v>2416</v>
+        <v>2413</v>
       </c>
       <c r="C30" t="s">
-        <v>738</v>
+        <v>735</v>
       </c>
       <c r="D30" t="s">
-        <v>2417</v>
+        <v>2414</v>
       </c>
     </row>
     <row r="31" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B31" t="s">
-        <v>2418</v>
+        <v>2415</v>
       </c>
       <c r="C31" t="s">
-        <v>741</v>
+        <v>738</v>
       </c>
       <c r="D31" t="s">
-        <v>2419</v>
+        <v>2416</v>
       </c>
     </row>
     <row r="32" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B32" t="s">
-        <v>2420</v>
+        <v>2417</v>
       </c>
       <c r="C32" t="s">
-        <v>744</v>
+        <v>741</v>
       </c>
       <c r="D32" t="s">
-        <v>2421</v>
+        <v>2418</v>
       </c>
     </row>
     <row r="33" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B33" t="s">
-        <v>2422</v>
+        <v>2419</v>
       </c>
       <c r="C33" t="s">
-        <v>747</v>
+        <v>744</v>
       </c>
       <c r="D33" t="s">
-        <v>2423</v>
+        <v>2420</v>
       </c>
     </row>
     <row r="34" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B34" t="s">
-        <v>2424</v>
+        <v>2421</v>
       </c>
       <c r="C34" t="s">
-        <v>750</v>
+        <v>747</v>
       </c>
       <c r="D34" t="s">
-        <v>2425</v>
+        <v>2422</v>
       </c>
     </row>
     <row r="35" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B35" t="s">
-        <v>2426</v>
+        <v>2423</v>
       </c>
       <c r="C35" t="s">
-        <v>755</v>
+        <v>752</v>
       </c>
       <c r="D35" t="s">
-        <v>2427</v>
+        <v>2424</v>
       </c>
     </row>
     <row r="36" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B36" t="s">
-        <v>2428</v>
+        <v>2425</v>
       </c>
       <c r="C36" t="s">
-        <v>758</v>
+        <v>755</v>
       </c>
       <c r="D36" t="s">
-        <v>2429</v>
+        <v>2426</v>
       </c>
     </row>
     <row r="37" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B37" t="s">
-        <v>2430</v>
+        <v>2427</v>
       </c>
       <c r="C37" t="s">
-        <v>761</v>
+        <v>758</v>
       </c>
       <c r="D37" t="s">
-        <v>2431</v>
+        <v>2428</v>
       </c>
     </row>
     <row r="38" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B38" t="s">
-        <v>2432</v>
+        <v>2429</v>
       </c>
       <c r="C38" t="s">
-        <v>1105</v>
+        <v>1102</v>
       </c>
       <c r="D38" t="s">
-        <v>2433</v>
+        <v>2430</v>
       </c>
     </row>
     <row r="39" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B39" t="s">
-        <v>2434</v>
+        <v>2431</v>
       </c>
       <c r="C39" t="s">
-        <v>1110</v>
+        <v>1107</v>
       </c>
       <c r="D39" t="s">
-        <v>2435</v>
+        <v>2432</v>
       </c>
     </row>
     <row r="40" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B40" t="s">
-        <v>2436</v>
+        <v>2433</v>
       </c>
       <c r="C40" t="s">
-        <v>1113</v>
+        <v>1110</v>
       </c>
       <c r="D40" t="s">
-        <v>2437</v>
+        <v>2434</v>
       </c>
     </row>
     <row r="41" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B41" t="s">
-        <v>2438</v>
+        <v>2435</v>
       </c>
       <c r="C41" t="s">
-        <v>1116</v>
+        <v>1113</v>
       </c>
       <c r="D41" t="s">
-        <v>2439</v>
+        <v>2436</v>
       </c>
     </row>
     <row r="42" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B42" t="s">
-        <v>2440</v>
+        <v>2437</v>
       </c>
       <c r="C42" t="s">
-        <v>1119</v>
+        <v>1116</v>
       </c>
       <c r="D42" t="s">
-        <v>2441</v>
+        <v>2438</v>
       </c>
     </row>
     <row r="43" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B43" t="s">
-        <v>2442</v>
+        <v>2439</v>
       </c>
       <c r="C43" t="s">
-        <v>1122</v>
+        <v>1119</v>
       </c>
       <c r="D43" t="s">
-        <v>2443</v>
+        <v>2440</v>
       </c>
     </row>
     <row r="44" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B44" t="s">
-        <v>2444</v>
+        <v>2441</v>
       </c>
       <c r="C44" t="s">
-        <v>1134</v>
+        <v>1131</v>
       </c>
       <c r="D44" t="s">
-        <v>2445</v>
+        <v>2442</v>
       </c>
     </row>
     <row r="45" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B45" t="s">
-        <v>2446</v>
+        <v>2443</v>
       </c>
       <c r="C45" t="s">
-        <v>1149</v>
+        <v>1146</v>
       </c>
       <c r="D45" t="s">
-        <v>2447</v>
+        <v>2444</v>
       </c>
     </row>
     <row r="46" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B46" t="s">
-        <v>2448</v>
+        <v>2445</v>
       </c>
       <c r="C46" t="s">
-        <v>1164</v>
+        <v>1161</v>
       </c>
       <c r="D46" t="s">
-        <v>2449</v>
+        <v>2446</v>
       </c>
     </row>
     <row r="47" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B47" t="s">
-        <v>2450</v>
+        <v>2447</v>
       </c>
       <c r="C47" t="s">
-        <v>1167</v>
+        <v>1164</v>
       </c>
       <c r="D47" t="s">
-        <v>2451</v>
+        <v>2448</v>
       </c>
     </row>
     <row r="48" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B48" t="s">
-        <v>2452</v>
+        <v>2449</v>
       </c>
       <c r="C48" t="s">
-        <v>1172</v>
+        <v>1169</v>
       </c>
       <c r="D48" t="s">
-        <v>2453</v>
+        <v>2450</v>
       </c>
     </row>
     <row r="49" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B49" t="s">
-        <v>2454</v>
+        <v>2451</v>
       </c>
       <c r="C49" t="s">
-        <v>1175</v>
+        <v>1172</v>
       </c>
       <c r="D49" t="s">
-        <v>2455</v>
+        <v>2452</v>
       </c>
     </row>
     <row r="50" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B50" t="s">
-        <v>2456</v>
+        <v>2453</v>
       </c>
       <c r="C50" t="s">
-        <v>1178</v>
+        <v>1175</v>
       </c>
       <c r="D50" t="s">
-        <v>2457</v>
+        <v>2454</v>
       </c>
     </row>
     <row r="51" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B51" t="s">
-        <v>2458</v>
+        <v>2455</v>
       </c>
       <c r="C51" t="s">
-        <v>1187</v>
+        <v>1184</v>
       </c>
       <c r="D51" t="s">
-        <v>2459</v>
+        <v>2456</v>
       </c>
     </row>
     <row r="52" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B52" t="s">
-        <v>2460</v>
+        <v>2457</v>
       </c>
       <c r="C52" t="s">
-        <v>1190</v>
+        <v>1187</v>
       </c>
       <c r="D52" t="s">
-        <v>2461</v>
+        <v>2458</v>
       </c>
     </row>
     <row r="53" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B53" t="s">
-        <v>2462</v>
+        <v>2459</v>
       </c>
       <c r="C53" t="s">
-        <v>1193</v>
+        <v>1190</v>
       </c>
       <c r="D53" t="s">
-        <v>2463</v>
+        <v>2460</v>
       </c>
     </row>
     <row r="54" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B54" t="s">
-        <v>2464</v>
+        <v>2461</v>
       </c>
       <c r="C54" t="s">
-        <v>1196</v>
+        <v>1193</v>
       </c>
       <c r="D54" t="s">
-        <v>2465</v>
+        <v>2462</v>
       </c>
     </row>
     <row r="55" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B55" t="s">
-        <v>2466</v>
+        <v>2463</v>
       </c>
       <c r="C55" t="s">
-        <v>1205</v>
+        <v>1202</v>
       </c>
       <c r="D55" t="s">
-        <v>2467</v>
+        <v>2464</v>
       </c>
     </row>
     <row r="56" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B56" t="s">
-        <v>2468</v>
+        <v>2465</v>
       </c>
       <c r="D56" t="s">
-        <v>2469</v>
+        <v>2466</v>
       </c>
     </row>
     <row r="57" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B57" t="s">
-        <v>2470</v>
+        <v>2467</v>
       </c>
       <c r="C57" t="s">
-        <v>1232</v>
+        <v>1229</v>
       </c>
       <c r="D57" t="s">
-        <v>2471</v>
+        <v>2468</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet14.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0D00-000000000000}">
   <dimension ref="A1:D29"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>110</v>
+        <v>107</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>111</v>
+        <v>108</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>112</v>
+        <v>109</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
         <v>55</v>
       </c>
       <c r="B2" t="s">
         <v>56</v>
       </c>
       <c r="D2" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="3" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
-        <v>2472</v>
+        <v>2469</v>
       </c>
       <c r="B3" t="s">
-        <v>116</v>
+        <v>113</v>
       </c>
       <c r="D3" t="s">
-        <v>2473</v>
+        <v>2470</v>
       </c>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A4" t="s">
         <v>59</v>
       </c>
       <c r="B4" t="s">
-        <v>120</v>
+        <v>117</v>
       </c>
       <c r="D4" t="s">
-        <v>2474</v>
+        <v>2471</v>
       </c>
     </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B5" t="s">
-        <v>128</v>
+        <v>125</v>
       </c>
       <c r="D5" t="s">
-        <v>2475</v>
+        <v>2472</v>
       </c>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B6" t="s">
-        <v>122</v>
+        <v>119</v>
       </c>
       <c r="D6" t="s">
-        <v>2476</v>
+        <v>2473</v>
       </c>
     </row>
     <row r="7" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B7" t="s">
-        <v>124</v>
+        <v>121</v>
       </c>
       <c r="D7" t="s">
-        <v>2477</v>
+        <v>2474</v>
       </c>
     </row>
     <row r="8" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B8" t="s">
-        <v>2478</v>
+        <v>2475</v>
       </c>
       <c r="C8" t="s">
-        <v>772</v>
+        <v>769</v>
       </c>
       <c r="D8" t="s">
-        <v>2479</v>
+        <v>2476</v>
       </c>
     </row>
     <row r="9" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B9" t="s">
-        <v>2480</v>
+        <v>2477</v>
       </c>
       <c r="C9" t="s">
-        <v>775</v>
+        <v>772</v>
       </c>
       <c r="D9" t="s">
-        <v>2481</v>
+        <v>2478</v>
       </c>
     </row>
     <row r="10" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B10" t="s">
-        <v>2482</v>
+        <v>2479</v>
       </c>
       <c r="C10" t="s">
-        <v>778</v>
+        <v>775</v>
       </c>
       <c r="D10" t="s">
-        <v>2483</v>
+        <v>2480</v>
       </c>
     </row>
     <row r="11" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B11" t="s">
-        <v>2484</v>
+        <v>2481</v>
       </c>
       <c r="C11" t="s">
-        <v>781</v>
+        <v>778</v>
       </c>
       <c r="D11" t="s">
-        <v>2485</v>
+        <v>2482</v>
       </c>
     </row>
     <row r="12" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B12" t="s">
-        <v>2486</v>
+        <v>2483</v>
       </c>
       <c r="C12" t="s">
-        <v>784</v>
+        <v>781</v>
       </c>
       <c r="D12" t="s">
-        <v>2487</v>
+        <v>2484</v>
       </c>
     </row>
     <row r="13" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B13" t="s">
-        <v>2488</v>
+        <v>2485</v>
       </c>
       <c r="C13" t="s">
-        <v>787</v>
+        <v>784</v>
       </c>
       <c r="D13" t="s">
-        <v>2489</v>
+        <v>2486</v>
       </c>
     </row>
     <row r="14" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B14" t="s">
-        <v>1460</v>
+        <v>1457</v>
       </c>
       <c r="C14" t="s">
-        <v>790</v>
+        <v>787</v>
       </c>
       <c r="D14" t="s">
-        <v>2490</v>
+        <v>2487</v>
       </c>
     </row>
     <row r="15" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B15" t="s">
-        <v>1463</v>
+        <v>1460</v>
       </c>
       <c r="C15" t="s">
-        <v>793</v>
+        <v>790</v>
       </c>
       <c r="D15" t="s">
-        <v>2491</v>
+        <v>2488</v>
       </c>
     </row>
     <row r="16" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B16" t="s">
-        <v>2492</v>
+        <v>2489</v>
       </c>
       <c r="C16" t="s">
-        <v>796</v>
+        <v>793</v>
       </c>
       <c r="D16" t="s">
-        <v>2493</v>
+        <v>2490</v>
       </c>
     </row>
     <row r="17" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B17" t="s">
-        <v>2494</v>
+        <v>2491</v>
       </c>
       <c r="C17" t="s">
-        <v>799</v>
+        <v>796</v>
       </c>
       <c r="D17" t="s">
-        <v>2495</v>
+        <v>2492</v>
       </c>
     </row>
     <row r="18" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B18" t="s">
-        <v>2496</v>
+        <v>2493</v>
       </c>
       <c r="C18" t="s">
-        <v>802</v>
+        <v>799</v>
       </c>
       <c r="D18" t="s">
-        <v>2497</v>
+        <v>2494</v>
       </c>
     </row>
     <row r="19" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B19" t="s">
-        <v>2498</v>
+        <v>2495</v>
       </c>
       <c r="C19" t="s">
-        <v>805</v>
+        <v>802</v>
       </c>
       <c r="D19" t="s">
-        <v>2499</v>
+        <v>2496</v>
       </c>
     </row>
     <row r="20" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B20" t="s">
-        <v>2500</v>
+        <v>2497</v>
       </c>
       <c r="C20" t="s">
-        <v>808</v>
+        <v>805</v>
       </c>
       <c r="D20" t="s">
-        <v>2501</v>
+        <v>2498</v>
       </c>
     </row>
     <row r="21" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B21" t="s">
-        <v>2502</v>
+        <v>2499</v>
       </c>
       <c r="C21" t="s">
-        <v>811</v>
+        <v>808</v>
       </c>
       <c r="D21" t="s">
-        <v>2503</v>
+        <v>2500</v>
       </c>
     </row>
     <row r="22" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B22" t="s">
-        <v>2504</v>
+        <v>2501</v>
       </c>
       <c r="C22" t="s">
-        <v>814</v>
+        <v>811</v>
       </c>
       <c r="D22" t="s">
-        <v>2505</v>
+        <v>2502</v>
       </c>
     </row>
     <row r="23" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B23" t="s">
-        <v>2506</v>
+        <v>2503</v>
       </c>
       <c r="C23" t="s">
-        <v>817</v>
+        <v>814</v>
       </c>
       <c r="D23" t="s">
-        <v>2507</v>
+        <v>2504</v>
       </c>
     </row>
     <row r="24" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B24" t="s">
-        <v>2508</v>
+        <v>2505</v>
       </c>
       <c r="C24" t="s">
-        <v>820</v>
+        <v>817</v>
       </c>
       <c r="D24" t="s">
-        <v>2509</v>
+        <v>2506</v>
       </c>
     </row>
     <row r="25" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B25" t="s">
-        <v>2510</v>
+        <v>2507</v>
       </c>
       <c r="C25" t="s">
-        <v>823</v>
+        <v>820</v>
       </c>
       <c r="D25" t="s">
-        <v>2511</v>
+        <v>2508</v>
       </c>
     </row>
     <row r="26" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B26" t="s">
-        <v>2512</v>
+        <v>2509</v>
       </c>
       <c r="C26" t="s">
-        <v>826</v>
+        <v>823</v>
       </c>
       <c r="D26" t="s">
-        <v>2513</v>
+        <v>2510</v>
       </c>
     </row>
     <row r="27" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B27" t="s">
-        <v>2514</v>
+        <v>2511</v>
       </c>
       <c r="C27" t="s">
-        <v>831</v>
+        <v>828</v>
       </c>
       <c r="D27" t="s">
-        <v>2515</v>
+        <v>2512</v>
       </c>
     </row>
     <row r="28" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B28" t="s">
-        <v>2516</v>
+        <v>2513</v>
       </c>
       <c r="C28" t="s">
-        <v>834</v>
+        <v>831</v>
       </c>
       <c r="D28" t="s">
-        <v>2517</v>
+        <v>2514</v>
       </c>
     </row>
     <row r="29" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B29" t="s">
-        <v>2518</v>
+        <v>2515</v>
       </c>
       <c r="C29" t="s">
-        <v>837</v>
+        <v>834</v>
       </c>
       <c r="D29" t="s">
-        <v>2519</v>
+        <v>2516</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet15.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0E00-000000000000}">
-  <dimension ref="A1:D134"/>
+  <dimension ref="A1:D137"/>
   <sheetViews>
-    <sheetView workbookViewId="0"/>
+    <sheetView topLeftCell="B1" workbookViewId="0">
+      <selection sqref="A1:D1048576"/>
+    </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A1" s="1" t="s">
-[...2 lines deleted...]
-      <c r="B1" s="1" t="s">
+      <c r="A1" s="7" t="s">
+        <v>107</v>
+      </c>
+      <c r="B1" s="7" t="s">
         <v>1</v>
       </c>
-      <c r="C1" s="1" t="s">
-[...3 lines deleted...]
-        <v>112</v>
+      <c r="C1" s="7" t="s">
+        <v>108</v>
+      </c>
+      <c r="D1" s="7" t="s">
+        <v>109</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A2" t="s">
+      <c r="A2" s="6" t="s">
+        <v>4271</v>
+      </c>
+      <c r="B2" s="6" t="s">
+        <v>4272</v>
+      </c>
+      <c r="C2" s="6"/>
+      <c r="D2" s="6" t="s">
+        <v>4274</v>
+      </c>
+    </row>
+    <row r="3" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A3" s="6" t="s">
+        <v>4275</v>
+      </c>
+      <c r="B3" s="6" t="s">
+        <v>113</v>
+      </c>
+      <c r="C3" s="6"/>
+      <c r="D3" s="6" t="s">
+        <v>4276</v>
+      </c>
+    </row>
+    <row r="4" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A4" s="6" t="s">
+        <v>4277</v>
+      </c>
+      <c r="B4" s="6" t="s">
+        <v>123</v>
+      </c>
+      <c r="C4" s="6"/>
+      <c r="D4" s="6" t="s">
+        <v>4278</v>
+      </c>
+    </row>
+    <row r="5" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A5" s="6" t="s">
+        <v>4279</v>
+      </c>
+      <c r="B5" s="6" t="s">
+        <v>115</v>
+      </c>
+      <c r="C5" s="6"/>
+      <c r="D5" s="6" t="s">
+        <v>4280</v>
+      </c>
+    </row>
+    <row r="6" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A6" s="6" t="s">
         <v>59</v>
       </c>
-      <c r="B2" t="s">
-[...7 lines deleted...]
-      <c r="A3" t="s">
+      <c r="B6" s="6" t="s">
+        <v>117</v>
+      </c>
+      <c r="C6" s="6"/>
+      <c r="D6" s="6" t="s">
+        <v>4281</v>
+      </c>
+    </row>
+    <row r="7" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A7" s="6" t="s">
+        <v>4282</v>
+      </c>
+      <c r="B7" s="6" t="s">
+        <v>125</v>
+      </c>
+      <c r="C7" s="6"/>
+      <c r="D7" s="6" t="s">
+        <v>4283</v>
+      </c>
+    </row>
+    <row r="8" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A8" s="6" t="s">
+        <v>4284</v>
+      </c>
+      <c r="B8" s="6" t="s">
+        <v>4285</v>
+      </c>
+      <c r="C8" s="6"/>
+      <c r="D8" s="6" t="s">
+        <v>4286</v>
+      </c>
+    </row>
+    <row r="9" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A9" s="6" t="s">
+        <v>4287</v>
+      </c>
+      <c r="B9" s="6" t="s">
+        <v>4288</v>
+      </c>
+      <c r="C9" s="6"/>
+      <c r="D9" s="6" t="s">
+        <v>4289</v>
+      </c>
+    </row>
+    <row r="10" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A10" s="6" t="s">
+        <v>4290</v>
+      </c>
+      <c r="B10" s="6" t="s">
+        <v>4291</v>
+      </c>
+      <c r="C10" s="6"/>
+      <c r="D10" s="6" t="s">
+        <v>4292</v>
+      </c>
+    </row>
+    <row r="11" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A11" s="6"/>
+      <c r="B11" s="6" t="s">
+        <v>2517</v>
+      </c>
+      <c r="C11" s="6" t="s">
+        <v>4293</v>
+      </c>
+      <c r="D11" s="6" t="s">
+        <v>4294</v>
+      </c>
+    </row>
+    <row r="12" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A12" s="6"/>
+      <c r="B12" s="6" t="s">
+        <v>4295</v>
+      </c>
+      <c r="C12" s="6"/>
+      <c r="D12" s="6" t="s">
+        <v>4296</v>
+      </c>
+    </row>
+    <row r="13" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A13" s="6"/>
+      <c r="B13" s="6" t="s">
+        <v>2518</v>
+      </c>
+      <c r="C13" s="6" t="s">
+        <v>680</v>
+      </c>
+      <c r="D13" s="6" t="s">
+        <v>4297</v>
+      </c>
+    </row>
+    <row r="14" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A14" s="6"/>
+      <c r="B14" s="6" t="s">
+        <v>4298</v>
+      </c>
+      <c r="C14" s="6" t="s">
+        <v>4299</v>
+      </c>
+      <c r="D14" s="6" t="s">
+        <v>4300</v>
+      </c>
+    </row>
+    <row r="15" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A15" s="6"/>
+      <c r="B15" s="6" t="s">
+        <v>2519</v>
+      </c>
+      <c r="C15" s="6" t="s">
+        <v>4301</v>
+      </c>
+      <c r="D15" s="6" t="s">
+        <v>4302</v>
+      </c>
+    </row>
+    <row r="16" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A16" s="6"/>
+      <c r="B16" s="6" t="s">
+        <v>4303</v>
+      </c>
+      <c r="C16" s="6" t="s">
+        <v>4304</v>
+      </c>
+      <c r="D16" s="6" t="s">
+        <v>4305</v>
+      </c>
+    </row>
+    <row r="17" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B17" s="6" t="s">
+        <v>4306</v>
+      </c>
+      <c r="C17" s="6"/>
+      <c r="D17" s="6" t="s">
+        <v>4307</v>
+      </c>
+    </row>
+    <row r="18" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B18" s="6" t="s">
         <v>2520</v>
       </c>
-      <c r="B3" t="s">
-[...2 lines deleted...]
-      <c r="D3" t="s">
+      <c r="C18" s="6" t="s">
+        <v>692</v>
+      </c>
+      <c r="D18" s="6" t="s">
+        <v>4308</v>
+      </c>
+    </row>
+    <row r="19" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B19" s="6" t="s">
+        <v>2524</v>
+      </c>
+      <c r="C19" s="6" t="s">
+        <v>4309</v>
+      </c>
+      <c r="D19" s="6" t="s">
+        <v>4310</v>
+      </c>
+    </row>
+    <row r="20" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B20" s="6" t="s">
+        <v>4311</v>
+      </c>
+      <c r="C20" s="6" t="s">
+        <v>4312</v>
+      </c>
+      <c r="D20" s="6" t="s">
+        <v>4313</v>
+      </c>
+    </row>
+    <row r="21" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B21" s="6" t="s">
+        <v>4314</v>
+      </c>
+      <c r="C21" s="6" t="s">
+        <v>4315</v>
+      </c>
+      <c r="D21" s="6" t="s">
+        <v>4316</v>
+      </c>
+    </row>
+    <row r="22" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B22" s="6" t="s">
+        <v>4317</v>
+      </c>
+      <c r="C22" s="6" t="s">
+        <v>4318</v>
+      </c>
+      <c r="D22" s="6" t="s">
+        <v>4319</v>
+      </c>
+    </row>
+    <row r="23" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B23" s="6" t="s">
+        <v>2521</v>
+      </c>
+      <c r="C23" s="6" t="s">
+        <v>4320</v>
+      </c>
+      <c r="D23" s="6" t="s">
+        <v>4321</v>
+      </c>
+    </row>
+    <row r="24" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B24" s="6" t="s">
+        <v>4322</v>
+      </c>
+      <c r="C24" s="6"/>
+      <c r="D24" s="6" t="s">
+        <v>4323</v>
+      </c>
+    </row>
+    <row r="25" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B25" s="6" t="s">
+        <v>4324</v>
+      </c>
+      <c r="C25" s="6" t="s">
+        <v>4325</v>
+      </c>
+      <c r="D25" s="6" t="s">
+        <v>4326</v>
+      </c>
+    </row>
+    <row r="26" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B26" s="6" t="s">
+        <v>4327</v>
+      </c>
+      <c r="C26" s="6" t="s">
+        <v>4328</v>
+      </c>
+      <c r="D26" s="6" t="s">
+        <v>4329</v>
+      </c>
+    </row>
+    <row r="27" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B27" s="6" t="s">
+        <v>2522</v>
+      </c>
+      <c r="C27" s="6" t="s">
+        <v>4330</v>
+      </c>
+      <c r="D27" s="6" t="s">
+        <v>4331</v>
+      </c>
+    </row>
+    <row r="28" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B28" s="6" t="s">
+        <v>4332</v>
+      </c>
+      <c r="C28" s="6" t="s">
+        <v>4333</v>
+      </c>
+      <c r="D28" s="6" t="s">
+        <v>4334</v>
+      </c>
+    </row>
+    <row r="29" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B29" s="6" t="s">
+        <v>4335</v>
+      </c>
+      <c r="C29" s="6" t="s">
+        <v>4336</v>
+      </c>
+      <c r="D29" s="6" t="s">
+        <v>4337</v>
+      </c>
+    </row>
+    <row r="30" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B30" s="6" t="s">
+        <v>4338</v>
+      </c>
+      <c r="C30" s="6" t="s">
+        <v>4339</v>
+      </c>
+      <c r="D30" s="6" t="s">
+        <v>4340</v>
+      </c>
+    </row>
+    <row r="31" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B31" s="6" t="s">
+        <v>4341</v>
+      </c>
+      <c r="C31" s="6" t="s">
+        <v>4342</v>
+      </c>
+      <c r="D31" s="6" t="s">
+        <v>4343</v>
+      </c>
+    </row>
+    <row r="32" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B32" s="6" t="s">
         <v>2523</v>
       </c>
-    </row>
-[...18 lines deleted...]
-      <c r="D5" t="s">
+      <c r="C32" s="6" t="s">
+        <v>4344</v>
+      </c>
+      <c r="D32" s="6" t="s">
+        <v>4345</v>
+      </c>
+    </row>
+    <row r="33" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B33" s="6" t="s">
+        <v>4346</v>
+      </c>
+      <c r="C33" s="6" t="s">
+        <v>4347</v>
+      </c>
+      <c r="D33" s="6" t="s">
+        <v>4348</v>
+      </c>
+    </row>
+    <row r="34" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B34" s="6" t="s">
+        <v>4349</v>
+      </c>
+      <c r="C34" s="6" t="s">
+        <v>4350</v>
+      </c>
+      <c r="D34" s="6" t="s">
+        <v>4351</v>
+      </c>
+    </row>
+    <row r="35" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B35" s="6" t="s">
         <v>2525</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="D6" t="s">
+      <c r="C35" s="6" t="s">
+        <v>4352</v>
+      </c>
+      <c r="D35" s="6" t="s">
+        <v>4353</v>
+      </c>
+    </row>
+    <row r="36" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B36" s="6" t="s">
+        <v>4354</v>
+      </c>
+      <c r="C36" s="6" t="s">
+        <v>4355</v>
+      </c>
+      <c r="D36" s="6" t="s">
+        <v>4356</v>
+      </c>
+    </row>
+    <row r="37" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B37" s="6" t="s">
+        <v>4357</v>
+      </c>
+      <c r="C37" s="6" t="s">
+        <v>4358</v>
+      </c>
+      <c r="D37" s="6" t="s">
+        <v>4359</v>
+      </c>
+    </row>
+    <row r="38" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B38" s="6" t="s">
+        <v>4360</v>
+      </c>
+      <c r="C38" s="6" t="s">
+        <v>4361</v>
+      </c>
+      <c r="D38" s="6" t="s">
+        <v>4362</v>
+      </c>
+    </row>
+    <row r="39" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B39" s="6" t="s">
         <v>2526</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B7" t="s">
+      <c r="C39" s="6" t="s">
+        <v>4363</v>
+      </c>
+      <c r="D39" s="6" t="s">
+        <v>4364</v>
+      </c>
+    </row>
+    <row r="40" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B40" s="6" t="s">
+        <v>4365</v>
+      </c>
+      <c r="C40" s="6" t="s">
+        <v>4366</v>
+      </c>
+      <c r="D40" s="6" t="s">
+        <v>4367</v>
+      </c>
+    </row>
+    <row r="41" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B41" s="6" t="s">
         <v>2527</v>
       </c>
-      <c r="D7" t="s">
+      <c r="C41" s="6" t="s">
+        <v>4368</v>
+      </c>
+      <c r="D41" s="6" t="s">
+        <v>4369</v>
+      </c>
+    </row>
+    <row r="42" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B42" s="6" t="s">
+        <v>2529</v>
+      </c>
+      <c r="C42" s="6" t="s">
+        <v>4370</v>
+      </c>
+      <c r="D42" s="6" t="s">
+        <v>4371</v>
+      </c>
+    </row>
+    <row r="43" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B43" s="6" t="s">
+        <v>2530</v>
+      </c>
+      <c r="C43" s="6" t="s">
+        <v>4372</v>
+      </c>
+      <c r="D43" s="6" t="s">
+        <v>4373</v>
+      </c>
+    </row>
+    <row r="44" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B44" s="6" t="s">
+        <v>2531</v>
+      </c>
+      <c r="C44" s="6" t="s">
+        <v>4374</v>
+      </c>
+      <c r="D44" s="6" t="s">
+        <v>4375</v>
+      </c>
+    </row>
+    <row r="45" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B45" s="6" t="s">
+        <v>4376</v>
+      </c>
+      <c r="C45" s="6" t="s">
+        <v>4377</v>
+      </c>
+      <c r="D45" s="6" t="s">
+        <v>4378</v>
+      </c>
+    </row>
+    <row r="46" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B46" s="6" t="s">
+        <v>4379</v>
+      </c>
+      <c r="C46" s="6"/>
+      <c r="D46" s="6" t="s">
+        <v>4380</v>
+      </c>
+    </row>
+    <row r="47" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B47" s="6" t="s">
+        <v>2573</v>
+      </c>
+      <c r="C47" s="6" t="s">
+        <v>4381</v>
+      </c>
+      <c r="D47" s="6" t="s">
+        <v>4382</v>
+      </c>
+    </row>
+    <row r="48" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B48" s="6" t="s">
         <v>2528</v>
       </c>
-    </row>
-[...17 lines deleted...]
-      <c r="B10" t="s">
+      <c r="C48" s="6" t="s">
+        <v>4383</v>
+      </c>
+      <c r="D48" s="6" t="s">
+        <v>4384</v>
+      </c>
+    </row>
+    <row r="49" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B49" s="6" t="s">
+        <v>4385</v>
+      </c>
+      <c r="C49" s="6" t="s">
+        <v>4386</v>
+      </c>
+      <c r="D49" s="6" t="s">
+        <v>4387</v>
+      </c>
+    </row>
+    <row r="50" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B50" s="6" t="s">
+        <v>2574</v>
+      </c>
+      <c r="C50" s="6" t="s">
+        <v>4388</v>
+      </c>
+      <c r="D50" s="6" t="s">
+        <v>4389</v>
+      </c>
+    </row>
+    <row r="51" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B51" s="6" t="s">
+        <v>2575</v>
+      </c>
+      <c r="C51" s="6" t="s">
+        <v>4390</v>
+      </c>
+      <c r="D51" s="6" t="s">
+        <v>4391</v>
+      </c>
+    </row>
+    <row r="52" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B52" s="6" t="s">
+        <v>4392</v>
+      </c>
+      <c r="C52" s="6" t="s">
+        <v>4393</v>
+      </c>
+      <c r="D52" s="6" t="s">
+        <v>4394</v>
+      </c>
+    </row>
+    <row r="53" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B53" s="6" t="s">
+        <v>4395</v>
+      </c>
+      <c r="C53" s="6"/>
+      <c r="D53" s="6" t="s">
+        <v>4396</v>
+      </c>
+    </row>
+    <row r="54" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B54" s="6" t="s">
+        <v>4397</v>
+      </c>
+      <c r="C54" s="6"/>
+      <c r="D54" s="6" t="s">
+        <v>4398</v>
+      </c>
+    </row>
+    <row r="55" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B55" s="6" t="s">
+        <v>2463</v>
+      </c>
+      <c r="C55" s="6" t="s">
+        <v>1175</v>
+      </c>
+      <c r="D55" s="6" t="s">
+        <v>4399</v>
+      </c>
+    </row>
+    <row r="56" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B56" s="6" t="s">
+        <v>4400</v>
+      </c>
+      <c r="C56" s="6"/>
+      <c r="D56" s="6" t="s">
+        <v>4401</v>
+      </c>
+    </row>
+    <row r="57" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B57" s="6" t="s">
         <v>2532</v>
       </c>
-      <c r="C10" t="s">
-[...2 lines deleted...]
-      <c r="D10" t="s">
+      <c r="C57" s="6" t="s">
+        <v>1184</v>
+      </c>
+      <c r="D57" s="6" t="s">
+        <v>4402</v>
+      </c>
+    </row>
+    <row r="58" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B58" s="6" t="s">
+        <v>4403</v>
+      </c>
+      <c r="C58" s="6" t="s">
+        <v>4404</v>
+      </c>
+      <c r="D58" s="6" t="s">
+        <v>4405</v>
+      </c>
+    </row>
+    <row r="59" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B59" s="6" t="s">
+        <v>4406</v>
+      </c>
+      <c r="C59" s="6" t="s">
+        <v>4407</v>
+      </c>
+      <c r="D59" s="6" t="s">
+        <v>4408</v>
+      </c>
+    </row>
+    <row r="60" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B60" s="6" t="s">
+        <v>4409</v>
+      </c>
+      <c r="C60" s="6" t="s">
+        <v>4410</v>
+      </c>
+      <c r="D60" s="6" t="s">
+        <v>4411</v>
+      </c>
+    </row>
+    <row r="61" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B61" s="6" t="s">
+        <v>4412</v>
+      </c>
+      <c r="C61" s="6"/>
+      <c r="D61" s="6" t="s">
+        <v>4413</v>
+      </c>
+    </row>
+    <row r="62" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B62" s="6" t="s">
+        <v>4414</v>
+      </c>
+      <c r="C62" s="6" t="s">
+        <v>1202</v>
+      </c>
+      <c r="D62" s="6" t="s">
+        <v>4415</v>
+      </c>
+    </row>
+    <row r="63" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B63" s="6" t="s">
         <v>2533</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B11" t="s">
+      <c r="C63" s="6" t="s">
+        <v>4416</v>
+      </c>
+      <c r="D63" s="6" t="s">
+        <v>4417</v>
+      </c>
+    </row>
+    <row r="64" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B64" s="6" t="s">
         <v>2534</v>
       </c>
-      <c r="D11" t="s">
+      <c r="C64" s="6" t="s">
+        <v>4418</v>
+      </c>
+      <c r="D64" s="6" t="s">
+        <v>4419</v>
+      </c>
+    </row>
+    <row r="65" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B65" s="6" t="s">
         <v>2535</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B12" t="s">
+      <c r="C65" s="6" t="s">
+        <v>4420</v>
+      </c>
+      <c r="D65" s="6" t="s">
+        <v>4421</v>
+      </c>
+    </row>
+    <row r="66" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B66" s="6" t="s">
         <v>2536</v>
       </c>
-      <c r="C12" t="s">
-[...2 lines deleted...]
-      <c r="D12" t="s">
+      <c r="C66" s="6" t="s">
+        <v>4422</v>
+      </c>
+      <c r="D66" s="6" t="s">
+        <v>4423</v>
+      </c>
+    </row>
+    <row r="67" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B67" s="6" t="s">
         <v>2537</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B13" t="s">
+      <c r="C67" s="6" t="s">
+        <v>4424</v>
+      </c>
+      <c r="D67" s="6" t="s">
+        <v>4425</v>
+      </c>
+    </row>
+    <row r="68" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B68" s="6" t="s">
         <v>2538</v>
       </c>
-      <c r="C13" t="s">
-[...2 lines deleted...]
-      <c r="D13" t="s">
+      <c r="C68" s="6" t="s">
+        <v>4426</v>
+      </c>
+      <c r="D68" s="6" t="s">
+        <v>4427</v>
+      </c>
+    </row>
+    <row r="69" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B69" s="6" t="s">
+        <v>555</v>
+      </c>
+      <c r="C69" s="6" t="s">
+        <v>4428</v>
+      </c>
+      <c r="D69" s="6" t="s">
+        <v>4429</v>
+      </c>
+    </row>
+    <row r="70" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B70" s="6" t="s">
         <v>2539</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B14" t="s">
+      <c r="C70" s="6" t="s">
+        <v>4430</v>
+      </c>
+      <c r="D70" s="6" t="s">
+        <v>4431</v>
+      </c>
+    </row>
+    <row r="71" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B71" s="6" t="s">
         <v>2540</v>
       </c>
-      <c r="C14" t="s">
-[...2 lines deleted...]
-      <c r="D14" t="s">
+      <c r="C71" s="6" t="s">
+        <v>4432</v>
+      </c>
+      <c r="D71" s="6" t="s">
+        <v>4433</v>
+      </c>
+    </row>
+    <row r="72" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B72" s="6" t="s">
         <v>2541</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B15" t="s">
+      <c r="C72" s="6" t="s">
+        <v>4434</v>
+      </c>
+      <c r="D72" s="6" t="s">
+        <v>4435</v>
+      </c>
+    </row>
+    <row r="73" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B73" s="6" t="s">
+        <v>4436</v>
+      </c>
+      <c r="C73" s="6" t="s">
+        <v>4437</v>
+      </c>
+      <c r="D73" s="6" t="s">
+        <v>4438</v>
+      </c>
+    </row>
+    <row r="74" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B74" s="6" t="s">
         <v>2542</v>
       </c>
-      <c r="C15" t="s">
-[...2 lines deleted...]
-      <c r="D15" t="s">
+      <c r="C74" s="6" t="s">
+        <v>4439</v>
+      </c>
+      <c r="D74" s="6" t="s">
+        <v>4440</v>
+      </c>
+    </row>
+    <row r="75" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B75" s="6" t="s">
+        <v>4441</v>
+      </c>
+      <c r="C75" s="6"/>
+      <c r="D75" s="6" t="s">
+        <v>4442</v>
+      </c>
+    </row>
+    <row r="76" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B76" s="6" t="s">
         <v>2543</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B16" t="s">
+      <c r="C76" s="6" t="s">
+        <v>1421</v>
+      </c>
+      <c r="D76" s="6" t="s">
+        <v>4443</v>
+      </c>
+    </row>
+    <row r="77" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B77" s="6" t="s">
         <v>2544</v>
       </c>
-      <c r="D16" t="s">
+      <c r="C77" s="6" t="s">
+        <v>4444</v>
+      </c>
+      <c r="D77" s="6" t="s">
+        <v>4445</v>
+      </c>
+    </row>
+    <row r="78" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B78" s="6" t="s">
         <v>2545</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B17" t="s">
+      <c r="C78" s="6" t="s">
+        <v>4446</v>
+      </c>
+      <c r="D78" s="6" t="s">
+        <v>4447</v>
+      </c>
+    </row>
+    <row r="79" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B79" s="6" t="s">
         <v>2546</v>
       </c>
-      <c r="C17" t="s">
-[...2 lines deleted...]
-      <c r="D17" t="s">
+      <c r="C79" s="6" t="s">
+        <v>4448</v>
+      </c>
+      <c r="D79" s="6" t="s">
+        <v>4449</v>
+      </c>
+    </row>
+    <row r="80" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B80" s="6" t="s">
+        <v>4450</v>
+      </c>
+      <c r="C80" s="6"/>
+      <c r="D80" s="6" t="s">
+        <v>4451</v>
+      </c>
+    </row>
+    <row r="81" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B81" s="6" t="s">
+        <v>4452</v>
+      </c>
+      <c r="C81" s="6" t="s">
+        <v>1435</v>
+      </c>
+      <c r="D81" s="6" t="s">
+        <v>4453</v>
+      </c>
+    </row>
+    <row r="82" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B82" s="6" t="s">
         <v>2547</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B18" t="s">
+      <c r="C82" s="6" t="s">
+        <v>4454</v>
+      </c>
+      <c r="D82" s="6" t="s">
+        <v>4455</v>
+      </c>
+    </row>
+    <row r="83" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B83" s="6" t="s">
+        <v>4456</v>
+      </c>
+      <c r="C83" s="6" t="s">
+        <v>4457</v>
+      </c>
+      <c r="D83" s="6" t="s">
+        <v>4458</v>
+      </c>
+    </row>
+    <row r="84" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B84" s="6" t="s">
+        <v>4459</v>
+      </c>
+      <c r="C84" s="6"/>
+      <c r="D84" s="6" t="s">
+        <v>4460</v>
+      </c>
+    </row>
+    <row r="85" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B85" s="6" t="s">
         <v>2548</v>
       </c>
-      <c r="C18" t="s">
-[...2 lines deleted...]
-      <c r="D18" t="s">
+      <c r="C85" s="6" t="s">
+        <v>1448</v>
+      </c>
+      <c r="D85" s="6" t="s">
+        <v>4461</v>
+      </c>
+    </row>
+    <row r="86" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B86" s="6" t="s">
         <v>2549</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B19" t="s">
+      <c r="C86" s="6" t="s">
+        <v>4462</v>
+      </c>
+      <c r="D86" s="6" t="s">
+        <v>4463</v>
+      </c>
+    </row>
+    <row r="87" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B87" s="6" t="s">
         <v>2550</v>
       </c>
-      <c r="C19" t="s">
-[...2 lines deleted...]
-      <c r="D19" t="s">
+      <c r="C87" s="6" t="s">
+        <v>4464</v>
+      </c>
+      <c r="D87" s="6" t="s">
+        <v>4465</v>
+      </c>
+    </row>
+    <row r="88" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B88" s="6" t="s">
         <v>2551</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B20" t="s">
+      <c r="C88" s="6" t="s">
+        <v>4466</v>
+      </c>
+      <c r="D88" s="6" t="s">
+        <v>4467</v>
+      </c>
+    </row>
+    <row r="89" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B89" s="6" t="s">
         <v>2552</v>
       </c>
-      <c r="C20" t="s">
-[...2 lines deleted...]
-      <c r="D20" t="s">
+      <c r="C89" s="6" t="s">
+        <v>4468</v>
+      </c>
+      <c r="D89" s="6" t="s">
+        <v>4469</v>
+      </c>
+    </row>
+    <row r="90" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B90" s="6" t="s">
+        <v>4470</v>
+      </c>
+      <c r="C90" s="6"/>
+      <c r="D90" s="6" t="s">
+        <v>4471</v>
+      </c>
+    </row>
+    <row r="91" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B91" s="6" t="s">
         <v>2553</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B21" t="s">
+      <c r="C91" s="6" t="s">
+        <v>1467</v>
+      </c>
+      <c r="D91" s="6" t="s">
+        <v>4472</v>
+      </c>
+    </row>
+    <row r="92" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B92" s="6" t="s">
+        <v>4473</v>
+      </c>
+      <c r="C92" s="6" t="s">
+        <v>4474</v>
+      </c>
+      <c r="D92" s="6" t="s">
+        <v>4475</v>
+      </c>
+    </row>
+    <row r="93" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B93" s="6" t="s">
         <v>2554</v>
       </c>
-      <c r="C21" t="s">
-[...2 lines deleted...]
-      <c r="D21" t="s">
+      <c r="C93" s="6" t="s">
+        <v>4476</v>
+      </c>
+      <c r="D93" s="6" t="s">
+        <v>4477</v>
+      </c>
+    </row>
+    <row r="94" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B94" s="6" t="s">
+        <v>4478</v>
+      </c>
+      <c r="C94" s="6"/>
+      <c r="D94" s="6" t="s">
+        <v>4479</v>
+      </c>
+    </row>
+    <row r="95" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B95" s="6" t="s">
+        <v>4480</v>
+      </c>
+      <c r="C95" s="6" t="s">
+        <v>1478</v>
+      </c>
+      <c r="D95" s="6" t="s">
+        <v>4481</v>
+      </c>
+    </row>
+    <row r="96" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B96" s="6" t="s">
+        <v>4482</v>
+      </c>
+      <c r="C96" s="6" t="s">
+        <v>4483</v>
+      </c>
+      <c r="D96" s="6" t="s">
+        <v>4484</v>
+      </c>
+    </row>
+    <row r="97" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B97" s="6" t="s">
         <v>2555</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B22" t="s">
+      <c r="C97" s="6" t="s">
+        <v>4485</v>
+      </c>
+      <c r="D97" s="6" t="s">
+        <v>4486</v>
+      </c>
+    </row>
+    <row r="98" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B98" s="6" t="s">
         <v>2556</v>
       </c>
-      <c r="C22" t="s">
-[...7 lines deleted...]
-      <c r="B23" t="s">
+      <c r="C98" s="6" t="s">
+        <v>4487</v>
+      </c>
+      <c r="D98" s="6" t="s">
+        <v>4488</v>
+      </c>
+    </row>
+    <row r="99" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B99" s="6" t="s">
+        <v>4489</v>
+      </c>
+      <c r="C99" s="6"/>
+      <c r="D99" s="6" t="s">
+        <v>4490</v>
+      </c>
+    </row>
+    <row r="100" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B100" s="6" t="s">
+        <v>4491</v>
+      </c>
+      <c r="C100" s="6" t="s">
+        <v>1492</v>
+      </c>
+      <c r="D100" s="6" t="s">
+        <v>4492</v>
+      </c>
+    </row>
+    <row r="101" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B101" s="6" t="s">
         <v>2558</v>
       </c>
-      <c r="C23" t="s">
-[...2 lines deleted...]
-      <c r="D23" t="s">
+      <c r="C101" s="6" t="s">
+        <v>4493</v>
+      </c>
+      <c r="D101" s="6" t="s">
+        <v>4494</v>
+      </c>
+    </row>
+    <row r="102" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B102" s="6" t="s">
         <v>2559</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B24" t="s">
+      <c r="C102" s="6" t="s">
+        <v>4495</v>
+      </c>
+      <c r="D102" s="6" t="s">
+        <v>4496</v>
+      </c>
+    </row>
+    <row r="103" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B103" s="6" t="s">
+        <v>717</v>
+      </c>
+      <c r="C103" s="6" t="s">
+        <v>4497</v>
+      </c>
+      <c r="D103" s="6" t="s">
+        <v>4498</v>
+      </c>
+    </row>
+    <row r="104" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B104" s="6" t="s">
+        <v>4499</v>
+      </c>
+      <c r="C104" s="6" t="s">
+        <v>4500</v>
+      </c>
+      <c r="D104" s="6" t="s">
+        <v>4501</v>
+      </c>
+    </row>
+    <row r="105" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B105" s="6" t="s">
         <v>2560</v>
       </c>
-      <c r="D24" t="s">
+      <c r="C105" s="6" t="s">
+        <v>4502</v>
+      </c>
+      <c r="D105" s="6" t="s">
+        <v>4503</v>
+      </c>
+    </row>
+    <row r="106" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B106" s="6" t="s">
+        <v>4504</v>
+      </c>
+      <c r="C106" s="6"/>
+      <c r="D106" s="6" t="s">
+        <v>4505</v>
+      </c>
+    </row>
+    <row r="107" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B107" s="6" t="s">
         <v>2561</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B25" t="s">
+      <c r="C107" s="6" t="s">
+        <v>1512</v>
+      </c>
+      <c r="D107" s="6" t="s">
+        <v>4506</v>
+      </c>
+    </row>
+    <row r="108" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B108" s="6" t="s">
         <v>2562</v>
       </c>
-      <c r="C25" t="s">
-[...2 lines deleted...]
-      <c r="D25" t="s">
+      <c r="C108" s="6" t="s">
+        <v>4507</v>
+      </c>
+      <c r="D108" s="6" t="s">
+        <v>4508</v>
+      </c>
+    </row>
+    <row r="109" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B109" s="6" t="s">
+        <v>4509</v>
+      </c>
+      <c r="C109" s="6"/>
+      <c r="D109" s="6" t="s">
+        <v>4510</v>
+      </c>
+    </row>
+    <row r="110" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B110" s="6" t="s">
+        <v>1457</v>
+      </c>
+      <c r="C110" s="6" t="s">
+        <v>1520</v>
+      </c>
+      <c r="D110" s="6" t="s">
+        <v>4511</v>
+      </c>
+    </row>
+    <row r="111" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B111" s="6" t="s">
         <v>2563</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B26" t="s">
+      <c r="C111" s="6" t="s">
+        <v>4512</v>
+      </c>
+      <c r="D111" s="6" t="s">
+        <v>4513</v>
+      </c>
+    </row>
+    <row r="112" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B112" s="6" t="s">
         <v>2564</v>
       </c>
-      <c r="C26" t="s">
-[...2 lines deleted...]
-      <c r="D26" t="s">
+      <c r="C112" s="6" t="s">
+        <v>4514</v>
+      </c>
+      <c r="D112" s="6" t="s">
+        <v>4515</v>
+      </c>
+    </row>
+    <row r="113" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B113" s="6" t="s">
         <v>2565</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B27" t="s">
+      <c r="C113" s="6" t="s">
+        <v>4516</v>
+      </c>
+      <c r="D113" s="6" t="s">
+        <v>4517</v>
+      </c>
+    </row>
+    <row r="114" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B114" s="6" t="s">
+        <v>4518</v>
+      </c>
+      <c r="C114" s="6" t="s">
+        <v>4519</v>
+      </c>
+      <c r="D114" s="6" t="s">
+        <v>4520</v>
+      </c>
+    </row>
+    <row r="115" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B115" s="6" t="s">
+        <v>4521</v>
+      </c>
+      <c r="C115" s="6"/>
+      <c r="D115" s="6" t="s">
+        <v>4522</v>
+      </c>
+    </row>
+    <row r="116" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B116" s="6" t="s">
+        <v>2567</v>
+      </c>
+      <c r="C116" s="6" t="s">
+        <v>1535</v>
+      </c>
+      <c r="D116" s="6" t="s">
+        <v>4523</v>
+      </c>
+    </row>
+    <row r="117" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B117" s="6" t="s">
+        <v>4524</v>
+      </c>
+      <c r="C117" s="6"/>
+      <c r="D117" s="6" t="s">
+        <v>4525</v>
+      </c>
+    </row>
+    <row r="118" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B118" s="6" t="s">
+        <v>2568</v>
+      </c>
+      <c r="C118" s="6" t="s">
+        <v>1540</v>
+      </c>
+      <c r="D118" s="6" t="s">
+        <v>4526</v>
+      </c>
+    </row>
+    <row r="119" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B119" s="6" t="s">
+        <v>2497</v>
+      </c>
+      <c r="C119" s="6" t="s">
+        <v>4527</v>
+      </c>
+      <c r="D119" s="6" t="s">
+        <v>4528</v>
+      </c>
+    </row>
+    <row r="120" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B120" s="6" t="s">
+        <v>2485</v>
+      </c>
+      <c r="C120" s="6" t="s">
+        <v>4529</v>
+      </c>
+      <c r="D120" s="6" t="s">
+        <v>4530</v>
+      </c>
+    </row>
+    <row r="121" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B121" s="6" t="s">
+        <v>2493</v>
+      </c>
+      <c r="C121" s="6" t="s">
+        <v>4531</v>
+      </c>
+      <c r="D121" s="6" t="s">
+        <v>4532</v>
+      </c>
+    </row>
+    <row r="122" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B122" s="6" t="s">
+        <v>4533</v>
+      </c>
+      <c r="C122" s="6" t="s">
+        <v>4534</v>
+      </c>
+      <c r="D122" s="6" t="s">
+        <v>4535</v>
+      </c>
+    </row>
+    <row r="123" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B123" s="6" t="s">
         <v>2566</v>
       </c>
-      <c r="C27" t="s">
-[...13 lines deleted...]
-      <c r="D28" t="s">
+      <c r="C123" s="6" t="s">
+        <v>4536</v>
+      </c>
+      <c r="D123" s="6" t="s">
+        <v>4537</v>
+      </c>
+    </row>
+    <row r="124" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B124" s="6" t="s">
+        <v>2489</v>
+      </c>
+      <c r="C124" s="6" t="s">
+        <v>4538</v>
+      </c>
+      <c r="D124" s="6" t="s">
+        <v>4539</v>
+      </c>
+    </row>
+    <row r="125" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B125" s="6" t="s">
+        <v>4540</v>
+      </c>
+      <c r="C125" s="6" t="s">
+        <v>4541</v>
+      </c>
+      <c r="D125" s="6" t="s">
+        <v>4542</v>
+      </c>
+    </row>
+    <row r="126" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B126" s="6" t="s">
+        <v>2483</v>
+      </c>
+      <c r="C126" s="6" t="s">
+        <v>4543</v>
+      </c>
+      <c r="D126" s="6" t="s">
+        <v>4544</v>
+      </c>
+    </row>
+    <row r="127" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B127" s="6" t="s">
+        <v>4545</v>
+      </c>
+      <c r="C127" s="6" t="s">
+        <v>4546</v>
+      </c>
+      <c r="D127" s="6" t="s">
+        <v>4547</v>
+      </c>
+    </row>
+    <row r="128" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B128" s="6" t="s">
+        <v>4548</v>
+      </c>
+      <c r="C128" s="6"/>
+      <c r="D128" s="6" t="s">
+        <v>4549</v>
+      </c>
+    </row>
+    <row r="129" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B129" s="6" t="s">
         <v>2569</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B29" t="s">
+      <c r="C129" s="6" t="s">
+        <v>1570</v>
+      </c>
+      <c r="D129" s="6" t="s">
+        <v>4550</v>
+      </c>
+    </row>
+    <row r="130" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B130" s="6" t="s">
+        <v>4551</v>
+      </c>
+      <c r="C130" s="6"/>
+      <c r="D130" s="6" t="s">
+        <v>4552</v>
+      </c>
+    </row>
+    <row r="131" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B131" s="6" t="s">
+        <v>4553</v>
+      </c>
+      <c r="C131" s="6" t="s">
+        <v>4554</v>
+      </c>
+      <c r="D131" s="6" t="s">
+        <v>4555</v>
+      </c>
+    </row>
+    <row r="132" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B132" s="6" t="s">
+        <v>4556</v>
+      </c>
+      <c r="C132" s="6" t="s">
+        <v>4557</v>
+      </c>
+      <c r="D132" s="6" t="s">
+        <v>4558</v>
+      </c>
+    </row>
+    <row r="133" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B133" s="6" t="s">
         <v>2570</v>
       </c>
-      <c r="C29" t="s">
-[...2 lines deleted...]
-      <c r="D29" t="s">
+      <c r="C133" s="6" t="s">
+        <v>4559</v>
+      </c>
+      <c r="D133" s="6" t="s">
+        <v>4560</v>
+      </c>
+    </row>
+    <row r="134" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B134" s="6" t="s">
         <v>2571</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B30" t="s">
+      <c r="C134" s="6" t="s">
+        <v>4561</v>
+      </c>
+      <c r="D134" s="6" t="s">
+        <v>4562</v>
+      </c>
+    </row>
+    <row r="135" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B135" s="6" t="s">
         <v>2572</v>
       </c>
-      <c r="C30" t="s">
-[...1096 lines deleted...]
-        <v>2773</v>
+      <c r="C135" s="6" t="s">
+        <v>4563</v>
+      </c>
+      <c r="D135" s="6" t="s">
+        <v>4564</v>
+      </c>
+    </row>
+    <row r="136" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B136" s="6" t="s">
+        <v>480</v>
+      </c>
+      <c r="C136" s="6" t="s">
+        <v>4565</v>
+      </c>
+      <c r="D136" s="6" t="s">
+        <v>4566</v>
+      </c>
+    </row>
+    <row r="137" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B137" s="6" t="s">
+        <v>4567</v>
+      </c>
+      <c r="C137" s="6" t="s">
+        <v>4568</v>
+      </c>
+      <c r="D137" s="6" t="s">
+        <v>4569</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet16.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0F00-000000000000}">
   <dimension ref="A1:D65"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>110</v>
+        <v>107</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>111</v>
+        <v>108</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>112</v>
+        <v>109</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
+        <v>60</v>
+      </c>
+      <c r="B2" t="s">
+        <v>61</v>
+      </c>
+      <c r="D2" t="s">
         <v>63</v>
-      </c>
-[...4 lines deleted...]
-        <v>66</v>
       </c>
     </row>
     <row r="3" spans="1:4" ht="25" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
-        <v>2774</v>
+        <v>2576</v>
       </c>
       <c r="B3" s="3" t="s">
-        <v>2776</v>
+        <v>2578</v>
       </c>
       <c r="D3" t="s">
-        <v>2777</v>
+        <v>2579</v>
       </c>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A4" t="s">
-        <v>2775</v>
+        <v>2577</v>
       </c>
       <c r="B4" t="s">
-        <v>2778</v>
+        <v>2580</v>
       </c>
       <c r="D4" t="s">
-        <v>2779</v>
+        <v>2581</v>
       </c>
     </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B5" t="s">
-        <v>122</v>
+        <v>119</v>
       </c>
       <c r="D5" t="s">
-        <v>2780</v>
+        <v>2582</v>
       </c>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B6" t="s">
-        <v>1606</v>
+        <v>1603</v>
       </c>
       <c r="D6" t="s">
-        <v>2781</v>
+        <v>2583</v>
       </c>
     </row>
     <row r="7" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B7" t="s">
-        <v>128</v>
+        <v>125</v>
       </c>
       <c r="D7" t="s">
-        <v>2782</v>
+        <v>2584</v>
       </c>
     </row>
     <row r="8" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B8" t="s">
-        <v>124</v>
+        <v>121</v>
       </c>
       <c r="D8" t="s">
-        <v>2783</v>
+        <v>2585</v>
       </c>
     </row>
     <row r="9" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B9" t="s">
-        <v>2784</v>
+        <v>2586</v>
       </c>
       <c r="D9" t="s">
-        <v>2785</v>
+        <v>2587</v>
       </c>
     </row>
     <row r="10" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B10" t="s">
-        <v>2786</v>
+        <v>2588</v>
       </c>
       <c r="C10" t="s">
-        <v>680</v>
+        <v>677</v>
       </c>
       <c r="D10" t="s">
-        <v>2787</v>
+        <v>2589</v>
       </c>
     </row>
     <row r="11" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B11" t="s">
-        <v>2788</v>
+        <v>2590</v>
       </c>
       <c r="C11" t="s">
-        <v>683</v>
+        <v>680</v>
       </c>
       <c r="D11" t="s">
-        <v>2789</v>
+        <v>2591</v>
       </c>
     </row>
     <row r="12" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B12" t="s">
-        <v>2790</v>
+        <v>2592</v>
       </c>
       <c r="C12" t="s">
-        <v>686</v>
+        <v>683</v>
       </c>
       <c r="D12" t="s">
-        <v>2791</v>
+        <v>2593</v>
       </c>
     </row>
     <row r="13" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B13" t="s">
-        <v>2792</v>
+        <v>2594</v>
       </c>
       <c r="C13" t="s">
-        <v>689</v>
+        <v>686</v>
       </c>
       <c r="D13" t="s">
-        <v>2793</v>
+        <v>2595</v>
       </c>
     </row>
     <row r="14" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B14" t="s">
-        <v>2794</v>
+        <v>2596</v>
       </c>
       <c r="C14" t="s">
-        <v>692</v>
+        <v>689</v>
       </c>
       <c r="D14" t="s">
-        <v>2795</v>
+        <v>2597</v>
       </c>
     </row>
     <row r="15" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B15" t="s">
-        <v>884</v>
+        <v>881</v>
       </c>
       <c r="C15" t="s">
-        <v>695</v>
+        <v>692</v>
       </c>
       <c r="D15" t="s">
-        <v>2796</v>
+        <v>2598</v>
       </c>
     </row>
     <row r="16" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B16" t="s">
-        <v>2797</v>
+        <v>2599</v>
       </c>
       <c r="C16" t="s">
-        <v>698</v>
+        <v>695</v>
       </c>
       <c r="D16" t="s">
-        <v>2798</v>
+        <v>2600</v>
       </c>
     </row>
     <row r="17" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B17" t="s">
-        <v>2799</v>
+        <v>2601</v>
       </c>
       <c r="D17" t="s">
-        <v>2800</v>
+        <v>2602</v>
       </c>
     </row>
     <row r="18" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B18" t="s">
-        <v>2801</v>
+        <v>2603</v>
       </c>
       <c r="C18" t="s">
-        <v>703</v>
+        <v>700</v>
       </c>
       <c r="D18" t="s">
-        <v>2802</v>
+        <v>2604</v>
       </c>
     </row>
     <row r="19" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B19" t="s">
-        <v>2803</v>
+        <v>2605</v>
       </c>
       <c r="C19" t="s">
-        <v>706</v>
+        <v>703</v>
       </c>
       <c r="D19" t="s">
-        <v>2804</v>
+        <v>2606</v>
       </c>
     </row>
     <row r="20" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B20" t="s">
-        <v>2805</v>
+        <v>2607</v>
       </c>
       <c r="C20" t="s">
-        <v>709</v>
+        <v>706</v>
       </c>
       <c r="D20" t="s">
-        <v>2806</v>
+        <v>2608</v>
       </c>
     </row>
     <row r="21" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B21" t="s">
-        <v>2807</v>
+        <v>2609</v>
       </c>
       <c r="C21" t="s">
-        <v>712</v>
+        <v>709</v>
       </c>
       <c r="D21" t="s">
-        <v>2808</v>
+        <v>2610</v>
       </c>
     </row>
     <row r="22" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B22" t="s">
-        <v>2809</v>
+        <v>2611</v>
       </c>
       <c r="D22" t="s">
-        <v>2810</v>
+        <v>2612</v>
       </c>
     </row>
     <row r="23" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B23" t="s">
-        <v>2811</v>
+        <v>2613</v>
       </c>
       <c r="C23" t="s">
-        <v>715</v>
+        <v>712</v>
       </c>
       <c r="D23" t="s">
-        <v>2812</v>
+        <v>2614</v>
       </c>
     </row>
     <row r="24" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B24" t="s">
-        <v>2813</v>
+        <v>2615</v>
       </c>
       <c r="C24" t="s">
-        <v>718</v>
+        <v>715</v>
       </c>
       <c r="D24" t="s">
-        <v>2814</v>
+        <v>2616</v>
       </c>
     </row>
     <row r="25" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B25" t="s">
-        <v>2815</v>
+        <v>2617</v>
       </c>
       <c r="C25" t="s">
-        <v>721</v>
+        <v>718</v>
       </c>
       <c r="D25" t="s">
-        <v>2816</v>
+        <v>2618</v>
       </c>
     </row>
     <row r="26" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B26" t="s">
-        <v>2817</v>
+        <v>2619</v>
       </c>
       <c r="C26" t="s">
-        <v>724</v>
+        <v>721</v>
       </c>
       <c r="D26" t="s">
-        <v>2818</v>
+        <v>2620</v>
       </c>
     </row>
     <row r="27" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B27" t="s">
-        <v>2819</v>
+        <v>2621</v>
       </c>
       <c r="C27" t="s">
-        <v>727</v>
+        <v>724</v>
       </c>
       <c r="D27" t="s">
-        <v>2820</v>
+        <v>2622</v>
       </c>
     </row>
     <row r="28" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B28" t="s">
-        <v>2821</v>
+        <v>2623</v>
       </c>
       <c r="C28" t="s">
-        <v>730</v>
+        <v>727</v>
       </c>
       <c r="D28" t="s">
-        <v>2822</v>
+        <v>2624</v>
       </c>
     </row>
     <row r="29" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B29" t="s">
-        <v>2823</v>
+        <v>2625</v>
       </c>
       <c r="C29" t="s">
-        <v>735</v>
+        <v>732</v>
       </c>
       <c r="D29" t="s">
-        <v>2824</v>
+        <v>2626</v>
       </c>
     </row>
     <row r="30" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B30" t="s">
-        <v>2825</v>
+        <v>2627</v>
       </c>
       <c r="C30" t="s">
-        <v>738</v>
+        <v>735</v>
       </c>
       <c r="D30" t="s">
-        <v>2826</v>
+        <v>2628</v>
       </c>
     </row>
     <row r="31" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B31" t="s">
-        <v>2827</v>
+        <v>2629</v>
       </c>
       <c r="C31" t="s">
-        <v>741</v>
+        <v>738</v>
       </c>
       <c r="D31" t="s">
-        <v>2828</v>
+        <v>2630</v>
       </c>
     </row>
     <row r="32" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B32" t="s">
-        <v>2829</v>
+        <v>2631</v>
       </c>
       <c r="C32" t="s">
-        <v>744</v>
+        <v>741</v>
       </c>
       <c r="D32" t="s">
-        <v>2830</v>
+        <v>2632</v>
       </c>
     </row>
     <row r="33" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B33" t="s">
-        <v>2831</v>
+        <v>2633</v>
       </c>
       <c r="C33" t="s">
-        <v>747</v>
+        <v>744</v>
       </c>
       <c r="D33" t="s">
-        <v>2832</v>
+        <v>2634</v>
       </c>
     </row>
     <row r="34" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B34" t="s">
-        <v>2833</v>
+        <v>2635</v>
       </c>
       <c r="C34" t="s">
-        <v>750</v>
+        <v>747</v>
       </c>
       <c r="D34" t="s">
-        <v>2834</v>
+        <v>2636</v>
       </c>
     </row>
     <row r="35" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B35" t="s">
-        <v>2835</v>
+        <v>2637</v>
       </c>
       <c r="C35" t="s">
-        <v>755</v>
+        <v>752</v>
       </c>
       <c r="D35" t="s">
-        <v>2836</v>
+        <v>2638</v>
       </c>
     </row>
     <row r="36" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B36" t="s">
-        <v>2837</v>
+        <v>2639</v>
       </c>
       <c r="C36" t="s">
-        <v>758</v>
+        <v>755</v>
       </c>
       <c r="D36" t="s">
-        <v>2838</v>
+        <v>2640</v>
       </c>
     </row>
     <row r="37" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B37" t="s">
-        <v>2839</v>
+        <v>2641</v>
       </c>
       <c r="C37" t="s">
-        <v>761</v>
+        <v>758</v>
       </c>
       <c r="D37" t="s">
-        <v>2840</v>
+        <v>2642</v>
       </c>
     </row>
     <row r="38" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B38" t="s">
-        <v>2841</v>
+        <v>2643</v>
       </c>
       <c r="D38" t="s">
-        <v>2842</v>
+        <v>2644</v>
       </c>
     </row>
     <row r="39" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B39" t="s">
-        <v>2843</v>
+        <v>2645</v>
       </c>
       <c r="C39" t="s">
-        <v>1105</v>
+        <v>1102</v>
       </c>
       <c r="D39" t="s">
-        <v>2844</v>
+        <v>2646</v>
       </c>
     </row>
     <row r="40" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B40" t="s">
-        <v>2845</v>
+        <v>2647</v>
       </c>
       <c r="D40" t="s">
-        <v>2846</v>
+        <v>2648</v>
       </c>
     </row>
     <row r="41" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B41" t="s">
-        <v>2847</v>
+        <v>2649</v>
       </c>
       <c r="C41" t="s">
-        <v>1110</v>
+        <v>1107</v>
       </c>
       <c r="D41" t="s">
-        <v>2848</v>
+        <v>2650</v>
       </c>
     </row>
     <row r="42" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B42" t="s">
-        <v>2849</v>
+        <v>2651</v>
       </c>
       <c r="C42" t="s">
-        <v>1113</v>
+        <v>1110</v>
       </c>
       <c r="D42" t="s">
-        <v>2850</v>
+        <v>2652</v>
       </c>
     </row>
     <row r="43" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B43" t="s">
-        <v>2851</v>
+        <v>2653</v>
       </c>
       <c r="C43" t="s">
-        <v>1116</v>
+        <v>1113</v>
       </c>
       <c r="D43" t="s">
-        <v>2852</v>
+        <v>2654</v>
       </c>
     </row>
     <row r="44" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B44" t="s">
-        <v>2853</v>
+        <v>2655</v>
       </c>
       <c r="C44" t="s">
-        <v>1119</v>
+        <v>1116</v>
       </c>
       <c r="D44" t="s">
-        <v>2854</v>
+        <v>2656</v>
       </c>
     </row>
     <row r="45" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B45" t="s">
-        <v>2855</v>
+        <v>2657</v>
       </c>
       <c r="C45" t="s">
-        <v>1122</v>
+        <v>1119</v>
       </c>
       <c r="D45" t="s">
-        <v>2856</v>
+        <v>2658</v>
       </c>
     </row>
     <row r="46" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B46" t="s">
-        <v>2857</v>
+        <v>2659</v>
       </c>
       <c r="C46" t="s">
-        <v>1134</v>
+        <v>1131</v>
       </c>
       <c r="D46" t="s">
-        <v>2858</v>
+        <v>2660</v>
       </c>
     </row>
     <row r="47" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B47" t="s">
-        <v>2859</v>
+        <v>2661</v>
       </c>
       <c r="C47" t="s">
-        <v>1149</v>
+        <v>1146</v>
       </c>
       <c r="D47" t="s">
-        <v>2860</v>
+        <v>2662</v>
       </c>
     </row>
     <row r="48" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B48" t="s">
-        <v>2861</v>
+        <v>2663</v>
       </c>
       <c r="C48" t="s">
-        <v>1164</v>
+        <v>1161</v>
       </c>
       <c r="D48" t="s">
-        <v>2862</v>
+        <v>2664</v>
       </c>
     </row>
     <row r="49" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B49" t="s">
-        <v>2863</v>
+        <v>2665</v>
       </c>
       <c r="C49" t="s">
-        <v>1167</v>
+        <v>1164</v>
       </c>
       <c r="D49" t="s">
-        <v>2864</v>
+        <v>2666</v>
       </c>
     </row>
     <row r="50" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B50" t="s">
-        <v>2865</v>
+        <v>2667</v>
       </c>
       <c r="C50" t="s">
-        <v>1172</v>
+        <v>1169</v>
       </c>
       <c r="D50" t="s">
-        <v>2866</v>
+        <v>2668</v>
       </c>
     </row>
     <row r="51" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B51" t="s">
-        <v>2867</v>
+        <v>2669</v>
       </c>
       <c r="C51" t="s">
-        <v>1175</v>
+        <v>1172</v>
       </c>
       <c r="D51" t="s">
-        <v>2868</v>
+        <v>2670</v>
       </c>
     </row>
     <row r="52" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B52" t="s">
-        <v>2869</v>
+        <v>2671</v>
       </c>
       <c r="C52" t="s">
-        <v>1178</v>
+        <v>1175</v>
       </c>
       <c r="D52" t="s">
-        <v>2870</v>
+        <v>2672</v>
       </c>
     </row>
     <row r="53" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B53" t="s">
-        <v>2871</v>
+        <v>2673</v>
       </c>
       <c r="D53" t="s">
-        <v>2872</v>
+        <v>2674</v>
       </c>
     </row>
     <row r="54" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B54" t="s">
-        <v>2873</v>
+        <v>2675</v>
       </c>
       <c r="C54" t="s">
-        <v>1187</v>
+        <v>1184</v>
       </c>
       <c r="D54" t="s">
-        <v>2874</v>
+        <v>2676</v>
       </c>
     </row>
     <row r="55" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B55" t="s">
-        <v>2875</v>
+        <v>2677</v>
       </c>
       <c r="C55" t="s">
-        <v>1190</v>
+        <v>1187</v>
       </c>
       <c r="D55" t="s">
-        <v>2876</v>
+        <v>2678</v>
       </c>
     </row>
     <row r="56" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B56" t="s">
-        <v>1463</v>
+        <v>1460</v>
       </c>
       <c r="C56" t="s">
-        <v>1193</v>
+        <v>1190</v>
       </c>
       <c r="D56" t="s">
-        <v>2877</v>
+        <v>2679</v>
       </c>
     </row>
     <row r="57" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B57" t="s">
-        <v>2878</v>
+        <v>2680</v>
       </c>
       <c r="C57" t="s">
-        <v>1196</v>
+        <v>1193</v>
       </c>
       <c r="D57" t="s">
-        <v>2879</v>
+        <v>2681</v>
       </c>
     </row>
     <row r="58" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B58" t="s">
-        <v>2880</v>
+        <v>2682</v>
       </c>
       <c r="C58" t="s">
-        <v>1205</v>
+        <v>1202</v>
       </c>
       <c r="D58" t="s">
-        <v>2881</v>
+        <v>2683</v>
       </c>
     </row>
     <row r="59" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B59" t="s">
-        <v>1483</v>
+        <v>1480</v>
       </c>
       <c r="C59" t="s">
-        <v>1232</v>
+        <v>1229</v>
       </c>
       <c r="D59" t="s">
-        <v>2882</v>
+        <v>2684</v>
       </c>
     </row>
     <row r="60" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B60" t="s">
-        <v>2883</v>
+        <v>2685</v>
       </c>
       <c r="C60" t="s">
-        <v>1249</v>
+        <v>1246</v>
       </c>
       <c r="D60" t="s">
-        <v>2884</v>
+        <v>2686</v>
       </c>
     </row>
     <row r="61" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B61" t="s">
-        <v>2885</v>
+        <v>2687</v>
       </c>
       <c r="C61" t="s">
-        <v>1252</v>
+        <v>1249</v>
       </c>
       <c r="D61" t="s">
-        <v>2886</v>
+        <v>2688</v>
       </c>
     </row>
     <row r="62" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B62" t="s">
-        <v>2887</v>
+        <v>2689</v>
       </c>
       <c r="D62" t="s">
-        <v>2888</v>
+        <v>2690</v>
       </c>
     </row>
     <row r="63" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B63" t="s">
-        <v>2889</v>
+        <v>2691</v>
       </c>
       <c r="C63" t="s">
-        <v>2890</v>
+        <v>2692</v>
       </c>
       <c r="D63" t="s">
-        <v>2891</v>
+        <v>2693</v>
       </c>
     </row>
     <row r="64" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B64" t="s">
-        <v>2892</v>
+        <v>2694</v>
       </c>
       <c r="C64" t="s">
-        <v>2893</v>
+        <v>2695</v>
       </c>
       <c r="D64" t="s">
-        <v>2894</v>
+        <v>2696</v>
       </c>
     </row>
     <row r="65" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B65" t="s">
-        <v>2895</v>
+        <v>2697</v>
       </c>
       <c r="C65" t="s">
-        <v>2896</v>
+        <v>2698</v>
       </c>
       <c r="D65" t="s">
-        <v>2897</v>
+        <v>2699</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet17.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1000-000000000000}">
   <dimension ref="A1:D69"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>110</v>
+        <v>107</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>111</v>
+        <v>108</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>112</v>
+        <v>109</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
+        <v>64</v>
+      </c>
+      <c r="B2" t="s">
+        <v>65</v>
+      </c>
+      <c r="D2" t="s">
         <v>67</v>
-      </c>
-[...4 lines deleted...]
-        <v>70</v>
       </c>
     </row>
     <row r="3" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
-        <v>2898</v>
+        <v>2700</v>
       </c>
       <c r="B3" t="s">
-        <v>116</v>
+        <v>113</v>
       </c>
       <c r="D3" t="s">
-        <v>2900</v>
+        <v>2702</v>
       </c>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A4" t="s">
-        <v>2899</v>
+        <v>2701</v>
       </c>
       <c r="B4" t="s">
-        <v>120</v>
+        <v>117</v>
       </c>
       <c r="D4" t="s">
-        <v>2901</v>
+        <v>2703</v>
       </c>
     </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B5" t="s">
-        <v>128</v>
+        <v>125</v>
       </c>
       <c r="D5" t="s">
-        <v>2902</v>
+        <v>2704</v>
       </c>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B6" t="s">
-        <v>122</v>
+        <v>119</v>
       </c>
       <c r="D6" t="s">
-        <v>2903</v>
+        <v>2705</v>
       </c>
     </row>
     <row r="7" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B7" t="s">
-        <v>2904</v>
+        <v>2706</v>
       </c>
       <c r="D7" t="s">
-        <v>2905</v>
+        <v>2707</v>
       </c>
     </row>
     <row r="8" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B8" t="s">
-        <v>2906</v>
+        <v>2708</v>
       </c>
       <c r="C8" t="s">
-        <v>680</v>
+        <v>677</v>
       </c>
       <c r="D8" t="s">
-        <v>2907</v>
+        <v>2709</v>
       </c>
     </row>
     <row r="9" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B9" t="s">
-        <v>2908</v>
+        <v>2710</v>
       </c>
       <c r="C9" t="s">
-        <v>683</v>
+        <v>680</v>
       </c>
       <c r="D9" t="s">
-        <v>2909</v>
+        <v>2711</v>
       </c>
     </row>
     <row r="10" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B10" t="s">
-        <v>2910</v>
+        <v>2712</v>
       </c>
       <c r="C10" t="s">
-        <v>686</v>
+        <v>683</v>
       </c>
       <c r="D10" t="s">
-        <v>2911</v>
+        <v>2713</v>
       </c>
     </row>
     <row r="11" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B11" t="s">
-        <v>2912</v>
+        <v>2714</v>
       </c>
       <c r="C11" t="s">
-        <v>689</v>
+        <v>686</v>
       </c>
       <c r="D11" t="s">
-        <v>2913</v>
+        <v>2715</v>
       </c>
     </row>
     <row r="12" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B12" t="s">
-        <v>2914</v>
+        <v>2716</v>
       </c>
       <c r="C12" t="s">
-        <v>692</v>
+        <v>689</v>
       </c>
       <c r="D12" t="s">
-        <v>2915</v>
+        <v>2717</v>
       </c>
     </row>
     <row r="13" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B13" t="s">
-        <v>2916</v>
+        <v>2718</v>
       </c>
       <c r="D13" t="s">
-        <v>2917</v>
+        <v>2719</v>
       </c>
     </row>
     <row r="14" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B14" t="s">
-        <v>2918</v>
+        <v>2720</v>
       </c>
       <c r="C14" t="s">
-        <v>695</v>
+        <v>692</v>
       </c>
       <c r="D14" t="s">
-        <v>2919</v>
+        <v>2721</v>
       </c>
     </row>
     <row r="15" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B15" t="s">
-        <v>2920</v>
+        <v>2722</v>
       </c>
       <c r="C15" t="s">
-        <v>698</v>
+        <v>695</v>
       </c>
       <c r="D15" t="s">
-        <v>2921</v>
+        <v>2723</v>
       </c>
     </row>
     <row r="16" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B16" t="s">
-        <v>2922</v>
+        <v>2724</v>
       </c>
       <c r="C16" t="s">
-        <v>703</v>
+        <v>700</v>
       </c>
       <c r="D16" t="s">
-        <v>2923</v>
+        <v>2725</v>
       </c>
     </row>
     <row r="17" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B17" t="s">
-        <v>2924</v>
+        <v>2726</v>
       </c>
       <c r="C17" t="s">
-        <v>706</v>
+        <v>703</v>
       </c>
       <c r="D17" t="s">
-        <v>2925</v>
+        <v>2727</v>
       </c>
     </row>
     <row r="18" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B18" t="s">
-        <v>2926</v>
+        <v>2728</v>
       </c>
       <c r="D18" t="s">
-        <v>2927</v>
+        <v>2729</v>
       </c>
     </row>
     <row r="19" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B19" t="s">
-        <v>2928</v>
+        <v>2730</v>
       </c>
       <c r="C19" t="s">
-        <v>709</v>
+        <v>706</v>
       </c>
       <c r="D19" t="s">
-        <v>2929</v>
+        <v>2731</v>
       </c>
     </row>
     <row r="20" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B20" t="s">
-        <v>2930</v>
+        <v>2732</v>
       </c>
       <c r="C20" t="s">
-        <v>712</v>
+        <v>709</v>
       </c>
       <c r="D20" t="s">
-        <v>2931</v>
+        <v>2733</v>
       </c>
     </row>
     <row r="21" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B21" t="s">
-        <v>2932</v>
+        <v>2734</v>
       </c>
       <c r="C21" t="s">
-        <v>715</v>
+        <v>712</v>
       </c>
       <c r="D21" t="s">
-        <v>2933</v>
+        <v>2735</v>
       </c>
     </row>
     <row r="22" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B22" t="s">
-        <v>2934</v>
+        <v>2736</v>
       </c>
       <c r="C22" t="s">
-        <v>718</v>
+        <v>715</v>
       </c>
       <c r="D22" t="s">
-        <v>2935</v>
+        <v>2737</v>
       </c>
     </row>
     <row r="23" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B23" t="s">
-        <v>2936</v>
+        <v>2738</v>
       </c>
       <c r="C23" t="s">
-        <v>721</v>
+        <v>718</v>
       </c>
       <c r="D23" t="s">
-        <v>2937</v>
+        <v>2739</v>
       </c>
     </row>
     <row r="24" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B24" t="s">
-        <v>2938</v>
+        <v>2740</v>
       </c>
       <c r="C24" t="s">
-        <v>724</v>
+        <v>721</v>
       </c>
       <c r="D24" t="s">
-        <v>2939</v>
+        <v>2741</v>
       </c>
     </row>
     <row r="25" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B25" t="s">
-        <v>2940</v>
+        <v>2742</v>
       </c>
       <c r="D25" t="s">
-        <v>2941</v>
+        <v>2743</v>
       </c>
     </row>
     <row r="26" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B26" t="s">
-        <v>2942</v>
+        <v>2744</v>
       </c>
       <c r="C26" t="s">
-        <v>727</v>
+        <v>724</v>
       </c>
       <c r="D26" t="s">
-        <v>2943</v>
+        <v>2745</v>
       </c>
     </row>
     <row r="27" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B27" t="s">
-        <v>2944</v>
+        <v>2746</v>
       </c>
       <c r="C27" t="s">
-        <v>2945</v>
+        <v>2747</v>
       </c>
       <c r="D27" t="s">
-        <v>2946</v>
+        <v>2748</v>
       </c>
     </row>
     <row r="28" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B28" t="s">
-        <v>2947</v>
+        <v>2749</v>
       </c>
       <c r="C28" t="s">
-        <v>2948</v>
+        <v>2750</v>
       </c>
       <c r="D28" t="s">
-        <v>2949</v>
+        <v>2751</v>
       </c>
     </row>
     <row r="29" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B29" t="s">
-        <v>1460</v>
+        <v>1457</v>
       </c>
       <c r="C29" t="s">
-        <v>735</v>
+        <v>732</v>
       </c>
       <c r="D29" t="s">
-        <v>2950</v>
+        <v>2752</v>
       </c>
     </row>
     <row r="30" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B30" t="s">
-        <v>2951</v>
+        <v>2753</v>
       </c>
       <c r="C30" t="s">
-        <v>738</v>
+        <v>735</v>
       </c>
       <c r="D30" t="s">
-        <v>2952</v>
+        <v>2754</v>
       </c>
     </row>
     <row r="31" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B31" t="s">
-        <v>2953</v>
+        <v>2755</v>
       </c>
       <c r="C31" t="s">
-        <v>741</v>
+        <v>738</v>
       </c>
       <c r="D31" t="s">
-        <v>2954</v>
+        <v>2756</v>
       </c>
     </row>
     <row r="32" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B32" t="s">
-        <v>2955</v>
+        <v>2757</v>
       </c>
       <c r="C32" t="s">
-        <v>744</v>
+        <v>741</v>
       </c>
       <c r="D32" t="s">
-        <v>2956</v>
+        <v>2758</v>
       </c>
     </row>
     <row r="33" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B33" t="s">
-        <v>2957</v>
+        <v>2759</v>
       </c>
       <c r="C33" t="s">
-        <v>1067</v>
+        <v>1064</v>
       </c>
       <c r="D33" t="s">
-        <v>2958</v>
+        <v>2760</v>
       </c>
     </row>
     <row r="34" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B34" t="s">
-        <v>2959</v>
+        <v>2761</v>
       </c>
       <c r="C34" t="s">
-        <v>1070</v>
+        <v>1067</v>
       </c>
       <c r="D34" t="s">
-        <v>2960</v>
+        <v>2762</v>
       </c>
     </row>
     <row r="35" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B35" t="s">
-        <v>2488</v>
+        <v>2485</v>
       </c>
       <c r="C35" t="s">
-        <v>750</v>
+        <v>747</v>
       </c>
       <c r="D35" t="s">
-        <v>2961</v>
+        <v>2763</v>
       </c>
     </row>
     <row r="36" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B36" t="s">
-        <v>2962</v>
+        <v>2764</v>
       </c>
       <c r="C36" t="s">
-        <v>755</v>
+        <v>752</v>
       </c>
       <c r="D36" t="s">
-        <v>2963</v>
+        <v>2765</v>
       </c>
     </row>
     <row r="37" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B37" t="s">
-        <v>2496</v>
+        <v>2493</v>
       </c>
       <c r="C37" t="s">
-        <v>758</v>
+        <v>755</v>
       </c>
       <c r="D37" t="s">
-        <v>2964</v>
+        <v>2766</v>
       </c>
     </row>
     <row r="38" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B38" t="s">
-        <v>2965</v>
+        <v>2767</v>
       </c>
       <c r="C38" t="s">
-        <v>761</v>
+        <v>758</v>
       </c>
       <c r="D38" t="s">
-        <v>2966</v>
+        <v>2768</v>
       </c>
     </row>
     <row r="39" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B39" t="s">
-        <v>2492</v>
+        <v>2489</v>
       </c>
       <c r="C39" t="s">
-        <v>1105</v>
+        <v>1102</v>
       </c>
       <c r="D39" t="s">
-        <v>2967</v>
+        <v>2769</v>
       </c>
     </row>
     <row r="40" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B40" t="s">
-        <v>2968</v>
+        <v>2770</v>
       </c>
       <c r="C40" t="s">
-        <v>1110</v>
+        <v>1107</v>
       </c>
       <c r="D40" t="s">
-        <v>2969</v>
+        <v>2771</v>
       </c>
     </row>
     <row r="41" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B41" t="s">
-        <v>2970</v>
+        <v>2772</v>
       </c>
       <c r="C41" t="s">
-        <v>1113</v>
+        <v>1110</v>
       </c>
       <c r="D41" t="s">
-        <v>2971</v>
+        <v>2773</v>
       </c>
     </row>
     <row r="42" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B42" t="s">
-        <v>2859</v>
+        <v>2661</v>
       </c>
       <c r="C42" t="s">
-        <v>1116</v>
+        <v>1113</v>
       </c>
       <c r="D42" t="s">
-        <v>2972</v>
+        <v>2774</v>
       </c>
     </row>
     <row r="43" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B43" t="s">
-        <v>2973</v>
+        <v>2775</v>
       </c>
       <c r="C43" t="s">
-        <v>1119</v>
+        <v>1116</v>
       </c>
       <c r="D43" t="s">
-        <v>2974</v>
+        <v>2776</v>
       </c>
     </row>
     <row r="44" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B44" t="s">
-        <v>2486</v>
+        <v>2483</v>
       </c>
       <c r="C44" t="s">
-        <v>1122</v>
+        <v>1119</v>
       </c>
       <c r="D44" t="s">
-        <v>2975</v>
+        <v>2777</v>
       </c>
     </row>
     <row r="45" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B45" t="s">
-        <v>2976</v>
+        <v>2778</v>
       </c>
       <c r="C45" t="s">
-        <v>1134</v>
+        <v>1131</v>
       </c>
       <c r="D45" t="s">
-        <v>2977</v>
+        <v>2779</v>
       </c>
     </row>
     <row r="46" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B46" t="s">
-        <v>2978</v>
+        <v>2780</v>
       </c>
       <c r="D46" t="s">
-        <v>2979</v>
+        <v>2781</v>
       </c>
     </row>
     <row r="47" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B47" t="s">
-        <v>2980</v>
+        <v>2782</v>
       </c>
       <c r="C47" t="s">
-        <v>1149</v>
+        <v>1146</v>
       </c>
       <c r="D47" t="s">
-        <v>2981</v>
+        <v>2783</v>
       </c>
     </row>
     <row r="48" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B48" t="s">
-        <v>2982</v>
+        <v>2784</v>
       </c>
       <c r="C48" t="s">
-        <v>1164</v>
+        <v>1161</v>
       </c>
       <c r="D48" t="s">
-        <v>2983</v>
+        <v>2785</v>
       </c>
     </row>
     <row r="49" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B49" t="s">
-        <v>2984</v>
+        <v>2786</v>
       </c>
       <c r="C49" t="s">
-        <v>1167</v>
+        <v>1164</v>
       </c>
       <c r="D49" t="s">
-        <v>2985</v>
+        <v>2787</v>
       </c>
     </row>
     <row r="50" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B50" t="s">
-        <v>2986</v>
+        <v>2788</v>
       </c>
       <c r="C50" t="s">
-        <v>1172</v>
+        <v>1169</v>
       </c>
       <c r="D50" t="s">
-        <v>2987</v>
+        <v>2789</v>
       </c>
     </row>
     <row r="51" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B51" t="s">
-        <v>2988</v>
+        <v>2790</v>
       </c>
       <c r="C51" t="s">
-        <v>1175</v>
+        <v>1172</v>
       </c>
       <c r="D51" t="s">
-        <v>2989</v>
+        <v>2791</v>
       </c>
     </row>
     <row r="52" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B52" t="s">
-        <v>2990</v>
+        <v>2792</v>
       </c>
       <c r="C52" t="s">
-        <v>1178</v>
+        <v>1175</v>
       </c>
       <c r="D52" t="s">
-        <v>2991</v>
+        <v>2793</v>
       </c>
     </row>
     <row r="53" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B53" t="s">
-        <v>2992</v>
+        <v>2794</v>
       </c>
       <c r="C53" t="s">
-        <v>1187</v>
+        <v>1184</v>
       </c>
       <c r="D53" t="s">
-        <v>2993</v>
+        <v>2795</v>
       </c>
     </row>
     <row r="54" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B54" t="s">
-        <v>2994</v>
+        <v>2796</v>
       </c>
       <c r="C54" t="s">
-        <v>1190</v>
+        <v>1187</v>
       </c>
       <c r="D54" t="s">
-        <v>2995</v>
+        <v>2797</v>
       </c>
     </row>
     <row r="55" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B55" t="s">
-        <v>2996</v>
+        <v>2798</v>
       </c>
       <c r="C55" t="s">
-        <v>1193</v>
+        <v>1190</v>
       </c>
       <c r="D55" t="s">
-        <v>2997</v>
+        <v>2799</v>
       </c>
     </row>
     <row r="56" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B56" t="s">
-        <v>2998</v>
+        <v>2800</v>
       </c>
       <c r="C56" t="s">
-        <v>1196</v>
+        <v>1193</v>
       </c>
       <c r="D56" t="s">
-        <v>2999</v>
+        <v>2801</v>
       </c>
     </row>
     <row r="57" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B57" t="s">
-        <v>3000</v>
+        <v>2802</v>
       </c>
       <c r="D57" t="s">
-        <v>3001</v>
+        <v>2803</v>
       </c>
     </row>
     <row r="58" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B58" t="s">
-        <v>3002</v>
+        <v>2804</v>
       </c>
       <c r="C58" t="s">
-        <v>1205</v>
+        <v>1202</v>
       </c>
       <c r="D58" t="s">
-        <v>3003</v>
+        <v>2805</v>
       </c>
     </row>
     <row r="59" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B59" t="s">
-        <v>3004</v>
+        <v>2806</v>
       </c>
       <c r="C59" t="s">
-        <v>1232</v>
+        <v>1229</v>
       </c>
       <c r="D59" t="s">
-        <v>3005</v>
+        <v>2807</v>
       </c>
     </row>
     <row r="60" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B60" t="s">
-        <v>3006</v>
+        <v>2808</v>
       </c>
       <c r="C60" t="s">
-        <v>1249</v>
+        <v>1246</v>
       </c>
       <c r="D60" t="s">
-        <v>3007</v>
+        <v>2809</v>
       </c>
     </row>
     <row r="61" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B61" t="s">
-        <v>3008</v>
+        <v>2810</v>
       </c>
       <c r="C61" t="s">
-        <v>1252</v>
+        <v>1249</v>
       </c>
       <c r="D61" t="s">
-        <v>3009</v>
+        <v>2811</v>
       </c>
     </row>
     <row r="62" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B62" t="s">
-        <v>3010</v>
+        <v>2812</v>
       </c>
       <c r="C62" t="s">
-        <v>1255</v>
+        <v>1252</v>
       </c>
       <c r="D62" t="s">
-        <v>3011</v>
+        <v>2813</v>
       </c>
     </row>
     <row r="63" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B63" t="s">
-        <v>3012</v>
+        <v>2814</v>
       </c>
       <c r="C63" t="s">
-        <v>1258</v>
+        <v>1255</v>
       </c>
       <c r="D63" t="s">
-        <v>3013</v>
+        <v>2815</v>
       </c>
     </row>
     <row r="64" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B64" t="s">
-        <v>3014</v>
+        <v>2816</v>
       </c>
       <c r="C64" t="s">
-        <v>1263</v>
+        <v>1260</v>
       </c>
       <c r="D64" t="s">
-        <v>3015</v>
+        <v>2817</v>
       </c>
     </row>
     <row r="65" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B65" t="s">
-        <v>3016</v>
+        <v>2818</v>
       </c>
       <c r="C65" t="s">
-        <v>1266</v>
+        <v>1263</v>
       </c>
       <c r="D65" t="s">
-        <v>3017</v>
+        <v>2819</v>
       </c>
     </row>
     <row r="66" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B66" t="s">
-        <v>3018</v>
+        <v>2820</v>
       </c>
       <c r="C66" t="s">
-        <v>1269</v>
+        <v>1266</v>
       </c>
       <c r="D66" t="s">
-        <v>3019</v>
+        <v>2821</v>
       </c>
     </row>
     <row r="67" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B67" t="s">
-        <v>3020</v>
+        <v>2822</v>
       </c>
       <c r="C67" t="s">
-        <v>1272</v>
+        <v>1269</v>
       </c>
       <c r="D67" t="s">
-        <v>3021</v>
+        <v>2823</v>
       </c>
     </row>
     <row r="68" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B68" t="s">
-        <v>3022</v>
+        <v>2824</v>
       </c>
       <c r="D68" t="s">
-        <v>3023</v>
+        <v>2825</v>
       </c>
     </row>
     <row r="69" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B69" t="s">
-        <v>3022</v>
+        <v>2824</v>
       </c>
       <c r="D69" t="s">
-        <v>3024</v>
+        <v>2826</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet18.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1100-000000000000}">
   <dimension ref="A1:D39"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>110</v>
+        <v>107</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>111</v>
+        <v>108</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>112</v>
+        <v>109</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
+        <v>68</v>
+      </c>
+      <c r="B2" t="s">
+        <v>69</v>
+      </c>
+      <c r="D2" t="s">
         <v>71</v>
-      </c>
-[...4 lines deleted...]
-        <v>74</v>
       </c>
     </row>
     <row r="3" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
-        <v>3025</v>
+        <v>2827</v>
       </c>
       <c r="B3" t="s">
-        <v>116</v>
+        <v>113</v>
       </c>
       <c r="D3" t="s">
-        <v>3028</v>
+        <v>2830</v>
       </c>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A4" t="s">
-        <v>3026</v>
+        <v>2828</v>
       </c>
       <c r="B4" t="s">
-        <v>3029</v>
+        <v>2831</v>
       </c>
       <c r="D4" t="s">
-        <v>3030</v>
+        <v>2832</v>
       </c>
     </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A5" t="s">
-        <v>3027</v>
+        <v>2829</v>
       </c>
       <c r="B5" t="s">
-        <v>3031</v>
+        <v>2833</v>
       </c>
       <c r="D5" t="s">
-        <v>3032</v>
+        <v>2834</v>
       </c>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B6" t="s">
-        <v>3033</v>
+        <v>2835</v>
       </c>
       <c r="D6" t="s">
-        <v>3034</v>
+        <v>2836</v>
       </c>
     </row>
     <row r="7" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B7" t="s">
-        <v>1287</v>
+        <v>1284</v>
       </c>
       <c r="D7" t="s">
-        <v>3035</v>
+        <v>2837</v>
       </c>
     </row>
     <row r="8" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B8" t="s">
-        <v>3036</v>
+        <v>2838</v>
       </c>
       <c r="D8" t="s">
-        <v>3037</v>
+        <v>2839</v>
       </c>
     </row>
     <row r="9" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B9" t="s">
-        <v>3038</v>
+        <v>2840</v>
       </c>
       <c r="D9" t="s">
-        <v>3039</v>
+        <v>2841</v>
       </c>
     </row>
     <row r="10" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B10" t="s">
-        <v>3040</v>
+        <v>2842</v>
       </c>
       <c r="D10" t="s">
-        <v>3041</v>
+        <v>2843</v>
       </c>
     </row>
     <row r="11" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B11" t="s">
-        <v>3042</v>
+        <v>2844</v>
       </c>
       <c r="D11" t="s">
-        <v>3043</v>
+        <v>2845</v>
       </c>
     </row>
     <row r="12" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B12" t="s">
-        <v>3044</v>
+        <v>2846</v>
       </c>
       <c r="D12" t="s">
-        <v>3045</v>
+        <v>2847</v>
       </c>
     </row>
     <row r="13" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B13" t="s">
-        <v>3046</v>
+        <v>2848</v>
       </c>
       <c r="D13" t="s">
-        <v>3047</v>
+        <v>2849</v>
       </c>
     </row>
     <row r="14" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B14" t="s">
-        <v>3048</v>
+        <v>2850</v>
       </c>
       <c r="D14" t="s">
-        <v>3049</v>
+        <v>2851</v>
       </c>
     </row>
     <row r="15" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B15" t="s">
-        <v>3050</v>
+        <v>2852</v>
       </c>
       <c r="D15" t="s">
-        <v>3051</v>
+        <v>2853</v>
       </c>
     </row>
     <row r="16" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B16" t="s">
-        <v>3052</v>
+        <v>2854</v>
       </c>
       <c r="D16" t="s">
-        <v>3053</v>
+        <v>2855</v>
       </c>
     </row>
     <row r="17" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B17" t="s">
-        <v>3054</v>
+        <v>2856</v>
       </c>
       <c r="D17" t="s">
-        <v>3055</v>
+        <v>2857</v>
       </c>
     </row>
     <row r="18" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B18" t="s">
-        <v>3056</v>
+        <v>2858</v>
       </c>
       <c r="D18" t="s">
-        <v>3057</v>
+        <v>2859</v>
       </c>
     </row>
     <row r="19" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B19" t="s">
-        <v>3058</v>
+        <v>2860</v>
       </c>
       <c r="D19" t="s">
-        <v>3059</v>
+        <v>2861</v>
       </c>
     </row>
     <row r="20" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B20" t="s">
-        <v>3060</v>
+        <v>2862</v>
       </c>
       <c r="D20" t="s">
-        <v>3061</v>
+        <v>2863</v>
       </c>
     </row>
     <row r="21" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B21" t="s">
-        <v>3062</v>
+        <v>2864</v>
       </c>
       <c r="D21" t="s">
-        <v>3063</v>
+        <v>2865</v>
       </c>
     </row>
     <row r="22" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B22" t="s">
-        <v>3064</v>
+        <v>2866</v>
       </c>
       <c r="D22" t="s">
-        <v>3065</v>
+        <v>2867</v>
       </c>
     </row>
     <row r="23" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B23" t="s">
-        <v>3066</v>
+        <v>2868</v>
       </c>
       <c r="D23" t="s">
-        <v>3067</v>
+        <v>2869</v>
       </c>
     </row>
     <row r="24" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B24" t="s">
-        <v>3068</v>
+        <v>2870</v>
       </c>
       <c r="D24" t="s">
-        <v>3069</v>
+        <v>2871</v>
       </c>
     </row>
     <row r="25" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B25" t="s">
-        <v>3070</v>
+        <v>2872</v>
       </c>
       <c r="D25" t="s">
-        <v>3071</v>
+        <v>2873</v>
       </c>
     </row>
     <row r="26" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B26" t="s">
-        <v>3072</v>
+        <v>2874</v>
       </c>
       <c r="D26" t="s">
-        <v>3073</v>
+        <v>2875</v>
       </c>
     </row>
     <row r="27" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B27" t="s">
-        <v>3074</v>
+        <v>2876</v>
       </c>
       <c r="D27" t="s">
-        <v>3075</v>
+        <v>2877</v>
       </c>
     </row>
     <row r="28" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B28" t="s">
-        <v>3076</v>
+        <v>2878</v>
       </c>
       <c r="D28" t="s">
-        <v>3077</v>
+        <v>2879</v>
       </c>
     </row>
     <row r="29" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B29" t="s">
-        <v>3078</v>
+        <v>2880</v>
       </c>
       <c r="D29" t="s">
-        <v>3079</v>
+        <v>2881</v>
       </c>
     </row>
     <row r="30" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B30" t="s">
-        <v>3080</v>
+        <v>2882</v>
       </c>
       <c r="D30" t="s">
-        <v>3081</v>
+        <v>2883</v>
       </c>
     </row>
     <row r="31" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B31" t="s">
-        <v>3082</v>
+        <v>2884</v>
       </c>
       <c r="D31" t="s">
-        <v>3083</v>
+        <v>2885</v>
       </c>
     </row>
     <row r="32" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B32" t="s">
-        <v>3084</v>
+        <v>2886</v>
       </c>
       <c r="D32" t="s">
-        <v>3085</v>
+        <v>2887</v>
       </c>
     </row>
     <row r="33" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B33" t="s">
-        <v>3086</v>
+        <v>2888</v>
       </c>
       <c r="D33" t="s">
-        <v>3087</v>
+        <v>2889</v>
       </c>
     </row>
     <row r="34" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B34" t="s">
-        <v>3088</v>
+        <v>2890</v>
       </c>
       <c r="D34" t="s">
-        <v>3089</v>
+        <v>2891</v>
       </c>
     </row>
     <row r="35" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B35" t="s">
-        <v>3090</v>
+        <v>2892</v>
       </c>
       <c r="D35" t="s">
-        <v>3091</v>
+        <v>2893</v>
       </c>
     </row>
     <row r="36" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B36" t="s">
-        <v>3092</v>
+        <v>2894</v>
       </c>
       <c r="D36" t="s">
-        <v>3093</v>
+        <v>2895</v>
       </c>
     </row>
     <row r="37" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B37" t="s">
-        <v>3094</v>
+        <v>2896</v>
       </c>
       <c r="D37" t="s">
-        <v>3095</v>
+        <v>2897</v>
       </c>
     </row>
     <row r="38" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B38" t="s">
-        <v>3096</v>
+        <v>2898</v>
       </c>
       <c r="D38" t="s">
-        <v>3097</v>
+        <v>2899</v>
       </c>
     </row>
     <row r="39" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B39" t="s">
-        <v>668</v>
+        <v>665</v>
       </c>
       <c r="D39" t="s">
-        <v>3098</v>
+        <v>2900</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet19.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1200-000000000000}">
   <dimension ref="A1:D88"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>110</v>
+        <v>107</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>111</v>
+        <v>108</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>112</v>
+        <v>109</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
+        <v>72</v>
+      </c>
+      <c r="B2" t="s">
+        <v>73</v>
+      </c>
+      <c r="D2" t="s">
         <v>75</v>
-      </c>
-[...4 lines deleted...]
-        <v>78</v>
       </c>
     </row>
     <row r="3" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
-        <v>3099</v>
+        <v>2901</v>
       </c>
       <c r="B3" t="s">
-        <v>116</v>
+        <v>113</v>
       </c>
       <c r="D3" t="s">
-        <v>3104</v>
+        <v>2906</v>
       </c>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A4" t="s">
-        <v>3100</v>
+        <v>2902</v>
       </c>
       <c r="B4" t="s">
-        <v>120</v>
+        <v>117</v>
       </c>
       <c r="D4" t="s">
-        <v>3105</v>
+        <v>2907</v>
       </c>
     </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A5" t="s">
-        <v>3101</v>
+        <v>2903</v>
       </c>
       <c r="B5" t="s">
-        <v>122</v>
+        <v>119</v>
       </c>
       <c r="D5" t="s">
-        <v>3106</v>
+        <v>2908</v>
       </c>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A6" t="s">
-        <v>3102</v>
+        <v>2904</v>
       </c>
       <c r="B6" t="s">
-        <v>128</v>
+        <v>125</v>
       </c>
       <c r="D6" t="s">
-        <v>3107</v>
+        <v>2909</v>
       </c>
     </row>
     <row r="7" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A7" t="s">
-        <v>3103</v>
+        <v>2905</v>
       </c>
       <c r="B7" t="s">
-        <v>3108</v>
+        <v>2910</v>
       </c>
       <c r="D7" t="s">
-        <v>3109</v>
+        <v>2911</v>
       </c>
     </row>
     <row r="8" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B8" t="s">
-        <v>3110</v>
+        <v>2912</v>
       </c>
       <c r="D8" t="s">
-        <v>3111</v>
+        <v>2913</v>
       </c>
     </row>
     <row r="9" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B9" t="s">
-        <v>3112</v>
+        <v>2914</v>
       </c>
       <c r="C9" t="s">
-        <v>680</v>
+        <v>677</v>
       </c>
       <c r="D9" t="s">
-        <v>3113</v>
+        <v>2915</v>
       </c>
     </row>
     <row r="10" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B10" t="s">
-        <v>3114</v>
+        <v>2916</v>
       </c>
       <c r="C10" t="s">
-        <v>683</v>
+        <v>680</v>
       </c>
       <c r="D10" t="s">
-        <v>3115</v>
+        <v>2917</v>
       </c>
     </row>
     <row r="11" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B11" t="s">
-        <v>3116</v>
+        <v>2918</v>
       </c>
       <c r="C11" t="s">
-        <v>686</v>
+        <v>683</v>
       </c>
       <c r="D11" t="s">
-        <v>3117</v>
+        <v>2919</v>
       </c>
     </row>
     <row r="12" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B12" t="s">
-        <v>3118</v>
+        <v>2920</v>
       </c>
       <c r="C12" t="s">
-        <v>689</v>
+        <v>686</v>
       </c>
       <c r="D12" t="s">
-        <v>3119</v>
+        <v>2921</v>
       </c>
     </row>
     <row r="13" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B13" t="s">
-        <v>3120</v>
+        <v>2922</v>
       </c>
       <c r="D13" t="s">
-        <v>3121</v>
+        <v>2923</v>
       </c>
     </row>
     <row r="14" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B14" t="s">
-        <v>3122</v>
+        <v>2924</v>
       </c>
       <c r="C14" t="s">
-        <v>692</v>
+        <v>689</v>
       </c>
       <c r="D14" t="s">
-        <v>3123</v>
+        <v>2925</v>
       </c>
     </row>
     <row r="15" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B15" t="s">
-        <v>3124</v>
+        <v>2926</v>
       </c>
       <c r="C15" t="s">
-        <v>695</v>
+        <v>692</v>
       </c>
       <c r="D15" t="s">
-        <v>3125</v>
+        <v>2927</v>
       </c>
     </row>
     <row r="16" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B16" t="s">
-        <v>3126</v>
+        <v>2928</v>
       </c>
       <c r="C16" t="s">
-        <v>698</v>
+        <v>695</v>
       </c>
       <c r="D16" t="s">
-        <v>3127</v>
+        <v>2929</v>
       </c>
     </row>
     <row r="17" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B17" t="s">
-        <v>3128</v>
+        <v>2930</v>
       </c>
       <c r="C17" t="s">
-        <v>703</v>
+        <v>700</v>
       </c>
       <c r="D17" t="s">
-        <v>3129</v>
+        <v>2931</v>
       </c>
     </row>
     <row r="18" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B18" t="s">
-        <v>3130</v>
+        <v>2932</v>
       </c>
       <c r="C18" t="s">
-        <v>706</v>
+        <v>703</v>
       </c>
       <c r="D18" t="s">
-        <v>3131</v>
+        <v>2933</v>
       </c>
     </row>
     <row r="19" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B19" t="s">
-        <v>3132</v>
+        <v>2934</v>
       </c>
       <c r="C19" t="s">
-        <v>709</v>
+        <v>706</v>
       </c>
       <c r="D19" t="s">
-        <v>3133</v>
+        <v>2935</v>
       </c>
     </row>
     <row r="20" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B20" t="s">
-        <v>3134</v>
+        <v>2936</v>
       </c>
       <c r="C20" t="s">
-        <v>712</v>
+        <v>709</v>
       </c>
       <c r="D20" t="s">
-        <v>3135</v>
+        <v>2937</v>
       </c>
     </row>
     <row r="21" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B21" t="s">
-        <v>3136</v>
+        <v>2938</v>
       </c>
       <c r="C21" t="s">
-        <v>715</v>
+        <v>712</v>
       </c>
       <c r="D21" t="s">
-        <v>3137</v>
+        <v>2939</v>
       </c>
     </row>
     <row r="22" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B22" t="s">
-        <v>3138</v>
+        <v>2940</v>
       </c>
       <c r="C22" t="s">
-        <v>718</v>
+        <v>715</v>
       </c>
       <c r="D22" t="s">
-        <v>3139</v>
+        <v>2941</v>
       </c>
     </row>
     <row r="23" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B23" t="s">
-        <v>3140</v>
+        <v>2942</v>
       </c>
       <c r="C23" t="s">
-        <v>721</v>
+        <v>718</v>
       </c>
       <c r="D23" t="s">
-        <v>3141</v>
+        <v>2943</v>
       </c>
     </row>
     <row r="24" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B24" t="s">
-        <v>3142</v>
+        <v>2944</v>
       </c>
       <c r="D24" t="s">
-        <v>3143</v>
+        <v>2945</v>
       </c>
     </row>
     <row r="25" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B25" t="s">
-        <v>3144</v>
+        <v>2946</v>
       </c>
       <c r="C25" t="s">
-        <v>724</v>
+        <v>721</v>
       </c>
       <c r="D25" t="s">
-        <v>3145</v>
+        <v>2947</v>
       </c>
     </row>
     <row r="26" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B26" t="s">
-        <v>3146</v>
+        <v>2948</v>
       </c>
       <c r="C26" t="s">
-        <v>727</v>
+        <v>724</v>
       </c>
       <c r="D26" t="s">
-        <v>3147</v>
+        <v>2949</v>
       </c>
     </row>
     <row r="27" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B27" t="s">
-        <v>3148</v>
+        <v>2950</v>
       </c>
       <c r="C27" t="s">
-        <v>730</v>
+        <v>727</v>
       </c>
       <c r="D27" t="s">
-        <v>3149</v>
+        <v>2951</v>
       </c>
     </row>
     <row r="28" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B28" t="s">
-        <v>3150</v>
+        <v>2952</v>
       </c>
       <c r="C28" t="s">
-        <v>735</v>
+        <v>732</v>
       </c>
       <c r="D28" t="s">
-        <v>3151</v>
+        <v>2953</v>
       </c>
     </row>
     <row r="29" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B29" t="s">
-        <v>3152</v>
+        <v>2954</v>
       </c>
       <c r="C29" t="s">
-        <v>738</v>
+        <v>735</v>
       </c>
       <c r="D29" t="s">
-        <v>3153</v>
+        <v>2955</v>
       </c>
     </row>
     <row r="30" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B30" t="s">
-        <v>3154</v>
+        <v>2956</v>
       </c>
       <c r="C30" t="s">
-        <v>741</v>
+        <v>738</v>
       </c>
       <c r="D30" t="s">
-        <v>3155</v>
+        <v>2957</v>
       </c>
     </row>
     <row r="31" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B31" t="s">
-        <v>3156</v>
+        <v>2958</v>
       </c>
       <c r="C31" t="s">
-        <v>744</v>
+        <v>741</v>
       </c>
       <c r="D31" t="s">
-        <v>3157</v>
+        <v>2959</v>
       </c>
     </row>
     <row r="32" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B32" t="s">
-        <v>3158</v>
+        <v>2960</v>
       </c>
       <c r="D32" t="s">
-        <v>3159</v>
+        <v>2961</v>
       </c>
     </row>
     <row r="33" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B33" t="s">
-        <v>3160</v>
+        <v>2962</v>
       </c>
       <c r="C33" t="s">
-        <v>747</v>
+        <v>744</v>
       </c>
       <c r="D33" t="s">
-        <v>3161</v>
+        <v>2963</v>
       </c>
     </row>
     <row r="34" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B34" t="s">
-        <v>3162</v>
+        <v>2964</v>
       </c>
       <c r="D34" t="s">
-        <v>3163</v>
+        <v>2965</v>
       </c>
     </row>
     <row r="35" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B35" t="s">
-        <v>3164</v>
+        <v>2966</v>
       </c>
       <c r="C35" t="s">
-        <v>750</v>
+        <v>747</v>
       </c>
       <c r="D35" t="s">
-        <v>3165</v>
+        <v>2967</v>
       </c>
     </row>
     <row r="36" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B36" t="s">
-        <v>3166</v>
+        <v>2968</v>
       </c>
       <c r="C36" t="s">
-        <v>755</v>
+        <v>752</v>
       </c>
       <c r="D36" t="s">
-        <v>3167</v>
+        <v>2969</v>
       </c>
     </row>
     <row r="37" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B37" t="s">
-        <v>3168</v>
+        <v>2970</v>
       </c>
       <c r="C37" t="s">
-        <v>758</v>
+        <v>755</v>
       </c>
       <c r="D37" t="s">
-        <v>3169</v>
+        <v>2971</v>
       </c>
     </row>
     <row r="38" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B38" t="s">
-        <v>3170</v>
+        <v>2972</v>
       </c>
       <c r="C38" t="s">
-        <v>761</v>
+        <v>758</v>
       </c>
       <c r="D38" t="s">
-        <v>3171</v>
+        <v>2973</v>
       </c>
     </row>
     <row r="39" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B39" t="s">
-        <v>3172</v>
+        <v>2974</v>
       </c>
       <c r="C39" t="s">
-        <v>1105</v>
+        <v>1102</v>
       </c>
       <c r="D39" t="s">
-        <v>3173</v>
+        <v>2975</v>
       </c>
     </row>
     <row r="40" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B40" t="s">
-        <v>3174</v>
+        <v>2976</v>
       </c>
       <c r="C40" t="s">
-        <v>1110</v>
+        <v>1107</v>
       </c>
       <c r="D40" t="s">
-        <v>3175</v>
+        <v>2977</v>
       </c>
     </row>
     <row r="41" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B41" t="s">
-        <v>3176</v>
+        <v>2978</v>
       </c>
       <c r="C41" t="s">
-        <v>1113</v>
+        <v>1110</v>
       </c>
       <c r="D41" t="s">
-        <v>3177</v>
+        <v>2979</v>
       </c>
     </row>
     <row r="42" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B42" t="s">
-        <v>3178</v>
+        <v>2980</v>
       </c>
       <c r="C42" t="s">
-        <v>1116</v>
+        <v>1113</v>
       </c>
       <c r="D42" t="s">
-        <v>3179</v>
+        <v>2981</v>
       </c>
     </row>
     <row r="43" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B43" t="s">
-        <v>3180</v>
+        <v>2982</v>
       </c>
       <c r="D43" t="s">
-        <v>3181</v>
+        <v>2983</v>
       </c>
     </row>
     <row r="44" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B44" t="s">
-        <v>3182</v>
+        <v>2984</v>
       </c>
       <c r="C44" t="s">
-        <v>1119</v>
+        <v>1116</v>
       </c>
       <c r="D44" t="s">
-        <v>3183</v>
+        <v>2985</v>
       </c>
     </row>
     <row r="45" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B45" t="s">
-        <v>3184</v>
+        <v>2986</v>
       </c>
       <c r="C45" t="s">
-        <v>1122</v>
+        <v>1119</v>
       </c>
       <c r="D45" t="s">
-        <v>3185</v>
+        <v>2987</v>
       </c>
     </row>
     <row r="46" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B46" t="s">
-        <v>3186</v>
+        <v>2988</v>
       </c>
       <c r="C46" t="s">
-        <v>1134</v>
+        <v>1131</v>
       </c>
       <c r="D46" t="s">
-        <v>3187</v>
+        <v>2989</v>
       </c>
     </row>
     <row r="47" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B47" t="s">
-        <v>3188</v>
+        <v>2990</v>
       </c>
       <c r="C47" t="s">
-        <v>1149</v>
+        <v>1146</v>
       </c>
       <c r="D47" t="s">
-        <v>3189</v>
+        <v>2991</v>
       </c>
     </row>
     <row r="48" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B48" t="s">
-        <v>3190</v>
+        <v>2992</v>
       </c>
       <c r="C48" t="s">
-        <v>1164</v>
+        <v>1161</v>
       </c>
       <c r="D48" t="s">
-        <v>3191</v>
+        <v>2993</v>
       </c>
     </row>
     <row r="49" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B49" t="s">
-        <v>3192</v>
+        <v>2994</v>
       </c>
       <c r="C49" t="s">
-        <v>1167</v>
+        <v>1164</v>
       </c>
       <c r="D49" t="s">
-        <v>3193</v>
+        <v>2995</v>
       </c>
     </row>
     <row r="50" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B50" t="s">
-        <v>3194</v>
+        <v>2996</v>
       </c>
       <c r="C50" t="s">
-        <v>1172</v>
+        <v>1169</v>
       </c>
       <c r="D50" t="s">
-        <v>3195</v>
+        <v>2997</v>
       </c>
     </row>
     <row r="51" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B51" t="s">
-        <v>3196</v>
+        <v>2998</v>
       </c>
       <c r="C51" t="s">
-        <v>1175</v>
+        <v>1172</v>
       </c>
       <c r="D51" t="s">
-        <v>3197</v>
+        <v>2999</v>
       </c>
     </row>
     <row r="52" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B52" t="s">
-        <v>3198</v>
+        <v>3000</v>
       </c>
       <c r="C52" t="s">
-        <v>1178</v>
+        <v>1175</v>
       </c>
       <c r="D52" t="s">
-        <v>3199</v>
+        <v>3001</v>
       </c>
     </row>
     <row r="53" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B53" t="s">
-        <v>3200</v>
+        <v>3002</v>
       </c>
       <c r="D53" t="s">
-        <v>3201</v>
+        <v>3003</v>
       </c>
     </row>
     <row r="54" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B54" t="s">
-        <v>3202</v>
+        <v>3004</v>
       </c>
       <c r="C54" t="s">
-        <v>1187</v>
+        <v>1184</v>
       </c>
       <c r="D54" t="s">
-        <v>3203</v>
+        <v>3005</v>
       </c>
     </row>
     <row r="55" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B55" t="s">
-        <v>3204</v>
+        <v>3006</v>
       </c>
       <c r="C55" t="s">
-        <v>1190</v>
+        <v>1187</v>
       </c>
       <c r="D55" t="s">
-        <v>3205</v>
+        <v>3007</v>
       </c>
     </row>
     <row r="56" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B56" t="s">
-        <v>3206</v>
+        <v>3008</v>
       </c>
       <c r="C56" t="s">
-        <v>1193</v>
+        <v>1190</v>
       </c>
       <c r="D56" t="s">
-        <v>3207</v>
+        <v>3009</v>
       </c>
     </row>
     <row r="57" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B57" t="s">
-        <v>3208</v>
+        <v>3010</v>
       </c>
       <c r="C57" t="s">
-        <v>1196</v>
+        <v>1193</v>
       </c>
       <c r="D57" t="s">
-        <v>3209</v>
+        <v>3011</v>
       </c>
     </row>
     <row r="58" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B58" t="s">
-        <v>3210</v>
+        <v>3012</v>
       </c>
       <c r="C58" t="s">
-        <v>1205</v>
+        <v>1202</v>
       </c>
       <c r="D58" t="s">
-        <v>3211</v>
+        <v>3013</v>
       </c>
     </row>
     <row r="59" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B59" t="s">
-        <v>3212</v>
+        <v>3014</v>
       </c>
       <c r="D59" t="s">
-        <v>3213</v>
+        <v>3015</v>
       </c>
     </row>
     <row r="60" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B60" t="s">
-        <v>3214</v>
+        <v>3016</v>
       </c>
       <c r="C60" t="s">
-        <v>1232</v>
+        <v>1229</v>
       </c>
       <c r="D60" t="s">
-        <v>3215</v>
+        <v>3017</v>
       </c>
     </row>
     <row r="61" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B61" t="s">
-        <v>3216</v>
+        <v>3018</v>
       </c>
       <c r="C61" t="s">
-        <v>1249</v>
+        <v>1246</v>
       </c>
       <c r="D61" t="s">
-        <v>3217</v>
+        <v>3019</v>
       </c>
     </row>
     <row r="62" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B62" t="s">
-        <v>3218</v>
+        <v>3020</v>
       </c>
       <c r="C62" t="s">
-        <v>1252</v>
+        <v>1249</v>
       </c>
       <c r="D62" t="s">
-        <v>3219</v>
+        <v>3021</v>
       </c>
     </row>
     <row r="63" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B63" t="s">
-        <v>3220</v>
+        <v>3022</v>
       </c>
       <c r="D63" t="s">
-        <v>3221</v>
+        <v>3023</v>
       </c>
     </row>
     <row r="64" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B64" t="s">
-        <v>3222</v>
+        <v>3024</v>
       </c>
       <c r="C64" t="s">
-        <v>1255</v>
+        <v>1252</v>
       </c>
       <c r="D64" t="s">
-        <v>3223</v>
+        <v>3025</v>
       </c>
     </row>
     <row r="65" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B65" t="s">
-        <v>3224</v>
+        <v>3026</v>
       </c>
       <c r="C65" t="s">
-        <v>1258</v>
+        <v>1255</v>
       </c>
       <c r="D65" t="s">
-        <v>3225</v>
+        <v>3027</v>
       </c>
     </row>
     <row r="66" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B66" t="s">
-        <v>3226</v>
+        <v>3028</v>
       </c>
       <c r="C66" t="s">
-        <v>1263</v>
+        <v>1260</v>
       </c>
       <c r="D66" t="s">
-        <v>3227</v>
+        <v>3029</v>
       </c>
     </row>
     <row r="67" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B67" t="s">
-        <v>3228</v>
+        <v>3030</v>
       </c>
       <c r="C67" t="s">
-        <v>1266</v>
+        <v>1263</v>
       </c>
       <c r="D67" t="s">
-        <v>3229</v>
+        <v>3031</v>
       </c>
     </row>
     <row r="68" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B68" t="s">
-        <v>3230</v>
+        <v>3032</v>
       </c>
       <c r="C68" t="s">
-        <v>1269</v>
+        <v>1266</v>
       </c>
       <c r="D68" t="s">
-        <v>3231</v>
+        <v>3033</v>
       </c>
     </row>
     <row r="69" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B69" t="s">
-        <v>3232</v>
+        <v>3034</v>
       </c>
       <c r="D69" t="s">
-        <v>3233</v>
+        <v>3035</v>
       </c>
     </row>
     <row r="70" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B70" t="s">
-        <v>3234</v>
+        <v>3036</v>
       </c>
       <c r="C70" t="s">
-        <v>1272</v>
+        <v>1269</v>
       </c>
       <c r="D70" t="s">
-        <v>3235</v>
+        <v>3037</v>
       </c>
     </row>
     <row r="71" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B71" t="s">
-        <v>3236</v>
+        <v>3038</v>
       </c>
       <c r="C71" t="s">
-        <v>1275</v>
+        <v>1272</v>
       </c>
       <c r="D71" t="s">
-        <v>3237</v>
+        <v>3039</v>
       </c>
     </row>
     <row r="72" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B72" t="s">
-        <v>3238</v>
+        <v>3040</v>
       </c>
       <c r="C72" t="s">
-        <v>1278</v>
+        <v>1275</v>
       </c>
       <c r="D72" t="s">
-        <v>3239</v>
+        <v>3041</v>
       </c>
     </row>
     <row r="73" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B73" t="s">
-        <v>3240</v>
+        <v>3042</v>
       </c>
       <c r="C73" t="s">
-        <v>1421</v>
+        <v>1418</v>
       </c>
       <c r="D73" t="s">
-        <v>3241</v>
+        <v>3043</v>
       </c>
     </row>
     <row r="74" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B74" t="s">
-        <v>3242</v>
+        <v>3044</v>
       </c>
       <c r="C74" t="s">
-        <v>1424</v>
+        <v>1421</v>
       </c>
       <c r="D74" t="s">
-        <v>3243</v>
+        <v>3045</v>
       </c>
     </row>
     <row r="75" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B75" t="s">
-        <v>3244</v>
+        <v>3046</v>
       </c>
       <c r="D75" t="s">
-        <v>3245</v>
+        <v>3047</v>
       </c>
     </row>
     <row r="76" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B76" t="s">
-        <v>3246</v>
+        <v>3048</v>
       </c>
       <c r="C76" t="s">
-        <v>1427</v>
+        <v>1424</v>
       </c>
       <c r="D76" t="s">
-        <v>3247</v>
+        <v>3049</v>
       </c>
     </row>
     <row r="77" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B77" t="s">
-        <v>3248</v>
+        <v>3050</v>
       </c>
       <c r="C77" t="s">
-        <v>1430</v>
+        <v>1427</v>
       </c>
       <c r="D77" t="s">
-        <v>3249</v>
+        <v>3051</v>
       </c>
     </row>
     <row r="78" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B78" t="s">
-        <v>3250</v>
+        <v>3052</v>
       </c>
       <c r="C78" t="s">
-        <v>1435</v>
+        <v>1432</v>
       </c>
       <c r="D78" t="s">
-        <v>3251</v>
+        <v>3053</v>
       </c>
     </row>
     <row r="79" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B79" t="s">
-        <v>3252</v>
+        <v>3054</v>
       </c>
       <c r="D79" t="s">
-        <v>3253</v>
+        <v>3055</v>
       </c>
     </row>
     <row r="80" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B80" t="s">
-        <v>3254</v>
+        <v>3056</v>
       </c>
       <c r="C80" t="s">
-        <v>1438</v>
+        <v>1435</v>
       </c>
       <c r="D80" t="s">
-        <v>3255</v>
+        <v>3057</v>
       </c>
     </row>
     <row r="81" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B81" t="s">
-        <v>3256</v>
+        <v>3058</v>
       </c>
       <c r="C81" t="s">
-        <v>1443</v>
+        <v>1440</v>
       </c>
       <c r="D81" t="s">
-        <v>3257</v>
+        <v>3059</v>
       </c>
     </row>
     <row r="82" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B82" t="s">
-        <v>3258</v>
+        <v>3060</v>
       </c>
       <c r="C82" t="s">
-        <v>1446</v>
+        <v>1443</v>
       </c>
       <c r="D82" t="s">
-        <v>3259</v>
+        <v>3061</v>
       </c>
     </row>
     <row r="83" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B83" t="s">
-        <v>3260</v>
+        <v>3062</v>
       </c>
       <c r="D83" t="s">
-        <v>3261</v>
+        <v>3063</v>
       </c>
     </row>
     <row r="84" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B84" t="s">
-        <v>3262</v>
+        <v>3064</v>
       </c>
       <c r="C84" t="s">
-        <v>1451</v>
+        <v>1448</v>
       </c>
       <c r="D84" t="s">
-        <v>3263</v>
+        <v>3065</v>
       </c>
     </row>
     <row r="85" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B85" t="s">
-        <v>3264</v>
+        <v>3066</v>
       </c>
       <c r="C85" t="s">
-        <v>1456</v>
+        <v>1453</v>
       </c>
       <c r="D85" t="s">
-        <v>3265</v>
+        <v>3067</v>
       </c>
     </row>
     <row r="86" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B86" t="s">
-        <v>3266</v>
+        <v>3068</v>
       </c>
       <c r="C86" t="s">
-        <v>1461</v>
+        <v>1458</v>
       </c>
       <c r="D86" t="s">
-        <v>3267</v>
+        <v>3069</v>
       </c>
     </row>
     <row r="87" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B87" t="s">
-        <v>3268</v>
+        <v>3070</v>
       </c>
       <c r="C87" t="s">
-        <v>1464</v>
+        <v>1461</v>
       </c>
       <c r="D87" t="s">
-        <v>3269</v>
+        <v>3071</v>
       </c>
     </row>
     <row r="88" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B88" t="s">
-        <v>3108</v>
+        <v>2910</v>
       </c>
       <c r="D88" t="s">
-        <v>3270</v>
+        <v>3072</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="A1:D134"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>110</v>
+        <v>107</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>111</v>
+        <v>108</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>112</v>
+        <v>109</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
         <v>7</v>
       </c>
       <c r="B2" t="s">
         <v>8</v>
       </c>
       <c r="D2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="3" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
+        <v>110</v>
+      </c>
+      <c r="B3" t="s">
         <v>113</v>
       </c>
-      <c r="B3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D3" t="s">
-        <v>117</v>
+        <v>114</v>
       </c>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A4" t="s">
-        <v>114</v>
+        <v>111</v>
       </c>
       <c r="B4" t="s">
-        <v>118</v>
+        <v>115</v>
       </c>
       <c r="D4" t="s">
-        <v>119</v>
+        <v>116</v>
       </c>
     </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A5" t="s">
-        <v>115</v>
+        <v>112</v>
       </c>
       <c r="B5" t="s">
-        <v>120</v>
+        <v>117</v>
       </c>
       <c r="D5" t="s">
-        <v>121</v>
+        <v>118</v>
       </c>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B6" t="s">
-        <v>122</v>
+        <v>119</v>
       </c>
       <c r="D6" t="s">
-        <v>123</v>
+        <v>120</v>
       </c>
     </row>
     <row r="7" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B7" t="s">
-        <v>124</v>
+        <v>121</v>
       </c>
       <c r="D7" t="s">
-        <v>125</v>
+        <v>122</v>
       </c>
     </row>
     <row r="8" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B8" t="s">
-        <v>126</v>
+        <v>123</v>
       </c>
       <c r="D8" t="s">
-        <v>127</v>
+        <v>124</v>
       </c>
     </row>
     <row r="9" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B9" t="s">
-        <v>128</v>
+        <v>125</v>
       </c>
       <c r="D9" t="s">
-        <v>129</v>
+        <v>126</v>
       </c>
     </row>
     <row r="10" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B10" t="s">
-        <v>130</v>
+        <v>127</v>
       </c>
       <c r="D10" t="s">
-        <v>131</v>
+        <v>128</v>
       </c>
     </row>
     <row r="11" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B11" t="s">
-        <v>132</v>
+        <v>129</v>
       </c>
       <c r="D11" t="s">
-        <v>133</v>
+        <v>130</v>
       </c>
     </row>
     <row r="12" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B12" t="s">
-        <v>134</v>
+        <v>131</v>
       </c>
       <c r="C12" t="s">
-        <v>135</v>
+        <v>132</v>
       </c>
       <c r="D12" t="s">
-        <v>136</v>
+        <v>133</v>
       </c>
     </row>
     <row r="13" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B13" t="s">
-        <v>137</v>
+        <v>134</v>
       </c>
       <c r="D13" t="s">
-        <v>138</v>
+        <v>135</v>
       </c>
     </row>
     <row r="14" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B14" t="s">
-        <v>139</v>
+        <v>136</v>
       </c>
       <c r="C14" t="s">
-        <v>140</v>
+        <v>137</v>
       </c>
       <c r="D14" t="s">
-        <v>141</v>
+        <v>138</v>
       </c>
     </row>
     <row r="15" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B15" t="s">
-        <v>142</v>
+        <v>139</v>
       </c>
       <c r="C15" t="s">
-        <v>143</v>
+        <v>140</v>
       </c>
       <c r="D15" t="s">
-        <v>144</v>
+        <v>141</v>
       </c>
     </row>
     <row r="16" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B16" t="s">
-        <v>145</v>
+        <v>142</v>
       </c>
       <c r="C16" t="s">
-        <v>146</v>
+        <v>143</v>
       </c>
       <c r="D16" t="s">
-        <v>147</v>
+        <v>144</v>
       </c>
     </row>
     <row r="17" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B17" t="s">
-        <v>148</v>
+        <v>145</v>
       </c>
       <c r="C17" t="s">
-        <v>149</v>
+        <v>146</v>
       </c>
       <c r="D17" t="s">
-        <v>150</v>
+        <v>147</v>
       </c>
     </row>
     <row r="18" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B18" t="s">
-        <v>151</v>
+        <v>148</v>
       </c>
       <c r="C18" t="s">
-        <v>152</v>
+        <v>149</v>
       </c>
       <c r="D18" t="s">
-        <v>153</v>
+        <v>150</v>
       </c>
     </row>
     <row r="19" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B19" t="s">
-        <v>154</v>
+        <v>151</v>
       </c>
       <c r="C19" t="s">
-        <v>155</v>
+        <v>152</v>
       </c>
       <c r="D19" t="s">
-        <v>156</v>
+        <v>153</v>
       </c>
     </row>
     <row r="20" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B20" t="s">
-        <v>157</v>
+        <v>154</v>
       </c>
       <c r="C20" t="s">
-        <v>158</v>
+        <v>155</v>
       </c>
       <c r="D20" t="s">
-        <v>159</v>
+        <v>156</v>
       </c>
     </row>
     <row r="21" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B21" t="s">
-        <v>160</v>
+        <v>157</v>
       </c>
       <c r="C21" t="s">
-        <v>161</v>
+        <v>158</v>
       </c>
       <c r="D21" t="s">
-        <v>162</v>
+        <v>159</v>
       </c>
     </row>
     <row r="22" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B22" t="s">
-        <v>163</v>
+        <v>160</v>
       </c>
       <c r="C22" t="s">
-        <v>164</v>
+        <v>161</v>
       </c>
       <c r="D22" t="s">
-        <v>165</v>
+        <v>162</v>
       </c>
     </row>
     <row r="23" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B23" t="s">
-        <v>166</v>
+        <v>163</v>
       </c>
       <c r="C23" t="s">
-        <v>167</v>
+        <v>164</v>
       </c>
       <c r="D23" t="s">
-        <v>168</v>
+        <v>165</v>
       </c>
     </row>
     <row r="24" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B24" t="s">
-        <v>169</v>
+        <v>166</v>
       </c>
       <c r="D24" t="s">
-        <v>170</v>
+        <v>167</v>
       </c>
     </row>
     <row r="25" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B25" t="s">
-        <v>171</v>
+        <v>168</v>
       </c>
       <c r="C25" t="s">
-        <v>172</v>
+        <v>169</v>
       </c>
       <c r="D25" t="s">
-        <v>173</v>
+        <v>170</v>
       </c>
     </row>
     <row r="26" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B26" t="s">
-        <v>174</v>
+        <v>171</v>
       </c>
       <c r="C26" t="s">
-        <v>175</v>
+        <v>172</v>
       </c>
       <c r="D26" t="s">
-        <v>176</v>
+        <v>173</v>
       </c>
     </row>
     <row r="27" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B27" t="s">
-        <v>177</v>
+        <v>174</v>
       </c>
       <c r="C27" t="s">
-        <v>178</v>
+        <v>175</v>
       </c>
       <c r="D27" t="s">
-        <v>179</v>
+        <v>176</v>
       </c>
     </row>
     <row r="28" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B28" t="s">
-        <v>180</v>
+        <v>177</v>
       </c>
       <c r="C28" t="s">
-        <v>181</v>
+        <v>178</v>
       </c>
       <c r="D28" t="s">
-        <v>182</v>
+        <v>179</v>
       </c>
     </row>
     <row r="29" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B29" t="s">
-        <v>183</v>
+        <v>180</v>
       </c>
       <c r="C29" t="s">
-        <v>184</v>
+        <v>181</v>
       </c>
       <c r="D29" t="s">
-        <v>185</v>
+        <v>182</v>
       </c>
     </row>
     <row r="30" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B30" t="s">
-        <v>186</v>
+        <v>183</v>
       </c>
       <c r="C30" t="s">
-        <v>187</v>
+        <v>184</v>
       </c>
       <c r="D30" t="s">
-        <v>188</v>
+        <v>185</v>
       </c>
     </row>
     <row r="31" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B31" t="s">
-        <v>189</v>
+        <v>186</v>
       </c>
       <c r="C31" t="s">
-        <v>190</v>
+        <v>187</v>
       </c>
       <c r="D31" t="s">
-        <v>191</v>
+        <v>188</v>
       </c>
     </row>
     <row r="32" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B32" t="s">
-        <v>192</v>
+        <v>189</v>
       </c>
       <c r="C32" t="s">
-        <v>193</v>
+        <v>190</v>
       </c>
       <c r="D32" t="s">
-        <v>194</v>
+        <v>191</v>
       </c>
     </row>
     <row r="33" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B33" t="s">
-        <v>195</v>
+        <v>192</v>
       </c>
       <c r="C33" t="s">
-        <v>196</v>
+        <v>193</v>
       </c>
       <c r="D33" t="s">
-        <v>197</v>
+        <v>194</v>
       </c>
     </row>
     <row r="34" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B34" t="s">
-        <v>198</v>
+        <v>195</v>
       </c>
       <c r="D34" t="s">
-        <v>199</v>
+        <v>196</v>
       </c>
     </row>
     <row r="35" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B35" t="s">
-        <v>200</v>
+        <v>197</v>
       </c>
       <c r="C35" t="s">
-        <v>201</v>
+        <v>198</v>
       </c>
       <c r="D35" t="s">
-        <v>202</v>
+        <v>199</v>
       </c>
     </row>
     <row r="36" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B36" t="s">
-        <v>203</v>
+        <v>200</v>
       </c>
       <c r="C36" t="s">
-        <v>204</v>
+        <v>201</v>
       </c>
       <c r="D36" t="s">
-        <v>205</v>
+        <v>202</v>
       </c>
     </row>
     <row r="37" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B37" t="s">
-        <v>206</v>
+        <v>203</v>
       </c>
       <c r="C37" t="s">
-        <v>207</v>
+        <v>204</v>
       </c>
       <c r="D37" t="s">
-        <v>208</v>
+        <v>205</v>
       </c>
     </row>
     <row r="38" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B38" t="s">
-        <v>209</v>
+        <v>206</v>
       </c>
       <c r="C38" t="s">
-        <v>210</v>
+        <v>207</v>
       </c>
       <c r="D38" t="s">
-        <v>211</v>
+        <v>208</v>
       </c>
     </row>
     <row r="39" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B39" t="s">
-        <v>212</v>
+        <v>209</v>
       </c>
       <c r="C39" t="s">
-        <v>213</v>
+        <v>210</v>
       </c>
       <c r="D39" t="s">
-        <v>214</v>
+        <v>211</v>
       </c>
     </row>
     <row r="40" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B40" t="s">
-        <v>215</v>
+        <v>212</v>
       </c>
       <c r="C40" t="s">
-        <v>216</v>
+        <v>213</v>
       </c>
       <c r="D40" t="s">
-        <v>217</v>
+        <v>214</v>
       </c>
     </row>
     <row r="41" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B41" t="s">
-        <v>218</v>
+        <v>215</v>
       </c>
       <c r="C41" t="s">
-        <v>219</v>
+        <v>216</v>
       </c>
       <c r="D41" t="s">
-        <v>220</v>
+        <v>217</v>
       </c>
     </row>
     <row r="42" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B42" t="s">
-        <v>221</v>
+        <v>218</v>
       </c>
       <c r="C42" t="s">
-        <v>222</v>
+        <v>219</v>
       </c>
       <c r="D42" t="s">
-        <v>223</v>
+        <v>220</v>
       </c>
     </row>
     <row r="43" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B43" t="s">
-        <v>224</v>
+        <v>221</v>
       </c>
       <c r="C43" t="s">
-        <v>225</v>
+        <v>222</v>
       </c>
       <c r="D43" t="s">
-        <v>226</v>
+        <v>223</v>
       </c>
     </row>
     <row r="44" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B44" t="s">
-        <v>227</v>
+        <v>224</v>
       </c>
       <c r="D44" t="s">
-        <v>228</v>
+        <v>225</v>
       </c>
     </row>
     <row r="45" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B45" t="s">
-        <v>229</v>
+        <v>226</v>
       </c>
       <c r="C45" t="s">
-        <v>230</v>
+        <v>227</v>
       </c>
       <c r="D45" t="s">
-        <v>231</v>
+        <v>228</v>
       </c>
     </row>
     <row r="46" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B46" t="s">
-        <v>232</v>
+        <v>229</v>
       </c>
       <c r="C46" t="s">
-        <v>233</v>
+        <v>230</v>
       </c>
       <c r="D46" t="s">
-        <v>234</v>
+        <v>231</v>
       </c>
     </row>
     <row r="47" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B47" t="s">
-        <v>235</v>
+        <v>232</v>
       </c>
       <c r="C47" t="s">
-        <v>236</v>
+        <v>233</v>
       </c>
       <c r="D47" t="s">
-        <v>237</v>
+        <v>234</v>
       </c>
     </row>
     <row r="48" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B48" t="s">
-        <v>238</v>
+        <v>235</v>
       </c>
       <c r="C48" t="s">
-        <v>239</v>
+        <v>236</v>
       </c>
       <c r="D48" t="s">
-        <v>240</v>
+        <v>237</v>
       </c>
     </row>
     <row r="49" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B49" t="s">
-        <v>241</v>
+        <v>238</v>
       </c>
       <c r="C49" t="s">
-        <v>242</v>
+        <v>239</v>
       </c>
       <c r="D49" t="s">
-        <v>243</v>
+        <v>240</v>
       </c>
     </row>
     <row r="50" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B50" t="s">
-        <v>244</v>
+        <v>241</v>
       </c>
       <c r="C50" t="s">
-        <v>245</v>
+        <v>242</v>
       </c>
       <c r="D50" t="s">
-        <v>246</v>
+        <v>243</v>
       </c>
     </row>
     <row r="51" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B51" t="s">
-        <v>247</v>
+        <v>244</v>
       </c>
       <c r="C51" t="s">
-        <v>248</v>
+        <v>245</v>
       </c>
       <c r="D51" t="s">
-        <v>249</v>
+        <v>246</v>
       </c>
     </row>
     <row r="52" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B52" t="s">
-        <v>250</v>
+        <v>247</v>
       </c>
       <c r="C52" t="s">
-        <v>251</v>
+        <v>248</v>
       </c>
       <c r="D52" t="s">
-        <v>252</v>
+        <v>249</v>
       </c>
     </row>
     <row r="53" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B53" t="s">
-        <v>253</v>
+        <v>250</v>
       </c>
       <c r="C53" t="s">
-        <v>254</v>
+        <v>251</v>
       </c>
       <c r="D53" t="s">
-        <v>255</v>
+        <v>252</v>
       </c>
     </row>
     <row r="54" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B54" t="s">
-        <v>256</v>
+        <v>253</v>
       </c>
       <c r="C54" t="s">
-        <v>257</v>
+        <v>254</v>
       </c>
       <c r="D54" t="s">
-        <v>258</v>
+        <v>255</v>
       </c>
     </row>
     <row r="55" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B55" t="s">
-        <v>259</v>
+        <v>256</v>
       </c>
       <c r="D55" t="s">
-        <v>260</v>
+        <v>257</v>
       </c>
     </row>
     <row r="56" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B56" t="s">
-        <v>261</v>
+        <v>258</v>
       </c>
       <c r="C56" t="s">
-        <v>262</v>
+        <v>259</v>
       </c>
       <c r="D56" t="s">
-        <v>263</v>
+        <v>260</v>
       </c>
     </row>
     <row r="57" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B57" t="s">
-        <v>264</v>
+        <v>261</v>
       </c>
       <c r="C57" t="s">
-        <v>265</v>
+        <v>262</v>
       </c>
       <c r="D57" t="s">
-        <v>266</v>
+        <v>263</v>
       </c>
     </row>
     <row r="58" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B58" t="s">
-        <v>267</v>
+        <v>264</v>
       </c>
       <c r="C58" t="s">
-        <v>268</v>
+        <v>265</v>
       </c>
       <c r="D58" t="s">
-        <v>269</v>
+        <v>266</v>
       </c>
     </row>
     <row r="59" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B59" t="s">
-        <v>270</v>
+        <v>267</v>
       </c>
       <c r="C59" t="s">
-        <v>271</v>
+        <v>268</v>
       </c>
       <c r="D59" t="s">
-        <v>272</v>
+        <v>269</v>
       </c>
     </row>
     <row r="60" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B60" t="s">
-        <v>273</v>
+        <v>270</v>
       </c>
       <c r="C60" t="s">
-        <v>274</v>
+        <v>271</v>
       </c>
       <c r="D60" t="s">
-        <v>275</v>
+        <v>272</v>
       </c>
     </row>
     <row r="61" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B61" t="s">
-        <v>276</v>
+        <v>273</v>
       </c>
       <c r="C61" t="s">
-        <v>277</v>
+        <v>274</v>
       </c>
       <c r="D61" t="s">
-        <v>278</v>
+        <v>275</v>
       </c>
     </row>
     <row r="62" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B62" t="s">
-        <v>279</v>
+        <v>276</v>
       </c>
       <c r="C62" t="s">
-        <v>280</v>
+        <v>277</v>
       </c>
       <c r="D62" t="s">
-        <v>281</v>
+        <v>278</v>
       </c>
     </row>
     <row r="63" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B63" t="s">
-        <v>282</v>
+        <v>279</v>
       </c>
       <c r="C63" t="s">
-        <v>283</v>
+        <v>280</v>
       </c>
       <c r="D63" t="s">
-        <v>284</v>
+        <v>281</v>
       </c>
     </row>
     <row r="64" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B64" t="s">
-        <v>285</v>
+        <v>282</v>
       </c>
       <c r="C64" t="s">
-        <v>286</v>
+        <v>283</v>
       </c>
       <c r="D64" t="s">
-        <v>287</v>
+        <v>284</v>
       </c>
     </row>
     <row r="65" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B65" t="s">
-        <v>288</v>
+        <v>285</v>
       </c>
       <c r="D65" t="s">
-        <v>289</v>
+        <v>286</v>
       </c>
     </row>
     <row r="66" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B66" t="s">
-        <v>290</v>
+        <v>287</v>
       </c>
       <c r="C66" t="s">
-        <v>291</v>
+        <v>288</v>
       </c>
       <c r="D66" t="s">
-        <v>292</v>
+        <v>289</v>
       </c>
     </row>
     <row r="67" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B67" t="s">
-        <v>293</v>
+        <v>290</v>
       </c>
       <c r="C67" t="s">
-        <v>294</v>
+        <v>291</v>
       </c>
       <c r="D67" t="s">
-        <v>295</v>
+        <v>292</v>
       </c>
     </row>
     <row r="68" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B68" t="s">
-        <v>296</v>
+        <v>293</v>
       </c>
       <c r="C68" t="s">
-        <v>297</v>
+        <v>294</v>
       </c>
       <c r="D68" t="s">
-        <v>298</v>
+        <v>295</v>
       </c>
     </row>
     <row r="69" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B69" t="s">
-        <v>299</v>
+        <v>296</v>
       </c>
       <c r="C69" t="s">
-        <v>300</v>
+        <v>297</v>
       </c>
       <c r="D69" t="s">
-        <v>301</v>
+        <v>298</v>
       </c>
     </row>
     <row r="70" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B70" t="s">
-        <v>302</v>
+        <v>299</v>
       </c>
       <c r="C70" t="s">
-        <v>303</v>
+        <v>300</v>
       </c>
       <c r="D70" t="s">
-        <v>304</v>
+        <v>301</v>
       </c>
     </row>
     <row r="71" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B71" t="s">
-        <v>305</v>
+        <v>302</v>
       </c>
       <c r="D71" t="s">
-        <v>306</v>
+        <v>303</v>
       </c>
     </row>
     <row r="72" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B72" t="s">
-        <v>307</v>
+        <v>304</v>
       </c>
       <c r="C72" t="s">
-        <v>308</v>
+        <v>305</v>
       </c>
       <c r="D72" t="s">
-        <v>309</v>
+        <v>306</v>
       </c>
     </row>
     <row r="73" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B73" t="s">
-        <v>310</v>
+        <v>307</v>
       </c>
       <c r="C73" t="s">
-        <v>311</v>
+        <v>308</v>
       </c>
       <c r="D73" t="s">
-        <v>312</v>
+        <v>309</v>
       </c>
     </row>
     <row r="74" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B74" t="s">
-        <v>313</v>
+        <v>310</v>
       </c>
       <c r="C74" t="s">
-        <v>314</v>
+        <v>311</v>
       </c>
       <c r="D74" t="s">
-        <v>315</v>
+        <v>312</v>
       </c>
     </row>
     <row r="75" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B75" t="s">
-        <v>316</v>
+        <v>313</v>
       </c>
       <c r="C75" t="s">
-        <v>317</v>
+        <v>314</v>
       </c>
       <c r="D75" t="s">
-        <v>318</v>
+        <v>315</v>
       </c>
     </row>
     <row r="76" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B76" t="s">
-        <v>319</v>
+        <v>316</v>
       </c>
       <c r="C76" t="s">
-        <v>320</v>
+        <v>317</v>
       </c>
       <c r="D76" t="s">
-        <v>321</v>
+        <v>318</v>
       </c>
     </row>
     <row r="77" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B77" t="s">
-        <v>322</v>
+        <v>319</v>
       </c>
       <c r="C77" t="s">
-        <v>323</v>
+        <v>320</v>
       </c>
       <c r="D77" t="s">
-        <v>324</v>
+        <v>321</v>
       </c>
     </row>
     <row r="78" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B78" t="s">
-        <v>325</v>
+        <v>322</v>
       </c>
       <c r="C78" t="s">
-        <v>326</v>
+        <v>323</v>
       </c>
       <c r="D78" t="s">
-        <v>327</v>
+        <v>324</v>
       </c>
     </row>
     <row r="79" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B79" t="s">
-        <v>328</v>
+        <v>325</v>
       </c>
       <c r="C79" t="s">
-        <v>329</v>
+        <v>326</v>
       </c>
       <c r="D79" t="s">
-        <v>330</v>
+        <v>327</v>
       </c>
     </row>
     <row r="80" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B80" t="s">
-        <v>331</v>
+        <v>328</v>
       </c>
       <c r="C80" t="s">
-        <v>332</v>
+        <v>329</v>
       </c>
       <c r="D80" t="s">
-        <v>333</v>
+        <v>330</v>
       </c>
     </row>
     <row r="81" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B81" t="s">
-        <v>334</v>
+        <v>331</v>
       </c>
       <c r="C81" t="s">
-        <v>335</v>
+        <v>332</v>
       </c>
       <c r="D81" t="s">
-        <v>336</v>
+        <v>333</v>
       </c>
     </row>
     <row r="82" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B82" t="s">
-        <v>337</v>
+        <v>334</v>
       </c>
       <c r="C82" t="s">
-        <v>338</v>
+        <v>335</v>
       </c>
       <c r="D82" t="s">
-        <v>339</v>
+        <v>336</v>
       </c>
     </row>
     <row r="83" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B83" t="s">
-        <v>340</v>
+        <v>337</v>
       </c>
       <c r="C83" t="s">
-        <v>341</v>
+        <v>338</v>
       </c>
       <c r="D83" t="s">
-        <v>342</v>
+        <v>339</v>
       </c>
     </row>
     <row r="84" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B84" t="s">
-        <v>343</v>
+        <v>340</v>
       </c>
       <c r="C84" t="s">
-        <v>344</v>
+        <v>341</v>
       </c>
       <c r="D84" t="s">
-        <v>345</v>
+        <v>342</v>
       </c>
     </row>
     <row r="85" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B85" t="s">
-        <v>346</v>
+        <v>343</v>
       </c>
       <c r="C85" t="s">
-        <v>347</v>
+        <v>344</v>
       </c>
       <c r="D85" t="s">
-        <v>348</v>
+        <v>345</v>
       </c>
     </row>
     <row r="86" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B86" t="s">
-        <v>349</v>
+        <v>346</v>
       </c>
       <c r="C86" t="s">
-        <v>350</v>
+        <v>347</v>
       </c>
       <c r="D86" t="s">
-        <v>351</v>
+        <v>348</v>
       </c>
     </row>
     <row r="87" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B87" t="s">
-        <v>352</v>
+        <v>349</v>
       </c>
       <c r="C87" t="s">
-        <v>353</v>
+        <v>350</v>
       </c>
       <c r="D87" t="s">
-        <v>354</v>
+        <v>351</v>
       </c>
     </row>
     <row r="88" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B88" t="s">
-        <v>355</v>
+        <v>352</v>
       </c>
       <c r="D88" t="s">
-        <v>356</v>
+        <v>353</v>
       </c>
     </row>
     <row r="89" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B89" t="s">
-        <v>357</v>
+        <v>354</v>
       </c>
       <c r="C89" t="s">
-        <v>358</v>
+        <v>355</v>
       </c>
       <c r="D89" t="s">
-        <v>359</v>
+        <v>356</v>
       </c>
     </row>
     <row r="90" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B90" t="s">
-        <v>360</v>
+        <v>357</v>
       </c>
       <c r="C90" t="s">
-        <v>361</v>
+        <v>358</v>
       </c>
       <c r="D90" t="s">
-        <v>362</v>
+        <v>359</v>
       </c>
     </row>
     <row r="91" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B91" t="s">
-        <v>363</v>
+        <v>360</v>
       </c>
       <c r="C91" t="s">
-        <v>364</v>
+        <v>361</v>
       </c>
       <c r="D91" t="s">
-        <v>365</v>
+        <v>362</v>
       </c>
     </row>
     <row r="92" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B92" t="s">
-        <v>366</v>
+        <v>363</v>
       </c>
       <c r="C92" t="s">
-        <v>367</v>
+        <v>364</v>
       </c>
       <c r="D92" t="s">
-        <v>368</v>
+        <v>365</v>
       </c>
     </row>
     <row r="93" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B93" t="s">
-        <v>369</v>
+        <v>366</v>
       </c>
       <c r="C93" t="s">
-        <v>370</v>
+        <v>367</v>
       </c>
       <c r="D93" t="s">
-        <v>371</v>
+        <v>368</v>
       </c>
     </row>
     <row r="94" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B94" t="s">
-        <v>372</v>
+        <v>369</v>
       </c>
       <c r="C94" t="s">
-        <v>373</v>
+        <v>370</v>
       </c>
       <c r="D94" t="s">
-        <v>374</v>
+        <v>371</v>
       </c>
     </row>
     <row r="95" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B95" t="s">
-        <v>375</v>
+        <v>372</v>
       </c>
       <c r="C95" t="s">
-        <v>376</v>
+        <v>373</v>
       </c>
       <c r="D95" t="s">
-        <v>377</v>
+        <v>374</v>
       </c>
     </row>
     <row r="96" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B96" t="s">
-        <v>378</v>
+        <v>375</v>
       </c>
       <c r="C96" t="s">
-        <v>379</v>
+        <v>376</v>
       </c>
       <c r="D96" t="s">
-        <v>380</v>
+        <v>377</v>
       </c>
     </row>
     <row r="97" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B97" t="s">
-        <v>381</v>
+        <v>378</v>
       </c>
       <c r="C97" t="s">
-        <v>382</v>
+        <v>379</v>
       </c>
       <c r="D97" t="s">
-        <v>383</v>
+        <v>380</v>
       </c>
     </row>
     <row r="98" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B98" t="s">
-        <v>384</v>
+        <v>381</v>
       </c>
       <c r="C98" t="s">
-        <v>385</v>
+        <v>382</v>
       </c>
       <c r="D98" t="s">
-        <v>386</v>
+        <v>383</v>
       </c>
     </row>
     <row r="99" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B99" t="s">
-        <v>387</v>
+        <v>384</v>
       </c>
       <c r="D99" t="s">
-        <v>388</v>
+        <v>385</v>
       </c>
     </row>
     <row r="100" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B100" t="s">
-        <v>389</v>
+        <v>386</v>
       </c>
       <c r="C100" t="s">
-        <v>390</v>
+        <v>387</v>
       </c>
       <c r="D100" t="s">
-        <v>391</v>
+        <v>388</v>
       </c>
     </row>
     <row r="101" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B101" t="s">
-        <v>392</v>
+        <v>389</v>
       </c>
       <c r="C101" t="s">
-        <v>393</v>
+        <v>390</v>
       </c>
       <c r="D101" t="s">
-        <v>394</v>
+        <v>391</v>
       </c>
     </row>
     <row r="102" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B102" t="s">
-        <v>395</v>
+        <v>392</v>
       </c>
       <c r="C102" t="s">
-        <v>396</v>
+        <v>393</v>
       </c>
       <c r="D102" t="s">
-        <v>397</v>
+        <v>394</v>
       </c>
     </row>
     <row r="103" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B103" t="s">
-        <v>398</v>
+        <v>395</v>
       </c>
       <c r="C103" t="s">
-        <v>399</v>
+        <v>396</v>
       </c>
       <c r="D103" t="s">
-        <v>400</v>
+        <v>397</v>
       </c>
     </row>
     <row r="104" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B104" t="s">
-        <v>401</v>
+        <v>398</v>
       </c>
       <c r="C104" t="s">
-        <v>402</v>
+        <v>399</v>
       </c>
       <c r="D104" t="s">
-        <v>403</v>
+        <v>400</v>
       </c>
     </row>
     <row r="105" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B105" t="s">
-        <v>404</v>
+        <v>401</v>
       </c>
       <c r="C105" t="s">
-        <v>405</v>
+        <v>402</v>
       </c>
       <c r="D105" t="s">
-        <v>406</v>
+        <v>403</v>
       </c>
     </row>
     <row r="106" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B106" t="s">
-        <v>407</v>
+        <v>404</v>
       </c>
       <c r="C106" t="s">
-        <v>408</v>
+        <v>405</v>
       </c>
       <c r="D106" t="s">
-        <v>409</v>
+        <v>406</v>
       </c>
     </row>
     <row r="107" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B107" t="s">
-        <v>410</v>
+        <v>407</v>
       </c>
       <c r="C107" t="s">
-        <v>411</v>
+        <v>408</v>
       </c>
       <c r="D107" t="s">
-        <v>412</v>
+        <v>409</v>
       </c>
     </row>
     <row r="108" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B108" t="s">
-        <v>413</v>
+        <v>410</v>
       </c>
       <c r="C108" t="s">
-        <v>414</v>
+        <v>411</v>
       </c>
       <c r="D108" t="s">
-        <v>415</v>
+        <v>412</v>
       </c>
     </row>
     <row r="109" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B109" t="s">
-        <v>416</v>
+        <v>413</v>
       </c>
       <c r="C109" t="s">
-        <v>417</v>
+        <v>414</v>
       </c>
       <c r="D109" t="s">
-        <v>418</v>
+        <v>415</v>
       </c>
     </row>
     <row r="110" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B110" t="s">
-        <v>419</v>
+        <v>416</v>
       </c>
       <c r="D110" t="s">
-        <v>420</v>
+        <v>417</v>
       </c>
     </row>
     <row r="111" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B111" t="s">
-        <v>421</v>
+        <v>418</v>
       </c>
       <c r="C111" t="s">
-        <v>422</v>
+        <v>419</v>
       </c>
       <c r="D111" t="s">
-        <v>423</v>
+        <v>420</v>
       </c>
     </row>
     <row r="112" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B112" t="s">
-        <v>424</v>
+        <v>421</v>
       </c>
       <c r="C112" t="s">
-        <v>425</v>
+        <v>422</v>
       </c>
       <c r="D112" t="s">
-        <v>426</v>
+        <v>423</v>
       </c>
     </row>
     <row r="113" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B113" t="s">
-        <v>427</v>
+        <v>424</v>
       </c>
       <c r="C113" t="s">
-        <v>428</v>
+        <v>425</v>
       </c>
       <c r="D113" t="s">
-        <v>429</v>
+        <v>426</v>
       </c>
     </row>
     <row r="114" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B114" t="s">
-        <v>430</v>
+        <v>427</v>
       </c>
       <c r="C114" t="s">
-        <v>431</v>
+        <v>428</v>
       </c>
       <c r="D114" t="s">
-        <v>432</v>
+        <v>429</v>
       </c>
     </row>
     <row r="115" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B115" t="s">
-        <v>433</v>
+        <v>430</v>
       </c>
       <c r="C115" t="s">
-        <v>434</v>
+        <v>431</v>
       </c>
       <c r="D115" t="s">
-        <v>435</v>
+        <v>432</v>
       </c>
     </row>
     <row r="116" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B116" t="s">
-        <v>436</v>
+        <v>433</v>
       </c>
       <c r="C116" t="s">
-        <v>437</v>
+        <v>434</v>
       </c>
       <c r="D116" t="s">
-        <v>438</v>
+        <v>435</v>
       </c>
     </row>
     <row r="117" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B117" t="s">
-        <v>439</v>
+        <v>436</v>
       </c>
       <c r="C117" t="s">
-        <v>440</v>
+        <v>437</v>
       </c>
       <c r="D117" t="s">
-        <v>441</v>
+        <v>438</v>
       </c>
     </row>
     <row r="118" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B118" t="s">
-        <v>442</v>
+        <v>439</v>
       </c>
       <c r="C118" t="s">
-        <v>443</v>
+        <v>440</v>
       </c>
       <c r="D118" t="s">
-        <v>444</v>
+        <v>441</v>
       </c>
     </row>
     <row r="119" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B119" t="s">
-        <v>445</v>
+        <v>442</v>
       </c>
       <c r="C119" t="s">
-        <v>446</v>
+        <v>443</v>
       </c>
       <c r="D119" t="s">
-        <v>447</v>
+        <v>444</v>
       </c>
     </row>
     <row r="120" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B120" t="s">
-        <v>448</v>
+        <v>445</v>
       </c>
       <c r="C120" t="s">
-        <v>449</v>
+        <v>446</v>
       </c>
       <c r="D120" t="s">
-        <v>450</v>
+        <v>447</v>
       </c>
     </row>
     <row r="121" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B121" t="s">
-        <v>451</v>
+        <v>448</v>
       </c>
       <c r="C121" t="s">
-        <v>452</v>
+        <v>449</v>
       </c>
       <c r="D121" t="s">
-        <v>453</v>
+        <v>450</v>
       </c>
     </row>
     <row r="122" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B122" t="s">
-        <v>454</v>
+        <v>451</v>
       </c>
       <c r="C122" t="s">
-        <v>455</v>
+        <v>452</v>
       </c>
       <c r="D122" t="s">
-        <v>456</v>
+        <v>453</v>
       </c>
     </row>
     <row r="123" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B123" t="s">
-        <v>457</v>
+        <v>454</v>
       </c>
       <c r="C123" t="s">
-        <v>458</v>
+        <v>455</v>
       </c>
       <c r="D123" t="s">
-        <v>459</v>
+        <v>456</v>
       </c>
     </row>
     <row r="124" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B124" t="s">
-        <v>460</v>
+        <v>457</v>
       </c>
       <c r="C124" t="s">
-        <v>461</v>
+        <v>458</v>
       </c>
       <c r="D124" t="s">
-        <v>462</v>
+        <v>459</v>
       </c>
     </row>
     <row r="125" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B125" t="s">
-        <v>463</v>
+        <v>460</v>
       </c>
       <c r="C125" t="s">
-        <v>464</v>
+        <v>461</v>
       </c>
       <c r="D125" t="s">
-        <v>465</v>
+        <v>462</v>
       </c>
     </row>
     <row r="126" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B126" t="s">
-        <v>466</v>
+        <v>463</v>
       </c>
       <c r="D126" t="s">
-        <v>467</v>
+        <v>464</v>
       </c>
     </row>
     <row r="127" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B127" t="s">
-        <v>468</v>
+        <v>465</v>
       </c>
       <c r="C127" t="s">
-        <v>469</v>
+        <v>466</v>
       </c>
       <c r="D127" t="s">
-        <v>470</v>
+        <v>467</v>
       </c>
     </row>
     <row r="128" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B128" t="s">
-        <v>471</v>
+        <v>468</v>
       </c>
       <c r="C128" t="s">
-        <v>472</v>
+        <v>469</v>
       </c>
       <c r="D128" t="s">
-        <v>473</v>
+        <v>470</v>
       </c>
     </row>
     <row r="129" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B129" t="s">
-        <v>474</v>
+        <v>471</v>
       </c>
       <c r="C129" t="s">
-        <v>475</v>
+        <v>472</v>
       </c>
       <c r="D129" t="s">
-        <v>476</v>
+        <v>473</v>
       </c>
     </row>
     <row r="130" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B130" t="s">
-        <v>477</v>
+        <v>474</v>
       </c>
       <c r="C130" t="s">
-        <v>478</v>
+        <v>475</v>
       </c>
       <c r="D130" t="s">
-        <v>479</v>
+        <v>476</v>
       </c>
     </row>
     <row r="131" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B131" t="s">
-        <v>480</v>
+        <v>477</v>
       </c>
       <c r="C131" t="s">
-        <v>481</v>
+        <v>478</v>
       </c>
       <c r="D131" t="s">
-        <v>482</v>
+        <v>479</v>
       </c>
     </row>
     <row r="132" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B132" t="s">
-        <v>483</v>
+        <v>480</v>
       </c>
       <c r="C132" t="s">
-        <v>484</v>
+        <v>481</v>
       </c>
       <c r="D132" t="s">
-        <v>485</v>
+        <v>482</v>
       </c>
     </row>
     <row r="133" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B133" t="s">
-        <v>486</v>
+        <v>483</v>
       </c>
       <c r="C133" t="s">
-        <v>487</v>
+        <v>484</v>
       </c>
       <c r="D133" t="s">
-        <v>488</v>
+        <v>485</v>
       </c>
     </row>
     <row r="134" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B134" t="s">
-        <v>489</v>
+        <v>486</v>
       </c>
       <c r="C134" t="s">
-        <v>490</v>
+        <v>487</v>
       </c>
       <c r="D134" t="s">
-        <v>491</v>
+        <v>488</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet20.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1300-000000000000}">
   <dimension ref="A1:D89"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>110</v>
+        <v>107</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>111</v>
+        <v>108</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>112</v>
+        <v>109</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
+        <v>76</v>
+      </c>
+      <c r="B2" t="s">
+        <v>77</v>
+      </c>
+      <c r="D2" t="s">
         <v>79</v>
-      </c>
-[...4 lines deleted...]
-        <v>82</v>
       </c>
     </row>
     <row r="3" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
-        <v>3271</v>
+        <v>3073</v>
       </c>
       <c r="B3" t="s">
-        <v>116</v>
+        <v>113</v>
       </c>
       <c r="D3" t="s">
-        <v>3272</v>
+        <v>3074</v>
       </c>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B4" t="s">
-        <v>120</v>
+        <v>117</v>
       </c>
       <c r="D4" t="s">
-        <v>3273</v>
+        <v>3075</v>
       </c>
     </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B5" t="s">
-        <v>1285</v>
+        <v>1282</v>
       </c>
       <c r="D5" t="s">
-        <v>3274</v>
+        <v>3076</v>
       </c>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B6" t="s">
-        <v>122</v>
+        <v>119</v>
       </c>
       <c r="D6" t="s">
-        <v>3275</v>
+        <v>3077</v>
       </c>
     </row>
     <row r="7" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B7" t="s">
-        <v>124</v>
+        <v>121</v>
       </c>
       <c r="D7" t="s">
-        <v>3276</v>
+        <v>3078</v>
       </c>
     </row>
     <row r="8" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B8" t="s">
-        <v>3277</v>
+        <v>3079</v>
       </c>
       <c r="D8" t="s">
-        <v>3278</v>
+        <v>3080</v>
       </c>
     </row>
     <row r="9" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B9" t="s">
-        <v>3279</v>
+        <v>3081</v>
       </c>
       <c r="D9" t="s">
-        <v>3280</v>
+        <v>3082</v>
       </c>
     </row>
     <row r="10" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B10" t="s">
-        <v>3281</v>
+        <v>3083</v>
       </c>
       <c r="C10" t="s">
-        <v>680</v>
+        <v>677</v>
       </c>
       <c r="D10" t="s">
-        <v>3282</v>
+        <v>3084</v>
       </c>
     </row>
     <row r="11" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B11" t="s">
-        <v>3283</v>
+        <v>3085</v>
       </c>
       <c r="C11" t="s">
-        <v>683</v>
+        <v>680</v>
       </c>
       <c r="D11" t="s">
-        <v>3284</v>
+        <v>3086</v>
       </c>
     </row>
     <row r="12" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B12" t="s">
-        <v>3285</v>
+        <v>3087</v>
       </c>
       <c r="C12" t="s">
-        <v>686</v>
+        <v>683</v>
       </c>
       <c r="D12" t="s">
-        <v>3286</v>
+        <v>3088</v>
       </c>
     </row>
     <row r="13" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B13" t="s">
-        <v>3287</v>
+        <v>3089</v>
       </c>
       <c r="C13" t="s">
-        <v>689</v>
+        <v>686</v>
       </c>
       <c r="D13" t="s">
-        <v>3288</v>
+        <v>3090</v>
       </c>
     </row>
     <row r="14" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B14" t="s">
-        <v>3289</v>
+        <v>3091</v>
       </c>
       <c r="C14" t="s">
-        <v>692</v>
+        <v>689</v>
       </c>
       <c r="D14" t="s">
-        <v>3290</v>
+        <v>3092</v>
       </c>
     </row>
     <row r="15" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B15" t="s">
-        <v>3291</v>
+        <v>3093</v>
       </c>
       <c r="C15" t="s">
-        <v>695</v>
+        <v>692</v>
       </c>
       <c r="D15" t="s">
-        <v>3292</v>
+        <v>3094</v>
       </c>
     </row>
     <row r="16" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B16" t="s">
-        <v>3293</v>
+        <v>3095</v>
       </c>
       <c r="D16" t="s">
-        <v>3294</v>
+        <v>3096</v>
       </c>
     </row>
     <row r="17" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B17" t="s">
-        <v>3295</v>
+        <v>3097</v>
       </c>
       <c r="C17" t="s">
-        <v>698</v>
+        <v>695</v>
       </c>
       <c r="D17" t="s">
-        <v>3296</v>
+        <v>3098</v>
       </c>
     </row>
     <row r="18" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B18" t="s">
-        <v>3297</v>
+        <v>3099</v>
       </c>
       <c r="C18" t="s">
-        <v>703</v>
+        <v>700</v>
       </c>
       <c r="D18" t="s">
-        <v>3298</v>
+        <v>3100</v>
       </c>
     </row>
     <row r="19" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B19" t="s">
-        <v>3299</v>
+        <v>3101</v>
       </c>
       <c r="C19" t="s">
-        <v>706</v>
+        <v>703</v>
       </c>
       <c r="D19" t="s">
-        <v>3300</v>
+        <v>3102</v>
       </c>
     </row>
     <row r="20" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B20" t="s">
-        <v>3301</v>
+        <v>3103</v>
       </c>
       <c r="D20" t="s">
-        <v>3302</v>
+        <v>3104</v>
       </c>
     </row>
     <row r="21" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B21" t="s">
-        <v>3303</v>
+        <v>3105</v>
       </c>
       <c r="C21" t="s">
-        <v>709</v>
+        <v>706</v>
       </c>
       <c r="D21" t="s">
-        <v>3304</v>
+        <v>3106</v>
       </c>
     </row>
     <row r="22" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B22" t="s">
-        <v>3305</v>
+        <v>3107</v>
       </c>
       <c r="C22" t="s">
-        <v>712</v>
+        <v>709</v>
       </c>
       <c r="D22" t="s">
-        <v>3306</v>
+        <v>3108</v>
       </c>
     </row>
     <row r="23" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B23" t="s">
-        <v>3307</v>
+        <v>3109</v>
       </c>
       <c r="C23" t="s">
-        <v>715</v>
+        <v>712</v>
       </c>
       <c r="D23" t="s">
-        <v>3308</v>
+        <v>3110</v>
       </c>
     </row>
     <row r="24" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B24" t="s">
-        <v>3309</v>
+        <v>3111</v>
       </c>
       <c r="C24" t="s">
-        <v>718</v>
+        <v>715</v>
       </c>
       <c r="D24" t="s">
-        <v>3310</v>
+        <v>3112</v>
       </c>
     </row>
     <row r="25" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B25" t="s">
-        <v>3311</v>
+        <v>3113</v>
       </c>
       <c r="C25" t="s">
-        <v>721</v>
+        <v>718</v>
       </c>
       <c r="D25" t="s">
-        <v>3312</v>
+        <v>3114</v>
       </c>
     </row>
     <row r="26" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B26" t="s">
-        <v>3313</v>
+        <v>3115</v>
       </c>
       <c r="C26" t="s">
-        <v>724</v>
+        <v>721</v>
       </c>
       <c r="D26" t="s">
-        <v>3314</v>
+        <v>3116</v>
       </c>
     </row>
     <row r="27" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B27" t="s">
-        <v>3315</v>
+        <v>3117</v>
       </c>
       <c r="C27" t="s">
-        <v>727</v>
+        <v>724</v>
       </c>
       <c r="D27" t="s">
-        <v>3316</v>
+        <v>3118</v>
       </c>
     </row>
     <row r="28" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B28" t="s">
-        <v>3317</v>
+        <v>3119</v>
       </c>
       <c r="C28" t="s">
-        <v>730</v>
+        <v>727</v>
       </c>
       <c r="D28" t="s">
-        <v>3318</v>
+        <v>3120</v>
       </c>
     </row>
     <row r="29" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B29" t="s">
-        <v>3319</v>
+        <v>3121</v>
       </c>
       <c r="C29" t="s">
-        <v>735</v>
+        <v>732</v>
       </c>
       <c r="D29" t="s">
-        <v>3320</v>
+        <v>3122</v>
       </c>
     </row>
     <row r="30" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B30" t="s">
-        <v>3321</v>
+        <v>3123</v>
       </c>
       <c r="D30" t="s">
-        <v>3322</v>
+        <v>3124</v>
       </c>
     </row>
     <row r="31" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B31" t="s">
-        <v>3323</v>
+        <v>3125</v>
       </c>
       <c r="C31" t="s">
-        <v>738</v>
+        <v>735</v>
       </c>
       <c r="D31" t="s">
-        <v>3324</v>
+        <v>3126</v>
       </c>
     </row>
     <row r="32" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B32" t="s">
-        <v>3325</v>
+        <v>3127</v>
       </c>
       <c r="C32" t="s">
-        <v>741</v>
+        <v>738</v>
       </c>
       <c r="D32" t="s">
-        <v>3326</v>
+        <v>3128</v>
       </c>
     </row>
     <row r="33" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B33" t="s">
-        <v>3327</v>
+        <v>3129</v>
       </c>
       <c r="C33" t="s">
-        <v>744</v>
+        <v>741</v>
       </c>
       <c r="D33" t="s">
-        <v>3328</v>
+        <v>3130</v>
       </c>
     </row>
     <row r="34" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B34" t="s">
-        <v>3329</v>
+        <v>3131</v>
       </c>
       <c r="C34" t="s">
-        <v>747</v>
+        <v>744</v>
       </c>
       <c r="D34" t="s">
-        <v>3330</v>
+        <v>3132</v>
       </c>
     </row>
     <row r="35" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B35" t="s">
-        <v>1700</v>
+        <v>1697</v>
       </c>
       <c r="C35" t="s">
-        <v>750</v>
+        <v>747</v>
       </c>
       <c r="D35" t="s">
-        <v>3331</v>
+        <v>3133</v>
       </c>
     </row>
     <row r="36" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B36" t="s">
-        <v>3332</v>
+        <v>3134</v>
       </c>
       <c r="D36" t="s">
-        <v>3333</v>
+        <v>3135</v>
       </c>
     </row>
     <row r="37" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B37" t="s">
-        <v>3334</v>
+        <v>3136</v>
       </c>
       <c r="C37" t="s">
-        <v>755</v>
+        <v>752</v>
       </c>
       <c r="D37" t="s">
-        <v>3335</v>
+        <v>3137</v>
       </c>
     </row>
     <row r="38" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B38" t="s">
-        <v>3336</v>
+        <v>3138</v>
       </c>
       <c r="C38" t="s">
-        <v>758</v>
+        <v>755</v>
       </c>
       <c r="D38" t="s">
-        <v>3337</v>
+        <v>3139</v>
       </c>
     </row>
     <row r="39" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B39" t="s">
-        <v>3338</v>
+        <v>3140</v>
       </c>
       <c r="C39" t="s">
-        <v>761</v>
+        <v>758</v>
       </c>
       <c r="D39" t="s">
-        <v>3339</v>
+        <v>3141</v>
       </c>
     </row>
     <row r="40" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B40" t="s">
-        <v>3340</v>
+        <v>3142</v>
       </c>
       <c r="C40" t="s">
-        <v>1105</v>
+        <v>1102</v>
       </c>
       <c r="D40" t="s">
-        <v>3341</v>
+        <v>3143</v>
       </c>
     </row>
     <row r="41" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B41" t="s">
-        <v>3342</v>
+        <v>3144</v>
       </c>
       <c r="D41" t="s">
-        <v>3343</v>
+        <v>3145</v>
       </c>
     </row>
     <row r="42" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B42" t="s">
-        <v>3344</v>
+        <v>3146</v>
       </c>
       <c r="C42" t="s">
-        <v>1110</v>
+        <v>1107</v>
       </c>
       <c r="D42" t="s">
-        <v>3345</v>
+        <v>3147</v>
       </c>
     </row>
     <row r="43" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B43" t="s">
-        <v>3346</v>
+        <v>3148</v>
       </c>
       <c r="C43" t="s">
-        <v>1113</v>
+        <v>1110</v>
       </c>
       <c r="D43" t="s">
-        <v>3347</v>
+        <v>3149</v>
       </c>
     </row>
     <row r="44" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B44" t="s">
-        <v>3348</v>
+        <v>3150</v>
       </c>
       <c r="D44" t="s">
-        <v>3349</v>
+        <v>3151</v>
       </c>
     </row>
     <row r="45" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B45" t="s">
-        <v>3350</v>
+        <v>3152</v>
       </c>
       <c r="C45" t="s">
-        <v>1116</v>
+        <v>1113</v>
       </c>
       <c r="D45" t="s">
-        <v>3351</v>
+        <v>3153</v>
       </c>
     </row>
     <row r="46" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B46" t="s">
-        <v>3352</v>
+        <v>3154</v>
       </c>
       <c r="C46" t="s">
-        <v>1119</v>
+        <v>1116</v>
       </c>
       <c r="D46" t="s">
-        <v>3353</v>
+        <v>3155</v>
       </c>
     </row>
     <row r="47" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B47" t="s">
-        <v>3354</v>
+        <v>3156</v>
       </c>
       <c r="D47" t="s">
-        <v>3355</v>
+        <v>3157</v>
       </c>
     </row>
     <row r="48" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B48" t="s">
-        <v>3356</v>
+        <v>3158</v>
       </c>
       <c r="C48" t="s">
-        <v>1122</v>
+        <v>1119</v>
       </c>
       <c r="D48" t="s">
-        <v>3357</v>
+        <v>3159</v>
       </c>
     </row>
     <row r="49" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B49" t="s">
-        <v>3358</v>
+        <v>3160</v>
       </c>
       <c r="C49" t="s">
-        <v>1134</v>
+        <v>1131</v>
       </c>
       <c r="D49" t="s">
-        <v>3359</v>
+        <v>3161</v>
       </c>
     </row>
     <row r="50" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B50" t="s">
-        <v>3360</v>
+        <v>3162</v>
       </c>
       <c r="D50" t="s">
-        <v>3361</v>
+        <v>3163</v>
       </c>
     </row>
     <row r="51" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B51" t="s">
-        <v>3362</v>
+        <v>3164</v>
       </c>
       <c r="C51" t="s">
-        <v>1149</v>
+        <v>1146</v>
       </c>
       <c r="D51" t="s">
-        <v>3363</v>
+        <v>3165</v>
       </c>
     </row>
     <row r="52" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B52" t="s">
-        <v>3364</v>
+        <v>3166</v>
       </c>
       <c r="C52" t="s">
-        <v>1164</v>
+        <v>1161</v>
       </c>
       <c r="D52" t="s">
-        <v>3365</v>
+        <v>3167</v>
       </c>
     </row>
     <row r="53" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B53" t="s">
-        <v>3366</v>
+        <v>3168</v>
       </c>
       <c r="C53" t="s">
-        <v>1167</v>
+        <v>1164</v>
       </c>
       <c r="D53" t="s">
-        <v>3367</v>
+        <v>3169</v>
       </c>
     </row>
     <row r="54" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B54" t="s">
-        <v>3368</v>
+        <v>3170</v>
       </c>
       <c r="C54" t="s">
-        <v>1172</v>
+        <v>1169</v>
       </c>
       <c r="D54" t="s">
-        <v>3369</v>
+        <v>3171</v>
       </c>
     </row>
     <row r="55" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B55" t="s">
-        <v>3370</v>
+        <v>3172</v>
       </c>
       <c r="D55" t="s">
-        <v>3371</v>
+        <v>3173</v>
       </c>
     </row>
     <row r="56" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B56" t="s">
-        <v>3372</v>
+        <v>3174</v>
       </c>
       <c r="D56" t="s">
-        <v>3373</v>
+        <v>3175</v>
       </c>
     </row>
     <row r="57" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B57" t="s">
-        <v>3374</v>
+        <v>3176</v>
       </c>
       <c r="C57" t="s">
-        <v>1175</v>
+        <v>1172</v>
       </c>
       <c r="D57" t="s">
-        <v>3375</v>
+        <v>3177</v>
       </c>
     </row>
     <row r="58" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B58" t="s">
-        <v>3376</v>
+        <v>3178</v>
       </c>
       <c r="D58" t="s">
-        <v>3377</v>
+        <v>3179</v>
       </c>
     </row>
     <row r="59" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B59" t="s">
-        <v>3378</v>
+        <v>3180</v>
       </c>
       <c r="C59" t="s">
-        <v>1178</v>
+        <v>1175</v>
       </c>
       <c r="D59" t="s">
-        <v>3379</v>
+        <v>3181</v>
       </c>
     </row>
     <row r="60" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B60" t="s">
-        <v>3380</v>
+        <v>3182</v>
       </c>
       <c r="C60" t="s">
-        <v>1187</v>
+        <v>1184</v>
       </c>
       <c r="D60" t="s">
-        <v>3381</v>
+        <v>3183</v>
       </c>
     </row>
     <row r="61" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B61" t="s">
-        <v>3382</v>
+        <v>3184</v>
       </c>
       <c r="C61" t="s">
-        <v>1190</v>
+        <v>1187</v>
       </c>
       <c r="D61" t="s">
-        <v>3383</v>
+        <v>3185</v>
       </c>
     </row>
     <row r="62" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B62" t="s">
-        <v>3384</v>
+        <v>3186</v>
       </c>
       <c r="D62" t="s">
-        <v>3385</v>
+        <v>3187</v>
       </c>
     </row>
     <row r="63" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B63" t="s">
-        <v>3386</v>
+        <v>3188</v>
       </c>
       <c r="C63" t="s">
-        <v>1193</v>
+        <v>1190</v>
       </c>
       <c r="D63" t="s">
-        <v>3387</v>
+        <v>3189</v>
       </c>
     </row>
     <row r="64" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B64" t="s">
-        <v>3388</v>
+        <v>3190</v>
       </c>
       <c r="C64" t="s">
-        <v>1196</v>
+        <v>1193</v>
       </c>
       <c r="D64" t="s">
-        <v>3389</v>
+        <v>3191</v>
       </c>
     </row>
     <row r="65" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B65" t="s">
-        <v>3390</v>
+        <v>3192</v>
       </c>
       <c r="C65" t="s">
-        <v>1205</v>
+        <v>1202</v>
       </c>
       <c r="D65" t="s">
-        <v>3391</v>
+        <v>3193</v>
       </c>
     </row>
     <row r="66" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B66" t="s">
-        <v>3392</v>
+        <v>3194</v>
       </c>
       <c r="C66" t="s">
-        <v>1232</v>
+        <v>1229</v>
       </c>
       <c r="D66" t="s">
-        <v>3393</v>
+        <v>3195</v>
       </c>
     </row>
     <row r="67" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B67" t="s">
-        <v>3394</v>
+        <v>3196</v>
       </c>
       <c r="C67" t="s">
-        <v>1249</v>
+        <v>1246</v>
       </c>
       <c r="D67" t="s">
-        <v>3395</v>
+        <v>3197</v>
       </c>
     </row>
     <row r="68" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B68" t="s">
-        <v>3396</v>
+        <v>3198</v>
       </c>
       <c r="C68" t="s">
-        <v>1252</v>
+        <v>1249</v>
       </c>
       <c r="D68" t="s">
-        <v>3397</v>
+        <v>3199</v>
       </c>
     </row>
     <row r="69" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B69" t="s">
-        <v>3398</v>
+        <v>3200</v>
       </c>
       <c r="C69" t="s">
-        <v>1255</v>
+        <v>1252</v>
       </c>
       <c r="D69" t="s">
-        <v>3399</v>
+        <v>3201</v>
       </c>
     </row>
     <row r="70" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B70" t="s">
-        <v>3400</v>
+        <v>3202</v>
       </c>
       <c r="D70" t="s">
-        <v>3401</v>
+        <v>3203</v>
       </c>
     </row>
     <row r="71" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B71" t="s">
-        <v>3402</v>
+        <v>3204</v>
       </c>
       <c r="C71" t="s">
-        <v>1258</v>
+        <v>1255</v>
       </c>
       <c r="D71" t="s">
-        <v>3403</v>
+        <v>3205</v>
       </c>
     </row>
     <row r="72" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B72" t="s">
-        <v>3404</v>
+        <v>3206</v>
       </c>
       <c r="C72" t="s">
-        <v>1263</v>
+        <v>1260</v>
       </c>
       <c r="D72" t="s">
-        <v>3405</v>
+        <v>3207</v>
       </c>
     </row>
     <row r="73" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B73" t="s">
-        <v>3406</v>
+        <v>3208</v>
       </c>
       <c r="C73" t="s">
-        <v>1266</v>
+        <v>1263</v>
       </c>
       <c r="D73" t="s">
-        <v>3407</v>
+        <v>3209</v>
       </c>
     </row>
     <row r="74" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B74" t="s">
-        <v>3408</v>
+        <v>3210</v>
       </c>
       <c r="D74" t="s">
-        <v>3409</v>
+        <v>3211</v>
       </c>
     </row>
     <row r="75" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B75" t="s">
-        <v>3410</v>
+        <v>3212</v>
       </c>
       <c r="C75" t="s">
-        <v>1269</v>
+        <v>1266</v>
       </c>
       <c r="D75" t="s">
-        <v>3411</v>
+        <v>3213</v>
       </c>
     </row>
     <row r="76" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B76" t="s">
-        <v>3412</v>
+        <v>3214</v>
       </c>
       <c r="C76" t="s">
-        <v>1272</v>
+        <v>1269</v>
       </c>
       <c r="D76" t="s">
-        <v>3413</v>
+        <v>3215</v>
       </c>
     </row>
     <row r="77" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B77" t="s">
-        <v>3414</v>
+        <v>3216</v>
       </c>
       <c r="C77" t="s">
-        <v>1275</v>
+        <v>1272</v>
       </c>
       <c r="D77" t="s">
-        <v>3415</v>
+        <v>3217</v>
       </c>
     </row>
     <row r="78" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B78" t="s">
-        <v>3416</v>
+        <v>3218</v>
       </c>
       <c r="C78" t="s">
-        <v>1278</v>
+        <v>1275</v>
       </c>
       <c r="D78" t="s">
-        <v>3417</v>
+        <v>3219</v>
       </c>
     </row>
     <row r="79" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B79" t="s">
-        <v>3418</v>
+        <v>3220</v>
       </c>
       <c r="D79" t="s">
-        <v>3419</v>
+        <v>3221</v>
       </c>
     </row>
     <row r="80" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B80" t="s">
-        <v>3420</v>
+        <v>3222</v>
       </c>
       <c r="C80" t="s">
-        <v>1421</v>
+        <v>1418</v>
       </c>
       <c r="D80" t="s">
-        <v>3421</v>
+        <v>3223</v>
       </c>
     </row>
     <row r="81" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B81" t="s">
-        <v>3422</v>
+        <v>3224</v>
       </c>
       <c r="C81" t="s">
-        <v>1424</v>
+        <v>1421</v>
       </c>
       <c r="D81" t="s">
-        <v>3423</v>
+        <v>3225</v>
       </c>
     </row>
     <row r="82" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B82" t="s">
-        <v>3424</v>
+        <v>3226</v>
       </c>
       <c r="C82" t="s">
-        <v>1427</v>
+        <v>1424</v>
       </c>
       <c r="D82" t="s">
-        <v>3425</v>
+        <v>3227</v>
       </c>
     </row>
     <row r="83" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B83" t="s">
-        <v>3426</v>
+        <v>3228</v>
       </c>
       <c r="C83" t="s">
-        <v>1430</v>
+        <v>1427</v>
       </c>
       <c r="D83" t="s">
-        <v>3427</v>
+        <v>3229</v>
       </c>
     </row>
     <row r="84" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B84" t="s">
-        <v>3428</v>
+        <v>3230</v>
       </c>
       <c r="C84" t="s">
-        <v>1435</v>
+        <v>1432</v>
       </c>
       <c r="D84" t="s">
-        <v>3429</v>
+        <v>3231</v>
       </c>
     </row>
     <row r="85" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B85" t="s">
-        <v>3430</v>
+        <v>3232</v>
       </c>
       <c r="C85" t="s">
-        <v>1438</v>
+        <v>1435</v>
       </c>
       <c r="D85" t="s">
-        <v>3431</v>
+        <v>3233</v>
       </c>
     </row>
     <row r="86" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B86" t="s">
-        <v>3432</v>
+        <v>3234</v>
       </c>
       <c r="C86" t="s">
-        <v>1443</v>
+        <v>1440</v>
       </c>
       <c r="D86" t="s">
-        <v>3433</v>
+        <v>3235</v>
       </c>
     </row>
     <row r="87" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B87" t="s">
-        <v>3434</v>
+        <v>3236</v>
       </c>
       <c r="D87" t="s">
-        <v>3435</v>
+        <v>3237</v>
       </c>
     </row>
     <row r="88" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B88" t="s">
-        <v>3436</v>
+        <v>3238</v>
       </c>
       <c r="C88" t="s">
-        <v>1446</v>
+        <v>1443</v>
       </c>
       <c r="D88" t="s">
-        <v>3437</v>
+        <v>3239</v>
       </c>
     </row>
     <row r="89" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B89" t="s">
-        <v>3438</v>
+        <v>3240</v>
       </c>
       <c r="C89" t="s">
-        <v>1451</v>
+        <v>1448</v>
       </c>
       <c r="D89" t="s">
-        <v>3439</v>
+        <v>3241</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet21.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1400-000000000000}">
   <dimension ref="A1:D68"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>110</v>
+        <v>107</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>111</v>
+        <v>108</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>112</v>
+        <v>109</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
+        <v>80</v>
+      </c>
+      <c r="B2" t="s">
+        <v>81</v>
+      </c>
+      <c r="D2" t="s">
         <v>83</v>
-      </c>
-[...4 lines deleted...]
-        <v>86</v>
       </c>
     </row>
     <row r="3" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
-        <v>3440</v>
+        <v>3242</v>
       </c>
       <c r="B3" t="s">
-        <v>116</v>
+        <v>113</v>
       </c>
       <c r="D3" t="s">
-        <v>3441</v>
+        <v>3243</v>
       </c>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B4" t="s">
-        <v>3442</v>
+        <v>3244</v>
       </c>
       <c r="D4" t="s">
-        <v>3443</v>
+        <v>3245</v>
       </c>
     </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B5" t="s">
-        <v>120</v>
+        <v>117</v>
       </c>
       <c r="D5" t="s">
-        <v>3444</v>
+        <v>3246</v>
       </c>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B6" t="s">
-        <v>128</v>
+        <v>125</v>
       </c>
       <c r="D6" t="s">
-        <v>3445</v>
+        <v>3247</v>
       </c>
     </row>
     <row r="7" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B7" t="s">
-        <v>122</v>
+        <v>119</v>
       </c>
       <c r="D7" t="s">
-        <v>3446</v>
+        <v>3248</v>
       </c>
     </row>
     <row r="8" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B8" t="s">
-        <v>2904</v>
+        <v>2706</v>
       </c>
       <c r="D8" t="s">
-        <v>3447</v>
+        <v>3249</v>
       </c>
     </row>
     <row r="9" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B9" t="s">
-        <v>2906</v>
+        <v>2708</v>
       </c>
       <c r="C9" t="s">
-        <v>680</v>
+        <v>677</v>
       </c>
       <c r="D9" t="s">
-        <v>3448</v>
+        <v>3250</v>
       </c>
     </row>
     <row r="10" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B10" t="s">
-        <v>3449</v>
+        <v>3251</v>
       </c>
       <c r="C10" t="s">
-        <v>683</v>
+        <v>680</v>
       </c>
       <c r="D10" t="s">
-        <v>3450</v>
+        <v>3252</v>
       </c>
     </row>
     <row r="11" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B11" t="s">
-        <v>2910</v>
+        <v>2712</v>
       </c>
       <c r="C11" t="s">
-        <v>686</v>
+        <v>683</v>
       </c>
       <c r="D11" t="s">
-        <v>3451</v>
+        <v>3253</v>
       </c>
     </row>
     <row r="12" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B12" t="s">
-        <v>2912</v>
+        <v>2714</v>
       </c>
       <c r="C12" t="s">
-        <v>689</v>
+        <v>686</v>
       </c>
       <c r="D12" t="s">
-        <v>3452</v>
+        <v>3254</v>
       </c>
     </row>
     <row r="13" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B13" t="s">
-        <v>3453</v>
+        <v>3255</v>
       </c>
       <c r="C13" t="s">
-        <v>692</v>
+        <v>689</v>
       </c>
       <c r="D13" t="s">
-        <v>3454</v>
+        <v>3256</v>
       </c>
     </row>
     <row r="14" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B14" t="s">
-        <v>2916</v>
+        <v>2718</v>
       </c>
       <c r="D14" t="s">
-        <v>3455</v>
+        <v>3257</v>
       </c>
     </row>
     <row r="15" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B15" t="s">
-        <v>3456</v>
+        <v>3258</v>
       </c>
       <c r="C15" t="s">
-        <v>695</v>
+        <v>692</v>
       </c>
       <c r="D15" t="s">
-        <v>3457</v>
+        <v>3259</v>
       </c>
     </row>
     <row r="16" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B16" t="s">
-        <v>2920</v>
+        <v>2722</v>
       </c>
       <c r="C16" t="s">
-        <v>698</v>
+        <v>695</v>
       </c>
       <c r="D16" t="s">
-        <v>3458</v>
+        <v>3260</v>
       </c>
     </row>
     <row r="17" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B17" t="s">
-        <v>3459</v>
+        <v>3261</v>
       </c>
       <c r="C17" t="s">
-        <v>703</v>
+        <v>700</v>
       </c>
       <c r="D17" t="s">
-        <v>3460</v>
+        <v>3262</v>
       </c>
     </row>
     <row r="18" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B18" t="s">
-        <v>3461</v>
+        <v>3263</v>
       </c>
       <c r="C18" t="s">
-        <v>706</v>
+        <v>703</v>
       </c>
       <c r="D18" t="s">
-        <v>3462</v>
+        <v>3264</v>
       </c>
     </row>
     <row r="19" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B19" t="s">
-        <v>2926</v>
+        <v>2728</v>
       </c>
       <c r="D19" t="s">
-        <v>3463</v>
+        <v>3265</v>
       </c>
     </row>
     <row r="20" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B20" t="s">
-        <v>2928</v>
+        <v>2730</v>
       </c>
       <c r="C20" t="s">
-        <v>709</v>
+        <v>706</v>
       </c>
       <c r="D20" t="s">
-        <v>3464</v>
+        <v>3266</v>
       </c>
     </row>
     <row r="21" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B21" t="s">
-        <v>3465</v>
+        <v>3267</v>
       </c>
       <c r="C21" t="s">
-        <v>712</v>
+        <v>709</v>
       </c>
       <c r="D21" t="s">
-        <v>3466</v>
+        <v>3268</v>
       </c>
     </row>
     <row r="22" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B22" t="s">
-        <v>2938</v>
+        <v>2740</v>
       </c>
       <c r="C22" t="s">
-        <v>715</v>
+        <v>712</v>
       </c>
       <c r="D22" t="s">
-        <v>3467</v>
+        <v>3269</v>
       </c>
     </row>
     <row r="23" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B23" t="s">
-        <v>2936</v>
+        <v>2738</v>
       </c>
       <c r="C23" t="s">
-        <v>718</v>
+        <v>715</v>
       </c>
       <c r="D23" t="s">
-        <v>3468</v>
+        <v>3270</v>
       </c>
     </row>
     <row r="24" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B24" t="s">
-        <v>3469</v>
+        <v>3271</v>
       </c>
       <c r="C24" t="s">
-        <v>721</v>
+        <v>718</v>
       </c>
       <c r="D24" t="s">
-        <v>3470</v>
+        <v>3272</v>
       </c>
     </row>
     <row r="25" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B25" t="s">
-        <v>3471</v>
+        <v>3273</v>
       </c>
       <c r="C25" t="s">
-        <v>724</v>
+        <v>721</v>
       </c>
       <c r="D25" t="s">
-        <v>3472</v>
+        <v>3274</v>
       </c>
     </row>
     <row r="26" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B26" t="s">
-        <v>3473</v>
+        <v>3275</v>
       </c>
       <c r="C26" t="s">
-        <v>727</v>
+        <v>724</v>
       </c>
       <c r="D26" t="s">
-        <v>3474</v>
+        <v>3276</v>
       </c>
     </row>
     <row r="27" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B27" t="s">
-        <v>3006</v>
+        <v>2808</v>
       </c>
       <c r="C27" t="s">
-        <v>730</v>
+        <v>727</v>
       </c>
       <c r="D27" t="s">
-        <v>3475</v>
+        <v>3277</v>
       </c>
     </row>
     <row r="28" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B28" t="s">
-        <v>3018</v>
+        <v>2820</v>
       </c>
       <c r="C28" t="s">
-        <v>735</v>
+        <v>732</v>
       </c>
       <c r="D28" t="s">
-        <v>3476</v>
+        <v>3278</v>
       </c>
     </row>
     <row r="29" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B29" t="s">
-        <v>2940</v>
+        <v>2742</v>
       </c>
       <c r="D29" t="s">
-        <v>3477</v>
+        <v>3279</v>
       </c>
     </row>
     <row r="30" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B30" t="s">
-        <v>2942</v>
+        <v>2744</v>
       </c>
       <c r="C30" t="s">
-        <v>738</v>
+        <v>735</v>
       </c>
       <c r="D30" t="s">
-        <v>3478</v>
+        <v>3280</v>
       </c>
     </row>
     <row r="31" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B31" t="s">
-        <v>2944</v>
+        <v>2746</v>
       </c>
       <c r="C31" t="s">
-        <v>741</v>
+        <v>738</v>
       </c>
       <c r="D31" t="s">
-        <v>3479</v>
+        <v>3281</v>
       </c>
     </row>
     <row r="32" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B32" t="s">
-        <v>2947</v>
+        <v>2749</v>
       </c>
       <c r="C32" t="s">
-        <v>744</v>
+        <v>741</v>
       </c>
       <c r="D32" t="s">
-        <v>3480</v>
+        <v>3282</v>
       </c>
     </row>
     <row r="33" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B33" t="s">
-        <v>1460</v>
+        <v>1457</v>
       </c>
       <c r="C33" t="s">
-        <v>747</v>
+        <v>744</v>
       </c>
       <c r="D33" t="s">
-        <v>3481</v>
+        <v>3283</v>
       </c>
     </row>
     <row r="34" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B34" t="s">
-        <v>3482</v>
+        <v>3284</v>
       </c>
       <c r="C34" t="s">
-        <v>750</v>
+        <v>747</v>
       </c>
       <c r="D34" t="s">
-        <v>3483</v>
+        <v>3285</v>
       </c>
     </row>
     <row r="35" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B35" t="s">
-        <v>2953</v>
+        <v>2755</v>
       </c>
       <c r="C35" t="s">
-        <v>755</v>
+        <v>752</v>
       </c>
       <c r="D35" t="s">
-        <v>3484</v>
+        <v>3286</v>
       </c>
     </row>
     <row r="36" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B36" t="s">
-        <v>3485</v>
+        <v>3287</v>
       </c>
       <c r="C36" t="s">
-        <v>758</v>
+        <v>755</v>
       </c>
       <c r="D36" t="s">
-        <v>3486</v>
+        <v>3288</v>
       </c>
     </row>
     <row r="37" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B37" t="s">
-        <v>2957</v>
+        <v>2759</v>
       </c>
       <c r="C37" t="s">
-        <v>3487</v>
+        <v>3289</v>
       </c>
       <c r="D37" t="s">
-        <v>3488</v>
+        <v>3290</v>
       </c>
     </row>
     <row r="38" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B38" t="s">
-        <v>3489</v>
+        <v>3291</v>
       </c>
       <c r="C38" t="s">
-        <v>3490</v>
+        <v>3292</v>
       </c>
       <c r="D38" t="s">
-        <v>3491</v>
+        <v>3293</v>
       </c>
     </row>
     <row r="39" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B39" t="s">
-        <v>2486</v>
+        <v>2483</v>
       </c>
       <c r="C39" t="s">
-        <v>1105</v>
+        <v>1102</v>
       </c>
       <c r="D39" t="s">
-        <v>3492</v>
+        <v>3294</v>
       </c>
     </row>
     <row r="40" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B40" t="s">
-        <v>2973</v>
+        <v>2775</v>
       </c>
       <c r="C40" t="s">
-        <v>1110</v>
+        <v>1107</v>
       </c>
       <c r="D40" t="s">
-        <v>3493</v>
+        <v>3295</v>
       </c>
     </row>
     <row r="41" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B41" t="s">
-        <v>2962</v>
+        <v>2764</v>
       </c>
       <c r="C41" t="s">
-        <v>1113</v>
+        <v>1110</v>
       </c>
       <c r="D41" t="s">
-        <v>3494</v>
+        <v>3296</v>
       </c>
     </row>
     <row r="42" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B42" t="s">
-        <v>2488</v>
+        <v>2485</v>
       </c>
       <c r="C42" t="s">
-        <v>1116</v>
+        <v>1113</v>
       </c>
       <c r="D42" t="s">
-        <v>3495</v>
+        <v>3297</v>
       </c>
     </row>
     <row r="43" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B43" t="s">
-        <v>2496</v>
+        <v>2493</v>
       </c>
       <c r="C43" t="s">
-        <v>1119</v>
+        <v>1116</v>
       </c>
       <c r="D43" t="s">
-        <v>3496</v>
+        <v>3298</v>
       </c>
     </row>
     <row r="44" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B44" t="s">
-        <v>3497</v>
+        <v>3299</v>
       </c>
       <c r="C44" t="s">
-        <v>1122</v>
+        <v>1119</v>
       </c>
       <c r="D44" t="s">
-        <v>3498</v>
+        <v>3300</v>
       </c>
     </row>
     <row r="45" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B45" t="s">
-        <v>2492</v>
+        <v>2489</v>
       </c>
       <c r="C45" t="s">
-        <v>1134</v>
+        <v>1131</v>
       </c>
       <c r="D45" t="s">
-        <v>3499</v>
+        <v>3301</v>
       </c>
     </row>
     <row r="46" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B46" t="s">
-        <v>2968</v>
+        <v>2770</v>
       </c>
       <c r="C46" t="s">
-        <v>1149</v>
+        <v>1146</v>
       </c>
       <c r="D46" t="s">
-        <v>3500</v>
+        <v>3302</v>
       </c>
     </row>
     <row r="47" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B47" t="s">
-        <v>2970</v>
+        <v>2772</v>
       </c>
       <c r="C47" t="s">
-        <v>1164</v>
+        <v>1161</v>
       </c>
       <c r="D47" t="s">
-        <v>3501</v>
+        <v>3303</v>
       </c>
     </row>
     <row r="48" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B48" t="s">
-        <v>2859</v>
+        <v>2661</v>
       </c>
       <c r="C48" t="s">
-        <v>1167</v>
+        <v>1164</v>
       </c>
       <c r="D48" t="s">
-        <v>3502</v>
+        <v>3304</v>
       </c>
     </row>
     <row r="49" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B49" t="s">
-        <v>3503</v>
+        <v>3305</v>
       </c>
       <c r="C49" t="s">
-        <v>1172</v>
+        <v>1169</v>
       </c>
       <c r="D49" t="s">
-        <v>3504</v>
+        <v>3306</v>
       </c>
     </row>
     <row r="50" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B50" t="s">
-        <v>2978</v>
+        <v>2780</v>
       </c>
       <c r="D50" t="s">
-        <v>3505</v>
+        <v>3307</v>
       </c>
     </row>
     <row r="51" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B51" t="s">
-        <v>2980</v>
+        <v>2782</v>
       </c>
       <c r="C51" t="s">
-        <v>1175</v>
+        <v>1172</v>
       </c>
       <c r="D51" t="s">
-        <v>3506</v>
+        <v>3308</v>
       </c>
     </row>
     <row r="52" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B52" t="s">
-        <v>3507</v>
+        <v>3309</v>
       </c>
       <c r="C52" t="s">
-        <v>1178</v>
+        <v>1175</v>
       </c>
       <c r="D52" t="s">
-        <v>3508</v>
+        <v>3310</v>
       </c>
     </row>
     <row r="53" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B53" t="s">
-        <v>3509</v>
+        <v>3311</v>
       </c>
       <c r="C53" t="s">
-        <v>1187</v>
+        <v>1184</v>
       </c>
       <c r="D53" t="s">
-        <v>3510</v>
+        <v>3312</v>
       </c>
     </row>
     <row r="54" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B54" t="s">
-        <v>2988</v>
+        <v>2790</v>
       </c>
       <c r="C54" t="s">
-        <v>1190</v>
+        <v>1187</v>
       </c>
       <c r="D54" t="s">
-        <v>3511</v>
+        <v>3313</v>
       </c>
     </row>
     <row r="55" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B55" t="s">
-        <v>2992</v>
+        <v>2794</v>
       </c>
       <c r="C55" t="s">
-        <v>1193</v>
+        <v>1190</v>
       </c>
       <c r="D55" t="s">
-        <v>3512</v>
+        <v>3314</v>
       </c>
     </row>
     <row r="56" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B56" t="s">
-        <v>3513</v>
+        <v>3315</v>
       </c>
       <c r="C56" t="s">
-        <v>1196</v>
+        <v>1193</v>
       </c>
       <c r="D56" t="s">
-        <v>3514</v>
+        <v>3316</v>
       </c>
     </row>
     <row r="57" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B57" t="s">
-        <v>3515</v>
+        <v>3317</v>
       </c>
       <c r="C57" t="s">
-        <v>1205</v>
+        <v>1202</v>
       </c>
       <c r="D57" t="s">
-        <v>3516</v>
+        <v>3318</v>
       </c>
     </row>
     <row r="58" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B58" t="s">
-        <v>3517</v>
+        <v>3319</v>
       </c>
       <c r="C58" t="s">
-        <v>1232</v>
+        <v>1229</v>
       </c>
       <c r="D58" t="s">
-        <v>3518</v>
+        <v>3320</v>
       </c>
     </row>
     <row r="59" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B59" t="s">
-        <v>3519</v>
+        <v>3321</v>
       </c>
       <c r="C59" t="s">
-        <v>1249</v>
+        <v>1246</v>
       </c>
       <c r="D59" t="s">
-        <v>3520</v>
+        <v>3322</v>
       </c>
     </row>
     <row r="60" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B60" t="s">
-        <v>3008</v>
+        <v>2810</v>
       </c>
       <c r="C60" t="s">
-        <v>1252</v>
+        <v>1249</v>
       </c>
       <c r="D60" t="s">
-        <v>3521</v>
+        <v>3323</v>
       </c>
     </row>
     <row r="61" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B61" t="s">
-        <v>3522</v>
+        <v>3324</v>
       </c>
       <c r="D61" t="s">
-        <v>3523</v>
+        <v>3325</v>
       </c>
     </row>
     <row r="62" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B62" t="s">
-        <v>3004</v>
+        <v>2806</v>
       </c>
       <c r="C62" t="s">
-        <v>1255</v>
+        <v>1252</v>
       </c>
       <c r="D62" t="s">
-        <v>3524</v>
+        <v>3326</v>
       </c>
     </row>
     <row r="63" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B63" t="s">
-        <v>3525</v>
+        <v>3327</v>
       </c>
       <c r="C63" t="s">
-        <v>1258</v>
+        <v>1255</v>
       </c>
       <c r="D63" t="s">
-        <v>3526</v>
+        <v>3328</v>
       </c>
     </row>
     <row r="64" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B64" t="s">
-        <v>3527</v>
+        <v>3329</v>
       </c>
       <c r="C64" t="s">
-        <v>1263</v>
+        <v>1260</v>
       </c>
       <c r="D64" t="s">
-        <v>3528</v>
+        <v>3330</v>
       </c>
     </row>
     <row r="65" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B65" t="s">
-        <v>3014</v>
+        <v>2816</v>
       </c>
       <c r="C65" t="s">
-        <v>1266</v>
+        <v>1263</v>
       </c>
       <c r="D65" t="s">
-        <v>3529</v>
+        <v>3331</v>
       </c>
     </row>
     <row r="66" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B66" t="s">
-        <v>3530</v>
+        <v>3332</v>
       </c>
       <c r="C66" t="s">
-        <v>1269</v>
+        <v>1266</v>
       </c>
       <c r="D66" t="s">
-        <v>3531</v>
+        <v>3333</v>
       </c>
     </row>
     <row r="67" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B67" t="s">
-        <v>3532</v>
+        <v>3334</v>
       </c>
       <c r="C67" t="s">
-        <v>1272</v>
+        <v>1269</v>
       </c>
       <c r="D67" t="s">
-        <v>3533</v>
+        <v>3335</v>
       </c>
     </row>
     <row r="68" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B68" t="s">
-        <v>3534</v>
+        <v>3336</v>
       </c>
       <c r="C68" t="s">
-        <v>1275</v>
+        <v>1272</v>
       </c>
       <c r="D68" t="s">
-        <v>3535</v>
+        <v>3337</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet22.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1500-000000000000}">
   <dimension ref="A1:D148"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>110</v>
+        <v>107</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>111</v>
+        <v>108</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>112</v>
+        <v>109</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
+        <v>84</v>
+      </c>
+      <c r="B2" t="s">
+        <v>85</v>
+      </c>
+      <c r="D2" t="s">
         <v>87</v>
-      </c>
-[...4 lines deleted...]
-        <v>90</v>
       </c>
     </row>
     <row r="3" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
-        <v>3536</v>
+        <v>3338</v>
       </c>
       <c r="B3" t="s">
-        <v>116</v>
+        <v>113</v>
       </c>
       <c r="D3" t="s">
-        <v>3537</v>
+        <v>3339</v>
       </c>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B4" t="s">
-        <v>116</v>
+        <v>113</v>
       </c>
       <c r="D4" t="s">
-        <v>3538</v>
+        <v>3340</v>
       </c>
     </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B5" t="s">
-        <v>116</v>
+        <v>113</v>
       </c>
       <c r="D5" t="s">
-        <v>3539</v>
+        <v>3341</v>
       </c>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B6" t="s">
-        <v>128</v>
+        <v>125</v>
       </c>
       <c r="D6" t="s">
-        <v>3540</v>
+        <v>3342</v>
       </c>
     </row>
     <row r="7" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B7" t="s">
-        <v>128</v>
+        <v>125</v>
       </c>
       <c r="D7" t="s">
-        <v>3541</v>
+        <v>3343</v>
       </c>
     </row>
     <row r="8" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B8" t="s">
-        <v>3542</v>
+        <v>3344</v>
       </c>
       <c r="D8" t="s">
-        <v>3543</v>
+        <v>3345</v>
       </c>
     </row>
     <row r="9" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B9" t="s">
-        <v>120</v>
+        <v>117</v>
       </c>
       <c r="D9" t="s">
-        <v>3544</v>
+        <v>3346</v>
       </c>
     </row>
     <row r="10" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B10" t="s">
-        <v>3542</v>
+        <v>3344</v>
       </c>
       <c r="D10" t="s">
-        <v>3545</v>
+        <v>3347</v>
       </c>
     </row>
     <row r="11" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B11" t="s">
-        <v>122</v>
+        <v>119</v>
       </c>
       <c r="D11" t="s">
-        <v>3546</v>
+        <v>3348</v>
       </c>
     </row>
     <row r="12" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B12" t="s">
-        <v>120</v>
+        <v>117</v>
       </c>
       <c r="D12" t="s">
-        <v>3547</v>
+        <v>3349</v>
       </c>
     </row>
     <row r="13" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B13" t="s">
-        <v>499</v>
+        <v>496</v>
       </c>
       <c r="D13" t="s">
-        <v>3548</v>
+        <v>3350</v>
       </c>
     </row>
     <row r="14" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B14" t="s">
-        <v>122</v>
+        <v>119</v>
       </c>
       <c r="D14" t="s">
-        <v>3549</v>
+        <v>3351</v>
       </c>
     </row>
     <row r="15" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B15" t="s">
-        <v>499</v>
+        <v>496</v>
       </c>
       <c r="D15" t="s">
-        <v>3550</v>
+        <v>3352</v>
       </c>
     </row>
     <row r="16" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B16" t="s">
-        <v>3551</v>
+        <v>3353</v>
       </c>
       <c r="C16" t="s">
-        <v>680</v>
+        <v>677</v>
       </c>
       <c r="D16" t="s">
-        <v>3552</v>
+        <v>3354</v>
       </c>
     </row>
     <row r="17" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B17" t="s">
-        <v>3553</v>
+        <v>3355</v>
       </c>
       <c r="C17" t="s">
-        <v>683</v>
+        <v>680</v>
       </c>
       <c r="D17" t="s">
-        <v>3554</v>
+        <v>3356</v>
       </c>
     </row>
     <row r="18" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B18" t="s">
-        <v>3555</v>
+        <v>3357</v>
       </c>
       <c r="C18" t="s">
-        <v>686</v>
+        <v>683</v>
       </c>
       <c r="D18" t="s">
-        <v>3556</v>
+        <v>3358</v>
       </c>
     </row>
     <row r="19" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B19" t="s">
-        <v>3557</v>
+        <v>3359</v>
       </c>
       <c r="C19" t="s">
-        <v>689</v>
+        <v>686</v>
       </c>
       <c r="D19" t="s">
-        <v>3558</v>
+        <v>3360</v>
       </c>
     </row>
     <row r="20" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B20" t="s">
-        <v>3559</v>
+        <v>3361</v>
       </c>
       <c r="C20" t="s">
-        <v>692</v>
+        <v>689</v>
       </c>
       <c r="D20" t="s">
-        <v>3560</v>
+        <v>3362</v>
       </c>
     </row>
     <row r="21" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B21" t="s">
-        <v>3561</v>
+        <v>3363</v>
       </c>
       <c r="C21" t="s">
-        <v>695</v>
+        <v>692</v>
       </c>
       <c r="D21" t="s">
-        <v>3562</v>
+        <v>3364</v>
       </c>
     </row>
     <row r="22" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B22" t="s">
-        <v>3563</v>
+        <v>3365</v>
       </c>
       <c r="C22" t="s">
-        <v>698</v>
+        <v>695</v>
       </c>
       <c r="D22" t="s">
-        <v>3564</v>
+        <v>3366</v>
       </c>
     </row>
     <row r="23" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B23" t="s">
-        <v>3565</v>
+        <v>3367</v>
       </c>
       <c r="C23" t="s">
-        <v>703</v>
+        <v>700</v>
       </c>
       <c r="D23" t="s">
-        <v>3566</v>
+        <v>3368</v>
       </c>
     </row>
     <row r="24" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B24" t="s">
-        <v>3567</v>
+        <v>3369</v>
       </c>
       <c r="C24" t="s">
-        <v>706</v>
+        <v>703</v>
       </c>
       <c r="D24" t="s">
-        <v>3568</v>
+        <v>3370</v>
       </c>
     </row>
     <row r="25" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B25" t="s">
-        <v>3569</v>
+        <v>3371</v>
       </c>
       <c r="C25" t="s">
-        <v>709</v>
+        <v>706</v>
       </c>
       <c r="D25" t="s">
-        <v>3570</v>
+        <v>3372</v>
       </c>
     </row>
     <row r="26" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B26" t="s">
-        <v>3571</v>
+        <v>3373</v>
       </c>
       <c r="C26" t="s">
-        <v>712</v>
+        <v>709</v>
       </c>
       <c r="D26" t="s">
-        <v>3572</v>
+        <v>3374</v>
       </c>
     </row>
     <row r="27" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B27" t="s">
-        <v>3573</v>
+        <v>3375</v>
       </c>
       <c r="C27" t="s">
-        <v>715</v>
+        <v>712</v>
       </c>
       <c r="D27" t="s">
-        <v>3574</v>
+        <v>3376</v>
       </c>
     </row>
     <row r="28" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B28" t="s">
-        <v>3575</v>
+        <v>3377</v>
       </c>
       <c r="C28" t="s">
-        <v>718</v>
+        <v>715</v>
       </c>
       <c r="D28" t="s">
-        <v>3576</v>
+        <v>3378</v>
       </c>
     </row>
     <row r="29" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B29" t="s">
-        <v>3577</v>
+        <v>3379</v>
       </c>
       <c r="C29" t="s">
-        <v>721</v>
+        <v>718</v>
       </c>
       <c r="D29" t="s">
-        <v>3578</v>
+        <v>3380</v>
       </c>
     </row>
     <row r="30" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B30" t="s">
-        <v>3579</v>
+        <v>3381</v>
       </c>
       <c r="C30" t="s">
-        <v>724</v>
+        <v>721</v>
       </c>
       <c r="D30" t="s">
-        <v>3580</v>
+        <v>3382</v>
       </c>
     </row>
     <row r="31" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B31" t="s">
-        <v>3581</v>
+        <v>3383</v>
       </c>
       <c r="C31" t="s">
-        <v>3582</v>
+        <v>3384</v>
       </c>
       <c r="D31" t="s">
-        <v>3583</v>
+        <v>3385</v>
       </c>
     </row>
     <row r="32" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B32" t="s">
-        <v>3584</v>
+        <v>3386</v>
       </c>
       <c r="C32" t="s">
-        <v>3585</v>
+        <v>3387</v>
       </c>
       <c r="D32" t="s">
-        <v>3586</v>
+        <v>3388</v>
       </c>
     </row>
     <row r="33" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B33" t="s">
-        <v>3587</v>
+        <v>3389</v>
       </c>
       <c r="C33" t="s">
-        <v>3588</v>
+        <v>3390</v>
       </c>
       <c r="D33" t="s">
-        <v>3589</v>
+        <v>3391</v>
       </c>
     </row>
     <row r="34" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B34" t="s">
-        <v>3590</v>
+        <v>3392</v>
       </c>
       <c r="C34" t="s">
-        <v>2945</v>
+        <v>2747</v>
       </c>
       <c r="D34" t="s">
-        <v>3591</v>
+        <v>3393</v>
       </c>
     </row>
     <row r="35" spans="2:4" ht="37.5" x14ac:dyDescent="0.25">
       <c r="B35" s="3" t="s">
-        <v>3592</v>
+        <v>3394</v>
       </c>
       <c r="C35" t="s">
-        <v>2948</v>
+        <v>2750</v>
       </c>
       <c r="D35" t="s">
-        <v>3593</v>
+        <v>3395</v>
       </c>
     </row>
     <row r="36" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B36" t="s">
-        <v>3594</v>
+        <v>3396</v>
       </c>
       <c r="C36" t="s">
-        <v>735</v>
+        <v>732</v>
       </c>
       <c r="D36" t="s">
-        <v>3595</v>
+        <v>3397</v>
       </c>
     </row>
     <row r="37" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B37" t="s">
-        <v>3596</v>
+        <v>3398</v>
       </c>
       <c r="C37" t="s">
-        <v>738</v>
+        <v>735</v>
       </c>
       <c r="D37" t="s">
-        <v>3597</v>
+        <v>3399</v>
       </c>
     </row>
     <row r="38" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B38" t="s">
-        <v>3598</v>
+        <v>3400</v>
       </c>
       <c r="C38" t="s">
-        <v>741</v>
+        <v>738</v>
       </c>
       <c r="D38" t="s">
-        <v>3599</v>
+        <v>3401</v>
       </c>
     </row>
     <row r="39" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B39" t="s">
-        <v>3600</v>
+        <v>3402</v>
       </c>
       <c r="C39" t="s">
-        <v>744</v>
+        <v>741</v>
       </c>
       <c r="D39" t="s">
-        <v>3601</v>
+        <v>3403</v>
       </c>
     </row>
     <row r="40" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B40" t="s">
-        <v>3602</v>
+        <v>3404</v>
       </c>
       <c r="C40" t="s">
-        <v>747</v>
+        <v>744</v>
       </c>
       <c r="D40" t="s">
-        <v>3603</v>
+        <v>3405</v>
       </c>
     </row>
     <row r="41" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B41" t="s">
-        <v>3604</v>
+        <v>3406</v>
       </c>
       <c r="C41" t="s">
-        <v>750</v>
+        <v>747</v>
       </c>
       <c r="D41" t="s">
-        <v>3605</v>
+        <v>3407</v>
       </c>
     </row>
     <row r="42" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B42" t="s">
-        <v>3606</v>
+        <v>3408</v>
       </c>
       <c r="C42" t="s">
-        <v>755</v>
+        <v>752</v>
       </c>
       <c r="D42" t="s">
-        <v>3607</v>
+        <v>3409</v>
       </c>
     </row>
     <row r="43" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B43" t="s">
-        <v>3608</v>
+        <v>3410</v>
       </c>
       <c r="C43" t="s">
-        <v>758</v>
+        <v>755</v>
       </c>
       <c r="D43" t="s">
-        <v>3609</v>
+        <v>3411</v>
       </c>
     </row>
     <row r="44" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B44" t="s">
-        <v>3610</v>
+        <v>3412</v>
       </c>
       <c r="C44" t="s">
-        <v>761</v>
+        <v>758</v>
       </c>
       <c r="D44" t="s">
-        <v>3611</v>
+        <v>3413</v>
       </c>
     </row>
     <row r="45" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B45" t="s">
-        <v>3612</v>
+        <v>3414</v>
       </c>
       <c r="C45" t="s">
-        <v>3613</v>
+        <v>3415</v>
       </c>
       <c r="D45" t="s">
-        <v>3614</v>
+        <v>3416</v>
       </c>
     </row>
     <row r="46" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B46" t="s">
-        <v>3615</v>
+        <v>3417</v>
       </c>
       <c r="C46" t="s">
-        <v>3616</v>
+        <v>3418</v>
       </c>
       <c r="D46" t="s">
-        <v>3617</v>
+        <v>3419</v>
       </c>
     </row>
     <row r="47" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B47" t="s">
-        <v>3618</v>
+        <v>3420</v>
       </c>
       <c r="C47" t="s">
-        <v>3619</v>
+        <v>3421</v>
       </c>
       <c r="D47" t="s">
-        <v>3620</v>
+        <v>3422</v>
       </c>
     </row>
     <row r="48" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B48" t="s">
-        <v>3621</v>
+        <v>3423</v>
       </c>
       <c r="C48" t="s">
-        <v>1110</v>
+        <v>1107</v>
       </c>
       <c r="D48" t="s">
-        <v>3622</v>
+        <v>3424</v>
       </c>
     </row>
     <row r="49" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B49" t="s">
-        <v>3623</v>
+        <v>3425</v>
       </c>
       <c r="C49" t="s">
-        <v>1113</v>
+        <v>1110</v>
       </c>
       <c r="D49" t="s">
-        <v>3624</v>
+        <v>3426</v>
       </c>
     </row>
     <row r="50" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B50" t="s">
-        <v>3625</v>
+        <v>3427</v>
       </c>
       <c r="C50" t="s">
-        <v>1116</v>
+        <v>1113</v>
       </c>
       <c r="D50" t="s">
-        <v>3626</v>
+        <v>3428</v>
       </c>
     </row>
     <row r="51" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B51" t="s">
-        <v>3627</v>
+        <v>3429</v>
       </c>
       <c r="C51" t="s">
-        <v>1119</v>
+        <v>1116</v>
       </c>
       <c r="D51" t="s">
-        <v>3628</v>
+        <v>3430</v>
       </c>
     </row>
     <row r="52" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B52" t="s">
-        <v>3629</v>
+        <v>3431</v>
       </c>
       <c r="C52" t="s">
-        <v>1122</v>
+        <v>1119</v>
       </c>
       <c r="D52" t="s">
-        <v>3630</v>
+        <v>3432</v>
       </c>
     </row>
     <row r="53" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B53" t="s">
-        <v>3631</v>
+        <v>3433</v>
       </c>
       <c r="C53" t="s">
-        <v>1134</v>
+        <v>1131</v>
       </c>
       <c r="D53" t="s">
-        <v>3632</v>
+        <v>3434</v>
       </c>
     </row>
     <row r="54" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B54" t="s">
-        <v>3633</v>
+        <v>3435</v>
       </c>
       <c r="C54" t="s">
-        <v>1149</v>
+        <v>1146</v>
       </c>
       <c r="D54" t="s">
-        <v>3634</v>
+        <v>3436</v>
       </c>
     </row>
     <row r="55" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B55" t="s">
-        <v>3635</v>
+        <v>3437</v>
       </c>
       <c r="C55" t="s">
-        <v>1164</v>
+        <v>1161</v>
       </c>
       <c r="D55" t="s">
-        <v>3636</v>
+        <v>3438</v>
       </c>
     </row>
     <row r="56" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B56" t="s">
-        <v>3637</v>
+        <v>3439</v>
       </c>
       <c r="C56" t="s">
-        <v>1167</v>
+        <v>1164</v>
       </c>
       <c r="D56" t="s">
-        <v>3638</v>
+        <v>3440</v>
       </c>
     </row>
     <row r="57" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B57" t="s">
-        <v>3639</v>
+        <v>3441</v>
       </c>
       <c r="C57" t="s">
-        <v>1172</v>
+        <v>1169</v>
       </c>
       <c r="D57" t="s">
-        <v>3640</v>
+        <v>3442</v>
       </c>
     </row>
     <row r="58" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B58" t="s">
-        <v>3641</v>
+        <v>3443</v>
       </c>
       <c r="C58" t="s">
-        <v>1175</v>
+        <v>1172</v>
       </c>
       <c r="D58" t="s">
-        <v>3642</v>
+        <v>3444</v>
       </c>
     </row>
     <row r="59" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B59" t="s">
-        <v>3643</v>
+        <v>3445</v>
       </c>
       <c r="C59" t="s">
-        <v>1178</v>
+        <v>1175</v>
       </c>
       <c r="D59" t="s">
-        <v>3644</v>
+        <v>3446</v>
       </c>
     </row>
     <row r="60" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B60" t="s">
-        <v>3645</v>
+        <v>3447</v>
       </c>
       <c r="C60" t="s">
-        <v>1187</v>
+        <v>1184</v>
       </c>
       <c r="D60" t="s">
-        <v>3646</v>
+        <v>3448</v>
       </c>
     </row>
     <row r="61" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B61" t="s">
-        <v>3647</v>
+        <v>3449</v>
       </c>
       <c r="C61" t="s">
-        <v>1190</v>
+        <v>1187</v>
       </c>
       <c r="D61" t="s">
-        <v>3648</v>
+        <v>3450</v>
       </c>
     </row>
     <row r="62" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B62" t="s">
-        <v>3649</v>
+        <v>3451</v>
       </c>
       <c r="C62" t="s">
-        <v>1193</v>
+        <v>1190</v>
       </c>
       <c r="D62" t="s">
-        <v>3650</v>
+        <v>3452</v>
       </c>
     </row>
     <row r="63" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B63" t="s">
-        <v>3651</v>
+        <v>3453</v>
       </c>
       <c r="C63" t="s">
-        <v>1196</v>
+        <v>1193</v>
       </c>
       <c r="D63" t="s">
-        <v>3652</v>
+        <v>3454</v>
       </c>
     </row>
     <row r="64" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B64" t="s">
-        <v>3653</v>
+        <v>3455</v>
       </c>
       <c r="C64" t="s">
-        <v>1205</v>
+        <v>1202</v>
       </c>
       <c r="D64" t="s">
-        <v>3654</v>
+        <v>3456</v>
       </c>
     </row>
     <row r="65" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B65" t="s">
-        <v>3655</v>
+        <v>3457</v>
       </c>
       <c r="C65" t="s">
-        <v>1232</v>
+        <v>1229</v>
       </c>
       <c r="D65" t="s">
-        <v>3656</v>
+        <v>3458</v>
       </c>
     </row>
     <row r="66" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B66" t="s">
-        <v>3657</v>
+        <v>3459</v>
       </c>
       <c r="C66" t="s">
-        <v>1249</v>
+        <v>1246</v>
       </c>
       <c r="D66" t="s">
-        <v>3658</v>
+        <v>3460</v>
       </c>
     </row>
     <row r="67" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B67" t="s">
-        <v>3659</v>
+        <v>3461</v>
       </c>
       <c r="C67" t="s">
-        <v>1252</v>
+        <v>1249</v>
       </c>
       <c r="D67" t="s">
-        <v>3660</v>
+        <v>3462</v>
       </c>
     </row>
     <row r="68" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B68" t="s">
-        <v>3661</v>
+        <v>3463</v>
       </c>
       <c r="C68" t="s">
-        <v>1255</v>
+        <v>1252</v>
       </c>
       <c r="D68" t="s">
-        <v>3662</v>
+        <v>3464</v>
       </c>
     </row>
     <row r="69" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B69" t="s">
-        <v>3663</v>
+        <v>3465</v>
       </c>
       <c r="C69" t="s">
-        <v>1258</v>
+        <v>1255</v>
       </c>
       <c r="D69" t="s">
-        <v>3664</v>
+        <v>3466</v>
       </c>
     </row>
     <row r="70" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B70" t="s">
-        <v>3665</v>
+        <v>3467</v>
       </c>
       <c r="C70" t="s">
-        <v>1263</v>
+        <v>1260</v>
       </c>
       <c r="D70" t="s">
-        <v>3666</v>
+        <v>3468</v>
       </c>
     </row>
     <row r="71" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B71" t="s">
-        <v>3667</v>
+        <v>3469</v>
       </c>
       <c r="C71" t="s">
-        <v>1266</v>
+        <v>1263</v>
       </c>
       <c r="D71" t="s">
-        <v>3668</v>
+        <v>3470</v>
       </c>
     </row>
     <row r="72" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B72" t="s">
-        <v>3669</v>
+        <v>3471</v>
       </c>
       <c r="C72" t="s">
-        <v>1269</v>
+        <v>1266</v>
       </c>
       <c r="D72" t="s">
-        <v>3670</v>
+        <v>3472</v>
       </c>
     </row>
     <row r="73" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B73" t="s">
-        <v>3671</v>
+        <v>3473</v>
       </c>
       <c r="C73" t="s">
-        <v>1272</v>
+        <v>1269</v>
       </c>
       <c r="D73" t="s">
-        <v>3672</v>
+        <v>3474</v>
       </c>
     </row>
     <row r="74" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B74" t="s">
-        <v>3673</v>
+        <v>3475</v>
       </c>
       <c r="C74" t="s">
-        <v>1275</v>
+        <v>1272</v>
       </c>
       <c r="D74" t="s">
-        <v>3674</v>
+        <v>3476</v>
       </c>
     </row>
     <row r="75" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B75" t="s">
-        <v>3675</v>
+        <v>3477</v>
       </c>
       <c r="C75" t="s">
-        <v>1278</v>
+        <v>1275</v>
       </c>
       <c r="D75" t="s">
-        <v>3676</v>
+        <v>3478</v>
       </c>
     </row>
     <row r="76" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B76" t="s">
-        <v>3677</v>
+        <v>3479</v>
       </c>
       <c r="C76" t="s">
-        <v>1421</v>
+        <v>1418</v>
       </c>
       <c r="D76" t="s">
-        <v>3678</v>
+        <v>3480</v>
       </c>
     </row>
     <row r="77" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B77" t="s">
-        <v>3679</v>
+        <v>3481</v>
       </c>
       <c r="C77" t="s">
-        <v>1424</v>
+        <v>1421</v>
       </c>
       <c r="D77" t="s">
-        <v>3680</v>
+        <v>3482</v>
       </c>
     </row>
     <row r="78" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B78" t="s">
-        <v>3681</v>
+        <v>3483</v>
       </c>
       <c r="C78" t="s">
-        <v>1427</v>
+        <v>1424</v>
       </c>
       <c r="D78" t="s">
-        <v>3682</v>
+        <v>3484</v>
       </c>
     </row>
     <row r="79" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B79" t="s">
-        <v>3683</v>
+        <v>3485</v>
       </c>
       <c r="C79" t="s">
-        <v>1430</v>
+        <v>1427</v>
       </c>
       <c r="D79" t="s">
-        <v>3684</v>
+        <v>3486</v>
       </c>
     </row>
     <row r="80" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B80" t="s">
-        <v>2365</v>
+        <v>2362</v>
       </c>
       <c r="D80" t="s">
-        <v>3685</v>
+        <v>3487</v>
       </c>
     </row>
     <row r="81" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B81" t="s">
-        <v>3581</v>
+        <v>3383</v>
       </c>
       <c r="C81" t="s">
-        <v>3582</v>
+        <v>3384</v>
       </c>
       <c r="D81" t="s">
-        <v>3686</v>
+        <v>3488</v>
       </c>
     </row>
     <row r="82" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B82" t="s">
-        <v>3584</v>
+        <v>3386</v>
       </c>
       <c r="C82" t="s">
-        <v>3585</v>
+        <v>3387</v>
       </c>
       <c r="D82" t="s">
-        <v>3687</v>
+        <v>3489</v>
       </c>
     </row>
     <row r="83" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B83" t="s">
-        <v>3587</v>
+        <v>3389</v>
       </c>
       <c r="C83" t="s">
-        <v>3588</v>
+        <v>3390</v>
       </c>
       <c r="D83" t="s">
-        <v>3688</v>
+        <v>3490</v>
       </c>
     </row>
     <row r="84" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B84" t="s">
-        <v>3590</v>
+        <v>3392</v>
       </c>
       <c r="C84" t="s">
-        <v>2945</v>
+        <v>2747</v>
       </c>
       <c r="D84" t="s">
-        <v>3689</v>
+        <v>3491</v>
       </c>
     </row>
     <row r="85" spans="2:4" ht="37.5" x14ac:dyDescent="0.25">
       <c r="B85" s="3" t="s">
-        <v>3592</v>
+        <v>3394</v>
       </c>
       <c r="C85" t="s">
-        <v>2948</v>
+        <v>2750</v>
       </c>
       <c r="D85" t="s">
-        <v>3690</v>
+        <v>3492</v>
       </c>
     </row>
     <row r="86" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B86" t="s">
-        <v>3612</v>
+        <v>3414</v>
       </c>
       <c r="C86" t="s">
-        <v>3613</v>
+        <v>3415</v>
       </c>
       <c r="D86" t="s">
-        <v>3691</v>
+        <v>3493</v>
       </c>
     </row>
     <row r="87" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B87" t="s">
-        <v>3615</v>
+        <v>3417</v>
       </c>
       <c r="C87" t="s">
-        <v>3616</v>
+        <v>3418</v>
       </c>
       <c r="D87" t="s">
-        <v>3692</v>
+        <v>3494</v>
       </c>
     </row>
     <row r="88" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B88" t="s">
-        <v>3618</v>
+        <v>3420</v>
       </c>
       <c r="C88" t="s">
-        <v>3619</v>
+        <v>3421</v>
       </c>
       <c r="D88" t="s">
-        <v>3693</v>
+        <v>3495</v>
       </c>
     </row>
     <row r="89" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B89" t="s">
-        <v>3551</v>
+        <v>3353</v>
       </c>
       <c r="C89" t="s">
-        <v>680</v>
+        <v>677</v>
       </c>
       <c r="D89" t="s">
-        <v>3694</v>
+        <v>3496</v>
       </c>
     </row>
     <row r="90" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B90" t="s">
-        <v>3553</v>
+        <v>3355</v>
       </c>
       <c r="C90" t="s">
-        <v>683</v>
+        <v>680</v>
       </c>
       <c r="D90" t="s">
-        <v>3695</v>
+        <v>3497</v>
       </c>
     </row>
     <row r="91" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B91" t="s">
-        <v>3555</v>
+        <v>3357</v>
       </c>
       <c r="C91" t="s">
-        <v>686</v>
+        <v>683</v>
       </c>
       <c r="D91" t="s">
-        <v>3696</v>
+        <v>3498</v>
       </c>
     </row>
     <row r="92" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B92" t="s">
-        <v>3557</v>
+        <v>3359</v>
       </c>
       <c r="C92" t="s">
-        <v>689</v>
+        <v>686</v>
       </c>
       <c r="D92" t="s">
-        <v>3697</v>
+        <v>3499</v>
       </c>
     </row>
     <row r="93" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B93" t="s">
-        <v>3559</v>
+        <v>3361</v>
       </c>
       <c r="C93" t="s">
-        <v>692</v>
+        <v>689</v>
       </c>
       <c r="D93" t="s">
-        <v>3698</v>
+        <v>3500</v>
       </c>
     </row>
     <row r="94" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B94" t="s">
-        <v>3561</v>
+        <v>3363</v>
       </c>
       <c r="C94" t="s">
-        <v>695</v>
+        <v>692</v>
       </c>
       <c r="D94" t="s">
-        <v>3699</v>
+        <v>3501</v>
       </c>
     </row>
     <row r="95" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B95" t="s">
-        <v>3563</v>
+        <v>3365</v>
       </c>
       <c r="C95" t="s">
-        <v>698</v>
+        <v>695</v>
       </c>
       <c r="D95" t="s">
-        <v>3700</v>
+        <v>3502</v>
       </c>
     </row>
     <row r="96" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B96" t="s">
-        <v>3565</v>
+        <v>3367</v>
       </c>
       <c r="C96" t="s">
-        <v>703</v>
+        <v>700</v>
       </c>
       <c r="D96" t="s">
-        <v>3701</v>
+        <v>3503</v>
       </c>
     </row>
     <row r="97" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B97" t="s">
-        <v>3567</v>
+        <v>3369</v>
       </c>
       <c r="C97" t="s">
-        <v>706</v>
+        <v>703</v>
       </c>
       <c r="D97" t="s">
-        <v>3702</v>
+        <v>3504</v>
       </c>
     </row>
     <row r="98" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B98" t="s">
-        <v>3569</v>
+        <v>3371</v>
       </c>
       <c r="C98" t="s">
-        <v>709</v>
+        <v>706</v>
       </c>
       <c r="D98" t="s">
-        <v>3703</v>
+        <v>3505</v>
       </c>
     </row>
     <row r="99" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B99" t="s">
-        <v>3571</v>
+        <v>3373</v>
       </c>
       <c r="C99" t="s">
-        <v>712</v>
+        <v>709</v>
       </c>
       <c r="D99" t="s">
-        <v>3704</v>
+        <v>3506</v>
       </c>
     </row>
     <row r="100" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B100" t="s">
-        <v>3573</v>
+        <v>3375</v>
       </c>
       <c r="C100" t="s">
-        <v>715</v>
+        <v>712</v>
       </c>
       <c r="D100" t="s">
-        <v>3705</v>
+        <v>3507</v>
       </c>
     </row>
     <row r="101" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B101" t="s">
-        <v>3575</v>
+        <v>3377</v>
       </c>
       <c r="C101" t="s">
-        <v>718</v>
+        <v>715</v>
       </c>
       <c r="D101" t="s">
-        <v>3706</v>
+        <v>3508</v>
       </c>
     </row>
     <row r="102" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B102" t="s">
-        <v>3577</v>
+        <v>3379</v>
       </c>
       <c r="C102" t="s">
-        <v>721</v>
+        <v>718</v>
       </c>
       <c r="D102" t="s">
-        <v>3707</v>
+        <v>3509</v>
       </c>
     </row>
     <row r="103" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B103" t="s">
-        <v>3579</v>
+        <v>3381</v>
       </c>
       <c r="C103" t="s">
-        <v>724</v>
+        <v>721</v>
       </c>
       <c r="D103" t="s">
-        <v>3708</v>
+        <v>3510</v>
       </c>
     </row>
     <row r="104" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B104" t="s">
-        <v>430</v>
+        <v>427</v>
       </c>
       <c r="C104" t="s">
-        <v>727</v>
+        <v>724</v>
       </c>
       <c r="D104" t="s">
-        <v>3709</v>
+        <v>3511</v>
       </c>
     </row>
     <row r="105" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B105" t="s">
-        <v>3710</v>
+        <v>3512</v>
       </c>
       <c r="C105" t="s">
-        <v>730</v>
+        <v>727</v>
       </c>
       <c r="D105" t="s">
-        <v>3711</v>
+        <v>3513</v>
       </c>
     </row>
     <row r="106" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B106" t="s">
-        <v>3594</v>
+        <v>3396</v>
       </c>
       <c r="C106" t="s">
-        <v>735</v>
+        <v>732</v>
       </c>
       <c r="D106" t="s">
-        <v>3712</v>
+        <v>3514</v>
       </c>
     </row>
     <row r="107" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B107" t="s">
-        <v>3596</v>
+        <v>3398</v>
       </c>
       <c r="C107" t="s">
-        <v>738</v>
+        <v>735</v>
       </c>
       <c r="D107" t="s">
-        <v>3713</v>
+        <v>3515</v>
       </c>
     </row>
     <row r="108" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B108" t="s">
-        <v>3598</v>
+        <v>3400</v>
       </c>
       <c r="C108" t="s">
-        <v>741</v>
+        <v>738</v>
       </c>
       <c r="D108" t="s">
-        <v>3714</v>
+        <v>3516</v>
       </c>
     </row>
     <row r="109" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B109" t="s">
-        <v>3600</v>
+        <v>3402</v>
       </c>
       <c r="C109" t="s">
-        <v>744</v>
+        <v>741</v>
       </c>
       <c r="D109" t="s">
-        <v>3715</v>
+        <v>3517</v>
       </c>
     </row>
     <row r="110" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B110" t="s">
-        <v>3602</v>
+        <v>3404</v>
       </c>
       <c r="C110" t="s">
-        <v>747</v>
+        <v>744</v>
       </c>
       <c r="D110" t="s">
-        <v>3716</v>
+        <v>3518</v>
       </c>
     </row>
     <row r="111" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B111" t="s">
-        <v>3604</v>
+        <v>3406</v>
       </c>
       <c r="C111" t="s">
-        <v>750</v>
+        <v>747</v>
       </c>
       <c r="D111" t="s">
-        <v>3717</v>
+        <v>3519</v>
       </c>
     </row>
     <row r="112" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B112" t="s">
-        <v>3606</v>
+        <v>3408</v>
       </c>
       <c r="C112" t="s">
-        <v>755</v>
+        <v>752</v>
       </c>
       <c r="D112" t="s">
-        <v>3718</v>
+        <v>3520</v>
       </c>
     </row>
     <row r="113" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B113" t="s">
-        <v>3608</v>
+        <v>3410</v>
       </c>
       <c r="C113" t="s">
-        <v>758</v>
+        <v>755</v>
       </c>
       <c r="D113" t="s">
-        <v>3719</v>
+        <v>3521</v>
       </c>
     </row>
     <row r="114" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B114" t="s">
-        <v>3610</v>
+        <v>3412</v>
       </c>
       <c r="C114" t="s">
-        <v>761</v>
+        <v>758</v>
       </c>
       <c r="D114" t="s">
-        <v>3720</v>
+        <v>3522</v>
       </c>
     </row>
     <row r="115" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B115" t="s">
-        <v>3721</v>
+        <v>3523</v>
       </c>
       <c r="C115" t="s">
-        <v>1105</v>
+        <v>1102</v>
       </c>
       <c r="D115" t="s">
-        <v>3722</v>
+        <v>3524</v>
       </c>
     </row>
     <row r="116" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B116" t="s">
-        <v>3621</v>
+        <v>3423</v>
       </c>
       <c r="C116" t="s">
-        <v>1110</v>
+        <v>1107</v>
       </c>
       <c r="D116" t="s">
-        <v>3723</v>
+        <v>3525</v>
       </c>
     </row>
     <row r="117" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B117" t="s">
-        <v>3623</v>
+        <v>3425</v>
       </c>
       <c r="C117" t="s">
-        <v>1113</v>
+        <v>1110</v>
       </c>
       <c r="D117" t="s">
-        <v>3724</v>
+        <v>3526</v>
       </c>
     </row>
     <row r="118" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B118" t="s">
-        <v>3625</v>
+        <v>3427</v>
       </c>
       <c r="C118" t="s">
-        <v>1116</v>
+        <v>1113</v>
       </c>
       <c r="D118" t="s">
-        <v>3725</v>
+        <v>3527</v>
       </c>
     </row>
     <row r="119" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B119" t="s">
-        <v>3627</v>
+        <v>3429</v>
       </c>
       <c r="C119" t="s">
-        <v>1119</v>
+        <v>1116</v>
       </c>
       <c r="D119" t="s">
-        <v>3726</v>
+        <v>3528</v>
       </c>
     </row>
     <row r="120" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B120" t="s">
-        <v>3629</v>
+        <v>3431</v>
       </c>
       <c r="C120" t="s">
-        <v>1122</v>
+        <v>1119</v>
       </c>
       <c r="D120" t="s">
-        <v>3727</v>
+        <v>3529</v>
       </c>
     </row>
     <row r="121" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B121" t="s">
-        <v>3631</v>
+        <v>3433</v>
       </c>
       <c r="C121" t="s">
-        <v>1134</v>
+        <v>1131</v>
       </c>
       <c r="D121" t="s">
-        <v>3728</v>
+        <v>3530</v>
       </c>
     </row>
     <row r="122" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B122" t="s">
-        <v>3633</v>
+        <v>3435</v>
       </c>
       <c r="C122" t="s">
-        <v>1149</v>
+        <v>1146</v>
       </c>
       <c r="D122" t="s">
-        <v>3729</v>
+        <v>3531</v>
       </c>
     </row>
     <row r="123" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B123" t="s">
-        <v>3635</v>
+        <v>3437</v>
       </c>
       <c r="C123" t="s">
-        <v>1164</v>
+        <v>1161</v>
       </c>
       <c r="D123" t="s">
-        <v>3730</v>
+        <v>3532</v>
       </c>
     </row>
     <row r="124" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B124" t="s">
-        <v>3637</v>
+        <v>3439</v>
       </c>
       <c r="C124" t="s">
-        <v>1167</v>
+        <v>1164</v>
       </c>
       <c r="D124" t="s">
-        <v>3731</v>
+        <v>3533</v>
       </c>
     </row>
     <row r="125" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B125" t="s">
-        <v>3639</v>
+        <v>3441</v>
       </c>
       <c r="C125" t="s">
-        <v>1172</v>
+        <v>1169</v>
       </c>
       <c r="D125" t="s">
-        <v>3732</v>
+        <v>3534</v>
       </c>
     </row>
     <row r="126" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B126" t="s">
-        <v>3641</v>
+        <v>3443</v>
       </c>
       <c r="C126" t="s">
-        <v>1175</v>
+        <v>1172</v>
       </c>
       <c r="D126" t="s">
-        <v>3733</v>
+        <v>3535</v>
       </c>
     </row>
     <row r="127" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B127" t="s">
-        <v>3643</v>
+        <v>3445</v>
       </c>
       <c r="C127" t="s">
-        <v>1178</v>
+        <v>1175</v>
       </c>
       <c r="D127" t="s">
-        <v>3734</v>
+        <v>3536</v>
       </c>
     </row>
     <row r="128" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B128" t="s">
-        <v>3645</v>
+        <v>3447</v>
       </c>
       <c r="C128" t="s">
-        <v>1187</v>
+        <v>1184</v>
       </c>
       <c r="D128" t="s">
-        <v>3735</v>
+        <v>3537</v>
       </c>
     </row>
     <row r="129" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B129" t="s">
-        <v>3647</v>
+        <v>3449</v>
       </c>
       <c r="C129" t="s">
-        <v>1190</v>
+        <v>1187</v>
       </c>
       <c r="D129" t="s">
-        <v>3736</v>
+        <v>3538</v>
       </c>
     </row>
     <row r="130" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B130" t="s">
-        <v>3649</v>
+        <v>3451</v>
       </c>
       <c r="C130" t="s">
-        <v>1193</v>
+        <v>1190</v>
       </c>
       <c r="D130" t="s">
-        <v>3737</v>
+        <v>3539</v>
       </c>
     </row>
     <row r="131" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B131" t="s">
-        <v>3651</v>
+        <v>3453</v>
       </c>
       <c r="C131" t="s">
-        <v>1196</v>
+        <v>1193</v>
       </c>
       <c r="D131" t="s">
-        <v>3738</v>
+        <v>3540</v>
       </c>
     </row>
     <row r="132" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B132" t="s">
-        <v>3653</v>
+        <v>3455</v>
       </c>
       <c r="C132" t="s">
-        <v>1205</v>
+        <v>1202</v>
       </c>
       <c r="D132" t="s">
-        <v>3739</v>
+        <v>3541</v>
       </c>
     </row>
     <row r="133" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B133" t="s">
-        <v>3655</v>
+        <v>3457</v>
       </c>
       <c r="C133" t="s">
-        <v>1232</v>
+        <v>1229</v>
       </c>
       <c r="D133" t="s">
-        <v>3740</v>
+        <v>3542</v>
       </c>
     </row>
     <row r="134" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B134" t="s">
-        <v>3657</v>
+        <v>3459</v>
       </c>
       <c r="C134" t="s">
-        <v>1249</v>
+        <v>1246</v>
       </c>
       <c r="D134" t="s">
-        <v>3741</v>
+        <v>3543</v>
       </c>
     </row>
     <row r="135" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B135" t="s">
-        <v>3659</v>
+        <v>3461</v>
       </c>
       <c r="C135" t="s">
-        <v>1252</v>
+        <v>1249</v>
       </c>
       <c r="D135" t="s">
-        <v>3742</v>
+        <v>3544</v>
       </c>
     </row>
     <row r="136" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B136" t="s">
-        <v>3661</v>
+        <v>3463</v>
       </c>
       <c r="C136" t="s">
-        <v>1255</v>
+        <v>1252</v>
       </c>
       <c r="D136" t="s">
-        <v>3743</v>
+        <v>3545</v>
       </c>
     </row>
     <row r="137" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B137" t="s">
-        <v>3663</v>
+        <v>3465</v>
       </c>
       <c r="C137" t="s">
-        <v>1258</v>
+        <v>1255</v>
       </c>
       <c r="D137" t="s">
-        <v>3744</v>
+        <v>3546</v>
       </c>
     </row>
     <row r="138" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B138" t="s">
-        <v>3665</v>
+        <v>3467</v>
       </c>
       <c r="C138" t="s">
-        <v>1263</v>
+        <v>1260</v>
       </c>
       <c r="D138" t="s">
-        <v>3745</v>
+        <v>3547</v>
       </c>
     </row>
     <row r="139" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B139" t="s">
-        <v>3667</v>
+        <v>3469</v>
       </c>
       <c r="C139" t="s">
-        <v>1266</v>
+        <v>1263</v>
       </c>
       <c r="D139" t="s">
-        <v>3746</v>
+        <v>3548</v>
       </c>
     </row>
     <row r="140" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B140" t="s">
-        <v>3669</v>
+        <v>3471</v>
       </c>
       <c r="C140" t="s">
-        <v>1269</v>
+        <v>1266</v>
       </c>
       <c r="D140" t="s">
-        <v>3747</v>
+        <v>3549</v>
       </c>
     </row>
     <row r="141" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B141" t="s">
-        <v>3671</v>
+        <v>3473</v>
       </c>
       <c r="C141" t="s">
-        <v>1272</v>
+        <v>1269</v>
       </c>
       <c r="D141" t="s">
-        <v>3748</v>
+        <v>3550</v>
       </c>
     </row>
     <row r="142" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B142" t="s">
-        <v>3673</v>
+        <v>3475</v>
       </c>
       <c r="C142" t="s">
-        <v>1275</v>
+        <v>1272</v>
       </c>
       <c r="D142" t="s">
-        <v>3749</v>
+        <v>3551</v>
       </c>
     </row>
     <row r="143" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B143" t="s">
-        <v>3675</v>
+        <v>3477</v>
       </c>
       <c r="C143" t="s">
-        <v>1278</v>
+        <v>1275</v>
       </c>
       <c r="D143" t="s">
-        <v>3750</v>
+        <v>3552</v>
       </c>
     </row>
     <row r="144" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B144" t="s">
-        <v>3677</v>
+        <v>3479</v>
       </c>
       <c r="C144" t="s">
-        <v>1421</v>
+        <v>1418</v>
       </c>
       <c r="D144" t="s">
-        <v>3751</v>
+        <v>3553</v>
       </c>
     </row>
     <row r="145" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B145" t="s">
-        <v>3679</v>
+        <v>3481</v>
       </c>
       <c r="C145" t="s">
-        <v>1424</v>
+        <v>1421</v>
       </c>
       <c r="D145" t="s">
-        <v>3752</v>
+        <v>3554</v>
       </c>
     </row>
     <row r="146" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B146" t="s">
-        <v>3681</v>
+        <v>3483</v>
       </c>
       <c r="C146" t="s">
-        <v>1427</v>
+        <v>1424</v>
       </c>
       <c r="D146" t="s">
-        <v>3753</v>
+        <v>3555</v>
       </c>
     </row>
     <row r="147" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B147" t="s">
-        <v>3683</v>
+        <v>3485</v>
       </c>
       <c r="C147" t="s">
-        <v>1430</v>
+        <v>1427</v>
       </c>
       <c r="D147" t="s">
-        <v>3754</v>
+        <v>3556</v>
       </c>
     </row>
     <row r="148" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B148" t="s">
-        <v>2365</v>
+        <v>2362</v>
       </c>
       <c r="D148" t="s">
-        <v>3755</v>
+        <v>3557</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet23.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1600-000000000000}">
   <dimension ref="A1:D83"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>110</v>
+        <v>107</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>111</v>
+        <v>108</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>112</v>
+        <v>109</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
+        <v>88</v>
+      </c>
+      <c r="B2" t="s">
+        <v>89</v>
+      </c>
+      <c r="D2" t="s">
         <v>91</v>
-      </c>
-[...4 lines deleted...]
-        <v>94</v>
       </c>
     </row>
     <row r="3" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
-        <v>3756</v>
+        <v>3558</v>
       </c>
       <c r="B3" t="s">
-        <v>116</v>
+        <v>113</v>
       </c>
       <c r="D3" t="s">
-        <v>3757</v>
+        <v>3559</v>
       </c>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B4" t="s">
-        <v>120</v>
+        <v>117</v>
       </c>
       <c r="D4" t="s">
-        <v>3758</v>
+        <v>3560</v>
       </c>
     </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B5" t="s">
-        <v>128</v>
+        <v>125</v>
       </c>
       <c r="D5" t="s">
-        <v>3759</v>
+        <v>3561</v>
       </c>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B6" t="s">
-        <v>122</v>
+        <v>119</v>
       </c>
       <c r="D6" t="s">
-        <v>3760</v>
+        <v>3562</v>
       </c>
     </row>
     <row r="7" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B7" t="s">
-        <v>3761</v>
+        <v>3563</v>
       </c>
       <c r="D7" t="s">
-        <v>3762</v>
+        <v>3564</v>
       </c>
     </row>
     <row r="8" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B8" t="s">
-        <v>3763</v>
+        <v>3565</v>
       </c>
       <c r="C8" t="s">
-        <v>680</v>
+        <v>677</v>
       </c>
       <c r="D8" t="s">
-        <v>3764</v>
+        <v>3566</v>
       </c>
     </row>
     <row r="9" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B9" t="s">
-        <v>3765</v>
+        <v>3567</v>
       </c>
       <c r="C9" t="s">
-        <v>683</v>
+        <v>680</v>
       </c>
       <c r="D9" t="s">
-        <v>3766</v>
+        <v>3568</v>
       </c>
     </row>
     <row r="10" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B10" t="s">
-        <v>3767</v>
+        <v>3569</v>
       </c>
       <c r="C10" t="s">
-        <v>686</v>
+        <v>683</v>
       </c>
       <c r="D10" t="s">
-        <v>3768</v>
+        <v>3570</v>
       </c>
     </row>
     <row r="11" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B11" t="s">
-        <v>3769</v>
+        <v>3571</v>
       </c>
       <c r="C11" t="s">
-        <v>689</v>
+        <v>686</v>
       </c>
       <c r="D11" t="s">
-        <v>3770</v>
+        <v>3572</v>
       </c>
     </row>
     <row r="12" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B12" t="s">
-        <v>3771</v>
+        <v>3573</v>
       </c>
       <c r="C12" t="s">
-        <v>692</v>
+        <v>689</v>
       </c>
       <c r="D12" t="s">
-        <v>3772</v>
+        <v>3574</v>
       </c>
     </row>
     <row r="13" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B13" t="s">
-        <v>3773</v>
+        <v>3575</v>
       </c>
       <c r="C13" t="s">
-        <v>695</v>
+        <v>692</v>
       </c>
       <c r="D13" t="s">
-        <v>3774</v>
+        <v>3576</v>
       </c>
     </row>
     <row r="14" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B14" t="s">
-        <v>3775</v>
+        <v>3577</v>
       </c>
       <c r="D14" t="s">
-        <v>3776</v>
+        <v>3578</v>
       </c>
     </row>
     <row r="15" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B15" t="s">
-        <v>3777</v>
+        <v>3579</v>
       </c>
       <c r="C15" t="s">
-        <v>698</v>
+        <v>695</v>
       </c>
       <c r="D15" t="s">
-        <v>3778</v>
+        <v>3580</v>
       </c>
     </row>
     <row r="16" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B16" t="s">
-        <v>3779</v>
+        <v>3581</v>
       </c>
       <c r="C16" t="s">
-        <v>703</v>
+        <v>700</v>
       </c>
       <c r="D16" t="s">
-        <v>3780</v>
+        <v>3582</v>
       </c>
     </row>
     <row r="17" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B17" t="s">
-        <v>3781</v>
+        <v>3583</v>
       </c>
       <c r="C17" t="s">
-        <v>706</v>
+        <v>703</v>
       </c>
       <c r="D17" t="s">
-        <v>3782</v>
+        <v>3584</v>
       </c>
     </row>
     <row r="18" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B18" t="s">
-        <v>3783</v>
+        <v>3585</v>
       </c>
       <c r="C18" t="s">
-        <v>709</v>
+        <v>706</v>
       </c>
       <c r="D18" t="s">
-        <v>3784</v>
+        <v>3586</v>
       </c>
     </row>
     <row r="19" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B19" t="s">
-        <v>3785</v>
+        <v>3587</v>
       </c>
       <c r="C19" t="s">
-        <v>712</v>
+        <v>709</v>
       </c>
       <c r="D19" t="s">
-        <v>3786</v>
+        <v>3588</v>
       </c>
     </row>
     <row r="20" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B20" t="s">
-        <v>3787</v>
+        <v>3589</v>
       </c>
       <c r="C20" t="s">
-        <v>715</v>
+        <v>712</v>
       </c>
       <c r="D20" t="s">
-        <v>3788</v>
+        <v>3590</v>
       </c>
     </row>
     <row r="21" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B21" t="s">
-        <v>3789</v>
+        <v>3591</v>
       </c>
       <c r="C21" t="s">
-        <v>718</v>
+        <v>715</v>
       </c>
       <c r="D21" t="s">
-        <v>3790</v>
+        <v>3592</v>
       </c>
     </row>
     <row r="22" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B22" t="s">
-        <v>3791</v>
+        <v>3593</v>
       </c>
       <c r="C22" t="s">
-        <v>721</v>
+        <v>718</v>
       </c>
       <c r="D22" t="s">
-        <v>3792</v>
+        <v>3594</v>
       </c>
     </row>
     <row r="23" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B23" t="s">
-        <v>3793</v>
+        <v>3595</v>
       </c>
       <c r="C23" t="s">
-        <v>724</v>
+        <v>721</v>
       </c>
       <c r="D23" t="s">
-        <v>3794</v>
+        <v>3596</v>
       </c>
     </row>
     <row r="24" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B24" t="s">
-        <v>3795</v>
+        <v>3597</v>
       </c>
       <c r="C24" t="s">
-        <v>727</v>
+        <v>724</v>
       </c>
       <c r="D24" t="s">
-        <v>3796</v>
+        <v>3598</v>
       </c>
     </row>
     <row r="25" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B25" t="s">
-        <v>3797</v>
+        <v>3599</v>
       </c>
       <c r="C25" t="s">
-        <v>730</v>
+        <v>727</v>
       </c>
       <c r="D25" t="s">
-        <v>3798</v>
+        <v>3600</v>
       </c>
     </row>
     <row r="26" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B26" t="s">
-        <v>3799</v>
+        <v>3601</v>
       </c>
       <c r="D26" t="s">
-        <v>3800</v>
+        <v>3602</v>
       </c>
     </row>
     <row r="27" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B27" t="s">
-        <v>3801</v>
+        <v>3603</v>
       </c>
       <c r="C27" t="s">
-        <v>735</v>
+        <v>732</v>
       </c>
       <c r="D27" t="s">
-        <v>3802</v>
+        <v>3604</v>
       </c>
     </row>
     <row r="28" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B28" t="s">
-        <v>3803</v>
+        <v>3605</v>
       </c>
       <c r="C28" t="s">
-        <v>738</v>
+        <v>735</v>
       </c>
       <c r="D28" t="s">
-        <v>3804</v>
+        <v>3606</v>
       </c>
     </row>
     <row r="29" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B29" t="s">
-        <v>3805</v>
+        <v>3607</v>
       </c>
       <c r="C29" t="s">
-        <v>741</v>
+        <v>738</v>
       </c>
       <c r="D29" t="s">
-        <v>3806</v>
+        <v>3608</v>
       </c>
     </row>
     <row r="30" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B30" t="s">
-        <v>3807</v>
+        <v>3609</v>
       </c>
       <c r="C30" t="s">
-        <v>744</v>
+        <v>741</v>
       </c>
       <c r="D30" t="s">
-        <v>3808</v>
+        <v>3610</v>
       </c>
     </row>
     <row r="31" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B31" t="s">
-        <v>3809</v>
+        <v>3611</v>
       </c>
       <c r="C31" t="s">
-        <v>747</v>
+        <v>744</v>
       </c>
       <c r="D31" t="s">
-        <v>3810</v>
+        <v>3612</v>
       </c>
     </row>
     <row r="32" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B32" t="s">
-        <v>3811</v>
+        <v>3613</v>
       </c>
       <c r="C32" t="s">
-        <v>750</v>
+        <v>747</v>
       </c>
       <c r="D32" t="s">
-        <v>3812</v>
+        <v>3614</v>
       </c>
     </row>
     <row r="33" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B33" t="s">
-        <v>3813</v>
+        <v>3615</v>
       </c>
       <c r="C33" t="s">
-        <v>755</v>
+        <v>752</v>
       </c>
       <c r="D33" t="s">
-        <v>3814</v>
+        <v>3616</v>
       </c>
     </row>
     <row r="34" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B34" t="s">
-        <v>3815</v>
+        <v>3617</v>
       </c>
       <c r="C34" t="s">
-        <v>758</v>
+        <v>755</v>
       </c>
       <c r="D34" t="s">
-        <v>3816</v>
+        <v>3618</v>
       </c>
     </row>
     <row r="35" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B35" t="s">
-        <v>3817</v>
+        <v>3619</v>
       </c>
       <c r="D35" t="s">
-        <v>3818</v>
+        <v>3620</v>
       </c>
     </row>
     <row r="36" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B36" t="s">
-        <v>3819</v>
+        <v>3621</v>
       </c>
       <c r="C36" t="s">
-        <v>761</v>
+        <v>758</v>
       </c>
       <c r="D36" t="s">
-        <v>3820</v>
+        <v>3622</v>
       </c>
     </row>
     <row r="37" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B37" t="s">
-        <v>3821</v>
+        <v>3623</v>
       </c>
       <c r="C37" t="s">
-        <v>1105</v>
+        <v>1102</v>
       </c>
       <c r="D37" t="s">
-        <v>3822</v>
+        <v>3624</v>
       </c>
     </row>
     <row r="38" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B38" t="s">
-        <v>3823</v>
+        <v>3625</v>
       </c>
       <c r="C38" t="s">
-        <v>1110</v>
+        <v>1107</v>
       </c>
       <c r="D38" t="s">
-        <v>3824</v>
+        <v>3626</v>
       </c>
     </row>
     <row r="39" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B39" t="s">
-        <v>3825</v>
+        <v>3627</v>
       </c>
       <c r="C39" t="s">
-        <v>1113</v>
+        <v>1110</v>
       </c>
       <c r="D39" t="s">
-        <v>3826</v>
+        <v>3628</v>
       </c>
     </row>
     <row r="40" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B40" t="s">
-        <v>3827</v>
+        <v>3629</v>
       </c>
       <c r="C40" t="s">
-        <v>1116</v>
+        <v>1113</v>
       </c>
       <c r="D40" t="s">
-        <v>3828</v>
+        <v>3630</v>
       </c>
     </row>
     <row r="41" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B41" t="s">
-        <v>3829</v>
+        <v>3631</v>
       </c>
       <c r="C41" t="s">
-        <v>1119</v>
+        <v>1116</v>
       </c>
       <c r="D41" t="s">
-        <v>3830</v>
+        <v>3632</v>
       </c>
     </row>
     <row r="42" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B42" t="s">
-        <v>3831</v>
+        <v>3633</v>
       </c>
       <c r="C42" t="s">
-        <v>1122</v>
+        <v>1119</v>
       </c>
       <c r="D42" t="s">
-        <v>3832</v>
+        <v>3634</v>
       </c>
     </row>
     <row r="43" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B43" t="s">
-        <v>3833</v>
+        <v>3635</v>
       </c>
       <c r="C43" t="s">
-        <v>1134</v>
+        <v>1131</v>
       </c>
       <c r="D43" t="s">
-        <v>3834</v>
+        <v>3636</v>
       </c>
     </row>
     <row r="44" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B44" t="s">
-        <v>3835</v>
+        <v>3637</v>
       </c>
       <c r="C44" t="s">
-        <v>1149</v>
+        <v>1146</v>
       </c>
       <c r="D44" t="s">
-        <v>3836</v>
+        <v>3638</v>
       </c>
     </row>
     <row r="45" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B45" t="s">
-        <v>3837</v>
+        <v>3639</v>
       </c>
       <c r="C45" t="s">
-        <v>1164</v>
+        <v>1161</v>
       </c>
       <c r="D45" t="s">
-        <v>3838</v>
+        <v>3640</v>
       </c>
     </row>
     <row r="46" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B46" t="s">
-        <v>3839</v>
+        <v>3641</v>
       </c>
       <c r="C46" t="s">
-        <v>1167</v>
+        <v>1164</v>
       </c>
       <c r="D46" t="s">
-        <v>3840</v>
+        <v>3642</v>
       </c>
     </row>
     <row r="47" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B47" t="s">
-        <v>3841</v>
+        <v>3643</v>
       </c>
       <c r="C47" t="s">
-        <v>1172</v>
+        <v>1169</v>
       </c>
       <c r="D47" t="s">
-        <v>3842</v>
+        <v>3644</v>
       </c>
     </row>
     <row r="48" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B48" t="s">
-        <v>3843</v>
+        <v>3645</v>
       </c>
       <c r="C48" t="s">
-        <v>1175</v>
+        <v>1172</v>
       </c>
       <c r="D48" t="s">
-        <v>3844</v>
+        <v>3646</v>
       </c>
     </row>
     <row r="49" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B49" t="s">
-        <v>3845</v>
+        <v>3647</v>
       </c>
       <c r="C49" t="s">
-        <v>1178</v>
+        <v>1175</v>
       </c>
       <c r="D49" t="s">
-        <v>3846</v>
+        <v>3648</v>
       </c>
     </row>
     <row r="50" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B50" t="s">
-        <v>3847</v>
+        <v>3649</v>
       </c>
       <c r="C50" t="s">
-        <v>1187</v>
+        <v>1184</v>
       </c>
       <c r="D50" t="s">
-        <v>3848</v>
+        <v>3650</v>
       </c>
     </row>
     <row r="51" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B51" t="s">
-        <v>3849</v>
+        <v>3651</v>
       </c>
       <c r="C51" t="s">
-        <v>1190</v>
+        <v>1187</v>
       </c>
       <c r="D51" t="s">
-        <v>3850</v>
+        <v>3652</v>
       </c>
     </row>
     <row r="52" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B52" t="s">
-        <v>3851</v>
+        <v>3653</v>
       </c>
       <c r="C52" t="s">
-        <v>1193</v>
+        <v>1190</v>
       </c>
       <c r="D52" t="s">
-        <v>3852</v>
+        <v>3654</v>
       </c>
     </row>
     <row r="53" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B53" t="s">
-        <v>3853</v>
+        <v>3655</v>
       </c>
       <c r="D53" t="s">
-        <v>3854</v>
+        <v>3656</v>
       </c>
     </row>
     <row r="54" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B54" t="s">
-        <v>3855</v>
+        <v>3657</v>
       </c>
       <c r="C54" t="s">
-        <v>1196</v>
+        <v>1193</v>
       </c>
       <c r="D54" t="s">
-        <v>3856</v>
+        <v>3658</v>
       </c>
     </row>
     <row r="55" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B55" t="s">
-        <v>3857</v>
+        <v>3659</v>
       </c>
       <c r="C55" t="s">
-        <v>1205</v>
+        <v>1202</v>
       </c>
       <c r="D55" t="s">
-        <v>3858</v>
+        <v>3660</v>
       </c>
     </row>
     <row r="56" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B56" t="s">
-        <v>3859</v>
+        <v>3661</v>
       </c>
       <c r="C56" t="s">
-        <v>1232</v>
+        <v>1229</v>
       </c>
       <c r="D56" t="s">
-        <v>3860</v>
+        <v>3662</v>
       </c>
     </row>
     <row r="57" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B57" t="s">
-        <v>3861</v>
+        <v>3663</v>
       </c>
       <c r="C57" t="s">
-        <v>1249</v>
+        <v>1246</v>
       </c>
       <c r="D57" t="s">
-        <v>3862</v>
+        <v>3664</v>
       </c>
     </row>
     <row r="58" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B58" t="s">
-        <v>3863</v>
+        <v>3665</v>
       </c>
       <c r="C58" t="s">
-        <v>1252</v>
+        <v>1249</v>
       </c>
       <c r="D58" t="s">
-        <v>3864</v>
+        <v>3666</v>
       </c>
     </row>
     <row r="59" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B59" t="s">
-        <v>3865</v>
+        <v>3667</v>
       </c>
       <c r="C59" t="s">
-        <v>1255</v>
+        <v>1252</v>
       </c>
       <c r="D59" t="s">
-        <v>3866</v>
+        <v>3668</v>
       </c>
     </row>
     <row r="60" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B60" t="s">
-        <v>3867</v>
+        <v>3669</v>
       </c>
       <c r="C60" t="s">
-        <v>1258</v>
+        <v>1255</v>
       </c>
       <c r="D60" t="s">
-        <v>3868</v>
+        <v>3670</v>
       </c>
     </row>
     <row r="61" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B61" t="s">
-        <v>3869</v>
+        <v>3671</v>
       </c>
       <c r="C61" t="s">
-        <v>1263</v>
+        <v>1260</v>
       </c>
       <c r="D61" t="s">
-        <v>3870</v>
+        <v>3672</v>
       </c>
     </row>
     <row r="62" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B62" t="s">
-        <v>3871</v>
+        <v>3673</v>
       </c>
       <c r="C62" t="s">
-        <v>1266</v>
+        <v>1263</v>
       </c>
       <c r="D62" t="s">
-        <v>3872</v>
+        <v>3674</v>
       </c>
     </row>
     <row r="63" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B63" t="s">
-        <v>3873</v>
+        <v>3675</v>
       </c>
       <c r="D63" t="s">
-        <v>3874</v>
+        <v>3676</v>
       </c>
     </row>
     <row r="64" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B64" t="s">
-        <v>3875</v>
+        <v>3677</v>
       </c>
       <c r="C64" t="s">
-        <v>1269</v>
+        <v>1266</v>
       </c>
       <c r="D64" t="s">
-        <v>3876</v>
+        <v>3678</v>
       </c>
     </row>
     <row r="65" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B65" t="s">
-        <v>3877</v>
+        <v>3679</v>
       </c>
       <c r="C65" t="s">
-        <v>1272</v>
+        <v>1269</v>
       </c>
       <c r="D65" t="s">
-        <v>3878</v>
+        <v>3680</v>
       </c>
     </row>
     <row r="66" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B66" t="s">
-        <v>3879</v>
+        <v>3681</v>
       </c>
       <c r="C66" t="s">
-        <v>1275</v>
+        <v>1272</v>
       </c>
       <c r="D66" t="s">
-        <v>3880</v>
+        <v>3682</v>
       </c>
     </row>
     <row r="67" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B67" t="s">
-        <v>3881</v>
+        <v>3683</v>
       </c>
       <c r="C67" t="s">
-        <v>1278</v>
+        <v>1275</v>
       </c>
       <c r="D67" t="s">
-        <v>3882</v>
+        <v>3684</v>
       </c>
     </row>
     <row r="68" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B68" t="s">
-        <v>3883</v>
+        <v>3685</v>
       </c>
       <c r="C68" t="s">
-        <v>1421</v>
+        <v>1418</v>
       </c>
       <c r="D68" t="s">
-        <v>3884</v>
+        <v>3686</v>
       </c>
     </row>
     <row r="69" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B69" t="s">
-        <v>3885</v>
+        <v>3687</v>
       </c>
       <c r="C69" t="s">
-        <v>1424</v>
+        <v>1421</v>
       </c>
       <c r="D69" t="s">
-        <v>3886</v>
+        <v>3688</v>
       </c>
     </row>
     <row r="70" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B70" t="s">
-        <v>3887</v>
+        <v>3689</v>
       </c>
       <c r="C70" t="s">
-        <v>1427</v>
+        <v>1424</v>
       </c>
       <c r="D70" t="s">
-        <v>3888</v>
+        <v>3690</v>
       </c>
     </row>
     <row r="71" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B71" t="s">
-        <v>3889</v>
+        <v>3691</v>
       </c>
       <c r="C71" t="s">
-        <v>1430</v>
+        <v>1427</v>
       </c>
       <c r="D71" t="s">
-        <v>3890</v>
+        <v>3692</v>
       </c>
     </row>
     <row r="72" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B72" t="s">
-        <v>3891</v>
+        <v>3693</v>
       </c>
       <c r="C72" t="s">
-        <v>1435</v>
+        <v>1432</v>
       </c>
       <c r="D72" t="s">
-        <v>3892</v>
+        <v>3694</v>
       </c>
     </row>
     <row r="73" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B73" t="s">
-        <v>3893</v>
+        <v>3695</v>
       </c>
       <c r="C73" t="s">
-        <v>1438</v>
+        <v>1435</v>
       </c>
       <c r="D73" t="s">
-        <v>3894</v>
+        <v>3696</v>
       </c>
     </row>
     <row r="74" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B74" t="s">
-        <v>3895</v>
+        <v>3697</v>
       </c>
       <c r="C74" t="s">
-        <v>1443</v>
+        <v>1440</v>
       </c>
       <c r="D74" t="s">
-        <v>3896</v>
+        <v>3698</v>
       </c>
     </row>
     <row r="75" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B75" t="s">
-        <v>3897</v>
+        <v>3699</v>
       </c>
       <c r="C75" t="s">
-        <v>1446</v>
+        <v>1443</v>
       </c>
       <c r="D75" t="s">
-        <v>3898</v>
+        <v>3700</v>
       </c>
     </row>
     <row r="76" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B76" t="s">
-        <v>3899</v>
+        <v>3701</v>
       </c>
       <c r="C76" t="s">
-        <v>1451</v>
+        <v>1448</v>
       </c>
       <c r="D76" t="s">
-        <v>3900</v>
+        <v>3702</v>
       </c>
     </row>
     <row r="77" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B77" t="s">
-        <v>3901</v>
+        <v>3703</v>
       </c>
       <c r="C77" t="s">
-        <v>1456</v>
+        <v>1453</v>
       </c>
       <c r="D77" t="s">
-        <v>3902</v>
+        <v>3704</v>
       </c>
     </row>
     <row r="78" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B78" t="s">
-        <v>3903</v>
+        <v>3705</v>
       </c>
       <c r="C78" t="s">
-        <v>1461</v>
+        <v>1458</v>
       </c>
       <c r="D78" t="s">
-        <v>3904</v>
+        <v>3706</v>
       </c>
     </row>
     <row r="79" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B79" t="s">
-        <v>3905</v>
+        <v>3707</v>
       </c>
       <c r="C79" t="s">
-        <v>1464</v>
+        <v>1461</v>
       </c>
       <c r="D79" t="s">
-        <v>3906</v>
+        <v>3708</v>
       </c>
     </row>
     <row r="80" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B80" t="s">
-        <v>3907</v>
+        <v>3709</v>
       </c>
       <c r="C80" t="s">
-        <v>1467</v>
+        <v>1464</v>
       </c>
       <c r="D80" t="s">
-        <v>3908</v>
+        <v>3710</v>
       </c>
     </row>
     <row r="81" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B81" t="s">
-        <v>3909</v>
+        <v>3711</v>
       </c>
       <c r="D81" t="s">
-        <v>3910</v>
+        <v>3712</v>
       </c>
     </row>
     <row r="82" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B82" t="s">
-        <v>3911</v>
+        <v>3713</v>
       </c>
       <c r="C82" t="s">
-        <v>1470</v>
+        <v>1467</v>
       </c>
       <c r="D82" t="s">
-        <v>3912</v>
+        <v>3714</v>
       </c>
     </row>
     <row r="83" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B83" t="s">
-        <v>3913</v>
+        <v>3715</v>
       </c>
       <c r="C83" t="s">
-        <v>1475</v>
+        <v>1472</v>
       </c>
       <c r="D83" t="s">
-        <v>3914</v>
+        <v>3716</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet24.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1700-000000000000}">
   <dimension ref="A1:D48"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>110</v>
+        <v>107</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>111</v>
+        <v>108</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>112</v>
+        <v>109</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
-        <v>95</v>
+        <v>92</v>
       </c>
       <c r="B2" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="D2" t="s">
-        <v>97</v>
+        <v>94</v>
       </c>
     </row>
     <row r="3" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
-        <v>3915</v>
+        <v>3717</v>
       </c>
       <c r="B3" t="s">
-        <v>116</v>
+        <v>113</v>
       </c>
       <c r="D3" t="s">
-        <v>3916</v>
+        <v>3718</v>
       </c>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B4" t="s">
-        <v>3917</v>
+        <v>3719</v>
       </c>
       <c r="D4" t="s">
-        <v>3918</v>
+        <v>3720</v>
       </c>
     </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B5" t="s">
-        <v>3919</v>
+        <v>3721</v>
       </c>
       <c r="D5" t="s">
-        <v>3920</v>
+        <v>3722</v>
       </c>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B6" t="s">
-        <v>3921</v>
+        <v>3723</v>
       </c>
       <c r="D6" t="s">
-        <v>3922</v>
+        <v>3724</v>
       </c>
     </row>
     <row r="7" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B7" t="s">
-        <v>3923</v>
+        <v>3725</v>
       </c>
       <c r="D7" t="s">
-        <v>3924</v>
+        <v>3726</v>
       </c>
     </row>
     <row r="8" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B8" t="s">
-        <v>3925</v>
+        <v>3727</v>
       </c>
       <c r="D8" t="s">
-        <v>3926</v>
+        <v>3728</v>
       </c>
     </row>
     <row r="9" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B9" t="s">
-        <v>3927</v>
+        <v>3729</v>
       </c>
       <c r="D9" t="s">
-        <v>3928</v>
+        <v>3730</v>
       </c>
     </row>
     <row r="10" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B10" t="s">
-        <v>3929</v>
+        <v>3731</v>
       </c>
       <c r="C10" t="s">
-        <v>680</v>
+        <v>677</v>
       </c>
       <c r="D10" t="s">
-        <v>3930</v>
+        <v>3732</v>
       </c>
     </row>
     <row r="11" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B11" t="s">
-        <v>3931</v>
+        <v>3733</v>
       </c>
       <c r="C11" t="s">
-        <v>683</v>
+        <v>680</v>
       </c>
       <c r="D11" t="s">
-        <v>3932</v>
+        <v>3734</v>
       </c>
     </row>
     <row r="12" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B12" t="s">
-        <v>3933</v>
+        <v>3735</v>
       </c>
       <c r="C12" t="s">
-        <v>686</v>
+        <v>683</v>
       </c>
       <c r="D12" t="s">
-        <v>3934</v>
+        <v>3736</v>
       </c>
     </row>
     <row r="13" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B13" t="s">
-        <v>3935</v>
+        <v>3737</v>
       </c>
       <c r="C13" t="s">
-        <v>689</v>
+        <v>686</v>
       </c>
       <c r="D13" t="s">
-        <v>3936</v>
+        <v>3738</v>
       </c>
     </row>
     <row r="14" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B14" t="s">
-        <v>3937</v>
+        <v>3739</v>
       </c>
       <c r="C14" t="s">
-        <v>692</v>
+        <v>689</v>
       </c>
       <c r="D14" t="s">
-        <v>3938</v>
+        <v>3740</v>
       </c>
     </row>
     <row r="15" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B15" t="s">
-        <v>3939</v>
+        <v>3741</v>
       </c>
       <c r="C15" t="s">
-        <v>695</v>
+        <v>692</v>
       </c>
       <c r="D15" t="s">
-        <v>3940</v>
+        <v>3742</v>
       </c>
     </row>
     <row r="16" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B16" t="s">
-        <v>3941</v>
+        <v>3743</v>
       </c>
       <c r="C16" t="s">
-        <v>698</v>
+        <v>695</v>
       </c>
       <c r="D16" t="s">
-        <v>3942</v>
+        <v>3744</v>
       </c>
     </row>
     <row r="17" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B17" t="s">
-        <v>3943</v>
+        <v>3745</v>
       </c>
       <c r="C17" t="s">
-        <v>703</v>
+        <v>700</v>
       </c>
       <c r="D17" t="s">
-        <v>3944</v>
+        <v>3746</v>
       </c>
     </row>
     <row r="18" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B18" t="s">
-        <v>3945</v>
+        <v>3747</v>
       </c>
       <c r="C18" t="s">
-        <v>706</v>
+        <v>703</v>
       </c>
       <c r="D18" t="s">
-        <v>3946</v>
+        <v>3748</v>
       </c>
     </row>
     <row r="19" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B19" t="s">
-        <v>3947</v>
+        <v>3749</v>
       </c>
       <c r="C19" t="s">
-        <v>709</v>
+        <v>706</v>
       </c>
       <c r="D19" t="s">
-        <v>3948</v>
+        <v>3750</v>
       </c>
     </row>
     <row r="20" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B20" t="s">
-        <v>3949</v>
+        <v>3751</v>
       </c>
       <c r="C20" t="s">
-        <v>712</v>
+        <v>709</v>
       </c>
       <c r="D20" t="s">
-        <v>3950</v>
+        <v>3752</v>
       </c>
     </row>
     <row r="21" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B21" t="s">
-        <v>3951</v>
+        <v>3753</v>
       </c>
       <c r="C21" t="s">
-        <v>715</v>
+        <v>712</v>
       </c>
       <c r="D21" t="s">
-        <v>3952</v>
+        <v>3754</v>
       </c>
     </row>
     <row r="22" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B22" t="s">
-        <v>3953</v>
+        <v>3755</v>
       </c>
       <c r="C22" t="s">
-        <v>718</v>
+        <v>715</v>
       </c>
       <c r="D22" t="s">
-        <v>3954</v>
+        <v>3756</v>
       </c>
     </row>
     <row r="23" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B23" t="s">
-        <v>3955</v>
+        <v>3757</v>
       </c>
       <c r="C23" t="s">
-        <v>721</v>
+        <v>718</v>
       </c>
       <c r="D23" t="s">
-        <v>3956</v>
+        <v>3758</v>
       </c>
     </row>
     <row r="24" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B24" t="s">
-        <v>3957</v>
+        <v>3759</v>
       </c>
       <c r="D24" t="s">
-        <v>3958</v>
+        <v>3760</v>
       </c>
     </row>
     <row r="25" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B25" t="s">
-        <v>3959</v>
+        <v>3761</v>
       </c>
       <c r="C25" t="s">
-        <v>724</v>
+        <v>721</v>
       </c>
       <c r="D25" t="s">
-        <v>3960</v>
+        <v>3762</v>
       </c>
     </row>
     <row r="26" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B26" t="s">
-        <v>3961</v>
+        <v>3763</v>
       </c>
       <c r="C26" t="s">
-        <v>727</v>
+        <v>724</v>
       </c>
       <c r="D26" t="s">
-        <v>3962</v>
+        <v>3764</v>
       </c>
     </row>
     <row r="27" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B27" t="s">
-        <v>3963</v>
+        <v>3765</v>
       </c>
       <c r="C27" t="s">
-        <v>730</v>
+        <v>727</v>
       </c>
       <c r="D27" t="s">
-        <v>3964</v>
+        <v>3766</v>
       </c>
     </row>
     <row r="28" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B28" t="s">
-        <v>3965</v>
+        <v>3767</v>
       </c>
       <c r="C28" t="s">
-        <v>735</v>
+        <v>732</v>
       </c>
       <c r="D28" t="s">
-        <v>3966</v>
+        <v>3768</v>
       </c>
     </row>
     <row r="29" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B29" t="s">
-        <v>3967</v>
+        <v>3769</v>
       </c>
       <c r="C29" t="s">
-        <v>738</v>
+        <v>735</v>
       </c>
       <c r="D29" t="s">
-        <v>3968</v>
+        <v>3770</v>
       </c>
     </row>
     <row r="30" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B30" t="s">
-        <v>3969</v>
+        <v>3771</v>
       </c>
       <c r="C30" t="s">
-        <v>741</v>
+        <v>738</v>
       </c>
       <c r="D30" t="s">
-        <v>3970</v>
+        <v>3772</v>
       </c>
     </row>
     <row r="31" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B31" t="s">
-        <v>3971</v>
+        <v>3773</v>
       </c>
       <c r="C31" t="s">
-        <v>744</v>
+        <v>741</v>
       </c>
       <c r="D31" t="s">
-        <v>3972</v>
+        <v>3774</v>
       </c>
     </row>
     <row r="32" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B32" t="s">
-        <v>3973</v>
+        <v>3775</v>
       </c>
       <c r="C32" t="s">
-        <v>747</v>
+        <v>744</v>
       </c>
       <c r="D32" t="s">
-        <v>3974</v>
+        <v>3776</v>
       </c>
     </row>
     <row r="33" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B33" t="s">
-        <v>3975</v>
+        <v>3777</v>
       </c>
       <c r="C33" t="s">
-        <v>750</v>
+        <v>747</v>
       </c>
       <c r="D33" t="s">
-        <v>3976</v>
+        <v>3778</v>
       </c>
     </row>
     <row r="34" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B34" t="s">
-        <v>3977</v>
+        <v>3779</v>
       </c>
       <c r="C34" t="s">
-        <v>755</v>
+        <v>752</v>
       </c>
       <c r="D34" t="s">
-        <v>3978</v>
+        <v>3780</v>
       </c>
     </row>
     <row r="35" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B35" t="s">
-        <v>3979</v>
+        <v>3781</v>
       </c>
       <c r="C35" t="s">
-        <v>758</v>
+        <v>755</v>
       </c>
       <c r="D35" t="s">
-        <v>3980</v>
+        <v>3782</v>
       </c>
     </row>
     <row r="36" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B36" t="s">
-        <v>3981</v>
+        <v>3783</v>
       </c>
       <c r="C36" t="s">
-        <v>761</v>
+        <v>758</v>
       </c>
       <c r="D36" t="s">
-        <v>3982</v>
+        <v>3784</v>
       </c>
     </row>
     <row r="37" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B37" t="s">
-        <v>3983</v>
+        <v>3785</v>
       </c>
       <c r="C37" t="s">
-        <v>1105</v>
+        <v>1102</v>
       </c>
       <c r="D37" t="s">
-        <v>3984</v>
+        <v>3786</v>
       </c>
     </row>
     <row r="38" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B38" t="s">
-        <v>3985</v>
+        <v>3787</v>
       </c>
       <c r="C38" t="s">
-        <v>1110</v>
+        <v>1107</v>
       </c>
       <c r="D38" t="s">
-        <v>3986</v>
+        <v>3788</v>
       </c>
     </row>
     <row r="39" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B39" t="s">
-        <v>3987</v>
+        <v>3789</v>
       </c>
       <c r="C39" t="s">
-        <v>1113</v>
+        <v>1110</v>
       </c>
       <c r="D39" t="s">
-        <v>3988</v>
+        <v>3790</v>
       </c>
     </row>
     <row r="40" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B40" t="s">
-        <v>3989</v>
+        <v>3791</v>
       </c>
       <c r="C40" t="s">
-        <v>1116</v>
+        <v>1113</v>
       </c>
       <c r="D40" t="s">
-        <v>3990</v>
+        <v>3792</v>
       </c>
     </row>
     <row r="41" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B41" t="s">
-        <v>3991</v>
+        <v>3793</v>
       </c>
       <c r="C41" t="s">
-        <v>1119</v>
+        <v>1116</v>
       </c>
       <c r="D41" t="s">
-        <v>3992</v>
+        <v>3794</v>
       </c>
     </row>
     <row r="42" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B42" t="s">
-        <v>3993</v>
+        <v>3795</v>
       </c>
       <c r="C42" t="s">
-        <v>1122</v>
+        <v>1119</v>
       </c>
       <c r="D42" t="s">
-        <v>3994</v>
+        <v>3796</v>
       </c>
     </row>
     <row r="43" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B43" t="s">
-        <v>3995</v>
+        <v>3797</v>
       </c>
       <c r="C43" t="s">
-        <v>1134</v>
+        <v>1131</v>
       </c>
       <c r="D43" t="s">
-        <v>3996</v>
+        <v>3798</v>
       </c>
     </row>
     <row r="44" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B44" t="s">
-        <v>3997</v>
+        <v>3799</v>
       </c>
       <c r="C44" t="s">
-        <v>1149</v>
+        <v>1146</v>
       </c>
       <c r="D44" t="s">
-        <v>3998</v>
+        <v>3800</v>
       </c>
     </row>
     <row r="45" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B45" t="s">
-        <v>3999</v>
+        <v>3801</v>
       </c>
       <c r="C45" t="s">
-        <v>1164</v>
+        <v>1161</v>
       </c>
       <c r="D45" t="s">
-        <v>4000</v>
+        <v>3802</v>
       </c>
     </row>
     <row r="46" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B46" t="s">
-        <v>4001</v>
+        <v>3803</v>
       </c>
       <c r="C46" t="s">
-        <v>1167</v>
+        <v>1164</v>
       </c>
       <c r="D46" t="s">
-        <v>4002</v>
+        <v>3804</v>
       </c>
     </row>
     <row r="47" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B47" t="s">
-        <v>4003</v>
+        <v>3805</v>
       </c>
       <c r="C47" t="s">
-        <v>1172</v>
+        <v>1169</v>
       </c>
       <c r="D47" t="s">
-        <v>4004</v>
+        <v>3806</v>
       </c>
     </row>
     <row r="48" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B48" t="s">
-        <v>4005</v>
+        <v>3807</v>
       </c>
       <c r="C48" t="s">
-        <v>1175</v>
+        <v>1172</v>
       </c>
       <c r="D48" t="s">
-        <v>4006</v>
+        <v>3808</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet25.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1800-000000000000}">
   <dimension ref="A1:D85"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>110</v>
+        <v>107</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>111</v>
+        <v>108</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>112</v>
+        <v>109</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
+        <v>95</v>
+      </c>
+      <c r="B2" t="s">
+        <v>96</v>
+      </c>
+      <c r="D2" t="s">
         <v>98</v>
-      </c>
-[...4 lines deleted...]
-        <v>101</v>
       </c>
     </row>
     <row r="3" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
-        <v>4007</v>
+        <v>3809</v>
       </c>
       <c r="B3" t="s">
-        <v>116</v>
+        <v>113</v>
       </c>
       <c r="D3" t="s">
-        <v>4008</v>
+        <v>3810</v>
       </c>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B4" t="s">
-        <v>120</v>
+        <v>117</v>
       </c>
       <c r="D4" t="s">
-        <v>4009</v>
+        <v>3811</v>
       </c>
     </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B5" t="s">
-        <v>4010</v>
+        <v>3812</v>
       </c>
       <c r="D5" t="s">
-        <v>4011</v>
+        <v>3813</v>
       </c>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B6" t="s">
-        <v>499</v>
+        <v>496</v>
       </c>
       <c r="D6" t="s">
-        <v>4012</v>
+        <v>3814</v>
       </c>
     </row>
     <row r="7" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B7" t="s">
-        <v>122</v>
+        <v>119</v>
       </c>
       <c r="D7" t="s">
-        <v>4013</v>
+        <v>3815</v>
       </c>
     </row>
     <row r="8" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B8" t="s">
-        <v>124</v>
+        <v>121</v>
       </c>
       <c r="D8" t="s">
-        <v>4014</v>
+        <v>3816</v>
       </c>
     </row>
     <row r="9" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B9" t="s">
-        <v>4015</v>
+        <v>3817</v>
       </c>
       <c r="D9" t="s">
-        <v>4016</v>
+        <v>3818</v>
       </c>
     </row>
     <row r="10" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B10" t="s">
-        <v>4017</v>
+        <v>3819</v>
       </c>
       <c r="D10" t="s">
-        <v>4018</v>
+        <v>3820</v>
       </c>
     </row>
     <row r="11" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B11" t="s">
-        <v>4019</v>
+        <v>3821</v>
       </c>
       <c r="D11" t="s">
-        <v>4020</v>
+        <v>3822</v>
       </c>
     </row>
     <row r="12" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B12" t="s">
-        <v>4021</v>
+        <v>3823</v>
       </c>
       <c r="C12" t="s">
-        <v>680</v>
+        <v>677</v>
       </c>
       <c r="D12" t="s">
-        <v>4022</v>
+        <v>3824</v>
       </c>
     </row>
     <row r="13" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B13" t="s">
-        <v>4023</v>
+        <v>3825</v>
       </c>
       <c r="C13" t="s">
-        <v>683</v>
+        <v>680</v>
       </c>
       <c r="D13" t="s">
-        <v>4024</v>
+        <v>3826</v>
       </c>
     </row>
     <row r="14" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B14" t="s">
-        <v>4025</v>
+        <v>3827</v>
       </c>
       <c r="C14" t="s">
-        <v>686</v>
+        <v>683</v>
       </c>
       <c r="D14" t="s">
-        <v>4026</v>
+        <v>3828</v>
       </c>
     </row>
     <row r="15" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B15" t="s">
-        <v>2631</v>
+        <v>2535</v>
       </c>
       <c r="C15" t="s">
-        <v>689</v>
+        <v>686</v>
       </c>
       <c r="D15" t="s">
-        <v>4027</v>
+        <v>3829</v>
       </c>
     </row>
     <row r="16" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B16" t="s">
-        <v>2637</v>
+        <v>2538</v>
       </c>
       <c r="C16" t="s">
-        <v>692</v>
+        <v>689</v>
       </c>
       <c r="D16" t="s">
-        <v>4028</v>
+        <v>3830</v>
       </c>
     </row>
     <row r="17" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B17" t="s">
-        <v>4029</v>
+        <v>3831</v>
       </c>
       <c r="C17" t="s">
-        <v>695</v>
+        <v>692</v>
       </c>
       <c r="D17" t="s">
-        <v>4030</v>
+        <v>3832</v>
       </c>
     </row>
     <row r="18" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B18" t="s">
-        <v>558</v>
+        <v>555</v>
       </c>
       <c r="C18" t="s">
-        <v>698</v>
+        <v>695</v>
       </c>
       <c r="D18" t="s">
-        <v>4031</v>
+        <v>3833</v>
       </c>
     </row>
     <row r="19" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B19" t="s">
-        <v>2640</v>
+        <v>2539</v>
       </c>
       <c r="C19" t="s">
-        <v>703</v>
+        <v>700</v>
       </c>
       <c r="D19" t="s">
-        <v>4032</v>
+        <v>3834</v>
       </c>
     </row>
     <row r="20" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B20" t="s">
-        <v>4033</v>
+        <v>3835</v>
       </c>
       <c r="C20" t="s">
-        <v>706</v>
+        <v>703</v>
       </c>
       <c r="D20" t="s">
-        <v>4034</v>
+        <v>3836</v>
       </c>
     </row>
     <row r="21" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B21" t="s">
-        <v>4035</v>
+        <v>3837</v>
       </c>
       <c r="C21" t="s">
-        <v>709</v>
+        <v>706</v>
       </c>
       <c r="D21" t="s">
-        <v>4036</v>
+        <v>3838</v>
       </c>
     </row>
     <row r="22" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B22" t="s">
-        <v>4037</v>
+        <v>3839</v>
       </c>
       <c r="C22" t="s">
-        <v>712</v>
+        <v>709</v>
       </c>
       <c r="D22" t="s">
-        <v>4038</v>
+        <v>3840</v>
       </c>
     </row>
     <row r="23" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B23" t="s">
-        <v>4039</v>
+        <v>3841</v>
       </c>
       <c r="D23" t="s">
-        <v>4040</v>
+        <v>3842</v>
       </c>
     </row>
     <row r="24" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B24" t="s">
-        <v>4021</v>
+        <v>3823</v>
       </c>
       <c r="C24" t="s">
-        <v>715</v>
+        <v>712</v>
       </c>
       <c r="D24" t="s">
-        <v>4041</v>
+        <v>3843</v>
       </c>
     </row>
     <row r="25" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B25" t="s">
-        <v>4042</v>
+        <v>3844</v>
       </c>
       <c r="C25" t="s">
-        <v>718</v>
+        <v>715</v>
       </c>
       <c r="D25" t="s">
-        <v>4043</v>
+        <v>3845</v>
       </c>
     </row>
     <row r="26" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B26" t="s">
-        <v>4044</v>
+        <v>3846</v>
       </c>
       <c r="C26" t="s">
-        <v>721</v>
+        <v>718</v>
       </c>
       <c r="D26" t="s">
-        <v>4045</v>
+        <v>3847</v>
       </c>
     </row>
     <row r="27" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B27" t="s">
-        <v>4046</v>
+        <v>3848</v>
       </c>
       <c r="C27" t="s">
-        <v>724</v>
+        <v>721</v>
       </c>
       <c r="D27" t="s">
-        <v>4047</v>
+        <v>3849</v>
       </c>
     </row>
     <row r="28" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B28" t="s">
-        <v>4048</v>
+        <v>3850</v>
       </c>
       <c r="C28" t="s">
-        <v>727</v>
+        <v>724</v>
       </c>
       <c r="D28" t="s">
-        <v>4049</v>
+        <v>3851</v>
       </c>
     </row>
     <row r="29" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B29" t="s">
-        <v>4050</v>
+        <v>3852</v>
       </c>
       <c r="C29" t="s">
-        <v>730</v>
+        <v>727</v>
       </c>
       <c r="D29" t="s">
-        <v>4051</v>
+        <v>3853</v>
       </c>
     </row>
     <row r="30" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B30" t="s">
-        <v>4052</v>
+        <v>3854</v>
       </c>
       <c r="C30" t="s">
-        <v>735</v>
+        <v>732</v>
       </c>
       <c r="D30" t="s">
-        <v>4053</v>
+        <v>3855</v>
       </c>
     </row>
     <row r="31" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B31" t="s">
-        <v>580</v>
+        <v>577</v>
       </c>
       <c r="C31" t="s">
-        <v>738</v>
+        <v>735</v>
       </c>
       <c r="D31" t="s">
-        <v>4054</v>
+        <v>3856</v>
       </c>
     </row>
     <row r="32" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B32" t="s">
-        <v>2855</v>
+        <v>2657</v>
       </c>
       <c r="C32" t="s">
-        <v>741</v>
+        <v>738</v>
       </c>
       <c r="D32" t="s">
-        <v>4055</v>
+        <v>3857</v>
       </c>
     </row>
     <row r="33" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B33" t="s">
-        <v>4056</v>
+        <v>3858</v>
       </c>
       <c r="C33" t="s">
-        <v>744</v>
+        <v>741</v>
       </c>
       <c r="D33" t="s">
-        <v>4057</v>
+        <v>3859</v>
       </c>
     </row>
     <row r="34" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B34" t="s">
-        <v>4058</v>
+        <v>3860</v>
       </c>
       <c r="D34" t="s">
-        <v>4059</v>
+        <v>3861</v>
       </c>
     </row>
     <row r="35" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B35" t="s">
-        <v>4021</v>
+        <v>3823</v>
       </c>
       <c r="C35" t="s">
-        <v>747</v>
+        <v>744</v>
       </c>
       <c r="D35" t="s">
-        <v>4060</v>
+        <v>3862</v>
       </c>
     </row>
     <row r="36" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B36" t="s">
-        <v>4061</v>
+        <v>3863</v>
       </c>
       <c r="C36" t="s">
-        <v>750</v>
+        <v>747</v>
       </c>
       <c r="D36" t="s">
-        <v>4062</v>
+        <v>3864</v>
       </c>
     </row>
     <row r="37" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B37" t="s">
-        <v>4063</v>
+        <v>3865</v>
       </c>
       <c r="C37" t="s">
-        <v>755</v>
+        <v>752</v>
       </c>
       <c r="D37" t="s">
-        <v>4064</v>
+        <v>3866</v>
       </c>
     </row>
     <row r="38" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B38" t="s">
-        <v>4065</v>
+        <v>3867</v>
       </c>
       <c r="C38" t="s">
-        <v>758</v>
+        <v>755</v>
       </c>
       <c r="D38" t="s">
-        <v>4066</v>
+        <v>3868</v>
       </c>
     </row>
     <row r="39" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B39" t="s">
-        <v>4067</v>
+        <v>3869</v>
       </c>
       <c r="C39" t="s">
-        <v>761</v>
+        <v>758</v>
       </c>
       <c r="D39" t="s">
-        <v>4068</v>
+        <v>3870</v>
       </c>
     </row>
     <row r="40" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B40" t="s">
-        <v>4069</v>
+        <v>3871</v>
       </c>
       <c r="C40" t="s">
-        <v>1105</v>
+        <v>1102</v>
       </c>
       <c r="D40" t="s">
-        <v>4070</v>
+        <v>3872</v>
       </c>
     </row>
     <row r="41" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B41" t="s">
-        <v>4071</v>
+        <v>3873</v>
       </c>
       <c r="C41" t="s">
-        <v>1110</v>
+        <v>1107</v>
       </c>
       <c r="D41" t="s">
-        <v>4072</v>
+        <v>3874</v>
       </c>
     </row>
     <row r="42" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B42" t="s">
-        <v>4073</v>
+        <v>3875</v>
       </c>
       <c r="C42" t="s">
-        <v>1113</v>
+        <v>1110</v>
       </c>
       <c r="D42" t="s">
-        <v>4074</v>
+        <v>3876</v>
       </c>
     </row>
     <row r="43" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B43" t="s">
-        <v>4075</v>
+        <v>3877</v>
       </c>
       <c r="C43" t="s">
-        <v>1116</v>
+        <v>1113</v>
       </c>
       <c r="D43" t="s">
-        <v>4076</v>
+        <v>3878</v>
       </c>
     </row>
     <row r="44" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B44" t="s">
-        <v>4077</v>
+        <v>3879</v>
       </c>
       <c r="C44" t="s">
-        <v>1119</v>
+        <v>1116</v>
       </c>
       <c r="D44" t="s">
-        <v>4078</v>
+        <v>3880</v>
       </c>
     </row>
     <row r="45" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B45" t="s">
-        <v>4079</v>
+        <v>3881</v>
       </c>
       <c r="C45" t="s">
-        <v>1122</v>
+        <v>1119</v>
       </c>
       <c r="D45" t="s">
-        <v>4080</v>
+        <v>3882</v>
       </c>
     </row>
     <row r="46" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B46" t="s">
-        <v>4081</v>
+        <v>3883</v>
       </c>
       <c r="C46" t="s">
-        <v>1134</v>
+        <v>1131</v>
       </c>
       <c r="D46" t="s">
-        <v>4082</v>
+        <v>3884</v>
       </c>
     </row>
     <row r="47" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B47" t="s">
-        <v>4083</v>
+        <v>3885</v>
       </c>
       <c r="D47" t="s">
-        <v>4084</v>
+        <v>3886</v>
       </c>
     </row>
     <row r="48" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B48" t="s">
-        <v>4021</v>
+        <v>3823</v>
       </c>
       <c r="C48" t="s">
-        <v>1149</v>
+        <v>1146</v>
       </c>
       <c r="D48" t="s">
-        <v>4085</v>
+        <v>3887</v>
       </c>
     </row>
     <row r="49" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B49" t="s">
-        <v>4086</v>
+        <v>3888</v>
       </c>
       <c r="C49" t="s">
-        <v>1164</v>
+        <v>1161</v>
       </c>
       <c r="D49" t="s">
-        <v>4087</v>
+        <v>3889</v>
       </c>
     </row>
     <row r="50" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B50" t="s">
-        <v>4088</v>
+        <v>3890</v>
       </c>
       <c r="C50" t="s">
-        <v>1167</v>
+        <v>1164</v>
       </c>
       <c r="D50" t="s">
-        <v>4089</v>
+        <v>3891</v>
       </c>
     </row>
     <row r="51" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B51" t="s">
-        <v>4090</v>
+        <v>3892</v>
       </c>
       <c r="C51" t="s">
-        <v>1172</v>
+        <v>1169</v>
       </c>
       <c r="D51" t="s">
-        <v>4091</v>
+        <v>3893</v>
       </c>
     </row>
     <row r="52" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B52" t="s">
-        <v>4092</v>
+        <v>3894</v>
       </c>
       <c r="C52" t="s">
-        <v>1175</v>
+        <v>1172</v>
       </c>
       <c r="D52" t="s">
-        <v>4093</v>
+        <v>3895</v>
       </c>
     </row>
     <row r="53" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B53" t="s">
-        <v>4094</v>
+        <v>3896</v>
       </c>
       <c r="C53" t="s">
-        <v>1178</v>
+        <v>1175</v>
       </c>
       <c r="D53" t="s">
-        <v>4095</v>
+        <v>3897</v>
       </c>
     </row>
     <row r="54" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B54" t="s">
-        <v>4096</v>
+        <v>3898</v>
       </c>
       <c r="C54" t="s">
-        <v>1187</v>
+        <v>1184</v>
       </c>
       <c r="D54" t="s">
-        <v>4097</v>
+        <v>3899</v>
       </c>
     </row>
     <row r="55" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B55" t="s">
-        <v>2446</v>
+        <v>2443</v>
       </c>
       <c r="C55" t="s">
-        <v>1190</v>
+        <v>1187</v>
       </c>
       <c r="D55" t="s">
-        <v>4098</v>
+        <v>3900</v>
       </c>
     </row>
     <row r="56" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B56" t="s">
-        <v>4099</v>
+        <v>3901</v>
       </c>
       <c r="D56" t="s">
-        <v>4100</v>
+        <v>3902</v>
       </c>
     </row>
     <row r="57" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B57" t="s">
-        <v>4021</v>
+        <v>3823</v>
       </c>
       <c r="C57" t="s">
-        <v>1193</v>
+        <v>1190</v>
       </c>
       <c r="D57" t="s">
-        <v>4101</v>
+        <v>3903</v>
       </c>
     </row>
     <row r="58" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B58" t="s">
-        <v>4102</v>
+        <v>3904</v>
       </c>
       <c r="C58" t="s">
-        <v>1196</v>
+        <v>1193</v>
       </c>
       <c r="D58" t="s">
-        <v>4103</v>
+        <v>3905</v>
       </c>
     </row>
     <row r="59" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B59" t="s">
-        <v>4104</v>
+        <v>3906</v>
       </c>
       <c r="C59" t="s">
-        <v>1205</v>
+        <v>1202</v>
       </c>
       <c r="D59" t="s">
-        <v>4105</v>
+        <v>3907</v>
       </c>
     </row>
     <row r="60" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B60" t="s">
-        <v>4106</v>
+        <v>3908</v>
       </c>
       <c r="C60" t="s">
-        <v>1232</v>
+        <v>1229</v>
       </c>
       <c r="D60" t="s">
-        <v>4107</v>
+        <v>3909</v>
       </c>
     </row>
     <row r="61" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B61" t="s">
-        <v>2700</v>
+        <v>2557</v>
       </c>
       <c r="C61" t="s">
-        <v>1249</v>
+        <v>1246</v>
       </c>
       <c r="D61" t="s">
-        <v>4108</v>
+        <v>3910</v>
       </c>
     </row>
     <row r="62" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B62" t="s">
-        <v>2450</v>
+        <v>2447</v>
       </c>
       <c r="C62" t="s">
-        <v>1252</v>
+        <v>1249</v>
       </c>
       <c r="D62" t="s">
-        <v>4109</v>
+        <v>3911</v>
       </c>
     </row>
     <row r="63" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B63" t="s">
-        <v>4110</v>
+        <v>3912</v>
       </c>
       <c r="C63" t="s">
-        <v>1255</v>
+        <v>1252</v>
       </c>
       <c r="D63" t="s">
-        <v>4111</v>
+        <v>3913</v>
       </c>
     </row>
     <row r="64" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B64" t="s">
-        <v>4112</v>
+        <v>3914</v>
       </c>
       <c r="D64" t="s">
-        <v>4113</v>
+        <v>3915</v>
       </c>
     </row>
     <row r="65" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B65" t="s">
-        <v>4021</v>
+        <v>3823</v>
       </c>
       <c r="C65" t="s">
-        <v>1258</v>
+        <v>1255</v>
       </c>
       <c r="D65" t="s">
-        <v>4114</v>
+        <v>3916</v>
       </c>
     </row>
     <row r="66" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B66" t="s">
-        <v>4115</v>
+        <v>3917</v>
       </c>
       <c r="C66" t="s">
-        <v>1263</v>
+        <v>1260</v>
       </c>
       <c r="D66" t="s">
-        <v>4116</v>
+        <v>3918</v>
       </c>
     </row>
     <row r="67" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B67" t="s">
-        <v>4117</v>
+        <v>3919</v>
       </c>
       <c r="C67" t="s">
-        <v>1266</v>
+        <v>1263</v>
       </c>
       <c r="D67" t="s">
-        <v>4118</v>
+        <v>3920</v>
       </c>
     </row>
     <row r="68" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B68" t="s">
-        <v>4119</v>
+        <v>3921</v>
       </c>
       <c r="C68" t="s">
-        <v>1269</v>
+        <v>1266</v>
       </c>
       <c r="D68" t="s">
-        <v>4120</v>
+        <v>3922</v>
       </c>
     </row>
     <row r="69" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B69" t="s">
-        <v>4121</v>
+        <v>3923</v>
       </c>
       <c r="C69" t="s">
-        <v>1272</v>
+        <v>1269</v>
       </c>
       <c r="D69" t="s">
-        <v>4122</v>
+        <v>3924</v>
       </c>
     </row>
     <row r="70" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B70" t="s">
-        <v>4123</v>
+        <v>3925</v>
       </c>
       <c r="C70" t="s">
-        <v>1275</v>
+        <v>1272</v>
       </c>
       <c r="D70" t="s">
-        <v>4124</v>
+        <v>3926</v>
       </c>
     </row>
     <row r="71" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B71" t="s">
-        <v>4125</v>
+        <v>3927</v>
       </c>
       <c r="D71" t="s">
-        <v>4126</v>
+        <v>3928</v>
       </c>
     </row>
     <row r="72" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B72" t="s">
-        <v>4021</v>
+        <v>3823</v>
       </c>
       <c r="C72" t="s">
-        <v>1278</v>
+        <v>1275</v>
       </c>
       <c r="D72" t="s">
-        <v>4127</v>
+        <v>3929</v>
       </c>
     </row>
     <row r="73" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B73" t="s">
-        <v>4128</v>
+        <v>3930</v>
       </c>
       <c r="C73" t="s">
-        <v>1421</v>
+        <v>1418</v>
       </c>
       <c r="D73" t="s">
-        <v>4129</v>
+        <v>3931</v>
       </c>
     </row>
     <row r="74" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B74" t="s">
-        <v>4130</v>
+        <v>3932</v>
       </c>
       <c r="C74" t="s">
-        <v>1424</v>
+        <v>1421</v>
       </c>
       <c r="D74" t="s">
-        <v>4131</v>
+        <v>3933</v>
       </c>
     </row>
     <row r="75" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B75" t="s">
-        <v>4132</v>
+        <v>3934</v>
       </c>
       <c r="C75" t="s">
-        <v>1427</v>
+        <v>1424</v>
       </c>
       <c r="D75" t="s">
-        <v>4133</v>
+        <v>3935</v>
       </c>
     </row>
     <row r="76" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B76" t="s">
-        <v>4134</v>
+        <v>3936</v>
       </c>
       <c r="C76" t="s">
-        <v>1430</v>
+        <v>1427</v>
       </c>
       <c r="D76" t="s">
-        <v>4135</v>
+        <v>3937</v>
       </c>
     </row>
     <row r="77" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B77" t="s">
-        <v>4136</v>
+        <v>3938</v>
       </c>
       <c r="D77" t="s">
-        <v>4137</v>
+        <v>3939</v>
       </c>
     </row>
     <row r="78" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B78" t="s">
-        <v>4138</v>
+        <v>3940</v>
       </c>
       <c r="C78" t="s">
-        <v>1435</v>
+        <v>1432</v>
       </c>
       <c r="D78" t="s">
-        <v>4139</v>
+        <v>3941</v>
       </c>
     </row>
     <row r="79" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B79" t="s">
-        <v>2627</v>
+        <v>2533</v>
       </c>
       <c r="C79" t="s">
-        <v>1438</v>
+        <v>1435</v>
       </c>
       <c r="D79" t="s">
-        <v>4140</v>
+        <v>3942</v>
       </c>
     </row>
     <row r="80" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B80" t="s">
-        <v>4141</v>
+        <v>3943</v>
       </c>
       <c r="C80" t="s">
-        <v>2264</v>
+        <v>2261</v>
       </c>
       <c r="D80" t="s">
-        <v>4142</v>
+        <v>3944</v>
       </c>
     </row>
     <row r="81" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B81" t="s">
-        <v>4143</v>
+        <v>3945</v>
       </c>
       <c r="C81" t="s">
-        <v>2267</v>
+        <v>2264</v>
       </c>
       <c r="D81" t="s">
-        <v>4144</v>
+        <v>3946</v>
       </c>
     </row>
     <row r="82" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B82" t="s">
-        <v>4145</v>
+        <v>3947</v>
       </c>
       <c r="C82" t="s">
-        <v>4146</v>
+        <v>3948</v>
       </c>
       <c r="D82" t="s">
-        <v>4147</v>
+        <v>3949</v>
       </c>
     </row>
     <row r="83" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B83" t="s">
-        <v>4148</v>
+        <v>3950</v>
       </c>
       <c r="C83" t="s">
-        <v>4149</v>
+        <v>3951</v>
       </c>
       <c r="D83" t="s">
-        <v>4150</v>
+        <v>3952</v>
       </c>
     </row>
     <row r="84" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B84" t="s">
-        <v>4141</v>
+        <v>3943</v>
       </c>
       <c r="C84" t="s">
-        <v>2264</v>
+        <v>2261</v>
       </c>
       <c r="D84" t="s">
-        <v>4151</v>
+        <v>3953</v>
       </c>
     </row>
     <row r="85" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B85" t="s">
-        <v>4143</v>
+        <v>3945</v>
       </c>
       <c r="C85" t="s">
-        <v>2267</v>
+        <v>2264</v>
       </c>
       <c r="D85" t="s">
-        <v>4152</v>
+        <v>3954</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet26.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1900-000000000000}">
   <dimension ref="A1:D16"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>110</v>
+        <v>107</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>111</v>
+        <v>108</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>112</v>
+        <v>109</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
+        <v>99</v>
+      </c>
+      <c r="B2" t="s">
+        <v>100</v>
+      </c>
+      <c r="D2" t="s">
         <v>102</v>
-      </c>
-[...4 lines deleted...]
-        <v>105</v>
       </c>
     </row>
     <row r="3" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
-        <v>4153</v>
+        <v>3955</v>
       </c>
       <c r="B3" t="s">
-        <v>116</v>
+        <v>113</v>
       </c>
       <c r="D3" t="s">
-        <v>4155</v>
+        <v>3957</v>
       </c>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A4" t="s">
-        <v>4154</v>
+        <v>3956</v>
       </c>
       <c r="B4" t="s">
-        <v>1285</v>
+        <v>1282</v>
       </c>
       <c r="D4" t="s">
-        <v>4156</v>
+        <v>3958</v>
       </c>
     </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B5" t="s">
-        <v>122</v>
+        <v>119</v>
       </c>
       <c r="D5" t="s">
-        <v>4157</v>
+        <v>3959</v>
       </c>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B6" t="s">
-        <v>124</v>
+        <v>121</v>
       </c>
       <c r="D6" t="s">
-        <v>4158</v>
+        <v>3960</v>
       </c>
     </row>
     <row r="7" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B7" t="s">
-        <v>4159</v>
+        <v>3961</v>
       </c>
       <c r="C7" t="s">
-        <v>772</v>
+        <v>769</v>
       </c>
       <c r="D7" t="s">
-        <v>4160</v>
+        <v>3962</v>
       </c>
     </row>
     <row r="8" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B8" t="s">
-        <v>4161</v>
+        <v>3963</v>
       </c>
       <c r="C8" t="s">
-        <v>775</v>
+        <v>772</v>
       </c>
       <c r="D8" t="s">
-        <v>4162</v>
+        <v>3964</v>
       </c>
     </row>
     <row r="9" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B9" t="s">
-        <v>4163</v>
+        <v>3965</v>
       </c>
       <c r="C9" t="s">
-        <v>778</v>
+        <v>775</v>
       </c>
       <c r="D9" t="s">
-        <v>4164</v>
+        <v>3966</v>
       </c>
     </row>
     <row r="10" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B10" t="s">
-        <v>4165</v>
+        <v>3967</v>
       </c>
       <c r="C10" t="s">
-        <v>781</v>
+        <v>778</v>
       </c>
       <c r="D10" t="s">
-        <v>4166</v>
+        <v>3968</v>
       </c>
     </row>
     <row r="11" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B11" t="s">
-        <v>4167</v>
+        <v>3969</v>
       </c>
       <c r="C11" t="s">
-        <v>784</v>
+        <v>781</v>
       </c>
       <c r="D11" t="s">
-        <v>4168</v>
+        <v>3970</v>
       </c>
     </row>
     <row r="12" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B12" t="s">
-        <v>4169</v>
+        <v>3971</v>
       </c>
       <c r="C12" t="s">
-        <v>787</v>
+        <v>784</v>
       </c>
       <c r="D12" t="s">
-        <v>4170</v>
+        <v>3972</v>
       </c>
     </row>
     <row r="13" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B13" t="s">
-        <v>1483</v>
+        <v>1480</v>
       </c>
       <c r="C13" t="s">
-        <v>790</v>
+        <v>787</v>
       </c>
       <c r="D13" t="s">
-        <v>4171</v>
+        <v>3973</v>
       </c>
     </row>
     <row r="14" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B14" t="s">
-        <v>4172</v>
+        <v>3974</v>
       </c>
       <c r="C14" t="s">
-        <v>793</v>
+        <v>790</v>
       </c>
       <c r="D14" t="s">
-        <v>4173</v>
+        <v>3975</v>
       </c>
     </row>
     <row r="15" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B15" t="s">
-        <v>4174</v>
+        <v>3976</v>
       </c>
       <c r="C15" t="s">
-        <v>796</v>
+        <v>793</v>
       </c>
       <c r="D15" t="s">
-        <v>4175</v>
+        <v>3977</v>
       </c>
     </row>
     <row r="16" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B16" t="s">
-        <v>4176</v>
+        <v>3978</v>
       </c>
       <c r="C16" t="s">
-        <v>799</v>
+        <v>796</v>
       </c>
       <c r="D16" t="s">
-        <v>4177</v>
+        <v>3979</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet27.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1A00-000000000000}">
   <dimension ref="A1:D145"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>110</v>
+        <v>107</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>111</v>
+        <v>108</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>112</v>
+        <v>109</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
+        <v>103</v>
+      </c>
+      <c r="B2" t="s">
+        <v>104</v>
+      </c>
+      <c r="D2" t="s">
         <v>106</v>
-      </c>
-[...4 lines deleted...]
-        <v>109</v>
       </c>
     </row>
     <row r="3" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
-        <v>4178</v>
+        <v>3980</v>
       </c>
       <c r="B3" t="s">
-        <v>116</v>
+        <v>113</v>
       </c>
       <c r="D3" t="s">
-        <v>4186</v>
+        <v>3988</v>
       </c>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A4" t="s">
-        <v>4179</v>
+        <v>3981</v>
       </c>
       <c r="B4" t="s">
-        <v>4187</v>
+        <v>3989</v>
       </c>
       <c r="D4" t="s">
-        <v>4188</v>
+        <v>3990</v>
       </c>
     </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A5" t="s">
-        <v>4180</v>
+        <v>3982</v>
       </c>
       <c r="B5" t="s">
-        <v>128</v>
+        <v>125</v>
       </c>
       <c r="D5" t="s">
-        <v>4189</v>
+        <v>3991</v>
       </c>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A6" t="s">
-        <v>4181</v>
+        <v>3983</v>
       </c>
       <c r="B6" t="s">
-        <v>122</v>
+        <v>119</v>
       </c>
       <c r="D6" t="s">
-        <v>4190</v>
+        <v>3992</v>
       </c>
     </row>
     <row r="7" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A7" t="s">
-        <v>4182</v>
+        <v>3984</v>
       </c>
       <c r="B7" t="s">
-        <v>124</v>
+        <v>121</v>
       </c>
       <c r="D7" t="s">
-        <v>4191</v>
+        <v>3993</v>
       </c>
     </row>
     <row r="8" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A8" t="s">
-        <v>4183</v>
+        <v>3985</v>
       </c>
       <c r="B8" t="s">
-        <v>4192</v>
+        <v>3994</v>
       </c>
       <c r="D8" t="s">
-        <v>4193</v>
+        <v>3995</v>
       </c>
     </row>
     <row r="9" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A9" t="s">
-        <v>4184</v>
+        <v>3986</v>
       </c>
       <c r="B9" t="s">
-        <v>4194</v>
+        <v>3996</v>
       </c>
       <c r="D9" t="s">
-        <v>4195</v>
+        <v>3997</v>
       </c>
     </row>
     <row r="10" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A10" t="s">
-        <v>4185</v>
+        <v>3987</v>
       </c>
       <c r="B10" t="s">
-        <v>4196</v>
+        <v>3998</v>
       </c>
       <c r="D10" t="s">
-        <v>4197</v>
+        <v>3999</v>
       </c>
     </row>
     <row r="11" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B11" t="s">
-        <v>4198</v>
+        <v>4000</v>
       </c>
       <c r="C11" t="s">
-        <v>680</v>
+        <v>677</v>
       </c>
       <c r="D11" t="s">
-        <v>4199</v>
+        <v>4001</v>
       </c>
     </row>
     <row r="12" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B12" t="s">
-        <v>4200</v>
+        <v>4002</v>
       </c>
       <c r="C12" t="s">
-        <v>683</v>
+        <v>680</v>
       </c>
       <c r="D12" t="s">
-        <v>4201</v>
+        <v>4003</v>
       </c>
     </row>
     <row r="13" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B13" t="s">
-        <v>4202</v>
+        <v>4004</v>
       </c>
       <c r="C13" t="s">
-        <v>686</v>
+        <v>683</v>
       </c>
       <c r="D13" t="s">
-        <v>4203</v>
+        <v>4005</v>
       </c>
     </row>
     <row r="14" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B14" t="s">
-        <v>4204</v>
+        <v>4006</v>
       </c>
       <c r="C14" t="s">
-        <v>689</v>
+        <v>686</v>
       </c>
       <c r="D14" t="s">
-        <v>4205</v>
+        <v>4007</v>
       </c>
     </row>
     <row r="15" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B15" t="s">
-        <v>4206</v>
+        <v>4008</v>
       </c>
       <c r="D15" t="s">
-        <v>4207</v>
+        <v>4009</v>
       </c>
     </row>
     <row r="16" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B16" t="s">
-        <v>4208</v>
+        <v>4010</v>
       </c>
       <c r="D16" t="s">
-        <v>4209</v>
+        <v>4011</v>
       </c>
     </row>
     <row r="17" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B17" t="s">
-        <v>4210</v>
+        <v>4012</v>
       </c>
       <c r="C17" t="s">
-        <v>692</v>
+        <v>689</v>
       </c>
       <c r="D17" t="s">
-        <v>4211</v>
+        <v>4013</v>
       </c>
     </row>
     <row r="18" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B18" t="s">
-        <v>4212</v>
+        <v>4014</v>
       </c>
       <c r="D18" t="s">
-        <v>4213</v>
+        <v>4015</v>
       </c>
     </row>
     <row r="19" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B19" t="s">
-        <v>4214</v>
+        <v>4016</v>
       </c>
       <c r="C19" t="s">
-        <v>695</v>
+        <v>692</v>
       </c>
       <c r="D19" t="s">
-        <v>4215</v>
+        <v>4017</v>
       </c>
     </row>
     <row r="20" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B20" t="s">
-        <v>4216</v>
+        <v>4018</v>
       </c>
       <c r="D20" t="s">
-        <v>4217</v>
+        <v>4019</v>
       </c>
     </row>
     <row r="21" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B21" t="s">
-        <v>4218</v>
+        <v>4020</v>
       </c>
       <c r="C21" t="s">
-        <v>698</v>
+        <v>695</v>
       </c>
       <c r="D21" t="s">
-        <v>4219</v>
+        <v>4021</v>
       </c>
     </row>
     <row r="22" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B22" t="s">
-        <v>4220</v>
+        <v>4022</v>
       </c>
       <c r="C22" t="s">
-        <v>703</v>
+        <v>700</v>
       </c>
       <c r="D22" t="s">
-        <v>4221</v>
+        <v>4023</v>
       </c>
     </row>
     <row r="23" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B23" t="s">
-        <v>4222</v>
+        <v>4024</v>
       </c>
       <c r="C23" t="s">
-        <v>706</v>
+        <v>703</v>
       </c>
       <c r="D23" t="s">
-        <v>4223</v>
+        <v>4025</v>
       </c>
     </row>
     <row r="24" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B24" t="s">
-        <v>4224</v>
+        <v>4026</v>
       </c>
       <c r="C24" t="s">
-        <v>709</v>
+        <v>706</v>
       </c>
       <c r="D24" t="s">
-        <v>4225</v>
+        <v>4027</v>
       </c>
     </row>
     <row r="25" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B25" t="s">
-        <v>4226</v>
+        <v>4028</v>
       </c>
       <c r="D25" t="s">
-        <v>4227</v>
+        <v>4029</v>
       </c>
     </row>
     <row r="26" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B26" t="s">
-        <v>4228</v>
+        <v>4030</v>
       </c>
       <c r="C26" t="s">
-        <v>712</v>
+        <v>709</v>
       </c>
       <c r="D26" t="s">
-        <v>4229</v>
+        <v>4031</v>
       </c>
     </row>
     <row r="27" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B27" t="s">
-        <v>4230</v>
+        <v>4032</v>
       </c>
       <c r="C27" t="s">
-        <v>715</v>
+        <v>712</v>
       </c>
       <c r="D27" t="s">
-        <v>4231</v>
+        <v>4033</v>
       </c>
     </row>
     <row r="28" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B28" t="s">
-        <v>4232</v>
+        <v>4034</v>
       </c>
       <c r="C28" t="s">
-        <v>718</v>
+        <v>715</v>
       </c>
       <c r="D28" t="s">
-        <v>4233</v>
+        <v>4035</v>
       </c>
     </row>
     <row r="29" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B29" t="s">
-        <v>4234</v>
+        <v>4036</v>
       </c>
       <c r="C29" t="s">
-        <v>721</v>
+        <v>718</v>
       </c>
       <c r="D29" t="s">
-        <v>4235</v>
+        <v>4037</v>
       </c>
     </row>
     <row r="30" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B30" t="s">
-        <v>4236</v>
+        <v>4038</v>
       </c>
       <c r="C30" t="s">
-        <v>724</v>
+        <v>721</v>
       </c>
       <c r="D30" t="s">
-        <v>4237</v>
+        <v>4039</v>
       </c>
     </row>
     <row r="31" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B31" t="s">
-        <v>4238</v>
+        <v>4040</v>
       </c>
       <c r="C31" t="s">
-        <v>727</v>
+        <v>724</v>
       </c>
       <c r="D31" t="s">
-        <v>4239</v>
+        <v>4041</v>
       </c>
     </row>
     <row r="32" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B32" t="s">
-        <v>4240</v>
+        <v>4042</v>
       </c>
       <c r="D32" t="s">
-        <v>4241</v>
+        <v>4043</v>
       </c>
     </row>
     <row r="33" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B33" t="s">
-        <v>4242</v>
+        <v>4044</v>
       </c>
       <c r="C33" t="s">
-        <v>730</v>
+        <v>727</v>
       </c>
       <c r="D33" t="s">
-        <v>4243</v>
+        <v>4045</v>
       </c>
     </row>
     <row r="34" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B34" t="s">
-        <v>4244</v>
+        <v>4046</v>
       </c>
       <c r="C34" t="s">
-        <v>735</v>
+        <v>732</v>
       </c>
       <c r="D34" t="s">
-        <v>4245</v>
+        <v>4047</v>
       </c>
     </row>
     <row r="35" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B35" t="s">
-        <v>4246</v>
+        <v>4048</v>
       </c>
       <c r="C35" t="s">
-        <v>738</v>
+        <v>735</v>
       </c>
       <c r="D35" t="s">
-        <v>4247</v>
+        <v>4049</v>
       </c>
     </row>
     <row r="36" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B36" t="s">
-        <v>4248</v>
+        <v>4050</v>
       </c>
       <c r="C36" t="s">
-        <v>741</v>
+        <v>738</v>
       </c>
       <c r="D36" t="s">
-        <v>4249</v>
+        <v>4051</v>
       </c>
     </row>
     <row r="37" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B37" t="s">
-        <v>4250</v>
+        <v>4052</v>
       </c>
       <c r="C37" t="s">
-        <v>744</v>
+        <v>741</v>
       </c>
       <c r="D37" t="s">
-        <v>4251</v>
+        <v>4053</v>
       </c>
     </row>
     <row r="38" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B38" t="s">
-        <v>4252</v>
+        <v>4054</v>
       </c>
       <c r="D38" t="s">
-        <v>4253</v>
+        <v>4055</v>
       </c>
     </row>
     <row r="39" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B39" t="s">
-        <v>4254</v>
+        <v>4056</v>
       </c>
       <c r="C39" t="s">
-        <v>747</v>
+        <v>744</v>
       </c>
       <c r="D39" t="s">
-        <v>4255</v>
+        <v>4057</v>
       </c>
     </row>
     <row r="40" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B40" t="s">
-        <v>4256</v>
+        <v>4058</v>
       </c>
       <c r="C40" t="s">
-        <v>750</v>
+        <v>747</v>
       </c>
       <c r="D40" t="s">
-        <v>4257</v>
+        <v>4059</v>
       </c>
     </row>
     <row r="41" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B41" t="s">
-        <v>4258</v>
+        <v>4060</v>
       </c>
       <c r="D41" t="s">
-        <v>4259</v>
+        <v>4061</v>
       </c>
     </row>
     <row r="42" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B42" t="s">
-        <v>4260</v>
+        <v>4062</v>
       </c>
       <c r="D42" t="s">
-        <v>4261</v>
+        <v>4063</v>
       </c>
     </row>
     <row r="43" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B43" t="s">
-        <v>4262</v>
+        <v>4064</v>
       </c>
       <c r="C43" t="s">
-        <v>755</v>
+        <v>752</v>
       </c>
       <c r="D43" t="s">
-        <v>4263</v>
+        <v>4065</v>
       </c>
     </row>
     <row r="44" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B44" t="s">
-        <v>4264</v>
+        <v>4066</v>
       </c>
       <c r="D44" t="s">
-        <v>4265</v>
+        <v>4067</v>
       </c>
     </row>
     <row r="45" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B45" t="s">
-        <v>4266</v>
+        <v>4068</v>
       </c>
       <c r="C45" t="s">
-        <v>758</v>
+        <v>755</v>
       </c>
       <c r="D45" t="s">
-        <v>4267</v>
+        <v>4069</v>
       </c>
     </row>
     <row r="46" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B46" t="s">
-        <v>4268</v>
+        <v>4070</v>
       </c>
       <c r="C46" t="s">
-        <v>761</v>
+        <v>758</v>
       </c>
       <c r="D46" t="s">
-        <v>4269</v>
+        <v>4071</v>
       </c>
     </row>
     <row r="47" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B47" t="s">
-        <v>4270</v>
+        <v>4072</v>
       </c>
       <c r="C47" t="s">
-        <v>1105</v>
+        <v>1102</v>
       </c>
       <c r="D47" t="s">
-        <v>4271</v>
+        <v>4073</v>
       </c>
     </row>
     <row r="48" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B48" t="s">
-        <v>4272</v>
+        <v>4074</v>
       </c>
       <c r="C48" t="s">
-        <v>1110</v>
+        <v>1107</v>
       </c>
       <c r="D48" t="s">
-        <v>4273</v>
+        <v>4075</v>
       </c>
     </row>
     <row r="49" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B49" t="s">
-        <v>4274</v>
+        <v>4076</v>
       </c>
       <c r="D49" t="s">
-        <v>4275</v>
+        <v>4077</v>
       </c>
     </row>
     <row r="50" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B50" t="s">
-        <v>4276</v>
+        <v>4078</v>
       </c>
       <c r="C50" t="s">
-        <v>1113</v>
+        <v>1110</v>
       </c>
       <c r="D50" t="s">
-        <v>4277</v>
+        <v>4079</v>
       </c>
     </row>
     <row r="51" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B51" t="s">
-        <v>4278</v>
+        <v>4080</v>
       </c>
       <c r="C51" t="s">
-        <v>1116</v>
+        <v>1113</v>
       </c>
       <c r="D51" t="s">
-        <v>4279</v>
+        <v>4081</v>
       </c>
     </row>
     <row r="52" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B52" t="s">
-        <v>4280</v>
+        <v>4082</v>
       </c>
       <c r="C52" t="s">
-        <v>1119</v>
+        <v>1116</v>
       </c>
       <c r="D52" t="s">
-        <v>4281</v>
+        <v>4083</v>
       </c>
     </row>
     <row r="53" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B53" t="s">
-        <v>4282</v>
+        <v>4084</v>
       </c>
       <c r="C53" t="s">
-        <v>1122</v>
+        <v>1119</v>
       </c>
       <c r="D53" t="s">
-        <v>4283</v>
+        <v>4085</v>
       </c>
     </row>
     <row r="54" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B54" t="s">
-        <v>4284</v>
+        <v>4086</v>
       </c>
       <c r="C54" t="s">
-        <v>1134</v>
+        <v>1131</v>
       </c>
       <c r="D54" t="s">
-        <v>4285</v>
+        <v>4087</v>
       </c>
     </row>
     <row r="55" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B55" t="s">
-        <v>4286</v>
+        <v>4088</v>
       </c>
       <c r="D55" t="s">
-        <v>4287</v>
+        <v>4089</v>
       </c>
     </row>
     <row r="56" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B56" t="s">
-        <v>4288</v>
+        <v>4090</v>
       </c>
       <c r="C56" t="s">
-        <v>1149</v>
+        <v>1146</v>
       </c>
       <c r="D56" t="s">
-        <v>4289</v>
+        <v>4091</v>
       </c>
     </row>
     <row r="57" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B57" t="s">
-        <v>4290</v>
+        <v>4092</v>
       </c>
       <c r="C57" t="s">
-        <v>1164</v>
+        <v>1161</v>
       </c>
       <c r="D57" t="s">
-        <v>4291</v>
+        <v>4093</v>
       </c>
     </row>
     <row r="58" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B58" t="s">
-        <v>4292</v>
+        <v>4094</v>
       </c>
       <c r="C58" t="s">
-        <v>1167</v>
+        <v>1164</v>
       </c>
       <c r="D58" t="s">
-        <v>4293</v>
+        <v>4095</v>
       </c>
     </row>
     <row r="59" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B59" t="s">
-        <v>4294</v>
+        <v>4096</v>
       </c>
       <c r="D59" t="s">
-        <v>4295</v>
+        <v>4097</v>
       </c>
     </row>
     <row r="60" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B60" t="s">
-        <v>4296</v>
+        <v>4098</v>
       </c>
       <c r="C60" t="s">
-        <v>1172</v>
+        <v>1169</v>
       </c>
       <c r="D60" t="s">
-        <v>4297</v>
+        <v>4099</v>
       </c>
     </row>
     <row r="61" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B61" t="s">
-        <v>4298</v>
+        <v>4100</v>
       </c>
       <c r="C61" t="s">
-        <v>1175</v>
+        <v>1172</v>
       </c>
       <c r="D61" t="s">
-        <v>4299</v>
+        <v>4101</v>
       </c>
     </row>
     <row r="62" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B62" t="s">
-        <v>4300</v>
+        <v>4102</v>
       </c>
       <c r="C62" t="s">
-        <v>1178</v>
+        <v>1175</v>
       </c>
       <c r="D62" t="s">
-        <v>4301</v>
+        <v>4103</v>
       </c>
     </row>
     <row r="63" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B63" t="s">
-        <v>4302</v>
+        <v>4104</v>
       </c>
       <c r="C63" t="s">
-        <v>1187</v>
+        <v>1184</v>
       </c>
       <c r="D63" t="s">
-        <v>4303</v>
+        <v>4105</v>
       </c>
     </row>
     <row r="64" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B64" t="s">
-        <v>4304</v>
+        <v>4106</v>
       </c>
       <c r="C64" t="s">
-        <v>1190</v>
+        <v>1187</v>
       </c>
       <c r="D64" t="s">
-        <v>4305</v>
+        <v>4107</v>
       </c>
     </row>
     <row r="65" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B65" t="s">
-        <v>4306</v>
+        <v>4108</v>
       </c>
       <c r="C65" t="s">
-        <v>1193</v>
+        <v>1190</v>
       </c>
       <c r="D65" t="s">
-        <v>4307</v>
+        <v>4109</v>
       </c>
     </row>
     <row r="66" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B66" t="s">
-        <v>4308</v>
+        <v>4110</v>
       </c>
       <c r="C66" t="s">
-        <v>1196</v>
+        <v>1193</v>
       </c>
       <c r="D66" t="s">
-        <v>4309</v>
+        <v>4111</v>
       </c>
     </row>
     <row r="67" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B67" t="s">
-        <v>4310</v>
+        <v>4112</v>
       </c>
       <c r="C67" t="s">
-        <v>1205</v>
+        <v>1202</v>
       </c>
       <c r="D67" t="s">
-        <v>4311</v>
+        <v>4113</v>
       </c>
     </row>
     <row r="68" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B68" t="s">
-        <v>4312</v>
+        <v>4114</v>
       </c>
       <c r="C68" t="s">
-        <v>1232</v>
+        <v>1229</v>
       </c>
       <c r="D68" t="s">
-        <v>4313</v>
+        <v>4115</v>
       </c>
     </row>
     <row r="69" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B69" t="s">
-        <v>4314</v>
+        <v>4116</v>
       </c>
       <c r="D69" t="s">
-        <v>4315</v>
+        <v>4117</v>
       </c>
     </row>
     <row r="70" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B70" t="s">
-        <v>4316</v>
+        <v>4118</v>
       </c>
       <c r="D70" t="s">
-        <v>4317</v>
+        <v>4119</v>
       </c>
     </row>
     <row r="71" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B71" t="s">
-        <v>4260</v>
+        <v>4062</v>
       </c>
       <c r="D71" t="s">
-        <v>4318</v>
+        <v>4120</v>
       </c>
     </row>
     <row r="72" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B72" t="s">
-        <v>4319</v>
+        <v>4121</v>
       </c>
       <c r="C72" t="s">
-        <v>1249</v>
+        <v>1246</v>
       </c>
       <c r="D72" t="s">
-        <v>4320</v>
+        <v>4122</v>
       </c>
     </row>
     <row r="73" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B73" t="s">
-        <v>4321</v>
+        <v>4123</v>
       </c>
       <c r="D73" t="s">
-        <v>4322</v>
+        <v>4124</v>
       </c>
     </row>
     <row r="74" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B74" t="s">
-        <v>4323</v>
+        <v>4125</v>
       </c>
       <c r="C74" t="s">
-        <v>1252</v>
+        <v>1249</v>
       </c>
       <c r="D74" t="s">
-        <v>4324</v>
+        <v>4126</v>
       </c>
     </row>
     <row r="75" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B75" t="s">
-        <v>4325</v>
+        <v>4127</v>
       </c>
       <c r="C75" t="s">
-        <v>1255</v>
+        <v>1252</v>
       </c>
       <c r="D75" t="s">
-        <v>4326</v>
+        <v>4128</v>
       </c>
     </row>
     <row r="76" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B76" t="s">
-        <v>4327</v>
+        <v>4129</v>
       </c>
       <c r="C76" t="s">
-        <v>1258</v>
+        <v>1255</v>
       </c>
       <c r="D76" t="s">
-        <v>4328</v>
+        <v>4130</v>
       </c>
     </row>
     <row r="77" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B77" t="s">
-        <v>4329</v>
+        <v>4131</v>
       </c>
       <c r="C77" t="s">
-        <v>1263</v>
+        <v>1260</v>
       </c>
       <c r="D77" t="s">
-        <v>4330</v>
+        <v>4132</v>
       </c>
     </row>
     <row r="78" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B78" t="s">
-        <v>4331</v>
+        <v>4133</v>
       </c>
       <c r="C78" t="s">
-        <v>1266</v>
+        <v>1263</v>
       </c>
       <c r="D78" t="s">
-        <v>4332</v>
+        <v>4134</v>
       </c>
     </row>
     <row r="79" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B79" t="s">
-        <v>4333</v>
+        <v>4135</v>
       </c>
       <c r="C79" t="s">
-        <v>1269</v>
+        <v>1266</v>
       </c>
       <c r="D79" t="s">
-        <v>4334</v>
+        <v>4136</v>
       </c>
     </row>
     <row r="80" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B80" t="s">
-        <v>4335</v>
+        <v>4137</v>
       </c>
       <c r="C80" t="s">
-        <v>1272</v>
+        <v>1269</v>
       </c>
       <c r="D80" t="s">
-        <v>4336</v>
+        <v>4138</v>
       </c>
     </row>
     <row r="81" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B81" t="s">
-        <v>4337</v>
+        <v>4139</v>
       </c>
       <c r="D81" t="s">
-        <v>4338</v>
+        <v>4140</v>
       </c>
     </row>
     <row r="82" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B82" t="s">
-        <v>4339</v>
+        <v>4141</v>
       </c>
       <c r="C82" t="s">
-        <v>1275</v>
+        <v>1272</v>
       </c>
       <c r="D82" t="s">
-        <v>4340</v>
+        <v>4142</v>
       </c>
     </row>
     <row r="83" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B83" t="s">
-        <v>4341</v>
+        <v>4143</v>
       </c>
       <c r="C83" t="s">
-        <v>1278</v>
+        <v>1275</v>
       </c>
       <c r="D83" t="s">
-        <v>4342</v>
+        <v>4144</v>
       </c>
     </row>
     <row r="84" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B84" t="s">
-        <v>4343</v>
+        <v>4145</v>
       </c>
       <c r="D84" t="s">
-        <v>4344</v>
+        <v>4146</v>
       </c>
     </row>
     <row r="85" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B85" t="s">
-        <v>4345</v>
+        <v>4147</v>
       </c>
       <c r="C85" t="s">
-        <v>1421</v>
+        <v>1418</v>
       </c>
       <c r="D85" t="s">
-        <v>4346</v>
+        <v>4148</v>
       </c>
     </row>
     <row r="86" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B86" t="s">
-        <v>4347</v>
+        <v>4149</v>
       </c>
       <c r="D86" t="s">
-        <v>4348</v>
+        <v>4150</v>
       </c>
     </row>
     <row r="87" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B87" t="s">
-        <v>4349</v>
+        <v>4151</v>
       </c>
       <c r="C87" t="s">
-        <v>1424</v>
+        <v>1421</v>
       </c>
       <c r="D87" t="s">
-        <v>4350</v>
+        <v>4152</v>
       </c>
     </row>
     <row r="88" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B88" t="s">
-        <v>4351</v>
+        <v>4153</v>
       </c>
       <c r="C88" t="s">
-        <v>1427</v>
+        <v>1424</v>
       </c>
       <c r="D88" t="s">
-        <v>4352</v>
+        <v>4154</v>
       </c>
     </row>
     <row r="89" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B89" t="s">
-        <v>4353</v>
+        <v>4155</v>
       </c>
       <c r="C89" t="s">
-        <v>1430</v>
+        <v>1427</v>
       </c>
       <c r="D89" t="s">
-        <v>4354</v>
+        <v>4156</v>
       </c>
     </row>
     <row r="90" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B90" t="s">
-        <v>4355</v>
+        <v>4157</v>
       </c>
       <c r="C90" t="s">
-        <v>1435</v>
+        <v>1432</v>
       </c>
       <c r="D90" t="s">
-        <v>4356</v>
+        <v>4158</v>
       </c>
     </row>
     <row r="91" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B91" t="s">
-        <v>2508</v>
+        <v>2505</v>
       </c>
       <c r="C91" t="s">
-        <v>1438</v>
+        <v>1435</v>
       </c>
       <c r="D91" t="s">
-        <v>4357</v>
+        <v>4159</v>
       </c>
     </row>
     <row r="92" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B92" t="s">
-        <v>4358</v>
+        <v>4160</v>
       </c>
       <c r="C92" t="s">
-        <v>1443</v>
+        <v>1440</v>
       </c>
       <c r="D92" t="s">
-        <v>4359</v>
+        <v>4161</v>
       </c>
     </row>
     <row r="93" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B93" t="s">
-        <v>4360</v>
+        <v>4162</v>
       </c>
       <c r="C93" t="s">
-        <v>1446</v>
+        <v>1443</v>
       </c>
       <c r="D93" t="s">
-        <v>4361</v>
+        <v>4163</v>
       </c>
     </row>
     <row r="94" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B94" t="s">
-        <v>4362</v>
+        <v>4164</v>
       </c>
       <c r="C94" t="s">
-        <v>1451</v>
+        <v>1448</v>
       </c>
       <c r="D94" t="s">
-        <v>4363</v>
+        <v>4165</v>
       </c>
     </row>
     <row r="95" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B95" t="s">
-        <v>4364</v>
+        <v>4166</v>
       </c>
       <c r="C95" t="s">
-        <v>1456</v>
+        <v>1453</v>
       </c>
       <c r="D95" t="s">
-        <v>4365</v>
+        <v>4167</v>
       </c>
     </row>
     <row r="96" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B96" t="s">
-        <v>4366</v>
+        <v>4168</v>
       </c>
       <c r="C96" t="s">
-        <v>1461</v>
+        <v>1458</v>
       </c>
       <c r="D96" t="s">
-        <v>4367</v>
+        <v>4169</v>
       </c>
     </row>
     <row r="97" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B97" t="s">
-        <v>4368</v>
+        <v>4170</v>
       </c>
       <c r="C97" t="s">
-        <v>1464</v>
+        <v>1461</v>
       </c>
       <c r="D97" t="s">
-        <v>4369</v>
+        <v>4171</v>
       </c>
     </row>
     <row r="98" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B98" t="s">
-        <v>4370</v>
+        <v>4172</v>
       </c>
       <c r="D98" t="s">
-        <v>4371</v>
+        <v>4173</v>
       </c>
     </row>
     <row r="99" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B99" t="s">
-        <v>4372</v>
+        <v>4174</v>
       </c>
       <c r="D99" t="s">
-        <v>4373</v>
+        <v>4175</v>
       </c>
     </row>
     <row r="100" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B100" t="s">
-        <v>4374</v>
+        <v>4176</v>
       </c>
       <c r="C100" t="s">
-        <v>1467</v>
+        <v>1464</v>
       </c>
       <c r="D100" t="s">
-        <v>4375</v>
+        <v>4177</v>
       </c>
     </row>
     <row r="101" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B101" t="s">
-        <v>4376</v>
+        <v>4178</v>
       </c>
       <c r="C101" t="s">
-        <v>1470</v>
+        <v>1467</v>
       </c>
       <c r="D101" t="s">
-        <v>4377</v>
+        <v>4179</v>
       </c>
     </row>
     <row r="102" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B102" t="s">
-        <v>4378</v>
+        <v>4180</v>
       </c>
       <c r="C102" t="s">
-        <v>1475</v>
+        <v>1472</v>
       </c>
       <c r="D102" t="s">
-        <v>4379</v>
+        <v>4181</v>
       </c>
     </row>
     <row r="103" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B103" t="s">
-        <v>4380</v>
+        <v>4182</v>
       </c>
       <c r="C103" t="s">
-        <v>1478</v>
+        <v>1475</v>
       </c>
       <c r="D103" t="s">
-        <v>4381</v>
+        <v>4183</v>
       </c>
     </row>
     <row r="104" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B104" t="s">
-        <v>4382</v>
+        <v>4184</v>
       </c>
       <c r="C104" t="s">
-        <v>1481</v>
+        <v>1478</v>
       </c>
       <c r="D104" t="s">
-        <v>4383</v>
+        <v>4185</v>
       </c>
     </row>
     <row r="105" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B105" t="s">
-        <v>4384</v>
+        <v>4186</v>
       </c>
       <c r="D105" t="s">
-        <v>4385</v>
+        <v>4187</v>
       </c>
     </row>
     <row r="106" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B106" t="s">
-        <v>4386</v>
+        <v>4188</v>
       </c>
       <c r="C106" t="s">
-        <v>1484</v>
+        <v>1481</v>
       </c>
       <c r="D106" t="s">
-        <v>4387</v>
+        <v>4189</v>
       </c>
     </row>
     <row r="107" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B107" t="s">
-        <v>4388</v>
+        <v>4190</v>
       </c>
       <c r="C107" t="s">
-        <v>1487</v>
+        <v>1484</v>
       </c>
       <c r="D107" t="s">
-        <v>4389</v>
+        <v>4191</v>
       </c>
     </row>
     <row r="108" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B108" t="s">
-        <v>4390</v>
+        <v>4192</v>
       </c>
       <c r="C108" t="s">
-        <v>1492</v>
+        <v>1489</v>
       </c>
       <c r="D108" t="s">
-        <v>4391</v>
+        <v>4193</v>
       </c>
     </row>
     <row r="109" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B109" t="s">
-        <v>4392</v>
+        <v>4194</v>
       </c>
       <c r="C109" t="s">
-        <v>1495</v>
+        <v>1492</v>
       </c>
       <c r="D109" t="s">
-        <v>4393</v>
+        <v>4195</v>
       </c>
     </row>
     <row r="110" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B110" t="s">
-        <v>4394</v>
+        <v>4196</v>
       </c>
       <c r="C110" t="s">
-        <v>1498</v>
+        <v>1495</v>
       </c>
       <c r="D110" t="s">
-        <v>4395</v>
+        <v>4197</v>
       </c>
     </row>
     <row r="111" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B111" t="s">
-        <v>4396</v>
+        <v>4198</v>
       </c>
       <c r="C111" t="s">
-        <v>1501</v>
+        <v>1498</v>
       </c>
       <c r="D111" t="s">
-        <v>4397</v>
+        <v>4199</v>
       </c>
     </row>
     <row r="112" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B112" t="s">
-        <v>4398</v>
+        <v>4200</v>
       </c>
       <c r="C112" t="s">
-        <v>1506</v>
+        <v>1503</v>
       </c>
       <c r="D112" t="s">
-        <v>4399</v>
+        <v>4201</v>
       </c>
     </row>
     <row r="113" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B113" t="s">
-        <v>1483</v>
+        <v>1480</v>
       </c>
       <c r="C113" t="s">
-        <v>1509</v>
+        <v>1506</v>
       </c>
       <c r="D113" t="s">
-        <v>4400</v>
+        <v>4202</v>
       </c>
     </row>
     <row r="114" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B114" t="s">
-        <v>4401</v>
+        <v>4203</v>
       </c>
       <c r="C114" t="s">
-        <v>1512</v>
+        <v>1509</v>
       </c>
       <c r="D114" t="s">
-        <v>4402</v>
+        <v>4204</v>
       </c>
     </row>
     <row r="115" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B115" t="s">
-        <v>4403</v>
+        <v>4205</v>
       </c>
       <c r="D115" t="s">
-        <v>4404</v>
+        <v>4206</v>
       </c>
     </row>
     <row r="116" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B116" t="s">
-        <v>4405</v>
+        <v>4207</v>
       </c>
       <c r="C116" t="s">
-        <v>1515</v>
+        <v>1512</v>
       </c>
       <c r="D116" t="s">
-        <v>4406</v>
+        <v>4208</v>
       </c>
     </row>
     <row r="117" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B117" t="s">
-        <v>1477</v>
+        <v>1474</v>
       </c>
       <c r="C117" t="s">
-        <v>1520</v>
+        <v>1517</v>
       </c>
       <c r="D117" t="s">
-        <v>4407</v>
+        <v>4209</v>
       </c>
     </row>
     <row r="118" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B118" t="s">
-        <v>4408</v>
+        <v>4210</v>
       </c>
       <c r="C118" t="s">
-        <v>1523</v>
+        <v>1520</v>
       </c>
       <c r="D118" t="s">
-        <v>4409</v>
+        <v>4211</v>
       </c>
     </row>
     <row r="119" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B119" t="s">
-        <v>4410</v>
+        <v>4212</v>
       </c>
       <c r="C119" t="s">
-        <v>1526</v>
+        <v>1523</v>
       </c>
       <c r="D119" t="s">
-        <v>4411</v>
+        <v>4213</v>
       </c>
     </row>
     <row r="120" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B120" t="s">
-        <v>4412</v>
+        <v>4214</v>
       </c>
       <c r="C120" t="s">
-        <v>1529</v>
+        <v>1526</v>
       </c>
       <c r="D120" t="s">
-        <v>4413</v>
+        <v>4215</v>
       </c>
     </row>
     <row r="121" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B121" t="s">
-        <v>4414</v>
+        <v>4216</v>
       </c>
       <c r="C121" t="s">
-        <v>1532</v>
+        <v>1529</v>
       </c>
       <c r="D121" t="s">
-        <v>4415</v>
+        <v>4217</v>
       </c>
     </row>
     <row r="122" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B122" t="s">
-        <v>4416</v>
+        <v>4218</v>
       </c>
       <c r="D122" t="s">
-        <v>4417</v>
+        <v>4219</v>
       </c>
     </row>
     <row r="123" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B123" t="s">
-        <v>4418</v>
+        <v>4220</v>
       </c>
       <c r="C123" t="s">
-        <v>1535</v>
+        <v>1532</v>
       </c>
       <c r="D123" t="s">
-        <v>4419</v>
+        <v>4221</v>
       </c>
     </row>
     <row r="124" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B124" t="s">
-        <v>4420</v>
+        <v>4222</v>
       </c>
       <c r="C124" t="s">
-        <v>1538</v>
+        <v>1535</v>
       </c>
       <c r="D124" t="s">
-        <v>4421</v>
+        <v>4223</v>
       </c>
     </row>
     <row r="125" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B125" t="s">
-        <v>4422</v>
+        <v>4224</v>
       </c>
       <c r="C125" t="s">
-        <v>1543</v>
+        <v>1540</v>
       </c>
       <c r="D125" t="s">
-        <v>4423</v>
+        <v>4225</v>
       </c>
     </row>
     <row r="126" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B126" t="s">
-        <v>4424</v>
+        <v>4226</v>
       </c>
       <c r="C126" t="s">
-        <v>1546</v>
+        <v>1543</v>
       </c>
       <c r="D126" t="s">
-        <v>4425</v>
+        <v>4227</v>
       </c>
     </row>
     <row r="127" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B127" t="s">
-        <v>2878</v>
+        <v>2680</v>
       </c>
       <c r="C127" t="s">
-        <v>1549</v>
+        <v>1546</v>
       </c>
       <c r="D127" t="s">
-        <v>4426</v>
+        <v>4228</v>
       </c>
     </row>
     <row r="128" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B128" t="s">
-        <v>4427</v>
+        <v>4229</v>
       </c>
       <c r="C128" t="s">
-        <v>1552</v>
+        <v>1549</v>
       </c>
       <c r="D128" t="s">
-        <v>4428</v>
+        <v>4230</v>
       </c>
     </row>
     <row r="129" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B129" t="s">
-        <v>4429</v>
+        <v>4231</v>
       </c>
       <c r="C129" t="s">
-        <v>1555</v>
+        <v>1552</v>
       </c>
       <c r="D129" t="s">
-        <v>4430</v>
+        <v>4232</v>
       </c>
     </row>
     <row r="130" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B130" t="s">
-        <v>4431</v>
+        <v>4233</v>
       </c>
       <c r="C130" t="s">
-        <v>1558</v>
+        <v>1555</v>
       </c>
       <c r="D130" t="s">
-        <v>4432</v>
+        <v>4234</v>
       </c>
     </row>
     <row r="131" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B131" t="s">
-        <v>4433</v>
+        <v>4235</v>
       </c>
       <c r="C131" t="s">
-        <v>1561</v>
+        <v>1558</v>
       </c>
       <c r="D131" t="s">
-        <v>4434</v>
+        <v>4236</v>
       </c>
     </row>
     <row r="132" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B132" t="s">
-        <v>4435</v>
+        <v>4237</v>
       </c>
       <c r="D132" t="s">
-        <v>4436</v>
+        <v>4238</v>
       </c>
     </row>
     <row r="133" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B133" t="s">
-        <v>4437</v>
+        <v>4239</v>
       </c>
       <c r="C133" t="s">
-        <v>1564</v>
+        <v>1561</v>
       </c>
       <c r="D133" t="s">
-        <v>4438</v>
+        <v>4240</v>
       </c>
     </row>
     <row r="134" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B134" t="s">
-        <v>4439</v>
+        <v>4241</v>
       </c>
       <c r="C134" t="s">
-        <v>1567</v>
+        <v>1564</v>
       </c>
       <c r="D134" t="s">
-        <v>4440</v>
+        <v>4242</v>
       </c>
     </row>
     <row r="135" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B135" t="s">
-        <v>4441</v>
+        <v>4243</v>
       </c>
       <c r="C135" t="s">
-        <v>1570</v>
+        <v>1567</v>
       </c>
       <c r="D135" t="s">
-        <v>4442</v>
+        <v>4244</v>
       </c>
     </row>
     <row r="136" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B136" t="s">
-        <v>4443</v>
+        <v>4245</v>
       </c>
       <c r="C136" t="s">
-        <v>1573</v>
+        <v>1570</v>
       </c>
       <c r="D136" t="s">
-        <v>4444</v>
+        <v>4246</v>
       </c>
     </row>
     <row r="137" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B137" t="s">
-        <v>4445</v>
+        <v>4247</v>
       </c>
       <c r="C137" t="s">
-        <v>1576</v>
+        <v>1573</v>
       </c>
       <c r="D137" t="s">
-        <v>4446</v>
+        <v>4248</v>
       </c>
     </row>
     <row r="138" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B138" t="s">
-        <v>4447</v>
+        <v>4249</v>
       </c>
       <c r="C138" t="s">
-        <v>1579</v>
+        <v>1576</v>
       </c>
       <c r="D138" t="s">
-        <v>4448</v>
+        <v>4250</v>
       </c>
     </row>
     <row r="139" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B139" t="s">
-        <v>4449</v>
+        <v>4251</v>
       </c>
       <c r="C139" t="s">
-        <v>1582</v>
+        <v>1579</v>
       </c>
       <c r="D139" t="s">
-        <v>4450</v>
+        <v>4252</v>
       </c>
     </row>
     <row r="140" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B140" t="s">
-        <v>4451</v>
+        <v>4253</v>
       </c>
       <c r="D140" t="s">
-        <v>4452</v>
+        <v>4254</v>
       </c>
     </row>
     <row r="141" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B141" t="s">
-        <v>4453</v>
+        <v>4255</v>
       </c>
       <c r="C141" t="s">
-        <v>1587</v>
+        <v>1584</v>
       </c>
       <c r="D141" t="s">
-        <v>4454</v>
+        <v>4256</v>
       </c>
     </row>
     <row r="142" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B142" t="s">
-        <v>4455</v>
+        <v>4257</v>
       </c>
       <c r="C142" t="s">
-        <v>1590</v>
+        <v>1587</v>
       </c>
       <c r="D142" t="s">
-        <v>4456</v>
+        <v>4258</v>
       </c>
     </row>
     <row r="143" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B143" t="s">
-        <v>4457</v>
+        <v>4259</v>
       </c>
       <c r="C143" t="s">
-        <v>1593</v>
+        <v>1590</v>
       </c>
       <c r="D143" t="s">
-        <v>4458</v>
+        <v>4260</v>
       </c>
     </row>
     <row r="144" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B144" t="s">
-        <v>4459</v>
+        <v>4261</v>
       </c>
       <c r="C144" t="s">
-        <v>1596</v>
+        <v>1593</v>
       </c>
       <c r="D144" t="s">
-        <v>4460</v>
+        <v>4262</v>
       </c>
     </row>
     <row r="145" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B145" t="s">
-        <v>4461</v>
+        <v>4263</v>
       </c>
       <c r="C145" t="s">
-        <v>4462</v>
+        <v>4264</v>
       </c>
       <c r="D145" t="s">
-        <v>4463</v>
+        <v>4265</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <dimension ref="A1:D93"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>110</v>
+        <v>107</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>111</v>
+        <v>108</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>112</v>
+        <v>109</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
         <v>11</v>
       </c>
       <c r="B2" t="s">
         <v>12</v>
       </c>
       <c r="D2" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="3" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
-        <v>492</v>
+        <v>489</v>
       </c>
       <c r="B3" t="s">
-        <v>116</v>
+        <v>113</v>
       </c>
       <c r="D3" t="s">
-        <v>493</v>
+        <v>490</v>
       </c>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B4" t="s">
-        <v>494</v>
+        <v>491</v>
       </c>
       <c r="D4" t="s">
-        <v>495</v>
+        <v>492</v>
       </c>
     </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B5" t="s">
-        <v>120</v>
+        <v>117</v>
       </c>
       <c r="D5" t="s">
-        <v>496</v>
+        <v>493</v>
       </c>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B6" t="s">
-        <v>128</v>
+        <v>125</v>
       </c>
       <c r="D6" t="s">
-        <v>497</v>
+        <v>494</v>
       </c>
     </row>
     <row r="7" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B7" t="s">
-        <v>124</v>
+        <v>121</v>
       </c>
       <c r="D7" t="s">
-        <v>498</v>
+        <v>495</v>
       </c>
     </row>
     <row r="8" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B8" t="s">
-        <v>499</v>
+        <v>496</v>
       </c>
       <c r="D8" t="s">
-        <v>500</v>
+        <v>497</v>
       </c>
     </row>
     <row r="9" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B9" t="s">
-        <v>122</v>
+        <v>119</v>
       </c>
       <c r="D9" t="s">
-        <v>501</v>
+        <v>498</v>
       </c>
     </row>
     <row r="10" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B10" t="s">
-        <v>502</v>
+        <v>499</v>
       </c>
       <c r="D10" t="s">
-        <v>503</v>
+        <v>500</v>
       </c>
     </row>
     <row r="11" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B11" t="s">
-        <v>504</v>
+        <v>501</v>
       </c>
       <c r="D11" t="s">
-        <v>505</v>
+        <v>502</v>
       </c>
     </row>
     <row r="12" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B12" t="s">
-        <v>506</v>
+        <v>503</v>
       </c>
       <c r="D12" t="s">
-        <v>507</v>
+        <v>504</v>
       </c>
     </row>
     <row r="13" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B13" t="s">
-        <v>508</v>
+        <v>505</v>
       </c>
       <c r="D13" t="s">
-        <v>509</v>
+        <v>506</v>
       </c>
     </row>
     <row r="14" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B14" t="s">
-        <v>510</v>
+        <v>507</v>
       </c>
       <c r="D14" t="s">
-        <v>511</v>
+        <v>508</v>
       </c>
     </row>
     <row r="15" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B15" t="s">
-        <v>512</v>
+        <v>509</v>
       </c>
       <c r="D15" t="s">
-        <v>513</v>
+        <v>510</v>
       </c>
     </row>
     <row r="16" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B16" t="s">
-        <v>514</v>
+        <v>511</v>
       </c>
       <c r="D16" t="s">
-        <v>515</v>
+        <v>512</v>
       </c>
     </row>
     <row r="17" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B17" t="s">
-        <v>516</v>
+        <v>513</v>
       </c>
       <c r="D17" t="s">
-        <v>517</v>
+        <v>514</v>
       </c>
     </row>
     <row r="18" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B18" t="s">
-        <v>518</v>
+        <v>515</v>
       </c>
       <c r="D18" t="s">
-        <v>519</v>
+        <v>516</v>
       </c>
     </row>
     <row r="19" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B19" t="s">
-        <v>520</v>
+        <v>517</v>
       </c>
       <c r="D19" t="s">
-        <v>521</v>
+        <v>518</v>
       </c>
     </row>
     <row r="20" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B20" t="s">
-        <v>522</v>
+        <v>519</v>
       </c>
       <c r="D20" t="s">
-        <v>523</v>
+        <v>520</v>
       </c>
     </row>
     <row r="21" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B21" t="s">
-        <v>524</v>
+        <v>521</v>
       </c>
       <c r="D21" t="s">
-        <v>525</v>
+        <v>522</v>
       </c>
     </row>
     <row r="22" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B22" t="s">
-        <v>526</v>
+        <v>523</v>
       </c>
       <c r="D22" t="s">
-        <v>527</v>
+        <v>524</v>
       </c>
     </row>
     <row r="23" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B23" t="s">
-        <v>528</v>
+        <v>525</v>
       </c>
       <c r="D23" t="s">
-        <v>529</v>
+        <v>526</v>
       </c>
     </row>
     <row r="24" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B24" t="s">
-        <v>530</v>
+        <v>527</v>
       </c>
       <c r="D24" t="s">
-        <v>531</v>
+        <v>528</v>
       </c>
     </row>
     <row r="25" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B25" t="s">
-        <v>532</v>
+        <v>529</v>
       </c>
       <c r="D25" t="s">
-        <v>533</v>
+        <v>530</v>
       </c>
     </row>
     <row r="26" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B26" t="s">
-        <v>534</v>
+        <v>531</v>
       </c>
       <c r="D26" t="s">
-        <v>535</v>
+        <v>532</v>
       </c>
     </row>
     <row r="27" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B27" t="s">
-        <v>536</v>
+        <v>533</v>
       </c>
       <c r="D27" t="s">
-        <v>537</v>
+        <v>534</v>
       </c>
     </row>
     <row r="28" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B28" t="s">
-        <v>538</v>
+        <v>535</v>
       </c>
       <c r="D28" t="s">
-        <v>539</v>
+        <v>536</v>
       </c>
     </row>
     <row r="29" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B29" t="s">
-        <v>540</v>
+        <v>537</v>
       </c>
       <c r="D29" t="s">
-        <v>541</v>
+        <v>538</v>
       </c>
     </row>
     <row r="30" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B30" t="s">
-        <v>542</v>
+        <v>539</v>
       </c>
       <c r="D30" t="s">
-        <v>543</v>
+        <v>540</v>
       </c>
     </row>
     <row r="31" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B31" t="s">
-        <v>544</v>
+        <v>541</v>
       </c>
       <c r="D31" t="s">
-        <v>545</v>
+        <v>542</v>
       </c>
     </row>
     <row r="32" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B32" t="s">
-        <v>546</v>
+        <v>543</v>
       </c>
       <c r="D32" t="s">
-        <v>547</v>
+        <v>544</v>
       </c>
     </row>
     <row r="33" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B33" t="s">
-        <v>548</v>
+        <v>545</v>
       </c>
       <c r="D33" t="s">
-        <v>549</v>
+        <v>546</v>
       </c>
     </row>
     <row r="34" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B34" t="s">
-        <v>550</v>
+        <v>547</v>
       </c>
       <c r="D34" t="s">
-        <v>551</v>
+        <v>548</v>
       </c>
     </row>
     <row r="35" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B35" t="s">
-        <v>552</v>
+        <v>549</v>
       </c>
       <c r="D35" t="s">
-        <v>553</v>
+        <v>550</v>
       </c>
     </row>
     <row r="36" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B36" t="s">
-        <v>554</v>
+        <v>551</v>
       </c>
       <c r="D36" t="s">
-        <v>555</v>
+        <v>552</v>
       </c>
     </row>
     <row r="37" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B37" t="s">
-        <v>556</v>
+        <v>553</v>
       </c>
       <c r="D37" t="s">
-        <v>557</v>
+        <v>554</v>
       </c>
     </row>
     <row r="38" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B38" t="s">
-        <v>558</v>
+        <v>555</v>
       </c>
       <c r="D38" t="s">
-        <v>559</v>
+        <v>556</v>
       </c>
     </row>
     <row r="39" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B39" t="s">
-        <v>560</v>
+        <v>557</v>
       </c>
       <c r="D39" t="s">
-        <v>561</v>
+        <v>558</v>
       </c>
     </row>
     <row r="40" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B40" t="s">
-        <v>562</v>
+        <v>559</v>
       </c>
       <c r="D40" t="s">
-        <v>563</v>
+        <v>560</v>
       </c>
     </row>
     <row r="41" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B41" t="s">
-        <v>564</v>
+        <v>561</v>
       </c>
       <c r="D41" t="s">
-        <v>565</v>
+        <v>562</v>
       </c>
     </row>
     <row r="42" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B42" t="s">
-        <v>566</v>
+        <v>563</v>
       </c>
       <c r="D42" t="s">
-        <v>567</v>
+        <v>564</v>
       </c>
     </row>
     <row r="43" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B43" t="s">
-        <v>568</v>
+        <v>565</v>
       </c>
       <c r="D43" t="s">
-        <v>569</v>
+        <v>566</v>
       </c>
     </row>
     <row r="44" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B44" t="s">
-        <v>570</v>
+        <v>567</v>
       </c>
       <c r="D44" t="s">
-        <v>571</v>
+        <v>568</v>
       </c>
     </row>
     <row r="45" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B45" t="s">
-        <v>572</v>
+        <v>569</v>
       </c>
       <c r="D45" t="s">
-        <v>573</v>
+        <v>570</v>
       </c>
     </row>
     <row r="46" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B46" t="s">
-        <v>574</v>
+        <v>571</v>
       </c>
       <c r="D46" t="s">
-        <v>575</v>
+        <v>572</v>
       </c>
     </row>
     <row r="47" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B47" t="s">
-        <v>576</v>
+        <v>573</v>
       </c>
       <c r="D47" t="s">
-        <v>577</v>
+        <v>574</v>
       </c>
     </row>
     <row r="48" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B48" t="s">
-        <v>578</v>
+        <v>575</v>
       </c>
       <c r="D48" t="s">
-        <v>579</v>
+        <v>576</v>
       </c>
     </row>
     <row r="49" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B49" t="s">
-        <v>580</v>
+        <v>577</v>
       </c>
       <c r="D49" t="s">
-        <v>581</v>
+        <v>578</v>
       </c>
     </row>
     <row r="50" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B50" t="s">
-        <v>582</v>
+        <v>579</v>
       </c>
       <c r="D50" t="s">
-        <v>583</v>
+        <v>580</v>
       </c>
     </row>
     <row r="51" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B51" t="s">
-        <v>584</v>
+        <v>581</v>
       </c>
       <c r="D51" t="s">
-        <v>585</v>
+        <v>582</v>
       </c>
     </row>
     <row r="52" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B52" t="s">
-        <v>586</v>
+        <v>583</v>
       </c>
       <c r="D52" t="s">
-        <v>587</v>
+        <v>584</v>
       </c>
     </row>
     <row r="53" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B53" t="s">
-        <v>588</v>
+        <v>585</v>
       </c>
       <c r="D53" t="s">
-        <v>589</v>
+        <v>586</v>
       </c>
     </row>
     <row r="54" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B54" t="s">
-        <v>590</v>
+        <v>587</v>
       </c>
       <c r="D54" t="s">
-        <v>591</v>
+        <v>588</v>
       </c>
     </row>
     <row r="55" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B55" t="s">
-        <v>592</v>
+        <v>589</v>
       </c>
       <c r="D55" t="s">
-        <v>593</v>
+        <v>590</v>
       </c>
     </row>
     <row r="56" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B56" t="s">
-        <v>594</v>
+        <v>591</v>
       </c>
       <c r="D56" t="s">
-        <v>595</v>
+        <v>592</v>
       </c>
     </row>
     <row r="57" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B57" t="s">
-        <v>596</v>
+        <v>593</v>
       </c>
       <c r="D57" t="s">
-        <v>597</v>
+        <v>594</v>
       </c>
     </row>
     <row r="58" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B58" t="s">
-        <v>598</v>
+        <v>595</v>
       </c>
       <c r="D58" t="s">
-        <v>599</v>
+        <v>596</v>
       </c>
     </row>
     <row r="59" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B59" t="s">
-        <v>600</v>
+        <v>597</v>
       </c>
       <c r="D59" t="s">
-        <v>601</v>
+        <v>598</v>
       </c>
     </row>
     <row r="60" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B60" t="s">
-        <v>602</v>
+        <v>599</v>
       </c>
       <c r="D60" t="s">
-        <v>603</v>
+        <v>600</v>
       </c>
     </row>
     <row r="61" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B61" t="s">
-        <v>604</v>
+        <v>601</v>
       </c>
       <c r="D61" t="s">
-        <v>605</v>
+        <v>602</v>
       </c>
     </row>
     <row r="62" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B62" t="s">
-        <v>606</v>
+        <v>603</v>
       </c>
       <c r="D62" t="s">
-        <v>607</v>
+        <v>604</v>
       </c>
     </row>
     <row r="63" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B63" t="s">
-        <v>608</v>
+        <v>605</v>
       </c>
       <c r="D63" t="s">
-        <v>609</v>
+        <v>606</v>
       </c>
     </row>
     <row r="64" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B64" t="s">
-        <v>610</v>
+        <v>607</v>
       </c>
       <c r="D64" t="s">
-        <v>611</v>
+        <v>608</v>
       </c>
     </row>
     <row r="65" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B65" t="s">
-        <v>612</v>
+        <v>609</v>
       </c>
       <c r="D65" t="s">
-        <v>613</v>
+        <v>610</v>
       </c>
     </row>
     <row r="66" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B66" t="s">
-        <v>614</v>
+        <v>611</v>
       </c>
       <c r="D66" t="s">
-        <v>615</v>
+        <v>612</v>
       </c>
     </row>
     <row r="67" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B67" t="s">
-        <v>616</v>
+        <v>613</v>
       </c>
       <c r="D67" t="s">
-        <v>617</v>
+        <v>614</v>
       </c>
     </row>
     <row r="68" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B68" t="s">
-        <v>618</v>
+        <v>615</v>
       </c>
       <c r="D68" t="s">
-        <v>619</v>
+        <v>616</v>
       </c>
     </row>
     <row r="69" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B69" t="s">
-        <v>620</v>
+        <v>617</v>
       </c>
       <c r="D69" t="s">
-        <v>621</v>
+        <v>618</v>
       </c>
     </row>
     <row r="70" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B70" t="s">
-        <v>622</v>
+        <v>619</v>
       </c>
       <c r="D70" t="s">
-        <v>623</v>
+        <v>620</v>
       </c>
     </row>
     <row r="71" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B71" t="s">
-        <v>624</v>
+        <v>621</v>
       </c>
       <c r="D71" t="s">
-        <v>625</v>
+        <v>622</v>
       </c>
     </row>
     <row r="72" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B72" t="s">
-        <v>626</v>
+        <v>623</v>
       </c>
       <c r="D72" t="s">
-        <v>627</v>
+        <v>624</v>
       </c>
     </row>
     <row r="73" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B73" t="s">
-        <v>628</v>
+        <v>625</v>
       </c>
       <c r="D73" t="s">
-        <v>629</v>
+        <v>626</v>
       </c>
     </row>
     <row r="74" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B74" t="s">
-        <v>630</v>
+        <v>627</v>
       </c>
       <c r="D74" t="s">
-        <v>631</v>
+        <v>628</v>
       </c>
     </row>
     <row r="75" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B75" t="s">
-        <v>632</v>
+        <v>629</v>
       </c>
       <c r="D75" t="s">
-        <v>633</v>
+        <v>630</v>
       </c>
     </row>
     <row r="76" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B76" t="s">
-        <v>634</v>
+        <v>631</v>
       </c>
       <c r="D76" t="s">
-        <v>635</v>
+        <v>632</v>
       </c>
     </row>
     <row r="77" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B77" t="s">
-        <v>636</v>
+        <v>633</v>
       </c>
       <c r="D77" t="s">
-        <v>637</v>
+        <v>634</v>
       </c>
     </row>
     <row r="78" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B78" t="s">
-        <v>638</v>
+        <v>635</v>
       </c>
       <c r="D78" t="s">
-        <v>639</v>
+        <v>636</v>
       </c>
     </row>
     <row r="79" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B79" t="s">
-        <v>640</v>
+        <v>637</v>
       </c>
       <c r="D79" t="s">
-        <v>641</v>
+        <v>638</v>
       </c>
     </row>
     <row r="80" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B80" t="s">
-        <v>642</v>
+        <v>639</v>
       </c>
       <c r="D80" t="s">
-        <v>643</v>
+        <v>640</v>
       </c>
     </row>
     <row r="81" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B81" t="s">
-        <v>644</v>
+        <v>641</v>
       </c>
       <c r="D81" t="s">
-        <v>645</v>
+        <v>642</v>
       </c>
     </row>
     <row r="82" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B82" t="s">
-        <v>646</v>
+        <v>643</v>
       </c>
       <c r="D82" t="s">
-        <v>647</v>
+        <v>644</v>
       </c>
     </row>
     <row r="83" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B83" t="s">
-        <v>648</v>
+        <v>645</v>
       </c>
       <c r="D83" t="s">
-        <v>649</v>
+        <v>646</v>
       </c>
     </row>
     <row r="84" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B84" t="s">
-        <v>650</v>
+        <v>647</v>
       </c>
       <c r="D84" t="s">
-        <v>651</v>
+        <v>648</v>
       </c>
     </row>
     <row r="85" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B85" t="s">
-        <v>652</v>
+        <v>649</v>
       </c>
       <c r="D85" t="s">
-        <v>653</v>
+        <v>650</v>
       </c>
     </row>
     <row r="86" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B86" t="s">
-        <v>654</v>
+        <v>651</v>
       </c>
       <c r="D86" t="s">
-        <v>655</v>
+        <v>652</v>
       </c>
     </row>
     <row r="87" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B87" t="s">
-        <v>656</v>
+        <v>653</v>
       </c>
       <c r="D87" t="s">
-        <v>657</v>
+        <v>654</v>
       </c>
     </row>
     <row r="88" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B88" t="s">
-        <v>658</v>
+        <v>655</v>
       </c>
       <c r="D88" t="s">
-        <v>659</v>
+        <v>656</v>
       </c>
     </row>
     <row r="89" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B89" t="s">
-        <v>660</v>
+        <v>657</v>
       </c>
       <c r="D89" t="s">
-        <v>661</v>
+        <v>658</v>
       </c>
     </row>
     <row r="90" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B90" t="s">
-        <v>662</v>
+        <v>659</v>
       </c>
       <c r="D90" t="s">
-        <v>663</v>
+        <v>660</v>
       </c>
     </row>
     <row r="91" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B91" t="s">
-        <v>664</v>
+        <v>661</v>
       </c>
       <c r="D91" t="s">
-        <v>665</v>
+        <v>662</v>
       </c>
     </row>
     <row r="92" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B92" t="s">
-        <v>666</v>
+        <v>663</v>
       </c>
       <c r="D92" t="s">
-        <v>667</v>
+        <v>664</v>
       </c>
     </row>
     <row r="93" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B93" t="s">
-        <v>668</v>
+        <v>665</v>
       </c>
       <c r="D93" t="s">
-        <v>669</v>
+        <v>666</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
   <dimension ref="A1:D37"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>110</v>
+        <v>107</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>111</v>
+        <v>108</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>112</v>
+        <v>109</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
         <v>15</v>
       </c>
       <c r="B2" t="s">
         <v>16</v>
       </c>
       <c r="D2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="3" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
-        <v>670</v>
+        <v>667</v>
       </c>
       <c r="B3" t="s">
-        <v>116</v>
+        <v>113</v>
       </c>
       <c r="D3" t="s">
-        <v>671</v>
+        <v>668</v>
       </c>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B4" t="s">
-        <v>120</v>
+        <v>117</v>
       </c>
       <c r="D4" t="s">
-        <v>672</v>
+        <v>669</v>
       </c>
     </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B5" t="s">
-        <v>128</v>
+        <v>125</v>
       </c>
       <c r="D5" t="s">
-        <v>673</v>
+        <v>670</v>
       </c>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B6" t="s">
-        <v>674</v>
+        <v>671</v>
       </c>
       <c r="D6" t="s">
-        <v>675</v>
+        <v>672</v>
       </c>
     </row>
     <row r="7" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B7" t="s">
-        <v>122</v>
+        <v>119</v>
       </c>
       <c r="D7" t="s">
-        <v>676</v>
+        <v>673</v>
       </c>
     </row>
     <row r="8" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B8" t="s">
-        <v>677</v>
+        <v>674</v>
       </c>
       <c r="D8" t="s">
-        <v>678</v>
+        <v>675</v>
       </c>
     </row>
     <row r="9" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B9" t="s">
-        <v>679</v>
+        <v>676</v>
       </c>
       <c r="C9" t="s">
-        <v>680</v>
+        <v>677</v>
       </c>
       <c r="D9" t="s">
-        <v>681</v>
+        <v>678</v>
       </c>
     </row>
     <row r="10" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B10" t="s">
-        <v>682</v>
+        <v>679</v>
       </c>
       <c r="C10" t="s">
-        <v>683</v>
+        <v>680</v>
       </c>
       <c r="D10" t="s">
-        <v>684</v>
+        <v>681</v>
       </c>
     </row>
     <row r="11" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B11" t="s">
-        <v>685</v>
+        <v>682</v>
       </c>
       <c r="C11" t="s">
-        <v>686</v>
+        <v>683</v>
       </c>
       <c r="D11" t="s">
-        <v>687</v>
+        <v>684</v>
       </c>
     </row>
     <row r="12" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B12" t="s">
-        <v>688</v>
+        <v>685</v>
       </c>
       <c r="C12" t="s">
-        <v>689</v>
+        <v>686</v>
       </c>
       <c r="D12" t="s">
-        <v>690</v>
+        <v>687</v>
       </c>
     </row>
     <row r="13" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B13" t="s">
-        <v>691</v>
+        <v>688</v>
       </c>
       <c r="C13" t="s">
-        <v>692</v>
+        <v>689</v>
       </c>
       <c r="D13" t="s">
-        <v>693</v>
+        <v>690</v>
       </c>
     </row>
     <row r="14" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B14" t="s">
-        <v>694</v>
+        <v>691</v>
       </c>
       <c r="C14" t="s">
-        <v>695</v>
+        <v>692</v>
       </c>
       <c r="D14" t="s">
-        <v>696</v>
+        <v>693</v>
       </c>
     </row>
     <row r="15" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B15" t="s">
-        <v>697</v>
+        <v>694</v>
       </c>
       <c r="C15" t="s">
-        <v>698</v>
+        <v>695</v>
       </c>
       <c r="D15" t="s">
-        <v>699</v>
+        <v>696</v>
       </c>
     </row>
     <row r="16" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B16" t="s">
-        <v>700</v>
+        <v>697</v>
       </c>
       <c r="D16" t="s">
-        <v>701</v>
+        <v>698</v>
       </c>
     </row>
     <row r="17" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B17" t="s">
-        <v>702</v>
+        <v>699</v>
       </c>
       <c r="C17" t="s">
-        <v>703</v>
+        <v>700</v>
       </c>
       <c r="D17" t="s">
-        <v>704</v>
+        <v>701</v>
       </c>
     </row>
     <row r="18" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B18" t="s">
-        <v>705</v>
+        <v>702</v>
       </c>
       <c r="C18" t="s">
-        <v>706</v>
+        <v>703</v>
       </c>
       <c r="D18" t="s">
-        <v>707</v>
+        <v>704</v>
       </c>
     </row>
     <row r="19" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B19" t="s">
-        <v>708</v>
+        <v>705</v>
       </c>
       <c r="C19" t="s">
-        <v>709</v>
+        <v>706</v>
       </c>
       <c r="D19" t="s">
-        <v>710</v>
+        <v>707</v>
       </c>
     </row>
     <row r="20" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B20" t="s">
-        <v>711</v>
+        <v>708</v>
       </c>
       <c r="C20" t="s">
-        <v>712</v>
+        <v>709</v>
       </c>
       <c r="D20" t="s">
-        <v>713</v>
+        <v>710</v>
       </c>
     </row>
     <row r="21" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B21" t="s">
-        <v>714</v>
+        <v>711</v>
       </c>
       <c r="C21" t="s">
-        <v>715</v>
+        <v>712</v>
       </c>
       <c r="D21" t="s">
-        <v>716</v>
+        <v>713</v>
       </c>
     </row>
     <row r="22" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B22" t="s">
-        <v>717</v>
+        <v>714</v>
       </c>
       <c r="C22" t="s">
-        <v>718</v>
+        <v>715</v>
       </c>
       <c r="D22" t="s">
-        <v>719</v>
+        <v>716</v>
       </c>
     </row>
     <row r="23" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B23" t="s">
-        <v>720</v>
+        <v>717</v>
       </c>
       <c r="C23" t="s">
-        <v>721</v>
+        <v>718</v>
       </c>
       <c r="D23" t="s">
-        <v>722</v>
+        <v>719</v>
       </c>
     </row>
     <row r="24" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B24" t="s">
-        <v>723</v>
+        <v>720</v>
       </c>
       <c r="C24" t="s">
-        <v>724</v>
+        <v>721</v>
       </c>
       <c r="D24" t="s">
-        <v>725</v>
+        <v>722</v>
       </c>
     </row>
     <row r="25" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B25" t="s">
-        <v>726</v>
+        <v>723</v>
       </c>
       <c r="C25" t="s">
-        <v>727</v>
+        <v>724</v>
       </c>
       <c r="D25" t="s">
-        <v>728</v>
+        <v>725</v>
       </c>
     </row>
     <row r="26" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B26" t="s">
-        <v>729</v>
+        <v>726</v>
       </c>
       <c r="C26" t="s">
-        <v>730</v>
+        <v>727</v>
       </c>
       <c r="D26" t="s">
-        <v>731</v>
+        <v>728</v>
       </c>
     </row>
     <row r="27" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B27" t="s">
-        <v>732</v>
+        <v>729</v>
       </c>
       <c r="D27" t="s">
-        <v>733</v>
+        <v>730</v>
       </c>
     </row>
     <row r="28" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B28" t="s">
-        <v>734</v>
+        <v>731</v>
       </c>
       <c r="C28" t="s">
-        <v>735</v>
+        <v>732</v>
       </c>
       <c r="D28" t="s">
-        <v>736</v>
+        <v>733</v>
       </c>
     </row>
     <row r="29" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B29" t="s">
-        <v>737</v>
+        <v>734</v>
       </c>
       <c r="C29" t="s">
-        <v>738</v>
+        <v>735</v>
       </c>
       <c r="D29" t="s">
-        <v>739</v>
+        <v>736</v>
       </c>
     </row>
     <row r="30" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B30" t="s">
-        <v>740</v>
+        <v>737</v>
       </c>
       <c r="C30" t="s">
-        <v>741</v>
+        <v>738</v>
       </c>
       <c r="D30" t="s">
-        <v>742</v>
+        <v>739</v>
       </c>
     </row>
     <row r="31" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B31" t="s">
-        <v>743</v>
+        <v>740</v>
       </c>
       <c r="C31" t="s">
-        <v>744</v>
+        <v>741</v>
       </c>
       <c r="D31" t="s">
-        <v>745</v>
+        <v>742</v>
       </c>
     </row>
     <row r="32" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B32" t="s">
-        <v>746</v>
+        <v>743</v>
       </c>
       <c r="C32" t="s">
-        <v>747</v>
+        <v>744</v>
       </c>
       <c r="D32" t="s">
-        <v>748</v>
+        <v>745</v>
       </c>
     </row>
     <row r="33" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B33" t="s">
-        <v>749</v>
+        <v>746</v>
       </c>
       <c r="C33" t="s">
-        <v>750</v>
+        <v>747</v>
       </c>
       <c r="D33" t="s">
-        <v>751</v>
+        <v>748</v>
       </c>
     </row>
     <row r="34" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B34" t="s">
-        <v>752</v>
+        <v>749</v>
       </c>
       <c r="D34" t="s">
-        <v>753</v>
+        <v>750</v>
       </c>
     </row>
     <row r="35" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B35" t="s">
-        <v>754</v>
+        <v>751</v>
       </c>
       <c r="C35" t="s">
-        <v>755</v>
+        <v>752</v>
       </c>
       <c r="D35" t="s">
-        <v>756</v>
+        <v>753</v>
       </c>
     </row>
     <row r="36" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B36" t="s">
-        <v>757</v>
+        <v>754</v>
       </c>
       <c r="C36" t="s">
-        <v>758</v>
+        <v>755</v>
       </c>
       <c r="D36" t="s">
-        <v>759</v>
+        <v>756</v>
       </c>
     </row>
     <row r="37" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B37" t="s">
-        <v>760</v>
+        <v>757</v>
       </c>
       <c r="C37" t="s">
-        <v>761</v>
+        <v>758</v>
       </c>
       <c r="D37" t="s">
-        <v>762</v>
+        <v>759</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0400-000000000000}">
   <dimension ref="A1:D49"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>110</v>
+        <v>107</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>111</v>
+        <v>108</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>112</v>
+        <v>109</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
         <v>19</v>
       </c>
       <c r="B2" t="s">
         <v>20</v>
       </c>
       <c r="D2" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="3" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
-        <v>763</v>
+        <v>760</v>
       </c>
       <c r="B3" t="s">
-        <v>116</v>
+        <v>113</v>
       </c>
       <c r="D3" t="s">
-        <v>764</v>
+        <v>761</v>
       </c>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B4" t="s">
-        <v>118</v>
+        <v>115</v>
       </c>
       <c r="D4" t="s">
-        <v>765</v>
+        <v>762</v>
       </c>
     </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B5" t="s">
-        <v>128</v>
+        <v>125</v>
       </c>
       <c r="D5" t="s">
-        <v>766</v>
+        <v>763</v>
       </c>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B6" t="s">
-        <v>122</v>
+        <v>119</v>
       </c>
       <c r="D6" t="s">
-        <v>767</v>
+        <v>764</v>
       </c>
     </row>
     <row r="7" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B7" t="s">
-        <v>124</v>
+        <v>121</v>
       </c>
       <c r="D7" t="s">
-        <v>768</v>
+        <v>765</v>
       </c>
     </row>
     <row r="8" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B8" t="s">
-        <v>769</v>
+        <v>766</v>
       </c>
       <c r="D8" t="s">
-        <v>770</v>
+        <v>767</v>
       </c>
     </row>
     <row r="9" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B9" t="s">
-        <v>771</v>
+        <v>768</v>
       </c>
       <c r="C9" t="s">
-        <v>772</v>
+        <v>769</v>
       </c>
       <c r="D9" t="s">
-        <v>773</v>
+        <v>770</v>
       </c>
     </row>
     <row r="10" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B10" t="s">
-        <v>774</v>
+        <v>771</v>
       </c>
       <c r="C10" t="s">
-        <v>775</v>
+        <v>772</v>
       </c>
       <c r="D10" t="s">
-        <v>776</v>
+        <v>773</v>
       </c>
     </row>
     <row r="11" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B11" t="s">
-        <v>777</v>
+        <v>774</v>
       </c>
       <c r="C11" t="s">
-        <v>778</v>
+        <v>775</v>
       </c>
       <c r="D11" t="s">
-        <v>779</v>
+        <v>776</v>
       </c>
     </row>
     <row r="12" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B12" t="s">
-        <v>780</v>
+        <v>777</v>
       </c>
       <c r="C12" t="s">
-        <v>781</v>
+        <v>778</v>
       </c>
       <c r="D12" t="s">
-        <v>782</v>
+        <v>779</v>
       </c>
     </row>
     <row r="13" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B13" t="s">
-        <v>783</v>
+        <v>780</v>
       </c>
       <c r="C13" t="s">
-        <v>784</v>
+        <v>781</v>
       </c>
       <c r="D13" t="s">
-        <v>785</v>
+        <v>782</v>
       </c>
     </row>
     <row r="14" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B14" t="s">
-        <v>786</v>
+        <v>783</v>
       </c>
       <c r="C14" t="s">
-        <v>787</v>
+        <v>784</v>
       </c>
       <c r="D14" t="s">
-        <v>788</v>
+        <v>785</v>
       </c>
     </row>
     <row r="15" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B15" t="s">
-        <v>789</v>
+        <v>786</v>
       </c>
       <c r="C15" t="s">
-        <v>790</v>
+        <v>787</v>
       </c>
       <c r="D15" t="s">
-        <v>791</v>
+        <v>788</v>
       </c>
     </row>
     <row r="16" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B16" t="s">
-        <v>792</v>
+        <v>789</v>
       </c>
       <c r="C16" t="s">
-        <v>793</v>
+        <v>790</v>
       </c>
       <c r="D16" t="s">
-        <v>794</v>
+        <v>791</v>
       </c>
     </row>
     <row r="17" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B17" t="s">
-        <v>795</v>
+        <v>792</v>
       </c>
       <c r="C17" t="s">
-        <v>796</v>
+        <v>793</v>
       </c>
       <c r="D17" t="s">
-        <v>797</v>
+        <v>794</v>
       </c>
     </row>
     <row r="18" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B18" t="s">
-        <v>798</v>
+        <v>795</v>
       </c>
       <c r="C18" t="s">
-        <v>799</v>
+        <v>796</v>
       </c>
       <c r="D18" t="s">
-        <v>800</v>
+        <v>797</v>
       </c>
     </row>
     <row r="19" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B19" t="s">
-        <v>801</v>
+        <v>798</v>
       </c>
       <c r="C19" t="s">
-        <v>802</v>
+        <v>799</v>
       </c>
       <c r="D19" t="s">
-        <v>803</v>
+        <v>800</v>
       </c>
     </row>
     <row r="20" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B20" t="s">
-        <v>804</v>
+        <v>801</v>
       </c>
       <c r="C20" t="s">
-        <v>805</v>
+        <v>802</v>
       </c>
       <c r="D20" t="s">
-        <v>806</v>
+        <v>803</v>
       </c>
     </row>
     <row r="21" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B21" t="s">
-        <v>807</v>
+        <v>804</v>
       </c>
       <c r="C21" t="s">
-        <v>808</v>
+        <v>805</v>
       </c>
       <c r="D21" t="s">
-        <v>809</v>
+        <v>806</v>
       </c>
     </row>
     <row r="22" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B22" t="s">
-        <v>810</v>
+        <v>807</v>
       </c>
       <c r="C22" t="s">
-        <v>811</v>
+        <v>808</v>
       </c>
       <c r="D22" t="s">
-        <v>812</v>
+        <v>809</v>
       </c>
     </row>
     <row r="23" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B23" t="s">
-        <v>813</v>
+        <v>810</v>
       </c>
       <c r="C23" t="s">
-        <v>814</v>
+        <v>811</v>
       </c>
       <c r="D23" t="s">
-        <v>815</v>
+        <v>812</v>
       </c>
     </row>
     <row r="24" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B24" t="s">
-        <v>816</v>
+        <v>813</v>
       </c>
       <c r="C24" t="s">
-        <v>817</v>
+        <v>814</v>
       </c>
       <c r="D24" t="s">
-        <v>818</v>
+        <v>815</v>
       </c>
     </row>
     <row r="25" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B25" t="s">
-        <v>819</v>
+        <v>816</v>
       </c>
       <c r="C25" t="s">
-        <v>820</v>
+        <v>817</v>
       </c>
       <c r="D25" t="s">
-        <v>821</v>
+        <v>818</v>
       </c>
     </row>
     <row r="26" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B26" t="s">
-        <v>822</v>
+        <v>819</v>
       </c>
       <c r="C26" t="s">
-        <v>823</v>
+        <v>820</v>
       </c>
       <c r="D26" t="s">
-        <v>824</v>
+        <v>821</v>
       </c>
     </row>
     <row r="27" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B27" t="s">
-        <v>825</v>
+        <v>822</v>
       </c>
       <c r="C27" t="s">
-        <v>826</v>
+        <v>823</v>
       </c>
       <c r="D27" t="s">
-        <v>827</v>
+        <v>824</v>
       </c>
     </row>
     <row r="28" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B28" t="s">
-        <v>828</v>
+        <v>825</v>
       </c>
       <c r="D28" t="s">
-        <v>829</v>
+        <v>826</v>
       </c>
     </row>
     <row r="29" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B29" t="s">
-        <v>830</v>
+        <v>827</v>
       </c>
       <c r="C29" t="s">
-        <v>831</v>
+        <v>828</v>
       </c>
       <c r="D29" t="s">
-        <v>832</v>
+        <v>829</v>
       </c>
     </row>
     <row r="30" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B30" t="s">
-        <v>833</v>
+        <v>830</v>
       </c>
       <c r="C30" t="s">
-        <v>834</v>
+        <v>831</v>
       </c>
       <c r="D30" t="s">
-        <v>835</v>
+        <v>832</v>
       </c>
     </row>
     <row r="31" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B31" t="s">
-        <v>836</v>
+        <v>833</v>
       </c>
       <c r="C31" t="s">
-        <v>837</v>
+        <v>834</v>
       </c>
       <c r="D31" t="s">
-        <v>838</v>
+        <v>835</v>
       </c>
     </row>
     <row r="32" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B32" t="s">
-        <v>839</v>
+        <v>836</v>
       </c>
       <c r="C32" t="s">
-        <v>840</v>
+        <v>837</v>
       </c>
       <c r="D32" t="s">
-        <v>841</v>
+        <v>838</v>
       </c>
     </row>
     <row r="33" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B33" t="s">
-        <v>842</v>
+        <v>839</v>
       </c>
       <c r="C33" t="s">
-        <v>843</v>
+        <v>840</v>
       </c>
       <c r="D33" t="s">
-        <v>844</v>
+        <v>841</v>
       </c>
     </row>
     <row r="34" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B34" t="s">
-        <v>845</v>
+        <v>842</v>
       </c>
       <c r="C34" t="s">
-        <v>846</v>
+        <v>843</v>
       </c>
       <c r="D34" t="s">
-        <v>847</v>
+        <v>844</v>
       </c>
     </row>
     <row r="35" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B35" t="s">
-        <v>848</v>
+        <v>845</v>
       </c>
       <c r="C35" t="s">
-        <v>849</v>
+        <v>846</v>
       </c>
       <c r="D35" t="s">
-        <v>850</v>
+        <v>847</v>
       </c>
     </row>
     <row r="36" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B36" t="s">
-        <v>851</v>
+        <v>848</v>
       </c>
       <c r="D36" t="s">
-        <v>852</v>
+        <v>849</v>
       </c>
     </row>
     <row r="37" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B37" t="s">
-        <v>853</v>
+        <v>850</v>
       </c>
       <c r="C37" t="s">
-        <v>854</v>
+        <v>851</v>
       </c>
       <c r="D37" t="s">
-        <v>855</v>
+        <v>852</v>
       </c>
     </row>
     <row r="38" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B38" t="s">
-        <v>856</v>
+        <v>853</v>
       </c>
       <c r="C38" t="s">
-        <v>857</v>
+        <v>854</v>
       </c>
       <c r="D38" t="s">
-        <v>858</v>
+        <v>855</v>
       </c>
     </row>
     <row r="39" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B39" t="s">
-        <v>859</v>
+        <v>856</v>
       </c>
       <c r="D39" t="s">
-        <v>860</v>
+        <v>857</v>
       </c>
     </row>
     <row r="40" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B40" t="s">
-        <v>861</v>
+        <v>858</v>
       </c>
       <c r="C40" t="s">
-        <v>862</v>
+        <v>859</v>
       </c>
       <c r="D40" t="s">
-        <v>863</v>
+        <v>860</v>
       </c>
     </row>
     <row r="41" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B41" t="s">
-        <v>864</v>
+        <v>861</v>
       </c>
       <c r="C41" t="s">
-        <v>865</v>
+        <v>862</v>
       </c>
       <c r="D41" t="s">
-        <v>866</v>
+        <v>863</v>
       </c>
     </row>
     <row r="42" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B42" t="s">
-        <v>867</v>
+        <v>864</v>
       </c>
       <c r="C42" t="s">
-        <v>868</v>
+        <v>865</v>
       </c>
       <c r="D42" t="s">
-        <v>869</v>
+        <v>866</v>
       </c>
     </row>
     <row r="43" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B43" t="s">
-        <v>870</v>
+        <v>867</v>
       </c>
       <c r="C43" t="s">
-        <v>871</v>
+        <v>868</v>
       </c>
       <c r="D43" t="s">
-        <v>872</v>
+        <v>869</v>
       </c>
     </row>
     <row r="44" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B44" t="s">
-        <v>873</v>
+        <v>870</v>
       </c>
       <c r="C44" t="s">
-        <v>874</v>
+        <v>871</v>
       </c>
       <c r="D44" t="s">
-        <v>875</v>
+        <v>872</v>
       </c>
     </row>
     <row r="45" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B45" t="s">
-        <v>876</v>
+        <v>873</v>
       </c>
       <c r="C45" t="s">
-        <v>877</v>
+        <v>874</v>
       </c>
       <c r="D45" t="s">
-        <v>878</v>
+        <v>875</v>
       </c>
     </row>
     <row r="46" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B46" t="s">
-        <v>879</v>
+        <v>876</v>
       </c>
       <c r="D46" t="s">
-        <v>880</v>
+        <v>877</v>
       </c>
     </row>
     <row r="47" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B47" t="s">
-        <v>881</v>
+        <v>878</v>
       </c>
       <c r="C47" t="s">
-        <v>882</v>
+        <v>879</v>
       </c>
       <c r="D47" t="s">
-        <v>883</v>
+        <v>880</v>
       </c>
     </row>
     <row r="48" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B48" t="s">
-        <v>884</v>
+        <v>881</v>
       </c>
       <c r="C48" t="s">
-        <v>885</v>
+        <v>882</v>
       </c>
       <c r="D48" t="s">
-        <v>886</v>
+        <v>883</v>
       </c>
     </row>
     <row r="49" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B49" t="s">
-        <v>887</v>
+        <v>884</v>
       </c>
       <c r="C49" t="s">
-        <v>888</v>
+        <v>885</v>
       </c>
       <c r="D49" t="s">
-        <v>889</v>
+        <v>886</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0500-000000000000}">
   <dimension ref="A1:D23"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>110</v>
+        <v>107</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>111</v>
+        <v>108</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>112</v>
+        <v>109</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
         <v>23</v>
       </c>
       <c r="B2" t="s">
         <v>24</v>
       </c>
       <c r="D2" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="3" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B3" t="s">
-        <v>116</v>
+        <v>113</v>
       </c>
       <c r="D3" t="s">
-        <v>890</v>
+        <v>887</v>
       </c>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B4" t="s">
-        <v>116</v>
+        <v>113</v>
       </c>
       <c r="D4" t="s">
-        <v>891</v>
+        <v>888</v>
       </c>
     </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B5" t="s">
-        <v>122</v>
+        <v>119</v>
       </c>
       <c r="D5" t="s">
-        <v>892</v>
+        <v>889</v>
       </c>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B6" t="s">
-        <v>128</v>
+        <v>125</v>
       </c>
       <c r="D6" t="s">
-        <v>893</v>
+        <v>890</v>
       </c>
     </row>
     <row r="7" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B7" t="s">
-        <v>894</v>
+        <v>891</v>
       </c>
       <c r="D7" t="s">
-        <v>895</v>
+        <v>892</v>
       </c>
     </row>
     <row r="8" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B8" t="s">
-        <v>896</v>
+        <v>893</v>
       </c>
       <c r="C8" t="s">
-        <v>680</v>
+        <v>677</v>
       </c>
       <c r="D8" t="s">
-        <v>897</v>
+        <v>894</v>
       </c>
     </row>
     <row r="9" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B9" t="s">
-        <v>898</v>
+        <v>895</v>
       </c>
       <c r="D9" t="s">
-        <v>899</v>
+        <v>896</v>
       </c>
     </row>
     <row r="10" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B10" t="s">
-        <v>900</v>
+        <v>897</v>
       </c>
       <c r="C10" t="s">
-        <v>683</v>
+        <v>680</v>
       </c>
       <c r="D10" t="s">
-        <v>901</v>
+        <v>898</v>
       </c>
     </row>
     <row r="11" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B11" t="s">
-        <v>902</v>
+        <v>899</v>
       </c>
       <c r="C11" t="s">
-        <v>686</v>
+        <v>683</v>
       </c>
       <c r="D11" t="s">
-        <v>903</v>
+        <v>900</v>
       </c>
     </row>
     <row r="12" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B12" t="s">
-        <v>904</v>
+        <v>901</v>
       </c>
       <c r="C12" t="s">
-        <v>689</v>
+        <v>686</v>
       </c>
       <c r="D12" t="s">
-        <v>905</v>
+        <v>902</v>
       </c>
     </row>
     <row r="13" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B13" t="s">
-        <v>906</v>
+        <v>903</v>
       </c>
       <c r="D13" t="s">
-        <v>907</v>
+        <v>904</v>
       </c>
     </row>
     <row r="14" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B14" t="s">
-        <v>908</v>
+        <v>905</v>
       </c>
       <c r="C14" t="s">
-        <v>692</v>
+        <v>689</v>
       </c>
       <c r="D14" t="s">
-        <v>909</v>
+        <v>906</v>
       </c>
     </row>
     <row r="15" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B15" t="s">
-        <v>910</v>
+        <v>907</v>
       </c>
       <c r="C15" t="s">
-        <v>695</v>
+        <v>692</v>
       </c>
       <c r="D15" t="s">
-        <v>911</v>
+        <v>908</v>
       </c>
     </row>
     <row r="16" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B16" t="s">
-        <v>912</v>
+        <v>909</v>
       </c>
       <c r="C16" t="s">
-        <v>698</v>
+        <v>695</v>
       </c>
       <c r="D16" t="s">
-        <v>913</v>
+        <v>910</v>
       </c>
     </row>
     <row r="17" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B17" t="s">
-        <v>914</v>
+        <v>911</v>
       </c>
       <c r="C17" t="s">
-        <v>703</v>
+        <v>700</v>
       </c>
       <c r="D17" t="s">
-        <v>915</v>
+        <v>912</v>
       </c>
     </row>
     <row r="18" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B18" t="s">
-        <v>916</v>
+        <v>913</v>
       </c>
       <c r="C18" t="s">
-        <v>706</v>
+        <v>703</v>
       </c>
       <c r="D18" t="s">
-        <v>917</v>
+        <v>914</v>
       </c>
     </row>
     <row r="19" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B19" t="s">
-        <v>918</v>
+        <v>915</v>
       </c>
       <c r="C19" t="s">
-        <v>709</v>
+        <v>706</v>
       </c>
       <c r="D19" t="s">
-        <v>919</v>
+        <v>916</v>
       </c>
     </row>
     <row r="20" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B20" t="s">
-        <v>920</v>
+        <v>917</v>
       </c>
       <c r="C20" t="s">
-        <v>712</v>
+        <v>709</v>
       </c>
       <c r="D20" t="s">
-        <v>921</v>
+        <v>918</v>
       </c>
     </row>
     <row r="21" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B21" t="s">
-        <v>922</v>
+        <v>919</v>
       </c>
       <c r="C21" t="s">
-        <v>715</v>
+        <v>712</v>
       </c>
       <c r="D21" t="s">
-        <v>923</v>
+        <v>920</v>
       </c>
     </row>
     <row r="22" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B22" t="s">
-        <v>924</v>
+        <v>921</v>
       </c>
       <c r="C22" t="s">
-        <v>718</v>
+        <v>715</v>
       </c>
       <c r="D22" t="s">
-        <v>925</v>
+        <v>922</v>
       </c>
     </row>
     <row r="23" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B23" t="s">
-        <v>926</v>
+        <v>923</v>
       </c>
       <c r="C23" t="s">
-        <v>721</v>
+        <v>718</v>
       </c>
       <c r="D23" t="s">
-        <v>927</v>
+        <v>924</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0600-000000000000}">
   <dimension ref="A1:D132"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>110</v>
+        <v>107</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>111</v>
+        <v>108</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>112</v>
+        <v>109</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
         <v>27</v>
       </c>
       <c r="B2" t="s">
         <v>28</v>
       </c>
       <c r="D2" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="3" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
-        <v>928</v>
+        <v>925</v>
       </c>
       <c r="B3" t="s">
-        <v>116</v>
+        <v>113</v>
       </c>
       <c r="D3" t="s">
-        <v>934</v>
+        <v>931</v>
       </c>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A4" t="s">
-        <v>929</v>
+        <v>926</v>
       </c>
       <c r="B4" t="s">
-        <v>120</v>
+        <v>117</v>
       </c>
       <c r="D4" t="s">
-        <v>935</v>
+        <v>932</v>
       </c>
     </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A5" t="s">
-        <v>930</v>
+        <v>927</v>
       </c>
       <c r="B5" t="s">
-        <v>128</v>
+        <v>125</v>
       </c>
       <c r="D5" t="s">
-        <v>936</v>
+        <v>933</v>
       </c>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A6" t="s">
-        <v>931</v>
+        <v>928</v>
       </c>
       <c r="B6" t="s">
-        <v>937</v>
+        <v>934</v>
       </c>
       <c r="D6" t="s">
-        <v>938</v>
+        <v>935</v>
       </c>
     </row>
     <row r="7" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A7" t="s">
-        <v>932</v>
+        <v>929</v>
       </c>
       <c r="B7" t="s">
-        <v>124</v>
+        <v>121</v>
       </c>
       <c r="D7" t="s">
-        <v>939</v>
+        <v>936</v>
       </c>
     </row>
     <row r="8" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A8" t="s">
-        <v>933</v>
+        <v>930</v>
       </c>
       <c r="B8" t="s">
-        <v>940</v>
+        <v>937</v>
       </c>
       <c r="D8" t="s">
-        <v>941</v>
+        <v>938</v>
       </c>
     </row>
     <row r="9" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B9" t="s">
-        <v>942</v>
+        <v>939</v>
       </c>
       <c r="C9" t="s">
-        <v>680</v>
+        <v>677</v>
       </c>
       <c r="D9" t="s">
-        <v>943</v>
+        <v>940</v>
       </c>
     </row>
     <row r="10" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B10" t="s">
-        <v>944</v>
+        <v>941</v>
       </c>
       <c r="C10" t="s">
-        <v>683</v>
+        <v>680</v>
       </c>
       <c r="D10" t="s">
-        <v>945</v>
+        <v>942</v>
       </c>
     </row>
     <row r="11" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B11" t="s">
-        <v>946</v>
+        <v>943</v>
       </c>
       <c r="C11" t="s">
-        <v>686</v>
+        <v>683</v>
       </c>
       <c r="D11" t="s">
-        <v>947</v>
+        <v>944</v>
       </c>
     </row>
     <row r="12" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B12" t="s">
-        <v>948</v>
+        <v>945</v>
       </c>
       <c r="C12" t="s">
-        <v>689</v>
+        <v>686</v>
       </c>
       <c r="D12" t="s">
-        <v>949</v>
+        <v>946</v>
       </c>
     </row>
     <row r="13" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B13" t="s">
-        <v>950</v>
+        <v>947</v>
       </c>
       <c r="C13" t="s">
-        <v>951</v>
+        <v>948</v>
       </c>
       <c r="D13" t="s">
-        <v>952</v>
+        <v>949</v>
       </c>
     </row>
     <row r="14" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B14" t="s">
-        <v>953</v>
+        <v>950</v>
       </c>
       <c r="C14" t="s">
-        <v>954</v>
+        <v>951</v>
       </c>
       <c r="D14" t="s">
-        <v>955</v>
+        <v>952</v>
       </c>
     </row>
     <row r="15" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B15" t="s">
-        <v>956</v>
+        <v>953</v>
       </c>
       <c r="C15" t="s">
-        <v>957</v>
+        <v>954</v>
       </c>
       <c r="D15" t="s">
-        <v>958</v>
+        <v>955</v>
       </c>
     </row>
     <row r="16" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B16" t="s">
-        <v>959</v>
+        <v>956</v>
       </c>
       <c r="C16" t="s">
-        <v>692</v>
+        <v>689</v>
       </c>
       <c r="D16" t="s">
-        <v>960</v>
+        <v>957</v>
       </c>
     </row>
     <row r="17" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B17" t="s">
-        <v>961</v>
+        <v>958</v>
       </c>
       <c r="C17" t="s">
-        <v>695</v>
+        <v>692</v>
       </c>
       <c r="D17" t="s">
-        <v>962</v>
+        <v>959</v>
       </c>
     </row>
     <row r="18" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B18" t="s">
-        <v>963</v>
+        <v>960</v>
       </c>
       <c r="C18" t="s">
-        <v>964</v>
+        <v>961</v>
       </c>
       <c r="D18" t="s">
-        <v>965</v>
+        <v>962</v>
       </c>
     </row>
     <row r="19" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B19" t="s">
-        <v>966</v>
+        <v>963</v>
       </c>
       <c r="C19" t="s">
-        <v>967</v>
+        <v>964</v>
       </c>
       <c r="D19" t="s">
-        <v>968</v>
+        <v>965</v>
       </c>
     </row>
     <row r="20" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B20" t="s">
-        <v>969</v>
+        <v>966</v>
       </c>
       <c r="C20" t="s">
-        <v>698</v>
+        <v>695</v>
       </c>
       <c r="D20" t="s">
-        <v>970</v>
+        <v>967</v>
       </c>
     </row>
     <row r="21" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B21" t="s">
-        <v>971</v>
+        <v>968</v>
       </c>
       <c r="C21" t="s">
-        <v>703</v>
+        <v>700</v>
       </c>
       <c r="D21" t="s">
-        <v>972</v>
+        <v>969</v>
       </c>
     </row>
     <row r="22" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B22" t="s">
-        <v>973</v>
+        <v>970</v>
       </c>
       <c r="C22" t="s">
-        <v>706</v>
+        <v>703</v>
       </c>
       <c r="D22" t="s">
-        <v>974</v>
+        <v>971</v>
       </c>
     </row>
     <row r="23" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B23" t="s">
-        <v>975</v>
+        <v>972</v>
       </c>
       <c r="C23" t="s">
-        <v>709</v>
+        <v>706</v>
       </c>
       <c r="D23" t="s">
-        <v>976</v>
+        <v>973</v>
       </c>
     </row>
     <row r="24" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B24" t="s">
-        <v>977</v>
+        <v>974</v>
       </c>
       <c r="C24" t="s">
-        <v>712</v>
+        <v>709</v>
       </c>
       <c r="D24" t="s">
-        <v>978</v>
+        <v>975</v>
       </c>
     </row>
     <row r="25" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B25" t="s">
-        <v>979</v>
+        <v>976</v>
       </c>
       <c r="C25" t="s">
-        <v>980</v>
+        <v>977</v>
       </c>
       <c r="D25" t="s">
-        <v>981</v>
+        <v>978</v>
       </c>
     </row>
     <row r="26" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B26" t="s">
-        <v>982</v>
+        <v>979</v>
       </c>
       <c r="C26" t="s">
-        <v>983</v>
+        <v>980</v>
       </c>
       <c r="D26" t="s">
-        <v>984</v>
+        <v>981</v>
       </c>
     </row>
     <row r="27" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B27" t="s">
-        <v>985</v>
+        <v>982</v>
       </c>
       <c r="C27" t="s">
-        <v>986</v>
+        <v>983</v>
       </c>
       <c r="D27" t="s">
-        <v>987</v>
+        <v>984</v>
       </c>
     </row>
     <row r="28" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B28" t="s">
-        <v>988</v>
+        <v>985</v>
       </c>
       <c r="C28" t="s">
-        <v>989</v>
+        <v>986</v>
       </c>
       <c r="D28" t="s">
-        <v>990</v>
+        <v>987</v>
       </c>
     </row>
     <row r="29" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B29" t="s">
-        <v>991</v>
+        <v>988</v>
       </c>
       <c r="C29" t="s">
-        <v>992</v>
+        <v>989</v>
       </c>
       <c r="D29" t="s">
-        <v>993</v>
+        <v>990</v>
       </c>
     </row>
     <row r="30" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B30" t="s">
-        <v>994</v>
+        <v>991</v>
       </c>
       <c r="C30" t="s">
-        <v>995</v>
+        <v>992</v>
       </c>
       <c r="D30" t="s">
-        <v>996</v>
+        <v>993</v>
       </c>
     </row>
     <row r="31" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B31" t="s">
-        <v>997</v>
+        <v>994</v>
       </c>
       <c r="C31" t="s">
-        <v>998</v>
+        <v>995</v>
       </c>
       <c r="D31" t="s">
-        <v>999</v>
+        <v>996</v>
       </c>
     </row>
     <row r="32" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B32" t="s">
-        <v>1000</v>
+        <v>997</v>
       </c>
       <c r="C32" t="s">
-        <v>1001</v>
+        <v>998</v>
       </c>
       <c r="D32" t="s">
-        <v>1002</v>
+        <v>999</v>
       </c>
     </row>
     <row r="33" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B33" t="s">
-        <v>1003</v>
+        <v>1000</v>
       </c>
       <c r="C33" t="s">
-        <v>715</v>
+        <v>712</v>
       </c>
       <c r="D33" t="s">
-        <v>1004</v>
+        <v>1001</v>
       </c>
     </row>
     <row r="34" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B34" t="s">
-        <v>1005</v>
+        <v>1002</v>
       </c>
       <c r="C34" t="s">
-        <v>1006</v>
+        <v>1003</v>
       </c>
       <c r="D34" t="s">
-        <v>1007</v>
+        <v>1004</v>
       </c>
     </row>
     <row r="35" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B35" t="s">
-        <v>1008</v>
+        <v>1005</v>
       </c>
       <c r="C35" t="s">
-        <v>1009</v>
+        <v>1006</v>
       </c>
       <c r="D35" t="s">
-        <v>1010</v>
+        <v>1007</v>
       </c>
     </row>
     <row r="36" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B36" t="s">
-        <v>1011</v>
+        <v>1008</v>
       </c>
       <c r="C36" t="s">
-        <v>718</v>
+        <v>715</v>
       </c>
       <c r="D36" t="s">
-        <v>1012</v>
+        <v>1009</v>
       </c>
     </row>
     <row r="37" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B37" t="s">
-        <v>1013</v>
+        <v>1010</v>
       </c>
       <c r="C37" t="s">
-        <v>1014</v>
+        <v>1011</v>
       </c>
       <c r="D37" t="s">
-        <v>1015</v>
+        <v>1012</v>
       </c>
     </row>
     <row r="38" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B38" t="s">
-        <v>1016</v>
+        <v>1013</v>
       </c>
       <c r="C38" t="s">
-        <v>1017</v>
+        <v>1014</v>
       </c>
       <c r="D38" t="s">
-        <v>1018</v>
+        <v>1015</v>
       </c>
     </row>
     <row r="39" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B39" t="s">
-        <v>1019</v>
+        <v>1016</v>
       </c>
       <c r="C39" t="s">
-        <v>1020</v>
+        <v>1017</v>
       </c>
       <c r="D39" t="s">
-        <v>1021</v>
+        <v>1018</v>
       </c>
     </row>
     <row r="40" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B40" t="s">
-        <v>1022</v>
+        <v>1019</v>
       </c>
       <c r="C40" t="s">
-        <v>1023</v>
+        <v>1020</v>
       </c>
       <c r="D40" t="s">
-        <v>1024</v>
+        <v>1021</v>
       </c>
     </row>
     <row r="41" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B41" t="s">
-        <v>1025</v>
+        <v>1022</v>
       </c>
       <c r="C41" t="s">
-        <v>1026</v>
+        <v>1023</v>
       </c>
       <c r="D41" t="s">
-        <v>1027</v>
+        <v>1024</v>
       </c>
     </row>
     <row r="42" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B42" t="s">
-        <v>1028</v>
+        <v>1025</v>
       </c>
       <c r="C42" t="s">
-        <v>721</v>
+        <v>718</v>
       </c>
       <c r="D42" t="s">
-        <v>1029</v>
+        <v>1026</v>
       </c>
     </row>
     <row r="43" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B43" t="s">
-        <v>1030</v>
+        <v>1027</v>
       </c>
       <c r="C43" t="s">
-        <v>1031</v>
+        <v>1028</v>
       </c>
       <c r="D43" t="s">
-        <v>1032</v>
+        <v>1029</v>
       </c>
     </row>
     <row r="44" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B44" t="s">
-        <v>1033</v>
+        <v>1030</v>
       </c>
       <c r="C44" t="s">
-        <v>1034</v>
+        <v>1031</v>
       </c>
       <c r="D44" t="s">
-        <v>1035</v>
+        <v>1032</v>
       </c>
     </row>
     <row r="45" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B45" t="s">
-        <v>1036</v>
+        <v>1033</v>
       </c>
       <c r="C45" t="s">
-        <v>1037</v>
+        <v>1034</v>
       </c>
       <c r="D45" t="s">
-        <v>1038</v>
+        <v>1035</v>
       </c>
     </row>
     <row r="46" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B46" t="s">
-        <v>1039</v>
+        <v>1036</v>
       </c>
       <c r="C46" t="s">
-        <v>1040</v>
+        <v>1037</v>
       </c>
       <c r="D46" t="s">
-        <v>1041</v>
+        <v>1038</v>
       </c>
     </row>
     <row r="47" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B47" t="s">
-        <v>1042</v>
+        <v>1039</v>
       </c>
       <c r="D47" t="s">
-        <v>1043</v>
+        <v>1040</v>
       </c>
     </row>
     <row r="48" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B48" t="s">
-        <v>1044</v>
+        <v>1041</v>
       </c>
       <c r="C48" t="s">
-        <v>724</v>
+        <v>721</v>
       </c>
       <c r="D48" t="s">
-        <v>1045</v>
+        <v>1042</v>
       </c>
     </row>
     <row r="49" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B49" t="s">
-        <v>1046</v>
+        <v>1043</v>
       </c>
       <c r="C49" t="s">
-        <v>727</v>
+        <v>724</v>
       </c>
       <c r="D49" t="s">
-        <v>1047</v>
+        <v>1044</v>
       </c>
     </row>
     <row r="50" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B50" t="s">
-        <v>1048</v>
+        <v>1045</v>
       </c>
       <c r="C50" t="s">
-        <v>730</v>
+        <v>727</v>
       </c>
       <c r="D50" t="s">
-        <v>1049</v>
+        <v>1046</v>
       </c>
     </row>
     <row r="51" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B51" t="s">
-        <v>1050</v>
+        <v>1047</v>
       </c>
       <c r="C51" t="s">
-        <v>735</v>
+        <v>732</v>
       </c>
       <c r="D51" t="s">
-        <v>1051</v>
+        <v>1048</v>
       </c>
     </row>
     <row r="52" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B52" t="s">
-        <v>1052</v>
+        <v>1049</v>
       </c>
       <c r="C52" t="s">
-        <v>738</v>
+        <v>735</v>
       </c>
       <c r="D52" t="s">
-        <v>1053</v>
+        <v>1050</v>
       </c>
     </row>
     <row r="53" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B53" t="s">
-        <v>1054</v>
+        <v>1051</v>
       </c>
       <c r="C53" t="s">
-        <v>741</v>
+        <v>738</v>
       </c>
       <c r="D53" t="s">
-        <v>1055</v>
+        <v>1052</v>
       </c>
     </row>
     <row r="54" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B54" t="s">
-        <v>1056</v>
+        <v>1053</v>
       </c>
       <c r="C54" t="s">
-        <v>744</v>
+        <v>741</v>
       </c>
       <c r="D54" t="s">
-        <v>1057</v>
+        <v>1054</v>
       </c>
     </row>
     <row r="55" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B55" t="s">
-        <v>1058</v>
+        <v>1055</v>
       </c>
       <c r="C55" t="s">
-        <v>1059</v>
+        <v>1056</v>
       </c>
       <c r="D55" t="s">
-        <v>1060</v>
+        <v>1057</v>
       </c>
     </row>
     <row r="56" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B56" t="s">
-        <v>1061</v>
+        <v>1058</v>
       </c>
       <c r="C56" t="s">
-        <v>1062</v>
+        <v>1059</v>
       </c>
       <c r="D56" t="s">
-        <v>1063</v>
+        <v>1060</v>
       </c>
     </row>
     <row r="57" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B57" t="s">
-        <v>1064</v>
+        <v>1061</v>
       </c>
       <c r="C57" t="s">
-        <v>747</v>
+        <v>744</v>
       </c>
       <c r="D57" t="s">
-        <v>1065</v>
+        <v>1062</v>
       </c>
     </row>
     <row r="58" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B58" t="s">
-        <v>1066</v>
+        <v>1063</v>
       </c>
       <c r="C58" t="s">
-        <v>1067</v>
+        <v>1064</v>
       </c>
       <c r="D58" t="s">
-        <v>1068</v>
+        <v>1065</v>
       </c>
     </row>
     <row r="59" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B59" t="s">
-        <v>1069</v>
+        <v>1066</v>
       </c>
       <c r="C59" t="s">
-        <v>1070</v>
+        <v>1067</v>
       </c>
       <c r="D59" t="s">
-        <v>1071</v>
+        <v>1068</v>
       </c>
     </row>
     <row r="60" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B60" t="s">
-        <v>1072</v>
+        <v>1069</v>
       </c>
       <c r="C60" t="s">
-        <v>1073</v>
+        <v>1070</v>
       </c>
       <c r="D60" t="s">
-        <v>1074</v>
+        <v>1071</v>
       </c>
     </row>
     <row r="61" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B61" t="s">
-        <v>1075</v>
+        <v>1072</v>
       </c>
       <c r="C61" t="s">
-        <v>750</v>
+        <v>747</v>
       </c>
       <c r="D61" t="s">
-        <v>1076</v>
+        <v>1073</v>
       </c>
     </row>
     <row r="62" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B62" t="s">
-        <v>1077</v>
+        <v>1074</v>
       </c>
       <c r="C62" t="s">
-        <v>1078</v>
+        <v>1075</v>
       </c>
       <c r="D62" t="s">
-        <v>1079</v>
+        <v>1076</v>
       </c>
     </row>
     <row r="63" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B63" t="s">
-        <v>1080</v>
+        <v>1077</v>
       </c>
       <c r="C63" t="s">
-        <v>1081</v>
+        <v>1078</v>
       </c>
       <c r="D63" t="s">
-        <v>1082</v>
+        <v>1079</v>
       </c>
     </row>
     <row r="64" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B64" t="s">
-        <v>1083</v>
+        <v>1080</v>
       </c>
       <c r="C64" t="s">
-        <v>1084</v>
+        <v>1081</v>
       </c>
       <c r="D64" t="s">
-        <v>1085</v>
+        <v>1082</v>
       </c>
     </row>
     <row r="65" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B65" t="s">
-        <v>1086</v>
+        <v>1083</v>
       </c>
       <c r="C65" t="s">
-        <v>755</v>
+        <v>752</v>
       </c>
       <c r="D65" t="s">
-        <v>1087</v>
+        <v>1084</v>
       </c>
     </row>
     <row r="66" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B66" t="s">
-        <v>1088</v>
+        <v>1085</v>
       </c>
       <c r="C66" t="s">
-        <v>1089</v>
+        <v>1086</v>
       </c>
       <c r="D66" t="s">
-        <v>1090</v>
+        <v>1087</v>
       </c>
     </row>
     <row r="67" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B67" t="s">
-        <v>1091</v>
+        <v>1088</v>
       </c>
       <c r="C67" t="s">
-        <v>1092</v>
+        <v>1089</v>
       </c>
       <c r="D67" t="s">
-        <v>1093</v>
+        <v>1090</v>
       </c>
     </row>
     <row r="68" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B68" t="s">
-        <v>1094</v>
+        <v>1091</v>
       </c>
       <c r="C68" t="s">
-        <v>758</v>
+        <v>755</v>
       </c>
       <c r="D68" t="s">
-        <v>1095</v>
+        <v>1092</v>
       </c>
     </row>
     <row r="69" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B69" t="s">
-        <v>1096</v>
+        <v>1093</v>
       </c>
       <c r="C69" t="s">
-        <v>1097</v>
+        <v>1094</v>
       </c>
       <c r="D69" t="s">
-        <v>1098</v>
+        <v>1095</v>
       </c>
     </row>
     <row r="70" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B70" t="s">
-        <v>1099</v>
+        <v>1096</v>
       </c>
       <c r="C70" t="s">
-        <v>1100</v>
+        <v>1097</v>
       </c>
       <c r="D70" t="s">
-        <v>1101</v>
+        <v>1098</v>
       </c>
     </row>
     <row r="71" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B71" t="s">
-        <v>1102</v>
+        <v>1099</v>
       </c>
       <c r="C71" t="s">
-        <v>761</v>
+        <v>758</v>
       </c>
       <c r="D71" t="s">
-        <v>1103</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="72" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B72" t="s">
-        <v>1104</v>
+        <v>1101</v>
       </c>
       <c r="C72" t="s">
-        <v>1105</v>
+        <v>1102</v>
       </c>
       <c r="D72" t="s">
-        <v>1106</v>
+        <v>1103</v>
       </c>
     </row>
     <row r="73" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B73" t="s">
-        <v>1107</v>
+        <v>1104</v>
       </c>
       <c r="D73" t="s">
-        <v>1108</v>
+        <v>1105</v>
       </c>
     </row>
     <row r="74" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B74" t="s">
-        <v>1109</v>
+        <v>1106</v>
       </c>
       <c r="C74" t="s">
-        <v>1110</v>
+        <v>1107</v>
       </c>
       <c r="D74" t="s">
-        <v>1111</v>
+        <v>1108</v>
       </c>
     </row>
     <row r="75" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B75" t="s">
-        <v>1112</v>
+        <v>1109</v>
       </c>
       <c r="C75" t="s">
-        <v>1113</v>
+        <v>1110</v>
       </c>
       <c r="D75" t="s">
-        <v>1114</v>
+        <v>1111</v>
       </c>
     </row>
     <row r="76" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B76" t="s">
-        <v>1115</v>
+        <v>1112</v>
       </c>
       <c r="C76" t="s">
-        <v>1116</v>
+        <v>1113</v>
       </c>
       <c r="D76" t="s">
-        <v>1117</v>
+        <v>1114</v>
       </c>
     </row>
     <row r="77" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B77" t="s">
-        <v>1118</v>
+        <v>1115</v>
       </c>
       <c r="C77" t="s">
-        <v>1119</v>
+        <v>1116</v>
       </c>
       <c r="D77" t="s">
-        <v>1120</v>
+        <v>1117</v>
       </c>
     </row>
     <row r="78" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B78" t="s">
-        <v>1121</v>
+        <v>1118</v>
       </c>
       <c r="C78" t="s">
-        <v>1122</v>
+        <v>1119</v>
       </c>
       <c r="D78" t="s">
-        <v>1123</v>
+        <v>1120</v>
       </c>
     </row>
     <row r="79" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B79" t="s">
-        <v>1124</v>
+        <v>1121</v>
       </c>
       <c r="C79" t="s">
-        <v>1125</v>
+        <v>1122</v>
       </c>
       <c r="D79" t="s">
-        <v>1126</v>
+        <v>1123</v>
       </c>
     </row>
     <row r="80" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B80" t="s">
-        <v>1127</v>
+        <v>1124</v>
       </c>
       <c r="C80" t="s">
-        <v>1128</v>
+        <v>1125</v>
       </c>
       <c r="D80" t="s">
-        <v>1129</v>
+        <v>1126</v>
       </c>
     </row>
     <row r="81" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B81" t="s">
-        <v>1130</v>
+        <v>1127</v>
       </c>
       <c r="C81" t="s">
-        <v>1131</v>
+        <v>1128</v>
       </c>
       <c r="D81" t="s">
-        <v>1132</v>
+        <v>1129</v>
       </c>
     </row>
     <row r="82" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B82" t="s">
-        <v>1133</v>
+        <v>1130</v>
       </c>
       <c r="C82" t="s">
-        <v>1134</v>
+        <v>1131</v>
       </c>
       <c r="D82" t="s">
-        <v>1135</v>
+        <v>1132</v>
       </c>
     </row>
     <row r="83" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B83" t="s">
-        <v>1136</v>
+        <v>1133</v>
       </c>
       <c r="C83" t="s">
-        <v>1137</v>
+        <v>1134</v>
       </c>
       <c r="D83" t="s">
-        <v>1138</v>
+        <v>1135</v>
       </c>
     </row>
     <row r="84" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B84" t="s">
-        <v>1139</v>
+        <v>1136</v>
       </c>
       <c r="C84" t="s">
-        <v>1140</v>
+        <v>1137</v>
       </c>
       <c r="D84" t="s">
-        <v>1141</v>
+        <v>1138</v>
       </c>
     </row>
     <row r="85" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B85" t="s">
-        <v>1142</v>
+        <v>1139</v>
       </c>
       <c r="C85" t="s">
-        <v>1143</v>
+        <v>1140</v>
       </c>
       <c r="D85" t="s">
-        <v>1144</v>
+        <v>1141</v>
       </c>
     </row>
     <row r="86" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B86" t="s">
-        <v>1145</v>
+        <v>1142</v>
       </c>
       <c r="C86" t="s">
-        <v>1146</v>
+        <v>1143</v>
       </c>
       <c r="D86" t="s">
-        <v>1147</v>
+        <v>1144</v>
       </c>
     </row>
     <row r="87" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B87" t="s">
-        <v>1148</v>
+        <v>1145</v>
       </c>
       <c r="C87" t="s">
-        <v>1149</v>
+        <v>1146</v>
       </c>
       <c r="D87" t="s">
-        <v>1150</v>
+        <v>1147</v>
       </c>
     </row>
     <row r="88" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B88" t="s">
-        <v>1151</v>
+        <v>1148</v>
       </c>
       <c r="C88" t="s">
-        <v>1152</v>
+        <v>1149</v>
       </c>
       <c r="D88" t="s">
-        <v>1153</v>
+        <v>1150</v>
       </c>
     </row>
     <row r="89" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B89" t="s">
-        <v>1154</v>
+        <v>1151</v>
       </c>
       <c r="C89" t="s">
-        <v>1155</v>
+        <v>1152</v>
       </c>
       <c r="D89" t="s">
-        <v>1156</v>
+        <v>1153</v>
       </c>
     </row>
     <row r="90" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B90" t="s">
-        <v>1157</v>
+        <v>1154</v>
       </c>
       <c r="C90" t="s">
-        <v>1158</v>
+        <v>1155</v>
       </c>
       <c r="D90" t="s">
-        <v>1159</v>
+        <v>1156</v>
       </c>
     </row>
     <row r="91" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B91" t="s">
-        <v>1160</v>
+        <v>1157</v>
       </c>
       <c r="C91" t="s">
-        <v>1161</v>
+        <v>1158</v>
       </c>
       <c r="D91" t="s">
-        <v>1162</v>
+        <v>1159</v>
       </c>
     </row>
     <row r="92" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B92" t="s">
-        <v>1163</v>
+        <v>1160</v>
       </c>
       <c r="C92" t="s">
-        <v>1164</v>
+        <v>1161</v>
       </c>
       <c r="D92" t="s">
-        <v>1165</v>
+        <v>1162</v>
       </c>
     </row>
     <row r="93" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B93" t="s">
-        <v>1166</v>
+        <v>1163</v>
       </c>
       <c r="C93" t="s">
-        <v>1167</v>
+        <v>1164</v>
       </c>
       <c r="D93" t="s">
-        <v>1168</v>
+        <v>1165</v>
       </c>
     </row>
     <row r="94" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B94" t="s">
-        <v>1169</v>
+        <v>1166</v>
       </c>
       <c r="D94" t="s">
-        <v>1170</v>
+        <v>1167</v>
       </c>
     </row>
     <row r="95" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B95" t="s">
-        <v>1171</v>
+        <v>1168</v>
       </c>
       <c r="C95" t="s">
-        <v>1172</v>
+        <v>1169</v>
       </c>
       <c r="D95" t="s">
-        <v>1173</v>
+        <v>1170</v>
       </c>
     </row>
     <row r="96" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B96" t="s">
-        <v>1174</v>
+        <v>1171</v>
       </c>
       <c r="C96" t="s">
-        <v>1175</v>
+        <v>1172</v>
       </c>
       <c r="D96" t="s">
-        <v>1176</v>
+        <v>1173</v>
       </c>
     </row>
     <row r="97" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B97" t="s">
-        <v>1177</v>
+        <v>1174</v>
       </c>
       <c r="C97" t="s">
-        <v>1178</v>
+        <v>1175</v>
       </c>
       <c r="D97" t="s">
-        <v>1179</v>
+        <v>1176</v>
       </c>
     </row>
     <row r="98" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B98" t="s">
-        <v>1180</v>
+        <v>1177</v>
       </c>
       <c r="C98" t="s">
-        <v>1181</v>
+        <v>1178</v>
       </c>
       <c r="D98" t="s">
-        <v>1182</v>
+        <v>1179</v>
       </c>
     </row>
     <row r="99" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B99" t="s">
-        <v>1183</v>
+        <v>1180</v>
       </c>
       <c r="C99" t="s">
-        <v>1184</v>
+        <v>1181</v>
       </c>
       <c r="D99" t="s">
-        <v>1185</v>
+        <v>1182</v>
       </c>
     </row>
     <row r="100" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B100" t="s">
-        <v>1186</v>
+        <v>1183</v>
       </c>
       <c r="C100" t="s">
-        <v>1187</v>
+        <v>1184</v>
       </c>
       <c r="D100" t="s">
-        <v>1188</v>
+        <v>1185</v>
       </c>
     </row>
     <row r="101" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B101" t="s">
-        <v>1189</v>
+        <v>1186</v>
       </c>
       <c r="C101" t="s">
-        <v>1190</v>
+        <v>1187</v>
       </c>
       <c r="D101" t="s">
-        <v>1191</v>
+        <v>1188</v>
       </c>
     </row>
     <row r="102" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B102" t="s">
-        <v>1192</v>
+        <v>1189</v>
       </c>
       <c r="C102" t="s">
-        <v>1193</v>
+        <v>1190</v>
       </c>
       <c r="D102" t="s">
-        <v>1194</v>
+        <v>1191</v>
       </c>
     </row>
     <row r="103" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B103" t="s">
-        <v>1195</v>
+        <v>1192</v>
       </c>
       <c r="C103" t="s">
-        <v>1196</v>
+        <v>1193</v>
       </c>
       <c r="D103" t="s">
-        <v>1197</v>
+        <v>1194</v>
       </c>
     </row>
     <row r="104" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B104" t="s">
-        <v>1198</v>
+        <v>1195</v>
       </c>
       <c r="C104" t="s">
-        <v>1199</v>
+        <v>1196</v>
       </c>
       <c r="D104" t="s">
-        <v>1200</v>
+        <v>1197</v>
       </c>
     </row>
     <row r="105" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B105" t="s">
-        <v>1201</v>
+        <v>1198</v>
       </c>
       <c r="C105" t="s">
-        <v>1202</v>
+        <v>1199</v>
       </c>
       <c r="D105" t="s">
-        <v>1203</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="106" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B106" t="s">
-        <v>1204</v>
+        <v>1201</v>
       </c>
       <c r="C106" t="s">
-        <v>1205</v>
+        <v>1202</v>
       </c>
       <c r="D106" t="s">
-        <v>1206</v>
+        <v>1203</v>
       </c>
     </row>
     <row r="107" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B107" t="s">
-        <v>1207</v>
+        <v>1204</v>
       </c>
       <c r="C107" t="s">
-        <v>1208</v>
+        <v>1205</v>
       </c>
       <c r="D107" t="s">
-        <v>1209</v>
+        <v>1206</v>
       </c>
     </row>
     <row r="108" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B108" t="s">
-        <v>1210</v>
+        <v>1207</v>
       </c>
       <c r="C108" t="s">
-        <v>1211</v>
+        <v>1208</v>
       </c>
       <c r="D108" t="s">
-        <v>1212</v>
+        <v>1209</v>
       </c>
     </row>
     <row r="109" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B109" t="s">
-        <v>1213</v>
+        <v>1210</v>
       </c>
       <c r="C109" t="s">
-        <v>1214</v>
+        <v>1211</v>
       </c>
       <c r="D109" t="s">
-        <v>1215</v>
+        <v>1212</v>
       </c>
     </row>
     <row r="110" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B110" t="s">
-        <v>1216</v>
+        <v>1213</v>
       </c>
       <c r="C110" t="s">
-        <v>1217</v>
+        <v>1214</v>
       </c>
       <c r="D110" t="s">
-        <v>1218</v>
+        <v>1215</v>
       </c>
     </row>
     <row r="111" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B111" t="s">
-        <v>1219</v>
+        <v>1216</v>
       </c>
       <c r="C111" t="s">
-        <v>1220</v>
+        <v>1217</v>
       </c>
       <c r="D111" t="s">
-        <v>1221</v>
+        <v>1218</v>
       </c>
     </row>
     <row r="112" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B112" t="s">
-        <v>1222</v>
+        <v>1219</v>
       </c>
       <c r="C112" t="s">
-        <v>1223</v>
+        <v>1220</v>
       </c>
       <c r="D112" t="s">
-        <v>1224</v>
+        <v>1221</v>
       </c>
     </row>
     <row r="113" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B113" t="s">
-        <v>1225</v>
+        <v>1222</v>
       </c>
       <c r="C113" t="s">
-        <v>1226</v>
+        <v>1223</v>
       </c>
       <c r="D113" t="s">
-        <v>1227</v>
+        <v>1224</v>
       </c>
     </row>
     <row r="114" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B114" t="s">
-        <v>1228</v>
+        <v>1225</v>
       </c>
       <c r="C114" t="s">
-        <v>1229</v>
+        <v>1226</v>
       </c>
       <c r="D114" t="s">
-        <v>1230</v>
+        <v>1227</v>
       </c>
     </row>
     <row r="115" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B115" t="s">
-        <v>1231</v>
+        <v>1228</v>
       </c>
       <c r="C115" t="s">
-        <v>1232</v>
+        <v>1229</v>
       </c>
       <c r="D115" t="s">
-        <v>1233</v>
+        <v>1230</v>
       </c>
     </row>
     <row r="116" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B116" t="s">
-        <v>1234</v>
+        <v>1231</v>
       </c>
       <c r="C116" t="s">
-        <v>1235</v>
+        <v>1232</v>
       </c>
       <c r="D116" t="s">
-        <v>1236</v>
+        <v>1233</v>
       </c>
     </row>
     <row r="117" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B117" t="s">
-        <v>1237</v>
+        <v>1234</v>
       </c>
       <c r="C117" t="s">
-        <v>1238</v>
+        <v>1235</v>
       </c>
       <c r="D117" t="s">
-        <v>1239</v>
+        <v>1236</v>
       </c>
     </row>
     <row r="118" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B118" t="s">
-        <v>1240</v>
+        <v>1237</v>
       </c>
       <c r="C118" t="s">
-        <v>1241</v>
+        <v>1238</v>
       </c>
       <c r="D118" t="s">
-        <v>1242</v>
+        <v>1239</v>
       </c>
     </row>
     <row r="119" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B119" t="s">
-        <v>1243</v>
+        <v>1240</v>
       </c>
       <c r="C119" t="s">
-        <v>1244</v>
+        <v>1241</v>
       </c>
       <c r="D119" t="s">
-        <v>1245</v>
+        <v>1242</v>
       </c>
     </row>
     <row r="120" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B120" t="s">
-        <v>1246</v>
+        <v>1243</v>
       </c>
       <c r="D120" t="s">
-        <v>1247</v>
+        <v>1244</v>
       </c>
     </row>
     <row r="121" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B121" t="s">
-        <v>1248</v>
+        <v>1245</v>
       </c>
       <c r="C121" t="s">
-        <v>1249</v>
+        <v>1246</v>
       </c>
       <c r="D121" t="s">
-        <v>1250</v>
+        <v>1247</v>
       </c>
     </row>
     <row r="122" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B122" t="s">
-        <v>1251</v>
+        <v>1248</v>
       </c>
       <c r="C122" t="s">
-        <v>1252</v>
+        <v>1249</v>
       </c>
       <c r="D122" t="s">
-        <v>1253</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="123" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B123" t="s">
-        <v>1254</v>
+        <v>1251</v>
       </c>
       <c r="C123" t="s">
-        <v>1255</v>
+        <v>1252</v>
       </c>
       <c r="D123" t="s">
-        <v>1256</v>
+        <v>1253</v>
       </c>
     </row>
     <row r="124" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B124" t="s">
-        <v>1257</v>
+        <v>1254</v>
       </c>
       <c r="C124" t="s">
-        <v>1258</v>
+        <v>1255</v>
       </c>
       <c r="D124" t="s">
-        <v>1259</v>
+        <v>1256</v>
       </c>
     </row>
     <row r="125" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B125" t="s">
-        <v>1260</v>
+        <v>1257</v>
       </c>
       <c r="D125" t="s">
-        <v>1261</v>
+        <v>1258</v>
       </c>
     </row>
     <row r="126" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B126" t="s">
-        <v>1262</v>
+        <v>1259</v>
       </c>
       <c r="C126" t="s">
-        <v>1263</v>
+        <v>1260</v>
       </c>
       <c r="D126" t="s">
-        <v>1264</v>
+        <v>1261</v>
       </c>
     </row>
     <row r="127" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B127" t="s">
-        <v>1265</v>
+        <v>1262</v>
       </c>
       <c r="C127" t="s">
-        <v>1266</v>
+        <v>1263</v>
       </c>
       <c r="D127" t="s">
-        <v>1267</v>
+        <v>1264</v>
       </c>
     </row>
     <row r="128" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B128" t="s">
-        <v>1268</v>
+        <v>1265</v>
       </c>
       <c r="C128" t="s">
-        <v>1269</v>
+        <v>1266</v>
       </c>
       <c r="D128" t="s">
-        <v>1270</v>
+        <v>1267</v>
       </c>
     </row>
     <row r="129" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B129" t="s">
-        <v>1271</v>
+        <v>1268</v>
       </c>
       <c r="C129" t="s">
-        <v>1272</v>
+        <v>1269</v>
       </c>
       <c r="D129" t="s">
-        <v>1273</v>
+        <v>1270</v>
       </c>
     </row>
     <row r="130" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B130" t="s">
-        <v>1274</v>
+        <v>1271</v>
       </c>
       <c r="C130" t="s">
-        <v>1275</v>
+        <v>1272</v>
       </c>
       <c r="D130" t="s">
-        <v>1276</v>
+        <v>1273</v>
       </c>
     </row>
     <row r="131" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B131" t="s">
-        <v>1277</v>
+        <v>1274</v>
       </c>
       <c r="C131" t="s">
-        <v>1278</v>
+        <v>1275</v>
       </c>
       <c r="D131" t="s">
-        <v>1279</v>
+        <v>1276</v>
       </c>
     </row>
     <row r="132" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B132" t="s">
-        <v>1280</v>
+        <v>1277</v>
       </c>
       <c r="D132" t="s">
-        <v>1281</v>
+        <v>1278</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0700-000000000000}">
   <dimension ref="A1:D134"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>110</v>
+        <v>107</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>111</v>
+        <v>108</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>112</v>
+        <v>109</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
         <v>31</v>
       </c>
       <c r="B2" t="s">
         <v>32</v>
       </c>
       <c r="D2" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="3" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
-        <v>1282</v>
+        <v>1279</v>
       </c>
       <c r="B3" t="s">
-        <v>116</v>
+        <v>113</v>
       </c>
       <c r="D3" t="s">
-        <v>1284</v>
+        <v>1281</v>
       </c>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A4" t="s">
+        <v>1280</v>
+      </c>
+      <c r="B4" t="s">
+        <v>1282</v>
+      </c>
+      <c r="D4" t="s">
         <v>1283</v>
-      </c>
-[...4 lines deleted...]
-        <v>1286</v>
       </c>
     </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B5" t="s">
-        <v>1287</v>
+        <v>1284</v>
       </c>
       <c r="D5" t="s">
-        <v>1288</v>
+        <v>1285</v>
       </c>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B6" t="s">
-        <v>1289</v>
+        <v>1286</v>
       </c>
       <c r="D6" t="s">
-        <v>1290</v>
+        <v>1287</v>
       </c>
     </row>
     <row r="7" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B7" t="s">
-        <v>1291</v>
+        <v>1288</v>
       </c>
       <c r="D7" t="s">
-        <v>1292</v>
+        <v>1289</v>
       </c>
     </row>
     <row r="8" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B8" t="s">
-        <v>1293</v>
+        <v>1290</v>
       </c>
       <c r="C8" t="s">
-        <v>680</v>
+        <v>677</v>
       </c>
       <c r="D8" t="s">
-        <v>1294</v>
+        <v>1291</v>
       </c>
     </row>
     <row r="9" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B9" t="s">
-        <v>1295</v>
+        <v>1292</v>
       </c>
       <c r="C9" t="s">
-        <v>683</v>
+        <v>680</v>
       </c>
       <c r="D9" t="s">
-        <v>1296</v>
+        <v>1293</v>
       </c>
     </row>
     <row r="10" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B10" t="s">
-        <v>1297</v>
+        <v>1294</v>
       </c>
       <c r="C10" t="s">
-        <v>686</v>
+        <v>683</v>
       </c>
       <c r="D10" t="s">
-        <v>1298</v>
+        <v>1295</v>
       </c>
     </row>
     <row r="11" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B11" t="s">
-        <v>1299</v>
+        <v>1296</v>
       </c>
       <c r="C11" t="s">
-        <v>689</v>
+        <v>686</v>
       </c>
       <c r="D11" t="s">
-        <v>1300</v>
+        <v>1297</v>
       </c>
     </row>
     <row r="12" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B12" t="s">
-        <v>1301</v>
+        <v>1298</v>
       </c>
       <c r="D12" t="s">
-        <v>1302</v>
+        <v>1299</v>
       </c>
     </row>
     <row r="13" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B13" t="s">
-        <v>1303</v>
+        <v>1300</v>
       </c>
       <c r="C13" t="s">
-        <v>692</v>
+        <v>689</v>
       </c>
       <c r="D13" t="s">
-        <v>1304</v>
+        <v>1301</v>
       </c>
     </row>
     <row r="14" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B14" t="s">
-        <v>1305</v>
+        <v>1302</v>
       </c>
       <c r="C14" t="s">
-        <v>695</v>
+        <v>692</v>
       </c>
       <c r="D14" t="s">
-        <v>1306</v>
+        <v>1303</v>
       </c>
     </row>
     <row r="15" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B15" t="s">
-        <v>1307</v>
+        <v>1304</v>
       </c>
       <c r="C15" t="s">
-        <v>698</v>
+        <v>695</v>
       </c>
       <c r="D15" t="s">
-        <v>1308</v>
+        <v>1305</v>
       </c>
     </row>
     <row r="16" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B16" t="s">
-        <v>1309</v>
+        <v>1306</v>
       </c>
       <c r="C16" t="s">
-        <v>703</v>
+        <v>700</v>
       </c>
       <c r="D16" t="s">
-        <v>1310</v>
+        <v>1307</v>
       </c>
     </row>
     <row r="17" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B17" t="s">
-        <v>1311</v>
+        <v>1308</v>
       </c>
       <c r="C17" t="s">
-        <v>706</v>
+        <v>703</v>
       </c>
       <c r="D17" t="s">
-        <v>1312</v>
+        <v>1309</v>
       </c>
     </row>
     <row r="18" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B18" t="s">
-        <v>1313</v>
+        <v>1310</v>
       </c>
       <c r="C18" t="s">
-        <v>709</v>
+        <v>706</v>
       </c>
       <c r="D18" t="s">
-        <v>1314</v>
+        <v>1311</v>
       </c>
     </row>
     <row r="19" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B19" t="s">
-        <v>1315</v>
+        <v>1312</v>
       </c>
       <c r="C19" t="s">
-        <v>712</v>
+        <v>709</v>
       </c>
       <c r="D19" t="s">
-        <v>1316</v>
+        <v>1313</v>
       </c>
     </row>
     <row r="20" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B20" t="s">
-        <v>1317</v>
+        <v>1314</v>
       </c>
       <c r="C20" t="s">
-        <v>715</v>
+        <v>712</v>
       </c>
       <c r="D20" t="s">
-        <v>1318</v>
+        <v>1315</v>
       </c>
     </row>
     <row r="21" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B21" t="s">
-        <v>822</v>
+        <v>819</v>
       </c>
       <c r="C21" t="s">
-        <v>718</v>
+        <v>715</v>
       </c>
       <c r="D21" t="s">
-        <v>1319</v>
+        <v>1316</v>
       </c>
     </row>
     <row r="22" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B22" t="s">
-        <v>1320</v>
+        <v>1317</v>
       </c>
       <c r="C22" t="s">
-        <v>721</v>
+        <v>718</v>
       </c>
       <c r="D22" t="s">
-        <v>1321</v>
+        <v>1318</v>
       </c>
     </row>
     <row r="23" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B23" t="s">
-        <v>1322</v>
+        <v>1319</v>
       </c>
       <c r="C23" t="s">
-        <v>724</v>
+        <v>721</v>
       </c>
       <c r="D23" t="s">
-        <v>1323</v>
+        <v>1320</v>
       </c>
     </row>
     <row r="24" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B24" t="s">
-        <v>1324</v>
+        <v>1321</v>
       </c>
       <c r="C24" t="s">
-        <v>727</v>
+        <v>724</v>
       </c>
       <c r="D24" t="s">
-        <v>1325</v>
+        <v>1322</v>
       </c>
     </row>
     <row r="25" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B25" t="s">
-        <v>1326</v>
+        <v>1323</v>
       </c>
       <c r="C25" t="s">
-        <v>730</v>
+        <v>727</v>
       </c>
       <c r="D25" t="s">
-        <v>1327</v>
+        <v>1324</v>
       </c>
     </row>
     <row r="26" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B26" t="s">
-        <v>1328</v>
+        <v>1325</v>
       </c>
       <c r="C26" t="s">
-        <v>735</v>
+        <v>732</v>
       </c>
       <c r="D26" t="s">
-        <v>1329</v>
+        <v>1326</v>
       </c>
     </row>
     <row r="27" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B27" t="s">
-        <v>1330</v>
+        <v>1327</v>
       </c>
       <c r="C27" t="s">
-        <v>738</v>
+        <v>735</v>
       </c>
       <c r="D27" t="s">
-        <v>1331</v>
+        <v>1328</v>
       </c>
     </row>
     <row r="28" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B28" t="s">
-        <v>1332</v>
+        <v>1329</v>
       </c>
       <c r="C28" t="s">
-        <v>741</v>
+        <v>738</v>
       </c>
       <c r="D28" t="s">
-        <v>1333</v>
+        <v>1330</v>
       </c>
     </row>
     <row r="29" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B29" t="s">
-        <v>1334</v>
+        <v>1331</v>
       </c>
       <c r="C29" t="s">
-        <v>744</v>
+        <v>741</v>
       </c>
       <c r="D29" t="s">
-        <v>1335</v>
+        <v>1332</v>
       </c>
     </row>
     <row r="30" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B30" t="s">
-        <v>1336</v>
+        <v>1333</v>
       </c>
       <c r="D30" t="s">
-        <v>1337</v>
+        <v>1334</v>
       </c>
     </row>
     <row r="31" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B31" t="s">
-        <v>1338</v>
+        <v>1335</v>
       </c>
       <c r="C31" t="s">
-        <v>747</v>
+        <v>744</v>
       </c>
       <c r="D31" t="s">
-        <v>1339</v>
+        <v>1336</v>
       </c>
     </row>
     <row r="32" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B32" t="s">
-        <v>1340</v>
+        <v>1337</v>
       </c>
       <c r="D32" t="s">
-        <v>1341</v>
+        <v>1338</v>
       </c>
     </row>
     <row r="33" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B33" t="s">
-        <v>1342</v>
+        <v>1339</v>
       </c>
       <c r="C33" t="s">
-        <v>750</v>
+        <v>747</v>
       </c>
       <c r="D33" t="s">
-        <v>1343</v>
+        <v>1340</v>
       </c>
     </row>
     <row r="34" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B34" t="s">
-        <v>1344</v>
+        <v>1341</v>
       </c>
       <c r="C34" t="s">
-        <v>755</v>
+        <v>752</v>
       </c>
       <c r="D34" t="s">
-        <v>1345</v>
+        <v>1342</v>
       </c>
     </row>
     <row r="35" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B35" t="s">
-        <v>1346</v>
+        <v>1343</v>
       </c>
       <c r="C35" t="s">
-        <v>758</v>
+        <v>755</v>
       </c>
       <c r="D35" t="s">
-        <v>1347</v>
+        <v>1344</v>
       </c>
     </row>
     <row r="36" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B36" t="s">
-        <v>1348</v>
+        <v>1345</v>
       </c>
       <c r="C36" t="s">
-        <v>761</v>
+        <v>758</v>
       </c>
       <c r="D36" t="s">
-        <v>1349</v>
+        <v>1346</v>
       </c>
     </row>
     <row r="37" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B37" t="s">
-        <v>1350</v>
+        <v>1347</v>
       </c>
       <c r="C37" t="s">
-        <v>1105</v>
+        <v>1102</v>
       </c>
       <c r="D37" t="s">
-        <v>1351</v>
+        <v>1348</v>
       </c>
     </row>
     <row r="38" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B38" t="s">
-        <v>1352</v>
+        <v>1349</v>
       </c>
       <c r="C38" t="s">
-        <v>1110</v>
+        <v>1107</v>
       </c>
       <c r="D38" t="s">
-        <v>1353</v>
+        <v>1350</v>
       </c>
     </row>
     <row r="39" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B39" t="s">
-        <v>1354</v>
+        <v>1351</v>
       </c>
       <c r="C39" t="s">
-        <v>1113</v>
+        <v>1110</v>
       </c>
       <c r="D39" t="s">
-        <v>1355</v>
+        <v>1352</v>
       </c>
     </row>
     <row r="40" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B40" t="s">
-        <v>1356</v>
+        <v>1353</v>
       </c>
       <c r="D40" t="s">
-        <v>1357</v>
+        <v>1354</v>
       </c>
     </row>
     <row r="41" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B41" t="s">
-        <v>1358</v>
+        <v>1355</v>
       </c>
       <c r="C41" t="s">
-        <v>1116</v>
+        <v>1113</v>
       </c>
       <c r="D41" t="s">
-        <v>1359</v>
+        <v>1356</v>
       </c>
     </row>
     <row r="42" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B42" t="s">
-        <v>1360</v>
+        <v>1357</v>
       </c>
       <c r="C42" t="s">
-        <v>1119</v>
+        <v>1116</v>
       </c>
       <c r="D42" t="s">
-        <v>1361</v>
+        <v>1358</v>
       </c>
     </row>
     <row r="43" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B43" t="s">
-        <v>1362</v>
+        <v>1359</v>
       </c>
       <c r="C43" t="s">
-        <v>1122</v>
+        <v>1119</v>
       </c>
       <c r="D43" t="s">
-        <v>1363</v>
+        <v>1360</v>
       </c>
     </row>
     <row r="44" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B44" t="s">
-        <v>1364</v>
+        <v>1361</v>
       </c>
       <c r="D44" t="s">
-        <v>1365</v>
+        <v>1362</v>
       </c>
     </row>
     <row r="45" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B45" t="s">
-        <v>1366</v>
+        <v>1363</v>
       </c>
       <c r="C45" t="s">
-        <v>1134</v>
+        <v>1131</v>
       </c>
       <c r="D45" t="s">
-        <v>1367</v>
+        <v>1364</v>
       </c>
     </row>
     <row r="46" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B46" t="s">
-        <v>1368</v>
+        <v>1365</v>
       </c>
       <c r="C46" t="s">
-        <v>1149</v>
+        <v>1146</v>
       </c>
       <c r="D46" t="s">
-        <v>1369</v>
+        <v>1366</v>
       </c>
     </row>
     <row r="47" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B47" t="s">
-        <v>1370</v>
+        <v>1367</v>
       </c>
       <c r="C47" t="s">
-        <v>1164</v>
+        <v>1161</v>
       </c>
       <c r="D47" t="s">
-        <v>1371</v>
+        <v>1368</v>
       </c>
     </row>
     <row r="48" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B48" t="s">
-        <v>1372</v>
+        <v>1369</v>
       </c>
       <c r="C48" t="s">
-        <v>1167</v>
+        <v>1164</v>
       </c>
       <c r="D48" t="s">
-        <v>1373</v>
+        <v>1370</v>
       </c>
     </row>
     <row r="49" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B49" t="s">
-        <v>1374</v>
+        <v>1371</v>
       </c>
       <c r="C49" t="s">
-        <v>1172</v>
+        <v>1169</v>
       </c>
       <c r="D49" t="s">
-        <v>1375</v>
+        <v>1372</v>
       </c>
     </row>
     <row r="50" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B50" t="s">
-        <v>1376</v>
+        <v>1373</v>
       </c>
       <c r="C50" t="s">
-        <v>1175</v>
+        <v>1172</v>
       </c>
       <c r="D50" t="s">
-        <v>1377</v>
+        <v>1374</v>
       </c>
     </row>
     <row r="51" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B51" t="s">
-        <v>1378</v>
+        <v>1375</v>
       </c>
       <c r="C51" t="s">
-        <v>1178</v>
+        <v>1175</v>
       </c>
       <c r="D51" t="s">
-        <v>1379</v>
+        <v>1376</v>
       </c>
     </row>
     <row r="52" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B52" t="s">
-        <v>1380</v>
+        <v>1377</v>
       </c>
       <c r="C52" t="s">
-        <v>1187</v>
+        <v>1184</v>
       </c>
       <c r="D52" t="s">
-        <v>1381</v>
+        <v>1378</v>
       </c>
     </row>
     <row r="53" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B53" t="s">
-        <v>1382</v>
+        <v>1379</v>
       </c>
       <c r="C53" t="s">
-        <v>1190</v>
+        <v>1187</v>
       </c>
       <c r="D53" t="s">
-        <v>1383</v>
+        <v>1380</v>
       </c>
     </row>
     <row r="54" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B54" t="s">
-        <v>1384</v>
+        <v>1381</v>
       </c>
       <c r="C54" t="s">
-        <v>1193</v>
+        <v>1190</v>
       </c>
       <c r="D54" t="s">
-        <v>1385</v>
+        <v>1382</v>
       </c>
     </row>
     <row r="55" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B55" t="s">
-        <v>1386</v>
+        <v>1383</v>
       </c>
       <c r="D55" t="s">
-        <v>1387</v>
+        <v>1384</v>
       </c>
     </row>
     <row r="56" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B56" t="s">
-        <v>1388</v>
+        <v>1385</v>
       </c>
       <c r="C56" t="s">
-        <v>1196</v>
+        <v>1193</v>
       </c>
       <c r="D56" t="s">
-        <v>1389</v>
+        <v>1386</v>
       </c>
     </row>
     <row r="57" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B57" t="s">
-        <v>1390</v>
+        <v>1387</v>
       </c>
       <c r="C57" t="s">
-        <v>1205</v>
+        <v>1202</v>
       </c>
       <c r="D57" t="s">
-        <v>1391</v>
+        <v>1388</v>
       </c>
     </row>
     <row r="58" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B58" t="s">
-        <v>1392</v>
+        <v>1389</v>
       </c>
       <c r="C58" t="s">
-        <v>1232</v>
+        <v>1229</v>
       </c>
       <c r="D58" t="s">
-        <v>1393</v>
+        <v>1390</v>
       </c>
     </row>
     <row r="59" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B59" t="s">
-        <v>1394</v>
+        <v>1391</v>
       </c>
       <c r="C59" t="s">
-        <v>1249</v>
+        <v>1246</v>
       </c>
       <c r="D59" t="s">
-        <v>1395</v>
+        <v>1392</v>
       </c>
     </row>
     <row r="60" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B60" t="s">
-        <v>1396</v>
+        <v>1393</v>
       </c>
       <c r="C60" t="s">
-        <v>1252</v>
+        <v>1249</v>
       </c>
       <c r="D60" t="s">
-        <v>1397</v>
+        <v>1394</v>
       </c>
     </row>
     <row r="61" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B61" t="s">
-        <v>1398</v>
+        <v>1395</v>
       </c>
       <c r="D61" t="s">
-        <v>1399</v>
+        <v>1396</v>
       </c>
     </row>
     <row r="62" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B62" t="s">
-        <v>1400</v>
+        <v>1397</v>
       </c>
       <c r="C62" t="s">
-        <v>1255</v>
+        <v>1252</v>
       </c>
       <c r="D62" t="s">
-        <v>1401</v>
+        <v>1398</v>
       </c>
     </row>
     <row r="63" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B63" t="s">
-        <v>1402</v>
+        <v>1399</v>
       </c>
       <c r="C63" t="s">
-        <v>1258</v>
+        <v>1255</v>
       </c>
       <c r="D63" t="s">
-        <v>1403</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="64" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B64" t="s">
-        <v>1404</v>
+        <v>1401</v>
       </c>
       <c r="C64" t="s">
-        <v>1263</v>
+        <v>1260</v>
       </c>
       <c r="D64" t="s">
-        <v>1405</v>
+        <v>1402</v>
       </c>
     </row>
     <row r="65" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B65" t="s">
-        <v>1406</v>
+        <v>1403</v>
       </c>
       <c r="C65" t="s">
-        <v>1266</v>
+        <v>1263</v>
       </c>
       <c r="D65" t="s">
-        <v>1407</v>
+        <v>1404</v>
       </c>
     </row>
     <row r="66" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B66" t="s">
-        <v>1408</v>
+        <v>1405</v>
       </c>
       <c r="C66" t="s">
-        <v>1269</v>
+        <v>1266</v>
       </c>
       <c r="D66" t="s">
-        <v>1409</v>
+        <v>1406</v>
       </c>
     </row>
     <row r="67" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B67" t="s">
-        <v>1410</v>
+        <v>1407</v>
       </c>
       <c r="D67" t="s">
-        <v>1411</v>
+        <v>1408</v>
       </c>
     </row>
     <row r="68" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B68" t="s">
-        <v>1412</v>
+        <v>1409</v>
       </c>
       <c r="C68" t="s">
-        <v>1272</v>
+        <v>1269</v>
       </c>
       <c r="D68" t="s">
-        <v>1413</v>
+        <v>1410</v>
       </c>
     </row>
     <row r="69" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B69" t="s">
-        <v>1414</v>
+        <v>1411</v>
       </c>
       <c r="D69" t="s">
-        <v>1415</v>
+        <v>1412</v>
       </c>
     </row>
     <row r="70" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B70" t="s">
-        <v>1416</v>
+        <v>1413</v>
       </c>
       <c r="C70" t="s">
-        <v>1275</v>
+        <v>1272</v>
       </c>
       <c r="D70" t="s">
-        <v>1417</v>
+        <v>1414</v>
       </c>
     </row>
     <row r="71" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B71" t="s">
-        <v>1418</v>
+        <v>1415</v>
       </c>
       <c r="C71" t="s">
-        <v>1278</v>
+        <v>1275</v>
       </c>
       <c r="D71" t="s">
-        <v>1419</v>
+        <v>1416</v>
       </c>
     </row>
     <row r="72" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B72" t="s">
-        <v>1420</v>
+        <v>1417</v>
       </c>
       <c r="C72" t="s">
-        <v>1421</v>
+        <v>1418</v>
       </c>
       <c r="D72" t="s">
-        <v>1422</v>
+        <v>1419</v>
       </c>
     </row>
     <row r="73" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B73" t="s">
-        <v>1423</v>
+        <v>1420</v>
       </c>
       <c r="C73" t="s">
-        <v>1424</v>
+        <v>1421</v>
       </c>
       <c r="D73" t="s">
-        <v>1425</v>
+        <v>1422</v>
       </c>
     </row>
     <row r="74" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B74" t="s">
-        <v>1426</v>
+        <v>1423</v>
       </c>
       <c r="C74" t="s">
-        <v>1427</v>
+        <v>1424</v>
       </c>
       <c r="D74" t="s">
-        <v>1428</v>
+        <v>1425</v>
       </c>
     </row>
     <row r="75" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B75" t="s">
-        <v>1429</v>
+        <v>1426</v>
       </c>
       <c r="C75" t="s">
-        <v>1430</v>
+        <v>1427</v>
       </c>
       <c r="D75" t="s">
-        <v>1431</v>
+        <v>1428</v>
       </c>
     </row>
     <row r="76" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B76" t="s">
-        <v>1432</v>
+        <v>1429</v>
       </c>
       <c r="D76" t="s">
-        <v>1433</v>
+        <v>1430</v>
       </c>
     </row>
     <row r="77" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B77" t="s">
-        <v>1434</v>
+        <v>1431</v>
       </c>
       <c r="C77" t="s">
-        <v>1435</v>
+        <v>1432</v>
       </c>
       <c r="D77" t="s">
-        <v>1436</v>
+        <v>1433</v>
       </c>
     </row>
     <row r="78" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B78" t="s">
-        <v>1437</v>
+        <v>1434</v>
       </c>
       <c r="C78" t="s">
-        <v>1438</v>
+        <v>1435</v>
       </c>
       <c r="D78" t="s">
-        <v>1439</v>
+        <v>1436</v>
       </c>
     </row>
     <row r="79" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B79" t="s">
-        <v>1440</v>
+        <v>1437</v>
       </c>
       <c r="D79" t="s">
-        <v>1441</v>
+        <v>1438</v>
       </c>
     </row>
     <row r="80" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B80" t="s">
-        <v>1442</v>
+        <v>1439</v>
       </c>
       <c r="C80" t="s">
-        <v>1443</v>
+        <v>1440</v>
       </c>
       <c r="D80" t="s">
-        <v>1444</v>
+        <v>1441</v>
       </c>
     </row>
     <row r="81" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B81" t="s">
-        <v>1445</v>
+        <v>1442</v>
       </c>
       <c r="C81" t="s">
-        <v>1446</v>
+        <v>1443</v>
       </c>
       <c r="D81" t="s">
-        <v>1447</v>
+        <v>1444</v>
       </c>
     </row>
     <row r="82" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B82" t="s">
-        <v>1448</v>
+        <v>1445</v>
       </c>
       <c r="D82" t="s">
-        <v>1449</v>
+        <v>1446</v>
       </c>
     </row>
     <row r="83" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B83" t="s">
-        <v>1450</v>
+        <v>1447</v>
       </c>
       <c r="C83" t="s">
-        <v>1451</v>
+        <v>1448</v>
       </c>
       <c r="D83" t="s">
-        <v>1452</v>
+        <v>1449</v>
       </c>
     </row>
     <row r="84" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B84" t="s">
-        <v>1453</v>
+        <v>1450</v>
       </c>
       <c r="D84" t="s">
-        <v>1454</v>
+        <v>1451</v>
       </c>
     </row>
     <row r="85" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B85" t="s">
-        <v>1455</v>
+        <v>1452</v>
       </c>
       <c r="C85" t="s">
-        <v>1456</v>
+        <v>1453</v>
       </c>
       <c r="D85" t="s">
-        <v>1457</v>
+        <v>1454</v>
       </c>
     </row>
     <row r="86" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B86" t="s">
-        <v>1458</v>
+        <v>1455</v>
       </c>
       <c r="D86" t="s">
-        <v>1459</v>
+        <v>1456</v>
       </c>
     </row>
     <row r="87" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B87" t="s">
-        <v>1460</v>
+        <v>1457</v>
       </c>
       <c r="C87" t="s">
-        <v>1461</v>
+        <v>1458</v>
       </c>
       <c r="D87" t="s">
-        <v>1462</v>
+        <v>1459</v>
       </c>
     </row>
     <row r="88" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B88" t="s">
-        <v>1463</v>
+        <v>1460</v>
       </c>
       <c r="C88" t="s">
-        <v>1464</v>
+        <v>1461</v>
       </c>
       <c r="D88" t="s">
-        <v>1465</v>
+        <v>1462</v>
       </c>
     </row>
     <row r="89" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B89" t="s">
-        <v>1466</v>
+        <v>1463</v>
       </c>
       <c r="C89" t="s">
-        <v>1467</v>
+        <v>1464</v>
       </c>
       <c r="D89" t="s">
-        <v>1468</v>
+        <v>1465</v>
       </c>
     </row>
     <row r="90" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B90" t="s">
-        <v>1469</v>
+        <v>1466</v>
       </c>
       <c r="C90" t="s">
-        <v>1470</v>
+        <v>1467</v>
       </c>
       <c r="D90" t="s">
-        <v>1471</v>
+        <v>1468</v>
       </c>
     </row>
     <row r="91" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B91" t="s">
-        <v>1472</v>
+        <v>1469</v>
       </c>
       <c r="D91" t="s">
-        <v>1473</v>
+        <v>1470</v>
       </c>
     </row>
     <row r="92" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B92" t="s">
-        <v>1474</v>
+        <v>1471</v>
       </c>
       <c r="C92" t="s">
-        <v>1475</v>
+        <v>1472</v>
       </c>
       <c r="D92" t="s">
-        <v>1476</v>
+        <v>1473</v>
       </c>
     </row>
     <row r="93" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B93" t="s">
-        <v>1477</v>
+        <v>1474</v>
       </c>
       <c r="C93" t="s">
-        <v>1478</v>
+        <v>1475</v>
       </c>
       <c r="D93" t="s">
-        <v>1479</v>
+        <v>1476</v>
       </c>
     </row>
     <row r="94" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B94" t="s">
-        <v>1480</v>
+        <v>1477</v>
       </c>
       <c r="C94" t="s">
-        <v>1481</v>
+        <v>1478</v>
       </c>
       <c r="D94" t="s">
-        <v>1482</v>
+        <v>1479</v>
       </c>
     </row>
     <row r="95" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B95" t="s">
-        <v>1483</v>
+        <v>1480</v>
       </c>
       <c r="C95" t="s">
-        <v>1484</v>
+        <v>1481</v>
       </c>
       <c r="D95" t="s">
-        <v>1485</v>
+        <v>1482</v>
       </c>
     </row>
     <row r="96" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B96" t="s">
-        <v>1486</v>
+        <v>1483</v>
       </c>
       <c r="C96" t="s">
-        <v>1487</v>
+        <v>1484</v>
       </c>
       <c r="D96" t="s">
-        <v>1488</v>
+        <v>1485</v>
       </c>
     </row>
     <row r="97" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B97" t="s">
-        <v>1489</v>
+        <v>1486</v>
       </c>
       <c r="D97" t="s">
-        <v>1490</v>
+        <v>1487</v>
       </c>
     </row>
     <row r="98" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B98" t="s">
-        <v>1491</v>
+        <v>1488</v>
       </c>
       <c r="C98" t="s">
-        <v>1492</v>
+        <v>1489</v>
       </c>
       <c r="D98" t="s">
-        <v>1493</v>
+        <v>1490</v>
       </c>
     </row>
     <row r="99" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B99" t="s">
-        <v>1494</v>
+        <v>1491</v>
       </c>
       <c r="C99" t="s">
-        <v>1495</v>
+        <v>1492</v>
       </c>
       <c r="D99" t="s">
-        <v>1496</v>
+        <v>1493</v>
       </c>
     </row>
     <row r="100" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B100" t="s">
-        <v>1497</v>
+        <v>1494</v>
       </c>
       <c r="C100" t="s">
-        <v>1498</v>
+        <v>1495</v>
       </c>
       <c r="D100" t="s">
-        <v>1499</v>
+        <v>1496</v>
       </c>
     </row>
     <row r="101" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B101" t="s">
-        <v>1500</v>
+        <v>1497</v>
       </c>
       <c r="C101" t="s">
-        <v>1501</v>
+        <v>1498</v>
       </c>
       <c r="D101" t="s">
-        <v>1502</v>
+        <v>1499</v>
       </c>
     </row>
     <row r="102" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B102" t="s">
-        <v>1503</v>
+        <v>1500</v>
       </c>
       <c r="D102" t="s">
-        <v>1504</v>
+        <v>1501</v>
       </c>
     </row>
     <row r="103" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B103" t="s">
-        <v>1505</v>
+        <v>1502</v>
       </c>
       <c r="C103" t="s">
-        <v>1506</v>
+        <v>1503</v>
       </c>
       <c r="D103" t="s">
-        <v>1507</v>
+        <v>1504</v>
       </c>
     </row>
     <row r="104" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B104" t="s">
-        <v>1508</v>
+        <v>1505</v>
       </c>
       <c r="C104" t="s">
-        <v>1509</v>
+        <v>1506</v>
       </c>
       <c r="D104" t="s">
-        <v>1510</v>
+        <v>1507</v>
       </c>
     </row>
     <row r="105" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B105" t="s">
-        <v>1511</v>
+        <v>1508</v>
       </c>
       <c r="C105" t="s">
-        <v>1512</v>
+        <v>1509</v>
       </c>
       <c r="D105" t="s">
-        <v>1513</v>
+        <v>1510</v>
       </c>
     </row>
     <row r="106" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B106" t="s">
-        <v>1514</v>
+        <v>1511</v>
       </c>
       <c r="C106" t="s">
-        <v>1515</v>
+        <v>1512</v>
       </c>
       <c r="D106" t="s">
-        <v>1516</v>
+        <v>1513</v>
       </c>
     </row>
     <row r="107" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B107" t="s">
-        <v>1517</v>
+        <v>1514</v>
       </c>
       <c r="D107" t="s">
-        <v>1518</v>
+        <v>1515</v>
       </c>
     </row>
     <row r="108" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B108" t="s">
-        <v>1519</v>
+        <v>1516</v>
       </c>
       <c r="C108" t="s">
-        <v>1520</v>
+        <v>1517</v>
       </c>
       <c r="D108" t="s">
-        <v>1521</v>
+        <v>1518</v>
       </c>
     </row>
     <row r="109" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B109" t="s">
-        <v>1522</v>
+        <v>1519</v>
       </c>
       <c r="C109" t="s">
-        <v>1523</v>
+        <v>1520</v>
       </c>
       <c r="D109" t="s">
-        <v>1524</v>
+        <v>1521</v>
       </c>
     </row>
     <row r="110" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B110" t="s">
-        <v>1525</v>
+        <v>1522</v>
       </c>
       <c r="C110" t="s">
-        <v>1526</v>
+        <v>1523</v>
       </c>
       <c r="D110" t="s">
-        <v>1527</v>
+        <v>1524</v>
       </c>
     </row>
     <row r="111" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B111" t="s">
-        <v>1528</v>
+        <v>1525</v>
       </c>
       <c r="C111" t="s">
-        <v>1529</v>
+        <v>1526</v>
       </c>
       <c r="D111" t="s">
-        <v>1530</v>
+        <v>1527</v>
       </c>
     </row>
     <row r="112" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B112" t="s">
-        <v>1531</v>
+        <v>1528</v>
       </c>
       <c r="C112" t="s">
-        <v>1532</v>
+        <v>1529</v>
       </c>
       <c r="D112" t="s">
-        <v>1533</v>
+        <v>1530</v>
       </c>
     </row>
     <row r="113" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B113" t="s">
-        <v>1534</v>
+        <v>1531</v>
       </c>
       <c r="C113" t="s">
-        <v>1535</v>
+        <v>1532</v>
       </c>
       <c r="D113" t="s">
-        <v>1536</v>
+        <v>1533</v>
       </c>
     </row>
     <row r="114" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B114" t="s">
-        <v>1537</v>
+        <v>1534</v>
       </c>
       <c r="C114" t="s">
-        <v>1538</v>
+        <v>1535</v>
       </c>
       <c r="D114" t="s">
-        <v>1539</v>
+        <v>1536</v>
       </c>
     </row>
     <row r="115" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B115" t="s">
-        <v>1540</v>
+        <v>1537</v>
       </c>
       <c r="D115" t="s">
-        <v>1541</v>
+        <v>1538</v>
       </c>
     </row>
     <row r="116" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B116" t="s">
-        <v>1542</v>
+        <v>1539</v>
       </c>
       <c r="C116" t="s">
-        <v>1543</v>
+        <v>1540</v>
       </c>
       <c r="D116" t="s">
-        <v>1544</v>
+        <v>1541</v>
       </c>
     </row>
     <row r="117" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B117" t="s">
-        <v>1545</v>
+        <v>1542</v>
       </c>
       <c r="C117" t="s">
-        <v>1546</v>
+        <v>1543</v>
       </c>
       <c r="D117" t="s">
-        <v>1547</v>
+        <v>1544</v>
       </c>
     </row>
     <row r="118" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B118" t="s">
-        <v>1548</v>
+        <v>1545</v>
       </c>
       <c r="C118" t="s">
-        <v>1549</v>
+        <v>1546</v>
       </c>
       <c r="D118" t="s">
-        <v>1550</v>
+        <v>1547</v>
       </c>
     </row>
     <row r="119" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B119" t="s">
-        <v>1551</v>
+        <v>1548</v>
       </c>
       <c r="C119" t="s">
-        <v>1552</v>
+        <v>1549</v>
       </c>
       <c r="D119" t="s">
-        <v>1553</v>
+        <v>1550</v>
       </c>
     </row>
     <row r="120" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B120" t="s">
-        <v>1554</v>
+        <v>1551</v>
       </c>
       <c r="C120" t="s">
-        <v>1555</v>
+        <v>1552</v>
       </c>
       <c r="D120" t="s">
-        <v>1556</v>
+        <v>1553</v>
       </c>
     </row>
     <row r="121" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B121" t="s">
-        <v>1557</v>
+        <v>1554</v>
       </c>
       <c r="C121" t="s">
-        <v>1558</v>
+        <v>1555</v>
       </c>
       <c r="D121" t="s">
-        <v>1559</v>
+        <v>1556</v>
       </c>
     </row>
     <row r="122" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B122" t="s">
-        <v>1560</v>
+        <v>1557</v>
       </c>
       <c r="C122" t="s">
-        <v>1561</v>
+        <v>1558</v>
       </c>
       <c r="D122" t="s">
-        <v>1562</v>
+        <v>1559</v>
       </c>
     </row>
     <row r="123" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B123" t="s">
-        <v>1563</v>
+        <v>1560</v>
       </c>
       <c r="C123" t="s">
-        <v>1564</v>
+        <v>1561</v>
       </c>
       <c r="D123" t="s">
-        <v>1565</v>
+        <v>1562</v>
       </c>
     </row>
     <row r="124" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B124" t="s">
-        <v>1566</v>
+        <v>1563</v>
       </c>
       <c r="C124" t="s">
-        <v>1567</v>
+        <v>1564</v>
       </c>
       <c r="D124" t="s">
-        <v>1568</v>
+        <v>1565</v>
       </c>
     </row>
     <row r="125" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B125" t="s">
-        <v>1569</v>
+        <v>1566</v>
       </c>
       <c r="C125" t="s">
-        <v>1570</v>
+        <v>1567</v>
       </c>
       <c r="D125" t="s">
-        <v>1571</v>
+        <v>1568</v>
       </c>
     </row>
     <row r="126" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B126" t="s">
-        <v>1572</v>
+        <v>1569</v>
       </c>
       <c r="C126" t="s">
-        <v>1573</v>
+        <v>1570</v>
       </c>
       <c r="D126" t="s">
-        <v>1574</v>
+        <v>1571</v>
       </c>
     </row>
     <row r="127" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B127" t="s">
-        <v>1575</v>
+        <v>1572</v>
       </c>
       <c r="C127" t="s">
-        <v>1576</v>
+        <v>1573</v>
       </c>
       <c r="D127" t="s">
-        <v>1577</v>
+        <v>1574</v>
       </c>
     </row>
     <row r="128" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B128" t="s">
-        <v>1578</v>
+        <v>1575</v>
       </c>
       <c r="C128" t="s">
-        <v>1579</v>
+        <v>1576</v>
       </c>
       <c r="D128" t="s">
-        <v>1580</v>
+        <v>1577</v>
       </c>
     </row>
     <row r="129" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B129" t="s">
-        <v>1581</v>
+        <v>1578</v>
       </c>
       <c r="C129" t="s">
-        <v>1582</v>
+        <v>1579</v>
       </c>
       <c r="D129" t="s">
-        <v>1583</v>
+        <v>1580</v>
       </c>
     </row>
     <row r="130" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B130" t="s">
-        <v>1584</v>
+        <v>1581</v>
       </c>
       <c r="D130" t="s">
-        <v>1585</v>
+        <v>1582</v>
       </c>
     </row>
     <row r="131" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B131" t="s">
-        <v>1586</v>
+        <v>1583</v>
       </c>
       <c r="C131" t="s">
-        <v>1587</v>
+        <v>1584</v>
       </c>
       <c r="D131" t="s">
-        <v>1588</v>
+        <v>1585</v>
       </c>
     </row>
     <row r="132" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B132" t="s">
-        <v>1589</v>
+        <v>1586</v>
       </c>
       <c r="C132" t="s">
-        <v>1590</v>
+        <v>1587</v>
       </c>
       <c r="D132" t="s">
-        <v>1591</v>
+        <v>1588</v>
       </c>
     </row>
     <row r="133" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B133" t="s">
-        <v>1592</v>
+        <v>1589</v>
       </c>
       <c r="C133" t="s">
-        <v>1593</v>
+        <v>1590</v>
       </c>
       <c r="D133" t="s">
-        <v>1594</v>
+        <v>1591</v>
       </c>
     </row>
     <row r="134" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B134" t="s">
-        <v>1595</v>
+        <v>1592</v>
       </c>
       <c r="C134" t="s">
-        <v>1596</v>
+        <v>1593</v>
       </c>
       <c r="D134" t="s">
-        <v>1597</v>
+        <v>1594</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0800-000000000000}">
   <dimension ref="A1:D112"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>110</v>
+        <v>107</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>111</v>
+        <v>108</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>112</v>
+        <v>109</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
         <v>35</v>
       </c>
       <c r="B2" t="s">
         <v>36</v>
       </c>
       <c r="D2" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="3" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
+        <v>1595</v>
+      </c>
+      <c r="B3" t="s">
+        <v>113</v>
+      </c>
+      <c r="D3" t="s">
         <v>1598</v>
-      </c>
-[...4 lines deleted...]
-        <v>1601</v>
       </c>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A4" t="s">
+        <v>1596</v>
+      </c>
+      <c r="B4" t="s">
+        <v>117</v>
+      </c>
+      <c r="D4" t="s">
         <v>1599</v>
-      </c>
-[...4 lines deleted...]
-        <v>1602</v>
       </c>
     </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A5" t="s">
+        <v>1597</v>
+      </c>
+      <c r="B5" t="s">
+        <v>125</v>
+      </c>
+      <c r="D5" t="s">
         <v>1600</v>
-      </c>
-[...4 lines deleted...]
-        <v>1603</v>
       </c>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B6" t="s">
-        <v>1604</v>
+        <v>1601</v>
       </c>
       <c r="D6" t="s">
-        <v>1605</v>
+        <v>1602</v>
       </c>
     </row>
     <row r="7" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B7" t="s">
-        <v>1606</v>
+        <v>1603</v>
       </c>
       <c r="D7" t="s">
-        <v>1607</v>
+        <v>1604</v>
       </c>
     </row>
     <row r="8" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B8" t="s">
-        <v>1608</v>
+        <v>1605</v>
       </c>
       <c r="D8" t="s">
-        <v>1609</v>
+        <v>1606</v>
       </c>
     </row>
     <row r="9" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B9" t="s">
-        <v>1610</v>
+        <v>1607</v>
       </c>
       <c r="C9" t="s">
-        <v>680</v>
+        <v>677</v>
       </c>
       <c r="D9" t="s">
-        <v>1611</v>
+        <v>1608</v>
       </c>
     </row>
     <row r="10" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B10" t="s">
-        <v>1612</v>
+        <v>1609</v>
       </c>
       <c r="C10" t="s">
-        <v>683</v>
+        <v>680</v>
       </c>
       <c r="D10" t="s">
-        <v>1613</v>
+        <v>1610</v>
       </c>
     </row>
     <row r="11" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B11" t="s">
-        <v>1614</v>
+        <v>1611</v>
       </c>
       <c r="D11" t="s">
-        <v>1615</v>
+        <v>1612</v>
       </c>
     </row>
     <row r="12" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B12" t="s">
-        <v>1616</v>
+        <v>1613</v>
       </c>
       <c r="C12" t="s">
-        <v>686</v>
+        <v>683</v>
       </c>
       <c r="D12" t="s">
-        <v>1617</v>
+        <v>1614</v>
       </c>
     </row>
     <row r="13" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B13" t="s">
-        <v>1618</v>
+        <v>1615</v>
       </c>
       <c r="C13" t="s">
-        <v>689</v>
+        <v>686</v>
       </c>
       <c r="D13" t="s">
-        <v>1619</v>
+        <v>1616</v>
       </c>
     </row>
     <row r="14" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B14" t="s">
-        <v>1620</v>
+        <v>1617</v>
       </c>
       <c r="C14" t="s">
-        <v>692</v>
+        <v>689</v>
       </c>
       <c r="D14" t="s">
-        <v>1621</v>
+        <v>1618</v>
       </c>
     </row>
     <row r="15" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B15" t="s">
-        <v>1622</v>
+        <v>1619</v>
       </c>
       <c r="C15" t="s">
-        <v>695</v>
+        <v>692</v>
       </c>
       <c r="D15" t="s">
-        <v>1623</v>
+        <v>1620</v>
       </c>
     </row>
     <row r="16" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B16" t="s">
-        <v>1624</v>
+        <v>1621</v>
       </c>
       <c r="C16" t="s">
-        <v>698</v>
+        <v>695</v>
       </c>
       <c r="D16" t="s">
-        <v>1625</v>
+        <v>1622</v>
       </c>
     </row>
     <row r="17" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B17" t="s">
-        <v>1626</v>
+        <v>1623</v>
       </c>
       <c r="C17" t="s">
-        <v>703</v>
+        <v>700</v>
       </c>
       <c r="D17" t="s">
-        <v>1627</v>
+        <v>1624</v>
       </c>
     </row>
     <row r="18" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B18" t="s">
-        <v>1628</v>
+        <v>1625</v>
       </c>
       <c r="C18" t="s">
-        <v>706</v>
+        <v>703</v>
       </c>
       <c r="D18" t="s">
-        <v>1629</v>
+        <v>1626</v>
       </c>
     </row>
     <row r="19" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B19" t="s">
-        <v>1630</v>
+        <v>1627</v>
       </c>
       <c r="D19" t="s">
-        <v>1631</v>
+        <v>1628</v>
       </c>
     </row>
     <row r="20" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B20" t="s">
-        <v>1632</v>
+        <v>1629</v>
       </c>
       <c r="C20" t="s">
-        <v>709</v>
+        <v>706</v>
       </c>
       <c r="D20" t="s">
-        <v>1633</v>
+        <v>1630</v>
       </c>
     </row>
     <row r="21" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B21" t="s">
-        <v>1634</v>
+        <v>1631</v>
       </c>
       <c r="C21" t="s">
-        <v>712</v>
+        <v>709</v>
       </c>
       <c r="D21" t="s">
-        <v>1635</v>
+        <v>1632</v>
       </c>
     </row>
     <row r="22" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B22" t="s">
-        <v>1636</v>
+        <v>1633</v>
       </c>
       <c r="C22" t="s">
-        <v>715</v>
+        <v>712</v>
       </c>
       <c r="D22" t="s">
-        <v>1637</v>
+        <v>1634</v>
       </c>
     </row>
     <row r="23" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B23" t="s">
-        <v>1638</v>
+        <v>1635</v>
       </c>
       <c r="C23" t="s">
-        <v>718</v>
+        <v>715</v>
       </c>
       <c r="D23" t="s">
-        <v>1639</v>
+        <v>1636</v>
       </c>
     </row>
     <row r="24" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B24" t="s">
-        <v>1640</v>
+        <v>1637</v>
       </c>
       <c r="C24" t="s">
-        <v>721</v>
+        <v>718</v>
       </c>
       <c r="D24" t="s">
-        <v>1641</v>
+        <v>1638</v>
       </c>
     </row>
     <row r="25" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B25" t="s">
-        <v>1642</v>
+        <v>1639</v>
       </c>
       <c r="C25" t="s">
-        <v>724</v>
+        <v>721</v>
       </c>
       <c r="D25" t="s">
-        <v>1643</v>
+        <v>1640</v>
       </c>
     </row>
     <row r="26" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B26" t="s">
-        <v>1644</v>
+        <v>1641</v>
       </c>
       <c r="D26" t="s">
-        <v>1645</v>
+        <v>1642</v>
       </c>
     </row>
     <row r="27" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B27" t="s">
-        <v>1646</v>
+        <v>1643</v>
       </c>
       <c r="C27" t="s">
-        <v>727</v>
+        <v>724</v>
       </c>
       <c r="D27" t="s">
-        <v>1647</v>
+        <v>1644</v>
       </c>
     </row>
     <row r="28" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B28" t="s">
-        <v>1648</v>
+        <v>1645</v>
       </c>
       <c r="C28" t="s">
-        <v>730</v>
+        <v>727</v>
       </c>
       <c r="D28" t="s">
-        <v>1649</v>
+        <v>1646</v>
       </c>
     </row>
     <row r="29" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B29" t="s">
-        <v>1650</v>
+        <v>1647</v>
       </c>
       <c r="C29" t="s">
-        <v>735</v>
+        <v>732</v>
       </c>
       <c r="D29" t="s">
-        <v>1651</v>
+        <v>1648</v>
       </c>
     </row>
     <row r="30" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B30" t="s">
-        <v>1652</v>
+        <v>1649</v>
       </c>
       <c r="C30" t="s">
-        <v>738</v>
+        <v>735</v>
       </c>
       <c r="D30" t="s">
-        <v>1653</v>
+        <v>1650</v>
       </c>
     </row>
     <row r="31" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B31" t="s">
-        <v>1654</v>
+        <v>1651</v>
       </c>
       <c r="C31" t="s">
-        <v>741</v>
+        <v>738</v>
       </c>
       <c r="D31" t="s">
-        <v>1655</v>
+        <v>1652</v>
       </c>
     </row>
     <row r="32" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B32" t="s">
-        <v>1656</v>
+        <v>1653</v>
       </c>
       <c r="D32" t="s">
-        <v>1657</v>
+        <v>1654</v>
       </c>
     </row>
     <row r="33" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B33" t="s">
-        <v>1658</v>
+        <v>1655</v>
       </c>
       <c r="C33" t="s">
-        <v>744</v>
+        <v>741</v>
       </c>
       <c r="D33" t="s">
-        <v>1659</v>
+        <v>1656</v>
       </c>
     </row>
     <row r="34" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B34" t="s">
-        <v>1660</v>
+        <v>1657</v>
       </c>
       <c r="C34" t="s">
-        <v>747</v>
+        <v>744</v>
       </c>
       <c r="D34" t="s">
-        <v>1661</v>
+        <v>1658</v>
       </c>
     </row>
     <row r="35" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B35" t="s">
-        <v>1662</v>
+        <v>1659</v>
       </c>
       <c r="C35" t="s">
-        <v>750</v>
+        <v>747</v>
       </c>
       <c r="D35" t="s">
-        <v>1663</v>
+        <v>1660</v>
       </c>
     </row>
     <row r="36" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B36" t="s">
-        <v>1664</v>
+        <v>1661</v>
       </c>
       <c r="D36" t="s">
-        <v>1665</v>
+        <v>1662</v>
       </c>
     </row>
     <row r="37" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B37" t="s">
-        <v>1666</v>
+        <v>1663</v>
       </c>
       <c r="C37" t="s">
-        <v>755</v>
+        <v>752</v>
       </c>
       <c r="D37" t="s">
-        <v>1667</v>
+        <v>1664</v>
       </c>
     </row>
     <row r="38" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B38" t="s">
-        <v>1668</v>
+        <v>1665</v>
       </c>
       <c r="C38" t="s">
-        <v>758</v>
+        <v>755</v>
       </c>
       <c r="D38" t="s">
-        <v>1669</v>
+        <v>1666</v>
       </c>
     </row>
     <row r="39" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B39" t="s">
-        <v>1670</v>
+        <v>1667</v>
       </c>
       <c r="C39" t="s">
-        <v>761</v>
+        <v>758</v>
       </c>
       <c r="D39" t="s">
-        <v>1671</v>
+        <v>1668</v>
       </c>
     </row>
     <row r="40" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B40" t="s">
-        <v>1672</v>
+        <v>1669</v>
       </c>
       <c r="C40" t="s">
-        <v>1105</v>
+        <v>1102</v>
       </c>
       <c r="D40" t="s">
-        <v>1673</v>
+        <v>1670</v>
       </c>
     </row>
     <row r="41" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B41" t="s">
-        <v>1674</v>
+        <v>1671</v>
       </c>
       <c r="C41" t="s">
-        <v>1110</v>
+        <v>1107</v>
       </c>
       <c r="D41" t="s">
-        <v>1675</v>
+        <v>1672</v>
       </c>
     </row>
     <row r="42" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B42" t="s">
-        <v>1676</v>
+        <v>1673</v>
       </c>
       <c r="C42" t="s">
-        <v>1113</v>
+        <v>1110</v>
       </c>
       <c r="D42" t="s">
-        <v>1677</v>
+        <v>1674</v>
       </c>
     </row>
     <row r="43" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B43" t="s">
-        <v>1678</v>
+        <v>1675</v>
       </c>
       <c r="C43" t="s">
-        <v>1116</v>
+        <v>1113</v>
       </c>
       <c r="D43" t="s">
-        <v>1679</v>
+        <v>1676</v>
       </c>
     </row>
     <row r="44" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B44" t="s">
-        <v>1680</v>
+        <v>1677</v>
       </c>
       <c r="D44" t="s">
-        <v>1681</v>
+        <v>1678</v>
       </c>
     </row>
     <row r="45" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B45" t="s">
-        <v>1682</v>
+        <v>1679</v>
       </c>
       <c r="C45" t="s">
-        <v>1119</v>
+        <v>1116</v>
       </c>
       <c r="D45" t="s">
-        <v>1683</v>
+        <v>1680</v>
       </c>
     </row>
     <row r="46" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B46" t="s">
-        <v>1684</v>
+        <v>1681</v>
       </c>
       <c r="C46" t="s">
-        <v>1122</v>
+        <v>1119</v>
       </c>
       <c r="D46" t="s">
-        <v>1685</v>
+        <v>1682</v>
       </c>
     </row>
     <row r="47" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B47" t="s">
-        <v>1686</v>
+        <v>1683</v>
       </c>
       <c r="C47" t="s">
-        <v>1134</v>
+        <v>1131</v>
       </c>
       <c r="D47" t="s">
-        <v>1687</v>
+        <v>1684</v>
       </c>
     </row>
     <row r="48" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B48" t="s">
-        <v>1688</v>
+        <v>1685</v>
       </c>
       <c r="C48" t="s">
-        <v>1149</v>
+        <v>1146</v>
       </c>
       <c r="D48" t="s">
-        <v>1689</v>
+        <v>1686</v>
       </c>
     </row>
     <row r="49" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B49" t="s">
-        <v>1690</v>
+        <v>1687</v>
       </c>
       <c r="C49" t="s">
-        <v>1164</v>
+        <v>1161</v>
       </c>
       <c r="D49" t="s">
-        <v>1691</v>
+        <v>1688</v>
       </c>
     </row>
     <row r="50" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B50" t="s">
-        <v>1692</v>
+        <v>1689</v>
       </c>
       <c r="C50" t="s">
-        <v>1167</v>
+        <v>1164</v>
       </c>
       <c r="D50" t="s">
-        <v>1693</v>
+        <v>1690</v>
       </c>
     </row>
     <row r="51" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B51" t="s">
-        <v>1694</v>
+        <v>1691</v>
       </c>
       <c r="C51" t="s">
-        <v>1172</v>
+        <v>1169</v>
       </c>
       <c r="D51" t="s">
-        <v>1695</v>
+        <v>1692</v>
       </c>
     </row>
     <row r="52" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B52" t="s">
-        <v>1696</v>
+        <v>1693</v>
       </c>
       <c r="C52" t="s">
-        <v>1175</v>
+        <v>1172</v>
       </c>
       <c r="D52" t="s">
-        <v>1697</v>
+        <v>1694</v>
       </c>
     </row>
     <row r="53" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B53" t="s">
-        <v>1698</v>
+        <v>1695</v>
       </c>
       <c r="C53" t="s">
-        <v>1178</v>
+        <v>1175</v>
       </c>
       <c r="D53" t="s">
-        <v>1699</v>
+        <v>1696</v>
       </c>
     </row>
     <row r="54" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B54" t="s">
-        <v>1700</v>
+        <v>1697</v>
       </c>
       <c r="C54" t="s">
-        <v>1187</v>
+        <v>1184</v>
       </c>
       <c r="D54" t="s">
-        <v>1701</v>
+        <v>1698</v>
       </c>
     </row>
     <row r="55" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B55" t="s">
-        <v>1702</v>
+        <v>1699</v>
       </c>
       <c r="C55" t="s">
-        <v>1190</v>
+        <v>1187</v>
       </c>
       <c r="D55" t="s">
-        <v>1703</v>
+        <v>1700</v>
       </c>
     </row>
     <row r="56" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B56" t="s">
-        <v>1704</v>
+        <v>1701</v>
       </c>
       <c r="C56" t="s">
-        <v>1193</v>
+        <v>1190</v>
       </c>
       <c r="D56" t="s">
-        <v>1705</v>
+        <v>1702</v>
       </c>
     </row>
     <row r="57" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B57" t="s">
-        <v>1706</v>
+        <v>1703</v>
       </c>
       <c r="C57" t="s">
-        <v>1196</v>
+        <v>1193</v>
       </c>
       <c r="D57" t="s">
-        <v>1707</v>
+        <v>1704</v>
       </c>
     </row>
     <row r="58" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B58" t="s">
-        <v>1708</v>
+        <v>1705</v>
       </c>
       <c r="C58" t="s">
-        <v>1205</v>
+        <v>1202</v>
       </c>
       <c r="D58" t="s">
-        <v>1709</v>
+        <v>1706</v>
       </c>
     </row>
     <row r="59" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B59" t="s">
-        <v>1710</v>
+        <v>1707</v>
       </c>
       <c r="C59" t="s">
-        <v>1232</v>
+        <v>1229</v>
       </c>
       <c r="D59" t="s">
-        <v>1711</v>
+        <v>1708</v>
       </c>
     </row>
     <row r="60" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B60" t="s">
-        <v>1712</v>
+        <v>1709</v>
       </c>
       <c r="C60" t="s">
-        <v>1249</v>
+        <v>1246</v>
       </c>
       <c r="D60" t="s">
-        <v>1713</v>
+        <v>1710</v>
       </c>
     </row>
     <row r="61" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B61" t="s">
-        <v>1714</v>
+        <v>1711</v>
       </c>
       <c r="C61" t="s">
-        <v>1252</v>
+        <v>1249</v>
       </c>
       <c r="D61" t="s">
-        <v>1715</v>
+        <v>1712</v>
       </c>
     </row>
     <row r="62" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B62" t="s">
-        <v>1716</v>
+        <v>1713</v>
       </c>
       <c r="C62" t="s">
-        <v>1255</v>
+        <v>1252</v>
       </c>
       <c r="D62" t="s">
-        <v>1717</v>
+        <v>1714</v>
       </c>
     </row>
     <row r="63" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B63" t="s">
-        <v>1718</v>
+        <v>1715</v>
       </c>
       <c r="C63" t="s">
-        <v>1258</v>
+        <v>1255</v>
       </c>
       <c r="D63" t="s">
-        <v>1719</v>
+        <v>1716</v>
       </c>
     </row>
     <row r="64" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B64" t="s">
-        <v>1720</v>
+        <v>1717</v>
       </c>
       <c r="C64" t="s">
-        <v>1263</v>
+        <v>1260</v>
       </c>
       <c r="D64" t="s">
-        <v>1721</v>
+        <v>1718</v>
       </c>
     </row>
     <row r="65" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B65" t="s">
-        <v>1722</v>
+        <v>1719</v>
       </c>
       <c r="C65" t="s">
-        <v>1266</v>
+        <v>1263</v>
       </c>
       <c r="D65" t="s">
-        <v>1723</v>
+        <v>1720</v>
       </c>
     </row>
     <row r="66" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B66" t="s">
-        <v>1724</v>
+        <v>1721</v>
       </c>
       <c r="C66" t="s">
-        <v>1269</v>
+        <v>1266</v>
       </c>
       <c r="D66" t="s">
-        <v>1725</v>
+        <v>1722</v>
       </c>
     </row>
     <row r="67" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B67" t="s">
-        <v>1726</v>
+        <v>1723</v>
       </c>
       <c r="C67" t="s">
-        <v>1272</v>
+        <v>1269</v>
       </c>
       <c r="D67" t="s">
-        <v>1727</v>
+        <v>1724</v>
       </c>
     </row>
     <row r="68" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B68" t="s">
-        <v>1728</v>
+        <v>1725</v>
       </c>
       <c r="D68" t="s">
-        <v>1729</v>
+        <v>1726</v>
       </c>
     </row>
     <row r="69" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B69" t="s">
-        <v>1730</v>
+        <v>1727</v>
       </c>
       <c r="C69" t="s">
-        <v>1275</v>
+        <v>1272</v>
       </c>
       <c r="D69" t="s">
-        <v>1731</v>
+        <v>1728</v>
       </c>
     </row>
     <row r="70" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B70" t="s">
-        <v>1732</v>
+        <v>1729</v>
       </c>
       <c r="C70" t="s">
-        <v>1278</v>
+        <v>1275</v>
       </c>
       <c r="D70" t="s">
-        <v>1733</v>
+        <v>1730</v>
       </c>
     </row>
     <row r="71" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B71" t="s">
-        <v>1734</v>
+        <v>1731</v>
       </c>
       <c r="C71" t="s">
-        <v>1421</v>
+        <v>1418</v>
       </c>
       <c r="D71" t="s">
-        <v>1735</v>
+        <v>1732</v>
       </c>
     </row>
     <row r="72" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B72" t="s">
-        <v>1736</v>
+        <v>1733</v>
       </c>
       <c r="C72" t="s">
-        <v>1424</v>
+        <v>1421</v>
       </c>
       <c r="D72" t="s">
-        <v>1737</v>
+        <v>1734</v>
       </c>
     </row>
     <row r="73" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B73" t="s">
-        <v>1738</v>
+        <v>1735</v>
       </c>
       <c r="C73" t="s">
-        <v>1427</v>
+        <v>1424</v>
       </c>
       <c r="D73" t="s">
-        <v>1739</v>
+        <v>1736</v>
       </c>
     </row>
     <row r="74" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B74" t="s">
-        <v>1740</v>
+        <v>1737</v>
       </c>
       <c r="C74" t="s">
-        <v>1430</v>
+        <v>1427</v>
       </c>
       <c r="D74" t="s">
-        <v>1741</v>
+        <v>1738</v>
       </c>
     </row>
     <row r="75" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B75" t="s">
-        <v>1742</v>
+        <v>1739</v>
       </c>
       <c r="C75" t="s">
-        <v>1435</v>
+        <v>1432</v>
       </c>
       <c r="D75" t="s">
-        <v>1743</v>
+        <v>1740</v>
       </c>
     </row>
     <row r="76" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B76" t="s">
-        <v>1744</v>
+        <v>1741</v>
       </c>
       <c r="D76" t="s">
-        <v>1745</v>
+        <v>1742</v>
       </c>
     </row>
     <row r="77" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B77" t="s">
-        <v>1746</v>
+        <v>1743</v>
       </c>
       <c r="C77" t="s">
-        <v>1438</v>
+        <v>1435</v>
       </c>
       <c r="D77" t="s">
-        <v>1747</v>
+        <v>1744</v>
       </c>
     </row>
     <row r="78" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B78" t="s">
-        <v>1748</v>
+        <v>1745</v>
       </c>
       <c r="C78" t="s">
-        <v>1443</v>
+        <v>1440</v>
       </c>
       <c r="D78" t="s">
-        <v>1749</v>
+        <v>1746</v>
       </c>
     </row>
     <row r="79" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B79" t="s">
-        <v>1750</v>
+        <v>1747</v>
       </c>
       <c r="C79" t="s">
-        <v>1446</v>
+        <v>1443</v>
       </c>
       <c r="D79" t="s">
-        <v>1751</v>
+        <v>1748</v>
       </c>
     </row>
     <row r="80" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B80" t="s">
-        <v>1752</v>
+        <v>1749</v>
       </c>
       <c r="C80" t="s">
-        <v>1451</v>
+        <v>1448</v>
       </c>
       <c r="D80" t="s">
-        <v>1753</v>
+        <v>1750</v>
       </c>
     </row>
     <row r="81" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B81" t="s">
-        <v>1754</v>
+        <v>1751</v>
       </c>
       <c r="C81" t="s">
-        <v>1456</v>
+        <v>1453</v>
       </c>
       <c r="D81" t="s">
-        <v>1755</v>
+        <v>1752</v>
       </c>
     </row>
     <row r="82" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B82" t="s">
-        <v>1756</v>
+        <v>1753</v>
       </c>
       <c r="C82" t="s">
-        <v>1461</v>
+        <v>1458</v>
       </c>
       <c r="D82" t="s">
-        <v>1757</v>
+        <v>1754</v>
       </c>
     </row>
     <row r="83" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B83" t="s">
-        <v>1758</v>
+        <v>1755</v>
       </c>
       <c r="D83" t="s">
-        <v>1759</v>
+        <v>1756</v>
       </c>
     </row>
     <row r="84" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B84" t="s">
-        <v>1760</v>
+        <v>1757</v>
       </c>
       <c r="C84" t="s">
-        <v>1464</v>
+        <v>1461</v>
       </c>
       <c r="D84" t="s">
-        <v>1761</v>
+        <v>1758</v>
       </c>
     </row>
     <row r="85" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B85" t="s">
-        <v>1762</v>
+        <v>1759</v>
       </c>
       <c r="C85" t="s">
-        <v>1467</v>
+        <v>1464</v>
       </c>
       <c r="D85" t="s">
-        <v>1763</v>
+        <v>1760</v>
       </c>
     </row>
     <row r="86" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B86" t="s">
-        <v>1764</v>
+        <v>1761</v>
       </c>
       <c r="C86" t="s">
-        <v>1470</v>
+        <v>1467</v>
       </c>
       <c r="D86" t="s">
-        <v>1765</v>
+        <v>1762</v>
       </c>
     </row>
     <row r="87" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B87" t="s">
-        <v>1766</v>
+        <v>1763</v>
       </c>
       <c r="C87" t="s">
-        <v>1475</v>
+        <v>1472</v>
       </c>
       <c r="D87" t="s">
-        <v>1767</v>
+        <v>1764</v>
       </c>
     </row>
     <row r="88" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B88" t="s">
-        <v>1768</v>
+        <v>1765</v>
       </c>
       <c r="C88" t="s">
-        <v>1478</v>
+        <v>1475</v>
       </c>
       <c r="D88" t="s">
-        <v>1769</v>
+        <v>1766</v>
       </c>
     </row>
     <row r="89" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B89" t="s">
-        <v>1770</v>
+        <v>1767</v>
       </c>
       <c r="C89" t="s">
-        <v>1481</v>
+        <v>1478</v>
       </c>
       <c r="D89" t="s">
-        <v>1771</v>
+        <v>1768</v>
       </c>
     </row>
     <row r="90" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B90" t="s">
-        <v>1772</v>
+        <v>1769</v>
       </c>
       <c r="C90" t="s">
-        <v>1484</v>
+        <v>1481</v>
       </c>
       <c r="D90" t="s">
-        <v>1773</v>
+        <v>1770</v>
       </c>
     </row>
     <row r="91" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B91" t="s">
-        <v>1774</v>
+        <v>1771</v>
       </c>
       <c r="C91" t="s">
-        <v>1487</v>
+        <v>1484</v>
       </c>
       <c r="D91" t="s">
-        <v>1775</v>
+        <v>1772</v>
       </c>
     </row>
     <row r="92" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B92" t="s">
-        <v>1776</v>
+        <v>1773</v>
       </c>
       <c r="D92" t="s">
-        <v>1777</v>
+        <v>1774</v>
       </c>
     </row>
     <row r="93" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B93" t="s">
-        <v>1778</v>
+        <v>1775</v>
       </c>
       <c r="C93" t="s">
-        <v>1492</v>
+        <v>1489</v>
       </c>
       <c r="D93" t="s">
-        <v>1779</v>
+        <v>1776</v>
       </c>
     </row>
     <row r="94" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B94" t="s">
-        <v>1780</v>
+        <v>1777</v>
       </c>
       <c r="D94" t="s">
-        <v>1781</v>
+        <v>1778</v>
       </c>
     </row>
     <row r="95" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B95" t="s">
-        <v>1782</v>
+        <v>1779</v>
       </c>
       <c r="C95" t="s">
-        <v>1495</v>
+        <v>1492</v>
       </c>
       <c r="D95" t="s">
-        <v>1783</v>
+        <v>1780</v>
       </c>
     </row>
     <row r="96" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B96" t="s">
-        <v>1784</v>
+        <v>1781</v>
       </c>
       <c r="C96" t="s">
-        <v>1498</v>
+        <v>1495</v>
       </c>
       <c r="D96" t="s">
-        <v>1785</v>
+        <v>1782</v>
       </c>
     </row>
     <row r="97" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B97" t="s">
-        <v>1786</v>
+        <v>1783</v>
       </c>
       <c r="C97" t="s">
-        <v>1501</v>
+        <v>1498</v>
       </c>
       <c r="D97" t="s">
-        <v>1787</v>
+        <v>1784</v>
       </c>
     </row>
     <row r="98" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B98" t="s">
-        <v>1788</v>
+        <v>1785</v>
       </c>
       <c r="C98" t="s">
-        <v>1506</v>
+        <v>1503</v>
       </c>
       <c r="D98" t="s">
-        <v>1789</v>
+        <v>1786</v>
       </c>
     </row>
     <row r="99" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B99" t="s">
-        <v>1790</v>
+        <v>1787</v>
       </c>
       <c r="C99" t="s">
-        <v>1509</v>
+        <v>1506</v>
       </c>
       <c r="D99" t="s">
-        <v>1791</v>
+        <v>1788</v>
       </c>
     </row>
     <row r="100" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B100" t="s">
-        <v>1792</v>
+        <v>1789</v>
       </c>
       <c r="C100" t="s">
-        <v>1512</v>
+        <v>1509</v>
       </c>
       <c r="D100" t="s">
-        <v>1793</v>
+        <v>1790</v>
       </c>
     </row>
     <row r="101" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B101" t="s">
-        <v>1794</v>
+        <v>1791</v>
       </c>
       <c r="C101" t="s">
-        <v>1515</v>
+        <v>1512</v>
       </c>
       <c r="D101" t="s">
-        <v>1795</v>
+        <v>1792</v>
       </c>
     </row>
     <row r="102" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B102" t="s">
-        <v>1796</v>
+        <v>1793</v>
       </c>
       <c r="C102" t="s">
-        <v>1520</v>
+        <v>1517</v>
       </c>
       <c r="D102" t="s">
-        <v>1797</v>
+        <v>1794</v>
       </c>
     </row>
     <row r="103" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B103" t="s">
-        <v>1798</v>
+        <v>1795</v>
       </c>
       <c r="D103" t="s">
-        <v>1799</v>
+        <v>1796</v>
       </c>
     </row>
     <row r="104" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B104" t="s">
-        <v>1800</v>
+        <v>1797</v>
       </c>
       <c r="C104" t="s">
-        <v>1523</v>
+        <v>1520</v>
       </c>
       <c r="D104" t="s">
-        <v>1801</v>
+        <v>1798</v>
       </c>
     </row>
     <row r="105" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B105" t="s">
-        <v>1802</v>
+        <v>1799</v>
       </c>
       <c r="C105" t="s">
-        <v>1526</v>
+        <v>1523</v>
       </c>
       <c r="D105" t="s">
-        <v>1803</v>
+        <v>1800</v>
       </c>
     </row>
     <row r="106" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B106" t="s">
-        <v>1804</v>
+        <v>1801</v>
       </c>
       <c r="C106" t="s">
-        <v>1529</v>
+        <v>1526</v>
       </c>
       <c r="D106" t="s">
-        <v>1805</v>
+        <v>1802</v>
       </c>
     </row>
     <row r="107" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B107" t="s">
-        <v>1806</v>
+        <v>1803</v>
       </c>
       <c r="D107" t="s">
-        <v>1807</v>
+        <v>1804</v>
       </c>
     </row>
     <row r="108" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B108" t="s">
-        <v>1808</v>
+        <v>1805</v>
       </c>
       <c r="C108" t="s">
-        <v>1532</v>
+        <v>1529</v>
       </c>
       <c r="D108" t="s">
-        <v>1809</v>
+        <v>1806</v>
       </c>
     </row>
     <row r="109" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B109" t="s">
-        <v>1810</v>
+        <v>1807</v>
       </c>
       <c r="C109" t="s">
-        <v>1535</v>
+        <v>1532</v>
       </c>
       <c r="D109" t="s">
-        <v>1811</v>
+        <v>1808</v>
       </c>
     </row>
     <row r="110" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B110" t="s">
-        <v>1812</v>
+        <v>1809</v>
       </c>
       <c r="C110" t="s">
-        <v>1538</v>
+        <v>1535</v>
       </c>
       <c r="D110" t="s">
-        <v>1813</v>
+        <v>1810</v>
       </c>
     </row>
     <row r="111" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B111" t="s">
-        <v>1814</v>
+        <v>1811</v>
       </c>
       <c r="C111" t="s">
-        <v>1543</v>
+        <v>1540</v>
       </c>
       <c r="D111" t="s">
-        <v>1815</v>
+        <v>1812</v>
       </c>
     </row>
     <row r="112" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B112" t="s">
-        <v>1816</v>
+        <v>1813</v>
       </c>
       <c r="C112" t="s">
-        <v>1546</v>
+        <v>1543</v>
       </c>
       <c r="D112" t="s">
-        <v>1817</v>
+        <v>1814</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>27</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="27" baseType="lpstr">
       <vt:lpstr>Subscription Title List</vt:lpstr>
       <vt:lpstr>Chi, 08 ed. - &lt;target target-ty</vt:lpstr>
       <vt:lpstr>Tang - &lt;target target-type="pag</vt:lpstr>
       <vt:lpstr>Berek, 07 ed. - Berek Hacker's</vt:lpstr>
       <vt:lpstr>Chabner, 07 ed. - Cancer Chemot</vt:lpstr>
       <vt:lpstr>Matloff, 1 ed. - Cancer Princip</vt:lpstr>
       <vt:lpstr>Scardino, 4 ed. - Comprehensive</vt:lpstr>
       <vt:lpstr>DeVita, 12 ed. - DeVita, Hellma</vt:lpstr>
       <vt:lpstr>Harris, 5 ed. - Diseases of the</vt:lpstr>
       <vt:lpstr>Butler, 1 ed. - Essential Cance</vt:lpstr>
       <vt:lpstr>Karp, 03 ed. - Handbook of Targ</vt:lpstr>
       <vt:lpstr>Harrison, 4 ed. - Head and Neck</vt:lpstr>
       <vt:lpstr>Shrieve, 1 ed. - Human Radiatio</vt:lpstr>
       <vt:lpstr>Constine, 06 ed. - Pediatric Ra</vt:lpstr>
-      <vt:lpstr>Halperin, 07 ed. - Perez Brady</vt:lpstr>
+      <vt:lpstr>Perez, 08 ed. - Perez Brady</vt:lpstr>
       <vt:lpstr>Perry, 5 ed. - Perry's The Chem</vt:lpstr>
       <vt:lpstr>Blaney, 08 ed. - Pizzo and Popl</vt:lpstr>
       <vt:lpstr>Choudhury, 03 ed. - Pocket Note</vt:lpstr>
       <vt:lpstr>Pass, 4 ed. - Principles and Pr</vt:lpstr>
       <vt:lpstr>Berger, 05 ed. - Principles and</vt:lpstr>
       <vt:lpstr>Pizzo, 7 ed. - Principles and P</vt:lpstr>
       <vt:lpstr>Silberman, 1 ed. - Principles a</vt:lpstr>
       <vt:lpstr>Tan, 1 ed. - Principles of Mole</vt:lpstr>
       <vt:lpstr>Van Tine - The Washington Manua</vt:lpstr>
       <vt:lpstr>Rubin, 2 ed. - TNM Staging Atla</vt:lpstr>
       <vt:lpstr>Weksler, 02 ed. - Wintrobe’s At</vt:lpstr>
       <vt:lpstr>Means, 15 ed. - Wintrobe’s Clin</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>puseascm05tol01$</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_fe6ee112-9e5c-4f16-b63d-fcad06e1707e_Enabled">
+    <vt:lpwstr>true</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_fe6ee112-9e5c-4f16-b63d-fcad06e1707e_SetDate">
+    <vt:lpwstr>2025-11-10T17:29:43Z</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_fe6ee112-9e5c-4f16-b63d-fcad06e1707e_Method">
+    <vt:lpwstr>Standard</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_fe6ee112-9e5c-4f16-b63d-fcad06e1707e_Name">
+    <vt:lpwstr>Internal Use</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_fe6ee112-9e5c-4f16-b63d-fcad06e1707e_SiteId">
+    <vt:lpwstr>8ac76c91-e7f1-41ff-a89c-3553b2da2c17</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_fe6ee112-9e5c-4f16-b63d-fcad06e1707e_ActionId">
+    <vt:lpwstr>fc3dfbc5-e50d-4ef1-a3d1-9581bb9e5c58</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_fe6ee112-9e5c-4f16-b63d-fcad06e1707e_ContentBits">
+    <vt:lpwstr>0</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_fe6ee112-9e5c-4f16-b63d-fcad06e1707e_Tag">
+    <vt:lpwstr>10, 3, 0, 1</vt:lpwstr>
+  </property>
+</Properties>
+</file>