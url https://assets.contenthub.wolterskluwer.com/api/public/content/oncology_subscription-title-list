--- v1 (2025-11-21)
+++ v2 (2026-02-07)
@@ -24,413 +24,326 @@
   <Override PartName="/xl/worksheets/sheet18.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet19.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet20.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet21.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet22.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet23.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet24.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet25.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet26.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet27.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29127"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29426"/>
   <workbookPr codeName="ThisWorkbook" defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://wolterskluwer-my.sharepoint.com/personal/leanne_vandetty_wolterskluwer_com/Documents/Health Library/Health Library Repository/Health Library Title Lists/Subscription/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="8" documentId="13_ncr:1_{58C7655A-3741-4C81-AEA1-57FB2FEAB712}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00BE3933-718F-4B1E-9562-573C331CCCD7}"/>
+  <xr:revisionPtr revIDLastSave="30" documentId="13_ncr:1_{58C7655A-3741-4C81-AEA1-57FB2FEAB712}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{BEABB7D1-BF9B-4303-96A4-310AF14EA99A}"/>
   <bookViews>
     <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10300" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Subscription Title List" sheetId="1" r:id="rId1"/>
-    <sheet name="Chi, 08 ed. - &lt;target target-ty" sheetId="2" r:id="rId2"/>
-[...14 lines deleted...]
-    <sheet name="Blaney, 08 ed. - Pizzo and Popl" sheetId="17" r:id="rId17"/>
+    <sheet name="Berek, 07 ed. - Berek Hacker's" sheetId="4" r:id="rId2"/>
+    <sheet name="Chabner, 07 ed. - Cancer Chemot" sheetId="5" r:id="rId3"/>
+    <sheet name="Matloff, 1 ed. - Cancer Princip" sheetId="6" r:id="rId4"/>
+    <sheet name="Scardino, 4 ed. - Comprehensive" sheetId="7" r:id="rId5"/>
+    <sheet name="DeVita, 12 ed. - DeVita, Hellma" sheetId="8" r:id="rId6"/>
+    <sheet name="Harris, 5 ed. - Diseases of the" sheetId="9" r:id="rId7"/>
+    <sheet name="Butler, 1 ed. - Essential Cance" sheetId="10" r:id="rId8"/>
+    <sheet name="Karp, 03 ed. - Handbook of Targ" sheetId="11" r:id="rId9"/>
+    <sheet name="Harrison, 4 ed. - Head and Neck" sheetId="12" r:id="rId10"/>
+    <sheet name="Shrieve, 1 ed. - Human Radiatio" sheetId="13" r:id="rId11"/>
+    <sheet name="Constine, 06 ed. - Pediatric Ra" sheetId="14" r:id="rId12"/>
+    <sheet name="Perez, 08 ed. - Perez Brady" sheetId="15" r:id="rId13"/>
+    <sheet name="Perry, 5 ed. - Perry's The Chem" sheetId="16" r:id="rId14"/>
+    <sheet name="Blaney, 09 ed. - Pizzo and Popl" sheetId="17" r:id="rId15"/>
+    <sheet name="Chi, 08 ed. - Principles and Pr" sheetId="2" r:id="rId16"/>
+    <sheet name="Tang, 02 ed. - Pocket Radiation" sheetId="3" r:id="rId17"/>
     <sheet name="Choudhury, 03 ed. - Pocket Note" sheetId="18" r:id="rId18"/>
     <sheet name="Pass, 4 ed. - Principles and Pr" sheetId="19" r:id="rId19"/>
     <sheet name="Berger, 05 ed. - Principles and" sheetId="20" r:id="rId20"/>
     <sheet name="Pizzo, 7 ed. - Principles and P" sheetId="21" r:id="rId21"/>
     <sheet name="Silberman, 1 ed. - Principles a" sheetId="22" r:id="rId22"/>
     <sheet name="Tan, 1 ed. - Principles of Mole" sheetId="23" r:id="rId23"/>
     <sheet name="Van Tine - The Washington Manua" sheetId="24" r:id="rId24"/>
     <sheet name="Rubin, 2 ed. - TNM Staging Atla" sheetId="25" r:id="rId25"/>
     <sheet name="Weksler, 02 ed. - Wintrobe’s At" sheetId="26" r:id="rId26"/>
     <sheet name="Means, 15 ed. - Wintrobe’s Clin" sheetId="27" r:id="rId27"/>
   </sheets>
   <calcPr calcId="125725"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="6005" uniqueCount="4570">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="5966" uniqueCount="4539">
   <si>
     <t>Author</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Edition</t>
   </si>
   <si>
     <t>ISBN</t>
   </si>
   <si>
     <t>Year Published</t>
   </si>
   <si>
     <t>Title Level URL</t>
   </si>
   <si>
     <t>Date Added to HL</t>
   </si>
   <si>
     <t>Dennis S. Chi, MD</t>
   </si>
   <si>
-    <t>&lt;target target-type="pagenum" id="pagei" /&gt;&lt;target target-type="pagenum" id="pageii" /&gt;&lt;target target-type="pagenum" id="pageiii" /&gt;Principles and Practice of Gynecologic Oncology, 8e</t>
-[...4 lines deleted...]
-  <si>
     <t>https://oncology.lwwhealthlibrary.com/book.aspx?bookid=3333</t>
   </si>
   <si>
     <t>Chad Tang, MD</t>
   </si>
   <si>
-    <t>&lt;target target-type="pagenum" id="pagei" /&gt;Pocket Radiation Oncology&lt;subtitle&gt;The MD Anderson Cancer Center Handbook of Radiation Oncology, 2e&lt;/subtitle&gt;</t>
-[...4 lines deleted...]
-  <si>
     <t>https://oncology.lwwhealthlibrary.com/book.aspx?bookid=3369</t>
   </si>
   <si>
     <t>Jonathan S. Berek, MD, MMS</t>
   </si>
   <si>
     <t>Berek &amp;amp; Hacker's Gynecologic Oncology, 7e</t>
   </si>
   <si>
-    <t>978-1-975142-64-3</t>
-[...1 lines deleted...]
-  <si>
     <t>https://oncology.lwwhealthlibrary.com/book.aspx?bookid=2971</t>
   </si>
   <si>
     <t>Bruce A. Chabner, MD</t>
   </si>
   <si>
     <t>Cancer Chemotherapy, Immunotherapy and Biotherapy: Principles and Practice, 7e</t>
   </si>
   <si>
-    <t>978-1-975199-29-6</t>
-[...1 lines deleted...]
-  <si>
     <t>https://oncology.lwwhealthlibrary.com/book.aspx?bookid=3343</t>
   </si>
   <si>
     <t>Ellen T. Matloff, MS</t>
   </si>
   <si>
     <t>Cancer Principles &amp;amp; Practice of Oncology: Handbook of Clinical Cancer Genetics</t>
   </si>
   <si>
-    <t>978-1-4511-9098-4</t>
-[...1 lines deleted...]
-  <si>
     <t>https://oncology.lwwhealthlibrary.com/book.aspx?bookid=1137</t>
   </si>
   <si>
     <t>Peter T. Scardino, M.D.</t>
   </si>
   <si>
     <t>Comprehensive Textbook of Genitourinary Oncology, 4e</t>
   </si>
   <si>
-    <t>978-1-60831-352-5</t>
-[...1 lines deleted...]
-  <si>
     <t>https://oncology.lwwhealthlibrary.com/book.aspx?bookid=1142</t>
   </si>
   <si>
     <t>Vincent T. DeVita, Jr., MD</t>
   </si>
   <si>
     <t>DeVita, Hellman, and Rosenberg's Cancer: Principles &amp;amp; Practice of Oncology, 12e</t>
   </si>
   <si>
-    <t>978-1-975184-74-2</t>
-[...1 lines deleted...]
-  <si>
     <t>https://oncology.lwwhealthlibrary.com/book.aspx?bookid=3236</t>
   </si>
   <si>
     <t>Jay R. Harris, MD</t>
   </si>
   <si>
     <t>Diseases of the Breast, 5e</t>
   </si>
   <si>
-    <t>978-1-4511-8627-7</t>
-[...1 lines deleted...]
-  <si>
     <t>https://oncology.lwwhealthlibrary.com/book.aspx?bookid=1134</t>
   </si>
   <si>
     <t>Sara K. Butler, PharmD, BCPS, BCOP</t>
   </si>
   <si>
     <t>Essential Cancer Pharmacology: The Prescriber's Guide, 1e</t>
   </si>
   <si>
-    <t>978-1-6091-3704-5</t>
-[...1 lines deleted...]
-  <si>
     <t>https://oncology.lwwhealthlibrary.com/book.aspx?bookid=1173</t>
   </si>
   <si>
     <t>Daniel D. Karp, MD</t>
   </si>
   <si>
     <t>Handbook of Targeted Cancer Therapy and Immunotherapy, 3e</t>
   </si>
   <si>
-    <t>978-1-975179-24-3</t>
-[...1 lines deleted...]
-  <si>
     <t>https://oncology.lwwhealthlibrary.com/book.aspx?bookid=3214</t>
   </si>
   <si>
     <t>Louis B. Harrison, MD, FASTRO</t>
   </si>
   <si>
     <t>Head and Neck Cancer: A Multidisciplinary Approach, 4e</t>
   </si>
   <si>
-    <t>978-1-4511-4487-1</t>
-[...1 lines deleted...]
-  <si>
     <t>https://oncology.lwwhealthlibrary.com/book.aspx?bookid=1309</t>
   </si>
   <si>
     <t>Dennis C. Shrieve, MD, PhD</t>
   </si>
   <si>
     <t>Human Radiation Injury</t>
   </si>
   <si>
-    <t>978-1-60547-011-5</t>
-[...1 lines deleted...]
-  <si>
     <t>https://oncology.lwwhealthlibrary.com/book.aspx?bookid=1141</t>
   </si>
   <si>
     <t>Louis S. Constine, MD, FASTRO</t>
   </si>
   <si>
     <t>Pediatric Radiation Oncology, 6e</t>
   </si>
   <si>
-    <t>978-1-496342-86-7</t>
-[...1 lines deleted...]
-  <si>
     <t>https://oncology.lwwhealthlibrary.com/book.aspx?bookid=2491</t>
   </si>
   <si>
     <t>Edward C. Halperin, MD, MA</t>
   </si>
   <si>
     <t>Michael C. Perry, MD, MS, MACP*</t>
   </si>
   <si>
     <t>Perry's The Chemotherapy Source Book, 5e</t>
   </si>
   <si>
-    <t>978-1-4511-0145-4</t>
-[...1 lines deleted...]
-  <si>
     <t>https://oncology.lwwhealthlibrary.com/book.aspx?bookid=806</t>
   </si>
   <si>
-    <t>Susan M. Blaney, MD</t>
-[...10 lines deleted...]
-  <si>
     <t>Noura Choudhury, MD</t>
   </si>
   <si>
     <t>Pocket Notebook: Pocket Oncology, 3e</t>
   </si>
   <si>
-    <t>978-1-975190-81-1</t>
-[...1 lines deleted...]
-  <si>
     <t>https://oncology.lwwhealthlibrary.com/book.aspx?bookid=3235</t>
   </si>
   <si>
     <t>Harvey I. Pass, MD</t>
   </si>
   <si>
     <t>Principles and Practice of Lung Cancer: The Official Reference Text of the IASLC, 4e</t>
   </si>
   <si>
-    <t>978-0-7817-7365-2</t>
-[...1 lines deleted...]
-  <si>
     <t>https://oncology.lwwhealthlibrary.com/book.aspx?bookid=1143</t>
   </si>
   <si>
     <t>Ann M. Berger, MSN, MD</t>
   </si>
   <si>
     <t>Principles and Practice of Palliative Care and Supportive Oncology, 5e</t>
   </si>
   <si>
-    <t>978-1-975143-68-8</t>
-[...1 lines deleted...]
-  <si>
     <t>https://oncology.lwwhealthlibrary.com/book.aspx?bookid=3074</t>
   </si>
   <si>
     <t>Philip A. Pizzo, MD</t>
   </si>
   <si>
     <t>Principles and Practice of Pediatric Oncology, 7e</t>
   </si>
   <si>
-    <t>978-1-4511-9423-4</t>
-[...1 lines deleted...]
-  <si>
     <t>https://oncology.lwwhealthlibrary.com/book.aspx?bookid=1583</t>
   </si>
   <si>
     <t>Howard Silberman, MD</t>
   </si>
   <si>
     <t>Principles and Practice of Surgical Oncology: Multidisciplinary Approach to Difficult Problems, 1e</t>
   </si>
   <si>
-    <t>978-0-7817-6546-6</t>
-[...1 lines deleted...]
-  <si>
     <t>https://oncology.lwwhealthlibrary.com/book.aspx?bookid=1156</t>
   </si>
   <si>
     <t>Dongfeng Tan, MD</t>
   </si>
   <si>
     <t>Principles of Molecular Diagnostics and Personalized Cancer Medicine</t>
   </si>
   <si>
-    <t>978-1-4511-3197-0</t>
-[...1 lines deleted...]
-  <si>
     <t>https://oncology.lwwhealthlibrary.com/book.aspx?bookid=1133</t>
   </si>
   <si>
     <t>Brian A. Van Tine, MD, PhD</t>
   </si>
   <si>
     <t>The Washington Manual® Hematology and Oncology Subspecialty Consult, 5e</t>
   </si>
   <si>
     <t>https://oncology.lwwhealthlibrary.com/book.aspx?bookid=3363</t>
   </si>
   <si>
     <t>Philip Rubin, MD, FASTRO</t>
   </si>
   <si>
     <t>TNM Staging Atlas with Oncoanatomy, 2e</t>
   </si>
   <si>
-    <t>978-1-60913-144-9</t>
-[...1 lines deleted...]
-  <si>
     <t>https://oncology.lwwhealthlibrary.com/book.aspx?bookid=1150</t>
   </si>
   <si>
     <t>Babette B. Weksler, MD</t>
   </si>
   <si>
     <t>Wintrobe’s Atlas of Clinical Hematology, 2e</t>
   </si>
   <si>
-    <t>978-1-605476-14-8</t>
-[...1 lines deleted...]
-  <si>
     <t>https://oncology.lwwhealthlibrary.com/book.aspx?bookid=2211</t>
   </si>
   <si>
     <t>Robert T. Means, Jr., MD, MACP</t>
   </si>
   <si>
     <t>Wintrobe’s Clinical Hematology, 15e</t>
-  </si>
-[...1 lines deleted...]
-    <t>978-1-975184-69-8</t>
   </si>
   <si>
     <t>https://oncology.lwwhealthlibrary.com/book.aspx?bookid=3281</t>
   </si>
   <si>
     <t>Authors</t>
   </si>
   <si>
     <t>Chapters</t>
   </si>
   <si>
     <t>URL</t>
   </si>
   <si>
     <t>Don S. Dizon, MD, FACP</t>
   </si>
   <si>
     <t>Catheryn Yashar, MD, FACRO, FACR, FABS, FASTRO</t>
   </si>
   <si>
     <t>Dineo Khabele, MD, FACOG, FACS</t>
   </si>
   <si>
     <t xml:space="preserve">Copyright </t>
   </si>
@@ -8172,429 +8085,180 @@
   <si>
     <t>Appendix I</t>
   </si>
   <si>
     <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=49682276&amp;bookId=806</t>
   </si>
   <si>
     <t>Chemotherapy Programs</t>
   </si>
   <si>
     <t>Appendix II</t>
   </si>
   <si>
     <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=49682277&amp;bookId=806</t>
   </si>
   <si>
     <t>Common Terminology Criteria for Adverse Events v4.0 (CTCAE)</t>
   </si>
   <si>
     <t>Appendix III</t>
   </si>
   <si>
     <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=49682278&amp;bookId=806</t>
   </si>
   <si>
-    <t>Peter C. Adamson, MD</t>
-[...16 lines deleted...]
-  <si>
     <t>Section 1: Biological Basis of Childhood Cancer</t>
   </si>
   <si>
-    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=248784068&amp;bookId=2968</t>
-[...1 lines deleted...]
-  <si>
     <t>Epidemiology of Childhood Cancer</t>
   </si>
   <si>
-    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=248784069&amp;bookId=2968</t>
-[...1 lines deleted...]
-  <si>
     <t>Heredity and Childhood Cancer</t>
   </si>
   <si>
-    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=248784931&amp;bookId=2968</t>
-[...1 lines deleted...]
-  <si>
     <t>Molecular and Genetic Basis of Childhood Cancer</t>
   </si>
   <si>
-    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=248785271&amp;bookId=2968</t>
-[...1 lines deleted...]
-  <si>
     <t>Biology of Childhood Cancer</t>
   </si>
   <si>
-    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=248786265&amp;bookId=2968</t>
-[...1 lines deleted...]
-  <si>
     <t>Tumor Immunology of Childhood Cancer</t>
   </si>
   <si>
-    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=248786415&amp;bookId=2968</t>
-[...1 lines deleted...]
-  <si>
     <t>Section 2: Diagnosis and Evaluation of the Child with Cancer</t>
   </si>
   <si>
-    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=248786668&amp;bookId=2968</t>
-[...1 lines deleted...]
-  <si>
     <t>Clinical Assessment and Differential Diagnosis of Suspected Childhood Cancer</t>
   </si>
   <si>
-    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=248786669&amp;bookId=2968</t>
-[...1 lines deleted...]
-  <si>
     <t>Pathology and Molecular Diagnosis of Leukemias and Lymphomas</t>
   </si>
   <si>
-    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=248787251&amp;bookId=2968</t>
-[...1 lines deleted...]
-  <si>
     <t>Diagnostic Pathology of Pediatric Solid and Central Nervous System Malignancies</t>
   </si>
   <si>
-    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=248787464&amp;bookId=2968</t>
-[...7 lines deleted...]
-  <si>
     <t>Section 3: Principles of Multimodal Therapy</t>
   </si>
   <si>
-    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=248788924&amp;bookId=2968</t>
-[...1 lines deleted...]
-  <si>
     <t>General Principles of Chemotherapy</t>
   </si>
   <si>
-    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=248788925&amp;bookId=2968</t>
-[...1 lines deleted...]
-  <si>
     <t>General Principles of Cellular Immunotherapy</t>
   </si>
   <si>
-    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=248791017&amp;bookId=2968</t>
-[...1 lines deleted...]
-  <si>
     <t>General Principles of Targeted Therapy</t>
   </si>
   <si>
-    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=248791508&amp;bookId=2968</t>
-[...1 lines deleted...]
-  <si>
     <t>General Principles of Hematopoietic Stem Cell Transplantation</t>
   </si>
   <si>
-    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=248791920&amp;bookId=2968</t>
-[...1 lines deleted...]
-  <si>
     <t>General Principles of Radiation Oncology</t>
   </si>
   <si>
-    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=248792422&amp;bookId=2968</t>
-[...1 lines deleted...]
-  <si>
     <t>General Principles of Surgery</t>
   </si>
   <si>
-    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=248792594&amp;bookId=2968</t>
-[...1 lines deleted...]
-  <si>
     <t>Section 4: Management of Common Cancers of Childhood</t>
   </si>
   <si>
-    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=248792710&amp;bookId=2968</t>
-[...1 lines deleted...]
-  <si>
     <t>Acute Lymphoblastic Leukemia</t>
   </si>
   <si>
-    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=248792711&amp;bookId=2968</t>
-[...1 lines deleted...]
-  <si>
     <t>Acute Myeloid Leukemia and Myelodysplastic Syndromes</t>
   </si>
   <si>
     <t>Chapter 17A</t>
   </si>
   <si>
-    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=248793070&amp;bookId=2968</t>
-[...1 lines deleted...]
-  <si>
     <t>Myeloproliferative Neoplasms of Childhood</t>
   </si>
   <si>
     <t>Chapter 17B</t>
   </si>
   <si>
-    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=248794100&amp;bookId=2968</t>
-[...4 lines deleted...]
-  <si>
     <t>Malignant Non–Hodgkin Lymphomas in Children</t>
   </si>
   <si>
-    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=248795898&amp;bookId=2968</t>
-[...1 lines deleted...]
-  <si>
     <t>Lymphoproliferative Disorders and Malignancies Related to Immunodeficiencies</t>
   </si>
   <si>
-    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=248796219&amp;bookId=2968</t>
-[...1 lines deleted...]
-  <si>
     <t>Histiocytoses</t>
   </si>
   <si>
-    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=248796566&amp;bookId=2968</t>
-[...1 lines deleted...]
-  <si>
     <t>Gliomas, Ependymomas, and Other Nonembryonal Tumors of the Central Nervous System</t>
   </si>
   <si>
-    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=248796903&amp;bookId=2968</t>
-[...10 lines deleted...]
-  <si>
     <t>Renal Tumors</t>
   </si>
   <si>
-    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=248798370&amp;bookId=2968</t>
-[...13 lines deleted...]
-  <si>
     <t>Osteosarcoma</t>
   </si>
   <si>
-    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=248800598&amp;bookId=2968</t>
-[...1 lines deleted...]
-  <si>
     <t>Germ Cell Tumors</t>
   </si>
   <si>
-    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=248801147&amp;bookId=2968</t>
-[...4 lines deleted...]
-  <si>
     <t>Liver Tumors</t>
   </si>
   <si>
-    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=248802060&amp;bookId=2968</t>
-[...4 lines deleted...]
-  <si>
     <t>Rare Tumors</t>
   </si>
   <si>
-    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=248803010&amp;bookId=2968</t>
-[...1 lines deleted...]
-  <si>
     <t>Section 5: Supportive Care of Children with Cancer</t>
   </si>
   <si>
-    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=248803590&amp;bookId=2968</t>
-[...1 lines deleted...]
-  <si>
     <t>Oncologic Emergencies</t>
   </si>
   <si>
-    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=248803591&amp;bookId=2968</t>
-[...19 lines deleted...]
-  <si>
     <t>Nutritional Supportive Care</t>
   </si>
   <si>
-    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=248805689&amp;bookId=2968</t>
-[...7 lines deleted...]
-  <si>
     <t>Pain and Symptom Management</t>
   </si>
   <si>
-    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=248806143&amp;bookId=2968</t>
-[...1 lines deleted...]
-  <si>
     <t>Psychosocial Support for the Child and Family</t>
   </si>
   <si>
-    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=248806703&amp;bookId=2968</t>
-[...25 lines deleted...]
-  <si>
     <t>Late Effects of Childhood Cancer and Its Treatment</t>
   </si>
   <si>
-    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=248808534&amp;bookId=2968</t>
-[...1 lines deleted...]
-  <si>
     <t>Cancer Clinical Trials: Design, Conduct, Analysis, and Reporting</t>
   </si>
   <si>
-    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=248808899&amp;bookId=2968</t>
-[...1 lines deleted...]
-  <si>
     <t>Ethical Considerations in Pediatric Oncology</t>
   </si>
   <si>
-    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=248809129&amp;bookId=2968</t>
-[...13 lines deleted...]
-  <si>
     <t>Economic Issues in Pediatric Cancer</t>
   </si>
   <si>
-    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=248809914&amp;bookId=2968</t>
-[...1 lines deleted...]
-  <si>
     <t>Pediatric Cancer: Advocacy and Policy Issues for Patients, Families, and Survivors</t>
   </si>
   <si>
-    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=248810040&amp;bookId=2968</t>
-[...1 lines deleted...]
-  <si>
     <t>Maximizing Safety in Cancer Treatment</t>
   </si>
   <si>
-    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=248810126&amp;bookId=2968</t>
-[...1 lines deleted...]
-  <si>
     <t>Pediatric Oncology in Low- and Middle-Income Countries</t>
-  </si>
-[...10 lines deleted...]
-    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=250793978&amp;bookId=2968</t>
   </si>
   <si>
     <t>Yonina R. Murciano-Goroff, MSc, DPhil, MD</t>
   </si>
   <si>
     <t>Alexander Drilon, MD</t>
   </si>
   <si>
     <t>Neil Vasan, MD, PhD</t>
   </si>
   <si>
     <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=255527013&amp;bookId=3235</t>
   </si>
   <si>
     <t>DEDICATION</t>
   </si>
   <si>
     <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=255527015&amp;bookId=3235</t>
   </si>
   <si>
     <t>CONTRIBUTORS</t>
   </si>
   <si>
     <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=255527017&amp;bookId=3235</t>
   </si>
@@ -12892,53 +12556,50 @@
   <si>
     <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=256498275&amp;bookId=3281</t>
   </si>
   <si>
     <t>Principles and Practice of Gynecologic Oncology, 8e</t>
   </si>
   <si>
     <t>Pocket Radiation Oncology: The MD Anderson Cancer Center Handbook of Radiation Oncology, 2e</t>
   </si>
   <si>
     <t>Berek &amp; Hacker's Gynecologic Oncology, 7e</t>
   </si>
   <si>
     <t>Cancer Principles &amp; Practice of Oncology: Handbook of Clinical Cancer Genetics</t>
   </si>
   <si>
     <t>DeVita, Hellman, and Rosenberg's Cancer: Principles &amp; Practice of Oncology, 12e</t>
   </si>
   <si>
     <t>Perez</t>
   </si>
   <si>
     <t>Perez, Brady, Halperin, and Wazer's Principles and Practice of Radiation Oncology, 8e</t>
   </si>
   <si>
-    <t>978-1-9752-2126-3</t>
-[...1 lines deleted...]
-  <si>
     <t>https://oncology.lwwhealthlibrary.com/book.aspx?bookid=3445</t>
   </si>
   <si>
     <t>Brady</t>
   </si>
   <si>
     <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261097202&amp;bookId=3445</t>
   </si>
   <si>
     <t>Halperin</t>
   </si>
   <si>
     <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261097206&amp;bookId=3445</t>
   </si>
   <si>
     <t>Wazer’s</t>
   </si>
   <si>
     <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261097254&amp;bookId=3445</t>
   </si>
   <si>
     <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261097261&amp;bookId=3445</t>
   </si>
   <si>
     <t>Wazer David E., MD, FASTRO</t>
@@ -13781,110 +13442,367 @@
     <t xml:space="preserve"> Chapter 104</t>
   </si>
   <si>
     <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261118837&amp;bookId=3445</t>
   </si>
   <si>
     <t xml:space="preserve"> Chapter 105</t>
   </si>
   <si>
     <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261118910&amp;bookId=3445</t>
   </si>
   <si>
     <t xml:space="preserve"> Chapter 106</t>
   </si>
   <si>
     <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261118990&amp;bookId=3445</t>
   </si>
   <si>
     <t>Management of Radiation Side Effects</t>
   </si>
   <si>
     <t xml:space="preserve"> Chapter 107</t>
   </si>
   <si>
     <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261119087&amp;bookId=3445</t>
+  </si>
+  <si>
+    <t>Susan M. Blaney</t>
+  </si>
+  <si>
+    <t>Pizzo and Poplack’s Principles and Practice of Pediatric Oncology, 9e</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/book.aspx?bookid=3457</t>
+  </si>
+  <si>
+    <t>Peter C. Adamson</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261349874&amp;bookId=3457</t>
+  </si>
+  <si>
+    <t>Lee J. Helman</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261349878&amp;bookId=3457</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261349893&amp;bookId=3457</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261349895&amp;bookId=3457</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261351284&amp;bookId=3457</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261351297&amp;bookId=3457</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261351298&amp;bookId=3457</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261351403&amp;bookId=3457</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261351587&amp;bookId=3457</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261351737&amp;bookId=3457</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261351884&amp;bookId=3457</t>
+  </si>
+  <si>
+    <t>Section 2: Diagnosis and Evaluation of the Child With Cancer</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261352018&amp;bookId=3457</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261352019&amp;bookId=3457</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261352114&amp;bookId=3457</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261352338&amp;bookId=3457</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261352517&amp;bookId=3457</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261352890&amp;bookId=3457</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261352891&amp;bookId=3457</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261353496&amp;bookId=3457</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261353622&amp;bookId=3457</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261353813&amp;bookId=3457</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261354034&amp;bookId=3457</t>
+  </si>
+  <si>
+    <t>General Principles of Pediatric Surgical Oncology</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261354179&amp;bookId=3457</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261354263&amp;bookId=3457</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261354264&amp;bookId=3457</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261354552&amp;bookId=3457</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261354806&amp;bookId=3457</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261355037&amp;bookId=3457</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261355178&amp;bookId=3457</t>
+  </si>
+  <si>
+    <t>Lymphoid Proliferations, Lymphomas, and Other Malignancies Associated With Immune Deficiency and Dysregulation</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261355351&amp;bookId=3457</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261355494&amp;bookId=3457</t>
+  </si>
+  <si>
+    <t>Tumors of the Central Nervous System: Embryonal, Pineal, and Germ Cell Tumors</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261355674&amp;bookId=3457</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261356036&amp;bookId=3457</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261356464&amp;bookId=3457</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261356641&amp;bookId=3457</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261356821&amp;bookId=3457</t>
+  </si>
+  <si>
+    <t>Nonrhabdomyosarcoma Soft Tissue Sarcomas</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261357009&amp;bookId=3457</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261357367&amp;bookId=3457</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261357531&amp;bookId=3457</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261357708&amp;bookId=3457</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261357913&amp;bookId=3457</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261358196&amp;bookId=3457</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261358449&amp;bookId=3457</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261358636&amp;bookId=3457</t>
+  </si>
+  <si>
+    <t>Section 5: Supportive Care of Children With Cancer</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261358815&amp;bookId=3457</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261358816&amp;bookId=3457</t>
+  </si>
+  <si>
+    <t>Nursing, Nutritional, and Hematologic Supportive Care of the Child With Cancer</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261359166&amp;bookId=3457</t>
+  </si>
+  <si>
+    <t>Infectious Complications in Children With Underlying Malignancy</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261359481&amp;bookId=3457</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261359700&amp;bookId=3457</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261359815&amp;bookId=3457</t>
+  </si>
+  <si>
+    <t>Educational Issues for Children With Cancer: From Diagnosis Through Survivorship</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261359975&amp;bookId=3457</t>
+  </si>
+  <si>
+    <t>The Other Side of the Bed: What Providers Can Learn From Listening to Patients and Their Families</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261360120&amp;bookId=3457</t>
+  </si>
+  <si>
+    <t>Section 6: Other Considerations</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261360398&amp;bookId=3457</t>
+  </si>
+  <si>
+    <t>Adolescents and Young Adults With Cancer and Transitional Care to Adulthood</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261360399&amp;bookId=3457</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261360474&amp;bookId=3457</t>
+  </si>
+  <si>
+    <t>Pain, Non-Pain Symptom Management, and Palliative Care for the Child With Cancer</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261360623&amp;bookId=3457</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261360904&amp;bookId=3457</t>
+  </si>
+  <si>
+    <t>Health Disparities in Childhood Cancer</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261361127&amp;bookId=3457</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261361257&amp;bookId=3457</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261361394&amp;bookId=3457</t>
+  </si>
+  <si>
+    <t>Safety, Medical Errors, and Pediatric Cancer Treatment</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261361475&amp;bookId=3457</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261361566&amp;bookId=3457</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="2" x14ac:knownFonts="1">
+  <fonts count="3" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Tahoma"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <name val="Tahoma"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="10"/>
+      <name val="Tahoma"/>
+      <family val="2"/>
     </font>
   </fonts>
   <fills count="4">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF808080"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
-  <cellStyleXfs count="1">
+  <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="2" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="8">
+  <cellXfs count="11">
     <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="14" fontId="0" fillId="2" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0"/>
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="1"/>
+    <xf numFmtId="14" fontId="2" fillId="2" borderId="0" xfId="1" applyNumberFormat="1"/>
+    <xf numFmtId="1" fontId="1" fillId="3" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
+    <xf numFmtId="1" fontId="0" fillId="2" borderId="0" xfId="0" applyNumberFormat="1"/>
+    <xf numFmtId="1" fontId="2" fillId="2" borderId="0" xfId="1" applyNumberFormat="1"/>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="1"/>
   </cellXfs>
-  <cellStyles count="1">
+  <cellStyles count="2">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
+    <cellStyle name="Normal 2" xfId="1" xr:uid="{A0B6335F-AF79-45F7-BF9C-79EBB97CF19E}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet13.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet18.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet26.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet21.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet12.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet17.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet25.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet16.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet20.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet11.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet24.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet15.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet23.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet10.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet19.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet14.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet22.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet27.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
@@ -14182,23169 +14100,23116 @@
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:G27"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="7" width="50.7265625" customWidth="1"/>
+    <col min="1" max="2" width="50.7265625" customWidth="1"/>
+    <col min="3" max="3" width="7.36328125" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="13.90625" style="8" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="14.81640625" bestFit="1" customWidth="1"/>
+    <col min="6" max="7" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
-      <c r="D1" s="1" t="s">
+      <c r="D1" s="7" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
+        <v>11</v>
+      </c>
+      <c r="B2" t="s">
+        <v>4156</v>
+      </c>
+      <c r="C2">
         <v>7</v>
       </c>
-      <c r="B2" t="s">
-[...6 lines deleted...]
-        <v>9</v>
+      <c r="D2" s="8">
+        <v>9781975142643</v>
       </c>
       <c r="E2">
-        <v>2025</v>
+        <v>2021</v>
       </c>
       <c r="F2" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="G2" s="2">
-        <v>45429</v>
+        <v>44089</v>
       </c>
     </row>
     <row r="3" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="B3" t="s">
-        <v>4267</v>
-[...2 lines deleted...]
-        <v>13</v>
+        <v>15</v>
+      </c>
+      <c r="C3">
+        <v>7</v>
+      </c>
+      <c r="D3" s="8">
+        <v>9781975199296</v>
       </c>
       <c r="E3">
         <v>2025</v>
       </c>
       <c r="F3" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="G3" s="2">
-        <v>45565</v>
+        <v>45478</v>
       </c>
     </row>
     <row r="4" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A4" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="B4" t="s">
-        <v>4268</v>
+        <v>4157</v>
       </c>
       <c r="C4">
-        <v>7</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>1</v>
+      </c>
+      <c r="D4" s="8">
+        <v>9781451190984</v>
       </c>
       <c r="E4">
-        <v>2021</v>
+        <v>2013</v>
       </c>
       <c r="F4" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="G4" s="2">
-        <v>44089</v>
+        <v>41949</v>
       </c>
     </row>
     <row r="5" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A5" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="B5" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="C5">
-        <v>7</v>
-[...2 lines deleted...]
-        <v>21</v>
+        <v>4</v>
+      </c>
+      <c r="D5" s="8">
+        <v>9781608313525</v>
       </c>
       <c r="E5">
-        <v>2025</v>
+        <v>2011</v>
       </c>
       <c r="F5" t="s">
         <v>22</v>
       </c>
       <c r="G5" s="2">
-        <v>45478</v>
+        <v>41950</v>
       </c>
     </row>
     <row r="6" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A6" t="s">
         <v>23</v>
       </c>
       <c r="B6" t="s">
-        <v>4269</v>
+        <v>4158</v>
       </c>
       <c r="C6">
-        <v>1</v>
-[...1 lines deleted...]
-      <c r="D6" t="s">
+        <v>12</v>
+      </c>
+      <c r="D6" s="8">
+        <v>9781975184742</v>
+      </c>
+      <c r="E6">
+        <v>2023</v>
+      </c>
+      <c r="F6" t="s">
         <v>25</v>
       </c>
-      <c r="E6">
-[...4 lines deleted...]
-      </c>
       <c r="G6" s="2">
-        <v>41949</v>
+        <v>44841</v>
       </c>
     </row>
     <row r="7" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A7" t="s">
+        <v>26</v>
+      </c>
+      <c r="B7" t="s">
         <v>27</v>
       </c>
-      <c r="B7" t="s">
+      <c r="C7">
+        <v>5</v>
+      </c>
+      <c r="D7" s="8">
+        <v>9781451186277</v>
+      </c>
+      <c r="E7">
+        <v>2014</v>
+      </c>
+      <c r="F7" t="s">
         <v>28</v>
       </c>
-      <c r="C7">
-[...10 lines deleted...]
-      </c>
       <c r="G7" s="2">
-        <v>41950</v>
+        <v>41949</v>
       </c>
     </row>
     <row r="8" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A8" t="s">
+        <v>29</v>
+      </c>
+      <c r="B8" t="s">
+        <v>30</v>
+      </c>
+      <c r="C8">
+        <v>1</v>
+      </c>
+      <c r="D8" s="8">
+        <v>9781609137045</v>
+      </c>
+      <c r="E8">
+        <v>2011</v>
+      </c>
+      <c r="F8" t="s">
         <v>31</v>
       </c>
-      <c r="B8" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G8" s="2">
-        <v>44841</v>
+        <v>41964</v>
       </c>
     </row>
     <row r="9" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A9" t="s">
-        <v>35</v>
+        <v>32</v>
       </c>
       <c r="B9" t="s">
-        <v>36</v>
+        <v>33</v>
       </c>
       <c r="C9">
-        <v>5</v>
-[...2 lines deleted...]
-        <v>37</v>
+        <v>3</v>
+      </c>
+      <c r="D9" s="8">
+        <v>9781975179243</v>
       </c>
       <c r="E9">
-        <v>2014</v>
+        <v>2023</v>
       </c>
       <c r="F9" t="s">
-        <v>38</v>
+        <v>34</v>
       </c>
       <c r="G9" s="2">
-        <v>41949</v>
+        <v>44681</v>
       </c>
     </row>
     <row r="10" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A10" t="s">
-        <v>39</v>
+        <v>35</v>
       </c>
       <c r="B10" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="C10">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>41</v>
+        <v>4</v>
+      </c>
+      <c r="D10" s="8">
+        <v>9781451144871</v>
       </c>
       <c r="E10">
-        <v>2011</v>
+        <v>2014</v>
       </c>
       <c r="F10" t="s">
-        <v>42</v>
+        <v>37</v>
       </c>
       <c r="G10" s="2">
-        <v>41964</v>
+        <v>42019</v>
       </c>
     </row>
     <row r="11" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A11" t="s">
-        <v>43</v>
+        <v>38</v>
       </c>
       <c r="B11" t="s">
-        <v>44</v>
+        <v>39</v>
       </c>
       <c r="C11">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>45</v>
+        <v>1</v>
+      </c>
+      <c r="D11" s="8">
+        <v>9781605470115</v>
       </c>
       <c r="E11">
-        <v>2023</v>
+        <v>2011</v>
       </c>
       <c r="F11" t="s">
-        <v>46</v>
+        <v>40</v>
       </c>
       <c r="G11" s="2">
-        <v>44681</v>
+        <v>41950</v>
       </c>
     </row>
     <row r="12" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A12" t="s">
-        <v>47</v>
+        <v>41</v>
       </c>
       <c r="B12" t="s">
-        <v>48</v>
+        <v>42</v>
       </c>
       <c r="C12">
-        <v>4</v>
-[...2 lines deleted...]
-        <v>49</v>
+        <v>6</v>
+      </c>
+      <c r="D12" s="8">
+        <v>9781496342867</v>
       </c>
       <c r="E12">
-        <v>2014</v>
+        <v>2016</v>
       </c>
       <c r="F12" t="s">
-        <v>50</v>
+        <v>43</v>
       </c>
       <c r="G12" s="2">
-        <v>42019</v>
+        <v>43354</v>
       </c>
     </row>
     <row r="13" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A13" t="s">
-        <v>51</v>
+        <v>4159</v>
       </c>
       <c r="B13" t="s">
-        <v>52</v>
+        <v>4160</v>
       </c>
       <c r="C13">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>53</v>
+        <v>8</v>
+      </c>
+      <c r="D13" s="8">
+        <v>9781975221263</v>
       </c>
       <c r="E13">
-        <v>2011</v>
+        <v>2026</v>
       </c>
       <c r="F13" t="s">
-        <v>54</v>
+        <v>4161</v>
       </c>
       <c r="G13" s="2">
-        <v>41950</v>
+        <v>45932</v>
       </c>
     </row>
     <row r="14" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A14" t="s">
-        <v>55</v>
+        <v>45</v>
       </c>
       <c r="B14" t="s">
-        <v>56</v>
+        <v>46</v>
       </c>
       <c r="C14">
-        <v>6</v>
-[...2 lines deleted...]
-        <v>57</v>
+        <v>5</v>
+      </c>
+      <c r="D14" s="8">
+        <v>9781451101454</v>
       </c>
       <c r="E14">
-        <v>2016</v>
+        <v>2011</v>
       </c>
       <c r="F14" t="s">
-        <v>58</v>
+        <v>47</v>
       </c>
       <c r="G14" s="2">
-        <v>43354</v>
+        <v>41754</v>
       </c>
     </row>
     <row r="15" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A15" s="4" t="s">
-[...11 lines deleted...]
-      <c r="E15" s="4">
+      <c r="A15" s="5" t="s">
+        <v>4457</v>
+      </c>
+      <c r="B15" s="5" t="s">
+        <v>4458</v>
+      </c>
+      <c r="C15" s="5">
+        <v>9</v>
+      </c>
+      <c r="D15" s="9">
+        <v>9781975222567</v>
+      </c>
+      <c r="E15" s="5">
         <v>2026</v>
       </c>
-      <c r="F15" s="4" t="s">
-[...3 lines deleted...]
-        <v>45932</v>
+      <c r="F15" s="5" t="s">
+        <v>4459</v>
+      </c>
+      <c r="G15" s="6">
+        <v>45959</v>
       </c>
     </row>
     <row r="16" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A16" t="s">
-        <v>60</v>
+        <v>48</v>
       </c>
       <c r="B16" t="s">
-        <v>61</v>
+        <v>49</v>
       </c>
       <c r="C16">
-        <v>5</v>
-[...2 lines deleted...]
-        <v>62</v>
+        <v>3</v>
+      </c>
+      <c r="D16" s="8">
+        <v>9781975190811</v>
       </c>
       <c r="E16">
-        <v>2011</v>
+        <v>2023</v>
       </c>
       <c r="F16" t="s">
-        <v>63</v>
+        <v>50</v>
       </c>
       <c r="G16" s="2">
-        <v>41754</v>
+        <v>44840</v>
       </c>
     </row>
     <row r="17" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A17" t="s">
-        <v>64</v>
+        <v>9</v>
       </c>
       <c r="B17" t="s">
-        <v>65</v>
+        <v>4155</v>
       </c>
       <c r="C17">
-        <v>8</v>
-[...2 lines deleted...]
-        <v>66</v>
+        <v>2</v>
+      </c>
+      <c r="D17" s="8">
+        <v>9781975218942</v>
       </c>
       <c r="E17">
-        <v>2021</v>
+        <v>2025</v>
       </c>
       <c r="F17" t="s">
-        <v>67</v>
+        <v>10</v>
       </c>
       <c r="G17" s="2">
-        <v>44048</v>
+        <v>45565</v>
       </c>
     </row>
     <row r="18" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A18" t="s">
-        <v>68</v>
+        <v>7</v>
       </c>
       <c r="B18" t="s">
-        <v>69</v>
+        <v>4154</v>
       </c>
       <c r="C18">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>70</v>
+        <v>8</v>
+      </c>
+      <c r="D18" s="8">
+        <v>9781975183271</v>
       </c>
       <c r="E18">
-        <v>2023</v>
+        <v>2025</v>
       </c>
       <c r="F18" t="s">
-        <v>71</v>
+        <v>8</v>
       </c>
       <c r="G18" s="2">
-        <v>44840</v>
+        <v>45429</v>
       </c>
     </row>
     <row r="19" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A19" t="s">
-        <v>72</v>
+        <v>51</v>
       </c>
       <c r="B19" t="s">
-        <v>73</v>
+        <v>52</v>
       </c>
       <c r="C19">
         <v>4</v>
       </c>
-      <c r="D19" t="s">
-        <v>74</v>
+      <c r="D19" s="8">
+        <v>9780781773652</v>
       </c>
       <c r="E19">
         <v>2010</v>
       </c>
       <c r="F19" t="s">
-        <v>75</v>
+        <v>53</v>
       </c>
       <c r="G19" s="2">
         <v>41950</v>
       </c>
     </row>
     <row r="20" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A20" t="s">
-        <v>76</v>
+        <v>54</v>
       </c>
       <c r="B20" t="s">
-        <v>77</v>
+        <v>55</v>
       </c>
       <c r="C20">
         <v>5</v>
       </c>
-      <c r="D20" t="s">
-        <v>78</v>
+      <c r="D20" s="8">
+        <v>9781975143688</v>
       </c>
       <c r="E20">
         <v>2022</v>
       </c>
       <c r="F20" t="s">
-        <v>79</v>
+        <v>56</v>
       </c>
       <c r="G20" s="2">
         <v>44285</v>
       </c>
     </row>
     <row r="21" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A21" t="s">
-        <v>80</v>
+        <v>57</v>
       </c>
       <c r="B21" t="s">
-        <v>81</v>
+        <v>58</v>
       </c>
       <c r="C21">
         <v>7</v>
       </c>
-      <c r="D21" t="s">
-        <v>82</v>
+      <c r="D21" s="8">
+        <v>9781451194234</v>
       </c>
       <c r="E21">
         <v>2016</v>
       </c>
       <c r="F21" t="s">
-        <v>83</v>
+        <v>59</v>
       </c>
       <c r="G21" s="2">
         <v>42198</v>
       </c>
     </row>
     <row r="22" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A22" t="s">
-        <v>84</v>
+        <v>60</v>
       </c>
       <c r="B22" t="s">
-        <v>85</v>
+        <v>61</v>
       </c>
       <c r="C22">
         <v>1</v>
       </c>
-      <c r="D22" t="s">
-        <v>86</v>
+      <c r="D22" s="8">
+        <v>9780781765466</v>
       </c>
       <c r="E22">
         <v>2010</v>
       </c>
       <c r="F22" t="s">
-        <v>87</v>
+        <v>62</v>
       </c>
       <c r="G22" s="2">
         <v>41951</v>
       </c>
     </row>
     <row r="23" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A23" t="s">
-        <v>88</v>
+        <v>63</v>
       </c>
       <c r="B23" t="s">
-        <v>89</v>
+        <v>64</v>
       </c>
       <c r="C23">
         <v>1</v>
       </c>
-      <c r="D23" t="s">
-        <v>90</v>
+      <c r="D23" s="8">
+        <v>9781451131970</v>
       </c>
       <c r="E23">
         <v>2013</v>
       </c>
       <c r="F23" t="s">
-        <v>91</v>
+        <v>65</v>
       </c>
       <c r="G23" s="2">
         <v>41949</v>
       </c>
     </row>
     <row r="24" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A24" t="s">
-        <v>92</v>
+        <v>66</v>
       </c>
       <c r="B24" t="s">
-        <v>93</v>
-[...1 lines deleted...]
-      <c r="D24">
+        <v>67</v>
+      </c>
+      <c r="C24">
+        <v>5</v>
+      </c>
+      <c r="D24" s="8">
         <v>9781975212841</v>
       </c>
       <c r="E24">
         <v>2025</v>
       </c>
       <c r="F24" t="s">
-        <v>94</v>
+        <v>68</v>
       </c>
       <c r="G24" s="2">
         <v>45548</v>
       </c>
     </row>
     <row r="25" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A25" t="s">
-        <v>95</v>
+        <v>69</v>
       </c>
       <c r="B25" t="s">
-        <v>96</v>
+        <v>70</v>
       </c>
       <c r="C25">
         <v>2</v>
       </c>
-      <c r="D25" t="s">
-        <v>97</v>
+      <c r="D25" s="8">
+        <v>9781609131449</v>
       </c>
       <c r="E25">
         <v>2012</v>
       </c>
       <c r="F25" t="s">
-        <v>98</v>
+        <v>71</v>
       </c>
       <c r="G25" s="2">
         <v>41951</v>
       </c>
     </row>
     <row r="26" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A26" t="s">
-        <v>99</v>
+        <v>72</v>
       </c>
       <c r="B26" t="s">
-        <v>100</v>
+        <v>73</v>
       </c>
       <c r="C26">
         <v>2</v>
       </c>
-      <c r="D26" t="s">
-        <v>101</v>
+      <c r="D26" s="8">
+        <v>9781605476148</v>
       </c>
       <c r="E26">
         <v>2018</v>
       </c>
       <c r="F26" t="s">
-        <v>102</v>
+        <v>74</v>
       </c>
       <c r="G26" s="2">
         <v>42969</v>
       </c>
     </row>
     <row r="27" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A27" t="s">
-        <v>103</v>
+        <v>75</v>
       </c>
       <c r="B27" t="s">
-        <v>104</v>
+        <v>76</v>
       </c>
       <c r="C27">
         <v>15</v>
       </c>
-      <c r="D27" t="s">
-        <v>105</v>
+      <c r="D27" s="8">
+        <v>9781975184698</v>
       </c>
       <c r="E27">
         <v>2024</v>
       </c>
       <c r="F27" t="s">
-        <v>106</v>
+        <v>77</v>
       </c>
       <c r="G27" s="2">
         <v>45105</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0900-000000000000}">
-[...1993 lines deleted...]
-<file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0B00-000000000000}">
   <dimension ref="A1:D43"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>107</v>
+        <v>78</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>108</v>
+        <v>79</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>109</v>
+        <v>80</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
-        <v>47</v>
+        <v>35</v>
       </c>
       <c r="B2" t="s">
-        <v>48</v>
+        <v>36</v>
       </c>
       <c r="D2" t="s">
-        <v>50</v>
+        <v>37</v>
       </c>
     </row>
     <row r="3" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
-        <v>2288</v>
+        <v>2259</v>
       </c>
       <c r="B3" t="s">
-        <v>113</v>
+        <v>84</v>
       </c>
       <c r="D3" t="s">
-        <v>2290</v>
+        <v>2261</v>
       </c>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A4" t="s">
-        <v>2289</v>
+        <v>2260</v>
       </c>
       <c r="B4" t="s">
-        <v>117</v>
+        <v>88</v>
       </c>
       <c r="D4" t="s">
-        <v>2291</v>
+        <v>2262</v>
       </c>
     </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B5" t="s">
-        <v>2292</v>
+        <v>2263</v>
       </c>
       <c r="D5" t="s">
-        <v>2293</v>
+        <v>2264</v>
       </c>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B6" t="s">
-        <v>2294</v>
+        <v>2265</v>
       </c>
       <c r="D6" t="s">
-        <v>2295</v>
+        <v>2266</v>
       </c>
     </row>
     <row r="7" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B7" t="s">
-        <v>1282</v>
+        <v>1253</v>
       </c>
       <c r="D7" t="s">
-        <v>2296</v>
+        <v>2267</v>
       </c>
     </row>
     <row r="8" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B8" t="s">
-        <v>119</v>
+        <v>90</v>
       </c>
       <c r="D8" t="s">
-        <v>2297</v>
+        <v>2268</v>
       </c>
     </row>
     <row r="9" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B9" t="s">
-        <v>121</v>
+        <v>92</v>
       </c>
       <c r="D9" t="s">
-        <v>2298</v>
+        <v>2269</v>
       </c>
     </row>
     <row r="10" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B10" t="s">
-        <v>2299</v>
+        <v>2270</v>
       </c>
       <c r="D10" t="s">
-        <v>2300</v>
+        <v>2271</v>
       </c>
     </row>
     <row r="11" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B11" t="s">
-        <v>2301</v>
+        <v>2272</v>
       </c>
       <c r="D11" t="s">
-        <v>2302</v>
+        <v>2273</v>
       </c>
     </row>
     <row r="12" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B12" t="s">
-        <v>2303</v>
+        <v>2274</v>
       </c>
       <c r="C12" t="s">
-        <v>677</v>
+        <v>648</v>
       </c>
       <c r="D12" t="s">
-        <v>2304</v>
+        <v>2275</v>
       </c>
     </row>
     <row r="13" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B13" t="s">
-        <v>2305</v>
+        <v>2276</v>
       </c>
       <c r="C13" t="s">
-        <v>680</v>
+        <v>651</v>
       </c>
       <c r="D13" t="s">
-        <v>2306</v>
+        <v>2277</v>
       </c>
     </row>
     <row r="14" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B14" t="s">
-        <v>2307</v>
+        <v>2278</v>
       </c>
       <c r="C14" t="s">
-        <v>683</v>
+        <v>654</v>
       </c>
       <c r="D14" t="s">
-        <v>2308</v>
+        <v>2279</v>
       </c>
     </row>
     <row r="15" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B15" t="s">
-        <v>2309</v>
+        <v>2280</v>
       </c>
       <c r="C15" t="s">
-        <v>686</v>
+        <v>657</v>
       </c>
       <c r="D15" t="s">
-        <v>2310</v>
+        <v>2281</v>
       </c>
     </row>
     <row r="16" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B16" t="s">
-        <v>2311</v>
+        <v>2282</v>
       </c>
       <c r="C16" t="s">
-        <v>689</v>
+        <v>660</v>
       </c>
       <c r="D16" t="s">
-        <v>2312</v>
+        <v>2283</v>
       </c>
     </row>
     <row r="17" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B17" t="s">
-        <v>2313</v>
+        <v>2284</v>
       </c>
       <c r="C17" t="s">
-        <v>692</v>
+        <v>663</v>
       </c>
       <c r="D17" t="s">
-        <v>2314</v>
+        <v>2285</v>
       </c>
     </row>
     <row r="18" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B18" t="s">
-        <v>2315</v>
+        <v>2286</v>
       </c>
       <c r="C18" t="s">
-        <v>695</v>
+        <v>666</v>
       </c>
       <c r="D18" t="s">
-        <v>2316</v>
+        <v>2287</v>
       </c>
     </row>
     <row r="19" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B19" t="s">
-        <v>2317</v>
+        <v>2288</v>
       </c>
       <c r="C19" t="s">
-        <v>700</v>
+        <v>671</v>
       </c>
       <c r="D19" t="s">
-        <v>2318</v>
+        <v>2289</v>
       </c>
     </row>
     <row r="20" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B20" t="s">
-        <v>2319</v>
+        <v>2290</v>
       </c>
       <c r="C20" t="s">
-        <v>703</v>
+        <v>674</v>
       </c>
       <c r="D20" t="s">
-        <v>2320</v>
+        <v>2291</v>
       </c>
     </row>
     <row r="21" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B21" t="s">
-        <v>2321</v>
+        <v>2292</v>
       </c>
       <c r="C21" t="s">
-        <v>706</v>
+        <v>677</v>
       </c>
       <c r="D21" t="s">
-        <v>2322</v>
+        <v>2293</v>
       </c>
     </row>
     <row r="22" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B22" t="s">
-        <v>2323</v>
+        <v>2294</v>
       </c>
       <c r="C22" t="s">
-        <v>709</v>
+        <v>680</v>
       </c>
       <c r="D22" t="s">
-        <v>2324</v>
+        <v>2295</v>
       </c>
     </row>
     <row r="23" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B23" t="s">
-        <v>2325</v>
+        <v>2296</v>
       </c>
       <c r="C23" t="s">
-        <v>712</v>
+        <v>683</v>
       </c>
       <c r="D23" t="s">
-        <v>2326</v>
+        <v>2297</v>
       </c>
     </row>
     <row r="24" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B24" t="s">
-        <v>1651</v>
+        <v>1622</v>
       </c>
       <c r="C24" t="s">
-        <v>715</v>
+        <v>686</v>
       </c>
       <c r="D24" t="s">
-        <v>2327</v>
+        <v>2298</v>
       </c>
     </row>
     <row r="25" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B25" t="s">
-        <v>2328</v>
+        <v>2299</v>
       </c>
       <c r="D25" t="s">
-        <v>2329</v>
+        <v>2300</v>
       </c>
     </row>
     <row r="26" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B26" t="s">
-        <v>2330</v>
+        <v>2301</v>
       </c>
       <c r="C26" t="s">
-        <v>718</v>
+        <v>689</v>
       </c>
       <c r="D26" t="s">
-        <v>2331</v>
+        <v>2302</v>
       </c>
     </row>
     <row r="27" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B27" t="s">
-        <v>2332</v>
+        <v>2303</v>
       </c>
       <c r="C27" t="s">
-        <v>721</v>
+        <v>692</v>
       </c>
       <c r="D27" t="s">
-        <v>2333</v>
+        <v>2304</v>
       </c>
     </row>
     <row r="28" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B28" t="s">
-        <v>1347</v>
+        <v>1318</v>
       </c>
       <c r="C28" t="s">
-        <v>724</v>
+        <v>695</v>
       </c>
       <c r="D28" t="s">
-        <v>2334</v>
+        <v>2305</v>
       </c>
     </row>
     <row r="29" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B29" t="s">
-        <v>2335</v>
+        <v>2306</v>
       </c>
       <c r="C29" t="s">
-        <v>727</v>
+        <v>698</v>
       </c>
       <c r="D29" t="s">
-        <v>2336</v>
+        <v>2307</v>
       </c>
     </row>
     <row r="30" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B30" t="s">
-        <v>2337</v>
+        <v>2308</v>
       </c>
       <c r="C30" t="s">
-        <v>732</v>
+        <v>703</v>
       </c>
       <c r="D30" t="s">
-        <v>2338</v>
+        <v>2309</v>
       </c>
     </row>
     <row r="31" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B31" t="s">
-        <v>2339</v>
+        <v>2310</v>
       </c>
       <c r="C31" t="s">
-        <v>735</v>
+        <v>706</v>
       </c>
       <c r="D31" t="s">
-        <v>2340</v>
+        <v>2311</v>
       </c>
     </row>
     <row r="32" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B32" t="s">
-        <v>2341</v>
+        <v>2312</v>
       </c>
       <c r="C32" t="s">
-        <v>738</v>
+        <v>709</v>
       </c>
       <c r="D32" t="s">
-        <v>2342</v>
+        <v>2313</v>
       </c>
     </row>
     <row r="33" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B33" t="s">
-        <v>2343</v>
+        <v>2314</v>
       </c>
       <c r="C33" t="s">
-        <v>741</v>
+        <v>712</v>
       </c>
       <c r="D33" t="s">
-        <v>2344</v>
+        <v>2315</v>
       </c>
     </row>
     <row r="34" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B34" t="s">
-        <v>1341</v>
+        <v>1312</v>
       </c>
       <c r="C34" t="s">
-        <v>744</v>
+        <v>715</v>
       </c>
       <c r="D34" t="s">
-        <v>2345</v>
+        <v>2316</v>
       </c>
     </row>
     <row r="35" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B35" t="s">
-        <v>2346</v>
+        <v>2317</v>
       </c>
       <c r="C35" t="s">
-        <v>747</v>
+        <v>718</v>
       </c>
       <c r="D35" t="s">
-        <v>2347</v>
+        <v>2318</v>
       </c>
     </row>
     <row r="36" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B36" t="s">
-        <v>2348</v>
+        <v>2319</v>
       </c>
       <c r="C36" t="s">
-        <v>752</v>
+        <v>723</v>
       </c>
       <c r="D36" t="s">
-        <v>2349</v>
+        <v>2320</v>
       </c>
     </row>
     <row r="37" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B37" t="s">
-        <v>2350</v>
+        <v>2321</v>
       </c>
       <c r="C37" t="s">
-        <v>755</v>
+        <v>726</v>
       </c>
       <c r="D37" t="s">
-        <v>2351</v>
+        <v>2322</v>
       </c>
     </row>
     <row r="38" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B38" t="s">
-        <v>2352</v>
+        <v>2323</v>
       </c>
       <c r="C38" t="s">
-        <v>758</v>
+        <v>729</v>
       </c>
       <c r="D38" t="s">
-        <v>2353</v>
+        <v>2324</v>
       </c>
     </row>
     <row r="39" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B39" t="s">
-        <v>2354</v>
+        <v>2325</v>
       </c>
       <c r="C39" t="s">
-        <v>1102</v>
+        <v>1073</v>
       </c>
       <c r="D39" t="s">
-        <v>2355</v>
+        <v>2326</v>
       </c>
     </row>
     <row r="40" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B40" t="s">
-        <v>2356</v>
+        <v>2327</v>
       </c>
       <c r="C40" t="s">
-        <v>1107</v>
+        <v>1078</v>
       </c>
       <c r="D40" t="s">
-        <v>2357</v>
+        <v>2328</v>
       </c>
     </row>
     <row r="41" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B41" t="s">
-        <v>2358</v>
+        <v>2329</v>
       </c>
       <c r="C41" t="s">
-        <v>1110</v>
+        <v>1081</v>
       </c>
       <c r="D41" t="s">
-        <v>2359</v>
+        <v>2330</v>
       </c>
     </row>
     <row r="42" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B42" t="s">
-        <v>2360</v>
+        <v>2331</v>
       </c>
       <c r="C42" t="s">
-        <v>1113</v>
+        <v>1084</v>
       </c>
       <c r="D42" t="s">
-        <v>2361</v>
+        <v>2332</v>
       </c>
     </row>
     <row r="43" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B43" t="s">
-        <v>2362</v>
+        <v>2333</v>
       </c>
       <c r="D43" t="s">
-        <v>2363</v>
+        <v>2334</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0C00-000000000000}">
   <dimension ref="A1:D57"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>107</v>
+        <v>78</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>108</v>
+        <v>79</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>109</v>
+        <v>80</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
-        <v>51</v>
+        <v>38</v>
       </c>
       <c r="B2" t="s">
-        <v>52</v>
+        <v>39</v>
       </c>
       <c r="D2" t="s">
-        <v>54</v>
+        <v>40</v>
       </c>
     </row>
     <row r="3" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
-        <v>2364</v>
+        <v>2335</v>
       </c>
       <c r="B3" t="s">
-        <v>113</v>
+        <v>84</v>
       </c>
       <c r="D3" t="s">
-        <v>2365</v>
+        <v>2336</v>
       </c>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B4" t="s">
-        <v>113</v>
+        <v>84</v>
       </c>
       <c r="D4" t="s">
-        <v>2366</v>
+        <v>2337</v>
       </c>
     </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B5" t="s">
-        <v>117</v>
+        <v>88</v>
       </c>
       <c r="D5" t="s">
-        <v>2367</v>
+        <v>2338</v>
       </c>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B6" t="s">
-        <v>1282</v>
+        <v>1253</v>
       </c>
       <c r="D6" t="s">
-        <v>2368</v>
+        <v>2339</v>
       </c>
     </row>
     <row r="7" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B7" t="s">
-        <v>496</v>
+        <v>467</v>
       </c>
       <c r="D7" t="s">
-        <v>2369</v>
+        <v>2340</v>
       </c>
     </row>
     <row r="8" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B8" t="s">
-        <v>119</v>
+        <v>90</v>
       </c>
       <c r="D8" t="s">
-        <v>2370</v>
+        <v>2341</v>
       </c>
     </row>
     <row r="9" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B9" t="s">
-        <v>2371</v>
+        <v>2342</v>
       </c>
       <c r="D9" t="s">
-        <v>2372</v>
+        <v>2343</v>
       </c>
     </row>
     <row r="10" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B10" t="s">
-        <v>2373</v>
+        <v>2344</v>
       </c>
       <c r="C10" t="s">
-        <v>677</v>
+        <v>648</v>
       </c>
       <c r="D10" t="s">
-        <v>2374</v>
+        <v>2345</v>
       </c>
     </row>
     <row r="11" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B11" t="s">
-        <v>2375</v>
+        <v>2346</v>
       </c>
       <c r="C11" t="s">
-        <v>680</v>
+        <v>651</v>
       </c>
       <c r="D11" t="s">
-        <v>2376</v>
+        <v>2347</v>
       </c>
     </row>
     <row r="12" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B12" t="s">
-        <v>2377</v>
+        <v>2348</v>
       </c>
       <c r="C12" t="s">
-        <v>683</v>
+        <v>654</v>
       </c>
       <c r="D12" t="s">
-        <v>2378</v>
+        <v>2349</v>
       </c>
     </row>
     <row r="13" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B13" t="s">
-        <v>2379</v>
+        <v>2350</v>
       </c>
       <c r="C13" t="s">
-        <v>686</v>
+        <v>657</v>
       </c>
       <c r="D13" t="s">
-        <v>2380</v>
+        <v>2351</v>
       </c>
     </row>
     <row r="14" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B14" t="s">
-        <v>2381</v>
+        <v>2352</v>
       </c>
       <c r="C14" t="s">
-        <v>689</v>
+        <v>660</v>
       </c>
       <c r="D14" t="s">
-        <v>2382</v>
+        <v>2353</v>
       </c>
     </row>
     <row r="15" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B15" t="s">
-        <v>2383</v>
+        <v>2354</v>
       </c>
       <c r="C15" t="s">
-        <v>692</v>
+        <v>663</v>
       </c>
       <c r="D15" t="s">
-        <v>2384</v>
+        <v>2355</v>
       </c>
     </row>
     <row r="16" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B16" t="s">
-        <v>2385</v>
+        <v>2356</v>
       </c>
       <c r="D16" t="s">
-        <v>2386</v>
+        <v>2357</v>
       </c>
     </row>
     <row r="17" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B17" t="s">
-        <v>2387</v>
+        <v>2358</v>
       </c>
       <c r="C17" t="s">
-        <v>695</v>
+        <v>666</v>
       </c>
       <c r="D17" t="s">
-        <v>2388</v>
+        <v>2359</v>
       </c>
     </row>
     <row r="18" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B18" t="s">
-        <v>2389</v>
+        <v>2360</v>
       </c>
       <c r="C18" t="s">
-        <v>700</v>
+        <v>671</v>
       </c>
       <c r="D18" t="s">
-        <v>2390</v>
+        <v>2361</v>
       </c>
     </row>
     <row r="19" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B19" t="s">
-        <v>2391</v>
+        <v>2362</v>
       </c>
       <c r="C19" t="s">
-        <v>703</v>
+        <v>674</v>
       </c>
       <c r="D19" t="s">
-        <v>2392</v>
+        <v>2363</v>
       </c>
     </row>
     <row r="20" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B20" t="s">
-        <v>2393</v>
+        <v>2364</v>
       </c>
       <c r="C20" t="s">
-        <v>706</v>
+        <v>677</v>
       </c>
       <c r="D20" t="s">
-        <v>2394</v>
+        <v>2365</v>
       </c>
     </row>
     <row r="21" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B21" t="s">
-        <v>2395</v>
+        <v>2366</v>
       </c>
       <c r="C21" t="s">
-        <v>709</v>
+        <v>680</v>
       </c>
       <c r="D21" t="s">
-        <v>2396</v>
+        <v>2367</v>
       </c>
     </row>
     <row r="22" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B22" t="s">
-        <v>2397</v>
+        <v>2368</v>
       </c>
       <c r="C22" t="s">
-        <v>712</v>
+        <v>683</v>
       </c>
       <c r="D22" t="s">
-        <v>2398</v>
+        <v>2369</v>
       </c>
     </row>
     <row r="23" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B23" t="s">
-        <v>2399</v>
+        <v>2370</v>
       </c>
       <c r="C23" t="s">
-        <v>715</v>
+        <v>686</v>
       </c>
       <c r="D23" t="s">
-        <v>2400</v>
+        <v>2371</v>
       </c>
     </row>
     <row r="24" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B24" t="s">
-        <v>2401</v>
+        <v>2372</v>
       </c>
       <c r="C24" t="s">
-        <v>718</v>
+        <v>689</v>
       </c>
       <c r="D24" t="s">
-        <v>2402</v>
+        <v>2373</v>
       </c>
     </row>
     <row r="25" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B25" t="s">
-        <v>2403</v>
+        <v>2374</v>
       </c>
       <c r="C25" t="s">
-        <v>721</v>
+        <v>692</v>
       </c>
       <c r="D25" t="s">
-        <v>2404</v>
+        <v>2375</v>
       </c>
     </row>
     <row r="26" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B26" t="s">
-        <v>2405</v>
+        <v>2376</v>
       </c>
       <c r="D26" t="s">
-        <v>2406</v>
+        <v>2377</v>
       </c>
     </row>
     <row r="27" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B27" t="s">
-        <v>2407</v>
+        <v>2378</v>
       </c>
       <c r="C27" t="s">
-        <v>724</v>
+        <v>695</v>
       </c>
       <c r="D27" t="s">
-        <v>2408</v>
+        <v>2379</v>
       </c>
     </row>
     <row r="28" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B28" t="s">
-        <v>2409</v>
+        <v>2380</v>
       </c>
       <c r="C28" t="s">
-        <v>727</v>
+        <v>698</v>
       </c>
       <c r="D28" t="s">
-        <v>2410</v>
+        <v>2381</v>
       </c>
     </row>
     <row r="29" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B29" t="s">
-        <v>2411</v>
+        <v>2382</v>
       </c>
       <c r="C29" t="s">
-        <v>732</v>
+        <v>703</v>
       </c>
       <c r="D29" t="s">
-        <v>2412</v>
+        <v>2383</v>
       </c>
     </row>
     <row r="30" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B30" t="s">
-        <v>2413</v>
+        <v>2384</v>
       </c>
       <c r="C30" t="s">
-        <v>735</v>
+        <v>706</v>
       </c>
       <c r="D30" t="s">
-        <v>2414</v>
+        <v>2385</v>
       </c>
     </row>
     <row r="31" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B31" t="s">
-        <v>2415</v>
+        <v>2386</v>
       </c>
       <c r="C31" t="s">
-        <v>738</v>
+        <v>709</v>
       </c>
       <c r="D31" t="s">
-        <v>2416</v>
+        <v>2387</v>
       </c>
     </row>
     <row r="32" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B32" t="s">
-        <v>2417</v>
+        <v>2388</v>
       </c>
       <c r="C32" t="s">
-        <v>741</v>
+        <v>712</v>
       </c>
       <c r="D32" t="s">
-        <v>2418</v>
+        <v>2389</v>
       </c>
     </row>
     <row r="33" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B33" t="s">
-        <v>2419</v>
+        <v>2390</v>
       </c>
       <c r="C33" t="s">
-        <v>744</v>
+        <v>715</v>
       </c>
       <c r="D33" t="s">
-        <v>2420</v>
+        <v>2391</v>
       </c>
     </row>
     <row r="34" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B34" t="s">
-        <v>2421</v>
+        <v>2392</v>
       </c>
       <c r="C34" t="s">
-        <v>747</v>
+        <v>718</v>
       </c>
       <c r="D34" t="s">
-        <v>2422</v>
+        <v>2393</v>
       </c>
     </row>
     <row r="35" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B35" t="s">
-        <v>2423</v>
+        <v>2394</v>
       </c>
       <c r="C35" t="s">
-        <v>752</v>
+        <v>723</v>
       </c>
       <c r="D35" t="s">
-        <v>2424</v>
+        <v>2395</v>
       </c>
     </row>
     <row r="36" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B36" t="s">
-        <v>2425</v>
+        <v>2396</v>
       </c>
       <c r="C36" t="s">
-        <v>755</v>
+        <v>726</v>
       </c>
       <c r="D36" t="s">
-        <v>2426</v>
+        <v>2397</v>
       </c>
     </row>
     <row r="37" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B37" t="s">
-        <v>2427</v>
+        <v>2398</v>
       </c>
       <c r="C37" t="s">
-        <v>758</v>
+        <v>729</v>
       </c>
       <c r="D37" t="s">
-        <v>2428</v>
+        <v>2399</v>
       </c>
     </row>
     <row r="38" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B38" t="s">
-        <v>2429</v>
+        <v>2400</v>
       </c>
       <c r="C38" t="s">
-        <v>1102</v>
+        <v>1073</v>
       </c>
       <c r="D38" t="s">
-        <v>2430</v>
+        <v>2401</v>
       </c>
     </row>
     <row r="39" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B39" t="s">
-        <v>2431</v>
+        <v>2402</v>
       </c>
       <c r="C39" t="s">
-        <v>1107</v>
+        <v>1078</v>
       </c>
       <c r="D39" t="s">
-        <v>2432</v>
+        <v>2403</v>
       </c>
     </row>
     <row r="40" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B40" t="s">
-        <v>2433</v>
+        <v>2404</v>
       </c>
       <c r="C40" t="s">
-        <v>1110</v>
+        <v>1081</v>
       </c>
       <c r="D40" t="s">
-        <v>2434</v>
+        <v>2405</v>
       </c>
     </row>
     <row r="41" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B41" t="s">
-        <v>2435</v>
+        <v>2406</v>
       </c>
       <c r="C41" t="s">
-        <v>1113</v>
+        <v>1084</v>
       </c>
       <c r="D41" t="s">
-        <v>2436</v>
+        <v>2407</v>
       </c>
     </row>
     <row r="42" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B42" t="s">
-        <v>2437</v>
+        <v>2408</v>
       </c>
       <c r="C42" t="s">
-        <v>1116</v>
+        <v>1087</v>
       </c>
       <c r="D42" t="s">
-        <v>2438</v>
+        <v>2409</v>
       </c>
     </row>
     <row r="43" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B43" t="s">
-        <v>2439</v>
+        <v>2410</v>
       </c>
       <c r="C43" t="s">
-        <v>1119</v>
+        <v>1090</v>
       </c>
       <c r="D43" t="s">
-        <v>2440</v>
+        <v>2411</v>
       </c>
     </row>
     <row r="44" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B44" t="s">
-        <v>2441</v>
+        <v>2412</v>
       </c>
       <c r="C44" t="s">
-        <v>1131</v>
+        <v>1102</v>
       </c>
       <c r="D44" t="s">
-        <v>2442</v>
+        <v>2413</v>
       </c>
     </row>
     <row r="45" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B45" t="s">
-        <v>2443</v>
+        <v>2414</v>
       </c>
       <c r="C45" t="s">
-        <v>1146</v>
+        <v>1117</v>
       </c>
       <c r="D45" t="s">
-        <v>2444</v>
+        <v>2415</v>
       </c>
     </row>
     <row r="46" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B46" t="s">
-        <v>2445</v>
+        <v>2416</v>
       </c>
       <c r="C46" t="s">
-        <v>1161</v>
+        <v>1132</v>
       </c>
       <c r="D46" t="s">
-        <v>2446</v>
+        <v>2417</v>
       </c>
     </row>
     <row r="47" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B47" t="s">
-        <v>2447</v>
+        <v>2418</v>
       </c>
       <c r="C47" t="s">
-        <v>1164</v>
+        <v>1135</v>
       </c>
       <c r="D47" t="s">
-        <v>2448</v>
+        <v>2419</v>
       </c>
     </row>
     <row r="48" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B48" t="s">
-        <v>2449</v>
+        <v>2420</v>
       </c>
       <c r="C48" t="s">
-        <v>1169</v>
+        <v>1140</v>
       </c>
       <c r="D48" t="s">
-        <v>2450</v>
+        <v>2421</v>
       </c>
     </row>
     <row r="49" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B49" t="s">
-        <v>2451</v>
+        <v>2422</v>
       </c>
       <c r="C49" t="s">
-        <v>1172</v>
+        <v>1143</v>
       </c>
       <c r="D49" t="s">
-        <v>2452</v>
+        <v>2423</v>
       </c>
     </row>
     <row r="50" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B50" t="s">
-        <v>2453</v>
+        <v>2424</v>
       </c>
       <c r="C50" t="s">
-        <v>1175</v>
+        <v>1146</v>
       </c>
       <c r="D50" t="s">
-        <v>2454</v>
+        <v>2425</v>
       </c>
     </row>
     <row r="51" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B51" t="s">
-        <v>2455</v>
+        <v>2426</v>
       </c>
       <c r="C51" t="s">
-        <v>1184</v>
+        <v>1155</v>
       </c>
       <c r="D51" t="s">
-        <v>2456</v>
+        <v>2427</v>
       </c>
     </row>
     <row r="52" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B52" t="s">
-        <v>2457</v>
+        <v>2428</v>
       </c>
       <c r="C52" t="s">
-        <v>1187</v>
+        <v>1158</v>
       </c>
       <c r="D52" t="s">
-        <v>2458</v>
+        <v>2429</v>
       </c>
     </row>
     <row r="53" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B53" t="s">
-        <v>2459</v>
+        <v>2430</v>
       </c>
       <c r="C53" t="s">
-        <v>1190</v>
+        <v>1161</v>
       </c>
       <c r="D53" t="s">
-        <v>2460</v>
+        <v>2431</v>
       </c>
     </row>
     <row r="54" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B54" t="s">
-        <v>2461</v>
+        <v>2432</v>
       </c>
       <c r="C54" t="s">
-        <v>1193</v>
+        <v>1164</v>
       </c>
       <c r="D54" t="s">
-        <v>2462</v>
+        <v>2433</v>
       </c>
     </row>
     <row r="55" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B55" t="s">
-        <v>2463</v>
+        <v>2434</v>
       </c>
       <c r="C55" t="s">
-        <v>1202</v>
+        <v>1173</v>
       </c>
       <c r="D55" t="s">
-        <v>2464</v>
+        <v>2435</v>
       </c>
     </row>
     <row r="56" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B56" t="s">
-        <v>2465</v>
+        <v>2436</v>
       </c>
       <c r="D56" t="s">
-        <v>2466</v>
+        <v>2437</v>
       </c>
     </row>
     <row r="57" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B57" t="s">
-        <v>2467</v>
+        <v>2438</v>
       </c>
       <c r="C57" t="s">
-        <v>1229</v>
+        <v>1200</v>
       </c>
       <c r="D57" t="s">
-        <v>2468</v>
+        <v>2439</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet14.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0D00-000000000000}">
   <dimension ref="A1:D29"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>107</v>
+        <v>78</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>108</v>
+        <v>79</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>109</v>
+        <v>80</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
-        <v>55</v>
+        <v>41</v>
       </c>
       <c r="B2" t="s">
-        <v>56</v>
+        <v>42</v>
       </c>
       <c r="D2" t="s">
-        <v>58</v>
+        <v>43</v>
       </c>
     </row>
     <row r="3" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
-        <v>2469</v>
+        <v>2440</v>
       </c>
       <c r="B3" t="s">
-        <v>113</v>
+        <v>84</v>
       </c>
       <c r="D3" t="s">
-        <v>2470</v>
+        <v>2441</v>
       </c>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A4" t="s">
-        <v>59</v>
+        <v>44</v>
       </c>
       <c r="B4" t="s">
-        <v>117</v>
+        <v>88</v>
       </c>
       <c r="D4" t="s">
-        <v>2471</v>
+        <v>2442</v>
       </c>
     </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B5" t="s">
-        <v>125</v>
+        <v>96</v>
       </c>
       <c r="D5" t="s">
-        <v>2472</v>
+        <v>2443</v>
       </c>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B6" t="s">
-        <v>119</v>
+        <v>90</v>
       </c>
       <c r="D6" t="s">
-        <v>2473</v>
+        <v>2444</v>
       </c>
     </row>
     <row r="7" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B7" t="s">
-        <v>121</v>
+        <v>92</v>
       </c>
       <c r="D7" t="s">
-        <v>2474</v>
+        <v>2445</v>
       </c>
     </row>
     <row r="8" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B8" t="s">
-        <v>2475</v>
+        <v>2446</v>
       </c>
       <c r="C8" t="s">
-        <v>769</v>
+        <v>740</v>
       </c>
       <c r="D8" t="s">
-        <v>2476</v>
+        <v>2447</v>
       </c>
     </row>
     <row r="9" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B9" t="s">
-        <v>2477</v>
+        <v>2448</v>
       </c>
       <c r="C9" t="s">
-        <v>772</v>
+        <v>743</v>
       </c>
       <c r="D9" t="s">
-        <v>2478</v>
+        <v>2449</v>
       </c>
     </row>
     <row r="10" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B10" t="s">
-        <v>2479</v>
+        <v>2450</v>
       </c>
       <c r="C10" t="s">
-        <v>775</v>
+        <v>746</v>
       </c>
       <c r="D10" t="s">
-        <v>2480</v>
+        <v>2451</v>
       </c>
     </row>
     <row r="11" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B11" t="s">
-        <v>2481</v>
+        <v>2452</v>
       </c>
       <c r="C11" t="s">
-        <v>778</v>
+        <v>749</v>
       </c>
       <c r="D11" t="s">
-        <v>2482</v>
+        <v>2453</v>
       </c>
     </row>
     <row r="12" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B12" t="s">
-        <v>2483</v>
+        <v>2454</v>
       </c>
       <c r="C12" t="s">
-        <v>781</v>
+        <v>752</v>
       </c>
       <c r="D12" t="s">
-        <v>2484</v>
+        <v>2455</v>
       </c>
     </row>
     <row r="13" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B13" t="s">
-        <v>2485</v>
+        <v>2456</v>
       </c>
       <c r="C13" t="s">
-        <v>784</v>
+        <v>755</v>
       </c>
       <c r="D13" t="s">
-        <v>2486</v>
+        <v>2457</v>
       </c>
     </row>
     <row r="14" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B14" t="s">
-        <v>1457</v>
+        <v>1428</v>
       </c>
       <c r="C14" t="s">
-        <v>787</v>
+        <v>758</v>
       </c>
       <c r="D14" t="s">
-        <v>2487</v>
+        <v>2458</v>
       </c>
     </row>
     <row r="15" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B15" t="s">
-        <v>1460</v>
+        <v>1431</v>
       </c>
       <c r="C15" t="s">
-        <v>790</v>
+        <v>761</v>
       </c>
       <c r="D15" t="s">
-        <v>2488</v>
+        <v>2459</v>
       </c>
     </row>
     <row r="16" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B16" t="s">
-        <v>2489</v>
+        <v>2460</v>
       </c>
       <c r="C16" t="s">
-        <v>793</v>
+        <v>764</v>
       </c>
       <c r="D16" t="s">
-        <v>2490</v>
+        <v>2461</v>
       </c>
     </row>
     <row r="17" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B17" t="s">
-        <v>2491</v>
+        <v>2462</v>
       </c>
       <c r="C17" t="s">
-        <v>796</v>
+        <v>767</v>
       </c>
       <c r="D17" t="s">
-        <v>2492</v>
+        <v>2463</v>
       </c>
     </row>
     <row r="18" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B18" t="s">
-        <v>2493</v>
+        <v>2464</v>
       </c>
       <c r="C18" t="s">
-        <v>799</v>
+        <v>770</v>
       </c>
       <c r="D18" t="s">
-        <v>2494</v>
+        <v>2465</v>
       </c>
     </row>
     <row r="19" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B19" t="s">
-        <v>2495</v>
+        <v>2466</v>
       </c>
       <c r="C19" t="s">
-        <v>802</v>
+        <v>773</v>
       </c>
       <c r="D19" t="s">
-        <v>2496</v>
+        <v>2467</v>
       </c>
     </row>
     <row r="20" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B20" t="s">
-        <v>2497</v>
+        <v>2468</v>
       </c>
       <c r="C20" t="s">
-        <v>805</v>
+        <v>776</v>
       </c>
       <c r="D20" t="s">
-        <v>2498</v>
+        <v>2469</v>
       </c>
     </row>
     <row r="21" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B21" t="s">
-        <v>2499</v>
+        <v>2470</v>
       </c>
       <c r="C21" t="s">
-        <v>808</v>
+        <v>779</v>
       </c>
       <c r="D21" t="s">
-        <v>2500</v>
+        <v>2471</v>
       </c>
     </row>
     <row r="22" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B22" t="s">
-        <v>2501</v>
+        <v>2472</v>
       </c>
       <c r="C22" t="s">
-        <v>811</v>
+        <v>782</v>
       </c>
       <c r="D22" t="s">
-        <v>2502</v>
+        <v>2473</v>
       </c>
     </row>
     <row r="23" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B23" t="s">
-        <v>2503</v>
+        <v>2474</v>
       </c>
       <c r="C23" t="s">
-        <v>814</v>
+        <v>785</v>
       </c>
       <c r="D23" t="s">
-        <v>2504</v>
+        <v>2475</v>
       </c>
     </row>
     <row r="24" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B24" t="s">
-        <v>2505</v>
+        <v>2476</v>
       </c>
       <c r="C24" t="s">
-        <v>817</v>
+        <v>788</v>
       </c>
       <c r="D24" t="s">
-        <v>2506</v>
+        <v>2477</v>
       </c>
     </row>
     <row r="25" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B25" t="s">
-        <v>2507</v>
+        <v>2478</v>
       </c>
       <c r="C25" t="s">
-        <v>820</v>
+        <v>791</v>
       </c>
       <c r="D25" t="s">
-        <v>2508</v>
+        <v>2479</v>
       </c>
     </row>
     <row r="26" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B26" t="s">
-        <v>2509</v>
+        <v>2480</v>
       </c>
       <c r="C26" t="s">
-        <v>823</v>
+        <v>794</v>
       </c>
       <c r="D26" t="s">
-        <v>2510</v>
+        <v>2481</v>
       </c>
     </row>
     <row r="27" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B27" t="s">
-        <v>2511</v>
+        <v>2482</v>
       </c>
       <c r="C27" t="s">
-        <v>828</v>
+        <v>799</v>
       </c>
       <c r="D27" t="s">
-        <v>2512</v>
+        <v>2483</v>
       </c>
     </row>
     <row r="28" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B28" t="s">
-        <v>2513</v>
+        <v>2484</v>
       </c>
       <c r="C28" t="s">
-        <v>831</v>
+        <v>802</v>
       </c>
       <c r="D28" t="s">
-        <v>2514</v>
+        <v>2485</v>
       </c>
     </row>
     <row r="29" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B29" t="s">
-        <v>2515</v>
+        <v>2486</v>
       </c>
       <c r="C29" t="s">
-        <v>834</v>
+        <v>805</v>
       </c>
       <c r="D29" t="s">
-        <v>2516</v>
+        <v>2487</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet15.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0E00-000000000000}">
   <dimension ref="A1:D137"/>
   <sheetViews>
     <sheetView topLeftCell="B1" workbookViewId="0">
       <selection sqref="A1:D1048576"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A1" s="7" t="s">
-[...2 lines deleted...]
-      <c r="B1" s="7" t="s">
+      <c r="A1" s="1" t="s">
+        <v>78</v>
+      </c>
+      <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
-      <c r="C1" s="7" t="s">
-[...3 lines deleted...]
-        <v>109</v>
+      <c r="C1" s="1" t="s">
+        <v>79</v>
+      </c>
+      <c r="D1" s="1" t="s">
+        <v>80</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A2" s="6" t="s">
+      <c r="A2" t="s">
+        <v>4159</v>
+      </c>
+      <c r="B2" t="s">
+        <v>4160</v>
+      </c>
+      <c r="D2" t="s">
+        <v>4161</v>
+      </c>
+    </row>
+    <row r="3" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A3" t="s">
+        <v>4162</v>
+      </c>
+      <c r="B3" t="s">
+        <v>84</v>
+      </c>
+      <c r="D3" t="s">
+        <v>4163</v>
+      </c>
+    </row>
+    <row r="4" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A4" t="s">
+        <v>4164</v>
+      </c>
+      <c r="B4" t="s">
+        <v>94</v>
+      </c>
+      <c r="D4" t="s">
+        <v>4165</v>
+      </c>
+    </row>
+    <row r="5" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A5" t="s">
+        <v>4166</v>
+      </c>
+      <c r="B5" t="s">
+        <v>86</v>
+      </c>
+      <c r="D5" t="s">
+        <v>4167</v>
+      </c>
+    </row>
+    <row r="6" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A6" t="s">
+        <v>44</v>
+      </c>
+      <c r="B6" t="s">
+        <v>88</v>
+      </c>
+      <c r="D6" t="s">
+        <v>4168</v>
+      </c>
+    </row>
+    <row r="7" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A7" t="s">
+        <v>4169</v>
+      </c>
+      <c r="B7" t="s">
+        <v>96</v>
+      </c>
+      <c r="D7" t="s">
+        <v>4170</v>
+      </c>
+    </row>
+    <row r="8" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A8" t="s">
+        <v>4171</v>
+      </c>
+      <c r="B8" t="s">
+        <v>4172</v>
+      </c>
+      <c r="D8" t="s">
+        <v>4173</v>
+      </c>
+    </row>
+    <row r="9" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A9" t="s">
+        <v>4174</v>
+      </c>
+      <c r="B9" t="s">
+        <v>4175</v>
+      </c>
+      <c r="D9" t="s">
+        <v>4176</v>
+      </c>
+    </row>
+    <row r="10" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A10" t="s">
+        <v>4177</v>
+      </c>
+      <c r="B10" t="s">
+        <v>4178</v>
+      </c>
+      <c r="D10" t="s">
+        <v>4179</v>
+      </c>
+    </row>
+    <row r="11" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B11" t="s">
+        <v>2488</v>
+      </c>
+      <c r="C11" t="s">
+        <v>4180</v>
+      </c>
+      <c r="D11" t="s">
+        <v>4181</v>
+      </c>
+    </row>
+    <row r="12" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B12" t="s">
+        <v>4182</v>
+      </c>
+      <c r="D12" t="s">
+        <v>4183</v>
+      </c>
+    </row>
+    <row r="13" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B13" t="s">
+        <v>2489</v>
+      </c>
+      <c r="C13" t="s">
+        <v>651</v>
+      </c>
+      <c r="D13" t="s">
+        <v>4184</v>
+      </c>
+    </row>
+    <row r="14" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B14" t="s">
+        <v>4185</v>
+      </c>
+      <c r="C14" t="s">
+        <v>4186</v>
+      </c>
+      <c r="D14" t="s">
+        <v>4187</v>
+      </c>
+    </row>
+    <row r="15" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B15" t="s">
+        <v>2490</v>
+      </c>
+      <c r="C15" t="s">
+        <v>4188</v>
+      </c>
+      <c r="D15" t="s">
+        <v>4189</v>
+      </c>
+    </row>
+    <row r="16" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B16" t="s">
+        <v>4190</v>
+      </c>
+      <c r="C16" t="s">
+        <v>4191</v>
+      </c>
+      <c r="D16" t="s">
+        <v>4192</v>
+      </c>
+    </row>
+    <row r="17" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B17" t="s">
+        <v>4193</v>
+      </c>
+      <c r="D17" t="s">
+        <v>4194</v>
+      </c>
+    </row>
+    <row r="18" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B18" t="s">
+        <v>2491</v>
+      </c>
+      <c r="C18" t="s">
+        <v>663</v>
+      </c>
+      <c r="D18" t="s">
+        <v>4195</v>
+      </c>
+    </row>
+    <row r="19" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B19" t="s">
+        <v>2495</v>
+      </c>
+      <c r="C19" t="s">
+        <v>4196</v>
+      </c>
+      <c r="D19" t="s">
+        <v>4197</v>
+      </c>
+    </row>
+    <row r="20" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B20" t="s">
+        <v>4198</v>
+      </c>
+      <c r="C20" t="s">
+        <v>4199</v>
+      </c>
+      <c r="D20" t="s">
+        <v>4200</v>
+      </c>
+    </row>
+    <row r="21" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B21" t="s">
+        <v>4201</v>
+      </c>
+      <c r="C21" t="s">
+        <v>4202</v>
+      </c>
+      <c r="D21" t="s">
+        <v>4203</v>
+      </c>
+    </row>
+    <row r="22" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B22" t="s">
+        <v>4204</v>
+      </c>
+      <c r="C22" t="s">
+        <v>4205</v>
+      </c>
+      <c r="D22" t="s">
+        <v>4206</v>
+      </c>
+    </row>
+    <row r="23" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B23" t="s">
+        <v>2492</v>
+      </c>
+      <c r="C23" t="s">
+        <v>4207</v>
+      </c>
+      <c r="D23" t="s">
+        <v>4208</v>
+      </c>
+    </row>
+    <row r="24" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B24" t="s">
+        <v>4209</v>
+      </c>
+      <c r="D24" t="s">
+        <v>4210</v>
+      </c>
+    </row>
+    <row r="25" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B25" t="s">
+        <v>4211</v>
+      </c>
+      <c r="C25" t="s">
+        <v>4212</v>
+      </c>
+      <c r="D25" t="s">
+        <v>4213</v>
+      </c>
+    </row>
+    <row r="26" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B26" t="s">
+        <v>4214</v>
+      </c>
+      <c r="C26" t="s">
+        <v>4215</v>
+      </c>
+      <c r="D26" t="s">
+        <v>4216</v>
+      </c>
+    </row>
+    <row r="27" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B27" t="s">
+        <v>2493</v>
+      </c>
+      <c r="C27" t="s">
+        <v>4217</v>
+      </c>
+      <c r="D27" t="s">
+        <v>4218</v>
+      </c>
+    </row>
+    <row r="28" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B28" t="s">
+        <v>4219</v>
+      </c>
+      <c r="C28" t="s">
+        <v>4220</v>
+      </c>
+      <c r="D28" t="s">
+        <v>4221</v>
+      </c>
+    </row>
+    <row r="29" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B29" t="s">
+        <v>4222</v>
+      </c>
+      <c r="C29" t="s">
+        <v>4223</v>
+      </c>
+      <c r="D29" t="s">
+        <v>4224</v>
+      </c>
+    </row>
+    <row r="30" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B30" t="s">
+        <v>4225</v>
+      </c>
+      <c r="C30" t="s">
+        <v>4226</v>
+      </c>
+      <c r="D30" t="s">
+        <v>4227</v>
+      </c>
+    </row>
+    <row r="31" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B31" t="s">
+        <v>4228</v>
+      </c>
+      <c r="C31" t="s">
+        <v>4229</v>
+      </c>
+      <c r="D31" t="s">
+        <v>4230</v>
+      </c>
+    </row>
+    <row r="32" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B32" t="s">
+        <v>2494</v>
+      </c>
+      <c r="C32" t="s">
+        <v>4231</v>
+      </c>
+      <c r="D32" t="s">
+        <v>4232</v>
+      </c>
+    </row>
+    <row r="33" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B33" t="s">
+        <v>4233</v>
+      </c>
+      <c r="C33" t="s">
+        <v>4234</v>
+      </c>
+      <c r="D33" t="s">
+        <v>4235</v>
+      </c>
+    </row>
+    <row r="34" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B34" t="s">
+        <v>4236</v>
+      </c>
+      <c r="C34" t="s">
+        <v>4237</v>
+      </c>
+      <c r="D34" t="s">
+        <v>4238</v>
+      </c>
+    </row>
+    <row r="35" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B35" t="s">
+        <v>2496</v>
+      </c>
+      <c r="C35" t="s">
+        <v>4239</v>
+      </c>
+      <c r="D35" t="s">
+        <v>4240</v>
+      </c>
+    </row>
+    <row r="36" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B36" t="s">
+        <v>4241</v>
+      </c>
+      <c r="C36" t="s">
+        <v>4242</v>
+      </c>
+      <c r="D36" t="s">
+        <v>4243</v>
+      </c>
+    </row>
+    <row r="37" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B37" t="s">
+        <v>4244</v>
+      </c>
+      <c r="C37" t="s">
+        <v>4245</v>
+      </c>
+      <c r="D37" t="s">
+        <v>4246</v>
+      </c>
+    </row>
+    <row r="38" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B38" t="s">
+        <v>4247</v>
+      </c>
+      <c r="C38" t="s">
+        <v>4248</v>
+      </c>
+      <c r="D38" t="s">
+        <v>4249</v>
+      </c>
+    </row>
+    <row r="39" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B39" t="s">
+        <v>2497</v>
+      </c>
+      <c r="C39" t="s">
+        <v>4250</v>
+      </c>
+      <c r="D39" t="s">
+        <v>4251</v>
+      </c>
+    </row>
+    <row r="40" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B40" t="s">
+        <v>4252</v>
+      </c>
+      <c r="C40" t="s">
+        <v>4253</v>
+      </c>
+      <c r="D40" t="s">
+        <v>4254</v>
+      </c>
+    </row>
+    <row r="41" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B41" t="s">
+        <v>2498</v>
+      </c>
+      <c r="C41" t="s">
+        <v>4255</v>
+      </c>
+      <c r="D41" t="s">
+        <v>4256</v>
+      </c>
+    </row>
+    <row r="42" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B42" t="s">
+        <v>2500</v>
+      </c>
+      <c r="C42" t="s">
+        <v>4257</v>
+      </c>
+      <c r="D42" t="s">
+        <v>4258</v>
+      </c>
+    </row>
+    <row r="43" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B43" t="s">
+        <v>2501</v>
+      </c>
+      <c r="C43" t="s">
+        <v>4259</v>
+      </c>
+      <c r="D43" t="s">
+        <v>4260</v>
+      </c>
+    </row>
+    <row r="44" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B44" t="s">
+        <v>2502</v>
+      </c>
+      <c r="C44" t="s">
+        <v>4261</v>
+      </c>
+      <c r="D44" t="s">
+        <v>4262</v>
+      </c>
+    </row>
+    <row r="45" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B45" t="s">
+        <v>4263</v>
+      </c>
+      <c r="C45" t="s">
+        <v>4264</v>
+      </c>
+      <c r="D45" t="s">
+        <v>4265</v>
+      </c>
+    </row>
+    <row r="46" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B46" t="s">
+        <v>4266</v>
+      </c>
+      <c r="D46" t="s">
+        <v>4267</v>
+      </c>
+    </row>
+    <row r="47" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B47" t="s">
+        <v>2544</v>
+      </c>
+      <c r="C47" t="s">
+        <v>4268</v>
+      </c>
+      <c r="D47" t="s">
+        <v>4269</v>
+      </c>
+    </row>
+    <row r="48" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B48" t="s">
+        <v>2499</v>
+      </c>
+      <c r="C48" t="s">
+        <v>4270</v>
+      </c>
+      <c r="D48" t="s">
         <v>4271</v>
       </c>
-      <c r="B2" s="6" t="s">
+    </row>
+    <row r="49" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B49" t="s">
         <v>4272</v>
       </c>
-      <c r="C2" s="6"/>
-      <c r="D2" s="6" t="s">
+      <c r="C49" t="s">
+        <v>4273</v>
+      </c>
+      <c r="D49" t="s">
         <v>4274</v>
       </c>
     </row>
-    <row r="3" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A3" s="6" t="s">
+    <row r="50" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B50" t="s">
+        <v>2545</v>
+      </c>
+      <c r="C50" t="s">
         <v>4275</v>
       </c>
-      <c r="B3" s="6" t="s">
-[...3 lines deleted...]
-      <c r="D3" s="6" t="s">
+      <c r="D50" t="s">
         <v>4276</v>
       </c>
     </row>
-    <row r="4" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A4" s="6" t="s">
+    <row r="51" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B51" t="s">
+        <v>2546</v>
+      </c>
+      <c r="C51" t="s">
         <v>4277</v>
       </c>
-      <c r="B4" s="6" t="s">
-[...3 lines deleted...]
-      <c r="D4" s="6" t="s">
+      <c r="D51" t="s">
         <v>4278</v>
       </c>
     </row>
-    <row r="5" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A5" s="6" t="s">
+    <row r="52" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B52" t="s">
         <v>4279</v>
       </c>
-      <c r="B5" s="6" t="s">
-[...3 lines deleted...]
-      <c r="D5" s="6" t="s">
+      <c r="C52" t="s">
         <v>4280</v>
       </c>
-    </row>
-[...8 lines deleted...]
-      <c r="D6" s="6" t="s">
+      <c r="D52" t="s">
         <v>4281</v>
       </c>
     </row>
-    <row r="7" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A7" s="6" t="s">
+    <row r="53" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B53" t="s">
         <v>4282</v>
       </c>
-      <c r="B7" s="6" t="s">
-[...3 lines deleted...]
-      <c r="D7" s="6" t="s">
+      <c r="D53" t="s">
         <v>4283</v>
       </c>
     </row>
-    <row r="8" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A8" s="6" t="s">
+    <row r="54" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B54" t="s">
         <v>4284</v>
       </c>
-      <c r="B8" s="6" t="s">
+      <c r="D54" t="s">
         <v>4285</v>
       </c>
-      <c r="C8" s="6"/>
-      <c r="D8" s="6" t="s">
+    </row>
+    <row r="55" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B55" t="s">
+        <v>2434</v>
+      </c>
+      <c r="C55" t="s">
+        <v>1146</v>
+      </c>
+      <c r="D55" t="s">
         <v>4286</v>
       </c>
     </row>
-    <row r="9" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A9" s="6" t="s">
+    <row r="56" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B56" t="s">
         <v>4287</v>
       </c>
-      <c r="B9" s="6" t="s">
+      <c r="D56" t="s">
         <v>4288</v>
       </c>
-      <c r="C9" s="6"/>
-      <c r="D9" s="6" t="s">
+    </row>
+    <row r="57" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B57" t="s">
+        <v>2503</v>
+      </c>
+      <c r="C57" t="s">
+        <v>1155</v>
+      </c>
+      <c r="D57" t="s">
         <v>4289</v>
       </c>
     </row>
-    <row r="10" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A10" s="6" t="s">
+    <row r="58" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B58" t="s">
         <v>4290</v>
       </c>
-      <c r="B10" s="6" t="s">
+      <c r="C58" t="s">
         <v>4291</v>
       </c>
-      <c r="C10" s="6"/>
-      <c r="D10" s="6" t="s">
+      <c r="D58" t="s">
         <v>4292</v>
       </c>
     </row>
-    <row r="11" spans="1:4" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="B11" s="6" t="s">
+    <row r="59" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B59" t="s">
+        <v>4293</v>
+      </c>
+      <c r="C59" t="s">
+        <v>4294</v>
+      </c>
+      <c r="D59" t="s">
+        <v>4295</v>
+      </c>
+    </row>
+    <row r="60" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B60" t="s">
+        <v>4296</v>
+      </c>
+      <c r="C60" t="s">
+        <v>4297</v>
+      </c>
+      <c r="D60" t="s">
+        <v>4298</v>
+      </c>
+    </row>
+    <row r="61" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B61" t="s">
+        <v>4299</v>
+      </c>
+      <c r="D61" t="s">
+        <v>4300</v>
+      </c>
+    </row>
+    <row r="62" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B62" t="s">
+        <v>4301</v>
+      </c>
+      <c r="C62" t="s">
+        <v>1173</v>
+      </c>
+      <c r="D62" t="s">
+        <v>4302</v>
+      </c>
+    </row>
+    <row r="63" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B63" t="s">
+        <v>2504</v>
+      </c>
+      <c r="C63" t="s">
+        <v>4303</v>
+      </c>
+      <c r="D63" t="s">
+        <v>4304</v>
+      </c>
+    </row>
+    <row r="64" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B64" t="s">
+        <v>2505</v>
+      </c>
+      <c r="C64" t="s">
+        <v>4305</v>
+      </c>
+      <c r="D64" t="s">
+        <v>4306</v>
+      </c>
+    </row>
+    <row r="65" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B65" t="s">
+        <v>2506</v>
+      </c>
+      <c r="C65" t="s">
+        <v>4307</v>
+      </c>
+      <c r="D65" t="s">
+        <v>4308</v>
+      </c>
+    </row>
+    <row r="66" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B66" t="s">
+        <v>2507</v>
+      </c>
+      <c r="C66" t="s">
+        <v>4309</v>
+      </c>
+      <c r="D66" t="s">
+        <v>4310</v>
+      </c>
+    </row>
+    <row r="67" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B67" t="s">
+        <v>2508</v>
+      </c>
+      <c r="C67" t="s">
+        <v>4311</v>
+      </c>
+      <c r="D67" t="s">
+        <v>4312</v>
+      </c>
+    </row>
+    <row r="68" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B68" t="s">
+        <v>2509</v>
+      </c>
+      <c r="C68" t="s">
+        <v>4313</v>
+      </c>
+      <c r="D68" t="s">
+        <v>4314</v>
+      </c>
+    </row>
+    <row r="69" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B69" t="s">
+        <v>526</v>
+      </c>
+      <c r="C69" t="s">
+        <v>4315</v>
+      </c>
+      <c r="D69" t="s">
+        <v>4316</v>
+      </c>
+    </row>
+    <row r="70" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B70" t="s">
+        <v>2510</v>
+      </c>
+      <c r="C70" t="s">
+        <v>4317</v>
+      </c>
+      <c r="D70" t="s">
+        <v>4318</v>
+      </c>
+    </row>
+    <row r="71" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B71" t="s">
+        <v>2511</v>
+      </c>
+      <c r="C71" t="s">
+        <v>4319</v>
+      </c>
+      <c r="D71" t="s">
+        <v>4320</v>
+      </c>
+    </row>
+    <row r="72" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B72" t="s">
+        <v>2512</v>
+      </c>
+      <c r="C72" t="s">
+        <v>4321</v>
+      </c>
+      <c r="D72" t="s">
+        <v>4322</v>
+      </c>
+    </row>
+    <row r="73" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B73" t="s">
+        <v>4323</v>
+      </c>
+      <c r="C73" t="s">
+        <v>4324</v>
+      </c>
+      <c r="D73" t="s">
+        <v>4325</v>
+      </c>
+    </row>
+    <row r="74" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B74" t="s">
+        <v>2513</v>
+      </c>
+      <c r="C74" t="s">
+        <v>4326</v>
+      </c>
+      <c r="D74" t="s">
+        <v>4327</v>
+      </c>
+    </row>
+    <row r="75" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B75" t="s">
+        <v>4328</v>
+      </c>
+      <c r="D75" t="s">
+        <v>4329</v>
+      </c>
+    </row>
+    <row r="76" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B76" t="s">
+        <v>2514</v>
+      </c>
+      <c r="C76" t="s">
+        <v>1392</v>
+      </c>
+      <c r="D76" t="s">
+        <v>4330</v>
+      </c>
+    </row>
+    <row r="77" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B77" t="s">
+        <v>2515</v>
+      </c>
+      <c r="C77" t="s">
+        <v>4331</v>
+      </c>
+      <c r="D77" t="s">
+        <v>4332</v>
+      </c>
+    </row>
+    <row r="78" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B78" t="s">
+        <v>2516</v>
+      </c>
+      <c r="C78" t="s">
+        <v>4333</v>
+      </c>
+      <c r="D78" t="s">
+        <v>4334</v>
+      </c>
+    </row>
+    <row r="79" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B79" t="s">
         <v>2517</v>
       </c>
-      <c r="C11" s="6" t="s">
-[...18 lines deleted...]
-      <c r="B13" s="6" t="s">
+      <c r="C79" t="s">
+        <v>4335</v>
+      </c>
+      <c r="D79" t="s">
+        <v>4336</v>
+      </c>
+    </row>
+    <row r="80" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B80" t="s">
+        <v>4337</v>
+      </c>
+      <c r="D80" t="s">
+        <v>4338</v>
+      </c>
+    </row>
+    <row r="81" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B81" t="s">
+        <v>4339</v>
+      </c>
+      <c r="C81" t="s">
+        <v>1406</v>
+      </c>
+      <c r="D81" t="s">
+        <v>4340</v>
+      </c>
+    </row>
+    <row r="82" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B82" t="s">
         <v>2518</v>
       </c>
-      <c r="C13" s="6" t="s">
-[...20 lines deleted...]
-      <c r="B15" s="6" t="s">
+      <c r="C82" t="s">
+        <v>4341</v>
+      </c>
+      <c r="D82" t="s">
+        <v>4342</v>
+      </c>
+    </row>
+    <row r="83" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B83" t="s">
+        <v>4343</v>
+      </c>
+      <c r="C83" t="s">
+        <v>4344</v>
+      </c>
+      <c r="D83" t="s">
+        <v>4345</v>
+      </c>
+    </row>
+    <row r="84" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B84" t="s">
+        <v>4346</v>
+      </c>
+      <c r="D84" t="s">
+        <v>4347</v>
+      </c>
+    </row>
+    <row r="85" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B85" t="s">
         <v>2519</v>
       </c>
-      <c r="C15" s="6" t="s">
-[...28 lines deleted...]
-      <c r="B18" s="6" t="s">
+      <c r="C85" t="s">
+        <v>1419</v>
+      </c>
+      <c r="D85" t="s">
+        <v>4348</v>
+      </c>
+    </row>
+    <row r="86" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B86" t="s">
         <v>2520</v>
       </c>
-      <c r="C18" s="6" t="s">
-[...7 lines deleted...]
-      <c r="B19" s="6" t="s">
+      <c r="C86" t="s">
+        <v>4349</v>
+      </c>
+      <c r="D86" t="s">
+        <v>4350</v>
+      </c>
+    </row>
+    <row r="87" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B87" t="s">
+        <v>2521</v>
+      </c>
+      <c r="C87" t="s">
+        <v>4351</v>
+      </c>
+      <c r="D87" t="s">
+        <v>4352</v>
+      </c>
+    </row>
+    <row r="88" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B88" t="s">
+        <v>2522</v>
+      </c>
+      <c r="C88" t="s">
+        <v>4353</v>
+      </c>
+      <c r="D88" t="s">
+        <v>4354</v>
+      </c>
+    </row>
+    <row r="89" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B89" t="s">
+        <v>2523</v>
+      </c>
+      <c r="C89" t="s">
+        <v>4355</v>
+      </c>
+      <c r="D89" t="s">
+        <v>4356</v>
+      </c>
+    </row>
+    <row r="90" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B90" t="s">
+        <v>4357</v>
+      </c>
+      <c r="D90" t="s">
+        <v>4358</v>
+      </c>
+    </row>
+    <row r="91" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B91" t="s">
         <v>2524</v>
       </c>
-      <c r="C19" s="6" t="s">
-[...170 lines deleted...]
-      <c r="B35" s="6" t="s">
+      <c r="C91" t="s">
+        <v>1438</v>
+      </c>
+      <c r="D91" t="s">
+        <v>4359</v>
+      </c>
+    </row>
+    <row r="92" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B92" t="s">
+        <v>4360</v>
+      </c>
+      <c r="C92" t="s">
+        <v>4361</v>
+      </c>
+      <c r="D92" t="s">
+        <v>4362</v>
+      </c>
+    </row>
+    <row r="93" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B93" t="s">
         <v>2525</v>
       </c>
-      <c r="C35" s="6" t="s">
-[...40 lines deleted...]
-      <c r="B39" s="6" t="s">
+      <c r="C93" t="s">
+        <v>4363</v>
+      </c>
+      <c r="D93" t="s">
+        <v>4364</v>
+      </c>
+    </row>
+    <row r="94" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B94" t="s">
+        <v>4365</v>
+      </c>
+      <c r="D94" t="s">
+        <v>4366</v>
+      </c>
+    </row>
+    <row r="95" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B95" t="s">
+        <v>4367</v>
+      </c>
+      <c r="C95" t="s">
+        <v>1449</v>
+      </c>
+      <c r="D95" t="s">
+        <v>4368</v>
+      </c>
+    </row>
+    <row r="96" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B96" t="s">
+        <v>4369</v>
+      </c>
+      <c r="C96" t="s">
+        <v>4370</v>
+      </c>
+      <c r="D96" t="s">
+        <v>4371</v>
+      </c>
+    </row>
+    <row r="97" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B97" t="s">
         <v>2526</v>
       </c>
-      <c r="C39" s="6" t="s">
-[...18 lines deleted...]
-      <c r="B41" s="6" t="s">
+      <c r="C97" t="s">
+        <v>4372</v>
+      </c>
+      <c r="D97" t="s">
+        <v>4373</v>
+      </c>
+    </row>
+    <row r="98" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B98" t="s">
         <v>2527</v>
       </c>
-      <c r="C41" s="6" t="s">
-[...7 lines deleted...]
-      <c r="B42" s="6" t="s">
+      <c r="C98" t="s">
+        <v>4374</v>
+      </c>
+      <c r="D98" t="s">
+        <v>4375</v>
+      </c>
+    </row>
+    <row r="99" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B99" t="s">
+        <v>4376</v>
+      </c>
+      <c r="D99" t="s">
+        <v>4377</v>
+      </c>
+    </row>
+    <row r="100" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B100" t="s">
+        <v>4378</v>
+      </c>
+      <c r="C100" t="s">
+        <v>1463</v>
+      </c>
+      <c r="D100" t="s">
+        <v>4379</v>
+      </c>
+    </row>
+    <row r="101" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B101" t="s">
         <v>2529</v>
       </c>
-      <c r="C42" s="6" t="s">
-[...7 lines deleted...]
-      <c r="B43" s="6" t="s">
+      <c r="C101" t="s">
+        <v>4380</v>
+      </c>
+      <c r="D101" t="s">
+        <v>4381</v>
+      </c>
+    </row>
+    <row r="102" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B102" t="s">
         <v>2530</v>
       </c>
-      <c r="C43" s="6" t="s">
-[...7 lines deleted...]
-      <c r="B44" s="6" t="s">
+      <c r="C102" t="s">
+        <v>4382</v>
+      </c>
+      <c r="D102" t="s">
+        <v>4383</v>
+      </c>
+    </row>
+    <row r="103" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B103" t="s">
+        <v>688</v>
+      </c>
+      <c r="C103" t="s">
+        <v>4384</v>
+      </c>
+      <c r="D103" t="s">
+        <v>4385</v>
+      </c>
+    </row>
+    <row r="104" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B104" t="s">
+        <v>4386</v>
+      </c>
+      <c r="C104" t="s">
+        <v>4387</v>
+      </c>
+      <c r="D104" t="s">
+        <v>4388</v>
+      </c>
+    </row>
+    <row r="105" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B105" t="s">
         <v>2531</v>
       </c>
-      <c r="C44" s="6" t="s">
-[...66 lines deleted...]
-      <c r="D50" s="6" t="s">
+      <c r="C105" t="s">
         <v>4389</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="C51" s="6" t="s">
+      <c r="D105" t="s">
         <v>4390</v>
       </c>
-      <c r="D51" s="6" t="s">
+    </row>
+    <row r="106" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B106" t="s">
         <v>4391</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B52" s="6" t="s">
+      <c r="D106" t="s">
         <v>4392</v>
       </c>
-      <c r="C52" s="6" t="s">
+    </row>
+    <row r="107" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B107" t="s">
+        <v>2532</v>
+      </c>
+      <c r="C107" t="s">
+        <v>1483</v>
+      </c>
+      <c r="D107" t="s">
         <v>4393</v>
       </c>
-      <c r="D52" s="6" t="s">
+    </row>
+    <row r="108" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B108" t="s">
+        <v>2533</v>
+      </c>
+      <c r="C108" t="s">
         <v>4394</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B53" s="6" t="s">
+      <c r="D108" t="s">
         <v>4395</v>
       </c>
-      <c r="C53" s="6"/>
-      <c r="D53" s="6" t="s">
+    </row>
+    <row r="109" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B109" t="s">
         <v>4396</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B54" s="6" t="s">
+      <c r="D109" t="s">
         <v>4397</v>
       </c>
-      <c r="C54" s="6"/>
-      <c r="D54" s="6" t="s">
+    </row>
+    <row r="110" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B110" t="s">
+        <v>1428</v>
+      </c>
+      <c r="C110" t="s">
+        <v>1491</v>
+      </c>
+      <c r="D110" t="s">
         <v>4398</v>
       </c>
     </row>
-    <row r="55" spans="2:4" x14ac:dyDescent="0.25">
-[...6 lines deleted...]
-      <c r="D55" s="6" t="s">
+    <row r="111" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B111" t="s">
+        <v>2534</v>
+      </c>
+      <c r="C111" t="s">
         <v>4399</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B56" s="6" t="s">
+      <c r="D111" t="s">
         <v>4400</v>
       </c>
-      <c r="C56" s="6"/>
-      <c r="D56" s="6" t="s">
+    </row>
+    <row r="112" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B112" t="s">
+        <v>2535</v>
+      </c>
+      <c r="C112" t="s">
         <v>4401</v>
       </c>
-    </row>
-[...7 lines deleted...]
-      <c r="D57" s="6" t="s">
+      <c r="D112" t="s">
         <v>4402</v>
       </c>
     </row>
-    <row r="58" spans="2:4" x14ac:dyDescent="0.25">
-      <c r="B58" s="6" t="s">
+    <row r="113" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B113" t="s">
+        <v>2536</v>
+      </c>
+      <c r="C113" t="s">
         <v>4403</v>
       </c>
-      <c r="C58" s="6" t="s">
+      <c r="D113" t="s">
         <v>4404</v>
       </c>
-      <c r="D58" s="6" t="s">
+    </row>
+    <row r="114" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B114" t="s">
         <v>4405</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B59" s="6" t="s">
+      <c r="C114" t="s">
         <v>4406</v>
       </c>
-      <c r="C59" s="6" t="s">
+      <c r="D114" t="s">
         <v>4407</v>
       </c>
-      <c r="D59" s="6" t="s">
+    </row>
+    <row r="115" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B115" t="s">
         <v>4408</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B60" s="6" t="s">
+      <c r="D115" t="s">
         <v>4409</v>
       </c>
-      <c r="C60" s="6" t="s">
+    </row>
+    <row r="116" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B116" t="s">
+        <v>2538</v>
+      </c>
+      <c r="C116" t="s">
+        <v>1506</v>
+      </c>
+      <c r="D116" t="s">
         <v>4410</v>
       </c>
-      <c r="D60" s="6" t="s">
+    </row>
+    <row r="117" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B117" t="s">
         <v>4411</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B61" s="6" t="s">
+      <c r="D117" t="s">
         <v>4412</v>
       </c>
-      <c r="C61" s="6"/>
-      <c r="D61" s="6" t="s">
+    </row>
+    <row r="118" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B118" t="s">
+        <v>2539</v>
+      </c>
+      <c r="C118" t="s">
+        <v>1511</v>
+      </c>
+      <c r="D118" t="s">
         <v>4413</v>
       </c>
     </row>
-    <row r="62" spans="2:4" x14ac:dyDescent="0.25">
-      <c r="B62" s="6" t="s">
+    <row r="119" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B119" t="s">
+        <v>2468</v>
+      </c>
+      <c r="C119" t="s">
         <v>4414</v>
       </c>
-      <c r="C62" s="6" t="s">
-[...2 lines deleted...]
-      <c r="D62" s="6" t="s">
+      <c r="D119" t="s">
         <v>4415</v>
       </c>
     </row>
-    <row r="63" spans="2:4" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="C63" s="6" t="s">
+    <row r="120" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B120" t="s">
+        <v>2456</v>
+      </c>
+      <c r="C120" t="s">
         <v>4416</v>
       </c>
-      <c r="D63" s="6" t="s">
+      <c r="D120" t="s">
         <v>4417</v>
       </c>
     </row>
-    <row r="64" spans="2:4" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="C64" s="6" t="s">
+    <row r="121" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B121" t="s">
+        <v>2464</v>
+      </c>
+      <c r="C121" t="s">
         <v>4418</v>
       </c>
-      <c r="D64" s="6" t="s">
+      <c r="D121" t="s">
         <v>4419</v>
       </c>
     </row>
-    <row r="65" spans="2:4" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="C65" s="6" t="s">
+    <row r="122" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B122" t="s">
         <v>4420</v>
       </c>
-      <c r="D65" s="6" t="s">
+      <c r="C122" t="s">
         <v>4421</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="C66" s="6" t="s">
+      <c r="D122" t="s">
         <v>4422</v>
       </c>
-      <c r="D66" s="6" t="s">
+    </row>
+    <row r="123" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B123" t="s">
+        <v>2537</v>
+      </c>
+      <c r="C123" t="s">
         <v>4423</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="C67" s="6" t="s">
+      <c r="D123" t="s">
         <v>4424</v>
       </c>
-      <c r="D67" s="6" t="s">
+    </row>
+    <row r="124" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B124" t="s">
+        <v>2460</v>
+      </c>
+      <c r="C124" t="s">
         <v>4425</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="C68" s="6" t="s">
+      <c r="D124" t="s">
         <v>4426</v>
       </c>
-      <c r="D68" s="6" t="s">
+    </row>
+    <row r="125" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B125" t="s">
         <v>4427</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="C69" s="6" t="s">
+      <c r="C125" t="s">
         <v>4428</v>
       </c>
-      <c r="D69" s="6" t="s">
+      <c r="D125" t="s">
         <v>4429</v>
       </c>
     </row>
-    <row r="70" spans="2:4" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="C70" s="6" t="s">
+    <row r="126" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B126" t="s">
+        <v>2454</v>
+      </c>
+      <c r="C126" t="s">
         <v>4430</v>
       </c>
-      <c r="D70" s="6" t="s">
+      <c r="D126" t="s">
         <v>4431</v>
       </c>
     </row>
-    <row r="71" spans="2:4" x14ac:dyDescent="0.25">
-      <c r="B71" s="6" t="s">
+    <row r="127" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B127" t="s">
+        <v>4432</v>
+      </c>
+      <c r="C127" t="s">
+        <v>4433</v>
+      </c>
+      <c r="D127" t="s">
+        <v>4434</v>
+      </c>
+    </row>
+    <row r="128" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B128" t="s">
+        <v>4435</v>
+      </c>
+      <c r="D128" t="s">
+        <v>4436</v>
+      </c>
+    </row>
+    <row r="129" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B129" t="s">
         <v>2540</v>
       </c>
-      <c r="C71" s="6" t="s">
-[...7 lines deleted...]
-      <c r="B72" s="6" t="s">
+      <c r="C129" t="s">
+        <v>1541</v>
+      </c>
+      <c r="D129" t="s">
+        <v>4437</v>
+      </c>
+    </row>
+    <row r="130" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B130" t="s">
+        <v>4438</v>
+      </c>
+      <c r="D130" t="s">
+        <v>4439</v>
+      </c>
+    </row>
+    <row r="131" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B131" t="s">
+        <v>4440</v>
+      </c>
+      <c r="C131" t="s">
+        <v>4441</v>
+      </c>
+      <c r="D131" t="s">
+        <v>4442</v>
+      </c>
+    </row>
+    <row r="132" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B132" t="s">
+        <v>4443</v>
+      </c>
+      <c r="C132" t="s">
+        <v>4444</v>
+      </c>
+      <c r="D132" t="s">
+        <v>4445</v>
+      </c>
+    </row>
+    <row r="133" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B133" t="s">
         <v>2541</v>
       </c>
-      <c r="C72" s="6" t="s">
-[...18 lines deleted...]
-      <c r="B74" s="6" t="s">
+      <c r="C133" t="s">
+        <v>4446</v>
+      </c>
+      <c r="D133" t="s">
+        <v>4447</v>
+      </c>
+    </row>
+    <row r="134" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B134" t="s">
         <v>2542</v>
       </c>
-      <c r="C74" s="6" t="s">
-[...16 lines deleted...]
-      <c r="B76" s="6" t="s">
+      <c r="C134" t="s">
+        <v>4448</v>
+      </c>
+      <c r="D134" t="s">
+        <v>4449</v>
+      </c>
+    </row>
+    <row r="135" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B135" t="s">
         <v>2543</v>
       </c>
-      <c r="C76" s="6" t="s">
-[...40 lines deleted...]
-      <c r="B80" s="6" t="s">
+      <c r="C135" t="s">
         <v>4450</v>
       </c>
-      <c r="C80" s="6"/>
-      <c r="D80" s="6" t="s">
+      <c r="D135" t="s">
         <v>4451</v>
       </c>
     </row>
-    <row r="81" spans="2:4" x14ac:dyDescent="0.25">
-      <c r="B81" s="6" t="s">
+    <row r="136" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B136" t="s">
+        <v>451</v>
+      </c>
+      <c r="C136" t="s">
         <v>4452</v>
       </c>
-      <c r="C81" s="6" t="s">
-[...2 lines deleted...]
-      <c r="D81" s="6" t="s">
+      <c r="D136" t="s">
         <v>4453</v>
       </c>
     </row>
-    <row r="82" spans="2:4" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="C82" s="6" t="s">
+    <row r="137" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B137" t="s">
         <v>4454</v>
       </c>
-      <c r="D82" s="6" t="s">
+      <c r="C137" t="s">
         <v>4455</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B83" s="6" t="s">
+      <c r="D137" t="s">
         <v>4456</v>
-      </c>
-[...578 lines deleted...]
-        <v>4569</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet16.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet14.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0F00-000000000000}">
   <dimension ref="A1:D65"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>107</v>
+        <v>78</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>108</v>
+        <v>79</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>109</v>
+        <v>80</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
-        <v>60</v>
+        <v>45</v>
       </c>
       <c r="B2" t="s">
-        <v>61</v>
+        <v>46</v>
       </c>
       <c r="D2" t="s">
-        <v>63</v>
+        <v>47</v>
       </c>
     </row>
     <row r="3" spans="1:4" ht="25" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
-        <v>2576</v>
+        <v>2547</v>
       </c>
       <c r="B3" s="3" t="s">
-        <v>2578</v>
+        <v>2549</v>
       </c>
       <c r="D3" t="s">
-        <v>2579</v>
+        <v>2550</v>
       </c>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A4" t="s">
-        <v>2577</v>
+        <v>2548</v>
       </c>
       <c r="B4" t="s">
-        <v>2580</v>
+        <v>2551</v>
       </c>
       <c r="D4" t="s">
-        <v>2581</v>
+        <v>2552</v>
       </c>
     </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B5" t="s">
-        <v>119</v>
+        <v>90</v>
       </c>
       <c r="D5" t="s">
-        <v>2582</v>
+        <v>2553</v>
       </c>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B6" t="s">
-        <v>1603</v>
+        <v>1574</v>
       </c>
       <c r="D6" t="s">
-        <v>2583</v>
+        <v>2554</v>
       </c>
     </row>
     <row r="7" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B7" t="s">
-        <v>125</v>
+        <v>96</v>
       </c>
       <c r="D7" t="s">
-        <v>2584</v>
+        <v>2555</v>
       </c>
     </row>
     <row r="8" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B8" t="s">
-        <v>121</v>
+        <v>92</v>
       </c>
       <c r="D8" t="s">
-        <v>2585</v>
+        <v>2556</v>
       </c>
     </row>
     <row r="9" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B9" t="s">
-        <v>2586</v>
+        <v>2557</v>
       </c>
       <c r="D9" t="s">
-        <v>2587</v>
+        <v>2558</v>
       </c>
     </row>
     <row r="10" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B10" t="s">
-        <v>2588</v>
+        <v>2559</v>
       </c>
       <c r="C10" t="s">
-        <v>677</v>
+        <v>648</v>
       </c>
       <c r="D10" t="s">
-        <v>2589</v>
+        <v>2560</v>
       </c>
     </row>
     <row r="11" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B11" t="s">
-        <v>2590</v>
+        <v>2561</v>
       </c>
       <c r="C11" t="s">
-        <v>680</v>
+        <v>651</v>
       </c>
       <c r="D11" t="s">
-        <v>2591</v>
+        <v>2562</v>
       </c>
     </row>
     <row r="12" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B12" t="s">
-        <v>2592</v>
+        <v>2563</v>
       </c>
       <c r="C12" t="s">
-        <v>683</v>
+        <v>654</v>
       </c>
       <c r="D12" t="s">
-        <v>2593</v>
+        <v>2564</v>
       </c>
     </row>
     <row r="13" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B13" t="s">
-        <v>2594</v>
+        <v>2565</v>
       </c>
       <c r="C13" t="s">
-        <v>686</v>
+        <v>657</v>
       </c>
       <c r="D13" t="s">
-        <v>2595</v>
+        <v>2566</v>
       </c>
     </row>
     <row r="14" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B14" t="s">
-        <v>2596</v>
+        <v>2567</v>
       </c>
       <c r="C14" t="s">
-        <v>689</v>
+        <v>660</v>
       </c>
       <c r="D14" t="s">
-        <v>2597</v>
+        <v>2568</v>
       </c>
     </row>
     <row r="15" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B15" t="s">
-        <v>881</v>
+        <v>852</v>
       </c>
       <c r="C15" t="s">
-        <v>692</v>
+        <v>663</v>
       </c>
       <c r="D15" t="s">
-        <v>2598</v>
+        <v>2569</v>
       </c>
     </row>
     <row r="16" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B16" t="s">
-        <v>2599</v>
+        <v>2570</v>
       </c>
       <c r="C16" t="s">
-        <v>695</v>
+        <v>666</v>
       </c>
       <c r="D16" t="s">
-        <v>2600</v>
+        <v>2571</v>
       </c>
     </row>
     <row r="17" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B17" t="s">
-        <v>2601</v>
+        <v>2572</v>
       </c>
       <c r="D17" t="s">
-        <v>2602</v>
+        <v>2573</v>
       </c>
     </row>
     <row r="18" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B18" t="s">
-        <v>2603</v>
+        <v>2574</v>
       </c>
       <c r="C18" t="s">
-        <v>700</v>
+        <v>671</v>
       </c>
       <c r="D18" t="s">
-        <v>2604</v>
+        <v>2575</v>
       </c>
     </row>
     <row r="19" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B19" t="s">
-        <v>2605</v>
+        <v>2576</v>
       </c>
       <c r="C19" t="s">
-        <v>703</v>
+        <v>674</v>
       </c>
       <c r="D19" t="s">
-        <v>2606</v>
+        <v>2577</v>
       </c>
     </row>
     <row r="20" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B20" t="s">
-        <v>2607</v>
+        <v>2578</v>
       </c>
       <c r="C20" t="s">
-        <v>706</v>
+        <v>677</v>
       </c>
       <c r="D20" t="s">
-        <v>2608</v>
+        <v>2579</v>
       </c>
     </row>
     <row r="21" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B21" t="s">
-        <v>2609</v>
+        <v>2580</v>
       </c>
       <c r="C21" t="s">
-        <v>709</v>
+        <v>680</v>
       </c>
       <c r="D21" t="s">
-        <v>2610</v>
+        <v>2581</v>
       </c>
     </row>
     <row r="22" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B22" t="s">
-        <v>2611</v>
+        <v>2582</v>
       </c>
       <c r="D22" t="s">
-        <v>2612</v>
+        <v>2583</v>
       </c>
     </row>
     <row r="23" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B23" t="s">
-        <v>2613</v>
+        <v>2584</v>
       </c>
       <c r="C23" t="s">
-        <v>712</v>
+        <v>683</v>
       </c>
       <c r="D23" t="s">
-        <v>2614</v>
+        <v>2585</v>
       </c>
     </row>
     <row r="24" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B24" t="s">
-        <v>2615</v>
+        <v>2586</v>
       </c>
       <c r="C24" t="s">
-        <v>715</v>
+        <v>686</v>
       </c>
       <c r="D24" t="s">
-        <v>2616</v>
+        <v>2587</v>
       </c>
     </row>
     <row r="25" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B25" t="s">
-        <v>2617</v>
+        <v>2588</v>
       </c>
       <c r="C25" t="s">
-        <v>718</v>
+        <v>689</v>
       </c>
       <c r="D25" t="s">
-        <v>2618</v>
+        <v>2589</v>
       </c>
     </row>
     <row r="26" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B26" t="s">
-        <v>2619</v>
+        <v>2590</v>
       </c>
       <c r="C26" t="s">
-        <v>721</v>
+        <v>692</v>
       </c>
       <c r="D26" t="s">
-        <v>2620</v>
+        <v>2591</v>
       </c>
     </row>
     <row r="27" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B27" t="s">
-        <v>2621</v>
+        <v>2592</v>
       </c>
       <c r="C27" t="s">
-        <v>724</v>
+        <v>695</v>
       </c>
       <c r="D27" t="s">
-        <v>2622</v>
+        <v>2593</v>
       </c>
     </row>
     <row r="28" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B28" t="s">
-        <v>2623</v>
+        <v>2594</v>
       </c>
       <c r="C28" t="s">
-        <v>727</v>
+        <v>698</v>
       </c>
       <c r="D28" t="s">
-        <v>2624</v>
+        <v>2595</v>
       </c>
     </row>
     <row r="29" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B29" t="s">
-        <v>2625</v>
+        <v>2596</v>
       </c>
       <c r="C29" t="s">
-        <v>732</v>
+        <v>703</v>
       </c>
       <c r="D29" t="s">
-        <v>2626</v>
+        <v>2597</v>
       </c>
     </row>
     <row r="30" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B30" t="s">
-        <v>2627</v>
+        <v>2598</v>
       </c>
       <c r="C30" t="s">
-        <v>735</v>
+        <v>706</v>
       </c>
       <c r="D30" t="s">
-        <v>2628</v>
+        <v>2599</v>
       </c>
     </row>
     <row r="31" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B31" t="s">
-        <v>2629</v>
+        <v>2600</v>
       </c>
       <c r="C31" t="s">
-        <v>738</v>
+        <v>709</v>
       </c>
       <c r="D31" t="s">
-        <v>2630</v>
+        <v>2601</v>
       </c>
     </row>
     <row r="32" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B32" t="s">
-        <v>2631</v>
+        <v>2602</v>
       </c>
       <c r="C32" t="s">
-        <v>741</v>
+        <v>712</v>
       </c>
       <c r="D32" t="s">
-        <v>2632</v>
+        <v>2603</v>
       </c>
     </row>
     <row r="33" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B33" t="s">
-        <v>2633</v>
+        <v>2604</v>
       </c>
       <c r="C33" t="s">
-        <v>744</v>
+        <v>715</v>
       </c>
       <c r="D33" t="s">
-        <v>2634</v>
+        <v>2605</v>
       </c>
     </row>
     <row r="34" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B34" t="s">
-        <v>2635</v>
+        <v>2606</v>
       </c>
       <c r="C34" t="s">
-        <v>747</v>
+        <v>718</v>
       </c>
       <c r="D34" t="s">
-        <v>2636</v>
+        <v>2607</v>
       </c>
     </row>
     <row r="35" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B35" t="s">
-        <v>2637</v>
+        <v>2608</v>
       </c>
       <c r="C35" t="s">
-        <v>752</v>
+        <v>723</v>
       </c>
       <c r="D35" t="s">
-        <v>2638</v>
+        <v>2609</v>
       </c>
     </row>
     <row r="36" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B36" t="s">
-        <v>2639</v>
+        <v>2610</v>
       </c>
       <c r="C36" t="s">
-        <v>755</v>
+        <v>726</v>
       </c>
       <c r="D36" t="s">
-        <v>2640</v>
+        <v>2611</v>
       </c>
     </row>
     <row r="37" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B37" t="s">
-        <v>2641</v>
+        <v>2612</v>
       </c>
       <c r="C37" t="s">
-        <v>758</v>
+        <v>729</v>
       </c>
       <c r="D37" t="s">
-        <v>2642</v>
+        <v>2613</v>
       </c>
     </row>
     <row r="38" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B38" t="s">
-        <v>2643</v>
+        <v>2614</v>
       </c>
       <c r="D38" t="s">
-        <v>2644</v>
+        <v>2615</v>
       </c>
     </row>
     <row r="39" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B39" t="s">
-        <v>2645</v>
+        <v>2616</v>
       </c>
       <c r="C39" t="s">
-        <v>1102</v>
+        <v>1073</v>
       </c>
       <c r="D39" t="s">
-        <v>2646</v>
+        <v>2617</v>
       </c>
     </row>
     <row r="40" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B40" t="s">
-        <v>2647</v>
+        <v>2618</v>
       </c>
       <c r="D40" t="s">
-        <v>2648</v>
+        <v>2619</v>
       </c>
     </row>
     <row r="41" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B41" t="s">
-        <v>2649</v>
+        <v>2620</v>
       </c>
       <c r="C41" t="s">
-        <v>1107</v>
+        <v>1078</v>
       </c>
       <c r="D41" t="s">
-        <v>2650</v>
+        <v>2621</v>
       </c>
     </row>
     <row r="42" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B42" t="s">
-        <v>2651</v>
+        <v>2622</v>
       </c>
       <c r="C42" t="s">
-        <v>1110</v>
+        <v>1081</v>
       </c>
       <c r="D42" t="s">
-        <v>2652</v>
+        <v>2623</v>
       </c>
     </row>
     <row r="43" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B43" t="s">
-        <v>2653</v>
+        <v>2624</v>
       </c>
       <c r="C43" t="s">
-        <v>1113</v>
+        <v>1084</v>
       </c>
       <c r="D43" t="s">
-        <v>2654</v>
+        <v>2625</v>
       </c>
     </row>
     <row r="44" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B44" t="s">
-        <v>2655</v>
+        <v>2626</v>
       </c>
       <c r="C44" t="s">
-        <v>1116</v>
+        <v>1087</v>
       </c>
       <c r="D44" t="s">
-        <v>2656</v>
+        <v>2627</v>
       </c>
     </row>
     <row r="45" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B45" t="s">
-        <v>2657</v>
+        <v>2628</v>
       </c>
       <c r="C45" t="s">
-        <v>1119</v>
+        <v>1090</v>
       </c>
       <c r="D45" t="s">
-        <v>2658</v>
+        <v>2629</v>
       </c>
     </row>
     <row r="46" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B46" t="s">
-        <v>2659</v>
+        <v>2630</v>
       </c>
       <c r="C46" t="s">
-        <v>1131</v>
+        <v>1102</v>
       </c>
       <c r="D46" t="s">
-        <v>2660</v>
+        <v>2631</v>
       </c>
     </row>
     <row r="47" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B47" t="s">
-        <v>2661</v>
+        <v>2632</v>
       </c>
       <c r="C47" t="s">
-        <v>1146</v>
+        <v>1117</v>
       </c>
       <c r="D47" t="s">
-        <v>2662</v>
+        <v>2633</v>
       </c>
     </row>
     <row r="48" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B48" t="s">
-        <v>2663</v>
+        <v>2634</v>
       </c>
       <c r="C48" t="s">
-        <v>1161</v>
+        <v>1132</v>
       </c>
       <c r="D48" t="s">
-        <v>2664</v>
+        <v>2635</v>
       </c>
     </row>
     <row r="49" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B49" t="s">
-        <v>2665</v>
+        <v>2636</v>
       </c>
       <c r="C49" t="s">
-        <v>1164</v>
+        <v>1135</v>
       </c>
       <c r="D49" t="s">
-        <v>2666</v>
+        <v>2637</v>
       </c>
     </row>
     <row r="50" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B50" t="s">
-        <v>2667</v>
+        <v>2638</v>
       </c>
       <c r="C50" t="s">
-        <v>1169</v>
+        <v>1140</v>
       </c>
       <c r="D50" t="s">
-        <v>2668</v>
+        <v>2639</v>
       </c>
     </row>
     <row r="51" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B51" t="s">
-        <v>2669</v>
+        <v>2640</v>
       </c>
       <c r="C51" t="s">
-        <v>1172</v>
+        <v>1143</v>
       </c>
       <c r="D51" t="s">
-        <v>2670</v>
+        <v>2641</v>
       </c>
     </row>
     <row r="52" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B52" t="s">
-        <v>2671</v>
+        <v>2642</v>
       </c>
       <c r="C52" t="s">
-        <v>1175</v>
+        <v>1146</v>
       </c>
       <c r="D52" t="s">
-        <v>2672</v>
+        <v>2643</v>
       </c>
     </row>
     <row r="53" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B53" t="s">
-        <v>2673</v>
+        <v>2644</v>
       </c>
       <c r="D53" t="s">
-        <v>2674</v>
+        <v>2645</v>
       </c>
     </row>
     <row r="54" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B54" t="s">
-        <v>2675</v>
+        <v>2646</v>
       </c>
       <c r="C54" t="s">
-        <v>1184</v>
+        <v>1155</v>
       </c>
       <c r="D54" t="s">
-        <v>2676</v>
+        <v>2647</v>
       </c>
     </row>
     <row r="55" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B55" t="s">
-        <v>2677</v>
+        <v>2648</v>
       </c>
       <c r="C55" t="s">
-        <v>1187</v>
+        <v>1158</v>
       </c>
       <c r="D55" t="s">
-        <v>2678</v>
+        <v>2649</v>
       </c>
     </row>
     <row r="56" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B56" t="s">
-        <v>1460</v>
+        <v>1431</v>
       </c>
       <c r="C56" t="s">
-        <v>1190</v>
+        <v>1161</v>
       </c>
       <c r="D56" t="s">
-        <v>2679</v>
+        <v>2650</v>
       </c>
     </row>
     <row r="57" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B57" t="s">
-        <v>2680</v>
+        <v>2651</v>
       </c>
       <c r="C57" t="s">
-        <v>1193</v>
+        <v>1164</v>
       </c>
       <c r="D57" t="s">
-        <v>2681</v>
+        <v>2652</v>
       </c>
     </row>
     <row r="58" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B58" t="s">
-        <v>2682</v>
+        <v>2653</v>
       </c>
       <c r="C58" t="s">
-        <v>1202</v>
+        <v>1173</v>
       </c>
       <c r="D58" t="s">
-        <v>2683</v>
+        <v>2654</v>
       </c>
     </row>
     <row r="59" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B59" t="s">
-        <v>1480</v>
+        <v>1451</v>
       </c>
       <c r="C59" t="s">
-        <v>1229</v>
+        <v>1200</v>
       </c>
       <c r="D59" t="s">
-        <v>2684</v>
+        <v>2655</v>
       </c>
     </row>
     <row r="60" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B60" t="s">
-        <v>2685</v>
+        <v>2656</v>
       </c>
       <c r="C60" t="s">
-        <v>1246</v>
+        <v>1217</v>
       </c>
       <c r="D60" t="s">
-        <v>2686</v>
+        <v>2657</v>
       </c>
     </row>
     <row r="61" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B61" t="s">
-        <v>2687</v>
+        <v>2658</v>
       </c>
       <c r="C61" t="s">
-        <v>1249</v>
+        <v>1220</v>
       </c>
       <c r="D61" t="s">
-        <v>2688</v>
+        <v>2659</v>
       </c>
     </row>
     <row r="62" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B62" t="s">
-        <v>2689</v>
+        <v>2660</v>
       </c>
       <c r="D62" t="s">
-        <v>2690</v>
+        <v>2661</v>
       </c>
     </row>
     <row r="63" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B63" t="s">
-        <v>2691</v>
+        <v>2662</v>
       </c>
       <c r="C63" t="s">
-        <v>2692</v>
+        <v>2663</v>
       </c>
       <c r="D63" t="s">
-        <v>2693</v>
+        <v>2664</v>
       </c>
     </row>
     <row r="64" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B64" t="s">
-        <v>2694</v>
+        <v>2665</v>
       </c>
       <c r="C64" t="s">
-        <v>2695</v>
+        <v>2666</v>
       </c>
       <c r="D64" t="s">
-        <v>2696</v>
+        <v>2667</v>
       </c>
     </row>
     <row r="65" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B65" t="s">
-        <v>2697</v>
+        <v>2668</v>
       </c>
       <c r="C65" t="s">
-        <v>2698</v>
+        <v>2669</v>
       </c>
       <c r="D65" t="s">
-        <v>2699</v>
+        <v>2670</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet17.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet15.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1000-000000000000}">
-  <dimension ref="A1:D69"/>
+  <dimension ref="A1:D64"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>107</v>
+        <v>78</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>108</v>
+        <v>79</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>109</v>
+        <v>80</v>
+      </c>
+    </row>
+    <row r="2" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A2" s="10" t="s">
+        <v>4457</v>
+      </c>
+      <c r="B2" s="10" t="s">
+        <v>4458</v>
+      </c>
+      <c r="C2" s="10"/>
+      <c r="D2" s="10" t="s">
+        <v>4459</v>
+      </c>
+    </row>
+    <row r="3" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A3" s="10" t="s">
+        <v>4460</v>
+      </c>
+      <c r="B3" s="10" t="s">
+        <v>84</v>
+      </c>
+      <c r="C3" s="10"/>
+      <c r="D3" s="10" t="s">
+        <v>4461</v>
+      </c>
+    </row>
+    <row r="4" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A4" s="10" t="s">
+        <v>4462</v>
+      </c>
+      <c r="B4" s="10" t="s">
+        <v>4458</v>
+      </c>
+      <c r="C4" s="10"/>
+      <c r="D4" s="10" t="s">
+        <v>4463</v>
+      </c>
+    </row>
+    <row r="5" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A5" s="10"/>
+      <c r="B5" s="10" t="s">
+        <v>88</v>
+      </c>
+      <c r="C5" s="10"/>
+      <c r="D5" s="10" t="s">
+        <v>4464</v>
+      </c>
+    </row>
+    <row r="6" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A6" s="10"/>
+      <c r="B6" s="10" t="s">
+        <v>96</v>
+      </c>
+      <c r="C6" s="10"/>
+      <c r="D6" s="10" t="s">
+        <v>4465</v>
+      </c>
+    </row>
+    <row r="7" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A7" s="10"/>
+      <c r="B7" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="C7" s="10"/>
+      <c r="D7" s="10" t="s">
+        <v>4466</v>
+      </c>
+    </row>
+    <row r="8" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A8" s="10"/>
+      <c r="B8" s="10" t="s">
+        <v>2671</v>
+      </c>
+      <c r="C8" s="10"/>
+      <c r="D8" s="10" t="s">
+        <v>4467</v>
+      </c>
+    </row>
+    <row r="9" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A9" s="10"/>
+      <c r="B9" s="10" t="s">
+        <v>2672</v>
+      </c>
+      <c r="C9" s="10" t="s">
+        <v>648</v>
+      </c>
+      <c r="D9" s="10" t="s">
+        <v>4468</v>
+      </c>
+    </row>
+    <row r="10" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A10" s="10"/>
+      <c r="B10" s="10" t="s">
+        <v>2673</v>
+      </c>
+      <c r="C10" s="10" t="s">
+        <v>651</v>
+      </c>
+      <c r="D10" s="10" t="s">
+        <v>4469</v>
+      </c>
+    </row>
+    <row r="11" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A11" s="10"/>
+      <c r="B11" s="10" t="s">
+        <v>2674</v>
+      </c>
+      <c r="C11" s="10" t="s">
+        <v>654</v>
+      </c>
+      <c r="D11" s="10" t="s">
+        <v>4470</v>
+      </c>
+    </row>
+    <row r="12" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A12" s="10"/>
+      <c r="B12" s="10" t="s">
+        <v>2675</v>
+      </c>
+      <c r="C12" s="10" t="s">
+        <v>657</v>
+      </c>
+      <c r="D12" s="10" t="s">
+        <v>4471</v>
+      </c>
+    </row>
+    <row r="13" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A13" s="10"/>
+      <c r="B13" s="10" t="s">
+        <v>2676</v>
+      </c>
+      <c r="C13" s="10" t="s">
+        <v>660</v>
+      </c>
+      <c r="D13" s="10" t="s">
+        <v>4472</v>
+      </c>
+    </row>
+    <row r="14" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A14" s="10"/>
+      <c r="B14" s="10" t="s">
+        <v>4473</v>
+      </c>
+      <c r="C14" s="10"/>
+      <c r="D14" s="10" t="s">
+        <v>4474</v>
+      </c>
+    </row>
+    <row r="15" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A15" s="10"/>
+      <c r="B15" s="10" t="s">
+        <v>2678</v>
+      </c>
+      <c r="C15" s="10" t="s">
+        <v>663</v>
+      </c>
+      <c r="D15" s="10" t="s">
+        <v>4475</v>
+      </c>
+    </row>
+    <row r="16" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A16" s="10"/>
+      <c r="B16" s="10" t="s">
+        <v>2679</v>
+      </c>
+      <c r="C16" s="10" t="s">
+        <v>666</v>
+      </c>
+      <c r="D16" s="10" t="s">
+        <v>4476</v>
+      </c>
+    </row>
+    <row r="17" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B17" s="10" t="s">
+        <v>2680</v>
+      </c>
+      <c r="C17" s="10" t="s">
+        <v>671</v>
+      </c>
+      <c r="D17" s="10" t="s">
+        <v>4477</v>
+      </c>
+    </row>
+    <row r="18" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B18" s="10" t="s">
+        <v>3151</v>
+      </c>
+      <c r="C18" s="10" t="s">
+        <v>674</v>
+      </c>
+      <c r="D18" s="10" t="s">
+        <v>4478</v>
+      </c>
+    </row>
+    <row r="19" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B19" s="10" t="s">
+        <v>2681</v>
+      </c>
+      <c r="C19" s="10"/>
+      <c r="D19" s="10" t="s">
+        <v>4479</v>
+      </c>
+    </row>
+    <row r="20" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B20" s="10" t="s">
+        <v>2682</v>
+      </c>
+      <c r="C20" s="10" t="s">
+        <v>677</v>
+      </c>
+      <c r="D20" s="10" t="s">
+        <v>4480</v>
+      </c>
+    </row>
+    <row r="21" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B21" s="10" t="s">
+        <v>2683</v>
+      </c>
+      <c r="C21" s="10" t="s">
+        <v>680</v>
+      </c>
+      <c r="D21" s="10" t="s">
+        <v>4481</v>
+      </c>
+    </row>
+    <row r="22" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B22" s="10" t="s">
+        <v>2684</v>
+      </c>
+      <c r="C22" s="10" t="s">
+        <v>683</v>
+      </c>
+      <c r="D22" s="10" t="s">
+        <v>4482</v>
+      </c>
+    </row>
+    <row r="23" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B23" s="10" t="s">
+        <v>2685</v>
+      </c>
+      <c r="C23" s="10" t="s">
+        <v>686</v>
+      </c>
+      <c r="D23" s="10" t="s">
+        <v>4483</v>
+      </c>
+    </row>
+    <row r="24" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B24" s="10" t="s">
+        <v>2686</v>
+      </c>
+      <c r="C24" s="10" t="s">
+        <v>689</v>
+      </c>
+      <c r="D24" s="10" t="s">
+        <v>4484</v>
+      </c>
+    </row>
+    <row r="25" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B25" s="10" t="s">
+        <v>4485</v>
+      </c>
+      <c r="C25" s="10" t="s">
+        <v>692</v>
+      </c>
+      <c r="D25" s="10" t="s">
+        <v>4486</v>
+      </c>
+    </row>
+    <row r="26" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B26" s="10" t="s">
+        <v>2688</v>
+      </c>
+      <c r="C26" s="10"/>
+      <c r="D26" s="10" t="s">
+        <v>4487</v>
+      </c>
+    </row>
+    <row r="27" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B27" s="10" t="s">
+        <v>2689</v>
+      </c>
+      <c r="C27" s="10" t="s">
+        <v>695</v>
+      </c>
+      <c r="D27" s="10" t="s">
+        <v>4488</v>
+      </c>
+    </row>
+    <row r="28" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B28" s="10" t="s">
+        <v>2690</v>
+      </c>
+      <c r="C28" s="10" t="s">
+        <v>698</v>
+      </c>
+      <c r="D28" s="10" t="s">
+        <v>4489</v>
+      </c>
+    </row>
+    <row r="29" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B29" s="10" t="s">
+        <v>2692</v>
+      </c>
+      <c r="C29" s="10" t="s">
+        <v>703</v>
+      </c>
+      <c r="D29" s="10" t="s">
+        <v>4490</v>
+      </c>
+    </row>
+    <row r="30" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B30" s="10" t="s">
+        <v>1428</v>
+      </c>
+      <c r="C30" s="10" t="s">
+        <v>706</v>
+      </c>
+      <c r="D30" s="10" t="s">
+        <v>4491</v>
+      </c>
+    </row>
+    <row r="31" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B31" s="10" t="s">
+        <v>2694</v>
+      </c>
+      <c r="C31" s="10" t="s">
+        <v>709</v>
+      </c>
+      <c r="D31" s="10" t="s">
+        <v>4492</v>
+      </c>
+    </row>
+    <row r="32" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B32" s="10" t="s">
+        <v>4493</v>
+      </c>
+      <c r="C32" s="10" t="s">
+        <v>712</v>
+      </c>
+      <c r="D32" s="10" t="s">
+        <v>4494</v>
+      </c>
+    </row>
+    <row r="33" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B33" s="10" t="s">
+        <v>2696</v>
+      </c>
+      <c r="C33" s="10" t="s">
+        <v>715</v>
+      </c>
+      <c r="D33" s="10" t="s">
+        <v>4495</v>
+      </c>
+    </row>
+    <row r="34" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B34" s="10" t="s">
+        <v>4496</v>
+      </c>
+      <c r="C34" s="10" t="s">
+        <v>718</v>
+      </c>
+      <c r="D34" s="10" t="s">
+        <v>4497</v>
+      </c>
+    </row>
+    <row r="35" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B35" s="10" t="s">
+        <v>2697</v>
+      </c>
+      <c r="C35" s="10" t="s">
+        <v>723</v>
+      </c>
+      <c r="D35" s="10" t="s">
+        <v>4498</v>
+      </c>
+    </row>
+    <row r="36" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B36" s="10" t="s">
+        <v>2456</v>
+      </c>
+      <c r="C36" s="10" t="s">
+        <v>726</v>
+      </c>
+      <c r="D36" s="10" t="s">
+        <v>4499</v>
+      </c>
+    </row>
+    <row r="37" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B37" s="10" t="s">
+        <v>2698</v>
+      </c>
+      <c r="C37" s="10" t="s">
+        <v>729</v>
+      </c>
+      <c r="D37" s="10" t="s">
+        <v>4500</v>
+      </c>
+    </row>
+    <row r="38" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B38" s="10" t="s">
+        <v>2464</v>
+      </c>
+      <c r="C38" s="10" t="s">
+        <v>1073</v>
+      </c>
+      <c r="D38" s="10" t="s">
+        <v>4501</v>
+      </c>
+    </row>
+    <row r="39" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B39" s="10" t="s">
+        <v>4502</v>
+      </c>
+      <c r="C39" s="10" t="s">
+        <v>1078</v>
+      </c>
+      <c r="D39" s="10" t="s">
+        <v>4503</v>
+      </c>
+    </row>
+    <row r="40" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B40" s="10" t="s">
+        <v>2460</v>
+      </c>
+      <c r="C40" s="10" t="s">
+        <v>1081</v>
+      </c>
+      <c r="D40" s="10" t="s">
+        <v>4504</v>
+      </c>
+    </row>
+    <row r="41" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B41" s="10" t="s">
+        <v>2699</v>
+      </c>
+      <c r="C41" s="10" t="s">
+        <v>1084</v>
+      </c>
+      <c r="D41" s="10" t="s">
+        <v>4505</v>
+      </c>
+    </row>
+    <row r="42" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B42" s="10" t="s">
+        <v>2700</v>
+      </c>
+      <c r="C42" s="10" t="s">
+        <v>1087</v>
+      </c>
+      <c r="D42" s="10" t="s">
+        <v>4506</v>
+      </c>
+    </row>
+    <row r="43" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B43" s="10" t="s">
+        <v>2632</v>
+      </c>
+      <c r="C43" s="10" t="s">
+        <v>1090</v>
+      </c>
+      <c r="D43" s="10" t="s">
+        <v>4507</v>
+      </c>
+    </row>
+    <row r="44" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B44" s="10" t="s">
+        <v>2701</v>
+      </c>
+      <c r="C44" s="10" t="s">
+        <v>1102</v>
+      </c>
+      <c r="D44" s="10" t="s">
+        <v>4508</v>
+      </c>
+    </row>
+    <row r="45" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B45" s="10" t="s">
+        <v>2454</v>
+      </c>
+      <c r="C45" s="10" t="s">
+        <v>1117</v>
+      </c>
+      <c r="D45" s="10" t="s">
+        <v>4509</v>
+      </c>
+    </row>
+    <row r="46" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B46" s="10" t="s">
+        <v>2702</v>
+      </c>
+      <c r="C46" s="10" t="s">
+        <v>1132</v>
+      </c>
+      <c r="D46" s="10" t="s">
+        <v>4510</v>
+      </c>
+    </row>
+    <row r="47" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B47" s="10" t="s">
+        <v>4511</v>
+      </c>
+      <c r="C47" s="10"/>
+      <c r="D47" s="10" t="s">
+        <v>4512</v>
+      </c>
+    </row>
+    <row r="48" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B48" s="10" t="s">
+        <v>2704</v>
+      </c>
+      <c r="C48" s="10" t="s">
+        <v>1135</v>
+      </c>
+      <c r="D48" s="10" t="s">
+        <v>4513</v>
+      </c>
+    </row>
+    <row r="49" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B49" s="10" t="s">
+        <v>4514</v>
+      </c>
+      <c r="C49" s="10" t="s">
+        <v>1140</v>
+      </c>
+      <c r="D49" s="10" t="s">
+        <v>4515</v>
+      </c>
+    </row>
+    <row r="50" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B50" s="10" t="s">
+        <v>4516</v>
+      </c>
+      <c r="C50" s="10" t="s">
+        <v>1143</v>
+      </c>
+      <c r="D50" s="10" t="s">
+        <v>4517</v>
+      </c>
+    </row>
+    <row r="51" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B51" s="10" t="s">
+        <v>3205</v>
+      </c>
+      <c r="C51" s="10" t="s">
+        <v>1146</v>
+      </c>
+      <c r="D51" s="10" t="s">
+        <v>4518</v>
+      </c>
+    </row>
+    <row r="52" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B52" s="10" t="s">
+        <v>2707</v>
+      </c>
+      <c r="C52" s="10" t="s">
+        <v>1155</v>
+      </c>
+      <c r="D52" s="10" t="s">
+        <v>4519</v>
+      </c>
+    </row>
+    <row r="53" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B53" s="10" t="s">
+        <v>4520</v>
+      </c>
+      <c r="C53" s="10" t="s">
+        <v>1158</v>
+      </c>
+      <c r="D53" s="10" t="s">
+        <v>4521</v>
+      </c>
+    </row>
+    <row r="54" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B54" s="10" t="s">
+        <v>4522</v>
+      </c>
+      <c r="C54" s="10" t="s">
+        <v>1161</v>
+      </c>
+      <c r="D54" s="10" t="s">
+        <v>4523</v>
+      </c>
+    </row>
+    <row r="55" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B55" s="10" t="s">
+        <v>4524</v>
+      </c>
+      <c r="C55" s="10"/>
+      <c r="D55" s="10" t="s">
+        <v>4525</v>
+      </c>
+    </row>
+    <row r="56" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B56" s="10" t="s">
+        <v>4526</v>
+      </c>
+      <c r="C56" s="10" t="s">
+        <v>1164</v>
+      </c>
+      <c r="D56" s="10" t="s">
+        <v>4527</v>
+      </c>
+    </row>
+    <row r="57" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B57" s="10" t="s">
+        <v>2708</v>
+      </c>
+      <c r="C57" s="10" t="s">
+        <v>1173</v>
+      </c>
+      <c r="D57" s="10" t="s">
+        <v>4528</v>
+      </c>
+    </row>
+    <row r="58" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B58" s="10" t="s">
+        <v>4529</v>
+      </c>
+      <c r="C58" s="10" t="s">
+        <v>1200</v>
+      </c>
+      <c r="D58" s="10" t="s">
+        <v>4530</v>
+      </c>
+    </row>
+    <row r="59" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B59" s="10" t="s">
+        <v>2710</v>
+      </c>
+      <c r="C59" s="10" t="s">
+        <v>1217</v>
+      </c>
+      <c r="D59" s="10" t="s">
+        <v>4531</v>
+      </c>
+    </row>
+    <row r="60" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B60" s="10" t="s">
+        <v>4532</v>
+      </c>
+      <c r="C60" s="10" t="s">
+        <v>1220</v>
+      </c>
+      <c r="D60" s="10" t="s">
+        <v>4533</v>
+      </c>
+    </row>
+    <row r="61" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B61" s="10" t="s">
+        <v>2709</v>
+      </c>
+      <c r="C61" s="10" t="s">
+        <v>1223</v>
+      </c>
+      <c r="D61" s="10" t="s">
+        <v>4534</v>
+      </c>
+    </row>
+    <row r="62" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B62" s="10" t="s">
+        <v>2712</v>
+      </c>
+      <c r="C62" s="10" t="s">
+        <v>1226</v>
+      </c>
+      <c r="D62" s="10" t="s">
+        <v>4535</v>
+      </c>
+    </row>
+    <row r="63" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B63" s="10" t="s">
+        <v>4536</v>
+      </c>
+      <c r="C63" s="10" t="s">
+        <v>1231</v>
+      </c>
+      <c r="D63" s="10" t="s">
+        <v>4537</v>
+      </c>
+    </row>
+    <row r="64" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B64" s="10" t="s">
+        <v>2714</v>
+      </c>
+      <c r="C64" s="10" t="s">
+        <v>1234</v>
+      </c>
+      <c r="D64" s="10" t="s">
+        <v>4538</v>
+      </c>
+    </row>
+  </sheetData>
+  <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet16.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
+  <dimension ref="A1:D134"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="4" width="50.7265625" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A1" s="1" t="s">
+        <v>78</v>
+      </c>
+      <c r="B1" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" s="1" t="s">
+        <v>79</v>
+      </c>
+      <c r="D1" s="1" t="s">
+        <v>80</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
-        <v>64</v>
-[...2 lines deleted...]
-        <v>65</v>
+        <v>7</v>
+      </c>
+      <c r="B2" s="4" t="s">
+        <v>4154</v>
       </c>
       <c r="D2" t="s">
-        <v>67</v>
+        <v>8</v>
       </c>
     </row>
     <row r="3" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
-        <v>2700</v>
+        <v>81</v>
       </c>
       <c r="B3" t="s">
-        <v>113</v>
+        <v>84</v>
       </c>
       <c r="D3" t="s">
-        <v>2702</v>
+        <v>85</v>
       </c>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A4" t="s">
-        <v>2701</v>
+        <v>82</v>
       </c>
       <c r="B4" t="s">
+        <v>86</v>
+      </c>
+      <c r="D4" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="5" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A5" t="s">
+        <v>83</v>
+      </c>
+      <c r="B5" t="s">
+        <v>88</v>
+      </c>
+      <c r="D5" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="6" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B6" t="s">
+        <v>90</v>
+      </c>
+      <c r="D6" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="7" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B7" t="s">
+        <v>92</v>
+      </c>
+      <c r="D7" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="8" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B8" t="s">
+        <v>94</v>
+      </c>
+      <c r="D8" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="9" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B9" t="s">
+        <v>96</v>
+      </c>
+      <c r="D9" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="10" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B10" t="s">
+        <v>98</v>
+      </c>
+      <c r="D10" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="11" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B11" t="s">
+        <v>100</v>
+      </c>
+      <c r="D11" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="12" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B12" t="s">
+        <v>102</v>
+      </c>
+      <c r="C12" t="s">
+        <v>103</v>
+      </c>
+      <c r="D12" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="13" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B13" t="s">
+        <v>105</v>
+      </c>
+      <c r="D13" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="14" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B14" t="s">
+        <v>107</v>
+      </c>
+      <c r="C14" t="s">
+        <v>108</v>
+      </c>
+      <c r="D14" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="15" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B15" t="s">
+        <v>110</v>
+      </c>
+      <c r="C15" t="s">
+        <v>111</v>
+      </c>
+      <c r="D15" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="16" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B16" t="s">
+        <v>113</v>
+      </c>
+      <c r="C16" t="s">
+        <v>114</v>
+      </c>
+      <c r="D16" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="17" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B17" t="s">
+        <v>116</v>
+      </c>
+      <c r="C17" t="s">
         <v>117</v>
       </c>
+      <c r="D17" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="18" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B18" t="s">
+        <v>119</v>
+      </c>
+      <c r="C18" t="s">
+        <v>120</v>
+      </c>
+      <c r="D18" t="s">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="19" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B19" t="s">
+        <v>122</v>
+      </c>
+      <c r="C19" t="s">
+        <v>123</v>
+      </c>
+      <c r="D19" t="s">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="20" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B20" t="s">
+        <v>125</v>
+      </c>
+      <c r="C20" t="s">
+        <v>126</v>
+      </c>
+      <c r="D20" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="21" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B21" t="s">
+        <v>128</v>
+      </c>
+      <c r="C21" t="s">
+        <v>129</v>
+      </c>
+      <c r="D21" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="22" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B22" t="s">
+        <v>131</v>
+      </c>
+      <c r="C22" t="s">
+        <v>132</v>
+      </c>
+      <c r="D22" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="23" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B23" t="s">
+        <v>134</v>
+      </c>
+      <c r="C23" t="s">
+        <v>135</v>
+      </c>
+      <c r="D23" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="24" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B24" t="s">
+        <v>137</v>
+      </c>
+      <c r="D24" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="25" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B25" t="s">
+        <v>139</v>
+      </c>
+      <c r="C25" t="s">
+        <v>140</v>
+      </c>
+      <c r="D25" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="26" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B26" t="s">
+        <v>142</v>
+      </c>
+      <c r="C26" t="s">
+        <v>143</v>
+      </c>
+      <c r="D26" t="s">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="27" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B27" t="s">
+        <v>145</v>
+      </c>
+      <c r="C27" t="s">
+        <v>146</v>
+      </c>
+      <c r="D27" t="s">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="28" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B28" t="s">
+        <v>148</v>
+      </c>
+      <c r="C28" t="s">
+        <v>149</v>
+      </c>
+      <c r="D28" t="s">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="29" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B29" t="s">
+        <v>151</v>
+      </c>
+      <c r="C29" t="s">
+        <v>152</v>
+      </c>
+      <c r="D29" t="s">
+        <v>153</v>
+      </c>
+    </row>
+    <row r="30" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B30" t="s">
+        <v>154</v>
+      </c>
+      <c r="C30" t="s">
+        <v>155</v>
+      </c>
+      <c r="D30" t="s">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="31" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B31" t="s">
+        <v>157</v>
+      </c>
+      <c r="C31" t="s">
+        <v>158</v>
+      </c>
+      <c r="D31" t="s">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="32" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B32" t="s">
+        <v>160</v>
+      </c>
+      <c r="C32" t="s">
+        <v>161</v>
+      </c>
+      <c r="D32" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="33" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B33" t="s">
+        <v>163</v>
+      </c>
+      <c r="C33" t="s">
+        <v>164</v>
+      </c>
+      <c r="D33" t="s">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="34" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B34" t="s">
+        <v>166</v>
+      </c>
+      <c r="D34" t="s">
+        <v>167</v>
+      </c>
+    </row>
+    <row r="35" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B35" t="s">
+        <v>168</v>
+      </c>
+      <c r="C35" t="s">
+        <v>169</v>
+      </c>
+      <c r="D35" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="36" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B36" t="s">
+        <v>171</v>
+      </c>
+      <c r="C36" t="s">
+        <v>172</v>
+      </c>
+      <c r="D36" t="s">
+        <v>173</v>
+      </c>
+    </row>
+    <row r="37" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B37" t="s">
+        <v>174</v>
+      </c>
+      <c r="C37" t="s">
+        <v>175</v>
+      </c>
+      <c r="D37" t="s">
+        <v>176</v>
+      </c>
+    </row>
+    <row r="38" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B38" t="s">
+        <v>177</v>
+      </c>
+      <c r="C38" t="s">
+        <v>178</v>
+      </c>
+      <c r="D38" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="39" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B39" t="s">
+        <v>180</v>
+      </c>
+      <c r="C39" t="s">
+        <v>181</v>
+      </c>
+      <c r="D39" t="s">
+        <v>182</v>
+      </c>
+    </row>
+    <row r="40" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B40" t="s">
+        <v>183</v>
+      </c>
+      <c r="C40" t="s">
+        <v>184</v>
+      </c>
+      <c r="D40" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="41" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B41" t="s">
+        <v>186</v>
+      </c>
+      <c r="C41" t="s">
+        <v>187</v>
+      </c>
+      <c r="D41" t="s">
+        <v>188</v>
+      </c>
+    </row>
+    <row r="42" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B42" t="s">
+        <v>189</v>
+      </c>
+      <c r="C42" t="s">
+        <v>190</v>
+      </c>
+      <c r="D42" t="s">
+        <v>191</v>
+      </c>
+    </row>
+    <row r="43" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B43" t="s">
+        <v>192</v>
+      </c>
+      <c r="C43" t="s">
+        <v>193</v>
+      </c>
+      <c r="D43" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="44" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B44" t="s">
+        <v>195</v>
+      </c>
+      <c r="D44" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="45" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B45" t="s">
+        <v>197</v>
+      </c>
+      <c r="C45" t="s">
+        <v>198</v>
+      </c>
+      <c r="D45" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="46" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B46" t="s">
+        <v>200</v>
+      </c>
+      <c r="C46" t="s">
+        <v>201</v>
+      </c>
+      <c r="D46" t="s">
+        <v>202</v>
+      </c>
+    </row>
+    <row r="47" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B47" t="s">
+        <v>203</v>
+      </c>
+      <c r="C47" t="s">
+        <v>204</v>
+      </c>
+      <c r="D47" t="s">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="48" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B48" t="s">
+        <v>206</v>
+      </c>
+      <c r="C48" t="s">
+        <v>207</v>
+      </c>
+      <c r="D48" t="s">
+        <v>208</v>
+      </c>
+    </row>
+    <row r="49" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B49" t="s">
+        <v>209</v>
+      </c>
+      <c r="C49" t="s">
+        <v>210</v>
+      </c>
+      <c r="D49" t="s">
+        <v>211</v>
+      </c>
+    </row>
+    <row r="50" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B50" t="s">
+        <v>212</v>
+      </c>
+      <c r="C50" t="s">
+        <v>213</v>
+      </c>
+      <c r="D50" t="s">
+        <v>214</v>
+      </c>
+    </row>
+    <row r="51" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B51" t="s">
+        <v>215</v>
+      </c>
+      <c r="C51" t="s">
+        <v>216</v>
+      </c>
+      <c r="D51" t="s">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="52" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B52" t="s">
+        <v>218</v>
+      </c>
+      <c r="C52" t="s">
+        <v>219</v>
+      </c>
+      <c r="D52" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="53" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B53" t="s">
+        <v>221</v>
+      </c>
+      <c r="C53" t="s">
+        <v>222</v>
+      </c>
+      <c r="D53" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="54" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B54" t="s">
+        <v>224</v>
+      </c>
+      <c r="C54" t="s">
+        <v>225</v>
+      </c>
+      <c r="D54" t="s">
+        <v>226</v>
+      </c>
+    </row>
+    <row r="55" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B55" t="s">
+        <v>227</v>
+      </c>
+      <c r="D55" t="s">
+        <v>228</v>
+      </c>
+    </row>
+    <row r="56" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B56" t="s">
+        <v>229</v>
+      </c>
+      <c r="C56" t="s">
+        <v>230</v>
+      </c>
+      <c r="D56" t="s">
+        <v>231</v>
+      </c>
+    </row>
+    <row r="57" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B57" t="s">
+        <v>232</v>
+      </c>
+      <c r="C57" t="s">
+        <v>233</v>
+      </c>
+      <c r="D57" t="s">
+        <v>234</v>
+      </c>
+    </row>
+    <row r="58" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B58" t="s">
+        <v>235</v>
+      </c>
+      <c r="C58" t="s">
+        <v>236</v>
+      </c>
+      <c r="D58" t="s">
+        <v>237</v>
+      </c>
+    </row>
+    <row r="59" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B59" t="s">
+        <v>238</v>
+      </c>
+      <c r="C59" t="s">
+        <v>239</v>
+      </c>
+      <c r="D59" t="s">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="60" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B60" t="s">
+        <v>241</v>
+      </c>
+      <c r="C60" t="s">
+        <v>242</v>
+      </c>
+      <c r="D60" t="s">
+        <v>243</v>
+      </c>
+    </row>
+    <row r="61" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B61" t="s">
+        <v>244</v>
+      </c>
+      <c r="C61" t="s">
+        <v>245</v>
+      </c>
+      <c r="D61" t="s">
+        <v>246</v>
+      </c>
+    </row>
+    <row r="62" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B62" t="s">
+        <v>247</v>
+      </c>
+      <c r="C62" t="s">
+        <v>248</v>
+      </c>
+      <c r="D62" t="s">
+        <v>249</v>
+      </c>
+    </row>
+    <row r="63" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B63" t="s">
+        <v>250</v>
+      </c>
+      <c r="C63" t="s">
+        <v>251</v>
+      </c>
+      <c r="D63" t="s">
+        <v>252</v>
+      </c>
+    </row>
+    <row r="64" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B64" t="s">
+        <v>253</v>
+      </c>
+      <c r="C64" t="s">
+        <v>254</v>
+      </c>
+      <c r="D64" t="s">
+        <v>255</v>
+      </c>
+    </row>
+    <row r="65" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B65" t="s">
+        <v>256</v>
+      </c>
+      <c r="D65" t="s">
+        <v>257</v>
+      </c>
+    </row>
+    <row r="66" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B66" t="s">
+        <v>258</v>
+      </c>
+      <c r="C66" t="s">
+        <v>259</v>
+      </c>
+      <c r="D66" t="s">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="67" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B67" t="s">
+        <v>261</v>
+      </c>
+      <c r="C67" t="s">
+        <v>262</v>
+      </c>
+      <c r="D67" t="s">
+        <v>263</v>
+      </c>
+    </row>
+    <row r="68" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B68" t="s">
+        <v>264</v>
+      </c>
+      <c r="C68" t="s">
+        <v>265</v>
+      </c>
+      <c r="D68" t="s">
+        <v>266</v>
+      </c>
+    </row>
+    <row r="69" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B69" t="s">
+        <v>267</v>
+      </c>
+      <c r="C69" t="s">
+        <v>268</v>
+      </c>
+      <c r="D69" t="s">
+        <v>269</v>
+      </c>
+    </row>
+    <row r="70" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B70" t="s">
+        <v>270</v>
+      </c>
+      <c r="C70" t="s">
+        <v>271</v>
+      </c>
+      <c r="D70" t="s">
+        <v>272</v>
+      </c>
+    </row>
+    <row r="71" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B71" t="s">
+        <v>273</v>
+      </c>
+      <c r="D71" t="s">
+        <v>274</v>
+      </c>
+    </row>
+    <row r="72" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B72" t="s">
+        <v>275</v>
+      </c>
+      <c r="C72" t="s">
+        <v>276</v>
+      </c>
+      <c r="D72" t="s">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="73" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B73" t="s">
+        <v>278</v>
+      </c>
+      <c r="C73" t="s">
+        <v>279</v>
+      </c>
+      <c r="D73" t="s">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="74" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B74" t="s">
+        <v>281</v>
+      </c>
+      <c r="C74" t="s">
+        <v>282</v>
+      </c>
+      <c r="D74" t="s">
+        <v>283</v>
+      </c>
+    </row>
+    <row r="75" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B75" t="s">
+        <v>284</v>
+      </c>
+      <c r="C75" t="s">
+        <v>285</v>
+      </c>
+      <c r="D75" t="s">
+        <v>286</v>
+      </c>
+    </row>
+    <row r="76" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B76" t="s">
+        <v>287</v>
+      </c>
+      <c r="C76" t="s">
+        <v>288</v>
+      </c>
+      <c r="D76" t="s">
+        <v>289</v>
+      </c>
+    </row>
+    <row r="77" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B77" t="s">
+        <v>290</v>
+      </c>
+      <c r="C77" t="s">
+        <v>291</v>
+      </c>
+      <c r="D77" t="s">
+        <v>292</v>
+      </c>
+    </row>
+    <row r="78" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B78" t="s">
+        <v>293</v>
+      </c>
+      <c r="C78" t="s">
+        <v>294</v>
+      </c>
+      <c r="D78" t="s">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="79" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B79" t="s">
+        <v>296</v>
+      </c>
+      <c r="C79" t="s">
+        <v>297</v>
+      </c>
+      <c r="D79" t="s">
+        <v>298</v>
+      </c>
+    </row>
+    <row r="80" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B80" t="s">
+        <v>299</v>
+      </c>
+      <c r="C80" t="s">
+        <v>300</v>
+      </c>
+      <c r="D80" t="s">
+        <v>301</v>
+      </c>
+    </row>
+    <row r="81" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B81" t="s">
+        <v>302</v>
+      </c>
+      <c r="C81" t="s">
+        <v>303</v>
+      </c>
+      <c r="D81" t="s">
+        <v>304</v>
+      </c>
+    </row>
+    <row r="82" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B82" t="s">
+        <v>305</v>
+      </c>
+      <c r="C82" t="s">
+        <v>306</v>
+      </c>
+      <c r="D82" t="s">
+        <v>307</v>
+      </c>
+    </row>
+    <row r="83" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B83" t="s">
+        <v>308</v>
+      </c>
+      <c r="C83" t="s">
+        <v>309</v>
+      </c>
+      <c r="D83" t="s">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="84" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B84" t="s">
+        <v>311</v>
+      </c>
+      <c r="C84" t="s">
+        <v>312</v>
+      </c>
+      <c r="D84" t="s">
+        <v>313</v>
+      </c>
+    </row>
+    <row r="85" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B85" t="s">
+        <v>314</v>
+      </c>
+      <c r="C85" t="s">
+        <v>315</v>
+      </c>
+      <c r="D85" t="s">
+        <v>316</v>
+      </c>
+    </row>
+    <row r="86" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B86" t="s">
+        <v>317</v>
+      </c>
+      <c r="C86" t="s">
+        <v>318</v>
+      </c>
+      <c r="D86" t="s">
+        <v>319</v>
+      </c>
+    </row>
+    <row r="87" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B87" t="s">
+        <v>320</v>
+      </c>
+      <c r="C87" t="s">
+        <v>321</v>
+      </c>
+      <c r="D87" t="s">
+        <v>322</v>
+      </c>
+    </row>
+    <row r="88" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B88" t="s">
+        <v>323</v>
+      </c>
+      <c r="D88" t="s">
+        <v>324</v>
+      </c>
+    </row>
+    <row r="89" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B89" t="s">
+        <v>325</v>
+      </c>
+      <c r="C89" t="s">
+        <v>326</v>
+      </c>
+      <c r="D89" t="s">
+        <v>327</v>
+      </c>
+    </row>
+    <row r="90" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B90" t="s">
+        <v>328</v>
+      </c>
+      <c r="C90" t="s">
+        <v>329</v>
+      </c>
+      <c r="D90" t="s">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="91" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B91" t="s">
+        <v>331</v>
+      </c>
+      <c r="C91" t="s">
+        <v>332</v>
+      </c>
+      <c r="D91" t="s">
+        <v>333</v>
+      </c>
+    </row>
+    <row r="92" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B92" t="s">
+        <v>334</v>
+      </c>
+      <c r="C92" t="s">
+        <v>335</v>
+      </c>
+      <c r="D92" t="s">
+        <v>336</v>
+      </c>
+    </row>
+    <row r="93" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B93" t="s">
+        <v>337</v>
+      </c>
+      <c r="C93" t="s">
+        <v>338</v>
+      </c>
+      <c r="D93" t="s">
+        <v>339</v>
+      </c>
+    </row>
+    <row r="94" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B94" t="s">
+        <v>340</v>
+      </c>
+      <c r="C94" t="s">
+        <v>341</v>
+      </c>
+      <c r="D94" t="s">
+        <v>342</v>
+      </c>
+    </row>
+    <row r="95" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B95" t="s">
+        <v>343</v>
+      </c>
+      <c r="C95" t="s">
+        <v>344</v>
+      </c>
+      <c r="D95" t="s">
+        <v>345</v>
+      </c>
+    </row>
+    <row r="96" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B96" t="s">
+        <v>346</v>
+      </c>
+      <c r="C96" t="s">
+        <v>347</v>
+      </c>
+      <c r="D96" t="s">
+        <v>348</v>
+      </c>
+    </row>
+    <row r="97" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B97" t="s">
+        <v>349</v>
+      </c>
+      <c r="C97" t="s">
+        <v>350</v>
+      </c>
+      <c r="D97" t="s">
+        <v>351</v>
+      </c>
+    </row>
+    <row r="98" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B98" t="s">
+        <v>352</v>
+      </c>
+      <c r="C98" t="s">
+        <v>353</v>
+      </c>
+      <c r="D98" t="s">
+        <v>354</v>
+      </c>
+    </row>
+    <row r="99" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B99" t="s">
+        <v>355</v>
+      </c>
+      <c r="D99" t="s">
+        <v>356</v>
+      </c>
+    </row>
+    <row r="100" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B100" t="s">
+        <v>357</v>
+      </c>
+      <c r="C100" t="s">
+        <v>358</v>
+      </c>
+      <c r="D100" t="s">
+        <v>359</v>
+      </c>
+    </row>
+    <row r="101" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B101" t="s">
+        <v>360</v>
+      </c>
+      <c r="C101" t="s">
+        <v>361</v>
+      </c>
+      <c r="D101" t="s">
+        <v>362</v>
+      </c>
+    </row>
+    <row r="102" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B102" t="s">
+        <v>363</v>
+      </c>
+      <c r="C102" t="s">
+        <v>364</v>
+      </c>
+      <c r="D102" t="s">
+        <v>365</v>
+      </c>
+    </row>
+    <row r="103" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B103" t="s">
+        <v>366</v>
+      </c>
+      <c r="C103" t="s">
+        <v>367</v>
+      </c>
+      <c r="D103" t="s">
+        <v>368</v>
+      </c>
+    </row>
+    <row r="104" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B104" t="s">
+        <v>369</v>
+      </c>
+      <c r="C104" t="s">
+        <v>370</v>
+      </c>
+      <c r="D104" t="s">
+        <v>371</v>
+      </c>
+    </row>
+    <row r="105" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B105" t="s">
+        <v>372</v>
+      </c>
+      <c r="C105" t="s">
+        <v>373</v>
+      </c>
+      <c r="D105" t="s">
+        <v>374</v>
+      </c>
+    </row>
+    <row r="106" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B106" t="s">
+        <v>375</v>
+      </c>
+      <c r="C106" t="s">
+        <v>376</v>
+      </c>
+      <c r="D106" t="s">
+        <v>377</v>
+      </c>
+    </row>
+    <row r="107" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B107" t="s">
+        <v>378</v>
+      </c>
+      <c r="C107" t="s">
+        <v>379</v>
+      </c>
+      <c r="D107" t="s">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="108" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B108" t="s">
+        <v>381</v>
+      </c>
+      <c r="C108" t="s">
+        <v>382</v>
+      </c>
+      <c r="D108" t="s">
+        <v>383</v>
+      </c>
+    </row>
+    <row r="109" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B109" t="s">
+        <v>384</v>
+      </c>
+      <c r="C109" t="s">
+        <v>385</v>
+      </c>
+      <c r="D109" t="s">
+        <v>386</v>
+      </c>
+    </row>
+    <row r="110" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B110" t="s">
+        <v>387</v>
+      </c>
+      <c r="D110" t="s">
+        <v>388</v>
+      </c>
+    </row>
+    <row r="111" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B111" t="s">
+        <v>389</v>
+      </c>
+      <c r="C111" t="s">
+        <v>390</v>
+      </c>
+      <c r="D111" t="s">
+        <v>391</v>
+      </c>
+    </row>
+    <row r="112" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B112" t="s">
+        <v>392</v>
+      </c>
+      <c r="C112" t="s">
+        <v>393</v>
+      </c>
+      <c r="D112" t="s">
+        <v>394</v>
+      </c>
+    </row>
+    <row r="113" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B113" t="s">
+        <v>395</v>
+      </c>
+      <c r="C113" t="s">
+        <v>396</v>
+      </c>
+      <c r="D113" t="s">
+        <v>397</v>
+      </c>
+    </row>
+    <row r="114" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B114" t="s">
+        <v>398</v>
+      </c>
+      <c r="C114" t="s">
+        <v>399</v>
+      </c>
+      <c r="D114" t="s">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="115" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B115" t="s">
+        <v>401</v>
+      </c>
+      <c r="C115" t="s">
+        <v>402</v>
+      </c>
+      <c r="D115" t="s">
+        <v>403</v>
+      </c>
+    </row>
+    <row r="116" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B116" t="s">
+        <v>404</v>
+      </c>
+      <c r="C116" t="s">
+        <v>405</v>
+      </c>
+      <c r="D116" t="s">
+        <v>406</v>
+      </c>
+    </row>
+    <row r="117" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B117" t="s">
+        <v>407</v>
+      </c>
+      <c r="C117" t="s">
+        <v>408</v>
+      </c>
+      <c r="D117" t="s">
+        <v>409</v>
+      </c>
+    </row>
+    <row r="118" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B118" t="s">
+        <v>410</v>
+      </c>
+      <c r="C118" t="s">
+        <v>411</v>
+      </c>
+      <c r="D118" t="s">
+        <v>412</v>
+      </c>
+    </row>
+    <row r="119" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B119" t="s">
+        <v>413</v>
+      </c>
+      <c r="C119" t="s">
+        <v>414</v>
+      </c>
+      <c r="D119" t="s">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="120" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B120" t="s">
+        <v>416</v>
+      </c>
+      <c r="C120" t="s">
+        <v>417</v>
+      </c>
+      <c r="D120" t="s">
+        <v>418</v>
+      </c>
+    </row>
+    <row r="121" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B121" t="s">
+        <v>419</v>
+      </c>
+      <c r="C121" t="s">
+        <v>420</v>
+      </c>
+      <c r="D121" t="s">
+        <v>421</v>
+      </c>
+    </row>
+    <row r="122" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B122" t="s">
+        <v>422</v>
+      </c>
+      <c r="C122" t="s">
+        <v>423</v>
+      </c>
+      <c r="D122" t="s">
+        <v>424</v>
+      </c>
+    </row>
+    <row r="123" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B123" t="s">
+        <v>425</v>
+      </c>
+      <c r="C123" t="s">
+        <v>426</v>
+      </c>
+      <c r="D123" t="s">
+        <v>427</v>
+      </c>
+    </row>
+    <row r="124" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B124" t="s">
+        <v>428</v>
+      </c>
+      <c r="C124" t="s">
+        <v>429</v>
+      </c>
+      <c r="D124" t="s">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="125" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B125" t="s">
+        <v>431</v>
+      </c>
+      <c r="C125" t="s">
+        <v>432</v>
+      </c>
+      <c r="D125" t="s">
+        <v>433</v>
+      </c>
+    </row>
+    <row r="126" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B126" t="s">
+        <v>434</v>
+      </c>
+      <c r="D126" t="s">
+        <v>435</v>
+      </c>
+    </row>
+    <row r="127" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B127" t="s">
+        <v>436</v>
+      </c>
+      <c r="C127" t="s">
+        <v>437</v>
+      </c>
+      <c r="D127" t="s">
+        <v>438</v>
+      </c>
+    </row>
+    <row r="128" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B128" t="s">
+        <v>439</v>
+      </c>
+      <c r="C128" t="s">
+        <v>440</v>
+      </c>
+      <c r="D128" t="s">
+        <v>441</v>
+      </c>
+    </row>
+    <row r="129" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B129" t="s">
+        <v>442</v>
+      </c>
+      <c r="C129" t="s">
+        <v>443</v>
+      </c>
+      <c r="D129" t="s">
+        <v>444</v>
+      </c>
+    </row>
+    <row r="130" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B130" t="s">
+        <v>445</v>
+      </c>
+      <c r="C130" t="s">
+        <v>446</v>
+      </c>
+      <c r="D130" t="s">
+        <v>447</v>
+      </c>
+    </row>
+    <row r="131" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B131" t="s">
+        <v>448</v>
+      </c>
+      <c r="C131" t="s">
+        <v>449</v>
+      </c>
+      <c r="D131" t="s">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="132" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B132" t="s">
+        <v>451</v>
+      </c>
+      <c r="C132" t="s">
+        <v>452</v>
+      </c>
+      <c r="D132" t="s">
+        <v>453</v>
+      </c>
+    </row>
+    <row r="133" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B133" t="s">
+        <v>454</v>
+      </c>
+      <c r="C133" t="s">
+        <v>455</v>
+      </c>
+      <c r="D133" t="s">
+        <v>456</v>
+      </c>
+    </row>
+    <row r="134" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B134" t="s">
+        <v>457</v>
+      </c>
+      <c r="C134" t="s">
+        <v>458</v>
+      </c>
+      <c r="D134" t="s">
+        <v>459</v>
+      </c>
+    </row>
+  </sheetData>
+  <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet17.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
+  <dimension ref="A1:D93"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="4" width="50.7265625" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A1" s="1" t="s">
+        <v>78</v>
+      </c>
+      <c r="B1" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" s="1" t="s">
+        <v>79</v>
+      </c>
+      <c r="D1" s="1" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="2" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B2" s="4" t="s">
+        <v>4155</v>
+      </c>
+      <c r="D2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="3" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A3" t="s">
+        <v>460</v>
+      </c>
+      <c r="B3" t="s">
+        <v>84</v>
+      </c>
+      <c r="D3" t="s">
+        <v>461</v>
+      </c>
+    </row>
+    <row r="4" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B4" t="s">
+        <v>462</v>
+      </c>
       <c r="D4" t="s">
-        <v>2703</v>
+        <v>463</v>
       </c>
     </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B5" t="s">
-        <v>125</v>
+        <v>88</v>
       </c>
       <c r="D5" t="s">
-        <v>2704</v>
+        <v>464</v>
       </c>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B6" t="s">
-        <v>119</v>
+        <v>96</v>
       </c>
       <c r="D6" t="s">
-        <v>2705</v>
+        <v>465</v>
       </c>
     </row>
     <row r="7" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B7" t="s">
-        <v>2706</v>
+        <v>92</v>
       </c>
       <c r="D7" t="s">
-        <v>2707</v>
+        <v>466</v>
       </c>
     </row>
     <row r="8" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B8" t="s">
-        <v>2708</v>
-[...2 lines deleted...]
-        <v>677</v>
+        <v>467</v>
       </c>
       <c r="D8" t="s">
-        <v>2709</v>
+        <v>468</v>
       </c>
     </row>
     <row r="9" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B9" t="s">
-        <v>2710</v>
-[...2 lines deleted...]
-        <v>680</v>
+        <v>90</v>
       </c>
       <c r="D9" t="s">
-        <v>2711</v>
+        <v>469</v>
       </c>
     </row>
     <row r="10" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B10" t="s">
-        <v>2712</v>
-[...2 lines deleted...]
-        <v>683</v>
+        <v>470</v>
       </c>
       <c r="D10" t="s">
-        <v>2713</v>
+        <v>471</v>
       </c>
     </row>
     <row r="11" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B11" t="s">
-        <v>2714</v>
-[...2 lines deleted...]
-        <v>686</v>
+        <v>472</v>
       </c>
       <c r="D11" t="s">
-        <v>2715</v>
+        <v>473</v>
       </c>
     </row>
     <row r="12" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B12" t="s">
-        <v>2716</v>
-[...2 lines deleted...]
-        <v>689</v>
+        <v>474</v>
       </c>
       <c r="D12" t="s">
-        <v>2717</v>
+        <v>475</v>
       </c>
     </row>
     <row r="13" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B13" t="s">
-        <v>2718</v>
+        <v>476</v>
       </c>
       <c r="D13" t="s">
-        <v>2719</v>
+        <v>477</v>
       </c>
     </row>
     <row r="14" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B14" t="s">
-        <v>2720</v>
-[...2 lines deleted...]
-        <v>692</v>
+        <v>478</v>
       </c>
       <c r="D14" t="s">
-        <v>2721</v>
+        <v>479</v>
       </c>
     </row>
     <row r="15" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B15" t="s">
-        <v>2722</v>
-[...2 lines deleted...]
-        <v>695</v>
+        <v>480</v>
       </c>
       <c r="D15" t="s">
-        <v>2723</v>
+        <v>481</v>
       </c>
     </row>
     <row r="16" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B16" t="s">
-        <v>2724</v>
-[...2 lines deleted...]
-        <v>700</v>
+        <v>482</v>
       </c>
       <c r="D16" t="s">
-        <v>2725</v>
+        <v>483</v>
       </c>
     </row>
     <row r="17" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B17" t="s">
-        <v>2726</v>
-[...2 lines deleted...]
-        <v>703</v>
+        <v>484</v>
       </c>
       <c r="D17" t="s">
-        <v>2727</v>
+        <v>485</v>
       </c>
     </row>
     <row r="18" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B18" t="s">
-        <v>2728</v>
+        <v>486</v>
       </c>
       <c r="D18" t="s">
-        <v>2729</v>
+        <v>487</v>
       </c>
     </row>
     <row r="19" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B19" t="s">
-        <v>2730</v>
-[...2 lines deleted...]
-        <v>706</v>
+        <v>488</v>
       </c>
       <c r="D19" t="s">
-        <v>2731</v>
+        <v>489</v>
       </c>
     </row>
     <row r="20" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B20" t="s">
-        <v>2732</v>
-[...2 lines deleted...]
-        <v>709</v>
+        <v>490</v>
       </c>
       <c r="D20" t="s">
-        <v>2733</v>
+        <v>491</v>
       </c>
     </row>
     <row r="21" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B21" t="s">
-        <v>2734</v>
-[...2 lines deleted...]
-        <v>712</v>
+        <v>492</v>
       </c>
       <c r="D21" t="s">
-        <v>2735</v>
+        <v>493</v>
       </c>
     </row>
     <row r="22" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B22" t="s">
-        <v>2736</v>
-[...2 lines deleted...]
-        <v>715</v>
+        <v>494</v>
       </c>
       <c r="D22" t="s">
-        <v>2737</v>
+        <v>495</v>
       </c>
     </row>
     <row r="23" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B23" t="s">
-        <v>2738</v>
-[...2 lines deleted...]
-        <v>718</v>
+        <v>496</v>
       </c>
       <c r="D23" t="s">
-        <v>2739</v>
+        <v>497</v>
       </c>
     </row>
     <row r="24" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B24" t="s">
-        <v>2740</v>
-[...2 lines deleted...]
-        <v>721</v>
+        <v>498</v>
       </c>
       <c r="D24" t="s">
-        <v>2741</v>
+        <v>499</v>
       </c>
     </row>
     <row r="25" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B25" t="s">
-        <v>2742</v>
+        <v>500</v>
       </c>
       <c r="D25" t="s">
-        <v>2743</v>
+        <v>501</v>
       </c>
     </row>
     <row r="26" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B26" t="s">
-        <v>2744</v>
-[...2 lines deleted...]
-        <v>724</v>
+        <v>502</v>
       </c>
       <c r="D26" t="s">
-        <v>2745</v>
+        <v>503</v>
       </c>
     </row>
     <row r="27" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B27" t="s">
-        <v>2746</v>
-[...2 lines deleted...]
-        <v>2747</v>
+        <v>504</v>
       </c>
       <c r="D27" t="s">
-        <v>2748</v>
+        <v>505</v>
       </c>
     </row>
     <row r="28" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B28" t="s">
-        <v>2749</v>
-[...2 lines deleted...]
-        <v>2750</v>
+        <v>506</v>
       </c>
       <c r="D28" t="s">
-        <v>2751</v>
+        <v>507</v>
       </c>
     </row>
     <row r="29" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B29" t="s">
-        <v>1457</v>
-[...2 lines deleted...]
-        <v>732</v>
+        <v>508</v>
       </c>
       <c r="D29" t="s">
-        <v>2752</v>
+        <v>509</v>
       </c>
     </row>
     <row r="30" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B30" t="s">
-        <v>2753</v>
-[...2 lines deleted...]
-        <v>735</v>
+        <v>510</v>
       </c>
       <c r="D30" t="s">
-        <v>2754</v>
+        <v>511</v>
       </c>
     </row>
     <row r="31" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B31" t="s">
-        <v>2755</v>
-[...2 lines deleted...]
-        <v>738</v>
+        <v>512</v>
       </c>
       <c r="D31" t="s">
-        <v>2756</v>
+        <v>513</v>
       </c>
     </row>
     <row r="32" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B32" t="s">
-        <v>2757</v>
-[...2 lines deleted...]
-        <v>741</v>
+        <v>514</v>
       </c>
       <c r="D32" t="s">
-        <v>2758</v>
+        <v>515</v>
       </c>
     </row>
     <row r="33" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B33" t="s">
-        <v>2759</v>
-[...2 lines deleted...]
-        <v>1064</v>
+        <v>516</v>
       </c>
       <c r="D33" t="s">
-        <v>2760</v>
+        <v>517</v>
       </c>
     </row>
     <row r="34" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B34" t="s">
-        <v>2761</v>
-[...2 lines deleted...]
-        <v>1067</v>
+        <v>518</v>
       </c>
       <c r="D34" t="s">
-        <v>2762</v>
+        <v>519</v>
       </c>
     </row>
     <row r="35" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B35" t="s">
-        <v>2485</v>
-[...2 lines deleted...]
-        <v>747</v>
+        <v>520</v>
       </c>
       <c r="D35" t="s">
-        <v>2763</v>
+        <v>521</v>
       </c>
     </row>
     <row r="36" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B36" t="s">
-        <v>2764</v>
-[...2 lines deleted...]
-        <v>752</v>
+        <v>522</v>
       </c>
       <c r="D36" t="s">
-        <v>2765</v>
+        <v>523</v>
       </c>
     </row>
     <row r="37" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B37" t="s">
-        <v>2493</v>
-[...2 lines deleted...]
-        <v>755</v>
+        <v>524</v>
       </c>
       <c r="D37" t="s">
-        <v>2766</v>
+        <v>525</v>
       </c>
     </row>
     <row r="38" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B38" t="s">
-        <v>2767</v>
-[...2 lines deleted...]
-        <v>758</v>
+        <v>526</v>
       </c>
       <c r="D38" t="s">
-        <v>2768</v>
+        <v>527</v>
       </c>
     </row>
     <row r="39" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B39" t="s">
-        <v>2489</v>
-[...2 lines deleted...]
-        <v>1102</v>
+        <v>528</v>
       </c>
       <c r="D39" t="s">
-        <v>2769</v>
+        <v>529</v>
       </c>
     </row>
     <row r="40" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B40" t="s">
-        <v>2770</v>
-[...2 lines deleted...]
-        <v>1107</v>
+        <v>530</v>
       </c>
       <c r="D40" t="s">
-        <v>2771</v>
+        <v>531</v>
       </c>
     </row>
     <row r="41" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B41" t="s">
-        <v>2772</v>
-[...2 lines deleted...]
-        <v>1110</v>
+        <v>532</v>
       </c>
       <c r="D41" t="s">
-        <v>2773</v>
+        <v>533</v>
       </c>
     </row>
     <row r="42" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B42" t="s">
-        <v>2661</v>
-[...2 lines deleted...]
-        <v>1113</v>
+        <v>534</v>
       </c>
       <c r="D42" t="s">
-        <v>2774</v>
+        <v>535</v>
       </c>
     </row>
     <row r="43" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B43" t="s">
-        <v>2775</v>
-[...2 lines deleted...]
-        <v>1116</v>
+        <v>536</v>
       </c>
       <c r="D43" t="s">
-        <v>2776</v>
+        <v>537</v>
       </c>
     </row>
     <row r="44" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B44" t="s">
-        <v>2483</v>
-[...2 lines deleted...]
-        <v>1119</v>
+        <v>538</v>
       </c>
       <c r="D44" t="s">
-        <v>2777</v>
+        <v>539</v>
       </c>
     </row>
     <row r="45" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B45" t="s">
-        <v>2778</v>
-[...2 lines deleted...]
-        <v>1131</v>
+        <v>540</v>
       </c>
       <c r="D45" t="s">
-        <v>2779</v>
+        <v>541</v>
       </c>
     </row>
     <row r="46" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B46" t="s">
-        <v>2780</v>
+        <v>542</v>
       </c>
       <c r="D46" t="s">
-        <v>2781</v>
+        <v>543</v>
       </c>
     </row>
     <row r="47" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B47" t="s">
-        <v>2782</v>
-[...2 lines deleted...]
-        <v>1146</v>
+        <v>544</v>
       </c>
       <c r="D47" t="s">
-        <v>2783</v>
+        <v>545</v>
       </c>
     </row>
     <row r="48" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B48" t="s">
-        <v>2784</v>
-[...2 lines deleted...]
-        <v>1161</v>
+        <v>546</v>
       </c>
       <c r="D48" t="s">
-        <v>2785</v>
+        <v>547</v>
       </c>
     </row>
     <row r="49" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B49" t="s">
-        <v>2786</v>
-[...2 lines deleted...]
-        <v>1164</v>
+        <v>548</v>
       </c>
       <c r="D49" t="s">
-        <v>2787</v>
+        <v>549</v>
       </c>
     </row>
     <row r="50" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B50" t="s">
-        <v>2788</v>
-[...2 lines deleted...]
-        <v>1169</v>
+        <v>550</v>
       </c>
       <c r="D50" t="s">
-        <v>2789</v>
+        <v>551</v>
       </c>
     </row>
     <row r="51" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B51" t="s">
-        <v>2790</v>
-[...2 lines deleted...]
-        <v>1172</v>
+        <v>552</v>
       </c>
       <c r="D51" t="s">
-        <v>2791</v>
+        <v>553</v>
       </c>
     </row>
     <row r="52" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B52" t="s">
-        <v>2792</v>
-[...2 lines deleted...]
-        <v>1175</v>
+        <v>554</v>
       </c>
       <c r="D52" t="s">
-        <v>2793</v>
+        <v>555</v>
       </c>
     </row>
     <row r="53" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B53" t="s">
-        <v>2794</v>
-[...2 lines deleted...]
-        <v>1184</v>
+        <v>556</v>
       </c>
       <c r="D53" t="s">
-        <v>2795</v>
+        <v>557</v>
       </c>
     </row>
     <row r="54" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B54" t="s">
-        <v>2796</v>
-[...2 lines deleted...]
-        <v>1187</v>
+        <v>558</v>
       </c>
       <c r="D54" t="s">
-        <v>2797</v>
+        <v>559</v>
       </c>
     </row>
     <row r="55" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B55" t="s">
-        <v>2798</v>
-[...2 lines deleted...]
-        <v>1190</v>
+        <v>560</v>
       </c>
       <c r="D55" t="s">
-        <v>2799</v>
+        <v>561</v>
       </c>
     </row>
     <row r="56" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B56" t="s">
-        <v>2800</v>
-[...2 lines deleted...]
-        <v>1193</v>
+        <v>562</v>
       </c>
       <c r="D56" t="s">
-        <v>2801</v>
+        <v>563</v>
       </c>
     </row>
     <row r="57" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B57" t="s">
-        <v>2802</v>
+        <v>564</v>
       </c>
       <c r="D57" t="s">
-        <v>2803</v>
+        <v>565</v>
       </c>
     </row>
     <row r="58" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B58" t="s">
-        <v>2804</v>
-[...2 lines deleted...]
-        <v>1202</v>
+        <v>566</v>
       </c>
       <c r="D58" t="s">
-        <v>2805</v>
+        <v>567</v>
       </c>
     </row>
     <row r="59" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B59" t="s">
-        <v>2806</v>
-[...2 lines deleted...]
-        <v>1229</v>
+        <v>568</v>
       </c>
       <c r="D59" t="s">
-        <v>2807</v>
+        <v>569</v>
       </c>
     </row>
     <row r="60" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B60" t="s">
-        <v>2808</v>
-[...2 lines deleted...]
-        <v>1246</v>
+        <v>570</v>
       </c>
       <c r="D60" t="s">
-        <v>2809</v>
+        <v>571</v>
       </c>
     </row>
     <row r="61" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B61" t="s">
-        <v>2810</v>
-[...2 lines deleted...]
-        <v>1249</v>
+        <v>572</v>
       </c>
       <c r="D61" t="s">
-        <v>2811</v>
+        <v>573</v>
       </c>
     </row>
     <row r="62" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B62" t="s">
-        <v>2812</v>
-[...2 lines deleted...]
-        <v>1252</v>
+        <v>574</v>
       </c>
       <c r="D62" t="s">
-        <v>2813</v>
+        <v>575</v>
       </c>
     </row>
     <row r="63" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B63" t="s">
-        <v>2814</v>
-[...2 lines deleted...]
-        <v>1255</v>
+        <v>576</v>
       </c>
       <c r="D63" t="s">
-        <v>2815</v>
+        <v>577</v>
       </c>
     </row>
     <row r="64" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B64" t="s">
-        <v>2816</v>
-[...2 lines deleted...]
-        <v>1260</v>
+        <v>578</v>
       </c>
       <c r="D64" t="s">
-        <v>2817</v>
+        <v>579</v>
       </c>
     </row>
     <row r="65" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B65" t="s">
-        <v>2818</v>
-[...2 lines deleted...]
-        <v>1263</v>
+        <v>580</v>
       </c>
       <c r="D65" t="s">
-        <v>2819</v>
+        <v>581</v>
       </c>
     </row>
     <row r="66" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B66" t="s">
-        <v>2820</v>
-[...2 lines deleted...]
-        <v>1266</v>
+        <v>582</v>
       </c>
       <c r="D66" t="s">
-        <v>2821</v>
+        <v>583</v>
       </c>
     </row>
     <row r="67" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B67" t="s">
-        <v>2822</v>
-[...2 lines deleted...]
-        <v>1269</v>
+        <v>584</v>
       </c>
       <c r="D67" t="s">
-        <v>2823</v>
+        <v>585</v>
       </c>
     </row>
     <row r="68" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B68" t="s">
-        <v>2824</v>
+        <v>586</v>
       </c>
       <c r="D68" t="s">
-        <v>2825</v>
+        <v>587</v>
       </c>
     </row>
     <row r="69" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B69" t="s">
-        <v>2824</v>
+        <v>588</v>
       </c>
       <c r="D69" t="s">
-        <v>2826</v>
+        <v>589</v>
+      </c>
+    </row>
+    <row r="70" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B70" t="s">
+        <v>590</v>
+      </c>
+      <c r="D70" t="s">
+        <v>591</v>
+      </c>
+    </row>
+    <row r="71" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B71" t="s">
+        <v>592</v>
+      </c>
+      <c r="D71" t="s">
+        <v>593</v>
+      </c>
+    </row>
+    <row r="72" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B72" t="s">
+        <v>594</v>
+      </c>
+      <c r="D72" t="s">
+        <v>595</v>
+      </c>
+    </row>
+    <row r="73" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B73" t="s">
+        <v>596</v>
+      </c>
+      <c r="D73" t="s">
+        <v>597</v>
+      </c>
+    </row>
+    <row r="74" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B74" t="s">
+        <v>598</v>
+      </c>
+      <c r="D74" t="s">
+        <v>599</v>
+      </c>
+    </row>
+    <row r="75" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B75" t="s">
+        <v>600</v>
+      </c>
+      <c r="D75" t="s">
+        <v>601</v>
+      </c>
+    </row>
+    <row r="76" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B76" t="s">
+        <v>602</v>
+      </c>
+      <c r="D76" t="s">
+        <v>603</v>
+      </c>
+    </row>
+    <row r="77" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B77" t="s">
+        <v>604</v>
+      </c>
+      <c r="D77" t="s">
+        <v>605</v>
+      </c>
+    </row>
+    <row r="78" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B78" t="s">
+        <v>606</v>
+      </c>
+      <c r="D78" t="s">
+        <v>607</v>
+      </c>
+    </row>
+    <row r="79" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B79" t="s">
+        <v>608</v>
+      </c>
+      <c r="D79" t="s">
+        <v>609</v>
+      </c>
+    </row>
+    <row r="80" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B80" t="s">
+        <v>610</v>
+      </c>
+      <c r="D80" t="s">
+        <v>611</v>
+      </c>
+    </row>
+    <row r="81" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B81" t="s">
+        <v>612</v>
+      </c>
+      <c r="D81" t="s">
+        <v>613</v>
+      </c>
+    </row>
+    <row r="82" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B82" t="s">
+        <v>614</v>
+      </c>
+      <c r="D82" t="s">
+        <v>615</v>
+      </c>
+    </row>
+    <row r="83" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B83" t="s">
+        <v>616</v>
+      </c>
+      <c r="D83" t="s">
+        <v>617</v>
+      </c>
+    </row>
+    <row r="84" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B84" t="s">
+        <v>618</v>
+      </c>
+      <c r="D84" t="s">
+        <v>619</v>
+      </c>
+    </row>
+    <row r="85" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B85" t="s">
+        <v>620</v>
+      </c>
+      <c r="D85" t="s">
+        <v>621</v>
+      </c>
+    </row>
+    <row r="86" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B86" t="s">
+        <v>622</v>
+      </c>
+      <c r="D86" t="s">
+        <v>623</v>
+      </c>
+    </row>
+    <row r="87" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B87" t="s">
+        <v>624</v>
+      </c>
+      <c r="D87" t="s">
+        <v>625</v>
+      </c>
+    </row>
+    <row r="88" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B88" t="s">
+        <v>626</v>
+      </c>
+      <c r="D88" t="s">
+        <v>627</v>
+      </c>
+    </row>
+    <row r="89" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B89" t="s">
+        <v>628</v>
+      </c>
+      <c r="D89" t="s">
+        <v>629</v>
+      </c>
+    </row>
+    <row r="90" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B90" t="s">
+        <v>630</v>
+      </c>
+      <c r="D90" t="s">
+        <v>631</v>
+      </c>
+    </row>
+    <row r="91" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B91" t="s">
+        <v>632</v>
+      </c>
+      <c r="D91" t="s">
+        <v>633</v>
+      </c>
+    </row>
+    <row r="92" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B92" t="s">
+        <v>634</v>
+      </c>
+      <c r="D92" t="s">
+        <v>635</v>
+      </c>
+    </row>
+    <row r="93" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B93" t="s">
+        <v>636</v>
+      </c>
+      <c r="D93" t="s">
+        <v>637</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet18.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1100-000000000000}">
   <dimension ref="A1:D39"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>107</v>
+        <v>78</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>108</v>
+        <v>79</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>109</v>
+        <v>80</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
-        <v>68</v>
+        <v>48</v>
       </c>
       <c r="B2" t="s">
-        <v>69</v>
+        <v>49</v>
       </c>
       <c r="D2" t="s">
-        <v>71</v>
+        <v>50</v>
       </c>
     </row>
     <row r="3" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
-        <v>2827</v>
+        <v>2715</v>
       </c>
       <c r="B3" t="s">
-        <v>113</v>
+        <v>84</v>
       </c>
       <c r="D3" t="s">
-        <v>2830</v>
+        <v>2718</v>
       </c>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A4" t="s">
-        <v>2828</v>
+        <v>2716</v>
       </c>
       <c r="B4" t="s">
-        <v>2831</v>
+        <v>2719</v>
       </c>
       <c r="D4" t="s">
-        <v>2832</v>
+        <v>2720</v>
       </c>
     </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A5" t="s">
-        <v>2829</v>
+        <v>2717</v>
       </c>
       <c r="B5" t="s">
-        <v>2833</v>
+        <v>2721</v>
       </c>
       <c r="D5" t="s">
-        <v>2834</v>
+        <v>2722</v>
       </c>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B6" t="s">
-        <v>2835</v>
+        <v>2723</v>
       </c>
       <c r="D6" t="s">
-        <v>2836</v>
+        <v>2724</v>
       </c>
     </row>
     <row r="7" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B7" t="s">
-        <v>1284</v>
+        <v>1255</v>
       </c>
       <c r="D7" t="s">
-        <v>2837</v>
+        <v>2725</v>
       </c>
     </row>
     <row r="8" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B8" t="s">
-        <v>2838</v>
+        <v>2726</v>
       </c>
       <c r="D8" t="s">
-        <v>2839</v>
+        <v>2727</v>
       </c>
     </row>
     <row r="9" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B9" t="s">
-        <v>2840</v>
+        <v>2728</v>
       </c>
       <c r="D9" t="s">
-        <v>2841</v>
+        <v>2729</v>
       </c>
     </row>
     <row r="10" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B10" t="s">
-        <v>2842</v>
+        <v>2730</v>
       </c>
       <c r="D10" t="s">
-        <v>2843</v>
+        <v>2731</v>
       </c>
     </row>
     <row r="11" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B11" t="s">
-        <v>2844</v>
+        <v>2732</v>
       </c>
       <c r="D11" t="s">
-        <v>2845</v>
+        <v>2733</v>
       </c>
     </row>
     <row r="12" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B12" t="s">
-        <v>2846</v>
+        <v>2734</v>
       </c>
       <c r="D12" t="s">
-        <v>2847</v>
+        <v>2735</v>
       </c>
     </row>
     <row r="13" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B13" t="s">
-        <v>2848</v>
+        <v>2736</v>
       </c>
       <c r="D13" t="s">
-        <v>2849</v>
+        <v>2737</v>
       </c>
     </row>
     <row r="14" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B14" t="s">
-        <v>2850</v>
+        <v>2738</v>
       </c>
       <c r="D14" t="s">
-        <v>2851</v>
+        <v>2739</v>
       </c>
     </row>
     <row r="15" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B15" t="s">
-        <v>2852</v>
+        <v>2740</v>
       </c>
       <c r="D15" t="s">
-        <v>2853</v>
+        <v>2741</v>
       </c>
     </row>
     <row r="16" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B16" t="s">
-        <v>2854</v>
+        <v>2742</v>
       </c>
       <c r="D16" t="s">
-        <v>2855</v>
+        <v>2743</v>
       </c>
     </row>
     <row r="17" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B17" t="s">
-        <v>2856</v>
+        <v>2744</v>
       </c>
       <c r="D17" t="s">
-        <v>2857</v>
+        <v>2745</v>
       </c>
     </row>
     <row r="18" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B18" t="s">
-        <v>2858</v>
+        <v>2746</v>
       </c>
       <c r="D18" t="s">
-        <v>2859</v>
+        <v>2747</v>
       </c>
     </row>
     <row r="19" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B19" t="s">
-        <v>2860</v>
+        <v>2748</v>
       </c>
       <c r="D19" t="s">
-        <v>2861</v>
+        <v>2749</v>
       </c>
     </row>
     <row r="20" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B20" t="s">
-        <v>2862</v>
+        <v>2750</v>
       </c>
       <c r="D20" t="s">
-        <v>2863</v>
+        <v>2751</v>
       </c>
     </row>
     <row r="21" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B21" t="s">
-        <v>2864</v>
+        <v>2752</v>
       </c>
       <c r="D21" t="s">
-        <v>2865</v>
+        <v>2753</v>
       </c>
     </row>
     <row r="22" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B22" t="s">
-        <v>2866</v>
+        <v>2754</v>
       </c>
       <c r="D22" t="s">
-        <v>2867</v>
+        <v>2755</v>
       </c>
     </row>
     <row r="23" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B23" t="s">
-        <v>2868</v>
+        <v>2756</v>
       </c>
       <c r="D23" t="s">
-        <v>2869</v>
+        <v>2757</v>
       </c>
     </row>
     <row r="24" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B24" t="s">
-        <v>2870</v>
+        <v>2758</v>
       </c>
       <c r="D24" t="s">
-        <v>2871</v>
+        <v>2759</v>
       </c>
     </row>
     <row r="25" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B25" t="s">
-        <v>2872</v>
+        <v>2760</v>
       </c>
       <c r="D25" t="s">
-        <v>2873</v>
+        <v>2761</v>
       </c>
     </row>
     <row r="26" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B26" t="s">
-        <v>2874</v>
+        <v>2762</v>
       </c>
       <c r="D26" t="s">
-        <v>2875</v>
+        <v>2763</v>
       </c>
     </row>
     <row r="27" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B27" t="s">
-        <v>2876</v>
+        <v>2764</v>
       </c>
       <c r="D27" t="s">
-        <v>2877</v>
+        <v>2765</v>
       </c>
     </row>
     <row r="28" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B28" t="s">
-        <v>2878</v>
+        <v>2766</v>
       </c>
       <c r="D28" t="s">
-        <v>2879</v>
+        <v>2767</v>
       </c>
     </row>
     <row r="29" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B29" t="s">
-        <v>2880</v>
+        <v>2768</v>
       </c>
       <c r="D29" t="s">
-        <v>2881</v>
+        <v>2769</v>
       </c>
     </row>
     <row r="30" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B30" t="s">
-        <v>2882</v>
+        <v>2770</v>
       </c>
       <c r="D30" t="s">
-        <v>2883</v>
+        <v>2771</v>
       </c>
     </row>
     <row r="31" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B31" t="s">
-        <v>2884</v>
+        <v>2772</v>
       </c>
       <c r="D31" t="s">
-        <v>2885</v>
+        <v>2773</v>
       </c>
     </row>
     <row r="32" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B32" t="s">
-        <v>2886</v>
+        <v>2774</v>
       </c>
       <c r="D32" t="s">
-        <v>2887</v>
+        <v>2775</v>
       </c>
     </row>
     <row r="33" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B33" t="s">
-        <v>2888</v>
+        <v>2776</v>
       </c>
       <c r="D33" t="s">
-        <v>2889</v>
+        <v>2777</v>
       </c>
     </row>
     <row r="34" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B34" t="s">
-        <v>2890</v>
+        <v>2778</v>
       </c>
       <c r="D34" t="s">
-        <v>2891</v>
+        <v>2779</v>
       </c>
     </row>
     <row r="35" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B35" t="s">
-        <v>2892</v>
+        <v>2780</v>
       </c>
       <c r="D35" t="s">
-        <v>2893</v>
+        <v>2781</v>
       </c>
     </row>
     <row r="36" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B36" t="s">
-        <v>2894</v>
+        <v>2782</v>
       </c>
       <c r="D36" t="s">
-        <v>2895</v>
+        <v>2783</v>
       </c>
     </row>
     <row r="37" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B37" t="s">
-        <v>2896</v>
+        <v>2784</v>
       </c>
       <c r="D37" t="s">
-        <v>2897</v>
+        <v>2785</v>
       </c>
     </row>
     <row r="38" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B38" t="s">
-        <v>2898</v>
+        <v>2786</v>
       </c>
       <c r="D38" t="s">
-        <v>2899</v>
+        <v>2787</v>
       </c>
     </row>
     <row r="39" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B39" t="s">
-        <v>665</v>
+        <v>636</v>
       </c>
       <c r="D39" t="s">
-        <v>2900</v>
+        <v>2788</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet19.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1200-000000000000}">
   <dimension ref="A1:D88"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>107</v>
+        <v>78</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>108</v>
+        <v>79</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>109</v>
+        <v>80</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
-        <v>72</v>
+        <v>51</v>
       </c>
       <c r="B2" t="s">
-        <v>73</v>
+        <v>52</v>
       </c>
       <c r="D2" t="s">
-        <v>75</v>
+        <v>53</v>
       </c>
     </row>
     <row r="3" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
-        <v>2901</v>
+        <v>2789</v>
       </c>
       <c r="B3" t="s">
-        <v>113</v>
+        <v>84</v>
       </c>
       <c r="D3" t="s">
-        <v>2906</v>
+        <v>2794</v>
       </c>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A4" t="s">
-        <v>2902</v>
+        <v>2790</v>
       </c>
       <c r="B4" t="s">
-        <v>117</v>
+        <v>88</v>
       </c>
       <c r="D4" t="s">
-        <v>2907</v>
+        <v>2795</v>
       </c>
     </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A5" t="s">
-        <v>2903</v>
+        <v>2791</v>
       </c>
       <c r="B5" t="s">
-        <v>119</v>
+        <v>90</v>
       </c>
       <c r="D5" t="s">
-        <v>2908</v>
+        <v>2796</v>
       </c>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A6" t="s">
-        <v>2904</v>
+        <v>2792</v>
       </c>
       <c r="B6" t="s">
-        <v>125</v>
+        <v>96</v>
       </c>
       <c r="D6" t="s">
-        <v>2909</v>
+        <v>2797</v>
       </c>
     </row>
     <row r="7" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A7" t="s">
-        <v>2905</v>
+        <v>2793</v>
       </c>
       <c r="B7" t="s">
-        <v>2910</v>
+        <v>2798</v>
       </c>
       <c r="D7" t="s">
-        <v>2911</v>
+        <v>2799</v>
       </c>
     </row>
     <row r="8" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B8" t="s">
-        <v>2912</v>
+        <v>2800</v>
       </c>
       <c r="D8" t="s">
-        <v>2913</v>
+        <v>2801</v>
       </c>
     </row>
     <row r="9" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B9" t="s">
-        <v>2914</v>
+        <v>2802</v>
       </c>
       <c r="C9" t="s">
-        <v>677</v>
+        <v>648</v>
       </c>
       <c r="D9" t="s">
-        <v>2915</v>
+        <v>2803</v>
       </c>
     </row>
     <row r="10" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B10" t="s">
-        <v>2916</v>
+        <v>2804</v>
       </c>
       <c r="C10" t="s">
-        <v>680</v>
+        <v>651</v>
       </c>
       <c r="D10" t="s">
-        <v>2917</v>
+        <v>2805</v>
       </c>
     </row>
     <row r="11" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B11" t="s">
-        <v>2918</v>
+        <v>2806</v>
       </c>
       <c r="C11" t="s">
-        <v>683</v>
+        <v>654</v>
       </c>
       <c r="D11" t="s">
-        <v>2919</v>
+        <v>2807</v>
       </c>
     </row>
     <row r="12" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B12" t="s">
-        <v>2920</v>
+        <v>2808</v>
       </c>
       <c r="C12" t="s">
-        <v>686</v>
+        <v>657</v>
       </c>
       <c r="D12" t="s">
-        <v>2921</v>
+        <v>2809</v>
       </c>
     </row>
     <row r="13" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B13" t="s">
-        <v>2922</v>
+        <v>2810</v>
       </c>
       <c r="D13" t="s">
-        <v>2923</v>
+        <v>2811</v>
       </c>
     </row>
     <row r="14" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B14" t="s">
-        <v>2924</v>
+        <v>2812</v>
       </c>
       <c r="C14" t="s">
-        <v>689</v>
+        <v>660</v>
       </c>
       <c r="D14" t="s">
-        <v>2925</v>
+        <v>2813</v>
       </c>
     </row>
     <row r="15" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B15" t="s">
-        <v>2926</v>
+        <v>2814</v>
       </c>
       <c r="C15" t="s">
-        <v>692</v>
+        <v>663</v>
       </c>
       <c r="D15" t="s">
-        <v>2927</v>
+        <v>2815</v>
       </c>
     </row>
     <row r="16" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B16" t="s">
-        <v>2928</v>
+        <v>2816</v>
       </c>
       <c r="C16" t="s">
-        <v>695</v>
+        <v>666</v>
       </c>
       <c r="D16" t="s">
-        <v>2929</v>
+        <v>2817</v>
       </c>
     </row>
     <row r="17" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B17" t="s">
-        <v>2930</v>
+        <v>2818</v>
       </c>
       <c r="C17" t="s">
-        <v>700</v>
+        <v>671</v>
       </c>
       <c r="D17" t="s">
-        <v>2931</v>
+        <v>2819</v>
       </c>
     </row>
     <row r="18" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B18" t="s">
-        <v>2932</v>
+        <v>2820</v>
       </c>
       <c r="C18" t="s">
-        <v>703</v>
+        <v>674</v>
       </c>
       <c r="D18" t="s">
-        <v>2933</v>
+        <v>2821</v>
       </c>
     </row>
     <row r="19" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B19" t="s">
-        <v>2934</v>
+        <v>2822</v>
       </c>
       <c r="C19" t="s">
-        <v>706</v>
+        <v>677</v>
       </c>
       <c r="D19" t="s">
-        <v>2935</v>
+        <v>2823</v>
       </c>
     </row>
     <row r="20" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B20" t="s">
-        <v>2936</v>
+        <v>2824</v>
       </c>
       <c r="C20" t="s">
-        <v>709</v>
+        <v>680</v>
       </c>
       <c r="D20" t="s">
-        <v>2937</v>
+        <v>2825</v>
       </c>
     </row>
     <row r="21" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B21" t="s">
-        <v>2938</v>
+        <v>2826</v>
       </c>
       <c r="C21" t="s">
-        <v>712</v>
+        <v>683</v>
       </c>
       <c r="D21" t="s">
-        <v>2939</v>
+        <v>2827</v>
       </c>
     </row>
     <row r="22" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B22" t="s">
-        <v>2940</v>
+        <v>2828</v>
       </c>
       <c r="C22" t="s">
-        <v>715</v>
+        <v>686</v>
       </c>
       <c r="D22" t="s">
-        <v>2941</v>
+        <v>2829</v>
       </c>
     </row>
     <row r="23" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B23" t="s">
-        <v>2942</v>
+        <v>2830</v>
       </c>
       <c r="C23" t="s">
-        <v>718</v>
+        <v>689</v>
       </c>
       <c r="D23" t="s">
-        <v>2943</v>
+        <v>2831</v>
       </c>
     </row>
     <row r="24" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B24" t="s">
-        <v>2944</v>
+        <v>2832</v>
       </c>
       <c r="D24" t="s">
-        <v>2945</v>
+        <v>2833</v>
       </c>
     </row>
     <row r="25" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B25" t="s">
-        <v>2946</v>
+        <v>2834</v>
       </c>
       <c r="C25" t="s">
-        <v>721</v>
+        <v>692</v>
       </c>
       <c r="D25" t="s">
-        <v>2947</v>
+        <v>2835</v>
       </c>
     </row>
     <row r="26" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B26" t="s">
-        <v>2948</v>
+        <v>2836</v>
       </c>
       <c r="C26" t="s">
-        <v>724</v>
+        <v>695</v>
       </c>
       <c r="D26" t="s">
-        <v>2949</v>
+        <v>2837</v>
       </c>
     </row>
     <row r="27" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B27" t="s">
-        <v>2950</v>
+        <v>2838</v>
       </c>
       <c r="C27" t="s">
-        <v>727</v>
+        <v>698</v>
       </c>
       <c r="D27" t="s">
-        <v>2951</v>
+        <v>2839</v>
       </c>
     </row>
     <row r="28" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B28" t="s">
-        <v>2952</v>
+        <v>2840</v>
       </c>
       <c r="C28" t="s">
-        <v>732</v>
+        <v>703</v>
       </c>
       <c r="D28" t="s">
-        <v>2953</v>
+        <v>2841</v>
       </c>
     </row>
     <row r="29" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B29" t="s">
-        <v>2954</v>
+        <v>2842</v>
       </c>
       <c r="C29" t="s">
-        <v>735</v>
+        <v>706</v>
       </c>
       <c r="D29" t="s">
-        <v>2955</v>
+        <v>2843</v>
       </c>
     </row>
     <row r="30" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B30" t="s">
-        <v>2956</v>
+        <v>2844</v>
       </c>
       <c r="C30" t="s">
-        <v>738</v>
+        <v>709</v>
       </c>
       <c r="D30" t="s">
-        <v>2957</v>
+        <v>2845</v>
       </c>
     </row>
     <row r="31" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B31" t="s">
-        <v>2958</v>
+        <v>2846</v>
       </c>
       <c r="C31" t="s">
-        <v>741</v>
+        <v>712</v>
       </c>
       <c r="D31" t="s">
-        <v>2959</v>
+        <v>2847</v>
       </c>
     </row>
     <row r="32" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B32" t="s">
-        <v>2960</v>
+        <v>2848</v>
       </c>
       <c r="D32" t="s">
-        <v>2961</v>
+        <v>2849</v>
       </c>
     </row>
     <row r="33" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B33" t="s">
-        <v>2962</v>
+        <v>2850</v>
       </c>
       <c r="C33" t="s">
-        <v>744</v>
+        <v>715</v>
       </c>
       <c r="D33" t="s">
-        <v>2963</v>
+        <v>2851</v>
       </c>
     </row>
     <row r="34" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B34" t="s">
-        <v>2964</v>
+        <v>2852</v>
       </c>
       <c r="D34" t="s">
-        <v>2965</v>
+        <v>2853</v>
       </c>
     </row>
     <row r="35" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B35" t="s">
-        <v>2966</v>
+        <v>2854</v>
       </c>
       <c r="C35" t="s">
-        <v>747</v>
+        <v>718</v>
       </c>
       <c r="D35" t="s">
-        <v>2967</v>
+        <v>2855</v>
       </c>
     </row>
     <row r="36" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B36" t="s">
-        <v>2968</v>
+        <v>2856</v>
       </c>
       <c r="C36" t="s">
-        <v>752</v>
+        <v>723</v>
       </c>
       <c r="D36" t="s">
-        <v>2969</v>
+        <v>2857</v>
       </c>
     </row>
     <row r="37" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B37" t="s">
-        <v>2970</v>
+        <v>2858</v>
       </c>
       <c r="C37" t="s">
-        <v>755</v>
+        <v>726</v>
       </c>
       <c r="D37" t="s">
-        <v>2971</v>
+        <v>2859</v>
       </c>
     </row>
     <row r="38" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B38" t="s">
-        <v>2972</v>
+        <v>2860</v>
       </c>
       <c r="C38" t="s">
-        <v>758</v>
+        <v>729</v>
       </c>
       <c r="D38" t="s">
-        <v>2973</v>
+        <v>2861</v>
       </c>
     </row>
     <row r="39" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B39" t="s">
-        <v>2974</v>
+        <v>2862</v>
       </c>
       <c r="C39" t="s">
-        <v>1102</v>
+        <v>1073</v>
       </c>
       <c r="D39" t="s">
-        <v>2975</v>
+        <v>2863</v>
       </c>
     </row>
     <row r="40" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B40" t="s">
-        <v>2976</v>
+        <v>2864</v>
       </c>
       <c r="C40" t="s">
-        <v>1107</v>
+        <v>1078</v>
       </c>
       <c r="D40" t="s">
-        <v>2977</v>
+        <v>2865</v>
       </c>
     </row>
     <row r="41" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B41" t="s">
-        <v>2978</v>
+        <v>2866</v>
       </c>
       <c r="C41" t="s">
-        <v>1110</v>
+        <v>1081</v>
       </c>
       <c r="D41" t="s">
-        <v>2979</v>
+        <v>2867</v>
       </c>
     </row>
     <row r="42" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B42" t="s">
-        <v>2980</v>
+        <v>2868</v>
       </c>
       <c r="C42" t="s">
-        <v>1113</v>
+        <v>1084</v>
       </c>
       <c r="D42" t="s">
-        <v>2981</v>
+        <v>2869</v>
       </c>
     </row>
     <row r="43" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B43" t="s">
-        <v>2982</v>
+        <v>2870</v>
       </c>
       <c r="D43" t="s">
-        <v>2983</v>
+        <v>2871</v>
       </c>
     </row>
     <row r="44" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B44" t="s">
-        <v>2984</v>
+        <v>2872</v>
       </c>
       <c r="C44" t="s">
-        <v>1116</v>
+        <v>1087</v>
       </c>
       <c r="D44" t="s">
-        <v>2985</v>
+        <v>2873</v>
       </c>
     </row>
     <row r="45" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B45" t="s">
-        <v>2986</v>
+        <v>2874</v>
       </c>
       <c r="C45" t="s">
-        <v>1119</v>
+        <v>1090</v>
       </c>
       <c r="D45" t="s">
-        <v>2987</v>
+        <v>2875</v>
       </c>
     </row>
     <row r="46" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B46" t="s">
-        <v>2988</v>
+        <v>2876</v>
       </c>
       <c r="C46" t="s">
-        <v>1131</v>
+        <v>1102</v>
       </c>
       <c r="D46" t="s">
-        <v>2989</v>
+        <v>2877</v>
       </c>
     </row>
     <row r="47" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B47" t="s">
-        <v>2990</v>
+        <v>2878</v>
       </c>
       <c r="C47" t="s">
-        <v>1146</v>
+        <v>1117</v>
       </c>
       <c r="D47" t="s">
-        <v>2991</v>
+        <v>2879</v>
       </c>
     </row>
     <row r="48" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B48" t="s">
-        <v>2992</v>
+        <v>2880</v>
       </c>
       <c r="C48" t="s">
-        <v>1161</v>
+        <v>1132</v>
       </c>
       <c r="D48" t="s">
-        <v>2993</v>
+        <v>2881</v>
       </c>
     </row>
     <row r="49" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B49" t="s">
-        <v>2994</v>
+        <v>2882</v>
       </c>
       <c r="C49" t="s">
-        <v>1164</v>
+        <v>1135</v>
       </c>
       <c r="D49" t="s">
-        <v>2995</v>
+        <v>2883</v>
       </c>
     </row>
     <row r="50" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B50" t="s">
-        <v>2996</v>
+        <v>2884</v>
       </c>
       <c r="C50" t="s">
-        <v>1169</v>
+        <v>1140</v>
       </c>
       <c r="D50" t="s">
-        <v>2997</v>
+        <v>2885</v>
       </c>
     </row>
     <row r="51" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B51" t="s">
-        <v>2998</v>
+        <v>2886</v>
       </c>
       <c r="C51" t="s">
-        <v>1172</v>
+        <v>1143</v>
       </c>
       <c r="D51" t="s">
-        <v>2999</v>
+        <v>2887</v>
       </c>
     </row>
     <row r="52" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B52" t="s">
-        <v>3000</v>
+        <v>2888</v>
       </c>
       <c r="C52" t="s">
-        <v>1175</v>
+        <v>1146</v>
       </c>
       <c r="D52" t="s">
-        <v>3001</v>
+        <v>2889</v>
       </c>
     </row>
     <row r="53" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B53" t="s">
-        <v>3002</v>
+        <v>2890</v>
       </c>
       <c r="D53" t="s">
-        <v>3003</v>
+        <v>2891</v>
       </c>
     </row>
     <row r="54" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B54" t="s">
-        <v>3004</v>
+        <v>2892</v>
       </c>
       <c r="C54" t="s">
-        <v>1184</v>
+        <v>1155</v>
       </c>
       <c r="D54" t="s">
-        <v>3005</v>
+        <v>2893</v>
       </c>
     </row>
     <row r="55" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B55" t="s">
-        <v>3006</v>
+        <v>2894</v>
       </c>
       <c r="C55" t="s">
-        <v>1187</v>
+        <v>1158</v>
       </c>
       <c r="D55" t="s">
-        <v>3007</v>
+        <v>2895</v>
       </c>
     </row>
     <row r="56" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B56" t="s">
-        <v>3008</v>
+        <v>2896</v>
       </c>
       <c r="C56" t="s">
-        <v>1190</v>
+        <v>1161</v>
       </c>
       <c r="D56" t="s">
-        <v>3009</v>
+        <v>2897</v>
       </c>
     </row>
     <row r="57" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B57" t="s">
-        <v>3010</v>
+        <v>2898</v>
       </c>
       <c r="C57" t="s">
-        <v>1193</v>
+        <v>1164</v>
       </c>
       <c r="D57" t="s">
-        <v>3011</v>
+        <v>2899</v>
       </c>
     </row>
     <row r="58" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B58" t="s">
-        <v>3012</v>
+        <v>2900</v>
       </c>
       <c r="C58" t="s">
-        <v>1202</v>
+        <v>1173</v>
       </c>
       <c r="D58" t="s">
-        <v>3013</v>
+        <v>2901</v>
       </c>
     </row>
     <row r="59" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B59" t="s">
-        <v>3014</v>
+        <v>2902</v>
       </c>
       <c r="D59" t="s">
-        <v>3015</v>
+        <v>2903</v>
       </c>
     </row>
     <row r="60" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B60" t="s">
-        <v>3016</v>
+        <v>2904</v>
       </c>
       <c r="C60" t="s">
-        <v>1229</v>
+        <v>1200</v>
       </c>
       <c r="D60" t="s">
-        <v>3017</v>
+        <v>2905</v>
       </c>
     </row>
     <row r="61" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B61" t="s">
-        <v>3018</v>
+        <v>2906</v>
       </c>
       <c r="C61" t="s">
-        <v>1246</v>
+        <v>1217</v>
       </c>
       <c r="D61" t="s">
-        <v>3019</v>
+        <v>2907</v>
       </c>
     </row>
     <row r="62" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B62" t="s">
-        <v>3020</v>
+        <v>2908</v>
       </c>
       <c r="C62" t="s">
-        <v>1249</v>
+        <v>1220</v>
       </c>
       <c r="D62" t="s">
-        <v>3021</v>
+        <v>2909</v>
       </c>
     </row>
     <row r="63" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B63" t="s">
-        <v>3022</v>
+        <v>2910</v>
       </c>
       <c r="D63" t="s">
-        <v>3023</v>
+        <v>2911</v>
       </c>
     </row>
     <row r="64" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B64" t="s">
-        <v>3024</v>
+        <v>2912</v>
       </c>
       <c r="C64" t="s">
-        <v>1252</v>
+        <v>1223</v>
       </c>
       <c r="D64" t="s">
-        <v>3025</v>
+        <v>2913</v>
       </c>
     </row>
     <row r="65" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B65" t="s">
-        <v>3026</v>
+        <v>2914</v>
       </c>
       <c r="C65" t="s">
-        <v>1255</v>
+        <v>1226</v>
       </c>
       <c r="D65" t="s">
-        <v>3027</v>
+        <v>2915</v>
       </c>
     </row>
     <row r="66" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B66" t="s">
-        <v>3028</v>
+        <v>2916</v>
       </c>
       <c r="C66" t="s">
-        <v>1260</v>
+        <v>1231</v>
       </c>
       <c r="D66" t="s">
-        <v>3029</v>
+        <v>2917</v>
       </c>
     </row>
     <row r="67" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B67" t="s">
-        <v>3030</v>
+        <v>2918</v>
       </c>
       <c r="C67" t="s">
-        <v>1263</v>
+        <v>1234</v>
       </c>
       <c r="D67" t="s">
-        <v>3031</v>
+        <v>2919</v>
       </c>
     </row>
     <row r="68" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B68" t="s">
-        <v>3032</v>
+        <v>2920</v>
       </c>
       <c r="C68" t="s">
-        <v>1266</v>
+        <v>1237</v>
       </c>
       <c r="D68" t="s">
-        <v>3033</v>
+        <v>2921</v>
       </c>
     </row>
     <row r="69" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B69" t="s">
-        <v>3034</v>
+        <v>2922</v>
       </c>
       <c r="D69" t="s">
-        <v>3035</v>
+        <v>2923</v>
       </c>
     </row>
     <row r="70" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B70" t="s">
-        <v>3036</v>
+        <v>2924</v>
       </c>
       <c r="C70" t="s">
-        <v>1269</v>
+        <v>1240</v>
       </c>
       <c r="D70" t="s">
-        <v>3037</v>
+        <v>2925</v>
       </c>
     </row>
     <row r="71" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B71" t="s">
-        <v>3038</v>
+        <v>2926</v>
       </c>
       <c r="C71" t="s">
-        <v>1272</v>
+        <v>1243</v>
       </c>
       <c r="D71" t="s">
-        <v>3039</v>
+        <v>2927</v>
       </c>
     </row>
     <row r="72" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B72" t="s">
-        <v>3040</v>
+        <v>2928</v>
       </c>
       <c r="C72" t="s">
-        <v>1275</v>
+        <v>1246</v>
       </c>
       <c r="D72" t="s">
-        <v>3041</v>
+        <v>2929</v>
       </c>
     </row>
     <row r="73" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B73" t="s">
-        <v>3042</v>
+        <v>2930</v>
       </c>
       <c r="C73" t="s">
-        <v>1418</v>
+        <v>1389</v>
       </c>
       <c r="D73" t="s">
-        <v>3043</v>
+        <v>2931</v>
       </c>
     </row>
     <row r="74" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B74" t="s">
-        <v>3044</v>
+        <v>2932</v>
       </c>
       <c r="C74" t="s">
-        <v>1421</v>
+        <v>1392</v>
       </c>
       <c r="D74" t="s">
-        <v>3045</v>
+        <v>2933</v>
       </c>
     </row>
     <row r="75" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B75" t="s">
-        <v>3046</v>
+        <v>2934</v>
       </c>
       <c r="D75" t="s">
-        <v>3047</v>
+        <v>2935</v>
       </c>
     </row>
     <row r="76" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B76" t="s">
-        <v>3048</v>
+        <v>2936</v>
       </c>
       <c r="C76" t="s">
-        <v>1424</v>
+        <v>1395</v>
       </c>
       <c r="D76" t="s">
-        <v>3049</v>
+        <v>2937</v>
       </c>
     </row>
     <row r="77" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B77" t="s">
-        <v>3050</v>
+        <v>2938</v>
       </c>
       <c r="C77" t="s">
-        <v>1427</v>
+        <v>1398</v>
       </c>
       <c r="D77" t="s">
-        <v>3051</v>
+        <v>2939</v>
       </c>
     </row>
     <row r="78" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B78" t="s">
-        <v>3052</v>
+        <v>2940</v>
       </c>
       <c r="C78" t="s">
-        <v>1432</v>
+        <v>1403</v>
       </c>
       <c r="D78" t="s">
-        <v>3053</v>
+        <v>2941</v>
       </c>
     </row>
     <row r="79" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B79" t="s">
-        <v>3054</v>
+        <v>2942</v>
       </c>
       <c r="D79" t="s">
-        <v>3055</v>
+        <v>2943</v>
       </c>
     </row>
     <row r="80" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B80" t="s">
-        <v>3056</v>
+        <v>2944</v>
       </c>
       <c r="C80" t="s">
-        <v>1435</v>
+        <v>1406</v>
       </c>
       <c r="D80" t="s">
-        <v>3057</v>
+        <v>2945</v>
       </c>
     </row>
     <row r="81" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B81" t="s">
-        <v>3058</v>
+        <v>2946</v>
       </c>
       <c r="C81" t="s">
-        <v>1440</v>
+        <v>1411</v>
       </c>
       <c r="D81" t="s">
-        <v>3059</v>
+        <v>2947</v>
       </c>
     </row>
     <row r="82" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B82" t="s">
-        <v>3060</v>
+        <v>2948</v>
       </c>
       <c r="C82" t="s">
-        <v>1443</v>
+        <v>1414</v>
       </c>
       <c r="D82" t="s">
-        <v>3061</v>
+        <v>2949</v>
       </c>
     </row>
     <row r="83" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B83" t="s">
-        <v>3062</v>
+        <v>2950</v>
       </c>
       <c r="D83" t="s">
-        <v>3063</v>
+        <v>2951</v>
       </c>
     </row>
     <row r="84" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B84" t="s">
-        <v>3064</v>
+        <v>2952</v>
       </c>
       <c r="C84" t="s">
-        <v>1448</v>
+        <v>1419</v>
       </c>
       <c r="D84" t="s">
-        <v>3065</v>
+        <v>2953</v>
       </c>
     </row>
     <row r="85" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B85" t="s">
-        <v>3066</v>
+        <v>2954</v>
       </c>
       <c r="C85" t="s">
-        <v>1453</v>
+        <v>1424</v>
       </c>
       <c r="D85" t="s">
-        <v>3067</v>
+        <v>2955</v>
       </c>
     </row>
     <row r="86" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B86" t="s">
-        <v>3068</v>
+        <v>2956</v>
       </c>
       <c r="C86" t="s">
-        <v>1458</v>
+        <v>1429</v>
       </c>
       <c r="D86" t="s">
-        <v>3069</v>
+        <v>2957</v>
       </c>
     </row>
     <row r="87" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B87" t="s">
-        <v>3070</v>
+        <v>2958</v>
       </c>
       <c r="C87" t="s">
-        <v>1461</v>
+        <v>1432</v>
       </c>
       <c r="D87" t="s">
-        <v>3071</v>
+        <v>2959</v>
       </c>
     </row>
     <row r="88" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B88" t="s">
-        <v>2910</v>
+        <v>2798</v>
       </c>
       <c r="D88" t="s">
-        <v>3072</v>
+        <v>2960</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
-  <dimension ref="A1:D134"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
+  <dimension ref="A1:D37"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>107</v>
+        <v>78</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>108</v>
+        <v>79</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>109</v>
+        <v>80</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="B2" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="D2" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
     </row>
     <row r="3" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
-        <v>110</v>
+        <v>638</v>
       </c>
       <c r="B3" t="s">
-        <v>113</v>
+        <v>84</v>
       </c>
       <c r="D3" t="s">
-        <v>114</v>
+        <v>639</v>
       </c>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B4" t="s">
-        <v>115</v>
+        <v>88</v>
       </c>
       <c r="D4" t="s">
-        <v>116</v>
+        <v>640</v>
       </c>
     </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B5" t="s">
-        <v>117</v>
+        <v>96</v>
       </c>
       <c r="D5" t="s">
-        <v>118</v>
+        <v>641</v>
       </c>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B6" t="s">
-        <v>119</v>
+        <v>642</v>
       </c>
       <c r="D6" t="s">
-        <v>120</v>
+        <v>643</v>
       </c>
     </row>
     <row r="7" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B7" t="s">
-        <v>121</v>
+        <v>90</v>
       </c>
       <c r="D7" t="s">
-        <v>122</v>
+        <v>644</v>
       </c>
     </row>
     <row r="8" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B8" t="s">
-        <v>123</v>
+        <v>645</v>
       </c>
       <c r="D8" t="s">
-        <v>124</v>
+        <v>646</v>
       </c>
     </row>
     <row r="9" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B9" t="s">
-        <v>125</v>
+        <v>647</v>
+      </c>
+      <c r="C9" t="s">
+        <v>648</v>
       </c>
       <c r="D9" t="s">
-        <v>126</v>
+        <v>649</v>
       </c>
     </row>
     <row r="10" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B10" t="s">
-        <v>127</v>
+        <v>650</v>
+      </c>
+      <c r="C10" t="s">
+        <v>651</v>
       </c>
       <c r="D10" t="s">
-        <v>128</v>
+        <v>652</v>
       </c>
     </row>
     <row r="11" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B11" t="s">
-        <v>129</v>
+        <v>653</v>
+      </c>
+      <c r="C11" t="s">
+        <v>654</v>
       </c>
       <c r="D11" t="s">
-        <v>130</v>
+        <v>655</v>
       </c>
     </row>
     <row r="12" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B12" t="s">
-        <v>131</v>
+        <v>656</v>
       </c>
       <c r="C12" t="s">
-        <v>132</v>
+        <v>657</v>
       </c>
       <c r="D12" t="s">
-        <v>133</v>
+        <v>658</v>
       </c>
     </row>
     <row r="13" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B13" t="s">
-        <v>134</v>
+        <v>659</v>
+      </c>
+      <c r="C13" t="s">
+        <v>660</v>
       </c>
       <c r="D13" t="s">
-        <v>135</v>
+        <v>661</v>
       </c>
     </row>
     <row r="14" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B14" t="s">
-        <v>136</v>
+        <v>662</v>
       </c>
       <c r="C14" t="s">
-        <v>137</v>
+        <v>663</v>
       </c>
       <c r="D14" t="s">
-        <v>138</v>
+        <v>664</v>
       </c>
     </row>
     <row r="15" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B15" t="s">
-        <v>139</v>
+        <v>665</v>
       </c>
       <c r="C15" t="s">
-        <v>140</v>
+        <v>666</v>
       </c>
       <c r="D15" t="s">
-        <v>141</v>
+        <v>667</v>
       </c>
     </row>
     <row r="16" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B16" t="s">
-        <v>142</v>
-[...2 lines deleted...]
-        <v>143</v>
+        <v>668</v>
       </c>
       <c r="D16" t="s">
-        <v>144</v>
+        <v>669</v>
       </c>
     </row>
     <row r="17" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B17" t="s">
-        <v>145</v>
+        <v>670</v>
       </c>
       <c r="C17" t="s">
-        <v>146</v>
+        <v>671</v>
       </c>
       <c r="D17" t="s">
-        <v>147</v>
+        <v>672</v>
       </c>
     </row>
     <row r="18" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B18" t="s">
-        <v>148</v>
+        <v>673</v>
       </c>
       <c r="C18" t="s">
-        <v>149</v>
+        <v>674</v>
       </c>
       <c r="D18" t="s">
-        <v>150</v>
+        <v>675</v>
       </c>
     </row>
     <row r="19" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B19" t="s">
-        <v>151</v>
+        <v>676</v>
       </c>
       <c r="C19" t="s">
-        <v>152</v>
+        <v>677</v>
       </c>
       <c r="D19" t="s">
-        <v>153</v>
+        <v>678</v>
       </c>
     </row>
     <row r="20" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B20" t="s">
-        <v>154</v>
+        <v>679</v>
       </c>
       <c r="C20" t="s">
-        <v>155</v>
+        <v>680</v>
       </c>
       <c r="D20" t="s">
-        <v>156</v>
+        <v>681</v>
       </c>
     </row>
     <row r="21" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B21" t="s">
-        <v>157</v>
+        <v>682</v>
       </c>
       <c r="C21" t="s">
-        <v>158</v>
+        <v>683</v>
       </c>
       <c r="D21" t="s">
-        <v>159</v>
+        <v>684</v>
       </c>
     </row>
     <row r="22" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B22" t="s">
-        <v>160</v>
+        <v>685</v>
       </c>
       <c r="C22" t="s">
-        <v>161</v>
+        <v>686</v>
       </c>
       <c r="D22" t="s">
-        <v>162</v>
+        <v>687</v>
       </c>
     </row>
     <row r="23" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B23" t="s">
-        <v>163</v>
+        <v>688</v>
       </c>
       <c r="C23" t="s">
-        <v>164</v>
+        <v>689</v>
       </c>
       <c r="D23" t="s">
-        <v>165</v>
+        <v>690</v>
       </c>
     </row>
     <row r="24" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B24" t="s">
-        <v>166</v>
+        <v>691</v>
+      </c>
+      <c r="C24" t="s">
+        <v>692</v>
       </c>
       <c r="D24" t="s">
-        <v>167</v>
+        <v>693</v>
       </c>
     </row>
     <row r="25" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B25" t="s">
-        <v>168</v>
+        <v>694</v>
       </c>
       <c r="C25" t="s">
-        <v>169</v>
+        <v>695</v>
       </c>
       <c r="D25" t="s">
-        <v>170</v>
+        <v>696</v>
       </c>
     </row>
     <row r="26" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B26" t="s">
-        <v>171</v>
+        <v>697</v>
       </c>
       <c r="C26" t="s">
-        <v>172</v>
+        <v>698</v>
       </c>
       <c r="D26" t="s">
-        <v>173</v>
+        <v>699</v>
       </c>
     </row>
     <row r="27" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B27" t="s">
-        <v>174</v>
-[...2 lines deleted...]
-        <v>175</v>
+        <v>700</v>
       </c>
       <c r="D27" t="s">
-        <v>176</v>
+        <v>701</v>
       </c>
     </row>
     <row r="28" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B28" t="s">
-        <v>177</v>
+        <v>702</v>
       </c>
       <c r="C28" t="s">
-        <v>178</v>
+        <v>703</v>
       </c>
       <c r="D28" t="s">
-        <v>179</v>
+        <v>704</v>
       </c>
     </row>
     <row r="29" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B29" t="s">
-        <v>180</v>
+        <v>705</v>
       </c>
       <c r="C29" t="s">
-        <v>181</v>
+        <v>706</v>
       </c>
       <c r="D29" t="s">
-        <v>182</v>
+        <v>707</v>
       </c>
     </row>
     <row r="30" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B30" t="s">
-        <v>183</v>
+        <v>708</v>
       </c>
       <c r="C30" t="s">
-        <v>184</v>
+        <v>709</v>
       </c>
       <c r="D30" t="s">
-        <v>185</v>
+        <v>710</v>
       </c>
     </row>
     <row r="31" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B31" t="s">
-        <v>186</v>
+        <v>711</v>
       </c>
       <c r="C31" t="s">
-        <v>187</v>
+        <v>712</v>
       </c>
       <c r="D31" t="s">
-        <v>188</v>
+        <v>713</v>
       </c>
     </row>
     <row r="32" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B32" t="s">
-        <v>189</v>
+        <v>714</v>
       </c>
       <c r="C32" t="s">
-        <v>190</v>
+        <v>715</v>
       </c>
       <c r="D32" t="s">
-        <v>191</v>
+        <v>716</v>
       </c>
     </row>
     <row r="33" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B33" t="s">
-        <v>192</v>
+        <v>717</v>
       </c>
       <c r="C33" t="s">
-        <v>193</v>
+        <v>718</v>
       </c>
       <c r="D33" t="s">
-        <v>194</v>
+        <v>719</v>
       </c>
     </row>
     <row r="34" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B34" t="s">
-        <v>195</v>
+        <v>720</v>
       </c>
       <c r="D34" t="s">
-        <v>196</v>
+        <v>721</v>
       </c>
     </row>
     <row r="35" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B35" t="s">
-        <v>197</v>
+        <v>722</v>
       </c>
       <c r="C35" t="s">
-        <v>198</v>
+        <v>723</v>
       </c>
       <c r="D35" t="s">
-        <v>199</v>
+        <v>724</v>
       </c>
     </row>
     <row r="36" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B36" t="s">
-        <v>200</v>
+        <v>725</v>
       </c>
       <c r="C36" t="s">
-        <v>201</v>
+        <v>726</v>
       </c>
       <c r="D36" t="s">
-        <v>202</v>
+        <v>727</v>
       </c>
     </row>
     <row r="37" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B37" t="s">
-        <v>203</v>
+        <v>728</v>
       </c>
       <c r="C37" t="s">
-        <v>204</v>
+        <v>729</v>
       </c>
       <c r="D37" t="s">
-        <v>205</v>
-[...1042 lines deleted...]
-        <v>488</v>
+        <v>730</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet20.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1300-000000000000}">
   <dimension ref="A1:D89"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>107</v>
+        <v>78</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>108</v>
+        <v>79</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>109</v>
+        <v>80</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
-        <v>76</v>
+        <v>54</v>
       </c>
       <c r="B2" t="s">
-        <v>77</v>
+        <v>55</v>
       </c>
       <c r="D2" t="s">
-        <v>79</v>
+        <v>56</v>
       </c>
     </row>
     <row r="3" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
-        <v>3073</v>
+        <v>2961</v>
       </c>
       <c r="B3" t="s">
-        <v>113</v>
+        <v>84</v>
       </c>
       <c r="D3" t="s">
-        <v>3074</v>
+        <v>2962</v>
       </c>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B4" t="s">
-        <v>117</v>
+        <v>88</v>
       </c>
       <c r="D4" t="s">
-        <v>3075</v>
+        <v>2963</v>
       </c>
     </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B5" t="s">
-        <v>1282</v>
+        <v>1253</v>
       </c>
       <c r="D5" t="s">
-        <v>3076</v>
+        <v>2964</v>
       </c>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B6" t="s">
-        <v>119</v>
+        <v>90</v>
       </c>
       <c r="D6" t="s">
-        <v>3077</v>
+        <v>2965</v>
       </c>
     </row>
     <row r="7" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B7" t="s">
-        <v>121</v>
+        <v>92</v>
       </c>
       <c r="D7" t="s">
-        <v>3078</v>
+        <v>2966</v>
       </c>
     </row>
     <row r="8" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B8" t="s">
-        <v>3079</v>
+        <v>2967</v>
       </c>
       <c r="D8" t="s">
-        <v>3080</v>
+        <v>2968</v>
       </c>
     </row>
     <row r="9" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B9" t="s">
-        <v>3081</v>
+        <v>2969</v>
       </c>
       <c r="D9" t="s">
-        <v>3082</v>
+        <v>2970</v>
       </c>
     </row>
     <row r="10" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B10" t="s">
-        <v>3083</v>
+        <v>2971</v>
       </c>
       <c r="C10" t="s">
-        <v>677</v>
+        <v>648</v>
       </c>
       <c r="D10" t="s">
-        <v>3084</v>
+        <v>2972</v>
       </c>
     </row>
     <row r="11" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B11" t="s">
-        <v>3085</v>
+        <v>2973</v>
       </c>
       <c r="C11" t="s">
-        <v>680</v>
+        <v>651</v>
       </c>
       <c r="D11" t="s">
-        <v>3086</v>
+        <v>2974</v>
       </c>
     </row>
     <row r="12" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B12" t="s">
-        <v>3087</v>
+        <v>2975</v>
       </c>
       <c r="C12" t="s">
-        <v>683</v>
+        <v>654</v>
       </c>
       <c r="D12" t="s">
-        <v>3088</v>
+        <v>2976</v>
       </c>
     </row>
     <row r="13" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B13" t="s">
-        <v>3089</v>
+        <v>2977</v>
       </c>
       <c r="C13" t="s">
-        <v>686</v>
+        <v>657</v>
       </c>
       <c r="D13" t="s">
-        <v>3090</v>
+        <v>2978</v>
       </c>
     </row>
     <row r="14" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B14" t="s">
-        <v>3091</v>
+        <v>2979</v>
       </c>
       <c r="C14" t="s">
-        <v>689</v>
+        <v>660</v>
       </c>
       <c r="D14" t="s">
-        <v>3092</v>
+        <v>2980</v>
       </c>
     </row>
     <row r="15" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B15" t="s">
-        <v>3093</v>
+        <v>2981</v>
       </c>
       <c r="C15" t="s">
-        <v>692</v>
+        <v>663</v>
       </c>
       <c r="D15" t="s">
-        <v>3094</v>
+        <v>2982</v>
       </c>
     </row>
     <row r="16" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B16" t="s">
-        <v>3095</v>
+        <v>2983</v>
       </c>
       <c r="D16" t="s">
-        <v>3096</v>
+        <v>2984</v>
       </c>
     </row>
     <row r="17" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B17" t="s">
-        <v>3097</v>
+        <v>2985</v>
       </c>
       <c r="C17" t="s">
-        <v>695</v>
+        <v>666</v>
       </c>
       <c r="D17" t="s">
-        <v>3098</v>
+        <v>2986</v>
       </c>
     </row>
     <row r="18" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B18" t="s">
-        <v>3099</v>
+        <v>2987</v>
       </c>
       <c r="C18" t="s">
-        <v>700</v>
+        <v>671</v>
       </c>
       <c r="D18" t="s">
-        <v>3100</v>
+        <v>2988</v>
       </c>
     </row>
     <row r="19" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B19" t="s">
-        <v>3101</v>
+        <v>2989</v>
       </c>
       <c r="C19" t="s">
-        <v>703</v>
+        <v>674</v>
       </c>
       <c r="D19" t="s">
-        <v>3102</v>
+        <v>2990</v>
       </c>
     </row>
     <row r="20" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B20" t="s">
-        <v>3103</v>
+        <v>2991</v>
       </c>
       <c r="D20" t="s">
-        <v>3104</v>
+        <v>2992</v>
       </c>
     </row>
     <row r="21" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B21" t="s">
-        <v>3105</v>
+        <v>2993</v>
       </c>
       <c r="C21" t="s">
-        <v>706</v>
+        <v>677</v>
       </c>
       <c r="D21" t="s">
-        <v>3106</v>
+        <v>2994</v>
       </c>
     </row>
     <row r="22" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B22" t="s">
-        <v>3107</v>
+        <v>2995</v>
       </c>
       <c r="C22" t="s">
-        <v>709</v>
+        <v>680</v>
       </c>
       <c r="D22" t="s">
-        <v>3108</v>
+        <v>2996</v>
       </c>
     </row>
     <row r="23" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B23" t="s">
-        <v>3109</v>
+        <v>2997</v>
       </c>
       <c r="C23" t="s">
-        <v>712</v>
+        <v>683</v>
       </c>
       <c r="D23" t="s">
-        <v>3110</v>
+        <v>2998</v>
       </c>
     </row>
     <row r="24" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B24" t="s">
-        <v>3111</v>
+        <v>2999</v>
       </c>
       <c r="C24" t="s">
-        <v>715</v>
+        <v>686</v>
       </c>
       <c r="D24" t="s">
-        <v>3112</v>
+        <v>3000</v>
       </c>
     </row>
     <row r="25" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B25" t="s">
-        <v>3113</v>
+        <v>3001</v>
       </c>
       <c r="C25" t="s">
-        <v>718</v>
+        <v>689</v>
       </c>
       <c r="D25" t="s">
-        <v>3114</v>
+        <v>3002</v>
       </c>
     </row>
     <row r="26" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B26" t="s">
-        <v>3115</v>
+        <v>3003</v>
       </c>
       <c r="C26" t="s">
-        <v>721</v>
+        <v>692</v>
       </c>
       <c r="D26" t="s">
-        <v>3116</v>
+        <v>3004</v>
       </c>
     </row>
     <row r="27" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B27" t="s">
-        <v>3117</v>
+        <v>3005</v>
       </c>
       <c r="C27" t="s">
-        <v>724</v>
+        <v>695</v>
       </c>
       <c r="D27" t="s">
-        <v>3118</v>
+        <v>3006</v>
       </c>
     </row>
     <row r="28" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B28" t="s">
-        <v>3119</v>
+        <v>3007</v>
       </c>
       <c r="C28" t="s">
-        <v>727</v>
+        <v>698</v>
       </c>
       <c r="D28" t="s">
-        <v>3120</v>
+        <v>3008</v>
       </c>
     </row>
     <row r="29" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B29" t="s">
-        <v>3121</v>
+        <v>3009</v>
       </c>
       <c r="C29" t="s">
-        <v>732</v>
+        <v>703</v>
       </c>
       <c r="D29" t="s">
-        <v>3122</v>
+        <v>3010</v>
       </c>
     </row>
     <row r="30" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B30" t="s">
-        <v>3123</v>
+        <v>3011</v>
       </c>
       <c r="D30" t="s">
-        <v>3124</v>
+        <v>3012</v>
       </c>
     </row>
     <row r="31" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B31" t="s">
-        <v>3125</v>
+        <v>3013</v>
       </c>
       <c r="C31" t="s">
-        <v>735</v>
+        <v>706</v>
       </c>
       <c r="D31" t="s">
-        <v>3126</v>
+        <v>3014</v>
       </c>
     </row>
     <row r="32" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B32" t="s">
-        <v>3127</v>
+        <v>3015</v>
       </c>
       <c r="C32" t="s">
-        <v>738</v>
+        <v>709</v>
       </c>
       <c r="D32" t="s">
-        <v>3128</v>
+        <v>3016</v>
       </c>
     </row>
     <row r="33" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B33" t="s">
-        <v>3129</v>
+        <v>3017</v>
       </c>
       <c r="C33" t="s">
-        <v>741</v>
+        <v>712</v>
       </c>
       <c r="D33" t="s">
-        <v>3130</v>
+        <v>3018</v>
       </c>
     </row>
     <row r="34" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B34" t="s">
-        <v>3131</v>
+        <v>3019</v>
       </c>
       <c r="C34" t="s">
-        <v>744</v>
+        <v>715</v>
       </c>
       <c r="D34" t="s">
-        <v>3132</v>
+        <v>3020</v>
       </c>
     </row>
     <row r="35" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B35" t="s">
-        <v>1697</v>
+        <v>1668</v>
       </c>
       <c r="C35" t="s">
-        <v>747</v>
+        <v>718</v>
       </c>
       <c r="D35" t="s">
-        <v>3133</v>
+        <v>3021</v>
       </c>
     </row>
     <row r="36" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B36" t="s">
-        <v>3134</v>
+        <v>3022</v>
       </c>
       <c r="D36" t="s">
-        <v>3135</v>
+        <v>3023</v>
       </c>
     </row>
     <row r="37" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B37" t="s">
-        <v>3136</v>
+        <v>3024</v>
       </c>
       <c r="C37" t="s">
-        <v>752</v>
+        <v>723</v>
       </c>
       <c r="D37" t="s">
-        <v>3137</v>
+        <v>3025</v>
       </c>
     </row>
     <row r="38" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B38" t="s">
-        <v>3138</v>
+        <v>3026</v>
       </c>
       <c r="C38" t="s">
-        <v>755</v>
+        <v>726</v>
       </c>
       <c r="D38" t="s">
-        <v>3139</v>
+        <v>3027</v>
       </c>
     </row>
     <row r="39" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B39" t="s">
-        <v>3140</v>
+        <v>3028</v>
       </c>
       <c r="C39" t="s">
-        <v>758</v>
+        <v>729</v>
       </c>
       <c r="D39" t="s">
-        <v>3141</v>
+        <v>3029</v>
       </c>
     </row>
     <row r="40" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B40" t="s">
-        <v>3142</v>
+        <v>3030</v>
       </c>
       <c r="C40" t="s">
-        <v>1102</v>
+        <v>1073</v>
       </c>
       <c r="D40" t="s">
-        <v>3143</v>
+        <v>3031</v>
       </c>
     </row>
     <row r="41" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B41" t="s">
-        <v>3144</v>
+        <v>3032</v>
       </c>
       <c r="D41" t="s">
-        <v>3145</v>
+        <v>3033</v>
       </c>
     </row>
     <row r="42" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B42" t="s">
-        <v>3146</v>
+        <v>3034</v>
       </c>
       <c r="C42" t="s">
-        <v>1107</v>
+        <v>1078</v>
       </c>
       <c r="D42" t="s">
-        <v>3147</v>
+        <v>3035</v>
       </c>
     </row>
     <row r="43" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B43" t="s">
-        <v>3148</v>
+        <v>3036</v>
       </c>
       <c r="C43" t="s">
-        <v>1110</v>
+        <v>1081</v>
       </c>
       <c r="D43" t="s">
-        <v>3149</v>
+        <v>3037</v>
       </c>
     </row>
     <row r="44" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B44" t="s">
-        <v>3150</v>
+        <v>3038</v>
       </c>
       <c r="D44" t="s">
-        <v>3151</v>
+        <v>3039</v>
       </c>
     </row>
     <row r="45" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B45" t="s">
-        <v>3152</v>
+        <v>3040</v>
       </c>
       <c r="C45" t="s">
-        <v>1113</v>
+        <v>1084</v>
       </c>
       <c r="D45" t="s">
-        <v>3153</v>
+        <v>3041</v>
       </c>
     </row>
     <row r="46" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B46" t="s">
-        <v>3154</v>
+        <v>3042</v>
       </c>
       <c r="C46" t="s">
-        <v>1116</v>
+        <v>1087</v>
       </c>
       <c r="D46" t="s">
-        <v>3155</v>
+        <v>3043</v>
       </c>
     </row>
     <row r="47" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B47" t="s">
-        <v>3156</v>
+        <v>3044</v>
       </c>
       <c r="D47" t="s">
-        <v>3157</v>
+        <v>3045</v>
       </c>
     </row>
     <row r="48" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B48" t="s">
-        <v>3158</v>
+        <v>3046</v>
       </c>
       <c r="C48" t="s">
-        <v>1119</v>
+        <v>1090</v>
       </c>
       <c r="D48" t="s">
-        <v>3159</v>
+        <v>3047</v>
       </c>
     </row>
     <row r="49" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B49" t="s">
-        <v>3160</v>
+        <v>3048</v>
       </c>
       <c r="C49" t="s">
-        <v>1131</v>
+        <v>1102</v>
       </c>
       <c r="D49" t="s">
-        <v>3161</v>
+        <v>3049</v>
       </c>
     </row>
     <row r="50" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B50" t="s">
-        <v>3162</v>
+        <v>3050</v>
       </c>
       <c r="D50" t="s">
-        <v>3163</v>
+        <v>3051</v>
       </c>
     </row>
     <row r="51" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B51" t="s">
-        <v>3164</v>
+        <v>3052</v>
       </c>
       <c r="C51" t="s">
-        <v>1146</v>
+        <v>1117</v>
       </c>
       <c r="D51" t="s">
-        <v>3165</v>
+        <v>3053</v>
       </c>
     </row>
     <row r="52" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B52" t="s">
-        <v>3166</v>
+        <v>3054</v>
       </c>
       <c r="C52" t="s">
-        <v>1161</v>
+        <v>1132</v>
       </c>
       <c r="D52" t="s">
-        <v>3167</v>
+        <v>3055</v>
       </c>
     </row>
     <row r="53" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B53" t="s">
-        <v>3168</v>
+        <v>3056</v>
       </c>
       <c r="C53" t="s">
-        <v>1164</v>
+        <v>1135</v>
       </c>
       <c r="D53" t="s">
-        <v>3169</v>
+        <v>3057</v>
       </c>
     </row>
     <row r="54" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B54" t="s">
-        <v>3170</v>
+        <v>3058</v>
       </c>
       <c r="C54" t="s">
-        <v>1169</v>
+        <v>1140</v>
       </c>
       <c r="D54" t="s">
-        <v>3171</v>
+        <v>3059</v>
       </c>
     </row>
     <row r="55" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B55" t="s">
-        <v>3172</v>
+        <v>3060</v>
       </c>
       <c r="D55" t="s">
-        <v>3173</v>
+        <v>3061</v>
       </c>
     </row>
     <row r="56" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B56" t="s">
-        <v>3174</v>
+        <v>3062</v>
       </c>
       <c r="D56" t="s">
-        <v>3175</v>
+        <v>3063</v>
       </c>
     </row>
     <row r="57" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B57" t="s">
-        <v>3176</v>
+        <v>3064</v>
       </c>
       <c r="C57" t="s">
-        <v>1172</v>
+        <v>1143</v>
       </c>
       <c r="D57" t="s">
-        <v>3177</v>
+        <v>3065</v>
       </c>
     </row>
     <row r="58" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B58" t="s">
-        <v>3178</v>
+        <v>3066</v>
       </c>
       <c r="D58" t="s">
-        <v>3179</v>
+        <v>3067</v>
       </c>
     </row>
     <row r="59" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B59" t="s">
-        <v>3180</v>
+        <v>3068</v>
       </c>
       <c r="C59" t="s">
-        <v>1175</v>
+        <v>1146</v>
       </c>
       <c r="D59" t="s">
-        <v>3181</v>
+        <v>3069</v>
       </c>
     </row>
     <row r="60" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B60" t="s">
-        <v>3182</v>
+        <v>3070</v>
       </c>
       <c r="C60" t="s">
-        <v>1184</v>
+        <v>1155</v>
       </c>
       <c r="D60" t="s">
-        <v>3183</v>
+        <v>3071</v>
       </c>
     </row>
     <row r="61" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B61" t="s">
-        <v>3184</v>
+        <v>3072</v>
       </c>
       <c r="C61" t="s">
-        <v>1187</v>
+        <v>1158</v>
       </c>
       <c r="D61" t="s">
-        <v>3185</v>
+        <v>3073</v>
       </c>
     </row>
     <row r="62" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B62" t="s">
-        <v>3186</v>
+        <v>3074</v>
       </c>
       <c r="D62" t="s">
-        <v>3187</v>
+        <v>3075</v>
       </c>
     </row>
     <row r="63" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B63" t="s">
-        <v>3188</v>
+        <v>3076</v>
       </c>
       <c r="C63" t="s">
-        <v>1190</v>
+        <v>1161</v>
       </c>
       <c r="D63" t="s">
-        <v>3189</v>
+        <v>3077</v>
       </c>
     </row>
     <row r="64" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B64" t="s">
-        <v>3190</v>
+        <v>3078</v>
       </c>
       <c r="C64" t="s">
-        <v>1193</v>
+        <v>1164</v>
       </c>
       <c r="D64" t="s">
-        <v>3191</v>
+        <v>3079</v>
       </c>
     </row>
     <row r="65" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B65" t="s">
-        <v>3192</v>
+        <v>3080</v>
       </c>
       <c r="C65" t="s">
-        <v>1202</v>
+        <v>1173</v>
       </c>
       <c r="D65" t="s">
-        <v>3193</v>
+        <v>3081</v>
       </c>
     </row>
     <row r="66" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B66" t="s">
-        <v>3194</v>
+        <v>3082</v>
       </c>
       <c r="C66" t="s">
-        <v>1229</v>
+        <v>1200</v>
       </c>
       <c r="D66" t="s">
-        <v>3195</v>
+        <v>3083</v>
       </c>
     </row>
     <row r="67" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B67" t="s">
-        <v>3196</v>
+        <v>3084</v>
       </c>
       <c r="C67" t="s">
-        <v>1246</v>
+        <v>1217</v>
       </c>
       <c r="D67" t="s">
-        <v>3197</v>
+        <v>3085</v>
       </c>
     </row>
     <row r="68" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B68" t="s">
-        <v>3198</v>
+        <v>3086</v>
       </c>
       <c r="C68" t="s">
-        <v>1249</v>
+        <v>1220</v>
       </c>
       <c r="D68" t="s">
-        <v>3199</v>
+        <v>3087</v>
       </c>
     </row>
     <row r="69" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B69" t="s">
-        <v>3200</v>
+        <v>3088</v>
       </c>
       <c r="C69" t="s">
-        <v>1252</v>
+        <v>1223</v>
       </c>
       <c r="D69" t="s">
-        <v>3201</v>
+        <v>3089</v>
       </c>
     </row>
     <row r="70" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B70" t="s">
-        <v>3202</v>
+        <v>3090</v>
       </c>
       <c r="D70" t="s">
-        <v>3203</v>
+        <v>3091</v>
       </c>
     </row>
     <row r="71" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B71" t="s">
-        <v>3204</v>
+        <v>3092</v>
       </c>
       <c r="C71" t="s">
-        <v>1255</v>
+        <v>1226</v>
       </c>
       <c r="D71" t="s">
-        <v>3205</v>
+        <v>3093</v>
       </c>
     </row>
     <row r="72" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B72" t="s">
-        <v>3206</v>
+        <v>3094</v>
       </c>
       <c r="C72" t="s">
-        <v>1260</v>
+        <v>1231</v>
       </c>
       <c r="D72" t="s">
-        <v>3207</v>
+        <v>3095</v>
       </c>
     </row>
     <row r="73" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B73" t="s">
-        <v>3208</v>
+        <v>3096</v>
       </c>
       <c r="C73" t="s">
-        <v>1263</v>
+        <v>1234</v>
       </c>
       <c r="D73" t="s">
-        <v>3209</v>
+        <v>3097</v>
       </c>
     </row>
     <row r="74" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B74" t="s">
-        <v>3210</v>
+        <v>3098</v>
       </c>
       <c r="D74" t="s">
-        <v>3211</v>
+        <v>3099</v>
       </c>
     </row>
     <row r="75" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B75" t="s">
-        <v>3212</v>
+        <v>3100</v>
       </c>
       <c r="C75" t="s">
-        <v>1266</v>
+        <v>1237</v>
       </c>
       <c r="D75" t="s">
-        <v>3213</v>
+        <v>3101</v>
       </c>
     </row>
     <row r="76" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B76" t="s">
-        <v>3214</v>
+        <v>3102</v>
       </c>
       <c r="C76" t="s">
-        <v>1269</v>
+        <v>1240</v>
       </c>
       <c r="D76" t="s">
-        <v>3215</v>
+        <v>3103</v>
       </c>
     </row>
     <row r="77" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B77" t="s">
-        <v>3216</v>
+        <v>3104</v>
       </c>
       <c r="C77" t="s">
-        <v>1272</v>
+        <v>1243</v>
       </c>
       <c r="D77" t="s">
-        <v>3217</v>
+        <v>3105</v>
       </c>
     </row>
     <row r="78" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B78" t="s">
-        <v>3218</v>
+        <v>3106</v>
       </c>
       <c r="C78" t="s">
-        <v>1275</v>
+        <v>1246</v>
       </c>
       <c r="D78" t="s">
-        <v>3219</v>
+        <v>3107</v>
       </c>
     </row>
     <row r="79" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B79" t="s">
-        <v>3220</v>
+        <v>3108</v>
       </c>
       <c r="D79" t="s">
-        <v>3221</v>
+        <v>3109</v>
       </c>
     </row>
     <row r="80" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B80" t="s">
-        <v>3222</v>
+        <v>3110</v>
       </c>
       <c r="C80" t="s">
-        <v>1418</v>
+        <v>1389</v>
       </c>
       <c r="D80" t="s">
-        <v>3223</v>
+        <v>3111</v>
       </c>
     </row>
     <row r="81" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B81" t="s">
-        <v>3224</v>
+        <v>3112</v>
       </c>
       <c r="C81" t="s">
-        <v>1421</v>
+        <v>1392</v>
       </c>
       <c r="D81" t="s">
-        <v>3225</v>
+        <v>3113</v>
       </c>
     </row>
     <row r="82" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B82" t="s">
-        <v>3226</v>
+        <v>3114</v>
       </c>
       <c r="C82" t="s">
-        <v>1424</v>
+        <v>1395</v>
       </c>
       <c r="D82" t="s">
-        <v>3227</v>
+        <v>3115</v>
       </c>
     </row>
     <row r="83" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B83" t="s">
-        <v>3228</v>
+        <v>3116</v>
       </c>
       <c r="C83" t="s">
-        <v>1427</v>
+        <v>1398</v>
       </c>
       <c r="D83" t="s">
-        <v>3229</v>
+        <v>3117</v>
       </c>
     </row>
     <row r="84" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B84" t="s">
-        <v>3230</v>
+        <v>3118</v>
       </c>
       <c r="C84" t="s">
-        <v>1432</v>
+        <v>1403</v>
       </c>
       <c r="D84" t="s">
-        <v>3231</v>
+        <v>3119</v>
       </c>
     </row>
     <row r="85" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B85" t="s">
-        <v>3232</v>
+        <v>3120</v>
       </c>
       <c r="C85" t="s">
-        <v>1435</v>
+        <v>1406</v>
       </c>
       <c r="D85" t="s">
-        <v>3233</v>
+        <v>3121</v>
       </c>
     </row>
     <row r="86" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B86" t="s">
-        <v>3234</v>
+        <v>3122</v>
       </c>
       <c r="C86" t="s">
-        <v>1440</v>
+        <v>1411</v>
       </c>
       <c r="D86" t="s">
-        <v>3235</v>
+        <v>3123</v>
       </c>
     </row>
     <row r="87" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B87" t="s">
-        <v>3236</v>
+        <v>3124</v>
       </c>
       <c r="D87" t="s">
-        <v>3237</v>
+        <v>3125</v>
       </c>
     </row>
     <row r="88" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B88" t="s">
-        <v>3238</v>
+        <v>3126</v>
       </c>
       <c r="C88" t="s">
-        <v>1443</v>
+        <v>1414</v>
       </c>
       <c r="D88" t="s">
-        <v>3239</v>
+        <v>3127</v>
       </c>
     </row>
     <row r="89" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B89" t="s">
-        <v>3240</v>
+        <v>3128</v>
       </c>
       <c r="C89" t="s">
-        <v>1448</v>
+        <v>1419</v>
       </c>
       <c r="D89" t="s">
-        <v>3241</v>
+        <v>3129</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet21.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1400-000000000000}">
   <dimension ref="A1:D68"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>107</v>
+        <v>78</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>108</v>
+        <v>79</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>109</v>
+        <v>80</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
-        <v>80</v>
+        <v>57</v>
       </c>
       <c r="B2" t="s">
-        <v>81</v>
+        <v>58</v>
       </c>
       <c r="D2" t="s">
-        <v>83</v>
+        <v>59</v>
       </c>
     </row>
     <row r="3" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
-        <v>3242</v>
+        <v>3130</v>
       </c>
       <c r="B3" t="s">
-        <v>113</v>
+        <v>84</v>
       </c>
       <c r="D3" t="s">
-        <v>3243</v>
+        <v>3131</v>
       </c>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B4" t="s">
-        <v>3244</v>
+        <v>3132</v>
       </c>
       <c r="D4" t="s">
-        <v>3245</v>
+        <v>3133</v>
       </c>
     </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B5" t="s">
-        <v>117</v>
+        <v>88</v>
       </c>
       <c r="D5" t="s">
-        <v>3246</v>
+        <v>3134</v>
       </c>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B6" t="s">
-        <v>125</v>
+        <v>96</v>
       </c>
       <c r="D6" t="s">
-        <v>3247</v>
+        <v>3135</v>
       </c>
     </row>
     <row r="7" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B7" t="s">
-        <v>119</v>
+        <v>90</v>
       </c>
       <c r="D7" t="s">
-        <v>3248</v>
+        <v>3136</v>
       </c>
     </row>
     <row r="8" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B8" t="s">
-        <v>2706</v>
+        <v>2671</v>
       </c>
       <c r="D8" t="s">
-        <v>3249</v>
+        <v>3137</v>
       </c>
     </row>
     <row r="9" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B9" t="s">
-        <v>2708</v>
+        <v>2672</v>
       </c>
       <c r="C9" t="s">
-        <v>677</v>
+        <v>648</v>
       </c>
       <c r="D9" t="s">
-        <v>3250</v>
+        <v>3138</v>
       </c>
     </row>
     <row r="10" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B10" t="s">
-        <v>3251</v>
+        <v>3139</v>
       </c>
       <c r="C10" t="s">
-        <v>680</v>
+        <v>651</v>
       </c>
       <c r="D10" t="s">
-        <v>3252</v>
+        <v>3140</v>
       </c>
     </row>
     <row r="11" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B11" t="s">
-        <v>2712</v>
+        <v>2674</v>
       </c>
       <c r="C11" t="s">
-        <v>683</v>
+        <v>654</v>
       </c>
       <c r="D11" t="s">
-        <v>3253</v>
+        <v>3141</v>
       </c>
     </row>
     <row r="12" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B12" t="s">
-        <v>2714</v>
+        <v>2675</v>
       </c>
       <c r="C12" t="s">
-        <v>686</v>
+        <v>657</v>
       </c>
       <c r="D12" t="s">
-        <v>3254</v>
+        <v>3142</v>
       </c>
     </row>
     <row r="13" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B13" t="s">
-        <v>3255</v>
+        <v>3143</v>
       </c>
       <c r="C13" t="s">
-        <v>689</v>
+        <v>660</v>
       </c>
       <c r="D13" t="s">
-        <v>3256</v>
+        <v>3144</v>
       </c>
     </row>
     <row r="14" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B14" t="s">
-        <v>2718</v>
+        <v>2677</v>
       </c>
       <c r="D14" t="s">
-        <v>3257</v>
+        <v>3145</v>
       </c>
     </row>
     <row r="15" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B15" t="s">
-        <v>3258</v>
+        <v>3146</v>
       </c>
       <c r="C15" t="s">
-        <v>692</v>
+        <v>663</v>
       </c>
       <c r="D15" t="s">
-        <v>3259</v>
+        <v>3147</v>
       </c>
     </row>
     <row r="16" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B16" t="s">
-        <v>2722</v>
+        <v>2679</v>
       </c>
       <c r="C16" t="s">
-        <v>695</v>
+        <v>666</v>
       </c>
       <c r="D16" t="s">
-        <v>3260</v>
+        <v>3148</v>
       </c>
     </row>
     <row r="17" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B17" t="s">
-        <v>3261</v>
+        <v>3149</v>
       </c>
       <c r="C17" t="s">
-        <v>700</v>
+        <v>671</v>
       </c>
       <c r="D17" t="s">
-        <v>3262</v>
+        <v>3150</v>
       </c>
     </row>
     <row r="18" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B18" t="s">
-        <v>3263</v>
+        <v>3151</v>
       </c>
       <c r="C18" t="s">
-        <v>703</v>
+        <v>674</v>
       </c>
       <c r="D18" t="s">
-        <v>3264</v>
+        <v>3152</v>
       </c>
     </row>
     <row r="19" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B19" t="s">
-        <v>2728</v>
+        <v>2681</v>
       </c>
       <c r="D19" t="s">
-        <v>3265</v>
+        <v>3153</v>
       </c>
     </row>
     <row r="20" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B20" t="s">
-        <v>2730</v>
+        <v>2682</v>
       </c>
       <c r="C20" t="s">
-        <v>706</v>
+        <v>677</v>
       </c>
       <c r="D20" t="s">
-        <v>3266</v>
+        <v>3154</v>
       </c>
     </row>
     <row r="21" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B21" t="s">
-        <v>3267</v>
+        <v>3155</v>
       </c>
       <c r="C21" t="s">
-        <v>709</v>
+        <v>680</v>
       </c>
       <c r="D21" t="s">
-        <v>3268</v>
+        <v>3156</v>
       </c>
     </row>
     <row r="22" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B22" t="s">
-        <v>2740</v>
+        <v>2687</v>
       </c>
       <c r="C22" t="s">
-        <v>712</v>
+        <v>683</v>
       </c>
       <c r="D22" t="s">
-        <v>3269</v>
+        <v>3157</v>
       </c>
     </row>
     <row r="23" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B23" t="s">
-        <v>2738</v>
+        <v>2686</v>
       </c>
       <c r="C23" t="s">
-        <v>715</v>
+        <v>686</v>
       </c>
       <c r="D23" t="s">
-        <v>3270</v>
+        <v>3158</v>
       </c>
     </row>
     <row r="24" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B24" t="s">
-        <v>3271</v>
+        <v>3159</v>
       </c>
       <c r="C24" t="s">
-        <v>718</v>
+        <v>689</v>
       </c>
       <c r="D24" t="s">
-        <v>3272</v>
+        <v>3160</v>
       </c>
     </row>
     <row r="25" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B25" t="s">
-        <v>3273</v>
+        <v>3161</v>
       </c>
       <c r="C25" t="s">
-        <v>721</v>
+        <v>692</v>
       </c>
       <c r="D25" t="s">
-        <v>3274</v>
+        <v>3162</v>
       </c>
     </row>
     <row r="26" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B26" t="s">
-        <v>3275</v>
+        <v>3163</v>
       </c>
       <c r="C26" t="s">
-        <v>724</v>
+        <v>695</v>
       </c>
       <c r="D26" t="s">
-        <v>3276</v>
+        <v>3164</v>
       </c>
     </row>
     <row r="27" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B27" t="s">
-        <v>2808</v>
+        <v>2709</v>
       </c>
       <c r="C27" t="s">
-        <v>727</v>
+        <v>698</v>
       </c>
       <c r="D27" t="s">
-        <v>3277</v>
+        <v>3165</v>
       </c>
     </row>
     <row r="28" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B28" t="s">
-        <v>2820</v>
+        <v>2713</v>
       </c>
       <c r="C28" t="s">
-        <v>732</v>
+        <v>703</v>
       </c>
       <c r="D28" t="s">
-        <v>3278</v>
+        <v>3166</v>
       </c>
     </row>
     <row r="29" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B29" t="s">
-        <v>2742</v>
+        <v>2688</v>
       </c>
       <c r="D29" t="s">
-        <v>3279</v>
+        <v>3167</v>
       </c>
     </row>
     <row r="30" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B30" t="s">
-        <v>2744</v>
+        <v>2689</v>
       </c>
       <c r="C30" t="s">
-        <v>735</v>
+        <v>706</v>
       </c>
       <c r="D30" t="s">
-        <v>3280</v>
+        <v>3168</v>
       </c>
     </row>
     <row r="31" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B31" t="s">
-        <v>2746</v>
+        <v>2690</v>
       </c>
       <c r="C31" t="s">
-        <v>738</v>
+        <v>709</v>
       </c>
       <c r="D31" t="s">
-        <v>3281</v>
+        <v>3169</v>
       </c>
     </row>
     <row r="32" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B32" t="s">
-        <v>2749</v>
+        <v>2692</v>
       </c>
       <c r="C32" t="s">
-        <v>741</v>
+        <v>712</v>
       </c>
       <c r="D32" t="s">
-        <v>3282</v>
+        <v>3170</v>
       </c>
     </row>
     <row r="33" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B33" t="s">
-        <v>1457</v>
+        <v>1428</v>
       </c>
       <c r="C33" t="s">
-        <v>744</v>
+        <v>715</v>
       </c>
       <c r="D33" t="s">
-        <v>3283</v>
+        <v>3171</v>
       </c>
     </row>
     <row r="34" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B34" t="s">
-        <v>3284</v>
+        <v>3172</v>
       </c>
       <c r="C34" t="s">
-        <v>747</v>
+        <v>718</v>
       </c>
       <c r="D34" t="s">
-        <v>3285</v>
+        <v>3173</v>
       </c>
     </row>
     <row r="35" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B35" t="s">
-        <v>2755</v>
+        <v>2695</v>
       </c>
       <c r="C35" t="s">
-        <v>752</v>
+        <v>723</v>
       </c>
       <c r="D35" t="s">
-        <v>3286</v>
+        <v>3174</v>
       </c>
     </row>
     <row r="36" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B36" t="s">
-        <v>3287</v>
+        <v>3175</v>
       </c>
       <c r="C36" t="s">
-        <v>755</v>
+        <v>726</v>
       </c>
       <c r="D36" t="s">
-        <v>3288</v>
+        <v>3176</v>
       </c>
     </row>
     <row r="37" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B37" t="s">
-        <v>2759</v>
+        <v>2697</v>
       </c>
       <c r="C37" t="s">
-        <v>3289</v>
+        <v>3177</v>
       </c>
       <c r="D37" t="s">
-        <v>3290</v>
+        <v>3178</v>
       </c>
     </row>
     <row r="38" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B38" t="s">
-        <v>3291</v>
+        <v>3179</v>
       </c>
       <c r="C38" t="s">
-        <v>3292</v>
+        <v>3180</v>
       </c>
       <c r="D38" t="s">
-        <v>3293</v>
+        <v>3181</v>
       </c>
     </row>
     <row r="39" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B39" t="s">
-        <v>2483</v>
+        <v>2454</v>
       </c>
       <c r="C39" t="s">
-        <v>1102</v>
+        <v>1073</v>
       </c>
       <c r="D39" t="s">
-        <v>3294</v>
+        <v>3182</v>
       </c>
     </row>
     <row r="40" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B40" t="s">
-        <v>2775</v>
+        <v>2701</v>
       </c>
       <c r="C40" t="s">
-        <v>1107</v>
+        <v>1078</v>
       </c>
       <c r="D40" t="s">
-        <v>3295</v>
+        <v>3183</v>
       </c>
     </row>
     <row r="41" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B41" t="s">
-        <v>2764</v>
+        <v>2698</v>
       </c>
       <c r="C41" t="s">
-        <v>1110</v>
+        <v>1081</v>
       </c>
       <c r="D41" t="s">
-        <v>3296</v>
+        <v>3184</v>
       </c>
     </row>
     <row r="42" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B42" t="s">
-        <v>2485</v>
+        <v>2456</v>
       </c>
       <c r="C42" t="s">
-        <v>1113</v>
+        <v>1084</v>
       </c>
       <c r="D42" t="s">
-        <v>3297</v>
+        <v>3185</v>
       </c>
     </row>
     <row r="43" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B43" t="s">
-        <v>2493</v>
+        <v>2464</v>
       </c>
       <c r="C43" t="s">
-        <v>1116</v>
+        <v>1087</v>
       </c>
       <c r="D43" t="s">
-        <v>3298</v>
+        <v>3186</v>
       </c>
     </row>
     <row r="44" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B44" t="s">
-        <v>3299</v>
+        <v>3187</v>
       </c>
       <c r="C44" t="s">
-        <v>1119</v>
+        <v>1090</v>
       </c>
       <c r="D44" t="s">
-        <v>3300</v>
+        <v>3188</v>
       </c>
     </row>
     <row r="45" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B45" t="s">
-        <v>2489</v>
+        <v>2460</v>
       </c>
       <c r="C45" t="s">
-        <v>1131</v>
+        <v>1102</v>
       </c>
       <c r="D45" t="s">
-        <v>3301</v>
+        <v>3189</v>
       </c>
     </row>
     <row r="46" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B46" t="s">
-        <v>2770</v>
+        <v>2699</v>
       </c>
       <c r="C46" t="s">
-        <v>1146</v>
+        <v>1117</v>
       </c>
       <c r="D46" t="s">
-        <v>3302</v>
+        <v>3190</v>
       </c>
     </row>
     <row r="47" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B47" t="s">
-        <v>2772</v>
+        <v>2700</v>
       </c>
       <c r="C47" t="s">
-        <v>1161</v>
+        <v>1132</v>
       </c>
       <c r="D47" t="s">
-        <v>3303</v>
+        <v>3191</v>
       </c>
     </row>
     <row r="48" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B48" t="s">
-        <v>2661</v>
+        <v>2632</v>
       </c>
       <c r="C48" t="s">
-        <v>1164</v>
+        <v>1135</v>
       </c>
       <c r="D48" t="s">
-        <v>3304</v>
+        <v>3192</v>
       </c>
     </row>
     <row r="49" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B49" t="s">
-        <v>3305</v>
+        <v>3193</v>
       </c>
       <c r="C49" t="s">
-        <v>1169</v>
+        <v>1140</v>
       </c>
       <c r="D49" t="s">
-        <v>3306</v>
+        <v>3194</v>
       </c>
     </row>
     <row r="50" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B50" t="s">
-        <v>2780</v>
+        <v>2703</v>
       </c>
       <c r="D50" t="s">
-        <v>3307</v>
+        <v>3195</v>
       </c>
     </row>
     <row r="51" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B51" t="s">
-        <v>2782</v>
+        <v>2704</v>
       </c>
       <c r="C51" t="s">
-        <v>1172</v>
+        <v>1143</v>
       </c>
       <c r="D51" t="s">
-        <v>3308</v>
+        <v>3196</v>
       </c>
     </row>
     <row r="52" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B52" t="s">
-        <v>3309</v>
+        <v>3197</v>
       </c>
       <c r="C52" t="s">
-        <v>1175</v>
+        <v>1146</v>
       </c>
       <c r="D52" t="s">
-        <v>3310</v>
+        <v>3198</v>
       </c>
     </row>
     <row r="53" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B53" t="s">
-        <v>3311</v>
+        <v>3199</v>
       </c>
       <c r="C53" t="s">
-        <v>1184</v>
+        <v>1155</v>
       </c>
       <c r="D53" t="s">
-        <v>3312</v>
+        <v>3200</v>
       </c>
     </row>
     <row r="54" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B54" t="s">
-        <v>2790</v>
+        <v>2705</v>
       </c>
       <c r="C54" t="s">
-        <v>1187</v>
+        <v>1158</v>
       </c>
       <c r="D54" t="s">
-        <v>3313</v>
+        <v>3201</v>
       </c>
     </row>
     <row r="55" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B55" t="s">
-        <v>2794</v>
+        <v>2706</v>
       </c>
       <c r="C55" t="s">
-        <v>1190</v>
+        <v>1161</v>
       </c>
       <c r="D55" t="s">
-        <v>3314</v>
+        <v>3202</v>
       </c>
     </row>
     <row r="56" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B56" t="s">
-        <v>3315</v>
+        <v>3203</v>
       </c>
       <c r="C56" t="s">
-        <v>1193</v>
+        <v>1164</v>
       </c>
       <c r="D56" t="s">
-        <v>3316</v>
+        <v>3204</v>
       </c>
     </row>
     <row r="57" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B57" t="s">
-        <v>3317</v>
+        <v>3205</v>
       </c>
       <c r="C57" t="s">
-        <v>1202</v>
+        <v>1173</v>
       </c>
       <c r="D57" t="s">
-        <v>3318</v>
+        <v>3206</v>
       </c>
     </row>
     <row r="58" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B58" t="s">
-        <v>3319</v>
+        <v>3207</v>
       </c>
       <c r="C58" t="s">
-        <v>1229</v>
+        <v>1200</v>
       </c>
       <c r="D58" t="s">
-        <v>3320</v>
+        <v>3208</v>
       </c>
     </row>
     <row r="59" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B59" t="s">
-        <v>3321</v>
+        <v>3209</v>
       </c>
       <c r="C59" t="s">
-        <v>1246</v>
+        <v>1217</v>
       </c>
       <c r="D59" t="s">
-        <v>3322</v>
+        <v>3210</v>
       </c>
     </row>
     <row r="60" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B60" t="s">
-        <v>2810</v>
+        <v>2710</v>
       </c>
       <c r="C60" t="s">
-        <v>1249</v>
+        <v>1220</v>
       </c>
       <c r="D60" t="s">
-        <v>3323</v>
+        <v>3211</v>
       </c>
     </row>
     <row r="61" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B61" t="s">
-        <v>3324</v>
+        <v>3212</v>
       </c>
       <c r="D61" t="s">
-        <v>3325</v>
+        <v>3213</v>
       </c>
     </row>
     <row r="62" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B62" t="s">
-        <v>2806</v>
+        <v>2708</v>
       </c>
       <c r="C62" t="s">
-        <v>1252</v>
+        <v>1223</v>
       </c>
       <c r="D62" t="s">
-        <v>3326</v>
+        <v>3214</v>
       </c>
     </row>
     <row r="63" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B63" t="s">
-        <v>3327</v>
+        <v>3215</v>
       </c>
       <c r="C63" t="s">
-        <v>1255</v>
+        <v>1226</v>
       </c>
       <c r="D63" t="s">
-        <v>3328</v>
+        <v>3216</v>
       </c>
     </row>
     <row r="64" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B64" t="s">
-        <v>3329</v>
+        <v>3217</v>
       </c>
       <c r="C64" t="s">
-        <v>1260</v>
+        <v>1231</v>
       </c>
       <c r="D64" t="s">
-        <v>3330</v>
+        <v>3218</v>
       </c>
     </row>
     <row r="65" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B65" t="s">
-        <v>2816</v>
+        <v>2711</v>
       </c>
       <c r="C65" t="s">
-        <v>1263</v>
+        <v>1234</v>
       </c>
       <c r="D65" t="s">
-        <v>3331</v>
+        <v>3219</v>
       </c>
     </row>
     <row r="66" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B66" t="s">
-        <v>3332</v>
+        <v>3220</v>
       </c>
       <c r="C66" t="s">
-        <v>1266</v>
+        <v>1237</v>
       </c>
       <c r="D66" t="s">
-        <v>3333</v>
+        <v>3221</v>
       </c>
     </row>
     <row r="67" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B67" t="s">
-        <v>3334</v>
+        <v>3222</v>
       </c>
       <c r="C67" t="s">
-        <v>1269</v>
+        <v>1240</v>
       </c>
       <c r="D67" t="s">
-        <v>3335</v>
+        <v>3223</v>
       </c>
     </row>
     <row r="68" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B68" t="s">
-        <v>3336</v>
+        <v>3224</v>
       </c>
       <c r="C68" t="s">
-        <v>1272</v>
+        <v>1243</v>
       </c>
       <c r="D68" t="s">
-        <v>3337</v>
+        <v>3225</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet22.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1500-000000000000}">
   <dimension ref="A1:D148"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>107</v>
+        <v>78</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>108</v>
+        <v>79</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>109</v>
+        <v>80</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
-        <v>84</v>
+        <v>60</v>
       </c>
       <c r="B2" t="s">
-        <v>85</v>
+        <v>61</v>
       </c>
       <c r="D2" t="s">
-        <v>87</v>
+        <v>62</v>
       </c>
     </row>
     <row r="3" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
-        <v>3338</v>
+        <v>3226</v>
       </c>
       <c r="B3" t="s">
-        <v>113</v>
+        <v>84</v>
       </c>
       <c r="D3" t="s">
-        <v>3339</v>
+        <v>3227</v>
       </c>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B4" t="s">
-        <v>113</v>
+        <v>84</v>
       </c>
       <c r="D4" t="s">
-        <v>3340</v>
+        <v>3228</v>
       </c>
     </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B5" t="s">
-        <v>113</v>
+        <v>84</v>
       </c>
       <c r="D5" t="s">
-        <v>3341</v>
+        <v>3229</v>
       </c>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B6" t="s">
-        <v>125</v>
+        <v>96</v>
       </c>
       <c r="D6" t="s">
-        <v>3342</v>
+        <v>3230</v>
       </c>
     </row>
     <row r="7" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B7" t="s">
-        <v>125</v>
+        <v>96</v>
       </c>
       <c r="D7" t="s">
-        <v>3343</v>
+        <v>3231</v>
       </c>
     </row>
     <row r="8" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B8" t="s">
-        <v>3344</v>
+        <v>3232</v>
       </c>
       <c r="D8" t="s">
-        <v>3345</v>
+        <v>3233</v>
       </c>
     </row>
     <row r="9" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B9" t="s">
-        <v>117</v>
+        <v>88</v>
       </c>
       <c r="D9" t="s">
-        <v>3346</v>
+        <v>3234</v>
       </c>
     </row>
     <row r="10" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B10" t="s">
-        <v>3344</v>
+        <v>3232</v>
       </c>
       <c r="D10" t="s">
-        <v>3347</v>
+        <v>3235</v>
       </c>
     </row>
     <row r="11" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B11" t="s">
-        <v>119</v>
+        <v>90</v>
       </c>
       <c r="D11" t="s">
-        <v>3348</v>
+        <v>3236</v>
       </c>
     </row>
     <row r="12" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B12" t="s">
-        <v>117</v>
+        <v>88</v>
       </c>
       <c r="D12" t="s">
-        <v>3349</v>
+        <v>3237</v>
       </c>
     </row>
     <row r="13" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B13" t="s">
-        <v>496</v>
+        <v>467</v>
       </c>
       <c r="D13" t="s">
-        <v>3350</v>
+        <v>3238</v>
       </c>
     </row>
     <row r="14" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B14" t="s">
-        <v>119</v>
+        <v>90</v>
       </c>
       <c r="D14" t="s">
-        <v>3351</v>
+        <v>3239</v>
       </c>
     </row>
     <row r="15" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B15" t="s">
-        <v>496</v>
+        <v>467</v>
       </c>
       <c r="D15" t="s">
-        <v>3352</v>
+        <v>3240</v>
       </c>
     </row>
     <row r="16" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B16" t="s">
-        <v>3353</v>
+        <v>3241</v>
       </c>
       <c r="C16" t="s">
-        <v>677</v>
+        <v>648</v>
       </c>
       <c r="D16" t="s">
-        <v>3354</v>
+        <v>3242</v>
       </c>
     </row>
     <row r="17" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B17" t="s">
-        <v>3355</v>
+        <v>3243</v>
       </c>
       <c r="C17" t="s">
-        <v>680</v>
+        <v>651</v>
       </c>
       <c r="D17" t="s">
-        <v>3356</v>
+        <v>3244</v>
       </c>
     </row>
     <row r="18" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B18" t="s">
-        <v>3357</v>
+        <v>3245</v>
       </c>
       <c r="C18" t="s">
-        <v>683</v>
+        <v>654</v>
       </c>
       <c r="D18" t="s">
-        <v>3358</v>
+        <v>3246</v>
       </c>
     </row>
     <row r="19" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B19" t="s">
-        <v>3359</v>
+        <v>3247</v>
       </c>
       <c r="C19" t="s">
-        <v>686</v>
+        <v>657</v>
       </c>
       <c r="D19" t="s">
-        <v>3360</v>
+        <v>3248</v>
       </c>
     </row>
     <row r="20" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B20" t="s">
-        <v>3361</v>
+        <v>3249</v>
       </c>
       <c r="C20" t="s">
-        <v>689</v>
+        <v>660</v>
       </c>
       <c r="D20" t="s">
-        <v>3362</v>
+        <v>3250</v>
       </c>
     </row>
     <row r="21" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B21" t="s">
-        <v>3363</v>
+        <v>3251</v>
       </c>
       <c r="C21" t="s">
-        <v>692</v>
+        <v>663</v>
       </c>
       <c r="D21" t="s">
-        <v>3364</v>
+        <v>3252</v>
       </c>
     </row>
     <row r="22" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B22" t="s">
-        <v>3365</v>
+        <v>3253</v>
       </c>
       <c r="C22" t="s">
-        <v>695</v>
+        <v>666</v>
       </c>
       <c r="D22" t="s">
-        <v>3366</v>
+        <v>3254</v>
       </c>
     </row>
     <row r="23" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B23" t="s">
-        <v>3367</v>
+        <v>3255</v>
       </c>
       <c r="C23" t="s">
-        <v>700</v>
+        <v>671</v>
       </c>
       <c r="D23" t="s">
-        <v>3368</v>
+        <v>3256</v>
       </c>
     </row>
     <row r="24" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B24" t="s">
-        <v>3369</v>
+        <v>3257</v>
       </c>
       <c r="C24" t="s">
-        <v>703</v>
+        <v>674</v>
       </c>
       <c r="D24" t="s">
-        <v>3370</v>
+        <v>3258</v>
       </c>
     </row>
     <row r="25" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B25" t="s">
-        <v>3371</v>
+        <v>3259</v>
       </c>
       <c r="C25" t="s">
-        <v>706</v>
+        <v>677</v>
       </c>
       <c r="D25" t="s">
-        <v>3372</v>
+        <v>3260</v>
       </c>
     </row>
     <row r="26" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B26" t="s">
-        <v>3373</v>
+        <v>3261</v>
       </c>
       <c r="C26" t="s">
-        <v>709</v>
+        <v>680</v>
       </c>
       <c r="D26" t="s">
-        <v>3374</v>
+        <v>3262</v>
       </c>
     </row>
     <row r="27" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B27" t="s">
-        <v>3375</v>
+        <v>3263</v>
       </c>
       <c r="C27" t="s">
-        <v>712</v>
+        <v>683</v>
       </c>
       <c r="D27" t="s">
-        <v>3376</v>
+        <v>3264</v>
       </c>
     </row>
     <row r="28" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B28" t="s">
-        <v>3377</v>
+        <v>3265</v>
       </c>
       <c r="C28" t="s">
-        <v>715</v>
+        <v>686</v>
       </c>
       <c r="D28" t="s">
-        <v>3378</v>
+        <v>3266</v>
       </c>
     </row>
     <row r="29" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B29" t="s">
-        <v>3379</v>
+        <v>3267</v>
       </c>
       <c r="C29" t="s">
-        <v>718</v>
+        <v>689</v>
       </c>
       <c r="D29" t="s">
-        <v>3380</v>
+        <v>3268</v>
       </c>
     </row>
     <row r="30" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B30" t="s">
-        <v>3381</v>
+        <v>3269</v>
       </c>
       <c r="C30" t="s">
-        <v>721</v>
+        <v>692</v>
       </c>
       <c r="D30" t="s">
-        <v>3382</v>
+        <v>3270</v>
       </c>
     </row>
     <row r="31" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B31" t="s">
-        <v>3383</v>
+        <v>3271</v>
       </c>
       <c r="C31" t="s">
-        <v>3384</v>
+        <v>3272</v>
       </c>
       <c r="D31" t="s">
-        <v>3385</v>
+        <v>3273</v>
       </c>
     </row>
     <row r="32" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B32" t="s">
-        <v>3386</v>
+        <v>3274</v>
       </c>
       <c r="C32" t="s">
-        <v>3387</v>
+        <v>3275</v>
       </c>
       <c r="D32" t="s">
-        <v>3388</v>
+        <v>3276</v>
       </c>
     </row>
     <row r="33" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B33" t="s">
-        <v>3389</v>
+        <v>3277</v>
       </c>
       <c r="C33" t="s">
-        <v>3390</v>
+        <v>3278</v>
       </c>
       <c r="D33" t="s">
-        <v>3391</v>
+        <v>3279</v>
       </c>
     </row>
     <row r="34" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B34" t="s">
-        <v>3392</v>
+        <v>3280</v>
       </c>
       <c r="C34" t="s">
-        <v>2747</v>
+        <v>2691</v>
       </c>
       <c r="D34" t="s">
-        <v>3393</v>
+        <v>3281</v>
       </c>
     </row>
     <row r="35" spans="2:4" ht="37.5" x14ac:dyDescent="0.25">
       <c r="B35" s="3" t="s">
-        <v>3394</v>
+        <v>3282</v>
       </c>
       <c r="C35" t="s">
-        <v>2750</v>
+        <v>2693</v>
       </c>
       <c r="D35" t="s">
-        <v>3395</v>
+        <v>3283</v>
       </c>
     </row>
     <row r="36" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B36" t="s">
-        <v>3396</v>
+        <v>3284</v>
       </c>
       <c r="C36" t="s">
-        <v>732</v>
+        <v>703</v>
       </c>
       <c r="D36" t="s">
-        <v>3397</v>
+        <v>3285</v>
       </c>
     </row>
     <row r="37" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B37" t="s">
-        <v>3398</v>
+        <v>3286</v>
       </c>
       <c r="C37" t="s">
-        <v>735</v>
+        <v>706</v>
       </c>
       <c r="D37" t="s">
-        <v>3399</v>
+        <v>3287</v>
       </c>
     </row>
     <row r="38" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B38" t="s">
-        <v>3400</v>
+        <v>3288</v>
       </c>
       <c r="C38" t="s">
-        <v>738</v>
+        <v>709</v>
       </c>
       <c r="D38" t="s">
-        <v>3401</v>
+        <v>3289</v>
       </c>
     </row>
     <row r="39" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B39" t="s">
-        <v>3402</v>
+        <v>3290</v>
       </c>
       <c r="C39" t="s">
-        <v>741</v>
+        <v>712</v>
       </c>
       <c r="D39" t="s">
-        <v>3403</v>
+        <v>3291</v>
       </c>
     </row>
     <row r="40" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B40" t="s">
-        <v>3404</v>
+        <v>3292</v>
       </c>
       <c r="C40" t="s">
-        <v>744</v>
+        <v>715</v>
       </c>
       <c r="D40" t="s">
-        <v>3405</v>
+        <v>3293</v>
       </c>
     </row>
     <row r="41" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B41" t="s">
-        <v>3406</v>
+        <v>3294</v>
       </c>
       <c r="C41" t="s">
-        <v>747</v>
+        <v>718</v>
       </c>
       <c r="D41" t="s">
-        <v>3407</v>
+        <v>3295</v>
       </c>
     </row>
     <row r="42" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B42" t="s">
-        <v>3408</v>
+        <v>3296</v>
       </c>
       <c r="C42" t="s">
-        <v>752</v>
+        <v>723</v>
       </c>
       <c r="D42" t="s">
-        <v>3409</v>
+        <v>3297</v>
       </c>
     </row>
     <row r="43" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B43" t="s">
-        <v>3410</v>
+        <v>3298</v>
       </c>
       <c r="C43" t="s">
-        <v>755</v>
+        <v>726</v>
       </c>
       <c r="D43" t="s">
-        <v>3411</v>
+        <v>3299</v>
       </c>
     </row>
     <row r="44" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B44" t="s">
-        <v>3412</v>
+        <v>3300</v>
       </c>
       <c r="C44" t="s">
-        <v>758</v>
+        <v>729</v>
       </c>
       <c r="D44" t="s">
-        <v>3413</v>
+        <v>3301</v>
       </c>
     </row>
     <row r="45" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B45" t="s">
-        <v>3414</v>
+        <v>3302</v>
       </c>
       <c r="C45" t="s">
-        <v>3415</v>
+        <v>3303</v>
       </c>
       <c r="D45" t="s">
-        <v>3416</v>
+        <v>3304</v>
       </c>
     </row>
     <row r="46" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B46" t="s">
-        <v>3417</v>
+        <v>3305</v>
       </c>
       <c r="C46" t="s">
-        <v>3418</v>
+        <v>3306</v>
       </c>
       <c r="D46" t="s">
-        <v>3419</v>
+        <v>3307</v>
       </c>
     </row>
     <row r="47" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B47" t="s">
-        <v>3420</v>
+        <v>3308</v>
       </c>
       <c r="C47" t="s">
-        <v>3421</v>
+        <v>3309</v>
       </c>
       <c r="D47" t="s">
-        <v>3422</v>
+        <v>3310</v>
       </c>
     </row>
     <row r="48" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B48" t="s">
-        <v>3423</v>
+        <v>3311</v>
       </c>
       <c r="C48" t="s">
-        <v>1107</v>
+        <v>1078</v>
       </c>
       <c r="D48" t="s">
-        <v>3424</v>
+        <v>3312</v>
       </c>
     </row>
     <row r="49" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B49" t="s">
-        <v>3425</v>
+        <v>3313</v>
       </c>
       <c r="C49" t="s">
-        <v>1110</v>
+        <v>1081</v>
       </c>
       <c r="D49" t="s">
-        <v>3426</v>
+        <v>3314</v>
       </c>
     </row>
     <row r="50" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B50" t="s">
-        <v>3427</v>
+        <v>3315</v>
       </c>
       <c r="C50" t="s">
-        <v>1113</v>
+        <v>1084</v>
       </c>
       <c r="D50" t="s">
-        <v>3428</v>
+        <v>3316</v>
       </c>
     </row>
     <row r="51" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B51" t="s">
-        <v>3429</v>
+        <v>3317</v>
       </c>
       <c r="C51" t="s">
-        <v>1116</v>
+        <v>1087</v>
       </c>
       <c r="D51" t="s">
-        <v>3430</v>
+        <v>3318</v>
       </c>
     </row>
     <row r="52" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B52" t="s">
-        <v>3431</v>
+        <v>3319</v>
       </c>
       <c r="C52" t="s">
-        <v>1119</v>
+        <v>1090</v>
       </c>
       <c r="D52" t="s">
-        <v>3432</v>
+        <v>3320</v>
       </c>
     </row>
     <row r="53" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B53" t="s">
-        <v>3433</v>
+        <v>3321</v>
       </c>
       <c r="C53" t="s">
-        <v>1131</v>
+        <v>1102</v>
       </c>
       <c r="D53" t="s">
-        <v>3434</v>
+        <v>3322</v>
       </c>
     </row>
     <row r="54" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B54" t="s">
-        <v>3435</v>
+        <v>3323</v>
       </c>
       <c r="C54" t="s">
-        <v>1146</v>
+        <v>1117</v>
       </c>
       <c r="D54" t="s">
-        <v>3436</v>
+        <v>3324</v>
       </c>
     </row>
     <row r="55" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B55" t="s">
-        <v>3437</v>
+        <v>3325</v>
       </c>
       <c r="C55" t="s">
-        <v>1161</v>
+        <v>1132</v>
       </c>
       <c r="D55" t="s">
-        <v>3438</v>
+        <v>3326</v>
       </c>
     </row>
     <row r="56" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B56" t="s">
-        <v>3439</v>
+        <v>3327</v>
       </c>
       <c r="C56" t="s">
-        <v>1164</v>
+        <v>1135</v>
       </c>
       <c r="D56" t="s">
-        <v>3440</v>
+        <v>3328</v>
       </c>
     </row>
     <row r="57" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B57" t="s">
-        <v>3441</v>
+        <v>3329</v>
       </c>
       <c r="C57" t="s">
-        <v>1169</v>
+        <v>1140</v>
       </c>
       <c r="D57" t="s">
-        <v>3442</v>
+        <v>3330</v>
       </c>
     </row>
     <row r="58" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B58" t="s">
-        <v>3443</v>
+        <v>3331</v>
       </c>
       <c r="C58" t="s">
-        <v>1172</v>
+        <v>1143</v>
       </c>
       <c r="D58" t="s">
-        <v>3444</v>
+        <v>3332</v>
       </c>
     </row>
     <row r="59" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B59" t="s">
-        <v>3445</v>
+        <v>3333</v>
       </c>
       <c r="C59" t="s">
-        <v>1175</v>
+        <v>1146</v>
       </c>
       <c r="D59" t="s">
-        <v>3446</v>
+        <v>3334</v>
       </c>
     </row>
     <row r="60" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B60" t="s">
-        <v>3447</v>
+        <v>3335</v>
       </c>
       <c r="C60" t="s">
-        <v>1184</v>
+        <v>1155</v>
       </c>
       <c r="D60" t="s">
-        <v>3448</v>
+        <v>3336</v>
       </c>
     </row>
     <row r="61" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B61" t="s">
-        <v>3449</v>
+        <v>3337</v>
       </c>
       <c r="C61" t="s">
-        <v>1187</v>
+        <v>1158</v>
       </c>
       <c r="D61" t="s">
-        <v>3450</v>
+        <v>3338</v>
       </c>
     </row>
     <row r="62" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B62" t="s">
-        <v>3451</v>
+        <v>3339</v>
       </c>
       <c r="C62" t="s">
-        <v>1190</v>
+        <v>1161</v>
       </c>
       <c r="D62" t="s">
-        <v>3452</v>
+        <v>3340</v>
       </c>
     </row>
     <row r="63" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B63" t="s">
-        <v>3453</v>
+        <v>3341</v>
       </c>
       <c r="C63" t="s">
-        <v>1193</v>
+        <v>1164</v>
       </c>
       <c r="D63" t="s">
-        <v>3454</v>
+        <v>3342</v>
       </c>
     </row>
     <row r="64" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B64" t="s">
-        <v>3455</v>
+        <v>3343</v>
       </c>
       <c r="C64" t="s">
-        <v>1202</v>
+        <v>1173</v>
       </c>
       <c r="D64" t="s">
-        <v>3456</v>
+        <v>3344</v>
       </c>
     </row>
     <row r="65" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B65" t="s">
-        <v>3457</v>
+        <v>3345</v>
       </c>
       <c r="C65" t="s">
-        <v>1229</v>
+        <v>1200</v>
       </c>
       <c r="D65" t="s">
-        <v>3458</v>
+        <v>3346</v>
       </c>
     </row>
     <row r="66" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B66" t="s">
-        <v>3459</v>
+        <v>3347</v>
       </c>
       <c r="C66" t="s">
-        <v>1246</v>
+        <v>1217</v>
       </c>
       <c r="D66" t="s">
-        <v>3460</v>
+        <v>3348</v>
       </c>
     </row>
     <row r="67" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B67" t="s">
-        <v>3461</v>
+        <v>3349</v>
       </c>
       <c r="C67" t="s">
-        <v>1249</v>
+        <v>1220</v>
       </c>
       <c r="D67" t="s">
-        <v>3462</v>
+        <v>3350</v>
       </c>
     </row>
     <row r="68" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B68" t="s">
-        <v>3463</v>
+        <v>3351</v>
       </c>
       <c r="C68" t="s">
-        <v>1252</v>
+        <v>1223</v>
       </c>
       <c r="D68" t="s">
-        <v>3464</v>
+        <v>3352</v>
       </c>
     </row>
     <row r="69" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B69" t="s">
-        <v>3465</v>
+        <v>3353</v>
       </c>
       <c r="C69" t="s">
-        <v>1255</v>
+        <v>1226</v>
       </c>
       <c r="D69" t="s">
-        <v>3466</v>
+        <v>3354</v>
       </c>
     </row>
     <row r="70" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B70" t="s">
-        <v>3467</v>
+        <v>3355</v>
       </c>
       <c r="C70" t="s">
-        <v>1260</v>
+        <v>1231</v>
       </c>
       <c r="D70" t="s">
-        <v>3468</v>
+        <v>3356</v>
       </c>
     </row>
     <row r="71" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B71" t="s">
-        <v>3469</v>
+        <v>3357</v>
       </c>
       <c r="C71" t="s">
-        <v>1263</v>
+        <v>1234</v>
       </c>
       <c r="D71" t="s">
-        <v>3470</v>
+        <v>3358</v>
       </c>
     </row>
     <row r="72" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B72" t="s">
-        <v>3471</v>
+        <v>3359</v>
       </c>
       <c r="C72" t="s">
-        <v>1266</v>
+        <v>1237</v>
       </c>
       <c r="D72" t="s">
-        <v>3472</v>
+        <v>3360</v>
       </c>
     </row>
     <row r="73" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B73" t="s">
-        <v>3473</v>
+        <v>3361</v>
       </c>
       <c r="C73" t="s">
-        <v>1269</v>
+        <v>1240</v>
       </c>
       <c r="D73" t="s">
-        <v>3474</v>
+        <v>3362</v>
       </c>
     </row>
     <row r="74" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B74" t="s">
-        <v>3475</v>
+        <v>3363</v>
       </c>
       <c r="C74" t="s">
-        <v>1272</v>
+        <v>1243</v>
       </c>
       <c r="D74" t="s">
-        <v>3476</v>
+        <v>3364</v>
       </c>
     </row>
     <row r="75" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B75" t="s">
-        <v>3477</v>
+        <v>3365</v>
       </c>
       <c r="C75" t="s">
-        <v>1275</v>
+        <v>1246</v>
       </c>
       <c r="D75" t="s">
-        <v>3478</v>
+        <v>3366</v>
       </c>
     </row>
     <row r="76" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B76" t="s">
-        <v>3479</v>
+        <v>3367</v>
       </c>
       <c r="C76" t="s">
-        <v>1418</v>
+        <v>1389</v>
       </c>
       <c r="D76" t="s">
-        <v>3480</v>
+        <v>3368</v>
       </c>
     </row>
     <row r="77" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B77" t="s">
-        <v>3481</v>
+        <v>3369</v>
       </c>
       <c r="C77" t="s">
-        <v>1421</v>
+        <v>1392</v>
       </c>
       <c r="D77" t="s">
-        <v>3482</v>
+        <v>3370</v>
       </c>
     </row>
     <row r="78" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B78" t="s">
-        <v>3483</v>
+        <v>3371</v>
       </c>
       <c r="C78" t="s">
-        <v>1424</v>
+        <v>1395</v>
       </c>
       <c r="D78" t="s">
-        <v>3484</v>
+        <v>3372</v>
       </c>
     </row>
     <row r="79" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B79" t="s">
-        <v>3485</v>
+        <v>3373</v>
       </c>
       <c r="C79" t="s">
-        <v>1427</v>
+        <v>1398</v>
       </c>
       <c r="D79" t="s">
-        <v>3486</v>
+        <v>3374</v>
       </c>
     </row>
     <row r="80" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B80" t="s">
-        <v>2362</v>
+        <v>2333</v>
       </c>
       <c r="D80" t="s">
-        <v>3487</v>
+        <v>3375</v>
       </c>
     </row>
     <row r="81" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B81" t="s">
-        <v>3383</v>
+        <v>3271</v>
       </c>
       <c r="C81" t="s">
-        <v>3384</v>
+        <v>3272</v>
       </c>
       <c r="D81" t="s">
-        <v>3488</v>
+        <v>3376</v>
       </c>
     </row>
     <row r="82" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B82" t="s">
-        <v>3386</v>
+        <v>3274</v>
       </c>
       <c r="C82" t="s">
-        <v>3387</v>
+        <v>3275</v>
       </c>
       <c r="D82" t="s">
-        <v>3489</v>
+        <v>3377</v>
       </c>
     </row>
     <row r="83" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B83" t="s">
-        <v>3389</v>
+        <v>3277</v>
       </c>
       <c r="C83" t="s">
-        <v>3390</v>
+        <v>3278</v>
       </c>
       <c r="D83" t="s">
-        <v>3490</v>
+        <v>3378</v>
       </c>
     </row>
     <row r="84" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B84" t="s">
-        <v>3392</v>
+        <v>3280</v>
       </c>
       <c r="C84" t="s">
-        <v>2747</v>
+        <v>2691</v>
       </c>
       <c r="D84" t="s">
-        <v>3491</v>
+        <v>3379</v>
       </c>
     </row>
     <row r="85" spans="2:4" ht="37.5" x14ac:dyDescent="0.25">
       <c r="B85" s="3" t="s">
-        <v>3394</v>
+        <v>3282</v>
       </c>
       <c r="C85" t="s">
-        <v>2750</v>
+        <v>2693</v>
       </c>
       <c r="D85" t="s">
-        <v>3492</v>
+        <v>3380</v>
       </c>
     </row>
     <row r="86" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B86" t="s">
-        <v>3414</v>
+        <v>3302</v>
       </c>
       <c r="C86" t="s">
-        <v>3415</v>
+        <v>3303</v>
       </c>
       <c r="D86" t="s">
-        <v>3493</v>
+        <v>3381</v>
       </c>
     </row>
     <row r="87" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B87" t="s">
-        <v>3417</v>
+        <v>3305</v>
       </c>
       <c r="C87" t="s">
-        <v>3418</v>
+        <v>3306</v>
       </c>
       <c r="D87" t="s">
-        <v>3494</v>
+        <v>3382</v>
       </c>
     </row>
     <row r="88" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B88" t="s">
-        <v>3420</v>
+        <v>3308</v>
       </c>
       <c r="C88" t="s">
-        <v>3421</v>
+        <v>3309</v>
       </c>
       <c r="D88" t="s">
-        <v>3495</v>
+        <v>3383</v>
       </c>
     </row>
     <row r="89" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B89" t="s">
-        <v>3353</v>
+        <v>3241</v>
       </c>
       <c r="C89" t="s">
-        <v>677</v>
+        <v>648</v>
       </c>
       <c r="D89" t="s">
-        <v>3496</v>
+        <v>3384</v>
       </c>
     </row>
     <row r="90" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B90" t="s">
-        <v>3355</v>
+        <v>3243</v>
       </c>
       <c r="C90" t="s">
-        <v>680</v>
+        <v>651</v>
       </c>
       <c r="D90" t="s">
-        <v>3497</v>
+        <v>3385</v>
       </c>
     </row>
     <row r="91" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B91" t="s">
-        <v>3357</v>
+        <v>3245</v>
       </c>
       <c r="C91" t="s">
-        <v>683</v>
+        <v>654</v>
       </c>
       <c r="D91" t="s">
-        <v>3498</v>
+        <v>3386</v>
       </c>
     </row>
     <row r="92" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B92" t="s">
-        <v>3359</v>
+        <v>3247</v>
       </c>
       <c r="C92" t="s">
-        <v>686</v>
+        <v>657</v>
       </c>
       <c r="D92" t="s">
-        <v>3499</v>
+        <v>3387</v>
       </c>
     </row>
     <row r="93" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B93" t="s">
-        <v>3361</v>
+        <v>3249</v>
       </c>
       <c r="C93" t="s">
-        <v>689</v>
+        <v>660</v>
       </c>
       <c r="D93" t="s">
-        <v>3500</v>
+        <v>3388</v>
       </c>
     </row>
     <row r="94" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B94" t="s">
-        <v>3363</v>
+        <v>3251</v>
       </c>
       <c r="C94" t="s">
-        <v>692</v>
+        <v>663</v>
       </c>
       <c r="D94" t="s">
-        <v>3501</v>
+        <v>3389</v>
       </c>
     </row>
     <row r="95" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B95" t="s">
-        <v>3365</v>
+        <v>3253</v>
       </c>
       <c r="C95" t="s">
-        <v>695</v>
+        <v>666</v>
       </c>
       <c r="D95" t="s">
-        <v>3502</v>
+        <v>3390</v>
       </c>
     </row>
     <row r="96" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B96" t="s">
-        <v>3367</v>
+        <v>3255</v>
       </c>
       <c r="C96" t="s">
-        <v>700</v>
+        <v>671</v>
       </c>
       <c r="D96" t="s">
-        <v>3503</v>
+        <v>3391</v>
       </c>
     </row>
     <row r="97" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B97" t="s">
-        <v>3369</v>
+        <v>3257</v>
       </c>
       <c r="C97" t="s">
-        <v>703</v>
+        <v>674</v>
       </c>
       <c r="D97" t="s">
-        <v>3504</v>
+        <v>3392</v>
       </c>
     </row>
     <row r="98" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B98" t="s">
-        <v>3371</v>
+        <v>3259</v>
       </c>
       <c r="C98" t="s">
-        <v>706</v>
+        <v>677</v>
       </c>
       <c r="D98" t="s">
-        <v>3505</v>
+        <v>3393</v>
       </c>
     </row>
     <row r="99" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B99" t="s">
-        <v>3373</v>
+        <v>3261</v>
       </c>
       <c r="C99" t="s">
-        <v>709</v>
+        <v>680</v>
       </c>
       <c r="D99" t="s">
-        <v>3506</v>
+        <v>3394</v>
       </c>
     </row>
     <row r="100" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B100" t="s">
-        <v>3375</v>
+        <v>3263</v>
       </c>
       <c r="C100" t="s">
-        <v>712</v>
+        <v>683</v>
       </c>
       <c r="D100" t="s">
-        <v>3507</v>
+        <v>3395</v>
       </c>
     </row>
     <row r="101" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B101" t="s">
-        <v>3377</v>
+        <v>3265</v>
       </c>
       <c r="C101" t="s">
-        <v>715</v>
+        <v>686</v>
       </c>
       <c r="D101" t="s">
-        <v>3508</v>
+        <v>3396</v>
       </c>
     </row>
     <row r="102" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B102" t="s">
-        <v>3379</v>
+        <v>3267</v>
       </c>
       <c r="C102" t="s">
-        <v>718</v>
+        <v>689</v>
       </c>
       <c r="D102" t="s">
-        <v>3509</v>
+        <v>3397</v>
       </c>
     </row>
     <row r="103" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B103" t="s">
-        <v>3381</v>
+        <v>3269</v>
       </c>
       <c r="C103" t="s">
-        <v>721</v>
+        <v>692</v>
       </c>
       <c r="D103" t="s">
-        <v>3510</v>
+        <v>3398</v>
       </c>
     </row>
     <row r="104" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B104" t="s">
-        <v>427</v>
+        <v>398</v>
       </c>
       <c r="C104" t="s">
-        <v>724</v>
+        <v>695</v>
       </c>
       <c r="D104" t="s">
-        <v>3511</v>
+        <v>3399</v>
       </c>
     </row>
     <row r="105" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B105" t="s">
-        <v>3512</v>
+        <v>3400</v>
       </c>
       <c r="C105" t="s">
-        <v>727</v>
+        <v>698</v>
       </c>
       <c r="D105" t="s">
-        <v>3513</v>
+        <v>3401</v>
       </c>
     </row>
     <row r="106" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B106" t="s">
-        <v>3396</v>
+        <v>3284</v>
       </c>
       <c r="C106" t="s">
-        <v>732</v>
+        <v>703</v>
       </c>
       <c r="D106" t="s">
-        <v>3514</v>
+        <v>3402</v>
       </c>
     </row>
     <row r="107" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B107" t="s">
-        <v>3398</v>
+        <v>3286</v>
       </c>
       <c r="C107" t="s">
-        <v>735</v>
+        <v>706</v>
       </c>
       <c r="D107" t="s">
-        <v>3515</v>
+        <v>3403</v>
       </c>
     </row>
     <row r="108" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B108" t="s">
-        <v>3400</v>
+        <v>3288</v>
       </c>
       <c r="C108" t="s">
-        <v>738</v>
+        <v>709</v>
       </c>
       <c r="D108" t="s">
-        <v>3516</v>
+        <v>3404</v>
       </c>
     </row>
     <row r="109" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B109" t="s">
-        <v>3402</v>
+        <v>3290</v>
       </c>
       <c r="C109" t="s">
-        <v>741</v>
+        <v>712</v>
       </c>
       <c r="D109" t="s">
-        <v>3517</v>
+        <v>3405</v>
       </c>
     </row>
     <row r="110" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B110" t="s">
-        <v>3404</v>
+        <v>3292</v>
       </c>
       <c r="C110" t="s">
-        <v>744</v>
+        <v>715</v>
       </c>
       <c r="D110" t="s">
-        <v>3518</v>
+        <v>3406</v>
       </c>
     </row>
     <row r="111" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B111" t="s">
-        <v>3406</v>
+        <v>3294</v>
       </c>
       <c r="C111" t="s">
-        <v>747</v>
+        <v>718</v>
       </c>
       <c r="D111" t="s">
-        <v>3519</v>
+        <v>3407</v>
       </c>
     </row>
     <row r="112" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B112" t="s">
+        <v>3296</v>
+      </c>
+      <c r="C112" t="s">
+        <v>723</v>
+      </c>
+      <c r="D112" t="s">
         <v>3408</v>
-      </c>
-[...4 lines deleted...]
-        <v>3520</v>
       </c>
     </row>
     <row r="113" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B113" t="s">
-        <v>3410</v>
+        <v>3298</v>
       </c>
       <c r="C113" t="s">
-        <v>755</v>
+        <v>726</v>
       </c>
       <c r="D113" t="s">
-        <v>3521</v>
+        <v>3409</v>
       </c>
     </row>
     <row r="114" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B114" t="s">
-        <v>3412</v>
+        <v>3300</v>
       </c>
       <c r="C114" t="s">
-        <v>758</v>
+        <v>729</v>
       </c>
       <c r="D114" t="s">
-        <v>3522</v>
+        <v>3410</v>
       </c>
     </row>
     <row r="115" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B115" t="s">
-        <v>3523</v>
+        <v>3411</v>
       </c>
       <c r="C115" t="s">
-        <v>1102</v>
+        <v>1073</v>
       </c>
       <c r="D115" t="s">
-        <v>3524</v>
+        <v>3412</v>
       </c>
     </row>
     <row r="116" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B116" t="s">
-        <v>3423</v>
+        <v>3311</v>
       </c>
       <c r="C116" t="s">
-        <v>1107</v>
+        <v>1078</v>
       </c>
       <c r="D116" t="s">
-        <v>3525</v>
+        <v>3413</v>
       </c>
     </row>
     <row r="117" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B117" t="s">
-        <v>3425</v>
+        <v>3313</v>
       </c>
       <c r="C117" t="s">
-        <v>1110</v>
+        <v>1081</v>
       </c>
       <c r="D117" t="s">
-        <v>3526</v>
+        <v>3414</v>
       </c>
     </row>
     <row r="118" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B118" t="s">
-        <v>3427</v>
+        <v>3315</v>
       </c>
       <c r="C118" t="s">
-        <v>1113</v>
+        <v>1084</v>
       </c>
       <c r="D118" t="s">
-        <v>3527</v>
+        <v>3415</v>
       </c>
     </row>
     <row r="119" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B119" t="s">
-        <v>3429</v>
+        <v>3317</v>
       </c>
       <c r="C119" t="s">
-        <v>1116</v>
+        <v>1087</v>
       </c>
       <c r="D119" t="s">
-        <v>3528</v>
+        <v>3416</v>
       </c>
     </row>
     <row r="120" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B120" t="s">
-        <v>3431</v>
+        <v>3319</v>
       </c>
       <c r="C120" t="s">
-        <v>1119</v>
+        <v>1090</v>
       </c>
       <c r="D120" t="s">
-        <v>3529</v>
+        <v>3417</v>
       </c>
     </row>
     <row r="121" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B121" t="s">
-        <v>3433</v>
+        <v>3321</v>
       </c>
       <c r="C121" t="s">
-        <v>1131</v>
+        <v>1102</v>
       </c>
       <c r="D121" t="s">
-        <v>3530</v>
+        <v>3418</v>
       </c>
     </row>
     <row r="122" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B122" t="s">
-        <v>3435</v>
+        <v>3323</v>
       </c>
       <c r="C122" t="s">
-        <v>1146</v>
+        <v>1117</v>
       </c>
       <c r="D122" t="s">
-        <v>3531</v>
+        <v>3419</v>
       </c>
     </row>
     <row r="123" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B123" t="s">
-        <v>3437</v>
+        <v>3325</v>
       </c>
       <c r="C123" t="s">
-        <v>1161</v>
+        <v>1132</v>
       </c>
       <c r="D123" t="s">
-        <v>3532</v>
+        <v>3420</v>
       </c>
     </row>
     <row r="124" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B124" t="s">
-        <v>3439</v>
+        <v>3327</v>
       </c>
       <c r="C124" t="s">
-        <v>1164</v>
+        <v>1135</v>
       </c>
       <c r="D124" t="s">
-        <v>3533</v>
+        <v>3421</v>
       </c>
     </row>
     <row r="125" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B125" t="s">
-        <v>3441</v>
+        <v>3329</v>
       </c>
       <c r="C125" t="s">
-        <v>1169</v>
+        <v>1140</v>
       </c>
       <c r="D125" t="s">
-        <v>3534</v>
+        <v>3422</v>
       </c>
     </row>
     <row r="126" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B126" t="s">
-        <v>3443</v>
+        <v>3331</v>
       </c>
       <c r="C126" t="s">
-        <v>1172</v>
+        <v>1143</v>
       </c>
       <c r="D126" t="s">
-        <v>3535</v>
+        <v>3423</v>
       </c>
     </row>
     <row r="127" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B127" t="s">
-        <v>3445</v>
+        <v>3333</v>
       </c>
       <c r="C127" t="s">
-        <v>1175</v>
+        <v>1146</v>
       </c>
       <c r="D127" t="s">
-        <v>3536</v>
+        <v>3424</v>
       </c>
     </row>
     <row r="128" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B128" t="s">
-        <v>3447</v>
+        <v>3335</v>
       </c>
       <c r="C128" t="s">
-        <v>1184</v>
+        <v>1155</v>
       </c>
       <c r="D128" t="s">
-        <v>3537</v>
+        <v>3425</v>
       </c>
     </row>
     <row r="129" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B129" t="s">
-        <v>3449</v>
+        <v>3337</v>
       </c>
       <c r="C129" t="s">
-        <v>1187</v>
+        <v>1158</v>
       </c>
       <c r="D129" t="s">
-        <v>3538</v>
+        <v>3426</v>
       </c>
     </row>
     <row r="130" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B130" t="s">
-        <v>3451</v>
+        <v>3339</v>
       </c>
       <c r="C130" t="s">
-        <v>1190</v>
+        <v>1161</v>
       </c>
       <c r="D130" t="s">
-        <v>3539</v>
+        <v>3427</v>
       </c>
     </row>
     <row r="131" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B131" t="s">
-        <v>3453</v>
+        <v>3341</v>
       </c>
       <c r="C131" t="s">
-        <v>1193</v>
+        <v>1164</v>
       </c>
       <c r="D131" t="s">
-        <v>3540</v>
+        <v>3428</v>
       </c>
     </row>
     <row r="132" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B132" t="s">
-        <v>3455</v>
+        <v>3343</v>
       </c>
       <c r="C132" t="s">
-        <v>1202</v>
+        <v>1173</v>
       </c>
       <c r="D132" t="s">
-        <v>3541</v>
+        <v>3429</v>
       </c>
     </row>
     <row r="133" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B133" t="s">
-        <v>3457</v>
+        <v>3345</v>
       </c>
       <c r="C133" t="s">
-        <v>1229</v>
+        <v>1200</v>
       </c>
       <c r="D133" t="s">
-        <v>3542</v>
+        <v>3430</v>
       </c>
     </row>
     <row r="134" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B134" t="s">
-        <v>3459</v>
+        <v>3347</v>
       </c>
       <c r="C134" t="s">
-        <v>1246</v>
+        <v>1217</v>
       </c>
       <c r="D134" t="s">
-        <v>3543</v>
+        <v>3431</v>
       </c>
     </row>
     <row r="135" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B135" t="s">
-        <v>3461</v>
+        <v>3349</v>
       </c>
       <c r="C135" t="s">
-        <v>1249</v>
+        <v>1220</v>
       </c>
       <c r="D135" t="s">
-        <v>3544</v>
+        <v>3432</v>
       </c>
     </row>
     <row r="136" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B136" t="s">
-        <v>3463</v>
+        <v>3351</v>
       </c>
       <c r="C136" t="s">
-        <v>1252</v>
+        <v>1223</v>
       </c>
       <c r="D136" t="s">
-        <v>3545</v>
+        <v>3433</v>
       </c>
     </row>
     <row r="137" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B137" t="s">
-        <v>3465</v>
+        <v>3353</v>
       </c>
       <c r="C137" t="s">
-        <v>1255</v>
+        <v>1226</v>
       </c>
       <c r="D137" t="s">
-        <v>3546</v>
+        <v>3434</v>
       </c>
     </row>
     <row r="138" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B138" t="s">
-        <v>3467</v>
+        <v>3355</v>
       </c>
       <c r="C138" t="s">
-        <v>1260</v>
+        <v>1231</v>
       </c>
       <c r="D138" t="s">
-        <v>3547</v>
+        <v>3435</v>
       </c>
     </row>
     <row r="139" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B139" t="s">
-        <v>3469</v>
+        <v>3357</v>
       </c>
       <c r="C139" t="s">
-        <v>1263</v>
+        <v>1234</v>
       </c>
       <c r="D139" t="s">
-        <v>3548</v>
+        <v>3436</v>
       </c>
     </row>
     <row r="140" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B140" t="s">
-        <v>3471</v>
+        <v>3359</v>
       </c>
       <c r="C140" t="s">
-        <v>1266</v>
+        <v>1237</v>
       </c>
       <c r="D140" t="s">
-        <v>3549</v>
+        <v>3437</v>
       </c>
     </row>
     <row r="141" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B141" t="s">
-        <v>3473</v>
+        <v>3361</v>
       </c>
       <c r="C141" t="s">
-        <v>1269</v>
+        <v>1240</v>
       </c>
       <c r="D141" t="s">
-        <v>3550</v>
+        <v>3438</v>
       </c>
     </row>
     <row r="142" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B142" t="s">
-        <v>3475</v>
+        <v>3363</v>
       </c>
       <c r="C142" t="s">
-        <v>1272</v>
+        <v>1243</v>
       </c>
       <c r="D142" t="s">
-        <v>3551</v>
+        <v>3439</v>
       </c>
     </row>
     <row r="143" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B143" t="s">
-        <v>3477</v>
+        <v>3365</v>
       </c>
       <c r="C143" t="s">
-        <v>1275</v>
+        <v>1246</v>
       </c>
       <c r="D143" t="s">
-        <v>3552</v>
+        <v>3440</v>
       </c>
     </row>
     <row r="144" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B144" t="s">
-        <v>3479</v>
+        <v>3367</v>
       </c>
       <c r="C144" t="s">
-        <v>1418</v>
+        <v>1389</v>
       </c>
       <c r="D144" t="s">
-        <v>3553</v>
+        <v>3441</v>
       </c>
     </row>
     <row r="145" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B145" t="s">
-        <v>3481</v>
+        <v>3369</v>
       </c>
       <c r="C145" t="s">
-        <v>1421</v>
+        <v>1392</v>
       </c>
       <c r="D145" t="s">
-        <v>3554</v>
+        <v>3442</v>
       </c>
     </row>
     <row r="146" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B146" t="s">
-        <v>3483</v>
+        <v>3371</v>
       </c>
       <c r="C146" t="s">
-        <v>1424</v>
+        <v>1395</v>
       </c>
       <c r="D146" t="s">
-        <v>3555</v>
+        <v>3443</v>
       </c>
     </row>
     <row r="147" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B147" t="s">
-        <v>3485</v>
+        <v>3373</v>
       </c>
       <c r="C147" t="s">
-        <v>1427</v>
+        <v>1398</v>
       </c>
       <c r="D147" t="s">
-        <v>3556</v>
+        <v>3444</v>
       </c>
     </row>
     <row r="148" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B148" t="s">
-        <v>2362</v>
+        <v>2333</v>
       </c>
       <c r="D148" t="s">
-        <v>3557</v>
+        <v>3445</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet23.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1600-000000000000}">
   <dimension ref="A1:D83"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>107</v>
+        <v>78</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>108</v>
+        <v>79</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>109</v>
+        <v>80</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
-        <v>88</v>
+        <v>63</v>
       </c>
       <c r="B2" t="s">
-        <v>89</v>
+        <v>64</v>
       </c>
       <c r="D2" t="s">
-        <v>91</v>
+        <v>65</v>
       </c>
     </row>
     <row r="3" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
-        <v>3558</v>
+        <v>3446</v>
       </c>
       <c r="B3" t="s">
-        <v>113</v>
+        <v>84</v>
       </c>
       <c r="D3" t="s">
-        <v>3559</v>
+        <v>3447</v>
       </c>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B4" t="s">
-        <v>117</v>
+        <v>88</v>
       </c>
       <c r="D4" t="s">
-        <v>3560</v>
+        <v>3448</v>
       </c>
     </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B5" t="s">
-        <v>125</v>
+        <v>96</v>
       </c>
       <c r="D5" t="s">
-        <v>3561</v>
+        <v>3449</v>
       </c>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B6" t="s">
-        <v>119</v>
+        <v>90</v>
       </c>
       <c r="D6" t="s">
-        <v>3562</v>
+        <v>3450</v>
       </c>
     </row>
     <row r="7" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B7" t="s">
-        <v>3563</v>
+        <v>3451</v>
       </c>
       <c r="D7" t="s">
-        <v>3564</v>
+        <v>3452</v>
       </c>
     </row>
     <row r="8" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B8" t="s">
-        <v>3565</v>
+        <v>3453</v>
       </c>
       <c r="C8" t="s">
-        <v>677</v>
+        <v>648</v>
       </c>
       <c r="D8" t="s">
-        <v>3566</v>
+        <v>3454</v>
       </c>
     </row>
     <row r="9" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B9" t="s">
-        <v>3567</v>
+        <v>3455</v>
       </c>
       <c r="C9" t="s">
-        <v>680</v>
+        <v>651</v>
       </c>
       <c r="D9" t="s">
-        <v>3568</v>
+        <v>3456</v>
       </c>
     </row>
     <row r="10" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B10" t="s">
-        <v>3569</v>
+        <v>3457</v>
       </c>
       <c r="C10" t="s">
-        <v>683</v>
+        <v>654</v>
       </c>
       <c r="D10" t="s">
-        <v>3570</v>
+        <v>3458</v>
       </c>
     </row>
     <row r="11" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B11" t="s">
-        <v>3571</v>
+        <v>3459</v>
       </c>
       <c r="C11" t="s">
-        <v>686</v>
+        <v>657</v>
       </c>
       <c r="D11" t="s">
-        <v>3572</v>
+        <v>3460</v>
       </c>
     </row>
     <row r="12" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B12" t="s">
-        <v>3573</v>
+        <v>3461</v>
       </c>
       <c r="C12" t="s">
-        <v>689</v>
+        <v>660</v>
       </c>
       <c r="D12" t="s">
-        <v>3574</v>
+        <v>3462</v>
       </c>
     </row>
     <row r="13" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B13" t="s">
-        <v>3575</v>
+        <v>3463</v>
       </c>
       <c r="C13" t="s">
-        <v>692</v>
+        <v>663</v>
       </c>
       <c r="D13" t="s">
-        <v>3576</v>
+        <v>3464</v>
       </c>
     </row>
     <row r="14" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B14" t="s">
-        <v>3577</v>
+        <v>3465</v>
       </c>
       <c r="D14" t="s">
-        <v>3578</v>
+        <v>3466</v>
       </c>
     </row>
     <row r="15" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B15" t="s">
-        <v>3579</v>
+        <v>3467</v>
       </c>
       <c r="C15" t="s">
-        <v>695</v>
+        <v>666</v>
       </c>
       <c r="D15" t="s">
-        <v>3580</v>
+        <v>3468</v>
       </c>
     </row>
     <row r="16" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B16" t="s">
-        <v>3581</v>
+        <v>3469</v>
       </c>
       <c r="C16" t="s">
-        <v>700</v>
+        <v>671</v>
       </c>
       <c r="D16" t="s">
-        <v>3582</v>
+        <v>3470</v>
       </c>
     </row>
     <row r="17" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B17" t="s">
-        <v>3583</v>
+        <v>3471</v>
       </c>
       <c r="C17" t="s">
-        <v>703</v>
+        <v>674</v>
       </c>
       <c r="D17" t="s">
-        <v>3584</v>
+        <v>3472</v>
       </c>
     </row>
     <row r="18" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B18" t="s">
-        <v>3585</v>
+        <v>3473</v>
       </c>
       <c r="C18" t="s">
-        <v>706</v>
+        <v>677</v>
       </c>
       <c r="D18" t="s">
-        <v>3586</v>
+        <v>3474</v>
       </c>
     </row>
     <row r="19" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B19" t="s">
-        <v>3587</v>
+        <v>3475</v>
       </c>
       <c r="C19" t="s">
-        <v>709</v>
+        <v>680</v>
       </c>
       <c r="D19" t="s">
-        <v>3588</v>
+        <v>3476</v>
       </c>
     </row>
     <row r="20" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B20" t="s">
-        <v>3589</v>
+        <v>3477</v>
       </c>
       <c r="C20" t="s">
-        <v>712</v>
+        <v>683</v>
       </c>
       <c r="D20" t="s">
-        <v>3590</v>
+        <v>3478</v>
       </c>
     </row>
     <row r="21" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B21" t="s">
-        <v>3591</v>
+        <v>3479</v>
       </c>
       <c r="C21" t="s">
-        <v>715</v>
+        <v>686</v>
       </c>
       <c r="D21" t="s">
-        <v>3592</v>
+        <v>3480</v>
       </c>
     </row>
     <row r="22" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B22" t="s">
-        <v>3593</v>
+        <v>3481</v>
       </c>
       <c r="C22" t="s">
-        <v>718</v>
+        <v>689</v>
       </c>
       <c r="D22" t="s">
-        <v>3594</v>
+        <v>3482</v>
       </c>
     </row>
     <row r="23" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B23" t="s">
-        <v>3595</v>
+        <v>3483</v>
       </c>
       <c r="C23" t="s">
-        <v>721</v>
+        <v>692</v>
       </c>
       <c r="D23" t="s">
-        <v>3596</v>
+        <v>3484</v>
       </c>
     </row>
     <row r="24" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B24" t="s">
-        <v>3597</v>
+        <v>3485</v>
       </c>
       <c r="C24" t="s">
-        <v>724</v>
+        <v>695</v>
       </c>
       <c r="D24" t="s">
-        <v>3598</v>
+        <v>3486</v>
       </c>
     </row>
     <row r="25" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B25" t="s">
-        <v>3599</v>
+        <v>3487</v>
       </c>
       <c r="C25" t="s">
-        <v>727</v>
+        <v>698</v>
       </c>
       <c r="D25" t="s">
-        <v>3600</v>
+        <v>3488</v>
       </c>
     </row>
     <row r="26" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B26" t="s">
-        <v>3601</v>
+        <v>3489</v>
       </c>
       <c r="D26" t="s">
-        <v>3602</v>
+        <v>3490</v>
       </c>
     </row>
     <row r="27" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B27" t="s">
-        <v>3603</v>
+        <v>3491</v>
       </c>
       <c r="C27" t="s">
-        <v>732</v>
+        <v>703</v>
       </c>
       <c r="D27" t="s">
-        <v>3604</v>
+        <v>3492</v>
       </c>
     </row>
     <row r="28" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B28" t="s">
-        <v>3605</v>
+        <v>3493</v>
       </c>
       <c r="C28" t="s">
-        <v>735</v>
+        <v>706</v>
       </c>
       <c r="D28" t="s">
-        <v>3606</v>
+        <v>3494</v>
       </c>
     </row>
     <row r="29" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B29" t="s">
-        <v>3607</v>
+        <v>3495</v>
       </c>
       <c r="C29" t="s">
-        <v>738</v>
+        <v>709</v>
       </c>
       <c r="D29" t="s">
-        <v>3608</v>
+        <v>3496</v>
       </c>
     </row>
     <row r="30" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B30" t="s">
-        <v>3609</v>
+        <v>3497</v>
       </c>
       <c r="C30" t="s">
-        <v>741</v>
+        <v>712</v>
       </c>
       <c r="D30" t="s">
-        <v>3610</v>
+        <v>3498</v>
       </c>
     </row>
     <row r="31" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B31" t="s">
-        <v>3611</v>
+        <v>3499</v>
       </c>
       <c r="C31" t="s">
-        <v>744</v>
+        <v>715</v>
       </c>
       <c r="D31" t="s">
-        <v>3612</v>
+        <v>3500</v>
       </c>
     </row>
     <row r="32" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B32" t="s">
-        <v>3613</v>
+        <v>3501</v>
       </c>
       <c r="C32" t="s">
-        <v>747</v>
+        <v>718</v>
       </c>
       <c r="D32" t="s">
-        <v>3614</v>
+        <v>3502</v>
       </c>
     </row>
     <row r="33" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B33" t="s">
-        <v>3615</v>
+        <v>3503</v>
       </c>
       <c r="C33" t="s">
-        <v>752</v>
+        <v>723</v>
       </c>
       <c r="D33" t="s">
-        <v>3616</v>
+        <v>3504</v>
       </c>
     </row>
     <row r="34" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B34" t="s">
-        <v>3617</v>
+        <v>3505</v>
       </c>
       <c r="C34" t="s">
-        <v>755</v>
+        <v>726</v>
       </c>
       <c r="D34" t="s">
-        <v>3618</v>
+        <v>3506</v>
       </c>
     </row>
     <row r="35" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B35" t="s">
-        <v>3619</v>
+        <v>3507</v>
       </c>
       <c r="D35" t="s">
-        <v>3620</v>
+        <v>3508</v>
       </c>
     </row>
     <row r="36" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B36" t="s">
-        <v>3621</v>
+        <v>3509</v>
       </c>
       <c r="C36" t="s">
-        <v>758</v>
+        <v>729</v>
       </c>
       <c r="D36" t="s">
-        <v>3622</v>
+        <v>3510</v>
       </c>
     </row>
     <row r="37" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B37" t="s">
-        <v>3623</v>
+        <v>3511</v>
       </c>
       <c r="C37" t="s">
-        <v>1102</v>
+        <v>1073</v>
       </c>
       <c r="D37" t="s">
-        <v>3624</v>
+        <v>3512</v>
       </c>
     </row>
     <row r="38" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B38" t="s">
-        <v>3625</v>
+        <v>3513</v>
       </c>
       <c r="C38" t="s">
-        <v>1107</v>
+        <v>1078</v>
       </c>
       <c r="D38" t="s">
-        <v>3626</v>
+        <v>3514</v>
       </c>
     </row>
     <row r="39" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B39" t="s">
-        <v>3627</v>
+        <v>3515</v>
       </c>
       <c r="C39" t="s">
-        <v>1110</v>
+        <v>1081</v>
       </c>
       <c r="D39" t="s">
-        <v>3628</v>
+        <v>3516</v>
       </c>
     </row>
     <row r="40" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B40" t="s">
-        <v>3629</v>
+        <v>3517</v>
       </c>
       <c r="C40" t="s">
-        <v>1113</v>
+        <v>1084</v>
       </c>
       <c r="D40" t="s">
-        <v>3630</v>
+        <v>3518</v>
       </c>
     </row>
     <row r="41" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B41" t="s">
-        <v>3631</v>
+        <v>3519</v>
       </c>
       <c r="C41" t="s">
-        <v>1116</v>
+        <v>1087</v>
       </c>
       <c r="D41" t="s">
-        <v>3632</v>
+        <v>3520</v>
       </c>
     </row>
     <row r="42" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B42" t="s">
-        <v>3633</v>
+        <v>3521</v>
       </c>
       <c r="C42" t="s">
-        <v>1119</v>
+        <v>1090</v>
       </c>
       <c r="D42" t="s">
-        <v>3634</v>
+        <v>3522</v>
       </c>
     </row>
     <row r="43" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B43" t="s">
-        <v>3635</v>
+        <v>3523</v>
       </c>
       <c r="C43" t="s">
-        <v>1131</v>
+        <v>1102</v>
       </c>
       <c r="D43" t="s">
-        <v>3636</v>
+        <v>3524</v>
       </c>
     </row>
     <row r="44" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B44" t="s">
-        <v>3637</v>
+        <v>3525</v>
       </c>
       <c r="C44" t="s">
-        <v>1146</v>
+        <v>1117</v>
       </c>
       <c r="D44" t="s">
-        <v>3638</v>
+        <v>3526</v>
       </c>
     </row>
     <row r="45" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B45" t="s">
-        <v>3639</v>
+        <v>3527</v>
       </c>
       <c r="C45" t="s">
-        <v>1161</v>
+        <v>1132</v>
       </c>
       <c r="D45" t="s">
-        <v>3640</v>
+        <v>3528</v>
       </c>
     </row>
     <row r="46" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B46" t="s">
-        <v>3641</v>
+        <v>3529</v>
       </c>
       <c r="C46" t="s">
-        <v>1164</v>
+        <v>1135</v>
       </c>
       <c r="D46" t="s">
-        <v>3642</v>
+        <v>3530</v>
       </c>
     </row>
     <row r="47" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B47" t="s">
-        <v>3643</v>
+        <v>3531</v>
       </c>
       <c r="C47" t="s">
-        <v>1169</v>
+        <v>1140</v>
       </c>
       <c r="D47" t="s">
-        <v>3644</v>
+        <v>3532</v>
       </c>
     </row>
     <row r="48" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B48" t="s">
-        <v>3645</v>
+        <v>3533</v>
       </c>
       <c r="C48" t="s">
-        <v>1172</v>
+        <v>1143</v>
       </c>
       <c r="D48" t="s">
-        <v>3646</v>
+        <v>3534</v>
       </c>
     </row>
     <row r="49" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B49" t="s">
-        <v>3647</v>
+        <v>3535</v>
       </c>
       <c r="C49" t="s">
-        <v>1175</v>
+        <v>1146</v>
       </c>
       <c r="D49" t="s">
-        <v>3648</v>
+        <v>3536</v>
       </c>
     </row>
     <row r="50" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B50" t="s">
-        <v>3649</v>
+        <v>3537</v>
       </c>
       <c r="C50" t="s">
-        <v>1184</v>
+        <v>1155</v>
       </c>
       <c r="D50" t="s">
-        <v>3650</v>
+        <v>3538</v>
       </c>
     </row>
     <row r="51" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B51" t="s">
-        <v>3651</v>
+        <v>3539</v>
       </c>
       <c r="C51" t="s">
-        <v>1187</v>
+        <v>1158</v>
       </c>
       <c r="D51" t="s">
-        <v>3652</v>
+        <v>3540</v>
       </c>
     </row>
     <row r="52" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B52" t="s">
-        <v>3653</v>
+        <v>3541</v>
       </c>
       <c r="C52" t="s">
-        <v>1190</v>
+        <v>1161</v>
       </c>
       <c r="D52" t="s">
-        <v>3654</v>
+        <v>3542</v>
       </c>
     </row>
     <row r="53" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B53" t="s">
-        <v>3655</v>
+        <v>3543</v>
       </c>
       <c r="D53" t="s">
-        <v>3656</v>
+        <v>3544</v>
       </c>
     </row>
     <row r="54" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B54" t="s">
-        <v>3657</v>
+        <v>3545</v>
       </c>
       <c r="C54" t="s">
-        <v>1193</v>
+        <v>1164</v>
       </c>
       <c r="D54" t="s">
-        <v>3658</v>
+        <v>3546</v>
       </c>
     </row>
     <row r="55" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B55" t="s">
-        <v>3659</v>
+        <v>3547</v>
       </c>
       <c r="C55" t="s">
-        <v>1202</v>
+        <v>1173</v>
       </c>
       <c r="D55" t="s">
-        <v>3660</v>
+        <v>3548</v>
       </c>
     </row>
     <row r="56" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B56" t="s">
-        <v>3661</v>
+        <v>3549</v>
       </c>
       <c r="C56" t="s">
-        <v>1229</v>
+        <v>1200</v>
       </c>
       <c r="D56" t="s">
-        <v>3662</v>
+        <v>3550</v>
       </c>
     </row>
     <row r="57" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B57" t="s">
-        <v>3663</v>
+        <v>3551</v>
       </c>
       <c r="C57" t="s">
-        <v>1246</v>
+        <v>1217</v>
       </c>
       <c r="D57" t="s">
-        <v>3664</v>
+        <v>3552</v>
       </c>
     </row>
     <row r="58" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B58" t="s">
-        <v>3665</v>
+        <v>3553</v>
       </c>
       <c r="C58" t="s">
-        <v>1249</v>
+        <v>1220</v>
       </c>
       <c r="D58" t="s">
-        <v>3666</v>
+        <v>3554</v>
       </c>
     </row>
     <row r="59" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B59" t="s">
-        <v>3667</v>
+        <v>3555</v>
       </c>
       <c r="C59" t="s">
-        <v>1252</v>
+        <v>1223</v>
       </c>
       <c r="D59" t="s">
-        <v>3668</v>
+        <v>3556</v>
       </c>
     </row>
     <row r="60" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B60" t="s">
-        <v>3669</v>
+        <v>3557</v>
       </c>
       <c r="C60" t="s">
-        <v>1255</v>
+        <v>1226</v>
       </c>
       <c r="D60" t="s">
-        <v>3670</v>
+        <v>3558</v>
       </c>
     </row>
     <row r="61" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B61" t="s">
-        <v>3671</v>
+        <v>3559</v>
       </c>
       <c r="C61" t="s">
-        <v>1260</v>
+        <v>1231</v>
       </c>
       <c r="D61" t="s">
-        <v>3672</v>
+        <v>3560</v>
       </c>
     </row>
     <row r="62" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B62" t="s">
-        <v>3673</v>
+        <v>3561</v>
       </c>
       <c r="C62" t="s">
-        <v>1263</v>
+        <v>1234</v>
       </c>
       <c r="D62" t="s">
-        <v>3674</v>
+        <v>3562</v>
       </c>
     </row>
     <row r="63" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B63" t="s">
-        <v>3675</v>
+        <v>3563</v>
       </c>
       <c r="D63" t="s">
-        <v>3676</v>
+        <v>3564</v>
       </c>
     </row>
     <row r="64" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B64" t="s">
-        <v>3677</v>
+        <v>3565</v>
       </c>
       <c r="C64" t="s">
-        <v>1266</v>
+        <v>1237</v>
       </c>
       <c r="D64" t="s">
-        <v>3678</v>
+        <v>3566</v>
       </c>
     </row>
     <row r="65" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B65" t="s">
-        <v>3679</v>
+        <v>3567</v>
       </c>
       <c r="C65" t="s">
-        <v>1269</v>
+        <v>1240</v>
       </c>
       <c r="D65" t="s">
-        <v>3680</v>
+        <v>3568</v>
       </c>
     </row>
     <row r="66" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B66" t="s">
-        <v>3681</v>
+        <v>3569</v>
       </c>
       <c r="C66" t="s">
-        <v>1272</v>
+        <v>1243</v>
       </c>
       <c r="D66" t="s">
-        <v>3682</v>
+        <v>3570</v>
       </c>
     </row>
     <row r="67" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B67" t="s">
-        <v>3683</v>
+        <v>3571</v>
       </c>
       <c r="C67" t="s">
-        <v>1275</v>
+        <v>1246</v>
       </c>
       <c r="D67" t="s">
-        <v>3684</v>
+        <v>3572</v>
       </c>
     </row>
     <row r="68" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B68" t="s">
-        <v>3685</v>
+        <v>3573</v>
       </c>
       <c r="C68" t="s">
-        <v>1418</v>
+        <v>1389</v>
       </c>
       <c r="D68" t="s">
-        <v>3686</v>
+        <v>3574</v>
       </c>
     </row>
     <row r="69" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B69" t="s">
-        <v>3687</v>
+        <v>3575</v>
       </c>
       <c r="C69" t="s">
-        <v>1421</v>
+        <v>1392</v>
       </c>
       <c r="D69" t="s">
-        <v>3688</v>
+        <v>3576</v>
       </c>
     </row>
     <row r="70" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B70" t="s">
-        <v>3689</v>
+        <v>3577</v>
       </c>
       <c r="C70" t="s">
-        <v>1424</v>
+        <v>1395</v>
       </c>
       <c r="D70" t="s">
-        <v>3690</v>
+        <v>3578</v>
       </c>
     </row>
     <row r="71" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B71" t="s">
-        <v>3691</v>
+        <v>3579</v>
       </c>
       <c r="C71" t="s">
-        <v>1427</v>
+        <v>1398</v>
       </c>
       <c r="D71" t="s">
-        <v>3692</v>
+        <v>3580</v>
       </c>
     </row>
     <row r="72" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B72" t="s">
-        <v>3693</v>
+        <v>3581</v>
       </c>
       <c r="C72" t="s">
-        <v>1432</v>
+        <v>1403</v>
       </c>
       <c r="D72" t="s">
-        <v>3694</v>
+        <v>3582</v>
       </c>
     </row>
     <row r="73" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B73" t="s">
-        <v>3695</v>
+        <v>3583</v>
       </c>
       <c r="C73" t="s">
-        <v>1435</v>
+        <v>1406</v>
       </c>
       <c r="D73" t="s">
-        <v>3696</v>
+        <v>3584</v>
       </c>
     </row>
     <row r="74" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B74" t="s">
-        <v>3697</v>
+        <v>3585</v>
       </c>
       <c r="C74" t="s">
-        <v>1440</v>
+        <v>1411</v>
       </c>
       <c r="D74" t="s">
-        <v>3698</v>
+        <v>3586</v>
       </c>
     </row>
     <row r="75" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B75" t="s">
-        <v>3699</v>
+        <v>3587</v>
       </c>
       <c r="C75" t="s">
-        <v>1443</v>
+        <v>1414</v>
       </c>
       <c r="D75" t="s">
-        <v>3700</v>
+        <v>3588</v>
       </c>
     </row>
     <row r="76" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B76" t="s">
-        <v>3701</v>
+        <v>3589</v>
       </c>
       <c r="C76" t="s">
-        <v>1448</v>
+        <v>1419</v>
       </c>
       <c r="D76" t="s">
-        <v>3702</v>
+        <v>3590</v>
       </c>
     </row>
     <row r="77" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B77" t="s">
-        <v>3703</v>
+        <v>3591</v>
       </c>
       <c r="C77" t="s">
-        <v>1453</v>
+        <v>1424</v>
       </c>
       <c r="D77" t="s">
-        <v>3704</v>
+        <v>3592</v>
       </c>
     </row>
     <row r="78" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B78" t="s">
-        <v>3705</v>
+        <v>3593</v>
       </c>
       <c r="C78" t="s">
-        <v>1458</v>
+        <v>1429</v>
       </c>
       <c r="D78" t="s">
-        <v>3706</v>
+        <v>3594</v>
       </c>
     </row>
     <row r="79" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B79" t="s">
-        <v>3707</v>
+        <v>3595</v>
       </c>
       <c r="C79" t="s">
-        <v>1461</v>
+        <v>1432</v>
       </c>
       <c r="D79" t="s">
-        <v>3708</v>
+        <v>3596</v>
       </c>
     </row>
     <row r="80" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B80" t="s">
-        <v>3709</v>
+        <v>3597</v>
       </c>
       <c r="C80" t="s">
-        <v>1464</v>
+        <v>1435</v>
       </c>
       <c r="D80" t="s">
-        <v>3710</v>
+        <v>3598</v>
       </c>
     </row>
     <row r="81" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B81" t="s">
-        <v>3711</v>
+        <v>3599</v>
       </c>
       <c r="D81" t="s">
-        <v>3712</v>
+        <v>3600</v>
       </c>
     </row>
     <row r="82" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B82" t="s">
-        <v>3713</v>
+        <v>3601</v>
       </c>
       <c r="C82" t="s">
-        <v>1467</v>
+        <v>1438</v>
       </c>
       <c r="D82" t="s">
-        <v>3714</v>
+        <v>3602</v>
       </c>
     </row>
     <row r="83" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B83" t="s">
-        <v>3715</v>
+        <v>3603</v>
       </c>
       <c r="C83" t="s">
-        <v>1472</v>
+        <v>1443</v>
       </c>
       <c r="D83" t="s">
-        <v>3716</v>
+        <v>3604</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet24.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1700-000000000000}">
   <dimension ref="A1:D48"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>107</v>
+        <v>78</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>108</v>
+        <v>79</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>109</v>
+        <v>80</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
-        <v>92</v>
+        <v>66</v>
       </c>
       <c r="B2" t="s">
-        <v>93</v>
+        <v>67</v>
       </c>
       <c r="D2" t="s">
-        <v>94</v>
+        <v>68</v>
       </c>
     </row>
     <row r="3" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
-        <v>3717</v>
+        <v>3605</v>
       </c>
       <c r="B3" t="s">
-        <v>113</v>
+        <v>84</v>
       </c>
       <c r="D3" t="s">
-        <v>3718</v>
+        <v>3606</v>
       </c>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B4" t="s">
-        <v>3719</v>
+        <v>3607</v>
       </c>
       <c r="D4" t="s">
-        <v>3720</v>
+        <v>3608</v>
       </c>
     </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B5" t="s">
-        <v>3721</v>
+        <v>3609</v>
       </c>
       <c r="D5" t="s">
-        <v>3722</v>
+        <v>3610</v>
       </c>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B6" t="s">
-        <v>3723</v>
+        <v>3611</v>
       </c>
       <c r="D6" t="s">
-        <v>3724</v>
+        <v>3612</v>
       </c>
     </row>
     <row r="7" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B7" t="s">
-        <v>3725</v>
+        <v>3613</v>
       </c>
       <c r="D7" t="s">
-        <v>3726</v>
+        <v>3614</v>
       </c>
     </row>
     <row r="8" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B8" t="s">
-        <v>3727</v>
+        <v>3615</v>
       </c>
       <c r="D8" t="s">
-        <v>3728</v>
+        <v>3616</v>
       </c>
     </row>
     <row r="9" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B9" t="s">
-        <v>3729</v>
+        <v>3617</v>
       </c>
       <c r="D9" t="s">
-        <v>3730</v>
+        <v>3618</v>
       </c>
     </row>
     <row r="10" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B10" t="s">
-        <v>3731</v>
+        <v>3619</v>
       </c>
       <c r="C10" t="s">
-        <v>677</v>
+        <v>648</v>
       </c>
       <c r="D10" t="s">
-        <v>3732</v>
+        <v>3620</v>
       </c>
     </row>
     <row r="11" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B11" t="s">
-        <v>3733</v>
+        <v>3621</v>
       </c>
       <c r="C11" t="s">
-        <v>680</v>
+        <v>651</v>
       </c>
       <c r="D11" t="s">
-        <v>3734</v>
+        <v>3622</v>
       </c>
     </row>
     <row r="12" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B12" t="s">
-        <v>3735</v>
+        <v>3623</v>
       </c>
       <c r="C12" t="s">
-        <v>683</v>
+        <v>654</v>
       </c>
       <c r="D12" t="s">
-        <v>3736</v>
+        <v>3624</v>
       </c>
     </row>
     <row r="13" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B13" t="s">
-        <v>3737</v>
+        <v>3625</v>
       </c>
       <c r="C13" t="s">
-        <v>686</v>
+        <v>657</v>
       </c>
       <c r="D13" t="s">
-        <v>3738</v>
+        <v>3626</v>
       </c>
     </row>
     <row r="14" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B14" t="s">
-        <v>3739</v>
+        <v>3627</v>
       </c>
       <c r="C14" t="s">
-        <v>689</v>
+        <v>660</v>
       </c>
       <c r="D14" t="s">
-        <v>3740</v>
+        <v>3628</v>
       </c>
     </row>
     <row r="15" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B15" t="s">
-        <v>3741</v>
+        <v>3629</v>
       </c>
       <c r="C15" t="s">
-        <v>692</v>
+        <v>663</v>
       </c>
       <c r="D15" t="s">
-        <v>3742</v>
+        <v>3630</v>
       </c>
     </row>
     <row r="16" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B16" t="s">
-        <v>3743</v>
+        <v>3631</v>
       </c>
       <c r="C16" t="s">
-        <v>695</v>
+        <v>666</v>
       </c>
       <c r="D16" t="s">
-        <v>3744</v>
+        <v>3632</v>
       </c>
     </row>
     <row r="17" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B17" t="s">
-        <v>3745</v>
+        <v>3633</v>
       </c>
       <c r="C17" t="s">
-        <v>700</v>
+        <v>671</v>
       </c>
       <c r="D17" t="s">
-        <v>3746</v>
+        <v>3634</v>
       </c>
     </row>
     <row r="18" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B18" t="s">
-        <v>3747</v>
+        <v>3635</v>
       </c>
       <c r="C18" t="s">
-        <v>703</v>
+        <v>674</v>
       </c>
       <c r="D18" t="s">
-        <v>3748</v>
+        <v>3636</v>
       </c>
     </row>
     <row r="19" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B19" t="s">
-        <v>3749</v>
+        <v>3637</v>
       </c>
       <c r="C19" t="s">
-        <v>706</v>
+        <v>677</v>
       </c>
       <c r="D19" t="s">
-        <v>3750</v>
+        <v>3638</v>
       </c>
     </row>
     <row r="20" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B20" t="s">
-        <v>3751</v>
+        <v>3639</v>
       </c>
       <c r="C20" t="s">
-        <v>709</v>
+        <v>680</v>
       </c>
       <c r="D20" t="s">
-        <v>3752</v>
+        <v>3640</v>
       </c>
     </row>
     <row r="21" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B21" t="s">
-        <v>3753</v>
+        <v>3641</v>
       </c>
       <c r="C21" t="s">
-        <v>712</v>
+        <v>683</v>
       </c>
       <c r="D21" t="s">
-        <v>3754</v>
+        <v>3642</v>
       </c>
     </row>
     <row r="22" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B22" t="s">
-        <v>3755</v>
+        <v>3643</v>
       </c>
       <c r="C22" t="s">
-        <v>715</v>
+        <v>686</v>
       </c>
       <c r="D22" t="s">
-        <v>3756</v>
+        <v>3644</v>
       </c>
     </row>
     <row r="23" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B23" t="s">
-        <v>3757</v>
+        <v>3645</v>
       </c>
       <c r="C23" t="s">
-        <v>718</v>
+        <v>689</v>
       </c>
       <c r="D23" t="s">
-        <v>3758</v>
+        <v>3646</v>
       </c>
     </row>
     <row r="24" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B24" t="s">
-        <v>3759</v>
+        <v>3647</v>
       </c>
       <c r="D24" t="s">
-        <v>3760</v>
+        <v>3648</v>
       </c>
     </row>
     <row r="25" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B25" t="s">
-        <v>3761</v>
+        <v>3649</v>
       </c>
       <c r="C25" t="s">
-        <v>721</v>
+        <v>692</v>
       </c>
       <c r="D25" t="s">
-        <v>3762</v>
+        <v>3650</v>
       </c>
     </row>
     <row r="26" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B26" t="s">
-        <v>3763</v>
+        <v>3651</v>
       </c>
       <c r="C26" t="s">
-        <v>724</v>
+        <v>695</v>
       </c>
       <c r="D26" t="s">
-        <v>3764</v>
+        <v>3652</v>
       </c>
     </row>
     <row r="27" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B27" t="s">
-        <v>3765</v>
+        <v>3653</v>
       </c>
       <c r="C27" t="s">
-        <v>727</v>
+        <v>698</v>
       </c>
       <c r="D27" t="s">
-        <v>3766</v>
+        <v>3654</v>
       </c>
     </row>
     <row r="28" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B28" t="s">
-        <v>3767</v>
+        <v>3655</v>
       </c>
       <c r="C28" t="s">
-        <v>732</v>
+        <v>703</v>
       </c>
       <c r="D28" t="s">
-        <v>3768</v>
+        <v>3656</v>
       </c>
     </row>
     <row r="29" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B29" t="s">
-        <v>3769</v>
+        <v>3657</v>
       </c>
       <c r="C29" t="s">
-        <v>735</v>
+        <v>706</v>
       </c>
       <c r="D29" t="s">
-        <v>3770</v>
+        <v>3658</v>
       </c>
     </row>
     <row r="30" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B30" t="s">
-        <v>3771</v>
+        <v>3659</v>
       </c>
       <c r="C30" t="s">
-        <v>738</v>
+        <v>709</v>
       </c>
       <c r="D30" t="s">
-        <v>3772</v>
+        <v>3660</v>
       </c>
     </row>
     <row r="31" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B31" t="s">
-        <v>3773</v>
+        <v>3661</v>
       </c>
       <c r="C31" t="s">
-        <v>741</v>
+        <v>712</v>
       </c>
       <c r="D31" t="s">
-        <v>3774</v>
+        <v>3662</v>
       </c>
     </row>
     <row r="32" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B32" t="s">
-        <v>3775</v>
+        <v>3663</v>
       </c>
       <c r="C32" t="s">
-        <v>744</v>
+        <v>715</v>
       </c>
       <c r="D32" t="s">
-        <v>3776</v>
+        <v>3664</v>
       </c>
     </row>
     <row r="33" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B33" t="s">
-        <v>3777</v>
+        <v>3665</v>
       </c>
       <c r="C33" t="s">
-        <v>747</v>
+        <v>718</v>
       </c>
       <c r="D33" t="s">
-        <v>3778</v>
+        <v>3666</v>
       </c>
     </row>
     <row r="34" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B34" t="s">
-        <v>3779</v>
+        <v>3667</v>
       </c>
       <c r="C34" t="s">
-        <v>752</v>
+        <v>723</v>
       </c>
       <c r="D34" t="s">
-        <v>3780</v>
+        <v>3668</v>
       </c>
     </row>
     <row r="35" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B35" t="s">
-        <v>3781</v>
+        <v>3669</v>
       </c>
       <c r="C35" t="s">
-        <v>755</v>
+        <v>726</v>
       </c>
       <c r="D35" t="s">
-        <v>3782</v>
+        <v>3670</v>
       </c>
     </row>
     <row r="36" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B36" t="s">
-        <v>3783</v>
+        <v>3671</v>
       </c>
       <c r="C36" t="s">
-        <v>758</v>
+        <v>729</v>
       </c>
       <c r="D36" t="s">
-        <v>3784</v>
+        <v>3672</v>
       </c>
     </row>
     <row r="37" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B37" t="s">
-        <v>3785</v>
+        <v>3673</v>
       </c>
       <c r="C37" t="s">
-        <v>1102</v>
+        <v>1073</v>
       </c>
       <c r="D37" t="s">
-        <v>3786</v>
+        <v>3674</v>
       </c>
     </row>
     <row r="38" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B38" t="s">
-        <v>3787</v>
+        <v>3675</v>
       </c>
       <c r="C38" t="s">
-        <v>1107</v>
+        <v>1078</v>
       </c>
       <c r="D38" t="s">
-        <v>3788</v>
+        <v>3676</v>
       </c>
     </row>
     <row r="39" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B39" t="s">
-        <v>3789</v>
+        <v>3677</v>
       </c>
       <c r="C39" t="s">
-        <v>1110</v>
+        <v>1081</v>
       </c>
       <c r="D39" t="s">
-        <v>3790</v>
+        <v>3678</v>
       </c>
     </row>
     <row r="40" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B40" t="s">
-        <v>3791</v>
+        <v>3679</v>
       </c>
       <c r="C40" t="s">
-        <v>1113</v>
+        <v>1084</v>
       </c>
       <c r="D40" t="s">
-        <v>3792</v>
+        <v>3680</v>
       </c>
     </row>
     <row r="41" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B41" t="s">
-        <v>3793</v>
+        <v>3681</v>
       </c>
       <c r="C41" t="s">
-        <v>1116</v>
+        <v>1087</v>
       </c>
       <c r="D41" t="s">
-        <v>3794</v>
+        <v>3682</v>
       </c>
     </row>
     <row r="42" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B42" t="s">
-        <v>3795</v>
+        <v>3683</v>
       </c>
       <c r="C42" t="s">
-        <v>1119</v>
+        <v>1090</v>
       </c>
       <c r="D42" t="s">
-        <v>3796</v>
+        <v>3684</v>
       </c>
     </row>
     <row r="43" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B43" t="s">
-        <v>3797</v>
+        <v>3685</v>
       </c>
       <c r="C43" t="s">
-        <v>1131</v>
+        <v>1102</v>
       </c>
       <c r="D43" t="s">
-        <v>3798</v>
+        <v>3686</v>
       </c>
     </row>
     <row r="44" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B44" t="s">
-        <v>3799</v>
+        <v>3687</v>
       </c>
       <c r="C44" t="s">
-        <v>1146</v>
+        <v>1117</v>
       </c>
       <c r="D44" t="s">
-        <v>3800</v>
+        <v>3688</v>
       </c>
     </row>
     <row r="45" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B45" t="s">
-        <v>3801</v>
+        <v>3689</v>
       </c>
       <c r="C45" t="s">
-        <v>1161</v>
+        <v>1132</v>
       </c>
       <c r="D45" t="s">
-        <v>3802</v>
+        <v>3690</v>
       </c>
     </row>
     <row r="46" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B46" t="s">
-        <v>3803</v>
+        <v>3691</v>
       </c>
       <c r="C46" t="s">
-        <v>1164</v>
+        <v>1135</v>
       </c>
       <c r="D46" t="s">
-        <v>3804</v>
+        <v>3692</v>
       </c>
     </row>
     <row r="47" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B47" t="s">
-        <v>3805</v>
+        <v>3693</v>
       </c>
       <c r="C47" t="s">
-        <v>1169</v>
+        <v>1140</v>
       </c>
       <c r="D47" t="s">
-        <v>3806</v>
+        <v>3694</v>
       </c>
     </row>
     <row r="48" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B48" t="s">
-        <v>3807</v>
+        <v>3695</v>
       </c>
       <c r="C48" t="s">
-        <v>1172</v>
+        <v>1143</v>
       </c>
       <c r="D48" t="s">
-        <v>3808</v>
+        <v>3696</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet25.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1800-000000000000}">
   <dimension ref="A1:D85"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>107</v>
+        <v>78</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>108</v>
+        <v>79</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>109</v>
+        <v>80</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
-        <v>95</v>
+        <v>69</v>
       </c>
       <c r="B2" t="s">
-        <v>96</v>
+        <v>70</v>
       </c>
       <c r="D2" t="s">
-        <v>98</v>
+        <v>71</v>
       </c>
     </row>
     <row r="3" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
-        <v>3809</v>
+        <v>3697</v>
       </c>
       <c r="B3" t="s">
-        <v>113</v>
+        <v>84</v>
       </c>
       <c r="D3" t="s">
-        <v>3810</v>
+        <v>3698</v>
       </c>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B4" t="s">
-        <v>117</v>
+        <v>88</v>
       </c>
       <c r="D4" t="s">
-        <v>3811</v>
+        <v>3699</v>
       </c>
     </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B5" t="s">
-        <v>3812</v>
+        <v>3700</v>
       </c>
       <c r="D5" t="s">
-        <v>3813</v>
+        <v>3701</v>
       </c>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B6" t="s">
-        <v>496</v>
+        <v>467</v>
       </c>
       <c r="D6" t="s">
-        <v>3814</v>
+        <v>3702</v>
       </c>
     </row>
     <row r="7" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B7" t="s">
-        <v>119</v>
+        <v>90</v>
       </c>
       <c r="D7" t="s">
-        <v>3815</v>
+        <v>3703</v>
       </c>
     </row>
     <row r="8" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B8" t="s">
-        <v>121</v>
+        <v>92</v>
       </c>
       <c r="D8" t="s">
-        <v>3816</v>
+        <v>3704</v>
       </c>
     </row>
     <row r="9" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B9" t="s">
-        <v>3817</v>
+        <v>3705</v>
       </c>
       <c r="D9" t="s">
-        <v>3818</v>
+        <v>3706</v>
       </c>
     </row>
     <row r="10" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B10" t="s">
-        <v>3819</v>
+        <v>3707</v>
       </c>
       <c r="D10" t="s">
-        <v>3820</v>
+        <v>3708</v>
       </c>
     </row>
     <row r="11" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B11" t="s">
-        <v>3821</v>
+        <v>3709</v>
       </c>
       <c r="D11" t="s">
-        <v>3822</v>
+        <v>3710</v>
       </c>
     </row>
     <row r="12" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B12" t="s">
-        <v>3823</v>
+        <v>3711</v>
       </c>
       <c r="C12" t="s">
-        <v>677</v>
+        <v>648</v>
       </c>
       <c r="D12" t="s">
-        <v>3824</v>
+        <v>3712</v>
       </c>
     </row>
     <row r="13" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B13" t="s">
-        <v>3825</v>
+        <v>3713</v>
       </c>
       <c r="C13" t="s">
-        <v>680</v>
+        <v>651</v>
       </c>
       <c r="D13" t="s">
-        <v>3826</v>
+        <v>3714</v>
       </c>
     </row>
     <row r="14" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B14" t="s">
-        <v>3827</v>
+        <v>3715</v>
       </c>
       <c r="C14" t="s">
-        <v>683</v>
+        <v>654</v>
       </c>
       <c r="D14" t="s">
-        <v>3828</v>
+        <v>3716</v>
       </c>
     </row>
     <row r="15" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B15" t="s">
-        <v>2535</v>
+        <v>2506</v>
       </c>
       <c r="C15" t="s">
-        <v>686</v>
+        <v>657</v>
       </c>
       <c r="D15" t="s">
-        <v>3829</v>
+        <v>3717</v>
       </c>
     </row>
     <row r="16" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B16" t="s">
-        <v>2538</v>
+        <v>2509</v>
       </c>
       <c r="C16" t="s">
-        <v>689</v>
+        <v>660</v>
       </c>
       <c r="D16" t="s">
-        <v>3830</v>
+        <v>3718</v>
       </c>
     </row>
     <row r="17" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B17" t="s">
-        <v>3831</v>
+        <v>3719</v>
       </c>
       <c r="C17" t="s">
-        <v>692</v>
+        <v>663</v>
       </c>
       <c r="D17" t="s">
-        <v>3832</v>
+        <v>3720</v>
       </c>
     </row>
     <row r="18" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B18" t="s">
-        <v>555</v>
+        <v>526</v>
       </c>
       <c r="C18" t="s">
-        <v>695</v>
+        <v>666</v>
       </c>
       <c r="D18" t="s">
-        <v>3833</v>
+        <v>3721</v>
       </c>
     </row>
     <row r="19" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B19" t="s">
-        <v>2539</v>
+        <v>2510</v>
       </c>
       <c r="C19" t="s">
-        <v>700</v>
+        <v>671</v>
       </c>
       <c r="D19" t="s">
-        <v>3834</v>
+        <v>3722</v>
       </c>
     </row>
     <row r="20" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B20" t="s">
-        <v>3835</v>
+        <v>3723</v>
       </c>
       <c r="C20" t="s">
-        <v>703</v>
+        <v>674</v>
       </c>
       <c r="D20" t="s">
-        <v>3836</v>
+        <v>3724</v>
       </c>
     </row>
     <row r="21" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B21" t="s">
-        <v>3837</v>
+        <v>3725</v>
       </c>
       <c r="C21" t="s">
-        <v>706</v>
+        <v>677</v>
       </c>
       <c r="D21" t="s">
-        <v>3838</v>
+        <v>3726</v>
       </c>
     </row>
     <row r="22" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B22" t="s">
-        <v>3839</v>
+        <v>3727</v>
       </c>
       <c r="C22" t="s">
-        <v>709</v>
+        <v>680</v>
       </c>
       <c r="D22" t="s">
-        <v>3840</v>
+        <v>3728</v>
       </c>
     </row>
     <row r="23" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B23" t="s">
-        <v>3841</v>
+        <v>3729</v>
       </c>
       <c r="D23" t="s">
-        <v>3842</v>
+        <v>3730</v>
       </c>
     </row>
     <row r="24" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B24" t="s">
-        <v>3823</v>
+        <v>3711</v>
       </c>
       <c r="C24" t="s">
-        <v>712</v>
+        <v>683</v>
       </c>
       <c r="D24" t="s">
-        <v>3843</v>
+        <v>3731</v>
       </c>
     </row>
     <row r="25" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B25" t="s">
-        <v>3844</v>
+        <v>3732</v>
       </c>
       <c r="C25" t="s">
-        <v>715</v>
+        <v>686</v>
       </c>
       <c r="D25" t="s">
-        <v>3845</v>
+        <v>3733</v>
       </c>
     </row>
     <row r="26" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B26" t="s">
-        <v>3846</v>
+        <v>3734</v>
       </c>
       <c r="C26" t="s">
-        <v>718</v>
+        <v>689</v>
       </c>
       <c r="D26" t="s">
-        <v>3847</v>
+        <v>3735</v>
       </c>
     </row>
     <row r="27" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B27" t="s">
-        <v>3848</v>
+        <v>3736</v>
       </c>
       <c r="C27" t="s">
-        <v>721</v>
+        <v>692</v>
       </c>
       <c r="D27" t="s">
-        <v>3849</v>
+        <v>3737</v>
       </c>
     </row>
     <row r="28" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B28" t="s">
-        <v>3850</v>
+        <v>3738</v>
       </c>
       <c r="C28" t="s">
-        <v>724</v>
+        <v>695</v>
       </c>
       <c r="D28" t="s">
-        <v>3851</v>
+        <v>3739</v>
       </c>
     </row>
     <row r="29" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B29" t="s">
-        <v>3852</v>
+        <v>3740</v>
       </c>
       <c r="C29" t="s">
-        <v>727</v>
+        <v>698</v>
       </c>
       <c r="D29" t="s">
-        <v>3853</v>
+        <v>3741</v>
       </c>
     </row>
     <row r="30" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B30" t="s">
-        <v>3854</v>
+        <v>3742</v>
       </c>
       <c r="C30" t="s">
-        <v>732</v>
+        <v>703</v>
       </c>
       <c r="D30" t="s">
-        <v>3855</v>
+        <v>3743</v>
       </c>
     </row>
     <row r="31" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B31" t="s">
-        <v>577</v>
+        <v>548</v>
       </c>
       <c r="C31" t="s">
-        <v>735</v>
+        <v>706</v>
       </c>
       <c r="D31" t="s">
-        <v>3856</v>
+        <v>3744</v>
       </c>
     </row>
     <row r="32" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B32" t="s">
-        <v>2657</v>
+        <v>2628</v>
       </c>
       <c r="C32" t="s">
-        <v>738</v>
+        <v>709</v>
       </c>
       <c r="D32" t="s">
-        <v>3857</v>
+        <v>3745</v>
       </c>
     </row>
     <row r="33" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B33" t="s">
-        <v>3858</v>
+        <v>3746</v>
       </c>
       <c r="C33" t="s">
-        <v>741</v>
+        <v>712</v>
       </c>
       <c r="D33" t="s">
-        <v>3859</v>
+        <v>3747</v>
       </c>
     </row>
     <row r="34" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B34" t="s">
-        <v>3860</v>
+        <v>3748</v>
       </c>
       <c r="D34" t="s">
-        <v>3861</v>
+        <v>3749</v>
       </c>
     </row>
     <row r="35" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B35" t="s">
-        <v>3823</v>
+        <v>3711</v>
       </c>
       <c r="C35" t="s">
-        <v>744</v>
+        <v>715</v>
       </c>
       <c r="D35" t="s">
-        <v>3862</v>
+        <v>3750</v>
       </c>
     </row>
     <row r="36" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B36" t="s">
-        <v>3863</v>
+        <v>3751</v>
       </c>
       <c r="C36" t="s">
-        <v>747</v>
+        <v>718</v>
       </c>
       <c r="D36" t="s">
-        <v>3864</v>
+        <v>3752</v>
       </c>
     </row>
     <row r="37" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B37" t="s">
-        <v>3865</v>
+        <v>3753</v>
       </c>
       <c r="C37" t="s">
-        <v>752</v>
+        <v>723</v>
       </c>
       <c r="D37" t="s">
-        <v>3866</v>
+        <v>3754</v>
       </c>
     </row>
     <row r="38" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B38" t="s">
-        <v>3867</v>
+        <v>3755</v>
       </c>
       <c r="C38" t="s">
-        <v>755</v>
+        <v>726</v>
       </c>
       <c r="D38" t="s">
-        <v>3868</v>
+        <v>3756</v>
       </c>
     </row>
     <row r="39" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B39" t="s">
-        <v>3869</v>
+        <v>3757</v>
       </c>
       <c r="C39" t="s">
-        <v>758</v>
+        <v>729</v>
       </c>
       <c r="D39" t="s">
-        <v>3870</v>
+        <v>3758</v>
       </c>
     </row>
     <row r="40" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B40" t="s">
-        <v>3871</v>
+        <v>3759</v>
       </c>
       <c r="C40" t="s">
-        <v>1102</v>
+        <v>1073</v>
       </c>
       <c r="D40" t="s">
-        <v>3872</v>
+        <v>3760</v>
       </c>
     </row>
     <row r="41" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B41" t="s">
-        <v>3873</v>
+        <v>3761</v>
       </c>
       <c r="C41" t="s">
-        <v>1107</v>
+        <v>1078</v>
       </c>
       <c r="D41" t="s">
-        <v>3874</v>
+        <v>3762</v>
       </c>
     </row>
     <row r="42" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B42" t="s">
-        <v>3875</v>
+        <v>3763</v>
       </c>
       <c r="C42" t="s">
-        <v>1110</v>
+        <v>1081</v>
       </c>
       <c r="D42" t="s">
-        <v>3876</v>
+        <v>3764</v>
       </c>
     </row>
     <row r="43" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B43" t="s">
-        <v>3877</v>
+        <v>3765</v>
       </c>
       <c r="C43" t="s">
-        <v>1113</v>
+        <v>1084</v>
       </c>
       <c r="D43" t="s">
-        <v>3878</v>
+        <v>3766</v>
       </c>
     </row>
     <row r="44" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B44" t="s">
-        <v>3879</v>
+        <v>3767</v>
       </c>
       <c r="C44" t="s">
-        <v>1116</v>
+        <v>1087</v>
       </c>
       <c r="D44" t="s">
-        <v>3880</v>
+        <v>3768</v>
       </c>
     </row>
     <row r="45" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B45" t="s">
-        <v>3881</v>
+        <v>3769</v>
       </c>
       <c r="C45" t="s">
-        <v>1119</v>
+        <v>1090</v>
       </c>
       <c r="D45" t="s">
-        <v>3882</v>
+        <v>3770</v>
       </c>
     </row>
     <row r="46" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B46" t="s">
-        <v>3883</v>
+        <v>3771</v>
       </c>
       <c r="C46" t="s">
-        <v>1131</v>
+        <v>1102</v>
       </c>
       <c r="D46" t="s">
-        <v>3884</v>
+        <v>3772</v>
       </c>
     </row>
     <row r="47" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B47" t="s">
-        <v>3885</v>
+        <v>3773</v>
       </c>
       <c r="D47" t="s">
-        <v>3886</v>
+        <v>3774</v>
       </c>
     </row>
     <row r="48" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B48" t="s">
-        <v>3823</v>
+        <v>3711</v>
       </c>
       <c r="C48" t="s">
-        <v>1146</v>
+        <v>1117</v>
       </c>
       <c r="D48" t="s">
-        <v>3887</v>
+        <v>3775</v>
       </c>
     </row>
     <row r="49" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B49" t="s">
-        <v>3888</v>
+        <v>3776</v>
       </c>
       <c r="C49" t="s">
-        <v>1161</v>
+        <v>1132</v>
       </c>
       <c r="D49" t="s">
-        <v>3889</v>
+        <v>3777</v>
       </c>
     </row>
     <row r="50" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B50" t="s">
-        <v>3890</v>
+        <v>3778</v>
       </c>
       <c r="C50" t="s">
-        <v>1164</v>
+        <v>1135</v>
       </c>
       <c r="D50" t="s">
-        <v>3891</v>
+        <v>3779</v>
       </c>
     </row>
     <row r="51" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B51" t="s">
-        <v>3892</v>
+        <v>3780</v>
       </c>
       <c r="C51" t="s">
-        <v>1169</v>
+        <v>1140</v>
       </c>
       <c r="D51" t="s">
-        <v>3893</v>
+        <v>3781</v>
       </c>
     </row>
     <row r="52" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B52" t="s">
-        <v>3894</v>
+        <v>3782</v>
       </c>
       <c r="C52" t="s">
-        <v>1172</v>
+        <v>1143</v>
       </c>
       <c r="D52" t="s">
-        <v>3895</v>
+        <v>3783</v>
       </c>
     </row>
     <row r="53" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B53" t="s">
-        <v>3896</v>
+        <v>3784</v>
       </c>
       <c r="C53" t="s">
-        <v>1175</v>
+        <v>1146</v>
       </c>
       <c r="D53" t="s">
-        <v>3897</v>
+        <v>3785</v>
       </c>
     </row>
     <row r="54" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B54" t="s">
-        <v>3898</v>
+        <v>3786</v>
       </c>
       <c r="C54" t="s">
-        <v>1184</v>
+        <v>1155</v>
       </c>
       <c r="D54" t="s">
-        <v>3899</v>
+        <v>3787</v>
       </c>
     </row>
     <row r="55" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B55" t="s">
-        <v>2443</v>
+        <v>2414</v>
       </c>
       <c r="C55" t="s">
-        <v>1187</v>
+        <v>1158</v>
       </c>
       <c r="D55" t="s">
-        <v>3900</v>
+        <v>3788</v>
       </c>
     </row>
     <row r="56" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B56" t="s">
-        <v>3901</v>
+        <v>3789</v>
       </c>
       <c r="D56" t="s">
-        <v>3902</v>
+        <v>3790</v>
       </c>
     </row>
     <row r="57" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B57" t="s">
-        <v>3823</v>
+        <v>3711</v>
       </c>
       <c r="C57" t="s">
-        <v>1190</v>
+        <v>1161</v>
       </c>
       <c r="D57" t="s">
-        <v>3903</v>
+        <v>3791</v>
       </c>
     </row>
     <row r="58" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B58" t="s">
-        <v>3904</v>
+        <v>3792</v>
       </c>
       <c r="C58" t="s">
-        <v>1193</v>
+        <v>1164</v>
       </c>
       <c r="D58" t="s">
-        <v>3905</v>
+        <v>3793</v>
       </c>
     </row>
     <row r="59" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B59" t="s">
-        <v>3906</v>
+        <v>3794</v>
       </c>
       <c r="C59" t="s">
-        <v>1202</v>
+        <v>1173</v>
       </c>
       <c r="D59" t="s">
-        <v>3907</v>
+        <v>3795</v>
       </c>
     </row>
     <row r="60" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B60" t="s">
-        <v>3908</v>
+        <v>3796</v>
       </c>
       <c r="C60" t="s">
-        <v>1229</v>
+        <v>1200</v>
       </c>
       <c r="D60" t="s">
-        <v>3909</v>
+        <v>3797</v>
       </c>
     </row>
     <row r="61" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B61" t="s">
-        <v>2557</v>
+        <v>2528</v>
       </c>
       <c r="C61" t="s">
-        <v>1246</v>
+        <v>1217</v>
       </c>
       <c r="D61" t="s">
-        <v>3910</v>
+        <v>3798</v>
       </c>
     </row>
     <row r="62" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B62" t="s">
-        <v>2447</v>
+        <v>2418</v>
       </c>
       <c r="C62" t="s">
-        <v>1249</v>
+        <v>1220</v>
       </c>
       <c r="D62" t="s">
-        <v>3911</v>
+        <v>3799</v>
       </c>
     </row>
     <row r="63" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B63" t="s">
-        <v>3912</v>
+        <v>3800</v>
       </c>
       <c r="C63" t="s">
-        <v>1252</v>
+        <v>1223</v>
       </c>
       <c r="D63" t="s">
-        <v>3913</v>
+        <v>3801</v>
       </c>
     </row>
     <row r="64" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B64" t="s">
-        <v>3914</v>
+        <v>3802</v>
       </c>
       <c r="D64" t="s">
-        <v>3915</v>
+        <v>3803</v>
       </c>
     </row>
     <row r="65" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B65" t="s">
-        <v>3823</v>
+        <v>3711</v>
       </c>
       <c r="C65" t="s">
-        <v>1255</v>
+        <v>1226</v>
       </c>
       <c r="D65" t="s">
-        <v>3916</v>
+        <v>3804</v>
       </c>
     </row>
     <row r="66" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B66" t="s">
-        <v>3917</v>
+        <v>3805</v>
       </c>
       <c r="C66" t="s">
-        <v>1260</v>
+        <v>1231</v>
       </c>
       <c r="D66" t="s">
-        <v>3918</v>
+        <v>3806</v>
       </c>
     </row>
     <row r="67" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B67" t="s">
-        <v>3919</v>
+        <v>3807</v>
       </c>
       <c r="C67" t="s">
-        <v>1263</v>
+        <v>1234</v>
       </c>
       <c r="D67" t="s">
-        <v>3920</v>
+        <v>3808</v>
       </c>
     </row>
     <row r="68" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B68" t="s">
-        <v>3921</v>
+        <v>3809</v>
       </c>
       <c r="C68" t="s">
-        <v>1266</v>
+        <v>1237</v>
       </c>
       <c r="D68" t="s">
-        <v>3922</v>
+        <v>3810</v>
       </c>
     </row>
     <row r="69" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B69" t="s">
-        <v>3923</v>
+        <v>3811</v>
       </c>
       <c r="C69" t="s">
-        <v>1269</v>
+        <v>1240</v>
       </c>
       <c r="D69" t="s">
-        <v>3924</v>
+        <v>3812</v>
       </c>
     </row>
     <row r="70" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B70" t="s">
-        <v>3925</v>
+        <v>3813</v>
       </c>
       <c r="C70" t="s">
-        <v>1272</v>
+        <v>1243</v>
       </c>
       <c r="D70" t="s">
-        <v>3926</v>
+        <v>3814</v>
       </c>
     </row>
     <row r="71" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B71" t="s">
-        <v>3927</v>
+        <v>3815</v>
       </c>
       <c r="D71" t="s">
-        <v>3928</v>
+        <v>3816</v>
       </c>
     </row>
     <row r="72" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B72" t="s">
-        <v>3823</v>
+        <v>3711</v>
       </c>
       <c r="C72" t="s">
-        <v>1275</v>
+        <v>1246</v>
       </c>
       <c r="D72" t="s">
-        <v>3929</v>
+        <v>3817</v>
       </c>
     </row>
     <row r="73" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B73" t="s">
-        <v>3930</v>
+        <v>3818</v>
       </c>
       <c r="C73" t="s">
-        <v>1418</v>
+        <v>1389</v>
       </c>
       <c r="D73" t="s">
-        <v>3931</v>
+        <v>3819</v>
       </c>
     </row>
     <row r="74" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B74" t="s">
-        <v>3932</v>
+        <v>3820</v>
       </c>
       <c r="C74" t="s">
-        <v>1421</v>
+        <v>1392</v>
       </c>
       <c r="D74" t="s">
-        <v>3933</v>
+        <v>3821</v>
       </c>
     </row>
     <row r="75" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B75" t="s">
-        <v>3934</v>
+        <v>3822</v>
       </c>
       <c r="C75" t="s">
-        <v>1424</v>
+        <v>1395</v>
       </c>
       <c r="D75" t="s">
-        <v>3935</v>
+        <v>3823</v>
       </c>
     </row>
     <row r="76" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B76" t="s">
-        <v>3936</v>
+        <v>3824</v>
       </c>
       <c r="C76" t="s">
-        <v>1427</v>
+        <v>1398</v>
       </c>
       <c r="D76" t="s">
-        <v>3937</v>
+        <v>3825</v>
       </c>
     </row>
     <row r="77" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B77" t="s">
-        <v>3938</v>
+        <v>3826</v>
       </c>
       <c r="D77" t="s">
-        <v>3939</v>
+        <v>3827</v>
       </c>
     </row>
     <row r="78" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B78" t="s">
-        <v>3940</v>
+        <v>3828</v>
       </c>
       <c r="C78" t="s">
-        <v>1432</v>
+        <v>1403</v>
       </c>
       <c r="D78" t="s">
-        <v>3941</v>
+        <v>3829</v>
       </c>
     </row>
     <row r="79" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B79" t="s">
-        <v>2533</v>
+        <v>2504</v>
       </c>
       <c r="C79" t="s">
-        <v>1435</v>
+        <v>1406</v>
       </c>
       <c r="D79" t="s">
-        <v>3942</v>
+        <v>3830</v>
       </c>
     </row>
     <row r="80" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B80" t="s">
-        <v>3943</v>
+        <v>3831</v>
       </c>
       <c r="C80" t="s">
-        <v>2261</v>
+        <v>2232</v>
       </c>
       <c r="D80" t="s">
-        <v>3944</v>
+        <v>3832</v>
       </c>
     </row>
     <row r="81" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B81" t="s">
-        <v>3945</v>
+        <v>3833</v>
       </c>
       <c r="C81" t="s">
-        <v>2264</v>
+        <v>2235</v>
       </c>
       <c r="D81" t="s">
-        <v>3946</v>
+        <v>3834</v>
       </c>
     </row>
     <row r="82" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B82" t="s">
-        <v>3947</v>
+        <v>3835</v>
       </c>
       <c r="C82" t="s">
-        <v>3948</v>
+        <v>3836</v>
       </c>
       <c r="D82" t="s">
-        <v>3949</v>
+        <v>3837</v>
       </c>
     </row>
     <row r="83" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B83" t="s">
-        <v>3950</v>
+        <v>3838</v>
       </c>
       <c r="C83" t="s">
-        <v>3951</v>
+        <v>3839</v>
       </c>
       <c r="D83" t="s">
-        <v>3952</v>
+        <v>3840</v>
       </c>
     </row>
     <row r="84" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B84" t="s">
-        <v>3943</v>
+        <v>3831</v>
       </c>
       <c r="C84" t="s">
-        <v>2261</v>
+        <v>2232</v>
       </c>
       <c r="D84" t="s">
-        <v>3953</v>
+        <v>3841</v>
       </c>
     </row>
     <row r="85" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B85" t="s">
-        <v>3945</v>
+        <v>3833</v>
       </c>
       <c r="C85" t="s">
-        <v>2264</v>
+        <v>2235</v>
       </c>
       <c r="D85" t="s">
-        <v>3954</v>
+        <v>3842</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet26.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1900-000000000000}">
   <dimension ref="A1:D16"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>107</v>
+        <v>78</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>108</v>
+        <v>79</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>109</v>
+        <v>80</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
-        <v>99</v>
+        <v>72</v>
       </c>
       <c r="B2" t="s">
-        <v>100</v>
+        <v>73</v>
       </c>
       <c r="D2" t="s">
-        <v>102</v>
+        <v>74</v>
       </c>
     </row>
     <row r="3" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
-        <v>3955</v>
+        <v>3843</v>
       </c>
       <c r="B3" t="s">
-        <v>113</v>
+        <v>84</v>
       </c>
       <c r="D3" t="s">
-        <v>3957</v>
+        <v>3845</v>
       </c>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A4" t="s">
-        <v>3956</v>
+        <v>3844</v>
       </c>
       <c r="B4" t="s">
-        <v>1282</v>
+        <v>1253</v>
       </c>
       <c r="D4" t="s">
-        <v>3958</v>
+        <v>3846</v>
       </c>
     </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B5" t="s">
-        <v>119</v>
+        <v>90</v>
       </c>
       <c r="D5" t="s">
-        <v>3959</v>
+        <v>3847</v>
       </c>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B6" t="s">
-        <v>121</v>
+        <v>92</v>
       </c>
       <c r="D6" t="s">
-        <v>3960</v>
+        <v>3848</v>
       </c>
     </row>
     <row r="7" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B7" t="s">
-        <v>3961</v>
+        <v>3849</v>
       </c>
       <c r="C7" t="s">
-        <v>769</v>
+        <v>740</v>
       </c>
       <c r="D7" t="s">
-        <v>3962</v>
+        <v>3850</v>
       </c>
     </row>
     <row r="8" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B8" t="s">
-        <v>3963</v>
+        <v>3851</v>
       </c>
       <c r="C8" t="s">
-        <v>772</v>
+        <v>743</v>
       </c>
       <c r="D8" t="s">
-        <v>3964</v>
+        <v>3852</v>
       </c>
     </row>
     <row r="9" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B9" t="s">
-        <v>3965</v>
+        <v>3853</v>
       </c>
       <c r="C9" t="s">
-        <v>775</v>
+        <v>746</v>
       </c>
       <c r="D9" t="s">
-        <v>3966</v>
+        <v>3854</v>
       </c>
     </row>
     <row r="10" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B10" t="s">
-        <v>3967</v>
+        <v>3855</v>
       </c>
       <c r="C10" t="s">
-        <v>778</v>
+        <v>749</v>
       </c>
       <c r="D10" t="s">
-        <v>3968</v>
+        <v>3856</v>
       </c>
     </row>
     <row r="11" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B11" t="s">
-        <v>3969</v>
+        <v>3857</v>
       </c>
       <c r="C11" t="s">
-        <v>781</v>
+        <v>752</v>
       </c>
       <c r="D11" t="s">
-        <v>3970</v>
+        <v>3858</v>
       </c>
     </row>
     <row r="12" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B12" t="s">
-        <v>3971</v>
+        <v>3859</v>
       </c>
       <c r="C12" t="s">
-        <v>784</v>
+        <v>755</v>
       </c>
       <c r="D12" t="s">
-        <v>3972</v>
+        <v>3860</v>
       </c>
     </row>
     <row r="13" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B13" t="s">
-        <v>1480</v>
+        <v>1451</v>
       </c>
       <c r="C13" t="s">
-        <v>787</v>
+        <v>758</v>
       </c>
       <c r="D13" t="s">
-        <v>3973</v>
+        <v>3861</v>
       </c>
     </row>
     <row r="14" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B14" t="s">
-        <v>3974</v>
+        <v>3862</v>
       </c>
       <c r="C14" t="s">
-        <v>790</v>
+        <v>761</v>
       </c>
       <c r="D14" t="s">
-        <v>3975</v>
+        <v>3863</v>
       </c>
     </row>
     <row r="15" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B15" t="s">
-        <v>3976</v>
+        <v>3864</v>
       </c>
       <c r="C15" t="s">
-        <v>793</v>
+        <v>764</v>
       </c>
       <c r="D15" t="s">
-        <v>3977</v>
+        <v>3865</v>
       </c>
     </row>
     <row r="16" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B16" t="s">
-        <v>3978</v>
+        <v>3866</v>
       </c>
       <c r="C16" t="s">
-        <v>796</v>
+        <v>767</v>
       </c>
       <c r="D16" t="s">
-        <v>3979</v>
+        <v>3867</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet27.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1A00-000000000000}">
   <dimension ref="A1:D145"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>107</v>
+        <v>78</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>108</v>
+        <v>79</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>109</v>
+        <v>80</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
-        <v>103</v>
+        <v>75</v>
       </c>
       <c r="B2" t="s">
-        <v>104</v>
+        <v>76</v>
       </c>
       <c r="D2" t="s">
-        <v>106</v>
+        <v>77</v>
       </c>
     </row>
     <row r="3" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
-        <v>3980</v>
+        <v>3868</v>
       </c>
       <c r="B3" t="s">
-        <v>113</v>
+        <v>84</v>
       </c>
       <c r="D3" t="s">
-        <v>3988</v>
+        <v>3876</v>
       </c>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A4" t="s">
-        <v>3981</v>
+        <v>3869</v>
       </c>
       <c r="B4" t="s">
-        <v>3989</v>
+        <v>3877</v>
       </c>
       <c r="D4" t="s">
-        <v>3990</v>
+        <v>3878</v>
       </c>
     </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A5" t="s">
-        <v>3982</v>
+        <v>3870</v>
       </c>
       <c r="B5" t="s">
-        <v>125</v>
+        <v>96</v>
       </c>
       <c r="D5" t="s">
-        <v>3991</v>
+        <v>3879</v>
       </c>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A6" t="s">
-        <v>3983</v>
+        <v>3871</v>
       </c>
       <c r="B6" t="s">
-        <v>119</v>
+        <v>90</v>
       </c>
       <c r="D6" t="s">
-        <v>3992</v>
+        <v>3880</v>
       </c>
     </row>
     <row r="7" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A7" t="s">
-        <v>3984</v>
+        <v>3872</v>
       </c>
       <c r="B7" t="s">
-        <v>121</v>
+        <v>92</v>
       </c>
       <c r="D7" t="s">
-        <v>3993</v>
+        <v>3881</v>
       </c>
     </row>
     <row r="8" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A8" t="s">
-        <v>3985</v>
+        <v>3873</v>
       </c>
       <c r="B8" t="s">
-        <v>3994</v>
+        <v>3882</v>
       </c>
       <c r="D8" t="s">
-        <v>3995</v>
+        <v>3883</v>
       </c>
     </row>
     <row r="9" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A9" t="s">
-        <v>3986</v>
+        <v>3874</v>
       </c>
       <c r="B9" t="s">
-        <v>3996</v>
+        <v>3884</v>
       </c>
       <c r="D9" t="s">
-        <v>3997</v>
+        <v>3885</v>
       </c>
     </row>
     <row r="10" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A10" t="s">
-        <v>3987</v>
+        <v>3875</v>
       </c>
       <c r="B10" t="s">
-        <v>3998</v>
+        <v>3886</v>
       </c>
       <c r="D10" t="s">
-        <v>3999</v>
+        <v>3887</v>
       </c>
     </row>
     <row r="11" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B11" t="s">
-        <v>4000</v>
+        <v>3888</v>
       </c>
       <c r="C11" t="s">
-        <v>677</v>
+        <v>648</v>
       </c>
       <c r="D11" t="s">
-        <v>4001</v>
+        <v>3889</v>
       </c>
     </row>
     <row r="12" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B12" t="s">
-        <v>4002</v>
+        <v>3890</v>
       </c>
       <c r="C12" t="s">
-        <v>680</v>
+        <v>651</v>
       </c>
       <c r="D12" t="s">
-        <v>4003</v>
+        <v>3891</v>
       </c>
     </row>
     <row r="13" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B13" t="s">
-        <v>4004</v>
+        <v>3892</v>
       </c>
       <c r="C13" t="s">
-        <v>683</v>
+        <v>654</v>
       </c>
       <c r="D13" t="s">
-        <v>4005</v>
+        <v>3893</v>
       </c>
     </row>
     <row r="14" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B14" t="s">
-        <v>4006</v>
+        <v>3894</v>
       </c>
       <c r="C14" t="s">
-        <v>686</v>
+        <v>657</v>
       </c>
       <c r="D14" t="s">
-        <v>4007</v>
+        <v>3895</v>
       </c>
     </row>
     <row r="15" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B15" t="s">
-        <v>4008</v>
+        <v>3896</v>
       </c>
       <c r="D15" t="s">
-        <v>4009</v>
+        <v>3897</v>
       </c>
     </row>
     <row r="16" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B16" t="s">
-        <v>4010</v>
+        <v>3898</v>
       </c>
       <c r="D16" t="s">
-        <v>4011</v>
+        <v>3899</v>
       </c>
     </row>
     <row r="17" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B17" t="s">
-        <v>4012</v>
+        <v>3900</v>
       </c>
       <c r="C17" t="s">
-        <v>689</v>
+        <v>660</v>
       </c>
       <c r="D17" t="s">
-        <v>4013</v>
+        <v>3901</v>
       </c>
     </row>
     <row r="18" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B18" t="s">
-        <v>4014</v>
+        <v>3902</v>
       </c>
       <c r="D18" t="s">
-        <v>4015</v>
+        <v>3903</v>
       </c>
     </row>
     <row r="19" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B19" t="s">
-        <v>4016</v>
+        <v>3904</v>
       </c>
       <c r="C19" t="s">
-        <v>692</v>
+        <v>663</v>
       </c>
       <c r="D19" t="s">
-        <v>4017</v>
+        <v>3905</v>
       </c>
     </row>
     <row r="20" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B20" t="s">
-        <v>4018</v>
+        <v>3906</v>
       </c>
       <c r="D20" t="s">
-        <v>4019</v>
+        <v>3907</v>
       </c>
     </row>
     <row r="21" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B21" t="s">
-        <v>4020</v>
+        <v>3908</v>
       </c>
       <c r="C21" t="s">
-        <v>695</v>
+        <v>666</v>
       </c>
       <c r="D21" t="s">
-        <v>4021</v>
+        <v>3909</v>
       </c>
     </row>
     <row r="22" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B22" t="s">
-        <v>4022</v>
+        <v>3910</v>
       </c>
       <c r="C22" t="s">
-        <v>700</v>
+        <v>671</v>
       </c>
       <c r="D22" t="s">
-        <v>4023</v>
+        <v>3911</v>
       </c>
     </row>
     <row r="23" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B23" t="s">
-        <v>4024</v>
+        <v>3912</v>
       </c>
       <c r="C23" t="s">
-        <v>703</v>
+        <v>674</v>
       </c>
       <c r="D23" t="s">
-        <v>4025</v>
+        <v>3913</v>
       </c>
     </row>
     <row r="24" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B24" t="s">
-        <v>4026</v>
+        <v>3914</v>
       </c>
       <c r="C24" t="s">
-        <v>706</v>
+        <v>677</v>
       </c>
       <c r="D24" t="s">
-        <v>4027</v>
+        <v>3915</v>
       </c>
     </row>
     <row r="25" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B25" t="s">
-        <v>4028</v>
+        <v>3916</v>
       </c>
       <c r="D25" t="s">
-        <v>4029</v>
+        <v>3917</v>
       </c>
     </row>
     <row r="26" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B26" t="s">
-        <v>4030</v>
+        <v>3918</v>
       </c>
       <c r="C26" t="s">
-        <v>709</v>
+        <v>680</v>
       </c>
       <c r="D26" t="s">
-        <v>4031</v>
+        <v>3919</v>
       </c>
     </row>
     <row r="27" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B27" t="s">
-        <v>4032</v>
+        <v>3920</v>
       </c>
       <c r="C27" t="s">
-        <v>712</v>
+        <v>683</v>
       </c>
       <c r="D27" t="s">
-        <v>4033</v>
+        <v>3921</v>
       </c>
     </row>
     <row r="28" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B28" t="s">
-        <v>4034</v>
+        <v>3922</v>
       </c>
       <c r="C28" t="s">
-        <v>715</v>
+        <v>686</v>
       </c>
       <c r="D28" t="s">
-        <v>4035</v>
+        <v>3923</v>
       </c>
     </row>
     <row r="29" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B29" t="s">
-        <v>4036</v>
+        <v>3924</v>
       </c>
       <c r="C29" t="s">
-        <v>718</v>
+        <v>689</v>
       </c>
       <c r="D29" t="s">
-        <v>4037</v>
+        <v>3925</v>
       </c>
     </row>
     <row r="30" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B30" t="s">
-        <v>4038</v>
+        <v>3926</v>
       </c>
       <c r="C30" t="s">
-        <v>721</v>
+        <v>692</v>
       </c>
       <c r="D30" t="s">
-        <v>4039</v>
+        <v>3927</v>
       </c>
     </row>
     <row r="31" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B31" t="s">
-        <v>4040</v>
+        <v>3928</v>
       </c>
       <c r="C31" t="s">
-        <v>724</v>
+        <v>695</v>
       </c>
       <c r="D31" t="s">
-        <v>4041</v>
+        <v>3929</v>
       </c>
     </row>
     <row r="32" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B32" t="s">
-        <v>4042</v>
+        <v>3930</v>
       </c>
       <c r="D32" t="s">
-        <v>4043</v>
+        <v>3931</v>
       </c>
     </row>
     <row r="33" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B33" t="s">
-        <v>4044</v>
+        <v>3932</v>
       </c>
       <c r="C33" t="s">
-        <v>727</v>
+        <v>698</v>
       </c>
       <c r="D33" t="s">
-        <v>4045</v>
+        <v>3933</v>
       </c>
     </row>
     <row r="34" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B34" t="s">
-        <v>4046</v>
+        <v>3934</v>
       </c>
       <c r="C34" t="s">
-        <v>732</v>
+        <v>703</v>
       </c>
       <c r="D34" t="s">
-        <v>4047</v>
+        <v>3935</v>
       </c>
     </row>
     <row r="35" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B35" t="s">
-        <v>4048</v>
+        <v>3936</v>
       </c>
       <c r="C35" t="s">
-        <v>735</v>
+        <v>706</v>
       </c>
       <c r="D35" t="s">
-        <v>4049</v>
+        <v>3937</v>
       </c>
     </row>
     <row r="36" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B36" t="s">
-        <v>4050</v>
+        <v>3938</v>
       </c>
       <c r="C36" t="s">
-        <v>738</v>
+        <v>709</v>
       </c>
       <c r="D36" t="s">
-        <v>4051</v>
+        <v>3939</v>
       </c>
     </row>
     <row r="37" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B37" t="s">
-        <v>4052</v>
+        <v>3940</v>
       </c>
       <c r="C37" t="s">
-        <v>741</v>
+        <v>712</v>
       </c>
       <c r="D37" t="s">
-        <v>4053</v>
+        <v>3941</v>
       </c>
     </row>
     <row r="38" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B38" t="s">
-        <v>4054</v>
+        <v>3942</v>
       </c>
       <c r="D38" t="s">
-        <v>4055</v>
+        <v>3943</v>
       </c>
     </row>
     <row r="39" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B39" t="s">
-        <v>4056</v>
+        <v>3944</v>
       </c>
       <c r="C39" t="s">
-        <v>744</v>
+        <v>715</v>
       </c>
       <c r="D39" t="s">
-        <v>4057</v>
+        <v>3945</v>
       </c>
     </row>
     <row r="40" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B40" t="s">
-        <v>4058</v>
+        <v>3946</v>
       </c>
       <c r="C40" t="s">
-        <v>747</v>
+        <v>718</v>
       </c>
       <c r="D40" t="s">
-        <v>4059</v>
+        <v>3947</v>
       </c>
     </row>
     <row r="41" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B41" t="s">
-        <v>4060</v>
+        <v>3948</v>
       </c>
       <c r="D41" t="s">
-        <v>4061</v>
+        <v>3949</v>
       </c>
     </row>
     <row r="42" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B42" t="s">
-        <v>4062</v>
+        <v>3950</v>
       </c>
       <c r="D42" t="s">
-        <v>4063</v>
+        <v>3951</v>
       </c>
     </row>
     <row r="43" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B43" t="s">
-        <v>4064</v>
+        <v>3952</v>
       </c>
       <c r="C43" t="s">
-        <v>752</v>
+        <v>723</v>
       </c>
       <c r="D43" t="s">
-        <v>4065</v>
+        <v>3953</v>
       </c>
     </row>
     <row r="44" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B44" t="s">
-        <v>4066</v>
+        <v>3954</v>
       </c>
       <c r="D44" t="s">
-        <v>4067</v>
+        <v>3955</v>
       </c>
     </row>
     <row r="45" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B45" t="s">
-        <v>4068</v>
+        <v>3956</v>
       </c>
       <c r="C45" t="s">
-        <v>755</v>
+        <v>726</v>
       </c>
       <c r="D45" t="s">
-        <v>4069</v>
+        <v>3957</v>
       </c>
     </row>
     <row r="46" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B46" t="s">
-        <v>4070</v>
+        <v>3958</v>
       </c>
       <c r="C46" t="s">
-        <v>758</v>
+        <v>729</v>
       </c>
       <c r="D46" t="s">
-        <v>4071</v>
+        <v>3959</v>
       </c>
     </row>
     <row r="47" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B47" t="s">
-        <v>4072</v>
+        <v>3960</v>
       </c>
       <c r="C47" t="s">
-        <v>1102</v>
+        <v>1073</v>
       </c>
       <c r="D47" t="s">
-        <v>4073</v>
+        <v>3961</v>
       </c>
     </row>
     <row r="48" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B48" t="s">
-        <v>4074</v>
+        <v>3962</v>
       </c>
       <c r="C48" t="s">
-        <v>1107</v>
+        <v>1078</v>
       </c>
       <c r="D48" t="s">
-        <v>4075</v>
+        <v>3963</v>
       </c>
     </row>
     <row r="49" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B49" t="s">
-        <v>4076</v>
+        <v>3964</v>
       </c>
       <c r="D49" t="s">
-        <v>4077</v>
+        <v>3965</v>
       </c>
     </row>
     <row r="50" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B50" t="s">
-        <v>4078</v>
+        <v>3966</v>
       </c>
       <c r="C50" t="s">
-        <v>1110</v>
+        <v>1081</v>
       </c>
       <c r="D50" t="s">
-        <v>4079</v>
+        <v>3967</v>
       </c>
     </row>
     <row r="51" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B51" t="s">
-        <v>4080</v>
+        <v>3968</v>
       </c>
       <c r="C51" t="s">
-        <v>1113</v>
+        <v>1084</v>
       </c>
       <c r="D51" t="s">
-        <v>4081</v>
+        <v>3969</v>
       </c>
     </row>
     <row r="52" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B52" t="s">
-        <v>4082</v>
+        <v>3970</v>
       </c>
       <c r="C52" t="s">
-        <v>1116</v>
+        <v>1087</v>
       </c>
       <c r="D52" t="s">
-        <v>4083</v>
+        <v>3971</v>
       </c>
     </row>
     <row r="53" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B53" t="s">
-        <v>4084</v>
+        <v>3972</v>
       </c>
       <c r="C53" t="s">
-        <v>1119</v>
+        <v>1090</v>
       </c>
       <c r="D53" t="s">
-        <v>4085</v>
+        <v>3973</v>
       </c>
     </row>
     <row r="54" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B54" t="s">
-        <v>4086</v>
+        <v>3974</v>
       </c>
       <c r="C54" t="s">
-        <v>1131</v>
+        <v>1102</v>
       </c>
       <c r="D54" t="s">
-        <v>4087</v>
+        <v>3975</v>
       </c>
     </row>
     <row r="55" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B55" t="s">
-        <v>4088</v>
+        <v>3976</v>
       </c>
       <c r="D55" t="s">
-        <v>4089</v>
+        <v>3977</v>
       </c>
     </row>
     <row r="56" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B56" t="s">
-        <v>4090</v>
+        <v>3978</v>
       </c>
       <c r="C56" t="s">
-        <v>1146</v>
+        <v>1117</v>
       </c>
       <c r="D56" t="s">
-        <v>4091</v>
+        <v>3979</v>
       </c>
     </row>
     <row r="57" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B57" t="s">
-        <v>4092</v>
+        <v>3980</v>
       </c>
       <c r="C57" t="s">
-        <v>1161</v>
+        <v>1132</v>
       </c>
       <c r="D57" t="s">
-        <v>4093</v>
+        <v>3981</v>
       </c>
     </row>
     <row r="58" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B58" t="s">
-        <v>4094</v>
+        <v>3982</v>
       </c>
       <c r="C58" t="s">
-        <v>1164</v>
+        <v>1135</v>
       </c>
       <c r="D58" t="s">
-        <v>4095</v>
+        <v>3983</v>
       </c>
     </row>
     <row r="59" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B59" t="s">
-        <v>4096</v>
+        <v>3984</v>
       </c>
       <c r="D59" t="s">
-        <v>4097</v>
+        <v>3985</v>
       </c>
     </row>
     <row r="60" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B60" t="s">
-        <v>4098</v>
+        <v>3986</v>
       </c>
       <c r="C60" t="s">
-        <v>1169</v>
+        <v>1140</v>
       </c>
       <c r="D60" t="s">
-        <v>4099</v>
+        <v>3987</v>
       </c>
     </row>
     <row r="61" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B61" t="s">
-        <v>4100</v>
+        <v>3988</v>
       </c>
       <c r="C61" t="s">
-        <v>1172</v>
+        <v>1143</v>
       </c>
       <c r="D61" t="s">
-        <v>4101</v>
+        <v>3989</v>
       </c>
     </row>
     <row r="62" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B62" t="s">
-        <v>4102</v>
+        <v>3990</v>
       </c>
       <c r="C62" t="s">
-        <v>1175</v>
+        <v>1146</v>
       </c>
       <c r="D62" t="s">
-        <v>4103</v>
+        <v>3991</v>
       </c>
     </row>
     <row r="63" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B63" t="s">
-        <v>4104</v>
+        <v>3992</v>
       </c>
       <c r="C63" t="s">
-        <v>1184</v>
+        <v>1155</v>
       </c>
       <c r="D63" t="s">
-        <v>4105</v>
+        <v>3993</v>
       </c>
     </row>
     <row r="64" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B64" t="s">
-        <v>4106</v>
+        <v>3994</v>
       </c>
       <c r="C64" t="s">
-        <v>1187</v>
+        <v>1158</v>
       </c>
       <c r="D64" t="s">
-        <v>4107</v>
+        <v>3995</v>
       </c>
     </row>
     <row r="65" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B65" t="s">
-        <v>4108</v>
+        <v>3996</v>
       </c>
       <c r="C65" t="s">
-        <v>1190</v>
+        <v>1161</v>
       </c>
       <c r="D65" t="s">
-        <v>4109</v>
+        <v>3997</v>
       </c>
     </row>
     <row r="66" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B66" t="s">
-        <v>4110</v>
+        <v>3998</v>
       </c>
       <c r="C66" t="s">
-        <v>1193</v>
+        <v>1164</v>
       </c>
       <c r="D66" t="s">
-        <v>4111</v>
+        <v>3999</v>
       </c>
     </row>
     <row r="67" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B67" t="s">
-        <v>4112</v>
+        <v>4000</v>
       </c>
       <c r="C67" t="s">
-        <v>1202</v>
+        <v>1173</v>
       </c>
       <c r="D67" t="s">
-        <v>4113</v>
+        <v>4001</v>
       </c>
     </row>
     <row r="68" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B68" t="s">
-        <v>4114</v>
+        <v>4002</v>
       </c>
       <c r="C68" t="s">
-        <v>1229</v>
+        <v>1200</v>
       </c>
       <c r="D68" t="s">
-        <v>4115</v>
+        <v>4003</v>
       </c>
     </row>
     <row r="69" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B69" t="s">
-        <v>4116</v>
+        <v>4004</v>
       </c>
       <c r="D69" t="s">
-        <v>4117</v>
+        <v>4005</v>
       </c>
     </row>
     <row r="70" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B70" t="s">
-        <v>4118</v>
+        <v>4006</v>
       </c>
       <c r="D70" t="s">
-        <v>4119</v>
+        <v>4007</v>
       </c>
     </row>
     <row r="71" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B71" t="s">
-        <v>4062</v>
+        <v>3950</v>
       </c>
       <c r="D71" t="s">
-        <v>4120</v>
+        <v>4008</v>
       </c>
     </row>
     <row r="72" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B72" t="s">
-        <v>4121</v>
+        <v>4009</v>
       </c>
       <c r="C72" t="s">
-        <v>1246</v>
+        <v>1217</v>
       </c>
       <c r="D72" t="s">
-        <v>4122</v>
+        <v>4010</v>
       </c>
     </row>
     <row r="73" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B73" t="s">
-        <v>4123</v>
+        <v>4011</v>
       </c>
       <c r="D73" t="s">
-        <v>4124</v>
+        <v>4012</v>
       </c>
     </row>
     <row r="74" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B74" t="s">
-        <v>4125</v>
+        <v>4013</v>
       </c>
       <c r="C74" t="s">
-        <v>1249</v>
+        <v>1220</v>
       </c>
       <c r="D74" t="s">
-        <v>4126</v>
+        <v>4014</v>
       </c>
     </row>
     <row r="75" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B75" t="s">
-        <v>4127</v>
+        <v>4015</v>
       </c>
       <c r="C75" t="s">
-        <v>1252</v>
+        <v>1223</v>
       </c>
       <c r="D75" t="s">
-        <v>4128</v>
+        <v>4016</v>
       </c>
     </row>
     <row r="76" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B76" t="s">
-        <v>4129</v>
+        <v>4017</v>
       </c>
       <c r="C76" t="s">
-        <v>1255</v>
+        <v>1226</v>
       </c>
       <c r="D76" t="s">
-        <v>4130</v>
+        <v>4018</v>
       </c>
     </row>
     <row r="77" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B77" t="s">
-        <v>4131</v>
+        <v>4019</v>
       </c>
       <c r="C77" t="s">
-        <v>1260</v>
+        <v>1231</v>
       </c>
       <c r="D77" t="s">
-        <v>4132</v>
+        <v>4020</v>
       </c>
     </row>
     <row r="78" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B78" t="s">
-        <v>4133</v>
+        <v>4021</v>
       </c>
       <c r="C78" t="s">
-        <v>1263</v>
+        <v>1234</v>
       </c>
       <c r="D78" t="s">
-        <v>4134</v>
+        <v>4022</v>
       </c>
     </row>
     <row r="79" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B79" t="s">
-        <v>4135</v>
+        <v>4023</v>
       </c>
       <c r="C79" t="s">
-        <v>1266</v>
+        <v>1237</v>
       </c>
       <c r="D79" t="s">
-        <v>4136</v>
+        <v>4024</v>
       </c>
     </row>
     <row r="80" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B80" t="s">
-        <v>4137</v>
+        <v>4025</v>
       </c>
       <c r="C80" t="s">
-        <v>1269</v>
+        <v>1240</v>
       </c>
       <c r="D80" t="s">
-        <v>4138</v>
+        <v>4026</v>
       </c>
     </row>
     <row r="81" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B81" t="s">
-        <v>4139</v>
+        <v>4027</v>
       </c>
       <c r="D81" t="s">
-        <v>4140</v>
+        <v>4028</v>
       </c>
     </row>
     <row r="82" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B82" t="s">
-        <v>4141</v>
+        <v>4029</v>
       </c>
       <c r="C82" t="s">
-        <v>1272</v>
+        <v>1243</v>
       </c>
       <c r="D82" t="s">
-        <v>4142</v>
+        <v>4030</v>
       </c>
     </row>
     <row r="83" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B83" t="s">
-        <v>4143</v>
+        <v>4031</v>
       </c>
       <c r="C83" t="s">
-        <v>1275</v>
+        <v>1246</v>
       </c>
       <c r="D83" t="s">
-        <v>4144</v>
+        <v>4032</v>
       </c>
     </row>
     <row r="84" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B84" t="s">
-        <v>4145</v>
+        <v>4033</v>
       </c>
       <c r="D84" t="s">
-        <v>4146</v>
+        <v>4034</v>
       </c>
     </row>
     <row r="85" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B85" t="s">
-        <v>4147</v>
+        <v>4035</v>
       </c>
       <c r="C85" t="s">
-        <v>1418</v>
+        <v>1389</v>
       </c>
       <c r="D85" t="s">
-        <v>4148</v>
+        <v>4036</v>
       </c>
     </row>
     <row r="86" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B86" t="s">
-        <v>4149</v>
+        <v>4037</v>
       </c>
       <c r="D86" t="s">
-        <v>4150</v>
+        <v>4038</v>
       </c>
     </row>
     <row r="87" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B87" t="s">
-        <v>4151</v>
+        <v>4039</v>
       </c>
       <c r="C87" t="s">
-        <v>1421</v>
+        <v>1392</v>
       </c>
       <c r="D87" t="s">
-        <v>4152</v>
+        <v>4040</v>
       </c>
     </row>
     <row r="88" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B88" t="s">
-        <v>4153</v>
+        <v>4041</v>
       </c>
       <c r="C88" t="s">
-        <v>1424</v>
+        <v>1395</v>
       </c>
       <c r="D88" t="s">
-        <v>4154</v>
+        <v>4042</v>
       </c>
     </row>
     <row r="89" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B89" t="s">
-        <v>4155</v>
+        <v>4043</v>
       </c>
       <c r="C89" t="s">
-        <v>1427</v>
+        <v>1398</v>
       </c>
       <c r="D89" t="s">
-        <v>4156</v>
+        <v>4044</v>
       </c>
     </row>
     <row r="90" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B90" t="s">
-        <v>4157</v>
+        <v>4045</v>
       </c>
       <c r="C90" t="s">
-        <v>1432</v>
+        <v>1403</v>
       </c>
       <c r="D90" t="s">
-        <v>4158</v>
+        <v>4046</v>
       </c>
     </row>
     <row r="91" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B91" t="s">
-        <v>2505</v>
+        <v>2476</v>
       </c>
       <c r="C91" t="s">
-        <v>1435</v>
+        <v>1406</v>
       </c>
       <c r="D91" t="s">
-        <v>4159</v>
+        <v>4047</v>
       </c>
     </row>
     <row r="92" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B92" t="s">
-        <v>4160</v>
+        <v>4048</v>
       </c>
       <c r="C92" t="s">
-        <v>1440</v>
+        <v>1411</v>
       </c>
       <c r="D92" t="s">
-        <v>4161</v>
+        <v>4049</v>
       </c>
     </row>
     <row r="93" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B93" t="s">
-        <v>4162</v>
+        <v>4050</v>
       </c>
       <c r="C93" t="s">
-        <v>1443</v>
+        <v>1414</v>
       </c>
       <c r="D93" t="s">
-        <v>4163</v>
+        <v>4051</v>
       </c>
     </row>
     <row r="94" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B94" t="s">
-        <v>4164</v>
+        <v>4052</v>
       </c>
       <c r="C94" t="s">
-        <v>1448</v>
+        <v>1419</v>
       </c>
       <c r="D94" t="s">
-        <v>4165</v>
+        <v>4053</v>
       </c>
     </row>
     <row r="95" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B95" t="s">
-        <v>4166</v>
+        <v>4054</v>
       </c>
       <c r="C95" t="s">
-        <v>1453</v>
+        <v>1424</v>
       </c>
       <c r="D95" t="s">
-        <v>4167</v>
+        <v>4055</v>
       </c>
     </row>
     <row r="96" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B96" t="s">
-        <v>4168</v>
+        <v>4056</v>
       </c>
       <c r="C96" t="s">
-        <v>1458</v>
+        <v>1429</v>
       </c>
       <c r="D96" t="s">
-        <v>4169</v>
+        <v>4057</v>
       </c>
     </row>
     <row r="97" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B97" t="s">
-        <v>4170</v>
+        <v>4058</v>
       </c>
       <c r="C97" t="s">
-        <v>1461</v>
+        <v>1432</v>
       </c>
       <c r="D97" t="s">
-        <v>4171</v>
+        <v>4059</v>
       </c>
     </row>
     <row r="98" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B98" t="s">
-        <v>4172</v>
+        <v>4060</v>
       </c>
       <c r="D98" t="s">
-        <v>4173</v>
+        <v>4061</v>
       </c>
     </row>
     <row r="99" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B99" t="s">
-        <v>4174</v>
+        <v>4062</v>
       </c>
       <c r="D99" t="s">
-        <v>4175</v>
+        <v>4063</v>
       </c>
     </row>
     <row r="100" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B100" t="s">
-        <v>4176</v>
+        <v>4064</v>
       </c>
       <c r="C100" t="s">
-        <v>1464</v>
+        <v>1435</v>
       </c>
       <c r="D100" t="s">
-        <v>4177</v>
+        <v>4065</v>
       </c>
     </row>
     <row r="101" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B101" t="s">
-        <v>4178</v>
+        <v>4066</v>
       </c>
       <c r="C101" t="s">
-        <v>1467</v>
+        <v>1438</v>
       </c>
       <c r="D101" t="s">
-        <v>4179</v>
+        <v>4067</v>
       </c>
     </row>
     <row r="102" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B102" t="s">
-        <v>4180</v>
+        <v>4068</v>
       </c>
       <c r="C102" t="s">
-        <v>1472</v>
+        <v>1443</v>
       </c>
       <c r="D102" t="s">
-        <v>4181</v>
+        <v>4069</v>
       </c>
     </row>
     <row r="103" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B103" t="s">
-        <v>4182</v>
+        <v>4070</v>
       </c>
       <c r="C103" t="s">
-        <v>1475</v>
+        <v>1446</v>
       </c>
       <c r="D103" t="s">
-        <v>4183</v>
+        <v>4071</v>
       </c>
     </row>
     <row r="104" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B104" t="s">
-        <v>4184</v>
+        <v>4072</v>
       </c>
       <c r="C104" t="s">
-        <v>1478</v>
+        <v>1449</v>
       </c>
       <c r="D104" t="s">
-        <v>4185</v>
+        <v>4073</v>
       </c>
     </row>
     <row r="105" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B105" t="s">
-        <v>4186</v>
+        <v>4074</v>
       </c>
       <c r="D105" t="s">
-        <v>4187</v>
+        <v>4075</v>
       </c>
     </row>
     <row r="106" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B106" t="s">
-        <v>4188</v>
+        <v>4076</v>
       </c>
       <c r="C106" t="s">
-        <v>1481</v>
+        <v>1452</v>
       </c>
       <c r="D106" t="s">
-        <v>4189</v>
+        <v>4077</v>
       </c>
     </row>
     <row r="107" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B107" t="s">
-        <v>4190</v>
+        <v>4078</v>
       </c>
       <c r="C107" t="s">
-        <v>1484</v>
+        <v>1455</v>
       </c>
       <c r="D107" t="s">
-        <v>4191</v>
+        <v>4079</v>
       </c>
     </row>
     <row r="108" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B108" t="s">
-        <v>4192</v>
+        <v>4080</v>
       </c>
       <c r="C108" t="s">
-        <v>1489</v>
+        <v>1460</v>
       </c>
       <c r="D108" t="s">
-        <v>4193</v>
+        <v>4081</v>
       </c>
     </row>
     <row r="109" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B109" t="s">
-        <v>4194</v>
+        <v>4082</v>
       </c>
       <c r="C109" t="s">
-        <v>1492</v>
+        <v>1463</v>
       </c>
       <c r="D109" t="s">
-        <v>4195</v>
+        <v>4083</v>
       </c>
     </row>
     <row r="110" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B110" t="s">
-        <v>4196</v>
+        <v>4084</v>
       </c>
       <c r="C110" t="s">
-        <v>1495</v>
+        <v>1466</v>
       </c>
       <c r="D110" t="s">
-        <v>4197</v>
+        <v>4085</v>
       </c>
     </row>
     <row r="111" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B111" t="s">
-        <v>4198</v>
+        <v>4086</v>
       </c>
       <c r="C111" t="s">
-        <v>1498</v>
+        <v>1469</v>
       </c>
       <c r="D111" t="s">
-        <v>4199</v>
+        <v>4087</v>
       </c>
     </row>
     <row r="112" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B112" t="s">
-        <v>4200</v>
+        <v>4088</v>
       </c>
       <c r="C112" t="s">
-        <v>1503</v>
+        <v>1474</v>
       </c>
       <c r="D112" t="s">
-        <v>4201</v>
+        <v>4089</v>
       </c>
     </row>
     <row r="113" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B113" t="s">
-        <v>1480</v>
+        <v>1451</v>
       </c>
       <c r="C113" t="s">
-        <v>1506</v>
+        <v>1477</v>
       </c>
       <c r="D113" t="s">
-        <v>4202</v>
+        <v>4090</v>
       </c>
     </row>
     <row r="114" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B114" t="s">
-        <v>4203</v>
+        <v>4091</v>
       </c>
       <c r="C114" t="s">
-        <v>1509</v>
+        <v>1480</v>
       </c>
       <c r="D114" t="s">
-        <v>4204</v>
+        <v>4092</v>
       </c>
     </row>
     <row r="115" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B115" t="s">
-        <v>4205</v>
+        <v>4093</v>
       </c>
       <c r="D115" t="s">
-        <v>4206</v>
+        <v>4094</v>
       </c>
     </row>
     <row r="116" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B116" t="s">
-        <v>4207</v>
+        <v>4095</v>
       </c>
       <c r="C116" t="s">
-        <v>1512</v>
+        <v>1483</v>
       </c>
       <c r="D116" t="s">
-        <v>4208</v>
+        <v>4096</v>
       </c>
     </row>
     <row r="117" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B117" t="s">
-        <v>1474</v>
+        <v>1445</v>
       </c>
       <c r="C117" t="s">
-        <v>1517</v>
+        <v>1488</v>
       </c>
       <c r="D117" t="s">
-        <v>4209</v>
+        <v>4097</v>
       </c>
     </row>
     <row r="118" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B118" t="s">
-        <v>4210</v>
+        <v>4098</v>
       </c>
       <c r="C118" t="s">
-        <v>1520</v>
+        <v>1491</v>
       </c>
       <c r="D118" t="s">
-        <v>4211</v>
+        <v>4099</v>
       </c>
     </row>
     <row r="119" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B119" t="s">
-        <v>4212</v>
+        <v>4100</v>
       </c>
       <c r="C119" t="s">
-        <v>1523</v>
+        <v>1494</v>
       </c>
       <c r="D119" t="s">
-        <v>4213</v>
+        <v>4101</v>
       </c>
     </row>
     <row r="120" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B120" t="s">
-        <v>4214</v>
+        <v>4102</v>
       </c>
       <c r="C120" t="s">
-        <v>1526</v>
+        <v>1497</v>
       </c>
       <c r="D120" t="s">
-        <v>4215</v>
+        <v>4103</v>
       </c>
     </row>
     <row r="121" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B121" t="s">
-        <v>4216</v>
+        <v>4104</v>
       </c>
       <c r="C121" t="s">
-        <v>1529</v>
+        <v>1500</v>
       </c>
       <c r="D121" t="s">
-        <v>4217</v>
+        <v>4105</v>
       </c>
     </row>
     <row r="122" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B122" t="s">
-        <v>4218</v>
+        <v>4106</v>
       </c>
       <c r="D122" t="s">
-        <v>4219</v>
+        <v>4107</v>
       </c>
     </row>
     <row r="123" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B123" t="s">
-        <v>4220</v>
+        <v>4108</v>
       </c>
       <c r="C123" t="s">
-        <v>1532</v>
+        <v>1503</v>
       </c>
       <c r="D123" t="s">
-        <v>4221</v>
+        <v>4109</v>
       </c>
     </row>
     <row r="124" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B124" t="s">
-        <v>4222</v>
+        <v>4110</v>
       </c>
       <c r="C124" t="s">
-        <v>1535</v>
+        <v>1506</v>
       </c>
       <c r="D124" t="s">
-        <v>4223</v>
+        <v>4111</v>
       </c>
     </row>
     <row r="125" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B125" t="s">
-        <v>4224</v>
+        <v>4112</v>
       </c>
       <c r="C125" t="s">
-        <v>1540</v>
+        <v>1511</v>
       </c>
       <c r="D125" t="s">
-        <v>4225</v>
+        <v>4113</v>
       </c>
     </row>
     <row r="126" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B126" t="s">
-        <v>4226</v>
+        <v>4114</v>
       </c>
       <c r="C126" t="s">
-        <v>1543</v>
+        <v>1514</v>
       </c>
       <c r="D126" t="s">
-        <v>4227</v>
+        <v>4115</v>
       </c>
     </row>
     <row r="127" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B127" t="s">
-        <v>2680</v>
+        <v>2651</v>
       </c>
       <c r="C127" t="s">
-        <v>1546</v>
+        <v>1517</v>
       </c>
       <c r="D127" t="s">
-        <v>4228</v>
+        <v>4116</v>
       </c>
     </row>
     <row r="128" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B128" t="s">
-        <v>4229</v>
+        <v>4117</v>
       </c>
       <c r="C128" t="s">
-        <v>1549</v>
+        <v>1520</v>
       </c>
       <c r="D128" t="s">
-        <v>4230</v>
+        <v>4118</v>
       </c>
     </row>
     <row r="129" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B129" t="s">
-        <v>4231</v>
+        <v>4119</v>
       </c>
       <c r="C129" t="s">
-        <v>1552</v>
+        <v>1523</v>
       </c>
       <c r="D129" t="s">
-        <v>4232</v>
+        <v>4120</v>
       </c>
     </row>
     <row r="130" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B130" t="s">
-        <v>4233</v>
+        <v>4121</v>
       </c>
       <c r="C130" t="s">
-        <v>1555</v>
+        <v>1526</v>
       </c>
       <c r="D130" t="s">
-        <v>4234</v>
+        <v>4122</v>
       </c>
     </row>
     <row r="131" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B131" t="s">
-        <v>4235</v>
+        <v>4123</v>
       </c>
       <c r="C131" t="s">
-        <v>1558</v>
+        <v>1529</v>
       </c>
       <c r="D131" t="s">
-        <v>4236</v>
+        <v>4124</v>
       </c>
     </row>
     <row r="132" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B132" t="s">
-        <v>4237</v>
+        <v>4125</v>
       </c>
       <c r="D132" t="s">
-        <v>4238</v>
+        <v>4126</v>
       </c>
     </row>
     <row r="133" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B133" t="s">
-        <v>4239</v>
+        <v>4127</v>
       </c>
       <c r="C133" t="s">
-        <v>1561</v>
+        <v>1532</v>
       </c>
       <c r="D133" t="s">
-        <v>4240</v>
+        <v>4128</v>
       </c>
     </row>
     <row r="134" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B134" t="s">
-        <v>4241</v>
+        <v>4129</v>
       </c>
       <c r="C134" t="s">
-        <v>1564</v>
+        <v>1535</v>
       </c>
       <c r="D134" t="s">
-        <v>4242</v>
+        <v>4130</v>
       </c>
     </row>
     <row r="135" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B135" t="s">
-        <v>4243</v>
+        <v>4131</v>
       </c>
       <c r="C135" t="s">
-        <v>1567</v>
+        <v>1538</v>
       </c>
       <c r="D135" t="s">
-        <v>4244</v>
+        <v>4132</v>
       </c>
     </row>
     <row r="136" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B136" t="s">
-        <v>4245</v>
+        <v>4133</v>
       </c>
       <c r="C136" t="s">
-        <v>1570</v>
+        <v>1541</v>
       </c>
       <c r="D136" t="s">
-        <v>4246</v>
+        <v>4134</v>
       </c>
     </row>
     <row r="137" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B137" t="s">
-        <v>4247</v>
+        <v>4135</v>
       </c>
       <c r="C137" t="s">
-        <v>1573</v>
+        <v>1544</v>
       </c>
       <c r="D137" t="s">
-        <v>4248</v>
+        <v>4136</v>
       </c>
     </row>
     <row r="138" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B138" t="s">
-        <v>4249</v>
+        <v>4137</v>
       </c>
       <c r="C138" t="s">
-        <v>1576</v>
+        <v>1547</v>
       </c>
       <c r="D138" t="s">
-        <v>4250</v>
+        <v>4138</v>
       </c>
     </row>
     <row r="139" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B139" t="s">
-        <v>4251</v>
+        <v>4139</v>
       </c>
       <c r="C139" t="s">
-        <v>1579</v>
+        <v>1550</v>
       </c>
       <c r="D139" t="s">
-        <v>4252</v>
+        <v>4140</v>
       </c>
     </row>
     <row r="140" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B140" t="s">
-        <v>4253</v>
+        <v>4141</v>
       </c>
       <c r="D140" t="s">
-        <v>4254</v>
+        <v>4142</v>
       </c>
     </row>
     <row r="141" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B141" t="s">
-        <v>4255</v>
+        <v>4143</v>
       </c>
       <c r="C141" t="s">
-        <v>1584</v>
+        <v>1555</v>
       </c>
       <c r="D141" t="s">
-        <v>4256</v>
+        <v>4144</v>
       </c>
     </row>
     <row r="142" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B142" t="s">
-        <v>4257</v>
+        <v>4145</v>
       </c>
       <c r="C142" t="s">
-        <v>1587</v>
+        <v>1558</v>
       </c>
       <c r="D142" t="s">
-        <v>4258</v>
+        <v>4146</v>
       </c>
     </row>
     <row r="143" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B143" t="s">
-        <v>4259</v>
+        <v>4147</v>
       </c>
       <c r="C143" t="s">
-        <v>1590</v>
+        <v>1561</v>
       </c>
       <c r="D143" t="s">
-        <v>4260</v>
+        <v>4148</v>
       </c>
     </row>
     <row r="144" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B144" t="s">
-        <v>4261</v>
+        <v>4149</v>
       </c>
       <c r="C144" t="s">
-        <v>1593</v>
+        <v>1564</v>
       </c>
       <c r="D144" t="s">
-        <v>4262</v>
+        <v>4150</v>
       </c>
     </row>
     <row r="145" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B145" t="s">
-        <v>4263</v>
+        <v>4151</v>
       </c>
       <c r="C145" t="s">
-        <v>4264</v>
+        <v>4152</v>
       </c>
       <c r="D145" t="s">
-        <v>4265</v>
+        <v>4153</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
-[...1172 lines deleted...]
-<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0400-000000000000}">
   <dimension ref="A1:D49"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>107</v>
+        <v>78</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>108</v>
+        <v>79</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>109</v>
+        <v>80</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="B2" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="D2" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
     </row>
     <row r="3" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
-        <v>760</v>
+        <v>731</v>
       </c>
       <c r="B3" t="s">
-        <v>113</v>
+        <v>84</v>
       </c>
       <c r="D3" t="s">
-        <v>761</v>
+        <v>732</v>
       </c>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B4" t="s">
-        <v>115</v>
+        <v>86</v>
       </c>
       <c r="D4" t="s">
-        <v>762</v>
+        <v>733</v>
       </c>
     </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B5" t="s">
-        <v>125</v>
+        <v>96</v>
       </c>
       <c r="D5" t="s">
-        <v>763</v>
+        <v>734</v>
       </c>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B6" t="s">
-        <v>119</v>
+        <v>90</v>
       </c>
       <c r="D6" t="s">
-        <v>764</v>
+        <v>735</v>
       </c>
     </row>
     <row r="7" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B7" t="s">
-        <v>121</v>
+        <v>92</v>
       </c>
       <c r="D7" t="s">
-        <v>765</v>
+        <v>736</v>
       </c>
     </row>
     <row r="8" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B8" t="s">
-        <v>766</v>
+        <v>737</v>
       </c>
       <c r="D8" t="s">
-        <v>767</v>
+        <v>738</v>
       </c>
     </row>
     <row r="9" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B9" t="s">
-        <v>768</v>
+        <v>739</v>
       </c>
       <c r="C9" t="s">
-        <v>769</v>
+        <v>740</v>
       </c>
       <c r="D9" t="s">
-        <v>770</v>
+        <v>741</v>
       </c>
     </row>
     <row r="10" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B10" t="s">
-        <v>771</v>
+        <v>742</v>
       </c>
       <c r="C10" t="s">
-        <v>772</v>
+        <v>743</v>
       </c>
       <c r="D10" t="s">
-        <v>773</v>
+        <v>744</v>
       </c>
     </row>
     <row r="11" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B11" t="s">
-        <v>774</v>
+        <v>745</v>
       </c>
       <c r="C11" t="s">
-        <v>775</v>
+        <v>746</v>
       </c>
       <c r="D11" t="s">
-        <v>776</v>
+        <v>747</v>
       </c>
     </row>
     <row r="12" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B12" t="s">
-        <v>777</v>
+        <v>748</v>
       </c>
       <c r="C12" t="s">
-        <v>778</v>
+        <v>749</v>
       </c>
       <c r="D12" t="s">
-        <v>779</v>
+        <v>750</v>
       </c>
     </row>
     <row r="13" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B13" t="s">
-        <v>780</v>
+        <v>751</v>
       </c>
       <c r="C13" t="s">
-        <v>781</v>
+        <v>752</v>
       </c>
       <c r="D13" t="s">
-        <v>782</v>
+        <v>753</v>
       </c>
     </row>
     <row r="14" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B14" t="s">
-        <v>783</v>
+        <v>754</v>
       </c>
       <c r="C14" t="s">
-        <v>784</v>
+        <v>755</v>
       </c>
       <c r="D14" t="s">
-        <v>785</v>
+        <v>756</v>
       </c>
     </row>
     <row r="15" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B15" t="s">
-        <v>786</v>
+        <v>757</v>
       </c>
       <c r="C15" t="s">
-        <v>787</v>
+        <v>758</v>
       </c>
       <c r="D15" t="s">
-        <v>788</v>
+        <v>759</v>
       </c>
     </row>
     <row r="16" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B16" t="s">
-        <v>789</v>
+        <v>760</v>
       </c>
       <c r="C16" t="s">
-        <v>790</v>
+        <v>761</v>
       </c>
       <c r="D16" t="s">
-        <v>791</v>
+        <v>762</v>
       </c>
     </row>
     <row r="17" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B17" t="s">
-        <v>792</v>
+        <v>763</v>
       </c>
       <c r="C17" t="s">
-        <v>793</v>
+        <v>764</v>
       </c>
       <c r="D17" t="s">
-        <v>794</v>
+        <v>765</v>
       </c>
     </row>
     <row r="18" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B18" t="s">
-        <v>795</v>
+        <v>766</v>
       </c>
       <c r="C18" t="s">
-        <v>796</v>
+        <v>767</v>
       </c>
       <c r="D18" t="s">
-        <v>797</v>
+        <v>768</v>
       </c>
     </row>
     <row r="19" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B19" t="s">
-        <v>798</v>
+        <v>769</v>
       </c>
       <c r="C19" t="s">
-        <v>799</v>
+        <v>770</v>
       </c>
       <c r="D19" t="s">
-        <v>800</v>
+        <v>771</v>
       </c>
     </row>
     <row r="20" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B20" t="s">
-        <v>801</v>
+        <v>772</v>
       </c>
       <c r="C20" t="s">
-        <v>802</v>
+        <v>773</v>
       </c>
       <c r="D20" t="s">
-        <v>803</v>
+        <v>774</v>
       </c>
     </row>
     <row r="21" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B21" t="s">
-        <v>804</v>
+        <v>775</v>
       </c>
       <c r="C21" t="s">
-        <v>805</v>
+        <v>776</v>
       </c>
       <c r="D21" t="s">
-        <v>806</v>
+        <v>777</v>
       </c>
     </row>
     <row r="22" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B22" t="s">
-        <v>807</v>
+        <v>778</v>
       </c>
       <c r="C22" t="s">
-        <v>808</v>
+        <v>779</v>
       </c>
       <c r="D22" t="s">
-        <v>809</v>
+        <v>780</v>
       </c>
     </row>
     <row r="23" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B23" t="s">
-        <v>810</v>
+        <v>781</v>
       </c>
       <c r="C23" t="s">
-        <v>811</v>
+        <v>782</v>
       </c>
       <c r="D23" t="s">
-        <v>812</v>
+        <v>783</v>
       </c>
     </row>
     <row r="24" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B24" t="s">
-        <v>813</v>
+        <v>784</v>
       </c>
       <c r="C24" t="s">
-        <v>814</v>
+        <v>785</v>
       </c>
       <c r="D24" t="s">
-        <v>815</v>
+        <v>786</v>
       </c>
     </row>
     <row r="25" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B25" t="s">
-        <v>816</v>
+        <v>787</v>
       </c>
       <c r="C25" t="s">
-        <v>817</v>
+        <v>788</v>
       </c>
       <c r="D25" t="s">
-        <v>818</v>
+        <v>789</v>
       </c>
     </row>
     <row r="26" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B26" t="s">
-        <v>819</v>
+        <v>790</v>
       </c>
       <c r="C26" t="s">
-        <v>820</v>
+        <v>791</v>
       </c>
       <c r="D26" t="s">
-        <v>821</v>
+        <v>792</v>
       </c>
     </row>
     <row r="27" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B27" t="s">
-        <v>822</v>
+        <v>793</v>
       </c>
       <c r="C27" t="s">
-        <v>823</v>
+        <v>794</v>
       </c>
       <c r="D27" t="s">
-        <v>824</v>
+        <v>795</v>
       </c>
     </row>
     <row r="28" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B28" t="s">
-        <v>825</v>
+        <v>796</v>
       </c>
       <c r="D28" t="s">
-        <v>826</v>
+        <v>797</v>
       </c>
     </row>
     <row r="29" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B29" t="s">
-        <v>827</v>
+        <v>798</v>
       </c>
       <c r="C29" t="s">
-        <v>828</v>
+        <v>799</v>
       </c>
       <c r="D29" t="s">
-        <v>829</v>
+        <v>800</v>
       </c>
     </row>
     <row r="30" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B30" t="s">
-        <v>830</v>
+        <v>801</v>
       </c>
       <c r="C30" t="s">
-        <v>831</v>
+        <v>802</v>
       </c>
       <c r="D30" t="s">
-        <v>832</v>
+        <v>803</v>
       </c>
     </row>
     <row r="31" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B31" t="s">
-        <v>833</v>
+        <v>804</v>
       </c>
       <c r="C31" t="s">
-        <v>834</v>
+        <v>805</v>
       </c>
       <c r="D31" t="s">
-        <v>835</v>
+        <v>806</v>
       </c>
     </row>
     <row r="32" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B32" t="s">
-        <v>836</v>
+        <v>807</v>
       </c>
       <c r="C32" t="s">
-        <v>837</v>
+        <v>808</v>
       </c>
       <c r="D32" t="s">
-        <v>838</v>
+        <v>809</v>
       </c>
     </row>
     <row r="33" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B33" t="s">
-        <v>839</v>
+        <v>810</v>
       </c>
       <c r="C33" t="s">
-        <v>840</v>
+        <v>811</v>
       </c>
       <c r="D33" t="s">
-        <v>841</v>
+        <v>812</v>
       </c>
     </row>
     <row r="34" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B34" t="s">
-        <v>842</v>
+        <v>813</v>
       </c>
       <c r="C34" t="s">
-        <v>843</v>
+        <v>814</v>
       </c>
       <c r="D34" t="s">
-        <v>844</v>
+        <v>815</v>
       </c>
     </row>
     <row r="35" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B35" t="s">
-        <v>845</v>
+        <v>816</v>
       </c>
       <c r="C35" t="s">
-        <v>846</v>
+        <v>817</v>
       </c>
       <c r="D35" t="s">
-        <v>847</v>
+        <v>818</v>
       </c>
     </row>
     <row r="36" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B36" t="s">
-        <v>848</v>
+        <v>819</v>
       </c>
       <c r="D36" t="s">
-        <v>849</v>
+        <v>820</v>
       </c>
     </row>
     <row r="37" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B37" t="s">
-        <v>850</v>
+        <v>821</v>
       </c>
       <c r="C37" t="s">
-        <v>851</v>
+        <v>822</v>
       </c>
       <c r="D37" t="s">
-        <v>852</v>
+        <v>823</v>
       </c>
     </row>
     <row r="38" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B38" t="s">
-        <v>853</v>
+        <v>824</v>
       </c>
       <c r="C38" t="s">
-        <v>854</v>
+        <v>825</v>
       </c>
       <c r="D38" t="s">
-        <v>855</v>
+        <v>826</v>
       </c>
     </row>
     <row r="39" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B39" t="s">
-        <v>856</v>
+        <v>827</v>
       </c>
       <c r="D39" t="s">
-        <v>857</v>
+        <v>828</v>
       </c>
     </row>
     <row r="40" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B40" t="s">
-        <v>858</v>
+        <v>829</v>
       </c>
       <c r="C40" t="s">
-        <v>859</v>
+        <v>830</v>
       </c>
       <c r="D40" t="s">
-        <v>860</v>
+        <v>831</v>
       </c>
     </row>
     <row r="41" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B41" t="s">
-        <v>861</v>
+        <v>832</v>
       </c>
       <c r="C41" t="s">
-        <v>862</v>
+        <v>833</v>
       </c>
       <c r="D41" t="s">
-        <v>863</v>
+        <v>834</v>
       </c>
     </row>
     <row r="42" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B42" t="s">
-        <v>864</v>
+        <v>835</v>
       </c>
       <c r="C42" t="s">
-        <v>865</v>
+        <v>836</v>
       </c>
       <c r="D42" t="s">
-        <v>866</v>
+        <v>837</v>
       </c>
     </row>
     <row r="43" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B43" t="s">
-        <v>867</v>
+        <v>838</v>
       </c>
       <c r="C43" t="s">
-        <v>868</v>
+        <v>839</v>
       </c>
       <c r="D43" t="s">
-        <v>869</v>
+        <v>840</v>
       </c>
     </row>
     <row r="44" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B44" t="s">
-        <v>870</v>
+        <v>841</v>
       </c>
       <c r="C44" t="s">
-        <v>871</v>
+        <v>842</v>
       </c>
       <c r="D44" t="s">
-        <v>872</v>
+        <v>843</v>
       </c>
     </row>
     <row r="45" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B45" t="s">
-        <v>873</v>
+        <v>844</v>
       </c>
       <c r="C45" t="s">
-        <v>874</v>
+        <v>845</v>
       </c>
       <c r="D45" t="s">
-        <v>875</v>
+        <v>846</v>
       </c>
     </row>
     <row r="46" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B46" t="s">
-        <v>876</v>
+        <v>847</v>
       </c>
       <c r="D46" t="s">
-        <v>877</v>
+        <v>848</v>
       </c>
     </row>
     <row r="47" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B47" t="s">
-        <v>878</v>
+        <v>849</v>
       </c>
       <c r="C47" t="s">
-        <v>879</v>
+        <v>850</v>
       </c>
       <c r="D47" t="s">
-        <v>880</v>
+        <v>851</v>
       </c>
     </row>
     <row r="48" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B48" t="s">
-        <v>881</v>
+        <v>852</v>
       </c>
       <c r="C48" t="s">
-        <v>882</v>
+        <v>853</v>
       </c>
       <c r="D48" t="s">
-        <v>883</v>
+        <v>854</v>
       </c>
     </row>
     <row r="49" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B49" t="s">
-        <v>884</v>
+        <v>855</v>
       </c>
       <c r="C49" t="s">
-        <v>885</v>
+        <v>856</v>
       </c>
       <c r="D49" t="s">
-        <v>886</v>
+        <v>857</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0500-000000000000}">
   <dimension ref="A1:D23"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>107</v>
+        <v>78</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>108</v>
+        <v>79</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>109</v>
+        <v>80</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
-        <v>23</v>
+        <v>17</v>
       </c>
       <c r="B2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
     </row>
     <row r="3" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B3" t="s">
-        <v>113</v>
+        <v>84</v>
       </c>
       <c r="D3" t="s">
-        <v>887</v>
+        <v>858</v>
       </c>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B4" t="s">
-        <v>113</v>
+        <v>84</v>
       </c>
       <c r="D4" t="s">
-        <v>888</v>
+        <v>859</v>
       </c>
     </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B5" t="s">
-        <v>119</v>
+        <v>90</v>
       </c>
       <c r="D5" t="s">
-        <v>889</v>
+        <v>860</v>
       </c>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B6" t="s">
-        <v>125</v>
+        <v>96</v>
       </c>
       <c r="D6" t="s">
-        <v>890</v>
+        <v>861</v>
       </c>
     </row>
     <row r="7" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B7" t="s">
-        <v>891</v>
+        <v>862</v>
       </c>
       <c r="D7" t="s">
-        <v>892</v>
+        <v>863</v>
       </c>
     </row>
     <row r="8" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B8" t="s">
-        <v>893</v>
+        <v>864</v>
       </c>
       <c r="C8" t="s">
-        <v>677</v>
+        <v>648</v>
       </c>
       <c r="D8" t="s">
-        <v>894</v>
+        <v>865</v>
       </c>
     </row>
     <row r="9" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B9" t="s">
-        <v>895</v>
+        <v>866</v>
       </c>
       <c r="D9" t="s">
-        <v>896</v>
+        <v>867</v>
       </c>
     </row>
     <row r="10" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B10" t="s">
-        <v>897</v>
+        <v>868</v>
       </c>
       <c r="C10" t="s">
-        <v>680</v>
+        <v>651</v>
       </c>
       <c r="D10" t="s">
-        <v>898</v>
+        <v>869</v>
       </c>
     </row>
     <row r="11" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B11" t="s">
-        <v>899</v>
+        <v>870</v>
       </c>
       <c r="C11" t="s">
-        <v>683</v>
+        <v>654</v>
       </c>
       <c r="D11" t="s">
-        <v>900</v>
+        <v>871</v>
       </c>
     </row>
     <row r="12" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B12" t="s">
-        <v>901</v>
+        <v>872</v>
       </c>
       <c r="C12" t="s">
-        <v>686</v>
+        <v>657</v>
       </c>
       <c r="D12" t="s">
-        <v>902</v>
+        <v>873</v>
       </c>
     </row>
     <row r="13" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B13" t="s">
-        <v>903</v>
+        <v>874</v>
       </c>
       <c r="D13" t="s">
-        <v>904</v>
+        <v>875</v>
       </c>
     </row>
     <row r="14" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B14" t="s">
-        <v>905</v>
+        <v>876</v>
       </c>
       <c r="C14" t="s">
-        <v>689</v>
+        <v>660</v>
       </c>
       <c r="D14" t="s">
-        <v>906</v>
+        <v>877</v>
       </c>
     </row>
     <row r="15" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B15" t="s">
-        <v>907</v>
+        <v>878</v>
       </c>
       <c r="C15" t="s">
-        <v>692</v>
+        <v>663</v>
       </c>
       <c r="D15" t="s">
-        <v>908</v>
+        <v>879</v>
       </c>
     </row>
     <row r="16" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B16" t="s">
-        <v>909</v>
+        <v>880</v>
       </c>
       <c r="C16" t="s">
-        <v>695</v>
+        <v>666</v>
       </c>
       <c r="D16" t="s">
-        <v>910</v>
+        <v>881</v>
       </c>
     </row>
     <row r="17" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B17" t="s">
-        <v>911</v>
+        <v>882</v>
       </c>
       <c r="C17" t="s">
-        <v>700</v>
+        <v>671</v>
       </c>
       <c r="D17" t="s">
-        <v>912</v>
+        <v>883</v>
       </c>
     </row>
     <row r="18" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B18" t="s">
-        <v>913</v>
+        <v>884</v>
       </c>
       <c r="C18" t="s">
-        <v>703</v>
+        <v>674</v>
       </c>
       <c r="D18" t="s">
-        <v>914</v>
+        <v>885</v>
       </c>
     </row>
     <row r="19" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B19" t="s">
-        <v>915</v>
+        <v>886</v>
       </c>
       <c r="C19" t="s">
-        <v>706</v>
+        <v>677</v>
       </c>
       <c r="D19" t="s">
-        <v>916</v>
+        <v>887</v>
       </c>
     </row>
     <row r="20" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B20" t="s">
-        <v>917</v>
+        <v>888</v>
       </c>
       <c r="C20" t="s">
-        <v>709</v>
+        <v>680</v>
       </c>
       <c r="D20" t="s">
-        <v>918</v>
+        <v>889</v>
       </c>
     </row>
     <row r="21" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B21" t="s">
-        <v>919</v>
+        <v>890</v>
       </c>
       <c r="C21" t="s">
-        <v>712</v>
+        <v>683</v>
       </c>
       <c r="D21" t="s">
-        <v>920</v>
+        <v>891</v>
       </c>
     </row>
     <row r="22" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B22" t="s">
-        <v>921</v>
+        <v>892</v>
       </c>
       <c r="C22" t="s">
-        <v>715</v>
+        <v>686</v>
       </c>
       <c r="D22" t="s">
-        <v>922</v>
+        <v>893</v>
       </c>
     </row>
     <row r="23" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B23" t="s">
-        <v>923</v>
+        <v>894</v>
       </c>
       <c r="C23" t="s">
-        <v>718</v>
+        <v>689</v>
       </c>
       <c r="D23" t="s">
-        <v>924</v>
+        <v>895</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0600-000000000000}">
   <dimension ref="A1:D132"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>107</v>
+        <v>78</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>108</v>
+        <v>79</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>109</v>
+        <v>80</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
-        <v>27</v>
+        <v>20</v>
       </c>
       <c r="B2" t="s">
-        <v>28</v>
+        <v>21</v>
       </c>
       <c r="D2" t="s">
-        <v>30</v>
+        <v>22</v>
       </c>
     </row>
     <row r="3" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
-        <v>925</v>
+        <v>896</v>
       </c>
       <c r="B3" t="s">
-        <v>113</v>
+        <v>84</v>
       </c>
       <c r="D3" t="s">
-        <v>931</v>
+        <v>902</v>
       </c>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A4" t="s">
-        <v>926</v>
+        <v>897</v>
       </c>
       <c r="B4" t="s">
-        <v>117</v>
+        <v>88</v>
       </c>
       <c r="D4" t="s">
-        <v>932</v>
+        <v>903</v>
       </c>
     </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A5" t="s">
-        <v>927</v>
+        <v>898</v>
       </c>
       <c r="B5" t="s">
-        <v>125</v>
+        <v>96</v>
       </c>
       <c r="D5" t="s">
-        <v>933</v>
+        <v>904</v>
       </c>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A6" t="s">
-        <v>928</v>
+        <v>899</v>
       </c>
       <c r="B6" t="s">
-        <v>934</v>
+        <v>905</v>
       </c>
       <c r="D6" t="s">
-        <v>935</v>
+        <v>906</v>
       </c>
     </row>
     <row r="7" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A7" t="s">
-        <v>929</v>
+        <v>900</v>
       </c>
       <c r="B7" t="s">
-        <v>121</v>
+        <v>92</v>
       </c>
       <c r="D7" t="s">
-        <v>936</v>
+        <v>907</v>
       </c>
     </row>
     <row r="8" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A8" t="s">
-        <v>930</v>
+        <v>901</v>
       </c>
       <c r="B8" t="s">
-        <v>937</v>
+        <v>908</v>
       </c>
       <c r="D8" t="s">
-        <v>938</v>
+        <v>909</v>
       </c>
     </row>
     <row r="9" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B9" t="s">
-        <v>939</v>
+        <v>910</v>
       </c>
       <c r="C9" t="s">
-        <v>677</v>
+        <v>648</v>
       </c>
       <c r="D9" t="s">
-        <v>940</v>
+        <v>911</v>
       </c>
     </row>
     <row r="10" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B10" t="s">
-        <v>941</v>
+        <v>912</v>
       </c>
       <c r="C10" t="s">
-        <v>680</v>
+        <v>651</v>
       </c>
       <c r="D10" t="s">
-        <v>942</v>
+        <v>913</v>
       </c>
     </row>
     <row r="11" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B11" t="s">
-        <v>943</v>
+        <v>914</v>
       </c>
       <c r="C11" t="s">
-        <v>683</v>
+        <v>654</v>
       </c>
       <c r="D11" t="s">
-        <v>944</v>
+        <v>915</v>
       </c>
     </row>
     <row r="12" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B12" t="s">
-        <v>945</v>
+        <v>916</v>
       </c>
       <c r="C12" t="s">
-        <v>686</v>
+        <v>657</v>
       </c>
       <c r="D12" t="s">
-        <v>946</v>
+        <v>917</v>
       </c>
     </row>
     <row r="13" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B13" t="s">
-        <v>947</v>
+        <v>918</v>
       </c>
       <c r="C13" t="s">
-        <v>948</v>
+        <v>919</v>
       </c>
       <c r="D13" t="s">
-        <v>949</v>
+        <v>920</v>
       </c>
     </row>
     <row r="14" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B14" t="s">
-        <v>950</v>
+        <v>921</v>
       </c>
       <c r="C14" t="s">
-        <v>951</v>
+        <v>922</v>
       </c>
       <c r="D14" t="s">
-        <v>952</v>
+        <v>923</v>
       </c>
     </row>
     <row r="15" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B15" t="s">
-        <v>953</v>
+        <v>924</v>
       </c>
       <c r="C15" t="s">
-        <v>954</v>
+        <v>925</v>
       </c>
       <c r="D15" t="s">
-        <v>955</v>
+        <v>926</v>
       </c>
     </row>
     <row r="16" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B16" t="s">
-        <v>956</v>
+        <v>927</v>
       </c>
       <c r="C16" t="s">
-        <v>689</v>
+        <v>660</v>
       </c>
       <c r="D16" t="s">
-        <v>957</v>
+        <v>928</v>
       </c>
     </row>
     <row r="17" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B17" t="s">
-        <v>958</v>
+        <v>929</v>
       </c>
       <c r="C17" t="s">
-        <v>692</v>
+        <v>663</v>
       </c>
       <c r="D17" t="s">
-        <v>959</v>
+        <v>930</v>
       </c>
     </row>
     <row r="18" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B18" t="s">
-        <v>960</v>
+        <v>931</v>
       </c>
       <c r="C18" t="s">
-        <v>961</v>
+        <v>932</v>
       </c>
       <c r="D18" t="s">
-        <v>962</v>
+        <v>933</v>
       </c>
     </row>
     <row r="19" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B19" t="s">
-        <v>963</v>
+        <v>934</v>
       </c>
       <c r="C19" t="s">
-        <v>964</v>
+        <v>935</v>
       </c>
       <c r="D19" t="s">
-        <v>965</v>
+        <v>936</v>
       </c>
     </row>
     <row r="20" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B20" t="s">
-        <v>966</v>
+        <v>937</v>
       </c>
       <c r="C20" t="s">
-        <v>695</v>
+        <v>666</v>
       </c>
       <c r="D20" t="s">
-        <v>967</v>
+        <v>938</v>
       </c>
     </row>
     <row r="21" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B21" t="s">
-        <v>968</v>
+        <v>939</v>
       </c>
       <c r="C21" t="s">
-        <v>700</v>
+        <v>671</v>
       </c>
       <c r="D21" t="s">
-        <v>969</v>
+        <v>940</v>
       </c>
     </row>
     <row r="22" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B22" t="s">
-        <v>970</v>
+        <v>941</v>
       </c>
       <c r="C22" t="s">
-        <v>703</v>
+        <v>674</v>
       </c>
       <c r="D22" t="s">
-        <v>971</v>
+        <v>942</v>
       </c>
     </row>
     <row r="23" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B23" t="s">
-        <v>972</v>
+        <v>943</v>
       </c>
       <c r="C23" t="s">
-        <v>706</v>
+        <v>677</v>
       </c>
       <c r="D23" t="s">
-        <v>973</v>
+        <v>944</v>
       </c>
     </row>
     <row r="24" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B24" t="s">
-        <v>974</v>
+        <v>945</v>
       </c>
       <c r="C24" t="s">
-        <v>709</v>
+        <v>680</v>
       </c>
       <c r="D24" t="s">
-        <v>975</v>
+        <v>946</v>
       </c>
     </row>
     <row r="25" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B25" t="s">
-        <v>976</v>
+        <v>947</v>
       </c>
       <c r="C25" t="s">
-        <v>977</v>
+        <v>948</v>
       </c>
       <c r="D25" t="s">
-        <v>978</v>
+        <v>949</v>
       </c>
     </row>
     <row r="26" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B26" t="s">
-        <v>979</v>
+        <v>950</v>
       </c>
       <c r="C26" t="s">
-        <v>980</v>
+        <v>951</v>
       </c>
       <c r="D26" t="s">
-        <v>981</v>
+        <v>952</v>
       </c>
     </row>
     <row r="27" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B27" t="s">
-        <v>982</v>
+        <v>953</v>
       </c>
       <c r="C27" t="s">
-        <v>983</v>
+        <v>954</v>
       </c>
       <c r="D27" t="s">
-        <v>984</v>
+        <v>955</v>
       </c>
     </row>
     <row r="28" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B28" t="s">
-        <v>985</v>
+        <v>956</v>
       </c>
       <c r="C28" t="s">
-        <v>986</v>
+        <v>957</v>
       </c>
       <c r="D28" t="s">
-        <v>987</v>
+        <v>958</v>
       </c>
     </row>
     <row r="29" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B29" t="s">
-        <v>988</v>
+        <v>959</v>
       </c>
       <c r="C29" t="s">
-        <v>989</v>
+        <v>960</v>
       </c>
       <c r="D29" t="s">
-        <v>990</v>
+        <v>961</v>
       </c>
     </row>
     <row r="30" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B30" t="s">
-        <v>991</v>
+        <v>962</v>
       </c>
       <c r="C30" t="s">
-        <v>992</v>
+        <v>963</v>
       </c>
       <c r="D30" t="s">
-        <v>993</v>
+        <v>964</v>
       </c>
     </row>
     <row r="31" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B31" t="s">
-        <v>994</v>
+        <v>965</v>
       </c>
       <c r="C31" t="s">
-        <v>995</v>
+        <v>966</v>
       </c>
       <c r="D31" t="s">
-        <v>996</v>
+        <v>967</v>
       </c>
     </row>
     <row r="32" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B32" t="s">
-        <v>997</v>
+        <v>968</v>
       </c>
       <c r="C32" t="s">
-        <v>998</v>
+        <v>969</v>
       </c>
       <c r="D32" t="s">
-        <v>999</v>
+        <v>970</v>
       </c>
     </row>
     <row r="33" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B33" t="s">
-        <v>1000</v>
+        <v>971</v>
       </c>
       <c r="C33" t="s">
-        <v>712</v>
+        <v>683</v>
       </c>
       <c r="D33" t="s">
-        <v>1001</v>
+        <v>972</v>
       </c>
     </row>
     <row r="34" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B34" t="s">
-        <v>1002</v>
+        <v>973</v>
       </c>
       <c r="C34" t="s">
-        <v>1003</v>
+        <v>974</v>
       </c>
       <c r="D34" t="s">
-        <v>1004</v>
+        <v>975</v>
       </c>
     </row>
     <row r="35" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B35" t="s">
-        <v>1005</v>
+        <v>976</v>
       </c>
       <c r="C35" t="s">
-        <v>1006</v>
+        <v>977</v>
       </c>
       <c r="D35" t="s">
-        <v>1007</v>
+        <v>978</v>
       </c>
     </row>
     <row r="36" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B36" t="s">
-        <v>1008</v>
+        <v>979</v>
       </c>
       <c r="C36" t="s">
-        <v>715</v>
+        <v>686</v>
       </c>
       <c r="D36" t="s">
-        <v>1009</v>
+        <v>980</v>
       </c>
     </row>
     <row r="37" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B37" t="s">
-        <v>1010</v>
+        <v>981</v>
       </c>
       <c r="C37" t="s">
-        <v>1011</v>
+        <v>982</v>
       </c>
       <c r="D37" t="s">
-        <v>1012</v>
+        <v>983</v>
       </c>
     </row>
     <row r="38" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B38" t="s">
-        <v>1013</v>
+        <v>984</v>
       </c>
       <c r="C38" t="s">
-        <v>1014</v>
+        <v>985</v>
       </c>
       <c r="D38" t="s">
-        <v>1015</v>
+        <v>986</v>
       </c>
     </row>
     <row r="39" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B39" t="s">
-        <v>1016</v>
+        <v>987</v>
       </c>
       <c r="C39" t="s">
-        <v>1017</v>
+        <v>988</v>
       </c>
       <c r="D39" t="s">
-        <v>1018</v>
+        <v>989</v>
       </c>
     </row>
     <row r="40" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B40" t="s">
-        <v>1019</v>
+        <v>990</v>
       </c>
       <c r="C40" t="s">
-        <v>1020</v>
+        <v>991</v>
       </c>
       <c r="D40" t="s">
-        <v>1021</v>
+        <v>992</v>
       </c>
     </row>
     <row r="41" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B41" t="s">
-        <v>1022</v>
+        <v>993</v>
       </c>
       <c r="C41" t="s">
-        <v>1023</v>
+        <v>994</v>
       </c>
       <c r="D41" t="s">
-        <v>1024</v>
+        <v>995</v>
       </c>
     </row>
     <row r="42" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B42" t="s">
-        <v>1025</v>
+        <v>996</v>
       </c>
       <c r="C42" t="s">
-        <v>718</v>
+        <v>689</v>
       </c>
       <c r="D42" t="s">
-        <v>1026</v>
+        <v>997</v>
       </c>
     </row>
     <row r="43" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B43" t="s">
-        <v>1027</v>
+        <v>998</v>
       </c>
       <c r="C43" t="s">
-        <v>1028</v>
+        <v>999</v>
       </c>
       <c r="D43" t="s">
-        <v>1029</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="44" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B44" t="s">
-        <v>1030</v>
+        <v>1001</v>
       </c>
       <c r="C44" t="s">
-        <v>1031</v>
+        <v>1002</v>
       </c>
       <c r="D44" t="s">
-        <v>1032</v>
+        <v>1003</v>
       </c>
     </row>
     <row r="45" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B45" t="s">
-        <v>1033</v>
+        <v>1004</v>
       </c>
       <c r="C45" t="s">
-        <v>1034</v>
+        <v>1005</v>
       </c>
       <c r="D45" t="s">
-        <v>1035</v>
+        <v>1006</v>
       </c>
     </row>
     <row r="46" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B46" t="s">
-        <v>1036</v>
+        <v>1007</v>
       </c>
       <c r="C46" t="s">
-        <v>1037</v>
+        <v>1008</v>
       </c>
       <c r="D46" t="s">
-        <v>1038</v>
+        <v>1009</v>
       </c>
     </row>
     <row r="47" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B47" t="s">
-        <v>1039</v>
+        <v>1010</v>
       </c>
       <c r="D47" t="s">
-        <v>1040</v>
+        <v>1011</v>
       </c>
     </row>
     <row r="48" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B48" t="s">
-        <v>1041</v>
+        <v>1012</v>
       </c>
       <c r="C48" t="s">
-        <v>721</v>
+        <v>692</v>
       </c>
       <c r="D48" t="s">
-        <v>1042</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="49" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B49" t="s">
-        <v>1043</v>
+        <v>1014</v>
       </c>
       <c r="C49" t="s">
-        <v>724</v>
+        <v>695</v>
       </c>
       <c r="D49" t="s">
-        <v>1044</v>
+        <v>1015</v>
       </c>
     </row>
     <row r="50" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B50" t="s">
-        <v>1045</v>
+        <v>1016</v>
       </c>
       <c r="C50" t="s">
-        <v>727</v>
+        <v>698</v>
       </c>
       <c r="D50" t="s">
-        <v>1046</v>
+        <v>1017</v>
       </c>
     </row>
     <row r="51" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B51" t="s">
-        <v>1047</v>
+        <v>1018</v>
       </c>
       <c r="C51" t="s">
-        <v>732</v>
+        <v>703</v>
       </c>
       <c r="D51" t="s">
-        <v>1048</v>
+        <v>1019</v>
       </c>
     </row>
     <row r="52" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B52" t="s">
-        <v>1049</v>
+        <v>1020</v>
       </c>
       <c r="C52" t="s">
-        <v>735</v>
+        <v>706</v>
       </c>
       <c r="D52" t="s">
-        <v>1050</v>
+        <v>1021</v>
       </c>
     </row>
     <row r="53" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B53" t="s">
-        <v>1051</v>
+        <v>1022</v>
       </c>
       <c r="C53" t="s">
-        <v>738</v>
+        <v>709</v>
       </c>
       <c r="D53" t="s">
-        <v>1052</v>
+        <v>1023</v>
       </c>
     </row>
     <row r="54" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B54" t="s">
-        <v>1053</v>
+        <v>1024</v>
       </c>
       <c r="C54" t="s">
-        <v>741</v>
+        <v>712</v>
       </c>
       <c r="D54" t="s">
-        <v>1054</v>
+        <v>1025</v>
       </c>
     </row>
     <row r="55" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B55" t="s">
-        <v>1055</v>
+        <v>1026</v>
       </c>
       <c r="C55" t="s">
-        <v>1056</v>
+        <v>1027</v>
       </c>
       <c r="D55" t="s">
-        <v>1057</v>
+        <v>1028</v>
       </c>
     </row>
     <row r="56" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B56" t="s">
-        <v>1058</v>
+        <v>1029</v>
       </c>
       <c r="C56" t="s">
-        <v>1059</v>
+        <v>1030</v>
       </c>
       <c r="D56" t="s">
-        <v>1060</v>
+        <v>1031</v>
       </c>
     </row>
     <row r="57" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B57" t="s">
-        <v>1061</v>
+        <v>1032</v>
       </c>
       <c r="C57" t="s">
-        <v>744</v>
+        <v>715</v>
       </c>
       <c r="D57" t="s">
-        <v>1062</v>
+        <v>1033</v>
       </c>
     </row>
     <row r="58" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B58" t="s">
-        <v>1063</v>
+        <v>1034</v>
       </c>
       <c r="C58" t="s">
-        <v>1064</v>
+        <v>1035</v>
       </c>
       <c r="D58" t="s">
-        <v>1065</v>
+        <v>1036</v>
       </c>
     </row>
     <row r="59" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B59" t="s">
-        <v>1066</v>
+        <v>1037</v>
       </c>
       <c r="C59" t="s">
-        <v>1067</v>
+        <v>1038</v>
       </c>
       <c r="D59" t="s">
-        <v>1068</v>
+        <v>1039</v>
       </c>
     </row>
     <row r="60" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B60" t="s">
-        <v>1069</v>
+        <v>1040</v>
       </c>
       <c r="C60" t="s">
-        <v>1070</v>
+        <v>1041</v>
       </c>
       <c r="D60" t="s">
-        <v>1071</v>
+        <v>1042</v>
       </c>
     </row>
     <row r="61" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B61" t="s">
-        <v>1072</v>
+        <v>1043</v>
       </c>
       <c r="C61" t="s">
-        <v>747</v>
+        <v>718</v>
       </c>
       <c r="D61" t="s">
-        <v>1073</v>
+        <v>1044</v>
       </c>
     </row>
     <row r="62" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B62" t="s">
-        <v>1074</v>
+        <v>1045</v>
       </c>
       <c r="C62" t="s">
-        <v>1075</v>
+        <v>1046</v>
       </c>
       <c r="D62" t="s">
-        <v>1076</v>
+        <v>1047</v>
       </c>
     </row>
     <row r="63" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B63" t="s">
-        <v>1077</v>
+        <v>1048</v>
       </c>
       <c r="C63" t="s">
-        <v>1078</v>
+        <v>1049</v>
       </c>
       <c r="D63" t="s">
-        <v>1079</v>
+        <v>1050</v>
       </c>
     </row>
     <row r="64" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B64" t="s">
-        <v>1080</v>
+        <v>1051</v>
       </c>
       <c r="C64" t="s">
-        <v>1081</v>
+        <v>1052</v>
       </c>
       <c r="D64" t="s">
-        <v>1082</v>
+        <v>1053</v>
       </c>
     </row>
     <row r="65" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B65" t="s">
-        <v>1083</v>
+        <v>1054</v>
       </c>
       <c r="C65" t="s">
-        <v>752</v>
+        <v>723</v>
       </c>
       <c r="D65" t="s">
-        <v>1084</v>
+        <v>1055</v>
       </c>
     </row>
     <row r="66" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B66" t="s">
-        <v>1085</v>
+        <v>1056</v>
       </c>
       <c r="C66" t="s">
-        <v>1086</v>
+        <v>1057</v>
       </c>
       <c r="D66" t="s">
-        <v>1087</v>
+        <v>1058</v>
       </c>
     </row>
     <row r="67" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B67" t="s">
-        <v>1088</v>
+        <v>1059</v>
       </c>
       <c r="C67" t="s">
-        <v>1089</v>
+        <v>1060</v>
       </c>
       <c r="D67" t="s">
-        <v>1090</v>
+        <v>1061</v>
       </c>
     </row>
     <row r="68" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B68" t="s">
-        <v>1091</v>
+        <v>1062</v>
       </c>
       <c r="C68" t="s">
-        <v>755</v>
+        <v>726</v>
       </c>
       <c r="D68" t="s">
-        <v>1092</v>
+        <v>1063</v>
       </c>
     </row>
     <row r="69" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B69" t="s">
-        <v>1093</v>
+        <v>1064</v>
       </c>
       <c r="C69" t="s">
-        <v>1094</v>
+        <v>1065</v>
       </c>
       <c r="D69" t="s">
-        <v>1095</v>
+        <v>1066</v>
       </c>
     </row>
     <row r="70" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B70" t="s">
-        <v>1096</v>
+        <v>1067</v>
       </c>
       <c r="C70" t="s">
-        <v>1097</v>
+        <v>1068</v>
       </c>
       <c r="D70" t="s">
-        <v>1098</v>
+        <v>1069</v>
       </c>
     </row>
     <row r="71" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B71" t="s">
-        <v>1099</v>
+        <v>1070</v>
       </c>
       <c r="C71" t="s">
-        <v>758</v>
+        <v>729</v>
       </c>
       <c r="D71" t="s">
-        <v>1100</v>
+        <v>1071</v>
       </c>
     </row>
     <row r="72" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B72" t="s">
-        <v>1101</v>
+        <v>1072</v>
       </c>
       <c r="C72" t="s">
-        <v>1102</v>
+        <v>1073</v>
       </c>
       <c r="D72" t="s">
-        <v>1103</v>
+        <v>1074</v>
       </c>
     </row>
     <row r="73" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B73" t="s">
-        <v>1104</v>
+        <v>1075</v>
       </c>
       <c r="D73" t="s">
-        <v>1105</v>
+        <v>1076</v>
       </c>
     </row>
     <row r="74" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B74" t="s">
-        <v>1106</v>
+        <v>1077</v>
       </c>
       <c r="C74" t="s">
-        <v>1107</v>
+        <v>1078</v>
       </c>
       <c r="D74" t="s">
-        <v>1108</v>
+        <v>1079</v>
       </c>
     </row>
     <row r="75" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B75" t="s">
-        <v>1109</v>
+        <v>1080</v>
       </c>
       <c r="C75" t="s">
-        <v>1110</v>
+        <v>1081</v>
       </c>
       <c r="D75" t="s">
-        <v>1111</v>
+        <v>1082</v>
       </c>
     </row>
     <row r="76" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B76" t="s">
-        <v>1112</v>
+        <v>1083</v>
       </c>
       <c r="C76" t="s">
-        <v>1113</v>
+        <v>1084</v>
       </c>
       <c r="D76" t="s">
-        <v>1114</v>
+        <v>1085</v>
       </c>
     </row>
     <row r="77" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B77" t="s">
-        <v>1115</v>
+        <v>1086</v>
       </c>
       <c r="C77" t="s">
-        <v>1116</v>
+        <v>1087</v>
       </c>
       <c r="D77" t="s">
-        <v>1117</v>
+        <v>1088</v>
       </c>
     </row>
     <row r="78" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B78" t="s">
-        <v>1118</v>
+        <v>1089</v>
       </c>
       <c r="C78" t="s">
-        <v>1119</v>
+        <v>1090</v>
       </c>
       <c r="D78" t="s">
-        <v>1120</v>
+        <v>1091</v>
       </c>
     </row>
     <row r="79" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B79" t="s">
-        <v>1121</v>
+        <v>1092</v>
       </c>
       <c r="C79" t="s">
-        <v>1122</v>
+        <v>1093</v>
       </c>
       <c r="D79" t="s">
-        <v>1123</v>
+        <v>1094</v>
       </c>
     </row>
     <row r="80" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B80" t="s">
-        <v>1124</v>
+        <v>1095</v>
       </c>
       <c r="C80" t="s">
-        <v>1125</v>
+        <v>1096</v>
       </c>
       <c r="D80" t="s">
-        <v>1126</v>
+        <v>1097</v>
       </c>
     </row>
     <row r="81" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B81" t="s">
-        <v>1127</v>
+        <v>1098</v>
       </c>
       <c r="C81" t="s">
-        <v>1128</v>
+        <v>1099</v>
       </c>
       <c r="D81" t="s">
-        <v>1129</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="82" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B82" t="s">
-        <v>1130</v>
+        <v>1101</v>
       </c>
       <c r="C82" t="s">
-        <v>1131</v>
+        <v>1102</v>
       </c>
       <c r="D82" t="s">
-        <v>1132</v>
+        <v>1103</v>
       </c>
     </row>
     <row r="83" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B83" t="s">
-        <v>1133</v>
+        <v>1104</v>
       </c>
       <c r="C83" t="s">
-        <v>1134</v>
+        <v>1105</v>
       </c>
       <c r="D83" t="s">
-        <v>1135</v>
+        <v>1106</v>
       </c>
     </row>
     <row r="84" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B84" t="s">
-        <v>1136</v>
+        <v>1107</v>
       </c>
       <c r="C84" t="s">
-        <v>1137</v>
+        <v>1108</v>
       </c>
       <c r="D84" t="s">
-        <v>1138</v>
+        <v>1109</v>
       </c>
     </row>
     <row r="85" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B85" t="s">
-        <v>1139</v>
+        <v>1110</v>
       </c>
       <c r="C85" t="s">
-        <v>1140</v>
+        <v>1111</v>
       </c>
       <c r="D85" t="s">
-        <v>1141</v>
+        <v>1112</v>
       </c>
     </row>
     <row r="86" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B86" t="s">
-        <v>1142</v>
+        <v>1113</v>
       </c>
       <c r="C86" t="s">
-        <v>1143</v>
+        <v>1114</v>
       </c>
       <c r="D86" t="s">
-        <v>1144</v>
+        <v>1115</v>
       </c>
     </row>
     <row r="87" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B87" t="s">
-        <v>1145</v>
+        <v>1116</v>
       </c>
       <c r="C87" t="s">
-        <v>1146</v>
+        <v>1117</v>
       </c>
       <c r="D87" t="s">
-        <v>1147</v>
+        <v>1118</v>
       </c>
     </row>
     <row r="88" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B88" t="s">
-        <v>1148</v>
+        <v>1119</v>
       </c>
       <c r="C88" t="s">
-        <v>1149</v>
+        <v>1120</v>
       </c>
       <c r="D88" t="s">
-        <v>1150</v>
+        <v>1121</v>
       </c>
     </row>
     <row r="89" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B89" t="s">
-        <v>1151</v>
+        <v>1122</v>
       </c>
       <c r="C89" t="s">
-        <v>1152</v>
+        <v>1123</v>
       </c>
       <c r="D89" t="s">
-        <v>1153</v>
+        <v>1124</v>
       </c>
     </row>
     <row r="90" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B90" t="s">
-        <v>1154</v>
+        <v>1125</v>
       </c>
       <c r="C90" t="s">
-        <v>1155</v>
+        <v>1126</v>
       </c>
       <c r="D90" t="s">
-        <v>1156</v>
+        <v>1127</v>
       </c>
     </row>
     <row r="91" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B91" t="s">
-        <v>1157</v>
+        <v>1128</v>
       </c>
       <c r="C91" t="s">
-        <v>1158</v>
+        <v>1129</v>
       </c>
       <c r="D91" t="s">
-        <v>1159</v>
+        <v>1130</v>
       </c>
     </row>
     <row r="92" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B92" t="s">
-        <v>1160</v>
+        <v>1131</v>
       </c>
       <c r="C92" t="s">
-        <v>1161</v>
+        <v>1132</v>
       </c>
       <c r="D92" t="s">
-        <v>1162</v>
+        <v>1133</v>
       </c>
     </row>
     <row r="93" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B93" t="s">
-        <v>1163</v>
+        <v>1134</v>
       </c>
       <c r="C93" t="s">
-        <v>1164</v>
+        <v>1135</v>
       </c>
       <c r="D93" t="s">
-        <v>1165</v>
+        <v>1136</v>
       </c>
     </row>
     <row r="94" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B94" t="s">
-        <v>1166</v>
+        <v>1137</v>
       </c>
       <c r="D94" t="s">
-        <v>1167</v>
+        <v>1138</v>
       </c>
     </row>
     <row r="95" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B95" t="s">
-        <v>1168</v>
+        <v>1139</v>
       </c>
       <c r="C95" t="s">
-        <v>1169</v>
+        <v>1140</v>
       </c>
       <c r="D95" t="s">
-        <v>1170</v>
+        <v>1141</v>
       </c>
     </row>
     <row r="96" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B96" t="s">
-        <v>1171</v>
+        <v>1142</v>
       </c>
       <c r="C96" t="s">
-        <v>1172</v>
+        <v>1143</v>
       </c>
       <c r="D96" t="s">
-        <v>1173</v>
+        <v>1144</v>
       </c>
     </row>
     <row r="97" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B97" t="s">
-        <v>1174</v>
+        <v>1145</v>
       </c>
       <c r="C97" t="s">
-        <v>1175</v>
+        <v>1146</v>
       </c>
       <c r="D97" t="s">
-        <v>1176</v>
+        <v>1147</v>
       </c>
     </row>
     <row r="98" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B98" t="s">
-        <v>1177</v>
+        <v>1148</v>
       </c>
       <c r="C98" t="s">
-        <v>1178</v>
+        <v>1149</v>
       </c>
       <c r="D98" t="s">
-        <v>1179</v>
+        <v>1150</v>
       </c>
     </row>
     <row r="99" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B99" t="s">
-        <v>1180</v>
+        <v>1151</v>
       </c>
       <c r="C99" t="s">
-        <v>1181</v>
+        <v>1152</v>
       </c>
       <c r="D99" t="s">
-        <v>1182</v>
+        <v>1153</v>
       </c>
     </row>
     <row r="100" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B100" t="s">
-        <v>1183</v>
+        <v>1154</v>
       </c>
       <c r="C100" t="s">
-        <v>1184</v>
+        <v>1155</v>
       </c>
       <c r="D100" t="s">
-        <v>1185</v>
+        <v>1156</v>
       </c>
     </row>
     <row r="101" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B101" t="s">
-        <v>1186</v>
+        <v>1157</v>
       </c>
       <c r="C101" t="s">
-        <v>1187</v>
+        <v>1158</v>
       </c>
       <c r="D101" t="s">
-        <v>1188</v>
+        <v>1159</v>
       </c>
     </row>
     <row r="102" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B102" t="s">
-        <v>1189</v>
+        <v>1160</v>
       </c>
       <c r="C102" t="s">
-        <v>1190</v>
+        <v>1161</v>
       </c>
       <c r="D102" t="s">
-        <v>1191</v>
+        <v>1162</v>
       </c>
     </row>
     <row r="103" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B103" t="s">
-        <v>1192</v>
+        <v>1163</v>
       </c>
       <c r="C103" t="s">
-        <v>1193</v>
+        <v>1164</v>
       </c>
       <c r="D103" t="s">
-        <v>1194</v>
+        <v>1165</v>
       </c>
     </row>
     <row r="104" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B104" t="s">
-        <v>1195</v>
+        <v>1166</v>
       </c>
       <c r="C104" t="s">
-        <v>1196</v>
+        <v>1167</v>
       </c>
       <c r="D104" t="s">
-        <v>1197</v>
+        <v>1168</v>
       </c>
     </row>
     <row r="105" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B105" t="s">
-        <v>1198</v>
+        <v>1169</v>
       </c>
       <c r="C105" t="s">
-        <v>1199</v>
+        <v>1170</v>
       </c>
       <c r="D105" t="s">
-        <v>1200</v>
+        <v>1171</v>
       </c>
     </row>
     <row r="106" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B106" t="s">
-        <v>1201</v>
+        <v>1172</v>
       </c>
       <c r="C106" t="s">
-        <v>1202</v>
+        <v>1173</v>
       </c>
       <c r="D106" t="s">
-        <v>1203</v>
+        <v>1174</v>
       </c>
     </row>
     <row r="107" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B107" t="s">
-        <v>1204</v>
+        <v>1175</v>
       </c>
       <c r="C107" t="s">
-        <v>1205</v>
+        <v>1176</v>
       </c>
       <c r="D107" t="s">
-        <v>1206</v>
+        <v>1177</v>
       </c>
     </row>
     <row r="108" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B108" t="s">
-        <v>1207</v>
+        <v>1178</v>
       </c>
       <c r="C108" t="s">
-        <v>1208</v>
+        <v>1179</v>
       </c>
       <c r="D108" t="s">
-        <v>1209</v>
+        <v>1180</v>
       </c>
     </row>
     <row r="109" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B109" t="s">
-        <v>1210</v>
+        <v>1181</v>
       </c>
       <c r="C109" t="s">
-        <v>1211</v>
+        <v>1182</v>
       </c>
       <c r="D109" t="s">
-        <v>1212</v>
+        <v>1183</v>
       </c>
     </row>
     <row r="110" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B110" t="s">
-        <v>1213</v>
+        <v>1184</v>
       </c>
       <c r="C110" t="s">
-        <v>1214</v>
+        <v>1185</v>
       </c>
       <c r="D110" t="s">
-        <v>1215</v>
+        <v>1186</v>
       </c>
     </row>
     <row r="111" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B111" t="s">
-        <v>1216</v>
+        <v>1187</v>
       </c>
       <c r="C111" t="s">
-        <v>1217</v>
+        <v>1188</v>
       </c>
       <c r="D111" t="s">
-        <v>1218</v>
+        <v>1189</v>
       </c>
     </row>
     <row r="112" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B112" t="s">
-        <v>1219</v>
+        <v>1190</v>
       </c>
       <c r="C112" t="s">
-        <v>1220</v>
+        <v>1191</v>
       </c>
       <c r="D112" t="s">
-        <v>1221</v>
+        <v>1192</v>
       </c>
     </row>
     <row r="113" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B113" t="s">
-        <v>1222</v>
+        <v>1193</v>
       </c>
       <c r="C113" t="s">
-        <v>1223</v>
+        <v>1194</v>
       </c>
       <c r="D113" t="s">
-        <v>1224</v>
+        <v>1195</v>
       </c>
     </row>
     <row r="114" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B114" t="s">
-        <v>1225</v>
+        <v>1196</v>
       </c>
       <c r="C114" t="s">
-        <v>1226</v>
+        <v>1197</v>
       </c>
       <c r="D114" t="s">
-        <v>1227</v>
+        <v>1198</v>
       </c>
     </row>
     <row r="115" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B115" t="s">
-        <v>1228</v>
+        <v>1199</v>
       </c>
       <c r="C115" t="s">
-        <v>1229</v>
+        <v>1200</v>
       </c>
       <c r="D115" t="s">
-        <v>1230</v>
+        <v>1201</v>
       </c>
     </row>
     <row r="116" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B116" t="s">
-        <v>1231</v>
+        <v>1202</v>
       </c>
       <c r="C116" t="s">
-        <v>1232</v>
+        <v>1203</v>
       </c>
       <c r="D116" t="s">
-        <v>1233</v>
+        <v>1204</v>
       </c>
     </row>
     <row r="117" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B117" t="s">
-        <v>1234</v>
+        <v>1205</v>
       </c>
       <c r="C117" t="s">
-        <v>1235</v>
+        <v>1206</v>
       </c>
       <c r="D117" t="s">
-        <v>1236</v>
+        <v>1207</v>
       </c>
     </row>
     <row r="118" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B118" t="s">
-        <v>1237</v>
+        <v>1208</v>
       </c>
       <c r="C118" t="s">
-        <v>1238</v>
+        <v>1209</v>
       </c>
       <c r="D118" t="s">
-        <v>1239</v>
+        <v>1210</v>
       </c>
     </row>
     <row r="119" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B119" t="s">
-        <v>1240</v>
+        <v>1211</v>
       </c>
       <c r="C119" t="s">
-        <v>1241</v>
+        <v>1212</v>
       </c>
       <c r="D119" t="s">
-        <v>1242</v>
+        <v>1213</v>
       </c>
     </row>
     <row r="120" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B120" t="s">
-        <v>1243</v>
+        <v>1214</v>
       </c>
       <c r="D120" t="s">
-        <v>1244</v>
+        <v>1215</v>
       </c>
     </row>
     <row r="121" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B121" t="s">
-        <v>1245</v>
+        <v>1216</v>
       </c>
       <c r="C121" t="s">
-        <v>1246</v>
+        <v>1217</v>
       </c>
       <c r="D121" t="s">
-        <v>1247</v>
+        <v>1218</v>
       </c>
     </row>
     <row r="122" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B122" t="s">
-        <v>1248</v>
+        <v>1219</v>
       </c>
       <c r="C122" t="s">
-        <v>1249</v>
+        <v>1220</v>
       </c>
       <c r="D122" t="s">
-        <v>1250</v>
+        <v>1221</v>
       </c>
     </row>
     <row r="123" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B123" t="s">
-        <v>1251</v>
+        <v>1222</v>
       </c>
       <c r="C123" t="s">
-        <v>1252</v>
+        <v>1223</v>
       </c>
       <c r="D123" t="s">
-        <v>1253</v>
+        <v>1224</v>
       </c>
     </row>
     <row r="124" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B124" t="s">
-        <v>1254</v>
+        <v>1225</v>
       </c>
       <c r="C124" t="s">
-        <v>1255</v>
+        <v>1226</v>
       </c>
       <c r="D124" t="s">
-        <v>1256</v>
+        <v>1227</v>
       </c>
     </row>
     <row r="125" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B125" t="s">
-        <v>1257</v>
+        <v>1228</v>
       </c>
       <c r="D125" t="s">
-        <v>1258</v>
+        <v>1229</v>
       </c>
     </row>
     <row r="126" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B126" t="s">
-        <v>1259</v>
+        <v>1230</v>
       </c>
       <c r="C126" t="s">
-        <v>1260</v>
+        <v>1231</v>
       </c>
       <c r="D126" t="s">
-        <v>1261</v>
+        <v>1232</v>
       </c>
     </row>
     <row r="127" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B127" t="s">
-        <v>1262</v>
+        <v>1233</v>
       </c>
       <c r="C127" t="s">
-        <v>1263</v>
+        <v>1234</v>
       </c>
       <c r="D127" t="s">
-        <v>1264</v>
+        <v>1235</v>
       </c>
     </row>
     <row r="128" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B128" t="s">
-        <v>1265</v>
+        <v>1236</v>
       </c>
       <c r="C128" t="s">
-        <v>1266</v>
+        <v>1237</v>
       </c>
       <c r="D128" t="s">
-        <v>1267</v>
+        <v>1238</v>
       </c>
     </row>
     <row r="129" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B129" t="s">
-        <v>1268</v>
+        <v>1239</v>
       </c>
       <c r="C129" t="s">
-        <v>1269</v>
+        <v>1240</v>
       </c>
       <c r="D129" t="s">
-        <v>1270</v>
+        <v>1241</v>
       </c>
     </row>
     <row r="130" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B130" t="s">
-        <v>1271</v>
+        <v>1242</v>
       </c>
       <c r="C130" t="s">
-        <v>1272</v>
+        <v>1243</v>
       </c>
       <c r="D130" t="s">
-        <v>1273</v>
+        <v>1244</v>
       </c>
     </row>
     <row r="131" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B131" t="s">
-        <v>1274</v>
+        <v>1245</v>
       </c>
       <c r="C131" t="s">
-        <v>1275</v>
+        <v>1246</v>
       </c>
       <c r="D131" t="s">
-        <v>1276</v>
+        <v>1247</v>
       </c>
     </row>
     <row r="132" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B132" t="s">
-        <v>1277</v>
+        <v>1248</v>
       </c>
       <c r="D132" t="s">
-        <v>1278</v>
+        <v>1249</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0700-000000000000}">
   <dimension ref="A1:D134"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>107</v>
+        <v>78</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>108</v>
+        <v>79</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>109</v>
+        <v>80</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="B2" t="s">
-        <v>32</v>
+        <v>24</v>
       </c>
       <c r="D2" t="s">
-        <v>34</v>
+        <v>25</v>
       </c>
     </row>
     <row r="3" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
-        <v>1279</v>
+        <v>1250</v>
       </c>
       <c r="B3" t="s">
-        <v>113</v>
+        <v>84</v>
       </c>
       <c r="D3" t="s">
-        <v>1281</v>
+        <v>1252</v>
       </c>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A4" t="s">
-        <v>1280</v>
+        <v>1251</v>
       </c>
       <c r="B4" t="s">
-        <v>1282</v>
+        <v>1253</v>
       </c>
       <c r="D4" t="s">
-        <v>1283</v>
+        <v>1254</v>
       </c>
     </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B5" t="s">
-        <v>1284</v>
+        <v>1255</v>
       </c>
       <c r="D5" t="s">
-        <v>1285</v>
+        <v>1256</v>
       </c>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B6" t="s">
-        <v>1286</v>
+        <v>1257</v>
       </c>
       <c r="D6" t="s">
-        <v>1287</v>
+        <v>1258</v>
       </c>
     </row>
     <row r="7" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B7" t="s">
-        <v>1288</v>
+        <v>1259</v>
       </c>
       <c r="D7" t="s">
-        <v>1289</v>
+        <v>1260</v>
       </c>
     </row>
     <row r="8" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B8" t="s">
-        <v>1290</v>
+        <v>1261</v>
       </c>
       <c r="C8" t="s">
-        <v>677</v>
+        <v>648</v>
       </c>
       <c r="D8" t="s">
-        <v>1291</v>
+        <v>1262</v>
       </c>
     </row>
     <row r="9" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B9" t="s">
-        <v>1292</v>
+        <v>1263</v>
       </c>
       <c r="C9" t="s">
-        <v>680</v>
+        <v>651</v>
       </c>
       <c r="D9" t="s">
-        <v>1293</v>
+        <v>1264</v>
       </c>
     </row>
     <row r="10" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B10" t="s">
-        <v>1294</v>
+        <v>1265</v>
       </c>
       <c r="C10" t="s">
-        <v>683</v>
+        <v>654</v>
       </c>
       <c r="D10" t="s">
-        <v>1295</v>
+        <v>1266</v>
       </c>
     </row>
     <row r="11" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B11" t="s">
-        <v>1296</v>
+        <v>1267</v>
       </c>
       <c r="C11" t="s">
-        <v>686</v>
+        <v>657</v>
       </c>
       <c r="D11" t="s">
-        <v>1297</v>
+        <v>1268</v>
       </c>
     </row>
     <row r="12" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B12" t="s">
-        <v>1298</v>
+        <v>1269</v>
       </c>
       <c r="D12" t="s">
-        <v>1299</v>
+        <v>1270</v>
       </c>
     </row>
     <row r="13" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B13" t="s">
-        <v>1300</v>
+        <v>1271</v>
       </c>
       <c r="C13" t="s">
-        <v>689</v>
+        <v>660</v>
       </c>
       <c r="D13" t="s">
-        <v>1301</v>
+        <v>1272</v>
       </c>
     </row>
     <row r="14" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B14" t="s">
-        <v>1302</v>
+        <v>1273</v>
       </c>
       <c r="C14" t="s">
-        <v>692</v>
+        <v>663</v>
       </c>
       <c r="D14" t="s">
-        <v>1303</v>
+        <v>1274</v>
       </c>
     </row>
     <row r="15" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B15" t="s">
-        <v>1304</v>
+        <v>1275</v>
       </c>
       <c r="C15" t="s">
-        <v>695</v>
+        <v>666</v>
       </c>
       <c r="D15" t="s">
-        <v>1305</v>
+        <v>1276</v>
       </c>
     </row>
     <row r="16" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B16" t="s">
-        <v>1306</v>
+        <v>1277</v>
       </c>
       <c r="C16" t="s">
-        <v>700</v>
+        <v>671</v>
       </c>
       <c r="D16" t="s">
-        <v>1307</v>
+        <v>1278</v>
       </c>
     </row>
     <row r="17" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B17" t="s">
-        <v>1308</v>
+        <v>1279</v>
       </c>
       <c r="C17" t="s">
-        <v>703</v>
+        <v>674</v>
       </c>
       <c r="D17" t="s">
-        <v>1309</v>
+        <v>1280</v>
       </c>
     </row>
     <row r="18" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B18" t="s">
-        <v>1310</v>
+        <v>1281</v>
       </c>
       <c r="C18" t="s">
-        <v>706</v>
+        <v>677</v>
       </c>
       <c r="D18" t="s">
-        <v>1311</v>
+        <v>1282</v>
       </c>
     </row>
     <row r="19" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B19" t="s">
-        <v>1312</v>
+        <v>1283</v>
       </c>
       <c r="C19" t="s">
-        <v>709</v>
+        <v>680</v>
       </c>
       <c r="D19" t="s">
-        <v>1313</v>
+        <v>1284</v>
       </c>
     </row>
     <row r="20" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B20" t="s">
-        <v>1314</v>
+        <v>1285</v>
       </c>
       <c r="C20" t="s">
-        <v>712</v>
+        <v>683</v>
       </c>
       <c r="D20" t="s">
-        <v>1315</v>
+        <v>1286</v>
       </c>
     </row>
     <row r="21" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B21" t="s">
-        <v>819</v>
+        <v>790</v>
       </c>
       <c r="C21" t="s">
-        <v>715</v>
+        <v>686</v>
       </c>
       <c r="D21" t="s">
-        <v>1316</v>
+        <v>1287</v>
       </c>
     </row>
     <row r="22" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B22" t="s">
-        <v>1317</v>
+        <v>1288</v>
       </c>
       <c r="C22" t="s">
-        <v>718</v>
+        <v>689</v>
       </c>
       <c r="D22" t="s">
-        <v>1318</v>
+        <v>1289</v>
       </c>
     </row>
     <row r="23" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B23" t="s">
-        <v>1319</v>
+        <v>1290</v>
       </c>
       <c r="C23" t="s">
-        <v>721</v>
+        <v>692</v>
       </c>
       <c r="D23" t="s">
-        <v>1320</v>
+        <v>1291</v>
       </c>
     </row>
     <row r="24" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B24" t="s">
-        <v>1321</v>
+        <v>1292</v>
       </c>
       <c r="C24" t="s">
-        <v>724</v>
+        <v>695</v>
       </c>
       <c r="D24" t="s">
-        <v>1322</v>
+        <v>1293</v>
       </c>
     </row>
     <row r="25" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B25" t="s">
-        <v>1323</v>
+        <v>1294</v>
       </c>
       <c r="C25" t="s">
-        <v>727</v>
+        <v>698</v>
       </c>
       <c r="D25" t="s">
-        <v>1324</v>
+        <v>1295</v>
       </c>
     </row>
     <row r="26" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B26" t="s">
-        <v>1325</v>
+        <v>1296</v>
       </c>
       <c r="C26" t="s">
-        <v>732</v>
+        <v>703</v>
       </c>
       <c r="D26" t="s">
-        <v>1326</v>
+        <v>1297</v>
       </c>
     </row>
     <row r="27" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B27" t="s">
-        <v>1327</v>
+        <v>1298</v>
       </c>
       <c r="C27" t="s">
-        <v>735</v>
+        <v>706</v>
       </c>
       <c r="D27" t="s">
-        <v>1328</v>
+        <v>1299</v>
       </c>
     </row>
     <row r="28" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B28" t="s">
-        <v>1329</v>
+        <v>1300</v>
       </c>
       <c r="C28" t="s">
-        <v>738</v>
+        <v>709</v>
       </c>
       <c r="D28" t="s">
-        <v>1330</v>
+        <v>1301</v>
       </c>
     </row>
     <row r="29" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B29" t="s">
-        <v>1331</v>
+        <v>1302</v>
       </c>
       <c r="C29" t="s">
-        <v>741</v>
+        <v>712</v>
       </c>
       <c r="D29" t="s">
-        <v>1332</v>
+        <v>1303</v>
       </c>
     </row>
     <row r="30" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B30" t="s">
-        <v>1333</v>
+        <v>1304</v>
       </c>
       <c r="D30" t="s">
-        <v>1334</v>
+        <v>1305</v>
       </c>
     </row>
     <row r="31" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B31" t="s">
-        <v>1335</v>
+        <v>1306</v>
       </c>
       <c r="C31" t="s">
-        <v>744</v>
+        <v>715</v>
       </c>
       <c r="D31" t="s">
-        <v>1336</v>
+        <v>1307</v>
       </c>
     </row>
     <row r="32" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B32" t="s">
-        <v>1337</v>
+        <v>1308</v>
       </c>
       <c r="D32" t="s">
-        <v>1338</v>
+        <v>1309</v>
       </c>
     </row>
     <row r="33" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B33" t="s">
-        <v>1339</v>
+        <v>1310</v>
       </c>
       <c r="C33" t="s">
-        <v>747</v>
+        <v>718</v>
       </c>
       <c r="D33" t="s">
-        <v>1340</v>
+        <v>1311</v>
       </c>
     </row>
     <row r="34" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B34" t="s">
-        <v>1341</v>
+        <v>1312</v>
       </c>
       <c r="C34" t="s">
-        <v>752</v>
+        <v>723</v>
       </c>
       <c r="D34" t="s">
-        <v>1342</v>
+        <v>1313</v>
       </c>
     </row>
     <row r="35" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B35" t="s">
-        <v>1343</v>
+        <v>1314</v>
       </c>
       <c r="C35" t="s">
-        <v>755</v>
+        <v>726</v>
       </c>
       <c r="D35" t="s">
-        <v>1344</v>
+        <v>1315</v>
       </c>
     </row>
     <row r="36" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B36" t="s">
-        <v>1345</v>
+        <v>1316</v>
       </c>
       <c r="C36" t="s">
-        <v>758</v>
+        <v>729</v>
       </c>
       <c r="D36" t="s">
-        <v>1346</v>
+        <v>1317</v>
       </c>
     </row>
     <row r="37" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B37" t="s">
-        <v>1347</v>
+        <v>1318</v>
       </c>
       <c r="C37" t="s">
-        <v>1102</v>
+        <v>1073</v>
       </c>
       <c r="D37" t="s">
-        <v>1348</v>
+        <v>1319</v>
       </c>
     </row>
     <row r="38" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B38" t="s">
-        <v>1349</v>
+        <v>1320</v>
       </c>
       <c r="C38" t="s">
-        <v>1107</v>
+        <v>1078</v>
       </c>
       <c r="D38" t="s">
-        <v>1350</v>
+        <v>1321</v>
       </c>
     </row>
     <row r="39" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B39" t="s">
-        <v>1351</v>
+        <v>1322</v>
       </c>
       <c r="C39" t="s">
-        <v>1110</v>
+        <v>1081</v>
       </c>
       <c r="D39" t="s">
-        <v>1352</v>
+        <v>1323</v>
       </c>
     </row>
     <row r="40" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B40" t="s">
-        <v>1353</v>
+        <v>1324</v>
       </c>
       <c r="D40" t="s">
-        <v>1354</v>
+        <v>1325</v>
       </c>
     </row>
     <row r="41" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B41" t="s">
-        <v>1355</v>
+        <v>1326</v>
       </c>
       <c r="C41" t="s">
-        <v>1113</v>
+        <v>1084</v>
       </c>
       <c r="D41" t="s">
-        <v>1356</v>
+        <v>1327</v>
       </c>
     </row>
     <row r="42" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B42" t="s">
-        <v>1357</v>
+        <v>1328</v>
       </c>
       <c r="C42" t="s">
-        <v>1116</v>
+        <v>1087</v>
       </c>
       <c r="D42" t="s">
-        <v>1358</v>
+        <v>1329</v>
       </c>
     </row>
     <row r="43" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B43" t="s">
-        <v>1359</v>
+        <v>1330</v>
       </c>
       <c r="C43" t="s">
-        <v>1119</v>
+        <v>1090</v>
       </c>
       <c r="D43" t="s">
-        <v>1360</v>
+        <v>1331</v>
       </c>
     </row>
     <row r="44" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B44" t="s">
-        <v>1361</v>
+        <v>1332</v>
       </c>
       <c r="D44" t="s">
-        <v>1362</v>
+        <v>1333</v>
       </c>
     </row>
     <row r="45" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B45" t="s">
-        <v>1363</v>
+        <v>1334</v>
       </c>
       <c r="C45" t="s">
-        <v>1131</v>
+        <v>1102</v>
       </c>
       <c r="D45" t="s">
-        <v>1364</v>
+        <v>1335</v>
       </c>
     </row>
     <row r="46" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B46" t="s">
-        <v>1365</v>
+        <v>1336</v>
       </c>
       <c r="C46" t="s">
-        <v>1146</v>
+        <v>1117</v>
       </c>
       <c r="D46" t="s">
-        <v>1366</v>
+        <v>1337</v>
       </c>
     </row>
     <row r="47" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B47" t="s">
-        <v>1367</v>
+        <v>1338</v>
       </c>
       <c r="C47" t="s">
-        <v>1161</v>
+        <v>1132</v>
       </c>
       <c r="D47" t="s">
-        <v>1368</v>
+        <v>1339</v>
       </c>
     </row>
     <row r="48" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B48" t="s">
-        <v>1369</v>
+        <v>1340</v>
       </c>
       <c r="C48" t="s">
-        <v>1164</v>
+        <v>1135</v>
       </c>
       <c r="D48" t="s">
-        <v>1370</v>
+        <v>1341</v>
       </c>
     </row>
     <row r="49" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B49" t="s">
-        <v>1371</v>
+        <v>1342</v>
       </c>
       <c r="C49" t="s">
-        <v>1169</v>
+        <v>1140</v>
       </c>
       <c r="D49" t="s">
-        <v>1372</v>
+        <v>1343</v>
       </c>
     </row>
     <row r="50" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B50" t="s">
-        <v>1373</v>
+        <v>1344</v>
       </c>
       <c r="C50" t="s">
-        <v>1172</v>
+        <v>1143</v>
       </c>
       <c r="D50" t="s">
-        <v>1374</v>
+        <v>1345</v>
       </c>
     </row>
     <row r="51" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B51" t="s">
-        <v>1375</v>
+        <v>1346</v>
       </c>
       <c r="C51" t="s">
-        <v>1175</v>
+        <v>1146</v>
       </c>
       <c r="D51" t="s">
-        <v>1376</v>
+        <v>1347</v>
       </c>
     </row>
     <row r="52" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B52" t="s">
-        <v>1377</v>
+        <v>1348</v>
       </c>
       <c r="C52" t="s">
-        <v>1184</v>
+        <v>1155</v>
       </c>
       <c r="D52" t="s">
-        <v>1378</v>
+        <v>1349</v>
       </c>
     </row>
     <row r="53" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B53" t="s">
-        <v>1379</v>
+        <v>1350</v>
       </c>
       <c r="C53" t="s">
-        <v>1187</v>
+        <v>1158</v>
       </c>
       <c r="D53" t="s">
-        <v>1380</v>
+        <v>1351</v>
       </c>
     </row>
     <row r="54" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B54" t="s">
-        <v>1381</v>
+        <v>1352</v>
       </c>
       <c r="C54" t="s">
-        <v>1190</v>
+        <v>1161</v>
       </c>
       <c r="D54" t="s">
-        <v>1382</v>
+        <v>1353</v>
       </c>
     </row>
     <row r="55" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B55" t="s">
-        <v>1383</v>
+        <v>1354</v>
       </c>
       <c r="D55" t="s">
-        <v>1384</v>
+        <v>1355</v>
       </c>
     </row>
     <row r="56" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B56" t="s">
-        <v>1385</v>
+        <v>1356</v>
       </c>
       <c r="C56" t="s">
-        <v>1193</v>
+        <v>1164</v>
       </c>
       <c r="D56" t="s">
-        <v>1386</v>
+        <v>1357</v>
       </c>
     </row>
     <row r="57" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B57" t="s">
-        <v>1387</v>
+        <v>1358</v>
       </c>
       <c r="C57" t="s">
-        <v>1202</v>
+        <v>1173</v>
       </c>
       <c r="D57" t="s">
-        <v>1388</v>
+        <v>1359</v>
       </c>
     </row>
     <row r="58" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B58" t="s">
-        <v>1389</v>
+        <v>1360</v>
       </c>
       <c r="C58" t="s">
-        <v>1229</v>
+        <v>1200</v>
       </c>
       <c r="D58" t="s">
-        <v>1390</v>
+        <v>1361</v>
       </c>
     </row>
     <row r="59" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B59" t="s">
-        <v>1391</v>
+        <v>1362</v>
       </c>
       <c r="C59" t="s">
-        <v>1246</v>
+        <v>1217</v>
       </c>
       <c r="D59" t="s">
-        <v>1392</v>
+        <v>1363</v>
       </c>
     </row>
     <row r="60" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B60" t="s">
-        <v>1393</v>
+        <v>1364</v>
       </c>
       <c r="C60" t="s">
-        <v>1249</v>
+        <v>1220</v>
       </c>
       <c r="D60" t="s">
-        <v>1394</v>
+        <v>1365</v>
       </c>
     </row>
     <row r="61" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B61" t="s">
-        <v>1395</v>
+        <v>1366</v>
       </c>
       <c r="D61" t="s">
-        <v>1396</v>
+        <v>1367</v>
       </c>
     </row>
     <row r="62" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B62" t="s">
-        <v>1397</v>
+        <v>1368</v>
       </c>
       <c r="C62" t="s">
-        <v>1252</v>
+        <v>1223</v>
       </c>
       <c r="D62" t="s">
-        <v>1398</v>
+        <v>1369</v>
       </c>
     </row>
     <row r="63" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B63" t="s">
-        <v>1399</v>
+        <v>1370</v>
       </c>
       <c r="C63" t="s">
-        <v>1255</v>
+        <v>1226</v>
       </c>
       <c r="D63" t="s">
-        <v>1400</v>
+        <v>1371</v>
       </c>
     </row>
     <row r="64" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B64" t="s">
-        <v>1401</v>
+        <v>1372</v>
       </c>
       <c r="C64" t="s">
-        <v>1260</v>
+        <v>1231</v>
       </c>
       <c r="D64" t="s">
-        <v>1402</v>
+        <v>1373</v>
       </c>
     </row>
     <row r="65" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B65" t="s">
-        <v>1403</v>
+        <v>1374</v>
       </c>
       <c r="C65" t="s">
-        <v>1263</v>
+        <v>1234</v>
       </c>
       <c r="D65" t="s">
-        <v>1404</v>
+        <v>1375</v>
       </c>
     </row>
     <row r="66" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B66" t="s">
-        <v>1405</v>
+        <v>1376</v>
       </c>
       <c r="C66" t="s">
-        <v>1266</v>
+        <v>1237</v>
       </c>
       <c r="D66" t="s">
-        <v>1406</v>
+        <v>1377</v>
       </c>
     </row>
     <row r="67" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B67" t="s">
-        <v>1407</v>
+        <v>1378</v>
       </c>
       <c r="D67" t="s">
-        <v>1408</v>
+        <v>1379</v>
       </c>
     </row>
     <row r="68" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B68" t="s">
-        <v>1409</v>
+        <v>1380</v>
       </c>
       <c r="C68" t="s">
-        <v>1269</v>
+        <v>1240</v>
       </c>
       <c r="D68" t="s">
-        <v>1410</v>
+        <v>1381</v>
       </c>
     </row>
     <row r="69" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B69" t="s">
-        <v>1411</v>
+        <v>1382</v>
       </c>
       <c r="D69" t="s">
-        <v>1412</v>
+        <v>1383</v>
       </c>
     </row>
     <row r="70" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B70" t="s">
-        <v>1413</v>
+        <v>1384</v>
       </c>
       <c r="C70" t="s">
-        <v>1272</v>
+        <v>1243</v>
       </c>
       <c r="D70" t="s">
-        <v>1414</v>
+        <v>1385</v>
       </c>
     </row>
     <row r="71" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B71" t="s">
-        <v>1415</v>
+        <v>1386</v>
       </c>
       <c r="C71" t="s">
-        <v>1275</v>
+        <v>1246</v>
       </c>
       <c r="D71" t="s">
-        <v>1416</v>
+        <v>1387</v>
       </c>
     </row>
     <row r="72" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B72" t="s">
-        <v>1417</v>
+        <v>1388</v>
       </c>
       <c r="C72" t="s">
-        <v>1418</v>
+        <v>1389</v>
       </c>
       <c r="D72" t="s">
-        <v>1419</v>
+        <v>1390</v>
       </c>
     </row>
     <row r="73" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B73" t="s">
-        <v>1420</v>
+        <v>1391</v>
       </c>
       <c r="C73" t="s">
-        <v>1421</v>
+        <v>1392</v>
       </c>
       <c r="D73" t="s">
-        <v>1422</v>
+        <v>1393</v>
       </c>
     </row>
     <row r="74" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B74" t="s">
-        <v>1423</v>
+        <v>1394</v>
       </c>
       <c r="C74" t="s">
-        <v>1424</v>
+        <v>1395</v>
       </c>
       <c r="D74" t="s">
-        <v>1425</v>
+        <v>1396</v>
       </c>
     </row>
     <row r="75" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B75" t="s">
-        <v>1426</v>
+        <v>1397</v>
       </c>
       <c r="C75" t="s">
-        <v>1427</v>
+        <v>1398</v>
       </c>
       <c r="D75" t="s">
-        <v>1428</v>
+        <v>1399</v>
       </c>
     </row>
     <row r="76" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B76" t="s">
-        <v>1429</v>
+        <v>1400</v>
       </c>
       <c r="D76" t="s">
-        <v>1430</v>
+        <v>1401</v>
       </c>
     </row>
     <row r="77" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B77" t="s">
-        <v>1431</v>
+        <v>1402</v>
       </c>
       <c r="C77" t="s">
-        <v>1432</v>
+        <v>1403</v>
       </c>
       <c r="D77" t="s">
-        <v>1433</v>
+        <v>1404</v>
       </c>
     </row>
     <row r="78" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B78" t="s">
-        <v>1434</v>
+        <v>1405</v>
       </c>
       <c r="C78" t="s">
-        <v>1435</v>
+        <v>1406</v>
       </c>
       <c r="D78" t="s">
-        <v>1436</v>
+        <v>1407</v>
       </c>
     </row>
     <row r="79" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B79" t="s">
-        <v>1437</v>
+        <v>1408</v>
       </c>
       <c r="D79" t="s">
-        <v>1438</v>
+        <v>1409</v>
       </c>
     </row>
     <row r="80" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B80" t="s">
-        <v>1439</v>
+        <v>1410</v>
       </c>
       <c r="C80" t="s">
-        <v>1440</v>
+        <v>1411</v>
       </c>
       <c r="D80" t="s">
-        <v>1441</v>
+        <v>1412</v>
       </c>
     </row>
     <row r="81" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B81" t="s">
-        <v>1442</v>
+        <v>1413</v>
       </c>
       <c r="C81" t="s">
-        <v>1443</v>
+        <v>1414</v>
       </c>
       <c r="D81" t="s">
-        <v>1444</v>
+        <v>1415</v>
       </c>
     </row>
     <row r="82" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B82" t="s">
-        <v>1445</v>
+        <v>1416</v>
       </c>
       <c r="D82" t="s">
-        <v>1446</v>
+        <v>1417</v>
       </c>
     </row>
     <row r="83" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B83" t="s">
-        <v>1447</v>
+        <v>1418</v>
       </c>
       <c r="C83" t="s">
-        <v>1448</v>
+        <v>1419</v>
       </c>
       <c r="D83" t="s">
-        <v>1449</v>
+        <v>1420</v>
       </c>
     </row>
     <row r="84" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B84" t="s">
-        <v>1450</v>
+        <v>1421</v>
       </c>
       <c r="D84" t="s">
-        <v>1451</v>
+        <v>1422</v>
       </c>
     </row>
     <row r="85" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B85" t="s">
-        <v>1452</v>
+        <v>1423</v>
       </c>
       <c r="C85" t="s">
-        <v>1453</v>
+        <v>1424</v>
       </c>
       <c r="D85" t="s">
-        <v>1454</v>
+        <v>1425</v>
       </c>
     </row>
     <row r="86" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B86" t="s">
-        <v>1455</v>
+        <v>1426</v>
       </c>
       <c r="D86" t="s">
-        <v>1456</v>
+        <v>1427</v>
       </c>
     </row>
     <row r="87" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B87" t="s">
-        <v>1457</v>
+        <v>1428</v>
       </c>
       <c r="C87" t="s">
-        <v>1458</v>
+        <v>1429</v>
       </c>
       <c r="D87" t="s">
-        <v>1459</v>
+        <v>1430</v>
       </c>
     </row>
     <row r="88" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B88" t="s">
-        <v>1460</v>
+        <v>1431</v>
       </c>
       <c r="C88" t="s">
-        <v>1461</v>
+        <v>1432</v>
       </c>
       <c r="D88" t="s">
-        <v>1462</v>
+        <v>1433</v>
       </c>
     </row>
     <row r="89" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B89" t="s">
-        <v>1463</v>
+        <v>1434</v>
       </c>
       <c r="C89" t="s">
-        <v>1464</v>
+        <v>1435</v>
       </c>
       <c r="D89" t="s">
-        <v>1465</v>
+        <v>1436</v>
       </c>
     </row>
     <row r="90" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B90" t="s">
-        <v>1466</v>
+        <v>1437</v>
       </c>
       <c r="C90" t="s">
-        <v>1467</v>
+        <v>1438</v>
       </c>
       <c r="D90" t="s">
-        <v>1468</v>
+        <v>1439</v>
       </c>
     </row>
     <row r="91" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B91" t="s">
-        <v>1469</v>
+        <v>1440</v>
       </c>
       <c r="D91" t="s">
-        <v>1470</v>
+        <v>1441</v>
       </c>
     </row>
     <row r="92" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B92" t="s">
-        <v>1471</v>
+        <v>1442</v>
       </c>
       <c r="C92" t="s">
-        <v>1472</v>
+        <v>1443</v>
       </c>
       <c r="D92" t="s">
-        <v>1473</v>
+        <v>1444</v>
       </c>
     </row>
     <row r="93" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B93" t="s">
-        <v>1474</v>
+        <v>1445</v>
       </c>
       <c r="C93" t="s">
-        <v>1475</v>
+        <v>1446</v>
       </c>
       <c r="D93" t="s">
-        <v>1476</v>
+        <v>1447</v>
       </c>
     </row>
     <row r="94" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B94" t="s">
-        <v>1477</v>
+        <v>1448</v>
       </c>
       <c r="C94" t="s">
-        <v>1478</v>
+        <v>1449</v>
       </c>
       <c r="D94" t="s">
-        <v>1479</v>
+        <v>1450</v>
       </c>
     </row>
     <row r="95" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B95" t="s">
-        <v>1480</v>
+        <v>1451</v>
       </c>
       <c r="C95" t="s">
-        <v>1481</v>
+        <v>1452</v>
       </c>
       <c r="D95" t="s">
-        <v>1482</v>
+        <v>1453</v>
       </c>
     </row>
     <row r="96" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B96" t="s">
-        <v>1483</v>
+        <v>1454</v>
       </c>
       <c r="C96" t="s">
-        <v>1484</v>
+        <v>1455</v>
       </c>
       <c r="D96" t="s">
-        <v>1485</v>
+        <v>1456</v>
       </c>
     </row>
     <row r="97" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B97" t="s">
-        <v>1486</v>
+        <v>1457</v>
       </c>
       <c r="D97" t="s">
-        <v>1487</v>
+        <v>1458</v>
       </c>
     </row>
     <row r="98" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B98" t="s">
-        <v>1488</v>
+        <v>1459</v>
       </c>
       <c r="C98" t="s">
-        <v>1489</v>
+        <v>1460</v>
       </c>
       <c r="D98" t="s">
-        <v>1490</v>
+        <v>1461</v>
       </c>
     </row>
     <row r="99" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B99" t="s">
-        <v>1491</v>
+        <v>1462</v>
       </c>
       <c r="C99" t="s">
-        <v>1492</v>
+        <v>1463</v>
       </c>
       <c r="D99" t="s">
-        <v>1493</v>
+        <v>1464</v>
       </c>
     </row>
     <row r="100" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B100" t="s">
-        <v>1494</v>
+        <v>1465</v>
       </c>
       <c r="C100" t="s">
-        <v>1495</v>
+        <v>1466</v>
       </c>
       <c r="D100" t="s">
-        <v>1496</v>
+        <v>1467</v>
       </c>
     </row>
     <row r="101" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B101" t="s">
-        <v>1497</v>
+        <v>1468</v>
       </c>
       <c r="C101" t="s">
-        <v>1498</v>
+        <v>1469</v>
       </c>
       <c r="D101" t="s">
-        <v>1499</v>
+        <v>1470</v>
       </c>
     </row>
     <row r="102" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B102" t="s">
-        <v>1500</v>
+        <v>1471</v>
       </c>
       <c r="D102" t="s">
-        <v>1501</v>
+        <v>1472</v>
       </c>
     </row>
     <row r="103" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B103" t="s">
-        <v>1502</v>
+        <v>1473</v>
       </c>
       <c r="C103" t="s">
-        <v>1503</v>
+        <v>1474</v>
       </c>
       <c r="D103" t="s">
-        <v>1504</v>
+        <v>1475</v>
       </c>
     </row>
     <row r="104" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B104" t="s">
-        <v>1505</v>
+        <v>1476</v>
       </c>
       <c r="C104" t="s">
-        <v>1506</v>
+        <v>1477</v>
       </c>
       <c r="D104" t="s">
-        <v>1507</v>
+        <v>1478</v>
       </c>
     </row>
     <row r="105" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B105" t="s">
-        <v>1508</v>
+        <v>1479</v>
       </c>
       <c r="C105" t="s">
-        <v>1509</v>
+        <v>1480</v>
       </c>
       <c r="D105" t="s">
-        <v>1510</v>
+        <v>1481</v>
       </c>
     </row>
     <row r="106" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B106" t="s">
-        <v>1511</v>
+        <v>1482</v>
       </c>
       <c r="C106" t="s">
-        <v>1512</v>
+        <v>1483</v>
       </c>
       <c r="D106" t="s">
-        <v>1513</v>
+        <v>1484</v>
       </c>
     </row>
     <row r="107" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B107" t="s">
-        <v>1514</v>
+        <v>1485</v>
       </c>
       <c r="D107" t="s">
-        <v>1515</v>
+        <v>1486</v>
       </c>
     </row>
     <row r="108" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B108" t="s">
-        <v>1516</v>
+        <v>1487</v>
       </c>
       <c r="C108" t="s">
-        <v>1517</v>
+        <v>1488</v>
       </c>
       <c r="D108" t="s">
-        <v>1518</v>
+        <v>1489</v>
       </c>
     </row>
     <row r="109" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B109" t="s">
-        <v>1519</v>
+        <v>1490</v>
       </c>
       <c r="C109" t="s">
-        <v>1520</v>
+        <v>1491</v>
       </c>
       <c r="D109" t="s">
-        <v>1521</v>
+        <v>1492</v>
       </c>
     </row>
     <row r="110" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B110" t="s">
-        <v>1522</v>
+        <v>1493</v>
       </c>
       <c r="C110" t="s">
-        <v>1523</v>
+        <v>1494</v>
       </c>
       <c r="D110" t="s">
-        <v>1524</v>
+        <v>1495</v>
       </c>
     </row>
     <row r="111" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B111" t="s">
-        <v>1525</v>
+        <v>1496</v>
       </c>
       <c r="C111" t="s">
-        <v>1526</v>
+        <v>1497</v>
       </c>
       <c r="D111" t="s">
-        <v>1527</v>
+        <v>1498</v>
       </c>
     </row>
     <row r="112" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B112" t="s">
-        <v>1528</v>
+        <v>1499</v>
       </c>
       <c r="C112" t="s">
-        <v>1529</v>
+        <v>1500</v>
       </c>
       <c r="D112" t="s">
-        <v>1530</v>
+        <v>1501</v>
       </c>
     </row>
     <row r="113" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B113" t="s">
-        <v>1531</v>
+        <v>1502</v>
       </c>
       <c r="C113" t="s">
-        <v>1532</v>
+        <v>1503</v>
       </c>
       <c r="D113" t="s">
-        <v>1533</v>
+        <v>1504</v>
       </c>
     </row>
     <row r="114" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B114" t="s">
-        <v>1534</v>
+        <v>1505</v>
       </c>
       <c r="C114" t="s">
-        <v>1535</v>
+        <v>1506</v>
       </c>
       <c r="D114" t="s">
-        <v>1536</v>
+        <v>1507</v>
       </c>
     </row>
     <row r="115" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B115" t="s">
-        <v>1537</v>
+        <v>1508</v>
       </c>
       <c r="D115" t="s">
-        <v>1538</v>
+        <v>1509</v>
       </c>
     </row>
     <row r="116" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B116" t="s">
-        <v>1539</v>
+        <v>1510</v>
       </c>
       <c r="C116" t="s">
-        <v>1540</v>
+        <v>1511</v>
       </c>
       <c r="D116" t="s">
-        <v>1541</v>
+        <v>1512</v>
       </c>
     </row>
     <row r="117" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B117" t="s">
-        <v>1542</v>
+        <v>1513</v>
       </c>
       <c r="C117" t="s">
-        <v>1543</v>
+        <v>1514</v>
       </c>
       <c r="D117" t="s">
-        <v>1544</v>
+        <v>1515</v>
       </c>
     </row>
     <row r="118" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B118" t="s">
-        <v>1545</v>
+        <v>1516</v>
       </c>
       <c r="C118" t="s">
-        <v>1546</v>
+        <v>1517</v>
       </c>
       <c r="D118" t="s">
-        <v>1547</v>
+        <v>1518</v>
       </c>
     </row>
     <row r="119" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B119" t="s">
-        <v>1548</v>
+        <v>1519</v>
       </c>
       <c r="C119" t="s">
-        <v>1549</v>
+        <v>1520</v>
       </c>
       <c r="D119" t="s">
-        <v>1550</v>
+        <v>1521</v>
       </c>
     </row>
     <row r="120" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B120" t="s">
-        <v>1551</v>
+        <v>1522</v>
       </c>
       <c r="C120" t="s">
-        <v>1552</v>
+        <v>1523</v>
       </c>
       <c r="D120" t="s">
-        <v>1553</v>
+        <v>1524</v>
       </c>
     </row>
     <row r="121" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B121" t="s">
-        <v>1554</v>
+        <v>1525</v>
       </c>
       <c r="C121" t="s">
-        <v>1555</v>
+        <v>1526</v>
       </c>
       <c r="D121" t="s">
-        <v>1556</v>
+        <v>1527</v>
       </c>
     </row>
     <row r="122" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B122" t="s">
-        <v>1557</v>
+        <v>1528</v>
       </c>
       <c r="C122" t="s">
-        <v>1558</v>
+        <v>1529</v>
       </c>
       <c r="D122" t="s">
-        <v>1559</v>
+        <v>1530</v>
       </c>
     </row>
     <row r="123" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B123" t="s">
-        <v>1560</v>
+        <v>1531</v>
       </c>
       <c r="C123" t="s">
-        <v>1561</v>
+        <v>1532</v>
       </c>
       <c r="D123" t="s">
-        <v>1562</v>
+        <v>1533</v>
       </c>
     </row>
     <row r="124" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B124" t="s">
-        <v>1563</v>
+        <v>1534</v>
       </c>
       <c r="C124" t="s">
-        <v>1564</v>
+        <v>1535</v>
       </c>
       <c r="D124" t="s">
-        <v>1565</v>
+        <v>1536</v>
       </c>
     </row>
     <row r="125" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B125" t="s">
-        <v>1566</v>
+        <v>1537</v>
       </c>
       <c r="C125" t="s">
-        <v>1567</v>
+        <v>1538</v>
       </c>
       <c r="D125" t="s">
-        <v>1568</v>
+        <v>1539</v>
       </c>
     </row>
     <row r="126" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B126" t="s">
-        <v>1569</v>
+        <v>1540</v>
       </c>
       <c r="C126" t="s">
-        <v>1570</v>
+        <v>1541</v>
       </c>
       <c r="D126" t="s">
-        <v>1571</v>
+        <v>1542</v>
       </c>
     </row>
     <row r="127" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B127" t="s">
-        <v>1572</v>
+        <v>1543</v>
       </c>
       <c r="C127" t="s">
-        <v>1573</v>
+        <v>1544</v>
       </c>
       <c r="D127" t="s">
-        <v>1574</v>
+        <v>1545</v>
       </c>
     </row>
     <row r="128" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B128" t="s">
-        <v>1575</v>
+        <v>1546</v>
       </c>
       <c r="C128" t="s">
-        <v>1576</v>
+        <v>1547</v>
       </c>
       <c r="D128" t="s">
-        <v>1577</v>
+        <v>1548</v>
       </c>
     </row>
     <row r="129" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B129" t="s">
-        <v>1578</v>
+        <v>1549</v>
       </c>
       <c r="C129" t="s">
-        <v>1579</v>
+        <v>1550</v>
       </c>
       <c r="D129" t="s">
-        <v>1580</v>
+        <v>1551</v>
       </c>
     </row>
     <row r="130" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B130" t="s">
-        <v>1581</v>
+        <v>1552</v>
       </c>
       <c r="D130" t="s">
-        <v>1582</v>
+        <v>1553</v>
       </c>
     </row>
     <row r="131" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B131" t="s">
-        <v>1583</v>
+        <v>1554</v>
       </c>
       <c r="C131" t="s">
-        <v>1584</v>
+        <v>1555</v>
       </c>
       <c r="D131" t="s">
-        <v>1585</v>
+        <v>1556</v>
       </c>
     </row>
     <row r="132" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B132" t="s">
-        <v>1586</v>
+        <v>1557</v>
       </c>
       <c r="C132" t="s">
-        <v>1587</v>
+        <v>1558</v>
       </c>
       <c r="D132" t="s">
-        <v>1588</v>
+        <v>1559</v>
       </c>
     </row>
     <row r="133" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B133" t="s">
-        <v>1589</v>
+        <v>1560</v>
       </c>
       <c r="C133" t="s">
-        <v>1590</v>
+        <v>1561</v>
       </c>
       <c r="D133" t="s">
-        <v>1591</v>
+        <v>1562</v>
       </c>
     </row>
     <row r="134" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B134" t="s">
-        <v>1592</v>
+        <v>1563</v>
       </c>
       <c r="C134" t="s">
-        <v>1593</v>
+        <v>1564</v>
       </c>
       <c r="D134" t="s">
-        <v>1594</v>
+        <v>1565</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0800-000000000000}">
   <dimension ref="A1:D112"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>107</v>
+        <v>78</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>108</v>
+        <v>79</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>109</v>
+        <v>80</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
-        <v>35</v>
+        <v>26</v>
       </c>
       <c r="B2" t="s">
-        <v>36</v>
+        <v>27</v>
       </c>
       <c r="D2" t="s">
-        <v>38</v>
+        <v>28</v>
       </c>
     </row>
     <row r="3" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
-        <v>1595</v>
+        <v>1566</v>
       </c>
       <c r="B3" t="s">
-        <v>113</v>
+        <v>84</v>
       </c>
       <c r="D3" t="s">
-        <v>1598</v>
+        <v>1569</v>
       </c>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A4" t="s">
-        <v>1596</v>
+        <v>1567</v>
       </c>
       <c r="B4" t="s">
-        <v>117</v>
+        <v>88</v>
       </c>
       <c r="D4" t="s">
-        <v>1599</v>
+        <v>1570</v>
       </c>
     </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A5" t="s">
-        <v>1597</v>
+        <v>1568</v>
       </c>
       <c r="B5" t="s">
-        <v>125</v>
+        <v>96</v>
       </c>
       <c r="D5" t="s">
-        <v>1600</v>
+        <v>1571</v>
       </c>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B6" t="s">
-        <v>1601</v>
+        <v>1572</v>
       </c>
       <c r="D6" t="s">
-        <v>1602</v>
+        <v>1573</v>
       </c>
     </row>
     <row r="7" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B7" t="s">
-        <v>1603</v>
+        <v>1574</v>
       </c>
       <c r="D7" t="s">
-        <v>1604</v>
+        <v>1575</v>
       </c>
     </row>
     <row r="8" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B8" t="s">
-        <v>1605</v>
+        <v>1576</v>
       </c>
       <c r="D8" t="s">
-        <v>1606</v>
+        <v>1577</v>
       </c>
     </row>
     <row r="9" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B9" t="s">
-        <v>1607</v>
+        <v>1578</v>
       </c>
       <c r="C9" t="s">
-        <v>677</v>
+        <v>648</v>
       </c>
       <c r="D9" t="s">
-        <v>1608</v>
+        <v>1579</v>
       </c>
     </row>
     <row r="10" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B10" t="s">
-        <v>1609</v>
+        <v>1580</v>
       </c>
       <c r="C10" t="s">
-        <v>680</v>
+        <v>651</v>
       </c>
       <c r="D10" t="s">
-        <v>1610</v>
+        <v>1581</v>
       </c>
     </row>
     <row r="11" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B11" t="s">
-        <v>1611</v>
+        <v>1582</v>
       </c>
       <c r="D11" t="s">
-        <v>1612</v>
+        <v>1583</v>
       </c>
     </row>
     <row r="12" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B12" t="s">
-        <v>1613</v>
+        <v>1584</v>
       </c>
       <c r="C12" t="s">
-        <v>683</v>
+        <v>654</v>
       </c>
       <c r="D12" t="s">
-        <v>1614</v>
+        <v>1585</v>
       </c>
     </row>
     <row r="13" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B13" t="s">
-        <v>1615</v>
+        <v>1586</v>
       </c>
       <c r="C13" t="s">
-        <v>686</v>
+        <v>657</v>
       </c>
       <c r="D13" t="s">
-        <v>1616</v>
+        <v>1587</v>
       </c>
     </row>
     <row r="14" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B14" t="s">
-        <v>1617</v>
+        <v>1588</v>
       </c>
       <c r="C14" t="s">
-        <v>689</v>
+        <v>660</v>
       </c>
       <c r="D14" t="s">
-        <v>1618</v>
+        <v>1589</v>
       </c>
     </row>
     <row r="15" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B15" t="s">
-        <v>1619</v>
+        <v>1590</v>
       </c>
       <c r="C15" t="s">
-        <v>692</v>
+        <v>663</v>
       </c>
       <c r="D15" t="s">
-        <v>1620</v>
+        <v>1591</v>
       </c>
     </row>
     <row r="16" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B16" t="s">
-        <v>1621</v>
+        <v>1592</v>
       </c>
       <c r="C16" t="s">
-        <v>695</v>
+        <v>666</v>
       </c>
       <c r="D16" t="s">
-        <v>1622</v>
+        <v>1593</v>
       </c>
     </row>
     <row r="17" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B17" t="s">
-        <v>1623</v>
+        <v>1594</v>
       </c>
       <c r="C17" t="s">
-        <v>700</v>
+        <v>671</v>
       </c>
       <c r="D17" t="s">
-        <v>1624</v>
+        <v>1595</v>
       </c>
     </row>
     <row r="18" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B18" t="s">
-        <v>1625</v>
+        <v>1596</v>
       </c>
       <c r="C18" t="s">
-        <v>703</v>
+        <v>674</v>
       </c>
       <c r="D18" t="s">
-        <v>1626</v>
+        <v>1597</v>
       </c>
     </row>
     <row r="19" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B19" t="s">
-        <v>1627</v>
+        <v>1598</v>
       </c>
       <c r="D19" t="s">
-        <v>1628</v>
+        <v>1599</v>
       </c>
     </row>
     <row r="20" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B20" t="s">
-        <v>1629</v>
+        <v>1600</v>
       </c>
       <c r="C20" t="s">
-        <v>706</v>
+        <v>677</v>
       </c>
       <c r="D20" t="s">
-        <v>1630</v>
+        <v>1601</v>
       </c>
     </row>
     <row r="21" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B21" t="s">
-        <v>1631</v>
+        <v>1602</v>
       </c>
       <c r="C21" t="s">
-        <v>709</v>
+        <v>680</v>
       </c>
       <c r="D21" t="s">
-        <v>1632</v>
+        <v>1603</v>
       </c>
     </row>
     <row r="22" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B22" t="s">
-        <v>1633</v>
+        <v>1604</v>
       </c>
       <c r="C22" t="s">
-        <v>712</v>
+        <v>683</v>
       </c>
       <c r="D22" t="s">
-        <v>1634</v>
+        <v>1605</v>
       </c>
     </row>
     <row r="23" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B23" t="s">
-        <v>1635</v>
+        <v>1606</v>
       </c>
       <c r="C23" t="s">
-        <v>715</v>
+        <v>686</v>
       </c>
       <c r="D23" t="s">
-        <v>1636</v>
+        <v>1607</v>
       </c>
     </row>
     <row r="24" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B24" t="s">
-        <v>1637</v>
+        <v>1608</v>
       </c>
       <c r="C24" t="s">
-        <v>718</v>
+        <v>689</v>
       </c>
       <c r="D24" t="s">
-        <v>1638</v>
+        <v>1609</v>
       </c>
     </row>
     <row r="25" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B25" t="s">
-        <v>1639</v>
+        <v>1610</v>
       </c>
       <c r="C25" t="s">
-        <v>721</v>
+        <v>692</v>
       </c>
       <c r="D25" t="s">
-        <v>1640</v>
+        <v>1611</v>
       </c>
     </row>
     <row r="26" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B26" t="s">
-        <v>1641</v>
+        <v>1612</v>
       </c>
       <c r="D26" t="s">
-        <v>1642</v>
+        <v>1613</v>
       </c>
     </row>
     <row r="27" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B27" t="s">
-        <v>1643</v>
+        <v>1614</v>
       </c>
       <c r="C27" t="s">
-        <v>724</v>
+        <v>695</v>
       </c>
       <c r="D27" t="s">
-        <v>1644</v>
+        <v>1615</v>
       </c>
     </row>
     <row r="28" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B28" t="s">
-        <v>1645</v>
+        <v>1616</v>
       </c>
       <c r="C28" t="s">
-        <v>727</v>
+        <v>698</v>
       </c>
       <c r="D28" t="s">
-        <v>1646</v>
+        <v>1617</v>
       </c>
     </row>
     <row r="29" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B29" t="s">
-        <v>1647</v>
+        <v>1618</v>
       </c>
       <c r="C29" t="s">
-        <v>732</v>
+        <v>703</v>
       </c>
       <c r="D29" t="s">
-        <v>1648</v>
+        <v>1619</v>
       </c>
     </row>
     <row r="30" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B30" t="s">
-        <v>1649</v>
+        <v>1620</v>
       </c>
       <c r="C30" t="s">
-        <v>735</v>
+        <v>706</v>
       </c>
       <c r="D30" t="s">
-        <v>1650</v>
+        <v>1621</v>
       </c>
     </row>
     <row r="31" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B31" t="s">
-        <v>1651</v>
+        <v>1622</v>
       </c>
       <c r="C31" t="s">
-        <v>738</v>
+        <v>709</v>
       </c>
       <c r="D31" t="s">
-        <v>1652</v>
+        <v>1623</v>
       </c>
     </row>
     <row r="32" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B32" t="s">
-        <v>1653</v>
+        <v>1624</v>
       </c>
       <c r="D32" t="s">
-        <v>1654</v>
+        <v>1625</v>
       </c>
     </row>
     <row r="33" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B33" t="s">
-        <v>1655</v>
+        <v>1626</v>
       </c>
       <c r="C33" t="s">
-        <v>741</v>
+        <v>712</v>
       </c>
       <c r="D33" t="s">
-        <v>1656</v>
+        <v>1627</v>
       </c>
     </row>
     <row r="34" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B34" t="s">
-        <v>1657</v>
+        <v>1628</v>
       </c>
       <c r="C34" t="s">
-        <v>744</v>
+        <v>715</v>
       </c>
       <c r="D34" t="s">
-        <v>1658</v>
+        <v>1629</v>
       </c>
     </row>
     <row r="35" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B35" t="s">
-        <v>1659</v>
+        <v>1630</v>
       </c>
       <c r="C35" t="s">
-        <v>747</v>
+        <v>718</v>
       </c>
       <c r="D35" t="s">
-        <v>1660</v>
+        <v>1631</v>
       </c>
     </row>
     <row r="36" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B36" t="s">
-        <v>1661</v>
+        <v>1632</v>
       </c>
       <c r="D36" t="s">
-        <v>1662</v>
+        <v>1633</v>
       </c>
     </row>
     <row r="37" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B37" t="s">
-        <v>1663</v>
+        <v>1634</v>
       </c>
       <c r="C37" t="s">
-        <v>752</v>
+        <v>723</v>
       </c>
       <c r="D37" t="s">
-        <v>1664</v>
+        <v>1635</v>
       </c>
     </row>
     <row r="38" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B38" t="s">
-        <v>1665</v>
+        <v>1636</v>
       </c>
       <c r="C38" t="s">
-        <v>755</v>
+        <v>726</v>
       </c>
       <c r="D38" t="s">
-        <v>1666</v>
+        <v>1637</v>
       </c>
     </row>
     <row r="39" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B39" t="s">
-        <v>1667</v>
+        <v>1638</v>
       </c>
       <c r="C39" t="s">
-        <v>758</v>
+        <v>729</v>
       </c>
       <c r="D39" t="s">
-        <v>1668</v>
+        <v>1639</v>
       </c>
     </row>
     <row r="40" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B40" t="s">
-        <v>1669</v>
+        <v>1640</v>
       </c>
       <c r="C40" t="s">
-        <v>1102</v>
+        <v>1073</v>
       </c>
       <c r="D40" t="s">
-        <v>1670</v>
+        <v>1641</v>
       </c>
     </row>
     <row r="41" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B41" t="s">
-        <v>1671</v>
+        <v>1642</v>
       </c>
       <c r="C41" t="s">
-        <v>1107</v>
+        <v>1078</v>
       </c>
       <c r="D41" t="s">
-        <v>1672</v>
+        <v>1643</v>
       </c>
     </row>
     <row r="42" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B42" t="s">
-        <v>1673</v>
+        <v>1644</v>
       </c>
       <c r="C42" t="s">
-        <v>1110</v>
+        <v>1081</v>
       </c>
       <c r="D42" t="s">
-        <v>1674</v>
+        <v>1645</v>
       </c>
     </row>
     <row r="43" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B43" t="s">
-        <v>1675</v>
+        <v>1646</v>
       </c>
       <c r="C43" t="s">
-        <v>1113</v>
+        <v>1084</v>
       </c>
       <c r="D43" t="s">
-        <v>1676</v>
+        <v>1647</v>
       </c>
     </row>
     <row r="44" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B44" t="s">
-        <v>1677</v>
+        <v>1648</v>
       </c>
       <c r="D44" t="s">
-        <v>1678</v>
+        <v>1649</v>
       </c>
     </row>
     <row r="45" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B45" t="s">
-        <v>1679</v>
+        <v>1650</v>
       </c>
       <c r="C45" t="s">
-        <v>1116</v>
+        <v>1087</v>
       </c>
       <c r="D45" t="s">
-        <v>1680</v>
+        <v>1651</v>
       </c>
     </row>
     <row r="46" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B46" t="s">
-        <v>1681</v>
+        <v>1652</v>
       </c>
       <c r="C46" t="s">
-        <v>1119</v>
+        <v>1090</v>
       </c>
       <c r="D46" t="s">
-        <v>1682</v>
+        <v>1653</v>
       </c>
     </row>
     <row r="47" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B47" t="s">
-        <v>1683</v>
+        <v>1654</v>
       </c>
       <c r="C47" t="s">
-        <v>1131</v>
+        <v>1102</v>
       </c>
       <c r="D47" t="s">
-        <v>1684</v>
+        <v>1655</v>
       </c>
     </row>
     <row r="48" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B48" t="s">
-        <v>1685</v>
+        <v>1656</v>
       </c>
       <c r="C48" t="s">
-        <v>1146</v>
+        <v>1117</v>
       </c>
       <c r="D48" t="s">
-        <v>1686</v>
+        <v>1657</v>
       </c>
     </row>
     <row r="49" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B49" t="s">
-        <v>1687</v>
+        <v>1658</v>
       </c>
       <c r="C49" t="s">
-        <v>1161</v>
+        <v>1132</v>
       </c>
       <c r="D49" t="s">
-        <v>1688</v>
+        <v>1659</v>
       </c>
     </row>
     <row r="50" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B50" t="s">
-        <v>1689</v>
+        <v>1660</v>
       </c>
       <c r="C50" t="s">
-        <v>1164</v>
+        <v>1135</v>
       </c>
       <c r="D50" t="s">
-        <v>1690</v>
+        <v>1661</v>
       </c>
     </row>
     <row r="51" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B51" t="s">
-        <v>1691</v>
+        <v>1662</v>
       </c>
       <c r="C51" t="s">
-        <v>1169</v>
+        <v>1140</v>
       </c>
       <c r="D51" t="s">
-        <v>1692</v>
+        <v>1663</v>
       </c>
     </row>
     <row r="52" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B52" t="s">
-        <v>1693</v>
+        <v>1664</v>
       </c>
       <c r="C52" t="s">
-        <v>1172</v>
+        <v>1143</v>
       </c>
       <c r="D52" t="s">
-        <v>1694</v>
+        <v>1665</v>
       </c>
     </row>
     <row r="53" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B53" t="s">
-        <v>1695</v>
+        <v>1666</v>
       </c>
       <c r="C53" t="s">
-        <v>1175</v>
+        <v>1146</v>
       </c>
       <c r="D53" t="s">
-        <v>1696</v>
+        <v>1667</v>
       </c>
     </row>
     <row r="54" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B54" t="s">
-        <v>1697</v>
+        <v>1668</v>
       </c>
       <c r="C54" t="s">
-        <v>1184</v>
+        <v>1155</v>
       </c>
       <c r="D54" t="s">
-        <v>1698</v>
+        <v>1669</v>
       </c>
     </row>
     <row r="55" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B55" t="s">
-        <v>1699</v>
+        <v>1670</v>
       </c>
       <c r="C55" t="s">
-        <v>1187</v>
+        <v>1158</v>
       </c>
       <c r="D55" t="s">
-        <v>1700</v>
+        <v>1671</v>
       </c>
     </row>
     <row r="56" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B56" t="s">
-        <v>1701</v>
+        <v>1672</v>
       </c>
       <c r="C56" t="s">
-        <v>1190</v>
+        <v>1161</v>
       </c>
       <c r="D56" t="s">
-        <v>1702</v>
+        <v>1673</v>
       </c>
     </row>
     <row r="57" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B57" t="s">
-        <v>1703</v>
+        <v>1674</v>
       </c>
       <c r="C57" t="s">
-        <v>1193</v>
+        <v>1164</v>
       </c>
       <c r="D57" t="s">
-        <v>1704</v>
+        <v>1675</v>
       </c>
     </row>
     <row r="58" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B58" t="s">
-        <v>1705</v>
+        <v>1676</v>
       </c>
       <c r="C58" t="s">
-        <v>1202</v>
+        <v>1173</v>
       </c>
       <c r="D58" t="s">
-        <v>1706</v>
+        <v>1677</v>
       </c>
     </row>
     <row r="59" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B59" t="s">
-        <v>1707</v>
+        <v>1678</v>
       </c>
       <c r="C59" t="s">
-        <v>1229</v>
+        <v>1200</v>
       </c>
       <c r="D59" t="s">
-        <v>1708</v>
+        <v>1679</v>
       </c>
     </row>
     <row r="60" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B60" t="s">
-        <v>1709</v>
+        <v>1680</v>
       </c>
       <c r="C60" t="s">
-        <v>1246</v>
+        <v>1217</v>
       </c>
       <c r="D60" t="s">
-        <v>1710</v>
+        <v>1681</v>
       </c>
     </row>
     <row r="61" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B61" t="s">
-        <v>1711</v>
+        <v>1682</v>
       </c>
       <c r="C61" t="s">
-        <v>1249</v>
+        <v>1220</v>
       </c>
       <c r="D61" t="s">
-        <v>1712</v>
+        <v>1683</v>
       </c>
     </row>
     <row r="62" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B62" t="s">
-        <v>1713</v>
+        <v>1684</v>
       </c>
       <c r="C62" t="s">
-        <v>1252</v>
+        <v>1223</v>
       </c>
       <c r="D62" t="s">
-        <v>1714</v>
+        <v>1685</v>
       </c>
     </row>
     <row r="63" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B63" t="s">
-        <v>1715</v>
+        <v>1686</v>
       </c>
       <c r="C63" t="s">
-        <v>1255</v>
+        <v>1226</v>
       </c>
       <c r="D63" t="s">
-        <v>1716</v>
+        <v>1687</v>
       </c>
     </row>
     <row r="64" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B64" t="s">
-        <v>1717</v>
+        <v>1688</v>
       </c>
       <c r="C64" t="s">
-        <v>1260</v>
+        <v>1231</v>
       </c>
       <c r="D64" t="s">
-        <v>1718</v>
+        <v>1689</v>
       </c>
     </row>
     <row r="65" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B65" t="s">
-        <v>1719</v>
+        <v>1690</v>
       </c>
       <c r="C65" t="s">
-        <v>1263</v>
+        <v>1234</v>
       </c>
       <c r="D65" t="s">
-        <v>1720</v>
+        <v>1691</v>
       </c>
     </row>
     <row r="66" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B66" t="s">
-        <v>1721</v>
+        <v>1692</v>
       </c>
       <c r="C66" t="s">
-        <v>1266</v>
+        <v>1237</v>
       </c>
       <c r="D66" t="s">
-        <v>1722</v>
+        <v>1693</v>
       </c>
     </row>
     <row r="67" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B67" t="s">
-        <v>1723</v>
+        <v>1694</v>
       </c>
       <c r="C67" t="s">
-        <v>1269</v>
+        <v>1240</v>
       </c>
       <c r="D67" t="s">
-        <v>1724</v>
+        <v>1695</v>
       </c>
     </row>
     <row r="68" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B68" t="s">
-        <v>1725</v>
+        <v>1696</v>
       </c>
       <c r="D68" t="s">
-        <v>1726</v>
+        <v>1697</v>
       </c>
     </row>
     <row r="69" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B69" t="s">
-        <v>1727</v>
+        <v>1698</v>
       </c>
       <c r="C69" t="s">
-        <v>1272</v>
+        <v>1243</v>
       </c>
       <c r="D69" t="s">
-        <v>1728</v>
+        <v>1699</v>
       </c>
     </row>
     <row r="70" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B70" t="s">
-        <v>1729</v>
+        <v>1700</v>
       </c>
       <c r="C70" t="s">
-        <v>1275</v>
+        <v>1246</v>
       </c>
       <c r="D70" t="s">
-        <v>1730</v>
+        <v>1701</v>
       </c>
     </row>
     <row r="71" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B71" t="s">
-        <v>1731</v>
+        <v>1702</v>
       </c>
       <c r="C71" t="s">
-        <v>1418</v>
+        <v>1389</v>
       </c>
       <c r="D71" t="s">
-        <v>1732</v>
+        <v>1703</v>
       </c>
     </row>
     <row r="72" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B72" t="s">
-        <v>1733</v>
+        <v>1704</v>
       </c>
       <c r="C72" t="s">
-        <v>1421</v>
+        <v>1392</v>
       </c>
       <c r="D72" t="s">
-        <v>1734</v>
+        <v>1705</v>
       </c>
     </row>
     <row r="73" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B73" t="s">
-        <v>1735</v>
+        <v>1706</v>
       </c>
       <c r="C73" t="s">
-        <v>1424</v>
+        <v>1395</v>
       </c>
       <c r="D73" t="s">
-        <v>1736</v>
+        <v>1707</v>
       </c>
     </row>
     <row r="74" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B74" t="s">
-        <v>1737</v>
+        <v>1708</v>
       </c>
       <c r="C74" t="s">
-        <v>1427</v>
+        <v>1398</v>
       </c>
       <c r="D74" t="s">
-        <v>1738</v>
+        <v>1709</v>
       </c>
     </row>
     <row r="75" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B75" t="s">
-        <v>1739</v>
+        <v>1710</v>
       </c>
       <c r="C75" t="s">
-        <v>1432</v>
+        <v>1403</v>
       </c>
       <c r="D75" t="s">
-        <v>1740</v>
+        <v>1711</v>
       </c>
     </row>
     <row r="76" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B76" t="s">
-        <v>1741</v>
+        <v>1712</v>
       </c>
       <c r="D76" t="s">
-        <v>1742</v>
+        <v>1713</v>
       </c>
     </row>
     <row r="77" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B77" t="s">
-        <v>1743</v>
+        <v>1714</v>
       </c>
       <c r="C77" t="s">
-        <v>1435</v>
+        <v>1406</v>
       </c>
       <c r="D77" t="s">
-        <v>1744</v>
+        <v>1715</v>
       </c>
     </row>
     <row r="78" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B78" t="s">
-        <v>1745</v>
+        <v>1716</v>
       </c>
       <c r="C78" t="s">
-        <v>1440</v>
+        <v>1411</v>
       </c>
       <c r="D78" t="s">
-        <v>1746</v>
+        <v>1717</v>
       </c>
     </row>
     <row r="79" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B79" t="s">
-        <v>1747</v>
+        <v>1718</v>
       </c>
       <c r="C79" t="s">
-        <v>1443</v>
+        <v>1414</v>
       </c>
       <c r="D79" t="s">
-        <v>1748</v>
+        <v>1719</v>
       </c>
     </row>
     <row r="80" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B80" t="s">
-        <v>1749</v>
+        <v>1720</v>
       </c>
       <c r="C80" t="s">
-        <v>1448</v>
+        <v>1419</v>
       </c>
       <c r="D80" t="s">
-        <v>1750</v>
+        <v>1721</v>
       </c>
     </row>
     <row r="81" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B81" t="s">
-        <v>1751</v>
+        <v>1722</v>
       </c>
       <c r="C81" t="s">
-        <v>1453</v>
+        <v>1424</v>
       </c>
       <c r="D81" t="s">
-        <v>1752</v>
+        <v>1723</v>
       </c>
     </row>
     <row r="82" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B82" t="s">
-        <v>1753</v>
+        <v>1724</v>
       </c>
       <c r="C82" t="s">
-        <v>1458</v>
+        <v>1429</v>
       </c>
       <c r="D82" t="s">
-        <v>1754</v>
+        <v>1725</v>
       </c>
     </row>
     <row r="83" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B83" t="s">
-        <v>1755</v>
+        <v>1726</v>
       </c>
       <c r="D83" t="s">
-        <v>1756</v>
+        <v>1727</v>
       </c>
     </row>
     <row r="84" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B84" t="s">
-        <v>1757</v>
+        <v>1728</v>
       </c>
       <c r="C84" t="s">
-        <v>1461</v>
+        <v>1432</v>
       </c>
       <c r="D84" t="s">
-        <v>1758</v>
+        <v>1729</v>
       </c>
     </row>
     <row r="85" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B85" t="s">
-        <v>1759</v>
+        <v>1730</v>
       </c>
       <c r="C85" t="s">
-        <v>1464</v>
+        <v>1435</v>
       </c>
       <c r="D85" t="s">
-        <v>1760</v>
+        <v>1731</v>
       </c>
     </row>
     <row r="86" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B86" t="s">
-        <v>1761</v>
+        <v>1732</v>
       </c>
       <c r="C86" t="s">
-        <v>1467</v>
+        <v>1438</v>
       </c>
       <c r="D86" t="s">
-        <v>1762</v>
+        <v>1733</v>
       </c>
     </row>
     <row r="87" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B87" t="s">
-        <v>1763</v>
+        <v>1734</v>
       </c>
       <c r="C87" t="s">
-        <v>1472</v>
+        <v>1443</v>
       </c>
       <c r="D87" t="s">
-        <v>1764</v>
+        <v>1735</v>
       </c>
     </row>
     <row r="88" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B88" t="s">
-        <v>1765</v>
+        <v>1736</v>
       </c>
       <c r="C88" t="s">
-        <v>1475</v>
+        <v>1446</v>
       </c>
       <c r="D88" t="s">
-        <v>1766</v>
+        <v>1737</v>
       </c>
     </row>
     <row r="89" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B89" t="s">
-        <v>1767</v>
+        <v>1738</v>
       </c>
       <c r="C89" t="s">
-        <v>1478</v>
+        <v>1449</v>
       </c>
       <c r="D89" t="s">
-        <v>1768</v>
+        <v>1739</v>
       </c>
     </row>
     <row r="90" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B90" t="s">
-        <v>1769</v>
+        <v>1740</v>
       </c>
       <c r="C90" t="s">
-        <v>1481</v>
+        <v>1452</v>
       </c>
       <c r="D90" t="s">
-        <v>1770</v>
+        <v>1741</v>
       </c>
     </row>
     <row r="91" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B91" t="s">
-        <v>1771</v>
+        <v>1742</v>
       </c>
       <c r="C91" t="s">
-        <v>1484</v>
+        <v>1455</v>
       </c>
       <c r="D91" t="s">
-        <v>1772</v>
+        <v>1743</v>
       </c>
     </row>
     <row r="92" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B92" t="s">
-        <v>1773</v>
+        <v>1744</v>
       </c>
       <c r="D92" t="s">
-        <v>1774</v>
+        <v>1745</v>
       </c>
     </row>
     <row r="93" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B93" t="s">
-        <v>1775</v>
+        <v>1746</v>
       </c>
       <c r="C93" t="s">
-        <v>1489</v>
+        <v>1460</v>
       </c>
       <c r="D93" t="s">
-        <v>1776</v>
+        <v>1747</v>
       </c>
     </row>
     <row r="94" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B94" t="s">
-        <v>1777</v>
+        <v>1748</v>
       </c>
       <c r="D94" t="s">
-        <v>1778</v>
+        <v>1749</v>
       </c>
     </row>
     <row r="95" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B95" t="s">
-        <v>1779</v>
+        <v>1750</v>
       </c>
       <c r="C95" t="s">
-        <v>1492</v>
+        <v>1463</v>
       </c>
       <c r="D95" t="s">
-        <v>1780</v>
+        <v>1751</v>
       </c>
     </row>
     <row r="96" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B96" t="s">
-        <v>1781</v>
+        <v>1752</v>
       </c>
       <c r="C96" t="s">
-        <v>1495</v>
+        <v>1466</v>
       </c>
       <c r="D96" t="s">
-        <v>1782</v>
+        <v>1753</v>
       </c>
     </row>
     <row r="97" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B97" t="s">
-        <v>1783</v>
+        <v>1754</v>
       </c>
       <c r="C97" t="s">
-        <v>1498</v>
+        <v>1469</v>
       </c>
       <c r="D97" t="s">
-        <v>1784</v>
+        <v>1755</v>
       </c>
     </row>
     <row r="98" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B98" t="s">
-        <v>1785</v>
+        <v>1756</v>
       </c>
       <c r="C98" t="s">
-        <v>1503</v>
+        <v>1474</v>
       </c>
       <c r="D98" t="s">
-        <v>1786</v>
+        <v>1757</v>
       </c>
     </row>
     <row r="99" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B99" t="s">
-        <v>1787</v>
+        <v>1758</v>
       </c>
       <c r="C99" t="s">
-        <v>1506</v>
+        <v>1477</v>
       </c>
       <c r="D99" t="s">
-        <v>1788</v>
+        <v>1759</v>
       </c>
     </row>
     <row r="100" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B100" t="s">
-        <v>1789</v>
+        <v>1760</v>
       </c>
       <c r="C100" t="s">
-        <v>1509</v>
+        <v>1480</v>
       </c>
       <c r="D100" t="s">
-        <v>1790</v>
+        <v>1761</v>
       </c>
     </row>
     <row r="101" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B101" t="s">
-        <v>1791</v>
+        <v>1762</v>
       </c>
       <c r="C101" t="s">
-        <v>1512</v>
+        <v>1483</v>
       </c>
       <c r="D101" t="s">
-        <v>1792</v>
+        <v>1763</v>
       </c>
     </row>
     <row r="102" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B102" t="s">
-        <v>1793</v>
+        <v>1764</v>
       </c>
       <c r="C102" t="s">
-        <v>1517</v>
+        <v>1488</v>
       </c>
       <c r="D102" t="s">
-        <v>1794</v>
+        <v>1765</v>
       </c>
     </row>
     <row r="103" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B103" t="s">
-        <v>1795</v>
+        <v>1766</v>
       </c>
       <c r="D103" t="s">
-        <v>1796</v>
+        <v>1767</v>
       </c>
     </row>
     <row r="104" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B104" t="s">
-        <v>1797</v>
+        <v>1768</v>
       </c>
       <c r="C104" t="s">
-        <v>1520</v>
+        <v>1491</v>
       </c>
       <c r="D104" t="s">
-        <v>1798</v>
+        <v>1769</v>
       </c>
     </row>
     <row r="105" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B105" t="s">
-        <v>1799</v>
+        <v>1770</v>
       </c>
       <c r="C105" t="s">
-        <v>1523</v>
+        <v>1494</v>
       </c>
       <c r="D105" t="s">
-        <v>1800</v>
+        <v>1771</v>
       </c>
     </row>
     <row r="106" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B106" t="s">
-        <v>1801</v>
+        <v>1772</v>
       </c>
       <c r="C106" t="s">
-        <v>1526</v>
+        <v>1497</v>
       </c>
       <c r="D106" t="s">
-        <v>1802</v>
+        <v>1773</v>
       </c>
     </row>
     <row r="107" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B107" t="s">
-        <v>1803</v>
+        <v>1774</v>
       </c>
       <c r="D107" t="s">
-        <v>1804</v>
+        <v>1775</v>
       </c>
     </row>
     <row r="108" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B108" t="s">
-        <v>1805</v>
+        <v>1776</v>
       </c>
       <c r="C108" t="s">
-        <v>1529</v>
+        <v>1500</v>
       </c>
       <c r="D108" t="s">
-        <v>1806</v>
+        <v>1777</v>
       </c>
     </row>
     <row r="109" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B109" t="s">
-        <v>1807</v>
+        <v>1778</v>
       </c>
       <c r="C109" t="s">
-        <v>1532</v>
+        <v>1503</v>
       </c>
       <c r="D109" t="s">
-        <v>1808</v>
+        <v>1779</v>
       </c>
     </row>
     <row r="110" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B110" t="s">
-        <v>1809</v>
+        <v>1780</v>
       </c>
       <c r="C110" t="s">
-        <v>1535</v>
+        <v>1506</v>
       </c>
       <c r="D110" t="s">
-        <v>1810</v>
+        <v>1781</v>
       </c>
     </row>
     <row r="111" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B111" t="s">
-        <v>1811</v>
+        <v>1782</v>
       </c>
       <c r="C111" t="s">
-        <v>1540</v>
+        <v>1511</v>
       </c>
       <c r="D111" t="s">
-        <v>1812</v>
+        <v>1783</v>
       </c>
     </row>
     <row r="112" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B112" t="s">
+        <v>1784</v>
+      </c>
+      <c r="C112" t="s">
+        <v>1514</v>
+      </c>
+      <c r="D112" t="s">
+        <v>1785</v>
+      </c>
+    </row>
+  </sheetData>
+  <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0900-000000000000}">
+  <dimension ref="A1:D229"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="4" width="50.7265625" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A1" s="1" t="s">
+        <v>78</v>
+      </c>
+      <c r="B1" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" s="1" t="s">
+        <v>79</v>
+      </c>
+      <c r="D1" s="1" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="2" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A2" t="s">
+        <v>29</v>
+      </c>
+      <c r="B2" t="s">
+        <v>30</v>
+      </c>
+      <c r="D2" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="3" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A3" t="s">
+        <v>1786</v>
+      </c>
+      <c r="B3" t="s">
+        <v>84</v>
+      </c>
+      <c r="D3" t="s">
+        <v>1787</v>
+      </c>
+    </row>
+    <row r="4" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B4" t="s">
+        <v>96</v>
+      </c>
+      <c r="D4" t="s">
+        <v>1788</v>
+      </c>
+    </row>
+    <row r="5" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B5" t="s">
+        <v>90</v>
+      </c>
+      <c r="D5" t="s">
+        <v>1789</v>
+      </c>
+    </row>
+    <row r="6" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B6" t="s">
+        <v>1790</v>
+      </c>
+      <c r="D6" t="s">
+        <v>1791</v>
+      </c>
+    </row>
+    <row r="7" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B7" t="s">
+        <v>1792</v>
+      </c>
+      <c r="D7" t="s">
+        <v>1793</v>
+      </c>
+    </row>
+    <row r="8" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B8" t="s">
+        <v>1794</v>
+      </c>
+      <c r="D8" t="s">
+        <v>1795</v>
+      </c>
+    </row>
+    <row r="9" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B9" t="s">
+        <v>1796</v>
+      </c>
+      <c r="D9" t="s">
+        <v>1797</v>
+      </c>
+    </row>
+    <row r="10" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B10" t="s">
+        <v>1798</v>
+      </c>
+      <c r="D10" t="s">
+        <v>1799</v>
+      </c>
+    </row>
+    <row r="11" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B11" t="s">
+        <v>1800</v>
+      </c>
+      <c r="D11" t="s">
+        <v>1801</v>
+      </c>
+    </row>
+    <row r="12" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B12" t="s">
+        <v>1802</v>
+      </c>
+      <c r="D12" t="s">
+        <v>1803</v>
+      </c>
+    </row>
+    <row r="13" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B13" t="s">
+        <v>1804</v>
+      </c>
+      <c r="D13" t="s">
+        <v>1805</v>
+      </c>
+    </row>
+    <row r="14" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B14" t="s">
+        <v>1806</v>
+      </c>
+      <c r="D14" t="s">
+        <v>1807</v>
+      </c>
+    </row>
+    <row r="15" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B15" t="s">
+        <v>1808</v>
+      </c>
+      <c r="D15" t="s">
+        <v>1809</v>
+      </c>
+    </row>
+    <row r="16" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B16" t="s">
+        <v>1810</v>
+      </c>
+      <c r="D16" t="s">
+        <v>1811</v>
+      </c>
+    </row>
+    <row r="17" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B17" t="s">
+        <v>1812</v>
+      </c>
+      <c r="D17" t="s">
         <v>1813</v>
       </c>
-      <c r="C112" t="s">
-        <v>1543</v>
+    </row>
+    <row r="18" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B18" t="s">
+        <v>1814</v>
+      </c>
+      <c r="D18" t="s">
+        <v>1815</v>
+      </c>
+    </row>
+    <row r="19" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B19" t="s">
+        <v>1816</v>
+      </c>
+      <c r="D19" t="s">
+        <v>1817</v>
+      </c>
+    </row>
+    <row r="20" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B20" t="s">
+        <v>1818</v>
+      </c>
+      <c r="D20" t="s">
+        <v>1819</v>
+      </c>
+    </row>
+    <row r="21" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B21" t="s">
+        <v>1820</v>
+      </c>
+      <c r="D21" t="s">
+        <v>1821</v>
+      </c>
+    </row>
+    <row r="22" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B22" t="s">
+        <v>787</v>
+      </c>
+      <c r="D22" t="s">
+        <v>1822</v>
+      </c>
+    </row>
+    <row r="23" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B23" t="s">
+        <v>1823</v>
+      </c>
+      <c r="D23" t="s">
+        <v>1824</v>
+      </c>
+    </row>
+    <row r="24" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B24" t="s">
+        <v>1825</v>
+      </c>
+      <c r="D24" t="s">
+        <v>1826</v>
+      </c>
+    </row>
+    <row r="25" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B25" t="s">
+        <v>1827</v>
+      </c>
+      <c r="D25" t="s">
+        <v>1828</v>
+      </c>
+    </row>
+    <row r="26" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B26" t="s">
+        <v>1829</v>
+      </c>
+      <c r="D26" t="s">
+        <v>1830</v>
+      </c>
+    </row>
+    <row r="27" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B27" t="s">
+        <v>1831</v>
+      </c>
+      <c r="D27" t="s">
+        <v>1832</v>
+      </c>
+    </row>
+    <row r="28" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B28" t="s">
+        <v>1833</v>
+      </c>
+      <c r="D28" t="s">
+        <v>1834</v>
+      </c>
+    </row>
+    <row r="29" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B29" t="s">
+        <v>1835</v>
+      </c>
+      <c r="D29" t="s">
+        <v>1836</v>
+      </c>
+    </row>
+    <row r="30" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B30" t="s">
+        <v>1837</v>
+      </c>
+      <c r="D30" t="s">
+        <v>1838</v>
+      </c>
+    </row>
+    <row r="31" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B31" t="s">
+        <v>1839</v>
+      </c>
+      <c r="D31" t="s">
+        <v>1840</v>
+      </c>
+    </row>
+    <row r="32" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B32" t="s">
+        <v>1841</v>
+      </c>
+      <c r="D32" t="s">
+        <v>1842</v>
+      </c>
+    </row>
+    <row r="33" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B33" t="s">
+        <v>1843</v>
+      </c>
+      <c r="D33" t="s">
+        <v>1844</v>
+      </c>
+    </row>
+    <row r="34" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B34" t="s">
+        <v>1845</v>
+      </c>
+      <c r="D34" t="s">
+        <v>1846</v>
+      </c>
+    </row>
+    <row r="35" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B35" t="s">
+        <v>1847</v>
+      </c>
+      <c r="D35" t="s">
+        <v>1848</v>
+      </c>
+    </row>
+    <row r="36" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B36" t="s">
+        <v>1849</v>
+      </c>
+      <c r="D36" t="s">
+        <v>1850</v>
+      </c>
+    </row>
+    <row r="37" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B37" t="s">
+        <v>1851</v>
+      </c>
+      <c r="D37" t="s">
+        <v>1852</v>
+      </c>
+    </row>
+    <row r="38" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B38" t="s">
+        <v>1853</v>
+      </c>
+      <c r="D38" t="s">
+        <v>1854</v>
+      </c>
+    </row>
+    <row r="39" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B39" t="s">
+        <v>1855</v>
+      </c>
+      <c r="D39" t="s">
+        <v>1856</v>
+      </c>
+    </row>
+    <row r="40" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B40" t="s">
+        <v>1857</v>
+      </c>
+      <c r="D40" t="s">
+        <v>1858</v>
+      </c>
+    </row>
+    <row r="41" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B41" t="s">
+        <v>1859</v>
+      </c>
+      <c r="D41" t="s">
+        <v>1860</v>
+      </c>
+    </row>
+    <row r="42" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B42" t="s">
+        <v>1861</v>
+      </c>
+      <c r="D42" t="s">
+        <v>1862</v>
+      </c>
+    </row>
+    <row r="43" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B43" t="s">
+        <v>1863</v>
+      </c>
+      <c r="D43" t="s">
+        <v>1864</v>
+      </c>
+    </row>
+    <row r="44" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B44" t="s">
+        <v>1865</v>
+      </c>
+      <c r="D44" t="s">
+        <v>1866</v>
+      </c>
+    </row>
+    <row r="45" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B45" t="s">
+        <v>1867</v>
+      </c>
+      <c r="D45" t="s">
+        <v>1868</v>
+      </c>
+    </row>
+    <row r="46" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B46" t="s">
+        <v>1869</v>
+      </c>
+      <c r="D46" t="s">
+        <v>1870</v>
+      </c>
+    </row>
+    <row r="47" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B47" t="s">
+        <v>1871</v>
+      </c>
+      <c r="D47" t="s">
+        <v>1872</v>
+      </c>
+    </row>
+    <row r="48" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B48" t="s">
+        <v>1873</v>
+      </c>
+      <c r="D48" t="s">
+        <v>1874</v>
+      </c>
+    </row>
+    <row r="49" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B49" t="s">
+        <v>1875</v>
+      </c>
+      <c r="D49" t="s">
+        <v>1876</v>
+      </c>
+    </row>
+    <row r="50" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B50" t="s">
+        <v>1877</v>
+      </c>
+      <c r="D50" t="s">
+        <v>1878</v>
+      </c>
+    </row>
+    <row r="51" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B51" t="s">
+        <v>1879</v>
+      </c>
+      <c r="D51" t="s">
+        <v>1880</v>
+      </c>
+    </row>
+    <row r="52" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B52" t="s">
+        <v>1881</v>
+      </c>
+      <c r="D52" t="s">
+        <v>1882</v>
+      </c>
+    </row>
+    <row r="53" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B53" t="s">
+        <v>1883</v>
+      </c>
+      <c r="D53" t="s">
+        <v>1884</v>
+      </c>
+    </row>
+    <row r="54" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B54" t="s">
+        <v>1885</v>
+      </c>
+      <c r="D54" t="s">
+        <v>1886</v>
+      </c>
+    </row>
+    <row r="55" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B55" t="s">
+        <v>1887</v>
+      </c>
+      <c r="D55" t="s">
+        <v>1888</v>
+      </c>
+    </row>
+    <row r="56" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B56" t="s">
+        <v>1889</v>
+      </c>
+      <c r="D56" t="s">
+        <v>1890</v>
+      </c>
+    </row>
+    <row r="57" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B57" t="s">
+        <v>1891</v>
+      </c>
+      <c r="D57" t="s">
+        <v>1892</v>
+      </c>
+    </row>
+    <row r="58" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B58" t="s">
+        <v>1893</v>
+      </c>
+      <c r="D58" t="s">
+        <v>1894</v>
+      </c>
+    </row>
+    <row r="59" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B59" t="s">
+        <v>1895</v>
+      </c>
+      <c r="D59" t="s">
+        <v>1896</v>
+      </c>
+    </row>
+    <row r="60" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B60" t="s">
+        <v>1897</v>
+      </c>
+      <c r="D60" t="s">
+        <v>1898</v>
+      </c>
+    </row>
+    <row r="61" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B61" t="s">
+        <v>1899</v>
+      </c>
+      <c r="D61" t="s">
+        <v>1900</v>
+      </c>
+    </row>
+    <row r="62" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B62" t="s">
+        <v>1901</v>
+      </c>
+      <c r="D62" t="s">
+        <v>1902</v>
+      </c>
+    </row>
+    <row r="63" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B63" t="s">
+        <v>1903</v>
+      </c>
+      <c r="D63" t="s">
+        <v>1904</v>
+      </c>
+    </row>
+    <row r="64" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B64" t="s">
+        <v>1905</v>
+      </c>
+      <c r="D64" t="s">
+        <v>1906</v>
+      </c>
+    </row>
+    <row r="65" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B65" t="s">
+        <v>1907</v>
+      </c>
+      <c r="D65" t="s">
+        <v>1908</v>
+      </c>
+    </row>
+    <row r="66" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B66" t="s">
+        <v>1909</v>
+      </c>
+      <c r="D66" t="s">
+        <v>1910</v>
+      </c>
+    </row>
+    <row r="67" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B67" t="s">
+        <v>1911</v>
+      </c>
+      <c r="D67" t="s">
+        <v>1912</v>
+      </c>
+    </row>
+    <row r="68" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B68" t="s">
+        <v>1913</v>
+      </c>
+      <c r="D68" t="s">
+        <v>1914</v>
+      </c>
+    </row>
+    <row r="69" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B69" t="s">
+        <v>1915</v>
+      </c>
+      <c r="D69" t="s">
+        <v>1916</v>
+      </c>
+    </row>
+    <row r="70" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B70" t="s">
+        <v>1917</v>
+      </c>
+      <c r="D70" t="s">
+        <v>1918</v>
+      </c>
+    </row>
+    <row r="71" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B71" t="s">
+        <v>1919</v>
+      </c>
+      <c r="D71" t="s">
+        <v>1920</v>
+      </c>
+    </row>
+    <row r="72" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B72" t="s">
+        <v>1921</v>
+      </c>
+      <c r="D72" t="s">
+        <v>1922</v>
+      </c>
+    </row>
+    <row r="73" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B73" t="s">
+        <v>1923</v>
+      </c>
+      <c r="D73" t="s">
+        <v>1924</v>
+      </c>
+    </row>
+    <row r="74" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B74" t="s">
+        <v>1925</v>
+      </c>
+      <c r="D74" t="s">
+        <v>1926</v>
+      </c>
+    </row>
+    <row r="75" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B75" t="s">
+        <v>1927</v>
+      </c>
+      <c r="D75" t="s">
+        <v>1928</v>
+      </c>
+    </row>
+    <row r="76" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B76" t="s">
+        <v>1929</v>
+      </c>
+      <c r="D76" t="s">
+        <v>1930</v>
+      </c>
+    </row>
+    <row r="77" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B77" t="s">
+        <v>1931</v>
+      </c>
+      <c r="D77" t="s">
+        <v>1932</v>
+      </c>
+    </row>
+    <row r="78" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B78" t="s">
+        <v>1933</v>
+      </c>
+      <c r="D78" t="s">
+        <v>1934</v>
+      </c>
+    </row>
+    <row r="79" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B79" t="s">
+        <v>1935</v>
+      </c>
+      <c r="D79" t="s">
+        <v>1936</v>
+      </c>
+    </row>
+    <row r="80" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B80" t="s">
+        <v>1937</v>
+      </c>
+      <c r="D80" t="s">
+        <v>1938</v>
+      </c>
+    </row>
+    <row r="81" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B81" t="s">
+        <v>1939</v>
+      </c>
+      <c r="D81" t="s">
+        <v>1940</v>
+      </c>
+    </row>
+    <row r="82" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B82" t="s">
+        <v>1941</v>
+      </c>
+      <c r="D82" t="s">
+        <v>1942</v>
+      </c>
+    </row>
+    <row r="83" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B83" t="s">
+        <v>1943</v>
+      </c>
+      <c r="D83" t="s">
+        <v>1944</v>
+      </c>
+    </row>
+    <row r="84" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B84" t="s">
+        <v>1945</v>
+      </c>
+      <c r="D84" t="s">
+        <v>1946</v>
+      </c>
+    </row>
+    <row r="85" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B85" t="s">
+        <v>1947</v>
+      </c>
+      <c r="D85" t="s">
+        <v>1948</v>
+      </c>
+    </row>
+    <row r="86" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B86" t="s">
+        <v>1949</v>
+      </c>
+      <c r="D86" t="s">
+        <v>1950</v>
+      </c>
+    </row>
+    <row r="87" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B87" t="s">
+        <v>1951</v>
+      </c>
+      <c r="D87" t="s">
+        <v>1952</v>
+      </c>
+    </row>
+    <row r="88" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B88" t="s">
+        <v>1953</v>
+      </c>
+      <c r="D88" t="s">
+        <v>1954</v>
+      </c>
+    </row>
+    <row r="89" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B89" t="s">
+        <v>1955</v>
+      </c>
+      <c r="D89" t="s">
+        <v>1956</v>
+      </c>
+    </row>
+    <row r="90" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B90" t="s">
+        <v>1957</v>
+      </c>
+      <c r="D90" t="s">
+        <v>1958</v>
+      </c>
+    </row>
+    <row r="91" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B91" t="s">
+        <v>1959</v>
+      </c>
+      <c r="D91" t="s">
+        <v>1960</v>
+      </c>
+    </row>
+    <row r="92" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B92" t="s">
+        <v>1961</v>
+      </c>
+      <c r="D92" t="s">
+        <v>1962</v>
+      </c>
+    </row>
+    <row r="93" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B93" t="s">
+        <v>1963</v>
+      </c>
+      <c r="D93" t="s">
+        <v>1964</v>
+      </c>
+    </row>
+    <row r="94" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B94" t="s">
+        <v>1965</v>
+      </c>
+      <c r="D94" t="s">
+        <v>1966</v>
+      </c>
+    </row>
+    <row r="95" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B95" t="s">
+        <v>1967</v>
+      </c>
+      <c r="D95" t="s">
+        <v>1968</v>
+      </c>
+    </row>
+    <row r="96" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B96" t="s">
+        <v>1969</v>
+      </c>
+      <c r="D96" t="s">
+        <v>1970</v>
+      </c>
+    </row>
+    <row r="97" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B97" t="s">
+        <v>1971</v>
+      </c>
+      <c r="D97" t="s">
+        <v>1972</v>
+      </c>
+    </row>
+    <row r="98" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B98" t="s">
+        <v>1973</v>
+      </c>
+      <c r="D98" t="s">
+        <v>1974</v>
+      </c>
+    </row>
+    <row r="99" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B99" t="s">
+        <v>1975</v>
+      </c>
+      <c r="D99" t="s">
+        <v>1976</v>
+      </c>
+    </row>
+    <row r="100" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B100" t="s">
+        <v>1977</v>
+      </c>
+      <c r="D100" t="s">
+        <v>1978</v>
+      </c>
+    </row>
+    <row r="101" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B101" t="s">
+        <v>1979</v>
+      </c>
+      <c r="D101" t="s">
+        <v>1980</v>
+      </c>
+    </row>
+    <row r="102" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B102" t="s">
+        <v>1981</v>
+      </c>
+      <c r="D102" t="s">
+        <v>1982</v>
+      </c>
+    </row>
+    <row r="103" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B103" t="s">
+        <v>1983</v>
+      </c>
+      <c r="D103" t="s">
+        <v>1984</v>
+      </c>
+    </row>
+    <row r="104" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B104" t="s">
+        <v>1985</v>
+      </c>
+      <c r="D104" t="s">
+        <v>1986</v>
+      </c>
+    </row>
+    <row r="105" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B105" t="s">
+        <v>1987</v>
+      </c>
+      <c r="D105" t="s">
+        <v>1988</v>
+      </c>
+    </row>
+    <row r="106" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B106" t="s">
+        <v>1989</v>
+      </c>
+      <c r="D106" t="s">
+        <v>1990</v>
+      </c>
+    </row>
+    <row r="107" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B107" t="s">
+        <v>1991</v>
+      </c>
+      <c r="D107" t="s">
+        <v>1992</v>
+      </c>
+    </row>
+    <row r="108" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B108" t="s">
+        <v>1993</v>
+      </c>
+      <c r="D108" t="s">
+        <v>1994</v>
+      </c>
+    </row>
+    <row r="109" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B109" t="s">
+        <v>1995</v>
+      </c>
+      <c r="D109" t="s">
+        <v>1996</v>
+      </c>
+    </row>
+    <row r="110" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B110" t="s">
+        <v>1997</v>
+      </c>
+      <c r="D110" t="s">
+        <v>1998</v>
+      </c>
+    </row>
+    <row r="111" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B111" t="s">
+        <v>1999</v>
+      </c>
+      <c r="D111" t="s">
+        <v>2000</v>
+      </c>
+    </row>
+    <row r="112" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B112" t="s">
+        <v>2001</v>
       </c>
       <c r="D112" t="s">
-        <v>1814</v>
+        <v>2002</v>
+      </c>
+    </row>
+    <row r="113" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B113" t="s">
+        <v>2003</v>
+      </c>
+      <c r="D113" t="s">
+        <v>2004</v>
+      </c>
+    </row>
+    <row r="114" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B114" t="s">
+        <v>2005</v>
+      </c>
+      <c r="D114" t="s">
+        <v>2006</v>
+      </c>
+    </row>
+    <row r="115" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B115" t="s">
+        <v>2007</v>
+      </c>
+      <c r="D115" t="s">
+        <v>2008</v>
+      </c>
+    </row>
+    <row r="116" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B116" t="s">
+        <v>2009</v>
+      </c>
+      <c r="D116" t="s">
+        <v>2010</v>
+      </c>
+    </row>
+    <row r="117" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B117" t="s">
+        <v>2011</v>
+      </c>
+      <c r="D117" t="s">
+        <v>2012</v>
+      </c>
+    </row>
+    <row r="118" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B118" t="s">
+        <v>2013</v>
+      </c>
+      <c r="D118" t="s">
+        <v>2014</v>
+      </c>
+    </row>
+    <row r="119" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B119" t="s">
+        <v>2015</v>
+      </c>
+      <c r="D119" t="s">
+        <v>2016</v>
+      </c>
+    </row>
+    <row r="120" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B120" t="s">
+        <v>2017</v>
+      </c>
+      <c r="D120" t="s">
+        <v>2018</v>
+      </c>
+    </row>
+    <row r="121" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B121" t="s">
+        <v>2019</v>
+      </c>
+      <c r="D121" t="s">
+        <v>2020</v>
+      </c>
+    </row>
+    <row r="122" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B122" t="s">
+        <v>2021</v>
+      </c>
+      <c r="D122" t="s">
+        <v>2022</v>
+      </c>
+    </row>
+    <row r="123" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B123" t="s">
+        <v>2023</v>
+      </c>
+      <c r="D123" t="s">
+        <v>2024</v>
+      </c>
+    </row>
+    <row r="124" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B124" t="s">
+        <v>2025</v>
+      </c>
+      <c r="D124" t="s">
+        <v>2026</v>
+      </c>
+    </row>
+    <row r="125" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B125" t="s">
+        <v>2027</v>
+      </c>
+      <c r="D125" t="s">
+        <v>2028</v>
+      </c>
+    </row>
+    <row r="126" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B126" t="s">
+        <v>2029</v>
+      </c>
+      <c r="D126" t="s">
+        <v>2030</v>
+      </c>
+    </row>
+    <row r="127" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B127" t="s">
+        <v>2031</v>
+      </c>
+      <c r="D127" t="s">
+        <v>2032</v>
+      </c>
+    </row>
+    <row r="128" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B128" t="s">
+        <v>2033</v>
+      </c>
+      <c r="D128" t="s">
+        <v>2034</v>
+      </c>
+    </row>
+    <row r="129" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B129" t="s">
+        <v>2035</v>
+      </c>
+      <c r="D129" t="s">
+        <v>2036</v>
+      </c>
+    </row>
+    <row r="130" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B130" t="s">
+        <v>2037</v>
+      </c>
+      <c r="D130" t="s">
+        <v>2038</v>
+      </c>
+    </row>
+    <row r="131" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B131" t="s">
+        <v>2039</v>
+      </c>
+      <c r="D131" t="s">
+        <v>2040</v>
+      </c>
+    </row>
+    <row r="132" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B132" t="s">
+        <v>2041</v>
+      </c>
+      <c r="D132" t="s">
+        <v>2042</v>
+      </c>
+    </row>
+    <row r="133" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B133" t="s">
+        <v>2043</v>
+      </c>
+      <c r="D133" t="s">
+        <v>2044</v>
+      </c>
+    </row>
+    <row r="134" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B134" t="s">
+        <v>2045</v>
+      </c>
+      <c r="D134" t="s">
+        <v>2046</v>
+      </c>
+    </row>
+    <row r="135" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B135" t="s">
+        <v>2047</v>
+      </c>
+      <c r="D135" t="s">
+        <v>2048</v>
+      </c>
+    </row>
+    <row r="136" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B136" t="s">
+        <v>2049</v>
+      </c>
+      <c r="D136" t="s">
+        <v>2050</v>
+      </c>
+    </row>
+    <row r="137" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B137" t="s">
+        <v>2051</v>
+      </c>
+      <c r="D137" t="s">
+        <v>2052</v>
+      </c>
+    </row>
+    <row r="138" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B138" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D138" t="s">
+        <v>2054</v>
+      </c>
+    </row>
+    <row r="139" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B139" t="s">
+        <v>2055</v>
+      </c>
+      <c r="D139" t="s">
+        <v>2056</v>
+      </c>
+    </row>
+    <row r="140" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B140" t="s">
+        <v>2057</v>
+      </c>
+      <c r="D140" t="s">
+        <v>2058</v>
+      </c>
+    </row>
+    <row r="141" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B141" t="s">
+        <v>2059</v>
+      </c>
+      <c r="D141" t="s">
+        <v>2060</v>
+      </c>
+    </row>
+    <row r="142" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B142" t="s">
+        <v>2061</v>
+      </c>
+      <c r="D142" t="s">
+        <v>2062</v>
+      </c>
+    </row>
+    <row r="143" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B143" t="s">
+        <v>2063</v>
+      </c>
+      <c r="D143" t="s">
+        <v>2064</v>
+      </c>
+    </row>
+    <row r="144" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B144" t="s">
+        <v>2065</v>
+      </c>
+      <c r="D144" t="s">
+        <v>2066</v>
+      </c>
+    </row>
+    <row r="145" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B145" t="s">
+        <v>2067</v>
+      </c>
+      <c r="D145" t="s">
+        <v>2068</v>
+      </c>
+    </row>
+    <row r="146" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B146" t="s">
+        <v>2069</v>
+      </c>
+      <c r="D146" t="s">
+        <v>2070</v>
+      </c>
+    </row>
+    <row r="147" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B147" t="s">
+        <v>2071</v>
+      </c>
+      <c r="D147" t="s">
+        <v>2072</v>
+      </c>
+    </row>
+    <row r="148" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B148" t="s">
+        <v>2073</v>
+      </c>
+      <c r="D148" t="s">
+        <v>2074</v>
+      </c>
+    </row>
+    <row r="149" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B149" t="s">
+        <v>2075</v>
+      </c>
+      <c r="D149" t="s">
+        <v>2076</v>
+      </c>
+    </row>
+    <row r="150" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B150" t="s">
+        <v>2077</v>
+      </c>
+      <c r="D150" t="s">
+        <v>2078</v>
+      </c>
+    </row>
+    <row r="151" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B151" t="s">
+        <v>2079</v>
+      </c>
+      <c r="D151" t="s">
+        <v>2080</v>
+      </c>
+    </row>
+    <row r="152" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B152" t="s">
+        <v>2081</v>
+      </c>
+      <c r="D152" t="s">
+        <v>2082</v>
+      </c>
+    </row>
+    <row r="153" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B153" t="s">
+        <v>2083</v>
+      </c>
+      <c r="D153" t="s">
+        <v>2084</v>
+      </c>
+    </row>
+    <row r="154" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B154" t="s">
+        <v>2085</v>
+      </c>
+      <c r="D154" t="s">
+        <v>2086</v>
+      </c>
+    </row>
+    <row r="155" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B155" t="s">
+        <v>2087</v>
+      </c>
+      <c r="D155" t="s">
+        <v>2088</v>
+      </c>
+    </row>
+    <row r="156" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B156" t="s">
+        <v>2089</v>
+      </c>
+      <c r="D156" t="s">
+        <v>2090</v>
+      </c>
+    </row>
+    <row r="157" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B157" t="s">
+        <v>2091</v>
+      </c>
+      <c r="D157" t="s">
+        <v>2092</v>
+      </c>
+    </row>
+    <row r="158" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B158" t="s">
+        <v>2093</v>
+      </c>
+      <c r="D158" t="s">
+        <v>2094</v>
+      </c>
+    </row>
+    <row r="159" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B159" t="s">
+        <v>2095</v>
+      </c>
+      <c r="D159" t="s">
+        <v>2096</v>
+      </c>
+    </row>
+    <row r="160" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B160" t="s">
+        <v>2097</v>
+      </c>
+      <c r="D160" t="s">
+        <v>2098</v>
+      </c>
+    </row>
+    <row r="161" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B161" t="s">
+        <v>2099</v>
+      </c>
+      <c r="D161" t="s">
+        <v>2100</v>
+      </c>
+    </row>
+    <row r="162" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B162" t="s">
+        <v>2101</v>
+      </c>
+      <c r="D162" t="s">
+        <v>2102</v>
+      </c>
+    </row>
+    <row r="163" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B163" t="s">
+        <v>2103</v>
+      </c>
+      <c r="D163" t="s">
+        <v>2104</v>
+      </c>
+    </row>
+    <row r="164" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B164" t="s">
+        <v>2105</v>
+      </c>
+      <c r="D164" t="s">
+        <v>2106</v>
+      </c>
+    </row>
+    <row r="165" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B165" t="s">
+        <v>2107</v>
+      </c>
+      <c r="D165" t="s">
+        <v>2108</v>
+      </c>
+    </row>
+    <row r="166" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B166" t="s">
+        <v>2109</v>
+      </c>
+      <c r="D166" t="s">
+        <v>2110</v>
+      </c>
+    </row>
+    <row r="167" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B167" t="s">
+        <v>2111</v>
+      </c>
+      <c r="D167" t="s">
+        <v>2112</v>
+      </c>
+    </row>
+    <row r="168" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B168" t="s">
+        <v>2113</v>
+      </c>
+      <c r="D168" t="s">
+        <v>2114</v>
+      </c>
+    </row>
+    <row r="169" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B169" t="s">
+        <v>2115</v>
+      </c>
+      <c r="D169" t="s">
+        <v>2116</v>
+      </c>
+    </row>
+    <row r="170" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B170" t="s">
+        <v>2117</v>
+      </c>
+      <c r="D170" t="s">
+        <v>2118</v>
+      </c>
+    </row>
+    <row r="171" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B171" t="s">
+        <v>2119</v>
+      </c>
+      <c r="D171" t="s">
+        <v>2120</v>
+      </c>
+    </row>
+    <row r="172" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B172" t="s">
+        <v>2121</v>
+      </c>
+      <c r="D172" t="s">
+        <v>2122</v>
+      </c>
+    </row>
+    <row r="173" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B173" t="s">
+        <v>2123</v>
+      </c>
+      <c r="D173" t="s">
+        <v>2124</v>
+      </c>
+    </row>
+    <row r="174" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B174" t="s">
+        <v>2125</v>
+      </c>
+      <c r="D174" t="s">
+        <v>2126</v>
+      </c>
+    </row>
+    <row r="175" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B175" t="s">
+        <v>2127</v>
+      </c>
+      <c r="D175" t="s">
+        <v>2128</v>
+      </c>
+    </row>
+    <row r="176" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B176" t="s">
+        <v>2129</v>
+      </c>
+      <c r="D176" t="s">
+        <v>2130</v>
+      </c>
+    </row>
+    <row r="177" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B177" t="s">
+        <v>2131</v>
+      </c>
+      <c r="D177" t="s">
+        <v>2132</v>
+      </c>
+    </row>
+    <row r="178" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B178" t="s">
+        <v>2133</v>
+      </c>
+      <c r="D178" t="s">
+        <v>2134</v>
+      </c>
+    </row>
+    <row r="179" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B179" t="s">
+        <v>2135</v>
+      </c>
+      <c r="D179" t="s">
+        <v>2136</v>
+      </c>
+    </row>
+    <row r="180" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B180" t="s">
+        <v>2137</v>
+      </c>
+      <c r="D180" t="s">
+        <v>2138</v>
+      </c>
+    </row>
+    <row r="181" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B181" t="s">
+        <v>2139</v>
+      </c>
+      <c r="D181" t="s">
+        <v>2140</v>
+      </c>
+    </row>
+    <row r="182" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B182" t="s">
+        <v>2141</v>
+      </c>
+      <c r="D182" t="s">
+        <v>2142</v>
+      </c>
+    </row>
+    <row r="183" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B183" t="s">
+        <v>2143</v>
+      </c>
+      <c r="D183" t="s">
+        <v>2144</v>
+      </c>
+    </row>
+    <row r="184" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B184" t="s">
+        <v>2145</v>
+      </c>
+      <c r="D184" t="s">
+        <v>2146</v>
+      </c>
+    </row>
+    <row r="185" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B185" t="s">
+        <v>2147</v>
+      </c>
+      <c r="D185" t="s">
+        <v>2148</v>
+      </c>
+    </row>
+    <row r="186" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B186" t="s">
+        <v>2149</v>
+      </c>
+      <c r="D186" t="s">
+        <v>2150</v>
+      </c>
+    </row>
+    <row r="187" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B187" t="s">
+        <v>2151</v>
+      </c>
+      <c r="D187" t="s">
+        <v>2152</v>
+      </c>
+    </row>
+    <row r="188" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B188" t="s">
+        <v>2153</v>
+      </c>
+      <c r="D188" t="s">
+        <v>2154</v>
+      </c>
+    </row>
+    <row r="189" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B189" t="s">
+        <v>2155</v>
+      </c>
+      <c r="D189" t="s">
+        <v>2156</v>
+      </c>
+    </row>
+    <row r="190" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B190" t="s">
+        <v>2157</v>
+      </c>
+      <c r="D190" t="s">
+        <v>2158</v>
+      </c>
+    </row>
+    <row r="191" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B191" t="s">
+        <v>2159</v>
+      </c>
+      <c r="D191" t="s">
+        <v>2160</v>
+      </c>
+    </row>
+    <row r="192" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B192" t="s">
+        <v>2161</v>
+      </c>
+      <c r="D192" t="s">
+        <v>2162</v>
+      </c>
+    </row>
+    <row r="193" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B193" t="s">
+        <v>2163</v>
+      </c>
+      <c r="D193" t="s">
+        <v>2164</v>
+      </c>
+    </row>
+    <row r="194" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B194" t="s">
+        <v>2165</v>
+      </c>
+      <c r="D194" t="s">
+        <v>2166</v>
+      </c>
+    </row>
+    <row r="195" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B195" t="s">
+        <v>2167</v>
+      </c>
+      <c r="D195" t="s">
+        <v>2168</v>
+      </c>
+    </row>
+    <row r="196" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B196" t="s">
+        <v>2169</v>
+      </c>
+      <c r="D196" t="s">
+        <v>2170</v>
+      </c>
+    </row>
+    <row r="197" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B197" t="s">
+        <v>2171</v>
+      </c>
+      <c r="D197" t="s">
+        <v>2172</v>
+      </c>
+    </row>
+    <row r="198" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B198" t="s">
+        <v>2173</v>
+      </c>
+      <c r="D198" t="s">
+        <v>2174</v>
+      </c>
+    </row>
+    <row r="199" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B199" t="s">
+        <v>2175</v>
+      </c>
+      <c r="D199" t="s">
+        <v>2176</v>
+      </c>
+    </row>
+    <row r="200" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B200" t="s">
+        <v>2177</v>
+      </c>
+      <c r="D200" t="s">
+        <v>2178</v>
+      </c>
+    </row>
+    <row r="201" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B201" t="s">
+        <v>2179</v>
+      </c>
+      <c r="D201" t="s">
+        <v>2180</v>
+      </c>
+    </row>
+    <row r="202" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B202" t="s">
+        <v>2181</v>
+      </c>
+      <c r="D202" t="s">
+        <v>2182</v>
+      </c>
+    </row>
+    <row r="203" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B203" t="s">
+        <v>2183</v>
+      </c>
+      <c r="D203" t="s">
+        <v>2184</v>
+      </c>
+    </row>
+    <row r="204" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B204" t="s">
+        <v>2185</v>
+      </c>
+      <c r="D204" t="s">
+        <v>2186</v>
+      </c>
+    </row>
+    <row r="205" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B205" t="s">
+        <v>2187</v>
+      </c>
+      <c r="D205" t="s">
+        <v>2188</v>
+      </c>
+    </row>
+    <row r="206" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B206" t="s">
+        <v>2189</v>
+      </c>
+      <c r="D206" t="s">
+        <v>2190</v>
+      </c>
+    </row>
+    <row r="207" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B207" t="s">
+        <v>2191</v>
+      </c>
+      <c r="D207" t="s">
+        <v>2192</v>
+      </c>
+    </row>
+    <row r="208" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B208" t="s">
+        <v>2193</v>
+      </c>
+      <c r="D208" t="s">
+        <v>2194</v>
+      </c>
+    </row>
+    <row r="209" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B209" t="s">
+        <v>2195</v>
+      </c>
+      <c r="D209" t="s">
+        <v>2196</v>
+      </c>
+    </row>
+    <row r="210" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B210" t="s">
+        <v>2197</v>
+      </c>
+      <c r="D210" t="s">
+        <v>2198</v>
+      </c>
+    </row>
+    <row r="211" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B211" t="s">
+        <v>2199</v>
+      </c>
+      <c r="D211" t="s">
+        <v>2200</v>
+      </c>
+    </row>
+    <row r="212" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B212" t="s">
+        <v>2201</v>
+      </c>
+      <c r="D212" t="s">
+        <v>2202</v>
+      </c>
+    </row>
+    <row r="213" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B213" t="s">
+        <v>2203</v>
+      </c>
+      <c r="D213" t="s">
+        <v>2204</v>
+      </c>
+    </row>
+    <row r="214" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B214" t="s">
+        <v>2205</v>
+      </c>
+      <c r="D214" t="s">
+        <v>2206</v>
+      </c>
+    </row>
+    <row r="215" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B215" t="s">
+        <v>2207</v>
+      </c>
+      <c r="D215" t="s">
+        <v>2208</v>
+      </c>
+    </row>
+    <row r="216" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B216" t="s">
+        <v>2209</v>
+      </c>
+      <c r="D216" t="s">
+        <v>2210</v>
+      </c>
+    </row>
+    <row r="217" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B217" t="s">
+        <v>2211</v>
+      </c>
+      <c r="D217" t="s">
+        <v>2212</v>
+      </c>
+    </row>
+    <row r="218" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B218" t="s">
+        <v>2213</v>
+      </c>
+      <c r="D218" t="s">
+        <v>2214</v>
+      </c>
+    </row>
+    <row r="219" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B219" t="s">
+        <v>2215</v>
+      </c>
+      <c r="D219" t="s">
+        <v>2216</v>
+      </c>
+    </row>
+    <row r="220" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B220" t="s">
+        <v>2217</v>
+      </c>
+      <c r="D220" t="s">
+        <v>2218</v>
+      </c>
+    </row>
+    <row r="221" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B221" t="s">
+        <v>2219</v>
+      </c>
+      <c r="D221" t="s">
+        <v>2220</v>
+      </c>
+    </row>
+    <row r="222" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B222" t="s">
+        <v>2221</v>
+      </c>
+      <c r="D222" t="s">
+        <v>2222</v>
+      </c>
+    </row>
+    <row r="223" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B223" t="s">
+        <v>2223</v>
+      </c>
+      <c r="D223" t="s">
+        <v>2224</v>
+      </c>
+    </row>
+    <row r="224" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B224" t="s">
+        <v>2225</v>
+      </c>
+      <c r="D224" t="s">
+        <v>2226</v>
+      </c>
+    </row>
+    <row r="225" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B225" t="s">
+        <v>2227</v>
+      </c>
+      <c r="D225" t="s">
+        <v>2228</v>
+      </c>
+    </row>
+    <row r="226" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B226" t="s">
+        <v>2229</v>
+      </c>
+      <c r="D226" t="s">
+        <v>2230</v>
+      </c>
+    </row>
+    <row r="227" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B227" t="s">
+        <v>2231</v>
+      </c>
+      <c r="C227" t="s">
+        <v>2232</v>
+      </c>
+      <c r="D227" t="s">
+        <v>2233</v>
+      </c>
+    </row>
+    <row r="228" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B228" t="s">
+        <v>2234</v>
+      </c>
+      <c r="C228" t="s">
+        <v>2235</v>
+      </c>
+      <c r="D228" t="s">
+        <v>2236</v>
+      </c>
+    </row>
+    <row r="229" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B229" t="s">
+        <v>2237</v>
+      </c>
+      <c r="C229" t="s">
+        <v>2238</v>
+      </c>
+      <c r="D229" t="s">
+        <v>2239</v>
+      </c>
+    </row>
+  </sheetData>
+  <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0A00-000000000000}">
+  <dimension ref="A1:D10"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="4" width="50.7265625" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A1" s="1" t="s">
+        <v>78</v>
+      </c>
+      <c r="B1" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" s="1" t="s">
+        <v>79</v>
+      </c>
+      <c r="D1" s="1" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="2" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A2" t="s">
+        <v>32</v>
+      </c>
+      <c r="B2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D2" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="3" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A3" t="s">
+        <v>2240</v>
+      </c>
+      <c r="B3" t="s">
+        <v>84</v>
+      </c>
+      <c r="D3" t="s">
+        <v>2243</v>
+      </c>
+    </row>
+    <row r="4" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A4" t="s">
+        <v>2241</v>
+      </c>
+      <c r="B4" t="s">
+        <v>96</v>
+      </c>
+      <c r="D4" t="s">
+        <v>2244</v>
+      </c>
+    </row>
+    <row r="5" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A5" t="s">
+        <v>2242</v>
+      </c>
+      <c r="B5" t="s">
+        <v>90</v>
+      </c>
+      <c r="D5" t="s">
+        <v>2245</v>
+      </c>
+    </row>
+    <row r="6" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B6" t="s">
+        <v>92</v>
+      </c>
+      <c r="D6" t="s">
+        <v>2246</v>
+      </c>
+    </row>
+    <row r="7" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B7" t="s">
+        <v>2247</v>
+      </c>
+      <c r="C7" t="s">
+        <v>2248</v>
+      </c>
+      <c r="D7" t="s">
+        <v>2249</v>
+      </c>
+    </row>
+    <row r="8" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B8" t="s">
+        <v>2250</v>
+      </c>
+      <c r="C8" t="s">
+        <v>2251</v>
+      </c>
+      <c r="D8" t="s">
+        <v>2252</v>
+      </c>
+    </row>
+    <row r="9" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B9" t="s">
+        <v>2253</v>
+      </c>
+      <c r="C9" t="s">
+        <v>2254</v>
+      </c>
+      <c r="D9" t="s">
+        <v>2255</v>
+      </c>
+    </row>
+    <row r="10" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B10" t="s">
+        <v>2256</v>
+      </c>
+      <c r="C10" t="s">
+        <v>2257</v>
+      </c>
+      <c r="D10" t="s">
+        <v>2258</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>27</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="27" baseType="lpstr">
       <vt:lpstr>Subscription Title List</vt:lpstr>
-      <vt:lpstr>Chi, 08 ed. - &lt;target target-ty</vt:lpstr>
-      <vt:lpstr>Tang - &lt;target target-type="pag</vt:lpstr>
       <vt:lpstr>Berek, 07 ed. - Berek Hacker's</vt:lpstr>
       <vt:lpstr>Chabner, 07 ed. - Cancer Chemot</vt:lpstr>
       <vt:lpstr>Matloff, 1 ed. - Cancer Princip</vt:lpstr>
       <vt:lpstr>Scardino, 4 ed. - Comprehensive</vt:lpstr>
       <vt:lpstr>DeVita, 12 ed. - DeVita, Hellma</vt:lpstr>
       <vt:lpstr>Harris, 5 ed. - Diseases of the</vt:lpstr>
       <vt:lpstr>Butler, 1 ed. - Essential Cance</vt:lpstr>
       <vt:lpstr>Karp, 03 ed. - Handbook of Targ</vt:lpstr>
       <vt:lpstr>Harrison, 4 ed. - Head and Neck</vt:lpstr>
       <vt:lpstr>Shrieve, 1 ed. - Human Radiatio</vt:lpstr>
       <vt:lpstr>Constine, 06 ed. - Pediatric Ra</vt:lpstr>
       <vt:lpstr>Perez, 08 ed. - Perez Brady</vt:lpstr>
       <vt:lpstr>Perry, 5 ed. - Perry's The Chem</vt:lpstr>
-      <vt:lpstr>Blaney, 08 ed. - Pizzo and Popl</vt:lpstr>
+      <vt:lpstr>Blaney, 09 ed. - Pizzo and Popl</vt:lpstr>
+      <vt:lpstr>Chi, 08 ed. - Principles and Pr</vt:lpstr>
+      <vt:lpstr>Tang, 02 ed. - Pocket Radiation</vt:lpstr>
       <vt:lpstr>Choudhury, 03 ed. - Pocket Note</vt:lpstr>
       <vt:lpstr>Pass, 4 ed. - Principles and Pr</vt:lpstr>
       <vt:lpstr>Berger, 05 ed. - Principles and</vt:lpstr>
       <vt:lpstr>Pizzo, 7 ed. - Principles and P</vt:lpstr>
       <vt:lpstr>Silberman, 1 ed. - Principles a</vt:lpstr>
       <vt:lpstr>Tan, 1 ed. - Principles of Mole</vt:lpstr>
       <vt:lpstr>Van Tine - The Washington Manua</vt:lpstr>
       <vt:lpstr>Rubin, 2 ed. - TNM Staging Atla</vt:lpstr>
       <vt:lpstr>Weksler, 02 ed. - Wintrobe’s At</vt:lpstr>
       <vt:lpstr>Means, 15 ed. - Wintrobe’s Clin</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>puseascm05tol01$</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>