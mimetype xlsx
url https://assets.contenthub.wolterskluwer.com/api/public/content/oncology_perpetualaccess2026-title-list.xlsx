--- v0 (2026-01-08)
+++ v1 (2026-02-11)
@@ -1,101 +1,103 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet10.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet11.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet12.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet13.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet14.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet15.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet16.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet17.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet18.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet19.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29127"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29426"/>
   <workbookPr codeName="ThisWorkbook" defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://wolterskluwer-my.sharepoint.com/personal/leanne_vandetty_wolterskluwer_com/Documents/Health Library/Health Library Repository/Health Library Title Lists/Perpetual Access/2026/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="76" documentId="11_E435DE4B42B801809E8FE5580A810CBC09D16040" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{7823C9D2-E5B5-4C9C-B4D9-EE5BC7B12098}"/>
+  <xr:revisionPtr revIDLastSave="93" documentId="11_E435DE4B42B801809E8FE5580A810CBC09D16040" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{39BC1073-D336-4DF5-BB83-4080BD9373FF}"/>
   <bookViews>
     <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10300" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Perpetual Access 2026 Titles" sheetId="1" r:id="rId1"/>
     <sheet name="Berek, 07 ed. - Berek Hacker's" sheetId="3" r:id="rId2"/>
     <sheet name="Chabner, 07 ed. - Cancer Chemot" sheetId="4" r:id="rId3"/>
     <sheet name="DeVita, 12 ed. - DeVita, Hellma" sheetId="5" r:id="rId4"/>
     <sheet name="Harris, 5 ed. - Diseases of the" sheetId="6" r:id="rId5"/>
     <sheet name="Karp, 03 ed. - Handbook of Targ" sheetId="7" r:id="rId6"/>
     <sheet name="Harrison, 4 ed. - Head and Neck" sheetId="8" r:id="rId7"/>
     <sheet name="Perez, 08 ed. - Perez Brady" sheetId="21" r:id="rId8"/>
     <sheet name="Perry, 5 ed. - Perry's The Chem" sheetId="10" r:id="rId9"/>
-    <sheet name="Choudhury, 03 ed. - Pocket Note" sheetId="12" r:id="rId10"/>
-[...7 lines deleted...]
-    <sheet name="Means, 15 ed. - Wintrobe’s Clin" sheetId="17" r:id="rId18"/>
+    <sheet name="Blaney, 09 ed. - Pizzo and Popl" sheetId="22" r:id="rId10"/>
+    <sheet name="Choudhury, 03 ed. - Pocket Note" sheetId="12" r:id="rId11"/>
+    <sheet name="Tang, 2e - Pocket Radiation Onc" sheetId="20" r:id="rId12"/>
+    <sheet name="Chi, 08 ed. - Principles and Pr" sheetId="18" r:id="rId13"/>
+    <sheet name="Berger, 05 ed. - Principles and" sheetId="13" r:id="rId14"/>
+    <sheet name="Pizzo, 7 ed. - Principles and P" sheetId="14" r:id="rId15"/>
+    <sheet name="Van Tine, 5 ed. - The Washingto" sheetId="19" r:id="rId16"/>
+    <sheet name="Rubin, 2 ed. - TNM Staging Atla" sheetId="15" r:id="rId17"/>
+    <sheet name="Weksler, 02 ed. - Wintrobe’s At" sheetId="16" r:id="rId18"/>
+    <sheet name="Means, 15 ed. - Wintrobe’s Clin" sheetId="17" r:id="rId19"/>
   </sheets>
   <calcPr calcId="125725"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3662" uniqueCount="2907">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3846" uniqueCount="2999">
   <si>
     <t>Author</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Edition</t>
   </si>
   <si>
     <t>ISBN</t>
   </si>
   <si>
     <t>Year Published</t>
   </si>
   <si>
     <t>Title Level URL</t>
   </si>
   <si>
     <t>Date Added to HL</t>
   </si>
   <si>
     <t>Dennis S. Chi, MD</t>
   </si>
   <si>
@@ -6891,56 +6893,50 @@
   <si>
     <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=256497969&amp;bookId=3281</t>
   </si>
   <si>
     <t>Graft-vs-Host Disease and Graft-vs-Tumor Response</t>
   </si>
   <si>
     <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=256498130&amp;bookId=3281</t>
   </si>
   <si>
     <t>Late Effects After Hematopoietic Cell Transplantation</t>
   </si>
   <si>
     <t>Chapter 108</t>
   </si>
   <si>
     <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=256498275&amp;bookId=3281</t>
   </si>
   <si>
     <t>Principles and Practice of Gynecologic Oncology, 8e</t>
   </si>
   <si>
     <t>Berek &amp; Hacker's Gynecologic Oncology, 7e</t>
   </si>
   <si>
-    <t>Coming in 2025</t>
-[...4 lines deleted...]
-  <si>
     <t>Tang</t>
   </si>
   <si>
     <t>Van Tine</t>
   </si>
   <si>
     <t>https://oncology.lwwhealthlibrary.com/book.aspx?bookid=3363</t>
   </si>
   <si>
     <t>Brian A. Van Tine, MD, PhD</t>
   </si>
   <si>
     <t>The Washington Manual® Hematology and Oncology Subspecialty Consult, 5e</t>
   </si>
   <si>
     <t>Meagan A. Jacoby, MD, PhD</t>
   </si>
   <si>
     <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=258848630&amp;bookId=3363</t>
   </si>
   <si>
     <t>The Washington Manual® Hematology and Oncology Subspecialty Consult</t>
   </si>
   <si>
     <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=258848634&amp;bookId=3363</t>
@@ -8773,182 +8769,473 @@
     <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261118837&amp;bookId=3445</t>
   </si>
   <si>
     <t>Cancer Pain: Assessment and Management</t>
   </si>
   <si>
     <t xml:space="preserve"> Chapter 105</t>
   </si>
   <si>
     <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261118910&amp;bookId=3445</t>
   </si>
   <si>
     <t xml:space="preserve"> Chapter 106</t>
   </si>
   <si>
     <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261118990&amp;bookId=3445</t>
   </si>
   <si>
     <t>Management of Radiation Side Effects</t>
   </si>
   <si>
     <t xml:space="preserve"> Chapter 107</t>
   </si>
   <si>
     <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261119087&amp;bookId=3445</t>
+  </si>
+  <si>
+    <t>Susan M. Blaney</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/book.aspx?bookid=3457</t>
+  </si>
+  <si>
+    <t>Peter C. Adamson</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261349874&amp;bookId=3457</t>
+  </si>
+  <si>
+    <t>Lee J. Helman</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261349878&amp;bookId=3457</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261349893&amp;bookId=3457</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261349895&amp;bookId=3457</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261351284&amp;bookId=3457</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261351297&amp;bookId=3457</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261351298&amp;bookId=3457</t>
+  </si>
+  <si>
+    <t>Heredity and Childhood Cancer</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261351403&amp;bookId=3457</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261351587&amp;bookId=3457</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261351737&amp;bookId=3457</t>
+  </si>
+  <si>
+    <t>Tumor Immunology of Childhood Cancer</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261351884&amp;bookId=3457</t>
+  </si>
+  <si>
+    <t>Section 2: Diagnosis and Evaluation of the Child With Cancer</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261352018&amp;bookId=3457</t>
+  </si>
+  <si>
+    <t>Clinical Assessment and Differential Diagnosis of Suspected Childhood Cancer</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261352019&amp;bookId=3457</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261352114&amp;bookId=3457</t>
+  </si>
+  <si>
+    <t>Diagnostic Pathology of Pediatric Solid and Central Nervous System Malignancies</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261352338&amp;bookId=3457</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261352517&amp;bookId=3457</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261352890&amp;bookId=3457</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261352891&amp;bookId=3457</t>
+  </si>
+  <si>
+    <t>General Principles of Cellular Immunotherapy</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261353496&amp;bookId=3457</t>
+  </si>
+  <si>
+    <t>General Principles of Targeted Therapy</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261353622&amp;bookId=3457</t>
+  </si>
+  <si>
+    <t>General Principles of Hematopoietic Stem Cell Transplantation</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261353813&amp;bookId=3457</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261354034&amp;bookId=3457</t>
+  </si>
+  <si>
+    <t>General Principles of Pediatric Surgical Oncology</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261354179&amp;bookId=3457</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261354263&amp;bookId=3457</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261354264&amp;bookId=3457</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261354552&amp;bookId=3457</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261354806&amp;bookId=3457</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261355037&amp;bookId=3457</t>
+  </si>
+  <si>
+    <t>Malignant Non–Hodgkin Lymphomas in Children</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261355178&amp;bookId=3457</t>
+  </si>
+  <si>
+    <t>Lymphoid Proliferations, Lymphomas, and Other Malignancies Associated With Immune Deficiency and Dysregulation</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261355351&amp;bookId=3457</t>
+  </si>
+  <si>
+    <t>Histiocytoses</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261355494&amp;bookId=3457</t>
+  </si>
+  <si>
+    <t>Tumors of the Central Nervous System: Embryonal, Pineal, and Germ Cell Tumors</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261355674&amp;bookId=3457</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261356036&amp;bookId=3457</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261356464&amp;bookId=3457</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261356641&amp;bookId=3457</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261356821&amp;bookId=3457</t>
+  </si>
+  <si>
+    <t>Nonrhabdomyosarcoma Soft Tissue Sarcomas</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261357009&amp;bookId=3457</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261357367&amp;bookId=3457</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261357531&amp;bookId=3457</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261357708&amp;bookId=3457</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261357913&amp;bookId=3457</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261358196&amp;bookId=3457</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261358449&amp;bookId=3457</t>
+  </si>
+  <si>
+    <t>Rare Tumors</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261358636&amp;bookId=3457</t>
+  </si>
+  <si>
+    <t>Section 5: Supportive Care of Children With Cancer</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261358815&amp;bookId=3457</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261358816&amp;bookId=3457</t>
+  </si>
+  <si>
+    <t>Nursing, Nutritional, and Hematologic Supportive Care of the Child With Cancer</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261359166&amp;bookId=3457</t>
+  </si>
+  <si>
+    <t>Infectious Complications in Children With Underlying Malignancy</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261359481&amp;bookId=3457</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261359700&amp;bookId=3457</t>
+  </si>
+  <si>
+    <t>Psychosocial Support for the Child and Family</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261359815&amp;bookId=3457</t>
+  </si>
+  <si>
+    <t>Educational Issues for Children With Cancer: From Diagnosis Through Survivorship</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261359975&amp;bookId=3457</t>
+  </si>
+  <si>
+    <t>The Other Side of the Bed: What Providers Can Learn From Listening to Patients and Their Families</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261360120&amp;bookId=3457</t>
+  </si>
+  <si>
+    <t>Section 6: Other Considerations</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261360398&amp;bookId=3457</t>
+  </si>
+  <si>
+    <t>Adolescents and Young Adults With Cancer and Transitional Care to Adulthood</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261360399&amp;bookId=3457</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261360474&amp;bookId=3457</t>
+  </si>
+  <si>
+    <t>Pain, Non-Pain Symptom Management, and Palliative Care for the Child With Cancer</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261360623&amp;bookId=3457</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261360904&amp;bookId=3457</t>
+  </si>
+  <si>
+    <t>Health Disparities in Childhood Cancer</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261361127&amp;bookId=3457</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261361257&amp;bookId=3457</t>
+  </si>
+  <si>
+    <t>Pediatric Cancer: Advocacy and Policy Issues for Patients, Families, and Survivors</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261361394&amp;bookId=3457</t>
+  </si>
+  <si>
+    <t>Safety, Medical Errors, and Pediatric Cancer Treatment</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261361475&amp;bookId=3457</t>
+  </si>
+  <si>
+    <t>Pediatric Oncology in Low- and Middle-Income Countries</t>
+  </si>
+  <si>
+    <t>https://oncology.lwwhealthlibrary.com/content.aspx?sectionId=261361566&amp;bookId=3457</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="5" x14ac:knownFonts="1">
+  <fonts count="6" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Tahoma"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <name val="Tahoma"/>
+      <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="10"/>
+      <name val="Tahoma"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="5">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF808080"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="55"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="2">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
-  <cellStyleXfs count="3">
+  <cellStyleXfs count="4">
     <xf numFmtId="0" fontId="0" fillId="2" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="0"/>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="13">
+  <cellXfs count="14">
     <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="14" fontId="0" fillId="2" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="4" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="4" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="1" fontId="3" fillId="4" borderId="1" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="1" fontId="1" fillId="3" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
     <xf numFmtId="1" fontId="0" fillId="2" borderId="0" xfId="0" applyNumberFormat="1"/>
-    <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0"/>
-[...1 lines deleted...]
-    <xf numFmtId="14" fontId="0" fillId="2" borderId="0" xfId="0" applyNumberFormat="1"/>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="0" xfId="3"/>
+    <xf numFmtId="14" fontId="5" fillId="2" borderId="0" xfId="3" applyNumberFormat="1"/>
+    <xf numFmtId="1" fontId="5" fillId="2" borderId="0" xfId="3" applyNumberFormat="1"/>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="0" xfId="3"/>
   </cellXfs>
-  <cellStyles count="3">
+  <cellStyles count="4">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
+    <cellStyle name="Normal 2" xfId="3" xr:uid="{405F111E-21D7-44F1-A651-83013601A178}"/>
     <cellStyle name="Normal 2 2" xfId="1" xr:uid="{98D45DC0-BBA9-4AB1-B13B-13FC0CC4CB64}"/>
     <cellStyle name="Normal 7" xfId="2" xr:uid="{71511729-EFA2-4C0D-BDB0-D57FC38B3B15}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet13.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet18.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet12.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet17.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet16.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet11.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet15.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet10.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet14.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet13.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet18.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet12.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet17.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet16.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet11.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet15.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet10.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet19.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet14.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 2013 - 2022 Theme">
   <a:themeElements>
     <a:clrScheme name="Office 2013 - 2022">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -9206,60 +9493,58 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:G21"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A2" workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="2" width="50.7265625" customWidth="1"/>
     <col min="3" max="3" width="7.36328125" bestFit="1" customWidth="1"/>
-    <col min="4" max="4" width="50.7265625" style="9" customWidth="1"/>
-    <col min="5" max="5" width="50.7265625" customWidth="1"/>
+    <col min="4" max="4" width="16.453125" style="9" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="14.81640625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="53.36328125" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="8" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
@@ -9291,75 +9576,75 @@
     <row r="3" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
         <v>12</v>
       </c>
       <c r="B3" t="s">
         <v>13</v>
       </c>
       <c r="C3">
         <v>7</v>
       </c>
       <c r="D3" s="9">
         <v>9781975199296</v>
       </c>
       <c r="E3">
         <v>2025</v>
       </c>
       <c r="F3" t="s">
         <v>14</v>
       </c>
       <c r="G3" s="2">
         <v>45478</v>
       </c>
     </row>
     <row r="4" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A4" t="s">
-        <v>2550</v>
+        <v>2548</v>
       </c>
       <c r="B4" t="s">
-        <v>2551</v>
+        <v>2549</v>
       </c>
       <c r="C4">
         <v>1</v>
       </c>
       <c r="D4" s="9">
         <v>9781975261764</v>
       </c>
       <c r="E4">
         <v>2026</v>
       </c>
       <c r="F4" t="s">
-        <v>2545</v>
+        <v>2543</v>
       </c>
       <c r="G4" s="2"/>
     </row>
     <row r="5" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A5" t="s">
         <v>15</v>
       </c>
       <c r="B5" t="s">
-        <v>2547</v>
+        <v>2545</v>
       </c>
       <c r="C5">
         <v>12</v>
       </c>
       <c r="D5" s="9">
         <v>9781975184742</v>
       </c>
       <c r="E5">
         <v>2023</v>
       </c>
       <c r="F5" t="s">
         <v>17</v>
       </c>
       <c r="G5" s="2">
         <v>44841</v>
       </c>
     </row>
     <row r="6" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A6" t="s">
         <v>18</v>
       </c>
       <c r="B6" t="s">
         <v>19</v>
       </c>
       <c r="C6">
@@ -9403,178 +9688,180 @@
     </row>
     <row r="8" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A8" t="s">
         <v>24</v>
       </c>
       <c r="B8" t="s">
         <v>25</v>
       </c>
       <c r="C8">
         <v>4</v>
       </c>
       <c r="D8" s="9">
         <v>9781451144871</v>
       </c>
       <c r="E8">
         <v>2014</v>
       </c>
       <c r="F8" t="s">
         <v>26</v>
       </c>
       <c r="G8" s="2">
         <v>42019</v>
       </c>
     </row>
     <row r="9" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A9" s="10" t="s">
-[...5 lines deleted...]
-      <c r="C9" s="10">
+      <c r="A9" t="s">
+        <v>2550</v>
+      </c>
+      <c r="B9" t="s">
+        <v>2551</v>
+      </c>
+      <c r="C9">
         <v>8</v>
       </c>
       <c r="D9" s="9">
         <v>9781975221263</v>
       </c>
-      <c r="E9" s="10">
+      <c r="E9">
         <v>2026</v>
       </c>
-      <c r="F9" s="10" t="s">
-[...2 lines deleted...]
-      <c r="G9" s="12">
+      <c r="F9" t="s">
+        <v>2552</v>
+      </c>
+      <c r="G9" s="2">
         <v>45932</v>
       </c>
     </row>
     <row r="10" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A10" t="s">
         <v>27</v>
       </c>
       <c r="B10" t="s">
         <v>28</v>
       </c>
       <c r="C10">
         <v>5</v>
       </c>
       <c r="D10" s="9">
         <v>9781451101454</v>
       </c>
       <c r="E10">
         <v>2011</v>
       </c>
       <c r="F10" t="s">
         <v>29</v>
       </c>
       <c r="G10" s="2">
         <v>41754</v>
       </c>
     </row>
     <row r="11" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A11" t="s">
-[...5 lines deleted...]
-      <c r="C11">
+      <c r="A11" s="10" t="s">
+        <v>2905</v>
+      </c>
+      <c r="B11" s="10" t="s">
+        <v>2546</v>
+      </c>
+      <c r="C11" s="10">
         <v>9</v>
       </c>
-      <c r="D11" s="9">
+      <c r="D11" s="12">
         <v>9781975222567</v>
       </c>
-      <c r="E11">
-[...5 lines deleted...]
-      <c r="G11" s="2"/>
+      <c r="E11" s="10">
+        <v>2026</v>
+      </c>
+      <c r="F11" s="10" t="s">
+        <v>2906</v>
+      </c>
+      <c r="G11" s="11">
+        <v>45959</v>
+      </c>
     </row>
     <row r="12" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A12" t="s">
         <v>30</v>
       </c>
       <c r="B12" t="s">
         <v>31</v>
       </c>
       <c r="C12">
         <v>3</v>
       </c>
       <c r="D12" s="9">
         <v>9781975190811</v>
       </c>
       <c r="E12">
         <v>2023</v>
       </c>
       <c r="F12" t="s">
         <v>32</v>
       </c>
       <c r="G12" s="2">
         <v>44840</v>
       </c>
     </row>
     <row r="13" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A13" t="s">
-        <v>2543</v>
+        <v>2541</v>
       </c>
       <c r="B13" t="s">
-        <v>2544</v>
+        <v>2542</v>
       </c>
       <c r="C13">
         <v>4</v>
       </c>
       <c r="D13" s="9">
         <v>9781975264840</v>
       </c>
       <c r="E13">
         <v>2026</v>
       </c>
       <c r="F13" t="s">
-        <v>2545</v>
+        <v>2543</v>
       </c>
       <c r="G13" s="2"/>
     </row>
     <row r="14" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A14" t="s">
-        <v>2281</v>
+        <v>2279</v>
       </c>
       <c r="B14" t="s">
-        <v>2546</v>
+        <v>2544</v>
       </c>
       <c r="C14">
         <v>2</v>
       </c>
       <c r="D14" s="9">
         <v>9781975218942</v>
       </c>
       <c r="E14">
         <v>2024</v>
       </c>
       <c r="F14" t="s">
-        <v>2378</v>
+        <v>2376</v>
       </c>
       <c r="G14" s="2">
         <v>45657</v>
       </c>
     </row>
     <row r="15" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A15" t="s">
         <v>7</v>
       </c>
       <c r="B15" t="s">
         <v>2277</v>
       </c>
       <c r="C15">
         <v>8</v>
       </c>
       <c r="D15" s="9">
         <v>9781975183271</v>
       </c>
       <c r="E15">
         <v>2025</v>
       </c>
       <c r="F15" t="s">
         <v>8</v>
       </c>
       <c r="G15" s="2">
@@ -9607,66 +9894,66 @@
     <row r="17" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A17" t="s">
         <v>36</v>
       </c>
       <c r="B17" t="s">
         <v>37</v>
       </c>
       <c r="C17">
         <v>7</v>
       </c>
       <c r="D17" s="9">
         <v>9781451194234</v>
       </c>
       <c r="E17">
         <v>2016</v>
       </c>
       <c r="F17" t="s">
         <v>38</v>
       </c>
       <c r="G17" s="2">
         <v>42198</v>
       </c>
     </row>
     <row r="18" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A18" t="s">
-        <v>2282</v>
+        <v>2280</v>
       </c>
       <c r="B18" t="s">
-        <v>2549</v>
+        <v>2547</v>
       </c>
       <c r="C18">
         <v>5</v>
       </c>
       <c r="D18" s="9">
         <v>9781975212841</v>
       </c>
       <c r="E18">
         <v>2024</v>
       </c>
       <c r="F18" t="s">
-        <v>2283</v>
+        <v>2281</v>
       </c>
       <c r="G18" s="2">
         <v>45548</v>
       </c>
     </row>
     <row r="19" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A19" t="s">
         <v>39</v>
       </c>
       <c r="B19" t="s">
         <v>40</v>
       </c>
       <c r="C19">
         <v>2</v>
       </c>
       <c r="D19" s="9">
         <v>9781609131449</v>
       </c>
       <c r="E19">
         <v>2012</v>
       </c>
       <c r="F19" t="s">
         <v>41</v>
       </c>
       <c r="G19" s="2">
@@ -9703,50 +9990,767 @@
       <c r="B21" t="s">
         <v>46</v>
       </c>
       <c r="C21">
         <v>15</v>
       </c>
       <c r="D21" s="9">
         <v>9781975184698</v>
       </c>
       <c r="E21">
         <v>2024</v>
       </c>
       <c r="F21" t="s">
         <v>47</v>
       </c>
       <c r="G21" s="2">
         <v>45105</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{0645D50E-8114-492B-930E-E3455A416260}">
+  <dimension ref="A1:D64"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
+  <sheetData>
+    <row r="1" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A1" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="B1" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="D1" s="1" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="2" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A2" s="13" t="s">
+        <v>2905</v>
+      </c>
+      <c r="B2" s="13" t="s">
+        <v>2546</v>
+      </c>
+      <c r="C2" s="13"/>
+      <c r="D2" s="13" t="s">
+        <v>2906</v>
+      </c>
+    </row>
+    <row r="3" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A3" s="13" t="s">
+        <v>2907</v>
+      </c>
+      <c r="B3" s="13" t="s">
+        <v>54</v>
+      </c>
+      <c r="C3" s="13"/>
+      <c r="D3" s="13" t="s">
+        <v>2908</v>
+      </c>
+    </row>
+    <row r="4" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A4" s="13" t="s">
+        <v>2909</v>
+      </c>
+      <c r="B4" s="13" t="s">
+        <v>2546</v>
+      </c>
+      <c r="C4" s="13"/>
+      <c r="D4" s="13" t="s">
+        <v>2910</v>
+      </c>
+    </row>
+    <row r="5" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A5" s="13"/>
+      <c r="B5" s="13" t="s">
+        <v>58</v>
+      </c>
+      <c r="C5" s="13"/>
+      <c r="D5" s="13" t="s">
+        <v>2911</v>
+      </c>
+    </row>
+    <row r="6" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A6" s="13"/>
+      <c r="B6" s="13" t="s">
+        <v>66</v>
+      </c>
+      <c r="C6" s="13"/>
+      <c r="D6" s="13" t="s">
+        <v>2912</v>
+      </c>
+    </row>
+    <row r="7" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A7" s="13"/>
+      <c r="B7" s="13" t="s">
+        <v>60</v>
+      </c>
+      <c r="C7" s="13"/>
+      <c r="D7" s="13" t="s">
+        <v>2913</v>
+      </c>
+    </row>
+    <row r="8" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A8" s="13"/>
+      <c r="B8" s="13" t="s">
+        <v>1442</v>
+      </c>
+      <c r="C8" s="13"/>
+      <c r="D8" s="13" t="s">
+        <v>2914</v>
+      </c>
+    </row>
+    <row r="9" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A9" s="13"/>
+      <c r="B9" s="13" t="s">
+        <v>1443</v>
+      </c>
+      <c r="C9" s="13" t="s">
+        <v>440</v>
+      </c>
+      <c r="D9" s="13" t="s">
+        <v>2915</v>
+      </c>
+    </row>
+    <row r="10" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A10" s="13"/>
+      <c r="B10" s="13" t="s">
+        <v>2916</v>
+      </c>
+      <c r="C10" s="13" t="s">
+        <v>443</v>
+      </c>
+      <c r="D10" s="13" t="s">
+        <v>2917</v>
+      </c>
+    </row>
+    <row r="11" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A11" s="13"/>
+      <c r="B11" s="13" t="s">
+        <v>1444</v>
+      </c>
+      <c r="C11" s="13" t="s">
+        <v>446</v>
+      </c>
+      <c r="D11" s="13" t="s">
+        <v>2918</v>
+      </c>
+    </row>
+    <row r="12" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A12" s="13"/>
+      <c r="B12" s="13" t="s">
+        <v>1445</v>
+      </c>
+      <c r="C12" s="13" t="s">
+        <v>449</v>
+      </c>
+      <c r="D12" s="13" t="s">
+        <v>2919</v>
+      </c>
+    </row>
+    <row r="13" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A13" s="13"/>
+      <c r="B13" s="13" t="s">
+        <v>2920</v>
+      </c>
+      <c r="C13" s="13" t="s">
+        <v>452</v>
+      </c>
+      <c r="D13" s="13" t="s">
+        <v>2921</v>
+      </c>
+    </row>
+    <row r="14" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A14" s="13"/>
+      <c r="B14" s="13" t="s">
+        <v>2922</v>
+      </c>
+      <c r="C14" s="13"/>
+      <c r="D14" s="13" t="s">
+        <v>2923</v>
+      </c>
+    </row>
+    <row r="15" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A15" s="13"/>
+      <c r="B15" s="13" t="s">
+        <v>2924</v>
+      </c>
+      <c r="C15" s="13" t="s">
+        <v>455</v>
+      </c>
+      <c r="D15" s="13" t="s">
+        <v>2925</v>
+      </c>
+    </row>
+    <row r="16" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A16" s="13"/>
+      <c r="B16" s="13" t="s">
+        <v>1447</v>
+      </c>
+      <c r="C16" s="13" t="s">
+        <v>458</v>
+      </c>
+      <c r="D16" s="13" t="s">
+        <v>2926</v>
+      </c>
+    </row>
+    <row r="17" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B17" s="13" t="s">
+        <v>2927</v>
+      </c>
+      <c r="C17" s="13" t="s">
+        <v>463</v>
+      </c>
+      <c r="D17" s="13" t="s">
+        <v>2928</v>
+      </c>
+    </row>
+    <row r="18" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B18" s="13" t="s">
+        <v>1738</v>
+      </c>
+      <c r="C18" s="13" t="s">
+        <v>466</v>
+      </c>
+      <c r="D18" s="13" t="s">
+        <v>2929</v>
+      </c>
+    </row>
+    <row r="19" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B19" s="13" t="s">
+        <v>1448</v>
+      </c>
+      <c r="C19" s="13"/>
+      <c r="D19" s="13" t="s">
+        <v>2930</v>
+      </c>
+    </row>
+    <row r="20" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B20" s="13" t="s">
+        <v>1449</v>
+      </c>
+      <c r="C20" s="13" t="s">
+        <v>469</v>
+      </c>
+      <c r="D20" s="13" t="s">
+        <v>2931</v>
+      </c>
+    </row>
+    <row r="21" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B21" s="13" t="s">
+        <v>2932</v>
+      </c>
+      <c r="C21" s="13" t="s">
+        <v>472</v>
+      </c>
+      <c r="D21" s="13" t="s">
+        <v>2933</v>
+      </c>
+    </row>
+    <row r="22" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B22" s="13" t="s">
+        <v>2934</v>
+      </c>
+      <c r="C22" s="13" t="s">
+        <v>475</v>
+      </c>
+      <c r="D22" s="13" t="s">
+        <v>2935</v>
+      </c>
+    </row>
+    <row r="23" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B23" s="13" t="s">
+        <v>2936</v>
+      </c>
+      <c r="C23" s="13" t="s">
+        <v>478</v>
+      </c>
+      <c r="D23" s="13" t="s">
+        <v>2937</v>
+      </c>
+    </row>
+    <row r="24" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B24" s="13" t="s">
+        <v>1450</v>
+      </c>
+      <c r="C24" s="13" t="s">
+        <v>481</v>
+      </c>
+      <c r="D24" s="13" t="s">
+        <v>2938</v>
+      </c>
+    </row>
+    <row r="25" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B25" s="13" t="s">
+        <v>2939</v>
+      </c>
+      <c r="C25" s="13" t="s">
+        <v>484</v>
+      </c>
+      <c r="D25" s="13" t="s">
+        <v>2940</v>
+      </c>
+    </row>
+    <row r="26" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B26" s="13" t="s">
+        <v>1452</v>
+      </c>
+      <c r="C26" s="13"/>
+      <c r="D26" s="13" t="s">
+        <v>2941</v>
+      </c>
+    </row>
+    <row r="27" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B27" s="13" t="s">
+        <v>1453</v>
+      </c>
+      <c r="C27" s="13" t="s">
+        <v>487</v>
+      </c>
+      <c r="D27" s="13" t="s">
+        <v>2942</v>
+      </c>
+    </row>
+    <row r="28" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B28" s="13" t="s">
+        <v>1454</v>
+      </c>
+      <c r="C28" s="13" t="s">
+        <v>490</v>
+      </c>
+      <c r="D28" s="13" t="s">
+        <v>2943</v>
+      </c>
+    </row>
+    <row r="29" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B29" s="13" t="s">
+        <v>1455</v>
+      </c>
+      <c r="C29" s="13" t="s">
+        <v>495</v>
+      </c>
+      <c r="D29" s="13" t="s">
+        <v>2944</v>
+      </c>
+    </row>
+    <row r="30" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B30" s="13" t="s">
+        <v>857</v>
+      </c>
+      <c r="C30" s="13" t="s">
+        <v>498</v>
+      </c>
+      <c r="D30" s="13" t="s">
+        <v>2945</v>
+      </c>
+    </row>
+    <row r="31" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B31" s="13" t="s">
+        <v>2946</v>
+      </c>
+      <c r="C31" s="13" t="s">
+        <v>501</v>
+      </c>
+      <c r="D31" s="13" t="s">
+        <v>2947</v>
+      </c>
+    </row>
+    <row r="32" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B32" s="13" t="s">
+        <v>2948</v>
+      </c>
+      <c r="C32" s="13" t="s">
+        <v>504</v>
+      </c>
+      <c r="D32" s="13" t="s">
+        <v>2949</v>
+      </c>
+    </row>
+    <row r="33" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B33" s="13" t="s">
+        <v>2950</v>
+      </c>
+      <c r="C33" s="13" t="s">
+        <v>507</v>
+      </c>
+      <c r="D33" s="13" t="s">
+        <v>2951</v>
+      </c>
+    </row>
+    <row r="34" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B34" s="13" t="s">
+        <v>2952</v>
+      </c>
+      <c r="C34" s="13" t="s">
+        <v>510</v>
+      </c>
+      <c r="D34" s="13" t="s">
+        <v>2953</v>
+      </c>
+    </row>
+    <row r="35" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B35" s="13" t="s">
+        <v>1457</v>
+      </c>
+      <c r="C35" s="13" t="s">
+        <v>515</v>
+      </c>
+      <c r="D35" s="13" t="s">
+        <v>2954</v>
+      </c>
+    </row>
+    <row r="36" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B36" s="13" t="s">
+        <v>1316</v>
+      </c>
+      <c r="C36" s="13" t="s">
+        <v>518</v>
+      </c>
+      <c r="D36" s="13" t="s">
+        <v>2955</v>
+      </c>
+    </row>
+    <row r="37" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B37" s="13" t="s">
+        <v>1458</v>
+      </c>
+      <c r="C37" s="13" t="s">
+        <v>521</v>
+      </c>
+      <c r="D37" s="13" t="s">
+        <v>2956</v>
+      </c>
+    </row>
+    <row r="38" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B38" s="13" t="s">
+        <v>1317</v>
+      </c>
+      <c r="C38" s="13" t="s">
+        <v>719</v>
+      </c>
+      <c r="D38" s="13" t="s">
+        <v>2957</v>
+      </c>
+    </row>
+    <row r="39" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B39" s="13" t="s">
+        <v>2958</v>
+      </c>
+      <c r="C39" s="13" t="s">
+        <v>722</v>
+      </c>
+      <c r="D39" s="13" t="s">
+        <v>2959</v>
+      </c>
+    </row>
+    <row r="40" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B40" s="13" t="s">
+        <v>1459</v>
+      </c>
+      <c r="C40" s="13" t="s">
+        <v>725</v>
+      </c>
+      <c r="D40" s="13" t="s">
+        <v>2960</v>
+      </c>
+    </row>
+    <row r="41" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B41" s="13" t="s">
+        <v>1460</v>
+      </c>
+      <c r="C41" s="13" t="s">
+        <v>730</v>
+      </c>
+      <c r="D41" s="13" t="s">
+        <v>2961</v>
+      </c>
+    </row>
+    <row r="42" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B42" s="13" t="s">
+        <v>1461</v>
+      </c>
+      <c r="C42" s="13" t="s">
+        <v>733</v>
+      </c>
+      <c r="D42" s="13" t="s">
+        <v>2962</v>
+      </c>
+    </row>
+    <row r="43" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B43" s="13" t="s">
+        <v>1403</v>
+      </c>
+      <c r="C43" s="13" t="s">
+        <v>736</v>
+      </c>
+      <c r="D43" s="13" t="s">
+        <v>2963</v>
+      </c>
+    </row>
+    <row r="44" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B44" s="13" t="s">
+        <v>1462</v>
+      </c>
+      <c r="C44" s="13" t="s">
+        <v>741</v>
+      </c>
+      <c r="D44" s="13" t="s">
+        <v>2964</v>
+      </c>
+    </row>
+    <row r="45" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B45" s="13" t="s">
+        <v>1463</v>
+      </c>
+      <c r="C45" s="13" t="s">
+        <v>744</v>
+      </c>
+      <c r="D45" s="13" t="s">
+        <v>2965</v>
+      </c>
+    </row>
+    <row r="46" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B46" s="13" t="s">
+        <v>2966</v>
+      </c>
+      <c r="C46" s="13" t="s">
+        <v>747</v>
+      </c>
+      <c r="D46" s="13" t="s">
+        <v>2967</v>
+      </c>
+    </row>
+    <row r="47" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B47" s="13" t="s">
+        <v>2968</v>
+      </c>
+      <c r="C47" s="13"/>
+      <c r="D47" s="13" t="s">
+        <v>2969</v>
+      </c>
+    </row>
+    <row r="48" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B48" s="13" t="s">
+        <v>1465</v>
+      </c>
+      <c r="C48" s="13" t="s">
+        <v>750</v>
+      </c>
+      <c r="D48" s="13" t="s">
+        <v>2970</v>
+      </c>
+    </row>
+    <row r="49" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B49" s="13" t="s">
+        <v>2971</v>
+      </c>
+      <c r="C49" s="13" t="s">
+        <v>753</v>
+      </c>
+      <c r="D49" s="13" t="s">
+        <v>2972</v>
+      </c>
+    </row>
+    <row r="50" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B50" s="13" t="s">
+        <v>2973</v>
+      </c>
+      <c r="C50" s="13" t="s">
+        <v>756</v>
+      </c>
+      <c r="D50" s="13" t="s">
+        <v>2974</v>
+      </c>
+    </row>
+    <row r="51" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B51" s="13" t="s">
+        <v>1792</v>
+      </c>
+      <c r="C51" s="13" t="s">
+        <v>759</v>
+      </c>
+      <c r="D51" s="13" t="s">
+        <v>2975</v>
+      </c>
+    </row>
+    <row r="52" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B52" s="13" t="s">
+        <v>2976</v>
+      </c>
+      <c r="C52" s="13" t="s">
+        <v>762</v>
+      </c>
+      <c r="D52" s="13" t="s">
+        <v>2977</v>
+      </c>
+    </row>
+    <row r="53" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B53" s="13" t="s">
+        <v>2978</v>
+      </c>
+      <c r="C53" s="13" t="s">
+        <v>765</v>
+      </c>
+      <c r="D53" s="13" t="s">
+        <v>2979</v>
+      </c>
+    </row>
+    <row r="54" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B54" s="13" t="s">
+        <v>2980</v>
+      </c>
+      <c r="C54" s="13" t="s">
+        <v>768</v>
+      </c>
+      <c r="D54" s="13" t="s">
+        <v>2981</v>
+      </c>
+    </row>
+    <row r="55" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B55" s="13" t="s">
+        <v>2982</v>
+      </c>
+      <c r="C55" s="13"/>
+      <c r="D55" s="13" t="s">
+        <v>2983</v>
+      </c>
+    </row>
+    <row r="56" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B56" s="13" t="s">
+        <v>2984</v>
+      </c>
+      <c r="C56" s="13" t="s">
+        <v>773</v>
+      </c>
+      <c r="D56" s="13" t="s">
+        <v>2985</v>
+      </c>
+    </row>
+    <row r="57" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B57" s="13" t="s">
+        <v>1468</v>
+      </c>
+      <c r="C57" s="13" t="s">
+        <v>776</v>
+      </c>
+      <c r="D57" s="13" t="s">
+        <v>2986</v>
+      </c>
+    </row>
+    <row r="58" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B58" s="13" t="s">
+        <v>2987</v>
+      </c>
+      <c r="C58" s="13" t="s">
+        <v>779</v>
+      </c>
+      <c r="D58" s="13" t="s">
+        <v>2988</v>
+      </c>
+    </row>
+    <row r="59" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B59" s="13" t="s">
+        <v>1470</v>
+      </c>
+      <c r="C59" s="13" t="s">
+        <v>782</v>
+      </c>
+      <c r="D59" s="13" t="s">
+        <v>2989</v>
+      </c>
+    </row>
+    <row r="60" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B60" s="13" t="s">
+        <v>2990</v>
+      </c>
+      <c r="C60" s="13" t="s">
+        <v>785</v>
+      </c>
+      <c r="D60" s="13" t="s">
+        <v>2991</v>
+      </c>
+    </row>
+    <row r="61" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B61" s="13" t="s">
+        <v>1469</v>
+      </c>
+      <c r="C61" s="13" t="s">
+        <v>790</v>
+      </c>
+      <c r="D61" s="13" t="s">
+        <v>2992</v>
+      </c>
+    </row>
+    <row r="62" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B62" s="13" t="s">
+        <v>2993</v>
+      </c>
+      <c r="C62" s="13" t="s">
+        <v>793</v>
+      </c>
+      <c r="D62" s="13" t="s">
+        <v>2994</v>
+      </c>
+    </row>
+    <row r="63" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B63" s="13" t="s">
+        <v>2995</v>
+      </c>
+      <c r="C63" s="13" t="s">
+        <v>796</v>
+      </c>
+      <c r="D63" s="13" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="64" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B64" s="13" t="s">
+        <v>2997</v>
+      </c>
+      <c r="C64" s="13" t="s">
+        <v>799</v>
+      </c>
+      <c r="D64" s="13" t="s">
+        <v>2998</v>
+      </c>
+    </row>
+  </sheetData>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0B00-000000000000}">
   <dimension ref="A1:D39"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>48</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>49</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
@@ -10048,783 +11052,783 @@
       <c r="D37" t="s">
         <v>1543</v>
       </c>
     </row>
     <row r="38" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B38" t="s">
         <v>1544</v>
       </c>
       <c r="D38" t="s">
         <v>1545</v>
       </c>
     </row>
     <row r="39" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B39" t="s">
         <v>1546</v>
       </c>
       <c r="D39" t="s">
         <v>1547</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{52094235-DAD5-4A9B-8075-B3E604816033}">
   <dimension ref="A1:D94"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="B2" sqref="B2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <sheetData>
     <row r="1" spans="1:4" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A1" s="4" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="5" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="6" t="s">
-        <v>2379</v>
+        <v>2377</v>
       </c>
       <c r="D1" s="6" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
-        <v>2380</v>
+        <v>2378</v>
       </c>
       <c r="B2" t="s">
-        <v>2381</v>
+        <v>2379</v>
       </c>
       <c r="D2" t="s">
-        <v>2378</v>
+        <v>2376</v>
       </c>
     </row>
     <row r="3" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
+        <v>2380</v>
+      </c>
+      <c r="C3" t="s">
+        <v>2381</v>
+      </c>
+      <c r="D3" t="s">
         <v>2382</v>
-      </c>
-[...4 lines deleted...]
-        <v>2384</v>
       </c>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.25">
       <c r="C4" t="s">
         <v>56</v>
       </c>
       <c r="D4" t="s">
-        <v>2385</v>
+        <v>2383</v>
       </c>
     </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.25">
       <c r="C5" t="s">
         <v>58</v>
       </c>
       <c r="D5" t="s">
-        <v>2386</v>
+        <v>2384</v>
       </c>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.25">
       <c r="C6" t="s">
         <v>66</v>
       </c>
       <c r="D6" t="s">
-        <v>2387</v>
+        <v>2385</v>
       </c>
     </row>
     <row r="7" spans="1:4" x14ac:dyDescent="0.25">
       <c r="C7" t="s">
         <v>62</v>
       </c>
       <c r="D7" t="s">
-        <v>2388</v>
+        <v>2386</v>
       </c>
     </row>
     <row r="8" spans="1:4" x14ac:dyDescent="0.25">
       <c r="C8" t="s">
         <v>1818</v>
       </c>
       <c r="D8" t="s">
-        <v>2389</v>
+        <v>2387</v>
       </c>
     </row>
     <row r="9" spans="1:4" x14ac:dyDescent="0.25">
       <c r="C9" t="s">
         <v>60</v>
       </c>
       <c r="D9" t="s">
-        <v>2390</v>
+        <v>2388</v>
       </c>
     </row>
     <row r="11" spans="1:4" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B11" s="7" t="s">
-        <v>2391</v>
+        <v>2389</v>
       </c>
     </row>
     <row r="12" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B12" t="s">
-        <v>2392</v>
+        <v>2390</v>
       </c>
       <c r="D12" t="s">
-        <v>2393</v>
+        <v>2391</v>
       </c>
     </row>
     <row r="13" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B13" t="s">
-        <v>2394</v>
+        <v>2392</v>
       </c>
       <c r="D13" t="s">
-        <v>2395</v>
+        <v>2393</v>
       </c>
     </row>
     <row r="14" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B14" t="s">
-        <v>2396</v>
+        <v>2394</v>
       </c>
       <c r="D14" t="s">
-        <v>2397</v>
+        <v>2395</v>
       </c>
     </row>
     <row r="15" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B15" t="s">
-        <v>2398</v>
+        <v>2396</v>
       </c>
       <c r="D15" t="s">
-        <v>2399</v>
+        <v>2397</v>
       </c>
     </row>
     <row r="16" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B16" t="s">
-        <v>2400</v>
+        <v>2398</v>
       </c>
       <c r="D16" t="s">
-        <v>2401</v>
+        <v>2399</v>
       </c>
     </row>
     <row r="17" spans="2:4" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B17" s="7" t="s">
-        <v>2402</v>
+        <v>2400</v>
       </c>
     </row>
     <row r="18" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B18" t="s">
-        <v>2403</v>
+        <v>2401</v>
       </c>
       <c r="D18" t="s">
-        <v>2404</v>
+        <v>2402</v>
       </c>
     </row>
     <row r="19" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B19" t="s">
-        <v>2405</v>
+        <v>2403</v>
       </c>
       <c r="D19" t="s">
-        <v>2406</v>
+        <v>2404</v>
       </c>
     </row>
     <row r="20" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B20" t="s">
-        <v>2407</v>
+        <v>2405</v>
       </c>
       <c r="D20" t="s">
-        <v>2408</v>
+        <v>2406</v>
       </c>
     </row>
     <row r="21" spans="2:4" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B21" s="7" t="s">
-        <v>2409</v>
+        <v>2407</v>
       </c>
     </row>
     <row r="22" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B22" t="s">
-        <v>2410</v>
+        <v>2408</v>
       </c>
       <c r="D22" t="s">
-        <v>2411</v>
+        <v>2409</v>
       </c>
     </row>
     <row r="23" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B23" t="s">
-        <v>2412</v>
+        <v>2410</v>
       </c>
       <c r="D23" t="s">
-        <v>2413</v>
+        <v>2411</v>
       </c>
     </row>
     <row r="24" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B24" t="s">
-        <v>2414</v>
+        <v>2412</v>
       </c>
       <c r="D24" t="s">
-        <v>2415</v>
+        <v>2413</v>
       </c>
     </row>
     <row r="25" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B25" t="s">
-        <v>2416</v>
+        <v>2414</v>
       </c>
       <c r="D25" t="s">
-        <v>2417</v>
+        <v>2415</v>
       </c>
     </row>
     <row r="26" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B26" t="s">
-        <v>2418</v>
+        <v>2416</v>
       </c>
       <c r="D26" t="s">
-        <v>2419</v>
+        <v>2417</v>
       </c>
     </row>
     <row r="27" spans="2:4" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B27" s="7" t="s">
-        <v>2420</v>
+        <v>2418</v>
       </c>
     </row>
     <row r="28" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B28" t="s">
-        <v>2421</v>
+        <v>2419</v>
       </c>
       <c r="D28" t="s">
-        <v>2422</v>
+        <v>2420</v>
       </c>
     </row>
     <row r="29" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B29" t="s">
-        <v>2423</v>
+        <v>2421</v>
       </c>
       <c r="D29" t="s">
-        <v>2424</v>
+        <v>2422</v>
       </c>
     </row>
     <row r="30" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B30" t="s">
-        <v>2425</v>
+        <v>2423</v>
       </c>
       <c r="D30" t="s">
-        <v>2426</v>
+        <v>2424</v>
       </c>
     </row>
     <row r="31" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B31" t="s">
-        <v>2427</v>
+        <v>2425</v>
       </c>
       <c r="D31" t="s">
-        <v>2428</v>
+        <v>2426</v>
       </c>
     </row>
     <row r="32" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B32" t="s">
-        <v>2429</v>
+        <v>2427</v>
       </c>
       <c r="D32" t="s">
-        <v>2430</v>
+        <v>2428</v>
       </c>
     </row>
     <row r="33" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B33" t="s">
-        <v>2431</v>
+        <v>2429</v>
       </c>
       <c r="D33" t="s">
-        <v>2432</v>
+        <v>2430</v>
       </c>
     </row>
     <row r="34" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B34" t="s">
-        <v>2433</v>
+        <v>2431</v>
       </c>
       <c r="D34" t="s">
-        <v>2434</v>
+        <v>2432</v>
       </c>
     </row>
     <row r="35" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B35" t="s">
-        <v>2435</v>
+        <v>2433</v>
       </c>
       <c r="D35" t="s">
-        <v>2436</v>
+        <v>2434</v>
       </c>
     </row>
     <row r="36" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B36" t="s">
-        <v>2437</v>
+        <v>2435</v>
       </c>
       <c r="D36" t="s">
-        <v>2438</v>
+        <v>2436</v>
       </c>
     </row>
     <row r="37" spans="2:4" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B37" s="7" t="s">
-        <v>2439</v>
+        <v>2437</v>
       </c>
     </row>
     <row r="38" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B38" t="s">
-        <v>2440</v>
+        <v>2438</v>
       </c>
       <c r="D38" t="s">
-        <v>2441</v>
+        <v>2439</v>
       </c>
     </row>
     <row r="39" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B39" t="s">
         <v>1313</v>
       </c>
       <c r="D39" t="s">
-        <v>2442</v>
+        <v>2440</v>
       </c>
     </row>
     <row r="40" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B40" t="s">
-        <v>2443</v>
+        <v>2441</v>
       </c>
       <c r="D40" t="s">
-        <v>2444</v>
+        <v>2442</v>
       </c>
     </row>
     <row r="41" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B41" t="s">
-        <v>2445</v>
+        <v>2443</v>
       </c>
       <c r="D41" t="s">
-        <v>2446</v>
+        <v>2444</v>
       </c>
     </row>
     <row r="42" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B42" t="s">
-        <v>2447</v>
+        <v>2445</v>
       </c>
       <c r="D42" t="s">
-        <v>2448</v>
+        <v>2446</v>
       </c>
     </row>
     <row r="43" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B43" t="s">
-        <v>2449</v>
+        <v>2447</v>
       </c>
       <c r="D43" t="s">
-        <v>2450</v>
+        <v>2448</v>
       </c>
     </row>
     <row r="44" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B44" t="s">
-        <v>2451</v>
+        <v>2449</v>
       </c>
       <c r="D44" t="s">
-        <v>2452</v>
+        <v>2450</v>
       </c>
     </row>
     <row r="45" spans="2:4" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B45" s="7" t="s">
-        <v>2453</v>
+        <v>2451</v>
       </c>
     </row>
     <row r="46" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B46" t="s">
-        <v>2454</v>
+        <v>2452</v>
       </c>
       <c r="D46" t="s">
-        <v>2455</v>
+        <v>2453</v>
       </c>
     </row>
     <row r="47" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B47" t="s">
-        <v>2456</v>
+        <v>2454</v>
       </c>
       <c r="D47" t="s">
-        <v>2457</v>
+        <v>2455</v>
       </c>
     </row>
     <row r="48" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B48" t="s">
-        <v>2458</v>
+        <v>2456</v>
       </c>
       <c r="D48" t="s">
-        <v>2459</v>
+        <v>2457</v>
       </c>
     </row>
     <row r="49" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B49" t="s">
-        <v>2460</v>
+        <v>2458</v>
       </c>
       <c r="D49" t="s">
-        <v>2461</v>
+        <v>2459</v>
       </c>
     </row>
     <row r="50" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B50" t="s">
         <v>1861</v>
       </c>
       <c r="D50" t="s">
-        <v>2462</v>
+        <v>2460</v>
       </c>
     </row>
     <row r="51" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B51" t="s">
-        <v>2463</v>
+        <v>2461</v>
       </c>
       <c r="D51" t="s">
-        <v>2464</v>
+        <v>2462</v>
       </c>
     </row>
     <row r="52" spans="2:4" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B52" s="7" t="s">
-        <v>2465</v>
+        <v>2463</v>
       </c>
     </row>
     <row r="53" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B53" t="s">
-        <v>2466</v>
+        <v>2464</v>
       </c>
       <c r="D53" t="s">
-        <v>2467</v>
+        <v>2465</v>
       </c>
     </row>
     <row r="54" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B54" t="s">
-        <v>2468</v>
+        <v>2466</v>
       </c>
       <c r="D54" t="s">
-        <v>2469</v>
+        <v>2467</v>
       </c>
     </row>
     <row r="55" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B55" t="s">
-        <v>2470</v>
+        <v>2468</v>
       </c>
       <c r="D55" t="s">
-        <v>2471</v>
+        <v>2469</v>
       </c>
     </row>
     <row r="56" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B56" t="s">
-        <v>2472</v>
+        <v>2470</v>
       </c>
       <c r="D56" t="s">
-        <v>2473</v>
+        <v>2471</v>
       </c>
     </row>
     <row r="57" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B57" t="s">
-        <v>2474</v>
+        <v>2472</v>
       </c>
       <c r="D57" t="s">
-        <v>2475</v>
+        <v>2473</v>
       </c>
     </row>
     <row r="58" spans="2:4" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B58" s="7" t="s">
-        <v>2476</v>
+        <v>2474</v>
       </c>
     </row>
     <row r="59" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B59" t="s">
-        <v>2477</v>
+        <v>2475</v>
       </c>
       <c r="D59" t="s">
-        <v>2478</v>
+        <v>2476</v>
       </c>
     </row>
     <row r="60" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B60" t="s">
-        <v>2479</v>
+        <v>2477</v>
       </c>
       <c r="D60" t="s">
-        <v>2480</v>
+        <v>2478</v>
       </c>
     </row>
     <row r="61" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B61" t="s">
-        <v>2481</v>
+        <v>2479</v>
       </c>
       <c r="D61" t="s">
-        <v>2482</v>
+        <v>2480</v>
       </c>
     </row>
     <row r="62" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B62" t="s">
-        <v>2483</v>
+        <v>2481</v>
       </c>
       <c r="D62" t="s">
-        <v>2484</v>
+        <v>2482</v>
       </c>
     </row>
     <row r="63" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B63" t="s">
-        <v>2485</v>
+        <v>2483</v>
       </c>
       <c r="D63" t="s">
-        <v>2486</v>
+        <v>2484</v>
       </c>
     </row>
     <row r="64" spans="2:4" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B64" s="7" t="s">
-        <v>2487</v>
+        <v>2485</v>
       </c>
     </row>
     <row r="65" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B65" t="s">
-        <v>2488</v>
+        <v>2486</v>
       </c>
       <c r="D65" t="s">
-        <v>2489</v>
+        <v>2487</v>
       </c>
     </row>
     <row r="66" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B66" t="s">
-        <v>2490</v>
+        <v>2488</v>
       </c>
       <c r="D66" t="s">
-        <v>2491</v>
+        <v>2489</v>
       </c>
     </row>
     <row r="67" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B67" t="s">
-        <v>2492</v>
+        <v>2490</v>
       </c>
       <c r="D67" t="s">
-        <v>2493</v>
+        <v>2491</v>
       </c>
     </row>
     <row r="68" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B68" t="s">
-        <v>2494</v>
+        <v>2492</v>
       </c>
       <c r="D68" t="s">
-        <v>2495</v>
+        <v>2493</v>
       </c>
     </row>
     <row r="69" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B69" t="s">
-        <v>2496</v>
+        <v>2494</v>
       </c>
       <c r="D69" t="s">
-        <v>2497</v>
+        <v>2495</v>
       </c>
     </row>
     <row r="70" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B70" t="s">
-        <v>2498</v>
+        <v>2496</v>
       </c>
       <c r="D70" t="s">
-        <v>2499</v>
+        <v>2497</v>
       </c>
     </row>
     <row r="71" spans="2:4" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B71" s="7" t="s">
-        <v>2500</v>
+        <v>2498</v>
       </c>
     </row>
     <row r="72" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B72" t="s">
-        <v>2501</v>
+        <v>2499</v>
       </c>
       <c r="D72" t="s">
-        <v>2502</v>
+        <v>2500</v>
       </c>
     </row>
     <row r="73" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B73" t="s">
-        <v>2503</v>
+        <v>2501</v>
       </c>
       <c r="D73" t="s">
-        <v>2504</v>
+        <v>2502</v>
       </c>
     </row>
     <row r="74" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B74" t="s">
-        <v>2505</v>
+        <v>2503</v>
       </c>
       <c r="D74" t="s">
-        <v>2506</v>
+        <v>2504</v>
       </c>
     </row>
     <row r="75" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B75" t="s">
-        <v>2507</v>
+        <v>2505</v>
       </c>
       <c r="D75" t="s">
-        <v>2508</v>
+        <v>2506</v>
       </c>
     </row>
     <row r="76" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B76" t="s">
-        <v>2509</v>
+        <v>2507</v>
       </c>
       <c r="D76" t="s">
-        <v>2510</v>
+        <v>2508</v>
       </c>
     </row>
     <row r="77" spans="2:4" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B77" s="7" t="s">
-        <v>2511</v>
+        <v>2509</v>
       </c>
     </row>
     <row r="78" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B78" t="s">
-        <v>2512</v>
+        <v>2510</v>
       </c>
       <c r="D78" t="s">
-        <v>2513</v>
+        <v>2511</v>
       </c>
     </row>
     <row r="79" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B79" t="s">
-        <v>2514</v>
+        <v>2512</v>
       </c>
       <c r="D79" t="s">
-        <v>2515</v>
+        <v>2513</v>
       </c>
     </row>
     <row r="80" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B80" t="s">
-        <v>2516</v>
+        <v>2514</v>
       </c>
       <c r="D80" t="s">
-        <v>2517</v>
+        <v>2515</v>
       </c>
     </row>
     <row r="81" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B81" t="s">
-        <v>2518</v>
+        <v>2516</v>
       </c>
       <c r="D81" t="s">
-        <v>2519</v>
+        <v>2517</v>
       </c>
     </row>
     <row r="82" spans="2:4" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B82" s="7" t="s">
-        <v>2520</v>
+        <v>2518</v>
       </c>
     </row>
     <row r="83" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B83" t="s">
-        <v>2521</v>
+        <v>2519</v>
       </c>
       <c r="D83" t="s">
-        <v>2522</v>
+        <v>2520</v>
       </c>
     </row>
     <row r="84" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B84" t="s">
-        <v>2523</v>
+        <v>2521</v>
       </c>
       <c r="D84" t="s">
-        <v>2524</v>
+        <v>2522</v>
       </c>
     </row>
     <row r="85" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B85" t="s">
-        <v>2525</v>
+        <v>2523</v>
       </c>
       <c r="D85" t="s">
-        <v>2526</v>
+        <v>2524</v>
       </c>
     </row>
     <row r="86" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B86" t="s">
-        <v>2527</v>
+        <v>2525</v>
       </c>
       <c r="D86" t="s">
-        <v>2528</v>
+        <v>2526</v>
       </c>
     </row>
     <row r="87" spans="2:4" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B87" s="7" t="s">
-        <v>2529</v>
+        <v>2527</v>
       </c>
     </row>
     <row r="88" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B88" t="s">
-        <v>2530</v>
+        <v>2528</v>
       </c>
       <c r="D88" t="s">
-        <v>2531</v>
+        <v>2529</v>
       </c>
     </row>
     <row r="89" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B89" t="s">
-        <v>2532</v>
+        <v>2530</v>
       </c>
       <c r="D89" t="s">
-        <v>2533</v>
+        <v>2531</v>
       </c>
     </row>
     <row r="90" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B90" t="s">
-        <v>2534</v>
+        <v>2532</v>
       </c>
       <c r="D90" t="s">
-        <v>2535</v>
+        <v>2533</v>
       </c>
     </row>
     <row r="91" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B91" t="s">
-        <v>2536</v>
+        <v>2534</v>
       </c>
       <c r="D91" t="s">
-        <v>2537</v>
+        <v>2535</v>
       </c>
     </row>
     <row r="92" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B92" t="s">
-        <v>2538</v>
+        <v>2536</v>
       </c>
       <c r="D92" t="s">
-        <v>2539</v>
+        <v>2537</v>
       </c>
     </row>
     <row r="93" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B93" t="s">
-        <v>2540</v>
+        <v>2538</v>
       </c>
       <c r="D93" t="s">
-        <v>2541</v>
+        <v>2539</v>
       </c>
     </row>
     <row r="94" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B94" t="s">
         <v>1546</v>
       </c>
       <c r="D94" t="s">
-        <v>2542</v>
+        <v>2540</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{F2CE84FB-1708-4E27-B3A7-A59FEB2E1FDA}">
   <dimension ref="A1:D134"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="B2" sqref="B2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>48</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>49</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
@@ -12221,51 +13225,51 @@
         <v>424</v>
       </c>
       <c r="C133" t="s">
         <v>425</v>
       </c>
       <c r="D133" t="s">
         <v>426</v>
       </c>
     </row>
     <row r="134" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B134" t="s">
         <v>427</v>
       </c>
       <c r="C134" t="s">
         <v>428</v>
       </c>
       <c r="D134" t="s">
         <v>429</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet14.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0C00-000000000000}">
   <dimension ref="A1:D89"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>48</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>49</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
@@ -13153,51 +14157,51 @@
         <v>1713</v>
       </c>
       <c r="C88" t="s">
         <v>843</v>
       </c>
       <c r="D88" t="s">
         <v>1714</v>
       </c>
     </row>
     <row r="89" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B89" t="s">
         <v>1715</v>
       </c>
       <c r="C89" t="s">
         <v>848</v>
       </c>
       <c r="D89" t="s">
         <v>1716</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet14.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet15.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0D00-000000000000}">
   <dimension ref="A1:D68"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>48</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>49</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
@@ -13890,576 +14894,576 @@
         <v>1809</v>
       </c>
       <c r="C67" t="s">
         <v>807</v>
       </c>
       <c r="D67" t="s">
         <v>1810</v>
       </c>
     </row>
     <row r="68" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B68" t="s">
         <v>1811</v>
       </c>
       <c r="C68" t="s">
         <v>812</v>
       </c>
       <c r="D68" t="s">
         <v>1812</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet15.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet16.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{CA91D709-DB7A-49E0-A369-E10E6828BECE}">
   <dimension ref="A1:D48"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="B2" sqref="B2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>48</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>49</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
-        <v>2284</v>
+        <v>2282</v>
       </c>
       <c r="B2" t="s">
-        <v>2285</v>
+        <v>2283</v>
       </c>
       <c r="D2" t="s">
-        <v>2283</v>
+        <v>2281</v>
       </c>
     </row>
     <row r="3" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
-        <v>2286</v>
+        <v>2284</v>
       </c>
       <c r="B3" t="s">
         <v>54</v>
       </c>
       <c r="D3" t="s">
-        <v>2287</v>
+        <v>2285</v>
       </c>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B4" t="s">
-        <v>2288</v>
+        <v>2286</v>
       </c>
       <c r="D4" t="s">
-        <v>2289</v>
+        <v>2287</v>
       </c>
     </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B5" t="s">
-        <v>2290</v>
+        <v>2288</v>
       </c>
       <c r="D5" t="s">
-        <v>2291</v>
+        <v>2289</v>
       </c>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B6" t="s">
-        <v>2292</v>
+        <v>2290</v>
       </c>
       <c r="D6" t="s">
-        <v>2293</v>
+        <v>2291</v>
       </c>
     </row>
     <row r="7" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B7" t="s">
-        <v>2294</v>
+        <v>2292</v>
       </c>
       <c r="D7" t="s">
-        <v>2295</v>
+        <v>2293</v>
       </c>
     </row>
     <row r="8" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B8" t="s">
-        <v>2296</v>
+        <v>2294</v>
       </c>
       <c r="D8" t="s">
-        <v>2297</v>
+        <v>2295</v>
       </c>
     </row>
     <row r="9" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B9" t="s">
-        <v>2298</v>
+        <v>2296</v>
       </c>
       <c r="D9" t="s">
-        <v>2299</v>
+        <v>2297</v>
       </c>
     </row>
     <row r="10" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B10" t="s">
-        <v>2300</v>
+        <v>2298</v>
       </c>
       <c r="C10" t="s">
         <v>440</v>
       </c>
       <c r="D10" t="s">
-        <v>2301</v>
+        <v>2299</v>
       </c>
     </row>
     <row r="11" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B11" t="s">
-        <v>2302</v>
+        <v>2300</v>
       </c>
       <c r="C11" t="s">
         <v>443</v>
       </c>
       <c r="D11" t="s">
-        <v>2303</v>
+        <v>2301</v>
       </c>
     </row>
     <row r="12" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B12" t="s">
-        <v>2304</v>
+        <v>2302</v>
       </c>
       <c r="C12" t="s">
         <v>446</v>
       </c>
       <c r="D12" t="s">
-        <v>2305</v>
+        <v>2303</v>
       </c>
     </row>
     <row r="13" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B13" t="s">
-        <v>2306</v>
+        <v>2304</v>
       </c>
       <c r="C13" t="s">
         <v>449</v>
       </c>
       <c r="D13" t="s">
-        <v>2307</v>
+        <v>2305</v>
       </c>
     </row>
     <row r="14" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B14" t="s">
-        <v>2308</v>
+        <v>2306</v>
       </c>
       <c r="C14" t="s">
         <v>452</v>
       </c>
       <c r="D14" t="s">
-        <v>2309</v>
+        <v>2307</v>
       </c>
     </row>
     <row r="15" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B15" t="s">
-        <v>2310</v>
+        <v>2308</v>
       </c>
       <c r="C15" t="s">
         <v>455</v>
       </c>
       <c r="D15" t="s">
-        <v>2311</v>
+        <v>2309</v>
       </c>
     </row>
     <row r="16" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B16" t="s">
-        <v>2312</v>
+        <v>2310</v>
       </c>
       <c r="C16" t="s">
         <v>458</v>
       </c>
       <c r="D16" t="s">
-        <v>2313</v>
+        <v>2311</v>
       </c>
     </row>
     <row r="17" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B17" t="s">
-        <v>2314</v>
+        <v>2312</v>
       </c>
       <c r="C17" t="s">
         <v>463</v>
       </c>
       <c r="D17" t="s">
-        <v>2315</v>
+        <v>2313</v>
       </c>
     </row>
     <row r="18" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B18" t="s">
-        <v>2316</v>
+        <v>2314</v>
       </c>
       <c r="C18" t="s">
         <v>466</v>
       </c>
       <c r="D18" t="s">
-        <v>2317</v>
+        <v>2315</v>
       </c>
     </row>
     <row r="19" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B19" t="s">
-        <v>2318</v>
+        <v>2316</v>
       </c>
       <c r="C19" t="s">
         <v>469</v>
       </c>
       <c r="D19" t="s">
-        <v>2319</v>
+        <v>2317</v>
       </c>
     </row>
     <row r="20" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B20" t="s">
-        <v>2320</v>
+        <v>2318</v>
       </c>
       <c r="C20" t="s">
         <v>472</v>
       </c>
       <c r="D20" t="s">
-        <v>2321</v>
+        <v>2319</v>
       </c>
     </row>
     <row r="21" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B21" t="s">
-        <v>2322</v>
+        <v>2320</v>
       </c>
       <c r="C21" t="s">
         <v>475</v>
       </c>
       <c r="D21" t="s">
-        <v>2323</v>
+        <v>2321</v>
       </c>
     </row>
     <row r="22" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B22" t="s">
-        <v>2324</v>
+        <v>2322</v>
       </c>
       <c r="C22" t="s">
         <v>478</v>
       </c>
       <c r="D22" t="s">
-        <v>2325</v>
+        <v>2323</v>
       </c>
     </row>
     <row r="23" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B23" t="s">
-        <v>2326</v>
+        <v>2324</v>
       </c>
       <c r="C23" t="s">
         <v>481</v>
       </c>
       <c r="D23" t="s">
-        <v>2327</v>
+        <v>2325</v>
       </c>
     </row>
     <row r="24" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B24" t="s">
-        <v>2328</v>
+        <v>2326</v>
       </c>
       <c r="D24" t="s">
-        <v>2329</v>
+        <v>2327</v>
       </c>
     </row>
     <row r="25" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B25" t="s">
-        <v>2330</v>
+        <v>2328</v>
       </c>
       <c r="C25" t="s">
         <v>484</v>
       </c>
       <c r="D25" t="s">
-        <v>2331</v>
+        <v>2329</v>
       </c>
     </row>
     <row r="26" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B26" t="s">
-        <v>2332</v>
+        <v>2330</v>
       </c>
       <c r="C26" t="s">
         <v>487</v>
       </c>
       <c r="D26" t="s">
-        <v>2333</v>
+        <v>2331</v>
       </c>
     </row>
     <row r="27" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B27" t="s">
-        <v>2334</v>
+        <v>2332</v>
       </c>
       <c r="C27" t="s">
         <v>490</v>
       </c>
       <c r="D27" t="s">
-        <v>2335</v>
+        <v>2333</v>
       </c>
     </row>
     <row r="28" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B28" t="s">
-        <v>2336</v>
+        <v>2334</v>
       </c>
       <c r="C28" t="s">
         <v>495</v>
       </c>
       <c r="D28" t="s">
-        <v>2337</v>
+        <v>2335</v>
       </c>
     </row>
     <row r="29" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B29" t="s">
-        <v>2338</v>
+        <v>2336</v>
       </c>
       <c r="C29" t="s">
         <v>498</v>
       </c>
       <c r="D29" t="s">
-        <v>2339</v>
+        <v>2337</v>
       </c>
     </row>
     <row r="30" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B30" t="s">
-        <v>2340</v>
+        <v>2338</v>
       </c>
       <c r="C30" t="s">
         <v>501</v>
       </c>
       <c r="D30" t="s">
-        <v>2341</v>
+        <v>2339</v>
       </c>
     </row>
     <row r="31" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B31" t="s">
-        <v>2342</v>
+        <v>2340</v>
       </c>
       <c r="C31" t="s">
         <v>504</v>
       </c>
       <c r="D31" t="s">
-        <v>2343</v>
+        <v>2341</v>
       </c>
     </row>
     <row r="32" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B32" t="s">
-        <v>2344</v>
+        <v>2342</v>
       </c>
       <c r="C32" t="s">
         <v>507</v>
       </c>
       <c r="D32" t="s">
-        <v>2345</v>
+        <v>2343</v>
       </c>
     </row>
     <row r="33" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B33" t="s">
-        <v>2346</v>
+        <v>2344</v>
       </c>
       <c r="C33" t="s">
         <v>510</v>
       </c>
       <c r="D33" t="s">
-        <v>2347</v>
+        <v>2345</v>
       </c>
     </row>
     <row r="34" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B34" t="s">
-        <v>2348</v>
+        <v>2346</v>
       </c>
       <c r="C34" t="s">
         <v>515</v>
       </c>
       <c r="D34" t="s">
-        <v>2349</v>
+        <v>2347</v>
       </c>
     </row>
     <row r="35" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B35" t="s">
-        <v>2350</v>
+        <v>2348</v>
       </c>
       <c r="C35" t="s">
         <v>518</v>
       </c>
       <c r="D35" t="s">
-        <v>2351</v>
+        <v>2349</v>
       </c>
     </row>
     <row r="36" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B36" t="s">
-        <v>2352</v>
+        <v>2350</v>
       </c>
       <c r="C36" t="s">
         <v>521</v>
       </c>
       <c r="D36" t="s">
-        <v>2353</v>
+        <v>2351</v>
       </c>
     </row>
     <row r="37" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B37" t="s">
-        <v>2354</v>
+        <v>2352</v>
       </c>
       <c r="C37" t="s">
         <v>719</v>
       </c>
       <c r="D37" t="s">
-        <v>2355</v>
+        <v>2353</v>
       </c>
     </row>
     <row r="38" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B38" t="s">
-        <v>2356</v>
+        <v>2354</v>
       </c>
       <c r="C38" t="s">
         <v>722</v>
       </c>
       <c r="D38" t="s">
-        <v>2357</v>
+        <v>2355</v>
       </c>
     </row>
     <row r="39" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B39" t="s">
-        <v>2358</v>
+        <v>2356</v>
       </c>
       <c r="C39" t="s">
         <v>725</v>
       </c>
       <c r="D39" t="s">
-        <v>2359</v>
+        <v>2357</v>
       </c>
     </row>
     <row r="40" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B40" t="s">
-        <v>2360</v>
+        <v>2358</v>
       </c>
       <c r="C40" t="s">
         <v>730</v>
       </c>
       <c r="D40" t="s">
-        <v>2361</v>
+        <v>2359</v>
       </c>
     </row>
     <row r="41" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B41" t="s">
-        <v>2362</v>
+        <v>2360</v>
       </c>
       <c r="C41" t="s">
         <v>733</v>
       </c>
       <c r="D41" t="s">
-        <v>2363</v>
+        <v>2361</v>
       </c>
     </row>
     <row r="42" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B42" t="s">
-        <v>2364</v>
+        <v>2362</v>
       </c>
       <c r="C42" t="s">
         <v>736</v>
       </c>
       <c r="D42" t="s">
-        <v>2365</v>
+        <v>2363</v>
       </c>
     </row>
     <row r="43" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B43" t="s">
-        <v>2366</v>
+        <v>2364</v>
       </c>
       <c r="C43" t="s">
         <v>741</v>
       </c>
       <c r="D43" t="s">
-        <v>2367</v>
+        <v>2365</v>
       </c>
     </row>
     <row r="44" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B44" t="s">
-        <v>2368</v>
+        <v>2366</v>
       </c>
       <c r="C44" t="s">
         <v>744</v>
       </c>
       <c r="D44" t="s">
-        <v>2369</v>
+        <v>2367</v>
       </c>
     </row>
     <row r="45" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B45" t="s">
-        <v>2370</v>
+        <v>2368</v>
       </c>
       <c r="C45" t="s">
         <v>747</v>
       </c>
       <c r="D45" t="s">
-        <v>2371</v>
+        <v>2369</v>
       </c>
     </row>
     <row r="46" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B46" t="s">
-        <v>2372</v>
+        <v>2370</v>
       </c>
       <c r="C46" t="s">
         <v>750</v>
       </c>
       <c r="D46" t="s">
-        <v>2373</v>
+        <v>2371</v>
       </c>
     </row>
     <row r="47" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B47" t="s">
-        <v>2374</v>
+        <v>2372</v>
       </c>
       <c r="C47" t="s">
         <v>753</v>
       </c>
       <c r="D47" t="s">
-        <v>2375</v>
+        <v>2373</v>
       </c>
     </row>
     <row r="48" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B48" t="s">
-        <v>2376</v>
+        <v>2374</v>
       </c>
       <c r="C48" t="s">
         <v>756</v>
       </c>
       <c r="D48" t="s">
-        <v>2377</v>
+        <v>2375</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet16.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet17.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0E00-000000000000}">
   <dimension ref="A1:D85"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>48</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>49</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
@@ -15324,51 +16328,51 @@
         <v>1951</v>
       </c>
       <c r="C84" t="s">
         <v>1952</v>
       </c>
       <c r="D84" t="s">
         <v>1963</v>
       </c>
     </row>
     <row r="85" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B85" t="s">
         <v>1954</v>
       </c>
       <c r="C85" t="s">
         <v>1955</v>
       </c>
       <c r="D85" t="s">
         <v>1964</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet17.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet18.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0F00-000000000000}">
   <dimension ref="A1:D16"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>48</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>49</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
@@ -15513,51 +16517,51 @@
         <v>1986</v>
       </c>
       <c r="C15" t="s">
         <v>556</v>
       </c>
       <c r="D15" t="s">
         <v>1987</v>
       </c>
     </row>
     <row r="16" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B16" t="s">
         <v>1988</v>
       </c>
       <c r="C16" t="s">
         <v>559</v>
       </c>
       <c r="D16" t="s">
         <v>1989</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet18.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet19.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1000-000000000000}">
   <dimension ref="A1:D145"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>48</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>49</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
@@ -21205,1501 +22209,1501 @@
       <c r="D42" t="s">
         <v>1307</v>
       </c>
     </row>
     <row r="43" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B43" t="s">
         <v>1308</v>
       </c>
       <c r="D43" t="s">
         <v>1309</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{98A11B20-5C63-4183-8E21-B5E34B36984D}">
   <dimension ref="A1:D137"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="4" width="50.7265625" style="10" customWidth="1"/>
+    <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A1" s="11" t="s">
+      <c r="A1" s="1" t="s">
         <v>48</v>
       </c>
-      <c r="B1" s="11" t="s">
+      <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
-      <c r="C1" s="11" t="s">
+      <c r="C1" s="1" t="s">
         <v>49</v>
       </c>
-      <c r="D1" s="11" t="s">
+      <c r="D1" s="1" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A2" s="10" t="s">
+      <c r="A2" t="s">
+        <v>2550</v>
+      </c>
+      <c r="B2" t="s">
+        <v>2551</v>
+      </c>
+      <c r="D2" t="s">
         <v>2552</v>
       </c>
-      <c r="B2" s="10" t="s">
+    </row>
+    <row r="3" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A3" t="s">
         <v>2553</v>
       </c>
-      <c r="D2" s="10" t="s">
+      <c r="B3" t="s">
+        <v>54</v>
+      </c>
+      <c r="D3" t="s">
         <v>2554</v>
       </c>
     </row>
-    <row r="3" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A3" s="10" t="s">
+    <row r="4" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A4" t="s">
         <v>2555</v>
       </c>
-      <c r="B3" s="10" t="s">
-[...2 lines deleted...]
-      <c r="D3" s="10" t="s">
+      <c r="B4" t="s">
+        <v>64</v>
+      </c>
+      <c r="D4" t="s">
         <v>2556</v>
       </c>
     </row>
-    <row r="4" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A4" s="10" t="s">
+    <row r="5" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A5" t="s">
         <v>2557</v>
       </c>
-      <c r="B4" s="10" t="s">
-[...2 lines deleted...]
-      <c r="D4" s="10" t="s">
+      <c r="B5" t="s">
+        <v>56</v>
+      </c>
+      <c r="D5" t="s">
         <v>2558</v>
       </c>
     </row>
-    <row r="5" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A5" s="10" t="s">
+    <row r="6" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A6" t="s">
         <v>2559</v>
       </c>
-      <c r="B5" s="10" t="s">
-[...2 lines deleted...]
-      <c r="D5" s="10" t="s">
+      <c r="B6" t="s">
+        <v>58</v>
+      </c>
+      <c r="D6" t="s">
         <v>2560</v>
       </c>
     </row>
-    <row r="6" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A6" s="10" t="s">
+    <row r="7" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A7" t="s">
         <v>2561</v>
       </c>
-      <c r="B6" s="10" t="s">
-[...2 lines deleted...]
-      <c r="D6" s="10" t="s">
+      <c r="B7" t="s">
+        <v>66</v>
+      </c>
+      <c r="D7" t="s">
         <v>2562</v>
       </c>
     </row>
-    <row r="7" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A7" s="10" t="s">
+    <row r="8" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A8" t="s">
         <v>2563</v>
       </c>
-      <c r="B7" s="10" t="s">
-[...2 lines deleted...]
-      <c r="D7" s="10" t="s">
+      <c r="B8" t="s">
         <v>2564</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A8" s="10" t="s">
+      <c r="D8" t="s">
         <v>2565</v>
       </c>
-      <c r="B8" s="10" t="s">
+    </row>
+    <row r="9" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A9" t="s">
         <v>2566</v>
       </c>
-      <c r="D8" s="10" t="s">
+      <c r="B9" t="s">
         <v>2567</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A9" s="10" t="s">
+      <c r="D9" t="s">
         <v>2568</v>
       </c>
-      <c r="B9" s="10" t="s">
+    </row>
+    <row r="10" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A10" t="s">
         <v>2569</v>
       </c>
-      <c r="D9" s="10" t="s">
+      <c r="B10" t="s">
         <v>2570</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A10" s="10" t="s">
+      <c r="D10" t="s">
         <v>2571</v>
       </c>
-      <c r="B10" s="10" t="s">
+    </row>
+    <row r="11" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B11" t="s">
         <v>2572</v>
       </c>
-      <c r="D10" s="10" t="s">
+      <c r="C11" t="s">
         <v>2573</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B11" s="10" t="s">
+      <c r="D11" t="s">
         <v>2574</v>
       </c>
-      <c r="C11" s="10" t="s">
+    </row>
+    <row r="12" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B12" t="s">
         <v>2575</v>
       </c>
-      <c r="D11" s="10" t="s">
+      <c r="D12" t="s">
         <v>2576</v>
       </c>
     </row>
-    <row r="12" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="B12" s="10" t="s">
+    <row r="13" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B13" t="s">
         <v>2577</v>
       </c>
-      <c r="D12" s="10" t="s">
+      <c r="C13" t="s">
+        <v>443</v>
+      </c>
+      <c r="D13" t="s">
         <v>2578</v>
       </c>
     </row>
-    <row r="13" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="B13" s="10" t="s">
+    <row r="14" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B14" t="s">
         <v>2579</v>
       </c>
-      <c r="C13" s="10" t="s">
-[...2 lines deleted...]
-      <c r="D13" s="10" t="s">
+      <c r="C14" t="s">
         <v>2580</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B14" s="10" t="s">
+      <c r="D14" t="s">
         <v>2581</v>
       </c>
-      <c r="C14" s="10" t="s">
+    </row>
+    <row r="15" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B15" t="s">
         <v>2582</v>
       </c>
-      <c r="D14" s="10" t="s">
+      <c r="C15" t="s">
         <v>2583</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B15" s="10" t="s">
+      <c r="D15" t="s">
         <v>2584</v>
       </c>
-      <c r="C15" s="10" t="s">
+    </row>
+    <row r="16" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B16" t="s">
         <v>2585</v>
       </c>
-      <c r="D15" s="10" t="s">
+      <c r="C16" t="s">
         <v>2586</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B16" s="10" t="s">
+      <c r="D16" t="s">
         <v>2587</v>
       </c>
-      <c r="C16" s="10" t="s">
+    </row>
+    <row r="17" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B17" t="s">
         <v>2588</v>
       </c>
-      <c r="D16" s="10" t="s">
+      <c r="D17" t="s">
         <v>2589</v>
       </c>
     </row>
-    <row r="17" spans="2:4" x14ac:dyDescent="0.25">
-      <c r="B17" s="10" t="s">
+    <row r="18" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B18" t="s">
         <v>2590</v>
       </c>
-      <c r="D17" s="10" t="s">
+      <c r="C18" t="s">
+        <v>455</v>
+      </c>
+      <c r="D18" t="s">
         <v>2591</v>
       </c>
     </row>
-    <row r="18" spans="2:4" x14ac:dyDescent="0.25">
-      <c r="B18" s="10" t="s">
+    <row r="19" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B19" t="s">
         <v>2592</v>
       </c>
-      <c r="C18" s="10" t="s">
-[...2 lines deleted...]
-      <c r="D18" s="10" t="s">
+      <c r="C19" t="s">
         <v>2593</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B19" s="10" t="s">
+      <c r="D19" t="s">
         <v>2594</v>
       </c>
-      <c r="C19" s="10" t="s">
+    </row>
+    <row r="20" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B20" t="s">
         <v>2595</v>
       </c>
-      <c r="D19" s="10" t="s">
+      <c r="C20" t="s">
         <v>2596</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B20" s="10" t="s">
+      <c r="D20" t="s">
         <v>2597</v>
       </c>
-      <c r="C20" s="10" t="s">
+    </row>
+    <row r="21" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B21" t="s">
         <v>2598</v>
       </c>
-      <c r="D20" s="10" t="s">
+      <c r="C21" t="s">
         <v>2599</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B21" s="10" t="s">
+      <c r="D21" t="s">
         <v>2600</v>
       </c>
-      <c r="C21" s="10" t="s">
+    </row>
+    <row r="22" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B22" t="s">
         <v>2601</v>
       </c>
-      <c r="D21" s="10" t="s">
+      <c r="C22" t="s">
         <v>2602</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B22" s="10" t="s">
+      <c r="D22" t="s">
         <v>2603</v>
       </c>
-      <c r="C22" s="10" t="s">
+    </row>
+    <row r="23" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B23" t="s">
         <v>2604</v>
       </c>
-      <c r="D22" s="10" t="s">
+      <c r="C23" t="s">
         <v>2605</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B23" s="10" t="s">
+      <c r="D23" t="s">
         <v>2606</v>
       </c>
-      <c r="C23" s="10" t="s">
+    </row>
+    <row r="24" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B24" t="s">
         <v>2607</v>
       </c>
-      <c r="D23" s="10" t="s">
+      <c r="D24" t="s">
         <v>2608</v>
       </c>
     </row>
-    <row r="24" spans="2:4" x14ac:dyDescent="0.25">
-      <c r="B24" s="10" t="s">
+    <row r="25" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B25" t="s">
         <v>2609</v>
       </c>
-      <c r="D24" s="10" t="s">
+      <c r="C25" t="s">
         <v>2610</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B25" s="10" t="s">
+      <c r="D25" t="s">
         <v>2611</v>
       </c>
-      <c r="C25" s="10" t="s">
+    </row>
+    <row r="26" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B26" t="s">
         <v>2612</v>
       </c>
-      <c r="D25" s="10" t="s">
+      <c r="C26" t="s">
         <v>2613</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B26" s="10" t="s">
+      <c r="D26" t="s">
         <v>2614</v>
       </c>
-      <c r="C26" s="10" t="s">
+    </row>
+    <row r="27" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B27" t="s">
         <v>2615</v>
       </c>
-      <c r="D26" s="10" t="s">
+      <c r="C27" t="s">
         <v>2616</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B27" s="10" t="s">
+      <c r="D27" t="s">
         <v>2617</v>
       </c>
-      <c r="C27" s="10" t="s">
+    </row>
+    <row r="28" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B28" t="s">
         <v>2618</v>
       </c>
-      <c r="D27" s="10" t="s">
+      <c r="C28" t="s">
         <v>2619</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B28" s="10" t="s">
+      <c r="D28" t="s">
         <v>2620</v>
       </c>
-      <c r="C28" s="10" t="s">
+    </row>
+    <row r="29" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B29" t="s">
         <v>2621</v>
       </c>
-      <c r="D28" s="10" t="s">
+      <c r="C29" t="s">
         <v>2622</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B29" s="10" t="s">
+      <c r="D29" t="s">
         <v>2623</v>
       </c>
-      <c r="C29" s="10" t="s">
+    </row>
+    <row r="30" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B30" t="s">
         <v>2624</v>
       </c>
-      <c r="D29" s="10" t="s">
+      <c r="C30" t="s">
         <v>2625</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B30" s="10" t="s">
+      <c r="D30" t="s">
         <v>2626</v>
       </c>
-      <c r="C30" s="10" t="s">
+    </row>
+    <row r="31" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B31" t="s">
         <v>2627</v>
       </c>
-      <c r="D30" s="10" t="s">
+      <c r="C31" t="s">
         <v>2628</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B31" s="10" t="s">
+      <c r="D31" t="s">
         <v>2629</v>
       </c>
-      <c r="C31" s="10" t="s">
+    </row>
+    <row r="32" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B32" t="s">
         <v>2630</v>
       </c>
-      <c r="D31" s="10" t="s">
+      <c r="C32" t="s">
         <v>2631</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B32" s="10" t="s">
+      <c r="D32" t="s">
         <v>2632</v>
       </c>
-      <c r="C32" s="10" t="s">
+    </row>
+    <row r="33" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B33" t="s">
         <v>2633</v>
       </c>
-      <c r="D32" s="10" t="s">
+      <c r="C33" t="s">
         <v>2634</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B33" s="10" t="s">
+      <c r="D33" t="s">
         <v>2635</v>
       </c>
-      <c r="C33" s="10" t="s">
+    </row>
+    <row r="34" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B34" t="s">
         <v>2636</v>
       </c>
-      <c r="D33" s="10" t="s">
+      <c r="C34" t="s">
         <v>2637</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B34" s="10" t="s">
+      <c r="D34" t="s">
         <v>2638</v>
       </c>
-      <c r="C34" s="10" t="s">
+    </row>
+    <row r="35" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B35" t="s">
         <v>2639</v>
       </c>
-      <c r="D34" s="10" t="s">
+      <c r="C35" t="s">
         <v>2640</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B35" s="10" t="s">
+      <c r="D35" t="s">
         <v>2641</v>
       </c>
-      <c r="C35" s="10" t="s">
+    </row>
+    <row r="36" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B36" t="s">
         <v>2642</v>
       </c>
-      <c r="D35" s="10" t="s">
+      <c r="C36" t="s">
         <v>2643</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B36" s="10" t="s">
+      <c r="D36" t="s">
         <v>2644</v>
       </c>
-      <c r="C36" s="10" t="s">
+    </row>
+    <row r="37" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B37" t="s">
         <v>2645</v>
       </c>
-      <c r="D36" s="10" t="s">
+      <c r="C37" t="s">
         <v>2646</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B37" s="10" t="s">
+      <c r="D37" t="s">
         <v>2647</v>
       </c>
-      <c r="C37" s="10" t="s">
+    </row>
+    <row r="38" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B38" t="s">
         <v>2648</v>
       </c>
-      <c r="D37" s="10" t="s">
+      <c r="C38" t="s">
         <v>2649</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B38" s="10" t="s">
+      <c r="D38" t="s">
         <v>2650</v>
       </c>
-      <c r="C38" s="10" t="s">
+    </row>
+    <row r="39" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B39" t="s">
         <v>2651</v>
       </c>
-      <c r="D38" s="10" t="s">
+      <c r="C39" t="s">
         <v>2652</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B39" s="10" t="s">
+      <c r="D39" t="s">
         <v>2653</v>
       </c>
-      <c r="C39" s="10" t="s">
+    </row>
+    <row r="40" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B40" t="s">
         <v>2654</v>
       </c>
-      <c r="D39" s="10" t="s">
+      <c r="C40" t="s">
         <v>2655</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B40" s="10" t="s">
+      <c r="D40" t="s">
         <v>2656</v>
       </c>
-      <c r="C40" s="10" t="s">
+    </row>
+    <row r="41" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B41" t="s">
         <v>2657</v>
       </c>
-      <c r="D40" s="10" t="s">
+      <c r="C41" t="s">
         <v>2658</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B41" s="10" t="s">
+      <c r="D41" t="s">
         <v>2659</v>
       </c>
-      <c r="C41" s="10" t="s">
+    </row>
+    <row r="42" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B42" t="s">
         <v>2660</v>
       </c>
-      <c r="D41" s="10" t="s">
+      <c r="C42" t="s">
         <v>2661</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B42" s="10" t="s">
+      <c r="D42" t="s">
         <v>2662</v>
       </c>
-      <c r="C42" s="10" t="s">
+    </row>
+    <row r="43" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B43" t="s">
         <v>2663</v>
       </c>
-      <c r="D42" s="10" t="s">
+      <c r="C43" t="s">
         <v>2664</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B43" s="10" t="s">
+      <c r="D43" t="s">
         <v>2665</v>
       </c>
-      <c r="C43" s="10" t="s">
+    </row>
+    <row r="44" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B44" t="s">
         <v>2666</v>
       </c>
-      <c r="D43" s="10" t="s">
+      <c r="C44" t="s">
         <v>2667</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B44" s="10" t="s">
+      <c r="D44" t="s">
         <v>2668</v>
       </c>
-      <c r="C44" s="10" t="s">
+    </row>
+    <row r="45" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B45" t="s">
         <v>2669</v>
       </c>
-      <c r="D44" s="10" t="s">
+      <c r="C45" t="s">
         <v>2670</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B45" s="10" t="s">
+      <c r="D45" t="s">
         <v>2671</v>
       </c>
-      <c r="C45" s="10" t="s">
+    </row>
+    <row r="46" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B46" t="s">
         <v>2672</v>
       </c>
-      <c r="D45" s="10" t="s">
+      <c r="D46" t="s">
         <v>2673</v>
       </c>
     </row>
-    <row r="46" spans="2:4" x14ac:dyDescent="0.25">
-      <c r="B46" s="10" t="s">
+    <row r="47" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B47" t="s">
         <v>2674</v>
       </c>
-      <c r="D46" s="10" t="s">
+      <c r="C47" t="s">
         <v>2675</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B47" s="10" t="s">
+      <c r="D47" t="s">
         <v>2676</v>
       </c>
-      <c r="C47" s="10" t="s">
+    </row>
+    <row r="48" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B48" t="s">
         <v>2677</v>
       </c>
-      <c r="D47" s="10" t="s">
+      <c r="C48" t="s">
         <v>2678</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B48" s="10" t="s">
+      <c r="D48" t="s">
         <v>2679</v>
       </c>
-      <c r="C48" s="10" t="s">
+    </row>
+    <row r="49" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B49" t="s">
         <v>2680</v>
       </c>
-      <c r="D48" s="10" t="s">
+      <c r="C49" t="s">
         <v>2681</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B49" s="10" t="s">
+      <c r="D49" t="s">
         <v>2682</v>
       </c>
-      <c r="C49" s="10" t="s">
+    </row>
+    <row r="50" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B50" t="s">
         <v>2683</v>
       </c>
-      <c r="D49" s="10" t="s">
+      <c r="C50" t="s">
         <v>2684</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B50" s="10" t="s">
+      <c r="D50" t="s">
         <v>2685</v>
       </c>
-      <c r="C50" s="10" t="s">
+    </row>
+    <row r="51" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B51" t="s">
         <v>2686</v>
       </c>
-      <c r="D50" s="10" t="s">
+      <c r="C51" t="s">
         <v>2687</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B51" s="10" t="s">
+      <c r="D51" t="s">
         <v>2688</v>
       </c>
-      <c r="C51" s="10" t="s">
+    </row>
+    <row r="52" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B52" t="s">
         <v>2689</v>
       </c>
-      <c r="D51" s="10" t="s">
+      <c r="C52" t="s">
         <v>2690</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B52" s="10" t="s">
+      <c r="D52" t="s">
         <v>2691</v>
       </c>
-      <c r="C52" s="10" t="s">
+    </row>
+    <row r="53" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B53" t="s">
         <v>2692</v>
       </c>
-      <c r="D52" s="10" t="s">
+      <c r="D53" t="s">
         <v>2693</v>
       </c>
     </row>
-    <row r="53" spans="2:4" x14ac:dyDescent="0.25">
-      <c r="B53" s="10" t="s">
+    <row r="54" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B54" t="s">
         <v>2694</v>
       </c>
-      <c r="D53" s="10" t="s">
+      <c r="D54" t="s">
         <v>2695</v>
       </c>
     </row>
-    <row r="54" spans="2:4" x14ac:dyDescent="0.25">
-      <c r="B54" s="10" t="s">
+    <row r="55" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B55" t="s">
         <v>2696</v>
       </c>
-      <c r="D54" s="10" t="s">
+      <c r="C55" t="s">
+        <v>759</v>
+      </c>
+      <c r="D55" t="s">
         <v>2697</v>
       </c>
     </row>
-    <row r="55" spans="2:4" x14ac:dyDescent="0.25">
-      <c r="B55" s="10" t="s">
+    <row r="56" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B56" t="s">
         <v>2698</v>
       </c>
-      <c r="C55" s="10" t="s">
-[...2 lines deleted...]
-      <c r="D55" s="10" t="s">
+      <c r="D56" t="s">
         <v>2699</v>
       </c>
     </row>
-    <row r="56" spans="2:4" x14ac:dyDescent="0.25">
-      <c r="B56" s="10" t="s">
+    <row r="57" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B57" t="s">
         <v>2700</v>
       </c>
-      <c r="D56" s="10" t="s">
+      <c r="C57" t="s">
+        <v>762</v>
+      </c>
+      <c r="D57" t="s">
         <v>2701</v>
       </c>
     </row>
-    <row r="57" spans="2:4" x14ac:dyDescent="0.25">
-      <c r="B57" s="10" t="s">
+    <row r="58" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B58" t="s">
         <v>2702</v>
       </c>
-      <c r="C57" s="10" t="s">
-[...2 lines deleted...]
-      <c r="D57" s="10" t="s">
+      <c r="C58" t="s">
         <v>2703</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B58" s="10" t="s">
+      <c r="D58" t="s">
         <v>2704</v>
       </c>
-      <c r="C58" s="10" t="s">
+    </row>
+    <row r="59" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B59" t="s">
         <v>2705</v>
       </c>
-      <c r="D58" s="10" t="s">
+      <c r="C59" t="s">
         <v>2706</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B59" s="10" t="s">
+      <c r="D59" t="s">
         <v>2707</v>
       </c>
-      <c r="C59" s="10" t="s">
+    </row>
+    <row r="60" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B60" t="s">
         <v>2708</v>
       </c>
-      <c r="D59" s="10" t="s">
+      <c r="C60" t="s">
         <v>2709</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B60" s="10" t="s">
+      <c r="D60" t="s">
         <v>2710</v>
       </c>
-      <c r="C60" s="10" t="s">
+    </row>
+    <row r="61" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B61" t="s">
         <v>2711</v>
       </c>
-      <c r="D60" s="10" t="s">
+      <c r="D61" t="s">
         <v>2712</v>
       </c>
     </row>
-    <row r="61" spans="2:4" x14ac:dyDescent="0.25">
-      <c r="B61" s="10" t="s">
+    <row r="62" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B62" t="s">
         <v>2713</v>
       </c>
-      <c r="D61" s="10" t="s">
+      <c r="C62" t="s">
+        <v>776</v>
+      </c>
+      <c r="D62" t="s">
         <v>2714</v>
       </c>
     </row>
-    <row r="62" spans="2:4" x14ac:dyDescent="0.25">
-      <c r="B62" s="10" t="s">
+    <row r="63" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B63" t="s">
+        <v>1310</v>
+      </c>
+      <c r="C63" t="s">
         <v>2715</v>
       </c>
-      <c r="C62" s="10" t="s">
-[...2 lines deleted...]
-      <c r="D62" s="10" t="s">
+      <c r="D63" t="s">
         <v>2716</v>
       </c>
     </row>
-    <row r="63" spans="2:4" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="C63" s="10" t="s">
+    <row r="64" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B64" t="s">
         <v>2717</v>
       </c>
-      <c r="D63" s="10" t="s">
+      <c r="C64" t="s">
         <v>2718</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B64" s="10" t="s">
+      <c r="D64" t="s">
         <v>2719</v>
       </c>
-      <c r="C64" s="10" t="s">
+    </row>
+    <row r="65" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B65" t="s">
+        <v>1311</v>
+      </c>
+      <c r="C65" t="s">
         <v>2720</v>
       </c>
-      <c r="D64" s="10" t="s">
+      <c r="D65" t="s">
         <v>2721</v>
       </c>
     </row>
-    <row r="65" spans="2:4" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="C65" s="10" t="s">
+    <row r="66" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B66" t="s">
         <v>2722</v>
       </c>
-      <c r="D65" s="10" t="s">
+      <c r="C66" t="s">
         <v>2723</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B66" s="10" t="s">
+      <c r="D66" t="s">
         <v>2724</v>
       </c>
-      <c r="C66" s="10" t="s">
+    </row>
+    <row r="67" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B67" t="s">
         <v>2725</v>
       </c>
-      <c r="D66" s="10" t="s">
+      <c r="C67" t="s">
         <v>2726</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B67" s="10" t="s">
+      <c r="D67" t="s">
         <v>2727</v>
       </c>
-      <c r="C67" s="10" t="s">
+    </row>
+    <row r="68" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B68" t="s">
+        <v>1312</v>
+      </c>
+      <c r="C68" t="s">
         <v>2728</v>
       </c>
-      <c r="D67" s="10" t="s">
+      <c r="D68" t="s">
         <v>2729</v>
       </c>
     </row>
-    <row r="68" spans="2:4" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="C68" s="10" t="s">
+    <row r="69" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B69" t="s">
+        <v>1313</v>
+      </c>
+      <c r="C69" t="s">
         <v>2730</v>
       </c>
-      <c r="D68" s="10" t="s">
+      <c r="D69" t="s">
         <v>2731</v>
       </c>
     </row>
-    <row r="69" spans="2:4" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="C69" s="10" t="s">
+    <row r="70" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B70" t="s">
+        <v>1314</v>
+      </c>
+      <c r="C70" t="s">
         <v>2732</v>
       </c>
-      <c r="D69" s="10" t="s">
+      <c r="D70" t="s">
         <v>2733</v>
       </c>
     </row>
-    <row r="70" spans="2:4" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="C70" s="10" t="s">
+    <row r="71" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B71" t="s">
         <v>2734</v>
       </c>
-      <c r="D70" s="10" t="s">
+      <c r="C71" t="s">
         <v>2735</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B71" s="10" t="s">
+      <c r="D71" t="s">
         <v>2736</v>
       </c>
-      <c r="C71" s="10" t="s">
+    </row>
+    <row r="72" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B72" t="s">
         <v>2737</v>
       </c>
-      <c r="D71" s="10" t="s">
+      <c r="C72" t="s">
         <v>2738</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B72" s="10" t="s">
+      <c r="D72" t="s">
         <v>2739</v>
       </c>
-      <c r="C72" s="10" t="s">
+    </row>
+    <row r="73" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B73" t="s">
         <v>2740</v>
       </c>
-      <c r="D72" s="10" t="s">
+      <c r="C73" t="s">
         <v>2741</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B73" s="10" t="s">
+      <c r="D73" t="s">
         <v>2742</v>
       </c>
-      <c r="C73" s="10" t="s">
+    </row>
+    <row r="74" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B74" t="s">
         <v>2743</v>
       </c>
-      <c r="D73" s="10" t="s">
+      <c r="C74" t="s">
         <v>2744</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B74" s="10" t="s">
+      <c r="D74" t="s">
         <v>2745</v>
       </c>
-      <c r="C74" s="10" t="s">
+    </row>
+    <row r="75" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B75" t="s">
         <v>2746</v>
       </c>
-      <c r="D74" s="10" t="s">
+      <c r="D75" t="s">
         <v>2747</v>
       </c>
     </row>
-    <row r="75" spans="2:4" x14ac:dyDescent="0.25">
-      <c r="B75" s="10" t="s">
+    <row r="76" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B76" t="s">
         <v>2748</v>
       </c>
-      <c r="D75" s="10" t="s">
+      <c r="C76" t="s">
+        <v>821</v>
+      </c>
+      <c r="D76" t="s">
         <v>2749</v>
       </c>
     </row>
-    <row r="76" spans="2:4" x14ac:dyDescent="0.25">
-      <c r="B76" s="10" t="s">
+    <row r="77" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B77" t="s">
         <v>2750</v>
       </c>
-      <c r="C76" s="10" t="s">
-[...2 lines deleted...]
-      <c r="D76" s="10" t="s">
+      <c r="C77" t="s">
         <v>2751</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B77" s="10" t="s">
+      <c r="D77" t="s">
         <v>2752</v>
       </c>
-      <c r="C77" s="10" t="s">
+    </row>
+    <row r="78" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B78" t="s">
         <v>2753</v>
       </c>
-      <c r="D77" s="10" t="s">
+      <c r="C78" t="s">
         <v>2754</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B78" s="10" t="s">
+      <c r="D78" t="s">
         <v>2755</v>
       </c>
-      <c r="C78" s="10" t="s">
+    </row>
+    <row r="79" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B79" t="s">
         <v>2756</v>
       </c>
-      <c r="D78" s="10" t="s">
+      <c r="C79" t="s">
         <v>2757</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B79" s="10" t="s">
+      <c r="D79" t="s">
         <v>2758</v>
       </c>
-      <c r="C79" s="10" t="s">
+    </row>
+    <row r="80" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B80" t="s">
         <v>2759</v>
       </c>
-      <c r="D79" s="10" t="s">
+      <c r="D80" t="s">
         <v>2760</v>
       </c>
     </row>
-    <row r="80" spans="2:4" x14ac:dyDescent="0.25">
-      <c r="B80" s="10" t="s">
+    <row r="81" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B81" t="s">
         <v>2761</v>
       </c>
-      <c r="D80" s="10" t="s">
+      <c r="C81" t="s">
+        <v>835</v>
+      </c>
+      <c r="D81" t="s">
         <v>2762</v>
       </c>
     </row>
-    <row r="81" spans="2:4" x14ac:dyDescent="0.25">
-      <c r="B81" s="10" t="s">
+    <row r="82" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B82" t="s">
         <v>2763</v>
       </c>
-      <c r="C81" s="10" t="s">
-[...2 lines deleted...]
-      <c r="D81" s="10" t="s">
+      <c r="C82" t="s">
         <v>2764</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B82" s="10" t="s">
+      <c r="D82" t="s">
         <v>2765</v>
       </c>
-      <c r="C82" s="10" t="s">
+    </row>
+    <row r="83" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B83" t="s">
         <v>2766</v>
       </c>
-      <c r="D82" s="10" t="s">
+      <c r="C83" t="s">
         <v>2767</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B83" s="10" t="s">
+      <c r="D83" t="s">
         <v>2768</v>
       </c>
-      <c r="C83" s="10" t="s">
+    </row>
+    <row r="84" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B84" t="s">
         <v>2769</v>
       </c>
-      <c r="D83" s="10" t="s">
+      <c r="D84" t="s">
         <v>2770</v>
       </c>
     </row>
-    <row r="84" spans="2:4" x14ac:dyDescent="0.25">
-      <c r="B84" s="10" t="s">
+    <row r="85" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B85" t="s">
         <v>2771</v>
       </c>
-      <c r="D84" s="10" t="s">
+      <c r="C85" t="s">
+        <v>848</v>
+      </c>
+      <c r="D85" t="s">
         <v>2772</v>
       </c>
     </row>
-    <row r="85" spans="2:4" x14ac:dyDescent="0.25">
-      <c r="B85" s="10" t="s">
+    <row r="86" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B86" t="s">
         <v>2773</v>
       </c>
-      <c r="C85" s="10" t="s">
-[...2 lines deleted...]
-      <c r="D85" s="10" t="s">
+      <c r="C86" t="s">
         <v>2774</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B86" s="10" t="s">
+      <c r="D86" t="s">
         <v>2775</v>
       </c>
-      <c r="C86" s="10" t="s">
+    </row>
+    <row r="87" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B87" t="s">
         <v>2776</v>
       </c>
-      <c r="D86" s="10" t="s">
+      <c r="C87" t="s">
         <v>2777</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B87" s="10" t="s">
+      <c r="D87" t="s">
         <v>2778</v>
       </c>
-      <c r="C87" s="10" t="s">
+    </row>
+    <row r="88" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B88" t="s">
         <v>2779</v>
       </c>
-      <c r="D87" s="10" t="s">
+      <c r="C88" t="s">
         <v>2780</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B88" s="10" t="s">
+      <c r="D88" t="s">
         <v>2781</v>
       </c>
-      <c r="C88" s="10" t="s">
+    </row>
+    <row r="89" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B89" t="s">
         <v>2782</v>
       </c>
-      <c r="D88" s="10" t="s">
+      <c r="C89" t="s">
         <v>2783</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B89" s="10" t="s">
+      <c r="D89" t="s">
         <v>2784</v>
       </c>
-      <c r="C89" s="10" t="s">
+    </row>
+    <row r="90" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B90" t="s">
         <v>2785</v>
       </c>
-      <c r="D89" s="10" t="s">
+      <c r="D90" t="s">
         <v>2786</v>
       </c>
     </row>
-    <row r="90" spans="2:4" x14ac:dyDescent="0.25">
-      <c r="B90" s="10" t="s">
+    <row r="91" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B91" t="s">
         <v>2787</v>
       </c>
-      <c r="D90" s="10" t="s">
+      <c r="C91" t="s">
+        <v>867</v>
+      </c>
+      <c r="D91" t="s">
         <v>2788</v>
       </c>
     </row>
-    <row r="91" spans="2:4" x14ac:dyDescent="0.25">
-      <c r="B91" s="10" t="s">
+    <row r="92" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B92" t="s">
         <v>2789</v>
       </c>
-      <c r="C91" s="10" t="s">
-[...2 lines deleted...]
-      <c r="D91" s="10" t="s">
+      <c r="C92" t="s">
         <v>2790</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B92" s="10" t="s">
+      <c r="D92" t="s">
         <v>2791</v>
       </c>
-      <c r="C92" s="10" t="s">
+    </row>
+    <row r="93" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B93" t="s">
         <v>2792</v>
       </c>
-      <c r="D92" s="10" t="s">
+      <c r="C93" t="s">
         <v>2793</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B93" s="10" t="s">
+      <c r="D93" t="s">
         <v>2794</v>
       </c>
-      <c r="C93" s="10" t="s">
+    </row>
+    <row r="94" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B94" t="s">
         <v>2795</v>
       </c>
-      <c r="D93" s="10" t="s">
+      <c r="D94" t="s">
         <v>2796</v>
       </c>
     </row>
-    <row r="94" spans="2:4" x14ac:dyDescent="0.25">
-      <c r="B94" s="10" t="s">
+    <row r="95" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B95" t="s">
         <v>2797</v>
       </c>
-      <c r="D94" s="10" t="s">
+      <c r="C95" t="s">
+        <v>878</v>
+      </c>
+      <c r="D95" t="s">
         <v>2798</v>
       </c>
     </row>
-    <row r="95" spans="2:4" x14ac:dyDescent="0.25">
-      <c r="B95" s="10" t="s">
+    <row r="96" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B96" t="s">
         <v>2799</v>
       </c>
-      <c r="C95" s="10" t="s">
-[...2 lines deleted...]
-      <c r="D95" s="10" t="s">
+      <c r="C96" t="s">
         <v>2800</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B96" s="10" t="s">
+      <c r="D96" t="s">
         <v>2801</v>
       </c>
-      <c r="C96" s="10" t="s">
+    </row>
+    <row r="97" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B97" t="s">
         <v>2802</v>
       </c>
-      <c r="D96" s="10" t="s">
+      <c r="C97" t="s">
         <v>2803</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B97" s="10" t="s">
+      <c r="D97" t="s">
         <v>2804</v>
       </c>
-      <c r="C97" s="10" t="s">
+    </row>
+    <row r="98" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B98" t="s">
         <v>2805</v>
       </c>
-      <c r="D97" s="10" t="s">
+      <c r="C98" t="s">
         <v>2806</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B98" s="10" t="s">
+      <c r="D98" t="s">
         <v>2807</v>
       </c>
-      <c r="C98" s="10" t="s">
+    </row>
+    <row r="99" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B99" t="s">
         <v>2808</v>
       </c>
-      <c r="D98" s="10" t="s">
+      <c r="D99" t="s">
         <v>2809</v>
       </c>
     </row>
-    <row r="99" spans="2:4" x14ac:dyDescent="0.25">
-      <c r="B99" s="10" t="s">
+    <row r="100" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B100" t="s">
         <v>2810</v>
       </c>
-      <c r="D99" s="10" t="s">
+      <c r="C100" t="s">
+        <v>892</v>
+      </c>
+      <c r="D100" t="s">
         <v>2811</v>
       </c>
     </row>
-    <row r="100" spans="2:4" x14ac:dyDescent="0.25">
-      <c r="B100" s="10" t="s">
+    <row r="101" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B101" t="s">
         <v>2812</v>
       </c>
-      <c r="C100" s="10" t="s">
-[...2 lines deleted...]
-      <c r="D100" s="10" t="s">
+      <c r="C101" t="s">
         <v>2813</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B101" s="10" t="s">
+      <c r="D101" t="s">
         <v>2814</v>
       </c>
-      <c r="C101" s="10" t="s">
+    </row>
+    <row r="102" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B102" t="s">
         <v>2815</v>
       </c>
-      <c r="D101" s="10" t="s">
+      <c r="C102" t="s">
         <v>2816</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B102" s="10" t="s">
+      <c r="D102" t="s">
         <v>2817</v>
       </c>
-      <c r="C102" s="10" t="s">
+    </row>
+    <row r="103" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B103" t="s">
+        <v>480</v>
+      </c>
+      <c r="C103" t="s">
         <v>2818</v>
       </c>
-      <c r="D102" s="10" t="s">
+      <c r="D103" t="s">
         <v>2819</v>
       </c>
     </row>
-    <row r="103" spans="2:4" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="C103" s="10" t="s">
+    <row r="104" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B104" t="s">
         <v>2820</v>
       </c>
-      <c r="D103" s="10" t="s">
+      <c r="C104" t="s">
         <v>2821</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B104" s="10" t="s">
+      <c r="D104" t="s">
         <v>2822</v>
       </c>
-      <c r="C104" s="10" t="s">
+    </row>
+    <row r="105" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B105" t="s">
         <v>2823</v>
       </c>
-      <c r="D104" s="10" t="s">
+      <c r="C105" t="s">
         <v>2824</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B105" s="10" t="s">
+      <c r="D105" t="s">
         <v>2825</v>
       </c>
-      <c r="C105" s="10" t="s">
+    </row>
+    <row r="106" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B106" t="s">
         <v>2826</v>
       </c>
-      <c r="D105" s="10" t="s">
+      <c r="D106" t="s">
         <v>2827</v>
       </c>
     </row>
-    <row r="106" spans="2:4" x14ac:dyDescent="0.25">
-      <c r="B106" s="10" t="s">
+    <row r="107" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B107" t="s">
         <v>2828</v>
       </c>
-      <c r="D106" s="10" t="s">
+      <c r="C107" t="s">
+        <v>912</v>
+      </c>
+      <c r="D107" t="s">
         <v>2829</v>
       </c>
     </row>
-    <row r="107" spans="2:4" x14ac:dyDescent="0.25">
-      <c r="B107" s="10" t="s">
+    <row r="108" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B108" t="s">
         <v>2830</v>
       </c>
-      <c r="C107" s="10" t="s">
-[...2 lines deleted...]
-      <c r="D107" s="10" t="s">
+      <c r="C108" t="s">
         <v>2831</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B108" s="10" t="s">
+      <c r="D108" t="s">
         <v>2832</v>
       </c>
-      <c r="C108" s="10" t="s">
+    </row>
+    <row r="109" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B109" t="s">
         <v>2833</v>
       </c>
-      <c r="D108" s="10" t="s">
+      <c r="D109" t="s">
         <v>2834</v>
       </c>
     </row>
-    <row r="109" spans="2:4" x14ac:dyDescent="0.25">
-      <c r="B109" s="10" t="s">
+    <row r="110" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B110" t="s">
+        <v>857</v>
+      </c>
+      <c r="C110" t="s">
+        <v>920</v>
+      </c>
+      <c r="D110" t="s">
         <v>2835</v>
       </c>
-      <c r="D109" s="10" t="s">
+    </row>
+    <row r="111" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B111" t="s">
         <v>2836</v>
       </c>
-    </row>
-[...7 lines deleted...]
-      <c r="D110" s="10" t="s">
+      <c r="C111" t="s">
         <v>2837</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B111" s="10" t="s">
+      <c r="D111" t="s">
         <v>2838</v>
       </c>
-      <c r="C111" s="10" t="s">
+    </row>
+    <row r="112" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B112" t="s">
         <v>2839</v>
       </c>
-      <c r="D111" s="10" t="s">
+      <c r="C112" t="s">
         <v>2840</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B112" s="10" t="s">
+      <c r="D112" t="s">
         <v>2841</v>
       </c>
-      <c r="C112" s="10" t="s">
+    </row>
+    <row r="113" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B113" t="s">
         <v>2842</v>
       </c>
-      <c r="D112" s="10" t="s">
+      <c r="C113" t="s">
         <v>2843</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B113" s="10" t="s">
+      <c r="D113" t="s">
         <v>2844</v>
       </c>
-      <c r="C113" s="10" t="s">
+    </row>
+    <row r="114" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B114" t="s">
         <v>2845</v>
       </c>
-      <c r="D113" s="10" t="s">
+      <c r="C114" t="s">
         <v>2846</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B114" s="10" t="s">
+      <c r="D114" t="s">
         <v>2847</v>
       </c>
-      <c r="C114" s="10" t="s">
+    </row>
+    <row r="115" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B115" t="s">
         <v>2848</v>
       </c>
-      <c r="D114" s="10" t="s">
+      <c r="D115" t="s">
         <v>2849</v>
       </c>
     </row>
-    <row r="115" spans="2:4" x14ac:dyDescent="0.25">
-      <c r="B115" s="10" t="s">
+    <row r="116" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B116" t="s">
         <v>2850</v>
       </c>
-      <c r="D115" s="10" t="s">
+      <c r="C116" t="s">
+        <v>935</v>
+      </c>
+      <c r="D116" t="s">
         <v>2851</v>
       </c>
     </row>
-    <row r="116" spans="2:4" x14ac:dyDescent="0.25">
-      <c r="B116" s="10" t="s">
+    <row r="117" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B117" t="s">
         <v>2852</v>
       </c>
-      <c r="C116" s="10" t="s">
-[...2 lines deleted...]
-      <c r="D116" s="10" t="s">
+      <c r="D117" t="s">
         <v>2853</v>
       </c>
     </row>
-    <row r="117" spans="2:4" x14ac:dyDescent="0.25">
-      <c r="B117" s="10" t="s">
+    <row r="118" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B118" t="s">
         <v>2854</v>
       </c>
-      <c r="D117" s="10" t="s">
+      <c r="C118" t="s">
+        <v>940</v>
+      </c>
+      <c r="D118" t="s">
         <v>2855</v>
       </c>
     </row>
-    <row r="118" spans="2:4" x14ac:dyDescent="0.25">
-      <c r="B118" s="10" t="s">
+    <row r="119" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B119" t="s">
         <v>2856</v>
       </c>
-      <c r="C118" s="10" t="s">
-[...2 lines deleted...]
-      <c r="D118" s="10" t="s">
+      <c r="C119" t="s">
         <v>2857</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B119" s="10" t="s">
+      <c r="D119" t="s">
         <v>2858</v>
       </c>
-      <c r="C119" s="10" t="s">
+    </row>
+    <row r="120" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B120" t="s">
+        <v>1316</v>
+      </c>
+      <c r="C120" t="s">
         <v>2859</v>
       </c>
-      <c r="D119" s="10" t="s">
+      <c r="D120" t="s">
         <v>2860</v>
       </c>
     </row>
-    <row r="120" spans="2:4" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="C120" s="10" t="s">
+    <row r="121" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B121" t="s">
+        <v>1317</v>
+      </c>
+      <c r="C121" t="s">
         <v>2861</v>
       </c>
-      <c r="D120" s="10" t="s">
+      <c r="D121" t="s">
         <v>2862</v>
       </c>
     </row>
-    <row r="121" spans="2:4" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="C121" s="10" t="s">
+    <row r="122" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B122" t="s">
         <v>2863</v>
       </c>
-      <c r="D121" s="10" t="s">
+      <c r="C122" t="s">
         <v>2864</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B122" s="10" t="s">
+      <c r="D122" t="s">
         <v>2865</v>
       </c>
-      <c r="C122" s="10" t="s">
+    </row>
+    <row r="123" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B123" t="s">
         <v>2866</v>
       </c>
-      <c r="D122" s="10" t="s">
+      <c r="C123" t="s">
         <v>2867</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B123" s="10" t="s">
+      <c r="D123" t="s">
         <v>2868</v>
       </c>
-      <c r="C123" s="10" t="s">
+    </row>
+    <row r="124" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B124" t="s">
+        <v>1459</v>
+      </c>
+      <c r="C124" t="s">
         <v>2869</v>
       </c>
-      <c r="D123" s="10" t="s">
+      <c r="D124" t="s">
         <v>2870</v>
       </c>
     </row>
-    <row r="124" spans="2:4" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="C124" s="10" t="s">
+    <row r="125" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B125" t="s">
         <v>2871</v>
       </c>
-      <c r="D124" s="10" t="s">
+      <c r="C125" t="s">
         <v>2872</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B125" s="10" t="s">
+      <c r="D125" t="s">
         <v>2873</v>
       </c>
-      <c r="C125" s="10" t="s">
+    </row>
+    <row r="126" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B126" t="s">
+        <v>1463</v>
+      </c>
+      <c r="C126" t="s">
         <v>2874</v>
       </c>
-      <c r="D125" s="10" t="s">
+      <c r="D126" t="s">
         <v>2875</v>
       </c>
     </row>
-    <row r="126" spans="2:4" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="C126" s="10" t="s">
+    <row r="127" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B127" t="s">
         <v>2876</v>
       </c>
-      <c r="D126" s="10" t="s">
+      <c r="C127" t="s">
         <v>2877</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B127" s="10" t="s">
+      <c r="D127" t="s">
         <v>2878</v>
       </c>
-      <c r="C127" s="10" t="s">
+    </row>
+    <row r="128" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B128" t="s">
         <v>2879</v>
       </c>
-      <c r="D127" s="10" t="s">
+      <c r="D128" t="s">
         <v>2880</v>
       </c>
     </row>
-    <row r="128" spans="2:4" x14ac:dyDescent="0.25">
-      <c r="B128" s="10" t="s">
+    <row r="129" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B129" t="s">
         <v>2881</v>
       </c>
-      <c r="D128" s="10" t="s">
+      <c r="C129" t="s">
+        <v>970</v>
+      </c>
+      <c r="D129" t="s">
         <v>2882</v>
       </c>
     </row>
-    <row r="129" spans="2:4" x14ac:dyDescent="0.25">
-      <c r="B129" s="10" t="s">
+    <row r="130" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B130" t="s">
         <v>2883</v>
       </c>
-      <c r="C129" s="10" t="s">
-[...2 lines deleted...]
-      <c r="D129" s="10" t="s">
+      <c r="D130" t="s">
         <v>2884</v>
       </c>
     </row>
-    <row r="130" spans="2:4" x14ac:dyDescent="0.25">
-      <c r="B130" s="10" t="s">
+    <row r="131" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B131" t="s">
         <v>2885</v>
       </c>
-      <c r="D130" s="10" t="s">
+      <c r="C131" t="s">
         <v>2886</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B131" s="10" t="s">
+      <c r="D131" t="s">
         <v>2887</v>
       </c>
-      <c r="C131" s="10" t="s">
+    </row>
+    <row r="132" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B132" t="s">
         <v>2888</v>
       </c>
-      <c r="D131" s="10" t="s">
+      <c r="C132" t="s">
         <v>2889</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B132" s="10" t="s">
+      <c r="D132" t="s">
         <v>2890</v>
       </c>
-      <c r="C132" s="10" t="s">
+    </row>
+    <row r="133" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B133" t="s">
         <v>2891</v>
       </c>
-      <c r="D132" s="10" t="s">
+      <c r="C133" t="s">
         <v>2892</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B133" s="10" t="s">
+      <c r="D133" t="s">
         <v>2893</v>
       </c>
-      <c r="C133" s="10" t="s">
+    </row>
+    <row r="134" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B134" t="s">
         <v>2894</v>
       </c>
-      <c r="D133" s="10" t="s">
+      <c r="C134" t="s">
         <v>2895</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B134" s="10" t="s">
+      <c r="D134" t="s">
         <v>2896</v>
       </c>
-      <c r="C134" s="10" t="s">
+    </row>
+    <row r="135" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B135" t="s">
         <v>2897</v>
       </c>
-      <c r="D134" s="10" t="s">
+      <c r="C135" t="s">
         <v>2898</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B135" s="10" t="s">
+      <c r="D135" t="s">
         <v>2899</v>
       </c>
-      <c r="C135" s="10" t="s">
+    </row>
+    <row r="136" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B136" t="s">
+        <v>421</v>
+      </c>
+      <c r="C136" t="s">
         <v>2900</v>
       </c>
-      <c r="D135" s="10" t="s">
+      <c r="D136" t="s">
         <v>2901</v>
       </c>
     </row>
-    <row r="136" spans="2:4" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="C136" s="10" t="s">
+    <row r="137" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B137" t="s">
         <v>2902</v>
       </c>
-      <c r="D136" s="10" t="s">
+      <c r="C137" t="s">
         <v>2903</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B137" s="10" t="s">
+      <c r="D137" t="s">
         <v>2904</v>
-      </c>
-[...4 lines deleted...]
-        <v>2906</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0900-000000000000}">
   <dimension ref="A1:D65"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>48</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
@@ -23375,65 +24379,66 @@
         <v>1439</v>
       </c>
       <c r="C65" t="s">
         <v>1440</v>
       </c>
       <c r="D65" t="s">
         <v>1441</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>18</vt:i4>
+        <vt:i4>19</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="18" baseType="lpstr">
+    <vt:vector size="19" baseType="lpstr">
       <vt:lpstr>Perpetual Access 2026 Titles</vt:lpstr>
       <vt:lpstr>Berek, 07 ed. - Berek Hacker's</vt:lpstr>
       <vt:lpstr>Chabner, 07 ed. - Cancer Chemot</vt:lpstr>
       <vt:lpstr>DeVita, 12 ed. - DeVita, Hellma</vt:lpstr>
       <vt:lpstr>Harris, 5 ed. - Diseases of the</vt:lpstr>
       <vt:lpstr>Karp, 03 ed. - Handbook of Targ</vt:lpstr>
       <vt:lpstr>Harrison, 4 ed. - Head and Neck</vt:lpstr>
       <vt:lpstr>Perez, 08 ed. - Perez Brady</vt:lpstr>
       <vt:lpstr>Perry, 5 ed. - Perry's The Chem</vt:lpstr>
+      <vt:lpstr>Blaney, 09 ed. - Pizzo and Popl</vt:lpstr>
       <vt:lpstr>Choudhury, 03 ed. - Pocket Note</vt:lpstr>
       <vt:lpstr>Tang, 2e - Pocket Radiation Onc</vt:lpstr>
       <vt:lpstr>Chi, 08 ed. - Principles and Pr</vt:lpstr>
       <vt:lpstr>Berger, 05 ed. - Principles and</vt:lpstr>
       <vt:lpstr>Pizzo, 7 ed. - Principles and P</vt:lpstr>
       <vt:lpstr>Van Tine, 5 ed. - The Washingto</vt:lpstr>
       <vt:lpstr>Rubin, 2 ed. - TNM Staging Atla</vt:lpstr>
       <vt:lpstr>Weksler, 02 ed. - Wintrobe’s At</vt:lpstr>
       <vt:lpstr>Means, 15 ed. - Wintrobe’s Clin</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>puseascm05tol01$</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>