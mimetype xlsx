--- v0 (2025-10-10)
+++ v1 (2025-11-21)
@@ -13,104 +13,105 @@
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet10.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet11.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet12.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet13.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet14.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet15.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet16.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet17.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet18.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet19.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet20.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet21.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet22.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet23.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet24.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet25.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet26.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="28925"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29127"/>
   <workbookPr codeName="ThisWorkbook" defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://wolterskluwer-my.sharepoint.com/personal/leanne_vandetty_wolterskluwer_com/Documents/Health Library/Health Library Repository/Health Library Title Lists/Subscription/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="11" documentId="13_ncr:1_{067E345A-27A2-41DA-8DD8-76D9132EA6D6}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{630EB0D6-DAE5-4981-BBA9-46DE9A442311}"/>
+  <xr:revisionPtr revIDLastSave="17" documentId="13_ncr:1_{067E345A-27A2-41DA-8DD8-76D9132EA6D6}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{DE338B6A-826D-4A64-B62B-C780067CC8F5}"/>
   <bookViews>
     <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10300" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Subscription Title List" sheetId="1" r:id="rId1"/>
     <sheet name="Speroff,, 5 ed. - A Clinical Gu" sheetId="2" r:id="rId2"/>
     <sheet name="Doubilet, 03 ed. - Atlas of Ult" sheetId="3" r:id="rId3"/>
     <sheet name="Roberts, 01 ed. - Avoiding Comm" sheetId="4" r:id="rId4"/>
     <sheet name="Berek, 07 ed. - Berek Hacker's" sheetId="5" r:id="rId5"/>
     <sheet name="Berek, 17 ed. - Berek Novak's G" sheetId="6" r:id="rId6"/>
     <sheet name="Briggs, 12 ed. - Briggs Drugs i" sheetId="7" r:id="rId7"/>
     <sheet name="Reece, 04 ed. - Clinical Obstet" sheetId="8" r:id="rId8"/>
     <sheet name="Gibbs, 10 ed. - Danforth's Obst" sheetId="9" r:id="rId9"/>
     <sheet name="Cahill, 05 ed. - Fetal Heart Ra" sheetId="10" r:id="rId10"/>
     <sheet name="Warsof, 01 ed. - Legal Concepts" sheetId="11" r:id="rId11"/>
     <sheet name="Evans, 09 ed. - Manual of Obste" sheetId="12" r:id="rId12"/>
     <sheet name="Marino, 02 ed. - Marino's The L" sheetId="13" r:id="rId13"/>
     <sheet name="Mayeaux, 3 ed. - Modern Colposc" sheetId="14" r:id="rId14"/>
     <sheet name="Berek, 01 ed. - Operative Techn" sheetId="15" r:id="rId15"/>
     <sheet name="Berek, 01 ed. - Operative  (1)" sheetId="16" r:id="rId16"/>
     <sheet name="Berek, 01 ed. - Operative  (2)" sheetId="17" r:id="rId17"/>
     <sheet name="Berek, 1 ed. - Operative Techni" sheetId="18" r:id="rId18"/>
     <sheet name="Belfort, 01 ed. - Operative Tec" sheetId="19" r:id="rId19"/>
     <sheet name="Azadi, 07 ed. - Ostergard’s Tex" sheetId="20" r:id="rId20"/>
     <sheet name="Hurt, 02 ed. - Pocket Notebook" sheetId="21" r:id="rId21"/>
     <sheet name="Jensen, 06 ed. - Speroff Darney" sheetId="22" r:id="rId22"/>
-    <sheet name="Taylor, 09 ed. - Speroff's Clin" sheetId="23" r:id="rId23"/>
+    <sheet name="Taylor, 10 ed. - Speroff's Clin" sheetId="23" r:id="rId23"/>
     <sheet name="Van Le, 13 ed. - Te Linde's Ope" sheetId="24" r:id="rId24"/>
     <sheet name="Benrubi, 01 ed. - The Difficult" sheetId="25" r:id="rId25"/>
     <sheet name="Chou, 07 ed. - The Johns Hopkin" sheetId="26" r:id="rId26"/>
   </sheets>
   <calcPr calcId="125725"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3892" uniqueCount="2820">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3903" uniqueCount="2828">
   <si>
     <t>Author</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Edition</t>
   </si>
   <si>
     <t>ISBN</t>
   </si>
   <si>
     <t>Year Published</t>
   </si>
   <si>
     <t>Title Level URL</t>
   </si>
   <si>
     <t>Date Added to HL</t>
   </si>
   <si>
     <t>Leon Speroff,, M.D.</t>
   </si>
   <si>
@@ -318,59 +319,50 @@
     <t>K. Joseph Hurt, MD, PhD</t>
   </si>
   <si>
     <t>Pocket Notebook: Pocket Obstetrics and Gynecology, 2e</t>
   </si>
   <si>
     <t>978-1-496366-99-3</t>
   </si>
   <si>
     <t>https://obgyn.lwwhealthlibrary.com/book.aspx?bookid=2988</t>
   </si>
   <si>
     <t>Jeffrey T. Jensen, MD, MPH</t>
   </si>
   <si>
     <t>Speroff &amp;amp; Darney's Clinical Guide to Contraception, 6e</t>
   </si>
   <si>
     <t>978-1-975107-28-4</t>
   </si>
   <si>
     <t>https://obgyn.lwwhealthlibrary.com/book.aspx?bookid=2778</t>
   </si>
   <si>
     <t>Hugh S. Taylor, MD</t>
-  </si>
-[...7 lines deleted...]
-    <t>https://obgyn.lwwhealthlibrary.com/book.aspx?bookid=2698</t>
   </si>
   <si>
     <t>Linda Van Le, MD</t>
   </si>
   <si>
     <t>Te Linde's Operative Gynecology, 13e</t>
   </si>
   <si>
     <t>978-1-975200-09-1</t>
   </si>
   <si>
     <t>https://obgyn.lwwhealthlibrary.com/book.aspx?bookid=3264</t>
   </si>
   <si>
     <t>Guy I. Benrubi, MD</t>
   </si>
   <si>
     <t>The Difficult 
 Cesarean Delivery: Safeguards and Pitfalls, 1e</t>
   </si>
   <si>
     <t>978-1-975116-67-5</t>
   </si>
   <si>
     <t>https://obgyn.lwwhealthlibrary.com/book.aspx?bookid=2948</t>
@@ -7087,284 +7079,128 @@
   <si>
     <t>Behavioral Methods of Contraception</t>
   </si>
   <si>
     <t>https://obgyn.lwwhealthlibrary.com/content.aspx?sectionId=232665281&amp;bookId=2778</t>
   </si>
   <si>
     <t>Emergency Contraception</t>
   </si>
   <si>
     <t>https://obgyn.lwwhealthlibrary.com/content.aspx?sectionId=232665412&amp;bookId=2778</t>
   </si>
   <si>
     <t>History of Contraception Supplement</t>
   </si>
   <si>
     <t>https://obgyn.lwwhealthlibrary.com/content.aspx?sectionId=232665471&amp;bookId=2778</t>
   </si>
   <si>
     <t>Lubna Pal, MBBS, MS</t>
   </si>
   <si>
     <t>Emre Seli, MD</t>
   </si>
   <si>
-    <t>https://obgyn.lwwhealthlibrary.com/content.aspx?sectionId=222477720&amp;bookId=2698</t>
-[...19 lines deleted...]
-  <si>
     <t>Hormone Biosynthesis, Metabolism, and Mechanism of Action</t>
   </si>
   <si>
-    <t>https://obgyn.lwwhealthlibrary.com/content.aspx?sectionId=222477805&amp;bookId=2698</t>
-[...1 lines deleted...]
-  <si>
     <t>The Ovary—Embryology and Development</t>
   </si>
   <si>
-    <t>https://obgyn.lwwhealthlibrary.com/content.aspx?sectionId=222478203&amp;bookId=2698</t>
-[...1 lines deleted...]
-  <si>
     <t>The Uterus, Endometrial Physiology, and Menstruation</t>
   </si>
   <si>
-    <t>https://obgyn.lwwhealthlibrary.com/content.aspx?sectionId=222478288&amp;bookId=2698</t>
-[...1 lines deleted...]
-  <si>
     <t>Neuroendocrinology</t>
   </si>
   <si>
-    <t>https://obgyn.lwwhealthlibrary.com/content.aspx?sectionId=222478479&amp;bookId=2698</t>
-[...1 lines deleted...]
-  <si>
     <t>Regulation of the Menstrual Cycle</t>
   </si>
   <si>
-    <t>https://obgyn.lwwhealthlibrary.com/content.aspx?sectionId=222478688&amp;bookId=2698</t>
-[...7 lines deleted...]
-  <si>
     <t>The Endocrinology of Pregnancy</t>
   </si>
   <si>
-    <t>https://obgyn.lwwhealthlibrary.com/content.aspx?sectionId=222479063&amp;bookId=2698</t>
-[...7 lines deleted...]
-  <si>
     <t>Normal and Abnormal Sexual Development</t>
   </si>
   <si>
-    <t>https://obgyn.lwwhealthlibrary.com/content.aspx?sectionId=222479376&amp;bookId=2698</t>
-[...1 lines deleted...]
-  <si>
     <t>Normal and Abnormal Growth and Pubertal Development</t>
   </si>
   <si>
-    <t>https://obgyn.lwwhealthlibrary.com/content.aspx?sectionId=222479710&amp;bookId=2698</t>
-[...4 lines deleted...]
-  <si>
     <t>Chronic Anovulation and the Polycystic Ovary Syndrome</t>
   </si>
   <si>
-    <t>https://obgyn.lwwhealthlibrary.com/content.aspx?sectionId=222480269&amp;bookId=2698</t>
-[...1 lines deleted...]
-  <si>
     <t>Hirsutism</t>
   </si>
   <si>
-    <t>https://obgyn.lwwhealthlibrary.com/content.aspx?sectionId=222480532&amp;bookId=2698</t>
-[...1 lines deleted...]
-  <si>
     <t>Reproduction and the Adrenal</t>
   </si>
   <si>
-    <t>https://obgyn.lwwhealthlibrary.com/content.aspx?sectionId=222480675&amp;bookId=2698</t>
-[...1 lines deleted...]
-  <si>
     <t>Menstruation-Related Disorders</t>
   </si>
   <si>
-    <t>https://obgyn.lwwhealthlibrary.com/content.aspx?sectionId=222480786&amp;bookId=2698</t>
-[...4 lines deleted...]
-  <si>
     <t>The Breast</t>
   </si>
   <si>
-    <t>https://obgyn.lwwhealthlibrary.com/content.aspx?sectionId=222481138&amp;bookId=2698</t>
-[...7 lines deleted...]
-  <si>
     <t>Transgender Endocrinology</t>
   </si>
   <si>
-    <t>https://obgyn.lwwhealthlibrary.com/content.aspx?sectionId=222482505&amp;bookId=2698</t>
-[...1 lines deleted...]
-  <si>
     <t>Obesity</t>
   </si>
   <si>
-    <t>https://obgyn.lwwhealthlibrary.com/content.aspx?sectionId=222482617&amp;bookId=2698</t>
-[...1 lines deleted...]
-  <si>
     <t>Reproduction and the Thyroid</t>
   </si>
   <si>
-    <t>https://obgyn.lwwhealthlibrary.com/content.aspx?sectionId=222482778&amp;bookId=2698</t>
-[...7 lines deleted...]
-  <si>
     <t>Family Planning, Sterilization, and Abortion</t>
   </si>
   <si>
-    <t>https://obgyn.lwwhealthlibrary.com/content.aspx?sectionId=222482903&amp;bookId=2698</t>
-[...1 lines deleted...]
-  <si>
     <t>Hormonal Contraception</t>
   </si>
   <si>
-    <t>https://obgyn.lwwhealthlibrary.com/content.aspx?sectionId=222483123&amp;bookId=2698</t>
-[...1 lines deleted...]
-  <si>
     <t>Long-Acting Methods of Contraception</t>
   </si>
   <si>
-    <t>https://obgyn.lwwhealthlibrary.com/content.aspx?sectionId=222483779&amp;bookId=2698</t>
-[...13 lines deleted...]
-  <si>
     <t>Female Infertility</t>
   </si>
   <si>
-    <t>https://obgyn.lwwhealthlibrary.com/content.aspx?sectionId=222484267&amp;bookId=2698</t>
-[...1 lines deleted...]
-  <si>
     <t>Male Infertility</t>
   </si>
   <si>
-    <t>https://obgyn.lwwhealthlibrary.com/content.aspx?sectionId=222484588&amp;bookId=2698</t>
-[...1 lines deleted...]
-  <si>
     <t>Induction of Ovulation</t>
   </si>
   <si>
-    <t>https://obgyn.lwwhealthlibrary.com/content.aspx?sectionId=222484863&amp;bookId=2698</t>
-[...1 lines deleted...]
-  <si>
     <t>Assisted Reproductive Technologies</t>
   </si>
   <si>
-    <t>https://obgyn.lwwhealthlibrary.com/content.aspx?sectionId=222485115&amp;bookId=2698</t>
-[...1 lines deleted...]
-  <si>
     <t>Fertility Preservation</t>
   </si>
   <si>
-    <t>https://obgyn.lwwhealthlibrary.com/content.aspx?sectionId=222485468&amp;bookId=2698</t>
-[...1 lines deleted...]
-  <si>
     <t>Recurrent Early Pregnancy Loss</t>
   </si>
   <si>
-    <t>https://obgyn.lwwhealthlibrary.com/content.aspx?sectionId=222485526&amp;bookId=2698</t>
-[...1 lines deleted...]
-  <si>
     <t>Genetics</t>
   </si>
   <si>
-    <t>https://obgyn.lwwhealthlibrary.com/content.aspx?sectionId=222485692&amp;bookId=2698</t>
-[...16 lines deleted...]
-  <si>
     <t>Victoria L. Handa, MD, MHS</t>
   </si>
   <si>
     <t>Danielle Patterson, MD, SM</t>
   </si>
   <si>
     <t>https://obgyn.lwwhealthlibrary.com/content.aspx?sectionId=256263023&amp;bookId=3264</t>
   </si>
   <si>
     <t>CONTRIBUTORS</t>
   </si>
   <si>
     <t>https://obgyn.lwwhealthlibrary.com/content.aspx?sectionId=256263027&amp;bookId=3264</t>
   </si>
   <si>
     <t>https://obgyn.lwwhealthlibrary.com/content.aspx?sectionId=256263473&amp;bookId=3264</t>
   </si>
   <si>
     <t>PREFACE</t>
   </si>
   <si>
     <t>https://obgyn.lwwhealthlibrary.com/content.aspx?sectionId=256263672&amp;bookId=3264</t>
   </si>
   <si>
     <t>PREFACE FROM FIRST EDITION</t>
@@ -8528,50 +8364,239 @@
     <t>https://obgyn.lwwhealthlibrary.com/content.aspx?sectionId=260693558&amp;bookId=3425</t>
   </si>
   <si>
     <t xml:space="preserve">Ovarian, Fallopian Tube, and Peritoneal Cancer </t>
   </si>
   <si>
     <t>https://obgyn.lwwhealthlibrary.com/content.aspx?sectionId=260694021&amp;bookId=3425</t>
   </si>
   <si>
     <t xml:space="preserve">Vulvar Cancer </t>
   </si>
   <si>
     <t>https://obgyn.lwwhealthlibrary.com/content.aspx?sectionId=260694640&amp;bookId=3425</t>
   </si>
   <si>
     <t xml:space="preserve">Gestational Trophoblastic Disease </t>
   </si>
   <si>
     <t>https://obgyn.lwwhealthlibrary.com/content.aspx?sectionId=260694873&amp;bookId=3425</t>
   </si>
   <si>
     <t xml:space="preserve">Breast Cancer </t>
   </si>
   <si>
     <t>https://obgyn.lwwhealthlibrary.com/content.aspx?sectionId=260695100&amp;bookId=3425</t>
+  </si>
+  <si>
+    <t>Speroff’s Clinical Gynecologic Endocrinology and Infertility, 10e</t>
+  </si>
+  <si>
+    <t>978-1-975168-03-2</t>
+  </si>
+  <si>
+    <t>https://obgyn.lwwhealthlibrary.com/book.aspx?bookid=3454</t>
+  </si>
+  <si>
+    <t>https://obgyn.lwwhealthlibrary.com/content.aspx?sectionId=261269257&amp;bookId=3454</t>
+  </si>
+  <si>
+    <t>https://obgyn.lwwhealthlibrary.com/content.aspx?sectionId=261269261&amp;bookId=3454</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Contributing Authors</t>
+  </si>
+  <si>
+    <t>https://obgyn.lwwhealthlibrary.com/content.aspx?sectionId=261269269&amp;bookId=3454</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Foreword to the Ninth Edition</t>
+  </si>
+  <si>
+    <t>https://obgyn.lwwhealthlibrary.com/content.aspx?sectionId=261269345&amp;bookId=3454</t>
+  </si>
+  <si>
+    <t>https://obgyn.lwwhealthlibrary.com/content.aspx?sectionId=261269355&amp;bookId=3454</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> I: Reproductive Physiology</t>
+  </si>
+  <si>
+    <t>https://obgyn.lwwhealthlibrary.com/content.aspx?sectionId=261269363&amp;bookId=3454</t>
+  </si>
+  <si>
+    <t>https://obgyn.lwwhealthlibrary.com/content.aspx?sectionId=261269365&amp;bookId=3454</t>
+  </si>
+  <si>
+    <t>https://obgyn.lwwhealthlibrary.com/content.aspx?sectionId=261269767&amp;bookId=3454</t>
+  </si>
+  <si>
+    <t>https://obgyn.lwwhealthlibrary.com/content.aspx?sectionId=261269855&amp;bookId=3454</t>
+  </si>
+  <si>
+    <t>https://obgyn.lwwhealthlibrary.com/content.aspx?sectionId=261270056&amp;bookId=3454</t>
+  </si>
+  <si>
+    <t>https://obgyn.lwwhealthlibrary.com/content.aspx?sectionId=261270267&amp;bookId=3454</t>
+  </si>
+  <si>
+    <t>Conception—Sperm and Egg Transport, Fertilization, Implantation, and Early Embryogenesis</t>
+  </si>
+  <si>
+    <t>https://obgyn.lwwhealthlibrary.com/content.aspx?sectionId=261270506&amp;bookId=3454</t>
+  </si>
+  <si>
+    <t>https://obgyn.lwwhealthlibrary.com/content.aspx?sectionId=261270644&amp;bookId=3454</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> II: Clinical Endocrinology</t>
+  </si>
+  <si>
+    <t>https://obgyn.lwwhealthlibrary.com/content.aspx?sectionId=261270951&amp;bookId=3454</t>
+  </si>
+  <si>
+    <t>https://obgyn.lwwhealthlibrary.com/content.aspx?sectionId=261270953&amp;bookId=3454</t>
+  </si>
+  <si>
+    <t>https://obgyn.lwwhealthlibrary.com/content.aspx?sectionId=261271263&amp;bookId=3454</t>
+  </si>
+  <si>
+    <t>https://obgyn.lwwhealthlibrary.com/content.aspx?sectionId=261271507&amp;bookId=3454</t>
+  </si>
+  <si>
+    <t>https://obgyn.lwwhealthlibrary.com/content.aspx?sectionId=261271828&amp;bookId=3454</t>
+  </si>
+  <si>
+    <t>https://obgyn.lwwhealthlibrary.com/content.aspx?sectionId=261272095&amp;bookId=3454</t>
+  </si>
+  <si>
+    <t>https://obgyn.lwwhealthlibrary.com/content.aspx?sectionId=261272236&amp;bookId=3454</t>
+  </si>
+  <si>
+    <t>https://obgyn.lwwhealthlibrary.com/content.aspx?sectionId=261272346&amp;bookId=3454</t>
+  </si>
+  <si>
+    <t>https://obgyn.lwwhealthlibrary.com/content.aspx?sectionId=261272499&amp;bookId=3454</t>
+  </si>
+  <si>
+    <t>https://obgyn.lwwhealthlibrary.com/content.aspx?sectionId=261272695&amp;bookId=3454</t>
+  </si>
+  <si>
+    <t>https://obgyn.lwwhealthlibrary.com/content.aspx?sectionId=261272806&amp;bookId=3454</t>
+  </si>
+  <si>
+    <t>https://obgyn.lwwhealthlibrary.com/content.aspx?sectionId=261273003&amp;bookId=3454</t>
+  </si>
+  <si>
+    <t>https://obgyn.lwwhealthlibrary.com/content.aspx?sectionId=261273146&amp;bookId=3454</t>
+  </si>
+  <si>
+    <t>Environment and Reproduction</t>
+  </si>
+  <si>
+    <t>https://obgyn.lwwhealthlibrary.com/content.aspx?sectionId=261273416&amp;bookId=3454</t>
+  </si>
+  <si>
+    <t>Reproductive Aging, Nomenclature, Endocrinology, Symptomatology, and Implications</t>
+  </si>
+  <si>
+    <t>https://obgyn.lwwhealthlibrary.com/content.aspx?sectionId=261273544&amp;bookId=3454</t>
+  </si>
+  <si>
+    <t>Managing Menopausal Symptoms</t>
+  </si>
+  <si>
+    <t>https://obgyn.lwwhealthlibrary.com/content.aspx?sectionId=261273808&amp;bookId=3454</t>
+  </si>
+  <si>
+    <t>Osteoporosis: Prevalence, Risk Factors, and Management</t>
+  </si>
+  <si>
+    <t>https://obgyn.lwwhealthlibrary.com/content.aspx?sectionId=261274471&amp;bookId=3454</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> III: Contraception</t>
+  </si>
+  <si>
+    <t>https://obgyn.lwwhealthlibrary.com/content.aspx?sectionId=261274706&amp;bookId=3454</t>
+  </si>
+  <si>
+    <t>https://obgyn.lwwhealthlibrary.com/content.aspx?sectionId=261274708&amp;bookId=3454</t>
+  </si>
+  <si>
+    <t>https://obgyn.lwwhealthlibrary.com/content.aspx?sectionId=261274924&amp;bookId=3454</t>
+  </si>
+  <si>
+    <t>https://obgyn.lwwhealthlibrary.com/content.aspx?sectionId=261275583&amp;bookId=3454</t>
+  </si>
+  <si>
+    <t>Coitally Dependent Methods</t>
+  </si>
+  <si>
+    <t>https://obgyn.lwwhealthlibrary.com/content.aspx?sectionId=261275944&amp;bookId=3454</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> IV: Infertility</t>
+  </si>
+  <si>
+    <t>https://obgyn.lwwhealthlibrary.com/content.aspx?sectionId=261276053&amp;bookId=3454</t>
+  </si>
+  <si>
+    <t>https://obgyn.lwwhealthlibrary.com/content.aspx?sectionId=261276055&amp;bookId=3454</t>
+  </si>
+  <si>
+    <t>https://obgyn.lwwhealthlibrary.com/content.aspx?sectionId=261276377&amp;bookId=3454</t>
+  </si>
+  <si>
+    <t>https://obgyn.lwwhealthlibrary.com/content.aspx?sectionId=261276655&amp;bookId=3454</t>
+  </si>
+  <si>
+    <t>https://obgyn.lwwhealthlibrary.com/content.aspx?sectionId=261276916&amp;bookId=3454</t>
+  </si>
+  <si>
+    <t>https://obgyn.lwwhealthlibrary.com/content.aspx?sectionId=261277304&amp;bookId=3454</t>
+  </si>
+  <si>
+    <t>https://obgyn.lwwhealthlibrary.com/content.aspx?sectionId=261277366&amp;bookId=3454</t>
+  </si>
+  <si>
+    <t>https://obgyn.lwwhealthlibrary.com/content.aspx?sectionId=261277537&amp;bookId=3454</t>
+  </si>
+  <si>
+    <t>https://obgyn.lwwhealthlibrary.com/content.aspx?sectionId=261277726&amp;bookId=3454</t>
+  </si>
+  <si>
+    <t>https://obgyn.lwwhealthlibrary.com/content.aspx?sectionId=261277915&amp;bookId=3454</t>
+  </si>
+  <si>
+    <t>Appendix: Selected Laboratory Values Expressed in Conventional Units and the International System of Units (SI Units)</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> I</t>
+  </si>
+  <si>
+    <t>https://obgyn.lwwhealthlibrary.com/content.aspx?sectionId=261278115&amp;bookId=3454</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="2" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Tahoma"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <name val="Tahoma"/>
     </font>
   </fonts>
   <fills count="4">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
@@ -9025,120 +9050,120 @@
       </c>
       <c r="B4" t="s">
         <v>16</v>
       </c>
       <c r="C4">
         <v>1</v>
       </c>
       <c r="D4" t="s">
         <v>17</v>
       </c>
       <c r="E4">
         <v>2011</v>
       </c>
       <c r="F4" t="s">
         <v>18</v>
       </c>
       <c r="G4" s="2">
         <v>43006</v>
       </c>
     </row>
     <row r="5" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A5" t="s">
         <v>19</v>
       </c>
       <c r="B5" t="s">
-        <v>2572</v>
+        <v>2517</v>
       </c>
       <c r="C5">
         <v>7</v>
       </c>
       <c r="D5" t="s">
         <v>21</v>
       </c>
       <c r="E5">
         <v>2021</v>
       </c>
       <c r="F5" t="s">
         <v>22</v>
       </c>
       <c r="G5" s="2">
         <v>44089</v>
       </c>
     </row>
     <row r="6" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A6" t="s">
-        <v>2713</v>
+        <v>2658</v>
       </c>
       <c r="B6" t="s">
-        <v>2714</v>
+        <v>2659</v>
       </c>
       <c r="C6">
         <v>17</v>
       </c>
       <c r="D6">
         <v>9781975238636</v>
       </c>
       <c r="E6">
         <v>2026</v>
       </c>
       <c r="F6" t="s">
-        <v>2715</v>
+        <v>2660</v>
       </c>
       <c r="G6" s="2">
         <v>45772</v>
       </c>
     </row>
     <row r="7" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A7" t="s">
         <v>23</v>
       </c>
       <c r="B7" t="s">
         <v>24</v>
       </c>
       <c r="C7">
         <v>12</v>
       </c>
       <c r="D7" t="s">
         <v>25</v>
       </c>
       <c r="E7">
         <v>2022</v>
       </c>
       <c r="F7" t="s">
         <v>26</v>
       </c>
       <c r="G7" s="2">
         <v>44285</v>
       </c>
     </row>
     <row r="8" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A8" t="s">
         <v>27</v>
       </c>
       <c r="B8" t="s">
-        <v>2573</v>
+        <v>2518</v>
       </c>
       <c r="C8">
         <v>4</v>
       </c>
       <c r="D8" t="s">
         <v>29</v>
       </c>
       <c r="E8">
         <v>2022</v>
       </c>
       <c r="F8" t="s">
         <v>30</v>
       </c>
       <c r="G8" s="2">
         <v>44301</v>
       </c>
     </row>
     <row r="9" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A9" t="s">
         <v>31</v>
       </c>
       <c r="B9" t="s">
         <v>32</v>
       </c>
       <c r="C9">
@@ -9232,51 +9257,51 @@
       </c>
       <c r="B13" t="s">
         <v>48</v>
       </c>
       <c r="C13">
         <v>2</v>
       </c>
       <c r="D13" t="s">
         <v>49</v>
       </c>
       <c r="E13">
         <v>2017</v>
       </c>
       <c r="F13" t="s">
         <v>50</v>
       </c>
       <c r="G13" s="2">
         <v>42755</v>
       </c>
     </row>
     <row r="14" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A14" t="s">
         <v>51</v>
       </c>
       <c r="B14" t="s">
-        <v>2574</v>
+        <v>2519</v>
       </c>
       <c r="C14">
         <v>3</v>
       </c>
       <c r="D14" t="s">
         <v>53</v>
       </c>
       <c r="E14">
         <v>2014</v>
       </c>
       <c r="F14" t="s">
         <v>54</v>
       </c>
       <c r="G14" s="2">
         <v>41999</v>
       </c>
     </row>
     <row r="15" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A15" t="s">
         <v>19</v>
       </c>
       <c r="B15" t="s">
         <v>55</v>
       </c>
       <c r="C15">
@@ -9416,14654 +9441,14727 @@
       </c>
       <c r="B21" t="s">
         <v>76</v>
       </c>
       <c r="C21">
         <v>2</v>
       </c>
       <c r="D21" t="s">
         <v>77</v>
       </c>
       <c r="E21">
         <v>2019</v>
       </c>
       <c r="F21" t="s">
         <v>78</v>
       </c>
       <c r="G21" s="2">
         <v>44115</v>
       </c>
     </row>
     <row r="22" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A22" t="s">
         <v>79</v>
       </c>
       <c r="B22" t="s">
-        <v>2575</v>
+        <v>2520</v>
       </c>
       <c r="C22">
         <v>6</v>
       </c>
       <c r="D22" t="s">
         <v>81</v>
       </c>
       <c r="E22">
         <v>2020</v>
       </c>
       <c r="F22" t="s">
         <v>82</v>
       </c>
       <c r="G22" s="2">
         <v>43791</v>
       </c>
     </row>
     <row r="23" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A23" t="s">
         <v>83</v>
       </c>
       <c r="B23" t="s">
-        <v>84</v>
+        <v>2765</v>
       </c>
       <c r="C23">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="D23" t="s">
-        <v>85</v>
+        <v>2766</v>
       </c>
       <c r="E23">
-        <v>2020</v>
+        <v>2026</v>
       </c>
       <c r="F23" t="s">
-        <v>86</v>
+        <v>2767</v>
       </c>
       <c r="G23" s="2">
-        <v>43663</v>
+        <v>45938</v>
       </c>
     </row>
     <row r="24" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A24" t="s">
-        <v>87</v>
+        <v>84</v>
       </c>
       <c r="B24" t="s">
-        <v>88</v>
+        <v>85</v>
       </c>
       <c r="C24">
         <v>13</v>
       </c>
       <c r="D24" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="E24">
         <v>2024</v>
       </c>
       <c r="F24" t="s">
-        <v>90</v>
+        <v>87</v>
       </c>
       <c r="G24" s="2">
         <v>45029</v>
       </c>
     </row>
     <row r="25" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A25" t="s">
-        <v>91</v>
+        <v>88</v>
       </c>
       <c r="B25" t="s">
-        <v>2576</v>
+        <v>2521</v>
       </c>
       <c r="C25">
         <v>1</v>
       </c>
       <c r="D25" t="s">
-        <v>93</v>
+        <v>90</v>
       </c>
       <c r="E25">
         <v>2021</v>
       </c>
       <c r="F25" t="s">
-        <v>94</v>
+        <v>91</v>
       </c>
       <c r="G25" s="2">
         <v>43977</v>
       </c>
     </row>
     <row r="26" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A26" t="s">
-        <v>2577</v>
+        <v>2522</v>
       </c>
       <c r="B26" t="s">
-        <v>2578</v>
+        <v>2523</v>
       </c>
       <c r="C26">
         <v>7</v>
       </c>
       <c r="D26">
         <v>9781975240011</v>
       </c>
       <c r="E26">
         <v>2026</v>
       </c>
       <c r="F26" t="s">
-        <v>2579</v>
+        <v>2524</v>
       </c>
       <c r="G26" s="2">
         <v>45770</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0900-000000000000}">
   <dimension ref="A1:D20"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>95</v>
+        <v>92</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>97</v>
+        <v>94</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
         <v>35</v>
       </c>
       <c r="B2" t="s">
         <v>36</v>
       </c>
       <c r="D2" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="3" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
-        <v>1215</v>
+        <v>1212</v>
       </c>
       <c r="B3" t="s">
-        <v>99</v>
+        <v>96</v>
       </c>
       <c r="D3" t="s">
-        <v>1216</v>
+        <v>1213</v>
       </c>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B4" t="s">
-        <v>1217</v>
+        <v>1214</v>
       </c>
       <c r="D4" t="s">
-        <v>1218</v>
+        <v>1215</v>
       </c>
     </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B5" t="s">
-        <v>101</v>
+        <v>98</v>
       </c>
       <c r="D5" t="s">
-        <v>1219</v>
+        <v>1216</v>
       </c>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B6" t="s">
-        <v>277</v>
+        <v>274</v>
       </c>
       <c r="D6" t="s">
-        <v>1220</v>
+        <v>1217</v>
       </c>
     </row>
     <row r="7" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B7" t="s">
-        <v>103</v>
+        <v>100</v>
       </c>
       <c r="D7" t="s">
-        <v>1221</v>
+        <v>1218</v>
       </c>
     </row>
     <row r="8" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B8" t="s">
-        <v>1222</v>
+        <v>1219</v>
       </c>
       <c r="C8" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="D8" t="s">
-        <v>1223</v>
+        <v>1220</v>
       </c>
     </row>
     <row r="9" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B9" t="s">
-        <v>1224</v>
+        <v>1221</v>
       </c>
       <c r="C9" t="s">
-        <v>109</v>
+        <v>106</v>
       </c>
       <c r="D9" t="s">
-        <v>1225</v>
+        <v>1222</v>
       </c>
     </row>
     <row r="10" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B10" t="s">
-        <v>1226</v>
+        <v>1223</v>
       </c>
       <c r="C10" t="s">
-        <v>112</v>
+        <v>109</v>
       </c>
       <c r="D10" t="s">
-        <v>1227</v>
+        <v>1224</v>
       </c>
     </row>
     <row r="11" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B11" t="s">
-        <v>1228</v>
+        <v>1225</v>
       </c>
       <c r="C11" t="s">
-        <v>115</v>
+        <v>112</v>
       </c>
       <c r="D11" t="s">
-        <v>1229</v>
+        <v>1226</v>
       </c>
     </row>
     <row r="12" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B12" t="s">
-        <v>1230</v>
+        <v>1227</v>
       </c>
       <c r="C12" t="s">
-        <v>118</v>
+        <v>115</v>
       </c>
       <c r="D12" t="s">
-        <v>1231</v>
+        <v>1228</v>
       </c>
     </row>
     <row r="13" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B13" t="s">
-        <v>1232</v>
+        <v>1229</v>
       </c>
       <c r="C13" t="s">
-        <v>121</v>
+        <v>118</v>
       </c>
       <c r="D13" t="s">
-        <v>1233</v>
+        <v>1230</v>
       </c>
     </row>
     <row r="14" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B14" t="s">
-        <v>1234</v>
+        <v>1231</v>
       </c>
       <c r="C14" t="s">
-        <v>124</v>
+        <v>121</v>
       </c>
       <c r="D14" t="s">
-        <v>1235</v>
+        <v>1232</v>
       </c>
     </row>
     <row r="15" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B15" t="s">
-        <v>1236</v>
+        <v>1233</v>
       </c>
       <c r="C15" t="s">
-        <v>127</v>
+        <v>124</v>
       </c>
       <c r="D15" t="s">
-        <v>1237</v>
+        <v>1234</v>
       </c>
     </row>
     <row r="16" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B16" t="s">
-        <v>1238</v>
+        <v>1235</v>
       </c>
       <c r="C16" t="s">
-        <v>130</v>
+        <v>127</v>
       </c>
       <c r="D16" t="s">
-        <v>1239</v>
+        <v>1236</v>
       </c>
     </row>
     <row r="17" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B17" t="s">
-        <v>1240</v>
+        <v>1237</v>
       </c>
       <c r="C17" t="s">
-        <v>133</v>
+        <v>130</v>
       </c>
       <c r="D17" t="s">
-        <v>1241</v>
+        <v>1238</v>
       </c>
     </row>
     <row r="18" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B18" t="s">
-        <v>1242</v>
+        <v>1239</v>
       </c>
       <c r="C18" t="s">
-        <v>136</v>
+        <v>133</v>
       </c>
       <c r="D18" t="s">
-        <v>1243</v>
+        <v>1240</v>
       </c>
     </row>
     <row r="19" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B19" t="s">
-        <v>1244</v>
+        <v>1241</v>
       </c>
       <c r="C19" t="s">
-        <v>139</v>
+        <v>136</v>
       </c>
       <c r="D19" t="s">
-        <v>1245</v>
+        <v>1242</v>
       </c>
     </row>
     <row r="20" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B20" t="s">
-        <v>1246</v>
+        <v>1243</v>
       </c>
       <c r="C20" t="s">
-        <v>142</v>
+        <v>139</v>
       </c>
       <c r="D20" t="s">
-        <v>1247</v>
+        <v>1244</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0A00-000000000000}">
   <dimension ref="A1:D40"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>95</v>
+        <v>92</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>97</v>
+        <v>94</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
         <v>39</v>
       </c>
       <c r="B2" t="s">
         <v>40</v>
       </c>
       <c r="D2" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="3" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
-        <v>1248</v>
+        <v>1245</v>
       </c>
       <c r="B3" t="s">
-        <v>99</v>
+        <v>96</v>
       </c>
       <c r="D3" t="s">
-        <v>1249</v>
+        <v>1246</v>
       </c>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B4" t="s">
-        <v>101</v>
+        <v>98</v>
       </c>
       <c r="D4" t="s">
-        <v>1250</v>
+        <v>1247</v>
       </c>
     </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B5" t="s">
-        <v>277</v>
+        <v>274</v>
       </c>
       <c r="D5" t="s">
-        <v>1251</v>
+        <v>1248</v>
       </c>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B6" t="s">
-        <v>273</v>
+        <v>270</v>
       </c>
       <c r="D6" t="s">
-        <v>1252</v>
+        <v>1249</v>
       </c>
     </row>
     <row r="7" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B7" t="s">
-        <v>1253</v>
+        <v>1250</v>
       </c>
       <c r="D7" t="s">
-        <v>1254</v>
+        <v>1251</v>
       </c>
     </row>
     <row r="8" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B8" t="s">
-        <v>1255</v>
+        <v>1252</v>
       </c>
       <c r="C8" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="D8" t="s">
-        <v>1256</v>
+        <v>1253</v>
       </c>
     </row>
     <row r="9" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B9" t="s">
-        <v>1257</v>
+        <v>1254</v>
       </c>
       <c r="C9" t="s">
-        <v>109</v>
+        <v>106</v>
       </c>
       <c r="D9" t="s">
-        <v>1258</v>
+        <v>1255</v>
       </c>
     </row>
     <row r="10" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B10" t="s">
-        <v>1259</v>
+        <v>1256</v>
       </c>
       <c r="C10" t="s">
-        <v>112</v>
+        <v>109</v>
       </c>
       <c r="D10" t="s">
-        <v>1260</v>
+        <v>1257</v>
       </c>
     </row>
     <row r="11" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B11" t="s">
-        <v>1261</v>
+        <v>1258</v>
       </c>
       <c r="C11" t="s">
-        <v>115</v>
+        <v>112</v>
       </c>
       <c r="D11" t="s">
-        <v>1262</v>
+        <v>1259</v>
       </c>
     </row>
     <row r="12" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B12" t="s">
-        <v>1263</v>
+        <v>1260</v>
       </c>
       <c r="D12" t="s">
-        <v>1264</v>
+        <v>1261</v>
       </c>
     </row>
     <row r="13" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B13" t="s">
-        <v>1265</v>
+        <v>1262</v>
       </c>
       <c r="C13" t="s">
-        <v>118</v>
+        <v>115</v>
       </c>
       <c r="D13" t="s">
-        <v>1266</v>
+        <v>1263</v>
       </c>
     </row>
     <row r="14" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B14" t="s">
-        <v>1267</v>
+        <v>1264</v>
       </c>
       <c r="C14" t="s">
-        <v>121</v>
+        <v>118</v>
       </c>
       <c r="D14" t="s">
-        <v>1268</v>
+        <v>1265</v>
       </c>
     </row>
     <row r="15" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B15" t="s">
-        <v>1269</v>
+        <v>1266</v>
       </c>
       <c r="C15" t="s">
-        <v>124</v>
+        <v>121</v>
       </c>
       <c r="D15" t="s">
-        <v>1270</v>
+        <v>1267</v>
       </c>
     </row>
     <row r="16" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B16" t="s">
-        <v>1271</v>
+        <v>1268</v>
       </c>
       <c r="C16" t="s">
-        <v>127</v>
+        <v>124</v>
       </c>
       <c r="D16" t="s">
-        <v>1272</v>
+        <v>1269</v>
       </c>
     </row>
     <row r="17" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B17" t="s">
-        <v>1273</v>
+        <v>1270</v>
       </c>
       <c r="C17" t="s">
-        <v>130</v>
+        <v>127</v>
       </c>
       <c r="D17" t="s">
-        <v>1274</v>
+        <v>1271</v>
       </c>
     </row>
     <row r="18" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B18" t="s">
-        <v>1275</v>
+        <v>1272</v>
       </c>
       <c r="C18" t="s">
-        <v>133</v>
+        <v>130</v>
       </c>
       <c r="D18" t="s">
-        <v>1276</v>
+        <v>1273</v>
       </c>
     </row>
     <row r="19" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B19" t="s">
-        <v>1277</v>
+        <v>1274</v>
       </c>
       <c r="C19" t="s">
-        <v>136</v>
+        <v>133</v>
       </c>
       <c r="D19" t="s">
-        <v>1278</v>
+        <v>1275</v>
       </c>
     </row>
     <row r="20" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B20" t="s">
-        <v>1279</v>
+        <v>1276</v>
       </c>
       <c r="C20" t="s">
-        <v>139</v>
+        <v>136</v>
       </c>
       <c r="D20" t="s">
-        <v>1280</v>
+        <v>1277</v>
       </c>
     </row>
     <row r="21" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B21" t="s">
-        <v>1051</v>
+        <v>1048</v>
       </c>
       <c r="C21" t="s">
-        <v>142</v>
+        <v>139</v>
       </c>
       <c r="D21" t="s">
-        <v>1281</v>
+        <v>1278</v>
       </c>
     </row>
     <row r="22" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B22" t="s">
-        <v>1282</v>
+        <v>1279</v>
       </c>
       <c r="C22" t="s">
-        <v>145</v>
+        <v>142</v>
       </c>
       <c r="D22" t="s">
-        <v>1283</v>
+        <v>1280</v>
       </c>
     </row>
     <row r="23" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B23" t="s">
-        <v>1284</v>
+        <v>1281</v>
       </c>
       <c r="C23" t="s">
-        <v>194</v>
+        <v>191</v>
       </c>
       <c r="D23" t="s">
-        <v>1285</v>
+        <v>1282</v>
       </c>
     </row>
     <row r="24" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B24" t="s">
-        <v>1286</v>
+        <v>1283</v>
       </c>
       <c r="C24" t="s">
-        <v>197</v>
+        <v>194</v>
       </c>
       <c r="D24" t="s">
-        <v>1287</v>
+        <v>1284</v>
       </c>
     </row>
     <row r="25" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B25" t="s">
-        <v>1288</v>
+        <v>1285</v>
       </c>
       <c r="C25" t="s">
-        <v>200</v>
+        <v>197</v>
       </c>
       <c r="D25" t="s">
-        <v>1289</v>
+        <v>1286</v>
       </c>
     </row>
     <row r="26" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B26" t="s">
-        <v>1290</v>
+        <v>1287</v>
       </c>
       <c r="C26" t="s">
-        <v>203</v>
+        <v>200</v>
       </c>
       <c r="D26" t="s">
-        <v>1291</v>
+        <v>1288</v>
       </c>
     </row>
     <row r="27" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B27" t="s">
-        <v>1292</v>
+        <v>1289</v>
       </c>
       <c r="C27" t="s">
-        <v>208</v>
+        <v>205</v>
       </c>
       <c r="D27" t="s">
-        <v>1293</v>
+        <v>1290</v>
       </c>
     </row>
     <row r="28" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B28" t="s">
-        <v>1294</v>
+        <v>1291</v>
       </c>
       <c r="C28" t="s">
-        <v>211</v>
+        <v>208</v>
       </c>
       <c r="D28" t="s">
-        <v>1295</v>
+        <v>1292</v>
       </c>
     </row>
     <row r="29" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B29" t="s">
-        <v>1296</v>
+        <v>1293</v>
       </c>
       <c r="C29" t="s">
-        <v>214</v>
+        <v>211</v>
       </c>
       <c r="D29" t="s">
-        <v>1297</v>
+        <v>1294</v>
       </c>
     </row>
     <row r="30" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B30" t="s">
-        <v>1298</v>
+        <v>1295</v>
       </c>
       <c r="D30" t="s">
-        <v>1299</v>
+        <v>1296</v>
       </c>
     </row>
     <row r="31" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B31" t="s">
-        <v>1300</v>
+        <v>1297</v>
       </c>
       <c r="C31" t="s">
-        <v>217</v>
+        <v>214</v>
       </c>
       <c r="D31" t="s">
-        <v>1301</v>
+        <v>1298</v>
       </c>
     </row>
     <row r="32" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B32" t="s">
-        <v>1302</v>
+        <v>1299</v>
       </c>
       <c r="C32" t="s">
-        <v>222</v>
+        <v>219</v>
       </c>
       <c r="D32" t="s">
-        <v>1303</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="33" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B33" t="s">
-        <v>1304</v>
+        <v>1301</v>
       </c>
       <c r="C33" t="s">
-        <v>225</v>
+        <v>222</v>
       </c>
       <c r="D33" t="s">
-        <v>1305</v>
+        <v>1302</v>
       </c>
     </row>
     <row r="34" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B34" t="s">
-        <v>1306</v>
+        <v>1303</v>
       </c>
       <c r="C34" t="s">
-        <v>230</v>
+        <v>227</v>
       </c>
       <c r="D34" t="s">
-        <v>1307</v>
+        <v>1304</v>
       </c>
     </row>
     <row r="35" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B35" t="s">
-        <v>1308</v>
+        <v>1305</v>
       </c>
       <c r="D35" t="s">
-        <v>1309</v>
+        <v>1306</v>
       </c>
     </row>
     <row r="36" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B36" t="s">
-        <v>1310</v>
+        <v>1307</v>
       </c>
       <c r="C36" t="s">
-        <v>233</v>
+        <v>230</v>
       </c>
       <c r="D36" t="s">
-        <v>1311</v>
+        <v>1308</v>
       </c>
     </row>
     <row r="37" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B37" t="s">
-        <v>1312</v>
+        <v>1309</v>
       </c>
       <c r="C37" t="s">
-        <v>239</v>
+        <v>236</v>
       </c>
       <c r="D37" t="s">
-        <v>1313</v>
+        <v>1310</v>
       </c>
     </row>
     <row r="38" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B38" t="s">
-        <v>1314</v>
+        <v>1311</v>
       </c>
       <c r="C38" t="s">
-        <v>242</v>
+        <v>239</v>
       </c>
       <c r="D38" t="s">
-        <v>1315</v>
+        <v>1312</v>
       </c>
     </row>
     <row r="39" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B39" t="s">
-        <v>1316</v>
+        <v>1313</v>
       </c>
       <c r="D39" t="s">
-        <v>1317</v>
+        <v>1314</v>
       </c>
     </row>
     <row r="40" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B40" t="s">
-        <v>1316</v>
+        <v>1313</v>
       </c>
       <c r="D40" t="s">
-        <v>1318</v>
+        <v>1315</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0B00-000000000000}">
   <dimension ref="A1:D51"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>95</v>
+        <v>92</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>97</v>
+        <v>94</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
         <v>43</v>
       </c>
       <c r="B2" t="s">
         <v>44</v>
       </c>
       <c r="D2" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="3" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
-        <v>1319</v>
+        <v>1316</v>
       </c>
       <c r="B3" t="s">
-        <v>99</v>
+        <v>96</v>
       </c>
       <c r="D3" t="s">
-        <v>1320</v>
+        <v>1317</v>
       </c>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B4" t="s">
-        <v>101</v>
+        <v>98</v>
       </c>
       <c r="D4" t="s">
-        <v>1321</v>
+        <v>1318</v>
       </c>
     </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B5" t="s">
-        <v>277</v>
+        <v>274</v>
       </c>
       <c r="D5" t="s">
-        <v>1322</v>
+        <v>1319</v>
       </c>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B6" t="s">
-        <v>103</v>
+        <v>100</v>
       </c>
       <c r="D6" t="s">
-        <v>1323</v>
+        <v>1320</v>
       </c>
     </row>
     <row r="7" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B7" t="s">
-        <v>1324</v>
+        <v>1321</v>
       </c>
       <c r="D7" t="s">
-        <v>1325</v>
+        <v>1322</v>
       </c>
     </row>
     <row r="8" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B8" t="s">
-        <v>1026</v>
+        <v>1023</v>
       </c>
       <c r="C8" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="D8" t="s">
-        <v>1326</v>
+        <v>1323</v>
       </c>
     </row>
     <row r="9" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B9" t="s">
-        <v>1327</v>
+        <v>1324</v>
       </c>
       <c r="C9" t="s">
-        <v>109</v>
+        <v>106</v>
       </c>
       <c r="D9" t="s">
-        <v>1328</v>
+        <v>1325</v>
       </c>
     </row>
     <row r="10" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B10" t="s">
-        <v>1329</v>
+        <v>1326</v>
       </c>
       <c r="C10" t="s">
-        <v>112</v>
+        <v>109</v>
       </c>
       <c r="D10" t="s">
-        <v>1330</v>
+        <v>1327</v>
       </c>
     </row>
     <row r="11" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B11" t="s">
-        <v>339</v>
+        <v>336</v>
       </c>
       <c r="C11" t="s">
-        <v>115</v>
+        <v>112</v>
       </c>
       <c r="D11" t="s">
-        <v>1331</v>
+        <v>1328</v>
       </c>
     </row>
     <row r="12" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B12" t="s">
-        <v>1332</v>
+        <v>1329</v>
       </c>
       <c r="C12" t="s">
-        <v>118</v>
+        <v>115</v>
       </c>
       <c r="D12" t="s">
-        <v>1333</v>
+        <v>1330</v>
       </c>
     </row>
     <row r="13" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B13" t="s">
-        <v>1334</v>
+        <v>1331</v>
       </c>
       <c r="D13" t="s">
-        <v>1335</v>
+        <v>1332</v>
       </c>
     </row>
     <row r="14" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B14" t="s">
-        <v>1336</v>
+        <v>1333</v>
       </c>
       <c r="C14" t="s">
-        <v>121</v>
+        <v>118</v>
       </c>
       <c r="D14" t="s">
-        <v>1337</v>
+        <v>1334</v>
       </c>
     </row>
     <row r="15" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B15" t="s">
-        <v>255</v>
+        <v>252</v>
       </c>
       <c r="C15" t="s">
-        <v>124</v>
+        <v>121</v>
       </c>
       <c r="D15" t="s">
-        <v>1338</v>
+        <v>1335</v>
       </c>
     </row>
     <row r="16" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B16" t="s">
-        <v>1339</v>
+        <v>1336</v>
       </c>
       <c r="C16" t="s">
-        <v>127</v>
+        <v>124</v>
       </c>
       <c r="D16" t="s">
-        <v>1340</v>
+        <v>1337</v>
       </c>
     </row>
     <row r="17" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B17" t="s">
-        <v>1341</v>
+        <v>1338</v>
       </c>
       <c r="C17" t="s">
-        <v>130</v>
+        <v>127</v>
       </c>
       <c r="D17" t="s">
-        <v>1342</v>
+        <v>1339</v>
       </c>
     </row>
     <row r="18" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B18" t="s">
-        <v>1343</v>
+        <v>1340</v>
       </c>
       <c r="C18" t="s">
-        <v>133</v>
+        <v>130</v>
       </c>
       <c r="D18" t="s">
-        <v>1344</v>
+        <v>1341</v>
       </c>
     </row>
     <row r="19" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B19" t="s">
-        <v>1055</v>
+        <v>1052</v>
       </c>
       <c r="C19" t="s">
-        <v>136</v>
+        <v>133</v>
       </c>
       <c r="D19" t="s">
-        <v>1345</v>
+        <v>1342</v>
       </c>
     </row>
     <row r="20" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B20" t="s">
-        <v>1346</v>
+        <v>1343</v>
       </c>
       <c r="D20" t="s">
-        <v>1347</v>
+        <v>1344</v>
       </c>
     </row>
     <row r="21" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B21" t="s">
-        <v>1348</v>
+        <v>1345</v>
       </c>
       <c r="C21" t="s">
-        <v>139</v>
+        <v>136</v>
       </c>
       <c r="D21" t="s">
-        <v>1349</v>
+        <v>1346</v>
       </c>
     </row>
     <row r="22" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B22" t="s">
-        <v>1350</v>
+        <v>1347</v>
       </c>
       <c r="C22" t="s">
-        <v>142</v>
+        <v>139</v>
       </c>
       <c r="D22" t="s">
-        <v>1351</v>
+        <v>1348</v>
       </c>
     </row>
     <row r="23" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B23" t="s">
-        <v>1352</v>
+        <v>1349</v>
       </c>
       <c r="C23" t="s">
-        <v>145</v>
+        <v>142</v>
       </c>
       <c r="D23" t="s">
-        <v>1353</v>
+        <v>1350</v>
       </c>
     </row>
     <row r="24" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B24" t="s">
-        <v>1354</v>
+        <v>1351</v>
       </c>
       <c r="C24" t="s">
-        <v>194</v>
+        <v>191</v>
       </c>
       <c r="D24" t="s">
-        <v>1355</v>
+        <v>1352</v>
       </c>
     </row>
     <row r="25" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B25" t="s">
-        <v>1356</v>
+        <v>1353</v>
       </c>
       <c r="C25" t="s">
-        <v>197</v>
+        <v>194</v>
       </c>
       <c r="D25" t="s">
-        <v>1357</v>
+        <v>1354</v>
       </c>
     </row>
     <row r="26" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B26" t="s">
-        <v>813</v>
+        <v>810</v>
       </c>
       <c r="C26" t="s">
-        <v>200</v>
+        <v>197</v>
       </c>
       <c r="D26" t="s">
-        <v>1358</v>
+        <v>1355</v>
       </c>
     </row>
     <row r="27" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B27" t="s">
-        <v>1359</v>
+        <v>1356</v>
       </c>
       <c r="C27" t="s">
-        <v>203</v>
+        <v>200</v>
       </c>
       <c r="D27" t="s">
-        <v>1360</v>
+        <v>1357</v>
       </c>
     </row>
     <row r="28" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B28" t="s">
-        <v>1361</v>
+        <v>1358</v>
       </c>
       <c r="C28" t="s">
-        <v>208</v>
+        <v>205</v>
       </c>
       <c r="D28" t="s">
-        <v>1362</v>
+        <v>1359</v>
       </c>
     </row>
     <row r="29" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B29" t="s">
-        <v>1363</v>
+        <v>1360</v>
       </c>
       <c r="C29" t="s">
-        <v>211</v>
+        <v>208</v>
       </c>
       <c r="D29" t="s">
-        <v>1364</v>
+        <v>1361</v>
       </c>
     </row>
     <row r="30" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B30" t="s">
-        <v>1365</v>
+        <v>1362</v>
       </c>
       <c r="C30" t="s">
-        <v>214</v>
+        <v>211</v>
       </c>
       <c r="D30" t="s">
-        <v>1366</v>
+        <v>1363</v>
       </c>
     </row>
     <row r="31" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B31" t="s">
-        <v>1367</v>
+        <v>1364</v>
       </c>
       <c r="C31" t="s">
-        <v>217</v>
+        <v>214</v>
       </c>
       <c r="D31" t="s">
-        <v>1368</v>
+        <v>1365</v>
       </c>
     </row>
     <row r="32" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B32" t="s">
-        <v>1369</v>
+        <v>1366</v>
       </c>
       <c r="C32" t="s">
-        <v>222</v>
+        <v>219</v>
       </c>
       <c r="D32" t="s">
-        <v>1370</v>
+        <v>1367</v>
       </c>
     </row>
     <row r="33" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B33" t="s">
-        <v>1371</v>
+        <v>1368</v>
       </c>
       <c r="C33" t="s">
-        <v>225</v>
+        <v>222</v>
       </c>
       <c r="D33" t="s">
-        <v>1372</v>
+        <v>1369</v>
       </c>
     </row>
     <row r="34" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B34" t="s">
-        <v>1373</v>
+        <v>1370</v>
       </c>
       <c r="C34" t="s">
-        <v>230</v>
+        <v>227</v>
       </c>
       <c r="D34" t="s">
-        <v>1374</v>
+        <v>1371</v>
       </c>
     </row>
     <row r="35" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B35" t="s">
-        <v>1375</v>
+        <v>1372</v>
       </c>
       <c r="C35" t="s">
-        <v>233</v>
+        <v>230</v>
       </c>
       <c r="D35" t="s">
-        <v>1376</v>
+        <v>1373</v>
       </c>
     </row>
     <row r="36" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B36" t="s">
-        <v>1377</v>
+        <v>1374</v>
       </c>
       <c r="C36" t="s">
-        <v>239</v>
+        <v>236</v>
       </c>
       <c r="D36" t="s">
-        <v>1378</v>
+        <v>1375</v>
       </c>
     </row>
     <row r="37" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B37" t="s">
-        <v>1379</v>
+        <v>1376</v>
       </c>
       <c r="C37" t="s">
-        <v>242</v>
+        <v>239</v>
       </c>
       <c r="D37" t="s">
-        <v>1380</v>
+        <v>1377</v>
       </c>
     </row>
     <row r="38" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B38" t="s">
-        <v>1381</v>
+        <v>1378</v>
       </c>
       <c r="D38" t="s">
-        <v>1382</v>
+        <v>1379</v>
       </c>
     </row>
     <row r="39" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B39" t="s">
-        <v>1383</v>
+        <v>1380</v>
       </c>
       <c r="C39" t="s">
-        <v>247</v>
+        <v>244</v>
       </c>
       <c r="D39" t="s">
-        <v>1384</v>
+        <v>1381</v>
       </c>
     </row>
     <row r="40" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B40" t="s">
-        <v>1385</v>
+        <v>1382</v>
       </c>
       <c r="C40" t="s">
-        <v>250</v>
+        <v>247</v>
       </c>
       <c r="D40" t="s">
-        <v>1386</v>
+        <v>1383</v>
       </c>
     </row>
     <row r="41" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B41" t="s">
-        <v>1387</v>
+        <v>1384</v>
       </c>
       <c r="C41" t="s">
-        <v>253</v>
+        <v>250</v>
       </c>
       <c r="D41" t="s">
-        <v>1388</v>
+        <v>1385</v>
       </c>
     </row>
     <row r="42" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B42" t="s">
-        <v>1389</v>
+        <v>1386</v>
       </c>
       <c r="C42" t="s">
-        <v>256</v>
+        <v>253</v>
       </c>
       <c r="D42" t="s">
-        <v>1390</v>
+        <v>1387</v>
       </c>
     </row>
     <row r="43" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B43" t="s">
-        <v>1391</v>
+        <v>1388</v>
       </c>
       <c r="D43" t="s">
-        <v>1392</v>
+        <v>1389</v>
       </c>
     </row>
     <row r="44" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B44" t="s">
-        <v>1393</v>
+        <v>1390</v>
       </c>
       <c r="C44" t="s">
-        <v>259</v>
+        <v>256</v>
       </c>
       <c r="D44" t="s">
-        <v>1394</v>
+        <v>1391</v>
       </c>
     </row>
     <row r="45" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B45" t="s">
-        <v>219</v>
+        <v>216</v>
       </c>
       <c r="C45" t="s">
-        <v>263</v>
+        <v>260</v>
       </c>
       <c r="D45" t="s">
-        <v>1395</v>
+        <v>1392</v>
       </c>
     </row>
     <row r="46" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B46" t="s">
-        <v>1396</v>
+        <v>1393</v>
       </c>
       <c r="C46" t="s">
-        <v>266</v>
+        <v>263</v>
       </c>
       <c r="D46" t="s">
-        <v>1397</v>
+        <v>1394</v>
       </c>
     </row>
     <row r="47" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B47" t="s">
-        <v>1398</v>
+        <v>1395</v>
       </c>
       <c r="C47" t="s">
-        <v>358</v>
+        <v>355</v>
       </c>
       <c r="D47" t="s">
-        <v>1399</v>
+        <v>1396</v>
       </c>
     </row>
     <row r="48" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B48" t="s">
-        <v>1400</v>
+        <v>1397</v>
       </c>
       <c r="C48" t="s">
-        <v>361</v>
+        <v>358</v>
       </c>
       <c r="D48" t="s">
-        <v>1401</v>
+        <v>1398</v>
       </c>
     </row>
     <row r="49" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B49" t="s">
-        <v>1402</v>
+        <v>1399</v>
       </c>
       <c r="D49" t="s">
-        <v>1403</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="50" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B50" t="s">
-        <v>1404</v>
+        <v>1401</v>
       </c>
       <c r="C50" t="s">
-        <v>366</v>
+        <v>363</v>
       </c>
       <c r="D50" t="s">
-        <v>1405</v>
+        <v>1402</v>
       </c>
     </row>
     <row r="51" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B51" t="s">
-        <v>1406</v>
+        <v>1403</v>
       </c>
       <c r="C51" t="s">
-        <v>369</v>
+        <v>366</v>
       </c>
       <c r="D51" t="s">
-        <v>1407</v>
+        <v>1404</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0C00-000000000000}">
   <dimension ref="A1:D75"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>95</v>
+        <v>92</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>97</v>
+        <v>94</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
         <v>47</v>
       </c>
       <c r="B2" t="s">
         <v>48</v>
       </c>
       <c r="D2" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="3" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B3" t="s">
-        <v>99</v>
+        <v>96</v>
       </c>
       <c r="D3" t="s">
-        <v>1408</v>
+        <v>1405</v>
       </c>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B4" t="s">
-        <v>101</v>
+        <v>98</v>
       </c>
       <c r="D4" t="s">
-        <v>1409</v>
+        <v>1406</v>
       </c>
     </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B5" t="s">
-        <v>1410</v>
+        <v>1407</v>
       </c>
       <c r="D5" t="s">
-        <v>1411</v>
+        <v>1408</v>
       </c>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B6" t="s">
-        <v>103</v>
+        <v>100</v>
       </c>
       <c r="D6" t="s">
-        <v>1412</v>
+        <v>1409</v>
       </c>
     </row>
     <row r="7" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B7" t="s">
-        <v>1413</v>
+        <v>1410</v>
       </c>
       <c r="D7" t="s">
-        <v>1414</v>
+        <v>1411</v>
       </c>
     </row>
     <row r="8" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B8" t="s">
-        <v>1415</v>
+        <v>1412</v>
       </c>
       <c r="C8" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="D8" t="s">
-        <v>1416</v>
+        <v>1413</v>
       </c>
     </row>
     <row r="9" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B9" t="s">
-        <v>1417</v>
+        <v>1414</v>
       </c>
       <c r="C9" t="s">
-        <v>109</v>
+        <v>106</v>
       </c>
       <c r="D9" t="s">
-        <v>1418</v>
+        <v>1415</v>
       </c>
     </row>
     <row r="10" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B10" t="s">
-        <v>1419</v>
+        <v>1416</v>
       </c>
       <c r="D10" t="s">
-        <v>1420</v>
+        <v>1417</v>
       </c>
     </row>
     <row r="11" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B11" t="s">
-        <v>1421</v>
+        <v>1418</v>
       </c>
       <c r="C11" t="s">
-        <v>112</v>
+        <v>109</v>
       </c>
       <c r="D11" t="s">
-        <v>1422</v>
+        <v>1419</v>
       </c>
     </row>
     <row r="12" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B12" t="s">
-        <v>1423</v>
+        <v>1420</v>
       </c>
       <c r="C12" t="s">
-        <v>115</v>
+        <v>112</v>
       </c>
       <c r="D12" t="s">
-        <v>1424</v>
+        <v>1421</v>
       </c>
     </row>
     <row r="13" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B13" t="s">
-        <v>1425</v>
+        <v>1422</v>
       </c>
       <c r="D13" t="s">
-        <v>1426</v>
+        <v>1423</v>
       </c>
     </row>
     <row r="14" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B14" t="s">
-        <v>1427</v>
+        <v>1424</v>
       </c>
       <c r="C14" t="s">
-        <v>118</v>
+        <v>115</v>
       </c>
       <c r="D14" t="s">
-        <v>1428</v>
+        <v>1425</v>
       </c>
     </row>
     <row r="15" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B15" t="s">
-        <v>1429</v>
+        <v>1426</v>
       </c>
       <c r="C15" t="s">
-        <v>121</v>
+        <v>118</v>
       </c>
       <c r="D15" t="s">
-        <v>1430</v>
+        <v>1427</v>
       </c>
     </row>
     <row r="16" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B16" t="s">
-        <v>1431</v>
+        <v>1428</v>
       </c>
       <c r="D16" t="s">
-        <v>1432</v>
+        <v>1429</v>
       </c>
     </row>
     <row r="17" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B17" t="s">
-        <v>1433</v>
+        <v>1430</v>
       </c>
       <c r="C17" t="s">
-        <v>124</v>
+        <v>121</v>
       </c>
       <c r="D17" t="s">
-        <v>1434</v>
+        <v>1431</v>
       </c>
     </row>
     <row r="18" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B18" t="s">
-        <v>1435</v>
+        <v>1432</v>
       </c>
       <c r="C18" t="s">
-        <v>127</v>
+        <v>124</v>
       </c>
       <c r="D18" t="s">
-        <v>1436</v>
+        <v>1433</v>
       </c>
     </row>
     <row r="19" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B19" t="s">
-        <v>1437</v>
+        <v>1434</v>
       </c>
       <c r="C19" t="s">
-        <v>130</v>
+        <v>127</v>
       </c>
       <c r="D19" t="s">
-        <v>1438</v>
+        <v>1435</v>
       </c>
     </row>
     <row r="20" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B20" t="s">
-        <v>1439</v>
+        <v>1436</v>
       </c>
       <c r="D20" t="s">
-        <v>1440</v>
+        <v>1437</v>
       </c>
     </row>
     <row r="21" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B21" t="s">
-        <v>1441</v>
+        <v>1438</v>
       </c>
       <c r="C21" t="s">
-        <v>133</v>
+        <v>130</v>
       </c>
       <c r="D21" t="s">
-        <v>1442</v>
+        <v>1439</v>
       </c>
     </row>
     <row r="22" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B22" t="s">
-        <v>1443</v>
+        <v>1440</v>
       </c>
       <c r="C22" t="s">
-        <v>136</v>
+        <v>133</v>
       </c>
       <c r="D22" t="s">
-        <v>1444</v>
+        <v>1441</v>
       </c>
     </row>
     <row r="23" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B23" t="s">
-        <v>1445</v>
+        <v>1442</v>
       </c>
       <c r="C23" t="s">
-        <v>139</v>
+        <v>136</v>
       </c>
       <c r="D23" t="s">
-        <v>1446</v>
+        <v>1443</v>
       </c>
     </row>
     <row r="24" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B24" t="s">
-        <v>1447</v>
+        <v>1444</v>
       </c>
       <c r="D24" t="s">
-        <v>1448</v>
+        <v>1445</v>
       </c>
     </row>
     <row r="25" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B25" t="s">
-        <v>1449</v>
+        <v>1446</v>
       </c>
       <c r="C25" t="s">
-        <v>142</v>
+        <v>139</v>
       </c>
       <c r="D25" t="s">
-        <v>1450</v>
+        <v>1447</v>
       </c>
     </row>
     <row r="26" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B26" t="s">
-        <v>1451</v>
+        <v>1448</v>
       </c>
       <c r="C26" t="s">
-        <v>145</v>
+        <v>142</v>
       </c>
       <c r="D26" t="s">
-        <v>1452</v>
+        <v>1449</v>
       </c>
     </row>
     <row r="27" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B27" t="s">
-        <v>1453</v>
+        <v>1450</v>
       </c>
       <c r="C27" t="s">
-        <v>194</v>
+        <v>191</v>
       </c>
       <c r="D27" t="s">
-        <v>1454</v>
+        <v>1451</v>
       </c>
     </row>
     <row r="28" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B28" t="s">
-        <v>1455</v>
+        <v>1452</v>
       </c>
       <c r="D28" t="s">
-        <v>1456</v>
+        <v>1453</v>
       </c>
     </row>
     <row r="29" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B29" t="s">
-        <v>1457</v>
+        <v>1454</v>
       </c>
       <c r="C29" t="s">
-        <v>197</v>
+        <v>194</v>
       </c>
       <c r="D29" t="s">
-        <v>1458</v>
+        <v>1455</v>
       </c>
     </row>
     <row r="30" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B30" t="s">
-        <v>1459</v>
+        <v>1456</v>
       </c>
       <c r="C30" t="s">
-        <v>200</v>
+        <v>197</v>
       </c>
       <c r="D30" t="s">
-        <v>1460</v>
+        <v>1457</v>
       </c>
     </row>
     <row r="31" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B31" t="s">
-        <v>1461</v>
+        <v>1458</v>
       </c>
       <c r="C31" t="s">
-        <v>203</v>
+        <v>200</v>
       </c>
       <c r="D31" t="s">
-        <v>1462</v>
+        <v>1459</v>
       </c>
     </row>
     <row r="32" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B32" t="s">
-        <v>1463</v>
+        <v>1460</v>
       </c>
       <c r="D32" t="s">
-        <v>1464</v>
+        <v>1461</v>
       </c>
     </row>
     <row r="33" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B33" t="s">
-        <v>1465</v>
+        <v>1462</v>
       </c>
       <c r="C33" t="s">
-        <v>208</v>
+        <v>205</v>
       </c>
       <c r="D33" t="s">
-        <v>1466</v>
+        <v>1463</v>
       </c>
     </row>
     <row r="34" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B34" t="s">
-        <v>1467</v>
+        <v>1464</v>
       </c>
       <c r="C34" t="s">
-        <v>211</v>
+        <v>208</v>
       </c>
       <c r="D34" t="s">
-        <v>1468</v>
+        <v>1465</v>
       </c>
     </row>
     <row r="35" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B35" t="s">
-        <v>1469</v>
+        <v>1466</v>
       </c>
       <c r="C35" t="s">
-        <v>214</v>
+        <v>211</v>
       </c>
       <c r="D35" t="s">
-        <v>1470</v>
+        <v>1467</v>
       </c>
     </row>
     <row r="36" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B36" t="s">
-        <v>1471</v>
+        <v>1468</v>
       </c>
       <c r="C36" t="s">
-        <v>217</v>
+        <v>214</v>
       </c>
       <c r="D36" t="s">
-        <v>1472</v>
+        <v>1469</v>
       </c>
     </row>
     <row r="37" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B37" t="s">
-        <v>1473</v>
+        <v>1470</v>
       </c>
       <c r="D37" t="s">
-        <v>1474</v>
+        <v>1471</v>
       </c>
     </row>
     <row r="38" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B38" t="s">
-        <v>1475</v>
+        <v>1472</v>
       </c>
       <c r="C38" t="s">
-        <v>222</v>
+        <v>219</v>
       </c>
       <c r="D38" t="s">
-        <v>1476</v>
+        <v>1473</v>
       </c>
     </row>
     <row r="39" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B39" t="s">
-        <v>1477</v>
+        <v>1474</v>
       </c>
       <c r="C39" t="s">
-        <v>225</v>
+        <v>222</v>
       </c>
       <c r="D39" t="s">
-        <v>1478</v>
+        <v>1475</v>
       </c>
     </row>
     <row r="40" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B40" t="s">
-        <v>1479</v>
+        <v>1476</v>
       </c>
       <c r="C40" t="s">
-        <v>230</v>
+        <v>227</v>
       </c>
       <c r="D40" t="s">
-        <v>1480</v>
+        <v>1477</v>
       </c>
     </row>
     <row r="41" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B41" t="s">
-        <v>1481</v>
+        <v>1478</v>
       </c>
       <c r="D41" t="s">
-        <v>1482</v>
+        <v>1479</v>
       </c>
     </row>
     <row r="42" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B42" t="s">
-        <v>1483</v>
+        <v>1480</v>
       </c>
       <c r="C42" t="s">
-        <v>233</v>
+        <v>230</v>
       </c>
       <c r="D42" t="s">
-        <v>1484</v>
+        <v>1481</v>
       </c>
     </row>
     <row r="43" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B43" t="s">
-        <v>1485</v>
+        <v>1482</v>
       </c>
       <c r="C43" t="s">
-        <v>239</v>
+        <v>236</v>
       </c>
       <c r="D43" t="s">
-        <v>1486</v>
+        <v>1483</v>
       </c>
     </row>
     <row r="44" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B44" t="s">
-        <v>1487</v>
+        <v>1484</v>
       </c>
       <c r="C44" t="s">
-        <v>242</v>
+        <v>239</v>
       </c>
       <c r="D44" t="s">
-        <v>1488</v>
+        <v>1485</v>
       </c>
     </row>
     <row r="45" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B45" t="s">
-        <v>1489</v>
+        <v>1486</v>
       </c>
       <c r="C45" t="s">
-        <v>247</v>
+        <v>244</v>
       </c>
       <c r="D45" t="s">
-        <v>1490</v>
+        <v>1487</v>
       </c>
     </row>
     <row r="46" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B46" t="s">
-        <v>1491</v>
+        <v>1488</v>
       </c>
       <c r="C46" t="s">
-        <v>250</v>
+        <v>247</v>
       </c>
       <c r="D46" t="s">
-        <v>1492</v>
+        <v>1489</v>
       </c>
     </row>
     <row r="47" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B47" t="s">
-        <v>1493</v>
+        <v>1490</v>
       </c>
       <c r="D47" t="s">
-        <v>1494</v>
+        <v>1491</v>
       </c>
     </row>
     <row r="48" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B48" t="s">
-        <v>1495</v>
+        <v>1492</v>
       </c>
       <c r="C48" t="s">
-        <v>253</v>
+        <v>250</v>
       </c>
       <c r="D48" t="s">
-        <v>1496</v>
+        <v>1493</v>
       </c>
     </row>
     <row r="49" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B49" t="s">
-        <v>1497</v>
+        <v>1494</v>
       </c>
       <c r="C49" t="s">
-        <v>256</v>
+        <v>253</v>
       </c>
       <c r="D49" t="s">
-        <v>1498</v>
+        <v>1495</v>
       </c>
     </row>
     <row r="50" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B50" t="s">
-        <v>1499</v>
+        <v>1496</v>
       </c>
       <c r="C50" t="s">
-        <v>259</v>
+        <v>256</v>
       </c>
       <c r="D50" t="s">
-        <v>1500</v>
+        <v>1497</v>
       </c>
     </row>
     <row r="51" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B51" t="s">
-        <v>1501</v>
+        <v>1498</v>
       </c>
       <c r="D51" t="s">
-        <v>1502</v>
+        <v>1499</v>
       </c>
     </row>
     <row r="52" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B52" t="s">
-        <v>1503</v>
+        <v>1500</v>
       </c>
       <c r="C52" t="s">
-        <v>263</v>
+        <v>260</v>
       </c>
       <c r="D52" t="s">
-        <v>1504</v>
+        <v>1501</v>
       </c>
     </row>
     <row r="53" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B53" t="s">
-        <v>1505</v>
+        <v>1502</v>
       </c>
       <c r="C53" t="s">
-        <v>266</v>
+        <v>263</v>
       </c>
       <c r="D53" t="s">
-        <v>1506</v>
+        <v>1503</v>
       </c>
     </row>
     <row r="54" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B54" t="s">
-        <v>1507</v>
+        <v>1504</v>
       </c>
       <c r="D54" t="s">
-        <v>1508</v>
+        <v>1505</v>
       </c>
     </row>
     <row r="55" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B55" t="s">
-        <v>1509</v>
+        <v>1506</v>
       </c>
       <c r="C55" t="s">
-        <v>358</v>
+        <v>355</v>
       </c>
       <c r="D55" t="s">
-        <v>1510</v>
+        <v>1507</v>
       </c>
     </row>
     <row r="56" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B56" t="s">
-        <v>1511</v>
+        <v>1508</v>
       </c>
       <c r="C56" t="s">
-        <v>361</v>
+        <v>358</v>
       </c>
       <c r="D56" t="s">
-        <v>1512</v>
+        <v>1509</v>
       </c>
     </row>
     <row r="57" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B57" t="s">
-        <v>1513</v>
+        <v>1510</v>
       </c>
       <c r="C57" t="s">
-        <v>366</v>
+        <v>363</v>
       </c>
       <c r="D57" t="s">
-        <v>1514</v>
+        <v>1511</v>
       </c>
     </row>
     <row r="58" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B58" t="s">
-        <v>1515</v>
+        <v>1512</v>
       </c>
       <c r="C58" t="s">
-        <v>369</v>
+        <v>366</v>
       </c>
       <c r="D58" t="s">
-        <v>1516</v>
+        <v>1513</v>
       </c>
     </row>
     <row r="59" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B59" t="s">
-        <v>1517</v>
+        <v>1514</v>
       </c>
       <c r="D59" t="s">
-        <v>1518</v>
+        <v>1515</v>
       </c>
     </row>
     <row r="60" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B60" t="s">
-        <v>1519</v>
+        <v>1516</v>
       </c>
       <c r="C60" t="s">
-        <v>372</v>
+        <v>369</v>
       </c>
       <c r="D60" t="s">
-        <v>1520</v>
+        <v>1517</v>
       </c>
     </row>
     <row r="61" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B61" t="s">
-        <v>1521</v>
+        <v>1518</v>
       </c>
       <c r="C61" t="s">
-        <v>377</v>
+        <v>374</v>
       </c>
       <c r="D61" t="s">
-        <v>1522</v>
+        <v>1519</v>
       </c>
     </row>
     <row r="62" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B62" t="s">
-        <v>1523</v>
+        <v>1520</v>
       </c>
       <c r="C62" t="s">
-        <v>380</v>
+        <v>377</v>
       </c>
       <c r="D62" t="s">
-        <v>1524</v>
+        <v>1521</v>
       </c>
     </row>
     <row r="63" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B63" t="s">
-        <v>1525</v>
+        <v>1522</v>
       </c>
       <c r="D63" t="s">
-        <v>1526</v>
+        <v>1523</v>
       </c>
     </row>
     <row r="64" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B64" t="s">
-        <v>1527</v>
+        <v>1524</v>
       </c>
       <c r="C64" t="s">
-        <v>385</v>
+        <v>382</v>
       </c>
       <c r="D64" t="s">
-        <v>1528</v>
+        <v>1525</v>
       </c>
     </row>
     <row r="65" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B65" t="s">
-        <v>1529</v>
+        <v>1526</v>
       </c>
       <c r="C65" t="s">
-        <v>388</v>
+        <v>385</v>
       </c>
       <c r="D65" t="s">
-        <v>1530</v>
+        <v>1527</v>
       </c>
     </row>
     <row r="66" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B66" t="s">
-        <v>1531</v>
+        <v>1528</v>
       </c>
       <c r="C66" t="s">
-        <v>391</v>
+        <v>388</v>
       </c>
       <c r="D66" t="s">
-        <v>1532</v>
+        <v>1529</v>
       </c>
     </row>
     <row r="67" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B67" t="s">
-        <v>1533</v>
+        <v>1530</v>
       </c>
       <c r="D67" t="s">
-        <v>1534</v>
+        <v>1531</v>
       </c>
     </row>
     <row r="68" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B68" t="s">
-        <v>1535</v>
+        <v>1532</v>
       </c>
       <c r="C68" t="s">
-        <v>396</v>
+        <v>393</v>
       </c>
       <c r="D68" t="s">
-        <v>1536</v>
+        <v>1533</v>
       </c>
     </row>
     <row r="69" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B69" t="s">
-        <v>1537</v>
+        <v>1534</v>
       </c>
       <c r="C69" t="s">
-        <v>399</v>
+        <v>396</v>
       </c>
       <c r="D69" t="s">
-        <v>1538</v>
+        <v>1535</v>
       </c>
     </row>
     <row r="70" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B70" t="s">
-        <v>1539</v>
+        <v>1536</v>
       </c>
       <c r="D70" t="s">
-        <v>1540</v>
+        <v>1537</v>
       </c>
     </row>
     <row r="71" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B71" t="s">
-        <v>1539</v>
+        <v>1536</v>
       </c>
       <c r="D71" t="s">
-        <v>1541</v>
+        <v>1538</v>
       </c>
     </row>
     <row r="72" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B72" t="s">
-        <v>1542</v>
+        <v>1539</v>
       </c>
       <c r="C72" t="s">
-        <v>1543</v>
+        <v>1540</v>
       </c>
       <c r="D72" t="s">
-        <v>1544</v>
+        <v>1541</v>
       </c>
     </row>
     <row r="73" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B73" t="s">
-        <v>1545</v>
+        <v>1542</v>
       </c>
       <c r="C73" t="s">
-        <v>1546</v>
+        <v>1543</v>
       </c>
       <c r="D73" t="s">
-        <v>1547</v>
+        <v>1544</v>
       </c>
     </row>
     <row r="74" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B74" t="s">
-        <v>1548</v>
+        <v>1545</v>
       </c>
       <c r="C74" t="s">
-        <v>1549</v>
+        <v>1546</v>
       </c>
       <c r="D74" t="s">
-        <v>1550</v>
+        <v>1547</v>
       </c>
     </row>
     <row r="75" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B75" t="s">
-        <v>1551</v>
+        <v>1548</v>
       </c>
       <c r="C75" t="s">
-        <v>1552</v>
+        <v>1549</v>
       </c>
       <c r="D75" t="s">
-        <v>1553</v>
+        <v>1550</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet14.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0D00-000000000000}">
   <dimension ref="A1:D28"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>95</v>
+        <v>92</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>97</v>
+        <v>94</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
         <v>51</v>
       </c>
       <c r="B2" t="s">
         <v>52</v>
       </c>
       <c r="D2" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="3" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
-        <v>1554</v>
+        <v>1551</v>
       </c>
       <c r="B3" t="s">
-        <v>99</v>
+        <v>96</v>
       </c>
       <c r="D3" t="s">
-        <v>1555</v>
+        <v>1552</v>
       </c>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B4" t="s">
-        <v>101</v>
+        <v>98</v>
       </c>
       <c r="D4" t="s">
-        <v>1556</v>
+        <v>1553</v>
       </c>
     </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B5" t="s">
-        <v>1557</v>
+        <v>1554</v>
       </c>
       <c r="D5" t="s">
-        <v>1558</v>
+        <v>1555</v>
       </c>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B6" t="s">
-        <v>103</v>
+        <v>100</v>
       </c>
       <c r="D6" t="s">
-        <v>1559</v>
+        <v>1556</v>
       </c>
     </row>
     <row r="7" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B7" t="s">
-        <v>155</v>
+        <v>152</v>
       </c>
       <c r="D7" t="s">
-        <v>1560</v>
+        <v>1557</v>
       </c>
     </row>
     <row r="8" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B8" t="s">
-        <v>1561</v>
+        <v>1558</v>
       </c>
       <c r="C8" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="D8" t="s">
-        <v>1562</v>
+        <v>1559</v>
       </c>
     </row>
     <row r="9" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B9" t="s">
-        <v>1563</v>
+        <v>1560</v>
       </c>
       <c r="C9" t="s">
-        <v>109</v>
+        <v>106</v>
       </c>
       <c r="D9" t="s">
-        <v>1564</v>
+        <v>1561</v>
       </c>
     </row>
     <row r="10" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B10" t="s">
-        <v>1565</v>
+        <v>1562</v>
       </c>
       <c r="C10" t="s">
-        <v>112</v>
+        <v>109</v>
       </c>
       <c r="D10" t="s">
-        <v>1566</v>
+        <v>1563</v>
       </c>
     </row>
     <row r="11" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B11" t="s">
-        <v>1567</v>
+        <v>1564</v>
       </c>
       <c r="C11" t="s">
-        <v>115</v>
+        <v>112</v>
       </c>
       <c r="D11" t="s">
-        <v>1568</v>
+        <v>1565</v>
       </c>
     </row>
     <row r="12" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B12" t="s">
-        <v>1569</v>
+        <v>1566</v>
       </c>
       <c r="C12" t="s">
-        <v>118</v>
+        <v>115</v>
       </c>
       <c r="D12" t="s">
-        <v>1570</v>
+        <v>1567</v>
       </c>
     </row>
     <row r="13" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B13" t="s">
-        <v>1571</v>
+        <v>1568</v>
       </c>
       <c r="C13" t="s">
-        <v>121</v>
+        <v>118</v>
       </c>
       <c r="D13" t="s">
-        <v>1572</v>
+        <v>1569</v>
       </c>
     </row>
     <row r="14" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B14" t="s">
-        <v>1573</v>
+        <v>1570</v>
       </c>
       <c r="C14" t="s">
-        <v>124</v>
+        <v>121</v>
       </c>
       <c r="D14" t="s">
-        <v>1574</v>
+        <v>1571</v>
       </c>
     </row>
     <row r="15" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B15" t="s">
-        <v>1575</v>
+        <v>1572</v>
       </c>
       <c r="C15" t="s">
-        <v>127</v>
+        <v>124</v>
       </c>
       <c r="D15" t="s">
-        <v>1576</v>
+        <v>1573</v>
       </c>
     </row>
     <row r="16" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B16" t="s">
-        <v>1577</v>
+        <v>1574</v>
       </c>
       <c r="C16" t="s">
-        <v>130</v>
+        <v>127</v>
       </c>
       <c r="D16" t="s">
-        <v>1578</v>
+        <v>1575</v>
       </c>
     </row>
     <row r="17" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B17" t="s">
-        <v>1579</v>
+        <v>1576</v>
       </c>
       <c r="C17" t="s">
-        <v>133</v>
+        <v>130</v>
       </c>
       <c r="D17" t="s">
-        <v>1580</v>
+        <v>1577</v>
       </c>
     </row>
     <row r="18" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B18" t="s">
-        <v>1581</v>
+        <v>1578</v>
       </c>
       <c r="C18" t="s">
-        <v>136</v>
+        <v>133</v>
       </c>
       <c r="D18" t="s">
-        <v>1582</v>
+        <v>1579</v>
       </c>
     </row>
     <row r="19" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B19" t="s">
-        <v>1583</v>
+        <v>1580</v>
       </c>
       <c r="C19" t="s">
-        <v>139</v>
+        <v>136</v>
       </c>
       <c r="D19" t="s">
-        <v>1584</v>
+        <v>1581</v>
       </c>
     </row>
     <row r="20" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B20" t="s">
-        <v>1585</v>
+        <v>1582</v>
       </c>
       <c r="C20" t="s">
-        <v>142</v>
+        <v>139</v>
       </c>
       <c r="D20" t="s">
-        <v>1586</v>
+        <v>1583</v>
       </c>
     </row>
     <row r="21" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B21" t="s">
-        <v>1587</v>
+        <v>1584</v>
       </c>
       <c r="C21" t="s">
-        <v>145</v>
+        <v>142</v>
       </c>
       <c r="D21" t="s">
-        <v>1588</v>
+        <v>1585</v>
       </c>
     </row>
     <row r="22" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B22" t="s">
-        <v>1589</v>
+        <v>1586</v>
       </c>
       <c r="C22" t="s">
-        <v>194</v>
+        <v>191</v>
       </c>
       <c r="D22" t="s">
-        <v>1590</v>
+        <v>1587</v>
       </c>
     </row>
     <row r="23" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B23" t="s">
-        <v>1591</v>
+        <v>1588</v>
       </c>
       <c r="C23" t="s">
-        <v>197</v>
+        <v>194</v>
       </c>
       <c r="D23" t="s">
-        <v>1592</v>
+        <v>1589</v>
       </c>
     </row>
     <row r="24" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B24" t="s">
-        <v>1593</v>
+        <v>1590</v>
       </c>
       <c r="C24" t="s">
-        <v>200</v>
+        <v>197</v>
       </c>
       <c r="D24" t="s">
-        <v>1594</v>
+        <v>1591</v>
       </c>
     </row>
     <row r="25" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B25" t="s">
-        <v>1595</v>
+        <v>1592</v>
       </c>
       <c r="C25" t="s">
-        <v>203</v>
+        <v>200</v>
       </c>
       <c r="D25" t="s">
-        <v>1596</v>
+        <v>1593</v>
       </c>
     </row>
     <row r="26" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B26" t="s">
-        <v>1597</v>
+        <v>1594</v>
       </c>
       <c r="C26" t="s">
-        <v>208</v>
+        <v>205</v>
       </c>
       <c r="D26" t="s">
-        <v>1598</v>
+        <v>1595</v>
       </c>
     </row>
     <row r="27" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B27" t="s">
-        <v>1599</v>
+        <v>1596</v>
       </c>
       <c r="C27" t="s">
-        <v>211</v>
+        <v>208</v>
       </c>
       <c r="D27" t="s">
-        <v>1600</v>
+        <v>1597</v>
       </c>
     </row>
     <row r="28" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B28" t="s">
-        <v>1601</v>
+        <v>1598</v>
       </c>
       <c r="C28" t="s">
-        <v>214</v>
+        <v>211</v>
       </c>
       <c r="D28" t="s">
-        <v>1602</v>
+        <v>1599</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet15.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0E00-000000000000}">
   <dimension ref="A1:D46"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>95</v>
+        <v>92</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>97</v>
+        <v>94</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
         <v>19</v>
       </c>
       <c r="B2" t="s">
         <v>55</v>
       </c>
       <c r="D2" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="3" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
+        <v>1600</v>
+      </c>
+      <c r="B3" t="s">
+        <v>96</v>
+      </c>
+      <c r="D3" t="s">
         <v>1603</v>
-      </c>
-[...4 lines deleted...]
-        <v>1606</v>
       </c>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A4" t="s">
+        <v>1601</v>
+      </c>
+      <c r="B4" t="s">
+        <v>1554</v>
+      </c>
+      <c r="D4" t="s">
         <v>1604</v>
-      </c>
-[...4 lines deleted...]
-        <v>1607</v>
       </c>
     </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A5" t="s">
+        <v>1602</v>
+      </c>
+      <c r="B5" t="s">
+        <v>270</v>
+      </c>
+      <c r="D5" t="s">
         <v>1605</v>
-      </c>
-[...4 lines deleted...]
-        <v>1608</v>
       </c>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B6" t="s">
-        <v>103</v>
+        <v>100</v>
       </c>
       <c r="D6" t="s">
-        <v>1609</v>
+        <v>1606</v>
       </c>
     </row>
     <row r="7" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B7" t="s">
-        <v>1610</v>
+        <v>1607</v>
       </c>
       <c r="D7" t="s">
-        <v>1611</v>
+        <v>1608</v>
       </c>
     </row>
     <row r="8" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B8" t="s">
-        <v>1612</v>
+        <v>1609</v>
       </c>
       <c r="C8" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="D8" t="s">
-        <v>1613</v>
+        <v>1610</v>
       </c>
     </row>
     <row r="9" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B9" t="s">
-        <v>1614</v>
+        <v>1611</v>
       </c>
       <c r="C9" t="s">
-        <v>109</v>
+        <v>106</v>
       </c>
       <c r="D9" t="s">
-        <v>1615</v>
+        <v>1612</v>
       </c>
     </row>
     <row r="10" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B10" t="s">
-        <v>1616</v>
+        <v>1613</v>
       </c>
       <c r="C10" t="s">
-        <v>112</v>
+        <v>109</v>
       </c>
       <c r="D10" t="s">
-        <v>1617</v>
+        <v>1614</v>
       </c>
     </row>
     <row r="11" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B11" t="s">
-        <v>1618</v>
+        <v>1615</v>
       </c>
       <c r="C11" t="s">
-        <v>115</v>
+        <v>112</v>
       </c>
       <c r="D11" t="s">
-        <v>1619</v>
+        <v>1616</v>
       </c>
     </row>
     <row r="12" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B12" t="s">
-        <v>1620</v>
+        <v>1617</v>
       </c>
       <c r="D12" t="s">
-        <v>1621</v>
+        <v>1618</v>
       </c>
     </row>
     <row r="13" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B13" t="s">
-        <v>1622</v>
+        <v>1619</v>
       </c>
       <c r="C13" t="s">
-        <v>118</v>
+        <v>115</v>
       </c>
       <c r="D13" t="s">
-        <v>1623</v>
+        <v>1620</v>
       </c>
     </row>
     <row r="14" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B14" t="s">
-        <v>1624</v>
+        <v>1621</v>
       </c>
       <c r="D14" t="s">
-        <v>1625</v>
+        <v>1622</v>
       </c>
     </row>
     <row r="15" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B15" t="s">
-        <v>1626</v>
+        <v>1623</v>
       </c>
       <c r="C15" t="s">
-        <v>121</v>
+        <v>118</v>
       </c>
       <c r="D15" t="s">
-        <v>1627</v>
+        <v>1624</v>
       </c>
     </row>
     <row r="16" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B16" t="s">
-        <v>1628</v>
+        <v>1625</v>
       </c>
       <c r="D16" t="s">
-        <v>1629</v>
+        <v>1626</v>
       </c>
     </row>
     <row r="17" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B17" t="s">
-        <v>1630</v>
+        <v>1627</v>
       </c>
       <c r="C17" t="s">
-        <v>1631</v>
+        <v>1628</v>
       </c>
       <c r="D17" t="s">
-        <v>1632</v>
+        <v>1629</v>
       </c>
     </row>
     <row r="18" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B18" t="s">
-        <v>1633</v>
+        <v>1630</v>
       </c>
       <c r="C18" t="s">
-        <v>1634</v>
+        <v>1631</v>
       </c>
       <c r="D18" t="s">
-        <v>1635</v>
+        <v>1632</v>
       </c>
     </row>
     <row r="19" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B19" t="s">
-        <v>1636</v>
+        <v>1633</v>
       </c>
       <c r="C19" t="s">
-        <v>1637</v>
+        <v>1634</v>
       </c>
       <c r="D19" t="s">
-        <v>1638</v>
+        <v>1635</v>
       </c>
     </row>
     <row r="20" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B20" t="s">
-        <v>1639</v>
+        <v>1636</v>
       </c>
       <c r="D20" t="s">
-        <v>1640</v>
+        <v>1637</v>
       </c>
     </row>
     <row r="21" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B21" t="s">
-        <v>1641</v>
+        <v>1638</v>
       </c>
       <c r="C21" t="s">
-        <v>1642</v>
+        <v>1639</v>
       </c>
       <c r="D21" t="s">
-        <v>1643</v>
+        <v>1640</v>
       </c>
     </row>
     <row r="22" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B22" t="s">
-        <v>1644</v>
+        <v>1641</v>
       </c>
       <c r="C22" t="s">
-        <v>1645</v>
+        <v>1642</v>
       </c>
       <c r="D22" t="s">
-        <v>1646</v>
+        <v>1643</v>
       </c>
     </row>
     <row r="23" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B23" t="s">
-        <v>1647</v>
+        <v>1644</v>
       </c>
       <c r="C23" t="s">
-        <v>1648</v>
+        <v>1645</v>
       </c>
       <c r="D23" t="s">
-        <v>1649</v>
+        <v>1646</v>
       </c>
     </row>
     <row r="24" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B24" t="s">
-        <v>1650</v>
+        <v>1647</v>
       </c>
       <c r="C24" t="s">
-        <v>1651</v>
+        <v>1648</v>
       </c>
       <c r="D24" t="s">
-        <v>1652</v>
+        <v>1649</v>
       </c>
     </row>
     <row r="25" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B25" t="s">
-        <v>1653</v>
+        <v>1650</v>
       </c>
       <c r="C25" t="s">
-        <v>1654</v>
+        <v>1651</v>
       </c>
       <c r="D25" t="s">
-        <v>1655</v>
+        <v>1652</v>
       </c>
     </row>
     <row r="26" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B26" t="s">
-        <v>1656</v>
+        <v>1653</v>
       </c>
       <c r="D26" t="s">
-        <v>1657</v>
+        <v>1654</v>
       </c>
     </row>
     <row r="27" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B27" t="s">
-        <v>1658</v>
+        <v>1655</v>
       </c>
       <c r="C27" t="s">
-        <v>130</v>
+        <v>127</v>
       </c>
       <c r="D27" t="s">
-        <v>1659</v>
+        <v>1656</v>
       </c>
     </row>
     <row r="28" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B28" t="s">
-        <v>1660</v>
+        <v>1657</v>
       </c>
       <c r="C28" t="s">
-        <v>133</v>
+        <v>130</v>
       </c>
       <c r="D28" t="s">
-        <v>1661</v>
+        <v>1658</v>
       </c>
     </row>
     <row r="29" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B29" t="s">
-        <v>1662</v>
+        <v>1659</v>
       </c>
       <c r="D29" t="s">
-        <v>1663</v>
+        <v>1660</v>
       </c>
     </row>
     <row r="30" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B30" t="s">
-        <v>1664</v>
+        <v>1661</v>
       </c>
       <c r="D30" t="s">
-        <v>1665</v>
+        <v>1662</v>
       </c>
     </row>
     <row r="31" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B31" t="s">
-        <v>1666</v>
+        <v>1663</v>
       </c>
       <c r="C31" t="s">
-        <v>1667</v>
+        <v>1664</v>
       </c>
       <c r="D31" t="s">
-        <v>1668</v>
+        <v>1665</v>
       </c>
     </row>
     <row r="32" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B32" t="s">
-        <v>1669</v>
+        <v>1666</v>
       </c>
       <c r="C32" t="s">
-        <v>1670</v>
+        <v>1667</v>
       </c>
       <c r="D32" t="s">
-        <v>1671</v>
+        <v>1668</v>
       </c>
     </row>
     <row r="33" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B33" t="s">
-        <v>1672</v>
+        <v>1669</v>
       </c>
       <c r="C33" t="s">
-        <v>1673</v>
+        <v>1670</v>
       </c>
       <c r="D33" t="s">
-        <v>1674</v>
+        <v>1671</v>
       </c>
     </row>
     <row r="34" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B34" t="s">
-        <v>1675</v>
+        <v>1672</v>
       </c>
       <c r="C34" t="s">
-        <v>1676</v>
+        <v>1673</v>
       </c>
       <c r="D34" t="s">
-        <v>1677</v>
+        <v>1674</v>
       </c>
     </row>
     <row r="35" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B35" t="s">
-        <v>1678</v>
+        <v>1675</v>
       </c>
       <c r="C35" t="s">
-        <v>1679</v>
+        <v>1676</v>
       </c>
       <c r="D35" t="s">
-        <v>1680</v>
+        <v>1677</v>
       </c>
     </row>
     <row r="36" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B36" t="s">
-        <v>1681</v>
+        <v>1678</v>
       </c>
       <c r="D36" t="s">
-        <v>1682</v>
+        <v>1679</v>
       </c>
     </row>
     <row r="37" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B37" t="s">
-        <v>1683</v>
+        <v>1680</v>
       </c>
       <c r="C37" t="s">
-        <v>139</v>
+        <v>136</v>
       </c>
       <c r="D37" t="s">
-        <v>1684</v>
+        <v>1681</v>
       </c>
     </row>
     <row r="38" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B38" t="s">
-        <v>1685</v>
+        <v>1682</v>
       </c>
       <c r="C38" t="s">
-        <v>142</v>
+        <v>139</v>
       </c>
       <c r="D38" t="s">
-        <v>1686</v>
+        <v>1683</v>
       </c>
     </row>
     <row r="39" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B39" t="s">
-        <v>1687</v>
+        <v>1684</v>
       </c>
       <c r="D39" t="s">
-        <v>1688</v>
+        <v>1685</v>
       </c>
     </row>
     <row r="40" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B40" t="s">
-        <v>1689</v>
+        <v>1686</v>
       </c>
       <c r="C40" t="s">
-        <v>145</v>
+        <v>142</v>
       </c>
       <c r="D40" t="s">
-        <v>1690</v>
+        <v>1687</v>
       </c>
     </row>
     <row r="41" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B41" t="s">
-        <v>1691</v>
+        <v>1688</v>
       </c>
       <c r="C41" t="s">
-        <v>194</v>
+        <v>191</v>
       </c>
       <c r="D41" t="s">
-        <v>1692</v>
+        <v>1689</v>
       </c>
     </row>
     <row r="42" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B42" t="s">
-        <v>1693</v>
+        <v>1690</v>
       </c>
       <c r="C42" t="s">
-        <v>197</v>
+        <v>194</v>
       </c>
       <c r="D42" t="s">
-        <v>1694</v>
+        <v>1691</v>
       </c>
     </row>
     <row r="43" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B43" t="s">
-        <v>1695</v>
+        <v>1692</v>
       </c>
       <c r="D43" t="s">
-        <v>1696</v>
+        <v>1693</v>
       </c>
     </row>
     <row r="44" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B44" t="s">
-        <v>1697</v>
+        <v>1694</v>
       </c>
       <c r="C44" t="s">
-        <v>200</v>
+        <v>197</v>
       </c>
       <c r="D44" t="s">
-        <v>1698</v>
+        <v>1695</v>
       </c>
     </row>
     <row r="45" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B45" t="s">
-        <v>1699</v>
+        <v>1696</v>
       </c>
       <c r="C45" t="s">
-        <v>203</v>
+        <v>200</v>
       </c>
       <c r="D45" t="s">
-        <v>1700</v>
+        <v>1697</v>
       </c>
     </row>
     <row r="46" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B46" t="s">
-        <v>1701</v>
+        <v>1698</v>
       </c>
       <c r="C46" t="s">
-        <v>208</v>
+        <v>205</v>
       </c>
       <c r="D46" t="s">
-        <v>1702</v>
+        <v>1699</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet16.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0F00-000000000000}">
   <dimension ref="A1:D17"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>95</v>
+        <v>92</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>97</v>
+        <v>94</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
         <v>19</v>
       </c>
       <c r="B2" t="s">
         <v>58</v>
       </c>
       <c r="D2" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="3" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
-        <v>1703</v>
+        <v>1700</v>
       </c>
       <c r="B3" t="s">
-        <v>99</v>
+        <v>96</v>
       </c>
       <c r="D3" t="s">
-        <v>1704</v>
+        <v>1701</v>
       </c>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B4" t="s">
-        <v>101</v>
+        <v>98</v>
       </c>
       <c r="D4" t="s">
-        <v>1705</v>
+        <v>1702</v>
       </c>
     </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B5" t="s">
-        <v>1557</v>
+        <v>1554</v>
       </c>
       <c r="D5" t="s">
-        <v>1706</v>
+        <v>1703</v>
       </c>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B6" t="s">
-        <v>273</v>
+        <v>270</v>
       </c>
       <c r="D6" t="s">
-        <v>1707</v>
+        <v>1704</v>
       </c>
     </row>
     <row r="7" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B7" t="s">
-        <v>103</v>
+        <v>100</v>
       </c>
       <c r="D7" t="s">
-        <v>1708</v>
+        <v>1705</v>
       </c>
     </row>
     <row r="8" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B8" t="s">
-        <v>1709</v>
+        <v>1706</v>
       </c>
       <c r="C8" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="D8" t="s">
-        <v>1710</v>
+        <v>1707</v>
       </c>
     </row>
     <row r="9" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B9" t="s">
-        <v>1711</v>
+        <v>1708</v>
       </c>
       <c r="C9" t="s">
-        <v>109</v>
+        <v>106</v>
       </c>
       <c r="D9" t="s">
-        <v>1712</v>
+        <v>1709</v>
       </c>
     </row>
     <row r="10" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B10" t="s">
-        <v>1713</v>
+        <v>1710</v>
       </c>
       <c r="C10" t="s">
-        <v>112</v>
+        <v>109</v>
       </c>
       <c r="D10" t="s">
-        <v>1714</v>
+        <v>1711</v>
       </c>
     </row>
     <row r="11" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B11" t="s">
-        <v>1715</v>
+        <v>1712</v>
       </c>
       <c r="C11" t="s">
-        <v>115</v>
+        <v>112</v>
       </c>
       <c r="D11" t="s">
-        <v>1716</v>
+        <v>1713</v>
       </c>
     </row>
     <row r="12" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B12" t="s">
-        <v>1717</v>
+        <v>1714</v>
       </c>
       <c r="C12" t="s">
-        <v>118</v>
+        <v>115</v>
       </c>
       <c r="D12" t="s">
-        <v>1718</v>
+        <v>1715</v>
       </c>
     </row>
     <row r="13" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B13" t="s">
-        <v>1719</v>
+        <v>1716</v>
       </c>
       <c r="C13" t="s">
-        <v>121</v>
+        <v>118</v>
       </c>
       <c r="D13" t="s">
-        <v>1720</v>
+        <v>1717</v>
       </c>
     </row>
     <row r="14" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B14" t="s">
-        <v>1721</v>
+        <v>1718</v>
       </c>
       <c r="C14" t="s">
-        <v>124</v>
+        <v>121</v>
       </c>
       <c r="D14" t="s">
-        <v>1722</v>
+        <v>1719</v>
       </c>
     </row>
     <row r="15" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B15" t="s">
-        <v>1723</v>
+        <v>1720</v>
       </c>
       <c r="C15" t="s">
-        <v>127</v>
+        <v>124</v>
       </c>
       <c r="D15" t="s">
-        <v>1724</v>
+        <v>1721</v>
       </c>
     </row>
     <row r="16" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B16" t="s">
-        <v>1725</v>
+        <v>1722</v>
       </c>
       <c r="C16" t="s">
-        <v>130</v>
+        <v>127</v>
       </c>
       <c r="D16" t="s">
-        <v>1726</v>
+        <v>1723</v>
       </c>
     </row>
     <row r="17" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B17" t="s">
-        <v>1727</v>
+        <v>1724</v>
       </c>
       <c r="C17" t="s">
-        <v>133</v>
+        <v>130</v>
       </c>
       <c r="D17" t="s">
-        <v>1728</v>
+        <v>1725</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet17.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1000-000000000000}">
   <dimension ref="A1:D47"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>95</v>
+        <v>92</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>97</v>
+        <v>94</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
         <v>19</v>
       </c>
       <c r="B2" t="s">
         <v>61</v>
       </c>
       <c r="D2" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="3" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
-        <v>1729</v>
+        <v>1726</v>
       </c>
       <c r="B3" t="s">
-        <v>99</v>
+        <v>96</v>
       </c>
       <c r="D3" t="s">
-        <v>1730</v>
+        <v>1727</v>
       </c>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B4" t="s">
-        <v>1557</v>
+        <v>1554</v>
       </c>
       <c r="D4" t="s">
-        <v>1731</v>
+        <v>1728</v>
       </c>
     </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B5" t="s">
-        <v>1732</v>
+        <v>1729</v>
       </c>
       <c r="D5" t="s">
-        <v>1733</v>
+        <v>1730</v>
       </c>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B6" t="s">
-        <v>273</v>
+        <v>270</v>
       </c>
       <c r="D6" t="s">
-        <v>1734</v>
+        <v>1731</v>
       </c>
     </row>
     <row r="7" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B7" t="s">
-        <v>103</v>
+        <v>100</v>
       </c>
       <c r="D7" t="s">
-        <v>1735</v>
+        <v>1732</v>
       </c>
     </row>
     <row r="8" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B8" t="s">
-        <v>1255</v>
+        <v>1252</v>
       </c>
       <c r="D8" t="s">
-        <v>1736</v>
+        <v>1733</v>
       </c>
     </row>
     <row r="9" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B9" t="s">
-        <v>1737</v>
+        <v>1734</v>
       </c>
       <c r="D9" t="s">
-        <v>1738</v>
+        <v>1735</v>
       </c>
     </row>
     <row r="10" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B10" t="s">
-        <v>1739</v>
+        <v>1736</v>
       </c>
       <c r="C10" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="D10" t="s">
-        <v>1740</v>
+        <v>1737</v>
       </c>
     </row>
     <row r="11" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B11" t="s">
-        <v>1741</v>
+        <v>1738</v>
       </c>
       <c r="C11" t="s">
-        <v>109</v>
+        <v>106</v>
       </c>
       <c r="D11" t="s">
-        <v>1742</v>
+        <v>1739</v>
       </c>
     </row>
     <row r="12" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B12" t="s">
-        <v>1743</v>
+        <v>1740</v>
       </c>
       <c r="C12" t="s">
-        <v>112</v>
+        <v>109</v>
       </c>
       <c r="D12" t="s">
-        <v>1744</v>
+        <v>1741</v>
       </c>
     </row>
     <row r="13" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B13" t="s">
-        <v>1745</v>
+        <v>1742</v>
       </c>
       <c r="C13" t="s">
-        <v>115</v>
+        <v>112</v>
       </c>
       <c r="D13" t="s">
-        <v>1746</v>
+        <v>1743</v>
       </c>
     </row>
     <row r="14" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B14" t="s">
-        <v>1747</v>
+        <v>1744</v>
       </c>
       <c r="C14" t="s">
-        <v>118</v>
+        <v>115</v>
       </c>
       <c r="D14" t="s">
-        <v>1748</v>
+        <v>1745</v>
       </c>
     </row>
     <row r="15" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B15" t="s">
-        <v>1749</v>
+        <v>1746</v>
       </c>
       <c r="D15" t="s">
-        <v>1750</v>
+        <v>1747</v>
       </c>
     </row>
     <row r="16" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B16" t="s">
-        <v>1751</v>
+        <v>1748</v>
       </c>
       <c r="C16" t="s">
-        <v>121</v>
+        <v>118</v>
       </c>
       <c r="D16" t="s">
-        <v>1752</v>
+        <v>1749</v>
       </c>
     </row>
     <row r="17" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B17" t="s">
-        <v>1753</v>
+        <v>1750</v>
       </c>
       <c r="C17" t="s">
-        <v>124</v>
+        <v>121</v>
       </c>
       <c r="D17" t="s">
-        <v>1754</v>
+        <v>1751</v>
       </c>
     </row>
     <row r="18" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B18" t="s">
-        <v>1755</v>
+        <v>1752</v>
       </c>
       <c r="C18" t="s">
-        <v>127</v>
+        <v>124</v>
       </c>
       <c r="D18" t="s">
-        <v>1756</v>
+        <v>1753</v>
       </c>
     </row>
     <row r="19" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B19" t="s">
-        <v>1757</v>
+        <v>1754</v>
       </c>
       <c r="D19" t="s">
-        <v>1758</v>
+        <v>1755</v>
       </c>
     </row>
     <row r="20" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B20" t="s">
-        <v>1759</v>
+        <v>1756</v>
       </c>
       <c r="C20" t="s">
-        <v>130</v>
+        <v>127</v>
       </c>
       <c r="D20" t="s">
-        <v>1760</v>
+        <v>1757</v>
       </c>
     </row>
     <row r="21" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B21" t="s">
-        <v>1761</v>
+        <v>1758</v>
       </c>
       <c r="C21" t="s">
-        <v>133</v>
+        <v>130</v>
       </c>
       <c r="D21" t="s">
-        <v>1762</v>
+        <v>1759</v>
       </c>
     </row>
     <row r="22" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B22" t="s">
-        <v>1763</v>
+        <v>1760</v>
       </c>
       <c r="C22" t="s">
-        <v>136</v>
+        <v>133</v>
       </c>
       <c r="D22" t="s">
-        <v>1764</v>
+        <v>1761</v>
       </c>
     </row>
     <row r="23" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B23" t="s">
-        <v>1765</v>
+        <v>1762</v>
       </c>
       <c r="C23" t="s">
-        <v>139</v>
+        <v>136</v>
       </c>
       <c r="D23" t="s">
-        <v>1766</v>
+        <v>1763</v>
       </c>
     </row>
     <row r="24" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B24" t="s">
-        <v>1767</v>
+        <v>1764</v>
       </c>
       <c r="C24" t="s">
-        <v>142</v>
+        <v>139</v>
       </c>
       <c r="D24" t="s">
-        <v>1768</v>
+        <v>1765</v>
       </c>
     </row>
     <row r="25" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B25" t="s">
-        <v>1769</v>
+        <v>1766</v>
       </c>
       <c r="C25" t="s">
-        <v>145</v>
+        <v>142</v>
       </c>
       <c r="D25" t="s">
-        <v>1770</v>
+        <v>1767</v>
       </c>
     </row>
     <row r="26" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B26" t="s">
-        <v>1771</v>
+        <v>1768</v>
       </c>
       <c r="D26" t="s">
-        <v>1772</v>
+        <v>1769</v>
       </c>
     </row>
     <row r="27" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B27" t="s">
-        <v>1773</v>
+        <v>1770</v>
       </c>
       <c r="C27" t="s">
-        <v>194</v>
+        <v>191</v>
       </c>
       <c r="D27" t="s">
-        <v>1774</v>
+        <v>1771</v>
       </c>
     </row>
     <row r="28" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B28" t="s">
-        <v>1775</v>
+        <v>1772</v>
       </c>
       <c r="C28" t="s">
-        <v>197</v>
+        <v>194</v>
       </c>
       <c r="D28" t="s">
-        <v>1776</v>
+        <v>1773</v>
       </c>
     </row>
     <row r="29" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B29" t="s">
-        <v>1777</v>
+        <v>1774</v>
       </c>
       <c r="C29" t="s">
-        <v>200</v>
+        <v>197</v>
       </c>
       <c r="D29" t="s">
-        <v>1778</v>
+        <v>1775</v>
       </c>
     </row>
     <row r="30" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B30" t="s">
-        <v>1779</v>
+        <v>1776</v>
       </c>
       <c r="C30" t="s">
-        <v>203</v>
+        <v>200</v>
       </c>
       <c r="D30" t="s">
-        <v>1780</v>
+        <v>1777</v>
       </c>
     </row>
     <row r="31" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B31" t="s">
-        <v>1781</v>
+        <v>1778</v>
       </c>
       <c r="C31" t="s">
-        <v>208</v>
+        <v>205</v>
       </c>
       <c r="D31" t="s">
-        <v>1782</v>
+        <v>1779</v>
       </c>
     </row>
     <row r="32" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B32" t="s">
-        <v>1783</v>
+        <v>1780</v>
       </c>
       <c r="C32" t="s">
-        <v>211</v>
+        <v>208</v>
       </c>
       <c r="D32" t="s">
-        <v>1784</v>
+        <v>1781</v>
       </c>
     </row>
     <row r="33" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B33" t="s">
-        <v>1785</v>
+        <v>1782</v>
       </c>
       <c r="C33" t="s">
-        <v>214</v>
+        <v>211</v>
       </c>
       <c r="D33" t="s">
-        <v>1786</v>
+        <v>1783</v>
       </c>
     </row>
     <row r="34" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B34" t="s">
-        <v>1787</v>
+        <v>1784</v>
       </c>
       <c r="C34" t="s">
-        <v>217</v>
+        <v>214</v>
       </c>
       <c r="D34" t="s">
-        <v>1788</v>
+        <v>1785</v>
       </c>
     </row>
     <row r="35" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B35" t="s">
-        <v>798</v>
+        <v>795</v>
       </c>
       <c r="C35" t="s">
-        <v>222</v>
+        <v>219</v>
       </c>
       <c r="D35" t="s">
-        <v>1789</v>
+        <v>1786</v>
       </c>
     </row>
     <row r="36" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B36" t="s">
-        <v>1790</v>
+        <v>1787</v>
       </c>
       <c r="C36" t="s">
-        <v>225</v>
+        <v>222</v>
       </c>
       <c r="D36" t="s">
-        <v>1791</v>
+        <v>1788</v>
       </c>
     </row>
     <row r="37" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B37" t="s">
-        <v>1792</v>
+        <v>1789</v>
       </c>
       <c r="C37" t="s">
-        <v>230</v>
+        <v>227</v>
       </c>
       <c r="D37" t="s">
-        <v>1793</v>
+        <v>1790</v>
       </c>
     </row>
     <row r="38" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B38" t="s">
-        <v>1794</v>
+        <v>1791</v>
       </c>
       <c r="D38" t="s">
-        <v>1795</v>
+        <v>1792</v>
       </c>
     </row>
     <row r="39" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B39" t="s">
-        <v>1796</v>
+        <v>1793</v>
       </c>
       <c r="C39" t="s">
-        <v>233</v>
+        <v>230</v>
       </c>
       <c r="D39" t="s">
-        <v>1797</v>
+        <v>1794</v>
       </c>
     </row>
     <row r="40" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B40" t="s">
-        <v>1798</v>
+        <v>1795</v>
       </c>
       <c r="C40" t="s">
-        <v>239</v>
+        <v>236</v>
       </c>
       <c r="D40" t="s">
-        <v>1799</v>
+        <v>1796</v>
       </c>
     </row>
     <row r="41" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B41" t="s">
-        <v>1800</v>
+        <v>1797</v>
       </c>
       <c r="C41" t="s">
-        <v>242</v>
+        <v>239</v>
       </c>
       <c r="D41" t="s">
-        <v>1801</v>
+        <v>1798</v>
       </c>
     </row>
     <row r="42" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B42" t="s">
-        <v>1802</v>
+        <v>1799</v>
       </c>
       <c r="D42" t="s">
-        <v>1803</v>
+        <v>1800</v>
       </c>
     </row>
     <row r="43" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B43" t="s">
-        <v>1804</v>
+        <v>1801</v>
       </c>
       <c r="C43" t="s">
-        <v>247</v>
+        <v>244</v>
       </c>
       <c r="D43" t="s">
-        <v>1805</v>
+        <v>1802</v>
       </c>
     </row>
     <row r="44" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B44" t="s">
-        <v>1806</v>
+        <v>1803</v>
       </c>
       <c r="C44" t="s">
-        <v>250</v>
+        <v>247</v>
       </c>
       <c r="D44" t="s">
-        <v>1807</v>
+        <v>1804</v>
       </c>
     </row>
     <row r="45" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B45" t="s">
-        <v>1808</v>
+        <v>1805</v>
       </c>
       <c r="D45" t="s">
-        <v>1809</v>
+        <v>1806</v>
       </c>
     </row>
     <row r="46" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B46" t="s">
-        <v>1810</v>
+        <v>1807</v>
       </c>
       <c r="C46" t="s">
-        <v>253</v>
+        <v>250</v>
       </c>
       <c r="D46" t="s">
-        <v>1811</v>
+        <v>1808</v>
       </c>
     </row>
     <row r="47" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B47" t="s">
-        <v>1812</v>
+        <v>1809</v>
       </c>
       <c r="C47" t="s">
-        <v>256</v>
+        <v>253</v>
       </c>
       <c r="D47" t="s">
-        <v>1813</v>
+        <v>1810</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet18.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1100-000000000000}">
   <dimension ref="A1:D40"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>95</v>
+        <v>92</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>97</v>
+        <v>94</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
         <v>19</v>
       </c>
       <c r="B2" t="s">
         <v>64</v>
       </c>
       <c r="D2" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="3" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
+        <v>1811</v>
+      </c>
+      <c r="B3" t="s">
+        <v>96</v>
+      </c>
+      <c r="D3" t="s">
         <v>1814</v>
-      </c>
-[...4 lines deleted...]
-        <v>1817</v>
       </c>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A4" t="s">
+        <v>1812</v>
+      </c>
+      <c r="B4" t="s">
+        <v>1554</v>
+      </c>
+      <c r="D4" t="s">
         <v>1815</v>
-      </c>
-[...4 lines deleted...]
-        <v>1818</v>
       </c>
     </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A5" t="s">
+        <v>1813</v>
+      </c>
+      <c r="B5" t="s">
+        <v>1407</v>
+      </c>
+      <c r="D5" t="s">
         <v>1816</v>
-      </c>
-[...4 lines deleted...]
-        <v>1819</v>
       </c>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B6" t="s">
-        <v>273</v>
+        <v>270</v>
       </c>
       <c r="D6" t="s">
-        <v>1820</v>
+        <v>1817</v>
       </c>
     </row>
     <row r="7" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B7" t="s">
-        <v>103</v>
+        <v>100</v>
       </c>
       <c r="D7" t="s">
-        <v>1821</v>
+        <v>1818</v>
       </c>
     </row>
     <row r="8" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B8" t="s">
-        <v>1822</v>
+        <v>1819</v>
       </c>
       <c r="D8" t="s">
-        <v>1823</v>
+        <v>1820</v>
       </c>
     </row>
     <row r="9" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B9" t="s">
-        <v>1824</v>
+        <v>1821</v>
       </c>
       <c r="D9" t="s">
-        <v>1825</v>
+        <v>1822</v>
       </c>
     </row>
     <row r="10" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B10" t="s">
-        <v>1826</v>
+        <v>1823</v>
       </c>
       <c r="C10" t="s">
-        <v>1827</v>
+        <v>1824</v>
       </c>
       <c r="D10" t="s">
-        <v>1828</v>
+        <v>1825</v>
       </c>
     </row>
     <row r="11" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B11" t="s">
-        <v>1829</v>
+        <v>1826</v>
       </c>
       <c r="C11" t="s">
-        <v>1830</v>
+        <v>1827</v>
       </c>
       <c r="D11" t="s">
-        <v>1831</v>
+        <v>1828</v>
       </c>
     </row>
     <row r="12" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B12" t="s">
-        <v>1832</v>
+        <v>1829</v>
       </c>
       <c r="D12" t="s">
-        <v>1833</v>
+        <v>1830</v>
       </c>
     </row>
     <row r="13" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B13" t="s">
-        <v>1834</v>
+        <v>1831</v>
       </c>
       <c r="C13" t="s">
-        <v>1835</v>
+        <v>1832</v>
       </c>
       <c r="D13" t="s">
-        <v>1836</v>
+        <v>1833</v>
       </c>
     </row>
     <row r="14" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B14" t="s">
-        <v>1837</v>
+        <v>1834</v>
       </c>
       <c r="C14" t="s">
-        <v>1838</v>
+        <v>1835</v>
       </c>
       <c r="D14" t="s">
-        <v>1839</v>
+        <v>1836</v>
       </c>
     </row>
     <row r="15" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B15" t="s">
-        <v>1840</v>
+        <v>1837</v>
       </c>
       <c r="D15" t="s">
-        <v>1841</v>
+        <v>1838</v>
       </c>
     </row>
     <row r="16" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B16" t="s">
-        <v>1842</v>
+        <v>1839</v>
       </c>
       <c r="C16" t="s">
-        <v>1843</v>
+        <v>1840</v>
       </c>
       <c r="D16" t="s">
-        <v>1844</v>
+        <v>1841</v>
       </c>
     </row>
     <row r="17" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B17" t="s">
-        <v>1845</v>
+        <v>1842</v>
       </c>
       <c r="C17" t="s">
-        <v>1846</v>
+        <v>1843</v>
       </c>
       <c r="D17" t="s">
-        <v>1847</v>
+        <v>1844</v>
       </c>
     </row>
     <row r="18" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B18" t="s">
-        <v>1848</v>
+        <v>1845</v>
       </c>
       <c r="C18" t="s">
-        <v>1849</v>
+        <v>1846</v>
       </c>
       <c r="D18" t="s">
-        <v>1850</v>
+        <v>1847</v>
       </c>
     </row>
     <row r="19" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B19" t="s">
-        <v>1851</v>
+        <v>1848</v>
       </c>
       <c r="C19" t="s">
-        <v>1852</v>
+        <v>1849</v>
       </c>
       <c r="D19" t="s">
-        <v>1853</v>
+        <v>1850</v>
       </c>
     </row>
     <row r="20" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B20" t="s">
-        <v>1854</v>
+        <v>1851</v>
       </c>
       <c r="C20" t="s">
-        <v>1855</v>
+        <v>1852</v>
       </c>
       <c r="D20" t="s">
-        <v>1856</v>
+        <v>1853</v>
       </c>
     </row>
     <row r="21" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B21" t="s">
-        <v>1857</v>
+        <v>1854</v>
       </c>
       <c r="D21" t="s">
-        <v>1858</v>
+        <v>1855</v>
       </c>
     </row>
     <row r="22" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B22" t="s">
-        <v>1859</v>
+        <v>1856</v>
       </c>
       <c r="C22" t="s">
-        <v>1860</v>
+        <v>1857</v>
       </c>
       <c r="D22" t="s">
-        <v>1861</v>
+        <v>1858</v>
       </c>
     </row>
     <row r="23" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B23" t="s">
-        <v>1862</v>
+        <v>1859</v>
       </c>
       <c r="C23" t="s">
-        <v>1863</v>
+        <v>1860</v>
       </c>
       <c r="D23" t="s">
-        <v>1864</v>
+        <v>1861</v>
       </c>
     </row>
     <row r="24" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B24" t="s">
-        <v>1865</v>
+        <v>1862</v>
       </c>
       <c r="C24" t="s">
-        <v>1866</v>
+        <v>1863</v>
       </c>
       <c r="D24" t="s">
-        <v>1867</v>
+        <v>1864</v>
       </c>
     </row>
     <row r="25" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B25" t="s">
-        <v>1868</v>
+        <v>1865</v>
       </c>
       <c r="C25" t="s">
-        <v>1869</v>
+        <v>1866</v>
       </c>
       <c r="D25" t="s">
-        <v>1870</v>
+        <v>1867</v>
       </c>
     </row>
     <row r="26" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B26" t="s">
-        <v>1871</v>
+        <v>1868</v>
       </c>
       <c r="D26" t="s">
-        <v>1872</v>
+        <v>1869</v>
       </c>
     </row>
     <row r="27" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B27" t="s">
-        <v>1873</v>
+        <v>1870</v>
       </c>
       <c r="C27" t="s">
-        <v>1874</v>
+        <v>1871</v>
       </c>
       <c r="D27" t="s">
-        <v>1875</v>
+        <v>1872</v>
       </c>
     </row>
     <row r="28" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B28" t="s">
-        <v>1876</v>
+        <v>1873</v>
       </c>
       <c r="C28" t="s">
-        <v>1877</v>
+        <v>1874</v>
       </c>
       <c r="D28" t="s">
-        <v>1878</v>
+        <v>1875</v>
       </c>
     </row>
     <row r="29" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B29" t="s">
-        <v>1879</v>
+        <v>1876</v>
       </c>
       <c r="D29" t="s">
-        <v>1880</v>
+        <v>1877</v>
       </c>
     </row>
     <row r="30" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B30" t="s">
-        <v>1881</v>
+        <v>1878</v>
       </c>
       <c r="C30" t="s">
-        <v>1882</v>
+        <v>1879</v>
       </c>
       <c r="D30" t="s">
-        <v>1883</v>
+        <v>1880</v>
       </c>
     </row>
     <row r="31" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B31" t="s">
-        <v>1884</v>
+        <v>1881</v>
       </c>
       <c r="C31" t="s">
-        <v>1885</v>
+        <v>1882</v>
       </c>
       <c r="D31" t="s">
-        <v>1886</v>
+        <v>1883</v>
       </c>
     </row>
     <row r="32" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B32" t="s">
-        <v>1887</v>
+        <v>1884</v>
       </c>
       <c r="C32" t="s">
-        <v>1888</v>
+        <v>1885</v>
       </c>
       <c r="D32" t="s">
-        <v>1889</v>
+        <v>1886</v>
       </c>
     </row>
     <row r="33" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B33" t="s">
-        <v>1890</v>
+        <v>1887</v>
       </c>
       <c r="C33" t="s">
-        <v>1891</v>
+        <v>1888</v>
       </c>
       <c r="D33" t="s">
-        <v>1892</v>
+        <v>1889</v>
       </c>
     </row>
     <row r="34" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B34" t="s">
-        <v>1893</v>
+        <v>1890</v>
       </c>
       <c r="C34" t="s">
-        <v>1894</v>
+        <v>1891</v>
       </c>
       <c r="D34" t="s">
-        <v>1895</v>
+        <v>1892</v>
       </c>
     </row>
     <row r="35" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B35" t="s">
-        <v>1896</v>
+        <v>1893</v>
       </c>
       <c r="D35" t="s">
-        <v>1897</v>
+        <v>1894</v>
       </c>
     </row>
     <row r="36" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B36" t="s">
-        <v>1898</v>
+        <v>1895</v>
       </c>
       <c r="C36" t="s">
-        <v>124</v>
+        <v>121</v>
       </c>
       <c r="D36" t="s">
-        <v>1899</v>
+        <v>1896</v>
       </c>
     </row>
     <row r="37" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B37" t="s">
-        <v>1900</v>
+        <v>1897</v>
       </c>
       <c r="C37" t="s">
-        <v>127</v>
+        <v>124</v>
       </c>
       <c r="D37" t="s">
-        <v>1901</v>
+        <v>1898</v>
       </c>
     </row>
     <row r="38" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B38" t="s">
-        <v>1902</v>
+        <v>1899</v>
       </c>
       <c r="D38" t="s">
-        <v>1903</v>
+        <v>1900</v>
       </c>
     </row>
     <row r="39" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B39" t="s">
-        <v>1904</v>
+        <v>1901</v>
       </c>
       <c r="C39" t="s">
-        <v>130</v>
+        <v>127</v>
       </c>
       <c r="D39" t="s">
-        <v>1905</v>
+        <v>1902</v>
       </c>
     </row>
     <row r="40" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B40" t="s">
-        <v>1906</v>
+        <v>1903</v>
       </c>
       <c r="C40" t="s">
-        <v>133</v>
+        <v>130</v>
       </c>
       <c r="D40" t="s">
-        <v>1907</v>
+        <v>1904</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet19.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1200-000000000000}">
   <dimension ref="A1:D59"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>95</v>
+        <v>92</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>97</v>
+        <v>94</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
         <v>67</v>
       </c>
       <c r="B2" t="s">
         <v>68</v>
       </c>
       <c r="D2" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="3" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
+        <v>1905</v>
+      </c>
+      <c r="B3" t="s">
+        <v>96</v>
+      </c>
+      <c r="D3" t="s">
         <v>1908</v>
-      </c>
-[...4 lines deleted...]
-        <v>1911</v>
       </c>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A4" t="s">
+        <v>1906</v>
+      </c>
+      <c r="B4" t="s">
+        <v>98</v>
+      </c>
+      <c r="D4" t="s">
         <v>1909</v>
-      </c>
-[...4 lines deleted...]
-        <v>1912</v>
       </c>
     </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A5" t="s">
+        <v>1907</v>
+      </c>
+      <c r="B5" t="s">
+        <v>274</v>
+      </c>
+      <c r="D5" t="s">
         <v>1910</v>
-      </c>
-[...4 lines deleted...]
-        <v>1913</v>
       </c>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B6" t="s">
-        <v>1914</v>
+        <v>1911</v>
       </c>
       <c r="D6" t="s">
-        <v>1915</v>
+        <v>1912</v>
       </c>
     </row>
     <row r="7" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B7" t="s">
-        <v>273</v>
+        <v>270</v>
       </c>
       <c r="D7" t="s">
-        <v>1916</v>
+        <v>1913</v>
       </c>
     </row>
     <row r="8" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B8" t="s">
-        <v>103</v>
+        <v>100</v>
       </c>
       <c r="D8" t="s">
-        <v>1917</v>
+        <v>1914</v>
       </c>
     </row>
     <row r="9" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B9" t="s">
-        <v>1918</v>
+        <v>1915</v>
       </c>
       <c r="D9" t="s">
-        <v>1919</v>
+        <v>1916</v>
       </c>
     </row>
     <row r="10" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B10" t="s">
-        <v>1920</v>
+        <v>1917</v>
       </c>
       <c r="C10" t="s">
-        <v>1827</v>
+        <v>1824</v>
       </c>
       <c r="D10" t="s">
-        <v>1921</v>
+        <v>1918</v>
       </c>
     </row>
     <row r="11" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B11" t="s">
-        <v>1922</v>
+        <v>1919</v>
       </c>
       <c r="C11" t="s">
-        <v>1830</v>
+        <v>1827</v>
       </c>
       <c r="D11" t="s">
-        <v>1923</v>
+        <v>1920</v>
       </c>
     </row>
     <row r="12" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B12" t="s">
-        <v>1924</v>
+        <v>1921</v>
       </c>
       <c r="C12" t="s">
-        <v>1925</v>
+        <v>1922</v>
       </c>
       <c r="D12" t="s">
-        <v>1926</v>
+        <v>1923</v>
       </c>
     </row>
     <row r="13" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B13" t="s">
-        <v>1927</v>
+        <v>1924</v>
       </c>
       <c r="C13" t="s">
-        <v>1928</v>
+        <v>1925</v>
       </c>
       <c r="D13" t="s">
-        <v>1929</v>
+        <v>1926</v>
       </c>
     </row>
     <row r="14" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B14" t="s">
-        <v>1930</v>
+        <v>1927</v>
       </c>
       <c r="C14" t="s">
-        <v>1931</v>
+        <v>1928</v>
       </c>
       <c r="D14" t="s">
-        <v>1932</v>
+        <v>1929</v>
       </c>
     </row>
     <row r="15" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B15" t="s">
-        <v>1933</v>
+        <v>1930</v>
       </c>
       <c r="C15" t="s">
-        <v>1934</v>
+        <v>1931</v>
       </c>
       <c r="D15" t="s">
-        <v>1935</v>
+        <v>1932</v>
       </c>
     </row>
     <row r="16" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B16" t="s">
-        <v>1936</v>
+        <v>1933</v>
       </c>
       <c r="C16" t="s">
-        <v>1937</v>
+        <v>1934</v>
       </c>
       <c r="D16" t="s">
-        <v>1938</v>
+        <v>1935</v>
       </c>
     </row>
     <row r="17" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B17" t="s">
-        <v>1939</v>
+        <v>1936</v>
       </c>
       <c r="D17" t="s">
-        <v>1940</v>
+        <v>1937</v>
       </c>
     </row>
     <row r="18" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B18" t="s">
-        <v>1941</v>
+        <v>1938</v>
       </c>
       <c r="C18" t="s">
-        <v>1835</v>
+        <v>1832</v>
       </c>
       <c r="D18" t="s">
-        <v>1942</v>
+        <v>1939</v>
       </c>
     </row>
     <row r="19" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B19" t="s">
-        <v>1943</v>
+        <v>1940</v>
       </c>
       <c r="C19" t="s">
-        <v>1838</v>
+        <v>1835</v>
       </c>
       <c r="D19" t="s">
-        <v>1944</v>
+        <v>1941</v>
       </c>
     </row>
     <row r="20" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B20" t="s">
-        <v>1945</v>
+        <v>1942</v>
       </c>
       <c r="C20" t="s">
-        <v>1946</v>
+        <v>1943</v>
       </c>
       <c r="D20" t="s">
-        <v>1947</v>
+        <v>1944</v>
       </c>
     </row>
     <row r="21" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B21" t="s">
-        <v>1948</v>
+        <v>1945</v>
       </c>
       <c r="C21" t="s">
-        <v>1949</v>
+        <v>1946</v>
       </c>
       <c r="D21" t="s">
-        <v>1950</v>
+        <v>1947</v>
       </c>
     </row>
     <row r="22" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B22" t="s">
-        <v>1951</v>
+        <v>1948</v>
       </c>
       <c r="D22" t="s">
-        <v>1952</v>
+        <v>1949</v>
       </c>
     </row>
     <row r="23" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B23" t="s">
-        <v>1953</v>
+        <v>1950</v>
       </c>
       <c r="C23" t="s">
-        <v>1843</v>
+        <v>1840</v>
       </c>
       <c r="D23" t="s">
-        <v>1954</v>
+        <v>1951</v>
       </c>
     </row>
     <row r="24" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B24" t="s">
-        <v>1955</v>
+        <v>1952</v>
       </c>
       <c r="C24" t="s">
-        <v>1846</v>
+        <v>1843</v>
       </c>
       <c r="D24" t="s">
-        <v>1956</v>
+        <v>1953</v>
       </c>
     </row>
     <row r="25" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B25" t="s">
-        <v>780</v>
+        <v>777</v>
       </c>
       <c r="C25" t="s">
-        <v>1849</v>
+        <v>1846</v>
       </c>
       <c r="D25" t="s">
-        <v>1957</v>
+        <v>1954</v>
       </c>
     </row>
     <row r="26" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B26" t="s">
-        <v>1958</v>
+        <v>1955</v>
       </c>
       <c r="C26" t="s">
-        <v>1852</v>
+        <v>1849</v>
       </c>
       <c r="D26" t="s">
-        <v>1959</v>
+        <v>1956</v>
       </c>
     </row>
     <row r="27" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B27" t="s">
-        <v>1960</v>
+        <v>1957</v>
       </c>
       <c r="C27" t="s">
-        <v>1855</v>
+        <v>1852</v>
       </c>
       <c r="D27" t="s">
-        <v>1961</v>
+        <v>1958</v>
       </c>
     </row>
     <row r="28" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B28" t="s">
-        <v>1962</v>
+        <v>1959</v>
       </c>
       <c r="C28" t="s">
-        <v>1963</v>
+        <v>1960</v>
       </c>
       <c r="D28" t="s">
-        <v>1964</v>
+        <v>1961</v>
       </c>
     </row>
     <row r="29" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B29" t="s">
-        <v>1965</v>
+        <v>1962</v>
       </c>
       <c r="C29" t="s">
-        <v>1966</v>
+        <v>1963</v>
       </c>
       <c r="D29" t="s">
-        <v>1967</v>
+        <v>1964</v>
       </c>
     </row>
     <row r="30" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B30" t="s">
-        <v>1968</v>
+        <v>1965</v>
       </c>
       <c r="C30" t="s">
-        <v>1969</v>
+        <v>1966</v>
       </c>
       <c r="D30" t="s">
-        <v>1970</v>
+        <v>1967</v>
       </c>
     </row>
     <row r="31" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B31" t="s">
-        <v>1971</v>
+        <v>1968</v>
       </c>
       <c r="C31" t="s">
-        <v>1972</v>
+        <v>1969</v>
       </c>
       <c r="D31" t="s">
-        <v>1973</v>
+        <v>1970</v>
       </c>
     </row>
     <row r="32" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B32" t="s">
-        <v>1974</v>
+        <v>1971</v>
       </c>
       <c r="C32" t="s">
-        <v>1975</v>
+        <v>1972</v>
       </c>
       <c r="D32" t="s">
-        <v>1976</v>
+        <v>1973</v>
       </c>
     </row>
     <row r="33" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B33" t="s">
-        <v>1977</v>
+        <v>1974</v>
       </c>
       <c r="C33" t="s">
-        <v>1978</v>
+        <v>1975</v>
       </c>
       <c r="D33" t="s">
-        <v>1979</v>
+        <v>1976</v>
       </c>
     </row>
     <row r="34" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B34" t="s">
-        <v>1980</v>
+        <v>1977</v>
       </c>
       <c r="D34" t="s">
-        <v>1981</v>
+        <v>1978</v>
       </c>
     </row>
     <row r="35" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B35" t="s">
-        <v>1982</v>
+        <v>1979</v>
       </c>
       <c r="C35" t="s">
-        <v>1860</v>
+        <v>1857</v>
       </c>
       <c r="D35" t="s">
-        <v>1983</v>
+        <v>1980</v>
       </c>
     </row>
     <row r="36" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B36" t="s">
-        <v>1984</v>
+        <v>1981</v>
       </c>
       <c r="C36" t="s">
-        <v>1863</v>
+        <v>1860</v>
       </c>
       <c r="D36" t="s">
-        <v>1985</v>
+        <v>1982</v>
       </c>
     </row>
     <row r="37" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B37" t="s">
-        <v>1986</v>
+        <v>1983</v>
       </c>
       <c r="C37" t="s">
-        <v>1866</v>
+        <v>1863</v>
       </c>
       <c r="D37" t="s">
-        <v>1987</v>
+        <v>1984</v>
       </c>
     </row>
     <row r="38" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B38" t="s">
-        <v>990</v>
+        <v>987</v>
       </c>
       <c r="C38" t="s">
-        <v>1869</v>
+        <v>1866</v>
       </c>
       <c r="D38" t="s">
-        <v>1988</v>
+        <v>1985</v>
       </c>
     </row>
     <row r="39" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B39" t="s">
-        <v>1989</v>
+        <v>1986</v>
       </c>
       <c r="C39" t="s">
-        <v>1990</v>
+        <v>1987</v>
       </c>
       <c r="D39" t="s">
-        <v>1991</v>
+        <v>1988</v>
       </c>
     </row>
     <row r="40" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B40" t="s">
-        <v>1076</v>
+        <v>1073</v>
       </c>
       <c r="C40" t="s">
-        <v>1992</v>
+        <v>1989</v>
       </c>
       <c r="D40" t="s">
-        <v>1993</v>
+        <v>1990</v>
       </c>
     </row>
     <row r="41" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B41" t="s">
-        <v>1994</v>
+        <v>1991</v>
       </c>
       <c r="C41" t="s">
-        <v>1995</v>
+        <v>1992</v>
       </c>
       <c r="D41" t="s">
-        <v>1996</v>
+        <v>1993</v>
       </c>
     </row>
     <row r="42" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B42" t="s">
-        <v>1997</v>
+        <v>1994</v>
       </c>
       <c r="C42" t="s">
-        <v>1998</v>
+        <v>1995</v>
       </c>
       <c r="D42" t="s">
-        <v>1999</v>
+        <v>1996</v>
       </c>
     </row>
     <row r="43" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B43" t="s">
-        <v>2000</v>
+        <v>1997</v>
       </c>
       <c r="C43" t="s">
-        <v>2001</v>
+        <v>1998</v>
       </c>
       <c r="D43" t="s">
-        <v>2002</v>
+        <v>1999</v>
       </c>
     </row>
     <row r="44" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B44" t="s">
-        <v>2003</v>
+        <v>2000</v>
       </c>
       <c r="C44" t="s">
-        <v>2004</v>
+        <v>2001</v>
       </c>
       <c r="D44" t="s">
-        <v>2005</v>
+        <v>2002</v>
       </c>
     </row>
     <row r="45" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B45" t="s">
-        <v>2006</v>
+        <v>2003</v>
       </c>
       <c r="C45" t="s">
-        <v>2007</v>
+        <v>2004</v>
       </c>
       <c r="D45" t="s">
-        <v>2008</v>
+        <v>2005</v>
       </c>
     </row>
     <row r="46" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B46" t="s">
-        <v>2009</v>
+        <v>2006</v>
       </c>
       <c r="D46" t="s">
-        <v>2010</v>
+        <v>2007</v>
       </c>
     </row>
     <row r="47" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B47" t="s">
-        <v>2011</v>
+        <v>2008</v>
       </c>
       <c r="C47" t="s">
-        <v>1874</v>
+        <v>1871</v>
       </c>
       <c r="D47" t="s">
-        <v>2012</v>
+        <v>2009</v>
       </c>
     </row>
     <row r="48" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B48" t="s">
-        <v>2013</v>
+        <v>2010</v>
       </c>
       <c r="C48" t="s">
-        <v>1877</v>
+        <v>1874</v>
       </c>
       <c r="D48" t="s">
-        <v>2014</v>
+        <v>2011</v>
       </c>
     </row>
     <row r="49" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B49" t="s">
-        <v>2015</v>
+        <v>2012</v>
       </c>
       <c r="C49" t="s">
-        <v>2016</v>
+        <v>2013</v>
       </c>
       <c r="D49" t="s">
-        <v>2017</v>
+        <v>2014</v>
       </c>
     </row>
     <row r="50" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B50" t="s">
-        <v>2018</v>
+        <v>2015</v>
       </c>
       <c r="C50" t="s">
-        <v>2019</v>
+        <v>2016</v>
       </c>
       <c r="D50" t="s">
-        <v>2020</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="51" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B51" t="s">
-        <v>2021</v>
+        <v>2018</v>
       </c>
       <c r="C51" t="s">
-        <v>2022</v>
+        <v>2019</v>
       </c>
       <c r="D51" t="s">
-        <v>2023</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="52" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B52" t="s">
-        <v>2024</v>
+        <v>2021</v>
       </c>
       <c r="D52" t="s">
-        <v>2025</v>
+        <v>2022</v>
       </c>
     </row>
     <row r="53" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B53" t="s">
-        <v>2026</v>
+        <v>2023</v>
       </c>
       <c r="C53" t="s">
-        <v>1882</v>
+        <v>1879</v>
       </c>
       <c r="D53" t="s">
-        <v>2027</v>
+        <v>2024</v>
       </c>
     </row>
     <row r="54" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B54" t="s">
-        <v>2028</v>
+        <v>2025</v>
       </c>
       <c r="C54" t="s">
-        <v>1885</v>
+        <v>1882</v>
       </c>
       <c r="D54" t="s">
-        <v>2029</v>
+        <v>2026</v>
       </c>
     </row>
     <row r="55" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B55" t="s">
-        <v>2030</v>
+        <v>2027</v>
       </c>
       <c r="C55" t="s">
-        <v>1888</v>
+        <v>1885</v>
       </c>
       <c r="D55" t="s">
-        <v>2031</v>
+        <v>2028</v>
       </c>
     </row>
     <row r="56" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B56" t="s">
-        <v>2032</v>
+        <v>2029</v>
       </c>
       <c r="C56" t="s">
-        <v>1891</v>
+        <v>1888</v>
       </c>
       <c r="D56" t="s">
-        <v>2033</v>
+        <v>2030</v>
       </c>
     </row>
     <row r="57" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B57" t="s">
-        <v>2034</v>
+        <v>2031</v>
       </c>
       <c r="C57" t="s">
-        <v>1894</v>
+        <v>1891</v>
       </c>
       <c r="D57" t="s">
-        <v>2035</v>
+        <v>2032</v>
       </c>
     </row>
     <row r="58" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B58" t="s">
-        <v>2036</v>
+        <v>2033</v>
       </c>
       <c r="C58" t="s">
-        <v>2037</v>
+        <v>2034</v>
       </c>
       <c r="D58" t="s">
-        <v>2038</v>
+        <v>2035</v>
       </c>
     </row>
     <row r="59" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B59" t="s">
-        <v>2039</v>
+        <v>2036</v>
       </c>
       <c r="C59" t="s">
-        <v>2040</v>
+        <v>2037</v>
       </c>
       <c r="D59" t="s">
-        <v>2041</v>
+        <v>2038</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="A1:D20"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>95</v>
+        <v>92</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>97</v>
+        <v>94</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
         <v>7</v>
       </c>
       <c r="B2" t="s">
         <v>8</v>
       </c>
       <c r="D2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="3" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
-        <v>98</v>
+        <v>95</v>
       </c>
       <c r="B3" t="s">
-        <v>99</v>
+        <v>96</v>
       </c>
       <c r="D3" t="s">
-        <v>100</v>
+        <v>97</v>
       </c>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B4" t="s">
-        <v>101</v>
+        <v>98</v>
       </c>
       <c r="D4" t="s">
-        <v>102</v>
+        <v>99</v>
       </c>
     </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B5" t="s">
-        <v>103</v>
+        <v>100</v>
       </c>
       <c r="D5" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B6" t="s">
-        <v>105</v>
+        <v>102</v>
       </c>
       <c r="C6" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="D6" t="s">
-        <v>107</v>
+        <v>104</v>
       </c>
     </row>
     <row r="7" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B7" t="s">
-        <v>108</v>
+        <v>105</v>
       </c>
       <c r="C7" t="s">
-        <v>109</v>
+        <v>106</v>
       </c>
       <c r="D7" t="s">
-        <v>110</v>
+        <v>107</v>
       </c>
     </row>
     <row r="8" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B8" t="s">
-        <v>111</v>
+        <v>108</v>
       </c>
       <c r="C8" t="s">
-        <v>112</v>
+        <v>109</v>
       </c>
       <c r="D8" t="s">
-        <v>113</v>
+        <v>110</v>
       </c>
     </row>
     <row r="9" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B9" t="s">
-        <v>114</v>
+        <v>111</v>
       </c>
       <c r="C9" t="s">
-        <v>115</v>
+        <v>112</v>
       </c>
       <c r="D9" t="s">
-        <v>116</v>
+        <v>113</v>
       </c>
     </row>
     <row r="10" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B10" t="s">
-        <v>117</v>
+        <v>114</v>
       </c>
       <c r="C10" t="s">
-        <v>118</v>
+        <v>115</v>
       </c>
       <c r="D10" t="s">
-        <v>119</v>
+        <v>116</v>
       </c>
     </row>
     <row r="11" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B11" t="s">
-        <v>120</v>
+        <v>117</v>
       </c>
       <c r="C11" t="s">
-        <v>121</v>
+        <v>118</v>
       </c>
       <c r="D11" t="s">
-        <v>122</v>
+        <v>119</v>
       </c>
     </row>
     <row r="12" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B12" t="s">
-        <v>123</v>
+        <v>120</v>
       </c>
       <c r="C12" t="s">
-        <v>124</v>
+        <v>121</v>
       </c>
       <c r="D12" t="s">
-        <v>125</v>
+        <v>122</v>
       </c>
     </row>
     <row r="13" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B13" t="s">
-        <v>126</v>
+        <v>123</v>
       </c>
       <c r="C13" t="s">
-        <v>127</v>
+        <v>124</v>
       </c>
       <c r="D13" t="s">
-        <v>128</v>
+        <v>125</v>
       </c>
     </row>
     <row r="14" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B14" t="s">
-        <v>129</v>
+        <v>126</v>
       </c>
       <c r="C14" t="s">
-        <v>130</v>
+        <v>127</v>
       </c>
       <c r="D14" t="s">
-        <v>131</v>
+        <v>128</v>
       </c>
     </row>
     <row r="15" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B15" t="s">
-        <v>132</v>
+        <v>129</v>
       </c>
       <c r="C15" t="s">
-        <v>133</v>
+        <v>130</v>
       </c>
       <c r="D15" t="s">
-        <v>134</v>
+        <v>131</v>
       </c>
     </row>
     <row r="16" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B16" t="s">
-        <v>135</v>
+        <v>132</v>
       </c>
       <c r="C16" t="s">
-        <v>136</v>
+        <v>133</v>
       </c>
       <c r="D16" t="s">
-        <v>137</v>
+        <v>134</v>
       </c>
     </row>
     <row r="17" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B17" t="s">
-        <v>138</v>
+        <v>135</v>
       </c>
       <c r="C17" t="s">
-        <v>139</v>
+        <v>136</v>
       </c>
       <c r="D17" t="s">
-        <v>140</v>
+        <v>137</v>
       </c>
     </row>
     <row r="18" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B18" t="s">
-        <v>141</v>
+        <v>138</v>
       </c>
       <c r="C18" t="s">
-        <v>142</v>
+        <v>139</v>
       </c>
       <c r="D18" t="s">
-        <v>143</v>
+        <v>140</v>
       </c>
     </row>
     <row r="19" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B19" t="s">
-        <v>144</v>
+        <v>141</v>
       </c>
       <c r="C19" t="s">
-        <v>145</v>
+        <v>142</v>
       </c>
       <c r="D19" t="s">
-        <v>146</v>
+        <v>143</v>
       </c>
     </row>
     <row r="20" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B20" t="s">
-        <v>147</v>
+        <v>144</v>
       </c>
       <c r="D20" t="s">
-        <v>148</v>
+        <v>145</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet20.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1300-000000000000}">
   <dimension ref="A1:D76"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>95</v>
+        <v>92</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>97</v>
+        <v>94</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
         <v>71</v>
       </c>
       <c r="B2" t="s">
         <v>72</v>
       </c>
       <c r="D2" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="3" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
+        <v>2039</v>
+      </c>
+      <c r="B3" t="s">
+        <v>96</v>
+      </c>
+      <c r="D3" t="s">
         <v>2042</v>
-      </c>
-[...4 lines deleted...]
-        <v>2045</v>
       </c>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A4" t="s">
+        <v>2040</v>
+      </c>
+      <c r="B4" t="s">
+        <v>98</v>
+      </c>
+      <c r="D4" t="s">
         <v>2043</v>
-      </c>
-[...4 lines deleted...]
-        <v>2046</v>
       </c>
     </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A5" t="s">
+        <v>2041</v>
+      </c>
+      <c r="B5" t="s">
+        <v>1554</v>
+      </c>
+      <c r="D5" t="s">
         <v>2044</v>
-      </c>
-[...4 lines deleted...]
-        <v>2047</v>
       </c>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B6" t="s">
-        <v>273</v>
+        <v>270</v>
       </c>
       <c r="D6" t="s">
-        <v>2048</v>
+        <v>2045</v>
       </c>
     </row>
     <row r="7" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B7" t="s">
-        <v>2049</v>
+        <v>2046</v>
       </c>
       <c r="D7" t="s">
-        <v>2050</v>
+        <v>2047</v>
       </c>
     </row>
     <row r="8" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B8" t="s">
-        <v>2051</v>
+        <v>2048</v>
       </c>
       <c r="D8" t="s">
-        <v>2052</v>
+        <v>2049</v>
       </c>
     </row>
     <row r="9" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B9" t="s">
-        <v>2053</v>
+        <v>2050</v>
       </c>
       <c r="D9" t="s">
-        <v>2054</v>
+        <v>2051</v>
       </c>
     </row>
     <row r="10" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B10" t="s">
-        <v>2055</v>
+        <v>2052</v>
       </c>
       <c r="C10" t="s">
-        <v>2056</v>
+        <v>2053</v>
       </c>
       <c r="D10" t="s">
-        <v>2057</v>
+        <v>2054</v>
       </c>
     </row>
     <row r="11" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B11" t="s">
-        <v>2058</v>
+        <v>2055</v>
       </c>
       <c r="C11" t="s">
-        <v>2059</v>
+        <v>2056</v>
       </c>
       <c r="D11" t="s">
-        <v>2060</v>
+        <v>2057</v>
       </c>
     </row>
     <row r="12" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B12" t="s">
-        <v>2061</v>
+        <v>2058</v>
       </c>
       <c r="C12" t="s">
-        <v>2062</v>
+        <v>2059</v>
       </c>
       <c r="D12" t="s">
-        <v>2063</v>
+        <v>2060</v>
       </c>
     </row>
     <row r="13" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B13" t="s">
-        <v>2064</v>
+        <v>2061</v>
       </c>
       <c r="C13" t="s">
-        <v>2065</v>
+        <v>2062</v>
       </c>
       <c r="D13" t="s">
-        <v>2066</v>
+        <v>2063</v>
       </c>
     </row>
     <row r="14" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B14" t="s">
-        <v>2067</v>
+        <v>2064</v>
       </c>
       <c r="C14" t="s">
-        <v>2068</v>
+        <v>2065</v>
       </c>
       <c r="D14" t="s">
-        <v>2069</v>
+        <v>2066</v>
       </c>
     </row>
     <row r="15" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B15" t="s">
-        <v>2070</v>
+        <v>2067</v>
       </c>
       <c r="C15" t="s">
-        <v>2071</v>
+        <v>2068</v>
       </c>
       <c r="D15" t="s">
-        <v>2072</v>
+        <v>2069</v>
       </c>
     </row>
     <row r="16" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B16" t="s">
-        <v>2073</v>
+        <v>2070</v>
       </c>
       <c r="C16" t="s">
-        <v>2074</v>
+        <v>2071</v>
       </c>
       <c r="D16" t="s">
-        <v>2075</v>
+        <v>2072</v>
       </c>
     </row>
     <row r="17" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B17" t="s">
-        <v>2076</v>
+        <v>2073</v>
       </c>
       <c r="C17" t="s">
-        <v>2077</v>
+        <v>2074</v>
       </c>
       <c r="D17" t="s">
-        <v>2078</v>
+        <v>2075</v>
       </c>
     </row>
     <row r="18" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B18" t="s">
-        <v>2079</v>
+        <v>2076</v>
       </c>
       <c r="D18" t="s">
-        <v>2080</v>
+        <v>2077</v>
       </c>
     </row>
     <row r="19" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B19" t="s">
-        <v>2081</v>
+        <v>2078</v>
       </c>
       <c r="C19" t="s">
-        <v>2082</v>
+        <v>2079</v>
       </c>
       <c r="D19" t="s">
-        <v>2083</v>
+        <v>2080</v>
       </c>
     </row>
     <row r="20" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B20" t="s">
-        <v>2084</v>
+        <v>2081</v>
       </c>
       <c r="C20" t="s">
-        <v>2085</v>
+        <v>2082</v>
       </c>
       <c r="D20" t="s">
-        <v>2086</v>
+        <v>2083</v>
       </c>
     </row>
     <row r="21" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B21" t="s">
-        <v>2087</v>
+        <v>2084</v>
       </c>
       <c r="C21" t="s">
-        <v>2088</v>
+        <v>2085</v>
       </c>
       <c r="D21" t="s">
-        <v>2089</v>
+        <v>2086</v>
       </c>
     </row>
     <row r="22" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B22" t="s">
-        <v>2090</v>
+        <v>2087</v>
       </c>
       <c r="C22" t="s">
-        <v>2091</v>
+        <v>2088</v>
       </c>
       <c r="D22" t="s">
-        <v>2092</v>
+        <v>2089</v>
       </c>
     </row>
     <row r="23" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B23" t="s">
-        <v>2093</v>
+        <v>2090</v>
       </c>
       <c r="C23" t="s">
-        <v>2094</v>
+        <v>2091</v>
       </c>
       <c r="D23" t="s">
-        <v>2095</v>
+        <v>2092</v>
       </c>
     </row>
     <row r="24" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B24" t="s">
-        <v>2096</v>
+        <v>2093</v>
       </c>
       <c r="C24" t="s">
-        <v>2097</v>
+        <v>2094</v>
       </c>
       <c r="D24" t="s">
-        <v>2098</v>
+        <v>2095</v>
       </c>
     </row>
     <row r="25" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B25" t="s">
-        <v>2099</v>
+        <v>2096</v>
       </c>
       <c r="C25" t="s">
-        <v>2100</v>
+        <v>2097</v>
       </c>
       <c r="D25" t="s">
-        <v>2101</v>
+        <v>2098</v>
       </c>
     </row>
     <row r="26" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B26" t="s">
-        <v>2102</v>
+        <v>2099</v>
       </c>
       <c r="C26" t="s">
-        <v>2103</v>
+        <v>2100</v>
       </c>
       <c r="D26" t="s">
-        <v>2104</v>
+        <v>2101</v>
       </c>
     </row>
     <row r="27" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B27" t="s">
-        <v>2105</v>
+        <v>2102</v>
       </c>
       <c r="C27" t="s">
-        <v>2106</v>
+        <v>2103</v>
       </c>
       <c r="D27" t="s">
-        <v>2107</v>
+        <v>2104</v>
       </c>
     </row>
     <row r="28" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B28" t="s">
-        <v>2108</v>
+        <v>2105</v>
       </c>
       <c r="C28" t="s">
-        <v>2109</v>
+        <v>2106</v>
       </c>
       <c r="D28" t="s">
-        <v>2110</v>
+        <v>2107</v>
       </c>
     </row>
     <row r="29" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B29" t="s">
-        <v>2111</v>
+        <v>2108</v>
       </c>
       <c r="C29" t="s">
-        <v>2112</v>
+        <v>2109</v>
       </c>
       <c r="D29" t="s">
-        <v>2113</v>
+        <v>2110</v>
       </c>
     </row>
     <row r="30" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B30" t="s">
-        <v>2114</v>
+        <v>2111</v>
       </c>
       <c r="C30" t="s">
-        <v>2115</v>
+        <v>2112</v>
       </c>
       <c r="D30" t="s">
-        <v>2116</v>
+        <v>2113</v>
       </c>
     </row>
     <row r="31" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B31" t="s">
-        <v>2117</v>
+        <v>2114</v>
       </c>
       <c r="C31" t="s">
-        <v>2118</v>
+        <v>2115</v>
       </c>
       <c r="D31" t="s">
-        <v>2119</v>
+        <v>2116</v>
       </c>
     </row>
     <row r="32" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B32" t="s">
-        <v>2120</v>
+        <v>2117</v>
       </c>
       <c r="C32" t="s">
-        <v>2121</v>
+        <v>2118</v>
       </c>
       <c r="D32" t="s">
-        <v>2122</v>
+        <v>2119</v>
       </c>
     </row>
     <row r="33" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B33" t="s">
-        <v>2123</v>
+        <v>2120</v>
       </c>
       <c r="D33" t="s">
-        <v>2124</v>
+        <v>2121</v>
       </c>
     </row>
     <row r="34" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B34" t="s">
-        <v>2125</v>
+        <v>2122</v>
       </c>
       <c r="C34" t="s">
-        <v>2126</v>
+        <v>2123</v>
       </c>
       <c r="D34" t="s">
-        <v>2127</v>
+        <v>2124</v>
       </c>
     </row>
     <row r="35" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B35" t="s">
-        <v>2128</v>
+        <v>2125</v>
       </c>
       <c r="C35" t="s">
-        <v>2129</v>
+        <v>2126</v>
       </c>
       <c r="D35" t="s">
-        <v>2130</v>
+        <v>2127</v>
       </c>
     </row>
     <row r="36" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B36" t="s">
-        <v>2131</v>
+        <v>2128</v>
       </c>
       <c r="C36" t="s">
-        <v>2132</v>
+        <v>2129</v>
       </c>
       <c r="D36" t="s">
-        <v>2133</v>
+        <v>2130</v>
       </c>
     </row>
     <row r="37" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B37" t="s">
-        <v>2134</v>
+        <v>2131</v>
       </c>
       <c r="C37" t="s">
-        <v>2135</v>
+        <v>2132</v>
       </c>
       <c r="D37" t="s">
-        <v>2136</v>
+        <v>2133</v>
       </c>
     </row>
     <row r="38" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B38" t="s">
-        <v>2137</v>
+        <v>2134</v>
       </c>
       <c r="C38" t="s">
-        <v>2138</v>
+        <v>2135</v>
       </c>
       <c r="D38" t="s">
-        <v>2139</v>
+        <v>2136</v>
       </c>
     </row>
     <row r="39" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B39" t="s">
-        <v>2140</v>
+        <v>2137</v>
       </c>
       <c r="C39" t="s">
-        <v>2141</v>
+        <v>2138</v>
       </c>
       <c r="D39" t="s">
-        <v>2142</v>
+        <v>2139</v>
       </c>
     </row>
     <row r="40" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B40" t="s">
-        <v>2143</v>
+        <v>2140</v>
       </c>
       <c r="C40" t="s">
-        <v>2144</v>
+        <v>2141</v>
       </c>
       <c r="D40" t="s">
-        <v>2145</v>
+        <v>2142</v>
       </c>
     </row>
     <row r="41" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B41" t="s">
-        <v>2146</v>
+        <v>2143</v>
       </c>
       <c r="C41" t="s">
-        <v>2147</v>
+        <v>2144</v>
       </c>
       <c r="D41" t="s">
-        <v>2148</v>
+        <v>2145</v>
       </c>
     </row>
     <row r="42" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B42" t="s">
-        <v>2149</v>
+        <v>2146</v>
       </c>
       <c r="C42" t="s">
-        <v>2150</v>
+        <v>2147</v>
       </c>
       <c r="D42" t="s">
-        <v>2151</v>
+        <v>2148</v>
       </c>
     </row>
     <row r="43" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B43" t="s">
-        <v>2152</v>
+        <v>2149</v>
       </c>
       <c r="C43" t="s">
-        <v>2153</v>
+        <v>2150</v>
       </c>
       <c r="D43" t="s">
-        <v>2154</v>
+        <v>2151</v>
       </c>
     </row>
     <row r="44" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B44" t="s">
-        <v>2155</v>
+        <v>2152</v>
       </c>
       <c r="C44" t="s">
-        <v>2156</v>
+        <v>2153</v>
       </c>
       <c r="D44" t="s">
-        <v>2157</v>
+        <v>2154</v>
       </c>
     </row>
     <row r="45" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B45" t="s">
-        <v>2158</v>
+        <v>2155</v>
       </c>
       <c r="C45" t="s">
-        <v>2159</v>
+        <v>2156</v>
       </c>
       <c r="D45" t="s">
-        <v>2160</v>
+        <v>2157</v>
       </c>
     </row>
     <row r="46" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B46" t="s">
-        <v>2161</v>
+        <v>2158</v>
       </c>
       <c r="C46" t="s">
-        <v>2162</v>
+        <v>2159</v>
       </c>
       <c r="D46" t="s">
-        <v>2163</v>
+        <v>2160</v>
       </c>
     </row>
     <row r="47" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B47" t="s">
-        <v>2164</v>
+        <v>2161</v>
       </c>
       <c r="C47" t="s">
-        <v>2165</v>
+        <v>2162</v>
       </c>
       <c r="D47" t="s">
-        <v>2166</v>
+        <v>2163</v>
       </c>
     </row>
     <row r="48" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B48" t="s">
-        <v>2167</v>
+        <v>2164</v>
       </c>
       <c r="C48" t="s">
-        <v>2168</v>
+        <v>2165</v>
       </c>
       <c r="D48" t="s">
-        <v>2169</v>
+        <v>2166</v>
       </c>
     </row>
     <row r="49" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B49" t="s">
-        <v>2170</v>
+        <v>2167</v>
       </c>
       <c r="C49" t="s">
-        <v>2171</v>
+        <v>2168</v>
       </c>
       <c r="D49" t="s">
-        <v>2172</v>
+        <v>2169</v>
       </c>
     </row>
     <row r="50" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B50" t="s">
-        <v>2173</v>
+        <v>2170</v>
       </c>
       <c r="C50" t="s">
-        <v>2174</v>
+        <v>2171</v>
       </c>
       <c r="D50" t="s">
-        <v>2175</v>
+        <v>2172</v>
       </c>
     </row>
     <row r="51" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B51" t="s">
-        <v>2176</v>
+        <v>2173</v>
       </c>
       <c r="C51" t="s">
-        <v>2177</v>
+        <v>2174</v>
       </c>
       <c r="D51" t="s">
-        <v>2178</v>
+        <v>2175</v>
       </c>
     </row>
     <row r="52" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B52" t="s">
-        <v>2179</v>
+        <v>2176</v>
       </c>
       <c r="D52" t="s">
-        <v>2180</v>
+        <v>2177</v>
       </c>
     </row>
     <row r="53" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B53" t="s">
-        <v>2181</v>
+        <v>2178</v>
       </c>
       <c r="C53" t="s">
-        <v>2182</v>
+        <v>2179</v>
       </c>
       <c r="D53" t="s">
-        <v>2183</v>
+        <v>2180</v>
       </c>
     </row>
     <row r="54" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B54" t="s">
-        <v>2184</v>
+        <v>2181</v>
       </c>
       <c r="C54" t="s">
-        <v>2185</v>
+        <v>2182</v>
       </c>
       <c r="D54" t="s">
-        <v>2186</v>
+        <v>2183</v>
       </c>
     </row>
     <row r="55" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B55" t="s">
-        <v>2187</v>
+        <v>2184</v>
       </c>
       <c r="C55" t="s">
-        <v>2188</v>
+        <v>2185</v>
       </c>
       <c r="D55" t="s">
-        <v>2189</v>
+        <v>2186</v>
       </c>
     </row>
     <row r="56" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B56" t="s">
-        <v>2190</v>
+        <v>2187</v>
       </c>
       <c r="C56" t="s">
-        <v>2191</v>
+        <v>2188</v>
       </c>
       <c r="D56" t="s">
-        <v>2192</v>
+        <v>2189</v>
       </c>
     </row>
     <row r="57" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B57" t="s">
-        <v>2193</v>
+        <v>2190</v>
       </c>
       <c r="C57" t="s">
-        <v>2194</v>
+        <v>2191</v>
       </c>
       <c r="D57" t="s">
-        <v>2195</v>
+        <v>2192</v>
       </c>
     </row>
     <row r="58" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B58" t="s">
-        <v>2196</v>
+        <v>2193</v>
       </c>
       <c r="C58" t="s">
-        <v>2197</v>
+        <v>2194</v>
       </c>
       <c r="D58" t="s">
-        <v>2198</v>
+        <v>2195</v>
       </c>
     </row>
     <row r="59" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B59" t="s">
-        <v>2199</v>
+        <v>2196</v>
       </c>
       <c r="C59" t="s">
-        <v>2200</v>
+        <v>2197</v>
       </c>
       <c r="D59" t="s">
-        <v>2201</v>
+        <v>2198</v>
       </c>
     </row>
     <row r="60" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B60" t="s">
-        <v>2202</v>
+        <v>2199</v>
       </c>
       <c r="C60" t="s">
-        <v>2203</v>
+        <v>2200</v>
       </c>
       <c r="D60" t="s">
-        <v>2204</v>
+        <v>2201</v>
       </c>
     </row>
     <row r="61" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B61" t="s">
-        <v>2205</v>
+        <v>2202</v>
       </c>
       <c r="C61" t="s">
-        <v>2206</v>
+        <v>2203</v>
       </c>
       <c r="D61" t="s">
-        <v>2207</v>
+        <v>2204</v>
       </c>
     </row>
     <row r="62" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B62" t="s">
-        <v>2208</v>
+        <v>2205</v>
       </c>
       <c r="C62" t="s">
-        <v>2209</v>
+        <v>2206</v>
       </c>
       <c r="D62" t="s">
-        <v>2210</v>
+        <v>2207</v>
       </c>
     </row>
     <row r="63" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B63" t="s">
-        <v>2211</v>
+        <v>2208</v>
       </c>
       <c r="D63" t="s">
-        <v>2212</v>
+        <v>2209</v>
       </c>
     </row>
     <row r="64" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B64" t="s">
-        <v>2213</v>
+        <v>2210</v>
       </c>
       <c r="C64" t="s">
-        <v>2214</v>
+        <v>2211</v>
       </c>
       <c r="D64" t="s">
-        <v>2215</v>
+        <v>2212</v>
       </c>
     </row>
     <row r="65" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B65" t="s">
-        <v>2216</v>
+        <v>2213</v>
       </c>
       <c r="C65" t="s">
-        <v>2217</v>
+        <v>2214</v>
       </c>
       <c r="D65" t="s">
-        <v>2218</v>
+        <v>2215</v>
       </c>
     </row>
     <row r="66" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B66" t="s">
-        <v>2219</v>
+        <v>2216</v>
       </c>
       <c r="C66" t="s">
-        <v>2220</v>
+        <v>2217</v>
       </c>
       <c r="D66" t="s">
-        <v>2221</v>
+        <v>2218</v>
       </c>
     </row>
     <row r="67" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B67" t="s">
-        <v>2222</v>
+        <v>2219</v>
       </c>
       <c r="C67" t="s">
-        <v>2223</v>
+        <v>2220</v>
       </c>
       <c r="D67" t="s">
-        <v>2224</v>
+        <v>2221</v>
       </c>
     </row>
     <row r="68" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B68" t="s">
-        <v>2225</v>
+        <v>2222</v>
       </c>
       <c r="D68" t="s">
-        <v>2226</v>
+        <v>2223</v>
       </c>
     </row>
     <row r="69" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B69" t="s">
-        <v>2227</v>
+        <v>2224</v>
       </c>
       <c r="C69" t="s">
-        <v>2228</v>
+        <v>2225</v>
       </c>
       <c r="D69" t="s">
-        <v>2229</v>
+        <v>2226</v>
       </c>
     </row>
     <row r="70" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B70" t="s">
-        <v>2230</v>
+        <v>2227</v>
       </c>
       <c r="C70" t="s">
-        <v>2231</v>
+        <v>2228</v>
       </c>
       <c r="D70" t="s">
-        <v>2232</v>
+        <v>2229</v>
       </c>
     </row>
     <row r="71" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B71" t="s">
-        <v>2233</v>
+        <v>2230</v>
       </c>
       <c r="C71" t="s">
-        <v>2234</v>
+        <v>2231</v>
       </c>
       <c r="D71" t="s">
-        <v>2235</v>
+        <v>2232</v>
       </c>
     </row>
     <row r="72" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B72" t="s">
-        <v>2236</v>
+        <v>2233</v>
       </c>
       <c r="C72" t="s">
-        <v>2237</v>
+        <v>2234</v>
       </c>
       <c r="D72" t="s">
-        <v>2238</v>
+        <v>2235</v>
       </c>
     </row>
     <row r="73" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B73" t="s">
-        <v>2239</v>
+        <v>2236</v>
       </c>
       <c r="C73" t="s">
-        <v>2240</v>
+        <v>2237</v>
       </c>
       <c r="D73" t="s">
-        <v>2241</v>
+        <v>2238</v>
       </c>
     </row>
     <row r="74" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B74" t="s">
-        <v>2242</v>
+        <v>2239</v>
       </c>
       <c r="D74" t="s">
-        <v>2243</v>
+        <v>2240</v>
       </c>
     </row>
     <row r="75" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B75" t="s">
-        <v>2244</v>
+        <v>2241</v>
       </c>
       <c r="C75" t="s">
-        <v>2245</v>
+        <v>2242</v>
       </c>
       <c r="D75" t="s">
-        <v>2246</v>
+        <v>2243</v>
       </c>
     </row>
     <row r="76" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B76" t="s">
-        <v>2247</v>
+        <v>2244</v>
       </c>
       <c r="C76" t="s">
-        <v>2248</v>
+        <v>2245</v>
       </c>
       <c r="D76" t="s">
-        <v>2249</v>
+        <v>2246</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet21.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1400-000000000000}">
   <dimension ref="A1:D34"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>95</v>
+        <v>92</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>97</v>
+        <v>94</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
         <v>75</v>
       </c>
       <c r="B2" t="s">
         <v>76</v>
       </c>
       <c r="D2" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="3" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B3" t="s">
-        <v>99</v>
+        <v>96</v>
       </c>
       <c r="D3" t="s">
-        <v>2250</v>
+        <v>2247</v>
       </c>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B4" t="s">
-        <v>277</v>
+        <v>274</v>
       </c>
       <c r="D4" t="s">
-        <v>2251</v>
+        <v>2248</v>
       </c>
     </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B5" t="s">
-        <v>273</v>
+        <v>270</v>
       </c>
       <c r="D5" t="s">
-        <v>2252</v>
+        <v>2249</v>
       </c>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B6" t="s">
-        <v>103</v>
+        <v>100</v>
       </c>
       <c r="D6" t="s">
-        <v>2253</v>
+        <v>2250</v>
       </c>
     </row>
     <row r="7" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B7" t="s">
-        <v>2254</v>
+        <v>2251</v>
       </c>
       <c r="D7" t="s">
-        <v>2255</v>
+        <v>2252</v>
       </c>
     </row>
     <row r="8" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B8" t="s">
-        <v>2256</v>
+        <v>2253</v>
       </c>
       <c r="D8" t="s">
-        <v>2257</v>
+        <v>2254</v>
       </c>
     </row>
     <row r="9" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B9" t="s">
-        <v>2258</v>
+        <v>2255</v>
       </c>
       <c r="D9" t="s">
-        <v>2259</v>
+        <v>2256</v>
       </c>
     </row>
     <row r="10" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B10" t="s">
-        <v>2260</v>
+        <v>2257</v>
       </c>
       <c r="D10" t="s">
-        <v>2261</v>
+        <v>2258</v>
       </c>
     </row>
     <row r="11" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B11" t="s">
-        <v>2262</v>
+        <v>2259</v>
       </c>
       <c r="D11" t="s">
-        <v>2263</v>
+        <v>2260</v>
       </c>
     </row>
     <row r="12" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B12" t="s">
-        <v>530</v>
+        <v>527</v>
       </c>
       <c r="D12" t="s">
-        <v>2264</v>
+        <v>2261</v>
       </c>
     </row>
     <row r="13" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B13" t="s">
-        <v>2265</v>
+        <v>2262</v>
       </c>
       <c r="D13" t="s">
-        <v>2266</v>
+        <v>2263</v>
       </c>
     </row>
     <row r="14" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B14" t="s">
-        <v>814</v>
+        <v>811</v>
       </c>
       <c r="D14" t="s">
-        <v>2267</v>
+        <v>2264</v>
       </c>
     </row>
     <row r="15" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B15" t="s">
-        <v>1026</v>
+        <v>1023</v>
       </c>
       <c r="D15" t="s">
-        <v>2268</v>
+        <v>2265</v>
       </c>
     </row>
     <row r="16" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B16" t="s">
-        <v>2269</v>
+        <v>2266</v>
       </c>
       <c r="D16" t="s">
-        <v>2270</v>
+        <v>2267</v>
       </c>
     </row>
     <row r="17" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B17" t="s">
-        <v>2271</v>
+        <v>2268</v>
       </c>
       <c r="D17" t="s">
-        <v>2272</v>
+        <v>2269</v>
       </c>
     </row>
     <row r="18" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B18" t="s">
-        <v>2273</v>
+        <v>2270</v>
       </c>
       <c r="D18" t="s">
-        <v>2274</v>
+        <v>2271</v>
       </c>
     </row>
     <row r="19" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B19" t="s">
-        <v>2275</v>
+        <v>2272</v>
       </c>
       <c r="D19" t="s">
-        <v>2276</v>
+        <v>2273</v>
       </c>
     </row>
     <row r="20" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B20" t="s">
-        <v>2277</v>
+        <v>2274</v>
       </c>
       <c r="D20" t="s">
-        <v>2278</v>
+        <v>2275</v>
       </c>
     </row>
     <row r="21" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B21" t="s">
-        <v>2279</v>
+        <v>2276</v>
       </c>
       <c r="D21" t="s">
-        <v>2280</v>
+        <v>2277</v>
       </c>
     </row>
     <row r="22" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B22" t="s">
-        <v>2281</v>
+        <v>2278</v>
       </c>
       <c r="D22" t="s">
-        <v>2282</v>
+        <v>2279</v>
       </c>
     </row>
     <row r="23" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B23" t="s">
-        <v>2283</v>
+        <v>2280</v>
       </c>
       <c r="D23" t="s">
-        <v>2284</v>
+        <v>2281</v>
       </c>
     </row>
     <row r="24" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B24" t="s">
-        <v>2285</v>
+        <v>2282</v>
       </c>
       <c r="D24" t="s">
-        <v>2286</v>
+        <v>2283</v>
       </c>
     </row>
     <row r="25" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B25" t="s">
-        <v>2287</v>
+        <v>2284</v>
       </c>
       <c r="D25" t="s">
-        <v>2288</v>
+        <v>2285</v>
       </c>
     </row>
     <row r="26" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B26" t="s">
-        <v>2289</v>
+        <v>2286</v>
       </c>
       <c r="D26" t="s">
-        <v>2290</v>
+        <v>2287</v>
       </c>
     </row>
     <row r="27" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B27" t="s">
-        <v>2291</v>
+        <v>2288</v>
       </c>
       <c r="D27" t="s">
-        <v>2292</v>
+        <v>2289</v>
       </c>
     </row>
     <row r="28" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B28" t="s">
-        <v>2293</v>
+        <v>2290</v>
       </c>
       <c r="D28" t="s">
-        <v>2294</v>
+        <v>2291</v>
       </c>
     </row>
     <row r="29" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B29" t="s">
-        <v>2295</v>
+        <v>2292</v>
       </c>
       <c r="C29" t="s">
-        <v>1543</v>
+        <v>1540</v>
       </c>
       <c r="D29" t="s">
-        <v>2296</v>
+        <v>2293</v>
       </c>
     </row>
     <row r="30" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B30" t="s">
-        <v>2297</v>
+        <v>2294</v>
       </c>
       <c r="C30" t="s">
-        <v>1546</v>
+        <v>1543</v>
       </c>
       <c r="D30" t="s">
-        <v>2298</v>
+        <v>2295</v>
       </c>
     </row>
     <row r="31" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B31" t="s">
-        <v>2299</v>
+        <v>2296</v>
       </c>
       <c r="C31" t="s">
-        <v>1549</v>
+        <v>1546</v>
       </c>
       <c r="D31" t="s">
-        <v>2300</v>
+        <v>2297</v>
       </c>
     </row>
     <row r="32" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B32" t="s">
-        <v>2301</v>
+        <v>2298</v>
       </c>
       <c r="C32" t="s">
-        <v>1552</v>
+        <v>1549</v>
       </c>
       <c r="D32" t="s">
-        <v>2302</v>
+        <v>2299</v>
       </c>
     </row>
     <row r="33" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B33" t="s">
-        <v>2303</v>
+        <v>2300</v>
       </c>
       <c r="C33" t="s">
-        <v>2304</v>
+        <v>2301</v>
       </c>
       <c r="D33" t="s">
-        <v>2305</v>
+        <v>2302</v>
       </c>
     </row>
     <row r="34" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B34" t="s">
-        <v>2306</v>
+        <v>2303</v>
       </c>
       <c r="D34" t="s">
-        <v>2307</v>
+        <v>2304</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet22.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1500-000000000000}">
   <dimension ref="A1:D20"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>95</v>
+        <v>92</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>97</v>
+        <v>94</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
         <v>79</v>
       </c>
       <c r="B2" t="s">
         <v>80</v>
       </c>
       <c r="D2" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="3" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
-        <v>2308</v>
+        <v>2305</v>
       </c>
       <c r="B3" t="s">
-        <v>99</v>
+        <v>96</v>
       </c>
       <c r="D3" t="s">
-        <v>2309</v>
+        <v>2306</v>
       </c>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B4" t="s">
-        <v>101</v>
+        <v>98</v>
       </c>
       <c r="D4" t="s">
-        <v>2310</v>
+        <v>2307</v>
       </c>
     </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B5" t="s">
-        <v>277</v>
+        <v>274</v>
       </c>
       <c r="D5" t="s">
-        <v>2311</v>
+        <v>2308</v>
       </c>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B6" t="s">
-        <v>273</v>
+        <v>270</v>
       </c>
       <c r="D6" t="s">
-        <v>2312</v>
+        <v>2309</v>
       </c>
     </row>
     <row r="7" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B7" t="s">
-        <v>103</v>
+        <v>100</v>
       </c>
       <c r="D7" t="s">
-        <v>2313</v>
+        <v>2310</v>
       </c>
     </row>
     <row r="8" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B8" t="s">
-        <v>2314</v>
+        <v>2311</v>
       </c>
       <c r="C8" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="D8" t="s">
-        <v>2315</v>
+        <v>2312</v>
       </c>
     </row>
     <row r="9" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B9" t="s">
-        <v>2316</v>
+        <v>2313</v>
       </c>
       <c r="C9" t="s">
-        <v>109</v>
+        <v>106</v>
       </c>
       <c r="D9" t="s">
-        <v>2317</v>
+        <v>2314</v>
       </c>
     </row>
     <row r="10" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B10" t="s">
-        <v>2318</v>
+        <v>2315</v>
       </c>
       <c r="C10" t="s">
-        <v>112</v>
+        <v>109</v>
       </c>
       <c r="D10" t="s">
-        <v>2319</v>
+        <v>2316</v>
       </c>
     </row>
     <row r="11" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B11" t="s">
-        <v>2320</v>
+        <v>2317</v>
       </c>
       <c r="C11" t="s">
-        <v>115</v>
+        <v>112</v>
       </c>
       <c r="D11" t="s">
-        <v>2321</v>
+        <v>2318</v>
       </c>
     </row>
     <row r="12" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B12" t="s">
-        <v>2322</v>
+        <v>2319</v>
       </c>
       <c r="C12" t="s">
-        <v>118</v>
+        <v>115</v>
       </c>
       <c r="D12" t="s">
-        <v>2323</v>
+        <v>2320</v>
       </c>
     </row>
     <row r="13" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B13" t="s">
-        <v>123</v>
+        <v>120</v>
       </c>
       <c r="C13" t="s">
-        <v>121</v>
+        <v>118</v>
       </c>
       <c r="D13" t="s">
-        <v>2324</v>
+        <v>2321</v>
       </c>
     </row>
     <row r="14" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B14" t="s">
-        <v>2325</v>
+        <v>2322</v>
       </c>
       <c r="C14" t="s">
-        <v>124</v>
+        <v>121</v>
       </c>
       <c r="D14" t="s">
-        <v>2326</v>
+        <v>2323</v>
       </c>
     </row>
     <row r="15" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B15" t="s">
-        <v>120</v>
+        <v>117</v>
       </c>
       <c r="C15" t="s">
-        <v>127</v>
+        <v>124</v>
       </c>
       <c r="D15" t="s">
-        <v>2327</v>
+        <v>2324</v>
       </c>
     </row>
     <row r="16" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B16" t="s">
-        <v>2328</v>
+        <v>2325</v>
       </c>
       <c r="C16" t="s">
-        <v>130</v>
+        <v>127</v>
       </c>
       <c r="D16" t="s">
-        <v>2329</v>
+        <v>2326</v>
       </c>
     </row>
     <row r="17" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B17" t="s">
-        <v>126</v>
+        <v>123</v>
       </c>
       <c r="C17" t="s">
-        <v>133</v>
+        <v>130</v>
       </c>
       <c r="D17" t="s">
-        <v>2330</v>
+        <v>2327</v>
       </c>
     </row>
     <row r="18" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B18" t="s">
-        <v>2331</v>
+        <v>2328</v>
       </c>
       <c r="C18" t="s">
-        <v>136</v>
+        <v>133</v>
       </c>
       <c r="D18" t="s">
-        <v>2332</v>
+        <v>2329</v>
       </c>
     </row>
     <row r="19" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B19" t="s">
-        <v>2333</v>
+        <v>2330</v>
       </c>
       <c r="C19" t="s">
-        <v>139</v>
+        <v>136</v>
       </c>
       <c r="D19" t="s">
-        <v>2334</v>
+        <v>2331</v>
       </c>
     </row>
     <row r="20" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B20" t="s">
-        <v>2335</v>
+        <v>2332</v>
       </c>
       <c r="C20" t="s">
-        <v>142</v>
+        <v>139</v>
       </c>
       <c r="D20" t="s">
-        <v>2336</v>
+        <v>2333</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet23.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1600-000000000000}">
-  <dimension ref="A1:D44"/>
+  <dimension ref="A1:D48"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="4" width="50.7265625" customWidth="1"/>
+    <col min="1" max="1" width="18" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="50.7265625" customWidth="1"/>
+    <col min="3" max="3" width="9.7265625" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>95</v>
+        <v>92</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>97</v>
+        <v>94</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
         <v>83</v>
       </c>
       <c r="B2" t="s">
-        <v>84</v>
+        <v>2765</v>
       </c>
       <c r="D2" t="s">
-        <v>86</v>
+        <v>2767</v>
       </c>
     </row>
     <row r="3" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
-        <v>2337</v>
+        <v>2334</v>
       </c>
       <c r="B3" t="s">
-        <v>99</v>
+        <v>96</v>
       </c>
       <c r="D3" t="s">
-        <v>2339</v>
+        <v>2768</v>
       </c>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A4" t="s">
-        <v>2338</v>
+        <v>2335</v>
       </c>
       <c r="B4" t="s">
-        <v>2340</v>
+        <v>1214</v>
       </c>
       <c r="D4" t="s">
-        <v>2341</v>
+        <v>2769</v>
       </c>
     </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B5" t="s">
-        <v>273</v>
+        <v>2770</v>
       </c>
       <c r="D5" t="s">
-        <v>2342</v>
+        <v>2771</v>
       </c>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B6" t="s">
-        <v>103</v>
+        <v>2772</v>
       </c>
       <c r="D6" t="s">
-        <v>2343</v>
+        <v>2773</v>
       </c>
     </row>
     <row r="7" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B7" t="s">
-        <v>2344</v>
+        <v>2535</v>
       </c>
       <c r="D7" t="s">
-        <v>2345</v>
+        <v>2774</v>
       </c>
     </row>
     <row r="8" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B8" t="s">
-        <v>2346</v>
-[...2 lines deleted...]
-        <v>106</v>
+        <v>2775</v>
       </c>
       <c r="D8" t="s">
-        <v>2347</v>
+        <v>2776</v>
       </c>
     </row>
     <row r="9" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B9" t="s">
-        <v>2348</v>
+        <v>2336</v>
       </c>
       <c r="C9" t="s">
-        <v>109</v>
+        <v>103</v>
       </c>
       <c r="D9" t="s">
-        <v>2349</v>
+        <v>2777</v>
       </c>
     </row>
     <row r="10" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B10" t="s">
-        <v>2350</v>
+        <v>2337</v>
       </c>
       <c r="C10" t="s">
-        <v>112</v>
+        <v>106</v>
       </c>
       <c r="D10" t="s">
-        <v>2351</v>
+        <v>2778</v>
       </c>
     </row>
     <row r="11" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B11" t="s">
-        <v>2352</v>
+        <v>2338</v>
       </c>
       <c r="C11" t="s">
-        <v>115</v>
+        <v>109</v>
       </c>
       <c r="D11" t="s">
-        <v>2353</v>
+        <v>2779</v>
       </c>
     </row>
     <row r="12" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B12" t="s">
-        <v>2354</v>
+        <v>2339</v>
       </c>
       <c r="C12" t="s">
-        <v>118</v>
+        <v>112</v>
       </c>
       <c r="D12" t="s">
-        <v>2355</v>
+        <v>2780</v>
       </c>
     </row>
     <row r="13" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B13" t="s">
-        <v>2356</v>
+        <v>2340</v>
       </c>
       <c r="C13" t="s">
-        <v>121</v>
+        <v>115</v>
       </c>
       <c r="D13" t="s">
-        <v>2357</v>
+        <v>2781</v>
       </c>
     </row>
     <row r="14" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B14" t="s">
-        <v>2358</v>
+        <v>2782</v>
       </c>
       <c r="C14" t="s">
-        <v>124</v>
+        <v>118</v>
       </c>
       <c r="D14" t="s">
-        <v>2359</v>
+        <v>2783</v>
       </c>
     </row>
     <row r="15" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B15" t="s">
-        <v>2360</v>
+        <v>2341</v>
+      </c>
+      <c r="C15" t="s">
+        <v>121</v>
       </c>
       <c r="D15" t="s">
-        <v>2361</v>
+        <v>2784</v>
       </c>
     </row>
     <row r="16" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B16" t="s">
-        <v>2362</v>
-[...2 lines deleted...]
-        <v>127</v>
+        <v>2785</v>
       </c>
       <c r="D16" t="s">
-        <v>2363</v>
+        <v>2786</v>
       </c>
     </row>
     <row r="17" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B17" t="s">
-        <v>2364</v>
+        <v>2342</v>
       </c>
       <c r="C17" t="s">
-        <v>130</v>
+        <v>124</v>
       </c>
       <c r="D17" t="s">
-        <v>2365</v>
+        <v>2787</v>
       </c>
     </row>
     <row r="18" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B18" t="s">
-        <v>812</v>
+        <v>2343</v>
       </c>
       <c r="C18" t="s">
-        <v>133</v>
+        <v>127</v>
       </c>
       <c r="D18" t="s">
-        <v>2366</v>
+        <v>2788</v>
       </c>
     </row>
     <row r="19" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B19" t="s">
-        <v>2367</v>
+        <v>809</v>
       </c>
       <c r="C19" t="s">
-        <v>136</v>
+        <v>130</v>
       </c>
       <c r="D19" t="s">
-        <v>2368</v>
+        <v>2789</v>
       </c>
     </row>
     <row r="20" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B20" t="s">
-        <v>2369</v>
+        <v>2344</v>
       </c>
       <c r="C20" t="s">
-        <v>139</v>
+        <v>133</v>
       </c>
       <c r="D20" t="s">
-        <v>2370</v>
+        <v>2790</v>
       </c>
     </row>
     <row r="21" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B21" t="s">
-        <v>2371</v>
+        <v>2345</v>
       </c>
       <c r="C21" t="s">
-        <v>142</v>
+        <v>136</v>
       </c>
       <c r="D21" t="s">
-        <v>2372</v>
+        <v>2791</v>
       </c>
     </row>
     <row r="22" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B22" t="s">
-        <v>2373</v>
+        <v>2346</v>
       </c>
       <c r="C22" t="s">
-        <v>145</v>
+        <v>139</v>
       </c>
       <c r="D22" t="s">
-        <v>2374</v>
+        <v>2792</v>
       </c>
     </row>
     <row r="23" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B23" t="s">
-        <v>1094</v>
+        <v>2347</v>
       </c>
       <c r="C23" t="s">
-        <v>194</v>
+        <v>142</v>
       </c>
       <c r="D23" t="s">
-        <v>2375</v>
+        <v>2793</v>
       </c>
     </row>
     <row r="24" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B24" t="s">
-        <v>2376</v>
+        <v>1091</v>
       </c>
       <c r="C24" t="s">
-        <v>197</v>
+        <v>191</v>
       </c>
       <c r="D24" t="s">
-        <v>2377</v>
+        <v>2794</v>
       </c>
     </row>
     <row r="25" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B25" t="s">
-        <v>2378</v>
+        <v>2349</v>
       </c>
       <c r="C25" t="s">
-        <v>200</v>
+        <v>194</v>
       </c>
       <c r="D25" t="s">
-        <v>2379</v>
+        <v>2795</v>
       </c>
     </row>
     <row r="26" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B26" t="s">
-        <v>2380</v>
+        <v>2350</v>
       </c>
       <c r="C26" t="s">
-        <v>203</v>
+        <v>197</v>
       </c>
       <c r="D26" t="s">
-        <v>2381</v>
+        <v>2796</v>
       </c>
     </row>
     <row r="27" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B27" t="s">
-        <v>2382</v>
+        <v>2351</v>
       </c>
       <c r="C27" t="s">
-        <v>208</v>
+        <v>200</v>
       </c>
       <c r="D27" t="s">
-        <v>2383</v>
+        <v>2797</v>
       </c>
     </row>
     <row r="28" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B28" t="s">
-        <v>2384</v>
+        <v>2348</v>
       </c>
       <c r="C28" t="s">
-        <v>211</v>
+        <v>205</v>
       </c>
       <c r="D28" t="s">
-        <v>2385</v>
+        <v>2798</v>
       </c>
     </row>
     <row r="29" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B29" t="s">
-        <v>2386</v>
+        <v>2799</v>
+      </c>
+      <c r="C29" t="s">
+        <v>208</v>
       </c>
       <c r="D29" t="s">
-        <v>2387</v>
+        <v>2800</v>
       </c>
     </row>
     <row r="30" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B30" t="s">
-        <v>2388</v>
+        <v>2801</v>
       </c>
       <c r="C30" t="s">
-        <v>214</v>
+        <v>211</v>
       </c>
       <c r="D30" t="s">
-        <v>2389</v>
+        <v>2802</v>
       </c>
     </row>
     <row r="31" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B31" t="s">
-        <v>2390</v>
+        <v>2803</v>
       </c>
       <c r="C31" t="s">
-        <v>217</v>
+        <v>214</v>
       </c>
       <c r="D31" t="s">
-        <v>2391</v>
+        <v>2804</v>
       </c>
     </row>
     <row r="32" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B32" t="s">
-        <v>2392</v>
+        <v>2805</v>
       </c>
       <c r="C32" t="s">
-        <v>222</v>
+        <v>219</v>
       </c>
       <c r="D32" t="s">
-        <v>2393</v>
+        <v>2806</v>
       </c>
     </row>
     <row r="33" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B33" t="s">
-        <v>2394</v>
-[...2 lines deleted...]
-        <v>225</v>
+        <v>2807</v>
       </c>
       <c r="D33" t="s">
-        <v>2395</v>
+        <v>2808</v>
       </c>
     </row>
     <row r="34" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B34" t="s">
-        <v>2396</v>
+        <v>2352</v>
+      </c>
+      <c r="C34" t="s">
+        <v>222</v>
       </c>
       <c r="D34" t="s">
-        <v>2397</v>
+        <v>2809</v>
       </c>
     </row>
     <row r="35" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B35" t="s">
-        <v>2398</v>
+        <v>2353</v>
       </c>
       <c r="C35" t="s">
-        <v>230</v>
+        <v>227</v>
       </c>
       <c r="D35" t="s">
-        <v>2399</v>
+        <v>2810</v>
       </c>
     </row>
     <row r="36" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B36" t="s">
-        <v>2400</v>
+        <v>2354</v>
       </c>
       <c r="C36" t="s">
-        <v>233</v>
+        <v>230</v>
       </c>
       <c r="D36" t="s">
-        <v>2401</v>
+        <v>2811</v>
       </c>
     </row>
     <row r="37" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B37" t="s">
-        <v>2402</v>
+        <v>2812</v>
       </c>
       <c r="C37" t="s">
-        <v>239</v>
+        <v>236</v>
       </c>
       <c r="D37" t="s">
-        <v>2403</v>
+        <v>2813</v>
       </c>
     </row>
     <row r="38" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B38" t="s">
-        <v>2404</v>
-[...2 lines deleted...]
-        <v>242</v>
+        <v>2814</v>
       </c>
       <c r="D38" t="s">
-        <v>2405</v>
+        <v>2815</v>
       </c>
     </row>
     <row r="39" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B39" t="s">
-        <v>2406</v>
+        <v>2355</v>
       </c>
       <c r="C39" t="s">
-        <v>247</v>
+        <v>239</v>
       </c>
       <c r="D39" t="s">
-        <v>2407</v>
+        <v>2816</v>
       </c>
     </row>
     <row r="40" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B40" t="s">
-        <v>2408</v>
+        <v>2356</v>
       </c>
       <c r="C40" t="s">
-        <v>250</v>
+        <v>244</v>
       </c>
       <c r="D40" t="s">
-        <v>2409</v>
+        <v>2817</v>
       </c>
     </row>
     <row r="41" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B41" t="s">
-        <v>2410</v>
+        <v>2357</v>
       </c>
       <c r="C41" t="s">
-        <v>253</v>
+        <v>247</v>
       </c>
       <c r="D41" t="s">
-        <v>2411</v>
+        <v>2818</v>
       </c>
     </row>
     <row r="42" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B42" t="s">
-        <v>809</v>
+        <v>2358</v>
       </c>
       <c r="C42" t="s">
-        <v>256</v>
+        <v>250</v>
       </c>
       <c r="D42" t="s">
-        <v>2412</v>
+        <v>2819</v>
       </c>
     </row>
     <row r="43" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B43" t="s">
-        <v>255</v>
+        <v>2359</v>
       </c>
       <c r="C43" t="s">
-        <v>259</v>
+        <v>253</v>
       </c>
       <c r="D43" t="s">
-        <v>2413</v>
+        <v>2820</v>
       </c>
     </row>
     <row r="44" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B44" t="s">
-        <v>2414</v>
+        <v>2360</v>
       </c>
       <c r="C44" t="s">
-        <v>2415</v>
+        <v>256</v>
       </c>
       <c r="D44" t="s">
-        <v>2416</v>
+        <v>2821</v>
+      </c>
+    </row>
+    <row r="45" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B45" t="s">
+        <v>2361</v>
+      </c>
+      <c r="C45" t="s">
+        <v>260</v>
+      </c>
+      <c r="D45" t="s">
+        <v>2822</v>
+      </c>
+    </row>
+    <row r="46" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B46" t="s">
+        <v>806</v>
+      </c>
+      <c r="C46" t="s">
+        <v>263</v>
+      </c>
+      <c r="D46" t="s">
+        <v>2823</v>
+      </c>
+    </row>
+    <row r="47" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B47" t="s">
+        <v>252</v>
+      </c>
+      <c r="C47" t="s">
+        <v>355</v>
+      </c>
+      <c r="D47" t="s">
+        <v>2824</v>
+      </c>
+    </row>
+    <row r="48" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B48" t="s">
+        <v>2825</v>
+      </c>
+      <c r="C48" t="s">
+        <v>2826</v>
+      </c>
+      <c r="D48" t="s">
+        <v>2827</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet24.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1700-000000000000}">
   <dimension ref="A1:D60"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>95</v>
+        <v>92</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>97</v>
+        <v>94</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
+        <v>84</v>
+      </c>
+      <c r="B2" t="s">
+        <v>85</v>
+      </c>
+      <c r="D2" t="s">
         <v>87</v>
-      </c>
-[...4 lines deleted...]
-        <v>90</v>
       </c>
     </row>
     <row r="3" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
-        <v>2417</v>
+        <v>2362</v>
       </c>
       <c r="B3" t="s">
-        <v>99</v>
+        <v>96</v>
       </c>
       <c r="D3" t="s">
-        <v>2419</v>
+        <v>2364</v>
       </c>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A4" t="s">
-        <v>2418</v>
+        <v>2363</v>
       </c>
       <c r="B4" t="s">
-        <v>2420</v>
+        <v>2365</v>
       </c>
       <c r="D4" t="s">
-        <v>2421</v>
+        <v>2366</v>
       </c>
     </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B5" t="s">
-        <v>1732</v>
+        <v>1729</v>
       </c>
       <c r="D5" t="s">
-        <v>2422</v>
+        <v>2367</v>
       </c>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B6" t="s">
-        <v>2423</v>
+        <v>2368</v>
       </c>
       <c r="D6" t="s">
-        <v>2424</v>
+        <v>2369</v>
       </c>
     </row>
     <row r="7" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B7" t="s">
-        <v>2425</v>
+        <v>2370</v>
       </c>
       <c r="D7" t="s">
-        <v>2426</v>
+        <v>2371</v>
       </c>
     </row>
     <row r="8" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B8" t="s">
-        <v>2427</v>
+        <v>2372</v>
       </c>
       <c r="D8" t="s">
-        <v>2428</v>
+        <v>2373</v>
       </c>
     </row>
     <row r="9" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B9" t="s">
-        <v>2429</v>
+        <v>2374</v>
       </c>
       <c r="D9" t="s">
-        <v>2430</v>
+        <v>2375</v>
       </c>
     </row>
     <row r="10" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B10" t="s">
-        <v>2431</v>
+        <v>2376</v>
       </c>
       <c r="C10" t="s">
-        <v>2056</v>
+        <v>2053</v>
       </c>
       <c r="D10" t="s">
-        <v>2432</v>
+        <v>2377</v>
       </c>
     </row>
     <row r="11" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B11" t="s">
-        <v>2433</v>
+        <v>2378</v>
       </c>
       <c r="C11" t="s">
-        <v>2059</v>
+        <v>2056</v>
       </c>
       <c r="D11" t="s">
-        <v>2434</v>
+        <v>2379</v>
       </c>
     </row>
     <row r="12" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B12" t="s">
-        <v>2435</v>
+        <v>2380</v>
       </c>
       <c r="D12" t="s">
-        <v>2436</v>
+        <v>2381</v>
       </c>
     </row>
     <row r="13" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B13" t="s">
-        <v>2437</v>
+        <v>2382</v>
       </c>
       <c r="C13" t="s">
-        <v>2062</v>
+        <v>2059</v>
       </c>
       <c r="D13" t="s">
-        <v>2438</v>
+        <v>2383</v>
       </c>
     </row>
     <row r="14" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B14" t="s">
-        <v>2439</v>
+        <v>2384</v>
       </c>
       <c r="C14" t="s">
-        <v>2065</v>
+        <v>2062</v>
       </c>
       <c r="D14" t="s">
-        <v>2440</v>
+        <v>2385</v>
       </c>
     </row>
     <row r="15" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B15" t="s">
-        <v>2441</v>
+        <v>2386</v>
       </c>
       <c r="C15" t="s">
-        <v>2068</v>
+        <v>2065</v>
       </c>
       <c r="D15" t="s">
-        <v>2442</v>
+        <v>2387</v>
       </c>
     </row>
     <row r="16" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B16" t="s">
-        <v>2443</v>
+        <v>2388</v>
       </c>
       <c r="C16" t="s">
-        <v>2071</v>
+        <v>2068</v>
       </c>
       <c r="D16" t="s">
-        <v>2444</v>
+        <v>2389</v>
       </c>
     </row>
     <row r="17" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B17" t="s">
-        <v>2445</v>
+        <v>2390</v>
       </c>
       <c r="C17" t="s">
-        <v>2074</v>
+        <v>2071</v>
       </c>
       <c r="D17" t="s">
-        <v>2446</v>
+        <v>2391</v>
       </c>
     </row>
     <row r="18" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B18" t="s">
-        <v>2447</v>
+        <v>2392</v>
       </c>
       <c r="C18" t="s">
-        <v>2077</v>
+        <v>2074</v>
       </c>
       <c r="D18" t="s">
-        <v>2448</v>
+        <v>2393</v>
       </c>
     </row>
     <row r="19" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B19" t="s">
-        <v>2117</v>
+        <v>2114</v>
       </c>
       <c r="C19" t="s">
-        <v>2082</v>
+        <v>2079</v>
       </c>
       <c r="D19" t="s">
-        <v>2449</v>
+        <v>2394</v>
       </c>
     </row>
     <row r="20" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B20" t="s">
-        <v>2450</v>
+        <v>2395</v>
       </c>
       <c r="C20" t="s">
-        <v>2085</v>
+        <v>2082</v>
       </c>
       <c r="D20" t="s">
-        <v>2451</v>
+        <v>2396</v>
       </c>
     </row>
     <row r="21" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B21" t="s">
-        <v>2452</v>
+        <v>2397</v>
       </c>
       <c r="D21" t="s">
-        <v>2453</v>
+        <v>2398</v>
       </c>
     </row>
     <row r="22" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B22" t="s">
-        <v>2454</v>
+        <v>2399</v>
       </c>
       <c r="C22" t="s">
-        <v>2088</v>
+        <v>2085</v>
       </c>
       <c r="D22" t="s">
-        <v>2455</v>
+        <v>2400</v>
       </c>
     </row>
     <row r="23" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B23" t="s">
-        <v>2456</v>
+        <v>2401</v>
       </c>
       <c r="C23" t="s">
-        <v>2091</v>
+        <v>2088</v>
       </c>
       <c r="D23" t="s">
-        <v>2457</v>
+        <v>2402</v>
       </c>
     </row>
     <row r="24" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B24" t="s">
-        <v>2458</v>
+        <v>2403</v>
       </c>
       <c r="C24" t="s">
-        <v>2094</v>
+        <v>2091</v>
       </c>
       <c r="D24" t="s">
-        <v>2459</v>
+        <v>2404</v>
       </c>
     </row>
     <row r="25" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B25" t="s">
-        <v>2460</v>
+        <v>2405</v>
       </c>
       <c r="D25" t="s">
-        <v>2461</v>
+        <v>2406</v>
       </c>
     </row>
     <row r="26" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B26" t="s">
-        <v>2462</v>
+        <v>2407</v>
       </c>
       <c r="C26" t="s">
-        <v>2097</v>
+        <v>2094</v>
       </c>
       <c r="D26" t="s">
-        <v>2463</v>
+        <v>2408</v>
       </c>
     </row>
     <row r="27" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B27" t="s">
-        <v>2464</v>
+        <v>2409</v>
       </c>
       <c r="C27" t="s">
-        <v>2100</v>
+        <v>2097</v>
       </c>
       <c r="D27" t="s">
-        <v>2465</v>
+        <v>2410</v>
       </c>
     </row>
     <row r="28" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B28" t="s">
-        <v>2466</v>
+        <v>2411</v>
       </c>
       <c r="C28" t="s">
-        <v>2103</v>
+        <v>2100</v>
       </c>
       <c r="D28" t="s">
-        <v>2467</v>
+        <v>2412</v>
       </c>
     </row>
     <row r="29" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B29" t="s">
-        <v>2468</v>
+        <v>2413</v>
       </c>
       <c r="C29" t="s">
-        <v>2106</v>
+        <v>2103</v>
       </c>
       <c r="D29" t="s">
-        <v>2469</v>
+        <v>2414</v>
       </c>
     </row>
     <row r="30" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B30" t="s">
-        <v>2470</v>
+        <v>2415</v>
       </c>
       <c r="C30" t="s">
-        <v>2109</v>
+        <v>2106</v>
       </c>
       <c r="D30" t="s">
-        <v>2471</v>
+        <v>2416</v>
       </c>
     </row>
     <row r="31" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B31" t="s">
-        <v>2472</v>
+        <v>2417</v>
       </c>
       <c r="C31" t="s">
-        <v>2112</v>
+        <v>2109</v>
       </c>
       <c r="D31" t="s">
-        <v>2473</v>
+        <v>2418</v>
       </c>
     </row>
     <row r="32" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B32" t="s">
-        <v>2474</v>
+        <v>2419</v>
       </c>
       <c r="C32" t="s">
-        <v>2115</v>
+        <v>2112</v>
       </c>
       <c r="D32" t="s">
-        <v>2475</v>
+        <v>2420</v>
       </c>
     </row>
     <row r="33" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B33" t="s">
-        <v>2476</v>
+        <v>2421</v>
       </c>
       <c r="C33" t="s">
-        <v>2118</v>
+        <v>2115</v>
       </c>
       <c r="D33" t="s">
-        <v>2477</v>
+        <v>2422</v>
       </c>
     </row>
     <row r="34" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B34" t="s">
-        <v>1653</v>
+        <v>1650</v>
       </c>
       <c r="C34" t="s">
-        <v>2121</v>
+        <v>2118</v>
       </c>
       <c r="D34" t="s">
-        <v>2478</v>
+        <v>2423</v>
       </c>
     </row>
     <row r="35" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B35" t="s">
-        <v>1641</v>
+        <v>1638</v>
       </c>
       <c r="C35" t="s">
-        <v>2126</v>
+        <v>2123</v>
       </c>
       <c r="D35" t="s">
-        <v>2479</v>
+        <v>2424</v>
       </c>
     </row>
     <row r="36" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B36" t="s">
-        <v>2480</v>
+        <v>2425</v>
       </c>
       <c r="C36" t="s">
-        <v>2129</v>
+        <v>2126</v>
       </c>
       <c r="D36" t="s">
-        <v>2481</v>
+        <v>2426</v>
       </c>
     </row>
     <row r="37" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B37" t="s">
-        <v>2482</v>
+        <v>2427</v>
       </c>
       <c r="D37" t="s">
-        <v>2483</v>
+        <v>2428</v>
       </c>
     </row>
     <row r="38" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B38" t="s">
-        <v>2484</v>
+        <v>2429</v>
       </c>
       <c r="C38" t="s">
-        <v>2132</v>
+        <v>2129</v>
       </c>
       <c r="D38" t="s">
-        <v>2485</v>
+        <v>2430</v>
       </c>
     </row>
     <row r="39" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B39" t="s">
-        <v>2486</v>
+        <v>2431</v>
       </c>
       <c r="C39" t="s">
-        <v>2135</v>
+        <v>2132</v>
       </c>
       <c r="D39" t="s">
-        <v>2487</v>
+        <v>2432</v>
       </c>
     </row>
     <row r="40" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B40" t="s">
-        <v>2488</v>
+        <v>2433</v>
       </c>
       <c r="C40" t="s">
-        <v>2138</v>
+        <v>2135</v>
       </c>
       <c r="D40" t="s">
-        <v>2489</v>
+        <v>2434</v>
       </c>
     </row>
     <row r="41" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B41" t="s">
-        <v>2490</v>
+        <v>2435</v>
       </c>
       <c r="C41" t="s">
-        <v>2141</v>
+        <v>2138</v>
       </c>
       <c r="D41" t="s">
-        <v>2491</v>
+        <v>2436</v>
       </c>
     </row>
     <row r="42" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B42" t="s">
-        <v>2492</v>
+        <v>2437</v>
       </c>
       <c r="C42" t="s">
-        <v>2144</v>
+        <v>2141</v>
       </c>
       <c r="D42" t="s">
-        <v>2493</v>
+        <v>2438</v>
       </c>
     </row>
     <row r="43" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B43" t="s">
-        <v>2494</v>
+        <v>2439</v>
       </c>
       <c r="D43" t="s">
-        <v>2495</v>
+        <v>2440</v>
       </c>
     </row>
     <row r="44" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B44" t="s">
-        <v>2496</v>
+        <v>2441</v>
       </c>
       <c r="C44" t="s">
-        <v>2147</v>
+        <v>2144</v>
       </c>
       <c r="D44" t="s">
-        <v>2497</v>
+        <v>2442</v>
       </c>
     </row>
     <row r="45" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B45" t="s">
-        <v>2196</v>
+        <v>2193</v>
       </c>
       <c r="C45" t="s">
-        <v>2150</v>
+        <v>2147</v>
       </c>
       <c r="D45" t="s">
-        <v>2498</v>
+        <v>2443</v>
       </c>
     </row>
     <row r="46" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B46" t="s">
-        <v>2499</v>
+        <v>2444</v>
       </c>
       <c r="C46" t="s">
-        <v>2153</v>
+        <v>2150</v>
       </c>
       <c r="D46" t="s">
-        <v>2500</v>
+        <v>2445</v>
       </c>
     </row>
     <row r="47" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B47" t="s">
-        <v>2501</v>
+        <v>2446</v>
       </c>
       <c r="C47" t="s">
-        <v>2156</v>
+        <v>2153</v>
       </c>
       <c r="D47" t="s">
-        <v>2502</v>
+        <v>2447</v>
       </c>
     </row>
     <row r="48" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B48" t="s">
-        <v>2503</v>
+        <v>2448</v>
       </c>
       <c r="C48" t="s">
-        <v>2159</v>
+        <v>2156</v>
       </c>
       <c r="D48" t="s">
-        <v>2504</v>
+        <v>2449</v>
       </c>
     </row>
     <row r="49" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B49" t="s">
-        <v>2505</v>
+        <v>2450</v>
       </c>
       <c r="C49" t="s">
-        <v>2162</v>
+        <v>2159</v>
       </c>
       <c r="D49" t="s">
-        <v>2506</v>
+        <v>2451</v>
       </c>
     </row>
     <row r="50" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B50" t="s">
-        <v>2507</v>
+        <v>2452</v>
       </c>
       <c r="C50" t="s">
-        <v>2165</v>
+        <v>2162</v>
       </c>
       <c r="D50" t="s">
-        <v>2508</v>
+        <v>2453</v>
       </c>
     </row>
     <row r="51" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B51" t="s">
-        <v>2509</v>
+        <v>2454</v>
       </c>
       <c r="D51" t="s">
-        <v>2510</v>
+        <v>2455</v>
       </c>
     </row>
     <row r="52" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B52" t="s">
-        <v>2511</v>
+        <v>2456</v>
       </c>
       <c r="C52" t="s">
-        <v>2168</v>
+        <v>2165</v>
       </c>
       <c r="D52" t="s">
-        <v>2512</v>
+        <v>2457</v>
       </c>
     </row>
     <row r="53" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B53" t="s">
-        <v>2513</v>
+        <v>2458</v>
       </c>
       <c r="C53" t="s">
-        <v>2171</v>
+        <v>2168</v>
       </c>
       <c r="D53" t="s">
-        <v>2514</v>
+        <v>2459</v>
       </c>
     </row>
     <row r="54" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B54" t="s">
-        <v>2515</v>
+        <v>2460</v>
       </c>
       <c r="C54" t="s">
-        <v>2174</v>
+        <v>2171</v>
       </c>
       <c r="D54" t="s">
-        <v>2516</v>
+        <v>2461</v>
       </c>
     </row>
     <row r="55" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B55" t="s">
-        <v>2517</v>
+        <v>2462</v>
       </c>
       <c r="D55" t="s">
-        <v>2518</v>
+        <v>2463</v>
       </c>
     </row>
     <row r="56" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B56" t="s">
-        <v>2519</v>
+        <v>2464</v>
       </c>
       <c r="C56" t="s">
-        <v>2177</v>
+        <v>2174</v>
       </c>
       <c r="D56" t="s">
-        <v>2520</v>
+        <v>2465</v>
       </c>
     </row>
     <row r="57" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B57" t="s">
-        <v>2521</v>
+        <v>2466</v>
       </c>
       <c r="C57" t="s">
-        <v>2182</v>
+        <v>2179</v>
       </c>
       <c r="D57" t="s">
-        <v>2522</v>
+        <v>2467</v>
       </c>
     </row>
     <row r="58" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B58" t="s">
-        <v>2523</v>
+        <v>2468</v>
       </c>
       <c r="C58" t="s">
-        <v>2185</v>
+        <v>2182</v>
       </c>
       <c r="D58" t="s">
-        <v>2524</v>
+        <v>2469</v>
       </c>
     </row>
     <row r="59" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B59" t="s">
-        <v>2525</v>
+        <v>2470</v>
       </c>
       <c r="C59" t="s">
-        <v>2188</v>
+        <v>2185</v>
       </c>
       <c r="D59" t="s">
-        <v>2526</v>
+        <v>2471</v>
       </c>
     </row>
     <row r="60" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B60" t="s">
-        <v>2527</v>
+        <v>2472</v>
       </c>
       <c r="C60" t="s">
-        <v>2191</v>
+        <v>2188</v>
       </c>
       <c r="D60" t="s">
-        <v>2528</v>
+        <v>2473</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet25.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1800-000000000000}">
   <dimension ref="A1:D19"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>95</v>
+        <v>92</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>97</v>
+        <v>94</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
+        <v>88</v>
+      </c>
+      <c r="B2" t="s">
+        <v>89</v>
+      </c>
+      <c r="D2" t="s">
         <v>91</v>
-      </c>
-[...4 lines deleted...]
-        <v>94</v>
       </c>
     </row>
     <row r="3" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
-        <v>2529</v>
+        <v>2474</v>
       </c>
       <c r="B3" t="s">
-        <v>99</v>
+        <v>96</v>
       </c>
       <c r="D3" t="s">
-        <v>2531</v>
+        <v>2476</v>
       </c>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A4" t="s">
-        <v>2530</v>
+        <v>2475</v>
       </c>
       <c r="B4" t="s">
-        <v>101</v>
+        <v>98</v>
       </c>
       <c r="D4" t="s">
-        <v>2532</v>
+        <v>2477</v>
       </c>
     </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B5" t="s">
-        <v>277</v>
+        <v>274</v>
       </c>
       <c r="D5" t="s">
-        <v>2533</v>
+        <v>2478</v>
       </c>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B6" t="s">
-        <v>103</v>
+        <v>100</v>
       </c>
       <c r="D6" t="s">
-        <v>2534</v>
+        <v>2479</v>
       </c>
     </row>
     <row r="7" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B7" t="s">
-        <v>2535</v>
+        <v>2480</v>
       </c>
       <c r="C7" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="D7" t="s">
-        <v>2536</v>
+        <v>2481</v>
       </c>
     </row>
     <row r="8" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B8" t="s">
-        <v>2537</v>
+        <v>2482</v>
       </c>
       <c r="C8" t="s">
-        <v>109</v>
+        <v>106</v>
       </c>
       <c r="D8" t="s">
-        <v>2538</v>
+        <v>2483</v>
       </c>
     </row>
     <row r="9" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B9" t="s">
-        <v>2539</v>
+        <v>2484</v>
       </c>
       <c r="C9" t="s">
-        <v>112</v>
+        <v>109</v>
       </c>
       <c r="D9" t="s">
-        <v>2540</v>
+        <v>2485</v>
       </c>
     </row>
     <row r="10" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B10" t="s">
-        <v>2541</v>
+        <v>2486</v>
       </c>
       <c r="C10" t="s">
-        <v>115</v>
+        <v>112</v>
       </c>
       <c r="D10" t="s">
-        <v>2542</v>
+        <v>2487</v>
       </c>
     </row>
     <row r="11" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B11" t="s">
-        <v>2543</v>
+        <v>2488</v>
       </c>
       <c r="C11" t="s">
-        <v>118</v>
+        <v>115</v>
       </c>
       <c r="D11" t="s">
-        <v>2544</v>
+        <v>2489</v>
       </c>
     </row>
     <row r="12" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B12" t="s">
-        <v>2545</v>
+        <v>2490</v>
       </c>
       <c r="C12" t="s">
-        <v>121</v>
+        <v>118</v>
       </c>
       <c r="D12" t="s">
-        <v>2546</v>
+        <v>2491</v>
       </c>
     </row>
     <row r="13" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B13" t="s">
-        <v>2547</v>
+        <v>2492</v>
       </c>
       <c r="C13" t="s">
-        <v>124</v>
+        <v>121</v>
       </c>
       <c r="D13" t="s">
-        <v>2548</v>
+        <v>2493</v>
       </c>
     </row>
     <row r="14" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B14" t="s">
-        <v>1994</v>
+        <v>1991</v>
       </c>
       <c r="C14" t="s">
-        <v>127</v>
+        <v>124</v>
       </c>
       <c r="D14" t="s">
-        <v>2549</v>
+        <v>2494</v>
       </c>
     </row>
     <row r="15" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B15" t="s">
-        <v>2550</v>
+        <v>2495</v>
       </c>
       <c r="C15" t="s">
-        <v>130</v>
+        <v>127</v>
       </c>
       <c r="D15" t="s">
-        <v>2551</v>
+        <v>2496</v>
       </c>
     </row>
     <row r="16" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B16" t="s">
-        <v>2552</v>
+        <v>2497</v>
       </c>
       <c r="C16" t="s">
-        <v>133</v>
+        <v>130</v>
       </c>
       <c r="D16" t="s">
-        <v>2553</v>
+        <v>2498</v>
       </c>
     </row>
     <row r="17" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B17" t="s">
-        <v>2554</v>
+        <v>2499</v>
       </c>
       <c r="C17" t="s">
-        <v>136</v>
+        <v>133</v>
       </c>
       <c r="D17" t="s">
-        <v>2555</v>
+        <v>2500</v>
       </c>
     </row>
     <row r="18" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B18" t="s">
-        <v>2556</v>
+        <v>2501</v>
       </c>
       <c r="C18" t="s">
-        <v>139</v>
+        <v>136</v>
       </c>
       <c r="D18" t="s">
-        <v>2557</v>
+        <v>2502</v>
       </c>
     </row>
     <row r="19" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B19" t="s">
-        <v>2558</v>
+        <v>2503</v>
       </c>
       <c r="C19" t="s">
-        <v>142</v>
+        <v>139</v>
       </c>
       <c r="D19" t="s">
-        <v>2559</v>
+        <v>2504</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet26.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1900-000000000000}">
   <dimension ref="A1:D75"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>95</v>
+        <v>92</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>97</v>
+        <v>94</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
-        <v>2577</v>
+        <v>2522</v>
       </c>
       <c r="B2" t="s">
-        <v>2578</v>
+        <v>2523</v>
       </c>
       <c r="D2" t="s">
-        <v>2579</v>
+        <v>2524</v>
       </c>
     </row>
     <row r="3" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
-        <v>2580</v>
+        <v>2525</v>
       </c>
       <c r="B3" t="s">
-        <v>99</v>
+        <v>96</v>
       </c>
       <c r="D3" t="s">
-        <v>2581</v>
+        <v>2526</v>
       </c>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A4" t="s">
-        <v>2582</v>
+        <v>2527</v>
       </c>
       <c r="B4" t="s">
-        <v>2583</v>
+        <v>2528</v>
       </c>
       <c r="D4" t="s">
-        <v>2584</v>
+        <v>2529</v>
       </c>
     </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A5" t="s">
-        <v>2585</v>
+        <v>2530</v>
       </c>
       <c r="B5" t="s">
-        <v>2586</v>
+        <v>2531</v>
       </c>
       <c r="D5" t="s">
-        <v>2587</v>
+        <v>2532</v>
       </c>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B6" t="s">
-        <v>2588</v>
+        <v>2533</v>
       </c>
       <c r="D6" t="s">
-        <v>2589</v>
+        <v>2534</v>
       </c>
     </row>
     <row r="7" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B7" t="s">
-        <v>2590</v>
+        <v>2535</v>
       </c>
       <c r="D7" t="s">
-        <v>2591</v>
+        <v>2536</v>
       </c>
     </row>
     <row r="8" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B8" t="s">
-        <v>2592</v>
+        <v>2537</v>
       </c>
       <c r="D8" t="s">
-        <v>2593</v>
+        <v>2538</v>
       </c>
     </row>
     <row r="9" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B9" t="s">
-        <v>2560</v>
+        <v>2505</v>
       </c>
       <c r="C9" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="D9" t="s">
-        <v>2594</v>
+        <v>2539</v>
       </c>
     </row>
     <row r="10" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B10" t="s">
-        <v>2595</v>
+        <v>2540</v>
       </c>
       <c r="C10" t="s">
-        <v>109</v>
+        <v>106</v>
       </c>
       <c r="D10" t="s">
-        <v>2596</v>
+        <v>2541</v>
       </c>
     </row>
     <row r="11" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B11" t="s">
-        <v>2597</v>
+        <v>2542</v>
       </c>
       <c r="C11" t="s">
-        <v>112</v>
+        <v>109</v>
       </c>
       <c r="D11" t="s">
-        <v>2598</v>
+        <v>2543</v>
       </c>
     </row>
     <row r="12" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B12" t="s">
-        <v>2561</v>
+        <v>2506</v>
       </c>
       <c r="C12" t="s">
-        <v>115</v>
+        <v>112</v>
       </c>
       <c r="D12" t="s">
-        <v>2599</v>
+        <v>2544</v>
       </c>
     </row>
     <row r="13" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B13" t="s">
-        <v>2600</v>
+        <v>2545</v>
       </c>
       <c r="C13" t="s">
-        <v>118</v>
+        <v>115</v>
       </c>
       <c r="D13" t="s">
-        <v>2601</v>
+        <v>2546</v>
       </c>
     </row>
     <row r="14" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B14" t="s">
-        <v>2562</v>
+        <v>2507</v>
       </c>
       <c r="C14" t="s">
-        <v>121</v>
+        <v>118</v>
       </c>
       <c r="D14" t="s">
-        <v>2602</v>
+        <v>2547</v>
       </c>
     </row>
     <row r="15" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B15" t="s">
-        <v>2603</v>
+        <v>2548</v>
       </c>
       <c r="C15" t="s">
-        <v>124</v>
+        <v>121</v>
       </c>
       <c r="D15" t="s">
-        <v>2604</v>
+        <v>2549</v>
       </c>
     </row>
     <row r="16" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B16" t="s">
-        <v>2605</v>
+        <v>2550</v>
       </c>
       <c r="C16" t="s">
-        <v>127</v>
+        <v>124</v>
       </c>
       <c r="D16" t="s">
-        <v>2606</v>
+        <v>2551</v>
       </c>
     </row>
     <row r="17" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B17" t="s">
-        <v>2607</v>
+        <v>2552</v>
       </c>
       <c r="C17" t="s">
-        <v>130</v>
+        <v>127</v>
       </c>
       <c r="D17" t="s">
-        <v>2608</v>
+        <v>2553</v>
       </c>
     </row>
     <row r="18" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B18" t="s">
-        <v>2609</v>
+        <v>2554</v>
       </c>
       <c r="C18" t="s">
-        <v>133</v>
+        <v>130</v>
       </c>
       <c r="D18" t="s">
-        <v>2610</v>
+        <v>2555</v>
       </c>
     </row>
     <row r="19" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B19" t="s">
-        <v>2563</v>
+        <v>2508</v>
       </c>
       <c r="C19" t="s">
-        <v>136</v>
+        <v>133</v>
       </c>
       <c r="D19" t="s">
-        <v>2611</v>
+        <v>2556</v>
       </c>
     </row>
     <row r="20" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B20" t="s">
-        <v>2612</v>
+        <v>2557</v>
       </c>
       <c r="C20" t="s">
-        <v>139</v>
+        <v>136</v>
       </c>
       <c r="D20" t="s">
-        <v>2613</v>
+        <v>2558</v>
       </c>
     </row>
     <row r="21" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B21" t="s">
-        <v>2614</v>
+        <v>2559</v>
       </c>
       <c r="C21" t="s">
-        <v>142</v>
+        <v>139</v>
       </c>
       <c r="D21" t="s">
-        <v>2615</v>
+        <v>2560</v>
       </c>
     </row>
     <row r="22" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B22" t="s">
-        <v>2616</v>
+        <v>2561</v>
       </c>
       <c r="C22" t="s">
-        <v>145</v>
+        <v>142</v>
       </c>
       <c r="D22" t="s">
-        <v>2617</v>
+        <v>2562</v>
       </c>
     </row>
     <row r="23" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B23" t="s">
-        <v>2618</v>
+        <v>2563</v>
       </c>
       <c r="C23" t="s">
-        <v>194</v>
+        <v>191</v>
       </c>
       <c r="D23" t="s">
-        <v>2619</v>
+        <v>2564</v>
       </c>
     </row>
     <row r="24" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B24" t="s">
-        <v>2620</v>
+        <v>2565</v>
       </c>
       <c r="C24" t="s">
-        <v>197</v>
+        <v>194</v>
       </c>
       <c r="D24" t="s">
-        <v>2621</v>
+        <v>2566</v>
       </c>
     </row>
     <row r="25" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B25" t="s">
-        <v>2622</v>
+        <v>2567</v>
       </c>
       <c r="C25" t="s">
-        <v>200</v>
+        <v>197</v>
       </c>
       <c r="D25" t="s">
-        <v>2623</v>
+        <v>2568</v>
       </c>
     </row>
     <row r="26" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B26" t="s">
-        <v>2624</v>
+        <v>2569</v>
       </c>
       <c r="C26" t="s">
-        <v>203</v>
+        <v>200</v>
       </c>
       <c r="D26" t="s">
-        <v>2625</v>
+        <v>2570</v>
       </c>
     </row>
     <row r="27" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B27" t="s">
-        <v>2626</v>
+        <v>2571</v>
       </c>
       <c r="C27" t="s">
-        <v>208</v>
+        <v>205</v>
       </c>
       <c r="D27" t="s">
-        <v>2627</v>
+        <v>2572</v>
       </c>
     </row>
     <row r="28" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B28" t="s">
-        <v>2628</v>
+        <v>2573</v>
       </c>
       <c r="C28" t="s">
-        <v>211</v>
+        <v>208</v>
       </c>
       <c r="D28" t="s">
-        <v>2629</v>
+        <v>2574</v>
       </c>
     </row>
     <row r="29" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B29" t="s">
-        <v>2630</v>
+        <v>2575</v>
       </c>
       <c r="C29" t="s">
-        <v>214</v>
+        <v>211</v>
       </c>
       <c r="D29" t="s">
-        <v>2631</v>
+        <v>2576</v>
       </c>
     </row>
     <row r="30" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B30" t="s">
-        <v>2564</v>
+        <v>2509</v>
       </c>
       <c r="C30" t="s">
-        <v>217</v>
+        <v>214</v>
       </c>
       <c r="D30" t="s">
-        <v>2632</v>
+        <v>2577</v>
       </c>
     </row>
     <row r="31" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B31" t="s">
-        <v>2633</v>
+        <v>2578</v>
       </c>
       <c r="C31" t="s">
-        <v>222</v>
+        <v>219</v>
       </c>
       <c r="D31" t="s">
-        <v>2634</v>
+        <v>2579</v>
       </c>
     </row>
     <row r="32" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B32" t="s">
-        <v>2635</v>
+        <v>2580</v>
       </c>
       <c r="C32" t="s">
-        <v>225</v>
+        <v>222</v>
       </c>
       <c r="D32" t="s">
-        <v>2636</v>
+        <v>2581</v>
       </c>
     </row>
     <row r="33" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B33" t="s">
-        <v>2637</v>
+        <v>2582</v>
       </c>
       <c r="C33" t="s">
-        <v>230</v>
+        <v>227</v>
       </c>
       <c r="D33" t="s">
-        <v>2638</v>
+        <v>2583</v>
       </c>
     </row>
     <row r="34" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B34" t="s">
-        <v>2639</v>
+        <v>2584</v>
       </c>
       <c r="C34" t="s">
-        <v>233</v>
+        <v>230</v>
       </c>
       <c r="D34" t="s">
-        <v>2640</v>
+        <v>2585</v>
       </c>
     </row>
     <row r="35" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B35" t="s">
-        <v>2641</v>
+        <v>2586</v>
       </c>
       <c r="D35" t="s">
-        <v>2642</v>
+        <v>2587</v>
       </c>
     </row>
     <row r="36" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B36" t="s">
-        <v>2565</v>
+        <v>2510</v>
       </c>
       <c r="C36" t="s">
-        <v>239</v>
+        <v>236</v>
       </c>
       <c r="D36" t="s">
-        <v>2643</v>
+        <v>2588</v>
       </c>
     </row>
     <row r="37" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B37" t="s">
-        <v>2644</v>
+        <v>2589</v>
       </c>
       <c r="C37" t="s">
-        <v>242</v>
+        <v>239</v>
       </c>
       <c r="D37" t="s">
-        <v>2645</v>
+        <v>2590</v>
       </c>
     </row>
     <row r="38" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B38" t="s">
-        <v>2646</v>
+        <v>2591</v>
       </c>
       <c r="C38" t="s">
-        <v>247</v>
+        <v>244</v>
       </c>
       <c r="D38" t="s">
-        <v>2647</v>
+        <v>2592</v>
       </c>
     </row>
     <row r="39" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B39" t="s">
-        <v>2566</v>
+        <v>2511</v>
       </c>
       <c r="C39" t="s">
-        <v>250</v>
+        <v>247</v>
       </c>
       <c r="D39" t="s">
-        <v>2648</v>
+        <v>2593</v>
       </c>
     </row>
     <row r="40" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B40" t="s">
-        <v>2567</v>
+        <v>2512</v>
       </c>
       <c r="C40" t="s">
-        <v>253</v>
+        <v>250</v>
       </c>
       <c r="D40" t="s">
-        <v>2649</v>
+        <v>2594</v>
       </c>
     </row>
     <row r="41" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B41" t="s">
-        <v>2650</v>
+        <v>2595</v>
       </c>
       <c r="C41" t="s">
-        <v>256</v>
+        <v>253</v>
       </c>
       <c r="D41" t="s">
-        <v>2651</v>
+        <v>2596</v>
       </c>
     </row>
     <row r="42" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B42" t="s">
-        <v>1105</v>
+        <v>1102</v>
       </c>
       <c r="C42" t="s">
-        <v>259</v>
+        <v>256</v>
       </c>
       <c r="D42" t="s">
-        <v>2652</v>
+        <v>2597</v>
       </c>
     </row>
     <row r="43" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B43" t="s">
-        <v>2568</v>
+        <v>2513</v>
       </c>
       <c r="C43" t="s">
-        <v>263</v>
+        <v>260</v>
       </c>
       <c r="D43" t="s">
-        <v>2653</v>
+        <v>2598</v>
       </c>
     </row>
     <row r="44" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B44" t="s">
-        <v>2654</v>
+        <v>2599</v>
       </c>
       <c r="C44" t="s">
-        <v>266</v>
+        <v>263</v>
       </c>
       <c r="D44" t="s">
-        <v>2655</v>
+        <v>2600</v>
       </c>
     </row>
     <row r="45" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B45" t="s">
-        <v>2569</v>
+        <v>2514</v>
       </c>
       <c r="C45" t="s">
-        <v>358</v>
+        <v>355</v>
       </c>
       <c r="D45" t="s">
-        <v>2656</v>
+        <v>2601</v>
       </c>
     </row>
     <row r="46" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B46" t="s">
-        <v>2657</v>
+        <v>2602</v>
       </c>
       <c r="C46" t="s">
-        <v>361</v>
+        <v>358</v>
       </c>
       <c r="D46" t="s">
-        <v>2658</v>
+        <v>2603</v>
       </c>
     </row>
     <row r="47" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B47" t="s">
-        <v>2659</v>
+        <v>2604</v>
       </c>
       <c r="C47" t="s">
-        <v>366</v>
+        <v>363</v>
       </c>
       <c r="D47" t="s">
-        <v>2660</v>
+        <v>2605</v>
       </c>
     </row>
     <row r="48" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B48" t="s">
-        <v>2661</v>
+        <v>2606</v>
       </c>
       <c r="C48" t="s">
-        <v>369</v>
+        <v>366</v>
       </c>
       <c r="D48" t="s">
-        <v>2662</v>
+        <v>2607</v>
       </c>
     </row>
     <row r="49" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B49" t="s">
-        <v>2663</v>
+        <v>2608</v>
       </c>
       <c r="D49" t="s">
-        <v>2664</v>
+        <v>2609</v>
       </c>
     </row>
     <row r="50" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B50" t="s">
-        <v>2570</v>
+        <v>2515</v>
       </c>
       <c r="C50" t="s">
-        <v>372</v>
+        <v>369</v>
       </c>
       <c r="D50" t="s">
-        <v>2665</v>
+        <v>2610</v>
       </c>
     </row>
     <row r="51" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B51" t="s">
-        <v>2666</v>
+        <v>2611</v>
       </c>
       <c r="C51" t="s">
-        <v>377</v>
+        <v>374</v>
       </c>
       <c r="D51" t="s">
-        <v>2667</v>
+        <v>2612</v>
       </c>
     </row>
     <row r="52" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B52" t="s">
-        <v>2668</v>
+        <v>2613</v>
       </c>
       <c r="C52" t="s">
-        <v>380</v>
+        <v>377</v>
       </c>
       <c r="D52" t="s">
-        <v>2669</v>
+        <v>2614</v>
       </c>
     </row>
     <row r="53" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B53" t="s">
-        <v>2670</v>
+        <v>2615</v>
       </c>
       <c r="C53" t="s">
-        <v>385</v>
+        <v>382</v>
       </c>
       <c r="D53" t="s">
-        <v>2671</v>
+        <v>2616</v>
       </c>
     </row>
     <row r="54" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B54" t="s">
-        <v>2672</v>
+        <v>2617</v>
       </c>
       <c r="C54" t="s">
-        <v>388</v>
+        <v>385</v>
       </c>
       <c r="D54" t="s">
-        <v>2673</v>
+        <v>2618</v>
       </c>
     </row>
     <row r="55" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B55" t="s">
-        <v>2674</v>
+        <v>2619</v>
       </c>
       <c r="C55" t="s">
-        <v>391</v>
+        <v>388</v>
       </c>
       <c r="D55" t="s">
-        <v>2675</v>
+        <v>2620</v>
       </c>
     </row>
     <row r="56" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B56" t="s">
-        <v>2676</v>
+        <v>2621</v>
       </c>
       <c r="C56" t="s">
-        <v>396</v>
+        <v>393</v>
       </c>
       <c r="D56" t="s">
-        <v>2677</v>
+        <v>2622</v>
       </c>
     </row>
     <row r="57" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B57" t="s">
-        <v>2678</v>
+        <v>2623</v>
       </c>
       <c r="C57" t="s">
-        <v>399</v>
+        <v>396</v>
       </c>
       <c r="D57" t="s">
-        <v>2679</v>
+        <v>2624</v>
       </c>
     </row>
     <row r="58" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B58" t="s">
-        <v>2680</v>
+        <v>2625</v>
       </c>
       <c r="D58" t="s">
-        <v>2681</v>
+        <v>2626</v>
       </c>
     </row>
     <row r="59" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B59" t="s">
-        <v>2571</v>
+        <v>2516</v>
       </c>
       <c r="C59" t="s">
-        <v>402</v>
+        <v>399</v>
       </c>
       <c r="D59" t="s">
-        <v>2682</v>
+        <v>2627</v>
       </c>
     </row>
     <row r="60" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B60" t="s">
-        <v>811</v>
+        <v>808</v>
       </c>
       <c r="C60" t="s">
-        <v>405</v>
+        <v>402</v>
       </c>
       <c r="D60" t="s">
-        <v>2683</v>
+        <v>2628</v>
       </c>
     </row>
     <row r="61" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B61" t="s">
-        <v>2684</v>
+        <v>2629</v>
       </c>
       <c r="C61" t="s">
-        <v>408</v>
+        <v>405</v>
       </c>
       <c r="D61" t="s">
-        <v>2685</v>
+        <v>2630</v>
       </c>
     </row>
     <row r="62" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B62" t="s">
-        <v>2686</v>
+        <v>2631</v>
       </c>
       <c r="D62" t="s">
-        <v>2687</v>
+        <v>2632</v>
       </c>
     </row>
     <row r="63" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B63" t="s">
-        <v>2688</v>
+        <v>2633</v>
       </c>
       <c r="C63" t="s">
-        <v>411</v>
+        <v>408</v>
       </c>
       <c r="D63" t="s">
-        <v>2689</v>
+        <v>2634</v>
       </c>
     </row>
     <row r="64" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B64" t="s">
-        <v>2690</v>
+        <v>2635</v>
       </c>
       <c r="C64" t="s">
-        <v>414</v>
+        <v>411</v>
       </c>
       <c r="D64" t="s">
-        <v>2691</v>
+        <v>2636</v>
       </c>
     </row>
     <row r="65" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B65" t="s">
-        <v>2692</v>
+        <v>2637</v>
       </c>
       <c r="C65" t="s">
-        <v>417</v>
+        <v>414</v>
       </c>
       <c r="D65" t="s">
-        <v>2693</v>
+        <v>2638</v>
       </c>
     </row>
     <row r="66" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B66" t="s">
-        <v>2694</v>
+        <v>2639</v>
       </c>
       <c r="C66" t="s">
-        <v>420</v>
+        <v>417</v>
       </c>
       <c r="D66" t="s">
-        <v>2695</v>
+        <v>2640</v>
       </c>
     </row>
     <row r="67" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B67" t="s">
-        <v>780</v>
+        <v>777</v>
       </c>
       <c r="C67" t="s">
-        <v>425</v>
+        <v>422</v>
       </c>
       <c r="D67" t="s">
-        <v>2696</v>
+        <v>2641</v>
       </c>
     </row>
     <row r="68" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B68" t="s">
-        <v>2697</v>
+        <v>2642</v>
       </c>
       <c r="C68" t="s">
-        <v>428</v>
+        <v>425</v>
       </c>
       <c r="D68" t="s">
-        <v>2698</v>
+        <v>2643</v>
       </c>
     </row>
     <row r="69" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B69" t="s">
-        <v>2699</v>
+        <v>2644</v>
       </c>
       <c r="D69" t="s">
-        <v>2700</v>
+        <v>2645</v>
       </c>
     </row>
     <row r="70" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B70" t="s">
-        <v>2701</v>
+        <v>2646</v>
       </c>
       <c r="C70" t="s">
-        <v>431</v>
+        <v>428</v>
       </c>
       <c r="D70" t="s">
-        <v>2702</v>
+        <v>2647</v>
       </c>
     </row>
     <row r="71" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B71" t="s">
-        <v>2703</v>
+        <v>2648</v>
       </c>
       <c r="C71" t="s">
-        <v>434</v>
+        <v>431</v>
       </c>
       <c r="D71" t="s">
-        <v>2704</v>
+        <v>2649</v>
       </c>
     </row>
     <row r="72" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B72" t="s">
-        <v>2705</v>
+        <v>2650</v>
       </c>
       <c r="C72" t="s">
-        <v>437</v>
+        <v>434</v>
       </c>
       <c r="D72" t="s">
-        <v>2706</v>
+        <v>2651</v>
       </c>
     </row>
     <row r="73" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B73" t="s">
-        <v>2707</v>
+        <v>2652</v>
       </c>
       <c r="C73" t="s">
-        <v>440</v>
+        <v>437</v>
       </c>
       <c r="D73" t="s">
-        <v>2708</v>
+        <v>2653</v>
       </c>
     </row>
     <row r="74" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B74" t="s">
-        <v>2709</v>
+        <v>2654</v>
       </c>
       <c r="C74" t="s">
-        <v>443</v>
+        <v>440</v>
       </c>
       <c r="D74" t="s">
-        <v>2710</v>
+        <v>2655</v>
       </c>
     </row>
     <row r="75" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B75" t="s">
-        <v>2711</v>
+        <v>2656</v>
       </c>
       <c r="C75" t="s">
-        <v>446</v>
+        <v>443</v>
       </c>
       <c r="D75" t="s">
-        <v>2712</v>
+        <v>2657</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <dimension ref="A1:D52"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>95</v>
+        <v>92</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>97</v>
+        <v>94</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
         <v>11</v>
       </c>
       <c r="B2" t="s">
         <v>12</v>
       </c>
       <c r="D2" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="3" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
-        <v>149</v>
+        <v>146</v>
       </c>
       <c r="B3" t="s">
-        <v>99</v>
+        <v>96</v>
       </c>
       <c r="D3" t="s">
-        <v>151</v>
+        <v>148</v>
       </c>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A4" t="s">
-        <v>150</v>
+        <v>147</v>
       </c>
       <c r="B4" t="s">
-        <v>103</v>
+        <v>100</v>
       </c>
       <c r="D4" t="s">
-        <v>152</v>
+        <v>149</v>
       </c>
     </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B5" t="s">
-        <v>153</v>
+        <v>150</v>
       </c>
       <c r="D5" t="s">
-        <v>154</v>
+        <v>151</v>
       </c>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B6" t="s">
-        <v>155</v>
+        <v>152</v>
       </c>
       <c r="D6" t="s">
-        <v>156</v>
+        <v>153</v>
       </c>
     </row>
     <row r="7" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B7" t="s">
-        <v>157</v>
+        <v>154</v>
       </c>
       <c r="D7" t="s">
-        <v>158</v>
+        <v>155</v>
       </c>
     </row>
     <row r="8" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B8" t="s">
-        <v>159</v>
+        <v>156</v>
       </c>
       <c r="D8" t="s">
-        <v>160</v>
+        <v>157</v>
       </c>
     </row>
     <row r="9" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B9" t="s">
-        <v>161</v>
+        <v>158</v>
       </c>
       <c r="C9" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="D9" t="s">
-        <v>162</v>
+        <v>159</v>
       </c>
     </row>
     <row r="10" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B10" t="s">
-        <v>163</v>
+        <v>160</v>
       </c>
       <c r="C10" t="s">
-        <v>109</v>
+        <v>106</v>
       </c>
       <c r="D10" t="s">
-        <v>164</v>
+        <v>161</v>
       </c>
     </row>
     <row r="11" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B11" t="s">
-        <v>165</v>
+        <v>162</v>
       </c>
       <c r="C11" t="s">
-        <v>112</v>
+        <v>109</v>
       </c>
       <c r="D11" t="s">
-        <v>166</v>
+        <v>163</v>
       </c>
     </row>
     <row r="12" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B12" t="s">
-        <v>167</v>
+        <v>164</v>
       </c>
       <c r="D12" t="s">
-        <v>168</v>
+        <v>165</v>
       </c>
     </row>
     <row r="13" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B13" t="s">
-        <v>169</v>
+        <v>166</v>
       </c>
       <c r="C13" t="s">
-        <v>115</v>
+        <v>112</v>
       </c>
       <c r="D13" t="s">
-        <v>170</v>
+        <v>167</v>
       </c>
     </row>
     <row r="14" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B14" t="s">
-        <v>171</v>
+        <v>168</v>
       </c>
       <c r="C14" t="s">
-        <v>118</v>
+        <v>115</v>
       </c>
       <c r="D14" t="s">
-        <v>172</v>
+        <v>169</v>
       </c>
     </row>
     <row r="15" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B15" t="s">
-        <v>173</v>
+        <v>170</v>
       </c>
       <c r="D15" t="s">
-        <v>174</v>
+        <v>171</v>
       </c>
     </row>
     <row r="16" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B16" t="s">
-        <v>175</v>
+        <v>172</v>
       </c>
       <c r="C16" t="s">
-        <v>121</v>
+        <v>118</v>
       </c>
       <c r="D16" t="s">
-        <v>176</v>
+        <v>173</v>
       </c>
     </row>
     <row r="17" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B17" t="s">
-        <v>177</v>
+        <v>174</v>
       </c>
       <c r="C17" t="s">
-        <v>124</v>
+        <v>121</v>
       </c>
       <c r="D17" t="s">
-        <v>178</v>
+        <v>175</v>
       </c>
     </row>
     <row r="18" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B18" t="s">
-        <v>179</v>
+        <v>176</v>
       </c>
       <c r="C18" t="s">
-        <v>127</v>
+        <v>124</v>
       </c>
       <c r="D18" t="s">
-        <v>180</v>
+        <v>177</v>
       </c>
     </row>
     <row r="19" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B19" t="s">
-        <v>181</v>
+        <v>178</v>
       </c>
       <c r="C19" t="s">
-        <v>130</v>
+        <v>127</v>
       </c>
       <c r="D19" t="s">
-        <v>182</v>
+        <v>179</v>
       </c>
     </row>
     <row r="20" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B20" t="s">
-        <v>183</v>
+        <v>180</v>
       </c>
       <c r="C20" t="s">
-        <v>133</v>
+        <v>130</v>
       </c>
       <c r="D20" t="s">
-        <v>184</v>
+        <v>181</v>
       </c>
     </row>
     <row r="21" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B21" t="s">
-        <v>185</v>
+        <v>182</v>
       </c>
       <c r="C21" t="s">
-        <v>136</v>
+        <v>133</v>
       </c>
       <c r="D21" t="s">
-        <v>186</v>
+        <v>183</v>
       </c>
     </row>
     <row r="22" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B22" t="s">
-        <v>187</v>
+        <v>184</v>
       </c>
       <c r="C22" t="s">
-        <v>139</v>
+        <v>136</v>
       </c>
       <c r="D22" t="s">
-        <v>188</v>
+        <v>185</v>
       </c>
     </row>
     <row r="23" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B23" t="s">
-        <v>189</v>
+        <v>186</v>
       </c>
       <c r="C23" t="s">
-        <v>142</v>
+        <v>139</v>
       </c>
       <c r="D23" t="s">
-        <v>190</v>
+        <v>187</v>
       </c>
     </row>
     <row r="24" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B24" t="s">
-        <v>191</v>
+        <v>188</v>
       </c>
       <c r="C24" t="s">
-        <v>145</v>
+        <v>142</v>
       </c>
       <c r="D24" t="s">
-        <v>192</v>
+        <v>189</v>
       </c>
     </row>
     <row r="25" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B25" t="s">
-        <v>193</v>
+        <v>190</v>
       </c>
       <c r="C25" t="s">
-        <v>194</v>
+        <v>191</v>
       </c>
       <c r="D25" t="s">
-        <v>195</v>
+        <v>192</v>
       </c>
     </row>
     <row r="26" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B26" t="s">
-        <v>196</v>
+        <v>193</v>
       </c>
       <c r="C26" t="s">
-        <v>197</v>
+        <v>194</v>
       </c>
       <c r="D26" t="s">
-        <v>198</v>
+        <v>195</v>
       </c>
     </row>
     <row r="27" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B27" t="s">
-        <v>199</v>
+        <v>196</v>
       </c>
       <c r="C27" t="s">
-        <v>200</v>
+        <v>197</v>
       </c>
       <c r="D27" t="s">
-        <v>201</v>
+        <v>198</v>
       </c>
     </row>
     <row r="28" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B28" t="s">
-        <v>202</v>
+        <v>199</v>
       </c>
       <c r="C28" t="s">
-        <v>203</v>
+        <v>200</v>
       </c>
       <c r="D28" t="s">
-        <v>204</v>
+        <v>201</v>
       </c>
     </row>
     <row r="29" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B29" t="s">
-        <v>205</v>
+        <v>202</v>
       </c>
       <c r="D29" t="s">
-        <v>206</v>
+        <v>203</v>
       </c>
     </row>
     <row r="30" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B30" t="s">
-        <v>207</v>
+        <v>204</v>
       </c>
       <c r="C30" t="s">
-        <v>208</v>
+        <v>205</v>
       </c>
       <c r="D30" t="s">
-        <v>209</v>
+        <v>206</v>
       </c>
     </row>
     <row r="31" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B31" t="s">
-        <v>210</v>
+        <v>207</v>
       </c>
       <c r="C31" t="s">
-        <v>211</v>
+        <v>208</v>
       </c>
       <c r="D31" t="s">
-        <v>212</v>
+        <v>209</v>
       </c>
     </row>
     <row r="32" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B32" t="s">
-        <v>213</v>
+        <v>210</v>
       </c>
       <c r="C32" t="s">
-        <v>214</v>
+        <v>211</v>
       </c>
       <c r="D32" t="s">
-        <v>215</v>
+        <v>212</v>
       </c>
     </row>
     <row r="33" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B33" t="s">
-        <v>216</v>
+        <v>213</v>
       </c>
       <c r="C33" t="s">
-        <v>217</v>
+        <v>214</v>
       </c>
       <c r="D33" t="s">
-        <v>218</v>
+        <v>215</v>
       </c>
     </row>
     <row r="34" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B34" t="s">
-        <v>219</v>
+        <v>216</v>
       </c>
       <c r="D34" t="s">
-        <v>220</v>
+        <v>217</v>
       </c>
     </row>
     <row r="35" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B35" t="s">
-        <v>221</v>
+        <v>218</v>
       </c>
       <c r="C35" t="s">
-        <v>222</v>
+        <v>219</v>
       </c>
       <c r="D35" t="s">
-        <v>223</v>
+        <v>220</v>
       </c>
     </row>
     <row r="36" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B36" t="s">
-        <v>224</v>
+        <v>221</v>
       </c>
       <c r="C36" t="s">
-        <v>225</v>
+        <v>222</v>
       </c>
       <c r="D36" t="s">
-        <v>226</v>
+        <v>223</v>
       </c>
     </row>
     <row r="37" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B37" t="s">
-        <v>227</v>
+        <v>224</v>
       </c>
       <c r="D37" t="s">
-        <v>228</v>
+        <v>225</v>
       </c>
     </row>
     <row r="38" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B38" t="s">
-        <v>229</v>
+        <v>226</v>
       </c>
       <c r="C38" t="s">
-        <v>230</v>
+        <v>227</v>
       </c>
       <c r="D38" t="s">
-        <v>231</v>
+        <v>228</v>
       </c>
     </row>
     <row r="39" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B39" t="s">
-        <v>232</v>
+        <v>229</v>
       </c>
       <c r="C39" t="s">
-        <v>233</v>
+        <v>230</v>
       </c>
       <c r="D39" t="s">
-        <v>234</v>
+        <v>231</v>
       </c>
     </row>
     <row r="40" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B40" t="s">
-        <v>235</v>
+        <v>232</v>
       </c>
       <c r="D40" t="s">
-        <v>236</v>
+        <v>233</v>
       </c>
     </row>
     <row r="41" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B41" t="s">
-        <v>159</v>
+        <v>156</v>
       </c>
       <c r="D41" t="s">
-        <v>237</v>
+        <v>234</v>
       </c>
     </row>
     <row r="42" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B42" t="s">
-        <v>238</v>
+        <v>235</v>
       </c>
       <c r="C42" t="s">
-        <v>239</v>
+        <v>236</v>
       </c>
       <c r="D42" t="s">
-        <v>240</v>
+        <v>237</v>
       </c>
     </row>
     <row r="43" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B43" t="s">
-        <v>241</v>
+        <v>238</v>
       </c>
       <c r="C43" t="s">
-        <v>242</v>
+        <v>239</v>
       </c>
       <c r="D43" t="s">
-        <v>243</v>
+        <v>240</v>
       </c>
     </row>
     <row r="44" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B44" t="s">
-        <v>244</v>
+        <v>241</v>
       </c>
       <c r="D44" t="s">
-        <v>245</v>
+        <v>242</v>
       </c>
     </row>
     <row r="45" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B45" t="s">
-        <v>246</v>
+        <v>243</v>
       </c>
       <c r="C45" t="s">
-        <v>247</v>
+        <v>244</v>
       </c>
       <c r="D45" t="s">
-        <v>248</v>
+        <v>245</v>
       </c>
     </row>
     <row r="46" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B46" t="s">
-        <v>249</v>
+        <v>246</v>
       </c>
       <c r="C46" t="s">
-        <v>250</v>
+        <v>247</v>
       </c>
       <c r="D46" t="s">
-        <v>251</v>
+        <v>248</v>
       </c>
     </row>
     <row r="47" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B47" t="s">
-        <v>252</v>
+        <v>249</v>
       </c>
       <c r="C47" t="s">
-        <v>253</v>
+        <v>250</v>
       </c>
       <c r="D47" t="s">
-        <v>254</v>
+        <v>251</v>
       </c>
     </row>
     <row r="48" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B48" t="s">
-        <v>255</v>
+        <v>252</v>
       </c>
       <c r="C48" t="s">
-        <v>256</v>
+        <v>253</v>
       </c>
       <c r="D48" t="s">
-        <v>257</v>
+        <v>254</v>
       </c>
     </row>
     <row r="49" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B49" t="s">
-        <v>258</v>
+        <v>255</v>
       </c>
       <c r="C49" t="s">
-        <v>259</v>
+        <v>256</v>
       </c>
       <c r="D49" t="s">
-        <v>260</v>
+        <v>257</v>
       </c>
     </row>
     <row r="50" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B50" t="s">
-        <v>227</v>
+        <v>224</v>
       </c>
       <c r="D50" t="s">
-        <v>261</v>
+        <v>258</v>
       </c>
     </row>
     <row r="51" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B51" t="s">
-        <v>262</v>
+        <v>259</v>
       </c>
       <c r="C51" t="s">
-        <v>263</v>
+        <v>260</v>
       </c>
       <c r="D51" t="s">
-        <v>264</v>
+        <v>261</v>
       </c>
     </row>
     <row r="52" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B52" t="s">
-        <v>265</v>
+        <v>262</v>
       </c>
       <c r="C52" t="s">
-        <v>266</v>
+        <v>263</v>
       </c>
       <c r="D52" t="s">
-        <v>267</v>
+        <v>264</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
   <dimension ref="A1:D181"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>95</v>
+        <v>92</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>97</v>
+        <v>94</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
         <v>15</v>
       </c>
       <c r="B2" t="s">
         <v>16</v>
       </c>
       <c r="D2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="3" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
-        <v>268</v>
+        <v>265</v>
       </c>
       <c r="B3" t="s">
-        <v>99</v>
+        <v>96</v>
       </c>
       <c r="D3" t="s">
-        <v>270</v>
+        <v>267</v>
       </c>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A4" t="s">
+        <v>266</v>
+      </c>
+      <c r="B4" t="s">
+        <v>268</v>
+      </c>
+      <c r="D4" t="s">
         <v>269</v>
-      </c>
-[...4 lines deleted...]
-        <v>272</v>
       </c>
     </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B5" t="s">
-        <v>273</v>
+        <v>270</v>
       </c>
       <c r="D5" t="s">
-        <v>274</v>
+        <v>271</v>
       </c>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B6" t="s">
-        <v>103</v>
+        <v>100</v>
       </c>
       <c r="D6" t="s">
-        <v>275</v>
+        <v>272</v>
       </c>
     </row>
     <row r="7" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B7" t="s">
-        <v>155</v>
+        <v>152</v>
       </c>
       <c r="D7" t="s">
-        <v>276</v>
+        <v>273</v>
       </c>
     </row>
     <row r="8" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B8" t="s">
-        <v>277</v>
+        <v>274</v>
       </c>
       <c r="D8" t="s">
-        <v>278</v>
+        <v>275</v>
       </c>
     </row>
     <row r="9" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B9" t="s">
-        <v>279</v>
+        <v>276</v>
       </c>
       <c r="D9" t="s">
-        <v>280</v>
+        <v>277</v>
       </c>
     </row>
     <row r="10" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B10" t="s">
-        <v>281</v>
+        <v>278</v>
       </c>
       <c r="C10" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="D10" t="s">
-        <v>282</v>
+        <v>279</v>
       </c>
     </row>
     <row r="11" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B11" t="s">
-        <v>283</v>
+        <v>280</v>
       </c>
       <c r="C11" t="s">
-        <v>109</v>
+        <v>106</v>
       </c>
       <c r="D11" t="s">
-        <v>284</v>
+        <v>281</v>
       </c>
     </row>
     <row r="12" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B12" t="s">
-        <v>285</v>
+        <v>282</v>
       </c>
       <c r="C12" t="s">
-        <v>112</v>
+        <v>109</v>
       </c>
       <c r="D12" t="s">
-        <v>286</v>
+        <v>283</v>
       </c>
     </row>
     <row r="13" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B13" t="s">
-        <v>287</v>
+        <v>284</v>
       </c>
       <c r="C13" t="s">
-        <v>115</v>
+        <v>112</v>
       </c>
       <c r="D13" t="s">
-        <v>288</v>
+        <v>285</v>
       </c>
     </row>
     <row r="14" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B14" t="s">
-        <v>289</v>
+        <v>286</v>
       </c>
       <c r="C14" t="s">
-        <v>118</v>
+        <v>115</v>
       </c>
       <c r="D14" t="s">
-        <v>290</v>
+        <v>287</v>
       </c>
     </row>
     <row r="15" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B15" t="s">
-        <v>291</v>
+        <v>288</v>
       </c>
       <c r="C15" t="s">
-        <v>121</v>
+        <v>118</v>
       </c>
       <c r="D15" t="s">
-        <v>292</v>
+        <v>289</v>
       </c>
     </row>
     <row r="16" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B16" t="s">
-        <v>293</v>
+        <v>290</v>
       </c>
       <c r="C16" t="s">
-        <v>124</v>
+        <v>121</v>
       </c>
       <c r="D16" t="s">
-        <v>294</v>
+        <v>291</v>
       </c>
     </row>
     <row r="17" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B17" t="s">
-        <v>295</v>
+        <v>292</v>
       </c>
       <c r="C17" t="s">
-        <v>127</v>
+        <v>124</v>
       </c>
       <c r="D17" t="s">
-        <v>296</v>
+        <v>293</v>
       </c>
     </row>
     <row r="18" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B18" t="s">
-        <v>297</v>
+        <v>294</v>
       </c>
       <c r="C18" t="s">
-        <v>130</v>
+        <v>127</v>
       </c>
       <c r="D18" t="s">
-        <v>298</v>
+        <v>295</v>
       </c>
     </row>
     <row r="19" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B19" t="s">
-        <v>299</v>
+        <v>296</v>
       </c>
       <c r="C19" t="s">
-        <v>133</v>
+        <v>130</v>
       </c>
       <c r="D19" t="s">
-        <v>300</v>
+        <v>297</v>
       </c>
     </row>
     <row r="20" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B20" t="s">
-        <v>301</v>
+        <v>298</v>
       </c>
       <c r="C20" t="s">
-        <v>136</v>
+        <v>133</v>
       </c>
       <c r="D20" t="s">
-        <v>302</v>
+        <v>299</v>
       </c>
     </row>
     <row r="21" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B21" t="s">
-        <v>303</v>
+        <v>300</v>
       </c>
       <c r="C21" t="s">
-        <v>139</v>
+        <v>136</v>
       </c>
       <c r="D21" t="s">
-        <v>304</v>
+        <v>301</v>
       </c>
     </row>
     <row r="22" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B22" t="s">
-        <v>305</v>
+        <v>302</v>
       </c>
       <c r="C22" t="s">
-        <v>142</v>
+        <v>139</v>
       </c>
       <c r="D22" t="s">
-        <v>306</v>
+        <v>303</v>
       </c>
     </row>
     <row r="23" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B23" t="s">
-        <v>307</v>
+        <v>304</v>
       </c>
       <c r="C23" t="s">
-        <v>145</v>
+        <v>142</v>
       </c>
       <c r="D23" t="s">
-        <v>308</v>
+        <v>305</v>
       </c>
     </row>
     <row r="24" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B24" t="s">
-        <v>309</v>
+        <v>306</v>
       </c>
       <c r="C24" t="s">
-        <v>194</v>
+        <v>191</v>
       </c>
       <c r="D24" t="s">
-        <v>310</v>
+        <v>307</v>
       </c>
     </row>
     <row r="25" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B25" t="s">
-        <v>311</v>
+        <v>308</v>
       </c>
       <c r="C25" t="s">
-        <v>197</v>
+        <v>194</v>
       </c>
       <c r="D25" t="s">
-        <v>312</v>
+        <v>309</v>
       </c>
     </row>
     <row r="26" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B26" t="s">
-        <v>313</v>
+        <v>310</v>
       </c>
       <c r="D26" t="s">
-        <v>314</v>
+        <v>311</v>
       </c>
     </row>
     <row r="27" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B27" t="s">
-        <v>315</v>
+        <v>312</v>
       </c>
       <c r="C27" t="s">
-        <v>200</v>
+        <v>197</v>
       </c>
       <c r="D27" t="s">
-        <v>316</v>
+        <v>313</v>
       </c>
     </row>
     <row r="28" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B28" t="s">
-        <v>317</v>
+        <v>314</v>
       </c>
       <c r="C28" t="s">
-        <v>203</v>
+        <v>200</v>
       </c>
       <c r="D28" t="s">
-        <v>318</v>
+        <v>315</v>
       </c>
     </row>
     <row r="29" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B29" t="s">
-        <v>319</v>
+        <v>316</v>
       </c>
       <c r="C29" t="s">
-        <v>208</v>
+        <v>205</v>
       </c>
       <c r="D29" t="s">
-        <v>320</v>
+        <v>317</v>
       </c>
     </row>
     <row r="30" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B30" t="s">
-        <v>321</v>
+        <v>318</v>
       </c>
       <c r="C30" t="s">
-        <v>211</v>
+        <v>208</v>
       </c>
       <c r="D30" t="s">
-        <v>322</v>
+        <v>319</v>
       </c>
     </row>
     <row r="31" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B31" t="s">
-        <v>323</v>
+        <v>320</v>
       </c>
       <c r="C31" t="s">
-        <v>214</v>
+        <v>211</v>
       </c>
       <c r="D31" t="s">
-        <v>324</v>
+        <v>321</v>
       </c>
     </row>
     <row r="32" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B32" t="s">
-        <v>325</v>
+        <v>322</v>
       </c>
       <c r="C32" t="s">
-        <v>217</v>
+        <v>214</v>
       </c>
       <c r="D32" t="s">
-        <v>326</v>
+        <v>323</v>
       </c>
     </row>
     <row r="33" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B33" t="s">
-        <v>327</v>
+        <v>324</v>
       </c>
       <c r="C33" t="s">
-        <v>222</v>
+        <v>219</v>
       </c>
       <c r="D33" t="s">
-        <v>328</v>
+        <v>325</v>
       </c>
     </row>
     <row r="34" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B34" t="s">
-        <v>329</v>
+        <v>326</v>
       </c>
       <c r="C34" t="s">
-        <v>225</v>
+        <v>222</v>
       </c>
       <c r="D34" t="s">
-        <v>330</v>
+        <v>327</v>
       </c>
     </row>
     <row r="35" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B35" t="s">
-        <v>331</v>
+        <v>328</v>
       </c>
       <c r="C35" t="s">
-        <v>230</v>
+        <v>227</v>
       </c>
       <c r="D35" t="s">
-        <v>332</v>
+        <v>329</v>
       </c>
     </row>
     <row r="36" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B36" t="s">
-        <v>333</v>
+        <v>330</v>
       </c>
       <c r="C36" t="s">
-        <v>233</v>
+        <v>230</v>
       </c>
       <c r="D36" t="s">
-        <v>334</v>
+        <v>331</v>
       </c>
     </row>
     <row r="37" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B37" t="s">
-        <v>335</v>
+        <v>332</v>
       </c>
       <c r="D37" t="s">
-        <v>336</v>
+        <v>333</v>
       </c>
     </row>
     <row r="38" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B38" t="s">
-        <v>337</v>
+        <v>334</v>
       </c>
       <c r="C38" t="s">
-        <v>239</v>
+        <v>236</v>
       </c>
       <c r="D38" t="s">
-        <v>338</v>
+        <v>335</v>
       </c>
     </row>
     <row r="39" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B39" t="s">
-        <v>339</v>
+        <v>336</v>
       </c>
       <c r="C39" t="s">
-        <v>242</v>
+        <v>239</v>
       </c>
       <c r="D39" t="s">
-        <v>340</v>
+        <v>337</v>
       </c>
     </row>
     <row r="40" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B40" t="s">
-        <v>341</v>
+        <v>338</v>
       </c>
       <c r="C40" t="s">
-        <v>247</v>
+        <v>244</v>
       </c>
       <c r="D40" t="s">
-        <v>342</v>
+        <v>339</v>
       </c>
     </row>
     <row r="41" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B41" t="s">
-        <v>343</v>
+        <v>340</v>
       </c>
       <c r="C41" t="s">
-        <v>250</v>
+        <v>247</v>
       </c>
       <c r="D41" t="s">
-        <v>344</v>
+        <v>341</v>
       </c>
     </row>
     <row r="42" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B42" t="s">
-        <v>345</v>
+        <v>342</v>
       </c>
       <c r="C42" t="s">
-        <v>253</v>
+        <v>250</v>
       </c>
       <c r="D42" t="s">
-        <v>346</v>
+        <v>343</v>
       </c>
     </row>
     <row r="43" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B43" t="s">
-        <v>347</v>
+        <v>344</v>
       </c>
       <c r="C43" t="s">
-        <v>256</v>
+        <v>253</v>
       </c>
       <c r="D43" t="s">
-        <v>348</v>
+        <v>345</v>
       </c>
     </row>
     <row r="44" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B44" t="s">
-        <v>349</v>
+        <v>346</v>
       </c>
       <c r="C44" t="s">
-        <v>259</v>
+        <v>256</v>
       </c>
       <c r="D44" t="s">
-        <v>350</v>
+        <v>347</v>
       </c>
     </row>
     <row r="45" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B45" t="s">
-        <v>351</v>
+        <v>348</v>
       </c>
       <c r="C45" t="s">
-        <v>263</v>
+        <v>260</v>
       </c>
       <c r="D45" t="s">
-        <v>352</v>
+        <v>349</v>
       </c>
     </row>
     <row r="46" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B46" t="s">
-        <v>353</v>
+        <v>350</v>
       </c>
       <c r="C46" t="s">
-        <v>266</v>
+        <v>263</v>
       </c>
       <c r="D46" t="s">
-        <v>354</v>
+        <v>351</v>
       </c>
     </row>
     <row r="47" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B47" t="s">
-        <v>355</v>
+        <v>352</v>
       </c>
       <c r="D47" t="s">
-        <v>356</v>
+        <v>353</v>
       </c>
     </row>
     <row r="48" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B48" t="s">
-        <v>357</v>
+        <v>354</v>
       </c>
       <c r="C48" t="s">
-        <v>358</v>
+        <v>355</v>
       </c>
       <c r="D48" t="s">
-        <v>359</v>
+        <v>356</v>
       </c>
     </row>
     <row r="49" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B49" t="s">
-        <v>360</v>
+        <v>357</v>
       </c>
       <c r="C49" t="s">
-        <v>361</v>
+        <v>358</v>
       </c>
       <c r="D49" t="s">
-        <v>362</v>
+        <v>359</v>
       </c>
     </row>
     <row r="50" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B50" t="s">
-        <v>363</v>
+        <v>360</v>
       </c>
       <c r="D50" t="s">
-        <v>364</v>
+        <v>361</v>
       </c>
     </row>
     <row r="51" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B51" t="s">
-        <v>365</v>
+        <v>362</v>
       </c>
       <c r="C51" t="s">
-        <v>366</v>
+        <v>363</v>
       </c>
       <c r="D51" t="s">
-        <v>367</v>
+        <v>364</v>
       </c>
     </row>
     <row r="52" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B52" t="s">
-        <v>368</v>
+        <v>365</v>
       </c>
       <c r="C52" t="s">
-        <v>369</v>
+        <v>366</v>
       </c>
       <c r="D52" t="s">
-        <v>370</v>
+        <v>367</v>
       </c>
     </row>
     <row r="53" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B53" t="s">
-        <v>371</v>
+        <v>368</v>
       </c>
       <c r="C53" t="s">
-        <v>372</v>
+        <v>369</v>
       </c>
       <c r="D53" t="s">
-        <v>373</v>
+        <v>370</v>
       </c>
     </row>
     <row r="54" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B54" t="s">
-        <v>374</v>
+        <v>371</v>
       </c>
       <c r="D54" t="s">
-        <v>375</v>
+        <v>372</v>
       </c>
     </row>
     <row r="55" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B55" t="s">
-        <v>376</v>
+        <v>373</v>
       </c>
       <c r="C55" t="s">
-        <v>377</v>
+        <v>374</v>
       </c>
       <c r="D55" t="s">
-        <v>378</v>
+        <v>375</v>
       </c>
     </row>
     <row r="56" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B56" t="s">
-        <v>379</v>
+        <v>376</v>
       </c>
       <c r="C56" t="s">
-        <v>380</v>
+        <v>377</v>
       </c>
       <c r="D56" t="s">
-        <v>381</v>
+        <v>378</v>
       </c>
     </row>
     <row r="57" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B57" t="s">
-        <v>382</v>
+        <v>379</v>
       </c>
       <c r="D57" t="s">
-        <v>383</v>
+        <v>380</v>
       </c>
     </row>
     <row r="58" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B58" t="s">
-        <v>384</v>
+        <v>381</v>
       </c>
       <c r="C58" t="s">
-        <v>385</v>
+        <v>382</v>
       </c>
       <c r="D58" t="s">
-        <v>386</v>
+        <v>383</v>
       </c>
     </row>
     <row r="59" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B59" t="s">
-        <v>387</v>
+        <v>384</v>
       </c>
       <c r="C59" t="s">
-        <v>388</v>
+        <v>385</v>
       </c>
       <c r="D59" t="s">
-        <v>389</v>
+        <v>386</v>
       </c>
     </row>
     <row r="60" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B60" t="s">
-        <v>390</v>
+        <v>387</v>
       </c>
       <c r="C60" t="s">
-        <v>391</v>
+        <v>388</v>
       </c>
       <c r="D60" t="s">
-        <v>392</v>
+        <v>389</v>
       </c>
     </row>
     <row r="61" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B61" t="s">
-        <v>393</v>
+        <v>390</v>
       </c>
       <c r="D61" t="s">
-        <v>394</v>
+        <v>391</v>
       </c>
     </row>
     <row r="62" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B62" t="s">
-        <v>395</v>
+        <v>392</v>
       </c>
       <c r="C62" t="s">
-        <v>396</v>
+        <v>393</v>
       </c>
       <c r="D62" t="s">
-        <v>397</v>
+        <v>394</v>
       </c>
     </row>
     <row r="63" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B63" t="s">
-        <v>398</v>
+        <v>395</v>
       </c>
       <c r="C63" t="s">
-        <v>399</v>
+        <v>396</v>
       </c>
       <c r="D63" t="s">
-        <v>400</v>
+        <v>397</v>
       </c>
     </row>
     <row r="64" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B64" t="s">
-        <v>401</v>
+        <v>398</v>
       </c>
       <c r="C64" t="s">
-        <v>402</v>
+        <v>399</v>
       </c>
       <c r="D64" t="s">
-        <v>403</v>
+        <v>400</v>
       </c>
     </row>
     <row r="65" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B65" t="s">
-        <v>404</v>
+        <v>401</v>
       </c>
       <c r="C65" t="s">
-        <v>405</v>
+        <v>402</v>
       </c>
       <c r="D65" t="s">
-        <v>406</v>
+        <v>403</v>
       </c>
     </row>
     <row r="66" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B66" t="s">
-        <v>407</v>
+        <v>404</v>
       </c>
       <c r="C66" t="s">
-        <v>408</v>
+        <v>405</v>
       </c>
       <c r="D66" t="s">
-        <v>409</v>
+        <v>406</v>
       </c>
     </row>
     <row r="67" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B67" t="s">
-        <v>410</v>
+        <v>407</v>
       </c>
       <c r="C67" t="s">
-        <v>411</v>
+        <v>408</v>
       </c>
       <c r="D67" t="s">
-        <v>412</v>
+        <v>409</v>
       </c>
     </row>
     <row r="68" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B68" t="s">
-        <v>413</v>
+        <v>410</v>
       </c>
       <c r="C68" t="s">
-        <v>414</v>
+        <v>411</v>
       </c>
       <c r="D68" t="s">
-        <v>415</v>
+        <v>412</v>
       </c>
     </row>
     <row r="69" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B69" t="s">
-        <v>416</v>
+        <v>413</v>
       </c>
       <c r="C69" t="s">
-        <v>417</v>
+        <v>414</v>
       </c>
       <c r="D69" t="s">
-        <v>418</v>
+        <v>415</v>
       </c>
     </row>
     <row r="70" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B70" t="s">
-        <v>419</v>
+        <v>416</v>
       </c>
       <c r="C70" t="s">
-        <v>420</v>
+        <v>417</v>
       </c>
       <c r="D70" t="s">
-        <v>421</v>
+        <v>418</v>
       </c>
     </row>
     <row r="71" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B71" t="s">
-        <v>422</v>
+        <v>419</v>
       </c>
       <c r="D71" t="s">
-        <v>423</v>
+        <v>420</v>
       </c>
     </row>
     <row r="72" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B72" t="s">
-        <v>424</v>
+        <v>421</v>
       </c>
       <c r="C72" t="s">
-        <v>425</v>
+        <v>422</v>
       </c>
       <c r="D72" t="s">
-        <v>426</v>
+        <v>423</v>
       </c>
     </row>
     <row r="73" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B73" t="s">
-        <v>427</v>
+        <v>424</v>
       </c>
       <c r="C73" t="s">
-        <v>428</v>
+        <v>425</v>
       </c>
       <c r="D73" t="s">
-        <v>429</v>
+        <v>426</v>
       </c>
     </row>
     <row r="74" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B74" t="s">
-        <v>430</v>
+        <v>427</v>
       </c>
       <c r="C74" t="s">
-        <v>431</v>
+        <v>428</v>
       </c>
       <c r="D74" t="s">
-        <v>432</v>
+        <v>429</v>
       </c>
     </row>
     <row r="75" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B75" t="s">
-        <v>433</v>
+        <v>430</v>
       </c>
       <c r="C75" t="s">
-        <v>434</v>
+        <v>431</v>
       </c>
       <c r="D75" t="s">
-        <v>435</v>
+        <v>432</v>
       </c>
     </row>
     <row r="76" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B76" t="s">
-        <v>436</v>
+        <v>433</v>
       </c>
       <c r="C76" t="s">
-        <v>437</v>
+        <v>434</v>
       </c>
       <c r="D76" t="s">
-        <v>438</v>
+        <v>435</v>
       </c>
     </row>
     <row r="77" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B77" t="s">
-        <v>439</v>
+        <v>436</v>
       </c>
       <c r="C77" t="s">
-        <v>440</v>
+        <v>437</v>
       </c>
       <c r="D77" t="s">
-        <v>441</v>
+        <v>438</v>
       </c>
     </row>
     <row r="78" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B78" t="s">
-        <v>442</v>
+        <v>439</v>
       </c>
       <c r="C78" t="s">
-        <v>443</v>
+        <v>440</v>
       </c>
       <c r="D78" t="s">
-        <v>444</v>
+        <v>441</v>
       </c>
     </row>
     <row r="79" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B79" t="s">
-        <v>445</v>
+        <v>442</v>
       </c>
       <c r="C79" t="s">
-        <v>446</v>
+        <v>443</v>
       </c>
       <c r="D79" t="s">
-        <v>447</v>
+        <v>444</v>
       </c>
     </row>
     <row r="80" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B80" t="s">
-        <v>448</v>
+        <v>445</v>
       </c>
       <c r="C80" t="s">
-        <v>449</v>
+        <v>446</v>
       </c>
       <c r="D80" t="s">
-        <v>450</v>
+        <v>447</v>
       </c>
     </row>
     <row r="81" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B81" t="s">
-        <v>451</v>
+        <v>448</v>
       </c>
       <c r="D81" t="s">
-        <v>452</v>
+        <v>449</v>
       </c>
     </row>
     <row r="82" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B82" t="s">
-        <v>453</v>
+        <v>450</v>
       </c>
       <c r="C82" t="s">
-        <v>454</v>
+        <v>451</v>
       </c>
       <c r="D82" t="s">
-        <v>455</v>
+        <v>452</v>
       </c>
     </row>
     <row r="83" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B83" t="s">
-        <v>456</v>
+        <v>453</v>
       </c>
       <c r="C83" t="s">
-        <v>457</v>
+        <v>454</v>
       </c>
       <c r="D83" t="s">
-        <v>458</v>
+        <v>455</v>
       </c>
     </row>
     <row r="84" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B84" t="s">
-        <v>459</v>
+        <v>456</v>
       </c>
       <c r="C84" t="s">
-        <v>460</v>
+        <v>457</v>
       </c>
       <c r="D84" t="s">
-        <v>461</v>
+        <v>458</v>
       </c>
     </row>
     <row r="85" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B85" t="s">
-        <v>462</v>
+        <v>459</v>
       </c>
       <c r="C85" t="s">
-        <v>463</v>
+        <v>460</v>
       </c>
       <c r="D85" t="s">
-        <v>464</v>
+        <v>461</v>
       </c>
     </row>
     <row r="86" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B86" t="s">
-        <v>465</v>
+        <v>462</v>
       </c>
       <c r="D86" t="s">
-        <v>466</v>
+        <v>463</v>
       </c>
     </row>
     <row r="87" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B87" t="s">
-        <v>467</v>
+        <v>464</v>
       </c>
       <c r="C87" t="s">
-        <v>468</v>
+        <v>465</v>
       </c>
       <c r="D87" t="s">
-        <v>469</v>
+        <v>466</v>
       </c>
     </row>
     <row r="88" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B88" t="s">
-        <v>470</v>
+        <v>467</v>
       </c>
       <c r="C88" t="s">
-        <v>471</v>
+        <v>468</v>
       </c>
       <c r="D88" t="s">
-        <v>472</v>
+        <v>469</v>
       </c>
     </row>
     <row r="89" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B89" t="s">
-        <v>473</v>
+        <v>470</v>
       </c>
       <c r="C89" t="s">
-        <v>474</v>
+        <v>471</v>
       </c>
       <c r="D89" t="s">
-        <v>475</v>
+        <v>472</v>
       </c>
     </row>
     <row r="90" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B90" t="s">
-        <v>476</v>
+        <v>473</v>
       </c>
       <c r="C90" t="s">
-        <v>477</v>
+        <v>474</v>
       </c>
       <c r="D90" t="s">
-        <v>478</v>
+        <v>475</v>
       </c>
     </row>
     <row r="91" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B91" t="s">
-        <v>479</v>
+        <v>476</v>
       </c>
       <c r="C91" t="s">
-        <v>480</v>
+        <v>477</v>
       </c>
       <c r="D91" t="s">
-        <v>481</v>
+        <v>478</v>
       </c>
     </row>
     <row r="92" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B92" t="s">
-        <v>482</v>
+        <v>479</v>
       </c>
       <c r="C92" t="s">
-        <v>483</v>
+        <v>480</v>
       </c>
       <c r="D92" t="s">
-        <v>484</v>
+        <v>481</v>
       </c>
     </row>
     <row r="93" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B93" t="s">
-        <v>485</v>
+        <v>482</v>
       </c>
       <c r="D93" t="s">
-        <v>486</v>
+        <v>483</v>
       </c>
     </row>
     <row r="94" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B94" t="s">
-        <v>487</v>
+        <v>484</v>
       </c>
       <c r="C94" t="s">
-        <v>488</v>
+        <v>485</v>
       </c>
       <c r="D94" t="s">
-        <v>489</v>
+        <v>486</v>
       </c>
     </row>
     <row r="95" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B95" t="s">
-        <v>490</v>
+        <v>487</v>
       </c>
       <c r="C95" t="s">
-        <v>491</v>
+        <v>488</v>
       </c>
       <c r="D95" t="s">
-        <v>492</v>
+        <v>489</v>
       </c>
     </row>
     <row r="96" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B96" t="s">
-        <v>493</v>
+        <v>490</v>
       </c>
       <c r="C96" t="s">
-        <v>494</v>
+        <v>491</v>
       </c>
       <c r="D96" t="s">
-        <v>495</v>
+        <v>492</v>
       </c>
     </row>
     <row r="97" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B97" t="s">
-        <v>496</v>
+        <v>493</v>
       </c>
       <c r="C97" t="s">
-        <v>497</v>
+        <v>494</v>
       </c>
       <c r="D97" t="s">
-        <v>498</v>
+        <v>495</v>
       </c>
     </row>
     <row r="98" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B98" t="s">
-        <v>499</v>
+        <v>496</v>
       </c>
       <c r="C98" t="s">
-        <v>500</v>
+        <v>497</v>
       </c>
       <c r="D98" t="s">
-        <v>501</v>
+        <v>498</v>
       </c>
     </row>
     <row r="99" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B99" t="s">
-        <v>502</v>
+        <v>499</v>
       </c>
       <c r="C99" t="s">
-        <v>503</v>
+        <v>500</v>
       </c>
       <c r="D99" t="s">
-        <v>504</v>
+        <v>501</v>
       </c>
     </row>
     <row r="100" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B100" t="s">
-        <v>505</v>
+        <v>502</v>
       </c>
       <c r="C100" t="s">
-        <v>506</v>
+        <v>503</v>
       </c>
       <c r="D100" t="s">
-        <v>507</v>
+        <v>504</v>
       </c>
     </row>
     <row r="101" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B101" t="s">
-        <v>508</v>
+        <v>505</v>
       </c>
       <c r="C101" t="s">
-        <v>509</v>
+        <v>506</v>
       </c>
       <c r="D101" t="s">
-        <v>510</v>
+        <v>507</v>
       </c>
     </row>
     <row r="102" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B102" t="s">
-        <v>511</v>
+        <v>508</v>
       </c>
       <c r="C102" t="s">
-        <v>512</v>
+        <v>509</v>
       </c>
       <c r="D102" t="s">
-        <v>513</v>
+        <v>510</v>
       </c>
     </row>
     <row r="103" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B103" t="s">
-        <v>514</v>
+        <v>511</v>
       </c>
       <c r="D103" t="s">
-        <v>515</v>
+        <v>512</v>
       </c>
     </row>
     <row r="104" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B104" t="s">
-        <v>516</v>
+        <v>513</v>
       </c>
       <c r="C104" t="s">
-        <v>517</v>
+        <v>514</v>
       </c>
       <c r="D104" t="s">
-        <v>518</v>
+        <v>515</v>
       </c>
     </row>
     <row r="105" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B105" t="s">
-        <v>519</v>
+        <v>516</v>
       </c>
       <c r="C105" t="s">
-        <v>520</v>
+        <v>517</v>
       </c>
       <c r="D105" t="s">
-        <v>521</v>
+        <v>518</v>
       </c>
     </row>
     <row r="106" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B106" t="s">
-        <v>522</v>
+        <v>519</v>
       </c>
       <c r="C106" t="s">
-        <v>523</v>
+        <v>520</v>
       </c>
       <c r="D106" t="s">
-        <v>524</v>
+        <v>521</v>
       </c>
     </row>
     <row r="107" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B107" t="s">
-        <v>525</v>
+        <v>522</v>
       </c>
       <c r="C107" t="s">
-        <v>526</v>
+        <v>523</v>
       </c>
       <c r="D107" t="s">
-        <v>527</v>
+        <v>524</v>
       </c>
     </row>
     <row r="108" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B108" t="s">
-        <v>528</v>
+        <v>525</v>
       </c>
       <c r="D108" t="s">
-        <v>529</v>
+        <v>526</v>
       </c>
     </row>
     <row r="109" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B109" t="s">
-        <v>530</v>
+        <v>527</v>
       </c>
       <c r="C109" t="s">
-        <v>531</v>
+        <v>528</v>
       </c>
       <c r="D109" t="s">
-        <v>532</v>
+        <v>529</v>
       </c>
     </row>
     <row r="110" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B110" t="s">
-        <v>533</v>
+        <v>530</v>
       </c>
       <c r="C110" t="s">
-        <v>534</v>
+        <v>531</v>
       </c>
       <c r="D110" t="s">
-        <v>535</v>
+        <v>532</v>
       </c>
     </row>
     <row r="111" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B111" t="s">
-        <v>536</v>
+        <v>533</v>
       </c>
       <c r="C111" t="s">
-        <v>537</v>
+        <v>534</v>
       </c>
       <c r="D111" t="s">
-        <v>538</v>
+        <v>535</v>
       </c>
     </row>
     <row r="112" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B112" t="s">
-        <v>539</v>
+        <v>536</v>
       </c>
       <c r="C112" t="s">
-        <v>540</v>
+        <v>537</v>
       </c>
       <c r="D112" t="s">
-        <v>541</v>
+        <v>538</v>
       </c>
     </row>
     <row r="113" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B113" t="s">
-        <v>542</v>
+        <v>539</v>
       </c>
       <c r="C113" t="s">
-        <v>543</v>
+        <v>540</v>
       </c>
       <c r="D113" t="s">
-        <v>544</v>
+        <v>541</v>
       </c>
     </row>
     <row r="114" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B114" t="s">
-        <v>545</v>
+        <v>542</v>
       </c>
       <c r="C114" t="s">
-        <v>546</v>
+        <v>543</v>
       </c>
       <c r="D114" t="s">
-        <v>547</v>
+        <v>544</v>
       </c>
     </row>
     <row r="115" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B115" t="s">
-        <v>548</v>
+        <v>545</v>
       </c>
       <c r="D115" t="s">
-        <v>549</v>
+        <v>546</v>
       </c>
     </row>
     <row r="116" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B116" t="s">
-        <v>550</v>
+        <v>547</v>
       </c>
       <c r="C116" t="s">
-        <v>551</v>
+        <v>548</v>
       </c>
       <c r="D116" t="s">
-        <v>552</v>
+        <v>549</v>
       </c>
     </row>
     <row r="117" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B117" t="s">
-        <v>553</v>
+        <v>550</v>
       </c>
       <c r="C117" t="s">
-        <v>554</v>
+        <v>551</v>
       </c>
       <c r="D117" t="s">
-        <v>555</v>
+        <v>552</v>
       </c>
     </row>
     <row r="118" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B118" t="s">
-        <v>556</v>
+        <v>553</v>
       </c>
       <c r="C118" t="s">
-        <v>557</v>
+        <v>554</v>
       </c>
       <c r="D118" t="s">
-        <v>558</v>
+        <v>555</v>
       </c>
     </row>
     <row r="119" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B119" t="s">
-        <v>559</v>
+        <v>556</v>
       </c>
       <c r="C119" t="s">
-        <v>560</v>
+        <v>557</v>
       </c>
       <c r="D119" t="s">
-        <v>561</v>
+        <v>558</v>
       </c>
     </row>
     <row r="120" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B120" t="s">
-        <v>562</v>
+        <v>559</v>
       </c>
       <c r="C120" t="s">
-        <v>563</v>
+        <v>560</v>
       </c>
       <c r="D120" t="s">
-        <v>564</v>
+        <v>561</v>
       </c>
     </row>
     <row r="121" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B121" t="s">
-        <v>565</v>
+        <v>562</v>
       </c>
       <c r="C121" t="s">
-        <v>566</v>
+        <v>563</v>
       </c>
       <c r="D121" t="s">
-        <v>567</v>
+        <v>564</v>
       </c>
     </row>
     <row r="122" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B122" t="s">
-        <v>568</v>
+        <v>565</v>
       </c>
       <c r="C122" t="s">
-        <v>569</v>
+        <v>566</v>
       </c>
       <c r="D122" t="s">
-        <v>570</v>
+        <v>567</v>
       </c>
     </row>
     <row r="123" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B123" t="s">
-        <v>571</v>
+        <v>568</v>
       </c>
       <c r="C123" t="s">
-        <v>572</v>
+        <v>569</v>
       </c>
       <c r="D123" t="s">
-        <v>573</v>
+        <v>570</v>
       </c>
     </row>
     <row r="124" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B124" t="s">
-        <v>574</v>
+        <v>571</v>
       </c>
       <c r="C124" t="s">
-        <v>575</v>
+        <v>572</v>
       </c>
       <c r="D124" t="s">
-        <v>576</v>
+        <v>573</v>
       </c>
     </row>
     <row r="125" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B125" t="s">
-        <v>577</v>
+        <v>574</v>
       </c>
       <c r="C125" t="s">
-        <v>578</v>
+        <v>575</v>
       </c>
       <c r="D125" t="s">
-        <v>579</v>
+        <v>576</v>
       </c>
     </row>
     <row r="126" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B126" t="s">
-        <v>580</v>
+        <v>577</v>
       </c>
       <c r="D126" t="s">
-        <v>581</v>
+        <v>578</v>
       </c>
     </row>
     <row r="127" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B127" t="s">
-        <v>582</v>
+        <v>579</v>
       </c>
       <c r="C127" t="s">
-        <v>583</v>
+        <v>580</v>
       </c>
       <c r="D127" t="s">
-        <v>584</v>
+        <v>581</v>
       </c>
     </row>
     <row r="128" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B128" t="s">
-        <v>585</v>
+        <v>582</v>
       </c>
       <c r="C128" t="s">
-        <v>586</v>
+        <v>583</v>
       </c>
       <c r="D128" t="s">
-        <v>587</v>
+        <v>584</v>
       </c>
     </row>
     <row r="129" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B129" t="s">
-        <v>588</v>
+        <v>585</v>
       </c>
       <c r="C129" t="s">
-        <v>589</v>
+        <v>586</v>
       </c>
       <c r="D129" t="s">
-        <v>590</v>
+        <v>587</v>
       </c>
     </row>
     <row r="130" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B130" t="s">
-        <v>591</v>
+        <v>588</v>
       </c>
       <c r="C130" t="s">
-        <v>592</v>
+        <v>589</v>
       </c>
       <c r="D130" t="s">
-        <v>593</v>
+        <v>590</v>
       </c>
     </row>
     <row r="131" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B131" t="s">
-        <v>594</v>
+        <v>591</v>
       </c>
       <c r="C131" t="s">
-        <v>595</v>
+        <v>592</v>
       </c>
       <c r="D131" t="s">
-        <v>596</v>
+        <v>593</v>
       </c>
     </row>
     <row r="132" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B132" t="s">
-        <v>597</v>
+        <v>594</v>
       </c>
       <c r="C132" t="s">
-        <v>598</v>
+        <v>595</v>
       </c>
       <c r="D132" t="s">
-        <v>599</v>
+        <v>596</v>
       </c>
     </row>
     <row r="133" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B133" t="s">
-        <v>600</v>
+        <v>597</v>
       </c>
       <c r="C133" t="s">
-        <v>601</v>
+        <v>598</v>
       </c>
       <c r="D133" t="s">
-        <v>602</v>
+        <v>599</v>
       </c>
     </row>
     <row r="134" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B134" t="s">
-        <v>603</v>
+        <v>600</v>
       </c>
       <c r="C134" t="s">
-        <v>604</v>
+        <v>601</v>
       </c>
       <c r="D134" t="s">
-        <v>605</v>
+        <v>602</v>
       </c>
     </row>
     <row r="135" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B135" t="s">
-        <v>606</v>
+        <v>603</v>
       </c>
       <c r="C135" t="s">
-        <v>607</v>
+        <v>604</v>
       </c>
       <c r="D135" t="s">
-        <v>608</v>
+        <v>605</v>
       </c>
     </row>
     <row r="136" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B136" t="s">
-        <v>609</v>
+        <v>606</v>
       </c>
       <c r="C136" t="s">
-        <v>610</v>
+        <v>607</v>
       </c>
       <c r="D136" t="s">
-        <v>611</v>
+        <v>608</v>
       </c>
     </row>
     <row r="137" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B137" t="s">
-        <v>612</v>
+        <v>609</v>
       </c>
       <c r="C137" t="s">
-        <v>613</v>
+        <v>610</v>
       </c>
       <c r="D137" t="s">
-        <v>614</v>
+        <v>611</v>
       </c>
     </row>
     <row r="138" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B138" t="s">
-        <v>615</v>
+        <v>612</v>
       </c>
       <c r="C138" t="s">
-        <v>616</v>
+        <v>613</v>
       </c>
       <c r="D138" t="s">
-        <v>617</v>
+        <v>614</v>
       </c>
     </row>
     <row r="139" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B139" t="s">
-        <v>618</v>
+        <v>615</v>
       </c>
       <c r="C139" t="s">
-        <v>619</v>
+        <v>616</v>
       </c>
       <c r="D139" t="s">
-        <v>620</v>
+        <v>617</v>
       </c>
     </row>
     <row r="140" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B140" t="s">
-        <v>621</v>
+        <v>618</v>
       </c>
       <c r="D140" t="s">
-        <v>622</v>
+        <v>619</v>
       </c>
     </row>
     <row r="141" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B141" t="s">
-        <v>623</v>
+        <v>620</v>
       </c>
       <c r="C141" t="s">
-        <v>624</v>
+        <v>621</v>
       </c>
       <c r="D141" t="s">
-        <v>625</v>
+        <v>622</v>
       </c>
     </row>
     <row r="142" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B142" t="s">
-        <v>626</v>
+        <v>623</v>
       </c>
       <c r="C142" t="s">
-        <v>627</v>
+        <v>624</v>
       </c>
       <c r="D142" t="s">
-        <v>628</v>
+        <v>625</v>
       </c>
     </row>
     <row r="143" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B143" t="s">
-        <v>629</v>
+        <v>626</v>
       </c>
       <c r="C143" t="s">
-        <v>630</v>
+        <v>627</v>
       </c>
       <c r="D143" t="s">
-        <v>631</v>
+        <v>628</v>
       </c>
     </row>
     <row r="144" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B144" t="s">
-        <v>632</v>
+        <v>629</v>
       </c>
       <c r="C144" t="s">
-        <v>633</v>
+        <v>630</v>
       </c>
       <c r="D144" t="s">
-        <v>634</v>
+        <v>631</v>
       </c>
     </row>
     <row r="145" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B145" t="s">
-        <v>635</v>
+        <v>632</v>
       </c>
       <c r="C145" t="s">
-        <v>636</v>
+        <v>633</v>
       </c>
       <c r="D145" t="s">
-        <v>637</v>
+        <v>634</v>
       </c>
     </row>
     <row r="146" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B146" t="s">
-        <v>638</v>
+        <v>635</v>
       </c>
       <c r="C146" t="s">
-        <v>639</v>
+        <v>636</v>
       </c>
       <c r="D146" t="s">
-        <v>640</v>
+        <v>637</v>
       </c>
     </row>
     <row r="147" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B147" t="s">
-        <v>641</v>
+        <v>638</v>
       </c>
       <c r="C147" t="s">
-        <v>642</v>
+        <v>639</v>
       </c>
       <c r="D147" t="s">
-        <v>643</v>
+        <v>640</v>
       </c>
     </row>
     <row r="148" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B148" t="s">
-        <v>644</v>
+        <v>641</v>
       </c>
       <c r="C148" t="s">
-        <v>645</v>
+        <v>642</v>
       </c>
       <c r="D148" t="s">
-        <v>646</v>
+        <v>643</v>
       </c>
     </row>
     <row r="149" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B149" t="s">
-        <v>647</v>
+        <v>644</v>
       </c>
       <c r="D149" t="s">
-        <v>648</v>
+        <v>645</v>
       </c>
     </row>
     <row r="150" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B150" t="s">
-        <v>649</v>
+        <v>646</v>
       </c>
       <c r="C150" t="s">
-        <v>650</v>
+        <v>647</v>
       </c>
       <c r="D150" t="s">
-        <v>651</v>
+        <v>648</v>
       </c>
     </row>
     <row r="151" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B151" t="s">
-        <v>652</v>
+        <v>649</v>
       </c>
       <c r="C151" t="s">
-        <v>653</v>
+        <v>650</v>
       </c>
       <c r="D151" t="s">
-        <v>654</v>
+        <v>651</v>
       </c>
     </row>
     <row r="152" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B152" t="s">
-        <v>655</v>
+        <v>652</v>
       </c>
       <c r="C152" t="s">
-        <v>656</v>
+        <v>653</v>
       </c>
       <c r="D152" t="s">
-        <v>657</v>
+        <v>654</v>
       </c>
     </row>
     <row r="153" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B153" t="s">
-        <v>658</v>
+        <v>655</v>
       </c>
       <c r="C153" t="s">
-        <v>659</v>
+        <v>656</v>
       </c>
       <c r="D153" t="s">
-        <v>660</v>
+        <v>657</v>
       </c>
     </row>
     <row r="154" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B154" t="s">
-        <v>661</v>
+        <v>658</v>
       </c>
       <c r="C154" t="s">
-        <v>662</v>
+        <v>659</v>
       </c>
       <c r="D154" t="s">
-        <v>663</v>
+        <v>660</v>
       </c>
     </row>
     <row r="155" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B155" t="s">
-        <v>664</v>
+        <v>661</v>
       </c>
       <c r="C155" t="s">
-        <v>665</v>
+        <v>662</v>
       </c>
       <c r="D155" t="s">
-        <v>666</v>
+        <v>663</v>
       </c>
     </row>
     <row r="156" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B156" t="s">
-        <v>667</v>
+        <v>664</v>
       </c>
       <c r="C156" t="s">
-        <v>668</v>
+        <v>665</v>
       </c>
       <c r="D156" t="s">
-        <v>669</v>
+        <v>666</v>
       </c>
     </row>
     <row r="157" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B157" t="s">
-        <v>670</v>
+        <v>667</v>
       </c>
       <c r="C157" t="s">
-        <v>671</v>
+        <v>668</v>
       </c>
       <c r="D157" t="s">
-        <v>672</v>
+        <v>669</v>
       </c>
     </row>
     <row r="158" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B158" t="s">
-        <v>673</v>
+        <v>670</v>
       </c>
       <c r="C158" t="s">
-        <v>674</v>
+        <v>671</v>
       </c>
       <c r="D158" t="s">
-        <v>675</v>
+        <v>672</v>
       </c>
     </row>
     <row r="159" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B159" t="s">
-        <v>676</v>
+        <v>673</v>
       </c>
       <c r="C159" t="s">
-        <v>677</v>
+        <v>674</v>
       </c>
       <c r="D159" t="s">
-        <v>678</v>
+        <v>675</v>
       </c>
     </row>
     <row r="160" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B160" t="s">
-        <v>679</v>
+        <v>676</v>
       </c>
       <c r="C160" t="s">
-        <v>680</v>
+        <v>677</v>
       </c>
       <c r="D160" t="s">
-        <v>681</v>
+        <v>678</v>
       </c>
     </row>
     <row r="161" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B161" t="s">
-        <v>682</v>
+        <v>679</v>
       </c>
       <c r="C161" t="s">
-        <v>683</v>
+        <v>680</v>
       </c>
       <c r="D161" t="s">
-        <v>684</v>
+        <v>681</v>
       </c>
     </row>
     <row r="162" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B162" t="s">
-        <v>685</v>
+        <v>682</v>
       </c>
       <c r="C162" t="s">
-        <v>686</v>
+        <v>683</v>
       </c>
       <c r="D162" t="s">
-        <v>687</v>
+        <v>684</v>
       </c>
     </row>
     <row r="163" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B163" t="s">
-        <v>688</v>
+        <v>685</v>
       </c>
       <c r="C163" t="s">
-        <v>689</v>
+        <v>686</v>
       </c>
       <c r="D163" t="s">
-        <v>690</v>
+        <v>687</v>
       </c>
     </row>
     <row r="164" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B164" t="s">
-        <v>691</v>
+        <v>688</v>
       </c>
       <c r="C164" t="s">
-        <v>692</v>
+        <v>689</v>
       </c>
       <c r="D164" t="s">
-        <v>693</v>
+        <v>690</v>
       </c>
     </row>
     <row r="165" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B165" t="s">
-        <v>694</v>
+        <v>691</v>
       </c>
       <c r="C165" t="s">
-        <v>695</v>
+        <v>692</v>
       </c>
       <c r="D165" t="s">
-        <v>696</v>
+        <v>693</v>
       </c>
     </row>
     <row r="166" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B166" t="s">
-        <v>697</v>
+        <v>694</v>
       </c>
       <c r="C166" t="s">
-        <v>698</v>
+        <v>695</v>
       </c>
       <c r="D166" t="s">
-        <v>699</v>
+        <v>696</v>
       </c>
     </row>
     <row r="167" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B167" t="s">
-        <v>700</v>
+        <v>697</v>
       </c>
       <c r="C167" t="s">
-        <v>701</v>
+        <v>698</v>
       </c>
       <c r="D167" t="s">
-        <v>702</v>
+        <v>699</v>
       </c>
     </row>
     <row r="168" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B168" t="s">
-        <v>703</v>
+        <v>700</v>
       </c>
       <c r="D168" t="s">
-        <v>704</v>
+        <v>701</v>
       </c>
     </row>
     <row r="169" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B169" t="s">
-        <v>705</v>
+        <v>702</v>
       </c>
       <c r="C169" t="s">
-        <v>706</v>
+        <v>703</v>
       </c>
       <c r="D169" t="s">
-        <v>707</v>
+        <v>704</v>
       </c>
     </row>
     <row r="170" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B170" t="s">
-        <v>708</v>
+        <v>705</v>
       </c>
       <c r="C170" t="s">
-        <v>709</v>
+        <v>706</v>
       </c>
       <c r="D170" t="s">
-        <v>710</v>
+        <v>707</v>
       </c>
     </row>
     <row r="171" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B171" t="s">
-        <v>711</v>
+        <v>708</v>
       </c>
       <c r="C171" t="s">
-        <v>712</v>
+        <v>709</v>
       </c>
       <c r="D171" t="s">
-        <v>713</v>
+        <v>710</v>
       </c>
     </row>
     <row r="172" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B172" t="s">
-        <v>714</v>
+        <v>711</v>
       </c>
       <c r="C172" t="s">
-        <v>715</v>
+        <v>712</v>
       </c>
       <c r="D172" t="s">
-        <v>716</v>
+        <v>713</v>
       </c>
     </row>
     <row r="173" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B173" t="s">
-        <v>717</v>
+        <v>714</v>
       </c>
       <c r="C173" t="s">
-        <v>718</v>
+        <v>715</v>
       </c>
       <c r="D173" t="s">
-        <v>719</v>
+        <v>716</v>
       </c>
     </row>
     <row r="174" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B174" t="s">
-        <v>720</v>
+        <v>717</v>
       </c>
       <c r="C174" t="s">
-        <v>721</v>
+        <v>718</v>
       </c>
       <c r="D174" t="s">
-        <v>722</v>
+        <v>719</v>
       </c>
     </row>
     <row r="175" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B175" t="s">
-        <v>723</v>
+        <v>720</v>
       </c>
       <c r="D175" t="s">
-        <v>724</v>
+        <v>721</v>
       </c>
     </row>
     <row r="176" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B176" t="s">
-        <v>725</v>
+        <v>722</v>
       </c>
       <c r="C176" t="s">
-        <v>726</v>
+        <v>723</v>
       </c>
       <c r="D176" t="s">
-        <v>727</v>
+        <v>724</v>
       </c>
     </row>
     <row r="177" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B177" t="s">
-        <v>728</v>
+        <v>725</v>
       </c>
       <c r="D177" t="s">
-        <v>729</v>
+        <v>726</v>
       </c>
     </row>
     <row r="178" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B178" t="s">
-        <v>730</v>
+        <v>727</v>
       </c>
       <c r="C178" t="s">
-        <v>731</v>
+        <v>728</v>
       </c>
       <c r="D178" t="s">
-        <v>732</v>
+        <v>729</v>
       </c>
     </row>
     <row r="179" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B179" t="s">
-        <v>733</v>
+        <v>730</v>
       </c>
       <c r="C179" t="s">
-        <v>734</v>
+        <v>731</v>
       </c>
       <c r="D179" t="s">
-        <v>735</v>
+        <v>732</v>
       </c>
     </row>
     <row r="180" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B180" t="s">
-        <v>736</v>
+        <v>733</v>
       </c>
       <c r="C180" t="s">
-        <v>737</v>
+        <v>734</v>
       </c>
       <c r="D180" t="s">
-        <v>738</v>
+        <v>735</v>
       </c>
     </row>
     <row r="181" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B181" t="s">
-        <v>739</v>
+        <v>736</v>
       </c>
       <c r="C181" t="s">
-        <v>740</v>
+        <v>737</v>
       </c>
       <c r="D181" t="s">
-        <v>741</v>
+        <v>738</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0400-000000000000}">
   <dimension ref="A1:D37"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>95</v>
+        <v>92</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>97</v>
+        <v>94</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
         <v>19</v>
       </c>
       <c r="B2" t="s">
         <v>20</v>
       </c>
       <c r="D2" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="3" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
-        <v>742</v>
+        <v>739</v>
       </c>
       <c r="B3" t="s">
-        <v>99</v>
+        <v>96</v>
       </c>
       <c r="D3" t="s">
-        <v>743</v>
+        <v>740</v>
       </c>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B4" t="s">
-        <v>101</v>
+        <v>98</v>
       </c>
       <c r="D4" t="s">
-        <v>744</v>
+        <v>741</v>
       </c>
     </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B5" t="s">
-        <v>277</v>
+        <v>274</v>
       </c>
       <c r="D5" t="s">
-        <v>745</v>
+        <v>742</v>
       </c>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B6" t="s">
-        <v>746</v>
+        <v>743</v>
       </c>
       <c r="D6" t="s">
-        <v>747</v>
+        <v>744</v>
       </c>
     </row>
     <row r="7" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B7" t="s">
-        <v>103</v>
+        <v>100</v>
       </c>
       <c r="D7" t="s">
-        <v>748</v>
+        <v>745</v>
       </c>
     </row>
     <row r="8" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B8" t="s">
-        <v>749</v>
+        <v>746</v>
       </c>
       <c r="D8" t="s">
-        <v>750</v>
+        <v>747</v>
       </c>
     </row>
     <row r="9" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B9" t="s">
-        <v>751</v>
+        <v>748</v>
       </c>
       <c r="C9" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="D9" t="s">
-        <v>752</v>
+        <v>749</v>
       </c>
     </row>
     <row r="10" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B10" t="s">
-        <v>753</v>
+        <v>750</v>
       </c>
       <c r="C10" t="s">
-        <v>109</v>
+        <v>106</v>
       </c>
       <c r="D10" t="s">
-        <v>754</v>
+        <v>751</v>
       </c>
     </row>
     <row r="11" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B11" t="s">
-        <v>755</v>
+        <v>752</v>
       </c>
       <c r="C11" t="s">
-        <v>112</v>
+        <v>109</v>
       </c>
       <c r="D11" t="s">
-        <v>756</v>
+        <v>753</v>
       </c>
     </row>
     <row r="12" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B12" t="s">
-        <v>757</v>
+        <v>754</v>
       </c>
       <c r="C12" t="s">
-        <v>115</v>
+        <v>112</v>
       </c>
       <c r="D12" t="s">
-        <v>758</v>
+        <v>755</v>
       </c>
     </row>
     <row r="13" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B13" t="s">
-        <v>759</v>
+        <v>756</v>
       </c>
       <c r="C13" t="s">
-        <v>118</v>
+        <v>115</v>
       </c>
       <c r="D13" t="s">
-        <v>760</v>
+        <v>757</v>
       </c>
     </row>
     <row r="14" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B14" t="s">
-        <v>244</v>
+        <v>241</v>
       </c>
       <c r="C14" t="s">
-        <v>121</v>
+        <v>118</v>
       </c>
       <c r="D14" t="s">
-        <v>761</v>
+        <v>758</v>
       </c>
     </row>
     <row r="15" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B15" t="s">
-        <v>762</v>
+        <v>759</v>
       </c>
       <c r="C15" t="s">
-        <v>124</v>
+        <v>121</v>
       </c>
       <c r="D15" t="s">
-        <v>763</v>
+        <v>760</v>
       </c>
     </row>
     <row r="16" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B16" t="s">
-        <v>764</v>
+        <v>761</v>
       </c>
       <c r="D16" t="s">
-        <v>765</v>
+        <v>762</v>
       </c>
     </row>
     <row r="17" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B17" t="s">
-        <v>766</v>
+        <v>763</v>
       </c>
       <c r="C17" t="s">
-        <v>127</v>
+        <v>124</v>
       </c>
       <c r="D17" t="s">
-        <v>767</v>
+        <v>764</v>
       </c>
     </row>
     <row r="18" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B18" t="s">
-        <v>768</v>
+        <v>765</v>
       </c>
       <c r="C18" t="s">
-        <v>130</v>
+        <v>127</v>
       </c>
       <c r="D18" t="s">
-        <v>769</v>
+        <v>766</v>
       </c>
     </row>
     <row r="19" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B19" t="s">
-        <v>770</v>
+        <v>767</v>
       </c>
       <c r="C19" t="s">
-        <v>133</v>
+        <v>130</v>
       </c>
       <c r="D19" t="s">
-        <v>771</v>
+        <v>768</v>
       </c>
     </row>
     <row r="20" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B20" t="s">
-        <v>772</v>
+        <v>769</v>
       </c>
       <c r="C20" t="s">
-        <v>136</v>
+        <v>133</v>
       </c>
       <c r="D20" t="s">
-        <v>773</v>
+        <v>770</v>
       </c>
     </row>
     <row r="21" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B21" t="s">
-        <v>774</v>
+        <v>771</v>
       </c>
       <c r="C21" t="s">
-        <v>139</v>
+        <v>136</v>
       </c>
       <c r="D21" t="s">
-        <v>775</v>
+        <v>772</v>
       </c>
     </row>
     <row r="22" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B22" t="s">
-        <v>776</v>
+        <v>773</v>
       </c>
       <c r="C22" t="s">
-        <v>142</v>
+        <v>139</v>
       </c>
       <c r="D22" t="s">
-        <v>777</v>
+        <v>774</v>
       </c>
     </row>
     <row r="23" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B23" t="s">
-        <v>778</v>
+        <v>775</v>
       </c>
       <c r="C23" t="s">
-        <v>145</v>
+        <v>142</v>
       </c>
       <c r="D23" t="s">
-        <v>779</v>
+        <v>776</v>
       </c>
     </row>
     <row r="24" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B24" t="s">
-        <v>780</v>
+        <v>777</v>
       </c>
       <c r="C24" t="s">
-        <v>194</v>
+        <v>191</v>
       </c>
       <c r="D24" t="s">
-        <v>781</v>
+        <v>778</v>
       </c>
     </row>
     <row r="25" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B25" t="s">
-        <v>782</v>
+        <v>779</v>
       </c>
       <c r="C25" t="s">
-        <v>197</v>
+        <v>194</v>
       </c>
       <c r="D25" t="s">
-        <v>783</v>
+        <v>780</v>
       </c>
     </row>
     <row r="26" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B26" t="s">
-        <v>784</v>
+        <v>781</v>
       </c>
       <c r="C26" t="s">
-        <v>200</v>
+        <v>197</v>
       </c>
       <c r="D26" t="s">
-        <v>785</v>
+        <v>782</v>
       </c>
     </row>
     <row r="27" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B27" t="s">
-        <v>786</v>
+        <v>783</v>
       </c>
       <c r="D27" t="s">
-        <v>787</v>
+        <v>784</v>
       </c>
     </row>
     <row r="28" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B28" t="s">
-        <v>788</v>
+        <v>785</v>
       </c>
       <c r="C28" t="s">
-        <v>203</v>
+        <v>200</v>
       </c>
       <c r="D28" t="s">
-        <v>789</v>
+        <v>786</v>
       </c>
     </row>
     <row r="29" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B29" t="s">
-        <v>790</v>
+        <v>787</v>
       </c>
       <c r="C29" t="s">
-        <v>208</v>
+        <v>205</v>
       </c>
       <c r="D29" t="s">
-        <v>791</v>
+        <v>788</v>
       </c>
     </row>
     <row r="30" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B30" t="s">
-        <v>792</v>
+        <v>789</v>
       </c>
       <c r="C30" t="s">
-        <v>211</v>
+        <v>208</v>
       </c>
       <c r="D30" t="s">
-        <v>793</v>
+        <v>790</v>
       </c>
     </row>
     <row r="31" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B31" t="s">
-        <v>794</v>
+        <v>791</v>
       </c>
       <c r="C31" t="s">
-        <v>214</v>
+        <v>211</v>
       </c>
       <c r="D31" t="s">
-        <v>795</v>
+        <v>792</v>
       </c>
     </row>
     <row r="32" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B32" t="s">
-        <v>796</v>
+        <v>793</v>
       </c>
       <c r="C32" t="s">
-        <v>217</v>
+        <v>214</v>
       </c>
       <c r="D32" t="s">
-        <v>797</v>
+        <v>794</v>
       </c>
     </row>
     <row r="33" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B33" t="s">
-        <v>798</v>
+        <v>795</v>
       </c>
       <c r="C33" t="s">
-        <v>222</v>
+        <v>219</v>
       </c>
       <c r="D33" t="s">
-        <v>799</v>
+        <v>796</v>
       </c>
     </row>
     <row r="34" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B34" t="s">
-        <v>800</v>
+        <v>797</v>
       </c>
       <c r="D34" t="s">
-        <v>801</v>
+        <v>798</v>
       </c>
     </row>
     <row r="35" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B35" t="s">
-        <v>802</v>
+        <v>799</v>
       </c>
       <c r="C35" t="s">
-        <v>225</v>
+        <v>222</v>
       </c>
       <c r="D35" t="s">
-        <v>803</v>
+        <v>800</v>
       </c>
     </row>
     <row r="36" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B36" t="s">
-        <v>804</v>
+        <v>801</v>
       </c>
       <c r="C36" t="s">
-        <v>230</v>
+        <v>227</v>
       </c>
       <c r="D36" t="s">
-        <v>805</v>
+        <v>802</v>
       </c>
     </row>
     <row r="37" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B37" t="s">
-        <v>806</v>
+        <v>803</v>
       </c>
       <c r="C37" t="s">
-        <v>233</v>
+        <v>230</v>
       </c>
       <c r="D37" t="s">
-        <v>807</v>
+        <v>804</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0500-000000000000}">
   <dimension ref="A1:D59"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>95</v>
+        <v>92</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>97</v>
+        <v>94</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
-        <v>2713</v>
+        <v>2658</v>
       </c>
       <c r="B2" t="s">
-        <v>2714</v>
+        <v>2659</v>
       </c>
       <c r="D2" t="s">
-        <v>2715</v>
+        <v>2660</v>
       </c>
     </row>
     <row r="3" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B3" t="s">
-        <v>99</v>
+        <v>96</v>
       </c>
       <c r="D3" t="s">
-        <v>2716</v>
+        <v>2661</v>
       </c>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B4" t="s">
-        <v>2717</v>
+        <v>2662</v>
       </c>
       <c r="D4" t="s">
-        <v>2718</v>
+        <v>2663</v>
       </c>
     </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B5" t="s">
-        <v>1217</v>
+        <v>1214</v>
       </c>
       <c r="D5" t="s">
-        <v>2719</v>
+        <v>2664</v>
       </c>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B6" t="s">
-        <v>101</v>
+        <v>98</v>
       </c>
       <c r="D6" t="s">
-        <v>2720</v>
+        <v>2665</v>
       </c>
     </row>
     <row r="7" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B7" t="s">
-        <v>2588</v>
+        <v>2533</v>
       </c>
       <c r="D7" t="s">
-        <v>2721</v>
+        <v>2666</v>
       </c>
     </row>
     <row r="8" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B8" t="s">
-        <v>2722</v>
+        <v>2667</v>
       </c>
       <c r="D8" t="s">
-        <v>2723</v>
+        <v>2668</v>
       </c>
     </row>
     <row r="9" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B9" t="s">
-        <v>2590</v>
+        <v>2535</v>
       </c>
       <c r="D9" t="s">
-        <v>2724</v>
+        <v>2669</v>
       </c>
     </row>
     <row r="10" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B10" t="s">
-        <v>2725</v>
+        <v>2670</v>
       </c>
       <c r="D10" t="s">
-        <v>2726</v>
+        <v>2671</v>
       </c>
     </row>
     <row r="11" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B11" t="s">
-        <v>808</v>
+        <v>805</v>
       </c>
       <c r="C11" t="s">
-        <v>2056</v>
+        <v>2053</v>
       </c>
       <c r="D11" t="s">
-        <v>2727</v>
+        <v>2672</v>
       </c>
     </row>
     <row r="12" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B12" t="s">
-        <v>2728</v>
+        <v>2673</v>
       </c>
       <c r="C12" t="s">
-        <v>2059</v>
+        <v>2056</v>
       </c>
       <c r="D12" t="s">
-        <v>2729</v>
+        <v>2674</v>
       </c>
     </row>
     <row r="13" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B13" t="s">
-        <v>2730</v>
+        <v>2675</v>
       </c>
       <c r="C13" t="s">
-        <v>2062</v>
+        <v>2059</v>
       </c>
       <c r="D13" t="s">
-        <v>2731</v>
+        <v>2676</v>
       </c>
     </row>
     <row r="14" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B14" t="s">
-        <v>2732</v>
+        <v>2677</v>
       </c>
       <c r="C14" t="s">
-        <v>2065</v>
+        <v>2062</v>
       </c>
       <c r="D14" t="s">
-        <v>2733</v>
+        <v>2678</v>
       </c>
     </row>
     <row r="15" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B15" t="s">
-        <v>2734</v>
+        <v>2679</v>
       </c>
       <c r="C15" t="s">
-        <v>2068</v>
+        <v>2065</v>
       </c>
       <c r="D15" t="s">
-        <v>2735</v>
+        <v>2680</v>
       </c>
     </row>
     <row r="16" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B16" t="s">
-        <v>2736</v>
+        <v>2681</v>
       </c>
       <c r="C16" t="s">
-        <v>2071</v>
+        <v>2068</v>
       </c>
       <c r="D16" t="s">
-        <v>2737</v>
+        <v>2682</v>
       </c>
     </row>
     <row r="17" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B17" t="s">
-        <v>2738</v>
+        <v>2683</v>
       </c>
       <c r="C17" t="s">
-        <v>2074</v>
+        <v>2071</v>
       </c>
       <c r="D17" t="s">
-        <v>2739</v>
+        <v>2684</v>
       </c>
     </row>
     <row r="18" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B18" t="s">
-        <v>2740</v>
+        <v>2685</v>
       </c>
       <c r="D18" t="s">
-        <v>2741</v>
+        <v>2686</v>
       </c>
     </row>
     <row r="19" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B19" t="s">
-        <v>2742</v>
+        <v>2687</v>
       </c>
       <c r="C19" t="s">
-        <v>2077</v>
+        <v>2074</v>
       </c>
       <c r="D19" t="s">
-        <v>2743</v>
+        <v>2688</v>
       </c>
     </row>
     <row r="20" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B20" t="s">
-        <v>2744</v>
+        <v>2689</v>
       </c>
       <c r="C20" t="s">
-        <v>2082</v>
+        <v>2079</v>
       </c>
       <c r="D20" t="s">
-        <v>2745</v>
+        <v>2690</v>
       </c>
     </row>
     <row r="21" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B21" t="s">
-        <v>2746</v>
+        <v>2691</v>
       </c>
       <c r="C21" t="s">
-        <v>2085</v>
+        <v>2082</v>
       </c>
       <c r="D21" t="s">
-        <v>2747</v>
+        <v>2692</v>
       </c>
     </row>
     <row r="22" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B22" t="s">
-        <v>2748</v>
+        <v>2693</v>
       </c>
       <c r="C22" t="s">
-        <v>2088</v>
+        <v>2085</v>
       </c>
       <c r="D22" t="s">
-        <v>2749</v>
+        <v>2694</v>
       </c>
     </row>
     <row r="23" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B23" t="s">
-        <v>2750</v>
+        <v>2695</v>
       </c>
       <c r="C23" t="s">
-        <v>2091</v>
+        <v>2088</v>
       </c>
       <c r="D23" t="s">
-        <v>2751</v>
+        <v>2696</v>
       </c>
     </row>
     <row r="24" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B24" t="s">
-        <v>2752</v>
+        <v>2697</v>
       </c>
       <c r="C24" t="s">
-        <v>2094</v>
+        <v>2091</v>
       </c>
       <c r="D24" t="s">
-        <v>2753</v>
+        <v>2698</v>
       </c>
     </row>
     <row r="25" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B25" t="s">
-        <v>2754</v>
+        <v>2699</v>
       </c>
       <c r="C25" t="s">
-        <v>2097</v>
+        <v>2094</v>
       </c>
       <c r="D25" t="s">
-        <v>2755</v>
+        <v>2700</v>
       </c>
     </row>
     <row r="26" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B26" t="s">
-        <v>2756</v>
+        <v>2701</v>
       </c>
       <c r="C26" t="s">
-        <v>2100</v>
+        <v>2097</v>
       </c>
       <c r="D26" t="s">
-        <v>2757</v>
+        <v>2702</v>
       </c>
     </row>
     <row r="27" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B27" t="s">
-        <v>2758</v>
+        <v>2703</v>
       </c>
       <c r="C27" t="s">
-        <v>2103</v>
+        <v>2100</v>
       </c>
       <c r="D27" t="s">
-        <v>2759</v>
+        <v>2704</v>
       </c>
     </row>
     <row r="28" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B28" t="s">
-        <v>2760</v>
+        <v>2705</v>
       </c>
       <c r="C28" t="s">
-        <v>2106</v>
+        <v>2103</v>
       </c>
       <c r="D28" t="s">
-        <v>2761</v>
+        <v>2706</v>
       </c>
     </row>
     <row r="29" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B29" t="s">
-        <v>2678</v>
+        <v>2623</v>
       </c>
       <c r="C29" t="s">
-        <v>2109</v>
+        <v>2106</v>
       </c>
       <c r="D29" t="s">
-        <v>2762</v>
+        <v>2707</v>
       </c>
     </row>
     <row r="30" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B30" t="s">
-        <v>2763</v>
+        <v>2708</v>
       </c>
       <c r="C30" t="s">
-        <v>2112</v>
+        <v>2109</v>
       </c>
       <c r="D30" t="s">
-        <v>2764</v>
+        <v>2709</v>
       </c>
     </row>
     <row r="31" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B31" t="s">
-        <v>2765</v>
+        <v>2710</v>
       </c>
       <c r="C31" t="s">
-        <v>2115</v>
+        <v>2112</v>
       </c>
       <c r="D31" t="s">
-        <v>2766</v>
+        <v>2711</v>
       </c>
     </row>
     <row r="32" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B32" t="s">
-        <v>2767</v>
+        <v>2712</v>
       </c>
       <c r="D32" t="s">
-        <v>2768</v>
+        <v>2713</v>
       </c>
     </row>
     <row r="33" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B33" t="s">
-        <v>2769</v>
+        <v>2714</v>
       </c>
       <c r="C33" t="s">
-        <v>2118</v>
+        <v>2115</v>
       </c>
       <c r="D33" t="s">
-        <v>2770</v>
+        <v>2715</v>
       </c>
     </row>
     <row r="34" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B34" t="s">
-        <v>2771</v>
+        <v>2716</v>
       </c>
       <c r="C34" t="s">
-        <v>2121</v>
+        <v>2118</v>
       </c>
       <c r="D34" t="s">
-        <v>2772</v>
+        <v>2717</v>
       </c>
     </row>
     <row r="35" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B35" t="s">
-        <v>2773</v>
+        <v>2718</v>
       </c>
       <c r="C35" t="s">
-        <v>2126</v>
+        <v>2123</v>
       </c>
       <c r="D35" t="s">
-        <v>2774</v>
+        <v>2719</v>
       </c>
     </row>
     <row r="36" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B36" t="s">
-        <v>2775</v>
+        <v>2720</v>
       </c>
       <c r="C36" t="s">
-        <v>2129</v>
+        <v>2126</v>
       </c>
       <c r="D36" t="s">
-        <v>2776</v>
+        <v>2721</v>
       </c>
     </row>
     <row r="37" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B37" t="s">
-        <v>2777</v>
+        <v>2722</v>
       </c>
       <c r="D37" t="s">
-        <v>2778</v>
+        <v>2723</v>
       </c>
     </row>
     <row r="38" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B38" t="s">
-        <v>2779</v>
+        <v>2724</v>
       </c>
       <c r="C38" t="s">
-        <v>2132</v>
+        <v>2129</v>
       </c>
       <c r="D38" t="s">
-        <v>2780</v>
+        <v>2725</v>
       </c>
     </row>
     <row r="39" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B39" t="s">
-        <v>2781</v>
+        <v>2726</v>
       </c>
       <c r="C39" t="s">
-        <v>2135</v>
+        <v>2132</v>
       </c>
       <c r="D39" t="s">
-        <v>2782</v>
+        <v>2727</v>
       </c>
     </row>
     <row r="40" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B40" t="s">
-        <v>2783</v>
+        <v>2728</v>
       </c>
       <c r="C40" t="s">
-        <v>2138</v>
+        <v>2135</v>
       </c>
       <c r="D40" t="s">
-        <v>2784</v>
+        <v>2729</v>
       </c>
     </row>
     <row r="41" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B41" t="s">
-        <v>2785</v>
+        <v>2730</v>
       </c>
       <c r="C41" t="s">
-        <v>2141</v>
+        <v>2138</v>
       </c>
       <c r="D41" t="s">
-        <v>2786</v>
+        <v>2731</v>
       </c>
     </row>
     <row r="42" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B42" t="s">
-        <v>2787</v>
+        <v>2732</v>
       </c>
       <c r="D42" t="s">
-        <v>2788</v>
+        <v>2733</v>
       </c>
     </row>
     <row r="43" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B43" t="s">
-        <v>2789</v>
+        <v>2734</v>
       </c>
       <c r="C43" t="s">
-        <v>2144</v>
+        <v>2141</v>
       </c>
       <c r="D43" t="s">
-        <v>2790</v>
+        <v>2735</v>
       </c>
     </row>
     <row r="44" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B44" t="s">
-        <v>2791</v>
+        <v>2736</v>
       </c>
       <c r="C44" t="s">
-        <v>2147</v>
+        <v>2144</v>
       </c>
       <c r="D44" t="s">
-        <v>2792</v>
+        <v>2737</v>
       </c>
     </row>
     <row r="45" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B45" t="s">
-        <v>2793</v>
+        <v>2738</v>
       </c>
       <c r="C45" t="s">
-        <v>2150</v>
+        <v>2147</v>
       </c>
       <c r="D45" t="s">
-        <v>2794</v>
+        <v>2739</v>
       </c>
     </row>
     <row r="46" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B46" t="s">
-        <v>2795</v>
+        <v>2740</v>
       </c>
       <c r="D46" t="s">
-        <v>2796</v>
+        <v>2741</v>
       </c>
     </row>
     <row r="47" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B47" t="s">
-        <v>2797</v>
+        <v>2742</v>
       </c>
       <c r="C47" t="s">
-        <v>2153</v>
+        <v>2150</v>
       </c>
       <c r="D47" t="s">
-        <v>2798</v>
+        <v>2743</v>
       </c>
     </row>
     <row r="48" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B48" t="s">
-        <v>2670</v>
+        <v>2615</v>
       </c>
       <c r="C48" t="s">
-        <v>2156</v>
+        <v>2153</v>
       </c>
       <c r="D48" t="s">
-        <v>2799</v>
+        <v>2744</v>
       </c>
     </row>
     <row r="49" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B49" t="s">
-        <v>2800</v>
+        <v>2745</v>
       </c>
       <c r="D49" t="s">
-        <v>2801</v>
+        <v>2746</v>
       </c>
     </row>
     <row r="50" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B50" t="s">
-        <v>2674</v>
+        <v>2619</v>
       </c>
       <c r="C50" t="s">
-        <v>2159</v>
+        <v>2156</v>
       </c>
       <c r="D50" t="s">
-        <v>2802</v>
+        <v>2747</v>
       </c>
     </row>
     <row r="51" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B51" t="s">
-        <v>2803</v>
+        <v>2748</v>
       </c>
       <c r="C51" t="s">
-        <v>2162</v>
+        <v>2159</v>
       </c>
       <c r="D51" t="s">
-        <v>2804</v>
+        <v>2749</v>
       </c>
     </row>
     <row r="52" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B52" t="s">
-        <v>2805</v>
+        <v>2750</v>
       </c>
       <c r="C52" t="s">
-        <v>2165</v>
+        <v>2162</v>
       </c>
       <c r="D52" t="s">
-        <v>2806</v>
+        <v>2751</v>
       </c>
     </row>
     <row r="53" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B53" t="s">
-        <v>2807</v>
+        <v>2752</v>
       </c>
       <c r="D53" t="s">
-        <v>2808</v>
+        <v>2753</v>
       </c>
     </row>
     <row r="54" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B54" t="s">
-        <v>2692</v>
+        <v>2637</v>
       </c>
       <c r="C54" t="s">
-        <v>2168</v>
+        <v>2165</v>
       </c>
       <c r="D54" t="s">
-        <v>2809</v>
+        <v>2754</v>
       </c>
     </row>
     <row r="55" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B55" t="s">
-        <v>2810</v>
+        <v>2755</v>
       </c>
       <c r="C55" t="s">
-        <v>2171</v>
+        <v>2168</v>
       </c>
       <c r="D55" t="s">
-        <v>2811</v>
+        <v>2756</v>
       </c>
     </row>
     <row r="56" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B56" t="s">
-        <v>2812</v>
+        <v>2757</v>
       </c>
       <c r="C56" t="s">
-        <v>2174</v>
+        <v>2171</v>
       </c>
       <c r="D56" t="s">
-        <v>2813</v>
+        <v>2758</v>
       </c>
     </row>
     <row r="57" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B57" t="s">
-        <v>2814</v>
+        <v>2759</v>
       </c>
       <c r="C57" t="s">
-        <v>2177</v>
+        <v>2174</v>
       </c>
       <c r="D57" t="s">
-        <v>2815</v>
+        <v>2760</v>
       </c>
     </row>
     <row r="58" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B58" t="s">
-        <v>2816</v>
+        <v>2761</v>
       </c>
       <c r="C58" t="s">
-        <v>2182</v>
+        <v>2179</v>
       </c>
       <c r="D58" t="s">
-        <v>2817</v>
+        <v>2762</v>
       </c>
     </row>
     <row r="59" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B59" t="s">
-        <v>2818</v>
+        <v>2763</v>
       </c>
       <c r="C59" t="s">
-        <v>2185</v>
+        <v>2182</v>
       </c>
       <c r="D59" t="s">
-        <v>2819</v>
+        <v>2764</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0600-000000000000}">
   <dimension ref="A1:D32"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>95</v>
+        <v>92</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>97</v>
+        <v>94</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
         <v>23</v>
       </c>
       <c r="B2" t="s">
         <v>24</v>
       </c>
       <c r="D2" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="3" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
-        <v>815</v>
+        <v>812</v>
       </c>
       <c r="B3" t="s">
-        <v>99</v>
+        <v>96</v>
       </c>
       <c r="D3" t="s">
-        <v>817</v>
+        <v>814</v>
       </c>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A4" t="s">
-        <v>816</v>
+        <v>813</v>
       </c>
       <c r="B4" t="s">
-        <v>101</v>
+        <v>98</v>
       </c>
       <c r="D4" t="s">
-        <v>818</v>
+        <v>815</v>
       </c>
     </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B5" t="s">
-        <v>273</v>
+        <v>270</v>
       </c>
       <c r="D5" t="s">
-        <v>819</v>
+        <v>816</v>
       </c>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B6" t="s">
-        <v>103</v>
+        <v>100</v>
       </c>
       <c r="D6" t="s">
-        <v>820</v>
+        <v>817</v>
       </c>
     </row>
     <row r="7" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B7" t="s">
-        <v>821</v>
+        <v>818</v>
       </c>
       <c r="D7" t="s">
-        <v>822</v>
+        <v>819</v>
       </c>
     </row>
     <row r="8" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B8" t="s">
-        <v>823</v>
+        <v>820</v>
       </c>
       <c r="D8" t="s">
-        <v>824</v>
+        <v>821</v>
       </c>
     </row>
     <row r="9" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B9" t="s">
-        <v>825</v>
+        <v>822</v>
       </c>
       <c r="D9" t="s">
-        <v>826</v>
+        <v>823</v>
       </c>
     </row>
     <row r="10" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B10" t="s">
-        <v>827</v>
+        <v>824</v>
       </c>
       <c r="D10" t="s">
-        <v>828</v>
+        <v>825</v>
       </c>
     </row>
     <row r="11" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B11" t="s">
-        <v>829</v>
+        <v>826</v>
       </c>
       <c r="D11" t="s">
-        <v>830</v>
+        <v>827</v>
       </c>
     </row>
     <row r="12" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B12" t="s">
-        <v>831</v>
+        <v>828</v>
       </c>
       <c r="D12" t="s">
-        <v>832</v>
+        <v>829</v>
       </c>
     </row>
     <row r="13" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B13" t="s">
-        <v>833</v>
+        <v>830</v>
       </c>
       <c r="D13" t="s">
-        <v>834</v>
+        <v>831</v>
       </c>
     </row>
     <row r="14" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B14" t="s">
-        <v>835</v>
+        <v>832</v>
       </c>
       <c r="D14" t="s">
-        <v>836</v>
+        <v>833</v>
       </c>
     </row>
     <row r="15" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B15" t="s">
-        <v>837</v>
+        <v>834</v>
       </c>
       <c r="D15" t="s">
-        <v>838</v>
+        <v>835</v>
       </c>
     </row>
     <row r="16" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B16" t="s">
-        <v>839</v>
+        <v>836</v>
       </c>
       <c r="D16" t="s">
-        <v>840</v>
+        <v>837</v>
       </c>
     </row>
     <row r="17" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B17" t="s">
-        <v>841</v>
+        <v>838</v>
       </c>
       <c r="D17" t="s">
-        <v>842</v>
+        <v>839</v>
       </c>
     </row>
     <row r="18" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B18" t="s">
-        <v>843</v>
+        <v>840</v>
       </c>
       <c r="D18" t="s">
-        <v>844</v>
+        <v>841</v>
       </c>
     </row>
     <row r="19" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B19" t="s">
-        <v>845</v>
+        <v>842</v>
       </c>
       <c r="D19" t="s">
-        <v>846</v>
+        <v>843</v>
       </c>
     </row>
     <row r="20" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B20" t="s">
-        <v>847</v>
+        <v>844</v>
       </c>
       <c r="D20" t="s">
-        <v>848</v>
+        <v>845</v>
       </c>
     </row>
     <row r="21" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B21" t="s">
-        <v>849</v>
+        <v>846</v>
       </c>
       <c r="D21" t="s">
-        <v>850</v>
+        <v>847</v>
       </c>
     </row>
     <row r="22" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B22" t="s">
-        <v>851</v>
+        <v>848</v>
       </c>
       <c r="D22" t="s">
-        <v>852</v>
+        <v>849</v>
       </c>
     </row>
     <row r="23" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B23" t="s">
-        <v>853</v>
+        <v>850</v>
       </c>
       <c r="D23" t="s">
-        <v>854</v>
+        <v>851</v>
       </c>
     </row>
     <row r="24" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B24" t="s">
-        <v>855</v>
+        <v>852</v>
       </c>
       <c r="D24" t="s">
-        <v>856</v>
+        <v>853</v>
       </c>
     </row>
     <row r="25" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B25" t="s">
-        <v>857</v>
+        <v>854</v>
       </c>
       <c r="D25" t="s">
-        <v>858</v>
+        <v>855</v>
       </c>
     </row>
     <row r="26" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B26" t="s">
-        <v>859</v>
+        <v>856</v>
       </c>
       <c r="D26" t="s">
-        <v>860</v>
+        <v>857</v>
       </c>
     </row>
     <row r="27" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B27" t="s">
-        <v>861</v>
+        <v>858</v>
       </c>
       <c r="D27" t="s">
-        <v>862</v>
+        <v>859</v>
       </c>
     </row>
     <row r="28" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B28" t="s">
-        <v>863</v>
+        <v>860</v>
       </c>
       <c r="D28" t="s">
-        <v>864</v>
+        <v>861</v>
       </c>
     </row>
     <row r="29" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B29" t="s">
-        <v>865</v>
+        <v>862</v>
       </c>
       <c r="D29" t="s">
-        <v>866</v>
+        <v>863</v>
       </c>
     </row>
     <row r="30" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B30" t="s">
-        <v>867</v>
+        <v>864</v>
       </c>
       <c r="D30" t="s">
-        <v>868</v>
+        <v>865</v>
       </c>
     </row>
     <row r="31" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B31" t="s">
-        <v>869</v>
+        <v>866</v>
       </c>
       <c r="D31" t="s">
-        <v>870</v>
+        <v>867</v>
       </c>
     </row>
     <row r="32" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B32" t="s">
-        <v>871</v>
+        <v>868</v>
       </c>
       <c r="C32" t="s">
-        <v>872</v>
+        <v>869</v>
       </c>
       <c r="D32" t="s">
-        <v>873</v>
+        <v>870</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0700-000000000000}">
   <dimension ref="A1:D72"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>95</v>
+        <v>92</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>97</v>
+        <v>94</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
         <v>27</v>
       </c>
       <c r="B2" t="s">
         <v>28</v>
       </c>
       <c r="D2" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="3" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
+        <v>871</v>
+      </c>
+      <c r="B3" t="s">
+        <v>96</v>
+      </c>
+      <c r="D3" t="s">
         <v>874</v>
-      </c>
-[...4 lines deleted...]
-        <v>877</v>
       </c>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A4" t="s">
+        <v>872</v>
+      </c>
+      <c r="B4" t="s">
+        <v>268</v>
+      </c>
+      <c r="D4" t="s">
         <v>875</v>
-      </c>
-[...4 lines deleted...]
-        <v>878</v>
       </c>
     </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A5" t="s">
+        <v>873</v>
+      </c>
+      <c r="B5" t="s">
+        <v>274</v>
+      </c>
+      <c r="D5" t="s">
         <v>876</v>
-      </c>
-[...4 lines deleted...]
-        <v>879</v>
       </c>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B6" t="s">
-        <v>880</v>
+        <v>877</v>
       </c>
       <c r="D6" t="s">
-        <v>881</v>
+        <v>878</v>
       </c>
     </row>
     <row r="7" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B7" t="s">
-        <v>103</v>
+        <v>100</v>
       </c>
       <c r="D7" t="s">
-        <v>882</v>
+        <v>879</v>
       </c>
     </row>
     <row r="8" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B8" t="s">
-        <v>883</v>
+        <v>880</v>
       </c>
       <c r="D8" t="s">
-        <v>884</v>
+        <v>881</v>
       </c>
     </row>
     <row r="9" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B9" t="s">
-        <v>155</v>
+        <v>152</v>
       </c>
       <c r="D9" t="s">
-        <v>885</v>
+        <v>882</v>
       </c>
     </row>
     <row r="10" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B10" t="s">
-        <v>886</v>
+        <v>883</v>
       </c>
       <c r="D10" t="s">
-        <v>887</v>
+        <v>884</v>
       </c>
     </row>
     <row r="11" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B11" t="s">
-        <v>888</v>
+        <v>885</v>
       </c>
       <c r="D11" t="s">
-        <v>889</v>
+        <v>886</v>
       </c>
     </row>
     <row r="12" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B12" t="s">
-        <v>890</v>
+        <v>887</v>
       </c>
       <c r="C12" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="D12" t="s">
-        <v>891</v>
+        <v>888</v>
       </c>
     </row>
     <row r="13" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B13" t="s">
-        <v>892</v>
+        <v>889</v>
       </c>
       <c r="C13" t="s">
-        <v>109</v>
+        <v>106</v>
       </c>
       <c r="D13" t="s">
-        <v>893</v>
+        <v>890</v>
       </c>
     </row>
     <row r="14" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B14" t="s">
-        <v>894</v>
+        <v>891</v>
       </c>
       <c r="C14" t="s">
-        <v>112</v>
+        <v>109</v>
       </c>
       <c r="D14" t="s">
-        <v>895</v>
+        <v>892</v>
       </c>
     </row>
     <row r="15" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B15" t="s">
-        <v>896</v>
+        <v>893</v>
       </c>
       <c r="C15" t="s">
-        <v>115</v>
+        <v>112</v>
       </c>
       <c r="D15" t="s">
-        <v>897</v>
+        <v>894</v>
       </c>
     </row>
     <row r="16" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B16" t="s">
-        <v>898</v>
+        <v>895</v>
       </c>
       <c r="C16" t="s">
-        <v>118</v>
+        <v>115</v>
       </c>
       <c r="D16" t="s">
-        <v>899</v>
+        <v>896</v>
       </c>
     </row>
     <row r="17" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B17" t="s">
-        <v>900</v>
+        <v>897</v>
       </c>
       <c r="C17" t="s">
-        <v>121</v>
+        <v>118</v>
       </c>
       <c r="D17" t="s">
-        <v>901</v>
+        <v>898</v>
       </c>
     </row>
     <row r="18" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B18" t="s">
-        <v>902</v>
+        <v>899</v>
       </c>
       <c r="D18" t="s">
-        <v>903</v>
+        <v>900</v>
       </c>
     </row>
     <row r="19" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B19" t="s">
-        <v>904</v>
+        <v>901</v>
       </c>
       <c r="C19" t="s">
-        <v>124</v>
+        <v>121</v>
       </c>
       <c r="D19" t="s">
-        <v>905</v>
+        <v>902</v>
       </c>
     </row>
     <row r="20" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B20" t="s">
-        <v>906</v>
+        <v>903</v>
       </c>
       <c r="C20" t="s">
-        <v>127</v>
+        <v>124</v>
       </c>
       <c r="D20" t="s">
-        <v>907</v>
+        <v>904</v>
       </c>
     </row>
     <row r="21" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B21" t="s">
-        <v>908</v>
+        <v>905</v>
       </c>
       <c r="C21" t="s">
-        <v>130</v>
+        <v>127</v>
       </c>
       <c r="D21" t="s">
-        <v>909</v>
+        <v>906</v>
       </c>
     </row>
     <row r="22" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B22" t="s">
-        <v>910</v>
+        <v>907</v>
       </c>
       <c r="C22" t="s">
-        <v>133</v>
+        <v>130</v>
       </c>
       <c r="D22" t="s">
-        <v>911</v>
+        <v>908</v>
       </c>
     </row>
     <row r="23" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B23" t="s">
-        <v>912</v>
+        <v>909</v>
       </c>
       <c r="D23" t="s">
-        <v>913</v>
+        <v>910</v>
       </c>
     </row>
     <row r="24" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B24" t="s">
-        <v>914</v>
+        <v>911</v>
       </c>
       <c r="C24" t="s">
-        <v>136</v>
+        <v>133</v>
       </c>
       <c r="D24" t="s">
-        <v>915</v>
+        <v>912</v>
       </c>
     </row>
     <row r="25" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B25" t="s">
-        <v>916</v>
+        <v>913</v>
       </c>
       <c r="C25" t="s">
-        <v>139</v>
+        <v>136</v>
       </c>
       <c r="D25" t="s">
-        <v>917</v>
+        <v>914</v>
       </c>
     </row>
     <row r="26" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B26" t="s">
-        <v>918</v>
+        <v>915</v>
       </c>
       <c r="C26" t="s">
-        <v>142</v>
+        <v>139</v>
       </c>
       <c r="D26" t="s">
-        <v>919</v>
+        <v>916</v>
       </c>
     </row>
     <row r="27" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B27" t="s">
-        <v>920</v>
+        <v>917</v>
       </c>
       <c r="C27" t="s">
-        <v>145</v>
+        <v>142</v>
       </c>
       <c r="D27" t="s">
-        <v>921</v>
+        <v>918</v>
       </c>
     </row>
     <row r="28" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B28" t="s">
-        <v>922</v>
+        <v>919</v>
       </c>
       <c r="C28" t="s">
-        <v>194</v>
+        <v>191</v>
       </c>
       <c r="D28" t="s">
-        <v>923</v>
+        <v>920</v>
       </c>
     </row>
     <row r="29" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B29" t="s">
-        <v>924</v>
+        <v>921</v>
       </c>
       <c r="C29" t="s">
-        <v>197</v>
+        <v>194</v>
       </c>
       <c r="D29" t="s">
-        <v>925</v>
+        <v>922</v>
       </c>
     </row>
     <row r="30" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B30" t="s">
-        <v>926</v>
+        <v>923</v>
       </c>
       <c r="D30" t="s">
-        <v>927</v>
+        <v>924</v>
       </c>
     </row>
     <row r="31" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B31" t="s">
-        <v>928</v>
+        <v>925</v>
       </c>
       <c r="C31" t="s">
-        <v>200</v>
+        <v>197</v>
       </c>
       <c r="D31" t="s">
-        <v>929</v>
+        <v>926</v>
       </c>
     </row>
     <row r="32" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B32" t="s">
-        <v>930</v>
+        <v>927</v>
       </c>
       <c r="C32" t="s">
-        <v>203</v>
+        <v>200</v>
       </c>
       <c r="D32" t="s">
-        <v>931</v>
+        <v>928</v>
       </c>
     </row>
     <row r="33" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B33" t="s">
-        <v>932</v>
+        <v>929</v>
       </c>
       <c r="C33" t="s">
-        <v>208</v>
+        <v>205</v>
       </c>
       <c r="D33" t="s">
-        <v>933</v>
+        <v>930</v>
       </c>
     </row>
     <row r="34" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B34" t="s">
-        <v>934</v>
+        <v>931</v>
       </c>
       <c r="C34" t="s">
-        <v>211</v>
+        <v>208</v>
       </c>
       <c r="D34" t="s">
-        <v>935</v>
+        <v>932</v>
       </c>
     </row>
     <row r="35" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B35" t="s">
-        <v>936</v>
+        <v>933</v>
       </c>
       <c r="C35" t="s">
-        <v>214</v>
+        <v>211</v>
       </c>
       <c r="D35" t="s">
-        <v>937</v>
+        <v>934</v>
       </c>
     </row>
     <row r="36" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B36" t="s">
-        <v>938</v>
+        <v>935</v>
       </c>
       <c r="D36" t="s">
-        <v>939</v>
+        <v>936</v>
       </c>
     </row>
     <row r="37" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B37" t="s">
-        <v>940</v>
+        <v>937</v>
       </c>
       <c r="C37" t="s">
-        <v>217</v>
+        <v>214</v>
       </c>
       <c r="D37" t="s">
-        <v>941</v>
+        <v>938</v>
       </c>
     </row>
     <row r="38" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B38" t="s">
-        <v>942</v>
+        <v>939</v>
       </c>
       <c r="C38" t="s">
-        <v>222</v>
+        <v>219</v>
       </c>
       <c r="D38" t="s">
-        <v>943</v>
+        <v>940</v>
       </c>
     </row>
     <row r="39" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B39" t="s">
-        <v>944</v>
+        <v>941</v>
       </c>
       <c r="C39" t="s">
-        <v>225</v>
+        <v>222</v>
       </c>
       <c r="D39" t="s">
-        <v>945</v>
+        <v>942</v>
       </c>
     </row>
     <row r="40" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B40" t="s">
-        <v>946</v>
+        <v>943</v>
       </c>
       <c r="D40" t="s">
-        <v>947</v>
+        <v>944</v>
       </c>
     </row>
     <row r="41" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B41" t="s">
-        <v>948</v>
+        <v>945</v>
       </c>
       <c r="C41" t="s">
-        <v>230</v>
+        <v>227</v>
       </c>
       <c r="D41" t="s">
-        <v>949</v>
+        <v>946</v>
       </c>
     </row>
     <row r="42" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B42" t="s">
-        <v>950</v>
+        <v>947</v>
       </c>
       <c r="C42" t="s">
-        <v>233</v>
+        <v>230</v>
       </c>
       <c r="D42" t="s">
-        <v>951</v>
+        <v>948</v>
       </c>
     </row>
     <row r="43" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B43" t="s">
-        <v>952</v>
+        <v>949</v>
       </c>
       <c r="C43" t="s">
-        <v>239</v>
+        <v>236</v>
       </c>
       <c r="D43" t="s">
-        <v>953</v>
+        <v>950</v>
       </c>
     </row>
     <row r="44" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B44" t="s">
-        <v>954</v>
+        <v>951</v>
       </c>
       <c r="C44" t="s">
-        <v>242</v>
+        <v>239</v>
       </c>
       <c r="D44" t="s">
-        <v>955</v>
+        <v>952</v>
       </c>
     </row>
     <row r="45" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B45" t="s">
-        <v>956</v>
+        <v>953</v>
       </c>
       <c r="C45" t="s">
-        <v>247</v>
+        <v>244</v>
       </c>
       <c r="D45" t="s">
-        <v>957</v>
+        <v>954</v>
       </c>
     </row>
     <row r="46" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B46" t="s">
-        <v>958</v>
+        <v>955</v>
       </c>
       <c r="C46" t="s">
-        <v>250</v>
+        <v>247</v>
       </c>
       <c r="D46" t="s">
-        <v>959</v>
+        <v>956</v>
       </c>
     </row>
     <row r="47" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B47" t="s">
-        <v>960</v>
+        <v>957</v>
       </c>
       <c r="C47" t="s">
-        <v>253</v>
+        <v>250</v>
       </c>
       <c r="D47" t="s">
-        <v>961</v>
+        <v>958</v>
       </c>
     </row>
     <row r="48" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B48" t="s">
-        <v>962</v>
+        <v>959</v>
       </c>
       <c r="C48" t="s">
-        <v>256</v>
+        <v>253</v>
       </c>
       <c r="D48" t="s">
-        <v>963</v>
+        <v>960</v>
       </c>
     </row>
     <row r="49" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B49" t="s">
-        <v>964</v>
+        <v>961</v>
       </c>
       <c r="C49" t="s">
-        <v>259</v>
+        <v>256</v>
       </c>
       <c r="D49" t="s">
-        <v>965</v>
+        <v>962</v>
       </c>
     </row>
     <row r="50" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B50" t="s">
-        <v>966</v>
+        <v>963</v>
       </c>
       <c r="C50" t="s">
-        <v>263</v>
+        <v>260</v>
       </c>
       <c r="D50" t="s">
-        <v>967</v>
+        <v>964</v>
       </c>
     </row>
     <row r="51" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B51" t="s">
-        <v>968</v>
+        <v>965</v>
       </c>
       <c r="C51" t="s">
-        <v>266</v>
+        <v>263</v>
       </c>
       <c r="D51" t="s">
-        <v>969</v>
+        <v>966</v>
       </c>
     </row>
     <row r="52" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B52" t="s">
-        <v>970</v>
+        <v>967</v>
       </c>
       <c r="C52" t="s">
-        <v>358</v>
+        <v>355</v>
       </c>
       <c r="D52" t="s">
-        <v>971</v>
+        <v>968</v>
       </c>
     </row>
     <row r="53" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B53" t="s">
-        <v>972</v>
+        <v>969</v>
       </c>
       <c r="C53" t="s">
-        <v>361</v>
+        <v>358</v>
       </c>
       <c r="D53" t="s">
-        <v>973</v>
+        <v>970</v>
       </c>
     </row>
     <row r="54" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B54" t="s">
-        <v>974</v>
+        <v>971</v>
       </c>
       <c r="C54" t="s">
-        <v>366</v>
+        <v>363</v>
       </c>
       <c r="D54" t="s">
-        <v>975</v>
+        <v>972</v>
       </c>
     </row>
     <row r="55" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B55" t="s">
-        <v>976</v>
+        <v>973</v>
       </c>
       <c r="C55" t="s">
-        <v>369</v>
+        <v>366</v>
       </c>
       <c r="D55" t="s">
-        <v>977</v>
+        <v>974</v>
       </c>
     </row>
     <row r="56" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B56" t="s">
-        <v>978</v>
+        <v>975</v>
       </c>
       <c r="C56" t="s">
-        <v>372</v>
+        <v>369</v>
       </c>
       <c r="D56" t="s">
-        <v>979</v>
+        <v>976</v>
       </c>
     </row>
     <row r="57" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B57" t="s">
-        <v>980</v>
+        <v>977</v>
       </c>
       <c r="C57" t="s">
-        <v>377</v>
+        <v>374</v>
       </c>
       <c r="D57" t="s">
-        <v>981</v>
+        <v>978</v>
       </c>
     </row>
     <row r="58" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B58" t="s">
-        <v>982</v>
+        <v>979</v>
       </c>
       <c r="C58" t="s">
-        <v>380</v>
+        <v>377</v>
       </c>
       <c r="D58" t="s">
-        <v>983</v>
+        <v>980</v>
       </c>
     </row>
     <row r="59" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B59" t="s">
-        <v>984</v>
+        <v>981</v>
       </c>
       <c r="C59" t="s">
-        <v>385</v>
+        <v>382</v>
       </c>
       <c r="D59" t="s">
-        <v>985</v>
+        <v>982</v>
       </c>
     </row>
     <row r="60" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B60" t="s">
-        <v>986</v>
+        <v>983</v>
       </c>
       <c r="D60" t="s">
-        <v>987</v>
+        <v>984</v>
       </c>
     </row>
     <row r="61" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B61" t="s">
-        <v>988</v>
+        <v>985</v>
       </c>
       <c r="C61" t="s">
-        <v>388</v>
+        <v>385</v>
       </c>
       <c r="D61" t="s">
-        <v>989</v>
+        <v>986</v>
       </c>
     </row>
     <row r="62" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B62" t="s">
-        <v>990</v>
+        <v>987</v>
       </c>
       <c r="C62" t="s">
-        <v>391</v>
+        <v>388</v>
       </c>
       <c r="D62" t="s">
-        <v>991</v>
+        <v>988</v>
       </c>
     </row>
     <row r="63" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B63" t="s">
-        <v>992</v>
+        <v>989</v>
       </c>
       <c r="C63" t="s">
-        <v>396</v>
+        <v>393</v>
       </c>
       <c r="D63" t="s">
-        <v>993</v>
+        <v>990</v>
       </c>
     </row>
     <row r="64" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B64" t="s">
-        <v>994</v>
+        <v>991</v>
       </c>
       <c r="C64" t="s">
-        <v>399</v>
+        <v>396</v>
       </c>
       <c r="D64" t="s">
-        <v>995</v>
+        <v>992</v>
       </c>
     </row>
     <row r="65" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B65" t="s">
-        <v>996</v>
+        <v>993</v>
       </c>
       <c r="C65" t="s">
-        <v>402</v>
+        <v>399</v>
       </c>
       <c r="D65" t="s">
-        <v>997</v>
+        <v>994</v>
       </c>
     </row>
     <row r="66" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B66" t="s">
-        <v>998</v>
+        <v>995</v>
       </c>
       <c r="C66" t="s">
-        <v>405</v>
+        <v>402</v>
       </c>
       <c r="D66" t="s">
-        <v>999</v>
+        <v>996</v>
       </c>
     </row>
     <row r="67" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B67" t="s">
-        <v>1000</v>
+        <v>997</v>
       </c>
       <c r="C67" t="s">
-        <v>408</v>
+        <v>405</v>
       </c>
       <c r="D67" t="s">
-        <v>1001</v>
+        <v>998</v>
       </c>
     </row>
     <row r="68" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B68" t="s">
-        <v>1002</v>
+        <v>999</v>
       </c>
       <c r="C68" t="s">
-        <v>411</v>
+        <v>408</v>
       </c>
       <c r="D68" t="s">
-        <v>1003</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="69" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B69" t="s">
-        <v>1004</v>
+        <v>1001</v>
       </c>
       <c r="D69" t="s">
-        <v>1005</v>
+        <v>1002</v>
       </c>
     </row>
     <row r="70" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B70" t="s">
-        <v>1006</v>
+        <v>1003</v>
       </c>
       <c r="C70" t="s">
-        <v>414</v>
+        <v>411</v>
       </c>
       <c r="D70" t="s">
-        <v>1007</v>
+        <v>1004</v>
       </c>
     </row>
     <row r="71" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B71" t="s">
-        <v>1008</v>
+        <v>1005</v>
       </c>
       <c r="C71" t="s">
-        <v>417</v>
+        <v>414</v>
       </c>
       <c r="D71" t="s">
-        <v>1009</v>
+        <v>1006</v>
       </c>
     </row>
     <row r="72" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B72" t="s">
-        <v>1010</v>
+        <v>1007</v>
       </c>
       <c r="C72" t="s">
-        <v>420</v>
+        <v>417</v>
       </c>
       <c r="D72" t="s">
-        <v>1011</v>
+        <v>1008</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0800-000000000000}">
   <dimension ref="A1:D143"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>95</v>
+        <v>92</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>97</v>
+        <v>94</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
         <v>31</v>
       </c>
       <c r="B2" t="s">
         <v>32</v>
       </c>
       <c r="D2" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="3" spans="1:4" ht="25" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
+        <v>1009</v>
+      </c>
+      <c r="B3" s="3" t="s">
         <v>1012</v>
       </c>
-      <c r="B3" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D3" t="s">
-        <v>1016</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A4" t="s">
-        <v>1013</v>
+        <v>1010</v>
       </c>
       <c r="B4" t="s">
-        <v>99</v>
+        <v>96</v>
       </c>
       <c r="D4" t="s">
-        <v>1017</v>
+        <v>1014</v>
       </c>
     </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A5" t="s">
-        <v>1014</v>
+        <v>1011</v>
       </c>
       <c r="B5" t="s">
-        <v>101</v>
+        <v>98</v>
       </c>
       <c r="D5" t="s">
-        <v>1018</v>
+        <v>1015</v>
       </c>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B6" t="s">
-        <v>101</v>
+        <v>98</v>
       </c>
       <c r="D6" t="s">
-        <v>1019</v>
+        <v>1016</v>
       </c>
     </row>
     <row r="7" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B7" t="s">
-        <v>277</v>
+        <v>274</v>
       </c>
       <c r="D7" t="s">
-        <v>1020</v>
+        <v>1017</v>
       </c>
     </row>
     <row r="8" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B8" t="s">
-        <v>277</v>
+        <v>274</v>
       </c>
       <c r="D8" t="s">
-        <v>1021</v>
+        <v>1018</v>
       </c>
     </row>
     <row r="9" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B9" t="s">
-        <v>103</v>
+        <v>100</v>
       </c>
       <c r="D9" t="s">
-        <v>1022</v>
+        <v>1019</v>
       </c>
     </row>
     <row r="10" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B10" t="s">
-        <v>103</v>
+        <v>100</v>
       </c>
       <c r="D10" t="s">
-        <v>1023</v>
+        <v>1020</v>
       </c>
     </row>
     <row r="11" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B11" t="s">
-        <v>1024</v>
+        <v>1021</v>
       </c>
       <c r="D11" t="s">
-        <v>1025</v>
+        <v>1022</v>
       </c>
     </row>
     <row r="12" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B12" t="s">
-        <v>1026</v>
+        <v>1023</v>
       </c>
       <c r="C12" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="D12" t="s">
-        <v>1027</v>
+        <v>1024</v>
       </c>
     </row>
     <row r="13" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B13" t="s">
-        <v>1028</v>
+        <v>1025</v>
       </c>
       <c r="C13" t="s">
-        <v>109</v>
+        <v>106</v>
       </c>
       <c r="D13" t="s">
-        <v>1029</v>
+        <v>1026</v>
       </c>
     </row>
     <row r="14" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B14" t="s">
-        <v>1030</v>
+        <v>1027</v>
       </c>
       <c r="C14" t="s">
-        <v>112</v>
+        <v>109</v>
       </c>
       <c r="D14" t="s">
-        <v>1031</v>
+        <v>1028</v>
       </c>
     </row>
     <row r="15" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B15" t="s">
-        <v>1032</v>
+        <v>1029</v>
       </c>
       <c r="C15" t="s">
-        <v>115</v>
+        <v>112</v>
       </c>
       <c r="D15" t="s">
-        <v>1033</v>
+        <v>1030</v>
       </c>
     </row>
     <row r="16" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B16" t="s">
-        <v>255</v>
+        <v>252</v>
       </c>
       <c r="C16" t="s">
-        <v>118</v>
+        <v>115</v>
       </c>
       <c r="D16" t="s">
-        <v>1034</v>
+        <v>1031</v>
       </c>
     </row>
     <row r="17" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B17" t="s">
-        <v>1035</v>
+        <v>1032</v>
       </c>
       <c r="C17" t="s">
-        <v>121</v>
+        <v>118</v>
       </c>
       <c r="D17" t="s">
-        <v>1036</v>
+        <v>1033</v>
       </c>
     </row>
     <row r="18" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B18" t="s">
-        <v>1037</v>
+        <v>1034</v>
       </c>
       <c r="C18" t="s">
-        <v>124</v>
+        <v>121</v>
       </c>
       <c r="D18" t="s">
-        <v>1038</v>
+        <v>1035</v>
       </c>
     </row>
     <row r="19" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B19" t="s">
-        <v>1039</v>
+        <v>1036</v>
       </c>
       <c r="C19" t="s">
-        <v>127</v>
+        <v>124</v>
       </c>
       <c r="D19" t="s">
-        <v>1040</v>
+        <v>1037</v>
       </c>
     </row>
     <row r="20" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B20" t="s">
-        <v>1041</v>
+        <v>1038</v>
       </c>
       <c r="C20" t="s">
-        <v>130</v>
+        <v>127</v>
       </c>
       <c r="D20" t="s">
-        <v>1042</v>
+        <v>1039</v>
       </c>
     </row>
     <row r="21" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B21" t="s">
-        <v>1043</v>
+        <v>1040</v>
       </c>
       <c r="C21" t="s">
-        <v>133</v>
+        <v>130</v>
       </c>
       <c r="D21" t="s">
-        <v>1044</v>
+        <v>1041</v>
       </c>
     </row>
     <row r="22" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B22" t="s">
-        <v>1045</v>
+        <v>1042</v>
       </c>
       <c r="C22" t="s">
-        <v>136</v>
+        <v>133</v>
       </c>
       <c r="D22" t="s">
-        <v>1046</v>
+        <v>1043</v>
       </c>
     </row>
     <row r="23" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B23" t="s">
-        <v>1047</v>
+        <v>1044</v>
       </c>
       <c r="C23" t="s">
-        <v>139</v>
+        <v>136</v>
       </c>
       <c r="D23" t="s">
-        <v>1048</v>
+        <v>1045</v>
       </c>
     </row>
     <row r="24" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B24" t="s">
-        <v>1049</v>
+        <v>1046</v>
       </c>
       <c r="C24" t="s">
-        <v>142</v>
+        <v>139</v>
       </c>
       <c r="D24" t="s">
-        <v>1050</v>
+        <v>1047</v>
       </c>
     </row>
     <row r="25" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B25" t="s">
-        <v>1051</v>
+        <v>1048</v>
       </c>
       <c r="C25" t="s">
-        <v>145</v>
+        <v>142</v>
       </c>
       <c r="D25" t="s">
-        <v>1052</v>
+        <v>1049</v>
       </c>
     </row>
     <row r="26" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B26" t="s">
-        <v>1053</v>
+        <v>1050</v>
       </c>
       <c r="C26" t="s">
-        <v>194</v>
+        <v>191</v>
       </c>
       <c r="D26" t="s">
-        <v>1054</v>
+        <v>1051</v>
       </c>
     </row>
     <row r="27" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B27" t="s">
-        <v>1055</v>
+        <v>1052</v>
       </c>
       <c r="C27" t="s">
-        <v>197</v>
+        <v>194</v>
       </c>
       <c r="D27" t="s">
-        <v>1056</v>
+        <v>1053</v>
       </c>
     </row>
     <row r="28" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B28" t="s">
-        <v>1057</v>
+        <v>1054</v>
       </c>
       <c r="C28" t="s">
-        <v>200</v>
+        <v>197</v>
       </c>
       <c r="D28" t="s">
-        <v>1058</v>
+        <v>1055</v>
       </c>
     </row>
     <row r="29" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B29" t="s">
-        <v>1059</v>
+        <v>1056</v>
       </c>
       <c r="C29" t="s">
-        <v>203</v>
+        <v>200</v>
       </c>
       <c r="D29" t="s">
-        <v>1060</v>
+        <v>1057</v>
       </c>
     </row>
     <row r="30" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B30" t="s">
-        <v>1061</v>
+        <v>1058</v>
       </c>
       <c r="C30" t="s">
-        <v>208</v>
+        <v>205</v>
       </c>
       <c r="D30" t="s">
-        <v>1062</v>
+        <v>1059</v>
       </c>
     </row>
     <row r="31" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B31" t="s">
-        <v>1063</v>
+        <v>1060</v>
       </c>
       <c r="C31" t="s">
-        <v>211</v>
+        <v>208</v>
       </c>
       <c r="D31" t="s">
-        <v>1064</v>
+        <v>1061</v>
       </c>
     </row>
     <row r="32" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B32" t="s">
-        <v>1065</v>
+        <v>1062</v>
       </c>
       <c r="C32" t="s">
-        <v>214</v>
+        <v>211</v>
       </c>
       <c r="D32" t="s">
-        <v>1066</v>
+        <v>1063</v>
       </c>
     </row>
     <row r="33" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B33" t="s">
-        <v>1067</v>
+        <v>1064</v>
       </c>
       <c r="C33" t="s">
-        <v>217</v>
+        <v>214</v>
       </c>
       <c r="D33" t="s">
-        <v>1068</v>
+        <v>1065</v>
       </c>
     </row>
     <row r="34" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B34" t="s">
-        <v>1069</v>
+        <v>1066</v>
       </c>
       <c r="C34" t="s">
-        <v>222</v>
+        <v>219</v>
       </c>
       <c r="D34" t="s">
-        <v>1070</v>
+        <v>1067</v>
       </c>
     </row>
     <row r="35" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B35" t="s">
-        <v>1071</v>
+        <v>1068</v>
       </c>
       <c r="C35" t="s">
-        <v>225</v>
+        <v>222</v>
       </c>
       <c r="D35" t="s">
-        <v>1072</v>
+        <v>1069</v>
       </c>
     </row>
     <row r="36" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B36" t="s">
-        <v>1073</v>
+        <v>1070</v>
       </c>
       <c r="C36" t="s">
-        <v>230</v>
+        <v>227</v>
       </c>
       <c r="D36" t="s">
-        <v>1074</v>
+        <v>1071</v>
       </c>
     </row>
     <row r="37" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B37" t="s">
-        <v>990</v>
+        <v>987</v>
       </c>
       <c r="C37" t="s">
-        <v>233</v>
+        <v>230</v>
       </c>
       <c r="D37" t="s">
-        <v>1075</v>
+        <v>1072</v>
       </c>
     </row>
     <row r="38" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B38" t="s">
-        <v>1076</v>
+        <v>1073</v>
       </c>
       <c r="C38" t="s">
-        <v>239</v>
+        <v>236</v>
       </c>
       <c r="D38" t="s">
-        <v>1077</v>
+        <v>1074</v>
       </c>
     </row>
     <row r="39" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B39" t="s">
-        <v>1078</v>
+        <v>1075</v>
       </c>
       <c r="C39" t="s">
-        <v>242</v>
+        <v>239</v>
       </c>
       <c r="D39" t="s">
-        <v>1079</v>
+        <v>1076</v>
       </c>
     </row>
     <row r="40" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B40" t="s">
-        <v>1080</v>
+        <v>1077</v>
       </c>
       <c r="C40" t="s">
-        <v>247</v>
+        <v>244</v>
       </c>
       <c r="D40" t="s">
-        <v>1081</v>
+        <v>1078</v>
       </c>
     </row>
     <row r="41" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B41" t="s">
-        <v>1082</v>
+        <v>1079</v>
       </c>
       <c r="C41" t="s">
-        <v>250</v>
+        <v>247</v>
       </c>
       <c r="D41" t="s">
-        <v>1083</v>
+        <v>1080</v>
       </c>
     </row>
     <row r="42" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B42" t="s">
-        <v>530</v>
+        <v>527</v>
       </c>
       <c r="C42" t="s">
-        <v>253</v>
+        <v>250</v>
       </c>
       <c r="D42" t="s">
-        <v>1084</v>
+        <v>1081</v>
       </c>
     </row>
     <row r="43" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B43" t="s">
-        <v>1085</v>
+        <v>1082</v>
       </c>
       <c r="C43" t="s">
-        <v>256</v>
+        <v>253</v>
       </c>
       <c r="D43" t="s">
-        <v>1086</v>
+        <v>1083</v>
       </c>
     </row>
     <row r="44" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B44" t="s">
-        <v>1087</v>
+        <v>1084</v>
       </c>
       <c r="C44" t="s">
-        <v>259</v>
+        <v>256</v>
       </c>
       <c r="D44" t="s">
-        <v>1088</v>
+        <v>1085</v>
       </c>
     </row>
     <row r="45" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B45" t="s">
-        <v>1089</v>
+        <v>1086</v>
       </c>
       <c r="C45" t="s">
-        <v>263</v>
+        <v>260</v>
       </c>
       <c r="D45" t="s">
-        <v>1090</v>
+        <v>1087</v>
       </c>
     </row>
     <row r="46" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B46" t="s">
-        <v>1091</v>
+        <v>1088</v>
       </c>
       <c r="C46" t="s">
-        <v>266</v>
+        <v>263</v>
       </c>
       <c r="D46" t="s">
-        <v>1092</v>
+        <v>1089</v>
       </c>
     </row>
     <row r="47" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B47" t="s">
-        <v>812</v>
+        <v>809</v>
       </c>
       <c r="C47" t="s">
-        <v>358</v>
+        <v>355</v>
       </c>
       <c r="D47" t="s">
-        <v>1093</v>
+        <v>1090</v>
       </c>
     </row>
     <row r="48" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B48" t="s">
-        <v>1094</v>
+        <v>1091</v>
       </c>
       <c r="C48" t="s">
-        <v>361</v>
+        <v>358</v>
       </c>
       <c r="D48" t="s">
-        <v>1095</v>
+        <v>1092</v>
       </c>
     </row>
     <row r="49" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B49" t="s">
-        <v>1096</v>
+        <v>1093</v>
       </c>
       <c r="C49" t="s">
-        <v>366</v>
+        <v>363</v>
       </c>
       <c r="D49" t="s">
-        <v>1097</v>
+        <v>1094</v>
       </c>
     </row>
     <row r="50" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B50" t="s">
-        <v>1098</v>
+        <v>1095</v>
       </c>
       <c r="C50" t="s">
-        <v>369</v>
+        <v>366</v>
       </c>
       <c r="D50" t="s">
-        <v>1099</v>
+        <v>1096</v>
       </c>
     </row>
     <row r="51" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B51" t="s">
-        <v>814</v>
+        <v>811</v>
       </c>
       <c r="C51" t="s">
-        <v>372</v>
+        <v>369</v>
       </c>
       <c r="D51" t="s">
-        <v>1100</v>
+        <v>1097</v>
       </c>
     </row>
     <row r="52" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B52" t="s">
-        <v>809</v>
+        <v>806</v>
       </c>
       <c r="C52" t="s">
-        <v>377</v>
+        <v>374</v>
       </c>
       <c r="D52" t="s">
-        <v>1101</v>
+        <v>1098</v>
       </c>
     </row>
     <row r="53" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B53" t="s">
-        <v>810</v>
+        <v>807</v>
       </c>
       <c r="C53" t="s">
-        <v>380</v>
+        <v>377</v>
       </c>
       <c r="D53" t="s">
-        <v>1102</v>
+        <v>1099</v>
       </c>
     </row>
     <row r="54" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B54" t="s">
-        <v>1103</v>
+        <v>1100</v>
       </c>
       <c r="C54" t="s">
-        <v>385</v>
+        <v>382</v>
       </c>
       <c r="D54" t="s">
-        <v>1104</v>
+        <v>1101</v>
       </c>
     </row>
     <row r="55" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B55" t="s">
-        <v>1105</v>
+        <v>1102</v>
       </c>
       <c r="C55" t="s">
-        <v>388</v>
+        <v>385</v>
       </c>
       <c r="D55" t="s">
-        <v>1106</v>
+        <v>1103</v>
       </c>
     </row>
     <row r="56" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B56" t="s">
-        <v>1107</v>
+        <v>1104</v>
       </c>
       <c r="C56" t="s">
-        <v>391</v>
+        <v>388</v>
       </c>
       <c r="D56" t="s">
-        <v>1108</v>
+        <v>1105</v>
       </c>
     </row>
     <row r="57" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B57" t="s">
-        <v>1109</v>
+        <v>1106</v>
       </c>
       <c r="C57" t="s">
-        <v>396</v>
+        <v>393</v>
       </c>
       <c r="D57" t="s">
-        <v>1110</v>
+        <v>1107</v>
       </c>
     </row>
     <row r="58" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B58" t="s">
-        <v>1111</v>
+        <v>1108</v>
       </c>
       <c r="C58" t="s">
-        <v>399</v>
+        <v>396</v>
       </c>
       <c r="D58" t="s">
-        <v>1112</v>
+        <v>1109</v>
       </c>
     </row>
     <row r="59" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B59" t="s">
-        <v>1113</v>
+        <v>1110</v>
       </c>
       <c r="C59" t="s">
-        <v>402</v>
+        <v>399</v>
       </c>
       <c r="D59" t="s">
-        <v>1114</v>
+        <v>1111</v>
       </c>
     </row>
     <row r="60" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B60" t="s">
-        <v>1115</v>
+        <v>1112</v>
       </c>
       <c r="C60" t="s">
-        <v>405</v>
+        <v>402</v>
       </c>
       <c r="D60" t="s">
-        <v>1116</v>
+        <v>1113</v>
       </c>
     </row>
     <row r="61" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B61" t="s">
-        <v>1117</v>
+        <v>1114</v>
       </c>
       <c r="C61" t="s">
-        <v>408</v>
+        <v>405</v>
       </c>
       <c r="D61" t="s">
-        <v>1118</v>
+        <v>1115</v>
       </c>
     </row>
     <row r="62" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B62" t="s">
-        <v>1119</v>
+        <v>1116</v>
       </c>
       <c r="C62" t="s">
-        <v>411</v>
+        <v>408</v>
       </c>
       <c r="D62" t="s">
-        <v>1120</v>
+        <v>1117</v>
       </c>
     </row>
     <row r="63" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B63" t="s">
-        <v>1121</v>
+        <v>1118</v>
       </c>
       <c r="C63" t="s">
-        <v>414</v>
+        <v>411</v>
       </c>
       <c r="D63" t="s">
-        <v>1122</v>
+        <v>1119</v>
       </c>
     </row>
     <row r="64" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B64" t="s">
-        <v>1123</v>
+        <v>1120</v>
       </c>
       <c r="C64" t="s">
-        <v>417</v>
+        <v>414</v>
       </c>
       <c r="D64" t="s">
-        <v>1124</v>
+        <v>1121</v>
       </c>
     </row>
     <row r="65" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B65" t="s">
-        <v>1125</v>
+        <v>1122</v>
       </c>
       <c r="C65" t="s">
-        <v>420</v>
+        <v>417</v>
       </c>
       <c r="D65" t="s">
-        <v>1126</v>
+        <v>1123</v>
       </c>
     </row>
     <row r="66" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B66" t="s">
-        <v>1127</v>
+        <v>1124</v>
       </c>
       <c r="C66" t="s">
-        <v>425</v>
+        <v>422</v>
       </c>
       <c r="D66" t="s">
-        <v>1128</v>
+        <v>1125</v>
       </c>
     </row>
     <row r="67" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B67" t="s">
-        <v>1129</v>
+        <v>1126</v>
       </c>
       <c r="C67" t="s">
-        <v>428</v>
+        <v>425</v>
       </c>
       <c r="D67" t="s">
-        <v>1130</v>
+        <v>1127</v>
       </c>
     </row>
     <row r="68" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B68" t="s">
-        <v>1131</v>
+        <v>1128</v>
       </c>
       <c r="C68" t="s">
-        <v>431</v>
+        <v>428</v>
       </c>
       <c r="D68" t="s">
-        <v>1132</v>
+        <v>1129</v>
       </c>
     </row>
     <row r="69" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B69" t="s">
-        <v>768</v>
+        <v>765</v>
       </c>
       <c r="C69" t="s">
-        <v>434</v>
+        <v>431</v>
       </c>
       <c r="D69" t="s">
-        <v>1133</v>
+        <v>1130</v>
       </c>
     </row>
     <row r="70" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B70" t="s">
-        <v>1134</v>
+        <v>1131</v>
       </c>
       <c r="C70" t="s">
-        <v>437</v>
+        <v>434</v>
       </c>
       <c r="D70" t="s">
-        <v>1135</v>
+        <v>1132</v>
       </c>
     </row>
     <row r="71" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B71" t="s">
-        <v>770</v>
+        <v>767</v>
       </c>
       <c r="C71" t="s">
-        <v>440</v>
+        <v>437</v>
       </c>
       <c r="D71" t="s">
-        <v>1136</v>
+        <v>1133</v>
       </c>
     </row>
     <row r="72" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B72" t="s">
-        <v>1137</v>
+        <v>1134</v>
       </c>
       <c r="C72" t="s">
-        <v>443</v>
+        <v>440</v>
       </c>
       <c r="D72" t="s">
-        <v>1138</v>
+        <v>1135</v>
       </c>
     </row>
     <row r="73" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B73" t="s">
-        <v>1139</v>
+        <v>1136</v>
       </c>
       <c r="C73" t="s">
-        <v>446</v>
+        <v>443</v>
       </c>
       <c r="D73" t="s">
-        <v>1140</v>
+        <v>1137</v>
       </c>
     </row>
     <row r="74" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B74" t="s">
-        <v>1141</v>
+        <v>1138</v>
       </c>
       <c r="C74" t="s">
-        <v>449</v>
+        <v>446</v>
       </c>
       <c r="D74" t="s">
-        <v>1142</v>
+        <v>1139</v>
       </c>
     </row>
     <row r="75" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B75" t="s">
-        <v>1143</v>
+        <v>1140</v>
       </c>
       <c r="C75" t="s">
-        <v>454</v>
+        <v>451</v>
       </c>
       <c r="D75" t="s">
-        <v>1144</v>
+        <v>1141</v>
       </c>
     </row>
     <row r="76" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B76" t="s">
-        <v>1145</v>
+        <v>1142</v>
       </c>
       <c r="D76" t="s">
-        <v>1146</v>
+        <v>1143</v>
       </c>
     </row>
     <row r="77" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B77" t="s">
-        <v>1147</v>
+        <v>1144</v>
       </c>
       <c r="D77" t="s">
-        <v>1148</v>
+        <v>1145</v>
       </c>
     </row>
     <row r="78" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B78" t="s">
-        <v>1026</v>
+        <v>1023</v>
       </c>
       <c r="C78" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="D78" t="s">
-        <v>1149</v>
+        <v>1146</v>
       </c>
     </row>
     <row r="79" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B79" t="s">
-        <v>1028</v>
+        <v>1025</v>
       </c>
       <c r="C79" t="s">
-        <v>109</v>
+        <v>106</v>
       </c>
       <c r="D79" t="s">
-        <v>1150</v>
+        <v>1147</v>
       </c>
     </row>
     <row r="80" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B80" t="s">
-        <v>1030</v>
+        <v>1027</v>
       </c>
       <c r="C80" t="s">
-        <v>112</v>
+        <v>109</v>
       </c>
       <c r="D80" t="s">
-        <v>1151</v>
+        <v>1148</v>
       </c>
     </row>
     <row r="81" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B81" t="s">
-        <v>1032</v>
+        <v>1029</v>
       </c>
       <c r="C81" t="s">
-        <v>115</v>
+        <v>112</v>
       </c>
       <c r="D81" t="s">
-        <v>1152</v>
+        <v>1149</v>
       </c>
     </row>
     <row r="82" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B82" t="s">
-        <v>255</v>
+        <v>252</v>
       </c>
       <c r="C82" t="s">
-        <v>118</v>
+        <v>115</v>
       </c>
       <c r="D82" t="s">
-        <v>1153</v>
+        <v>1150</v>
       </c>
     </row>
     <row r="83" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B83" t="s">
-        <v>1035</v>
+        <v>1032</v>
       </c>
       <c r="C83" t="s">
-        <v>121</v>
+        <v>118</v>
       </c>
       <c r="D83" t="s">
-        <v>1154</v>
+        <v>1151</v>
       </c>
     </row>
     <row r="84" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B84" t="s">
-        <v>1037</v>
+        <v>1034</v>
       </c>
       <c r="C84" t="s">
-        <v>124</v>
+        <v>121</v>
       </c>
       <c r="D84" t="s">
-        <v>1155</v>
+        <v>1152</v>
       </c>
     </row>
     <row r="85" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B85" t="s">
-        <v>1039</v>
+        <v>1036</v>
       </c>
       <c r="C85" t="s">
-        <v>127</v>
+        <v>124</v>
       </c>
       <c r="D85" t="s">
-        <v>1156</v>
+        <v>1153</v>
       </c>
     </row>
     <row r="86" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B86" t="s">
-        <v>1041</v>
+        <v>1038</v>
       </c>
       <c r="C86" t="s">
-        <v>130</v>
+        <v>127</v>
       </c>
       <c r="D86" t="s">
-        <v>1157</v>
+        <v>1154</v>
       </c>
     </row>
     <row r="87" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B87" t="s">
-        <v>1043</v>
+        <v>1040</v>
       </c>
       <c r="C87" t="s">
-        <v>133</v>
+        <v>130</v>
       </c>
       <c r="D87" t="s">
-        <v>1158</v>
+        <v>1155</v>
       </c>
     </row>
     <row r="88" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B88" t="s">
-        <v>1045</v>
+        <v>1042</v>
       </c>
       <c r="C88" t="s">
-        <v>136</v>
+        <v>133</v>
       </c>
       <c r="D88" t="s">
-        <v>1159</v>
+        <v>1156</v>
       </c>
     </row>
     <row r="89" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B89" t="s">
-        <v>1047</v>
+        <v>1044</v>
       </c>
       <c r="C89" t="s">
-        <v>139</v>
+        <v>136</v>
       </c>
       <c r="D89" t="s">
-        <v>1160</v>
+        <v>1157</v>
       </c>
     </row>
     <row r="90" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B90" t="s">
-        <v>1049</v>
+        <v>1046</v>
       </c>
       <c r="C90" t="s">
-        <v>142</v>
+        <v>139</v>
       </c>
       <c r="D90" t="s">
-        <v>1161</v>
+        <v>1158</v>
       </c>
     </row>
     <row r="91" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B91" t="s">
-        <v>1051</v>
+        <v>1048</v>
       </c>
       <c r="C91" t="s">
-        <v>145</v>
+        <v>142</v>
       </c>
       <c r="D91" t="s">
-        <v>1162</v>
+        <v>1159</v>
       </c>
     </row>
     <row r="92" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B92" t="s">
-        <v>1053</v>
+        <v>1050</v>
       </c>
       <c r="C92" t="s">
-        <v>194</v>
+        <v>191</v>
       </c>
       <c r="D92" t="s">
-        <v>1163</v>
+        <v>1160</v>
       </c>
     </row>
     <row r="93" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B93" t="s">
-        <v>1055</v>
+        <v>1052</v>
       </c>
       <c r="C93" t="s">
-        <v>197</v>
+        <v>194</v>
       </c>
       <c r="D93" t="s">
-        <v>1164</v>
+        <v>1161</v>
       </c>
     </row>
     <row r="94" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B94" t="s">
-        <v>1057</v>
+        <v>1054</v>
       </c>
       <c r="C94" t="s">
-        <v>200</v>
+        <v>197</v>
       </c>
       <c r="D94" t="s">
-        <v>1165</v>
+        <v>1162</v>
       </c>
     </row>
     <row r="95" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B95" t="s">
-        <v>1059</v>
+        <v>1056</v>
       </c>
       <c r="C95" t="s">
-        <v>203</v>
+        <v>200</v>
       </c>
       <c r="D95" t="s">
-        <v>1166</v>
+        <v>1163</v>
       </c>
     </row>
     <row r="96" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B96" t="s">
-        <v>1061</v>
+        <v>1058</v>
       </c>
       <c r="C96" t="s">
-        <v>208</v>
+        <v>205</v>
       </c>
       <c r="D96" t="s">
-        <v>1167</v>
+        <v>1164</v>
       </c>
     </row>
     <row r="97" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B97" t="s">
-        <v>1063</v>
+        <v>1060</v>
       </c>
       <c r="C97" t="s">
-        <v>211</v>
+        <v>208</v>
       </c>
       <c r="D97" t="s">
-        <v>1168</v>
+        <v>1165</v>
       </c>
     </row>
     <row r="98" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B98" t="s">
-        <v>1065</v>
+        <v>1062</v>
       </c>
       <c r="C98" t="s">
-        <v>214</v>
+        <v>211</v>
       </c>
       <c r="D98" t="s">
-        <v>1169</v>
+        <v>1166</v>
       </c>
     </row>
     <row r="99" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B99" t="s">
-        <v>1067</v>
+        <v>1064</v>
       </c>
       <c r="C99" t="s">
-        <v>217</v>
+        <v>214</v>
       </c>
       <c r="D99" t="s">
-        <v>1170</v>
+        <v>1167</v>
       </c>
     </row>
     <row r="100" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B100" t="s">
-        <v>1069</v>
+        <v>1066</v>
       </c>
       <c r="C100" t="s">
-        <v>222</v>
+        <v>219</v>
       </c>
       <c r="D100" t="s">
-        <v>1171</v>
+        <v>1168</v>
       </c>
     </row>
     <row r="101" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B101" t="s">
-        <v>1071</v>
+        <v>1068</v>
       </c>
       <c r="C101" t="s">
-        <v>225</v>
+        <v>222</v>
       </c>
       <c r="D101" t="s">
-        <v>1172</v>
+        <v>1169</v>
       </c>
     </row>
     <row r="102" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B102" t="s">
-        <v>1073</v>
+        <v>1070</v>
       </c>
       <c r="C102" t="s">
-        <v>230</v>
+        <v>227</v>
       </c>
       <c r="D102" t="s">
-        <v>1173</v>
+        <v>1170</v>
       </c>
     </row>
     <row r="103" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B103" t="s">
-        <v>990</v>
+        <v>987</v>
       </c>
       <c r="C103" t="s">
-        <v>233</v>
+        <v>230</v>
       </c>
       <c r="D103" t="s">
-        <v>1174</v>
+        <v>1171</v>
       </c>
     </row>
     <row r="104" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B104" t="s">
-        <v>1076</v>
+        <v>1073</v>
       </c>
       <c r="C104" t="s">
-        <v>239</v>
+        <v>236</v>
       </c>
       <c r="D104" t="s">
-        <v>1175</v>
+        <v>1172</v>
       </c>
     </row>
     <row r="105" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B105" t="s">
-        <v>1078</v>
+        <v>1075</v>
       </c>
       <c r="C105" t="s">
-        <v>242</v>
+        <v>239</v>
       </c>
       <c r="D105" t="s">
-        <v>1176</v>
+        <v>1173</v>
       </c>
     </row>
     <row r="106" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B106" t="s">
-        <v>1080</v>
+        <v>1077</v>
       </c>
       <c r="C106" t="s">
-        <v>247</v>
+        <v>244</v>
       </c>
       <c r="D106" t="s">
-        <v>1177</v>
+        <v>1174</v>
       </c>
     </row>
     <row r="107" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B107" t="s">
-        <v>1082</v>
+        <v>1079</v>
       </c>
       <c r="C107" t="s">
-        <v>250</v>
+        <v>247</v>
       </c>
       <c r="D107" t="s">
-        <v>1178</v>
+        <v>1175</v>
       </c>
     </row>
     <row r="108" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B108" t="s">
-        <v>530</v>
+        <v>527</v>
       </c>
       <c r="C108" t="s">
-        <v>253</v>
+        <v>250</v>
       </c>
       <c r="D108" t="s">
-        <v>1179</v>
+        <v>1176</v>
       </c>
     </row>
     <row r="109" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B109" t="s">
-        <v>1085</v>
+        <v>1082</v>
       </c>
       <c r="C109" t="s">
-        <v>256</v>
+        <v>253</v>
       </c>
       <c r="D109" t="s">
-        <v>1180</v>
+        <v>1177</v>
       </c>
     </row>
     <row r="110" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B110" t="s">
-        <v>1087</v>
+        <v>1084</v>
       </c>
       <c r="C110" t="s">
-        <v>259</v>
+        <v>256</v>
       </c>
       <c r="D110" t="s">
-        <v>1181</v>
+        <v>1178</v>
       </c>
     </row>
     <row r="111" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B111" t="s">
-        <v>1089</v>
+        <v>1086</v>
       </c>
       <c r="C111" t="s">
-        <v>263</v>
+        <v>260</v>
       </c>
       <c r="D111" t="s">
-        <v>1182</v>
+        <v>1179</v>
       </c>
     </row>
     <row r="112" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B112" t="s">
-        <v>1091</v>
+        <v>1088</v>
       </c>
       <c r="C112" t="s">
-        <v>266</v>
+        <v>263</v>
       </c>
       <c r="D112" t="s">
-        <v>1183</v>
+        <v>1180</v>
       </c>
     </row>
     <row r="113" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B113" t="s">
-        <v>812</v>
+        <v>809</v>
       </c>
       <c r="C113" t="s">
-        <v>358</v>
+        <v>355</v>
       </c>
       <c r="D113" t="s">
-        <v>1184</v>
+        <v>1181</v>
       </c>
     </row>
     <row r="114" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B114" t="s">
-        <v>1094</v>
+        <v>1091</v>
       </c>
       <c r="C114" t="s">
-        <v>361</v>
+        <v>358</v>
       </c>
       <c r="D114" t="s">
-        <v>1185</v>
+        <v>1182</v>
       </c>
     </row>
     <row r="115" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B115" t="s">
-        <v>1096</v>
+        <v>1093</v>
       </c>
       <c r="C115" t="s">
-        <v>366</v>
+        <v>363</v>
       </c>
       <c r="D115" t="s">
-        <v>1186</v>
+        <v>1183</v>
       </c>
     </row>
     <row r="116" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B116" t="s">
-        <v>1098</v>
+        <v>1095</v>
       </c>
       <c r="C116" t="s">
-        <v>369</v>
+        <v>366</v>
       </c>
       <c r="D116" t="s">
-        <v>1187</v>
+        <v>1184</v>
       </c>
     </row>
     <row r="117" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B117" t="s">
-        <v>814</v>
+        <v>811</v>
       </c>
       <c r="C117" t="s">
-        <v>372</v>
+        <v>369</v>
       </c>
       <c r="D117" t="s">
-        <v>1188</v>
+        <v>1185</v>
       </c>
     </row>
     <row r="118" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B118" t="s">
-        <v>809</v>
+        <v>806</v>
       </c>
       <c r="C118" t="s">
-        <v>377</v>
+        <v>374</v>
       </c>
       <c r="D118" t="s">
-        <v>1189</v>
+        <v>1186</v>
       </c>
     </row>
     <row r="119" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B119" t="s">
-        <v>810</v>
+        <v>807</v>
       </c>
       <c r="C119" t="s">
-        <v>380</v>
+        <v>377</v>
       </c>
       <c r="D119" t="s">
-        <v>1190</v>
+        <v>1187</v>
       </c>
     </row>
     <row r="120" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B120" t="s">
-        <v>1103</v>
+        <v>1100</v>
       </c>
       <c r="C120" t="s">
-        <v>385</v>
+        <v>382</v>
       </c>
       <c r="D120" t="s">
-        <v>1191</v>
+        <v>1188</v>
       </c>
     </row>
     <row r="121" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B121" t="s">
-        <v>1105</v>
+        <v>1102</v>
       </c>
       <c r="C121" t="s">
-        <v>388</v>
+        <v>385</v>
       </c>
       <c r="D121" t="s">
-        <v>1192</v>
+        <v>1189</v>
       </c>
     </row>
     <row r="122" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B122" t="s">
-        <v>1107</v>
+        <v>1104</v>
       </c>
       <c r="C122" t="s">
-        <v>391</v>
+        <v>388</v>
       </c>
       <c r="D122" t="s">
-        <v>1193</v>
+        <v>1190</v>
       </c>
     </row>
     <row r="123" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B123" t="s">
-        <v>1109</v>
+        <v>1106</v>
       </c>
       <c r="C123" t="s">
-        <v>396</v>
+        <v>393</v>
       </c>
       <c r="D123" t="s">
-        <v>1194</v>
+        <v>1191</v>
       </c>
     </row>
     <row r="124" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B124" t="s">
-        <v>1111</v>
+        <v>1108</v>
       </c>
       <c r="C124" t="s">
-        <v>399</v>
+        <v>396</v>
       </c>
       <c r="D124" t="s">
-        <v>1195</v>
+        <v>1192</v>
       </c>
     </row>
     <row r="125" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B125" t="s">
-        <v>1113</v>
+        <v>1110</v>
       </c>
       <c r="C125" t="s">
-        <v>402</v>
+        <v>399</v>
       </c>
       <c r="D125" t="s">
-        <v>1196</v>
+        <v>1193</v>
       </c>
     </row>
     <row r="126" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B126" t="s">
-        <v>1115</v>
+        <v>1112</v>
       </c>
       <c r="C126" t="s">
-        <v>405</v>
+        <v>402</v>
       </c>
       <c r="D126" t="s">
-        <v>1197</v>
+        <v>1194</v>
       </c>
     </row>
     <row r="127" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B127" t="s">
-        <v>1117</v>
+        <v>1114</v>
       </c>
       <c r="C127" t="s">
-        <v>408</v>
+        <v>405</v>
       </c>
       <c r="D127" t="s">
-        <v>1198</v>
+        <v>1195</v>
       </c>
     </row>
     <row r="128" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B128" t="s">
-        <v>1119</v>
+        <v>1116</v>
       </c>
       <c r="C128" t="s">
-        <v>411</v>
+        <v>408</v>
       </c>
       <c r="D128" t="s">
-        <v>1199</v>
+        <v>1196</v>
       </c>
     </row>
     <row r="129" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B129" t="s">
-        <v>1121</v>
+        <v>1118</v>
       </c>
       <c r="C129" t="s">
-        <v>414</v>
+        <v>411</v>
       </c>
       <c r="D129" t="s">
-        <v>1200</v>
+        <v>1197</v>
       </c>
     </row>
     <row r="130" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B130" t="s">
-        <v>1123</v>
+        <v>1120</v>
       </c>
       <c r="C130" t="s">
-        <v>417</v>
+        <v>414</v>
       </c>
       <c r="D130" t="s">
-        <v>1201</v>
+        <v>1198</v>
       </c>
     </row>
     <row r="131" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B131" t="s">
-        <v>1125</v>
+        <v>1122</v>
       </c>
       <c r="C131" t="s">
-        <v>420</v>
+        <v>417</v>
       </c>
       <c r="D131" t="s">
-        <v>1202</v>
+        <v>1199</v>
       </c>
     </row>
     <row r="132" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B132" t="s">
-        <v>1127</v>
+        <v>1124</v>
       </c>
       <c r="C132" t="s">
-        <v>425</v>
+        <v>422</v>
       </c>
       <c r="D132" t="s">
-        <v>1203</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="133" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B133" t="s">
-        <v>1129</v>
+        <v>1126</v>
       </c>
       <c r="C133" t="s">
-        <v>428</v>
+        <v>425</v>
       </c>
       <c r="D133" t="s">
-        <v>1204</v>
+        <v>1201</v>
       </c>
     </row>
     <row r="134" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B134" t="s">
-        <v>1131</v>
+        <v>1128</v>
       </c>
       <c r="C134" t="s">
-        <v>431</v>
+        <v>428</v>
       </c>
       <c r="D134" t="s">
-        <v>1205</v>
+        <v>1202</v>
       </c>
     </row>
     <row r="135" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B135" t="s">
-        <v>768</v>
+        <v>765</v>
       </c>
       <c r="C135" t="s">
-        <v>434</v>
+        <v>431</v>
       </c>
       <c r="D135" t="s">
-        <v>1206</v>
+        <v>1203</v>
       </c>
     </row>
     <row r="136" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B136" t="s">
-        <v>1134</v>
+        <v>1131</v>
       </c>
       <c r="C136" t="s">
-        <v>437</v>
+        <v>434</v>
       </c>
       <c r="D136" t="s">
-        <v>1207</v>
+        <v>1204</v>
       </c>
     </row>
     <row r="137" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B137" t="s">
-        <v>770</v>
+        <v>767</v>
       </c>
       <c r="C137" t="s">
-        <v>440</v>
+        <v>437</v>
       </c>
       <c r="D137" t="s">
-        <v>1208</v>
+        <v>1205</v>
       </c>
     </row>
     <row r="138" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B138" t="s">
-        <v>1137</v>
+        <v>1134</v>
       </c>
       <c r="C138" t="s">
-        <v>443</v>
+        <v>440</v>
       </c>
       <c r="D138" t="s">
-        <v>1209</v>
+        <v>1206</v>
       </c>
     </row>
     <row r="139" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B139" t="s">
-        <v>1139</v>
+        <v>1136</v>
       </c>
       <c r="C139" t="s">
-        <v>446</v>
+        <v>443</v>
       </c>
       <c r="D139" t="s">
-        <v>1210</v>
+        <v>1207</v>
       </c>
     </row>
     <row r="140" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B140" t="s">
-        <v>1141</v>
+        <v>1138</v>
       </c>
       <c r="C140" t="s">
-        <v>449</v>
+        <v>446</v>
       </c>
       <c r="D140" t="s">
-        <v>1211</v>
+        <v>1208</v>
       </c>
     </row>
     <row r="141" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B141" t="s">
-        <v>1143</v>
+        <v>1140</v>
       </c>
       <c r="C141" t="s">
-        <v>454</v>
+        <v>451</v>
       </c>
       <c r="D141" t="s">
-        <v>1212</v>
+        <v>1209</v>
       </c>
     </row>
     <row r="142" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B142" t="s">
-        <v>1145</v>
+        <v>1142</v>
       </c>
       <c r="D142" t="s">
-        <v>1213</v>
+        <v>1210</v>
       </c>
     </row>
     <row r="143" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B143" t="s">
-        <v>1147</v>
+        <v>1144</v>
       </c>
       <c r="D143" t="s">
-        <v>1214</v>
+        <v>1211</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>26</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="26" baseType="lpstr">
       <vt:lpstr>Subscription Title List</vt:lpstr>
       <vt:lpstr>Speroff,, 5 ed. - A Clinical Gu</vt:lpstr>
       <vt:lpstr>Doubilet, 03 ed. - Atlas of Ult</vt:lpstr>
       <vt:lpstr>Roberts, 01 ed. - Avoiding Comm</vt:lpstr>
       <vt:lpstr>Berek, 07 ed. - Berek Hacker's</vt:lpstr>
       <vt:lpstr>Berek, 17 ed. - Berek Novak's G</vt:lpstr>
       <vt:lpstr>Briggs, 12 ed. - Briggs Drugs i</vt:lpstr>
       <vt:lpstr>Reece, 04 ed. - Clinical Obstet</vt:lpstr>
       <vt:lpstr>Gibbs, 10 ed. - Danforth's Obst</vt:lpstr>
       <vt:lpstr>Cahill, 05 ed. - Fetal Heart Ra</vt:lpstr>
       <vt:lpstr>Warsof, 01 ed. - Legal Concepts</vt:lpstr>
       <vt:lpstr>Evans, 09 ed. - Manual of Obste</vt:lpstr>
       <vt:lpstr>Marino, 02 ed. - Marino's The L</vt:lpstr>
       <vt:lpstr>Mayeaux, 3 ed. - Modern Colposc</vt:lpstr>
       <vt:lpstr>Berek, 01 ed. - Operative Techn</vt:lpstr>
       <vt:lpstr>Berek, 01 ed. - Operative  (1)</vt:lpstr>
       <vt:lpstr>Berek, 01 ed. - Operative  (2)</vt:lpstr>
       <vt:lpstr>Berek, 1 ed. - Operative Techni</vt:lpstr>
       <vt:lpstr>Belfort, 01 ed. - Operative Tec</vt:lpstr>
       <vt:lpstr>Azadi, 07 ed. - Ostergard’s Tex</vt:lpstr>
       <vt:lpstr>Hurt, 02 ed. - Pocket Notebook</vt:lpstr>
       <vt:lpstr>Jensen, 06 ed. - Speroff Darney</vt:lpstr>
-      <vt:lpstr>Taylor, 09 ed. - Speroff's Clin</vt:lpstr>
+      <vt:lpstr>Taylor, 10 ed. - Speroff's Clin</vt:lpstr>
       <vt:lpstr>Van Le, 13 ed. - Te Linde's Ope</vt:lpstr>
       <vt:lpstr>Benrubi, 01 ed. - The Difficult</vt:lpstr>
       <vt:lpstr>Chou, 07 ed. - The Johns Hopkin</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>puseascm05tol01$</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_fe6ee112-9e5c-4f16-b63d-fcad06e1707e_Enabled">
+    <vt:lpwstr>true</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_fe6ee112-9e5c-4f16-b63d-fcad06e1707e_SetDate">
+    <vt:lpwstr>2025-11-10T15:50:20Z</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_fe6ee112-9e5c-4f16-b63d-fcad06e1707e_Method">
+    <vt:lpwstr>Standard</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_fe6ee112-9e5c-4f16-b63d-fcad06e1707e_Name">
+    <vt:lpwstr>Internal Use</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_fe6ee112-9e5c-4f16-b63d-fcad06e1707e_SiteId">
+    <vt:lpwstr>8ac76c91-e7f1-41ff-a89c-3553b2da2c17</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_fe6ee112-9e5c-4f16-b63d-fcad06e1707e_ActionId">
+    <vt:lpwstr>2d04e889-b094-43a3-87f5-295054f7eb2e</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_fe6ee112-9e5c-4f16-b63d-fcad06e1707e_ContentBits">
+    <vt:lpwstr>0</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_fe6ee112-9e5c-4f16-b63d-fcad06e1707e_Tag">
+    <vt:lpwstr>10, 3, 0, 1</vt:lpwstr>
+  </property>
+</Properties>
+</file>