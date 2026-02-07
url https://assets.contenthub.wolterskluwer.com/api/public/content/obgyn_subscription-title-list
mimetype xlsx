--- v1 (2025-11-21)
+++ v2 (2026-02-07)
@@ -23,370 +23,298 @@
   <Override PartName="/xl/worksheets/sheet17.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet18.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet19.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet20.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet21.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet22.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet23.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet24.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet25.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet26.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29127"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29426"/>
   <workbookPr codeName="ThisWorkbook" defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://wolterskluwer-my.sharepoint.com/personal/leanne_vandetty_wolterskluwer_com/Documents/Health Library/Health Library Repository/Health Library Title Lists/Subscription/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="17" documentId="13_ncr:1_{067E345A-27A2-41DA-8DD8-76D9132EA6D6}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{DE338B6A-826D-4A64-B62B-C780067CC8F5}"/>
+  <xr:revisionPtr revIDLastSave="31" documentId="13_ncr:1_{067E345A-27A2-41DA-8DD8-76D9132EA6D6}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{2DB0AFE5-EB7F-4886-A9AF-AB5A02C67E44}"/>
   <bookViews>
     <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10300" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Subscription Title List" sheetId="1" r:id="rId1"/>
     <sheet name="Speroff,, 5 ed. - A Clinical Gu" sheetId="2" r:id="rId2"/>
     <sheet name="Doubilet, 03 ed. - Atlas of Ult" sheetId="3" r:id="rId3"/>
     <sheet name="Roberts, 01 ed. - Avoiding Comm" sheetId="4" r:id="rId4"/>
     <sheet name="Berek, 07 ed. - Berek Hacker's" sheetId="5" r:id="rId5"/>
     <sheet name="Berek, 17 ed. - Berek Novak's G" sheetId="6" r:id="rId6"/>
     <sheet name="Briggs, 12 ed. - Briggs Drugs i" sheetId="7" r:id="rId7"/>
     <sheet name="Reece, 04 ed. - Clinical Obstet" sheetId="8" r:id="rId8"/>
     <sheet name="Gibbs, 10 ed. - Danforth's Obst" sheetId="9" r:id="rId9"/>
     <sheet name="Cahill, 05 ed. - Fetal Heart Ra" sheetId="10" r:id="rId10"/>
     <sheet name="Warsof, 01 ed. - Legal Concepts" sheetId="11" r:id="rId11"/>
     <sheet name="Evans, 09 ed. - Manual of Obste" sheetId="12" r:id="rId12"/>
-    <sheet name="Marino, 02 ed. - Marino's The L" sheetId="13" r:id="rId13"/>
+    <sheet name="Galvagno, 03 ed. - Marino's The" sheetId="13" r:id="rId13"/>
     <sheet name="Mayeaux, 3 ed. - Modern Colposc" sheetId="14" r:id="rId14"/>
     <sheet name="Berek, 01 ed. - Operative Techn" sheetId="15" r:id="rId15"/>
     <sheet name="Berek, 01 ed. - Operative  (1)" sheetId="16" r:id="rId16"/>
     <sheet name="Berek, 01 ed. - Operative  (2)" sheetId="17" r:id="rId17"/>
     <sheet name="Berek, 1 ed. - Operative Techni" sheetId="18" r:id="rId18"/>
     <sheet name="Belfort, 01 ed. - Operative Tec" sheetId="19" r:id="rId19"/>
     <sheet name="Azadi, 07 ed. - Ostergard’s Tex" sheetId="20" r:id="rId20"/>
     <sheet name="Hurt, 02 ed. - Pocket Notebook" sheetId="21" r:id="rId21"/>
     <sheet name="Jensen, 06 ed. - Speroff Darney" sheetId="22" r:id="rId22"/>
     <sheet name="Taylor, 10 ed. - Speroff's Clin" sheetId="23" r:id="rId23"/>
     <sheet name="Van Le, 13 ed. - Te Linde's Ope" sheetId="24" r:id="rId24"/>
     <sheet name="Benrubi, 01 ed. - The Difficult" sheetId="25" r:id="rId25"/>
     <sheet name="Chou, 07 ed. - The Johns Hopkin" sheetId="26" r:id="rId26"/>
   </sheets>
   <calcPr calcId="125725"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3903" uniqueCount="2828">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3892" uniqueCount="2855">
   <si>
     <t>Author</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Edition</t>
   </si>
   <si>
     <t>ISBN</t>
   </si>
   <si>
     <t>Year Published</t>
   </si>
   <si>
     <t>Title Level URL</t>
   </si>
   <si>
     <t>Date Added to HL</t>
   </si>
   <si>
     <t>Leon Speroff,, M.D.</t>
   </si>
   <si>
     <t>A Clinical Guide for: Contraception, 5e</t>
   </si>
   <si>
-    <t>978-1-60831-610-6</t>
-[...1 lines deleted...]
-  <si>
     <t>https://obgyn.lwwhealthlibrary.com/book.aspx?bookid=1248</t>
   </si>
   <si>
     <t>Peter M. Doubilet, MD, PhD</t>
   </si>
   <si>
     <t>Atlas of Ultrasound in Obstetrics and Gynecology: A Multimedia Reference, 3e</t>
   </si>
   <si>
-    <t>978-1-496356-05-5</t>
-[...1 lines deleted...]
-  <si>
     <t>https://obgyn.lwwhealthlibrary.com/book.aspx?bookid=2662</t>
   </si>
   <si>
     <t>Carla P. Roberts, MD, PhD</t>
   </si>
   <si>
     <t>Avoiding Common Obstetrics and Gynecology Errors, 1e</t>
   </si>
   <si>
-    <t>978-0-781791-43-4</t>
-[...1 lines deleted...]
-  <si>
     <t>https://obgyn.lwwhealthlibrary.com/book.aspx?bookid=2239</t>
   </si>
   <si>
     <t>Jonathan S. Berek, MD, MMS</t>
   </si>
   <si>
     <t>Berek &amp;amp; Hacker's Gynecologic Oncology, 7e</t>
   </si>
   <si>
-    <t>978-1-975142-64-3</t>
-[...1 lines deleted...]
-  <si>
     <t>https://obgyn.lwwhealthlibrary.com/book.aspx?bookid=2971</t>
   </si>
   <si>
     <t>Gerald G. Briggs, BPharm, FCCP</t>
   </si>
   <si>
     <t>Briggs Drugs in Pregnancy and Lactation: A Reference Guide to Fetal and Neonatal Risk, 12e</t>
   </si>
   <si>
-    <t>978-1-975162-37-5</t>
-[...1 lines deleted...]
-  <si>
     <t>https://obgyn.lwwhealthlibrary.com/book.aspx?bookid=3077</t>
   </si>
   <si>
     <t>E. Albert Reece, MD, PhD, MBA</t>
   </si>
   <si>
     <t>Clinical Obstetrics: The Fetus &amp;amp; Mother, 4e</t>
   </si>
   <si>
-    <t>978-1-975141-46-2</t>
-[...1 lines deleted...]
-  <si>
     <t>https://obgyn.lwwhealthlibrary.com/book.aspx?bookid=3087</t>
   </si>
   <si>
     <t>Ronald S. Gibbs, MD</t>
   </si>
   <si>
     <t>Danforth's Obstetrics and Gynecology, 10e</t>
   </si>
   <si>
-    <t>978-0-7817-6937-2</t>
-[...1 lines deleted...]
-  <si>
     <t>https://obgyn.lwwhealthlibrary.com/book.aspx?bookid=747</t>
   </si>
   <si>
     <t>Alison G. Cahill, MD, MSCI</t>
   </si>
   <si>
     <t>Fetal Heart Rate Monitoring</t>
   </si>
   <si>
-    <t>978-1-9752-1618-4</t>
-[...1 lines deleted...]
-  <si>
     <t>https://obgyn.lwwhealthlibrary.com/book.aspx?bookid=3376</t>
   </si>
   <si>
     <t>Steven L. Warsof, MD, FACOG, FAIUM</t>
   </si>
   <si>
     <t>Legal Concepts and Best Practices in Obstetrics: The Nuts and Bolts Guide to Mitigating Risk, 1e</t>
   </si>
   <si>
-    <t>978-1-496394-13-2</t>
-[...1 lines deleted...]
-  <si>
     <t>https://obgyn.lwwhealthlibrary.com/book.aspx?bookid=2761</t>
   </si>
   <si>
     <t>Arthur T. Evans, III, MD</t>
   </si>
   <si>
     <t>Manual of Obstetrics, 9e</t>
   </si>
   <si>
-    <t>978-1-975145-93-4</t>
-[...1 lines deleted...]
-  <si>
     <t>https://obgyn.lwwhealthlibrary.com/book.aspx?bookid=2922</t>
   </si>
   <si>
     <t>Paul L. Marino, MD, PhD, FCCM</t>
   </si>
   <si>
-    <t>Marino's The Little ICU Book, 2e</t>
-[...7 lines deleted...]
-  <si>
     <t>E.J. Mayeaux, Jr, MD</t>
   </si>
   <si>
     <t>Modern Colposcopy Textbook &amp;amp; Atlas, 3e</t>
   </si>
   <si>
-    <t>978-1-6083-1547-5</t>
-[...1 lines deleted...]
-  <si>
     <t>https://obgyn.lwwhealthlibrary.com/book.aspx?bookid=1228</t>
   </si>
   <si>
     <t>Operative Techniques in Gynecologic Surgery Gynecology, 1e</t>
   </si>
   <si>
-    <t>978-1-496342-88-1</t>
-[...1 lines deleted...]
-  <si>
     <t>https://obgyn.lwwhealthlibrary.com/book.aspx?bookid=2264</t>
   </si>
   <si>
     <t>Operative Techniques in Gynecologic Surgery Urogynecology, 1e</t>
   </si>
   <si>
-    <t>978-1-496321-06-0</t>
-[...1 lines deleted...]
-  <si>
     <t>https://obgyn.lwwhealthlibrary.com/book.aspx?bookid=2466</t>
   </si>
   <si>
     <t>Operative Techniques in Gynecologic Surgery: Gynecologic oncology, 1e</t>
   </si>
   <si>
-    <t>978-1-496356-09-3</t>
-[...1 lines deleted...]
-  <si>
     <t>https://obgyn.lwwhealthlibrary.com/book.aspx?bookid=2555</t>
   </si>
   <si>
     <t>Operative Techniques in Gynecologic Surgery: Reproductive Endocrinology and Infertility, 1e</t>
   </si>
   <si>
-    <t>978-1-496330-15-4</t>
-[...1 lines deleted...]
-  <si>
     <t>https://obgyn.lwwhealthlibrary.com/book.aspx?bookid=2245</t>
   </si>
   <si>
     <t>Michael A. Belfort, MBBCH, DA(SA), MD (Cape Town), PhD, FRCSC, FRCOG, FACOG</t>
   </si>
   <si>
     <t>Operative Techniques in Obstetric Surgery, 1e</t>
   </si>
   <si>
-    <t>978-1-975136-73-4</t>
-[...1 lines deleted...]
-  <si>
     <t>https://obgyn.lwwhealthlibrary.com/book.aspx?bookid=3199</t>
   </si>
   <si>
     <t>Ali Azadi, MD, MSc, MBA, FACOG, FPMRS</t>
   </si>
   <si>
     <t>Ostergard’s Textbook of Urogynecology: Female Pelvic Medicine and Reconstructive Surgery, 7e</t>
   </si>
   <si>
-    <t>978-1-975162-33-7</t>
-[...1 lines deleted...]
-  <si>
     <t>https://obgyn.lwwhealthlibrary.com/book.aspx?bookid=3228</t>
   </si>
   <si>
     <t>K. Joseph Hurt, MD, PhD</t>
   </si>
   <si>
     <t>Pocket Notebook: Pocket Obstetrics and Gynecology, 2e</t>
   </si>
   <si>
-    <t>978-1-496366-99-3</t>
-[...1 lines deleted...]
-  <si>
     <t>https://obgyn.lwwhealthlibrary.com/book.aspx?bookid=2988</t>
   </si>
   <si>
     <t>Jeffrey T. Jensen, MD, MPH</t>
   </si>
   <si>
     <t>Speroff &amp;amp; Darney's Clinical Guide to Contraception, 6e</t>
   </si>
   <si>
-    <t>978-1-975107-28-4</t>
-[...1 lines deleted...]
-  <si>
     <t>https://obgyn.lwwhealthlibrary.com/book.aspx?bookid=2778</t>
   </si>
   <si>
     <t>Hugh S. Taylor, MD</t>
   </si>
   <si>
     <t>Linda Van Le, MD</t>
   </si>
   <si>
     <t>Te Linde's Operative Gynecology, 13e</t>
-  </si>
-[...1 lines deleted...]
-    <t>978-1-975200-09-1</t>
   </si>
   <si>
     <t>https://obgyn.lwwhealthlibrary.com/book.aspx?bookid=3264</t>
   </si>
   <si>
     <t>Guy I. Benrubi, MD</t>
   </si>
   <si>
     <t>The Difficult 
 Cesarean Delivery: Safeguards and Pitfalls, 1e</t>
   </si>
   <si>
-    <t>978-1-975116-67-5</t>
-[...1 lines deleted...]
-  <si>
     <t>https://obgyn.lwwhealthlibrary.com/book.aspx?bookid=2948</t>
   </si>
   <si>
     <t>Authors</t>
   </si>
   <si>
     <t>Chapters</t>
   </si>
   <si>
     <t>URL</t>
   </si>
   <si>
     <t>Philip D., Darney, M.D., M.Sc</t>
   </si>
   <si>
     <t xml:space="preserve">Copyright </t>
   </si>
   <si>
     <t>https://obgyn.lwwhealthlibrary.com/content.aspx?sectionId=69654015&amp;bookId=1248</t>
   </si>
   <si>
     <t>Dedication</t>
   </si>
   <si>
     <t>https://obgyn.lwwhealthlibrary.com/content.aspx?sectionId=69654017&amp;bookId=1248</t>
@@ -4286,488 +4214,134 @@
   <si>
     <t>Fetal Therapy</t>
   </si>
   <si>
     <t>https://obgyn.lwwhealthlibrary.com/content.aspx?sectionId=245014099&amp;bookId=2922</t>
   </si>
   <si>
     <t>Part VI: Neonatal Care</t>
   </si>
   <si>
     <t>https://obgyn.lwwhealthlibrary.com/content.aspx?sectionId=245014270&amp;bookId=2922</t>
   </si>
   <si>
     <t>Neonatal Resuscitation</t>
   </si>
   <si>
     <t>https://obgyn.lwwhealthlibrary.com/content.aspx?sectionId=245014271&amp;bookId=2922</t>
   </si>
   <si>
     <t>Neonatal Complications</t>
   </si>
   <si>
     <t>https://obgyn.lwwhealthlibrary.com/content.aspx?sectionId=245014329&amp;bookId=2922</t>
   </si>
   <si>
-    <t>https://obgyn.lwwhealthlibrary.com/content.aspx?sectionId=150585558&amp;bookId=2034</t>
-[...4 lines deleted...]
-  <si>
     <t>Acknowledgements</t>
   </si>
   <si>
-    <t>https://obgyn.lwwhealthlibrary.com/content.aspx?sectionId=150585566&amp;bookId=2034</t>
-[...10 lines deleted...]
-  <si>
     <t>Central Venous Access</t>
   </si>
   <si>
-    <t>https://obgyn.lwwhealthlibrary.com/content.aspx?sectionId=150585575&amp;bookId=2034</t>
-[...31 lines deleted...]
-  <si>
     <t>The Pulmonary Artery Catheter</t>
   </si>
   <si>
-    <t>https://obgyn.lwwhealthlibrary.com/content.aspx?sectionId=150585838&amp;bookId=2034</t>
-[...19 lines deleted...]
-  <si>
     <t>Acute Heart Failure(s)</t>
   </si>
   <si>
-    <t>https://obgyn.lwwhealthlibrary.com/content.aspx?sectionId=150586043&amp;bookId=2034</t>
-[...19 lines deleted...]
-  <si>
     <t>Anemia and Erythrocyte Transfusions</t>
   </si>
   <si>
-    <t>https://obgyn.lwwhealthlibrary.com/content.aspx?sectionId=150586253&amp;bookId=2034</t>
-[...1 lines deleted...]
-  <si>
     <t>Platelets and Plasma</t>
   </si>
   <si>
-    <t>https://obgyn.lwwhealthlibrary.com/content.aspx?sectionId=150586340&amp;bookId=2034</t>
-[...13 lines deleted...]
-  <si>
     <t>Acute Coronary Syndromes</t>
   </si>
   <si>
-    <t>https://obgyn.lwwhealthlibrary.com/content.aspx?sectionId=150586527&amp;bookId=2034</t>
-[...1 lines deleted...]
-  <si>
     <t>Cardiac Arrest</t>
   </si>
   <si>
-    <t>https://obgyn.lwwhealthlibrary.com/content.aspx?sectionId=150586609&amp;bookId=2034</t>
-[...7 lines deleted...]
-  <si>
     <t>Ventilator-Associated Pneumonia</t>
   </si>
   <si>
-    <t>https://obgyn.lwwhealthlibrary.com/content.aspx?sectionId=150586663&amp;bookId=2034</t>
-[...1 lines deleted...]
-  <si>
     <t>Acute Respiratory Distress Syndrome</t>
   </si>
   <si>
-    <t>https://obgyn.lwwhealthlibrary.com/content.aspx?sectionId=150586734&amp;bookId=2034</t>
-[...13 lines deleted...]
-  <si>
     <t>Conventional Mechanical Ventilation</t>
   </si>
   <si>
-    <t>https://obgyn.lwwhealthlibrary.com/content.aspx?sectionId=150586861&amp;bookId=2034</t>
-[...25 lines deleted...]
-  <si>
     <t>Acid-Base Analysis</t>
   </si>
   <si>
-    <t>https://obgyn.lwwhealthlibrary.com/content.aspx?sectionId=150587084&amp;bookId=2034</t>
-[...19 lines deleted...]
-  <si>
     <t>Acute Kidney Injury</t>
   </si>
   <si>
-    <t>https://obgyn.lwwhealthlibrary.com/content.aspx?sectionId=150587250&amp;bookId=2034</t>
-[...7 lines deleted...]
-  <si>
     <t>Potassium</t>
   </si>
   <si>
-    <t>https://obgyn.lwwhealthlibrary.com/content.aspx?sectionId=150587393&amp;bookId=2034</t>
-[...1 lines deleted...]
-  <si>
     <t>Magnesium</t>
   </si>
   <si>
-    <t>https://obgyn.lwwhealthlibrary.com/content.aspx?sectionId=150587451&amp;bookId=2034</t>
-[...1 lines deleted...]
-  <si>
     <t>Calcium and Phosphorus</t>
   </si>
   <si>
-    <t>https://obgyn.lwwhealthlibrary.com/content.aspx?sectionId=150587514&amp;bookId=2034</t>
-[...13 lines deleted...]
-  <si>
     <t>Abdominal Infections</t>
   </si>
   <si>
-    <t>https://obgyn.lwwhealthlibrary.com/content.aspx?sectionId=150587669&amp;bookId=2034</t>
-[...1 lines deleted...]
-  <si>
     <t>Urinary Tract Infections</t>
   </si>
   <si>
-    <t>https://obgyn.lwwhealthlibrary.com/content.aspx?sectionId=150587720&amp;bookId=2034</t>
-[...25 lines deleted...]
-  <si>
     <t>Nutritional Requirements</t>
   </si>
   <si>
-    <t>https://obgyn.lwwhealthlibrary.com/content.aspx?sectionId=150587901&amp;bookId=2034</t>
-[...7 lines deleted...]
-  <si>
     <t>Parenteral Nutrition</t>
   </si>
   <si>
-    <t>https://obgyn.lwwhealthlibrary.com/content.aspx?sectionId=150588030&amp;bookId=2034</t>
-[...1 lines deleted...]
-  <si>
     <t>Adrenal and Thyroid Dysfunction</t>
   </si>
   <si>
-    <t>https://obgyn.lwwhealthlibrary.com/content.aspx?sectionId=150588089&amp;bookId=2034</t>
-[...7 lines deleted...]
-  <si>
     <t>Disorders of Consciousness</t>
   </si>
   <si>
-    <t>https://obgyn.lwwhealthlibrary.com/content.aspx?sectionId=150588141&amp;bookId=2034</t>
-[...1 lines deleted...]
-  <si>
     <t>Disorders of Movement</t>
   </si>
   <si>
-    <t>https://obgyn.lwwhealthlibrary.com/content.aspx?sectionId=150588234&amp;bookId=2034</t>
-[...37 lines deleted...]
-  <si>
     <t>Pharmaceutical Drug Overdoses</t>
   </si>
   <si>
-    <t>https://obgyn.lwwhealthlibrary.com/content.aspx?sectionId=150588629&amp;bookId=2034</t>
-[...19 lines deleted...]
-  <si>
     <t>Appendix 1</t>
   </si>
   <si>
-    <t>https://obgyn.lwwhealthlibrary.com/content.aspx?sectionId=181362918&amp;bookId=2034</t>
-[...4 lines deleted...]
-  <si>
     <t>Appendix 2</t>
   </si>
   <si>
-    <t>https://obgyn.lwwhealthlibrary.com/content.aspx?sectionId=181362925&amp;bookId=2034</t>
-[...4 lines deleted...]
-  <si>
     <t>Appendix 3</t>
   </si>
   <si>
-    <t>https://obgyn.lwwhealthlibrary.com/content.aspx?sectionId=181362932&amp;bookId=2034</t>
-[...4 lines deleted...]
-  <si>
     <t>Appendix 4</t>
   </si>
   <si>
-    <t>https://obgyn.lwwhealthlibrary.com/content.aspx?sectionId=181362939&amp;bookId=2034</t>
-[...1 lines deleted...]
-  <si>
     <t>J. Thomas Cox, MD</t>
   </si>
   <si>
     <t>https://obgyn.lwwhealthlibrary.com/content.aspx?sectionId=69531738&amp;bookId=1228</t>
   </si>
   <si>
     <t>https://obgyn.lwwhealthlibrary.com/content.aspx?sectionId=69531740&amp;bookId=1228</t>
   </si>
   <si>
     <t>Contributing Authors</t>
   </si>
   <si>
     <t>https://obgyn.lwwhealthlibrary.com/content.aspx?sectionId=69531742&amp;bookId=1228</t>
   </si>
   <si>
     <t>https://obgyn.lwwhealthlibrary.com/content.aspx?sectionId=69531857&amp;bookId=1228</t>
   </si>
   <si>
     <t>https://obgyn.lwwhealthlibrary.com/content.aspx?sectionId=69531865&amp;bookId=1228</t>
   </si>
   <si>
     <t>The Road to Cervical Cancer Prevention: Historical Perspective</t>
   </si>
   <si>
     <t>https://obgyn.lwwhealthlibrary.com/content.aspx?sectionId=69531872&amp;bookId=1228</t>
@@ -8369,53 +7943,50 @@
   <si>
     <t>https://obgyn.lwwhealthlibrary.com/content.aspx?sectionId=260694021&amp;bookId=3425</t>
   </si>
   <si>
     <t xml:space="preserve">Vulvar Cancer </t>
   </si>
   <si>
     <t>https://obgyn.lwwhealthlibrary.com/content.aspx?sectionId=260694640&amp;bookId=3425</t>
   </si>
   <si>
     <t xml:space="preserve">Gestational Trophoblastic Disease </t>
   </si>
   <si>
     <t>https://obgyn.lwwhealthlibrary.com/content.aspx?sectionId=260694873&amp;bookId=3425</t>
   </si>
   <si>
     <t xml:space="preserve">Breast Cancer </t>
   </si>
   <si>
     <t>https://obgyn.lwwhealthlibrary.com/content.aspx?sectionId=260695100&amp;bookId=3425</t>
   </si>
   <si>
     <t>Speroff’s Clinical Gynecologic Endocrinology and Infertility, 10e</t>
   </si>
   <si>
-    <t>978-1-975168-03-2</t>
-[...1 lines deleted...]
-  <si>
     <t>https://obgyn.lwwhealthlibrary.com/book.aspx?bookid=3454</t>
   </si>
   <si>
     <t>https://obgyn.lwwhealthlibrary.com/content.aspx?sectionId=261269257&amp;bookId=3454</t>
   </si>
   <si>
     <t>https://obgyn.lwwhealthlibrary.com/content.aspx?sectionId=261269261&amp;bookId=3454</t>
   </si>
   <si>
     <t xml:space="preserve"> Contributing Authors</t>
   </si>
   <si>
     <t>https://obgyn.lwwhealthlibrary.com/content.aspx?sectionId=261269269&amp;bookId=3454</t>
   </si>
   <si>
     <t xml:space="preserve"> Foreword to the Ninth Edition</t>
   </si>
   <si>
     <t>https://obgyn.lwwhealthlibrary.com/content.aspx?sectionId=261269345&amp;bookId=3454</t>
   </si>
   <si>
     <t>https://obgyn.lwwhealthlibrary.com/content.aspx?sectionId=261269355&amp;bookId=3454</t>
   </si>
   <si>
     <t xml:space="preserve"> I: Reproductive Physiology</t>
@@ -8553,106 +8124,630 @@
     <t>https://obgyn.lwwhealthlibrary.com/content.aspx?sectionId=261276916&amp;bookId=3454</t>
   </si>
   <si>
     <t>https://obgyn.lwwhealthlibrary.com/content.aspx?sectionId=261277304&amp;bookId=3454</t>
   </si>
   <si>
     <t>https://obgyn.lwwhealthlibrary.com/content.aspx?sectionId=261277366&amp;bookId=3454</t>
   </si>
   <si>
     <t>https://obgyn.lwwhealthlibrary.com/content.aspx?sectionId=261277537&amp;bookId=3454</t>
   </si>
   <si>
     <t>https://obgyn.lwwhealthlibrary.com/content.aspx?sectionId=261277726&amp;bookId=3454</t>
   </si>
   <si>
     <t>https://obgyn.lwwhealthlibrary.com/content.aspx?sectionId=261277915&amp;bookId=3454</t>
   </si>
   <si>
     <t>Appendix: Selected Laboratory Values Expressed in Conventional Units and the International System of Units (SI Units)</t>
   </si>
   <si>
     <t xml:space="preserve"> I</t>
   </si>
   <si>
     <t>https://obgyn.lwwhealthlibrary.com/content.aspx?sectionId=261278115&amp;bookId=3454</t>
+  </si>
+  <si>
+    <t>Samuel M. Galvagno, Jr, DO, PhD, MS, MBA, FCCM</t>
+  </si>
+  <si>
+    <t>Marino’s The Little ICU Book, Third Edition</t>
+  </si>
+  <si>
+    <t>https://obgyn.lwwhealthlibrary.com/book.aspx?bookid=3467</t>
+  </si>
+  <si>
+    <t>Marino’s The Little ICU Book, 3e</t>
+  </si>
+  <si>
+    <t>Ronald F. Sing, DO, FACS, FCCM</t>
+  </si>
+  <si>
+    <t>https://obgyn.lwwhealthlibrary.com/content.aspx?sectionId=261681650&amp;bookId=3467</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Marino’s The Little ICU Book, Third Edition</t>
+  </si>
+  <si>
+    <t>https://obgyn.lwwhealthlibrary.com/content.aspx?sectionId=261681654&amp;bookId=3467</t>
+  </si>
+  <si>
+    <t>https://obgyn.lwwhealthlibrary.com/content.aspx?sectionId=261809242&amp;bookId=3467</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  Marino’s The Little ICU Book, Third Edition</t>
+  </si>
+  <si>
+    <t>https://obgyn.lwwhealthlibrary.com/content.aspx?sectionId=261681655&amp;bookId=3467</t>
+  </si>
+  <si>
+    <t>FrontExtra</t>
+  </si>
+  <si>
+    <t>https://obgyn.lwwhealthlibrary.com/content.aspx?sectionId=261681671&amp;bookId=3467</t>
+  </si>
+  <si>
+    <t>https://obgyn.lwwhealthlibrary.com/content.aspx?sectionId=261681691&amp;bookId=3467</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Acknowledgments</t>
+  </si>
+  <si>
+    <t>https://obgyn.lwwhealthlibrary.com/content.aspx?sectionId=261681696&amp;bookId=3467</t>
+  </si>
+  <si>
+    <t>https://obgyn.lwwhealthlibrary.com/content.aspx?sectionId=261681698&amp;bookId=3467</t>
+  </si>
+  <si>
+    <t>https://obgyn.lwwhealthlibrary.com/content.aspx?sectionId=261681703&amp;bookId=3467</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> SECTION I: COMMON PRACTICES</t>
+  </si>
+  <si>
+    <t>https://obgyn.lwwhealthlibrary.com/content.aspx?sectionId=261681711&amp;bookId=3467</t>
+  </si>
+  <si>
+    <t>https://obgyn.lwwhealthlibrary.com/content.aspx?sectionId=261681712&amp;bookId=3467</t>
+  </si>
+  <si>
+    <t>Airway Management</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Chapter 2</t>
+  </si>
+  <si>
+    <t>https://obgyn.lwwhealthlibrary.com/content.aspx?sectionId=261681808&amp;bookId=3467</t>
+  </si>
+  <si>
+    <t>Stress Ulcer Prophylaxis</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Chapter 3</t>
+  </si>
+  <si>
+    <t>https://obgyn.lwwhealthlibrary.com/content.aspx?sectionId=261681918&amp;bookId=3467</t>
+  </si>
+  <si>
+    <t>Prophylaxis for VTE</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Chapter 4</t>
+  </si>
+  <si>
+    <t>https://obgyn.lwwhealthlibrary.com/content.aspx?sectionId=261681962&amp;bookId=3467</t>
+  </si>
+  <si>
+    <t>Analgesia and Sedation</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Chapter 5</t>
+  </si>
+  <si>
+    <t>https://obgyn.lwwhealthlibrary.com/content.aspx?sectionId=261682034&amp;bookId=3467</t>
+  </si>
+  <si>
+    <t>Evaluation of Fever in the ICU</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Chapter 6</t>
+  </si>
+  <si>
+    <t>https://obgyn.lwwhealthlibrary.com/content.aspx?sectionId=261682193&amp;bookId=3467</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> SECTION II: CRITICAL CARE MONITORING</t>
+  </si>
+  <si>
+    <t>https://obgyn.lwwhealthlibrary.com/content.aspx?sectionId=261682289&amp;bookId=3467</t>
+  </si>
+  <si>
+    <t>Bedside Echocardiography</t>
+  </si>
+  <si>
+    <t>https://obgyn.lwwhealthlibrary.com/content.aspx?sectionId=261682290&amp;bookId=3467</t>
+  </si>
+  <si>
+    <t>Oximetry and Capnography</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Chapter 8</t>
+  </si>
+  <si>
+    <t>https://obgyn.lwwhealthlibrary.com/content.aspx?sectionId=261682356&amp;bookId=3467</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Chapter 9</t>
+  </si>
+  <si>
+    <t>https://obgyn.lwwhealthlibrary.com/content.aspx?sectionId=261682420&amp;bookId=3467</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> SECTION III: RESUSCITATION FLUIDS</t>
+  </si>
+  <si>
+    <t>https://obgyn.lwwhealthlibrary.com/content.aspx?sectionId=261682519&amp;bookId=3467</t>
+  </si>
+  <si>
+    <t>Colloid and Crystalloid Fluids</t>
+  </si>
+  <si>
+    <t>https://obgyn.lwwhealthlibrary.com/content.aspx?sectionId=261682520&amp;bookId=3467</t>
+  </si>
+  <si>
+    <t>Fluid Management</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Chapter 11</t>
+  </si>
+  <si>
+    <t>https://obgyn.lwwhealthlibrary.com/content.aspx?sectionId=261682631&amp;bookId=3467</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Chapter 12</t>
+  </si>
+  <si>
+    <t>https://obgyn.lwwhealthlibrary.com/content.aspx?sectionId=261682679&amp;bookId=3467</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Chapter 13</t>
+  </si>
+  <si>
+    <t>https://obgyn.lwwhealthlibrary.com/content.aspx?sectionId=261682841&amp;bookId=3467</t>
+  </si>
+  <si>
+    <t>Coagulopathy Management</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Chapter 14</t>
+  </si>
+  <si>
+    <t>https://obgyn.lwwhealthlibrary.com/content.aspx?sectionId=261682991&amp;bookId=3467</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> SECTION IV: SHOCK SYNDROMES</t>
+  </si>
+  <si>
+    <t>https://obgyn.lwwhealthlibrary.com/content.aspx?sectionId=261683065&amp;bookId=3467</t>
+  </si>
+  <si>
+    <t>Approaches to Clinical Shock</t>
+  </si>
+  <si>
+    <t>https://obgyn.lwwhealthlibrary.com/content.aspx?sectionId=261683066&amp;bookId=3467</t>
+  </si>
+  <si>
+    <t>Hemorrhagic Shock</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Chapter 16</t>
+  </si>
+  <si>
+    <t>https://obgyn.lwwhealthlibrary.com/content.aspx?sectionId=261683160&amp;bookId=3467</t>
+  </si>
+  <si>
+    <t>Cardiogenic Shock</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Chapter 17</t>
+  </si>
+  <si>
+    <t>https://obgyn.lwwhealthlibrary.com/content.aspx?sectionId=261683249&amp;bookId=3467</t>
+  </si>
+  <si>
+    <t>Inflammatory Shock</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Chapter 18</t>
+  </si>
+  <si>
+    <t>https://obgyn.lwwhealthlibrary.com/content.aspx?sectionId=261683353&amp;bookId=3467</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> SECTION V: CARDIAC DISORDERS</t>
+  </si>
+  <si>
+    <t>https://obgyn.lwwhealthlibrary.com/content.aspx?sectionId=261683443&amp;bookId=3467</t>
+  </si>
+  <si>
+    <t>https://obgyn.lwwhealthlibrary.com/content.aspx?sectionId=261683444&amp;bookId=3467</t>
+  </si>
+  <si>
+    <t>Dysrhythmias</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Chapter 20</t>
+  </si>
+  <si>
+    <t>https://obgyn.lwwhealthlibrary.com/content.aspx?sectionId=261683529&amp;bookId=3467</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Chapter 21</t>
+  </si>
+  <si>
+    <t>https://obgyn.lwwhealthlibrary.com/content.aspx?sectionId=261683663&amp;bookId=3467</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Chapter 22</t>
+  </si>
+  <si>
+    <t>https://obgyn.lwwhealthlibrary.com/content.aspx?sectionId=261683747&amp;bookId=3467</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> SECTION VI: RESPIRATORY DISORDERS</t>
+  </si>
+  <si>
+    <t>https://obgyn.lwwhealthlibrary.com/content.aspx?sectionId=261683819&amp;bookId=3467</t>
+  </si>
+  <si>
+    <t>Pulmonary Embolism</t>
+  </si>
+  <si>
+    <t>https://obgyn.lwwhealthlibrary.com/content.aspx?sectionId=261683820&amp;bookId=3467</t>
+  </si>
+  <si>
+    <t>Severe Asthma and COPD in the ICU</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Chapter 24</t>
+  </si>
+  <si>
+    <t>https://obgyn.lwwhealthlibrary.com/content.aspx?sectionId=261683885&amp;bookId=3467</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Chapter 25</t>
+  </si>
+  <si>
+    <t>https://obgyn.lwwhealthlibrary.com/content.aspx?sectionId=261683973&amp;bookId=3467</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> SECTION VII: RESPIRATORY MANAGEMENT</t>
+  </si>
+  <si>
+    <t>https://obgyn.lwwhealthlibrary.com/content.aspx?sectionId=261684050&amp;bookId=3467</t>
+  </si>
+  <si>
+    <t>Noninvasive Ventilation</t>
+  </si>
+  <si>
+    <t>https://obgyn.lwwhealthlibrary.com/content.aspx?sectionId=261684051&amp;bookId=3467</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Chapter 27</t>
+  </si>
+  <si>
+    <t>https://obgyn.lwwhealthlibrary.com/content.aspx?sectionId=261684115&amp;bookId=3467</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Chapter 28</t>
+  </si>
+  <si>
+    <t>https://obgyn.lwwhealthlibrary.com/content.aspx?sectionId=261684167&amp;bookId=3467</t>
+  </si>
+  <si>
+    <t>Liberation from Mechanical Ventilation</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Chapter 29</t>
+  </si>
+  <si>
+    <t>https://obgyn.lwwhealthlibrary.com/content.aspx?sectionId=261684306&amp;bookId=3467</t>
+  </si>
+  <si>
+    <t>Extracorporeal Membrane Oxygenation</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Chapter 30</t>
+  </si>
+  <si>
+    <t>https://obgyn.lwwhealthlibrary.com/content.aspx?sectionId=261684379&amp;bookId=3467</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> SECTION VIII: ACID-BASE DISORDERS</t>
+  </si>
+  <si>
+    <t>https://obgyn.lwwhealthlibrary.com/content.aspx?sectionId=261684492&amp;bookId=3467</t>
+  </si>
+  <si>
+    <t>https://obgyn.lwwhealthlibrary.com/content.aspx?sectionId=261684493&amp;bookId=3467</t>
+  </si>
+  <si>
+    <t>Lactic Acidosis and Ketoacidosis</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Chapter 32</t>
+  </si>
+  <si>
+    <t>https://obgyn.lwwhealthlibrary.com/content.aspx?sectionId=261684587&amp;bookId=3467</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> SECTION IX: RENAL &amp; ELECTROLYTE DISORDERS</t>
+  </si>
+  <si>
+    <t>https://obgyn.lwwhealthlibrary.com/content.aspx?sectionId=261684687&amp;bookId=3467</t>
+  </si>
+  <si>
+    <t>https://obgyn.lwwhealthlibrary.com/content.aspx?sectionId=261684688&amp;bookId=3467</t>
+  </si>
+  <si>
+    <t>Sodium and Chloride</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Chapter 34</t>
+  </si>
+  <si>
+    <t>https://obgyn.lwwhealthlibrary.com/content.aspx?sectionId=261684803&amp;bookId=3467</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Chapter 35</t>
+  </si>
+  <si>
+    <t>https://obgyn.lwwhealthlibrary.com/content.aspx?sectionId=261684929&amp;bookId=3467</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Chapter 36</t>
+  </si>
+  <si>
+    <t>https://obgyn.lwwhealthlibrary.com/content.aspx?sectionId=261685017&amp;bookId=3467</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Chapter 37</t>
+  </si>
+  <si>
+    <t>https://obgyn.lwwhealthlibrary.com/content.aspx?sectionId=261685081&amp;bookId=3467</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> SECTION X: THE ABDOMEN AND PELVIS</t>
+  </si>
+  <si>
+    <t>https://obgyn.lwwhealthlibrary.com/content.aspx?sectionId=261685167&amp;bookId=3467</t>
+  </si>
+  <si>
+    <t>Liver Failure</t>
+  </si>
+  <si>
+    <t>https://obgyn.lwwhealthlibrary.com/content.aspx?sectionId=261685168&amp;bookId=3467</t>
+  </si>
+  <si>
+    <t>Acute Pancreatitis</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Chapter 39</t>
+  </si>
+  <si>
+    <t>https://obgyn.lwwhealthlibrary.com/content.aspx?sectionId=261685284&amp;bookId=3467</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Chapter 40</t>
+  </si>
+  <si>
+    <t>https://obgyn.lwwhealthlibrary.com/content.aspx?sectionId=261685366&amp;bookId=3467</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Chapter 41</t>
+  </si>
+  <si>
+    <t>https://obgyn.lwwhealthlibrary.com/content.aspx?sectionId=261685450&amp;bookId=3467</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> SECTION XI: NERVOUS SYSTEM DISORDERS</t>
+  </si>
+  <si>
+    <t>https://obgyn.lwwhealthlibrary.com/content.aspx?sectionId=261685517&amp;bookId=3467</t>
+  </si>
+  <si>
+    <t>https://obgyn.lwwhealthlibrary.com/content.aspx?sectionId=261685518&amp;bookId=3467</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Chapter 43</t>
+  </si>
+  <si>
+    <t>https://obgyn.lwwhealthlibrary.com/content.aspx?sectionId=261685632&amp;bookId=3467</t>
+  </si>
+  <si>
+    <t>Acute Stroke in the ICU</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Chapter 44</t>
+  </si>
+  <si>
+    <t>https://obgyn.lwwhealthlibrary.com/content.aspx?sectionId=261685751&amp;bookId=3467</t>
+  </si>
+  <si>
+    <t>Traumatic Brain Injury</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Chapter 45</t>
+  </si>
+  <si>
+    <t>https://obgyn.lwwhealthlibrary.com/content.aspx?sectionId=261685862&amp;bookId=3467</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> SECTION XII: NUTRITION AND METABOLISM</t>
+  </si>
+  <si>
+    <t>https://obgyn.lwwhealthlibrary.com/content.aspx?sectionId=261685944&amp;bookId=3467</t>
+  </si>
+  <si>
+    <t>https://obgyn.lwwhealthlibrary.com/content.aspx?sectionId=261685945&amp;bookId=3467</t>
+  </si>
+  <si>
+    <t>Enteral Nutrition</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Chapter 47</t>
+  </si>
+  <si>
+    <t>https://obgyn.lwwhealthlibrary.com/content.aspx?sectionId=261686034&amp;bookId=3467</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Chapter 48</t>
+  </si>
+  <si>
+    <t>https://obgyn.lwwhealthlibrary.com/content.aspx?sectionId=261686144&amp;bookId=3467</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Chapter 49</t>
+  </si>
+  <si>
+    <t>https://obgyn.lwwhealthlibrary.com/content.aspx?sectionId=261686241&amp;bookId=3467</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> SECTION XIII: OVERDOSES AND POISONS</t>
+  </si>
+  <si>
+    <t>https://obgyn.lwwhealthlibrary.com/content.aspx?sectionId=261686371&amp;bookId=3467</t>
+  </si>
+  <si>
+    <t>https://obgyn.lwwhealthlibrary.com/content.aspx?sectionId=261686372&amp;bookId=3467</t>
+  </si>
+  <si>
+    <t>Nonpharmaceutical Poisons</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Chapter 51</t>
+  </si>
+  <si>
+    <t>https://obgyn.lwwhealthlibrary.com/content.aspx?sectionId=261686485&amp;bookId=3467</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> SECTION XIV.: APPENDICES</t>
+  </si>
+  <si>
+    <t>https://obgyn.lwwhealthlibrary.com/content.aspx?sectionId=261686592&amp;bookId=3467</t>
+  </si>
+  <si>
+    <t>Units, Conversions, and Ventilator Tidal Volumes</t>
+  </si>
+  <si>
+    <t>https://obgyn.lwwhealthlibrary.com/content.aspx?sectionId=261686593&amp;bookId=3467</t>
+  </si>
+  <si>
+    <t>Clinical Calculators</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Appendix 2</t>
+  </si>
+  <si>
+    <t>https://obgyn.lwwhealthlibrary.com/content.aspx?sectionId=261686600&amp;bookId=3467</t>
+  </si>
+  <si>
+    <t>BackExtra</t>
+  </si>
+  <si>
+    <t>https://obgyn.lwwhealthlibrary.com/content.aspx?sectionId=261686618&amp;bookId=3467</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="2" x14ac:knownFonts="1">
+  <fonts count="3" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Tahoma"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <name val="Tahoma"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="10"/>
+      <name val="Tahoma"/>
+      <family val="2"/>
     </font>
   </fonts>
   <fills count="4">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF808080"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
-  <cellStyleXfs count="1">
+  <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="2" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="4">
+  <cellXfs count="10">
     <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="14" fontId="0" fillId="2" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="1"/>
+    <xf numFmtId="14" fontId="2" fillId="2" borderId="0" xfId="1" applyNumberFormat="1"/>
+    <xf numFmtId="1" fontId="1" fillId="3" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
+    <xf numFmtId="1" fontId="0" fillId="2" borderId="0" xfId="0" applyNumberFormat="1"/>
+    <xf numFmtId="1" fontId="2" fillId="2" borderId="0" xfId="1" applyNumberFormat="1"/>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="1"/>
   </cellXfs>
-  <cellStyles count="1">
+  <cellStyles count="2">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
+    <cellStyle name="Normal 2" xfId="1" xr:uid="{8228EC76-303C-4707-93A0-D2EF96A791D1}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet13.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet18.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet26.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet21.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet12.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet17.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet25.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet16.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet20.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet11.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet24.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet15.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet23.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet10.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet19.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet14.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet22.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
@@ -8950,15185 +9045,15273 @@
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:G26"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="7" width="50.7265625" customWidth="1"/>
+    <col min="1" max="2" width="50.7265625" customWidth="1"/>
+    <col min="3" max="3" width="7.36328125" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="13.90625" style="7" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="14.81640625" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="50.7265625" customWidth="1"/>
+    <col min="7" max="7" width="17.1796875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
-      <c r="D1" s="1" t="s">
+      <c r="D1" s="6" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
         <v>7</v>
       </c>
       <c r="B2" t="s">
         <v>8</v>
       </c>
       <c r="C2">
         <v>5</v>
       </c>
-      <c r="D2" t="s">
-        <v>9</v>
+      <c r="D2" s="7">
+        <v>9781608316106</v>
       </c>
       <c r="E2">
         <v>2011</v>
       </c>
       <c r="F2" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G2" s="2">
         <v>42000</v>
       </c>
     </row>
     <row r="3" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
+        <v>10</v>
+      </c>
+      <c r="B3" t="s">
         <v>11</v>
-      </c>
-[...1 lines deleted...]
-        <v>12</v>
       </c>
       <c r="C3">
         <v>3</v>
       </c>
-      <c r="D3" t="s">
-        <v>13</v>
+      <c r="D3" s="7">
+        <v>9781496356055</v>
       </c>
       <c r="E3">
         <v>2019</v>
       </c>
       <c r="F3" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G3" s="2">
         <v>43599</v>
       </c>
     </row>
     <row r="4" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A4" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="B4" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="C4">
         <v>1</v>
       </c>
-      <c r="D4" t="s">
-        <v>17</v>
+      <c r="D4" s="7">
+        <v>9780781791434</v>
       </c>
       <c r="E4">
         <v>2011</v>
       </c>
       <c r="F4" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="G4" s="2">
         <v>43006</v>
       </c>
     </row>
     <row r="5" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A5" t="s">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="B5" t="s">
-        <v>2517</v>
+        <v>2375</v>
       </c>
       <c r="C5">
         <v>7</v>
       </c>
-      <c r="D5" t="s">
-        <v>21</v>
+      <c r="D5" s="7">
+        <v>9781975142643</v>
       </c>
       <c r="E5">
         <v>2021</v>
       </c>
       <c r="F5" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="G5" s="2">
         <v>44089</v>
       </c>
     </row>
     <row r="6" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A6" t="s">
-        <v>2658</v>
+        <v>2516</v>
       </c>
       <c r="B6" t="s">
-        <v>2659</v>
+        <v>2517</v>
       </c>
       <c r="C6">
         <v>17</v>
       </c>
-      <c r="D6">
+      <c r="D6" s="7">
         <v>9781975238636</v>
       </c>
       <c r="E6">
         <v>2026</v>
       </c>
       <c r="F6" t="s">
-        <v>2660</v>
+        <v>2518</v>
       </c>
       <c r="G6" s="2">
         <v>45772</v>
       </c>
     </row>
     <row r="7" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A7" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="B7" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="C7">
         <v>12</v>
       </c>
-      <c r="D7" t="s">
-        <v>25</v>
+      <c r="D7" s="7">
+        <v>9781975162375</v>
       </c>
       <c r="E7">
         <v>2022</v>
       </c>
       <c r="F7" t="s">
-        <v>26</v>
+        <v>21</v>
       </c>
       <c r="G7" s="2">
         <v>44285</v>
       </c>
     </row>
     <row r="8" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A8" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="B8" t="s">
-        <v>2518</v>
+        <v>2376</v>
       </c>
       <c r="C8">
         <v>4</v>
       </c>
-      <c r="D8" t="s">
-        <v>29</v>
+      <c r="D8" s="7">
+        <v>9781975141462</v>
       </c>
       <c r="E8">
         <v>2022</v>
       </c>
       <c r="F8" t="s">
-        <v>30</v>
+        <v>24</v>
       </c>
       <c r="G8" s="2">
         <v>44301</v>
       </c>
     </row>
     <row r="9" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A9" t="s">
-        <v>31</v>
+        <v>25</v>
       </c>
       <c r="B9" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
       <c r="C9">
         <v>10</v>
       </c>
-      <c r="D9" t="s">
-        <v>33</v>
+      <c r="D9" s="7">
+        <v>9780781769372</v>
       </c>
       <c r="E9">
         <v>2007</v>
       </c>
       <c r="F9" t="s">
-        <v>34</v>
+        <v>27</v>
       </c>
       <c r="G9" s="2">
         <v>41682</v>
       </c>
     </row>
     <row r="10" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A10" t="s">
-        <v>35</v>
+        <v>28</v>
       </c>
       <c r="B10" t="s">
-        <v>36</v>
+        <v>29</v>
       </c>
       <c r="C10">
         <v>5</v>
       </c>
-      <c r="D10" t="s">
-        <v>37</v>
+      <c r="D10" s="7">
+        <v>9781975216184</v>
       </c>
       <c r="E10">
         <v>2025</v>
       </c>
       <c r="F10" t="s">
-        <v>38</v>
+        <v>30</v>
       </c>
       <c r="G10" s="2">
         <v>45596</v>
       </c>
     </row>
     <row r="11" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A11" t="s">
-        <v>39</v>
+        <v>31</v>
       </c>
       <c r="B11" t="s">
-        <v>40</v>
+        <v>32</v>
       </c>
       <c r="C11">
         <v>1</v>
       </c>
-      <c r="D11" t="s">
-        <v>41</v>
+      <c r="D11" s="7">
+        <v>9781496394132</v>
       </c>
       <c r="E11">
         <v>2019</v>
       </c>
       <c r="F11" t="s">
-        <v>42</v>
+        <v>33</v>
       </c>
       <c r="G11" s="2">
         <v>43770</v>
       </c>
     </row>
     <row r="12" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A12" t="s">
-        <v>43</v>
+        <v>34</v>
       </c>
       <c r="B12" t="s">
-        <v>44</v>
+        <v>35</v>
       </c>
       <c r="C12">
         <v>9</v>
       </c>
-      <c r="D12" t="s">
-        <v>45</v>
+      <c r="D12" s="7">
+        <v>9781975145934</v>
       </c>
       <c r="E12">
         <v>2021</v>
       </c>
       <c r="F12" t="s">
-        <v>46</v>
+        <v>36</v>
       </c>
       <c r="G12" s="2">
         <v>43936</v>
       </c>
     </row>
     <row r="13" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A13" t="s">
-[...18 lines deleted...]
-        <v>42755</v>
+      <c r="A13" s="4" t="s">
+        <v>2685</v>
+      </c>
+      <c r="B13" s="4" t="s">
+        <v>2688</v>
+      </c>
+      <c r="C13" s="4">
+        <v>3</v>
+      </c>
+      <c r="D13" s="8">
+        <v>9781975222420</v>
+      </c>
+      <c r="E13" s="4">
+        <v>2026</v>
+      </c>
+      <c r="F13" s="4" t="s">
+        <v>2687</v>
+      </c>
+      <c r="G13" s="5">
+        <v>45999</v>
       </c>
     </row>
     <row r="14" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A14" t="s">
-        <v>51</v>
+        <v>38</v>
       </c>
       <c r="B14" t="s">
-        <v>2519</v>
+        <v>2377</v>
       </c>
       <c r="C14">
         <v>3</v>
       </c>
-      <c r="D14" t="s">
-        <v>53</v>
+      <c r="D14" s="7">
+        <v>9781608315475</v>
       </c>
       <c r="E14">
         <v>2014</v>
       </c>
       <c r="F14" t="s">
-        <v>54</v>
+        <v>40</v>
       </c>
       <c r="G14" s="2">
         <v>41999</v>
       </c>
     </row>
     <row r="15" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A15" t="s">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="B15" t="s">
-        <v>55</v>
+        <v>41</v>
       </c>
       <c r="C15">
         <v>1</v>
       </c>
-      <c r="D15" t="s">
-        <v>56</v>
+      <c r="D15" s="7">
+        <v>9781496342881</v>
       </c>
       <c r="E15">
         <v>2017</v>
       </c>
       <c r="F15" t="s">
-        <v>57</v>
+        <v>42</v>
       </c>
       <c r="G15" s="2">
         <v>43032</v>
       </c>
     </row>
     <row r="16" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A16" t="s">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="B16" t="s">
-        <v>58</v>
+        <v>43</v>
       </c>
       <c r="C16">
         <v>1</v>
       </c>
-      <c r="D16" t="s">
-        <v>59</v>
+      <c r="D16" s="7">
+        <v>9781496321060</v>
       </c>
       <c r="E16">
         <v>2019</v>
       </c>
       <c r="F16" t="s">
-        <v>60</v>
+        <v>44</v>
       </c>
       <c r="G16" s="2">
         <v>43320</v>
       </c>
     </row>
     <row r="17" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A17" t="s">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="B17" t="s">
-        <v>61</v>
+        <v>45</v>
       </c>
       <c r="C17">
         <v>1</v>
       </c>
-      <c r="D17" t="s">
-        <v>62</v>
+      <c r="D17" s="7">
+        <v>9781496356093</v>
       </c>
       <c r="E17">
         <v>2019</v>
       </c>
       <c r="F17" t="s">
-        <v>63</v>
+        <v>46</v>
       </c>
       <c r="G17" s="2">
         <v>43432</v>
       </c>
     </row>
     <row r="18" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A18" t="s">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="B18" t="s">
-        <v>64</v>
+        <v>47</v>
       </c>
       <c r="C18">
         <v>1</v>
       </c>
-      <c r="D18" t="s">
-        <v>65</v>
+      <c r="D18" s="7">
+        <v>9781496330154</v>
       </c>
       <c r="E18">
         <v>2017</v>
       </c>
       <c r="F18" t="s">
-        <v>66</v>
+        <v>48</v>
       </c>
       <c r="G18" s="2">
         <v>43006</v>
       </c>
     </row>
     <row r="19" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A19" t="s">
-        <v>67</v>
+        <v>49</v>
       </c>
       <c r="B19" t="s">
-        <v>68</v>
+        <v>50</v>
       </c>
       <c r="C19">
         <v>1</v>
       </c>
-      <c r="D19" t="s">
-        <v>69</v>
+      <c r="D19" s="7">
+        <v>9781975136734</v>
       </c>
       <c r="E19">
         <v>2023</v>
       </c>
       <c r="F19" t="s">
-        <v>70</v>
+        <v>51</v>
       </c>
       <c r="G19" s="2">
         <v>44593</v>
       </c>
     </row>
     <row r="20" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A20" t="s">
-        <v>71</v>
+        <v>52</v>
       </c>
       <c r="B20" t="s">
-        <v>72</v>
+        <v>53</v>
       </c>
       <c r="C20">
         <v>7</v>
       </c>
-      <c r="D20" t="s">
-        <v>73</v>
+      <c r="D20" s="7">
+        <v>9781975162337</v>
       </c>
       <c r="E20">
         <v>2023</v>
       </c>
       <c r="F20" t="s">
-        <v>74</v>
+        <v>54</v>
       </c>
       <c r="G20" s="2">
         <v>44817</v>
       </c>
     </row>
     <row r="21" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A21" t="s">
-        <v>75</v>
+        <v>55</v>
       </c>
       <c r="B21" t="s">
-        <v>76</v>
+        <v>56</v>
       </c>
       <c r="C21">
         <v>2</v>
       </c>
-      <c r="D21" t="s">
-        <v>77</v>
+      <c r="D21" s="7">
+        <v>9781496366993</v>
       </c>
       <c r="E21">
         <v>2019</v>
       </c>
       <c r="F21" t="s">
-        <v>78</v>
+        <v>57</v>
       </c>
       <c r="G21" s="2">
         <v>44115</v>
       </c>
     </row>
     <row r="22" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A22" t="s">
-        <v>79</v>
+        <v>58</v>
       </c>
       <c r="B22" t="s">
-        <v>2520</v>
+        <v>2378</v>
       </c>
       <c r="C22">
         <v>6</v>
       </c>
-      <c r="D22" t="s">
-        <v>81</v>
+      <c r="D22" s="7">
+        <v>9781975107284</v>
       </c>
       <c r="E22">
         <v>2020</v>
       </c>
       <c r="F22" t="s">
-        <v>82</v>
+        <v>60</v>
       </c>
       <c r="G22" s="2">
         <v>43791</v>
       </c>
     </row>
     <row r="23" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A23" t="s">
-        <v>83</v>
+        <v>61</v>
       </c>
       <c r="B23" t="s">
-        <v>2765</v>
+        <v>2623</v>
       </c>
       <c r="C23">
         <v>10</v>
       </c>
-      <c r="D23" t="s">
-        <v>2766</v>
+      <c r="D23" s="7">
+        <v>9781975168032</v>
       </c>
       <c r="E23">
         <v>2026</v>
       </c>
       <c r="F23" t="s">
-        <v>2767</v>
+        <v>2624</v>
       </c>
       <c r="G23" s="2">
         <v>45938</v>
       </c>
     </row>
     <row r="24" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A24" t="s">
-        <v>84</v>
+        <v>62</v>
       </c>
       <c r="B24" t="s">
-        <v>85</v>
+        <v>63</v>
       </c>
       <c r="C24">
         <v>13</v>
       </c>
-      <c r="D24" t="s">
-        <v>86</v>
+      <c r="D24" s="7">
+        <v>9781975200091</v>
       </c>
       <c r="E24">
         <v>2024</v>
       </c>
       <c r="F24" t="s">
-        <v>87</v>
+        <v>64</v>
       </c>
       <c r="G24" s="2">
         <v>45029</v>
       </c>
     </row>
     <row r="25" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A25" t="s">
-        <v>88</v>
+        <v>65</v>
       </c>
       <c r="B25" t="s">
-        <v>2521</v>
+        <v>2379</v>
       </c>
       <c r="C25">
         <v>1</v>
       </c>
-      <c r="D25" t="s">
-        <v>90</v>
+      <c r="D25" s="7">
+        <v>9781975116675</v>
       </c>
       <c r="E25">
         <v>2021</v>
       </c>
       <c r="F25" t="s">
-        <v>91</v>
+        <v>67</v>
       </c>
       <c r="G25" s="2">
         <v>43977</v>
       </c>
     </row>
     <row r="26" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A26" t="s">
-        <v>2522</v>
+        <v>2380</v>
       </c>
       <c r="B26" t="s">
-        <v>2523</v>
+        <v>2381</v>
       </c>
       <c r="C26">
         <v>7</v>
       </c>
-      <c r="D26">
+      <c r="D26" s="7">
         <v>9781975240011</v>
       </c>
       <c r="E26">
         <v>2026</v>
       </c>
       <c r="F26" t="s">
-        <v>2524</v>
+        <v>2382</v>
       </c>
       <c r="G26" s="2">
         <v>45770</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0900-000000000000}">
   <dimension ref="A1:D20"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>92</v>
+        <v>68</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>93</v>
+        <v>69</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>94</v>
+        <v>70</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
-        <v>35</v>
+        <v>28</v>
       </c>
       <c r="B2" t="s">
-        <v>36</v>
+        <v>29</v>
       </c>
       <c r="D2" t="s">
-        <v>38</v>
+        <v>30</v>
       </c>
     </row>
     <row r="3" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
-        <v>1212</v>
+        <v>1188</v>
       </c>
       <c r="B3" t="s">
-        <v>96</v>
+        <v>72</v>
       </c>
       <c r="D3" t="s">
-        <v>1213</v>
+        <v>1189</v>
       </c>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B4" t="s">
-        <v>1214</v>
+        <v>1190</v>
       </c>
       <c r="D4" t="s">
-        <v>1215</v>
+        <v>1191</v>
       </c>
     </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B5" t="s">
-        <v>98</v>
+        <v>74</v>
       </c>
       <c r="D5" t="s">
-        <v>1216</v>
+        <v>1192</v>
       </c>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B6" t="s">
-        <v>274</v>
+        <v>250</v>
       </c>
       <c r="D6" t="s">
-        <v>1217</v>
+        <v>1193</v>
       </c>
     </row>
     <row r="7" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B7" t="s">
-        <v>100</v>
+        <v>76</v>
       </c>
       <c r="D7" t="s">
-        <v>1218</v>
+        <v>1194</v>
       </c>
     </row>
     <row r="8" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B8" t="s">
-        <v>1219</v>
+        <v>1195</v>
       </c>
       <c r="C8" t="s">
-        <v>103</v>
+        <v>79</v>
       </c>
       <c r="D8" t="s">
-        <v>1220</v>
+        <v>1196</v>
       </c>
     </row>
     <row r="9" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B9" t="s">
-        <v>1221</v>
+        <v>1197</v>
       </c>
       <c r="C9" t="s">
-        <v>106</v>
+        <v>82</v>
       </c>
       <c r="D9" t="s">
-        <v>1222</v>
+        <v>1198</v>
       </c>
     </row>
     <row r="10" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B10" t="s">
-        <v>1223</v>
+        <v>1199</v>
       </c>
       <c r="C10" t="s">
-        <v>109</v>
+        <v>85</v>
       </c>
       <c r="D10" t="s">
-        <v>1224</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="11" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B11" t="s">
-        <v>1225</v>
+        <v>1201</v>
       </c>
       <c r="C11" t="s">
-        <v>112</v>
+        <v>88</v>
       </c>
       <c r="D11" t="s">
-        <v>1226</v>
+        <v>1202</v>
       </c>
     </row>
     <row r="12" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B12" t="s">
-        <v>1227</v>
+        <v>1203</v>
       </c>
       <c r="C12" t="s">
-        <v>115</v>
+        <v>91</v>
       </c>
       <c r="D12" t="s">
-        <v>1228</v>
+        <v>1204</v>
       </c>
     </row>
     <row r="13" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B13" t="s">
-        <v>1229</v>
+        <v>1205</v>
       </c>
       <c r="C13" t="s">
-        <v>118</v>
+        <v>94</v>
       </c>
       <c r="D13" t="s">
-        <v>1230</v>
+        <v>1206</v>
       </c>
     </row>
     <row r="14" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B14" t="s">
-        <v>1231</v>
+        <v>1207</v>
       </c>
       <c r="C14" t="s">
-        <v>121</v>
+        <v>97</v>
       </c>
       <c r="D14" t="s">
-        <v>1232</v>
+        <v>1208</v>
       </c>
     </row>
     <row r="15" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B15" t="s">
-        <v>1233</v>
+        <v>1209</v>
       </c>
       <c r="C15" t="s">
-        <v>124</v>
+        <v>100</v>
       </c>
       <c r="D15" t="s">
-        <v>1234</v>
+        <v>1210</v>
       </c>
     </row>
     <row r="16" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B16" t="s">
-        <v>1235</v>
+        <v>1211</v>
       </c>
       <c r="C16" t="s">
-        <v>127</v>
+        <v>103</v>
       </c>
       <c r="D16" t="s">
-        <v>1236</v>
+        <v>1212</v>
       </c>
     </row>
     <row r="17" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B17" t="s">
-        <v>1237</v>
+        <v>1213</v>
       </c>
       <c r="C17" t="s">
-        <v>130</v>
+        <v>106</v>
       </c>
       <c r="D17" t="s">
-        <v>1238</v>
+        <v>1214</v>
       </c>
     </row>
     <row r="18" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B18" t="s">
-        <v>1239</v>
+        <v>1215</v>
       </c>
       <c r="C18" t="s">
-        <v>133</v>
+        <v>109</v>
       </c>
       <c r="D18" t="s">
-        <v>1240</v>
+        <v>1216</v>
       </c>
     </row>
     <row r="19" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B19" t="s">
-        <v>1241</v>
+        <v>1217</v>
       </c>
       <c r="C19" t="s">
-        <v>136</v>
+        <v>112</v>
       </c>
       <c r="D19" t="s">
-        <v>1242</v>
+        <v>1218</v>
       </c>
     </row>
     <row r="20" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B20" t="s">
-        <v>1243</v>
+        <v>1219</v>
       </c>
       <c r="C20" t="s">
-        <v>139</v>
+        <v>115</v>
       </c>
       <c r="D20" t="s">
-        <v>1244</v>
+        <v>1220</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0A00-000000000000}">
   <dimension ref="A1:D40"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>92</v>
+        <v>68</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>93</v>
+        <v>69</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>94</v>
+        <v>70</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
-        <v>39</v>
+        <v>31</v>
       </c>
       <c r="B2" t="s">
-        <v>40</v>
+        <v>32</v>
       </c>
       <c r="D2" t="s">
-        <v>42</v>
+        <v>33</v>
       </c>
     </row>
     <row r="3" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
-        <v>1245</v>
+        <v>1221</v>
       </c>
       <c r="B3" t="s">
-        <v>96</v>
+        <v>72</v>
       </c>
       <c r="D3" t="s">
-        <v>1246</v>
+        <v>1222</v>
       </c>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B4" t="s">
-        <v>98</v>
+        <v>74</v>
       </c>
       <c r="D4" t="s">
-        <v>1247</v>
+        <v>1223</v>
       </c>
     </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B5" t="s">
-        <v>274</v>
+        <v>250</v>
       </c>
       <c r="D5" t="s">
-        <v>1248</v>
+        <v>1224</v>
       </c>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B6" t="s">
-        <v>270</v>
+        <v>246</v>
       </c>
       <c r="D6" t="s">
-        <v>1249</v>
+        <v>1225</v>
       </c>
     </row>
     <row r="7" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B7" t="s">
-        <v>1250</v>
+        <v>1226</v>
       </c>
       <c r="D7" t="s">
-        <v>1251</v>
+        <v>1227</v>
       </c>
     </row>
     <row r="8" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B8" t="s">
-        <v>1252</v>
+        <v>1228</v>
       </c>
       <c r="C8" t="s">
-        <v>103</v>
+        <v>79</v>
       </c>
       <c r="D8" t="s">
-        <v>1253</v>
+        <v>1229</v>
       </c>
     </row>
     <row r="9" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B9" t="s">
-        <v>1254</v>
+        <v>1230</v>
       </c>
       <c r="C9" t="s">
-        <v>106</v>
+        <v>82</v>
       </c>
       <c r="D9" t="s">
-        <v>1255</v>
+        <v>1231</v>
       </c>
     </row>
     <row r="10" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B10" t="s">
-        <v>1256</v>
+        <v>1232</v>
       </c>
       <c r="C10" t="s">
-        <v>109</v>
+        <v>85</v>
       </c>
       <c r="D10" t="s">
-        <v>1257</v>
+        <v>1233</v>
       </c>
     </row>
     <row r="11" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B11" t="s">
-        <v>1258</v>
+        <v>1234</v>
       </c>
       <c r="C11" t="s">
-        <v>112</v>
+        <v>88</v>
       </c>
       <c r="D11" t="s">
-        <v>1259</v>
+        <v>1235</v>
       </c>
     </row>
     <row r="12" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B12" t="s">
-        <v>1260</v>
+        <v>1236</v>
       </c>
       <c r="D12" t="s">
-        <v>1261</v>
+        <v>1237</v>
       </c>
     </row>
     <row r="13" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B13" t="s">
-        <v>1262</v>
+        <v>1238</v>
       </c>
       <c r="C13" t="s">
-        <v>115</v>
+        <v>91</v>
       </c>
       <c r="D13" t="s">
-        <v>1263</v>
+        <v>1239</v>
       </c>
     </row>
     <row r="14" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B14" t="s">
-        <v>1264</v>
+        <v>1240</v>
       </c>
       <c r="C14" t="s">
-        <v>118</v>
+        <v>94</v>
       </c>
       <c r="D14" t="s">
-        <v>1265</v>
+        <v>1241</v>
       </c>
     </row>
     <row r="15" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B15" t="s">
-        <v>1266</v>
+        <v>1242</v>
       </c>
       <c r="C15" t="s">
-        <v>121</v>
+        <v>97</v>
       </c>
       <c r="D15" t="s">
-        <v>1267</v>
+        <v>1243</v>
       </c>
     </row>
     <row r="16" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B16" t="s">
-        <v>1268</v>
+        <v>1244</v>
       </c>
       <c r="C16" t="s">
-        <v>124</v>
+        <v>100</v>
       </c>
       <c r="D16" t="s">
-        <v>1269</v>
+        <v>1245</v>
       </c>
     </row>
     <row r="17" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B17" t="s">
-        <v>1270</v>
+        <v>1246</v>
       </c>
       <c r="C17" t="s">
-        <v>127</v>
+        <v>103</v>
       </c>
       <c r="D17" t="s">
-        <v>1271</v>
+        <v>1247</v>
       </c>
     </row>
     <row r="18" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B18" t="s">
-        <v>1272</v>
+        <v>1248</v>
       </c>
       <c r="C18" t="s">
-        <v>130</v>
+        <v>106</v>
       </c>
       <c r="D18" t="s">
-        <v>1273</v>
+        <v>1249</v>
       </c>
     </row>
     <row r="19" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B19" t="s">
-        <v>1274</v>
+        <v>1250</v>
       </c>
       <c r="C19" t="s">
-        <v>133</v>
+        <v>109</v>
       </c>
       <c r="D19" t="s">
-        <v>1275</v>
+        <v>1251</v>
       </c>
     </row>
     <row r="20" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B20" t="s">
-        <v>1276</v>
+        <v>1252</v>
       </c>
       <c r="C20" t="s">
-        <v>136</v>
+        <v>112</v>
       </c>
       <c r="D20" t="s">
-        <v>1277</v>
+        <v>1253</v>
       </c>
     </row>
     <row r="21" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B21" t="s">
-        <v>1048</v>
+        <v>1024</v>
       </c>
       <c r="C21" t="s">
-        <v>139</v>
+        <v>115</v>
       </c>
       <c r="D21" t="s">
-        <v>1278</v>
+        <v>1254</v>
       </c>
     </row>
     <row r="22" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B22" t="s">
-        <v>1279</v>
+        <v>1255</v>
       </c>
       <c r="C22" t="s">
-        <v>142</v>
+        <v>118</v>
       </c>
       <c r="D22" t="s">
-        <v>1280</v>
+        <v>1256</v>
       </c>
     </row>
     <row r="23" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B23" t="s">
-        <v>1281</v>
+        <v>1257</v>
       </c>
       <c r="C23" t="s">
-        <v>191</v>
+        <v>167</v>
       </c>
       <c r="D23" t="s">
-        <v>1282</v>
+        <v>1258</v>
       </c>
     </row>
     <row r="24" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B24" t="s">
-        <v>1283</v>
+        <v>1259</v>
       </c>
       <c r="C24" t="s">
-        <v>194</v>
+        <v>170</v>
       </c>
       <c r="D24" t="s">
-        <v>1284</v>
+        <v>1260</v>
       </c>
     </row>
     <row r="25" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B25" t="s">
-        <v>1285</v>
+        <v>1261</v>
       </c>
       <c r="C25" t="s">
-        <v>197</v>
+        <v>173</v>
       </c>
       <c r="D25" t="s">
-        <v>1286</v>
+        <v>1262</v>
       </c>
     </row>
     <row r="26" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B26" t="s">
-        <v>1287</v>
+        <v>1263</v>
       </c>
       <c r="C26" t="s">
-        <v>200</v>
+        <v>176</v>
       </c>
       <c r="D26" t="s">
-        <v>1288</v>
+        <v>1264</v>
       </c>
     </row>
     <row r="27" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B27" t="s">
-        <v>1289</v>
+        <v>1265</v>
       </c>
       <c r="C27" t="s">
-        <v>205</v>
+        <v>181</v>
       </c>
       <c r="D27" t="s">
-        <v>1290</v>
+        <v>1266</v>
       </c>
     </row>
     <row r="28" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B28" t="s">
-        <v>1291</v>
+        <v>1267</v>
       </c>
       <c r="C28" t="s">
-        <v>208</v>
+        <v>184</v>
       </c>
       <c r="D28" t="s">
-        <v>1292</v>
+        <v>1268</v>
       </c>
     </row>
     <row r="29" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B29" t="s">
-        <v>1293</v>
+        <v>1269</v>
       </c>
       <c r="C29" t="s">
-        <v>211</v>
+        <v>187</v>
       </c>
       <c r="D29" t="s">
-        <v>1294</v>
+        <v>1270</v>
       </c>
     </row>
     <row r="30" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B30" t="s">
-        <v>1295</v>
+        <v>1271</v>
       </c>
       <c r="D30" t="s">
-        <v>1296</v>
+        <v>1272</v>
       </c>
     </row>
     <row r="31" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B31" t="s">
-        <v>1297</v>
+        <v>1273</v>
       </c>
       <c r="C31" t="s">
-        <v>214</v>
+        <v>190</v>
       </c>
       <c r="D31" t="s">
-        <v>1298</v>
+        <v>1274</v>
       </c>
     </row>
     <row r="32" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B32" t="s">
-        <v>1299</v>
+        <v>1275</v>
       </c>
       <c r="C32" t="s">
-        <v>219</v>
+        <v>195</v>
       </c>
       <c r="D32" t="s">
-        <v>1300</v>
+        <v>1276</v>
       </c>
     </row>
     <row r="33" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B33" t="s">
-        <v>1301</v>
+        <v>1277</v>
       </c>
       <c r="C33" t="s">
-        <v>222</v>
+        <v>198</v>
       </c>
       <c r="D33" t="s">
-        <v>1302</v>
+        <v>1278</v>
       </c>
     </row>
     <row r="34" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B34" t="s">
-        <v>1303</v>
+        <v>1279</v>
       </c>
       <c r="C34" t="s">
-        <v>227</v>
+        <v>203</v>
       </c>
       <c r="D34" t="s">
-        <v>1304</v>
+        <v>1280</v>
       </c>
     </row>
     <row r="35" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B35" t="s">
-        <v>1305</v>
+        <v>1281</v>
       </c>
       <c r="D35" t="s">
-        <v>1306</v>
+        <v>1282</v>
       </c>
     </row>
     <row r="36" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B36" t="s">
-        <v>1307</v>
+        <v>1283</v>
       </c>
       <c r="C36" t="s">
-        <v>230</v>
+        <v>206</v>
       </c>
       <c r="D36" t="s">
-        <v>1308</v>
+        <v>1284</v>
       </c>
     </row>
     <row r="37" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B37" t="s">
-        <v>1309</v>
+        <v>1285</v>
       </c>
       <c r="C37" t="s">
-        <v>236</v>
+        <v>212</v>
       </c>
       <c r="D37" t="s">
-        <v>1310</v>
+        <v>1286</v>
       </c>
     </row>
     <row r="38" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B38" t="s">
-        <v>1311</v>
+        <v>1287</v>
       </c>
       <c r="C38" t="s">
-        <v>239</v>
+        <v>215</v>
       </c>
       <c r="D38" t="s">
-        <v>1312</v>
+        <v>1288</v>
       </c>
     </row>
     <row r="39" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B39" t="s">
-        <v>1313</v>
+        <v>1289</v>
       </c>
       <c r="D39" t="s">
-        <v>1314</v>
+        <v>1290</v>
       </c>
     </row>
     <row r="40" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B40" t="s">
-        <v>1313</v>
+        <v>1289</v>
       </c>
       <c r="D40" t="s">
-        <v>1315</v>
+        <v>1291</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0B00-000000000000}">
   <dimension ref="A1:D51"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>92</v>
+        <v>68</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>93</v>
+        <v>69</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>94</v>
+        <v>70</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
-        <v>43</v>
+        <v>34</v>
       </c>
       <c r="B2" t="s">
-        <v>44</v>
+        <v>35</v>
       </c>
       <c r="D2" t="s">
-        <v>46</v>
+        <v>36</v>
       </c>
     </row>
     <row r="3" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
-        <v>1316</v>
+        <v>1292</v>
       </c>
       <c r="B3" t="s">
-        <v>96</v>
+        <v>72</v>
       </c>
       <c r="D3" t="s">
-        <v>1317</v>
+        <v>1293</v>
       </c>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B4" t="s">
-        <v>98</v>
+        <v>74</v>
       </c>
       <c r="D4" t="s">
-        <v>1318</v>
+        <v>1294</v>
       </c>
     </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B5" t="s">
-        <v>274</v>
+        <v>250</v>
       </c>
       <c r="D5" t="s">
-        <v>1319</v>
+        <v>1295</v>
       </c>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B6" t="s">
-        <v>100</v>
+        <v>76</v>
       </c>
       <c r="D6" t="s">
-        <v>1320</v>
+        <v>1296</v>
       </c>
     </row>
     <row r="7" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B7" t="s">
-        <v>1321</v>
+        <v>1297</v>
       </c>
       <c r="D7" t="s">
-        <v>1322</v>
+        <v>1298</v>
       </c>
     </row>
     <row r="8" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B8" t="s">
-        <v>1023</v>
+        <v>999</v>
       </c>
       <c r="C8" t="s">
-        <v>103</v>
+        <v>79</v>
       </c>
       <c r="D8" t="s">
-        <v>1323</v>
+        <v>1299</v>
       </c>
     </row>
     <row r="9" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B9" t="s">
-        <v>1324</v>
+        <v>1300</v>
       </c>
       <c r="C9" t="s">
-        <v>106</v>
+        <v>82</v>
       </c>
       <c r="D9" t="s">
-        <v>1325</v>
+        <v>1301</v>
       </c>
     </row>
     <row r="10" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B10" t="s">
-        <v>1326</v>
+        <v>1302</v>
       </c>
       <c r="C10" t="s">
-        <v>109</v>
+        <v>85</v>
       </c>
       <c r="D10" t="s">
-        <v>1327</v>
+        <v>1303</v>
       </c>
     </row>
     <row r="11" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B11" t="s">
-        <v>336</v>
+        <v>312</v>
       </c>
       <c r="C11" t="s">
-        <v>112</v>
+        <v>88</v>
       </c>
       <c r="D11" t="s">
-        <v>1328</v>
+        <v>1304</v>
       </c>
     </row>
     <row r="12" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B12" t="s">
-        <v>1329</v>
+        <v>1305</v>
       </c>
       <c r="C12" t="s">
-        <v>115</v>
+        <v>91</v>
       </c>
       <c r="D12" t="s">
-        <v>1330</v>
+        <v>1306</v>
       </c>
     </row>
     <row r="13" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B13" t="s">
-        <v>1331</v>
+        <v>1307</v>
       </c>
       <c r="D13" t="s">
-        <v>1332</v>
+        <v>1308</v>
       </c>
     </row>
     <row r="14" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B14" t="s">
-        <v>1333</v>
+        <v>1309</v>
       </c>
       <c r="C14" t="s">
-        <v>118</v>
+        <v>94</v>
       </c>
       <c r="D14" t="s">
-        <v>1334</v>
+        <v>1310</v>
       </c>
     </row>
     <row r="15" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B15" t="s">
-        <v>252</v>
+        <v>228</v>
       </c>
       <c r="C15" t="s">
-        <v>121</v>
+        <v>97</v>
       </c>
       <c r="D15" t="s">
-        <v>1335</v>
+        <v>1311</v>
       </c>
     </row>
     <row r="16" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B16" t="s">
-        <v>1336</v>
+        <v>1312</v>
       </c>
       <c r="C16" t="s">
-        <v>124</v>
+        <v>100</v>
       </c>
       <c r="D16" t="s">
-        <v>1337</v>
+        <v>1313</v>
       </c>
     </row>
     <row r="17" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B17" t="s">
-        <v>1338</v>
+        <v>1314</v>
       </c>
       <c r="C17" t="s">
-        <v>127</v>
+        <v>103</v>
       </c>
       <c r="D17" t="s">
-        <v>1339</v>
+        <v>1315</v>
       </c>
     </row>
     <row r="18" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B18" t="s">
-        <v>1340</v>
+        <v>1316</v>
       </c>
       <c r="C18" t="s">
-        <v>130</v>
+        <v>106</v>
       </c>
       <c r="D18" t="s">
-        <v>1341</v>
+        <v>1317</v>
       </c>
     </row>
     <row r="19" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B19" t="s">
-        <v>1052</v>
+        <v>1028</v>
       </c>
       <c r="C19" t="s">
-        <v>133</v>
+        <v>109</v>
       </c>
       <c r="D19" t="s">
-        <v>1342</v>
+        <v>1318</v>
       </c>
     </row>
     <row r="20" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B20" t="s">
-        <v>1343</v>
+        <v>1319</v>
       </c>
       <c r="D20" t="s">
-        <v>1344</v>
+        <v>1320</v>
       </c>
     </row>
     <row r="21" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B21" t="s">
-        <v>1345</v>
+        <v>1321</v>
       </c>
       <c r="C21" t="s">
-        <v>136</v>
+        <v>112</v>
       </c>
       <c r="D21" t="s">
-        <v>1346</v>
+        <v>1322</v>
       </c>
     </row>
     <row r="22" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B22" t="s">
-        <v>1347</v>
+        <v>1323</v>
       </c>
       <c r="C22" t="s">
-        <v>139</v>
+        <v>115</v>
       </c>
       <c r="D22" t="s">
-        <v>1348</v>
+        <v>1324</v>
       </c>
     </row>
     <row r="23" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B23" t="s">
-        <v>1349</v>
+        <v>1325</v>
       </c>
       <c r="C23" t="s">
-        <v>142</v>
+        <v>118</v>
       </c>
       <c r="D23" t="s">
-        <v>1350</v>
+        <v>1326</v>
       </c>
     </row>
     <row r="24" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B24" t="s">
-        <v>1351</v>
+        <v>1327</v>
       </c>
       <c r="C24" t="s">
-        <v>191</v>
+        <v>167</v>
       </c>
       <c r="D24" t="s">
-        <v>1352</v>
+        <v>1328</v>
       </c>
     </row>
     <row r="25" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B25" t="s">
-        <v>1353</v>
+        <v>1329</v>
       </c>
       <c r="C25" t="s">
-        <v>194</v>
+        <v>170</v>
       </c>
       <c r="D25" t="s">
-        <v>1354</v>
+        <v>1330</v>
       </c>
     </row>
     <row r="26" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B26" t="s">
-        <v>810</v>
+        <v>786</v>
       </c>
       <c r="C26" t="s">
-        <v>197</v>
+        <v>173</v>
       </c>
       <c r="D26" t="s">
-        <v>1355</v>
+        <v>1331</v>
       </c>
     </row>
     <row r="27" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B27" t="s">
-        <v>1356</v>
+        <v>1332</v>
       </c>
       <c r="C27" t="s">
-        <v>200</v>
+        <v>176</v>
       </c>
       <c r="D27" t="s">
-        <v>1357</v>
+        <v>1333</v>
       </c>
     </row>
     <row r="28" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B28" t="s">
-        <v>1358</v>
+        <v>1334</v>
       </c>
       <c r="C28" t="s">
-        <v>205</v>
+        <v>181</v>
       </c>
       <c r="D28" t="s">
-        <v>1359</v>
+        <v>1335</v>
       </c>
     </row>
     <row r="29" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B29" t="s">
-        <v>1360</v>
+        <v>1336</v>
       </c>
       <c r="C29" t="s">
-        <v>208</v>
+        <v>184</v>
       </c>
       <c r="D29" t="s">
-        <v>1361</v>
+        <v>1337</v>
       </c>
     </row>
     <row r="30" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B30" t="s">
-        <v>1362</v>
+        <v>1338</v>
       </c>
       <c r="C30" t="s">
-        <v>211</v>
+        <v>187</v>
       </c>
       <c r="D30" t="s">
-        <v>1363</v>
+        <v>1339</v>
       </c>
     </row>
     <row r="31" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B31" t="s">
-        <v>1364</v>
+        <v>1340</v>
       </c>
       <c r="C31" t="s">
-        <v>214</v>
+        <v>190</v>
       </c>
       <c r="D31" t="s">
-        <v>1365</v>
+        <v>1341</v>
       </c>
     </row>
     <row r="32" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B32" t="s">
-        <v>1366</v>
+        <v>1342</v>
       </c>
       <c r="C32" t="s">
-        <v>219</v>
+        <v>195</v>
       </c>
       <c r="D32" t="s">
-        <v>1367</v>
+        <v>1343</v>
       </c>
     </row>
     <row r="33" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B33" t="s">
-        <v>1368</v>
+        <v>1344</v>
       </c>
       <c r="C33" t="s">
-        <v>222</v>
+        <v>198</v>
       </c>
       <c r="D33" t="s">
-        <v>1369</v>
+        <v>1345</v>
       </c>
     </row>
     <row r="34" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B34" t="s">
-        <v>1370</v>
+        <v>1346</v>
       </c>
       <c r="C34" t="s">
-        <v>227</v>
+        <v>203</v>
       </c>
       <c r="D34" t="s">
-        <v>1371</v>
+        <v>1347</v>
       </c>
     </row>
     <row r="35" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B35" t="s">
-        <v>1372</v>
+        <v>1348</v>
       </c>
       <c r="C35" t="s">
-        <v>230</v>
+        <v>206</v>
       </c>
       <c r="D35" t="s">
-        <v>1373</v>
+        <v>1349</v>
       </c>
     </row>
     <row r="36" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B36" t="s">
-        <v>1374</v>
+        <v>1350</v>
       </c>
       <c r="C36" t="s">
-        <v>236</v>
+        <v>212</v>
       </c>
       <c r="D36" t="s">
-        <v>1375</v>
+        <v>1351</v>
       </c>
     </row>
     <row r="37" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B37" t="s">
-        <v>1376</v>
+        <v>1352</v>
       </c>
       <c r="C37" t="s">
-        <v>239</v>
+        <v>215</v>
       </c>
       <c r="D37" t="s">
-        <v>1377</v>
+        <v>1353</v>
       </c>
     </row>
     <row r="38" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B38" t="s">
-        <v>1378</v>
+        <v>1354</v>
       </c>
       <c r="D38" t="s">
-        <v>1379</v>
+        <v>1355</v>
       </c>
     </row>
     <row r="39" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B39" t="s">
-        <v>1380</v>
+        <v>1356</v>
       </c>
       <c r="C39" t="s">
-        <v>244</v>
+        <v>220</v>
       </c>
       <c r="D39" t="s">
-        <v>1381</v>
+        <v>1357</v>
       </c>
     </row>
     <row r="40" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B40" t="s">
-        <v>1382</v>
+        <v>1358</v>
       </c>
       <c r="C40" t="s">
-        <v>247</v>
+        <v>223</v>
       </c>
       <c r="D40" t="s">
-        <v>1383</v>
+        <v>1359</v>
       </c>
     </row>
     <row r="41" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B41" t="s">
-        <v>1384</v>
+        <v>1360</v>
       </c>
       <c r="C41" t="s">
-        <v>250</v>
+        <v>226</v>
       </c>
       <c r="D41" t="s">
-        <v>1385</v>
+        <v>1361</v>
       </c>
     </row>
     <row r="42" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B42" t="s">
-        <v>1386</v>
+        <v>1362</v>
       </c>
       <c r="C42" t="s">
-        <v>253</v>
+        <v>229</v>
       </c>
       <c r="D42" t="s">
-        <v>1387</v>
+        <v>1363</v>
       </c>
     </row>
     <row r="43" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B43" t="s">
-        <v>1388</v>
+        <v>1364</v>
       </c>
       <c r="D43" t="s">
-        <v>1389</v>
+        <v>1365</v>
       </c>
     </row>
     <row r="44" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B44" t="s">
-        <v>1390</v>
+        <v>1366</v>
       </c>
       <c r="C44" t="s">
-        <v>256</v>
+        <v>232</v>
       </c>
       <c r="D44" t="s">
-        <v>1391</v>
+        <v>1367</v>
       </c>
     </row>
     <row r="45" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B45" t="s">
-        <v>216</v>
+        <v>192</v>
       </c>
       <c r="C45" t="s">
-        <v>260</v>
+        <v>236</v>
       </c>
       <c r="D45" t="s">
-        <v>1392</v>
+        <v>1368</v>
       </c>
     </row>
     <row r="46" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B46" t="s">
-        <v>1393</v>
+        <v>1369</v>
       </c>
       <c r="C46" t="s">
-        <v>263</v>
+        <v>239</v>
       </c>
       <c r="D46" t="s">
-        <v>1394</v>
+        <v>1370</v>
       </c>
     </row>
     <row r="47" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B47" t="s">
-        <v>1395</v>
+        <v>1371</v>
       </c>
       <c r="C47" t="s">
-        <v>355</v>
+        <v>331</v>
       </c>
       <c r="D47" t="s">
-        <v>1396</v>
+        <v>1372</v>
       </c>
     </row>
     <row r="48" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B48" t="s">
-        <v>1397</v>
+        <v>1373</v>
       </c>
       <c r="C48" t="s">
-        <v>358</v>
+        <v>334</v>
       </c>
       <c r="D48" t="s">
-        <v>1398</v>
+        <v>1374</v>
       </c>
     </row>
     <row r="49" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B49" t="s">
-        <v>1399</v>
+        <v>1375</v>
       </c>
       <c r="D49" t="s">
-        <v>1400</v>
+        <v>1376</v>
       </c>
     </row>
     <row r="50" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B50" t="s">
-        <v>1401</v>
+        <v>1377</v>
       </c>
       <c r="C50" t="s">
-        <v>363</v>
+        <v>339</v>
       </c>
       <c r="D50" t="s">
-        <v>1402</v>
+        <v>1378</v>
       </c>
     </row>
     <row r="51" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B51" t="s">
-        <v>1403</v>
+        <v>1379</v>
       </c>
       <c r="C51" t="s">
-        <v>366</v>
+        <v>342</v>
       </c>
       <c r="D51" t="s">
-        <v>1404</v>
+        <v>1380</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0C00-000000000000}">
-  <dimension ref="A1:D75"/>
+  <dimension ref="A1:D79"/>
   <sheetViews>
-    <sheetView workbookViewId="0"/>
+    <sheetView workbookViewId="0">
+      <selection activeCell="A2" sqref="A2"/>
+    </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>92</v>
+        <v>68</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>93</v>
+        <v>69</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>94</v>
+        <v>70</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A2" t="s">
-[...6 lines deleted...]
-        <v>50</v>
+      <c r="A2" s="9" t="s">
+        <v>2685</v>
+      </c>
+      <c r="B2" s="9" t="s">
+        <v>2686</v>
+      </c>
+      <c r="C2" s="9"/>
+      <c r="D2" s="9" t="s">
+        <v>2687</v>
       </c>
     </row>
     <row r="3" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="B3" t="s">
-[...2 lines deleted...]
-      <c r="D3" t="s">
+      <c r="A3" s="9" t="s">
+        <v>2689</v>
+      </c>
+      <c r="B3" s="9" t="s">
+        <v>72</v>
+      </c>
+      <c r="C3" s="9"/>
+      <c r="D3" s="9" t="s">
+        <v>2690</v>
+      </c>
+    </row>
+    <row r="4" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A4" s="9" t="s">
+        <v>37</v>
+      </c>
+      <c r="B4" s="9" t="s">
+        <v>2691</v>
+      </c>
+      <c r="C4" s="9"/>
+      <c r="D4" s="9" t="s">
+        <v>2692</v>
+      </c>
+    </row>
+    <row r="5" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A5" s="9"/>
+      <c r="B5" s="9" t="s">
+        <v>2691</v>
+      </c>
+      <c r="C5" s="9"/>
+      <c r="D5" s="9" t="s">
+        <v>2693</v>
+      </c>
+    </row>
+    <row r="6" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A6" s="9"/>
+      <c r="B6" s="9" t="s">
+        <v>2694</v>
+      </c>
+      <c r="C6" s="9"/>
+      <c r="D6" s="9" t="s">
+        <v>2695</v>
+      </c>
+    </row>
+    <row r="7" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A7" s="9"/>
+      <c r="B7" s="9" t="s">
+        <v>2696</v>
+      </c>
+      <c r="C7" s="9"/>
+      <c r="D7" s="9" t="s">
+        <v>2697</v>
+      </c>
+    </row>
+    <row r="8" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A8" s="9"/>
+      <c r="B8" s="9" t="s">
+        <v>74</v>
+      </c>
+      <c r="C8" s="9"/>
+      <c r="D8" s="9" t="s">
+        <v>2698</v>
+      </c>
+    </row>
+    <row r="9" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A9" s="9"/>
+      <c r="B9" s="9" t="s">
+        <v>2699</v>
+      </c>
+      <c r="C9" s="9"/>
+      <c r="D9" s="9" t="s">
+        <v>2700</v>
+      </c>
+    </row>
+    <row r="10" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A10" s="9"/>
+      <c r="B10" s="9" t="s">
+        <v>2525</v>
+      </c>
+      <c r="C10" s="9"/>
+      <c r="D10" s="9" t="s">
+        <v>2701</v>
+      </c>
+    </row>
+    <row r="11" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A11" s="9"/>
+      <c r="B11" s="9" t="s">
+        <v>2393</v>
+      </c>
+      <c r="C11" s="9"/>
+      <c r="D11" s="9" t="s">
+        <v>2702</v>
+      </c>
+    </row>
+    <row r="12" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A12" s="9"/>
+      <c r="B12" s="9" t="s">
+        <v>2703</v>
+      </c>
+      <c r="C12" s="9"/>
+      <c r="D12" s="9" t="s">
+        <v>2704</v>
+      </c>
+    </row>
+    <row r="13" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A13" s="9"/>
+      <c r="B13" s="9" t="s">
+        <v>1382</v>
+      </c>
+      <c r="C13" s="9" t="s">
+        <v>79</v>
+      </c>
+      <c r="D13" s="9" t="s">
+        <v>2705</v>
+      </c>
+    </row>
+    <row r="14" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A14" s="9"/>
+      <c r="B14" s="9" t="s">
+        <v>2706</v>
+      </c>
+      <c r="C14" s="9" t="s">
+        <v>2707</v>
+      </c>
+      <c r="D14" s="9" t="s">
+        <v>2708</v>
+      </c>
+    </row>
+    <row r="15" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A15" s="9"/>
+      <c r="B15" s="9" t="s">
+        <v>2709</v>
+      </c>
+      <c r="C15" s="9" t="s">
+        <v>2710</v>
+      </c>
+      <c r="D15" s="9" t="s">
+        <v>2711</v>
+      </c>
+    </row>
+    <row r="16" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A16" s="9"/>
+      <c r="B16" s="9" t="s">
+        <v>2712</v>
+      </c>
+      <c r="C16" s="9" t="s">
+        <v>2713</v>
+      </c>
+      <c r="D16" s="9" t="s">
+        <v>2714</v>
+      </c>
+    </row>
+    <row r="17" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B17" s="9" t="s">
+        <v>2715</v>
+      </c>
+      <c r="C17" s="9" t="s">
+        <v>2716</v>
+      </c>
+      <c r="D17" s="9" t="s">
+        <v>2717</v>
+      </c>
+    </row>
+    <row r="18" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B18" s="9" t="s">
+        <v>2718</v>
+      </c>
+      <c r="C18" s="9" t="s">
+        <v>2719</v>
+      </c>
+      <c r="D18" s="9" t="s">
+        <v>2720</v>
+      </c>
+    </row>
+    <row r="19" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B19" s="9" t="s">
+        <v>2721</v>
+      </c>
+      <c r="C19" s="9"/>
+      <c r="D19" s="9" t="s">
+        <v>2722</v>
+      </c>
+    </row>
+    <row r="20" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B20" s="9" t="s">
+        <v>2723</v>
+      </c>
+      <c r="C20" s="9" t="s">
+        <v>97</v>
+      </c>
+      <c r="D20" s="9" t="s">
+        <v>2724</v>
+      </c>
+    </row>
+    <row r="21" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B21" s="9" t="s">
+        <v>2725</v>
+      </c>
+      <c r="C21" s="9" t="s">
+        <v>2726</v>
+      </c>
+      <c r="D21" s="9" t="s">
+        <v>2727</v>
+      </c>
+    </row>
+    <row r="22" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B22" s="9" t="s">
+        <v>1383</v>
+      </c>
+      <c r="C22" s="9" t="s">
+        <v>2728</v>
+      </c>
+      <c r="D22" s="9" t="s">
+        <v>2729</v>
+      </c>
+    </row>
+    <row r="23" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B23" s="9" t="s">
+        <v>2730</v>
+      </c>
+      <c r="C23" s="9"/>
+      <c r="D23" s="9" t="s">
+        <v>2731</v>
+      </c>
+    </row>
+    <row r="24" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B24" s="9" t="s">
+        <v>2732</v>
+      </c>
+      <c r="C24" s="9" t="s">
+        <v>106</v>
+      </c>
+      <c r="D24" s="9" t="s">
+        <v>2733</v>
+      </c>
+    </row>
+    <row r="25" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B25" s="9" t="s">
+        <v>2734</v>
+      </c>
+      <c r="C25" s="9" t="s">
+        <v>2735</v>
+      </c>
+      <c r="D25" s="9" t="s">
+        <v>2736</v>
+      </c>
+    </row>
+    <row r="26" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B26" s="9" t="s">
+        <v>1385</v>
+      </c>
+      <c r="C26" s="9" t="s">
+        <v>2737</v>
+      </c>
+      <c r="D26" s="9" t="s">
+        <v>2738</v>
+      </c>
+    </row>
+    <row r="27" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B27" s="9" t="s">
+        <v>1386</v>
+      </c>
+      <c r="C27" s="9" t="s">
+        <v>2739</v>
+      </c>
+      <c r="D27" s="9" t="s">
+        <v>2740</v>
+      </c>
+    </row>
+    <row r="28" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B28" s="9" t="s">
+        <v>2741</v>
+      </c>
+      <c r="C28" s="9" t="s">
+        <v>2742</v>
+      </c>
+      <c r="D28" s="9" t="s">
+        <v>2743</v>
+      </c>
+    </row>
+    <row r="29" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B29" s="9" t="s">
+        <v>2744</v>
+      </c>
+      <c r="C29" s="9"/>
+      <c r="D29" s="9" t="s">
+        <v>2745</v>
+      </c>
+    </row>
+    <row r="30" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B30" s="9" t="s">
+        <v>2746</v>
+      </c>
+      <c r="C30" s="9" t="s">
+        <v>167</v>
+      </c>
+      <c r="D30" s="9" t="s">
+        <v>2747</v>
+      </c>
+    </row>
+    <row r="31" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B31" s="9" t="s">
+        <v>2748</v>
+      </c>
+      <c r="C31" s="9" t="s">
+        <v>2749</v>
+      </c>
+      <c r="D31" s="9" t="s">
+        <v>2750</v>
+      </c>
+    </row>
+    <row r="32" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B32" s="9" t="s">
+        <v>2751</v>
+      </c>
+      <c r="C32" s="9" t="s">
+        <v>2752</v>
+      </c>
+      <c r="D32" s="9" t="s">
+        <v>2753</v>
+      </c>
+    </row>
+    <row r="33" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B33" s="9" t="s">
+        <v>2754</v>
+      </c>
+      <c r="C33" s="9" t="s">
+        <v>2755</v>
+      </c>
+      <c r="D33" s="9" t="s">
+        <v>2756</v>
+      </c>
+    </row>
+    <row r="34" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B34" s="9" t="s">
+        <v>2757</v>
+      </c>
+      <c r="C34" s="9"/>
+      <c r="D34" s="9" t="s">
+        <v>2758</v>
+      </c>
+    </row>
+    <row r="35" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B35" s="9" t="s">
+        <v>1384</v>
+      </c>
+      <c r="C35" s="9" t="s">
+        <v>181</v>
+      </c>
+      <c r="D35" s="9" t="s">
+        <v>2759</v>
+      </c>
+    </row>
+    <row r="36" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B36" s="9" t="s">
+        <v>2760</v>
+      </c>
+      <c r="C36" s="9" t="s">
+        <v>2761</v>
+      </c>
+      <c r="D36" s="9" t="s">
+        <v>2762</v>
+      </c>
+    </row>
+    <row r="37" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B37" s="9" t="s">
+        <v>1387</v>
+      </c>
+      <c r="C37" s="9" t="s">
+        <v>2763</v>
+      </c>
+      <c r="D37" s="9" t="s">
+        <v>2764</v>
+      </c>
+    </row>
+    <row r="38" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B38" s="9" t="s">
+        <v>1388</v>
+      </c>
+      <c r="C38" s="9" t="s">
+        <v>2765</v>
+      </c>
+      <c r="D38" s="9" t="s">
+        <v>2766</v>
+      </c>
+    </row>
+    <row r="39" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B39" s="9" t="s">
+        <v>2767</v>
+      </c>
+      <c r="C39" s="9"/>
+      <c r="D39" s="9" t="s">
+        <v>2768</v>
+      </c>
+    </row>
+    <row r="40" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B40" s="9" t="s">
+        <v>2769</v>
+      </c>
+      <c r="C40" s="9" t="s">
+        <v>195</v>
+      </c>
+      <c r="D40" s="9" t="s">
+        <v>2770</v>
+      </c>
+    </row>
+    <row r="41" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B41" s="9" t="s">
+        <v>2771</v>
+      </c>
+      <c r="C41" s="9" t="s">
+        <v>2772</v>
+      </c>
+      <c r="D41" s="9" t="s">
+        <v>2773</v>
+      </c>
+    </row>
+    <row r="42" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B42" s="9" t="s">
+        <v>1390</v>
+      </c>
+      <c r="C42" s="9" t="s">
+        <v>2774</v>
+      </c>
+      <c r="D42" s="9" t="s">
+        <v>2775</v>
+      </c>
+    </row>
+    <row r="43" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B43" s="9" t="s">
+        <v>2776</v>
+      </c>
+      <c r="C43" s="9"/>
+      <c r="D43" s="9" t="s">
+        <v>2777</v>
+      </c>
+    </row>
+    <row r="44" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B44" s="9" t="s">
+        <v>2778</v>
+      </c>
+      <c r="C44" s="9" t="s">
+        <v>206</v>
+      </c>
+      <c r="D44" s="9" t="s">
+        <v>2779</v>
+      </c>
+    </row>
+    <row r="45" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B45" s="9" t="s">
+        <v>1391</v>
+      </c>
+      <c r="C45" s="9" t="s">
+        <v>2780</v>
+      </c>
+      <c r="D45" s="9" t="s">
+        <v>2781</v>
+      </c>
+    </row>
+    <row r="46" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B46" s="9" t="s">
+        <v>1389</v>
+      </c>
+      <c r="C46" s="9" t="s">
+        <v>2782</v>
+      </c>
+      <c r="D46" s="9" t="s">
+        <v>2783</v>
+      </c>
+    </row>
+    <row r="47" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B47" s="9" t="s">
+        <v>2784</v>
+      </c>
+      <c r="C47" s="9" t="s">
+        <v>2785</v>
+      </c>
+      <c r="D47" s="9" t="s">
+        <v>2786</v>
+      </c>
+    </row>
+    <row r="48" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B48" s="9" t="s">
+        <v>2787</v>
+      </c>
+      <c r="C48" s="9" t="s">
+        <v>2788</v>
+      </c>
+      <c r="D48" s="9" t="s">
+        <v>2789</v>
+      </c>
+    </row>
+    <row r="49" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B49" s="9" t="s">
+        <v>2790</v>
+      </c>
+      <c r="C49" s="9"/>
+      <c r="D49" s="9" t="s">
+        <v>2791</v>
+      </c>
+    </row>
+    <row r="50" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B50" s="9" t="s">
+        <v>1392</v>
+      </c>
+      <c r="C50" s="9" t="s">
+        <v>226</v>
+      </c>
+      <c r="D50" s="9" t="s">
+        <v>2792</v>
+      </c>
+    </row>
+    <row r="51" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B51" s="9" t="s">
+        <v>2793</v>
+      </c>
+      <c r="C51" s="9" t="s">
+        <v>2794</v>
+      </c>
+      <c r="D51" s="9" t="s">
+        <v>2795</v>
+      </c>
+    </row>
+    <row r="52" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B52" s="9" t="s">
+        <v>2796</v>
+      </c>
+      <c r="C52" s="9"/>
+      <c r="D52" s="9" t="s">
+        <v>2797</v>
+      </c>
+    </row>
+    <row r="53" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B53" s="9" t="s">
+        <v>1393</v>
+      </c>
+      <c r="C53" s="9" t="s">
+        <v>232</v>
+      </c>
+      <c r="D53" s="9" t="s">
+        <v>2798</v>
+      </c>
+    </row>
+    <row r="54" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B54" s="9" t="s">
+        <v>2799</v>
+      </c>
+      <c r="C54" s="9" t="s">
+        <v>2800</v>
+      </c>
+      <c r="D54" s="9" t="s">
+        <v>2801</v>
+      </c>
+    </row>
+    <row r="55" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B55" s="9" t="s">
+        <v>1394</v>
+      </c>
+      <c r="C55" s="9" t="s">
+        <v>2802</v>
+      </c>
+      <c r="D55" s="9" t="s">
+        <v>2803</v>
+      </c>
+    </row>
+    <row r="56" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B56" s="9" t="s">
+        <v>1395</v>
+      </c>
+      <c r="C56" s="9" t="s">
+        <v>2804</v>
+      </c>
+      <c r="D56" s="9" t="s">
+        <v>2805</v>
+      </c>
+    </row>
+    <row r="57" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B57" s="9" t="s">
+        <v>1396</v>
+      </c>
+      <c r="C57" s="9" t="s">
+        <v>2806</v>
+      </c>
+      <c r="D57" s="9" t="s">
+        <v>2807</v>
+      </c>
+    </row>
+    <row r="58" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B58" s="9" t="s">
+        <v>2808</v>
+      </c>
+      <c r="C58" s="9"/>
+      <c r="D58" s="9" t="s">
+        <v>2809</v>
+      </c>
+    </row>
+    <row r="59" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B59" s="9" t="s">
+        <v>2810</v>
+      </c>
+      <c r="C59" s="9" t="s">
+        <v>339</v>
+      </c>
+      <c r="D59" s="9" t="s">
+        <v>2811</v>
+      </c>
+    </row>
+    <row r="60" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B60" s="9" t="s">
+        <v>2812</v>
+      </c>
+      <c r="C60" s="9" t="s">
+        <v>2813</v>
+      </c>
+      <c r="D60" s="9" t="s">
+        <v>2814</v>
+      </c>
+    </row>
+    <row r="61" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B61" s="9" t="s">
+        <v>1397</v>
+      </c>
+      <c r="C61" s="9" t="s">
+        <v>2815</v>
+      </c>
+      <c r="D61" s="9" t="s">
+        <v>2816</v>
+      </c>
+    </row>
+    <row r="62" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B62" s="9" t="s">
+        <v>1398</v>
+      </c>
+      <c r="C62" s="9" t="s">
+        <v>2817</v>
+      </c>
+      <c r="D62" s="9" t="s">
+        <v>2818</v>
+      </c>
+    </row>
+    <row r="63" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B63" s="9" t="s">
+        <v>2819</v>
+      </c>
+      <c r="C63" s="9"/>
+      <c r="D63" s="9" t="s">
+        <v>2820</v>
+      </c>
+    </row>
+    <row r="64" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B64" s="9" t="s">
+        <v>1402</v>
+      </c>
+      <c r="C64" s="9" t="s">
+        <v>353</v>
+      </c>
+      <c r="D64" s="9" t="s">
+        <v>2821</v>
+      </c>
+    </row>
+    <row r="65" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B65" s="9" t="s">
+        <v>1403</v>
+      </c>
+      <c r="C65" s="9" t="s">
+        <v>2822</v>
+      </c>
+      <c r="D65" s="9" t="s">
+        <v>2823</v>
+      </c>
+    </row>
+    <row r="66" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B66" s="9" t="s">
+        <v>2824</v>
+      </c>
+      <c r="C66" s="9" t="s">
+        <v>2825</v>
+      </c>
+      <c r="D66" s="9" t="s">
+        <v>2826</v>
+      </c>
+    </row>
+    <row r="67" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B67" s="9" t="s">
+        <v>2827</v>
+      </c>
+      <c r="C67" s="9" t="s">
+        <v>2828</v>
+      </c>
+      <c r="D67" s="9" t="s">
+        <v>2829</v>
+      </c>
+    </row>
+    <row r="68" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B68" s="9" t="s">
+        <v>2830</v>
+      </c>
+      <c r="C68" s="9"/>
+      <c r="D68" s="9" t="s">
+        <v>2831</v>
+      </c>
+    </row>
+    <row r="69" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B69" s="9" t="s">
+        <v>1399</v>
+      </c>
+      <c r="C69" s="9" t="s">
+        <v>369</v>
+      </c>
+      <c r="D69" s="9" t="s">
+        <v>2832</v>
+      </c>
+    </row>
+    <row r="70" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B70" s="9" t="s">
+        <v>2833</v>
+      </c>
+      <c r="C70" s="9" t="s">
+        <v>2834</v>
+      </c>
+      <c r="D70" s="9" t="s">
+        <v>2835</v>
+      </c>
+    </row>
+    <row r="71" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B71" s="9" t="s">
+        <v>1400</v>
+      </c>
+      <c r="C71" s="9" t="s">
+        <v>2836</v>
+      </c>
+      <c r="D71" s="9" t="s">
+        <v>2837</v>
+      </c>
+    </row>
+    <row r="72" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B72" s="9" t="s">
+        <v>1401</v>
+      </c>
+      <c r="C72" s="9" t="s">
+        <v>2838</v>
+      </c>
+      <c r="D72" s="9" t="s">
+        <v>2839</v>
+      </c>
+    </row>
+    <row r="73" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B73" s="9" t="s">
+        <v>2840</v>
+      </c>
+      <c r="C73" s="9"/>
+      <c r="D73" s="9" t="s">
+        <v>2841</v>
+      </c>
+    </row>
+    <row r="74" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B74" s="9" t="s">
+        <v>1404</v>
+      </c>
+      <c r="C74" s="9" t="s">
+        <v>381</v>
+      </c>
+      <c r="D74" s="9" t="s">
+        <v>2842</v>
+      </c>
+    </row>
+    <row r="75" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B75" s="9" t="s">
+        <v>2843</v>
+      </c>
+      <c r="C75" s="9" t="s">
+        <v>2844</v>
+      </c>
+      <c r="D75" s="9" t="s">
+        <v>2845</v>
+      </c>
+    </row>
+    <row r="76" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B76" s="9" t="s">
+        <v>2846</v>
+      </c>
+      <c r="C76" s="9"/>
+      <c r="D76" s="9" t="s">
+        <v>2847</v>
+      </c>
+    </row>
+    <row r="77" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B77" s="9" t="s">
+        <v>2848</v>
+      </c>
+      <c r="C77" s="9" t="s">
         <v>1405</v>
       </c>
-    </row>
-[...726 lines deleted...]
-        <v>1550</v>
+      <c r="D77" s="9" t="s">
+        <v>2849</v>
+      </c>
+    </row>
+    <row r="78" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B78" s="9" t="s">
+        <v>2850</v>
+      </c>
+      <c r="C78" s="9" t="s">
+        <v>2851</v>
+      </c>
+      <c r="D78" s="9" t="s">
+        <v>2852</v>
+      </c>
+    </row>
+    <row r="79" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B79" s="9" t="s">
+        <v>2853</v>
+      </c>
+      <c r="C79" s="9"/>
+      <c r="D79" s="9" t="s">
+        <v>2854</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet14.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0D00-000000000000}">
   <dimension ref="A1:D28"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>92</v>
+        <v>68</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>93</v>
+        <v>69</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>94</v>
+        <v>70</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
-        <v>51</v>
+        <v>38</v>
       </c>
       <c r="B2" t="s">
-        <v>52</v>
+        <v>39</v>
       </c>
       <c r="D2" t="s">
-        <v>54</v>
+        <v>40</v>
       </c>
     </row>
     <row r="3" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
-        <v>1551</v>
+        <v>1409</v>
       </c>
       <c r="B3" t="s">
-        <v>96</v>
+        <v>72</v>
       </c>
       <c r="D3" t="s">
-        <v>1552</v>
+        <v>1410</v>
       </c>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B4" t="s">
-        <v>98</v>
+        <v>74</v>
       </c>
       <c r="D4" t="s">
-        <v>1553</v>
+        <v>1411</v>
       </c>
     </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B5" t="s">
-        <v>1554</v>
+        <v>1412</v>
       </c>
       <c r="D5" t="s">
-        <v>1555</v>
+        <v>1413</v>
       </c>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B6" t="s">
-        <v>100</v>
+        <v>76</v>
       </c>
       <c r="D6" t="s">
-        <v>1556</v>
+        <v>1414</v>
       </c>
     </row>
     <row r="7" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B7" t="s">
-        <v>152</v>
+        <v>128</v>
       </c>
       <c r="D7" t="s">
-        <v>1557</v>
+        <v>1415</v>
       </c>
     </row>
     <row r="8" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B8" t="s">
-        <v>1558</v>
+        <v>1416</v>
       </c>
       <c r="C8" t="s">
-        <v>103</v>
+        <v>79</v>
       </c>
       <c r="D8" t="s">
-        <v>1559</v>
+        <v>1417</v>
       </c>
     </row>
     <row r="9" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B9" t="s">
-        <v>1560</v>
+        <v>1418</v>
       </c>
       <c r="C9" t="s">
-        <v>106</v>
+        <v>82</v>
       </c>
       <c r="D9" t="s">
-        <v>1561</v>
+        <v>1419</v>
       </c>
     </row>
     <row r="10" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B10" t="s">
-        <v>1562</v>
+        <v>1420</v>
       </c>
       <c r="C10" t="s">
-        <v>109</v>
+        <v>85</v>
       </c>
       <c r="D10" t="s">
-        <v>1563</v>
+        <v>1421</v>
       </c>
     </row>
     <row r="11" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B11" t="s">
-        <v>1564</v>
+        <v>1422</v>
       </c>
       <c r="C11" t="s">
-        <v>112</v>
+        <v>88</v>
       </c>
       <c r="D11" t="s">
-        <v>1565</v>
+        <v>1423</v>
       </c>
     </row>
     <row r="12" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B12" t="s">
-        <v>1566</v>
+        <v>1424</v>
       </c>
       <c r="C12" t="s">
-        <v>115</v>
+        <v>91</v>
       </c>
       <c r="D12" t="s">
-        <v>1567</v>
+        <v>1425</v>
       </c>
     </row>
     <row r="13" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B13" t="s">
-        <v>1568</v>
+        <v>1426</v>
       </c>
       <c r="C13" t="s">
-        <v>118</v>
+        <v>94</v>
       </c>
       <c r="D13" t="s">
-        <v>1569</v>
+        <v>1427</v>
       </c>
     </row>
     <row r="14" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B14" t="s">
-        <v>1570</v>
+        <v>1428</v>
       </c>
       <c r="C14" t="s">
-        <v>121</v>
+        <v>97</v>
       </c>
       <c r="D14" t="s">
-        <v>1571</v>
+        <v>1429</v>
       </c>
     </row>
     <row r="15" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B15" t="s">
-        <v>1572</v>
+        <v>1430</v>
       </c>
       <c r="C15" t="s">
-        <v>124</v>
+        <v>100</v>
       </c>
       <c r="D15" t="s">
-        <v>1573</v>
+        <v>1431</v>
       </c>
     </row>
     <row r="16" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B16" t="s">
-        <v>1574</v>
+        <v>1432</v>
       </c>
       <c r="C16" t="s">
-        <v>127</v>
+        <v>103</v>
       </c>
       <c r="D16" t="s">
-        <v>1575</v>
+        <v>1433</v>
       </c>
     </row>
     <row r="17" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B17" t="s">
-        <v>1576</v>
+        <v>1434</v>
       </c>
       <c r="C17" t="s">
-        <v>130</v>
+        <v>106</v>
       </c>
       <c r="D17" t="s">
-        <v>1577</v>
+        <v>1435</v>
       </c>
     </row>
     <row r="18" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B18" t="s">
-        <v>1578</v>
+        <v>1436</v>
       </c>
       <c r="C18" t="s">
-        <v>133</v>
+        <v>109</v>
       </c>
       <c r="D18" t="s">
-        <v>1579</v>
+        <v>1437</v>
       </c>
     </row>
     <row r="19" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B19" t="s">
-        <v>1580</v>
+        <v>1438</v>
       </c>
       <c r="C19" t="s">
-        <v>136</v>
+        <v>112</v>
       </c>
       <c r="D19" t="s">
-        <v>1581</v>
+        <v>1439</v>
       </c>
     </row>
     <row r="20" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B20" t="s">
-        <v>1582</v>
+        <v>1440</v>
       </c>
       <c r="C20" t="s">
-        <v>139</v>
+        <v>115</v>
       </c>
       <c r="D20" t="s">
-        <v>1583</v>
+        <v>1441</v>
       </c>
     </row>
     <row r="21" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B21" t="s">
-        <v>1584</v>
+        <v>1442</v>
       </c>
       <c r="C21" t="s">
-        <v>142</v>
+        <v>118</v>
       </c>
       <c r="D21" t="s">
-        <v>1585</v>
+        <v>1443</v>
       </c>
     </row>
     <row r="22" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B22" t="s">
-        <v>1586</v>
+        <v>1444</v>
       </c>
       <c r="C22" t="s">
-        <v>191</v>
+        <v>167</v>
       </c>
       <c r="D22" t="s">
-        <v>1587</v>
+        <v>1445</v>
       </c>
     </row>
     <row r="23" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B23" t="s">
-        <v>1588</v>
+        <v>1446</v>
       </c>
       <c r="C23" t="s">
-        <v>194</v>
+        <v>170</v>
       </c>
       <c r="D23" t="s">
-        <v>1589</v>
+        <v>1447</v>
       </c>
     </row>
     <row r="24" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B24" t="s">
-        <v>1590</v>
+        <v>1448</v>
       </c>
       <c r="C24" t="s">
-        <v>197</v>
+        <v>173</v>
       </c>
       <c r="D24" t="s">
-        <v>1591</v>
+        <v>1449</v>
       </c>
     </row>
     <row r="25" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B25" t="s">
-        <v>1592</v>
+        <v>1450</v>
       </c>
       <c r="C25" t="s">
-        <v>200</v>
+        <v>176</v>
       </c>
       <c r="D25" t="s">
-        <v>1593</v>
+        <v>1451</v>
       </c>
     </row>
     <row r="26" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B26" t="s">
-        <v>1594</v>
+        <v>1452</v>
       </c>
       <c r="C26" t="s">
-        <v>205</v>
+        <v>181</v>
       </c>
       <c r="D26" t="s">
-        <v>1595</v>
+        <v>1453</v>
       </c>
     </row>
     <row r="27" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B27" t="s">
-        <v>1596</v>
+        <v>1454</v>
       </c>
       <c r="C27" t="s">
-        <v>208</v>
+        <v>184</v>
       </c>
       <c r="D27" t="s">
-        <v>1597</v>
+        <v>1455</v>
       </c>
     </row>
     <row r="28" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B28" t="s">
-        <v>1598</v>
+        <v>1456</v>
       </c>
       <c r="C28" t="s">
-        <v>211</v>
+        <v>187</v>
       </c>
       <c r="D28" t="s">
-        <v>1599</v>
+        <v>1457</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet15.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0E00-000000000000}">
   <dimension ref="A1:D46"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>92</v>
+        <v>68</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>93</v>
+        <v>69</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>94</v>
+        <v>70</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>55</v>
+        <v>41</v>
       </c>
       <c r="D2" t="s">
-        <v>57</v>
+        <v>42</v>
       </c>
     </row>
     <row r="3" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
-        <v>1600</v>
+        <v>1458</v>
       </c>
       <c r="B3" t="s">
-        <v>96</v>
+        <v>72</v>
       </c>
       <c r="D3" t="s">
-        <v>1603</v>
+        <v>1461</v>
       </c>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A4" t="s">
-        <v>1601</v>
+        <v>1459</v>
       </c>
       <c r="B4" t="s">
-        <v>1554</v>
+        <v>1412</v>
       </c>
       <c r="D4" t="s">
-        <v>1604</v>
+        <v>1462</v>
       </c>
     </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A5" t="s">
-        <v>1602</v>
+        <v>1460</v>
       </c>
       <c r="B5" t="s">
-        <v>270</v>
+        <v>246</v>
       </c>
       <c r="D5" t="s">
-        <v>1605</v>
+        <v>1463</v>
       </c>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B6" t="s">
-        <v>100</v>
+        <v>76</v>
       </c>
       <c r="D6" t="s">
-        <v>1606</v>
+        <v>1464</v>
       </c>
     </row>
     <row r="7" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B7" t="s">
-        <v>1607</v>
+        <v>1465</v>
       </c>
       <c r="D7" t="s">
-        <v>1608</v>
+        <v>1466</v>
       </c>
     </row>
     <row r="8" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B8" t="s">
-        <v>1609</v>
+        <v>1467</v>
       </c>
       <c r="C8" t="s">
-        <v>103</v>
+        <v>79</v>
       </c>
       <c r="D8" t="s">
-        <v>1610</v>
+        <v>1468</v>
       </c>
     </row>
     <row r="9" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B9" t="s">
-        <v>1611</v>
+        <v>1469</v>
       </c>
       <c r="C9" t="s">
-        <v>106</v>
+        <v>82</v>
       </c>
       <c r="D9" t="s">
-        <v>1612</v>
+        <v>1470</v>
       </c>
     </row>
     <row r="10" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B10" t="s">
-        <v>1613</v>
+        <v>1471</v>
       </c>
       <c r="C10" t="s">
-        <v>109</v>
+        <v>85</v>
       </c>
       <c r="D10" t="s">
-        <v>1614</v>
+        <v>1472</v>
       </c>
     </row>
     <row r="11" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B11" t="s">
-        <v>1615</v>
+        <v>1473</v>
       </c>
       <c r="C11" t="s">
-        <v>112</v>
+        <v>88</v>
       </c>
       <c r="D11" t="s">
-        <v>1616</v>
+        <v>1474</v>
       </c>
     </row>
     <row r="12" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B12" t="s">
-        <v>1617</v>
+        <v>1475</v>
       </c>
       <c r="D12" t="s">
-        <v>1618</v>
+        <v>1476</v>
       </c>
     </row>
     <row r="13" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B13" t="s">
-        <v>1619</v>
+        <v>1477</v>
       </c>
       <c r="C13" t="s">
-        <v>115</v>
+        <v>91</v>
       </c>
       <c r="D13" t="s">
-        <v>1620</v>
+        <v>1478</v>
       </c>
     </row>
     <row r="14" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B14" t="s">
-        <v>1621</v>
+        <v>1479</v>
       </c>
       <c r="D14" t="s">
-        <v>1622</v>
+        <v>1480</v>
       </c>
     </row>
     <row r="15" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B15" t="s">
-        <v>1623</v>
+        <v>1481</v>
       </c>
       <c r="C15" t="s">
-        <v>118</v>
+        <v>94</v>
       </c>
       <c r="D15" t="s">
-        <v>1624</v>
+        <v>1482</v>
       </c>
     </row>
     <row r="16" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B16" t="s">
-        <v>1625</v>
+        <v>1483</v>
       </c>
       <c r="D16" t="s">
-        <v>1626</v>
+        <v>1484</v>
       </c>
     </row>
     <row r="17" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B17" t="s">
-        <v>1627</v>
+        <v>1485</v>
       </c>
       <c r="C17" t="s">
-        <v>1628</v>
+        <v>1486</v>
       </c>
       <c r="D17" t="s">
-        <v>1629</v>
+        <v>1487</v>
       </c>
     </row>
     <row r="18" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B18" t="s">
-        <v>1630</v>
+        <v>1488</v>
       </c>
       <c r="C18" t="s">
-        <v>1631</v>
+        <v>1489</v>
       </c>
       <c r="D18" t="s">
-        <v>1632</v>
+        <v>1490</v>
       </c>
     </row>
     <row r="19" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B19" t="s">
-        <v>1633</v>
+        <v>1491</v>
       </c>
       <c r="C19" t="s">
-        <v>1634</v>
+        <v>1492</v>
       </c>
       <c r="D19" t="s">
-        <v>1635</v>
+        <v>1493</v>
       </c>
     </row>
     <row r="20" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B20" t="s">
-        <v>1636</v>
+        <v>1494</v>
       </c>
       <c r="D20" t="s">
-        <v>1637</v>
+        <v>1495</v>
       </c>
     </row>
     <row r="21" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B21" t="s">
-        <v>1638</v>
+        <v>1496</v>
       </c>
       <c r="C21" t="s">
-        <v>1639</v>
+        <v>1497</v>
       </c>
       <c r="D21" t="s">
-        <v>1640</v>
+        <v>1498</v>
       </c>
     </row>
     <row r="22" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B22" t="s">
-        <v>1641</v>
+        <v>1499</v>
       </c>
       <c r="C22" t="s">
-        <v>1642</v>
+        <v>1500</v>
       </c>
       <c r="D22" t="s">
-        <v>1643</v>
+        <v>1501</v>
       </c>
     </row>
     <row r="23" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B23" t="s">
-        <v>1644</v>
+        <v>1502</v>
       </c>
       <c r="C23" t="s">
-        <v>1645</v>
+        <v>1503</v>
       </c>
       <c r="D23" t="s">
-        <v>1646</v>
+        <v>1504</v>
       </c>
     </row>
     <row r="24" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B24" t="s">
-        <v>1647</v>
+        <v>1505</v>
       </c>
       <c r="C24" t="s">
-        <v>1648</v>
+        <v>1506</v>
       </c>
       <c r="D24" t="s">
-        <v>1649</v>
+        <v>1507</v>
       </c>
     </row>
     <row r="25" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B25" t="s">
-        <v>1650</v>
+        <v>1508</v>
       </c>
       <c r="C25" t="s">
-        <v>1651</v>
+        <v>1509</v>
       </c>
       <c r="D25" t="s">
-        <v>1652</v>
+        <v>1510</v>
       </c>
     </row>
     <row r="26" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B26" t="s">
-        <v>1653</v>
+        <v>1511</v>
       </c>
       <c r="D26" t="s">
-        <v>1654</v>
+        <v>1512</v>
       </c>
     </row>
     <row r="27" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B27" t="s">
-        <v>1655</v>
+        <v>1513</v>
       </c>
       <c r="C27" t="s">
-        <v>127</v>
+        <v>103</v>
       </c>
       <c r="D27" t="s">
-        <v>1656</v>
+        <v>1514</v>
       </c>
     </row>
     <row r="28" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B28" t="s">
-        <v>1657</v>
+        <v>1515</v>
       </c>
       <c r="C28" t="s">
-        <v>130</v>
+        <v>106</v>
       </c>
       <c r="D28" t="s">
-        <v>1658</v>
+        <v>1516</v>
       </c>
     </row>
     <row r="29" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B29" t="s">
-        <v>1659</v>
+        <v>1517</v>
       </c>
       <c r="D29" t="s">
-        <v>1660</v>
+        <v>1518</v>
       </c>
     </row>
     <row r="30" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B30" t="s">
-        <v>1661</v>
+        <v>1519</v>
       </c>
       <c r="D30" t="s">
-        <v>1662</v>
+        <v>1520</v>
       </c>
     </row>
     <row r="31" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B31" t="s">
-        <v>1663</v>
+        <v>1521</v>
       </c>
       <c r="C31" t="s">
-        <v>1664</v>
+        <v>1522</v>
       </c>
       <c r="D31" t="s">
-        <v>1665</v>
+        <v>1523</v>
       </c>
     </row>
     <row r="32" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B32" t="s">
-        <v>1666</v>
+        <v>1524</v>
       </c>
       <c r="C32" t="s">
-        <v>1667</v>
+        <v>1525</v>
       </c>
       <c r="D32" t="s">
-        <v>1668</v>
+        <v>1526</v>
       </c>
     </row>
     <row r="33" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B33" t="s">
-        <v>1669</v>
+        <v>1527</v>
       </c>
       <c r="C33" t="s">
-        <v>1670</v>
+        <v>1528</v>
       </c>
       <c r="D33" t="s">
-        <v>1671</v>
+        <v>1529</v>
       </c>
     </row>
     <row r="34" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B34" t="s">
-        <v>1672</v>
+        <v>1530</v>
       </c>
       <c r="C34" t="s">
-        <v>1673</v>
+        <v>1531</v>
       </c>
       <c r="D34" t="s">
-        <v>1674</v>
+        <v>1532</v>
       </c>
     </row>
     <row r="35" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B35" t="s">
-        <v>1675</v>
+        <v>1533</v>
       </c>
       <c r="C35" t="s">
-        <v>1676</v>
+        <v>1534</v>
       </c>
       <c r="D35" t="s">
-        <v>1677</v>
+        <v>1535</v>
       </c>
     </row>
     <row r="36" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B36" t="s">
-        <v>1678</v>
+        <v>1536</v>
       </c>
       <c r="D36" t="s">
-        <v>1679</v>
+        <v>1537</v>
       </c>
     </row>
     <row r="37" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B37" t="s">
-        <v>1680</v>
+        <v>1538</v>
       </c>
       <c r="C37" t="s">
-        <v>136</v>
+        <v>112</v>
       </c>
       <c r="D37" t="s">
-        <v>1681</v>
+        <v>1539</v>
       </c>
     </row>
     <row r="38" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B38" t="s">
-        <v>1682</v>
+        <v>1540</v>
       </c>
       <c r="C38" t="s">
-        <v>139</v>
+        <v>115</v>
       </c>
       <c r="D38" t="s">
-        <v>1683</v>
+        <v>1541</v>
       </c>
     </row>
     <row r="39" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B39" t="s">
-        <v>1684</v>
+        <v>1542</v>
       </c>
       <c r="D39" t="s">
-        <v>1685</v>
+        <v>1543</v>
       </c>
     </row>
     <row r="40" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B40" t="s">
-        <v>1686</v>
+        <v>1544</v>
       </c>
       <c r="C40" t="s">
-        <v>142</v>
+        <v>118</v>
       </c>
       <c r="D40" t="s">
-        <v>1687</v>
+        <v>1545</v>
       </c>
     </row>
     <row r="41" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B41" t="s">
-        <v>1688</v>
+        <v>1546</v>
       </c>
       <c r="C41" t="s">
-        <v>191</v>
+        <v>167</v>
       </c>
       <c r="D41" t="s">
-        <v>1689</v>
+        <v>1547</v>
       </c>
     </row>
     <row r="42" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B42" t="s">
-        <v>1690</v>
+        <v>1548</v>
       </c>
       <c r="C42" t="s">
-        <v>194</v>
+        <v>170</v>
       </c>
       <c r="D42" t="s">
-        <v>1691</v>
+        <v>1549</v>
       </c>
     </row>
     <row r="43" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B43" t="s">
-        <v>1692</v>
+        <v>1550</v>
       </c>
       <c r="D43" t="s">
-        <v>1693</v>
+        <v>1551</v>
       </c>
     </row>
     <row r="44" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B44" t="s">
-        <v>1694</v>
+        <v>1552</v>
       </c>
       <c r="C44" t="s">
-        <v>197</v>
+        <v>173</v>
       </c>
       <c r="D44" t="s">
-        <v>1695</v>
+        <v>1553</v>
       </c>
     </row>
     <row r="45" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B45" t="s">
-        <v>1696</v>
+        <v>1554</v>
       </c>
       <c r="C45" t="s">
-        <v>200</v>
+        <v>176</v>
       </c>
       <c r="D45" t="s">
-        <v>1697</v>
+        <v>1555</v>
       </c>
     </row>
     <row r="46" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B46" t="s">
-        <v>1698</v>
+        <v>1556</v>
       </c>
       <c r="C46" t="s">
-        <v>205</v>
+        <v>181</v>
       </c>
       <c r="D46" t="s">
-        <v>1699</v>
+        <v>1557</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet16.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0F00-000000000000}">
   <dimension ref="A1:D17"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>92</v>
+        <v>68</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>93</v>
+        <v>69</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>94</v>
+        <v>70</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>58</v>
+        <v>43</v>
       </c>
       <c r="D2" t="s">
-        <v>60</v>
+        <v>44</v>
       </c>
     </row>
     <row r="3" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
-        <v>1700</v>
+        <v>1558</v>
       </c>
       <c r="B3" t="s">
-        <v>96</v>
+        <v>72</v>
       </c>
       <c r="D3" t="s">
-        <v>1701</v>
+        <v>1559</v>
       </c>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B4" t="s">
-        <v>98</v>
+        <v>74</v>
       </c>
       <c r="D4" t="s">
-        <v>1702</v>
+        <v>1560</v>
       </c>
     </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B5" t="s">
-        <v>1554</v>
+        <v>1412</v>
       </c>
       <c r="D5" t="s">
-        <v>1703</v>
+        <v>1561</v>
       </c>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B6" t="s">
-        <v>270</v>
+        <v>246</v>
       </c>
       <c r="D6" t="s">
-        <v>1704</v>
+        <v>1562</v>
       </c>
     </row>
     <row r="7" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B7" t="s">
-        <v>100</v>
+        <v>76</v>
       </c>
       <c r="D7" t="s">
-        <v>1705</v>
+        <v>1563</v>
       </c>
     </row>
     <row r="8" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B8" t="s">
-        <v>1706</v>
+        <v>1564</v>
       </c>
       <c r="C8" t="s">
-        <v>103</v>
+        <v>79</v>
       </c>
       <c r="D8" t="s">
-        <v>1707</v>
+        <v>1565</v>
       </c>
     </row>
     <row r="9" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B9" t="s">
-        <v>1708</v>
+        <v>1566</v>
       </c>
       <c r="C9" t="s">
-        <v>106</v>
+        <v>82</v>
       </c>
       <c r="D9" t="s">
-        <v>1709</v>
+        <v>1567</v>
       </c>
     </row>
     <row r="10" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B10" t="s">
-        <v>1710</v>
+        <v>1568</v>
       </c>
       <c r="C10" t="s">
-        <v>109</v>
+        <v>85</v>
       </c>
       <c r="D10" t="s">
-        <v>1711</v>
+        <v>1569</v>
       </c>
     </row>
     <row r="11" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B11" t="s">
-        <v>1712</v>
+        <v>1570</v>
       </c>
       <c r="C11" t="s">
-        <v>112</v>
+        <v>88</v>
       </c>
       <c r="D11" t="s">
-        <v>1713</v>
+        <v>1571</v>
       </c>
     </row>
     <row r="12" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B12" t="s">
-        <v>1714</v>
+        <v>1572</v>
       </c>
       <c r="C12" t="s">
-        <v>115</v>
+        <v>91</v>
       </c>
       <c r="D12" t="s">
-        <v>1715</v>
+        <v>1573</v>
       </c>
     </row>
     <row r="13" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B13" t="s">
-        <v>1716</v>
+        <v>1574</v>
       </c>
       <c r="C13" t="s">
-        <v>118</v>
+        <v>94</v>
       </c>
       <c r="D13" t="s">
-        <v>1717</v>
+        <v>1575</v>
       </c>
     </row>
     <row r="14" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B14" t="s">
-        <v>1718</v>
+        <v>1576</v>
       </c>
       <c r="C14" t="s">
-        <v>121</v>
+        <v>97</v>
       </c>
       <c r="D14" t="s">
-        <v>1719</v>
+        <v>1577</v>
       </c>
     </row>
     <row r="15" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B15" t="s">
-        <v>1720</v>
+        <v>1578</v>
       </c>
       <c r="C15" t="s">
-        <v>124</v>
+        <v>100</v>
       </c>
       <c r="D15" t="s">
-        <v>1721</v>
+        <v>1579</v>
       </c>
     </row>
     <row r="16" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B16" t="s">
-        <v>1722</v>
+        <v>1580</v>
       </c>
       <c r="C16" t="s">
-        <v>127</v>
+        <v>103</v>
       </c>
       <c r="D16" t="s">
-        <v>1723</v>
+        <v>1581</v>
       </c>
     </row>
     <row r="17" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B17" t="s">
-        <v>1724</v>
+        <v>1582</v>
       </c>
       <c r="C17" t="s">
-        <v>130</v>
+        <v>106</v>
       </c>
       <c r="D17" t="s">
-        <v>1725</v>
+        <v>1583</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet17.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1000-000000000000}">
   <dimension ref="A1:D47"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>92</v>
+        <v>68</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>93</v>
+        <v>69</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>94</v>
+        <v>70</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>61</v>
+        <v>45</v>
       </c>
       <c r="D2" t="s">
-        <v>63</v>
+        <v>46</v>
       </c>
     </row>
     <row r="3" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
-        <v>1726</v>
+        <v>1584</v>
       </c>
       <c r="B3" t="s">
-        <v>96</v>
+        <v>72</v>
       </c>
       <c r="D3" t="s">
-        <v>1727</v>
+        <v>1585</v>
       </c>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B4" t="s">
-        <v>1554</v>
+        <v>1412</v>
       </c>
       <c r="D4" t="s">
-        <v>1728</v>
+        <v>1586</v>
       </c>
     </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B5" t="s">
-        <v>1729</v>
+        <v>1587</v>
       </c>
       <c r="D5" t="s">
-        <v>1730</v>
+        <v>1588</v>
       </c>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B6" t="s">
-        <v>270</v>
+        <v>246</v>
       </c>
       <c r="D6" t="s">
-        <v>1731</v>
+        <v>1589</v>
       </c>
     </row>
     <row r="7" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B7" t="s">
-        <v>100</v>
+        <v>76</v>
       </c>
       <c r="D7" t="s">
-        <v>1732</v>
+        <v>1590</v>
       </c>
     </row>
     <row r="8" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B8" t="s">
-        <v>1252</v>
+        <v>1228</v>
       </c>
       <c r="D8" t="s">
-        <v>1733</v>
+        <v>1591</v>
       </c>
     </row>
     <row r="9" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B9" t="s">
-        <v>1734</v>
+        <v>1592</v>
       </c>
       <c r="D9" t="s">
-        <v>1735</v>
+        <v>1593</v>
       </c>
     </row>
     <row r="10" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B10" t="s">
-        <v>1736</v>
+        <v>1594</v>
       </c>
       <c r="C10" t="s">
-        <v>103</v>
+        <v>79</v>
       </c>
       <c r="D10" t="s">
-        <v>1737</v>
+        <v>1595</v>
       </c>
     </row>
     <row r="11" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B11" t="s">
-        <v>1738</v>
+        <v>1596</v>
       </c>
       <c r="C11" t="s">
-        <v>106</v>
+        <v>82</v>
       </c>
       <c r="D11" t="s">
-        <v>1739</v>
+        <v>1597</v>
       </c>
     </row>
     <row r="12" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B12" t="s">
-        <v>1740</v>
+        <v>1598</v>
       </c>
       <c r="C12" t="s">
-        <v>109</v>
+        <v>85</v>
       </c>
       <c r="D12" t="s">
-        <v>1741</v>
+        <v>1599</v>
       </c>
     </row>
     <row r="13" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B13" t="s">
-        <v>1742</v>
+        <v>1600</v>
       </c>
       <c r="C13" t="s">
-        <v>112</v>
+        <v>88</v>
       </c>
       <c r="D13" t="s">
-        <v>1743</v>
+        <v>1601</v>
       </c>
     </row>
     <row r="14" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B14" t="s">
-        <v>1744</v>
+        <v>1602</v>
       </c>
       <c r="C14" t="s">
-        <v>115</v>
+        <v>91</v>
       </c>
       <c r="D14" t="s">
-        <v>1745</v>
+        <v>1603</v>
       </c>
     </row>
     <row r="15" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B15" t="s">
-        <v>1746</v>
+        <v>1604</v>
       </c>
       <c r="D15" t="s">
-        <v>1747</v>
+        <v>1605</v>
       </c>
     </row>
     <row r="16" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B16" t="s">
-        <v>1748</v>
+        <v>1606</v>
       </c>
       <c r="C16" t="s">
-        <v>118</v>
+        <v>94</v>
       </c>
       <c r="D16" t="s">
-        <v>1749</v>
+        <v>1607</v>
       </c>
     </row>
     <row r="17" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B17" t="s">
-        <v>1750</v>
+        <v>1608</v>
       </c>
       <c r="C17" t="s">
-        <v>121</v>
+        <v>97</v>
       </c>
       <c r="D17" t="s">
-        <v>1751</v>
+        <v>1609</v>
       </c>
     </row>
     <row r="18" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B18" t="s">
-        <v>1752</v>
+        <v>1610</v>
       </c>
       <c r="C18" t="s">
-        <v>124</v>
+        <v>100</v>
       </c>
       <c r="D18" t="s">
-        <v>1753</v>
+        <v>1611</v>
       </c>
     </row>
     <row r="19" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B19" t="s">
-        <v>1754</v>
+        <v>1612</v>
       </c>
       <c r="D19" t="s">
-        <v>1755</v>
+        <v>1613</v>
       </c>
     </row>
     <row r="20" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B20" t="s">
-        <v>1756</v>
+        <v>1614</v>
       </c>
       <c r="C20" t="s">
-        <v>127</v>
+        <v>103</v>
       </c>
       <c r="D20" t="s">
-        <v>1757</v>
+        <v>1615</v>
       </c>
     </row>
     <row r="21" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B21" t="s">
-        <v>1758</v>
+        <v>1616</v>
       </c>
       <c r="C21" t="s">
-        <v>130</v>
+        <v>106</v>
       </c>
       <c r="D21" t="s">
-        <v>1759</v>
+        <v>1617</v>
       </c>
     </row>
     <row r="22" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B22" t="s">
-        <v>1760</v>
+        <v>1618</v>
       </c>
       <c r="C22" t="s">
-        <v>133</v>
+        <v>109</v>
       </c>
       <c r="D22" t="s">
-        <v>1761</v>
+        <v>1619</v>
       </c>
     </row>
     <row r="23" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B23" t="s">
-        <v>1762</v>
+        <v>1620</v>
       </c>
       <c r="C23" t="s">
-        <v>136</v>
+        <v>112</v>
       </c>
       <c r="D23" t="s">
-        <v>1763</v>
+        <v>1621</v>
       </c>
     </row>
     <row r="24" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B24" t="s">
-        <v>1764</v>
+        <v>1622</v>
       </c>
       <c r="C24" t="s">
-        <v>139</v>
+        <v>115</v>
       </c>
       <c r="D24" t="s">
-        <v>1765</v>
+        <v>1623</v>
       </c>
     </row>
     <row r="25" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B25" t="s">
-        <v>1766</v>
+        <v>1624</v>
       </c>
       <c r="C25" t="s">
-        <v>142</v>
+        <v>118</v>
       </c>
       <c r="D25" t="s">
-        <v>1767</v>
+        <v>1625</v>
       </c>
     </row>
     <row r="26" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B26" t="s">
-        <v>1768</v>
+        <v>1626</v>
       </c>
       <c r="D26" t="s">
-        <v>1769</v>
+        <v>1627</v>
       </c>
     </row>
     <row r="27" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B27" t="s">
-        <v>1770</v>
+        <v>1628</v>
       </c>
       <c r="C27" t="s">
-        <v>191</v>
+        <v>167</v>
       </c>
       <c r="D27" t="s">
-        <v>1771</v>
+        <v>1629</v>
       </c>
     </row>
     <row r="28" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B28" t="s">
-        <v>1772</v>
+        <v>1630</v>
       </c>
       <c r="C28" t="s">
-        <v>194</v>
+        <v>170</v>
       </c>
       <c r="D28" t="s">
-        <v>1773</v>
+        <v>1631</v>
       </c>
     </row>
     <row r="29" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B29" t="s">
-        <v>1774</v>
+        <v>1632</v>
       </c>
       <c r="C29" t="s">
-        <v>197</v>
+        <v>173</v>
       </c>
       <c r="D29" t="s">
-        <v>1775</v>
+        <v>1633</v>
       </c>
     </row>
     <row r="30" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B30" t="s">
-        <v>1776</v>
+        <v>1634</v>
       </c>
       <c r="C30" t="s">
-        <v>200</v>
+        <v>176</v>
       </c>
       <c r="D30" t="s">
-        <v>1777</v>
+        <v>1635</v>
       </c>
     </row>
     <row r="31" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B31" t="s">
-        <v>1778</v>
+        <v>1636</v>
       </c>
       <c r="C31" t="s">
-        <v>205</v>
+        <v>181</v>
       </c>
       <c r="D31" t="s">
-        <v>1779</v>
+        <v>1637</v>
       </c>
     </row>
     <row r="32" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B32" t="s">
-        <v>1780</v>
+        <v>1638</v>
       </c>
       <c r="C32" t="s">
-        <v>208</v>
+        <v>184</v>
       </c>
       <c r="D32" t="s">
-        <v>1781</v>
+        <v>1639</v>
       </c>
     </row>
     <row r="33" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B33" t="s">
-        <v>1782</v>
+        <v>1640</v>
       </c>
       <c r="C33" t="s">
-        <v>211</v>
+        <v>187</v>
       </c>
       <c r="D33" t="s">
-        <v>1783</v>
+        <v>1641</v>
       </c>
     </row>
     <row r="34" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B34" t="s">
-        <v>1784</v>
+        <v>1642</v>
       </c>
       <c r="C34" t="s">
-        <v>214</v>
+        <v>190</v>
       </c>
       <c r="D34" t="s">
-        <v>1785</v>
+        <v>1643</v>
       </c>
     </row>
     <row r="35" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B35" t="s">
-        <v>795</v>
+        <v>771</v>
       </c>
       <c r="C35" t="s">
-        <v>219</v>
+        <v>195</v>
       </c>
       <c r="D35" t="s">
-        <v>1786</v>
+        <v>1644</v>
       </c>
     </row>
     <row r="36" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B36" t="s">
-        <v>1787</v>
+        <v>1645</v>
       </c>
       <c r="C36" t="s">
-        <v>222</v>
+        <v>198</v>
       </c>
       <c r="D36" t="s">
-        <v>1788</v>
+        <v>1646</v>
       </c>
     </row>
     <row r="37" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B37" t="s">
-        <v>1789</v>
+        <v>1647</v>
       </c>
       <c r="C37" t="s">
-        <v>227</v>
+        <v>203</v>
       </c>
       <c r="D37" t="s">
-        <v>1790</v>
+        <v>1648</v>
       </c>
     </row>
     <row r="38" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B38" t="s">
-        <v>1791</v>
+        <v>1649</v>
       </c>
       <c r="D38" t="s">
-        <v>1792</v>
+        <v>1650</v>
       </c>
     </row>
     <row r="39" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B39" t="s">
-        <v>1793</v>
+        <v>1651</v>
       </c>
       <c r="C39" t="s">
-        <v>230</v>
+        <v>206</v>
       </c>
       <c r="D39" t="s">
-        <v>1794</v>
+        <v>1652</v>
       </c>
     </row>
     <row r="40" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B40" t="s">
-        <v>1795</v>
+        <v>1653</v>
       </c>
       <c r="C40" t="s">
-        <v>236</v>
+        <v>212</v>
       </c>
       <c r="D40" t="s">
-        <v>1796</v>
+        <v>1654</v>
       </c>
     </row>
     <row r="41" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B41" t="s">
-        <v>1797</v>
+        <v>1655</v>
       </c>
       <c r="C41" t="s">
-        <v>239</v>
+        <v>215</v>
       </c>
       <c r="D41" t="s">
-        <v>1798</v>
+        <v>1656</v>
       </c>
     </row>
     <row r="42" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B42" t="s">
-        <v>1799</v>
+        <v>1657</v>
       </c>
       <c r="D42" t="s">
-        <v>1800</v>
+        <v>1658</v>
       </c>
     </row>
     <row r="43" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B43" t="s">
-        <v>1801</v>
+        <v>1659</v>
       </c>
       <c r="C43" t="s">
-        <v>244</v>
+        <v>220</v>
       </c>
       <c r="D43" t="s">
-        <v>1802</v>
+        <v>1660</v>
       </c>
     </row>
     <row r="44" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B44" t="s">
-        <v>1803</v>
+        <v>1661</v>
       </c>
       <c r="C44" t="s">
-        <v>247</v>
+        <v>223</v>
       </c>
       <c r="D44" t="s">
-        <v>1804</v>
+        <v>1662</v>
       </c>
     </row>
     <row r="45" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B45" t="s">
-        <v>1805</v>
+        <v>1663</v>
       </c>
       <c r="D45" t="s">
-        <v>1806</v>
+        <v>1664</v>
       </c>
     </row>
     <row r="46" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B46" t="s">
-        <v>1807</v>
+        <v>1665</v>
       </c>
       <c r="C46" t="s">
-        <v>250</v>
+        <v>226</v>
       </c>
       <c r="D46" t="s">
-        <v>1808</v>
+        <v>1666</v>
       </c>
     </row>
     <row r="47" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B47" t="s">
-        <v>1809</v>
+        <v>1667</v>
       </c>
       <c r="C47" t="s">
-        <v>253</v>
+        <v>229</v>
       </c>
       <c r="D47" t="s">
-        <v>1810</v>
+        <v>1668</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet18.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1100-000000000000}">
   <dimension ref="A1:D40"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>92</v>
+        <v>68</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>93</v>
+        <v>69</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>94</v>
+        <v>70</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>64</v>
+        <v>47</v>
       </c>
       <c r="D2" t="s">
-        <v>66</v>
+        <v>48</v>
       </c>
     </row>
     <row r="3" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
-        <v>1811</v>
+        <v>1669</v>
       </c>
       <c r="B3" t="s">
-        <v>96</v>
+        <v>72</v>
       </c>
       <c r="D3" t="s">
-        <v>1814</v>
+        <v>1672</v>
       </c>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A4" t="s">
-        <v>1812</v>
+        <v>1670</v>
       </c>
       <c r="B4" t="s">
-        <v>1554</v>
+        <v>1412</v>
       </c>
       <c r="D4" t="s">
-        <v>1815</v>
+        <v>1673</v>
       </c>
     </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A5" t="s">
-        <v>1813</v>
+        <v>1671</v>
       </c>
       <c r="B5" t="s">
-        <v>1407</v>
+        <v>1381</v>
       </c>
       <c r="D5" t="s">
-        <v>1816</v>
+        <v>1674</v>
       </c>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B6" t="s">
-        <v>270</v>
+        <v>246</v>
       </c>
       <c r="D6" t="s">
-        <v>1817</v>
+        <v>1675</v>
       </c>
     </row>
     <row r="7" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B7" t="s">
-        <v>100</v>
+        <v>76</v>
       </c>
       <c r="D7" t="s">
-        <v>1818</v>
+        <v>1676</v>
       </c>
     </row>
     <row r="8" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B8" t="s">
-        <v>1819</v>
+        <v>1677</v>
       </c>
       <c r="D8" t="s">
-        <v>1820</v>
+        <v>1678</v>
       </c>
     </row>
     <row r="9" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B9" t="s">
-        <v>1821</v>
+        <v>1679</v>
       </c>
       <c r="D9" t="s">
-        <v>1822</v>
+        <v>1680</v>
       </c>
     </row>
     <row r="10" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B10" t="s">
-        <v>1823</v>
+        <v>1681</v>
       </c>
       <c r="C10" t="s">
-        <v>1824</v>
+        <v>1682</v>
       </c>
       <c r="D10" t="s">
-        <v>1825</v>
+        <v>1683</v>
       </c>
     </row>
     <row r="11" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B11" t="s">
-        <v>1826</v>
+        <v>1684</v>
       </c>
       <c r="C11" t="s">
-        <v>1827</v>
+        <v>1685</v>
       </c>
       <c r="D11" t="s">
-        <v>1828</v>
+        <v>1686</v>
       </c>
     </row>
     <row r="12" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B12" t="s">
-        <v>1829</v>
+        <v>1687</v>
       </c>
       <c r="D12" t="s">
-        <v>1830</v>
+        <v>1688</v>
       </c>
     </row>
     <row r="13" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B13" t="s">
-        <v>1831</v>
+        <v>1689</v>
       </c>
       <c r="C13" t="s">
-        <v>1832</v>
+        <v>1690</v>
       </c>
       <c r="D13" t="s">
-        <v>1833</v>
+        <v>1691</v>
       </c>
     </row>
     <row r="14" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B14" t="s">
-        <v>1834</v>
+        <v>1692</v>
       </c>
       <c r="C14" t="s">
-        <v>1835</v>
+        <v>1693</v>
       </c>
       <c r="D14" t="s">
-        <v>1836</v>
+        <v>1694</v>
       </c>
     </row>
     <row r="15" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B15" t="s">
-        <v>1837</v>
+        <v>1695</v>
       </c>
       <c r="D15" t="s">
-        <v>1838</v>
+        <v>1696</v>
       </c>
     </row>
     <row r="16" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B16" t="s">
-        <v>1839</v>
+        <v>1697</v>
       </c>
       <c r="C16" t="s">
-        <v>1840</v>
+        <v>1698</v>
       </c>
       <c r="D16" t="s">
-        <v>1841</v>
+        <v>1699</v>
       </c>
     </row>
     <row r="17" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B17" t="s">
-        <v>1842</v>
+        <v>1700</v>
       </c>
       <c r="C17" t="s">
-        <v>1843</v>
+        <v>1701</v>
       </c>
       <c r="D17" t="s">
-        <v>1844</v>
+        <v>1702</v>
       </c>
     </row>
     <row r="18" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B18" t="s">
-        <v>1845</v>
+        <v>1703</v>
       </c>
       <c r="C18" t="s">
-        <v>1846</v>
+        <v>1704</v>
       </c>
       <c r="D18" t="s">
-        <v>1847</v>
+        <v>1705</v>
       </c>
     </row>
     <row r="19" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B19" t="s">
-        <v>1848</v>
+        <v>1706</v>
       </c>
       <c r="C19" t="s">
-        <v>1849</v>
+        <v>1707</v>
       </c>
       <c r="D19" t="s">
-        <v>1850</v>
+        <v>1708</v>
       </c>
     </row>
     <row r="20" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B20" t="s">
-        <v>1851</v>
+        <v>1709</v>
       </c>
       <c r="C20" t="s">
-        <v>1852</v>
+        <v>1710</v>
       </c>
       <c r="D20" t="s">
-        <v>1853</v>
+        <v>1711</v>
       </c>
     </row>
     <row r="21" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B21" t="s">
-        <v>1854</v>
+        <v>1712</v>
       </c>
       <c r="D21" t="s">
-        <v>1855</v>
+        <v>1713</v>
       </c>
     </row>
     <row r="22" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B22" t="s">
-        <v>1856</v>
+        <v>1714</v>
       </c>
       <c r="C22" t="s">
-        <v>1857</v>
+        <v>1715</v>
       </c>
       <c r="D22" t="s">
-        <v>1858</v>
+        <v>1716</v>
       </c>
     </row>
     <row r="23" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B23" t="s">
-        <v>1859</v>
+        <v>1717</v>
       </c>
       <c r="C23" t="s">
-        <v>1860</v>
+        <v>1718</v>
       </c>
       <c r="D23" t="s">
-        <v>1861</v>
+        <v>1719</v>
       </c>
     </row>
     <row r="24" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B24" t="s">
-        <v>1862</v>
+        <v>1720</v>
       </c>
       <c r="C24" t="s">
-        <v>1863</v>
+        <v>1721</v>
       </c>
       <c r="D24" t="s">
-        <v>1864</v>
+        <v>1722</v>
       </c>
     </row>
     <row r="25" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B25" t="s">
-        <v>1865</v>
+        <v>1723</v>
       </c>
       <c r="C25" t="s">
-        <v>1866</v>
+        <v>1724</v>
       </c>
       <c r="D25" t="s">
-        <v>1867</v>
+        <v>1725</v>
       </c>
     </row>
     <row r="26" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B26" t="s">
-        <v>1868</v>
+        <v>1726</v>
       </c>
       <c r="D26" t="s">
-        <v>1869</v>
+        <v>1727</v>
       </c>
     </row>
     <row r="27" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B27" t="s">
-        <v>1870</v>
+        <v>1728</v>
       </c>
       <c r="C27" t="s">
-        <v>1871</v>
+        <v>1729</v>
       </c>
       <c r="D27" t="s">
-        <v>1872</v>
+        <v>1730</v>
       </c>
     </row>
     <row r="28" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B28" t="s">
-        <v>1873</v>
+        <v>1731</v>
       </c>
       <c r="C28" t="s">
-        <v>1874</v>
+        <v>1732</v>
       </c>
       <c r="D28" t="s">
-        <v>1875</v>
+        <v>1733</v>
       </c>
     </row>
     <row r="29" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B29" t="s">
-        <v>1876</v>
+        <v>1734</v>
       </c>
       <c r="D29" t="s">
-        <v>1877</v>
+        <v>1735</v>
       </c>
     </row>
     <row r="30" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B30" t="s">
-        <v>1878</v>
+        <v>1736</v>
       </c>
       <c r="C30" t="s">
-        <v>1879</v>
+        <v>1737</v>
       </c>
       <c r="D30" t="s">
-        <v>1880</v>
+        <v>1738</v>
       </c>
     </row>
     <row r="31" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B31" t="s">
-        <v>1881</v>
+        <v>1739</v>
       </c>
       <c r="C31" t="s">
-        <v>1882</v>
+        <v>1740</v>
       </c>
       <c r="D31" t="s">
-        <v>1883</v>
+        <v>1741</v>
       </c>
     </row>
     <row r="32" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B32" t="s">
-        <v>1884</v>
+        <v>1742</v>
       </c>
       <c r="C32" t="s">
-        <v>1885</v>
+        <v>1743</v>
       </c>
       <c r="D32" t="s">
-        <v>1886</v>
+        <v>1744</v>
       </c>
     </row>
     <row r="33" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B33" t="s">
-        <v>1887</v>
+        <v>1745</v>
       </c>
       <c r="C33" t="s">
-        <v>1888</v>
+        <v>1746</v>
       </c>
       <c r="D33" t="s">
-        <v>1889</v>
+        <v>1747</v>
       </c>
     </row>
     <row r="34" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B34" t="s">
-        <v>1890</v>
+        <v>1748</v>
       </c>
       <c r="C34" t="s">
-        <v>1891</v>
+        <v>1749</v>
       </c>
       <c r="D34" t="s">
-        <v>1892</v>
+        <v>1750</v>
       </c>
     </row>
     <row r="35" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B35" t="s">
-        <v>1893</v>
+        <v>1751</v>
       </c>
       <c r="D35" t="s">
-        <v>1894</v>
+        <v>1752</v>
       </c>
     </row>
     <row r="36" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B36" t="s">
-        <v>1895</v>
+        <v>1753</v>
       </c>
       <c r="C36" t="s">
-        <v>121</v>
+        <v>97</v>
       </c>
       <c r="D36" t="s">
-        <v>1896</v>
+        <v>1754</v>
       </c>
     </row>
     <row r="37" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B37" t="s">
-        <v>1897</v>
+        <v>1755</v>
       </c>
       <c r="C37" t="s">
-        <v>124</v>
+        <v>100</v>
       </c>
       <c r="D37" t="s">
-        <v>1898</v>
+        <v>1756</v>
       </c>
     </row>
     <row r="38" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B38" t="s">
-        <v>1899</v>
+        <v>1757</v>
       </c>
       <c r="D38" t="s">
-        <v>1900</v>
+        <v>1758</v>
       </c>
     </row>
     <row r="39" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B39" t="s">
-        <v>1901</v>
+        <v>1759</v>
       </c>
       <c r="C39" t="s">
-        <v>127</v>
+        <v>103</v>
       </c>
       <c r="D39" t="s">
-        <v>1902</v>
+        <v>1760</v>
       </c>
     </row>
     <row r="40" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B40" t="s">
-        <v>1903</v>
+        <v>1761</v>
       </c>
       <c r="C40" t="s">
-        <v>130</v>
+        <v>106</v>
       </c>
       <c r="D40" t="s">
-        <v>1904</v>
+        <v>1762</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet19.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1200-000000000000}">
   <dimension ref="A1:D59"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>92</v>
+        <v>68</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>93</v>
+        <v>69</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>94</v>
+        <v>70</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
-        <v>67</v>
+        <v>49</v>
       </c>
       <c r="B2" t="s">
-        <v>68</v>
+        <v>50</v>
       </c>
       <c r="D2" t="s">
-        <v>70</v>
+        <v>51</v>
       </c>
     </row>
     <row r="3" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
-        <v>1905</v>
+        <v>1763</v>
       </c>
       <c r="B3" t="s">
-        <v>96</v>
+        <v>72</v>
       </c>
       <c r="D3" t="s">
-        <v>1908</v>
+        <v>1766</v>
       </c>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A4" t="s">
-        <v>1906</v>
+        <v>1764</v>
       </c>
       <c r="B4" t="s">
-        <v>98</v>
+        <v>74</v>
       </c>
       <c r="D4" t="s">
-        <v>1909</v>
+        <v>1767</v>
       </c>
     </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A5" t="s">
-        <v>1907</v>
+        <v>1765</v>
       </c>
       <c r="B5" t="s">
-        <v>274</v>
+        <v>250</v>
       </c>
       <c r="D5" t="s">
-        <v>1910</v>
+        <v>1768</v>
       </c>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B6" t="s">
-        <v>1911</v>
+        <v>1769</v>
       </c>
       <c r="D6" t="s">
-        <v>1912</v>
+        <v>1770</v>
       </c>
     </row>
     <row r="7" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B7" t="s">
-        <v>270</v>
+        <v>246</v>
       </c>
       <c r="D7" t="s">
-        <v>1913</v>
+        <v>1771</v>
       </c>
     </row>
     <row r="8" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B8" t="s">
-        <v>100</v>
+        <v>76</v>
       </c>
       <c r="D8" t="s">
-        <v>1914</v>
+        <v>1772</v>
       </c>
     </row>
     <row r="9" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B9" t="s">
-        <v>1915</v>
+        <v>1773</v>
       </c>
       <c r="D9" t="s">
-        <v>1916</v>
+        <v>1774</v>
       </c>
     </row>
     <row r="10" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B10" t="s">
-        <v>1917</v>
+        <v>1775</v>
       </c>
       <c r="C10" t="s">
-        <v>1824</v>
+        <v>1682</v>
       </c>
       <c r="D10" t="s">
-        <v>1918</v>
+        <v>1776</v>
       </c>
     </row>
     <row r="11" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B11" t="s">
-        <v>1919</v>
+        <v>1777</v>
       </c>
       <c r="C11" t="s">
-        <v>1827</v>
+        <v>1685</v>
       </c>
       <c r="D11" t="s">
-        <v>1920</v>
+        <v>1778</v>
       </c>
     </row>
     <row r="12" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B12" t="s">
-        <v>1921</v>
+        <v>1779</v>
       </c>
       <c r="C12" t="s">
-        <v>1922</v>
+        <v>1780</v>
       </c>
       <c r="D12" t="s">
-        <v>1923</v>
+        <v>1781</v>
       </c>
     </row>
     <row r="13" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B13" t="s">
-        <v>1924</v>
+        <v>1782</v>
       </c>
       <c r="C13" t="s">
-        <v>1925</v>
+        <v>1783</v>
       </c>
       <c r="D13" t="s">
-        <v>1926</v>
+        <v>1784</v>
       </c>
     </row>
     <row r="14" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B14" t="s">
-        <v>1927</v>
+        <v>1785</v>
       </c>
       <c r="C14" t="s">
-        <v>1928</v>
+        <v>1786</v>
       </c>
       <c r="D14" t="s">
-        <v>1929</v>
+        <v>1787</v>
       </c>
     </row>
     <row r="15" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B15" t="s">
-        <v>1930</v>
+        <v>1788</v>
       </c>
       <c r="C15" t="s">
-        <v>1931</v>
+        <v>1789</v>
       </c>
       <c r="D15" t="s">
-        <v>1932</v>
+        <v>1790</v>
       </c>
     </row>
     <row r="16" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B16" t="s">
-        <v>1933</v>
+        <v>1791</v>
       </c>
       <c r="C16" t="s">
-        <v>1934</v>
+        <v>1792</v>
       </c>
       <c r="D16" t="s">
-        <v>1935</v>
+        <v>1793</v>
       </c>
     </row>
     <row r="17" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B17" t="s">
-        <v>1936</v>
+        <v>1794</v>
       </c>
       <c r="D17" t="s">
-        <v>1937</v>
+        <v>1795</v>
       </c>
     </row>
     <row r="18" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B18" t="s">
-        <v>1938</v>
+        <v>1796</v>
       </c>
       <c r="C18" t="s">
-        <v>1832</v>
+        <v>1690</v>
       </c>
       <c r="D18" t="s">
-        <v>1939</v>
+        <v>1797</v>
       </c>
     </row>
     <row r="19" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B19" t="s">
-        <v>1940</v>
+        <v>1798</v>
       </c>
       <c r="C19" t="s">
-        <v>1835</v>
+        <v>1693</v>
       </c>
       <c r="D19" t="s">
-        <v>1941</v>
+        <v>1799</v>
       </c>
     </row>
     <row r="20" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B20" t="s">
-        <v>1942</v>
+        <v>1800</v>
       </c>
       <c r="C20" t="s">
-        <v>1943</v>
+        <v>1801</v>
       </c>
       <c r="D20" t="s">
-        <v>1944</v>
+        <v>1802</v>
       </c>
     </row>
     <row r="21" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B21" t="s">
-        <v>1945</v>
+        <v>1803</v>
       </c>
       <c r="C21" t="s">
-        <v>1946</v>
+        <v>1804</v>
       </c>
       <c r="D21" t="s">
-        <v>1947</v>
+        <v>1805</v>
       </c>
     </row>
     <row r="22" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B22" t="s">
-        <v>1948</v>
+        <v>1806</v>
       </c>
       <c r="D22" t="s">
-        <v>1949</v>
+        <v>1807</v>
       </c>
     </row>
     <row r="23" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B23" t="s">
-        <v>1950</v>
+        <v>1808</v>
       </c>
       <c r="C23" t="s">
-        <v>1840</v>
+        <v>1698</v>
       </c>
       <c r="D23" t="s">
-        <v>1951</v>
+        <v>1809</v>
       </c>
     </row>
     <row r="24" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B24" t="s">
-        <v>1952</v>
+        <v>1810</v>
       </c>
       <c r="C24" t="s">
-        <v>1843</v>
+        <v>1701</v>
       </c>
       <c r="D24" t="s">
-        <v>1953</v>
+        <v>1811</v>
       </c>
     </row>
     <row r="25" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B25" t="s">
-        <v>777</v>
+        <v>753</v>
       </c>
       <c r="C25" t="s">
-        <v>1846</v>
+        <v>1704</v>
       </c>
       <c r="D25" t="s">
-        <v>1954</v>
+        <v>1812</v>
       </c>
     </row>
     <row r="26" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B26" t="s">
-        <v>1955</v>
+        <v>1813</v>
       </c>
       <c r="C26" t="s">
-        <v>1849</v>
+        <v>1707</v>
       </c>
       <c r="D26" t="s">
-        <v>1956</v>
+        <v>1814</v>
       </c>
     </row>
     <row r="27" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B27" t="s">
-        <v>1957</v>
+        <v>1815</v>
       </c>
       <c r="C27" t="s">
-        <v>1852</v>
+        <v>1710</v>
       </c>
       <c r="D27" t="s">
-        <v>1958</v>
+        <v>1816</v>
       </c>
     </row>
     <row r="28" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B28" t="s">
-        <v>1959</v>
+        <v>1817</v>
       </c>
       <c r="C28" t="s">
-        <v>1960</v>
+        <v>1818</v>
       </c>
       <c r="D28" t="s">
-        <v>1961</v>
+        <v>1819</v>
       </c>
     </row>
     <row r="29" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B29" t="s">
-        <v>1962</v>
+        <v>1820</v>
       </c>
       <c r="C29" t="s">
-        <v>1963</v>
+        <v>1821</v>
       </c>
       <c r="D29" t="s">
-        <v>1964</v>
+        <v>1822</v>
       </c>
     </row>
     <row r="30" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B30" t="s">
-        <v>1965</v>
+        <v>1823</v>
       </c>
       <c r="C30" t="s">
-        <v>1966</v>
+        <v>1824</v>
       </c>
       <c r="D30" t="s">
-        <v>1967</v>
+        <v>1825</v>
       </c>
     </row>
     <row r="31" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B31" t="s">
-        <v>1968</v>
+        <v>1826</v>
       </c>
       <c r="C31" t="s">
-        <v>1969</v>
+        <v>1827</v>
       </c>
       <c r="D31" t="s">
-        <v>1970</v>
+        <v>1828</v>
       </c>
     </row>
     <row r="32" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B32" t="s">
-        <v>1971</v>
+        <v>1829</v>
       </c>
       <c r="C32" t="s">
-        <v>1972</v>
+        <v>1830</v>
       </c>
       <c r="D32" t="s">
-        <v>1973</v>
+        <v>1831</v>
       </c>
     </row>
     <row r="33" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B33" t="s">
-        <v>1974</v>
+        <v>1832</v>
       </c>
       <c r="C33" t="s">
-        <v>1975</v>
+        <v>1833</v>
       </c>
       <c r="D33" t="s">
-        <v>1976</v>
+        <v>1834</v>
       </c>
     </row>
     <row r="34" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B34" t="s">
-        <v>1977</v>
+        <v>1835</v>
       </c>
       <c r="D34" t="s">
-        <v>1978</v>
+        <v>1836</v>
       </c>
     </row>
     <row r="35" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B35" t="s">
-        <v>1979</v>
+        <v>1837</v>
       </c>
       <c r="C35" t="s">
-        <v>1857</v>
+        <v>1715</v>
       </c>
       <c r="D35" t="s">
-        <v>1980</v>
+        <v>1838</v>
       </c>
     </row>
     <row r="36" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B36" t="s">
-        <v>1981</v>
+        <v>1839</v>
       </c>
       <c r="C36" t="s">
-        <v>1860</v>
+        <v>1718</v>
       </c>
       <c r="D36" t="s">
-        <v>1982</v>
+        <v>1840</v>
       </c>
     </row>
     <row r="37" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B37" t="s">
-        <v>1983</v>
+        <v>1841</v>
       </c>
       <c r="C37" t="s">
-        <v>1863</v>
+        <v>1721</v>
       </c>
       <c r="D37" t="s">
-        <v>1984</v>
+        <v>1842</v>
       </c>
     </row>
     <row r="38" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B38" t="s">
-        <v>987</v>
+        <v>963</v>
       </c>
       <c r="C38" t="s">
-        <v>1866</v>
+        <v>1724</v>
       </c>
       <c r="D38" t="s">
-        <v>1985</v>
+        <v>1843</v>
       </c>
     </row>
     <row r="39" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B39" t="s">
-        <v>1986</v>
+        <v>1844</v>
       </c>
       <c r="C39" t="s">
-        <v>1987</v>
+        <v>1845</v>
       </c>
       <c r="D39" t="s">
-        <v>1988</v>
+        <v>1846</v>
       </c>
     </row>
     <row r="40" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B40" t="s">
-        <v>1073</v>
+        <v>1049</v>
       </c>
       <c r="C40" t="s">
-        <v>1989</v>
+        <v>1847</v>
       </c>
       <c r="D40" t="s">
-        <v>1990</v>
+        <v>1848</v>
       </c>
     </row>
     <row r="41" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B41" t="s">
-        <v>1991</v>
+        <v>1849</v>
       </c>
       <c r="C41" t="s">
-        <v>1992</v>
+        <v>1850</v>
       </c>
       <c r="D41" t="s">
-        <v>1993</v>
+        <v>1851</v>
       </c>
     </row>
     <row r="42" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B42" t="s">
-        <v>1994</v>
+        <v>1852</v>
       </c>
       <c r="C42" t="s">
-        <v>1995</v>
+        <v>1853</v>
       </c>
       <c r="D42" t="s">
-        <v>1996</v>
+        <v>1854</v>
       </c>
     </row>
     <row r="43" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B43" t="s">
-        <v>1997</v>
+        <v>1855</v>
       </c>
       <c r="C43" t="s">
-        <v>1998</v>
+        <v>1856</v>
       </c>
       <c r="D43" t="s">
-        <v>1999</v>
+        <v>1857</v>
       </c>
     </row>
     <row r="44" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B44" t="s">
-        <v>2000</v>
+        <v>1858</v>
       </c>
       <c r="C44" t="s">
-        <v>2001</v>
+        <v>1859</v>
       </c>
       <c r="D44" t="s">
-        <v>2002</v>
+        <v>1860</v>
       </c>
     </row>
     <row r="45" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B45" t="s">
-        <v>2003</v>
+        <v>1861</v>
       </c>
       <c r="C45" t="s">
-        <v>2004</v>
+        <v>1862</v>
       </c>
       <c r="D45" t="s">
-        <v>2005</v>
+        <v>1863</v>
       </c>
     </row>
     <row r="46" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B46" t="s">
-        <v>2006</v>
+        <v>1864</v>
       </c>
       <c r="D46" t="s">
-        <v>2007</v>
+        <v>1865</v>
       </c>
     </row>
     <row r="47" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B47" t="s">
-        <v>2008</v>
+        <v>1866</v>
       </c>
       <c r="C47" t="s">
-        <v>1871</v>
+        <v>1729</v>
       </c>
       <c r="D47" t="s">
-        <v>2009</v>
+        <v>1867</v>
       </c>
     </row>
     <row r="48" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B48" t="s">
-        <v>2010</v>
+        <v>1868</v>
       </c>
       <c r="C48" t="s">
-        <v>1874</v>
+        <v>1732</v>
       </c>
       <c r="D48" t="s">
-        <v>2011</v>
+        <v>1869</v>
       </c>
     </row>
     <row r="49" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B49" t="s">
-        <v>2012</v>
+        <v>1870</v>
       </c>
       <c r="C49" t="s">
-        <v>2013</v>
+        <v>1871</v>
       </c>
       <c r="D49" t="s">
-        <v>2014</v>
+        <v>1872</v>
       </c>
     </row>
     <row r="50" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B50" t="s">
-        <v>2015</v>
+        <v>1873</v>
       </c>
       <c r="C50" t="s">
-        <v>2016</v>
+        <v>1874</v>
       </c>
       <c r="D50" t="s">
-        <v>2017</v>
+        <v>1875</v>
       </c>
     </row>
     <row r="51" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B51" t="s">
-        <v>2018</v>
+        <v>1876</v>
       </c>
       <c r="C51" t="s">
-        <v>2019</v>
+        <v>1877</v>
       </c>
       <c r="D51" t="s">
-        <v>2020</v>
+        <v>1878</v>
       </c>
     </row>
     <row r="52" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B52" t="s">
-        <v>2021</v>
+        <v>1879</v>
       </c>
       <c r="D52" t="s">
-        <v>2022</v>
+        <v>1880</v>
       </c>
     </row>
     <row r="53" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B53" t="s">
-        <v>2023</v>
+        <v>1881</v>
       </c>
       <c r="C53" t="s">
-        <v>1879</v>
+        <v>1737</v>
       </c>
       <c r="D53" t="s">
-        <v>2024</v>
+        <v>1882</v>
       </c>
     </row>
     <row r="54" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B54" t="s">
-        <v>2025</v>
+        <v>1883</v>
       </c>
       <c r="C54" t="s">
-        <v>1882</v>
+        <v>1740</v>
       </c>
       <c r="D54" t="s">
-        <v>2026</v>
+        <v>1884</v>
       </c>
     </row>
     <row r="55" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B55" t="s">
-        <v>2027</v>
+        <v>1885</v>
       </c>
       <c r="C55" t="s">
-        <v>1885</v>
+        <v>1743</v>
       </c>
       <c r="D55" t="s">
-        <v>2028</v>
+        <v>1886</v>
       </c>
     </row>
     <row r="56" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B56" t="s">
-        <v>2029</v>
+        <v>1887</v>
       </c>
       <c r="C56" t="s">
+        <v>1746</v>
+      </c>
+      <c r="D56" t="s">
         <v>1888</v>
-      </c>
-[...1 lines deleted...]
-        <v>2030</v>
       </c>
     </row>
     <row r="57" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B57" t="s">
-        <v>2031</v>
+        <v>1889</v>
       </c>
       <c r="C57" t="s">
-        <v>1891</v>
+        <v>1749</v>
       </c>
       <c r="D57" t="s">
-        <v>2032</v>
+        <v>1890</v>
       </c>
     </row>
     <row r="58" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B58" t="s">
-        <v>2033</v>
+        <v>1891</v>
       </c>
       <c r="C58" t="s">
-        <v>2034</v>
+        <v>1892</v>
       </c>
       <c r="D58" t="s">
-        <v>2035</v>
+        <v>1893</v>
       </c>
     </row>
     <row r="59" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B59" t="s">
-        <v>2036</v>
+        <v>1894</v>
       </c>
       <c r="C59" t="s">
-        <v>2037</v>
+        <v>1895</v>
       </c>
       <c r="D59" t="s">
-        <v>2038</v>
+        <v>1896</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="A1:D20"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>92</v>
+        <v>68</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>93</v>
+        <v>69</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>94</v>
+        <v>70</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
         <v>7</v>
       </c>
       <c r="B2" t="s">
         <v>8</v>
       </c>
       <c r="D2" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
     </row>
     <row r="3" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
-        <v>95</v>
+        <v>71</v>
       </c>
       <c r="B3" t="s">
-        <v>96</v>
+        <v>72</v>
       </c>
       <c r="D3" t="s">
-        <v>97</v>
+        <v>73</v>
       </c>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B4" t="s">
-        <v>98</v>
+        <v>74</v>
       </c>
       <c r="D4" t="s">
-        <v>99</v>
+        <v>75</v>
       </c>
     </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B5" t="s">
-        <v>100</v>
+        <v>76</v>
       </c>
       <c r="D5" t="s">
-        <v>101</v>
+        <v>77</v>
       </c>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B6" t="s">
-        <v>102</v>
+        <v>78</v>
       </c>
       <c r="C6" t="s">
-        <v>103</v>
+        <v>79</v>
       </c>
       <c r="D6" t="s">
-        <v>104</v>
+        <v>80</v>
       </c>
     </row>
     <row r="7" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B7" t="s">
-        <v>105</v>
+        <v>81</v>
       </c>
       <c r="C7" t="s">
-        <v>106</v>
+        <v>82</v>
       </c>
       <c r="D7" t="s">
-        <v>107</v>
+        <v>83</v>
       </c>
     </row>
     <row r="8" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B8" t="s">
-        <v>108</v>
+        <v>84</v>
       </c>
       <c r="C8" t="s">
-        <v>109</v>
+        <v>85</v>
       </c>
       <c r="D8" t="s">
-        <v>110</v>
+        <v>86</v>
       </c>
     </row>
     <row r="9" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B9" t="s">
-        <v>111</v>
+        <v>87</v>
       </c>
       <c r="C9" t="s">
-        <v>112</v>
+        <v>88</v>
       </c>
       <c r="D9" t="s">
-        <v>113</v>
+        <v>89</v>
       </c>
     </row>
     <row r="10" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B10" t="s">
-        <v>114</v>
+        <v>90</v>
       </c>
       <c r="C10" t="s">
-        <v>115</v>
+        <v>91</v>
       </c>
       <c r="D10" t="s">
-        <v>116</v>
+        <v>92</v>
       </c>
     </row>
     <row r="11" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B11" t="s">
-        <v>117</v>
+        <v>93</v>
       </c>
       <c r="C11" t="s">
-        <v>118</v>
+        <v>94</v>
       </c>
       <c r="D11" t="s">
-        <v>119</v>
+        <v>95</v>
       </c>
     </row>
     <row r="12" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B12" t="s">
-        <v>120</v>
+        <v>96</v>
       </c>
       <c r="C12" t="s">
-        <v>121</v>
+        <v>97</v>
       </c>
       <c r="D12" t="s">
-        <v>122</v>
+        <v>98</v>
       </c>
     </row>
     <row r="13" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B13" t="s">
-        <v>123</v>
+        <v>99</v>
       </c>
       <c r="C13" t="s">
-        <v>124</v>
+        <v>100</v>
       </c>
       <c r="D13" t="s">
-        <v>125</v>
+        <v>101</v>
       </c>
     </row>
     <row r="14" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B14" t="s">
-        <v>126</v>
+        <v>102</v>
       </c>
       <c r="C14" t="s">
-        <v>127</v>
+        <v>103</v>
       </c>
       <c r="D14" t="s">
-        <v>128</v>
+        <v>104</v>
       </c>
     </row>
     <row r="15" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B15" t="s">
-        <v>129</v>
+        <v>105</v>
       </c>
       <c r="C15" t="s">
-        <v>130</v>
+        <v>106</v>
       </c>
       <c r="D15" t="s">
-        <v>131</v>
+        <v>107</v>
       </c>
     </row>
     <row r="16" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B16" t="s">
-        <v>132</v>
+        <v>108</v>
       </c>
       <c r="C16" t="s">
-        <v>133</v>
+        <v>109</v>
       </c>
       <c r="D16" t="s">
-        <v>134</v>
+        <v>110</v>
       </c>
     </row>
     <row r="17" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B17" t="s">
-        <v>135</v>
+        <v>111</v>
       </c>
       <c r="C17" t="s">
-        <v>136</v>
+        <v>112</v>
       </c>
       <c r="D17" t="s">
-        <v>137</v>
+        <v>113</v>
       </c>
     </row>
     <row r="18" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B18" t="s">
-        <v>138</v>
+        <v>114</v>
       </c>
       <c r="C18" t="s">
-        <v>139</v>
+        <v>115</v>
       </c>
       <c r="D18" t="s">
-        <v>140</v>
+        <v>116</v>
       </c>
     </row>
     <row r="19" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B19" t="s">
-        <v>141</v>
+        <v>117</v>
       </c>
       <c r="C19" t="s">
-        <v>142</v>
+        <v>118</v>
       </c>
       <c r="D19" t="s">
-        <v>143</v>
+        <v>119</v>
       </c>
     </row>
     <row r="20" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B20" t="s">
-        <v>144</v>
+        <v>120</v>
       </c>
       <c r="D20" t="s">
-        <v>145</v>
+        <v>121</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet20.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1300-000000000000}">
   <dimension ref="A1:D76"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>92</v>
+        <v>68</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>93</v>
+        <v>69</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>94</v>
+        <v>70</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
-        <v>71</v>
+        <v>52</v>
       </c>
       <c r="B2" t="s">
-        <v>72</v>
+        <v>53</v>
       </c>
       <c r="D2" t="s">
-        <v>74</v>
+        <v>54</v>
       </c>
     </row>
     <row r="3" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
-        <v>2039</v>
+        <v>1897</v>
       </c>
       <c r="B3" t="s">
-        <v>96</v>
+        <v>72</v>
       </c>
       <c r="D3" t="s">
-        <v>2042</v>
+        <v>1900</v>
       </c>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A4" t="s">
-        <v>2040</v>
+        <v>1898</v>
       </c>
       <c r="B4" t="s">
-        <v>98</v>
+        <v>74</v>
       </c>
       <c r="D4" t="s">
-        <v>2043</v>
+        <v>1901</v>
       </c>
     </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A5" t="s">
-        <v>2041</v>
+        <v>1899</v>
       </c>
       <c r="B5" t="s">
-        <v>1554</v>
+        <v>1412</v>
       </c>
       <c r="D5" t="s">
-        <v>2044</v>
+        <v>1902</v>
       </c>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B6" t="s">
-        <v>270</v>
+        <v>246</v>
       </c>
       <c r="D6" t="s">
-        <v>2045</v>
+        <v>1903</v>
       </c>
     </row>
     <row r="7" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B7" t="s">
-        <v>2046</v>
+        <v>1904</v>
       </c>
       <c r="D7" t="s">
-        <v>2047</v>
+        <v>1905</v>
       </c>
     </row>
     <row r="8" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B8" t="s">
-        <v>2048</v>
+        <v>1906</v>
       </c>
       <c r="D8" t="s">
-        <v>2049</v>
+        <v>1907</v>
       </c>
     </row>
     <row r="9" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B9" t="s">
-        <v>2050</v>
+        <v>1908</v>
       </c>
       <c r="D9" t="s">
-        <v>2051</v>
+        <v>1909</v>
       </c>
     </row>
     <row r="10" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B10" t="s">
-        <v>2052</v>
+        <v>1910</v>
       </c>
       <c r="C10" t="s">
-        <v>2053</v>
+        <v>1911</v>
       </c>
       <c r="D10" t="s">
-        <v>2054</v>
+        <v>1912</v>
       </c>
     </row>
     <row r="11" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B11" t="s">
-        <v>2055</v>
+        <v>1913</v>
       </c>
       <c r="C11" t="s">
-        <v>2056</v>
+        <v>1914</v>
       </c>
       <c r="D11" t="s">
-        <v>2057</v>
+        <v>1915</v>
       </c>
     </row>
     <row r="12" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B12" t="s">
-        <v>2058</v>
+        <v>1916</v>
       </c>
       <c r="C12" t="s">
-        <v>2059</v>
+        <v>1917</v>
       </c>
       <c r="D12" t="s">
-        <v>2060</v>
+        <v>1918</v>
       </c>
     </row>
     <row r="13" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B13" t="s">
-        <v>2061</v>
+        <v>1919</v>
       </c>
       <c r="C13" t="s">
-        <v>2062</v>
+        <v>1920</v>
       </c>
       <c r="D13" t="s">
-        <v>2063</v>
+        <v>1921</v>
       </c>
     </row>
     <row r="14" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B14" t="s">
-        <v>2064</v>
+        <v>1922</v>
       </c>
       <c r="C14" t="s">
-        <v>2065</v>
+        <v>1923</v>
       </c>
       <c r="D14" t="s">
-        <v>2066</v>
+        <v>1924</v>
       </c>
     </row>
     <row r="15" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B15" t="s">
-        <v>2067</v>
+        <v>1925</v>
       </c>
       <c r="C15" t="s">
-        <v>2068</v>
+        <v>1926</v>
       </c>
       <c r="D15" t="s">
-        <v>2069</v>
+        <v>1927</v>
       </c>
     </row>
     <row r="16" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B16" t="s">
-        <v>2070</v>
+        <v>1928</v>
       </c>
       <c r="C16" t="s">
-        <v>2071</v>
+        <v>1929</v>
       </c>
       <c r="D16" t="s">
-        <v>2072</v>
+        <v>1930</v>
       </c>
     </row>
     <row r="17" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B17" t="s">
-        <v>2073</v>
+        <v>1931</v>
       </c>
       <c r="C17" t="s">
-        <v>2074</v>
+        <v>1932</v>
       </c>
       <c r="D17" t="s">
-        <v>2075</v>
+        <v>1933</v>
       </c>
     </row>
     <row r="18" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B18" t="s">
-        <v>2076</v>
+        <v>1934</v>
       </c>
       <c r="D18" t="s">
-        <v>2077</v>
+        <v>1935</v>
       </c>
     </row>
     <row r="19" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B19" t="s">
-        <v>2078</v>
+        <v>1936</v>
       </c>
       <c r="C19" t="s">
-        <v>2079</v>
+        <v>1937</v>
       </c>
       <c r="D19" t="s">
-        <v>2080</v>
+        <v>1938</v>
       </c>
     </row>
     <row r="20" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B20" t="s">
-        <v>2081</v>
+        <v>1939</v>
       </c>
       <c r="C20" t="s">
-        <v>2082</v>
+        <v>1940</v>
       </c>
       <c r="D20" t="s">
-        <v>2083</v>
+        <v>1941</v>
       </c>
     </row>
     <row r="21" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B21" t="s">
-        <v>2084</v>
+        <v>1942</v>
       </c>
       <c r="C21" t="s">
-        <v>2085</v>
+        <v>1943</v>
       </c>
       <c r="D21" t="s">
-        <v>2086</v>
+        <v>1944</v>
       </c>
     </row>
     <row r="22" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B22" t="s">
-        <v>2087</v>
+        <v>1945</v>
       </c>
       <c r="C22" t="s">
-        <v>2088</v>
+        <v>1946</v>
       </c>
       <c r="D22" t="s">
-        <v>2089</v>
+        <v>1947</v>
       </c>
     </row>
     <row r="23" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B23" t="s">
-        <v>2090</v>
+        <v>1948</v>
       </c>
       <c r="C23" t="s">
-        <v>2091</v>
+        <v>1949</v>
       </c>
       <c r="D23" t="s">
-        <v>2092</v>
+        <v>1950</v>
       </c>
     </row>
     <row r="24" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B24" t="s">
-        <v>2093</v>
+        <v>1951</v>
       </c>
       <c r="C24" t="s">
-        <v>2094</v>
+        <v>1952</v>
       </c>
       <c r="D24" t="s">
-        <v>2095</v>
+        <v>1953</v>
       </c>
     </row>
     <row r="25" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B25" t="s">
-        <v>2096</v>
+        <v>1954</v>
       </c>
       <c r="C25" t="s">
-        <v>2097</v>
+        <v>1955</v>
       </c>
       <c r="D25" t="s">
-        <v>2098</v>
+        <v>1956</v>
       </c>
     </row>
     <row r="26" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B26" t="s">
-        <v>2099</v>
+        <v>1957</v>
       </c>
       <c r="C26" t="s">
-        <v>2100</v>
+        <v>1958</v>
       </c>
       <c r="D26" t="s">
-        <v>2101</v>
+        <v>1959</v>
       </c>
     </row>
     <row r="27" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B27" t="s">
-        <v>2102</v>
+        <v>1960</v>
       </c>
       <c r="C27" t="s">
-        <v>2103</v>
+        <v>1961</v>
       </c>
       <c r="D27" t="s">
-        <v>2104</v>
+        <v>1962</v>
       </c>
     </row>
     <row r="28" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B28" t="s">
-        <v>2105</v>
+        <v>1963</v>
       </c>
       <c r="C28" t="s">
-        <v>2106</v>
+        <v>1964</v>
       </c>
       <c r="D28" t="s">
-        <v>2107</v>
+        <v>1965</v>
       </c>
     </row>
     <row r="29" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B29" t="s">
-        <v>2108</v>
+        <v>1966</v>
       </c>
       <c r="C29" t="s">
-        <v>2109</v>
+        <v>1967</v>
       </c>
       <c r="D29" t="s">
-        <v>2110</v>
+        <v>1968</v>
       </c>
     </row>
     <row r="30" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B30" t="s">
-        <v>2111</v>
+        <v>1969</v>
       </c>
       <c r="C30" t="s">
-        <v>2112</v>
+        <v>1970</v>
       </c>
       <c r="D30" t="s">
-        <v>2113</v>
+        <v>1971</v>
       </c>
     </row>
     <row r="31" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B31" t="s">
-        <v>2114</v>
+        <v>1972</v>
       </c>
       <c r="C31" t="s">
-        <v>2115</v>
+        <v>1973</v>
       </c>
       <c r="D31" t="s">
-        <v>2116</v>
+        <v>1974</v>
       </c>
     </row>
     <row r="32" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B32" t="s">
-        <v>2117</v>
+        <v>1975</v>
       </c>
       <c r="C32" t="s">
-        <v>2118</v>
+        <v>1976</v>
       </c>
       <c r="D32" t="s">
-        <v>2119</v>
+        <v>1977</v>
       </c>
     </row>
     <row r="33" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B33" t="s">
-        <v>2120</v>
+        <v>1978</v>
       </c>
       <c r="D33" t="s">
-        <v>2121</v>
+        <v>1979</v>
       </c>
     </row>
     <row r="34" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B34" t="s">
-        <v>2122</v>
+        <v>1980</v>
       </c>
       <c r="C34" t="s">
-        <v>2123</v>
+        <v>1981</v>
       </c>
       <c r="D34" t="s">
-        <v>2124</v>
+        <v>1982</v>
       </c>
     </row>
     <row r="35" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B35" t="s">
-        <v>2125</v>
+        <v>1983</v>
       </c>
       <c r="C35" t="s">
-        <v>2126</v>
+        <v>1984</v>
       </c>
       <c r="D35" t="s">
-        <v>2127</v>
+        <v>1985</v>
       </c>
     </row>
     <row r="36" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B36" t="s">
-        <v>2128</v>
+        <v>1986</v>
       </c>
       <c r="C36" t="s">
-        <v>2129</v>
+        <v>1987</v>
       </c>
       <c r="D36" t="s">
-        <v>2130</v>
+        <v>1988</v>
       </c>
     </row>
     <row r="37" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B37" t="s">
-        <v>2131</v>
+        <v>1989</v>
       </c>
       <c r="C37" t="s">
-        <v>2132</v>
+        <v>1990</v>
       </c>
       <c r="D37" t="s">
-        <v>2133</v>
+        <v>1991</v>
       </c>
     </row>
     <row r="38" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B38" t="s">
-        <v>2134</v>
+        <v>1992</v>
       </c>
       <c r="C38" t="s">
-        <v>2135</v>
+        <v>1993</v>
       </c>
       <c r="D38" t="s">
-        <v>2136</v>
+        <v>1994</v>
       </c>
     </row>
     <row r="39" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B39" t="s">
-        <v>2137</v>
+        <v>1995</v>
       </c>
       <c r="C39" t="s">
-        <v>2138</v>
+        <v>1996</v>
       </c>
       <c r="D39" t="s">
-        <v>2139</v>
+        <v>1997</v>
       </c>
     </row>
     <row r="40" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B40" t="s">
-        <v>2140</v>
+        <v>1998</v>
       </c>
       <c r="C40" t="s">
-        <v>2141</v>
+        <v>1999</v>
       </c>
       <c r="D40" t="s">
-        <v>2142</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="41" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B41" t="s">
-        <v>2143</v>
+        <v>2001</v>
       </c>
       <c r="C41" t="s">
-        <v>2144</v>
+        <v>2002</v>
       </c>
       <c r="D41" t="s">
-        <v>2145</v>
+        <v>2003</v>
       </c>
     </row>
     <row r="42" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B42" t="s">
-        <v>2146</v>
+        <v>2004</v>
       </c>
       <c r="C42" t="s">
-        <v>2147</v>
+        <v>2005</v>
       </c>
       <c r="D42" t="s">
-        <v>2148</v>
+        <v>2006</v>
       </c>
     </row>
     <row r="43" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B43" t="s">
-        <v>2149</v>
+        <v>2007</v>
       </c>
       <c r="C43" t="s">
-        <v>2150</v>
+        <v>2008</v>
       </c>
       <c r="D43" t="s">
-        <v>2151</v>
+        <v>2009</v>
       </c>
     </row>
     <row r="44" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B44" t="s">
-        <v>2152</v>
+        <v>2010</v>
       </c>
       <c r="C44" t="s">
-        <v>2153</v>
+        <v>2011</v>
       </c>
       <c r="D44" t="s">
-        <v>2154</v>
+        <v>2012</v>
       </c>
     </row>
     <row r="45" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B45" t="s">
-        <v>2155</v>
+        <v>2013</v>
       </c>
       <c r="C45" t="s">
-        <v>2156</v>
+        <v>2014</v>
       </c>
       <c r="D45" t="s">
-        <v>2157</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="46" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B46" t="s">
-        <v>2158</v>
+        <v>2016</v>
       </c>
       <c r="C46" t="s">
-        <v>2159</v>
+        <v>2017</v>
       </c>
       <c r="D46" t="s">
-        <v>2160</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="47" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B47" t="s">
-        <v>2161</v>
+        <v>2019</v>
       </c>
       <c r="C47" t="s">
-        <v>2162</v>
+        <v>2020</v>
       </c>
       <c r="D47" t="s">
-        <v>2163</v>
+        <v>2021</v>
       </c>
     </row>
     <row r="48" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B48" t="s">
-        <v>2164</v>
+        <v>2022</v>
       </c>
       <c r="C48" t="s">
-        <v>2165</v>
+        <v>2023</v>
       </c>
       <c r="D48" t="s">
-        <v>2166</v>
+        <v>2024</v>
       </c>
     </row>
     <row r="49" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B49" t="s">
-        <v>2167</v>
+        <v>2025</v>
       </c>
       <c r="C49" t="s">
-        <v>2168</v>
+        <v>2026</v>
       </c>
       <c r="D49" t="s">
-        <v>2169</v>
+        <v>2027</v>
       </c>
     </row>
     <row r="50" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B50" t="s">
-        <v>2170</v>
+        <v>2028</v>
       </c>
       <c r="C50" t="s">
-        <v>2171</v>
+        <v>2029</v>
       </c>
       <c r="D50" t="s">
-        <v>2172</v>
+        <v>2030</v>
       </c>
     </row>
     <row r="51" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B51" t="s">
-        <v>2173</v>
+        <v>2031</v>
       </c>
       <c r="C51" t="s">
-        <v>2174</v>
+        <v>2032</v>
       </c>
       <c r="D51" t="s">
-        <v>2175</v>
+        <v>2033</v>
       </c>
     </row>
     <row r="52" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B52" t="s">
-        <v>2176</v>
+        <v>2034</v>
       </c>
       <c r="D52" t="s">
-        <v>2177</v>
+        <v>2035</v>
       </c>
     </row>
     <row r="53" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B53" t="s">
-        <v>2178</v>
+        <v>2036</v>
       </c>
       <c r="C53" t="s">
-        <v>2179</v>
+        <v>2037</v>
       </c>
       <c r="D53" t="s">
-        <v>2180</v>
+        <v>2038</v>
       </c>
     </row>
     <row r="54" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B54" t="s">
-        <v>2181</v>
+        <v>2039</v>
       </c>
       <c r="C54" t="s">
-        <v>2182</v>
+        <v>2040</v>
       </c>
       <c r="D54" t="s">
-        <v>2183</v>
+        <v>2041</v>
       </c>
     </row>
     <row r="55" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B55" t="s">
-        <v>2184</v>
+        <v>2042</v>
       </c>
       <c r="C55" t="s">
-        <v>2185</v>
+        <v>2043</v>
       </c>
       <c r="D55" t="s">
-        <v>2186</v>
+        <v>2044</v>
       </c>
     </row>
     <row r="56" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B56" t="s">
-        <v>2187</v>
+        <v>2045</v>
       </c>
       <c r="C56" t="s">
-        <v>2188</v>
+        <v>2046</v>
       </c>
       <c r="D56" t="s">
-        <v>2189</v>
+        <v>2047</v>
       </c>
     </row>
     <row r="57" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B57" t="s">
-        <v>2190</v>
+        <v>2048</v>
       </c>
       <c r="C57" t="s">
-        <v>2191</v>
+        <v>2049</v>
       </c>
       <c r="D57" t="s">
-        <v>2192</v>
+        <v>2050</v>
       </c>
     </row>
     <row r="58" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B58" t="s">
-        <v>2193</v>
+        <v>2051</v>
       </c>
       <c r="C58" t="s">
-        <v>2194</v>
+        <v>2052</v>
       </c>
       <c r="D58" t="s">
-        <v>2195</v>
+        <v>2053</v>
       </c>
     </row>
     <row r="59" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B59" t="s">
-        <v>2196</v>
+        <v>2054</v>
       </c>
       <c r="C59" t="s">
-        <v>2197</v>
+        <v>2055</v>
       </c>
       <c r="D59" t="s">
-        <v>2198</v>
+        <v>2056</v>
       </c>
     </row>
     <row r="60" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B60" t="s">
-        <v>2199</v>
+        <v>2057</v>
       </c>
       <c r="C60" t="s">
-        <v>2200</v>
+        <v>2058</v>
       </c>
       <c r="D60" t="s">
-        <v>2201</v>
+        <v>2059</v>
       </c>
     </row>
     <row r="61" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B61" t="s">
-        <v>2202</v>
+        <v>2060</v>
       </c>
       <c r="C61" t="s">
-        <v>2203</v>
+        <v>2061</v>
       </c>
       <c r="D61" t="s">
-        <v>2204</v>
+        <v>2062</v>
       </c>
     </row>
     <row r="62" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B62" t="s">
-        <v>2205</v>
+        <v>2063</v>
       </c>
       <c r="C62" t="s">
-        <v>2206</v>
+        <v>2064</v>
       </c>
       <c r="D62" t="s">
-        <v>2207</v>
+        <v>2065</v>
       </c>
     </row>
     <row r="63" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B63" t="s">
-        <v>2208</v>
+        <v>2066</v>
       </c>
       <c r="D63" t="s">
-        <v>2209</v>
+        <v>2067</v>
       </c>
     </row>
     <row r="64" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B64" t="s">
-        <v>2210</v>
+        <v>2068</v>
       </c>
       <c r="C64" t="s">
-        <v>2211</v>
+        <v>2069</v>
       </c>
       <c r="D64" t="s">
-        <v>2212</v>
+        <v>2070</v>
       </c>
     </row>
     <row r="65" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B65" t="s">
-        <v>2213</v>
+        <v>2071</v>
       </c>
       <c r="C65" t="s">
-        <v>2214</v>
+        <v>2072</v>
       </c>
       <c r="D65" t="s">
-        <v>2215</v>
+        <v>2073</v>
       </c>
     </row>
     <row r="66" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B66" t="s">
-        <v>2216</v>
+        <v>2074</v>
       </c>
       <c r="C66" t="s">
-        <v>2217</v>
+        <v>2075</v>
       </c>
       <c r="D66" t="s">
-        <v>2218</v>
+        <v>2076</v>
       </c>
     </row>
     <row r="67" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B67" t="s">
-        <v>2219</v>
+        <v>2077</v>
       </c>
       <c r="C67" t="s">
-        <v>2220</v>
+        <v>2078</v>
       </c>
       <c r="D67" t="s">
-        <v>2221</v>
+        <v>2079</v>
       </c>
     </row>
     <row r="68" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B68" t="s">
-        <v>2222</v>
+        <v>2080</v>
       </c>
       <c r="D68" t="s">
-        <v>2223</v>
+        <v>2081</v>
       </c>
     </row>
     <row r="69" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B69" t="s">
-        <v>2224</v>
+        <v>2082</v>
       </c>
       <c r="C69" t="s">
-        <v>2225</v>
+        <v>2083</v>
       </c>
       <c r="D69" t="s">
-        <v>2226</v>
+        <v>2084</v>
       </c>
     </row>
     <row r="70" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B70" t="s">
-        <v>2227</v>
+        <v>2085</v>
       </c>
       <c r="C70" t="s">
-        <v>2228</v>
+        <v>2086</v>
       </c>
       <c r="D70" t="s">
-        <v>2229</v>
+        <v>2087</v>
       </c>
     </row>
     <row r="71" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B71" t="s">
-        <v>2230</v>
+        <v>2088</v>
       </c>
       <c r="C71" t="s">
-        <v>2231</v>
+        <v>2089</v>
       </c>
       <c r="D71" t="s">
-        <v>2232</v>
+        <v>2090</v>
       </c>
     </row>
     <row r="72" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B72" t="s">
-        <v>2233</v>
+        <v>2091</v>
       </c>
       <c r="C72" t="s">
-        <v>2234</v>
+        <v>2092</v>
       </c>
       <c r="D72" t="s">
-        <v>2235</v>
+        <v>2093</v>
       </c>
     </row>
     <row r="73" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B73" t="s">
-        <v>2236</v>
+        <v>2094</v>
       </c>
       <c r="C73" t="s">
-        <v>2237</v>
+        <v>2095</v>
       </c>
       <c r="D73" t="s">
-        <v>2238</v>
+        <v>2096</v>
       </c>
     </row>
     <row r="74" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B74" t="s">
-        <v>2239</v>
+        <v>2097</v>
       </c>
       <c r="D74" t="s">
-        <v>2240</v>
+        <v>2098</v>
       </c>
     </row>
     <row r="75" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B75" t="s">
-        <v>2241</v>
+        <v>2099</v>
       </c>
       <c r="C75" t="s">
-        <v>2242</v>
+        <v>2100</v>
       </c>
       <c r="D75" t="s">
-        <v>2243</v>
+        <v>2101</v>
       </c>
     </row>
     <row r="76" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B76" t="s">
-        <v>2244</v>
+        <v>2102</v>
       </c>
       <c r="C76" t="s">
-        <v>2245</v>
+        <v>2103</v>
       </c>
       <c r="D76" t="s">
-        <v>2246</v>
+        <v>2104</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet21.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1400-000000000000}">
   <dimension ref="A1:D34"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>92</v>
+        <v>68</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>93</v>
+        <v>69</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>94</v>
+        <v>70</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
-        <v>75</v>
+        <v>55</v>
       </c>
       <c r="B2" t="s">
-        <v>76</v>
+        <v>56</v>
       </c>
       <c r="D2" t="s">
-        <v>78</v>
+        <v>57</v>
       </c>
     </row>
     <row r="3" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B3" t="s">
-        <v>96</v>
+        <v>72</v>
       </c>
       <c r="D3" t="s">
-        <v>2247</v>
+        <v>2105</v>
       </c>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B4" t="s">
-        <v>274</v>
+        <v>250</v>
       </c>
       <c r="D4" t="s">
-        <v>2248</v>
+        <v>2106</v>
       </c>
     </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B5" t="s">
-        <v>270</v>
+        <v>246</v>
       </c>
       <c r="D5" t="s">
-        <v>2249</v>
+        <v>2107</v>
       </c>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B6" t="s">
-        <v>100</v>
+        <v>76</v>
       </c>
       <c r="D6" t="s">
-        <v>2250</v>
+        <v>2108</v>
       </c>
     </row>
     <row r="7" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B7" t="s">
-        <v>2251</v>
+        <v>2109</v>
       </c>
       <c r="D7" t="s">
-        <v>2252</v>
+        <v>2110</v>
       </c>
     </row>
     <row r="8" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B8" t="s">
-        <v>2253</v>
+        <v>2111</v>
       </c>
       <c r="D8" t="s">
-        <v>2254</v>
+        <v>2112</v>
       </c>
     </row>
     <row r="9" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B9" t="s">
-        <v>2255</v>
+        <v>2113</v>
       </c>
       <c r="D9" t="s">
-        <v>2256</v>
+        <v>2114</v>
       </c>
     </row>
     <row r="10" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B10" t="s">
-        <v>2257</v>
+        <v>2115</v>
       </c>
       <c r="D10" t="s">
-        <v>2258</v>
+        <v>2116</v>
       </c>
     </row>
     <row r="11" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B11" t="s">
-        <v>2259</v>
+        <v>2117</v>
       </c>
       <c r="D11" t="s">
-        <v>2260</v>
+        <v>2118</v>
       </c>
     </row>
     <row r="12" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B12" t="s">
-        <v>527</v>
+        <v>503</v>
       </c>
       <c r="D12" t="s">
-        <v>2261</v>
+        <v>2119</v>
       </c>
     </row>
     <row r="13" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B13" t="s">
-        <v>2262</v>
+        <v>2120</v>
       </c>
       <c r="D13" t="s">
-        <v>2263</v>
+        <v>2121</v>
       </c>
     </row>
     <row r="14" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B14" t="s">
-        <v>811</v>
+        <v>787</v>
       </c>
       <c r="D14" t="s">
-        <v>2264</v>
+        <v>2122</v>
       </c>
     </row>
     <row r="15" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B15" t="s">
-        <v>1023</v>
+        <v>999</v>
       </c>
       <c r="D15" t="s">
-        <v>2265</v>
+        <v>2123</v>
       </c>
     </row>
     <row r="16" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B16" t="s">
-        <v>2266</v>
+        <v>2124</v>
       </c>
       <c r="D16" t="s">
-        <v>2267</v>
+        <v>2125</v>
       </c>
     </row>
     <row r="17" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B17" t="s">
-        <v>2268</v>
+        <v>2126</v>
       </c>
       <c r="D17" t="s">
-        <v>2269</v>
+        <v>2127</v>
       </c>
     </row>
     <row r="18" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B18" t="s">
-        <v>2270</v>
+        <v>2128</v>
       </c>
       <c r="D18" t="s">
-        <v>2271</v>
+        <v>2129</v>
       </c>
     </row>
     <row r="19" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B19" t="s">
-        <v>2272</v>
+        <v>2130</v>
       </c>
       <c r="D19" t="s">
-        <v>2273</v>
+        <v>2131</v>
       </c>
     </row>
     <row r="20" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B20" t="s">
-        <v>2274</v>
+        <v>2132</v>
       </c>
       <c r="D20" t="s">
-        <v>2275</v>
+        <v>2133</v>
       </c>
     </row>
     <row r="21" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B21" t="s">
-        <v>2276</v>
+        <v>2134</v>
       </c>
       <c r="D21" t="s">
-        <v>2277</v>
+        <v>2135</v>
       </c>
     </row>
     <row r="22" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B22" t="s">
-        <v>2278</v>
+        <v>2136</v>
       </c>
       <c r="D22" t="s">
-        <v>2279</v>
+        <v>2137</v>
       </c>
     </row>
     <row r="23" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B23" t="s">
-        <v>2280</v>
+        <v>2138</v>
       </c>
       <c r="D23" t="s">
-        <v>2281</v>
+        <v>2139</v>
       </c>
     </row>
     <row r="24" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B24" t="s">
-        <v>2282</v>
+        <v>2140</v>
       </c>
       <c r="D24" t="s">
-        <v>2283</v>
+        <v>2141</v>
       </c>
     </row>
     <row r="25" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B25" t="s">
-        <v>2284</v>
+        <v>2142</v>
       </c>
       <c r="D25" t="s">
-        <v>2285</v>
+        <v>2143</v>
       </c>
     </row>
     <row r="26" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B26" t="s">
-        <v>2286</v>
+        <v>2144</v>
       </c>
       <c r="D26" t="s">
-        <v>2287</v>
+        <v>2145</v>
       </c>
     </row>
     <row r="27" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B27" t="s">
-        <v>2288</v>
+        <v>2146</v>
       </c>
       <c r="D27" t="s">
-        <v>2289</v>
+        <v>2147</v>
       </c>
     </row>
     <row r="28" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B28" t="s">
-        <v>2290</v>
+        <v>2148</v>
       </c>
       <c r="D28" t="s">
-        <v>2291</v>
+        <v>2149</v>
       </c>
     </row>
     <row r="29" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B29" t="s">
-        <v>2292</v>
+        <v>2150</v>
       </c>
       <c r="C29" t="s">
-        <v>1540</v>
+        <v>1405</v>
       </c>
       <c r="D29" t="s">
-        <v>2293</v>
+        <v>2151</v>
       </c>
     </row>
     <row r="30" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B30" t="s">
-        <v>2294</v>
+        <v>2152</v>
       </c>
       <c r="C30" t="s">
-        <v>1543</v>
+        <v>1406</v>
       </c>
       <c r="D30" t="s">
-        <v>2295</v>
+        <v>2153</v>
       </c>
     </row>
     <row r="31" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B31" t="s">
-        <v>2296</v>
+        <v>2154</v>
       </c>
       <c r="C31" t="s">
-        <v>1546</v>
+        <v>1407</v>
       </c>
       <c r="D31" t="s">
-        <v>2297</v>
+        <v>2155</v>
       </c>
     </row>
     <row r="32" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B32" t="s">
-        <v>2298</v>
+        <v>2156</v>
       </c>
       <c r="C32" t="s">
-        <v>1549</v>
+        <v>1408</v>
       </c>
       <c r="D32" t="s">
-        <v>2299</v>
+        <v>2157</v>
       </c>
     </row>
     <row r="33" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B33" t="s">
-        <v>2300</v>
+        <v>2158</v>
       </c>
       <c r="C33" t="s">
-        <v>2301</v>
+        <v>2159</v>
       </c>
       <c r="D33" t="s">
-        <v>2302</v>
+        <v>2160</v>
       </c>
     </row>
     <row r="34" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B34" t="s">
-        <v>2303</v>
+        <v>2161</v>
       </c>
       <c r="D34" t="s">
-        <v>2304</v>
+        <v>2162</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet22.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1500-000000000000}">
   <dimension ref="A1:D20"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>92</v>
+        <v>68</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>93</v>
+        <v>69</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>94</v>
+        <v>70</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
-        <v>79</v>
+        <v>58</v>
       </c>
       <c r="B2" t="s">
-        <v>80</v>
+        <v>59</v>
       </c>
       <c r="D2" t="s">
-        <v>82</v>
+        <v>60</v>
       </c>
     </row>
     <row r="3" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
-        <v>2305</v>
+        <v>2163</v>
       </c>
       <c r="B3" t="s">
-        <v>96</v>
+        <v>72</v>
       </c>
       <c r="D3" t="s">
-        <v>2306</v>
+        <v>2164</v>
       </c>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B4" t="s">
-        <v>98</v>
+        <v>74</v>
       </c>
       <c r="D4" t="s">
-        <v>2307</v>
+        <v>2165</v>
       </c>
     </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B5" t="s">
-        <v>274</v>
+        <v>250</v>
       </c>
       <c r="D5" t="s">
-        <v>2308</v>
+        <v>2166</v>
       </c>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B6" t="s">
-        <v>270</v>
+        <v>246</v>
       </c>
       <c r="D6" t="s">
-        <v>2309</v>
+        <v>2167</v>
       </c>
     </row>
     <row r="7" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B7" t="s">
-        <v>100</v>
+        <v>76</v>
       </c>
       <c r="D7" t="s">
-        <v>2310</v>
+        <v>2168</v>
       </c>
     </row>
     <row r="8" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B8" t="s">
-        <v>2311</v>
+        <v>2169</v>
       </c>
       <c r="C8" t="s">
-        <v>103</v>
+        <v>79</v>
       </c>
       <c r="D8" t="s">
-        <v>2312</v>
+        <v>2170</v>
       </c>
     </row>
     <row r="9" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B9" t="s">
-        <v>2313</v>
+        <v>2171</v>
       </c>
       <c r="C9" t="s">
-        <v>106</v>
+        <v>82</v>
       </c>
       <c r="D9" t="s">
-        <v>2314</v>
+        <v>2172</v>
       </c>
     </row>
     <row r="10" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B10" t="s">
-        <v>2315</v>
+        <v>2173</v>
       </c>
       <c r="C10" t="s">
-        <v>109</v>
+        <v>85</v>
       </c>
       <c r="D10" t="s">
-        <v>2316</v>
+        <v>2174</v>
       </c>
     </row>
     <row r="11" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B11" t="s">
-        <v>2317</v>
+        <v>2175</v>
       </c>
       <c r="C11" t="s">
-        <v>112</v>
+        <v>88</v>
       </c>
       <c r="D11" t="s">
-        <v>2318</v>
+        <v>2176</v>
       </c>
     </row>
     <row r="12" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B12" t="s">
-        <v>2319</v>
+        <v>2177</v>
       </c>
       <c r="C12" t="s">
-        <v>115</v>
+        <v>91</v>
       </c>
       <c r="D12" t="s">
-        <v>2320</v>
+        <v>2178</v>
       </c>
     </row>
     <row r="13" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B13" t="s">
-        <v>120</v>
+        <v>96</v>
       </c>
       <c r="C13" t="s">
-        <v>118</v>
+        <v>94</v>
       </c>
       <c r="D13" t="s">
-        <v>2321</v>
+        <v>2179</v>
       </c>
     </row>
     <row r="14" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B14" t="s">
-        <v>2322</v>
+        <v>2180</v>
       </c>
       <c r="C14" t="s">
-        <v>121</v>
+        <v>97</v>
       </c>
       <c r="D14" t="s">
-        <v>2323</v>
+        <v>2181</v>
       </c>
     </row>
     <row r="15" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B15" t="s">
-        <v>117</v>
+        <v>93</v>
       </c>
       <c r="C15" t="s">
-        <v>124</v>
+        <v>100</v>
       </c>
       <c r="D15" t="s">
-        <v>2324</v>
+        <v>2182</v>
       </c>
     </row>
     <row r="16" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B16" t="s">
-        <v>2325</v>
+        <v>2183</v>
       </c>
       <c r="C16" t="s">
-        <v>127</v>
+        <v>103</v>
       </c>
       <c r="D16" t="s">
-        <v>2326</v>
+        <v>2184</v>
       </c>
     </row>
     <row r="17" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B17" t="s">
-        <v>123</v>
+        <v>99</v>
       </c>
       <c r="C17" t="s">
-        <v>130</v>
+        <v>106</v>
       </c>
       <c r="D17" t="s">
-        <v>2327</v>
+        <v>2185</v>
       </c>
     </row>
     <row r="18" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B18" t="s">
-        <v>2328</v>
+        <v>2186</v>
       </c>
       <c r="C18" t="s">
-        <v>133</v>
+        <v>109</v>
       </c>
       <c r="D18" t="s">
-        <v>2329</v>
+        <v>2187</v>
       </c>
     </row>
     <row r="19" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B19" t="s">
-        <v>2330</v>
+        <v>2188</v>
       </c>
       <c r="C19" t="s">
-        <v>136</v>
+        <v>112</v>
       </c>
       <c r="D19" t="s">
-        <v>2331</v>
+        <v>2189</v>
       </c>
     </row>
     <row r="20" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B20" t="s">
-        <v>2332</v>
+        <v>2190</v>
       </c>
       <c r="C20" t="s">
-        <v>139</v>
+        <v>115</v>
       </c>
       <c r="D20" t="s">
-        <v>2333</v>
+        <v>2191</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet23.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1600-000000000000}">
   <dimension ref="A1:D48"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="18" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="50.7265625" customWidth="1"/>
     <col min="3" max="3" width="9.7265625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>92</v>
+        <v>68</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>93</v>
+        <v>69</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>94</v>
+        <v>70</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
-        <v>83</v>
+        <v>61</v>
       </c>
       <c r="B2" t="s">
-        <v>2765</v>
+        <v>2623</v>
       </c>
       <c r="D2" t="s">
-        <v>2767</v>
+        <v>2624</v>
       </c>
     </row>
     <row r="3" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
-        <v>2334</v>
+        <v>2192</v>
       </c>
       <c r="B3" t="s">
-        <v>96</v>
+        <v>72</v>
       </c>
       <c r="D3" t="s">
-        <v>2768</v>
+        <v>2625</v>
       </c>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A4" t="s">
-        <v>2335</v>
+        <v>2193</v>
       </c>
       <c r="B4" t="s">
-        <v>1214</v>
+        <v>1190</v>
       </c>
       <c r="D4" t="s">
-        <v>2769</v>
+        <v>2626</v>
       </c>
     </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B5" t="s">
-        <v>2770</v>
+        <v>2627</v>
       </c>
       <c r="D5" t="s">
-        <v>2771</v>
+        <v>2628</v>
       </c>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B6" t="s">
-        <v>2772</v>
+        <v>2629</v>
       </c>
       <c r="D6" t="s">
-        <v>2773</v>
+        <v>2630</v>
       </c>
     </row>
     <row r="7" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B7" t="s">
-        <v>2535</v>
+        <v>2393</v>
       </c>
       <c r="D7" t="s">
-        <v>2774</v>
+        <v>2631</v>
       </c>
     </row>
     <row r="8" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B8" t="s">
-        <v>2775</v>
+        <v>2632</v>
       </c>
       <c r="D8" t="s">
-        <v>2776</v>
+        <v>2633</v>
       </c>
     </row>
     <row r="9" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B9" t="s">
-        <v>2336</v>
+        <v>2194</v>
       </c>
       <c r="C9" t="s">
-        <v>103</v>
+        <v>79</v>
       </c>
       <c r="D9" t="s">
-        <v>2777</v>
+        <v>2634</v>
       </c>
     </row>
     <row r="10" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B10" t="s">
-        <v>2337</v>
+        <v>2195</v>
       </c>
       <c r="C10" t="s">
-        <v>106</v>
+        <v>82</v>
       </c>
       <c r="D10" t="s">
-        <v>2778</v>
+        <v>2635</v>
       </c>
     </row>
     <row r="11" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B11" t="s">
-        <v>2338</v>
+        <v>2196</v>
       </c>
       <c r="C11" t="s">
-        <v>109</v>
+        <v>85</v>
       </c>
       <c r="D11" t="s">
-        <v>2779</v>
+        <v>2636</v>
       </c>
     </row>
     <row r="12" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B12" t="s">
-        <v>2339</v>
+        <v>2197</v>
       </c>
       <c r="C12" t="s">
-        <v>112</v>
+        <v>88</v>
       </c>
       <c r="D12" t="s">
-        <v>2780</v>
+        <v>2637</v>
       </c>
     </row>
     <row r="13" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B13" t="s">
-        <v>2340</v>
+        <v>2198</v>
       </c>
       <c r="C13" t="s">
-        <v>115</v>
+        <v>91</v>
       </c>
       <c r="D13" t="s">
-        <v>2781</v>
+        <v>2638</v>
       </c>
     </row>
     <row r="14" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B14" t="s">
-        <v>2782</v>
+        <v>2639</v>
       </c>
       <c r="C14" t="s">
-        <v>118</v>
+        <v>94</v>
       </c>
       <c r="D14" t="s">
-        <v>2783</v>
+        <v>2640</v>
       </c>
     </row>
     <row r="15" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B15" t="s">
-        <v>2341</v>
+        <v>2199</v>
       </c>
       <c r="C15" t="s">
-        <v>121</v>
+        <v>97</v>
       </c>
       <c r="D15" t="s">
-        <v>2784</v>
+        <v>2641</v>
       </c>
     </row>
     <row r="16" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B16" t="s">
-        <v>2785</v>
+        <v>2642</v>
       </c>
       <c r="D16" t="s">
-        <v>2786</v>
+        <v>2643</v>
       </c>
     </row>
     <row r="17" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B17" t="s">
-        <v>2342</v>
+        <v>2200</v>
       </c>
       <c r="C17" t="s">
-        <v>124</v>
+        <v>100</v>
       </c>
       <c r="D17" t="s">
-        <v>2787</v>
+        <v>2644</v>
       </c>
     </row>
     <row r="18" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B18" t="s">
-        <v>2343</v>
+        <v>2201</v>
       </c>
       <c r="C18" t="s">
-        <v>127</v>
+        <v>103</v>
       </c>
       <c r="D18" t="s">
-        <v>2788</v>
+        <v>2645</v>
       </c>
     </row>
     <row r="19" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B19" t="s">
-        <v>809</v>
+        <v>785</v>
       </c>
       <c r="C19" t="s">
-        <v>130</v>
+        <v>106</v>
       </c>
       <c r="D19" t="s">
-        <v>2789</v>
+        <v>2646</v>
       </c>
     </row>
     <row r="20" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B20" t="s">
-        <v>2344</v>
+        <v>2202</v>
       </c>
       <c r="C20" t="s">
-        <v>133</v>
+        <v>109</v>
       </c>
       <c r="D20" t="s">
-        <v>2790</v>
+        <v>2647</v>
       </c>
     </row>
     <row r="21" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B21" t="s">
-        <v>2345</v>
+        <v>2203</v>
       </c>
       <c r="C21" t="s">
-        <v>136</v>
+        <v>112</v>
       </c>
       <c r="D21" t="s">
-        <v>2791</v>
+        <v>2648</v>
       </c>
     </row>
     <row r="22" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B22" t="s">
-        <v>2346</v>
+        <v>2204</v>
       </c>
       <c r="C22" t="s">
-        <v>139</v>
+        <v>115</v>
       </c>
       <c r="D22" t="s">
-        <v>2792</v>
+        <v>2649</v>
       </c>
     </row>
     <row r="23" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B23" t="s">
-        <v>2347</v>
+        <v>2205</v>
       </c>
       <c r="C23" t="s">
-        <v>142</v>
+        <v>118</v>
       </c>
       <c r="D23" t="s">
-        <v>2793</v>
+        <v>2650</v>
       </c>
     </row>
     <row r="24" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B24" t="s">
-        <v>1091</v>
+        <v>1067</v>
       </c>
       <c r="C24" t="s">
-        <v>191</v>
+        <v>167</v>
       </c>
       <c r="D24" t="s">
-        <v>2794</v>
+        <v>2651</v>
       </c>
     </row>
     <row r="25" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B25" t="s">
-        <v>2349</v>
+        <v>2207</v>
       </c>
       <c r="C25" t="s">
-        <v>194</v>
+        <v>170</v>
       </c>
       <c r="D25" t="s">
-        <v>2795</v>
+        <v>2652</v>
       </c>
     </row>
     <row r="26" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B26" t="s">
-        <v>2350</v>
+        <v>2208</v>
       </c>
       <c r="C26" t="s">
-        <v>197</v>
+        <v>173</v>
       </c>
       <c r="D26" t="s">
-        <v>2796</v>
+        <v>2653</v>
       </c>
     </row>
     <row r="27" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B27" t="s">
-        <v>2351</v>
+        <v>2209</v>
       </c>
       <c r="C27" t="s">
-        <v>200</v>
+        <v>176</v>
       </c>
       <c r="D27" t="s">
-        <v>2797</v>
+        <v>2654</v>
       </c>
     </row>
     <row r="28" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B28" t="s">
-        <v>2348</v>
+        <v>2206</v>
       </c>
       <c r="C28" t="s">
-        <v>205</v>
+        <v>181</v>
       </c>
       <c r="D28" t="s">
-        <v>2798</v>
+        <v>2655</v>
       </c>
     </row>
     <row r="29" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B29" t="s">
-        <v>2799</v>
+        <v>2656</v>
       </c>
       <c r="C29" t="s">
-        <v>208</v>
+        <v>184</v>
       </c>
       <c r="D29" t="s">
-        <v>2800</v>
+        <v>2657</v>
       </c>
     </row>
     <row r="30" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B30" t="s">
-        <v>2801</v>
+        <v>2658</v>
       </c>
       <c r="C30" t="s">
-        <v>211</v>
+        <v>187</v>
       </c>
       <c r="D30" t="s">
-        <v>2802</v>
+        <v>2659</v>
       </c>
     </row>
     <row r="31" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B31" t="s">
-        <v>2803</v>
+        <v>2660</v>
       </c>
       <c r="C31" t="s">
-        <v>214</v>
+        <v>190</v>
       </c>
       <c r="D31" t="s">
-        <v>2804</v>
+        <v>2661</v>
       </c>
     </row>
     <row r="32" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B32" t="s">
-        <v>2805</v>
+        <v>2662</v>
       </c>
       <c r="C32" t="s">
-        <v>219</v>
+        <v>195</v>
       </c>
       <c r="D32" t="s">
-        <v>2806</v>
+        <v>2663</v>
       </c>
     </row>
     <row r="33" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B33" t="s">
-        <v>2807</v>
+        <v>2664</v>
       </c>
       <c r="D33" t="s">
-        <v>2808</v>
+        <v>2665</v>
       </c>
     </row>
     <row r="34" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B34" t="s">
-        <v>2352</v>
+        <v>2210</v>
       </c>
       <c r="C34" t="s">
-        <v>222</v>
+        <v>198</v>
       </c>
       <c r="D34" t="s">
-        <v>2809</v>
+        <v>2666</v>
       </c>
     </row>
     <row r="35" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B35" t="s">
-        <v>2353</v>
+        <v>2211</v>
       </c>
       <c r="C35" t="s">
-        <v>227</v>
+        <v>203</v>
       </c>
       <c r="D35" t="s">
-        <v>2810</v>
+        <v>2667</v>
       </c>
     </row>
     <row r="36" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B36" t="s">
-        <v>2354</v>
+        <v>2212</v>
       </c>
       <c r="C36" t="s">
-        <v>230</v>
+        <v>206</v>
       </c>
       <c r="D36" t="s">
-        <v>2811</v>
+        <v>2668</v>
       </c>
     </row>
     <row r="37" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B37" t="s">
-        <v>2812</v>
+        <v>2669</v>
       </c>
       <c r="C37" t="s">
-        <v>236</v>
+        <v>212</v>
       </c>
       <c r="D37" t="s">
-        <v>2813</v>
+        <v>2670</v>
       </c>
     </row>
     <row r="38" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B38" t="s">
-        <v>2814</v>
+        <v>2671</v>
       </c>
       <c r="D38" t="s">
-        <v>2815</v>
+        <v>2672</v>
       </c>
     </row>
     <row r="39" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B39" t="s">
-        <v>2355</v>
+        <v>2213</v>
       </c>
       <c r="C39" t="s">
-        <v>239</v>
+        <v>215</v>
       </c>
       <c r="D39" t="s">
-        <v>2816</v>
+        <v>2673</v>
       </c>
     </row>
     <row r="40" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B40" t="s">
-        <v>2356</v>
+        <v>2214</v>
       </c>
       <c r="C40" t="s">
-        <v>244</v>
+        <v>220</v>
       </c>
       <c r="D40" t="s">
-        <v>2817</v>
+        <v>2674</v>
       </c>
     </row>
     <row r="41" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B41" t="s">
-        <v>2357</v>
+        <v>2215</v>
       </c>
       <c r="C41" t="s">
-        <v>247</v>
+        <v>223</v>
       </c>
       <c r="D41" t="s">
-        <v>2818</v>
+        <v>2675</v>
       </c>
     </row>
     <row r="42" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B42" t="s">
-        <v>2358</v>
+        <v>2216</v>
       </c>
       <c r="C42" t="s">
-        <v>250</v>
+        <v>226</v>
       </c>
       <c r="D42" t="s">
-        <v>2819</v>
+        <v>2676</v>
       </c>
     </row>
     <row r="43" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B43" t="s">
-        <v>2359</v>
+        <v>2217</v>
       </c>
       <c r="C43" t="s">
-        <v>253</v>
+        <v>229</v>
       </c>
       <c r="D43" t="s">
-        <v>2820</v>
+        <v>2677</v>
       </c>
     </row>
     <row r="44" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B44" t="s">
-        <v>2360</v>
+        <v>2218</v>
       </c>
       <c r="C44" t="s">
-        <v>256</v>
+        <v>232</v>
       </c>
       <c r="D44" t="s">
-        <v>2821</v>
+        <v>2678</v>
       </c>
     </row>
     <row r="45" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B45" t="s">
-        <v>2361</v>
+        <v>2219</v>
       </c>
       <c r="C45" t="s">
-        <v>260</v>
+        <v>236</v>
       </c>
       <c r="D45" t="s">
-        <v>2822</v>
+        <v>2679</v>
       </c>
     </row>
     <row r="46" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B46" t="s">
-        <v>806</v>
+        <v>782</v>
       </c>
       <c r="C46" t="s">
-        <v>263</v>
+        <v>239</v>
       </c>
       <c r="D46" t="s">
-        <v>2823</v>
+        <v>2680</v>
       </c>
     </row>
     <row r="47" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B47" t="s">
-        <v>252</v>
+        <v>228</v>
       </c>
       <c r="C47" t="s">
-        <v>355</v>
+        <v>331</v>
       </c>
       <c r="D47" t="s">
-        <v>2824</v>
+        <v>2681</v>
       </c>
     </row>
     <row r="48" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B48" t="s">
-        <v>2825</v>
+        <v>2682</v>
       </c>
       <c r="C48" t="s">
-        <v>2826</v>
+        <v>2683</v>
       </c>
       <c r="D48" t="s">
-        <v>2827</v>
+        <v>2684</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet24.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1700-000000000000}">
   <dimension ref="A1:D60"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>92</v>
+        <v>68</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>93</v>
+        <v>69</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>94</v>
+        <v>70</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
-        <v>84</v>
+        <v>62</v>
       </c>
       <c r="B2" t="s">
-        <v>85</v>
+        <v>63</v>
       </c>
       <c r="D2" t="s">
-        <v>87</v>
+        <v>64</v>
       </c>
     </row>
     <row r="3" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
-        <v>2362</v>
+        <v>2220</v>
       </c>
       <c r="B3" t="s">
-        <v>96</v>
+        <v>72</v>
       </c>
       <c r="D3" t="s">
-        <v>2364</v>
+        <v>2222</v>
       </c>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A4" t="s">
-        <v>2363</v>
+        <v>2221</v>
       </c>
       <c r="B4" t="s">
-        <v>2365</v>
+        <v>2223</v>
       </c>
       <c r="D4" t="s">
-        <v>2366</v>
+        <v>2224</v>
       </c>
     </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B5" t="s">
-        <v>1729</v>
+        <v>1587</v>
       </c>
       <c r="D5" t="s">
-        <v>2367</v>
+        <v>2225</v>
       </c>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B6" t="s">
-        <v>2368</v>
+        <v>2226</v>
       </c>
       <c r="D6" t="s">
-        <v>2369</v>
+        <v>2227</v>
       </c>
     </row>
     <row r="7" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B7" t="s">
-        <v>2370</v>
+        <v>2228</v>
       </c>
       <c r="D7" t="s">
-        <v>2371</v>
+        <v>2229</v>
       </c>
     </row>
     <row r="8" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B8" t="s">
-        <v>2372</v>
+        <v>2230</v>
       </c>
       <c r="D8" t="s">
-        <v>2373</v>
+        <v>2231</v>
       </c>
     </row>
     <row r="9" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B9" t="s">
-        <v>2374</v>
+        <v>2232</v>
       </c>
       <c r="D9" t="s">
-        <v>2375</v>
+        <v>2233</v>
       </c>
     </row>
     <row r="10" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B10" t="s">
-        <v>2376</v>
+        <v>2234</v>
       </c>
       <c r="C10" t="s">
-        <v>2053</v>
+        <v>1911</v>
       </c>
       <c r="D10" t="s">
-        <v>2377</v>
+        <v>2235</v>
       </c>
     </row>
     <row r="11" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B11" t="s">
-        <v>2378</v>
+        <v>2236</v>
       </c>
       <c r="C11" t="s">
-        <v>2056</v>
+        <v>1914</v>
       </c>
       <c r="D11" t="s">
-        <v>2379</v>
+        <v>2237</v>
       </c>
     </row>
     <row r="12" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B12" t="s">
-        <v>2380</v>
+        <v>2238</v>
       </c>
       <c r="D12" t="s">
-        <v>2381</v>
+        <v>2239</v>
       </c>
     </row>
     <row r="13" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B13" t="s">
-        <v>2382</v>
+        <v>2240</v>
       </c>
       <c r="C13" t="s">
-        <v>2059</v>
+        <v>1917</v>
       </c>
       <c r="D13" t="s">
-        <v>2383</v>
+        <v>2241</v>
       </c>
     </row>
     <row r="14" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B14" t="s">
-        <v>2384</v>
+        <v>2242</v>
       </c>
       <c r="C14" t="s">
-        <v>2062</v>
+        <v>1920</v>
       </c>
       <c r="D14" t="s">
-        <v>2385</v>
+        <v>2243</v>
       </c>
     </row>
     <row r="15" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B15" t="s">
-        <v>2386</v>
+        <v>2244</v>
       </c>
       <c r="C15" t="s">
-        <v>2065</v>
+        <v>1923</v>
       </c>
       <c r="D15" t="s">
-        <v>2387</v>
+        <v>2245</v>
       </c>
     </row>
     <row r="16" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B16" t="s">
-        <v>2388</v>
+        <v>2246</v>
       </c>
       <c r="C16" t="s">
-        <v>2068</v>
+        <v>1926</v>
       </c>
       <c r="D16" t="s">
-        <v>2389</v>
+        <v>2247</v>
       </c>
     </row>
     <row r="17" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B17" t="s">
-        <v>2390</v>
+        <v>2248</v>
       </c>
       <c r="C17" t="s">
-        <v>2071</v>
+        <v>1929</v>
       </c>
       <c r="D17" t="s">
-        <v>2391</v>
+        <v>2249</v>
       </c>
     </row>
     <row r="18" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B18" t="s">
-        <v>2392</v>
+        <v>2250</v>
       </c>
       <c r="C18" t="s">
-        <v>2074</v>
+        <v>1932</v>
       </c>
       <c r="D18" t="s">
-        <v>2393</v>
+        <v>2251</v>
       </c>
     </row>
     <row r="19" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B19" t="s">
-        <v>2114</v>
+        <v>1972</v>
       </c>
       <c r="C19" t="s">
-        <v>2079</v>
+        <v>1937</v>
       </c>
       <c r="D19" t="s">
-        <v>2394</v>
+        <v>2252</v>
       </c>
     </row>
     <row r="20" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B20" t="s">
-        <v>2395</v>
+        <v>2253</v>
       </c>
       <c r="C20" t="s">
-        <v>2082</v>
+        <v>1940</v>
       </c>
       <c r="D20" t="s">
-        <v>2396</v>
+        <v>2254</v>
       </c>
     </row>
     <row r="21" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B21" t="s">
-        <v>2397</v>
+        <v>2255</v>
       </c>
       <c r="D21" t="s">
-        <v>2398</v>
+        <v>2256</v>
       </c>
     </row>
     <row r="22" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B22" t="s">
-        <v>2399</v>
+        <v>2257</v>
       </c>
       <c r="C22" t="s">
-        <v>2085</v>
+        <v>1943</v>
       </c>
       <c r="D22" t="s">
-        <v>2400</v>
+        <v>2258</v>
       </c>
     </row>
     <row r="23" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B23" t="s">
-        <v>2401</v>
+        <v>2259</v>
       </c>
       <c r="C23" t="s">
-        <v>2088</v>
+        <v>1946</v>
       </c>
       <c r="D23" t="s">
-        <v>2402</v>
+        <v>2260</v>
       </c>
     </row>
     <row r="24" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B24" t="s">
-        <v>2403</v>
+        <v>2261</v>
       </c>
       <c r="C24" t="s">
-        <v>2091</v>
+        <v>1949</v>
       </c>
       <c r="D24" t="s">
-        <v>2404</v>
+        <v>2262</v>
       </c>
     </row>
     <row r="25" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B25" t="s">
-        <v>2405</v>
+        <v>2263</v>
       </c>
       <c r="D25" t="s">
-        <v>2406</v>
+        <v>2264</v>
       </c>
     </row>
     <row r="26" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B26" t="s">
-        <v>2407</v>
+        <v>2265</v>
       </c>
       <c r="C26" t="s">
-        <v>2094</v>
+        <v>1952</v>
       </c>
       <c r="D26" t="s">
-        <v>2408</v>
+        <v>2266</v>
       </c>
     </row>
     <row r="27" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B27" t="s">
-        <v>2409</v>
+        <v>2267</v>
       </c>
       <c r="C27" t="s">
-        <v>2097</v>
+        <v>1955</v>
       </c>
       <c r="D27" t="s">
-        <v>2410</v>
+        <v>2268</v>
       </c>
     </row>
     <row r="28" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B28" t="s">
-        <v>2411</v>
+        <v>2269</v>
       </c>
       <c r="C28" t="s">
-        <v>2100</v>
+        <v>1958</v>
       </c>
       <c r="D28" t="s">
-        <v>2412</v>
+        <v>2270</v>
       </c>
     </row>
     <row r="29" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B29" t="s">
-        <v>2413</v>
+        <v>2271</v>
       </c>
       <c r="C29" t="s">
-        <v>2103</v>
+        <v>1961</v>
       </c>
       <c r="D29" t="s">
-        <v>2414</v>
+        <v>2272</v>
       </c>
     </row>
     <row r="30" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B30" t="s">
-        <v>2415</v>
+        <v>2273</v>
       </c>
       <c r="C30" t="s">
-        <v>2106</v>
+        <v>1964</v>
       </c>
       <c r="D30" t="s">
-        <v>2416</v>
+        <v>2274</v>
       </c>
     </row>
     <row r="31" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B31" t="s">
-        <v>2417</v>
+        <v>2275</v>
       </c>
       <c r="C31" t="s">
-        <v>2109</v>
+        <v>1967</v>
       </c>
       <c r="D31" t="s">
-        <v>2418</v>
+        <v>2276</v>
       </c>
     </row>
     <row r="32" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B32" t="s">
-        <v>2419</v>
+        <v>2277</v>
       </c>
       <c r="C32" t="s">
-        <v>2112</v>
+        <v>1970</v>
       </c>
       <c r="D32" t="s">
-        <v>2420</v>
+        <v>2278</v>
       </c>
     </row>
     <row r="33" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B33" t="s">
-        <v>2421</v>
+        <v>2279</v>
       </c>
       <c r="C33" t="s">
-        <v>2115</v>
+        <v>1973</v>
       </c>
       <c r="D33" t="s">
-        <v>2422</v>
+        <v>2280</v>
       </c>
     </row>
     <row r="34" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B34" t="s">
-        <v>1650</v>
+        <v>1508</v>
       </c>
       <c r="C34" t="s">
-        <v>2118</v>
+        <v>1976</v>
       </c>
       <c r="D34" t="s">
-        <v>2423</v>
+        <v>2281</v>
       </c>
     </row>
     <row r="35" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B35" t="s">
-        <v>1638</v>
+        <v>1496</v>
       </c>
       <c r="C35" t="s">
-        <v>2123</v>
+        <v>1981</v>
       </c>
       <c r="D35" t="s">
-        <v>2424</v>
+        <v>2282</v>
       </c>
     </row>
     <row r="36" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B36" t="s">
-        <v>2425</v>
+        <v>2283</v>
       </c>
       <c r="C36" t="s">
-        <v>2126</v>
+        <v>1984</v>
       </c>
       <c r="D36" t="s">
-        <v>2426</v>
+        <v>2284</v>
       </c>
     </row>
     <row r="37" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B37" t="s">
-        <v>2427</v>
+        <v>2285</v>
       </c>
       <c r="D37" t="s">
-        <v>2428</v>
+        <v>2286</v>
       </c>
     </row>
     <row r="38" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B38" t="s">
-        <v>2429</v>
+        <v>2287</v>
       </c>
       <c r="C38" t="s">
-        <v>2129</v>
+        <v>1987</v>
       </c>
       <c r="D38" t="s">
-        <v>2430</v>
+        <v>2288</v>
       </c>
     </row>
     <row r="39" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B39" t="s">
-        <v>2431</v>
+        <v>2289</v>
       </c>
       <c r="C39" t="s">
-        <v>2132</v>
+        <v>1990</v>
       </c>
       <c r="D39" t="s">
-        <v>2432</v>
+        <v>2290</v>
       </c>
     </row>
     <row r="40" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B40" t="s">
-        <v>2433</v>
+        <v>2291</v>
       </c>
       <c r="C40" t="s">
-        <v>2135</v>
+        <v>1993</v>
       </c>
       <c r="D40" t="s">
-        <v>2434</v>
+        <v>2292</v>
       </c>
     </row>
     <row r="41" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B41" t="s">
-        <v>2435</v>
+        <v>2293</v>
       </c>
       <c r="C41" t="s">
-        <v>2138</v>
+        <v>1996</v>
       </c>
       <c r="D41" t="s">
-        <v>2436</v>
+        <v>2294</v>
       </c>
     </row>
     <row r="42" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B42" t="s">
-        <v>2437</v>
+        <v>2295</v>
       </c>
       <c r="C42" t="s">
-        <v>2141</v>
+        <v>1999</v>
       </c>
       <c r="D42" t="s">
-        <v>2438</v>
+        <v>2296</v>
       </c>
     </row>
     <row r="43" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B43" t="s">
-        <v>2439</v>
+        <v>2297</v>
       </c>
       <c r="D43" t="s">
-        <v>2440</v>
+        <v>2298</v>
       </c>
     </row>
     <row r="44" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B44" t="s">
-        <v>2441</v>
+        <v>2299</v>
       </c>
       <c r="C44" t="s">
-        <v>2144</v>
+        <v>2002</v>
       </c>
       <c r="D44" t="s">
-        <v>2442</v>
+        <v>2300</v>
       </c>
     </row>
     <row r="45" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B45" t="s">
-        <v>2193</v>
+        <v>2051</v>
       </c>
       <c r="C45" t="s">
-        <v>2147</v>
+        <v>2005</v>
       </c>
       <c r="D45" t="s">
-        <v>2443</v>
+        <v>2301</v>
       </c>
     </row>
     <row r="46" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B46" t="s">
-        <v>2444</v>
+        <v>2302</v>
       </c>
       <c r="C46" t="s">
-        <v>2150</v>
+        <v>2008</v>
       </c>
       <c r="D46" t="s">
-        <v>2445</v>
+        <v>2303</v>
       </c>
     </row>
     <row r="47" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B47" t="s">
-        <v>2446</v>
+        <v>2304</v>
       </c>
       <c r="C47" t="s">
-        <v>2153</v>
+        <v>2011</v>
       </c>
       <c r="D47" t="s">
-        <v>2447</v>
+        <v>2305</v>
       </c>
     </row>
     <row r="48" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B48" t="s">
-        <v>2448</v>
+        <v>2306</v>
       </c>
       <c r="C48" t="s">
-        <v>2156</v>
+        <v>2014</v>
       </c>
       <c r="D48" t="s">
-        <v>2449</v>
+        <v>2307</v>
       </c>
     </row>
     <row r="49" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B49" t="s">
-        <v>2450</v>
+        <v>2308</v>
       </c>
       <c r="C49" t="s">
-        <v>2159</v>
+        <v>2017</v>
       </c>
       <c r="D49" t="s">
-        <v>2451</v>
+        <v>2309</v>
       </c>
     </row>
     <row r="50" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B50" t="s">
-        <v>2452</v>
+        <v>2310</v>
       </c>
       <c r="C50" t="s">
-        <v>2162</v>
+        <v>2020</v>
       </c>
       <c r="D50" t="s">
-        <v>2453</v>
+        <v>2311</v>
       </c>
     </row>
     <row r="51" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B51" t="s">
-        <v>2454</v>
+        <v>2312</v>
       </c>
       <c r="D51" t="s">
-        <v>2455</v>
+        <v>2313</v>
       </c>
     </row>
     <row r="52" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B52" t="s">
-        <v>2456</v>
+        <v>2314</v>
       </c>
       <c r="C52" t="s">
-        <v>2165</v>
+        <v>2023</v>
       </c>
       <c r="D52" t="s">
-        <v>2457</v>
+        <v>2315</v>
       </c>
     </row>
     <row r="53" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B53" t="s">
-        <v>2458</v>
+        <v>2316</v>
       </c>
       <c r="C53" t="s">
-        <v>2168</v>
+        <v>2026</v>
       </c>
       <c r="D53" t="s">
-        <v>2459</v>
+        <v>2317</v>
       </c>
     </row>
     <row r="54" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B54" t="s">
-        <v>2460</v>
+        <v>2318</v>
       </c>
       <c r="C54" t="s">
-        <v>2171</v>
+        <v>2029</v>
       </c>
       <c r="D54" t="s">
-        <v>2461</v>
+        <v>2319</v>
       </c>
     </row>
     <row r="55" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B55" t="s">
-        <v>2462</v>
+        <v>2320</v>
       </c>
       <c r="D55" t="s">
-        <v>2463</v>
+        <v>2321</v>
       </c>
     </row>
     <row r="56" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B56" t="s">
-        <v>2464</v>
+        <v>2322</v>
       </c>
       <c r="C56" t="s">
-        <v>2174</v>
+        <v>2032</v>
       </c>
       <c r="D56" t="s">
-        <v>2465</v>
+        <v>2323</v>
       </c>
     </row>
     <row r="57" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B57" t="s">
-        <v>2466</v>
+        <v>2324</v>
       </c>
       <c r="C57" t="s">
-        <v>2179</v>
+        <v>2037</v>
       </c>
       <c r="D57" t="s">
-        <v>2467</v>
+        <v>2325</v>
       </c>
     </row>
     <row r="58" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B58" t="s">
-        <v>2468</v>
+        <v>2326</v>
       </c>
       <c r="C58" t="s">
-        <v>2182</v>
+        <v>2040</v>
       </c>
       <c r="D58" t="s">
-        <v>2469</v>
+        <v>2327</v>
       </c>
     </row>
     <row r="59" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B59" t="s">
-        <v>2470</v>
+        <v>2328</v>
       </c>
       <c r="C59" t="s">
-        <v>2185</v>
+        <v>2043</v>
       </c>
       <c r="D59" t="s">
-        <v>2471</v>
+        <v>2329</v>
       </c>
     </row>
     <row r="60" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B60" t="s">
-        <v>2472</v>
+        <v>2330</v>
       </c>
       <c r="C60" t="s">
-        <v>2188</v>
+        <v>2046</v>
       </c>
       <c r="D60" t="s">
-        <v>2473</v>
+        <v>2331</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet25.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1800-000000000000}">
   <dimension ref="A1:D19"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>92</v>
+        <v>68</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>93</v>
+        <v>69</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>94</v>
+        <v>70</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
-        <v>88</v>
+        <v>65</v>
       </c>
       <c r="B2" t="s">
-        <v>89</v>
+        <v>66</v>
       </c>
       <c r="D2" t="s">
-        <v>91</v>
+        <v>67</v>
       </c>
     </row>
     <row r="3" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
-        <v>2474</v>
+        <v>2332</v>
       </c>
       <c r="B3" t="s">
-        <v>96</v>
+        <v>72</v>
       </c>
       <c r="D3" t="s">
-        <v>2476</v>
+        <v>2334</v>
       </c>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A4" t="s">
-        <v>2475</v>
+        <v>2333</v>
       </c>
       <c r="B4" t="s">
-        <v>98</v>
+        <v>74</v>
       </c>
       <c r="D4" t="s">
-        <v>2477</v>
+        <v>2335</v>
       </c>
     </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B5" t="s">
-        <v>274</v>
+        <v>250</v>
       </c>
       <c r="D5" t="s">
-        <v>2478</v>
+        <v>2336</v>
       </c>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B6" t="s">
-        <v>100</v>
+        <v>76</v>
       </c>
       <c r="D6" t="s">
-        <v>2479</v>
+        <v>2337</v>
       </c>
     </row>
     <row r="7" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B7" t="s">
-        <v>2480</v>
+        <v>2338</v>
       </c>
       <c r="C7" t="s">
-        <v>103</v>
+        <v>79</v>
       </c>
       <c r="D7" t="s">
-        <v>2481</v>
+        <v>2339</v>
       </c>
     </row>
     <row r="8" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B8" t="s">
-        <v>2482</v>
+        <v>2340</v>
       </c>
       <c r="C8" t="s">
-        <v>106</v>
+        <v>82</v>
       </c>
       <c r="D8" t="s">
-        <v>2483</v>
+        <v>2341</v>
       </c>
     </row>
     <row r="9" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B9" t="s">
-        <v>2484</v>
+        <v>2342</v>
       </c>
       <c r="C9" t="s">
-        <v>109</v>
+        <v>85</v>
       </c>
       <c r="D9" t="s">
-        <v>2485</v>
+        <v>2343</v>
       </c>
     </row>
     <row r="10" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B10" t="s">
-        <v>2486</v>
+        <v>2344</v>
       </c>
       <c r="C10" t="s">
-        <v>112</v>
+        <v>88</v>
       </c>
       <c r="D10" t="s">
-        <v>2487</v>
+        <v>2345</v>
       </c>
     </row>
     <row r="11" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B11" t="s">
-        <v>2488</v>
+        <v>2346</v>
       </c>
       <c r="C11" t="s">
-        <v>115</v>
+        <v>91</v>
       </c>
       <c r="D11" t="s">
-        <v>2489</v>
+        <v>2347</v>
       </c>
     </row>
     <row r="12" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B12" t="s">
-        <v>2490</v>
+        <v>2348</v>
       </c>
       <c r="C12" t="s">
-        <v>118</v>
+        <v>94</v>
       </c>
       <c r="D12" t="s">
-        <v>2491</v>
+        <v>2349</v>
       </c>
     </row>
     <row r="13" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B13" t="s">
-        <v>2492</v>
+        <v>2350</v>
       </c>
       <c r="C13" t="s">
-        <v>121</v>
+        <v>97</v>
       </c>
       <c r="D13" t="s">
-        <v>2493</v>
+        <v>2351</v>
       </c>
     </row>
     <row r="14" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B14" t="s">
-        <v>1991</v>
+        <v>1849</v>
       </c>
       <c r="C14" t="s">
-        <v>124</v>
+        <v>100</v>
       </c>
       <c r="D14" t="s">
-        <v>2494</v>
+        <v>2352</v>
       </c>
     </row>
     <row r="15" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B15" t="s">
-        <v>2495</v>
+        <v>2353</v>
       </c>
       <c r="C15" t="s">
-        <v>127</v>
+        <v>103</v>
       </c>
       <c r="D15" t="s">
-        <v>2496</v>
+        <v>2354</v>
       </c>
     </row>
     <row r="16" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B16" t="s">
-        <v>2497</v>
+        <v>2355</v>
       </c>
       <c r="C16" t="s">
-        <v>130</v>
+        <v>106</v>
       </c>
       <c r="D16" t="s">
-        <v>2498</v>
+        <v>2356</v>
       </c>
     </row>
     <row r="17" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B17" t="s">
-        <v>2499</v>
+        <v>2357</v>
       </c>
       <c r="C17" t="s">
-        <v>133</v>
+        <v>109</v>
       </c>
       <c r="D17" t="s">
-        <v>2500</v>
+        <v>2358</v>
       </c>
     </row>
     <row r="18" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B18" t="s">
-        <v>2501</v>
+        <v>2359</v>
       </c>
       <c r="C18" t="s">
-        <v>136</v>
+        <v>112</v>
       </c>
       <c r="D18" t="s">
-        <v>2502</v>
+        <v>2360</v>
       </c>
     </row>
     <row r="19" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B19" t="s">
-        <v>2503</v>
+        <v>2361</v>
       </c>
       <c r="C19" t="s">
-        <v>139</v>
+        <v>115</v>
       </c>
       <c r="D19" t="s">
-        <v>2504</v>
+        <v>2362</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet26.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1900-000000000000}">
   <dimension ref="A1:D75"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>92</v>
+        <v>68</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>93</v>
+        <v>69</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>94</v>
+        <v>70</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
-        <v>2522</v>
+        <v>2380</v>
       </c>
       <c r="B2" t="s">
-        <v>2523</v>
+        <v>2381</v>
       </c>
       <c r="D2" t="s">
-        <v>2524</v>
+        <v>2382</v>
       </c>
     </row>
     <row r="3" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
-        <v>2525</v>
+        <v>2383</v>
       </c>
       <c r="B3" t="s">
-        <v>96</v>
+        <v>72</v>
       </c>
       <c r="D3" t="s">
-        <v>2526</v>
+        <v>2384</v>
       </c>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A4" t="s">
-        <v>2527</v>
+        <v>2385</v>
       </c>
       <c r="B4" t="s">
-        <v>2528</v>
+        <v>2386</v>
       </c>
       <c r="D4" t="s">
-        <v>2529</v>
+        <v>2387</v>
       </c>
     </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A5" t="s">
-        <v>2530</v>
+        <v>2388</v>
       </c>
       <c r="B5" t="s">
-        <v>2531</v>
+        <v>2389</v>
       </c>
       <c r="D5" t="s">
-        <v>2532</v>
+        <v>2390</v>
       </c>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B6" t="s">
-        <v>2533</v>
+        <v>2391</v>
       </c>
       <c r="D6" t="s">
-        <v>2534</v>
+        <v>2392</v>
       </c>
     </row>
     <row r="7" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B7" t="s">
-        <v>2535</v>
+        <v>2393</v>
       </c>
       <c r="D7" t="s">
-        <v>2536</v>
+        <v>2394</v>
       </c>
     </row>
     <row r="8" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B8" t="s">
-        <v>2537</v>
+        <v>2395</v>
       </c>
       <c r="D8" t="s">
-        <v>2538</v>
+        <v>2396</v>
       </c>
     </row>
     <row r="9" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B9" t="s">
-        <v>2505</v>
+        <v>2363</v>
       </c>
       <c r="C9" t="s">
-        <v>103</v>
+        <v>79</v>
       </c>
       <c r="D9" t="s">
-        <v>2539</v>
+        <v>2397</v>
       </c>
     </row>
     <row r="10" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B10" t="s">
-        <v>2540</v>
+        <v>2398</v>
       </c>
       <c r="C10" t="s">
-        <v>106</v>
+        <v>82</v>
       </c>
       <c r="D10" t="s">
-        <v>2541</v>
+        <v>2399</v>
       </c>
     </row>
     <row r="11" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B11" t="s">
-        <v>2542</v>
+        <v>2400</v>
       </c>
       <c r="C11" t="s">
-        <v>109</v>
+        <v>85</v>
       </c>
       <c r="D11" t="s">
-        <v>2543</v>
+        <v>2401</v>
       </c>
     </row>
     <row r="12" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B12" t="s">
-        <v>2506</v>
+        <v>2364</v>
       </c>
       <c r="C12" t="s">
-        <v>112</v>
+        <v>88</v>
       </c>
       <c r="D12" t="s">
-        <v>2544</v>
+        <v>2402</v>
       </c>
     </row>
     <row r="13" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B13" t="s">
-        <v>2545</v>
+        <v>2403</v>
       </c>
       <c r="C13" t="s">
-        <v>115</v>
+        <v>91</v>
       </c>
       <c r="D13" t="s">
-        <v>2546</v>
+        <v>2404</v>
       </c>
     </row>
     <row r="14" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B14" t="s">
-        <v>2507</v>
+        <v>2365</v>
       </c>
       <c r="C14" t="s">
-        <v>118</v>
+        <v>94</v>
       </c>
       <c r="D14" t="s">
-        <v>2547</v>
+        <v>2405</v>
       </c>
     </row>
     <row r="15" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B15" t="s">
-        <v>2548</v>
+        <v>2406</v>
       </c>
       <c r="C15" t="s">
-        <v>121</v>
+        <v>97</v>
       </c>
       <c r="D15" t="s">
-        <v>2549</v>
+        <v>2407</v>
       </c>
     </row>
     <row r="16" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B16" t="s">
-        <v>2550</v>
+        <v>2408</v>
       </c>
       <c r="C16" t="s">
-        <v>124</v>
+        <v>100</v>
       </c>
       <c r="D16" t="s">
-        <v>2551</v>
+        <v>2409</v>
       </c>
     </row>
     <row r="17" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B17" t="s">
-        <v>2552</v>
+        <v>2410</v>
       </c>
       <c r="C17" t="s">
-        <v>127</v>
+        <v>103</v>
       </c>
       <c r="D17" t="s">
-        <v>2553</v>
+        <v>2411</v>
       </c>
     </row>
     <row r="18" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B18" t="s">
-        <v>2554</v>
+        <v>2412</v>
       </c>
       <c r="C18" t="s">
-        <v>130</v>
+        <v>106</v>
       </c>
       <c r="D18" t="s">
-        <v>2555</v>
+        <v>2413</v>
       </c>
     </row>
     <row r="19" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B19" t="s">
-        <v>2508</v>
+        <v>2366</v>
       </c>
       <c r="C19" t="s">
-        <v>133</v>
+        <v>109</v>
       </c>
       <c r="D19" t="s">
-        <v>2556</v>
+        <v>2414</v>
       </c>
     </row>
     <row r="20" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B20" t="s">
-        <v>2557</v>
+        <v>2415</v>
       </c>
       <c r="C20" t="s">
-        <v>136</v>
+        <v>112</v>
       </c>
       <c r="D20" t="s">
-        <v>2558</v>
+        <v>2416</v>
       </c>
     </row>
     <row r="21" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B21" t="s">
-        <v>2559</v>
+        <v>2417</v>
       </c>
       <c r="C21" t="s">
-        <v>139</v>
+        <v>115</v>
       </c>
       <c r="D21" t="s">
-        <v>2560</v>
+        <v>2418</v>
       </c>
     </row>
     <row r="22" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B22" t="s">
-        <v>2561</v>
+        <v>2419</v>
       </c>
       <c r="C22" t="s">
-        <v>142</v>
+        <v>118</v>
       </c>
       <c r="D22" t="s">
-        <v>2562</v>
+        <v>2420</v>
       </c>
     </row>
     <row r="23" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B23" t="s">
-        <v>2563</v>
+        <v>2421</v>
       </c>
       <c r="C23" t="s">
-        <v>191</v>
+        <v>167</v>
       </c>
       <c r="D23" t="s">
-        <v>2564</v>
+        <v>2422</v>
       </c>
     </row>
     <row r="24" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B24" t="s">
-        <v>2565</v>
+        <v>2423</v>
       </c>
       <c r="C24" t="s">
-        <v>194</v>
+        <v>170</v>
       </c>
       <c r="D24" t="s">
-        <v>2566</v>
+        <v>2424</v>
       </c>
     </row>
     <row r="25" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B25" t="s">
-        <v>2567</v>
+        <v>2425</v>
       </c>
       <c r="C25" t="s">
-        <v>197</v>
+        <v>173</v>
       </c>
       <c r="D25" t="s">
-        <v>2568</v>
+        <v>2426</v>
       </c>
     </row>
     <row r="26" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B26" t="s">
-        <v>2569</v>
+        <v>2427</v>
       </c>
       <c r="C26" t="s">
-        <v>200</v>
+        <v>176</v>
       </c>
       <c r="D26" t="s">
-        <v>2570</v>
+        <v>2428</v>
       </c>
     </row>
     <row r="27" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B27" t="s">
-        <v>2571</v>
+        <v>2429</v>
       </c>
       <c r="C27" t="s">
-        <v>205</v>
+        <v>181</v>
       </c>
       <c r="D27" t="s">
-        <v>2572</v>
+        <v>2430</v>
       </c>
     </row>
     <row r="28" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B28" t="s">
-        <v>2573</v>
+        <v>2431</v>
       </c>
       <c r="C28" t="s">
-        <v>208</v>
+        <v>184</v>
       </c>
       <c r="D28" t="s">
-        <v>2574</v>
+        <v>2432</v>
       </c>
     </row>
     <row r="29" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B29" t="s">
-        <v>2575</v>
+        <v>2433</v>
       </c>
       <c r="C29" t="s">
-        <v>211</v>
+        <v>187</v>
       </c>
       <c r="D29" t="s">
-        <v>2576</v>
+        <v>2434</v>
       </c>
     </row>
     <row r="30" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B30" t="s">
-        <v>2509</v>
+        <v>2367</v>
       </c>
       <c r="C30" t="s">
-        <v>214</v>
+        <v>190</v>
       </c>
       <c r="D30" t="s">
-        <v>2577</v>
+        <v>2435</v>
       </c>
     </row>
     <row r="31" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B31" t="s">
-        <v>2578</v>
+        <v>2436</v>
       </c>
       <c r="C31" t="s">
-        <v>219</v>
+        <v>195</v>
       </c>
       <c r="D31" t="s">
-        <v>2579</v>
+        <v>2437</v>
       </c>
     </row>
     <row r="32" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B32" t="s">
-        <v>2580</v>
+        <v>2438</v>
       </c>
       <c r="C32" t="s">
-        <v>222</v>
+        <v>198</v>
       </c>
       <c r="D32" t="s">
-        <v>2581</v>
+        <v>2439</v>
       </c>
     </row>
     <row r="33" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B33" t="s">
-        <v>2582</v>
+        <v>2440</v>
       </c>
       <c r="C33" t="s">
-        <v>227</v>
+        <v>203</v>
       </c>
       <c r="D33" t="s">
-        <v>2583</v>
+        <v>2441</v>
       </c>
     </row>
     <row r="34" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B34" t="s">
-        <v>2584</v>
+        <v>2442</v>
       </c>
       <c r="C34" t="s">
-        <v>230</v>
+        <v>206</v>
       </c>
       <c r="D34" t="s">
-        <v>2585</v>
+        <v>2443</v>
       </c>
     </row>
     <row r="35" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B35" t="s">
-        <v>2586</v>
+        <v>2444</v>
       </c>
       <c r="D35" t="s">
-        <v>2587</v>
+        <v>2445</v>
       </c>
     </row>
     <row r="36" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B36" t="s">
-        <v>2510</v>
+        <v>2368</v>
       </c>
       <c r="C36" t="s">
-        <v>236</v>
+        <v>212</v>
       </c>
       <c r="D36" t="s">
-        <v>2588</v>
+        <v>2446</v>
       </c>
     </row>
     <row r="37" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B37" t="s">
-        <v>2589</v>
+        <v>2447</v>
       </c>
       <c r="C37" t="s">
-        <v>239</v>
+        <v>215</v>
       </c>
       <c r="D37" t="s">
-        <v>2590</v>
+        <v>2448</v>
       </c>
     </row>
     <row r="38" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B38" t="s">
-        <v>2591</v>
+        <v>2449</v>
       </c>
       <c r="C38" t="s">
-        <v>244</v>
+        <v>220</v>
       </c>
       <c r="D38" t="s">
-        <v>2592</v>
+        <v>2450</v>
       </c>
     </row>
     <row r="39" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B39" t="s">
-        <v>2511</v>
+        <v>2369</v>
       </c>
       <c r="C39" t="s">
-        <v>247</v>
+        <v>223</v>
       </c>
       <c r="D39" t="s">
-        <v>2593</v>
+        <v>2451</v>
       </c>
     </row>
     <row r="40" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B40" t="s">
-        <v>2512</v>
+        <v>2370</v>
       </c>
       <c r="C40" t="s">
-        <v>250</v>
+        <v>226</v>
       </c>
       <c r="D40" t="s">
-        <v>2594</v>
+        <v>2452</v>
       </c>
     </row>
     <row r="41" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B41" t="s">
-        <v>2595</v>
+        <v>2453</v>
       </c>
       <c r="C41" t="s">
-        <v>253</v>
+        <v>229</v>
       </c>
       <c r="D41" t="s">
-        <v>2596</v>
+        <v>2454</v>
       </c>
     </row>
     <row r="42" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B42" t="s">
-        <v>1102</v>
+        <v>1078</v>
       </c>
       <c r="C42" t="s">
-        <v>256</v>
+        <v>232</v>
       </c>
       <c r="D42" t="s">
-        <v>2597</v>
+        <v>2455</v>
       </c>
     </row>
     <row r="43" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B43" t="s">
-        <v>2513</v>
+        <v>2371</v>
       </c>
       <c r="C43" t="s">
-        <v>260</v>
+        <v>236</v>
       </c>
       <c r="D43" t="s">
-        <v>2598</v>
+        <v>2456</v>
       </c>
     </row>
     <row r="44" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B44" t="s">
-        <v>2599</v>
+        <v>2457</v>
       </c>
       <c r="C44" t="s">
-        <v>263</v>
+        <v>239</v>
       </c>
       <c r="D44" t="s">
-        <v>2600</v>
+        <v>2458</v>
       </c>
     </row>
     <row r="45" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B45" t="s">
-        <v>2514</v>
+        <v>2372</v>
       </c>
       <c r="C45" t="s">
-        <v>355</v>
+        <v>331</v>
       </c>
       <c r="D45" t="s">
-        <v>2601</v>
+        <v>2459</v>
       </c>
     </row>
     <row r="46" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B46" t="s">
-        <v>2602</v>
+        <v>2460</v>
       </c>
       <c r="C46" t="s">
-        <v>358</v>
+        <v>334</v>
       </c>
       <c r="D46" t="s">
-        <v>2603</v>
+        <v>2461</v>
       </c>
     </row>
     <row r="47" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B47" t="s">
-        <v>2604</v>
+        <v>2462</v>
       </c>
       <c r="C47" t="s">
-        <v>363</v>
+        <v>339</v>
       </c>
       <c r="D47" t="s">
-        <v>2605</v>
+        <v>2463</v>
       </c>
     </row>
     <row r="48" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B48" t="s">
-        <v>2606</v>
+        <v>2464</v>
       </c>
       <c r="C48" t="s">
-        <v>366</v>
+        <v>342</v>
       </c>
       <c r="D48" t="s">
-        <v>2607</v>
+        <v>2465</v>
       </c>
     </row>
     <row r="49" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B49" t="s">
-        <v>2608</v>
+        <v>2466</v>
       </c>
       <c r="D49" t="s">
-        <v>2609</v>
+        <v>2467</v>
       </c>
     </row>
     <row r="50" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B50" t="s">
-        <v>2515</v>
+        <v>2373</v>
       </c>
       <c r="C50" t="s">
-        <v>369</v>
+        <v>345</v>
       </c>
       <c r="D50" t="s">
-        <v>2610</v>
+        <v>2468</v>
       </c>
     </row>
     <row r="51" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B51" t="s">
-        <v>2611</v>
+        <v>2469</v>
       </c>
       <c r="C51" t="s">
-        <v>374</v>
+        <v>350</v>
       </c>
       <c r="D51" t="s">
-        <v>2612</v>
+        <v>2470</v>
       </c>
     </row>
     <row r="52" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B52" t="s">
-        <v>2613</v>
+        <v>2471</v>
       </c>
       <c r="C52" t="s">
-        <v>377</v>
+        <v>353</v>
       </c>
       <c r="D52" t="s">
-        <v>2614</v>
+        <v>2472</v>
       </c>
     </row>
     <row r="53" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B53" t="s">
-        <v>2615</v>
+        <v>2473</v>
       </c>
       <c r="C53" t="s">
-        <v>382</v>
+        <v>358</v>
       </c>
       <c r="D53" t="s">
-        <v>2616</v>
+        <v>2474</v>
       </c>
     </row>
     <row r="54" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B54" t="s">
-        <v>2617</v>
+        <v>2475</v>
       </c>
       <c r="C54" t="s">
-        <v>385</v>
+        <v>361</v>
       </c>
       <c r="D54" t="s">
-        <v>2618</v>
+        <v>2476</v>
       </c>
     </row>
     <row r="55" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B55" t="s">
-        <v>2619</v>
+        <v>2477</v>
       </c>
       <c r="C55" t="s">
-        <v>388</v>
+        <v>364</v>
       </c>
       <c r="D55" t="s">
-        <v>2620</v>
+        <v>2478</v>
       </c>
     </row>
     <row r="56" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B56" t="s">
-        <v>2621</v>
+        <v>2479</v>
       </c>
       <c r="C56" t="s">
-        <v>393</v>
+        <v>369</v>
       </c>
       <c r="D56" t="s">
-        <v>2622</v>
+        <v>2480</v>
       </c>
     </row>
     <row r="57" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B57" t="s">
-        <v>2623</v>
+        <v>2481</v>
       </c>
       <c r="C57" t="s">
-        <v>396</v>
+        <v>372</v>
       </c>
       <c r="D57" t="s">
-        <v>2624</v>
+        <v>2482</v>
       </c>
     </row>
     <row r="58" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B58" t="s">
-        <v>2625</v>
+        <v>2483</v>
       </c>
       <c r="D58" t="s">
-        <v>2626</v>
+        <v>2484</v>
       </c>
     </row>
     <row r="59" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B59" t="s">
-        <v>2516</v>
+        <v>2374</v>
       </c>
       <c r="C59" t="s">
-        <v>399</v>
+        <v>375</v>
       </c>
       <c r="D59" t="s">
-        <v>2627</v>
+        <v>2485</v>
       </c>
     </row>
     <row r="60" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B60" t="s">
-        <v>808</v>
+        <v>784</v>
       </c>
       <c r="C60" t="s">
-        <v>402</v>
+        <v>378</v>
       </c>
       <c r="D60" t="s">
-        <v>2628</v>
+        <v>2486</v>
       </c>
     </row>
     <row r="61" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B61" t="s">
-        <v>2629</v>
+        <v>2487</v>
       </c>
       <c r="C61" t="s">
-        <v>405</v>
+        <v>381</v>
       </c>
       <c r="D61" t="s">
-        <v>2630</v>
+        <v>2488</v>
       </c>
     </row>
     <row r="62" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B62" t="s">
-        <v>2631</v>
+        <v>2489</v>
       </c>
       <c r="D62" t="s">
-        <v>2632</v>
+        <v>2490</v>
       </c>
     </row>
     <row r="63" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B63" t="s">
-        <v>2633</v>
+        <v>2491</v>
       </c>
       <c r="C63" t="s">
-        <v>408</v>
+        <v>384</v>
       </c>
       <c r="D63" t="s">
-        <v>2634</v>
+        <v>2492</v>
       </c>
     </row>
     <row r="64" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B64" t="s">
-        <v>2635</v>
+        <v>2493</v>
       </c>
       <c r="C64" t="s">
-        <v>411</v>
+        <v>387</v>
       </c>
       <c r="D64" t="s">
-        <v>2636</v>
+        <v>2494</v>
       </c>
     </row>
     <row r="65" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B65" t="s">
-        <v>2637</v>
+        <v>2495</v>
       </c>
       <c r="C65" t="s">
-        <v>414</v>
+        <v>390</v>
       </c>
       <c r="D65" t="s">
-        <v>2638</v>
+        <v>2496</v>
       </c>
     </row>
     <row r="66" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B66" t="s">
-        <v>2639</v>
+        <v>2497</v>
       </c>
       <c r="C66" t="s">
-        <v>417</v>
+        <v>393</v>
       </c>
       <c r="D66" t="s">
-        <v>2640</v>
+        <v>2498</v>
       </c>
     </row>
     <row r="67" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B67" t="s">
-        <v>777</v>
+        <v>753</v>
       </c>
       <c r="C67" t="s">
-        <v>422</v>
+        <v>398</v>
       </c>
       <c r="D67" t="s">
-        <v>2641</v>
+        <v>2499</v>
       </c>
     </row>
     <row r="68" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B68" t="s">
-        <v>2642</v>
+        <v>2500</v>
       </c>
       <c r="C68" t="s">
-        <v>425</v>
+        <v>401</v>
       </c>
       <c r="D68" t="s">
-        <v>2643</v>
+        <v>2501</v>
       </c>
     </row>
     <row r="69" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B69" t="s">
-        <v>2644</v>
+        <v>2502</v>
       </c>
       <c r="D69" t="s">
-        <v>2645</v>
+        <v>2503</v>
       </c>
     </row>
     <row r="70" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B70" t="s">
-        <v>2646</v>
+        <v>2504</v>
       </c>
       <c r="C70" t="s">
-        <v>428</v>
+        <v>404</v>
       </c>
       <c r="D70" t="s">
-        <v>2647</v>
+        <v>2505</v>
       </c>
     </row>
     <row r="71" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B71" t="s">
-        <v>2648</v>
+        <v>2506</v>
       </c>
       <c r="C71" t="s">
-        <v>431</v>
+        <v>407</v>
       </c>
       <c r="D71" t="s">
-        <v>2649</v>
+        <v>2507</v>
       </c>
     </row>
     <row r="72" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B72" t="s">
-        <v>2650</v>
+        <v>2508</v>
       </c>
       <c r="C72" t="s">
-        <v>434</v>
+        <v>410</v>
       </c>
       <c r="D72" t="s">
-        <v>2651</v>
+        <v>2509</v>
       </c>
     </row>
     <row r="73" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B73" t="s">
-        <v>2652</v>
+        <v>2510</v>
       </c>
       <c r="C73" t="s">
-        <v>437</v>
+        <v>413</v>
       </c>
       <c r="D73" t="s">
-        <v>2653</v>
+        <v>2511</v>
       </c>
     </row>
     <row r="74" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B74" t="s">
-        <v>2654</v>
+        <v>2512</v>
       </c>
       <c r="C74" t="s">
-        <v>440</v>
+        <v>416</v>
       </c>
       <c r="D74" t="s">
-        <v>2655</v>
+        <v>2513</v>
       </c>
     </row>
     <row r="75" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B75" t="s">
-        <v>2656</v>
+        <v>2514</v>
       </c>
       <c r="C75" t="s">
-        <v>443</v>
+        <v>419</v>
       </c>
       <c r="D75" t="s">
-        <v>2657</v>
+        <v>2515</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <dimension ref="A1:D52"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>92</v>
+        <v>68</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>93</v>
+        <v>69</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>94</v>
+        <v>70</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
+        <v>10</v>
+      </c>
+      <c r="B2" t="s">
         <v>11</v>
       </c>
-      <c r="B2" t="s">
+      <c r="D2" t="s">
         <v>12</v>
-      </c>
-[...1 lines deleted...]
-        <v>14</v>
       </c>
     </row>
     <row r="3" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
-        <v>146</v>
+        <v>122</v>
       </c>
       <c r="B3" t="s">
-        <v>96</v>
+        <v>72</v>
       </c>
       <c r="D3" t="s">
-        <v>148</v>
+        <v>124</v>
       </c>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A4" t="s">
-        <v>147</v>
+        <v>123</v>
       </c>
       <c r="B4" t="s">
-        <v>100</v>
+        <v>76</v>
       </c>
       <c r="D4" t="s">
-        <v>149</v>
+        <v>125</v>
       </c>
     </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B5" t="s">
-        <v>150</v>
+        <v>126</v>
       </c>
       <c r="D5" t="s">
-        <v>151</v>
+        <v>127</v>
       </c>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B6" t="s">
-        <v>152</v>
+        <v>128</v>
       </c>
       <c r="D6" t="s">
-        <v>153</v>
+        <v>129</v>
       </c>
     </row>
     <row r="7" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B7" t="s">
-        <v>154</v>
+        <v>130</v>
       </c>
       <c r="D7" t="s">
-        <v>155</v>
+        <v>131</v>
       </c>
     </row>
     <row r="8" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B8" t="s">
-        <v>156</v>
+        <v>132</v>
       </c>
       <c r="D8" t="s">
-        <v>157</v>
+        <v>133</v>
       </c>
     </row>
     <row r="9" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B9" t="s">
-        <v>158</v>
+        <v>134</v>
       </c>
       <c r="C9" t="s">
-        <v>103</v>
+        <v>79</v>
       </c>
       <c r="D9" t="s">
-        <v>159</v>
+        <v>135</v>
       </c>
     </row>
     <row r="10" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B10" t="s">
-        <v>160</v>
+        <v>136</v>
       </c>
       <c r="C10" t="s">
-        <v>106</v>
+        <v>82</v>
       </c>
       <c r="D10" t="s">
-        <v>161</v>
+        <v>137</v>
       </c>
     </row>
     <row r="11" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B11" t="s">
-        <v>162</v>
+        <v>138</v>
       </c>
       <c r="C11" t="s">
-        <v>109</v>
+        <v>85</v>
       </c>
       <c r="D11" t="s">
-        <v>163</v>
+        <v>139</v>
       </c>
     </row>
     <row r="12" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B12" t="s">
-        <v>164</v>
+        <v>140</v>
       </c>
       <c r="D12" t="s">
-        <v>165</v>
+        <v>141</v>
       </c>
     </row>
     <row r="13" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B13" t="s">
-        <v>166</v>
+        <v>142</v>
       </c>
       <c r="C13" t="s">
-        <v>112</v>
+        <v>88</v>
       </c>
       <c r="D13" t="s">
-        <v>167</v>
+        <v>143</v>
       </c>
     </row>
     <row r="14" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B14" t="s">
-        <v>168</v>
+        <v>144</v>
       </c>
       <c r="C14" t="s">
-        <v>115</v>
+        <v>91</v>
       </c>
       <c r="D14" t="s">
-        <v>169</v>
+        <v>145</v>
       </c>
     </row>
     <row r="15" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B15" t="s">
-        <v>170</v>
+        <v>146</v>
       </c>
       <c r="D15" t="s">
-        <v>171</v>
+        <v>147</v>
       </c>
     </row>
     <row r="16" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B16" t="s">
-        <v>172</v>
+        <v>148</v>
       </c>
       <c r="C16" t="s">
-        <v>118</v>
+        <v>94</v>
       </c>
       <c r="D16" t="s">
-        <v>173</v>
+        <v>149</v>
       </c>
     </row>
     <row r="17" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B17" t="s">
-        <v>174</v>
+        <v>150</v>
       </c>
       <c r="C17" t="s">
-        <v>121</v>
+        <v>97</v>
       </c>
       <c r="D17" t="s">
-        <v>175</v>
+        <v>151</v>
       </c>
     </row>
     <row r="18" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B18" t="s">
-        <v>176</v>
+        <v>152</v>
       </c>
       <c r="C18" t="s">
-        <v>124</v>
+        <v>100</v>
       </c>
       <c r="D18" t="s">
-        <v>177</v>
+        <v>153</v>
       </c>
     </row>
     <row r="19" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B19" t="s">
-        <v>178</v>
+        <v>154</v>
       </c>
       <c r="C19" t="s">
-        <v>127</v>
+        <v>103</v>
       </c>
       <c r="D19" t="s">
-        <v>179</v>
+        <v>155</v>
       </c>
     </row>
     <row r="20" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B20" t="s">
-        <v>180</v>
+        <v>156</v>
       </c>
       <c r="C20" t="s">
-        <v>130</v>
+        <v>106</v>
       </c>
       <c r="D20" t="s">
-        <v>181</v>
+        <v>157</v>
       </c>
     </row>
     <row r="21" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B21" t="s">
-        <v>182</v>
+        <v>158</v>
       </c>
       <c r="C21" t="s">
-        <v>133</v>
+        <v>109</v>
       </c>
       <c r="D21" t="s">
-        <v>183</v>
+        <v>159</v>
       </c>
     </row>
     <row r="22" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B22" t="s">
-        <v>184</v>
+        <v>160</v>
       </c>
       <c r="C22" t="s">
-        <v>136</v>
+        <v>112</v>
       </c>
       <c r="D22" t="s">
-        <v>185</v>
+        <v>161</v>
       </c>
     </row>
     <row r="23" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B23" t="s">
-        <v>186</v>
+        <v>162</v>
       </c>
       <c r="C23" t="s">
-        <v>139</v>
+        <v>115</v>
       </c>
       <c r="D23" t="s">
-        <v>187</v>
+        <v>163</v>
       </c>
     </row>
     <row r="24" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B24" t="s">
-        <v>188</v>
+        <v>164</v>
       </c>
       <c r="C24" t="s">
-        <v>142</v>
+        <v>118</v>
       </c>
       <c r="D24" t="s">
-        <v>189</v>
+        <v>165</v>
       </c>
     </row>
     <row r="25" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B25" t="s">
-        <v>190</v>
+        <v>166</v>
       </c>
       <c r="C25" t="s">
-        <v>191</v>
+        <v>167</v>
       </c>
       <c r="D25" t="s">
-        <v>192</v>
+        <v>168</v>
       </c>
     </row>
     <row r="26" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B26" t="s">
-        <v>193</v>
+        <v>169</v>
       </c>
       <c r="C26" t="s">
-        <v>194</v>
+        <v>170</v>
       </c>
       <c r="D26" t="s">
-        <v>195</v>
+        <v>171</v>
       </c>
     </row>
     <row r="27" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B27" t="s">
-        <v>196</v>
+        <v>172</v>
       </c>
       <c r="C27" t="s">
-        <v>197</v>
+        <v>173</v>
       </c>
       <c r="D27" t="s">
-        <v>198</v>
+        <v>174</v>
       </c>
     </row>
     <row r="28" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B28" t="s">
-        <v>199</v>
+        <v>175</v>
       </c>
       <c r="C28" t="s">
-        <v>200</v>
+        <v>176</v>
       </c>
       <c r="D28" t="s">
-        <v>201</v>
+        <v>177</v>
       </c>
     </row>
     <row r="29" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B29" t="s">
-        <v>202</v>
+        <v>178</v>
       </c>
       <c r="D29" t="s">
-        <v>203</v>
+        <v>179</v>
       </c>
     </row>
     <row r="30" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B30" t="s">
-        <v>204</v>
+        <v>180</v>
       </c>
       <c r="C30" t="s">
-        <v>205</v>
+        <v>181</v>
       </c>
       <c r="D30" t="s">
-        <v>206</v>
+        <v>182</v>
       </c>
     </row>
     <row r="31" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B31" t="s">
-        <v>207</v>
+        <v>183</v>
       </c>
       <c r="C31" t="s">
-        <v>208</v>
+        <v>184</v>
       </c>
       <c r="D31" t="s">
-        <v>209</v>
+        <v>185</v>
       </c>
     </row>
     <row r="32" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B32" t="s">
-        <v>210</v>
+        <v>186</v>
       </c>
       <c r="C32" t="s">
-        <v>211</v>
+        <v>187</v>
       </c>
       <c r="D32" t="s">
-        <v>212</v>
+        <v>188</v>
       </c>
     </row>
     <row r="33" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B33" t="s">
-        <v>213</v>
+        <v>189</v>
       </c>
       <c r="C33" t="s">
-        <v>214</v>
+        <v>190</v>
       </c>
       <c r="D33" t="s">
-        <v>215</v>
+        <v>191</v>
       </c>
     </row>
     <row r="34" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B34" t="s">
-        <v>216</v>
+        <v>192</v>
       </c>
       <c r="D34" t="s">
-        <v>217</v>
+        <v>193</v>
       </c>
     </row>
     <row r="35" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B35" t="s">
-        <v>218</v>
+        <v>194</v>
       </c>
       <c r="C35" t="s">
-        <v>219</v>
+        <v>195</v>
       </c>
       <c r="D35" t="s">
-        <v>220</v>
+        <v>196</v>
       </c>
     </row>
     <row r="36" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B36" t="s">
-        <v>221</v>
+        <v>197</v>
       </c>
       <c r="C36" t="s">
-        <v>222</v>
+        <v>198</v>
       </c>
       <c r="D36" t="s">
-        <v>223</v>
+        <v>199</v>
       </c>
     </row>
     <row r="37" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B37" t="s">
-        <v>224</v>
+        <v>200</v>
       </c>
       <c r="D37" t="s">
-        <v>225</v>
+        <v>201</v>
       </c>
     </row>
     <row r="38" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B38" t="s">
-        <v>226</v>
+        <v>202</v>
       </c>
       <c r="C38" t="s">
-        <v>227</v>
+        <v>203</v>
       </c>
       <c r="D38" t="s">
-        <v>228</v>
+        <v>204</v>
       </c>
     </row>
     <row r="39" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B39" t="s">
-        <v>229</v>
+        <v>205</v>
       </c>
       <c r="C39" t="s">
-        <v>230</v>
+        <v>206</v>
       </c>
       <c r="D39" t="s">
-        <v>231</v>
+        <v>207</v>
       </c>
     </row>
     <row r="40" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B40" t="s">
-        <v>232</v>
+        <v>208</v>
       </c>
       <c r="D40" t="s">
-        <v>233</v>
+        <v>209</v>
       </c>
     </row>
     <row r="41" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B41" t="s">
-        <v>156</v>
+        <v>132</v>
       </c>
       <c r="D41" t="s">
-        <v>234</v>
+        <v>210</v>
       </c>
     </row>
     <row r="42" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B42" t="s">
-        <v>235</v>
+        <v>211</v>
       </c>
       <c r="C42" t="s">
-        <v>236</v>
+        <v>212</v>
       </c>
       <c r="D42" t="s">
-        <v>237</v>
+        <v>213</v>
       </c>
     </row>
     <row r="43" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B43" t="s">
-        <v>238</v>
+        <v>214</v>
       </c>
       <c r="C43" t="s">
-        <v>239</v>
+        <v>215</v>
       </c>
       <c r="D43" t="s">
-        <v>240</v>
+        <v>216</v>
       </c>
     </row>
     <row r="44" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B44" t="s">
-        <v>241</v>
+        <v>217</v>
       </c>
       <c r="D44" t="s">
-        <v>242</v>
+        <v>218</v>
       </c>
     </row>
     <row r="45" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B45" t="s">
-        <v>243</v>
+        <v>219</v>
       </c>
       <c r="C45" t="s">
-        <v>244</v>
+        <v>220</v>
       </c>
       <c r="D45" t="s">
-        <v>245</v>
+        <v>221</v>
       </c>
     </row>
     <row r="46" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B46" t="s">
-        <v>246</v>
+        <v>222</v>
       </c>
       <c r="C46" t="s">
-        <v>247</v>
+        <v>223</v>
       </c>
       <c r="D46" t="s">
-        <v>248</v>
+        <v>224</v>
       </c>
     </row>
     <row r="47" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B47" t="s">
-        <v>249</v>
+        <v>225</v>
       </c>
       <c r="C47" t="s">
-        <v>250</v>
+        <v>226</v>
       </c>
       <c r="D47" t="s">
-        <v>251</v>
+        <v>227</v>
       </c>
     </row>
     <row r="48" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B48" t="s">
-        <v>252</v>
+        <v>228</v>
       </c>
       <c r="C48" t="s">
-        <v>253</v>
+        <v>229</v>
       </c>
       <c r="D48" t="s">
-        <v>254</v>
+        <v>230</v>
       </c>
     </row>
     <row r="49" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B49" t="s">
-        <v>255</v>
+        <v>231</v>
       </c>
       <c r="C49" t="s">
-        <v>256</v>
+        <v>232</v>
       </c>
       <c r="D49" t="s">
-        <v>257</v>
+        <v>233</v>
       </c>
     </row>
     <row r="50" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B50" t="s">
-        <v>224</v>
+        <v>200</v>
       </c>
       <c r="D50" t="s">
-        <v>258</v>
+        <v>234</v>
       </c>
     </row>
     <row r="51" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B51" t="s">
-        <v>259</v>
+        <v>235</v>
       </c>
       <c r="C51" t="s">
-        <v>260</v>
+        <v>236</v>
       </c>
       <c r="D51" t="s">
-        <v>261</v>
+        <v>237</v>
       </c>
     </row>
     <row r="52" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B52" t="s">
-        <v>262</v>
+        <v>238</v>
       </c>
       <c r="C52" t="s">
-        <v>263</v>
+        <v>239</v>
       </c>
       <c r="D52" t="s">
-        <v>264</v>
+        <v>240</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
   <dimension ref="A1:D181"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>92</v>
+        <v>68</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>93</v>
+        <v>69</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>94</v>
+        <v>70</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
+        <v>13</v>
+      </c>
+      <c r="B2" t="s">
+        <v>14</v>
+      </c>
+      <c r="D2" t="s">
         <v>15</v>
-      </c>
-[...4 lines deleted...]
-        <v>18</v>
       </c>
     </row>
     <row r="3" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
-        <v>265</v>
+        <v>241</v>
       </c>
       <c r="B3" t="s">
-        <v>96</v>
+        <v>72</v>
       </c>
       <c r="D3" t="s">
-        <v>267</v>
+        <v>243</v>
       </c>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A4" t="s">
-        <v>266</v>
+        <v>242</v>
       </c>
       <c r="B4" t="s">
-        <v>268</v>
+        <v>244</v>
       </c>
       <c r="D4" t="s">
-        <v>269</v>
+        <v>245</v>
       </c>
     </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B5" t="s">
-        <v>270</v>
+        <v>246</v>
       </c>
       <c r="D5" t="s">
-        <v>271</v>
+        <v>247</v>
       </c>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B6" t="s">
-        <v>100</v>
+        <v>76</v>
       </c>
       <c r="D6" t="s">
-        <v>272</v>
+        <v>248</v>
       </c>
     </row>
     <row r="7" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B7" t="s">
-        <v>152</v>
+        <v>128</v>
       </c>
       <c r="D7" t="s">
-        <v>273</v>
+        <v>249</v>
       </c>
     </row>
     <row r="8" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B8" t="s">
-        <v>274</v>
+        <v>250</v>
       </c>
       <c r="D8" t="s">
-        <v>275</v>
+        <v>251</v>
       </c>
     </row>
     <row r="9" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B9" t="s">
-        <v>276</v>
+        <v>252</v>
       </c>
       <c r="D9" t="s">
-        <v>277</v>
+        <v>253</v>
       </c>
     </row>
     <row r="10" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B10" t="s">
-        <v>278</v>
+        <v>254</v>
       </c>
       <c r="C10" t="s">
-        <v>103</v>
+        <v>79</v>
       </c>
       <c r="D10" t="s">
-        <v>279</v>
+        <v>255</v>
       </c>
     </row>
     <row r="11" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B11" t="s">
-        <v>280</v>
+        <v>256</v>
       </c>
       <c r="C11" t="s">
-        <v>106</v>
+        <v>82</v>
       </c>
       <c r="D11" t="s">
-        <v>281</v>
+        <v>257</v>
       </c>
     </row>
     <row r="12" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B12" t="s">
-        <v>282</v>
+        <v>258</v>
       </c>
       <c r="C12" t="s">
-        <v>109</v>
+        <v>85</v>
       </c>
       <c r="D12" t="s">
-        <v>283</v>
+        <v>259</v>
       </c>
     </row>
     <row r="13" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B13" t="s">
-        <v>284</v>
+        <v>260</v>
       </c>
       <c r="C13" t="s">
-        <v>112</v>
+        <v>88</v>
       </c>
       <c r="D13" t="s">
-        <v>285</v>
+        <v>261</v>
       </c>
     </row>
     <row r="14" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B14" t="s">
-        <v>286</v>
+        <v>262</v>
       </c>
       <c r="C14" t="s">
-        <v>115</v>
+        <v>91</v>
       </c>
       <c r="D14" t="s">
-        <v>287</v>
+        <v>263</v>
       </c>
     </row>
     <row r="15" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B15" t="s">
-        <v>288</v>
+        <v>264</v>
       </c>
       <c r="C15" t="s">
-        <v>118</v>
+        <v>94</v>
       </c>
       <c r="D15" t="s">
-        <v>289</v>
+        <v>265</v>
       </c>
     </row>
     <row r="16" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B16" t="s">
-        <v>290</v>
+        <v>266</v>
       </c>
       <c r="C16" t="s">
-        <v>121</v>
+        <v>97</v>
       </c>
       <c r="D16" t="s">
-        <v>291</v>
+        <v>267</v>
       </c>
     </row>
     <row r="17" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B17" t="s">
-        <v>292</v>
+        <v>268</v>
       </c>
       <c r="C17" t="s">
-        <v>124</v>
+        <v>100</v>
       </c>
       <c r="D17" t="s">
-        <v>293</v>
+        <v>269</v>
       </c>
     </row>
     <row r="18" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B18" t="s">
-        <v>294</v>
+        <v>270</v>
       </c>
       <c r="C18" t="s">
-        <v>127</v>
+        <v>103</v>
       </c>
       <c r="D18" t="s">
-        <v>295</v>
+        <v>271</v>
       </c>
     </row>
     <row r="19" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B19" t="s">
-        <v>296</v>
+        <v>272</v>
       </c>
       <c r="C19" t="s">
-        <v>130</v>
+        <v>106</v>
       </c>
       <c r="D19" t="s">
-        <v>297</v>
+        <v>273</v>
       </c>
     </row>
     <row r="20" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B20" t="s">
-        <v>298</v>
+        <v>274</v>
       </c>
       <c r="C20" t="s">
-        <v>133</v>
+        <v>109</v>
       </c>
       <c r="D20" t="s">
-        <v>299</v>
+        <v>275</v>
       </c>
     </row>
     <row r="21" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B21" t="s">
-        <v>300</v>
+        <v>276</v>
       </c>
       <c r="C21" t="s">
-        <v>136</v>
+        <v>112</v>
       </c>
       <c r="D21" t="s">
-        <v>301</v>
+        <v>277</v>
       </c>
     </row>
     <row r="22" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B22" t="s">
-        <v>302</v>
+        <v>278</v>
       </c>
       <c r="C22" t="s">
-        <v>139</v>
+        <v>115</v>
       </c>
       <c r="D22" t="s">
-        <v>303</v>
+        <v>279</v>
       </c>
     </row>
     <row r="23" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B23" t="s">
-        <v>304</v>
+        <v>280</v>
       </c>
       <c r="C23" t="s">
-        <v>142</v>
+        <v>118</v>
       </c>
       <c r="D23" t="s">
-        <v>305</v>
+        <v>281</v>
       </c>
     </row>
     <row r="24" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B24" t="s">
-        <v>306</v>
+        <v>282</v>
       </c>
       <c r="C24" t="s">
-        <v>191</v>
+        <v>167</v>
       </c>
       <c r="D24" t="s">
-        <v>307</v>
+        <v>283</v>
       </c>
     </row>
     <row r="25" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B25" t="s">
-        <v>308</v>
+        <v>284</v>
       </c>
       <c r="C25" t="s">
-        <v>194</v>
+        <v>170</v>
       </c>
       <c r="D25" t="s">
-        <v>309</v>
+        <v>285</v>
       </c>
     </row>
     <row r="26" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B26" t="s">
-        <v>310</v>
+        <v>286</v>
       </c>
       <c r="D26" t="s">
-        <v>311</v>
+        <v>287</v>
       </c>
     </row>
     <row r="27" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B27" t="s">
-        <v>312</v>
+        <v>288</v>
       </c>
       <c r="C27" t="s">
-        <v>197</v>
+        <v>173</v>
       </c>
       <c r="D27" t="s">
-        <v>313</v>
+        <v>289</v>
       </c>
     </row>
     <row r="28" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B28" t="s">
-        <v>314</v>
+        <v>290</v>
       </c>
       <c r="C28" t="s">
-        <v>200</v>
+        <v>176</v>
       </c>
       <c r="D28" t="s">
-        <v>315</v>
+        <v>291</v>
       </c>
     </row>
     <row r="29" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B29" t="s">
-        <v>316</v>
+        <v>292</v>
       </c>
       <c r="C29" t="s">
-        <v>205</v>
+        <v>181</v>
       </c>
       <c r="D29" t="s">
-        <v>317</v>
+        <v>293</v>
       </c>
     </row>
     <row r="30" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B30" t="s">
-        <v>318</v>
+        <v>294</v>
       </c>
       <c r="C30" t="s">
-        <v>208</v>
+        <v>184</v>
       </c>
       <c r="D30" t="s">
-        <v>319</v>
+        <v>295</v>
       </c>
     </row>
     <row r="31" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B31" t="s">
-        <v>320</v>
+        <v>296</v>
       </c>
       <c r="C31" t="s">
-        <v>211</v>
+        <v>187</v>
       </c>
       <c r="D31" t="s">
-        <v>321</v>
+        <v>297</v>
       </c>
     </row>
     <row r="32" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B32" t="s">
-        <v>322</v>
+        <v>298</v>
       </c>
       <c r="C32" t="s">
-        <v>214</v>
+        <v>190</v>
       </c>
       <c r="D32" t="s">
-        <v>323</v>
+        <v>299</v>
       </c>
     </row>
     <row r="33" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B33" t="s">
-        <v>324</v>
+        <v>300</v>
       </c>
       <c r="C33" t="s">
-        <v>219</v>
+        <v>195</v>
       </c>
       <c r="D33" t="s">
-        <v>325</v>
+        <v>301</v>
       </c>
     </row>
     <row r="34" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B34" t="s">
-        <v>326</v>
+        <v>302</v>
       </c>
       <c r="C34" t="s">
-        <v>222</v>
+        <v>198</v>
       </c>
       <c r="D34" t="s">
-        <v>327</v>
+        <v>303</v>
       </c>
     </row>
     <row r="35" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B35" t="s">
-        <v>328</v>
+        <v>304</v>
       </c>
       <c r="C35" t="s">
-        <v>227</v>
+        <v>203</v>
       </c>
       <c r="D35" t="s">
-        <v>329</v>
+        <v>305</v>
       </c>
     </row>
     <row r="36" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B36" t="s">
-        <v>330</v>
+        <v>306</v>
       </c>
       <c r="C36" t="s">
-        <v>230</v>
+        <v>206</v>
       </c>
       <c r="D36" t="s">
-        <v>331</v>
+        <v>307</v>
       </c>
     </row>
     <row r="37" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B37" t="s">
-        <v>332</v>
+        <v>308</v>
       </c>
       <c r="D37" t="s">
-        <v>333</v>
+        <v>309</v>
       </c>
     </row>
     <row r="38" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B38" t="s">
-        <v>334</v>
+        <v>310</v>
       </c>
       <c r="C38" t="s">
-        <v>236</v>
+        <v>212</v>
       </c>
       <c r="D38" t="s">
-        <v>335</v>
+        <v>311</v>
       </c>
     </row>
     <row r="39" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B39" t="s">
-        <v>336</v>
+        <v>312</v>
       </c>
       <c r="C39" t="s">
-        <v>239</v>
+        <v>215</v>
       </c>
       <c r="D39" t="s">
-        <v>337</v>
+        <v>313</v>
       </c>
     </row>
     <row r="40" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B40" t="s">
-        <v>338</v>
+        <v>314</v>
       </c>
       <c r="C40" t="s">
-        <v>244</v>
+        <v>220</v>
       </c>
       <c r="D40" t="s">
-        <v>339</v>
+        <v>315</v>
       </c>
     </row>
     <row r="41" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B41" t="s">
-        <v>340</v>
+        <v>316</v>
       </c>
       <c r="C41" t="s">
-        <v>247</v>
+        <v>223</v>
       </c>
       <c r="D41" t="s">
-        <v>341</v>
+        <v>317</v>
       </c>
     </row>
     <row r="42" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B42" t="s">
-        <v>342</v>
+        <v>318</v>
       </c>
       <c r="C42" t="s">
-        <v>250</v>
+        <v>226</v>
       </c>
       <c r="D42" t="s">
-        <v>343</v>
+        <v>319</v>
       </c>
     </row>
     <row r="43" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B43" t="s">
-        <v>344</v>
+        <v>320</v>
       </c>
       <c r="C43" t="s">
-        <v>253</v>
+        <v>229</v>
       </c>
       <c r="D43" t="s">
-        <v>345</v>
+        <v>321</v>
       </c>
     </row>
     <row r="44" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B44" t="s">
-        <v>346</v>
+        <v>322</v>
       </c>
       <c r="C44" t="s">
-        <v>256</v>
+        <v>232</v>
       </c>
       <c r="D44" t="s">
-        <v>347</v>
+        <v>323</v>
       </c>
     </row>
     <row r="45" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B45" t="s">
-        <v>348</v>
+        <v>324</v>
       </c>
       <c r="C45" t="s">
-        <v>260</v>
+        <v>236</v>
       </c>
       <c r="D45" t="s">
-        <v>349</v>
+        <v>325</v>
       </c>
     </row>
     <row r="46" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B46" t="s">
-        <v>350</v>
+        <v>326</v>
       </c>
       <c r="C46" t="s">
-        <v>263</v>
+        <v>239</v>
       </c>
       <c r="D46" t="s">
-        <v>351</v>
+        <v>327</v>
       </c>
     </row>
     <row r="47" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B47" t="s">
-        <v>352</v>
+        <v>328</v>
       </c>
       <c r="D47" t="s">
-        <v>353</v>
+        <v>329</v>
       </c>
     </row>
     <row r="48" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B48" t="s">
-        <v>354</v>
+        <v>330</v>
       </c>
       <c r="C48" t="s">
-        <v>355</v>
+        <v>331</v>
       </c>
       <c r="D48" t="s">
-        <v>356</v>
+        <v>332</v>
       </c>
     </row>
     <row r="49" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B49" t="s">
-        <v>357</v>
+        <v>333</v>
       </c>
       <c r="C49" t="s">
-        <v>358</v>
+        <v>334</v>
       </c>
       <c r="D49" t="s">
-        <v>359</v>
+        <v>335</v>
       </c>
     </row>
     <row r="50" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B50" t="s">
-        <v>360</v>
+        <v>336</v>
       </c>
       <c r="D50" t="s">
-        <v>361</v>
+        <v>337</v>
       </c>
     </row>
     <row r="51" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B51" t="s">
-        <v>362</v>
+        <v>338</v>
       </c>
       <c r="C51" t="s">
-        <v>363</v>
+        <v>339</v>
       </c>
       <c r="D51" t="s">
-        <v>364</v>
+        <v>340</v>
       </c>
     </row>
     <row r="52" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B52" t="s">
-        <v>365</v>
+        <v>341</v>
       </c>
       <c r="C52" t="s">
-        <v>366</v>
+        <v>342</v>
       </c>
       <c r="D52" t="s">
-        <v>367</v>
+        <v>343</v>
       </c>
     </row>
     <row r="53" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B53" t="s">
-        <v>368</v>
+        <v>344</v>
       </c>
       <c r="C53" t="s">
-        <v>369</v>
+        <v>345</v>
       </c>
       <c r="D53" t="s">
-        <v>370</v>
+        <v>346</v>
       </c>
     </row>
     <row r="54" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B54" t="s">
-        <v>371</v>
+        <v>347</v>
       </c>
       <c r="D54" t="s">
-        <v>372</v>
+        <v>348</v>
       </c>
     </row>
     <row r="55" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B55" t="s">
-        <v>373</v>
+        <v>349</v>
       </c>
       <c r="C55" t="s">
-        <v>374</v>
+        <v>350</v>
       </c>
       <c r="D55" t="s">
-        <v>375</v>
+        <v>351</v>
       </c>
     </row>
     <row r="56" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B56" t="s">
-        <v>376</v>
+        <v>352</v>
       </c>
       <c r="C56" t="s">
-        <v>377</v>
+        <v>353</v>
       </c>
       <c r="D56" t="s">
-        <v>378</v>
+        <v>354</v>
       </c>
     </row>
     <row r="57" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B57" t="s">
-        <v>379</v>
+        <v>355</v>
       </c>
       <c r="D57" t="s">
-        <v>380</v>
+        <v>356</v>
       </c>
     </row>
     <row r="58" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B58" t="s">
-        <v>381</v>
+        <v>357</v>
       </c>
       <c r="C58" t="s">
-        <v>382</v>
+        <v>358</v>
       </c>
       <c r="D58" t="s">
-        <v>383</v>
+        <v>359</v>
       </c>
     </row>
     <row r="59" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B59" t="s">
-        <v>384</v>
+        <v>360</v>
       </c>
       <c r="C59" t="s">
-        <v>385</v>
+        <v>361</v>
       </c>
       <c r="D59" t="s">
-        <v>386</v>
+        <v>362</v>
       </c>
     </row>
     <row r="60" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B60" t="s">
-        <v>387</v>
+        <v>363</v>
       </c>
       <c r="C60" t="s">
-        <v>388</v>
+        <v>364</v>
       </c>
       <c r="D60" t="s">
-        <v>389</v>
+        <v>365</v>
       </c>
     </row>
     <row r="61" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B61" t="s">
-        <v>390</v>
+        <v>366</v>
       </c>
       <c r="D61" t="s">
-        <v>391</v>
+        <v>367</v>
       </c>
     </row>
     <row r="62" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B62" t="s">
-        <v>392</v>
+        <v>368</v>
       </c>
       <c r="C62" t="s">
-        <v>393</v>
+        <v>369</v>
       </c>
       <c r="D62" t="s">
-        <v>394</v>
+        <v>370</v>
       </c>
     </row>
     <row r="63" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B63" t="s">
-        <v>395</v>
+        <v>371</v>
       </c>
       <c r="C63" t="s">
-        <v>396</v>
+        <v>372</v>
       </c>
       <c r="D63" t="s">
-        <v>397</v>
+        <v>373</v>
       </c>
     </row>
     <row r="64" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B64" t="s">
-        <v>398</v>
+        <v>374</v>
       </c>
       <c r="C64" t="s">
-        <v>399</v>
+        <v>375</v>
       </c>
       <c r="D64" t="s">
-        <v>400</v>
+        <v>376</v>
       </c>
     </row>
     <row r="65" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B65" t="s">
-        <v>401</v>
+        <v>377</v>
       </c>
       <c r="C65" t="s">
-        <v>402</v>
+        <v>378</v>
       </c>
       <c r="D65" t="s">
-        <v>403</v>
+        <v>379</v>
       </c>
     </row>
     <row r="66" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B66" t="s">
-        <v>404</v>
+        <v>380</v>
       </c>
       <c r="C66" t="s">
-        <v>405</v>
+        <v>381</v>
       </c>
       <c r="D66" t="s">
-        <v>406</v>
+        <v>382</v>
       </c>
     </row>
     <row r="67" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B67" t="s">
-        <v>407</v>
+        <v>383</v>
       </c>
       <c r="C67" t="s">
-        <v>408</v>
+        <v>384</v>
       </c>
       <c r="D67" t="s">
-        <v>409</v>
+        <v>385</v>
       </c>
     </row>
     <row r="68" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B68" t="s">
-        <v>410</v>
+        <v>386</v>
       </c>
       <c r="C68" t="s">
-        <v>411</v>
+        <v>387</v>
       </c>
       <c r="D68" t="s">
-        <v>412</v>
+        <v>388</v>
       </c>
     </row>
     <row r="69" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B69" t="s">
-        <v>413</v>
+        <v>389</v>
       </c>
       <c r="C69" t="s">
-        <v>414</v>
+        <v>390</v>
       </c>
       <c r="D69" t="s">
-        <v>415</v>
+        <v>391</v>
       </c>
     </row>
     <row r="70" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B70" t="s">
-        <v>416</v>
+        <v>392</v>
       </c>
       <c r="C70" t="s">
-        <v>417</v>
+        <v>393</v>
       </c>
       <c r="D70" t="s">
-        <v>418</v>
+        <v>394</v>
       </c>
     </row>
     <row r="71" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B71" t="s">
-        <v>419</v>
+        <v>395</v>
       </c>
       <c r="D71" t="s">
-        <v>420</v>
+        <v>396</v>
       </c>
     </row>
     <row r="72" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B72" t="s">
-        <v>421</v>
+        <v>397</v>
       </c>
       <c r="C72" t="s">
-        <v>422</v>
+        <v>398</v>
       </c>
       <c r="D72" t="s">
-        <v>423</v>
+        <v>399</v>
       </c>
     </row>
     <row r="73" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B73" t="s">
-        <v>424</v>
+        <v>400</v>
       </c>
       <c r="C73" t="s">
-        <v>425</v>
+        <v>401</v>
       </c>
       <c r="D73" t="s">
-        <v>426</v>
+        <v>402</v>
       </c>
     </row>
     <row r="74" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B74" t="s">
-        <v>427</v>
+        <v>403</v>
       </c>
       <c r="C74" t="s">
-        <v>428</v>
+        <v>404</v>
       </c>
       <c r="D74" t="s">
-        <v>429</v>
+        <v>405</v>
       </c>
     </row>
     <row r="75" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B75" t="s">
-        <v>430</v>
+        <v>406</v>
       </c>
       <c r="C75" t="s">
-        <v>431</v>
+        <v>407</v>
       </c>
       <c r="D75" t="s">
-        <v>432</v>
+        <v>408</v>
       </c>
     </row>
     <row r="76" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B76" t="s">
-        <v>433</v>
+        <v>409</v>
       </c>
       <c r="C76" t="s">
-        <v>434</v>
+        <v>410</v>
       </c>
       <c r="D76" t="s">
-        <v>435</v>
+        <v>411</v>
       </c>
     </row>
     <row r="77" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B77" t="s">
-        <v>436</v>
+        <v>412</v>
       </c>
       <c r="C77" t="s">
-        <v>437</v>
+        <v>413</v>
       </c>
       <c r="D77" t="s">
-        <v>438</v>
+        <v>414</v>
       </c>
     </row>
     <row r="78" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B78" t="s">
-        <v>439</v>
+        <v>415</v>
       </c>
       <c r="C78" t="s">
-        <v>440</v>
+        <v>416</v>
       </c>
       <c r="D78" t="s">
-        <v>441</v>
+        <v>417</v>
       </c>
     </row>
     <row r="79" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B79" t="s">
-        <v>442</v>
+        <v>418</v>
       </c>
       <c r="C79" t="s">
-        <v>443</v>
+        <v>419</v>
       </c>
       <c r="D79" t="s">
-        <v>444</v>
+        <v>420</v>
       </c>
     </row>
     <row r="80" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B80" t="s">
-        <v>445</v>
+        <v>421</v>
       </c>
       <c r="C80" t="s">
-        <v>446</v>
+        <v>422</v>
       </c>
       <c r="D80" t="s">
-        <v>447</v>
+        <v>423</v>
       </c>
     </row>
     <row r="81" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B81" t="s">
-        <v>448</v>
+        <v>424</v>
       </c>
       <c r="D81" t="s">
-        <v>449</v>
+        <v>425</v>
       </c>
     </row>
     <row r="82" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B82" t="s">
-        <v>450</v>
+        <v>426</v>
       </c>
       <c r="C82" t="s">
-        <v>451</v>
+        <v>427</v>
       </c>
       <c r="D82" t="s">
-        <v>452</v>
+        <v>428</v>
       </c>
     </row>
     <row r="83" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B83" t="s">
-        <v>453</v>
+        <v>429</v>
       </c>
       <c r="C83" t="s">
-        <v>454</v>
+        <v>430</v>
       </c>
       <c r="D83" t="s">
-        <v>455</v>
+        <v>431</v>
       </c>
     </row>
     <row r="84" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B84" t="s">
-        <v>456</v>
+        <v>432</v>
       </c>
       <c r="C84" t="s">
-        <v>457</v>
+        <v>433</v>
       </c>
       <c r="D84" t="s">
-        <v>458</v>
+        <v>434</v>
       </c>
     </row>
     <row r="85" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B85" t="s">
-        <v>459</v>
+        <v>435</v>
       </c>
       <c r="C85" t="s">
-        <v>460</v>
+        <v>436</v>
       </c>
       <c r="D85" t="s">
-        <v>461</v>
+        <v>437</v>
       </c>
     </row>
     <row r="86" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B86" t="s">
-        <v>462</v>
+        <v>438</v>
       </c>
       <c r="D86" t="s">
-        <v>463</v>
+        <v>439</v>
       </c>
     </row>
     <row r="87" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B87" t="s">
-        <v>464</v>
+        <v>440</v>
       </c>
       <c r="C87" t="s">
-        <v>465</v>
+        <v>441</v>
       </c>
       <c r="D87" t="s">
-        <v>466</v>
+        <v>442</v>
       </c>
     </row>
     <row r="88" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B88" t="s">
-        <v>467</v>
+        <v>443</v>
       </c>
       <c r="C88" t="s">
-        <v>468</v>
+        <v>444</v>
       </c>
       <c r="D88" t="s">
-        <v>469</v>
+        <v>445</v>
       </c>
     </row>
     <row r="89" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B89" t="s">
-        <v>470</v>
+        <v>446</v>
       </c>
       <c r="C89" t="s">
-        <v>471</v>
+        <v>447</v>
       </c>
       <c r="D89" t="s">
-        <v>472</v>
+        <v>448</v>
       </c>
     </row>
     <row r="90" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B90" t="s">
-        <v>473</v>
+        <v>449</v>
       </c>
       <c r="C90" t="s">
-        <v>474</v>
+        <v>450</v>
       </c>
       <c r="D90" t="s">
-        <v>475</v>
+        <v>451</v>
       </c>
     </row>
     <row r="91" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B91" t="s">
-        <v>476</v>
+        <v>452</v>
       </c>
       <c r="C91" t="s">
-        <v>477</v>
+        <v>453</v>
       </c>
       <c r="D91" t="s">
-        <v>478</v>
+        <v>454</v>
       </c>
     </row>
     <row r="92" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B92" t="s">
-        <v>479</v>
+        <v>455</v>
       </c>
       <c r="C92" t="s">
-        <v>480</v>
+        <v>456</v>
       </c>
       <c r="D92" t="s">
-        <v>481</v>
+        <v>457</v>
       </c>
     </row>
     <row r="93" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B93" t="s">
-        <v>482</v>
+        <v>458</v>
       </c>
       <c r="D93" t="s">
-        <v>483</v>
+        <v>459</v>
       </c>
     </row>
     <row r="94" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B94" t="s">
-        <v>484</v>
+        <v>460</v>
       </c>
       <c r="C94" t="s">
-        <v>485</v>
+        <v>461</v>
       </c>
       <c r="D94" t="s">
-        <v>486</v>
+        <v>462</v>
       </c>
     </row>
     <row r="95" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B95" t="s">
-        <v>487</v>
+        <v>463</v>
       </c>
       <c r="C95" t="s">
-        <v>488</v>
+        <v>464</v>
       </c>
       <c r="D95" t="s">
-        <v>489</v>
+        <v>465</v>
       </c>
     </row>
     <row r="96" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B96" t="s">
-        <v>490</v>
+        <v>466</v>
       </c>
       <c r="C96" t="s">
-        <v>491</v>
+        <v>467</v>
       </c>
       <c r="D96" t="s">
-        <v>492</v>
+        <v>468</v>
       </c>
     </row>
     <row r="97" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B97" t="s">
-        <v>493</v>
+        <v>469</v>
       </c>
       <c r="C97" t="s">
-        <v>494</v>
+        <v>470</v>
       </c>
       <c r="D97" t="s">
-        <v>495</v>
+        <v>471</v>
       </c>
     </row>
     <row r="98" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B98" t="s">
-        <v>496</v>
+        <v>472</v>
       </c>
       <c r="C98" t="s">
-        <v>497</v>
+        <v>473</v>
       </c>
       <c r="D98" t="s">
-        <v>498</v>
+        <v>474</v>
       </c>
     </row>
     <row r="99" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B99" t="s">
-        <v>499</v>
+        <v>475</v>
       </c>
       <c r="C99" t="s">
-        <v>500</v>
+        <v>476</v>
       </c>
       <c r="D99" t="s">
-        <v>501</v>
+        <v>477</v>
       </c>
     </row>
     <row r="100" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B100" t="s">
-        <v>502</v>
+        <v>478</v>
       </c>
       <c r="C100" t="s">
-        <v>503</v>
+        <v>479</v>
       </c>
       <c r="D100" t="s">
-        <v>504</v>
+        <v>480</v>
       </c>
     </row>
     <row r="101" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B101" t="s">
-        <v>505</v>
+        <v>481</v>
       </c>
       <c r="C101" t="s">
-        <v>506</v>
+        <v>482</v>
       </c>
       <c r="D101" t="s">
-        <v>507</v>
+        <v>483</v>
       </c>
     </row>
     <row r="102" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B102" t="s">
-        <v>508</v>
+        <v>484</v>
       </c>
       <c r="C102" t="s">
-        <v>509</v>
+        <v>485</v>
       </c>
       <c r="D102" t="s">
-        <v>510</v>
+        <v>486</v>
       </c>
     </row>
     <row r="103" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B103" t="s">
-        <v>511</v>
+        <v>487</v>
       </c>
       <c r="D103" t="s">
-        <v>512</v>
+        <v>488</v>
       </c>
     </row>
     <row r="104" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B104" t="s">
-        <v>513</v>
+        <v>489</v>
       </c>
       <c r="C104" t="s">
-        <v>514</v>
+        <v>490</v>
       </c>
       <c r="D104" t="s">
-        <v>515</v>
+        <v>491</v>
       </c>
     </row>
     <row r="105" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B105" t="s">
-        <v>516</v>
+        <v>492</v>
       </c>
       <c r="C105" t="s">
-        <v>517</v>
+        <v>493</v>
       </c>
       <c r="D105" t="s">
-        <v>518</v>
+        <v>494</v>
       </c>
     </row>
     <row r="106" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B106" t="s">
-        <v>519</v>
+        <v>495</v>
       </c>
       <c r="C106" t="s">
-        <v>520</v>
+        <v>496</v>
       </c>
       <c r="D106" t="s">
-        <v>521</v>
+        <v>497</v>
       </c>
     </row>
     <row r="107" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B107" t="s">
-        <v>522</v>
+        <v>498</v>
       </c>
       <c r="C107" t="s">
-        <v>523</v>
+        <v>499</v>
       </c>
       <c r="D107" t="s">
-        <v>524</v>
+        <v>500</v>
       </c>
     </row>
     <row r="108" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B108" t="s">
-        <v>525</v>
+        <v>501</v>
       </c>
       <c r="D108" t="s">
-        <v>526</v>
+        <v>502</v>
       </c>
     </row>
     <row r="109" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B109" t="s">
-        <v>527</v>
+        <v>503</v>
       </c>
       <c r="C109" t="s">
-        <v>528</v>
+        <v>504</v>
       </c>
       <c r="D109" t="s">
-        <v>529</v>
+        <v>505</v>
       </c>
     </row>
     <row r="110" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B110" t="s">
-        <v>530</v>
+        <v>506</v>
       </c>
       <c r="C110" t="s">
-        <v>531</v>
+        <v>507</v>
       </c>
       <c r="D110" t="s">
-        <v>532</v>
+        <v>508</v>
       </c>
     </row>
     <row r="111" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B111" t="s">
-        <v>533</v>
+        <v>509</v>
       </c>
       <c r="C111" t="s">
-        <v>534</v>
+        <v>510</v>
       </c>
       <c r="D111" t="s">
-        <v>535</v>
+        <v>511</v>
       </c>
     </row>
     <row r="112" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B112" t="s">
-        <v>536</v>
+        <v>512</v>
       </c>
       <c r="C112" t="s">
-        <v>537</v>
+        <v>513</v>
       </c>
       <c r="D112" t="s">
-        <v>538</v>
+        <v>514</v>
       </c>
     </row>
     <row r="113" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B113" t="s">
-        <v>539</v>
+        <v>515</v>
       </c>
       <c r="C113" t="s">
-        <v>540</v>
+        <v>516</v>
       </c>
       <c r="D113" t="s">
-        <v>541</v>
+        <v>517</v>
       </c>
     </row>
     <row r="114" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B114" t="s">
-        <v>542</v>
+        <v>518</v>
       </c>
       <c r="C114" t="s">
-        <v>543</v>
+        <v>519</v>
       </c>
       <c r="D114" t="s">
-        <v>544</v>
+        <v>520</v>
       </c>
     </row>
     <row r="115" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B115" t="s">
-        <v>545</v>
+        <v>521</v>
       </c>
       <c r="D115" t="s">
-        <v>546</v>
+        <v>522</v>
       </c>
     </row>
     <row r="116" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B116" t="s">
-        <v>547</v>
+        <v>523</v>
       </c>
       <c r="C116" t="s">
-        <v>548</v>
+        <v>524</v>
       </c>
       <c r="D116" t="s">
-        <v>549</v>
+        <v>525</v>
       </c>
     </row>
     <row r="117" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B117" t="s">
-        <v>550</v>
+        <v>526</v>
       </c>
       <c r="C117" t="s">
-        <v>551</v>
+        <v>527</v>
       </c>
       <c r="D117" t="s">
-        <v>552</v>
+        <v>528</v>
       </c>
     </row>
     <row r="118" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B118" t="s">
-        <v>553</v>
+        <v>529</v>
       </c>
       <c r="C118" t="s">
-        <v>554</v>
+        <v>530</v>
       </c>
       <c r="D118" t="s">
-        <v>555</v>
+        <v>531</v>
       </c>
     </row>
     <row r="119" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B119" t="s">
-        <v>556</v>
+        <v>532</v>
       </c>
       <c r="C119" t="s">
-        <v>557</v>
+        <v>533</v>
       </c>
       <c r="D119" t="s">
-        <v>558</v>
+        <v>534</v>
       </c>
     </row>
     <row r="120" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B120" t="s">
-        <v>559</v>
+        <v>535</v>
       </c>
       <c r="C120" t="s">
-        <v>560</v>
+        <v>536</v>
       </c>
       <c r="D120" t="s">
-        <v>561</v>
+        <v>537</v>
       </c>
     </row>
     <row r="121" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B121" t="s">
-        <v>562</v>
+        <v>538</v>
       </c>
       <c r="C121" t="s">
-        <v>563</v>
+        <v>539</v>
       </c>
       <c r="D121" t="s">
-        <v>564</v>
+        <v>540</v>
       </c>
     </row>
     <row r="122" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B122" t="s">
-        <v>565</v>
+        <v>541</v>
       </c>
       <c r="C122" t="s">
-        <v>566</v>
+        <v>542</v>
       </c>
       <c r="D122" t="s">
-        <v>567</v>
+        <v>543</v>
       </c>
     </row>
     <row r="123" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B123" t="s">
-        <v>568</v>
+        <v>544</v>
       </c>
       <c r="C123" t="s">
-        <v>569</v>
+        <v>545</v>
       </c>
       <c r="D123" t="s">
-        <v>570</v>
+        <v>546</v>
       </c>
     </row>
     <row r="124" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B124" t="s">
-        <v>571</v>
+        <v>547</v>
       </c>
       <c r="C124" t="s">
-        <v>572</v>
+        <v>548</v>
       </c>
       <c r="D124" t="s">
-        <v>573</v>
+        <v>549</v>
       </c>
     </row>
     <row r="125" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B125" t="s">
-        <v>574</v>
+        <v>550</v>
       </c>
       <c r="C125" t="s">
-        <v>575</v>
+        <v>551</v>
       </c>
       <c r="D125" t="s">
-        <v>576</v>
+        <v>552</v>
       </c>
     </row>
     <row r="126" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B126" t="s">
-        <v>577</v>
+        <v>553</v>
       </c>
       <c r="D126" t="s">
-        <v>578</v>
+        <v>554</v>
       </c>
     </row>
     <row r="127" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B127" t="s">
-        <v>579</v>
+        <v>555</v>
       </c>
       <c r="C127" t="s">
-        <v>580</v>
+        <v>556</v>
       </c>
       <c r="D127" t="s">
-        <v>581</v>
+        <v>557</v>
       </c>
     </row>
     <row r="128" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B128" t="s">
-        <v>582</v>
+        <v>558</v>
       </c>
       <c r="C128" t="s">
-        <v>583</v>
+        <v>559</v>
       </c>
       <c r="D128" t="s">
-        <v>584</v>
+        <v>560</v>
       </c>
     </row>
     <row r="129" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B129" t="s">
-        <v>585</v>
+        <v>561</v>
       </c>
       <c r="C129" t="s">
-        <v>586</v>
+        <v>562</v>
       </c>
       <c r="D129" t="s">
-        <v>587</v>
+        <v>563</v>
       </c>
     </row>
     <row r="130" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B130" t="s">
-        <v>588</v>
+        <v>564</v>
       </c>
       <c r="C130" t="s">
-        <v>589</v>
+        <v>565</v>
       </c>
       <c r="D130" t="s">
-        <v>590</v>
+        <v>566</v>
       </c>
     </row>
     <row r="131" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B131" t="s">
-        <v>591</v>
+        <v>567</v>
       </c>
       <c r="C131" t="s">
-        <v>592</v>
+        <v>568</v>
       </c>
       <c r="D131" t="s">
-        <v>593</v>
+        <v>569</v>
       </c>
     </row>
     <row r="132" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B132" t="s">
-        <v>594</v>
+        <v>570</v>
       </c>
       <c r="C132" t="s">
-        <v>595</v>
+        <v>571</v>
       </c>
       <c r="D132" t="s">
-        <v>596</v>
+        <v>572</v>
       </c>
     </row>
     <row r="133" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B133" t="s">
-        <v>597</v>
+        <v>573</v>
       </c>
       <c r="C133" t="s">
-        <v>598</v>
+        <v>574</v>
       </c>
       <c r="D133" t="s">
-        <v>599</v>
+        <v>575</v>
       </c>
     </row>
     <row r="134" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B134" t="s">
-        <v>600</v>
+        <v>576</v>
       </c>
       <c r="C134" t="s">
-        <v>601</v>
+        <v>577</v>
       </c>
       <c r="D134" t="s">
-        <v>602</v>
+        <v>578</v>
       </c>
     </row>
     <row r="135" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B135" t="s">
-        <v>603</v>
+        <v>579</v>
       </c>
       <c r="C135" t="s">
-        <v>604</v>
+        <v>580</v>
       </c>
       <c r="D135" t="s">
-        <v>605</v>
+        <v>581</v>
       </c>
     </row>
     <row r="136" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B136" t="s">
-        <v>606</v>
+        <v>582</v>
       </c>
       <c r="C136" t="s">
-        <v>607</v>
+        <v>583</v>
       </c>
       <c r="D136" t="s">
-        <v>608</v>
+        <v>584</v>
       </c>
     </row>
     <row r="137" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B137" t="s">
-        <v>609</v>
+        <v>585</v>
       </c>
       <c r="C137" t="s">
-        <v>610</v>
+        <v>586</v>
       </c>
       <c r="D137" t="s">
-        <v>611</v>
+        <v>587</v>
       </c>
     </row>
     <row r="138" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B138" t="s">
-        <v>612</v>
+        <v>588</v>
       </c>
       <c r="C138" t="s">
-        <v>613</v>
+        <v>589</v>
       </c>
       <c r="D138" t="s">
-        <v>614</v>
+        <v>590</v>
       </c>
     </row>
     <row r="139" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B139" t="s">
-        <v>615</v>
+        <v>591</v>
       </c>
       <c r="C139" t="s">
-        <v>616</v>
+        <v>592</v>
       </c>
       <c r="D139" t="s">
-        <v>617</v>
+        <v>593</v>
       </c>
     </row>
     <row r="140" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B140" t="s">
-        <v>618</v>
+        <v>594</v>
       </c>
       <c r="D140" t="s">
-        <v>619</v>
+        <v>595</v>
       </c>
     </row>
     <row r="141" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B141" t="s">
-        <v>620</v>
+        <v>596</v>
       </c>
       <c r="C141" t="s">
-        <v>621</v>
+        <v>597</v>
       </c>
       <c r="D141" t="s">
-        <v>622</v>
+        <v>598</v>
       </c>
     </row>
     <row r="142" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B142" t="s">
-        <v>623</v>
+        <v>599</v>
       </c>
       <c r="C142" t="s">
-        <v>624</v>
+        <v>600</v>
       </c>
       <c r="D142" t="s">
-        <v>625</v>
+        <v>601</v>
       </c>
     </row>
     <row r="143" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B143" t="s">
-        <v>626</v>
+        <v>602</v>
       </c>
       <c r="C143" t="s">
-        <v>627</v>
+        <v>603</v>
       </c>
       <c r="D143" t="s">
-        <v>628</v>
+        <v>604</v>
       </c>
     </row>
     <row r="144" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B144" t="s">
-        <v>629</v>
+        <v>605</v>
       </c>
       <c r="C144" t="s">
-        <v>630</v>
+        <v>606</v>
       </c>
       <c r="D144" t="s">
-        <v>631</v>
+        <v>607</v>
       </c>
     </row>
     <row r="145" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B145" t="s">
-        <v>632</v>
+        <v>608</v>
       </c>
       <c r="C145" t="s">
-        <v>633</v>
+        <v>609</v>
       </c>
       <c r="D145" t="s">
-        <v>634</v>
+        <v>610</v>
       </c>
     </row>
     <row r="146" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B146" t="s">
-        <v>635</v>
+        <v>611</v>
       </c>
       <c r="C146" t="s">
-        <v>636</v>
+        <v>612</v>
       </c>
       <c r="D146" t="s">
-        <v>637</v>
+        <v>613</v>
       </c>
     </row>
     <row r="147" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B147" t="s">
-        <v>638</v>
+        <v>614</v>
       </c>
       <c r="C147" t="s">
-        <v>639</v>
+        <v>615</v>
       </c>
       <c r="D147" t="s">
-        <v>640</v>
+        <v>616</v>
       </c>
     </row>
     <row r="148" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B148" t="s">
-        <v>641</v>
+        <v>617</v>
       </c>
       <c r="C148" t="s">
-        <v>642</v>
+        <v>618</v>
       </c>
       <c r="D148" t="s">
-        <v>643</v>
+        <v>619</v>
       </c>
     </row>
     <row r="149" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B149" t="s">
-        <v>644</v>
+        <v>620</v>
       </c>
       <c r="D149" t="s">
-        <v>645</v>
+        <v>621</v>
       </c>
     </row>
     <row r="150" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B150" t="s">
-        <v>646</v>
+        <v>622</v>
       </c>
       <c r="C150" t="s">
-        <v>647</v>
+        <v>623</v>
       </c>
       <c r="D150" t="s">
-        <v>648</v>
+        <v>624</v>
       </c>
     </row>
     <row r="151" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B151" t="s">
-        <v>649</v>
+        <v>625</v>
       </c>
       <c r="C151" t="s">
-        <v>650</v>
+        <v>626</v>
       </c>
       <c r="D151" t="s">
-        <v>651</v>
+        <v>627</v>
       </c>
     </row>
     <row r="152" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B152" t="s">
-        <v>652</v>
+        <v>628</v>
       </c>
       <c r="C152" t="s">
-        <v>653</v>
+        <v>629</v>
       </c>
       <c r="D152" t="s">
-        <v>654</v>
+        <v>630</v>
       </c>
     </row>
     <row r="153" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B153" t="s">
-        <v>655</v>
+        <v>631</v>
       </c>
       <c r="C153" t="s">
-        <v>656</v>
+        <v>632</v>
       </c>
       <c r="D153" t="s">
-        <v>657</v>
+        <v>633</v>
       </c>
     </row>
     <row r="154" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B154" t="s">
-        <v>658</v>
+        <v>634</v>
       </c>
       <c r="C154" t="s">
-        <v>659</v>
+        <v>635</v>
       </c>
       <c r="D154" t="s">
-        <v>660</v>
+        <v>636</v>
       </c>
     </row>
     <row r="155" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B155" t="s">
-        <v>661</v>
+        <v>637</v>
       </c>
       <c r="C155" t="s">
-        <v>662</v>
+        <v>638</v>
       </c>
       <c r="D155" t="s">
-        <v>663</v>
+        <v>639</v>
       </c>
     </row>
     <row r="156" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B156" t="s">
-        <v>664</v>
+        <v>640</v>
       </c>
       <c r="C156" t="s">
-        <v>665</v>
+        <v>641</v>
       </c>
       <c r="D156" t="s">
-        <v>666</v>
+        <v>642</v>
       </c>
     </row>
     <row r="157" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B157" t="s">
-        <v>667</v>
+        <v>643</v>
       </c>
       <c r="C157" t="s">
-        <v>668</v>
+        <v>644</v>
       </c>
       <c r="D157" t="s">
-        <v>669</v>
+        <v>645</v>
       </c>
     </row>
     <row r="158" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B158" t="s">
-        <v>670</v>
+        <v>646</v>
       </c>
       <c r="C158" t="s">
-        <v>671</v>
+        <v>647</v>
       </c>
       <c r="D158" t="s">
-        <v>672</v>
+        <v>648</v>
       </c>
     </row>
     <row r="159" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B159" t="s">
-        <v>673</v>
+        <v>649</v>
       </c>
       <c r="C159" t="s">
-        <v>674</v>
+        <v>650</v>
       </c>
       <c r="D159" t="s">
-        <v>675</v>
+        <v>651</v>
       </c>
     </row>
     <row r="160" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B160" t="s">
-        <v>676</v>
+        <v>652</v>
       </c>
       <c r="C160" t="s">
-        <v>677</v>
+        <v>653</v>
       </c>
       <c r="D160" t="s">
-        <v>678</v>
+        <v>654</v>
       </c>
     </row>
     <row r="161" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B161" t="s">
-        <v>679</v>
+        <v>655</v>
       </c>
       <c r="C161" t="s">
-        <v>680</v>
+        <v>656</v>
       </c>
       <c r="D161" t="s">
-        <v>681</v>
+        <v>657</v>
       </c>
     </row>
     <row r="162" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B162" t="s">
-        <v>682</v>
+        <v>658</v>
       </c>
       <c r="C162" t="s">
-        <v>683</v>
+        <v>659</v>
       </c>
       <c r="D162" t="s">
-        <v>684</v>
+        <v>660</v>
       </c>
     </row>
     <row r="163" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B163" t="s">
-        <v>685</v>
+        <v>661</v>
       </c>
       <c r="C163" t="s">
-        <v>686</v>
+        <v>662</v>
       </c>
       <c r="D163" t="s">
-        <v>687</v>
+        <v>663</v>
       </c>
     </row>
     <row r="164" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B164" t="s">
-        <v>688</v>
+        <v>664</v>
       </c>
       <c r="C164" t="s">
-        <v>689</v>
+        <v>665</v>
       </c>
       <c r="D164" t="s">
-        <v>690</v>
+        <v>666</v>
       </c>
     </row>
     <row r="165" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B165" t="s">
-        <v>691</v>
+        <v>667</v>
       </c>
       <c r="C165" t="s">
-        <v>692</v>
+        <v>668</v>
       </c>
       <c r="D165" t="s">
-        <v>693</v>
+        <v>669</v>
       </c>
     </row>
     <row r="166" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B166" t="s">
-        <v>694</v>
+        <v>670</v>
       </c>
       <c r="C166" t="s">
-        <v>695</v>
+        <v>671</v>
       </c>
       <c r="D166" t="s">
-        <v>696</v>
+        <v>672</v>
       </c>
     </row>
     <row r="167" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B167" t="s">
-        <v>697</v>
+        <v>673</v>
       </c>
       <c r="C167" t="s">
-        <v>698</v>
+        <v>674</v>
       </c>
       <c r="D167" t="s">
-        <v>699</v>
+        <v>675</v>
       </c>
     </row>
     <row r="168" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B168" t="s">
-        <v>700</v>
+        <v>676</v>
       </c>
       <c r="D168" t="s">
-        <v>701</v>
+        <v>677</v>
       </c>
     </row>
     <row r="169" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B169" t="s">
-        <v>702</v>
+        <v>678</v>
       </c>
       <c r="C169" t="s">
-        <v>703</v>
+        <v>679</v>
       </c>
       <c r="D169" t="s">
-        <v>704</v>
+        <v>680</v>
       </c>
     </row>
     <row r="170" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B170" t="s">
-        <v>705</v>
+        <v>681</v>
       </c>
       <c r="C170" t="s">
-        <v>706</v>
+        <v>682</v>
       </c>
       <c r="D170" t="s">
-        <v>707</v>
+        <v>683</v>
       </c>
     </row>
     <row r="171" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B171" t="s">
-        <v>708</v>
+        <v>684</v>
       </c>
       <c r="C171" t="s">
-        <v>709</v>
+        <v>685</v>
       </c>
       <c r="D171" t="s">
-        <v>710</v>
+        <v>686</v>
       </c>
     </row>
     <row r="172" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B172" t="s">
-        <v>711</v>
+        <v>687</v>
       </c>
       <c r="C172" t="s">
-        <v>712</v>
+        <v>688</v>
       </c>
       <c r="D172" t="s">
-        <v>713</v>
+        <v>689</v>
       </c>
     </row>
     <row r="173" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B173" t="s">
-        <v>714</v>
+        <v>690</v>
       </c>
       <c r="C173" t="s">
-        <v>715</v>
+        <v>691</v>
       </c>
       <c r="D173" t="s">
-        <v>716</v>
+        <v>692</v>
       </c>
     </row>
     <row r="174" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B174" t="s">
-        <v>717</v>
+        <v>693</v>
       </c>
       <c r="C174" t="s">
-        <v>718</v>
+        <v>694</v>
       </c>
       <c r="D174" t="s">
-        <v>719</v>
+        <v>695</v>
       </c>
     </row>
     <row r="175" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B175" t="s">
-        <v>720</v>
+        <v>696</v>
       </c>
       <c r="D175" t="s">
-        <v>721</v>
+        <v>697</v>
       </c>
     </row>
     <row r="176" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B176" t="s">
-        <v>722</v>
+        <v>698</v>
       </c>
       <c r="C176" t="s">
-        <v>723</v>
+        <v>699</v>
       </c>
       <c r="D176" t="s">
-        <v>724</v>
+        <v>700</v>
       </c>
     </row>
     <row r="177" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B177" t="s">
-        <v>725</v>
+        <v>701</v>
       </c>
       <c r="D177" t="s">
-        <v>726</v>
+        <v>702</v>
       </c>
     </row>
     <row r="178" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B178" t="s">
-        <v>727</v>
+        <v>703</v>
       </c>
       <c r="C178" t="s">
-        <v>728</v>
+        <v>704</v>
       </c>
       <c r="D178" t="s">
-        <v>729</v>
+        <v>705</v>
       </c>
     </row>
     <row r="179" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B179" t="s">
-        <v>730</v>
+        <v>706</v>
       </c>
       <c r="C179" t="s">
-        <v>731</v>
+        <v>707</v>
       </c>
       <c r="D179" t="s">
-        <v>732</v>
+        <v>708</v>
       </c>
     </row>
     <row r="180" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B180" t="s">
-        <v>733</v>
+        <v>709</v>
       </c>
       <c r="C180" t="s">
-        <v>734</v>
+        <v>710</v>
       </c>
       <c r="D180" t="s">
-        <v>735</v>
+        <v>711</v>
       </c>
     </row>
     <row r="181" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B181" t="s">
-        <v>736</v>
+        <v>712</v>
       </c>
       <c r="C181" t="s">
-        <v>737</v>
+        <v>713</v>
       </c>
       <c r="D181" t="s">
-        <v>738</v>
+        <v>714</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0400-000000000000}">
   <dimension ref="A1:D37"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>92</v>
+        <v>68</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>93</v>
+        <v>69</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>94</v>
+        <v>70</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>20</v>
+        <v>17</v>
       </c>
       <c r="D2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
     </row>
     <row r="3" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
-        <v>739</v>
+        <v>715</v>
       </c>
       <c r="B3" t="s">
-        <v>96</v>
+        <v>72</v>
       </c>
       <c r="D3" t="s">
-        <v>740</v>
+        <v>716</v>
       </c>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B4" t="s">
-        <v>98</v>
+        <v>74</v>
       </c>
       <c r="D4" t="s">
-        <v>741</v>
+        <v>717</v>
       </c>
     </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B5" t="s">
-        <v>274</v>
+        <v>250</v>
       </c>
       <c r="D5" t="s">
-        <v>742</v>
+        <v>718</v>
       </c>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B6" t="s">
-        <v>743</v>
+        <v>719</v>
       </c>
       <c r="D6" t="s">
-        <v>744</v>
+        <v>720</v>
       </c>
     </row>
     <row r="7" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B7" t="s">
-        <v>100</v>
+        <v>76</v>
       </c>
       <c r="D7" t="s">
-        <v>745</v>
+        <v>721</v>
       </c>
     </row>
     <row r="8" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B8" t="s">
-        <v>746</v>
+        <v>722</v>
       </c>
       <c r="D8" t="s">
-        <v>747</v>
+        <v>723</v>
       </c>
     </row>
     <row r="9" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B9" t="s">
-        <v>748</v>
+        <v>724</v>
       </c>
       <c r="C9" t="s">
-        <v>103</v>
+        <v>79</v>
       </c>
       <c r="D9" t="s">
-        <v>749</v>
+        <v>725</v>
       </c>
     </row>
     <row r="10" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B10" t="s">
-        <v>750</v>
+        <v>726</v>
       </c>
       <c r="C10" t="s">
-        <v>106</v>
+        <v>82</v>
       </c>
       <c r="D10" t="s">
-        <v>751</v>
+        <v>727</v>
       </c>
     </row>
     <row r="11" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B11" t="s">
-        <v>752</v>
+        <v>728</v>
       </c>
       <c r="C11" t="s">
-        <v>109</v>
+        <v>85</v>
       </c>
       <c r="D11" t="s">
-        <v>753</v>
+        <v>729</v>
       </c>
     </row>
     <row r="12" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B12" t="s">
-        <v>754</v>
+        <v>730</v>
       </c>
       <c r="C12" t="s">
-        <v>112</v>
+        <v>88</v>
       </c>
       <c r="D12" t="s">
-        <v>755</v>
+        <v>731</v>
       </c>
     </row>
     <row r="13" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B13" t="s">
-        <v>756</v>
+        <v>732</v>
       </c>
       <c r="C13" t="s">
-        <v>115</v>
+        <v>91</v>
       </c>
       <c r="D13" t="s">
-        <v>757</v>
+        <v>733</v>
       </c>
     </row>
     <row r="14" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B14" t="s">
-        <v>241</v>
+        <v>217</v>
       </c>
       <c r="C14" t="s">
-        <v>118</v>
+        <v>94</v>
       </c>
       <c r="D14" t="s">
-        <v>758</v>
+        <v>734</v>
       </c>
     </row>
     <row r="15" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B15" t="s">
-        <v>759</v>
+        <v>735</v>
       </c>
       <c r="C15" t="s">
-        <v>121</v>
+        <v>97</v>
       </c>
       <c r="D15" t="s">
-        <v>760</v>
+        <v>736</v>
       </c>
     </row>
     <row r="16" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B16" t="s">
-        <v>761</v>
+        <v>737</v>
       </c>
       <c r="D16" t="s">
-        <v>762</v>
+        <v>738</v>
       </c>
     </row>
     <row r="17" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B17" t="s">
-        <v>763</v>
+        <v>739</v>
       </c>
       <c r="C17" t="s">
-        <v>124</v>
+        <v>100</v>
       </c>
       <c r="D17" t="s">
-        <v>764</v>
+        <v>740</v>
       </c>
     </row>
     <row r="18" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B18" t="s">
-        <v>765</v>
+        <v>741</v>
       </c>
       <c r="C18" t="s">
-        <v>127</v>
+        <v>103</v>
       </c>
       <c r="D18" t="s">
-        <v>766</v>
+        <v>742</v>
       </c>
     </row>
     <row r="19" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B19" t="s">
-        <v>767</v>
+        <v>743</v>
       </c>
       <c r="C19" t="s">
-        <v>130</v>
+        <v>106</v>
       </c>
       <c r="D19" t="s">
-        <v>768</v>
+        <v>744</v>
       </c>
     </row>
     <row r="20" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B20" t="s">
-        <v>769</v>
+        <v>745</v>
       </c>
       <c r="C20" t="s">
-        <v>133</v>
+        <v>109</v>
       </c>
       <c r="D20" t="s">
-        <v>770</v>
+        <v>746</v>
       </c>
     </row>
     <row r="21" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B21" t="s">
-        <v>771</v>
+        <v>747</v>
       </c>
       <c r="C21" t="s">
-        <v>136</v>
+        <v>112</v>
       </c>
       <c r="D21" t="s">
-        <v>772</v>
+        <v>748</v>
       </c>
     </row>
     <row r="22" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B22" t="s">
-        <v>773</v>
+        <v>749</v>
       </c>
       <c r="C22" t="s">
-        <v>139</v>
+        <v>115</v>
       </c>
       <c r="D22" t="s">
-        <v>774</v>
+        <v>750</v>
       </c>
     </row>
     <row r="23" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B23" t="s">
-        <v>775</v>
+        <v>751</v>
       </c>
       <c r="C23" t="s">
-        <v>142</v>
+        <v>118</v>
       </c>
       <c r="D23" t="s">
-        <v>776</v>
+        <v>752</v>
       </c>
     </row>
     <row r="24" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B24" t="s">
-        <v>777</v>
+        <v>753</v>
       </c>
       <c r="C24" t="s">
-        <v>191</v>
+        <v>167</v>
       </c>
       <c r="D24" t="s">
-        <v>778</v>
+        <v>754</v>
       </c>
     </row>
     <row r="25" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B25" t="s">
-        <v>779</v>
+        <v>755</v>
       </c>
       <c r="C25" t="s">
-        <v>194</v>
+        <v>170</v>
       </c>
       <c r="D25" t="s">
-        <v>780</v>
+        <v>756</v>
       </c>
     </row>
     <row r="26" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B26" t="s">
-        <v>781</v>
+        <v>757</v>
       </c>
       <c r="C26" t="s">
-        <v>197</v>
+        <v>173</v>
       </c>
       <c r="D26" t="s">
-        <v>782</v>
+        <v>758</v>
       </c>
     </row>
     <row r="27" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B27" t="s">
-        <v>783</v>
+        <v>759</v>
       </c>
       <c r="D27" t="s">
-        <v>784</v>
+        <v>760</v>
       </c>
     </row>
     <row r="28" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B28" t="s">
-        <v>785</v>
+        <v>761</v>
       </c>
       <c r="C28" t="s">
-        <v>200</v>
+        <v>176</v>
       </c>
       <c r="D28" t="s">
-        <v>786</v>
+        <v>762</v>
       </c>
     </row>
     <row r="29" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B29" t="s">
-        <v>787</v>
+        <v>763</v>
       </c>
       <c r="C29" t="s">
-        <v>205</v>
+        <v>181</v>
       </c>
       <c r="D29" t="s">
-        <v>788</v>
+        <v>764</v>
       </c>
     </row>
     <row r="30" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B30" t="s">
-        <v>789</v>
+        <v>765</v>
       </c>
       <c r="C30" t="s">
-        <v>208</v>
+        <v>184</v>
       </c>
       <c r="D30" t="s">
-        <v>790</v>
+        <v>766</v>
       </c>
     </row>
     <row r="31" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B31" t="s">
-        <v>791</v>
+        <v>767</v>
       </c>
       <c r="C31" t="s">
-        <v>211</v>
+        <v>187</v>
       </c>
       <c r="D31" t="s">
-        <v>792</v>
+        <v>768</v>
       </c>
     </row>
     <row r="32" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B32" t="s">
-        <v>793</v>
+        <v>769</v>
       </c>
       <c r="C32" t="s">
-        <v>214</v>
+        <v>190</v>
       </c>
       <c r="D32" t="s">
-        <v>794</v>
+        <v>770</v>
       </c>
     </row>
     <row r="33" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B33" t="s">
-        <v>795</v>
+        <v>771</v>
       </c>
       <c r="C33" t="s">
-        <v>219</v>
+        <v>195</v>
       </c>
       <c r="D33" t="s">
-        <v>796</v>
+        <v>772</v>
       </c>
     </row>
     <row r="34" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B34" t="s">
-        <v>797</v>
+        <v>773</v>
       </c>
       <c r="D34" t="s">
-        <v>798</v>
+        <v>774</v>
       </c>
     </row>
     <row r="35" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B35" t="s">
-        <v>799</v>
+        <v>775</v>
       </c>
       <c r="C35" t="s">
-        <v>222</v>
+        <v>198</v>
       </c>
       <c r="D35" t="s">
-        <v>800</v>
+        <v>776</v>
       </c>
     </row>
     <row r="36" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B36" t="s">
-        <v>801</v>
+        <v>777</v>
       </c>
       <c r="C36" t="s">
-        <v>227</v>
+        <v>203</v>
       </c>
       <c r="D36" t="s">
-        <v>802</v>
+        <v>778</v>
       </c>
     </row>
     <row r="37" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B37" t="s">
-        <v>803</v>
+        <v>779</v>
       </c>
       <c r="C37" t="s">
-        <v>230</v>
+        <v>206</v>
       </c>
       <c r="D37" t="s">
-        <v>804</v>
+        <v>780</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0500-000000000000}">
   <dimension ref="A1:D59"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>92</v>
+        <v>68</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>93</v>
+        <v>69</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>94</v>
+        <v>70</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
-        <v>2658</v>
+        <v>2516</v>
       </c>
       <c r="B2" t="s">
-        <v>2659</v>
+        <v>2517</v>
       </c>
       <c r="D2" t="s">
-        <v>2660</v>
+        <v>2518</v>
       </c>
     </row>
     <row r="3" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B3" t="s">
-        <v>96</v>
+        <v>72</v>
       </c>
       <c r="D3" t="s">
-        <v>2661</v>
+        <v>2519</v>
       </c>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B4" t="s">
-        <v>2662</v>
+        <v>2520</v>
       </c>
       <c r="D4" t="s">
-        <v>2663</v>
+        <v>2521</v>
       </c>
     </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B5" t="s">
-        <v>1214</v>
+        <v>1190</v>
       </c>
       <c r="D5" t="s">
-        <v>2664</v>
+        <v>2522</v>
       </c>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B6" t="s">
-        <v>98</v>
+        <v>74</v>
       </c>
       <c r="D6" t="s">
-        <v>2665</v>
+        <v>2523</v>
       </c>
     </row>
     <row r="7" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B7" t="s">
-        <v>2533</v>
+        <v>2391</v>
       </c>
       <c r="D7" t="s">
-        <v>2666</v>
+        <v>2524</v>
       </c>
     </row>
     <row r="8" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B8" t="s">
-        <v>2667</v>
+        <v>2525</v>
       </c>
       <c r="D8" t="s">
-        <v>2668</v>
+        <v>2526</v>
       </c>
     </row>
     <row r="9" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B9" t="s">
-        <v>2535</v>
+        <v>2393</v>
       </c>
       <c r="D9" t="s">
-        <v>2669</v>
+        <v>2527</v>
       </c>
     </row>
     <row r="10" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B10" t="s">
-        <v>2670</v>
+        <v>2528</v>
       </c>
       <c r="D10" t="s">
-        <v>2671</v>
+        <v>2529</v>
       </c>
     </row>
     <row r="11" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B11" t="s">
-        <v>805</v>
+        <v>781</v>
       </c>
       <c r="C11" t="s">
-        <v>2053</v>
+        <v>1911</v>
       </c>
       <c r="D11" t="s">
-        <v>2672</v>
+        <v>2530</v>
       </c>
     </row>
     <row r="12" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B12" t="s">
-        <v>2673</v>
+        <v>2531</v>
       </c>
       <c r="C12" t="s">
-        <v>2056</v>
+        <v>1914</v>
       </c>
       <c r="D12" t="s">
-        <v>2674</v>
+        <v>2532</v>
       </c>
     </row>
     <row r="13" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B13" t="s">
-        <v>2675</v>
+        <v>2533</v>
       </c>
       <c r="C13" t="s">
-        <v>2059</v>
+        <v>1917</v>
       </c>
       <c r="D13" t="s">
-        <v>2676</v>
+        <v>2534</v>
       </c>
     </row>
     <row r="14" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B14" t="s">
-        <v>2677</v>
+        <v>2535</v>
       </c>
       <c r="C14" t="s">
-        <v>2062</v>
+        <v>1920</v>
       </c>
       <c r="D14" t="s">
-        <v>2678</v>
+        <v>2536</v>
       </c>
     </row>
     <row r="15" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B15" t="s">
-        <v>2679</v>
+        <v>2537</v>
       </c>
       <c r="C15" t="s">
-        <v>2065</v>
+        <v>1923</v>
       </c>
       <c r="D15" t="s">
-        <v>2680</v>
+        <v>2538</v>
       </c>
     </row>
     <row r="16" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B16" t="s">
-        <v>2681</v>
+        <v>2539</v>
       </c>
       <c r="C16" t="s">
-        <v>2068</v>
+        <v>1926</v>
       </c>
       <c r="D16" t="s">
-        <v>2682</v>
+        <v>2540</v>
       </c>
     </row>
     <row r="17" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B17" t="s">
-        <v>2683</v>
+        <v>2541</v>
       </c>
       <c r="C17" t="s">
-        <v>2071</v>
+        <v>1929</v>
       </c>
       <c r="D17" t="s">
-        <v>2684</v>
+        <v>2542</v>
       </c>
     </row>
     <row r="18" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B18" t="s">
-        <v>2685</v>
+        <v>2543</v>
       </c>
       <c r="D18" t="s">
-        <v>2686</v>
+        <v>2544</v>
       </c>
     </row>
     <row r="19" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B19" t="s">
-        <v>2687</v>
+        <v>2545</v>
       </c>
       <c r="C19" t="s">
-        <v>2074</v>
+        <v>1932</v>
       </c>
       <c r="D19" t="s">
-        <v>2688</v>
+        <v>2546</v>
       </c>
     </row>
     <row r="20" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B20" t="s">
-        <v>2689</v>
+        <v>2547</v>
       </c>
       <c r="C20" t="s">
-        <v>2079</v>
+        <v>1937</v>
       </c>
       <c r="D20" t="s">
-        <v>2690</v>
+        <v>2548</v>
       </c>
     </row>
     <row r="21" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B21" t="s">
-        <v>2691</v>
+        <v>2549</v>
       </c>
       <c r="C21" t="s">
-        <v>2082</v>
+        <v>1940</v>
       </c>
       <c r="D21" t="s">
-        <v>2692</v>
+        <v>2550</v>
       </c>
     </row>
     <row r="22" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B22" t="s">
-        <v>2693</v>
+        <v>2551</v>
       </c>
       <c r="C22" t="s">
-        <v>2085</v>
+        <v>1943</v>
       </c>
       <c r="D22" t="s">
-        <v>2694</v>
+        <v>2552</v>
       </c>
     </row>
     <row r="23" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B23" t="s">
-        <v>2695</v>
+        <v>2553</v>
       </c>
       <c r="C23" t="s">
-        <v>2088</v>
+        <v>1946</v>
       </c>
       <c r="D23" t="s">
-        <v>2696</v>
+        <v>2554</v>
       </c>
     </row>
     <row r="24" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B24" t="s">
-        <v>2697</v>
+        <v>2555</v>
       </c>
       <c r="C24" t="s">
-        <v>2091</v>
+        <v>1949</v>
       </c>
       <c r="D24" t="s">
-        <v>2698</v>
+        <v>2556</v>
       </c>
     </row>
     <row r="25" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B25" t="s">
-        <v>2699</v>
+        <v>2557</v>
       </c>
       <c r="C25" t="s">
-        <v>2094</v>
+        <v>1952</v>
       </c>
       <c r="D25" t="s">
-        <v>2700</v>
+        <v>2558</v>
       </c>
     </row>
     <row r="26" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B26" t="s">
-        <v>2701</v>
+        <v>2559</v>
       </c>
       <c r="C26" t="s">
-        <v>2097</v>
+        <v>1955</v>
       </c>
       <c r="D26" t="s">
-        <v>2702</v>
+        <v>2560</v>
       </c>
     </row>
     <row r="27" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B27" t="s">
-        <v>2703</v>
+        <v>2561</v>
       </c>
       <c r="C27" t="s">
-        <v>2100</v>
+        <v>1958</v>
       </c>
       <c r="D27" t="s">
-        <v>2704</v>
+        <v>2562</v>
       </c>
     </row>
     <row r="28" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B28" t="s">
-        <v>2705</v>
+        <v>2563</v>
       </c>
       <c r="C28" t="s">
-        <v>2103</v>
+        <v>1961</v>
       </c>
       <c r="D28" t="s">
-        <v>2706</v>
+        <v>2564</v>
       </c>
     </row>
     <row r="29" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B29" t="s">
-        <v>2623</v>
+        <v>2481</v>
       </c>
       <c r="C29" t="s">
-        <v>2106</v>
+        <v>1964</v>
       </c>
       <c r="D29" t="s">
-        <v>2707</v>
+        <v>2565</v>
       </c>
     </row>
     <row r="30" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B30" t="s">
-        <v>2708</v>
+        <v>2566</v>
       </c>
       <c r="C30" t="s">
-        <v>2109</v>
+        <v>1967</v>
       </c>
       <c r="D30" t="s">
-        <v>2709</v>
+        <v>2567</v>
       </c>
     </row>
     <row r="31" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B31" t="s">
-        <v>2710</v>
+        <v>2568</v>
       </c>
       <c r="C31" t="s">
-        <v>2112</v>
+        <v>1970</v>
       </c>
       <c r="D31" t="s">
-        <v>2711</v>
+        <v>2569</v>
       </c>
     </row>
     <row r="32" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B32" t="s">
-        <v>2712</v>
+        <v>2570</v>
       </c>
       <c r="D32" t="s">
-        <v>2713</v>
+        <v>2571</v>
       </c>
     </row>
     <row r="33" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B33" t="s">
-        <v>2714</v>
+        <v>2572</v>
       </c>
       <c r="C33" t="s">
-        <v>2115</v>
+        <v>1973</v>
       </c>
       <c r="D33" t="s">
-        <v>2715</v>
+        <v>2573</v>
       </c>
     </row>
     <row r="34" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B34" t="s">
-        <v>2716</v>
+        <v>2574</v>
       </c>
       <c r="C34" t="s">
-        <v>2118</v>
+        <v>1976</v>
       </c>
       <c r="D34" t="s">
-        <v>2717</v>
+        <v>2575</v>
       </c>
     </row>
     <row r="35" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B35" t="s">
-        <v>2718</v>
+        <v>2576</v>
       </c>
       <c r="C35" t="s">
-        <v>2123</v>
+        <v>1981</v>
       </c>
       <c r="D35" t="s">
-        <v>2719</v>
+        <v>2577</v>
       </c>
     </row>
     <row r="36" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B36" t="s">
-        <v>2720</v>
+        <v>2578</v>
       </c>
       <c r="C36" t="s">
-        <v>2126</v>
+        <v>1984</v>
       </c>
       <c r="D36" t="s">
-        <v>2721</v>
+        <v>2579</v>
       </c>
     </row>
     <row r="37" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B37" t="s">
-        <v>2722</v>
+        <v>2580</v>
       </c>
       <c r="D37" t="s">
-        <v>2723</v>
+        <v>2581</v>
       </c>
     </row>
     <row r="38" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B38" t="s">
-        <v>2724</v>
+        <v>2582</v>
       </c>
       <c r="C38" t="s">
-        <v>2129</v>
+        <v>1987</v>
       </c>
       <c r="D38" t="s">
-        <v>2725</v>
+        <v>2583</v>
       </c>
     </row>
     <row r="39" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B39" t="s">
-        <v>2726</v>
+        <v>2584</v>
       </c>
       <c r="C39" t="s">
-        <v>2132</v>
+        <v>1990</v>
       </c>
       <c r="D39" t="s">
-        <v>2727</v>
+        <v>2585</v>
       </c>
     </row>
     <row r="40" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B40" t="s">
-        <v>2728</v>
+        <v>2586</v>
       </c>
       <c r="C40" t="s">
-        <v>2135</v>
+        <v>1993</v>
       </c>
       <c r="D40" t="s">
-        <v>2729</v>
+        <v>2587</v>
       </c>
     </row>
     <row r="41" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B41" t="s">
-        <v>2730</v>
+        <v>2588</v>
       </c>
       <c r="C41" t="s">
-        <v>2138</v>
+        <v>1996</v>
       </c>
       <c r="D41" t="s">
-        <v>2731</v>
+        <v>2589</v>
       </c>
     </row>
     <row r="42" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B42" t="s">
-        <v>2732</v>
+        <v>2590</v>
       </c>
       <c r="D42" t="s">
-        <v>2733</v>
+        <v>2591</v>
       </c>
     </row>
     <row r="43" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B43" t="s">
-        <v>2734</v>
+        <v>2592</v>
       </c>
       <c r="C43" t="s">
-        <v>2141</v>
+        <v>1999</v>
       </c>
       <c r="D43" t="s">
-        <v>2735</v>
+        <v>2593</v>
       </c>
     </row>
     <row r="44" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B44" t="s">
-        <v>2736</v>
+        <v>2594</v>
       </c>
       <c r="C44" t="s">
-        <v>2144</v>
+        <v>2002</v>
       </c>
       <c r="D44" t="s">
-        <v>2737</v>
+        <v>2595</v>
       </c>
     </row>
     <row r="45" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B45" t="s">
-        <v>2738</v>
+        <v>2596</v>
       </c>
       <c r="C45" t="s">
-        <v>2147</v>
+        <v>2005</v>
       </c>
       <c r="D45" t="s">
-        <v>2739</v>
+        <v>2597</v>
       </c>
     </row>
     <row r="46" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B46" t="s">
-        <v>2740</v>
+        <v>2598</v>
       </c>
       <c r="D46" t="s">
-        <v>2741</v>
+        <v>2599</v>
       </c>
     </row>
     <row r="47" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B47" t="s">
-        <v>2742</v>
+        <v>2600</v>
       </c>
       <c r="C47" t="s">
-        <v>2150</v>
+        <v>2008</v>
       </c>
       <c r="D47" t="s">
-        <v>2743</v>
+        <v>2601</v>
       </c>
     </row>
     <row r="48" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B48" t="s">
-        <v>2615</v>
+        <v>2473</v>
       </c>
       <c r="C48" t="s">
-        <v>2153</v>
+        <v>2011</v>
       </c>
       <c r="D48" t="s">
-        <v>2744</v>
+        <v>2602</v>
       </c>
     </row>
     <row r="49" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B49" t="s">
-        <v>2745</v>
+        <v>2603</v>
       </c>
       <c r="D49" t="s">
-        <v>2746</v>
+        <v>2604</v>
       </c>
     </row>
     <row r="50" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B50" t="s">
-        <v>2619</v>
+        <v>2477</v>
       </c>
       <c r="C50" t="s">
-        <v>2156</v>
+        <v>2014</v>
       </c>
       <c r="D50" t="s">
-        <v>2747</v>
+        <v>2605</v>
       </c>
     </row>
     <row r="51" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B51" t="s">
-        <v>2748</v>
+        <v>2606</v>
       </c>
       <c r="C51" t="s">
-        <v>2159</v>
+        <v>2017</v>
       </c>
       <c r="D51" t="s">
-        <v>2749</v>
+        <v>2607</v>
       </c>
     </row>
     <row r="52" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B52" t="s">
-        <v>2750</v>
+        <v>2608</v>
       </c>
       <c r="C52" t="s">
-        <v>2162</v>
+        <v>2020</v>
       </c>
       <c r="D52" t="s">
-        <v>2751</v>
+        <v>2609</v>
       </c>
     </row>
     <row r="53" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B53" t="s">
-        <v>2752</v>
+        <v>2610</v>
       </c>
       <c r="D53" t="s">
-        <v>2753</v>
+        <v>2611</v>
       </c>
     </row>
     <row r="54" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B54" t="s">
-        <v>2637</v>
+        <v>2495</v>
       </c>
       <c r="C54" t="s">
-        <v>2165</v>
+        <v>2023</v>
       </c>
       <c r="D54" t="s">
-        <v>2754</v>
+        <v>2612</v>
       </c>
     </row>
     <row r="55" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B55" t="s">
-        <v>2755</v>
+        <v>2613</v>
       </c>
       <c r="C55" t="s">
-        <v>2168</v>
+        <v>2026</v>
       </c>
       <c r="D55" t="s">
-        <v>2756</v>
+        <v>2614</v>
       </c>
     </row>
     <row r="56" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B56" t="s">
-        <v>2757</v>
+        <v>2615</v>
       </c>
       <c r="C56" t="s">
-        <v>2171</v>
+        <v>2029</v>
       </c>
       <c r="D56" t="s">
-        <v>2758</v>
+        <v>2616</v>
       </c>
     </row>
     <row r="57" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B57" t="s">
-        <v>2759</v>
+        <v>2617</v>
       </c>
       <c r="C57" t="s">
-        <v>2174</v>
+        <v>2032</v>
       </c>
       <c r="D57" t="s">
-        <v>2760</v>
+        <v>2618</v>
       </c>
     </row>
     <row r="58" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B58" t="s">
-        <v>2761</v>
+        <v>2619</v>
       </c>
       <c r="C58" t="s">
-        <v>2179</v>
+        <v>2037</v>
       </c>
       <c r="D58" t="s">
-        <v>2762</v>
+        <v>2620</v>
       </c>
     </row>
     <row r="59" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B59" t="s">
-        <v>2763</v>
+        <v>2621</v>
       </c>
       <c r="C59" t="s">
-        <v>2182</v>
+        <v>2040</v>
       </c>
       <c r="D59" t="s">
-        <v>2764</v>
+        <v>2622</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0600-000000000000}">
   <dimension ref="A1:D32"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>92</v>
+        <v>68</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>93</v>
+        <v>69</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>94</v>
+        <v>70</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="B2" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="D2" t="s">
-        <v>26</v>
+        <v>21</v>
       </c>
     </row>
     <row r="3" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
-        <v>812</v>
+        <v>788</v>
       </c>
       <c r="B3" t="s">
-        <v>96</v>
+        <v>72</v>
       </c>
       <c r="D3" t="s">
-        <v>814</v>
+        <v>790</v>
       </c>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A4" t="s">
-        <v>813</v>
+        <v>789</v>
       </c>
       <c r="B4" t="s">
-        <v>98</v>
+        <v>74</v>
       </c>
       <c r="D4" t="s">
-        <v>815</v>
+        <v>791</v>
       </c>
     </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B5" t="s">
-        <v>270</v>
+        <v>246</v>
       </c>
       <c r="D5" t="s">
-        <v>816</v>
+        <v>792</v>
       </c>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B6" t="s">
-        <v>100</v>
+        <v>76</v>
       </c>
       <c r="D6" t="s">
-        <v>817</v>
+        <v>793</v>
       </c>
     </row>
     <row r="7" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B7" t="s">
-        <v>818</v>
+        <v>794</v>
       </c>
       <c r="D7" t="s">
-        <v>819</v>
+        <v>795</v>
       </c>
     </row>
     <row r="8" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B8" t="s">
-        <v>820</v>
+        <v>796</v>
       </c>
       <c r="D8" t="s">
-        <v>821</v>
+        <v>797</v>
       </c>
     </row>
     <row r="9" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B9" t="s">
-        <v>822</v>
+        <v>798</v>
       </c>
       <c r="D9" t="s">
-        <v>823</v>
+        <v>799</v>
       </c>
     </row>
     <row r="10" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B10" t="s">
-        <v>824</v>
+        <v>800</v>
       </c>
       <c r="D10" t="s">
-        <v>825</v>
+        <v>801</v>
       </c>
     </row>
     <row r="11" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B11" t="s">
-        <v>826</v>
+        <v>802</v>
       </c>
       <c r="D11" t="s">
-        <v>827</v>
+        <v>803</v>
       </c>
     </row>
     <row r="12" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B12" t="s">
-        <v>828</v>
+        <v>804</v>
       </c>
       <c r="D12" t="s">
-        <v>829</v>
+        <v>805</v>
       </c>
     </row>
     <row r="13" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B13" t="s">
-        <v>830</v>
+        <v>806</v>
       </c>
       <c r="D13" t="s">
-        <v>831</v>
+        <v>807</v>
       </c>
     </row>
     <row r="14" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B14" t="s">
-        <v>832</v>
+        <v>808</v>
       </c>
       <c r="D14" t="s">
-        <v>833</v>
+        <v>809</v>
       </c>
     </row>
     <row r="15" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B15" t="s">
-        <v>834</v>
+        <v>810</v>
       </c>
       <c r="D15" t="s">
-        <v>835</v>
+        <v>811</v>
       </c>
     </row>
     <row r="16" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B16" t="s">
-        <v>836</v>
+        <v>812</v>
       </c>
       <c r="D16" t="s">
-        <v>837</v>
+        <v>813</v>
       </c>
     </row>
     <row r="17" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B17" t="s">
-        <v>838</v>
+        <v>814</v>
       </c>
       <c r="D17" t="s">
-        <v>839</v>
+        <v>815</v>
       </c>
     </row>
     <row r="18" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B18" t="s">
-        <v>840</v>
+        <v>816</v>
       </c>
       <c r="D18" t="s">
-        <v>841</v>
+        <v>817</v>
       </c>
     </row>
     <row r="19" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B19" t="s">
-        <v>842</v>
+        <v>818</v>
       </c>
       <c r="D19" t="s">
-        <v>843</v>
+        <v>819</v>
       </c>
     </row>
     <row r="20" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B20" t="s">
-        <v>844</v>
+        <v>820</v>
       </c>
       <c r="D20" t="s">
-        <v>845</v>
+        <v>821</v>
       </c>
     </row>
     <row r="21" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B21" t="s">
-        <v>846</v>
+        <v>822</v>
       </c>
       <c r="D21" t="s">
-        <v>847</v>
+        <v>823</v>
       </c>
     </row>
     <row r="22" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B22" t="s">
-        <v>848</v>
+        <v>824</v>
       </c>
       <c r="D22" t="s">
-        <v>849</v>
+        <v>825</v>
       </c>
     </row>
     <row r="23" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B23" t="s">
-        <v>850</v>
+        <v>826</v>
       </c>
       <c r="D23" t="s">
-        <v>851</v>
+        <v>827</v>
       </c>
     </row>
     <row r="24" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B24" t="s">
-        <v>852</v>
+        <v>828</v>
       </c>
       <c r="D24" t="s">
-        <v>853</v>
+        <v>829</v>
       </c>
     </row>
     <row r="25" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B25" t="s">
-        <v>854</v>
+        <v>830</v>
       </c>
       <c r="D25" t="s">
-        <v>855</v>
+        <v>831</v>
       </c>
     </row>
     <row r="26" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B26" t="s">
-        <v>856</v>
+        <v>832</v>
       </c>
       <c r="D26" t="s">
-        <v>857</v>
+        <v>833</v>
       </c>
     </row>
     <row r="27" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B27" t="s">
-        <v>858</v>
+        <v>834</v>
       </c>
       <c r="D27" t="s">
-        <v>859</v>
+        <v>835</v>
       </c>
     </row>
     <row r="28" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B28" t="s">
-        <v>860</v>
+        <v>836</v>
       </c>
       <c r="D28" t="s">
-        <v>861</v>
+        <v>837</v>
       </c>
     </row>
     <row r="29" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B29" t="s">
-        <v>862</v>
+        <v>838</v>
       </c>
       <c r="D29" t="s">
-        <v>863</v>
+        <v>839</v>
       </c>
     </row>
     <row r="30" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B30" t="s">
-        <v>864</v>
+        <v>840</v>
       </c>
       <c r="D30" t="s">
-        <v>865</v>
+        <v>841</v>
       </c>
     </row>
     <row r="31" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B31" t="s">
-        <v>866</v>
+        <v>842</v>
       </c>
       <c r="D31" t="s">
-        <v>867</v>
+        <v>843</v>
       </c>
     </row>
     <row r="32" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B32" t="s">
-        <v>868</v>
+        <v>844</v>
       </c>
       <c r="C32" t="s">
-        <v>869</v>
+        <v>845</v>
       </c>
       <c r="D32" t="s">
-        <v>870</v>
+        <v>846</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0700-000000000000}">
   <dimension ref="A1:D72"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>92</v>
+        <v>68</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>93</v>
+        <v>69</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>94</v>
+        <v>70</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="B2" t="s">
-        <v>28</v>
+        <v>23</v>
       </c>
       <c r="D2" t="s">
-        <v>30</v>
+        <v>24</v>
       </c>
     </row>
     <row r="3" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
-        <v>871</v>
+        <v>847</v>
       </c>
       <c r="B3" t="s">
-        <v>96</v>
+        <v>72</v>
       </c>
       <c r="D3" t="s">
-        <v>874</v>
+        <v>850</v>
       </c>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A4" t="s">
-        <v>872</v>
+        <v>848</v>
       </c>
       <c r="B4" t="s">
-        <v>268</v>
+        <v>244</v>
       </c>
       <c r="D4" t="s">
-        <v>875</v>
+        <v>851</v>
       </c>
     </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A5" t="s">
-        <v>873</v>
+        <v>849</v>
       </c>
       <c r="B5" t="s">
-        <v>274</v>
+        <v>250</v>
       </c>
       <c r="D5" t="s">
-        <v>876</v>
+        <v>852</v>
       </c>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B6" t="s">
-        <v>877</v>
+        <v>853</v>
       </c>
       <c r="D6" t="s">
-        <v>878</v>
+        <v>854</v>
       </c>
     </row>
     <row r="7" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B7" t="s">
-        <v>100</v>
+        <v>76</v>
       </c>
       <c r="D7" t="s">
-        <v>879</v>
+        <v>855</v>
       </c>
     </row>
     <row r="8" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B8" t="s">
-        <v>880</v>
+        <v>856</v>
       </c>
       <c r="D8" t="s">
-        <v>881</v>
+        <v>857</v>
       </c>
     </row>
     <row r="9" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B9" t="s">
-        <v>152</v>
+        <v>128</v>
       </c>
       <c r="D9" t="s">
-        <v>882</v>
+        <v>858</v>
       </c>
     </row>
     <row r="10" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B10" t="s">
-        <v>883</v>
+        <v>859</v>
       </c>
       <c r="D10" t="s">
-        <v>884</v>
+        <v>860</v>
       </c>
     </row>
     <row r="11" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B11" t="s">
-        <v>885</v>
+        <v>861</v>
       </c>
       <c r="D11" t="s">
-        <v>886</v>
+        <v>862</v>
       </c>
     </row>
     <row r="12" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B12" t="s">
-        <v>887</v>
+        <v>863</v>
       </c>
       <c r="C12" t="s">
-        <v>103</v>
+        <v>79</v>
       </c>
       <c r="D12" t="s">
-        <v>888</v>
+        <v>864</v>
       </c>
     </row>
     <row r="13" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B13" t="s">
-        <v>889</v>
+        <v>865</v>
       </c>
       <c r="C13" t="s">
-        <v>106</v>
+        <v>82</v>
       </c>
       <c r="D13" t="s">
-        <v>890</v>
+        <v>866</v>
       </c>
     </row>
     <row r="14" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B14" t="s">
-        <v>891</v>
+        <v>867</v>
       </c>
       <c r="C14" t="s">
-        <v>109</v>
+        <v>85</v>
       </c>
       <c r="D14" t="s">
-        <v>892</v>
+        <v>868</v>
       </c>
     </row>
     <row r="15" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B15" t="s">
-        <v>893</v>
+        <v>869</v>
       </c>
       <c r="C15" t="s">
-        <v>112</v>
+        <v>88</v>
       </c>
       <c r="D15" t="s">
-        <v>894</v>
+        <v>870</v>
       </c>
     </row>
     <row r="16" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B16" t="s">
-        <v>895</v>
+        <v>871</v>
       </c>
       <c r="C16" t="s">
-        <v>115</v>
+        <v>91</v>
       </c>
       <c r="D16" t="s">
-        <v>896</v>
+        <v>872</v>
       </c>
     </row>
     <row r="17" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B17" t="s">
-        <v>897</v>
+        <v>873</v>
       </c>
       <c r="C17" t="s">
-        <v>118</v>
+        <v>94</v>
       </c>
       <c r="D17" t="s">
-        <v>898</v>
+        <v>874</v>
       </c>
     </row>
     <row r="18" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B18" t="s">
-        <v>899</v>
+        <v>875</v>
       </c>
       <c r="D18" t="s">
-        <v>900</v>
+        <v>876</v>
       </c>
     </row>
     <row r="19" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B19" t="s">
-        <v>901</v>
+        <v>877</v>
       </c>
       <c r="C19" t="s">
-        <v>121</v>
+        <v>97</v>
       </c>
       <c r="D19" t="s">
-        <v>902</v>
+        <v>878</v>
       </c>
     </row>
     <row r="20" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B20" t="s">
-        <v>903</v>
+        <v>879</v>
       </c>
       <c r="C20" t="s">
-        <v>124</v>
+        <v>100</v>
       </c>
       <c r="D20" t="s">
-        <v>904</v>
+        <v>880</v>
       </c>
     </row>
     <row r="21" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B21" t="s">
-        <v>905</v>
+        <v>881</v>
       </c>
       <c r="C21" t="s">
-        <v>127</v>
+        <v>103</v>
       </c>
       <c r="D21" t="s">
-        <v>906</v>
+        <v>882</v>
       </c>
     </row>
     <row r="22" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B22" t="s">
-        <v>907</v>
+        <v>883</v>
       </c>
       <c r="C22" t="s">
-        <v>130</v>
+        <v>106</v>
       </c>
       <c r="D22" t="s">
-        <v>908</v>
+        <v>884</v>
       </c>
     </row>
     <row r="23" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B23" t="s">
-        <v>909</v>
+        <v>885</v>
       </c>
       <c r="D23" t="s">
-        <v>910</v>
+        <v>886</v>
       </c>
     </row>
     <row r="24" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B24" t="s">
-        <v>911</v>
+        <v>887</v>
       </c>
       <c r="C24" t="s">
-        <v>133</v>
+        <v>109</v>
       </c>
       <c r="D24" t="s">
-        <v>912</v>
+        <v>888</v>
       </c>
     </row>
     <row r="25" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B25" t="s">
-        <v>913</v>
+        <v>889</v>
       </c>
       <c r="C25" t="s">
-        <v>136</v>
+        <v>112</v>
       </c>
       <c r="D25" t="s">
-        <v>914</v>
+        <v>890</v>
       </c>
     </row>
     <row r="26" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B26" t="s">
-        <v>915</v>
+        <v>891</v>
       </c>
       <c r="C26" t="s">
-        <v>139</v>
+        <v>115</v>
       </c>
       <c r="D26" t="s">
-        <v>916</v>
+        <v>892</v>
       </c>
     </row>
     <row r="27" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B27" t="s">
-        <v>917</v>
+        <v>893</v>
       </c>
       <c r="C27" t="s">
-        <v>142</v>
+        <v>118</v>
       </c>
       <c r="D27" t="s">
-        <v>918</v>
+        <v>894</v>
       </c>
     </row>
     <row r="28" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B28" t="s">
-        <v>919</v>
+        <v>895</v>
       </c>
       <c r="C28" t="s">
-        <v>191</v>
+        <v>167</v>
       </c>
       <c r="D28" t="s">
-        <v>920</v>
+        <v>896</v>
       </c>
     </row>
     <row r="29" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B29" t="s">
-        <v>921</v>
+        <v>897</v>
       </c>
       <c r="C29" t="s">
-        <v>194</v>
+        <v>170</v>
       </c>
       <c r="D29" t="s">
-        <v>922</v>
+        <v>898</v>
       </c>
     </row>
     <row r="30" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B30" t="s">
-        <v>923</v>
+        <v>899</v>
       </c>
       <c r="D30" t="s">
-        <v>924</v>
+        <v>900</v>
       </c>
     </row>
     <row r="31" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B31" t="s">
-        <v>925</v>
+        <v>901</v>
       </c>
       <c r="C31" t="s">
-        <v>197</v>
+        <v>173</v>
       </c>
       <c r="D31" t="s">
-        <v>926</v>
+        <v>902</v>
       </c>
     </row>
     <row r="32" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B32" t="s">
-        <v>927</v>
+        <v>903</v>
       </c>
       <c r="C32" t="s">
-        <v>200</v>
+        <v>176</v>
       </c>
       <c r="D32" t="s">
-        <v>928</v>
+        <v>904</v>
       </c>
     </row>
     <row r="33" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B33" t="s">
-        <v>929</v>
+        <v>905</v>
       </c>
       <c r="C33" t="s">
-        <v>205</v>
+        <v>181</v>
       </c>
       <c r="D33" t="s">
-        <v>930</v>
+        <v>906</v>
       </c>
     </row>
     <row r="34" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B34" t="s">
-        <v>931</v>
+        <v>907</v>
       </c>
       <c r="C34" t="s">
-        <v>208</v>
+        <v>184</v>
       </c>
       <c r="D34" t="s">
-        <v>932</v>
+        <v>908</v>
       </c>
     </row>
     <row r="35" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B35" t="s">
-        <v>933</v>
+        <v>909</v>
       </c>
       <c r="C35" t="s">
-        <v>211</v>
+        <v>187</v>
       </c>
       <c r="D35" t="s">
-        <v>934</v>
+        <v>910</v>
       </c>
     </row>
     <row r="36" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B36" t="s">
-        <v>935</v>
+        <v>911</v>
       </c>
       <c r="D36" t="s">
-        <v>936</v>
+        <v>912</v>
       </c>
     </row>
     <row r="37" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B37" t="s">
-        <v>937</v>
+        <v>913</v>
       </c>
       <c r="C37" t="s">
-        <v>214</v>
+        <v>190</v>
       </c>
       <c r="D37" t="s">
-        <v>938</v>
+        <v>914</v>
       </c>
     </row>
     <row r="38" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B38" t="s">
-        <v>939</v>
+        <v>915</v>
       </c>
       <c r="C38" t="s">
-        <v>219</v>
+        <v>195</v>
       </c>
       <c r="D38" t="s">
-        <v>940</v>
+        <v>916</v>
       </c>
     </row>
     <row r="39" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B39" t="s">
-        <v>941</v>
+        <v>917</v>
       </c>
       <c r="C39" t="s">
-        <v>222</v>
+        <v>198</v>
       </c>
       <c r="D39" t="s">
-        <v>942</v>
+        <v>918</v>
       </c>
     </row>
     <row r="40" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B40" t="s">
-        <v>943</v>
+        <v>919</v>
       </c>
       <c r="D40" t="s">
-        <v>944</v>
+        <v>920</v>
       </c>
     </row>
     <row r="41" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B41" t="s">
-        <v>945</v>
+        <v>921</v>
       </c>
       <c r="C41" t="s">
-        <v>227</v>
+        <v>203</v>
       </c>
       <c r="D41" t="s">
-        <v>946</v>
+        <v>922</v>
       </c>
     </row>
     <row r="42" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B42" t="s">
-        <v>947</v>
+        <v>923</v>
       </c>
       <c r="C42" t="s">
-        <v>230</v>
+        <v>206</v>
       </c>
       <c r="D42" t="s">
-        <v>948</v>
+        <v>924</v>
       </c>
     </row>
     <row r="43" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B43" t="s">
-        <v>949</v>
+        <v>925</v>
       </c>
       <c r="C43" t="s">
-        <v>236</v>
+        <v>212</v>
       </c>
       <c r="D43" t="s">
-        <v>950</v>
+        <v>926</v>
       </c>
     </row>
     <row r="44" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B44" t="s">
-        <v>951</v>
+        <v>927</v>
       </c>
       <c r="C44" t="s">
-        <v>239</v>
+        <v>215</v>
       </c>
       <c r="D44" t="s">
-        <v>952</v>
+        <v>928</v>
       </c>
     </row>
     <row r="45" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B45" t="s">
-        <v>953</v>
+        <v>929</v>
       </c>
       <c r="C45" t="s">
-        <v>244</v>
+        <v>220</v>
       </c>
       <c r="D45" t="s">
-        <v>954</v>
+        <v>930</v>
       </c>
     </row>
     <row r="46" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B46" t="s">
-        <v>955</v>
+        <v>931</v>
       </c>
       <c r="C46" t="s">
-        <v>247</v>
+        <v>223</v>
       </c>
       <c r="D46" t="s">
-        <v>956</v>
+        <v>932</v>
       </c>
     </row>
     <row r="47" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B47" t="s">
-        <v>957</v>
+        <v>933</v>
       </c>
       <c r="C47" t="s">
-        <v>250</v>
+        <v>226</v>
       </c>
       <c r="D47" t="s">
-        <v>958</v>
+        <v>934</v>
       </c>
     </row>
     <row r="48" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B48" t="s">
-        <v>959</v>
+        <v>935</v>
       </c>
       <c r="C48" t="s">
-        <v>253</v>
+        <v>229</v>
       </c>
       <c r="D48" t="s">
-        <v>960</v>
+        <v>936</v>
       </c>
     </row>
     <row r="49" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B49" t="s">
-        <v>961</v>
+        <v>937</v>
       </c>
       <c r="C49" t="s">
-        <v>256</v>
+        <v>232</v>
       </c>
       <c r="D49" t="s">
-        <v>962</v>
+        <v>938</v>
       </c>
     </row>
     <row r="50" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B50" t="s">
-        <v>963</v>
+        <v>939</v>
       </c>
       <c r="C50" t="s">
-        <v>260</v>
+        <v>236</v>
       </c>
       <c r="D50" t="s">
-        <v>964</v>
+        <v>940</v>
       </c>
     </row>
     <row r="51" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B51" t="s">
-        <v>965</v>
+        <v>941</v>
       </c>
       <c r="C51" t="s">
-        <v>263</v>
+        <v>239</v>
       </c>
       <c r="D51" t="s">
-        <v>966</v>
+        <v>942</v>
       </c>
     </row>
     <row r="52" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B52" t="s">
-        <v>967</v>
+        <v>943</v>
       </c>
       <c r="C52" t="s">
-        <v>355</v>
+        <v>331</v>
       </c>
       <c r="D52" t="s">
-        <v>968</v>
+        <v>944</v>
       </c>
     </row>
     <row r="53" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B53" t="s">
-        <v>969</v>
+        <v>945</v>
       </c>
       <c r="C53" t="s">
-        <v>358</v>
+        <v>334</v>
       </c>
       <c r="D53" t="s">
-        <v>970</v>
+        <v>946</v>
       </c>
     </row>
     <row r="54" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B54" t="s">
-        <v>971</v>
+        <v>947</v>
       </c>
       <c r="C54" t="s">
-        <v>363</v>
+        <v>339</v>
       </c>
       <c r="D54" t="s">
-        <v>972</v>
+        <v>948</v>
       </c>
     </row>
     <row r="55" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B55" t="s">
-        <v>973</v>
+        <v>949</v>
       </c>
       <c r="C55" t="s">
-        <v>366</v>
+        <v>342</v>
       </c>
       <c r="D55" t="s">
-        <v>974</v>
+        <v>950</v>
       </c>
     </row>
     <row r="56" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B56" t="s">
-        <v>975</v>
+        <v>951</v>
       </c>
       <c r="C56" t="s">
-        <v>369</v>
+        <v>345</v>
       </c>
       <c r="D56" t="s">
-        <v>976</v>
+        <v>952</v>
       </c>
     </row>
     <row r="57" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B57" t="s">
-        <v>977</v>
+        <v>953</v>
       </c>
       <c r="C57" t="s">
-        <v>374</v>
+        <v>350</v>
       </c>
       <c r="D57" t="s">
-        <v>978</v>
+        <v>954</v>
       </c>
     </row>
     <row r="58" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B58" t="s">
-        <v>979</v>
+        <v>955</v>
       </c>
       <c r="C58" t="s">
-        <v>377</v>
+        <v>353</v>
       </c>
       <c r="D58" t="s">
-        <v>980</v>
+        <v>956</v>
       </c>
     </row>
     <row r="59" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B59" t="s">
-        <v>981</v>
+        <v>957</v>
       </c>
       <c r="C59" t="s">
-        <v>382</v>
+        <v>358</v>
       </c>
       <c r="D59" t="s">
-        <v>982</v>
+        <v>958</v>
       </c>
     </row>
     <row r="60" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B60" t="s">
-        <v>983</v>
+        <v>959</v>
       </c>
       <c r="D60" t="s">
-        <v>984</v>
+        <v>960</v>
       </c>
     </row>
     <row r="61" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B61" t="s">
-        <v>985</v>
+        <v>961</v>
       </c>
       <c r="C61" t="s">
-        <v>385</v>
+        <v>361</v>
       </c>
       <c r="D61" t="s">
-        <v>986</v>
+        <v>962</v>
       </c>
     </row>
     <row r="62" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B62" t="s">
-        <v>987</v>
+        <v>963</v>
       </c>
       <c r="C62" t="s">
-        <v>388</v>
+        <v>364</v>
       </c>
       <c r="D62" t="s">
-        <v>988</v>
+        <v>964</v>
       </c>
     </row>
     <row r="63" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B63" t="s">
-        <v>989</v>
+        <v>965</v>
       </c>
       <c r="C63" t="s">
-        <v>393</v>
+        <v>369</v>
       </c>
       <c r="D63" t="s">
-        <v>990</v>
+        <v>966</v>
       </c>
     </row>
     <row r="64" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B64" t="s">
-        <v>991</v>
+        <v>967</v>
       </c>
       <c r="C64" t="s">
-        <v>396</v>
+        <v>372</v>
       </c>
       <c r="D64" t="s">
-        <v>992</v>
+        <v>968</v>
       </c>
     </row>
     <row r="65" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B65" t="s">
-        <v>993</v>
+        <v>969</v>
       </c>
       <c r="C65" t="s">
-        <v>399</v>
+        <v>375</v>
       </c>
       <c r="D65" t="s">
-        <v>994</v>
+        <v>970</v>
       </c>
     </row>
     <row r="66" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B66" t="s">
-        <v>995</v>
+        <v>971</v>
       </c>
       <c r="C66" t="s">
-        <v>402</v>
+        <v>378</v>
       </c>
       <c r="D66" t="s">
-        <v>996</v>
+        <v>972</v>
       </c>
     </row>
     <row r="67" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B67" t="s">
-        <v>997</v>
+        <v>973</v>
       </c>
       <c r="C67" t="s">
-        <v>405</v>
+        <v>381</v>
       </c>
       <c r="D67" t="s">
-        <v>998</v>
+        <v>974</v>
       </c>
     </row>
     <row r="68" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B68" t="s">
-        <v>999</v>
+        <v>975</v>
       </c>
       <c r="C68" t="s">
-        <v>408</v>
+        <v>384</v>
       </c>
       <c r="D68" t="s">
-        <v>1000</v>
+        <v>976</v>
       </c>
     </row>
     <row r="69" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B69" t="s">
-        <v>1001</v>
+        <v>977</v>
       </c>
       <c r="D69" t="s">
-        <v>1002</v>
+        <v>978</v>
       </c>
     </row>
     <row r="70" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B70" t="s">
-        <v>1003</v>
+        <v>979</v>
       </c>
       <c r="C70" t="s">
-        <v>411</v>
+        <v>387</v>
       </c>
       <c r="D70" t="s">
-        <v>1004</v>
+        <v>980</v>
       </c>
     </row>
     <row r="71" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B71" t="s">
-        <v>1005</v>
+        <v>981</v>
       </c>
       <c r="C71" t="s">
-        <v>414</v>
+        <v>390</v>
       </c>
       <c r="D71" t="s">
-        <v>1006</v>
+        <v>982</v>
       </c>
     </row>
     <row r="72" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B72" t="s">
-        <v>1007</v>
+        <v>983</v>
       </c>
       <c r="C72" t="s">
-        <v>417</v>
+        <v>393</v>
       </c>
       <c r="D72" t="s">
-        <v>1008</v>
+        <v>984</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0800-000000000000}">
   <dimension ref="A1:D143"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>92</v>
+        <v>68</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>93</v>
+        <v>69</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>94</v>
+        <v>70</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
-        <v>31</v>
+        <v>25</v>
       </c>
       <c r="B2" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
       <c r="D2" t="s">
-        <v>34</v>
+        <v>27</v>
       </c>
     </row>
     <row r="3" spans="1:4" ht="25" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
-        <v>1009</v>
+        <v>985</v>
       </c>
       <c r="B3" s="3" t="s">
-        <v>1012</v>
+        <v>988</v>
       </c>
       <c r="D3" t="s">
-        <v>1013</v>
+        <v>989</v>
       </c>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A4" t="s">
-        <v>1010</v>
+        <v>986</v>
       </c>
       <c r="B4" t="s">
-        <v>96</v>
+        <v>72</v>
       </c>
       <c r="D4" t="s">
-        <v>1014</v>
+        <v>990</v>
       </c>
     </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A5" t="s">
-        <v>1011</v>
+        <v>987</v>
       </c>
       <c r="B5" t="s">
-        <v>98</v>
+        <v>74</v>
       </c>
       <c r="D5" t="s">
-        <v>1015</v>
+        <v>991</v>
       </c>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B6" t="s">
-        <v>98</v>
+        <v>74</v>
       </c>
       <c r="D6" t="s">
-        <v>1016</v>
+        <v>992</v>
       </c>
     </row>
     <row r="7" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B7" t="s">
-        <v>274</v>
+        <v>250</v>
       </c>
       <c r="D7" t="s">
-        <v>1017</v>
+        <v>993</v>
       </c>
     </row>
     <row r="8" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B8" t="s">
-        <v>274</v>
+        <v>250</v>
       </c>
       <c r="D8" t="s">
-        <v>1018</v>
+        <v>994</v>
       </c>
     </row>
     <row r="9" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B9" t="s">
-        <v>100</v>
+        <v>76</v>
       </c>
       <c r="D9" t="s">
-        <v>1019</v>
+        <v>995</v>
       </c>
     </row>
     <row r="10" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B10" t="s">
-        <v>100</v>
+        <v>76</v>
       </c>
       <c r="D10" t="s">
-        <v>1020</v>
+        <v>996</v>
       </c>
     </row>
     <row r="11" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B11" t="s">
-        <v>1021</v>
+        <v>997</v>
       </c>
       <c r="D11" t="s">
-        <v>1022</v>
+        <v>998</v>
       </c>
     </row>
     <row r="12" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B12" t="s">
-        <v>1023</v>
+        <v>999</v>
       </c>
       <c r="C12" t="s">
-        <v>103</v>
+        <v>79</v>
       </c>
       <c r="D12" t="s">
-        <v>1024</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="13" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B13" t="s">
-        <v>1025</v>
+        <v>1001</v>
       </c>
       <c r="C13" t="s">
-        <v>106</v>
+        <v>82</v>
       </c>
       <c r="D13" t="s">
-        <v>1026</v>
+        <v>1002</v>
       </c>
     </row>
     <row r="14" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B14" t="s">
-        <v>1027</v>
+        <v>1003</v>
       </c>
       <c r="C14" t="s">
-        <v>109</v>
+        <v>85</v>
       </c>
       <c r="D14" t="s">
-        <v>1028</v>
+        <v>1004</v>
       </c>
     </row>
     <row r="15" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B15" t="s">
-        <v>1029</v>
+        <v>1005</v>
       </c>
       <c r="C15" t="s">
-        <v>112</v>
+        <v>88</v>
       </c>
       <c r="D15" t="s">
-        <v>1030</v>
+        <v>1006</v>
       </c>
     </row>
     <row r="16" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B16" t="s">
-        <v>252</v>
+        <v>228</v>
       </c>
       <c r="C16" t="s">
-        <v>115</v>
+        <v>91</v>
       </c>
       <c r="D16" t="s">
-        <v>1031</v>
+        <v>1007</v>
       </c>
     </row>
     <row r="17" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B17" t="s">
-        <v>1032</v>
+        <v>1008</v>
       </c>
       <c r="C17" t="s">
-        <v>118</v>
+        <v>94</v>
       </c>
       <c r="D17" t="s">
-        <v>1033</v>
+        <v>1009</v>
       </c>
     </row>
     <row r="18" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B18" t="s">
-        <v>1034</v>
+        <v>1010</v>
       </c>
       <c r="C18" t="s">
-        <v>121</v>
+        <v>97</v>
       </c>
       <c r="D18" t="s">
-        <v>1035</v>
+        <v>1011</v>
       </c>
     </row>
     <row r="19" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B19" t="s">
-        <v>1036</v>
+        <v>1012</v>
       </c>
       <c r="C19" t="s">
-        <v>124</v>
+        <v>100</v>
       </c>
       <c r="D19" t="s">
-        <v>1037</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="20" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B20" t="s">
-        <v>1038</v>
+        <v>1014</v>
       </c>
       <c r="C20" t="s">
-        <v>127</v>
+        <v>103</v>
       </c>
       <c r="D20" t="s">
-        <v>1039</v>
+        <v>1015</v>
       </c>
     </row>
     <row r="21" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B21" t="s">
-        <v>1040</v>
+        <v>1016</v>
       </c>
       <c r="C21" t="s">
-        <v>130</v>
+        <v>106</v>
       </c>
       <c r="D21" t="s">
-        <v>1041</v>
+        <v>1017</v>
       </c>
     </row>
     <row r="22" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B22" t="s">
-        <v>1042</v>
+        <v>1018</v>
       </c>
       <c r="C22" t="s">
-        <v>133</v>
+        <v>109</v>
       </c>
       <c r="D22" t="s">
-        <v>1043</v>
+        <v>1019</v>
       </c>
     </row>
     <row r="23" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B23" t="s">
-        <v>1044</v>
+        <v>1020</v>
       </c>
       <c r="C23" t="s">
-        <v>136</v>
+        <v>112</v>
       </c>
       <c r="D23" t="s">
-        <v>1045</v>
+        <v>1021</v>
       </c>
     </row>
     <row r="24" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B24" t="s">
-        <v>1046</v>
+        <v>1022</v>
       </c>
       <c r="C24" t="s">
-        <v>139</v>
+        <v>115</v>
       </c>
       <c r="D24" t="s">
-        <v>1047</v>
+        <v>1023</v>
       </c>
     </row>
     <row r="25" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B25" t="s">
-        <v>1048</v>
+        <v>1024</v>
       </c>
       <c r="C25" t="s">
-        <v>142</v>
+        <v>118</v>
       </c>
       <c r="D25" t="s">
-        <v>1049</v>
+        <v>1025</v>
       </c>
     </row>
     <row r="26" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B26" t="s">
-        <v>1050</v>
+        <v>1026</v>
       </c>
       <c r="C26" t="s">
-        <v>191</v>
+        <v>167</v>
       </c>
       <c r="D26" t="s">
-        <v>1051</v>
+        <v>1027</v>
       </c>
     </row>
     <row r="27" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B27" t="s">
-        <v>1052</v>
+        <v>1028</v>
       </c>
       <c r="C27" t="s">
-        <v>194</v>
+        <v>170</v>
       </c>
       <c r="D27" t="s">
-        <v>1053</v>
+        <v>1029</v>
       </c>
     </row>
     <row r="28" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B28" t="s">
-        <v>1054</v>
+        <v>1030</v>
       </c>
       <c r="C28" t="s">
-        <v>197</v>
+        <v>173</v>
       </c>
       <c r="D28" t="s">
-        <v>1055</v>
+        <v>1031</v>
       </c>
     </row>
     <row r="29" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B29" t="s">
-        <v>1056</v>
+        <v>1032</v>
       </c>
       <c r="C29" t="s">
-        <v>200</v>
+        <v>176</v>
       </c>
       <c r="D29" t="s">
-        <v>1057</v>
+        <v>1033</v>
       </c>
     </row>
     <row r="30" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B30" t="s">
-        <v>1058</v>
+        <v>1034</v>
       </c>
       <c r="C30" t="s">
-        <v>205</v>
+        <v>181</v>
       </c>
       <c r="D30" t="s">
-        <v>1059</v>
+        <v>1035</v>
       </c>
     </row>
     <row r="31" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B31" t="s">
-        <v>1060</v>
+        <v>1036</v>
       </c>
       <c r="C31" t="s">
-        <v>208</v>
+        <v>184</v>
       </c>
       <c r="D31" t="s">
-        <v>1061</v>
+        <v>1037</v>
       </c>
     </row>
     <row r="32" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B32" t="s">
-        <v>1062</v>
+        <v>1038</v>
       </c>
       <c r="C32" t="s">
-        <v>211</v>
+        <v>187</v>
       </c>
       <c r="D32" t="s">
-        <v>1063</v>
+        <v>1039</v>
       </c>
     </row>
     <row r="33" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B33" t="s">
-        <v>1064</v>
+        <v>1040</v>
       </c>
       <c r="C33" t="s">
-        <v>214</v>
+        <v>190</v>
       </c>
       <c r="D33" t="s">
-        <v>1065</v>
+        <v>1041</v>
       </c>
     </row>
     <row r="34" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B34" t="s">
-        <v>1066</v>
+        <v>1042</v>
       </c>
       <c r="C34" t="s">
-        <v>219</v>
+        <v>195</v>
       </c>
       <c r="D34" t="s">
-        <v>1067</v>
+        <v>1043</v>
       </c>
     </row>
     <row r="35" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B35" t="s">
-        <v>1068</v>
+        <v>1044</v>
       </c>
       <c r="C35" t="s">
-        <v>222</v>
+        <v>198</v>
       </c>
       <c r="D35" t="s">
-        <v>1069</v>
+        <v>1045</v>
       </c>
     </row>
     <row r="36" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B36" t="s">
-        <v>1070</v>
+        <v>1046</v>
       </c>
       <c r="C36" t="s">
-        <v>227</v>
+        <v>203</v>
       </c>
       <c r="D36" t="s">
-        <v>1071</v>
+        <v>1047</v>
       </c>
     </row>
     <row r="37" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B37" t="s">
-        <v>987</v>
+        <v>963</v>
       </c>
       <c r="C37" t="s">
-        <v>230</v>
+        <v>206</v>
       </c>
       <c r="D37" t="s">
-        <v>1072</v>
+        <v>1048</v>
       </c>
     </row>
     <row r="38" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B38" t="s">
-        <v>1073</v>
+        <v>1049</v>
       </c>
       <c r="C38" t="s">
-        <v>236</v>
+        <v>212</v>
       </c>
       <c r="D38" t="s">
-        <v>1074</v>
+        <v>1050</v>
       </c>
     </row>
     <row r="39" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B39" t="s">
-        <v>1075</v>
+        <v>1051</v>
       </c>
       <c r="C39" t="s">
-        <v>239</v>
+        <v>215</v>
       </c>
       <c r="D39" t="s">
-        <v>1076</v>
+        <v>1052</v>
       </c>
     </row>
     <row r="40" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B40" t="s">
-        <v>1077</v>
+        <v>1053</v>
       </c>
       <c r="C40" t="s">
-        <v>244</v>
+        <v>220</v>
       </c>
       <c r="D40" t="s">
-        <v>1078</v>
+        <v>1054</v>
       </c>
     </row>
     <row r="41" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B41" t="s">
-        <v>1079</v>
+        <v>1055</v>
       </c>
       <c r="C41" t="s">
-        <v>247</v>
+        <v>223</v>
       </c>
       <c r="D41" t="s">
-        <v>1080</v>
+        <v>1056</v>
       </c>
     </row>
     <row r="42" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B42" t="s">
-        <v>527</v>
+        <v>503</v>
       </c>
       <c r="C42" t="s">
-        <v>250</v>
+        <v>226</v>
       </c>
       <c r="D42" t="s">
-        <v>1081</v>
+        <v>1057</v>
       </c>
     </row>
     <row r="43" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B43" t="s">
-        <v>1082</v>
+        <v>1058</v>
       </c>
       <c r="C43" t="s">
-        <v>253</v>
+        <v>229</v>
       </c>
       <c r="D43" t="s">
-        <v>1083</v>
+        <v>1059</v>
       </c>
     </row>
     <row r="44" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B44" t="s">
-        <v>1084</v>
+        <v>1060</v>
       </c>
       <c r="C44" t="s">
-        <v>256</v>
+        <v>232</v>
       </c>
       <c r="D44" t="s">
-        <v>1085</v>
+        <v>1061</v>
       </c>
     </row>
     <row r="45" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B45" t="s">
-        <v>1086</v>
+        <v>1062</v>
       </c>
       <c r="C45" t="s">
-        <v>260</v>
+        <v>236</v>
       </c>
       <c r="D45" t="s">
-        <v>1087</v>
+        <v>1063</v>
       </c>
     </row>
     <row r="46" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B46" t="s">
-        <v>1088</v>
+        <v>1064</v>
       </c>
       <c r="C46" t="s">
-        <v>263</v>
+        <v>239</v>
       </c>
       <c r="D46" t="s">
-        <v>1089</v>
+        <v>1065</v>
       </c>
     </row>
     <row r="47" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B47" t="s">
-        <v>809</v>
+        <v>785</v>
       </c>
       <c r="C47" t="s">
-        <v>355</v>
+        <v>331</v>
       </c>
       <c r="D47" t="s">
-        <v>1090</v>
+        <v>1066</v>
       </c>
     </row>
     <row r="48" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B48" t="s">
-        <v>1091</v>
+        <v>1067</v>
       </c>
       <c r="C48" t="s">
-        <v>358</v>
+        <v>334</v>
       </c>
       <c r="D48" t="s">
-        <v>1092</v>
+        <v>1068</v>
       </c>
     </row>
     <row r="49" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B49" t="s">
-        <v>1093</v>
+        <v>1069</v>
       </c>
       <c r="C49" t="s">
-        <v>363</v>
+        <v>339</v>
       </c>
       <c r="D49" t="s">
-        <v>1094</v>
+        <v>1070</v>
       </c>
     </row>
     <row r="50" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B50" t="s">
-        <v>1095</v>
+        <v>1071</v>
       </c>
       <c r="C50" t="s">
-        <v>366</v>
+        <v>342</v>
       </c>
       <c r="D50" t="s">
-        <v>1096</v>
+        <v>1072</v>
       </c>
     </row>
     <row r="51" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B51" t="s">
-        <v>811</v>
+        <v>787</v>
       </c>
       <c r="C51" t="s">
-        <v>369</v>
+        <v>345</v>
       </c>
       <c r="D51" t="s">
-        <v>1097</v>
+        <v>1073</v>
       </c>
     </row>
     <row r="52" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B52" t="s">
-        <v>806</v>
+        <v>782</v>
       </c>
       <c r="C52" t="s">
-        <v>374</v>
+        <v>350</v>
       </c>
       <c r="D52" t="s">
-        <v>1098</v>
+        <v>1074</v>
       </c>
     </row>
     <row r="53" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B53" t="s">
-        <v>807</v>
+        <v>783</v>
       </c>
       <c r="C53" t="s">
-        <v>377</v>
+        <v>353</v>
       </c>
       <c r="D53" t="s">
-        <v>1099</v>
+        <v>1075</v>
       </c>
     </row>
     <row r="54" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B54" t="s">
-        <v>1100</v>
+        <v>1076</v>
       </c>
       <c r="C54" t="s">
-        <v>382</v>
+        <v>358</v>
       </c>
       <c r="D54" t="s">
-        <v>1101</v>
+        <v>1077</v>
       </c>
     </row>
     <row r="55" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B55" t="s">
-        <v>1102</v>
+        <v>1078</v>
       </c>
       <c r="C55" t="s">
-        <v>385</v>
+        <v>361</v>
       </c>
       <c r="D55" t="s">
-        <v>1103</v>
+        <v>1079</v>
       </c>
     </row>
     <row r="56" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B56" t="s">
-        <v>1104</v>
+        <v>1080</v>
       </c>
       <c r="C56" t="s">
-        <v>388</v>
+        <v>364</v>
       </c>
       <c r="D56" t="s">
-        <v>1105</v>
+        <v>1081</v>
       </c>
     </row>
     <row r="57" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B57" t="s">
-        <v>1106</v>
+        <v>1082</v>
       </c>
       <c r="C57" t="s">
-        <v>393</v>
+        <v>369</v>
       </c>
       <c r="D57" t="s">
-        <v>1107</v>
+        <v>1083</v>
       </c>
     </row>
     <row r="58" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B58" t="s">
-        <v>1108</v>
+        <v>1084</v>
       </c>
       <c r="C58" t="s">
-        <v>396</v>
+        <v>372</v>
       </c>
       <c r="D58" t="s">
-        <v>1109</v>
+        <v>1085</v>
       </c>
     </row>
     <row r="59" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B59" t="s">
-        <v>1110</v>
+        <v>1086</v>
       </c>
       <c r="C59" t="s">
-        <v>399</v>
+        <v>375</v>
       </c>
       <c r="D59" t="s">
-        <v>1111</v>
+        <v>1087</v>
       </c>
     </row>
     <row r="60" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B60" t="s">
-        <v>1112</v>
+        <v>1088</v>
       </c>
       <c r="C60" t="s">
-        <v>402</v>
+        <v>378</v>
       </c>
       <c r="D60" t="s">
-        <v>1113</v>
+        <v>1089</v>
       </c>
     </row>
     <row r="61" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B61" t="s">
-        <v>1114</v>
+        <v>1090</v>
       </c>
       <c r="C61" t="s">
-        <v>405</v>
+        <v>381</v>
       </c>
       <c r="D61" t="s">
-        <v>1115</v>
+        <v>1091</v>
       </c>
     </row>
     <row r="62" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B62" t="s">
-        <v>1116</v>
+        <v>1092</v>
       </c>
       <c r="C62" t="s">
-        <v>408</v>
+        <v>384</v>
       </c>
       <c r="D62" t="s">
-        <v>1117</v>
+        <v>1093</v>
       </c>
     </row>
     <row r="63" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B63" t="s">
-        <v>1118</v>
+        <v>1094</v>
       </c>
       <c r="C63" t="s">
-        <v>411</v>
+        <v>387</v>
       </c>
       <c r="D63" t="s">
-        <v>1119</v>
+        <v>1095</v>
       </c>
     </row>
     <row r="64" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B64" t="s">
-        <v>1120</v>
+        <v>1096</v>
       </c>
       <c r="C64" t="s">
-        <v>414</v>
+        <v>390</v>
       </c>
       <c r="D64" t="s">
-        <v>1121</v>
+        <v>1097</v>
       </c>
     </row>
     <row r="65" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B65" t="s">
-        <v>1122</v>
+        <v>1098</v>
       </c>
       <c r="C65" t="s">
-        <v>417</v>
+        <v>393</v>
       </c>
       <c r="D65" t="s">
-        <v>1123</v>
+        <v>1099</v>
       </c>
     </row>
     <row r="66" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B66" t="s">
-        <v>1124</v>
+        <v>1100</v>
       </c>
       <c r="C66" t="s">
-        <v>422</v>
+        <v>398</v>
       </c>
       <c r="D66" t="s">
-        <v>1125</v>
+        <v>1101</v>
       </c>
     </row>
     <row r="67" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B67" t="s">
-        <v>1126</v>
+        <v>1102</v>
       </c>
       <c r="C67" t="s">
-        <v>425</v>
+        <v>401</v>
       </c>
       <c r="D67" t="s">
-        <v>1127</v>
+        <v>1103</v>
       </c>
     </row>
     <row r="68" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B68" t="s">
-        <v>1128</v>
+        <v>1104</v>
       </c>
       <c r="C68" t="s">
-        <v>428</v>
+        <v>404</v>
       </c>
       <c r="D68" t="s">
-        <v>1129</v>
+        <v>1105</v>
       </c>
     </row>
     <row r="69" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B69" t="s">
-        <v>765</v>
+        <v>741</v>
       </c>
       <c r="C69" t="s">
-        <v>431</v>
+        <v>407</v>
       </c>
       <c r="D69" t="s">
-        <v>1130</v>
+        <v>1106</v>
       </c>
     </row>
     <row r="70" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B70" t="s">
-        <v>1131</v>
+        <v>1107</v>
       </c>
       <c r="C70" t="s">
-        <v>434</v>
+        <v>410</v>
       </c>
       <c r="D70" t="s">
-        <v>1132</v>
+        <v>1108</v>
       </c>
     </row>
     <row r="71" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B71" t="s">
-        <v>767</v>
+        <v>743</v>
       </c>
       <c r="C71" t="s">
-        <v>437</v>
+        <v>413</v>
       </c>
       <c r="D71" t="s">
-        <v>1133</v>
+        <v>1109</v>
       </c>
     </row>
     <row r="72" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B72" t="s">
-        <v>1134</v>
+        <v>1110</v>
       </c>
       <c r="C72" t="s">
-        <v>440</v>
+        <v>416</v>
       </c>
       <c r="D72" t="s">
-        <v>1135</v>
+        <v>1111</v>
       </c>
     </row>
     <row r="73" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B73" t="s">
-        <v>1136</v>
+        <v>1112</v>
       </c>
       <c r="C73" t="s">
-        <v>443</v>
+        <v>419</v>
       </c>
       <c r="D73" t="s">
-        <v>1137</v>
+        <v>1113</v>
       </c>
     </row>
     <row r="74" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B74" t="s">
-        <v>1138</v>
+        <v>1114</v>
       </c>
       <c r="C74" t="s">
-        <v>446</v>
+        <v>422</v>
       </c>
       <c r="D74" t="s">
-        <v>1139</v>
+        <v>1115</v>
       </c>
     </row>
     <row r="75" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B75" t="s">
-        <v>1140</v>
+        <v>1116</v>
       </c>
       <c r="C75" t="s">
-        <v>451</v>
+        <v>427</v>
       </c>
       <c r="D75" t="s">
-        <v>1141</v>
+        <v>1117</v>
       </c>
     </row>
     <row r="76" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B76" t="s">
-        <v>1142</v>
+        <v>1118</v>
       </c>
       <c r="D76" t="s">
-        <v>1143</v>
+        <v>1119</v>
       </c>
     </row>
     <row r="77" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B77" t="s">
-        <v>1144</v>
+        <v>1120</v>
       </c>
       <c r="D77" t="s">
-        <v>1145</v>
+        <v>1121</v>
       </c>
     </row>
     <row r="78" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B78" t="s">
-        <v>1023</v>
+        <v>999</v>
       </c>
       <c r="C78" t="s">
-        <v>103</v>
+        <v>79</v>
       </c>
       <c r="D78" t="s">
-        <v>1146</v>
+        <v>1122</v>
       </c>
     </row>
     <row r="79" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B79" t="s">
-        <v>1025</v>
+        <v>1001</v>
       </c>
       <c r="C79" t="s">
-        <v>106</v>
+        <v>82</v>
       </c>
       <c r="D79" t="s">
-        <v>1147</v>
+        <v>1123</v>
       </c>
     </row>
     <row r="80" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B80" t="s">
-        <v>1027</v>
+        <v>1003</v>
       </c>
       <c r="C80" t="s">
-        <v>109</v>
+        <v>85</v>
       </c>
       <c r="D80" t="s">
-        <v>1148</v>
+        <v>1124</v>
       </c>
     </row>
     <row r="81" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B81" t="s">
-        <v>1029</v>
+        <v>1005</v>
       </c>
       <c r="C81" t="s">
-        <v>112</v>
+        <v>88</v>
       </c>
       <c r="D81" t="s">
-        <v>1149</v>
+        <v>1125</v>
       </c>
     </row>
     <row r="82" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B82" t="s">
-        <v>252</v>
+        <v>228</v>
       </c>
       <c r="C82" t="s">
-        <v>115</v>
+        <v>91</v>
       </c>
       <c r="D82" t="s">
-        <v>1150</v>
+        <v>1126</v>
       </c>
     </row>
     <row r="83" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B83" t="s">
-        <v>1032</v>
+        <v>1008</v>
       </c>
       <c r="C83" t="s">
-        <v>118</v>
+        <v>94</v>
       </c>
       <c r="D83" t="s">
-        <v>1151</v>
+        <v>1127</v>
       </c>
     </row>
     <row r="84" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B84" t="s">
-        <v>1034</v>
+        <v>1010</v>
       </c>
       <c r="C84" t="s">
-        <v>121</v>
+        <v>97</v>
       </c>
       <c r="D84" t="s">
-        <v>1152</v>
+        <v>1128</v>
       </c>
     </row>
     <row r="85" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B85" t="s">
-        <v>1036</v>
+        <v>1012</v>
       </c>
       <c r="C85" t="s">
-        <v>124</v>
+        <v>100</v>
       </c>
       <c r="D85" t="s">
-        <v>1153</v>
+        <v>1129</v>
       </c>
     </row>
     <row r="86" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B86" t="s">
-        <v>1038</v>
+        <v>1014</v>
       </c>
       <c r="C86" t="s">
-        <v>127</v>
+        <v>103</v>
       </c>
       <c r="D86" t="s">
-        <v>1154</v>
+        <v>1130</v>
       </c>
     </row>
     <row r="87" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B87" t="s">
-        <v>1040</v>
+        <v>1016</v>
       </c>
       <c r="C87" t="s">
-        <v>130</v>
+        <v>106</v>
       </c>
       <c r="D87" t="s">
-        <v>1155</v>
+        <v>1131</v>
       </c>
     </row>
     <row r="88" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B88" t="s">
-        <v>1042</v>
+        <v>1018</v>
       </c>
       <c r="C88" t="s">
-        <v>133</v>
+        <v>109</v>
       </c>
       <c r="D88" t="s">
-        <v>1156</v>
+        <v>1132</v>
       </c>
     </row>
     <row r="89" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B89" t="s">
-        <v>1044</v>
+        <v>1020</v>
       </c>
       <c r="C89" t="s">
-        <v>136</v>
+        <v>112</v>
       </c>
       <c r="D89" t="s">
-        <v>1157</v>
+        <v>1133</v>
       </c>
     </row>
     <row r="90" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B90" t="s">
-        <v>1046</v>
+        <v>1022</v>
       </c>
       <c r="C90" t="s">
-        <v>139</v>
+        <v>115</v>
       </c>
       <c r="D90" t="s">
-        <v>1158</v>
+        <v>1134</v>
       </c>
     </row>
     <row r="91" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B91" t="s">
-        <v>1048</v>
+        <v>1024</v>
       </c>
       <c r="C91" t="s">
-        <v>142</v>
+        <v>118</v>
       </c>
       <c r="D91" t="s">
-        <v>1159</v>
+        <v>1135</v>
       </c>
     </row>
     <row r="92" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B92" t="s">
-        <v>1050</v>
+        <v>1026</v>
       </c>
       <c r="C92" t="s">
-        <v>191</v>
+        <v>167</v>
       </c>
       <c r="D92" t="s">
-        <v>1160</v>
+        <v>1136</v>
       </c>
     </row>
     <row r="93" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B93" t="s">
-        <v>1052</v>
+        <v>1028</v>
       </c>
       <c r="C93" t="s">
-        <v>194</v>
+        <v>170</v>
       </c>
       <c r="D93" t="s">
-        <v>1161</v>
+        <v>1137</v>
       </c>
     </row>
     <row r="94" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B94" t="s">
-        <v>1054</v>
+        <v>1030</v>
       </c>
       <c r="C94" t="s">
-        <v>197</v>
+        <v>173</v>
       </c>
       <c r="D94" t="s">
-        <v>1162</v>
+        <v>1138</v>
       </c>
     </row>
     <row r="95" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B95" t="s">
-        <v>1056</v>
+        <v>1032</v>
       </c>
       <c r="C95" t="s">
-        <v>200</v>
+        <v>176</v>
       </c>
       <c r="D95" t="s">
-        <v>1163</v>
+        <v>1139</v>
       </c>
     </row>
     <row r="96" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B96" t="s">
-        <v>1058</v>
+        <v>1034</v>
       </c>
       <c r="C96" t="s">
-        <v>205</v>
+        <v>181</v>
       </c>
       <c r="D96" t="s">
-        <v>1164</v>
+        <v>1140</v>
       </c>
     </row>
     <row r="97" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B97" t="s">
-        <v>1060</v>
+        <v>1036</v>
       </c>
       <c r="C97" t="s">
-        <v>208</v>
+        <v>184</v>
       </c>
       <c r="D97" t="s">
-        <v>1165</v>
+        <v>1141</v>
       </c>
     </row>
     <row r="98" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B98" t="s">
-        <v>1062</v>
+        <v>1038</v>
       </c>
       <c r="C98" t="s">
-        <v>211</v>
+        <v>187</v>
       </c>
       <c r="D98" t="s">
-        <v>1166</v>
+        <v>1142</v>
       </c>
     </row>
     <row r="99" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B99" t="s">
-        <v>1064</v>
+        <v>1040</v>
       </c>
       <c r="C99" t="s">
-        <v>214</v>
+        <v>190</v>
       </c>
       <c r="D99" t="s">
-        <v>1167</v>
+        <v>1143</v>
       </c>
     </row>
     <row r="100" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B100" t="s">
-        <v>1066</v>
+        <v>1042</v>
       </c>
       <c r="C100" t="s">
-        <v>219</v>
+        <v>195</v>
       </c>
       <c r="D100" t="s">
-        <v>1168</v>
+        <v>1144</v>
       </c>
     </row>
     <row r="101" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B101" t="s">
-        <v>1068</v>
+        <v>1044</v>
       </c>
       <c r="C101" t="s">
-        <v>222</v>
+        <v>198</v>
       </c>
       <c r="D101" t="s">
-        <v>1169</v>
+        <v>1145</v>
       </c>
     </row>
     <row r="102" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B102" t="s">
-        <v>1070</v>
+        <v>1046</v>
       </c>
       <c r="C102" t="s">
-        <v>227</v>
+        <v>203</v>
       </c>
       <c r="D102" t="s">
-        <v>1170</v>
+        <v>1146</v>
       </c>
     </row>
     <row r="103" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B103" t="s">
-        <v>987</v>
+        <v>963</v>
       </c>
       <c r="C103" t="s">
-        <v>230</v>
+        <v>206</v>
       </c>
       <c r="D103" t="s">
-        <v>1171</v>
+        <v>1147</v>
       </c>
     </row>
     <row r="104" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B104" t="s">
-        <v>1073</v>
+        <v>1049</v>
       </c>
       <c r="C104" t="s">
-        <v>236</v>
+        <v>212</v>
       </c>
       <c r="D104" t="s">
-        <v>1172</v>
+        <v>1148</v>
       </c>
     </row>
     <row r="105" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B105" t="s">
-        <v>1075</v>
+        <v>1051</v>
       </c>
       <c r="C105" t="s">
-        <v>239</v>
+        <v>215</v>
       </c>
       <c r="D105" t="s">
-        <v>1173</v>
+        <v>1149</v>
       </c>
     </row>
     <row r="106" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B106" t="s">
-        <v>1077</v>
+        <v>1053</v>
       </c>
       <c r="C106" t="s">
-        <v>244</v>
+        <v>220</v>
       </c>
       <c r="D106" t="s">
-        <v>1174</v>
+        <v>1150</v>
       </c>
     </row>
     <row r="107" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B107" t="s">
-        <v>1079</v>
+        <v>1055</v>
       </c>
       <c r="C107" t="s">
-        <v>247</v>
+        <v>223</v>
       </c>
       <c r="D107" t="s">
-        <v>1175</v>
+        <v>1151</v>
       </c>
     </row>
     <row r="108" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B108" t="s">
-        <v>527</v>
+        <v>503</v>
       </c>
       <c r="C108" t="s">
-        <v>250</v>
+        <v>226</v>
       </c>
       <c r="D108" t="s">
-        <v>1176</v>
+        <v>1152</v>
       </c>
     </row>
     <row r="109" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B109" t="s">
-        <v>1082</v>
+        <v>1058</v>
       </c>
       <c r="C109" t="s">
-        <v>253</v>
+        <v>229</v>
       </c>
       <c r="D109" t="s">
-        <v>1177</v>
+        <v>1153</v>
       </c>
     </row>
     <row r="110" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B110" t="s">
-        <v>1084</v>
+        <v>1060</v>
       </c>
       <c r="C110" t="s">
-        <v>256</v>
+        <v>232</v>
       </c>
       <c r="D110" t="s">
-        <v>1178</v>
+        <v>1154</v>
       </c>
     </row>
     <row r="111" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B111" t="s">
-        <v>1086</v>
+        <v>1062</v>
       </c>
       <c r="C111" t="s">
-        <v>260</v>
+        <v>236</v>
       </c>
       <c r="D111" t="s">
-        <v>1179</v>
+        <v>1155</v>
       </c>
     </row>
     <row r="112" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B112" t="s">
-        <v>1088</v>
+        <v>1064</v>
       </c>
       <c r="C112" t="s">
-        <v>263</v>
+        <v>239</v>
       </c>
       <c r="D112" t="s">
-        <v>1180</v>
+        <v>1156</v>
       </c>
     </row>
     <row r="113" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B113" t="s">
-        <v>809</v>
+        <v>785</v>
       </c>
       <c r="C113" t="s">
-        <v>355</v>
+        <v>331</v>
       </c>
       <c r="D113" t="s">
-        <v>1181</v>
+        <v>1157</v>
       </c>
     </row>
     <row r="114" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B114" t="s">
-        <v>1091</v>
+        <v>1067</v>
       </c>
       <c r="C114" t="s">
-        <v>358</v>
+        <v>334</v>
       </c>
       <c r="D114" t="s">
-        <v>1182</v>
+        <v>1158</v>
       </c>
     </row>
     <row r="115" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B115" t="s">
-        <v>1093</v>
+        <v>1069</v>
       </c>
       <c r="C115" t="s">
-        <v>363</v>
+        <v>339</v>
       </c>
       <c r="D115" t="s">
-        <v>1183</v>
+        <v>1159</v>
       </c>
     </row>
     <row r="116" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B116" t="s">
-        <v>1095</v>
+        <v>1071</v>
       </c>
       <c r="C116" t="s">
-        <v>366</v>
+        <v>342</v>
       </c>
       <c r="D116" t="s">
-        <v>1184</v>
+        <v>1160</v>
       </c>
     </row>
     <row r="117" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B117" t="s">
-        <v>811</v>
+        <v>787</v>
       </c>
       <c r="C117" t="s">
-        <v>369</v>
+        <v>345</v>
       </c>
       <c r="D117" t="s">
-        <v>1185</v>
+        <v>1161</v>
       </c>
     </row>
     <row r="118" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B118" t="s">
-        <v>806</v>
+        <v>782</v>
       </c>
       <c r="C118" t="s">
-        <v>374</v>
+        <v>350</v>
       </c>
       <c r="D118" t="s">
-        <v>1186</v>
+        <v>1162</v>
       </c>
     </row>
     <row r="119" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B119" t="s">
-        <v>807</v>
+        <v>783</v>
       </c>
       <c r="C119" t="s">
-        <v>377</v>
+        <v>353</v>
       </c>
       <c r="D119" t="s">
-        <v>1187</v>
+        <v>1163</v>
       </c>
     </row>
     <row r="120" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B120" t="s">
-        <v>1100</v>
+        <v>1076</v>
       </c>
       <c r="C120" t="s">
-        <v>382</v>
+        <v>358</v>
       </c>
       <c r="D120" t="s">
-        <v>1188</v>
+        <v>1164</v>
       </c>
     </row>
     <row r="121" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B121" t="s">
-        <v>1102</v>
+        <v>1078</v>
       </c>
       <c r="C121" t="s">
-        <v>385</v>
+        <v>361</v>
       </c>
       <c r="D121" t="s">
-        <v>1189</v>
+        <v>1165</v>
       </c>
     </row>
     <row r="122" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B122" t="s">
-        <v>1104</v>
+        <v>1080</v>
       </c>
       <c r="C122" t="s">
-        <v>388</v>
+        <v>364</v>
       </c>
       <c r="D122" t="s">
-        <v>1190</v>
+        <v>1166</v>
       </c>
     </row>
     <row r="123" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B123" t="s">
-        <v>1106</v>
+        <v>1082</v>
       </c>
       <c r="C123" t="s">
-        <v>393</v>
+        <v>369</v>
       </c>
       <c r="D123" t="s">
-        <v>1191</v>
+        <v>1167</v>
       </c>
     </row>
     <row r="124" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B124" t="s">
-        <v>1108</v>
+        <v>1084</v>
       </c>
       <c r="C124" t="s">
-        <v>396</v>
+        <v>372</v>
       </c>
       <c r="D124" t="s">
-        <v>1192</v>
+        <v>1168</v>
       </c>
     </row>
     <row r="125" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B125" t="s">
-        <v>1110</v>
+        <v>1086</v>
       </c>
       <c r="C125" t="s">
-        <v>399</v>
+        <v>375</v>
       </c>
       <c r="D125" t="s">
-        <v>1193</v>
+        <v>1169</v>
       </c>
     </row>
     <row r="126" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B126" t="s">
-        <v>1112</v>
+        <v>1088</v>
       </c>
       <c r="C126" t="s">
-        <v>402</v>
+        <v>378</v>
       </c>
       <c r="D126" t="s">
-        <v>1194</v>
+        <v>1170</v>
       </c>
     </row>
     <row r="127" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B127" t="s">
-        <v>1114</v>
+        <v>1090</v>
       </c>
       <c r="C127" t="s">
-        <v>405</v>
+        <v>381</v>
       </c>
       <c r="D127" t="s">
-        <v>1195</v>
+        <v>1171</v>
       </c>
     </row>
     <row r="128" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B128" t="s">
-        <v>1116</v>
+        <v>1092</v>
       </c>
       <c r="C128" t="s">
-        <v>408</v>
+        <v>384</v>
       </c>
       <c r="D128" t="s">
-        <v>1196</v>
+        <v>1172</v>
       </c>
     </row>
     <row r="129" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B129" t="s">
-        <v>1118</v>
+        <v>1094</v>
       </c>
       <c r="C129" t="s">
-        <v>411</v>
+        <v>387</v>
       </c>
       <c r="D129" t="s">
-        <v>1197</v>
+        <v>1173</v>
       </c>
     </row>
     <row r="130" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B130" t="s">
-        <v>1120</v>
+        <v>1096</v>
       </c>
       <c r="C130" t="s">
-        <v>414</v>
+        <v>390</v>
       </c>
       <c r="D130" t="s">
-        <v>1198</v>
+        <v>1174</v>
       </c>
     </row>
     <row r="131" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B131" t="s">
-        <v>1122</v>
+        <v>1098</v>
       </c>
       <c r="C131" t="s">
-        <v>417</v>
+        <v>393</v>
       </c>
       <c r="D131" t="s">
-        <v>1199</v>
+        <v>1175</v>
       </c>
     </row>
     <row r="132" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B132" t="s">
-        <v>1124</v>
+        <v>1100</v>
       </c>
       <c r="C132" t="s">
-        <v>422</v>
+        <v>398</v>
       </c>
       <c r="D132" t="s">
-        <v>1200</v>
+        <v>1176</v>
       </c>
     </row>
     <row r="133" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B133" t="s">
-        <v>1126</v>
+        <v>1102</v>
       </c>
       <c r="C133" t="s">
-        <v>425</v>
+        <v>401</v>
       </c>
       <c r="D133" t="s">
-        <v>1201</v>
+        <v>1177</v>
       </c>
     </row>
     <row r="134" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B134" t="s">
-        <v>1128</v>
+        <v>1104</v>
       </c>
       <c r="C134" t="s">
-        <v>428</v>
+        <v>404</v>
       </c>
       <c r="D134" t="s">
-        <v>1202</v>
+        <v>1178</v>
       </c>
     </row>
     <row r="135" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B135" t="s">
-        <v>765</v>
+        <v>741</v>
       </c>
       <c r="C135" t="s">
-        <v>431</v>
+        <v>407</v>
       </c>
       <c r="D135" t="s">
-        <v>1203</v>
+        <v>1179</v>
       </c>
     </row>
     <row r="136" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B136" t="s">
-        <v>1131</v>
+        <v>1107</v>
       </c>
       <c r="C136" t="s">
-        <v>434</v>
+        <v>410</v>
       </c>
       <c r="D136" t="s">
-        <v>1204</v>
+        <v>1180</v>
       </c>
     </row>
     <row r="137" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B137" t="s">
-        <v>767</v>
+        <v>743</v>
       </c>
       <c r="C137" t="s">
-        <v>437</v>
+        <v>413</v>
       </c>
       <c r="D137" t="s">
-        <v>1205</v>
+        <v>1181</v>
       </c>
     </row>
     <row r="138" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B138" t="s">
-        <v>1134</v>
+        <v>1110</v>
       </c>
       <c r="C138" t="s">
-        <v>440</v>
+        <v>416</v>
       </c>
       <c r="D138" t="s">
-        <v>1206</v>
+        <v>1182</v>
       </c>
     </row>
     <row r="139" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B139" t="s">
-        <v>1136</v>
+        <v>1112</v>
       </c>
       <c r="C139" t="s">
-        <v>443</v>
+        <v>419</v>
       </c>
       <c r="D139" t="s">
-        <v>1207</v>
+        <v>1183</v>
       </c>
     </row>
     <row r="140" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B140" t="s">
-        <v>1138</v>
+        <v>1114</v>
       </c>
       <c r="C140" t="s">
-        <v>446</v>
+        <v>422</v>
       </c>
       <c r="D140" t="s">
-        <v>1208</v>
+        <v>1184</v>
       </c>
     </row>
     <row r="141" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B141" t="s">
-        <v>1140</v>
+        <v>1116</v>
       </c>
       <c r="C141" t="s">
-        <v>451</v>
+        <v>427</v>
       </c>
       <c r="D141" t="s">
-        <v>1209</v>
+        <v>1185</v>
       </c>
     </row>
     <row r="142" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B142" t="s">
-        <v>1142</v>
+        <v>1118</v>
       </c>
       <c r="D142" t="s">
-        <v>1210</v>
+        <v>1186</v>
       </c>
     </row>
     <row r="143" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B143" t="s">
-        <v>1144</v>
+        <v>1120</v>
       </c>
       <c r="D143" t="s">
-        <v>1211</v>
+        <v>1187</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>26</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="26" baseType="lpstr">
       <vt:lpstr>Subscription Title List</vt:lpstr>
       <vt:lpstr>Speroff,, 5 ed. - A Clinical Gu</vt:lpstr>
       <vt:lpstr>Doubilet, 03 ed. - Atlas of Ult</vt:lpstr>
       <vt:lpstr>Roberts, 01 ed. - Avoiding Comm</vt:lpstr>
       <vt:lpstr>Berek, 07 ed. - Berek Hacker's</vt:lpstr>
       <vt:lpstr>Berek, 17 ed. - Berek Novak's G</vt:lpstr>
       <vt:lpstr>Briggs, 12 ed. - Briggs Drugs i</vt:lpstr>
       <vt:lpstr>Reece, 04 ed. - Clinical Obstet</vt:lpstr>
       <vt:lpstr>Gibbs, 10 ed. - Danforth's Obst</vt:lpstr>
       <vt:lpstr>Cahill, 05 ed. - Fetal Heart Ra</vt:lpstr>
       <vt:lpstr>Warsof, 01 ed. - Legal Concepts</vt:lpstr>
       <vt:lpstr>Evans, 09 ed. - Manual of Obste</vt:lpstr>
-      <vt:lpstr>Marino, 02 ed. - Marino's The L</vt:lpstr>
+      <vt:lpstr>Galvagno, 03 ed. - Marino's The</vt:lpstr>
       <vt:lpstr>Mayeaux, 3 ed. - Modern Colposc</vt:lpstr>
       <vt:lpstr>Berek, 01 ed. - Operative Techn</vt:lpstr>
       <vt:lpstr>Berek, 01 ed. - Operative  (1)</vt:lpstr>
       <vt:lpstr>Berek, 01 ed. - Operative  (2)</vt:lpstr>
       <vt:lpstr>Berek, 1 ed. - Operative Techni</vt:lpstr>
       <vt:lpstr>Belfort, 01 ed. - Operative Tec</vt:lpstr>
       <vt:lpstr>Azadi, 07 ed. - Ostergard’s Tex</vt:lpstr>
       <vt:lpstr>Hurt, 02 ed. - Pocket Notebook</vt:lpstr>
       <vt:lpstr>Jensen, 06 ed. - Speroff Darney</vt:lpstr>
       <vt:lpstr>Taylor, 10 ed. - Speroff's Clin</vt:lpstr>
       <vt:lpstr>Van Le, 13 ed. - Te Linde's Ope</vt:lpstr>
       <vt:lpstr>Benrubi, 01 ed. - The Difficult</vt:lpstr>
       <vt:lpstr>Chou, 07 ed. - The Johns Hopkin</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>puseascm05tol01$</dc:creator>