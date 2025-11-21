--- v0 (2025-10-10)
+++ v1 (2025-11-21)
@@ -12,103 +12,104 @@
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet10.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet11.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet12.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet13.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet14.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet15.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet16.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet17.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet18.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet19.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet20.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet21.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet22.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet23.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet24.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet25.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="28526"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29127"/>
   <workbookPr codeName="ThisWorkbook" defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://wolterskluwer-my.sharepoint.com/personal/leanne_vandetty_wolterskluwer_com/Documents/Health Library/Health Library Repository/Health Library Title Lists/Subscription/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="9" documentId="11_6B292367FE5A80BB6D6161995F5A1F59661F14F5" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{D2A8FAC3-EA60-425F-AA35-543F3F8E5185}"/>
+  <xr:revisionPtr revIDLastSave="16" documentId="11_6B292367FE5A80BB6D6161995F5A1F59661F14F5" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{A7B61F2C-CC11-49E6-99BE-B75C5F1A06AA}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10420" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10300" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Subscription Title List" sheetId="1" r:id="rId1"/>
     <sheet name="Yamada, 02 ed. - Practical Gui" sheetId="2" r:id="rId2"/>
     <sheet name="Carney, 02 ed. - Clinical Sleep" sheetId="3" r:id="rId3"/>
     <sheet name="Marini, 05 ed. - Critical Care" sheetId="4" r:id="rId4"/>
     <sheet name="Husain, 05 ed. - Current Practi" sheetId="5" r:id="rId5"/>
     <sheet name="Campbell, 08 ed. - DeJong's The" sheetId="6" r:id="rId6"/>
     <sheet name="Hoppenfeld, 01 ed. - Fundamenta" sheetId="7" r:id="rId7"/>
     <sheet name="Evans, 02 ed. - Handbook of Hea" sheetId="8" r:id="rId8"/>
     <sheet name="Sims, 01 ed. - Handbook of Pedi" sheetId="9" r:id="rId9"/>
     <sheet name="Wiebers, 03 ed. - Handbook of S" sheetId="10" r:id="rId10"/>
     <sheet name="Boland, 05 ed. - Kaplan Sadock" sheetId="11" r:id="rId11"/>
     <sheet name="Brazis, 08 ed. - Localization i" sheetId="12" r:id="rId12"/>
     <sheet name="Jagoda, 01 ed. - Manual of Neur" sheetId="13" r:id="rId13"/>
     <sheet name="Louis, 14 ed. - Merritt’s Neuro" sheetId="14" r:id="rId14"/>
     <sheet name="Zamora, 05 ed. - Neuroradiology" sheetId="15" r:id="rId15"/>
     <sheet name="Jankovic, 06 ed. - Parkinson's" sheetId="16" r:id="rId16"/>
     <sheet name="Wakeman, 1 ed. - Pocket Addicti" sheetId="17" r:id="rId17"/>
     <sheet name="Matiello, 03 ed. - Pocket Neuro" sheetId="18" r:id="rId18"/>
     <sheet name="Yamada, 02 ed. - Practical Guid" sheetId="19" r:id="rId19"/>
     <sheet name="Biller, 05 ed. - Practical Neur" sheetId="20" r:id="rId20"/>
     <sheet name="Biller, 02 ed. - Practical Neur" sheetId="21" r:id="rId21"/>
     <sheet name="Samuels, 10 ed. - Samuels’s Man" sheetId="22" r:id="rId22"/>
     <sheet name="Levine, 01 ed. - The Washington" sheetId="23" r:id="rId23"/>
     <sheet name="Miller, 04 ed. - Walsh and Hoyt" sheetId="24" r:id="rId24"/>
-    <sheet name="Wyllie, 07 ed. - Wyllie's Treat" sheetId="25" r:id="rId25"/>
+    <sheet name="Morrison, 08 ed. - Wyllie's Tre" sheetId="25" r:id="rId25"/>
   </sheets>
   <calcPr calcId="125725"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3997" uniqueCount="2942">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="5687" uniqueCount="3727">
   <si>
     <t>Author</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Edition</t>
   </si>
   <si>
     <t>ISBN</t>
   </si>
   <si>
     <t>Year Published</t>
   </si>
   <si>
     <t>Title Level URL</t>
   </si>
   <si>
     <t>Date Added to HL</t>
   </si>
   <si>
     <t>Thoru Yamada, MD</t>
   </si>
   <si>
@@ -342,62 +343,50 @@
   <si>
     <t>Mark D. Levine, MD, FACEP</t>
   </si>
   <si>
     <t>The Washington Manual™ of Emergency Medicine, 1e</t>
   </si>
   <si>
     <t>978-1-496379-25-2</t>
   </si>
   <si>
     <t>https://neurology.lwwhealthlibrary.com/book.aspx?bookid=2849</t>
   </si>
   <si>
     <t>Neil R. Miller, MD</t>
   </si>
   <si>
     <t>Walsh and Hoyt's Clinical Neuro-Ophthalmology: The Essentials, 4e</t>
   </si>
   <si>
     <t>978-1-975118-91-4</t>
   </si>
   <si>
     <t>https://neurology.lwwhealthlibrary.com/book.aspx?bookid=2963</t>
   </si>
   <si>
-    <t>Elaine Wyllie, MD</t>
-[...10 lines deleted...]
-  <si>
     <t>Authors</t>
   </si>
   <si>
     <t>Chapters</t>
   </si>
   <si>
     <t>URL</t>
   </si>
   <si>
     <t>Elizabeth Meng, BA, R. EEG/EP T.</t>
   </si>
   <si>
     <t xml:space="preserve">Copyright </t>
   </si>
   <si>
     <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=244008188&amp;bookId=2912</t>
   </si>
   <si>
     <t>Dedication</t>
   </si>
   <si>
     <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=244008192&amp;bookId=2912</t>
   </si>
   <si>
     <t>Contributing Authors</t>
@@ -7917,896 +7906,128 @@
   <si>
     <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=248734199&amp;bookId=2963</t>
   </si>
   <si>
     <t>Section V: Nonorganic Disease</t>
   </si>
   <si>
     <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=248734409&amp;bookId=2963</t>
   </si>
   <si>
     <t>Neuro-Ophthalmologic Manifestations of Nonorganic Disease</t>
   </si>
   <si>
     <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=248734410&amp;bookId=2963</t>
   </si>
   <si>
     <t>List of Videos</t>
   </si>
   <si>
     <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=248734512&amp;bookId=2963</t>
   </si>
   <si>
     <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=248732765&amp;bookId=2963</t>
   </si>
   <si>
-    <t>Barry E. Gidal, PharmD, FAES</t>
-[...37 lines deleted...]
-  <si>
     <t>Epidemiologic Aspects of Epilepsy</t>
   </si>
   <si>
-    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=247027324&amp;bookId=2939</t>
-[...19 lines deleted...]
-  <si>
     <t>Pictorial Atlas of Epilepsy Substrates</t>
   </si>
   <si>
-    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=247027535&amp;bookId=2939</t>
-[...7 lines deleted...]
-  <si>
     <t>Neurophysiologic Basis of the Electroencephalogram</t>
   </si>
   <si>
-    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=247027595&amp;bookId=2939</t>
-[...7 lines deleted...]
-  <si>
     <t>Electroencephalographic Atlas of Epileptiform Abnormalities</t>
   </si>
   <si>
-    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=247027830&amp;bookId=2939</t>
-[...37 lines deleted...]
-  <si>
     <t>Focal Epileptogenic Networks</t>
   </si>
   <si>
-    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=247028294&amp;bookId=2939</t>
-[...55 lines deleted...]
-  <si>
     <t>Posttraumatic Epilepsy</t>
   </si>
   <si>
-    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=247029114&amp;bookId=2939</t>
-[...19 lines deleted...]
-  <si>
     <t>Progressive Myoclonic Epilepsies</t>
   </si>
   <si>
-    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=247029631&amp;bookId=2939</t>
-[...13 lines deleted...]
-  <si>
     <t>Rasmussen Encephalitis</t>
   </si>
   <si>
-    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=247029867&amp;bookId=2939</t>
-[...40 lines deleted...]
-  <si>
     <t>Status Epilepticus</t>
   </si>
   <si>
-    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=247030481&amp;bookId=2939</t>
-[...13 lines deleted...]
-  <si>
     <t>Psychogenic Nonepileptic Seizures</t>
   </si>
   <si>
-    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=247030646&amp;bookId=2939</t>
-[...73 lines deleted...]
-  <si>
     <t>Benzodiazepines</t>
   </si>
   <si>
-    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=247031401&amp;bookId=2939</t>
-[...7 lines deleted...]
-  <si>
     <t>Ethosuximide</t>
   </si>
   <si>
-    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=247031723&amp;bookId=2939</t>
-[...1 lines deleted...]
-  <si>
     <t>Felbamate</t>
   </si>
   <si>
-    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=247031841&amp;bookId=2939</t>
-[...7 lines deleted...]
-  <si>
     <t>Lacosamide</t>
   </si>
   <si>
-    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=247032028&amp;bookId=2939</t>
-[...1 lines deleted...]
-  <si>
     <t>Lamotrigine</t>
   </si>
   <si>
-    <t>CHAPTER 54</t>
-[...13 lines deleted...]
-  <si>
     <t>Perampanel</t>
   </si>
   <si>
-    <t>CHAPTER 56</t>
-[...22 lines deleted...]
-  <si>
     <t>Rufinamide</t>
   </si>
   <si>
-    <t>CHAPTER 59</t>
-[...4 lines deleted...]
-  <si>
     <t>Topiramate</t>
   </si>
   <si>
-    <t>CHAPTER 60</t>
-[...4 lines deleted...]
-  <si>
     <t>Valproate</t>
   </si>
   <si>
-    <t>CHAPTER 61</t>
-[...4 lines deleted...]
-  <si>
     <t>Vigabatrin</t>
   </si>
   <si>
-    <t>CHAPTER 62</t>
-[...4 lines deleted...]
-  <si>
     <t>Zonisamide</t>
   </si>
   <si>
-    <t>CHAPTER 63</t>
-[...13 lines deleted...]
-  <si>
     <t>Cannabidiol</t>
   </si>
   <si>
-    <t>CHAPTER 65</t>
-[...13 lines deleted...]
-  <si>
     <t>Less Commonly Used Antiseizure Medications</t>
   </si>
   <si>
-    <t>CHAPTER 67</t>
-[...178 lines deleted...]
-  <si>
     <t>Hypothalamic Hamartoma</t>
   </si>
   <si>
-    <t>CHAPTER 85</t>
-[...40 lines deleted...]
-  <si>
     <t>Vagus Nerve Stimulation Therapy</t>
   </si>
   <si>
-    <t>CHAPTER 90</t>
-[...4 lines deleted...]
-  <si>
     <t>Responsive Neurostimulation Therapy</t>
   </si>
   <si>
-    <t>CHAPTER 91</t>
-[...79 lines deleted...]
-  <si>
     <t>Practical Guide for Clinical Neurophysiologic Testing • EEG, 2e</t>
   </si>
   <si>
     <t>Kaplan &amp; Sadock's Concise Textbook of Clinical Psychiatry, 5e</t>
   </si>
   <si>
     <t>Parkinson's Disease &amp; Movement Disorders, 6e</t>
   </si>
   <si>
     <t>Joshua P. Klein, MD, PhD, FANA, FASN, FAAN</t>
   </si>
   <si>
     <t>Samuels’s Manual of Neurologic Therapeutics, 10e</t>
   </si>
   <si>
     <t>978-1-975218-31-7</t>
   </si>
   <si>
     <t>https://neurology.lwwhealthlibrary.com/book.aspx?bookid=3418</t>
   </si>
   <si>
     <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=260477852&amp;bookId=3418</t>
   </si>
   <si>
     <t xml:space="preserve"> Dedication</t>
@@ -8890,111 +8111,3252 @@
     <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=260480422&amp;bookId=3418</t>
   </si>
   <si>
     <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=260480451&amp;bookId=3418</t>
   </si>
   <si>
     <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=260481214&amp;bookId=3418</t>
   </si>
   <si>
     <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=260481837&amp;bookId=3418</t>
   </si>
   <si>
     <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=260482013&amp;bookId=3418</t>
   </si>
   <si>
     <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=260482356&amp;bookId=3418</t>
   </si>
   <si>
     <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=260482798&amp;bookId=3418</t>
   </si>
   <si>
     <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=260483342&amp;bookId=3418</t>
   </si>
   <si>
     <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=260483517&amp;bookId=3418</t>
+  </si>
+  <si>
+    <t>Wynne E. Morrison, MD, MBE</t>
+  </si>
+  <si>
+    <t>Wyllie's Treatment of Epilepsy Principles and Practice, 8e</t>
+  </si>
+  <si>
+    <t>978-1-975218-09-6</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/book.aspx?bookid=3448</t>
+  </si>
+  <si>
+    <t>Kristen Nelson McMillan, MD</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261127067&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>Meghan Bernier, MD</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261215247&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>Donald H. Shaffner, MD</t>
+  </si>
+  <si>
+    <t>Cover Overview</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261405454&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261168216&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>Title Page</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261215253&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>FrontExtra</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261278123&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261215289&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261186361&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> About the Editor</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261215291&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Contributors</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261215297&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261216409&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>Rogers’ Manual of Pediatric Intensive Care, 6e</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261127071&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261216419&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261168220&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261186365&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261215251&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261127100&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>Wyllie’s Treatment of Epilepsy Principles and Practice, 8e</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261168222&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261186394&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261129118&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261168258&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261188412&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>Preface to the Previous Edition</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261129126&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>About the Editor</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261168260&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261188420&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261168266&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261169378&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261169388&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>Part I: Emergency Care and Acute Management</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261129133&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>Section I: Initial Stabilization</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261129134&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261129135&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>Cardiopulmonary Resuscitation</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261129219&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>Stabilization and Transport</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261129300&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>Invasive Procedures</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261129379&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>Recognition and Initial Management of Shock</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261129441&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>Rapid Response Systems</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261129537&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>Section II: Environmental Crises</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261129583&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>Multiple Trauma</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261129584&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>Drowning</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261129652&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>Burns and Smoke Inhalation</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261129691&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>Injury From Chemical, Biologic, Radiologic, and Nuclear Agents</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261129746&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>Mass Casualty Events</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261129805&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>Poisoning</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261129869&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>Thermoregulation</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261129950&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>Envenomation Syndromes</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261130012&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>Section III: Life-Support Technologies</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261130060&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>Mechanical Ventilation</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261130061&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>Inhaled Gases and Noninvasive Ventilation</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261130132&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>Extracorporeal Life Support</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261130238&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>Extracorporeal Organ Support Therapy</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261130351&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>Blood Products and Transfusion Therapy</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261130507&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>Part II: Critical Care Organ Systems</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261130655&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>Section I: Respiratory Disease</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261130656&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>Respiratory Physiology</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261130657&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>The Molecular Biology of Acute Lung Injury</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261130789&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261130845&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>Acute Severe Asthma</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261130966&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>Neonatal Respiratory Failure</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261131018&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>Pneumonia and Bronchiolitis</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261131066&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>Acute Lung Injury and Acute Respiratory Distress Syndrome</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261131121&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>Chronic Respiratory Failure</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261131181&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>Sleep and Breathing</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261131253&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>Section II: Neuromuscular Disease</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261131300&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>Electrodiagnostic Techniques in Neuromuscular Disease</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261131301&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>Acute Neuromuscular Disease</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261131374&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>Chronic Neuromuscular Disease</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261131454&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>Section III: Neurologic Disease</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261131506&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>Developmental Neurobiology, Neurophysiology, and the PICU</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261131507&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>Molecular Biology of Brain Injury</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261131563&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>Evaluation of the Comatose Child</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261131638&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>Neurologic Monitoring</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261131682&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>Neurologic Imaging</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261131713&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>Neurosurgical and Neuroradiologic Critical Care</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261131763&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>Head and Spinal Cord Trauma</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261131821&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>Abusive Head Trauma</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261131889&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261131922&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>Cerebrovascular Disease and Stroke</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261131994&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261132078&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>Metabolic Encephalopathies in Children</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261132131&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>The Determination of Brain Death</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261132211&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>Section IV: Cardiovascular Disease</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261132253&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>Cardiac Anatomy</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261132254&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>Cardiovascular Physiology</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261132331&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>Cardiorespiratory Interactions in Children With Heart Disease</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261132430&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261132507&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>Heart Failure: Etiology, Pathophysiology, and Diagnosis</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261132591&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>Cardiomyopathy, Myocarditis, and Mechanical Circulatory Support</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261132680&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>Treatment of Heart Failure: Medical Management</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261132806&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>Treatment of Heart Failure: Mechanical Support</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261132874&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>Thoracic Transplantation</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261132917&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>Cardiac Conduction, Dysrhythmias, and Pacing</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261133027&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>Preoperative Care of the Pediatric Cardiac Surgical Patient</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261133124&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>Postoperative Care of the Pediatric Cardiac Surgical Patient</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261133194&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>Pulmonary Hypertension</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261133329&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>Section V: Immunologic Diseases</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261133400&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>The Immune System</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261133401&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>Neurohormonal Control in the Immune System</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261133461&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>The Polymorphonuclear Leukocyte in Critical Illness</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261133528&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>The Immune System and Viral Illness</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261133589&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>Immune Modulation and Immunotherapy in Critical Illness</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261133648&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>Immune Deficiency Disorders</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261133704&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>Section VI: Infectious Diseases</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261133794&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>Bacterial Sepsis</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261133795&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>Principles of Antimicrobial Therapy</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261133863&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>Dengue and Other Hemorrhagic Viral Infections</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261133945&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>Critical Viral Infections</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261134000&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261134135&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>Nosocomial Infections in the Pediatric Intensive Care Unit</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261134195&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>International and Emerging Infections</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261134244&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>Toxin-Related Diseases</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261134305&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>Opportunistic Infections</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261134388&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>Section VII: Nutritional and Gastrointestinal Disorders</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261134459&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>Principles of Gastrointestinal Physiology, Nutrition, and Metabolism</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261134460&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>Nutritional Support</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261134553&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>Secretory and Motility Issues of the Gastrointestinal Tract</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261134629&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261134663&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>Abdominal Compartment Syndrome</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261134711&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>The Acute Abdomen</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261134761&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>Diagnostic Imaging of the Abdomen</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261134826&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>Acute Liver Failure and Liver Transplantation</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261134891&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>Pediatric Intestinal and Multivisceral Transplantations</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261134956&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>Section VIII: Renal, Endocrine, and Metabolic Disorders</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261134993&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>Adrenal Dysfunction</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261134994&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>Disorders of Glucose Homeostasis</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261135085&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>Disorders of Water, Sodium, and Potassium Homeostasis</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261135146&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>Disorders of Calcium, Magnesium, and Phosphate</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261135245&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>Thyroid Disease</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261135332&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>Acute Kidney Injury</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261135382&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>Chronic Kidney Disease, Dialysis, and Kidney Transplantation</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261135471&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>Hypertensive Crisis</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261135522&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>Inborn Errors of Metabolism</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261135576&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>Section IX: Oncologic and Hematologic Disorders</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261135633&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>Cancer Therapy: Mechanisms and Toxicity</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261135634&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>Oncologic Emergencies and Complications</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261135712&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261135775&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>Critical Illness Following Hematopoietic Stem Cell Transplantation</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261135863&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>Coagulation Issues in the Pediatric Intensive Care Unit(s)</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261135931&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>Sickle Cell Disease</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261136028&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261161246&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261161247&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261161331&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261161412&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261161491&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261161553&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261161649&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261161695&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261161696&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261161764&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261161803&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261161858&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261161917&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261161981&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261162062&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261162124&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261162172&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261162173&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261162244&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261162350&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261162463&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261162619&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261162768&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261162769&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261162901&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261162957&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261163078&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261163130&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261163178&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261163233&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261163293&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261163365&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261163412&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261163413&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261163486&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261163566&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261163618&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261163619&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261163675&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261163750&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261163794&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261163825&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261163875&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261163933&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261164001&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261164034&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261164106&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261164190&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261164243&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261164323&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261164365&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261164366&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261164443&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261164542&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261164619&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261164703&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261164792&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261164918&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261164986&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261165029&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261165139&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261165236&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261165306&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261165441&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261165512&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261165513&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261165573&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261165640&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261165701&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261165760&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261165816&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261165906&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261165907&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261165975&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261166057&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261166112&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261166247&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261166307&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261166356&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261166417&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261166500&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261166571&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261166572&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261166665&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261166741&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261166775&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261166823&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261166873&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261166938&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261167003&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261167068&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261167105&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261167106&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261167197&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261167258&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261167357&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261167444&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261167494&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261167583&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261167634&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261167688&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261167745&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261167746&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261167824&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261167887&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261167975&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261168043&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261168140&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>Part I: Epidemiology, Genetics, And Mechanisms of Epileptogenesis</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261169393&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261169394&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>The Natural History And Prognosis of Epilepsy</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261169449&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>Experimental Models of Seizures And Mechanisms of Status Epilepticus And Epileptogenesis</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261169482&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>Genetic-Based Diagnoses In Epilepsy</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261169529&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261169612&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>Part II: Basic Principles of Electroencephalography</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261169652&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261169653&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>Localization, Field Determination, And Identification of Epileptiform Discharges In Electroencephalography</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261169741&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261169837&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>Part III: Epileptic Seizures and Syndromes</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261169902&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>Section A: Electroclinical Syndromes</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261169903&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>The Revised Definition And Classification of Seizures and Epilepsies</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261169904&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>Seizure Types And Semiology</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261169965&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>Focal Aware Seizures</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261170143&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>Focal Epilepsy Syndromes</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261170218&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>Generalized Epilepsy Syndromes</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261170464&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>Developmental And Epileptic Encephalopathies</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261170567&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>Epilepsy With Reflex Seizures</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261170679&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>Section B: Specific Etiologies</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261170804&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>Hippocampal Sclerosis And Dual Pathology</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261170805&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>Malformations Of Cortical Development And Epilepsy</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261170878&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>Genetic And Neuropathologic Concepts In Focal Cortical Dysplasias</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261170968&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>Brain Tumors And Epilepsy</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261171030&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261171123&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>Epilepsy In The Setting Of Cerebrovascular Disease</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261171217&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>Epilepsy In The Setting Of Neurocutaneous Syndromes</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261171281&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>Epilepsy In The Setting Of Inherited Metabolic Disorders</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261171392&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261171619&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>Central Nervous System Infections And Epilepsy</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261171715&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>Autoimmune Epilepsy And Encephalitis</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261171772&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261171858&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>Section C: Diagnosis And Treatment Of Seizures In Special Clinical Settings</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261171942&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>Febrile Seizures</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261171943&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>Approach To The Patient With A First Seizure</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261172008&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>Neonatal Seizures And Electroencephalography</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261172073&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>Epilepsy In Older Adults</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261172245&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>Sleep And Epilepsy</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261172334&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261172484&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>Febrile Related Epilepsy Syndrome And New Onset Refractory Status Epilepticus</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261172608&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>Electroencephalography And Seizures In The Intensive Care Setting</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261172707&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>Seizures Associated With Nonneurologic Medical Conditions</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261172777&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>Section D: Differential Diagnosis Of Epilepsy</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261172882&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261172883&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>Other Nonepileptic Paroxysmal Events Across The Age Spectrum</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261172968&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>Part IV: Medical Management of Epilepsy</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261173161&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>Section A: General Principles Of Antiseizure Medication Therapy</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261173162&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>Antiseizure Drug Discovery And Experimental Models</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261173163&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>Mechanisms Of Action Of Antiseizure Medications</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261173204&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>Disease-Modifying Precision Therapies In Genetic Epilepsies</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261173289&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>Pharmacokinetics And Drug Interactions</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261173349&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>Initiation And Discontinuation Of Antiseizure Medications</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261173425&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>Acute Repetitive Seizures And Prehospital Management</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261173484&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>Catamenial Epilepsy, Contraception, Folic Acid Supplementation, And Bone Health In Epilepsy</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261173546&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>Treatment Of Epilepsy During Pregnancy</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261173614&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>Gender-Affirming Care For People With Epilepsy</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261173673&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>Section B: Specific Antiseizure Medications And Treatments</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261173720&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>Individual Approach To Laboratory Monitoring Of Antiseizure Medication</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261173721&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261173769&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261173912&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>Carbamazepine, Oxcarbazepine, And Eslicarbazepine</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261173941&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>Cenobamate</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261174053&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261174126&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261174249&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>Fenfluramine</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261174336&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>Gabapentin And Pregabalin</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261174398&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>Ganaxolone</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261174516&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261174577&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261174629&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>Levetiracetam And Brivaracetam</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261174691&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261174800&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>Phenobarbital And Primidone</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261174857&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>Phenytoin And Fosphenytoin</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261174927&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261175068&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>Stiripentol</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261175138&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261175206&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261175336&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261175380&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261175419&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>Adrenocorticotropin And Steroids</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261175493&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>Antiseizure Medications In Clinical Development</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261175548&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261175636&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>Dietary Therapies For Epilepsy</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261175728&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>Part V: Epilepsy Surgery</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261175784&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>Section A: Presurgical Testing</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261175785&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>Issues Of Medical Intractability For Surgical Candidacy</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261175786&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>Video-Eeg Monitoring In The Presurgical Evaluation</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261175861&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>Magnetic Resonance Imaging In The Evaluation For Epilepsy Surgery</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261175947&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>Pet In The Evaluation For Epilepsy Surgery</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261176036&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>Ictal Spect Mapping Of Epileptic Networks</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261176085&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261176138&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>Mri Postprocessing Techniques And Clinical Applications</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261176253&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>Presurgical Language And Memory Mapping</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261176316&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>Presurgical Neuropsychological Evaluation</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261176408&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261176466&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>Mri Connectivity Analyses: Imaging Networks In Epilepsy</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261176519&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>Diffusion Imaging And Eeg-Correlated Fmri</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261176555&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>Section B: Invasive Monitoring For Surgical Planning</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261176659&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>Selection Of Candidates For Intra- And Extraoperative Invasive Monitoring</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261176660&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>Basic Principles Of Stereoelectroencephalography And Preimplantation Planning</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261176736&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>Cortical Stimulation For Mapping Cortical Function And Epileptogenic Networks</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261176781&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>Interpretation Of Stereoelectroencephalography And Surgical Planning</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261176910&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>Section C: Epilepsy Surgery In Specific Clinical Settings</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261176989&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>Temporal Lobectomy For Drug-Resistant Temporal Lobe Epilepsy</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261176990&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>Surgery For Focal Cortical Dysplasia</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261177049&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>Resective Epilepsy Surgery For Extensive Or Bilateral Malformations Of Cortical Development</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261177115&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>Hemispherectomy: Indications, Procedures, And Outcome</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261177176&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261177262&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>Corpus Callosotomy And Multiple Subpial Transections</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261177397&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>Epilepsy Surgery: Special Considerations In Children*</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261177485&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>Ablative Treatments For Epilepsy</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261177545&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>Outcomes And Complications Of Epilepsy Surgery</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261177631&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>Neuropsychological Outcome And Treatment After Epilepsy Surgery</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261177755&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>Management Of Medications After Epilepsy Surgery</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261177821&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261177851&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261177945&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>Deep Brain Stimulation For Epilepsy</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261178006&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>Part VI: Psychosocial Impact, Quality Of Life, Comorbidities, And Economics Of Epilepsy</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261178046&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>Cognitive Effects Of Epilepsy And Its Treatments</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261178047&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>Psychiatric Comorbidity Of Epilepsy</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261178110&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>Sudden Unexpected Death In Epilepsy</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261178188&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>Driving And Social Issues In Epilepsy</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261178263&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>Ambulatory Seizure Monitoring And Seizure Detection Devices</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261178319&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>Quality Of Life With Epilepsy</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261178350&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261188427&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261188428&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261188429&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261188513&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261188594&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261188673&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261188735&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261188831&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261188877&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261188878&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261188946&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261188985&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261189040&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261189099&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261189163&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261189244&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261189306&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261189354&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261189355&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261189426&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261189532&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261189645&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261189801&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261189949&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261189950&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261189951&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261190083&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261190139&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261190260&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261190312&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261190360&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261190415&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261190475&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261190547&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261190594&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261190595&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261190668&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261190748&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261190800&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261190801&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261190857&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261190932&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261190976&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261191007&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261191057&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261191115&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261191183&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261191216&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261191288&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261191372&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261191425&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261191505&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261191547&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261191548&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261191625&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261191724&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261191801&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261191885&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261191974&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261192100&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261192168&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261192211&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261192321&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261192418&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261192488&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261192623&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261192694&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261192695&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261192755&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261192822&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261192883&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261192942&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261192998&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261193088&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261193089&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261193157&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261193239&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261193294&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261193429&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261193489&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261193538&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261193599&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261193682&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261193753&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261193754&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261193847&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261193923&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261193957&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261194005&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261194055&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261194120&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261194185&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261194250&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261194287&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261194288&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261194379&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261194440&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261194539&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261194626&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261194676&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261194765&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261194816&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261194870&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261194927&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261194928&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261195006&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261195069&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261195157&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261195225&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261195322&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Part I: Epidemiology, Genetics, And Mechanisms of Epileptogenesis</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261216424&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Chapter 1</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261216425&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Chapter 2</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261216480&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Chapter 3</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261216513&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Chapter 4</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261216560&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Chapter 5</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261216643&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Part II: Basic Principles of Electroencephalography</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261216683&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Chapter 6</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261216684&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Chapter 7</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261216772&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Chapter 8</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261216868&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Part III: Epileptic Seizures and Syndromes</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261216933&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Section A: Electroclinical Syndromes</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261216934&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261216935&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Chapter 10</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261216996&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Chapter 11</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261217174&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Chapter 12</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261217249&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Chapter 13</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261217495&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Chapter 14</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261217598&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Chapter 15</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261217710&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Section B: Specific Etiologies</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261217835&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261217836&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Chapter 17</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261217909&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Chapter 18</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261217999&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Chapter 19</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261218061&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Chapter 20</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261218154&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Chapter 21</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261218248&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Chapter 22</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261218312&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Chapter 23</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261218423&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Chapter 24</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261218650&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Chapter 25</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261218746&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Chapter 26</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261218803&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Chapter 27</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261218889&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Section C: Diagnosis And Treatment Of Seizures In Special Clinical Settings</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261218973&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261218974&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Chapter 29</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261219039&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Chapter 30</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261219104&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Chapter 31</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261219276&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Chapter 32</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261219365&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Chapter 33</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261219515&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Chapter 34</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261219639&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Chapter 35</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261219738&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Chapter 36</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261219808&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Section D: Differential Diagnosis Of Epilepsy</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261219913&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261219914&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Chapter 38</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261219999&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Part IV: Medical Management of Epilepsy</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261220192&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Section A: General Principles Of Antiseizure Medication Therapy</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261220193&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261220194&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Chapter 40</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261220235&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Chapter 41</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261220320&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Chapter 42</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261220380&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Chapter 43</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261220456&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Chapter 44</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261220515&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Chapter 45</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261220577&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Chapter 46</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261220645&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Chapter 47</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261220704&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Section B: Specific Antiseizure Medications And Treatments</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261220751&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261220752&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Chapter 49</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261220800&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Chapter 50</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261220943&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Chapter 51</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261220972&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Chapter 52</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261221084&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Chapter 53</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261221157&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Chapter 54</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261221280&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Chapter 55</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261221367&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Chapter 56</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261221429&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Chapter 57</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261221547&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Chapter 58</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261221608&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Chapter 59</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261221660&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Chapter 60</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261221722&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Chapter 61</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261221831&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Chapter 62</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261221888&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Chapter 63</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261221958&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Chapter 64</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261222099&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Chapter 65</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261222169&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Chapter 66</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261222237&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Chapter 67</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261222367&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Chapter 68</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261222411&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Chapter 69</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261222450&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Chapter 70</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261222524&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Chapter 71</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261222579&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Chapter 72</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261222667&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Chapter 73</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261222759&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Part V: Epilepsy Surgery</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261222815&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Section A: Presurgical Testing</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261222816&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261222817&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Chapter 75</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261222892&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Chapter 76</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261222978&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Chapter 77</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261223067&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Chapter 78</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261223116&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Chapter 79</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261223169&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Chapter 80</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261223284&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Chapter 81</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261223347&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Chapter 82</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261223439&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Chapter 83</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261223497&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Chapter 84</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261223550&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Chapter 85</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261223586&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Section B: Invasive Monitoring For Surgical Planning</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261223690&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261223691&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Chapter 87</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261223767&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Chapter 88</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261223812&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Chapter 89</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261223941&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Section C: Epilepsy Surgery In Specific Clinical Settings</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261224020&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261224021&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Chapter 91</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261224080&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Chapter 92</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261224146&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Chapter 93</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261224207&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Chapter 94</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261224293&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Chapter 95</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261224428&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Epilepsy Surgery: Special Considerations In Children *  </t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Chapter 96</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261224516&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Chapter 97</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261224576&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Chapter 98</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261224662&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Chapter 99</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261224786&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Chapter 100</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261224852&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Chapter 101</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261224882&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Chapter 102</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261224976&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Chapter 103</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261225037&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Part VI: Psychosocial Impact, Quality Of Life, Comorbidities, And Economics Of Epilepsy</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261225077&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Chapter 104</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261225078&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Chapter 105</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261225141&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Chapter 106</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261225219&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Chapter 107</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261225294&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Chapter 108</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261225350&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Chapter 109</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261225381&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261250344&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261250345&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261250346&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261250430&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261250511&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261250590&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261250652&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261250748&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261250794&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261250795&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261250863&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261250902&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261250957&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261251016&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261251080&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261251161&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261251223&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261251271&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261251272&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261251343&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261251449&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261251562&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261251718&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261251866&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261251867&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261251868&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261252000&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261252056&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261252177&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261252229&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261252277&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261252332&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261252392&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261252464&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261252511&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261252512&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261252585&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261252665&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261252717&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261252718&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261252774&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261252849&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261252893&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261252924&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261252974&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261253032&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261253100&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261253133&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261253205&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261253289&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261253342&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261253422&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261253464&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261253465&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261253542&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261253641&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261253718&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261253802&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261253891&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261254017&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261254085&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261254128&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261254238&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261254335&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261254405&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261254540&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261254611&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261254612&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261254672&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261254739&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261254800&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261254859&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261254915&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261255005&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261255006&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261255074&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261255156&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261255211&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261255346&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261255406&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261255455&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261255516&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261255599&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261255670&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261255671&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261255764&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261255840&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261255874&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261255922&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261255972&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261256037&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261256102&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261256167&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261256204&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261256205&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261256296&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261256357&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261256456&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261256543&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261256593&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261256682&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261256733&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261256787&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261256844&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261256845&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261256923&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261256986&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261257074&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261257142&amp;bookId=3448</t>
+  </si>
+  <si>
+    <t>https://neurology.lwwhealthlibrary.com/content.aspx?sectionId=261257239&amp;bookId=3448</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="3" x14ac:knownFonts="1">
+  <fonts count="4" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Tahoma"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <name val="Tahoma"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Tahoma"/>
       <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="10"/>
+      <name val="Tahoma"/>
     </font>
   </fonts>
   <fills count="4">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF808080"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="2" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="7">
+  <cellXfs count="8">
     <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="14" fontId="0" fillId="2" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="1"/>
     <xf numFmtId="14" fontId="2" fillId="2" borderId="0" xfId="1" applyNumberFormat="1"/>
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="1"/>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="0" xfId="1" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="1" xr:uid="{FB94DF79-B559-4B85-ACA8-987FCE7E6945}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet13.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet18.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet21.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet12.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet17.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet25.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet16.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet20.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet11.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet24.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet15.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet23.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet10.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet19.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet14.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet22.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
@@ -9327,51 +11689,51 @@
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
         <v>7</v>
       </c>
       <c r="B2" t="s">
-        <v>2899</v>
+        <v>2639</v>
       </c>
       <c r="C2">
         <v>2</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2">
         <v>2018</v>
       </c>
       <c r="F2" t="s">
         <v>9</v>
       </c>
       <c r="G2" s="2">
         <v>43924</v>
       </c>
     </row>
     <row r="3" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
         <v>10</v>
       </c>
       <c r="B3" t="s">
         <v>11</v>
       </c>
       <c r="C3">
@@ -9534,51 +11896,51 @@
       </c>
       <c r="B10" t="s">
         <v>39</v>
       </c>
       <c r="C10">
         <v>3</v>
       </c>
       <c r="D10" t="s">
         <v>40</v>
       </c>
       <c r="E10">
         <v>2020</v>
       </c>
       <c r="F10" t="s">
         <v>41</v>
       </c>
       <c r="G10" s="2">
         <v>43893</v>
       </c>
     </row>
     <row r="11" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A11" t="s">
         <v>42</v>
       </c>
       <c r="B11" t="s">
-        <v>2900</v>
+        <v>2640</v>
       </c>
       <c r="C11">
         <v>5</v>
       </c>
       <c r="D11" t="s">
         <v>43</v>
       </c>
       <c r="E11">
         <v>2023</v>
       </c>
       <c r="F11" t="s">
         <v>44</v>
       </c>
       <c r="G11" s="2">
         <v>44536</v>
       </c>
     </row>
     <row r="12" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A12" t="s">
         <v>45</v>
       </c>
       <c r="B12" t="s">
         <v>46</v>
       </c>
       <c r="C12">
@@ -9649,51 +12011,51 @@
       </c>
       <c r="B15" t="s">
         <v>58</v>
       </c>
       <c r="C15">
         <v>5</v>
       </c>
       <c r="D15" t="s">
         <v>59</v>
       </c>
       <c r="E15">
         <v>2017</v>
       </c>
       <c r="F15" t="s">
         <v>60</v>
       </c>
       <c r="G15" s="2">
         <v>43887</v>
       </c>
     </row>
     <row r="16" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A16" t="s">
         <v>61</v>
       </c>
       <c r="B16" t="s">
-        <v>2901</v>
+        <v>2641</v>
       </c>
       <c r="C16">
         <v>6</v>
       </c>
       <c r="D16" t="s">
         <v>62</v>
       </c>
       <c r="E16">
         <v>2015</v>
       </c>
       <c r="F16" t="s">
         <v>63</v>
       </c>
       <c r="G16" s="2">
         <v>43888</v>
       </c>
     </row>
     <row r="17" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A17" t="s">
         <v>64</v>
       </c>
       <c r="B17" t="s">
         <v>65</v>
       </c>
       <c r="C17">
@@ -9784,66 +12146,66 @@
     <row r="21" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A21" t="s">
         <v>80</v>
       </c>
       <c r="B21" t="s">
         <v>81</v>
       </c>
       <c r="C21">
         <v>2</v>
       </c>
       <c r="D21" t="s">
         <v>82</v>
       </c>
       <c r="E21">
         <v>2013</v>
       </c>
       <c r="F21" t="s">
         <v>83</v>
       </c>
       <c r="G21" s="2">
         <v>43888</v>
       </c>
     </row>
     <row r="22" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
-        <v>2902</v>
+        <v>2642</v>
       </c>
       <c r="B22" s="3" t="s">
-        <v>2903</v>
+        <v>2643</v>
       </c>
       <c r="C22" s="3">
         <v>10</v>
       </c>
       <c r="D22" s="3" t="s">
-        <v>2904</v>
+        <v>2644</v>
       </c>
       <c r="E22" s="3">
         <v>2026</v>
       </c>
       <c r="F22" s="3" t="s">
-        <v>2905</v>
+        <v>2645</v>
       </c>
       <c r="G22" s="4">
         <v>45744</v>
       </c>
     </row>
     <row r="23" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A23" t="s">
         <v>84</v>
       </c>
       <c r="B23" t="s">
         <v>85</v>
       </c>
       <c r="C23">
         <v>1</v>
       </c>
       <c r="D23" t="s">
         <v>86</v>
       </c>
       <c r="E23">
         <v>2018</v>
       </c>
       <c r="F23" t="s">
         <v>87</v>
       </c>
       <c r="G23" s="2">
@@ -9853,14951 +12215,21365 @@
     <row r="24" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A24" t="s">
         <v>88</v>
       </c>
       <c r="B24" t="s">
         <v>89</v>
       </c>
       <c r="C24">
         <v>4</v>
       </c>
       <c r="D24" t="s">
         <v>90</v>
       </c>
       <c r="E24">
         <v>2021</v>
       </c>
       <c r="F24" t="s">
         <v>91</v>
       </c>
       <c r="G24" s="2">
         <v>44040</v>
       </c>
     </row>
     <row r="25" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A25" t="s">
-        <v>92</v>
+        <v>2682</v>
       </c>
       <c r="B25" t="s">
-        <v>93</v>
+        <v>2683</v>
       </c>
       <c r="C25">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="D25" t="s">
-        <v>94</v>
+        <v>2684</v>
       </c>
       <c r="E25">
-        <v>2021</v>
+        <v>2026</v>
       </c>
       <c r="F25" t="s">
-        <v>95</v>
+        <v>2685</v>
       </c>
       <c r="G25" s="2">
-        <v>43965</v>
+        <v>45933</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0900-000000000000}">
   <dimension ref="A1:D62"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>96</v>
+        <v>92</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>97</v>
+        <v>93</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>98</v>
+        <v>94</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
         <v>38</v>
       </c>
       <c r="B2" t="s">
         <v>39</v>
       </c>
       <c r="D2" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="3" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
-        <v>791</v>
+        <v>787</v>
       </c>
       <c r="B3" t="s">
-        <v>100</v>
+        <v>96</v>
       </c>
       <c r="D3" t="s">
-        <v>793</v>
+        <v>789</v>
       </c>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A4" t="s">
-        <v>792</v>
+        <v>788</v>
       </c>
       <c r="B4" t="s">
-        <v>102</v>
+        <v>98</v>
       </c>
       <c r="D4" t="s">
-        <v>794</v>
+        <v>790</v>
       </c>
     </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B5" t="s">
-        <v>106</v>
+        <v>102</v>
       </c>
       <c r="D5" t="s">
-        <v>795</v>
+        <v>791</v>
       </c>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B6" t="s">
-        <v>108</v>
+        <v>104</v>
       </c>
       <c r="D6" t="s">
-        <v>796</v>
+        <v>792</v>
       </c>
     </row>
     <row r="7" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B7" t="s">
-        <v>797</v>
+        <v>793</v>
       </c>
       <c r="D7" t="s">
-        <v>798</v>
+        <v>794</v>
       </c>
     </row>
     <row r="8" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B8" t="s">
-        <v>799</v>
+        <v>795</v>
       </c>
       <c r="C8" t="s">
-        <v>113</v>
+        <v>109</v>
       </c>
       <c r="D8" t="s">
-        <v>800</v>
+        <v>796</v>
       </c>
     </row>
     <row r="9" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B9" t="s">
-        <v>801</v>
+        <v>797</v>
       </c>
       <c r="C9" t="s">
-        <v>116</v>
+        <v>112</v>
       </c>
       <c r="D9" t="s">
-        <v>802</v>
+        <v>798</v>
       </c>
     </row>
     <row r="10" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B10" t="s">
-        <v>803</v>
+        <v>799</v>
       </c>
       <c r="C10" t="s">
-        <v>119</v>
+        <v>115</v>
       </c>
       <c r="D10" t="s">
-        <v>804</v>
+        <v>800</v>
       </c>
     </row>
     <row r="11" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B11" t="s">
-        <v>805</v>
+        <v>801</v>
       </c>
       <c r="C11" t="s">
-        <v>122</v>
+        <v>118</v>
       </c>
       <c r="D11" t="s">
-        <v>806</v>
+        <v>802</v>
       </c>
     </row>
     <row r="12" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B12" t="s">
-        <v>807</v>
+        <v>803</v>
       </c>
       <c r="C12" t="s">
-        <v>125</v>
+        <v>121</v>
       </c>
       <c r="D12" t="s">
-        <v>808</v>
+        <v>804</v>
       </c>
     </row>
     <row r="13" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B13" t="s">
-        <v>809</v>
+        <v>805</v>
       </c>
       <c r="C13" t="s">
-        <v>128</v>
+        <v>124</v>
       </c>
       <c r="D13" t="s">
-        <v>810</v>
+        <v>806</v>
       </c>
     </row>
     <row r="14" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B14" t="s">
-        <v>811</v>
+        <v>807</v>
       </c>
       <c r="C14" t="s">
-        <v>131</v>
+        <v>127</v>
       </c>
       <c r="D14" t="s">
-        <v>812</v>
+        <v>808</v>
       </c>
     </row>
     <row r="15" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B15" t="s">
-        <v>813</v>
+        <v>809</v>
       </c>
       <c r="D15" t="s">
-        <v>814</v>
+        <v>810</v>
       </c>
     </row>
     <row r="16" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B16" t="s">
-        <v>815</v>
+        <v>811</v>
       </c>
       <c r="C16" t="s">
-        <v>134</v>
+        <v>130</v>
       </c>
       <c r="D16" t="s">
-        <v>816</v>
+        <v>812</v>
       </c>
     </row>
     <row r="17" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B17" t="s">
-        <v>817</v>
+        <v>813</v>
       </c>
       <c r="C17" t="s">
-        <v>137</v>
+        <v>133</v>
       </c>
       <c r="D17" t="s">
-        <v>818</v>
+        <v>814</v>
       </c>
     </row>
     <row r="18" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B18" t="s">
-        <v>819</v>
+        <v>815</v>
       </c>
       <c r="D18" t="s">
-        <v>820</v>
+        <v>816</v>
       </c>
     </row>
     <row r="19" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B19" t="s">
-        <v>821</v>
+        <v>817</v>
       </c>
       <c r="C19" t="s">
-        <v>140</v>
+        <v>136</v>
       </c>
       <c r="D19" t="s">
-        <v>822</v>
+        <v>818</v>
       </c>
     </row>
     <row r="20" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B20" t="s">
-        <v>823</v>
+        <v>819</v>
       </c>
       <c r="C20" t="s">
-        <v>143</v>
+        <v>139</v>
       </c>
       <c r="D20" t="s">
-        <v>824</v>
+        <v>820</v>
       </c>
     </row>
     <row r="21" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B21" t="s">
-        <v>825</v>
+        <v>821</v>
       </c>
       <c r="C21" t="s">
-        <v>146</v>
+        <v>142</v>
       </c>
       <c r="D21" t="s">
-        <v>826</v>
+        <v>822</v>
       </c>
     </row>
     <row r="22" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B22" t="s">
-        <v>827</v>
+        <v>823</v>
       </c>
       <c r="C22" t="s">
-        <v>149</v>
+        <v>145</v>
       </c>
       <c r="D22" t="s">
-        <v>828</v>
+        <v>824</v>
       </c>
     </row>
     <row r="23" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B23" t="s">
-        <v>829</v>
+        <v>825</v>
       </c>
       <c r="C23" t="s">
-        <v>152</v>
+        <v>148</v>
       </c>
       <c r="D23" t="s">
-        <v>830</v>
+        <v>826</v>
       </c>
     </row>
     <row r="24" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B24" t="s">
-        <v>831</v>
+        <v>827</v>
       </c>
       <c r="C24" t="s">
-        <v>155</v>
+        <v>151</v>
       </c>
       <c r="D24" t="s">
-        <v>832</v>
+        <v>828</v>
       </c>
     </row>
     <row r="25" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B25" t="s">
-        <v>833</v>
+        <v>829</v>
       </c>
       <c r="D25" t="s">
-        <v>834</v>
+        <v>830</v>
       </c>
     </row>
     <row r="26" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B26" t="s">
-        <v>835</v>
+        <v>831</v>
       </c>
       <c r="C26" t="s">
-        <v>158</v>
+        <v>154</v>
       </c>
       <c r="D26" t="s">
-        <v>836</v>
+        <v>832</v>
       </c>
     </row>
     <row r="27" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B27" t="s">
-        <v>837</v>
+        <v>833</v>
       </c>
       <c r="C27" t="s">
-        <v>210</v>
+        <v>206</v>
       </c>
       <c r="D27" t="s">
-        <v>838</v>
+        <v>834</v>
       </c>
     </row>
     <row r="28" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B28" t="s">
-        <v>839</v>
+        <v>835</v>
       </c>
       <c r="C28" t="s">
-        <v>213</v>
+        <v>209</v>
       </c>
       <c r="D28" t="s">
-        <v>840</v>
+        <v>836</v>
       </c>
     </row>
     <row r="29" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B29" t="s">
-        <v>841</v>
+        <v>837</v>
       </c>
       <c r="C29" t="s">
-        <v>216</v>
+        <v>212</v>
       </c>
       <c r="D29" t="s">
-        <v>842</v>
+        <v>838</v>
       </c>
     </row>
     <row r="30" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B30" t="s">
-        <v>843</v>
+        <v>839</v>
       </c>
       <c r="C30" t="s">
-        <v>219</v>
+        <v>215</v>
       </c>
       <c r="D30" t="s">
-        <v>844</v>
+        <v>840</v>
       </c>
     </row>
     <row r="31" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B31" t="s">
-        <v>845</v>
+        <v>841</v>
       </c>
       <c r="C31" t="s">
-        <v>222</v>
+        <v>218</v>
       </c>
       <c r="D31" t="s">
-        <v>846</v>
+        <v>842</v>
       </c>
     </row>
     <row r="32" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B32" t="s">
-        <v>847</v>
+        <v>843</v>
       </c>
       <c r="C32" t="s">
-        <v>225</v>
+        <v>221</v>
       </c>
       <c r="D32" t="s">
-        <v>848</v>
+        <v>844</v>
       </c>
     </row>
     <row r="33" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B33" t="s">
-        <v>849</v>
+        <v>845</v>
       </c>
       <c r="C33" t="s">
-        <v>228</v>
+        <v>224</v>
       </c>
       <c r="D33" t="s">
-        <v>850</v>
+        <v>846</v>
       </c>
     </row>
     <row r="34" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B34" t="s">
-        <v>851</v>
+        <v>847</v>
       </c>
       <c r="D34" t="s">
-        <v>852</v>
+        <v>848</v>
       </c>
     </row>
     <row r="35" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B35" t="s">
-        <v>853</v>
+        <v>849</v>
       </c>
       <c r="C35" t="s">
-        <v>231</v>
+        <v>227</v>
       </c>
       <c r="D35" t="s">
-        <v>854</v>
+        <v>850</v>
       </c>
     </row>
     <row r="36" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B36" t="s">
-        <v>855</v>
+        <v>851</v>
       </c>
       <c r="C36" t="s">
-        <v>236</v>
+        <v>232</v>
       </c>
       <c r="D36" t="s">
-        <v>856</v>
+        <v>852</v>
       </c>
     </row>
     <row r="37" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B37" t="s">
-        <v>857</v>
+        <v>853</v>
       </c>
       <c r="C37" t="s">
-        <v>239</v>
+        <v>235</v>
       </c>
       <c r="D37" t="s">
-        <v>858</v>
+        <v>854</v>
       </c>
     </row>
     <row r="38" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B38" t="s">
-        <v>859</v>
+        <v>855</v>
       </c>
       <c r="C38" t="s">
-        <v>242</v>
+        <v>238</v>
       </c>
       <c r="D38" t="s">
-        <v>860</v>
+        <v>856</v>
       </c>
     </row>
     <row r="39" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B39" t="s">
-        <v>861</v>
+        <v>857</v>
       </c>
       <c r="C39" t="s">
-        <v>245</v>
+        <v>241</v>
       </c>
       <c r="D39" t="s">
-        <v>862</v>
+        <v>858</v>
       </c>
     </row>
     <row r="40" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B40" t="s">
-        <v>863</v>
+        <v>859</v>
       </c>
       <c r="C40" t="s">
-        <v>248</v>
+        <v>244</v>
       </c>
       <c r="D40" t="s">
-        <v>864</v>
+        <v>860</v>
       </c>
     </row>
     <row r="41" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B41" t="s">
-        <v>865</v>
+        <v>861</v>
       </c>
       <c r="C41" t="s">
-        <v>253</v>
+        <v>249</v>
       </c>
       <c r="D41" t="s">
-        <v>866</v>
+        <v>862</v>
       </c>
     </row>
     <row r="42" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B42" t="s">
-        <v>867</v>
+        <v>863</v>
       </c>
       <c r="C42" t="s">
-        <v>256</v>
+        <v>252</v>
       </c>
       <c r="D42" t="s">
-        <v>868</v>
+        <v>864</v>
       </c>
     </row>
     <row r="43" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B43" t="s">
-        <v>869</v>
+        <v>865</v>
       </c>
       <c r="D43" t="s">
-        <v>870</v>
+        <v>866</v>
       </c>
     </row>
     <row r="44" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B44" t="s">
-        <v>871</v>
+        <v>867</v>
       </c>
       <c r="C44" t="s">
-        <v>259</v>
+        <v>255</v>
       </c>
       <c r="D44" t="s">
-        <v>872</v>
+        <v>868</v>
       </c>
     </row>
     <row r="45" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B45" t="s">
-        <v>873</v>
+        <v>869</v>
       </c>
       <c r="C45" t="s">
-        <v>262</v>
+        <v>258</v>
       </c>
       <c r="D45" t="s">
-        <v>874</v>
+        <v>870</v>
       </c>
     </row>
     <row r="46" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B46" t="s">
-        <v>875</v>
+        <v>871</v>
       </c>
       <c r="C46" t="s">
-        <v>265</v>
+        <v>261</v>
       </c>
       <c r="D46" t="s">
-        <v>876</v>
+        <v>872</v>
       </c>
     </row>
     <row r="47" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B47" t="s">
-        <v>877</v>
+        <v>873</v>
       </c>
       <c r="C47" t="s">
-        <v>268</v>
+        <v>264</v>
       </c>
       <c r="D47" t="s">
-        <v>878</v>
+        <v>874</v>
       </c>
     </row>
     <row r="48" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B48" t="s">
-        <v>879</v>
+        <v>875</v>
       </c>
       <c r="C48" t="s">
-        <v>271</v>
+        <v>267</v>
       </c>
       <c r="D48" t="s">
-        <v>880</v>
+        <v>876</v>
       </c>
     </row>
     <row r="49" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B49" t="s">
-        <v>881</v>
+        <v>877</v>
       </c>
       <c r="C49" t="s">
-        <v>274</v>
+        <v>270</v>
       </c>
       <c r="D49" t="s">
-        <v>882</v>
+        <v>878</v>
       </c>
     </row>
     <row r="50" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B50" t="s">
-        <v>883</v>
+        <v>879</v>
       </c>
       <c r="D50" t="s">
-        <v>884</v>
+        <v>880</v>
       </c>
     </row>
     <row r="51" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B51" t="s">
-        <v>685</v>
+        <v>681</v>
       </c>
       <c r="C51" t="s">
-        <v>279</v>
+        <v>275</v>
       </c>
       <c r="D51" t="s">
-        <v>885</v>
+        <v>881</v>
       </c>
     </row>
     <row r="52" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B52" t="s">
-        <v>886</v>
+        <v>882</v>
       </c>
       <c r="C52" t="s">
-        <v>556</v>
+        <v>552</v>
       </c>
       <c r="D52" t="s">
-        <v>887</v>
+        <v>883</v>
       </c>
     </row>
     <row r="53" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B53" t="s">
-        <v>888</v>
+        <v>884</v>
       </c>
       <c r="C53" t="s">
-        <v>559</v>
+        <v>555</v>
       </c>
       <c r="D53" t="s">
-        <v>889</v>
+        <v>885</v>
       </c>
     </row>
     <row r="54" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B54" t="s">
-        <v>890</v>
+        <v>886</v>
       </c>
       <c r="C54" t="s">
-        <v>562</v>
+        <v>558</v>
       </c>
       <c r="D54" t="s">
-        <v>891</v>
+        <v>887</v>
       </c>
     </row>
     <row r="55" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B55" t="s">
-        <v>892</v>
+        <v>888</v>
       </c>
       <c r="C55" t="s">
-        <v>565</v>
+        <v>561</v>
       </c>
       <c r="D55" t="s">
-        <v>893</v>
+        <v>889</v>
       </c>
     </row>
     <row r="56" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B56" t="s">
-        <v>894</v>
+        <v>890</v>
       </c>
       <c r="D56" t="s">
-        <v>895</v>
+        <v>891</v>
       </c>
     </row>
     <row r="57" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B57" t="s">
-        <v>896</v>
+        <v>892</v>
       </c>
       <c r="C57" t="s">
-        <v>897</v>
+        <v>893</v>
       </c>
       <c r="D57" t="s">
-        <v>898</v>
+        <v>894</v>
       </c>
     </row>
     <row r="58" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B58" t="s">
-        <v>899</v>
+        <v>895</v>
       </c>
       <c r="C58" t="s">
-        <v>900</v>
+        <v>896</v>
       </c>
       <c r="D58" t="s">
-        <v>901</v>
+        <v>897</v>
       </c>
     </row>
     <row r="59" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B59" t="s">
-        <v>902</v>
+        <v>898</v>
       </c>
       <c r="C59" t="s">
-        <v>903</v>
+        <v>899</v>
       </c>
       <c r="D59" t="s">
-        <v>904</v>
+        <v>900</v>
       </c>
     </row>
     <row r="60" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B60" t="s">
-        <v>905</v>
+        <v>901</v>
       </c>
       <c r="C60" t="s">
-        <v>906</v>
+        <v>902</v>
       </c>
       <c r="D60" t="s">
-        <v>907</v>
+        <v>903</v>
       </c>
     </row>
     <row r="61" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B61" t="s">
-        <v>908</v>
+        <v>904</v>
       </c>
       <c r="C61" t="s">
-        <v>909</v>
+        <v>905</v>
       </c>
       <c r="D61" t="s">
-        <v>910</v>
+        <v>906</v>
       </c>
     </row>
     <row r="62" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B62" t="s">
-        <v>911</v>
+        <v>907</v>
       </c>
       <c r="C62" t="s">
-        <v>912</v>
+        <v>908</v>
       </c>
       <c r="D62" t="s">
-        <v>913</v>
+        <v>909</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0A00-000000000000}">
   <dimension ref="A1:D66"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>96</v>
+        <v>92</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>97</v>
+        <v>93</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>98</v>
+        <v>94</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
         <v>42</v>
       </c>
       <c r="B2" t="s">
-        <v>2900</v>
+        <v>2640</v>
       </c>
       <c r="D2" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="3" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
-        <v>914</v>
+        <v>910</v>
       </c>
       <c r="B3" t="s">
-        <v>100</v>
+        <v>96</v>
       </c>
       <c r="D3" t="s">
-        <v>916</v>
+        <v>912</v>
       </c>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A4" t="s">
-        <v>915</v>
+        <v>911</v>
       </c>
       <c r="B4" t="s">
-        <v>917</v>
+        <v>913</v>
       </c>
       <c r="D4" t="s">
-        <v>918</v>
+        <v>914</v>
       </c>
     </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B5" t="s">
-        <v>102</v>
+        <v>98</v>
       </c>
       <c r="D5" t="s">
-        <v>919</v>
+        <v>915</v>
       </c>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B6" t="s">
-        <v>108</v>
+        <v>104</v>
       </c>
       <c r="D6" t="s">
-        <v>920</v>
+        <v>916</v>
       </c>
     </row>
     <row r="7" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B7" t="s">
-        <v>699</v>
+        <v>695</v>
       </c>
       <c r="D7" t="s">
-        <v>921</v>
+        <v>917</v>
       </c>
     </row>
     <row r="8" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B8" t="s">
-        <v>922</v>
+        <v>918</v>
       </c>
       <c r="D8" t="s">
-        <v>923</v>
+        <v>919</v>
       </c>
     </row>
     <row r="9" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B9" t="s">
-        <v>924</v>
+        <v>920</v>
       </c>
       <c r="C9" t="s">
-        <v>113</v>
+        <v>109</v>
       </c>
       <c r="D9" t="s">
-        <v>925</v>
+        <v>921</v>
       </c>
     </row>
     <row r="10" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B10" t="s">
-        <v>926</v>
+        <v>922</v>
       </c>
       <c r="C10" t="s">
-        <v>116</v>
+        <v>112</v>
       </c>
       <c r="D10" t="s">
-        <v>927</v>
+        <v>923</v>
       </c>
     </row>
     <row r="11" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B11" t="s">
-        <v>928</v>
+        <v>924</v>
       </c>
       <c r="C11" t="s">
-        <v>119</v>
+        <v>115</v>
       </c>
       <c r="D11" t="s">
-        <v>929</v>
+        <v>925</v>
       </c>
     </row>
     <row r="12" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B12" t="s">
-        <v>930</v>
+        <v>926</v>
       </c>
       <c r="C12" t="s">
-        <v>122</v>
+        <v>118</v>
       </c>
       <c r="D12" t="s">
-        <v>931</v>
+        <v>927</v>
       </c>
     </row>
     <row r="13" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B13" t="s">
-        <v>932</v>
+        <v>928</v>
       </c>
       <c r="C13" t="s">
-        <v>125</v>
+        <v>121</v>
       </c>
       <c r="D13" t="s">
-        <v>933</v>
+        <v>929</v>
       </c>
     </row>
     <row r="14" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B14" t="s">
-        <v>934</v>
+        <v>930</v>
       </c>
       <c r="C14" t="s">
-        <v>128</v>
+        <v>124</v>
       </c>
       <c r="D14" t="s">
-        <v>935</v>
+        <v>931</v>
       </c>
     </row>
     <row r="15" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B15" t="s">
-        <v>936</v>
+        <v>932</v>
       </c>
       <c r="C15" t="s">
-        <v>131</v>
+        <v>127</v>
       </c>
       <c r="D15" t="s">
-        <v>937</v>
+        <v>933</v>
       </c>
     </row>
     <row r="16" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B16" t="s">
-        <v>938</v>
+        <v>934</v>
       </c>
       <c r="C16" t="s">
-        <v>134</v>
+        <v>130</v>
       </c>
       <c r="D16" t="s">
-        <v>939</v>
+        <v>935</v>
       </c>
     </row>
     <row r="17" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B17" t="s">
-        <v>940</v>
+        <v>936</v>
       </c>
       <c r="C17" t="s">
-        <v>137</v>
+        <v>133</v>
       </c>
       <c r="D17" t="s">
-        <v>941</v>
+        <v>937</v>
       </c>
     </row>
     <row r="18" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B18" t="s">
-        <v>942</v>
+        <v>938</v>
       </c>
       <c r="C18" t="s">
-        <v>140</v>
+        <v>136</v>
       </c>
       <c r="D18" t="s">
-        <v>943</v>
+        <v>939</v>
       </c>
     </row>
     <row r="19" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B19" t="s">
-        <v>944</v>
+        <v>940</v>
       </c>
       <c r="C19" t="s">
-        <v>143</v>
+        <v>139</v>
       </c>
       <c r="D19" t="s">
-        <v>945</v>
+        <v>941</v>
       </c>
     </row>
     <row r="20" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B20" t="s">
-        <v>946</v>
+        <v>942</v>
       </c>
       <c r="C20" t="s">
-        <v>146</v>
+        <v>142</v>
       </c>
       <c r="D20" t="s">
-        <v>947</v>
+        <v>943</v>
       </c>
     </row>
     <row r="21" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B21" t="s">
-        <v>948</v>
+        <v>944</v>
       </c>
       <c r="C21" t="s">
-        <v>149</v>
+        <v>145</v>
       </c>
       <c r="D21" t="s">
-        <v>949</v>
+        <v>945</v>
       </c>
     </row>
     <row r="22" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B22" t="s">
-        <v>950</v>
+        <v>946</v>
       </c>
       <c r="C22" t="s">
-        <v>152</v>
+        <v>148</v>
       </c>
       <c r="D22" t="s">
-        <v>951</v>
+        <v>947</v>
       </c>
     </row>
     <row r="23" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B23" t="s">
-        <v>952</v>
+        <v>948</v>
       </c>
       <c r="C23" t="s">
-        <v>155</v>
+        <v>151</v>
       </c>
       <c r="D23" t="s">
-        <v>953</v>
+        <v>949</v>
       </c>
     </row>
     <row r="24" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B24" t="s">
-        <v>954</v>
+        <v>950</v>
       </c>
       <c r="C24" t="s">
-        <v>158</v>
+        <v>154</v>
       </c>
       <c r="D24" t="s">
-        <v>955</v>
+        <v>951</v>
       </c>
     </row>
     <row r="25" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B25" t="s">
-        <v>956</v>
+        <v>952</v>
       </c>
       <c r="C25" t="s">
-        <v>210</v>
+        <v>206</v>
       </c>
       <c r="D25" t="s">
-        <v>957</v>
+        <v>953</v>
       </c>
     </row>
     <row r="26" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B26" t="s">
-        <v>958</v>
+        <v>954</v>
       </c>
       <c r="C26" t="s">
-        <v>213</v>
+        <v>209</v>
       </c>
       <c r="D26" t="s">
-        <v>959</v>
+        <v>955</v>
       </c>
     </row>
     <row r="27" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B27" t="s">
-        <v>960</v>
+        <v>956</v>
       </c>
       <c r="C27" t="s">
-        <v>216</v>
+        <v>212</v>
       </c>
       <c r="D27" t="s">
-        <v>961</v>
+        <v>957</v>
       </c>
     </row>
     <row r="28" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B28" t="s">
-        <v>962</v>
+        <v>958</v>
       </c>
       <c r="C28" t="s">
-        <v>219</v>
+        <v>215</v>
       </c>
       <c r="D28" t="s">
-        <v>963</v>
+        <v>959</v>
       </c>
     </row>
     <row r="29" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B29" t="s">
-        <v>964</v>
+        <v>960</v>
       </c>
       <c r="D29" t="s">
-        <v>965</v>
+        <v>961</v>
       </c>
     </row>
     <row r="30" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B30" t="s">
-        <v>966</v>
+        <v>962</v>
       </c>
       <c r="C30" t="s">
-        <v>222</v>
+        <v>218</v>
       </c>
       <c r="D30" t="s">
-        <v>967</v>
+        <v>963</v>
       </c>
     </row>
     <row r="31" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B31" t="s">
-        <v>968</v>
+        <v>964</v>
       </c>
       <c r="C31" t="s">
-        <v>225</v>
+        <v>221</v>
       </c>
       <c r="D31" t="s">
-        <v>969</v>
+        <v>965</v>
       </c>
     </row>
     <row r="32" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B32" t="s">
-        <v>970</v>
+        <v>966</v>
       </c>
       <c r="C32" t="s">
-        <v>228</v>
+        <v>224</v>
       </c>
       <c r="D32" t="s">
-        <v>971</v>
+        <v>967</v>
       </c>
     </row>
     <row r="33" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B33" t="s">
-        <v>972</v>
+        <v>968</v>
       </c>
       <c r="C33" t="s">
-        <v>231</v>
+        <v>227</v>
       </c>
       <c r="D33" t="s">
-        <v>973</v>
+        <v>969</v>
       </c>
     </row>
     <row r="34" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B34" t="s">
-        <v>974</v>
+        <v>970</v>
       </c>
       <c r="C34" t="s">
-        <v>236</v>
+        <v>232</v>
       </c>
       <c r="D34" t="s">
-        <v>975</v>
+        <v>971</v>
       </c>
     </row>
     <row r="35" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B35" t="s">
-        <v>976</v>
+        <v>972</v>
       </c>
       <c r="C35" t="s">
-        <v>239</v>
+        <v>235</v>
       </c>
       <c r="D35" t="s">
-        <v>977</v>
+        <v>973</v>
       </c>
     </row>
     <row r="36" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B36" t="s">
-        <v>978</v>
+        <v>974</v>
       </c>
       <c r="D36" t="s">
-        <v>979</v>
+        <v>975</v>
       </c>
     </row>
     <row r="37" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B37" t="s">
-        <v>980</v>
+        <v>976</v>
       </c>
       <c r="C37" t="s">
-        <v>242</v>
+        <v>238</v>
       </c>
       <c r="D37" t="s">
-        <v>981</v>
+        <v>977</v>
       </c>
     </row>
     <row r="38" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B38" t="s">
-        <v>982</v>
+        <v>978</v>
       </c>
       <c r="C38" t="s">
-        <v>245</v>
+        <v>241</v>
       </c>
       <c r="D38" t="s">
-        <v>983</v>
+        <v>979</v>
       </c>
     </row>
     <row r="39" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B39" t="s">
-        <v>984</v>
+        <v>980</v>
       </c>
       <c r="C39" t="s">
-        <v>248</v>
+        <v>244</v>
       </c>
       <c r="D39" t="s">
-        <v>985</v>
+        <v>981</v>
       </c>
     </row>
     <row r="40" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B40" t="s">
-        <v>986</v>
+        <v>982</v>
       </c>
       <c r="C40" t="s">
-        <v>253</v>
+        <v>249</v>
       </c>
       <c r="D40" t="s">
-        <v>987</v>
+        <v>983</v>
       </c>
     </row>
     <row r="41" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B41" t="s">
-        <v>988</v>
+        <v>984</v>
       </c>
       <c r="C41" t="s">
-        <v>256</v>
+        <v>252</v>
       </c>
       <c r="D41" t="s">
-        <v>989</v>
+        <v>985</v>
       </c>
     </row>
     <row r="42" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B42" t="s">
-        <v>990</v>
+        <v>986</v>
       </c>
       <c r="D42" t="s">
-        <v>991</v>
+        <v>987</v>
       </c>
     </row>
     <row r="43" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B43" t="s">
-        <v>296</v>
+        <v>292</v>
       </c>
       <c r="D43" t="s">
-        <v>992</v>
+        <v>988</v>
       </c>
     </row>
     <row r="44" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B44" t="s">
-        <v>296</v>
+        <v>292</v>
       </c>
       <c r="D44" t="s">
-        <v>993</v>
+        <v>989</v>
       </c>
     </row>
     <row r="45" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B45" t="s">
-        <v>296</v>
+        <v>292</v>
       </c>
       <c r="D45" t="s">
-        <v>994</v>
+        <v>990</v>
       </c>
     </row>
     <row r="46" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B46" t="s">
-        <v>296</v>
+        <v>292</v>
       </c>
       <c r="D46" t="s">
-        <v>995</v>
+        <v>991</v>
       </c>
     </row>
     <row r="47" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B47" t="s">
-        <v>296</v>
+        <v>292</v>
       </c>
       <c r="D47" t="s">
-        <v>996</v>
+        <v>992</v>
       </c>
     </row>
     <row r="48" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B48" t="s">
-        <v>296</v>
+        <v>292</v>
       </c>
       <c r="D48" t="s">
-        <v>997</v>
+        <v>993</v>
       </c>
     </row>
     <row r="49" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B49" t="s">
-        <v>296</v>
+        <v>292</v>
       </c>
       <c r="D49" t="s">
-        <v>998</v>
+        <v>994</v>
       </c>
     </row>
     <row r="50" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B50" t="s">
-        <v>296</v>
+        <v>292</v>
       </c>
       <c r="D50" t="s">
-        <v>999</v>
+        <v>995</v>
       </c>
     </row>
     <row r="51" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B51" t="s">
-        <v>296</v>
+        <v>292</v>
       </c>
       <c r="D51" t="s">
-        <v>1000</v>
+        <v>996</v>
       </c>
     </row>
     <row r="52" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B52" t="s">
-        <v>296</v>
+        <v>292</v>
       </c>
       <c r="D52" t="s">
-        <v>1001</v>
+        <v>997</v>
       </c>
     </row>
     <row r="53" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B53" t="s">
-        <v>296</v>
+        <v>292</v>
       </c>
       <c r="D53" t="s">
-        <v>1002</v>
+        <v>998</v>
       </c>
     </row>
     <row r="54" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B54" t="s">
-        <v>296</v>
+        <v>292</v>
       </c>
       <c r="D54" t="s">
-        <v>1003</v>
+        <v>999</v>
       </c>
     </row>
     <row r="55" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B55" t="s">
-        <v>296</v>
+        <v>292</v>
       </c>
       <c r="D55" t="s">
-        <v>1004</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="56" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B56" t="s">
-        <v>296</v>
+        <v>292</v>
       </c>
       <c r="D56" t="s">
-        <v>1005</v>
+        <v>1001</v>
       </c>
     </row>
     <row r="57" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B57" t="s">
-        <v>296</v>
+        <v>292</v>
       </c>
       <c r="D57" t="s">
-        <v>1006</v>
+        <v>1002</v>
       </c>
     </row>
     <row r="58" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B58" t="s">
-        <v>296</v>
+        <v>292</v>
       </c>
       <c r="D58" t="s">
-        <v>1007</v>
+        <v>1003</v>
       </c>
     </row>
     <row r="59" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B59" t="s">
-        <v>296</v>
+        <v>292</v>
       </c>
       <c r="D59" t="s">
-        <v>1008</v>
+        <v>1004</v>
       </c>
     </row>
     <row r="60" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B60" t="s">
-        <v>296</v>
+        <v>292</v>
       </c>
       <c r="D60" t="s">
-        <v>1009</v>
+        <v>1005</v>
       </c>
     </row>
     <row r="61" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B61" t="s">
-        <v>296</v>
+        <v>292</v>
       </c>
       <c r="D61" t="s">
-        <v>1010</v>
+        <v>1006</v>
       </c>
     </row>
     <row r="62" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B62" t="s">
-        <v>296</v>
+        <v>292</v>
       </c>
       <c r="D62" t="s">
-        <v>1011</v>
+        <v>1007</v>
       </c>
     </row>
     <row r="63" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B63" t="s">
-        <v>296</v>
+        <v>292</v>
       </c>
       <c r="D63" t="s">
-        <v>1012</v>
+        <v>1008</v>
       </c>
     </row>
     <row r="64" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B64" t="s">
-        <v>296</v>
+        <v>292</v>
       </c>
       <c r="D64" t="s">
-        <v>1013</v>
+        <v>1009</v>
       </c>
     </row>
     <row r="65" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B65" t="s">
-        <v>296</v>
+        <v>292</v>
       </c>
       <c r="D65" t="s">
-        <v>1014</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="66" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B66" t="s">
-        <v>296</v>
+        <v>292</v>
       </c>
       <c r="D66" t="s">
-        <v>1015</v>
+        <v>1011</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0B00-000000000000}">
   <dimension ref="A1:D28"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>96</v>
+        <v>92</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>97</v>
+        <v>93</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>98</v>
+        <v>94</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
         <v>45</v>
       </c>
       <c r="B2" t="s">
         <v>46</v>
       </c>
       <c r="D2" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="3" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
-        <v>1016</v>
+        <v>1012</v>
       </c>
       <c r="B3" t="s">
-        <v>100</v>
+        <v>96</v>
       </c>
       <c r="D3" t="s">
-        <v>1017</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A4" t="s">
         <v>76</v>
       </c>
       <c r="B4" t="s">
-        <v>102</v>
+        <v>98</v>
       </c>
       <c r="D4" t="s">
-        <v>1018</v>
+        <v>1014</v>
       </c>
     </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B5" t="s">
-        <v>1019</v>
+        <v>1015</v>
       </c>
       <c r="D5" t="s">
-        <v>1020</v>
+        <v>1016</v>
       </c>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B6" t="s">
-        <v>1021</v>
+        <v>1017</v>
       </c>
       <c r="C6" t="s">
-        <v>113</v>
+        <v>109</v>
       </c>
       <c r="D6" t="s">
-        <v>1022</v>
+        <v>1018</v>
       </c>
     </row>
     <row r="7" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B7" t="s">
-        <v>1023</v>
+        <v>1019</v>
       </c>
       <c r="C7" t="s">
-        <v>116</v>
+        <v>112</v>
       </c>
       <c r="D7" t="s">
-        <v>1024</v>
+        <v>1020</v>
       </c>
     </row>
     <row r="8" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B8" t="s">
-        <v>1025</v>
+        <v>1021</v>
       </c>
       <c r="C8" t="s">
-        <v>119</v>
+        <v>115</v>
       </c>
       <c r="D8" t="s">
-        <v>1026</v>
+        <v>1022</v>
       </c>
     </row>
     <row r="9" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B9" t="s">
-        <v>1027</v>
+        <v>1023</v>
       </c>
       <c r="C9" t="s">
-        <v>122</v>
+        <v>118</v>
       </c>
       <c r="D9" t="s">
-        <v>1028</v>
+        <v>1024</v>
       </c>
     </row>
     <row r="10" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B10" t="s">
-        <v>1029</v>
+        <v>1025</v>
       </c>
       <c r="C10" t="s">
-        <v>125</v>
+        <v>121</v>
       </c>
       <c r="D10" t="s">
-        <v>1030</v>
+        <v>1026</v>
       </c>
     </row>
     <row r="11" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B11" t="s">
-        <v>1031</v>
+        <v>1027</v>
       </c>
       <c r="C11" t="s">
-        <v>128</v>
+        <v>124</v>
       </c>
       <c r="D11" t="s">
-        <v>1032</v>
+        <v>1028</v>
       </c>
     </row>
     <row r="12" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B12" t="s">
-        <v>1033</v>
+        <v>1029</v>
       </c>
       <c r="C12" t="s">
-        <v>131</v>
+        <v>127</v>
       </c>
       <c r="D12" t="s">
-        <v>1034</v>
+        <v>1030</v>
       </c>
     </row>
     <row r="13" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B13" t="s">
-        <v>1035</v>
+        <v>1031</v>
       </c>
       <c r="C13" t="s">
-        <v>134</v>
+        <v>130</v>
       </c>
       <c r="D13" t="s">
-        <v>1036</v>
+        <v>1032</v>
       </c>
     </row>
     <row r="14" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B14" t="s">
-        <v>1037</v>
+        <v>1033</v>
       </c>
       <c r="C14" t="s">
-        <v>137</v>
+        <v>133</v>
       </c>
       <c r="D14" t="s">
-        <v>1038</v>
+        <v>1034</v>
       </c>
     </row>
     <row r="15" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B15" t="s">
-        <v>1039</v>
+        <v>1035</v>
       </c>
       <c r="C15" t="s">
-        <v>140</v>
+        <v>136</v>
       </c>
       <c r="D15" t="s">
-        <v>1040</v>
+        <v>1036</v>
       </c>
     </row>
     <row r="16" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B16" t="s">
-        <v>1041</v>
+        <v>1037</v>
       </c>
       <c r="C16" t="s">
-        <v>143</v>
+        <v>139</v>
       </c>
       <c r="D16" t="s">
-        <v>1042</v>
+        <v>1038</v>
       </c>
     </row>
     <row r="17" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B17" t="s">
-        <v>1043</v>
+        <v>1039</v>
       </c>
       <c r="C17" t="s">
-        <v>146</v>
+        <v>142</v>
       </c>
       <c r="D17" t="s">
-        <v>1044</v>
+        <v>1040</v>
       </c>
     </row>
     <row r="18" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B18" t="s">
-        <v>1045</v>
+        <v>1041</v>
       </c>
       <c r="C18" t="s">
-        <v>149</v>
+        <v>145</v>
       </c>
       <c r="D18" t="s">
-        <v>1046</v>
+        <v>1042</v>
       </c>
     </row>
     <row r="19" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B19" t="s">
-        <v>1047</v>
+        <v>1043</v>
       </c>
       <c r="C19" t="s">
-        <v>152</v>
+        <v>148</v>
       </c>
       <c r="D19" t="s">
-        <v>1048</v>
+        <v>1044</v>
       </c>
     </row>
     <row r="20" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B20" t="s">
-        <v>1049</v>
+        <v>1045</v>
       </c>
       <c r="C20" t="s">
-        <v>155</v>
+        <v>151</v>
       </c>
       <c r="D20" t="s">
-        <v>1050</v>
+        <v>1046</v>
       </c>
     </row>
     <row r="21" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B21" t="s">
-        <v>1051</v>
+        <v>1047</v>
       </c>
       <c r="C21" t="s">
-        <v>158</v>
+        <v>154</v>
       </c>
       <c r="D21" t="s">
-        <v>1052</v>
+        <v>1048</v>
       </c>
     </row>
     <row r="22" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B22" t="s">
-        <v>1053</v>
+        <v>1049</v>
       </c>
       <c r="C22" t="s">
-        <v>210</v>
+        <v>206</v>
       </c>
       <c r="D22" t="s">
-        <v>1054</v>
+        <v>1050</v>
       </c>
     </row>
     <row r="23" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B23" t="s">
-        <v>1055</v>
+        <v>1051</v>
       </c>
       <c r="C23" t="s">
-        <v>213</v>
+        <v>209</v>
       </c>
       <c r="D23" t="s">
-        <v>1056</v>
+        <v>1052</v>
       </c>
     </row>
     <row r="24" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B24" t="s">
-        <v>1057</v>
+        <v>1053</v>
       </c>
       <c r="C24" t="s">
-        <v>216</v>
+        <v>212</v>
       </c>
       <c r="D24" t="s">
-        <v>1058</v>
+        <v>1054</v>
       </c>
     </row>
     <row r="25" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B25" t="s">
-        <v>1059</v>
+        <v>1055</v>
       </c>
       <c r="C25" t="s">
-        <v>219</v>
+        <v>215</v>
       </c>
       <c r="D25" t="s">
-        <v>1060</v>
+        <v>1056</v>
       </c>
     </row>
     <row r="26" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B26" t="s">
-        <v>1061</v>
+        <v>1057</v>
       </c>
       <c r="C26" t="s">
-        <v>222</v>
+        <v>218</v>
       </c>
       <c r="D26" t="s">
-        <v>1062</v>
+        <v>1058</v>
       </c>
     </row>
     <row r="27" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B27" t="s">
-        <v>1063</v>
+        <v>1059</v>
       </c>
       <c r="C27" t="s">
-        <v>225</v>
+        <v>221</v>
       </c>
       <c r="D27" t="s">
-        <v>1064</v>
+        <v>1060</v>
       </c>
     </row>
     <row r="28" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B28" t="s">
-        <v>1065</v>
+        <v>1061</v>
       </c>
       <c r="C28" t="s">
-        <v>228</v>
+        <v>224</v>
       </c>
       <c r="D28" t="s">
-        <v>1066</v>
+        <v>1062</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0C00-000000000000}">
   <dimension ref="A1:D25"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>96</v>
+        <v>92</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>97</v>
+        <v>93</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>98</v>
+        <v>94</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
         <v>49</v>
       </c>
       <c r="B2" t="s">
         <v>50</v>
       </c>
       <c r="D2" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="3" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
-        <v>1067</v>
+        <v>1063</v>
       </c>
       <c r="B3" t="s">
-        <v>100</v>
+        <v>96</v>
       </c>
       <c r="D3" t="s">
-        <v>1069</v>
+        <v>1065</v>
       </c>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A4" t="s">
-        <v>1068</v>
+        <v>1064</v>
       </c>
       <c r="B4" t="s">
-        <v>1070</v>
+        <v>1066</v>
       </c>
       <c r="D4" t="s">
-        <v>1071</v>
+        <v>1067</v>
       </c>
     </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B5" t="s">
-        <v>108</v>
+        <v>104</v>
       </c>
       <c r="D5" t="s">
-        <v>1072</v>
+        <v>1068</v>
       </c>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B6" t="s">
-        <v>1073</v>
+        <v>1069</v>
       </c>
       <c r="D6" t="s">
-        <v>1074</v>
+        <v>1070</v>
       </c>
     </row>
     <row r="7" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B7" t="s">
-        <v>1075</v>
+        <v>1071</v>
       </c>
       <c r="C7" t="s">
-        <v>1076</v>
+        <v>1072</v>
       </c>
       <c r="D7" t="s">
-        <v>1077</v>
+        <v>1073</v>
       </c>
     </row>
     <row r="8" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B8" t="s">
-        <v>1078</v>
+        <v>1074</v>
       </c>
       <c r="C8" t="s">
-        <v>1079</v>
+        <v>1075</v>
       </c>
       <c r="D8" t="s">
-        <v>1080</v>
+        <v>1076</v>
       </c>
     </row>
     <row r="9" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B9" t="s">
-        <v>1081</v>
+        <v>1077</v>
       </c>
       <c r="C9" t="s">
-        <v>1082</v>
+        <v>1078</v>
       </c>
       <c r="D9" t="s">
-        <v>1083</v>
+        <v>1079</v>
       </c>
     </row>
     <row r="10" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B10" t="s">
-        <v>1084</v>
+        <v>1080</v>
       </c>
       <c r="C10" t="s">
-        <v>1085</v>
+        <v>1081</v>
       </c>
       <c r="D10" t="s">
-        <v>1086</v>
+        <v>1082</v>
       </c>
     </row>
     <row r="11" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B11" t="s">
-        <v>1087</v>
+        <v>1083</v>
       </c>
       <c r="C11" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="D11" t="s">
-        <v>1089</v>
+        <v>1085</v>
       </c>
     </row>
     <row r="12" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B12" t="s">
-        <v>1090</v>
+        <v>1086</v>
       </c>
       <c r="D12" t="s">
-        <v>1091</v>
+        <v>1087</v>
       </c>
     </row>
     <row r="13" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B13" t="s">
-        <v>1092</v>
+        <v>1088</v>
       </c>
       <c r="C13" t="s">
-        <v>1093</v>
+        <v>1089</v>
       </c>
       <c r="D13" t="s">
-        <v>1094</v>
+        <v>1090</v>
       </c>
     </row>
     <row r="14" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B14" t="s">
-        <v>1095</v>
+        <v>1091</v>
       </c>
       <c r="C14" t="s">
-        <v>1096</v>
+        <v>1092</v>
       </c>
       <c r="D14" t="s">
-        <v>1097</v>
+        <v>1093</v>
       </c>
     </row>
     <row r="15" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B15" t="s">
-        <v>1098</v>
+        <v>1094</v>
       </c>
       <c r="C15" t="s">
-        <v>1099</v>
+        <v>1095</v>
       </c>
       <c r="D15" t="s">
-        <v>1100</v>
+        <v>1096</v>
       </c>
     </row>
     <row r="16" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B16" t="s">
-        <v>1101</v>
+        <v>1097</v>
       </c>
       <c r="C16" t="s">
-        <v>1102</v>
+        <v>1098</v>
       </c>
       <c r="D16" t="s">
-        <v>1103</v>
+        <v>1099</v>
       </c>
     </row>
     <row r="17" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B17" t="s">
-        <v>1104</v>
+        <v>1100</v>
       </c>
       <c r="C17" t="s">
-        <v>1105</v>
+        <v>1101</v>
       </c>
       <c r="D17" t="s">
-        <v>1106</v>
+        <v>1102</v>
       </c>
     </row>
     <row r="18" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B18" t="s">
-        <v>1107</v>
+        <v>1103</v>
       </c>
       <c r="C18" t="s">
-        <v>1108</v>
+        <v>1104</v>
       </c>
       <c r="D18" t="s">
-        <v>1109</v>
+        <v>1105</v>
       </c>
     </row>
     <row r="19" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B19" t="s">
-        <v>1110</v>
+        <v>1106</v>
       </c>
       <c r="C19" t="s">
-        <v>1111</v>
+        <v>1107</v>
       </c>
       <c r="D19" t="s">
-        <v>1112</v>
+        <v>1108</v>
       </c>
     </row>
     <row r="20" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B20" t="s">
-        <v>1113</v>
+        <v>1109</v>
       </c>
       <c r="C20" t="s">
-        <v>1114</v>
+        <v>1110</v>
       </c>
       <c r="D20" t="s">
-        <v>1115</v>
+        <v>1111</v>
       </c>
     </row>
     <row r="21" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B21" t="s">
-        <v>1116</v>
+        <v>1112</v>
       </c>
       <c r="C21" t="s">
-        <v>1117</v>
+        <v>1113</v>
       </c>
       <c r="D21" t="s">
-        <v>1118</v>
+        <v>1114</v>
       </c>
     </row>
     <row r="22" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B22" t="s">
-        <v>1119</v>
+        <v>1115</v>
       </c>
       <c r="C22" t="s">
-        <v>1120</v>
+        <v>1116</v>
       </c>
       <c r="D22" t="s">
-        <v>1121</v>
+        <v>1117</v>
       </c>
     </row>
     <row r="23" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B23" t="s">
-        <v>1122</v>
+        <v>1118</v>
       </c>
       <c r="C23" t="s">
-        <v>1123</v>
+        <v>1119</v>
       </c>
       <c r="D23" t="s">
-        <v>1124</v>
+        <v>1120</v>
       </c>
     </row>
     <row r="24" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B24" t="s">
-        <v>1125</v>
+        <v>1121</v>
       </c>
       <c r="C24" t="s">
-        <v>1126</v>
+        <v>1122</v>
       </c>
       <c r="D24" t="s">
-        <v>1127</v>
+        <v>1123</v>
       </c>
     </row>
     <row r="25" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B25" t="s">
-        <v>1128</v>
+        <v>1124</v>
       </c>
       <c r="C25" t="s">
-        <v>1129</v>
+        <v>1125</v>
       </c>
       <c r="D25" t="s">
-        <v>1130</v>
+        <v>1126</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet14.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0D00-000000000000}">
   <dimension ref="A1:D187"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>96</v>
+        <v>92</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>97</v>
+        <v>93</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>98</v>
+        <v>94</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
         <v>53</v>
       </c>
       <c r="B2" t="s">
         <v>54</v>
       </c>
       <c r="D2" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="3" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
-        <v>1131</v>
+        <v>1127</v>
       </c>
       <c r="B3" t="s">
-        <v>100</v>
+        <v>96</v>
       </c>
       <c r="D3" t="s">
-        <v>1133</v>
+        <v>1129</v>
       </c>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A4" t="s">
-        <v>1132</v>
+        <v>1128</v>
       </c>
       <c r="B4" t="s">
-        <v>108</v>
+        <v>104</v>
       </c>
       <c r="D4" t="s">
-        <v>1134</v>
+        <v>1130</v>
       </c>
     </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B5" t="s">
-        <v>1135</v>
+        <v>1131</v>
       </c>
       <c r="D5" t="s">
-        <v>1136</v>
+        <v>1132</v>
       </c>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B6" t="s">
-        <v>164</v>
+        <v>160</v>
       </c>
       <c r="D6" t="s">
-        <v>1137</v>
+        <v>1133</v>
       </c>
     </row>
     <row r="7" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B7" t="s">
-        <v>463</v>
+        <v>459</v>
       </c>
       <c r="D7" t="s">
-        <v>1138</v>
+        <v>1134</v>
       </c>
     </row>
     <row r="8" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B8" t="s">
-        <v>1139</v>
+        <v>1135</v>
       </c>
       <c r="D8" t="s">
-        <v>1140</v>
+        <v>1136</v>
       </c>
     </row>
     <row r="9" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B9" t="s">
-        <v>1141</v>
+        <v>1137</v>
       </c>
       <c r="C9" t="s">
-        <v>113</v>
+        <v>109</v>
       </c>
       <c r="D9" t="s">
-        <v>1142</v>
+        <v>1138</v>
       </c>
     </row>
     <row r="10" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B10" t="s">
-        <v>1143</v>
+        <v>1139</v>
       </c>
       <c r="C10" t="s">
-        <v>116</v>
+        <v>112</v>
       </c>
       <c r="D10" t="s">
-        <v>1144</v>
+        <v>1140</v>
       </c>
     </row>
     <row r="11" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B11" t="s">
-        <v>1145</v>
+        <v>1141</v>
       </c>
       <c r="D11" t="s">
-        <v>1146</v>
+        <v>1142</v>
       </c>
     </row>
     <row r="12" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B12" t="s">
-        <v>1147</v>
+        <v>1143</v>
       </c>
       <c r="C12" t="s">
-        <v>119</v>
+        <v>115</v>
       </c>
       <c r="D12" t="s">
-        <v>1148</v>
+        <v>1144</v>
       </c>
     </row>
     <row r="13" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B13" t="s">
-        <v>1078</v>
+        <v>1074</v>
       </c>
       <c r="C13" t="s">
-        <v>122</v>
+        <v>118</v>
       </c>
       <c r="D13" t="s">
-        <v>1149</v>
+        <v>1145</v>
       </c>
     </row>
     <row r="14" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B14" t="s">
-        <v>1150</v>
+        <v>1146</v>
       </c>
       <c r="D14" t="s">
-        <v>1151</v>
+        <v>1147</v>
       </c>
     </row>
     <row r="15" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B15" t="s">
-        <v>1152</v>
+        <v>1148</v>
       </c>
       <c r="C15" t="s">
-        <v>125</v>
+        <v>121</v>
       </c>
       <c r="D15" t="s">
-        <v>1153</v>
+        <v>1149</v>
       </c>
     </row>
     <row r="16" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B16" t="s">
-        <v>1154</v>
+        <v>1150</v>
       </c>
       <c r="C16" t="s">
-        <v>128</v>
+        <v>124</v>
       </c>
       <c r="D16" t="s">
-        <v>1155</v>
+        <v>1151</v>
       </c>
     </row>
     <row r="17" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B17" t="s">
-        <v>1156</v>
+        <v>1152</v>
       </c>
       <c r="C17" t="s">
-        <v>131</v>
+        <v>127</v>
       </c>
       <c r="D17" t="s">
-        <v>1157</v>
+        <v>1153</v>
       </c>
     </row>
     <row r="18" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B18" t="s">
-        <v>1158</v>
+        <v>1154</v>
       </c>
       <c r="C18" t="s">
-        <v>134</v>
+        <v>130</v>
       </c>
       <c r="D18" t="s">
-        <v>1159</v>
+        <v>1155</v>
       </c>
     </row>
     <row r="19" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B19" t="s">
-        <v>1160</v>
+        <v>1156</v>
       </c>
       <c r="C19" t="s">
-        <v>137</v>
+        <v>133</v>
       </c>
       <c r="D19" t="s">
-        <v>1161</v>
+        <v>1157</v>
       </c>
     </row>
     <row r="20" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B20" t="s">
-        <v>1162</v>
+        <v>1158</v>
       </c>
       <c r="C20" t="s">
-        <v>140</v>
+        <v>136</v>
       </c>
       <c r="D20" t="s">
-        <v>1163</v>
+        <v>1159</v>
       </c>
     </row>
     <row r="21" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B21" t="s">
-        <v>1164</v>
+        <v>1160</v>
       </c>
       <c r="C21" t="s">
-        <v>143</v>
+        <v>139</v>
       </c>
       <c r="D21" t="s">
-        <v>1165</v>
+        <v>1161</v>
       </c>
     </row>
     <row r="22" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B22" t="s">
-        <v>1166</v>
+        <v>1162</v>
       </c>
       <c r="C22" t="s">
-        <v>146</v>
+        <v>142</v>
       </c>
       <c r="D22" t="s">
-        <v>1167</v>
+        <v>1163</v>
       </c>
     </row>
     <row r="23" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B23" t="s">
-        <v>1168</v>
+        <v>1164</v>
       </c>
       <c r="C23" t="s">
-        <v>149</v>
+        <v>145</v>
       </c>
       <c r="D23" t="s">
-        <v>1169</v>
+        <v>1165</v>
       </c>
     </row>
     <row r="24" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B24" t="s">
-        <v>1170</v>
+        <v>1166</v>
       </c>
       <c r="C24" t="s">
-        <v>152</v>
+        <v>148</v>
       </c>
       <c r="D24" t="s">
-        <v>1171</v>
+        <v>1167</v>
       </c>
     </row>
     <row r="25" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B25" t="s">
-        <v>1172</v>
+        <v>1168</v>
       </c>
       <c r="C25" t="s">
-        <v>155</v>
+        <v>151</v>
       </c>
       <c r="D25" t="s">
-        <v>1173</v>
+        <v>1169</v>
       </c>
     </row>
     <row r="26" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B26" t="s">
-        <v>1174</v>
+        <v>1170</v>
       </c>
       <c r="C26" t="s">
-        <v>158</v>
+        <v>154</v>
       </c>
       <c r="D26" t="s">
-        <v>1175</v>
+        <v>1171</v>
       </c>
     </row>
     <row r="27" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B27" t="s">
-        <v>1176</v>
+        <v>1172</v>
       </c>
       <c r="C27" t="s">
-        <v>210</v>
+        <v>206</v>
       </c>
       <c r="D27" t="s">
-        <v>1177</v>
+        <v>1173</v>
       </c>
     </row>
     <row r="28" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B28" t="s">
-        <v>1178</v>
+        <v>1174</v>
       </c>
       <c r="C28" t="s">
-        <v>213</v>
+        <v>209</v>
       </c>
       <c r="D28" t="s">
-        <v>1179</v>
+        <v>1175</v>
       </c>
     </row>
     <row r="29" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B29" t="s">
-        <v>1180</v>
+        <v>1176</v>
       </c>
       <c r="C29" t="s">
-        <v>216</v>
+        <v>212</v>
       </c>
       <c r="D29" t="s">
-        <v>1181</v>
+        <v>1177</v>
       </c>
     </row>
     <row r="30" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B30" t="s">
-        <v>1182</v>
+        <v>1178</v>
       </c>
       <c r="C30" t="s">
-        <v>219</v>
+        <v>215</v>
       </c>
       <c r="D30" t="s">
-        <v>1183</v>
+        <v>1179</v>
       </c>
     </row>
     <row r="31" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B31" t="s">
-        <v>1184</v>
+        <v>1180</v>
       </c>
       <c r="D31" t="s">
-        <v>1185</v>
+        <v>1181</v>
       </c>
     </row>
     <row r="32" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B32" t="s">
-        <v>1186</v>
+        <v>1182</v>
       </c>
       <c r="C32" t="s">
-        <v>222</v>
+        <v>218</v>
       </c>
       <c r="D32" t="s">
-        <v>1187</v>
+        <v>1183</v>
       </c>
     </row>
     <row r="33" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B33" t="s">
-        <v>1188</v>
+        <v>1184</v>
       </c>
       <c r="C33" t="s">
-        <v>225</v>
+        <v>221</v>
       </c>
       <c r="D33" t="s">
-        <v>1189</v>
+        <v>1185</v>
       </c>
     </row>
     <row r="34" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B34" t="s">
-        <v>1190</v>
+        <v>1186</v>
       </c>
       <c r="C34" t="s">
-        <v>228</v>
+        <v>224</v>
       </c>
       <c r="D34" t="s">
-        <v>1191</v>
+        <v>1187</v>
       </c>
     </row>
     <row r="35" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B35" t="s">
-        <v>1192</v>
+        <v>1188</v>
       </c>
       <c r="C35" t="s">
-        <v>231</v>
+        <v>227</v>
       </c>
       <c r="D35" t="s">
-        <v>1193</v>
+        <v>1189</v>
       </c>
     </row>
     <row r="36" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B36" t="s">
-        <v>1194</v>
+        <v>1190</v>
       </c>
       <c r="C36" t="s">
-        <v>236</v>
+        <v>232</v>
       </c>
       <c r="D36" t="s">
-        <v>1195</v>
+        <v>1191</v>
       </c>
     </row>
     <row r="37" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B37" t="s">
-        <v>1196</v>
+        <v>1192</v>
       </c>
       <c r="C37" t="s">
-        <v>239</v>
+        <v>235</v>
       </c>
       <c r="D37" t="s">
-        <v>1197</v>
+        <v>1193</v>
       </c>
     </row>
     <row r="38" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B38" t="s">
-        <v>1198</v>
+        <v>1194</v>
       </c>
       <c r="C38" t="s">
-        <v>242</v>
+        <v>238</v>
       </c>
       <c r="D38" t="s">
-        <v>1199</v>
+        <v>1195</v>
       </c>
     </row>
     <row r="39" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B39" t="s">
-        <v>1200</v>
+        <v>1196</v>
       </c>
       <c r="C39" t="s">
-        <v>245</v>
+        <v>241</v>
       </c>
       <c r="D39" t="s">
-        <v>1201</v>
+        <v>1197</v>
       </c>
     </row>
     <row r="40" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B40" t="s">
-        <v>1202</v>
+        <v>1198</v>
       </c>
       <c r="C40" t="s">
-        <v>248</v>
+        <v>244</v>
       </c>
       <c r="D40" t="s">
-        <v>1203</v>
+        <v>1199</v>
       </c>
     </row>
     <row r="41" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B41" t="s">
-        <v>1204</v>
+        <v>1200</v>
       </c>
       <c r="C41" t="s">
-        <v>253</v>
+        <v>249</v>
       </c>
       <c r="D41" t="s">
-        <v>1205</v>
+        <v>1201</v>
       </c>
     </row>
     <row r="42" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B42" t="s">
-        <v>1206</v>
+        <v>1202</v>
       </c>
       <c r="C42" t="s">
-        <v>256</v>
+        <v>252</v>
       </c>
       <c r="D42" t="s">
-        <v>1207</v>
+        <v>1203</v>
       </c>
     </row>
     <row r="43" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B43" t="s">
-        <v>1208</v>
+        <v>1204</v>
       </c>
       <c r="C43" t="s">
-        <v>259</v>
+        <v>255</v>
       </c>
       <c r="D43" t="s">
-        <v>1209</v>
+        <v>1205</v>
       </c>
     </row>
     <row r="44" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B44" t="s">
-        <v>1210</v>
+        <v>1206</v>
       </c>
       <c r="C44" t="s">
-        <v>262</v>
+        <v>258</v>
       </c>
       <c r="D44" t="s">
-        <v>1211</v>
+        <v>1207</v>
       </c>
     </row>
     <row r="45" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B45" t="s">
-        <v>1212</v>
+        <v>1208</v>
       </c>
       <c r="C45" t="s">
-        <v>265</v>
+        <v>261</v>
       </c>
       <c r="D45" t="s">
-        <v>1213</v>
+        <v>1209</v>
       </c>
     </row>
     <row r="46" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B46" t="s">
-        <v>1214</v>
+        <v>1210</v>
       </c>
       <c r="C46" t="s">
-        <v>268</v>
+        <v>264</v>
       </c>
       <c r="D46" t="s">
-        <v>1215</v>
+        <v>1211</v>
       </c>
     </row>
     <row r="47" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B47" t="s">
-        <v>1216</v>
+        <v>1212</v>
       </c>
       <c r="D47" t="s">
-        <v>1217</v>
+        <v>1213</v>
       </c>
     </row>
     <row r="48" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B48" t="s">
-        <v>1218</v>
+        <v>1214</v>
       </c>
       <c r="C48" t="s">
-        <v>271</v>
+        <v>267</v>
       </c>
       <c r="D48" t="s">
-        <v>1219</v>
+        <v>1215</v>
       </c>
     </row>
     <row r="49" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B49" t="s">
-        <v>875</v>
+        <v>871</v>
       </c>
       <c r="C49" t="s">
-        <v>274</v>
+        <v>270</v>
       </c>
       <c r="D49" t="s">
-        <v>1220</v>
+        <v>1216</v>
       </c>
     </row>
     <row r="50" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B50" t="s">
-        <v>1221</v>
+        <v>1217</v>
       </c>
       <c r="C50" t="s">
-        <v>279</v>
+        <v>275</v>
       </c>
       <c r="D50" t="s">
-        <v>1222</v>
+        <v>1218</v>
       </c>
     </row>
     <row r="51" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B51" t="s">
-        <v>879</v>
+        <v>875</v>
       </c>
       <c r="C51" t="s">
-        <v>556</v>
+        <v>552</v>
       </c>
       <c r="D51" t="s">
-        <v>1223</v>
+        <v>1219</v>
       </c>
     </row>
     <row r="52" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B52" t="s">
-        <v>881</v>
+        <v>877</v>
       </c>
       <c r="C52" t="s">
-        <v>559</v>
+        <v>555</v>
       </c>
       <c r="D52" t="s">
-        <v>1224</v>
+        <v>1220</v>
       </c>
     </row>
     <row r="53" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B53" t="s">
-        <v>1225</v>
+        <v>1221</v>
       </c>
       <c r="C53" t="s">
-        <v>562</v>
+        <v>558</v>
       </c>
       <c r="D53" t="s">
-        <v>1226</v>
+        <v>1222</v>
       </c>
     </row>
     <row r="54" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B54" t="s">
-        <v>1227</v>
+        <v>1223</v>
       </c>
       <c r="C54" t="s">
-        <v>565</v>
+        <v>561</v>
       </c>
       <c r="D54" t="s">
-        <v>1228</v>
+        <v>1224</v>
       </c>
     </row>
     <row r="55" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B55" t="s">
-        <v>1229</v>
+        <v>1225</v>
       </c>
       <c r="C55" t="s">
-        <v>570</v>
+        <v>566</v>
       </c>
       <c r="D55" t="s">
-        <v>1230</v>
+        <v>1226</v>
       </c>
     </row>
     <row r="56" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B56" t="s">
-        <v>1231</v>
+        <v>1227</v>
       </c>
       <c r="C56" t="s">
-        <v>573</v>
+        <v>569</v>
       </c>
       <c r="D56" t="s">
-        <v>1232</v>
+        <v>1228</v>
       </c>
     </row>
     <row r="57" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B57" t="s">
-        <v>1233</v>
+        <v>1229</v>
       </c>
       <c r="C57" t="s">
-        <v>578</v>
+        <v>574</v>
       </c>
       <c r="D57" t="s">
-        <v>1234</v>
+        <v>1230</v>
       </c>
     </row>
     <row r="58" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B58" t="s">
-        <v>1235</v>
+        <v>1231</v>
       </c>
       <c r="D58" t="s">
-        <v>1236</v>
+        <v>1232</v>
       </c>
     </row>
     <row r="59" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B59" t="s">
-        <v>1237</v>
+        <v>1233</v>
       </c>
       <c r="C59" t="s">
-        <v>581</v>
+        <v>577</v>
       </c>
       <c r="D59" t="s">
-        <v>1238</v>
+        <v>1234</v>
       </c>
     </row>
     <row r="60" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B60" t="s">
-        <v>1239</v>
+        <v>1235</v>
       </c>
       <c r="C60" t="s">
-        <v>586</v>
+        <v>582</v>
       </c>
       <c r="D60" t="s">
-        <v>1240</v>
+        <v>1236</v>
       </c>
     </row>
     <row r="61" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B61" t="s">
-        <v>1241</v>
+        <v>1237</v>
       </c>
       <c r="C61" t="s">
-        <v>589</v>
+        <v>585</v>
       </c>
       <c r="D61" t="s">
-        <v>1242</v>
+        <v>1238</v>
       </c>
     </row>
     <row r="62" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B62" t="s">
-        <v>1243</v>
+        <v>1239</v>
       </c>
       <c r="C62" t="s">
-        <v>594</v>
+        <v>590</v>
       </c>
       <c r="D62" t="s">
-        <v>1244</v>
+        <v>1240</v>
       </c>
     </row>
     <row r="63" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B63" t="s">
-        <v>1245</v>
+        <v>1241</v>
       </c>
       <c r="D63" t="s">
-        <v>1246</v>
+        <v>1242</v>
       </c>
     </row>
     <row r="64" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B64" t="s">
-        <v>1247</v>
+        <v>1243</v>
       </c>
       <c r="C64" t="s">
-        <v>597</v>
+        <v>593</v>
       </c>
       <c r="D64" t="s">
-        <v>1248</v>
+        <v>1244</v>
       </c>
     </row>
     <row r="65" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B65" t="s">
-        <v>1249</v>
+        <v>1245</v>
       </c>
       <c r="C65" t="s">
-        <v>602</v>
+        <v>598</v>
       </c>
       <c r="D65" t="s">
-        <v>1250</v>
+        <v>1246</v>
       </c>
     </row>
     <row r="66" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B66" t="s">
-        <v>1251</v>
+        <v>1247</v>
       </c>
       <c r="C66" t="s">
-        <v>605</v>
+        <v>601</v>
       </c>
       <c r="D66" t="s">
-        <v>1252</v>
+        <v>1248</v>
       </c>
     </row>
     <row r="67" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B67" t="s">
-        <v>1253</v>
+        <v>1249</v>
       </c>
       <c r="C67" t="s">
-        <v>610</v>
+        <v>606</v>
       </c>
       <c r="D67" t="s">
-        <v>1254</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="68" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B68" t="s">
-        <v>1255</v>
+        <v>1251</v>
       </c>
       <c r="C68" t="s">
-        <v>1256</v>
+        <v>1252</v>
       </c>
       <c r="D68" t="s">
-        <v>1257</v>
+        <v>1253</v>
       </c>
     </row>
     <row r="69" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B69" t="s">
-        <v>1258</v>
+        <v>1254</v>
       </c>
       <c r="C69" t="s">
-        <v>1259</v>
+        <v>1255</v>
       </c>
       <c r="D69" t="s">
-        <v>1260</v>
+        <v>1256</v>
       </c>
     </row>
     <row r="70" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B70" t="s">
-        <v>1261</v>
+        <v>1257</v>
       </c>
       <c r="D70" t="s">
-        <v>1262</v>
+        <v>1258</v>
       </c>
     </row>
     <row r="71" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B71" t="s">
-        <v>1263</v>
+        <v>1259</v>
       </c>
       <c r="C71" t="s">
-        <v>1264</v>
+        <v>1260</v>
       </c>
       <c r="D71" t="s">
-        <v>1265</v>
+        <v>1261</v>
       </c>
     </row>
     <row r="72" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B72" t="s">
-        <v>1266</v>
+        <v>1262</v>
       </c>
       <c r="C72" t="s">
-        <v>1267</v>
+        <v>1263</v>
       </c>
       <c r="D72" t="s">
-        <v>1268</v>
+        <v>1264</v>
       </c>
     </row>
     <row r="73" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B73" t="s">
-        <v>1269</v>
+        <v>1265</v>
       </c>
       <c r="C73" t="s">
-        <v>1270</v>
+        <v>1266</v>
       </c>
       <c r="D73" t="s">
-        <v>1271</v>
+        <v>1267</v>
       </c>
     </row>
     <row r="74" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B74" t="s">
-        <v>619</v>
+        <v>615</v>
       </c>
       <c r="C74" t="s">
-        <v>1272</v>
+        <v>1268</v>
       </c>
       <c r="D74" t="s">
-        <v>1273</v>
+        <v>1269</v>
       </c>
     </row>
     <row r="75" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B75" t="s">
-        <v>1274</v>
+        <v>1270</v>
       </c>
       <c r="D75" t="s">
-        <v>1275</v>
+        <v>1271</v>
       </c>
     </row>
     <row r="76" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B76" t="s">
-        <v>1276</v>
+        <v>1272</v>
       </c>
       <c r="C76" t="s">
-        <v>1277</v>
+        <v>1273</v>
       </c>
       <c r="D76" t="s">
-        <v>1278</v>
+        <v>1274</v>
       </c>
     </row>
     <row r="77" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B77" t="s">
-        <v>1279</v>
+        <v>1275</v>
       </c>
       <c r="C77" t="s">
-        <v>1280</v>
+        <v>1276</v>
       </c>
       <c r="D77" t="s">
-        <v>1281</v>
+        <v>1277</v>
       </c>
     </row>
     <row r="78" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B78" t="s">
-        <v>1282</v>
+        <v>1278</v>
       </c>
       <c r="C78" t="s">
-        <v>1283</v>
+        <v>1279</v>
       </c>
       <c r="D78" t="s">
-        <v>1284</v>
+        <v>1280</v>
       </c>
     </row>
     <row r="79" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B79" t="s">
-        <v>1285</v>
+        <v>1281</v>
       </c>
       <c r="C79" t="s">
-        <v>1286</v>
+        <v>1282</v>
       </c>
       <c r="D79" t="s">
-        <v>1287</v>
+        <v>1283</v>
       </c>
     </row>
     <row r="80" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B80" t="s">
-        <v>1288</v>
+        <v>1284</v>
       </c>
       <c r="D80" t="s">
-        <v>1289</v>
+        <v>1285</v>
       </c>
     </row>
     <row r="81" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B81" t="s">
-        <v>1290</v>
+        <v>1286</v>
       </c>
       <c r="C81" t="s">
-        <v>1291</v>
+        <v>1287</v>
       </c>
       <c r="D81" t="s">
-        <v>1292</v>
+        <v>1288</v>
       </c>
     </row>
     <row r="82" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B82" t="s">
-        <v>1293</v>
+        <v>1289</v>
       </c>
       <c r="C82" t="s">
-        <v>1294</v>
+        <v>1290</v>
       </c>
       <c r="D82" t="s">
-        <v>1295</v>
+        <v>1291</v>
       </c>
     </row>
     <row r="83" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B83" t="s">
-        <v>1296</v>
+        <v>1292</v>
       </c>
       <c r="C83" t="s">
-        <v>1297</v>
+        <v>1293</v>
       </c>
       <c r="D83" t="s">
-        <v>1298</v>
+        <v>1294</v>
       </c>
     </row>
     <row r="84" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B84" t="s">
-        <v>1299</v>
+        <v>1295</v>
       </c>
       <c r="C84" t="s">
-        <v>1300</v>
+        <v>1296</v>
       </c>
       <c r="D84" t="s">
-        <v>1301</v>
+        <v>1297</v>
       </c>
     </row>
     <row r="85" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B85" t="s">
-        <v>1302</v>
+        <v>1298</v>
       </c>
       <c r="C85" t="s">
-        <v>1303</v>
+        <v>1299</v>
       </c>
       <c r="D85" t="s">
-        <v>1304</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="86" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B86" t="s">
-        <v>1305</v>
+        <v>1301</v>
       </c>
       <c r="C86" t="s">
-        <v>1306</v>
+        <v>1302</v>
       </c>
       <c r="D86" t="s">
-        <v>1307</v>
+        <v>1303</v>
       </c>
     </row>
     <row r="87" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B87" t="s">
-        <v>1308</v>
+        <v>1304</v>
       </c>
       <c r="C87" t="s">
-        <v>1309</v>
+        <v>1305</v>
       </c>
       <c r="D87" t="s">
-        <v>1310</v>
+        <v>1306</v>
       </c>
     </row>
     <row r="88" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B88" t="s">
-        <v>1311</v>
+        <v>1307</v>
       </c>
       <c r="D88" t="s">
-        <v>1312</v>
+        <v>1308</v>
       </c>
     </row>
     <row r="89" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B89" t="s">
-        <v>1313</v>
+        <v>1309</v>
       </c>
       <c r="C89" t="s">
-        <v>1314</v>
+        <v>1310</v>
       </c>
       <c r="D89" t="s">
-        <v>1315</v>
+        <v>1311</v>
       </c>
     </row>
     <row r="90" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B90" t="s">
-        <v>1316</v>
+        <v>1312</v>
       </c>
       <c r="C90" t="s">
-        <v>1317</v>
+        <v>1313</v>
       </c>
       <c r="D90" t="s">
-        <v>1318</v>
+        <v>1314</v>
       </c>
     </row>
     <row r="91" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B91" t="s">
-        <v>1319</v>
+        <v>1315</v>
       </c>
       <c r="C91" t="s">
-        <v>1320</v>
+        <v>1316</v>
       </c>
       <c r="D91" t="s">
-        <v>1321</v>
+        <v>1317</v>
       </c>
     </row>
     <row r="92" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B92" t="s">
-        <v>1322</v>
+        <v>1318</v>
       </c>
       <c r="C92" t="s">
-        <v>1323</v>
+        <v>1319</v>
       </c>
       <c r="D92" t="s">
-        <v>1324</v>
+        <v>1320</v>
       </c>
     </row>
     <row r="93" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B93" t="s">
-        <v>1325</v>
+        <v>1321</v>
       </c>
       <c r="C93" t="s">
-        <v>1326</v>
+        <v>1322</v>
       </c>
       <c r="D93" t="s">
-        <v>1327</v>
+        <v>1323</v>
       </c>
     </row>
     <row r="94" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B94" t="s">
-        <v>1328</v>
+        <v>1324</v>
       </c>
       <c r="D94" t="s">
-        <v>1329</v>
+        <v>1325</v>
       </c>
     </row>
     <row r="95" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B95" t="s">
-        <v>1330</v>
+        <v>1326</v>
       </c>
       <c r="C95" t="s">
-        <v>1331</v>
+        <v>1327</v>
       </c>
       <c r="D95" t="s">
-        <v>1332</v>
+        <v>1328</v>
       </c>
     </row>
     <row r="96" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B96" t="s">
-        <v>1333</v>
+        <v>1329</v>
       </c>
       <c r="C96" t="s">
-        <v>1334</v>
+        <v>1330</v>
       </c>
       <c r="D96" t="s">
-        <v>1335</v>
+        <v>1331</v>
       </c>
     </row>
     <row r="97" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B97" t="s">
-        <v>1336</v>
+        <v>1332</v>
       </c>
       <c r="C97" t="s">
-        <v>1337</v>
+        <v>1333</v>
       </c>
       <c r="D97" t="s">
-        <v>1338</v>
+        <v>1334</v>
       </c>
     </row>
     <row r="98" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B98" t="s">
-        <v>1339</v>
+        <v>1335</v>
       </c>
       <c r="C98" t="s">
-        <v>1340</v>
+        <v>1336</v>
       </c>
       <c r="D98" t="s">
-        <v>1341</v>
+        <v>1337</v>
       </c>
     </row>
     <row r="99" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B99" t="s">
-        <v>1342</v>
+        <v>1338</v>
       </c>
       <c r="C99" t="s">
-        <v>1343</v>
+        <v>1339</v>
       </c>
       <c r="D99" t="s">
-        <v>1344</v>
+        <v>1340</v>
       </c>
     </row>
     <row r="100" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B100" t="s">
-        <v>1345</v>
+        <v>1341</v>
       </c>
       <c r="C100" t="s">
-        <v>1346</v>
+        <v>1342</v>
       </c>
       <c r="D100" t="s">
-        <v>1347</v>
+        <v>1343</v>
       </c>
     </row>
     <row r="101" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B101" t="s">
-        <v>1348</v>
+        <v>1344</v>
       </c>
       <c r="C101" t="s">
-        <v>1349</v>
+        <v>1345</v>
       </c>
       <c r="D101" t="s">
-        <v>1350</v>
+        <v>1346</v>
       </c>
     </row>
     <row r="102" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B102" t="s">
-        <v>1351</v>
+        <v>1347</v>
       </c>
       <c r="C102" t="s">
-        <v>1352</v>
+        <v>1348</v>
       </c>
       <c r="D102" t="s">
-        <v>1353</v>
+        <v>1349</v>
       </c>
     </row>
     <row r="103" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B103" t="s">
-        <v>1354</v>
+        <v>1350</v>
       </c>
       <c r="C103" t="s">
-        <v>1355</v>
+        <v>1351</v>
       </c>
       <c r="D103" t="s">
-        <v>1356</v>
+        <v>1352</v>
       </c>
     </row>
     <row r="104" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B104" t="s">
-        <v>1357</v>
+        <v>1353</v>
       </c>
       <c r="C104" t="s">
-        <v>1358</v>
+        <v>1354</v>
       </c>
       <c r="D104" t="s">
-        <v>1359</v>
+        <v>1355</v>
       </c>
     </row>
     <row r="105" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B105" t="s">
-        <v>1360</v>
+        <v>1356</v>
       </c>
       <c r="C105" t="s">
-        <v>1361</v>
+        <v>1357</v>
       </c>
       <c r="D105" t="s">
-        <v>1362</v>
+        <v>1358</v>
       </c>
     </row>
     <row r="106" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B106" t="s">
-        <v>1363</v>
+        <v>1359</v>
       </c>
       <c r="C106" t="s">
-        <v>1364</v>
+        <v>1360</v>
       </c>
       <c r="D106" t="s">
-        <v>1365</v>
+        <v>1361</v>
       </c>
     </row>
     <row r="107" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B107" t="s">
-        <v>1366</v>
+        <v>1362</v>
       </c>
       <c r="D107" t="s">
-        <v>1367</v>
+        <v>1363</v>
       </c>
     </row>
     <row r="108" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B108" t="s">
-        <v>1368</v>
+        <v>1364</v>
       </c>
       <c r="C108" t="s">
-        <v>1369</v>
+        <v>1365</v>
       </c>
       <c r="D108" t="s">
-        <v>1370</v>
+        <v>1366</v>
       </c>
     </row>
     <row r="109" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B109" t="s">
-        <v>1371</v>
+        <v>1367</v>
       </c>
       <c r="C109" t="s">
-        <v>1372</v>
+        <v>1368</v>
       </c>
       <c r="D109" t="s">
-        <v>1373</v>
+        <v>1369</v>
       </c>
     </row>
     <row r="110" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B110" t="s">
-        <v>1374</v>
+        <v>1370</v>
       </c>
       <c r="C110" t="s">
-        <v>1375</v>
+        <v>1371</v>
       </c>
       <c r="D110" t="s">
-        <v>1376</v>
+        <v>1372</v>
       </c>
     </row>
     <row r="111" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B111" t="s">
-        <v>1377</v>
+        <v>1373</v>
       </c>
       <c r="C111" t="s">
-        <v>1378</v>
+        <v>1374</v>
       </c>
       <c r="D111" t="s">
-        <v>1379</v>
+        <v>1375</v>
       </c>
     </row>
     <row r="112" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B112" t="s">
-        <v>1380</v>
+        <v>1376</v>
       </c>
       <c r="C112" t="s">
-        <v>1381</v>
+        <v>1377</v>
       </c>
       <c r="D112" t="s">
-        <v>1382</v>
+        <v>1378</v>
       </c>
     </row>
     <row r="113" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B113" t="s">
-        <v>1383</v>
+        <v>1379</v>
       </c>
       <c r="C113" t="s">
-        <v>1384</v>
+        <v>1380</v>
       </c>
       <c r="D113" t="s">
-        <v>1385</v>
+        <v>1381</v>
       </c>
     </row>
     <row r="114" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B114" t="s">
-        <v>1386</v>
+        <v>1382</v>
       </c>
       <c r="C114" t="s">
-        <v>1387</v>
+        <v>1383</v>
       </c>
       <c r="D114" t="s">
-        <v>1388</v>
+        <v>1384</v>
       </c>
     </row>
     <row r="115" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B115" t="s">
-        <v>1389</v>
+        <v>1385</v>
       </c>
       <c r="C115" t="s">
-        <v>1390</v>
+        <v>1386</v>
       </c>
       <c r="D115" t="s">
-        <v>1391</v>
+        <v>1387</v>
       </c>
     </row>
     <row r="116" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B116" t="s">
-        <v>1392</v>
+        <v>1388</v>
       </c>
       <c r="C116" t="s">
-        <v>1393</v>
+        <v>1389</v>
       </c>
       <c r="D116" t="s">
-        <v>1394</v>
+        <v>1390</v>
       </c>
     </row>
     <row r="117" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B117" t="s">
-        <v>1395</v>
+        <v>1391</v>
       </c>
       <c r="C117" t="s">
-        <v>1396</v>
+        <v>1392</v>
       </c>
       <c r="D117" t="s">
-        <v>1397</v>
+        <v>1393</v>
       </c>
     </row>
     <row r="118" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B118" t="s">
-        <v>1398</v>
+        <v>1394</v>
       </c>
       <c r="C118" t="s">
-        <v>1399</v>
+        <v>1395</v>
       </c>
       <c r="D118" t="s">
-        <v>1400</v>
+        <v>1396</v>
       </c>
     </row>
     <row r="119" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B119" t="s">
-        <v>1401</v>
+        <v>1397</v>
       </c>
       <c r="C119" t="s">
-        <v>1402</v>
+        <v>1398</v>
       </c>
       <c r="D119" t="s">
-        <v>1403</v>
+        <v>1399</v>
       </c>
     </row>
     <row r="120" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B120" t="s">
-        <v>1404</v>
+        <v>1400</v>
       </c>
       <c r="D120" t="s">
-        <v>1405</v>
+        <v>1401</v>
       </c>
     </row>
     <row r="121" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B121" t="s">
-        <v>1406</v>
+        <v>1402</v>
       </c>
       <c r="C121" t="s">
-        <v>1407</v>
+        <v>1403</v>
       </c>
       <c r="D121" t="s">
-        <v>1408</v>
+        <v>1404</v>
       </c>
     </row>
     <row r="122" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B122" t="s">
-        <v>1409</v>
+        <v>1405</v>
       </c>
       <c r="C122" t="s">
-        <v>1410</v>
+        <v>1406</v>
       </c>
       <c r="D122" t="s">
-        <v>1411</v>
+        <v>1407</v>
       </c>
     </row>
     <row r="123" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B123" t="s">
-        <v>1412</v>
+        <v>1408</v>
       </c>
       <c r="C123" t="s">
-        <v>1413</v>
+        <v>1409</v>
       </c>
       <c r="D123" t="s">
-        <v>1414</v>
+        <v>1410</v>
       </c>
     </row>
     <row r="124" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B124" t="s">
-        <v>1415</v>
+        <v>1411</v>
       </c>
       <c r="C124" t="s">
-        <v>1416</v>
+        <v>1412</v>
       </c>
       <c r="D124" t="s">
-        <v>1417</v>
+        <v>1413</v>
       </c>
     </row>
     <row r="125" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B125" t="s">
-        <v>1418</v>
+        <v>1414</v>
       </c>
       <c r="C125" t="s">
-        <v>1419</v>
+        <v>1415</v>
       </c>
       <c r="D125" t="s">
-        <v>1420</v>
+        <v>1416</v>
       </c>
     </row>
     <row r="126" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B126" t="s">
-        <v>1421</v>
+        <v>1417</v>
       </c>
       <c r="C126" t="s">
-        <v>1422</v>
+        <v>1418</v>
       </c>
       <c r="D126" t="s">
-        <v>1423</v>
+        <v>1419</v>
       </c>
     </row>
     <row r="127" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B127" t="s">
-        <v>1424</v>
+        <v>1420</v>
       </c>
       <c r="C127" t="s">
-        <v>1425</v>
+        <v>1421</v>
       </c>
       <c r="D127" t="s">
-        <v>1426</v>
+        <v>1422</v>
       </c>
     </row>
     <row r="128" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B128" t="s">
-        <v>1427</v>
+        <v>1423</v>
       </c>
       <c r="C128" t="s">
-        <v>1428</v>
+        <v>1424</v>
       </c>
       <c r="D128" t="s">
-        <v>1429</v>
+        <v>1425</v>
       </c>
     </row>
     <row r="129" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B129" t="s">
-        <v>1430</v>
+        <v>1426</v>
       </c>
       <c r="C129" t="s">
-        <v>1431</v>
+        <v>1427</v>
       </c>
       <c r="D129" t="s">
-        <v>1432</v>
+        <v>1428</v>
       </c>
     </row>
     <row r="130" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B130" t="s">
-        <v>1433</v>
+        <v>1429</v>
       </c>
       <c r="C130" t="s">
-        <v>1434</v>
+        <v>1430</v>
       </c>
       <c r="D130" t="s">
-        <v>1435</v>
+        <v>1431</v>
       </c>
     </row>
     <row r="131" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B131" t="s">
-        <v>1436</v>
+        <v>1432</v>
       </c>
       <c r="D131" t="s">
-        <v>1437</v>
+        <v>1433</v>
       </c>
     </row>
     <row r="132" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B132" t="s">
-        <v>1438</v>
+        <v>1434</v>
       </c>
       <c r="C132" t="s">
-        <v>1439</v>
+        <v>1435</v>
       </c>
       <c r="D132" t="s">
-        <v>1440</v>
+        <v>1436</v>
       </c>
     </row>
     <row r="133" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B133" t="s">
-        <v>1441</v>
+        <v>1437</v>
       </c>
       <c r="C133" t="s">
-        <v>1442</v>
+        <v>1438</v>
       </c>
       <c r="D133" t="s">
-        <v>1443</v>
+        <v>1439</v>
       </c>
     </row>
     <row r="134" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B134" t="s">
-        <v>1444</v>
+        <v>1440</v>
       </c>
       <c r="C134" t="s">
-        <v>1445</v>
+        <v>1441</v>
       </c>
       <c r="D134" t="s">
-        <v>1446</v>
+        <v>1442</v>
       </c>
     </row>
     <row r="135" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B135" t="s">
-        <v>1447</v>
+        <v>1443</v>
       </c>
       <c r="D135" t="s">
-        <v>1448</v>
+        <v>1444</v>
       </c>
     </row>
     <row r="136" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B136" t="s">
-        <v>1449</v>
+        <v>1445</v>
       </c>
       <c r="C136" t="s">
-        <v>1450</v>
+        <v>1446</v>
       </c>
       <c r="D136" t="s">
-        <v>1451</v>
+        <v>1447</v>
       </c>
     </row>
     <row r="137" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B137" t="s">
-        <v>1452</v>
+        <v>1448</v>
       </c>
       <c r="C137" t="s">
-        <v>1453</v>
+        <v>1449</v>
       </c>
       <c r="D137" t="s">
-        <v>1454</v>
+        <v>1450</v>
       </c>
     </row>
     <row r="138" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B138" t="s">
-        <v>1455</v>
+        <v>1451</v>
       </c>
       <c r="C138" t="s">
-        <v>1456</v>
+        <v>1452</v>
       </c>
       <c r="D138" t="s">
-        <v>1457</v>
+        <v>1453</v>
       </c>
     </row>
     <row r="139" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B139" t="s">
-        <v>1458</v>
+        <v>1454</v>
       </c>
       <c r="D139" t="s">
-        <v>1459</v>
+        <v>1455</v>
       </c>
     </row>
     <row r="140" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B140" t="s">
-        <v>1460</v>
+        <v>1456</v>
       </c>
       <c r="C140" t="s">
-        <v>1461</v>
+        <v>1457</v>
       </c>
       <c r="D140" t="s">
-        <v>1462</v>
+        <v>1458</v>
       </c>
     </row>
     <row r="141" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B141" t="s">
-        <v>1463</v>
+        <v>1459</v>
       </c>
       <c r="C141" t="s">
-        <v>1464</v>
+        <v>1460</v>
       </c>
       <c r="D141" t="s">
-        <v>1465</v>
+        <v>1461</v>
       </c>
     </row>
     <row r="142" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B142" t="s">
-        <v>1466</v>
+        <v>1462</v>
       </c>
       <c r="C142" t="s">
-        <v>1467</v>
+        <v>1463</v>
       </c>
       <c r="D142" t="s">
-        <v>1468</v>
+        <v>1464</v>
       </c>
     </row>
     <row r="143" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B143" t="s">
-        <v>1469</v>
+        <v>1465</v>
       </c>
       <c r="D143" t="s">
-        <v>1470</v>
+        <v>1466</v>
       </c>
     </row>
     <row r="144" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B144" t="s">
-        <v>1471</v>
+        <v>1467</v>
       </c>
       <c r="C144" t="s">
-        <v>1472</v>
+        <v>1468</v>
       </c>
       <c r="D144" t="s">
-        <v>1473</v>
+        <v>1469</v>
       </c>
     </row>
     <row r="145" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B145" t="s">
-        <v>1474</v>
+        <v>1470</v>
       </c>
       <c r="C145" t="s">
-        <v>1475</v>
+        <v>1471</v>
       </c>
       <c r="D145" t="s">
-        <v>1476</v>
+        <v>1472</v>
       </c>
     </row>
     <row r="146" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B146" t="s">
-        <v>1477</v>
+        <v>1473</v>
       </c>
       <c r="C146" t="s">
-        <v>1478</v>
+        <v>1474</v>
       </c>
       <c r="D146" t="s">
-        <v>1479</v>
+        <v>1475</v>
       </c>
     </row>
     <row r="147" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B147" t="s">
-        <v>1480</v>
+        <v>1476</v>
       </c>
       <c r="C147" t="s">
-        <v>1481</v>
+        <v>1477</v>
       </c>
       <c r="D147" t="s">
-        <v>1482</v>
+        <v>1478</v>
       </c>
     </row>
     <row r="148" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B148" t="s">
-        <v>1483</v>
+        <v>1479</v>
       </c>
       <c r="C148" t="s">
-        <v>1484</v>
+        <v>1480</v>
       </c>
       <c r="D148" t="s">
-        <v>1485</v>
+        <v>1481</v>
       </c>
     </row>
     <row r="149" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B149" t="s">
-        <v>1486</v>
+        <v>1482</v>
       </c>
       <c r="C149" t="s">
-        <v>1487</v>
+        <v>1483</v>
       </c>
       <c r="D149" t="s">
-        <v>1488</v>
+        <v>1484</v>
       </c>
     </row>
     <row r="150" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B150" t="s">
-        <v>1489</v>
+        <v>1485</v>
       </c>
       <c r="C150" t="s">
-        <v>1490</v>
+        <v>1486</v>
       </c>
       <c r="D150" t="s">
-        <v>1491</v>
+        <v>1487</v>
       </c>
     </row>
     <row r="151" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B151" t="s">
-        <v>1492</v>
+        <v>1488</v>
       </c>
       <c r="C151" t="s">
-        <v>1493</v>
+        <v>1489</v>
       </c>
       <c r="D151" t="s">
-        <v>1494</v>
+        <v>1490</v>
       </c>
     </row>
     <row r="152" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B152" t="s">
-        <v>1495</v>
+        <v>1491</v>
       </c>
       <c r="C152" t="s">
-        <v>1496</v>
+        <v>1492</v>
       </c>
       <c r="D152" t="s">
-        <v>1497</v>
+        <v>1493</v>
       </c>
     </row>
     <row r="153" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B153" t="s">
-        <v>1498</v>
+        <v>1494</v>
       </c>
       <c r="C153" t="s">
-        <v>1499</v>
+        <v>1495</v>
       </c>
       <c r="D153" t="s">
-        <v>1500</v>
+        <v>1496</v>
       </c>
     </row>
     <row r="154" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B154" t="s">
-        <v>1501</v>
+        <v>1497</v>
       </c>
       <c r="C154" t="s">
-        <v>1502</v>
+        <v>1498</v>
       </c>
       <c r="D154" t="s">
-        <v>1503</v>
+        <v>1499</v>
       </c>
     </row>
     <row r="155" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B155" t="s">
-        <v>1504</v>
+        <v>1500</v>
       </c>
       <c r="C155" t="s">
-        <v>1505</v>
+        <v>1501</v>
       </c>
       <c r="D155" t="s">
-        <v>1506</v>
+        <v>1502</v>
       </c>
     </row>
     <row r="156" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B156" t="s">
-        <v>1507</v>
+        <v>1503</v>
       </c>
       <c r="D156" t="s">
-        <v>1508</v>
+        <v>1504</v>
       </c>
     </row>
     <row r="157" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B157" t="s">
-        <v>1509</v>
+        <v>1505</v>
       </c>
       <c r="C157" t="s">
-        <v>1510</v>
+        <v>1506</v>
       </c>
       <c r="D157" t="s">
-        <v>1511</v>
+        <v>1507</v>
       </c>
     </row>
     <row r="158" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B158" t="s">
-        <v>1512</v>
+        <v>1508</v>
       </c>
       <c r="C158" t="s">
-        <v>1513</v>
+        <v>1509</v>
       </c>
       <c r="D158" t="s">
-        <v>1514</v>
+        <v>1510</v>
       </c>
     </row>
     <row r="159" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B159" t="s">
-        <v>1515</v>
+        <v>1511</v>
       </c>
       <c r="C159" t="s">
-        <v>1516</v>
+        <v>1512</v>
       </c>
       <c r="D159" t="s">
-        <v>1517</v>
+        <v>1513</v>
       </c>
     </row>
     <row r="160" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B160" t="s">
-        <v>1518</v>
+        <v>1514</v>
       </c>
       <c r="C160" t="s">
-        <v>1519</v>
+        <v>1515</v>
       </c>
       <c r="D160" t="s">
-        <v>1520</v>
+        <v>1516</v>
       </c>
     </row>
     <row r="161" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B161" t="s">
-        <v>1521</v>
+        <v>1517</v>
       </c>
       <c r="C161" t="s">
-        <v>1522</v>
+        <v>1518</v>
       </c>
       <c r="D161" t="s">
-        <v>1523</v>
+        <v>1519</v>
       </c>
     </row>
     <row r="162" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B162" t="s">
-        <v>1524</v>
+        <v>1520</v>
       </c>
       <c r="C162" t="s">
-        <v>1525</v>
+        <v>1521</v>
       </c>
       <c r="D162" t="s">
-        <v>1526</v>
+        <v>1522</v>
       </c>
     </row>
     <row r="163" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B163" t="s">
-        <v>1527</v>
+        <v>1523</v>
       </c>
       <c r="D163" t="s">
-        <v>1528</v>
+        <v>1524</v>
       </c>
     </row>
     <row r="164" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B164" t="s">
-        <v>783</v>
+        <v>779</v>
       </c>
       <c r="C164" t="s">
-        <v>1529</v>
+        <v>1525</v>
       </c>
       <c r="D164" t="s">
-        <v>1530</v>
+        <v>1526</v>
       </c>
     </row>
     <row r="165" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B165" t="s">
-        <v>1531</v>
+        <v>1527</v>
       </c>
       <c r="C165" t="s">
-        <v>1532</v>
+        <v>1528</v>
       </c>
       <c r="D165" t="s">
-        <v>1533</v>
+        <v>1529</v>
       </c>
     </row>
     <row r="166" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B166" t="s">
-        <v>1534</v>
+        <v>1530</v>
       </c>
       <c r="C166" t="s">
-        <v>1535</v>
+        <v>1531</v>
       </c>
       <c r="D166" t="s">
-        <v>1536</v>
+        <v>1532</v>
       </c>
     </row>
     <row r="167" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B167" t="s">
-        <v>1537</v>
+        <v>1533</v>
       </c>
       <c r="C167" t="s">
-        <v>1538</v>
+        <v>1534</v>
       </c>
       <c r="D167" t="s">
-        <v>1539</v>
+        <v>1535</v>
       </c>
     </row>
     <row r="168" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B168" t="s">
-        <v>1540</v>
+        <v>1536</v>
       </c>
       <c r="C168" t="s">
-        <v>1541</v>
+        <v>1537</v>
       </c>
       <c r="D168" t="s">
-        <v>1542</v>
+        <v>1538</v>
       </c>
     </row>
     <row r="169" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B169" t="s">
-        <v>1543</v>
+        <v>1539</v>
       </c>
       <c r="C169" t="s">
-        <v>1544</v>
+        <v>1540</v>
       </c>
       <c r="D169" t="s">
-        <v>1545</v>
+        <v>1541</v>
       </c>
     </row>
     <row r="170" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B170" t="s">
-        <v>1546</v>
+        <v>1542</v>
       </c>
       <c r="C170" t="s">
-        <v>1547</v>
+        <v>1543</v>
       </c>
       <c r="D170" t="s">
-        <v>1548</v>
+        <v>1544</v>
       </c>
     </row>
     <row r="171" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B171" t="s">
-        <v>1549</v>
+        <v>1545</v>
       </c>
       <c r="C171" t="s">
-        <v>1550</v>
+        <v>1546</v>
       </c>
       <c r="D171" t="s">
-        <v>1551</v>
+        <v>1547</v>
       </c>
     </row>
     <row r="172" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B172" t="s">
-        <v>1552</v>
+        <v>1548</v>
       </c>
       <c r="C172" t="s">
-        <v>1553</v>
+        <v>1549</v>
       </c>
       <c r="D172" t="s">
-        <v>1554</v>
+        <v>1550</v>
       </c>
     </row>
     <row r="173" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B173" t="s">
-        <v>1555</v>
+        <v>1551</v>
       </c>
       <c r="C173" t="s">
-        <v>1556</v>
+        <v>1552</v>
       </c>
       <c r="D173" t="s">
-        <v>1557</v>
+        <v>1553</v>
       </c>
     </row>
     <row r="174" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B174" t="s">
-        <v>1558</v>
+        <v>1554</v>
       </c>
       <c r="C174" t="s">
-        <v>1559</v>
+        <v>1555</v>
       </c>
       <c r="D174" t="s">
-        <v>1560</v>
+        <v>1556</v>
       </c>
     </row>
     <row r="175" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B175" t="s">
-        <v>1561</v>
+        <v>1557</v>
       </c>
       <c r="C175" t="s">
-        <v>1562</v>
+        <v>1558</v>
       </c>
       <c r="D175" t="s">
-        <v>1563</v>
+        <v>1559</v>
       </c>
     </row>
     <row r="176" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B176" t="s">
-        <v>1564</v>
+        <v>1560</v>
       </c>
       <c r="C176" t="s">
-        <v>1565</v>
+        <v>1561</v>
       </c>
       <c r="D176" t="s">
-        <v>1566</v>
+        <v>1562</v>
       </c>
     </row>
     <row r="177" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B177" t="s">
-        <v>1567</v>
+        <v>1563</v>
       </c>
       <c r="C177" t="s">
-        <v>1568</v>
+        <v>1564</v>
       </c>
       <c r="D177" t="s">
-        <v>1569</v>
+        <v>1565</v>
       </c>
     </row>
     <row r="178" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B178" t="s">
-        <v>1570</v>
+        <v>1566</v>
       </c>
       <c r="C178" t="s">
-        <v>1571</v>
+        <v>1567</v>
       </c>
       <c r="D178" t="s">
-        <v>1572</v>
+        <v>1568</v>
       </c>
     </row>
     <row r="179" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B179" t="s">
-        <v>1573</v>
+        <v>1569</v>
       </c>
       <c r="C179" t="s">
-        <v>1574</v>
+        <v>1570</v>
       </c>
       <c r="D179" t="s">
-        <v>1575</v>
+        <v>1571</v>
       </c>
     </row>
     <row r="180" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B180" t="s">
-        <v>1576</v>
+        <v>1572</v>
       </c>
       <c r="D180" t="s">
-        <v>1577</v>
+        <v>1573</v>
       </c>
     </row>
     <row r="181" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B181" t="s">
-        <v>1578</v>
+        <v>1574</v>
       </c>
       <c r="C181" t="s">
-        <v>1579</v>
+        <v>1575</v>
       </c>
       <c r="D181" t="s">
-        <v>1580</v>
+        <v>1576</v>
       </c>
     </row>
     <row r="182" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B182" t="s">
-        <v>1581</v>
+        <v>1577</v>
       </c>
       <c r="C182" t="s">
-        <v>1582</v>
+        <v>1578</v>
       </c>
       <c r="D182" t="s">
-        <v>1583</v>
+        <v>1579</v>
       </c>
     </row>
     <row r="183" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B183" t="s">
-        <v>1584</v>
+        <v>1580</v>
       </c>
       <c r="C183" t="s">
-        <v>1585</v>
+        <v>1581</v>
       </c>
       <c r="D183" t="s">
-        <v>1586</v>
+        <v>1582</v>
       </c>
     </row>
     <row r="184" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B184" t="s">
-        <v>1587</v>
+        <v>1583</v>
       </c>
       <c r="C184" t="s">
-        <v>1588</v>
+        <v>1584</v>
       </c>
       <c r="D184" t="s">
-        <v>1589</v>
+        <v>1585</v>
       </c>
     </row>
     <row r="185" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B185" t="s">
-        <v>1590</v>
+        <v>1586</v>
       </c>
       <c r="D185" t="s">
-        <v>1591</v>
+        <v>1587</v>
       </c>
     </row>
     <row r="186" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B186" t="s">
-        <v>1592</v>
+        <v>1588</v>
       </c>
       <c r="C186" t="s">
-        <v>1593</v>
+        <v>1589</v>
       </c>
       <c r="D186" t="s">
-        <v>1594</v>
+        <v>1590</v>
       </c>
     </row>
     <row r="187" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B187" t="s">
-        <v>1595</v>
+        <v>1591</v>
       </c>
       <c r="C187" t="s">
-        <v>1596</v>
+        <v>1592</v>
       </c>
       <c r="D187" t="s">
-        <v>1597</v>
+        <v>1593</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet15.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0E00-000000000000}">
   <dimension ref="A1:D41"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>96</v>
+        <v>92</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>97</v>
+        <v>93</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>98</v>
+        <v>94</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
         <v>57</v>
       </c>
       <c r="B2" t="s">
         <v>58</v>
       </c>
       <c r="D2" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="3" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
-        <v>1598</v>
+        <v>1594</v>
       </c>
       <c r="B3" t="s">
-        <v>100</v>
+        <v>96</v>
       </c>
       <c r="D3" t="s">
-        <v>1599</v>
+        <v>1595</v>
       </c>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B4" t="s">
-        <v>102</v>
+        <v>98</v>
       </c>
       <c r="D4" t="s">
-        <v>1600</v>
+        <v>1596</v>
       </c>
     </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B5" t="s">
-        <v>108</v>
+        <v>104</v>
       </c>
       <c r="D5" t="s">
-        <v>1601</v>
+        <v>1597</v>
       </c>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B6" t="s">
-        <v>302</v>
+        <v>298</v>
       </c>
       <c r="D6" t="s">
-        <v>1602</v>
+        <v>1598</v>
       </c>
     </row>
     <row r="7" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B7" t="s">
-        <v>1603</v>
+        <v>1599</v>
       </c>
       <c r="D7" t="s">
-        <v>1604</v>
+        <v>1600</v>
       </c>
     </row>
     <row r="8" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B8" t="s">
-        <v>1605</v>
+        <v>1601</v>
       </c>
       <c r="C8" t="s">
-        <v>113</v>
+        <v>109</v>
       </c>
       <c r="D8" t="s">
-        <v>1606</v>
+        <v>1602</v>
       </c>
     </row>
     <row r="9" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B9" t="s">
-        <v>1607</v>
+        <v>1603</v>
       </c>
       <c r="C9" t="s">
-        <v>116</v>
+        <v>112</v>
       </c>
       <c r="D9" t="s">
-        <v>1608</v>
+        <v>1604</v>
       </c>
     </row>
     <row r="10" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B10" t="s">
-        <v>1609</v>
+        <v>1605</v>
       </c>
       <c r="C10" t="s">
-        <v>119</v>
+        <v>115</v>
       </c>
       <c r="D10" t="s">
-        <v>1610</v>
+        <v>1606</v>
       </c>
     </row>
     <row r="11" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B11" t="s">
-        <v>1611</v>
+        <v>1607</v>
       </c>
       <c r="C11" t="s">
-        <v>122</v>
+        <v>118</v>
       </c>
       <c r="D11" t="s">
-        <v>1612</v>
+        <v>1608</v>
       </c>
     </row>
     <row r="12" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B12" t="s">
-        <v>1613</v>
+        <v>1609</v>
       </c>
       <c r="C12" t="s">
-        <v>125</v>
+        <v>121</v>
       </c>
       <c r="D12" t="s">
-        <v>1614</v>
+        <v>1610</v>
       </c>
     </row>
     <row r="13" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B13" t="s">
-        <v>1615</v>
+        <v>1611</v>
       </c>
       <c r="C13" t="s">
-        <v>128</v>
+        <v>124</v>
       </c>
       <c r="D13" t="s">
-        <v>1616</v>
+        <v>1612</v>
       </c>
     </row>
     <row r="14" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B14" t="s">
-        <v>1617</v>
+        <v>1613</v>
       </c>
       <c r="D14" t="s">
-        <v>1618</v>
+        <v>1614</v>
       </c>
     </row>
     <row r="15" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B15" t="s">
-        <v>1619</v>
+        <v>1615</v>
       </c>
       <c r="D15" t="s">
-        <v>1620</v>
+        <v>1616</v>
       </c>
     </row>
     <row r="16" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B16" t="s">
-        <v>1621</v>
+        <v>1617</v>
       </c>
       <c r="C16" t="s">
-        <v>131</v>
+        <v>127</v>
       </c>
       <c r="D16" t="s">
-        <v>1622</v>
+        <v>1618</v>
       </c>
     </row>
     <row r="17" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B17" t="s">
-        <v>1623</v>
+        <v>1619</v>
       </c>
       <c r="C17" t="s">
-        <v>134</v>
+        <v>130</v>
       </c>
       <c r="D17" t="s">
-        <v>1624</v>
+        <v>1620</v>
       </c>
     </row>
     <row r="18" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B18" t="s">
-        <v>1625</v>
+        <v>1621</v>
       </c>
       <c r="C18" t="s">
-        <v>137</v>
+        <v>133</v>
       </c>
       <c r="D18" t="s">
-        <v>1626</v>
+        <v>1622</v>
       </c>
     </row>
     <row r="19" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B19" t="s">
-        <v>1627</v>
+        <v>1623</v>
       </c>
       <c r="C19" t="s">
-        <v>140</v>
+        <v>136</v>
       </c>
       <c r="D19" t="s">
-        <v>1628</v>
+        <v>1624</v>
       </c>
     </row>
     <row r="20" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B20" t="s">
-        <v>1227</v>
+        <v>1223</v>
       </c>
       <c r="C20" t="s">
-        <v>143</v>
+        <v>139</v>
       </c>
       <c r="D20" t="s">
-        <v>1629</v>
+        <v>1625</v>
       </c>
     </row>
     <row r="21" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B21" t="s">
-        <v>1630</v>
+        <v>1626</v>
       </c>
       <c r="C21" t="s">
-        <v>146</v>
+        <v>142</v>
       </c>
       <c r="D21" t="s">
-        <v>1631</v>
+        <v>1627</v>
       </c>
     </row>
     <row r="22" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B22" t="s">
-        <v>1632</v>
+        <v>1628</v>
       </c>
       <c r="C22" t="s">
-        <v>149</v>
+        <v>145</v>
       </c>
       <c r="D22" t="s">
-        <v>1633</v>
+        <v>1629</v>
       </c>
     </row>
     <row r="23" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B23" t="s">
-        <v>1634</v>
+        <v>1630</v>
       </c>
       <c r="C23" t="s">
-        <v>152</v>
+        <v>148</v>
       </c>
       <c r="D23" t="s">
-        <v>1635</v>
+        <v>1631</v>
       </c>
     </row>
     <row r="24" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B24" t="s">
-        <v>763</v>
+        <v>759</v>
       </c>
       <c r="C24" t="s">
-        <v>155</v>
+        <v>151</v>
       </c>
       <c r="D24" t="s">
-        <v>1636</v>
+        <v>1632</v>
       </c>
     </row>
     <row r="25" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B25" t="s">
-        <v>759</v>
+        <v>755</v>
       </c>
       <c r="C25" t="s">
-        <v>158</v>
+        <v>154</v>
       </c>
       <c r="D25" t="s">
-        <v>1637</v>
+        <v>1633</v>
       </c>
     </row>
     <row r="26" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B26" t="s">
-        <v>1638</v>
+        <v>1634</v>
       </c>
       <c r="C26" t="s">
-        <v>210</v>
+        <v>206</v>
       </c>
       <c r="D26" t="s">
-        <v>1639</v>
+        <v>1635</v>
       </c>
     </row>
     <row r="27" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B27" t="s">
-        <v>1640</v>
+        <v>1636</v>
       </c>
       <c r="C27" t="s">
-        <v>213</v>
+        <v>209</v>
       </c>
       <c r="D27" t="s">
-        <v>1641</v>
+        <v>1637</v>
       </c>
     </row>
     <row r="28" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B28" t="s">
-        <v>1552</v>
+        <v>1548</v>
       </c>
       <c r="C28" t="s">
-        <v>216</v>
+        <v>212</v>
       </c>
       <c r="D28" t="s">
-        <v>1642</v>
+        <v>1638</v>
       </c>
     </row>
     <row r="29" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B29" t="s">
-        <v>1643</v>
+        <v>1639</v>
       </c>
       <c r="D29" t="s">
-        <v>1644</v>
+        <v>1640</v>
       </c>
     </row>
     <row r="30" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B30" t="s">
-        <v>1645</v>
+        <v>1641</v>
       </c>
       <c r="C30" t="s">
-        <v>219</v>
+        <v>215</v>
       </c>
       <c r="D30" t="s">
-        <v>1646</v>
+        <v>1642</v>
       </c>
     </row>
     <row r="31" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B31" t="s">
-        <v>1640</v>
+        <v>1636</v>
       </c>
       <c r="C31" t="s">
-        <v>222</v>
+        <v>218</v>
       </c>
       <c r="D31" t="s">
-        <v>1647</v>
+        <v>1643</v>
       </c>
     </row>
     <row r="32" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B32" t="s">
-        <v>1648</v>
+        <v>1644</v>
       </c>
       <c r="C32" t="s">
-        <v>225</v>
+        <v>221</v>
       </c>
       <c r="D32" t="s">
-        <v>1649</v>
+        <v>1645</v>
       </c>
     </row>
     <row r="33" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B33" t="s">
-        <v>1650</v>
+        <v>1646</v>
       </c>
       <c r="C33" t="s">
-        <v>228</v>
+        <v>224</v>
       </c>
       <c r="D33" t="s">
-        <v>1651</v>
+        <v>1647</v>
       </c>
     </row>
     <row r="34" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B34" t="s">
-        <v>1652</v>
+        <v>1648</v>
       </c>
       <c r="C34" t="s">
-        <v>231</v>
+        <v>227</v>
       </c>
       <c r="D34" t="s">
-        <v>1653</v>
+        <v>1649</v>
       </c>
     </row>
     <row r="35" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B35" t="s">
-        <v>1621</v>
+        <v>1617</v>
       </c>
       <c r="C35" t="s">
-        <v>236</v>
+        <v>232</v>
       </c>
       <c r="D35" t="s">
-        <v>1654</v>
+        <v>1650</v>
       </c>
     </row>
     <row r="36" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B36" t="s">
-        <v>1655</v>
+        <v>1651</v>
       </c>
       <c r="C36" t="s">
-        <v>239</v>
+        <v>235</v>
       </c>
       <c r="D36" t="s">
-        <v>1656</v>
+        <v>1652</v>
       </c>
     </row>
     <row r="37" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B37" t="s">
-        <v>1657</v>
+        <v>1653</v>
       </c>
       <c r="D37" t="s">
-        <v>1658</v>
+        <v>1654</v>
       </c>
     </row>
     <row r="38" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B38" t="s">
-        <v>1659</v>
+        <v>1655</v>
       </c>
       <c r="C38" t="s">
-        <v>242</v>
+        <v>238</v>
       </c>
       <c r="D38" t="s">
-        <v>1660</v>
+        <v>1656</v>
       </c>
     </row>
     <row r="39" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B39" t="s">
-        <v>1661</v>
+        <v>1657</v>
       </c>
       <c r="C39" t="s">
-        <v>245</v>
+        <v>241</v>
       </c>
       <c r="D39" t="s">
-        <v>1662</v>
+        <v>1658</v>
       </c>
     </row>
     <row r="40" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B40" t="s">
-        <v>1663</v>
+        <v>1659</v>
       </c>
       <c r="C40" t="s">
-        <v>248</v>
+        <v>244</v>
       </c>
       <c r="D40" t="s">
-        <v>1664</v>
+        <v>1660</v>
       </c>
     </row>
     <row r="41" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B41" t="s">
-        <v>1665</v>
+        <v>1661</v>
       </c>
       <c r="C41" t="s">
-        <v>253</v>
+        <v>249</v>
       </c>
       <c r="D41" t="s">
-        <v>1666</v>
+        <v>1662</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet16.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0F00-000000000000}">
   <dimension ref="A1:D58"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>96</v>
+        <v>92</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>97</v>
+        <v>93</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>98</v>
+        <v>94</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
         <v>61</v>
       </c>
       <c r="B2" t="s">
-        <v>2901</v>
+        <v>2641</v>
       </c>
       <c r="D2" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="3" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
-        <v>1667</v>
+        <v>1663</v>
       </c>
       <c r="B3" t="s">
-        <v>100</v>
+        <v>96</v>
       </c>
       <c r="D3" t="s">
-        <v>1668</v>
+        <v>1664</v>
       </c>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B4" t="s">
-        <v>104</v>
+        <v>100</v>
       </c>
       <c r="D4" t="s">
-        <v>1669</v>
+        <v>1665</v>
       </c>
     </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B5" t="s">
-        <v>108</v>
+        <v>104</v>
       </c>
       <c r="D5" t="s">
-        <v>1670</v>
+        <v>1666</v>
       </c>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B6" t="s">
-        <v>1671</v>
+        <v>1667</v>
       </c>
       <c r="C6" t="s">
-        <v>1076</v>
+        <v>1072</v>
       </c>
       <c r="D6" t="s">
-        <v>1672</v>
+        <v>1668</v>
       </c>
     </row>
     <row r="7" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B7" t="s">
-        <v>1673</v>
+        <v>1669</v>
       </c>
       <c r="C7" t="s">
-        <v>1079</v>
+        <v>1075</v>
       </c>
       <c r="D7" t="s">
-        <v>1674</v>
+        <v>1670</v>
       </c>
     </row>
     <row r="8" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B8" t="s">
-        <v>1675</v>
+        <v>1671</v>
       </c>
       <c r="C8" t="s">
-        <v>1082</v>
+        <v>1078</v>
       </c>
       <c r="D8" t="s">
-        <v>1676</v>
+        <v>1672</v>
       </c>
     </row>
     <row r="9" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B9" t="s">
-        <v>1677</v>
+        <v>1673</v>
       </c>
       <c r="C9" t="s">
-        <v>1085</v>
+        <v>1081</v>
       </c>
       <c r="D9" t="s">
-        <v>1678</v>
+        <v>1674</v>
       </c>
     </row>
     <row r="10" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B10" t="s">
-        <v>1679</v>
+        <v>1675</v>
       </c>
       <c r="C10" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="D10" t="s">
-        <v>1680</v>
+        <v>1676</v>
       </c>
     </row>
     <row r="11" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B11" t="s">
-        <v>1681</v>
+        <v>1677</v>
       </c>
       <c r="C11" t="s">
-        <v>1093</v>
+        <v>1089</v>
       </c>
       <c r="D11" t="s">
-        <v>1682</v>
+        <v>1678</v>
       </c>
     </row>
     <row r="12" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B12" t="s">
-        <v>1683</v>
+        <v>1679</v>
       </c>
       <c r="C12" t="s">
-        <v>1096</v>
+        <v>1092</v>
       </c>
       <c r="D12" t="s">
-        <v>1684</v>
+        <v>1680</v>
       </c>
     </row>
     <row r="13" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B13" t="s">
-        <v>1685</v>
+        <v>1681</v>
       </c>
       <c r="C13" t="s">
-        <v>1099</v>
+        <v>1095</v>
       </c>
       <c r="D13" t="s">
-        <v>1686</v>
+        <v>1682</v>
       </c>
     </row>
     <row r="14" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B14" t="s">
-        <v>1687</v>
+        <v>1683</v>
       </c>
       <c r="C14" t="s">
-        <v>1102</v>
+        <v>1098</v>
       </c>
       <c r="D14" t="s">
-        <v>1688</v>
+        <v>1684</v>
       </c>
     </row>
     <row r="15" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B15" t="s">
-        <v>1689</v>
+        <v>1685</v>
       </c>
       <c r="C15" t="s">
-        <v>1105</v>
+        <v>1101</v>
       </c>
       <c r="D15" t="s">
-        <v>1690</v>
+        <v>1686</v>
       </c>
     </row>
     <row r="16" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B16" t="s">
-        <v>1691</v>
+        <v>1687</v>
       </c>
       <c r="C16" t="s">
-        <v>1108</v>
+        <v>1104</v>
       </c>
       <c r="D16" t="s">
-        <v>1692</v>
+        <v>1688</v>
       </c>
     </row>
     <row r="17" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B17" t="s">
-        <v>1693</v>
+        <v>1689</v>
       </c>
       <c r="C17" t="s">
-        <v>1111</v>
+        <v>1107</v>
       </c>
       <c r="D17" t="s">
-        <v>1694</v>
+        <v>1690</v>
       </c>
     </row>
     <row r="18" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B18" t="s">
-        <v>1695</v>
+        <v>1691</v>
       </c>
       <c r="C18" t="s">
-        <v>1114</v>
+        <v>1110</v>
       </c>
       <c r="D18" t="s">
-        <v>1696</v>
+        <v>1692</v>
       </c>
     </row>
     <row r="19" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B19" t="s">
-        <v>1697</v>
+        <v>1693</v>
       </c>
       <c r="C19" t="s">
-        <v>1117</v>
+        <v>1113</v>
       </c>
       <c r="D19" t="s">
-        <v>1698</v>
+        <v>1694</v>
       </c>
     </row>
     <row r="20" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B20" t="s">
-        <v>1699</v>
+        <v>1695</v>
       </c>
       <c r="C20" t="s">
-        <v>1120</v>
+        <v>1116</v>
       </c>
       <c r="D20" t="s">
-        <v>1700</v>
+        <v>1696</v>
       </c>
     </row>
     <row r="21" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B21" t="s">
-        <v>1701</v>
+        <v>1697</v>
       </c>
       <c r="C21" t="s">
-        <v>1123</v>
+        <v>1119</v>
       </c>
       <c r="D21" t="s">
-        <v>1702</v>
+        <v>1698</v>
       </c>
     </row>
     <row r="22" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B22" t="s">
-        <v>1703</v>
+        <v>1699</v>
       </c>
       <c r="C22" t="s">
-        <v>1126</v>
+        <v>1122</v>
       </c>
       <c r="D22" t="s">
-        <v>1704</v>
+        <v>1700</v>
       </c>
     </row>
     <row r="23" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B23" t="s">
-        <v>1705</v>
+        <v>1701</v>
       </c>
       <c r="C23" t="s">
-        <v>1129</v>
+        <v>1125</v>
       </c>
       <c r="D23" t="s">
-        <v>1706</v>
+        <v>1702</v>
       </c>
     </row>
     <row r="24" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B24" t="s">
-        <v>1707</v>
+        <v>1703</v>
       </c>
       <c r="C24" t="s">
-        <v>1708</v>
+        <v>1704</v>
       </c>
       <c r="D24" t="s">
-        <v>1709</v>
+        <v>1705</v>
       </c>
     </row>
     <row r="25" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B25" t="s">
-        <v>1710</v>
+        <v>1706</v>
       </c>
       <c r="C25" t="s">
-        <v>1711</v>
+        <v>1707</v>
       </c>
       <c r="D25" t="s">
-        <v>1712</v>
+        <v>1708</v>
       </c>
     </row>
     <row r="26" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B26" t="s">
-        <v>1713</v>
+        <v>1709</v>
       </c>
       <c r="C26" t="s">
-        <v>1714</v>
+        <v>1710</v>
       </c>
       <c r="D26" t="s">
-        <v>1715</v>
+        <v>1711</v>
       </c>
     </row>
     <row r="27" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B27" t="s">
-        <v>1716</v>
+        <v>1712</v>
       </c>
       <c r="C27" t="s">
-        <v>1717</v>
+        <v>1713</v>
       </c>
       <c r="D27" t="s">
-        <v>1718</v>
+        <v>1714</v>
       </c>
     </row>
     <row r="28" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B28" t="s">
-        <v>1719</v>
+        <v>1715</v>
       </c>
       <c r="C28" t="s">
-        <v>1720</v>
+        <v>1716</v>
       </c>
       <c r="D28" t="s">
-        <v>1721</v>
+        <v>1717</v>
       </c>
     </row>
     <row r="29" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B29" t="s">
-        <v>1722</v>
+        <v>1718</v>
       </c>
       <c r="C29" t="s">
-        <v>1723</v>
+        <v>1719</v>
       </c>
       <c r="D29" t="s">
-        <v>1724</v>
+        <v>1720</v>
       </c>
     </row>
     <row r="30" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B30" t="s">
-        <v>1725</v>
+        <v>1721</v>
       </c>
       <c r="C30" t="s">
-        <v>1726</v>
+        <v>1722</v>
       </c>
       <c r="D30" t="s">
-        <v>1727</v>
+        <v>1723</v>
       </c>
     </row>
     <row r="31" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B31" t="s">
-        <v>1728</v>
+        <v>1724</v>
       </c>
       <c r="C31" t="s">
-        <v>1729</v>
+        <v>1725</v>
       </c>
       <c r="D31" t="s">
-        <v>1730</v>
+        <v>1726</v>
       </c>
     </row>
     <row r="32" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B32" t="s">
-        <v>1731</v>
+        <v>1727</v>
       </c>
       <c r="C32" t="s">
-        <v>1732</v>
+        <v>1728</v>
       </c>
       <c r="D32" t="s">
-        <v>1733</v>
+        <v>1729</v>
       </c>
     </row>
     <row r="33" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B33" t="s">
-        <v>1734</v>
+        <v>1730</v>
       </c>
       <c r="C33" t="s">
-        <v>1735</v>
+        <v>1731</v>
       </c>
       <c r="D33" t="s">
-        <v>1736</v>
+        <v>1732</v>
       </c>
     </row>
     <row r="34" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B34" t="s">
-        <v>1737</v>
+        <v>1733</v>
       </c>
       <c r="C34" t="s">
-        <v>1738</v>
+        <v>1734</v>
       </c>
       <c r="D34" t="s">
-        <v>1739</v>
+        <v>1735</v>
       </c>
     </row>
     <row r="35" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B35" t="s">
-        <v>1333</v>
+        <v>1329</v>
       </c>
       <c r="C35" t="s">
-        <v>1740</v>
+        <v>1736</v>
       </c>
       <c r="D35" t="s">
-        <v>1741</v>
+        <v>1737</v>
       </c>
     </row>
     <row r="36" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B36" t="s">
-        <v>1742</v>
+        <v>1738</v>
       </c>
       <c r="C36" t="s">
-        <v>1743</v>
+        <v>1739</v>
       </c>
       <c r="D36" t="s">
-        <v>1744</v>
+        <v>1740</v>
       </c>
     </row>
     <row r="37" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B37" t="s">
-        <v>1745</v>
+        <v>1741</v>
       </c>
       <c r="C37" t="s">
-        <v>1746</v>
+        <v>1742</v>
       </c>
       <c r="D37" t="s">
-        <v>1747</v>
+        <v>1743</v>
       </c>
     </row>
     <row r="38" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B38" t="s">
-        <v>1748</v>
+        <v>1744</v>
       </c>
       <c r="C38" t="s">
-        <v>1749</v>
+        <v>1745</v>
       </c>
       <c r="D38" t="s">
-        <v>1750</v>
+        <v>1746</v>
       </c>
     </row>
     <row r="39" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B39" t="s">
-        <v>1751</v>
+        <v>1747</v>
       </c>
       <c r="C39" t="s">
-        <v>1752</v>
+        <v>1748</v>
       </c>
       <c r="D39" t="s">
-        <v>1753</v>
+        <v>1749</v>
       </c>
     </row>
     <row r="40" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B40" t="s">
-        <v>1754</v>
+        <v>1750</v>
       </c>
       <c r="C40" t="s">
-        <v>1755</v>
+        <v>1751</v>
       </c>
       <c r="D40" t="s">
-        <v>1756</v>
+        <v>1752</v>
       </c>
     </row>
     <row r="41" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B41" t="s">
-        <v>1757</v>
+        <v>1753</v>
       </c>
       <c r="C41" t="s">
-        <v>1758</v>
+        <v>1754</v>
       </c>
       <c r="D41" t="s">
-        <v>1759</v>
+        <v>1755</v>
       </c>
     </row>
     <row r="42" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B42" t="s">
-        <v>1760</v>
+        <v>1756</v>
       </c>
       <c r="C42" t="s">
-        <v>1761</v>
+        <v>1757</v>
       </c>
       <c r="D42" t="s">
-        <v>1762</v>
+        <v>1758</v>
       </c>
     </row>
     <row r="43" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B43" t="s">
-        <v>1763</v>
+        <v>1759</v>
       </c>
       <c r="C43" t="s">
-        <v>1764</v>
+        <v>1760</v>
       </c>
       <c r="D43" t="s">
-        <v>1765</v>
+        <v>1761</v>
       </c>
     </row>
     <row r="44" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B44" t="s">
-        <v>1766</v>
+        <v>1762</v>
       </c>
       <c r="C44" t="s">
-        <v>1767</v>
+        <v>1763</v>
       </c>
       <c r="D44" t="s">
-        <v>1768</v>
+        <v>1764</v>
       </c>
     </row>
     <row r="45" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B45" t="s">
-        <v>1769</v>
+        <v>1765</v>
       </c>
       <c r="C45" t="s">
-        <v>1770</v>
+        <v>1766</v>
       </c>
       <c r="D45" t="s">
-        <v>1771</v>
+        <v>1767</v>
       </c>
     </row>
     <row r="46" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B46" t="s">
-        <v>1772</v>
+        <v>1768</v>
       </c>
       <c r="C46" t="s">
-        <v>1773</v>
+        <v>1769</v>
       </c>
       <c r="D46" t="s">
-        <v>1774</v>
+        <v>1770</v>
       </c>
     </row>
     <row r="47" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B47" t="s">
-        <v>1775</v>
+        <v>1771</v>
       </c>
       <c r="C47" t="s">
-        <v>1776</v>
+        <v>1772</v>
       </c>
       <c r="D47" t="s">
-        <v>1777</v>
+        <v>1773</v>
       </c>
     </row>
     <row r="48" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B48" t="s">
-        <v>1778</v>
+        <v>1774</v>
       </c>
       <c r="C48" t="s">
-        <v>1779</v>
+        <v>1775</v>
       </c>
       <c r="D48" t="s">
-        <v>1780</v>
+        <v>1776</v>
       </c>
     </row>
     <row r="49" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B49" t="s">
-        <v>1781</v>
+        <v>1777</v>
       </c>
       <c r="C49" t="s">
-        <v>1782</v>
+        <v>1778</v>
       </c>
       <c r="D49" t="s">
-        <v>1783</v>
+        <v>1779</v>
       </c>
     </row>
     <row r="50" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B50" t="s">
-        <v>1784</v>
+        <v>1780</v>
       </c>
       <c r="C50" t="s">
-        <v>1785</v>
+        <v>1781</v>
       </c>
       <c r="D50" t="s">
-        <v>1786</v>
+        <v>1782</v>
       </c>
     </row>
     <row r="51" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B51" t="s">
-        <v>1787</v>
+        <v>1783</v>
       </c>
       <c r="C51" t="s">
-        <v>1788</v>
+        <v>1784</v>
       </c>
       <c r="D51" t="s">
-        <v>1789</v>
+        <v>1785</v>
       </c>
     </row>
     <row r="52" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B52" t="s">
-        <v>1790</v>
+        <v>1786</v>
       </c>
       <c r="C52" t="s">
-        <v>1791</v>
+        <v>1787</v>
       </c>
       <c r="D52" t="s">
-        <v>1792</v>
+        <v>1788</v>
       </c>
     </row>
     <row r="53" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B53" t="s">
-        <v>1793</v>
+        <v>1789</v>
       </c>
       <c r="C53" t="s">
-        <v>1794</v>
+        <v>1790</v>
       </c>
       <c r="D53" t="s">
-        <v>1795</v>
+        <v>1791</v>
       </c>
     </row>
     <row r="54" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B54" t="s">
-        <v>1796</v>
+        <v>1792</v>
       </c>
       <c r="C54" t="s">
-        <v>1797</v>
+        <v>1793</v>
       </c>
       <c r="D54" t="s">
-        <v>1798</v>
+        <v>1794</v>
       </c>
     </row>
     <row r="55" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B55" t="s">
-        <v>1799</v>
+        <v>1795</v>
       </c>
       <c r="C55" t="s">
-        <v>1800</v>
+        <v>1796</v>
       </c>
       <c r="D55" t="s">
-        <v>1801</v>
+        <v>1797</v>
       </c>
     </row>
     <row r="56" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B56" t="s">
-        <v>1802</v>
+        <v>1798</v>
       </c>
       <c r="C56" t="s">
-        <v>1803</v>
+        <v>1799</v>
       </c>
       <c r="D56" t="s">
-        <v>1804</v>
+        <v>1800</v>
       </c>
     </row>
     <row r="57" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B57" t="s">
-        <v>1805</v>
+        <v>1801</v>
       </c>
       <c r="C57" t="s">
-        <v>1806</v>
+        <v>1802</v>
       </c>
       <c r="D57" t="s">
-        <v>1807</v>
+        <v>1803</v>
       </c>
     </row>
     <row r="58" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B58" t="s">
-        <v>1808</v>
+        <v>1804</v>
       </c>
       <c r="C58" t="s">
-        <v>1809</v>
+        <v>1805</v>
       </c>
       <c r="D58" t="s">
-        <v>1810</v>
+        <v>1806</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet17.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1000-000000000000}">
   <dimension ref="A1:D35"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>96</v>
+        <v>92</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>97</v>
+        <v>93</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>98</v>
+        <v>94</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
         <v>64</v>
       </c>
       <c r="B2" t="s">
         <v>65</v>
       </c>
       <c r="D2" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="3" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
-        <v>1811</v>
+        <v>1807</v>
       </c>
       <c r="B3" t="s">
-        <v>100</v>
+        <v>96</v>
       </c>
       <c r="D3" t="s">
-        <v>1813</v>
+        <v>1809</v>
       </c>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A4" t="s">
-        <v>1812</v>
+        <v>1808</v>
       </c>
       <c r="B4" t="s">
-        <v>1814</v>
+        <v>1810</v>
       </c>
       <c r="D4" t="s">
-        <v>1815</v>
+        <v>1811</v>
       </c>
     </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B5" t="s">
-        <v>1816</v>
+        <v>1812</v>
       </c>
       <c r="D5" t="s">
-        <v>1817</v>
+        <v>1813</v>
       </c>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B6" t="s">
-        <v>392</v>
+        <v>388</v>
       </c>
       <c r="D6" t="s">
-        <v>1818</v>
+        <v>1814</v>
       </c>
     </row>
     <row r="7" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B7" t="s">
-        <v>1819</v>
+        <v>1815</v>
       </c>
       <c r="D7" t="s">
-        <v>1820</v>
+        <v>1816</v>
       </c>
     </row>
     <row r="8" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B8" t="s">
-        <v>1821</v>
+        <v>1817</v>
       </c>
       <c r="D8" t="s">
-        <v>1822</v>
+        <v>1818</v>
       </c>
     </row>
     <row r="9" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B9" t="s">
-        <v>1823</v>
+        <v>1819</v>
       </c>
       <c r="D9" t="s">
-        <v>1824</v>
+        <v>1820</v>
       </c>
     </row>
     <row r="10" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B10" t="s">
-        <v>1825</v>
+        <v>1821</v>
       </c>
       <c r="D10" t="s">
-        <v>1826</v>
+        <v>1822</v>
       </c>
     </row>
     <row r="11" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B11" t="s">
-        <v>1827</v>
+        <v>1823</v>
       </c>
       <c r="D11" t="s">
-        <v>1828</v>
+        <v>1824</v>
       </c>
     </row>
     <row r="12" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B12" t="s">
-        <v>1829</v>
+        <v>1825</v>
       </c>
       <c r="D12" t="s">
-        <v>1830</v>
+        <v>1826</v>
       </c>
     </row>
     <row r="13" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B13" t="s">
-        <v>1831</v>
+        <v>1827</v>
       </c>
       <c r="D13" t="s">
-        <v>1832</v>
+        <v>1828</v>
       </c>
     </row>
     <row r="14" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B14" t="s">
-        <v>1833</v>
+        <v>1829</v>
       </c>
       <c r="D14" t="s">
-        <v>1834</v>
+        <v>1830</v>
       </c>
     </row>
     <row r="15" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B15" t="s">
-        <v>1835</v>
+        <v>1831</v>
       </c>
       <c r="D15" t="s">
-        <v>1836</v>
+        <v>1832</v>
       </c>
     </row>
     <row r="16" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B16" t="s">
-        <v>1837</v>
+        <v>1833</v>
       </c>
       <c r="D16" t="s">
-        <v>1838</v>
+        <v>1834</v>
       </c>
     </row>
     <row r="17" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B17" t="s">
-        <v>1839</v>
+        <v>1835</v>
       </c>
       <c r="D17" t="s">
-        <v>1840</v>
+        <v>1836</v>
       </c>
     </row>
     <row r="18" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B18" t="s">
-        <v>1841</v>
+        <v>1837</v>
       </c>
       <c r="D18" t="s">
-        <v>1842</v>
+        <v>1838</v>
       </c>
     </row>
     <row r="19" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B19" t="s">
-        <v>1843</v>
+        <v>1839</v>
       </c>
       <c r="D19" t="s">
-        <v>1844</v>
+        <v>1840</v>
       </c>
     </row>
     <row r="20" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B20" t="s">
-        <v>1845</v>
+        <v>1841</v>
       </c>
       <c r="D20" t="s">
-        <v>1846</v>
+        <v>1842</v>
       </c>
     </row>
     <row r="21" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B21" t="s">
-        <v>1847</v>
+        <v>1843</v>
       </c>
       <c r="D21" t="s">
-        <v>1848</v>
+        <v>1844</v>
       </c>
     </row>
     <row r="22" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B22" t="s">
-        <v>1849</v>
+        <v>1845</v>
       </c>
       <c r="D22" t="s">
-        <v>1850</v>
+        <v>1846</v>
       </c>
     </row>
     <row r="23" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B23" t="s">
-        <v>1851</v>
+        <v>1847</v>
       </c>
       <c r="D23" t="s">
-        <v>1852</v>
+        <v>1848</v>
       </c>
     </row>
     <row r="24" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B24" t="s">
-        <v>1853</v>
+        <v>1849</v>
       </c>
       <c r="D24" t="s">
-        <v>1854</v>
+        <v>1850</v>
       </c>
     </row>
     <row r="25" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B25" t="s">
-        <v>1855</v>
+        <v>1851</v>
       </c>
       <c r="D25" t="s">
-        <v>1856</v>
+        <v>1852</v>
       </c>
     </row>
     <row r="26" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B26" t="s">
-        <v>1857</v>
+        <v>1853</v>
       </c>
       <c r="D26" t="s">
-        <v>1858</v>
+        <v>1854</v>
       </c>
     </row>
     <row r="27" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B27" t="s">
-        <v>1859</v>
+        <v>1855</v>
       </c>
       <c r="D27" t="s">
-        <v>1860</v>
+        <v>1856</v>
       </c>
     </row>
     <row r="28" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B28" t="s">
-        <v>1861</v>
+        <v>1857</v>
       </c>
       <c r="D28" t="s">
-        <v>1862</v>
+        <v>1858</v>
       </c>
     </row>
     <row r="29" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B29" t="s">
-        <v>1863</v>
+        <v>1859</v>
       </c>
       <c r="D29" t="s">
-        <v>1864</v>
+        <v>1860</v>
       </c>
     </row>
     <row r="30" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B30" t="s">
-        <v>1865</v>
+        <v>1861</v>
       </c>
       <c r="D30" t="s">
-        <v>1866</v>
+        <v>1862</v>
       </c>
     </row>
     <row r="31" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B31" t="s">
-        <v>1867</v>
+        <v>1863</v>
       </c>
       <c r="D31" t="s">
-        <v>1868</v>
+        <v>1864</v>
       </c>
     </row>
     <row r="32" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B32" t="s">
-        <v>1869</v>
+        <v>1865</v>
       </c>
       <c r="D32" t="s">
-        <v>1870</v>
+        <v>1866</v>
       </c>
     </row>
     <row r="33" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B33" t="s">
-        <v>1871</v>
+        <v>1867</v>
       </c>
       <c r="D33" t="s">
-        <v>1872</v>
+        <v>1868</v>
       </c>
     </row>
     <row r="34" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B34" t="s">
-        <v>454</v>
+        <v>450</v>
       </c>
       <c r="D34" t="s">
-        <v>1873</v>
+        <v>1869</v>
       </c>
     </row>
     <row r="35" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B35" t="s">
-        <v>1874</v>
+        <v>1870</v>
       </c>
       <c r="D35" t="s">
-        <v>1875</v>
+        <v>1871</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet18.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1100-000000000000}">
   <dimension ref="A1:D39"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>96</v>
+        <v>92</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>97</v>
+        <v>93</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>98</v>
+        <v>94</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
         <v>68</v>
       </c>
       <c r="B2" t="s">
         <v>69</v>
       </c>
       <c r="D2" t="s">
         <v>71</v>
       </c>
     </row>
     <row r="3" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
-        <v>1876</v>
+        <v>1872</v>
       </c>
       <c r="B3" t="s">
-        <v>100</v>
+        <v>96</v>
       </c>
       <c r="D3" t="s">
-        <v>1879</v>
+        <v>1875</v>
       </c>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A4" t="s">
-        <v>1877</v>
+        <v>1873</v>
       </c>
       <c r="B4" t="s">
-        <v>1814</v>
+        <v>1810</v>
       </c>
       <c r="D4" t="s">
-        <v>1880</v>
+        <v>1876</v>
       </c>
     </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A5" t="s">
-        <v>1878</v>
+        <v>1874</v>
       </c>
       <c r="B5" t="s">
-        <v>392</v>
+        <v>388</v>
       </c>
       <c r="D5" t="s">
-        <v>1881</v>
+        <v>1877</v>
       </c>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B6" t="s">
-        <v>1882</v>
+        <v>1878</v>
       </c>
       <c r="C6" t="s">
-        <v>113</v>
+        <v>109</v>
       </c>
       <c r="D6" t="s">
-        <v>1883</v>
+        <v>1879</v>
       </c>
     </row>
     <row r="7" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B7" t="s">
-        <v>1884</v>
+        <v>1880</v>
       </c>
       <c r="C7" t="s">
-        <v>116</v>
+        <v>112</v>
       </c>
       <c r="D7" t="s">
-        <v>1885</v>
+        <v>1881</v>
       </c>
     </row>
     <row r="8" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B8" t="s">
-        <v>1886</v>
+        <v>1882</v>
       </c>
       <c r="C8" t="s">
-        <v>119</v>
+        <v>115</v>
       </c>
       <c r="D8" t="s">
-        <v>1887</v>
+        <v>1883</v>
       </c>
     </row>
     <row r="9" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B9" t="s">
-        <v>1888</v>
+        <v>1884</v>
       </c>
       <c r="C9" t="s">
-        <v>122</v>
+        <v>118</v>
       </c>
       <c r="D9" t="s">
-        <v>1889</v>
+        <v>1885</v>
       </c>
     </row>
     <row r="10" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B10" t="s">
-        <v>1890</v>
+        <v>1886</v>
       </c>
       <c r="C10" t="s">
-        <v>125</v>
+        <v>121</v>
       </c>
       <c r="D10" t="s">
-        <v>1891</v>
+        <v>1887</v>
       </c>
     </row>
     <row r="11" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B11" t="s">
-        <v>1892</v>
+        <v>1888</v>
       </c>
       <c r="C11" t="s">
-        <v>128</v>
+        <v>124</v>
       </c>
       <c r="D11" t="s">
-        <v>1893</v>
+        <v>1889</v>
       </c>
     </row>
     <row r="12" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B12" t="s">
-        <v>1894</v>
+        <v>1890</v>
       </c>
       <c r="C12" t="s">
-        <v>131</v>
+        <v>127</v>
       </c>
       <c r="D12" t="s">
-        <v>1895</v>
+        <v>1891</v>
       </c>
     </row>
     <row r="13" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B13" t="s">
-        <v>1896</v>
+        <v>1892</v>
       </c>
       <c r="C13" t="s">
-        <v>134</v>
+        <v>130</v>
       </c>
       <c r="D13" t="s">
-        <v>1897</v>
+        <v>1893</v>
       </c>
     </row>
     <row r="14" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B14" t="s">
-        <v>1898</v>
+        <v>1894</v>
       </c>
       <c r="C14" t="s">
-        <v>137</v>
+        <v>133</v>
       </c>
       <c r="D14" t="s">
-        <v>1899</v>
+        <v>1895</v>
       </c>
     </row>
     <row r="15" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B15" t="s">
-        <v>1900</v>
+        <v>1896</v>
       </c>
       <c r="C15" t="s">
-        <v>140</v>
+        <v>136</v>
       </c>
       <c r="D15" t="s">
-        <v>1901</v>
+        <v>1897</v>
       </c>
     </row>
     <row r="16" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B16" t="s">
-        <v>1902</v>
+        <v>1898</v>
       </c>
       <c r="C16" t="s">
-        <v>143</v>
+        <v>139</v>
       </c>
       <c r="D16" t="s">
-        <v>1903</v>
+        <v>1899</v>
       </c>
     </row>
     <row r="17" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B17" t="s">
-        <v>1904</v>
+        <v>1900</v>
       </c>
       <c r="C17" t="s">
-        <v>146</v>
+        <v>142</v>
       </c>
       <c r="D17" t="s">
-        <v>1905</v>
+        <v>1901</v>
       </c>
     </row>
     <row r="18" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B18" t="s">
-        <v>1906</v>
+        <v>1902</v>
       </c>
       <c r="C18" t="s">
-        <v>149</v>
+        <v>145</v>
       </c>
       <c r="D18" t="s">
-        <v>1907</v>
+        <v>1903</v>
       </c>
     </row>
     <row r="19" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B19" t="s">
-        <v>1908</v>
+        <v>1904</v>
       </c>
       <c r="C19" t="s">
-        <v>152</v>
+        <v>148</v>
       </c>
       <c r="D19" t="s">
-        <v>1909</v>
+        <v>1905</v>
       </c>
     </row>
     <row r="20" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B20" t="s">
-        <v>1910</v>
+        <v>1906</v>
       </c>
       <c r="C20" t="s">
-        <v>155</v>
+        <v>151</v>
       </c>
       <c r="D20" t="s">
-        <v>1911</v>
+        <v>1907</v>
       </c>
     </row>
     <row r="21" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B21" t="s">
-        <v>1912</v>
+        <v>1908</v>
       </c>
       <c r="C21" t="s">
-        <v>158</v>
+        <v>154</v>
       </c>
       <c r="D21" t="s">
-        <v>1913</v>
+        <v>1909</v>
       </c>
     </row>
     <row r="22" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B22" t="s">
-        <v>1914</v>
+        <v>1910</v>
       </c>
       <c r="C22" t="s">
-        <v>210</v>
+        <v>206</v>
       </c>
       <c r="D22" t="s">
-        <v>1915</v>
+        <v>1911</v>
       </c>
     </row>
     <row r="23" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B23" t="s">
-        <v>1916</v>
+        <v>1912</v>
       </c>
       <c r="C23" t="s">
-        <v>213</v>
+        <v>209</v>
       </c>
       <c r="D23" t="s">
-        <v>1917</v>
+        <v>1913</v>
       </c>
     </row>
     <row r="24" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B24" t="s">
-        <v>1918</v>
+        <v>1914</v>
       </c>
       <c r="C24" t="s">
-        <v>216</v>
+        <v>212</v>
       </c>
       <c r="D24" t="s">
-        <v>1919</v>
+        <v>1915</v>
       </c>
     </row>
     <row r="25" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B25" t="s">
-        <v>1920</v>
+        <v>1916</v>
       </c>
       <c r="C25" t="s">
-        <v>219</v>
+        <v>215</v>
       </c>
       <c r="D25" t="s">
-        <v>1921</v>
+        <v>1917</v>
       </c>
     </row>
     <row r="26" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B26" t="s">
-        <v>1922</v>
+        <v>1918</v>
       </c>
       <c r="C26" t="s">
-        <v>222</v>
+        <v>218</v>
       </c>
       <c r="D26" t="s">
-        <v>1923</v>
+        <v>1919</v>
       </c>
     </row>
     <row r="27" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B27" t="s">
-        <v>1924</v>
+        <v>1920</v>
       </c>
       <c r="C27" t="s">
-        <v>225</v>
+        <v>221</v>
       </c>
       <c r="D27" t="s">
-        <v>1925</v>
+        <v>1921</v>
       </c>
     </row>
     <row r="28" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B28" t="s">
-        <v>1926</v>
+        <v>1922</v>
       </c>
       <c r="C28" t="s">
-        <v>228</v>
+        <v>224</v>
       </c>
       <c r="D28" t="s">
-        <v>1927</v>
+        <v>1923</v>
       </c>
     </row>
     <row r="29" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B29" t="s">
-        <v>1928</v>
+        <v>1924</v>
       </c>
       <c r="C29" t="s">
-        <v>231</v>
+        <v>227</v>
       </c>
       <c r="D29" t="s">
-        <v>1929</v>
+        <v>1925</v>
       </c>
     </row>
     <row r="30" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B30" t="s">
-        <v>1930</v>
+        <v>1926</v>
       </c>
       <c r="C30" t="s">
-        <v>236</v>
+        <v>232</v>
       </c>
       <c r="D30" t="s">
-        <v>1931</v>
+        <v>1927</v>
       </c>
     </row>
     <row r="31" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B31" t="s">
-        <v>1932</v>
+        <v>1928</v>
       </c>
       <c r="C31" t="s">
-        <v>239</v>
+        <v>235</v>
       </c>
       <c r="D31" t="s">
-        <v>1933</v>
+        <v>1929</v>
       </c>
     </row>
     <row r="32" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B32" t="s">
-        <v>1934</v>
+        <v>1930</v>
       </c>
       <c r="C32" t="s">
-        <v>242</v>
+        <v>238</v>
       </c>
       <c r="D32" t="s">
-        <v>1935</v>
+        <v>1931</v>
       </c>
     </row>
     <row r="33" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B33" t="s">
-        <v>1936</v>
+        <v>1932</v>
       </c>
       <c r="C33" t="s">
-        <v>245</v>
+        <v>241</v>
       </c>
       <c r="D33" t="s">
-        <v>1937</v>
+        <v>1933</v>
       </c>
     </row>
     <row r="34" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B34" t="s">
-        <v>1938</v>
+        <v>1934</v>
       </c>
       <c r="C34" t="s">
-        <v>248</v>
+        <v>244</v>
       </c>
       <c r="D34" t="s">
-        <v>1939</v>
+        <v>1935</v>
       </c>
     </row>
     <row r="35" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B35" t="s">
-        <v>1940</v>
+        <v>1936</v>
       </c>
       <c r="C35" t="s">
-        <v>253</v>
+        <v>249</v>
       </c>
       <c r="D35" t="s">
-        <v>1941</v>
+        <v>1937</v>
       </c>
     </row>
     <row r="36" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B36" t="s">
-        <v>1942</v>
+        <v>1938</v>
       </c>
       <c r="C36" t="s">
-        <v>256</v>
+        <v>252</v>
       </c>
       <c r="D36" t="s">
-        <v>1943</v>
+        <v>1939</v>
       </c>
     </row>
     <row r="37" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B37" t="s">
-        <v>1944</v>
+        <v>1940</v>
       </c>
       <c r="C37" t="s">
-        <v>259</v>
+        <v>255</v>
       </c>
       <c r="D37" t="s">
-        <v>1945</v>
+        <v>1941</v>
       </c>
     </row>
     <row r="38" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B38" t="s">
-        <v>1946</v>
+        <v>1942</v>
       </c>
       <c r="C38" t="s">
-        <v>1947</v>
+        <v>1943</v>
       </c>
       <c r="D38" t="s">
-        <v>1948</v>
+        <v>1944</v>
       </c>
     </row>
     <row r="39" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B39" t="s">
-        <v>1949</v>
+        <v>1945</v>
       </c>
       <c r="C39" t="s">
-        <v>1950</v>
+        <v>1946</v>
       </c>
       <c r="D39" t="s">
-        <v>1951</v>
+        <v>1947</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet19.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1200-000000000000}">
   <dimension ref="A1:D30"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>96</v>
+        <v>92</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>97</v>
+        <v>93</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>98</v>
+        <v>94</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
         <v>72</v>
       </c>
       <c r="B2" t="s">
         <v>73</v>
       </c>
       <c r="D2" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="3" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
-        <v>1952</v>
+        <v>1948</v>
       </c>
       <c r="B3" t="s">
-        <v>100</v>
+        <v>96</v>
       </c>
       <c r="D3" t="s">
-        <v>1953</v>
+        <v>1949</v>
       </c>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B4" t="s">
-        <v>164</v>
+        <v>160</v>
       </c>
       <c r="D4" t="s">
-        <v>1954</v>
+        <v>1950</v>
       </c>
     </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B5" t="s">
-        <v>106</v>
+        <v>102</v>
       </c>
       <c r="D5" t="s">
-        <v>1955</v>
+        <v>1951</v>
       </c>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B6" t="s">
-        <v>108</v>
+        <v>104</v>
       </c>
       <c r="D6" t="s">
-        <v>1956</v>
+        <v>1952</v>
       </c>
     </row>
     <row r="7" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B7" t="s">
-        <v>1957</v>
+        <v>1953</v>
       </c>
       <c r="D7" t="s">
-        <v>1958</v>
+        <v>1954</v>
       </c>
     </row>
     <row r="8" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B8" t="s">
-        <v>1959</v>
+        <v>1955</v>
       </c>
       <c r="D8" t="s">
-        <v>1960</v>
+        <v>1956</v>
       </c>
     </row>
     <row r="9" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B9" t="s">
-        <v>1961</v>
+        <v>1957</v>
       </c>
       <c r="C9" t="s">
-        <v>113</v>
+        <v>109</v>
       </c>
       <c r="D9" t="s">
-        <v>1962</v>
+        <v>1958</v>
       </c>
     </row>
     <row r="10" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B10" t="s">
-        <v>1963</v>
+        <v>1959</v>
       </c>
       <c r="C10" t="s">
-        <v>116</v>
+        <v>112</v>
       </c>
       <c r="D10" t="s">
-        <v>1964</v>
+        <v>1960</v>
       </c>
     </row>
     <row r="11" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B11" t="s">
-        <v>1965</v>
+        <v>1961</v>
       </c>
       <c r="C11" t="s">
-        <v>119</v>
+        <v>115</v>
       </c>
       <c r="D11" t="s">
-        <v>1966</v>
+        <v>1962</v>
       </c>
     </row>
     <row r="12" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B12" t="s">
-        <v>1967</v>
+        <v>1963</v>
       </c>
       <c r="C12" t="s">
-        <v>122</v>
+        <v>118</v>
       </c>
       <c r="D12" t="s">
-        <v>1968</v>
+        <v>1964</v>
       </c>
     </row>
     <row r="13" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B13" t="s">
-        <v>1969</v>
+        <v>1965</v>
       </c>
       <c r="D13" t="s">
-        <v>1970</v>
+        <v>1966</v>
       </c>
     </row>
     <row r="14" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B14" t="s">
-        <v>1971</v>
+        <v>1967</v>
       </c>
       <c r="C14" t="s">
-        <v>125</v>
+        <v>121</v>
       </c>
       <c r="D14" t="s">
-        <v>1972</v>
+        <v>1968</v>
       </c>
     </row>
     <row r="15" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B15" t="s">
-        <v>1973</v>
+        <v>1969</v>
       </c>
       <c r="C15" t="s">
-        <v>128</v>
+        <v>124</v>
       </c>
       <c r="D15" t="s">
-        <v>1974</v>
+        <v>1970</v>
       </c>
     </row>
     <row r="16" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B16" t="s">
-        <v>1975</v>
+        <v>1971</v>
       </c>
       <c r="C16" t="s">
-        <v>131</v>
+        <v>127</v>
       </c>
       <c r="D16" t="s">
-        <v>1976</v>
+        <v>1972</v>
       </c>
     </row>
     <row r="17" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B17" t="s">
-        <v>1977</v>
+        <v>1973</v>
       </c>
       <c r="C17" t="s">
-        <v>134</v>
+        <v>130</v>
       </c>
       <c r="D17" t="s">
-        <v>1978</v>
+        <v>1974</v>
       </c>
     </row>
     <row r="18" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B18" t="s">
-        <v>1979</v>
+        <v>1975</v>
       </c>
       <c r="D18" t="s">
-        <v>1980</v>
+        <v>1976</v>
       </c>
     </row>
     <row r="19" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B19" t="s">
-        <v>1981</v>
+        <v>1977</v>
       </c>
       <c r="C19" t="s">
-        <v>137</v>
+        <v>133</v>
       </c>
       <c r="D19" t="s">
-        <v>1982</v>
+        <v>1978</v>
       </c>
     </row>
     <row r="20" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B20" t="s">
-        <v>1983</v>
+        <v>1979</v>
       </c>
       <c r="C20" t="s">
-        <v>140</v>
+        <v>136</v>
       </c>
       <c r="D20" t="s">
-        <v>1984</v>
+        <v>1980</v>
       </c>
     </row>
     <row r="21" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B21" t="s">
-        <v>1985</v>
+        <v>1981</v>
       </c>
       <c r="C21" t="s">
-        <v>143</v>
+        <v>139</v>
       </c>
       <c r="D21" t="s">
-        <v>1986</v>
+        <v>1982</v>
       </c>
     </row>
     <row r="22" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B22" t="s">
-        <v>1987</v>
+        <v>1983</v>
       </c>
       <c r="D22" t="s">
-        <v>1988</v>
+        <v>1984</v>
       </c>
     </row>
     <row r="23" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B23" t="s">
-        <v>1989</v>
+        <v>1985</v>
       </c>
       <c r="C23" t="s">
-        <v>146</v>
+        <v>142</v>
       </c>
       <c r="D23" t="s">
-        <v>1990</v>
+        <v>1986</v>
       </c>
     </row>
     <row r="24" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B24" t="s">
-        <v>1991</v>
+        <v>1987</v>
       </c>
       <c r="C24" t="s">
-        <v>149</v>
+        <v>145</v>
       </c>
       <c r="D24" t="s">
-        <v>1992</v>
+        <v>1988</v>
       </c>
     </row>
     <row r="25" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B25" t="s">
-        <v>1993</v>
+        <v>1989</v>
       </c>
       <c r="C25" t="s">
-        <v>152</v>
+        <v>148</v>
       </c>
       <c r="D25" t="s">
-        <v>1994</v>
+        <v>1990</v>
       </c>
     </row>
     <row r="26" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B26" t="s">
-        <v>1995</v>
+        <v>1991</v>
       </c>
       <c r="C26" t="s">
-        <v>155</v>
+        <v>151</v>
       </c>
       <c r="D26" t="s">
-        <v>1996</v>
+        <v>1992</v>
       </c>
     </row>
     <row r="27" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B27" t="s">
-        <v>207</v>
+        <v>203</v>
       </c>
       <c r="C27" t="s">
-        <v>158</v>
+        <v>154</v>
       </c>
       <c r="D27" t="s">
-        <v>1997</v>
+        <v>1993</v>
       </c>
     </row>
     <row r="28" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B28" t="s">
-        <v>1998</v>
+        <v>1994</v>
       </c>
       <c r="C28" t="s">
-        <v>210</v>
+        <v>206</v>
       </c>
       <c r="D28" t="s">
-        <v>1999</v>
+        <v>1995</v>
       </c>
     </row>
     <row r="29" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B29" t="s">
-        <v>2000</v>
+        <v>1996</v>
       </c>
       <c r="D29" t="s">
-        <v>2001</v>
+        <v>1997</v>
       </c>
     </row>
     <row r="30" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B30" t="s">
-        <v>2002</v>
+        <v>1998</v>
       </c>
       <c r="C30" t="s">
-        <v>213</v>
+        <v>209</v>
       </c>
       <c r="D30" t="s">
-        <v>2003</v>
+        <v>1999</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="A1:D24"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="B2" sqref="B2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>96</v>
+        <v>92</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>97</v>
+        <v>93</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>98</v>
+        <v>94</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
         <v>7</v>
       </c>
       <c r="B2" t="s">
-        <v>2899</v>
+        <v>2639</v>
       </c>
       <c r="D2" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="3" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
-        <v>99</v>
+        <v>95</v>
       </c>
       <c r="B3" t="s">
-        <v>100</v>
+        <v>96</v>
       </c>
       <c r="D3" t="s">
-        <v>101</v>
+        <v>97</v>
       </c>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B4" t="s">
-        <v>102</v>
+        <v>98</v>
       </c>
       <c r="D4" t="s">
-        <v>103</v>
+        <v>99</v>
       </c>
     </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B5" t="s">
-        <v>104</v>
+        <v>100</v>
       </c>
       <c r="D5" t="s">
-        <v>105</v>
+        <v>101</v>
       </c>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B6" t="s">
-        <v>106</v>
+        <v>102</v>
       </c>
       <c r="D6" t="s">
-        <v>107</v>
+        <v>103</v>
       </c>
     </row>
     <row r="7" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B7" t="s">
-        <v>108</v>
+        <v>104</v>
       </c>
       <c r="D7" t="s">
-        <v>109</v>
+        <v>105</v>
       </c>
     </row>
     <row r="8" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B8" t="s">
-        <v>110</v>
+        <v>106</v>
       </c>
       <c r="D8" t="s">
-        <v>111</v>
+        <v>107</v>
       </c>
     </row>
     <row r="9" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B9" t="s">
-        <v>112</v>
+        <v>108</v>
       </c>
       <c r="C9" t="s">
-        <v>113</v>
+        <v>109</v>
       </c>
       <c r="D9" t="s">
-        <v>114</v>
+        <v>110</v>
       </c>
     </row>
     <row r="10" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B10" t="s">
-        <v>115</v>
+        <v>111</v>
       </c>
       <c r="C10" t="s">
-        <v>116</v>
+        <v>112</v>
       </c>
       <c r="D10" t="s">
-        <v>117</v>
+        <v>113</v>
       </c>
     </row>
     <row r="11" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B11" t="s">
-        <v>118</v>
+        <v>114</v>
       </c>
       <c r="C11" t="s">
-        <v>119</v>
+        <v>115</v>
       </c>
       <c r="D11" t="s">
-        <v>120</v>
+        <v>116</v>
       </c>
     </row>
     <row r="12" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B12" t="s">
-        <v>121</v>
+        <v>117</v>
       </c>
       <c r="C12" t="s">
-        <v>122</v>
+        <v>118</v>
       </c>
       <c r="D12" t="s">
-        <v>123</v>
+        <v>119</v>
       </c>
     </row>
     <row r="13" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B13" t="s">
-        <v>124</v>
+        <v>120</v>
       </c>
       <c r="C13" t="s">
-        <v>125</v>
+        <v>121</v>
       </c>
       <c r="D13" t="s">
-        <v>126</v>
+        <v>122</v>
       </c>
     </row>
     <row r="14" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B14" t="s">
-        <v>127</v>
+        <v>123</v>
       </c>
       <c r="C14" t="s">
-        <v>128</v>
+        <v>124</v>
       </c>
       <c r="D14" t="s">
-        <v>129</v>
+        <v>125</v>
       </c>
     </row>
     <row r="15" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B15" t="s">
-        <v>130</v>
+        <v>126</v>
       </c>
       <c r="C15" t="s">
-        <v>131</v>
+        <v>127</v>
       </c>
       <c r="D15" t="s">
-        <v>132</v>
+        <v>128</v>
       </c>
     </row>
     <row r="16" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B16" t="s">
-        <v>133</v>
+        <v>129</v>
       </c>
       <c r="C16" t="s">
-        <v>134</v>
+        <v>130</v>
       </c>
       <c r="D16" t="s">
-        <v>135</v>
+        <v>131</v>
       </c>
     </row>
     <row r="17" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B17" t="s">
-        <v>136</v>
+        <v>132</v>
       </c>
       <c r="C17" t="s">
-        <v>137</v>
+        <v>133</v>
       </c>
       <c r="D17" t="s">
-        <v>138</v>
+        <v>134</v>
       </c>
     </row>
     <row r="18" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B18" t="s">
-        <v>139</v>
+        <v>135</v>
       </c>
       <c r="C18" t="s">
-        <v>140</v>
+        <v>136</v>
       </c>
       <c r="D18" t="s">
-        <v>141</v>
+        <v>137</v>
       </c>
     </row>
     <row r="19" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B19" t="s">
-        <v>142</v>
+        <v>138</v>
       </c>
       <c r="C19" t="s">
-        <v>143</v>
+        <v>139</v>
       </c>
       <c r="D19" t="s">
-        <v>144</v>
+        <v>140</v>
       </c>
     </row>
     <row r="20" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B20" t="s">
-        <v>145</v>
+        <v>141</v>
       </c>
       <c r="C20" t="s">
-        <v>146</v>
+        <v>142</v>
       </c>
       <c r="D20" t="s">
-        <v>147</v>
+        <v>143</v>
       </c>
     </row>
     <row r="21" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B21" t="s">
-        <v>148</v>
+        <v>144</v>
       </c>
       <c r="C21" t="s">
-        <v>149</v>
+        <v>145</v>
       </c>
       <c r="D21" t="s">
-        <v>150</v>
+        <v>146</v>
       </c>
     </row>
     <row r="22" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B22" t="s">
-        <v>151</v>
+        <v>147</v>
       </c>
       <c r="C22" t="s">
-        <v>152</v>
+        <v>148</v>
       </c>
       <c r="D22" t="s">
-        <v>153</v>
+        <v>149</v>
       </c>
     </row>
     <row r="23" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B23" t="s">
-        <v>154</v>
+        <v>150</v>
       </c>
       <c r="C23" t="s">
-        <v>155</v>
+        <v>151</v>
       </c>
       <c r="D23" t="s">
-        <v>156</v>
+        <v>152</v>
       </c>
     </row>
     <row r="24" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B24" t="s">
-        <v>157</v>
+        <v>153</v>
       </c>
       <c r="C24" t="s">
-        <v>158</v>
+        <v>154</v>
       </c>
       <c r="D24" t="s">
-        <v>159</v>
+        <v>155</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet20.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1300-000000000000}">
   <dimension ref="A1:D73"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>96</v>
+        <v>92</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>97</v>
+        <v>93</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>98</v>
+        <v>94</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
         <v>76</v>
       </c>
       <c r="B2" t="s">
         <v>77</v>
       </c>
       <c r="D2" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="3" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B3" t="s">
-        <v>100</v>
+        <v>96</v>
       </c>
       <c r="D3" t="s">
-        <v>2004</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B4" t="s">
-        <v>102</v>
+        <v>98</v>
       </c>
       <c r="D4" t="s">
-        <v>2005</v>
+        <v>2001</v>
       </c>
     </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B5" t="s">
-        <v>164</v>
+        <v>160</v>
       </c>
       <c r="D5" t="s">
-        <v>2006</v>
+        <v>2002</v>
       </c>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B6" t="s">
-        <v>108</v>
+        <v>104</v>
       </c>
       <c r="D6" t="s">
-        <v>2007</v>
+        <v>2003</v>
       </c>
     </row>
     <row r="7" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B7" t="s">
-        <v>302</v>
+        <v>298</v>
       </c>
       <c r="D7" t="s">
-        <v>2008</v>
+        <v>2004</v>
       </c>
     </row>
     <row r="8" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B8" t="s">
-        <v>2009</v>
+        <v>2005</v>
       </c>
       <c r="D8" t="s">
-        <v>2010</v>
+        <v>2006</v>
       </c>
     </row>
     <row r="9" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B9" t="s">
-        <v>2011</v>
+        <v>2007</v>
       </c>
       <c r="C9" t="s">
-        <v>113</v>
+        <v>109</v>
       </c>
       <c r="D9" t="s">
-        <v>2012</v>
+        <v>2008</v>
       </c>
     </row>
     <row r="10" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B10" t="s">
-        <v>2013</v>
+        <v>2009</v>
       </c>
       <c r="C10" t="s">
-        <v>116</v>
+        <v>112</v>
       </c>
       <c r="D10" t="s">
-        <v>2014</v>
+        <v>2010</v>
       </c>
     </row>
     <row r="11" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B11" t="s">
-        <v>2015</v>
+        <v>2011</v>
       </c>
       <c r="C11" t="s">
-        <v>119</v>
+        <v>115</v>
       </c>
       <c r="D11" t="s">
-        <v>2016</v>
+        <v>2012</v>
       </c>
     </row>
     <row r="12" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B12" t="s">
-        <v>2017</v>
+        <v>2013</v>
       </c>
       <c r="C12" t="s">
-        <v>122</v>
+        <v>118</v>
       </c>
       <c r="D12" t="s">
-        <v>2018</v>
+        <v>2014</v>
       </c>
     </row>
     <row r="13" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B13" t="s">
-        <v>809</v>
+        <v>805</v>
       </c>
       <c r="C13" t="s">
-        <v>125</v>
+        <v>121</v>
       </c>
       <c r="D13" t="s">
-        <v>2019</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="14" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B14" t="s">
-        <v>2020</v>
+        <v>2016</v>
       </c>
       <c r="C14" t="s">
-        <v>128</v>
+        <v>124</v>
       </c>
       <c r="D14" t="s">
-        <v>2021</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="15" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B15" t="s">
-        <v>2022</v>
+        <v>2018</v>
       </c>
       <c r="C15" t="s">
-        <v>131</v>
+        <v>127</v>
       </c>
       <c r="D15" t="s">
-        <v>2023</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="16" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B16" t="s">
-        <v>2024</v>
+        <v>2020</v>
       </c>
       <c r="C16" t="s">
-        <v>134</v>
+        <v>130</v>
       </c>
       <c r="D16" t="s">
-        <v>2025</v>
+        <v>2021</v>
       </c>
     </row>
     <row r="17" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B17" t="s">
-        <v>2026</v>
+        <v>2022</v>
       </c>
       <c r="C17" t="s">
-        <v>137</v>
+        <v>133</v>
       </c>
       <c r="D17" t="s">
-        <v>2027</v>
+        <v>2023</v>
       </c>
     </row>
     <row r="18" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B18" t="s">
-        <v>2028</v>
+        <v>2024</v>
       </c>
       <c r="C18" t="s">
-        <v>140</v>
+        <v>136</v>
       </c>
       <c r="D18" t="s">
-        <v>2029</v>
+        <v>2025</v>
       </c>
     </row>
     <row r="19" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B19" t="s">
-        <v>2030</v>
+        <v>2026</v>
       </c>
       <c r="C19" t="s">
-        <v>143</v>
+        <v>139</v>
       </c>
       <c r="D19" t="s">
-        <v>2031</v>
+        <v>2027</v>
       </c>
     </row>
     <row r="20" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B20" t="s">
-        <v>2032</v>
+        <v>2028</v>
       </c>
       <c r="C20" t="s">
-        <v>146</v>
+        <v>142</v>
       </c>
       <c r="D20" t="s">
-        <v>2033</v>
+        <v>2029</v>
       </c>
     </row>
     <row r="21" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B21" t="s">
-        <v>2034</v>
+        <v>2030</v>
       </c>
       <c r="C21" t="s">
-        <v>149</v>
+        <v>145</v>
       </c>
       <c r="D21" t="s">
-        <v>2035</v>
+        <v>2031</v>
       </c>
     </row>
     <row r="22" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B22" t="s">
-        <v>2036</v>
+        <v>2032</v>
       </c>
       <c r="C22" t="s">
-        <v>152</v>
+        <v>148</v>
       </c>
       <c r="D22" t="s">
-        <v>2037</v>
+        <v>2033</v>
       </c>
     </row>
     <row r="23" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B23" t="s">
-        <v>2038</v>
+        <v>2034</v>
       </c>
       <c r="C23" t="s">
-        <v>155</v>
+        <v>151</v>
       </c>
       <c r="D23" t="s">
-        <v>2039</v>
+        <v>2035</v>
       </c>
     </row>
     <row r="24" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B24" t="s">
-        <v>2040</v>
+        <v>2036</v>
       </c>
       <c r="C24" t="s">
-        <v>158</v>
+        <v>154</v>
       </c>
       <c r="D24" t="s">
-        <v>2041</v>
+        <v>2037</v>
       </c>
     </row>
     <row r="25" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B25" t="s">
-        <v>2042</v>
+        <v>2038</v>
       </c>
       <c r="C25" t="s">
-        <v>210</v>
+        <v>206</v>
       </c>
       <c r="D25" t="s">
-        <v>2043</v>
+        <v>2039</v>
       </c>
     </row>
     <row r="26" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B26" t="s">
-        <v>2044</v>
+        <v>2040</v>
       </c>
       <c r="C26" t="s">
-        <v>213</v>
+        <v>209</v>
       </c>
       <c r="D26" t="s">
-        <v>2045</v>
+        <v>2041</v>
       </c>
     </row>
     <row r="27" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B27" t="s">
-        <v>2046</v>
+        <v>2042</v>
       </c>
       <c r="C27" t="s">
-        <v>216</v>
+        <v>212</v>
       </c>
       <c r="D27" t="s">
-        <v>2047</v>
+        <v>2043</v>
       </c>
     </row>
     <row r="28" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B28" t="s">
-        <v>2048</v>
+        <v>2044</v>
       </c>
       <c r="C28" t="s">
-        <v>219</v>
+        <v>215</v>
       </c>
       <c r="D28" t="s">
-        <v>2049</v>
+        <v>2045</v>
       </c>
     </row>
     <row r="29" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B29" t="s">
-        <v>2050</v>
+        <v>2046</v>
       </c>
       <c r="C29" t="s">
-        <v>222</v>
+        <v>218</v>
       </c>
       <c r="D29" t="s">
-        <v>2051</v>
+        <v>2047</v>
       </c>
     </row>
     <row r="30" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B30" t="s">
-        <v>2052</v>
+        <v>2048</v>
       </c>
       <c r="C30" t="s">
-        <v>225</v>
+        <v>221</v>
       </c>
       <c r="D30" t="s">
-        <v>2053</v>
+        <v>2049</v>
       </c>
     </row>
     <row r="31" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B31" t="s">
-        <v>2054</v>
+        <v>2050</v>
       </c>
       <c r="C31" t="s">
-        <v>228</v>
+        <v>224</v>
       </c>
       <c r="D31" t="s">
-        <v>2055</v>
+        <v>2051</v>
       </c>
     </row>
     <row r="32" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B32" t="s">
-        <v>2056</v>
+        <v>2052</v>
       </c>
       <c r="C32" t="s">
-        <v>231</v>
+        <v>227</v>
       </c>
       <c r="D32" t="s">
-        <v>2057</v>
+        <v>2053</v>
       </c>
     </row>
     <row r="33" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B33" t="s">
-        <v>2058</v>
+        <v>2054</v>
       </c>
       <c r="C33" t="s">
-        <v>236</v>
+        <v>232</v>
       </c>
       <c r="D33" t="s">
-        <v>2059</v>
+        <v>2055</v>
       </c>
     </row>
     <row r="34" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B34" t="s">
-        <v>2060</v>
+        <v>2056</v>
       </c>
       <c r="C34" t="s">
-        <v>239</v>
+        <v>235</v>
       </c>
       <c r="D34" t="s">
-        <v>2061</v>
+        <v>2057</v>
       </c>
     </row>
     <row r="35" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B35" t="s">
-        <v>2062</v>
+        <v>2058</v>
       </c>
       <c r="C35" t="s">
-        <v>242</v>
+        <v>238</v>
       </c>
       <c r="D35" t="s">
-        <v>2063</v>
+        <v>2059</v>
       </c>
     </row>
     <row r="36" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B36" t="s">
-        <v>2064</v>
+        <v>2060</v>
       </c>
       <c r="C36" t="s">
-        <v>245</v>
+        <v>241</v>
       </c>
       <c r="D36" t="s">
-        <v>2065</v>
+        <v>2061</v>
       </c>
     </row>
     <row r="37" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B37" t="s">
-        <v>2066</v>
+        <v>2062</v>
       </c>
       <c r="C37" t="s">
-        <v>248</v>
+        <v>244</v>
       </c>
       <c r="D37" t="s">
-        <v>2067</v>
+        <v>2063</v>
       </c>
     </row>
     <row r="38" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B38" t="s">
-        <v>2068</v>
+        <v>2064</v>
       </c>
       <c r="C38" t="s">
-        <v>253</v>
+        <v>249</v>
       </c>
       <c r="D38" t="s">
-        <v>2069</v>
+        <v>2065</v>
       </c>
     </row>
     <row r="39" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B39" t="s">
-        <v>2070</v>
+        <v>2066</v>
       </c>
       <c r="C39" t="s">
-        <v>256</v>
+        <v>252</v>
       </c>
       <c r="D39" t="s">
-        <v>2071</v>
+        <v>2067</v>
       </c>
     </row>
     <row r="40" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B40" t="s">
-        <v>2072</v>
+        <v>2068</v>
       </c>
       <c r="C40" t="s">
-        <v>259</v>
+        <v>255</v>
       </c>
       <c r="D40" t="s">
-        <v>2073</v>
+        <v>2069</v>
       </c>
     </row>
     <row r="41" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B41" t="s">
-        <v>2074</v>
+        <v>2070</v>
       </c>
       <c r="C41" t="s">
-        <v>262</v>
+        <v>258</v>
       </c>
       <c r="D41" t="s">
-        <v>2075</v>
+        <v>2071</v>
       </c>
     </row>
     <row r="42" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B42" t="s">
-        <v>2076</v>
+        <v>2072</v>
       </c>
       <c r="C42" t="s">
-        <v>265</v>
+        <v>261</v>
       </c>
       <c r="D42" t="s">
-        <v>2077</v>
+        <v>2073</v>
       </c>
     </row>
     <row r="43" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B43" t="s">
-        <v>2078</v>
+        <v>2074</v>
       </c>
       <c r="C43" t="s">
-        <v>268</v>
+        <v>264</v>
       </c>
       <c r="D43" t="s">
-        <v>2079</v>
+        <v>2075</v>
       </c>
     </row>
     <row r="44" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B44" t="s">
-        <v>2080</v>
+        <v>2076</v>
       </c>
       <c r="C44" t="s">
-        <v>271</v>
+        <v>267</v>
       </c>
       <c r="D44" t="s">
-        <v>2081</v>
+        <v>2077</v>
       </c>
     </row>
     <row r="45" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B45" t="s">
-        <v>2082</v>
+        <v>2078</v>
       </c>
       <c r="C45" t="s">
-        <v>274</v>
+        <v>270</v>
       </c>
       <c r="D45" t="s">
-        <v>2083</v>
+        <v>2079</v>
       </c>
     </row>
     <row r="46" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B46" t="s">
-        <v>2084</v>
+        <v>2080</v>
       </c>
       <c r="C46" t="s">
-        <v>279</v>
+        <v>275</v>
       </c>
       <c r="D46" t="s">
-        <v>2085</v>
+        <v>2081</v>
       </c>
     </row>
     <row r="47" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B47" t="s">
-        <v>2086</v>
+        <v>2082</v>
       </c>
       <c r="C47" t="s">
-        <v>556</v>
+        <v>552</v>
       </c>
       <c r="D47" t="s">
-        <v>2087</v>
+        <v>2083</v>
       </c>
     </row>
     <row r="48" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B48" t="s">
-        <v>2088</v>
+        <v>2084</v>
       </c>
       <c r="D48" t="s">
-        <v>2089</v>
+        <v>2085</v>
       </c>
     </row>
     <row r="49" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B49" t="s">
-        <v>2090</v>
+        <v>2086</v>
       </c>
       <c r="C49" t="s">
-        <v>559</v>
+        <v>555</v>
       </c>
       <c r="D49" t="s">
-        <v>2091</v>
+        <v>2087</v>
       </c>
     </row>
     <row r="50" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B50" t="s">
-        <v>2092</v>
+        <v>2088</v>
       </c>
       <c r="C50" t="s">
-        <v>562</v>
+        <v>558</v>
       </c>
       <c r="D50" t="s">
-        <v>2093</v>
+        <v>2089</v>
       </c>
     </row>
     <row r="51" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B51" t="s">
-        <v>2094</v>
+        <v>2090</v>
       </c>
       <c r="C51" t="s">
-        <v>565</v>
+        <v>561</v>
       </c>
       <c r="D51" t="s">
-        <v>2095</v>
+        <v>2091</v>
       </c>
     </row>
     <row r="52" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B52" t="s">
-        <v>2096</v>
+        <v>2092</v>
       </c>
       <c r="C52" t="s">
-        <v>570</v>
+        <v>566</v>
       </c>
       <c r="D52" t="s">
-        <v>2097</v>
+        <v>2093</v>
       </c>
     </row>
     <row r="53" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B53" t="s">
-        <v>2098</v>
+        <v>2094</v>
       </c>
       <c r="C53" t="s">
-        <v>573</v>
+        <v>569</v>
       </c>
       <c r="D53" t="s">
-        <v>2099</v>
+        <v>2095</v>
       </c>
     </row>
     <row r="54" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B54" t="s">
-        <v>2100</v>
+        <v>2096</v>
       </c>
       <c r="C54" t="s">
-        <v>578</v>
+        <v>574</v>
       </c>
       <c r="D54" t="s">
-        <v>2101</v>
+        <v>2097</v>
       </c>
     </row>
     <row r="55" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B55" t="s">
-        <v>2102</v>
+        <v>2098</v>
       </c>
       <c r="C55" t="s">
-        <v>581</v>
+        <v>577</v>
       </c>
       <c r="D55" t="s">
-        <v>2103</v>
+        <v>2099</v>
       </c>
     </row>
     <row r="56" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B56" t="s">
-        <v>1128</v>
+        <v>1124</v>
       </c>
       <c r="C56" t="s">
-        <v>586</v>
+        <v>582</v>
       </c>
       <c r="D56" t="s">
-        <v>2104</v>
+        <v>2100</v>
       </c>
     </row>
     <row r="57" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B57" t="s">
-        <v>2105</v>
+        <v>2101</v>
       </c>
       <c r="C57" t="s">
-        <v>589</v>
+        <v>585</v>
       </c>
       <c r="D57" t="s">
-        <v>2106</v>
+        <v>2102</v>
       </c>
     </row>
     <row r="58" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B58" t="s">
-        <v>2107</v>
+        <v>2103</v>
       </c>
       <c r="C58" t="s">
-        <v>594</v>
+        <v>590</v>
       </c>
       <c r="D58" t="s">
-        <v>2108</v>
+        <v>2104</v>
       </c>
     </row>
     <row r="59" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B59" t="s">
-        <v>2109</v>
+        <v>2105</v>
       </c>
       <c r="C59" t="s">
-        <v>597</v>
+        <v>593</v>
       </c>
       <c r="D59" t="s">
-        <v>2110</v>
+        <v>2106</v>
       </c>
     </row>
     <row r="60" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B60" t="s">
-        <v>2111</v>
+        <v>2107</v>
       </c>
       <c r="C60" t="s">
-        <v>602</v>
+        <v>598</v>
       </c>
       <c r="D60" t="s">
-        <v>2112</v>
+        <v>2108</v>
       </c>
     </row>
     <row r="61" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B61" t="s">
-        <v>2113</v>
+        <v>2109</v>
       </c>
       <c r="C61" t="s">
-        <v>605</v>
+        <v>601</v>
       </c>
       <c r="D61" t="s">
-        <v>2114</v>
+        <v>2110</v>
       </c>
     </row>
     <row r="62" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B62" t="s">
-        <v>2115</v>
+        <v>2111</v>
       </c>
       <c r="C62" t="s">
-        <v>610</v>
+        <v>606</v>
       </c>
       <c r="D62" t="s">
-        <v>2116</v>
+        <v>2112</v>
       </c>
     </row>
     <row r="63" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B63" t="s">
-        <v>2117</v>
+        <v>2113</v>
       </c>
       <c r="C63" t="s">
-        <v>1256</v>
+        <v>1252</v>
       </c>
       <c r="D63" t="s">
-        <v>2118</v>
+        <v>2114</v>
       </c>
     </row>
     <row r="64" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B64" t="s">
-        <v>2119</v>
+        <v>2115</v>
       </c>
       <c r="C64" t="s">
-        <v>1259</v>
+        <v>1255</v>
       </c>
       <c r="D64" t="s">
-        <v>2120</v>
+        <v>2116</v>
       </c>
     </row>
     <row r="65" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B65" t="s">
-        <v>1269</v>
+        <v>1265</v>
       </c>
       <c r="C65" t="s">
-        <v>1264</v>
+        <v>1260</v>
       </c>
       <c r="D65" t="s">
-        <v>2121</v>
+        <v>2117</v>
       </c>
     </row>
     <row r="66" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B66" t="s">
-        <v>2122</v>
+        <v>2118</v>
       </c>
       <c r="C66" t="s">
-        <v>1267</v>
+        <v>1263</v>
       </c>
       <c r="D66" t="s">
-        <v>2123</v>
+        <v>2119</v>
       </c>
     </row>
     <row r="67" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B67" t="s">
-        <v>2124</v>
+        <v>2120</v>
       </c>
       <c r="C67" t="s">
-        <v>1270</v>
+        <v>1266</v>
       </c>
       <c r="D67" t="s">
-        <v>2125</v>
+        <v>2121</v>
       </c>
     </row>
     <row r="68" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B68" t="s">
-        <v>1515</v>
+        <v>1511</v>
       </c>
       <c r="C68" t="s">
-        <v>1272</v>
+        <v>1268</v>
       </c>
       <c r="D68" t="s">
-        <v>2126</v>
+        <v>2122</v>
       </c>
     </row>
     <row r="69" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B69" t="s">
-        <v>1466</v>
+        <v>1462</v>
       </c>
       <c r="C69" t="s">
-        <v>1277</v>
+        <v>1273</v>
       </c>
       <c r="D69" t="s">
-        <v>2127</v>
+        <v>2123</v>
       </c>
     </row>
     <row r="70" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B70" t="s">
-        <v>1104</v>
+        <v>1100</v>
       </c>
       <c r="C70" t="s">
-        <v>1280</v>
+        <v>1276</v>
       </c>
       <c r="D70" t="s">
-        <v>2128</v>
+        <v>2124</v>
       </c>
     </row>
     <row r="71" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B71" t="s">
-        <v>2129</v>
+        <v>2125</v>
       </c>
       <c r="C71" t="s">
-        <v>1283</v>
+        <v>1279</v>
       </c>
       <c r="D71" t="s">
-        <v>2130</v>
+        <v>2126</v>
       </c>
     </row>
     <row r="72" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B72" t="s">
-        <v>2131</v>
+        <v>2127</v>
       </c>
       <c r="C72" t="s">
-        <v>1286</v>
+        <v>1282</v>
       </c>
       <c r="D72" t="s">
-        <v>2132</v>
+        <v>2128</v>
       </c>
     </row>
     <row r="73" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B73" t="s">
-        <v>2133</v>
+        <v>2129</v>
       </c>
       <c r="D73" t="s">
-        <v>2134</v>
+        <v>2130</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet21.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1400-000000000000}">
   <dimension ref="A1:D26"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>96</v>
+        <v>92</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>97</v>
+        <v>93</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>98</v>
+        <v>94</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
         <v>80</v>
       </c>
       <c r="B2" t="s">
         <v>81</v>
       </c>
       <c r="D2" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="3" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
-        <v>2135</v>
+        <v>2131</v>
       </c>
       <c r="B3" t="s">
-        <v>100</v>
+        <v>96</v>
       </c>
       <c r="D3" t="s">
-        <v>2136</v>
+        <v>2132</v>
       </c>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B4" t="s">
-        <v>108</v>
+        <v>104</v>
       </c>
       <c r="D4" t="s">
-        <v>2137</v>
+        <v>2133</v>
       </c>
     </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B5" t="s">
-        <v>2138</v>
+        <v>2134</v>
       </c>
       <c r="D5" t="s">
-        <v>2139</v>
+        <v>2135</v>
       </c>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B6" t="s">
-        <v>2140</v>
+        <v>2136</v>
       </c>
       <c r="C6" t="s">
-        <v>2141</v>
+        <v>2137</v>
       </c>
       <c r="D6" t="s">
-        <v>2142</v>
+        <v>2138</v>
       </c>
     </row>
     <row r="7" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B7" t="s">
-        <v>1029</v>
+        <v>1025</v>
       </c>
       <c r="C7" t="s">
-        <v>2143</v>
+        <v>2139</v>
       </c>
       <c r="D7" t="s">
-        <v>2144</v>
+        <v>2140</v>
       </c>
     </row>
     <row r="8" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B8" t="s">
-        <v>2145</v>
+        <v>2141</v>
       </c>
       <c r="C8" t="s">
-        <v>2146</v>
+        <v>2142</v>
       </c>
       <c r="D8" t="s">
-        <v>2147</v>
+        <v>2143</v>
       </c>
     </row>
     <row r="9" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B9" t="s">
-        <v>2148</v>
+        <v>2144</v>
       </c>
       <c r="C9" t="s">
-        <v>2149</v>
+        <v>2145</v>
       </c>
       <c r="D9" t="s">
-        <v>2150</v>
+        <v>2146</v>
       </c>
     </row>
     <row r="10" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B10" t="s">
-        <v>2100</v>
+        <v>2096</v>
       </c>
       <c r="C10" t="s">
-        <v>2151</v>
+        <v>2147</v>
       </c>
       <c r="D10" t="s">
-        <v>2152</v>
+        <v>2148</v>
       </c>
     </row>
     <row r="11" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B11" t="s">
-        <v>2153</v>
+        <v>2149</v>
       </c>
       <c r="C11" t="s">
-        <v>2154</v>
+        <v>2150</v>
       </c>
       <c r="D11" t="s">
-        <v>2155</v>
+        <v>2151</v>
       </c>
     </row>
     <row r="12" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B12" t="s">
-        <v>2156</v>
+        <v>2152</v>
       </c>
       <c r="C12" t="s">
-        <v>2157</v>
+        <v>2153</v>
       </c>
       <c r="D12" t="s">
-        <v>2158</v>
+        <v>2154</v>
       </c>
     </row>
     <row r="13" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B13" t="s">
-        <v>2159</v>
+        <v>2155</v>
       </c>
       <c r="C13" t="s">
-        <v>2160</v>
+        <v>2156</v>
       </c>
       <c r="D13" t="s">
-        <v>2161</v>
+        <v>2157</v>
       </c>
     </row>
     <row r="14" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B14" t="s">
-        <v>2162</v>
+        <v>2158</v>
       </c>
       <c r="C14" t="s">
-        <v>2163</v>
+        <v>2159</v>
       </c>
       <c r="D14" t="s">
-        <v>2164</v>
+        <v>2160</v>
       </c>
     </row>
     <row r="15" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B15" t="s">
-        <v>2165</v>
+        <v>2161</v>
       </c>
       <c r="C15" t="s">
-        <v>2166</v>
+        <v>2162</v>
       </c>
       <c r="D15" t="s">
-        <v>2167</v>
+        <v>2163</v>
       </c>
     </row>
     <row r="16" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B16" t="s">
-        <v>2168</v>
+        <v>2164</v>
       </c>
       <c r="C16" t="s">
-        <v>2169</v>
+        <v>2165</v>
       </c>
       <c r="D16" t="s">
-        <v>2170</v>
+        <v>2166</v>
       </c>
     </row>
     <row r="17" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B17" t="s">
-        <v>2171</v>
+        <v>2167</v>
       </c>
       <c r="C17" t="s">
-        <v>2172</v>
+        <v>2168</v>
       </c>
       <c r="D17" t="s">
-        <v>2173</v>
+        <v>2169</v>
       </c>
     </row>
     <row r="18" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B18" t="s">
-        <v>2174</v>
+        <v>2170</v>
       </c>
       <c r="C18" t="s">
-        <v>2175</v>
+        <v>2171</v>
       </c>
       <c r="D18" t="s">
-        <v>2176</v>
+        <v>2172</v>
       </c>
     </row>
     <row r="19" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B19" t="s">
-        <v>2177</v>
+        <v>2173</v>
       </c>
       <c r="C19" t="s">
-        <v>2178</v>
+        <v>2174</v>
       </c>
       <c r="D19" t="s">
-        <v>2179</v>
+        <v>2175</v>
       </c>
     </row>
     <row r="20" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B20" t="s">
-        <v>2180</v>
+        <v>2176</v>
       </c>
       <c r="C20" t="s">
-        <v>2181</v>
+        <v>2177</v>
       </c>
       <c r="D20" t="s">
-        <v>2182</v>
+        <v>2178</v>
       </c>
     </row>
     <row r="21" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B21" t="s">
-        <v>2183</v>
+        <v>2179</v>
       </c>
       <c r="C21" t="s">
-        <v>2184</v>
+        <v>2180</v>
       </c>
       <c r="D21" t="s">
-        <v>2185</v>
+        <v>2181</v>
       </c>
     </row>
     <row r="22" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B22" t="s">
-        <v>2186</v>
+        <v>2182</v>
       </c>
       <c r="C22" t="s">
-        <v>2187</v>
+        <v>2183</v>
       </c>
       <c r="D22" t="s">
-        <v>2188</v>
+        <v>2184</v>
       </c>
     </row>
     <row r="23" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B23" t="s">
-        <v>2189</v>
+        <v>2185</v>
       </c>
       <c r="C23" t="s">
-        <v>2190</v>
+        <v>2186</v>
       </c>
       <c r="D23" t="s">
-        <v>2191</v>
+        <v>2187</v>
       </c>
     </row>
     <row r="24" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B24" t="s">
-        <v>2192</v>
+        <v>2188</v>
       </c>
       <c r="C24" t="s">
-        <v>2193</v>
+        <v>2189</v>
       </c>
       <c r="D24" t="s">
-        <v>2194</v>
+        <v>2190</v>
       </c>
     </row>
     <row r="25" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B25" t="s">
-        <v>2195</v>
+        <v>2191</v>
       </c>
       <c r="C25" t="s">
-        <v>2196</v>
+        <v>2192</v>
       </c>
       <c r="D25" t="s">
-        <v>2197</v>
+        <v>2193</v>
       </c>
     </row>
     <row r="26" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B26" t="s">
-        <v>2198</v>
+        <v>2194</v>
       </c>
       <c r="D26" t="s">
-        <v>2199</v>
+        <v>2195</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet22.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1500-000000000000}">
   <dimension ref="A1:D32"/>
   <sheetViews>
     <sheetView topLeftCell="B1" workbookViewId="0">
       <selection sqref="A1:D1048576"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A1" s="6" t="s">
+      <c r="A1" s="5" t="s">
+        <v>92</v>
+      </c>
+      <c r="B1" s="5" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" s="5" t="s">
+        <v>93</v>
+      </c>
+      <c r="D1" s="5" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="2" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A2" s="3" t="s">
+        <v>2642</v>
+      </c>
+      <c r="B2" s="3" t="s">
+        <v>2643</v>
+      </c>
+      <c r="C2" s="3"/>
+      <c r="D2" s="3" t="s">
+        <v>2645</v>
+      </c>
+    </row>
+    <row r="3" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A3" s="3"/>
+      <c r="B3" s="3" t="s">
         <v>96</v>
       </c>
-      <c r="B1" s="6" t="s">
-[...28 lines deleted...]
-        <v>2906</v>
+      <c r="C3" s="3"/>
+      <c r="D3" s="3" t="s">
+        <v>2646</v>
       </c>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A4" s="5"/>
-[...5 lines deleted...]
-        <v>2908</v>
+      <c r="A4" s="3"/>
+      <c r="B4" s="3" t="s">
+        <v>2647</v>
+      </c>
+      <c r="C4" s="3"/>
+      <c r="D4" s="3" t="s">
+        <v>2648</v>
       </c>
     </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A5" s="5"/>
-[...5 lines deleted...]
-        <v>2909</v>
+      <c r="A5" s="3"/>
+      <c r="B5" s="3" t="s">
+        <v>298</v>
+      </c>
+      <c r="C5" s="3"/>
+      <c r="D5" s="3" t="s">
+        <v>2649</v>
       </c>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A6" s="5"/>
-[...5 lines deleted...]
-        <v>2910</v>
+      <c r="A6" s="3"/>
+      <c r="B6" s="3" t="s">
+        <v>298</v>
+      </c>
+      <c r="C6" s="3"/>
+      <c r="D6" s="3" t="s">
+        <v>2650</v>
       </c>
     </row>
     <row r="7" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A7" s="5"/>
-[...5 lines deleted...]
-        <v>2912</v>
+      <c r="A7" s="3"/>
+      <c r="B7" s="3" t="s">
+        <v>2651</v>
+      </c>
+      <c r="C7" s="3"/>
+      <c r="D7" s="3" t="s">
+        <v>2652</v>
       </c>
     </row>
     <row r="8" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A8" s="5"/>
-[...5 lines deleted...]
-        <v>2914</v>
+      <c r="A8" s="3"/>
+      <c r="B8" s="3" t="s">
+        <v>2653</v>
+      </c>
+      <c r="C8" s="3"/>
+      <c r="D8" s="3" t="s">
+        <v>2654</v>
       </c>
     </row>
     <row r="9" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A9" s="5"/>
-[...5 lines deleted...]
-        <v>2916</v>
+      <c r="A9" s="3"/>
+      <c r="B9" s="3" t="s">
+        <v>2655</v>
+      </c>
+      <c r="C9" s="3"/>
+      <c r="D9" s="3" t="s">
+        <v>2656</v>
       </c>
     </row>
     <row r="10" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A10" s="5"/>
-[...5 lines deleted...]
-        <v>2917</v>
+      <c r="A10" s="3"/>
+      <c r="B10" s="3" t="s">
+        <v>298</v>
+      </c>
+      <c r="C10" s="3"/>
+      <c r="D10" s="3" t="s">
+        <v>2657</v>
       </c>
     </row>
     <row r="11" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A11" s="5"/>
-[...5 lines deleted...]
-        <v>2918</v>
+      <c r="A11" s="3"/>
+      <c r="B11" s="3" t="s">
+        <v>298</v>
+      </c>
+      <c r="C11" s="3"/>
+      <c r="D11" s="3" t="s">
+        <v>2658</v>
       </c>
     </row>
     <row r="12" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A12" s="5"/>
-[...5 lines deleted...]
-        <v>2919</v>
+      <c r="A12" s="3"/>
+      <c r="B12" s="3" t="s">
+        <v>2134</v>
+      </c>
+      <c r="C12" s="3"/>
+      <c r="D12" s="3" t="s">
+        <v>2659</v>
       </c>
     </row>
     <row r="13" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A13" s="5"/>
-[...5 lines deleted...]
-        <v>2920</v>
+      <c r="A13" s="3"/>
+      <c r="B13" s="3" t="s">
+        <v>2134</v>
+      </c>
+      <c r="C13" s="3"/>
+      <c r="D13" s="3" t="s">
+        <v>2660</v>
       </c>
     </row>
     <row r="14" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A14" s="5"/>
-      <c r="B14" s="5" t="s">
+      <c r="A14" s="3"/>
+      <c r="B14" s="3" t="s">
+        <v>2196</v>
+      </c>
+      <c r="C14" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="D14" s="3" t="s">
+        <v>2661</v>
+      </c>
+    </row>
+    <row r="15" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A15" s="3"/>
+      <c r="B15" s="3" t="s">
+        <v>2198</v>
+      </c>
+      <c r="C15" s="3" t="s">
+        <v>112</v>
+      </c>
+      <c r="D15" s="3" t="s">
+        <v>2662</v>
+      </c>
+    </row>
+    <row r="16" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A16" s="3"/>
+      <c r="B16" s="3" t="s">
+        <v>2199</v>
+      </c>
+      <c r="C16" s="3" t="s">
+        <v>115</v>
+      </c>
+      <c r="D16" s="3" t="s">
+        <v>2663</v>
+      </c>
+    </row>
+    <row r="17" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B17" s="3" t="s">
+        <v>1156</v>
+      </c>
+      <c r="C17" s="3" t="s">
+        <v>118</v>
+      </c>
+      <c r="D17" s="3" t="s">
+        <v>2664</v>
+      </c>
+    </row>
+    <row r="18" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B18" s="3" t="s">
+        <v>2115</v>
+      </c>
+      <c r="C18" s="3" t="s">
+        <v>121</v>
+      </c>
+      <c r="D18" s="3" t="s">
+        <v>2665</v>
+      </c>
+    </row>
+    <row r="19" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B19" s="3" t="s">
+        <v>2203</v>
+      </c>
+      <c r="C19" s="3" t="s">
+        <v>124</v>
+      </c>
+      <c r="D19" s="3" t="s">
+        <v>2666</v>
+      </c>
+    </row>
+    <row r="20" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B20" s="3" t="s">
+        <v>2197</v>
+      </c>
+      <c r="C20" s="3" t="s">
+        <v>127</v>
+      </c>
+      <c r="D20" s="3" t="s">
+        <v>2667</v>
+      </c>
+    </row>
+    <row r="21" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B21" s="3" t="s">
+        <v>1462</v>
+      </c>
+      <c r="C21" s="3" t="s">
+        <v>130</v>
+      </c>
+      <c r="D21" s="3" t="s">
+        <v>2668</v>
+      </c>
+    </row>
+    <row r="22" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B22" s="3" t="s">
+        <v>2669</v>
+      </c>
+      <c r="C22" s="3" t="s">
+        <v>133</v>
+      </c>
+      <c r="D22" s="3" t="s">
+        <v>2670</v>
+      </c>
+    </row>
+    <row r="23" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B23" s="3" t="s">
         <v>2200</v>
       </c>
-      <c r="C14" s="5" t="s">
-[...8 lines deleted...]
-      <c r="B15" s="5" t="s">
+      <c r="C23" s="3" t="s">
+        <v>136</v>
+      </c>
+      <c r="D23" s="3" t="s">
+        <v>2671</v>
+      </c>
+    </row>
+    <row r="24" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B24" s="3" t="s">
+        <v>2672</v>
+      </c>
+      <c r="C24" s="3" t="s">
+        <v>139</v>
+      </c>
+      <c r="D24" s="3" t="s">
+        <v>2673</v>
+      </c>
+    </row>
+    <row r="25" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B25" s="3" t="s">
         <v>2202</v>
       </c>
-      <c r="C15" s="5" t="s">
-[...41 lines deleted...]
-      <c r="B19" s="5" t="s">
+      <c r="C25" s="3" t="s">
+        <v>142</v>
+      </c>
+      <c r="D25" s="3" t="s">
+        <v>2674</v>
+      </c>
+    </row>
+    <row r="26" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B26" s="3" t="s">
+        <v>2201</v>
+      </c>
+      <c r="C26" s="3" t="s">
+        <v>145</v>
+      </c>
+      <c r="D26" s="3" t="s">
+        <v>2675</v>
+      </c>
+    </row>
+    <row r="27" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B27" s="3" t="s">
+        <v>2096</v>
+      </c>
+      <c r="C27" s="3" t="s">
+        <v>148</v>
+      </c>
+      <c r="D27" s="3" t="s">
+        <v>2676</v>
+      </c>
+    </row>
+    <row r="28" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B28" s="3" t="s">
+        <v>2204</v>
+      </c>
+      <c r="C28" s="3" t="s">
+        <v>151</v>
+      </c>
+      <c r="D28" s="3" t="s">
+        <v>2677</v>
+      </c>
+    </row>
+    <row r="29" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B29" s="3" t="s">
+        <v>2155</v>
+      </c>
+      <c r="C29" s="3" t="s">
+        <v>154</v>
+      </c>
+      <c r="D29" s="3" t="s">
+        <v>2678</v>
+      </c>
+    </row>
+    <row r="30" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B30" s="3" t="s">
+        <v>2206</v>
+      </c>
+      <c r="C30" s="3" t="s">
+        <v>206</v>
+      </c>
+      <c r="D30" s="3" t="s">
+        <v>2679</v>
+      </c>
+    </row>
+    <row r="31" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B31" s="3" t="s">
         <v>2207</v>
       </c>
-      <c r="C19" s="5" t="s">
-[...73 lines deleted...]
-      <c r="B26" s="5" t="s">
+      <c r="C31" s="3" t="s">
+        <v>209</v>
+      </c>
+      <c r="D31" s="3" t="s">
+        <v>2680</v>
+      </c>
+    </row>
+    <row r="32" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B32" s="3" t="s">
         <v>2205</v>
       </c>
-      <c r="C26" s="5" t="s">
-[...69 lines deleted...]
-        <v>2941</v>
+      <c r="C32" s="3" t="s">
+        <v>212</v>
+      </c>
+      <c r="D32" s="3" t="s">
+        <v>2681</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet23.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1600-000000000000}">
   <dimension ref="A1:D174"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>96</v>
+        <v>92</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>97</v>
+        <v>93</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>98</v>
+        <v>94</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
         <v>84</v>
       </c>
       <c r="B2" t="s">
         <v>85</v>
       </c>
       <c r="D2" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="3" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
-        <v>2212</v>
+        <v>2208</v>
       </c>
       <c r="B3" t="s">
-        <v>100</v>
+        <v>96</v>
       </c>
       <c r="D3" t="s">
-        <v>2213</v>
+        <v>2209</v>
       </c>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B4" t="s">
-        <v>102</v>
+        <v>98</v>
       </c>
       <c r="D4" t="s">
-        <v>2214</v>
+        <v>2210</v>
       </c>
     </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B5" t="s">
-        <v>108</v>
+        <v>104</v>
       </c>
       <c r="D5" t="s">
-        <v>2215</v>
+        <v>2211</v>
       </c>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B6" t="s">
-        <v>164</v>
+        <v>160</v>
       </c>
       <c r="D6" t="s">
-        <v>2216</v>
+        <v>2212</v>
       </c>
     </row>
     <row r="7" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B7" t="s">
-        <v>2217</v>
+        <v>2213</v>
       </c>
       <c r="D7" t="s">
-        <v>2218</v>
+        <v>2214</v>
       </c>
     </row>
     <row r="8" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B8" t="s">
-        <v>2219</v>
+        <v>2215</v>
       </c>
       <c r="C8" t="s">
-        <v>113</v>
+        <v>109</v>
       </c>
       <c r="D8" t="s">
-        <v>2220</v>
+        <v>2216</v>
       </c>
     </row>
     <row r="9" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B9" t="s">
-        <v>2221</v>
+        <v>2217</v>
       </c>
       <c r="C9" t="s">
-        <v>116</v>
+        <v>112</v>
       </c>
       <c r="D9" t="s">
-        <v>2222</v>
+        <v>2218</v>
       </c>
     </row>
     <row r="10" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B10" t="s">
-        <v>2223</v>
+        <v>2219</v>
       </c>
       <c r="C10" t="s">
-        <v>119</v>
+        <v>115</v>
       </c>
       <c r="D10" t="s">
-        <v>2224</v>
+        <v>2220</v>
       </c>
     </row>
     <row r="11" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B11" t="s">
-        <v>2225</v>
+        <v>2221</v>
       </c>
       <c r="C11" t="s">
-        <v>122</v>
+        <v>118</v>
       </c>
       <c r="D11" t="s">
-        <v>2226</v>
+        <v>2222</v>
       </c>
     </row>
     <row r="12" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B12" t="s">
-        <v>2227</v>
+        <v>2223</v>
       </c>
       <c r="C12" t="s">
-        <v>125</v>
+        <v>121</v>
       </c>
       <c r="D12" t="s">
-        <v>2228</v>
+        <v>2224</v>
       </c>
     </row>
     <row r="13" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B13" t="s">
-        <v>2229</v>
+        <v>2225</v>
       </c>
       <c r="C13" t="s">
-        <v>128</v>
+        <v>124</v>
       </c>
       <c r="D13" t="s">
-        <v>2230</v>
+        <v>2226</v>
       </c>
     </row>
     <row r="14" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B14" t="s">
-        <v>2231</v>
+        <v>2227</v>
       </c>
       <c r="C14" t="s">
-        <v>131</v>
+        <v>127</v>
       </c>
       <c r="D14" t="s">
-        <v>2232</v>
+        <v>2228</v>
       </c>
     </row>
     <row r="15" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B15" t="s">
-        <v>2233</v>
+        <v>2229</v>
       </c>
       <c r="C15" t="s">
-        <v>134</v>
+        <v>130</v>
       </c>
       <c r="D15" t="s">
-        <v>2234</v>
+        <v>2230</v>
       </c>
     </row>
     <row r="16" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B16" t="s">
-        <v>2235</v>
+        <v>2231</v>
       </c>
       <c r="D16" t="s">
-        <v>2236</v>
+        <v>2232</v>
       </c>
     </row>
     <row r="17" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B17" t="s">
-        <v>2237</v>
+        <v>2233</v>
       </c>
       <c r="C17" t="s">
-        <v>137</v>
+        <v>133</v>
       </c>
       <c r="D17" t="s">
-        <v>2238</v>
+        <v>2234</v>
       </c>
     </row>
     <row r="18" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B18" t="s">
-        <v>2239</v>
+        <v>2235</v>
       </c>
       <c r="C18" t="s">
-        <v>140</v>
+        <v>136</v>
       </c>
       <c r="D18" t="s">
-        <v>2240</v>
+        <v>2236</v>
       </c>
     </row>
     <row r="19" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B19" t="s">
-        <v>2241</v>
+        <v>2237</v>
       </c>
       <c r="C19" t="s">
-        <v>143</v>
+        <v>139</v>
       </c>
       <c r="D19" t="s">
-        <v>2242</v>
+        <v>2238</v>
       </c>
     </row>
     <row r="20" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B20" t="s">
-        <v>2243</v>
+        <v>2239</v>
       </c>
       <c r="C20" t="s">
-        <v>146</v>
+        <v>142</v>
       </c>
       <c r="D20" t="s">
-        <v>2244</v>
+        <v>2240</v>
       </c>
     </row>
     <row r="21" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B21" t="s">
-        <v>2245</v>
+        <v>2241</v>
       </c>
       <c r="D21" t="s">
-        <v>2246</v>
+        <v>2242</v>
       </c>
     </row>
     <row r="22" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B22" t="s">
-        <v>2247</v>
+        <v>2243</v>
       </c>
       <c r="C22" t="s">
-        <v>149</v>
+        <v>145</v>
       </c>
       <c r="D22" t="s">
-        <v>2248</v>
+        <v>2244</v>
       </c>
     </row>
     <row r="23" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B23" t="s">
-        <v>2249</v>
+        <v>2245</v>
       </c>
       <c r="C23" t="s">
-        <v>152</v>
+        <v>148</v>
       </c>
       <c r="D23" t="s">
-        <v>2250</v>
+        <v>2246</v>
       </c>
     </row>
     <row r="24" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B24" t="s">
-        <v>2251</v>
+        <v>2247</v>
       </c>
       <c r="C24" t="s">
-        <v>155</v>
+        <v>151</v>
       </c>
       <c r="D24" t="s">
-        <v>2252</v>
+        <v>2248</v>
       </c>
     </row>
     <row r="25" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B25" t="s">
-        <v>2253</v>
+        <v>2249</v>
       </c>
       <c r="C25" t="s">
-        <v>158</v>
+        <v>154</v>
       </c>
       <c r="D25" t="s">
-        <v>2254</v>
+        <v>2250</v>
       </c>
     </row>
     <row r="26" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B26" t="s">
-        <v>2255</v>
+        <v>2251</v>
       </c>
       <c r="D26" t="s">
-        <v>2256</v>
+        <v>2252</v>
       </c>
     </row>
     <row r="27" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B27" t="s">
-        <v>2257</v>
+        <v>2253</v>
       </c>
       <c r="C27" t="s">
-        <v>210</v>
+        <v>206</v>
       </c>
       <c r="D27" t="s">
-        <v>2258</v>
+        <v>2254</v>
       </c>
     </row>
     <row r="28" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B28" t="s">
-        <v>2259</v>
+        <v>2255</v>
       </c>
       <c r="C28" t="s">
-        <v>213</v>
+        <v>209</v>
       </c>
       <c r="D28" t="s">
-        <v>2260</v>
+        <v>2256</v>
       </c>
     </row>
     <row r="29" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B29" t="s">
-        <v>2261</v>
+        <v>2257</v>
       </c>
       <c r="C29" t="s">
-        <v>216</v>
+        <v>212</v>
       </c>
       <c r="D29" t="s">
-        <v>2262</v>
+        <v>2258</v>
       </c>
     </row>
     <row r="30" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B30" t="s">
-        <v>2263</v>
+        <v>2259</v>
       </c>
       <c r="C30" t="s">
-        <v>219</v>
+        <v>215</v>
       </c>
       <c r="D30" t="s">
-        <v>2264</v>
+        <v>2260</v>
       </c>
     </row>
     <row r="31" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B31" t="s">
-        <v>2265</v>
+        <v>2261</v>
       </c>
       <c r="C31" t="s">
-        <v>222</v>
+        <v>218</v>
       </c>
       <c r="D31" t="s">
-        <v>2266</v>
+        <v>2262</v>
       </c>
     </row>
     <row r="32" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B32" t="s">
-        <v>2267</v>
+        <v>2263</v>
       </c>
       <c r="C32" t="s">
-        <v>225</v>
+        <v>221</v>
       </c>
       <c r="D32" t="s">
-        <v>2268</v>
+        <v>2264</v>
       </c>
     </row>
     <row r="33" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B33" t="s">
-        <v>2269</v>
+        <v>2265</v>
       </c>
       <c r="D33" t="s">
-        <v>2270</v>
+        <v>2266</v>
       </c>
     </row>
     <row r="34" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B34" t="s">
-        <v>2271</v>
+        <v>2267</v>
       </c>
       <c r="C34" t="s">
-        <v>228</v>
+        <v>224</v>
       </c>
       <c r="D34" t="s">
-        <v>2272</v>
+        <v>2268</v>
       </c>
     </row>
     <row r="35" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B35" t="s">
-        <v>2273</v>
+        <v>2269</v>
       </c>
       <c r="C35" t="s">
-        <v>231</v>
+        <v>227</v>
       </c>
       <c r="D35" t="s">
-        <v>2274</v>
+        <v>2270</v>
       </c>
     </row>
     <row r="36" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B36" t="s">
-        <v>2275</v>
+        <v>2271</v>
       </c>
       <c r="C36" t="s">
-        <v>236</v>
+        <v>232</v>
       </c>
       <c r="D36" t="s">
-        <v>2276</v>
+        <v>2272</v>
       </c>
     </row>
     <row r="37" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B37" t="s">
-        <v>2277</v>
+        <v>2273</v>
       </c>
       <c r="C37" t="s">
-        <v>239</v>
+        <v>235</v>
       </c>
       <c r="D37" t="s">
-        <v>2278</v>
+        <v>2274</v>
       </c>
     </row>
     <row r="38" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B38" t="s">
-        <v>2279</v>
+        <v>2275</v>
       </c>
       <c r="C38" t="s">
-        <v>242</v>
+        <v>238</v>
       </c>
       <c r="D38" t="s">
-        <v>2280</v>
+        <v>2276</v>
       </c>
     </row>
     <row r="39" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B39" t="s">
-        <v>2281</v>
+        <v>2277</v>
       </c>
       <c r="C39" t="s">
-        <v>245</v>
+        <v>241</v>
       </c>
       <c r="D39" t="s">
-        <v>2282</v>
+        <v>2278</v>
       </c>
     </row>
     <row r="40" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B40" t="s">
-        <v>2283</v>
+        <v>2279</v>
       </c>
       <c r="C40" t="s">
-        <v>248</v>
+        <v>244</v>
       </c>
       <c r="D40" t="s">
-        <v>2284</v>
+        <v>2280</v>
       </c>
     </row>
     <row r="41" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B41" t="s">
-        <v>2285</v>
+        <v>2281</v>
       </c>
       <c r="C41" t="s">
-        <v>253</v>
+        <v>249</v>
       </c>
       <c r="D41" t="s">
-        <v>2286</v>
+        <v>2282</v>
       </c>
     </row>
     <row r="42" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B42" t="s">
-        <v>2287</v>
+        <v>2283</v>
       </c>
       <c r="C42" t="s">
-        <v>256</v>
+        <v>252</v>
       </c>
       <c r="D42" t="s">
-        <v>2288</v>
+        <v>2284</v>
       </c>
     </row>
     <row r="43" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B43" t="s">
-        <v>2289</v>
+        <v>2285</v>
       </c>
       <c r="D43" t="s">
-        <v>2290</v>
+        <v>2286</v>
       </c>
     </row>
     <row r="44" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B44" t="s">
-        <v>2291</v>
+        <v>2287</v>
       </c>
       <c r="C44" t="s">
-        <v>259</v>
+        <v>255</v>
       </c>
       <c r="D44" t="s">
-        <v>2292</v>
+        <v>2288</v>
       </c>
     </row>
     <row r="45" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B45" t="s">
-        <v>2293</v>
+        <v>2289</v>
       </c>
       <c r="C45" t="s">
-        <v>262</v>
+        <v>258</v>
       </c>
       <c r="D45" t="s">
-        <v>2294</v>
+        <v>2290</v>
       </c>
     </row>
     <row r="46" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B46" t="s">
-        <v>2295</v>
+        <v>2291</v>
       </c>
       <c r="C46" t="s">
-        <v>265</v>
+        <v>261</v>
       </c>
       <c r="D46" t="s">
-        <v>2296</v>
+        <v>2292</v>
       </c>
     </row>
     <row r="47" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B47" t="s">
-        <v>2297</v>
+        <v>2293</v>
       </c>
       <c r="C47" t="s">
-        <v>268</v>
+        <v>264</v>
       </c>
       <c r="D47" t="s">
-        <v>2298</v>
+        <v>2294</v>
       </c>
     </row>
     <row r="48" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B48" t="s">
-        <v>2299</v>
+        <v>2295</v>
       </c>
       <c r="D48" t="s">
-        <v>2300</v>
+        <v>2296</v>
       </c>
     </row>
     <row r="49" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B49" t="s">
-        <v>2301</v>
+        <v>2297</v>
       </c>
       <c r="C49" t="s">
-        <v>271</v>
+        <v>267</v>
       </c>
       <c r="D49" t="s">
-        <v>2302</v>
+        <v>2298</v>
       </c>
     </row>
     <row r="50" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B50" t="s">
-        <v>2303</v>
+        <v>2299</v>
       </c>
       <c r="C50" t="s">
-        <v>274</v>
+        <v>270</v>
       </c>
       <c r="D50" t="s">
-        <v>2304</v>
+        <v>2300</v>
       </c>
     </row>
     <row r="51" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B51" t="s">
-        <v>2305</v>
+        <v>2301</v>
       </c>
       <c r="C51" t="s">
-        <v>279</v>
+        <v>275</v>
       </c>
       <c r="D51" t="s">
-        <v>2306</v>
+        <v>2302</v>
       </c>
     </row>
     <row r="52" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B52" t="s">
-        <v>2307</v>
+        <v>2303</v>
       </c>
       <c r="C52" t="s">
-        <v>556</v>
+        <v>552</v>
       </c>
       <c r="D52" t="s">
-        <v>2308</v>
+        <v>2304</v>
       </c>
     </row>
     <row r="53" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B53" t="s">
-        <v>2309</v>
+        <v>2305</v>
       </c>
       <c r="C53" t="s">
-        <v>559</v>
+        <v>555</v>
       </c>
       <c r="D53" t="s">
-        <v>2310</v>
+        <v>2306</v>
       </c>
     </row>
     <row r="54" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B54" t="s">
-        <v>2311</v>
+        <v>2307</v>
       </c>
       <c r="C54" t="s">
-        <v>562</v>
+        <v>558</v>
       </c>
       <c r="D54" t="s">
-        <v>2312</v>
+        <v>2308</v>
       </c>
     </row>
     <row r="55" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B55" t="s">
-        <v>2313</v>
+        <v>2309</v>
       </c>
       <c r="D55" t="s">
-        <v>2314</v>
+        <v>2310</v>
       </c>
     </row>
     <row r="56" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B56" t="s">
-        <v>2315</v>
+        <v>2311</v>
       </c>
       <c r="C56" t="s">
-        <v>565</v>
+        <v>561</v>
       </c>
       <c r="D56" t="s">
-        <v>2316</v>
+        <v>2312</v>
       </c>
     </row>
     <row r="57" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B57" t="s">
-        <v>2317</v>
+        <v>2313</v>
       </c>
       <c r="C57" t="s">
-        <v>570</v>
+        <v>566</v>
       </c>
       <c r="D57" t="s">
-        <v>2318</v>
+        <v>2314</v>
       </c>
     </row>
     <row r="58" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B58" t="s">
-        <v>2319</v>
+        <v>2315</v>
       </c>
       <c r="C58" t="s">
-        <v>573</v>
+        <v>569</v>
       </c>
       <c r="D58" t="s">
-        <v>2320</v>
+        <v>2316</v>
       </c>
     </row>
     <row r="59" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B59" t="s">
-        <v>2321</v>
+        <v>2317</v>
       </c>
       <c r="C59" t="s">
-        <v>578</v>
+        <v>574</v>
       </c>
       <c r="D59" t="s">
-        <v>2322</v>
+        <v>2318</v>
       </c>
     </row>
     <row r="60" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B60" t="s">
-        <v>2323</v>
+        <v>2319</v>
       </c>
       <c r="C60" t="s">
-        <v>581</v>
+        <v>577</v>
       </c>
       <c r="D60" t="s">
-        <v>2324</v>
+        <v>2320</v>
       </c>
     </row>
     <row r="61" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B61" t="s">
-        <v>2325</v>
+        <v>2321</v>
       </c>
       <c r="C61" t="s">
-        <v>586</v>
+        <v>582</v>
       </c>
       <c r="D61" t="s">
-        <v>2326</v>
+        <v>2322</v>
       </c>
     </row>
     <row r="62" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B62" t="s">
-        <v>2327</v>
+        <v>2323</v>
       </c>
       <c r="C62" t="s">
-        <v>589</v>
+        <v>585</v>
       </c>
       <c r="D62" t="s">
-        <v>2328</v>
+        <v>2324</v>
       </c>
     </row>
     <row r="63" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B63" t="s">
-        <v>2329</v>
+        <v>2325</v>
       </c>
       <c r="D63" t="s">
-        <v>2330</v>
+        <v>2326</v>
       </c>
     </row>
     <row r="64" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B64" t="s">
-        <v>2331</v>
+        <v>2327</v>
       </c>
       <c r="C64" t="s">
-        <v>594</v>
+        <v>590</v>
       </c>
       <c r="D64" t="s">
-        <v>2332</v>
+        <v>2328</v>
       </c>
     </row>
     <row r="65" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B65" t="s">
-        <v>2333</v>
+        <v>2329</v>
       </c>
       <c r="C65" t="s">
-        <v>597</v>
+        <v>593</v>
       </c>
       <c r="D65" t="s">
-        <v>2334</v>
+        <v>2330</v>
       </c>
     </row>
     <row r="66" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B66" t="s">
-        <v>2335</v>
+        <v>2331</v>
       </c>
       <c r="C66" t="s">
-        <v>602</v>
+        <v>598</v>
       </c>
       <c r="D66" t="s">
-        <v>2336</v>
+        <v>2332</v>
       </c>
     </row>
     <row r="67" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B67" t="s">
-        <v>2337</v>
+        <v>2333</v>
       </c>
       <c r="D67" t="s">
-        <v>2338</v>
+        <v>2334</v>
       </c>
     </row>
     <row r="68" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B68" t="s">
-        <v>2339</v>
+        <v>2335</v>
       </c>
       <c r="C68" t="s">
-        <v>605</v>
+        <v>601</v>
       </c>
       <c r="D68" t="s">
-        <v>2340</v>
+        <v>2336</v>
       </c>
     </row>
     <row r="69" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B69" t="s">
-        <v>2341</v>
+        <v>2337</v>
       </c>
       <c r="C69" t="s">
-        <v>610</v>
+        <v>606</v>
       </c>
       <c r="D69" t="s">
-        <v>2342</v>
+        <v>2338</v>
       </c>
     </row>
     <row r="70" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B70" t="s">
-        <v>2343</v>
+        <v>2339</v>
       </c>
       <c r="C70" t="s">
-        <v>1256</v>
+        <v>1252</v>
       </c>
       <c r="D70" t="s">
-        <v>2344</v>
+        <v>2340</v>
       </c>
     </row>
     <row r="71" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B71" t="s">
-        <v>2345</v>
+        <v>2341</v>
       </c>
       <c r="C71" t="s">
-        <v>1259</v>
+        <v>1255</v>
       </c>
       <c r="D71" t="s">
-        <v>2346</v>
+        <v>2342</v>
       </c>
     </row>
     <row r="72" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B72" t="s">
-        <v>2347</v>
+        <v>2343</v>
       </c>
       <c r="C72" t="s">
-        <v>1264</v>
+        <v>1260</v>
       </c>
       <c r="D72" t="s">
-        <v>2348</v>
+        <v>2344</v>
       </c>
     </row>
     <row r="73" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B73" t="s">
-        <v>2349</v>
+        <v>2345</v>
       </c>
       <c r="C73" t="s">
-        <v>1267</v>
+        <v>1263</v>
       </c>
       <c r="D73" t="s">
-        <v>2350</v>
+        <v>2346</v>
       </c>
     </row>
     <row r="74" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B74" t="s">
-        <v>2351</v>
+        <v>2347</v>
       </c>
       <c r="C74" t="s">
-        <v>1270</v>
+        <v>1266</v>
       </c>
       <c r="D74" t="s">
-        <v>2352</v>
+        <v>2348</v>
       </c>
     </row>
     <row r="75" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B75" t="s">
-        <v>2353</v>
+        <v>2349</v>
       </c>
       <c r="C75" t="s">
-        <v>1272</v>
+        <v>1268</v>
       </c>
       <c r="D75" t="s">
-        <v>2354</v>
+        <v>2350</v>
       </c>
     </row>
     <row r="76" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B76" t="s">
-        <v>2355</v>
+        <v>2351</v>
       </c>
       <c r="C76" t="s">
-        <v>1277</v>
+        <v>1273</v>
       </c>
       <c r="D76" t="s">
-        <v>2356</v>
+        <v>2352</v>
       </c>
     </row>
     <row r="77" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B77" t="s">
-        <v>2357</v>
+        <v>2353</v>
       </c>
       <c r="C77" t="s">
-        <v>1280</v>
+        <v>1276</v>
       </c>
       <c r="D77" t="s">
-        <v>2358</v>
+        <v>2354</v>
       </c>
     </row>
     <row r="78" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B78" t="s">
-        <v>2359</v>
+        <v>2355</v>
       </c>
       <c r="C78" t="s">
-        <v>1283</v>
+        <v>1279</v>
       </c>
       <c r="D78" t="s">
-        <v>2360</v>
+        <v>2356</v>
       </c>
     </row>
     <row r="79" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B79" t="s">
-        <v>376</v>
+        <v>372</v>
       </c>
       <c r="D79" t="s">
-        <v>2361</v>
+        <v>2357</v>
       </c>
     </row>
     <row r="80" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B80" t="s">
-        <v>2362</v>
+        <v>2358</v>
       </c>
       <c r="C80" t="s">
-        <v>1286</v>
+        <v>1282</v>
       </c>
       <c r="D80" t="s">
-        <v>2363</v>
+        <v>2359</v>
       </c>
     </row>
     <row r="81" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B81" t="s">
-        <v>2364</v>
+        <v>2360</v>
       </c>
       <c r="C81" t="s">
-        <v>1291</v>
+        <v>1287</v>
       </c>
       <c r="D81" t="s">
-        <v>2365</v>
+        <v>2361</v>
       </c>
     </row>
     <row r="82" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B82" t="s">
-        <v>2366</v>
+        <v>2362</v>
       </c>
       <c r="C82" t="s">
-        <v>1294</v>
+        <v>1290</v>
       </c>
       <c r="D82" t="s">
-        <v>2367</v>
+        <v>2363</v>
       </c>
     </row>
     <row r="83" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B83" t="s">
-        <v>2368</v>
+        <v>2364</v>
       </c>
       <c r="C83" t="s">
-        <v>1297</v>
+        <v>1293</v>
       </c>
       <c r="D83" t="s">
-        <v>2369</v>
+        <v>2365</v>
       </c>
     </row>
     <row r="84" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B84" t="s">
-        <v>2370</v>
+        <v>2366</v>
       </c>
       <c r="C84" t="s">
-        <v>1300</v>
+        <v>1296</v>
       </c>
       <c r="D84" t="s">
-        <v>2371</v>
+        <v>2367</v>
       </c>
     </row>
     <row r="85" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B85" t="s">
-        <v>2372</v>
+        <v>2368</v>
       </c>
       <c r="C85" t="s">
-        <v>1303</v>
+        <v>1299</v>
       </c>
       <c r="D85" t="s">
-        <v>2373</v>
+        <v>2369</v>
       </c>
     </row>
     <row r="86" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B86" t="s">
-        <v>2374</v>
+        <v>2370</v>
       </c>
       <c r="C86" t="s">
-        <v>1306</v>
+        <v>1302</v>
       </c>
       <c r="D86" t="s">
-        <v>2375</v>
+        <v>2371</v>
       </c>
     </row>
     <row r="87" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B87" t="s">
-        <v>2376</v>
+        <v>2372</v>
       </c>
       <c r="C87" t="s">
-        <v>1309</v>
+        <v>1305</v>
       </c>
       <c r="D87" t="s">
-        <v>2377</v>
+        <v>2373</v>
       </c>
     </row>
     <row r="88" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B88" t="s">
-        <v>2378</v>
+        <v>2374</v>
       </c>
       <c r="C88" t="s">
-        <v>1314</v>
+        <v>1310</v>
       </c>
       <c r="D88" t="s">
-        <v>2379</v>
+        <v>2375</v>
       </c>
     </row>
     <row r="89" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B89" t="s">
-        <v>2380</v>
+        <v>2376</v>
       </c>
       <c r="C89" t="s">
-        <v>1317</v>
+        <v>1313</v>
       </c>
       <c r="D89" t="s">
-        <v>2381</v>
+        <v>2377</v>
       </c>
     </row>
     <row r="90" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B90" t="s">
-        <v>2382</v>
+        <v>2378</v>
       </c>
       <c r="D90" t="s">
-        <v>2383</v>
+        <v>2379</v>
       </c>
     </row>
     <row r="91" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B91" t="s">
-        <v>2384</v>
+        <v>2380</v>
       </c>
       <c r="C91" t="s">
-        <v>1320</v>
+        <v>1316</v>
       </c>
       <c r="D91" t="s">
-        <v>2385</v>
+        <v>2381</v>
       </c>
     </row>
     <row r="92" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B92" t="s">
-        <v>2386</v>
+        <v>2382</v>
       </c>
       <c r="C92" t="s">
-        <v>1323</v>
+        <v>1319</v>
       </c>
       <c r="D92" t="s">
-        <v>2387</v>
+        <v>2383</v>
       </c>
     </row>
     <row r="93" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B93" t="s">
-        <v>2388</v>
+        <v>2384</v>
       </c>
       <c r="C93" t="s">
-        <v>1326</v>
+        <v>1322</v>
       </c>
       <c r="D93" t="s">
-        <v>2389</v>
+        <v>2385</v>
       </c>
     </row>
     <row r="94" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B94" t="s">
-        <v>2390</v>
+        <v>2386</v>
       </c>
       <c r="C94" t="s">
-        <v>1331</v>
+        <v>1327</v>
       </c>
       <c r="D94" t="s">
-        <v>2391</v>
+        <v>2387</v>
       </c>
     </row>
     <row r="95" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B95" t="s">
-        <v>2392</v>
+        <v>2388</v>
       </c>
       <c r="C95" t="s">
-        <v>1334</v>
+        <v>1330</v>
       </c>
       <c r="D95" t="s">
-        <v>2393</v>
+        <v>2389</v>
       </c>
     </row>
     <row r="96" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B96" t="s">
-        <v>2394</v>
+        <v>2390</v>
       </c>
       <c r="C96" t="s">
-        <v>1337</v>
+        <v>1333</v>
       </c>
       <c r="D96" t="s">
-        <v>2395</v>
+        <v>2391</v>
       </c>
     </row>
     <row r="97" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B97" t="s">
-        <v>2396</v>
+        <v>2392</v>
       </c>
       <c r="D97" t="s">
-        <v>2397</v>
+        <v>2393</v>
       </c>
     </row>
     <row r="98" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B98" t="s">
-        <v>2398</v>
+        <v>2394</v>
       </c>
       <c r="C98" t="s">
-        <v>1340</v>
+        <v>1336</v>
       </c>
       <c r="D98" t="s">
-        <v>2399</v>
+        <v>2395</v>
       </c>
     </row>
     <row r="99" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B99" t="s">
-        <v>2400</v>
+        <v>2396</v>
       </c>
       <c r="C99" t="s">
-        <v>1343</v>
+        <v>1339</v>
       </c>
       <c r="D99" t="s">
-        <v>2401</v>
+        <v>2397</v>
       </c>
     </row>
     <row r="100" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B100" t="s">
-        <v>2402</v>
+        <v>2398</v>
       </c>
       <c r="C100" t="s">
-        <v>1346</v>
+        <v>1342</v>
       </c>
       <c r="D100" t="s">
-        <v>2403</v>
+        <v>2399</v>
       </c>
     </row>
     <row r="101" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B101" t="s">
-        <v>2404</v>
+        <v>2400</v>
       </c>
       <c r="C101" t="s">
-        <v>1349</v>
+        <v>1345</v>
       </c>
       <c r="D101" t="s">
-        <v>2405</v>
+        <v>2401</v>
       </c>
     </row>
     <row r="102" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B102" t="s">
-        <v>2406</v>
+        <v>2402</v>
       </c>
       <c r="C102" t="s">
-        <v>1352</v>
+        <v>1348</v>
       </c>
       <c r="D102" t="s">
-        <v>2407</v>
+        <v>2403</v>
       </c>
     </row>
     <row r="103" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B103" t="s">
-        <v>2408</v>
+        <v>2404</v>
       </c>
       <c r="C103" t="s">
-        <v>1355</v>
+        <v>1351</v>
       </c>
       <c r="D103" t="s">
-        <v>2409</v>
+        <v>2405</v>
       </c>
     </row>
     <row r="104" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B104" t="s">
-        <v>960</v>
+        <v>956</v>
       </c>
       <c r="C104" t="s">
-        <v>1358</v>
+        <v>1354</v>
       </c>
       <c r="D104" t="s">
-        <v>2410</v>
+        <v>2406</v>
       </c>
     </row>
     <row r="105" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B105" t="s">
-        <v>2411</v>
+        <v>2407</v>
       </c>
       <c r="C105" t="s">
-        <v>1361</v>
+        <v>1357</v>
       </c>
       <c r="D105" t="s">
-        <v>2412</v>
+        <v>2408</v>
       </c>
     </row>
     <row r="106" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B106" t="s">
-        <v>2413</v>
+        <v>2409</v>
       </c>
       <c r="D106" t="s">
-        <v>2414</v>
+        <v>2410</v>
       </c>
     </row>
     <row r="107" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B107" t="s">
-        <v>2415</v>
+        <v>2411</v>
       </c>
       <c r="C107" t="s">
-        <v>1364</v>
+        <v>1360</v>
       </c>
       <c r="D107" t="s">
-        <v>2416</v>
+        <v>2412</v>
       </c>
     </row>
     <row r="108" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B108" t="s">
-        <v>2417</v>
+        <v>2413</v>
       </c>
       <c r="C108" t="s">
-        <v>1369</v>
+        <v>1365</v>
       </c>
       <c r="D108" t="s">
-        <v>2418</v>
+        <v>2414</v>
       </c>
     </row>
     <row r="109" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B109" t="s">
-        <v>2419</v>
+        <v>2415</v>
       </c>
       <c r="C109" t="s">
-        <v>1372</v>
+        <v>1368</v>
       </c>
       <c r="D109" t="s">
-        <v>2420</v>
+        <v>2416</v>
       </c>
     </row>
     <row r="110" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B110" t="s">
-        <v>2421</v>
+        <v>2417</v>
       </c>
       <c r="C110" t="s">
-        <v>1375</v>
+        <v>1371</v>
       </c>
       <c r="D110" t="s">
-        <v>2422</v>
+        <v>2418</v>
       </c>
     </row>
     <row r="111" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B111" t="s">
-        <v>2423</v>
+        <v>2419</v>
       </c>
       <c r="C111" t="s">
-        <v>1378</v>
+        <v>1374</v>
       </c>
       <c r="D111" t="s">
-        <v>2424</v>
+        <v>2420</v>
       </c>
     </row>
     <row r="112" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B112" t="s">
-        <v>2425</v>
+        <v>2421</v>
       </c>
       <c r="C112" t="s">
-        <v>1381</v>
+        <v>1377</v>
       </c>
       <c r="D112" t="s">
-        <v>2426</v>
+        <v>2422</v>
       </c>
     </row>
     <row r="113" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B113" t="s">
-        <v>2427</v>
+        <v>2423</v>
       </c>
       <c r="C113" t="s">
-        <v>1384</v>
+        <v>1380</v>
       </c>
       <c r="D113" t="s">
-        <v>2428</v>
+        <v>2424</v>
       </c>
     </row>
     <row r="114" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B114" t="s">
-        <v>2429</v>
+        <v>2425</v>
       </c>
       <c r="C114" t="s">
-        <v>1387</v>
+        <v>1383</v>
       </c>
       <c r="D114" t="s">
-        <v>2430</v>
+        <v>2426</v>
       </c>
     </row>
     <row r="115" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B115" t="s">
-        <v>2431</v>
+        <v>2427</v>
       </c>
       <c r="D115" t="s">
-        <v>2432</v>
+        <v>2428</v>
       </c>
     </row>
     <row r="116" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B116" t="s">
-        <v>2433</v>
+        <v>2429</v>
       </c>
       <c r="C116" t="s">
-        <v>1390</v>
+        <v>1386</v>
       </c>
       <c r="D116" t="s">
-        <v>2434</v>
+        <v>2430</v>
       </c>
     </row>
     <row r="117" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B117" t="s">
-        <v>2435</v>
+        <v>2431</v>
       </c>
       <c r="C117" t="s">
-        <v>1393</v>
+        <v>1389</v>
       </c>
       <c r="D117" t="s">
-        <v>2436</v>
+        <v>2432</v>
       </c>
     </row>
     <row r="118" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B118" t="s">
-        <v>2437</v>
+        <v>2433</v>
       </c>
       <c r="C118" t="s">
-        <v>1396</v>
+        <v>1392</v>
       </c>
       <c r="D118" t="s">
-        <v>2438</v>
+        <v>2434</v>
       </c>
     </row>
     <row r="119" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B119" t="s">
-        <v>2439</v>
+        <v>2435</v>
       </c>
       <c r="C119" t="s">
-        <v>1399</v>
+        <v>1395</v>
       </c>
       <c r="D119" t="s">
-        <v>2440</v>
+        <v>2436</v>
       </c>
     </row>
     <row r="120" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B120" t="s">
-        <v>2441</v>
+        <v>2437</v>
       </c>
       <c r="C120" t="s">
-        <v>1402</v>
+        <v>1398</v>
       </c>
       <c r="D120" t="s">
-        <v>2442</v>
+        <v>2438</v>
       </c>
     </row>
     <row r="121" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B121" t="s">
-        <v>2443</v>
+        <v>2439</v>
       </c>
       <c r="C121" t="s">
-        <v>1407</v>
+        <v>1403</v>
       </c>
       <c r="D121" t="s">
-        <v>2444</v>
+        <v>2440</v>
       </c>
     </row>
     <row r="122" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B122" t="s">
-        <v>2445</v>
+        <v>2441</v>
       </c>
       <c r="C122" t="s">
-        <v>1410</v>
+        <v>1406</v>
       </c>
       <c r="D122" t="s">
-        <v>2446</v>
+        <v>2442</v>
       </c>
     </row>
     <row r="123" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B123" t="s">
-        <v>2447</v>
+        <v>2443</v>
       </c>
       <c r="C123" t="s">
-        <v>1413</v>
+        <v>1409</v>
       </c>
       <c r="D123" t="s">
-        <v>2448</v>
+        <v>2444</v>
       </c>
     </row>
     <row r="124" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B124" t="s">
-        <v>2449</v>
+        <v>2445</v>
       </c>
       <c r="C124" t="s">
-        <v>1416</v>
+        <v>1412</v>
       </c>
       <c r="D124" t="s">
-        <v>2450</v>
+        <v>2446</v>
       </c>
     </row>
     <row r="125" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B125" t="s">
-        <v>2451</v>
+        <v>2447</v>
       </c>
       <c r="C125" t="s">
-        <v>1419</v>
+        <v>1415</v>
       </c>
       <c r="D125" t="s">
-        <v>2452</v>
+        <v>2448</v>
       </c>
     </row>
     <row r="126" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B126" t="s">
-        <v>2453</v>
+        <v>2449</v>
       </c>
       <c r="D126" t="s">
-        <v>2454</v>
+        <v>2450</v>
       </c>
     </row>
     <row r="127" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B127" t="s">
-        <v>2455</v>
+        <v>2451</v>
       </c>
       <c r="C127" t="s">
-        <v>1422</v>
+        <v>1418</v>
       </c>
       <c r="D127" t="s">
-        <v>2456</v>
+        <v>2452</v>
       </c>
     </row>
     <row r="128" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B128" t="s">
-        <v>2457</v>
+        <v>2453</v>
       </c>
       <c r="C128" t="s">
-        <v>1425</v>
+        <v>1421</v>
       </c>
       <c r="D128" t="s">
-        <v>2458</v>
+        <v>2454</v>
       </c>
     </row>
     <row r="129" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B129" t="s">
-        <v>2459</v>
+        <v>2455</v>
       </c>
       <c r="D129" t="s">
-        <v>2460</v>
+        <v>2456</v>
       </c>
     </row>
     <row r="130" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B130" t="s">
-        <v>2461</v>
+        <v>2457</v>
       </c>
       <c r="C130" t="s">
-        <v>1428</v>
+        <v>1424</v>
       </c>
       <c r="D130" t="s">
-        <v>2462</v>
+        <v>2458</v>
       </c>
     </row>
     <row r="131" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B131" t="s">
-        <v>2463</v>
+        <v>2459</v>
       </c>
       <c r="C131" t="s">
-        <v>1431</v>
+        <v>1427</v>
       </c>
       <c r="D131" t="s">
-        <v>2464</v>
+        <v>2460</v>
       </c>
     </row>
     <row r="132" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B132" t="s">
-        <v>2465</v>
+        <v>2461</v>
       </c>
       <c r="C132" t="s">
-        <v>1434</v>
+        <v>1430</v>
       </c>
       <c r="D132" t="s">
-        <v>2466</v>
+        <v>2462</v>
       </c>
     </row>
     <row r="133" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B133" t="s">
-        <v>2467</v>
+        <v>2463</v>
       </c>
       <c r="C133" t="s">
-        <v>1439</v>
+        <v>1435</v>
       </c>
       <c r="D133" t="s">
-        <v>2468</v>
+        <v>2464</v>
       </c>
     </row>
     <row r="134" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B134" t="s">
-        <v>2469</v>
+        <v>2465</v>
       </c>
       <c r="C134" t="s">
-        <v>1442</v>
+        <v>1438</v>
       </c>
       <c r="D134" t="s">
-        <v>2470</v>
+        <v>2466</v>
       </c>
     </row>
     <row r="135" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B135" t="s">
-        <v>2471</v>
+        <v>2467</v>
       </c>
       <c r="C135" t="s">
-        <v>1445</v>
+        <v>1441</v>
       </c>
       <c r="D135" t="s">
-        <v>2472</v>
+        <v>2468</v>
       </c>
     </row>
     <row r="136" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B136" t="s">
-        <v>2473</v>
+        <v>2469</v>
       </c>
       <c r="C136" t="s">
-        <v>1450</v>
+        <v>1446</v>
       </c>
       <c r="D136" t="s">
-        <v>2474</v>
+        <v>2470</v>
       </c>
     </row>
     <row r="137" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B137" t="s">
-        <v>2475</v>
+        <v>2471</v>
       </c>
       <c r="C137" t="s">
-        <v>1453</v>
+        <v>1449</v>
       </c>
       <c r="D137" t="s">
-        <v>2476</v>
+        <v>2472</v>
       </c>
     </row>
     <row r="138" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B138" t="s">
-        <v>2477</v>
+        <v>2473</v>
       </c>
       <c r="C138" t="s">
-        <v>1456</v>
+        <v>1452</v>
       </c>
       <c r="D138" t="s">
-        <v>2478</v>
+        <v>2474</v>
       </c>
     </row>
     <row r="139" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B139" t="s">
-        <v>2479</v>
+        <v>2475</v>
       </c>
       <c r="C139" t="s">
-        <v>1461</v>
+        <v>1457</v>
       </c>
       <c r="D139" t="s">
-        <v>2480</v>
+        <v>2476</v>
       </c>
     </row>
     <row r="140" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B140" t="s">
-        <v>2481</v>
+        <v>2477</v>
       </c>
       <c r="C140" t="s">
-        <v>1464</v>
+        <v>1460</v>
       </c>
       <c r="D140" t="s">
-        <v>2482</v>
+        <v>2478</v>
       </c>
     </row>
     <row r="141" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B141" t="s">
-        <v>2483</v>
+        <v>2479</v>
       </c>
       <c r="C141" t="s">
-        <v>1467</v>
+        <v>1463</v>
       </c>
       <c r="D141" t="s">
-        <v>2484</v>
+        <v>2480</v>
       </c>
     </row>
     <row r="142" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B142" t="s">
-        <v>2485</v>
+        <v>2481</v>
       </c>
       <c r="C142" t="s">
-        <v>1472</v>
+        <v>1468</v>
       </c>
       <c r="D142" t="s">
-        <v>2486</v>
+        <v>2482</v>
       </c>
     </row>
     <row r="143" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B143" t="s">
-        <v>2487</v>
+        <v>2483</v>
       </c>
       <c r="D143" t="s">
-        <v>2488</v>
+        <v>2484</v>
       </c>
     </row>
     <row r="144" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B144" t="s">
-        <v>2489</v>
+        <v>2485</v>
       </c>
       <c r="C144" t="s">
-        <v>1475</v>
+        <v>1471</v>
       </c>
       <c r="D144" t="s">
-        <v>2490</v>
+        <v>2486</v>
       </c>
     </row>
     <row r="145" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B145" t="s">
-        <v>2491</v>
+        <v>2487</v>
       </c>
       <c r="C145" t="s">
-        <v>1478</v>
+        <v>1474</v>
       </c>
       <c r="D145" t="s">
-        <v>2492</v>
+        <v>2488</v>
       </c>
     </row>
     <row r="146" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B146" t="s">
-        <v>2493</v>
+        <v>2489</v>
       </c>
       <c r="C146" t="s">
-        <v>1481</v>
+        <v>1477</v>
       </c>
       <c r="D146" t="s">
-        <v>2494</v>
+        <v>2490</v>
       </c>
     </row>
     <row r="147" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B147" t="s">
-        <v>2495</v>
+        <v>2491</v>
       </c>
       <c r="C147" t="s">
-        <v>1484</v>
+        <v>1480</v>
       </c>
       <c r="D147" t="s">
-        <v>2496</v>
+        <v>2492</v>
       </c>
     </row>
     <row r="148" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B148" t="s">
-        <v>2497</v>
+        <v>2493</v>
       </c>
       <c r="C148" t="s">
-        <v>1487</v>
+        <v>1483</v>
       </c>
       <c r="D148" t="s">
-        <v>2498</v>
+        <v>2494</v>
       </c>
     </row>
     <row r="149" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B149" t="s">
-        <v>2499</v>
+        <v>2495</v>
       </c>
       <c r="C149" t="s">
-        <v>1490</v>
+        <v>1486</v>
       </c>
       <c r="D149" t="s">
-        <v>2500</v>
+        <v>2496</v>
       </c>
     </row>
     <row r="150" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B150" t="s">
-        <v>2501</v>
+        <v>2497</v>
       </c>
       <c r="C150" t="s">
-        <v>1493</v>
+        <v>1489</v>
       </c>
       <c r="D150" t="s">
-        <v>2502</v>
+        <v>2498</v>
       </c>
     </row>
     <row r="151" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B151" t="s">
-        <v>2503</v>
+        <v>2499</v>
       </c>
       <c r="C151" t="s">
-        <v>1496</v>
+        <v>1492</v>
       </c>
       <c r="D151" t="s">
-        <v>2504</v>
+        <v>2500</v>
       </c>
     </row>
     <row r="152" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B152" t="s">
-        <v>2505</v>
+        <v>2501</v>
       </c>
       <c r="C152" t="s">
-        <v>1499</v>
+        <v>1495</v>
       </c>
       <c r="D152" t="s">
-        <v>2506</v>
+        <v>2502</v>
       </c>
     </row>
     <row r="153" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B153" t="s">
-        <v>2507</v>
+        <v>2503</v>
       </c>
       <c r="C153" t="s">
-        <v>1502</v>
+        <v>1498</v>
       </c>
       <c r="D153" t="s">
-        <v>2508</v>
+        <v>2504</v>
       </c>
     </row>
     <row r="154" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B154" t="s">
-        <v>2509</v>
+        <v>2505</v>
       </c>
       <c r="C154" t="s">
-        <v>1505</v>
+        <v>1501</v>
       </c>
       <c r="D154" t="s">
-        <v>2510</v>
+        <v>2506</v>
       </c>
     </row>
     <row r="155" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B155" t="s">
-        <v>2511</v>
+        <v>2507</v>
       </c>
       <c r="C155" t="s">
-        <v>1510</v>
+        <v>1506</v>
       </c>
       <c r="D155" t="s">
-        <v>2512</v>
+        <v>2508</v>
       </c>
     </row>
     <row r="156" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B156" t="s">
-        <v>2513</v>
+        <v>2509</v>
       </c>
       <c r="C156" t="s">
-        <v>1513</v>
+        <v>1509</v>
       </c>
       <c r="D156" t="s">
-        <v>2514</v>
+        <v>2510</v>
       </c>
     </row>
     <row r="157" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B157" t="s">
-        <v>2515</v>
+        <v>2511</v>
       </c>
       <c r="C157" t="s">
-        <v>1516</v>
+        <v>1512</v>
       </c>
       <c r="D157" t="s">
-        <v>2516</v>
+        <v>2512</v>
       </c>
     </row>
     <row r="158" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B158" t="s">
-        <v>2517</v>
+        <v>2513</v>
       </c>
       <c r="C158" t="s">
-        <v>1519</v>
+        <v>1515</v>
       </c>
       <c r="D158" t="s">
-        <v>2518</v>
+        <v>2514</v>
       </c>
     </row>
     <row r="159" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B159" t="s">
-        <v>2519</v>
+        <v>2515</v>
       </c>
       <c r="C159" t="s">
-        <v>1522</v>
+        <v>1518</v>
       </c>
       <c r="D159" t="s">
-        <v>2520</v>
+        <v>2516</v>
       </c>
     </row>
     <row r="160" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B160" t="s">
-        <v>2521</v>
+        <v>2517</v>
       </c>
       <c r="C160" t="s">
-        <v>1525</v>
+        <v>1521</v>
       </c>
       <c r="D160" t="s">
-        <v>2522</v>
+        <v>2518</v>
       </c>
     </row>
     <row r="161" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B161" t="s">
-        <v>2523</v>
+        <v>2519</v>
       </c>
       <c r="C161" t="s">
-        <v>1529</v>
+        <v>1525</v>
       </c>
       <c r="D161" t="s">
-        <v>2524</v>
+        <v>2520</v>
       </c>
     </row>
     <row r="162" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B162" t="s">
-        <v>2525</v>
+        <v>2521</v>
       </c>
       <c r="D162" t="s">
-        <v>2526</v>
+        <v>2522</v>
       </c>
     </row>
     <row r="163" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B163" t="s">
-        <v>2527</v>
+        <v>2523</v>
       </c>
       <c r="C163" t="s">
-        <v>1532</v>
+        <v>1528</v>
       </c>
       <c r="D163" t="s">
-        <v>2528</v>
+        <v>2524</v>
       </c>
     </row>
     <row r="164" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B164" t="s">
-        <v>2529</v>
+        <v>2525</v>
       </c>
       <c r="C164" t="s">
-        <v>1535</v>
+        <v>1531</v>
       </c>
       <c r="D164" t="s">
-        <v>2530</v>
+        <v>2526</v>
       </c>
     </row>
     <row r="165" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B165" t="s">
-        <v>2531</v>
+        <v>2527</v>
       </c>
       <c r="C165" t="s">
-        <v>1538</v>
+        <v>1534</v>
       </c>
       <c r="D165" t="s">
-        <v>2532</v>
+        <v>2528</v>
       </c>
     </row>
     <row r="166" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B166" t="s">
-        <v>2533</v>
+        <v>2529</v>
       </c>
       <c r="C166" t="s">
-        <v>1541</v>
+        <v>1537</v>
       </c>
       <c r="D166" t="s">
-        <v>2534</v>
+        <v>2530</v>
       </c>
     </row>
     <row r="167" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B167" t="s">
-        <v>2535</v>
+        <v>2531</v>
       </c>
       <c r="C167" t="s">
-        <v>1544</v>
+        <v>1540</v>
       </c>
       <c r="D167" t="s">
-        <v>2536</v>
+        <v>2532</v>
       </c>
     </row>
     <row r="168" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B168" t="s">
-        <v>2537</v>
+        <v>2533</v>
       </c>
       <c r="C168" t="s">
-        <v>1547</v>
+        <v>1543</v>
       </c>
       <c r="D168" t="s">
-        <v>2538</v>
+        <v>2534</v>
       </c>
     </row>
     <row r="169" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B169" t="s">
-        <v>2539</v>
+        <v>2535</v>
       </c>
       <c r="C169" t="s">
-        <v>1550</v>
+        <v>1546</v>
       </c>
       <c r="D169" t="s">
-        <v>2540</v>
+        <v>2536</v>
       </c>
     </row>
     <row r="170" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B170" t="s">
-        <v>2541</v>
+        <v>2537</v>
       </c>
       <c r="C170" t="s">
-        <v>1553</v>
+        <v>1549</v>
       </c>
       <c r="D170" t="s">
-        <v>2542</v>
+        <v>2538</v>
       </c>
     </row>
     <row r="171" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B171" t="s">
-        <v>2543</v>
+        <v>2539</v>
       </c>
       <c r="C171" t="s">
-        <v>1556</v>
+        <v>1552</v>
       </c>
       <c r="D171" t="s">
-        <v>2544</v>
+        <v>2540</v>
       </c>
     </row>
     <row r="172" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B172" t="s">
-        <v>2545</v>
+        <v>2541</v>
       </c>
       <c r="C172" t="s">
-        <v>1559</v>
+        <v>1555</v>
       </c>
       <c r="D172" t="s">
-        <v>2546</v>
+        <v>2542</v>
       </c>
     </row>
     <row r="173" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B173" t="s">
-        <v>2547</v>
+        <v>2543</v>
       </c>
       <c r="C173" t="s">
-        <v>1562</v>
+        <v>1558</v>
       </c>
       <c r="D173" t="s">
-        <v>2548</v>
+        <v>2544</v>
       </c>
     </row>
     <row r="174" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B174" t="s">
-        <v>2549</v>
+        <v>2545</v>
       </c>
       <c r="C174" t="s">
-        <v>1565</v>
+        <v>1561</v>
       </c>
       <c r="D174" t="s">
-        <v>2550</v>
+        <v>2546</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet24.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1700-000000000000}">
   <dimension ref="A1:D36"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>96</v>
+        <v>92</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>97</v>
+        <v>93</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>98</v>
+        <v>94</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
         <v>88</v>
       </c>
       <c r="B2" t="s">
         <v>89</v>
       </c>
       <c r="D2" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="3" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
-        <v>2551</v>
+        <v>2547</v>
       </c>
       <c r="B3" t="s">
-        <v>100</v>
+        <v>96</v>
       </c>
       <c r="D3" t="s">
-        <v>2553</v>
+        <v>2549</v>
       </c>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A4" t="s">
-        <v>2552</v>
+        <v>2548</v>
       </c>
       <c r="B4" t="s">
-        <v>102</v>
+        <v>98</v>
       </c>
       <c r="D4" t="s">
-        <v>2554</v>
+        <v>2550</v>
       </c>
     </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B5" t="s">
-        <v>108</v>
+        <v>104</v>
       </c>
       <c r="D5" t="s">
-        <v>2555</v>
+        <v>2551</v>
       </c>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B6" t="s">
-        <v>2556</v>
+        <v>2552</v>
       </c>
       <c r="D6" t="s">
-        <v>2557</v>
+        <v>2553</v>
       </c>
     </row>
     <row r="7" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B7" t="s">
-        <v>2558</v>
+        <v>2554</v>
       </c>
       <c r="C7" t="s">
-        <v>113</v>
+        <v>109</v>
       </c>
       <c r="D7" t="s">
-        <v>2559</v>
+        <v>2555</v>
       </c>
     </row>
     <row r="8" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B8" t="s">
-        <v>2560</v>
+        <v>2556</v>
       </c>
       <c r="C8" t="s">
-        <v>116</v>
+        <v>112</v>
       </c>
       <c r="D8" t="s">
-        <v>2561</v>
+        <v>2557</v>
       </c>
     </row>
     <row r="9" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B9" t="s">
-        <v>2562</v>
+        <v>2558</v>
       </c>
       <c r="C9" t="s">
-        <v>119</v>
+        <v>115</v>
       </c>
       <c r="D9" t="s">
-        <v>2563</v>
+        <v>2559</v>
       </c>
     </row>
     <row r="10" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B10" t="s">
-        <v>2564</v>
+        <v>2560</v>
       </c>
       <c r="C10" t="s">
-        <v>122</v>
+        <v>118</v>
       </c>
       <c r="D10" t="s">
-        <v>2565</v>
+        <v>2561</v>
       </c>
     </row>
     <row r="11" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B11" t="s">
-        <v>2566</v>
+        <v>2562</v>
       </c>
       <c r="C11" t="s">
-        <v>125</v>
+        <v>121</v>
       </c>
       <c r="D11" t="s">
-        <v>2567</v>
+        <v>2563</v>
       </c>
     </row>
     <row r="12" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B12" t="s">
-        <v>2568</v>
+        <v>2564</v>
       </c>
       <c r="C12" t="s">
-        <v>128</v>
+        <v>124</v>
       </c>
       <c r="D12" t="s">
-        <v>2569</v>
+        <v>2565</v>
       </c>
     </row>
     <row r="13" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B13" t="s">
-        <v>2570</v>
+        <v>2566</v>
       </c>
       <c r="C13" t="s">
-        <v>131</v>
+        <v>127</v>
       </c>
       <c r="D13" t="s">
-        <v>2571</v>
+        <v>2567</v>
       </c>
     </row>
     <row r="14" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B14" t="s">
-        <v>2572</v>
+        <v>2568</v>
       </c>
       <c r="C14" t="s">
-        <v>134</v>
+        <v>130</v>
       </c>
       <c r="D14" t="s">
-        <v>2573</v>
+        <v>2569</v>
       </c>
     </row>
     <row r="15" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B15" t="s">
-        <v>2574</v>
+        <v>2570</v>
       </c>
       <c r="C15" t="s">
-        <v>137</v>
+        <v>133</v>
       </c>
       <c r="D15" t="s">
-        <v>2575</v>
+        <v>2571</v>
       </c>
     </row>
     <row r="16" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B16" t="s">
-        <v>2576</v>
+        <v>2572</v>
       </c>
       <c r="C16" t="s">
-        <v>140</v>
+        <v>136</v>
       </c>
       <c r="D16" t="s">
-        <v>2577</v>
+        <v>2573</v>
       </c>
     </row>
     <row r="17" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B17" t="s">
-        <v>2578</v>
+        <v>2574</v>
       </c>
       <c r="C17" t="s">
-        <v>143</v>
+        <v>139</v>
       </c>
       <c r="D17" t="s">
-        <v>2579</v>
+        <v>2575</v>
       </c>
     </row>
     <row r="18" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B18" t="s">
-        <v>2580</v>
+        <v>2576</v>
       </c>
       <c r="C18" t="s">
-        <v>146</v>
+        <v>142</v>
       </c>
       <c r="D18" t="s">
-        <v>2581</v>
+        <v>2577</v>
       </c>
     </row>
     <row r="19" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B19" t="s">
-        <v>2582</v>
+        <v>2578</v>
       </c>
       <c r="C19" t="s">
-        <v>149</v>
+        <v>145</v>
       </c>
       <c r="D19" t="s">
-        <v>2583</v>
+        <v>2579</v>
       </c>
     </row>
     <row r="20" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B20" t="s">
-        <v>2584</v>
+        <v>2580</v>
       </c>
       <c r="C20" t="s">
-        <v>152</v>
+        <v>148</v>
       </c>
       <c r="D20" t="s">
-        <v>2585</v>
+        <v>2581</v>
       </c>
     </row>
     <row r="21" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B21" t="s">
-        <v>2586</v>
+        <v>2582</v>
       </c>
       <c r="D21" t="s">
-        <v>2587</v>
+        <v>2583</v>
       </c>
     </row>
     <row r="22" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B22" t="s">
-        <v>2588</v>
+        <v>2584</v>
       </c>
       <c r="C22" t="s">
-        <v>155</v>
+        <v>151</v>
       </c>
       <c r="D22" t="s">
-        <v>2589</v>
+        <v>2585</v>
       </c>
     </row>
     <row r="23" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B23" t="s">
-        <v>2590</v>
+        <v>2586</v>
       </c>
       <c r="C23" t="s">
-        <v>158</v>
+        <v>154</v>
       </c>
       <c r="D23" t="s">
-        <v>2591</v>
+        <v>2587</v>
       </c>
     </row>
     <row r="24" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B24" t="s">
-        <v>2592</v>
+        <v>2588</v>
       </c>
       <c r="D24" t="s">
-        <v>2593</v>
+        <v>2589</v>
       </c>
     </row>
     <row r="25" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B25" t="s">
-        <v>2594</v>
+        <v>2590</v>
       </c>
       <c r="C25" t="s">
-        <v>210</v>
+        <v>206</v>
       </c>
       <c r="D25" t="s">
-        <v>2595</v>
+        <v>2591</v>
       </c>
     </row>
     <row r="26" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B26" t="s">
-        <v>2596</v>
+        <v>2592</v>
       </c>
       <c r="C26" t="s">
-        <v>213</v>
+        <v>209</v>
       </c>
       <c r="D26" t="s">
-        <v>2597</v>
+        <v>2593</v>
       </c>
     </row>
     <row r="27" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B27" t="s">
-        <v>2598</v>
+        <v>2594</v>
       </c>
       <c r="C27" t="s">
-        <v>216</v>
+        <v>212</v>
       </c>
       <c r="D27" t="s">
-        <v>2599</v>
+        <v>2595</v>
       </c>
     </row>
     <row r="28" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B28" t="s">
-        <v>2600</v>
+        <v>2596</v>
       </c>
       <c r="C28" t="s">
-        <v>219</v>
+        <v>215</v>
       </c>
       <c r="D28" t="s">
-        <v>2601</v>
+        <v>2597</v>
       </c>
     </row>
     <row r="29" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B29" t="s">
-        <v>2602</v>
+        <v>2598</v>
       </c>
       <c r="C29" t="s">
-        <v>222</v>
+        <v>218</v>
       </c>
       <c r="D29" t="s">
-        <v>2603</v>
+        <v>2599</v>
       </c>
     </row>
     <row r="30" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B30" t="s">
-        <v>2604</v>
+        <v>2600</v>
       </c>
       <c r="C30" t="s">
-        <v>225</v>
+        <v>221</v>
       </c>
       <c r="D30" t="s">
-        <v>2605</v>
+        <v>2601</v>
       </c>
     </row>
     <row r="31" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B31" t="s">
-        <v>2606</v>
+        <v>2602</v>
       </c>
       <c r="D31" t="s">
-        <v>2607</v>
+        <v>2603</v>
       </c>
     </row>
     <row r="32" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B32" t="s">
-        <v>2608</v>
+        <v>2604</v>
       </c>
       <c r="C32" t="s">
-        <v>228</v>
+        <v>224</v>
       </c>
       <c r="D32" t="s">
-        <v>2609</v>
+        <v>2605</v>
       </c>
     </row>
     <row r="33" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B33" t="s">
-        <v>2610</v>
+        <v>2606</v>
       </c>
       <c r="D33" t="s">
-        <v>2611</v>
+        <v>2607</v>
       </c>
     </row>
     <row r="34" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B34" t="s">
-        <v>2612</v>
+        <v>2608</v>
       </c>
       <c r="C34" t="s">
-        <v>231</v>
+        <v>227</v>
       </c>
       <c r="D34" t="s">
-        <v>2613</v>
+        <v>2609</v>
       </c>
     </row>
     <row r="35" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B35" t="s">
-        <v>2614</v>
+        <v>2610</v>
       </c>
       <c r="C35" t="s">
-        <v>387</v>
+        <v>383</v>
       </c>
       <c r="D35" t="s">
-        <v>2615</v>
+        <v>2611</v>
       </c>
     </row>
     <row r="36" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B36" t="s">
-        <v>296</v>
+        <v>292</v>
       </c>
       <c r="D36" t="s">
-        <v>2616</v>
+        <v>2612</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet25.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1800-000000000000}">
-  <dimension ref="A1:D122"/>
+  <dimension ref="A1:D716"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="4" width="50.7265625" customWidth="1"/>
+    <col min="1" max="1" width="24.453125" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="50.7265625" customWidth="1"/>
+    <col min="3" max="3" width="11.26953125" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A1" s="1" t="s">
+      <c r="A1" s="7" t="s">
+        <v>92</v>
+      </c>
+      <c r="B1" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" s="7" t="s">
+        <v>93</v>
+      </c>
+      <c r="D1" s="7" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="2" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A2" s="6" t="s">
+        <v>2682</v>
+      </c>
+      <c r="B2" s="6" t="s">
+        <v>2683</v>
+      </c>
+      <c r="C2" s="6"/>
+      <c r="D2" s="6" t="s">
+        <v>2685</v>
+      </c>
+    </row>
+    <row r="3" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A3" s="6" t="s">
+        <v>2686</v>
+      </c>
+      <c r="B3" s="6" t="s">
         <v>96</v>
       </c>
-      <c r="B1" s="1" t="s">
-[...5 lines deleted...]
-      <c r="D1" s="1" t="s">
+      <c r="C3" s="6"/>
+      <c r="D3" s="6" t="s">
+        <v>2687</v>
+      </c>
+    </row>
+    <row r="4" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A4" s="6" t="s">
+        <v>2688</v>
+      </c>
+      <c r="B4" s="6" t="s">
+        <v>96</v>
+      </c>
+      <c r="C4" s="6"/>
+      <c r="D4" s="6" t="s">
+        <v>2689</v>
+      </c>
+    </row>
+    <row r="5" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A5" s="6" t="s">
+        <v>2690</v>
+      </c>
+      <c r="B5" s="6" t="s">
+        <v>2691</v>
+      </c>
+      <c r="C5" s="6"/>
+      <c r="D5" s="6" t="s">
+        <v>2692</v>
+      </c>
+    </row>
+    <row r="6" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A6" s="6"/>
+      <c r="B6" s="6" t="s">
+        <v>96</v>
+      </c>
+      <c r="C6" s="6"/>
+      <c r="D6" s="6" t="s">
+        <v>2693</v>
+      </c>
+    </row>
+    <row r="7" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A7" s="6"/>
+      <c r="B7" s="6" t="s">
+        <v>2694</v>
+      </c>
+      <c r="C7" s="6"/>
+      <c r="D7" s="6" t="s">
+        <v>2695</v>
+      </c>
+    </row>
+    <row r="8" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A8" s="6"/>
+      <c r="B8" s="6" t="s">
+        <v>2696</v>
+      </c>
+      <c r="C8" s="6"/>
+      <c r="D8" s="6" t="s">
+        <v>2697</v>
+      </c>
+    </row>
+    <row r="9" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A9" s="6"/>
+      <c r="B9" s="6" t="s">
         <v>98</v>
       </c>
-    </row>
-[...12 lines deleted...]
-      <c r="A3" t="s">
+      <c r="C9" s="6"/>
+      <c r="D9" s="6" t="s">
+        <v>2698</v>
+      </c>
+    </row>
+    <row r="10" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A10" s="6"/>
+      <c r="B10" s="6" t="s">
+        <v>96</v>
+      </c>
+      <c r="C10" s="6"/>
+      <c r="D10" s="6" t="s">
+        <v>2699</v>
+      </c>
+    </row>
+    <row r="11" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A11" s="6"/>
+      <c r="B11" s="6" t="s">
+        <v>2700</v>
+      </c>
+      <c r="C11" s="6"/>
+      <c r="D11" s="6" t="s">
+        <v>2701</v>
+      </c>
+    </row>
+    <row r="12" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A12" s="6"/>
+      <c r="B12" s="6" t="s">
+        <v>2702</v>
+      </c>
+      <c r="C12" s="6"/>
+      <c r="D12" s="6" t="s">
+        <v>2703</v>
+      </c>
+    </row>
+    <row r="13" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A13" s="6"/>
+      <c r="B13" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="C13" s="6"/>
+      <c r="D13" s="6" t="s">
+        <v>2704</v>
+      </c>
+    </row>
+    <row r="14" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A14" s="6"/>
+      <c r="B14" s="6" t="s">
+        <v>2705</v>
+      </c>
+      <c r="C14" s="6"/>
+      <c r="D14" s="6" t="s">
+        <v>2706</v>
+      </c>
+    </row>
+    <row r="15" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A15" s="6"/>
+      <c r="B15" s="6" t="s">
+        <v>163</v>
+      </c>
+      <c r="C15" s="6"/>
+      <c r="D15" s="6" t="s">
+        <v>2707</v>
+      </c>
+    </row>
+    <row r="16" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A16" s="6"/>
+      <c r="B16" s="6" t="s">
+        <v>2696</v>
+      </c>
+      <c r="C16" s="6"/>
+      <c r="D16" s="6" t="s">
+        <v>2708</v>
+      </c>
+    </row>
+    <row r="17" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B17" s="6" t="s">
+        <v>2705</v>
+      </c>
+      <c r="C17" s="6"/>
+      <c r="D17" s="6" t="s">
+        <v>2709</v>
+      </c>
+    </row>
+    <row r="18" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B18" s="6" t="s">
+        <v>2696</v>
+      </c>
+      <c r="C18" s="6"/>
+      <c r="D18" s="6" t="s">
+        <v>2710</v>
+      </c>
+    </row>
+    <row r="19" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B19" s="6" t="s">
+        <v>160</v>
+      </c>
+      <c r="C19" s="6"/>
+      <c r="D19" s="6" t="s">
+        <v>2711</v>
+      </c>
+    </row>
+    <row r="20" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B20" s="6" t="s">
+        <v>2712</v>
+      </c>
+      <c r="C20" s="6"/>
+      <c r="D20" s="6" t="s">
+        <v>2713</v>
+      </c>
+    </row>
+    <row r="21" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B21" s="6" t="s">
+        <v>160</v>
+      </c>
+      <c r="C21" s="6"/>
+      <c r="D21" s="6" t="s">
+        <v>2714</v>
+      </c>
+    </row>
+    <row r="22" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B22" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="C22" s="6"/>
+      <c r="D22" s="6" t="s">
+        <v>2715</v>
+      </c>
+    </row>
+    <row r="23" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B23" s="6" t="s">
+        <v>98</v>
+      </c>
+      <c r="C23" s="6"/>
+      <c r="D23" s="6" t="s">
+        <v>2716</v>
+      </c>
+    </row>
+    <row r="24" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B24" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="C24" s="6"/>
+      <c r="D24" s="6" t="s">
+        <v>2717</v>
+      </c>
+    </row>
+    <row r="25" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B25" s="6" t="s">
+        <v>2718</v>
+      </c>
+      <c r="C25" s="6"/>
+      <c r="D25" s="6" t="s">
+        <v>2719</v>
+      </c>
+    </row>
+    <row r="26" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B26" s="6" t="s">
+        <v>2720</v>
+      </c>
+      <c r="C26" s="6"/>
+      <c r="D26" s="6" t="s">
+        <v>2721</v>
+      </c>
+    </row>
+    <row r="27" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B27" s="6" t="s">
+        <v>2718</v>
+      </c>
+      <c r="C27" s="6"/>
+      <c r="D27" s="6" t="s">
+        <v>2722</v>
+      </c>
+    </row>
+    <row r="28" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B28" s="6" t="s">
+        <v>160</v>
+      </c>
+      <c r="C28" s="6"/>
+      <c r="D28" s="6" t="s">
+        <v>2723</v>
+      </c>
+    </row>
+    <row r="29" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B29" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="C29" s="6"/>
+      <c r="D29" s="6" t="s">
+        <v>2724</v>
+      </c>
+    </row>
+    <row r="30" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B30" s="6" t="s">
+        <v>298</v>
+      </c>
+      <c r="C30" s="6"/>
+      <c r="D30" s="6" t="s">
+        <v>2725</v>
+      </c>
+    </row>
+    <row r="31" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B31" s="6" t="s">
+        <v>2726</v>
+      </c>
+      <c r="C31" s="6"/>
+      <c r="D31" s="6" t="s">
+        <v>2727</v>
+      </c>
+    </row>
+    <row r="32" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B32" s="6" t="s">
+        <v>2728</v>
+      </c>
+      <c r="C32" s="6"/>
+      <c r="D32" s="6" t="s">
+        <v>2729</v>
+      </c>
+    </row>
+    <row r="33" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B33" s="6" t="s">
+        <v>2485</v>
+      </c>
+      <c r="C33" s="6" t="s">
+        <v>109</v>
+      </c>
+      <c r="D33" s="6" t="s">
+        <v>2730</v>
+      </c>
+    </row>
+    <row r="34" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B34" s="6" t="s">
+        <v>2731</v>
+      </c>
+      <c r="C34" s="6" t="s">
+        <v>112</v>
+      </c>
+      <c r="D34" s="6" t="s">
+        <v>2732</v>
+      </c>
+    </row>
+    <row r="35" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B35" s="6" t="s">
+        <v>2733</v>
+      </c>
+      <c r="C35" s="6" t="s">
+        <v>115</v>
+      </c>
+      <c r="D35" s="6" t="s">
+        <v>2734</v>
+      </c>
+    </row>
+    <row r="36" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B36" s="6" t="s">
+        <v>2735</v>
+      </c>
+      <c r="C36" s="6" t="s">
+        <v>118</v>
+      </c>
+      <c r="D36" s="6" t="s">
+        <v>2736</v>
+      </c>
+    </row>
+    <row r="37" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B37" s="6" t="s">
+        <v>2737</v>
+      </c>
+      <c r="C37" s="6" t="s">
+        <v>121</v>
+      </c>
+      <c r="D37" s="6" t="s">
+        <v>2738</v>
+      </c>
+    </row>
+    <row r="38" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B38" s="6" t="s">
+        <v>2739</v>
+      </c>
+      <c r="C38" s="6" t="s">
+        <v>124</v>
+      </c>
+      <c r="D38" s="6" t="s">
+        <v>2740</v>
+      </c>
+    </row>
+    <row r="39" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B39" s="6" t="s">
+        <v>2741</v>
+      </c>
+      <c r="C39" s="6"/>
+      <c r="D39" s="6" t="s">
+        <v>2742</v>
+      </c>
+    </row>
+    <row r="40" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B40" s="6" t="s">
+        <v>2743</v>
+      </c>
+      <c r="C40" s="6" t="s">
+        <v>127</v>
+      </c>
+      <c r="D40" s="6" t="s">
+        <v>2744</v>
+      </c>
+    </row>
+    <row r="41" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B41" s="6" t="s">
+        <v>2745</v>
+      </c>
+      <c r="C41" s="6" t="s">
+        <v>130</v>
+      </c>
+      <c r="D41" s="6" t="s">
+        <v>2746</v>
+      </c>
+    </row>
+    <row r="42" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B42" s="6" t="s">
+        <v>2747</v>
+      </c>
+      <c r="C42" s="6" t="s">
+        <v>133</v>
+      </c>
+      <c r="D42" s="6" t="s">
+        <v>2748</v>
+      </c>
+    </row>
+    <row r="43" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B43" s="6" t="s">
+        <v>2749</v>
+      </c>
+      <c r="C43" s="6" t="s">
+        <v>136</v>
+      </c>
+      <c r="D43" s="6" t="s">
+        <v>2750</v>
+      </c>
+    </row>
+    <row r="44" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B44" s="6" t="s">
+        <v>2751</v>
+      </c>
+      <c r="C44" s="6" t="s">
+        <v>139</v>
+      </c>
+      <c r="D44" s="6" t="s">
+        <v>2752</v>
+      </c>
+    </row>
+    <row r="45" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B45" s="6" t="s">
+        <v>2753</v>
+      </c>
+      <c r="C45" s="6" t="s">
+        <v>142</v>
+      </c>
+      <c r="D45" s="6" t="s">
+        <v>2754</v>
+      </c>
+    </row>
+    <row r="46" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B46" s="6" t="s">
+        <v>2755</v>
+      </c>
+      <c r="C46" s="6" t="s">
+        <v>145</v>
+      </c>
+      <c r="D46" s="6" t="s">
+        <v>2756</v>
+      </c>
+    </row>
+    <row r="47" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B47" s="6" t="s">
+        <v>2757</v>
+      </c>
+      <c r="C47" s="6" t="s">
+        <v>148</v>
+      </c>
+      <c r="D47" s="6" t="s">
+        <v>2758</v>
+      </c>
+    </row>
+    <row r="48" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B48" s="6" t="s">
+        <v>2759</v>
+      </c>
+      <c r="C48" s="6"/>
+      <c r="D48" s="6" t="s">
+        <v>2760</v>
+      </c>
+    </row>
+    <row r="49" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B49" s="6" t="s">
+        <v>2761</v>
+      </c>
+      <c r="C49" s="6" t="s">
+        <v>151</v>
+      </c>
+      <c r="D49" s="6" t="s">
+        <v>2762</v>
+      </c>
+    </row>
+    <row r="50" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B50" s="6" t="s">
+        <v>2763</v>
+      </c>
+      <c r="C50" s="6" t="s">
+        <v>154</v>
+      </c>
+      <c r="D50" s="6" t="s">
+        <v>2764</v>
+      </c>
+    </row>
+    <row r="51" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B51" s="6" t="s">
+        <v>2765</v>
+      </c>
+      <c r="C51" s="6" t="s">
+        <v>206</v>
+      </c>
+      <c r="D51" s="6" t="s">
+        <v>2766</v>
+      </c>
+    </row>
+    <row r="52" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B52" s="6" t="s">
+        <v>2767</v>
+      </c>
+      <c r="C52" s="6" t="s">
+        <v>209</v>
+      </c>
+      <c r="D52" s="6" t="s">
+        <v>2768</v>
+      </c>
+    </row>
+    <row r="53" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B53" s="6" t="s">
+        <v>2769</v>
+      </c>
+      <c r="C53" s="6" t="s">
+        <v>212</v>
+      </c>
+      <c r="D53" s="6" t="s">
+        <v>2770</v>
+      </c>
+    </row>
+    <row r="54" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B54" s="6" t="s">
+        <v>2771</v>
+      </c>
+      <c r="C54" s="6"/>
+      <c r="D54" s="6" t="s">
+        <v>2772</v>
+      </c>
+    </row>
+    <row r="55" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B55" s="6" t="s">
+        <v>2773</v>
+      </c>
+      <c r="C55" s="6"/>
+      <c r="D55" s="6" t="s">
+        <v>2774</v>
+      </c>
+    </row>
+    <row r="56" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B56" s="6" t="s">
+        <v>2775</v>
+      </c>
+      <c r="C56" s="6" t="s">
+        <v>215</v>
+      </c>
+      <c r="D56" s="6" t="s">
+        <v>2776</v>
+      </c>
+    </row>
+    <row r="57" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B57" s="6" t="s">
+        <v>2777</v>
+      </c>
+      <c r="C57" s="6" t="s">
+        <v>218</v>
+      </c>
+      <c r="D57" s="6" t="s">
+        <v>2778</v>
+      </c>
+    </row>
+    <row r="58" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B58" s="6" t="s">
+        <v>312</v>
+      </c>
+      <c r="C58" s="6" t="s">
+        <v>221</v>
+      </c>
+      <c r="D58" s="6" t="s">
+        <v>2779</v>
+      </c>
+    </row>
+    <row r="59" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B59" s="6" t="s">
+        <v>2780</v>
+      </c>
+      <c r="C59" s="6" t="s">
+        <v>224</v>
+      </c>
+      <c r="D59" s="6" t="s">
+        <v>2781</v>
+      </c>
+    </row>
+    <row r="60" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B60" s="6" t="s">
+        <v>2782</v>
+      </c>
+      <c r="C60" s="6" t="s">
+        <v>227</v>
+      </c>
+      <c r="D60" s="6" t="s">
+        <v>2783</v>
+      </c>
+    </row>
+    <row r="61" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B61" s="6" t="s">
+        <v>2784</v>
+      </c>
+      <c r="C61" s="6" t="s">
+        <v>232</v>
+      </c>
+      <c r="D61" s="6" t="s">
+        <v>2785</v>
+      </c>
+    </row>
+    <row r="62" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B62" s="6" t="s">
+        <v>2786</v>
+      </c>
+      <c r="C62" s="6" t="s">
+        <v>235</v>
+      </c>
+      <c r="D62" s="6" t="s">
+        <v>2787</v>
+      </c>
+    </row>
+    <row r="63" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B63" s="6" t="s">
+        <v>2788</v>
+      </c>
+      <c r="C63" s="6" t="s">
+        <v>238</v>
+      </c>
+      <c r="D63" s="6" t="s">
+        <v>2789</v>
+      </c>
+    </row>
+    <row r="64" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B64" s="6" t="s">
+        <v>2790</v>
+      </c>
+      <c r="C64" s="6" t="s">
+        <v>241</v>
+      </c>
+      <c r="D64" s="6" t="s">
+        <v>2791</v>
+      </c>
+    </row>
+    <row r="65" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B65" s="6" t="s">
+        <v>2792</v>
+      </c>
+      <c r="C65" s="6"/>
+      <c r="D65" s="6" t="s">
+        <v>2793</v>
+      </c>
+    </row>
+    <row r="66" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B66" s="6" t="s">
+        <v>2794</v>
+      </c>
+      <c r="C66" s="6" t="s">
+        <v>244</v>
+      </c>
+      <c r="D66" s="6" t="s">
+        <v>2795</v>
+      </c>
+    </row>
+    <row r="67" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B67" s="6" t="s">
+        <v>2796</v>
+      </c>
+      <c r="C67" s="6" t="s">
+        <v>249</v>
+      </c>
+      <c r="D67" s="6" t="s">
+        <v>2797</v>
+      </c>
+    </row>
+    <row r="68" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B68" s="6" t="s">
+        <v>2798</v>
+      </c>
+      <c r="C68" s="6" t="s">
+        <v>252</v>
+      </c>
+      <c r="D68" s="6" t="s">
+        <v>2799</v>
+      </c>
+    </row>
+    <row r="69" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B69" s="6" t="s">
+        <v>2800</v>
+      </c>
+      <c r="C69" s="6"/>
+      <c r="D69" s="6" t="s">
+        <v>2801</v>
+      </c>
+    </row>
+    <row r="70" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B70" s="6" t="s">
+        <v>2802</v>
+      </c>
+      <c r="C70" s="6" t="s">
+        <v>255</v>
+      </c>
+      <c r="D70" s="6" t="s">
+        <v>2803</v>
+      </c>
+    </row>
+    <row r="71" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B71" s="6" t="s">
+        <v>2804</v>
+      </c>
+      <c r="C71" s="6" t="s">
+        <v>258</v>
+      </c>
+      <c r="D71" s="6" t="s">
+        <v>2805</v>
+      </c>
+    </row>
+    <row r="72" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B72" s="6" t="s">
+        <v>2806</v>
+      </c>
+      <c r="C72" s="6" t="s">
+        <v>261</v>
+      </c>
+      <c r="D72" s="6" t="s">
+        <v>2807</v>
+      </c>
+    </row>
+    <row r="73" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B73" s="6" t="s">
+        <v>2808</v>
+      </c>
+      <c r="C73" s="6" t="s">
+        <v>264</v>
+      </c>
+      <c r="D73" s="6" t="s">
+        <v>2809</v>
+      </c>
+    </row>
+    <row r="74" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B74" s="6" t="s">
+        <v>2810</v>
+      </c>
+      <c r="C74" s="6" t="s">
+        <v>267</v>
+      </c>
+      <c r="D74" s="6" t="s">
+        <v>2811</v>
+      </c>
+    </row>
+    <row r="75" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B75" s="6" t="s">
+        <v>2812</v>
+      </c>
+      <c r="C75" s="6" t="s">
+        <v>270</v>
+      </c>
+      <c r="D75" s="6" t="s">
+        <v>2813</v>
+      </c>
+    </row>
+    <row r="76" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B76" s="6" t="s">
+        <v>2814</v>
+      </c>
+      <c r="C76" s="6" t="s">
+        <v>275</v>
+      </c>
+      <c r="D76" s="6" t="s">
+        <v>2815</v>
+      </c>
+    </row>
+    <row r="77" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B77" s="6" t="s">
+        <v>2816</v>
+      </c>
+      <c r="C77" s="6" t="s">
+        <v>552</v>
+      </c>
+      <c r="D77" s="6" t="s">
+        <v>2817</v>
+      </c>
+    </row>
+    <row r="78" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B78" s="6" t="s">
+        <v>2621</v>
+      </c>
+      <c r="C78" s="6" t="s">
+        <v>555</v>
+      </c>
+      <c r="D78" s="6" t="s">
+        <v>2818</v>
+      </c>
+    </row>
+    <row r="79" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B79" s="6" t="s">
+        <v>2819</v>
+      </c>
+      <c r="C79" s="6" t="s">
+        <v>558</v>
+      </c>
+      <c r="D79" s="6" t="s">
+        <v>2820</v>
+      </c>
+    </row>
+    <row r="80" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B80" s="6" t="s">
+        <v>1217</v>
+      </c>
+      <c r="C80" s="6" t="s">
+        <v>561</v>
+      </c>
+      <c r="D80" s="6" t="s">
+        <v>2821</v>
+      </c>
+    </row>
+    <row r="81" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B81" s="6" t="s">
+        <v>2822</v>
+      </c>
+      <c r="C81" s="6" t="s">
+        <v>566</v>
+      </c>
+      <c r="D81" s="6" t="s">
+        <v>2823</v>
+      </c>
+    </row>
+    <row r="82" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B82" s="6" t="s">
+        <v>2824</v>
+      </c>
+      <c r="C82" s="6" t="s">
+        <v>569</v>
+      </c>
+      <c r="D82" s="6" t="s">
+        <v>2825</v>
+      </c>
+    </row>
+    <row r="83" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B83" s="6" t="s">
+        <v>2826</v>
+      </c>
+      <c r="C83" s="6"/>
+      <c r="D83" s="6" t="s">
+        <v>2827</v>
+      </c>
+    </row>
+    <row r="84" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B84" s="6" t="s">
+        <v>2828</v>
+      </c>
+      <c r="C84" s="6" t="s">
+        <v>574</v>
+      </c>
+      <c r="D84" s="6" t="s">
+        <v>2829</v>
+      </c>
+    </row>
+    <row r="85" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B85" s="6" t="s">
+        <v>2830</v>
+      </c>
+      <c r="C85" s="6" t="s">
+        <v>577</v>
+      </c>
+      <c r="D85" s="6" t="s">
+        <v>2831</v>
+      </c>
+    </row>
+    <row r="86" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B86" s="6" t="s">
+        <v>2832</v>
+      </c>
+      <c r="C86" s="6" t="s">
+        <v>582</v>
+      </c>
+      <c r="D86" s="6" t="s">
+        <v>2833</v>
+      </c>
+    </row>
+    <row r="87" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B87" s="6" t="s">
+        <v>306</v>
+      </c>
+      <c r="C87" s="6" t="s">
+        <v>585</v>
+      </c>
+      <c r="D87" s="6" t="s">
+        <v>2834</v>
+      </c>
+    </row>
+    <row r="88" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B88" s="6" t="s">
+        <v>2835</v>
+      </c>
+      <c r="C88" s="6" t="s">
+        <v>590</v>
+      </c>
+      <c r="D88" s="6" t="s">
+        <v>2836</v>
+      </c>
+    </row>
+    <row r="89" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B89" s="6" t="s">
+        <v>2837</v>
+      </c>
+      <c r="C89" s="6" t="s">
+        <v>593</v>
+      </c>
+      <c r="D89" s="6" t="s">
+        <v>2838</v>
+      </c>
+    </row>
+    <row r="90" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B90" s="6" t="s">
+        <v>2839</v>
+      </c>
+      <c r="C90" s="6" t="s">
+        <v>598</v>
+      </c>
+      <c r="D90" s="6" t="s">
+        <v>2840</v>
+      </c>
+    </row>
+    <row r="91" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B91" s="6" t="s">
+        <v>2841</v>
+      </c>
+      <c r="C91" s="6" t="s">
+        <v>601</v>
+      </c>
+      <c r="D91" s="6" t="s">
+        <v>2842</v>
+      </c>
+    </row>
+    <row r="92" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B92" s="6" t="s">
+        <v>2843</v>
+      </c>
+      <c r="C92" s="6" t="s">
+        <v>606</v>
+      </c>
+      <c r="D92" s="6" t="s">
+        <v>2844</v>
+      </c>
+    </row>
+    <row r="93" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B93" s="6" t="s">
+        <v>2845</v>
+      </c>
+      <c r="C93" s="6" t="s">
+        <v>1252</v>
+      </c>
+      <c r="D93" s="6" t="s">
+        <v>2846</v>
+      </c>
+    </row>
+    <row r="94" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B94" s="6" t="s">
+        <v>2847</v>
+      </c>
+      <c r="C94" s="6" t="s">
+        <v>1255</v>
+      </c>
+      <c r="D94" s="6" t="s">
+        <v>2848</v>
+      </c>
+    </row>
+    <row r="95" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B95" s="6" t="s">
+        <v>2849</v>
+      </c>
+      <c r="C95" s="6" t="s">
+        <v>1260</v>
+      </c>
+      <c r="D95" s="6" t="s">
+        <v>2850</v>
+      </c>
+    </row>
+    <row r="96" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B96" s="6" t="s">
+        <v>2851</v>
+      </c>
+      <c r="C96" s="6" t="s">
+        <v>1263</v>
+      </c>
+      <c r="D96" s="6" t="s">
+        <v>2852</v>
+      </c>
+    </row>
+    <row r="97" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B97" s="6" t="s">
+        <v>2853</v>
+      </c>
+      <c r="C97" s="6"/>
+      <c r="D97" s="6" t="s">
+        <v>2854</v>
+      </c>
+    </row>
+    <row r="98" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B98" s="6" t="s">
+        <v>2855</v>
+      </c>
+      <c r="C98" s="6" t="s">
+        <v>1266</v>
+      </c>
+      <c r="D98" s="6" t="s">
+        <v>2856</v>
+      </c>
+    </row>
+    <row r="99" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B99" s="6" t="s">
+        <v>2857</v>
+      </c>
+      <c r="C99" s="6" t="s">
+        <v>1268</v>
+      </c>
+      <c r="D99" s="6" t="s">
+        <v>2858</v>
+      </c>
+    </row>
+    <row r="100" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B100" s="6" t="s">
+        <v>2859</v>
+      </c>
+      <c r="C100" s="6" t="s">
+        <v>1273</v>
+      </c>
+      <c r="D100" s="6" t="s">
+        <v>2860</v>
+      </c>
+    </row>
+    <row r="101" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B101" s="6" t="s">
+        <v>2861</v>
+      </c>
+      <c r="C101" s="6" t="s">
+        <v>1276</v>
+      </c>
+      <c r="D101" s="6" t="s">
+        <v>2862</v>
+      </c>
+    </row>
+    <row r="102" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B102" s="6" t="s">
+        <v>2863</v>
+      </c>
+      <c r="C102" s="6" t="s">
+        <v>1279</v>
+      </c>
+      <c r="D102" s="6" t="s">
+        <v>2864</v>
+      </c>
+    </row>
+    <row r="103" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B103" s="6" t="s">
+        <v>2865</v>
+      </c>
+      <c r="C103" s="6" t="s">
+        <v>1282</v>
+      </c>
+      <c r="D103" s="6" t="s">
+        <v>2866</v>
+      </c>
+    </row>
+    <row r="104" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B104" s="6" t="s">
+        <v>2867</v>
+      </c>
+      <c r="C104" s="6"/>
+      <c r="D104" s="6" t="s">
+        <v>2868</v>
+      </c>
+    </row>
+    <row r="105" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B105" s="6" t="s">
+        <v>2869</v>
+      </c>
+      <c r="C105" s="6" t="s">
+        <v>1287</v>
+      </c>
+      <c r="D105" s="6" t="s">
+        <v>2870</v>
+      </c>
+    </row>
+    <row r="106" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B106" s="6" t="s">
+        <v>2871</v>
+      </c>
+      <c r="C106" s="6" t="s">
+        <v>1290</v>
+      </c>
+      <c r="D106" s="6" t="s">
+        <v>2872</v>
+      </c>
+    </row>
+    <row r="107" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B107" s="6" t="s">
+        <v>2873</v>
+      </c>
+      <c r="C107" s="6" t="s">
+        <v>1293</v>
+      </c>
+      <c r="D107" s="6" t="s">
+        <v>2874</v>
+      </c>
+    </row>
+    <row r="108" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B108" s="6" t="s">
+        <v>2875</v>
+      </c>
+      <c r="C108" s="6" t="s">
+        <v>1296</v>
+      </c>
+      <c r="D108" s="6" t="s">
+        <v>2876</v>
+      </c>
+    </row>
+    <row r="109" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B109" s="6" t="s">
+        <v>1124</v>
+      </c>
+      <c r="C109" s="6" t="s">
+        <v>1299</v>
+      </c>
+      <c r="D109" s="6" t="s">
+        <v>2877</v>
+      </c>
+    </row>
+    <row r="110" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B110" s="6" t="s">
+        <v>2878</v>
+      </c>
+      <c r="C110" s="6" t="s">
+        <v>1302</v>
+      </c>
+      <c r="D110" s="6" t="s">
+        <v>2879</v>
+      </c>
+    </row>
+    <row r="111" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B111" s="6" t="s">
+        <v>2880</v>
+      </c>
+      <c r="C111" s="6" t="s">
+        <v>1305</v>
+      </c>
+      <c r="D111" s="6" t="s">
+        <v>2881</v>
+      </c>
+    </row>
+    <row r="112" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B112" s="6" t="s">
+        <v>2882</v>
+      </c>
+      <c r="C112" s="6" t="s">
+        <v>1310</v>
+      </c>
+      <c r="D112" s="6" t="s">
+        <v>2883</v>
+      </c>
+    </row>
+    <row r="113" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B113" s="6" t="s">
+        <v>2884</v>
+      </c>
+      <c r="C113" s="6" t="s">
+        <v>1313</v>
+      </c>
+      <c r="D113" s="6" t="s">
+        <v>2885</v>
+      </c>
+    </row>
+    <row r="114" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B114" s="6" t="s">
+        <v>2886</v>
+      </c>
+      <c r="C114" s="6"/>
+      <c r="D114" s="6" t="s">
+        <v>2887</v>
+      </c>
+    </row>
+    <row r="115" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B115" s="6" t="s">
+        <v>2888</v>
+      </c>
+      <c r="C115" s="6" t="s">
+        <v>1316</v>
+      </c>
+      <c r="D115" s="6" t="s">
+        <v>2889</v>
+      </c>
+    </row>
+    <row r="116" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B116" s="6" t="s">
+        <v>2890</v>
+      </c>
+      <c r="C116" s="6" t="s">
+        <v>1319</v>
+      </c>
+      <c r="D116" s="6" t="s">
+        <v>2891</v>
+      </c>
+    </row>
+    <row r="117" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B117" s="6" t="s">
+        <v>2892</v>
+      </c>
+      <c r="C117" s="6" t="s">
+        <v>1322</v>
+      </c>
+      <c r="D117" s="6" t="s">
+        <v>2893</v>
+      </c>
+    </row>
+    <row r="118" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B118" s="6" t="s">
+        <v>378</v>
+      </c>
+      <c r="C118" s="6" t="s">
+        <v>1327</v>
+      </c>
+      <c r="D118" s="6" t="s">
+        <v>2894</v>
+      </c>
+    </row>
+    <row r="119" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B119" s="6" t="s">
+        <v>2895</v>
+      </c>
+      <c r="C119" s="6" t="s">
+        <v>1330</v>
+      </c>
+      <c r="D119" s="6" t="s">
+        <v>2896</v>
+      </c>
+    </row>
+    <row r="120" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B120" s="6" t="s">
+        <v>2897</v>
+      </c>
+      <c r="C120" s="6" t="s">
+        <v>1333</v>
+      </c>
+      <c r="D120" s="6" t="s">
+        <v>2898</v>
+      </c>
+    </row>
+    <row r="121" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B121" s="6" t="s">
+        <v>2899</v>
+      </c>
+      <c r="C121" s="6" t="s">
+        <v>1336</v>
+      </c>
+      <c r="D121" s="6" t="s">
+        <v>2900</v>
+      </c>
+    </row>
+    <row r="122" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B122" s="6" t="s">
+        <v>2901</v>
+      </c>
+      <c r="C122" s="6" t="s">
+        <v>1339</v>
+      </c>
+      <c r="D122" s="6" t="s">
+        <v>2902</v>
+      </c>
+    </row>
+    <row r="123" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B123" s="6" t="s">
+        <v>2903</v>
+      </c>
+      <c r="C123" s="6" t="s">
+        <v>1342</v>
+      </c>
+      <c r="D123" s="6" t="s">
+        <v>2904</v>
+      </c>
+    </row>
+    <row r="124" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B124" s="6" t="s">
+        <v>2905</v>
+      </c>
+      <c r="C124" s="6"/>
+      <c r="D124" s="6" t="s">
+        <v>2906</v>
+      </c>
+    </row>
+    <row r="125" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B125" s="6" t="s">
+        <v>2907</v>
+      </c>
+      <c r="C125" s="6" t="s">
+        <v>1345</v>
+      </c>
+      <c r="D125" s="6" t="s">
+        <v>2908</v>
+      </c>
+    </row>
+    <row r="126" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B126" s="6" t="s">
+        <v>2909</v>
+      </c>
+      <c r="C126" s="6" t="s">
+        <v>1348</v>
+      </c>
+      <c r="D126" s="6" t="s">
+        <v>2910</v>
+      </c>
+    </row>
+    <row r="127" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B127" s="6" t="s">
+        <v>2911</v>
+      </c>
+      <c r="C127" s="6" t="s">
+        <v>1351</v>
+      </c>
+      <c r="D127" s="6" t="s">
+        <v>2912</v>
+      </c>
+    </row>
+    <row r="128" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B128" s="6" t="s">
+        <v>2913</v>
+      </c>
+      <c r="C128" s="6" t="s">
+        <v>1354</v>
+      </c>
+      <c r="D128" s="6" t="s">
+        <v>2914</v>
+      </c>
+    </row>
+    <row r="129" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B129" s="6" t="s">
+        <v>2915</v>
+      </c>
+      <c r="C129" s="6" t="s">
+        <v>1357</v>
+      </c>
+      <c r="D129" s="6" t="s">
+        <v>2916</v>
+      </c>
+    </row>
+    <row r="130" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B130" s="6" t="s">
+        <v>2917</v>
+      </c>
+      <c r="C130" s="6" t="s">
+        <v>1360</v>
+      </c>
+      <c r="D130" s="6" t="s">
+        <v>2918</v>
+      </c>
+    </row>
+    <row r="131" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B131" s="6" t="s">
+        <v>2919</v>
+      </c>
+      <c r="C131" s="6" t="s">
+        <v>1365</v>
+      </c>
+      <c r="D131" s="6" t="s">
+        <v>2920</v>
+      </c>
+    </row>
+    <row r="132" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B132" s="6" t="s">
+        <v>2921</v>
+      </c>
+      <c r="C132" s="6" t="s">
+        <v>1368</v>
+      </c>
+      <c r="D132" s="6" t="s">
+        <v>2922</v>
+      </c>
+    </row>
+    <row r="133" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B133" s="6" t="s">
+        <v>2923</v>
+      </c>
+      <c r="C133" s="6" t="s">
+        <v>1371</v>
+      </c>
+      <c r="D133" s="6" t="s">
+        <v>2924</v>
+      </c>
+    </row>
+    <row r="134" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B134" s="6" t="s">
+        <v>2925</v>
+      </c>
+      <c r="C134" s="6"/>
+      <c r="D134" s="6" t="s">
+        <v>2926</v>
+      </c>
+    </row>
+    <row r="135" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B135" s="6" t="s">
+        <v>2927</v>
+      </c>
+      <c r="C135" s="6" t="s">
+        <v>1374</v>
+      </c>
+      <c r="D135" s="6" t="s">
+        <v>2928</v>
+      </c>
+    </row>
+    <row r="136" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B136" s="6" t="s">
+        <v>2929</v>
+      </c>
+      <c r="C136" s="6" t="s">
+        <v>1377</v>
+      </c>
+      <c r="D136" s="6" t="s">
+        <v>2930</v>
+      </c>
+    </row>
+    <row r="137" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B137" s="6" t="s">
+        <v>2295</v>
+      </c>
+      <c r="C137" s="6" t="s">
+        <v>1380</v>
+      </c>
+      <c r="D137" s="6" t="s">
+        <v>2931</v>
+      </c>
+    </row>
+    <row r="138" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B138" s="6" t="s">
+        <v>2932</v>
+      </c>
+      <c r="C138" s="6" t="s">
+        <v>1383</v>
+      </c>
+      <c r="D138" s="6" t="s">
+        <v>2933</v>
+      </c>
+    </row>
+    <row r="139" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B139" s="6" t="s">
+        <v>2934</v>
+      </c>
+      <c r="C139" s="6" t="s">
+        <v>1386</v>
+      </c>
+      <c r="D139" s="6" t="s">
+        <v>2935</v>
+      </c>
+    </row>
+    <row r="140" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B140" s="6" t="s">
+        <v>2936</v>
+      </c>
+      <c r="C140" s="6" t="s">
+        <v>1389</v>
+      </c>
+      <c r="D140" s="6" t="s">
+        <v>2937</v>
+      </c>
+    </row>
+    <row r="141" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B141" s="6" t="s">
+        <v>2728</v>
+      </c>
+      <c r="C141" s="6"/>
+      <c r="D141" s="6" t="s">
+        <v>2938</v>
+      </c>
+    </row>
+    <row r="142" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B142" s="6" t="s">
+        <v>2485</v>
+      </c>
+      <c r="C142" s="6" t="s">
+        <v>109</v>
+      </c>
+      <c r="D142" s="6" t="s">
+        <v>2939</v>
+      </c>
+    </row>
+    <row r="143" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B143" s="6" t="s">
+        <v>2731</v>
+      </c>
+      <c r="C143" s="6" t="s">
+        <v>112</v>
+      </c>
+      <c r="D143" s="6" t="s">
+        <v>2940</v>
+      </c>
+    </row>
+    <row r="144" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B144" s="6" t="s">
+        <v>2733</v>
+      </c>
+      <c r="C144" s="6" t="s">
+        <v>115</v>
+      </c>
+      <c r="D144" s="6" t="s">
+        <v>2941</v>
+      </c>
+    </row>
+    <row r="145" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B145" s="6" t="s">
+        <v>2735</v>
+      </c>
+      <c r="C145" s="6" t="s">
+        <v>118</v>
+      </c>
+      <c r="D145" s="6" t="s">
+        <v>2942</v>
+      </c>
+    </row>
+    <row r="146" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B146" s="6" t="s">
+        <v>2737</v>
+      </c>
+      <c r="C146" s="6" t="s">
+        <v>121</v>
+      </c>
+      <c r="D146" s="6" t="s">
+        <v>2943</v>
+      </c>
+    </row>
+    <row r="147" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B147" s="6" t="s">
+        <v>2739</v>
+      </c>
+      <c r="C147" s="6" t="s">
+        <v>124</v>
+      </c>
+      <c r="D147" s="6" t="s">
+        <v>2944</v>
+      </c>
+    </row>
+    <row r="148" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B148" s="6" t="s">
+        <v>2741</v>
+      </c>
+      <c r="C148" s="6"/>
+      <c r="D148" s="6" t="s">
+        <v>2945</v>
+      </c>
+    </row>
+    <row r="149" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B149" s="6" t="s">
+        <v>2743</v>
+      </c>
+      <c r="C149" s="6" t="s">
+        <v>127</v>
+      </c>
+      <c r="D149" s="6" t="s">
+        <v>2946</v>
+      </c>
+    </row>
+    <row r="150" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B150" s="6" t="s">
+        <v>2745</v>
+      </c>
+      <c r="C150" s="6" t="s">
+        <v>130</v>
+      </c>
+      <c r="D150" s="6" t="s">
+        <v>2947</v>
+      </c>
+    </row>
+    <row r="151" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B151" s="6" t="s">
+        <v>2747</v>
+      </c>
+      <c r="C151" s="6" t="s">
+        <v>133</v>
+      </c>
+      <c r="D151" s="6" t="s">
+        <v>2948</v>
+      </c>
+    </row>
+    <row r="152" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B152" s="6" t="s">
+        <v>2749</v>
+      </c>
+      <c r="C152" s="6" t="s">
+        <v>136</v>
+      </c>
+      <c r="D152" s="6" t="s">
+        <v>2949</v>
+      </c>
+    </row>
+    <row r="153" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B153" s="6" t="s">
+        <v>2751</v>
+      </c>
+      <c r="C153" s="6" t="s">
+        <v>139</v>
+      </c>
+      <c r="D153" s="6" t="s">
+        <v>2950</v>
+      </c>
+    </row>
+    <row r="154" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B154" s="6" t="s">
+        <v>2753</v>
+      </c>
+      <c r="C154" s="6" t="s">
+        <v>142</v>
+      </c>
+      <c r="D154" s="6" t="s">
+        <v>2951</v>
+      </c>
+    </row>
+    <row r="155" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B155" s="6" t="s">
+        <v>2755</v>
+      </c>
+      <c r="C155" s="6" t="s">
+        <v>145</v>
+      </c>
+      <c r="D155" s="6" t="s">
+        <v>2952</v>
+      </c>
+    </row>
+    <row r="156" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B156" s="6" t="s">
+        <v>2757</v>
+      </c>
+      <c r="C156" s="6" t="s">
+        <v>148</v>
+      </c>
+      <c r="D156" s="6" t="s">
+        <v>2953</v>
+      </c>
+    </row>
+    <row r="157" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B157" s="6" t="s">
+        <v>2759</v>
+      </c>
+      <c r="C157" s="6"/>
+      <c r="D157" s="6" t="s">
+        <v>2954</v>
+      </c>
+    </row>
+    <row r="158" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B158" s="6" t="s">
+        <v>2761</v>
+      </c>
+      <c r="C158" s="6" t="s">
+        <v>151</v>
+      </c>
+      <c r="D158" s="6" t="s">
+        <v>2955</v>
+      </c>
+    </row>
+    <row r="159" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B159" s="6" t="s">
+        <v>2763</v>
+      </c>
+      <c r="C159" s="6" t="s">
+        <v>154</v>
+      </c>
+      <c r="D159" s="6" t="s">
+        <v>2956</v>
+      </c>
+    </row>
+    <row r="160" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B160" s="6" t="s">
+        <v>2765</v>
+      </c>
+      <c r="C160" s="6" t="s">
+        <v>206</v>
+      </c>
+      <c r="D160" s="6" t="s">
+        <v>2957</v>
+      </c>
+    </row>
+    <row r="161" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B161" s="6" t="s">
+        <v>2767</v>
+      </c>
+      <c r="C161" s="6" t="s">
+        <v>209</v>
+      </c>
+      <c r="D161" s="6" t="s">
+        <v>2958</v>
+      </c>
+    </row>
+    <row r="162" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B162" s="6" t="s">
+        <v>2769</v>
+      </c>
+      <c r="C162" s="6" t="s">
+        <v>212</v>
+      </c>
+      <c r="D162" s="6" t="s">
+        <v>2959</v>
+      </c>
+    </row>
+    <row r="163" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B163" s="6" t="s">
+        <v>2773</v>
+      </c>
+      <c r="C163" s="6"/>
+      <c r="D163" s="6" t="s">
+        <v>2960</v>
+      </c>
+    </row>
+    <row r="164" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B164" s="6" t="s">
+        <v>2775</v>
+      </c>
+      <c r="C164" s="6" t="s">
+        <v>215</v>
+      </c>
+      <c r="D164" s="6" t="s">
+        <v>2961</v>
+      </c>
+    </row>
+    <row r="165" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B165" s="6" t="s">
+        <v>2777</v>
+      </c>
+      <c r="C165" s="6" t="s">
+        <v>218</v>
+      </c>
+      <c r="D165" s="6" t="s">
+        <v>2962</v>
+      </c>
+    </row>
+    <row r="166" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B166" s="6" t="s">
+        <v>312</v>
+      </c>
+      <c r="C166" s="6" t="s">
+        <v>221</v>
+      </c>
+      <c r="D166" s="6" t="s">
+        <v>2963</v>
+      </c>
+    </row>
+    <row r="167" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B167" s="6" t="s">
+        <v>2780</v>
+      </c>
+      <c r="C167" s="6" t="s">
+        <v>224</v>
+      </c>
+      <c r="D167" s="6" t="s">
+        <v>2964</v>
+      </c>
+    </row>
+    <row r="168" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B168" s="6" t="s">
+        <v>2782</v>
+      </c>
+      <c r="C168" s="6" t="s">
+        <v>227</v>
+      </c>
+      <c r="D168" s="6" t="s">
+        <v>2965</v>
+      </c>
+    </row>
+    <row r="169" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B169" s="6" t="s">
+        <v>2784</v>
+      </c>
+      <c r="C169" s="6" t="s">
+        <v>232</v>
+      </c>
+      <c r="D169" s="6" t="s">
+        <v>2966</v>
+      </c>
+    </row>
+    <row r="170" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B170" s="6" t="s">
+        <v>2786</v>
+      </c>
+      <c r="C170" s="6" t="s">
+        <v>235</v>
+      </c>
+      <c r="D170" s="6" t="s">
+        <v>2967</v>
+      </c>
+    </row>
+    <row r="171" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B171" s="6" t="s">
+        <v>2788</v>
+      </c>
+      <c r="C171" s="6" t="s">
+        <v>238</v>
+      </c>
+      <c r="D171" s="6" t="s">
+        <v>2968</v>
+      </c>
+    </row>
+    <row r="172" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B172" s="6" t="s">
+        <v>2790</v>
+      </c>
+      <c r="C172" s="6" t="s">
+        <v>241</v>
+      </c>
+      <c r="D172" s="6" t="s">
+        <v>2969</v>
+      </c>
+    </row>
+    <row r="173" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B173" s="6" t="s">
+        <v>2792</v>
+      </c>
+      <c r="C173" s="6"/>
+      <c r="D173" s="6" t="s">
+        <v>2970</v>
+      </c>
+    </row>
+    <row r="174" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B174" s="6" t="s">
+        <v>2794</v>
+      </c>
+      <c r="C174" s="6" t="s">
+        <v>244</v>
+      </c>
+      <c r="D174" s="6" t="s">
+        <v>2971</v>
+      </c>
+    </row>
+    <row r="175" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B175" s="6" t="s">
+        <v>2796</v>
+      </c>
+      <c r="C175" s="6" t="s">
+        <v>249</v>
+      </c>
+      <c r="D175" s="6" t="s">
+        <v>2972</v>
+      </c>
+    </row>
+    <row r="176" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B176" s="6" t="s">
+        <v>2798</v>
+      </c>
+      <c r="C176" s="6" t="s">
+        <v>252</v>
+      </c>
+      <c r="D176" s="6" t="s">
+        <v>2973</v>
+      </c>
+    </row>
+    <row r="177" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B177" s="6" t="s">
+        <v>2800</v>
+      </c>
+      <c r="C177" s="6"/>
+      <c r="D177" s="6" t="s">
+        <v>2974</v>
+      </c>
+    </row>
+    <row r="178" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B178" s="6" t="s">
+        <v>2802</v>
+      </c>
+      <c r="C178" s="6" t="s">
+        <v>255</v>
+      </c>
+      <c r="D178" s="6" t="s">
+        <v>2975</v>
+      </c>
+    </row>
+    <row r="179" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B179" s="6" t="s">
+        <v>2804</v>
+      </c>
+      <c r="C179" s="6" t="s">
+        <v>258</v>
+      </c>
+      <c r="D179" s="6" t="s">
+        <v>2976</v>
+      </c>
+    </row>
+    <row r="180" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B180" s="6" t="s">
+        <v>2806</v>
+      </c>
+      <c r="C180" s="6" t="s">
+        <v>261</v>
+      </c>
+      <c r="D180" s="6" t="s">
+        <v>2977</v>
+      </c>
+    </row>
+    <row r="181" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B181" s="6" t="s">
+        <v>2808</v>
+      </c>
+      <c r="C181" s="6" t="s">
+        <v>264</v>
+      </c>
+      <c r="D181" s="6" t="s">
+        <v>2978</v>
+      </c>
+    </row>
+    <row r="182" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B182" s="6" t="s">
+        <v>2810</v>
+      </c>
+      <c r="C182" s="6" t="s">
+        <v>267</v>
+      </c>
+      <c r="D182" s="6" t="s">
+        <v>2979</v>
+      </c>
+    </row>
+    <row r="183" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B183" s="6" t="s">
+        <v>2812</v>
+      </c>
+      <c r="C183" s="6" t="s">
+        <v>270</v>
+      </c>
+      <c r="D183" s="6" t="s">
+        <v>2980</v>
+      </c>
+    </row>
+    <row r="184" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B184" s="6" t="s">
+        <v>2814</v>
+      </c>
+      <c r="C184" s="6" t="s">
+        <v>275</v>
+      </c>
+      <c r="D184" s="6" t="s">
+        <v>2981</v>
+      </c>
+    </row>
+    <row r="185" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B185" s="6" t="s">
+        <v>2816</v>
+      </c>
+      <c r="C185" s="6" t="s">
+        <v>552</v>
+      </c>
+      <c r="D185" s="6" t="s">
+        <v>2982</v>
+      </c>
+    </row>
+    <row r="186" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B186" s="6" t="s">
+        <v>2621</v>
+      </c>
+      <c r="C186" s="6" t="s">
+        <v>555</v>
+      </c>
+      <c r="D186" s="6" t="s">
+        <v>2983</v>
+      </c>
+    </row>
+    <row r="187" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B187" s="6" t="s">
+        <v>2819</v>
+      </c>
+      <c r="C187" s="6" t="s">
+        <v>558</v>
+      </c>
+      <c r="D187" s="6" t="s">
+        <v>2984</v>
+      </c>
+    </row>
+    <row r="188" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B188" s="6" t="s">
+        <v>1217</v>
+      </c>
+      <c r="C188" s="6" t="s">
+        <v>561</v>
+      </c>
+      <c r="D188" s="6" t="s">
+        <v>2985</v>
+      </c>
+    </row>
+    <row r="189" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B189" s="6" t="s">
+        <v>2822</v>
+      </c>
+      <c r="C189" s="6" t="s">
+        <v>566</v>
+      </c>
+      <c r="D189" s="6" t="s">
+        <v>2986</v>
+      </c>
+    </row>
+    <row r="190" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B190" s="6" t="s">
+        <v>2824</v>
+      </c>
+      <c r="C190" s="6" t="s">
+        <v>569</v>
+      </c>
+      <c r="D190" s="6" t="s">
+        <v>2987</v>
+      </c>
+    </row>
+    <row r="191" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B191" s="6" t="s">
+        <v>2826</v>
+      </c>
+      <c r="C191" s="6"/>
+      <c r="D191" s="6" t="s">
+        <v>2988</v>
+      </c>
+    </row>
+    <row r="192" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B192" s="6" t="s">
+        <v>2828</v>
+      </c>
+      <c r="C192" s="6" t="s">
+        <v>574</v>
+      </c>
+      <c r="D192" s="6" t="s">
+        <v>2989</v>
+      </c>
+    </row>
+    <row r="193" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B193" s="6" t="s">
+        <v>2830</v>
+      </c>
+      <c r="C193" s="6" t="s">
+        <v>577</v>
+      </c>
+      <c r="D193" s="6" t="s">
+        <v>2990</v>
+      </c>
+    </row>
+    <row r="194" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B194" s="6" t="s">
+        <v>2832</v>
+      </c>
+      <c r="C194" s="6" t="s">
+        <v>582</v>
+      </c>
+      <c r="D194" s="6" t="s">
+        <v>2991</v>
+      </c>
+    </row>
+    <row r="195" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B195" s="6" t="s">
+        <v>306</v>
+      </c>
+      <c r="C195" s="6" t="s">
+        <v>585</v>
+      </c>
+      <c r="D195" s="6" t="s">
+        <v>2992</v>
+      </c>
+    </row>
+    <row r="196" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B196" s="6" t="s">
+        <v>2835</v>
+      </c>
+      <c r="C196" s="6" t="s">
+        <v>590</v>
+      </c>
+      <c r="D196" s="6" t="s">
+        <v>2993</v>
+      </c>
+    </row>
+    <row r="197" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B197" s="6" t="s">
+        <v>2837</v>
+      </c>
+      <c r="C197" s="6" t="s">
+        <v>593</v>
+      </c>
+      <c r="D197" s="6" t="s">
+        <v>2994</v>
+      </c>
+    </row>
+    <row r="198" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B198" s="6" t="s">
+        <v>2839</v>
+      </c>
+      <c r="C198" s="6" t="s">
+        <v>598</v>
+      </c>
+      <c r="D198" s="6" t="s">
+        <v>2995</v>
+      </c>
+    </row>
+    <row r="199" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B199" s="6" t="s">
+        <v>2841</v>
+      </c>
+      <c r="C199" s="6" t="s">
+        <v>601</v>
+      </c>
+      <c r="D199" s="6" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="200" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B200" s="6" t="s">
+        <v>2843</v>
+      </c>
+      <c r="C200" s="6" t="s">
+        <v>606</v>
+      </c>
+      <c r="D200" s="6" t="s">
+        <v>2997</v>
+      </c>
+    </row>
+    <row r="201" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B201" s="6" t="s">
+        <v>2845</v>
+      </c>
+      <c r="C201" s="6" t="s">
+        <v>1252</v>
+      </c>
+      <c r="D201" s="6" t="s">
+        <v>2998</v>
+      </c>
+    </row>
+    <row r="202" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B202" s="6" t="s">
+        <v>2847</v>
+      </c>
+      <c r="C202" s="6" t="s">
+        <v>1255</v>
+      </c>
+      <c r="D202" s="6" t="s">
+        <v>2999</v>
+      </c>
+    </row>
+    <row r="203" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B203" s="6" t="s">
+        <v>2849</v>
+      </c>
+      <c r="C203" s="6" t="s">
+        <v>1260</v>
+      </c>
+      <c r="D203" s="6" t="s">
+        <v>3000</v>
+      </c>
+    </row>
+    <row r="204" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B204" s="6" t="s">
+        <v>2851</v>
+      </c>
+      <c r="C204" s="6" t="s">
+        <v>1263</v>
+      </c>
+      <c r="D204" s="6" t="s">
+        <v>3001</v>
+      </c>
+    </row>
+    <row r="205" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B205" s="6" t="s">
+        <v>2853</v>
+      </c>
+      <c r="C205" s="6"/>
+      <c r="D205" s="6" t="s">
+        <v>3002</v>
+      </c>
+    </row>
+    <row r="206" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B206" s="6" t="s">
+        <v>2855</v>
+      </c>
+      <c r="C206" s="6" t="s">
+        <v>1266</v>
+      </c>
+      <c r="D206" s="6" t="s">
+        <v>3003</v>
+      </c>
+    </row>
+    <row r="207" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B207" s="6" t="s">
+        <v>2857</v>
+      </c>
+      <c r="C207" s="6" t="s">
+        <v>1268</v>
+      </c>
+      <c r="D207" s="6" t="s">
+        <v>3004</v>
+      </c>
+    </row>
+    <row r="208" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B208" s="6" t="s">
+        <v>2859</v>
+      </c>
+      <c r="C208" s="6" t="s">
+        <v>1273</v>
+      </c>
+      <c r="D208" s="6" t="s">
+        <v>3005</v>
+      </c>
+    </row>
+    <row r="209" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B209" s="6" t="s">
+        <v>2861</v>
+      </c>
+      <c r="C209" s="6" t="s">
+        <v>1276</v>
+      </c>
+      <c r="D209" s="6" t="s">
+        <v>3006</v>
+      </c>
+    </row>
+    <row r="210" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B210" s="6" t="s">
+        <v>2863</v>
+      </c>
+      <c r="C210" s="6" t="s">
+        <v>1279</v>
+      </c>
+      <c r="D210" s="6" t="s">
+        <v>3007</v>
+      </c>
+    </row>
+    <row r="211" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B211" s="6" t="s">
+        <v>2865</v>
+      </c>
+      <c r="C211" s="6" t="s">
+        <v>1282</v>
+      </c>
+      <c r="D211" s="6" t="s">
+        <v>3008</v>
+      </c>
+    </row>
+    <row r="212" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B212" s="6" t="s">
+        <v>2867</v>
+      </c>
+      <c r="C212" s="6"/>
+      <c r="D212" s="6" t="s">
+        <v>3009</v>
+      </c>
+    </row>
+    <row r="213" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B213" s="6" t="s">
+        <v>2869</v>
+      </c>
+      <c r="C213" s="6" t="s">
+        <v>1287</v>
+      </c>
+      <c r="D213" s="6" t="s">
+        <v>3010</v>
+      </c>
+    </row>
+    <row r="214" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B214" s="6" t="s">
+        <v>2871</v>
+      </c>
+      <c r="C214" s="6" t="s">
+        <v>1290</v>
+      </c>
+      <c r="D214" s="6" t="s">
+        <v>3011</v>
+      </c>
+    </row>
+    <row r="215" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B215" s="6" t="s">
+        <v>2873</v>
+      </c>
+      <c r="C215" s="6" t="s">
+        <v>1293</v>
+      </c>
+      <c r="D215" s="6" t="s">
+        <v>3012</v>
+      </c>
+    </row>
+    <row r="216" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B216" s="6" t="s">
+        <v>2875</v>
+      </c>
+      <c r="C216" s="6" t="s">
+        <v>1296</v>
+      </c>
+      <c r="D216" s="6" t="s">
+        <v>3013</v>
+      </c>
+    </row>
+    <row r="217" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B217" s="6" t="s">
+        <v>1124</v>
+      </c>
+      <c r="C217" s="6" t="s">
+        <v>1299</v>
+      </c>
+      <c r="D217" s="6" t="s">
+        <v>3014</v>
+      </c>
+    </row>
+    <row r="218" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B218" s="6" t="s">
+        <v>2878</v>
+      </c>
+      <c r="C218" s="6" t="s">
+        <v>1302</v>
+      </c>
+      <c r="D218" s="6" t="s">
+        <v>3015</v>
+      </c>
+    </row>
+    <row r="219" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B219" s="6" t="s">
+        <v>2880</v>
+      </c>
+      <c r="C219" s="6" t="s">
+        <v>1305</v>
+      </c>
+      <c r="D219" s="6" t="s">
+        <v>3016</v>
+      </c>
+    </row>
+    <row r="220" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B220" s="6" t="s">
+        <v>2882</v>
+      </c>
+      <c r="C220" s="6" t="s">
+        <v>1310</v>
+      </c>
+      <c r="D220" s="6" t="s">
+        <v>3017</v>
+      </c>
+    </row>
+    <row r="221" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B221" s="6" t="s">
+        <v>2884</v>
+      </c>
+      <c r="C221" s="6" t="s">
+        <v>1313</v>
+      </c>
+      <c r="D221" s="6" t="s">
+        <v>3018</v>
+      </c>
+    </row>
+    <row r="222" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B222" s="6" t="s">
+        <v>2886</v>
+      </c>
+      <c r="C222" s="6"/>
+      <c r="D222" s="6" t="s">
+        <v>3019</v>
+      </c>
+    </row>
+    <row r="223" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B223" s="6" t="s">
+        <v>2888</v>
+      </c>
+      <c r="C223" s="6" t="s">
+        <v>1316</v>
+      </c>
+      <c r="D223" s="6" t="s">
+        <v>3020</v>
+      </c>
+    </row>
+    <row r="224" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B224" s="6" t="s">
+        <v>2890</v>
+      </c>
+      <c r="C224" s="6" t="s">
+        <v>1319</v>
+      </c>
+      <c r="D224" s="6" t="s">
+        <v>3021</v>
+      </c>
+    </row>
+    <row r="225" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B225" s="6" t="s">
+        <v>2892</v>
+      </c>
+      <c r="C225" s="6" t="s">
+        <v>1322</v>
+      </c>
+      <c r="D225" s="6" t="s">
+        <v>3022</v>
+      </c>
+    </row>
+    <row r="226" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B226" s="6" t="s">
+        <v>378</v>
+      </c>
+      <c r="C226" s="6" t="s">
+        <v>1327</v>
+      </c>
+      <c r="D226" s="6" t="s">
+        <v>3023</v>
+      </c>
+    </row>
+    <row r="227" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B227" s="6" t="s">
+        <v>2895</v>
+      </c>
+      <c r="C227" s="6" t="s">
+        <v>1330</v>
+      </c>
+      <c r="D227" s="6" t="s">
+        <v>3024</v>
+      </c>
+    </row>
+    <row r="228" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B228" s="6" t="s">
+        <v>2897</v>
+      </c>
+      <c r="C228" s="6" t="s">
+        <v>1333</v>
+      </c>
+      <c r="D228" s="6" t="s">
+        <v>3025</v>
+      </c>
+    </row>
+    <row r="229" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B229" s="6" t="s">
+        <v>2899</v>
+      </c>
+      <c r="C229" s="6" t="s">
+        <v>1336</v>
+      </c>
+      <c r="D229" s="6" t="s">
+        <v>3026</v>
+      </c>
+    </row>
+    <row r="230" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B230" s="6" t="s">
+        <v>2901</v>
+      </c>
+      <c r="C230" s="6" t="s">
+        <v>1339</v>
+      </c>
+      <c r="D230" s="6" t="s">
+        <v>3027</v>
+      </c>
+    </row>
+    <row r="231" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B231" s="6" t="s">
+        <v>2903</v>
+      </c>
+      <c r="C231" s="6" t="s">
+        <v>1342</v>
+      </c>
+      <c r="D231" s="6" t="s">
+        <v>3028</v>
+      </c>
+    </row>
+    <row r="232" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B232" s="6" t="s">
+        <v>2905</v>
+      </c>
+      <c r="C232" s="6"/>
+      <c r="D232" s="6" t="s">
+        <v>3029</v>
+      </c>
+    </row>
+    <row r="233" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B233" s="6" t="s">
+        <v>2907</v>
+      </c>
+      <c r="C233" s="6" t="s">
+        <v>1345</v>
+      </c>
+      <c r="D233" s="6" t="s">
+        <v>3030</v>
+      </c>
+    </row>
+    <row r="234" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B234" s="6" t="s">
+        <v>2909</v>
+      </c>
+      <c r="C234" s="6" t="s">
+        <v>1348</v>
+      </c>
+      <c r="D234" s="6" t="s">
+        <v>3031</v>
+      </c>
+    </row>
+    <row r="235" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B235" s="6" t="s">
+        <v>2911</v>
+      </c>
+      <c r="C235" s="6" t="s">
+        <v>1351</v>
+      </c>
+      <c r="D235" s="6" t="s">
+        <v>3032</v>
+      </c>
+    </row>
+    <row r="236" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B236" s="6" t="s">
+        <v>2913</v>
+      </c>
+      <c r="C236" s="6" t="s">
+        <v>1354</v>
+      </c>
+      <c r="D236" s="6" t="s">
+        <v>3033</v>
+      </c>
+    </row>
+    <row r="237" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B237" s="6" t="s">
+        <v>2915</v>
+      </c>
+      <c r="C237" s="6" t="s">
+        <v>1357</v>
+      </c>
+      <c r="D237" s="6" t="s">
+        <v>3034</v>
+      </c>
+    </row>
+    <row r="238" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B238" s="6" t="s">
+        <v>2917</v>
+      </c>
+      <c r="C238" s="6" t="s">
+        <v>1360</v>
+      </c>
+      <c r="D238" s="6" t="s">
+        <v>3035</v>
+      </c>
+    </row>
+    <row r="239" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B239" s="6" t="s">
+        <v>2919</v>
+      </c>
+      <c r="C239" s="6" t="s">
+        <v>1365</v>
+      </c>
+      <c r="D239" s="6" t="s">
+        <v>3036</v>
+      </c>
+    </row>
+    <row r="240" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B240" s="6" t="s">
+        <v>2921</v>
+      </c>
+      <c r="C240" s="6" t="s">
+        <v>1368</v>
+      </c>
+      <c r="D240" s="6" t="s">
+        <v>3037</v>
+      </c>
+    </row>
+    <row r="241" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B241" s="6" t="s">
+        <v>2923</v>
+      </c>
+      <c r="C241" s="6" t="s">
+        <v>1371</v>
+      </c>
+      <c r="D241" s="6" t="s">
+        <v>3038</v>
+      </c>
+    </row>
+    <row r="242" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B242" s="6" t="s">
+        <v>2925</v>
+      </c>
+      <c r="C242" s="6"/>
+      <c r="D242" s="6" t="s">
+        <v>3039</v>
+      </c>
+    </row>
+    <row r="243" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B243" s="6" t="s">
+        <v>2927</v>
+      </c>
+      <c r="C243" s="6" t="s">
+        <v>1374</v>
+      </c>
+      <c r="D243" s="6" t="s">
+        <v>3040</v>
+      </c>
+    </row>
+    <row r="244" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B244" s="6" t="s">
+        <v>2929</v>
+      </c>
+      <c r="C244" s="6" t="s">
+        <v>1377</v>
+      </c>
+      <c r="D244" s="6" t="s">
+        <v>3041</v>
+      </c>
+    </row>
+    <row r="245" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B245" s="6" t="s">
+        <v>2295</v>
+      </c>
+      <c r="C245" s="6" t="s">
+        <v>1380</v>
+      </c>
+      <c r="D245" s="6" t="s">
+        <v>3042</v>
+      </c>
+    </row>
+    <row r="246" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B246" s="6" t="s">
+        <v>2932</v>
+      </c>
+      <c r="C246" s="6" t="s">
+        <v>1383</v>
+      </c>
+      <c r="D246" s="6" t="s">
+        <v>3043</v>
+      </c>
+    </row>
+    <row r="247" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B247" s="6" t="s">
+        <v>2934</v>
+      </c>
+      <c r="C247" s="6" t="s">
+        <v>1386</v>
+      </c>
+      <c r="D247" s="6" t="s">
+        <v>3044</v>
+      </c>
+    </row>
+    <row r="248" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B248" s="6" t="s">
+        <v>2936</v>
+      </c>
+      <c r="C248" s="6" t="s">
+        <v>1389</v>
+      </c>
+      <c r="D248" s="6" t="s">
+        <v>3045</v>
+      </c>
+    </row>
+    <row r="249" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B249" s="6" t="s">
+        <v>3046</v>
+      </c>
+      <c r="C249" s="6"/>
+      <c r="D249" s="6" t="s">
+        <v>3047</v>
+      </c>
+    </row>
+    <row r="250" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B250" s="6" t="s">
+        <v>2613</v>
+      </c>
+      <c r="C250" s="6" t="s">
+        <v>109</v>
+      </c>
+      <c r="D250" s="6" t="s">
+        <v>3048</v>
+      </c>
+    </row>
+    <row r="251" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B251" s="6" t="s">
+        <v>3049</v>
+      </c>
+      <c r="C251" s="6" t="s">
+        <v>112</v>
+      </c>
+      <c r="D251" s="6" t="s">
+        <v>3050</v>
+      </c>
+    </row>
+    <row r="252" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B252" s="6" t="s">
+        <v>3051</v>
+      </c>
+      <c r="C252" s="6" t="s">
+        <v>115</v>
+      </c>
+      <c r="D252" s="6" t="s">
+        <v>3052</v>
+      </c>
+    </row>
+    <row r="253" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B253" s="6" t="s">
+        <v>3053</v>
+      </c>
+      <c r="C253" s="6" t="s">
+        <v>118</v>
+      </c>
+      <c r="D253" s="6" t="s">
+        <v>3054</v>
+      </c>
+    </row>
+    <row r="254" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B254" s="6" t="s">
+        <v>2614</v>
+      </c>
+      <c r="C254" s="6" t="s">
+        <v>121</v>
+      </c>
+      <c r="D254" s="6" t="s">
+        <v>3055</v>
+      </c>
+    </row>
+    <row r="255" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B255" s="6" t="s">
+        <v>3056</v>
+      </c>
+      <c r="C255" s="6"/>
+      <c r="D255" s="6" t="s">
+        <v>3057</v>
+      </c>
+    </row>
+    <row r="256" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B256" s="6" t="s">
+        <v>2615</v>
+      </c>
+      <c r="C256" s="6" t="s">
+        <v>124</v>
+      </c>
+      <c r="D256" s="6" t="s">
+        <v>3058</v>
+      </c>
+    </row>
+    <row r="257" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B257" s="6" t="s">
+        <v>3059</v>
+      </c>
+      <c r="C257" s="6" t="s">
+        <v>127</v>
+      </c>
+      <c r="D257" s="6" t="s">
+        <v>3060</v>
+      </c>
+    </row>
+    <row r="258" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B258" s="6" t="s">
+        <v>2616</v>
+      </c>
+      <c r="C258" s="6" t="s">
+        <v>130</v>
+      </c>
+      <c r="D258" s="6" t="s">
+        <v>3061</v>
+      </c>
+    </row>
+    <row r="259" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B259" s="6" t="s">
+        <v>3062</v>
+      </c>
+      <c r="C259" s="6"/>
+      <c r="D259" s="6" t="s">
+        <v>3063</v>
+      </c>
+    </row>
+    <row r="260" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B260" s="6" t="s">
+        <v>3064</v>
+      </c>
+      <c r="C260" s="6"/>
+      <c r="D260" s="6" t="s">
+        <v>3065</v>
+      </c>
+    </row>
+    <row r="261" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B261" s="6" t="s">
+        <v>3066</v>
+      </c>
+      <c r="C261" s="6" t="s">
+        <v>133</v>
+      </c>
+      <c r="D261" s="6" t="s">
+        <v>3067</v>
+      </c>
+    </row>
+    <row r="262" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B262" s="6" t="s">
+        <v>3068</v>
+      </c>
+      <c r="C262" s="6" t="s">
+        <v>136</v>
+      </c>
+      <c r="D262" s="6" t="s">
+        <v>3069</v>
+      </c>
+    </row>
+    <row r="263" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B263" s="6" t="s">
+        <v>3070</v>
+      </c>
+      <c r="C263" s="6" t="s">
+        <v>139</v>
+      </c>
+      <c r="D263" s="6" t="s">
+        <v>3071</v>
+      </c>
+    </row>
+    <row r="264" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B264" s="6" t="s">
+        <v>3072</v>
+      </c>
+      <c r="C264" s="6" t="s">
+        <v>142</v>
+      </c>
+      <c r="D264" s="6" t="s">
+        <v>3073</v>
+      </c>
+    </row>
+    <row r="265" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B265" s="6" t="s">
+        <v>3074</v>
+      </c>
+      <c r="C265" s="6" t="s">
+        <v>145</v>
+      </c>
+      <c r="D265" s="6" t="s">
+        <v>3075</v>
+      </c>
+    </row>
+    <row r="266" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B266" s="6" t="s">
+        <v>3076</v>
+      </c>
+      <c r="C266" s="6" t="s">
+        <v>148</v>
+      </c>
+      <c r="D266" s="6" t="s">
+        <v>3077</v>
+      </c>
+    </row>
+    <row r="267" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B267" s="6" t="s">
+        <v>3078</v>
+      </c>
+      <c r="C267" s="6" t="s">
+        <v>151</v>
+      </c>
+      <c r="D267" s="6" t="s">
+        <v>3079</v>
+      </c>
+    </row>
+    <row r="268" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B268" s="6" t="s">
+        <v>3080</v>
+      </c>
+      <c r="C268" s="6"/>
+      <c r="D268" s="6" t="s">
+        <v>3081</v>
+      </c>
+    </row>
+    <row r="269" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B269" s="6" t="s">
+        <v>3082</v>
+      </c>
+      <c r="C269" s="6" t="s">
+        <v>154</v>
+      </c>
+      <c r="D269" s="6" t="s">
+        <v>3083</v>
+      </c>
+    </row>
+    <row r="270" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B270" s="6" t="s">
+        <v>3084</v>
+      </c>
+      <c r="C270" s="6" t="s">
+        <v>206</v>
+      </c>
+      <c r="D270" s="6" t="s">
+        <v>3085</v>
+      </c>
+    </row>
+    <row r="271" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B271" s="6" t="s">
+        <v>3086</v>
+      </c>
+      <c r="C271" s="6" t="s">
+        <v>209</v>
+      </c>
+      <c r="D271" s="6" t="s">
+        <v>3087</v>
+      </c>
+    </row>
+    <row r="272" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B272" s="6" t="s">
+        <v>3088</v>
+      </c>
+      <c r="C272" s="6" t="s">
+        <v>212</v>
+      </c>
+      <c r="D272" s="6" t="s">
+        <v>3089</v>
+      </c>
+    </row>
+    <row r="273" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B273" s="6" t="s">
+        <v>2618</v>
+      </c>
+      <c r="C273" s="6" t="s">
+        <v>215</v>
+      </c>
+      <c r="D273" s="6" t="s">
+        <v>3090</v>
+      </c>
+    </row>
+    <row r="274" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B274" s="6" t="s">
+        <v>3091</v>
+      </c>
+      <c r="C274" s="6" t="s">
+        <v>218</v>
+      </c>
+      <c r="D274" s="6" t="s">
+        <v>3092</v>
+      </c>
+    </row>
+    <row r="275" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B275" s="6" t="s">
+        <v>3093</v>
+      </c>
+      <c r="C275" s="6" t="s">
+        <v>221</v>
+      </c>
+      <c r="D275" s="6" t="s">
+        <v>3094</v>
+      </c>
+    </row>
+    <row r="276" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B276" s="6" t="s">
+        <v>3095</v>
+      </c>
+      <c r="C276" s="6" t="s">
+        <v>224</v>
+      </c>
+      <c r="D276" s="6" t="s">
+        <v>3096</v>
+      </c>
+    </row>
+    <row r="277" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B277" s="6" t="s">
+        <v>2619</v>
+      </c>
+      <c r="C277" s="6" t="s">
+        <v>227</v>
+      </c>
+      <c r="D277" s="6" t="s">
+        <v>3097</v>
+      </c>
+    </row>
+    <row r="278" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B278" s="6" t="s">
+        <v>3098</v>
+      </c>
+      <c r="C278" s="6" t="s">
+        <v>232</v>
+      </c>
+      <c r="D278" s="6" t="s">
+        <v>3099</v>
+      </c>
+    </row>
+    <row r="279" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B279" s="6" t="s">
+        <v>3100</v>
+      </c>
+      <c r="C279" s="6" t="s">
+        <v>235</v>
+      </c>
+      <c r="D279" s="6" t="s">
+        <v>3101</v>
+      </c>
+    </row>
+    <row r="280" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B280" s="6" t="s">
+        <v>2620</v>
+      </c>
+      <c r="C280" s="6" t="s">
+        <v>238</v>
+      </c>
+      <c r="D280" s="6" t="s">
+        <v>3102</v>
+      </c>
+    </row>
+    <row r="281" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B281" s="6" t="s">
+        <v>3103</v>
+      </c>
+      <c r="C281" s="6"/>
+      <c r="D281" s="6" t="s">
+        <v>3104</v>
+      </c>
+    </row>
+    <row r="282" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B282" s="6" t="s">
+        <v>3105</v>
+      </c>
+      <c r="C282" s="6" t="s">
+        <v>241</v>
+      </c>
+      <c r="D282" s="6" t="s">
+        <v>3106</v>
+      </c>
+    </row>
+    <row r="283" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B283" s="6" t="s">
+        <v>3107</v>
+      </c>
+      <c r="C283" s="6" t="s">
+        <v>244</v>
+      </c>
+      <c r="D283" s="6" t="s">
+        <v>3108</v>
+      </c>
+    </row>
+    <row r="284" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B284" s="6" t="s">
+        <v>3109</v>
+      </c>
+      <c r="C284" s="6" t="s">
+        <v>249</v>
+      </c>
+      <c r="D284" s="6" t="s">
+        <v>3110</v>
+      </c>
+    </row>
+    <row r="285" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B285" s="6" t="s">
+        <v>3111</v>
+      </c>
+      <c r="C285" s="6" t="s">
+        <v>252</v>
+      </c>
+      <c r="D285" s="6" t="s">
+        <v>3112</v>
+      </c>
+    </row>
+    <row r="286" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B286" s="6" t="s">
+        <v>3113</v>
+      </c>
+      <c r="C286" s="6" t="s">
+        <v>255</v>
+      </c>
+      <c r="D286" s="6" t="s">
+        <v>3114</v>
+      </c>
+    </row>
+    <row r="287" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B287" s="6" t="s">
+        <v>2621</v>
+      </c>
+      <c r="C287" s="6" t="s">
+        <v>258</v>
+      </c>
+      <c r="D287" s="6" t="s">
+        <v>3115</v>
+      </c>
+    </row>
+    <row r="288" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B288" s="6" t="s">
+        <v>3116</v>
+      </c>
+      <c r="C288" s="6" t="s">
+        <v>261</v>
+      </c>
+      <c r="D288" s="6" t="s">
+        <v>3117</v>
+      </c>
+    </row>
+    <row r="289" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B289" s="6" t="s">
+        <v>3118</v>
+      </c>
+      <c r="C289" s="6" t="s">
+        <v>264</v>
+      </c>
+      <c r="D289" s="6" t="s">
+        <v>3119</v>
+      </c>
+    </row>
+    <row r="290" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B290" s="6" t="s">
+        <v>3120</v>
+      </c>
+      <c r="C290" s="6" t="s">
+        <v>267</v>
+      </c>
+      <c r="D290" s="6" t="s">
+        <v>3121</v>
+      </c>
+    </row>
+    <row r="291" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B291" s="6" t="s">
+        <v>3122</v>
+      </c>
+      <c r="C291" s="6"/>
+      <c r="D291" s="6" t="s">
+        <v>3123</v>
+      </c>
+    </row>
+    <row r="292" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B292" s="6" t="s">
+        <v>2622</v>
+      </c>
+      <c r="C292" s="6" t="s">
+        <v>270</v>
+      </c>
+      <c r="D292" s="6" t="s">
+        <v>3124</v>
+      </c>
+    </row>
+    <row r="293" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B293" s="6" t="s">
+        <v>3125</v>
+      </c>
+      <c r="C293" s="6" t="s">
+        <v>275</v>
+      </c>
+      <c r="D293" s="6" t="s">
+        <v>3126</v>
+      </c>
+    </row>
+    <row r="294" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B294" s="6" t="s">
+        <v>3127</v>
+      </c>
+      <c r="C294" s="6"/>
+      <c r="D294" s="6" t="s">
+        <v>3128</v>
+      </c>
+    </row>
+    <row r="295" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B295" s="6" t="s">
+        <v>3129</v>
+      </c>
+      <c r="C295" s="6"/>
+      <c r="D295" s="6" t="s">
+        <v>3130</v>
+      </c>
+    </row>
+    <row r="296" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B296" s="6" t="s">
+        <v>3131</v>
+      </c>
+      <c r="C296" s="6" t="s">
+        <v>552</v>
+      </c>
+      <c r="D296" s="6" t="s">
+        <v>3132</v>
+      </c>
+    </row>
+    <row r="297" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B297" s="6" t="s">
+        <v>3133</v>
+      </c>
+      <c r="C297" s="6" t="s">
+        <v>555</v>
+      </c>
+      <c r="D297" s="6" t="s">
+        <v>3134</v>
+      </c>
+    </row>
+    <row r="298" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B298" s="6" t="s">
+        <v>3135</v>
+      </c>
+      <c r="C298" s="6" t="s">
+        <v>558</v>
+      </c>
+      <c r="D298" s="6" t="s">
+        <v>3136</v>
+      </c>
+    </row>
+    <row r="299" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B299" s="6" t="s">
+        <v>3137</v>
+      </c>
+      <c r="C299" s="6" t="s">
+        <v>561</v>
+      </c>
+      <c r="D299" s="6" t="s">
+        <v>3138</v>
+      </c>
+    </row>
+    <row r="300" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B300" s="6" t="s">
+        <v>3139</v>
+      </c>
+      <c r="C300" s="6" t="s">
+        <v>566</v>
+      </c>
+      <c r="D300" s="6" t="s">
+        <v>3140</v>
+      </c>
+    </row>
+    <row r="301" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B301" s="6" t="s">
+        <v>3141</v>
+      </c>
+      <c r="C301" s="6" t="s">
+        <v>569</v>
+      </c>
+      <c r="D301" s="6" t="s">
+        <v>3142</v>
+      </c>
+    </row>
+    <row r="302" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B302" s="6" t="s">
+        <v>3143</v>
+      </c>
+      <c r="C302" s="6" t="s">
+        <v>574</v>
+      </c>
+      <c r="D302" s="6" t="s">
+        <v>3144</v>
+      </c>
+    </row>
+    <row r="303" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B303" s="6" t="s">
+        <v>3145</v>
+      </c>
+      <c r="C303" s="6" t="s">
+        <v>577</v>
+      </c>
+      <c r="D303" s="6" t="s">
+        <v>3146</v>
+      </c>
+    </row>
+    <row r="304" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B304" s="6" t="s">
+        <v>3147</v>
+      </c>
+      <c r="C304" s="6" t="s">
+        <v>582</v>
+      </c>
+      <c r="D304" s="6" t="s">
+        <v>3148</v>
+      </c>
+    </row>
+    <row r="305" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B305" s="6" t="s">
+        <v>3149</v>
+      </c>
+      <c r="C305" s="6"/>
+      <c r="D305" s="6" t="s">
+        <v>3150</v>
+      </c>
+    </row>
+    <row r="306" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B306" s="6" t="s">
+        <v>3151</v>
+      </c>
+      <c r="C306" s="6" t="s">
+        <v>585</v>
+      </c>
+      <c r="D306" s="6" t="s">
+        <v>3152</v>
+      </c>
+    </row>
+    <row r="307" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B307" s="6" t="s">
+        <v>2623</v>
+      </c>
+      <c r="C307" s="6" t="s">
+        <v>590</v>
+      </c>
+      <c r="D307" s="6" t="s">
+        <v>3153</v>
+      </c>
+    </row>
+    <row r="308" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B308" s="6" t="s">
+        <v>2634</v>
+      </c>
+      <c r="C308" s="6" t="s">
+        <v>593</v>
+      </c>
+      <c r="D308" s="6" t="s">
+        <v>3154</v>
+      </c>
+    </row>
+    <row r="309" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B309" s="6" t="s">
+        <v>3155</v>
+      </c>
+      <c r="C309" s="6" t="s">
+        <v>598</v>
+      </c>
+      <c r="D309" s="6" t="s">
+        <v>3156</v>
+      </c>
+    </row>
+    <row r="310" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B310" s="6" t="s">
+        <v>3157</v>
+      </c>
+      <c r="C310" s="6" t="s">
+        <v>601</v>
+      </c>
+      <c r="D310" s="6" t="s">
+        <v>3158</v>
+      </c>
+    </row>
+    <row r="311" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B311" s="6" t="s">
+        <v>2624</v>
+      </c>
+      <c r="C311" s="6" t="s">
+        <v>606</v>
+      </c>
+      <c r="D311" s="6" t="s">
+        <v>3159</v>
+      </c>
+    </row>
+    <row r="312" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B312" s="6" t="s">
+        <v>2625</v>
+      </c>
+      <c r="C312" s="6" t="s">
+        <v>1252</v>
+      </c>
+      <c r="D312" s="6" t="s">
+        <v>3160</v>
+      </c>
+    </row>
+    <row r="313" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B313" s="6" t="s">
+        <v>3161</v>
+      </c>
+      <c r="C313" s="6" t="s">
+        <v>1255</v>
+      </c>
+      <c r="D313" s="6" t="s">
+        <v>3162</v>
+      </c>
+    </row>
+    <row r="314" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B314" s="6" t="s">
+        <v>3163</v>
+      </c>
+      <c r="C314" s="6" t="s">
+        <v>1260</v>
+      </c>
+      <c r="D314" s="6" t="s">
+        <v>3164</v>
+      </c>
+    </row>
+    <row r="315" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B315" s="6" t="s">
+        <v>3165</v>
+      </c>
+      <c r="C315" s="6" t="s">
+        <v>1263</v>
+      </c>
+      <c r="D315" s="6" t="s">
+        <v>3166</v>
+      </c>
+    </row>
+    <row r="316" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B316" s="6" t="s">
+        <v>2626</v>
+      </c>
+      <c r="C316" s="6" t="s">
+        <v>1266</v>
+      </c>
+      <c r="D316" s="6" t="s">
+        <v>3167</v>
+      </c>
+    </row>
+    <row r="317" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B317" s="6" t="s">
+        <v>2627</v>
+      </c>
+      <c r="C317" s="6" t="s">
+        <v>1268</v>
+      </c>
+      <c r="D317" s="6" t="s">
+        <v>3168</v>
+      </c>
+    </row>
+    <row r="318" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B318" s="6" t="s">
+        <v>3169</v>
+      </c>
+      <c r="C318" s="6" t="s">
+        <v>1273</v>
+      </c>
+      <c r="D318" s="6" t="s">
+        <v>3170</v>
+      </c>
+    </row>
+    <row r="319" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B319" s="6" t="s">
+        <v>2628</v>
+      </c>
+      <c r="C319" s="6" t="s">
+        <v>1276</v>
+      </c>
+      <c r="D319" s="6" t="s">
+        <v>3171</v>
+      </c>
+    </row>
+    <row r="320" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B320" s="6" t="s">
+        <v>3172</v>
+      </c>
+      <c r="C320" s="6" t="s">
+        <v>1279</v>
+      </c>
+      <c r="D320" s="6" t="s">
+        <v>3173</v>
+      </c>
+    </row>
+    <row r="321" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B321" s="6" t="s">
+        <v>3174</v>
+      </c>
+      <c r="C321" s="6" t="s">
+        <v>1282</v>
+      </c>
+      <c r="D321" s="6" t="s">
+        <v>3175</v>
+      </c>
+    </row>
+    <row r="322" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B322" s="6" t="s">
+        <v>2629</v>
+      </c>
+      <c r="C322" s="6" t="s">
+        <v>1287</v>
+      </c>
+      <c r="D322" s="6" t="s">
+        <v>3176</v>
+      </c>
+    </row>
+    <row r="323" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B323" s="6" t="s">
+        <v>3177</v>
+      </c>
+      <c r="C323" s="6" t="s">
+        <v>1290</v>
+      </c>
+      <c r="D323" s="6" t="s">
+        <v>3178</v>
+      </c>
+    </row>
+    <row r="324" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B324" s="6" t="s">
+        <v>2630</v>
+      </c>
+      <c r="C324" s="6" t="s">
+        <v>1293</v>
+      </c>
+      <c r="D324" s="6" t="s">
+        <v>3179</v>
+      </c>
+    </row>
+    <row r="325" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B325" s="6" t="s">
+        <v>2631</v>
+      </c>
+      <c r="C325" s="6" t="s">
+        <v>1296</v>
+      </c>
+      <c r="D325" s="6" t="s">
+        <v>3180</v>
+      </c>
+    </row>
+    <row r="326" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B326" s="6" t="s">
+        <v>2632</v>
+      </c>
+      <c r="C326" s="6" t="s">
+        <v>1299</v>
+      </c>
+      <c r="D326" s="6" t="s">
+        <v>3181</v>
+      </c>
+    </row>
+    <row r="327" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B327" s="6" t="s">
+        <v>2633</v>
+      </c>
+      <c r="C327" s="6" t="s">
+        <v>1302</v>
+      </c>
+      <c r="D327" s="6" t="s">
+        <v>3182</v>
+      </c>
+    </row>
+    <row r="328" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B328" s="6" t="s">
+        <v>3183</v>
+      </c>
+      <c r="C328" s="6" t="s">
+        <v>1305</v>
+      </c>
+      <c r="D328" s="6" t="s">
+        <v>3184</v>
+      </c>
+    </row>
+    <row r="329" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B329" s="6" t="s">
+        <v>3185</v>
+      </c>
+      <c r="C329" s="6" t="s">
+        <v>1310</v>
+      </c>
+      <c r="D329" s="6" t="s">
+        <v>3186</v>
+      </c>
+    </row>
+    <row r="330" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B330" s="6" t="s">
+        <v>2635</v>
+      </c>
+      <c r="C330" s="6" t="s">
+        <v>1313</v>
+      </c>
+      <c r="D330" s="6" t="s">
+        <v>3187</v>
+      </c>
+    </row>
+    <row r="331" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B331" s="6" t="s">
+        <v>3188</v>
+      </c>
+      <c r="C331" s="6" t="s">
+        <v>1316</v>
+      </c>
+      <c r="D331" s="6" t="s">
+        <v>3189</v>
+      </c>
+    </row>
+    <row r="332" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B332" s="6" t="s">
+        <v>3190</v>
+      </c>
+      <c r="C332" s="6"/>
+      <c r="D332" s="6" t="s">
+        <v>3191</v>
+      </c>
+    </row>
+    <row r="333" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B333" s="6" t="s">
+        <v>3192</v>
+      </c>
+      <c r="C333" s="6"/>
+      <c r="D333" s="6" t="s">
+        <v>3193</v>
+      </c>
+    </row>
+    <row r="334" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B334" s="6" t="s">
+        <v>3194</v>
+      </c>
+      <c r="C334" s="6" t="s">
+        <v>1319</v>
+      </c>
+      <c r="D334" s="6" t="s">
+        <v>3195</v>
+      </c>
+    </row>
+    <row r="335" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B335" s="6" t="s">
+        <v>3196</v>
+      </c>
+      <c r="C335" s="6" t="s">
+        <v>1322</v>
+      </c>
+      <c r="D335" s="6" t="s">
+        <v>3197</v>
+      </c>
+    </row>
+    <row r="336" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B336" s="6" t="s">
+        <v>3198</v>
+      </c>
+      <c r="C336" s="6" t="s">
+        <v>1327</v>
+      </c>
+      <c r="D336" s="6" t="s">
+        <v>3199</v>
+      </c>
+    </row>
+    <row r="337" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B337" s="6" t="s">
+        <v>3200</v>
+      </c>
+      <c r="C337" s="6" t="s">
+        <v>1330</v>
+      </c>
+      <c r="D337" s="6" t="s">
+        <v>3201</v>
+      </c>
+    </row>
+    <row r="338" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B338" s="6" t="s">
+        <v>3202</v>
+      </c>
+      <c r="C338" s="6" t="s">
+        <v>1333</v>
+      </c>
+      <c r="D338" s="6" t="s">
+        <v>3203</v>
+      </c>
+    </row>
+    <row r="339" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B339" s="6" t="s">
+        <v>436</v>
+      </c>
+      <c r="C339" s="6" t="s">
+        <v>1336</v>
+      </c>
+      <c r="D339" s="6" t="s">
+        <v>3204</v>
+      </c>
+    </row>
+    <row r="340" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B340" s="6" t="s">
+        <v>3205</v>
+      </c>
+      <c r="C340" s="6" t="s">
+        <v>1339</v>
+      </c>
+      <c r="D340" s="6" t="s">
+        <v>3206</v>
+      </c>
+    </row>
+    <row r="341" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B341" s="6" t="s">
+        <v>3207</v>
+      </c>
+      <c r="C341" s="6" t="s">
+        <v>1342</v>
+      </c>
+      <c r="D341" s="6" t="s">
+        <v>3208</v>
+      </c>
+    </row>
+    <row r="342" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B342" s="6" t="s">
+        <v>3209</v>
+      </c>
+      <c r="C342" s="6" t="s">
+        <v>1345</v>
+      </c>
+      <c r="D342" s="6" t="s">
+        <v>3210</v>
+      </c>
+    </row>
+    <row r="343" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B343" s="6" t="s">
         <v>2617</v>
       </c>
-      <c r="B3" t="s">
-[...2 lines deleted...]
-      <c r="D3" t="s">
+      <c r="C343" s="6" t="s">
+        <v>1348</v>
+      </c>
+      <c r="D343" s="6" t="s">
+        <v>3211</v>
+      </c>
+    </row>
+    <row r="344" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B344" s="6" t="s">
+        <v>3212</v>
+      </c>
+      <c r="C344" s="6" t="s">
+        <v>1351</v>
+      </c>
+      <c r="D344" s="6" t="s">
+        <v>3213</v>
+      </c>
+    </row>
+    <row r="345" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B345" s="6" t="s">
+        <v>3214</v>
+      </c>
+      <c r="C345" s="6" t="s">
+        <v>1354</v>
+      </c>
+      <c r="D345" s="6" t="s">
+        <v>3215</v>
+      </c>
+    </row>
+    <row r="346" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B346" s="6" t="s">
+        <v>3216</v>
+      </c>
+      <c r="C346" s="6"/>
+      <c r="D346" s="6" t="s">
+        <v>3217</v>
+      </c>
+    </row>
+    <row r="347" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B347" s="6" t="s">
+        <v>3218</v>
+      </c>
+      <c r="C347" s="6" t="s">
+        <v>1357</v>
+      </c>
+      <c r="D347" s="6" t="s">
+        <v>3219</v>
+      </c>
+    </row>
+    <row r="348" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B348" s="6" t="s">
+        <v>3220</v>
+      </c>
+      <c r="C348" s="6" t="s">
+        <v>1360</v>
+      </c>
+      <c r="D348" s="6" t="s">
+        <v>3221</v>
+      </c>
+    </row>
+    <row r="349" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B349" s="6" t="s">
+        <v>3222</v>
+      </c>
+      <c r="C349" s="6" t="s">
+        <v>1365</v>
+      </c>
+      <c r="D349" s="6" t="s">
+        <v>3223</v>
+      </c>
+    </row>
+    <row r="350" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B350" s="6" t="s">
+        <v>3224</v>
+      </c>
+      <c r="C350" s="6" t="s">
+        <v>1368</v>
+      </c>
+      <c r="D350" s="6" t="s">
+        <v>3225</v>
+      </c>
+    </row>
+    <row r="351" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B351" s="6" t="s">
+        <v>3226</v>
+      </c>
+      <c r="C351" s="6"/>
+      <c r="D351" s="6" t="s">
+        <v>3227</v>
+      </c>
+    </row>
+    <row r="352" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B352" s="6" t="s">
+        <v>3228</v>
+      </c>
+      <c r="C352" s="6" t="s">
+        <v>1371</v>
+      </c>
+      <c r="D352" s="6" t="s">
+        <v>3229</v>
+      </c>
+    </row>
+    <row r="353" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B353" s="6" t="s">
+        <v>3230</v>
+      </c>
+      <c r="C353" s="6" t="s">
+        <v>1374</v>
+      </c>
+      <c r="D353" s="6" t="s">
+        <v>3231</v>
+      </c>
+    </row>
+    <row r="354" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B354" s="6" t="s">
+        <v>3232</v>
+      </c>
+      <c r="C354" s="6" t="s">
+        <v>1377</v>
+      </c>
+      <c r="D354" s="6" t="s">
+        <v>3233</v>
+      </c>
+    </row>
+    <row r="355" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B355" s="6" t="s">
+        <v>3234</v>
+      </c>
+      <c r="C355" s="6" t="s">
+        <v>1380</v>
+      </c>
+      <c r="D355" s="6" t="s">
+        <v>3235</v>
+      </c>
+    </row>
+    <row r="356" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B356" s="6" t="s">
+        <v>2636</v>
+      </c>
+      <c r="C356" s="6" t="s">
+        <v>1383</v>
+      </c>
+      <c r="D356" s="6" t="s">
+        <v>3236</v>
+      </c>
+    </row>
+    <row r="357" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B357" s="6" t="s">
+        <v>3237</v>
+      </c>
+      <c r="C357" s="6" t="s">
+        <v>1386</v>
+      </c>
+      <c r="D357" s="6" t="s">
+        <v>3238</v>
+      </c>
+    </row>
+    <row r="358" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B358" s="6" t="s">
+        <v>3239</v>
+      </c>
+      <c r="C358" s="6" t="s">
+        <v>1389</v>
+      </c>
+      <c r="D358" s="6" t="s">
+        <v>3240</v>
+      </c>
+    </row>
+    <row r="359" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B359" s="6" t="s">
+        <v>3241</v>
+      </c>
+      <c r="C359" s="6" t="s">
+        <v>1392</v>
+      </c>
+      <c r="D359" s="6" t="s">
+        <v>3242</v>
+      </c>
+    </row>
+    <row r="360" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B360" s="6" t="s">
+        <v>3243</v>
+      </c>
+      <c r="C360" s="6" t="s">
+        <v>1395</v>
+      </c>
+      <c r="D360" s="6" t="s">
+        <v>3244</v>
+      </c>
+    </row>
+    <row r="361" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B361" s="6" t="s">
+        <v>3245</v>
+      </c>
+      <c r="C361" s="6" t="s">
+        <v>1398</v>
+      </c>
+      <c r="D361" s="6" t="s">
+        <v>3246</v>
+      </c>
+    </row>
+    <row r="362" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B362" s="6" t="s">
+        <v>3247</v>
+      </c>
+      <c r="C362" s="6" t="s">
+        <v>1403</v>
+      </c>
+      <c r="D362" s="6" t="s">
+        <v>3248</v>
+      </c>
+    </row>
+    <row r="363" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B363" s="6" t="s">
+        <v>2637</v>
+      </c>
+      <c r="C363" s="6" t="s">
+        <v>1406</v>
+      </c>
+      <c r="D363" s="6" t="s">
+        <v>3249</v>
+      </c>
+    </row>
+    <row r="364" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B364" s="6" t="s">
+        <v>2638</v>
+      </c>
+      <c r="C364" s="6" t="s">
+        <v>1409</v>
+      </c>
+      <c r="D364" s="6" t="s">
+        <v>3250</v>
+      </c>
+    </row>
+    <row r="365" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B365" s="6" t="s">
+        <v>3251</v>
+      </c>
+      <c r="C365" s="6" t="s">
+        <v>1412</v>
+      </c>
+      <c r="D365" s="6" t="s">
+        <v>3252</v>
+      </c>
+    </row>
+    <row r="366" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B366" s="6" t="s">
+        <v>3253</v>
+      </c>
+      <c r="C366" s="6"/>
+      <c r="D366" s="6" t="s">
+        <v>3254</v>
+      </c>
+    </row>
+    <row r="367" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B367" s="6" t="s">
+        <v>3255</v>
+      </c>
+      <c r="C367" s="6" t="s">
+        <v>1415</v>
+      </c>
+      <c r="D367" s="6" t="s">
+        <v>3256</v>
+      </c>
+    </row>
+    <row r="368" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B368" s="6" t="s">
+        <v>3257</v>
+      </c>
+      <c r="C368" s="6" t="s">
+        <v>1418</v>
+      </c>
+      <c r="D368" s="6" t="s">
+        <v>3258</v>
+      </c>
+    </row>
+    <row r="369" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B369" s="6" t="s">
+        <v>3259</v>
+      </c>
+      <c r="C369" s="6" t="s">
+        <v>1421</v>
+      </c>
+      <c r="D369" s="6" t="s">
+        <v>3260</v>
+      </c>
+    </row>
+    <row r="370" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B370" s="6" t="s">
+        <v>3261</v>
+      </c>
+      <c r="C370" s="6" t="s">
+        <v>1424</v>
+      </c>
+      <c r="D370" s="6" t="s">
+        <v>3262</v>
+      </c>
+    </row>
+    <row r="371" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B371" s="6" t="s">
+        <v>3263</v>
+      </c>
+      <c r="C371" s="6" t="s">
+        <v>1427</v>
+      </c>
+      <c r="D371" s="6" t="s">
+        <v>3264</v>
+      </c>
+    </row>
+    <row r="372" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B372" s="6" t="s">
+        <v>3265</v>
+      </c>
+      <c r="C372" s="6" t="s">
+        <v>1430</v>
+      </c>
+      <c r="D372" s="6" t="s">
+        <v>3266</v>
+      </c>
+    </row>
+    <row r="373" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B373" s="6" t="s">
+        <v>2726</v>
+      </c>
+      <c r="C373" s="6"/>
+      <c r="D373" s="6" t="s">
+        <v>3267</v>
+      </c>
+    </row>
+    <row r="374" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B374" s="6" t="s">
+        <v>2728</v>
+      </c>
+      <c r="C374" s="6"/>
+      <c r="D374" s="6" t="s">
+        <v>3268</v>
+      </c>
+    </row>
+    <row r="375" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B375" s="6" t="s">
+        <v>2485</v>
+      </c>
+      <c r="C375" s="6" t="s">
+        <v>109</v>
+      </c>
+      <c r="D375" s="6" t="s">
+        <v>3269</v>
+      </c>
+    </row>
+    <row r="376" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B376" s="6" t="s">
+        <v>2731</v>
+      </c>
+      <c r="C376" s="6" t="s">
+        <v>112</v>
+      </c>
+      <c r="D376" s="6" t="s">
+        <v>3270</v>
+      </c>
+    </row>
+    <row r="377" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B377" s="6" t="s">
+        <v>2733</v>
+      </c>
+      <c r="C377" s="6" t="s">
+        <v>115</v>
+      </c>
+      <c r="D377" s="6" t="s">
+        <v>3271</v>
+      </c>
+    </row>
+    <row r="378" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B378" s="6" t="s">
+        <v>2735</v>
+      </c>
+      <c r="C378" s="6" t="s">
+        <v>118</v>
+      </c>
+      <c r="D378" s="6" t="s">
+        <v>3272</v>
+      </c>
+    </row>
+    <row r="379" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B379" s="6" t="s">
+        <v>2737</v>
+      </c>
+      <c r="C379" s="6" t="s">
+        <v>121</v>
+      </c>
+      <c r="D379" s="6" t="s">
+        <v>3273</v>
+      </c>
+    </row>
+    <row r="380" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B380" s="6" t="s">
+        <v>2739</v>
+      </c>
+      <c r="C380" s="6" t="s">
+        <v>124</v>
+      </c>
+      <c r="D380" s="6" t="s">
+        <v>3274</v>
+      </c>
+    </row>
+    <row r="381" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B381" s="6" t="s">
+        <v>2741</v>
+      </c>
+      <c r="C381" s="6"/>
+      <c r="D381" s="6" t="s">
+        <v>3275</v>
+      </c>
+    </row>
+    <row r="382" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B382" s="6" t="s">
+        <v>2743</v>
+      </c>
+      <c r="C382" s="6" t="s">
+        <v>127</v>
+      </c>
+      <c r="D382" s="6" t="s">
+        <v>3276</v>
+      </c>
+    </row>
+    <row r="383" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B383" s="6" t="s">
+        <v>2745</v>
+      </c>
+      <c r="C383" s="6" t="s">
+        <v>130</v>
+      </c>
+      <c r="D383" s="6" t="s">
+        <v>3277</v>
+      </c>
+    </row>
+    <row r="384" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B384" s="6" t="s">
+        <v>2747</v>
+      </c>
+      <c r="C384" s="6" t="s">
+        <v>133</v>
+      </c>
+      <c r="D384" s="6" t="s">
+        <v>3278</v>
+      </c>
+    </row>
+    <row r="385" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B385" s="6" t="s">
+        <v>2749</v>
+      </c>
+      <c r="C385" s="6" t="s">
+        <v>136</v>
+      </c>
+      <c r="D385" s="6" t="s">
+        <v>3279</v>
+      </c>
+    </row>
+    <row r="386" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B386" s="6" t="s">
+        <v>2751</v>
+      </c>
+      <c r="C386" s="6" t="s">
+        <v>139</v>
+      </c>
+      <c r="D386" s="6" t="s">
+        <v>3280</v>
+      </c>
+    </row>
+    <row r="387" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B387" s="6" t="s">
+        <v>2753</v>
+      </c>
+      <c r="C387" s="6" t="s">
+        <v>142</v>
+      </c>
+      <c r="D387" s="6" t="s">
+        <v>3281</v>
+      </c>
+    </row>
+    <row r="388" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B388" s="6" t="s">
+        <v>2755</v>
+      </c>
+      <c r="C388" s="6" t="s">
+        <v>145</v>
+      </c>
+      <c r="D388" s="6" t="s">
+        <v>3282</v>
+      </c>
+    </row>
+    <row r="389" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B389" s="6" t="s">
+        <v>2757</v>
+      </c>
+      <c r="C389" s="6" t="s">
+        <v>148</v>
+      </c>
+      <c r="D389" s="6" t="s">
+        <v>3283</v>
+      </c>
+    </row>
+    <row r="390" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B390" s="6" t="s">
+        <v>2759</v>
+      </c>
+      <c r="C390" s="6"/>
+      <c r="D390" s="6" t="s">
+        <v>3284</v>
+      </c>
+    </row>
+    <row r="391" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B391" s="6" t="s">
+        <v>2761</v>
+      </c>
+      <c r="C391" s="6" t="s">
+        <v>151</v>
+      </c>
+      <c r="D391" s="6" t="s">
+        <v>3285</v>
+      </c>
+    </row>
+    <row r="392" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B392" s="6" t="s">
+        <v>2763</v>
+      </c>
+      <c r="C392" s="6" t="s">
+        <v>154</v>
+      </c>
+      <c r="D392" s="6" t="s">
+        <v>3286</v>
+      </c>
+    </row>
+    <row r="393" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B393" s="6" t="s">
+        <v>2765</v>
+      </c>
+      <c r="C393" s="6" t="s">
+        <v>206</v>
+      </c>
+      <c r="D393" s="6" t="s">
+        <v>3287</v>
+      </c>
+    </row>
+    <row r="394" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B394" s="6" t="s">
+        <v>2767</v>
+      </c>
+      <c r="C394" s="6" t="s">
+        <v>209</v>
+      </c>
+      <c r="D394" s="6" t="s">
+        <v>3288</v>
+      </c>
+    </row>
+    <row r="395" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B395" s="6" t="s">
+        <v>2769</v>
+      </c>
+      <c r="C395" s="6" t="s">
+        <v>212</v>
+      </c>
+      <c r="D395" s="6" t="s">
+        <v>3289</v>
+      </c>
+    </row>
+    <row r="396" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B396" s="6" t="s">
+        <v>2771</v>
+      </c>
+      <c r="C396" s="6"/>
+      <c r="D396" s="6" t="s">
+        <v>3290</v>
+      </c>
+    </row>
+    <row r="397" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B397" s="6" t="s">
+        <v>2773</v>
+      </c>
+      <c r="C397" s="6"/>
+      <c r="D397" s="6" t="s">
+        <v>3291</v>
+      </c>
+    </row>
+    <row r="398" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B398" s="6" t="s">
+        <v>2775</v>
+      </c>
+      <c r="C398" s="6" t="s">
+        <v>215</v>
+      </c>
+      <c r="D398" s="6" t="s">
+        <v>3292</v>
+      </c>
+    </row>
+    <row r="399" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B399" s="6" t="s">
+        <v>2777</v>
+      </c>
+      <c r="C399" s="6" t="s">
+        <v>218</v>
+      </c>
+      <c r="D399" s="6" t="s">
+        <v>3293</v>
+      </c>
+    </row>
+    <row r="400" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B400" s="6" t="s">
+        <v>312</v>
+      </c>
+      <c r="C400" s="6" t="s">
+        <v>221</v>
+      </c>
+      <c r="D400" s="6" t="s">
+        <v>3294</v>
+      </c>
+    </row>
+    <row r="401" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B401" s="6" t="s">
+        <v>2780</v>
+      </c>
+      <c r="C401" s="6" t="s">
+        <v>224</v>
+      </c>
+      <c r="D401" s="6" t="s">
+        <v>3295</v>
+      </c>
+    </row>
+    <row r="402" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B402" s="6" t="s">
+        <v>2782</v>
+      </c>
+      <c r="C402" s="6" t="s">
+        <v>227</v>
+      </c>
+      <c r="D402" s="6" t="s">
+        <v>3296</v>
+      </c>
+    </row>
+    <row r="403" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B403" s="6" t="s">
+        <v>2784</v>
+      </c>
+      <c r="C403" s="6" t="s">
+        <v>232</v>
+      </c>
+      <c r="D403" s="6" t="s">
+        <v>3297</v>
+      </c>
+    </row>
+    <row r="404" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B404" s="6" t="s">
+        <v>2786</v>
+      </c>
+      <c r="C404" s="6" t="s">
+        <v>235</v>
+      </c>
+      <c r="D404" s="6" t="s">
+        <v>3298</v>
+      </c>
+    </row>
+    <row r="405" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B405" s="6" t="s">
+        <v>2788</v>
+      </c>
+      <c r="C405" s="6" t="s">
+        <v>238</v>
+      </c>
+      <c r="D405" s="6" t="s">
+        <v>3299</v>
+      </c>
+    </row>
+    <row r="406" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B406" s="6" t="s">
+        <v>2790</v>
+      </c>
+      <c r="C406" s="6" t="s">
+        <v>241</v>
+      </c>
+      <c r="D406" s="6" t="s">
+        <v>3300</v>
+      </c>
+    </row>
+    <row r="407" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B407" s="6" t="s">
+        <v>2792</v>
+      </c>
+      <c r="C407" s="6"/>
+      <c r="D407" s="6" t="s">
+        <v>3301</v>
+      </c>
+    </row>
+    <row r="408" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B408" s="6" t="s">
+        <v>2794</v>
+      </c>
+      <c r="C408" s="6" t="s">
+        <v>244</v>
+      </c>
+      <c r="D408" s="6" t="s">
+        <v>3302</v>
+      </c>
+    </row>
+    <row r="409" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B409" s="6" t="s">
+        <v>2796</v>
+      </c>
+      <c r="C409" s="6" t="s">
+        <v>249</v>
+      </c>
+      <c r="D409" s="6" t="s">
+        <v>3303</v>
+      </c>
+    </row>
+    <row r="410" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B410" s="6" t="s">
+        <v>2798</v>
+      </c>
+      <c r="C410" s="6" t="s">
+        <v>252</v>
+      </c>
+      <c r="D410" s="6" t="s">
+        <v>3304</v>
+      </c>
+    </row>
+    <row r="411" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B411" s="6" t="s">
+        <v>2800</v>
+      </c>
+      <c r="C411" s="6"/>
+      <c r="D411" s="6" t="s">
+        <v>3305</v>
+      </c>
+    </row>
+    <row r="412" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B412" s="6" t="s">
+        <v>2802</v>
+      </c>
+      <c r="C412" s="6" t="s">
+        <v>255</v>
+      </c>
+      <c r="D412" s="6" t="s">
+        <v>3306</v>
+      </c>
+    </row>
+    <row r="413" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B413" s="6" t="s">
+        <v>2804</v>
+      </c>
+      <c r="C413" s="6" t="s">
+        <v>258</v>
+      </c>
+      <c r="D413" s="6" t="s">
+        <v>3307</v>
+      </c>
+    </row>
+    <row r="414" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B414" s="6" t="s">
+        <v>2806</v>
+      </c>
+      <c r="C414" s="6" t="s">
+        <v>261</v>
+      </c>
+      <c r="D414" s="6" t="s">
+        <v>3308</v>
+      </c>
+    </row>
+    <row r="415" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B415" s="6" t="s">
+        <v>2808</v>
+      </c>
+      <c r="C415" s="6" t="s">
+        <v>264</v>
+      </c>
+      <c r="D415" s="6" t="s">
+        <v>3309</v>
+      </c>
+    </row>
+    <row r="416" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B416" s="6" t="s">
+        <v>2810</v>
+      </c>
+      <c r="C416" s="6" t="s">
+        <v>267</v>
+      </c>
+      <c r="D416" s="6" t="s">
+        <v>3310</v>
+      </c>
+    </row>
+    <row r="417" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B417" s="6" t="s">
+        <v>2812</v>
+      </c>
+      <c r="C417" s="6" t="s">
+        <v>270</v>
+      </c>
+      <c r="D417" s="6" t="s">
+        <v>3311</v>
+      </c>
+    </row>
+    <row r="418" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B418" s="6" t="s">
+        <v>2814</v>
+      </c>
+      <c r="C418" s="6" t="s">
+        <v>275</v>
+      </c>
+      <c r="D418" s="6" t="s">
+        <v>3312</v>
+      </c>
+    </row>
+    <row r="419" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B419" s="6" t="s">
+        <v>2816</v>
+      </c>
+      <c r="C419" s="6" t="s">
+        <v>552</v>
+      </c>
+      <c r="D419" s="6" t="s">
+        <v>3313</v>
+      </c>
+    </row>
+    <row r="420" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B420" s="6" t="s">
         <v>2621</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A4" t="s">
+      <c r="C420" s="6" t="s">
+        <v>555</v>
+      </c>
+      <c r="D420" s="6" t="s">
+        <v>3314</v>
+      </c>
+    </row>
+    <row r="421" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B421" s="6" t="s">
+        <v>2819</v>
+      </c>
+      <c r="C421" s="6" t="s">
+        <v>558</v>
+      </c>
+      <c r="D421" s="6" t="s">
+        <v>3315</v>
+      </c>
+    </row>
+    <row r="422" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B422" s="6" t="s">
+        <v>1217</v>
+      </c>
+      <c r="C422" s="6" t="s">
+        <v>561</v>
+      </c>
+      <c r="D422" s="6" t="s">
+        <v>3316</v>
+      </c>
+    </row>
+    <row r="423" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B423" s="6" t="s">
+        <v>2822</v>
+      </c>
+      <c r="C423" s="6" t="s">
+        <v>566</v>
+      </c>
+      <c r="D423" s="6" t="s">
+        <v>3317</v>
+      </c>
+    </row>
+    <row r="424" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B424" s="6" t="s">
+        <v>2824</v>
+      </c>
+      <c r="C424" s="6" t="s">
+        <v>569</v>
+      </c>
+      <c r="D424" s="6" t="s">
+        <v>3318</v>
+      </c>
+    </row>
+    <row r="425" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B425" s="6" t="s">
+        <v>2826</v>
+      </c>
+      <c r="C425" s="6"/>
+      <c r="D425" s="6" t="s">
+        <v>3319</v>
+      </c>
+    </row>
+    <row r="426" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B426" s="6" t="s">
+        <v>2828</v>
+      </c>
+      <c r="C426" s="6" t="s">
+        <v>574</v>
+      </c>
+      <c r="D426" s="6" t="s">
+        <v>3320</v>
+      </c>
+    </row>
+    <row r="427" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B427" s="6" t="s">
+        <v>2830</v>
+      </c>
+      <c r="C427" s="6" t="s">
+        <v>577</v>
+      </c>
+      <c r="D427" s="6" t="s">
+        <v>3321</v>
+      </c>
+    </row>
+    <row r="428" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B428" s="6" t="s">
+        <v>2832</v>
+      </c>
+      <c r="C428" s="6" t="s">
+        <v>582</v>
+      </c>
+      <c r="D428" s="6" t="s">
+        <v>3322</v>
+      </c>
+    </row>
+    <row r="429" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B429" s="6" t="s">
+        <v>306</v>
+      </c>
+      <c r="C429" s="6" t="s">
+        <v>585</v>
+      </c>
+      <c r="D429" s="6" t="s">
+        <v>3323</v>
+      </c>
+    </row>
+    <row r="430" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B430" s="6" t="s">
+        <v>2835</v>
+      </c>
+      <c r="C430" s="6" t="s">
+        <v>590</v>
+      </c>
+      <c r="D430" s="6" t="s">
+        <v>3324</v>
+      </c>
+    </row>
+    <row r="431" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B431" s="6" t="s">
+        <v>2837</v>
+      </c>
+      <c r="C431" s="6" t="s">
+        <v>593</v>
+      </c>
+      <c r="D431" s="6" t="s">
+        <v>3325</v>
+      </c>
+    </row>
+    <row r="432" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B432" s="6" t="s">
+        <v>2839</v>
+      </c>
+      <c r="C432" s="6" t="s">
+        <v>598</v>
+      </c>
+      <c r="D432" s="6" t="s">
+        <v>3326</v>
+      </c>
+    </row>
+    <row r="433" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B433" s="6" t="s">
+        <v>2841</v>
+      </c>
+      <c r="C433" s="6" t="s">
+        <v>601</v>
+      </c>
+      <c r="D433" s="6" t="s">
+        <v>3327</v>
+      </c>
+    </row>
+    <row r="434" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B434" s="6" t="s">
+        <v>2843</v>
+      </c>
+      <c r="C434" s="6" t="s">
+        <v>606</v>
+      </c>
+      <c r="D434" s="6" t="s">
+        <v>3328</v>
+      </c>
+    </row>
+    <row r="435" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B435" s="6" t="s">
+        <v>2845</v>
+      </c>
+      <c r="C435" s="6" t="s">
+        <v>1252</v>
+      </c>
+      <c r="D435" s="6" t="s">
+        <v>3329</v>
+      </c>
+    </row>
+    <row r="436" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B436" s="6" t="s">
+        <v>2847</v>
+      </c>
+      <c r="C436" s="6" t="s">
+        <v>1255</v>
+      </c>
+      <c r="D436" s="6" t="s">
+        <v>3330</v>
+      </c>
+    </row>
+    <row r="437" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B437" s="6" t="s">
+        <v>2849</v>
+      </c>
+      <c r="C437" s="6" t="s">
+        <v>1260</v>
+      </c>
+      <c r="D437" s="6" t="s">
+        <v>3331</v>
+      </c>
+    </row>
+    <row r="438" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B438" s="6" t="s">
+        <v>2851</v>
+      </c>
+      <c r="C438" s="6" t="s">
+        <v>1263</v>
+      </c>
+      <c r="D438" s="6" t="s">
+        <v>3332</v>
+      </c>
+    </row>
+    <row r="439" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B439" s="6" t="s">
+        <v>2853</v>
+      </c>
+      <c r="C439" s="6"/>
+      <c r="D439" s="6" t="s">
+        <v>3333</v>
+      </c>
+    </row>
+    <row r="440" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B440" s="6" t="s">
+        <v>2855</v>
+      </c>
+      <c r="C440" s="6" t="s">
+        <v>1266</v>
+      </c>
+      <c r="D440" s="6" t="s">
+        <v>3334</v>
+      </c>
+    </row>
+    <row r="441" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B441" s="6" t="s">
+        <v>2857</v>
+      </c>
+      <c r="C441" s="6" t="s">
+        <v>1268</v>
+      </c>
+      <c r="D441" s="6" t="s">
+        <v>3335</v>
+      </c>
+    </row>
+    <row r="442" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B442" s="6" t="s">
+        <v>2859</v>
+      </c>
+      <c r="C442" s="6" t="s">
+        <v>1273</v>
+      </c>
+      <c r="D442" s="6" t="s">
+        <v>3336</v>
+      </c>
+    </row>
+    <row r="443" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B443" s="6" t="s">
+        <v>2861</v>
+      </c>
+      <c r="C443" s="6" t="s">
+        <v>1276</v>
+      </c>
+      <c r="D443" s="6" t="s">
+        <v>3337</v>
+      </c>
+    </row>
+    <row r="444" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B444" s="6" t="s">
+        <v>2863</v>
+      </c>
+      <c r="C444" s="6" t="s">
+        <v>1279</v>
+      </c>
+      <c r="D444" s="6" t="s">
+        <v>3338</v>
+      </c>
+    </row>
+    <row r="445" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B445" s="6" t="s">
+        <v>2865</v>
+      </c>
+      <c r="C445" s="6" t="s">
+        <v>1282</v>
+      </c>
+      <c r="D445" s="6" t="s">
+        <v>3339</v>
+      </c>
+    </row>
+    <row r="446" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B446" s="6" t="s">
+        <v>2867</v>
+      </c>
+      <c r="C446" s="6"/>
+      <c r="D446" s="6" t="s">
+        <v>3340</v>
+      </c>
+    </row>
+    <row r="447" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B447" s="6" t="s">
+        <v>2869</v>
+      </c>
+      <c r="C447" s="6" t="s">
+        <v>1287</v>
+      </c>
+      <c r="D447" s="6" t="s">
+        <v>3341</v>
+      </c>
+    </row>
+    <row r="448" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B448" s="6" t="s">
+        <v>2871</v>
+      </c>
+      <c r="C448" s="6" t="s">
+        <v>1290</v>
+      </c>
+      <c r="D448" s="6" t="s">
+        <v>3342</v>
+      </c>
+    </row>
+    <row r="449" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B449" s="6" t="s">
+        <v>2873</v>
+      </c>
+      <c r="C449" s="6" t="s">
+        <v>1293</v>
+      </c>
+      <c r="D449" s="6" t="s">
+        <v>3343</v>
+      </c>
+    </row>
+    <row r="450" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B450" s="6" t="s">
+        <v>2875</v>
+      </c>
+      <c r="C450" s="6" t="s">
+        <v>1296</v>
+      </c>
+      <c r="D450" s="6" t="s">
+        <v>3344</v>
+      </c>
+    </row>
+    <row r="451" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B451" s="6" t="s">
+        <v>1124</v>
+      </c>
+      <c r="C451" s="6" t="s">
+        <v>1299</v>
+      </c>
+      <c r="D451" s="6" t="s">
+        <v>3345</v>
+      </c>
+    </row>
+    <row r="452" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B452" s="6" t="s">
+        <v>2878</v>
+      </c>
+      <c r="C452" s="6" t="s">
+        <v>1302</v>
+      </c>
+      <c r="D452" s="6" t="s">
+        <v>3346</v>
+      </c>
+    </row>
+    <row r="453" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B453" s="6" t="s">
+        <v>2880</v>
+      </c>
+      <c r="C453" s="6" t="s">
+        <v>1305</v>
+      </c>
+      <c r="D453" s="6" t="s">
+        <v>3347</v>
+      </c>
+    </row>
+    <row r="454" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B454" s="6" t="s">
+        <v>2882</v>
+      </c>
+      <c r="C454" s="6" t="s">
+        <v>1310</v>
+      </c>
+      <c r="D454" s="6" t="s">
+        <v>3348</v>
+      </c>
+    </row>
+    <row r="455" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B455" s="6" t="s">
+        <v>2884</v>
+      </c>
+      <c r="C455" s="6" t="s">
+        <v>1313</v>
+      </c>
+      <c r="D455" s="6" t="s">
+        <v>3349</v>
+      </c>
+    </row>
+    <row r="456" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B456" s="6" t="s">
+        <v>2886</v>
+      </c>
+      <c r="C456" s="6"/>
+      <c r="D456" s="6" t="s">
+        <v>3350</v>
+      </c>
+    </row>
+    <row r="457" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B457" s="6" t="s">
+        <v>2888</v>
+      </c>
+      <c r="C457" s="6" t="s">
+        <v>1316</v>
+      </c>
+      <c r="D457" s="6" t="s">
+        <v>3351</v>
+      </c>
+    </row>
+    <row r="458" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B458" s="6" t="s">
+        <v>2890</v>
+      </c>
+      <c r="C458" s="6" t="s">
+        <v>1319</v>
+      </c>
+      <c r="D458" s="6" t="s">
+        <v>3352</v>
+      </c>
+    </row>
+    <row r="459" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B459" s="6" t="s">
+        <v>2892</v>
+      </c>
+      <c r="C459" s="6" t="s">
+        <v>1322</v>
+      </c>
+      <c r="D459" s="6" t="s">
+        <v>3353</v>
+      </c>
+    </row>
+    <row r="460" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B460" s="6" t="s">
+        <v>378</v>
+      </c>
+      <c r="C460" s="6" t="s">
+        <v>1327</v>
+      </c>
+      <c r="D460" s="6" t="s">
+        <v>3354</v>
+      </c>
+    </row>
+    <row r="461" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B461" s="6" t="s">
+        <v>2895</v>
+      </c>
+      <c r="C461" s="6" t="s">
+        <v>1330</v>
+      </c>
+      <c r="D461" s="6" t="s">
+        <v>3355</v>
+      </c>
+    </row>
+    <row r="462" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B462" s="6" t="s">
+        <v>2897</v>
+      </c>
+      <c r="C462" s="6" t="s">
+        <v>1333</v>
+      </c>
+      <c r="D462" s="6" t="s">
+        <v>3356</v>
+      </c>
+    </row>
+    <row r="463" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B463" s="6" t="s">
+        <v>2899</v>
+      </c>
+      <c r="C463" s="6" t="s">
+        <v>1336</v>
+      </c>
+      <c r="D463" s="6" t="s">
+        <v>3357</v>
+      </c>
+    </row>
+    <row r="464" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B464" s="6" t="s">
+        <v>2901</v>
+      </c>
+      <c r="C464" s="6" t="s">
+        <v>1339</v>
+      </c>
+      <c r="D464" s="6" t="s">
+        <v>3358</v>
+      </c>
+    </row>
+    <row r="465" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B465" s="6" t="s">
+        <v>2903</v>
+      </c>
+      <c r="C465" s="6" t="s">
+        <v>1342</v>
+      </c>
+      <c r="D465" s="6" t="s">
+        <v>3359</v>
+      </c>
+    </row>
+    <row r="466" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B466" s="6" t="s">
+        <v>2905</v>
+      </c>
+      <c r="C466" s="6"/>
+      <c r="D466" s="6" t="s">
+        <v>3360</v>
+      </c>
+    </row>
+    <row r="467" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B467" s="6" t="s">
+        <v>2907</v>
+      </c>
+      <c r="C467" s="6" t="s">
+        <v>1345</v>
+      </c>
+      <c r="D467" s="6" t="s">
+        <v>3361</v>
+      </c>
+    </row>
+    <row r="468" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B468" s="6" t="s">
+        <v>2909</v>
+      </c>
+      <c r="C468" s="6" t="s">
+        <v>1348</v>
+      </c>
+      <c r="D468" s="6" t="s">
+        <v>3362</v>
+      </c>
+    </row>
+    <row r="469" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B469" s="6" t="s">
+        <v>2911</v>
+      </c>
+      <c r="C469" s="6" t="s">
+        <v>1351</v>
+      </c>
+      <c r="D469" s="6" t="s">
+        <v>3363</v>
+      </c>
+    </row>
+    <row r="470" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B470" s="6" t="s">
+        <v>2913</v>
+      </c>
+      <c r="C470" s="6" t="s">
+        <v>1354</v>
+      </c>
+      <c r="D470" s="6" t="s">
+        <v>3364</v>
+      </c>
+    </row>
+    <row r="471" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B471" s="6" t="s">
+        <v>2915</v>
+      </c>
+      <c r="C471" s="6" t="s">
+        <v>1357</v>
+      </c>
+      <c r="D471" s="6" t="s">
+        <v>3365</v>
+      </c>
+    </row>
+    <row r="472" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B472" s="6" t="s">
+        <v>2917</v>
+      </c>
+      <c r="C472" s="6" t="s">
+        <v>1360</v>
+      </c>
+      <c r="D472" s="6" t="s">
+        <v>3366</v>
+      </c>
+    </row>
+    <row r="473" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B473" s="6" t="s">
+        <v>2919</v>
+      </c>
+      <c r="C473" s="6" t="s">
+        <v>1365</v>
+      </c>
+      <c r="D473" s="6" t="s">
+        <v>3367</v>
+      </c>
+    </row>
+    <row r="474" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B474" s="6" t="s">
+        <v>2921</v>
+      </c>
+      <c r="C474" s="6" t="s">
+        <v>1368</v>
+      </c>
+      <c r="D474" s="6" t="s">
+        <v>3368</v>
+      </c>
+    </row>
+    <row r="475" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B475" s="6" t="s">
+        <v>2923</v>
+      </c>
+      <c r="C475" s="6" t="s">
+        <v>1371</v>
+      </c>
+      <c r="D475" s="6" t="s">
+        <v>3369</v>
+      </c>
+    </row>
+    <row r="476" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B476" s="6" t="s">
+        <v>2925</v>
+      </c>
+      <c r="C476" s="6"/>
+      <c r="D476" s="6" t="s">
+        <v>3370</v>
+      </c>
+    </row>
+    <row r="477" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B477" s="6" t="s">
+        <v>2927</v>
+      </c>
+      <c r="C477" s="6" t="s">
+        <v>1374</v>
+      </c>
+      <c r="D477" s="6" t="s">
+        <v>3371</v>
+      </c>
+    </row>
+    <row r="478" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B478" s="6" t="s">
+        <v>2929</v>
+      </c>
+      <c r="C478" s="6" t="s">
+        <v>1377</v>
+      </c>
+      <c r="D478" s="6" t="s">
+        <v>3372</v>
+      </c>
+    </row>
+    <row r="479" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B479" s="6" t="s">
+        <v>2295</v>
+      </c>
+      <c r="C479" s="6" t="s">
+        <v>1380</v>
+      </c>
+      <c r="D479" s="6" t="s">
+        <v>3373</v>
+      </c>
+    </row>
+    <row r="480" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B480" s="6" t="s">
+        <v>2932</v>
+      </c>
+      <c r="C480" s="6" t="s">
+        <v>1383</v>
+      </c>
+      <c r="D480" s="6" t="s">
+        <v>3374</v>
+      </c>
+    </row>
+    <row r="481" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B481" s="6" t="s">
+        <v>2934</v>
+      </c>
+      <c r="C481" s="6" t="s">
+        <v>1386</v>
+      </c>
+      <c r="D481" s="6" t="s">
+        <v>3375</v>
+      </c>
+    </row>
+    <row r="482" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B482" s="6" t="s">
+        <v>2936</v>
+      </c>
+      <c r="C482" s="6" t="s">
+        <v>1389</v>
+      </c>
+      <c r="D482" s="6" t="s">
+        <v>3376</v>
+      </c>
+    </row>
+    <row r="483" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B483" s="6" t="s">
+        <v>3377</v>
+      </c>
+      <c r="C483" s="6"/>
+      <c r="D483" s="6" t="s">
+        <v>3378</v>
+      </c>
+    </row>
+    <row r="484" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B484" s="6" t="s">
+        <v>2613</v>
+      </c>
+      <c r="C484" s="6" t="s">
+        <v>3379</v>
+      </c>
+      <c r="D484" s="6" t="s">
+        <v>3380</v>
+      </c>
+    </row>
+    <row r="485" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B485" s="6" t="s">
+        <v>3049</v>
+      </c>
+      <c r="C485" s="6" t="s">
+        <v>3381</v>
+      </c>
+      <c r="D485" s="6" t="s">
+        <v>3382</v>
+      </c>
+    </row>
+    <row r="486" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B486" s="6" t="s">
+        <v>3051</v>
+      </c>
+      <c r="C486" s="6" t="s">
+        <v>3383</v>
+      </c>
+      <c r="D486" s="6" t="s">
+        <v>3384</v>
+      </c>
+    </row>
+    <row r="487" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B487" s="6" t="s">
+        <v>3053</v>
+      </c>
+      <c r="C487" s="6" t="s">
+        <v>3385</v>
+      </c>
+      <c r="D487" s="6" t="s">
+        <v>3386</v>
+      </c>
+    </row>
+    <row r="488" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B488" s="6" t="s">
+        <v>2614</v>
+      </c>
+      <c r="C488" s="6" t="s">
+        <v>3387</v>
+      </c>
+      <c r="D488" s="6" t="s">
+        <v>3388</v>
+      </c>
+    </row>
+    <row r="489" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B489" s="6" t="s">
+        <v>3389</v>
+      </c>
+      <c r="C489" s="6"/>
+      <c r="D489" s="6" t="s">
+        <v>3390</v>
+      </c>
+    </row>
+    <row r="490" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B490" s="6" t="s">
+        <v>2615</v>
+      </c>
+      <c r="C490" s="6" t="s">
+        <v>3391</v>
+      </c>
+      <c r="D490" s="6" t="s">
+        <v>3392</v>
+      </c>
+    </row>
+    <row r="491" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B491" s="6" t="s">
+        <v>3059</v>
+      </c>
+      <c r="C491" s="6" t="s">
+        <v>3393</v>
+      </c>
+      <c r="D491" s="6" t="s">
+        <v>3394</v>
+      </c>
+    </row>
+    <row r="492" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B492" s="6" t="s">
+        <v>2616</v>
+      </c>
+      <c r="C492" s="6" t="s">
+        <v>3395</v>
+      </c>
+      <c r="D492" s="6" t="s">
+        <v>3396</v>
+      </c>
+    </row>
+    <row r="493" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B493" s="6" t="s">
+        <v>3397</v>
+      </c>
+      <c r="C493" s="6"/>
+      <c r="D493" s="6" t="s">
+        <v>3398</v>
+      </c>
+    </row>
+    <row r="494" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B494" s="6" t="s">
+        <v>3399</v>
+      </c>
+      <c r="C494" s="6"/>
+      <c r="D494" s="6" t="s">
+        <v>3400</v>
+      </c>
+    </row>
+    <row r="495" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B495" s="6" t="s">
+        <v>3066</v>
+      </c>
+      <c r="C495" s="6" t="s">
+        <v>133</v>
+      </c>
+      <c r="D495" s="6" t="s">
+        <v>3401</v>
+      </c>
+    </row>
+    <row r="496" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B496" s="6" t="s">
+        <v>3068</v>
+      </c>
+      <c r="C496" s="6" t="s">
+        <v>3402</v>
+      </c>
+      <c r="D496" s="6" t="s">
+        <v>3403</v>
+      </c>
+    </row>
+    <row r="497" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B497" s="6" t="s">
+        <v>3070</v>
+      </c>
+      <c r="C497" s="6" t="s">
+        <v>3404</v>
+      </c>
+      <c r="D497" s="6" t="s">
+        <v>3405</v>
+      </c>
+    </row>
+    <row r="498" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B498" s="6" t="s">
+        <v>3072</v>
+      </c>
+      <c r="C498" s="6" t="s">
+        <v>3406</v>
+      </c>
+      <c r="D498" s="6" t="s">
+        <v>3407</v>
+      </c>
+    </row>
+    <row r="499" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B499" s="6" t="s">
+        <v>3074</v>
+      </c>
+      <c r="C499" s="6" t="s">
+        <v>3408</v>
+      </c>
+      <c r="D499" s="6" t="s">
+        <v>3409</v>
+      </c>
+    </row>
+    <row r="500" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B500" s="6" t="s">
+        <v>3076</v>
+      </c>
+      <c r="C500" s="6" t="s">
+        <v>3410</v>
+      </c>
+      <c r="D500" s="6" t="s">
+        <v>3411</v>
+      </c>
+    </row>
+    <row r="501" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B501" s="6" t="s">
+        <v>3078</v>
+      </c>
+      <c r="C501" s="6" t="s">
+        <v>3412</v>
+      </c>
+      <c r="D501" s="6" t="s">
+        <v>3413</v>
+      </c>
+    </row>
+    <row r="502" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B502" s="6" t="s">
+        <v>3414</v>
+      </c>
+      <c r="C502" s="6"/>
+      <c r="D502" s="6" t="s">
+        <v>3415</v>
+      </c>
+    </row>
+    <row r="503" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B503" s="6" t="s">
+        <v>3082</v>
+      </c>
+      <c r="C503" s="6" t="s">
+        <v>154</v>
+      </c>
+      <c r="D503" s="6" t="s">
+        <v>3416</v>
+      </c>
+    </row>
+    <row r="504" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B504" s="6" t="s">
+        <v>3084</v>
+      </c>
+      <c r="C504" s="6" t="s">
+        <v>3417</v>
+      </c>
+      <c r="D504" s="6" t="s">
+        <v>3418</v>
+      </c>
+    </row>
+    <row r="505" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B505" s="6" t="s">
+        <v>3086</v>
+      </c>
+      <c r="C505" s="6" t="s">
+        <v>3419</v>
+      </c>
+      <c r="D505" s="6" t="s">
+        <v>3420</v>
+      </c>
+    </row>
+    <row r="506" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B506" s="6" t="s">
+        <v>3088</v>
+      </c>
+      <c r="C506" s="6" t="s">
+        <v>3421</v>
+      </c>
+      <c r="D506" s="6" t="s">
+        <v>3422</v>
+      </c>
+    </row>
+    <row r="507" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B507" s="6" t="s">
         <v>2618</v>
       </c>
-      <c r="B4" t="s">
-[...2 lines deleted...]
-      <c r="D4" t="s">
+      <c r="C507" s="6" t="s">
+        <v>3423</v>
+      </c>
+      <c r="D507" s="6" t="s">
+        <v>3424</v>
+      </c>
+    </row>
+    <row r="508" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B508" s="6" t="s">
+        <v>3091</v>
+      </c>
+      <c r="C508" s="6" t="s">
+        <v>3425</v>
+      </c>
+      <c r="D508" s="6" t="s">
+        <v>3426</v>
+      </c>
+    </row>
+    <row r="509" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B509" s="6" t="s">
+        <v>3093</v>
+      </c>
+      <c r="C509" s="6" t="s">
+        <v>3427</v>
+      </c>
+      <c r="D509" s="6" t="s">
+        <v>3428</v>
+      </c>
+    </row>
+    <row r="510" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B510" s="6" t="s">
+        <v>3095</v>
+      </c>
+      <c r="C510" s="6" t="s">
+        <v>3429</v>
+      </c>
+      <c r="D510" s="6" t="s">
+        <v>3430</v>
+      </c>
+    </row>
+    <row r="511" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B511" s="6" t="s">
+        <v>2619</v>
+      </c>
+      <c r="C511" s="6" t="s">
+        <v>3431</v>
+      </c>
+      <c r="D511" s="6" t="s">
+        <v>3432</v>
+      </c>
+    </row>
+    <row r="512" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B512" s="6" t="s">
+        <v>3098</v>
+      </c>
+      <c r="C512" s="6" t="s">
+        <v>3433</v>
+      </c>
+      <c r="D512" s="6" t="s">
+        <v>3434</v>
+      </c>
+    </row>
+    <row r="513" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B513" s="6" t="s">
+        <v>3100</v>
+      </c>
+      <c r="C513" s="6" t="s">
+        <v>3435</v>
+      </c>
+      <c r="D513" s="6" t="s">
+        <v>3436</v>
+      </c>
+    </row>
+    <row r="514" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B514" s="6" t="s">
+        <v>2620</v>
+      </c>
+      <c r="C514" s="6" t="s">
+        <v>3437</v>
+      </c>
+      <c r="D514" s="6" t="s">
+        <v>3438</v>
+      </c>
+    </row>
+    <row r="515" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B515" s="6" t="s">
+        <v>3439</v>
+      </c>
+      <c r="C515" s="6"/>
+      <c r="D515" s="6" t="s">
+        <v>3440</v>
+      </c>
+    </row>
+    <row r="516" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B516" s="6" t="s">
+        <v>3105</v>
+      </c>
+      <c r="C516" s="6" t="s">
+        <v>241</v>
+      </c>
+      <c r="D516" s="6" t="s">
+        <v>3441</v>
+      </c>
+    </row>
+    <row r="517" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B517" s="6" t="s">
+        <v>3107</v>
+      </c>
+      <c r="C517" s="6" t="s">
+        <v>3442</v>
+      </c>
+      <c r="D517" s="6" t="s">
+        <v>3443</v>
+      </c>
+    </row>
+    <row r="518" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B518" s="6" t="s">
+        <v>3109</v>
+      </c>
+      <c r="C518" s="6" t="s">
+        <v>3444</v>
+      </c>
+      <c r="D518" s="6" t="s">
+        <v>3445</v>
+      </c>
+    </row>
+    <row r="519" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B519" s="6" t="s">
+        <v>3111</v>
+      </c>
+      <c r="C519" s="6" t="s">
+        <v>3446</v>
+      </c>
+      <c r="D519" s="6" t="s">
+        <v>3447</v>
+      </c>
+    </row>
+    <row r="520" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B520" s="6" t="s">
+        <v>3113</v>
+      </c>
+      <c r="C520" s="6" t="s">
+        <v>3448</v>
+      </c>
+      <c r="D520" s="6" t="s">
+        <v>3449</v>
+      </c>
+    </row>
+    <row r="521" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B521" s="6" t="s">
+        <v>2621</v>
+      </c>
+      <c r="C521" s="6" t="s">
+        <v>3450</v>
+      </c>
+      <c r="D521" s="6" t="s">
+        <v>3451</v>
+      </c>
+    </row>
+    <row r="522" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B522" s="6" t="s">
+        <v>3116</v>
+      </c>
+      <c r="C522" s="6" t="s">
+        <v>3452</v>
+      </c>
+      <c r="D522" s="6" t="s">
+        <v>3453</v>
+      </c>
+    </row>
+    <row r="523" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B523" s="6" t="s">
+        <v>3118</v>
+      </c>
+      <c r="C523" s="6" t="s">
+        <v>3454</v>
+      </c>
+      <c r="D523" s="6" t="s">
+        <v>3455</v>
+      </c>
+    </row>
+    <row r="524" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B524" s="6" t="s">
+        <v>3120</v>
+      </c>
+      <c r="C524" s="6" t="s">
+        <v>3456</v>
+      </c>
+      <c r="D524" s="6" t="s">
+        <v>3457</v>
+      </c>
+    </row>
+    <row r="525" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B525" s="6" t="s">
+        <v>3458</v>
+      </c>
+      <c r="C525" s="6"/>
+      <c r="D525" s="6" t="s">
+        <v>3459</v>
+      </c>
+    </row>
+    <row r="526" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B526" s="6" t="s">
         <v>2622</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B5" t="s">
+      <c r="C526" s="6" t="s">
+        <v>270</v>
+      </c>
+      <c r="D526" s="6" t="s">
+        <v>3460</v>
+      </c>
+    </row>
+    <row r="527" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B527" s="6" t="s">
+        <v>3125</v>
+      </c>
+      <c r="C527" s="6" t="s">
+        <v>3461</v>
+      </c>
+      <c r="D527" s="6" t="s">
+        <v>3462</v>
+      </c>
+    </row>
+    <row r="528" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B528" s="6" t="s">
+        <v>3463</v>
+      </c>
+      <c r="C528" s="6"/>
+      <c r="D528" s="6" t="s">
+        <v>3464</v>
+      </c>
+    </row>
+    <row r="529" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B529" s="6" t="s">
+        <v>3465</v>
+      </c>
+      <c r="C529" s="6"/>
+      <c r="D529" s="6" t="s">
+        <v>3466</v>
+      </c>
+    </row>
+    <row r="530" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B530" s="6" t="s">
+        <v>3131</v>
+      </c>
+      <c r="C530" s="6" t="s">
+        <v>552</v>
+      </c>
+      <c r="D530" s="6" t="s">
+        <v>3467</v>
+      </c>
+    </row>
+    <row r="531" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B531" s="6" t="s">
+        <v>3133</v>
+      </c>
+      <c r="C531" s="6" t="s">
+        <v>3468</v>
+      </c>
+      <c r="D531" s="6" t="s">
+        <v>3469</v>
+      </c>
+    </row>
+    <row r="532" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B532" s="6" t="s">
+        <v>3135</v>
+      </c>
+      <c r="C532" s="6" t="s">
+        <v>3470</v>
+      </c>
+      <c r="D532" s="6" t="s">
+        <v>3471</v>
+      </c>
+    </row>
+    <row r="533" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B533" s="6" t="s">
+        <v>3137</v>
+      </c>
+      <c r="C533" s="6" t="s">
+        <v>3472</v>
+      </c>
+      <c r="D533" s="6" t="s">
+        <v>3473</v>
+      </c>
+    </row>
+    <row r="534" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B534" s="6" t="s">
+        <v>3139</v>
+      </c>
+      <c r="C534" s="6" t="s">
+        <v>3474</v>
+      </c>
+      <c r="D534" s="6" t="s">
+        <v>3475</v>
+      </c>
+    </row>
+    <row r="535" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B535" s="6" t="s">
+        <v>3141</v>
+      </c>
+      <c r="C535" s="6" t="s">
+        <v>3476</v>
+      </c>
+      <c r="D535" s="6" t="s">
+        <v>3477</v>
+      </c>
+    </row>
+    <row r="536" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B536" s="6" t="s">
+        <v>3143</v>
+      </c>
+      <c r="C536" s="6" t="s">
+        <v>3478</v>
+      </c>
+      <c r="D536" s="6" t="s">
+        <v>3479</v>
+      </c>
+    </row>
+    <row r="537" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B537" s="6" t="s">
+        <v>3145</v>
+      </c>
+      <c r="C537" s="6" t="s">
+        <v>3480</v>
+      </c>
+      <c r="D537" s="6" t="s">
+        <v>3481</v>
+      </c>
+    </row>
+    <row r="538" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B538" s="6" t="s">
+        <v>3147</v>
+      </c>
+      <c r="C538" s="6" t="s">
+        <v>3482</v>
+      </c>
+      <c r="D538" s="6" t="s">
+        <v>3483</v>
+      </c>
+    </row>
+    <row r="539" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B539" s="6" t="s">
+        <v>3484</v>
+      </c>
+      <c r="C539" s="6"/>
+      <c r="D539" s="6" t="s">
+        <v>3485</v>
+      </c>
+    </row>
+    <row r="540" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B540" s="6" t="s">
+        <v>3151</v>
+      </c>
+      <c r="C540" s="6" t="s">
+        <v>585</v>
+      </c>
+      <c r="D540" s="6" t="s">
+        <v>3486</v>
+      </c>
+    </row>
+    <row r="541" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B541" s="6" t="s">
         <v>2623</v>
       </c>
-      <c r="D5" t="s">
+      <c r="C541" s="6" t="s">
+        <v>3487</v>
+      </c>
+      <c r="D541" s="6" t="s">
+        <v>3488</v>
+      </c>
+    </row>
+    <row r="542" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B542" s="6" t="s">
+        <v>2634</v>
+      </c>
+      <c r="C542" s="6" t="s">
+        <v>3489</v>
+      </c>
+      <c r="D542" s="6" t="s">
+        <v>3490</v>
+      </c>
+    </row>
+    <row r="543" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B543" s="6" t="s">
+        <v>3155</v>
+      </c>
+      <c r="C543" s="6" t="s">
+        <v>3491</v>
+      </c>
+      <c r="D543" s="6" t="s">
+        <v>3492</v>
+      </c>
+    </row>
+    <row r="544" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B544" s="6" t="s">
+        <v>3157</v>
+      </c>
+      <c r="C544" s="6" t="s">
+        <v>3493</v>
+      </c>
+      <c r="D544" s="6" t="s">
+        <v>3494</v>
+      </c>
+    </row>
+    <row r="545" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B545" s="6" t="s">
         <v>2624</v>
       </c>
-    </row>
-[...7 lines deleted...]
-      <c r="D6" t="s">
+      <c r="C545" s="6" t="s">
+        <v>3495</v>
+      </c>
+      <c r="D545" s="6" t="s">
+        <v>3496</v>
+      </c>
+    </row>
+    <row r="546" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B546" s="6" t="s">
         <v>2625</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="D7" t="s">
+      <c r="C546" s="6" t="s">
+        <v>3497</v>
+      </c>
+      <c r="D546" s="6" t="s">
+        <v>3498</v>
+      </c>
+    </row>
+    <row r="547" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B547" s="6" t="s">
+        <v>3161</v>
+      </c>
+      <c r="C547" s="6" t="s">
+        <v>3499</v>
+      </c>
+      <c r="D547" s="6" t="s">
+        <v>3500</v>
+      </c>
+    </row>
+    <row r="548" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B548" s="6" t="s">
+        <v>3163</v>
+      </c>
+      <c r="C548" s="6" t="s">
+        <v>3501</v>
+      </c>
+      <c r="D548" s="6" t="s">
+        <v>3502</v>
+      </c>
+    </row>
+    <row r="549" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B549" s="6" t="s">
+        <v>3165</v>
+      </c>
+      <c r="C549" s="6" t="s">
+        <v>3503</v>
+      </c>
+      <c r="D549" s="6" t="s">
+        <v>3504</v>
+      </c>
+    </row>
+    <row r="550" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B550" s="6" t="s">
         <v>2626</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="D8" t="s">
+      <c r="C550" s="6" t="s">
+        <v>3505</v>
+      </c>
+      <c r="D550" s="6" t="s">
+        <v>3506</v>
+      </c>
+    </row>
+    <row r="551" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B551" s="6" t="s">
         <v>2627</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B9" t="s">
+      <c r="C551" s="6" t="s">
+        <v>3507</v>
+      </c>
+      <c r="D551" s="6" t="s">
+        <v>3508</v>
+      </c>
+    </row>
+    <row r="552" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B552" s="6" t="s">
+        <v>3169</v>
+      </c>
+      <c r="C552" s="6" t="s">
+        <v>3509</v>
+      </c>
+      <c r="D552" s="6" t="s">
+        <v>3510</v>
+      </c>
+    </row>
+    <row r="553" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B553" s="6" t="s">
         <v>2628</v>
       </c>
-      <c r="D9" t="s">
+      <c r="C553" s="6" t="s">
+        <v>3511</v>
+      </c>
+      <c r="D553" s="6" t="s">
+        <v>3512</v>
+      </c>
+    </row>
+    <row r="554" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B554" s="6" t="s">
+        <v>3172</v>
+      </c>
+      <c r="C554" s="6" t="s">
+        <v>3513</v>
+      </c>
+      <c r="D554" s="6" t="s">
+        <v>3514</v>
+      </c>
+    </row>
+    <row r="555" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B555" s="6" t="s">
+        <v>3174</v>
+      </c>
+      <c r="C555" s="6" t="s">
+        <v>3515</v>
+      </c>
+      <c r="D555" s="6" t="s">
+        <v>3516</v>
+      </c>
+    </row>
+    <row r="556" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B556" s="6" t="s">
         <v>2629</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B10" t="s">
+      <c r="C556" s="6" t="s">
+        <v>3517</v>
+      </c>
+      <c r="D556" s="6" t="s">
+        <v>3518</v>
+      </c>
+    </row>
+    <row r="557" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B557" s="6" t="s">
+        <v>3177</v>
+      </c>
+      <c r="C557" s="6" t="s">
+        <v>3519</v>
+      </c>
+      <c r="D557" s="6" t="s">
+        <v>3520</v>
+      </c>
+    </row>
+    <row r="558" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B558" s="6" t="s">
         <v>2630</v>
       </c>
-      <c r="C10" t="s">
-[...2 lines deleted...]
-      <c r="D10" t="s">
+      <c r="C558" s="6" t="s">
+        <v>3521</v>
+      </c>
+      <c r="D558" s="6" t="s">
+        <v>3522</v>
+      </c>
+    </row>
+    <row r="559" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B559" s="6" t="s">
         <v>2631</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B11" t="s">
+      <c r="C559" s="6" t="s">
+        <v>3523</v>
+      </c>
+      <c r="D559" s="6" t="s">
+        <v>3524</v>
+      </c>
+    </row>
+    <row r="560" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B560" s="6" t="s">
         <v>2632</v>
       </c>
-      <c r="C11" t="s">
-[...2 lines deleted...]
-      <c r="D11" t="s">
+      <c r="C560" s="6" t="s">
+        <v>3525</v>
+      </c>
+      <c r="D560" s="6" t="s">
+        <v>3526</v>
+      </c>
+    </row>
+    <row r="561" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B561" s="6" t="s">
         <v>2633</v>
       </c>
-    </row>
-[...7 lines deleted...]
-      <c r="D12" t="s">
+      <c r="C561" s="6" t="s">
+        <v>3527</v>
+      </c>
+      <c r="D561" s="6" t="s">
+        <v>3528</v>
+      </c>
+    </row>
+    <row r="562" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B562" s="6" t="s">
+        <v>3183</v>
+      </c>
+      <c r="C562" s="6" t="s">
+        <v>3529</v>
+      </c>
+      <c r="D562" s="6" t="s">
+        <v>3530</v>
+      </c>
+    </row>
+    <row r="563" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B563" s="6" t="s">
+        <v>3185</v>
+      </c>
+      <c r="C563" s="6" t="s">
+        <v>3531</v>
+      </c>
+      <c r="D563" s="6" t="s">
+        <v>3532</v>
+      </c>
+    </row>
+    <row r="564" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B564" s="6" t="s">
         <v>2635</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B13" t="s">
+      <c r="C564" s="6" t="s">
+        <v>3533</v>
+      </c>
+      <c r="D564" s="6" t="s">
+        <v>3534</v>
+      </c>
+    </row>
+    <row r="565" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B565" s="6" t="s">
+        <v>3188</v>
+      </c>
+      <c r="C565" s="6" t="s">
+        <v>3535</v>
+      </c>
+      <c r="D565" s="6" t="s">
+        <v>3536</v>
+      </c>
+    </row>
+    <row r="566" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B566" s="6" t="s">
+        <v>3537</v>
+      </c>
+      <c r="C566" s="6"/>
+      <c r="D566" s="6" t="s">
+        <v>3538</v>
+      </c>
+    </row>
+    <row r="567" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B567" s="6" t="s">
+        <v>3539</v>
+      </c>
+      <c r="C567" s="6"/>
+      <c r="D567" s="6" t="s">
+        <v>3540</v>
+      </c>
+    </row>
+    <row r="568" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B568" s="6" t="s">
+        <v>3194</v>
+      </c>
+      <c r="C568" s="6" t="s">
+        <v>1319</v>
+      </c>
+      <c r="D568" s="6" t="s">
+        <v>3541</v>
+      </c>
+    </row>
+    <row r="569" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B569" s="6" t="s">
+        <v>3196</v>
+      </c>
+      <c r="C569" s="6" t="s">
+        <v>3542</v>
+      </c>
+      <c r="D569" s="6" t="s">
+        <v>3543</v>
+      </c>
+    </row>
+    <row r="570" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B570" s="6" t="s">
+        <v>3198</v>
+      </c>
+      <c r="C570" s="6" t="s">
+        <v>3544</v>
+      </c>
+      <c r="D570" s="6" t="s">
+        <v>3545</v>
+      </c>
+    </row>
+    <row r="571" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B571" s="6" t="s">
+        <v>3200</v>
+      </c>
+      <c r="C571" s="6" t="s">
+        <v>3546</v>
+      </c>
+      <c r="D571" s="6" t="s">
+        <v>3547</v>
+      </c>
+    </row>
+    <row r="572" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B572" s="6" t="s">
+        <v>3202</v>
+      </c>
+      <c r="C572" s="6" t="s">
+        <v>3548</v>
+      </c>
+      <c r="D572" s="6" t="s">
+        <v>3549</v>
+      </c>
+    </row>
+    <row r="573" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B573" s="6" t="s">
+        <v>436</v>
+      </c>
+      <c r="C573" s="6" t="s">
+        <v>3550</v>
+      </c>
+      <c r="D573" s="6" t="s">
+        <v>3551</v>
+      </c>
+    </row>
+    <row r="574" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B574" s="6" t="s">
+        <v>3205</v>
+      </c>
+      <c r="C574" s="6" t="s">
+        <v>3552</v>
+      </c>
+      <c r="D574" s="6" t="s">
+        <v>3553</v>
+      </c>
+    </row>
+    <row r="575" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B575" s="6" t="s">
+        <v>3207</v>
+      </c>
+      <c r="C575" s="6" t="s">
+        <v>3554</v>
+      </c>
+      <c r="D575" s="6" t="s">
+        <v>3555</v>
+      </c>
+    </row>
+    <row r="576" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B576" s="6" t="s">
+        <v>3209</v>
+      </c>
+      <c r="C576" s="6" t="s">
+        <v>3556</v>
+      </c>
+      <c r="D576" s="6" t="s">
+        <v>3557</v>
+      </c>
+    </row>
+    <row r="577" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B577" s="6" t="s">
+        <v>2617</v>
+      </c>
+      <c r="C577" s="6" t="s">
+        <v>3558</v>
+      </c>
+      <c r="D577" s="6" t="s">
+        <v>3559</v>
+      </c>
+    </row>
+    <row r="578" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B578" s="6" t="s">
+        <v>3212</v>
+      </c>
+      <c r="C578" s="6" t="s">
+        <v>3560</v>
+      </c>
+      <c r="D578" s="6" t="s">
+        <v>3561</v>
+      </c>
+    </row>
+    <row r="579" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B579" s="6" t="s">
+        <v>3214</v>
+      </c>
+      <c r="C579" s="6" t="s">
+        <v>3562</v>
+      </c>
+      <c r="D579" s="6" t="s">
+        <v>3563</v>
+      </c>
+    </row>
+    <row r="580" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B580" s="6" t="s">
+        <v>3564</v>
+      </c>
+      <c r="C580" s="6"/>
+      <c r="D580" s="6" t="s">
+        <v>3565</v>
+      </c>
+    </row>
+    <row r="581" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B581" s="6" t="s">
+        <v>3218</v>
+      </c>
+      <c r="C581" s="6" t="s">
+        <v>1357</v>
+      </c>
+      <c r="D581" s="6" t="s">
+        <v>3566</v>
+      </c>
+    </row>
+    <row r="582" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B582" s="6" t="s">
+        <v>3220</v>
+      </c>
+      <c r="C582" s="6" t="s">
+        <v>3567</v>
+      </c>
+      <c r="D582" s="6" t="s">
+        <v>3568</v>
+      </c>
+    </row>
+    <row r="583" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B583" s="6" t="s">
+        <v>3222</v>
+      </c>
+      <c r="C583" s="6" t="s">
+        <v>3569</v>
+      </c>
+      <c r="D583" s="6" t="s">
+        <v>3570</v>
+      </c>
+    </row>
+    <row r="584" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B584" s="6" t="s">
+        <v>3224</v>
+      </c>
+      <c r="C584" s="6" t="s">
+        <v>3571</v>
+      </c>
+      <c r="D584" s="6" t="s">
+        <v>3572</v>
+      </c>
+    </row>
+    <row r="585" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B585" s="6" t="s">
+        <v>3573</v>
+      </c>
+      <c r="C585" s="6"/>
+      <c r="D585" s="6" t="s">
+        <v>3574</v>
+      </c>
+    </row>
+    <row r="586" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B586" s="6" t="s">
+        <v>3228</v>
+      </c>
+      <c r="C586" s="6" t="s">
+        <v>1371</v>
+      </c>
+      <c r="D586" s="6" t="s">
+        <v>3575</v>
+      </c>
+    </row>
+    <row r="587" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B587" s="6" t="s">
+        <v>3230</v>
+      </c>
+      <c r="C587" s="6" t="s">
+        <v>3576</v>
+      </c>
+      <c r="D587" s="6" t="s">
+        <v>3577</v>
+      </c>
+    </row>
+    <row r="588" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B588" s="6" t="s">
+        <v>3232</v>
+      </c>
+      <c r="C588" s="6" t="s">
+        <v>3578</v>
+      </c>
+      <c r="D588" s="6" t="s">
+        <v>3579</v>
+      </c>
+    </row>
+    <row r="589" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B589" s="6" t="s">
+        <v>3234</v>
+      </c>
+      <c r="C589" s="6" t="s">
+        <v>3580</v>
+      </c>
+      <c r="D589" s="6" t="s">
+        <v>3581</v>
+      </c>
+    </row>
+    <row r="590" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B590" s="6" t="s">
         <v>2636</v>
       </c>
-      <c r="C13" t="s">
-[...2 lines deleted...]
-      <c r="D13" t="s">
+      <c r="C590" s="6" t="s">
+        <v>3582</v>
+      </c>
+      <c r="D590" s="6" t="s">
+        <v>3583</v>
+      </c>
+    </row>
+    <row r="591" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B591" s="6" t="s">
+        <v>3237</v>
+      </c>
+      <c r="C591" s="6" t="s">
+        <v>3584</v>
+      </c>
+      <c r="D591" s="6" t="s">
+        <v>3585</v>
+      </c>
+    </row>
+    <row r="592" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B592" s="6" t="s">
+        <v>3586</v>
+      </c>
+      <c r="C592" s="6" t="s">
+        <v>3587</v>
+      </c>
+      <c r="D592" s="6" t="s">
+        <v>3588</v>
+      </c>
+    </row>
+    <row r="593" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B593" s="6" t="s">
+        <v>3241</v>
+      </c>
+      <c r="C593" s="6" t="s">
+        <v>3589</v>
+      </c>
+      <c r="D593" s="6" t="s">
+        <v>3590</v>
+      </c>
+    </row>
+    <row r="594" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B594" s="6" t="s">
+        <v>3243</v>
+      </c>
+      <c r="C594" s="6" t="s">
+        <v>3591</v>
+      </c>
+      <c r="D594" s="6" t="s">
+        <v>3592</v>
+      </c>
+    </row>
+    <row r="595" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B595" s="6" t="s">
+        <v>3245</v>
+      </c>
+      <c r="C595" s="6" t="s">
+        <v>3593</v>
+      </c>
+      <c r="D595" s="6" t="s">
+        <v>3594</v>
+      </c>
+    </row>
+    <row r="596" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B596" s="6" t="s">
+        <v>3247</v>
+      </c>
+      <c r="C596" s="6" t="s">
+        <v>3595</v>
+      </c>
+      <c r="D596" s="6" t="s">
+        <v>3596</v>
+      </c>
+    </row>
+    <row r="597" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B597" s="6" t="s">
         <v>2637</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B14" t="s">
+      <c r="C597" s="6" t="s">
+        <v>3597</v>
+      </c>
+      <c r="D597" s="6" t="s">
+        <v>3598</v>
+      </c>
+    </row>
+    <row r="598" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B598" s="6" t="s">
         <v>2638</v>
       </c>
-      <c r="C14" t="s">
-[...366 lines deleted...]
-      <c r="B49" t="s">
+      <c r="C598" s="6" t="s">
+        <v>3599</v>
+      </c>
+      <c r="D598" s="6" t="s">
+        <v>3600</v>
+      </c>
+    </row>
+    <row r="599" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B599" s="6" t="s">
+        <v>3251</v>
+      </c>
+      <c r="C599" s="6" t="s">
+        <v>3601</v>
+      </c>
+      <c r="D599" s="6" t="s">
+        <v>3602</v>
+      </c>
+    </row>
+    <row r="600" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B600" s="6" t="s">
+        <v>3603</v>
+      </c>
+      <c r="C600" s="6"/>
+      <c r="D600" s="6" t="s">
+        <v>3604</v>
+      </c>
+    </row>
+    <row r="601" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B601" s="6" t="s">
+        <v>3255</v>
+      </c>
+      <c r="C601" s="6" t="s">
+        <v>3605</v>
+      </c>
+      <c r="D601" s="6" t="s">
+        <v>3606</v>
+      </c>
+    </row>
+    <row r="602" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B602" s="6" t="s">
+        <v>3257</v>
+      </c>
+      <c r="C602" s="6" t="s">
+        <v>3607</v>
+      </c>
+      <c r="D602" s="6" t="s">
+        <v>3608</v>
+      </c>
+    </row>
+    <row r="603" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B603" s="6" t="s">
+        <v>3259</v>
+      </c>
+      <c r="C603" s="6" t="s">
+        <v>3609</v>
+      </c>
+      <c r="D603" s="6" t="s">
+        <v>3610</v>
+      </c>
+    </row>
+    <row r="604" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B604" s="6" t="s">
+        <v>3261</v>
+      </c>
+      <c r="C604" s="6" t="s">
+        <v>3611</v>
+      </c>
+      <c r="D604" s="6" t="s">
+        <v>3612</v>
+      </c>
+    </row>
+    <row r="605" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B605" s="6" t="s">
+        <v>3263</v>
+      </c>
+      <c r="C605" s="6" t="s">
+        <v>3613</v>
+      </c>
+      <c r="D605" s="6" t="s">
+        <v>3614</v>
+      </c>
+    </row>
+    <row r="606" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B606" s="6" t="s">
+        <v>3265</v>
+      </c>
+      <c r="C606" s="6" t="s">
+        <v>3615</v>
+      </c>
+      <c r="D606" s="6" t="s">
+        <v>3616</v>
+      </c>
+    </row>
+    <row r="607" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B607" s="6" t="s">
+        <v>2726</v>
+      </c>
+      <c r="C607" s="6"/>
+      <c r="D607" s="6" t="s">
+        <v>3617</v>
+      </c>
+    </row>
+    <row r="608" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B608" s="6" t="s">
+        <v>2728</v>
+      </c>
+      <c r="C608" s="6"/>
+      <c r="D608" s="6" t="s">
+        <v>3618</v>
+      </c>
+    </row>
+    <row r="609" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B609" s="6" t="s">
+        <v>2485</v>
+      </c>
+      <c r="C609" s="6" t="s">
+        <v>109</v>
+      </c>
+      <c r="D609" s="6" t="s">
+        <v>3619</v>
+      </c>
+    </row>
+    <row r="610" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B610" s="6" t="s">
+        <v>2731</v>
+      </c>
+      <c r="C610" s="6" t="s">
+        <v>112</v>
+      </c>
+      <c r="D610" s="6" t="s">
+        <v>3620</v>
+      </c>
+    </row>
+    <row r="611" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B611" s="6" t="s">
+        <v>2733</v>
+      </c>
+      <c r="C611" s="6" t="s">
+        <v>115</v>
+      </c>
+      <c r="D611" s="6" t="s">
+        <v>3621</v>
+      </c>
+    </row>
+    <row r="612" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B612" s="6" t="s">
+        <v>2735</v>
+      </c>
+      <c r="C612" s="6" t="s">
+        <v>118</v>
+      </c>
+      <c r="D612" s="6" t="s">
+        <v>3622</v>
+      </c>
+    </row>
+    <row r="613" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B613" s="6" t="s">
+        <v>2737</v>
+      </c>
+      <c r="C613" s="6" t="s">
+        <v>121</v>
+      </c>
+      <c r="D613" s="6" t="s">
+        <v>3623</v>
+      </c>
+    </row>
+    <row r="614" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B614" s="6" t="s">
+        <v>2739</v>
+      </c>
+      <c r="C614" s="6" t="s">
+        <v>124</v>
+      </c>
+      <c r="D614" s="6" t="s">
+        <v>3624</v>
+      </c>
+    </row>
+    <row r="615" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B615" s="6" t="s">
+        <v>2741</v>
+      </c>
+      <c r="C615" s="6"/>
+      <c r="D615" s="6" t="s">
+        <v>3625</v>
+      </c>
+    </row>
+    <row r="616" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B616" s="6" t="s">
+        <v>2743</v>
+      </c>
+      <c r="C616" s="6" t="s">
+        <v>127</v>
+      </c>
+      <c r="D616" s="6" t="s">
+        <v>3626</v>
+      </c>
+    </row>
+    <row r="617" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B617" s="6" t="s">
+        <v>2745</v>
+      </c>
+      <c r="C617" s="6" t="s">
+        <v>130</v>
+      </c>
+      <c r="D617" s="6" t="s">
+        <v>3627</v>
+      </c>
+    </row>
+    <row r="618" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B618" s="6" t="s">
+        <v>2747</v>
+      </c>
+      <c r="C618" s="6" t="s">
+        <v>133</v>
+      </c>
+      <c r="D618" s="6" t="s">
+        <v>3628</v>
+      </c>
+    </row>
+    <row r="619" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B619" s="6" t="s">
+        <v>2749</v>
+      </c>
+      <c r="C619" s="6" t="s">
+        <v>136</v>
+      </c>
+      <c r="D619" s="6" t="s">
+        <v>3629</v>
+      </c>
+    </row>
+    <row r="620" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B620" s="6" t="s">
+        <v>2751</v>
+      </c>
+      <c r="C620" s="6" t="s">
+        <v>139</v>
+      </c>
+      <c r="D620" s="6" t="s">
+        <v>3630</v>
+      </c>
+    </row>
+    <row r="621" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B621" s="6" t="s">
+        <v>2753</v>
+      </c>
+      <c r="C621" s="6" t="s">
+        <v>142</v>
+      </c>
+      <c r="D621" s="6" t="s">
+        <v>3631</v>
+      </c>
+    </row>
+    <row r="622" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B622" s="6" t="s">
+        <v>2755</v>
+      </c>
+      <c r="C622" s="6" t="s">
+        <v>145</v>
+      </c>
+      <c r="D622" s="6" t="s">
+        <v>3632</v>
+      </c>
+    </row>
+    <row r="623" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B623" s="6" t="s">
+        <v>2757</v>
+      </c>
+      <c r="C623" s="6" t="s">
+        <v>148</v>
+      </c>
+      <c r="D623" s="6" t="s">
+        <v>3633</v>
+      </c>
+    </row>
+    <row r="624" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B624" s="6" t="s">
+        <v>2759</v>
+      </c>
+      <c r="C624" s="6"/>
+      <c r="D624" s="6" t="s">
+        <v>3634</v>
+      </c>
+    </row>
+    <row r="625" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B625" s="6" t="s">
+        <v>2761</v>
+      </c>
+      <c r="C625" s="6" t="s">
+        <v>151</v>
+      </c>
+      <c r="D625" s="6" t="s">
+        <v>3635</v>
+      </c>
+    </row>
+    <row r="626" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B626" s="6" t="s">
+        <v>2763</v>
+      </c>
+      <c r="C626" s="6" t="s">
+        <v>154</v>
+      </c>
+      <c r="D626" s="6" t="s">
+        <v>3636</v>
+      </c>
+    </row>
+    <row r="627" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B627" s="6" t="s">
+        <v>2765</v>
+      </c>
+      <c r="C627" s="6" t="s">
+        <v>206</v>
+      </c>
+      <c r="D627" s="6" t="s">
+        <v>3637</v>
+      </c>
+    </row>
+    <row r="628" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B628" s="6" t="s">
+        <v>2767</v>
+      </c>
+      <c r="C628" s="6" t="s">
+        <v>209</v>
+      </c>
+      <c r="D628" s="6" t="s">
+        <v>3638</v>
+      </c>
+    </row>
+    <row r="629" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B629" s="6" t="s">
+        <v>2769</v>
+      </c>
+      <c r="C629" s="6" t="s">
+        <v>212</v>
+      </c>
+      <c r="D629" s="6" t="s">
+        <v>3639</v>
+      </c>
+    </row>
+    <row r="630" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B630" s="6" t="s">
+        <v>2771</v>
+      </c>
+      <c r="C630" s="6"/>
+      <c r="D630" s="6" t="s">
+        <v>3640</v>
+      </c>
+    </row>
+    <row r="631" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B631" s="6" t="s">
+        <v>2773</v>
+      </c>
+      <c r="C631" s="6"/>
+      <c r="D631" s="6" t="s">
+        <v>3641</v>
+      </c>
+    </row>
+    <row r="632" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B632" s="6" t="s">
+        <v>2775</v>
+      </c>
+      <c r="C632" s="6" t="s">
+        <v>215</v>
+      </c>
+      <c r="D632" s="6" t="s">
+        <v>3642</v>
+      </c>
+    </row>
+    <row r="633" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B633" s="6" t="s">
+        <v>2777</v>
+      </c>
+      <c r="C633" s="6" t="s">
+        <v>218</v>
+      </c>
+      <c r="D633" s="6" t="s">
+        <v>3643</v>
+      </c>
+    </row>
+    <row r="634" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B634" s="6" t="s">
+        <v>312</v>
+      </c>
+      <c r="C634" s="6" t="s">
+        <v>221</v>
+      </c>
+      <c r="D634" s="6" t="s">
+        <v>3644</v>
+      </c>
+    </row>
+    <row r="635" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B635" s="6" t="s">
+        <v>2780</v>
+      </c>
+      <c r="C635" s="6" t="s">
+        <v>224</v>
+      </c>
+      <c r="D635" s="6" t="s">
+        <v>3645</v>
+      </c>
+    </row>
+    <row r="636" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B636" s="6" t="s">
+        <v>2782</v>
+      </c>
+      <c r="C636" s="6" t="s">
+        <v>227</v>
+      </c>
+      <c r="D636" s="6" t="s">
+        <v>3646</v>
+      </c>
+    </row>
+    <row r="637" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B637" s="6" t="s">
+        <v>2784</v>
+      </c>
+      <c r="C637" s="6" t="s">
+        <v>232</v>
+      </c>
+      <c r="D637" s="6" t="s">
+        <v>3647</v>
+      </c>
+    </row>
+    <row r="638" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B638" s="6" t="s">
+        <v>2786</v>
+      </c>
+      <c r="C638" s="6" t="s">
+        <v>235</v>
+      </c>
+      <c r="D638" s="6" t="s">
+        <v>3648</v>
+      </c>
+    </row>
+    <row r="639" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B639" s="6" t="s">
+        <v>2788</v>
+      </c>
+      <c r="C639" s="6" t="s">
+        <v>238</v>
+      </c>
+      <c r="D639" s="6" t="s">
+        <v>3649</v>
+      </c>
+    </row>
+    <row r="640" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B640" s="6" t="s">
+        <v>2790</v>
+      </c>
+      <c r="C640" s="6" t="s">
+        <v>241</v>
+      </c>
+      <c r="D640" s="6" t="s">
+        <v>3650</v>
+      </c>
+    </row>
+    <row r="641" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B641" s="6" t="s">
+        <v>2792</v>
+      </c>
+      <c r="C641" s="6"/>
+      <c r="D641" s="6" t="s">
+        <v>3651</v>
+      </c>
+    </row>
+    <row r="642" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B642" s="6" t="s">
+        <v>2794</v>
+      </c>
+      <c r="C642" s="6" t="s">
+        <v>244</v>
+      </c>
+      <c r="D642" s="6" t="s">
+        <v>3652</v>
+      </c>
+    </row>
+    <row r="643" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B643" s="6" t="s">
+        <v>2796</v>
+      </c>
+      <c r="C643" s="6" t="s">
+        <v>249</v>
+      </c>
+      <c r="D643" s="6" t="s">
+        <v>3653</v>
+      </c>
+    </row>
+    <row r="644" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B644" s="6" t="s">
+        <v>2798</v>
+      </c>
+      <c r="C644" s="6" t="s">
+        <v>252</v>
+      </c>
+      <c r="D644" s="6" t="s">
+        <v>3654</v>
+      </c>
+    </row>
+    <row r="645" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B645" s="6" t="s">
+        <v>2800</v>
+      </c>
+      <c r="C645" s="6"/>
+      <c r="D645" s="6" t="s">
+        <v>3655</v>
+      </c>
+    </row>
+    <row r="646" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B646" s="6" t="s">
+        <v>2802</v>
+      </c>
+      <c r="C646" s="6" t="s">
         <v>255</v>
       </c>
-      <c r="C49" t="s">
-[...424 lines deleted...]
-      <c r="D89" t="s">
+      <c r="D646" s="6" t="s">
+        <v>3656</v>
+      </c>
+    </row>
+    <row r="647" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B647" s="6" t="s">
         <v>2804</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="C90" t="s">
+      <c r="C647" s="6" t="s">
+        <v>258</v>
+      </c>
+      <c r="D647" s="6" t="s">
+        <v>3657</v>
+      </c>
+    </row>
+    <row r="648" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B648" s="6" t="s">
         <v>2806</v>
       </c>
-      <c r="D90" t="s">
-[...4 lines deleted...]
-      <c r="B91" t="s">
+      <c r="C648" s="6" t="s">
+        <v>261</v>
+      </c>
+      <c r="D648" s="6" t="s">
+        <v>3658</v>
+      </c>
+    </row>
+    <row r="649" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B649" s="6" t="s">
         <v>2808</v>
       </c>
-      <c r="C91" t="s">
-[...2 lines deleted...]
-      <c r="D91" t="s">
+      <c r="C649" s="6" t="s">
+        <v>264</v>
+      </c>
+      <c r="D649" s="6" t="s">
+        <v>3659</v>
+      </c>
+    </row>
+    <row r="650" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B650" s="6" t="s">
         <v>2810</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="C92" t="s">
+      <c r="C650" s="6" t="s">
+        <v>267</v>
+      </c>
+      <c r="D650" s="6" t="s">
+        <v>3660</v>
+      </c>
+    </row>
+    <row r="651" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B651" s="6" t="s">
         <v>2812</v>
       </c>
-      <c r="D92" t="s">
-[...7 lines deleted...]
-      <c r="C93" t="s">
+      <c r="C651" s="6" t="s">
+        <v>270</v>
+      </c>
+      <c r="D651" s="6" t="s">
+        <v>3661</v>
+      </c>
+    </row>
+    <row r="652" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B652" s="6" t="s">
         <v>2814</v>
       </c>
-      <c r="D93" t="s">
-[...4 lines deleted...]
-      <c r="B94" t="s">
+      <c r="C652" s="6" t="s">
+        <v>275</v>
+      </c>
+      <c r="D652" s="6" t="s">
+        <v>3662</v>
+      </c>
+    </row>
+    <row r="653" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B653" s="6" t="s">
         <v>2816</v>
       </c>
-      <c r="C94" t="s">
-[...7 lines deleted...]
-      <c r="B95" t="s">
+      <c r="C653" s="6" t="s">
+        <v>552</v>
+      </c>
+      <c r="D653" s="6" t="s">
+        <v>3663</v>
+      </c>
+    </row>
+    <row r="654" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B654" s="6" t="s">
+        <v>2621</v>
+      </c>
+      <c r="C654" s="6" t="s">
+        <v>555</v>
+      </c>
+      <c r="D654" s="6" t="s">
+        <v>3664</v>
+      </c>
+    </row>
+    <row r="655" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B655" s="6" t="s">
         <v>2819</v>
       </c>
-      <c r="C95" t="s">
-[...7 lines deleted...]
-      <c r="B96" t="s">
+      <c r="C655" s="6" t="s">
+        <v>558</v>
+      </c>
+      <c r="D655" s="6" t="s">
+        <v>3665</v>
+      </c>
+    </row>
+    <row r="656" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B656" s="6" t="s">
+        <v>1217</v>
+      </c>
+      <c r="C656" s="6" t="s">
+        <v>561</v>
+      </c>
+      <c r="D656" s="6" t="s">
+        <v>3666</v>
+      </c>
+    </row>
+    <row r="657" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B657" s="6" t="s">
         <v>2822</v>
       </c>
-      <c r="C96" t="s">
-[...2 lines deleted...]
-      <c r="D96" t="s">
+      <c r="C657" s="6" t="s">
+        <v>566</v>
+      </c>
+      <c r="D657" s="6" t="s">
+        <v>3667</v>
+      </c>
+    </row>
+    <row r="658" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B658" s="6" t="s">
         <v>2824</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="C97" t="s">
+      <c r="C658" s="6" t="s">
+        <v>569</v>
+      </c>
+      <c r="D658" s="6" t="s">
+        <v>3668</v>
+      </c>
+    </row>
+    <row r="659" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B659" s="6" t="s">
         <v>2826</v>
       </c>
-      <c r="D97" t="s">
-[...4 lines deleted...]
-      <c r="B98" t="s">
+      <c r="C659" s="6"/>
+      <c r="D659" s="6" t="s">
+        <v>3669</v>
+      </c>
+    </row>
+    <row r="660" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B660" s="6" t="s">
         <v>2828</v>
       </c>
-      <c r="D98" t="s">
-[...4 lines deleted...]
-      <c r="B99" t="s">
+      <c r="C660" s="6" t="s">
+        <v>574</v>
+      </c>
+      <c r="D660" s="6" t="s">
+        <v>3670</v>
+      </c>
+    </row>
+    <row r="661" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B661" s="6" t="s">
         <v>2830</v>
       </c>
-      <c r="C99" t="s">
-[...2 lines deleted...]
-      <c r="D99" t="s">
+      <c r="C661" s="6" t="s">
+        <v>577</v>
+      </c>
+      <c r="D661" s="6" t="s">
+        <v>3671</v>
+      </c>
+    </row>
+    <row r="662" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B662" s="6" t="s">
         <v>2832</v>
       </c>
-    </row>
-[...7 lines deleted...]
-      <c r="D100" t="s">
+      <c r="C662" s="6" t="s">
+        <v>582</v>
+      </c>
+      <c r="D662" s="6" t="s">
+        <v>3672</v>
+      </c>
+    </row>
+    <row r="663" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B663" s="6" t="s">
+        <v>306</v>
+      </c>
+      <c r="C663" s="6" t="s">
+        <v>585</v>
+      </c>
+      <c r="D663" s="6" t="s">
+        <v>3673</v>
+      </c>
+    </row>
+    <row r="664" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B664" s="6" t="s">
         <v>2835</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="D101" t="s">
+      <c r="C664" s="6" t="s">
+        <v>590</v>
+      </c>
+      <c r="D664" s="6" t="s">
+        <v>3674</v>
+      </c>
+    </row>
+    <row r="665" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B665" s="6" t="s">
         <v>2837</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="C102" t="s">
+      <c r="C665" s="6" t="s">
+        <v>593</v>
+      </c>
+      <c r="D665" s="6" t="s">
+        <v>3675</v>
+      </c>
+    </row>
+    <row r="666" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B666" s="6" t="s">
         <v>2839</v>
       </c>
-      <c r="D102" t="s">
-[...4 lines deleted...]
-      <c r="B103" t="s">
+      <c r="C666" s="6" t="s">
+        <v>598</v>
+      </c>
+      <c r="D666" s="6" t="s">
+        <v>3676</v>
+      </c>
+    </row>
+    <row r="667" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B667" s="6" t="s">
         <v>2841</v>
       </c>
-      <c r="C103" t="s">
-[...2 lines deleted...]
-      <c r="D103" t="s">
+      <c r="C667" s="6" t="s">
+        <v>601</v>
+      </c>
+      <c r="D667" s="6" t="s">
+        <v>3677</v>
+      </c>
+    </row>
+    <row r="668" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B668" s="6" t="s">
         <v>2843</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="C104" t="s">
+      <c r="C668" s="6" t="s">
+        <v>606</v>
+      </c>
+      <c r="D668" s="6" t="s">
+        <v>3678</v>
+      </c>
+    </row>
+    <row r="669" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B669" s="6" t="s">
         <v>2845</v>
       </c>
-      <c r="D104" t="s">
-[...4 lines deleted...]
-      <c r="B105" t="s">
+      <c r="C669" s="6" t="s">
+        <v>1252</v>
+      </c>
+      <c r="D669" s="6" t="s">
+        <v>3679</v>
+      </c>
+    </row>
+    <row r="670" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B670" s="6" t="s">
         <v>2847</v>
       </c>
-      <c r="C105" t="s">
-[...2 lines deleted...]
-      <c r="D105" t="s">
+      <c r="C670" s="6" t="s">
+        <v>1255</v>
+      </c>
+      <c r="D670" s="6" t="s">
+        <v>3680</v>
+      </c>
+    </row>
+    <row r="671" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B671" s="6" t="s">
         <v>2849</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="C106" t="s">
+      <c r="C671" s="6" t="s">
+        <v>1260</v>
+      </c>
+      <c r="D671" s="6" t="s">
+        <v>3681</v>
+      </c>
+    </row>
+    <row r="672" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B672" s="6" t="s">
         <v>2851</v>
       </c>
-      <c r="D106" t="s">
-[...4 lines deleted...]
-      <c r="B107" t="s">
+      <c r="C672" s="6" t="s">
+        <v>1263</v>
+      </c>
+      <c r="D672" s="6" t="s">
+        <v>3682</v>
+      </c>
+    </row>
+    <row r="673" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B673" s="6" t="s">
         <v>2853</v>
       </c>
-      <c r="C107" t="s">
-[...2 lines deleted...]
-      <c r="D107" t="s">
+      <c r="C673" s="6"/>
+      <c r="D673" s="6" t="s">
+        <v>3683</v>
+      </c>
+    </row>
+    <row r="674" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B674" s="6" t="s">
         <v>2855</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="C108" t="s">
+      <c r="C674" s="6" t="s">
+        <v>1266</v>
+      </c>
+      <c r="D674" s="6" t="s">
+        <v>3684</v>
+      </c>
+    </row>
+    <row r="675" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B675" s="6" t="s">
         <v>2857</v>
       </c>
-      <c r="D108" t="s">
-[...4 lines deleted...]
-      <c r="B109" t="s">
+      <c r="C675" s="6" t="s">
+        <v>1268</v>
+      </c>
+      <c r="D675" s="6" t="s">
+        <v>3685</v>
+      </c>
+    </row>
+    <row r="676" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B676" s="6" t="s">
         <v>2859</v>
       </c>
-      <c r="C109" t="s">
-[...2 lines deleted...]
-      <c r="D109" t="s">
+      <c r="C676" s="6" t="s">
+        <v>1273</v>
+      </c>
+      <c r="D676" s="6" t="s">
+        <v>3686</v>
+      </c>
+    </row>
+    <row r="677" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B677" s="6" t="s">
         <v>2861</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="C110" t="s">
+      <c r="C677" s="6" t="s">
+        <v>1276</v>
+      </c>
+      <c r="D677" s="6" t="s">
+        <v>3687</v>
+      </c>
+    </row>
+    <row r="678" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B678" s="6" t="s">
         <v>2863</v>
       </c>
-      <c r="D110" t="s">
-[...4 lines deleted...]
-      <c r="B111" t="s">
+      <c r="C678" s="6" t="s">
+        <v>1279</v>
+      </c>
+      <c r="D678" s="6" t="s">
+        <v>3688</v>
+      </c>
+    </row>
+    <row r="679" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B679" s="6" t="s">
         <v>2865</v>
       </c>
-      <c r="C111" t="s">
-[...2 lines deleted...]
-      <c r="D111" t="s">
+      <c r="C679" s="6" t="s">
+        <v>1282</v>
+      </c>
+      <c r="D679" s="6" t="s">
+        <v>3689</v>
+      </c>
+    </row>
+    <row r="680" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B680" s="6" t="s">
         <v>2867</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="C112" t="s">
+      <c r="C680" s="6"/>
+      <c r="D680" s="6" t="s">
+        <v>3690</v>
+      </c>
+    </row>
+    <row r="681" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B681" s="6" t="s">
         <v>2869</v>
       </c>
-      <c r="D112" t="s">
-[...4 lines deleted...]
-      <c r="B113" t="s">
+      <c r="C681" s="6" t="s">
+        <v>1287</v>
+      </c>
+      <c r="D681" s="6" t="s">
+        <v>3691</v>
+      </c>
+    </row>
+    <row r="682" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B682" s="6" t="s">
         <v>2871</v>
       </c>
-      <c r="C113" t="s">
-[...2 lines deleted...]
-      <c r="D113" t="s">
+      <c r="C682" s="6" t="s">
+        <v>1290</v>
+      </c>
+      <c r="D682" s="6" t="s">
+        <v>3692</v>
+      </c>
+    </row>
+    <row r="683" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B683" s="6" t="s">
         <v>2873</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="C114" t="s">
+      <c r="C683" s="6" t="s">
+        <v>1293</v>
+      </c>
+      <c r="D683" s="6" t="s">
+        <v>3693</v>
+      </c>
+    </row>
+    <row r="684" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B684" s="6" t="s">
         <v>2875</v>
       </c>
-      <c r="D114" t="s">
-[...7 lines deleted...]
-      <c r="D115" t="s">
+      <c r="C684" s="6" t="s">
+        <v>1296</v>
+      </c>
+      <c r="D684" s="6" t="s">
+        <v>3694</v>
+      </c>
+    </row>
+    <row r="685" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B685" s="6" t="s">
+        <v>1124</v>
+      </c>
+      <c r="C685" s="6" t="s">
+        <v>1299</v>
+      </c>
+      <c r="D685" s="6" t="s">
+        <v>3695</v>
+      </c>
+    </row>
+    <row r="686" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B686" s="6" t="s">
         <v>2878</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="C116" t="s">
+      <c r="C686" s="6" t="s">
+        <v>1302</v>
+      </c>
+      <c r="D686" s="6" t="s">
+        <v>3696</v>
+      </c>
+    </row>
+    <row r="687" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B687" s="6" t="s">
         <v>2880</v>
       </c>
-      <c r="D116" t="s">
-[...4 lines deleted...]
-      <c r="B117" t="s">
+      <c r="C687" s="6" t="s">
+        <v>1305</v>
+      </c>
+      <c r="D687" s="6" t="s">
+        <v>3697</v>
+      </c>
+    </row>
+    <row r="688" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B688" s="6" t="s">
         <v>2882</v>
       </c>
-      <c r="C117" t="s">
-[...2 lines deleted...]
-      <c r="D117" t="s">
+      <c r="C688" s="6" t="s">
+        <v>1310</v>
+      </c>
+      <c r="D688" s="6" t="s">
+        <v>3698</v>
+      </c>
+    </row>
+    <row r="689" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B689" s="6" t="s">
         <v>2884</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="C118" t="s">
+      <c r="C689" s="6" t="s">
+        <v>1313</v>
+      </c>
+      <c r="D689" s="6" t="s">
+        <v>3699</v>
+      </c>
+    </row>
+    <row r="690" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B690" s="6" t="s">
         <v>2886</v>
       </c>
-      <c r="D118" t="s">
-[...4 lines deleted...]
-      <c r="B119" t="s">
+      <c r="C690" s="6"/>
+      <c r="D690" s="6" t="s">
+        <v>3700</v>
+      </c>
+    </row>
+    <row r="691" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B691" s="6" t="s">
         <v>2888</v>
       </c>
-      <c r="C119" t="s">
-[...2 lines deleted...]
-      <c r="D119" t="s">
+      <c r="C691" s="6" t="s">
+        <v>1316</v>
+      </c>
+      <c r="D691" s="6" t="s">
+        <v>3701</v>
+      </c>
+    </row>
+    <row r="692" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B692" s="6" t="s">
         <v>2890</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="C120" t="s">
+      <c r="C692" s="6" t="s">
+        <v>1319</v>
+      </c>
+      <c r="D692" s="6" t="s">
+        <v>3702</v>
+      </c>
+    </row>
+    <row r="693" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B693" s="6" t="s">
         <v>2892</v>
       </c>
-      <c r="D120" t="s">
-[...7 lines deleted...]
-      <c r="C121" t="s">
+      <c r="C693" s="6" t="s">
+        <v>1322</v>
+      </c>
+      <c r="D693" s="6" t="s">
+        <v>3703</v>
+      </c>
+    </row>
+    <row r="694" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B694" s="6" t="s">
+        <v>378</v>
+      </c>
+      <c r="C694" s="6" t="s">
+        <v>1327</v>
+      </c>
+      <c r="D694" s="6" t="s">
+        <v>3704</v>
+      </c>
+    </row>
+    <row r="695" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B695" s="6" t="s">
         <v>2895</v>
       </c>
-      <c r="D121" t="s">
-[...4 lines deleted...]
-      <c r="B122" t="s">
+      <c r="C695" s="6" t="s">
+        <v>1330</v>
+      </c>
+      <c r="D695" s="6" t="s">
+        <v>3705</v>
+      </c>
+    </row>
+    <row r="696" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B696" s="6" t="s">
         <v>2897</v>
       </c>
-      <c r="C122" t="s">
-[...3 lines deleted...]
-        <v>2898</v>
+      <c r="C696" s="6" t="s">
+        <v>1333</v>
+      </c>
+      <c r="D696" s="6" t="s">
+        <v>3706</v>
+      </c>
+    </row>
+    <row r="697" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B697" s="6" t="s">
+        <v>2899</v>
+      </c>
+      <c r="C697" s="6" t="s">
+        <v>1336</v>
+      </c>
+      <c r="D697" s="6" t="s">
+        <v>3707</v>
+      </c>
+    </row>
+    <row r="698" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B698" s="6" t="s">
+        <v>2901</v>
+      </c>
+      <c r="C698" s="6" t="s">
+        <v>1339</v>
+      </c>
+      <c r="D698" s="6" t="s">
+        <v>3708</v>
+      </c>
+    </row>
+    <row r="699" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B699" s="6" t="s">
+        <v>2903</v>
+      </c>
+      <c r="C699" s="6" t="s">
+        <v>1342</v>
+      </c>
+      <c r="D699" s="6" t="s">
+        <v>3709</v>
+      </c>
+    </row>
+    <row r="700" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B700" s="6" t="s">
+        <v>2905</v>
+      </c>
+      <c r="C700" s="6"/>
+      <c r="D700" s="6" t="s">
+        <v>3710</v>
+      </c>
+    </row>
+    <row r="701" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B701" s="6" t="s">
+        <v>2907</v>
+      </c>
+      <c r="C701" s="6" t="s">
+        <v>1345</v>
+      </c>
+      <c r="D701" s="6" t="s">
+        <v>3711</v>
+      </c>
+    </row>
+    <row r="702" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B702" s="6" t="s">
+        <v>2909</v>
+      </c>
+      <c r="C702" s="6" t="s">
+        <v>1348</v>
+      </c>
+      <c r="D702" s="6" t="s">
+        <v>3712</v>
+      </c>
+    </row>
+    <row r="703" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B703" s="6" t="s">
+        <v>2911</v>
+      </c>
+      <c r="C703" s="6" t="s">
+        <v>1351</v>
+      </c>
+      <c r="D703" s="6" t="s">
+        <v>3713</v>
+      </c>
+    </row>
+    <row r="704" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B704" s="6" t="s">
+        <v>2913</v>
+      </c>
+      <c r="C704" s="6" t="s">
+        <v>1354</v>
+      </c>
+      <c r="D704" s="6" t="s">
+        <v>3714</v>
+      </c>
+    </row>
+    <row r="705" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B705" s="6" t="s">
+        <v>2915</v>
+      </c>
+      <c r="C705" s="6" t="s">
+        <v>1357</v>
+      </c>
+      <c r="D705" s="6" t="s">
+        <v>3715</v>
+      </c>
+    </row>
+    <row r="706" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B706" s="6" t="s">
+        <v>2917</v>
+      </c>
+      <c r="C706" s="6" t="s">
+        <v>1360</v>
+      </c>
+      <c r="D706" s="6" t="s">
+        <v>3716</v>
+      </c>
+    </row>
+    <row r="707" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B707" s="6" t="s">
+        <v>2919</v>
+      </c>
+      <c r="C707" s="6" t="s">
+        <v>1365</v>
+      </c>
+      <c r="D707" s="6" t="s">
+        <v>3717</v>
+      </c>
+    </row>
+    <row r="708" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B708" s="6" t="s">
+        <v>2921</v>
+      </c>
+      <c r="C708" s="6" t="s">
+        <v>1368</v>
+      </c>
+      <c r="D708" s="6" t="s">
+        <v>3718</v>
+      </c>
+    </row>
+    <row r="709" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B709" s="6" t="s">
+        <v>2923</v>
+      </c>
+      <c r="C709" s="6" t="s">
+        <v>1371</v>
+      </c>
+      <c r="D709" s="6" t="s">
+        <v>3719</v>
+      </c>
+    </row>
+    <row r="710" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B710" s="6" t="s">
+        <v>2925</v>
+      </c>
+      <c r="C710" s="6"/>
+      <c r="D710" s="6" t="s">
+        <v>3720</v>
+      </c>
+    </row>
+    <row r="711" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B711" s="6" t="s">
+        <v>2927</v>
+      </c>
+      <c r="C711" s="6" t="s">
+        <v>1374</v>
+      </c>
+      <c r="D711" s="6" t="s">
+        <v>3721</v>
+      </c>
+    </row>
+    <row r="712" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B712" s="6" t="s">
+        <v>2929</v>
+      </c>
+      <c r="C712" s="6" t="s">
+        <v>1377</v>
+      </c>
+      <c r="D712" s="6" t="s">
+        <v>3722</v>
+      </c>
+    </row>
+    <row r="713" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B713" s="6" t="s">
+        <v>2295</v>
+      </c>
+      <c r="C713" s="6" t="s">
+        <v>1380</v>
+      </c>
+      <c r="D713" s="6" t="s">
+        <v>3723</v>
+      </c>
+    </row>
+    <row r="714" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B714" s="6" t="s">
+        <v>2932</v>
+      </c>
+      <c r="C714" s="6" t="s">
+        <v>1383</v>
+      </c>
+      <c r="D714" s="6" t="s">
+        <v>3724</v>
+      </c>
+    </row>
+    <row r="715" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B715" s="6" t="s">
+        <v>2934</v>
+      </c>
+      <c r="C715" s="6" t="s">
+        <v>1386</v>
+      </c>
+      <c r="D715" s="6" t="s">
+        <v>3725</v>
+      </c>
+    </row>
+    <row r="716" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B716" s="6" t="s">
+        <v>2936</v>
+      </c>
+      <c r="C716" s="6" t="s">
+        <v>1389</v>
+      </c>
+      <c r="D716" s="6" t="s">
+        <v>3726</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <dimension ref="A1:D58"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>96</v>
+        <v>92</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>97</v>
+        <v>93</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>98</v>
+        <v>94</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
         <v>10</v>
       </c>
       <c r="B2" t="s">
         <v>11</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="3" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
-        <v>160</v>
+        <v>156</v>
       </c>
       <c r="B3" t="s">
-        <v>100</v>
+        <v>96</v>
       </c>
       <c r="D3" t="s">
-        <v>162</v>
+        <v>158</v>
       </c>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A4" t="s">
-        <v>161</v>
+        <v>157</v>
       </c>
       <c r="B4" t="s">
-        <v>102</v>
+        <v>98</v>
       </c>
       <c r="D4" t="s">
-        <v>163</v>
+        <v>159</v>
       </c>
     </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B5" t="s">
-        <v>164</v>
+        <v>160</v>
       </c>
       <c r="D5" t="s">
-        <v>165</v>
+        <v>161</v>
       </c>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B6" t="s">
-        <v>108</v>
+        <v>104</v>
       </c>
       <c r="D6" t="s">
-        <v>166</v>
+        <v>162</v>
       </c>
     </row>
     <row r="7" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B7" t="s">
-        <v>167</v>
+        <v>163</v>
       </c>
       <c r="D7" t="s">
-        <v>168</v>
+        <v>164</v>
       </c>
     </row>
     <row r="8" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B8" t="s">
-        <v>169</v>
+        <v>165</v>
       </c>
       <c r="D8" t="s">
-        <v>170</v>
+        <v>166</v>
       </c>
     </row>
     <row r="9" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B9" t="s">
-        <v>171</v>
+        <v>167</v>
       </c>
       <c r="C9" t="s">
-        <v>113</v>
+        <v>109</v>
       </c>
       <c r="D9" t="s">
-        <v>172</v>
+        <v>168</v>
       </c>
     </row>
     <row r="10" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B10" t="s">
-        <v>173</v>
+        <v>169</v>
       </c>
       <c r="D10" t="s">
-        <v>174</v>
+        <v>170</v>
       </c>
     </row>
     <row r="11" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B11" t="s">
-        <v>175</v>
+        <v>171</v>
       </c>
       <c r="C11" t="s">
-        <v>116</v>
+        <v>112</v>
       </c>
       <c r="D11" t="s">
-        <v>176</v>
+        <v>172</v>
       </c>
     </row>
     <row r="12" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B12" t="s">
-        <v>177</v>
+        <v>173</v>
       </c>
       <c r="C12" t="s">
-        <v>119</v>
+        <v>115</v>
       </c>
       <c r="D12" t="s">
-        <v>178</v>
+        <v>174</v>
       </c>
     </row>
     <row r="13" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B13" t="s">
-        <v>179</v>
+        <v>175</v>
       </c>
       <c r="C13" t="s">
-        <v>122</v>
+        <v>118</v>
       </c>
       <c r="D13" t="s">
-        <v>180</v>
+        <v>176</v>
       </c>
     </row>
     <row r="14" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B14" t="s">
-        <v>181</v>
+        <v>177</v>
       </c>
       <c r="C14" t="s">
-        <v>125</v>
+        <v>121</v>
       </c>
       <c r="D14" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
     </row>
     <row r="15" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B15" t="s">
-        <v>183</v>
+        <v>179</v>
       </c>
       <c r="C15" t="s">
-        <v>128</v>
+        <v>124</v>
       </c>
       <c r="D15" t="s">
-        <v>184</v>
+        <v>180</v>
       </c>
     </row>
     <row r="16" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B16" t="s">
-        <v>185</v>
+        <v>181</v>
       </c>
       <c r="C16" t="s">
-        <v>131</v>
+        <v>127</v>
       </c>
       <c r="D16" t="s">
-        <v>186</v>
+        <v>182</v>
       </c>
     </row>
     <row r="17" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B17" t="s">
-        <v>187</v>
+        <v>183</v>
       </c>
       <c r="D17" t="s">
-        <v>188</v>
+        <v>184</v>
       </c>
     </row>
     <row r="18" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B18" t="s">
-        <v>189</v>
+        <v>185</v>
       </c>
       <c r="C18" t="s">
-        <v>134</v>
+        <v>130</v>
       </c>
       <c r="D18" t="s">
-        <v>190</v>
+        <v>186</v>
       </c>
     </row>
     <row r="19" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B19" t="s">
-        <v>191</v>
+        <v>187</v>
       </c>
       <c r="C19" t="s">
-        <v>137</v>
+        <v>133</v>
       </c>
       <c r="D19" t="s">
-        <v>192</v>
+        <v>188</v>
       </c>
     </row>
     <row r="20" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B20" t="s">
-        <v>193</v>
+        <v>189</v>
       </c>
       <c r="C20" t="s">
-        <v>140</v>
+        <v>136</v>
       </c>
       <c r="D20" t="s">
-        <v>194</v>
+        <v>190</v>
       </c>
     </row>
     <row r="21" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B21" t="s">
-        <v>195</v>
+        <v>191</v>
       </c>
       <c r="C21" t="s">
-        <v>143</v>
+        <v>139</v>
       </c>
       <c r="D21" t="s">
-        <v>196</v>
+        <v>192</v>
       </c>
     </row>
     <row r="22" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B22" t="s">
-        <v>197</v>
+        <v>193</v>
       </c>
       <c r="C22" t="s">
-        <v>146</v>
+        <v>142</v>
       </c>
       <c r="D22" t="s">
-        <v>198</v>
+        <v>194</v>
       </c>
     </row>
     <row r="23" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B23" t="s">
-        <v>199</v>
+        <v>195</v>
       </c>
       <c r="D23" t="s">
-        <v>200</v>
+        <v>196</v>
       </c>
     </row>
     <row r="24" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B24" t="s">
-        <v>201</v>
+        <v>197</v>
       </c>
       <c r="C24" t="s">
-        <v>149</v>
+        <v>145</v>
       </c>
       <c r="D24" t="s">
-        <v>202</v>
+        <v>198</v>
       </c>
     </row>
     <row r="25" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B25" t="s">
-        <v>203</v>
+        <v>199</v>
       </c>
       <c r="C25" t="s">
-        <v>152</v>
+        <v>148</v>
       </c>
       <c r="D25" t="s">
-        <v>204</v>
+        <v>200</v>
       </c>
     </row>
     <row r="26" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B26" t="s">
-        <v>205</v>
+        <v>201</v>
       </c>
       <c r="C26" t="s">
-        <v>155</v>
+        <v>151</v>
       </c>
       <c r="D26" t="s">
-        <v>206</v>
+        <v>202</v>
       </c>
     </row>
     <row r="27" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B27" t="s">
-        <v>207</v>
+        <v>203</v>
       </c>
       <c r="C27" t="s">
-        <v>158</v>
+        <v>154</v>
       </c>
       <c r="D27" t="s">
-        <v>208</v>
+        <v>204</v>
       </c>
     </row>
     <row r="28" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B28" t="s">
-        <v>209</v>
+        <v>205</v>
       </c>
       <c r="C28" t="s">
-        <v>210</v>
+        <v>206</v>
       </c>
       <c r="D28" t="s">
-        <v>211</v>
+        <v>207</v>
       </c>
     </row>
     <row r="29" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B29" t="s">
-        <v>212</v>
+        <v>208</v>
       </c>
       <c r="C29" t="s">
-        <v>213</v>
+        <v>209</v>
       </c>
       <c r="D29" t="s">
-        <v>214</v>
+        <v>210</v>
       </c>
     </row>
     <row r="30" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B30" t="s">
-        <v>215</v>
+        <v>211</v>
       </c>
       <c r="C30" t="s">
-        <v>216</v>
+        <v>212</v>
       </c>
       <c r="D30" t="s">
-        <v>217</v>
+        <v>213</v>
       </c>
     </row>
     <row r="31" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B31" t="s">
-        <v>218</v>
+        <v>214</v>
       </c>
       <c r="C31" t="s">
-        <v>219</v>
+        <v>215</v>
       </c>
       <c r="D31" t="s">
-        <v>220</v>
+        <v>216</v>
       </c>
     </row>
     <row r="32" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B32" t="s">
-        <v>221</v>
+        <v>217</v>
       </c>
       <c r="C32" t="s">
-        <v>222</v>
+        <v>218</v>
       </c>
       <c r="D32" t="s">
-        <v>223</v>
+        <v>219</v>
       </c>
     </row>
     <row r="33" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B33" t="s">
-        <v>224</v>
+        <v>220</v>
       </c>
       <c r="C33" t="s">
-        <v>225</v>
+        <v>221</v>
       </c>
       <c r="D33" t="s">
-        <v>226</v>
+        <v>222</v>
       </c>
     </row>
     <row r="34" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B34" t="s">
-        <v>227</v>
+        <v>223</v>
       </c>
       <c r="C34" t="s">
-        <v>228</v>
+        <v>224</v>
       </c>
       <c r="D34" t="s">
-        <v>229</v>
+        <v>225</v>
       </c>
     </row>
     <row r="35" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B35" t="s">
-        <v>230</v>
+        <v>226</v>
       </c>
       <c r="C35" t="s">
-        <v>231</v>
+        <v>227</v>
       </c>
       <c r="D35" t="s">
-        <v>232</v>
+        <v>228</v>
       </c>
     </row>
     <row r="36" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B36" t="s">
-        <v>233</v>
+        <v>229</v>
       </c>
       <c r="D36" t="s">
-        <v>234</v>
+        <v>230</v>
       </c>
     </row>
     <row r="37" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B37" t="s">
-        <v>235</v>
+        <v>231</v>
       </c>
       <c r="C37" t="s">
-        <v>236</v>
+        <v>232</v>
       </c>
       <c r="D37" t="s">
-        <v>237</v>
+        <v>233</v>
       </c>
     </row>
     <row r="38" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B38" t="s">
-        <v>238</v>
+        <v>234</v>
       </c>
       <c r="C38" t="s">
-        <v>239</v>
+        <v>235</v>
       </c>
       <c r="D38" t="s">
-        <v>240</v>
+        <v>236</v>
       </c>
     </row>
     <row r="39" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B39" t="s">
-        <v>241</v>
+        <v>237</v>
       </c>
       <c r="C39" t="s">
-        <v>242</v>
+        <v>238</v>
       </c>
       <c r="D39" t="s">
-        <v>243</v>
+        <v>239</v>
       </c>
     </row>
     <row r="40" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B40" t="s">
-        <v>244</v>
+        <v>240</v>
       </c>
       <c r="C40" t="s">
-        <v>245</v>
+        <v>241</v>
       </c>
       <c r="D40" t="s">
-        <v>246</v>
+        <v>242</v>
       </c>
     </row>
     <row r="41" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B41" t="s">
-        <v>247</v>
+        <v>243</v>
       </c>
       <c r="C41" t="s">
-        <v>248</v>
+        <v>244</v>
       </c>
       <c r="D41" t="s">
-        <v>249</v>
+        <v>245</v>
       </c>
     </row>
     <row r="42" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B42" t="s">
-        <v>250</v>
+        <v>246</v>
       </c>
       <c r="D42" t="s">
-        <v>251</v>
+        <v>247</v>
       </c>
     </row>
     <row r="43" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B43" t="s">
-        <v>252</v>
+        <v>248</v>
       </c>
       <c r="C43" t="s">
-        <v>253</v>
+        <v>249</v>
       </c>
       <c r="D43" t="s">
-        <v>254</v>
+        <v>250</v>
       </c>
     </row>
     <row r="44" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B44" t="s">
-        <v>255</v>
+        <v>251</v>
       </c>
       <c r="C44" t="s">
-        <v>256</v>
+        <v>252</v>
       </c>
       <c r="D44" t="s">
-        <v>257</v>
+        <v>253</v>
       </c>
     </row>
     <row r="45" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B45" t="s">
-        <v>258</v>
+        <v>254</v>
       </c>
       <c r="C45" t="s">
-        <v>259</v>
+        <v>255</v>
       </c>
       <c r="D45" t="s">
-        <v>260</v>
+        <v>256</v>
       </c>
     </row>
     <row r="46" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B46" t="s">
-        <v>261</v>
+        <v>257</v>
       </c>
       <c r="C46" t="s">
-        <v>262</v>
+        <v>258</v>
       </c>
       <c r="D46" t="s">
-        <v>263</v>
+        <v>259</v>
       </c>
     </row>
     <row r="47" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B47" t="s">
-        <v>264</v>
+        <v>260</v>
       </c>
       <c r="C47" t="s">
-        <v>265</v>
+        <v>261</v>
       </c>
       <c r="D47" t="s">
-        <v>266</v>
+        <v>262</v>
       </c>
     </row>
     <row r="48" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B48" t="s">
-        <v>267</v>
+        <v>263</v>
       </c>
       <c r="C48" t="s">
-        <v>268</v>
+        <v>264</v>
       </c>
       <c r="D48" t="s">
-        <v>269</v>
+        <v>265</v>
       </c>
     </row>
     <row r="49" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B49" t="s">
-        <v>270</v>
+        <v>266</v>
       </c>
       <c r="C49" t="s">
-        <v>271</v>
+        <v>267</v>
       </c>
       <c r="D49" t="s">
-        <v>272</v>
+        <v>268</v>
       </c>
     </row>
     <row r="50" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B50" t="s">
-        <v>273</v>
+        <v>269</v>
       </c>
       <c r="C50" t="s">
-        <v>274</v>
+        <v>270</v>
       </c>
       <c r="D50" t="s">
-        <v>275</v>
+        <v>271</v>
       </c>
     </row>
     <row r="51" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B51" t="s">
-        <v>276</v>
+        <v>272</v>
       </c>
       <c r="D51" t="s">
-        <v>277</v>
+        <v>273</v>
       </c>
     </row>
     <row r="52" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B52" t="s">
-        <v>278</v>
+        <v>274</v>
       </c>
       <c r="C52" t="s">
-        <v>279</v>
+        <v>275</v>
       </c>
       <c r="D52" t="s">
-        <v>280</v>
+        <v>276</v>
       </c>
     </row>
     <row r="53" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B53" t="s">
-        <v>281</v>
+        <v>277</v>
       </c>
       <c r="C53" t="s">
-        <v>282</v>
+        <v>278</v>
       </c>
       <c r="D53" t="s">
-        <v>283</v>
+        <v>279</v>
       </c>
     </row>
     <row r="54" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B54" t="s">
-        <v>284</v>
+        <v>280</v>
       </c>
       <c r="C54" t="s">
-        <v>285</v>
+        <v>281</v>
       </c>
       <c r="D54" t="s">
-        <v>286</v>
+        <v>282</v>
       </c>
     </row>
     <row r="55" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B55" t="s">
-        <v>287</v>
+        <v>283</v>
       </c>
       <c r="C55" t="s">
-        <v>288</v>
+        <v>284</v>
       </c>
       <c r="D55" t="s">
-        <v>289</v>
+        <v>285</v>
       </c>
     </row>
     <row r="56" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B56" t="s">
-        <v>290</v>
+        <v>286</v>
       </c>
       <c r="C56" t="s">
-        <v>291</v>
+        <v>287</v>
       </c>
       <c r="D56" t="s">
-        <v>292</v>
+        <v>288</v>
       </c>
     </row>
     <row r="57" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B57" t="s">
-        <v>293</v>
+        <v>289</v>
       </c>
       <c r="C57" t="s">
-        <v>294</v>
+        <v>290</v>
       </c>
       <c r="D57" t="s">
-        <v>295</v>
+        <v>291</v>
       </c>
     </row>
     <row r="58" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B58" t="s">
-        <v>296</v>
+        <v>292</v>
       </c>
       <c r="D58" t="s">
-        <v>297</v>
+        <v>293</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
   <dimension ref="A1:D48"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>96</v>
+        <v>92</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>97</v>
+        <v>93</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>98</v>
+        <v>94</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
         <v>14</v>
       </c>
       <c r="B2" t="s">
         <v>15</v>
       </c>
       <c r="D2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="3" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
-        <v>298</v>
+        <v>294</v>
       </c>
       <c r="B3" t="s">
-        <v>100</v>
+        <v>96</v>
       </c>
       <c r="D3" t="s">
-        <v>299</v>
+        <v>295</v>
       </c>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B4" t="s">
-        <v>102</v>
+        <v>98</v>
       </c>
       <c r="D4" t="s">
-        <v>300</v>
+        <v>296</v>
       </c>
     </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B5" t="s">
-        <v>108</v>
+        <v>104</v>
       </c>
       <c r="D5" t="s">
-        <v>301</v>
+        <v>297</v>
       </c>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B6" t="s">
-        <v>302</v>
+        <v>298</v>
       </c>
       <c r="D6" t="s">
-        <v>303</v>
+        <v>299</v>
       </c>
     </row>
     <row r="7" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B7" t="s">
-        <v>304</v>
+        <v>300</v>
       </c>
       <c r="D7" t="s">
-        <v>305</v>
+        <v>301</v>
       </c>
     </row>
     <row r="8" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B8" t="s">
-        <v>306</v>
+        <v>302</v>
       </c>
       <c r="D8" t="s">
-        <v>307</v>
+        <v>303</v>
       </c>
     </row>
     <row r="9" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B9" t="s">
-        <v>308</v>
+        <v>304</v>
       </c>
       <c r="C9" t="s">
-        <v>113</v>
+        <v>109</v>
       </c>
       <c r="D9" t="s">
-        <v>309</v>
+        <v>305</v>
       </c>
     </row>
     <row r="10" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B10" t="s">
-        <v>310</v>
+        <v>306</v>
       </c>
       <c r="C10" t="s">
-        <v>116</v>
+        <v>112</v>
       </c>
       <c r="D10" t="s">
-        <v>311</v>
+        <v>307</v>
       </c>
     </row>
     <row r="11" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B11" t="s">
-        <v>312</v>
+        <v>308</v>
       </c>
       <c r="C11" t="s">
-        <v>119</v>
+        <v>115</v>
       </c>
       <c r="D11" t="s">
-        <v>313</v>
+        <v>309</v>
       </c>
     </row>
     <row r="12" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B12" t="s">
-        <v>314</v>
+        <v>310</v>
       </c>
       <c r="C12" t="s">
-        <v>122</v>
+        <v>118</v>
       </c>
       <c r="D12" t="s">
-        <v>315</v>
+        <v>311</v>
       </c>
     </row>
     <row r="13" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B13" t="s">
-        <v>316</v>
+        <v>312</v>
       </c>
       <c r="C13" t="s">
-        <v>125</v>
+        <v>121</v>
       </c>
       <c r="D13" t="s">
-        <v>317</v>
+        <v>313</v>
       </c>
     </row>
     <row r="14" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B14" t="s">
-        <v>318</v>
+        <v>314</v>
       </c>
       <c r="C14" t="s">
-        <v>128</v>
+        <v>124</v>
       </c>
       <c r="D14" t="s">
-        <v>319</v>
+        <v>315</v>
       </c>
     </row>
     <row r="15" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B15" t="s">
-        <v>320</v>
+        <v>316</v>
       </c>
       <c r="C15" t="s">
-        <v>131</v>
+        <v>127</v>
       </c>
       <c r="D15" t="s">
-        <v>321</v>
+        <v>317</v>
       </c>
     </row>
     <row r="16" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B16" t="s">
-        <v>322</v>
+        <v>318</v>
       </c>
       <c r="C16" t="s">
-        <v>134</v>
+        <v>130</v>
       </c>
       <c r="D16" t="s">
-        <v>323</v>
+        <v>319</v>
       </c>
     </row>
     <row r="17" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B17" t="s">
-        <v>324</v>
+        <v>320</v>
       </c>
       <c r="C17" t="s">
-        <v>137</v>
+        <v>133</v>
       </c>
       <c r="D17" t="s">
-        <v>325</v>
+        <v>321</v>
       </c>
     </row>
     <row r="18" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B18" t="s">
-        <v>326</v>
+        <v>322</v>
       </c>
       <c r="C18" t="s">
-        <v>140</v>
+        <v>136</v>
       </c>
       <c r="D18" t="s">
-        <v>327</v>
+        <v>323</v>
       </c>
     </row>
     <row r="19" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B19" t="s">
-        <v>328</v>
+        <v>324</v>
       </c>
       <c r="C19" t="s">
-        <v>143</v>
+        <v>139</v>
       </c>
       <c r="D19" t="s">
-        <v>329</v>
+        <v>325</v>
       </c>
     </row>
     <row r="20" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B20" t="s">
-        <v>330</v>
+        <v>326</v>
       </c>
       <c r="C20" t="s">
-        <v>146</v>
+        <v>142</v>
       </c>
       <c r="D20" t="s">
-        <v>331</v>
+        <v>327</v>
       </c>
     </row>
     <row r="21" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B21" t="s">
-        <v>332</v>
+        <v>328</v>
       </c>
       <c r="C21" t="s">
-        <v>149</v>
+        <v>145</v>
       </c>
       <c r="D21" t="s">
-        <v>333</v>
+        <v>329</v>
       </c>
     </row>
     <row r="22" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B22" t="s">
-        <v>334</v>
+        <v>330</v>
       </c>
       <c r="C22" t="s">
-        <v>152</v>
+        <v>148</v>
       </c>
       <c r="D22" t="s">
-        <v>335</v>
+        <v>331</v>
       </c>
     </row>
     <row r="23" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B23" t="s">
-        <v>336</v>
+        <v>332</v>
       </c>
       <c r="C23" t="s">
-        <v>155</v>
+        <v>151</v>
       </c>
       <c r="D23" t="s">
-        <v>337</v>
+        <v>333</v>
       </c>
     </row>
     <row r="24" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B24" t="s">
-        <v>338</v>
+        <v>334</v>
       </c>
       <c r="C24" t="s">
-        <v>158</v>
+        <v>154</v>
       </c>
       <c r="D24" t="s">
-        <v>339</v>
+        <v>335</v>
       </c>
     </row>
     <row r="25" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B25" t="s">
-        <v>340</v>
+        <v>336</v>
       </c>
       <c r="C25" t="s">
-        <v>210</v>
+        <v>206</v>
       </c>
       <c r="D25" t="s">
-        <v>341</v>
+        <v>337</v>
       </c>
     </row>
     <row r="26" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B26" t="s">
-        <v>342</v>
+        <v>338</v>
       </c>
       <c r="C26" t="s">
-        <v>213</v>
+        <v>209</v>
       </c>
       <c r="D26" t="s">
-        <v>343</v>
+        <v>339</v>
       </c>
     </row>
     <row r="27" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B27" t="s">
-        <v>344</v>
+        <v>340</v>
       </c>
       <c r="C27" t="s">
-        <v>216</v>
+        <v>212</v>
       </c>
       <c r="D27" t="s">
-        <v>345</v>
+        <v>341</v>
       </c>
     </row>
     <row r="28" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B28" t="s">
-        <v>346</v>
+        <v>342</v>
       </c>
       <c r="D28" t="s">
-        <v>347</v>
+        <v>343</v>
       </c>
     </row>
     <row r="29" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B29" t="s">
-        <v>348</v>
+        <v>344</v>
       </c>
       <c r="C29" t="s">
-        <v>219</v>
+        <v>215</v>
       </c>
       <c r="D29" t="s">
-        <v>349</v>
+        <v>345</v>
       </c>
     </row>
     <row r="30" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B30" t="s">
-        <v>350</v>
+        <v>346</v>
       </c>
       <c r="C30" t="s">
-        <v>222</v>
+        <v>218</v>
       </c>
       <c r="D30" t="s">
-        <v>351</v>
+        <v>347</v>
       </c>
     </row>
     <row r="31" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B31" t="s">
-        <v>352</v>
+        <v>348</v>
       </c>
       <c r="C31" t="s">
-        <v>225</v>
+        <v>221</v>
       </c>
       <c r="D31" t="s">
-        <v>353</v>
+        <v>349</v>
       </c>
     </row>
     <row r="32" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B32" t="s">
-        <v>354</v>
+        <v>350</v>
       </c>
       <c r="C32" t="s">
-        <v>228</v>
+        <v>224</v>
       </c>
       <c r="D32" t="s">
-        <v>355</v>
+        <v>351</v>
       </c>
     </row>
     <row r="33" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B33" t="s">
-        <v>356</v>
+        <v>352</v>
       </c>
       <c r="C33" t="s">
-        <v>231</v>
+        <v>227</v>
       </c>
       <c r="D33" t="s">
-        <v>357</v>
+        <v>353</v>
       </c>
     </row>
     <row r="34" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B34" t="s">
-        <v>358</v>
+        <v>354</v>
       </c>
       <c r="C34" t="s">
-        <v>236</v>
+        <v>232</v>
       </c>
       <c r="D34" t="s">
-        <v>359</v>
+        <v>355</v>
       </c>
     </row>
     <row r="35" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B35" t="s">
-        <v>360</v>
+        <v>356</v>
       </c>
       <c r="C35" t="s">
-        <v>239</v>
+        <v>235</v>
       </c>
       <c r="D35" t="s">
-        <v>361</v>
+        <v>357</v>
       </c>
     </row>
     <row r="36" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B36" t="s">
-        <v>362</v>
+        <v>358</v>
       </c>
       <c r="C36" t="s">
-        <v>242</v>
+        <v>238</v>
       </c>
       <c r="D36" t="s">
-        <v>363</v>
+        <v>359</v>
       </c>
     </row>
     <row r="37" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B37" t="s">
-        <v>364</v>
+        <v>360</v>
       </c>
       <c r="C37" t="s">
-        <v>245</v>
+        <v>241</v>
       </c>
       <c r="D37" t="s">
-        <v>365</v>
+        <v>361</v>
       </c>
     </row>
     <row r="38" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B38" t="s">
-        <v>366</v>
+        <v>362</v>
       </c>
       <c r="C38" t="s">
-        <v>248</v>
+        <v>244</v>
       </c>
       <c r="D38" t="s">
-        <v>367</v>
+        <v>363</v>
       </c>
     </row>
     <row r="39" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B39" t="s">
-        <v>368</v>
+        <v>364</v>
       </c>
       <c r="C39" t="s">
-        <v>253</v>
+        <v>249</v>
       </c>
       <c r="D39" t="s">
-        <v>369</v>
+        <v>365</v>
       </c>
     </row>
     <row r="40" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B40" t="s">
-        <v>370</v>
+        <v>366</v>
       </c>
       <c r="C40" t="s">
-        <v>256</v>
+        <v>252</v>
       </c>
       <c r="D40" t="s">
-        <v>371</v>
+        <v>367</v>
       </c>
     </row>
     <row r="41" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B41" t="s">
-        <v>372</v>
+        <v>368</v>
       </c>
       <c r="C41" t="s">
-        <v>259</v>
+        <v>255</v>
       </c>
       <c r="D41" t="s">
-        <v>373</v>
+        <v>369</v>
       </c>
     </row>
     <row r="42" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B42" t="s">
-        <v>374</v>
+        <v>370</v>
       </c>
       <c r="C42" t="s">
-        <v>262</v>
+        <v>258</v>
       </c>
       <c r="D42" t="s">
-        <v>375</v>
+        <v>371</v>
       </c>
     </row>
     <row r="43" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B43" t="s">
-        <v>376</v>
+        <v>372</v>
       </c>
       <c r="C43" t="s">
-        <v>265</v>
+        <v>261</v>
       </c>
       <c r="D43" t="s">
-        <v>377</v>
+        <v>373</v>
       </c>
     </row>
     <row r="44" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B44" t="s">
-        <v>378</v>
+        <v>374</v>
       </c>
       <c r="C44" t="s">
-        <v>268</v>
+        <v>264</v>
       </c>
       <c r="D44" t="s">
-        <v>379</v>
+        <v>375</v>
       </c>
     </row>
     <row r="45" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B45" t="s">
-        <v>380</v>
+        <v>376</v>
       </c>
       <c r="C45" t="s">
-        <v>271</v>
+        <v>267</v>
       </c>
       <c r="D45" t="s">
-        <v>381</v>
+        <v>377</v>
       </c>
     </row>
     <row r="46" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B46" t="s">
-        <v>382</v>
+        <v>378</v>
       </c>
       <c r="C46" t="s">
-        <v>274</v>
+        <v>270</v>
       </c>
       <c r="D46" t="s">
-        <v>383</v>
+        <v>379</v>
       </c>
     </row>
     <row r="47" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B47" t="s">
-        <v>384</v>
+        <v>380</v>
       </c>
       <c r="C47" t="s">
-        <v>279</v>
+        <v>275</v>
       </c>
       <c r="D47" t="s">
-        <v>385</v>
+        <v>381</v>
       </c>
     </row>
     <row r="48" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B48" t="s">
-        <v>386</v>
+        <v>382</v>
       </c>
       <c r="C48" t="s">
-        <v>387</v>
+        <v>383</v>
       </c>
       <c r="D48" t="s">
-        <v>388</v>
+        <v>384</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0400-000000000000}">
   <dimension ref="A1:D37"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>96</v>
+        <v>92</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>97</v>
+        <v>93</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>98</v>
+        <v>94</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
         <v>18</v>
       </c>
       <c r="B2" t="s">
         <v>19</v>
       </c>
       <c r="D2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="3" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B3" t="s">
-        <v>100</v>
+        <v>96</v>
       </c>
       <c r="D3" t="s">
-        <v>389</v>
+        <v>385</v>
       </c>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B4" t="s">
-        <v>102</v>
+        <v>98</v>
       </c>
       <c r="D4" t="s">
-        <v>390</v>
+        <v>386</v>
       </c>
     </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B5" t="s">
-        <v>164</v>
+        <v>160</v>
       </c>
       <c r="D5" t="s">
-        <v>391</v>
+        <v>387</v>
       </c>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B6" t="s">
-        <v>392</v>
+        <v>388</v>
       </c>
       <c r="D6" t="s">
-        <v>393</v>
+        <v>389</v>
       </c>
     </row>
     <row r="7" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B7" t="s">
-        <v>394</v>
+        <v>390</v>
       </c>
       <c r="D7" t="s">
-        <v>395</v>
+        <v>391</v>
       </c>
     </row>
     <row r="8" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B8" t="s">
-        <v>396</v>
+        <v>392</v>
       </c>
       <c r="C8" t="s">
-        <v>113</v>
+        <v>109</v>
       </c>
       <c r="D8" t="s">
-        <v>397</v>
+        <v>393</v>
       </c>
     </row>
     <row r="9" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B9" t="s">
-        <v>398</v>
+        <v>394</v>
       </c>
       <c r="C9" t="s">
-        <v>116</v>
+        <v>112</v>
       </c>
       <c r="D9" t="s">
-        <v>399</v>
+        <v>395</v>
       </c>
     </row>
     <row r="10" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B10" t="s">
-        <v>400</v>
+        <v>396</v>
       </c>
       <c r="C10" t="s">
-        <v>119</v>
+        <v>115</v>
       </c>
       <c r="D10" t="s">
-        <v>401</v>
+        <v>397</v>
       </c>
     </row>
     <row r="11" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B11" t="s">
-        <v>402</v>
+        <v>398</v>
       </c>
       <c r="C11" t="s">
-        <v>122</v>
+        <v>118</v>
       </c>
       <c r="D11" t="s">
-        <v>403</v>
+        <v>399</v>
       </c>
     </row>
     <row r="12" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B12" t="s">
-        <v>404</v>
+        <v>400</v>
       </c>
       <c r="C12" t="s">
-        <v>125</v>
+        <v>121</v>
       </c>
       <c r="D12" t="s">
-        <v>405</v>
+        <v>401</v>
       </c>
     </row>
     <row r="13" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B13" t="s">
-        <v>406</v>
+        <v>402</v>
       </c>
       <c r="C13" t="s">
-        <v>128</v>
+        <v>124</v>
       </c>
       <c r="D13" t="s">
-        <v>407</v>
+        <v>403</v>
       </c>
     </row>
     <row r="14" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B14" t="s">
-        <v>408</v>
+        <v>404</v>
       </c>
       <c r="C14" t="s">
-        <v>131</v>
+        <v>127</v>
       </c>
       <c r="D14" t="s">
-        <v>409</v>
+        <v>405</v>
       </c>
     </row>
     <row r="15" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B15" t="s">
-        <v>410</v>
+        <v>406</v>
       </c>
       <c r="C15" t="s">
-        <v>134</v>
+        <v>130</v>
       </c>
       <c r="D15" t="s">
-        <v>411</v>
+        <v>407</v>
       </c>
     </row>
     <row r="16" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B16" t="s">
-        <v>412</v>
+        <v>408</v>
       </c>
       <c r="C16" t="s">
-        <v>137</v>
+        <v>133</v>
       </c>
       <c r="D16" t="s">
-        <v>413</v>
+        <v>409</v>
       </c>
     </row>
     <row r="17" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B17" t="s">
-        <v>414</v>
+        <v>410</v>
       </c>
       <c r="C17" t="s">
-        <v>140</v>
+        <v>136</v>
       </c>
       <c r="D17" t="s">
-        <v>415</v>
+        <v>411</v>
       </c>
     </row>
     <row r="18" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B18" t="s">
-        <v>416</v>
+        <v>412</v>
       </c>
       <c r="C18" t="s">
-        <v>143</v>
+        <v>139</v>
       </c>
       <c r="D18" t="s">
-        <v>417</v>
+        <v>413</v>
       </c>
     </row>
     <row r="19" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B19" t="s">
-        <v>418</v>
+        <v>414</v>
       </c>
       <c r="C19" t="s">
-        <v>146</v>
+        <v>142</v>
       </c>
       <c r="D19" t="s">
-        <v>419</v>
+        <v>415</v>
       </c>
     </row>
     <row r="20" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B20" t="s">
-        <v>420</v>
+        <v>416</v>
       </c>
       <c r="D20" t="s">
-        <v>421</v>
+        <v>417</v>
       </c>
     </row>
     <row r="21" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B21" t="s">
-        <v>422</v>
+        <v>418</v>
       </c>
       <c r="C21" t="s">
-        <v>149</v>
+        <v>145</v>
       </c>
       <c r="D21" t="s">
-        <v>423</v>
+        <v>419</v>
       </c>
     </row>
     <row r="22" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B22" t="s">
-        <v>424</v>
+        <v>420</v>
       </c>
       <c r="C22" t="s">
-        <v>152</v>
+        <v>148</v>
       </c>
       <c r="D22" t="s">
-        <v>425</v>
+        <v>421</v>
       </c>
     </row>
     <row r="23" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B23" t="s">
-        <v>426</v>
+        <v>422</v>
       </c>
       <c r="C23" t="s">
-        <v>155</v>
+        <v>151</v>
       </c>
       <c r="D23" t="s">
-        <v>427</v>
+        <v>423</v>
       </c>
     </row>
     <row r="24" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B24" t="s">
-        <v>428</v>
+        <v>424</v>
       </c>
       <c r="C24" t="s">
-        <v>158</v>
+        <v>154</v>
       </c>
       <c r="D24" t="s">
-        <v>429</v>
+        <v>425</v>
       </c>
     </row>
     <row r="25" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B25" t="s">
-        <v>430</v>
+        <v>426</v>
       </c>
       <c r="C25" t="s">
-        <v>210</v>
+        <v>206</v>
       </c>
       <c r="D25" t="s">
-        <v>431</v>
+        <v>427</v>
       </c>
     </row>
     <row r="26" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B26" t="s">
-        <v>432</v>
+        <v>428</v>
       </c>
       <c r="C26" t="s">
-        <v>213</v>
+        <v>209</v>
       </c>
       <c r="D26" t="s">
-        <v>433</v>
+        <v>429</v>
       </c>
     </row>
     <row r="27" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B27" t="s">
-        <v>434</v>
+        <v>430</v>
       </c>
       <c r="C27" t="s">
-        <v>216</v>
+        <v>212</v>
       </c>
       <c r="D27" t="s">
-        <v>435</v>
+        <v>431</v>
       </c>
     </row>
     <row r="28" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B28" t="s">
-        <v>436</v>
+        <v>432</v>
       </c>
       <c r="C28" t="s">
-        <v>219</v>
+        <v>215</v>
       </c>
       <c r="D28" t="s">
-        <v>437</v>
+        <v>433</v>
       </c>
     </row>
     <row r="29" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B29" t="s">
-        <v>438</v>
+        <v>434</v>
       </c>
       <c r="C29" t="s">
-        <v>222</v>
+        <v>218</v>
       </c>
       <c r="D29" t="s">
-        <v>439</v>
+        <v>435</v>
       </c>
     </row>
     <row r="30" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B30" t="s">
-        <v>440</v>
+        <v>436</v>
       </c>
       <c r="C30" t="s">
-        <v>225</v>
+        <v>221</v>
       </c>
       <c r="D30" t="s">
-        <v>441</v>
+        <v>437</v>
       </c>
     </row>
     <row r="31" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B31" t="s">
-        <v>442</v>
+        <v>438</v>
       </c>
       <c r="C31" t="s">
-        <v>228</v>
+        <v>224</v>
       </c>
       <c r="D31" t="s">
-        <v>443</v>
+        <v>439</v>
       </c>
     </row>
     <row r="32" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B32" t="s">
-        <v>444</v>
+        <v>440</v>
       </c>
       <c r="D32" t="s">
-        <v>445</v>
+        <v>441</v>
       </c>
     </row>
     <row r="33" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B33" t="s">
-        <v>446</v>
+        <v>442</v>
       </c>
       <c r="C33" t="s">
-        <v>231</v>
+        <v>227</v>
       </c>
       <c r="D33" t="s">
-        <v>447</v>
+        <v>443</v>
       </c>
     </row>
     <row r="34" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B34" t="s">
-        <v>448</v>
+        <v>444</v>
       </c>
       <c r="C34" t="s">
-        <v>236</v>
+        <v>232</v>
       </c>
       <c r="D34" t="s">
-        <v>449</v>
+        <v>445</v>
       </c>
     </row>
     <row r="35" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B35" t="s">
-        <v>450</v>
+        <v>446</v>
       </c>
       <c r="C35" t="s">
-        <v>239</v>
+        <v>235</v>
       </c>
       <c r="D35" t="s">
-        <v>451</v>
+        <v>447</v>
       </c>
     </row>
     <row r="36" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B36" t="s">
-        <v>452</v>
+        <v>448</v>
       </c>
       <c r="C36" t="s">
-        <v>242</v>
+        <v>238</v>
       </c>
       <c r="D36" t="s">
-        <v>453</v>
+        <v>449</v>
       </c>
     </row>
     <row r="37" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B37" t="s">
-        <v>454</v>
+        <v>450</v>
       </c>
       <c r="D37" t="s">
-        <v>455</v>
+        <v>451</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0500-000000000000}">
   <dimension ref="A1:D74"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>96</v>
+        <v>92</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>97</v>
+        <v>93</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>98</v>
+        <v>94</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
         <v>22</v>
       </c>
       <c r="B2" t="s">
         <v>23</v>
       </c>
       <c r="D2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="3" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
-        <v>456</v>
+        <v>452</v>
       </c>
       <c r="B3" t="s">
-        <v>100</v>
+        <v>96</v>
       </c>
       <c r="D3" t="s">
-        <v>457</v>
+        <v>453</v>
       </c>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B4" t="s">
-        <v>458</v>
+        <v>454</v>
       </c>
       <c r="D4" t="s">
-        <v>459</v>
+        <v>455</v>
       </c>
     </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B5" t="s">
-        <v>102</v>
+        <v>98</v>
       </c>
       <c r="D5" t="s">
-        <v>460</v>
+        <v>456</v>
       </c>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B6" t="s">
-        <v>106</v>
+        <v>102</v>
       </c>
       <c r="D6" t="s">
-        <v>461</v>
+        <v>457</v>
       </c>
     </row>
     <row r="7" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B7" t="s">
-        <v>108</v>
+        <v>104</v>
       </c>
       <c r="D7" t="s">
-        <v>462</v>
+        <v>458</v>
       </c>
     </row>
     <row r="8" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B8" t="s">
-        <v>463</v>
+        <v>459</v>
       </c>
       <c r="D8" t="s">
-        <v>464</v>
+        <v>460</v>
       </c>
     </row>
     <row r="9" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B9" t="s">
-        <v>465</v>
+        <v>461</v>
       </c>
       <c r="D9" t="s">
-        <v>466</v>
+        <v>462</v>
       </c>
     </row>
     <row r="10" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B10" t="s">
-        <v>467</v>
+        <v>463</v>
       </c>
       <c r="C10" t="s">
-        <v>113</v>
+        <v>109</v>
       </c>
       <c r="D10" t="s">
-        <v>468</v>
+        <v>464</v>
       </c>
     </row>
     <row r="11" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B11" t="s">
-        <v>469</v>
+        <v>465</v>
       </c>
       <c r="D11" t="s">
-        <v>470</v>
+        <v>466</v>
       </c>
     </row>
     <row r="12" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B12" t="s">
-        <v>471</v>
+        <v>467</v>
       </c>
       <c r="C12" t="s">
-        <v>116</v>
+        <v>112</v>
       </c>
       <c r="D12" t="s">
-        <v>472</v>
+        <v>468</v>
       </c>
     </row>
     <row r="13" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B13" t="s">
-        <v>473</v>
+        <v>469</v>
       </c>
       <c r="C13" t="s">
-        <v>119</v>
+        <v>115</v>
       </c>
       <c r="D13" t="s">
-        <v>474</v>
+        <v>470</v>
       </c>
     </row>
     <row r="14" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B14" t="s">
-        <v>475</v>
+        <v>471</v>
       </c>
       <c r="C14" t="s">
-        <v>122</v>
+        <v>118</v>
       </c>
       <c r="D14" t="s">
-        <v>476</v>
+        <v>472</v>
       </c>
     </row>
     <row r="15" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B15" t="s">
-        <v>477</v>
+        <v>473</v>
       </c>
       <c r="C15" t="s">
-        <v>125</v>
+        <v>121</v>
       </c>
       <c r="D15" t="s">
-        <v>478</v>
+        <v>474</v>
       </c>
     </row>
     <row r="16" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B16" t="s">
-        <v>479</v>
+        <v>475</v>
       </c>
       <c r="D16" t="s">
-        <v>480</v>
+        <v>476</v>
       </c>
     </row>
     <row r="17" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B17" t="s">
-        <v>481</v>
+        <v>477</v>
       </c>
       <c r="C17" t="s">
-        <v>128</v>
+        <v>124</v>
       </c>
       <c r="D17" t="s">
-        <v>482</v>
+        <v>478</v>
       </c>
     </row>
     <row r="18" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B18" t="s">
-        <v>483</v>
+        <v>479</v>
       </c>
       <c r="C18" t="s">
-        <v>131</v>
+        <v>127</v>
       </c>
       <c r="D18" t="s">
-        <v>484</v>
+        <v>480</v>
       </c>
     </row>
     <row r="19" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B19" t="s">
-        <v>485</v>
+        <v>481</v>
       </c>
       <c r="C19" t="s">
-        <v>134</v>
+        <v>130</v>
       </c>
       <c r="D19" t="s">
-        <v>486</v>
+        <v>482</v>
       </c>
     </row>
     <row r="20" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B20" t="s">
-        <v>487</v>
+        <v>483</v>
       </c>
       <c r="C20" t="s">
-        <v>137</v>
+        <v>133</v>
       </c>
       <c r="D20" t="s">
-        <v>488</v>
+        <v>484</v>
       </c>
     </row>
     <row r="21" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B21" t="s">
-        <v>489</v>
+        <v>485</v>
       </c>
       <c r="C21" t="s">
-        <v>140</v>
+        <v>136</v>
       </c>
       <c r="D21" t="s">
-        <v>490</v>
+        <v>486</v>
       </c>
     </row>
     <row r="22" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B22" t="s">
-        <v>491</v>
+        <v>487</v>
       </c>
       <c r="D22" t="s">
-        <v>492</v>
+        <v>488</v>
       </c>
     </row>
     <row r="23" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B23" t="s">
-        <v>493</v>
+        <v>489</v>
       </c>
       <c r="C23" t="s">
-        <v>143</v>
+        <v>139</v>
       </c>
       <c r="D23" t="s">
-        <v>494</v>
+        <v>490</v>
       </c>
     </row>
     <row r="24" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B24" t="s">
-        <v>495</v>
+        <v>491</v>
       </c>
       <c r="C24" t="s">
-        <v>146</v>
+        <v>142</v>
       </c>
       <c r="D24" t="s">
-        <v>496</v>
+        <v>492</v>
       </c>
     </row>
     <row r="25" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B25" t="s">
-        <v>497</v>
+        <v>493</v>
       </c>
       <c r="C25" t="s">
-        <v>149</v>
+        <v>145</v>
       </c>
       <c r="D25" t="s">
-        <v>498</v>
+        <v>494</v>
       </c>
     </row>
     <row r="26" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B26" t="s">
-        <v>499</v>
+        <v>495</v>
       </c>
       <c r="C26" t="s">
-        <v>152</v>
+        <v>148</v>
       </c>
       <c r="D26" t="s">
-        <v>500</v>
+        <v>496</v>
       </c>
     </row>
     <row r="27" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B27" t="s">
-        <v>501</v>
+        <v>497</v>
       </c>
       <c r="C27" t="s">
-        <v>155</v>
+        <v>151</v>
       </c>
       <c r="D27" t="s">
-        <v>502</v>
+        <v>498</v>
       </c>
     </row>
     <row r="28" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B28" t="s">
-        <v>503</v>
+        <v>499</v>
       </c>
       <c r="C28" t="s">
-        <v>158</v>
+        <v>154</v>
       </c>
       <c r="D28" t="s">
-        <v>504</v>
+        <v>500</v>
       </c>
     </row>
     <row r="29" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B29" t="s">
-        <v>505</v>
+        <v>501</v>
       </c>
       <c r="C29" t="s">
-        <v>210</v>
+        <v>206</v>
       </c>
       <c r="D29" t="s">
-        <v>506</v>
+        <v>502</v>
       </c>
     </row>
     <row r="30" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B30" t="s">
-        <v>507</v>
+        <v>503</v>
       </c>
       <c r="C30" t="s">
-        <v>213</v>
+        <v>209</v>
       </c>
       <c r="D30" t="s">
-        <v>508</v>
+        <v>504</v>
       </c>
     </row>
     <row r="31" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B31" t="s">
-        <v>509</v>
+        <v>505</v>
       </c>
       <c r="C31" t="s">
-        <v>216</v>
+        <v>212</v>
       </c>
       <c r="D31" t="s">
-        <v>510</v>
+        <v>506</v>
       </c>
     </row>
     <row r="32" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B32" t="s">
-        <v>511</v>
+        <v>507</v>
       </c>
       <c r="C32" t="s">
-        <v>219</v>
+        <v>215</v>
       </c>
       <c r="D32" t="s">
-        <v>512</v>
+        <v>508</v>
       </c>
     </row>
     <row r="33" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B33" t="s">
-        <v>513</v>
+        <v>509</v>
       </c>
       <c r="C33" t="s">
-        <v>222</v>
+        <v>218</v>
       </c>
       <c r="D33" t="s">
-        <v>514</v>
+        <v>510</v>
       </c>
     </row>
     <row r="34" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B34" t="s">
-        <v>515</v>
+        <v>511</v>
       </c>
       <c r="D34" t="s">
-        <v>516</v>
+        <v>512</v>
       </c>
     </row>
     <row r="35" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B35" t="s">
-        <v>517</v>
+        <v>513</v>
       </c>
       <c r="C35" t="s">
-        <v>225</v>
+        <v>221</v>
       </c>
       <c r="D35" t="s">
-        <v>518</v>
+        <v>514</v>
       </c>
     </row>
     <row r="36" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B36" t="s">
-        <v>519</v>
+        <v>515</v>
       </c>
       <c r="C36" t="s">
-        <v>228</v>
+        <v>224</v>
       </c>
       <c r="D36" t="s">
-        <v>520</v>
+        <v>516</v>
       </c>
     </row>
     <row r="37" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B37" t="s">
-        <v>521</v>
+        <v>517</v>
       </c>
       <c r="C37" t="s">
-        <v>231</v>
+        <v>227</v>
       </c>
       <c r="D37" t="s">
-        <v>522</v>
+        <v>518</v>
       </c>
     </row>
     <row r="38" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B38" t="s">
-        <v>523</v>
+        <v>519</v>
       </c>
       <c r="C38" t="s">
-        <v>236</v>
+        <v>232</v>
       </c>
       <c r="D38" t="s">
-        <v>524</v>
+        <v>520</v>
       </c>
     </row>
     <row r="39" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B39" t="s">
-        <v>525</v>
+        <v>521</v>
       </c>
       <c r="C39" t="s">
-        <v>239</v>
+        <v>235</v>
       </c>
       <c r="D39" t="s">
-        <v>526</v>
+        <v>522</v>
       </c>
     </row>
     <row r="40" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B40" t="s">
-        <v>527</v>
+        <v>523</v>
       </c>
       <c r="C40" t="s">
-        <v>242</v>
+        <v>238</v>
       </c>
       <c r="D40" t="s">
-        <v>528</v>
+        <v>524</v>
       </c>
     </row>
     <row r="41" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B41" t="s">
-        <v>529</v>
+        <v>525</v>
       </c>
       <c r="C41" t="s">
-        <v>245</v>
+        <v>241</v>
       </c>
       <c r="D41" t="s">
-        <v>530</v>
+        <v>526</v>
       </c>
     </row>
     <row r="42" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B42" t="s">
-        <v>531</v>
+        <v>527</v>
       </c>
       <c r="C42" t="s">
-        <v>248</v>
+        <v>244</v>
       </c>
       <c r="D42" t="s">
-        <v>532</v>
+        <v>528</v>
       </c>
     </row>
     <row r="43" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B43" t="s">
-        <v>533</v>
+        <v>529</v>
       </c>
       <c r="C43" t="s">
-        <v>253</v>
+        <v>249</v>
       </c>
       <c r="D43" t="s">
-        <v>534</v>
+        <v>530</v>
       </c>
     </row>
     <row r="44" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B44" t="s">
-        <v>535</v>
+        <v>531</v>
       </c>
       <c r="D44" t="s">
-        <v>536</v>
+        <v>532</v>
       </c>
     </row>
     <row r="45" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B45" t="s">
-        <v>537</v>
+        <v>533</v>
       </c>
       <c r="C45" t="s">
-        <v>256</v>
+        <v>252</v>
       </c>
       <c r="D45" t="s">
-        <v>538</v>
+        <v>534</v>
       </c>
     </row>
     <row r="46" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B46" t="s">
-        <v>539</v>
+        <v>535</v>
       </c>
       <c r="C46" t="s">
-        <v>259</v>
+        <v>255</v>
       </c>
       <c r="D46" t="s">
-        <v>540</v>
+        <v>536</v>
       </c>
     </row>
     <row r="47" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B47" t="s">
-        <v>541</v>
+        <v>537</v>
       </c>
       <c r="C47" t="s">
-        <v>262</v>
+        <v>258</v>
       </c>
       <c r="D47" t="s">
-        <v>542</v>
+        <v>538</v>
       </c>
     </row>
     <row r="48" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B48" t="s">
-        <v>543</v>
+        <v>539</v>
       </c>
       <c r="C48" t="s">
-        <v>265</v>
+        <v>261</v>
       </c>
       <c r="D48" t="s">
-        <v>544</v>
+        <v>540</v>
       </c>
     </row>
     <row r="49" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B49" t="s">
-        <v>545</v>
+        <v>541</v>
       </c>
       <c r="C49" t="s">
-        <v>268</v>
+        <v>264</v>
       </c>
       <c r="D49" t="s">
-        <v>546</v>
+        <v>542</v>
       </c>
     </row>
     <row r="50" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B50" t="s">
-        <v>547</v>
+        <v>543</v>
       </c>
       <c r="C50" t="s">
-        <v>271</v>
+        <v>267</v>
       </c>
       <c r="D50" t="s">
-        <v>548</v>
+        <v>544</v>
       </c>
     </row>
     <row r="51" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B51" t="s">
-        <v>549</v>
+        <v>545</v>
       </c>
       <c r="D51" t="s">
-        <v>550</v>
+        <v>546</v>
       </c>
     </row>
     <row r="52" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B52" t="s">
-        <v>551</v>
+        <v>547</v>
       </c>
       <c r="C52" t="s">
-        <v>274</v>
+        <v>270</v>
       </c>
       <c r="D52" t="s">
-        <v>552</v>
+        <v>548</v>
       </c>
     </row>
     <row r="53" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B53" t="s">
-        <v>553</v>
+        <v>549</v>
       </c>
       <c r="C53" t="s">
-        <v>279</v>
+        <v>275</v>
       </c>
       <c r="D53" t="s">
-        <v>554</v>
+        <v>550</v>
       </c>
     </row>
     <row r="54" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B54" t="s">
-        <v>555</v>
+        <v>551</v>
       </c>
       <c r="C54" t="s">
-        <v>556</v>
+        <v>552</v>
       </c>
       <c r="D54" t="s">
-        <v>557</v>
+        <v>553</v>
       </c>
     </row>
     <row r="55" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B55" t="s">
-        <v>558</v>
+        <v>554</v>
       </c>
       <c r="C55" t="s">
-        <v>559</v>
+        <v>555</v>
       </c>
       <c r="D55" t="s">
-        <v>560</v>
+        <v>556</v>
       </c>
     </row>
     <row r="56" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B56" t="s">
-        <v>561</v>
+        <v>557</v>
       </c>
       <c r="C56" t="s">
-        <v>562</v>
+        <v>558</v>
       </c>
       <c r="D56" t="s">
-        <v>563</v>
+        <v>559</v>
       </c>
     </row>
     <row r="57" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B57" t="s">
-        <v>564</v>
+        <v>560</v>
       </c>
       <c r="C57" t="s">
-        <v>565</v>
+        <v>561</v>
       </c>
       <c r="D57" t="s">
-        <v>566</v>
+        <v>562</v>
       </c>
     </row>
     <row r="58" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B58" t="s">
-        <v>567</v>
+        <v>563</v>
       </c>
       <c r="D58" t="s">
-        <v>568</v>
+        <v>564</v>
       </c>
     </row>
     <row r="59" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B59" t="s">
-        <v>569</v>
+        <v>565</v>
       </c>
       <c r="C59" t="s">
-        <v>570</v>
+        <v>566</v>
       </c>
       <c r="D59" t="s">
-        <v>571</v>
+        <v>567</v>
       </c>
     </row>
     <row r="60" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B60" t="s">
-        <v>572</v>
+        <v>568</v>
       </c>
       <c r="C60" t="s">
-        <v>573</v>
+        <v>569</v>
       </c>
       <c r="D60" t="s">
-        <v>574</v>
+        <v>570</v>
       </c>
     </row>
     <row r="61" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B61" t="s">
-        <v>575</v>
+        <v>571</v>
       </c>
       <c r="D61" t="s">
-        <v>576</v>
+        <v>572</v>
       </c>
     </row>
     <row r="62" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B62" t="s">
-        <v>577</v>
+        <v>573</v>
       </c>
       <c r="C62" t="s">
-        <v>578</v>
+        <v>574</v>
       </c>
       <c r="D62" t="s">
-        <v>579</v>
+        <v>575</v>
       </c>
     </row>
     <row r="63" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B63" t="s">
-        <v>580</v>
+        <v>576</v>
       </c>
       <c r="C63" t="s">
-        <v>581</v>
+        <v>577</v>
       </c>
       <c r="D63" t="s">
-        <v>582</v>
+        <v>578</v>
       </c>
     </row>
     <row r="64" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B64" t="s">
-        <v>583</v>
+        <v>579</v>
       </c>
       <c r="D64" t="s">
-        <v>584</v>
+        <v>580</v>
       </c>
     </row>
     <row r="65" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B65" t="s">
-        <v>585</v>
+        <v>581</v>
       </c>
       <c r="C65" t="s">
-        <v>586</v>
+        <v>582</v>
       </c>
       <c r="D65" t="s">
-        <v>587</v>
+        <v>583</v>
       </c>
     </row>
     <row r="66" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B66" t="s">
-        <v>588</v>
+        <v>584</v>
       </c>
       <c r="C66" t="s">
-        <v>589</v>
+        <v>585</v>
       </c>
       <c r="D66" t="s">
-        <v>590</v>
+        <v>586</v>
       </c>
     </row>
     <row r="67" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B67" t="s">
-        <v>591</v>
+        <v>587</v>
       </c>
       <c r="D67" t="s">
-        <v>592</v>
+        <v>588</v>
       </c>
     </row>
     <row r="68" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B68" t="s">
-        <v>593</v>
+        <v>589</v>
       </c>
       <c r="C68" t="s">
-        <v>594</v>
+        <v>590</v>
       </c>
       <c r="D68" t="s">
-        <v>595</v>
+        <v>591</v>
       </c>
     </row>
     <row r="69" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B69" t="s">
-        <v>596</v>
+        <v>592</v>
       </c>
       <c r="C69" t="s">
-        <v>597</v>
+        <v>593</v>
       </c>
       <c r="D69" t="s">
-        <v>598</v>
+        <v>594</v>
       </c>
     </row>
     <row r="70" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B70" t="s">
-        <v>599</v>
+        <v>595</v>
       </c>
       <c r="D70" t="s">
-        <v>600</v>
+        <v>596</v>
       </c>
     </row>
     <row r="71" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B71" t="s">
-        <v>601</v>
+        <v>597</v>
       </c>
       <c r="C71" t="s">
-        <v>602</v>
+        <v>598</v>
       </c>
       <c r="D71" t="s">
-        <v>603</v>
+        <v>599</v>
       </c>
     </row>
     <row r="72" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B72" t="s">
-        <v>604</v>
+        <v>600</v>
       </c>
       <c r="C72" t="s">
-        <v>605</v>
+        <v>601</v>
       </c>
       <c r="D72" t="s">
-        <v>606</v>
+        <v>602</v>
       </c>
     </row>
     <row r="73" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B73" t="s">
-        <v>607</v>
+        <v>603</v>
       </c>
       <c r="D73" t="s">
-        <v>608</v>
+        <v>604</v>
       </c>
     </row>
     <row r="74" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B74" t="s">
-        <v>609</v>
+        <v>605</v>
       </c>
       <c r="C74" t="s">
-        <v>610</v>
+        <v>606</v>
       </c>
       <c r="D74" t="s">
-        <v>611</v>
+        <v>607</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0600-000000000000}">
   <dimension ref="A1:D44"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>96</v>
+        <v>92</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>97</v>
+        <v>93</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>98</v>
+        <v>94</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
         <v>26</v>
       </c>
       <c r="B2" t="s">
         <v>27</v>
       </c>
       <c r="D2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="3" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B3" t="s">
-        <v>100</v>
+        <v>96</v>
       </c>
       <c r="D3" t="s">
-        <v>612</v>
+        <v>608</v>
       </c>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B4" t="s">
-        <v>102</v>
+        <v>98</v>
       </c>
       <c r="D4" t="s">
-        <v>613</v>
+        <v>609</v>
       </c>
     </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B5" t="s">
-        <v>108</v>
+        <v>104</v>
       </c>
       <c r="D5" t="s">
-        <v>614</v>
+        <v>610</v>
       </c>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B6" t="s">
-        <v>615</v>
+        <v>611</v>
       </c>
       <c r="D6" t="s">
-        <v>616</v>
+        <v>612</v>
       </c>
     </row>
     <row r="7" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B7" t="s">
-        <v>617</v>
+        <v>613</v>
       </c>
       <c r="C7" t="s">
-        <v>113</v>
+        <v>109</v>
       </c>
       <c r="D7" t="s">
-        <v>618</v>
+        <v>614</v>
       </c>
     </row>
     <row r="8" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B8" t="s">
-        <v>619</v>
+        <v>615</v>
       </c>
       <c r="C8" t="s">
-        <v>116</v>
+        <v>112</v>
       </c>
       <c r="D8" t="s">
-        <v>620</v>
+        <v>616</v>
       </c>
     </row>
     <row r="9" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B9" t="s">
-        <v>621</v>
+        <v>617</v>
       </c>
       <c r="C9" t="s">
-        <v>119</v>
+        <v>115</v>
       </c>
       <c r="D9" t="s">
-        <v>622</v>
+        <v>618</v>
       </c>
     </row>
     <row r="10" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B10" t="s">
-        <v>623</v>
+        <v>619</v>
       </c>
       <c r="C10" t="s">
-        <v>122</v>
+        <v>118</v>
       </c>
       <c r="D10" t="s">
-        <v>624</v>
+        <v>620</v>
       </c>
     </row>
     <row r="11" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B11" t="s">
-        <v>625</v>
+        <v>621</v>
       </c>
       <c r="C11" t="s">
-        <v>125</v>
+        <v>121</v>
       </c>
       <c r="D11" t="s">
-        <v>626</v>
+        <v>622</v>
       </c>
     </row>
     <row r="12" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B12" t="s">
-        <v>627</v>
+        <v>623</v>
       </c>
       <c r="C12" t="s">
-        <v>128</v>
+        <v>124</v>
       </c>
       <c r="D12" t="s">
-        <v>628</v>
+        <v>624</v>
       </c>
     </row>
     <row r="13" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B13" t="s">
-        <v>629</v>
+        <v>625</v>
       </c>
       <c r="C13" t="s">
-        <v>131</v>
+        <v>127</v>
       </c>
       <c r="D13" t="s">
-        <v>630</v>
+        <v>626</v>
       </c>
     </row>
     <row r="14" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B14" t="s">
-        <v>631</v>
+        <v>627</v>
       </c>
       <c r="C14" t="s">
-        <v>134</v>
+        <v>130</v>
       </c>
       <c r="D14" t="s">
-        <v>632</v>
+        <v>628</v>
       </c>
     </row>
     <row r="15" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B15" t="s">
-        <v>633</v>
+        <v>629</v>
       </c>
       <c r="D15" t="s">
-        <v>634</v>
+        <v>630</v>
       </c>
     </row>
     <row r="16" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B16" t="s">
-        <v>635</v>
+        <v>631</v>
       </c>
       <c r="C16" t="s">
-        <v>137</v>
+        <v>133</v>
       </c>
       <c r="D16" t="s">
-        <v>636</v>
+        <v>632</v>
       </c>
     </row>
     <row r="17" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B17" t="s">
-        <v>637</v>
+        <v>633</v>
       </c>
       <c r="C17" t="s">
-        <v>140</v>
+        <v>136</v>
       </c>
       <c r="D17" t="s">
-        <v>638</v>
+        <v>634</v>
       </c>
     </row>
     <row r="18" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B18" t="s">
-        <v>639</v>
+        <v>635</v>
       </c>
       <c r="C18" t="s">
-        <v>143</v>
+        <v>139</v>
       </c>
       <c r="D18" t="s">
-        <v>640</v>
+        <v>636</v>
       </c>
     </row>
     <row r="19" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B19" t="s">
-        <v>641</v>
+        <v>637</v>
       </c>
       <c r="C19" t="s">
-        <v>146</v>
+        <v>142</v>
       </c>
       <c r="D19" t="s">
-        <v>642</v>
+        <v>638</v>
       </c>
     </row>
     <row r="20" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B20" t="s">
-        <v>643</v>
+        <v>639</v>
       </c>
       <c r="C20" t="s">
-        <v>149</v>
+        <v>145</v>
       </c>
       <c r="D20" t="s">
-        <v>644</v>
+        <v>640</v>
       </c>
     </row>
     <row r="21" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B21" t="s">
-        <v>645</v>
+        <v>641</v>
       </c>
       <c r="C21" t="s">
-        <v>152</v>
+        <v>148</v>
       </c>
       <c r="D21" t="s">
-        <v>646</v>
+        <v>642</v>
       </c>
     </row>
     <row r="22" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B22" t="s">
-        <v>647</v>
+        <v>643</v>
       </c>
       <c r="C22" t="s">
-        <v>155</v>
+        <v>151</v>
       </c>
       <c r="D22" t="s">
-        <v>648</v>
+        <v>644</v>
       </c>
     </row>
     <row r="23" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B23" t="s">
-        <v>649</v>
+        <v>645</v>
       </c>
       <c r="C23" t="s">
-        <v>158</v>
+        <v>154</v>
       </c>
       <c r="D23" t="s">
-        <v>650</v>
+        <v>646</v>
       </c>
     </row>
     <row r="24" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B24" t="s">
-        <v>651</v>
+        <v>647</v>
       </c>
       <c r="C24" t="s">
-        <v>210</v>
+        <v>206</v>
       </c>
       <c r="D24" t="s">
-        <v>652</v>
+        <v>648</v>
       </c>
     </row>
     <row r="25" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B25" t="s">
-        <v>653</v>
+        <v>649</v>
       </c>
       <c r="C25" t="s">
-        <v>213</v>
+        <v>209</v>
       </c>
       <c r="D25" t="s">
-        <v>654</v>
+        <v>650</v>
       </c>
     </row>
     <row r="26" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B26" t="s">
-        <v>655</v>
+        <v>651</v>
       </c>
       <c r="D26" t="s">
-        <v>656</v>
+        <v>652</v>
       </c>
     </row>
     <row r="27" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B27" t="s">
-        <v>657</v>
+        <v>653</v>
       </c>
       <c r="C27" t="s">
-        <v>216</v>
+        <v>212</v>
       </c>
       <c r="D27" t="s">
-        <v>658</v>
+        <v>654</v>
       </c>
     </row>
     <row r="28" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B28" t="s">
-        <v>659</v>
+        <v>655</v>
       </c>
       <c r="C28" t="s">
-        <v>219</v>
+        <v>215</v>
       </c>
       <c r="D28" t="s">
-        <v>660</v>
+        <v>656</v>
       </c>
     </row>
     <row r="29" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B29" t="s">
-        <v>661</v>
+        <v>657</v>
       </c>
       <c r="C29" t="s">
-        <v>222</v>
+        <v>218</v>
       </c>
       <c r="D29" t="s">
-        <v>662</v>
+        <v>658</v>
       </c>
     </row>
     <row r="30" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B30" t="s">
-        <v>663</v>
+        <v>659</v>
       </c>
       <c r="C30" t="s">
-        <v>225</v>
+        <v>221</v>
       </c>
       <c r="D30" t="s">
-        <v>664</v>
+        <v>660</v>
       </c>
     </row>
     <row r="31" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B31" t="s">
-        <v>665</v>
+        <v>661</v>
       </c>
       <c r="C31" t="s">
-        <v>228</v>
+        <v>224</v>
       </c>
       <c r="D31" t="s">
-        <v>666</v>
+        <v>662</v>
       </c>
     </row>
     <row r="32" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B32" t="s">
-        <v>667</v>
+        <v>663</v>
       </c>
       <c r="C32" t="s">
-        <v>231</v>
+        <v>227</v>
       </c>
       <c r="D32" t="s">
-        <v>668</v>
+        <v>664</v>
       </c>
     </row>
     <row r="33" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B33" t="s">
-        <v>669</v>
+        <v>665</v>
       </c>
       <c r="C33" t="s">
-        <v>236</v>
+        <v>232</v>
       </c>
       <c r="D33" t="s">
-        <v>670</v>
+        <v>666</v>
       </c>
     </row>
     <row r="34" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B34" t="s">
-        <v>671</v>
+        <v>667</v>
       </c>
       <c r="C34" t="s">
-        <v>239</v>
+        <v>235</v>
       </c>
       <c r="D34" t="s">
-        <v>672</v>
+        <v>668</v>
       </c>
     </row>
     <row r="35" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B35" t="s">
-        <v>673</v>
+        <v>669</v>
       </c>
       <c r="C35" t="s">
-        <v>242</v>
+        <v>238</v>
       </c>
       <c r="D35" t="s">
-        <v>674</v>
+        <v>670</v>
       </c>
     </row>
     <row r="36" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B36" t="s">
-        <v>675</v>
+        <v>671</v>
       </c>
       <c r="C36" t="s">
-        <v>245</v>
+        <v>241</v>
       </c>
       <c r="D36" t="s">
-        <v>676</v>
+        <v>672</v>
       </c>
     </row>
     <row r="37" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B37" t="s">
-        <v>677</v>
+        <v>673</v>
       </c>
       <c r="C37" t="s">
-        <v>248</v>
+        <v>244</v>
       </c>
       <c r="D37" t="s">
-        <v>678</v>
+        <v>674</v>
       </c>
     </row>
     <row r="38" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B38" t="s">
-        <v>679</v>
+        <v>675</v>
       </c>
       <c r="C38" t="s">
-        <v>253</v>
+        <v>249</v>
       </c>
       <c r="D38" t="s">
-        <v>680</v>
+        <v>676</v>
       </c>
     </row>
     <row r="39" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B39" t="s">
-        <v>681</v>
+        <v>677</v>
       </c>
       <c r="C39" t="s">
-        <v>256</v>
+        <v>252</v>
       </c>
       <c r="D39" t="s">
-        <v>682</v>
+        <v>678</v>
       </c>
     </row>
     <row r="40" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B40" t="s">
-        <v>683</v>
+        <v>679</v>
       </c>
       <c r="D40" t="s">
-        <v>684</v>
+        <v>680</v>
       </c>
     </row>
     <row r="41" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B41" t="s">
-        <v>685</v>
+        <v>681</v>
       </c>
       <c r="C41" t="s">
-        <v>259</v>
+        <v>255</v>
       </c>
       <c r="D41" t="s">
-        <v>686</v>
+        <v>682</v>
       </c>
     </row>
     <row r="42" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B42" t="s">
-        <v>687</v>
+        <v>683</v>
       </c>
       <c r="C42" t="s">
-        <v>262</v>
+        <v>258</v>
       </c>
       <c r="D42" t="s">
-        <v>688</v>
+        <v>684</v>
       </c>
     </row>
     <row r="43" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B43" t="s">
-        <v>689</v>
+        <v>685</v>
       </c>
       <c r="C43" t="s">
-        <v>265</v>
+        <v>261</v>
       </c>
       <c r="D43" t="s">
-        <v>690</v>
+        <v>686</v>
       </c>
     </row>
     <row r="44" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B44" t="s">
-        <v>691</v>
+        <v>687</v>
       </c>
       <c r="C44" t="s">
-        <v>268</v>
+        <v>264</v>
       </c>
       <c r="D44" t="s">
-        <v>692</v>
+        <v>688</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0700-000000000000}">
   <dimension ref="A1:D24"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>96</v>
+        <v>92</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>97</v>
+        <v>93</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>98</v>
+        <v>94</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
         <v>30</v>
       </c>
       <c r="B2" t="s">
         <v>31</v>
       </c>
       <c r="D2" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="3" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
-        <v>693</v>
+        <v>689</v>
       </c>
       <c r="B3" t="s">
-        <v>100</v>
+        <v>96</v>
       </c>
       <c r="D3" t="s">
-        <v>694</v>
+        <v>690</v>
       </c>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B4" t="s">
-        <v>695</v>
+        <v>691</v>
       </c>
       <c r="D4" t="s">
-        <v>696</v>
+        <v>692</v>
       </c>
     </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B5" t="s">
-        <v>697</v>
+        <v>693</v>
       </c>
       <c r="D5" t="s">
-        <v>698</v>
+        <v>694</v>
       </c>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B6" t="s">
-        <v>699</v>
+        <v>695</v>
       </c>
       <c r="D6" t="s">
-        <v>700</v>
+        <v>696</v>
       </c>
     </row>
     <row r="7" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B7" t="s">
-        <v>701</v>
+        <v>697</v>
       </c>
       <c r="C7" t="s">
-        <v>113</v>
+        <v>109</v>
       </c>
       <c r="D7" t="s">
-        <v>702</v>
+        <v>698</v>
       </c>
     </row>
     <row r="8" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B8" t="s">
-        <v>703</v>
+        <v>699</v>
       </c>
       <c r="C8" t="s">
-        <v>116</v>
+        <v>112</v>
       </c>
       <c r="D8" t="s">
-        <v>704</v>
+        <v>700</v>
       </c>
     </row>
     <row r="9" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B9" t="s">
-        <v>705</v>
+        <v>701</v>
       </c>
       <c r="C9" t="s">
-        <v>119</v>
+        <v>115</v>
       </c>
       <c r="D9" t="s">
-        <v>706</v>
+        <v>702</v>
       </c>
     </row>
     <row r="10" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B10" t="s">
-        <v>707</v>
+        <v>703</v>
       </c>
       <c r="C10" t="s">
-        <v>122</v>
+        <v>118</v>
       </c>
       <c r="D10" t="s">
-        <v>708</v>
+        <v>704</v>
       </c>
     </row>
     <row r="11" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B11" t="s">
-        <v>709</v>
+        <v>705</v>
       </c>
       <c r="C11" t="s">
-        <v>125</v>
+        <v>121</v>
       </c>
       <c r="D11" t="s">
-        <v>710</v>
+        <v>706</v>
       </c>
     </row>
     <row r="12" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B12" t="s">
-        <v>711</v>
+        <v>707</v>
       </c>
       <c r="C12" t="s">
-        <v>128</v>
+        <v>124</v>
       </c>
       <c r="D12" t="s">
-        <v>712</v>
+        <v>708</v>
       </c>
     </row>
     <row r="13" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B13" t="s">
-        <v>713</v>
+        <v>709</v>
       </c>
       <c r="C13" t="s">
-        <v>131</v>
+        <v>127</v>
       </c>
       <c r="D13" t="s">
-        <v>714</v>
+        <v>710</v>
       </c>
     </row>
     <row r="14" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B14" t="s">
-        <v>715</v>
+        <v>711</v>
       </c>
       <c r="C14" t="s">
-        <v>134</v>
+        <v>130</v>
       </c>
       <c r="D14" t="s">
-        <v>716</v>
+        <v>712</v>
       </c>
     </row>
     <row r="15" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B15" t="s">
-        <v>717</v>
+        <v>713</v>
       </c>
       <c r="C15" t="s">
-        <v>137</v>
+        <v>133</v>
       </c>
       <c r="D15" t="s">
-        <v>718</v>
+        <v>714</v>
       </c>
     </row>
     <row r="16" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B16" t="s">
-        <v>719</v>
+        <v>715</v>
       </c>
       <c r="C16" t="s">
-        <v>140</v>
+        <v>136</v>
       </c>
       <c r="D16" t="s">
-        <v>720</v>
+        <v>716</v>
       </c>
     </row>
     <row r="17" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B17" t="s">
-        <v>721</v>
+        <v>717</v>
       </c>
       <c r="C17" t="s">
-        <v>143</v>
+        <v>139</v>
       </c>
       <c r="D17" t="s">
-        <v>722</v>
+        <v>718</v>
       </c>
     </row>
     <row r="18" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B18" t="s">
-        <v>723</v>
+        <v>719</v>
       </c>
       <c r="C18" t="s">
-        <v>146</v>
+        <v>142</v>
       </c>
       <c r="D18" t="s">
-        <v>724</v>
+        <v>720</v>
       </c>
     </row>
     <row r="19" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B19" t="s">
-        <v>725</v>
+        <v>721</v>
       </c>
       <c r="C19" t="s">
-        <v>149</v>
+        <v>145</v>
       </c>
       <c r="D19" t="s">
-        <v>726</v>
+        <v>722</v>
       </c>
     </row>
     <row r="20" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B20" t="s">
-        <v>727</v>
+        <v>723</v>
       </c>
       <c r="C20" t="s">
-        <v>152</v>
+        <v>148</v>
       </c>
       <c r="D20" t="s">
-        <v>728</v>
+        <v>724</v>
       </c>
     </row>
     <row r="21" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B21" t="s">
-        <v>729</v>
+        <v>725</v>
       </c>
       <c r="C21" t="s">
-        <v>155</v>
+        <v>151</v>
       </c>
       <c r="D21" t="s">
-        <v>730</v>
+        <v>726</v>
       </c>
     </row>
     <row r="22" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B22" t="s">
-        <v>731</v>
+        <v>727</v>
       </c>
       <c r="C22" t="s">
-        <v>158</v>
+        <v>154</v>
       </c>
       <c r="D22" t="s">
-        <v>732</v>
+        <v>728</v>
       </c>
     </row>
     <row r="23" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B23" t="s">
-        <v>733</v>
+        <v>729</v>
       </c>
       <c r="C23" t="s">
-        <v>210</v>
+        <v>206</v>
       </c>
       <c r="D23" t="s">
-        <v>734</v>
+        <v>730</v>
       </c>
     </row>
     <row r="24" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B24" t="s">
-        <v>735</v>
+        <v>731</v>
       </c>
       <c r="C24" t="s">
-        <v>213</v>
+        <v>209</v>
       </c>
       <c r="D24" t="s">
-        <v>736</v>
+        <v>732</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0800-000000000000}">
   <dimension ref="A1:D30"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>96</v>
+        <v>92</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>97</v>
+        <v>93</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>98</v>
+        <v>94</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
         <v>34</v>
       </c>
       <c r="B2" t="s">
         <v>35</v>
       </c>
       <c r="D2" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="3" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
-        <v>737</v>
+        <v>733</v>
       </c>
       <c r="B3" t="s">
-        <v>100</v>
+        <v>96</v>
       </c>
       <c r="D3" t="s">
-        <v>740</v>
+        <v>736</v>
       </c>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A4" t="s">
-        <v>738</v>
+        <v>734</v>
       </c>
       <c r="B4" t="s">
-        <v>102</v>
+        <v>98</v>
       </c>
       <c r="D4" t="s">
-        <v>741</v>
+        <v>737</v>
       </c>
     </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A5" t="s">
-        <v>739</v>
+        <v>735</v>
       </c>
       <c r="B5" t="s">
-        <v>164</v>
+        <v>160</v>
       </c>
       <c r="D5" t="s">
-        <v>742</v>
+        <v>738</v>
       </c>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B6" t="s">
-        <v>108</v>
+        <v>104</v>
       </c>
       <c r="D6" t="s">
-        <v>743</v>
+        <v>739</v>
       </c>
     </row>
     <row r="7" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B7" t="s">
-        <v>302</v>
+        <v>298</v>
       </c>
       <c r="D7" t="s">
-        <v>744</v>
+        <v>740</v>
       </c>
     </row>
     <row r="8" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B8" t="s">
-        <v>745</v>
+        <v>741</v>
       </c>
       <c r="D8" t="s">
-        <v>746</v>
+        <v>742</v>
       </c>
     </row>
     <row r="9" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B9" t="s">
-        <v>747</v>
+        <v>743</v>
       </c>
       <c r="C9" t="s">
-        <v>113</v>
+        <v>109</v>
       </c>
       <c r="D9" t="s">
-        <v>748</v>
+        <v>744</v>
       </c>
     </row>
     <row r="10" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B10" t="s">
-        <v>749</v>
+        <v>745</v>
       </c>
       <c r="C10" t="s">
-        <v>116</v>
+        <v>112</v>
       </c>
       <c r="D10" t="s">
-        <v>750</v>
+        <v>746</v>
       </c>
     </row>
     <row r="11" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B11" t="s">
-        <v>751</v>
+        <v>747</v>
       </c>
       <c r="C11" t="s">
-        <v>119</v>
+        <v>115</v>
       </c>
       <c r="D11" t="s">
-        <v>752</v>
+        <v>748</v>
       </c>
     </row>
     <row r="12" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B12" t="s">
-        <v>753</v>
+        <v>749</v>
       </c>
       <c r="C12" t="s">
-        <v>122</v>
+        <v>118</v>
       </c>
       <c r="D12" t="s">
-        <v>754</v>
+        <v>750</v>
       </c>
     </row>
     <row r="13" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B13" t="s">
-        <v>755</v>
+        <v>751</v>
       </c>
       <c r="C13" t="s">
-        <v>125</v>
+        <v>121</v>
       </c>
       <c r="D13" t="s">
-        <v>756</v>
+        <v>752</v>
       </c>
     </row>
     <row r="14" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B14" t="s">
-        <v>757</v>
+        <v>753</v>
       </c>
       <c r="C14" t="s">
-        <v>128</v>
+        <v>124</v>
       </c>
       <c r="D14" t="s">
-        <v>758</v>
+        <v>754</v>
       </c>
     </row>
     <row r="15" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B15" t="s">
-        <v>759</v>
+        <v>755</v>
       </c>
       <c r="C15" t="s">
-        <v>131</v>
+        <v>127</v>
       </c>
       <c r="D15" t="s">
-        <v>760</v>
+        <v>756</v>
       </c>
     </row>
     <row r="16" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B16" t="s">
-        <v>761</v>
+        <v>757</v>
       </c>
       <c r="C16" t="s">
-        <v>134</v>
+        <v>130</v>
       </c>
       <c r="D16" t="s">
-        <v>762</v>
+        <v>758</v>
       </c>
     </row>
     <row r="17" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B17" t="s">
-        <v>763</v>
+        <v>759</v>
       </c>
       <c r="C17" t="s">
-        <v>137</v>
+        <v>133</v>
       </c>
       <c r="D17" t="s">
-        <v>764</v>
+        <v>760</v>
       </c>
     </row>
     <row r="18" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B18" t="s">
-        <v>765</v>
+        <v>761</v>
       </c>
       <c r="C18" t="s">
-        <v>140</v>
+        <v>136</v>
       </c>
       <c r="D18" t="s">
-        <v>766</v>
+        <v>762</v>
       </c>
     </row>
     <row r="19" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B19" t="s">
-        <v>767</v>
+        <v>763</v>
       </c>
       <c r="C19" t="s">
-        <v>143</v>
+        <v>139</v>
       </c>
       <c r="D19" t="s">
-        <v>768</v>
+        <v>764</v>
       </c>
     </row>
     <row r="20" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B20" t="s">
-        <v>769</v>
+        <v>765</v>
       </c>
       <c r="C20" t="s">
-        <v>146</v>
+        <v>142</v>
       </c>
       <c r="D20" t="s">
-        <v>770</v>
+        <v>766</v>
       </c>
     </row>
     <row r="21" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B21" t="s">
-        <v>771</v>
+        <v>767</v>
       </c>
       <c r="C21" t="s">
-        <v>149</v>
+        <v>145</v>
       </c>
       <c r="D21" t="s">
-        <v>772</v>
+        <v>768</v>
       </c>
     </row>
     <row r="22" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B22" t="s">
-        <v>773</v>
+        <v>769</v>
       </c>
       <c r="C22" t="s">
-        <v>152</v>
+        <v>148</v>
       </c>
       <c r="D22" t="s">
-        <v>774</v>
+        <v>770</v>
       </c>
     </row>
     <row r="23" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B23" t="s">
-        <v>775</v>
+        <v>771</v>
       </c>
       <c r="C23" t="s">
-        <v>155</v>
+        <v>151</v>
       </c>
       <c r="D23" t="s">
-        <v>776</v>
+        <v>772</v>
       </c>
     </row>
     <row r="24" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B24" t="s">
-        <v>777</v>
+        <v>773</v>
       </c>
       <c r="C24" t="s">
-        <v>158</v>
+        <v>154</v>
       </c>
       <c r="D24" t="s">
-        <v>778</v>
+        <v>774</v>
       </c>
     </row>
     <row r="25" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B25" t="s">
-        <v>779</v>
+        <v>775</v>
       </c>
       <c r="C25" t="s">
-        <v>210</v>
+        <v>206</v>
       </c>
       <c r="D25" t="s">
-        <v>780</v>
+        <v>776</v>
       </c>
     </row>
     <row r="26" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B26" t="s">
-        <v>781</v>
+        <v>777</v>
       </c>
       <c r="C26" t="s">
-        <v>213</v>
+        <v>209</v>
       </c>
       <c r="D26" t="s">
-        <v>782</v>
+        <v>778</v>
       </c>
     </row>
     <row r="27" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B27" t="s">
-        <v>783</v>
+        <v>779</v>
       </c>
       <c r="C27" t="s">
-        <v>216</v>
+        <v>212</v>
       </c>
       <c r="D27" t="s">
-        <v>784</v>
+        <v>780</v>
       </c>
     </row>
     <row r="28" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B28" t="s">
-        <v>785</v>
+        <v>781</v>
       </c>
       <c r="C28" t="s">
-        <v>219</v>
+        <v>215</v>
       </c>
       <c r="D28" t="s">
-        <v>786</v>
+        <v>782</v>
       </c>
     </row>
     <row r="29" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B29" t="s">
-        <v>787</v>
+        <v>783</v>
       </c>
       <c r="C29" t="s">
-        <v>222</v>
+        <v>218</v>
       </c>
       <c r="D29" t="s">
-        <v>788</v>
+        <v>784</v>
       </c>
     </row>
     <row r="30" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B30" t="s">
-        <v>789</v>
+        <v>785</v>
       </c>
       <c r="C30" t="s">
-        <v>225</v>
+        <v>221</v>
       </c>
       <c r="D30" t="s">
-        <v>790</v>
+        <v>786</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>25</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="25" baseType="lpstr">
       <vt:lpstr>Subscription Title List</vt:lpstr>
       <vt:lpstr>Yamada, 02 ed. - Practical Gui</vt:lpstr>
       <vt:lpstr>Carney, 02 ed. - Clinical Sleep</vt:lpstr>
       <vt:lpstr>Marini, 05 ed. - Critical Care</vt:lpstr>
       <vt:lpstr>Husain, 05 ed. - Current Practi</vt:lpstr>
       <vt:lpstr>Campbell, 08 ed. - DeJong's The</vt:lpstr>
       <vt:lpstr>Hoppenfeld, 01 ed. - Fundamenta</vt:lpstr>
       <vt:lpstr>Evans, 02 ed. - Handbook of Hea</vt:lpstr>
       <vt:lpstr>Sims, 01 ed. - Handbook of Pedi</vt:lpstr>
       <vt:lpstr>Wiebers, 03 ed. - Handbook of S</vt:lpstr>
       <vt:lpstr>Boland, 05 ed. - Kaplan Sadock</vt:lpstr>
       <vt:lpstr>Brazis, 08 ed. - Localization i</vt:lpstr>
       <vt:lpstr>Jagoda, 01 ed. - Manual of Neur</vt:lpstr>
       <vt:lpstr>Louis, 14 ed. - Merritt’s Neuro</vt:lpstr>
       <vt:lpstr>Zamora, 05 ed. - Neuroradiology</vt:lpstr>
       <vt:lpstr>Jankovic, 06 ed. - Parkinson's</vt:lpstr>
       <vt:lpstr>Wakeman, 1 ed. - Pocket Addicti</vt:lpstr>
       <vt:lpstr>Matiello, 03 ed. - Pocket Neuro</vt:lpstr>
       <vt:lpstr>Yamada, 02 ed. - Practical Guid</vt:lpstr>
       <vt:lpstr>Biller, 05 ed. - Practical Neur</vt:lpstr>
       <vt:lpstr>Biller, 02 ed. - Practical Neur</vt:lpstr>
       <vt:lpstr>Samuels, 10 ed. - Samuels’s Man</vt:lpstr>
       <vt:lpstr>Levine, 01 ed. - The Washington</vt:lpstr>
       <vt:lpstr>Miller, 04 ed. - Walsh and Hoyt</vt:lpstr>
-      <vt:lpstr>Wyllie, 07 ed. - Wyllie's Treat</vt:lpstr>
+      <vt:lpstr>Morrison, 08 ed. - Wyllie's Tre</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>puseascm05tol02$</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_fe6ee112-9e5c-4f16-b63d-fcad06e1707e_Enabled">
+    <vt:lpwstr>true</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_fe6ee112-9e5c-4f16-b63d-fcad06e1707e_SetDate">
+    <vt:lpwstr>2025-11-10T16:25:54Z</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_fe6ee112-9e5c-4f16-b63d-fcad06e1707e_Method">
+    <vt:lpwstr>Standard</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_fe6ee112-9e5c-4f16-b63d-fcad06e1707e_Name">
+    <vt:lpwstr>Internal Use</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_fe6ee112-9e5c-4f16-b63d-fcad06e1707e_SiteId">
+    <vt:lpwstr>8ac76c91-e7f1-41ff-a89c-3553b2da2c17</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_fe6ee112-9e5c-4f16-b63d-fcad06e1707e_ActionId">
+    <vt:lpwstr>7af57fd9-4c94-41bc-b38a-3cac2dce3574</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_fe6ee112-9e5c-4f16-b63d-fcad06e1707e_ContentBits">
+    <vt:lpwstr>0</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_fe6ee112-9e5c-4f16-b63d-fcad06e1707e_Tag">
+    <vt:lpwstr>10, 3, 0, 1</vt:lpwstr>
+  </property>
+</Properties>
+</file>