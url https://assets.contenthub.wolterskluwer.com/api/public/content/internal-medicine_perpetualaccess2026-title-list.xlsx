--- v0 (2026-01-08)
+++ v1 (2026-02-11)
@@ -17,132 +17,136 @@
   <Override PartName="/xl/worksheets/sheet11.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet12.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet13.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet14.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet15.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet16.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet17.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet18.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet19.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet20.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet21.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet22.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet23.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet24.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet25.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet26.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet27.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet28.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet29.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet30.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet31.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet32.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet33.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet34.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet35.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet36.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet37.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29426"/>
   <workbookPr codeName="ThisWorkbook" defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://wolterskluwer-my.sharepoint.com/personal/leanne_vandetty_wolterskluwer_com/Documents/Health Library/Health Library Repository/Health Library Title Lists/Perpetual Access/2026/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="125" documentId="11_8CB4A7080CB55DC0DF9BF4B006194FE2037AB08D" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{F512A8CF-8B2F-40C6-986D-1889E6FEBB60}"/>
+  <xr:revisionPtr revIDLastSave="151" documentId="11_8CB4A7080CB55DC0DF9BF4B006194FE2037AB08D" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{51DBDA84-1E4D-4637-8191-AAF8C473206F}"/>
   <bookViews>
-    <workbookView xWindow="9510" yWindow="0" windowWidth="9780" windowHeight="10170" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10300" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Perpetual Access 2026 Titles" sheetId="1" r:id="rId1"/>
     <sheet name="Byrne, 01 ed. - Artificial Inte" sheetId="2" r:id="rId2"/>
     <sheet name="Kanjee, 01 ed. - Cases in Hospi" sheetId="3" r:id="rId3"/>
     <sheet name="Howley, 07 ed. - Fields Virolog" sheetId="4" r:id="rId4"/>
     <sheet name="Howley, 07 ed. - Fields Vi (1)" sheetId="5" r:id="rId5"/>
     <sheet name="Howley, 07 ed. - Fields Vi (2)" sheetId="6" r:id="rId6"/>
     <sheet name="Mansoor - Frameworks for Intern" sheetId="7" r:id="rId7"/>
     <sheet name="Liao, 01 ed. - Internal Medicin" sheetId="8" r:id="rId8"/>
     <sheet name="Lotke, 02 ed. - Lippincott's Pr" sheetId="9" r:id="rId9"/>
     <sheet name="Weiner, 06 ed. - Neurology for" sheetId="10" r:id="rId10"/>
     <sheet name="Lewis, 07 ed. - Neurology for t" sheetId="32" r:id="rId11"/>
     <sheet name="Landsberg, 01 ed. - On Rounds 1" sheetId="11" r:id="rId12"/>
     <sheet name="Sabatine, 09 ed. - Pocket Medic" sheetId="36" r:id="rId13"/>
     <sheet name="Ahn, 01 ed. - Pocket Notebook P" sheetId="13" r:id="rId14"/>
     <sheet name="Ahn, 02 ed. - Pocket Nephrology" sheetId="34" r:id="rId15"/>
     <sheet name="Goroll, 08 ed. - Primary Care M" sheetId="14" r:id="rId16"/>
     <sheet name="Lo, 06 ed. - Resolving Ethical" sheetId="15" r:id="rId17"/>
     <sheet name="Orient, 05 ed. - Sapira's Art S" sheetId="16" r:id="rId18"/>
     <sheet name="Nelson, 02 ed. - Systematic Rev" sheetId="17" r:id="rId19"/>
     <sheet name="Stoller, 06 ed. - The Cleveland" sheetId="18" r:id="rId20"/>
     <sheet name="Thaler, 10 ed. - The Only EKG B" sheetId="19" r:id="rId21"/>
-    <sheet name="Freer, 01 ed. - The Washington" sheetId="20" r:id="rId22"/>
-[...12 lines deleted...]
-    <sheet name="Kahl, 02 ed. - The Washington M" sheetId="31" r:id="rId35"/>
+    <sheet name="Thaler, 11 ed. - The Only EKG B" sheetId="38" r:id="rId22"/>
+    <sheet name="Freer, 01 ed. - The Washington" sheetId="20" r:id="rId23"/>
+    <sheet name="Alhamad, 01 ed. - The Washingto" sheetId="21" r:id="rId24"/>
+    <sheet name="Baranski, 04 ed. - The Washingt" sheetId="22" r:id="rId25"/>
+    <sheet name="McGill - The Washington Manual®" sheetId="33" r:id="rId26"/>
+    <sheet name="Ancha, 37 ed. - The Washington" sheetId="23" r:id="rId27"/>
+    <sheet name="Daniel, 38 ed. - The Washington" sheetId="37" r:id="rId28"/>
+    <sheet name="Lyons, 03 ed. - The Washington" sheetId="24" r:id="rId29"/>
+    <sheet name="Kau, 03 ed. - The Washington Ma" sheetId="25" r:id="rId30"/>
+    <sheet name="Sadhu, 04 ed. - The Washington" sheetId="26" r:id="rId31"/>
+    <sheet name="Kirmani, 03 ed. - The Washingto" sheetId="27" r:id="rId32"/>
+    <sheet name="Alhamad, 04 ed. - The Washingto" sheetId="28" r:id="rId33"/>
+    <sheet name="Shifren, 02 ed. - The Washingto" sheetId="29" r:id="rId34"/>
+    <sheet name="Anderson, 03 ed. - The Washingt" sheetId="35" r:id="rId35"/>
+    <sheet name="Gyawali, 04 ed. - The Washingto" sheetId="30" r:id="rId36"/>
+    <sheet name="Kahl, 02 ed. - The Washington M" sheetId="31" r:id="rId37"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4942" uniqueCount="3632">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="5106" uniqueCount="3698">
   <si>
     <t>Author</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Edition</t>
   </si>
   <si>
     <t>ISBN</t>
   </si>
   <si>
     <t>Year Published</t>
   </si>
   <si>
     <t>Title Level URL</t>
   </si>
   <si>
     <t>Date Added to HL</t>
   </si>
   <si>
     <t>Daniel W. Byrne, MS</t>
   </si>
   <si>
@@ -10900,56 +10904,50 @@
   <si>
     <t>Coming in 2026</t>
   </si>
   <si>
     <t>Shimizu</t>
   </si>
   <si>
     <t>Art of Diagnostic Strategy, 1e</t>
   </si>
   <si>
     <t>Howley</t>
   </si>
   <si>
     <t>Fields Virology, 8e</t>
   </si>
   <si>
     <t>Thaler</t>
   </si>
   <si>
     <t>The Only EKG Book You'll Ever Need, 11e</t>
   </si>
   <si>
     <t>The Only Neurology Book You’ll Ever Need, 2e</t>
   </si>
   <si>
-    <t>Daniels</t>
-[...4 lines deleted...]
-  <si>
     <t>Marc S. Sabatine, MD, MPH</t>
   </si>
   <si>
     <t>Pocket Notebook: Pocket Medicine, 9e</t>
   </si>
   <si>
     <t>https://internalmedicine.lwwhealthlibrary.com/book.aspx?bookid=3446</t>
   </si>
   <si>
     <t>https://internalmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261119493&amp;bookId=3446</t>
   </si>
   <si>
     <t>https://internalmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261119497&amp;bookId=3446</t>
   </si>
   <si>
     <t>https://internalmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261119504&amp;bookId=3446</t>
   </si>
   <si>
     <t>https://internalmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261119618&amp;bookId=3446</t>
   </si>
   <si>
     <t>https://internalmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261119625&amp;bookId=3446</t>
   </si>
   <si>
     <t xml:space="preserve"> Cardiology</t>
@@ -10997,136 +10995,350 @@
     <t xml:space="preserve"> Rheumatology</t>
   </si>
   <si>
     <t>https://internalmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261124303&amp;bookId=3446</t>
   </si>
   <si>
     <t xml:space="preserve"> Neurology</t>
   </si>
   <si>
     <t>https://internalmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261125029&amp;bookId=3446</t>
   </si>
   <si>
     <t xml:space="preserve"> Consults</t>
   </si>
   <si>
     <t>https://internalmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261125384&amp;bookId=3446</t>
   </si>
   <si>
     <t>https://internalmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261185997&amp;bookId=3446</t>
   </si>
   <si>
     <t>Glossary</t>
   </si>
   <si>
     <t>https://internalmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261125468&amp;bookId=3446</t>
+  </si>
+  <si>
+    <t>Malcolm S. Thaler</t>
+  </si>
+  <si>
+    <t>https://internalmedicine.lwwhealthlibrary.com/book.aspx?bookid=3476</t>
+  </si>
+  <si>
+    <t>Edward Daniel, MD, PhD</t>
+  </si>
+  <si>
+    <t>The Washington Manual&lt;sup&gt;®&lt;/sup&gt; of Medical Therapeutics, 38e</t>
+  </si>
+  <si>
+    <t>https://internalmedicine.lwwhealthlibrary.com/book.aspx?bookid=3469</t>
+  </si>
+  <si>
+    <t>The Washington Manual® of Medical Therapeutics, 38e</t>
+  </si>
+  <si>
+    <t>Kelly Gorrell, MD</t>
+  </si>
+  <si>
+    <t>https://internalmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261689119&amp;bookId=3469</t>
+  </si>
+  <si>
+    <t>David Lambert, MD</t>
+  </si>
+  <si>
+    <t>https://internalmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261689123&amp;bookId=3469</t>
+  </si>
+  <si>
+    <t>Francis Loh, MD</t>
+  </si>
+  <si>
+    <t>https://internalmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261689132&amp;bookId=3469</t>
+  </si>
+  <si>
+    <t>James McFarlin, MD</t>
+  </si>
+  <si>
+    <t>https://internalmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261689139&amp;bookId=3469</t>
+  </si>
+  <si>
+    <t>Karl Wallenkampf, MD</t>
+  </si>
+  <si>
+    <t>https://internalmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261689149&amp;bookId=3469</t>
+  </si>
+  <si>
+    <t>https://internalmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261689150&amp;bookId=3469</t>
+  </si>
+  <si>
+    <t>https://internalmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261689418&amp;bookId=3469</t>
+  </si>
+  <si>
+    <t>https://internalmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261689523&amp;bookId=3469</t>
+  </si>
+  <si>
+    <t>https://internalmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261689642&amp;bookId=3469</t>
+  </si>
+  <si>
+    <t>https://internalmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261689915&amp;bookId=3469</t>
+  </si>
+  <si>
+    <t>https://internalmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261690152&amp;bookId=3469</t>
+  </si>
+  <si>
+    <t>https://internalmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261690365&amp;bookId=3469</t>
+  </si>
+  <si>
+    <t>https://internalmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261690663&amp;bookId=3469</t>
+  </si>
+  <si>
+    <t>https://internalmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261690813&amp;bookId=3469</t>
+  </si>
+  <si>
+    <t>https://internalmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261690990&amp;bookId=3469</t>
+  </si>
+  <si>
+    <t>https://internalmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261691555&amp;bookId=3469</t>
+  </si>
+  <si>
+    <t>https://internalmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261691758&amp;bookId=3469</t>
+  </si>
+  <si>
+    <t>https://internalmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261692038&amp;bookId=3469</t>
+  </si>
+  <si>
+    <t>https://internalmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261692273&amp;bookId=3469</t>
+  </si>
+  <si>
+    <t>https://internalmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261693142&amp;bookId=3469</t>
+  </si>
+  <si>
+    <t>https://internalmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261693404&amp;bookId=3469</t>
+  </si>
+  <si>
+    <t>Solid Organ Transplant</t>
+  </si>
+  <si>
+    <t>https://internalmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261693760&amp;bookId=3469</t>
+  </si>
+  <si>
+    <t>https://internalmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261693856&amp;bookId=3469</t>
+  </si>
+  <si>
+    <t>https://internalmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261694193&amp;bookId=3469</t>
+  </si>
+  <si>
+    <t>https://internalmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261694662&amp;bookId=3469</t>
+  </si>
+  <si>
+    <t>https://internalmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261694991&amp;bookId=3469</t>
+  </si>
+  <si>
+    <t>https://internalmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261695317&amp;bookId=3469</t>
+  </si>
+  <si>
+    <t>https://internalmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261695836&amp;bookId=3469</t>
+  </si>
+  <si>
+    <t>https://internalmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261696068&amp;bookId=3469</t>
+  </si>
+  <si>
+    <t>https://internalmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261696259&amp;bookId=3469</t>
+  </si>
+  <si>
+    <t>https://internalmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261696499&amp;bookId=3469</t>
+  </si>
+  <si>
+    <t>https://internalmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261696643&amp;bookId=3469</t>
+  </si>
+  <si>
+    <t>https://internalmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261697061&amp;bookId=3469</t>
+  </si>
+  <si>
+    <t>https://internalmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261697650&amp;bookId=3469</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Appendix A</t>
+  </si>
+  <si>
+    <t>https://internalmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261697789&amp;bookId=3469</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Appendix B</t>
+  </si>
+  <si>
+    <t>https://internalmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261697819&amp;bookId=3469</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Appendix C</t>
+  </si>
+  <si>
+    <t>https://internalmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261697824&amp;bookId=3469</t>
+  </si>
+  <si>
+    <t>https://internalmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261759780&amp;bookId=3476</t>
+  </si>
+  <si>
+    <t>The Only EKG Book You'll Ever Need</t>
+  </si>
+  <si>
+    <t>https://internalmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261759784&amp;bookId=3476</t>
+  </si>
+  <si>
+    <t>https://internalmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261759786&amp;bookId=3476</t>
+  </si>
+  <si>
+    <t>https://internalmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261759789&amp;bookId=3476</t>
+  </si>
+  <si>
+    <t>https://internalmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261759791&amp;bookId=3476</t>
+  </si>
+  <si>
+    <t>https://internalmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261759799&amp;bookId=3476</t>
+  </si>
+  <si>
+    <t>https://internalmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261759819&amp;bookId=3476</t>
+  </si>
+  <si>
+    <t>https://internalmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261760084&amp;bookId=3476</t>
+  </si>
+  <si>
+    <t>https://internalmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261760261&amp;bookId=3476</t>
+  </si>
+  <si>
+    <t>https://internalmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261760605&amp;bookId=3476</t>
+  </si>
+  <si>
+    <t>https://internalmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261760816&amp;bookId=3476</t>
+  </si>
+  <si>
+    <t>https://internalmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261760888&amp;bookId=3476</t>
+  </si>
+  <si>
+    <t>https://internalmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261761131&amp;bookId=3476</t>
+  </si>
+  <si>
+    <t>https://internalmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261761364&amp;bookId=3476</t>
+  </si>
+  <si>
+    <t>https://internalmedicine.lwwhealthlibrary.com/content.aspx?sectionId=261761534&amp;bookId=3476</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="4" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Tahoma"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <name val="Tahoma"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <name val="Tahoma"/>
+      <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Tahoma"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="4">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF808080"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
-  <cellStyleXfs count="1">
+  <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="2" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="9">
+  <cellXfs count="16">
     <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="14" fontId="0" fillId="2" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="1" fontId="1" fillId="3" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
     <xf numFmtId="1" fontId="0" fillId="2" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="1" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="1"/>
+    <xf numFmtId="14" fontId="3" fillId="2" borderId="0" xfId="1" applyNumberFormat="1"/>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="1"/>
+    <xf numFmtId="14" fontId="3" fillId="2" borderId="0" xfId="1" applyNumberFormat="1"/>
+    <xf numFmtId="1" fontId="3" fillId="2" borderId="0" xfId="1" applyNumberFormat="1"/>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="1"/>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="1"/>
   </cellXfs>
-  <cellStyles count="1">
+  <cellStyles count="2">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
+    <cellStyle name="Normal 2" xfId="1" xr:uid="{D793979A-7FA7-49EC-B6F2-A833C5673E92}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet13.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet18.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet26.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet21.xml"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet34.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet12.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet17.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet25.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet33.xml"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet16.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet20.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet29.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet11.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet24.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet32.xml"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet15.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet23.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet28.xml"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet10.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet19.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet31.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet14.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet22.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet27.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet30.xml"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet35.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet13.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet18.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet26.xml"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet21.xml"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet34.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet12.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet17.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet25.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet33.xml"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet16.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet20.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet29.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet11.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet24.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet32.xml"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet37.xml"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet15.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet23.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet28.xml"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet36.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet10.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet19.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet31.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet14.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet22.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet27.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet30.xml"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet35.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 2013 - 2022 Theme">
   <a:themeElements>
     <a:clrScheme name="Office 2013 - 2022">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -11384,60 +11596,60 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:G36"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A20" workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="2" width="50.7265625" customWidth="1"/>
     <col min="3" max="3" width="7.36328125" bestFit="1" customWidth="1"/>
-    <col min="4" max="4" width="50.7265625" style="5" customWidth="1"/>
-    <col min="5" max="7" width="50.7265625" customWidth="1"/>
+    <col min="4" max="4" width="16.453125" style="5" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="14.81640625" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="50.7265625" customWidth="1"/>
+    <col min="7" max="7" width="17.1796875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="4" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
@@ -11692,66 +11904,66 @@
     <row r="13" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A13" t="s">
         <v>32</v>
       </c>
       <c r="B13" t="s">
         <v>33</v>
       </c>
       <c r="C13">
         <v>1</v>
       </c>
       <c r="D13" s="5">
         <v>9781496322210</v>
       </c>
       <c r="E13">
         <v>2016</v>
       </c>
       <c r="F13" t="s">
         <v>34</v>
       </c>
       <c r="G13" s="2">
         <v>43692</v>
       </c>
     </row>
     <row r="14" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A14" t="s">
-        <v>3601</v>
+        <v>3599</v>
       </c>
       <c r="B14" t="s">
-        <v>3602</v>
+        <v>3600</v>
       </c>
       <c r="C14">
         <v>9</v>
       </c>
       <c r="D14" s="5">
         <v>9781975242947</v>
       </c>
       <c r="E14">
         <v>2026</v>
       </c>
       <c r="F14" t="s">
-        <v>3603</v>
+        <v>3601</v>
       </c>
       <c r="G14" s="2">
         <v>45932</v>
       </c>
     </row>
     <row r="15" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A15" t="s">
         <v>3281</v>
       </c>
       <c r="B15" t="s">
         <v>3439</v>
       </c>
       <c r="C15">
         <v>2</v>
       </c>
       <c r="D15" s="5">
         <v>9781975214937</v>
       </c>
       <c r="E15">
         <v>2025</v>
       </c>
       <c r="F15" t="s">
         <v>3440</v>
       </c>
       <c r="G15" s="2">
@@ -11852,69 +12064,69 @@
     </row>
     <row r="20" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A20" t="s">
         <v>53</v>
       </c>
       <c r="B20" t="s">
         <v>54</v>
       </c>
       <c r="C20">
         <v>10</v>
       </c>
       <c r="D20" s="5">
         <v>9781975185831</v>
       </c>
       <c r="E20">
         <v>2023</v>
       </c>
       <c r="F20" t="s">
         <v>55</v>
       </c>
       <c r="G20" s="2">
         <v>44603</v>
       </c>
     </row>
     <row r="21" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A21" t="s">
-[...2 lines deleted...]
-      <c r="B21" s="8" t="s">
+      <c r="A21" s="9" t="s">
+        <v>3630</v>
+      </c>
+      <c r="B21" s="9" t="s">
         <v>3597</v>
       </c>
-      <c r="C21">
-[...2 lines deleted...]
-      <c r="D21" s="5">
+      <c r="C21" s="9"/>
+      <c r="D21" s="13">
         <v>9781975246617</v>
       </c>
-      <c r="E21">
-[...5 lines deleted...]
-      <c r="G21" s="2"/>
+      <c r="E21" s="9">
+        <v>2027</v>
+      </c>
+      <c r="F21" s="9" t="s">
+        <v>3631</v>
+      </c>
+      <c r="G21" s="10">
+        <v>46034</v>
+      </c>
     </row>
     <row r="22" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A22" t="s">
         <v>3596</v>
       </c>
       <c r="B22" s="8" t="s">
         <v>3598</v>
       </c>
       <c r="C22">
         <v>2</v>
       </c>
       <c r="D22" s="5">
         <v>9781975263461</v>
       </c>
       <c r="E22">
         <v>2026</v>
       </c>
       <c r="F22" s="8" t="s">
         <v>3591</v>
       </c>
       <c r="G22" s="2"/>
     </row>
     <row r="23" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A23" t="s">
         <v>56</v>
@@ -11986,69 +12198,71 @@
     </row>
     <row r="26" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A26" t="s">
         <v>65</v>
       </c>
       <c r="B26" t="s">
         <v>3586</v>
       </c>
       <c r="C26">
         <v>37</v>
       </c>
       <c r="D26" s="5">
         <v>9781975190620</v>
       </c>
       <c r="E26">
         <v>2023</v>
       </c>
       <c r="F26" t="s">
         <v>67</v>
       </c>
       <c r="G26" s="2">
         <v>44817</v>
       </c>
     </row>
     <row r="27" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A27" t="s">
-[...5 lines deleted...]
-      <c r="C27">
+      <c r="A27" s="11" t="s">
+        <v>3632</v>
+      </c>
+      <c r="B27" s="11" t="s">
+        <v>3635</v>
+      </c>
+      <c r="C27" s="11">
         <v>38</v>
       </c>
-      <c r="D27" s="5">
+      <c r="D27" s="13">
         <v>9781975245405</v>
       </c>
-      <c r="E27">
-[...5 lines deleted...]
-      <c r="G27" s="2"/>
+      <c r="E27" s="11">
+        <v>2025</v>
+      </c>
+      <c r="F27" s="11" t="s">
+        <v>3634</v>
+      </c>
+      <c r="G27" s="12">
+        <v>46000</v>
+      </c>
     </row>
     <row r="28" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A28" t="s">
         <v>68</v>
       </c>
       <c r="B28" t="s">
         <v>3587</v>
       </c>
       <c r="C28">
         <v>3</v>
       </c>
       <c r="D28" s="5">
         <v>9781975180515</v>
       </c>
       <c r="E28">
         <v>2023</v>
       </c>
       <c r="F28" t="s">
         <v>70</v>
       </c>
       <c r="G28" s="2">
         <v>44604</v>
       </c>
     </row>
     <row r="29" spans="1:7" x14ac:dyDescent="0.25">
@@ -13314,193 +13528,193 @@
 
 <file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{1DB4F06D-E6C2-4020-BCF9-762BF3B6803F}">
   <dimension ref="A1:D19"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>92</v>
       </c>
       <c r="B1" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="3" t="s">
         <v>93</v>
       </c>
       <c r="D1" s="3" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
+        <v>3599</v>
+      </c>
+      <c r="B2" t="s">
+        <v>3600</v>
+      </c>
+      <c r="D2" t="s">
         <v>3601</v>
-      </c>
-[...4 lines deleted...]
-        <v>3603</v>
       </c>
     </row>
     <row r="3" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B3" t="s">
         <v>95</v>
       </c>
       <c r="D3" t="s">
-        <v>3604</v>
+        <v>3602</v>
       </c>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B4" t="s">
         <v>3290</v>
       </c>
       <c r="D4" t="s">
-        <v>3605</v>
+        <v>3603</v>
       </c>
     </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B5" t="s">
         <v>3365</v>
       </c>
       <c r="D5" t="s">
-        <v>3606</v>
+        <v>3604</v>
       </c>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B6" t="s">
         <v>416</v>
       </c>
       <c r="D6" t="s">
-        <v>3607</v>
+        <v>3605</v>
       </c>
     </row>
     <row r="7" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B7" t="s">
         <v>418</v>
       </c>
       <c r="D7" t="s">
-        <v>3608</v>
+        <v>3606</v>
       </c>
     </row>
     <row r="8" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B8" t="s">
-        <v>3609</v>
+        <v>3607</v>
       </c>
       <c r="D8" t="s">
-        <v>3610</v>
+        <v>3608</v>
       </c>
     </row>
     <row r="9" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B9" t="s">
-        <v>3611</v>
+        <v>3609</v>
       </c>
       <c r="D9" t="s">
-        <v>3612</v>
+        <v>3610</v>
       </c>
     </row>
     <row r="10" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B10" t="s">
-        <v>3613</v>
+        <v>3611</v>
       </c>
       <c r="D10" t="s">
-        <v>3614</v>
+        <v>3612</v>
       </c>
     </row>
     <row r="11" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B11" t="s">
-        <v>3615</v>
+        <v>3613</v>
       </c>
       <c r="D11" t="s">
-        <v>3616</v>
+        <v>3614</v>
       </c>
     </row>
     <row r="12" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B12" t="s">
-        <v>3617</v>
+        <v>3615</v>
       </c>
       <c r="D12" t="s">
-        <v>3618</v>
+        <v>3616</v>
       </c>
     </row>
     <row r="13" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B13" t="s">
-        <v>3619</v>
+        <v>3617</v>
       </c>
       <c r="D13" t="s">
-        <v>3620</v>
+        <v>3618</v>
       </c>
     </row>
     <row r="14" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B14" t="s">
-        <v>3621</v>
+        <v>3619</v>
       </c>
       <c r="D14" t="s">
-        <v>3622</v>
+        <v>3620</v>
       </c>
     </row>
     <row r="15" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B15" t="s">
-        <v>3623</v>
+        <v>3621</v>
       </c>
       <c r="D15" t="s">
-        <v>3624</v>
+        <v>3622</v>
       </c>
     </row>
     <row r="16" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B16" t="s">
-        <v>3625</v>
+        <v>3623</v>
       </c>
       <c r="D16" t="s">
-        <v>3626</v>
+        <v>3624</v>
       </c>
     </row>
     <row r="17" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B17" t="s">
-        <v>3627</v>
+        <v>3625</v>
       </c>
       <c r="D17" t="s">
-        <v>3628</v>
+        <v>3626</v>
       </c>
     </row>
     <row r="18" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B18" t="s">
         <v>1263</v>
       </c>
       <c r="D18" t="s">
-        <v>3629</v>
+        <v>3627</v>
       </c>
     </row>
     <row r="19" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B19" t="s">
-        <v>3630</v>
+        <v>3628</v>
       </c>
       <c r="D19" t="s">
-        <v>3631</v>
+        <v>3629</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet14.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0C00-000000000000}">
   <dimension ref="A1:D20"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>92</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
@@ -19720,50 +19934,256 @@
       </c>
       <c r="C14" t="s">
         <v>203</v>
       </c>
       <c r="D14" t="s">
         <v>2424</v>
       </c>
     </row>
     <row r="15" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B15" t="s">
         <v>2425</v>
       </c>
       <c r="C15" t="s">
         <v>206</v>
       </c>
       <c r="D15" t="s">
         <v>2426</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet22.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{151977B0-274A-4086-8304-73D2B37A1146}">
+  <dimension ref="A1:D17"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
+  <sheetData>
+    <row r="1" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A1" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="B1" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" s="1" t="s">
+        <v>93</v>
+      </c>
+      <c r="D1" s="1" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="2" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A2" s="15" t="s">
+        <v>3630</v>
+      </c>
+      <c r="B2" s="15" t="s">
+        <v>3597</v>
+      </c>
+      <c r="C2" s="15"/>
+      <c r="D2" s="15" t="s">
+        <v>3631</v>
+      </c>
+    </row>
+    <row r="3" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A3" s="15"/>
+      <c r="B3" s="15" t="s">
+        <v>95</v>
+      </c>
+      <c r="C3" s="15"/>
+      <c r="D3" s="15" t="s">
+        <v>3682</v>
+      </c>
+    </row>
+    <row r="4" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A4" s="15"/>
+      <c r="B4" s="15" t="s">
+        <v>3683</v>
+      </c>
+      <c r="C4" s="15"/>
+      <c r="D4" s="15" t="s">
+        <v>3684</v>
+      </c>
+    </row>
+    <row r="5" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A5" s="15"/>
+      <c r="B5" s="15" t="s">
+        <v>3683</v>
+      </c>
+      <c r="C5" s="15"/>
+      <c r="D5" s="15" t="s">
+        <v>3685</v>
+      </c>
+    </row>
+    <row r="6" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A6" s="15"/>
+      <c r="B6" s="15" t="s">
+        <v>97</v>
+      </c>
+      <c r="C6" s="15"/>
+      <c r="D6" s="15" t="s">
+        <v>3686</v>
+      </c>
+    </row>
+    <row r="7" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A7" s="15"/>
+      <c r="B7" s="15" t="s">
+        <v>99</v>
+      </c>
+      <c r="C7" s="15"/>
+      <c r="D7" s="15" t="s">
+        <v>3687</v>
+      </c>
+    </row>
+    <row r="8" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A8" s="15"/>
+      <c r="B8" s="15" t="s">
+        <v>2408</v>
+      </c>
+      <c r="C8" s="15"/>
+      <c r="D8" s="15" t="s">
+        <v>3688</v>
+      </c>
+    </row>
+    <row r="9" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A9" s="15"/>
+      <c r="B9" s="15" t="s">
+        <v>2410</v>
+      </c>
+      <c r="C9" s="15" t="s">
+        <v>182</v>
+      </c>
+      <c r="D9" s="15" t="s">
+        <v>3689</v>
+      </c>
+    </row>
+    <row r="10" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A10" s="15"/>
+      <c r="B10" s="15" t="s">
+        <v>2412</v>
+      </c>
+      <c r="C10" s="15" t="s">
+        <v>185</v>
+      </c>
+      <c r="D10" s="15" t="s">
+        <v>3690</v>
+      </c>
+    </row>
+    <row r="11" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A11" s="15"/>
+      <c r="B11" s="15" t="s">
+        <v>2393</v>
+      </c>
+      <c r="C11" s="15" t="s">
+        <v>188</v>
+      </c>
+      <c r="D11" s="15" t="s">
+        <v>3691</v>
+      </c>
+    </row>
+    <row r="12" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A12" s="15"/>
+      <c r="B12" s="15" t="s">
+        <v>2415</v>
+      </c>
+      <c r="C12" s="15" t="s">
+        <v>191</v>
+      </c>
+      <c r="D12" s="15" t="s">
+        <v>3692</v>
+      </c>
+    </row>
+    <row r="13" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A13" s="15"/>
+      <c r="B13" s="15" t="s">
+        <v>2417</v>
+      </c>
+      <c r="C13" s="15" t="s">
+        <v>194</v>
+      </c>
+      <c r="D13" s="15" t="s">
+        <v>3693</v>
+      </c>
+    </row>
+    <row r="14" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A14" s="15"/>
+      <c r="B14" s="15" t="s">
+        <v>2419</v>
+      </c>
+      <c r="C14" s="15" t="s">
+        <v>197</v>
+      </c>
+      <c r="D14" s="15" t="s">
+        <v>3694</v>
+      </c>
+    </row>
+    <row r="15" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A15" s="15"/>
+      <c r="B15" s="15" t="s">
+        <v>2421</v>
+      </c>
+      <c r="C15" s="15" t="s">
+        <v>200</v>
+      </c>
+      <c r="D15" s="15" t="s">
+        <v>3695</v>
+      </c>
+    </row>
+    <row r="16" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A16" s="15"/>
+      <c r="B16" s="15" t="s">
+        <v>2423</v>
+      </c>
+      <c r="C16" s="15" t="s">
+        <v>203</v>
+      </c>
+      <c r="D16" s="15" t="s">
+        <v>3696</v>
+      </c>
+    </row>
+    <row r="17" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B17" s="15" t="s">
+        <v>2425</v>
+      </c>
+      <c r="C17" s="15" t="s">
+        <v>206</v>
+      </c>
+      <c r="D17" s="15" t="s">
+        <v>3697</v>
+      </c>
+    </row>
+  </sheetData>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet23.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1300-000000000000}">
   <dimension ref="A1:D13"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>92</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>93</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
@@ -19869,51 +20289,51 @@
         <v>2441</v>
       </c>
       <c r="C12" t="s">
         <v>197</v>
       </c>
       <c r="D12" t="s">
         <v>2442</v>
       </c>
     </row>
     <row r="13" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B13" t="s">
         <v>2443</v>
       </c>
       <c r="C13" t="s">
         <v>200</v>
       </c>
       <c r="D13" t="s">
         <v>2444</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet23.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet24.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1400-000000000000}">
   <dimension ref="A1:D32"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>92</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>93</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
@@ -20225,51 +20645,51 @@
         <v>2497</v>
       </c>
       <c r="C31" t="s">
         <v>251</v>
       </c>
       <c r="D31" t="s">
         <v>2498</v>
       </c>
     </row>
     <row r="32" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B32" t="s">
         <v>2499</v>
       </c>
       <c r="C32" t="s">
         <v>254</v>
       </c>
       <c r="D32" t="s">
         <v>2500</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet24.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet25.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1500-000000000000}">
   <dimension ref="A1:D53"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>92</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>93</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
@@ -20806,51 +21226,51 @@
         <v>2593</v>
       </c>
       <c r="C52" t="s">
         <v>1396</v>
       </c>
       <c r="D52" t="s">
         <v>2594</v>
       </c>
     </row>
     <row r="53" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B53" t="s">
         <v>2595</v>
       </c>
       <c r="C53" t="s">
         <v>1399</v>
       </c>
       <c r="D53" t="s">
         <v>2596</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet25.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet26.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{E2DB4623-F445-415A-8AB6-D60D25286D4C}">
   <dimension ref="A1:D53"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>92</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>93</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
@@ -21378,51 +21798,51 @@
         <v>3435</v>
       </c>
       <c r="C52" t="s">
         <v>1391</v>
       </c>
       <c r="D52" t="s">
         <v>3436</v>
       </c>
     </row>
     <row r="53" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B53" t="s">
         <v>3437</v>
       </c>
       <c r="C53" t="s">
         <v>547</v>
       </c>
       <c r="D53" t="s">
         <v>3438</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet26.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet27.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1600-000000000000}">
   <dimension ref="A1:D38"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>92</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>93</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
@@ -21815,51 +22235,513 @@
         <v>2666</v>
       </c>
       <c r="C37" t="s">
         <v>2667</v>
       </c>
       <c r="D37" t="s">
         <v>2668</v>
       </c>
     </row>
     <row r="38" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B38" t="s">
         <v>2669</v>
       </c>
       <c r="C38" t="s">
         <v>2670</v>
       </c>
       <c r="D38" t="s">
         <v>2671</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet27.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet28.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{E7283719-C056-46B1-86A6-FDF6AC9F5A2D}">
+  <dimension ref="A1:D39"/>
+  <sheetViews>
+    <sheetView workbookViewId="0">
+      <selection sqref="A1:D1"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
+  <sheetData>
+    <row r="1" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A1" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="B1" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" s="1" t="s">
+        <v>93</v>
+      </c>
+      <c r="D1" s="1" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="2" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A2" s="14" t="s">
+        <v>3632</v>
+      </c>
+      <c r="B2" s="14" t="s">
+        <v>3633</v>
+      </c>
+      <c r="C2" s="14"/>
+      <c r="D2" s="14" t="s">
+        <v>3634</v>
+      </c>
+    </row>
+    <row r="3" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A3" s="14" t="s">
+        <v>3636</v>
+      </c>
+      <c r="B3" s="14" t="s">
+        <v>95</v>
+      </c>
+      <c r="C3" s="14"/>
+      <c r="D3" s="14" t="s">
+        <v>3637</v>
+      </c>
+    </row>
+    <row r="4" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A4" s="14" t="s">
+        <v>3638</v>
+      </c>
+      <c r="B4" s="14" t="s">
+        <v>97</v>
+      </c>
+      <c r="C4" s="14"/>
+      <c r="D4" s="14" t="s">
+        <v>3639</v>
+      </c>
+    </row>
+    <row r="5" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A5" s="14" t="s">
+        <v>3640</v>
+      </c>
+      <c r="B5" s="14" t="s">
+        <v>99</v>
+      </c>
+      <c r="C5" s="14"/>
+      <c r="D5" s="14" t="s">
+        <v>3641</v>
+      </c>
+    </row>
+    <row r="6" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A6" s="14" t="s">
+        <v>3642</v>
+      </c>
+      <c r="B6" s="14" t="s">
+        <v>2449</v>
+      </c>
+      <c r="C6" s="14"/>
+      <c r="D6" s="14" t="s">
+        <v>3643</v>
+      </c>
+    </row>
+    <row r="7" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A7" s="14" t="s">
+        <v>3644</v>
+      </c>
+      <c r="B7" s="14" t="s">
+        <v>175</v>
+      </c>
+      <c r="C7" s="14"/>
+      <c r="D7" s="14" t="s">
+        <v>3645</v>
+      </c>
+    </row>
+    <row r="8" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A8" s="14"/>
+      <c r="B8" s="14" t="s">
+        <v>2607</v>
+      </c>
+      <c r="C8" s="14" t="s">
+        <v>182</v>
+      </c>
+      <c r="D8" s="14" t="s">
+        <v>3646</v>
+      </c>
+    </row>
+    <row r="9" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A9" s="14"/>
+      <c r="B9" s="14" t="s">
+        <v>2609</v>
+      </c>
+      <c r="C9" s="14" t="s">
+        <v>185</v>
+      </c>
+      <c r="D9" s="14" t="s">
+        <v>3647</v>
+      </c>
+    </row>
+    <row r="10" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A10" s="14"/>
+      <c r="B10" s="14" t="s">
+        <v>2611</v>
+      </c>
+      <c r="C10" s="14" t="s">
+        <v>188</v>
+      </c>
+      <c r="D10" s="14" t="s">
+        <v>3648</v>
+      </c>
+    </row>
+    <row r="11" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A11" s="14"/>
+      <c r="B11" s="14" t="s">
+        <v>2613</v>
+      </c>
+      <c r="C11" s="14" t="s">
+        <v>191</v>
+      </c>
+      <c r="D11" s="14" t="s">
+        <v>3649</v>
+      </c>
+    </row>
+    <row r="12" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A12" s="14"/>
+      <c r="B12" s="14" t="s">
+        <v>2615</v>
+      </c>
+      <c r="C12" s="14" t="s">
+        <v>194</v>
+      </c>
+      <c r="D12" s="14" t="s">
+        <v>3650</v>
+      </c>
+    </row>
+    <row r="13" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A13" s="14"/>
+      <c r="B13" s="14" t="s">
+        <v>2617</v>
+      </c>
+      <c r="C13" s="14" t="s">
+        <v>197</v>
+      </c>
+      <c r="D13" s="14" t="s">
+        <v>3651</v>
+      </c>
+    </row>
+    <row r="14" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A14" s="14"/>
+      <c r="B14" s="14" t="s">
+        <v>2619</v>
+      </c>
+      <c r="C14" s="14" t="s">
+        <v>200</v>
+      </c>
+      <c r="D14" s="14" t="s">
+        <v>3652</v>
+      </c>
+    </row>
+    <row r="15" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A15" s="14"/>
+      <c r="B15" s="14" t="s">
+        <v>2621</v>
+      </c>
+      <c r="C15" s="14" t="s">
+        <v>203</v>
+      </c>
+      <c r="D15" s="14" t="s">
+        <v>3653</v>
+      </c>
+    </row>
+    <row r="16" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A16" s="14"/>
+      <c r="B16" s="14" t="s">
+        <v>2623</v>
+      </c>
+      <c r="C16" s="14" t="s">
+        <v>206</v>
+      </c>
+      <c r="D16" s="14" t="s">
+        <v>3654</v>
+      </c>
+    </row>
+    <row r="17" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B17" s="14" t="s">
+        <v>2625</v>
+      </c>
+      <c r="C17" s="14" t="s">
+        <v>209</v>
+      </c>
+      <c r="D17" s="14" t="s">
+        <v>3655</v>
+      </c>
+    </row>
+    <row r="18" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B18" s="14" t="s">
+        <v>2627</v>
+      </c>
+      <c r="C18" s="14" t="s">
+        <v>212</v>
+      </c>
+      <c r="D18" s="14" t="s">
+        <v>3656</v>
+      </c>
+    </row>
+    <row r="19" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B19" s="14" t="s">
+        <v>2629</v>
+      </c>
+      <c r="C19" s="14" t="s">
+        <v>215</v>
+      </c>
+      <c r="D19" s="14" t="s">
+        <v>3657</v>
+      </c>
+    </row>
+    <row r="20" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B20" s="14" t="s">
+        <v>2631</v>
+      </c>
+      <c r="C20" s="14" t="s">
+        <v>218</v>
+      </c>
+      <c r="D20" s="14" t="s">
+        <v>3658</v>
+      </c>
+    </row>
+    <row r="21" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B21" s="14" t="s">
+        <v>2633</v>
+      </c>
+      <c r="C21" s="14" t="s">
+        <v>221</v>
+      </c>
+      <c r="D21" s="14" t="s">
+        <v>3659</v>
+      </c>
+    </row>
+    <row r="22" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B22" s="14" t="s">
+        <v>2635</v>
+      </c>
+      <c r="C22" s="14" t="s">
+        <v>224</v>
+      </c>
+      <c r="D22" s="14" t="s">
+        <v>3660</v>
+      </c>
+    </row>
+    <row r="23" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B23" s="14" t="s">
+        <v>2637</v>
+      </c>
+      <c r="C23" s="14" t="s">
+        <v>227</v>
+      </c>
+      <c r="D23" s="14" t="s">
+        <v>3661</v>
+      </c>
+    </row>
+    <row r="24" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B24" s="14" t="s">
+        <v>3662</v>
+      </c>
+      <c r="C24" s="14" t="s">
+        <v>230</v>
+      </c>
+      <c r="D24" s="14" t="s">
+        <v>3663</v>
+      </c>
+    </row>
+    <row r="25" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B25" s="14" t="s">
+        <v>2641</v>
+      </c>
+      <c r="C25" s="14" t="s">
+        <v>233</v>
+      </c>
+      <c r="D25" s="14" t="s">
+        <v>3664</v>
+      </c>
+    </row>
+    <row r="26" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B26" s="14" t="s">
+        <v>2643</v>
+      </c>
+      <c r="C26" s="14" t="s">
+        <v>236</v>
+      </c>
+      <c r="D26" s="14" t="s">
+        <v>3665</v>
+      </c>
+    </row>
+    <row r="27" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B27" s="14" t="s">
+        <v>2645</v>
+      </c>
+      <c r="C27" s="14" t="s">
+        <v>239</v>
+      </c>
+      <c r="D27" s="14" t="s">
+        <v>3666</v>
+      </c>
+    </row>
+    <row r="28" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B28" s="14" t="s">
+        <v>2647</v>
+      </c>
+      <c r="C28" s="14" t="s">
+        <v>242</v>
+      </c>
+      <c r="D28" s="14" t="s">
+        <v>3667</v>
+      </c>
+    </row>
+    <row r="29" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B29" s="14" t="s">
+        <v>2649</v>
+      </c>
+      <c r="C29" s="14" t="s">
+        <v>245</v>
+      </c>
+      <c r="D29" s="14" t="s">
+        <v>3668</v>
+      </c>
+    </row>
+    <row r="30" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B30" s="14" t="s">
+        <v>2651</v>
+      </c>
+      <c r="C30" s="14" t="s">
+        <v>248</v>
+      </c>
+      <c r="D30" s="14" t="s">
+        <v>3669</v>
+      </c>
+    </row>
+    <row r="31" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B31" s="14" t="s">
+        <v>2653</v>
+      </c>
+      <c r="C31" s="14" t="s">
+        <v>251</v>
+      </c>
+      <c r="D31" s="14" t="s">
+        <v>3670</v>
+      </c>
+    </row>
+    <row r="32" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B32" s="14" t="s">
+        <v>2655</v>
+      </c>
+      <c r="C32" s="14" t="s">
+        <v>254</v>
+      </c>
+      <c r="D32" s="14" t="s">
+        <v>3671</v>
+      </c>
+    </row>
+    <row r="33" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B33" s="14" t="s">
+        <v>2657</v>
+      </c>
+      <c r="C33" s="14" t="s">
+        <v>257</v>
+      </c>
+      <c r="D33" s="14" t="s">
+        <v>3672</v>
+      </c>
+    </row>
+    <row r="34" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B34" s="14" t="s">
+        <v>2659</v>
+      </c>
+      <c r="C34" s="14" t="s">
+        <v>260</v>
+      </c>
+      <c r="D34" s="14" t="s">
+        <v>3673</v>
+      </c>
+    </row>
+    <row r="35" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B35" s="14" t="s">
+        <v>2661</v>
+      </c>
+      <c r="C35" s="14" t="s">
+        <v>263</v>
+      </c>
+      <c r="D35" s="14" t="s">
+        <v>3674</v>
+      </c>
+    </row>
+    <row r="36" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B36" s="14" t="s">
+        <v>2757</v>
+      </c>
+      <c r="C36" s="14" t="s">
+        <v>266</v>
+      </c>
+      <c r="D36" s="14" t="s">
+        <v>3675</v>
+      </c>
+    </row>
+    <row r="37" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B37" s="14" t="s">
+        <v>2663</v>
+      </c>
+      <c r="C37" s="14" t="s">
+        <v>3676</v>
+      </c>
+      <c r="D37" s="14" t="s">
+        <v>3677</v>
+      </c>
+    </row>
+    <row r="38" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B38" s="14" t="s">
+        <v>2666</v>
+      </c>
+      <c r="C38" s="14" t="s">
+        <v>3678</v>
+      </c>
+      <c r="D38" s="14" t="s">
+        <v>3679</v>
+      </c>
+    </row>
+    <row r="39" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B39" s="14" t="s">
+        <v>2669</v>
+      </c>
+      <c r="C39" s="14" t="s">
+        <v>3680</v>
+      </c>
+      <c r="D39" s="14" t="s">
+        <v>3681</v>
+      </c>
+    </row>
+  </sheetData>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet29.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1700-000000000000}">
   <dimension ref="A1:D64"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>92</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>93</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
@@ -22492,923 +23374,50 @@
       </c>
       <c r="D62" t="s">
         <v>2773</v>
       </c>
     </row>
     <row r="63" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B63" t="s">
         <v>1438</v>
       </c>
       <c r="C63" t="s">
         <v>1414</v>
       </c>
       <c r="D63" t="s">
         <v>2774</v>
       </c>
     </row>
     <row r="64" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B64" t="s">
         <v>2775</v>
       </c>
       <c r="C64" t="s">
         <v>1417</v>
       </c>
       <c r="D64" t="s">
         <v>2776</v>
-      </c>
-[...871 lines deleted...]
-        <v>2915</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <dimension ref="A1:D38"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>92</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
@@ -23795,50 +23804,923 @@
       </c>
       <c r="C37" t="s">
         <v>266</v>
       </c>
       <c r="D37" t="s">
         <v>267</v>
       </c>
     </row>
     <row r="38" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B38" t="s">
         <v>268</v>
       </c>
       <c r="C38" t="s">
         <v>269</v>
       </c>
       <c r="D38" t="s">
         <v>270</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet30.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1800-000000000000}">
+  <dimension ref="A1:D27"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="4" width="50.7265625" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A1" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="B1" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" s="1" t="s">
+        <v>93</v>
+      </c>
+      <c r="D1" s="1" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="2" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A2" t="s">
+        <v>71</v>
+      </c>
+      <c r="B2" t="s">
+        <v>72</v>
+      </c>
+      <c r="D2" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="3" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A3" t="s">
+        <v>2777</v>
+      </c>
+      <c r="B3" t="s">
+        <v>95</v>
+      </c>
+      <c r="D3" t="s">
+        <v>2780</v>
+      </c>
+    </row>
+    <row r="4" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A4" t="s">
+        <v>2778</v>
+      </c>
+      <c r="B4" t="s">
+        <v>175</v>
+      </c>
+      <c r="D4" t="s">
+        <v>2781</v>
+      </c>
+    </row>
+    <row r="5" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A5" t="s">
+        <v>2779</v>
+      </c>
+      <c r="B5" t="s">
+        <v>2782</v>
+      </c>
+      <c r="D5" t="s">
+        <v>2783</v>
+      </c>
+    </row>
+    <row r="6" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A6" t="s">
+        <v>2504</v>
+      </c>
+      <c r="B6" t="s">
+        <v>99</v>
+      </c>
+      <c r="D6" t="s">
+        <v>2784</v>
+      </c>
+    </row>
+    <row r="7" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B7" t="s">
+        <v>2785</v>
+      </c>
+      <c r="C7" t="s">
+        <v>182</v>
+      </c>
+      <c r="D7" t="s">
+        <v>2786</v>
+      </c>
+    </row>
+    <row r="8" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B8" t="s">
+        <v>2787</v>
+      </c>
+      <c r="C8" t="s">
+        <v>185</v>
+      </c>
+      <c r="D8" t="s">
+        <v>2788</v>
+      </c>
+    </row>
+    <row r="9" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B9" t="s">
+        <v>2789</v>
+      </c>
+      <c r="C9" t="s">
+        <v>188</v>
+      </c>
+      <c r="D9" t="s">
+        <v>2790</v>
+      </c>
+    </row>
+    <row r="10" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B10" t="s">
+        <v>2791</v>
+      </c>
+      <c r="C10" t="s">
+        <v>191</v>
+      </c>
+      <c r="D10" t="s">
+        <v>2792</v>
+      </c>
+    </row>
+    <row r="11" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B11" t="s">
+        <v>2793</v>
+      </c>
+      <c r="C11" t="s">
+        <v>194</v>
+      </c>
+      <c r="D11" t="s">
+        <v>2794</v>
+      </c>
+    </row>
+    <row r="12" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B12" t="s">
+        <v>2795</v>
+      </c>
+      <c r="C12" t="s">
+        <v>197</v>
+      </c>
+      <c r="D12" t="s">
+        <v>2796</v>
+      </c>
+    </row>
+    <row r="13" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B13" t="s">
+        <v>2797</v>
+      </c>
+      <c r="C13" t="s">
+        <v>200</v>
+      </c>
+      <c r="D13" t="s">
+        <v>2798</v>
+      </c>
+    </row>
+    <row r="14" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B14" t="s">
+        <v>2799</v>
+      </c>
+      <c r="C14" t="s">
+        <v>203</v>
+      </c>
+      <c r="D14" t="s">
+        <v>2800</v>
+      </c>
+    </row>
+    <row r="15" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B15" t="s">
+        <v>2801</v>
+      </c>
+      <c r="C15" t="s">
+        <v>206</v>
+      </c>
+      <c r="D15" t="s">
+        <v>2802</v>
+      </c>
+    </row>
+    <row r="16" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B16" t="s">
+        <v>2803</v>
+      </c>
+      <c r="C16" t="s">
+        <v>209</v>
+      </c>
+      <c r="D16" t="s">
+        <v>2804</v>
+      </c>
+    </row>
+    <row r="17" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B17" t="s">
+        <v>2805</v>
+      </c>
+      <c r="C17" t="s">
+        <v>212</v>
+      </c>
+      <c r="D17" t="s">
+        <v>2806</v>
+      </c>
+    </row>
+    <row r="18" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B18" t="s">
+        <v>2807</v>
+      </c>
+      <c r="C18" t="s">
+        <v>215</v>
+      </c>
+      <c r="D18" t="s">
+        <v>2808</v>
+      </c>
+    </row>
+    <row r="19" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B19" t="s">
+        <v>2809</v>
+      </c>
+      <c r="C19" t="s">
+        <v>218</v>
+      </c>
+      <c r="D19" t="s">
+        <v>2810</v>
+      </c>
+    </row>
+    <row r="20" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B20" t="s">
+        <v>2811</v>
+      </c>
+      <c r="C20" t="s">
+        <v>221</v>
+      </c>
+      <c r="D20" t="s">
+        <v>2812</v>
+      </c>
+    </row>
+    <row r="21" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B21" t="s">
+        <v>2813</v>
+      </c>
+      <c r="C21" t="s">
+        <v>224</v>
+      </c>
+      <c r="D21" t="s">
+        <v>2814</v>
+      </c>
+    </row>
+    <row r="22" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B22" t="s">
+        <v>2815</v>
+      </c>
+      <c r="C22" t="s">
+        <v>227</v>
+      </c>
+      <c r="D22" t="s">
+        <v>2816</v>
+      </c>
+    </row>
+    <row r="23" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B23" t="s">
+        <v>2817</v>
+      </c>
+      <c r="C23" t="s">
+        <v>230</v>
+      </c>
+      <c r="D23" t="s">
+        <v>2818</v>
+      </c>
+    </row>
+    <row r="24" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B24" t="s">
+        <v>2819</v>
+      </c>
+      <c r="C24" t="s">
+        <v>233</v>
+      </c>
+      <c r="D24" t="s">
+        <v>2820</v>
+      </c>
+    </row>
+    <row r="25" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B25" t="s">
+        <v>2821</v>
+      </c>
+      <c r="C25" t="s">
+        <v>236</v>
+      </c>
+      <c r="D25" t="s">
+        <v>2822</v>
+      </c>
+    </row>
+    <row r="26" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B26" t="s">
+        <v>2823</v>
+      </c>
+      <c r="C26" t="s">
+        <v>239</v>
+      </c>
+      <c r="D26" t="s">
+        <v>2824</v>
+      </c>
+    </row>
+    <row r="27" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B27" t="s">
+        <v>2825</v>
+      </c>
+      <c r="C27" t="s">
+        <v>242</v>
+      </c>
+      <c r="D27" t="s">
+        <v>2826</v>
+      </c>
+    </row>
+  </sheetData>
+  <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet31.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1900-000000000000}">
+  <dimension ref="A1:D50"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="4" width="50.7265625" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A1" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="B1" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" s="1" t="s">
+        <v>93</v>
+      </c>
+      <c r="D1" s="1" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="2" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A2" t="s">
+        <v>74</v>
+      </c>
+      <c r="B2" t="s">
+        <v>75</v>
+      </c>
+      <c r="D2" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="3" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A3" t="s">
+        <v>2827</v>
+      </c>
+      <c r="B3" t="s">
+        <v>95</v>
+      </c>
+      <c r="D3" t="s">
+        <v>2829</v>
+      </c>
+    </row>
+    <row r="4" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A4" t="s">
+        <v>2828</v>
+      </c>
+      <c r="B4" t="s">
+        <v>97</v>
+      </c>
+      <c r="D4" t="s">
+        <v>2830</v>
+      </c>
+    </row>
+    <row r="5" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A5" t="s">
+        <v>2504</v>
+      </c>
+      <c r="B5" t="s">
+        <v>1256</v>
+      </c>
+      <c r="D5" t="s">
+        <v>2831</v>
+      </c>
+    </row>
+    <row r="6" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B6" t="s">
+        <v>2449</v>
+      </c>
+      <c r="D6" t="s">
+        <v>2832</v>
+      </c>
+    </row>
+    <row r="7" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B7" t="s">
+        <v>99</v>
+      </c>
+      <c r="D7" t="s">
+        <v>2833</v>
+      </c>
+    </row>
+    <row r="8" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B8" t="s">
+        <v>2834</v>
+      </c>
+      <c r="D8" t="s">
+        <v>2835</v>
+      </c>
+    </row>
+    <row r="9" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B9" t="s">
+        <v>2836</v>
+      </c>
+      <c r="D9" t="s">
+        <v>2837</v>
+      </c>
+    </row>
+    <row r="10" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B10" t="s">
+        <v>2838</v>
+      </c>
+      <c r="C10" t="s">
+        <v>182</v>
+      </c>
+      <c r="D10" t="s">
+        <v>2839</v>
+      </c>
+    </row>
+    <row r="11" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B11" t="s">
+        <v>2840</v>
+      </c>
+      <c r="C11" t="s">
+        <v>185</v>
+      </c>
+      <c r="D11" t="s">
+        <v>2841</v>
+      </c>
+    </row>
+    <row r="12" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B12" t="s">
+        <v>1234</v>
+      </c>
+      <c r="C12" t="s">
+        <v>188</v>
+      </c>
+      <c r="D12" t="s">
+        <v>2842</v>
+      </c>
+    </row>
+    <row r="13" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B13" t="s">
+        <v>2843</v>
+      </c>
+      <c r="C13" t="s">
+        <v>191</v>
+      </c>
+      <c r="D13" t="s">
+        <v>2844</v>
+      </c>
+    </row>
+    <row r="14" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B14" t="s">
+        <v>2845</v>
+      </c>
+      <c r="C14" t="s">
+        <v>194</v>
+      </c>
+      <c r="D14" t="s">
+        <v>2846</v>
+      </c>
+    </row>
+    <row r="15" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B15" t="s">
+        <v>2847</v>
+      </c>
+      <c r="C15" t="s">
+        <v>197</v>
+      </c>
+      <c r="D15" t="s">
+        <v>2848</v>
+      </c>
+    </row>
+    <row r="16" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B16" t="s">
+        <v>2849</v>
+      </c>
+      <c r="C16" t="s">
+        <v>200</v>
+      </c>
+      <c r="D16" t="s">
+        <v>2850</v>
+      </c>
+    </row>
+    <row r="17" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B17" t="s">
+        <v>2851</v>
+      </c>
+      <c r="C17" t="s">
+        <v>203</v>
+      </c>
+      <c r="D17" t="s">
+        <v>2852</v>
+      </c>
+    </row>
+    <row r="18" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B18" t="s">
+        <v>2853</v>
+      </c>
+      <c r="C18" t="s">
+        <v>206</v>
+      </c>
+      <c r="D18" t="s">
+        <v>2854</v>
+      </c>
+    </row>
+    <row r="19" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B19" t="s">
+        <v>2855</v>
+      </c>
+      <c r="C19" t="s">
+        <v>209</v>
+      </c>
+      <c r="D19" t="s">
+        <v>2856</v>
+      </c>
+    </row>
+    <row r="20" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B20" t="s">
+        <v>2857</v>
+      </c>
+      <c r="C20" t="s">
+        <v>212</v>
+      </c>
+      <c r="D20" t="s">
+        <v>2858</v>
+      </c>
+    </row>
+    <row r="21" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B21" t="s">
+        <v>2859</v>
+      </c>
+      <c r="C21" t="s">
+        <v>215</v>
+      </c>
+      <c r="D21" t="s">
+        <v>2860</v>
+      </c>
+    </row>
+    <row r="22" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B22" t="s">
+        <v>2861</v>
+      </c>
+      <c r="C22" t="s">
+        <v>218</v>
+      </c>
+      <c r="D22" t="s">
+        <v>2862</v>
+      </c>
+    </row>
+    <row r="23" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B23" t="s">
+        <v>2863</v>
+      </c>
+      <c r="C23" t="s">
+        <v>221</v>
+      </c>
+      <c r="D23" t="s">
+        <v>2864</v>
+      </c>
+    </row>
+    <row r="24" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B24" t="s">
+        <v>2865</v>
+      </c>
+      <c r="C24" t="s">
+        <v>224</v>
+      </c>
+      <c r="D24" t="s">
+        <v>2866</v>
+      </c>
+    </row>
+    <row r="25" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B25" t="s">
+        <v>2867</v>
+      </c>
+      <c r="C25" t="s">
+        <v>227</v>
+      </c>
+      <c r="D25" t="s">
+        <v>2868</v>
+      </c>
+    </row>
+    <row r="26" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B26" t="s">
+        <v>2869</v>
+      </c>
+      <c r="C26" t="s">
+        <v>230</v>
+      </c>
+      <c r="D26" t="s">
+        <v>2870</v>
+      </c>
+    </row>
+    <row r="27" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B27" t="s">
+        <v>2871</v>
+      </c>
+      <c r="C27" t="s">
+        <v>233</v>
+      </c>
+      <c r="D27" t="s">
+        <v>2872</v>
+      </c>
+    </row>
+    <row r="28" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B28" t="s">
+        <v>2873</v>
+      </c>
+      <c r="C28" t="s">
+        <v>236</v>
+      </c>
+      <c r="D28" t="s">
+        <v>2874</v>
+      </c>
+    </row>
+    <row r="29" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B29" t="s">
+        <v>2875</v>
+      </c>
+      <c r="C29" t="s">
+        <v>239</v>
+      </c>
+      <c r="D29" t="s">
+        <v>2876</v>
+      </c>
+    </row>
+    <row r="30" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B30" t="s">
+        <v>2877</v>
+      </c>
+      <c r="C30" t="s">
+        <v>242</v>
+      </c>
+      <c r="D30" t="s">
+        <v>2878</v>
+      </c>
+    </row>
+    <row r="31" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B31" t="s">
+        <v>2879</v>
+      </c>
+      <c r="C31" t="s">
+        <v>245</v>
+      </c>
+      <c r="D31" t="s">
+        <v>2880</v>
+      </c>
+    </row>
+    <row r="32" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B32" t="s">
+        <v>2881</v>
+      </c>
+      <c r="C32" t="s">
+        <v>248</v>
+      </c>
+      <c r="D32" t="s">
+        <v>2882</v>
+      </c>
+    </row>
+    <row r="33" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B33" t="s">
+        <v>2883</v>
+      </c>
+      <c r="C33" t="s">
+        <v>251</v>
+      </c>
+      <c r="D33" t="s">
+        <v>2884</v>
+      </c>
+    </row>
+    <row r="34" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B34" t="s">
+        <v>2885</v>
+      </c>
+      <c r="C34" t="s">
+        <v>254</v>
+      </c>
+      <c r="D34" t="s">
+        <v>2886</v>
+      </c>
+    </row>
+    <row r="35" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B35" t="s">
+        <v>2887</v>
+      </c>
+      <c r="C35" t="s">
+        <v>257</v>
+      </c>
+      <c r="D35" t="s">
+        <v>2888</v>
+      </c>
+    </row>
+    <row r="36" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B36" t="s">
+        <v>2889</v>
+      </c>
+      <c r="C36" t="s">
+        <v>260</v>
+      </c>
+      <c r="D36" t="s">
+        <v>2890</v>
+      </c>
+    </row>
+    <row r="37" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B37" t="s">
+        <v>226</v>
+      </c>
+      <c r="C37" t="s">
+        <v>263</v>
+      </c>
+      <c r="D37" t="s">
+        <v>2891</v>
+      </c>
+    </row>
+    <row r="38" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B38" t="s">
+        <v>2892</v>
+      </c>
+      <c r="C38" t="s">
+        <v>266</v>
+      </c>
+      <c r="D38" t="s">
+        <v>2893</v>
+      </c>
+    </row>
+    <row r="39" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B39" t="s">
+        <v>2894</v>
+      </c>
+      <c r="C39" t="s">
+        <v>269</v>
+      </c>
+      <c r="D39" t="s">
+        <v>2895</v>
+      </c>
+    </row>
+    <row r="40" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B40" t="s">
+        <v>2896</v>
+      </c>
+      <c r="C40" t="s">
+        <v>523</v>
+      </c>
+      <c r="D40" t="s">
+        <v>2897</v>
+      </c>
+    </row>
+    <row r="41" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B41" t="s">
+        <v>2395</v>
+      </c>
+      <c r="C41" t="s">
+        <v>1375</v>
+      </c>
+      <c r="D41" t="s">
+        <v>2898</v>
+      </c>
+    </row>
+    <row r="42" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B42" t="s">
+        <v>2899</v>
+      </c>
+      <c r="C42" t="s">
+        <v>1378</v>
+      </c>
+      <c r="D42" t="s">
+        <v>2900</v>
+      </c>
+    </row>
+    <row r="43" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B43" t="s">
+        <v>2901</v>
+      </c>
+      <c r="C43" t="s">
+        <v>1381</v>
+      </c>
+      <c r="D43" t="s">
+        <v>2902</v>
+      </c>
+    </row>
+    <row r="44" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B44" t="s">
+        <v>2903</v>
+      </c>
+      <c r="C44" t="s">
+        <v>537</v>
+      </c>
+      <c r="D44" t="s">
+        <v>2904</v>
+      </c>
+    </row>
+    <row r="45" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B45" t="s">
+        <v>2905</v>
+      </c>
+      <c r="C45" t="s">
+        <v>1386</v>
+      </c>
+      <c r="D45" t="s">
+        <v>2906</v>
+      </c>
+    </row>
+    <row r="46" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B46" t="s">
+        <v>2907</v>
+      </c>
+      <c r="C46" t="s">
+        <v>1391</v>
+      </c>
+      <c r="D46" t="s">
+        <v>2908</v>
+      </c>
+    </row>
+    <row r="47" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B47" t="s">
+        <v>2909</v>
+      </c>
+      <c r="C47" t="s">
+        <v>547</v>
+      </c>
+      <c r="D47" t="s">
+        <v>2910</v>
+      </c>
+    </row>
+    <row r="48" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B48" t="s">
+        <v>2911</v>
+      </c>
+      <c r="C48" t="s">
+        <v>1396</v>
+      </c>
+      <c r="D48" t="s">
+        <v>2912</v>
+      </c>
+    </row>
+    <row r="49" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B49" t="s">
+        <v>2402</v>
+      </c>
+      <c r="C49" t="s">
+        <v>1399</v>
+      </c>
+      <c r="D49" t="s">
+        <v>2913</v>
+      </c>
+    </row>
+    <row r="50" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B50" t="s">
+        <v>2914</v>
+      </c>
+      <c r="C50" t="s">
+        <v>1402</v>
+      </c>
+      <c r="D50" t="s">
+        <v>2915</v>
+      </c>
+    </row>
+  </sheetData>
+  <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet32.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1A00-000000000000}">
   <dimension ref="A1:D29"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>92</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>93</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
@@ -24129,51 +25011,51 @@
         <v>2961</v>
       </c>
       <c r="C28" t="s">
         <v>242</v>
       </c>
       <c r="D28" t="s">
         <v>2962</v>
       </c>
     </row>
     <row r="29" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B29" t="s">
         <v>2963</v>
       </c>
       <c r="C29" t="s">
         <v>245</v>
       </c>
       <c r="D29" t="s">
         <v>2964</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet31.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet33.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1B00-000000000000}">
   <dimension ref="A1:D46"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>92</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>93</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
@@ -24627,51 +25509,51 @@
         <v>3046</v>
       </c>
       <c r="C45" t="s">
         <v>269</v>
       </c>
       <c r="D45" t="s">
         <v>3047</v>
       </c>
     </row>
     <row r="46" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B46" t="s">
         <v>3048</v>
       </c>
       <c r="C46" t="s">
         <v>523</v>
       </c>
       <c r="D46" t="s">
         <v>3049</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet32.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet34.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1C00-000000000000}">
   <dimension ref="A1:D35"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>92</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>93</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
@@ -25031,51 +25913,51 @@
         <v>3106</v>
       </c>
       <c r="C34" t="s">
         <v>263</v>
       </c>
       <c r="D34" t="s">
         <v>3107</v>
       </c>
     </row>
     <row r="35" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B35" t="s">
         <v>3108</v>
       </c>
       <c r="C35" t="s">
         <v>266</v>
       </c>
       <c r="D35" t="s">
         <v>3109</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet33.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet35.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{E7990B52-6F2C-4D49-9AEF-85FD3D3DAA8E}">
   <dimension ref="A1:D36"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>92</v>
       </c>
       <c r="B1" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="3" t="s">
         <v>93</v>
       </c>
       <c r="D1" s="3" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
@@ -25443,51 +26325,51 @@
         <v>3573</v>
       </c>
       <c r="C35" t="s">
         <v>260</v>
       </c>
       <c r="D35" t="s">
         <v>3574</v>
       </c>
     </row>
     <row r="36" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B36" t="s">
         <v>3575</v>
       </c>
       <c r="C36" t="s">
         <v>263</v>
       </c>
       <c r="D36" t="s">
         <v>3576</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet34.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet36.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1D00-000000000000}">
   <dimension ref="A1:D34"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>92</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>93</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
@@ -25824,51 +26706,51 @@
         <v>3159</v>
       </c>
       <c r="C33" t="s">
         <v>254</v>
       </c>
       <c r="D33" t="s">
         <v>3160</v>
       </c>
     </row>
     <row r="34" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B34" t="s">
         <v>3161</v>
       </c>
       <c r="C34" t="s">
         <v>257</v>
       </c>
       <c r="D34" t="s">
         <v>3162</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet35.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet37.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1E00-000000000000}">
   <dimension ref="A1:D63"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>92</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>93</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
@@ -30637,82 +31519,84 @@
         <v>1155</v>
       </c>
       <c r="C99" t="s">
         <v>1156</v>
       </c>
       <c r="D99" t="s">
         <v>1157</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>35</vt:i4>
+        <vt:i4>37</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="35" baseType="lpstr">
+    <vt:vector size="37" baseType="lpstr">
       <vt:lpstr>Perpetual Access 2026 Titles</vt:lpstr>
       <vt:lpstr>Byrne, 01 ed. - Artificial Inte</vt:lpstr>
       <vt:lpstr>Kanjee, 01 ed. - Cases in Hospi</vt:lpstr>
       <vt:lpstr>Howley, 07 ed. - Fields Virolog</vt:lpstr>
       <vt:lpstr>Howley, 07 ed. - Fields Vi (1)</vt:lpstr>
       <vt:lpstr>Howley, 07 ed. - Fields Vi (2)</vt:lpstr>
       <vt:lpstr>Mansoor - Frameworks for Intern</vt:lpstr>
       <vt:lpstr>Liao, 01 ed. - Internal Medicin</vt:lpstr>
       <vt:lpstr>Lotke, 02 ed. - Lippincott's Pr</vt:lpstr>
       <vt:lpstr>Weiner, 06 ed. - Neurology for</vt:lpstr>
       <vt:lpstr>Lewis, 07 ed. - Neurology for t</vt:lpstr>
       <vt:lpstr>Landsberg, 01 ed. - On Rounds 1</vt:lpstr>
       <vt:lpstr>Sabatine, 09 ed. - Pocket Medic</vt:lpstr>
       <vt:lpstr>Ahn, 01 ed. - Pocket Notebook P</vt:lpstr>
       <vt:lpstr>Ahn, 02 ed. - Pocket Nephrology</vt:lpstr>
       <vt:lpstr>Goroll, 08 ed. - Primary Care M</vt:lpstr>
       <vt:lpstr>Lo, 06 ed. - Resolving Ethical</vt:lpstr>
       <vt:lpstr>Orient, 05 ed. - Sapira's Art S</vt:lpstr>
       <vt:lpstr>Nelson, 02 ed. - Systematic Rev</vt:lpstr>
       <vt:lpstr>Stoller, 06 ed. - The Cleveland</vt:lpstr>
       <vt:lpstr>Thaler, 10 ed. - The Only EKG B</vt:lpstr>
+      <vt:lpstr>Thaler, 11 ed. - The Only EKG B</vt:lpstr>
       <vt:lpstr>Freer, 01 ed. - The Washington</vt:lpstr>
       <vt:lpstr>Alhamad, 01 ed. - The Washingto</vt:lpstr>
       <vt:lpstr>Baranski, 04 ed. - The Washingt</vt:lpstr>
       <vt:lpstr>McGill - The Washington Manual®</vt:lpstr>
       <vt:lpstr>Ancha, 37 ed. - The Washington</vt:lpstr>
+      <vt:lpstr>Daniel, 38 ed. - The Washington</vt:lpstr>
       <vt:lpstr>Lyons, 03 ed. - The Washington</vt:lpstr>
       <vt:lpstr>Kau, 03 ed. - The Washington Ma</vt:lpstr>
       <vt:lpstr>Sadhu, 04 ed. - The Washington</vt:lpstr>
       <vt:lpstr>Kirmani, 03 ed. - The Washingto</vt:lpstr>
       <vt:lpstr>Alhamad, 04 ed. - The Washingto</vt:lpstr>
       <vt:lpstr>Shifren, 02 ed. - The Washingto</vt:lpstr>
       <vt:lpstr>Anderson, 03 ed. - The Washingt</vt:lpstr>
       <vt:lpstr>Gyawali, 04 ed. - The Washingto</vt:lpstr>
       <vt:lpstr>Kahl, 02 ed. - The Washington M</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>puseascm05tol01$</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>