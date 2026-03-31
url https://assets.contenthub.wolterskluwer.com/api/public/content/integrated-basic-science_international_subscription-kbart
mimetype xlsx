--- v0 (2025-10-27)
+++ v1 (2026-03-31)
@@ -1,7711 +1,9423 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
+  <Default Extension="xml" ContentType="application/xml"/>
+  <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
+  <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
-  <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Recec250c307a48b9" /></Relationships>
+<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-[...3 lines deleted...]
-</x:workbook>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29530"/>
+  <workbookPr defaultThemeVersion="202300"/>
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+    <mc:Choice Requires="x15">
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://wolterskluwer-my.sharepoint.com/personal/leanne_vandetty_wolterskluwer_com/Documents/Health Library/Health Library Repository/KBART Files/KBART Files/"/>
+    </mc:Choice>
+  </mc:AlternateContent>
+  <xr:revisionPtr revIDLastSave="4" documentId="11_97AFBF141D1FEC77880306AA88C21488400BF548" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{B8096282-777D-492E-BD47-094BAF7360E6}"/>
+  <bookViews>
+    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+  </bookViews>
+  <sheets>
+    <sheet name="sheet 1" sheetId="1" r:id="rId1"/>
+  </sheets>
+  <calcPr calcId="0"/>
+</workbook>
+</file>
+
+<file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2510" uniqueCount="402">
+  <si>
+    <t>publication_title</t>
+  </si>
+  <si>
+    <t>print_identifier</t>
+  </si>
+  <si>
+    <t>online_identifier</t>
+  </si>
+  <si>
+    <t>date_first_issue_online</t>
+  </si>
+  <si>
+    <t>num_first_vol_online</t>
+  </si>
+  <si>
+    <t>num_first_issue_online</t>
+  </si>
+  <si>
+    <t>date_last_issue_online</t>
+  </si>
+  <si>
+    <t>num_last_vol_online</t>
+  </si>
+  <si>
+    <t>num_last_issue_online</t>
+  </si>
+  <si>
+    <t>title_url</t>
+  </si>
+  <si>
+    <t>first_author</t>
+  </si>
+  <si>
+    <t>title_id</t>
+  </si>
+  <si>
+    <t>embargo_info</t>
+  </si>
+  <si>
+    <t>coverage_depth</t>
+  </si>
+  <si>
+    <t>notes</t>
+  </si>
+  <si>
+    <t>publisher_name</t>
+  </si>
+  <si>
+    <t>publication_type</t>
+  </si>
+  <si>
+    <t>date_monograph_published_print</t>
+  </si>
+  <si>
+    <t>date_monograph_published_online</t>
+  </si>
+  <si>
+    <t>monograph_volume</t>
+  </si>
+  <si>
+    <t>monograph_edition</t>
+  </si>
+  <si>
+    <t>first_editor</t>
+  </si>
+  <si>
+    <t>parent_publication_title_id</t>
+  </si>
+  <si>
+    <t>preceding_publication_title_id</t>
+  </si>
+  <si>
+    <t>access_type</t>
+  </si>
+  <si>
+    <t>DOI</t>
+  </si>
+  <si>
+    <t>Product</t>
+  </si>
+  <si>
+    <t>Atlas of Histology with Functional Correlations, 13e</t>
+  </si>
+  <si>
+    <t>978-1-496316-76-9</t>
+  </si>
+  <si>
+    <t>-</t>
+  </si>
+  <si>
+    <t>https://internationalintegrated.lwwhealthlibrary.com/book.aspx?bookid=2992</t>
+  </si>
+  <si>
+    <t>Eroschenko</t>
+  </si>
+  <si>
+    <t>fulltext</t>
+  </si>
+  <si>
+    <t>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</t>
+  </si>
+  <si>
+    <t>monograph</t>
+  </si>
+  <si>
+    <t>2017-01-01</t>
+  </si>
+  <si>
+    <t>13.00</t>
+  </si>
+  <si>
+    <t>Behavioral Science in Medicine, 2e</t>
+  </si>
+  <si>
+    <t>978-1-60913-664-2</t>
+  </si>
+  <si>
+    <t>https://internationalintegrated.lwwhealthlibrary.com/book.aspx?bookid=727</t>
+  </si>
+  <si>
+    <t>Fadem</t>
+  </si>
+  <si>
+    <t>Lippincott Williams &amp; Wilkins</t>
+  </si>
+  <si>
+    <t>2012-01-01</t>
+  </si>
+  <si>
+    <t>2.00</t>
+  </si>
+  <si>
+    <t>Biochemistry Behind the Symptoms, 1e</t>
+  </si>
+  <si>
+    <t>978-1-975191-47-4</t>
+  </si>
+  <si>
+    <t>https://internationalintegrated.lwwhealthlibrary.com/book.aspx?bookid=3240</t>
+  </si>
+  <si>
+    <t>Abali</t>
+  </si>
+  <si>
+    <t>2024-01-01</t>
+  </si>
+  <si>
+    <t>1.00</t>
+  </si>
+  <si>
+    <t>Cardiovascular Physiology Concepts, 3e</t>
+  </si>
+  <si>
+    <t>978-1-975150-07-5</t>
+  </si>
+  <si>
+    <t>https://internationalintegrated.lwwhealthlibrary.com/book.aspx?bookid=3021</t>
+  </si>
+  <si>
+    <t>Klabunde</t>
+  </si>
+  <si>
+    <t>2022-01-01</t>
+  </si>
+  <si>
+    <t>3.00</t>
+  </si>
+  <si>
+    <t>Cases &amp;amp; Concepts Step 1: Basic Science Review</t>
+  </si>
+  <si>
+    <t>978-0-7817-9391-9</t>
+  </si>
+  <si>
+    <t>https://internationalintegrated.lwwhealthlibrary.com/book.aspx?bookid=731</t>
+  </si>
+  <si>
+    <t>Caughey</t>
+  </si>
+  <si>
+    <t>2009-12-31</t>
+  </si>
+  <si>
+    <t>Cases and Concepts Step 1: Pathophysiology Review</t>
+  </si>
+  <si>
+    <t>978-0-7817-8254-8</t>
+  </si>
+  <si>
+    <t>https://internationalintegrated.lwwhealthlibrary.com/book.aspx?bookid=732</t>
+  </si>
+  <si>
+    <t>Spizer</t>
+  </si>
+  <si>
+    <t>Clinical Anatomy Cases: An Integrated Approach with Physical Examination and Medical Imaging, 1e</t>
+  </si>
+  <si>
+    <t>978-1-451193-67-1</t>
+  </si>
+  <si>
+    <t>https://internationalintegrated.lwwhealthlibrary.com/book.aspx?bookid=2993</t>
+  </si>
+  <si>
+    <t>Dugani</t>
+  </si>
+  <si>
+    <t>Clinical Epidemiology: The Essentials, 5e</t>
+  </si>
+  <si>
+    <t>978-1-4511-4447-5</t>
+  </si>
+  <si>
+    <t>https://internationalintegrated.lwwhealthlibrary.com/book.aspx?bookid=735</t>
+  </si>
+  <si>
+    <t>Fletcher</t>
+  </si>
+  <si>
+    <t>2013-12-31</t>
+  </si>
+  <si>
+    <t>5.00</t>
+  </si>
+  <si>
+    <t>Clinical Epidemiology: The Essentials, 6e</t>
+  </si>
+  <si>
+    <t>978-1-975109-55-4</t>
+  </si>
+  <si>
+    <t>https://internationalintegrated.lwwhealthlibrary.com/book.aspx?bookid=2835</t>
+  </si>
+  <si>
+    <t>2021-01-01</t>
+  </si>
+  <si>
+    <t>6.00</t>
+  </si>
+  <si>
+    <t>Clinically Oriented Anatomy, 7e</t>
+  </si>
+  <si>
+    <t>978-1-4511-1945-9</t>
+  </si>
+  <si>
+    <t>https://internationalintegrated.lwwhealthlibrary.com/book.aspx?bookid=739</t>
+  </si>
+  <si>
+    <t>Moore</t>
+  </si>
+  <si>
+    <t>2014-01-01</t>
+  </si>
+  <si>
+    <t>7.00</t>
+  </si>
+  <si>
+    <t>Clinically Oriented Anatomy, 8e</t>
+  </si>
+  <si>
+    <t>978-1-496347-21-3</t>
+  </si>
+  <si>
+    <t>https://internationalintegrated.lwwhealthlibrary.com/book.aspx?bookid=2212</t>
+  </si>
+  <si>
+    <t>Lippincott Williams &amp; Wilkins, a Wolters Kluwer bu</t>
+  </si>
+  <si>
+    <t>2018-01-01</t>
+  </si>
+  <si>
+    <t>8.00</t>
+  </si>
+  <si>
+    <t>Color Atlas and Text of Histology, 6e</t>
+  </si>
+  <si>
+    <t>978-1-45111-343-3</t>
+  </si>
+  <si>
+    <t>https://internationalintegrated.lwwhealthlibrary.com/book.aspx?bookid=740</t>
+  </si>
+  <si>
+    <t>Gartner</t>
+  </si>
+  <si>
+    <t>Color Atlas and Text of Histology, 7e</t>
+  </si>
+  <si>
+    <t>978-1-496346-73-5</t>
+  </si>
+  <si>
+    <t>https://internationalintegrated.lwwhealthlibrary.com/book.aspx?bookid=2066</t>
+  </si>
+  <si>
+    <t>2015-01-19</t>
+  </si>
+  <si>
+    <t>Essential Neuroscience, 2e</t>
+  </si>
+  <si>
+    <t>978-0-7817-8383-5</t>
+  </si>
+  <si>
+    <t>https://internationalintegrated.lwwhealthlibrary.com/book.aspx?bookid=752</t>
+  </si>
+  <si>
+    <t>Siegel</t>
+  </si>
+  <si>
+    <t>2010-12-31</t>
+  </si>
+  <si>
+    <t>Essential Neuroscience, 3e</t>
+  </si>
+  <si>
+    <t>978-1-4511-8968-1</t>
+  </si>
+  <si>
+    <t>https://internationalintegrated.lwwhealthlibrary.com/book.aspx?bookid=1070</t>
+  </si>
+  <si>
+    <t>Essential Neuroscience, 4e</t>
+  </si>
+  <si>
+    <t>978-1-496382-40-5</t>
+  </si>
+  <si>
+    <t>https://internationalintegrated.lwwhealthlibrary.com/book.aspx?bookid=2482</t>
+  </si>
+  <si>
+    <t>2019-01-01</t>
+  </si>
+  <si>
+    <t>4.00</t>
+  </si>
+  <si>
+    <t>Essential Ultrasound Anatomy, 1e</t>
+  </si>
+  <si>
+    <t>978-1-496383-53-2</t>
+  </si>
+  <si>
+    <t>https://internationalintegrated.lwwhealthlibrary.com/book.aspx?bookid=2949</t>
+  </si>
+  <si>
+    <t>Loukas</t>
+  </si>
+  <si>
+    <t>2020-01-01</t>
+  </si>
+  <si>
+    <t>Essential Ultrasound Anatomy, 2e</t>
+  </si>
+  <si>
+    <t>978-1-975216-88-7</t>
+  </si>
+  <si>
+    <t>https://internationalintegrated.lwwhealthlibrary.com/book.aspx?bookid=3377</t>
+  </si>
+  <si>
+    <t>Wolters Kluwer</t>
+  </si>
+  <si>
+    <t>2025-01-01</t>
+  </si>
+  <si>
+    <t>Gartner and Hiatt's Atlas and Text of Histology, 8e</t>
+  </si>
+  <si>
+    <t>978-1-975164-25-6</t>
+  </si>
+  <si>
+    <t>https://internationalintegrated.lwwhealthlibrary.com/book.aspx?bookid=3216</t>
+  </si>
+  <si>
+    <t>2023-01-01</t>
+  </si>
+  <si>
+    <t>Lee</t>
+  </si>
+  <si>
+    <t>Grant’s Atlas of Anatomy, 13e</t>
+  </si>
+  <si>
+    <t>978-1-60831-756-1</t>
+  </si>
+  <si>
+    <t>https://internationalintegrated.lwwhealthlibrary.com/book.aspx?bookid=760</t>
+  </si>
+  <si>
+    <t>Agur</t>
+  </si>
+  <si>
+    <t>2012-12-31</t>
+  </si>
+  <si>
+    <t>Grant’s Atlas of Anatomy, 15e</t>
+  </si>
+  <si>
+    <t>978-1-975138-70-7</t>
+  </si>
+  <si>
+    <t>https://internationalintegrated.lwwhealthlibrary.com/book.aspx?bookid=2827</t>
+  </si>
+  <si>
+    <t>15.00</t>
+  </si>
+  <si>
+    <t>Grant’s Atlas of Anatomy, 16e</t>
+  </si>
+  <si>
+    <t>978-1-975193-43-0</t>
+  </si>
+  <si>
+    <t>https://internationalintegrated.lwwhealthlibrary.com/book.aspx?bookid=3319</t>
+  </si>
+  <si>
+    <t>Grant’s Dissector, 15e</t>
+  </si>
+  <si>
+    <t>978-1-60913-606-2</t>
+  </si>
+  <si>
+    <t>https://internationalintegrated.lwwhealthlibrary.com/book.aspx?bookid=761</t>
+  </si>
+  <si>
+    <t>Tank</t>
+  </si>
+  <si>
+    <t>Grant’s Dissector, 16e</t>
+  </si>
+  <si>
+    <t>978-1-496313-80-5</t>
+  </si>
+  <si>
+    <t>https://internationalintegrated.lwwhealthlibrary.com/book.aspx?bookid=1741</t>
+  </si>
+  <si>
+    <t>Detton</t>
+  </si>
+  <si>
+    <t>16.00</t>
+  </si>
+  <si>
+    <t>Grant’s Dissector, 17e</t>
+  </si>
+  <si>
+    <t>978-1-975134-60-0</t>
+  </si>
+  <si>
+    <t>https://internationalintegrated.lwwhealthlibrary.com/book.aspx?bookid=2832</t>
+  </si>
+  <si>
+    <t>17.00</t>
+  </si>
+  <si>
+    <t>Grant’s Dissector, 18e</t>
+  </si>
+  <si>
+    <t>978-1-975193-66-9</t>
+  </si>
+  <si>
+    <t>https://internationalintegrated.lwwhealthlibrary.com/book.aspx?bookid=3318</t>
+  </si>
+  <si>
+    <t>Grant's Atlas of Anatomy, 14e</t>
+  </si>
+  <si>
+    <t>978-1-469890-68-5</t>
+  </si>
+  <si>
+    <t>https://internationalintegrated.lwwhealthlibrary.com/book.aspx?bookid=1737</t>
+  </si>
+  <si>
+    <t>14.00</t>
+  </si>
+  <si>
+    <t>Histology from a Clinical Perspective, 2e</t>
+  </si>
+  <si>
+    <t>978-1-975152-44-4</t>
+  </si>
+  <si>
+    <t>https://internationalintegrated.lwwhealthlibrary.com/book.aspx?bookid=3201</t>
+  </si>
+  <si>
+    <t>Cui</t>
+  </si>
+  <si>
+    <t>Histology: A Text and Atlas with Correlated Cell and Molecular Biology, 7e</t>
+  </si>
+  <si>
+    <t>978-1-4511-8742-7</t>
+  </si>
+  <si>
+    <t>https://internationalintegrated.lwwhealthlibrary.com/book.aspx?bookid=1316</t>
+  </si>
+  <si>
+    <t>Ross</t>
+  </si>
+  <si>
+    <t>2016-01-01</t>
+  </si>
+  <si>
+    <t>Histology: A Text and Atlas, 6e</t>
+  </si>
+  <si>
+    <t>978-0-7817-7200-6</t>
+  </si>
+  <si>
+    <t>https://internationalintegrated.lwwhealthlibrary.com/book.aspx?bookid=767</t>
+  </si>
+  <si>
+    <t>Histology: A Text and Atlas: With Correlated Cell and Molecular Biology, 8e</t>
+  </si>
+  <si>
+    <t>978-1-496383-42-6</t>
+  </si>
+  <si>
+    <t>https://internationalintegrated.lwwhealthlibrary.com/book.aspx?bookid=2583</t>
+  </si>
+  <si>
+    <t>Pawlina</t>
+  </si>
+  <si>
+    <t>Histology: A Text and Atlas: With Correlated Cell and Molecular Biology, 9e</t>
+  </si>
+  <si>
+    <t>978-1-975181-51-2</t>
+  </si>
+  <si>
+    <t>https://internationalintegrated.lwwhealthlibrary.com/book.aspx?bookid=3290</t>
+  </si>
+  <si>
+    <t>9.00</t>
+  </si>
+  <si>
+    <t>Human Genetics: From Molecules to Medicine</t>
+  </si>
+  <si>
+    <t>978-1-60831-671-7</t>
+  </si>
+  <si>
+    <t>https://internationalintegrated.lwwhealthlibrary.com/book.aspx?bookid=768</t>
+  </si>
+  <si>
+    <t>Schaaf</t>
+  </si>
+  <si>
+    <t>2011-12-31</t>
+  </si>
+  <si>
+    <t>Langman’s Medical Embryology, 14e</t>
+  </si>
+  <si>
+    <t>978-1-496383-90-7</t>
+  </si>
+  <si>
+    <t>https://internationalintegrated.lwwhealthlibrary.com/book.aspx?bookid=2487</t>
+  </si>
+  <si>
+    <t>Sadler</t>
+  </si>
+  <si>
+    <t>Langman's Medical Embryology, 12e</t>
+  </si>
+  <si>
+    <t>978-1-4511-1342-6</t>
+  </si>
+  <si>
+    <t>https://internationalintegrated.lwwhealthlibrary.com/book.aspx?bookid=770</t>
+  </si>
+  <si>
+    <t>12.00</t>
+  </si>
+  <si>
+    <t>Langman's Medical Embryology, 13e</t>
+  </si>
+  <si>
+    <t>978-1-4511-9164-6</t>
+  </si>
+  <si>
+    <t>https://internationalintegrated.lwwhealthlibrary.com/book.aspx?bookid=1362</t>
+  </si>
+  <si>
+    <t>Langman's Medical Embryology, 15e</t>
+  </si>
+  <si>
+    <t>978-1-9751-7996-0</t>
+  </si>
+  <si>
+    <t>https://internationalintegrated.lwwhealthlibrary.com/book.aspx?bookid=3221</t>
+  </si>
+  <si>
+    <t>Learning Clinical Reasoning, 2e</t>
+  </si>
+  <si>
+    <t>978-0-7817-9515-9</t>
+  </si>
+  <si>
+    <t>https://internationalintegrated.lwwhealthlibrary.com/book.aspx?bookid=771</t>
+  </si>
+  <si>
+    <t>Jerome</t>
+  </si>
+  <si>
+    <t>Lippincott ® Atlas of Anatomy, 2e</t>
+  </si>
+  <si>
+    <t>978-1-496338-22-8</t>
+  </si>
+  <si>
+    <t>https://internationalintegrated.lwwhealthlibrary.com/book.aspx?bookid=2991</t>
+  </si>
+  <si>
+    <t>Gest</t>
+  </si>
+  <si>
+    <t>Lippincott ® Illustrated Reviews: Immunology, 3e</t>
+  </si>
+  <si>
+    <t>978-1-975151-33-1</t>
+  </si>
+  <si>
+    <t>https://internationalintegrated.lwwhealthlibrary.com/book.aspx?bookid=3069</t>
+  </si>
+  <si>
+    <t>Doan</t>
+  </si>
+  <si>
+    <t>Lippincott Illustrated Reviews: Biochemistry, 9e</t>
+  </si>
+  <si>
+    <t>9781975220495</t>
+  </si>
+  <si>
+    <t>https://internationalintegrated.lwwhealthlibrary.com/book.aspx?bookid=3402</t>
+  </si>
+  <si>
+    <t>Lippincott Williams &amp;amp; Wilkins Atlas of ANATOMY, 1e</t>
+  </si>
+  <si>
+    <t>978-0-781788-66-3</t>
+  </si>
+  <si>
+    <t>https://internationalintegrated.lwwhealthlibrary.com/book.aspx?bookid=2982</t>
+  </si>
+  <si>
+    <t>2009-01-01</t>
+  </si>
+  <si>
+    <t>Lippincott® Illustrated Reviews: Biochemistry, 8e</t>
+  </si>
+  <si>
+    <t>978-1-975155-06-3</t>
+  </si>
+  <si>
+    <t>https://internationalintegrated.lwwhealthlibrary.com/book.aspx?bookid=3073</t>
+  </si>
+  <si>
+    <t>Cline</t>
+  </si>
+  <si>
+    <t>Lippincott® Illustrated Reviews: Cell and Molecular Biology, 3e</t>
+  </si>
+  <si>
+    <t>978-1-975180-89-8</t>
+  </si>
+  <si>
+    <t>https://internationalintegrated.lwwhealthlibrary.com/book.aspx?bookid=3244</t>
+  </si>
+  <si>
+    <t>Chandar</t>
+  </si>
+  <si>
+    <t>Lippincott's Illustrated Reviews: Immunology, 2e</t>
+  </si>
+  <si>
+    <t>978-1-4511-0937-5</t>
+  </si>
+  <si>
+    <t>https://internationalintegrated.lwwhealthlibrary.com/book.aspx?bookid=777</t>
+  </si>
+  <si>
+    <t>2013-01-01</t>
+  </si>
+  <si>
+    <t>Marks' Basic Medical Biochemistry: A Clinical Approach, 4e</t>
+  </si>
+  <si>
+    <t>978-1-60831-572-7</t>
+  </si>
+  <si>
+    <t>https://internationalintegrated.lwwhealthlibrary.com/book.aspx?bookid=791</t>
+  </si>
+  <si>
+    <t>Lieberman</t>
+  </si>
+  <si>
+    <t>Marks’ Basic Medical Biochemistry: A Clinical Approach, 5e</t>
+  </si>
+  <si>
+    <t>978-1-496324-81-8</t>
+  </si>
+  <si>
+    <t>https://internationalintegrated.lwwhealthlibrary.com/book.aspx?bookid=2170</t>
+  </si>
+  <si>
+    <t>Marks’ Basic Medical Biochemistry: A Clinical Approach, 6e</t>
+  </si>
+  <si>
+    <t>978-1-975150-14-3</t>
+  </si>
+  <si>
+    <t>https://internationalintegrated.lwwhealthlibrary.com/book.aspx?bookid=3220</t>
+  </si>
+  <si>
+    <t>Medical Physiology: Principles for Clinical Medicine, 4e</t>
+  </si>
+  <si>
+    <t>978-1-60913-427-3</t>
+  </si>
+  <si>
+    <t>https://internationalintegrated.lwwhealthlibrary.com/book.aspx?bookid=794</t>
+  </si>
+  <si>
+    <t>Rhoades</t>
+  </si>
+  <si>
+    <t>Medical Physiology: Principles for Clinical Medicine, 5e</t>
+  </si>
+  <si>
+    <t>978-1-496310-46-0</t>
+  </si>
+  <si>
+    <t>https://internationalintegrated.lwwhealthlibrary.com/book.aspx?bookid=2188</t>
+  </si>
+  <si>
+    <t>2017-08-05</t>
+  </si>
+  <si>
+    <t>Medical Physiology: Principles for Clinical Medicine, 6e</t>
+  </si>
+  <si>
+    <t>978-1-975160-43-2</t>
+  </si>
+  <si>
+    <t>https://internationalintegrated.lwwhealthlibrary.com/book.aspx?bookid=3211</t>
+  </si>
+  <si>
+    <t>Bell</t>
+  </si>
+  <si>
+    <t>Moore’s Clinically Oriented Anatomy, 9e</t>
+  </si>
+  <si>
+    <t>978-1-975154-06-6</t>
+  </si>
+  <si>
+    <t>https://internationalintegrated.lwwhealthlibrary.com/book.aspx?bookid=3187</t>
+  </si>
+  <si>
+    <t>Dalley</t>
+  </si>
+  <si>
+    <t>Moore’s Essential Clinical Anatomy, 6e</t>
+  </si>
+  <si>
+    <t>978-1-496369-65-9</t>
+  </si>
+  <si>
+    <t>https://internationalintegrated.lwwhealthlibrary.com/book.aspx?bookid=2610</t>
+  </si>
+  <si>
+    <t>Moore’s Essential Clinical Anatomy, 7e</t>
+  </si>
+  <si>
+    <t>978-1-975174-24-8</t>
+  </si>
+  <si>
+    <t>https://internationalintegrated.lwwhealthlibrary.com/book.aspx?bookid=3243</t>
+  </si>
+  <si>
+    <t>Neuroanatomy Atlas in Clinical Context Structures, Sections, Systems, and Syndromes, 11e</t>
+  </si>
+  <si>
+    <t>978-1-975197-29-2</t>
+  </si>
+  <si>
+    <t>https://internationalintegrated.lwwhealthlibrary.com/book.aspx?bookid=3334</t>
+  </si>
+  <si>
+    <t>Haines</t>
+  </si>
+  <si>
+    <t>Neuroanatomy Atlas in Clinical Context: Structures, Sections, Systems, and Syndromes, 10e</t>
+  </si>
+  <si>
+    <t>978-1-496384-16-4</t>
+  </si>
+  <si>
+    <t>https://internationalintegrated.lwwhealthlibrary.com/book.aspx?bookid=2473</t>
+  </si>
+  <si>
+    <t>10.00</t>
+  </si>
+  <si>
+    <t>Neuroanatomy in Clinical Context: An Atlas of Structures, Sections, Systems, and Syndromes, 9e</t>
+  </si>
+  <si>
+    <t>978-1-4511-8625-3</t>
+  </si>
+  <si>
+    <t>https://internationalintegrated.lwwhealthlibrary.com/book.aspx?bookid=1010</t>
+  </si>
+  <si>
+    <t>2014-05-03</t>
+  </si>
+  <si>
+    <t>Neuroanatomy: An Atlas of Structures, Sections, and Systems, 8e</t>
+  </si>
+  <si>
+    <t>978-1-60547-653-7</t>
+  </si>
+  <si>
+    <t>https://internationalintegrated.lwwhealthlibrary.com/book.aspx?bookid=795</t>
+  </si>
+  <si>
+    <t>Pathophysiology of Heart Disease, 5e</t>
+  </si>
+  <si>
+    <t>978-1-60547-723-7</t>
+  </si>
+  <si>
+    <t>https://internationalintegrated.lwwhealthlibrary.com/book.aspx?bookid=800</t>
+  </si>
+  <si>
+    <t>Lilly</t>
+  </si>
+  <si>
+    <t>Pathophysiology of Heart Disease: A Collaborative Project of Medical Students and Faculty, 6e</t>
+  </si>
+  <si>
+    <t>978-1-4511-9275-9</t>
+  </si>
+  <si>
+    <t>https://internationalintegrated.lwwhealthlibrary.com/book.aspx?bookid=1573</t>
+  </si>
+  <si>
+    <t>Pathophysiology of Heart Disease: An Introduction to Cardiovascular Medicine, 7e</t>
+  </si>
+  <si>
+    <t>978-1-975120-59-7</t>
+  </si>
+  <si>
+    <t>https://internationalintegrated.lwwhealthlibrary.com/book.aspx?bookid=2958</t>
+  </si>
+  <si>
+    <t>Pathophysiology of Heart Disease: An Introduction to Cardiovascular Medicine, 8e</t>
+  </si>
+  <si>
+    <t>978-1-9752-1662-7</t>
+  </si>
+  <si>
+    <t>https://internationalintegrated.lwwhealthlibrary.com/book.aspx?bookid=3370</t>
+  </si>
+  <si>
+    <t>2026-01-01</t>
+  </si>
+  <si>
+    <t>Photographic Atlas of Anatomy, 9e</t>
+  </si>
+  <si>
+    <t>978-1-975151-34-8</t>
+  </si>
+  <si>
+    <t>https://internationalintegrated.lwwhealthlibrary.com/book.aspx?bookid=3115</t>
+  </si>
+  <si>
+    <t>Rohen</t>
+  </si>
+  <si>
+    <t>Yokochi</t>
+  </si>
+  <si>
+    <t>Physiology: Cases and Problems, 4e</t>
+  </si>
+  <si>
+    <t>978-1-4511-2061-5</t>
+  </si>
+  <si>
+    <t>https://internationalintegrated.lwwhealthlibrary.com/book.aspx?bookid=811</t>
+  </si>
+  <si>
+    <t>Costanzo</t>
+  </si>
+  <si>
+    <t>Principles of Pharmacology: The Pathophysiologic Basis of Drug Therapy Fourth Edition, 4e</t>
+  </si>
+  <si>
+    <t>978-1-451191-00-4</t>
+  </si>
+  <si>
+    <t>https://internationalintegrated.lwwhealthlibrary.com/book.aspx?bookid=1765</t>
+  </si>
+  <si>
+    <t>Golan</t>
+  </si>
+  <si>
+    <t>Principles of Pharmacology: The Pathophysiologic Basis of Drug Therapy, 3e</t>
+  </si>
+  <si>
+    <t>978-1-60831-270-2</t>
+  </si>
+  <si>
+    <t>https://internationalintegrated.lwwhealthlibrary.com/book.aspx?bookid=817</t>
+  </si>
+  <si>
+    <t>Principles of Pharmacology: The Pathophysiologic Basis of Drug Therapy, 5e</t>
+  </si>
+  <si>
+    <t>978-1-9752-2031-0</t>
+  </si>
+  <si>
+    <t>https://internationalintegrated.lwwhealthlibrary.com/book.aspx?bookid=3436</t>
+  </si>
+  <si>
+    <t>Principles of Rubin’s Pathology, 7e</t>
+  </si>
+  <si>
+    <t>978-1-496350-32-9</t>
+  </si>
+  <si>
+    <t>https://internationalintegrated.lwwhealthlibrary.com/book.aspx?bookid=2981</t>
+  </si>
+  <si>
+    <t>Rubin</t>
+  </si>
+  <si>
+    <t>Reisner</t>
+  </si>
+  <si>
+    <t>Pulmonary Pathophysiology: The Essentials, 8e</t>
+  </si>
+  <si>
+    <t>978-1-45110-713-5</t>
+  </si>
+  <si>
+    <t>https://internationalintegrated.lwwhealthlibrary.com/book.aspx?bookid=819</t>
+  </si>
+  <si>
+    <t>West</t>
+  </si>
+  <si>
+    <t>Renal Pathophysiology: The Essentials, 3e</t>
+  </si>
+  <si>
+    <t>978-0-7817-9995-9</t>
+  </si>
+  <si>
+    <t>https://internationalintegrated.lwwhealthlibrary.com/book.aspx?bookid=820</t>
+  </si>
+  <si>
+    <t>Rennke</t>
+  </si>
+  <si>
+    <t>Renal Pathophysiology: The Essentials, 4e</t>
+  </si>
+  <si>
+    <t>978-1-4511-7338-3</t>
+  </si>
+  <si>
+    <t>https://internationalintegrated.lwwhealthlibrary.com/book.aspx?bookid=821</t>
+  </si>
+  <si>
+    <t>Renal Pathophysiology: The Essentials, 5e</t>
+  </si>
+  <si>
+    <t>978-1-975109-59-2</t>
+  </si>
+  <si>
+    <t>https://internationalintegrated.lwwhealthlibrary.com/book.aspx?bookid=2584</t>
+  </si>
+  <si>
+    <t>Renal Pathophysiology: The Essentials, 6e</t>
+  </si>
+  <si>
+    <t>978-1-975194-91-8</t>
+  </si>
+  <si>
+    <t>https://internationalintegrated.lwwhealthlibrary.com/book.aspx?bookid=3308</t>
+  </si>
+  <si>
+    <t>Resolving Ethical Dilemmas: A Guide for Clinicians, 5e</t>
+  </si>
+  <si>
+    <t>978-1-4511-7640-7</t>
+  </si>
+  <si>
+    <t>https://internationalintegrated.lwwhealthlibrary.com/book.aspx?bookid=823</t>
+  </si>
+  <si>
+    <t>Lo</t>
+  </si>
+  <si>
+    <t>Resolving Ethical Dilemmas: A Guide for Clinicians, 6e</t>
+  </si>
+  <si>
+    <t>978-1-975103-54-5</t>
+  </si>
+  <si>
+    <t>https://internationalintegrated.lwwhealthlibrary.com/book.aspx?bookid=2606</t>
+  </si>
+  <si>
+    <t>Rubin’s Pathology: Clinicopathologic Foundations of Medicine, 7e</t>
+  </si>
+  <si>
+    <t>978-1-4511-8390-0</t>
+  </si>
+  <si>
+    <t>https://internationalintegrated.lwwhealthlibrary.com/book.aspx?bookid=1040</t>
+  </si>
+  <si>
+    <t>Strayer</t>
+  </si>
+  <si>
+    <t>2014-12-31</t>
+  </si>
+  <si>
+    <t>Rubin's Pathology: Clinicopathologic Foundations of Medicine, 6e</t>
+  </si>
+  <si>
+    <t>978-1-60547-968-2</t>
+  </si>
+  <si>
+    <t>https://internationalintegrated.lwwhealthlibrary.com/book.aspx?bookid=825</t>
+  </si>
+  <si>
+    <t>Rubin's Pathology: Mechanisms of Human Disease, 8e</t>
+  </si>
+  <si>
+    <t>978-1-496386-14-4</t>
+  </si>
+  <si>
+    <t>https://internationalintegrated.lwwhealthlibrary.com/book.aspx?bookid=2766</t>
+  </si>
+  <si>
+    <t>Saffitz</t>
+  </si>
+  <si>
+    <t>Sapira's Art &amp;amp; Science of Bedside Diagnosis, 4e</t>
+  </si>
+  <si>
+    <t>978-1-60547-411-3</t>
+  </si>
+  <si>
+    <t>https://internationalintegrated.lwwhealthlibrary.com/book.aspx?bookid=826</t>
+  </si>
+  <si>
+    <t>Orient</t>
+  </si>
+  <si>
+    <t>Sapira's Art &amp;amp; Science of Bedside Diagnosis, 5e</t>
+  </si>
+  <si>
+    <t>978-1-496343-80-2</t>
+  </si>
+  <si>
+    <t>https://internationalintegrated.lwwhealthlibrary.com/book.aspx?bookid=2384</t>
+  </si>
+  <si>
+    <t>Schaechter's Mechanisms of Microbial Disease, 5e</t>
+  </si>
+  <si>
+    <t>978-0-78178-744-4</t>
+  </si>
+  <si>
+    <t>https://internationalintegrated.lwwhealthlibrary.com/book.aspx?bookid=827</t>
+  </si>
+  <si>
+    <t>Engleberg</t>
+  </si>
+  <si>
+    <t>Schaechter's Mechanisms of Microbial Disease, 6e</t>
+  </si>
+  <si>
+    <t>978-1-975151-48-5</t>
+  </si>
+  <si>
+    <t>https://internationalintegrated.lwwhealthlibrary.com/book.aspx?bookid=3159</t>
+  </si>
+  <si>
+    <t>Snell’s Clinical Anatomy by Regions, 11e</t>
+  </si>
+  <si>
+    <t>978-1-97-519409-3</t>
+  </si>
+  <si>
+    <t>https://internationalintegrated.lwwhealthlibrary.com/book.aspx?bookid=3317</t>
+  </si>
+  <si>
+    <t>Wineski</t>
+  </si>
+  <si>
+    <t>2024-03-04</t>
+  </si>
+  <si>
+    <t>11.00</t>
+  </si>
+  <si>
+    <t>Snell’s Clinical Neuroanatomy, 8e</t>
+  </si>
+  <si>
+    <t>978-1-496346-75-9</t>
+  </si>
+  <si>
+    <t>https://internationalintegrated.lwwhealthlibrary.com/book.aspx?bookid=2952</t>
+  </si>
+  <si>
+    <t>Splittgerber</t>
+  </si>
+  <si>
+    <t>Snell’s Clinical Neuroanatomy, 9e</t>
+  </si>
+  <si>
+    <t>978-1-97-519594-6</t>
+  </si>
+  <si>
+    <t>https://internationalintegrated.lwwhealthlibrary.com/book.aspx?bookid=3316</t>
+  </si>
+  <si>
+    <t>Snell's Clinical Anatomy by Regions, 10e</t>
+  </si>
+  <si>
+    <t>978-1-496345-64-6</t>
+  </si>
+  <si>
+    <t>https://internationalintegrated.lwwhealthlibrary.com/book.aspx?bookid=2950</t>
+  </si>
+  <si>
+    <t>Studying A Study &amp;amp; Testing A Test, 6e</t>
+  </si>
+  <si>
+    <t>978-0-7817-7426-0</t>
+  </si>
+  <si>
+    <t>https://internationalintegrated.lwwhealthlibrary.com/book.aspx?bookid=829</t>
+  </si>
+  <si>
+    <t>Riegelman</t>
+  </si>
+  <si>
+    <t>Studying a Study &amp;amp; Testing a Test: Reading Evidence-Based Health Research, 7e</t>
+  </si>
+  <si>
+    <t>978-1-975120-89-4</t>
+  </si>
+  <si>
+    <t>https://internationalintegrated.lwwhealthlibrary.com/book.aspx?bookid=2977</t>
+  </si>
+  <si>
+    <t>West's Pulmonary Pathophysiology: The Essentials, 10e</t>
+  </si>
+  <si>
+    <t>978-1-975152-81-9</t>
+  </si>
+  <si>
+    <t>https://internationalintegrated.lwwhealthlibrary.com/book.aspx?bookid=3076</t>
+  </si>
+  <si>
+    <t>Luks</t>
+  </si>
+  <si>
+    <t>West's Pulmonary Pathophysiology: The Essentials, 9e</t>
+  </si>
+  <si>
+    <t>978-1-496339-44-7</t>
+  </si>
+  <si>
+    <t>https://internationalintegrated.lwwhealthlibrary.com/book.aspx?bookid=2083</t>
+  </si>
+  <si>
+    <t>2017-01-02</t>
+  </si>
+  <si>
+    <t>West's Respiratory Physiology: The Essentials, 11e</t>
+  </si>
+  <si>
+    <t>978-1-975139-18-6</t>
+  </si>
+  <si>
+    <t>https://internationalintegrated.lwwhealthlibrary.com/book.aspx?bookid=2994</t>
+  </si>
+  <si>
+    <t>Moore's Clinically Oriented Anatomy, 10e</t>
+  </si>
+  <si>
+    <t>978-1-975241-58-2</t>
+  </si>
+  <si>
+    <t>https://internationalintegrated.lwwhealthlibrary.com/book.aspx?bookid=3480</t>
+  </si>
+</sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-[...40 lines deleted...]
-</x:styleSheet>
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
+  <fonts count="2" x14ac:knownFonts="1">
+    <font>
+      <sz val="11"/>
+      <color rgb="FF000000"/>
+      <name val="Aptos Narrow"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="11"/>
+      <color rgb="FF000000"/>
+      <name val="Aptos Narrow"/>
+    </font>
+  </fonts>
+  <fills count="2">
+    <fill>
+      <patternFill patternType="none"/>
+    </fill>
+    <fill>
+      <patternFill patternType="gray125"/>
+    </fill>
+  </fills>
+  <borders count="1">
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+  </borders>
+  <cellStyleXfs count="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
+  </cellStyleXfs>
+  <cellXfs count="3">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
+  </cellXfs>
+  <cellStyles count="1">
+    <cellStyle name="Normal" xfId="0" builtinId="0"/>
+  </cellStyles>
+  <dxfs count="0"/>
+  <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
+      <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
+    </ext>
+    <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
+      <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
+    </ext>
+  </extLst>
+</styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R553e29d0fd2249a7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rd573b09b6dd342a8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
+</file>
+
+<file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+  <a:themeElements>
+    <a:clrScheme name="Office">
+      <a:dk1>
+        <a:sysClr val="windowText" lastClr="000000"/>
+      </a:dk1>
+      <a:lt1>
+        <a:sysClr val="window" lastClr="FFFFFF"/>
+      </a:lt1>
+      <a:dk2>
+        <a:srgbClr val="0E2841"/>
+      </a:dk2>
+      <a:lt2>
+        <a:srgbClr val="E8E8E8"/>
+      </a:lt2>
+      <a:accent1>
+        <a:srgbClr val="156082"/>
+      </a:accent1>
+      <a:accent2>
+        <a:srgbClr val="E97132"/>
+      </a:accent2>
+      <a:accent3>
+        <a:srgbClr val="196B24"/>
+      </a:accent3>
+      <a:accent4>
+        <a:srgbClr val="0F9ED5"/>
+      </a:accent4>
+      <a:accent5>
+        <a:srgbClr val="A02B93"/>
+      </a:accent5>
+      <a:accent6>
+        <a:srgbClr val="4EA72E"/>
+      </a:accent6>
+      <a:hlink>
+        <a:srgbClr val="467886"/>
+      </a:hlink>
+      <a:folHlink>
+        <a:srgbClr val="96607D"/>
+      </a:folHlink>
+    </a:clrScheme>
+    <a:fontScheme name="Office">
+      <a:majorFont>
+        <a:latin typeface="Aptos Display" panose="02110004020202020204"/>
+        <a:ea typeface=""/>
+        <a:cs typeface=""/>
+        <a:font script="Jpan" typeface="游ゴシック Light"/>
+        <a:font script="Hang" typeface="맑은 고딕"/>
+        <a:font script="Hans" typeface="等线 Light"/>
+        <a:font script="Hant" typeface="新細明體"/>
+        <a:font script="Arab" typeface="Times New Roman"/>
+        <a:font script="Hebr" typeface="Times New Roman"/>
+        <a:font script="Thai" typeface="Tahoma"/>
+        <a:font script="Ethi" typeface="Nyala"/>
+        <a:font script="Beng" typeface="Vrinda"/>
+        <a:font script="Gujr" typeface="Shruti"/>
+        <a:font script="Khmr" typeface="MoolBoran"/>
+        <a:font script="Knda" typeface="Tunga"/>
+        <a:font script="Guru" typeface="Raavi"/>
+        <a:font script="Cans" typeface="Euphemia"/>
+        <a:font script="Cher" typeface="Plantagenet Cherokee"/>
+        <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
+        <a:font script="Tibt" typeface="Microsoft Himalaya"/>
+        <a:font script="Thaa" typeface="MV Boli"/>
+        <a:font script="Deva" typeface="Mangal"/>
+        <a:font script="Telu" typeface="Gautami"/>
+        <a:font script="Taml" typeface="Latha"/>
+        <a:font script="Syrc" typeface="Estrangelo Edessa"/>
+        <a:font script="Orya" typeface="Kalinga"/>
+        <a:font script="Mlym" typeface="Kartika"/>
+        <a:font script="Laoo" typeface="DokChampa"/>
+        <a:font script="Sinh" typeface="Iskoola Pota"/>
+        <a:font script="Mong" typeface="Mongolian Baiti"/>
+        <a:font script="Viet" typeface="Times New Roman"/>
+        <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
+      </a:majorFont>
+      <a:minorFont>
+        <a:latin typeface="Aptos Narrow" panose="02110004020202020204"/>
+        <a:ea typeface=""/>
+        <a:cs typeface=""/>
+        <a:font script="Jpan" typeface="游ゴシック"/>
+        <a:font script="Hang" typeface="맑은 고딕"/>
+        <a:font script="Hans" typeface="等线"/>
+        <a:font script="Hant" typeface="新細明體"/>
+        <a:font script="Arab" typeface="Arial"/>
+        <a:font script="Hebr" typeface="Arial"/>
+        <a:font script="Thai" typeface="Tahoma"/>
+        <a:font script="Ethi" typeface="Nyala"/>
+        <a:font script="Beng" typeface="Vrinda"/>
+        <a:font script="Gujr" typeface="Shruti"/>
+        <a:font script="Khmr" typeface="DaunPenh"/>
+        <a:font script="Knda" typeface="Tunga"/>
+        <a:font script="Guru" typeface="Raavi"/>
+        <a:font script="Cans" typeface="Euphemia"/>
+        <a:font script="Cher" typeface="Plantagenet Cherokee"/>
+        <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
+        <a:font script="Tibt" typeface="Microsoft Himalaya"/>
+        <a:font script="Thaa" typeface="MV Boli"/>
+        <a:font script="Deva" typeface="Mangal"/>
+        <a:font script="Telu" typeface="Gautami"/>
+        <a:font script="Taml" typeface="Latha"/>
+        <a:font script="Syrc" typeface="Estrangelo Edessa"/>
+        <a:font script="Orya" typeface="Kalinga"/>
+        <a:font script="Mlym" typeface="Kartika"/>
+        <a:font script="Laoo" typeface="DokChampa"/>
+        <a:font script="Sinh" typeface="Iskoola Pota"/>
+        <a:font script="Mong" typeface="Mongolian Baiti"/>
+        <a:font script="Viet" typeface="Arial"/>
+        <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
+      </a:minorFont>
+    </a:fontScheme>
+    <a:fmtScheme name="Office">
+      <a:fillStyleLst>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="50000">
+              <a:schemeClr val="phClr">
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="5400000" scaled="0"/>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="50000">
+              <a:schemeClr val="phClr">
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="5400000" scaled="0"/>
+        </a:gradFill>
+      </a:fillStyleLst>
+      <a:lnStyleLst>
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+      </a:lnStyleLst>
+      <a:effectStyleLst>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="63000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </a:effectStyle>
+      </a:effectStyleLst>
+      <a:bgFillStyleLst>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="50000">
+              <a:schemeClr val="phClr">
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="5400000" scaled="0"/>
+        </a:gradFill>
+      </a:bgFillStyleLst>
+    </a:fmtScheme>
+  </a:themeElements>
+  <a:objectDefaults>
+    <a:lnDef>
+      <a:spPr/>
+      <a:bodyPr/>
+      <a:lstStyle/>
+      <a:style>
+        <a:lnRef idx="2">
+          <a:schemeClr val="accent1"/>
+        </a:lnRef>
+        <a:fillRef idx="0">
+          <a:schemeClr val="accent1"/>
+        </a:fillRef>
+        <a:effectRef idx="1">
+          <a:schemeClr val="accent1"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="tx1"/>
+        </a:fontRef>
+      </a:style>
+    </a:lnDef>
+  </a:objectDefaults>
+  <a:extraClrSchemeLst/>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
+    </a:ext>
+  </a:extLst>
+</a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-[...7638 lines deleted...]
-</x:worksheet>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
+  <dimension ref="A1:AA93"/>
+  <sheetViews>
+    <sheetView tabSelected="1" workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <sheetData>
+    <row r="1" spans="1:27" x14ac:dyDescent="0.35">
+      <c r="A1" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" s="1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" s="1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="J1" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="K1" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="L1" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="M1" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="N1" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="O1" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="Q1" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="R1" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="S1" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="T1" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="U1" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="V1" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="W1" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="X1" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="Y1" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="Z1" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="AA1" s="1" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="2" spans="1:27" x14ac:dyDescent="0.35">
+      <c r="A2" t="s">
+        <v>27</v>
+      </c>
+      <c r="B2" t="s">
+        <v>28</v>
+      </c>
+      <c r="C2" t="s">
+        <v>29</v>
+      </c>
+      <c r="D2" t="s">
+        <v>29</v>
+      </c>
+      <c r="E2" t="s">
+        <v>29</v>
+      </c>
+      <c r="F2" t="s">
+        <v>29</v>
+      </c>
+      <c r="G2" t="s">
+        <v>29</v>
+      </c>
+      <c r="H2" t="s">
+        <v>29</v>
+      </c>
+      <c r="I2" t="s">
+        <v>29</v>
+      </c>
+      <c r="J2" t="s">
+        <v>30</v>
+      </c>
+      <c r="K2" t="s">
+        <v>31</v>
+      </c>
+      <c r="L2" t="s">
+        <v>28</v>
+      </c>
+      <c r="M2" t="s">
+        <v>29</v>
+      </c>
+      <c r="N2" t="s">
+        <v>32</v>
+      </c>
+      <c r="O2" t="s">
+        <v>29</v>
+      </c>
+      <c r="P2" t="s">
+        <v>33</v>
+      </c>
+      <c r="Q2" t="s">
+        <v>34</v>
+      </c>
+      <c r="R2" t="s">
+        <v>35</v>
+      </c>
+      <c r="S2" t="s">
+        <v>29</v>
+      </c>
+      <c r="T2" t="s">
+        <v>29</v>
+      </c>
+      <c r="U2" t="s">
+        <v>36</v>
+      </c>
+      <c r="V2" t="s">
+        <v>29</v>
+      </c>
+      <c r="W2" t="s">
+        <v>29</v>
+      </c>
+      <c r="X2" t="s">
+        <v>29</v>
+      </c>
+      <c r="Y2" t="s">
+        <v>29</v>
+      </c>
+      <c r="Z2" t="s">
+        <v>29</v>
+      </c>
+      <c r="AA2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:27" x14ac:dyDescent="0.35">
+      <c r="A3" t="s">
+        <v>37</v>
+      </c>
+      <c r="B3" t="s">
+        <v>38</v>
+      </c>
+      <c r="C3" t="s">
+        <v>29</v>
+      </c>
+      <c r="D3" t="s">
+        <v>29</v>
+      </c>
+      <c r="E3" t="s">
+        <v>29</v>
+      </c>
+      <c r="F3" t="s">
+        <v>29</v>
+      </c>
+      <c r="G3" t="s">
+        <v>29</v>
+      </c>
+      <c r="H3" t="s">
+        <v>29</v>
+      </c>
+      <c r="I3" t="s">
+        <v>29</v>
+      </c>
+      <c r="J3" t="s">
+        <v>39</v>
+      </c>
+      <c r="K3" t="s">
+        <v>40</v>
+      </c>
+      <c r="L3" t="s">
+        <v>38</v>
+      </c>
+      <c r="M3" t="s">
+        <v>29</v>
+      </c>
+      <c r="N3" t="s">
+        <v>32</v>
+      </c>
+      <c r="O3" t="s">
+        <v>29</v>
+      </c>
+      <c r="P3" t="s">
+        <v>41</v>
+      </c>
+      <c r="Q3" t="s">
+        <v>34</v>
+      </c>
+      <c r="R3" t="s">
+        <v>42</v>
+      </c>
+      <c r="S3" t="s">
+        <v>29</v>
+      </c>
+      <c r="T3" t="s">
+        <v>29</v>
+      </c>
+      <c r="U3" t="s">
+        <v>43</v>
+      </c>
+      <c r="V3" t="s">
+        <v>29</v>
+      </c>
+      <c r="W3" t="s">
+        <v>29</v>
+      </c>
+      <c r="X3" t="s">
+        <v>29</v>
+      </c>
+      <c r="Y3" t="s">
+        <v>29</v>
+      </c>
+      <c r="Z3" t="s">
+        <v>29</v>
+      </c>
+      <c r="AA3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="4" spans="1:27" x14ac:dyDescent="0.35">
+      <c r="A4" t="s">
+        <v>44</v>
+      </c>
+      <c r="B4" t="s">
+        <v>45</v>
+      </c>
+      <c r="C4" t="s">
+        <v>29</v>
+      </c>
+      <c r="D4" t="s">
+        <v>29</v>
+      </c>
+      <c r="E4" t="s">
+        <v>29</v>
+      </c>
+      <c r="F4" t="s">
+        <v>29</v>
+      </c>
+      <c r="G4" t="s">
+        <v>29</v>
+      </c>
+      <c r="H4" t="s">
+        <v>29</v>
+      </c>
+      <c r="I4" t="s">
+        <v>29</v>
+      </c>
+      <c r="J4" t="s">
+        <v>46</v>
+      </c>
+      <c r="K4" t="s">
+        <v>47</v>
+      </c>
+      <c r="L4" t="s">
+        <v>45</v>
+      </c>
+      <c r="M4" t="s">
+        <v>29</v>
+      </c>
+      <c r="N4" t="s">
+        <v>32</v>
+      </c>
+      <c r="O4" t="s">
+        <v>29</v>
+      </c>
+      <c r="P4" t="s">
+        <v>33</v>
+      </c>
+      <c r="Q4" t="s">
+        <v>34</v>
+      </c>
+      <c r="R4" t="s">
+        <v>48</v>
+      </c>
+      <c r="S4" t="s">
+        <v>29</v>
+      </c>
+      <c r="T4" t="s">
+        <v>29</v>
+      </c>
+      <c r="U4" t="s">
+        <v>49</v>
+      </c>
+      <c r="V4" t="s">
+        <v>29</v>
+      </c>
+      <c r="W4" t="s">
+        <v>29</v>
+      </c>
+      <c r="X4" t="s">
+        <v>29</v>
+      </c>
+      <c r="Y4" t="s">
+        <v>29</v>
+      </c>
+      <c r="Z4" t="s">
+        <v>29</v>
+      </c>
+      <c r="AA4" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="5" spans="1:27" x14ac:dyDescent="0.35">
+      <c r="A5" t="s">
+        <v>50</v>
+      </c>
+      <c r="B5" t="s">
+        <v>51</v>
+      </c>
+      <c r="C5" t="s">
+        <v>29</v>
+      </c>
+      <c r="D5" t="s">
+        <v>29</v>
+      </c>
+      <c r="E5" t="s">
+        <v>29</v>
+      </c>
+      <c r="F5" t="s">
+        <v>29</v>
+      </c>
+      <c r="G5" t="s">
+        <v>29</v>
+      </c>
+      <c r="H5" t="s">
+        <v>29</v>
+      </c>
+      <c r="I5" t="s">
+        <v>29</v>
+      </c>
+      <c r="J5" t="s">
+        <v>52</v>
+      </c>
+      <c r="K5" t="s">
+        <v>53</v>
+      </c>
+      <c r="L5" t="s">
+        <v>51</v>
+      </c>
+      <c r="M5" t="s">
+        <v>29</v>
+      </c>
+      <c r="N5" t="s">
+        <v>32</v>
+      </c>
+      <c r="O5" t="s">
+        <v>29</v>
+      </c>
+      <c r="P5" t="s">
+        <v>33</v>
+      </c>
+      <c r="Q5" t="s">
+        <v>34</v>
+      </c>
+      <c r="R5" t="s">
+        <v>54</v>
+      </c>
+      <c r="S5" t="s">
+        <v>29</v>
+      </c>
+      <c r="T5" t="s">
+        <v>29</v>
+      </c>
+      <c r="U5" t="s">
+        <v>55</v>
+      </c>
+      <c r="V5" t="s">
+        <v>29</v>
+      </c>
+      <c r="W5" t="s">
+        <v>29</v>
+      </c>
+      <c r="X5" t="s">
+        <v>29</v>
+      </c>
+      <c r="Y5" t="s">
+        <v>29</v>
+      </c>
+      <c r="Z5" t="s">
+        <v>29</v>
+      </c>
+      <c r="AA5" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="6" spans="1:27" x14ac:dyDescent="0.35">
+      <c r="A6" t="s">
+        <v>56</v>
+      </c>
+      <c r="B6" t="s">
+        <v>57</v>
+      </c>
+      <c r="C6" t="s">
+        <v>29</v>
+      </c>
+      <c r="D6" t="s">
+        <v>29</v>
+      </c>
+      <c r="E6" t="s">
+        <v>29</v>
+      </c>
+      <c r="F6" t="s">
+        <v>29</v>
+      </c>
+      <c r="G6" t="s">
+        <v>29</v>
+      </c>
+      <c r="H6" t="s">
+        <v>29</v>
+      </c>
+      <c r="I6" t="s">
+        <v>29</v>
+      </c>
+      <c r="J6" t="s">
+        <v>58</v>
+      </c>
+      <c r="K6" t="s">
+        <v>59</v>
+      </c>
+      <c r="L6" t="s">
+        <v>57</v>
+      </c>
+      <c r="M6" t="s">
+        <v>29</v>
+      </c>
+      <c r="N6" t="s">
+        <v>32</v>
+      </c>
+      <c r="O6" t="s">
+        <v>29</v>
+      </c>
+      <c r="P6" t="s">
+        <v>41</v>
+      </c>
+      <c r="Q6" t="s">
+        <v>34</v>
+      </c>
+      <c r="R6" t="s">
+        <v>60</v>
+      </c>
+      <c r="S6" t="s">
+        <v>29</v>
+      </c>
+      <c r="T6" t="s">
+        <v>29</v>
+      </c>
+      <c r="U6" t="s">
+        <v>49</v>
+      </c>
+      <c r="V6" t="s">
+        <v>29</v>
+      </c>
+      <c r="W6" t="s">
+        <v>29</v>
+      </c>
+      <c r="X6" t="s">
+        <v>29</v>
+      </c>
+      <c r="Y6" t="s">
+        <v>29</v>
+      </c>
+      <c r="Z6" t="s">
+        <v>29</v>
+      </c>
+      <c r="AA6" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="7" spans="1:27" x14ac:dyDescent="0.35">
+      <c r="A7" t="s">
+        <v>61</v>
+      </c>
+      <c r="B7" t="s">
+        <v>62</v>
+      </c>
+      <c r="C7" t="s">
+        <v>29</v>
+      </c>
+      <c r="D7" t="s">
+        <v>29</v>
+      </c>
+      <c r="E7" t="s">
+        <v>29</v>
+      </c>
+      <c r="F7" t="s">
+        <v>29</v>
+      </c>
+      <c r="G7" t="s">
+        <v>29</v>
+      </c>
+      <c r="H7" t="s">
+        <v>29</v>
+      </c>
+      <c r="I7" t="s">
+        <v>29</v>
+      </c>
+      <c r="J7" t="s">
+        <v>63</v>
+      </c>
+      <c r="K7" t="s">
+        <v>64</v>
+      </c>
+      <c r="L7" t="s">
+        <v>62</v>
+      </c>
+      <c r="M7" t="s">
+        <v>29</v>
+      </c>
+      <c r="N7" t="s">
+        <v>32</v>
+      </c>
+      <c r="O7" t="s">
+        <v>29</v>
+      </c>
+      <c r="P7" t="s">
+        <v>41</v>
+      </c>
+      <c r="Q7" t="s">
+        <v>34</v>
+      </c>
+      <c r="R7" t="s">
+        <v>60</v>
+      </c>
+      <c r="S7" t="s">
+        <v>29</v>
+      </c>
+      <c r="T7" t="s">
+        <v>29</v>
+      </c>
+      <c r="U7" t="s">
+        <v>49</v>
+      </c>
+      <c r="V7" t="s">
+        <v>29</v>
+      </c>
+      <c r="W7" t="s">
+        <v>29</v>
+      </c>
+      <c r="X7" t="s">
+        <v>29</v>
+      </c>
+      <c r="Y7" t="s">
+        <v>29</v>
+      </c>
+      <c r="Z7" t="s">
+        <v>29</v>
+      </c>
+      <c r="AA7" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="8" spans="1:27" x14ac:dyDescent="0.35">
+      <c r="A8" t="s">
+        <v>65</v>
+      </c>
+      <c r="B8" t="s">
+        <v>66</v>
+      </c>
+      <c r="C8" t="s">
+        <v>29</v>
+      </c>
+      <c r="D8" t="s">
+        <v>29</v>
+      </c>
+      <c r="E8" t="s">
+        <v>29</v>
+      </c>
+      <c r="F8" t="s">
+        <v>29</v>
+      </c>
+      <c r="G8" t="s">
+        <v>29</v>
+      </c>
+      <c r="H8" t="s">
+        <v>29</v>
+      </c>
+      <c r="I8" t="s">
+        <v>29</v>
+      </c>
+      <c r="J8" t="s">
+        <v>67</v>
+      </c>
+      <c r="K8" t="s">
+        <v>68</v>
+      </c>
+      <c r="L8" t="s">
+        <v>66</v>
+      </c>
+      <c r="M8" t="s">
+        <v>29</v>
+      </c>
+      <c r="N8" t="s">
+        <v>32</v>
+      </c>
+      <c r="O8" t="s">
+        <v>29</v>
+      </c>
+      <c r="P8" t="s">
+        <v>33</v>
+      </c>
+      <c r="Q8" t="s">
+        <v>34</v>
+      </c>
+      <c r="R8" t="s">
+        <v>35</v>
+      </c>
+      <c r="S8" t="s">
+        <v>29</v>
+      </c>
+      <c r="T8" t="s">
+        <v>29</v>
+      </c>
+      <c r="U8" t="s">
+        <v>49</v>
+      </c>
+      <c r="V8" t="s">
+        <v>29</v>
+      </c>
+      <c r="W8" t="s">
+        <v>29</v>
+      </c>
+      <c r="X8" t="s">
+        <v>29</v>
+      </c>
+      <c r="Y8" t="s">
+        <v>29</v>
+      </c>
+      <c r="Z8" t="s">
+        <v>29</v>
+      </c>
+      <c r="AA8" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="9" spans="1:27" x14ac:dyDescent="0.35">
+      <c r="A9" t="s">
+        <v>69</v>
+      </c>
+      <c r="B9" t="s">
+        <v>70</v>
+      </c>
+      <c r="C9" t="s">
+        <v>29</v>
+      </c>
+      <c r="D9" t="s">
+        <v>29</v>
+      </c>
+      <c r="E9" t="s">
+        <v>29</v>
+      </c>
+      <c r="F9" t="s">
+        <v>29</v>
+      </c>
+      <c r="G9" t="s">
+        <v>29</v>
+      </c>
+      <c r="H9" t="s">
+        <v>29</v>
+      </c>
+      <c r="I9" t="s">
+        <v>29</v>
+      </c>
+      <c r="J9" t="s">
+        <v>71</v>
+      </c>
+      <c r="K9" t="s">
+        <v>72</v>
+      </c>
+      <c r="L9" t="s">
+        <v>70</v>
+      </c>
+      <c r="M9" t="s">
+        <v>29</v>
+      </c>
+      <c r="N9" t="s">
+        <v>32</v>
+      </c>
+      <c r="O9" t="s">
+        <v>29</v>
+      </c>
+      <c r="P9" t="s">
+        <v>41</v>
+      </c>
+      <c r="Q9" t="s">
+        <v>34</v>
+      </c>
+      <c r="R9" t="s">
+        <v>73</v>
+      </c>
+      <c r="S9" t="s">
+        <v>29</v>
+      </c>
+      <c r="T9" t="s">
+        <v>29</v>
+      </c>
+      <c r="U9" t="s">
+        <v>74</v>
+      </c>
+      <c r="V9" t="s">
+        <v>29</v>
+      </c>
+      <c r="W9" t="s">
+        <v>29</v>
+      </c>
+      <c r="X9" t="s">
+        <v>29</v>
+      </c>
+      <c r="Y9" t="s">
+        <v>29</v>
+      </c>
+      <c r="Z9" t="s">
+        <v>29</v>
+      </c>
+      <c r="AA9" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="10" spans="1:27" x14ac:dyDescent="0.35">
+      <c r="A10" t="s">
+        <v>75</v>
+      </c>
+      <c r="B10" t="s">
+        <v>76</v>
+      </c>
+      <c r="C10" t="s">
+        <v>29</v>
+      </c>
+      <c r="D10" t="s">
+        <v>29</v>
+      </c>
+      <c r="E10" t="s">
+        <v>29</v>
+      </c>
+      <c r="F10" t="s">
+        <v>29</v>
+      </c>
+      <c r="G10" t="s">
+        <v>29</v>
+      </c>
+      <c r="H10" t="s">
+        <v>29</v>
+      </c>
+      <c r="I10" t="s">
+        <v>29</v>
+      </c>
+      <c r="J10" t="s">
+        <v>77</v>
+      </c>
+      <c r="K10" t="s">
+        <v>72</v>
+      </c>
+      <c r="L10" t="s">
+        <v>76</v>
+      </c>
+      <c r="M10" t="s">
+        <v>29</v>
+      </c>
+      <c r="N10" t="s">
+        <v>32</v>
+      </c>
+      <c r="O10" t="s">
+        <v>29</v>
+      </c>
+      <c r="P10" t="s">
+        <v>33</v>
+      </c>
+      <c r="Q10" t="s">
+        <v>34</v>
+      </c>
+      <c r="R10" t="s">
+        <v>78</v>
+      </c>
+      <c r="S10" t="s">
+        <v>29</v>
+      </c>
+      <c r="T10" t="s">
+        <v>29</v>
+      </c>
+      <c r="U10" t="s">
+        <v>79</v>
+      </c>
+      <c r="V10" t="s">
+        <v>29</v>
+      </c>
+      <c r="W10" t="s">
+        <v>29</v>
+      </c>
+      <c r="X10" t="s">
+        <v>29</v>
+      </c>
+      <c r="Y10" t="s">
+        <v>29</v>
+      </c>
+      <c r="Z10" t="s">
+        <v>29</v>
+      </c>
+      <c r="AA10" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="11" spans="1:27" x14ac:dyDescent="0.35">
+      <c r="A11" t="s">
+        <v>80</v>
+      </c>
+      <c r="B11" t="s">
+        <v>81</v>
+      </c>
+      <c r="C11" t="s">
+        <v>29</v>
+      </c>
+      <c r="D11" t="s">
+        <v>29</v>
+      </c>
+      <c r="E11" t="s">
+        <v>29</v>
+      </c>
+      <c r="F11" t="s">
+        <v>29</v>
+      </c>
+      <c r="G11" t="s">
+        <v>29</v>
+      </c>
+      <c r="H11" t="s">
+        <v>29</v>
+      </c>
+      <c r="I11" t="s">
+        <v>29</v>
+      </c>
+      <c r="J11" t="s">
+        <v>82</v>
+      </c>
+      <c r="K11" t="s">
+        <v>83</v>
+      </c>
+      <c r="L11" t="s">
+        <v>81</v>
+      </c>
+      <c r="M11" t="s">
+        <v>29</v>
+      </c>
+      <c r="N11" t="s">
+        <v>32</v>
+      </c>
+      <c r="O11" t="s">
+        <v>29</v>
+      </c>
+      <c r="P11" t="s">
+        <v>41</v>
+      </c>
+      <c r="Q11" t="s">
+        <v>34</v>
+      </c>
+      <c r="R11" t="s">
+        <v>84</v>
+      </c>
+      <c r="S11" t="s">
+        <v>29</v>
+      </c>
+      <c r="T11" t="s">
+        <v>29</v>
+      </c>
+      <c r="U11" t="s">
+        <v>85</v>
+      </c>
+      <c r="V11" t="s">
+        <v>29</v>
+      </c>
+      <c r="W11" t="s">
+        <v>29</v>
+      </c>
+      <c r="X11" t="s">
+        <v>29</v>
+      </c>
+      <c r="Y11" t="s">
+        <v>29</v>
+      </c>
+      <c r="Z11" t="s">
+        <v>29</v>
+      </c>
+      <c r="AA11" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="12" spans="1:27" x14ac:dyDescent="0.35">
+      <c r="A12" t="s">
+        <v>86</v>
+      </c>
+      <c r="B12" t="s">
+        <v>87</v>
+      </c>
+      <c r="C12" t="s">
+        <v>29</v>
+      </c>
+      <c r="D12" t="s">
+        <v>29</v>
+      </c>
+      <c r="E12" t="s">
+        <v>29</v>
+      </c>
+      <c r="F12" t="s">
+        <v>29</v>
+      </c>
+      <c r="G12" t="s">
+        <v>29</v>
+      </c>
+      <c r="H12" t="s">
+        <v>29</v>
+      </c>
+      <c r="I12" t="s">
+        <v>29</v>
+      </c>
+      <c r="J12" t="s">
+        <v>88</v>
+      </c>
+      <c r="K12" t="s">
+        <v>83</v>
+      </c>
+      <c r="L12" t="s">
+        <v>87</v>
+      </c>
+      <c r="M12" t="s">
+        <v>29</v>
+      </c>
+      <c r="N12" t="s">
+        <v>32</v>
+      </c>
+      <c r="O12" t="s">
+        <v>29</v>
+      </c>
+      <c r="P12" t="s">
+        <v>89</v>
+      </c>
+      <c r="Q12" t="s">
+        <v>34</v>
+      </c>
+      <c r="R12" t="s">
+        <v>90</v>
+      </c>
+      <c r="S12" t="s">
+        <v>29</v>
+      </c>
+      <c r="T12" t="s">
+        <v>29</v>
+      </c>
+      <c r="U12" t="s">
+        <v>91</v>
+      </c>
+      <c r="V12" t="s">
+        <v>29</v>
+      </c>
+      <c r="W12" t="s">
+        <v>29</v>
+      </c>
+      <c r="X12" t="s">
+        <v>29</v>
+      </c>
+      <c r="Y12" t="s">
+        <v>29</v>
+      </c>
+      <c r="Z12" t="s">
+        <v>29</v>
+      </c>
+      <c r="AA12" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="13" spans="1:27" x14ac:dyDescent="0.35">
+      <c r="A13" t="s">
+        <v>92</v>
+      </c>
+      <c r="B13" t="s">
+        <v>93</v>
+      </c>
+      <c r="C13" t="s">
+        <v>29</v>
+      </c>
+      <c r="D13" t="s">
+        <v>29</v>
+      </c>
+      <c r="E13" t="s">
+        <v>29</v>
+      </c>
+      <c r="F13" t="s">
+        <v>29</v>
+      </c>
+      <c r="G13" t="s">
+        <v>29</v>
+      </c>
+      <c r="H13" t="s">
+        <v>29</v>
+      </c>
+      <c r="I13" t="s">
+        <v>29</v>
+      </c>
+      <c r="J13" t="s">
+        <v>94</v>
+      </c>
+      <c r="K13" t="s">
+        <v>95</v>
+      </c>
+      <c r="L13" t="s">
+        <v>93</v>
+      </c>
+      <c r="M13" t="s">
+        <v>29</v>
+      </c>
+      <c r="N13" t="s">
+        <v>32</v>
+      </c>
+      <c r="O13" t="s">
+        <v>29</v>
+      </c>
+      <c r="P13" t="s">
+        <v>41</v>
+      </c>
+      <c r="Q13" t="s">
+        <v>34</v>
+      </c>
+      <c r="R13" t="s">
+        <v>84</v>
+      </c>
+      <c r="S13" t="s">
+        <v>29</v>
+      </c>
+      <c r="T13" t="s">
+        <v>29</v>
+      </c>
+      <c r="U13" t="s">
+        <v>79</v>
+      </c>
+      <c r="V13" t="s">
+        <v>29</v>
+      </c>
+      <c r="W13" t="s">
+        <v>29</v>
+      </c>
+      <c r="X13" t="s">
+        <v>29</v>
+      </c>
+      <c r="Y13" t="s">
+        <v>29</v>
+      </c>
+      <c r="Z13" t="s">
+        <v>29</v>
+      </c>
+      <c r="AA13" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="14" spans="1:27" x14ac:dyDescent="0.35">
+      <c r="A14" t="s">
+        <v>96</v>
+      </c>
+      <c r="B14" t="s">
+        <v>97</v>
+      </c>
+      <c r="C14" t="s">
+        <v>29</v>
+      </c>
+      <c r="D14" t="s">
+        <v>29</v>
+      </c>
+      <c r="E14" t="s">
+        <v>29</v>
+      </c>
+      <c r="F14" t="s">
+        <v>29</v>
+      </c>
+      <c r="G14" t="s">
+        <v>29</v>
+      </c>
+      <c r="H14" t="s">
+        <v>29</v>
+      </c>
+      <c r="I14" t="s">
+        <v>29</v>
+      </c>
+      <c r="J14" t="s">
+        <v>98</v>
+      </c>
+      <c r="K14" t="s">
+        <v>95</v>
+      </c>
+      <c r="L14" t="s">
+        <v>97</v>
+      </c>
+      <c r="M14" t="s">
+        <v>29</v>
+      </c>
+      <c r="N14" t="s">
+        <v>32</v>
+      </c>
+      <c r="O14" t="s">
+        <v>29</v>
+      </c>
+      <c r="P14" t="s">
+        <v>89</v>
+      </c>
+      <c r="Q14" t="s">
+        <v>34</v>
+      </c>
+      <c r="R14" t="s">
+        <v>99</v>
+      </c>
+      <c r="S14" t="s">
+        <v>29</v>
+      </c>
+      <c r="T14" t="s">
+        <v>29</v>
+      </c>
+      <c r="U14" t="s">
+        <v>85</v>
+      </c>
+      <c r="V14" t="s">
+        <v>29</v>
+      </c>
+      <c r="W14" t="s">
+        <v>29</v>
+      </c>
+      <c r="X14" t="s">
+        <v>29</v>
+      </c>
+      <c r="Y14" t="s">
+        <v>29</v>
+      </c>
+      <c r="Z14" t="s">
+        <v>29</v>
+      </c>
+      <c r="AA14" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="15" spans="1:27" x14ac:dyDescent="0.35">
+      <c r="A15" t="s">
+        <v>100</v>
+      </c>
+      <c r="B15" t="s">
+        <v>101</v>
+      </c>
+      <c r="C15" t="s">
+        <v>29</v>
+      </c>
+      <c r="D15" t="s">
+        <v>29</v>
+      </c>
+      <c r="E15" t="s">
+        <v>29</v>
+      </c>
+      <c r="F15" t="s">
+        <v>29</v>
+      </c>
+      <c r="G15" t="s">
+        <v>29</v>
+      </c>
+      <c r="H15" t="s">
+        <v>29</v>
+      </c>
+      <c r="I15" t="s">
+        <v>29</v>
+      </c>
+      <c r="J15" t="s">
+        <v>102</v>
+      </c>
+      <c r="K15" t="s">
+        <v>103</v>
+      </c>
+      <c r="L15" t="s">
+        <v>101</v>
+      </c>
+      <c r="M15" t="s">
+        <v>29</v>
+      </c>
+      <c r="N15" t="s">
+        <v>32</v>
+      </c>
+      <c r="O15" t="s">
+        <v>29</v>
+      </c>
+      <c r="P15" t="s">
+        <v>41</v>
+      </c>
+      <c r="Q15" t="s">
+        <v>34</v>
+      </c>
+      <c r="R15" t="s">
+        <v>104</v>
+      </c>
+      <c r="S15" t="s">
+        <v>29</v>
+      </c>
+      <c r="T15" t="s">
+        <v>29</v>
+      </c>
+      <c r="U15" t="s">
+        <v>43</v>
+      </c>
+      <c r="V15" t="s">
+        <v>29</v>
+      </c>
+      <c r="W15" t="s">
+        <v>29</v>
+      </c>
+      <c r="X15" t="s">
+        <v>29</v>
+      </c>
+      <c r="Y15" t="s">
+        <v>29</v>
+      </c>
+      <c r="Z15" t="s">
+        <v>29</v>
+      </c>
+      <c r="AA15" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="16" spans="1:27" x14ac:dyDescent="0.35">
+      <c r="A16" t="s">
+        <v>105</v>
+      </c>
+      <c r="B16" t="s">
+        <v>106</v>
+      </c>
+      <c r="C16" t="s">
+        <v>29</v>
+      </c>
+      <c r="D16" t="s">
+        <v>29</v>
+      </c>
+      <c r="E16" t="s">
+        <v>29</v>
+      </c>
+      <c r="F16" t="s">
+        <v>29</v>
+      </c>
+      <c r="G16" t="s">
+        <v>29</v>
+      </c>
+      <c r="H16" t="s">
+        <v>29</v>
+      </c>
+      <c r="I16" t="s">
+        <v>29</v>
+      </c>
+      <c r="J16" t="s">
+        <v>107</v>
+      </c>
+      <c r="K16" t="s">
+        <v>103</v>
+      </c>
+      <c r="L16" t="s">
+        <v>106</v>
+      </c>
+      <c r="M16" t="s">
+        <v>29</v>
+      </c>
+      <c r="N16" t="s">
+        <v>32</v>
+      </c>
+      <c r="O16" t="s">
+        <v>29</v>
+      </c>
+      <c r="P16" t="s">
+        <v>41</v>
+      </c>
+      <c r="Q16" t="s">
+        <v>34</v>
+      </c>
+      <c r="R16" t="s">
+        <v>84</v>
+      </c>
+      <c r="S16" t="s">
+        <v>29</v>
+      </c>
+      <c r="T16" t="s">
+        <v>29</v>
+      </c>
+      <c r="U16" t="s">
+        <v>55</v>
+      </c>
+      <c r="V16" t="s">
+        <v>29</v>
+      </c>
+      <c r="W16" t="s">
+        <v>29</v>
+      </c>
+      <c r="X16" t="s">
+        <v>29</v>
+      </c>
+      <c r="Y16" t="s">
+        <v>29</v>
+      </c>
+      <c r="Z16" t="s">
+        <v>29</v>
+      </c>
+      <c r="AA16" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="17" spans="1:27" x14ac:dyDescent="0.35">
+      <c r="A17" t="s">
+        <v>108</v>
+      </c>
+      <c r="B17" t="s">
+        <v>109</v>
+      </c>
+      <c r="C17" t="s">
+        <v>29</v>
+      </c>
+      <c r="D17" t="s">
+        <v>29</v>
+      </c>
+      <c r="E17" t="s">
+        <v>29</v>
+      </c>
+      <c r="F17" t="s">
+        <v>29</v>
+      </c>
+      <c r="G17" t="s">
+        <v>29</v>
+      </c>
+      <c r="H17" t="s">
+        <v>29</v>
+      </c>
+      <c r="I17" t="s">
+        <v>29</v>
+      </c>
+      <c r="J17" t="s">
+        <v>110</v>
+      </c>
+      <c r="K17" t="s">
+        <v>103</v>
+      </c>
+      <c r="L17" t="s">
+        <v>109</v>
+      </c>
+      <c r="M17" t="s">
+        <v>29</v>
+      </c>
+      <c r="N17" t="s">
+        <v>32</v>
+      </c>
+      <c r="O17" t="s">
+        <v>29</v>
+      </c>
+      <c r="P17" t="s">
+        <v>33</v>
+      </c>
+      <c r="Q17" t="s">
+        <v>34</v>
+      </c>
+      <c r="R17" t="s">
+        <v>111</v>
+      </c>
+      <c r="S17" t="s">
+        <v>29</v>
+      </c>
+      <c r="T17" t="s">
+        <v>29</v>
+      </c>
+      <c r="U17" t="s">
+        <v>112</v>
+      </c>
+      <c r="V17" t="s">
+        <v>29</v>
+      </c>
+      <c r="W17" t="s">
+        <v>29</v>
+      </c>
+      <c r="X17" t="s">
+        <v>29</v>
+      </c>
+      <c r="Y17" t="s">
+        <v>29</v>
+      </c>
+      <c r="Z17" t="s">
+        <v>29</v>
+      </c>
+      <c r="AA17" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="18" spans="1:27" x14ac:dyDescent="0.35">
+      <c r="A18" t="s">
+        <v>113</v>
+      </c>
+      <c r="B18" t="s">
+        <v>114</v>
+      </c>
+      <c r="C18" t="s">
+        <v>29</v>
+      </c>
+      <c r="D18" t="s">
+        <v>29</v>
+      </c>
+      <c r="E18" t="s">
+        <v>29</v>
+      </c>
+      <c r="F18" t="s">
+        <v>29</v>
+      </c>
+      <c r="G18" t="s">
+        <v>29</v>
+      </c>
+      <c r="H18" t="s">
+        <v>29</v>
+      </c>
+      <c r="I18" t="s">
+        <v>29</v>
+      </c>
+      <c r="J18" t="s">
+        <v>115</v>
+      </c>
+      <c r="K18" t="s">
+        <v>116</v>
+      </c>
+      <c r="L18" t="s">
+        <v>114</v>
+      </c>
+      <c r="M18" t="s">
+        <v>29</v>
+      </c>
+      <c r="N18" t="s">
+        <v>32</v>
+      </c>
+      <c r="O18" t="s">
+        <v>29</v>
+      </c>
+      <c r="P18" t="s">
+        <v>33</v>
+      </c>
+      <c r="Q18" t="s">
+        <v>34</v>
+      </c>
+      <c r="R18" t="s">
+        <v>117</v>
+      </c>
+      <c r="S18" t="s">
+        <v>29</v>
+      </c>
+      <c r="T18" t="s">
+        <v>29</v>
+      </c>
+      <c r="U18" t="s">
+        <v>49</v>
+      </c>
+      <c r="V18" t="s">
+        <v>29</v>
+      </c>
+      <c r="W18" t="s">
+        <v>29</v>
+      </c>
+      <c r="X18" t="s">
+        <v>29</v>
+      </c>
+      <c r="Y18" t="s">
+        <v>29</v>
+      </c>
+      <c r="Z18" t="s">
+        <v>29</v>
+      </c>
+      <c r="AA18" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="19" spans="1:27" x14ac:dyDescent="0.35">
+      <c r="A19" t="s">
+        <v>118</v>
+      </c>
+      <c r="B19" t="s">
+        <v>119</v>
+      </c>
+      <c r="C19" t="s">
+        <v>29</v>
+      </c>
+      <c r="D19" t="s">
+        <v>29</v>
+      </c>
+      <c r="E19" t="s">
+        <v>29</v>
+      </c>
+      <c r="F19" t="s">
+        <v>29</v>
+      </c>
+      <c r="G19" t="s">
+        <v>29</v>
+      </c>
+      <c r="H19" t="s">
+        <v>29</v>
+      </c>
+      <c r="I19" t="s">
+        <v>29</v>
+      </c>
+      <c r="J19" t="s">
+        <v>120</v>
+      </c>
+      <c r="K19" t="s">
+        <v>116</v>
+      </c>
+      <c r="L19" t="s">
+        <v>119</v>
+      </c>
+      <c r="M19" t="s">
+        <v>29</v>
+      </c>
+      <c r="N19" t="s">
+        <v>32</v>
+      </c>
+      <c r="O19" t="s">
+        <v>29</v>
+      </c>
+      <c r="P19" t="s">
+        <v>121</v>
+      </c>
+      <c r="Q19" t="s">
+        <v>34</v>
+      </c>
+      <c r="R19" t="s">
+        <v>122</v>
+      </c>
+      <c r="S19" t="s">
+        <v>29</v>
+      </c>
+      <c r="T19" t="s">
+        <v>29</v>
+      </c>
+      <c r="U19" t="s">
+        <v>29</v>
+      </c>
+      <c r="V19" t="s">
+        <v>29</v>
+      </c>
+      <c r="W19" t="s">
+        <v>29</v>
+      </c>
+      <c r="X19" t="s">
+        <v>29</v>
+      </c>
+      <c r="Y19" t="s">
+        <v>29</v>
+      </c>
+      <c r="Z19" t="s">
+        <v>29</v>
+      </c>
+      <c r="AA19" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="20" spans="1:27" x14ac:dyDescent="0.35">
+      <c r="A20" t="s">
+        <v>123</v>
+      </c>
+      <c r="B20" t="s">
+        <v>124</v>
+      </c>
+      <c r="C20" t="s">
+        <v>29</v>
+      </c>
+      <c r="D20" t="s">
+        <v>29</v>
+      </c>
+      <c r="E20" t="s">
+        <v>29</v>
+      </c>
+      <c r="F20" t="s">
+        <v>29</v>
+      </c>
+      <c r="G20" t="s">
+        <v>29</v>
+      </c>
+      <c r="H20" t="s">
+        <v>29</v>
+      </c>
+      <c r="I20" t="s">
+        <v>29</v>
+      </c>
+      <c r="J20" t="s">
+        <v>125</v>
+      </c>
+      <c r="K20" t="s">
+        <v>95</v>
+      </c>
+      <c r="L20" t="s">
+        <v>124</v>
+      </c>
+      <c r="M20" t="s">
+        <v>29</v>
+      </c>
+      <c r="N20" t="s">
+        <v>32</v>
+      </c>
+      <c r="O20" t="s">
+        <v>29</v>
+      </c>
+      <c r="P20" t="s">
+        <v>33</v>
+      </c>
+      <c r="Q20" t="s">
+        <v>34</v>
+      </c>
+      <c r="R20" t="s">
+        <v>126</v>
+      </c>
+      <c r="S20" t="s">
+        <v>29</v>
+      </c>
+      <c r="T20" t="s">
+        <v>29</v>
+      </c>
+      <c r="U20" t="s">
+        <v>91</v>
+      </c>
+      <c r="V20" t="s">
+        <v>127</v>
+      </c>
+      <c r="W20" t="s">
+        <v>29</v>
+      </c>
+      <c r="X20" t="s">
+        <v>29</v>
+      </c>
+      <c r="Y20" t="s">
+        <v>29</v>
+      </c>
+      <c r="Z20" t="s">
+        <v>29</v>
+      </c>
+      <c r="AA20" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="21" spans="1:27" x14ac:dyDescent="0.35">
+      <c r="A21" t="s">
+        <v>128</v>
+      </c>
+      <c r="B21" t="s">
+        <v>129</v>
+      </c>
+      <c r="C21" t="s">
+        <v>29</v>
+      </c>
+      <c r="D21" t="s">
+        <v>29</v>
+      </c>
+      <c r="E21" t="s">
+        <v>29</v>
+      </c>
+      <c r="F21" t="s">
+        <v>29</v>
+      </c>
+      <c r="G21" t="s">
+        <v>29</v>
+      </c>
+      <c r="H21" t="s">
+        <v>29</v>
+      </c>
+      <c r="I21" t="s">
+        <v>29</v>
+      </c>
+      <c r="J21" t="s">
+        <v>130</v>
+      </c>
+      <c r="K21" t="s">
+        <v>131</v>
+      </c>
+      <c r="L21" t="s">
+        <v>129</v>
+      </c>
+      <c r="M21" t="s">
+        <v>29</v>
+      </c>
+      <c r="N21" t="s">
+        <v>32</v>
+      </c>
+      <c r="O21" t="s">
+        <v>29</v>
+      </c>
+      <c r="P21" t="s">
+        <v>41</v>
+      </c>
+      <c r="Q21" t="s">
+        <v>34</v>
+      </c>
+      <c r="R21" t="s">
+        <v>132</v>
+      </c>
+      <c r="S21" t="s">
+        <v>29</v>
+      </c>
+      <c r="T21" t="s">
+        <v>29</v>
+      </c>
+      <c r="U21" t="s">
+        <v>36</v>
+      </c>
+      <c r="V21" t="s">
+        <v>29</v>
+      </c>
+      <c r="W21" t="s">
+        <v>29</v>
+      </c>
+      <c r="X21" t="s">
+        <v>29</v>
+      </c>
+      <c r="Y21" t="s">
+        <v>29</v>
+      </c>
+      <c r="Z21" t="s">
+        <v>29</v>
+      </c>
+      <c r="AA21" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="22" spans="1:27" x14ac:dyDescent="0.35">
+      <c r="A22" t="s">
+        <v>133</v>
+      </c>
+      <c r="B22" t="s">
+        <v>134</v>
+      </c>
+      <c r="C22" t="s">
+        <v>29</v>
+      </c>
+      <c r="D22" t="s">
+        <v>29</v>
+      </c>
+      <c r="E22" t="s">
+        <v>29</v>
+      </c>
+      <c r="F22" t="s">
+        <v>29</v>
+      </c>
+      <c r="G22" t="s">
+        <v>29</v>
+      </c>
+      <c r="H22" t="s">
+        <v>29</v>
+      </c>
+      <c r="I22" t="s">
+        <v>29</v>
+      </c>
+      <c r="J22" t="s">
+        <v>135</v>
+      </c>
+      <c r="K22" t="s">
+        <v>131</v>
+      </c>
+      <c r="L22" t="s">
+        <v>134</v>
+      </c>
+      <c r="M22" t="s">
+        <v>29</v>
+      </c>
+      <c r="N22" t="s">
+        <v>32</v>
+      </c>
+      <c r="O22" t="s">
+        <v>29</v>
+      </c>
+      <c r="P22" t="s">
+        <v>33</v>
+      </c>
+      <c r="Q22" t="s">
+        <v>34</v>
+      </c>
+      <c r="R22" t="s">
+        <v>78</v>
+      </c>
+      <c r="S22" t="s">
+        <v>29</v>
+      </c>
+      <c r="T22" t="s">
+        <v>29</v>
+      </c>
+      <c r="U22" t="s">
+        <v>136</v>
+      </c>
+      <c r="V22" t="s">
+        <v>29</v>
+      </c>
+      <c r="W22" t="s">
+        <v>29</v>
+      </c>
+      <c r="X22" t="s">
+        <v>29</v>
+      </c>
+      <c r="Y22" t="s">
+        <v>29</v>
+      </c>
+      <c r="Z22" t="s">
+        <v>29</v>
+      </c>
+      <c r="AA22" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="23" spans="1:27" x14ac:dyDescent="0.35">
+      <c r="A23" t="s">
+        <v>137</v>
+      </c>
+      <c r="B23" t="s">
+        <v>138</v>
+      </c>
+      <c r="C23" t="s">
+        <v>29</v>
+      </c>
+      <c r="D23" t="s">
+        <v>29</v>
+      </c>
+      <c r="E23" t="s">
+        <v>29</v>
+      </c>
+      <c r="F23" t="s">
+        <v>29</v>
+      </c>
+      <c r="G23" t="s">
+        <v>29</v>
+      </c>
+      <c r="H23" t="s">
+        <v>29</v>
+      </c>
+      <c r="I23" t="s">
+        <v>29</v>
+      </c>
+      <c r="J23" t="s">
+        <v>139</v>
+      </c>
+      <c r="K23" t="s">
+        <v>131</v>
+      </c>
+      <c r="L23" t="s">
+        <v>138</v>
+      </c>
+      <c r="M23" t="s">
+        <v>29</v>
+      </c>
+      <c r="N23" t="s">
+        <v>32</v>
+      </c>
+      <c r="O23" t="s">
+        <v>29</v>
+      </c>
+      <c r="P23" t="s">
+        <v>33</v>
+      </c>
+      <c r="Q23" t="s">
+        <v>34</v>
+      </c>
+      <c r="R23" t="s">
+        <v>122</v>
+      </c>
+      <c r="S23" t="s">
+        <v>29</v>
+      </c>
+      <c r="T23" t="s">
+        <v>29</v>
+      </c>
+      <c r="U23" t="s">
+        <v>43</v>
+      </c>
+      <c r="V23" t="s">
+        <v>29</v>
+      </c>
+      <c r="W23" t="s">
+        <v>29</v>
+      </c>
+      <c r="X23" t="s">
+        <v>29</v>
+      </c>
+      <c r="Y23" t="s">
+        <v>29</v>
+      </c>
+      <c r="Z23" t="s">
+        <v>29</v>
+      </c>
+      <c r="AA23" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="24" spans="1:27" x14ac:dyDescent="0.35">
+      <c r="A24" t="s">
+        <v>140</v>
+      </c>
+      <c r="B24" t="s">
+        <v>141</v>
+      </c>
+      <c r="C24" t="s">
+        <v>29</v>
+      </c>
+      <c r="D24" t="s">
+        <v>29</v>
+      </c>
+      <c r="E24" t="s">
+        <v>29</v>
+      </c>
+      <c r="F24" t="s">
+        <v>29</v>
+      </c>
+      <c r="G24" t="s">
+        <v>29</v>
+      </c>
+      <c r="H24" t="s">
+        <v>29</v>
+      </c>
+      <c r="I24" t="s">
+        <v>29</v>
+      </c>
+      <c r="J24" t="s">
+        <v>142</v>
+      </c>
+      <c r="K24" t="s">
+        <v>143</v>
+      </c>
+      <c r="L24" t="s">
+        <v>141</v>
+      </c>
+      <c r="M24" t="s">
+        <v>29</v>
+      </c>
+      <c r="N24" t="s">
+        <v>32</v>
+      </c>
+      <c r="O24" t="s">
+        <v>29</v>
+      </c>
+      <c r="P24" t="s">
+        <v>41</v>
+      </c>
+      <c r="Q24" t="s">
+        <v>34</v>
+      </c>
+      <c r="R24" t="s">
+        <v>132</v>
+      </c>
+      <c r="S24" t="s">
+        <v>29</v>
+      </c>
+      <c r="T24" t="s">
+        <v>29</v>
+      </c>
+      <c r="U24" t="s">
+        <v>136</v>
+      </c>
+      <c r="V24" t="s">
+        <v>29</v>
+      </c>
+      <c r="W24" t="s">
+        <v>29</v>
+      </c>
+      <c r="X24" t="s">
+        <v>29</v>
+      </c>
+      <c r="Y24" t="s">
+        <v>29</v>
+      </c>
+      <c r="Z24" t="s">
+        <v>29</v>
+      </c>
+      <c r="AA24" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="25" spans="1:27" x14ac:dyDescent="0.35">
+      <c r="A25" t="s">
+        <v>144</v>
+      </c>
+      <c r="B25" t="s">
+        <v>145</v>
+      </c>
+      <c r="C25" t="s">
+        <v>29</v>
+      </c>
+      <c r="D25" t="s">
+        <v>29</v>
+      </c>
+      <c r="E25" t="s">
+        <v>29</v>
+      </c>
+      <c r="F25" t="s">
+        <v>29</v>
+      </c>
+      <c r="G25" t="s">
+        <v>29</v>
+      </c>
+      <c r="H25" t="s">
+        <v>29</v>
+      </c>
+      <c r="I25" t="s">
+        <v>29</v>
+      </c>
+      <c r="J25" t="s">
+        <v>146</v>
+      </c>
+      <c r="K25" t="s">
+        <v>147</v>
+      </c>
+      <c r="L25" t="s">
+        <v>145</v>
+      </c>
+      <c r="M25" t="s">
+        <v>29</v>
+      </c>
+      <c r="N25" t="s">
+        <v>32</v>
+      </c>
+      <c r="O25" t="s">
+        <v>29</v>
+      </c>
+      <c r="P25" t="s">
+        <v>33</v>
+      </c>
+      <c r="Q25" t="s">
+        <v>34</v>
+      </c>
+      <c r="R25" t="s">
+        <v>35</v>
+      </c>
+      <c r="S25" t="s">
+        <v>29</v>
+      </c>
+      <c r="T25" t="s">
+        <v>29</v>
+      </c>
+      <c r="U25" t="s">
+        <v>148</v>
+      </c>
+      <c r="V25" t="s">
+        <v>29</v>
+      </c>
+      <c r="W25" t="s">
+        <v>29</v>
+      </c>
+      <c r="X25" t="s">
+        <v>29</v>
+      </c>
+      <c r="Y25" t="s">
+        <v>29</v>
+      </c>
+      <c r="Z25" t="s">
+        <v>29</v>
+      </c>
+      <c r="AA25" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="26" spans="1:27" x14ac:dyDescent="0.35">
+      <c r="A26" t="s">
+        <v>149</v>
+      </c>
+      <c r="B26" t="s">
+        <v>150</v>
+      </c>
+      <c r="C26" t="s">
+        <v>29</v>
+      </c>
+      <c r="D26" t="s">
+        <v>29</v>
+      </c>
+      <c r="E26" t="s">
+        <v>29</v>
+      </c>
+      <c r="F26" t="s">
+        <v>29</v>
+      </c>
+      <c r="G26" t="s">
+        <v>29</v>
+      </c>
+      <c r="H26" t="s">
+        <v>29</v>
+      </c>
+      <c r="I26" t="s">
+        <v>29</v>
+      </c>
+      <c r="J26" t="s">
+        <v>151</v>
+      </c>
+      <c r="K26" t="s">
+        <v>147</v>
+      </c>
+      <c r="L26" t="s">
+        <v>150</v>
+      </c>
+      <c r="M26" t="s">
+        <v>29</v>
+      </c>
+      <c r="N26" t="s">
+        <v>32</v>
+      </c>
+      <c r="O26" t="s">
+        <v>29</v>
+      </c>
+      <c r="P26" t="s">
+        <v>33</v>
+      </c>
+      <c r="Q26" t="s">
+        <v>34</v>
+      </c>
+      <c r="R26" t="s">
+        <v>78</v>
+      </c>
+      <c r="S26" t="s">
+        <v>29</v>
+      </c>
+      <c r="T26" t="s">
+        <v>29</v>
+      </c>
+      <c r="U26" t="s">
+        <v>152</v>
+      </c>
+      <c r="V26" t="s">
+        <v>29</v>
+      </c>
+      <c r="W26" t="s">
+        <v>29</v>
+      </c>
+      <c r="X26" t="s">
+        <v>29</v>
+      </c>
+      <c r="Y26" t="s">
+        <v>29</v>
+      </c>
+      <c r="Z26" t="s">
+        <v>29</v>
+      </c>
+      <c r="AA26" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="27" spans="1:27" x14ac:dyDescent="0.35">
+      <c r="A27" t="s">
+        <v>153</v>
+      </c>
+      <c r="B27" t="s">
+        <v>154</v>
+      </c>
+      <c r="C27" t="s">
+        <v>29</v>
+      </c>
+      <c r="D27" t="s">
+        <v>29</v>
+      </c>
+      <c r="E27" t="s">
+        <v>29</v>
+      </c>
+      <c r="F27" t="s">
+        <v>29</v>
+      </c>
+      <c r="G27" t="s">
+        <v>29</v>
+      </c>
+      <c r="H27" t="s">
+        <v>29</v>
+      </c>
+      <c r="I27" t="s">
+        <v>29</v>
+      </c>
+      <c r="J27" t="s">
+        <v>155</v>
+      </c>
+      <c r="K27" t="s">
+        <v>147</v>
+      </c>
+      <c r="L27" t="s">
+        <v>154</v>
+      </c>
+      <c r="M27" t="s">
+        <v>29</v>
+      </c>
+      <c r="N27" t="s">
+        <v>32</v>
+      </c>
+      <c r="O27" t="s">
+        <v>29</v>
+      </c>
+      <c r="P27" t="s">
+        <v>33</v>
+      </c>
+      <c r="Q27" t="s">
+        <v>34</v>
+      </c>
+      <c r="R27" t="s">
+        <v>122</v>
+      </c>
+      <c r="S27" t="s">
+        <v>29</v>
+      </c>
+      <c r="T27" t="s">
+        <v>29</v>
+      </c>
+      <c r="U27" t="s">
+        <v>29</v>
+      </c>
+      <c r="V27" t="s">
+        <v>29</v>
+      </c>
+      <c r="W27" t="s">
+        <v>29</v>
+      </c>
+      <c r="X27" t="s">
+        <v>29</v>
+      </c>
+      <c r="Y27" t="s">
+        <v>29</v>
+      </c>
+      <c r="Z27" t="s">
+        <v>29</v>
+      </c>
+      <c r="AA27" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="28" spans="1:27" x14ac:dyDescent="0.35">
+      <c r="A28" t="s">
+        <v>156</v>
+      </c>
+      <c r="B28" t="s">
+        <v>157</v>
+      </c>
+      <c r="C28" t="s">
+        <v>29</v>
+      </c>
+      <c r="D28" t="s">
+        <v>29</v>
+      </c>
+      <c r="E28" t="s">
+        <v>29</v>
+      </c>
+      <c r="F28" t="s">
+        <v>29</v>
+      </c>
+      <c r="G28" t="s">
+        <v>29</v>
+      </c>
+      <c r="H28" t="s">
+        <v>29</v>
+      </c>
+      <c r="I28" t="s">
+        <v>29</v>
+      </c>
+      <c r="J28" t="s">
+        <v>158</v>
+      </c>
+      <c r="K28" t="s">
+        <v>131</v>
+      </c>
+      <c r="L28" t="s">
+        <v>157</v>
+      </c>
+      <c r="M28" t="s">
+        <v>29</v>
+      </c>
+      <c r="N28" t="s">
+        <v>32</v>
+      </c>
+      <c r="O28" t="s">
+        <v>29</v>
+      </c>
+      <c r="P28" t="s">
+        <v>33</v>
+      </c>
+      <c r="Q28" t="s">
+        <v>34</v>
+      </c>
+      <c r="R28" t="s">
+        <v>35</v>
+      </c>
+      <c r="S28" t="s">
+        <v>29</v>
+      </c>
+      <c r="T28" t="s">
+        <v>29</v>
+      </c>
+      <c r="U28" t="s">
+        <v>159</v>
+      </c>
+      <c r="V28" t="s">
+        <v>29</v>
+      </c>
+      <c r="W28" t="s">
+        <v>29</v>
+      </c>
+      <c r="X28" t="s">
+        <v>29</v>
+      </c>
+      <c r="Y28" t="s">
+        <v>29</v>
+      </c>
+      <c r="Z28" t="s">
+        <v>29</v>
+      </c>
+      <c r="AA28" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="29" spans="1:27" x14ac:dyDescent="0.35">
+      <c r="A29" t="s">
+        <v>160</v>
+      </c>
+      <c r="B29" t="s">
+        <v>161</v>
+      </c>
+      <c r="C29" t="s">
+        <v>29</v>
+      </c>
+      <c r="D29" t="s">
+        <v>29</v>
+      </c>
+      <c r="E29" t="s">
+        <v>29</v>
+      </c>
+      <c r="F29" t="s">
+        <v>29</v>
+      </c>
+      <c r="G29" t="s">
+        <v>29</v>
+      </c>
+      <c r="H29" t="s">
+        <v>29</v>
+      </c>
+      <c r="I29" t="s">
+        <v>29</v>
+      </c>
+      <c r="J29" t="s">
+        <v>162</v>
+      </c>
+      <c r="K29" t="s">
+        <v>163</v>
+      </c>
+      <c r="L29" t="s">
+        <v>161</v>
+      </c>
+      <c r="M29" t="s">
+        <v>29</v>
+      </c>
+      <c r="N29" t="s">
+        <v>32</v>
+      </c>
+      <c r="O29" t="s">
+        <v>29</v>
+      </c>
+      <c r="P29" t="s">
+        <v>33</v>
+      </c>
+      <c r="Q29" t="s">
+        <v>34</v>
+      </c>
+      <c r="R29" t="s">
+        <v>126</v>
+      </c>
+      <c r="S29" t="s">
+        <v>29</v>
+      </c>
+      <c r="T29" t="s">
+        <v>29</v>
+      </c>
+      <c r="U29" t="s">
+        <v>43</v>
+      </c>
+      <c r="V29" t="s">
+        <v>29</v>
+      </c>
+      <c r="W29" t="s">
+        <v>29</v>
+      </c>
+      <c r="X29" t="s">
+        <v>29</v>
+      </c>
+      <c r="Y29" t="s">
+        <v>29</v>
+      </c>
+      <c r="Z29" t="s">
+        <v>29</v>
+      </c>
+      <c r="AA29" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="30" spans="1:27" x14ac:dyDescent="0.35">
+      <c r="A30" t="s">
+        <v>164</v>
+      </c>
+      <c r="B30" t="s">
+        <v>165</v>
+      </c>
+      <c r="C30" t="s">
+        <v>29</v>
+      </c>
+      <c r="D30" t="s">
+        <v>29</v>
+      </c>
+      <c r="E30" t="s">
+        <v>29</v>
+      </c>
+      <c r="F30" t="s">
+        <v>29</v>
+      </c>
+      <c r="G30" t="s">
+        <v>29</v>
+      </c>
+      <c r="H30" t="s">
+        <v>29</v>
+      </c>
+      <c r="I30" t="s">
+        <v>29</v>
+      </c>
+      <c r="J30" t="s">
+        <v>166</v>
+      </c>
+      <c r="K30" t="s">
+        <v>167</v>
+      </c>
+      <c r="L30" t="s">
+        <v>165</v>
+      </c>
+      <c r="M30" t="s">
+        <v>29</v>
+      </c>
+      <c r="N30" t="s">
+        <v>32</v>
+      </c>
+      <c r="O30" t="s">
+        <v>29</v>
+      </c>
+      <c r="P30" t="s">
+        <v>41</v>
+      </c>
+      <c r="Q30" t="s">
+        <v>34</v>
+      </c>
+      <c r="R30" t="s">
+        <v>168</v>
+      </c>
+      <c r="S30" t="s">
+        <v>29</v>
+      </c>
+      <c r="T30" t="s">
+        <v>29</v>
+      </c>
+      <c r="U30" t="s">
+        <v>85</v>
+      </c>
+      <c r="V30" t="s">
+        <v>29</v>
+      </c>
+      <c r="W30" t="s">
+        <v>29</v>
+      </c>
+      <c r="X30" t="s">
+        <v>29</v>
+      </c>
+      <c r="Y30" t="s">
+        <v>29</v>
+      </c>
+      <c r="Z30" t="s">
+        <v>29</v>
+      </c>
+      <c r="AA30" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="31" spans="1:27" x14ac:dyDescent="0.35">
+      <c r="A31" t="s">
+        <v>169</v>
+      </c>
+      <c r="B31" t="s">
+        <v>170</v>
+      </c>
+      <c r="C31" t="s">
+        <v>29</v>
+      </c>
+      <c r="D31" t="s">
+        <v>29</v>
+      </c>
+      <c r="E31" t="s">
+        <v>29</v>
+      </c>
+      <c r="F31" t="s">
+        <v>29</v>
+      </c>
+      <c r="G31" t="s">
+        <v>29</v>
+      </c>
+      <c r="H31" t="s">
+        <v>29</v>
+      </c>
+      <c r="I31" t="s">
+        <v>29</v>
+      </c>
+      <c r="J31" t="s">
+        <v>171</v>
+      </c>
+      <c r="K31" t="s">
+        <v>167</v>
+      </c>
+      <c r="L31" t="s">
+        <v>170</v>
+      </c>
+      <c r="M31" t="s">
+        <v>29</v>
+      </c>
+      <c r="N31" t="s">
+        <v>32</v>
+      </c>
+      <c r="O31" t="s">
+        <v>29</v>
+      </c>
+      <c r="P31" t="s">
+        <v>41</v>
+      </c>
+      <c r="Q31" t="s">
+        <v>34</v>
+      </c>
+      <c r="R31" t="s">
+        <v>104</v>
+      </c>
+      <c r="S31" t="s">
+        <v>29</v>
+      </c>
+      <c r="T31" t="s">
+        <v>29</v>
+      </c>
+      <c r="U31" t="s">
+        <v>79</v>
+      </c>
+      <c r="V31" t="s">
+        <v>29</v>
+      </c>
+      <c r="W31" t="s">
+        <v>29</v>
+      </c>
+      <c r="X31" t="s">
+        <v>29</v>
+      </c>
+      <c r="Y31" t="s">
+        <v>29</v>
+      </c>
+      <c r="Z31" t="s">
+        <v>29</v>
+      </c>
+      <c r="AA31" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="32" spans="1:27" x14ac:dyDescent="0.35">
+      <c r="A32" t="s">
+        <v>172</v>
+      </c>
+      <c r="B32" t="s">
+        <v>173</v>
+      </c>
+      <c r="C32" t="s">
+        <v>29</v>
+      </c>
+      <c r="D32" t="s">
+        <v>29</v>
+      </c>
+      <c r="E32" t="s">
+        <v>29</v>
+      </c>
+      <c r="F32" t="s">
+        <v>29</v>
+      </c>
+      <c r="G32" t="s">
+        <v>29</v>
+      </c>
+      <c r="H32" t="s">
+        <v>29</v>
+      </c>
+      <c r="I32" t="s">
+        <v>29</v>
+      </c>
+      <c r="J32" t="s">
+        <v>174</v>
+      </c>
+      <c r="K32" t="s">
+        <v>175</v>
+      </c>
+      <c r="L32" t="s">
+        <v>173</v>
+      </c>
+      <c r="M32" t="s">
+        <v>29</v>
+      </c>
+      <c r="N32" t="s">
+        <v>32</v>
+      </c>
+      <c r="O32" t="s">
+        <v>29</v>
+      </c>
+      <c r="P32" t="s">
+        <v>33</v>
+      </c>
+      <c r="Q32" t="s">
+        <v>34</v>
+      </c>
+      <c r="R32" t="s">
+        <v>117</v>
+      </c>
+      <c r="S32" t="s">
+        <v>29</v>
+      </c>
+      <c r="T32" t="s">
+        <v>29</v>
+      </c>
+      <c r="U32" t="s">
+        <v>91</v>
+      </c>
+      <c r="V32" t="s">
+        <v>29</v>
+      </c>
+      <c r="W32" t="s">
+        <v>29</v>
+      </c>
+      <c r="X32" t="s">
+        <v>29</v>
+      </c>
+      <c r="Y32" t="s">
+        <v>29</v>
+      </c>
+      <c r="Z32" t="s">
+        <v>29</v>
+      </c>
+      <c r="AA32" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="33" spans="1:27" x14ac:dyDescent="0.35">
+      <c r="A33" t="s">
+        <v>176</v>
+      </c>
+      <c r="B33" t="s">
+        <v>177</v>
+      </c>
+      <c r="C33" t="s">
+        <v>29</v>
+      </c>
+      <c r="D33" t="s">
+        <v>29</v>
+      </c>
+      <c r="E33" t="s">
+        <v>29</v>
+      </c>
+      <c r="F33" t="s">
+        <v>29</v>
+      </c>
+      <c r="G33" t="s">
+        <v>29</v>
+      </c>
+      <c r="H33" t="s">
+        <v>29</v>
+      </c>
+      <c r="I33" t="s">
+        <v>29</v>
+      </c>
+      <c r="J33" t="s">
+        <v>178</v>
+      </c>
+      <c r="K33" t="s">
+        <v>175</v>
+      </c>
+      <c r="L33" t="s">
+        <v>177</v>
+      </c>
+      <c r="M33" t="s">
+        <v>29</v>
+      </c>
+      <c r="N33" t="s">
+        <v>32</v>
+      </c>
+      <c r="O33" t="s">
+        <v>29</v>
+      </c>
+      <c r="P33" t="s">
+        <v>33</v>
+      </c>
+      <c r="Q33" t="s">
+        <v>34</v>
+      </c>
+      <c r="R33" t="s">
+        <v>48</v>
+      </c>
+      <c r="S33" t="s">
+        <v>29</v>
+      </c>
+      <c r="T33" t="s">
+        <v>29</v>
+      </c>
+      <c r="U33" t="s">
+        <v>179</v>
+      </c>
+      <c r="V33" t="s">
+        <v>29</v>
+      </c>
+      <c r="W33" t="s">
+        <v>29</v>
+      </c>
+      <c r="X33" t="s">
+        <v>29</v>
+      </c>
+      <c r="Y33" t="s">
+        <v>29</v>
+      </c>
+      <c r="Z33" t="s">
+        <v>29</v>
+      </c>
+      <c r="AA33" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="34" spans="1:27" x14ac:dyDescent="0.35">
+      <c r="A34" t="s">
+        <v>180</v>
+      </c>
+      <c r="B34" t="s">
+        <v>181</v>
+      </c>
+      <c r="C34" t="s">
+        <v>29</v>
+      </c>
+      <c r="D34" t="s">
+        <v>29</v>
+      </c>
+      <c r="E34" t="s">
+        <v>29</v>
+      </c>
+      <c r="F34" t="s">
+        <v>29</v>
+      </c>
+      <c r="G34" t="s">
+        <v>29</v>
+      </c>
+      <c r="H34" t="s">
+        <v>29</v>
+      </c>
+      <c r="I34" t="s">
+        <v>29</v>
+      </c>
+      <c r="J34" t="s">
+        <v>182</v>
+      </c>
+      <c r="K34" t="s">
+        <v>183</v>
+      </c>
+      <c r="L34" t="s">
+        <v>181</v>
+      </c>
+      <c r="M34" t="s">
+        <v>29</v>
+      </c>
+      <c r="N34" t="s">
+        <v>32</v>
+      </c>
+      <c r="O34" t="s">
+        <v>29</v>
+      </c>
+      <c r="P34" t="s">
+        <v>41</v>
+      </c>
+      <c r="Q34" t="s">
+        <v>34</v>
+      </c>
+      <c r="R34" t="s">
+        <v>184</v>
+      </c>
+      <c r="S34" t="s">
+        <v>29</v>
+      </c>
+      <c r="T34" t="s">
+        <v>29</v>
+      </c>
+      <c r="U34" t="s">
+        <v>49</v>
+      </c>
+      <c r="V34" t="s">
+        <v>29</v>
+      </c>
+      <c r="W34" t="s">
+        <v>29</v>
+      </c>
+      <c r="X34" t="s">
+        <v>29</v>
+      </c>
+      <c r="Y34" t="s">
+        <v>29</v>
+      </c>
+      <c r="Z34" t="s">
+        <v>29</v>
+      </c>
+      <c r="AA34" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="35" spans="1:27" x14ac:dyDescent="0.35">
+      <c r="A35" t="s">
+        <v>185</v>
+      </c>
+      <c r="B35" t="s">
+        <v>186</v>
+      </c>
+      <c r="C35" t="s">
+        <v>29</v>
+      </c>
+      <c r="D35" t="s">
+        <v>29</v>
+      </c>
+      <c r="E35" t="s">
+        <v>29</v>
+      </c>
+      <c r="F35" t="s">
+        <v>29</v>
+      </c>
+      <c r="G35" t="s">
+        <v>29</v>
+      </c>
+      <c r="H35" t="s">
+        <v>29</v>
+      </c>
+      <c r="I35" t="s">
+        <v>29</v>
+      </c>
+      <c r="J35" t="s">
+        <v>187</v>
+      </c>
+      <c r="K35" t="s">
+        <v>188</v>
+      </c>
+      <c r="L35" t="s">
+        <v>186</v>
+      </c>
+      <c r="M35" t="s">
+        <v>29</v>
+      </c>
+      <c r="N35" t="s">
+        <v>32</v>
+      </c>
+      <c r="O35" t="s">
+        <v>29</v>
+      </c>
+      <c r="P35" t="s">
+        <v>33</v>
+      </c>
+      <c r="Q35" t="s">
+        <v>34</v>
+      </c>
+      <c r="R35" t="s">
+        <v>111</v>
+      </c>
+      <c r="S35" t="s">
+        <v>29</v>
+      </c>
+      <c r="T35" t="s">
+        <v>29</v>
+      </c>
+      <c r="U35" t="s">
+        <v>159</v>
+      </c>
+      <c r="V35" t="s">
+        <v>29</v>
+      </c>
+      <c r="W35" t="s">
+        <v>29</v>
+      </c>
+      <c r="X35" t="s">
+        <v>29</v>
+      </c>
+      <c r="Y35" t="s">
+        <v>29</v>
+      </c>
+      <c r="Z35" t="s">
+        <v>29</v>
+      </c>
+      <c r="AA35" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="36" spans="1:27" x14ac:dyDescent="0.35">
+      <c r="A36" t="s">
+        <v>189</v>
+      </c>
+      <c r="B36" t="s">
+        <v>190</v>
+      </c>
+      <c r="C36" t="s">
+        <v>29</v>
+      </c>
+      <c r="D36" t="s">
+        <v>29</v>
+      </c>
+      <c r="E36" t="s">
+        <v>29</v>
+      </c>
+      <c r="F36" t="s">
+        <v>29</v>
+      </c>
+      <c r="G36" t="s">
+        <v>29</v>
+      </c>
+      <c r="H36" t="s">
+        <v>29</v>
+      </c>
+      <c r="I36" t="s">
+        <v>29</v>
+      </c>
+      <c r="J36" t="s">
+        <v>191</v>
+      </c>
+      <c r="K36" t="s">
+        <v>188</v>
+      </c>
+      <c r="L36" t="s">
+        <v>190</v>
+      </c>
+      <c r="M36" t="s">
+        <v>29</v>
+      </c>
+      <c r="N36" t="s">
+        <v>32</v>
+      </c>
+      <c r="O36" t="s">
+        <v>29</v>
+      </c>
+      <c r="P36" t="s">
+        <v>41</v>
+      </c>
+      <c r="Q36" t="s">
+        <v>34</v>
+      </c>
+      <c r="R36" t="s">
+        <v>184</v>
+      </c>
+      <c r="S36" t="s">
+        <v>29</v>
+      </c>
+      <c r="T36" t="s">
+        <v>29</v>
+      </c>
+      <c r="U36" t="s">
+        <v>192</v>
+      </c>
+      <c r="V36" t="s">
+        <v>29</v>
+      </c>
+      <c r="W36" t="s">
+        <v>29</v>
+      </c>
+      <c r="X36" t="s">
+        <v>29</v>
+      </c>
+      <c r="Y36" t="s">
+        <v>29</v>
+      </c>
+      <c r="Z36" t="s">
+        <v>29</v>
+      </c>
+      <c r="AA36" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="37" spans="1:27" x14ac:dyDescent="0.35">
+      <c r="A37" t="s">
+        <v>193</v>
+      </c>
+      <c r="B37" t="s">
+        <v>194</v>
+      </c>
+      <c r="C37" t="s">
+        <v>29</v>
+      </c>
+      <c r="D37" t="s">
+        <v>29</v>
+      </c>
+      <c r="E37" t="s">
+        <v>29</v>
+      </c>
+      <c r="F37" t="s">
+        <v>29</v>
+      </c>
+      <c r="G37" t="s">
+        <v>29</v>
+      </c>
+      <c r="H37" t="s">
+        <v>29</v>
+      </c>
+      <c r="I37" t="s">
+        <v>29</v>
+      </c>
+      <c r="J37" t="s">
+        <v>195</v>
+      </c>
+      <c r="K37" t="s">
+        <v>188</v>
+      </c>
+      <c r="L37" t="s">
+        <v>194</v>
+      </c>
+      <c r="M37" t="s">
+        <v>29</v>
+      </c>
+      <c r="N37" t="s">
+        <v>32</v>
+      </c>
+      <c r="O37" t="s">
+        <v>29</v>
+      </c>
+      <c r="P37" t="s">
+        <v>41</v>
+      </c>
+      <c r="Q37" t="s">
+        <v>34</v>
+      </c>
+      <c r="R37" t="s">
+        <v>90</v>
+      </c>
+      <c r="S37" t="s">
+        <v>29</v>
+      </c>
+      <c r="T37" t="s">
+        <v>29</v>
+      </c>
+      <c r="U37" t="s">
+        <v>36</v>
+      </c>
+      <c r="V37" t="s">
+        <v>29</v>
+      </c>
+      <c r="W37" t="s">
+        <v>29</v>
+      </c>
+      <c r="X37" t="s">
+        <v>29</v>
+      </c>
+      <c r="Y37" t="s">
+        <v>29</v>
+      </c>
+      <c r="Z37" t="s">
+        <v>29</v>
+      </c>
+      <c r="AA37" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="38" spans="1:27" x14ac:dyDescent="0.35">
+      <c r="A38" t="s">
+        <v>196</v>
+      </c>
+      <c r="B38" t="s">
+        <v>197</v>
+      </c>
+      <c r="C38" t="s">
+        <v>29</v>
+      </c>
+      <c r="D38" t="s">
+        <v>29</v>
+      </c>
+      <c r="E38" t="s">
+        <v>29</v>
+      </c>
+      <c r="F38" t="s">
+        <v>29</v>
+      </c>
+      <c r="G38" t="s">
+        <v>29</v>
+      </c>
+      <c r="H38" t="s">
+        <v>29</v>
+      </c>
+      <c r="I38" t="s">
+        <v>29</v>
+      </c>
+      <c r="J38" t="s">
+        <v>198</v>
+      </c>
+      <c r="K38" t="s">
+        <v>188</v>
+      </c>
+      <c r="L38" t="s">
+        <v>197</v>
+      </c>
+      <c r="M38" t="s">
+        <v>29</v>
+      </c>
+      <c r="N38" t="s">
+        <v>32</v>
+      </c>
+      <c r="O38" t="s">
+        <v>29</v>
+      </c>
+      <c r="P38" t="s">
+        <v>33</v>
+      </c>
+      <c r="Q38" t="s">
+        <v>34</v>
+      </c>
+      <c r="R38" t="s">
+        <v>48</v>
+      </c>
+      <c r="S38" t="s">
+        <v>29</v>
+      </c>
+      <c r="T38" t="s">
+        <v>29</v>
+      </c>
+      <c r="U38" t="s">
+        <v>136</v>
+      </c>
+      <c r="V38" t="s">
+        <v>29</v>
+      </c>
+      <c r="W38" t="s">
+        <v>29</v>
+      </c>
+      <c r="X38" t="s">
+        <v>29</v>
+      </c>
+      <c r="Y38" t="s">
+        <v>29</v>
+      </c>
+      <c r="Z38" t="s">
+        <v>29</v>
+      </c>
+      <c r="AA38" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="39" spans="1:27" x14ac:dyDescent="0.35">
+      <c r="A39" t="s">
+        <v>199</v>
+      </c>
+      <c r="B39" t="s">
+        <v>200</v>
+      </c>
+      <c r="C39" t="s">
+        <v>29</v>
+      </c>
+      <c r="D39" t="s">
+        <v>29</v>
+      </c>
+      <c r="E39" t="s">
+        <v>29</v>
+      </c>
+      <c r="F39" t="s">
+        <v>29</v>
+      </c>
+      <c r="G39" t="s">
+        <v>29</v>
+      </c>
+      <c r="H39" t="s">
+        <v>29</v>
+      </c>
+      <c r="I39" t="s">
+        <v>29</v>
+      </c>
+      <c r="J39" t="s">
+        <v>201</v>
+      </c>
+      <c r="K39" t="s">
+        <v>202</v>
+      </c>
+      <c r="L39" t="s">
+        <v>200</v>
+      </c>
+      <c r="M39" t="s">
+        <v>29</v>
+      </c>
+      <c r="N39" t="s">
+        <v>32</v>
+      </c>
+      <c r="O39" t="s">
+        <v>29</v>
+      </c>
+      <c r="P39" t="s">
+        <v>41</v>
+      </c>
+      <c r="Q39" t="s">
+        <v>34</v>
+      </c>
+      <c r="R39" t="s">
+        <v>60</v>
+      </c>
+      <c r="S39" t="s">
+        <v>29</v>
+      </c>
+      <c r="T39" t="s">
+        <v>29</v>
+      </c>
+      <c r="U39" t="s">
+        <v>43</v>
+      </c>
+      <c r="V39" t="s">
+        <v>29</v>
+      </c>
+      <c r="W39" t="s">
+        <v>29</v>
+      </c>
+      <c r="X39" t="s">
+        <v>29</v>
+      </c>
+      <c r="Y39" t="s">
+        <v>29</v>
+      </c>
+      <c r="Z39" t="s">
+        <v>29</v>
+      </c>
+      <c r="AA39" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="40" spans="1:27" x14ac:dyDescent="0.35">
+      <c r="A40" t="s">
+        <v>203</v>
+      </c>
+      <c r="B40" t="s">
+        <v>204</v>
+      </c>
+      <c r="C40" t="s">
+        <v>29</v>
+      </c>
+      <c r="D40" t="s">
+        <v>29</v>
+      </c>
+      <c r="E40" t="s">
+        <v>29</v>
+      </c>
+      <c r="F40" t="s">
+        <v>29</v>
+      </c>
+      <c r="G40" t="s">
+        <v>29</v>
+      </c>
+      <c r="H40" t="s">
+        <v>29</v>
+      </c>
+      <c r="I40" t="s">
+        <v>29</v>
+      </c>
+      <c r="J40" t="s">
+        <v>205</v>
+      </c>
+      <c r="K40" t="s">
+        <v>206</v>
+      </c>
+      <c r="L40" t="s">
+        <v>204</v>
+      </c>
+      <c r="M40" t="s">
+        <v>29</v>
+      </c>
+      <c r="N40" t="s">
+        <v>32</v>
+      </c>
+      <c r="O40" t="s">
+        <v>29</v>
+      </c>
+      <c r="P40" t="s">
+        <v>33</v>
+      </c>
+      <c r="Q40" t="s">
+        <v>34</v>
+      </c>
+      <c r="R40" t="s">
+        <v>117</v>
+      </c>
+      <c r="S40" t="s">
+        <v>29</v>
+      </c>
+      <c r="T40" t="s">
+        <v>29</v>
+      </c>
+      <c r="U40" t="s">
+        <v>43</v>
+      </c>
+      <c r="V40" t="s">
+        <v>29</v>
+      </c>
+      <c r="W40" t="s">
+        <v>29</v>
+      </c>
+      <c r="X40" t="s">
+        <v>29</v>
+      </c>
+      <c r="Y40" t="s">
+        <v>29</v>
+      </c>
+      <c r="Z40" t="s">
+        <v>29</v>
+      </c>
+      <c r="AA40" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="41" spans="1:27" x14ac:dyDescent="0.35">
+      <c r="A41" t="s">
+        <v>207</v>
+      </c>
+      <c r="B41" t="s">
+        <v>208</v>
+      </c>
+      <c r="C41" t="s">
+        <v>29</v>
+      </c>
+      <c r="D41" t="s">
+        <v>29</v>
+      </c>
+      <c r="E41" t="s">
+        <v>29</v>
+      </c>
+      <c r="F41" t="s">
+        <v>29</v>
+      </c>
+      <c r="G41" t="s">
+        <v>29</v>
+      </c>
+      <c r="H41" t="s">
+        <v>29</v>
+      </c>
+      <c r="I41" t="s">
+        <v>29</v>
+      </c>
+      <c r="J41" t="s">
+        <v>209</v>
+      </c>
+      <c r="K41" t="s">
+        <v>210</v>
+      </c>
+      <c r="L41" t="s">
+        <v>208</v>
+      </c>
+      <c r="M41" t="s">
+        <v>29</v>
+      </c>
+      <c r="N41" t="s">
+        <v>32</v>
+      </c>
+      <c r="O41" t="s">
+        <v>29</v>
+      </c>
+      <c r="P41" t="s">
+        <v>33</v>
+      </c>
+      <c r="Q41" t="s">
+        <v>34</v>
+      </c>
+      <c r="R41" t="s">
+        <v>54</v>
+      </c>
+      <c r="S41" t="s">
+        <v>29</v>
+      </c>
+      <c r="T41" t="s">
+        <v>29</v>
+      </c>
+      <c r="U41" t="s">
+        <v>55</v>
+      </c>
+      <c r="V41" t="s">
+        <v>29</v>
+      </c>
+      <c r="W41" t="s">
+        <v>29</v>
+      </c>
+      <c r="X41" t="s">
+        <v>29</v>
+      </c>
+      <c r="Y41" t="s">
+        <v>29</v>
+      </c>
+      <c r="Z41" t="s">
+        <v>29</v>
+      </c>
+      <c r="AA41" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="42" spans="1:27" x14ac:dyDescent="0.35">
+      <c r="A42" t="s">
+        <v>211</v>
+      </c>
+      <c r="B42" t="s">
+        <v>212</v>
+      </c>
+      <c r="C42" t="s">
+        <v>29</v>
+      </c>
+      <c r="D42" t="s">
+        <v>29</v>
+      </c>
+      <c r="E42" t="s">
+        <v>29</v>
+      </c>
+      <c r="F42" t="s">
+        <v>29</v>
+      </c>
+      <c r="G42" t="s">
+        <v>29</v>
+      </c>
+      <c r="H42" t="s">
+        <v>29</v>
+      </c>
+      <c r="I42" t="s">
+        <v>29</v>
+      </c>
+      <c r="J42" t="s">
+        <v>213</v>
+      </c>
+      <c r="K42" t="s">
+        <v>47</v>
+      </c>
+      <c r="L42" t="s">
+        <v>212</v>
+      </c>
+      <c r="M42" t="s">
+        <v>29</v>
+      </c>
+      <c r="N42" t="s">
+        <v>32</v>
+      </c>
+      <c r="O42" t="s">
+        <v>29</v>
+      </c>
+      <c r="P42" t="s">
+        <v>121</v>
+      </c>
+      <c r="Q42" t="s">
+        <v>34</v>
+      </c>
+      <c r="R42" t="s">
+        <v>122</v>
+      </c>
+      <c r="S42" t="s">
+        <v>29</v>
+      </c>
+      <c r="T42" t="s">
+        <v>29</v>
+      </c>
+      <c r="U42" t="s">
+        <v>29</v>
+      </c>
+      <c r="V42" t="s">
+        <v>29</v>
+      </c>
+      <c r="W42" t="s">
+        <v>29</v>
+      </c>
+      <c r="X42" t="s">
+        <v>29</v>
+      </c>
+      <c r="Y42" t="s">
+        <v>29</v>
+      </c>
+      <c r="Z42" t="s">
+        <v>29</v>
+      </c>
+      <c r="AA42" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="43" spans="1:27" x14ac:dyDescent="0.35">
+      <c r="A43" t="s">
+        <v>214</v>
+      </c>
+      <c r="B43" t="s">
+        <v>215</v>
+      </c>
+      <c r="C43" t="s">
+        <v>29</v>
+      </c>
+      <c r="D43" t="s">
+        <v>29</v>
+      </c>
+      <c r="E43" t="s">
+        <v>29</v>
+      </c>
+      <c r="F43" t="s">
+        <v>29</v>
+      </c>
+      <c r="G43" t="s">
+        <v>29</v>
+      </c>
+      <c r="H43" t="s">
+        <v>29</v>
+      </c>
+      <c r="I43" t="s">
+        <v>29</v>
+      </c>
+      <c r="J43" t="s">
+        <v>216</v>
+      </c>
+      <c r="K43" t="s">
+        <v>143</v>
+      </c>
+      <c r="L43" t="s">
+        <v>215</v>
+      </c>
+      <c r="M43" t="s">
+        <v>29</v>
+      </c>
+      <c r="N43" t="s">
+        <v>32</v>
+      </c>
+      <c r="O43" t="s">
+        <v>29</v>
+      </c>
+      <c r="P43" t="s">
+        <v>33</v>
+      </c>
+      <c r="Q43" t="s">
+        <v>34</v>
+      </c>
+      <c r="R43" t="s">
+        <v>217</v>
+      </c>
+      <c r="S43" t="s">
+        <v>29</v>
+      </c>
+      <c r="T43" t="s">
+        <v>29</v>
+      </c>
+      <c r="U43" t="s">
+        <v>49</v>
+      </c>
+      <c r="V43" t="s">
+        <v>206</v>
+      </c>
+      <c r="W43" t="s">
+        <v>29</v>
+      </c>
+      <c r="X43" t="s">
+        <v>29</v>
+      </c>
+      <c r="Y43" t="s">
+        <v>29</v>
+      </c>
+      <c r="Z43" t="s">
+        <v>29</v>
+      </c>
+      <c r="AA43" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="44" spans="1:27" x14ac:dyDescent="0.35">
+      <c r="A44" t="s">
+        <v>218</v>
+      </c>
+      <c r="B44" t="s">
+        <v>219</v>
+      </c>
+      <c r="C44" t="s">
+        <v>29</v>
+      </c>
+      <c r="D44" t="s">
+        <v>29</v>
+      </c>
+      <c r="E44" t="s">
+        <v>29</v>
+      </c>
+      <c r="F44" t="s">
+        <v>29</v>
+      </c>
+      <c r="G44" t="s">
+        <v>29</v>
+      </c>
+      <c r="H44" t="s">
+        <v>29</v>
+      </c>
+      <c r="I44" t="s">
+        <v>29</v>
+      </c>
+      <c r="J44" t="s">
+        <v>220</v>
+      </c>
+      <c r="K44" t="s">
+        <v>47</v>
+      </c>
+      <c r="L44" t="s">
+        <v>219</v>
+      </c>
+      <c r="M44" t="s">
+        <v>29</v>
+      </c>
+      <c r="N44" t="s">
+        <v>32</v>
+      </c>
+      <c r="O44" t="s">
+        <v>29</v>
+      </c>
+      <c r="P44" t="s">
+        <v>33</v>
+      </c>
+      <c r="Q44" t="s">
+        <v>34</v>
+      </c>
+      <c r="R44" t="s">
+        <v>54</v>
+      </c>
+      <c r="S44" t="s">
+        <v>29</v>
+      </c>
+      <c r="T44" t="s">
+        <v>29</v>
+      </c>
+      <c r="U44" t="s">
+        <v>91</v>
+      </c>
+      <c r="V44" t="s">
+        <v>221</v>
+      </c>
+      <c r="W44" t="s">
+        <v>29</v>
+      </c>
+      <c r="X44" t="s">
+        <v>29</v>
+      </c>
+      <c r="Y44" t="s">
+        <v>29</v>
+      </c>
+      <c r="Z44" t="s">
+        <v>29</v>
+      </c>
+      <c r="AA44" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="45" spans="1:27" x14ac:dyDescent="0.35">
+      <c r="A45" t="s">
+        <v>222</v>
+      </c>
+      <c r="B45" t="s">
+        <v>223</v>
+      </c>
+      <c r="C45" t="s">
+        <v>29</v>
+      </c>
+      <c r="D45" t="s">
+        <v>29</v>
+      </c>
+      <c r="E45" t="s">
+        <v>29</v>
+      </c>
+      <c r="F45" t="s">
+        <v>29</v>
+      </c>
+      <c r="G45" t="s">
+        <v>29</v>
+      </c>
+      <c r="H45" t="s">
+        <v>29</v>
+      </c>
+      <c r="I45" t="s">
+        <v>29</v>
+      </c>
+      <c r="J45" t="s">
+        <v>224</v>
+      </c>
+      <c r="K45" t="s">
+        <v>225</v>
+      </c>
+      <c r="L45" t="s">
+        <v>223</v>
+      </c>
+      <c r="M45" t="s">
+        <v>29</v>
+      </c>
+      <c r="N45" t="s">
+        <v>32</v>
+      </c>
+      <c r="O45" t="s">
+        <v>29</v>
+      </c>
+      <c r="P45" t="s">
+        <v>33</v>
+      </c>
+      <c r="Q45" t="s">
+        <v>34</v>
+      </c>
+      <c r="R45" t="s">
+        <v>48</v>
+      </c>
+      <c r="S45" t="s">
+        <v>29</v>
+      </c>
+      <c r="T45" t="s">
+        <v>29</v>
+      </c>
+      <c r="U45" t="s">
+        <v>55</v>
+      </c>
+      <c r="V45" t="s">
+        <v>29</v>
+      </c>
+      <c r="W45" t="s">
+        <v>29</v>
+      </c>
+      <c r="X45" t="s">
+        <v>29</v>
+      </c>
+      <c r="Y45" t="s">
+        <v>29</v>
+      </c>
+      <c r="Z45" t="s">
+        <v>29</v>
+      </c>
+      <c r="AA45" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="46" spans="1:27" x14ac:dyDescent="0.35">
+      <c r="A46" t="s">
+        <v>226</v>
+      </c>
+      <c r="B46" t="s">
+        <v>227</v>
+      </c>
+      <c r="C46" t="s">
+        <v>29</v>
+      </c>
+      <c r="D46" t="s">
+        <v>29</v>
+      </c>
+      <c r="E46" t="s">
+        <v>29</v>
+      </c>
+      <c r="F46" t="s">
+        <v>29</v>
+      </c>
+      <c r="G46" t="s">
+        <v>29</v>
+      </c>
+      <c r="H46" t="s">
+        <v>29</v>
+      </c>
+      <c r="I46" t="s">
+        <v>29</v>
+      </c>
+      <c r="J46" t="s">
+        <v>228</v>
+      </c>
+      <c r="K46" t="s">
+        <v>210</v>
+      </c>
+      <c r="L46" t="s">
+        <v>227</v>
+      </c>
+      <c r="M46" t="s">
+        <v>29</v>
+      </c>
+      <c r="N46" t="s">
+        <v>32</v>
+      </c>
+      <c r="O46" t="s">
+        <v>29</v>
+      </c>
+      <c r="P46" t="s">
+        <v>41</v>
+      </c>
+      <c r="Q46" t="s">
+        <v>34</v>
+      </c>
+      <c r="R46" t="s">
+        <v>229</v>
+      </c>
+      <c r="S46" t="s">
+        <v>29</v>
+      </c>
+      <c r="T46" t="s">
+        <v>29</v>
+      </c>
+      <c r="U46" t="s">
+        <v>43</v>
+      </c>
+      <c r="V46" t="s">
+        <v>29</v>
+      </c>
+      <c r="W46" t="s">
+        <v>29</v>
+      </c>
+      <c r="X46" t="s">
+        <v>29</v>
+      </c>
+      <c r="Y46" t="s">
+        <v>29</v>
+      </c>
+      <c r="Z46" t="s">
+        <v>29</v>
+      </c>
+      <c r="AA46" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="47" spans="1:27" x14ac:dyDescent="0.35">
+      <c r="A47" t="s">
+        <v>230</v>
+      </c>
+      <c r="B47" t="s">
+        <v>231</v>
+      </c>
+      <c r="C47" t="s">
+        <v>29</v>
+      </c>
+      <c r="D47" t="s">
+        <v>29</v>
+      </c>
+      <c r="E47" t="s">
+        <v>29</v>
+      </c>
+      <c r="F47" t="s">
+        <v>29</v>
+      </c>
+      <c r="G47" t="s">
+        <v>29</v>
+      </c>
+      <c r="H47" t="s">
+        <v>29</v>
+      </c>
+      <c r="I47" t="s">
+        <v>29</v>
+      </c>
+      <c r="J47" t="s">
+        <v>232</v>
+      </c>
+      <c r="K47" t="s">
+        <v>233</v>
+      </c>
+      <c r="L47" t="s">
+        <v>231</v>
+      </c>
+      <c r="M47" t="s">
+        <v>29</v>
+      </c>
+      <c r="N47" t="s">
+        <v>32</v>
+      </c>
+      <c r="O47" t="s">
+        <v>29</v>
+      </c>
+      <c r="P47" t="s">
+        <v>41</v>
+      </c>
+      <c r="Q47" t="s">
+        <v>34</v>
+      </c>
+      <c r="R47" t="s">
+        <v>229</v>
+      </c>
+      <c r="S47" t="s">
+        <v>29</v>
+      </c>
+      <c r="T47" t="s">
+        <v>29</v>
+      </c>
+      <c r="U47" t="s">
+        <v>112</v>
+      </c>
+      <c r="V47" t="s">
+        <v>29</v>
+      </c>
+      <c r="W47" t="s">
+        <v>29</v>
+      </c>
+      <c r="X47" t="s">
+        <v>29</v>
+      </c>
+      <c r="Y47" t="s">
+        <v>29</v>
+      </c>
+      <c r="Z47" t="s">
+        <v>29</v>
+      </c>
+      <c r="AA47" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="48" spans="1:27" x14ac:dyDescent="0.35">
+      <c r="A48" t="s">
+        <v>234</v>
+      </c>
+      <c r="B48" t="s">
+        <v>235</v>
+      </c>
+      <c r="C48" t="s">
+        <v>29</v>
+      </c>
+      <c r="D48" t="s">
+        <v>29</v>
+      </c>
+      <c r="E48" t="s">
+        <v>29</v>
+      </c>
+      <c r="F48" t="s">
+        <v>29</v>
+      </c>
+      <c r="G48" t="s">
+        <v>29</v>
+      </c>
+      <c r="H48" t="s">
+        <v>29</v>
+      </c>
+      <c r="I48" t="s">
+        <v>29</v>
+      </c>
+      <c r="J48" t="s">
+        <v>236</v>
+      </c>
+      <c r="K48" t="s">
+        <v>233</v>
+      </c>
+      <c r="L48" t="s">
+        <v>235</v>
+      </c>
+      <c r="M48" t="s">
+        <v>29</v>
+      </c>
+      <c r="N48" t="s">
+        <v>32</v>
+      </c>
+      <c r="O48" t="s">
+        <v>29</v>
+      </c>
+      <c r="P48" t="s">
+        <v>89</v>
+      </c>
+      <c r="Q48" t="s">
+        <v>34</v>
+      </c>
+      <c r="R48" t="s">
+        <v>90</v>
+      </c>
+      <c r="S48" t="s">
+        <v>29</v>
+      </c>
+      <c r="T48" t="s">
+        <v>29</v>
+      </c>
+      <c r="U48" t="s">
+        <v>74</v>
+      </c>
+      <c r="V48" t="s">
+        <v>29</v>
+      </c>
+      <c r="W48" t="s">
+        <v>29</v>
+      </c>
+      <c r="X48" t="s">
+        <v>29</v>
+      </c>
+      <c r="Y48" t="s">
+        <v>29</v>
+      </c>
+      <c r="Z48" t="s">
+        <v>29</v>
+      </c>
+      <c r="AA48" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="49" spans="1:27" x14ac:dyDescent="0.35">
+      <c r="A49" t="s">
+        <v>237</v>
+      </c>
+      <c r="B49" t="s">
+        <v>238</v>
+      </c>
+      <c r="C49" t="s">
+        <v>29</v>
+      </c>
+      <c r="D49" t="s">
+        <v>29</v>
+      </c>
+      <c r="E49" t="s">
+        <v>29</v>
+      </c>
+      <c r="F49" t="s">
+        <v>29</v>
+      </c>
+      <c r="G49" t="s">
+        <v>29</v>
+      </c>
+      <c r="H49" t="s">
+        <v>29</v>
+      </c>
+      <c r="I49" t="s">
+        <v>29</v>
+      </c>
+      <c r="J49" t="s">
+        <v>239</v>
+      </c>
+      <c r="K49" t="s">
+        <v>233</v>
+      </c>
+      <c r="L49" t="s">
+        <v>238</v>
+      </c>
+      <c r="M49" t="s">
+        <v>29</v>
+      </c>
+      <c r="N49" t="s">
+        <v>32</v>
+      </c>
+      <c r="O49" t="s">
+        <v>29</v>
+      </c>
+      <c r="P49" t="s">
+        <v>33</v>
+      </c>
+      <c r="Q49" t="s">
+        <v>34</v>
+      </c>
+      <c r="R49" t="s">
+        <v>126</v>
+      </c>
+      <c r="S49" t="s">
+        <v>29</v>
+      </c>
+      <c r="T49" t="s">
+        <v>29</v>
+      </c>
+      <c r="U49" t="s">
+        <v>79</v>
+      </c>
+      <c r="V49" t="s">
+        <v>29</v>
+      </c>
+      <c r="W49" t="s">
+        <v>29</v>
+      </c>
+      <c r="X49" t="s">
+        <v>29</v>
+      </c>
+      <c r="Y49" t="s">
+        <v>29</v>
+      </c>
+      <c r="Z49" t="s">
+        <v>29</v>
+      </c>
+      <c r="AA49" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="50" spans="1:27" x14ac:dyDescent="0.35">
+      <c r="A50" t="s">
+        <v>240</v>
+      </c>
+      <c r="B50" t="s">
+        <v>241</v>
+      </c>
+      <c r="C50" t="s">
+        <v>29</v>
+      </c>
+      <c r="D50" t="s">
+        <v>29</v>
+      </c>
+      <c r="E50" t="s">
+        <v>29</v>
+      </c>
+      <c r="F50" t="s">
+        <v>29</v>
+      </c>
+      <c r="G50" t="s">
+        <v>29</v>
+      </c>
+      <c r="H50" t="s">
+        <v>29</v>
+      </c>
+      <c r="I50" t="s">
+        <v>29</v>
+      </c>
+      <c r="J50" t="s">
+        <v>242</v>
+      </c>
+      <c r="K50" t="s">
+        <v>243</v>
+      </c>
+      <c r="L50" t="s">
+        <v>241</v>
+      </c>
+      <c r="M50" t="s">
+        <v>29</v>
+      </c>
+      <c r="N50" t="s">
+        <v>32</v>
+      </c>
+      <c r="O50" t="s">
+        <v>29</v>
+      </c>
+      <c r="P50" t="s">
+        <v>41</v>
+      </c>
+      <c r="Q50" t="s">
+        <v>34</v>
+      </c>
+      <c r="R50" t="s">
+        <v>229</v>
+      </c>
+      <c r="S50" t="s">
+        <v>29</v>
+      </c>
+      <c r="T50" t="s">
+        <v>29</v>
+      </c>
+      <c r="U50" t="s">
+        <v>112</v>
+      </c>
+      <c r="V50" t="s">
+        <v>29</v>
+      </c>
+      <c r="W50" t="s">
+        <v>29</v>
+      </c>
+      <c r="X50" t="s">
+        <v>29</v>
+      </c>
+      <c r="Y50" t="s">
+        <v>29</v>
+      </c>
+      <c r="Z50" t="s">
+        <v>29</v>
+      </c>
+      <c r="AA50" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="51" spans="1:27" x14ac:dyDescent="0.35">
+      <c r="A51" t="s">
+        <v>244</v>
+      </c>
+      <c r="B51" t="s">
+        <v>245</v>
+      </c>
+      <c r="C51" t="s">
+        <v>29</v>
+      </c>
+      <c r="D51" t="s">
+        <v>29</v>
+      </c>
+      <c r="E51" t="s">
+        <v>29</v>
+      </c>
+      <c r="F51" t="s">
+        <v>29</v>
+      </c>
+      <c r="G51" t="s">
+        <v>29</v>
+      </c>
+      <c r="H51" t="s">
+        <v>29</v>
+      </c>
+      <c r="I51" t="s">
+        <v>29</v>
+      </c>
+      <c r="J51" t="s">
+        <v>246</v>
+      </c>
+      <c r="K51" t="s">
+        <v>243</v>
+      </c>
+      <c r="L51" t="s">
+        <v>245</v>
+      </c>
+      <c r="M51" t="s">
+        <v>29</v>
+      </c>
+      <c r="N51" t="s">
+        <v>32</v>
+      </c>
+      <c r="O51" t="s">
+        <v>29</v>
+      </c>
+      <c r="P51" t="s">
+        <v>89</v>
+      </c>
+      <c r="Q51" t="s">
+        <v>34</v>
+      </c>
+      <c r="R51" t="s">
+        <v>247</v>
+      </c>
+      <c r="S51" t="s">
+        <v>29</v>
+      </c>
+      <c r="T51" t="s">
+        <v>29</v>
+      </c>
+      <c r="U51" t="s">
+        <v>74</v>
+      </c>
+      <c r="V51" t="s">
+        <v>29</v>
+      </c>
+      <c r="W51" t="s">
+        <v>29</v>
+      </c>
+      <c r="X51" t="s">
+        <v>29</v>
+      </c>
+      <c r="Y51" t="s">
+        <v>29</v>
+      </c>
+      <c r="Z51" t="s">
+        <v>29</v>
+      </c>
+      <c r="AA51" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="52" spans="1:27" x14ac:dyDescent="0.35">
+      <c r="A52" t="s">
+        <v>248</v>
+      </c>
+      <c r="B52" t="s">
+        <v>249</v>
+      </c>
+      <c r="C52" t="s">
+        <v>29</v>
+      </c>
+      <c r="D52" t="s">
+        <v>29</v>
+      </c>
+      <c r="E52" t="s">
+        <v>29</v>
+      </c>
+      <c r="F52" t="s">
+        <v>29</v>
+      </c>
+      <c r="G52" t="s">
+        <v>29</v>
+      </c>
+      <c r="H52" t="s">
+        <v>29</v>
+      </c>
+      <c r="I52" t="s">
+        <v>29</v>
+      </c>
+      <c r="J52" t="s">
+        <v>250</v>
+      </c>
+      <c r="K52" t="s">
+        <v>243</v>
+      </c>
+      <c r="L52" t="s">
+        <v>249</v>
+      </c>
+      <c r="M52" t="s">
+        <v>29</v>
+      </c>
+      <c r="N52" t="s">
+        <v>32</v>
+      </c>
+      <c r="O52" t="s">
+        <v>29</v>
+      </c>
+      <c r="P52" t="s">
+        <v>33</v>
+      </c>
+      <c r="Q52" t="s">
+        <v>34</v>
+      </c>
+      <c r="R52" t="s">
+        <v>126</v>
+      </c>
+      <c r="S52" t="s">
+        <v>29</v>
+      </c>
+      <c r="T52" t="s">
+        <v>29</v>
+      </c>
+      <c r="U52" t="s">
+        <v>79</v>
+      </c>
+      <c r="V52" t="s">
+        <v>251</v>
+      </c>
+      <c r="W52" t="s">
+        <v>29</v>
+      </c>
+      <c r="X52" t="s">
+        <v>29</v>
+      </c>
+      <c r="Y52" t="s">
+        <v>29</v>
+      </c>
+      <c r="Z52" t="s">
+        <v>29</v>
+      </c>
+      <c r="AA52" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="53" spans="1:27" x14ac:dyDescent="0.35">
+      <c r="A53" t="s">
+        <v>252</v>
+      </c>
+      <c r="B53" t="s">
+        <v>253</v>
+      </c>
+      <c r="C53" t="s">
+        <v>29</v>
+      </c>
+      <c r="D53" t="s">
+        <v>29</v>
+      </c>
+      <c r="E53" t="s">
+        <v>29</v>
+      </c>
+      <c r="F53" t="s">
+        <v>29</v>
+      </c>
+      <c r="G53" t="s">
+        <v>29</v>
+      </c>
+      <c r="H53" t="s">
+        <v>29</v>
+      </c>
+      <c r="I53" t="s">
+        <v>29</v>
+      </c>
+      <c r="J53" t="s">
+        <v>254</v>
+      </c>
+      <c r="K53" t="s">
+        <v>255</v>
+      </c>
+      <c r="L53" t="s">
+        <v>253</v>
+      </c>
+      <c r="M53" t="s">
+        <v>29</v>
+      </c>
+      <c r="N53" t="s">
+        <v>32</v>
+      </c>
+      <c r="O53" t="s">
+        <v>29</v>
+      </c>
+      <c r="P53" t="s">
+        <v>33</v>
+      </c>
+      <c r="Q53" t="s">
+        <v>34</v>
+      </c>
+      <c r="R53" t="s">
+        <v>126</v>
+      </c>
+      <c r="S53" t="s">
+        <v>29</v>
+      </c>
+      <c r="T53" t="s">
+        <v>29</v>
+      </c>
+      <c r="U53" t="s">
+        <v>179</v>
+      </c>
+      <c r="V53" t="s">
+        <v>29</v>
+      </c>
+      <c r="W53" t="s">
+        <v>29</v>
+      </c>
+      <c r="X53" t="s">
+        <v>29</v>
+      </c>
+      <c r="Y53" t="s">
+        <v>29</v>
+      </c>
+      <c r="Z53" t="s">
+        <v>29</v>
+      </c>
+      <c r="AA53" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="54" spans="1:27" x14ac:dyDescent="0.35">
+      <c r="A54" t="s">
+        <v>256</v>
+      </c>
+      <c r="B54" t="s">
+        <v>257</v>
+      </c>
+      <c r="C54" t="s">
+        <v>29</v>
+      </c>
+      <c r="D54" t="s">
+        <v>29</v>
+      </c>
+      <c r="E54" t="s">
+        <v>29</v>
+      </c>
+      <c r="F54" t="s">
+        <v>29</v>
+      </c>
+      <c r="G54" t="s">
+        <v>29</v>
+      </c>
+      <c r="H54" t="s">
+        <v>29</v>
+      </c>
+      <c r="I54" t="s">
+        <v>29</v>
+      </c>
+      <c r="J54" t="s">
+        <v>258</v>
+      </c>
+      <c r="K54" t="s">
+        <v>131</v>
+      </c>
+      <c r="L54" t="s">
+        <v>257</v>
+      </c>
+      <c r="M54" t="s">
+        <v>29</v>
+      </c>
+      <c r="N54" t="s">
+        <v>32</v>
+      </c>
+      <c r="O54" t="s">
+        <v>29</v>
+      </c>
+      <c r="P54" t="s">
+        <v>33</v>
+      </c>
+      <c r="Q54" t="s">
+        <v>34</v>
+      </c>
+      <c r="R54" t="s">
+        <v>111</v>
+      </c>
+      <c r="S54" t="s">
+        <v>29</v>
+      </c>
+      <c r="T54" t="s">
+        <v>29</v>
+      </c>
+      <c r="U54" t="s">
+        <v>79</v>
+      </c>
+      <c r="V54" t="s">
+        <v>29</v>
+      </c>
+      <c r="W54" t="s">
+        <v>29</v>
+      </c>
+      <c r="X54" t="s">
+        <v>29</v>
+      </c>
+      <c r="Y54" t="s">
+        <v>29</v>
+      </c>
+      <c r="Z54" t="s">
+        <v>29</v>
+      </c>
+      <c r="AA54" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="55" spans="1:27" x14ac:dyDescent="0.35">
+      <c r="A55" t="s">
+        <v>259</v>
+      </c>
+      <c r="B55" t="s">
+        <v>260</v>
+      </c>
+      <c r="C55" t="s">
+        <v>29</v>
+      </c>
+      <c r="D55" t="s">
+        <v>29</v>
+      </c>
+      <c r="E55" t="s">
+        <v>29</v>
+      </c>
+      <c r="F55" t="s">
+        <v>29</v>
+      </c>
+      <c r="G55" t="s">
+        <v>29</v>
+      </c>
+      <c r="H55" t="s">
+        <v>29</v>
+      </c>
+      <c r="I55" t="s">
+        <v>29</v>
+      </c>
+      <c r="J55" t="s">
+        <v>261</v>
+      </c>
+      <c r="K55" t="s">
+        <v>131</v>
+      </c>
+      <c r="L55" t="s">
+        <v>260</v>
+      </c>
+      <c r="M55" t="s">
+        <v>29</v>
+      </c>
+      <c r="N55" t="s">
+        <v>32</v>
+      </c>
+      <c r="O55" t="s">
+        <v>29</v>
+      </c>
+      <c r="P55" t="s">
+        <v>33</v>
+      </c>
+      <c r="Q55" t="s">
+        <v>34</v>
+      </c>
+      <c r="R55" t="s">
+        <v>48</v>
+      </c>
+      <c r="S55" t="s">
+        <v>29</v>
+      </c>
+      <c r="T55" t="s">
+        <v>29</v>
+      </c>
+      <c r="U55" t="s">
+        <v>85</v>
+      </c>
+      <c r="V55" t="s">
+        <v>29</v>
+      </c>
+      <c r="W55" t="s">
+        <v>29</v>
+      </c>
+      <c r="X55" t="s">
+        <v>29</v>
+      </c>
+      <c r="Y55" t="s">
+        <v>29</v>
+      </c>
+      <c r="Z55" t="s">
+        <v>29</v>
+      </c>
+      <c r="AA55" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="56" spans="1:27" x14ac:dyDescent="0.35">
+      <c r="A56" t="s">
+        <v>399</v>
+      </c>
+      <c r="B56" t="s">
+        <v>400</v>
+      </c>
+      <c r="C56" t="s">
+        <v>29</v>
+      </c>
+      <c r="D56" t="s">
+        <v>29</v>
+      </c>
+      <c r="E56" t="s">
+        <v>29</v>
+      </c>
+      <c r="F56" t="s">
+        <v>29</v>
+      </c>
+      <c r="G56" t="s">
+        <v>29</v>
+      </c>
+      <c r="H56" t="s">
+        <v>29</v>
+      </c>
+      <c r="I56" t="s">
+        <v>29</v>
+      </c>
+      <c r="J56" t="s">
+        <v>401</v>
+      </c>
+      <c r="K56" t="s">
+        <v>255</v>
+      </c>
+      <c r="L56" t="s">
+        <v>400</v>
+      </c>
+      <c r="M56" t="s">
+        <v>29</v>
+      </c>
+      <c r="N56" t="s">
+        <v>32</v>
+      </c>
+      <c r="O56" t="s">
+        <v>29</v>
+      </c>
+      <c r="P56" t="s">
+        <v>33</v>
+      </c>
+      <c r="Q56" t="s">
+        <v>34</v>
+      </c>
+      <c r="R56" s="2">
+        <v>46388</v>
+      </c>
+      <c r="S56" t="s">
+        <v>29</v>
+      </c>
+      <c r="T56" t="s">
+        <v>29</v>
+      </c>
+      <c r="U56" t="s">
+        <v>29</v>
+      </c>
+      <c r="V56" t="s">
+        <v>29</v>
+      </c>
+      <c r="W56" t="s">
+        <v>29</v>
+      </c>
+      <c r="X56" t="s">
+        <v>29</v>
+      </c>
+      <c r="Y56" t="s">
+        <v>29</v>
+      </c>
+      <c r="Z56" t="s">
+        <v>29</v>
+      </c>
+      <c r="AA56" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="57" spans="1:27" x14ac:dyDescent="0.35">
+      <c r="A57" t="s">
+        <v>262</v>
+      </c>
+      <c r="B57" t="s">
+        <v>263</v>
+      </c>
+      <c r="C57" t="s">
+        <v>29</v>
+      </c>
+      <c r="D57" t="s">
+        <v>29</v>
+      </c>
+      <c r="E57" t="s">
+        <v>29</v>
+      </c>
+      <c r="F57" t="s">
+        <v>29</v>
+      </c>
+      <c r="G57" t="s">
+        <v>29</v>
+      </c>
+      <c r="H57" t="s">
+        <v>29</v>
+      </c>
+      <c r="I57" t="s">
+        <v>29</v>
+      </c>
+      <c r="J57" t="s">
+        <v>264</v>
+      </c>
+      <c r="K57" t="s">
+        <v>265</v>
+      </c>
+      <c r="L57" t="s">
+        <v>263</v>
+      </c>
+      <c r="M57" t="s">
+        <v>29</v>
+      </c>
+      <c r="N57" t="s">
+        <v>32</v>
+      </c>
+      <c r="O57" t="s">
+        <v>29</v>
+      </c>
+      <c r="P57" t="s">
+        <v>121</v>
+      </c>
+      <c r="Q57" t="s">
+        <v>34</v>
+      </c>
+      <c r="R57" t="s">
+        <v>122</v>
+      </c>
+      <c r="S57" t="s">
+        <v>29</v>
+      </c>
+      <c r="T57" t="s">
+        <v>29</v>
+      </c>
+      <c r="U57" t="s">
+        <v>29</v>
+      </c>
+      <c r="V57" t="s">
+        <v>29</v>
+      </c>
+      <c r="W57" t="s">
+        <v>29</v>
+      </c>
+      <c r="X57" t="s">
+        <v>29</v>
+      </c>
+      <c r="Y57" t="s">
+        <v>29</v>
+      </c>
+      <c r="Z57" t="s">
+        <v>29</v>
+      </c>
+      <c r="AA57" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="58" spans="1:27" x14ac:dyDescent="0.35">
+      <c r="A58" t="s">
+        <v>266</v>
+      </c>
+      <c r="B58" t="s">
+        <v>267</v>
+      </c>
+      <c r="C58" t="s">
+        <v>29</v>
+      </c>
+      <c r="D58" t="s">
+        <v>29</v>
+      </c>
+      <c r="E58" t="s">
+        <v>29</v>
+      </c>
+      <c r="F58" t="s">
+        <v>29</v>
+      </c>
+      <c r="G58" t="s">
+        <v>29</v>
+      </c>
+      <c r="H58" t="s">
+        <v>29</v>
+      </c>
+      <c r="I58" t="s">
+        <v>29</v>
+      </c>
+      <c r="J58" t="s">
+        <v>268</v>
+      </c>
+      <c r="K58" t="s">
+        <v>265</v>
+      </c>
+      <c r="L58" t="s">
+        <v>267</v>
+      </c>
+      <c r="M58" t="s">
+        <v>29</v>
+      </c>
+      <c r="N58" t="s">
+        <v>32</v>
+      </c>
+      <c r="O58" t="s">
+        <v>29</v>
+      </c>
+      <c r="P58" t="s">
+        <v>33</v>
+      </c>
+      <c r="Q58" t="s">
+        <v>34</v>
+      </c>
+      <c r="R58" t="s">
+        <v>111</v>
+      </c>
+      <c r="S58" t="s">
+        <v>29</v>
+      </c>
+      <c r="T58" t="s">
+        <v>29</v>
+      </c>
+      <c r="U58" t="s">
+        <v>269</v>
+      </c>
+      <c r="V58" t="s">
+        <v>29</v>
+      </c>
+      <c r="W58" t="s">
+        <v>29</v>
+      </c>
+      <c r="X58" t="s">
+        <v>29</v>
+      </c>
+      <c r="Y58" t="s">
+        <v>29</v>
+      </c>
+      <c r="Z58" t="s">
+        <v>29</v>
+      </c>
+      <c r="AA58" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="59" spans="1:27" x14ac:dyDescent="0.35">
+      <c r="A59" t="s">
+        <v>270</v>
+      </c>
+      <c r="B59" t="s">
+        <v>271</v>
+      </c>
+      <c r="C59" t="s">
+        <v>29</v>
+      </c>
+      <c r="D59" t="s">
+        <v>29</v>
+      </c>
+      <c r="E59" t="s">
+        <v>29</v>
+      </c>
+      <c r="F59" t="s">
+        <v>29</v>
+      </c>
+      <c r="G59" t="s">
+        <v>29</v>
+      </c>
+      <c r="H59" t="s">
+        <v>29</v>
+      </c>
+      <c r="I59" t="s">
+        <v>29</v>
+      </c>
+      <c r="J59" t="s">
+        <v>272</v>
+      </c>
+      <c r="K59" t="s">
+        <v>265</v>
+      </c>
+      <c r="L59" t="s">
+        <v>271</v>
+      </c>
+      <c r="M59" t="s">
+        <v>29</v>
+      </c>
+      <c r="N59" t="s">
+        <v>32</v>
+      </c>
+      <c r="O59" t="s">
+        <v>29</v>
+      </c>
+      <c r="P59" t="s">
+        <v>41</v>
+      </c>
+      <c r="Q59" t="s">
+        <v>34</v>
+      </c>
+      <c r="R59" t="s">
+        <v>273</v>
+      </c>
+      <c r="S59" t="s">
+        <v>29</v>
+      </c>
+      <c r="T59" t="s">
+        <v>29</v>
+      </c>
+      <c r="U59" t="s">
+        <v>179</v>
+      </c>
+      <c r="V59" t="s">
+        <v>29</v>
+      </c>
+      <c r="W59" t="s">
+        <v>29</v>
+      </c>
+      <c r="X59" t="s">
+        <v>29</v>
+      </c>
+      <c r="Y59" t="s">
+        <v>29</v>
+      </c>
+      <c r="Z59" t="s">
+        <v>29</v>
+      </c>
+      <c r="AA59" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="60" spans="1:27" x14ac:dyDescent="0.35">
+      <c r="A60" t="s">
+        <v>274</v>
+      </c>
+      <c r="B60" t="s">
+        <v>275</v>
+      </c>
+      <c r="C60" t="s">
+        <v>29</v>
+      </c>
+      <c r="D60" t="s">
+        <v>29</v>
+      </c>
+      <c r="E60" t="s">
+        <v>29</v>
+      </c>
+      <c r="F60" t="s">
+        <v>29</v>
+      </c>
+      <c r="G60" t="s">
+        <v>29</v>
+      </c>
+      <c r="H60" t="s">
+        <v>29</v>
+      </c>
+      <c r="I60" t="s">
+        <v>29</v>
+      </c>
+      <c r="J60" t="s">
+        <v>276</v>
+      </c>
+      <c r="K60" t="s">
+        <v>265</v>
+      </c>
+      <c r="L60" t="s">
+        <v>275</v>
+      </c>
+      <c r="M60" t="s">
+        <v>29</v>
+      </c>
+      <c r="N60" t="s">
+        <v>32</v>
+      </c>
+      <c r="O60" t="s">
+        <v>29</v>
+      </c>
+      <c r="P60" t="s">
+        <v>41</v>
+      </c>
+      <c r="Q60" t="s">
+        <v>34</v>
+      </c>
+      <c r="R60" t="s">
+        <v>184</v>
+      </c>
+      <c r="S60" t="s">
+        <v>29</v>
+      </c>
+      <c r="T60" t="s">
+        <v>29</v>
+      </c>
+      <c r="U60" t="s">
+        <v>91</v>
+      </c>
+      <c r="V60" t="s">
+        <v>29</v>
+      </c>
+      <c r="W60" t="s">
+        <v>29</v>
+      </c>
+      <c r="X60" t="s">
+        <v>29</v>
+      </c>
+      <c r="Y60" t="s">
+        <v>29</v>
+      </c>
+      <c r="Z60" t="s">
+        <v>29</v>
+      </c>
+      <c r="AA60" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="61" spans="1:27" x14ac:dyDescent="0.35">
+      <c r="A61" t="s">
+        <v>277</v>
+      </c>
+      <c r="B61" t="s">
+        <v>278</v>
+      </c>
+      <c r="C61" t="s">
+        <v>29</v>
+      </c>
+      <c r="D61" t="s">
+        <v>29</v>
+      </c>
+      <c r="E61" t="s">
+        <v>29</v>
+      </c>
+      <c r="F61" t="s">
+        <v>29</v>
+      </c>
+      <c r="G61" t="s">
+        <v>29</v>
+      </c>
+      <c r="H61" t="s">
+        <v>29</v>
+      </c>
+      <c r="I61" t="s">
+        <v>29</v>
+      </c>
+      <c r="J61" t="s">
+        <v>279</v>
+      </c>
+      <c r="K61" t="s">
+        <v>280</v>
+      </c>
+      <c r="L61" t="s">
+        <v>278</v>
+      </c>
+      <c r="M61" t="s">
+        <v>29</v>
+      </c>
+      <c r="N61" t="s">
+        <v>32</v>
+      </c>
+      <c r="O61" t="s">
+        <v>29</v>
+      </c>
+      <c r="P61" t="s">
+        <v>41</v>
+      </c>
+      <c r="Q61" t="s">
+        <v>34</v>
+      </c>
+      <c r="R61" t="s">
+        <v>104</v>
+      </c>
+      <c r="S61" t="s">
+        <v>29</v>
+      </c>
+      <c r="T61" t="s">
+        <v>29</v>
+      </c>
+      <c r="U61" t="s">
+        <v>74</v>
+      </c>
+      <c r="V61" t="s">
+        <v>29</v>
+      </c>
+      <c r="W61" t="s">
+        <v>29</v>
+      </c>
+      <c r="X61" t="s">
+        <v>29</v>
+      </c>
+      <c r="Y61" t="s">
+        <v>29</v>
+      </c>
+      <c r="Z61" t="s">
+        <v>29</v>
+      </c>
+      <c r="AA61" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="62" spans="1:27" x14ac:dyDescent="0.35">
+      <c r="A62" t="s">
+        <v>281</v>
+      </c>
+      <c r="B62" t="s">
+        <v>282</v>
+      </c>
+      <c r="C62" t="s">
+        <v>29</v>
+      </c>
+      <c r="D62" t="s">
+        <v>29</v>
+      </c>
+      <c r="E62" t="s">
+        <v>29</v>
+      </c>
+      <c r="F62" t="s">
+        <v>29</v>
+      </c>
+      <c r="G62" t="s">
+        <v>29</v>
+      </c>
+      <c r="H62" t="s">
+        <v>29</v>
+      </c>
+      <c r="I62" t="s">
+        <v>29</v>
+      </c>
+      <c r="J62" t="s">
+        <v>283</v>
+      </c>
+      <c r="K62" t="s">
+        <v>280</v>
+      </c>
+      <c r="L62" t="s">
+        <v>282</v>
+      </c>
+      <c r="M62" t="s">
+        <v>29</v>
+      </c>
+      <c r="N62" t="s">
+        <v>32</v>
+      </c>
+      <c r="O62" t="s">
+        <v>29</v>
+      </c>
+      <c r="P62" t="s">
+        <v>41</v>
+      </c>
+      <c r="Q62" t="s">
+        <v>34</v>
+      </c>
+      <c r="R62" t="s">
+        <v>168</v>
+      </c>
+      <c r="S62" t="s">
+        <v>29</v>
+      </c>
+      <c r="T62" t="s">
+        <v>29</v>
+      </c>
+      <c r="U62" t="s">
+        <v>79</v>
+      </c>
+      <c r="V62" t="s">
+        <v>29</v>
+      </c>
+      <c r="W62" t="s">
+        <v>29</v>
+      </c>
+      <c r="X62" t="s">
+        <v>29</v>
+      </c>
+      <c r="Y62" t="s">
+        <v>29</v>
+      </c>
+      <c r="Z62" t="s">
+        <v>29</v>
+      </c>
+      <c r="AA62" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="63" spans="1:27" x14ac:dyDescent="0.35">
+      <c r="A63" t="s">
+        <v>284</v>
+      </c>
+      <c r="B63" t="s">
+        <v>285</v>
+      </c>
+      <c r="C63" t="s">
+        <v>29</v>
+      </c>
+      <c r="D63" t="s">
+        <v>29</v>
+      </c>
+      <c r="E63" t="s">
+        <v>29</v>
+      </c>
+      <c r="F63" t="s">
+        <v>29</v>
+      </c>
+      <c r="G63" t="s">
+        <v>29</v>
+      </c>
+      <c r="H63" t="s">
+        <v>29</v>
+      </c>
+      <c r="I63" t="s">
+        <v>29</v>
+      </c>
+      <c r="J63" t="s">
+        <v>286</v>
+      </c>
+      <c r="K63" t="s">
+        <v>280</v>
+      </c>
+      <c r="L63" t="s">
+        <v>285</v>
+      </c>
+      <c r="M63" t="s">
+        <v>29</v>
+      </c>
+      <c r="N63" t="s">
+        <v>32</v>
+      </c>
+      <c r="O63" t="s">
+        <v>29</v>
+      </c>
+      <c r="P63" t="s">
+        <v>33</v>
+      </c>
+      <c r="Q63" t="s">
+        <v>34</v>
+      </c>
+      <c r="R63" t="s">
+        <v>78</v>
+      </c>
+      <c r="S63" t="s">
+        <v>29</v>
+      </c>
+      <c r="T63" t="s">
+        <v>29</v>
+      </c>
+      <c r="U63" t="s">
+        <v>85</v>
+      </c>
+      <c r="V63" t="s">
+        <v>29</v>
+      </c>
+      <c r="W63" t="s">
+        <v>29</v>
+      </c>
+      <c r="X63" t="s">
+        <v>29</v>
+      </c>
+      <c r="Y63" t="s">
+        <v>29</v>
+      </c>
+      <c r="Z63" t="s">
+        <v>29</v>
+      </c>
+      <c r="AA63" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="64" spans="1:27" x14ac:dyDescent="0.35">
+      <c r="A64" t="s">
+        <v>287</v>
+      </c>
+      <c r="B64" t="s">
+        <v>288</v>
+      </c>
+      <c r="C64" t="s">
+        <v>29</v>
+      </c>
+      <c r="D64" t="s">
+        <v>29</v>
+      </c>
+      <c r="E64" t="s">
+        <v>29</v>
+      </c>
+      <c r="F64" t="s">
+        <v>29</v>
+      </c>
+      <c r="G64" t="s">
+        <v>29</v>
+      </c>
+      <c r="H64" t="s">
+        <v>29</v>
+      </c>
+      <c r="I64" t="s">
+        <v>29</v>
+      </c>
+      <c r="J64" t="s">
+        <v>289</v>
+      </c>
+      <c r="K64" t="s">
+        <v>29</v>
+      </c>
+      <c r="L64" t="s">
+        <v>288</v>
+      </c>
+      <c r="M64" t="s">
+        <v>29</v>
+      </c>
+      <c r="N64" t="s">
+        <v>32</v>
+      </c>
+      <c r="O64" t="s">
+        <v>29</v>
+      </c>
+      <c r="P64" t="s">
+        <v>33</v>
+      </c>
+      <c r="Q64" t="s">
+        <v>34</v>
+      </c>
+      <c r="R64" t="s">
+        <v>290</v>
+      </c>
+      <c r="S64" t="s">
+        <v>29</v>
+      </c>
+      <c r="T64" t="s">
+        <v>29</v>
+      </c>
+      <c r="U64" t="s">
+        <v>29</v>
+      </c>
+      <c r="V64" t="s">
+        <v>280</v>
+      </c>
+      <c r="W64" t="s">
+        <v>29</v>
+      </c>
+      <c r="X64" t="s">
+        <v>29</v>
+      </c>
+      <c r="Y64" t="s">
+        <v>29</v>
+      </c>
+      <c r="Z64" t="s">
+        <v>29</v>
+      </c>
+      <c r="AA64" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="65" spans="1:27" x14ac:dyDescent="0.35">
+      <c r="A65" t="s">
+        <v>291</v>
+      </c>
+      <c r="B65" t="s">
+        <v>292</v>
+      </c>
+      <c r="C65" t="s">
+        <v>29</v>
+      </c>
+      <c r="D65" t="s">
+        <v>29</v>
+      </c>
+      <c r="E65" t="s">
+        <v>29</v>
+      </c>
+      <c r="F65" t="s">
+        <v>29</v>
+      </c>
+      <c r="G65" t="s">
+        <v>29</v>
+      </c>
+      <c r="H65" t="s">
+        <v>29</v>
+      </c>
+      <c r="I65" t="s">
+        <v>29</v>
+      </c>
+      <c r="J65" t="s">
+        <v>293</v>
+      </c>
+      <c r="K65" t="s">
+        <v>294</v>
+      </c>
+      <c r="L65" t="s">
+        <v>292</v>
+      </c>
+      <c r="M65" t="s">
+        <v>29</v>
+      </c>
+      <c r="N65" t="s">
+        <v>32</v>
+      </c>
+      <c r="O65" t="s">
+        <v>29</v>
+      </c>
+      <c r="P65" t="s">
+        <v>33</v>
+      </c>
+      <c r="Q65" t="s">
+        <v>34</v>
+      </c>
+      <c r="R65" t="s">
+        <v>54</v>
+      </c>
+      <c r="S65" t="s">
+        <v>29</v>
+      </c>
+      <c r="T65" t="s">
+        <v>29</v>
+      </c>
+      <c r="U65" t="s">
+        <v>179</v>
+      </c>
+      <c r="V65" t="s">
+        <v>295</v>
+      </c>
+      <c r="W65" t="s">
+        <v>29</v>
+      </c>
+      <c r="X65" t="s">
+        <v>29</v>
+      </c>
+      <c r="Y65" t="s">
+        <v>29</v>
+      </c>
+      <c r="Z65" t="s">
+        <v>29</v>
+      </c>
+      <c r="AA65" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="66" spans="1:27" x14ac:dyDescent="0.35">
+      <c r="A66" t="s">
+        <v>296</v>
+      </c>
+      <c r="B66" t="s">
+        <v>297</v>
+      </c>
+      <c r="C66" t="s">
+        <v>29</v>
+      </c>
+      <c r="D66" t="s">
+        <v>29</v>
+      </c>
+      <c r="E66" t="s">
+        <v>29</v>
+      </c>
+      <c r="F66" t="s">
+        <v>29</v>
+      </c>
+      <c r="G66" t="s">
+        <v>29</v>
+      </c>
+      <c r="H66" t="s">
+        <v>29</v>
+      </c>
+      <c r="I66" t="s">
+        <v>29</v>
+      </c>
+      <c r="J66" t="s">
+        <v>298</v>
+      </c>
+      <c r="K66" t="s">
+        <v>299</v>
+      </c>
+      <c r="L66" t="s">
+        <v>297</v>
+      </c>
+      <c r="M66" t="s">
+        <v>29</v>
+      </c>
+      <c r="N66" t="s">
+        <v>32</v>
+      </c>
+      <c r="O66" t="s">
+        <v>29</v>
+      </c>
+      <c r="P66" t="s">
+        <v>41</v>
+      </c>
+      <c r="Q66" t="s">
+        <v>34</v>
+      </c>
+      <c r="R66" t="s">
+        <v>184</v>
+      </c>
+      <c r="S66" t="s">
+        <v>29</v>
+      </c>
+      <c r="T66" t="s">
+        <v>29</v>
+      </c>
+      <c r="U66" t="s">
+        <v>112</v>
+      </c>
+      <c r="V66" t="s">
+        <v>29</v>
+      </c>
+      <c r="W66" t="s">
+        <v>29</v>
+      </c>
+      <c r="X66" t="s">
+        <v>29</v>
+      </c>
+      <c r="Y66" t="s">
+        <v>29</v>
+      </c>
+      <c r="Z66" t="s">
+        <v>29</v>
+      </c>
+      <c r="AA66" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="67" spans="1:27" x14ac:dyDescent="0.35">
+      <c r="A67" t="s">
+        <v>300</v>
+      </c>
+      <c r="B67" t="s">
+        <v>301</v>
+      </c>
+      <c r="C67" t="s">
+        <v>29</v>
+      </c>
+      <c r="D67" t="s">
+        <v>29</v>
+      </c>
+      <c r="E67" t="s">
+        <v>29</v>
+      </c>
+      <c r="F67" t="s">
+        <v>29</v>
+      </c>
+      <c r="G67" t="s">
+        <v>29</v>
+      </c>
+      <c r="H67" t="s">
+        <v>29</v>
+      </c>
+      <c r="I67" t="s">
+        <v>29</v>
+      </c>
+      <c r="J67" t="s">
+        <v>302</v>
+      </c>
+      <c r="K67" t="s">
+        <v>303</v>
+      </c>
+      <c r="L67" t="s">
+        <v>301</v>
+      </c>
+      <c r="M67" t="s">
+        <v>29</v>
+      </c>
+      <c r="N67" t="s">
+        <v>32</v>
+      </c>
+      <c r="O67" t="s">
+        <v>29</v>
+      </c>
+      <c r="P67" t="s">
+        <v>89</v>
+      </c>
+      <c r="Q67" t="s">
+        <v>34</v>
+      </c>
+      <c r="R67" t="s">
+        <v>35</v>
+      </c>
+      <c r="S67" t="s">
+        <v>29</v>
+      </c>
+      <c r="T67" t="s">
+        <v>29</v>
+      </c>
+      <c r="U67" t="s">
+        <v>112</v>
+      </c>
+      <c r="V67" t="s">
+        <v>29</v>
+      </c>
+      <c r="W67" t="s">
+        <v>29</v>
+      </c>
+      <c r="X67" t="s">
+        <v>29</v>
+      </c>
+      <c r="Y67" t="s">
+        <v>29</v>
+      </c>
+      <c r="Z67" t="s">
+        <v>29</v>
+      </c>
+      <c r="AA67" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="68" spans="1:27" x14ac:dyDescent="0.35">
+      <c r="A68" t="s">
+        <v>304</v>
+      </c>
+      <c r="B68" t="s">
+        <v>305</v>
+      </c>
+      <c r="C68" t="s">
+        <v>29</v>
+      </c>
+      <c r="D68" t="s">
+        <v>29</v>
+      </c>
+      <c r="E68" t="s">
+        <v>29</v>
+      </c>
+      <c r="F68" t="s">
+        <v>29</v>
+      </c>
+      <c r="G68" t="s">
+        <v>29</v>
+      </c>
+      <c r="H68" t="s">
+        <v>29</v>
+      </c>
+      <c r="I68" t="s">
+        <v>29</v>
+      </c>
+      <c r="J68" t="s">
+        <v>306</v>
+      </c>
+      <c r="K68" t="s">
+        <v>303</v>
+      </c>
+      <c r="L68" t="s">
+        <v>305</v>
+      </c>
+      <c r="M68" t="s">
+        <v>29</v>
+      </c>
+      <c r="N68" t="s">
+        <v>32</v>
+      </c>
+      <c r="O68" t="s">
+        <v>29</v>
+      </c>
+      <c r="P68" t="s">
+        <v>41</v>
+      </c>
+      <c r="Q68" t="s">
+        <v>34</v>
+      </c>
+      <c r="R68" t="s">
+        <v>42</v>
+      </c>
+      <c r="S68" t="s">
+        <v>29</v>
+      </c>
+      <c r="T68" t="s">
+        <v>29</v>
+      </c>
+      <c r="U68" t="s">
+        <v>55</v>
+      </c>
+      <c r="V68" t="s">
+        <v>29</v>
+      </c>
+      <c r="W68" t="s">
+        <v>29</v>
+      </c>
+      <c r="X68" t="s">
+        <v>29</v>
+      </c>
+      <c r="Y68" t="s">
+        <v>29</v>
+      </c>
+      <c r="Z68" t="s">
+        <v>29</v>
+      </c>
+      <c r="AA68" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="69" spans="1:27" x14ac:dyDescent="0.35">
+      <c r="A69" t="s">
+        <v>307</v>
+      </c>
+      <c r="B69" t="s">
+        <v>308</v>
+      </c>
+      <c r="C69" t="s">
+        <v>29</v>
+      </c>
+      <c r="D69" t="s">
+        <v>29</v>
+      </c>
+      <c r="E69" t="s">
+        <v>29</v>
+      </c>
+      <c r="F69" t="s">
+        <v>29</v>
+      </c>
+      <c r="G69" t="s">
+        <v>29</v>
+      </c>
+      <c r="H69" t="s">
+        <v>29</v>
+      </c>
+      <c r="I69" t="s">
+        <v>29</v>
+      </c>
+      <c r="J69" t="s">
+        <v>309</v>
+      </c>
+      <c r="K69" t="s">
+        <v>303</v>
+      </c>
+      <c r="L69" t="s">
+        <v>308</v>
+      </c>
+      <c r="M69" t="s">
+        <v>29</v>
+      </c>
+      <c r="N69" t="s">
+        <v>32</v>
+      </c>
+      <c r="O69" t="s">
+        <v>29</v>
+      </c>
+      <c r="P69" t="s">
+        <v>121</v>
+      </c>
+      <c r="Q69" t="s">
+        <v>34</v>
+      </c>
+      <c r="R69" t="s">
+        <v>290</v>
+      </c>
+      <c r="S69" t="s">
+        <v>29</v>
+      </c>
+      <c r="T69" t="s">
+        <v>29</v>
+      </c>
+      <c r="U69" t="s">
+        <v>29</v>
+      </c>
+      <c r="V69" t="s">
+        <v>29</v>
+      </c>
+      <c r="W69" t="s">
+        <v>29</v>
+      </c>
+      <c r="X69" t="s">
+        <v>29</v>
+      </c>
+      <c r="Y69" t="s">
+        <v>29</v>
+      </c>
+      <c r="Z69" t="s">
+        <v>29</v>
+      </c>
+      <c r="AA69" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="70" spans="1:27" x14ac:dyDescent="0.35">
+      <c r="A70" t="s">
+        <v>310</v>
+      </c>
+      <c r="B70" t="s">
+        <v>311</v>
+      </c>
+      <c r="C70" t="s">
+        <v>29</v>
+      </c>
+      <c r="D70" t="s">
+        <v>29</v>
+      </c>
+      <c r="E70" t="s">
+        <v>29</v>
+      </c>
+      <c r="F70" t="s">
+        <v>29</v>
+      </c>
+      <c r="G70" t="s">
+        <v>29</v>
+      </c>
+      <c r="H70" t="s">
+        <v>29</v>
+      </c>
+      <c r="I70" t="s">
+        <v>29</v>
+      </c>
+      <c r="J70" t="s">
+        <v>312</v>
+      </c>
+      <c r="K70" t="s">
+        <v>313</v>
+      </c>
+      <c r="L70" t="s">
+        <v>311</v>
+      </c>
+      <c r="M70" t="s">
+        <v>29</v>
+      </c>
+      <c r="N70" t="s">
+        <v>32</v>
+      </c>
+      <c r="O70" t="s">
+        <v>29</v>
+      </c>
+      <c r="P70" t="s">
+        <v>33</v>
+      </c>
+      <c r="Q70" t="s">
+        <v>34</v>
+      </c>
+      <c r="R70" t="s">
+        <v>111</v>
+      </c>
+      <c r="S70" t="s">
+        <v>29</v>
+      </c>
+      <c r="T70" t="s">
+        <v>29</v>
+      </c>
+      <c r="U70" t="s">
+        <v>85</v>
+      </c>
+      <c r="V70" t="s">
+        <v>314</v>
+      </c>
+      <c r="W70" t="s">
+        <v>29</v>
+      </c>
+      <c r="X70" t="s">
+        <v>29</v>
+      </c>
+      <c r="Y70" t="s">
+        <v>29</v>
+      </c>
+      <c r="Z70" t="s">
+        <v>29</v>
+      </c>
+      <c r="AA70" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="71" spans="1:27" x14ac:dyDescent="0.35">
+      <c r="A71" t="s">
+        <v>315</v>
+      </c>
+      <c r="B71" t="s">
+        <v>316</v>
+      </c>
+      <c r="C71" t="s">
+        <v>29</v>
+      </c>
+      <c r="D71" t="s">
+        <v>29</v>
+      </c>
+      <c r="E71" t="s">
+        <v>29</v>
+      </c>
+      <c r="F71" t="s">
+        <v>29</v>
+      </c>
+      <c r="G71" t="s">
+        <v>29</v>
+      </c>
+      <c r="H71" t="s">
+        <v>29</v>
+      </c>
+      <c r="I71" t="s">
+        <v>29</v>
+      </c>
+      <c r="J71" t="s">
+        <v>317</v>
+      </c>
+      <c r="K71" t="s">
+        <v>318</v>
+      </c>
+      <c r="L71" t="s">
+        <v>316</v>
+      </c>
+      <c r="M71" t="s">
+        <v>29</v>
+      </c>
+      <c r="N71" t="s">
+        <v>32</v>
+      </c>
+      <c r="O71" t="s">
+        <v>29</v>
+      </c>
+      <c r="P71" t="s">
+        <v>41</v>
+      </c>
+      <c r="Q71" t="s">
+        <v>34</v>
+      </c>
+      <c r="R71" t="s">
+        <v>229</v>
+      </c>
+      <c r="S71" t="s">
+        <v>29</v>
+      </c>
+      <c r="T71" t="s">
+        <v>29</v>
+      </c>
+      <c r="U71" t="s">
+        <v>91</v>
+      </c>
+      <c r="V71" t="s">
+        <v>29</v>
+      </c>
+      <c r="W71" t="s">
+        <v>29</v>
+      </c>
+      <c r="X71" t="s">
+        <v>29</v>
+      </c>
+      <c r="Y71" t="s">
+        <v>29</v>
+      </c>
+      <c r="Z71" t="s">
+        <v>29</v>
+      </c>
+      <c r="AA71" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="72" spans="1:27" x14ac:dyDescent="0.35">
+      <c r="A72" t="s">
+        <v>319</v>
+      </c>
+      <c r="B72" t="s">
+        <v>320</v>
+      </c>
+      <c r="C72" t="s">
+        <v>29</v>
+      </c>
+      <c r="D72" t="s">
+        <v>29</v>
+      </c>
+      <c r="E72" t="s">
+        <v>29</v>
+      </c>
+      <c r="F72" t="s">
+        <v>29</v>
+      </c>
+      <c r="G72" t="s">
+        <v>29</v>
+      </c>
+      <c r="H72" t="s">
+        <v>29</v>
+      </c>
+      <c r="I72" t="s">
+        <v>29</v>
+      </c>
+      <c r="J72" t="s">
+        <v>321</v>
+      </c>
+      <c r="K72" t="s">
+        <v>322</v>
+      </c>
+      <c r="L72" t="s">
+        <v>320</v>
+      </c>
+      <c r="M72" t="s">
+        <v>29</v>
+      </c>
+      <c r="N72" t="s">
+        <v>32</v>
+      </c>
+      <c r="O72" t="s">
+        <v>29</v>
+      </c>
+      <c r="P72" t="s">
+        <v>41</v>
+      </c>
+      <c r="Q72" t="s">
+        <v>34</v>
+      </c>
+      <c r="R72" t="s">
+        <v>60</v>
+      </c>
+      <c r="S72" t="s">
+        <v>29</v>
+      </c>
+      <c r="T72" t="s">
+        <v>29</v>
+      </c>
+      <c r="U72" t="s">
+        <v>55</v>
+      </c>
+      <c r="V72" t="s">
+        <v>29</v>
+      </c>
+      <c r="W72" t="s">
+        <v>29</v>
+      </c>
+      <c r="X72" t="s">
+        <v>29</v>
+      </c>
+      <c r="Y72" t="s">
+        <v>29</v>
+      </c>
+      <c r="Z72" t="s">
+        <v>29</v>
+      </c>
+      <c r="AA72" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="73" spans="1:27" x14ac:dyDescent="0.35">
+      <c r="A73" t="s">
+        <v>323</v>
+      </c>
+      <c r="B73" t="s">
+        <v>324</v>
+      </c>
+      <c r="C73" t="s">
+        <v>29</v>
+      </c>
+      <c r="D73" t="s">
+        <v>29</v>
+      </c>
+      <c r="E73" t="s">
+        <v>29</v>
+      </c>
+      <c r="F73" t="s">
+        <v>29</v>
+      </c>
+      <c r="G73" t="s">
+        <v>29</v>
+      </c>
+      <c r="H73" t="s">
+        <v>29</v>
+      </c>
+      <c r="I73" t="s">
+        <v>29</v>
+      </c>
+      <c r="J73" t="s">
+        <v>325</v>
+      </c>
+      <c r="K73" t="s">
+        <v>322</v>
+      </c>
+      <c r="L73" t="s">
+        <v>324</v>
+      </c>
+      <c r="M73" t="s">
+        <v>29</v>
+      </c>
+      <c r="N73" t="s">
+        <v>32</v>
+      </c>
+      <c r="O73" t="s">
+        <v>29</v>
+      </c>
+      <c r="P73" t="s">
+        <v>41</v>
+      </c>
+      <c r="Q73" t="s">
+        <v>34</v>
+      </c>
+      <c r="R73" t="s">
+        <v>73</v>
+      </c>
+      <c r="S73" t="s">
+        <v>29</v>
+      </c>
+      <c r="T73" t="s">
+        <v>29</v>
+      </c>
+      <c r="U73" t="s">
+        <v>112</v>
+      </c>
+      <c r="V73" t="s">
+        <v>29</v>
+      </c>
+      <c r="W73" t="s">
+        <v>29</v>
+      </c>
+      <c r="X73" t="s">
+        <v>29</v>
+      </c>
+      <c r="Y73" t="s">
+        <v>29</v>
+      </c>
+      <c r="Z73" t="s">
+        <v>29</v>
+      </c>
+      <c r="AA73" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="74" spans="1:27" x14ac:dyDescent="0.35">
+      <c r="A74" t="s">
+        <v>326</v>
+      </c>
+      <c r="B74" t="s">
+        <v>327</v>
+      </c>
+      <c r="C74" t="s">
+        <v>29</v>
+      </c>
+      <c r="D74" t="s">
+        <v>29</v>
+      </c>
+      <c r="E74" t="s">
+        <v>29</v>
+      </c>
+      <c r="F74" t="s">
+        <v>29</v>
+      </c>
+      <c r="G74" t="s">
+        <v>29</v>
+      </c>
+      <c r="H74" t="s">
+        <v>29</v>
+      </c>
+      <c r="I74" t="s">
+        <v>29</v>
+      </c>
+      <c r="J74" t="s">
+        <v>328</v>
+      </c>
+      <c r="K74" t="s">
+        <v>322</v>
+      </c>
+      <c r="L74" t="s">
+        <v>327</v>
+      </c>
+      <c r="M74" t="s">
+        <v>29</v>
+      </c>
+      <c r="N74" t="s">
+        <v>32</v>
+      </c>
+      <c r="O74" t="s">
+        <v>29</v>
+      </c>
+      <c r="P74" t="s">
+        <v>33</v>
+      </c>
+      <c r="Q74" t="s">
+        <v>34</v>
+      </c>
+      <c r="R74" t="s">
+        <v>117</v>
+      </c>
+      <c r="S74" t="s">
+        <v>29</v>
+      </c>
+      <c r="T74" t="s">
+        <v>29</v>
+      </c>
+      <c r="U74" t="s">
+        <v>74</v>
+      </c>
+      <c r="V74" t="s">
+        <v>29</v>
+      </c>
+      <c r="W74" t="s">
+        <v>29</v>
+      </c>
+      <c r="X74" t="s">
+        <v>29</v>
+      </c>
+      <c r="Y74" t="s">
+        <v>29</v>
+      </c>
+      <c r="Z74" t="s">
+        <v>29</v>
+      </c>
+      <c r="AA74" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="75" spans="1:27" x14ac:dyDescent="0.35">
+      <c r="A75" t="s">
+        <v>329</v>
+      </c>
+      <c r="B75" t="s">
+        <v>330</v>
+      </c>
+      <c r="C75" t="s">
+        <v>29</v>
+      </c>
+      <c r="D75" t="s">
+        <v>29</v>
+      </c>
+      <c r="E75" t="s">
+        <v>29</v>
+      </c>
+      <c r="F75" t="s">
+        <v>29</v>
+      </c>
+      <c r="G75" t="s">
+        <v>29</v>
+      </c>
+      <c r="H75" t="s">
+        <v>29</v>
+      </c>
+      <c r="I75" t="s">
+        <v>29</v>
+      </c>
+      <c r="J75" t="s">
+        <v>331</v>
+      </c>
+      <c r="K75" t="s">
+        <v>322</v>
+      </c>
+      <c r="L75" t="s">
+        <v>330</v>
+      </c>
+      <c r="M75" t="s">
+        <v>29</v>
+      </c>
+      <c r="N75" t="s">
+        <v>32</v>
+      </c>
+      <c r="O75" t="s">
+        <v>29</v>
+      </c>
+      <c r="P75" t="s">
+        <v>33</v>
+      </c>
+      <c r="Q75" t="s">
+        <v>34</v>
+      </c>
+      <c r="R75" t="s">
+        <v>122</v>
+      </c>
+      <c r="S75" t="s">
+        <v>29</v>
+      </c>
+      <c r="T75" t="s">
+        <v>29</v>
+      </c>
+      <c r="U75" t="s">
+        <v>79</v>
+      </c>
+      <c r="V75" t="s">
+        <v>29</v>
+      </c>
+      <c r="W75" t="s">
+        <v>29</v>
+      </c>
+      <c r="X75" t="s">
+        <v>29</v>
+      </c>
+      <c r="Y75" t="s">
+        <v>29</v>
+      </c>
+      <c r="Z75" t="s">
+        <v>29</v>
+      </c>
+      <c r="AA75" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="76" spans="1:27" x14ac:dyDescent="0.35">
+      <c r="A76" t="s">
+        <v>332</v>
+      </c>
+      <c r="B76" t="s">
+        <v>333</v>
+      </c>
+      <c r="C76" t="s">
+        <v>29</v>
+      </c>
+      <c r="D76" t="s">
+        <v>29</v>
+      </c>
+      <c r="E76" t="s">
+        <v>29</v>
+      </c>
+      <c r="F76" t="s">
+        <v>29</v>
+      </c>
+      <c r="G76" t="s">
+        <v>29</v>
+      </c>
+      <c r="H76" t="s">
+        <v>29</v>
+      </c>
+      <c r="I76" t="s">
+        <v>29</v>
+      </c>
+      <c r="J76" t="s">
+        <v>334</v>
+      </c>
+      <c r="K76" t="s">
+        <v>335</v>
+      </c>
+      <c r="L76" t="s">
+        <v>333</v>
+      </c>
+      <c r="M76" t="s">
+        <v>29</v>
+      </c>
+      <c r="N76" t="s">
+        <v>32</v>
+      </c>
+      <c r="O76" t="s">
+        <v>29</v>
+      </c>
+      <c r="P76" t="s">
+        <v>41</v>
+      </c>
+      <c r="Q76" t="s">
+        <v>34</v>
+      </c>
+      <c r="R76" t="s">
+        <v>132</v>
+      </c>
+      <c r="S76" t="s">
+        <v>29</v>
+      </c>
+      <c r="T76" t="s">
+        <v>29</v>
+      </c>
+      <c r="U76" t="s">
+        <v>74</v>
+      </c>
+      <c r="V76" t="s">
+        <v>29</v>
+      </c>
+      <c r="W76" t="s">
+        <v>29</v>
+      </c>
+      <c r="X76" t="s">
+        <v>29</v>
+      </c>
+      <c r="Y76" t="s">
+        <v>29</v>
+      </c>
+      <c r="Z76" t="s">
+        <v>29</v>
+      </c>
+      <c r="AA76" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="77" spans="1:27" x14ac:dyDescent="0.35">
+      <c r="A77" t="s">
+        <v>336</v>
+      </c>
+      <c r="B77" t="s">
+        <v>337</v>
+      </c>
+      <c r="C77" t="s">
+        <v>29</v>
+      </c>
+      <c r="D77" t="s">
+        <v>29</v>
+      </c>
+      <c r="E77" t="s">
+        <v>29</v>
+      </c>
+      <c r="F77" t="s">
+        <v>29</v>
+      </c>
+      <c r="G77" t="s">
+        <v>29</v>
+      </c>
+      <c r="H77" t="s">
+        <v>29</v>
+      </c>
+      <c r="I77" t="s">
+        <v>29</v>
+      </c>
+      <c r="J77" t="s">
+        <v>338</v>
+      </c>
+      <c r="K77" t="s">
+        <v>335</v>
+      </c>
+      <c r="L77" t="s">
+        <v>337</v>
+      </c>
+      <c r="M77" t="s">
+        <v>29</v>
+      </c>
+      <c r="N77" t="s">
+        <v>32</v>
+      </c>
+      <c r="O77" t="s">
+        <v>29</v>
+      </c>
+      <c r="P77" t="s">
+        <v>33</v>
+      </c>
+      <c r="Q77" t="s">
+        <v>34</v>
+      </c>
+      <c r="R77" t="s">
+        <v>117</v>
+      </c>
+      <c r="S77" t="s">
+        <v>29</v>
+      </c>
+      <c r="T77" t="s">
+        <v>29</v>
+      </c>
+      <c r="U77" t="s">
+        <v>79</v>
+      </c>
+      <c r="V77" t="s">
+        <v>29</v>
+      </c>
+      <c r="W77" t="s">
+        <v>29</v>
+      </c>
+      <c r="X77" t="s">
+        <v>29</v>
+      </c>
+      <c r="Y77" t="s">
+        <v>29</v>
+      </c>
+      <c r="Z77" t="s">
+        <v>29</v>
+      </c>
+      <c r="AA77" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="78" spans="1:27" x14ac:dyDescent="0.35">
+      <c r="A78" t="s">
+        <v>339</v>
+      </c>
+      <c r="B78" t="s">
+        <v>340</v>
+      </c>
+      <c r="C78" t="s">
+        <v>29</v>
+      </c>
+      <c r="D78" t="s">
+        <v>29</v>
+      </c>
+      <c r="E78" t="s">
+        <v>29</v>
+      </c>
+      <c r="F78" t="s">
+        <v>29</v>
+      </c>
+      <c r="G78" t="s">
+        <v>29</v>
+      </c>
+      <c r="H78" t="s">
+        <v>29</v>
+      </c>
+      <c r="I78" t="s">
+        <v>29</v>
+      </c>
+      <c r="J78" t="s">
+        <v>341</v>
+      </c>
+      <c r="K78" t="s">
+        <v>342</v>
+      </c>
+      <c r="L78" t="s">
+        <v>340</v>
+      </c>
+      <c r="M78" t="s">
+        <v>29</v>
+      </c>
+      <c r="N78" t="s">
+        <v>32</v>
+      </c>
+      <c r="O78" t="s">
+        <v>29</v>
+      </c>
+      <c r="P78" t="s">
+        <v>41</v>
+      </c>
+      <c r="Q78" t="s">
+        <v>34</v>
+      </c>
+      <c r="R78" t="s">
+        <v>343</v>
+      </c>
+      <c r="S78" t="s">
+        <v>29</v>
+      </c>
+      <c r="T78" t="s">
+        <v>29</v>
+      </c>
+      <c r="U78" t="s">
+        <v>85</v>
+      </c>
+      <c r="V78" t="s">
+        <v>29</v>
+      </c>
+      <c r="W78" t="s">
+        <v>29</v>
+      </c>
+      <c r="X78" t="s">
+        <v>29</v>
+      </c>
+      <c r="Y78" t="s">
+        <v>29</v>
+      </c>
+      <c r="Z78" t="s">
+        <v>29</v>
+      </c>
+      <c r="AA78" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="79" spans="1:27" x14ac:dyDescent="0.35">
+      <c r="A79" t="s">
+        <v>344</v>
+      </c>
+      <c r="B79" t="s">
+        <v>345</v>
+      </c>
+      <c r="C79" t="s">
+        <v>29</v>
+      </c>
+      <c r="D79" t="s">
+        <v>29</v>
+      </c>
+      <c r="E79" t="s">
+        <v>29</v>
+      </c>
+      <c r="F79" t="s">
+        <v>29</v>
+      </c>
+      <c r="G79" t="s">
+        <v>29</v>
+      </c>
+      <c r="H79" t="s">
+        <v>29</v>
+      </c>
+      <c r="I79" t="s">
+        <v>29</v>
+      </c>
+      <c r="J79" t="s">
+        <v>346</v>
+      </c>
+      <c r="K79" t="s">
+        <v>313</v>
+      </c>
+      <c r="L79" t="s">
+        <v>345</v>
+      </c>
+      <c r="M79" t="s">
+        <v>29</v>
+      </c>
+      <c r="N79" t="s">
+        <v>32</v>
+      </c>
+      <c r="O79" t="s">
+        <v>29</v>
+      </c>
+      <c r="P79" t="s">
+        <v>41</v>
+      </c>
+      <c r="Q79" t="s">
+        <v>34</v>
+      </c>
+      <c r="R79" t="s">
+        <v>184</v>
+      </c>
+      <c r="S79" t="s">
+        <v>29</v>
+      </c>
+      <c r="T79" t="s">
+        <v>29</v>
+      </c>
+      <c r="U79" t="s">
+        <v>79</v>
+      </c>
+      <c r="V79" t="s">
+        <v>29</v>
+      </c>
+      <c r="W79" t="s">
+        <v>29</v>
+      </c>
+      <c r="X79" t="s">
+        <v>29</v>
+      </c>
+      <c r="Y79" t="s">
+        <v>29</v>
+      </c>
+      <c r="Z79" t="s">
+        <v>29</v>
+      </c>
+      <c r="AA79" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="80" spans="1:27" x14ac:dyDescent="0.35">
+      <c r="A80" t="s">
+        <v>347</v>
+      </c>
+      <c r="B80" t="s">
+        <v>348</v>
+      </c>
+      <c r="C80" t="s">
+        <v>29</v>
+      </c>
+      <c r="D80" t="s">
+        <v>29</v>
+      </c>
+      <c r="E80" t="s">
+        <v>29</v>
+      </c>
+      <c r="F80" t="s">
+        <v>29</v>
+      </c>
+      <c r="G80" t="s">
+        <v>29</v>
+      </c>
+      <c r="H80" t="s">
+        <v>29</v>
+      </c>
+      <c r="I80" t="s">
+        <v>29</v>
+      </c>
+      <c r="J80" t="s">
+        <v>349</v>
+      </c>
+      <c r="K80" t="s">
+        <v>342</v>
+      </c>
+      <c r="L80" t="s">
+        <v>348</v>
+      </c>
+      <c r="M80" t="s">
+        <v>29</v>
+      </c>
+      <c r="N80" t="s">
+        <v>32</v>
+      </c>
+      <c r="O80" t="s">
+        <v>29</v>
+      </c>
+      <c r="P80" t="s">
+        <v>33</v>
+      </c>
+      <c r="Q80" t="s">
+        <v>34</v>
+      </c>
+      <c r="R80" t="s">
+        <v>117</v>
+      </c>
+      <c r="S80" t="s">
+        <v>29</v>
+      </c>
+      <c r="T80" t="s">
+        <v>29</v>
+      </c>
+      <c r="U80" t="s">
+        <v>91</v>
+      </c>
+      <c r="V80" t="s">
+        <v>350</v>
+      </c>
+      <c r="W80" t="s">
+        <v>29</v>
+      </c>
+      <c r="X80" t="s">
+        <v>29</v>
+      </c>
+      <c r="Y80" t="s">
+        <v>29</v>
+      </c>
+      <c r="Z80" t="s">
+        <v>29</v>
+      </c>
+      <c r="AA80" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="81" spans="1:27" x14ac:dyDescent="0.35">
+      <c r="A81" t="s">
+        <v>351</v>
+      </c>
+      <c r="B81" t="s">
+        <v>352</v>
+      </c>
+      <c r="C81" t="s">
+        <v>29</v>
+      </c>
+      <c r="D81" t="s">
+        <v>29</v>
+      </c>
+      <c r="E81" t="s">
+        <v>29</v>
+      </c>
+      <c r="F81" t="s">
+        <v>29</v>
+      </c>
+      <c r="G81" t="s">
+        <v>29</v>
+      </c>
+      <c r="H81" t="s">
+        <v>29</v>
+      </c>
+      <c r="I81" t="s">
+        <v>29</v>
+      </c>
+      <c r="J81" t="s">
+        <v>353</v>
+      </c>
+      <c r="K81" t="s">
+        <v>354</v>
+      </c>
+      <c r="L81" t="s">
+        <v>352</v>
+      </c>
+      <c r="M81" t="s">
+        <v>29</v>
+      </c>
+      <c r="N81" t="s">
+        <v>32</v>
+      </c>
+      <c r="O81" t="s">
+        <v>29</v>
+      </c>
+      <c r="P81" t="s">
+        <v>41</v>
+      </c>
+      <c r="Q81" t="s">
+        <v>34</v>
+      </c>
+      <c r="R81" t="s">
+        <v>184</v>
+      </c>
+      <c r="S81" t="s">
+        <v>29</v>
+      </c>
+      <c r="T81" t="s">
+        <v>29</v>
+      </c>
+      <c r="U81" t="s">
+        <v>112</v>
+      </c>
+      <c r="V81" t="s">
+        <v>29</v>
+      </c>
+      <c r="W81" t="s">
+        <v>29</v>
+      </c>
+      <c r="X81" t="s">
+        <v>29</v>
+      </c>
+      <c r="Y81" t="s">
+        <v>29</v>
+      </c>
+      <c r="Z81" t="s">
+        <v>29</v>
+      </c>
+      <c r="AA81" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="82" spans="1:27" x14ac:dyDescent="0.35">
+      <c r="A82" t="s">
+        <v>355</v>
+      </c>
+      <c r="B82" t="s">
+        <v>356</v>
+      </c>
+      <c r="C82" t="s">
+        <v>29</v>
+      </c>
+      <c r="D82" t="s">
+        <v>29</v>
+      </c>
+      <c r="E82" t="s">
+        <v>29</v>
+      </c>
+      <c r="F82" t="s">
+        <v>29</v>
+      </c>
+      <c r="G82" t="s">
+        <v>29</v>
+      </c>
+      <c r="H82" t="s">
+        <v>29</v>
+      </c>
+      <c r="I82" t="s">
+        <v>29</v>
+      </c>
+      <c r="J82" t="s">
+        <v>357</v>
+      </c>
+      <c r="K82" t="s">
+        <v>354</v>
+      </c>
+      <c r="L82" t="s">
+        <v>356</v>
+      </c>
+      <c r="M82" t="s">
+        <v>29</v>
+      </c>
+      <c r="N82" t="s">
+        <v>32</v>
+      </c>
+      <c r="O82" t="s">
+        <v>29</v>
+      </c>
+      <c r="P82" t="s">
+        <v>33</v>
+      </c>
+      <c r="Q82" t="s">
+        <v>34</v>
+      </c>
+      <c r="R82" t="s">
+        <v>111</v>
+      </c>
+      <c r="S82" t="s">
+        <v>29</v>
+      </c>
+      <c r="T82" t="s">
+        <v>29</v>
+      </c>
+      <c r="U82" t="s">
+        <v>74</v>
+      </c>
+      <c r="V82" t="s">
+        <v>29</v>
+      </c>
+      <c r="W82" t="s">
+        <v>29</v>
+      </c>
+      <c r="X82" t="s">
+        <v>29</v>
+      </c>
+      <c r="Y82" t="s">
+        <v>29</v>
+      </c>
+      <c r="Z82" t="s">
+        <v>29</v>
+      </c>
+      <c r="AA82" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="83" spans="1:27" x14ac:dyDescent="0.35">
+      <c r="A83" t="s">
+        <v>358</v>
+      </c>
+      <c r="B83" t="s">
+        <v>359</v>
+      </c>
+      <c r="C83" t="s">
+        <v>29</v>
+      </c>
+      <c r="D83" t="s">
+        <v>29</v>
+      </c>
+      <c r="E83" t="s">
+        <v>29</v>
+      </c>
+      <c r="F83" t="s">
+        <v>29</v>
+      </c>
+      <c r="G83" t="s">
+        <v>29</v>
+      </c>
+      <c r="H83" t="s">
+        <v>29</v>
+      </c>
+      <c r="I83" t="s">
+        <v>29</v>
+      </c>
+      <c r="J83" t="s">
+        <v>360</v>
+      </c>
+      <c r="K83" t="s">
+        <v>361</v>
+      </c>
+      <c r="L83" t="s">
+        <v>359</v>
+      </c>
+      <c r="M83" t="s">
+        <v>29</v>
+      </c>
+      <c r="N83" t="s">
+        <v>32</v>
+      </c>
+      <c r="O83" t="s">
+        <v>29</v>
+      </c>
+      <c r="P83" t="s">
+        <v>41</v>
+      </c>
+      <c r="Q83" t="s">
+        <v>34</v>
+      </c>
+      <c r="R83" t="s">
+        <v>132</v>
+      </c>
+      <c r="S83" t="s">
+        <v>29</v>
+      </c>
+      <c r="T83" t="s">
+        <v>29</v>
+      </c>
+      <c r="U83" t="s">
+        <v>74</v>
+      </c>
+      <c r="V83" t="s">
+        <v>29</v>
+      </c>
+      <c r="W83" t="s">
+        <v>29</v>
+      </c>
+      <c r="X83" t="s">
+        <v>29</v>
+      </c>
+      <c r="Y83" t="s">
+        <v>29</v>
+      </c>
+      <c r="Z83" t="s">
+        <v>29</v>
+      </c>
+      <c r="AA83" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="84" spans="1:27" x14ac:dyDescent="0.35">
+      <c r="A84" t="s">
+        <v>362</v>
+      </c>
+      <c r="B84" t="s">
+        <v>363</v>
+      </c>
+      <c r="C84" t="s">
+        <v>29</v>
+      </c>
+      <c r="D84" t="s">
+        <v>29</v>
+      </c>
+      <c r="E84" t="s">
+        <v>29</v>
+      </c>
+      <c r="F84" t="s">
+        <v>29</v>
+      </c>
+      <c r="G84" t="s">
+        <v>29</v>
+      </c>
+      <c r="H84" t="s">
+        <v>29</v>
+      </c>
+      <c r="I84" t="s">
+        <v>29</v>
+      </c>
+      <c r="J84" t="s">
+        <v>364</v>
+      </c>
+      <c r="K84" t="s">
+        <v>361</v>
+      </c>
+      <c r="L84" t="s">
+        <v>363</v>
+      </c>
+      <c r="M84" t="s">
+        <v>29</v>
+      </c>
+      <c r="N84" t="s">
+        <v>32</v>
+      </c>
+      <c r="O84" t="s">
+        <v>29</v>
+      </c>
+      <c r="P84" t="s">
+        <v>33</v>
+      </c>
+      <c r="Q84" t="s">
+        <v>34</v>
+      </c>
+      <c r="R84" t="s">
+        <v>54</v>
+      </c>
+      <c r="S84" t="s">
+        <v>29</v>
+      </c>
+      <c r="T84" t="s">
+        <v>29</v>
+      </c>
+      <c r="U84" t="s">
+        <v>79</v>
+      </c>
+      <c r="V84" t="s">
+        <v>29</v>
+      </c>
+      <c r="W84" t="s">
+        <v>29</v>
+      </c>
+      <c r="X84" t="s">
+        <v>29</v>
+      </c>
+      <c r="Y84" t="s">
+        <v>29</v>
+      </c>
+      <c r="Z84" t="s">
+        <v>29</v>
+      </c>
+      <c r="AA84" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="85" spans="1:27" x14ac:dyDescent="0.35">
+      <c r="A85" t="s">
+        <v>365</v>
+      </c>
+      <c r="B85" t="s">
+        <v>366</v>
+      </c>
+      <c r="C85" t="s">
+        <v>29</v>
+      </c>
+      <c r="D85" t="s">
+        <v>29</v>
+      </c>
+      <c r="E85" t="s">
+        <v>29</v>
+      </c>
+      <c r="F85" t="s">
+        <v>29</v>
+      </c>
+      <c r="G85" t="s">
+        <v>29</v>
+      </c>
+      <c r="H85" t="s">
+        <v>29</v>
+      </c>
+      <c r="I85" t="s">
+        <v>29</v>
+      </c>
+      <c r="J85" t="s">
+        <v>367</v>
+      </c>
+      <c r="K85" t="s">
+        <v>368</v>
+      </c>
+      <c r="L85" t="s">
+        <v>366</v>
+      </c>
+      <c r="M85" t="s">
+        <v>29</v>
+      </c>
+      <c r="N85" t="s">
+        <v>32</v>
+      </c>
+      <c r="O85" t="s">
+        <v>29</v>
+      </c>
+      <c r="P85" t="s">
+        <v>121</v>
+      </c>
+      <c r="Q85" t="s">
+        <v>34</v>
+      </c>
+      <c r="R85" t="s">
+        <v>369</v>
+      </c>
+      <c r="S85" t="s">
+        <v>29</v>
+      </c>
+      <c r="T85" t="s">
+        <v>29</v>
+      </c>
+      <c r="U85" t="s">
+        <v>370</v>
+      </c>
+      <c r="V85" t="s">
+        <v>29</v>
+      </c>
+      <c r="W85" t="s">
+        <v>29</v>
+      </c>
+      <c r="X85" t="s">
+        <v>29</v>
+      </c>
+      <c r="Y85" t="s">
+        <v>29</v>
+      </c>
+      <c r="Z85" t="s">
+        <v>29</v>
+      </c>
+      <c r="AA85" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="86" spans="1:27" x14ac:dyDescent="0.35">
+      <c r="A86" t="s">
+        <v>371</v>
+      </c>
+      <c r="B86" t="s">
+        <v>372</v>
+      </c>
+      <c r="C86" t="s">
+        <v>29</v>
+      </c>
+      <c r="D86" t="s">
+        <v>29</v>
+      </c>
+      <c r="E86" t="s">
+        <v>29</v>
+      </c>
+      <c r="F86" t="s">
+        <v>29</v>
+      </c>
+      <c r="G86" t="s">
+        <v>29</v>
+      </c>
+      <c r="H86" t="s">
+        <v>29</v>
+      </c>
+      <c r="I86" t="s">
+        <v>29</v>
+      </c>
+      <c r="J86" t="s">
+        <v>373</v>
+      </c>
+      <c r="K86" t="s">
+        <v>374</v>
+      </c>
+      <c r="L86" t="s">
+        <v>372</v>
+      </c>
+      <c r="M86" t="s">
+        <v>29</v>
+      </c>
+      <c r="N86" t="s">
+        <v>32</v>
+      </c>
+      <c r="O86" t="s">
+        <v>29</v>
+      </c>
+      <c r="P86" t="s">
+        <v>33</v>
+      </c>
+      <c r="Q86" t="s">
+        <v>34</v>
+      </c>
+      <c r="R86" t="s">
+        <v>111</v>
+      </c>
+      <c r="S86" t="s">
+        <v>29</v>
+      </c>
+      <c r="T86" t="s">
+        <v>29</v>
+      </c>
+      <c r="U86" t="s">
+        <v>91</v>
+      </c>
+      <c r="V86" t="s">
+        <v>29</v>
+      </c>
+      <c r="W86" t="s">
+        <v>29</v>
+      </c>
+      <c r="X86" t="s">
+        <v>29</v>
+      </c>
+      <c r="Y86" t="s">
+        <v>29</v>
+      </c>
+      <c r="Z86" t="s">
+        <v>29</v>
+      </c>
+      <c r="AA86" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="87" spans="1:27" x14ac:dyDescent="0.35">
+      <c r="A87" t="s">
+        <v>375</v>
+      </c>
+      <c r="B87" t="s">
+        <v>376</v>
+      </c>
+      <c r="C87" t="s">
+        <v>29</v>
+      </c>
+      <c r="D87" t="s">
+        <v>29</v>
+      </c>
+      <c r="E87" t="s">
+        <v>29</v>
+      </c>
+      <c r="F87" t="s">
+        <v>29</v>
+      </c>
+      <c r="G87" t="s">
+        <v>29</v>
+      </c>
+      <c r="H87" t="s">
+        <v>29</v>
+      </c>
+      <c r="I87" t="s">
+        <v>29</v>
+      </c>
+      <c r="J87" t="s">
+        <v>377</v>
+      </c>
+      <c r="K87" t="s">
+        <v>374</v>
+      </c>
+      <c r="L87" t="s">
+        <v>376</v>
+      </c>
+      <c r="M87" t="s">
+        <v>29</v>
+      </c>
+      <c r="N87" t="s">
+        <v>32</v>
+      </c>
+      <c r="O87" t="s">
+        <v>29</v>
+      </c>
+      <c r="P87" t="s">
+        <v>121</v>
+      </c>
+      <c r="Q87" t="s">
+        <v>34</v>
+      </c>
+      <c r="R87" t="s">
+        <v>122</v>
+      </c>
+      <c r="S87" t="s">
+        <v>29</v>
+      </c>
+      <c r="T87" t="s">
+        <v>29</v>
+      </c>
+      <c r="U87" t="s">
+        <v>179</v>
+      </c>
+      <c r="V87" t="s">
+        <v>29</v>
+      </c>
+      <c r="W87" t="s">
+        <v>29</v>
+      </c>
+      <c r="X87" t="s">
+        <v>29</v>
+      </c>
+      <c r="Y87" t="s">
+        <v>29</v>
+      </c>
+      <c r="Z87" t="s">
+        <v>29</v>
+      </c>
+      <c r="AA87" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="88" spans="1:27" x14ac:dyDescent="0.35">
+      <c r="A88" t="s">
+        <v>378</v>
+      </c>
+      <c r="B88" t="s">
+        <v>379</v>
+      </c>
+      <c r="C88" t="s">
+        <v>29</v>
+      </c>
+      <c r="D88" t="s">
+        <v>29</v>
+      </c>
+      <c r="E88" t="s">
+        <v>29</v>
+      </c>
+      <c r="F88" t="s">
+        <v>29</v>
+      </c>
+      <c r="G88" t="s">
+        <v>29</v>
+      </c>
+      <c r="H88" t="s">
+        <v>29</v>
+      </c>
+      <c r="I88" t="s">
+        <v>29</v>
+      </c>
+      <c r="J88" t="s">
+        <v>380</v>
+      </c>
+      <c r="K88" t="s">
+        <v>368</v>
+      </c>
+      <c r="L88" t="s">
+        <v>379</v>
+      </c>
+      <c r="M88" t="s">
+        <v>29</v>
+      </c>
+      <c r="N88" t="s">
+        <v>32</v>
+      </c>
+      <c r="O88" t="s">
+        <v>29</v>
+      </c>
+      <c r="P88" t="s">
+        <v>33</v>
+      </c>
+      <c r="Q88" t="s">
+        <v>34</v>
+      </c>
+      <c r="R88" t="s">
+        <v>111</v>
+      </c>
+      <c r="S88" t="s">
+        <v>29</v>
+      </c>
+      <c r="T88" t="s">
+        <v>29</v>
+      </c>
+      <c r="U88" t="s">
+        <v>269</v>
+      </c>
+      <c r="V88" t="s">
+        <v>29</v>
+      </c>
+      <c r="W88" t="s">
+        <v>29</v>
+      </c>
+      <c r="X88" t="s">
+        <v>29</v>
+      </c>
+      <c r="Y88" t="s">
+        <v>29</v>
+      </c>
+      <c r="Z88" t="s">
+        <v>29</v>
+      </c>
+      <c r="AA88" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="89" spans="1:27" x14ac:dyDescent="0.35">
+      <c r="A89" t="s">
+        <v>381</v>
+      </c>
+      <c r="B89" t="s">
+        <v>382</v>
+      </c>
+      <c r="C89" t="s">
+        <v>29</v>
+      </c>
+      <c r="D89" t="s">
+        <v>29</v>
+      </c>
+      <c r="E89" t="s">
+        <v>29</v>
+      </c>
+      <c r="F89" t="s">
+        <v>29</v>
+      </c>
+      <c r="G89" t="s">
+        <v>29</v>
+      </c>
+      <c r="H89" t="s">
+        <v>29</v>
+      </c>
+      <c r="I89" t="s">
+        <v>29</v>
+      </c>
+      <c r="J89" t="s">
+        <v>383</v>
+      </c>
+      <c r="K89" t="s">
+        <v>384</v>
+      </c>
+      <c r="L89" t="s">
+        <v>382</v>
+      </c>
+      <c r="M89" t="s">
+        <v>29</v>
+      </c>
+      <c r="N89" t="s">
+        <v>32</v>
+      </c>
+      <c r="O89" t="s">
+        <v>29</v>
+      </c>
+      <c r="P89" t="s">
+        <v>41</v>
+      </c>
+      <c r="Q89" t="s">
+        <v>34</v>
+      </c>
+      <c r="R89" t="s">
+        <v>132</v>
+      </c>
+      <c r="S89" t="s">
+        <v>29</v>
+      </c>
+      <c r="T89" t="s">
+        <v>29</v>
+      </c>
+      <c r="U89" t="s">
+        <v>79</v>
+      </c>
+      <c r="V89" t="s">
+        <v>29</v>
+      </c>
+      <c r="W89" t="s">
+        <v>29</v>
+      </c>
+      <c r="X89" t="s">
+        <v>29</v>
+      </c>
+      <c r="Y89" t="s">
+        <v>29</v>
+      </c>
+      <c r="Z89" t="s">
+        <v>29</v>
+      </c>
+      <c r="AA89" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="90" spans="1:27" x14ac:dyDescent="0.35">
+      <c r="A90" t="s">
+        <v>385</v>
+      </c>
+      <c r="B90" t="s">
+        <v>386</v>
+      </c>
+      <c r="C90" t="s">
+        <v>29</v>
+      </c>
+      <c r="D90" t="s">
+        <v>29</v>
+      </c>
+      <c r="E90" t="s">
+        <v>29</v>
+      </c>
+      <c r="F90" t="s">
+        <v>29</v>
+      </c>
+      <c r="G90" t="s">
+        <v>29</v>
+      </c>
+      <c r="H90" t="s">
+        <v>29</v>
+      </c>
+      <c r="I90" t="s">
+        <v>29</v>
+      </c>
+      <c r="J90" t="s">
+        <v>387</v>
+      </c>
+      <c r="K90" t="s">
+        <v>384</v>
+      </c>
+      <c r="L90" t="s">
+        <v>386</v>
+      </c>
+      <c r="M90" t="s">
+        <v>29</v>
+      </c>
+      <c r="N90" t="s">
+        <v>32</v>
+      </c>
+      <c r="O90" t="s">
+        <v>29</v>
+      </c>
+      <c r="P90" t="s">
+        <v>33</v>
+      </c>
+      <c r="Q90" t="s">
+        <v>34</v>
+      </c>
+      <c r="R90" t="s">
+        <v>78</v>
+      </c>
+      <c r="S90" t="s">
+        <v>29</v>
+      </c>
+      <c r="T90" t="s">
+        <v>29</v>
+      </c>
+      <c r="U90" t="s">
+        <v>85</v>
+      </c>
+      <c r="V90" t="s">
+        <v>29</v>
+      </c>
+      <c r="W90" t="s">
+        <v>29</v>
+      </c>
+      <c r="X90" t="s">
+        <v>29</v>
+      </c>
+      <c r="Y90" t="s">
+        <v>29</v>
+      </c>
+      <c r="Z90" t="s">
+        <v>29</v>
+      </c>
+      <c r="AA90" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="91" spans="1:27" x14ac:dyDescent="0.35">
+      <c r="A91" t="s">
+        <v>388</v>
+      </c>
+      <c r="B91" t="s">
+        <v>389</v>
+      </c>
+      <c r="C91" t="s">
+        <v>29</v>
+      </c>
+      <c r="D91" t="s">
+        <v>29</v>
+      </c>
+      <c r="E91" t="s">
+        <v>29</v>
+      </c>
+      <c r="F91" t="s">
+        <v>29</v>
+      </c>
+      <c r="G91" t="s">
+        <v>29</v>
+      </c>
+      <c r="H91" t="s">
+        <v>29</v>
+      </c>
+      <c r="I91" t="s">
+        <v>29</v>
+      </c>
+      <c r="J91" t="s">
+        <v>390</v>
+      </c>
+      <c r="K91" t="s">
+        <v>318</v>
+      </c>
+      <c r="L91" t="s">
+        <v>389</v>
+      </c>
+      <c r="M91" t="s">
+        <v>29</v>
+      </c>
+      <c r="N91" t="s">
+        <v>32</v>
+      </c>
+      <c r="O91" t="s">
+        <v>29</v>
+      </c>
+      <c r="P91" t="s">
+        <v>33</v>
+      </c>
+      <c r="Q91" t="s">
+        <v>34</v>
+      </c>
+      <c r="R91" t="s">
+        <v>54</v>
+      </c>
+      <c r="S91" t="s">
+        <v>29</v>
+      </c>
+      <c r="T91" t="s">
+        <v>29</v>
+      </c>
+      <c r="U91" t="s">
+        <v>269</v>
+      </c>
+      <c r="V91" t="s">
+        <v>391</v>
+      </c>
+      <c r="W91" t="s">
+        <v>29</v>
+      </c>
+      <c r="X91" t="s">
+        <v>29</v>
+      </c>
+      <c r="Y91" t="s">
+        <v>29</v>
+      </c>
+      <c r="Z91" t="s">
+        <v>29</v>
+      </c>
+      <c r="AA91" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="92" spans="1:27" x14ac:dyDescent="0.35">
+      <c r="A92" t="s">
+        <v>392</v>
+      </c>
+      <c r="B92" t="s">
+        <v>393</v>
+      </c>
+      <c r="C92" t="s">
+        <v>29</v>
+      </c>
+      <c r="D92" t="s">
+        <v>29</v>
+      </c>
+      <c r="E92" t="s">
+        <v>29</v>
+      </c>
+      <c r="F92" t="s">
+        <v>29</v>
+      </c>
+      <c r="G92" t="s">
+        <v>29</v>
+      </c>
+      <c r="H92" t="s">
+        <v>29</v>
+      </c>
+      <c r="I92" t="s">
+        <v>29</v>
+      </c>
+      <c r="J92" t="s">
+        <v>394</v>
+      </c>
+      <c r="K92" t="s">
+        <v>318</v>
+      </c>
+      <c r="L92" t="s">
+        <v>393</v>
+      </c>
+      <c r="M92" t="s">
+        <v>29</v>
+      </c>
+      <c r="N92" t="s">
+        <v>32</v>
+      </c>
+      <c r="O92" t="s">
+        <v>29</v>
+      </c>
+      <c r="P92" t="s">
+        <v>89</v>
+      </c>
+      <c r="Q92" t="s">
+        <v>34</v>
+      </c>
+      <c r="R92" t="s">
+        <v>395</v>
+      </c>
+      <c r="S92" t="s">
+        <v>29</v>
+      </c>
+      <c r="T92" t="s">
+        <v>29</v>
+      </c>
+      <c r="U92" t="s">
+        <v>179</v>
+      </c>
+      <c r="V92" t="s">
+        <v>29</v>
+      </c>
+      <c r="W92" t="s">
+        <v>29</v>
+      </c>
+      <c r="X92" t="s">
+        <v>29</v>
+      </c>
+      <c r="Y92" t="s">
+        <v>29</v>
+      </c>
+      <c r="Z92" t="s">
+        <v>29</v>
+      </c>
+      <c r="AA92" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="93" spans="1:27" x14ac:dyDescent="0.35">
+      <c r="A93" t="s">
+        <v>396</v>
+      </c>
+      <c r="B93" t="s">
+        <v>397</v>
+      </c>
+      <c r="C93" t="s">
+        <v>29</v>
+      </c>
+      <c r="D93" t="s">
+        <v>29</v>
+      </c>
+      <c r="E93" t="s">
+        <v>29</v>
+      </c>
+      <c r="F93" t="s">
+        <v>29</v>
+      </c>
+      <c r="G93" t="s">
+        <v>29</v>
+      </c>
+      <c r="H93" t="s">
+        <v>29</v>
+      </c>
+      <c r="I93" t="s">
+        <v>29</v>
+      </c>
+      <c r="J93" t="s">
+        <v>398</v>
+      </c>
+      <c r="K93" t="s">
+        <v>318</v>
+      </c>
+      <c r="L93" t="s">
+        <v>397</v>
+      </c>
+      <c r="M93" t="s">
+        <v>29</v>
+      </c>
+      <c r="N93" t="s">
+        <v>32</v>
+      </c>
+      <c r="O93" t="s">
+        <v>29</v>
+      </c>
+      <c r="P93" t="s">
+        <v>33</v>
+      </c>
+      <c r="Q93" t="s">
+        <v>34</v>
+      </c>
+      <c r="R93" t="s">
+        <v>78</v>
+      </c>
+      <c r="S93" t="s">
+        <v>29</v>
+      </c>
+      <c r="T93" t="s">
+        <v>29</v>
+      </c>
+      <c r="U93" t="s">
+        <v>370</v>
+      </c>
+      <c r="V93" t="s">
+        <v>29</v>
+      </c>
+      <c r="W93" t="s">
+        <v>29</v>
+      </c>
+      <c r="X93" t="s">
+        <v>29</v>
+      </c>
+      <c r="Y93" t="s">
+        <v>29</v>
+      </c>
+      <c r="Z93" t="s">
+        <v>29</v>
+      </c>
+      <c r="AA93" t="s">
+        <v>29</v>
+      </c>
+    </row>
+  </sheetData>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+</worksheet>
 </file>
+
+<file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <TotalTime></TotalTime>
+  <Application>Microsoft Excel</Application>
+  <DocSecurity>0</DocSecurity>
+  <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Worksheets</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr>sheet 1</vt:lpstr>
+    </vt:vector>
+  </TitlesOfParts>
+  <LinksUpToDate>false</LinksUpToDate>
+  <SharedDoc>false</SharedDoc>
+  <HyperlinksChanged>false</HyperlinksChanged>
+  <AppVersion></AppVersion>
+</Properties>
+</file>
+
+<file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
+<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <cp:lastModifiedBy></cp:lastModifiedBy>
+  <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
+</cp:coreProperties>
+</file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_fe6ee112-9e5c-4f16-b63d-fcad06e1707e_Enabled">
+    <vt:lpwstr>true</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_fe6ee112-9e5c-4f16-b63d-fcad06e1707e_SetDate">
+    <vt:lpwstr>2026-03-30T18:02:26Z</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_fe6ee112-9e5c-4f16-b63d-fcad06e1707e_Method">
+    <vt:lpwstr>Standard</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_fe6ee112-9e5c-4f16-b63d-fcad06e1707e_Name">
+    <vt:lpwstr>Internal Use</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_fe6ee112-9e5c-4f16-b63d-fcad06e1707e_SiteId">
+    <vt:lpwstr>8ac76c91-e7f1-41ff-a89c-3553b2da2c17</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_fe6ee112-9e5c-4f16-b63d-fcad06e1707e_ActionId">
+    <vt:lpwstr>13f000bd-1fd9-4e86-bfa5-6a114dfd1df0</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_fe6ee112-9e5c-4f16-b63d-fcad06e1707e_ContentBits">
+    <vt:lpwstr>0</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_fe6ee112-9e5c-4f16-b63d-fcad06e1707e_Tag">
+    <vt:lpwstr>10, 3, 0, 1</vt:lpwstr>
+  </property>
+</Properties>
+</file>