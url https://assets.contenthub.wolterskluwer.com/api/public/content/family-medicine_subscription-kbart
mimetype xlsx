--- v0 (2025-11-03)
+++ v1 (2026-03-31)
@@ -1,92 +1,92 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfded5540138245f9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R382d96b54af14f79" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="sheet 1" sheetId="1" r:id="R02b33ba87e4a44e4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="sheet 1" sheetId="1" r:id="R8bc0fa2e868d4db6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fonts>
     <x:font>
       <x:color rgb="000000"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:color rgb="000000"/>
     </x:font>
     <x:font>
       <x:color rgb="0645AD"/>
     </x:font>
   </x:fonts>
   <x:fills>
     <x:fill>
       <x:patternFill patternType="none"/>
     </x:fill>
     <x:fill>
       <x:patternFill patternType="gray125"/>
     </x:fill>
   </x:fills>
   <x:borders>
     <x:border>
       <x:left/>
       <x:right/>
       <x:top/>
       <x:bottom/>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs>
     <x:xf fontId="0" fillId="0" borderId="0" applyFont="1">
       <x:alignment horizontal="left" vertical="center"/>
     </x:xf>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1">
       <x:alignment horizontal="left" vertical="center"/>
     </x:xf>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1">
       <x:alignment horizontal="left" vertical="center"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb8d877ce862e41d4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R02b33ba87e4a44e4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re176141f2a244c3f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R8bc0fa2e868d4db6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row>
       <x:c s="1" t="str">
         <x:v>publication_title</x:v>
       </x:c>
       <x:c s="1" t="str">
         <x:v>print_identifier</x:v>
       </x:c>
       <x:c s="1" t="str">
         <x:v>online_identifier</x:v>
       </x:c>
       <x:c s="1" t="str">
         <x:v>date_first_issue_online</x:v>
       </x:c>
       <x:c s="1" t="str">
         <x:v>num_first_vol_online</x:v>
       </x:c>
       <x:c s="1" t="str">
         <x:v>num_first_issue_online</x:v>
       </x:c>
       <x:c s="1" t="str">
@@ -1710,50 +1710,133 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>6.00</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Griffin</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="str">
+        <x:v>Marino’s The Little ICU Book, Third Edition</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>978-1-975222-42-0</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>https://familymedicine.lwwhealthlibrary.com/book.aspx?bookid=3467</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>Galvagno</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>978-1-975222-42-0</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>fulltext</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>monograph</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>2026-01-01</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="str">
         <x:v>Marino's The Little ICU Book, 2e</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>978-1-451194-58-6</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
@@ -2374,50 +2457,133 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>7.00</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="str">
+        <x:v>Pocket Notebook: Pocket Medicine, 9e</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>978-1-975242-94-7</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>https://familymedicine.lwwhealthlibrary.com/book.aspx?bookid=3446</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>978-1-975242-94-7</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>fulltext</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>monograph</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>2026-01-01</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>9.00</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>Sabatine</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="str">
         <x:v>Pocket Notebook: Pocket Obstetrics and Gynecology, 2e</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>978-1-496366-99-3</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
@@ -3453,50 +3619,133 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>3.00</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Taylor</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="str">
+        <x:v>The 5-Minute Sports Medicine Consult, 4th Edition</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>978-1-9752-3794-3</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>https://familymedicine.lwwhealthlibrary.com/book.aspx?bookid=3466</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>978-1-9752-3794-3</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>fulltext</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>monograph</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>2026-01-01</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>Taylor</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="str">
         <x:v>The ASAM Essentials of Addiction Medicine, 3e</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>978-1-975107-95-6</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
@@ -3702,50 +3951,133 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>3.00</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Moore</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="str">
+        <x:v>The Washington Manual ® of Medical Therapeutics, 38e</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>978-1-975245-40-5</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>https://familymedicine.lwwhealthlibrary.com/book.aspx?bookid=3469</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>978-1-975245-40-5</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>fulltext</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v> Inline Graphic 1Wolters Kluwer</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>monograph</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>2025-01-01</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>Daniel</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="str">
         <x:v>The Washington Manual of Outpatient Internal Medicine, 2e</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>978-1-4511-4327-0</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
@@ -3763,50 +4095,133 @@
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2015-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2.00</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="str">
+        <x:v>The Washington Manual® of Dermatology Diagnostics, 2e</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>978-1-9752-3803-2</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>https://familymedicine.lwwhealthlibrary.com/book.aspx?bookid=3463</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>Council</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>978-1-9752-3803-2</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>fulltext</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>monograph</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>2026-01-01</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="str">
         <x:v>The Washington Manual® of Medical Therapeutics, 36e</x:v>
       </x:c>
       <x:c s="0" t="str">