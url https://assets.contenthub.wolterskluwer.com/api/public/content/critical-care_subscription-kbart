--- v0 (2025-10-15)
+++ v1 (2025-11-26)
@@ -1,92 +1,92 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rca8b6cafa96c43af" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R89a9a1829ac44d5c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="sheet 1" sheetId="1" r:id="R5f7c0f40aed9427a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="sheet 1" sheetId="1" r:id="R30145e3df1214dab"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fonts>
     <x:font>
       <x:color rgb="000000"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:color rgb="000000"/>
     </x:font>
     <x:font>
       <x:color rgb="0645AD"/>
     </x:font>
   </x:fonts>
   <x:fills>
     <x:fill>
       <x:patternFill patternType="none"/>
     </x:fill>
     <x:fill>
       <x:patternFill patternType="gray125"/>
     </x:fill>
   </x:fills>
   <x:borders>
     <x:border>
       <x:left/>
       <x:right/>
       <x:top/>
       <x:bottom/>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs>
     <x:xf fontId="0" fillId="0" borderId="0" applyFont="1">
       <x:alignment horizontal="left" vertical="center"/>
     </x:xf>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1">
       <x:alignment horizontal="left" vertical="center"/>
     </x:xf>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1">
       <x:alignment horizontal="left" vertical="center"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re88e8bb4b31346ff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R5f7c0f40aed9427a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R917673fd9e754a95" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R30145e3df1214dab" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row>
       <x:c s="1" t="str">
         <x:v>publication_title</x:v>
       </x:c>
       <x:c s="1" t="str">
         <x:v>print_identifier</x:v>
       </x:c>
       <x:c s="1" t="str">
         <x:v>online_identifier</x:v>
       </x:c>
       <x:c s="1" t="str">
         <x:v>date_first_issue_online</x:v>
       </x:c>
       <x:c s="1" t="str">
         <x:v>num_first_vol_online</x:v>
       </x:c>
       <x:c s="1" t="str">
         <x:v>num_first_issue_online</x:v>
       </x:c>
       <x:c s="1" t="str">
@@ -107,51 +107,51 @@
       <x:c s="1" t="str">
         <x:v>title_id</x:v>
       </x:c>
       <x:c s="1" t="str">
         <x:v>embargo_info</x:v>
       </x:c>
       <x:c s="1" t="str">
         <x:v>coverage_depth</x:v>
       </x:c>
       <x:c s="1" t="str">
         <x:v>notes</x:v>
       </x:c>
       <x:c s="1" t="str">
         <x:v>publisher_name</x:v>
       </x:c>
       <x:c s="1" t="str">
         <x:v>publication_type</x:v>
       </x:c>
       <x:c s="1" t="str">
         <x:v>date_monograph_published_print</x:v>
       </x:c>
       <x:c s="1" t="str">
         <x:v>date_monograph_published_online</x:v>
       </x:c>
       <x:c s="1" t="str">
-        <x:v>mongraph_volume</x:v>
+        <x:v>monograph_volume</x:v>
       </x:c>
       <x:c s="1" t="str">
         <x:v>monograph_edition</x:v>
       </x:c>
       <x:c s="1" t="str">
         <x:v>first_editor</x:v>
       </x:c>
       <x:c s="1" t="str">
         <x:v>parent_publication_title_id</x:v>
       </x:c>
       <x:c s="1" t="str">
         <x:v>preceding_publication_title_id</x:v>
       </x:c>
       <x:c s="1" t="str">
         <x:v>access_type</x:v>
       </x:c>
       <x:c s="1" t="str">
         <x:v>DOI</x:v>
       </x:c>
       <x:c s="1" t="str">
         <x:v>Product</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="str">
@@ -165,52 +165,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://criticalcare.lwwhealthlibrary.com/book.aspx?bookid=2485</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Troiano</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>2485</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-496379-98-6</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2019-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -248,52 +248,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://criticalcare.lwwhealthlibrary.com/book.aspx?bookid=3242</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Jarvis</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>3242</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-975149-60-4</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2023-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -331,52 +331,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://criticalcare.lwwhealthlibrary.com/book.aspx?bookid=2830</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Layon</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>2830</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-469889-84-9</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2018-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -414,52 +414,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://criticalcare.lwwhealthlibrary.com/book.aspx?bookid=1840</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Savage</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>1840</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-605472-46-1</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2011-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -497,52 +497,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://criticalcare.lwwhealthlibrary.com/book.aspx?bookid=2834</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Wiener-Kronish</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>2834</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-451195-10-1</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2016-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -580,52 +580,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://criticalcare.lwwhealthlibrary.com/book.aspx?bookid=3273</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Bittner</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>3273</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-975183-79-0</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2024-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -663,135 +663,218 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://criticalcare.lwwhealthlibrary.com/book.aspx?bookid=2916</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Herzog</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>2916</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-496362-61-2</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2018-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>1.00</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="str">
+        <x:v>High Risk &amp;amp; Critical Care Obstetrics, 5e</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>978-1-9752-3673-1</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>https://criticalcare.lwwhealthlibrary.com/book.aspx?bookid=3415</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>978-1-9752-3673-1</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>fulltext</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>monograph</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>2026-01-01</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>TROIANO</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="str">
         <x:v>Irwin &amp;amp; Rippe’s Ultrasonography for Management of the Critically Ill, 1e</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>978-1-975144-95-1</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://criticalcare.lwwhealthlibrary.com/book.aspx?bookid=2985</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lilly</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>2985</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-975144-95-1</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2021-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -829,52 +912,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://criticalcare.lwwhealthlibrary.com/book.aspx?bookid=2831</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Irwin</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>2831</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-496306-08-1</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2018-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -912,52 +995,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://criticalcare.lwwhealthlibrary.com/book.aspx?bookid=3282</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lilly</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>3282</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-975181-44-4</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2024-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -995,135 +1078,218 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://criticalcare.lwwhealthlibrary.com/book.aspx?bookid=3365</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>3365</x:v>
+      <x:c s="0" t="str">
+        <x:v>9781975214203</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Wolters Kluwer</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2025-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Mosier</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="str">
+        <x:v>Manual of Neonatal Surgical Intensive Care, 4e</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>978-1-975222-45-1</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>https://criticalcare.lwwhealthlibrary.com/book.aspx?bookid=3368</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>Hansen</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>978-1-975222-45-1</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>fulltext</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>monograph</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>2025-01-01</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>4.00</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="str">
         <x:v>Marino’s The ICU Book, 4e</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>978-1-4511-2118-6</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://criticalcare.lwwhealthlibrary.com/book.aspx?bookid=942</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Marino</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>942</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-4511-2118-6</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2013-12-31</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -1161,52 +1327,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://criticalcare.lwwhealthlibrary.com/book.aspx?bookid=3391</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Marino</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>3391</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-9751-7670-9</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Wolters Kluwer</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2025-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -1244,52 +1410,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://criticalcare.lwwhealthlibrary.com/book.aspx?bookid=2034</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Marino</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>2034</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-451194-58-6</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2017-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -1327,52 +1493,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://criticalcare.lwwhealthlibrary.com/book.aspx?bookid=3366</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>3366</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-975174-33-0</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2025-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -1410,52 +1576,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://criticalcare.lwwhealthlibrary.com/book.aspx?bookid=2898</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Rosenblatt</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>2898</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-451193-04-6</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2015-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -1493,52 +1659,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://criticalcare.lwwhealthlibrary.com/book.aspx?bookid=3291</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Schwartzstein</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>3291</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-975171-09-4</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2024-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -1576,52 +1742,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://criticalcare.lwwhealthlibrary.com/book.aspx?bookid=3272</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>3272</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-975192-25-9</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2024-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -1659,52 +1825,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://criticalcare.lwwhealthlibrary.com/book.aspx?bookid=2989</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Frendl</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>2989</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-496358-17-2</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2017-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -1742,52 +1908,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://criticalcare.lwwhealthlibrary.com/book.aspx?bookid=2836</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Diepenbrock</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>2836</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-451194-26-5</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2016-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -1825,52 +1991,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://criticalcare.lwwhealthlibrary.com/book.aspx?bookid=3061</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Diepenbrock</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>3061</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-975136-83-3</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2021-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -1908,52 +2074,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://criticalcare.lwwhealthlibrary.com/book.aspx?bookid=1609</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Nichols</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>1609</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-4511-7662-9</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2016-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -1991,52 +2157,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://criticalcare.lwwhealthlibrary.com/book.aspx?bookid=3293</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Shaffner</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>3293</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-975174-21-7</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2024-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -2074,52 +2240,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://criticalcare.lwwhealthlibrary.com/book.aspx?bookid=3224</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Nicoara</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>3224</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-975102-92-0</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2023-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -2157,52 +2323,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://criticalcare.lwwhealthlibrary.com/book.aspx?bookid=1222</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Berg</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>1222</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-4511-7368-0</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2014-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -2240,52 +2406,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://criticalcare.lwwhealthlibrary.com/book.aspx?bookid=2785</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Peitzman</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>2785</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-975113-04-9</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2020-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -2323,52 +2489,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://criticalcare.lwwhealthlibrary.com/book.aspx?bookid=3371</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Kollef</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>3371</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-975215-45-3</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2025-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -2406,52 +2572,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://criticalcare.lwwhealthlibrary.com/book.aspx?bookid=2282</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Kollef</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>2282</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-496328-51-9</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer bu</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2018-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>