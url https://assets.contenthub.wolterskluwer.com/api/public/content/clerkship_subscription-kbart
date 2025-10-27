--- v0 (2025-10-06)
+++ v1 (2025-10-27)
@@ -1,92 +1,92 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1efabadf4dfe49ae" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6e6777f44f5b4164" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="sheet 1" sheetId="1" r:id="R166cbaf008e341dc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="sheet 1" sheetId="1" r:id="Rd2e5f48f2e834814"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fonts>
     <x:font>
       <x:color rgb="000000"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:color rgb="000000"/>
     </x:font>
     <x:font>
       <x:color rgb="0645AD"/>
     </x:font>
   </x:fonts>
   <x:fills>
     <x:fill>
       <x:patternFill patternType="none"/>
     </x:fill>
     <x:fill>
       <x:patternFill patternType="gray125"/>
     </x:fill>
   </x:fills>
   <x:borders>
     <x:border>
       <x:left/>
       <x:right/>
       <x:top/>
       <x:bottom/>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs>
     <x:xf fontId="0" fillId="0" borderId="0" applyFont="1">
       <x:alignment horizontal="left" vertical="center"/>
     </x:xf>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1">
       <x:alignment horizontal="left" vertical="center"/>
     </x:xf>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1">
       <x:alignment horizontal="left" vertical="center"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc8ee5e9e2e874651" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R166cbaf008e341dc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R53a4b18dc0474496" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rd2e5f48f2e834814" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row>
       <x:c s="1" t="str">
         <x:v>publication_title</x:v>
       </x:c>
       <x:c s="1" t="str">
         <x:v>print_identifier</x:v>
       </x:c>
       <x:c s="1" t="str">
         <x:v>online_identifier</x:v>
       </x:c>
       <x:c s="1" t="str">
         <x:v>date_first_issue_online</x:v>
       </x:c>
       <x:c s="1" t="str">
         <x:v>num_first_vol_online</x:v>
       </x:c>
       <x:c s="1" t="str">
         <x:v>num_first_issue_online</x:v>
       </x:c>
       <x:c s="1" t="str">
@@ -107,51 +107,51 @@
       <x:c s="1" t="str">
         <x:v>title_id</x:v>
       </x:c>
       <x:c s="1" t="str">
         <x:v>embargo_info</x:v>
       </x:c>
       <x:c s="1" t="str">
         <x:v>coverage_depth</x:v>
       </x:c>
       <x:c s="1" t="str">
         <x:v>notes</x:v>
       </x:c>
       <x:c s="1" t="str">
         <x:v>publisher_name</x:v>
       </x:c>
       <x:c s="1" t="str">
         <x:v>publication_type</x:v>
       </x:c>
       <x:c s="1" t="str">
         <x:v>date_monograph_published_print</x:v>
       </x:c>
       <x:c s="1" t="str">
         <x:v>date_monograph_published_online</x:v>
       </x:c>
       <x:c s="1" t="str">
-        <x:v>mongraph_volume</x:v>
+        <x:v>monograph_volume</x:v>
       </x:c>
       <x:c s="1" t="str">
         <x:v>monograph_edition</x:v>
       </x:c>
       <x:c s="1" t="str">
         <x:v>first_editor</x:v>
       </x:c>
       <x:c s="1" t="str">
         <x:v>parent_publication_title_id</x:v>
       </x:c>
       <x:c s="1" t="str">
         <x:v>preceding_publication_title_id</x:v>
       </x:c>
       <x:c s="1" t="str">
         <x:v>access_type</x:v>
       </x:c>
       <x:c s="1" t="str">
         <x:v>DOI</x:v>
       </x:c>
       <x:c s="1" t="str">
         <x:v>Product</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="str">
@@ -165,52 +165,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://clerkship.lwwhealthlibrary.com/book.aspx?bookid=1257</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Blackbourne</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>1257</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-4511-1653-3</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2015-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -248,52 +248,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://clerkship.lwwhealthlibrary.com/book.aspx?bookid=2837</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>HAUSER</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>2837</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-496384-48-5</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2019-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -331,52 +331,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://clerkship.lwwhealthlibrary.com/book.aspx?bookid=3396</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Alan</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>3396</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-975227-57-9</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2025-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -414,52 +414,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://clerkship.lwwhealthlibrary.com/book.aspx?bookid=2438</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Casanova</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>2438</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-496353-09-2</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2019-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -497,52 +497,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://clerkship.lwwhealthlibrary.com/book.aspx?bookid=3271</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Casanova</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>3271</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-975180-57-7</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2024-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -580,135 +580,301 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://clerkship.lwwhealthlibrary.com/book.aspx?bookid=2542</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Drislane</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>2542</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-496387-39-4</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2019-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>5.00</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="str">
+        <x:v>Blue Prints Neurology, 6e</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>978-1-975238-89-6</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>https://clerkship.lwwhealthlibrary.com/book.aspx?bookid=3428</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>Drislane</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>978-1-975238-89-6</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>fulltext</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>monograph</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>2026-01-01</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>6.00</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="str">
+        <x:v>Blue Prints: Family Medicine, 5e</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>978-1-975227-54-8</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>https://clerkship.lwwhealthlibrary.com/book.aspx?bookid=3427</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>King</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>978-1-975227-54-8</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>fulltext</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>monograph</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>2026-01-01</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>5.00</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="str">
         <x:v>Blue Prints: Pediatrics, 7e</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>978-1-496396-46-4</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://clerkship.lwwhealthlibrary.com/book.aspx?bookid=2571</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Marino</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>2571</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-496396-46-4</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2020-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -746,52 +912,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://clerkship.lwwhealthlibrary.com/book.aspx?bookid=1261</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lipsky</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>1261</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-6083-1087-6</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2011-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -829,52 +995,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://clerkship.lwwhealthlibrary.com/book.aspx?bookid=2439</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>King</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>2439</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-496377-88-3</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2007-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -912,52 +1078,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://clerkship.lwwhealthlibrary.com/book.aspx?bookid=1601</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Young</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>1601</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-4698-6415-0</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2016-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -995,52 +1161,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://clerkship.lwwhealthlibrary.com/book.aspx?bookid=1775</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Drislane</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>1775</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-451117-68-4</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer bu</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2014-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -1078,52 +1244,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://clerkship.lwwhealthlibrary.com/book.aspx?bookid=1286</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Callahan</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>1286</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-4511-1702-8</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2013-02-05</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -1161,52 +1327,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://clerkship.lwwhealthlibrary.com/book.aspx?bookid=1319</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Marino</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>1319</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-4511-1604-5</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2013-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -1244,135 +1410,218 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://clerkship.lwwhealthlibrary.com/book.aspx?bookid=2467</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Murphy</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>2467</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-496381-34-7</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2019-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>6.00</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="str">
+        <x:v>Blueprints Psychiatry, 7e</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>978-1-9752-3764-6</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>https://clerkship.lwwhealthlibrary.com/book.aspx?bookid=3432</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>Murphy</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>978-1-9752-3764-6</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>fulltext</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>monograph</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>2026-01-01</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="str">
         <x:v>Blueprints: Obstetrics &amp;amp; Gynecology, 7e</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>978-1-975134-87-7</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://clerkship.lwwhealthlibrary.com/book.aspx?bookid=2693</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Callahan</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>2693</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-975134-87-7</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2018-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -1410,52 +1659,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://clerkship.lwwhealthlibrary.com/book.aspx?bookid=1215</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Karp</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>1215</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-0-7817-8868-7</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2008-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -1493,52 +1742,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://clerkship.lwwhealthlibrary.com/book.aspx?bookid=1313</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Brown</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>1313</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-0-7817-2129-5</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2018-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -1576,52 +1825,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://clerkship.lwwhealthlibrary.com/book.aspx?bookid=2122</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Ayala</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>2122</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-496349-89-7</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2018-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -1659,52 +1908,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://clerkship.lwwhealthlibrary.com/book.aspx?bookid=1236</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Ayala</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>1236</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-4511-4406-2</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2005-05-06</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -1742,135 +1991,218 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://clerkship.lwwhealthlibrary.com/book.aspx?bookid=2556</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Brown</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>2556</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-496309-75-4</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2019-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2.00</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="str">
+        <x:v>BRS Pediatrics, 3e</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>978-1-975216-27-6</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>https://clerkship.lwwhealthlibrary.com/book.aspx?bookid=3437</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>Brown</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>978-1-975216-27-6</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>fulltext</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v> Wolters Kluwer</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>monograph</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>2026-01-01</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="str">
         <x:v>Essentials of Family Medicine, 6e</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>978-1-6083-1655-7</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://clerkship.lwwhealthlibrary.com/book.aspx?bookid=1304</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Sloane</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>1304</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-6083-1655-7</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2012-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -1908,52 +2240,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://clerkship.lwwhealthlibrary.com/book.aspx?bookid=2394</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Smith</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>2394</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-496364-97-5</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2019-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -1991,52 +2323,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://clerkship.lwwhealthlibrary.com/book.aspx?bookid=2553</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lawrence</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>2553</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-496351-04-3</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2019-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -2074,52 +2406,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://clerkship.lwwhealthlibrary.com/book.aspx?bookid=3411</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>3411</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-975197-52-0</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2025-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -2157,52 +2489,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://clerkship.lwwhealthlibrary.com/book.aspx?bookid=1363</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lawrence</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>1363</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-0-7817-8495-5</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2013-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -2240,52 +2572,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://clerkship.lwwhealthlibrary.com/book.aspx?bookid=1332</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lawrence</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>1332</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-4511-6806-8</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2007-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -2323,52 +2655,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://clerkship.lwwhealthlibrary.com/book.aspx?bookid=2776</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Mansoor</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>2776</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-496359-30-8</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2019-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -2406,52 +2738,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://clerkship.lwwhealthlibrary.com/book.aspx?bookid=3352</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Mansoor</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>3352</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-975193-12-6</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v> Wolters Kluwer</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2024-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -2489,52 +2821,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://clerkship.lwwhealthlibrary.com/book.aspx?bookid=3335</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Ahmad</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>3335</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-975222-89-5</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2025-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -2572,52 +2904,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://clerkship.lwwhealthlibrary.com/book.aspx?bookid=2067</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Sadock</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>2067</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-496345-25-7</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer bu</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2017-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -2655,52 +2987,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://clerkship.lwwhealthlibrary.com/book.aspx?bookid=3186</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Boland</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>3186</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-975167-48-6</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2023-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -2738,52 +3070,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://clerkship.lwwhealthlibrary.com/book.aspx?bookid=1284</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Sadock</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>1284</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-0-7817-8746-8</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2007-04-21</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -2821,52 +3153,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://clerkship.lwwhealthlibrary.com/book.aspx?bookid=1296</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Sadock</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>1296</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-60547-264-5</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2010-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -2904,52 +3236,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://clerkship.lwwhealthlibrary.com/book.aspx?bookid=2340</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Sadock</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>2340</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-496386-93-9</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer bu</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2019-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -2987,52 +3319,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://clerkship.lwwhealthlibrary.com/book.aspx?bookid=1520</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Duncan</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>1520</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-4511-9521-7</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2016-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -3070,52 +3402,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://clerkship.lwwhealthlibrary.com/book.aspx?bookid=1255</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Bergin</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>1255</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-6054-7675-9</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2011-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -3153,52 +3485,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://clerkship.lwwhealthlibrary.com/book.aspx?bookid=1571</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Jarrell</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>1571</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-60831-586-4</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2016-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -3236,52 +3568,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://clerkship.lwwhealthlibrary.com/book.aspx?bookid=1624</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Jarrell</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>1624</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-6083-1584-0</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2016-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -3319,52 +3651,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://clerkship.lwwhealthlibrary.com/book.aspx?bookid=3129</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Jarrell</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>3129</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-975112-38-7</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2022-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -3402,52 +3734,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://clerkship.lwwhealthlibrary.com/book.aspx?bookid=3116</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Jarrell</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>3116</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-975112-88-2</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2022-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -3485,52 +3817,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://clerkship.lwwhealthlibrary.com/book.aspx?bookid=1527</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Beckmann</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>1527</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-4511-4431-4</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>1992-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -3568,52 +3900,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://clerkship.lwwhealthlibrary.com/book.aspx?bookid=3277</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Aiyer</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>3277</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-975173-86-9</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2024-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -3651,52 +3983,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://clerkship.lwwhealthlibrary.com/book.aspx?bookid=1378</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Bernstein</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>1378</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-0-7817-7030-9</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2012-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -3734,52 +4066,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://clerkship.lwwhealthlibrary.com/book.aspx?bookid=1219</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Blackbourne</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>1219</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-60547-676-6</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2011-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -3817,52 +4149,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://clerkship.lwwhealthlibrary.com/book.aspx?bookid=1214</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Goroll</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>1214</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-4511-5149-7</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2014-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -3900,52 +4232,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://clerkship.lwwhealthlibrary.com/book.aspx?bookid=2986</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Goroll</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>2986</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-496398-11-6</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2021-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -3983,52 +4315,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://clerkship.lwwhealthlibrary.com/book.aspx?bookid=1276</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Cavacuiti</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>1276</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-60547-776-3</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2011-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -4066,52 +4398,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://clerkship.lwwhealthlibrary.com/book.aspx?bookid=1342</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Zorc</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>1342</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-6083-1578-9</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2013-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -4149,52 +4481,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://clerkship.lwwhealthlibrary.com/book.aspx?bookid=1338</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Buys</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>1338</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-4511-9045-8</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2015-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -4232,52 +4564,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://clerkship.lwwhealthlibrary.com/book.aspx?bookid=1267</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Patel</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>1267</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-4511-8957-5</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2015-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -4315,52 +4647,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://clerkship.lwwhealthlibrary.com/book.aspx?bookid=1318</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Zaslau</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>1318</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-4511-9147-9</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer bu</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2015-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -4398,52 +4730,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://clerkship.lwwhealthlibrary.com/book.aspx?bookid=2564</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Maldonado</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>2564</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-496397-94-2</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2019-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -4481,52 +4813,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://clerkship.lwwhealthlibrary.com/book.aspx?bookid=3305</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Maldonado</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>3305</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-9752-1648-1</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Wolters Kluwerat Two Commerce Square</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2025-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -4564,52 +4896,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://clerkship.lwwhealthlibrary.com/book.aspx?bookid=2838</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Uzelac</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>2838</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-975107-65-9</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2020-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -4647,52 +4979,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://clerkship.lwwhealthlibrary.com/book.aspx?bookid=1665</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Huecker</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>1665</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-4511-9514-9</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2016-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -4730,52 +5062,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://clerkship.lwwhealthlibrary.com/book.aspx?bookid=2295</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Ellis</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>2295</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-469864-21-1</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer bu</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2018-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -4813,52 +5145,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://clerkship.lwwhealthlibrary.com/book.aspx?bookid=1245</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Agabegi</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>1245</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-6091-3360-3</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2013-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -4896,52 +5228,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://clerkship.lwwhealthlibrary.com/book.aspx?bookid=1627</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Agabegi</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>1627</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-4963-0614-2</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2016-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -4979,52 +5311,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://clerkship.lwwhealthlibrary.com/book.aspx?bookid=2614</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Agabegi</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>2614</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-975103-61-3</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2020-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -5062,52 +5394,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://clerkship.lwwhealthlibrary.com/book.aspx?bookid=3254</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Agabegi</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>3254</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-975192-71-6</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2024-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -5145,52 +5477,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://clerkship.lwwhealthlibrary.com/book.aspx?bookid=1271</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Ling</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>1271</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-4511-1244-3</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2015-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -5228,52 +5560,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://clerkship.lwwhealthlibrary.com/book.aspx?bookid=1327</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Shah</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>1327</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-4511-4580-9</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2014-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -5311,52 +5643,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://clerkship.lwwhealthlibrary.com/book.aspx?bookid=1251</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Zaslau</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>1251</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-4511-8763-2</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2014-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -5394,52 +5726,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://clerkship.lwwhealthlibrary.com/book.aspx?bookid=1349</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Jenkins</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>1349</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-4511-8959-9</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2014-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -5477,52 +5809,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://clerkship.lwwhealthlibrary.com/book.aspx?bookid=1628</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Jenkins</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>1628</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-4963-0974-7</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2016-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -5560,52 +5892,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://clerkship.lwwhealthlibrary.com/book.aspx?bookid=2711</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Ganti</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>2711</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-975106-26-3</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2020-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -5643,52 +5975,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://clerkship.lwwhealthlibrary.com/book.aspx?bookid=3409</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>3409</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-975216-76-4</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Wolters Kluwer</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2026-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -5726,52 +6058,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://clerkship.lwwhealthlibrary.com/book.aspx?bookid=1302</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Van Kleunen</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>1302</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-0-7817-7963-0</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2009-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -5809,52 +6141,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://clerkship.lwwhealthlibrary.com/book.aspx?bookid=829</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Riegelman</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>829</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-0-7817-7426-0</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2012-12-31</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -5892,135 +6224,218 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://clerkship.lwwhealthlibrary.com/book.aspx?bookid=2977</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Riegelman</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>2977</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-975120-89-4</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2021-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>7.00</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="str">
+        <x:v>Surgical Recall, 10e</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>9781975212483</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>https://clerkship.lwwhealthlibrary.com/book.aspx?bookid=3358</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>9781975212483</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>fulltext</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>Wolters Kluwer</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>monograph</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>2025-01-01</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>Blackbourne</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="str">
         <x:v>Surgical Recall, 7e</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>978-1-4511-9291-9</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://clerkship.lwwhealthlibrary.com/book.aspx?bookid=1281</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Blackbourne</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>1281</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-4511-9291-9</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2015-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -6058,52 +6473,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://clerkship.lwwhealthlibrary.com/book.aspx?bookid=2298</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Blackbourne</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>2298</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-496370-81-5</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer bu</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2018-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -6141,52 +6556,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://clerkship.lwwhealthlibrary.com/book.aspx?bookid=3006</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Blackbourne</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>3006</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-975152-94-9</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2022-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -6224,52 +6639,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://clerkship.lwwhealthlibrary.com/book.aspx?bookid=1485</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Herron</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>1485</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-4511-9446-3</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2015-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -6307,52 +6722,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://clerkship.lwwhealthlibrary.com/book.aspx?bookid=2669</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Herron</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>2669</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-975107-95-6</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2020-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -6390,52 +6805,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://clerkship.lwwhealthlibrary.com/book.aspx?bookid=3269</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Gindea</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>3269</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-975196-43-1</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2024-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -6473,52 +6888,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://clerkship.lwwhealthlibrary.com/book.aspx?bookid=3331</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Thaler</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>3331</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-975194-70-3</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2025-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -6556,52 +6971,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://clerkship.lwwhealthlibrary.com/book.aspx?bookid=2345</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Thaler</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>2345</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-496377-23-4</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer bu</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2019-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -6639,52 +7054,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://clerkship.lwwhealthlibrary.com/book.aspx?bookid=3204</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Thaler</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>3204</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-975185-83-1</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2023-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -6722,52 +7137,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://clerkship.lwwhealthlibrary.com/book.aspx?bookid=1229</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Thaler</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>1229</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-4511-9394-7</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2015-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -6805,52 +7220,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://clerkship.lwwhealthlibrary.com/book.aspx?bookid=3156</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Eltorai</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>3156</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-975138-05-9</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2022-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -6888,52 +7303,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://clerkship.lwwhealthlibrary.com/book.aspx?bookid=2246</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Carlat</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>2246</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-496327-71-0</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer bu</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2017-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -6971,52 +7386,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://clerkship.lwwhealthlibrary.com/book.aspx?bookid=3268</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Carlat</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>3268</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-975212-97-1</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2024-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -7054,52 +7469,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://clerkship.lwwhealthlibrary.com/book.aspx?bookid=1283</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Carlat</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>1283</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-4511-1019-7</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2010-10-11</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -7137,52 +7552,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://clerkship.lwwhealthlibrary.com/book.aspx?bookid=1238</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Ruiz</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>1238</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-4511-9196-7</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2014-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -7220,52 +7635,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://clerkship.lwwhealthlibrary.com/book.aspx?bookid=2668</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Ciesielski</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>2668</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-975113-28-5</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2019-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -7303,52 +7718,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://clerkship.lwwhealthlibrary.com/book.aspx?bookid=1711</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Bhat</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>1711</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-496338-51-8</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Scbooks</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2016-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -7386,52 +7801,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://clerkship.lwwhealthlibrary.com/book.aspx?bookid=3219</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>White</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>3219</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-975190-58-3</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2023-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -7469,52 +7884,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://clerkship.lwwhealthlibrary.com/book.aspx?bookid=1335</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>De Fer</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>1335</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-4511-4324-9</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2013-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -7552,52 +7967,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://clerkship.lwwhealthlibrary.com/book.aspx?bookid=2663</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Crees</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>2663</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-975113-48-3</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2019-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -7635,52 +8050,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://clerkship.lwwhealthlibrary.com/book.aspx?bookid=3230</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Ancha</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>3230</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-975190-62-0</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2023-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -7718,52 +8133,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://clerkship.lwwhealthlibrary.com/book.aspx?bookid=882</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Godara</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>882</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-4511-8851-6</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2013-12-29</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>