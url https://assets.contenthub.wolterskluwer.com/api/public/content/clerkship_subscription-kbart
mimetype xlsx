--- v1 (2025-10-27)
+++ v2 (2026-03-31)
@@ -1,92 +1,92 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6e6777f44f5b4164" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R47ce1612b5264581" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="sheet 1" sheetId="1" r:id="Rd2e5f48f2e834814"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="sheet 1" sheetId="1" r:id="Rcac0b3ec65534992"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fonts>
     <x:font>
       <x:color rgb="000000"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:color rgb="000000"/>
     </x:font>
     <x:font>
       <x:color rgb="0645AD"/>
     </x:font>
   </x:fonts>
   <x:fills>
     <x:fill>
       <x:patternFill patternType="none"/>
     </x:fill>
     <x:fill>
       <x:patternFill patternType="gray125"/>
     </x:fill>
   </x:fills>
   <x:borders>
     <x:border>
       <x:left/>
       <x:right/>
       <x:top/>
       <x:bottom/>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs>
     <x:xf fontId="0" fillId="0" borderId="0" applyFont="1">
       <x:alignment horizontal="left" vertical="center"/>
     </x:xf>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1">
       <x:alignment horizontal="left" vertical="center"/>
     </x:xf>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1">
       <x:alignment horizontal="left" vertical="center"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R53a4b18dc0474496" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rd2e5f48f2e834814" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R82380f873c5c42b1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rcac0b3ec65534992" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row>
       <x:c s="1" t="str">
         <x:v>publication_title</x:v>
       </x:c>
       <x:c s="1" t="str">
         <x:v>print_identifier</x:v>
       </x:c>
       <x:c s="1" t="str">
         <x:v>online_identifier</x:v>
       </x:c>
       <x:c s="1" t="str">
         <x:v>date_first_issue_online</x:v>
       </x:c>
       <x:c s="1" t="str">
         <x:v>num_first_vol_online</x:v>
       </x:c>
       <x:c s="1" t="str">
         <x:v>num_first_issue_online</x:v>
       </x:c>
       <x:c s="1" t="str">
@@ -7105,50 +7105,133 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>10.00</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="str">
+        <x:v>The Only EKG Book You'll Ever Need, 11e</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>9781975246617</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>https://clerkship.lwwhealthlibrary.com/book.aspx?bookid=3476</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>Thaler</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>9781975246617</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>fulltext</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>Wolters Kluwer</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>monograph</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>2027-01-01</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="str">
         <x:v>The Only EKG Book You'll Ever Need, 8e</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>978-1-4511-9394-7</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
@@ -7750,50 +7833,133 @@
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Scbooks</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2016-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>35.00</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="str">
+        <x:v>The Washington Manual ® of Medical Therapeutics, 38e</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>978-1-975245-40-5</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>https://clerkship.lwwhealthlibrary.com/book.aspx?bookid=3469</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>978-1-975245-40-5</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>fulltext</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v> Inline Graphic 1Wolters Kluwer</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>monograph</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>2025-01-01</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>Daniel</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="str">
         <x:v>The Washington Manual ® of Pediatrics, 3e</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>978-1-975190-58-3</x:v>
       </x:c>
       <x:c s="0" t="str">