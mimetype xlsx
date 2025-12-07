--- v0 (2025-10-27)
+++ v1 (2025-12-07)
@@ -5,106 +5,109 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet10.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet11.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet12.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet13.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet14.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet15.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet16.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet17.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet18.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet19.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet20.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet21.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet22.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet23.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet24.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="28925"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29127"/>
   <workbookPr codeName="ThisWorkbook" defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://wolterskluwer-my.sharepoint.com/personal/leanne_vandetty_wolterskluwer_com/Documents/Health Library/Health Library Repository/Health Library Title Lists/Subscription/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="20" documentId="13_ncr:1_{02ED0A35-A8C2-43FE-88F9-7D73F8222321}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{D43D1ED8-1FBE-46EB-B844-CFAB2B64916F}"/>
+  <xr:revisionPtr revIDLastSave="29" documentId="13_ncr:1_{02ED0A35-A8C2-43FE-88F9-7D73F8222321}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{E0A1174E-95CE-4302-B655-1DED30493D50}"/>
   <bookViews>
     <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10300" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Subscription Title List" sheetId="1" r:id="rId1"/>
     <sheet name="Biederman, 01 ed. - Cardiac MRI" sheetId="2" r:id="rId2"/>
     <sheet name="Mukherjee, 01 ed. - Cardiovascu" sheetId="3" r:id="rId3"/>
     <sheet name="Eidem, 03 ed. - Echocardiograph" sheetId="4" r:id="rId4"/>
     <sheet name="Ho, 02 ed. - Electrophysiology" sheetId="5" r:id="rId5"/>
     <sheet name="Armstrong, 08 ed. - Feigenbaum" sheetId="6" r:id="rId6"/>
     <sheet name="Moscucci, 09 ed. - Grossman Bai" sheetId="7" r:id="rId7"/>
     <sheet name="Moscucci, 01 ed. - Grossman Bai" sheetId="8" r:id="rId8"/>
     <sheet name="Herzog, 01 ed. - Herzog’s CCU B" sheetId="9" r:id="rId9"/>
     <sheet name="Callans, 07 ed. - Josephson's C" sheetId="10" r:id="rId10"/>
     <sheet name="Griffin, 06 ed. - Manual of Car" sheetId="11" r:id="rId11"/>
     <sheet name="Asher, 01 ed. - Manual of Valvu" sheetId="12" r:id="rId12"/>
     <sheet name="Strauss, 13 ed. - Marriott's Pr" sheetId="13" r:id="rId13"/>
     <sheet name="Shaddy, 10 ed. - Moss Adams' He" sheetId="14" r:id="rId14"/>
     <sheet name="Jaber, 03 ed. - Nuclear Cardiol" sheetId="23" r:id="rId15"/>
     <sheet name="Jadvar, 01 ed. - Nuclear Medici" sheetId="15" r:id="rId16"/>
     <sheet name="Houston, 01 ed. - Personalized" sheetId="16" r:id="rId17"/>
     <sheet name="Sabatine, 03 ed. - Pocket Cardi" sheetId="17" r:id="rId18"/>
     <sheet name="Kern - SCAI Interventional Card" sheetId="18" r:id="rId19"/>
     <sheet name="Griffin, 03 ed. - The Cleveland" sheetId="19" r:id="rId20"/>
     <sheet name="Oh, 04 ed. - The Echo Manual, 4" sheetId="20" r:id="rId21"/>
-    <sheet name="Quader, 02 ed. - The Washington" sheetId="21" r:id="rId22"/>
-    <sheet name="Sietsema, 06 ed. - Wasserman Wh" sheetId="22" r:id="rId23"/>
+    <sheet name="Moreno, 01 ed. - The Washington" sheetId="24" r:id="rId22"/>
+    <sheet name="Quader, 02 ed. - The Washington" sheetId="21" r:id="rId23"/>
+    <sheet name="Sietsema, 06 ed. - Wasserman Wh" sheetId="22" r:id="rId24"/>
   </sheets>
   <calcPr calcId="125725"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3252" uniqueCount="2355">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3351" uniqueCount="2415">
   <si>
     <t>Author</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Edition</t>
   </si>
   <si>
     <t>ISBN</t>
   </si>
   <si>
     <t>Year Published</t>
   </si>
   <si>
     <t>Title Level URL</t>
   </si>
   <si>
     <t>Date Added to HL</t>
   </si>
   <si>
     <t>Robert W. W. Biederman, MD, FACC, FASA</t>
   </si>
   <si>
@@ -6389,53 +6392,50 @@
   <si>
     <t>https://cardiology.lwwhealthlibrary.com/content.aspx?sectionId=251012778&amp;bookId=3008</t>
   </si>
   <si>
     <t>https://cardiology.lwwhealthlibrary.com/content.aspx?sectionId=251012785&amp;bookId=3008</t>
   </si>
   <si>
     <t>https://cardiology.lwwhealthlibrary.com/content.aspx?sectionId=251012970&amp;bookId=3008</t>
   </si>
   <si>
     <t>https://cardiology.lwwhealthlibrary.com/content.aspx?sectionId=249798755&amp;bookId=3008</t>
   </si>
   <si>
     <t>https://cardiology.lwwhealthlibrary.com/content.aspx?sectionId=251012787&amp;bookId=3008</t>
   </si>
   <si>
     <t>Grossman &amp; Baim’s Cardiac Catheterization, Angiography, and Intervention, 9e</t>
   </si>
   <si>
     <t>Grossman &amp; Baim’s: Handbook of Cardiac Catheterization, Angiography, and Intervention, 1e</t>
   </si>
   <si>
     <t>Moss &amp; Adams' Heart Disease in Infants, Children, and Adolescents Including the Fetus and Young Adult, 10e</t>
   </si>
   <si>
-    <t>Wasserman &amp; Whipp’s Principles of Exercise Testing &lt;sc&gt;and&lt;/sc&gt; Interpretation, 6e</t>
-[...1 lines deleted...]
-  <si>
     <t>Pocket Cardiology, 3e</t>
   </si>
   <si>
     <t>978-1-975238-73-5</t>
   </si>
   <si>
     <t>https://cardiology.lwwhealthlibrary.com/book.aspx?bookid=3389</t>
   </si>
   <si>
     <t>https://cardiology.lwwhealthlibrary.com/content.aspx?sectionId=259918716&amp;bookId=3389</t>
   </si>
   <si>
     <t>Title Page</t>
   </si>
   <si>
     <t>https://cardiology.lwwhealthlibrary.com/content.aspx?sectionId=259918720&amp;bookId=3389</t>
   </si>
   <si>
     <t>Contributing Authors</t>
   </si>
   <si>
     <t>https://cardiology.lwwhealthlibrary.com/content.aspx?sectionId=259918729&amp;bookId=3389</t>
   </si>
   <si>
     <t>https://cardiology.lwwhealthlibrary.com/content.aspx?sectionId=259918766&amp;bookId=3389</t>
@@ -7125,123 +7125,302 @@
     <t>https://cardiology.lwwhealthlibrary.com/content.aspx?sectionId=260889026&amp;bookId=3431</t>
   </si>
   <si>
     <t xml:space="preserve"> Chapter 66</t>
   </si>
   <si>
     <t>https://cardiology.lwwhealthlibrary.com/content.aspx?sectionId=260889032&amp;bookId=3431</t>
   </si>
   <si>
     <t xml:space="preserve"> Chapter 67</t>
   </si>
   <si>
     <t>https://cardiology.lwwhealthlibrary.com/content.aspx?sectionId=260889039&amp;bookId=3431</t>
   </si>
   <si>
     <t xml:space="preserve"> Chapter 68</t>
   </si>
   <si>
     <t>https://cardiology.lwwhealthlibrary.com/content.aspx?sectionId=260889046&amp;bookId=3431</t>
   </si>
   <si>
     <t xml:space="preserve"> Chapter 69</t>
   </si>
   <si>
     <t>https://cardiology.lwwhealthlibrary.com/content.aspx?sectionId=260889054&amp;bookId=3431</t>
+  </si>
+  <si>
+    <t>Jonathan D. Moreno, MD, PhD, FACC, FHFSA</t>
+  </si>
+  <si>
+    <t>The Washington Manual of Heart Failure and Transplantation, 1e</t>
+  </si>
+  <si>
+    <t>978-1-975212-52-0</t>
+  </si>
+  <si>
+    <t>https://cardiology.lwwhealthlibrary.com/book.aspx?bookid=3353</t>
+  </si>
+  <si>
+    <t>Wasserman &amp; Whipp’s Principles of Exercise Testing and Interpretation, 6e</t>
+  </si>
+  <si>
+    <t>Benjamin J. Kopecky, MD, PhD</t>
+  </si>
+  <si>
+    <t>https://cardiology.lwwhealthlibrary.com/content.aspx?sectionId=258708336&amp;bookId=3353</t>
+  </si>
+  <si>
+    <t>The Washington Manual of Heart Failure and Transplantation</t>
+  </si>
+  <si>
+    <t>https://cardiology.lwwhealthlibrary.com/content.aspx?sectionId=258708340&amp;bookId=3353</t>
+  </si>
+  <si>
+    <t>https://cardiology.lwwhealthlibrary.com/content.aspx?sectionId=258708355&amp;bookId=3353</t>
+  </si>
+  <si>
+    <t>https://cardiology.lwwhealthlibrary.com/content.aspx?sectionId=258708357&amp;bookId=3353</t>
+  </si>
+  <si>
+    <t>https://cardiology.lwwhealthlibrary.com/content.aspx?sectionId=258708486&amp;bookId=3353</t>
+  </si>
+  <si>
+    <t>https://cardiology.lwwhealthlibrary.com/content.aspx?sectionId=258708500&amp;bookId=3353</t>
+  </si>
+  <si>
+    <t>Introduction</t>
+  </si>
+  <si>
+    <t>https://cardiology.lwwhealthlibrary.com/content.aspx?sectionId=258708503&amp;bookId=3353</t>
+  </si>
+  <si>
+    <t>Clinical Assessment in Heart Failure</t>
+  </si>
+  <si>
+    <t>https://cardiology.lwwhealthlibrary.com/content.aspx?sectionId=258708514&amp;bookId=3353</t>
+  </si>
+  <si>
+    <t>Cardiac Imaging in Heart Failure</t>
+  </si>
+  <si>
+    <t>https://cardiology.lwwhealthlibrary.com/content.aspx?sectionId=258708563&amp;bookId=3353</t>
+  </si>
+  <si>
+    <t>Right Heart Catheterization and Invasive Hemodynamics</t>
+  </si>
+  <si>
+    <t>https://cardiology.lwwhealthlibrary.com/content.aspx?sectionId=258708629&amp;bookId=3353</t>
+  </si>
+  <si>
+    <t>Common Etiologies of Heart Failure and Associated Workup</t>
+  </si>
+  <si>
+    <t>https://cardiology.lwwhealthlibrary.com/content.aspx?sectionId=258708723&amp;bookId=3353</t>
+  </si>
+  <si>
+    <t>Cardiac Amyloidosis: Diagnostic Approach and Treatment Strategies</t>
+  </si>
+  <si>
+    <t>https://cardiology.lwwhealthlibrary.com/content.aspx?sectionId=258708969&amp;bookId=3353</t>
+  </si>
+  <si>
+    <t>COVID-19 and Heart Failure</t>
+  </si>
+  <si>
+    <t>https://cardiology.lwwhealthlibrary.com/content.aspx?sectionId=258709077&amp;bookId=3353</t>
+  </si>
+  <si>
+    <t>https://cardiology.lwwhealthlibrary.com/content.aspx?sectionId=258709140&amp;bookId=3353</t>
+  </si>
+  <si>
+    <t>Heart Failure in Populations Underrepresented in Trials</t>
+  </si>
+  <si>
+    <t>https://cardiology.lwwhealthlibrary.com/content.aspx?sectionId=258709231&amp;bookId=3353</t>
+  </si>
+  <si>
+    <t>Drug Therapies for Heart Failure With Reduced Ejection Fraction: The Cornerstone Therapies</t>
+  </si>
+  <si>
+    <t>https://cardiology.lwwhealthlibrary.com/content.aspx?sectionId=258709380&amp;bookId=3353</t>
+  </si>
+  <si>
+    <t>Diuretics in Heart Failure</t>
+  </si>
+  <si>
+    <t>https://cardiology.lwwhealthlibrary.com/content.aspx?sectionId=258709470&amp;bookId=3353</t>
+  </si>
+  <si>
+    <t>https://cardiology.lwwhealthlibrary.com/content.aspx?sectionId=258709529&amp;bookId=3353</t>
+  </si>
+  <si>
+    <t>Acute Decompensated Heart Failure</t>
+  </si>
+  <si>
+    <t>https://cardiology.lwwhealthlibrary.com/content.aspx?sectionId=258709608&amp;bookId=3353</t>
+  </si>
+  <si>
+    <t>Evaluation and Management of Cardiogenic Shock</t>
+  </si>
+  <si>
+    <t>https://cardiology.lwwhealthlibrary.com/content.aspx?sectionId=258709686&amp;bookId=3353</t>
+  </si>
+  <si>
+    <t>Electrophysiology in Advanced Heart Failure</t>
+  </si>
+  <si>
+    <t>https://cardiology.lwwhealthlibrary.com/content.aspx?sectionId=258709742&amp;bookId=3353</t>
+  </si>
+  <si>
+    <t>Valvular Strategies in Heart Failure</t>
+  </si>
+  <si>
+    <t>https://cardiology.lwwhealthlibrary.com/content.aspx?sectionId=258709910&amp;bookId=3353</t>
+  </si>
+  <si>
+    <t>Cardiac Rehabilitation and Quality of Life in Heart Failure</t>
+  </si>
+  <si>
+    <t>https://cardiology.lwwhealthlibrary.com/content.aspx?sectionId=258709999&amp;bookId=3353</t>
+  </si>
+  <si>
+    <t>Palliative and End-of-Life Care in Heart Failure</t>
+  </si>
+  <si>
+    <t>https://cardiology.lwwhealthlibrary.com/content.aspx?sectionId=258710083&amp;bookId=3353</t>
+  </si>
+  <si>
+    <t>Advanced Therapies Evaluation</t>
+  </si>
+  <si>
+    <t>https://cardiology.lwwhealthlibrary.com/content.aspx?sectionId=258710153&amp;bookId=3353</t>
+  </si>
+  <si>
+    <t>Orthotopic Heart Transplant</t>
+  </si>
+  <si>
+    <t>https://cardiology.lwwhealthlibrary.com/content.aspx?sectionId=258710213&amp;bookId=3353</t>
+  </si>
+  <si>
+    <t>Immunosuppression in Heart Transplant</t>
+  </si>
+  <si>
+    <t>https://cardiology.lwwhealthlibrary.com/content.aspx?sectionId=258710265&amp;bookId=3353</t>
+  </si>
+  <si>
+    <t>Surveillance and Treatment of Suspected Allograft Rejection</t>
+  </si>
+  <si>
+    <t>https://cardiology.lwwhealthlibrary.com/content.aspx?sectionId=258710342&amp;bookId=3353</t>
+  </si>
+  <si>
+    <t>Long-Term Follow-Up and Complications Arising From Heart Transplantation</t>
+  </si>
+  <si>
+    <t>https://cardiology.lwwhealthlibrary.com/content.aspx?sectionId=258710464&amp;bookId=3353</t>
+  </si>
+  <si>
+    <t>Durable Left Ventricular Assist Device: History, Initial Optimization, and Management of Complications</t>
+  </si>
+  <si>
+    <t>https://cardiology.lwwhealthlibrary.com/content.aspx?sectionId=258710555&amp;bookId=3353</t>
+  </si>
+  <si>
+    <t>On the Cutting Edge of Advanced Therapies</t>
+  </si>
+  <si>
+    <t>https://cardiology.lwwhealthlibrary.com/content.aspx?sectionId=258710676&amp;bookId=3353</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="2" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Tahoma"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <name val="Tahoma"/>
     </font>
   </fonts>
   <fills count="4">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF808080"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="2" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="7">
+  <cellXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="14" fontId="0" fillId="2" borderId="0" xfId="0" applyNumberFormat="1"/>
-    <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0"/>
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet13.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet18.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet21.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet12.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet17.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet16.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet20.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet11.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet15.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet23.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet10.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet19.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet14.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet22.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet13.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet18.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet21.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet12.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet17.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet16.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet20.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet11.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet24.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet15.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet23.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet10.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet19.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet14.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet22.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
@@ -7517,51 +7696,51 @@
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:G23"/>
+  <dimension ref="A1:G24"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="7" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
@@ -7757,69 +7936,69 @@
     </row>
     <row r="10" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A10" t="s">
         <v>37</v>
       </c>
       <c r="B10" t="s">
         <v>38</v>
       </c>
       <c r="C10">
         <v>7</v>
       </c>
       <c r="D10" t="s">
         <v>39</v>
       </c>
       <c r="E10">
         <v>2025</v>
       </c>
       <c r="F10" t="s">
         <v>40</v>
       </c>
       <c r="G10" s="2">
         <v>45365</v>
       </c>
     </row>
     <row r="11" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A11" s="3" t="s">
+      <c r="A11" t="s">
         <v>41</v>
       </c>
-      <c r="B11" s="3" t="s">
+      <c r="B11" t="s">
+        <v>2175</v>
+      </c>
+      <c r="C11">
+        <v>6</v>
+      </c>
+      <c r="D11" t="s">
         <v>2176</v>
       </c>
-      <c r="C11" s="3">
-[...2 lines deleted...]
-      <c r="D11" s="3" t="s">
+      <c r="E11">
+        <v>2026</v>
+      </c>
+      <c r="F11" t="s">
         <v>2177</v>
       </c>
-      <c r="E11" s="3">
-[...5 lines deleted...]
-      <c r="G11" s="4">
+      <c r="G11" s="2">
         <v>45840</v>
       </c>
     </row>
     <row r="12" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A12" t="s">
         <v>42</v>
       </c>
       <c r="B12" t="s">
         <v>43</v>
       </c>
       <c r="C12">
         <v>1</v>
       </c>
       <c r="D12" t="s">
         <v>44</v>
       </c>
       <c r="E12">
         <v>2018</v>
       </c>
       <c r="F12" t="s">
         <v>45</v>
       </c>
       <c r="G12" s="2">
         <v>44203</v>
       </c>
@@ -7850,66 +8029,66 @@
     <row r="14" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A14" t="s">
         <v>50</v>
       </c>
       <c r="B14" t="s">
         <v>2108</v>
       </c>
       <c r="C14">
         <v>10</v>
       </c>
       <c r="D14" t="s">
         <v>51</v>
       </c>
       <c r="E14">
         <v>2022</v>
       </c>
       <c r="F14" t="s">
         <v>52</v>
       </c>
       <c r="G14" s="2">
         <v>44301</v>
       </c>
     </row>
     <row r="15" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A15" t="s">
-        <v>2143</v>
+        <v>2142</v>
       </c>
       <c r="B15" t="s">
-        <v>2146</v>
+        <v>2145</v>
       </c>
       <c r="C15">
         <v>3</v>
       </c>
       <c r="D15" t="s">
-        <v>2144</v>
+        <v>2143</v>
       </c>
       <c r="E15">
         <v>2026</v>
       </c>
       <c r="F15" t="s">
-        <v>2145</v>
+        <v>2144</v>
       </c>
       <c r="G15" s="2">
         <v>45840</v>
       </c>
     </row>
     <row r="16" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A16" t="s">
         <v>53</v>
       </c>
       <c r="B16" t="s">
         <v>54</v>
       </c>
       <c r="C16">
         <v>1</v>
       </c>
       <c r="D16" t="s">
         <v>55</v>
       </c>
       <c r="E16">
         <v>2022</v>
       </c>
       <c r="F16" t="s">
         <v>56</v>
       </c>
       <c r="G16" s="2">
@@ -7922,63 +8101,63 @@
       </c>
       <c r="B17" t="s">
         <v>58</v>
       </c>
       <c r="C17">
         <v>1</v>
       </c>
       <c r="D17" t="s">
         <v>59</v>
       </c>
       <c r="E17">
         <v>2020</v>
       </c>
       <c r="F17" t="s">
         <v>60</v>
       </c>
       <c r="G17" s="2">
         <v>44194</v>
       </c>
     </row>
     <row r="18" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A18" t="s">
         <v>61</v>
       </c>
       <c r="B18" t="s">
-        <v>2110</v>
+        <v>2109</v>
       </c>
       <c r="C18">
         <v>3</v>
       </c>
       <c r="D18" t="s">
-        <v>2111</v>
+        <v>2110</v>
       </c>
       <c r="E18">
         <v>2025</v>
       </c>
       <c r="F18" t="s">
-        <v>2112</v>
+        <v>2111</v>
       </c>
       <c r="G18" s="2">
         <v>45621</v>
       </c>
     </row>
     <row r="19" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A19" t="s">
         <v>62</v>
       </c>
       <c r="B19" t="s">
         <v>63</v>
       </c>
       <c r="C19">
         <v>4</v>
       </c>
       <c r="D19" t="s">
         <v>64</v>
       </c>
       <c r="E19">
         <v>2025</v>
       </c>
       <c r="F19" t="s">
         <v>65</v>
       </c>
       <c r="G19" s="2">
@@ -8011,91 +8190,114 @@
     <row r="21" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A21" t="s">
         <v>69</v>
       </c>
       <c r="B21" t="s">
         <v>70</v>
       </c>
       <c r="C21">
         <v>4</v>
       </c>
       <c r="D21" t="s">
         <v>71</v>
       </c>
       <c r="E21">
         <v>2019</v>
       </c>
       <c r="F21" t="s">
         <v>72</v>
       </c>
       <c r="G21" s="2">
         <v>44206</v>
       </c>
     </row>
     <row r="22" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A22" t="s">
-        <v>73</v>
+        <v>2354</v>
       </c>
       <c r="B22" t="s">
-        <v>74</v>
+        <v>2355</v>
       </c>
       <c r="C22">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="D22" t="s">
-        <v>75</v>
+        <v>2356</v>
       </c>
       <c r="E22">
-        <v>2017</v>
+        <v>2025</v>
       </c>
       <c r="F22" t="s">
-        <v>76</v>
+        <v>2357</v>
       </c>
       <c r="G22" s="2">
-        <v>44209</v>
+        <v>45513</v>
       </c>
     </row>
     <row r="23" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A23" t="s">
+        <v>73</v>
+      </c>
+      <c r="B23" t="s">
+        <v>74</v>
+      </c>
+      <c r="C23">
+        <v>2</v>
+      </c>
+      <c r="D23" t="s">
+        <v>75</v>
+      </c>
+      <c r="E23">
+        <v>2017</v>
+      </c>
+      <c r="F23" t="s">
+        <v>76</v>
+      </c>
+      <c r="G23" s="2">
+        <v>44209</v>
+      </c>
+    </row>
+    <row r="24" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A24" t="s">
         <v>77</v>
       </c>
-      <c r="B23" t="s">
-[...2 lines deleted...]
-      <c r="C23">
+      <c r="B24" t="s">
+        <v>2358</v>
+      </c>
+      <c r="C24">
         <v>6</v>
       </c>
-      <c r="D23" t="s">
+      <c r="D24" t="s">
         <v>78</v>
       </c>
-      <c r="E23">
+      <c r="E24">
         <v>2021</v>
       </c>
-      <c r="F23" t="s">
+      <c r="F24" t="s">
         <v>79</v>
       </c>
-      <c r="G23" s="2">
+      <c r="G24" s="2">
         <v>44194</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0900-000000000000}">
   <dimension ref="A1:D20"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>80</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
@@ -8293,1005 +8495,976 @@
       </c>
       <c r="C20" t="s">
         <v>1121</v>
       </c>
       <c r="D20" t="s">
         <v>1122</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0A00-000000000000}">
   <dimension ref="A1:D88"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A1" s="6" t="s">
+      <c r="A1" s="1" t="s">
         <v>80</v>
       </c>
-      <c r="B1" s="6" t="s">
+      <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
-      <c r="C1" s="6" t="s">
+      <c r="C1" s="1" t="s">
         <v>81</v>
       </c>
-      <c r="D1" s="6" t="s">
+      <c r="D1" s="1" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A2" s="5" t="s">
+      <c r="A2" t="s">
         <v>41</v>
       </c>
-      <c r="B2" s="5" t="s">
-[...3 lines deleted...]
-      <c r="D2" s="5" t="s">
+      <c r="B2" t="s">
+        <v>2175</v>
+      </c>
+      <c r="D2" t="s">
+        <v>2177</v>
+      </c>
+    </row>
+    <row r="3" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A3" t="s">
+        <v>1123</v>
+      </c>
+      <c r="B3" t="s">
+        <v>85</v>
+      </c>
+      <c r="D3" t="s">
         <v>2178</v>
       </c>
     </row>
-    <row r="3" spans="1:4" x14ac:dyDescent="0.25">
-[...7 lines deleted...]
-      <c r="D3" s="5" t="s">
+    <row r="4" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A4" t="s">
         <v>2179</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A4" s="5" t="s">
+      <c r="B4" t="s">
+        <v>128</v>
+      </c>
+      <c r="D4" t="s">
         <v>2180</v>
       </c>
-      <c r="B4" s="5" t="s">
-[...3 lines deleted...]
-      <c r="D4" s="5" t="s">
+    </row>
+    <row r="5" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A5" t="s">
         <v>2181</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A5" s="5" t="s">
+      <c r="B5" t="s">
+        <v>2113</v>
+      </c>
+      <c r="D5" t="s">
         <v>2182</v>
       </c>
-      <c r="B5" s="5" t="s">
-[...3 lines deleted...]
-      <c r="D5" s="5" t="s">
+    </row>
+    <row r="6" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B6" t="s">
+        <v>87</v>
+      </c>
+      <c r="D6" t="s">
         <v>2183</v>
       </c>
     </row>
-    <row r="6" spans="1:4" x14ac:dyDescent="0.25">
-[...5 lines deleted...]
-      <c r="D6" s="5" t="s">
+    <row r="7" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B7" t="s">
+        <v>1685</v>
+      </c>
+      <c r="D7" t="s">
         <v>2184</v>
       </c>
     </row>
-    <row r="7" spans="1:4" x14ac:dyDescent="0.25">
-[...5 lines deleted...]
-      <c r="D7" s="5" t="s">
+    <row r="8" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B8" t="s">
+        <v>130</v>
+      </c>
+      <c r="D8" t="s">
         <v>2185</v>
       </c>
     </row>
-    <row r="8" spans="1:4" x14ac:dyDescent="0.25">
-[...5 lines deleted...]
-      <c r="D8" s="5" t="s">
+    <row r="9" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B9" t="s">
         <v>2186</v>
       </c>
-    </row>
-[...2 lines deleted...]
-      <c r="B9" s="5" t="s">
+      <c r="D9" t="s">
         <v>2187</v>
       </c>
-      <c r="C9" s="5"/>
-      <c r="D9" s="5" t="s">
+    </row>
+    <row r="10" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B10" t="s">
+        <v>1124</v>
+      </c>
+      <c r="C10" t="s">
+        <v>94</v>
+      </c>
+      <c r="D10" t="s">
         <v>2188</v>
       </c>
     </row>
-    <row r="10" spans="1:4" x14ac:dyDescent="0.25">
-[...7 lines deleted...]
-      <c r="D10" s="5" t="s">
+    <row r="11" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B11" t="s">
+        <v>1125</v>
+      </c>
+      <c r="C11" t="s">
         <v>2189</v>
       </c>
-    </row>
-[...5 lines deleted...]
-      <c r="C11" s="5" t="s">
+      <c r="D11" t="s">
         <v>2190</v>
       </c>
-      <c r="D11" s="5" t="s">
+    </row>
+    <row r="12" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B12" t="s">
+        <v>1126</v>
+      </c>
+      <c r="C12" t="s">
         <v>2191</v>
       </c>
-    </row>
-[...5 lines deleted...]
-      <c r="C12" s="5" t="s">
+      <c r="D12" t="s">
         <v>2192</v>
       </c>
-      <c r="D12" s="5" t="s">
+    </row>
+    <row r="13" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B13" t="s">
+        <v>974</v>
+      </c>
+      <c r="C13" t="s">
         <v>2193</v>
       </c>
-    </row>
-[...5 lines deleted...]
-      <c r="C13" s="5" t="s">
+      <c r="D13" t="s">
         <v>2194</v>
       </c>
-      <c r="D13" s="5" t="s">
+    </row>
+    <row r="14" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B14" t="s">
         <v>2195</v>
       </c>
-    </row>
-[...2 lines deleted...]
-      <c r="B14" s="5" t="s">
+      <c r="C14" t="s">
         <v>2196</v>
       </c>
-      <c r="C14" s="5" t="s">
+      <c r="D14" t="s">
         <v>2197</v>
       </c>
-      <c r="D14" s="5" t="s">
+    </row>
+    <row r="15" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B15" t="s">
         <v>2198</v>
       </c>
-    </row>
-[...2 lines deleted...]
-      <c r="B15" s="5" t="s">
+      <c r="C15" t="s">
         <v>2199</v>
       </c>
-      <c r="C15" s="5" t="s">
+      <c r="D15" t="s">
         <v>2200</v>
       </c>
-      <c r="D15" s="5" t="s">
+    </row>
+    <row r="16" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B16" t="s">
         <v>2201</v>
       </c>
-    </row>
-[...2 lines deleted...]
-      <c r="B16" s="5" t="s">
+      <c r="D16" t="s">
         <v>2202</v>
       </c>
-      <c r="C16" s="5"/>
-      <c r="D16" s="5" t="s">
+    </row>
+    <row r="17" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B17" t="s">
         <v>2203</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B17" s="5" t="s">
+      <c r="C17" t="s">
+        <v>112</v>
+      </c>
+      <c r="D17" t="s">
         <v>2204</v>
       </c>
-      <c r="C17" s="5" t="s">
-[...2 lines deleted...]
-      <c r="D17" s="5" t="s">
+    </row>
+    <row r="18" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B18" t="s">
         <v>2205</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B18" s="5" t="s">
+      <c r="C18" t="s">
         <v>2206</v>
       </c>
-      <c r="C18" s="5" t="s">
+      <c r="D18" t="s">
         <v>2207</v>
       </c>
-      <c r="D18" s="5" t="s">
+    </row>
+    <row r="19" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B19" t="s">
         <v>2208</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B19" s="5" t="s">
+      <c r="C19" t="s">
         <v>2209</v>
       </c>
-      <c r="C19" s="5" t="s">
+      <c r="D19" t="s">
         <v>2210</v>
       </c>
-      <c r="D19" s="5" t="s">
+    </row>
+    <row r="20" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B20" t="s">
+        <v>556</v>
+      </c>
+      <c r="C20" t="s">
         <v>2211</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="C20" s="5" t="s">
+      <c r="D20" t="s">
         <v>2212</v>
       </c>
-      <c r="D20" s="5" t="s">
+    </row>
+    <row r="21" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B21" t="s">
         <v>2213</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B21" s="5" t="s">
+      <c r="C21" t="s">
         <v>2214</v>
       </c>
-      <c r="C21" s="5" t="s">
+      <c r="D21" t="s">
         <v>2215</v>
       </c>
-      <c r="D21" s="5" t="s">
+    </row>
+    <row r="22" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B22" t="s">
         <v>2216</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B22" s="5" t="s">
+      <c r="C22" t="s">
         <v>2217</v>
       </c>
-      <c r="C22" s="5" t="s">
+      <c r="D22" t="s">
         <v>2218</v>
       </c>
-      <c r="D22" s="5" t="s">
+    </row>
+    <row r="23" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B23" t="s">
+        <v>1128</v>
+      </c>
+      <c r="C23" t="s">
         <v>2219</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="C23" s="5" t="s">
+      <c r="D23" t="s">
         <v>2220</v>
       </c>
-      <c r="D23" s="5" t="s">
+    </row>
+    <row r="24" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B24" t="s">
+        <v>577</v>
+      </c>
+      <c r="C24" t="s">
         <v>2221</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="C24" s="5" t="s">
+      <c r="D24" t="s">
         <v>2222</v>
       </c>
-      <c r="D24" s="5" t="s">
+    </row>
+    <row r="25" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B25" t="s">
         <v>2223</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B25" s="5" t="s">
+      <c r="D25" t="s">
         <v>2224</v>
       </c>
-      <c r="C25" s="5"/>
-      <c r="D25" s="5" t="s">
+    </row>
+    <row r="26" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B26" t="s">
         <v>2225</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B26" s="5" t="s">
+      <c r="C26" t="s">
+        <v>533</v>
+      </c>
+      <c r="D26" t="s">
         <v>2226</v>
       </c>
-      <c r="C26" s="5" t="s">
-[...2 lines deleted...]
-      <c r="D26" s="5" t="s">
+    </row>
+    <row r="27" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B27" t="s">
+        <v>695</v>
+      </c>
+      <c r="C27" t="s">
         <v>2227</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="C27" s="5" t="s">
+      <c r="D27" t="s">
         <v>2228</v>
       </c>
-      <c r="D27" s="5" t="s">
+    </row>
+    <row r="28" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B28" t="s">
+        <v>1129</v>
+      </c>
+      <c r="C28" t="s">
         <v>2229</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="C28" s="5" t="s">
+      <c r="D28" t="s">
         <v>2230</v>
       </c>
-      <c r="D28" s="5" t="s">
+    </row>
+    <row r="29" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B29" t="s">
+        <v>1130</v>
+      </c>
+      <c r="C29" t="s">
         <v>2231</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="C29" s="5" t="s">
+      <c r="D29" t="s">
         <v>2232</v>
       </c>
-      <c r="D29" s="5" t="s">
+    </row>
+    <row r="30" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B30" t="s">
+        <v>699</v>
+      </c>
+      <c r="C30" t="s">
         <v>2233</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="C30" s="5" t="s">
+      <c r="D30" t="s">
         <v>2234</v>
       </c>
-      <c r="D30" s="5" t="s">
+    </row>
+    <row r="31" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B31" t="s">
+        <v>1131</v>
+      </c>
+      <c r="C31" t="s">
         <v>2235</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="C31" s="5" t="s">
+      <c r="D31" t="s">
         <v>2236</v>
       </c>
-      <c r="D31" s="5" t="s">
+    </row>
+    <row r="32" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B32" t="s">
         <v>2237</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B32" s="5" t="s">
+      <c r="D32" t="s">
         <v>2238</v>
       </c>
-      <c r="C32" s="5"/>
-      <c r="D32" s="5" t="s">
+    </row>
+    <row r="33" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B33" t="s">
         <v>2239</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B33" s="5" t="s">
+      <c r="C33" t="s">
+        <v>551</v>
+      </c>
+      <c r="D33" t="s">
         <v>2240</v>
       </c>
-      <c r="C33" s="5" t="s">
-[...2 lines deleted...]
-      <c r="D33" s="5" t="s">
+    </row>
+    <row r="34" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B34" t="s">
         <v>2241</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B34" s="5" t="s">
+      <c r="C34" t="s">
         <v>2242</v>
       </c>
-      <c r="C34" s="5" t="s">
+      <c r="D34" t="s">
         <v>2243</v>
       </c>
-      <c r="D34" s="5" t="s">
+    </row>
+    <row r="35" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B35" t="s">
+        <v>1132</v>
+      </c>
+      <c r="C35" t="s">
         <v>2244</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="C35" s="5" t="s">
+      <c r="D35" t="s">
         <v>2245</v>
       </c>
-      <c r="D35" s="5" t="s">
+    </row>
+    <row r="36" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B36" t="s">
+        <v>1133</v>
+      </c>
+      <c r="C36" t="s">
         <v>2246</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="C36" s="5" t="s">
+      <c r="D36" t="s">
         <v>2247</v>
       </c>
-      <c r="D36" s="5" t="s">
+    </row>
+    <row r="37" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B37" t="s">
+        <v>653</v>
+      </c>
+      <c r="C37" t="s">
         <v>2248</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="C37" s="5" t="s">
+      <c r="D37" t="s">
         <v>2249</v>
       </c>
-      <c r="D37" s="5" t="s">
+    </row>
+    <row r="38" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B38" t="s">
         <v>2250</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B38" s="5" t="s">
+      <c r="D38" t="s">
         <v>2251</v>
       </c>
-      <c r="C38" s="5"/>
-      <c r="D38" s="5" t="s">
+    </row>
+    <row r="39" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B39" t="s">
+        <v>1134</v>
+      </c>
+      <c r="C39" t="s">
+        <v>566</v>
+      </c>
+      <c r="D39" t="s">
         <v>2252</v>
       </c>
     </row>
-    <row r="39" spans="2:4" x14ac:dyDescent="0.25">
-[...6 lines deleted...]
-      <c r="D39" s="5" t="s">
+    <row r="40" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B40" t="s">
         <v>2253</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B40" s="5" t="s">
+      <c r="C40" t="s">
         <v>2254</v>
       </c>
-      <c r="C40" s="5" t="s">
+      <c r="D40" t="s">
         <v>2255</v>
       </c>
-      <c r="D40" s="5" t="s">
+    </row>
+    <row r="41" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B41" t="s">
         <v>2256</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B41" s="5" t="s">
+      <c r="C41" t="s">
         <v>2257</v>
       </c>
-      <c r="C41" s="5" t="s">
+      <c r="D41" t="s">
         <v>2258</v>
       </c>
-      <c r="D41" s="5" t="s">
+    </row>
+    <row r="42" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B42" t="s">
         <v>2259</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B42" s="5" t="s">
+      <c r="D42" t="s">
         <v>2260</v>
       </c>
-      <c r="C42" s="5"/>
-      <c r="D42" s="5" t="s">
+    </row>
+    <row r="43" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B43" t="s">
+        <v>1135</v>
+      </c>
+      <c r="C43" t="s">
+        <v>575</v>
+      </c>
+      <c r="D43" t="s">
         <v>2261</v>
       </c>
     </row>
-    <row r="43" spans="2:4" x14ac:dyDescent="0.25">
-[...6 lines deleted...]
-      <c r="D43" s="5" t="s">
+    <row r="44" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B44" t="s">
+        <v>1136</v>
+      </c>
+      <c r="C44" t="s">
         <v>2262</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="C44" s="5" t="s">
+      <c r="D44" t="s">
         <v>2263</v>
       </c>
-      <c r="D44" s="5" t="s">
+    </row>
+    <row r="45" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B45" t="s">
+        <v>1137</v>
+      </c>
+      <c r="C45" t="s">
         <v>2264</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="C45" s="5" t="s">
+      <c r="D45" t="s">
         <v>2265</v>
       </c>
-      <c r="D45" s="5" t="s">
+    </row>
+    <row r="46" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B46" t="s">
+        <v>1138</v>
+      </c>
+      <c r="C46" t="s">
         <v>2266</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="C46" s="5" t="s">
+      <c r="D46" t="s">
         <v>2267</v>
       </c>
-      <c r="D46" s="5" t="s">
+    </row>
+    <row r="47" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B47" t="s">
         <v>2268</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B47" s="5" t="s">
+      <c r="D47" t="s">
         <v>2269</v>
       </c>
-      <c r="C47" s="5"/>
-      <c r="D47" s="5" t="s">
+    </row>
+    <row r="48" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B48" t="s">
+        <v>1139</v>
+      </c>
+      <c r="C48" t="s">
+        <v>587</v>
+      </c>
+      <c r="D48" t="s">
         <v>2270</v>
       </c>
     </row>
-    <row r="48" spans="2:4" x14ac:dyDescent="0.25">
-[...6 lines deleted...]
-      <c r="D48" s="5" t="s">
+    <row r="49" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B49" t="s">
+        <v>1140</v>
+      </c>
+      <c r="C49" t="s">
         <v>2271</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="C49" s="5" t="s">
+      <c r="D49" t="s">
         <v>2272</v>
       </c>
-      <c r="D49" s="5" t="s">
+    </row>
+    <row r="50" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B50" t="s">
+        <v>1141</v>
+      </c>
+      <c r="C50" t="s">
         <v>2273</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="C50" s="5" t="s">
+      <c r="D50" t="s">
         <v>2274</v>
       </c>
-      <c r="D50" s="5" t="s">
+    </row>
+    <row r="51" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B51" t="s">
+        <v>1142</v>
+      </c>
+      <c r="C51" t="s">
         <v>2275</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="C51" s="5" t="s">
+      <c r="D51" t="s">
         <v>2276</v>
       </c>
-      <c r="D51" s="5" t="s">
+    </row>
+    <row r="52" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B52" t="s">
+        <v>1143</v>
+      </c>
+      <c r="C52" t="s">
         <v>2277</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="C52" s="5" t="s">
+      <c r="D52" t="s">
         <v>2278</v>
       </c>
-      <c r="D52" s="5" t="s">
+    </row>
+    <row r="53" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B53" t="s">
+        <v>571</v>
+      </c>
+      <c r="C53" t="s">
         <v>2279</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="C53" s="5" t="s">
+      <c r="D53" t="s">
         <v>2280</v>
       </c>
-      <c r="D53" s="5" t="s">
+    </row>
+    <row r="54" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B54" t="s">
+        <v>1144</v>
+      </c>
+      <c r="C54" t="s">
         <v>2281</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="C54" s="5" t="s">
+      <c r="D54" t="s">
         <v>2282</v>
       </c>
-      <c r="D54" s="5" t="s">
+    </row>
+    <row r="55" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B55" t="s">
+        <v>1145</v>
+      </c>
+      <c r="C55" t="s">
         <v>2283</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="C55" s="5" t="s">
+      <c r="D55" t="s">
         <v>2284</v>
       </c>
-      <c r="D55" s="5" t="s">
+    </row>
+    <row r="56" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B56" t="s">
+        <v>1940</v>
+      </c>
+      <c r="C56" t="s">
         <v>2285</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="C56" s="5" t="s">
+      <c r="D56" t="s">
         <v>2286</v>
       </c>
-      <c r="D56" s="5" t="s">
+    </row>
+    <row r="57" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B57" t="s">
         <v>2287</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B57" s="5" t="s">
+      <c r="C57" t="s">
         <v>2288</v>
       </c>
-      <c r="C57" s="5" t="s">
+      <c r="D57" t="s">
         <v>2289</v>
       </c>
-      <c r="D57" s="5" t="s">
+    </row>
+    <row r="58" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B58" t="s">
         <v>2290</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B58" s="5" t="s">
+      <c r="C58" t="s">
         <v>2291</v>
       </c>
-      <c r="C58" s="5" t="s">
+      <c r="D58" t="s">
         <v>2292</v>
       </c>
-      <c r="D58" s="5" t="s">
+    </row>
+    <row r="59" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B59" t="s">
         <v>2293</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B59" s="5" t="s">
+      <c r="C59" t="s">
         <v>2294</v>
       </c>
-      <c r="C59" s="5" t="s">
+      <c r="D59" t="s">
         <v>2295</v>
       </c>
-      <c r="D59" s="5" t="s">
+    </row>
+    <row r="60" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B60" t="s">
         <v>2296</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B60" s="5" t="s">
+      <c r="D60" t="s">
         <v>2297</v>
       </c>
-      <c r="C60" s="5"/>
-      <c r="D60" s="5" t="s">
+    </row>
+    <row r="61" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B61" t="s">
+        <v>1146</v>
+      </c>
+      <c r="C61" t="s">
+        <v>832</v>
+      </c>
+      <c r="D61" t="s">
         <v>2298</v>
       </c>
     </row>
-    <row r="61" spans="2:4" x14ac:dyDescent="0.25">
-[...6 lines deleted...]
-      <c r="D61" s="5" t="s">
+    <row r="62" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B62" t="s">
         <v>2299</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B62" s="5" t="s">
+      <c r="C62" t="s">
         <v>2300</v>
       </c>
-      <c r="C62" s="5" t="s">
+      <c r="D62" t="s">
         <v>2301</v>
       </c>
-      <c r="D62" s="5" t="s">
+    </row>
+    <row r="63" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B63" t="s">
+        <v>1147</v>
+      </c>
+      <c r="C63" t="s">
         <v>2302</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="C63" s="5" t="s">
+      <c r="D63" t="s">
         <v>2303</v>
       </c>
-      <c r="D63" s="5" t="s">
+    </row>
+    <row r="64" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B64" t="s">
         <v>2304</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B64" s="5" t="s">
+      <c r="D64" t="s">
         <v>2305</v>
       </c>
-      <c r="C64" s="5"/>
-      <c r="D64" s="5" t="s">
+    </row>
+    <row r="65" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B65" t="s">
+        <v>1148</v>
+      </c>
+      <c r="C65" t="s">
+        <v>841</v>
+      </c>
+      <c r="D65" t="s">
         <v>2306</v>
       </c>
     </row>
-    <row r="65" spans="2:4" x14ac:dyDescent="0.25">
-[...6 lines deleted...]
-      <c r="D65" s="5" t="s">
+    <row r="66" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B66" t="s">
+        <v>1149</v>
+      </c>
+      <c r="C66" t="s">
         <v>2307</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="C66" s="5" t="s">
+      <c r="D66" t="s">
         <v>2308</v>
       </c>
-      <c r="D66" s="5" t="s">
+    </row>
+    <row r="67" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B67" t="s">
+        <v>595</v>
+      </c>
+      <c r="C67" t="s">
         <v>2309</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="C67" s="5" t="s">
+      <c r="D67" t="s">
         <v>2310</v>
       </c>
-      <c r="D67" s="5" t="s">
+    </row>
+    <row r="68" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B68" t="s">
         <v>2311</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B68" s="5" t="s">
+      <c r="C68" t="s">
         <v>2312</v>
       </c>
-      <c r="C68" s="5" t="s">
+      <c r="D68" t="s">
         <v>2313</v>
       </c>
-      <c r="D68" s="5" t="s">
+    </row>
+    <row r="69" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B69" t="s">
+        <v>1150</v>
+      </c>
+      <c r="C69" t="s">
         <v>2314</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="C69" s="5" t="s">
+      <c r="D69" t="s">
         <v>2315</v>
       </c>
-      <c r="D69" s="5" t="s">
+    </row>
+    <row r="70" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B70" t="s">
         <v>2316</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B70" s="5" t="s">
+      <c r="D70" t="s">
         <v>2317</v>
       </c>
-      <c r="C70" s="5"/>
-      <c r="D70" s="5" t="s">
+    </row>
+    <row r="71" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B71" t="s">
+        <v>1151</v>
+      </c>
+      <c r="C71" t="s">
+        <v>1063</v>
+      </c>
+      <c r="D71" t="s">
         <v>2318</v>
       </c>
     </row>
-    <row r="71" spans="2:4" x14ac:dyDescent="0.25">
-[...6 lines deleted...]
-      <c r="D71" s="5" t="s">
+    <row r="72" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B72" t="s">
         <v>2319</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B72" s="5" t="s">
+      <c r="C72" t="s">
         <v>2320</v>
       </c>
-      <c r="C72" s="5" t="s">
+      <c r="D72" t="s">
         <v>2321</v>
       </c>
-      <c r="D72" s="5" t="s">
+    </row>
+    <row r="73" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B73" t="s">
+        <v>1152</v>
+      </c>
+      <c r="C73" t="s">
         <v>2322</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="C73" s="5" t="s">
+      <c r="D73" t="s">
         <v>2323</v>
       </c>
-      <c r="D73" s="5" t="s">
+    </row>
+    <row r="74" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B74" t="s">
+        <v>1153</v>
+      </c>
+      <c r="C74" t="s">
         <v>2324</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="C74" s="5" t="s">
+      <c r="D74" t="s">
         <v>2325</v>
       </c>
-      <c r="D74" s="5" t="s">
+    </row>
+    <row r="75" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B75" t="s">
+        <v>1154</v>
+      </c>
+      <c r="C75" t="s">
         <v>2326</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="C75" s="5" t="s">
+      <c r="D75" t="s">
         <v>2327</v>
       </c>
-      <c r="D75" s="5" t="s">
+    </row>
+    <row r="76" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B76" t="s">
         <v>2328</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B76" s="5" t="s">
+      <c r="D76" t="s">
         <v>2329</v>
       </c>
-      <c r="C76" s="5"/>
-      <c r="D76" s="5" t="s">
+    </row>
+    <row r="77" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B77" t="s">
+        <v>1155</v>
+      </c>
+      <c r="C77" t="s">
+        <v>1078</v>
+      </c>
+      <c r="D77" t="s">
         <v>2330</v>
       </c>
     </row>
-    <row r="77" spans="2:4" x14ac:dyDescent="0.25">
-[...6 lines deleted...]
-      <c r="D77" s="5" t="s">
+    <row r="78" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B78" t="s">
+        <v>1156</v>
+      </c>
+      <c r="C78" t="s">
         <v>2331</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="C78" s="5" t="s">
+      <c r="D78" t="s">
         <v>2332</v>
       </c>
-      <c r="D78" s="5" t="s">
+    </row>
+    <row r="79" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B79" t="s">
+        <v>1157</v>
+      </c>
+      <c r="C79" t="s">
         <v>2333</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="C79" s="5" t="s">
+      <c r="D79" t="s">
         <v>2334</v>
       </c>
-      <c r="D79" s="5" t="s">
+    </row>
+    <row r="80" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B80" t="s">
+        <v>789</v>
+      </c>
+      <c r="C80" t="s">
         <v>2335</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="C80" s="5" t="s">
+      <c r="D80" t="s">
         <v>2336</v>
       </c>
-      <c r="D80" s="5" t="s">
+    </row>
+    <row r="81" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B81" t="s">
         <v>2337</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B81" s="5" t="s">
+      <c r="C81" t="s">
         <v>2338</v>
       </c>
-      <c r="C81" s="5" t="s">
+      <c r="D81" t="s">
         <v>2339</v>
       </c>
-      <c r="D81" s="5" t="s">
+    </row>
+    <row r="82" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B82" t="s">
+        <v>1158</v>
+      </c>
+      <c r="C82" t="s">
         <v>2340</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="C82" s="5" t="s">
+      <c r="D82" t="s">
         <v>2341</v>
       </c>
-      <c r="D82" s="5" t="s">
+    </row>
+    <row r="83" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B83" t="s">
+        <v>1160</v>
+      </c>
+      <c r="C83" t="s">
         <v>2342</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="C83" s="5" t="s">
+      <c r="D83" t="s">
         <v>2343</v>
       </c>
-      <c r="D83" s="5" t="s">
+    </row>
+    <row r="84" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B84" t="s">
+        <v>1162</v>
+      </c>
+      <c r="C84" t="s">
         <v>2344</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="C84" s="5" t="s">
+      <c r="D84" t="s">
         <v>2345</v>
       </c>
-      <c r="D84" s="5" t="s">
+    </row>
+    <row r="85" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B85" t="s">
+        <v>1164</v>
+      </c>
+      <c r="C85" t="s">
         <v>2346</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="C85" s="5" t="s">
+      <c r="D85" t="s">
         <v>2347</v>
       </c>
-      <c r="D85" s="5" t="s">
+    </row>
+    <row r="86" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B86" t="s">
+        <v>1166</v>
+      </c>
+      <c r="C86" t="s">
         <v>2348</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="C86" s="5" t="s">
+      <c r="D86" t="s">
         <v>2349</v>
       </c>
-      <c r="D86" s="5" t="s">
+    </row>
+    <row r="87" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B87" t="s">
+        <v>1168</v>
+      </c>
+      <c r="C87" t="s">
         <v>2350</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="C87" s="5" t="s">
+      <c r="D87" t="s">
         <v>2351</v>
       </c>
-      <c r="D87" s="5" t="s">
+    </row>
+    <row r="88" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B88" t="s">
+        <v>1170</v>
+      </c>
+      <c r="C88" t="s">
         <v>2352</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="C88" s="5" t="s">
+      <c r="D88" t="s">
         <v>2353</v>
-      </c>
-[...1 lines deleted...]
-        <v>2354</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0B00-000000000000}">
   <dimension ref="A1:D34"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>80</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
@@ -11349,218 +11522,218 @@
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="38.1796875" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="60.54296875" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="10" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="76.26953125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>80</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>81</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
-        <v>2143</v>
+        <v>2142</v>
       </c>
       <c r="B2" t="s">
-        <v>2146</v>
+        <v>2145</v>
       </c>
       <c r="D2" t="s">
-        <v>2145</v>
+        <v>2144</v>
       </c>
     </row>
     <row r="3" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
-        <v>2147</v>
+        <v>2146</v>
       </c>
       <c r="B3" t="s">
         <v>85</v>
       </c>
       <c r="D3" t="s">
-        <v>2148</v>
+        <v>2147</v>
       </c>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A4" t="s">
+        <v>2148</v>
+      </c>
+      <c r="B4" t="s">
         <v>2149</v>
       </c>
-      <c r="B4" t="s">
+      <c r="D4" t="s">
         <v>2150</v>
-      </c>
-[...1 lines deleted...]
-        <v>2151</v>
       </c>
     </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B5" t="s">
+        <v>2151</v>
+      </c>
+      <c r="D5" t="s">
         <v>2152</v>
-      </c>
-[...1 lines deleted...]
-        <v>2153</v>
       </c>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B6" t="s">
         <v>87</v>
       </c>
       <c r="D6" t="s">
-        <v>2154</v>
+        <v>2153</v>
       </c>
     </row>
     <row r="7" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B7" t="s">
         <v>1683</v>
       </c>
       <c r="D7" t="s">
-        <v>2155</v>
+        <v>2154</v>
       </c>
     </row>
     <row r="8" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B8" t="s">
         <v>1685</v>
       </c>
       <c r="D8" t="s">
-        <v>2156</v>
+        <v>2155</v>
       </c>
     </row>
     <row r="9" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B9" t="s">
+        <v>2156</v>
+      </c>
+      <c r="D9" t="s">
         <v>2157</v>
-      </c>
-[...1 lines deleted...]
-        <v>2158</v>
       </c>
     </row>
     <row r="10" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B10" t="s">
         <v>677</v>
       </c>
       <c r="C10" t="s">
         <v>139</v>
       </c>
       <c r="D10" t="s">
-        <v>2159</v>
+        <v>2158</v>
       </c>
     </row>
     <row r="11" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B11" t="s">
-        <v>2160</v>
+        <v>2159</v>
       </c>
       <c r="C11" t="s">
         <v>142</v>
       </c>
       <c r="D11" t="s">
-        <v>2161</v>
+        <v>2160</v>
       </c>
     </row>
     <row r="12" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B12" t="s">
-        <v>2162</v>
+        <v>2161</v>
       </c>
       <c r="C12" t="s">
         <v>145</v>
       </c>
       <c r="D12" t="s">
-        <v>2163</v>
+        <v>2162</v>
       </c>
     </row>
     <row r="13" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B13" t="s">
-        <v>2164</v>
+        <v>2163</v>
       </c>
       <c r="C13" t="s">
         <v>148</v>
       </c>
       <c r="D13" t="s">
-        <v>2165</v>
+        <v>2164</v>
       </c>
     </row>
     <row r="14" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B14" t="s">
-        <v>2166</v>
+        <v>2165</v>
       </c>
       <c r="C14" t="s">
         <v>151</v>
       </c>
       <c r="D14" t="s">
-        <v>2167</v>
+        <v>2166</v>
       </c>
     </row>
     <row r="15" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B15" t="s">
-        <v>2168</v>
+        <v>2167</v>
       </c>
       <c r="C15" t="s">
         <v>154</v>
       </c>
       <c r="D15" t="s">
-        <v>2169</v>
+        <v>2168</v>
       </c>
     </row>
     <row r="16" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B16" t="s">
-        <v>2170</v>
+        <v>2169</v>
       </c>
       <c r="C16" t="s">
         <v>157</v>
       </c>
       <c r="D16" t="s">
-        <v>2171</v>
+        <v>2170</v>
       </c>
     </row>
     <row r="17" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B17" t="s">
-        <v>2172</v>
+        <v>2171</v>
       </c>
       <c r="C17" t="s">
         <v>160</v>
       </c>
       <c r="D17" t="s">
-        <v>2173</v>
+        <v>2172</v>
       </c>
     </row>
     <row r="18" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B18" t="s">
-        <v>2174</v>
+        <v>2173</v>
       </c>
       <c r="C18" t="s">
         <v>163</v>
       </c>
       <c r="D18" t="s">
-        <v>2175</v>
+        <v>2174</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet16.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0E00-000000000000}">
   <dimension ref="A1:D26"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>80</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
@@ -12405,206 +12578,206 @@
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>80</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>81</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
         <v>61</v>
       </c>
       <c r="B2" t="s">
-        <v>2110</v>
+        <v>2109</v>
       </c>
       <c r="D2" t="s">
-        <v>2112</v>
+        <v>2111</v>
       </c>
     </row>
     <row r="3" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B3" t="s">
         <v>85</v>
       </c>
       <c r="D3" t="s">
-        <v>2113</v>
+        <v>2112</v>
       </c>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B4" t="s">
+        <v>2113</v>
+      </c>
+      <c r="D4" t="s">
         <v>2114</v>
-      </c>
-[...1 lines deleted...]
-        <v>2115</v>
       </c>
     </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B5" t="s">
+        <v>2115</v>
+      </c>
+      <c r="D5" t="s">
         <v>2116</v>
-      </c>
-[...1 lines deleted...]
-        <v>2117</v>
       </c>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B6" t="s">
         <v>89</v>
       </c>
       <c r="D6" t="s">
-        <v>2118</v>
+        <v>2117</v>
       </c>
     </row>
     <row r="7" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B7" t="s">
+        <v>2118</v>
+      </c>
+      <c r="D7" t="s">
         <v>2119</v>
-      </c>
-[...1 lines deleted...]
-        <v>2120</v>
       </c>
     </row>
     <row r="8" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B8" t="s">
+        <v>2120</v>
+      </c>
+      <c r="D8" t="s">
         <v>2121</v>
-      </c>
-[...1 lines deleted...]
-        <v>2122</v>
       </c>
     </row>
     <row r="9" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B9" t="s">
+        <v>2122</v>
+      </c>
+      <c r="D9" t="s">
         <v>2123</v>
-      </c>
-[...1 lines deleted...]
-        <v>2124</v>
       </c>
     </row>
     <row r="10" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B10" t="s">
+        <v>2124</v>
+      </c>
+      <c r="D10" t="s">
         <v>2125</v>
-      </c>
-[...1 lines deleted...]
-        <v>2126</v>
       </c>
     </row>
     <row r="11" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B11" t="s">
+        <v>2126</v>
+      </c>
+      <c r="D11" t="s">
         <v>2127</v>
-      </c>
-[...1 lines deleted...]
-        <v>2128</v>
       </c>
     </row>
     <row r="12" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B12" t="s">
+        <v>2128</v>
+      </c>
+      <c r="D12" t="s">
         <v>2129</v>
-      </c>
-[...1 lines deleted...]
-        <v>2130</v>
       </c>
     </row>
     <row r="13" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B13" t="s">
+        <v>2130</v>
+      </c>
+      <c r="D13" t="s">
         <v>2131</v>
-      </c>
-[...1 lines deleted...]
-        <v>2132</v>
       </c>
     </row>
     <row r="14" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B14" t="s">
+        <v>2132</v>
+      </c>
+      <c r="D14" t="s">
         <v>2133</v>
-      </c>
-[...1 lines deleted...]
-        <v>2134</v>
       </c>
     </row>
     <row r="15" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B15" t="s">
+        <v>2134</v>
+      </c>
+      <c r="D15" t="s">
         <v>2135</v>
-      </c>
-[...1 lines deleted...]
-        <v>2136</v>
       </c>
     </row>
     <row r="16" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B16" t="s">
         <v>1121</v>
       </c>
       <c r="D16" t="s">
-        <v>2137</v>
+        <v>2136</v>
       </c>
     </row>
     <row r="17" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B17" t="s">
         <v>1677</v>
       </c>
       <c r="D17" t="s">
-        <v>2138</v>
+        <v>2137</v>
       </c>
     </row>
     <row r="18" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B18" t="s">
         <v>1678</v>
       </c>
       <c r="D18" t="s">
-        <v>2139</v>
+        <v>2138</v>
       </c>
     </row>
     <row r="19" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B19" t="s">
         <v>1673</v>
       </c>
       <c r="D19" t="s">
-        <v>2140</v>
+        <v>2139</v>
       </c>
     </row>
     <row r="20" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B20" t="s">
         <v>1674</v>
       </c>
       <c r="D20" t="s">
-        <v>2141</v>
+        <v>2140</v>
       </c>
     </row>
     <row r="21" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B21" t="s">
         <v>1675</v>
       </c>
       <c r="D21" t="s">
-        <v>2142</v>
+        <v>2141</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet19.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1100-000000000000}">
   <dimension ref="A1:D63"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection sqref="A1:XFD1048576"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>80</v>
       </c>
       <c r="B1" s="1" t="s">
@@ -14759,50 +14932,422 @@
     <row r="36" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B36" t="s">
         <v>2004</v>
       </c>
       <c r="C36" t="s">
         <v>575</v>
       </c>
       <c r="D36" t="s">
         <v>2005</v>
       </c>
     </row>
     <row r="37" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B37" t="s">
         <v>1121</v>
       </c>
       <c r="D37" t="s">
         <v>2006</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet22.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{2452FF81-4C81-4934-AE6C-AD2C6822EF98}">
+  <dimension ref="A1:D33"/>
+  <sheetViews>
+    <sheetView topLeftCell="C1" workbookViewId="0">
+      <selection sqref="A1:D1048576"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="1" width="37.26953125" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="85.453125" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="9.7265625" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="76.26953125" bestFit="1" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A1" s="1" t="s">
+        <v>80</v>
+      </c>
+      <c r="B1" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" s="1" t="s">
+        <v>81</v>
+      </c>
+      <c r="D1" s="1" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="2" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A2" t="s">
+        <v>2354</v>
+      </c>
+      <c r="B2" t="s">
+        <v>2355</v>
+      </c>
+      <c r="D2" t="s">
+        <v>2357</v>
+      </c>
+    </row>
+    <row r="3" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A3" t="s">
+        <v>2359</v>
+      </c>
+      <c r="B3" t="s">
+        <v>85</v>
+      </c>
+      <c r="D3" t="s">
+        <v>2360</v>
+      </c>
+    </row>
+    <row r="4" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B4" t="s">
+        <v>2361</v>
+      </c>
+      <c r="D4" t="s">
+        <v>2362</v>
+      </c>
+    </row>
+    <row r="5" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B5" t="s">
+        <v>87</v>
+      </c>
+      <c r="D5" t="s">
+        <v>2363</v>
+      </c>
+    </row>
+    <row r="6" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B6" t="s">
+        <v>130</v>
+      </c>
+      <c r="D6" t="s">
+        <v>2364</v>
+      </c>
+    </row>
+    <row r="7" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B7" t="s">
+        <v>89</v>
+      </c>
+      <c r="D7" t="s">
+        <v>2365</v>
+      </c>
+    </row>
+    <row r="8" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B8" t="s">
+        <v>498</v>
+      </c>
+      <c r="D8" t="s">
+        <v>2366</v>
+      </c>
+    </row>
+    <row r="9" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B9" t="s">
+        <v>2367</v>
+      </c>
+      <c r="C9" t="s">
+        <v>94</v>
+      </c>
+      <c r="D9" t="s">
+        <v>2368</v>
+      </c>
+    </row>
+    <row r="10" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B10" t="s">
+        <v>2369</v>
+      </c>
+      <c r="C10" t="s">
+        <v>97</v>
+      </c>
+      <c r="D10" t="s">
+        <v>2370</v>
+      </c>
+    </row>
+    <row r="11" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B11" t="s">
+        <v>2371</v>
+      </c>
+      <c r="C11" t="s">
+        <v>100</v>
+      </c>
+      <c r="D11" t="s">
+        <v>2372</v>
+      </c>
+    </row>
+    <row r="12" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B12" t="s">
+        <v>2373</v>
+      </c>
+      <c r="C12" t="s">
+        <v>103</v>
+      </c>
+      <c r="D12" t="s">
+        <v>2374</v>
+      </c>
+    </row>
+    <row r="13" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B13" t="s">
+        <v>2375</v>
+      </c>
+      <c r="C13" t="s">
+        <v>106</v>
+      </c>
+      <c r="D13" t="s">
+        <v>2376</v>
+      </c>
+    </row>
+    <row r="14" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B14" t="s">
+        <v>2377</v>
+      </c>
+      <c r="C14" t="s">
+        <v>109</v>
+      </c>
+      <c r="D14" t="s">
+        <v>2378</v>
+      </c>
+    </row>
+    <row r="15" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B15" t="s">
+        <v>2379</v>
+      </c>
+      <c r="C15" t="s">
+        <v>112</v>
+      </c>
+      <c r="D15" t="s">
+        <v>2380</v>
+      </c>
+    </row>
+    <row r="16" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B16" t="s">
+        <v>577</v>
+      </c>
+      <c r="C16" t="s">
+        <v>115</v>
+      </c>
+      <c r="D16" t="s">
+        <v>2381</v>
+      </c>
+    </row>
+    <row r="17" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B17" t="s">
+        <v>2382</v>
+      </c>
+      <c r="C17" t="s">
+        <v>118</v>
+      </c>
+      <c r="D17" t="s">
+        <v>2383</v>
+      </c>
+    </row>
+    <row r="18" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B18" t="s">
+        <v>2384</v>
+      </c>
+      <c r="C18" t="s">
+        <v>121</v>
+      </c>
+      <c r="D18" t="s">
+        <v>2385</v>
+      </c>
+    </row>
+    <row r="19" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B19" t="s">
+        <v>2386</v>
+      </c>
+      <c r="C19" t="s">
+        <v>521</v>
+      </c>
+      <c r="D19" t="s">
+        <v>2387</v>
+      </c>
+    </row>
+    <row r="20" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B20" t="s">
+        <v>2205</v>
+      </c>
+      <c r="C20" t="s">
+        <v>524</v>
+      </c>
+      <c r="D20" t="s">
+        <v>2388</v>
+      </c>
+    </row>
+    <row r="21" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B21" t="s">
+        <v>2389</v>
+      </c>
+      <c r="C21" t="s">
+        <v>527</v>
+      </c>
+      <c r="D21" t="s">
+        <v>2390</v>
+      </c>
+    </row>
+    <row r="22" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B22" t="s">
+        <v>2391</v>
+      </c>
+      <c r="C22" t="s">
+        <v>530</v>
+      </c>
+      <c r="D22" t="s">
+        <v>2392</v>
+      </c>
+    </row>
+    <row r="23" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B23" t="s">
+        <v>2393</v>
+      </c>
+      <c r="C23" t="s">
+        <v>533</v>
+      </c>
+      <c r="D23" t="s">
+        <v>2394</v>
+      </c>
+    </row>
+    <row r="24" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B24" t="s">
+        <v>2395</v>
+      </c>
+      <c r="C24" t="s">
+        <v>536</v>
+      </c>
+      <c r="D24" t="s">
+        <v>2396</v>
+      </c>
+    </row>
+    <row r="25" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B25" t="s">
+        <v>2397</v>
+      </c>
+      <c r="C25" t="s">
+        <v>539</v>
+      </c>
+      <c r="D25" t="s">
+        <v>2398</v>
+      </c>
+    </row>
+    <row r="26" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B26" t="s">
+        <v>2399</v>
+      </c>
+      <c r="C26" t="s">
+        <v>542</v>
+      </c>
+      <c r="D26" t="s">
+        <v>2400</v>
+      </c>
+    </row>
+    <row r="27" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B27" t="s">
+        <v>2401</v>
+      </c>
+      <c r="C27" t="s">
+        <v>545</v>
+      </c>
+      <c r="D27" t="s">
+        <v>2402</v>
+      </c>
+    </row>
+    <row r="28" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B28" t="s">
+        <v>2403</v>
+      </c>
+      <c r="C28" t="s">
+        <v>548</v>
+      </c>
+      <c r="D28" t="s">
+        <v>2404</v>
+      </c>
+    </row>
+    <row r="29" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B29" t="s">
+        <v>2405</v>
+      </c>
+      <c r="C29" t="s">
+        <v>551</v>
+      </c>
+      <c r="D29" t="s">
+        <v>2406</v>
+      </c>
+    </row>
+    <row r="30" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B30" t="s">
+        <v>2407</v>
+      </c>
+      <c r="C30" t="s">
+        <v>554</v>
+      </c>
+      <c r="D30" t="s">
+        <v>2408</v>
+      </c>
+    </row>
+    <row r="31" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B31" t="s">
+        <v>2409</v>
+      </c>
+      <c r="C31" t="s">
+        <v>557</v>
+      </c>
+      <c r="D31" t="s">
+        <v>2410</v>
+      </c>
+    </row>
+    <row r="32" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B32" t="s">
+        <v>2411</v>
+      </c>
+      <c r="C32" t="s">
+        <v>560</v>
+      </c>
+      <c r="D32" t="s">
+        <v>2412</v>
+      </c>
+    </row>
+    <row r="33" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B33" t="s">
+        <v>2413</v>
+      </c>
+      <c r="C33" t="s">
+        <v>563</v>
+      </c>
+      <c r="D33" t="s">
+        <v>2414</v>
+      </c>
+    </row>
+  </sheetData>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet23.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1400-000000000000}">
   <dimension ref="A1:D29"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>80</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>81</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
@@ -15087,81 +15632,81 @@
         <v>1166</v>
       </c>
       <c r="C28" t="s">
         <v>551</v>
       </c>
       <c r="D28" t="s">
         <v>2048</v>
       </c>
     </row>
     <row r="29" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B29" t="s">
         <v>2049</v>
       </c>
       <c r="C29" t="s">
         <v>554</v>
       </c>
       <c r="D29" t="s">
         <v>2050</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet23.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet24.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1500-000000000000}">
   <dimension ref="A1:D38"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>80</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>81</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
         <v>77</v>
       </c>
       <c r="B2" t="s">
-        <v>2109</v>
+        <v>2358</v>
       </c>
       <c r="D2" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="3" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
         <v>2051</v>
       </c>
       <c r="B3" t="s">
         <v>85</v>
       </c>
       <c r="D3" t="s">
         <v>2054</v>
       </c>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A4" t="s">
         <v>2052</v>
       </c>
       <c r="B4" t="s">
         <v>85</v>
       </c>
       <c r="D4" t="s">
         <v>2055</v>
@@ -20164,70 +20709,100 @@
         <v>1086</v>
       </c>
       <c r="C74" t="s">
         <v>1087</v>
       </c>
       <c r="D74" t="s">
         <v>1088</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>23</vt:i4>
+        <vt:i4>24</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="23" baseType="lpstr">
+    <vt:vector size="24" baseType="lpstr">
       <vt:lpstr>Subscription Title List</vt:lpstr>
       <vt:lpstr>Biederman, 01 ed. - Cardiac MRI</vt:lpstr>
       <vt:lpstr>Mukherjee, 01 ed. - Cardiovascu</vt:lpstr>
       <vt:lpstr>Eidem, 03 ed. - Echocardiograph</vt:lpstr>
       <vt:lpstr>Ho, 02 ed. - Electrophysiology</vt:lpstr>
       <vt:lpstr>Armstrong, 08 ed. - Feigenbaum</vt:lpstr>
       <vt:lpstr>Moscucci, 09 ed. - Grossman Bai</vt:lpstr>
       <vt:lpstr>Moscucci, 01 ed. - Grossman Bai</vt:lpstr>
       <vt:lpstr>Herzog, 01 ed. - Herzog’s CCU B</vt:lpstr>
       <vt:lpstr>Callans, 07 ed. - Josephson's C</vt:lpstr>
       <vt:lpstr>Griffin, 06 ed. - Manual of Car</vt:lpstr>
       <vt:lpstr>Asher, 01 ed. - Manual of Valvu</vt:lpstr>
       <vt:lpstr>Strauss, 13 ed. - Marriott's Pr</vt:lpstr>
       <vt:lpstr>Shaddy, 10 ed. - Moss Adams' He</vt:lpstr>
       <vt:lpstr>Jaber, 03 ed. - Nuclear Cardiol</vt:lpstr>
       <vt:lpstr>Jadvar, 01 ed. - Nuclear Medici</vt:lpstr>
       <vt:lpstr>Houston, 01 ed. - Personalized</vt:lpstr>
       <vt:lpstr>Sabatine, 03 ed. - Pocket Cardi</vt:lpstr>
       <vt:lpstr>Kern - SCAI Interventional Card</vt:lpstr>
       <vt:lpstr>Griffin, 03 ed. - The Cleveland</vt:lpstr>
       <vt:lpstr>Oh, 04 ed. - The Echo Manual, 4</vt:lpstr>
+      <vt:lpstr>Moreno, 01 ed. - The Washington</vt:lpstr>
       <vt:lpstr>Quader, 02 ed. - The Washington</vt:lpstr>
       <vt:lpstr>Sietsema, 06 ed. - Wasserman Wh</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>puseascm05tol02$</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_fe6ee112-9e5c-4f16-b63d-fcad06e1707e_Enabled">
+    <vt:lpwstr>true</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_fe6ee112-9e5c-4f16-b63d-fcad06e1707e_SetDate">
+    <vt:lpwstr>2025-10-28T15:16:03Z</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_fe6ee112-9e5c-4f16-b63d-fcad06e1707e_Method">
+    <vt:lpwstr>Standard</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_fe6ee112-9e5c-4f16-b63d-fcad06e1707e_Name">
+    <vt:lpwstr>Internal Use</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_fe6ee112-9e5c-4f16-b63d-fcad06e1707e_SiteId">
+    <vt:lpwstr>8ac76c91-e7f1-41ff-a89c-3553b2da2c17</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_fe6ee112-9e5c-4f16-b63d-fcad06e1707e_ActionId">
+    <vt:lpwstr>457ae08d-ffd2-4b77-88de-bcb06fcaf31c</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_fe6ee112-9e5c-4f16-b63d-fcad06e1707e_ContentBits">
+    <vt:lpwstr>0</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_fe6ee112-9e5c-4f16-b63d-fcad06e1707e_Tag">
+    <vt:lpwstr>10, 3, 0, 1</vt:lpwstr>
+  </property>
+</Properties>
+</file>