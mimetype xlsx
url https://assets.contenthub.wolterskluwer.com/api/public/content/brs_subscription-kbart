--- v0 (2025-10-06)
+++ v1 (2025-10-27)
@@ -1,92 +1,92 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rad46503bde884429" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R83ba1662e2f14aa2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="sheet 1" sheetId="1" r:id="R02804ee692674654"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="sheet 1" sheetId="1" r:id="R269f3d6131c44b7e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fonts>
     <x:font>
       <x:color rgb="000000"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:color rgb="000000"/>
     </x:font>
     <x:font>
       <x:color rgb="0645AD"/>
     </x:font>
   </x:fonts>
   <x:fills>
     <x:fill>
       <x:patternFill patternType="none"/>
     </x:fill>
     <x:fill>
       <x:patternFill patternType="gray125"/>
     </x:fill>
   </x:fills>
   <x:borders>
     <x:border>
       <x:left/>
       <x:right/>
       <x:top/>
       <x:bottom/>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs>
     <x:xf fontId="0" fillId="0" borderId="0" applyFont="1">
       <x:alignment horizontal="left" vertical="center"/>
     </x:xf>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1">
       <x:alignment horizontal="left" vertical="center"/>
     </x:xf>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1">
       <x:alignment horizontal="left" vertical="center"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb5a8dc99e18445c4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R02804ee692674654" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R78695351306f4def" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R269f3d6131c44b7e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row>
       <x:c s="1" t="str">
         <x:v>publication_title</x:v>
       </x:c>
       <x:c s="1" t="str">
         <x:v>print_identifier</x:v>
       </x:c>
       <x:c s="1" t="str">
         <x:v>online_identifier</x:v>
       </x:c>
       <x:c s="1" t="str">
         <x:v>date_first_issue_online</x:v>
       </x:c>
       <x:c s="1" t="str">
         <x:v>num_first_vol_online</x:v>
       </x:c>
       <x:c s="1" t="str">
         <x:v>num_first_issue_online</x:v>
       </x:c>
       <x:c s="1" t="str">
@@ -107,51 +107,51 @@
       <x:c s="1" t="str">
         <x:v>title_id</x:v>
       </x:c>
       <x:c s="1" t="str">
         <x:v>embargo_info</x:v>
       </x:c>
       <x:c s="1" t="str">
         <x:v>coverage_depth</x:v>
       </x:c>
       <x:c s="1" t="str">
         <x:v>notes</x:v>
       </x:c>
       <x:c s="1" t="str">
         <x:v>publisher_name</x:v>
       </x:c>
       <x:c s="1" t="str">
         <x:v>publication_type</x:v>
       </x:c>
       <x:c s="1" t="str">
         <x:v>date_monograph_published_print</x:v>
       </x:c>
       <x:c s="1" t="str">
         <x:v>date_monograph_published_online</x:v>
       </x:c>
       <x:c s="1" t="str">
-        <x:v>mongraph_volume</x:v>
+        <x:v>monograph_volume</x:v>
       </x:c>
       <x:c s="1" t="str">
         <x:v>monograph_edition</x:v>
       </x:c>
       <x:c s="1" t="str">
         <x:v>first_editor</x:v>
       </x:c>
       <x:c s="1" t="str">
         <x:v>parent_publication_title_id</x:v>
       </x:c>
       <x:c s="1" t="str">
         <x:v>preceding_publication_title_id</x:v>
       </x:c>
       <x:c s="1" t="str">
         <x:v>access_type</x:v>
       </x:c>
       <x:c s="1" t="str">
         <x:v>DOI</x:v>
       </x:c>
       <x:c s="1" t="str">
         <x:v>Product</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="str">
@@ -165,52 +165,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://brs.lwwhealthlibrary.com/book.aspx?bookid=2232</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Fadem</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>2232</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-496310-47-7</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer bu</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2017-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -248,52 +248,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://brs.lwwhealthlibrary.com/book.aspx?bookid=3383</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lieberman</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>3383</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-975219-87-1</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2025-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -331,52 +331,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://brs.lwwhealthlibrary.com/book.aspx?bookid=2824</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Fadem</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>2824</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-975118-36-5</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2021-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -414,52 +414,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://brs.lwwhealthlibrary.com/book.aspx?bookid=2579</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lieberman</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>2579</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-496399-23-6</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2020-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -497,52 +497,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://brs.lwwhealthlibrary.com/book.aspx?bookid=3339</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Gartner</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>3339</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-975219-72-7</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2025-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -580,52 +580,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://brs.lwwhealthlibrary.com/book.aspx?bookid=2896</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Gupta</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>2896</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-975136-62-8</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2021-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -663,52 +663,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://brs.lwwhealthlibrary.com/book.aspx?bookid=2554</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Halliday</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>2554</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-496385-27-7</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2019-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -746,52 +746,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://brs.lwwhealthlibrary.com/book.aspx?bookid=2235</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lieberman</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>2235</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-451175-36-3</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer bu</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2014-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -829,52 +829,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://brs.lwwhealthlibrary.com/book.aspx?bookid=2563</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Gartner</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>2563</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-496396-35-8</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2019-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -912,52 +912,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://brs.lwwhealthlibrary.com/book.aspx?bookid=3238</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Halliday</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>3238</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-975181-37-6</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2024-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -995,52 +995,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://brs.lwwhealthlibrary.com/book.aspx?bookid=2689</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Gould</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>2689</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-496396-18-1</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2020-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -1078,52 +1078,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://brs.lwwhealthlibrary.com/book.aspx?bookid=3312</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Gould</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>3312</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-975214-37-1</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2025-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -1161,52 +1161,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://brs.lwwhealthlibrary.com/book.aspx?bookid=2236</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Schneider</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>2236</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-451188-89-9</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer bu</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2014-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -1244,135 +1244,218 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://brs.lwwhealthlibrary.com/book.aspx?bookid=2556</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Brown</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>2556</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-496309-75-4</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2019-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2.00</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="str">
+        <x:v>BRS Pediatrics, 3e</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>978-1-975216-27-6</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>https://brs.lwwhealthlibrary.com/book.aspx?bookid=3437</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>Brown</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>978-1-975216-27-6</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>fulltext</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v> Wolters Kluwer</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>monograph</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>2026-01-01</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="str">
         <x:v>BRS Pharmacology, 6e</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>978-1-451175-35-6</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://brs.lwwhealthlibrary.com/book.aspx?bookid=2237</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Rosenfeld</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>2237</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-451175-35-6</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer bu</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2014-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -1410,135 +1493,218 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://brs.lwwhealthlibrary.com/book.aspx?bookid=2691</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lerchenfeldt</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>2691</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-975105-49-5</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2020-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>7.00</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="str">
+        <x:v>BRS Pharmacology, 8e</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>978-1-9752-3528-4</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>https://brs.lwwhealthlibrary.com/book.aspx?bookid=3416</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>Lerchenfeldt</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>978-1-9752-3528-4</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>fulltext</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>monograph</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>2026-01-01</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="str">
         <x:v>BRS Physiology, 7e</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>978-1-496367-61-7</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://brs.lwwhealthlibrary.com/book.aspx?bookid=2385</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Costanzo</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>2385</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-496367-61-7</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2019-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -1576,52 +1742,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://brs.lwwhealthlibrary.com/book.aspx?bookid=2244</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Gartner</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>2244</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-451189-51-3</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer bu</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2015-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -1659,52 +1825,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://brs.lwwhealthlibrary.com/book.aspx?bookid=2241</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Dudek</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>2241</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-451190-38-0</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer bu</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2014-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -1742,52 +1908,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://brs.lwwhealthlibrary.com/book.aspx?bookid=2233</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Chung</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>2233</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-451193-07-7</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer bu</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2015-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -1825,52 +1991,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://brs.lwwhealthlibrary.com/book.aspx?bookid=2238</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Hawley</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>2238</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-451175-34-9</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer bu</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2014-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -1908,52 +2074,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://brs.lwwhealthlibrary.com/book.aspx?bookid=3350</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Baxa</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>3350</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-975220-45-7</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Wolters Kluwer</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2025-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -1991,52 +2157,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://brs.lwwhealthlibrary.com/book.aspx?bookid=2243</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Gould</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>2243</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-451176-09-4</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer bu</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2014-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -2074,52 +2240,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://brs.lwwhealthlibrary.com/book.aspx?bookid=2240</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Costanzo</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>2240</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-451187-95-3</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer bu</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2015-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -2157,52 +2323,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://brs.lwwhealthlibrary.com/book.aspx?bookid=3207</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Costanzo</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>3207</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-975153-60-1</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2023-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>