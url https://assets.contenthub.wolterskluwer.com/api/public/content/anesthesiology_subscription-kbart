--- v0 (2025-10-06)
+++ v1 (2025-10-27)
@@ -1,92 +1,92 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rda4d21f1547a498e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R83b958d63e074aac" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="sheet 1" sheetId="1" r:id="Rbb746658622a463d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="sheet 1" sheetId="1" r:id="Rcea96c9f90cb44fd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fonts>
     <x:font>
       <x:color rgb="000000"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:color rgb="000000"/>
     </x:font>
     <x:font>
       <x:color rgb="0645AD"/>
     </x:font>
   </x:fonts>
   <x:fills>
     <x:fill>
       <x:patternFill patternType="none"/>
     </x:fill>
     <x:fill>
       <x:patternFill patternType="gray125"/>
     </x:fill>
   </x:fills>
   <x:borders>
     <x:border>
       <x:left/>
       <x:right/>
       <x:top/>
       <x:bottom/>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs>
     <x:xf fontId="0" fillId="0" borderId="0" applyFont="1">
       <x:alignment horizontal="left" vertical="center"/>
     </x:xf>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1">
       <x:alignment horizontal="left" vertical="center"/>
     </x:xf>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1">
       <x:alignment horizontal="left" vertical="center"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc700f76da4ba4193" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rbb746658622a463d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf80098018d774e4e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rcea96c9f90cb44fd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row>
       <x:c s="1" t="str">
         <x:v>publication_title</x:v>
       </x:c>
       <x:c s="1" t="str">
         <x:v>print_identifier</x:v>
       </x:c>
       <x:c s="1" t="str">
         <x:v>online_identifier</x:v>
       </x:c>
       <x:c s="1" t="str">
         <x:v>date_first_issue_online</x:v>
       </x:c>
       <x:c s="1" t="str">
         <x:v>num_first_vol_online</x:v>
       </x:c>
       <x:c s="1" t="str">
         <x:v>num_first_issue_online</x:v>
       </x:c>
       <x:c s="1" t="str">
@@ -107,51 +107,51 @@
       <x:c s="1" t="str">
         <x:v>title_id</x:v>
       </x:c>
       <x:c s="1" t="str">
         <x:v>embargo_info</x:v>
       </x:c>
       <x:c s="1" t="str">
         <x:v>coverage_depth</x:v>
       </x:c>
       <x:c s="1" t="str">
         <x:v>notes</x:v>
       </x:c>
       <x:c s="1" t="str">
         <x:v>publisher_name</x:v>
       </x:c>
       <x:c s="1" t="str">
         <x:v>publication_type</x:v>
       </x:c>
       <x:c s="1" t="str">
         <x:v>date_monograph_published_print</x:v>
       </x:c>
       <x:c s="1" t="str">
         <x:v>date_monograph_published_online</x:v>
       </x:c>
       <x:c s="1" t="str">
-        <x:v>mongraph_volume</x:v>
+        <x:v>monograph_volume</x:v>
       </x:c>
       <x:c s="1" t="str">
         <x:v>monograph_edition</x:v>
       </x:c>
       <x:c s="1" t="str">
         <x:v>first_editor</x:v>
       </x:c>
       <x:c s="1" t="str">
         <x:v>parent_publication_title_id</x:v>
       </x:c>
       <x:c s="1" t="str">
         <x:v>preceding_publication_title_id</x:v>
       </x:c>
       <x:c s="1" t="str">
         <x:v>access_type</x:v>
       </x:c>
       <x:c s="1" t="str">
         <x:v>DOI</x:v>
       </x:c>
       <x:c s="1" t="str">
         <x:v>Product</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="str">
@@ -165,52 +165,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://anesthesiology.lwwhealthlibrary.com/book.aspx?bookid=718</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Singh-Radcliff</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>718</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-45111-894-0</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2012-12-30</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -248,52 +248,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://anesthesiology.lwwhealthlibrary.com/book.aspx?bookid=891</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Dorsch</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>891</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-0-7817-9867-9</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2010-12-30</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -331,52 +331,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://anesthesiology.lwwhealthlibrary.com/book.aspx?bookid=906</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Hensley</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>906</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-4511-3744-6</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2013-02-26</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -414,52 +414,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://anesthesiology.lwwhealthlibrary.com/book.aspx?bookid=894</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Mongan,</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>894</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-4511-7315-4</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2012-12-30</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -497,52 +497,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://anesthesiology.lwwhealthlibrary.com/book.aspx?bookid=897</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Bucklin</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>897</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-0-7817-7524-3</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2008-12-30</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -580,52 +580,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://anesthesiology.lwwhealthlibrary.com/book.aspx?bookid=1742</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Baysinger</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>1742</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-469882-86-4</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer bu</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2016-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -663,52 +663,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://anesthesiology.lwwhealthlibrary.com/book.aspx?bookid=932</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Holzman</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>932</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-0-7817-7943-2</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2007-12-31</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -746,52 +746,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://anesthesiology.lwwhealthlibrary.com/book.aspx?bookid=1591</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Holzman</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>1591</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-4698-8982-5</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2016-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -829,52 +829,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://anesthesiology.lwwhealthlibrary.com/book.aspx?bookid=929</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Mulroy</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>929</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-0-7817-6854-2</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2008-06-06</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -912,52 +912,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://anesthesiology.lwwhealthlibrary.com/book.aspx?bookid=2447</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Neal</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>2447</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-469896-83-0</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2018-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -995,52 +995,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://anesthesiology.lwwhealthlibrary.com/book.aspx?bookid=888</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Perrino</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>888</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-4511-7560-8</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2013-12-30</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -1078,52 +1078,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://anesthesiology.lwwhealthlibrary.com/book.aspx?bookid=2692</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Perrino</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>2692</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-496383-47-1</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2020-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -1161,52 +1161,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://anesthesiology.lwwhealthlibrary.com/book.aspx?bookid=933</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Jaffe</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>933</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-4511-7660-5</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2013-12-31</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -1244,52 +1244,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://anesthesiology.lwwhealthlibrary.com/book.aspx?bookid=2825</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Jaffe</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>2825</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-496371-25-6</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2020-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -1327,52 +1327,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://anesthesiology.lwwhealthlibrary.com/book.aspx?bookid=915</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Orebaugh</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>915</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-4511-0339-7</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2011-12-31</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -1410,52 +1410,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://anesthesiology.lwwhealthlibrary.com/book.aspx?bookid=892</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Rathmell</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>892</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-60831-704-2</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2011-12-30</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -1493,52 +1493,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://anesthesiology.lwwhealthlibrary.com/book.aspx?bookid=3113</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Eger</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>3113</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-975169-19-0</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2022-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -1576,52 +1576,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://anesthesiology.lwwhealthlibrary.com/book.aspx?bookid=3285</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Cullen</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>3285</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-975199-07-4</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2024-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -1659,52 +1659,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://anesthesiology.lwwhealthlibrary.com/book.aspx?bookid=1006</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Fishman</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>1006</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-0-7817-6827-6</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2018-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -1742,52 +1742,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://anesthesiology.lwwhealthlibrary.com/book.aspx?bookid=2552</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Ballantyne</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>2552</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-496349-03-3</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2019-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -1825,52 +1825,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://anesthesiology.lwwhealthlibrary.com/book.aspx?bookid=3105</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Pino</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>3105</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-975154-40-0</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2022-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -1908,52 +1908,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://anesthesiology.lwwhealthlibrary.com/book.aspx?bookid=899</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Barash</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>899</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-4511-4419-2</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2013-03-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -1991,52 +1991,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://anesthesiology.lwwhealthlibrary.com/book.aspx?bookid=2137</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Barash</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>2137</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-496337-00-9</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2017-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -2074,52 +2074,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://anesthesiology.lwwhealthlibrary.com/book.aspx?bookid=954</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Waldman</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>954</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-4511-8670-3</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2013-12-31</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -2157,52 +2157,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://anesthesiology.lwwhealthlibrary.com/book.aspx?bookid=2792</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Waldman</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>2792</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-975136-71-0</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2020-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -2240,52 +2240,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://anesthesiology.lwwhealthlibrary.com/book.aspx?bookid=1840</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Savage</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>1840</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-605472-46-1</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2011-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -2323,52 +2323,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://anesthesiology.lwwhealthlibrary.com/book.aspx?bookid=896</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Levine</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>896</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-6054-7460-1</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2009-12-30</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -2406,52 +2406,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://anesthesiology.lwwhealthlibrary.com/book.aspx?bookid=1612</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Pino</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>1612</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-4511-9515-6</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2016-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -2489,52 +2489,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://anesthesiology.lwwhealthlibrary.com/book.aspx?bookid=3351</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>3351</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-975209-10-0</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2025-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -2572,52 +2572,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://anesthesiology.lwwhealthlibrary.com/book.aspx?bookid=2543</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Gravlee</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>2543</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-496372-66-6</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2019-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -2655,52 +2655,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://anesthesiology.lwwhealthlibrary.com/book.aspx?bookid=942</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Marino</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>942</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-4511-2118-6</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2013-12-31</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -2738,52 +2738,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://anesthesiology.lwwhealthlibrary.com/book.aspx?bookid=3391</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Marino</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>3391</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-9751-7670-9</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Wolters Kluwer</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2025-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -2821,52 +2821,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://anesthesiology.lwwhealthlibrary.com/book.aspx?bookid=2898</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Rosenblatt</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>2898</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-451193-04-6</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2015-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -2904,52 +2904,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://anesthesiology.lwwhealthlibrary.com/book.aspx?bookid=3291</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Schwartzstein</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>3291</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-975171-09-4</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2024-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -2987,52 +2987,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://anesthesiology.lwwhealthlibrary.com/book.aspx?bookid=809</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Stoelting</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>809</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-0-7817-5469-9</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2005-12-31</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -3070,52 +3070,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://anesthesiology.lwwhealthlibrary.com/book.aspx?bookid=3382</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>3382</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-975213-49-7</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Wolters Kluwer</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2025-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -3153,52 +3153,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://anesthesiology.lwwhealthlibrary.com/book.aspx?bookid=2979</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Urman</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>2979</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-975136-79-6</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2021-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -3236,52 +3236,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://anesthesiology.lwwhealthlibrary.com/book.aspx?bookid=893</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Nichols</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>893</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-0-7817-8275-3</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2007-12-30</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -3319,52 +3319,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://anesthesiology.lwwhealthlibrary.com/book.aspx?bookid=1609</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Nichols</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>1609</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-4511-7662-9</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2016-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -3402,52 +3402,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://anesthesiology.lwwhealthlibrary.com/book.aspx?bookid=3293</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Shaffner</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>3293</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-975174-21-7</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2024-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -3485,52 +3485,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://anesthesiology.lwwhealthlibrary.com/book.aspx?bookid=3224</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Nicoara</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>3224</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-975102-92-0</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2023-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -3568,52 +3568,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://anesthesiology.lwwhealthlibrary.com/book.aspx?bookid=927</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Suresh</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>927</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-4511-1435-5</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2012-12-31</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -3651,52 +3651,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://anesthesiology.lwwhealthlibrary.com/book.aspx?bookid=3088</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Flood</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>3088</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-975126-89-6</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2022-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -3734,52 +3734,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://anesthesiology.lwwhealthlibrary.com/book.aspx?bookid=1357</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Flood</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>1357</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-6054-7550-9</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2015-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -3817,52 +3817,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://anesthesiology.lwwhealthlibrary.com/book.aspx?bookid=3371</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Kollef</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>3371</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-975215-45-3</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2025-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -3900,52 +3900,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://anesthesiology.lwwhealthlibrary.com/book.aspx?bookid=938</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Kollef</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>938</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-4511-1022-7</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2014-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -3983,52 +3983,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://anesthesiology.lwwhealthlibrary.com/book.aspx?bookid=2282</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Kollef</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>2282</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-496328-51-9</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer bu</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2018-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -4066,135 +4066,218 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://anesthesiology.lwwhealthlibrary.com/book.aspx?bookid=1373</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Bigeleisen</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>1373</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-4511-7333-8</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2015-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2.00</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="str">
+        <x:v>Yao &amp;amp; Artusio’s Anesthesiology Problem-Oriented Patient Management, 10e</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>978-1-9752-1423-4</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>https://anesthesiology.lwwhealthlibrary.com/book.aspx?bookid=3440</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>Hemmings</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>978-1-9752-1423-4</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>fulltext</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>monograph</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>2026-01-01</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>10.00</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="str">
         <x:v>Yao &amp;amp; Artusio’s Anesthesiology Problem-Oriented Patient Management, 8e</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>978-1-496311-70-2</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://anesthesiology.lwwhealthlibrary.com/book.aspx?bookid=1769</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Yao</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>1769</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-496311-70-2</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer bu</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2016-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -4232,52 +4315,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://anesthesiology.lwwhealthlibrary.com/book.aspx?bookid=2945</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Yao</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>2945</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-975120-01-6</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2021-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -4315,52 +4398,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://anesthesiology.lwwhealthlibrary.com/book.aspx?bookid=839</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Fontes</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>839</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-4511-0265-9</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2011-12-30</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>