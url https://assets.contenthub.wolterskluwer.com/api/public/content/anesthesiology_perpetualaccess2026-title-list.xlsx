--- v0 (2026-01-08)
+++ v1 (2026-02-07)
@@ -21,106 +21,106 @@
   <Override PartName="/xl/worksheets/sheet15.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet16.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet17.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet18.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet19.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet20.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet21.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet22.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet23.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet24.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29426"/>
   <workbookPr codeName="ThisWorkbook" defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://wolterskluwer-my.sharepoint.com/personal/leanne_vandetty_wolterskluwer_com/Documents/Health Library/Health Library Repository/Health Library Title Lists/Perpetual Access/2026/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="175" documentId="11_EB61E74AEB5F965E7349CB7338121F9462F9DDA4" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{31F82155-D8A7-4FFB-A40E-456ACBA42FF3}"/>
+  <xr:revisionPtr revIDLastSave="190" documentId="11_EB61E74AEB5F965E7349CB7338121F9462F9DDA4" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{A03A15CC-2966-4165-B110-9AF7E493249B}"/>
   <bookViews>
-    <workbookView xWindow="9510" yWindow="0" windowWidth="9780" windowHeight="10170" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10300" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Perpetual Access 2026 Titles" sheetId="1" r:id="rId1"/>
     <sheet name="Singh-Radcliff, 1 ed. - 5-Minut" sheetId="2" r:id="rId2"/>
     <sheet name="Dorsch, 1 ed. - A Practical App" sheetId="3" r:id="rId3"/>
     <sheet name="Mongan,, 1 ed. - A Practical Ap" sheetId="4" r:id="rId4"/>
     <sheet name="Baysinger, 02 ed. - A Practical" sheetId="5" r:id="rId5"/>
     <sheet name="Holzman, 2 ed. - A Practical Ap" sheetId="6" r:id="rId6"/>
     <sheet name="Neal, 05 ed. - A Practical Appr" sheetId="7" r:id="rId7"/>
     <sheet name="Jaffe, 06 ed. - Anesthesiologis" sheetId="9" r:id="rId8"/>
     <sheet name="Orebaugh, 2 ed. - Atlas of Airw" sheetId="10" r:id="rId9"/>
     <sheet name="Rathmell, 2 ed. - Atlas of Imag" sheetId="11" r:id="rId10"/>
     <sheet name="Eger, 01 ed. - Autobiography of" sheetId="12" r:id="rId11"/>
     <sheet name="Cullen, 09 ed. - Barash, Cullen" sheetId="13" r:id="rId12"/>
     <sheet name="Ballantyne, 05 ed. - Bonica’s M" sheetId="14" r:id="rId13"/>
     <sheet name="Pino, 10 ed. - Clinical Anesthe" sheetId="15" r:id="rId14"/>
     <sheet name="Baker, 11 ed. - Handbook of Cli" sheetId="25" r:id="rId15"/>
     <sheet name="Waldman, 02 ed. - Comprehensive" sheetId="16" r:id="rId16"/>
     <sheet name="Bartels, 07 ed. - Hensley’s Pra" sheetId="17" r:id="rId17"/>
     <sheet name="Perrino, 04 ed. - A Practical A" sheetId="8" r:id="rId18"/>
     <sheet name="Perrino, 05 ed. - Perrino and R" sheetId="24" r:id="rId19"/>
     <sheet name="Urman, 05 ed. - Pocket Anesthes" sheetId="22" r:id="rId20"/>
     <sheet name="Rosenblatt, 01 ed. - Master Tec" sheetId="18" r:id="rId21"/>
     <sheet name="Flood, 06 ed. - Stoelting’s Pha" sheetId="19" r:id="rId22"/>
     <sheet name="Bigeleisen, 2 ed. - Ultrasound-" sheetId="20" r:id="rId23"/>
     <sheet name="Hemmings, 10 ed. - Yao Artusio’" sheetId="23" r:id="rId24"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="6918" uniqueCount="5638">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="6915" uniqueCount="5637">
   <si>
     <t>Author</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Edition</t>
   </si>
   <si>
     <t>ISBN</t>
   </si>
   <si>
     <t>Year Published</t>
   </si>
   <si>
     <t>Title Level URL</t>
   </si>
   <si>
     <t>Date Added to HL</t>
   </si>
   <si>
     <t>Nina Singh-Radcliff, MD</t>
   </si>
   <si>
@@ -16608,53 +16608,50 @@
     <t>https://anesthesiology.lwwhealthlibrary.com/content.aspx?sectionId=260991276&amp;bookId=3440</t>
   </si>
   <si>
     <t>https://anesthesiology.lwwhealthlibrary.com/content.aspx?sectionId=260991397&amp;bookId=3440</t>
   </si>
   <si>
     <t>Coming in 2026</t>
   </si>
   <si>
     <t>Joffe</t>
   </si>
   <si>
     <t>Perioperative Manual of Coexisting Diseases, 1e</t>
   </si>
   <si>
     <t>Rosenblatt</t>
   </si>
   <si>
     <t>Video Atlas of Upper and Lower Airway Management, 2e</t>
   </si>
   <si>
     <t>Rathmell</t>
   </si>
   <si>
     <t>Bonica's Management of Pain, 6e</t>
-  </si>
-[...1 lines deleted...]
-    <t>Atlas of Image-Guided Intervention in Regional Anesthesia and Pain Medicine, 3e</t>
   </si>
   <si>
     <t>Albert C. Perrino, Jr, MD</t>
   </si>
   <si>
     <t>Perrino and Reeves’ Practical Approach to Transesophageal Echocardiography, 5e</t>
   </si>
   <si>
     <t>https://anesthesiology.lwwhealthlibrary.com/book.aspx?bookid=3453</t>
   </si>
   <si>
     <t>https://anesthesiology.lwwhealthlibrary.com/content.aspx?sectionId=261264447&amp;bookId=3453</t>
   </si>
   <si>
     <t>Joshua M. Zimmerman, MD, FASE</t>
   </si>
   <si>
     <t>https://anesthesiology.lwwhealthlibrary.com/content.aspx?sectionId=261264451&amp;bookId=3453</t>
   </si>
   <si>
     <t>Chirojit Mukherjee, MD, PhD, FASE, MBA</t>
   </si>
   <si>
     <t>https://anesthesiology.lwwhealthlibrary.com/content.aspx?sectionId=261264480&amp;bookId=3453</t>
   </si>
@@ -17384,62 +17381,60 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:G28"/>
+  <dimension ref="A1:G27"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="B1" workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="2" width="50.7265625" customWidth="1"/>
     <col min="3" max="3" width="7.36328125" bestFit="1" customWidth="1"/>
-    <col min="4" max="4" width="50.7265625" style="4" customWidth="1"/>
-    <col min="5" max="5" width="50.7265625" customWidth="1"/>
+    <col min="4" max="4" width="13.90625" style="4" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="14.81640625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="58.453125" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="6" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
@@ -17632,451 +17627,430 @@
     <row r="10" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A10" t="s">
         <v>34</v>
       </c>
       <c r="B10" t="s">
         <v>35</v>
       </c>
       <c r="C10">
         <v>2</v>
       </c>
       <c r="D10" s="4">
         <v>9781608317042</v>
       </c>
       <c r="E10">
         <v>2011</v>
       </c>
       <c r="F10" s="5" t="s">
         <v>36</v>
       </c>
       <c r="G10" s="2">
         <v>41829</v>
       </c>
     </row>
     <row r="11" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A11" t="s">
-        <v>5508</v>
+        <v>37</v>
       </c>
       <c r="B11" t="s">
-        <v>5510</v>
+        <v>38</v>
       </c>
       <c r="C11">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="D11" s="4">
-        <v>9781496380364</v>
+        <v>9781975169190</v>
       </c>
       <c r="E11">
-        <v>2026</v>
-[...4 lines deleted...]
-      <c r="G11" s="2"/>
+        <v>2022</v>
+      </c>
+      <c r="F11" s="5" t="s">
+        <v>39</v>
+      </c>
+      <c r="G11" s="2">
+        <v>44400</v>
+      </c>
     </row>
     <row r="12" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A12" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="B12" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="C12">
-        <v>1</v>
+        <v>9</v>
       </c>
       <c r="D12" s="4">
-        <v>9781975169190</v>
+        <v>9781975199074</v>
       </c>
       <c r="E12">
-        <v>2022</v>
+        <v>2024</v>
       </c>
       <c r="F12" s="5" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="G12" s="2">
-        <v>44400</v>
+        <v>45177</v>
       </c>
     </row>
     <row r="13" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A13" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="B13" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="C13">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="D13" s="4">
-        <v>9781975199074</v>
+        <v>9781496349033</v>
       </c>
       <c r="E13">
-        <v>2024</v>
+        <v>2019</v>
       </c>
       <c r="F13" s="5" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="G13" s="2">
-        <v>45177</v>
+        <v>43432</v>
       </c>
     </row>
     <row r="14" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A14" t="s">
-        <v>43</v>
+        <v>5508</v>
       </c>
       <c r="B14" t="s">
-        <v>44</v>
+        <v>5509</v>
       </c>
       <c r="C14">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="D14" s="4">
-        <v>9781496349033</v>
+        <v>9781975222369</v>
       </c>
       <c r="E14">
-        <v>2019</v>
-[...6 lines deleted...]
-      </c>
+        <v>2026</v>
+      </c>
+      <c r="F14" t="s">
+        <v>5503</v>
+      </c>
+      <c r="G14" s="2"/>
     </row>
     <row r="15" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A15" t="s">
-        <v>5508</v>
+        <v>46</v>
       </c>
       <c r="B15" t="s">
-        <v>5509</v>
+        <v>47</v>
       </c>
       <c r="C15">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="D15" s="4">
-        <v>9781975222369</v>
+        <v>9781975154400</v>
       </c>
       <c r="E15">
-        <v>2026</v>
-[...4 lines deleted...]
-      <c r="G15" s="2"/>
+        <v>2022</v>
+      </c>
+      <c r="F15" s="5" t="s">
+        <v>48</v>
+      </c>
+      <c r="G15" s="2">
+        <v>44378</v>
+      </c>
     </row>
     <row r="16" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A16" t="s">
-        <v>46</v>
+        <v>5567</v>
       </c>
       <c r="B16" t="s">
-        <v>47</v>
+        <v>5568</v>
       </c>
       <c r="C16">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="D16" s="4">
-        <v>9781975154400</v>
+        <v>9781975242985</v>
       </c>
       <c r="E16">
-        <v>2022</v>
-[...2 lines deleted...]
-        <v>48</v>
+        <v>2026</v>
+      </c>
+      <c r="F16" t="s">
+        <v>5569</v>
       </c>
       <c r="G16" s="2">
-        <v>44378</v>
+        <v>45968</v>
       </c>
     </row>
     <row r="17" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A17" t="s">
-        <v>5568</v>
+        <v>49</v>
       </c>
       <c r="B17" t="s">
-        <v>5569</v>
+        <v>50</v>
       </c>
       <c r="C17">
-        <v>11</v>
+        <v>2</v>
       </c>
       <c r="D17" s="4">
-        <v>9781975242985</v>
+        <v>9781975136710</v>
       </c>
       <c r="E17">
-        <v>2026</v>
-[...2 lines deleted...]
-        <v>5570</v>
+        <v>2020</v>
+      </c>
+      <c r="F17" s="5" t="s">
+        <v>51</v>
       </c>
       <c r="G17" s="2">
-        <v>45968</v>
+        <v>43818</v>
       </c>
     </row>
     <row r="18" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A18" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
       <c r="B18" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="C18">
-        <v>2</v>
+        <v>7</v>
       </c>
       <c r="D18" s="4">
-        <v>9781975136710</v>
+        <v>9781975209100</v>
       </c>
       <c r="E18">
-        <v>2020</v>
+        <v>2025</v>
       </c>
       <c r="F18" s="5" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="G18" s="2">
-        <v>43818</v>
+        <v>45504</v>
       </c>
     </row>
     <row r="19" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A19" t="s">
-        <v>52</v>
+        <v>5504</v>
       </c>
       <c r="B19" t="s">
-        <v>53</v>
+        <v>5505</v>
       </c>
       <c r="C19">
-        <v>7</v>
+        <v>1</v>
       </c>
       <c r="D19" s="4">
-        <v>9781975209100</v>
+        <v>9781975115869</v>
       </c>
       <c r="E19">
-        <v>2025</v>
-[...6 lines deleted...]
-      </c>
+        <v>2026</v>
+      </c>
+      <c r="F19" t="s">
+        <v>5503</v>
+      </c>
+      <c r="G19" s="2"/>
     </row>
     <row r="20" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A20" t="s">
-        <v>5504</v>
+        <v>25</v>
       </c>
       <c r="B20" t="s">
-        <v>5505</v>
+        <v>26</v>
       </c>
       <c r="C20">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="D20" s="4">
-        <v>9781975115869</v>
+        <v>9781496383471</v>
       </c>
       <c r="E20">
-        <v>2026</v>
-[...4 lines deleted...]
-      <c r="G20" s="2"/>
+        <v>2020</v>
+      </c>
+      <c r="F20" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="G20" s="2">
+        <v>43657</v>
+      </c>
     </row>
     <row r="21" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A21" t="s">
-        <v>25</v>
+        <v>5510</v>
       </c>
       <c r="B21" t="s">
-        <v>26</v>
+        <v>5511</v>
       </c>
       <c r="C21">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="D21" s="4">
-        <v>9781496383471</v>
+        <v>9781975238360</v>
       </c>
       <c r="E21">
-        <v>2020</v>
-[...2 lines deleted...]
-        <v>27</v>
+        <v>2026</v>
+      </c>
+      <c r="F21" t="s">
+        <v>5512</v>
       </c>
       <c r="G21" s="2">
-        <v>43657</v>
+        <v>45938</v>
       </c>
     </row>
     <row r="22" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A22" t="s">
-        <v>5511</v>
+        <v>4983</v>
       </c>
       <c r="B22" t="s">
-        <v>5512</v>
+        <v>5303</v>
       </c>
       <c r="C22">
         <v>5</v>
       </c>
       <c r="D22" s="4">
-        <v>9781975238360</v>
+        <v>9781975213497</v>
       </c>
       <c r="E22">
-        <v>2026</v>
-[...2 lines deleted...]
-        <v>5513</v>
+        <v>2025</v>
+      </c>
+      <c r="F22" s="5" t="s">
+        <v>5302</v>
       </c>
       <c r="G22" s="2">
-        <v>45938</v>
+        <v>45616</v>
       </c>
     </row>
     <row r="23" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A23" t="s">
-        <v>4983</v>
+        <v>55</v>
       </c>
       <c r="B23" t="s">
-        <v>5303</v>
+        <v>56</v>
       </c>
       <c r="C23">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="D23" s="4">
-        <v>9781975213497</v>
+        <v>9781451193046</v>
       </c>
       <c r="E23">
-        <v>2025</v>
+        <v>2015</v>
       </c>
       <c r="F23" s="5" t="s">
-        <v>5302</v>
+        <v>57</v>
       </c>
       <c r="G23" s="2">
-        <v>45616</v>
+        <v>43922</v>
       </c>
     </row>
     <row r="24" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A24" t="s">
-        <v>55</v>
+        <v>58</v>
       </c>
       <c r="B24" t="s">
-        <v>56</v>
+        <v>5394</v>
       </c>
       <c r="C24">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="D24" s="4">
-        <v>9781451193046</v>
+        <v>9781975126896</v>
       </c>
       <c r="E24">
-        <v>2015</v>
+        <v>2022</v>
       </c>
       <c r="F24" s="5" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
       <c r="G24" s="2">
-        <v>43922</v>
+        <v>44301</v>
       </c>
     </row>
     <row r="25" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A25" t="s">
-        <v>58</v>
+        <v>61</v>
       </c>
       <c r="B25" t="s">
-        <v>5394</v>
+        <v>62</v>
       </c>
       <c r="C25">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="D25" s="4">
-        <v>9781975126896</v>
+        <v>9781451173338</v>
       </c>
       <c r="E25">
-        <v>2022</v>
+        <v>2015</v>
       </c>
       <c r="F25" s="5" t="s">
-        <v>60</v>
+        <v>63</v>
       </c>
       <c r="G25" s="2">
-        <v>44301</v>
+        <v>42054</v>
       </c>
     </row>
     <row r="26" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A26" t="s">
-        <v>61</v>
+        <v>5506</v>
       </c>
       <c r="B26" t="s">
-        <v>62</v>
+        <v>5507</v>
       </c>
       <c r="C26">
         <v>2</v>
       </c>
       <c r="D26" s="4">
-        <v>9781451173338</v>
+        <v>9781975197766</v>
       </c>
       <c r="E26">
-        <v>2015</v>
-[...6 lines deleted...]
-      </c>
+        <v>2026</v>
+      </c>
+      <c r="F26" t="s">
+        <v>5503</v>
+      </c>
+      <c r="G26" s="2"/>
     </row>
     <row r="27" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A27" t="s">
-        <v>5506</v>
+        <v>5263</v>
       </c>
       <c r="B27" t="s">
-        <v>5507</v>
+        <v>5396</v>
       </c>
       <c r="C27">
-        <v>2</v>
+        <v>10</v>
       </c>
       <c r="D27" s="4">
-        <v>9781975197766</v>
+        <v>9781975214234</v>
       </c>
       <c r="E27">
         <v>2026</v>
       </c>
-      <c r="F27" t="s">
-[...20 lines deleted...]
-      <c r="F28" s="5" t="s">
+      <c r="F27" s="5" t="s">
         <v>5395</v>
       </c>
-      <c r="G28" s="2">
+      <c r="G27" s="2">
         <v>45896</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0A00-000000000000}">
   <dimension ref="A1:D27"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>64</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
@@ -21624,645 +21598,645 @@
   <dimension ref="A1:D55"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="9" t="s">
         <v>64</v>
       </c>
       <c r="B1" s="9" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="9" t="s">
         <v>65</v>
       </c>
       <c r="D1" s="9" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A2" s="10" t="s">
+        <v>5567</v>
+      </c>
+      <c r="B2" s="10" t="s">
         <v>5568</v>
-      </c>
-[...1 lines deleted...]
-        <v>5569</v>
       </c>
       <c r="C2" s="10"/>
       <c r="D2" s="10" t="s">
-        <v>5570</v>
+        <v>5569</v>
       </c>
     </row>
     <row r="3" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A3" s="10" t="s">
-        <v>5571</v>
+        <v>5570</v>
       </c>
       <c r="B3" s="10" t="s">
         <v>1650</v>
       </c>
       <c r="C3" s="10"/>
       <c r="D3" s="10" t="s">
-        <v>5572</v>
+        <v>5571</v>
       </c>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A4" s="10" t="s">
         <v>3891</v>
       </c>
       <c r="B4" s="10" t="s">
-        <v>5573</v>
+        <v>5572</v>
       </c>
       <c r="C4" s="10"/>
       <c r="D4" s="10" t="s">
-        <v>5574</v>
+        <v>5573</v>
       </c>
     </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A5" s="10" t="s">
-        <v>5575</v>
+        <v>5574</v>
       </c>
       <c r="B5" s="10" t="s">
-        <v>5573</v>
+        <v>5572</v>
       </c>
       <c r="C5" s="10"/>
       <c r="D5" s="10" t="s">
-        <v>5576</v>
+        <v>5575</v>
       </c>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A6" s="10" t="s">
         <v>3892</v>
       </c>
       <c r="B6" s="10" t="s">
-        <v>5577</v>
+        <v>5576</v>
       </c>
       <c r="C6" s="10"/>
       <c r="D6" s="10" t="s">
-        <v>5578</v>
+        <v>5577</v>
       </c>
     </row>
     <row r="7" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A7" s="10" t="s">
+        <v>5578</v>
+      </c>
+      <c r="B7" s="10" t="s">
         <v>5579</v>
-      </c>
-[...1 lines deleted...]
-        <v>5580</v>
       </c>
       <c r="C7" s="10"/>
       <c r="D7" s="10" t="s">
-        <v>5581</v>
+        <v>5580</v>
       </c>
     </row>
     <row r="8" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A8" s="10"/>
       <c r="B8" s="10" t="s">
-        <v>5582</v>
+        <v>5581</v>
       </c>
       <c r="C8" s="10"/>
       <c r="D8" s="10" t="s">
-        <v>5583</v>
+        <v>5582</v>
       </c>
     </row>
     <row r="9" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A9" s="10"/>
       <c r="B9" s="10" t="s">
-        <v>5582</v>
+        <v>5581</v>
       </c>
       <c r="C9" s="10"/>
       <c r="D9" s="10" t="s">
-        <v>5584</v>
+        <v>5583</v>
       </c>
     </row>
     <row r="10" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A10" s="10"/>
       <c r="B10" s="10" t="s">
-        <v>5585</v>
+        <v>5584</v>
       </c>
       <c r="C10" s="10"/>
       <c r="D10" s="10" t="s">
-        <v>5586</v>
+        <v>5585</v>
       </c>
     </row>
     <row r="11" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A11" s="10"/>
       <c r="B11" s="10" t="s">
         <v>3899</v>
       </c>
       <c r="C11" s="10" t="s">
         <v>82</v>
       </c>
       <c r="D11" s="10" t="s">
-        <v>5587</v>
+        <v>5586</v>
       </c>
     </row>
     <row r="12" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A12" s="10"/>
       <c r="B12" s="10" t="s">
-        <v>5588</v>
+        <v>5587</v>
       </c>
       <c r="C12" s="10" t="s">
         <v>85</v>
       </c>
       <c r="D12" s="10" t="s">
-        <v>5589</v>
+        <v>5588</v>
       </c>
     </row>
     <row r="13" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A13" s="10"/>
       <c r="B13" s="10" t="s">
-        <v>5590</v>
+        <v>5589</v>
       </c>
       <c r="C13" s="10" t="s">
         <v>88</v>
       </c>
       <c r="D13" s="10" t="s">
-        <v>5591</v>
+        <v>5590</v>
       </c>
     </row>
     <row r="14" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A14" s="10"/>
       <c r="B14" s="10" t="s">
         <v>3905</v>
       </c>
       <c r="C14" s="10" t="s">
         <v>91</v>
       </c>
       <c r="D14" s="10" t="s">
-        <v>5592</v>
+        <v>5591</v>
       </c>
     </row>
     <row r="15" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A15" s="10"/>
       <c r="B15" s="10" t="s">
         <v>3907</v>
       </c>
       <c r="C15" s="10" t="s">
         <v>94</v>
       </c>
       <c r="D15" s="10" t="s">
-        <v>5593</v>
+        <v>5592</v>
       </c>
     </row>
     <row r="16" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A16" s="10"/>
       <c r="B16" s="10" t="s">
         <v>3909</v>
       </c>
       <c r="C16" s="10" t="s">
         <v>97</v>
       </c>
       <c r="D16" s="10" t="s">
-        <v>5594</v>
+        <v>5593</v>
       </c>
     </row>
     <row r="17" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B17" s="10" t="s">
         <v>3911</v>
       </c>
       <c r="C17" s="10" t="s">
         <v>100</v>
       </c>
       <c r="D17" s="10" t="s">
-        <v>5595</v>
+        <v>5594</v>
       </c>
     </row>
     <row r="18" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B18" s="10" t="s">
         <v>3913</v>
       </c>
       <c r="C18" s="10" t="s">
         <v>103</v>
       </c>
       <c r="D18" s="10" t="s">
-        <v>5596</v>
+        <v>5595</v>
       </c>
     </row>
     <row r="19" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B19" s="10" t="s">
-        <v>5597</v>
+        <v>5596</v>
       </c>
       <c r="C19" s="10"/>
       <c r="D19" s="10" t="s">
-        <v>5598</v>
+        <v>5597</v>
       </c>
     </row>
     <row r="20" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B20" s="10" t="s">
         <v>3917</v>
       </c>
       <c r="C20" s="10" t="s">
         <v>106</v>
       </c>
       <c r="D20" s="10" t="s">
-        <v>5599</v>
+        <v>5598</v>
       </c>
     </row>
     <row r="21" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B21" s="10" t="s">
         <v>1663</v>
       </c>
       <c r="C21" s="10" t="s">
         <v>109</v>
       </c>
       <c r="D21" s="10" t="s">
-        <v>5600</v>
+        <v>5599</v>
       </c>
     </row>
     <row r="22" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B22" s="10" t="s">
         <v>3920</v>
       </c>
       <c r="C22" s="10" t="s">
         <v>112</v>
       </c>
       <c r="D22" s="10" t="s">
-        <v>5601</v>
+        <v>5600</v>
       </c>
     </row>
     <row r="23" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B23" s="10" t="s">
         <v>3922</v>
       </c>
       <c r="C23" s="10" t="s">
         <v>115</v>
       </c>
       <c r="D23" s="10" t="s">
-        <v>5602</v>
+        <v>5601</v>
       </c>
     </row>
     <row r="24" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B24" s="10" t="s">
         <v>3924</v>
       </c>
       <c r="C24" s="10" t="s">
         <v>118</v>
       </c>
       <c r="D24" s="10" t="s">
-        <v>5603</v>
+        <v>5602</v>
       </c>
     </row>
     <row r="25" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B25" s="10" t="s">
         <v>3926</v>
       </c>
       <c r="C25" s="10" t="s">
         <v>121</v>
       </c>
       <c r="D25" s="10" t="s">
-        <v>5604</v>
+        <v>5603</v>
       </c>
     </row>
     <row r="26" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B26" s="10" t="s">
         <v>3928</v>
       </c>
       <c r="C26" s="10" t="s">
         <v>124</v>
       </c>
       <c r="D26" s="10" t="s">
-        <v>5605</v>
+        <v>5604</v>
       </c>
     </row>
     <row r="27" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B27" s="10" t="s">
         <v>3930</v>
       </c>
       <c r="C27" s="10" t="s">
         <v>127</v>
       </c>
       <c r="D27" s="10" t="s">
-        <v>5606</v>
+        <v>5605</v>
       </c>
     </row>
     <row r="28" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B28" s="10" t="s">
         <v>3932</v>
       </c>
       <c r="C28" s="10" t="s">
         <v>130</v>
       </c>
       <c r="D28" s="10" t="s">
-        <v>5607</v>
+        <v>5606</v>
       </c>
     </row>
     <row r="29" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B29" s="10" t="s">
-        <v>5608</v>
+        <v>5607</v>
       </c>
       <c r="C29" s="10" t="s">
         <v>133</v>
       </c>
       <c r="D29" s="10" t="s">
-        <v>5609</v>
+        <v>5608</v>
       </c>
     </row>
     <row r="30" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B30" s="10" t="s">
         <v>3498</v>
       </c>
       <c r="C30" s="10" t="s">
         <v>136</v>
       </c>
       <c r="D30" s="10" t="s">
-        <v>5610</v>
+        <v>5609</v>
       </c>
     </row>
     <row r="31" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B31" s="10" t="s">
         <v>3937</v>
       </c>
       <c r="C31" s="10" t="s">
         <v>139</v>
       </c>
       <c r="D31" s="10" t="s">
-        <v>5611</v>
+        <v>5610</v>
       </c>
     </row>
     <row r="32" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B32" s="10" t="s">
         <v>1895</v>
       </c>
       <c r="C32" s="10" t="s">
         <v>142</v>
       </c>
       <c r="D32" s="10" t="s">
-        <v>5612</v>
+        <v>5611</v>
       </c>
     </row>
     <row r="33" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B33" s="10" t="s">
         <v>3564</v>
       </c>
       <c r="C33" s="10" t="s">
         <v>145</v>
       </c>
       <c r="D33" s="10" t="s">
-        <v>5613</v>
+        <v>5612</v>
       </c>
     </row>
     <row r="34" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B34" s="10" t="s">
         <v>3534</v>
       </c>
       <c r="C34" s="10" t="s">
         <v>148</v>
       </c>
       <c r="D34" s="10" t="s">
-        <v>5614</v>
+        <v>5613</v>
       </c>
     </row>
     <row r="35" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B35" s="10" t="s">
         <v>3942</v>
       </c>
       <c r="C35" s="10" t="s">
         <v>151</v>
       </c>
       <c r="D35" s="10" t="s">
-        <v>5615</v>
+        <v>5614</v>
       </c>
     </row>
     <row r="36" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B36" s="10" t="s">
         <v>3944</v>
       </c>
       <c r="C36" s="10" t="s">
         <v>154</v>
       </c>
       <c r="D36" s="10" t="s">
-        <v>5616</v>
+        <v>5615</v>
       </c>
     </row>
     <row r="37" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B37" s="10" t="s">
         <v>3946</v>
       </c>
       <c r="C37" s="10" t="s">
         <v>157</v>
       </c>
       <c r="D37" s="10" t="s">
-        <v>5617</v>
+        <v>5616</v>
       </c>
     </row>
     <row r="38" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B38" s="10" t="s">
         <v>3536</v>
       </c>
       <c r="C38" s="10" t="s">
         <v>160</v>
       </c>
       <c r="D38" s="10" t="s">
-        <v>5618</v>
+        <v>5617</v>
       </c>
     </row>
     <row r="39" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B39" s="10" t="s">
         <v>3949</v>
       </c>
       <c r="C39" s="10" t="s">
         <v>163</v>
       </c>
       <c r="D39" s="10" t="s">
-        <v>5619</v>
+        <v>5618</v>
       </c>
     </row>
     <row r="40" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B40" s="10" t="s">
         <v>3538</v>
       </c>
       <c r="C40" s="10" t="s">
         <v>166</v>
       </c>
       <c r="D40" s="10" t="s">
-        <v>5620</v>
+        <v>5619</v>
       </c>
     </row>
     <row r="41" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B41" s="10" t="s">
         <v>3952</v>
       </c>
       <c r="C41" s="10" t="s">
         <v>169</v>
       </c>
       <c r="D41" s="10" t="s">
-        <v>5621</v>
+        <v>5620</v>
       </c>
     </row>
     <row r="42" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B42" s="10" t="s">
         <v>3954</v>
       </c>
       <c r="C42" s="10" t="s">
         <v>172</v>
       </c>
       <c r="D42" s="10" t="s">
-        <v>5622</v>
+        <v>5621</v>
       </c>
     </row>
     <row r="43" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B43" s="10" t="s">
         <v>3956</v>
       </c>
       <c r="C43" s="10" t="s">
         <v>1632</v>
       </c>
       <c r="D43" s="10" t="s">
-        <v>5623</v>
+        <v>5622</v>
       </c>
     </row>
     <row r="44" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B44" s="10" t="s">
         <v>3958</v>
       </c>
       <c r="C44" s="10" t="s">
         <v>175</v>
       </c>
       <c r="D44" s="10" t="s">
-        <v>5624</v>
+        <v>5623</v>
       </c>
     </row>
     <row r="45" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B45" s="10" t="s">
         <v>3960</v>
       </c>
       <c r="C45" s="10" t="s">
         <v>178</v>
       </c>
       <c r="D45" s="10" t="s">
-        <v>5625</v>
+        <v>5624</v>
       </c>
     </row>
     <row r="46" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B46" s="10" t="s">
         <v>3568</v>
       </c>
       <c r="C46" s="10" t="s">
         <v>181</v>
       </c>
       <c r="D46" s="10" t="s">
-        <v>5626</v>
+        <v>5625</v>
       </c>
     </row>
     <row r="47" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B47" s="10" t="s">
         <v>3963</v>
       </c>
       <c r="C47" s="10" t="s">
         <v>184</v>
       </c>
       <c r="D47" s="10" t="s">
-        <v>5627</v>
+        <v>5626</v>
       </c>
     </row>
     <row r="48" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B48" s="10" t="s">
-        <v>5628</v>
+        <v>5627</v>
       </c>
       <c r="C48" s="10"/>
       <c r="D48" s="10" t="s">
-        <v>5629</v>
+        <v>5628</v>
       </c>
     </row>
     <row r="49" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B49" s="10" t="s">
-        <v>5630</v>
+        <v>5629</v>
       </c>
       <c r="C49" s="10" t="s">
         <v>187</v>
       </c>
       <c r="D49" s="10" t="s">
-        <v>5631</v>
+        <v>5630</v>
       </c>
     </row>
     <row r="50" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B50" s="10" t="s">
         <v>3969</v>
       </c>
       <c r="C50" s="10" t="s">
         <v>190</v>
       </c>
       <c r="D50" s="10" t="s">
-        <v>5632</v>
+        <v>5631</v>
       </c>
     </row>
     <row r="51" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B51" s="10" t="s">
         <v>3971</v>
       </c>
       <c r="C51" s="10" t="s">
         <v>193</v>
       </c>
       <c r="D51" s="10" t="s">
-        <v>5633</v>
+        <v>5632</v>
       </c>
     </row>
     <row r="52" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B52" s="10" t="s">
         <v>3973</v>
       </c>
       <c r="C52" s="10" t="s">
         <v>196</v>
       </c>
       <c r="D52" s="10" t="s">
-        <v>5634</v>
+        <v>5633</v>
       </c>
     </row>
     <row r="53" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B53" s="10" t="s">
         <v>3975</v>
       </c>
       <c r="C53" s="10" t="s">
         <v>3976</v>
       </c>
       <c r="D53" s="10" t="s">
-        <v>5635</v>
+        <v>5634</v>
       </c>
     </row>
     <row r="54" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B54" s="10" t="s">
         <v>3978</v>
       </c>
       <c r="C54" s="10" t="s">
         <v>3979</v>
       </c>
       <c r="D54" s="10" t="s">
-        <v>5636</v>
+        <v>5635</v>
       </c>
     </row>
     <row r="55" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B55" s="10" t="s">
         <v>3981</v>
       </c>
       <c r="C55" s="10" t="s">
         <v>3982</v>
       </c>
       <c r="D55" s="10" t="s">
-        <v>5637</v>
+        <v>5636</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet16.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0F00-000000000000}">
   <dimension ref="A1:D195"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>64</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
@@ -25300,454 +25274,454 @@
 
 <file path=xl/worksheets/sheet19.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{D613703B-F50C-413E-A9E3-D765A298E18E}">
   <dimension ref="A1:D40"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="8" t="s">
         <v>64</v>
       </c>
       <c r="B1" s="8" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="8" t="s">
         <v>65</v>
       </c>
       <c r="D1" s="8" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
+        <v>5510</v>
+      </c>
+      <c r="B2" t="s">
         <v>5511</v>
       </c>
-      <c r="B2" t="s">
+      <c r="D2" t="s">
         <v>5512</v>
-      </c>
-[...1 lines deleted...]
-        <v>5513</v>
       </c>
     </row>
     <row r="3" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
         <v>2015</v>
       </c>
       <c r="B3" t="s">
         <v>1650</v>
       </c>
       <c r="D3" t="s">
-        <v>5514</v>
+        <v>5513</v>
       </c>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A4" t="s">
-        <v>5515</v>
+        <v>5514</v>
       </c>
       <c r="B4" t="s">
         <v>4548</v>
       </c>
       <c r="D4" t="s">
-        <v>5516</v>
+        <v>5515</v>
       </c>
     </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A5" t="s">
-        <v>5517</v>
+        <v>5516</v>
       </c>
       <c r="B5" t="s">
         <v>69</v>
       </c>
       <c r="D5" t="s">
-        <v>5518</v>
+        <v>5517</v>
       </c>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B6" t="s">
         <v>4552</v>
       </c>
       <c r="D6" t="s">
-        <v>5519</v>
+        <v>5518</v>
       </c>
     </row>
     <row r="7" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B7" t="s">
         <v>4550</v>
       </c>
       <c r="D7" t="s">
-        <v>5520</v>
+        <v>5519</v>
       </c>
     </row>
     <row r="8" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B8" t="s">
+        <v>5520</v>
+      </c>
+      <c r="D8" t="s">
         <v>5521</v>
-      </c>
-[...1 lines deleted...]
-        <v>5522</v>
       </c>
     </row>
     <row r="9" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B9" t="s">
         <v>2022</v>
       </c>
       <c r="C9" t="s">
         <v>82</v>
       </c>
       <c r="D9" t="s">
-        <v>5523</v>
+        <v>5522</v>
       </c>
     </row>
     <row r="10" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B10" t="s">
         <v>2024</v>
       </c>
       <c r="C10" t="s">
         <v>85</v>
       </c>
       <c r="D10" t="s">
-        <v>5524</v>
+        <v>5523</v>
       </c>
     </row>
     <row r="11" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B11" t="s">
         <v>2026</v>
       </c>
       <c r="C11" t="s">
         <v>88</v>
       </c>
       <c r="D11" t="s">
-        <v>5525</v>
+        <v>5524</v>
       </c>
     </row>
     <row r="12" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B12" t="s">
         <v>2028</v>
       </c>
       <c r="C12" t="s">
         <v>91</v>
       </c>
       <c r="D12" t="s">
-        <v>5526</v>
+        <v>5525</v>
       </c>
     </row>
     <row r="13" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B13" t="s">
+        <v>5526</v>
+      </c>
+      <c r="D13" t="s">
         <v>5527</v>
-      </c>
-[...1 lines deleted...]
-        <v>5528</v>
       </c>
     </row>
     <row r="14" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B14" t="s">
         <v>2032</v>
       </c>
       <c r="C14" t="s">
         <v>94</v>
       </c>
       <c r="D14" t="s">
-        <v>5529</v>
+        <v>5528</v>
       </c>
     </row>
     <row r="15" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B15" t="s">
         <v>2034</v>
       </c>
       <c r="C15" t="s">
         <v>97</v>
       </c>
       <c r="D15" t="s">
-        <v>5530</v>
+        <v>5529</v>
       </c>
     </row>
     <row r="16" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B16" t="s">
         <v>2036</v>
       </c>
       <c r="C16" t="s">
         <v>100</v>
       </c>
       <c r="D16" t="s">
-        <v>5531</v>
+        <v>5530</v>
       </c>
     </row>
     <row r="17" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B17" t="s">
+        <v>5531</v>
+      </c>
+      <c r="D17" t="s">
         <v>5532</v>
-      </c>
-[...1 lines deleted...]
-        <v>5533</v>
       </c>
     </row>
     <row r="18" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B18" t="s">
         <v>261</v>
       </c>
       <c r="C18" t="s">
         <v>103</v>
       </c>
       <c r="D18" t="s">
-        <v>5534</v>
+        <v>5533</v>
       </c>
     </row>
     <row r="19" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B19" t="s">
         <v>2041</v>
       </c>
       <c r="C19" t="s">
         <v>106</v>
       </c>
       <c r="D19" t="s">
-        <v>5535</v>
+        <v>5534</v>
       </c>
     </row>
     <row r="20" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B20" t="s">
         <v>2043</v>
       </c>
       <c r="C20" t="s">
         <v>109</v>
       </c>
       <c r="D20" t="s">
-        <v>5536</v>
+        <v>5535</v>
       </c>
     </row>
     <row r="21" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B21" t="s">
         <v>111</v>
       </c>
       <c r="C21" t="s">
         <v>112</v>
       </c>
       <c r="D21" t="s">
-        <v>5537</v>
+        <v>5536</v>
       </c>
     </row>
     <row r="22" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B22" t="s">
         <v>114</v>
       </c>
       <c r="C22" t="s">
         <v>115</v>
       </c>
       <c r="D22" t="s">
-        <v>5538</v>
+        <v>5537</v>
       </c>
     </row>
     <row r="23" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B23" t="s">
         <v>2047</v>
       </c>
       <c r="C23" t="s">
         <v>118</v>
       </c>
       <c r="D23" t="s">
-        <v>5539</v>
+        <v>5538</v>
       </c>
     </row>
     <row r="24" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B24" t="s">
         <v>2049</v>
       </c>
       <c r="C24" t="s">
         <v>121</v>
       </c>
       <c r="D24" t="s">
-        <v>5540</v>
+        <v>5539</v>
       </c>
     </row>
     <row r="25" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B25" t="s">
+        <v>5540</v>
+      </c>
+      <c r="D25" t="s">
         <v>5541</v>
-      </c>
-[...1 lines deleted...]
-        <v>5542</v>
       </c>
     </row>
     <row r="26" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B26" t="s">
-        <v>5543</v>
+        <v>5542</v>
       </c>
       <c r="C26" t="s">
         <v>124</v>
       </c>
       <c r="D26" t="s">
-        <v>5544</v>
+        <v>5543</v>
       </c>
     </row>
     <row r="27" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B27" t="s">
-        <v>5545</v>
+        <v>5544</v>
       </c>
       <c r="C27" t="s">
         <v>127</v>
       </c>
       <c r="D27" t="s">
-        <v>5546</v>
+        <v>5545</v>
       </c>
     </row>
     <row r="28" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B28" t="s">
         <v>2057</v>
       </c>
       <c r="C28" t="s">
         <v>130</v>
       </c>
       <c r="D28" t="s">
-        <v>5547</v>
+        <v>5546</v>
       </c>
     </row>
     <row r="29" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B29" t="s">
         <v>2059</v>
       </c>
       <c r="C29" t="s">
         <v>133</v>
       </c>
       <c r="D29" t="s">
-        <v>5548</v>
+        <v>5547</v>
       </c>
     </row>
     <row r="30" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B30" t="s">
         <v>2061</v>
       </c>
       <c r="C30" t="s">
         <v>136</v>
       </c>
       <c r="D30" t="s">
-        <v>5549</v>
+        <v>5548</v>
       </c>
     </row>
     <row r="31" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B31" t="s">
         <v>2063</v>
       </c>
       <c r="C31" t="s">
         <v>139</v>
       </c>
       <c r="D31" t="s">
-        <v>5550</v>
+        <v>5549</v>
       </c>
     </row>
     <row r="32" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B32" t="s">
-        <v>5551</v>
+        <v>5550</v>
       </c>
       <c r="C32" t="s">
         <v>142</v>
       </c>
       <c r="D32" t="s">
-        <v>5552</v>
+        <v>5551</v>
       </c>
     </row>
     <row r="33" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B33" t="s">
         <v>2069</v>
       </c>
       <c r="C33" t="s">
         <v>145</v>
       </c>
       <c r="D33" t="s">
-        <v>5553</v>
+        <v>5552</v>
       </c>
     </row>
     <row r="34" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B34" t="s">
         <v>2071</v>
       </c>
       <c r="C34" t="s">
         <v>148</v>
       </c>
       <c r="D34" t="s">
-        <v>5554</v>
+        <v>5553</v>
       </c>
     </row>
     <row r="35" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B35" t="s">
+        <v>5554</v>
+      </c>
+      <c r="D35" t="s">
         <v>5555</v>
-      </c>
-[...1 lines deleted...]
-        <v>5556</v>
       </c>
     </row>
     <row r="36" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B36" t="s">
+        <v>5556</v>
+      </c>
+      <c r="C36" t="s">
         <v>5557</v>
       </c>
-      <c r="C36" t="s">
+      <c r="D36" t="s">
         <v>5558</v>
-      </c>
-[...1 lines deleted...]
-        <v>5559</v>
       </c>
     </row>
     <row r="37" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B37" t="s">
         <v>2078</v>
       </c>
       <c r="C37" t="s">
+        <v>5559</v>
+      </c>
+      <c r="D37" t="s">
         <v>5560</v>
-      </c>
-[...1 lines deleted...]
-        <v>5561</v>
       </c>
     </row>
     <row r="38" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B38" t="s">
         <v>2081</v>
       </c>
       <c r="C38" t="s">
+        <v>5561</v>
+      </c>
+      <c r="D38" t="s">
         <v>5562</v>
-      </c>
-[...1 lines deleted...]
-        <v>5563</v>
       </c>
     </row>
     <row r="39" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B39" t="s">
         <v>2084</v>
       </c>
       <c r="C39" t="s">
+        <v>5563</v>
+      </c>
+      <c r="D39" t="s">
         <v>5564</v>
-      </c>
-[...1 lines deleted...]
-        <v>5565</v>
       </c>
     </row>
     <row r="40" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B40" t="s">
         <v>2087</v>
       </c>
       <c r="C40" t="s">
+        <v>5565</v>
+      </c>
+      <c r="D40" t="s">
         <v>5566</v>
-      </c>
-[...1 lines deleted...]
-        <v>5567</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="A1:D533"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>64</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>