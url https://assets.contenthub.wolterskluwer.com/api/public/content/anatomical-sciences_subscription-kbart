--- v0 (2025-10-06)
+++ v1 (2026-03-21)
@@ -1,92 +1,92 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raced200acf894c11" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4b942dfa74b54e6e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="sheet 1" sheetId="1" r:id="Rb3389f2685ca4543"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="sheet 1" sheetId="1" r:id="Red4b97cbbcd14255"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fonts>
     <x:font>
       <x:color rgb="000000"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:color rgb="000000"/>
     </x:font>
     <x:font>
       <x:color rgb="0645AD"/>
     </x:font>
   </x:fonts>
   <x:fills>
     <x:fill>
       <x:patternFill patternType="none"/>
     </x:fill>
     <x:fill>
       <x:patternFill patternType="gray125"/>
     </x:fill>
   </x:fills>
   <x:borders>
     <x:border>
       <x:left/>
       <x:right/>
       <x:top/>
       <x:bottom/>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs>
     <x:xf fontId="0" fillId="0" borderId="0" applyFont="1">
       <x:alignment horizontal="left" vertical="center"/>
     </x:xf>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1">
       <x:alignment horizontal="left" vertical="center"/>
     </x:xf>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1">
       <x:alignment horizontal="left" vertical="center"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1e4947421fe14a6a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rb3389f2685ca4543" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6d17b567598d4202" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Red4b97cbbcd14255" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row>
       <x:c s="1" t="str">
         <x:v>publication_title</x:v>
       </x:c>
       <x:c s="1" t="str">
         <x:v>print_identifier</x:v>
       </x:c>
       <x:c s="1" t="str">
         <x:v>online_identifier</x:v>
       </x:c>
       <x:c s="1" t="str">
         <x:v>date_first_issue_online</x:v>
       </x:c>
       <x:c s="1" t="str">
         <x:v>num_first_vol_online</x:v>
       </x:c>
       <x:c s="1" t="str">
         <x:v>num_first_issue_online</x:v>
       </x:c>
       <x:c s="1" t="str">
@@ -107,51 +107,51 @@
       <x:c s="1" t="str">
         <x:v>title_id</x:v>
       </x:c>
       <x:c s="1" t="str">
         <x:v>embargo_info</x:v>
       </x:c>
       <x:c s="1" t="str">
         <x:v>coverage_depth</x:v>
       </x:c>
       <x:c s="1" t="str">
         <x:v>notes</x:v>
       </x:c>
       <x:c s="1" t="str">
         <x:v>publisher_name</x:v>
       </x:c>
       <x:c s="1" t="str">
         <x:v>publication_type</x:v>
       </x:c>
       <x:c s="1" t="str">
         <x:v>date_monograph_published_print</x:v>
       </x:c>
       <x:c s="1" t="str">
         <x:v>date_monograph_published_online</x:v>
       </x:c>
       <x:c s="1" t="str">
-        <x:v>mongraph_volume</x:v>
+        <x:v>monograph_volume</x:v>
       </x:c>
       <x:c s="1" t="str">
         <x:v>monograph_edition</x:v>
       </x:c>
       <x:c s="1" t="str">
         <x:v>first_editor</x:v>
       </x:c>
       <x:c s="1" t="str">
         <x:v>parent_publication_title_id</x:v>
       </x:c>
       <x:c s="1" t="str">
         <x:v>preceding_publication_title_id</x:v>
       </x:c>
       <x:c s="1" t="str">
         <x:v>access_type</x:v>
       </x:c>
       <x:c s="1" t="str">
         <x:v>DOI</x:v>
       </x:c>
       <x:c s="1" t="str">
         <x:v>Product</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="str">
@@ -165,52 +165,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://anatomicalsciences.lwwhealthlibrary.com/book.aspx?bookid=2992</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Eroschenko</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>2992</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-496316-76-9</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2017-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -248,52 +248,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://anatomicalsciences.lwwhealthlibrary.com/book.aspx?bookid=2993</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Dugani</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>2993</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-451193-67-1</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2017-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -331,52 +331,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://anatomicalsciences.lwwhealthlibrary.com/book.aspx?bookid=739</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Moore</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>739</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-4511-1945-9</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2014-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -414,52 +414,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://anatomicalsciences.lwwhealthlibrary.com/book.aspx?bookid=2212</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Moore</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>2212</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-496347-21-3</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer bu</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2018-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -497,52 +497,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://anatomicalsciences.lwwhealthlibrary.com/book.aspx?bookid=740</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Gartner</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>740</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-45111-343-3</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2014-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -580,52 +580,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://anatomicalsciences.lwwhealthlibrary.com/book.aspx?bookid=2066</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Gartner</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>2066</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-496346-73-5</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer bu</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2015-01-19</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -663,52 +663,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://anatomicalsciences.lwwhealthlibrary.com/book.aspx?bookid=2949</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Loukas</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>2949</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-496383-53-2</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2020-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -746,52 +746,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://anatomicalsciences.lwwhealthlibrary.com/book.aspx?bookid=3377</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Loukas</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>3377</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-975216-88-7</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Wolters Kluwer</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2025-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -829,52 +829,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://anatomicalsciences.lwwhealthlibrary.com/book.aspx?bookid=3216</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Gartner</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>3216</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-975164-25-6</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2023-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -912,52 +912,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://anatomicalsciences.lwwhealthlibrary.com/book.aspx?bookid=760</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Agur</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>760</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-60831-756-1</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2012-12-31</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -995,52 +995,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://anatomicalsciences.lwwhealthlibrary.com/book.aspx?bookid=2827</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Agur</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>2827</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-975138-70-7</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2021-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -1078,52 +1078,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://anatomicalsciences.lwwhealthlibrary.com/book.aspx?bookid=3319</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Agur</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>3319</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-975193-43-0</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2025-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -1161,52 +1161,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://anatomicalsciences.lwwhealthlibrary.com/book.aspx?bookid=761</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Tank</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>761</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-60913-606-2</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2012-12-31</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -1244,52 +1244,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://anatomicalsciences.lwwhealthlibrary.com/book.aspx?bookid=1741</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Detton</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>1741</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-496313-80-5</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2017-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -1327,52 +1327,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://anatomicalsciences.lwwhealthlibrary.com/book.aspx?bookid=2832</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Detton</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>2832</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-975134-60-0</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2021-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -1410,52 +1410,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://anatomicalsciences.lwwhealthlibrary.com/book.aspx?bookid=3318</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Detton</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>3318</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-975193-66-9</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2025-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -1493,52 +1493,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://anatomicalsciences.lwwhealthlibrary.com/book.aspx?bookid=1737</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Agur</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>1737</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-469890-68-5</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2017-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -1576,52 +1576,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://anatomicalsciences.lwwhealthlibrary.com/book.aspx?bookid=3201</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Cui</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>3201</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-975152-44-4</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2023-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -1659,52 +1659,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://anatomicalsciences.lwwhealthlibrary.com/book.aspx?bookid=1316</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Ross</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>1316</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-4511-8742-7</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2016-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -1742,52 +1742,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://anatomicalsciences.lwwhealthlibrary.com/book.aspx?bookid=767</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Ross</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>767</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-0-7817-7200-6</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2010-12-31</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -1825,52 +1825,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://anatomicalsciences.lwwhealthlibrary.com/book.aspx?bookid=2583</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Pawlina</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>2583</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-496383-42-6</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2020-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -1908,52 +1908,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://anatomicalsciences.lwwhealthlibrary.com/book.aspx?bookid=3290</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Pawlina</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>3290</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-975181-51-2</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2024-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -1991,52 +1991,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://anatomicalsciences.lwwhealthlibrary.com/book.aspx?bookid=2487</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Sadler</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>2487</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-496383-90-7</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2019-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -2074,52 +2074,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://anatomicalsciences.lwwhealthlibrary.com/book.aspx?bookid=770</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Sadler</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>770</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-4511-1342-6</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2011-12-31</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -2157,52 +2157,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://anatomicalsciences.lwwhealthlibrary.com/book.aspx?bookid=1362</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Sadler</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>1362</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-4511-9164-6</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2018-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -2240,52 +2240,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://anatomicalsciences.lwwhealthlibrary.com/book.aspx?bookid=3221</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Sadler</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>3221</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-9751-7996-0</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2024-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -2323,52 +2323,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://anatomicalsciences.lwwhealthlibrary.com/book.aspx?bookid=2991</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Gest</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>2991</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-496338-22-8</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2020-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -2406,52 +2406,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://anatomicalsciences.lwwhealthlibrary.com/book.aspx?bookid=3244</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Chandar</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>3244</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-975180-89-8</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2024-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -2489,52 +2489,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://anatomicalsciences.lwwhealthlibrary.com/book.aspx?bookid=3187</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Dalley</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>3187</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-975154-06-6</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2023-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -2572,52 +2572,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://anatomicalsciences.lwwhealthlibrary.com/book.aspx?bookid=2610</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Agur</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>2610</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-496369-65-9</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2019-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -2655,52 +2655,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://anatomicalsciences.lwwhealthlibrary.com/book.aspx?bookid=3243</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Agur</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>3243</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-975174-24-8</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2024-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -2738,52 +2738,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://anatomicalsciences.lwwhealthlibrary.com/book.aspx?bookid=3334</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Haines</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>3334</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-975197-29-2</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Wolters Kluwer</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2025-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -2821,52 +2821,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://anatomicalsciences.lwwhealthlibrary.com/book.aspx?bookid=2473</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Haines</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>2473</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-496384-16-4</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2019-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -2904,52 +2904,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://anatomicalsciences.lwwhealthlibrary.com/book.aspx?bookid=1010</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Haines</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>1010</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-4511-8625-3</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2014-05-03</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -2987,52 +2987,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://anatomicalsciences.lwwhealthlibrary.com/book.aspx?bookid=795</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Haines</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>795</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-60547-653-7</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2011-12-31</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -3070,52 +3070,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://anatomicalsciences.lwwhealthlibrary.com/book.aspx?bookid=3115</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Rohen</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>3115</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-975151-34-8</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2022-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>