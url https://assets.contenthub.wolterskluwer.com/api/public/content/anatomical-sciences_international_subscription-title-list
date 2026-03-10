--- v0 (2025-10-06)
+++ v1 (2026-03-10)
@@ -1,338 +1,283 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet10.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet11.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet12.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet13.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet14.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet15.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet16.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet17.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet18.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet19.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet20.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
+  <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml" /></Relationships>
+<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-[...1 lines deleted...]
-  <workbookPr codeName="ThisWorkbook"/>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29530"/>
+  <workbookPr codeName="ThisWorkbook" defaultThemeVersion="202300"/>
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+    <mc:Choice Requires="x15">
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://wolterskluwer-my.sharepoint.com/personal/leanne_vandetty_wolterskluwer_com/Documents/Health Library/Health Library Repository/Health Library Title Lists/Subscription/"/>
+    </mc:Choice>
+  </mc:AlternateContent>
+  <xr:revisionPtr revIDLastSave="18" documentId="11_E3B20A1CD1D8E53AE31DFC4DF505306768E35F36" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{24822335-2776-46E5-B9A5-3298802B1AA8}"/>
+  <bookViews>
+    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+  </bookViews>
   <sheets>
     <sheet name="Subscription Title List" sheetId="1" r:id="rId1"/>
     <sheet name="Eroschenko, 13 ed. - Atlas of H" sheetId="2" r:id="rId2"/>
     <sheet name="Dugani, 01 ed. - Clinical Anato" sheetId="3" r:id="rId3"/>
     <sheet name="Loukas - Essential Ultrasound A" sheetId="4" r:id="rId4"/>
     <sheet name="Gartner, 08 ed. - Gartner and H" sheetId="5" r:id="rId5"/>
     <sheet name="Agur, 02 ed. - Grant’s Atlas of" sheetId="6" r:id="rId6"/>
     <sheet name="Detton - Grant’s Dissector, 18e" sheetId="7" r:id="rId7"/>
     <sheet name="Cui, 02 ed. - Histology from a" sheetId="8" r:id="rId8"/>
     <sheet name="Pawlina, 09 ed. - Histology A T" sheetId="9" r:id="rId9"/>
     <sheet name="Sadler, 15 ed. - Langman's Medi" sheetId="10" r:id="rId10"/>
     <sheet name="Tank, 01 ed. - Lippincott Willi" sheetId="11" r:id="rId11"/>
     <sheet name="Gest, 02 ed. - Lippincott&lt;sup&gt;®" sheetId="12" r:id="rId12"/>
     <sheet name="Chandar, 03 ed. - Lippincott® I" sheetId="13" r:id="rId13"/>
-    <sheet name="Dalley, 09 ed. - Moore’s Clinic" sheetId="14" r:id="rId14"/>
+    <sheet name="Dalley, 10 ed. - Moore’s Clinic" sheetId="14" r:id="rId14"/>
     <sheet name="Agur, 07 ed. - Moore’s Essentia" sheetId="15" r:id="rId15"/>
     <sheet name="Haines - Neuroanatomy Atlas in" sheetId="16" r:id="rId16"/>
     <sheet name="Rohen, 09 ed. - Photographic At" sheetId="17" r:id="rId17"/>
     <sheet name="Wineski, 11 ed. - Snell’s Clini" sheetId="18" r:id="rId18"/>
     <sheet name="Splittgerber, 09 ed. - Snell’s" sheetId="19" r:id="rId19"/>
     <sheet name="Wineski, 10 ed. - Snell's Clini" sheetId="20" r:id="rId20"/>
   </sheets>
-  <calcPr fullPrecision="1" calcMode="auto" calcId="125725"/>
+  <calcPr calcId="125725"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="847">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1310" uniqueCount="812">
   <si>
     <t>Author</t>
   </si>
   <si>
-    <t/>
-[...1 lines deleted...]
-  <si>
     <t>Title</t>
   </si>
   <si>
     <t>Edition</t>
   </si>
   <si>
     <t>ISBN</t>
   </si>
   <si>
     <t>Year Published</t>
   </si>
   <si>
     <t>Title Level URL</t>
   </si>
   <si>
     <t>Date Added to HL</t>
   </si>
   <si>
     <t>Victor P. Eroschenko, PhD</t>
   </si>
   <si>
     <t>Atlas of Histology with Functional Correlations, 13e</t>
   </si>
   <si>
-    <t>978-1-496316-76-9</t>
-[...1 lines deleted...]
-  <si>
     <t>https://internationalanatomy.lwwhealthlibrary.com/book.aspx?bookid=2992</t>
   </si>
   <si>
     <t>Sagar Dugani, MD, PhD</t>
   </si>
   <si>
     <t>Clinical Anatomy Cases: An Integrated Approach with Physical Examination and Medical Imaging, 1e</t>
   </si>
   <si>
-    <t>978-1-451193-67-1</t>
-[...1 lines deleted...]
-  <si>
     <t>https://internationalanatomy.lwwhealthlibrary.com/book.aspx?bookid=2993</t>
   </si>
   <si>
     <t>Marios Loukas</t>
   </si>
   <si>
     <t>Essential Ultrasound Anatomy, 2e</t>
   </si>
   <si>
-    <t>978-1-975216-88-7</t>
-[...1 lines deleted...]
-  <si>
     <t>https://internationalanatomy.lwwhealthlibrary.com/book.aspx?bookid=3377</t>
   </si>
   <si>
     <t>Leslie P. Gartner, PhD</t>
   </si>
   <si>
     <t>Gartner and Hiatt's Atlas and Text of Histology, 8e</t>
   </si>
   <si>
-    <t>978-1-975164-25-6</t>
-[...1 lines deleted...]
-  <si>
     <t>https://internationalanatomy.lwwhealthlibrary.com/book.aspx?bookid=3216</t>
   </si>
   <si>
     <t>Anne M. R. Agur, BSc (OT), MSc, PhD, FAAA</t>
   </si>
   <si>
     <t>Grant’s Atlas of Anatomy, 16e</t>
   </si>
   <si>
-    <t>978-1-975193-43-0</t>
-[...1 lines deleted...]
-  <si>
     <t>https://internationalanatomy.lwwhealthlibrary.com/book.aspx?bookid=3319</t>
   </si>
   <si>
     <t>Alan J. Detton, PhD</t>
   </si>
   <si>
     <t>Grant’s Dissector, 18e</t>
   </si>
   <si>
-    <t>978-1-975193-66-9</t>
-[...1 lines deleted...]
-  <si>
     <t>https://internationalanatomy.lwwhealthlibrary.com/book.aspx?bookid=3318</t>
   </si>
   <si>
     <t>Dongmei Cui, M.D. (Hon.), Ph.D.</t>
   </si>
   <si>
     <t>Histology from a Clinical Perspective, 2e</t>
   </si>
   <si>
-    <t>978-1-975152-44-4</t>
-[...1 lines deleted...]
-  <si>
     <t>https://internationalanatomy.lwwhealthlibrary.com/book.aspx?bookid=3201</t>
   </si>
   <si>
     <t>Wojciech Pawlina, MD, FAAA</t>
   </si>
   <si>
     <t>Histology: A Text and Atlas: With Correlated Cell and Molecular Biology, 9e</t>
   </si>
   <si>
-    <t>978-1-975181-51-2</t>
-[...1 lines deleted...]
-  <si>
     <t>https://internationalanatomy.lwwhealthlibrary.com/book.aspx?bookid=3290</t>
   </si>
   <si>
     <t>T. W. Sadler, PhD</t>
   </si>
   <si>
     <t>Langman's Medical Embryology, 15e</t>
   </si>
   <si>
-    <t>978-1-9751-7996-0</t>
-[...1 lines deleted...]
-  <si>
     <t>https://internationalanatomy.lwwhealthlibrary.com/book.aspx?bookid=3221</t>
   </si>
   <si>
     <t>Patrick W. Tank, PhD</t>
   </si>
   <si>
     <t>Lippincott Williams &amp;amp; Wilkins Atlas of ANATOMY, 1e</t>
   </si>
   <si>
-    <t>978-0-781788-66-3</t>
-[...1 lines deleted...]
-  <si>
     <t>https://internationalanatomy.lwwhealthlibrary.com/book.aspx?bookid=2982</t>
   </si>
   <si>
     <t>Thomas R. Gest, PhD</t>
   </si>
   <si>
     <t>Lippincott&lt;sup&gt;®&lt;/sup&gt; Atlas of Anatomy, 2e</t>
   </si>
   <si>
-    <t>978-1-496338-22-8</t>
-[...1 lines deleted...]
-  <si>
     <t>https://internationalanatomy.lwwhealthlibrary.com/book.aspx?bookid=2991</t>
   </si>
   <si>
     <t>Nalini Chandar, PhD</t>
   </si>
   <si>
     <t>Lippincott® Illustrated Reviews: Cell and Molecular Biology, 3e</t>
   </si>
   <si>
-    <t>978-1-975180-89-8</t>
-[...1 lines deleted...]
-  <si>
     <t>https://internationalanatomy.lwwhealthlibrary.com/book.aspx?bookid=3244</t>
   </si>
   <si>
     <t>Arthur F. Dalley, II, PhD, FAAA</t>
   </si>
   <si>
-    <t>Moore’s Clinically Oriented Anatomy, 9e</t>
-[...7 lines deleted...]
-  <si>
     <t>Moore’s Essential Clinical Anatomy, 7e</t>
   </si>
   <si>
-    <t>978-1-975174-24-8</t>
-[...1 lines deleted...]
-  <si>
     <t>https://internationalanatomy.lwwhealthlibrary.com/book.aspx?bookid=3243</t>
   </si>
   <si>
     <t>Duane E. Haines, PhD, FAAAS, FAAA</t>
   </si>
   <si>
     <t>Neuroanatomy Atlas in Clinical Context Structures, Sections, Systems, and Syndromes, 11e</t>
   </si>
   <si>
-    <t>978-1-975197-29-2</t>
-[...1 lines deleted...]
-  <si>
     <t>https://internationalanatomy.lwwhealthlibrary.com/book.aspx?bookid=3334</t>
   </si>
   <si>
     <t>Johannes W. Rohen, Prof. Dr. med. Dr. med. h.c.</t>
   </si>
   <si>
     <t>Photographic Atlas of Anatomy, 9e</t>
   </si>
   <si>
-    <t>978-1-975151-34-8</t>
-[...1 lines deleted...]
-  <si>
     <t>https://internationalanatomy.lwwhealthlibrary.com/book.aspx?bookid=3115</t>
   </si>
   <si>
     <t>Lawrence E. Wineski, PhD</t>
   </si>
   <si>
     <t>Snell’s Clinical Anatomy by Regions, 11e</t>
   </si>
   <si>
-    <t>978-1-97-519409-3</t>
-[...1 lines deleted...]
-  <si>
     <t>https://internationalanatomy.lwwhealthlibrary.com/book.aspx?bookid=3317</t>
   </si>
   <si>
     <t>Ryan Splittgerber, PhD</t>
   </si>
   <si>
     <t>Snell’s Clinical Neuroanatomy, 9e</t>
   </si>
   <si>
-    <t>978-1-97-519594-6</t>
-[...1 lines deleted...]
-  <si>
     <t>https://internationalanatomy.lwwhealthlibrary.com/book.aspx?bookid=3316</t>
   </si>
   <si>
     <t>Snell's Clinical Anatomy by Regions, 10e</t>
   </si>
   <si>
-    <t>978-1-496345-64-6</t>
-[...1 lines deleted...]
-  <si>
     <t>https://internationalanatomy.lwwhealthlibrary.com/book.aspx?bookid=2950</t>
   </si>
   <si>
     <t>Authors</t>
   </si>
   <si>
     <t>Chapters</t>
   </si>
   <si>
     <t>URL</t>
   </si>
   <si>
     <t xml:space="preserve">Copyright </t>
   </si>
   <si>
     <t>https://internationalanatomy.lwwhealthlibrary.com/content.aspx?sectionId=249369128&amp;bookId=2992</t>
   </si>
   <si>
     <t>Dedicated</t>
   </si>
   <si>
     <t>https://internationalanatomy.lwwhealthlibrary.com/content.aspx?sectionId=249369132&amp;bookId=2992</t>
   </si>
   <si>
     <t>Preface to the Thirteenth Edition</t>
@@ -1930,194 +1875,68 @@
   <si>
     <t>Abnormal Cell Growth</t>
   </si>
   <si>
     <t>https://internationalanatomy.lwwhealthlibrary.com/content.aspx?sectionId=255704944&amp;bookId=3244</t>
   </si>
   <si>
     <t>Cell Death</t>
   </si>
   <si>
     <t>https://internationalanatomy.lwwhealthlibrary.com/content.aspx?sectionId=255705028&amp;bookId=3244</t>
   </si>
   <si>
     <t>Aging and Senescence</t>
   </si>
   <si>
     <t>https://internationalanatomy.lwwhealthlibrary.com/content.aspx?sectionId=255705121&amp;bookId=3244</t>
   </si>
   <si>
     <t>Key Terms</t>
   </si>
   <si>
     <t>https://internationalanatomy.lwwhealthlibrary.com/content.aspx?sectionId=255705183&amp;bookId=3244</t>
   </si>
   <si>
-    <t>https://internationalanatomy.lwwhealthlibrary.com/content.aspx?sectionId=252429749&amp;bookId=3187</t>
-[...31 lines deleted...]
-  <si>
     <t>Abbreviations</t>
   </si>
   <si>
-    <t>https://internationalanatomy.lwwhealthlibrary.com/content.aspx?sectionId=252429822&amp;bookId=3187</t>
-[...4 lines deleted...]
-  <si>
     <t>List of Clinical Blue Boxes</t>
   </si>
   <si>
-    <t>https://internationalanatomy.lwwhealthlibrary.com/content.aspx?sectionId=252429824&amp;bookId=3187</t>
-[...16 lines deleted...]
-  <si>
     <t>References and Suggested Reading</t>
   </si>
   <si>
-    <t>https://internationalanatomy.lwwhealthlibrary.com/content.aspx?sectionId=252429888&amp;bookId=3187</t>
-[...4 lines deleted...]
-  <si>
     <t>Overview and Basic Concepts</t>
   </si>
   <si>
-    <t>https://internationalanatomy.lwwhealthlibrary.com/content.aspx?sectionId=252429909&amp;bookId=3187</t>
-[...19 lines deleted...]
-  <si>
     <t>Head</t>
   </si>
   <si>
-    <t>https://internationalanatomy.lwwhealthlibrary.com/content.aspx?sectionId=252436017&amp;bookId=3187</t>
-[...1 lines deleted...]
-  <si>
     <t>Neck</t>
   </si>
   <si>
-    <t>https://internationalanatomy.lwwhealthlibrary.com/content.aspx?sectionId=252437149&amp;bookId=3187</t>
-[...37 lines deleted...]
-  <si>
     <t>https://internationalanatomy.lwwhealthlibrary.com/content.aspx?sectionId=255684359&amp;bookId=3243</t>
   </si>
   <si>
     <t>https://internationalanatomy.lwwhealthlibrary.com/content.aspx?sectionId=255684363&amp;bookId=3243</t>
   </si>
   <si>
     <t>https://internationalanatomy.lwwhealthlibrary.com/content.aspx?sectionId=255684379&amp;bookId=3243</t>
   </si>
   <si>
     <t>https://internationalanatomy.lwwhealthlibrary.com/content.aspx?sectionId=255684397&amp;bookId=3243</t>
   </si>
   <si>
     <t>https://internationalanatomy.lwwhealthlibrary.com/content.aspx?sectionId=255684407&amp;bookId=3243</t>
   </si>
   <si>
     <t>https://internationalanatomy.lwwhealthlibrary.com/content.aspx?sectionId=255684409&amp;bookId=3243</t>
   </si>
   <si>
     <t>https://internationalanatomy.lwwhealthlibrary.com/content.aspx?sectionId=255684430&amp;bookId=3243</t>
   </si>
   <si>
     <t>https://internationalanatomy.lwwhealthlibrary.com/content.aspx?sectionId=255684449&amp;bookId=3243</t>
   </si>
   <si>
     <t>https://internationalanatomy.lwwhealthlibrary.com/content.aspx?sectionId=255684753&amp;bookId=3243</t>
@@ -2585,5792 +2404,6022 @@
     <t>Abdomen, Part II: Abdominal Cavity</t>
   </si>
   <si>
     <t>https://internationalanatomy.lwwhealthlibrary.com/content.aspx?sectionId=247229733&amp;bookId=2950</t>
   </si>
   <si>
     <t>Pelvis, Part I: Pelvic Walls</t>
   </si>
   <si>
     <t>https://internationalanatomy.lwwhealthlibrary.com/content.aspx?sectionId=247230723&amp;bookId=2950</t>
   </si>
   <si>
     <t>Pelvis, Part II: Pelvic Cavity</t>
   </si>
   <si>
     <t>https://internationalanatomy.lwwhealthlibrary.com/content.aspx?sectionId=247231011&amp;bookId=2950</t>
   </si>
   <si>
     <t>https://internationalanatomy.lwwhealthlibrary.com/content.aspx?sectionId=247231501&amp;bookId=2950</t>
   </si>
   <si>
     <t>https://internationalanatomy.lwwhealthlibrary.com/content.aspx?sectionId=247231906&amp;bookId=2950</t>
   </si>
   <si>
     <t>https://internationalanatomy.lwwhealthlibrary.com/content.aspx?sectionId=247232983&amp;bookId=2950</t>
+  </si>
+  <si>
+    <t>Lippincott® Atlas of Anatomy, 2e</t>
+  </si>
+  <si>
+    <t>Moore's Clinically Oriented Anatomy, 10e</t>
+  </si>
+  <si>
+    <t>https://internationalanatomy.lwwhealthlibrary.com/book.aspx?bookid=3480</t>
+  </si>
+  <si>
+    <t>MOORE’S 
+Clinically 
+Oriented
+ Anatomy</t>
+  </si>
+  <si>
+    <t>Publisher’s Acknowledgments</t>
+  </si>
+  <si>
+    <t>https://internationalanatomy.lwwhealthlibrary.com/content.aspx?sectionId=261961451&amp;bookId=3480</t>
+  </si>
+  <si>
+    <t>https://internationalanatomy.lwwhealthlibrary.com/content.aspx?sectionId=262026133&amp;bookId=3480</t>
+  </si>
+  <si>
+    <t>https://internationalanatomy.lwwhealthlibrary.com/content.aspx?sectionId=261961455&amp;bookId=3480</t>
+  </si>
+  <si>
+    <t>https://internationalanatomy.lwwhealthlibrary.com/content.aspx?sectionId=261961466&amp;bookId=3480</t>
+  </si>
+  <si>
+    <t>https://internationalanatomy.lwwhealthlibrary.com/content.aspx?sectionId=261961484&amp;bookId=3480</t>
+  </si>
+  <si>
+    <t>https://internationalanatomy.lwwhealthlibrary.com/content.aspx?sectionId=261961522&amp;bookId=3480</t>
+  </si>
+  <si>
+    <t>https://internationalanatomy.lwwhealthlibrary.com/content.aspx?sectionId=261961536&amp;bookId=3480</t>
+  </si>
+  <si>
+    <t>https://internationalanatomy.lwwhealthlibrary.com/content.aspx?sectionId=261961561&amp;bookId=3480</t>
+  </si>
+  <si>
+    <t>https://internationalanatomy.lwwhealthlibrary.com/content.aspx?sectionId=261961571&amp;bookId=3480</t>
+  </si>
+  <si>
+    <t>https://internationalanatomy.lwwhealthlibrary.com/content.aspx?sectionId=261961579&amp;bookId=3480</t>
+  </si>
+  <si>
+    <t>https://internationalanatomy.lwwhealthlibrary.com/content.aspx?sectionId=261961582&amp;bookId=3480</t>
+  </si>
+  <si>
+    <t>https://internationalanatomy.lwwhealthlibrary.com/content.aspx?sectionId=261961584&amp;bookId=3480</t>
+  </si>
+  <si>
+    <t>https://internationalanatomy.lwwhealthlibrary.com/content.aspx?sectionId=261961586&amp;bookId=3480</t>
+  </si>
+  <si>
+    <t>https://internationalanatomy.lwwhealthlibrary.com/content.aspx?sectionId=261961588&amp;bookId=3480</t>
+  </si>
+  <si>
+    <t>https://internationalanatomy.lwwhealthlibrary.com/content.aspx?sectionId=261961590&amp;bookId=3480</t>
+  </si>
+  <si>
+    <t>https://internationalanatomy.lwwhealthlibrary.com/content.aspx?sectionId=261962096&amp;bookId=3480</t>
+  </si>
+  <si>
+    <t>https://internationalanatomy.lwwhealthlibrary.com/content.aspx?sectionId=261962577&amp;bookId=3480</t>
+  </si>
+  <si>
+    <t>https://internationalanatomy.lwwhealthlibrary.com/content.aspx?sectionId=261963804&amp;bookId=3480</t>
+  </si>
+  <si>
+    <t>https://internationalanatomy.lwwhealthlibrary.com/content.aspx?sectionId=261964603&amp;bookId=3480</t>
+  </si>
+  <si>
+    <t>https://internationalanatomy.lwwhealthlibrary.com/content.aspx?sectionId=261965692&amp;bookId=3480</t>
+  </si>
+  <si>
+    <t>https://internationalanatomy.lwwhealthlibrary.com/content.aspx?sectionId=261966546&amp;bookId=3480</t>
+  </si>
+  <si>
+    <t>https://internationalanatomy.lwwhealthlibrary.com/content.aspx?sectionId=261967879&amp;bookId=3480</t>
+  </si>
+  <si>
+    <t>https://internationalanatomy.lwwhealthlibrary.com/content.aspx?sectionId=261968420&amp;bookId=3480</t>
+  </si>
+  <si>
+    <t>https://internationalanatomy.lwwhealthlibrary.com/content.aspx?sectionId=261969586&amp;bookId=3480</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
-[...3 lines deleted...]
-  <fonts count="6">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
+  <fonts count="3" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Tahoma"/>
-      <charset val="0"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Tahoma"/>
-      <charset val="0"/>
-[...14 lines deleted...]
-      <charset val="0"/>
+      <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <name val="Tahoma"/>
-      <charset val="0"/>
+      <family val="2"/>
     </font>
   </fonts>
   <fills count="4">
     <fill>
-      <patternFill patternType="none">
-[...1 lines deleted...]
-      </patternFill>
+      <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
     <fill>
-      <patternFill patternType="none">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF808080"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
-  <cellStyleXfs count="6">
-[...19 lines deleted...]
-    <xf xxid="20" numFmtId="9" fontId="1" fillId="2" borderId="0" applyAlignment="0" applyBorder="0" applyFont="0" applyFill="0" applyProtection="0"/>
+  <cellStyleXfs count="1">
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs>
-[...3 lines deleted...]
-    <xf xxid="23" numFmtId="164" fontId="0" fillId="2" borderId="0" xfId="0" applyNumberFormat="1"/>
+  <cellXfs count="6">
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="14" fontId="0" fillId="2" borderId="0" xfId="0" applyNumberFormat="1"/>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="1" fontId="2" fillId="3" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
+    <xf numFmtId="1" fontId="0" fillId="2" borderId="0" xfId="0" applyNumberFormat="1"/>
   </cellXfs>
-  <cellStyles count="6">
+  <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
-    <cellStyle name="Comma" xfId="15" builtinId="3"/>
-[...3 lines deleted...]
-    <cellStyle name="Percent" xfId="19" builtinId="5"/>
   </cellStyles>
-  <tableStyles count="0" defaultTableStyle="" defaultPivotStyle=""/>
+  <dxfs count="0"/>
+  <tableStyles count="0"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
+      <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
+    </ext>
+    <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
+      <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
+    </ext>
+  </extLst>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml" /><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml" /><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet10.xml" /><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet11.xml" /><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet12.xml" /><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet13.xml" /><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet14.xml" /><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet15.xml" /><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet16.xml" /><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet17.xml" /><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet18.xml" /><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet19.xml" /><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet20.xml" /><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet13.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet18.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet12.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet17.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet16.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet20.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet11.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet15.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet10.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet19.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet14.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
+</file>
+
+<file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+  <a:themeElements>
+    <a:clrScheme name="Office">
+      <a:dk1>
+        <a:sysClr val="windowText" lastClr="000000"/>
+      </a:dk1>
+      <a:lt1>
+        <a:sysClr val="window" lastClr="FFFFFF"/>
+      </a:lt1>
+      <a:dk2>
+        <a:srgbClr val="0E2841"/>
+      </a:dk2>
+      <a:lt2>
+        <a:srgbClr val="E8E8E8"/>
+      </a:lt2>
+      <a:accent1>
+        <a:srgbClr val="156082"/>
+      </a:accent1>
+      <a:accent2>
+        <a:srgbClr val="E97132"/>
+      </a:accent2>
+      <a:accent3>
+        <a:srgbClr val="196B24"/>
+      </a:accent3>
+      <a:accent4>
+        <a:srgbClr val="0F9ED5"/>
+      </a:accent4>
+      <a:accent5>
+        <a:srgbClr val="A02B93"/>
+      </a:accent5>
+      <a:accent6>
+        <a:srgbClr val="4EA72E"/>
+      </a:accent6>
+      <a:hlink>
+        <a:srgbClr val="467886"/>
+      </a:hlink>
+      <a:folHlink>
+        <a:srgbClr val="96607D"/>
+      </a:folHlink>
+    </a:clrScheme>
+    <a:fontScheme name="Office">
+      <a:majorFont>
+        <a:latin typeface="Aptos Display" panose="02110004020202020204"/>
+        <a:ea typeface=""/>
+        <a:cs typeface=""/>
+        <a:font script="Jpan" typeface="游ゴシック Light"/>
+        <a:font script="Hang" typeface="맑은 고딕"/>
+        <a:font script="Hans" typeface="等线 Light"/>
+        <a:font script="Hant" typeface="新細明體"/>
+        <a:font script="Arab" typeface="Times New Roman"/>
+        <a:font script="Hebr" typeface="Times New Roman"/>
+        <a:font script="Thai" typeface="Tahoma"/>
+        <a:font script="Ethi" typeface="Nyala"/>
+        <a:font script="Beng" typeface="Vrinda"/>
+        <a:font script="Gujr" typeface="Shruti"/>
+        <a:font script="Khmr" typeface="MoolBoran"/>
+        <a:font script="Knda" typeface="Tunga"/>
+        <a:font script="Guru" typeface="Raavi"/>
+        <a:font script="Cans" typeface="Euphemia"/>
+        <a:font script="Cher" typeface="Plantagenet Cherokee"/>
+        <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
+        <a:font script="Tibt" typeface="Microsoft Himalaya"/>
+        <a:font script="Thaa" typeface="MV Boli"/>
+        <a:font script="Deva" typeface="Mangal"/>
+        <a:font script="Telu" typeface="Gautami"/>
+        <a:font script="Taml" typeface="Latha"/>
+        <a:font script="Syrc" typeface="Estrangelo Edessa"/>
+        <a:font script="Orya" typeface="Kalinga"/>
+        <a:font script="Mlym" typeface="Kartika"/>
+        <a:font script="Laoo" typeface="DokChampa"/>
+        <a:font script="Sinh" typeface="Iskoola Pota"/>
+        <a:font script="Mong" typeface="Mongolian Baiti"/>
+        <a:font script="Viet" typeface="Times New Roman"/>
+        <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
+      </a:majorFont>
+      <a:minorFont>
+        <a:latin typeface="Aptos Narrow" panose="02110004020202020204"/>
+        <a:ea typeface=""/>
+        <a:cs typeface=""/>
+        <a:font script="Jpan" typeface="游ゴシック"/>
+        <a:font script="Hang" typeface="맑은 고딕"/>
+        <a:font script="Hans" typeface="等线"/>
+        <a:font script="Hant" typeface="新細明體"/>
+        <a:font script="Arab" typeface="Arial"/>
+        <a:font script="Hebr" typeface="Arial"/>
+        <a:font script="Thai" typeface="Tahoma"/>
+        <a:font script="Ethi" typeface="Nyala"/>
+        <a:font script="Beng" typeface="Vrinda"/>
+        <a:font script="Gujr" typeface="Shruti"/>
+        <a:font script="Khmr" typeface="DaunPenh"/>
+        <a:font script="Knda" typeface="Tunga"/>
+        <a:font script="Guru" typeface="Raavi"/>
+        <a:font script="Cans" typeface="Euphemia"/>
+        <a:font script="Cher" typeface="Plantagenet Cherokee"/>
+        <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
+        <a:font script="Tibt" typeface="Microsoft Himalaya"/>
+        <a:font script="Thaa" typeface="MV Boli"/>
+        <a:font script="Deva" typeface="Mangal"/>
+        <a:font script="Telu" typeface="Gautami"/>
+        <a:font script="Taml" typeface="Latha"/>
+        <a:font script="Syrc" typeface="Estrangelo Edessa"/>
+        <a:font script="Orya" typeface="Kalinga"/>
+        <a:font script="Mlym" typeface="Kartika"/>
+        <a:font script="Laoo" typeface="DokChampa"/>
+        <a:font script="Sinh" typeface="Iskoola Pota"/>
+        <a:font script="Mong" typeface="Mongolian Baiti"/>
+        <a:font script="Viet" typeface="Arial"/>
+        <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
+      </a:minorFont>
+    </a:fontScheme>
+    <a:fmtScheme name="Office">
+      <a:fillStyleLst>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="50000">
+              <a:schemeClr val="phClr">
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="5400000" scaled="0"/>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="50000">
+              <a:schemeClr val="phClr">
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="5400000" scaled="0"/>
+        </a:gradFill>
+      </a:fillStyleLst>
+      <a:lnStyleLst>
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+      </a:lnStyleLst>
+      <a:effectStyleLst>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="63000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </a:effectStyle>
+      </a:effectStyleLst>
+      <a:bgFillStyleLst>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="50000">
+              <a:schemeClr val="phClr">
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="5400000" scaled="0"/>
+        </a:gradFill>
+      </a:bgFillStyleLst>
+    </a:fmtScheme>
+  </a:themeElements>
+  <a:objectDefaults>
+    <a:lnDef>
+      <a:spPr/>
+      <a:bodyPr/>
+      <a:lstStyle/>
+      <a:style>
+        <a:lnRef idx="2">
+          <a:schemeClr val="accent1"/>
+        </a:lnRef>
+        <a:fillRef idx="0">
+          <a:schemeClr val="accent1"/>
+        </a:fillRef>
+        <a:effectRef idx="1">
+          <a:schemeClr val="accent1"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="tx1"/>
+        </a:fontRef>
+      </a:style>
+    </a:lnDef>
+  </a:objectDefaults>
+  <a:extraClrSchemeLst/>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
+    </a:ext>
+  </a:extLst>
+</a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <sheetPr/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:G20"/>
   <sheetViews>
-    <sheetView view="normal" workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="12.75" baseColWidth="0"/>
+  <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="7" width="50.7109375" customWidth="1"/>
+    <col min="1" max="2" width="50.7265625" customWidth="1"/>
+    <col min="3" max="3" width="7.36328125" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="13.90625" style="5" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="14.81640625" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="50.7265625" customWidth="1"/>
+    <col min="7" max="7" width="17.1796875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:7">
-      <c r="A1" s="2" t="s">
+    <row r="1" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="2" t="s">
+      <c r="B1" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
-      <c r="C1" s="2" t="s">
+      <c r="D1" s="4" t="s">
         <v>3</v>
       </c>
-      <c r="D1" s="2" t="s">
+      <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
-      <c r="E1" s="2" t="s">
+      <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
-      <c r="F1" s="2" t="s">
+      <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
-      <c r="G1" s="2" t="s">
+    </row>
+    <row r="2" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A2" t="s">
         <v>7</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A2" t="s">
+      <c r="B2" t="s">
         <v>8</v>
-      </c>
-[...1 lines deleted...]
-        <v>9</v>
       </c>
       <c r="C2">
         <v>13</v>
       </c>
-      <c r="D2" t="s">
-        <v>10</v>
+      <c r="D2" s="5">
+        <v>9781496316769</v>
       </c>
       <c r="E2">
         <v>2017</v>
       </c>
       <c r="F2" t="s">
+        <v>9</v>
+      </c>
+      <c r="G2" s="2">
+        <v>44117</v>
+      </c>
+    </row>
+    <row r="3" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A3" t="s">
+        <v>10</v>
+      </c>
+      <c r="B3" t="s">
         <v>11</v>
-      </c>
-[...9 lines deleted...]
-        <v>13</v>
       </c>
       <c r="C3">
         <v>1</v>
       </c>
-      <c r="D3" t="s">
-        <v>14</v>
+      <c r="D3" s="5">
+        <v>9781451193671</v>
       </c>
       <c r="E3">
         <v>2017</v>
       </c>
       <c r="F3" t="s">
-        <v>15</v>
-[...1 lines deleted...]
-      <c r="G3" s="3">
+        <v>12</v>
+      </c>
+      <c r="G3" s="2">
         <v>44117</v>
       </c>
     </row>
-    <row r="4" spans="1:7">
+    <row r="4" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A4" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="B4" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>18</v>
+        <v>14</v>
+      </c>
+      <c r="C4">
+        <v>2</v>
+      </c>
+      <c r="D4" s="5">
+        <v>9781975216887</v>
       </c>
       <c r="E4">
         <v>2025</v>
       </c>
       <c r="F4" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G4" s="3">
+        <v>15</v>
+      </c>
+      <c r="G4" s="2">
         <v>45600</v>
       </c>
     </row>
-    <row r="5" spans="1:7">
+    <row r="5" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A5" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="B5" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="C5">
         <v>8</v>
       </c>
-      <c r="D5" t="s">
-        <v>22</v>
+      <c r="D5" s="5">
+        <v>9781975164256</v>
       </c>
       <c r="E5">
         <v>2023</v>
       </c>
       <c r="F5" t="s">
-        <v>23</v>
-[...1 lines deleted...]
-      <c r="G5" s="3">
+        <v>18</v>
+      </c>
+      <c r="G5" s="2">
         <v>44700</v>
       </c>
     </row>
-    <row r="6" spans="1:7">
+    <row r="6" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A6" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="B6" t="s">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="C6">
         <v>2</v>
       </c>
-      <c r="D6" t="s">
-        <v>26</v>
+      <c r="D6" s="5">
+        <v>9781975193430</v>
       </c>
       <c r="E6">
         <v>2025</v>
       </c>
       <c r="F6" t="s">
-        <v>27</v>
-[...1 lines deleted...]
-      <c r="G6" s="3">
+        <v>21</v>
+      </c>
+      <c r="G6" s="2">
         <v>45362</v>
       </c>
     </row>
-    <row r="7" spans="1:7">
+    <row r="7" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A7" t="s">
-        <v>28</v>
+        <v>22</v>
       </c>
       <c r="B7" t="s">
-        <v>29</v>
-[...2 lines deleted...]
-        <v>30</v>
+        <v>23</v>
+      </c>
+      <c r="C7">
+        <v>18</v>
+      </c>
+      <c r="D7" s="5">
+        <v>9781975193669</v>
       </c>
       <c r="E7">
         <v>2025</v>
       </c>
       <c r="F7" t="s">
-        <v>31</v>
-[...1 lines deleted...]
-      <c r="G7" s="3">
+        <v>24</v>
+      </c>
+      <c r="G7" s="2">
         <v>45357</v>
       </c>
     </row>
-    <row r="8" spans="1:7">
+    <row r="8" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A8" t="s">
-        <v>32</v>
+        <v>25</v>
       </c>
       <c r="B8" t="s">
-        <v>33</v>
+        <v>26</v>
       </c>
       <c r="C8">
         <v>2</v>
       </c>
-      <c r="D8" t="s">
-        <v>34</v>
+      <c r="D8" s="5">
+        <v>9781975152444</v>
       </c>
       <c r="E8">
         <v>2023</v>
       </c>
       <c r="F8" t="s">
-        <v>35</v>
-[...1 lines deleted...]
-      <c r="G8" s="3">
+        <v>27</v>
+      </c>
+      <c r="G8" s="2">
         <v>44593</v>
       </c>
     </row>
-    <row r="9" spans="1:7">
+    <row r="9" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A9" t="s">
-        <v>36</v>
+        <v>28</v>
       </c>
       <c r="B9" t="s">
-        <v>37</v>
+        <v>29</v>
       </c>
       <c r="C9">
         <v>9</v>
       </c>
-      <c r="D9" t="s">
-        <v>38</v>
+      <c r="D9" s="5">
+        <v>9781975181512</v>
       </c>
       <c r="E9">
         <v>2024</v>
       </c>
       <c r="F9" t="s">
-        <v>39</v>
-[...1 lines deleted...]
-      <c r="G9" s="3">
+        <v>30</v>
+      </c>
+      <c r="G9" s="2">
         <v>45198</v>
       </c>
     </row>
-    <row r="10" spans="1:7">
+    <row r="10" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A10" t="s">
-        <v>40</v>
+        <v>31</v>
       </c>
       <c r="B10" t="s">
-        <v>41</v>
+        <v>32</v>
       </c>
       <c r="C10">
         <v>15</v>
       </c>
-      <c r="D10" t="s">
-        <v>42</v>
+      <c r="D10" s="5">
+        <v>9781975179960</v>
       </c>
       <c r="E10">
         <v>2024</v>
       </c>
       <c r="F10" t="s">
-        <v>43</v>
-[...1 lines deleted...]
-      <c r="G10" s="3">
+        <v>33</v>
+      </c>
+      <c r="G10" s="2">
         <v>44776</v>
       </c>
     </row>
-    <row r="11" spans="1:7">
+    <row r="11" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A11" t="s">
-        <v>44</v>
+        <v>34</v>
       </c>
       <c r="B11" t="s">
-        <v>45</v>
+        <v>35</v>
       </c>
       <c r="C11">
         <v>1</v>
       </c>
-      <c r="D11" t="s">
-        <v>46</v>
+      <c r="D11" s="5">
+        <v>9780781788663</v>
       </c>
       <c r="E11">
         <v>2009</v>
       </c>
       <c r="F11" t="s">
-        <v>47</v>
-[...1 lines deleted...]
-      <c r="G11" s="3">
+        <v>36</v>
+      </c>
+      <c r="G11" s="2">
         <v>44110</v>
       </c>
     </row>
-    <row r="12" spans="1:7">
+    <row r="12" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A12" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-        <v>49</v>
+        <v>37</v>
+      </c>
+      <c r="B12" s="3" t="s">
+        <v>783</v>
       </c>
       <c r="C12">
         <v>2</v>
       </c>
-      <c r="D12" t="s">
-        <v>50</v>
+      <c r="D12" s="5">
+        <v>9781496338228</v>
       </c>
       <c r="E12">
         <v>2020</v>
       </c>
       <c r="F12" t="s">
-        <v>51</v>
-[...1 lines deleted...]
-      <c r="G12" s="3">
+        <v>39</v>
+      </c>
+      <c r="G12" s="2">
         <v>44117</v>
       </c>
     </row>
-    <row r="13" spans="1:7">
+    <row r="13" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A13" t="s">
-        <v>52</v>
+        <v>40</v>
       </c>
       <c r="B13" t="s">
-        <v>53</v>
+        <v>41</v>
       </c>
       <c r="C13">
         <v>3</v>
       </c>
-      <c r="D13" t="s">
-        <v>54</v>
+      <c r="D13" s="5">
+        <v>9781975180898</v>
       </c>
       <c r="E13">
         <v>2024</v>
       </c>
       <c r="F13" t="s">
-        <v>55</v>
-[...1 lines deleted...]
-      <c r="G13" s="3">
+        <v>42</v>
+      </c>
+      <c r="G13" s="2">
         <v>44895</v>
       </c>
     </row>
-    <row r="14" spans="1:7">
+    <row r="14" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A14" t="s">
-        <v>56</v>
+        <v>43</v>
       </c>
       <c r="B14" t="s">
-        <v>57</v>
+        <v>784</v>
       </c>
       <c r="C14">
-        <v>9</v>
-[...2 lines deleted...]
-        <v>58</v>
+        <v>10</v>
+      </c>
+      <c r="D14" s="5">
+        <v>9781975241582</v>
       </c>
       <c r="E14">
-        <v>2023</v>
+        <v>2027</v>
       </c>
       <c r="F14" t="s">
-        <v>59</v>
-[...5 lines deleted...]
-    <row r="15" spans="1:7">
+        <v>785</v>
+      </c>
+      <c r="G14" s="2">
+        <v>46078</v>
+      </c>
+    </row>
+    <row r="15" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A15" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="B15" t="s">
-        <v>60</v>
+        <v>44</v>
       </c>
       <c r="C15">
         <v>7</v>
       </c>
-      <c r="D15" t="s">
-        <v>61</v>
+      <c r="D15" s="5">
+        <v>9781975174248</v>
       </c>
       <c r="E15">
         <v>2024</v>
       </c>
       <c r="F15" t="s">
-        <v>62</v>
-[...1 lines deleted...]
-      <c r="G15" s="3">
+        <v>45</v>
+      </c>
+      <c r="G15" s="2">
         <v>44883</v>
       </c>
     </row>
-    <row r="16" spans="1:7">
+    <row r="16" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A16" t="s">
-        <v>63</v>
+        <v>46</v>
       </c>
       <c r="B16" t="s">
-        <v>64</v>
-[...2 lines deleted...]
-        <v>65</v>
+        <v>47</v>
+      </c>
+      <c r="C16">
+        <v>11</v>
+      </c>
+      <c r="D16" s="5">
+        <v>9781975197292</v>
       </c>
       <c r="E16">
         <v>2025</v>
       </c>
       <c r="F16" t="s">
-        <v>66</v>
-[...1 lines deleted...]
-      <c r="G16" s="3">
+        <v>48</v>
+      </c>
+      <c r="G16" s="2">
         <v>45432</v>
       </c>
     </row>
-    <row r="17" spans="1:7">
+    <row r="17" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A17" t="s">
-        <v>67</v>
+        <v>49</v>
       </c>
       <c r="B17" t="s">
-        <v>68</v>
+        <v>50</v>
       </c>
       <c r="C17">
         <v>9</v>
       </c>
-      <c r="D17" t="s">
-        <v>69</v>
+      <c r="D17" s="5">
+        <v>9781975151348</v>
       </c>
       <c r="E17">
         <v>2022</v>
       </c>
       <c r="F17" t="s">
-        <v>70</v>
-[...1 lines deleted...]
-      <c r="G17" s="3">
+        <v>51</v>
+      </c>
+      <c r="G17" s="2">
         <v>44413</v>
       </c>
     </row>
-    <row r="18" spans="1:7">
+    <row r="18" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A18" t="s">
-        <v>71</v>
+        <v>52</v>
       </c>
       <c r="B18" t="s">
-        <v>72</v>
+        <v>53</v>
       </c>
       <c r="C18">
         <v>11</v>
       </c>
-      <c r="D18" t="s">
-        <v>73</v>
+      <c r="D18" s="5">
+        <v>9781975194093</v>
       </c>
       <c r="E18">
         <v>2024</v>
       </c>
       <c r="F18" t="s">
-        <v>74</v>
-[...1 lines deleted...]
-      <c r="G18" s="3">
+        <v>54</v>
+      </c>
+      <c r="G18" s="2">
         <v>45356</v>
       </c>
     </row>
-    <row r="19" spans="1:7">
+    <row r="19" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A19" t="s">
-        <v>75</v>
+        <v>55</v>
       </c>
       <c r="B19" t="s">
-        <v>76</v>
+        <v>56</v>
       </c>
       <c r="C19">
         <v>9</v>
       </c>
-      <c r="D19" t="s">
-        <v>77</v>
+      <c r="D19" s="5">
+        <v>9781975195946</v>
       </c>
       <c r="E19">
         <v>2025</v>
       </c>
       <c r="F19" t="s">
-        <v>78</v>
-[...1 lines deleted...]
-      <c r="G19" s="3">
+        <v>57</v>
+      </c>
+      <c r="G19" s="2">
         <v>45351</v>
       </c>
     </row>
-    <row r="20" spans="1:7">
+    <row r="20" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A20" t="s">
-        <v>71</v>
+        <v>52</v>
       </c>
       <c r="B20" t="s">
-        <v>79</v>
+        <v>58</v>
       </c>
       <c r="C20">
         <v>10</v>
       </c>
-      <c r="D20" t="s">
-        <v>80</v>
+      <c r="D20" s="5">
+        <v>9781496345646</v>
       </c>
       <c r="E20">
         <v>2019</v>
       </c>
       <c r="F20" t="s">
-        <v>81</v>
-[...1 lines deleted...]
-      <c r="G20" s="3">
+        <v>59</v>
+      </c>
+      <c r="G20" s="2">
         <v>43993</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <sheetPr/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0900-000000000000}">
   <dimension ref="A1:D35"/>
   <sheetViews>
-    <sheetView view="normal" workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="12.75" baseColWidth="0"/>
+  <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="4" width="50.7109375" customWidth="1"/>
+    <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:4">
-      <c r="A1" s="2" t="s">
+    <row r="1" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A1" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="B1" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="D1" s="1" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="2" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A2" t="s">
+        <v>31</v>
+      </c>
+      <c r="B2" t="s">
+        <v>32</v>
+      </c>
+      <c r="D2" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="3" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B3" t="s">
+        <v>63</v>
+      </c>
+      <c r="D3" t="s">
+        <v>444</v>
+      </c>
+    </row>
+    <row r="4" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B4" t="s">
+        <v>445</v>
+      </c>
+      <c r="D4" t="s">
+        <v>446</v>
+      </c>
+    </row>
+    <row r="5" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B5" t="s">
+        <v>148</v>
+      </c>
+      <c r="D5" t="s">
+        <v>447</v>
+      </c>
+    </row>
+    <row r="6" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B6" t="s">
+        <v>153</v>
+      </c>
+      <c r="D6" t="s">
+        <v>448</v>
+      </c>
+    </row>
+    <row r="7" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B7" t="s">
+        <v>449</v>
+      </c>
+      <c r="D7" t="s">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="8" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B8" t="s">
+        <v>179</v>
+      </c>
+      <c r="D8" t="s">
+        <v>451</v>
+      </c>
+    </row>
+    <row r="9" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B9" t="s">
+        <v>452</v>
+      </c>
+      <c r="D9" t="s">
+        <v>453</v>
+      </c>
+    </row>
+    <row r="10" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B10" t="s">
+        <v>454</v>
+      </c>
+      <c r="C10" t="s">
+        <v>74</v>
+      </c>
+      <c r="D10" t="s">
+        <v>455</v>
+      </c>
+    </row>
+    <row r="11" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B11" t="s">
+        <v>456</v>
+      </c>
+      <c r="C11" t="s">
+        <v>79</v>
+      </c>
+      <c r="D11" t="s">
+        <v>457</v>
+      </c>
+    </row>
+    <row r="12" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B12" t="s">
+        <v>458</v>
+      </c>
+      <c r="C12" t="s">
         <v>82</v>
       </c>
-      <c r="B1" s="2" t="s">
-[...24 lines deleted...]
-      <c r="D3" t="s">
+      <c r="D12" t="s">
+        <v>459</v>
+      </c>
+    </row>
+    <row r="13" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B13" t="s">
+        <v>460</v>
+      </c>
+      <c r="C13" t="s">
+        <v>87</v>
+      </c>
+      <c r="D13" t="s">
+        <v>461</v>
+      </c>
+    </row>
+    <row r="14" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B14" t="s">
+        <v>462</v>
+      </c>
+      <c r="C14" t="s">
+        <v>90</v>
+      </c>
+      <c r="D14" t="s">
+        <v>463</v>
+      </c>
+    </row>
+    <row r="15" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B15" t="s">
+        <v>464</v>
+      </c>
+      <c r="C15" t="s">
+        <v>93</v>
+      </c>
+      <c r="D15" t="s">
+        <v>465</v>
+      </c>
+    </row>
+    <row r="16" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B16" t="s">
         <v>466</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B4" t="s">
+      <c r="C16" t="s">
+        <v>96</v>
+      </c>
+      <c r="D16" t="s">
         <v>467</v>
       </c>
-      <c r="D4" t="s">
+    </row>
+    <row r="17" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B17" t="s">
         <v>468</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="D5" t="s">
+      <c r="C17" t="s">
+        <v>99</v>
+      </c>
+      <c r="D17" t="s">
         <v>469</v>
       </c>
     </row>
-    <row r="6" spans="2:4">
-[...3 lines deleted...]
-      <c r="D6" t="s">
+    <row r="18" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B18" t="s">
         <v>470</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B7" t="s">
+      <c r="C18" t="s">
+        <v>102</v>
+      </c>
+      <c r="D18" t="s">
         <v>471</v>
       </c>
-      <c r="D7" t="s">
+    </row>
+    <row r="19" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B19" t="s">
         <v>472</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="D8" t="s">
+      <c r="D19" t="s">
         <v>473</v>
       </c>
     </row>
-    <row r="9" spans="2:4">
-      <c r="B9" t="s">
+    <row r="20" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B20" t="s">
         <v>474</v>
       </c>
-      <c r="D9" t="s">
+      <c r="C20" t="s">
+        <v>107</v>
+      </c>
+      <c r="D20" t="s">
         <v>475</v>
       </c>
     </row>
-    <row r="10" spans="2:4">
-      <c r="B10" t="s">
+    <row r="21" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B21" t="s">
         <v>476</v>
       </c>
-      <c r="C10" t="s">
-[...2 lines deleted...]
-      <c r="D10" t="s">
+      <c r="C21" t="s">
+        <v>110</v>
+      </c>
+      <c r="D21" t="s">
         <v>477</v>
       </c>
     </row>
-    <row r="11" spans="2:4">
-      <c r="B11" t="s">
+    <row r="22" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B22" t="s">
         <v>478</v>
       </c>
-      <c r="C11" t="s">
-[...2 lines deleted...]
-      <c r="D11" t="s">
+      <c r="C22" t="s">
+        <v>113</v>
+      </c>
+      <c r="D22" t="s">
         <v>479</v>
       </c>
     </row>
-    <row r="12" spans="2:4">
-      <c r="B12" t="s">
+    <row r="23" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B23" t="s">
+        <v>422</v>
+      </c>
+      <c r="C23" t="s">
+        <v>116</v>
+      </c>
+      <c r="D23" t="s">
         <v>480</v>
       </c>
-      <c r="C12" t="s">
-[...2 lines deleted...]
-      <c r="D12" t="s">
+    </row>
+    <row r="24" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B24" t="s">
+        <v>127</v>
+      </c>
+      <c r="C24" t="s">
+        <v>119</v>
+      </c>
+      <c r="D24" t="s">
         <v>481</v>
       </c>
     </row>
-    <row r="13" spans="2:4">
-      <c r="B13" t="s">
+    <row r="25" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B25" t="s">
         <v>482</v>
       </c>
-      <c r="C13" t="s">
-[...2 lines deleted...]
-      <c r="D13" t="s">
+      <c r="C25" t="s">
+        <v>122</v>
+      </c>
+      <c r="D25" t="s">
         <v>483</v>
       </c>
     </row>
-    <row r="14" spans="2:4">
-      <c r="B14" t="s">
+    <row r="26" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B26" t="s">
         <v>484</v>
       </c>
-      <c r="C14" t="s">
+      <c r="C26" t="s">
+        <v>125</v>
+      </c>
+      <c r="D26" t="s">
+        <v>485</v>
+      </c>
+    </row>
+    <row r="27" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B27" t="s">
+        <v>171</v>
+      </c>
+      <c r="C27" t="s">
+        <v>128</v>
+      </c>
+      <c r="D27" t="s">
+        <v>486</v>
+      </c>
+    </row>
+    <row r="28" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B28" t="s">
+        <v>487</v>
+      </c>
+      <c r="C28" t="s">
+        <v>131</v>
+      </c>
+      <c r="D28" t="s">
+        <v>488</v>
+      </c>
+    </row>
+    <row r="29" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B29" t="s">
+        <v>387</v>
+      </c>
+      <c r="C29" t="s">
+        <v>134</v>
+      </c>
+      <c r="D29" t="s">
+        <v>489</v>
+      </c>
+    </row>
+    <row r="30" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B30" t="s">
+        <v>385</v>
+      </c>
+      <c r="C30" t="s">
+        <v>137</v>
+      </c>
+      <c r="D30" t="s">
+        <v>490</v>
+      </c>
+    </row>
+    <row r="31" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B31" t="s">
         <v>112</v>
       </c>
-      <c r="D14" t="s">
-[...32 lines deleted...]
-      <c r="D17" t="s">
+      <c r="C31" t="s">
+        <v>140</v>
+      </c>
+      <c r="D31" t="s">
         <v>491</v>
       </c>
     </row>
-    <row r="18" spans="2:4">
-      <c r="B18" t="s">
+    <row r="32" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B32" t="s">
         <v>492</v>
       </c>
-      <c r="C18" t="s">
-[...2 lines deleted...]
-      <c r="D18" t="s">
+      <c r="D32" t="s">
         <v>493</v>
       </c>
     </row>
-    <row r="19" spans="2:4">
-      <c r="B19" t="s">
+    <row r="33" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B33" t="s">
         <v>494</v>
       </c>
-      <c r="D19" t="s">
+      <c r="D33" t="s">
         <v>495</v>
       </c>
     </row>
-    <row r="20" spans="2:4">
-      <c r="B20" t="s">
+    <row r="34" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B34" t="s">
+        <v>157</v>
+      </c>
+      <c r="D34" t="s">
         <v>496</v>
       </c>
-      <c r="C20" t="s">
-[...2 lines deleted...]
-      <c r="D20" t="s">
+    </row>
+    <row r="35" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B35" t="s">
         <v>497</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B21" t="s">
+      <c r="D35" t="s">
         <v>498</v>
-      </c>
-[...146 lines deleted...]
-        <v>520</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <sheetPr/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0A00-000000000000}">
   <dimension ref="A1:D15"/>
   <sheetViews>
-    <sheetView view="normal" workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="12.75" baseColWidth="0"/>
+  <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="4" width="50.7109375" customWidth="1"/>
+    <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:4">
-[...13 lines deleted...]
-    <row r="2" spans="1:4">
+    <row r="1" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A1" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="B1" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="D1" s="1" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="2" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
-        <v>44</v>
+        <v>34</v>
       </c>
       <c r="B2" t="s">
-        <v>45</v>
+        <v>35</v>
       </c>
       <c r="D2" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-    <row r="3" spans="1:4">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="3" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
-        <v>48</v>
+        <v>37</v>
       </c>
       <c r="B3" t="s">
-        <v>85</v>
+        <v>63</v>
       </c>
       <c r="D3" t="s">
-        <v>522</v>
-[...2 lines deleted...]
-    <row r="4" spans="1:4">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="4" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A4" t="s">
+        <v>499</v>
+      </c>
+      <c r="B4" t="s">
+        <v>148</v>
+      </c>
+      <c r="D4" t="s">
+        <v>501</v>
+      </c>
+    </row>
+    <row r="5" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B5" t="s">
+        <v>153</v>
+      </c>
+      <c r="D5" t="s">
+        <v>502</v>
+      </c>
+    </row>
+    <row r="6" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B6" t="s">
+        <v>503</v>
+      </c>
+      <c r="D6" t="s">
+        <v>504</v>
+      </c>
+    </row>
+    <row r="7" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B7" t="s">
+        <v>155</v>
+      </c>
+      <c r="D7" t="s">
+        <v>505</v>
+      </c>
+    </row>
+    <row r="8" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B8" t="s">
+        <v>506</v>
+      </c>
+      <c r="C8" t="s">
+        <v>215</v>
+      </c>
+      <c r="D8" t="s">
+        <v>507</v>
+      </c>
+    </row>
+    <row r="9" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B9" t="s">
+        <v>508</v>
+      </c>
+      <c r="C9" t="s">
+        <v>218</v>
+      </c>
+      <c r="D9" t="s">
+        <v>509</v>
+      </c>
+    </row>
+    <row r="10" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B10" t="s">
+        <v>510</v>
+      </c>
+      <c r="C10" t="s">
+        <v>221</v>
+      </c>
+      <c r="D10" t="s">
+        <v>511</v>
+      </c>
+    </row>
+    <row r="11" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B11" t="s">
+        <v>512</v>
+      </c>
+      <c r="C11" t="s">
+        <v>224</v>
+      </c>
+      <c r="D11" t="s">
+        <v>513</v>
+      </c>
+    </row>
+    <row r="12" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B12" t="s">
+        <v>514</v>
+      </c>
+      <c r="C12" t="s">
+        <v>227</v>
+      </c>
+      <c r="D12" t="s">
+        <v>515</v>
+      </c>
+    </row>
+    <row r="13" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B13" t="s">
+        <v>516</v>
+      </c>
+      <c r="C13" t="s">
+        <v>230</v>
+      </c>
+      <c r="D13" t="s">
+        <v>517</v>
+      </c>
+    </row>
+    <row r="14" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B14" t="s">
+        <v>518</v>
+      </c>
+      <c r="C14" t="s">
+        <v>233</v>
+      </c>
+      <c r="D14" t="s">
+        <v>519</v>
+      </c>
+    </row>
+    <row r="15" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B15" t="s">
+        <v>520</v>
+      </c>
+      <c r="C15" t="s">
+        <v>236</v>
+      </c>
+      <c r="D15" t="s">
         <v>521</v>
-      </c>
-[...116 lines deleted...]
-        <v>543</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <sheetPr/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0B00-000000000000}">
   <dimension ref="A1:D14"/>
   <sheetViews>
-    <sheetView view="normal" workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="12.75" baseColWidth="0"/>
+  <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="4" width="50.7109375" customWidth="1"/>
+    <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:4">
-      <c r="A1" s="2" t="s">
+    <row r="1" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A1" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="B1" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="D1" s="1" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="2" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A2" t="s">
+        <v>37</v>
+      </c>
+      <c r="B2" t="s">
+        <v>38</v>
+      </c>
+      <c r="D2" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="3" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B3" t="s">
+        <v>63</v>
+      </c>
+      <c r="D3" t="s">
+        <v>522</v>
+      </c>
+    </row>
+    <row r="4" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B4" t="s">
+        <v>148</v>
+      </c>
+      <c r="D4" t="s">
+        <v>523</v>
+      </c>
+    </row>
+    <row r="5" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B5" t="s">
+        <v>153</v>
+      </c>
+      <c r="D5" t="s">
+        <v>524</v>
+      </c>
+    </row>
+    <row r="6" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B6" t="s">
+        <v>155</v>
+      </c>
+      <c r="D6" t="s">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="7" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B7" t="s">
+        <v>526</v>
+      </c>
+      <c r="C7" t="s">
+        <v>74</v>
+      </c>
+      <c r="D7" t="s">
+        <v>527</v>
+      </c>
+    </row>
+    <row r="8" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B8" t="s">
+        <v>528</v>
+      </c>
+      <c r="C8" t="s">
+        <v>79</v>
+      </c>
+      <c r="D8" t="s">
+        <v>529</v>
+      </c>
+    </row>
+    <row r="9" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B9" t="s">
+        <v>530</v>
+      </c>
+      <c r="C9" t="s">
         <v>82</v>
       </c>
-      <c r="B1" s="2" t="s">
-[...56 lines deleted...]
-      <c r="C7" t="s">
+      <c r="D9" t="s">
+        <v>531</v>
+      </c>
+    </row>
+    <row r="10" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B10" t="s">
+        <v>532</v>
+      </c>
+      <c r="C10" t="s">
+        <v>87</v>
+      </c>
+      <c r="D10" t="s">
+        <v>533</v>
+      </c>
+    </row>
+    <row r="11" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B11" t="s">
+        <v>534</v>
+      </c>
+      <c r="C11" t="s">
+        <v>90</v>
+      </c>
+      <c r="D11" t="s">
+        <v>535</v>
+      </c>
+    </row>
+    <row r="12" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B12" t="s">
+        <v>536</v>
+      </c>
+      <c r="C12" t="s">
+        <v>93</v>
+      </c>
+      <c r="D12" t="s">
+        <v>537</v>
+      </c>
+    </row>
+    <row r="13" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B13" t="s">
+        <v>538</v>
+      </c>
+      <c r="C13" t="s">
         <v>96</v>
       </c>
-      <c r="D7" t="s">
-[...64 lines deleted...]
-      </c>
       <c r="D13" t="s">
-        <v>561</v>
-[...2 lines deleted...]
-    <row r="14" spans="2:4">
+        <v>539</v>
+      </c>
+    </row>
+    <row r="14" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B14" t="s">
-        <v>562</v>
+        <v>540</v>
       </c>
       <c r="C14" t="s">
-        <v>121</v>
+        <v>99</v>
       </c>
       <c r="D14" t="s">
-        <v>563</v>
+        <v>541</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <sheetPr/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0C00-000000000000}">
   <dimension ref="A1:D35"/>
   <sheetViews>
-    <sheetView view="normal" workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="12.75" baseColWidth="0"/>
+  <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="4" width="50.7109375" customWidth="1"/>
+    <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:4">
-      <c r="A1" s="2" t="s">
+    <row r="1" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A1" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="B1" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="D1" s="1" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="2" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A2" t="s">
+        <v>40</v>
+      </c>
+      <c r="B2" t="s">
+        <v>41</v>
+      </c>
+      <c r="D2" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="3" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A3" t="s">
+        <v>542</v>
+      </c>
+      <c r="B3" t="s">
+        <v>63</v>
+      </c>
+      <c r="D3" t="s">
+        <v>543</v>
+      </c>
+    </row>
+    <row r="4" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B4" t="s">
+        <v>148</v>
+      </c>
+      <c r="D4" t="s">
+        <v>544</v>
+      </c>
+    </row>
+    <row r="5" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B5" t="s">
+        <v>155</v>
+      </c>
+      <c r="D5" t="s">
+        <v>545</v>
+      </c>
+    </row>
+    <row r="6" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B6" t="s">
+        <v>546</v>
+      </c>
+      <c r="D6" t="s">
+        <v>547</v>
+      </c>
+    </row>
+    <row r="7" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B7" t="s">
+        <v>548</v>
+      </c>
+      <c r="C7" t="s">
+        <v>74</v>
+      </c>
+      <c r="D7" t="s">
+        <v>549</v>
+      </c>
+    </row>
+    <row r="8" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B8" t="s">
+        <v>550</v>
+      </c>
+      <c r="C8" t="s">
+        <v>79</v>
+      </c>
+      <c r="D8" t="s">
+        <v>551</v>
+      </c>
+    </row>
+    <row r="9" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B9" t="s">
+        <v>552</v>
+      </c>
+      <c r="C9" t="s">
         <v>82</v>
       </c>
-      <c r="B1" s="2" t="s">
-[...21 lines deleted...]
-      <c r="A3" t="s">
+      <c r="D9" t="s">
+        <v>553</v>
+      </c>
+    </row>
+    <row r="10" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B10" t="s">
+        <v>554</v>
+      </c>
+      <c r="C10" t="s">
+        <v>87</v>
+      </c>
+      <c r="D10" t="s">
+        <v>555</v>
+      </c>
+    </row>
+    <row r="11" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B11" t="s">
+        <v>556</v>
+      </c>
+      <c r="C11" t="s">
+        <v>90</v>
+      </c>
+      <c r="D11" t="s">
+        <v>557</v>
+      </c>
+    </row>
+    <row r="12" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B12" t="s">
+        <v>558</v>
+      </c>
+      <c r="D12" t="s">
+        <v>559</v>
+      </c>
+    </row>
+    <row r="13" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B13" t="s">
+        <v>560</v>
+      </c>
+      <c r="C13" t="s">
+        <v>93</v>
+      </c>
+      <c r="D13" t="s">
+        <v>561</v>
+      </c>
+    </row>
+    <row r="14" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B14" t="s">
+        <v>562</v>
+      </c>
+      <c r="C14" t="s">
+        <v>96</v>
+      </c>
+      <c r="D14" t="s">
+        <v>563</v>
+      </c>
+    </row>
+    <row r="15" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B15" t="s">
         <v>564</v>
       </c>
-      <c r="B3" t="s">
-[...2 lines deleted...]
-      <c r="D3" t="s">
+      <c r="C15" t="s">
+        <v>99</v>
+      </c>
+      <c r="D15" t="s">
         <v>565</v>
       </c>
     </row>
-    <row r="4" spans="2:4">
-[...3 lines deleted...]
-      <c r="D4" t="s">
+    <row r="16" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B16" t="s">
         <v>566</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="D5" t="s">
+      <c r="C16" t="s">
+        <v>102</v>
+      </c>
+      <c r="D16" t="s">
         <v>567</v>
       </c>
     </row>
-    <row r="6" spans="2:4">
-      <c r="B6" t="s">
+    <row r="17" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B17" t="s">
         <v>568</v>
       </c>
-      <c r="D6" t="s">
+      <c r="C17" t="s">
+        <v>107</v>
+      </c>
+      <c r="D17" t="s">
         <v>569</v>
       </c>
     </row>
-    <row r="7" spans="2:4">
-      <c r="B7" t="s">
+    <row r="18" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B18" t="s">
         <v>570</v>
       </c>
-      <c r="C7" t="s">
-[...2 lines deleted...]
-      <c r="D7" t="s">
+      <c r="C18" t="s">
+        <v>110</v>
+      </c>
+      <c r="D18" t="s">
         <v>571</v>
       </c>
     </row>
-    <row r="8" spans="2:4">
-      <c r="B8" t="s">
+    <row r="19" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B19" t="s">
         <v>572</v>
       </c>
-      <c r="C8" t="s">
-[...2 lines deleted...]
-      <c r="D8" t="s">
+      <c r="C19" t="s">
+        <v>113</v>
+      </c>
+      <c r="D19" t="s">
         <v>573</v>
       </c>
     </row>
-    <row r="9" spans="2:4">
-      <c r="B9" t="s">
+    <row r="20" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B20" t="s">
         <v>574</v>
       </c>
-      <c r="C9" t="s">
-[...2 lines deleted...]
-      <c r="D9" t="s">
+      <c r="D20" t="s">
         <v>575</v>
       </c>
     </row>
-    <row r="10" spans="2:4">
-      <c r="B10" t="s">
+    <row r="21" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B21" t="s">
         <v>576</v>
       </c>
-      <c r="C10" t="s">
-[...2 lines deleted...]
-      <c r="D10" t="s">
+      <c r="C21" t="s">
+        <v>116</v>
+      </c>
+      <c r="D21" t="s">
         <v>577</v>
       </c>
     </row>
-    <row r="11" spans="2:4">
-      <c r="B11" t="s">
+    <row r="22" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B22" t="s">
         <v>578</v>
       </c>
-      <c r="C11" t="s">
-[...2 lines deleted...]
-      <c r="D11" t="s">
+      <c r="C22" t="s">
+        <v>119</v>
+      </c>
+      <c r="D22" t="s">
         <v>579</v>
       </c>
     </row>
-    <row r="12" spans="2:4">
-      <c r="B12" t="s">
+    <row r="23" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B23" t="s">
         <v>580</v>
       </c>
-      <c r="D12" t="s">
+      <c r="C23" t="s">
+        <v>122</v>
+      </c>
+      <c r="D23" t="s">
         <v>581</v>
       </c>
     </row>
-    <row r="13" spans="2:4">
-      <c r="B13" t="s">
+    <row r="24" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B24" t="s">
         <v>582</v>
       </c>
-      <c r="C13" t="s">
-[...2 lines deleted...]
-      <c r="D13" t="s">
+      <c r="C24" t="s">
+        <v>125</v>
+      </c>
+      <c r="D24" t="s">
         <v>583</v>
       </c>
     </row>
-    <row r="14" spans="2:4">
-      <c r="B14" t="s">
+    <row r="25" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B25" t="s">
         <v>584</v>
       </c>
-      <c r="C14" t="s">
-[...2 lines deleted...]
-      <c r="D14" t="s">
+      <c r="D25" t="s">
         <v>585</v>
       </c>
     </row>
-    <row r="15" spans="2:4">
-      <c r="B15" t="s">
+    <row r="26" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B26" t="s">
         <v>586</v>
       </c>
-      <c r="C15" t="s">
-[...2 lines deleted...]
-      <c r="D15" t="s">
+      <c r="C26" t="s">
+        <v>128</v>
+      </c>
+      <c r="D26" t="s">
         <v>587</v>
       </c>
     </row>
-    <row r="16" spans="2:4">
-      <c r="B16" t="s">
+    <row r="27" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B27" t="s">
         <v>588</v>
       </c>
-      <c r="C16" t="s">
-[...2 lines deleted...]
-      <c r="D16" t="s">
+      <c r="C27" t="s">
+        <v>131</v>
+      </c>
+      <c r="D27" t="s">
         <v>589</v>
       </c>
     </row>
-    <row r="17" spans="2:4">
-      <c r="B17" t="s">
+    <row r="28" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B28" t="s">
         <v>590</v>
       </c>
-      <c r="C17" t="s">
-[...2 lines deleted...]
-      <c r="D17" t="s">
+      <c r="C28" t="s">
+        <v>134</v>
+      </c>
+      <c r="D28" t="s">
         <v>591</v>
       </c>
     </row>
-    <row r="18" spans="2:4">
-      <c r="B18" t="s">
+    <row r="29" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B29" t="s">
         <v>592</v>
       </c>
-      <c r="C18" t="s">
-[...2 lines deleted...]
-      <c r="D18" t="s">
+      <c r="D29" t="s">
         <v>593</v>
       </c>
     </row>
-    <row r="19" spans="2:4">
-      <c r="B19" t="s">
+    <row r="30" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B30" t="s">
         <v>594</v>
       </c>
-      <c r="C19" t="s">
-[...2 lines deleted...]
-      <c r="D19" t="s">
+      <c r="C30" t="s">
+        <v>137</v>
+      </c>
+      <c r="D30" t="s">
         <v>595</v>
       </c>
     </row>
-    <row r="20" spans="2:4">
-      <c r="B20" t="s">
+    <row r="31" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B31" t="s">
         <v>596</v>
       </c>
-      <c r="D20" t="s">
+      <c r="C31" t="s">
+        <v>140</v>
+      </c>
+      <c r="D31" t="s">
         <v>597</v>
       </c>
     </row>
-    <row r="21" spans="2:4">
-      <c r="B21" t="s">
+    <row r="32" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B32" t="s">
         <v>598</v>
       </c>
-      <c r="C21" t="s">
-[...2 lines deleted...]
-      <c r="D21" t="s">
+      <c r="C32" t="s">
+        <v>143</v>
+      </c>
+      <c r="D32" t="s">
         <v>599</v>
       </c>
     </row>
-    <row r="22" spans="2:4">
-      <c r="B22" t="s">
+    <row r="33" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B33" t="s">
         <v>600</v>
       </c>
-      <c r="C22" t="s">
-[...2 lines deleted...]
-      <c r="D22" t="s">
+      <c r="C33" t="s">
+        <v>438</v>
+      </c>
+      <c r="D33" t="s">
         <v>601</v>
       </c>
     </row>
-    <row r="23" spans="2:4">
-      <c r="B23" t="s">
+    <row r="34" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B34" t="s">
         <v>602</v>
       </c>
-      <c r="C23" t="s">
-[...2 lines deleted...]
-      <c r="D23" t="s">
+      <c r="C34" t="s">
+        <v>440</v>
+      </c>
+      <c r="D34" t="s">
         <v>603</v>
       </c>
     </row>
-    <row r="24" spans="2:4">
-      <c r="B24" t="s">
+    <row r="35" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B35" t="s">
         <v>604</v>
       </c>
-      <c r="C24" t="s">
-[...2 lines deleted...]
-      <c r="D24" t="s">
+      <c r="D35" t="s">
         <v>605</v>
-      </c>
-[...110 lines deleted...]
-        <v>627</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet14.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-[...1 lines deleted...]
-  <dimension ref="A1:D42"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0D00-000000000000}">
+  <dimension ref="A1:D26"/>
   <sheetViews>
-    <sheetView view="normal" workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="12.75" baseColWidth="0"/>
+  <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="4" width="50.7109375" customWidth="1"/>
+    <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:4">
-      <c r="A1" s="2" t="s">
+    <row r="1" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A1" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="B1" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="D1" s="1" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="2" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A2" t="s">
+        <v>43</v>
+      </c>
+      <c r="B2" t="s">
+        <v>784</v>
+      </c>
+      <c r="D2" t="s">
+        <v>785</v>
+      </c>
+    </row>
+    <row r="3" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A3" t="s">
+        <v>19</v>
+      </c>
+      <c r="B3" t="s">
+        <v>63</v>
+      </c>
+      <c r="D3" t="s">
+        <v>788</v>
+      </c>
+    </row>
+    <row r="4" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B4" t="s">
+        <v>63</v>
+      </c>
+      <c r="D4" t="s">
+        <v>789</v>
+      </c>
+    </row>
+    <row r="5" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B5" t="s">
+        <v>285</v>
+      </c>
+      <c r="D5" t="s">
+        <v>790</v>
+      </c>
+    </row>
+    <row r="6" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B6" t="s">
+        <v>786</v>
+      </c>
+      <c r="D6" t="s">
+        <v>791</v>
+      </c>
+    </row>
+    <row r="7" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B7" t="s">
+        <v>285</v>
+      </c>
+      <c r="D7" t="s">
+        <v>792</v>
+      </c>
+    </row>
+    <row r="8" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B8" t="s">
+        <v>148</v>
+      </c>
+      <c r="D8" t="s">
+        <v>793</v>
+      </c>
+    </row>
+    <row r="9" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B9" t="s">
+        <v>153</v>
+      </c>
+      <c r="D9" t="s">
+        <v>794</v>
+      </c>
+    </row>
+    <row r="10" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B10" t="s">
+        <v>155</v>
+      </c>
+      <c r="D10" t="s">
+        <v>795</v>
+      </c>
+    </row>
+    <row r="11" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B11" t="s">
+        <v>787</v>
+      </c>
+      <c r="D11" t="s">
+        <v>796</v>
+      </c>
+    </row>
+    <row r="12" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B12" t="s">
+        <v>606</v>
+      </c>
+      <c r="D12" t="s">
+        <v>797</v>
+      </c>
+    </row>
+    <row r="13" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B13" t="s">
+        <v>607</v>
+      </c>
+      <c r="D13" t="s">
+        <v>798</v>
+      </c>
+    </row>
+    <row r="14" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B14" t="s">
+        <v>293</v>
+      </c>
+      <c r="D14" t="s">
+        <v>799</v>
+      </c>
+    </row>
+    <row r="15" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B15" t="s">
+        <v>157</v>
+      </c>
+      <c r="D15" t="s">
+        <v>800</v>
+      </c>
+    </row>
+    <row r="16" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B16" t="s">
+        <v>608</v>
+      </c>
+      <c r="D16" t="s">
+        <v>801</v>
+      </c>
+    </row>
+    <row r="17" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B17" t="s">
+        <v>609</v>
+      </c>
+      <c r="C17" t="s">
+        <v>74</v>
+      </c>
+      <c r="D17" t="s">
+        <v>802</v>
+      </c>
+    </row>
+    <row r="18" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B18" t="s">
+        <v>167</v>
+      </c>
+      <c r="C18" t="s">
+        <v>79</v>
+      </c>
+      <c r="D18" t="s">
+        <v>803</v>
+      </c>
+    </row>
+    <row r="19" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B19" t="s">
+        <v>184</v>
+      </c>
+      <c r="C19" t="s">
         <v>82</v>
       </c>
-      <c r="B1" s="2" t="s">
-[...154 lines deleted...]
-      </c>
       <c r="D19" t="s">
-        <v>647</v>
-[...2 lines deleted...]
-    <row r="20" spans="2:4">
+        <v>804</v>
+      </c>
+    </row>
+    <row r="20" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B20" t="s">
-        <v>179</v>
+        <v>161</v>
+      </c>
+      <c r="C20" t="s">
+        <v>87</v>
       </c>
       <c r="D20" t="s">
-        <v>648</v>
-[...2 lines deleted...]
-    <row r="21" spans="2:4">
+        <v>805</v>
+      </c>
+    </row>
+    <row r="21" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B21" t="s">
-        <v>649</v>
+        <v>163</v>
+      </c>
+      <c r="C21" t="s">
+        <v>90</v>
       </c>
       <c r="D21" t="s">
-        <v>650</v>
-[...2 lines deleted...]
-    <row r="22" spans="2:4">
+        <v>806</v>
+      </c>
+    </row>
+    <row r="22" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B22" t="s">
-        <v>649</v>
+        <v>335</v>
+      </c>
+      <c r="C22" t="s">
+        <v>93</v>
       </c>
       <c r="D22" t="s">
-        <v>651</v>
-[...2 lines deleted...]
-    <row r="23" spans="2:4">
+        <v>807</v>
+      </c>
+    </row>
+    <row r="23" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B23" t="s">
-        <v>652</v>
+        <v>186</v>
       </c>
       <c r="C23" t="s">
         <v>96</v>
       </c>
       <c r="D23" t="s">
-        <v>653</v>
-[...2 lines deleted...]
-    <row r="24" spans="2:4">
+        <v>808</v>
+      </c>
+    </row>
+    <row r="24" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B24" t="s">
-        <v>189</v>
+        <v>611</v>
       </c>
       <c r="C24" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="D24" t="s">
-        <v>654</v>
-[...2 lines deleted...]
-    <row r="25" spans="2:4">
+        <v>809</v>
+      </c>
+    </row>
+    <row r="25" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B25" t="s">
-        <v>206</v>
+        <v>610</v>
       </c>
       <c r="C25" t="s">
-        <v>104</v>
+        <v>102</v>
       </c>
       <c r="D25" t="s">
-        <v>655</v>
-[...2 lines deleted...]
-    <row r="26" spans="2:4">
+        <v>810</v>
+      </c>
+    </row>
+    <row r="26" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B26" t="s">
-        <v>183</v>
+        <v>645</v>
       </c>
       <c r="C26" t="s">
-        <v>109</v>
+        <v>107</v>
       </c>
       <c r="D26" t="s">
-        <v>656</v>
-[...175 lines deleted...]
-        <v>675</v>
+        <v>811</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet15.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <sheetPr/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0E00-000000000000}">
   <dimension ref="A1:D19"/>
   <sheetViews>
-    <sheetView view="normal" workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="12.75" baseColWidth="0"/>
+  <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="4" width="50.7109375" customWidth="1"/>
+    <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:4">
-      <c r="A1" s="2" t="s">
+    <row r="1" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A1" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="B1" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="D1" s="1" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="2" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A2" t="s">
+        <v>19</v>
+      </c>
+      <c r="B2" t="s">
+        <v>44</v>
+      </c>
+      <c r="D2" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="3" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A3" t="s">
+        <v>43</v>
+      </c>
+      <c r="B3" t="s">
+        <v>63</v>
+      </c>
+      <c r="D3" t="s">
+        <v>612</v>
+      </c>
+    </row>
+    <row r="4" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B4" t="s">
+        <v>148</v>
+      </c>
+      <c r="D4" t="s">
+        <v>613</v>
+      </c>
+    </row>
+    <row r="5" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B5" t="s">
+        <v>153</v>
+      </c>
+      <c r="D5" t="s">
+        <v>614</v>
+      </c>
+    </row>
+    <row r="6" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B6" t="s">
+        <v>155</v>
+      </c>
+      <c r="D6" t="s">
+        <v>615</v>
+      </c>
+    </row>
+    <row r="7" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B7" t="s">
+        <v>607</v>
+      </c>
+      <c r="D7" t="s">
+        <v>616</v>
+      </c>
+    </row>
+    <row r="8" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B8" t="s">
+        <v>157</v>
+      </c>
+      <c r="D8" t="s">
+        <v>617</v>
+      </c>
+    </row>
+    <row r="9" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B9" t="s">
+        <v>296</v>
+      </c>
+      <c r="D9" t="s">
+        <v>618</v>
+      </c>
+    </row>
+    <row r="10" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B10" t="s">
+        <v>609</v>
+      </c>
+      <c r="C10" t="s">
+        <v>74</v>
+      </c>
+      <c r="D10" t="s">
+        <v>619</v>
+      </c>
+    </row>
+    <row r="11" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B11" t="s">
+        <v>167</v>
+      </c>
+      <c r="C11" t="s">
+        <v>79</v>
+      </c>
+      <c r="D11" t="s">
+        <v>620</v>
+      </c>
+    </row>
+    <row r="12" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B12" t="s">
+        <v>184</v>
+      </c>
+      <c r="C12" t="s">
         <v>82</v>
       </c>
-      <c r="B1" s="2" t="s">
-[...83 lines deleted...]
-      <c r="C10" t="s">
+      <c r="D12" t="s">
+        <v>621</v>
+      </c>
+    </row>
+    <row r="13" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B13" t="s">
+        <v>161</v>
+      </c>
+      <c r="C13" t="s">
+        <v>87</v>
+      </c>
+      <c r="D13" t="s">
+        <v>622</v>
+      </c>
+    </row>
+    <row r="14" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B14" t="s">
+        <v>163</v>
+      </c>
+      <c r="C14" t="s">
+        <v>90</v>
+      </c>
+      <c r="D14" t="s">
+        <v>623</v>
+      </c>
+    </row>
+    <row r="15" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B15" t="s">
+        <v>335</v>
+      </c>
+      <c r="C15" t="s">
+        <v>93</v>
+      </c>
+      <c r="D15" t="s">
+        <v>624</v>
+      </c>
+    </row>
+    <row r="16" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B16" t="s">
+        <v>186</v>
+      </c>
+      <c r="C16" t="s">
         <v>96</v>
       </c>
-      <c r="D10" t="s">
-[...64 lines deleted...]
-      </c>
       <c r="D16" t="s">
-        <v>689</v>
-[...2 lines deleted...]
-    <row r="17" spans="2:4">
+        <v>625</v>
+      </c>
+    </row>
+    <row r="17" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B17" t="s">
-        <v>660</v>
+        <v>610</v>
       </c>
       <c r="C17" t="s">
-        <v>121</v>
+        <v>99</v>
       </c>
       <c r="D17" t="s">
-        <v>690</v>
-[...2 lines deleted...]
-    <row r="18" spans="2:4">
+        <v>626</v>
+      </c>
+    </row>
+    <row r="18" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B18" t="s">
-        <v>662</v>
+        <v>611</v>
       </c>
       <c r="C18" t="s">
-        <v>124</v>
+        <v>102</v>
       </c>
       <c r="D18" t="s">
-        <v>691</v>
-[...2 lines deleted...]
-    <row r="19" spans="2:4">
+        <v>627</v>
+      </c>
+    </row>
+    <row r="19" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B19" t="s">
-        <v>692</v>
+        <v>628</v>
       </c>
       <c r="C19" t="s">
-        <v>129</v>
+        <v>107</v>
       </c>
       <c r="D19" t="s">
-        <v>693</v>
+        <v>629</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet16.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <sheetPr/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0F00-000000000000}">
   <dimension ref="A1:D18"/>
   <sheetViews>
-    <sheetView view="normal" workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="12.75" baseColWidth="0"/>
+  <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="4" width="50.7109375" customWidth="1"/>
+    <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:4">
-[...13 lines deleted...]
-    <row r="2" spans="1:4">
+    <row r="1" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A1" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="B1" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="D1" s="1" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="2" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
+        <v>46</v>
+      </c>
+      <c r="B2" t="s">
+        <v>47</v>
+      </c>
+      <c r="D2" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="3" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A3" t="s">
+        <v>630</v>
+      </c>
+      <c r="B3" t="s">
         <v>63</v>
       </c>
-      <c r="B2" t="s">
-[...12 lines deleted...]
-      </c>
       <c r="D3" t="s">
-        <v>695</v>
-[...2 lines deleted...]
-    <row r="4" spans="2:4">
+        <v>631</v>
+      </c>
+    </row>
+    <row r="4" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B4" t="s">
-        <v>696</v>
+        <v>632</v>
       </c>
       <c r="D4" t="s">
-        <v>697</v>
-[...2 lines deleted...]
-    <row r="5" spans="2:4">
+        <v>633</v>
+      </c>
+    </row>
+    <row r="5" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B5" t="s">
-        <v>698</v>
+        <v>634</v>
       </c>
       <c r="D5" t="s">
-        <v>699</v>
-[...2 lines deleted...]
-    <row r="6" spans="2:4">
+        <v>635</v>
+      </c>
+    </row>
+    <row r="6" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B6" t="s">
-        <v>700</v>
+        <v>636</v>
       </c>
       <c r="D6" t="s">
-        <v>701</v>
-[...2 lines deleted...]
-    <row r="7" spans="2:4">
+        <v>637</v>
+      </c>
+    </row>
+    <row r="7" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B7" t="s">
-        <v>172</v>
+        <v>150</v>
       </c>
       <c r="D7" t="s">
-        <v>702</v>
-[...2 lines deleted...]
-    <row r="8" spans="2:4">
+        <v>638</v>
+      </c>
+    </row>
+    <row r="8" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B8" t="s">
-        <v>703</v>
+        <v>639</v>
       </c>
       <c r="C8" t="s">
-        <v>704</v>
+        <v>640</v>
       </c>
       <c r="D8" t="s">
-        <v>705</v>
-[...2 lines deleted...]
-    <row r="9" spans="2:4">
+        <v>641</v>
+      </c>
+    </row>
+    <row r="9" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B9" t="s">
-        <v>706</v>
+        <v>642</v>
       </c>
       <c r="C9" t="s">
-        <v>707</v>
+        <v>643</v>
       </c>
       <c r="D9" t="s">
-        <v>708</v>
-[...2 lines deleted...]
-    <row r="10" spans="2:4">
+        <v>644</v>
+      </c>
+    </row>
+    <row r="10" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B10" t="s">
-        <v>709</v>
+        <v>645</v>
       </c>
       <c r="C10" t="s">
-        <v>710</v>
+        <v>646</v>
       </c>
       <c r="D10" t="s">
-        <v>711</v>
-[...2 lines deleted...]
-    <row r="11" spans="2:4">
+        <v>647</v>
+      </c>
+    </row>
+    <row r="11" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B11" t="s">
-        <v>712</v>
+        <v>648</v>
       </c>
       <c r="C11" t="s">
-        <v>713</v>
+        <v>649</v>
       </c>
       <c r="D11" t="s">
-        <v>714</v>
-[...2 lines deleted...]
-    <row r="12" spans="2:4">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="12" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B12" t="s">
-        <v>715</v>
+        <v>651</v>
       </c>
       <c r="C12" t="s">
-        <v>716</v>
+        <v>652</v>
       </c>
       <c r="D12" t="s">
-        <v>717</v>
-[...2 lines deleted...]
-    <row r="13" spans="2:4">
+        <v>653</v>
+      </c>
+    </row>
+    <row r="13" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B13" t="s">
-        <v>718</v>
+        <v>654</v>
       </c>
       <c r="C13" t="s">
-        <v>719</v>
+        <v>655</v>
       </c>
       <c r="D13" t="s">
-        <v>720</v>
-[...2 lines deleted...]
-    <row r="14" spans="2:4">
+        <v>656</v>
+      </c>
+    </row>
+    <row r="14" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B14" t="s">
-        <v>721</v>
+        <v>657</v>
       </c>
       <c r="C14" t="s">
-        <v>722</v>
+        <v>658</v>
       </c>
       <c r="D14" t="s">
-        <v>723</v>
-[...2 lines deleted...]
-    <row r="15" spans="2:4">
+        <v>659</v>
+      </c>
+    </row>
+    <row r="15" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B15" t="s">
-        <v>724</v>
+        <v>660</v>
       </c>
       <c r="C15" t="s">
-        <v>725</v>
+        <v>661</v>
       </c>
       <c r="D15" t="s">
-        <v>726</v>
-[...2 lines deleted...]
-    <row r="16" spans="2:4">
+        <v>662</v>
+      </c>
+    </row>
+    <row r="16" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B16" t="s">
-        <v>727</v>
+        <v>663</v>
       </c>
       <c r="C16" t="s">
-        <v>728</v>
+        <v>664</v>
       </c>
       <c r="D16" t="s">
-        <v>729</v>
-[...2 lines deleted...]
-    <row r="17" spans="2:4">
+        <v>665</v>
+      </c>
+    </row>
+    <row r="17" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B17" t="s">
-        <v>730</v>
+        <v>666</v>
       </c>
       <c r="C17" t="s">
-        <v>731</v>
+        <v>667</v>
       </c>
       <c r="D17" t="s">
-        <v>732</v>
-[...2 lines deleted...]
-    <row r="18" spans="2:4">
+        <v>668</v>
+      </c>
+    </row>
+    <row r="18" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B18" t="s">
-        <v>733</v>
+        <v>669</v>
       </c>
       <c r="C18" t="s">
-        <v>734</v>
+        <v>670</v>
       </c>
       <c r="D18" t="s">
-        <v>735</v>
+        <v>671</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet17.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <sheetPr/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1000-000000000000}">
   <dimension ref="A1:D18"/>
   <sheetViews>
-    <sheetView view="normal" workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="12.75" baseColWidth="0"/>
+  <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="4" width="50.7109375" customWidth="1"/>
+    <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:4">
-      <c r="A1" s="2" t="s">
+    <row r="1" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A1" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="B1" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="D1" s="1" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="2" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A2" t="s">
+        <v>49</v>
+      </c>
+      <c r="B2" t="s">
+        <v>50</v>
+      </c>
+      <c r="D2" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="3" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A3" t="s">
+        <v>672</v>
+      </c>
+      <c r="B3" t="s">
+        <v>63</v>
+      </c>
+      <c r="D3" t="s">
+        <v>674</v>
+      </c>
+    </row>
+    <row r="4" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A4" t="s">
+        <v>673</v>
+      </c>
+      <c r="B4" t="s">
+        <v>153</v>
+      </c>
+      <c r="D4" t="s">
+        <v>675</v>
+      </c>
+    </row>
+    <row r="5" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B5" t="s">
+        <v>676</v>
+      </c>
+      <c r="D5" t="s">
+        <v>677</v>
+      </c>
+    </row>
+    <row r="6" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B6" t="s">
+        <v>678</v>
+      </c>
+      <c r="C6" t="s">
+        <v>74</v>
+      </c>
+      <c r="D6" t="s">
+        <v>679</v>
+      </c>
+    </row>
+    <row r="7" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B7" t="s">
+        <v>680</v>
+      </c>
+      <c r="C7" t="s">
+        <v>79</v>
+      </c>
+      <c r="D7" t="s">
+        <v>681</v>
+      </c>
+    </row>
+    <row r="8" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B8" t="s">
+        <v>184</v>
+      </c>
+      <c r="C8" t="s">
         <v>82</v>
       </c>
-      <c r="B1" s="2" t="s">
-[...54 lines deleted...]
-      <c r="C6" t="s">
+      <c r="D8" t="s">
+        <v>682</v>
+      </c>
+    </row>
+    <row r="9" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B9" t="s">
+        <v>186</v>
+      </c>
+      <c r="C9" t="s">
+        <v>87</v>
+      </c>
+      <c r="D9" t="s">
+        <v>683</v>
+      </c>
+    </row>
+    <row r="10" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B10" t="s">
+        <v>684</v>
+      </c>
+      <c r="D10" t="s">
+        <v>685</v>
+      </c>
+    </row>
+    <row r="11" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B11" t="s">
+        <v>686</v>
+      </c>
+      <c r="C11" t="s">
+        <v>90</v>
+      </c>
+      <c r="D11" t="s">
+        <v>687</v>
+      </c>
+    </row>
+    <row r="12" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B12" t="s">
+        <v>688</v>
+      </c>
+      <c r="C12" t="s">
+        <v>93</v>
+      </c>
+      <c r="D12" t="s">
+        <v>689</v>
+      </c>
+    </row>
+    <row r="13" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B13" t="s">
+        <v>690</v>
+      </c>
+      <c r="C13" t="s">
         <v>96</v>
       </c>
-      <c r="D6" t="s">
-[...72 lines deleted...]
-      </c>
       <c r="D13" t="s">
-        <v>755</v>
-[...2 lines deleted...]
-    <row r="14" spans="2:4">
+        <v>691</v>
+      </c>
+    </row>
+    <row r="14" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B14" t="s">
-        <v>756</v>
+        <v>692</v>
       </c>
       <c r="D14" t="s">
-        <v>757</v>
-[...2 lines deleted...]
-    <row r="15" spans="2:4">
+        <v>693</v>
+      </c>
+    </row>
+    <row r="15" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B15" t="s">
-        <v>193</v>
+        <v>171</v>
       </c>
       <c r="C15" t="s">
-        <v>121</v>
+        <v>99</v>
       </c>
       <c r="D15" t="s">
-        <v>758</v>
-[...2 lines deleted...]
-    <row r="16" spans="2:4">
+        <v>694</v>
+      </c>
+    </row>
+    <row r="16" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B16" t="s">
-        <v>759</v>
+        <v>695</v>
       </c>
       <c r="C16" t="s">
-        <v>124</v>
+        <v>102</v>
       </c>
       <c r="D16" t="s">
-        <v>760</v>
-[...2 lines deleted...]
-    <row r="17" spans="2:4">
+        <v>696</v>
+      </c>
+    </row>
+    <row r="17" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B17" t="s">
-        <v>761</v>
+        <v>697</v>
       </c>
       <c r="D17" t="s">
-        <v>762</v>
-[...2 lines deleted...]
-    <row r="18" spans="2:4">
+        <v>698</v>
+      </c>
+    </row>
+    <row r="18" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B18" t="s">
-        <v>763</v>
+        <v>699</v>
       </c>
       <c r="D18" t="s">
-        <v>764</v>
+        <v>700</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet18.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <sheetPr/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1100-000000000000}">
   <dimension ref="A1:D15"/>
   <sheetViews>
-    <sheetView view="normal" workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="12.75" baseColWidth="0"/>
+  <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="4" width="50.7109375" customWidth="1"/>
+    <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:4">
-      <c r="A1" s="2" t="s">
+    <row r="1" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A1" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="B1" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="D1" s="1" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="2" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A2" t="s">
+        <v>52</v>
+      </c>
+      <c r="B2" t="s">
+        <v>53</v>
+      </c>
+      <c r="D2" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="3" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B3" t="s">
+        <v>63</v>
+      </c>
+      <c r="D3" t="s">
+        <v>701</v>
+      </c>
+    </row>
+    <row r="4" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B4" t="s">
+        <v>148</v>
+      </c>
+      <c r="D4" t="s">
+        <v>702</v>
+      </c>
+    </row>
+    <row r="5" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B5" t="s">
+        <v>153</v>
+      </c>
+      <c r="D5" t="s">
+        <v>703</v>
+      </c>
+    </row>
+    <row r="6" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B6" t="s">
+        <v>155</v>
+      </c>
+      <c r="D6" t="s">
+        <v>704</v>
+      </c>
+    </row>
+    <row r="7" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B7" t="s">
+        <v>179</v>
+      </c>
+      <c r="C7" t="s">
+        <v>74</v>
+      </c>
+      <c r="D7" t="s">
+        <v>705</v>
+      </c>
+    </row>
+    <row r="8" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B8" t="s">
+        <v>167</v>
+      </c>
+      <c r="C8" t="s">
+        <v>79</v>
+      </c>
+      <c r="D8" t="s">
+        <v>706</v>
+      </c>
+    </row>
+    <row r="9" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B9" t="s">
+        <v>184</v>
+      </c>
+      <c r="C9" t="s">
         <v>82</v>
       </c>
-      <c r="B1" s="2" t="s">
-[...56 lines deleted...]
-      <c r="C7" t="s">
+      <c r="D9" t="s">
+        <v>707</v>
+      </c>
+    </row>
+    <row r="10" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B10" t="s">
+        <v>161</v>
+      </c>
+      <c r="C10" t="s">
+        <v>87</v>
+      </c>
+      <c r="D10" t="s">
+        <v>708</v>
+      </c>
+    </row>
+    <row r="11" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B11" t="s">
+        <v>163</v>
+      </c>
+      <c r="C11" t="s">
+        <v>90</v>
+      </c>
+      <c r="D11" t="s">
+        <v>709</v>
+      </c>
+    </row>
+    <row r="12" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B12" t="s">
+        <v>165</v>
+      </c>
+      <c r="C12" t="s">
+        <v>93</v>
+      </c>
+      <c r="D12" t="s">
+        <v>710</v>
+      </c>
+    </row>
+    <row r="13" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B13" t="s">
+        <v>711</v>
+      </c>
+      <c r="C13" t="s">
         <v>96</v>
       </c>
-      <c r="D7" t="s">
-[...64 lines deleted...]
-      </c>
       <c r="D13" t="s">
-        <v>776</v>
-[...2 lines deleted...]
-    <row r="14" spans="2:4">
+        <v>712</v>
+      </c>
+    </row>
+    <row r="14" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B14" t="s">
-        <v>208</v>
+        <v>186</v>
       </c>
       <c r="C14" t="s">
-        <v>121</v>
+        <v>99</v>
       </c>
       <c r="D14" t="s">
-        <v>777</v>
-[...2 lines deleted...]
-    <row r="15" spans="2:4">
+        <v>713</v>
+      </c>
+    </row>
+    <row r="15" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B15" t="s">
-        <v>193</v>
+        <v>171</v>
       </c>
       <c r="C15" t="s">
-        <v>124</v>
+        <v>102</v>
       </c>
       <c r="D15" t="s">
-        <v>778</v>
+        <v>714</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet19.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <sheetPr/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1200-000000000000}">
   <dimension ref="A1:D26"/>
   <sheetViews>
-    <sheetView view="normal" workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="12.75" baseColWidth="0"/>
+  <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="4" width="50.7109375" customWidth="1"/>
+    <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:4">
-      <c r="A1" s="2" t="s">
+    <row r="1" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A1" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="B1" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="D1" s="1" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="2" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A2" t="s">
+        <v>55</v>
+      </c>
+      <c r="B2" t="s">
+        <v>56</v>
+      </c>
+      <c r="D2" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="3" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B3" t="s">
+        <v>63</v>
+      </c>
+      <c r="D3" t="s">
+        <v>715</v>
+      </c>
+    </row>
+    <row r="4" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B4" t="s">
+        <v>716</v>
+      </c>
+      <c r="D4" t="s">
+        <v>717</v>
+      </c>
+    </row>
+    <row r="5" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B5" t="s">
+        <v>148</v>
+      </c>
+      <c r="D5" t="s">
+        <v>718</v>
+      </c>
+    </row>
+    <row r="6" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B6" t="s">
+        <v>153</v>
+      </c>
+      <c r="D6" t="s">
+        <v>719</v>
+      </c>
+    </row>
+    <row r="7" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B7" t="s">
+        <v>155</v>
+      </c>
+      <c r="D7" t="s">
+        <v>720</v>
+      </c>
+    </row>
+    <row r="8" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B8" t="s">
+        <v>721</v>
+      </c>
+      <c r="D8" t="s">
+        <v>722</v>
+      </c>
+    </row>
+    <row r="9" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B9" t="s">
+        <v>723</v>
+      </c>
+      <c r="C9" t="s">
+        <v>74</v>
+      </c>
+      <c r="D9" t="s">
+        <v>724</v>
+      </c>
+    </row>
+    <row r="10" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B10" t="s">
+        <v>725</v>
+      </c>
+      <c r="C10" t="s">
+        <v>79</v>
+      </c>
+      <c r="D10" t="s">
+        <v>726</v>
+      </c>
+    </row>
+    <row r="11" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B11" t="s">
+        <v>727</v>
+      </c>
+      <c r="C11" t="s">
         <v>82</v>
       </c>
-      <c r="B1" s="2" t="s">
-[...72 lines deleted...]
-      <c r="C9" t="s">
+      <c r="D11" t="s">
+        <v>728</v>
+      </c>
+    </row>
+    <row r="12" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B12" t="s">
+        <v>729</v>
+      </c>
+      <c r="C12" t="s">
+        <v>87</v>
+      </c>
+      <c r="D12" t="s">
+        <v>730</v>
+      </c>
+    </row>
+    <row r="13" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B13" t="s">
+        <v>731</v>
+      </c>
+      <c r="C13" t="s">
+        <v>90</v>
+      </c>
+      <c r="D13" t="s">
+        <v>732</v>
+      </c>
+    </row>
+    <row r="14" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B14" t="s">
+        <v>733</v>
+      </c>
+      <c r="C14" t="s">
+        <v>93</v>
+      </c>
+      <c r="D14" t="s">
+        <v>734</v>
+      </c>
+    </row>
+    <row r="15" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B15" t="s">
+        <v>735</v>
+      </c>
+      <c r="C15" t="s">
         <v>96</v>
       </c>
-      <c r="D9" t="s">
-[...64 lines deleted...]
-      </c>
       <c r="D15" t="s">
-        <v>800</v>
-[...2 lines deleted...]
-    <row r="16" spans="2:4">
+        <v>736</v>
+      </c>
+    </row>
+    <row r="16" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B16" t="s">
-        <v>801</v>
+        <v>737</v>
       </c>
       <c r="C16" t="s">
-        <v>121</v>
+        <v>99</v>
       </c>
       <c r="D16" t="s">
-        <v>802</v>
-[...2 lines deleted...]
-    <row r="17" spans="2:4">
+        <v>738</v>
+      </c>
+    </row>
+    <row r="17" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B17" t="s">
-        <v>803</v>
+        <v>739</v>
       </c>
       <c r="C17" t="s">
-        <v>124</v>
+        <v>102</v>
       </c>
       <c r="D17" t="s">
-        <v>804</v>
-[...2 lines deleted...]
-    <row r="18" spans="2:4">
+        <v>740</v>
+      </c>
+    </row>
+    <row r="18" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B18" t="s">
-        <v>805</v>
+        <v>741</v>
       </c>
       <c r="C18" t="s">
-        <v>129</v>
+        <v>107</v>
       </c>
       <c r="D18" t="s">
-        <v>806</v>
-[...2 lines deleted...]
-    <row r="19" spans="2:4">
+        <v>742</v>
+      </c>
+    </row>
+    <row r="19" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B19" t="s">
-        <v>807</v>
+        <v>743</v>
       </c>
       <c r="C19" t="s">
-        <v>132</v>
+        <v>110</v>
       </c>
       <c r="D19" t="s">
-        <v>808</v>
-[...2 lines deleted...]
-    <row r="20" spans="2:4">
+        <v>744</v>
+      </c>
+    </row>
+    <row r="20" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B20" t="s">
-        <v>809</v>
+        <v>745</v>
       </c>
       <c r="C20" t="s">
-        <v>135</v>
+        <v>113</v>
       </c>
       <c r="D20" t="s">
-        <v>810</v>
-[...2 lines deleted...]
-    <row r="21" spans="2:4">
+        <v>746</v>
+      </c>
+    </row>
+    <row r="21" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B21" t="s">
-        <v>811</v>
+        <v>747</v>
       </c>
       <c r="C21" t="s">
-        <v>138</v>
+        <v>116</v>
       </c>
       <c r="D21" t="s">
-        <v>812</v>
-[...2 lines deleted...]
-    <row r="22" spans="2:4">
+        <v>748</v>
+      </c>
+    </row>
+    <row r="22" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B22" t="s">
-        <v>813</v>
+        <v>749</v>
       </c>
       <c r="C22" t="s">
-        <v>141</v>
+        <v>119</v>
       </c>
       <c r="D22" t="s">
-        <v>814</v>
-[...2 lines deleted...]
-    <row r="23" spans="2:4">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="23" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B23" t="s">
-        <v>815</v>
+        <v>751</v>
       </c>
       <c r="C23" t="s">
-        <v>144</v>
+        <v>122</v>
       </c>
       <c r="D23" t="s">
-        <v>816</v>
-[...2 lines deleted...]
-    <row r="24" spans="2:4">
+        <v>752</v>
+      </c>
+    </row>
+    <row r="24" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B24" t="s">
-        <v>817</v>
+        <v>753</v>
       </c>
       <c r="C24" t="s">
-        <v>147</v>
+        <v>125</v>
       </c>
       <c r="D24" t="s">
-        <v>818</v>
-[...2 lines deleted...]
-    <row r="25" spans="2:4">
+        <v>754</v>
+      </c>
+    </row>
+    <row r="25" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B25" t="s">
-        <v>819</v>
+        <v>755</v>
       </c>
       <c r="C25" t="s">
-        <v>150</v>
+        <v>128</v>
       </c>
       <c r="D25" t="s">
-        <v>820</v>
-[...2 lines deleted...]
-    <row r="26" spans="2:4">
+        <v>756</v>
+      </c>
+    </row>
+    <row r="26" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B26" t="s">
-        <v>821</v>
+        <v>757</v>
       </c>
       <c r="C26" t="s">
-        <v>153</v>
+        <v>131</v>
       </c>
       <c r="D26" t="s">
-        <v>822</v>
+        <v>758</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <sheetPr/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="A1:D32"/>
   <sheetViews>
-    <sheetView view="normal" workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="12.75" baseColWidth="0"/>
+  <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="4" width="50.7109375" customWidth="1"/>
+    <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:4">
-      <c r="A1" s="2" t="s">
+    <row r="1" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A1" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="B1" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="D1" s="1" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="2" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A2" t="s">
+        <v>7</v>
+      </c>
+      <c r="B2" t="s">
+        <v>8</v>
+      </c>
+      <c r="D2" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="3" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B3" t="s">
+        <v>63</v>
+      </c>
+      <c r="D3" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="4" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B4" t="s">
+        <v>65</v>
+      </c>
+      <c r="D4" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="5" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B5" t="s">
+        <v>67</v>
+      </c>
+      <c r="D5" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="6" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B6" t="s">
+        <v>69</v>
+      </c>
+      <c r="D6" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="7" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B7" t="s">
+        <v>71</v>
+      </c>
+      <c r="D7" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="8" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B8" t="s">
+        <v>73</v>
+      </c>
+      <c r="C8" t="s">
+        <v>74</v>
+      </c>
+      <c r="D8" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="9" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B9" t="s">
+        <v>76</v>
+      </c>
+      <c r="D9" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="10" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B10" t="s">
+        <v>78</v>
+      </c>
+      <c r="C10" t="s">
+        <v>79</v>
+      </c>
+      <c r="D10" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="11" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B11" t="s">
+        <v>81</v>
+      </c>
+      <c r="C11" t="s">
         <v>82</v>
       </c>
-      <c r="B1" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C1" s="2" t="s">
+      <c r="D11" t="s">
         <v>83</v>
       </c>
-      <c r="D1" s="2" t="s">
+    </row>
+    <row r="12" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B12" t="s">
         <v>84</v>
       </c>
-    </row>
-[...12 lines deleted...]
-      <c r="B3" t="s">
+      <c r="D12" t="s">
         <v>85</v>
       </c>
-      <c r="D3" t="s">
+    </row>
+    <row r="13" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B13" t="s">
         <v>86</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B4" t="s">
+      <c r="C13" t="s">
         <v>87</v>
       </c>
-      <c r="D4" t="s">
+      <c r="D13" t="s">
         <v>88</v>
       </c>
     </row>
-    <row r="5" spans="2:4">
-      <c r="B5" t="s">
+    <row r="14" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B14" t="s">
         <v>89</v>
       </c>
-      <c r="D5" t="s">
+      <c r="C14" t="s">
         <v>90</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B6" t="s">
+      <c r="D14" t="s">
         <v>91</v>
       </c>
-      <c r="D6" t="s">
+    </row>
+    <row r="15" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B15" t="s">
         <v>92</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B7" t="s">
+      <c r="C15" t="s">
         <v>93</v>
       </c>
-      <c r="D7" t="s">
+      <c r="D15" t="s">
         <v>94</v>
       </c>
     </row>
-    <row r="8" spans="2:4">
-      <c r="B8" t="s">
+    <row r="16" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B16" t="s">
         <v>95</v>
       </c>
-      <c r="C8" t="s">
+      <c r="C16" t="s">
         <v>96</v>
       </c>
-      <c r="D8" t="s">
+      <c r="D16" t="s">
         <v>97</v>
       </c>
     </row>
-    <row r="9" spans="2:4">
-      <c r="B9" t="s">
+    <row r="17" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B17" t="s">
         <v>98</v>
       </c>
-      <c r="D9" t="s">
+      <c r="C17" t="s">
         <v>99</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B10" t="s">
+      <c r="D17" t="s">
         <v>100</v>
       </c>
-      <c r="C10" t="s">
+    </row>
+    <row r="18" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B18" t="s">
         <v>101</v>
       </c>
-      <c r="D10" t="s">
+      <c r="C18" t="s">
         <v>102</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B11" t="s">
+      <c r="D18" t="s">
         <v>103</v>
       </c>
-      <c r="C11" t="s">
+    </row>
+    <row r="19" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B19" t="s">
         <v>104</v>
       </c>
-      <c r="D11" t="s">
+      <c r="D19" t="s">
         <v>105</v>
       </c>
     </row>
-    <row r="12" spans="2:4">
-      <c r="B12" t="s">
+    <row r="20" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B20" t="s">
         <v>106</v>
       </c>
-      <c r="D12" t="s">
+      <c r="C20" t="s">
         <v>107</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B13" t="s">
+      <c r="D20" t="s">
         <v>108</v>
       </c>
-      <c r="C13" t="s">
+    </row>
+    <row r="21" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B21" t="s">
         <v>109</v>
       </c>
-      <c r="D13" t="s">
+      <c r="C21" t="s">
         <v>110</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B14" t="s">
+      <c r="D21" t="s">
         <v>111</v>
       </c>
-      <c r="C14" t="s">
+    </row>
+    <row r="22" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B22" t="s">
         <v>112</v>
       </c>
-      <c r="D14" t="s">
+      <c r="C22" t="s">
         <v>113</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B15" t="s">
+      <c r="D22" t="s">
         <v>114</v>
       </c>
-      <c r="C15" t="s">
+    </row>
+    <row r="23" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B23" t="s">
         <v>115</v>
       </c>
-      <c r="D15" t="s">
+      <c r="C23" t="s">
         <v>116</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B16" t="s">
+      <c r="D23" t="s">
         <v>117</v>
       </c>
-      <c r="C16" t="s">
+    </row>
+    <row r="24" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B24" t="s">
         <v>118</v>
       </c>
-      <c r="D16" t="s">
+      <c r="C24" t="s">
         <v>119</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B17" t="s">
+      <c r="D24" t="s">
         <v>120</v>
       </c>
-      <c r="C17" t="s">
+    </row>
+    <row r="25" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B25" t="s">
         <v>121</v>
       </c>
-      <c r="D17" t="s">
+      <c r="C25" t="s">
         <v>122</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B18" t="s">
+      <c r="D25" t="s">
         <v>123</v>
       </c>
-      <c r="C18" t="s">
+    </row>
+    <row r="26" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B26" t="s">
         <v>124</v>
       </c>
-      <c r="D18" t="s">
+      <c r="C26" t="s">
         <v>125</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B19" t="s">
+      <c r="D26" t="s">
         <v>126</v>
       </c>
-      <c r="D19" t="s">
+    </row>
+    <row r="27" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B27" t="s">
         <v>127</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B20" t="s">
+      <c r="C27" t="s">
         <v>128</v>
       </c>
-      <c r="C20" t="s">
+      <c r="D27" t="s">
         <v>129</v>
       </c>
-      <c r="D20" t="s">
+    </row>
+    <row r="28" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B28" t="s">
         <v>130</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B21" t="s">
+      <c r="C28" t="s">
         <v>131</v>
       </c>
-      <c r="C21" t="s">
+      <c r="D28" t="s">
         <v>132</v>
       </c>
-      <c r="D21" t="s">
+    </row>
+    <row r="29" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B29" t="s">
         <v>133</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B22" t="s">
+      <c r="C29" t="s">
         <v>134</v>
       </c>
-      <c r="C22" t="s">
+      <c r="D29" t="s">
         <v>135</v>
       </c>
-      <c r="D22" t="s">
+    </row>
+    <row r="30" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B30" t="s">
         <v>136</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B23" t="s">
+      <c r="C30" t="s">
         <v>137</v>
       </c>
-      <c r="C23" t="s">
+      <c r="D30" t="s">
         <v>138</v>
       </c>
-      <c r="D23" t="s">
+    </row>
+    <row r="31" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B31" t="s">
         <v>139</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B24" t="s">
+      <c r="C31" t="s">
         <v>140</v>
       </c>
-      <c r="C24" t="s">
+      <c r="D31" t="s">
         <v>141</v>
       </c>
-      <c r="D24" t="s">
+    </row>
+    <row r="32" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B32" t="s">
         <v>142</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B25" t="s">
+      <c r="C32" t="s">
         <v>143</v>
       </c>
-      <c r="C25" t="s">
+      <c r="D32" t="s">
         <v>144</v>
-      </c>
-[...78 lines deleted...]
-        <v>166</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet20.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <sheetPr/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1300-000000000000}">
   <dimension ref="A1:D19"/>
   <sheetViews>
-    <sheetView view="normal" workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="12.75" baseColWidth="0"/>
+  <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="4" width="50.7109375" customWidth="1"/>
+    <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:4">
-      <c r="A1" s="2" t="s">
+    <row r="1" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A1" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="B1" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="D1" s="1" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="2" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A2" t="s">
+        <v>52</v>
+      </c>
+      <c r="B2" t="s">
+        <v>58</v>
+      </c>
+      <c r="D2" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="3" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B3" t="s">
+        <v>63</v>
+      </c>
+      <c r="D3" t="s">
+        <v>759</v>
+      </c>
+    </row>
+    <row r="4" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B4" t="s">
+        <v>148</v>
+      </c>
+      <c r="D4" t="s">
+        <v>760</v>
+      </c>
+    </row>
+    <row r="5" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B5" t="s">
+        <v>761</v>
+      </c>
+      <c r="D5" t="s">
+        <v>762</v>
+      </c>
+    </row>
+    <row r="6" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B6" t="s">
+        <v>153</v>
+      </c>
+      <c r="D6" t="s">
+        <v>763</v>
+      </c>
+    </row>
+    <row r="7" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B7" t="s">
+        <v>155</v>
+      </c>
+      <c r="D7" t="s">
+        <v>764</v>
+      </c>
+    </row>
+    <row r="8" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B8" t="s">
+        <v>179</v>
+      </c>
+      <c r="C8" t="s">
+        <v>74</v>
+      </c>
+      <c r="D8" t="s">
+        <v>765</v>
+      </c>
+    </row>
+    <row r="9" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B9" t="s">
+        <v>526</v>
+      </c>
+      <c r="C9" t="s">
+        <v>79</v>
+      </c>
+      <c r="D9" t="s">
+        <v>766</v>
+      </c>
+    </row>
+    <row r="10" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B10" t="s">
+        <v>184</v>
+      </c>
+      <c r="C10" t="s">
         <v>82</v>
       </c>
-      <c r="B1" s="2" t="s">
-[...64 lines deleted...]
-      <c r="C8" t="s">
+      <c r="D10" t="s">
+        <v>767</v>
+      </c>
+    </row>
+    <row r="11" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B11" t="s">
+        <v>768</v>
+      </c>
+      <c r="C11" t="s">
+        <v>87</v>
+      </c>
+      <c r="D11" t="s">
+        <v>769</v>
+      </c>
+    </row>
+    <row r="12" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B12" t="s">
+        <v>770</v>
+      </c>
+      <c r="C12" t="s">
+        <v>90</v>
+      </c>
+      <c r="D12" t="s">
+        <v>771</v>
+      </c>
+    </row>
+    <row r="13" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B13" t="s">
+        <v>772</v>
+      </c>
+      <c r="C13" t="s">
+        <v>93</v>
+      </c>
+      <c r="D13" t="s">
+        <v>773</v>
+      </c>
+    </row>
+    <row r="14" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B14" t="s">
+        <v>774</v>
+      </c>
+      <c r="C14" t="s">
         <v>96</v>
       </c>
-      <c r="D8" t="s">
-[...64 lines deleted...]
-      </c>
       <c r="D14" t="s">
-        <v>839</v>
-[...2 lines deleted...]
-    <row r="15" spans="2:4">
+        <v>775</v>
+      </c>
+    </row>
+    <row r="15" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B15" t="s">
-        <v>840</v>
+        <v>776</v>
       </c>
       <c r="C15" t="s">
-        <v>121</v>
+        <v>99</v>
       </c>
       <c r="D15" t="s">
-        <v>841</v>
-[...2 lines deleted...]
-    <row r="16" spans="2:4">
+        <v>777</v>
+      </c>
+    </row>
+    <row r="16" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B16" t="s">
-        <v>842</v>
+        <v>778</v>
       </c>
       <c r="C16" t="s">
-        <v>124</v>
+        <v>102</v>
       </c>
       <c r="D16" t="s">
-        <v>843</v>
-[...2 lines deleted...]
-    <row r="17" spans="2:4">
+        <v>779</v>
+      </c>
+    </row>
+    <row r="17" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B17" t="s">
-        <v>775</v>
+        <v>711</v>
       </c>
       <c r="C17" t="s">
-        <v>129</v>
+        <v>107</v>
       </c>
       <c r="D17" t="s">
-        <v>844</v>
-[...2 lines deleted...]
-    <row r="18" spans="2:4">
+        <v>780</v>
+      </c>
+    </row>
+    <row r="18" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B18" t="s">
-        <v>208</v>
+        <v>186</v>
       </c>
       <c r="C18" t="s">
-        <v>132</v>
+        <v>110</v>
       </c>
       <c r="D18" t="s">
-        <v>845</v>
-[...2 lines deleted...]
-    <row r="19" spans="2:4">
+        <v>781</v>
+      </c>
+    </row>
+    <row r="19" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B19" t="s">
-        <v>193</v>
+        <v>171</v>
       </c>
       <c r="C19" t="s">
-        <v>135</v>
+        <v>113</v>
       </c>
       <c r="D19" t="s">
-        <v>846</v>
+        <v>782</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <sheetPr/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <dimension ref="A1:D16"/>
   <sheetViews>
-    <sheetView view="normal" workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="12.75" baseColWidth="0"/>
+  <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="4" width="50.7109375" customWidth="1"/>
+    <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:4">
-      <c r="A1" s="2" t="s">
+    <row r="1" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A1" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="B1" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="D1" s="1" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="2" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A2" t="s">
+        <v>10</v>
+      </c>
+      <c r="B2" t="s">
+        <v>11</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="3" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A3" t="s">
+        <v>145</v>
+      </c>
+      <c r="B3" t="s">
+        <v>63</v>
+      </c>
+      <c r="D3" t="s">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="4" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A4" t="s">
+        <v>146</v>
+      </c>
+      <c r="B4" t="s">
+        <v>148</v>
+      </c>
+      <c r="D4" t="s">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="5" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A5" t="s">
+        <v>43</v>
+      </c>
+      <c r="B5" t="s">
+        <v>150</v>
+      </c>
+      <c r="D5" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="6" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B6" t="s">
+        <v>69</v>
+      </c>
+      <c r="D6" t="s">
+        <v>152</v>
+      </c>
+    </row>
+    <row r="7" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B7" t="s">
+        <v>153</v>
+      </c>
+      <c r="D7" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="8" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B8" t="s">
+        <v>155</v>
+      </c>
+      <c r="D8" t="s">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="9" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B9" t="s">
+        <v>157</v>
+      </c>
+      <c r="D9" t="s">
+        <v>158</v>
+      </c>
+    </row>
+    <row r="10" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B10" t="s">
+        <v>159</v>
+      </c>
+      <c r="C10" t="s">
+        <v>74</v>
+      </c>
+      <c r="D10" t="s">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="11" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B11" t="s">
+        <v>161</v>
+      </c>
+      <c r="C11" t="s">
+        <v>79</v>
+      </c>
+      <c r="D11" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="12" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B12" t="s">
+        <v>163</v>
+      </c>
+      <c r="C12" t="s">
         <v>82</v>
       </c>
-      <c r="B1" s="2" t="s">
-[...21 lines deleted...]
-      <c r="A3" t="s">
+      <c r="D12" t="s">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="13" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B13" t="s">
+        <v>165</v>
+      </c>
+      <c r="C13" t="s">
+        <v>87</v>
+      </c>
+      <c r="D13" t="s">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="14" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B14" t="s">
         <v>167</v>
       </c>
-      <c r="B3" t="s">
-[...2 lines deleted...]
-      <c r="D3" t="s">
+      <c r="C14" t="s">
+        <v>90</v>
+      </c>
+      <c r="D14" t="s">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="15" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B15" t="s">
         <v>169</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B4" t="s">
+      <c r="C15" t="s">
+        <v>93</v>
+      </c>
+      <c r="D15" t="s">
         <v>170</v>
       </c>
-      <c r="D4" t="s">
+    </row>
+    <row r="16" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B16" t="s">
         <v>171</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B5" t="s">
+      <c r="C16" t="s">
+        <v>96</v>
+      </c>
+      <c r="D16" t="s">
         <v>172</v>
-      </c>
-[...110 lines deleted...]
-        <v>194</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <sheetPr/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
   <dimension ref="A1:D22"/>
   <sheetViews>
-    <sheetView view="normal" workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="12.75" baseColWidth="0"/>
+  <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="4" width="50.7109375" customWidth="1"/>
+    <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:4">
-      <c r="A1" s="2" t="s">
+    <row r="1" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A1" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="B1" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="D1" s="1" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="2" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A2" t="s">
+        <v>13</v>
+      </c>
+      <c r="B2" t="s">
+        <v>14</v>
+      </c>
+      <c r="D2" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="3" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A3" t="s">
+        <v>173</v>
+      </c>
+      <c r="B3" t="s">
+        <v>63</v>
+      </c>
+      <c r="D3" t="s">
+        <v>174</v>
+      </c>
+    </row>
+    <row r="4" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B4" t="s">
+        <v>175</v>
+      </c>
+      <c r="D4" t="s">
+        <v>176</v>
+      </c>
+    </row>
+    <row r="5" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B5" t="s">
+        <v>155</v>
+      </c>
+      <c r="D5" t="s">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="6" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B6" t="s">
+        <v>153</v>
+      </c>
+      <c r="D6" t="s">
+        <v>178</v>
+      </c>
+    </row>
+    <row r="7" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B7" t="s">
+        <v>179</v>
+      </c>
+      <c r="C7" t="s">
+        <v>74</v>
+      </c>
+      <c r="D7" t="s">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="8" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B8" t="s">
+        <v>181</v>
+      </c>
+      <c r="C8" t="s">
+        <v>79</v>
+      </c>
+      <c r="D8" t="s">
+        <v>182</v>
+      </c>
+    </row>
+    <row r="9" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B9" t="s">
+        <v>167</v>
+      </c>
+      <c r="C9" t="s">
         <v>82</v>
       </c>
-      <c r="B1" s="2" t="s">
-[...21 lines deleted...]
-      <c r="A3" t="s">
+      <c r="D9" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="10" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B10" t="s">
+        <v>184</v>
+      </c>
+      <c r="C10" t="s">
+        <v>87</v>
+      </c>
+      <c r="D10" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="11" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B11" t="s">
+        <v>186</v>
+      </c>
+      <c r="C11" t="s">
+        <v>90</v>
+      </c>
+      <c r="D11" t="s">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="12" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B12" t="s">
+        <v>188</v>
+      </c>
+      <c r="C12" t="s">
+        <v>93</v>
+      </c>
+      <c r="D12" t="s">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="13" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B13" t="s">
+        <v>190</v>
+      </c>
+      <c r="C13" t="s">
+        <v>96</v>
+      </c>
+      <c r="D13" t="s">
+        <v>191</v>
+      </c>
+    </row>
+    <row r="14" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B14" t="s">
+        <v>163</v>
+      </c>
+      <c r="C14" t="s">
+        <v>99</v>
+      </c>
+      <c r="D14" t="s">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="15" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B15" t="s">
+        <v>193</v>
+      </c>
+      <c r="C15" t="s">
+        <v>102</v>
+      </c>
+      <c r="D15" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="16" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B16" t="s">
         <v>195</v>
       </c>
-      <c r="B3" t="s">
-[...2 lines deleted...]
-      <c r="D3" t="s">
+      <c r="C16" t="s">
+        <v>107</v>
+      </c>
+      <c r="D16" t="s">
         <v>196</v>
       </c>
     </row>
-    <row r="4" spans="2:4">
-      <c r="B4" t="s">
+    <row r="17" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B17" t="s">
         <v>197</v>
       </c>
-      <c r="D4" t="s">
+      <c r="C17" t="s">
+        <v>110</v>
+      </c>
+      <c r="D17" t="s">
         <v>198</v>
       </c>
     </row>
-    <row r="5" spans="2:4">
-[...3 lines deleted...]
-      <c r="D5" t="s">
+    <row r="18" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B18" t="s">
         <v>199</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="D6" t="s">
+      <c r="C18" t="s">
+        <v>113</v>
+      </c>
+      <c r="D18" t="s">
         <v>200</v>
       </c>
     </row>
-    <row r="7" spans="2:4">
-      <c r="B7" t="s">
+    <row r="19" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B19" t="s">
         <v>201</v>
       </c>
-      <c r="C7" t="s">
-[...2 lines deleted...]
-      <c r="D7" t="s">
+      <c r="C19" t="s">
+        <v>116</v>
+      </c>
+      <c r="D19" t="s">
         <v>202</v>
       </c>
     </row>
-    <row r="8" spans="2:4">
-      <c r="B8" t="s">
+    <row r="20" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B20" t="s">
         <v>203</v>
       </c>
-      <c r="C8" t="s">
-[...2 lines deleted...]
-      <c r="D8" t="s">
+      <c r="D20" t="s">
         <v>204</v>
       </c>
     </row>
-    <row r="9" spans="2:4">
-[...6 lines deleted...]
-      <c r="D9" t="s">
+    <row r="21" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B21" t="s">
         <v>205</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B10" t="s">
+      <c r="D21" t="s">
         <v>206</v>
       </c>
-      <c r="C10" t="s">
-[...2 lines deleted...]
-      <c r="D10" t="s">
+    </row>
+    <row r="22" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B22" t="s">
+        <v>205</v>
+      </c>
+      <c r="D22" t="s">
         <v>207</v>
-      </c>
-[...121 lines deleted...]
-        <v>229</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <sheetPr/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0400-000000000000}">
   <dimension ref="A1:D29"/>
   <sheetViews>
-    <sheetView view="normal" workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="12.75" baseColWidth="0"/>
+  <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="4" width="50.7109375" customWidth="1"/>
+    <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:4">
-[...13 lines deleted...]
-    <row r="2" spans="1:4">
+    <row r="1" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A1" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="B1" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="D1" s="1" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="2" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="D2" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-    <row r="3" spans="1:4">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="3" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
+        <v>208</v>
+      </c>
+      <c r="B3" t="s">
+        <v>63</v>
+      </c>
+      <c r="D3" t="s">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="4" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B4" t="s">
+        <v>148</v>
+      </c>
+      <c r="D4" t="s">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="5" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B5" t="s">
+        <v>69</v>
+      </c>
+      <c r="D5" t="s">
+        <v>211</v>
+      </c>
+    </row>
+    <row r="6" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B6" t="s">
+        <v>153</v>
+      </c>
+      <c r="D6" t="s">
+        <v>212</v>
+      </c>
+    </row>
+    <row r="7" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B7" t="s">
+        <v>155</v>
+      </c>
+      <c r="D7" t="s">
+        <v>213</v>
+      </c>
+    </row>
+    <row r="8" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B8" t="s">
+        <v>214</v>
+      </c>
+      <c r="C8" t="s">
+        <v>215</v>
+      </c>
+      <c r="D8" t="s">
+        <v>216</v>
+      </c>
+    </row>
+    <row r="9" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B9" t="s">
+        <v>217</v>
+      </c>
+      <c r="C9" t="s">
+        <v>218</v>
+      </c>
+      <c r="D9" t="s">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="10" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B10" t="s">
+        <v>220</v>
+      </c>
+      <c r="C10" t="s">
+        <v>221</v>
+      </c>
+      <c r="D10" t="s">
+        <v>222</v>
+      </c>
+    </row>
+    <row r="11" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B11" t="s">
+        <v>223</v>
+      </c>
+      <c r="C11" t="s">
+        <v>224</v>
+      </c>
+      <c r="D11" t="s">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="12" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B12" t="s">
+        <v>226</v>
+      </c>
+      <c r="C12" t="s">
+        <v>227</v>
+      </c>
+      <c r="D12" t="s">
+        <v>228</v>
+      </c>
+    </row>
+    <row r="13" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B13" t="s">
+        <v>229</v>
+      </c>
+      <c r="C13" t="s">
         <v>230</v>
       </c>
-      <c r="B3" t="s">
-[...2 lines deleted...]
-      <c r="D3" t="s">
+      <c r="D13" t="s">
         <v>231</v>
       </c>
     </row>
-    <row r="4" spans="2:4">
-[...3 lines deleted...]
-      <c r="D4" t="s">
+    <row r="14" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B14" t="s">
         <v>232</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="D5" t="s">
+      <c r="C14" t="s">
         <v>233</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="D6" t="s">
+      <c r="D14" t="s">
         <v>234</v>
       </c>
     </row>
-    <row r="7" spans="2:4">
-[...3 lines deleted...]
-      <c r="D7" t="s">
+    <row r="15" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B15" t="s">
         <v>235</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B8" t="s">
+      <c r="C15" t="s">
         <v>236</v>
       </c>
-      <c r="C8" t="s">
+      <c r="D15" t="s">
         <v>237</v>
       </c>
-      <c r="D8" t="s">
+    </row>
+    <row r="16" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B16" t="s">
         <v>238</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B9" t="s">
+      <c r="C16" t="s">
         <v>239</v>
       </c>
-      <c r="C9" t="s">
+      <c r="D16" t="s">
         <v>240</v>
       </c>
-      <c r="D9" t="s">
+    </row>
+    <row r="17" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B17" t="s">
         <v>241</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B10" t="s">
+      <c r="C17" t="s">
         <v>242</v>
       </c>
-      <c r="C10" t="s">
+      <c r="D17" t="s">
         <v>243</v>
       </c>
-      <c r="D10" t="s">
+    </row>
+    <row r="18" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B18" t="s">
         <v>244</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B11" t="s">
+      <c r="C18" t="s">
         <v>245</v>
       </c>
-      <c r="C11" t="s">
+      <c r="D18" t="s">
         <v>246</v>
       </c>
-      <c r="D11" t="s">
+    </row>
+    <row r="19" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B19" t="s">
         <v>247</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B12" t="s">
+      <c r="C19" t="s">
         <v>248</v>
       </c>
-      <c r="C12" t="s">
+      <c r="D19" t="s">
         <v>249</v>
       </c>
-      <c r="D12" t="s">
+    </row>
+    <row r="20" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B20" t="s">
         <v>250</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B13" t="s">
+      <c r="C20" t="s">
         <v>251</v>
       </c>
-      <c r="C13" t="s">
+      <c r="D20" t="s">
         <v>252</v>
       </c>
-      <c r="D13" t="s">
+    </row>
+    <row r="21" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B21" t="s">
         <v>253</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B14" t="s">
+      <c r="C21" t="s">
         <v>254</v>
       </c>
-      <c r="C14" t="s">
+      <c r="D21" t="s">
         <v>255</v>
       </c>
-      <c r="D14" t="s">
+    </row>
+    <row r="22" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B22" t="s">
         <v>256</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B15" t="s">
+      <c r="C22" t="s">
         <v>257</v>
       </c>
-      <c r="C15" t="s">
+      <c r="D22" t="s">
         <v>258</v>
       </c>
-      <c r="D15" t="s">
+    </row>
+    <row r="23" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B23" t="s">
         <v>259</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B16" t="s">
+      <c r="C23" t="s">
         <v>260</v>
       </c>
-      <c r="C16" t="s">
+      <c r="D23" t="s">
         <v>261</v>
       </c>
-      <c r="D16" t="s">
+    </row>
+    <row r="24" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B24" t="s">
         <v>262</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B17" t="s">
+      <c r="C24" t="s">
         <v>263</v>
       </c>
-      <c r="C17" t="s">
+      <c r="D24" t="s">
         <v>264</v>
       </c>
-      <c r="D17" t="s">
+    </row>
+    <row r="25" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B25" t="s">
         <v>265</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B18" t="s">
+      <c r="C25" t="s">
         <v>266</v>
       </c>
-      <c r="C18" t="s">
+      <c r="D25" t="s">
         <v>267</v>
       </c>
-      <c r="D18" t="s">
+    </row>
+    <row r="26" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B26" t="s">
         <v>268</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B19" t="s">
+      <c r="C26" t="s">
         <v>269</v>
       </c>
-      <c r="C19" t="s">
+      <c r="D26" t="s">
         <v>270</v>
       </c>
-      <c r="D19" t="s">
+    </row>
+    <row r="27" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B27" t="s">
         <v>271</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B20" t="s">
+      <c r="C27" t="s">
         <v>272</v>
       </c>
-      <c r="C20" t="s">
+      <c r="D27" t="s">
         <v>273</v>
       </c>
-      <c r="D20" t="s">
+    </row>
+    <row r="28" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B28" t="s">
         <v>274</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B21" t="s">
+      <c r="C28" t="s">
         <v>275</v>
       </c>
-      <c r="C21" t="s">
+      <c r="D28" t="s">
         <v>276</v>
       </c>
-      <c r="D21" t="s">
+    </row>
+    <row r="29" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B29" t="s">
         <v>277</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B22" t="s">
+      <c r="C29" t="s">
         <v>278</v>
       </c>
-      <c r="C22" t="s">
+      <c r="D29" t="s">
         <v>279</v>
-      </c>
-[...78 lines deleted...]
-        <v>301</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <sheetPr/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0500-000000000000}">
   <dimension ref="A1:D24"/>
   <sheetViews>
-    <sheetView view="normal" workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="12.75" baseColWidth="0"/>
+  <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="4" width="50.7109375" customWidth="1"/>
+    <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:4">
-[...13 lines deleted...]
-    <row r="2" spans="1:4">
+    <row r="1" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A1" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="B1" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="D1" s="1" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="2" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="B2" t="s">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="D2" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-    <row r="3" spans="1:4">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="3" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
+        <v>280</v>
+      </c>
+      <c r="B3" t="s">
+        <v>63</v>
+      </c>
+      <c r="D3" t="s">
+        <v>281</v>
+      </c>
+    </row>
+    <row r="4" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B4" t="s">
+        <v>282</v>
+      </c>
+      <c r="D4" t="s">
+        <v>283</v>
+      </c>
+    </row>
+    <row r="5" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B5" t="s">
+        <v>282</v>
+      </c>
+      <c r="D5" t="s">
+        <v>284</v>
+      </c>
+    </row>
+    <row r="6" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B6" t="s">
+        <v>285</v>
+      </c>
+      <c r="D6" t="s">
+        <v>286</v>
+      </c>
+    </row>
+    <row r="7" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B7" t="s">
+        <v>155</v>
+      </c>
+      <c r="D7" t="s">
+        <v>287</v>
+      </c>
+    </row>
+    <row r="8" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B8" t="s">
+        <v>148</v>
+      </c>
+      <c r="D8" t="s">
+        <v>288</v>
+      </c>
+    </row>
+    <row r="9" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B9" t="s">
+        <v>69</v>
+      </c>
+      <c r="D9" t="s">
+        <v>289</v>
+      </c>
+    </row>
+    <row r="10" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B10" t="s">
+        <v>153</v>
+      </c>
+      <c r="D10" t="s">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="11" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B11" t="s">
+        <v>155</v>
+      </c>
+      <c r="D11" t="s">
+        <v>291</v>
+      </c>
+    </row>
+    <row r="12" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B12" t="s">
+        <v>157</v>
+      </c>
+      <c r="D12" t="s">
+        <v>292</v>
+      </c>
+    </row>
+    <row r="13" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B13" t="s">
+        <v>293</v>
+      </c>
+      <c r="D13" t="s">
+        <v>294</v>
+      </c>
+    </row>
+    <row r="14" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B14" t="s">
+        <v>157</v>
+      </c>
+      <c r="D14" t="s">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="15" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B15" t="s">
+        <v>296</v>
+      </c>
+      <c r="D15" t="s">
+        <v>297</v>
+      </c>
+    </row>
+    <row r="16" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B16" t="s">
+        <v>298</v>
+      </c>
+      <c r="C16" t="s">
+        <v>215</v>
+      </c>
+      <c r="D16" t="s">
+        <v>299</v>
+      </c>
+    </row>
+    <row r="17" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B17" t="s">
+        <v>300</v>
+      </c>
+      <c r="C17" t="s">
+        <v>218</v>
+      </c>
+      <c r="D17" t="s">
+        <v>301</v>
+      </c>
+    </row>
+    <row r="18" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B18" t="s">
         <v>302</v>
       </c>
-      <c r="B3" t="s">
-[...2 lines deleted...]
-      <c r="D3" t="s">
+      <c r="C18" t="s">
+        <v>221</v>
+      </c>
+      <c r="D18" t="s">
         <v>303</v>
       </c>
     </row>
-    <row r="4" spans="2:4">
-      <c r="B4" t="s">
+    <row r="19" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B19" t="s">
         <v>304</v>
       </c>
-      <c r="D4" t="s">
+      <c r="C19" t="s">
+        <v>224</v>
+      </c>
+      <c r="D19" t="s">
         <v>305</v>
       </c>
     </row>
-    <row r="5" spans="2:4">
-[...3 lines deleted...]
-      <c r="D5" t="s">
+    <row r="20" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B20" t="s">
         <v>306</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B6" t="s">
+      <c r="C20" t="s">
+        <v>227</v>
+      </c>
+      <c r="D20" t="s">
         <v>307</v>
       </c>
-      <c r="D6" t="s">
+    </row>
+    <row r="21" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B21" t="s">
         <v>308</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="D7" t="s">
+      <c r="C21" t="s">
+        <v>230</v>
+      </c>
+      <c r="D21" t="s">
         <v>309</v>
       </c>
     </row>
-    <row r="8" spans="2:4">
-[...3 lines deleted...]
-      <c r="D8" t="s">
+    <row r="22" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B22" t="s">
         <v>310</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="D9" t="s">
+      <c r="C22" t="s">
+        <v>233</v>
+      </c>
+      <c r="D22" t="s">
         <v>311</v>
       </c>
     </row>
-    <row r="10" spans="2:4">
-[...3 lines deleted...]
-      <c r="D10" t="s">
+    <row r="23" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B23" t="s">
         <v>312</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="D11" t="s">
+      <c r="C23" t="s">
+        <v>236</v>
+      </c>
+      <c r="D23" t="s">
         <v>313</v>
       </c>
     </row>
-    <row r="12" spans="2:4">
-[...3 lines deleted...]
-      <c r="D12" t="s">
+    <row r="24" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B24" t="s">
         <v>314</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B13" t="s">
+      <c r="C24" t="s">
+        <v>239</v>
+      </c>
+      <c r="D24" t="s">
         <v>315</v>
-      </c>
-[...116 lines deleted...]
-        <v>337</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <sheetPr/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0600-000000000000}">
   <dimension ref="A1:D23"/>
   <sheetViews>
-    <sheetView view="normal" workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="12.75" baseColWidth="0"/>
+  <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="4" width="50.7109375" customWidth="1"/>
+    <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:4">
-[...13 lines deleted...]
-    <row r="2" spans="1:4">
+    <row r="1" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A1" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="B1" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="D1" s="1" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="2" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
-        <v>28</v>
+        <v>22</v>
       </c>
       <c r="B2" t="s">
-        <v>29</v>
+        <v>23</v>
       </c>
       <c r="D2" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-    <row r="3" spans="2:4">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="3" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B3" t="s">
-        <v>85</v>
+        <v>63</v>
       </c>
       <c r="D3" t="s">
+        <v>316</v>
+      </c>
+    </row>
+    <row r="4" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B4" t="s">
+        <v>317</v>
+      </c>
+      <c r="D4" t="s">
+        <v>318</v>
+      </c>
+    </row>
+    <row r="5" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B5" t="s">
+        <v>317</v>
+      </c>
+      <c r="D5" t="s">
+        <v>319</v>
+      </c>
+    </row>
+    <row r="6" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B6" t="s">
+        <v>317</v>
+      </c>
+      <c r="D6" t="s">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="7" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B7" t="s">
+        <v>285</v>
+      </c>
+      <c r="D7" t="s">
+        <v>321</v>
+      </c>
+    </row>
+    <row r="8" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B8" t="s">
+        <v>148</v>
+      </c>
+      <c r="D8" t="s">
+        <v>322</v>
+      </c>
+    </row>
+    <row r="9" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B9" t="s">
+        <v>155</v>
+      </c>
+      <c r="D9" t="s">
+        <v>323</v>
+      </c>
+    </row>
+    <row r="10" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B10" t="s">
+        <v>69</v>
+      </c>
+      <c r="D10" t="s">
+        <v>324</v>
+      </c>
+    </row>
+    <row r="11" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B11" t="s">
+        <v>153</v>
+      </c>
+      <c r="D11" t="s">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="12" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B12" t="s">
+        <v>155</v>
+      </c>
+      <c r="D12" t="s">
+        <v>326</v>
+      </c>
+    </row>
+    <row r="13" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B13" t="s">
+        <v>157</v>
+      </c>
+      <c r="D13" t="s">
+        <v>327</v>
+      </c>
+    </row>
+    <row r="14" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B14" t="s">
+        <v>157</v>
+      </c>
+      <c r="D14" t="s">
+        <v>328</v>
+      </c>
+    </row>
+    <row r="15" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B15" t="s">
+        <v>155</v>
+      </c>
+      <c r="D15" t="s">
+        <v>329</v>
+      </c>
+    </row>
+    <row r="16" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B16" t="s">
+        <v>179</v>
+      </c>
+      <c r="D16" t="s">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="17" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B17" t="s">
+        <v>167</v>
+      </c>
+      <c r="C17" t="s">
+        <v>215</v>
+      </c>
+      <c r="D17" t="s">
+        <v>331</v>
+      </c>
+    </row>
+    <row r="18" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B18" t="s">
+        <v>184</v>
+      </c>
+      <c r="C18" t="s">
+        <v>218</v>
+      </c>
+      <c r="D18" t="s">
+        <v>332</v>
+      </c>
+    </row>
+    <row r="19" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B19" t="s">
+        <v>161</v>
+      </c>
+      <c r="C19" t="s">
+        <v>221</v>
+      </c>
+      <c r="D19" t="s">
+        <v>333</v>
+      </c>
+    </row>
+    <row r="20" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B20" t="s">
+        <v>163</v>
+      </c>
+      <c r="C20" t="s">
+        <v>224</v>
+      </c>
+      <c r="D20" t="s">
+        <v>334</v>
+      </c>
+    </row>
+    <row r="21" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B21" t="s">
+        <v>335</v>
+      </c>
+      <c r="C21" t="s">
+        <v>227</v>
+      </c>
+      <c r="D21" t="s">
+        <v>336</v>
+      </c>
+    </row>
+    <row r="22" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B22" t="s">
+        <v>186</v>
+      </c>
+      <c r="C22" t="s">
+        <v>230</v>
+      </c>
+      <c r="D22" t="s">
+        <v>337</v>
+      </c>
+    </row>
+    <row r="23" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B23" t="s">
         <v>338</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B4" t="s">
+      <c r="C23" t="s">
+        <v>233</v>
+      </c>
+      <c r="D23" t="s">
         <v>339</v>
-      </c>
-[...174 lines deleted...]
-        <v>361</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <sheetPr/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0700-000000000000}">
   <dimension ref="A1:D35"/>
   <sheetViews>
-    <sheetView view="normal" workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="12.75" baseColWidth="0"/>
+  <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="4" width="50.7109375" customWidth="1"/>
+    <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:4">
-      <c r="A1" s="2" t="s">
+    <row r="1" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A1" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="B1" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="D1" s="1" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="2" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A2" t="s">
+        <v>25</v>
+      </c>
+      <c r="B2" t="s">
+        <v>26</v>
+      </c>
+      <c r="D2" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="3" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A3" t="s">
+        <v>340</v>
+      </c>
+      <c r="B3" t="s">
+        <v>63</v>
+      </c>
+      <c r="D3" t="s">
+        <v>341</v>
+      </c>
+    </row>
+    <row r="4" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B4" t="s">
+        <v>148</v>
+      </c>
+      <c r="D4" t="s">
+        <v>342</v>
+      </c>
+    </row>
+    <row r="5" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B5" t="s">
+        <v>153</v>
+      </c>
+      <c r="D5" t="s">
+        <v>343</v>
+      </c>
+    </row>
+    <row r="6" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B6" t="s">
+        <v>155</v>
+      </c>
+      <c r="D6" t="s">
+        <v>344</v>
+      </c>
+    </row>
+    <row r="7" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B7" t="s">
+        <v>157</v>
+      </c>
+      <c r="D7" t="s">
+        <v>345</v>
+      </c>
+    </row>
+    <row r="8" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B8" t="s">
+        <v>346</v>
+      </c>
+      <c r="D8" t="s">
+        <v>347</v>
+      </c>
+    </row>
+    <row r="9" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B9" t="s">
+        <v>348</v>
+      </c>
+      <c r="D9" t="s">
+        <v>349</v>
+      </c>
+    </row>
+    <row r="10" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B10" t="s">
+        <v>350</v>
+      </c>
+      <c r="D10" t="s">
+        <v>351</v>
+      </c>
+    </row>
+    <row r="11" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B11" t="s">
+        <v>352</v>
+      </c>
+      <c r="C11" t="s">
+        <v>74</v>
+      </c>
+      <c r="D11" t="s">
+        <v>353</v>
+      </c>
+    </row>
+    <row r="12" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B12" t="s">
+        <v>354</v>
+      </c>
+      <c r="C12" t="s">
+        <v>79</v>
+      </c>
+      <c r="D12" t="s">
+        <v>355</v>
+      </c>
+    </row>
+    <row r="13" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B13" t="s">
+        <v>356</v>
+      </c>
+      <c r="D13" t="s">
+        <v>357</v>
+      </c>
+    </row>
+    <row r="14" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B14" t="s">
+        <v>358</v>
+      </c>
+      <c r="C14" t="s">
         <v>82</v>
       </c>
-      <c r="B1" s="2" t="s">
-[...21 lines deleted...]
-      <c r="A3" t="s">
+      <c r="D14" t="s">
+        <v>359</v>
+      </c>
+    </row>
+    <row r="15" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B15" t="s">
+        <v>89</v>
+      </c>
+      <c r="C15" t="s">
+        <v>87</v>
+      </c>
+      <c r="D15" t="s">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="16" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B16" t="s">
+        <v>361</v>
+      </c>
+      <c r="C16" t="s">
+        <v>90</v>
+      </c>
+      <c r="D16" t="s">
         <v>362</v>
       </c>
-      <c r="B3" t="s">
-[...2 lines deleted...]
-      <c r="D3" t="s">
+    </row>
+    <row r="17" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B17" t="s">
         <v>363</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="D4" t="s">
+      <c r="C17" t="s">
+        <v>93</v>
+      </c>
+      <c r="D17" t="s">
         <v>364</v>
       </c>
     </row>
-    <row r="5" spans="2:4">
-[...3 lines deleted...]
-      <c r="D5" t="s">
+    <row r="18" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B18" t="s">
+        <v>101</v>
+      </c>
+      <c r="C18" t="s">
+        <v>96</v>
+      </c>
+      <c r="D18" t="s">
         <v>365</v>
       </c>
     </row>
-    <row r="6" spans="2:4">
-[...3 lines deleted...]
-      <c r="D6" t="s">
+    <row r="19" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B19" t="s">
         <v>366</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="D7" t="s">
+      <c r="C19" t="s">
+        <v>99</v>
+      </c>
+      <c r="D19" t="s">
         <v>367</v>
       </c>
     </row>
-    <row r="8" spans="2:4">
-      <c r="B8" t="s">
+    <row r="20" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B20" t="s">
         <v>368</v>
       </c>
-      <c r="D8" t="s">
+      <c r="D20" t="s">
         <v>369</v>
       </c>
     </row>
-    <row r="9" spans="2:4">
-      <c r="B9" t="s">
+    <row r="21" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B21" t="s">
+        <v>106</v>
+      </c>
+      <c r="C21" t="s">
+        <v>102</v>
+      </c>
+      <c r="D21" t="s">
         <v>370</v>
       </c>
-      <c r="D9" t="s">
+    </row>
+    <row r="22" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B22" t="s">
         <v>371</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B10" t="s">
+      <c r="C22" t="s">
+        <v>107</v>
+      </c>
+      <c r="D22" t="s">
         <v>372</v>
       </c>
-      <c r="D10" t="s">
+    </row>
+    <row r="23" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B23" t="s">
+        <v>127</v>
+      </c>
+      <c r="C23" t="s">
+        <v>110</v>
+      </c>
+      <c r="D23" t="s">
         <v>373</v>
       </c>
     </row>
-    <row r="11" spans="2:4">
-      <c r="B11" t="s">
+    <row r="24" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B24" t="s">
+        <v>130</v>
+      </c>
+      <c r="C24" t="s">
+        <v>113</v>
+      </c>
+      <c r="D24" t="s">
         <v>374</v>
       </c>
-      <c r="C11" t="s">
-[...2 lines deleted...]
-      <c r="D11" t="s">
+    </row>
+    <row r="25" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B25" t="s">
+        <v>112</v>
+      </c>
+      <c r="C25" t="s">
+        <v>116</v>
+      </c>
+      <c r="D25" t="s">
         <v>375</v>
       </c>
     </row>
-    <row r="12" spans="2:4">
-      <c r="B12" t="s">
+    <row r="26" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B26" t="s">
         <v>376</v>
       </c>
-      <c r="C12" t="s">
-[...2 lines deleted...]
-      <c r="D12" t="s">
+      <c r="C26" t="s">
+        <v>119</v>
+      </c>
+      <c r="D26" t="s">
         <v>377</v>
       </c>
     </row>
-    <row r="13" spans="2:4">
-      <c r="B13" t="s">
+    <row r="27" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B27" t="s">
         <v>378</v>
       </c>
-      <c r="D13" t="s">
+      <c r="C27" t="s">
+        <v>122</v>
+      </c>
+      <c r="D27" t="s">
         <v>379</v>
       </c>
     </row>
-    <row r="14" spans="2:4">
-      <c r="B14" t="s">
+    <row r="28" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B28" t="s">
         <v>380</v>
       </c>
-      <c r="C14" t="s">
-[...2 lines deleted...]
-      <c r="D14" t="s">
+      <c r="C28" t="s">
+        <v>125</v>
+      </c>
+      <c r="D28" t="s">
         <v>381</v>
       </c>
     </row>
-    <row r="15" spans="2:4">
-[...6 lines deleted...]
-      <c r="D15" t="s">
+    <row r="29" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B29" t="s">
+        <v>133</v>
+      </c>
+      <c r="C29" t="s">
+        <v>128</v>
+      </c>
+      <c r="D29" t="s">
         <v>382</v>
       </c>
     </row>
-    <row r="16" spans="2:4">
-      <c r="B16" t="s">
+    <row r="30" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B30" t="s">
+        <v>136</v>
+      </c>
+      <c r="C30" t="s">
+        <v>131</v>
+      </c>
+      <c r="D30" t="s">
         <v>383</v>
       </c>
-      <c r="C16" t="s">
-[...2 lines deleted...]
-      <c r="D16" t="s">
+    </row>
+    <row r="31" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B31" t="s">
+        <v>139</v>
+      </c>
+      <c r="C31" t="s">
+        <v>134</v>
+      </c>
+      <c r="D31" t="s">
         <v>384</v>
       </c>
     </row>
-    <row r="17" spans="2:4">
-      <c r="B17" t="s">
+    <row r="32" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B32" t="s">
         <v>385</v>
       </c>
-      <c r="C17" t="s">
-[...2 lines deleted...]
-      <c r="D17" t="s">
+      <c r="C32" t="s">
+        <v>137</v>
+      </c>
+      <c r="D32" t="s">
         <v>386</v>
       </c>
     </row>
-    <row r="18" spans="2:4">
-[...6 lines deleted...]
-      <c r="D18" t="s">
+    <row r="33" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B33" t="s">
         <v>387</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B19" t="s">
+      <c r="C33" t="s">
+        <v>140</v>
+      </c>
+      <c r="D33" t="s">
         <v>388</v>
       </c>
-      <c r="C19" t="s">
-[...2 lines deleted...]
-      <c r="D19" t="s">
+    </row>
+    <row r="34" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B34" t="s">
         <v>389</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B20" t="s">
+      <c r="C34" t="s">
+        <v>275</v>
+      </c>
+      <c r="D34" t="s">
         <v>390</v>
       </c>
-      <c r="D20" t="s">
+    </row>
+    <row r="35" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B35" t="s">
         <v>391</v>
       </c>
-    </row>
-[...7 lines deleted...]
-      <c r="D21" t="s">
+      <c r="C35" t="s">
+        <v>278</v>
+      </c>
+      <c r="D35" t="s">
         <v>392</v>
-      </c>
-[...152 lines deleted...]
-        <v>414</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <sheetPr/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0800-000000000000}">
   <dimension ref="A1:D32"/>
   <sheetViews>
-    <sheetView view="normal" workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="12.75" baseColWidth="0"/>
+  <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="4" width="50.7109375" customWidth="1"/>
+    <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:4">
-      <c r="A1" s="2" t="s">
+    <row r="1" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A1" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="B1" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="D1" s="1" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="2" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A2" t="s">
+        <v>28</v>
+      </c>
+      <c r="B2" t="s">
+        <v>29</v>
+      </c>
+      <c r="D2" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="3" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B3" t="s">
+        <v>63</v>
+      </c>
+      <c r="D3" t="s">
+        <v>393</v>
+      </c>
+    </row>
+    <row r="4" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B4" t="s">
+        <v>394</v>
+      </c>
+      <c r="D4" t="s">
+        <v>395</v>
+      </c>
+    </row>
+    <row r="5" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B5" t="s">
+        <v>148</v>
+      </c>
+      <c r="D5" t="s">
+        <v>396</v>
+      </c>
+    </row>
+    <row r="6" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B6" t="s">
+        <v>397</v>
+      </c>
+      <c r="D6" t="s">
+        <v>398</v>
+      </c>
+    </row>
+    <row r="7" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B7" t="s">
+        <v>399</v>
+      </c>
+      <c r="D7" t="s">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="8" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B8" t="s">
+        <v>401</v>
+      </c>
+      <c r="C8" t="s">
+        <v>74</v>
+      </c>
+      <c r="D8" t="s">
+        <v>402</v>
+      </c>
+    </row>
+    <row r="9" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B9" t="s">
+        <v>403</v>
+      </c>
+      <c r="C9" t="s">
+        <v>79</v>
+      </c>
+      <c r="D9" t="s">
+        <v>404</v>
+      </c>
+    </row>
+    <row r="10" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B10" t="s">
+        <v>405</v>
+      </c>
+      <c r="C10" t="s">
         <v>82</v>
       </c>
-      <c r="B1" s="2" t="s">
-[...24 lines deleted...]
-      <c r="D3" t="s">
+      <c r="D10" t="s">
+        <v>406</v>
+      </c>
+    </row>
+    <row r="11" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B11" t="s">
+        <v>407</v>
+      </c>
+      <c r="C11" t="s">
+        <v>87</v>
+      </c>
+      <c r="D11" t="s">
+        <v>408</v>
+      </c>
+    </row>
+    <row r="12" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B12" t="s">
+        <v>86</v>
+      </c>
+      <c r="C12" t="s">
+        <v>90</v>
+      </c>
+      <c r="D12" t="s">
+        <v>409</v>
+      </c>
+    </row>
+    <row r="13" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B13" t="s">
+        <v>89</v>
+      </c>
+      <c r="C13" t="s">
+        <v>93</v>
+      </c>
+      <c r="D13" t="s">
+        <v>410</v>
+      </c>
+    </row>
+    <row r="14" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B14" t="s">
+        <v>411</v>
+      </c>
+      <c r="C14" t="s">
+        <v>96</v>
+      </c>
+      <c r="D14" t="s">
+        <v>412</v>
+      </c>
+    </row>
+    <row r="15" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B15" t="s">
+        <v>413</v>
+      </c>
+      <c r="C15" t="s">
+        <v>99</v>
+      </c>
+      <c r="D15" t="s">
+        <v>414</v>
+      </c>
+    </row>
+    <row r="16" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B16" t="s">
         <v>415</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B4" t="s">
+      <c r="C16" t="s">
+        <v>102</v>
+      </c>
+      <c r="D16" t="s">
         <v>416</v>
       </c>
-      <c r="D4" t="s">
+    </row>
+    <row r="17" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B17" t="s">
         <v>417</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="D5" t="s">
+      <c r="C17" t="s">
+        <v>107</v>
+      </c>
+      <c r="D17" t="s">
         <v>418</v>
       </c>
     </row>
-    <row r="6" spans="2:4">
-      <c r="B6" t="s">
+    <row r="18" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B18" t="s">
+        <v>98</v>
+      </c>
+      <c r="C18" t="s">
+        <v>110</v>
+      </c>
+      <c r="D18" t="s">
         <v>419</v>
       </c>
-      <c r="D6" t="s">
+    </row>
+    <row r="19" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B19" t="s">
         <v>420</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B7" t="s">
+      <c r="C19" t="s">
+        <v>113</v>
+      </c>
+      <c r="D19" t="s">
         <v>421</v>
       </c>
-      <c r="D7" t="s">
+    </row>
+    <row r="20" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B20" t="s">
         <v>422</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B8" t="s">
+      <c r="C20" t="s">
+        <v>116</v>
+      </c>
+      <c r="D20" t="s">
         <v>423</v>
       </c>
-      <c r="C8" t="s">
-[...2 lines deleted...]
-      <c r="D8" t="s">
+    </row>
+    <row r="21" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B21" t="s">
         <v>424</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B9" t="s">
+      <c r="C21" t="s">
+        <v>119</v>
+      </c>
+      <c r="D21" t="s">
         <v>425</v>
       </c>
-      <c r="C9" t="s">
-[...2 lines deleted...]
-      <c r="D9" t="s">
+    </row>
+    <row r="22" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B22" t="s">
+        <v>112</v>
+      </c>
+      <c r="C22" t="s">
+        <v>122</v>
+      </c>
+      <c r="D22" t="s">
         <v>426</v>
       </c>
     </row>
-    <row r="10" spans="2:4">
-      <c r="B10" t="s">
+    <row r="23" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B23" t="s">
         <v>427</v>
       </c>
-      <c r="C10" t="s">
-[...2 lines deleted...]
-      <c r="D10" t="s">
+      <c r="C23" t="s">
+        <v>125</v>
+      </c>
+      <c r="D23" t="s">
         <v>428</v>
       </c>
     </row>
-    <row r="11" spans="2:4">
-      <c r="B11" t="s">
+    <row r="24" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B24" t="s">
         <v>429</v>
       </c>
-      <c r="C11" t="s">
-[...2 lines deleted...]
-      <c r="D11" t="s">
+      <c r="C24" t="s">
+        <v>128</v>
+      </c>
+      <c r="D24" t="s">
         <v>430</v>
       </c>
     </row>
-    <row r="12" spans="2:4">
-[...6 lines deleted...]
-      <c r="D12" t="s">
+    <row r="25" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B25" t="s">
         <v>431</v>
       </c>
-    </row>
-[...7 lines deleted...]
-      <c r="D13" t="s">
+      <c r="C25" t="s">
+        <v>131</v>
+      </c>
+      <c r="D25" t="s">
         <v>432</v>
       </c>
     </row>
-    <row r="14" spans="2:4">
-      <c r="B14" t="s">
+    <row r="26" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B26" t="s">
+        <v>127</v>
+      </c>
+      <c r="C26" t="s">
+        <v>134</v>
+      </c>
+      <c r="D26" t="s">
         <v>433</v>
       </c>
-      <c r="C14" t="s">
-[...2 lines deleted...]
-      <c r="D14" t="s">
+    </row>
+    <row r="27" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B27" t="s">
+        <v>130</v>
+      </c>
+      <c r="C27" t="s">
+        <v>137</v>
+      </c>
+      <c r="D27" t="s">
         <v>434</v>
       </c>
     </row>
-    <row r="15" spans="2:4">
-      <c r="B15" t="s">
+    <row r="28" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B28" t="s">
         <v>435</v>
       </c>
-      <c r="C15" t="s">
-[...2 lines deleted...]
-      <c r="D15" t="s">
+      <c r="C28" t="s">
+        <v>140</v>
+      </c>
+      <c r="D28" t="s">
         <v>436</v>
       </c>
     </row>
-    <row r="16" spans="2:4">
-      <c r="B16" t="s">
+    <row r="29" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B29" t="s">
+        <v>136</v>
+      </c>
+      <c r="C29" t="s">
+        <v>143</v>
+      </c>
+      <c r="D29" t="s">
         <v>437</v>
       </c>
-      <c r="C16" t="s">
-[...2 lines deleted...]
-      <c r="D16" t="s">
+    </row>
+    <row r="30" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B30" t="s">
+        <v>139</v>
+      </c>
+      <c r="C30" t="s">
         <v>438</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B17" t="s">
+      <c r="D30" t="s">
         <v>439</v>
       </c>
-      <c r="C17" t="s">
-[...2 lines deleted...]
-      <c r="D17" t="s">
+    </row>
+    <row r="31" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B31" t="s">
+        <v>385</v>
+      </c>
+      <c r="C31" t="s">
         <v>440</v>
       </c>
-    </row>
-[...7 lines deleted...]
-      <c r="D18" t="s">
+      <c r="D31" t="s">
         <v>441</v>
       </c>
     </row>
-    <row r="19" spans="2:4">
-      <c r="B19" t="s">
+    <row r="32" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B32" t="s">
+        <v>387</v>
+      </c>
+      <c r="C32" t="s">
         <v>442</v>
       </c>
-      <c r="C19" t="s">
-[...2 lines deleted...]
-      <c r="D19" t="s">
+      <c r="D32" t="s">
         <v>443</v>
-      </c>
-[...141 lines deleted...]
-        <v>465</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <TotalTime></TotalTime>
+  <Application>Microsoft Excel</Application>
+  <DocSecurity>0</DocSecurity>
+  <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Worksheets</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>20</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="20" baseType="lpstr">
+      <vt:lpstr>Subscription Title List</vt:lpstr>
+      <vt:lpstr>Eroschenko, 13 ed. - Atlas of H</vt:lpstr>
+      <vt:lpstr>Dugani, 01 ed. - Clinical Anato</vt:lpstr>
+      <vt:lpstr>Loukas - Essential Ultrasound A</vt:lpstr>
+      <vt:lpstr>Gartner, 08 ed. - Gartner and H</vt:lpstr>
+      <vt:lpstr>Agur, 02 ed. - Grant’s Atlas of</vt:lpstr>
+      <vt:lpstr>Detton - Grant’s Dissector, 18e</vt:lpstr>
+      <vt:lpstr>Cui, 02 ed. - Histology from a</vt:lpstr>
+      <vt:lpstr>Pawlina, 09 ed. - Histology A T</vt:lpstr>
+      <vt:lpstr>Sadler, 15 ed. - Langman's Medi</vt:lpstr>
+      <vt:lpstr>Tank, 01 ed. - Lippincott Willi</vt:lpstr>
+      <vt:lpstr>Gest, 02 ed. - Lippincott&lt;sup&gt;®</vt:lpstr>
+      <vt:lpstr>Chandar, 03 ed. - Lippincott® I</vt:lpstr>
+      <vt:lpstr>Dalley, 10 ed. - Moore’s Clinic</vt:lpstr>
+      <vt:lpstr>Agur, 07 ed. - Moore’s Essentia</vt:lpstr>
+      <vt:lpstr>Haines - Neuroanatomy Atlas in</vt:lpstr>
+      <vt:lpstr>Rohen, 09 ed. - Photographic At</vt:lpstr>
+      <vt:lpstr>Wineski, 11 ed. - Snell’s Clini</vt:lpstr>
+      <vt:lpstr>Splittgerber, 09 ed. - Snell’s</vt:lpstr>
+      <vt:lpstr>Wineski, 10 ed. - Snell's Clini</vt:lpstr>
+    </vt:vector>
+  </TitlesOfParts>
+  <LinksUpToDate>false</LinksUpToDate>
+  <SharedDoc>false</SharedDoc>
+  <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
-<cp:coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
+<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>puseascm05tol01$</dc:creator>
+  <cp:lastModifiedBy></cp:lastModifiedBy>
+  <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
-<Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties"/>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_fe6ee112-9e5c-4f16-b63d-fcad06e1707e_Enabled">
+    <vt:lpwstr>true</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_fe6ee112-9e5c-4f16-b63d-fcad06e1707e_SetDate">
+    <vt:lpwstr>2026-03-05T21:15:48Z</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_fe6ee112-9e5c-4f16-b63d-fcad06e1707e_Method">
+    <vt:lpwstr>Standard</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_fe6ee112-9e5c-4f16-b63d-fcad06e1707e_Name">
+    <vt:lpwstr>Internal Use</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_fe6ee112-9e5c-4f16-b63d-fcad06e1707e_SiteId">
+    <vt:lpwstr>8ac76c91-e7f1-41ff-a89c-3553b2da2c17</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_fe6ee112-9e5c-4f16-b63d-fcad06e1707e_ActionId">
+    <vt:lpwstr>a452dffc-3f1e-4183-b56d-6ce2d930410e</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_fe6ee112-9e5c-4f16-b63d-fcad06e1707e_ContentBits">
+    <vt:lpwstr>0</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_fe6ee112-9e5c-4f16-b63d-fcad06e1707e_Tag">
+    <vt:lpwstr>10, 3, 0, 1</vt:lpwstr>
+  </property>
+</Properties>
 </file>