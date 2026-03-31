--- v0 (2025-10-10)
+++ v1 (2026-03-31)
@@ -1,92 +1,92 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2842cfd9fd5e4737" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R715c66ed1a4c4da7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="sheet 1" sheetId="1" r:id="Ra5414b83957d49fd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="sheet 1" sheetId="1" r:id="R22932900e2bb40f0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fonts>
     <x:font>
       <x:color rgb="000000"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:color rgb="000000"/>
     </x:font>
     <x:font>
       <x:color rgb="0645AD"/>
     </x:font>
   </x:fonts>
   <x:fills>
     <x:fill>
       <x:patternFill patternType="none"/>
     </x:fill>
     <x:fill>
       <x:patternFill patternType="gray125"/>
     </x:fill>
   </x:fills>
   <x:borders>
     <x:border>
       <x:left/>
       <x:right/>
       <x:top/>
       <x:bottom/>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs>
     <x:xf fontId="0" fillId="0" borderId="0" applyFont="1">
       <x:alignment horizontal="left" vertical="center"/>
     </x:xf>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1">
       <x:alignment horizontal="left" vertical="center"/>
     </x:xf>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1">
       <x:alignment horizontal="left" vertical="center"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re280c49c382c4390" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Ra5414b83957d49fd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdf98070704944dd7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R22932900e2bb40f0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row>
       <x:c s="1" t="str">
         <x:v>publication_title</x:v>
       </x:c>
       <x:c s="1" t="str">
         <x:v>print_identifier</x:v>
       </x:c>
       <x:c s="1" t="str">
         <x:v>online_identifier</x:v>
       </x:c>
       <x:c s="1" t="str">
         <x:v>date_first_issue_online</x:v>
       </x:c>
       <x:c s="1" t="str">
         <x:v>num_first_vol_online</x:v>
       </x:c>
       <x:c s="1" t="str">
         <x:v>num_first_issue_online</x:v>
       </x:c>
       <x:c s="1" t="str">
@@ -107,51 +107,51 @@
       <x:c s="1" t="str">
         <x:v>title_id</x:v>
       </x:c>
       <x:c s="1" t="str">
         <x:v>embargo_info</x:v>
       </x:c>
       <x:c s="1" t="str">
         <x:v>coverage_depth</x:v>
       </x:c>
       <x:c s="1" t="str">
         <x:v>notes</x:v>
       </x:c>
       <x:c s="1" t="str">
         <x:v>publisher_name</x:v>
       </x:c>
       <x:c s="1" t="str">
         <x:v>publication_type</x:v>
       </x:c>
       <x:c s="1" t="str">
         <x:v>date_monograph_published_print</x:v>
       </x:c>
       <x:c s="1" t="str">
         <x:v>date_monograph_published_online</x:v>
       </x:c>
       <x:c s="1" t="str">
-        <x:v>mongraph_volume</x:v>
+        <x:v>monograph_volume</x:v>
       </x:c>
       <x:c s="1" t="str">
         <x:v>monograph_edition</x:v>
       </x:c>
       <x:c s="1" t="str">
         <x:v>first_editor</x:v>
       </x:c>
       <x:c s="1" t="str">
         <x:v>parent_publication_title_id</x:v>
       </x:c>
       <x:c s="1" t="str">
         <x:v>preceding_publication_title_id</x:v>
       </x:c>
       <x:c s="1" t="str">
         <x:v>access_type</x:v>
       </x:c>
       <x:c s="1" t="str">
         <x:v>DOI</x:v>
       </x:c>
       <x:c s="1" t="str">
         <x:v>Product</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="str">
@@ -165,52 +165,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://apn.lwwhealthlibrary.com/book.aspx?bookid=1249</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Briggs</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>1249</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-4511-9082-3</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2011-05-06</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -248,52 +248,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://apn.lwwhealthlibrary.com/book.aspx?bookid=3245</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>McCauley</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>3245</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-975114-62-6</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2022-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -331,52 +331,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://apn.lwwhealthlibrary.com/book.aspx?bookid=3246</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Hart</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>3246</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-975111-72-4</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2022-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -414,52 +414,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://apn.lwwhealthlibrary.com/book.aspx?bookid=1983</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Hauser</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>1983</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-451112-21-4</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer bu</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2013-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -497,52 +497,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://apn.lwwhealthlibrary.com/book.aspx?bookid=2837</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>HAUSER</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>2837</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-496384-48-5</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2019-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -580,52 +580,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://apn.lwwhealthlibrary.com/book.aspx?bookid=3396</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Alan</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>3396</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-975227-57-9</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2025-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -663,52 +663,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://apn.lwwhealthlibrary.com/book.aspx?bookid=1876</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Bickley</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>1876</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-469893-41-9</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2017-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -746,135 +746,218 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://apn.lwwhealthlibrary.com/book.aspx?bookid=2964</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Bickley</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>2964</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-496398-17-8</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2021-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>13.00</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Soriano</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="str">
+        <x:v>Bates’ Guide to Physical Examination and History Taking, 14e</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>9781975218348</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>https://apn.lwwhealthlibrary.com/book.aspx?bookid=3430</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>Soriano</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>9781975218348</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>fulltext</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>Wolters Kluwer</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>monograph</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>2026-01-01</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="str">
         <x:v>Beckmann and Ling’s Obstetrics and Gynecology, 8e</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>978-1-496353-09-2</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://apn.lwwhealthlibrary.com/book.aspx?bookid=2438</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Casanova</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>2438</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-496353-09-2</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2019-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -912,135 +995,218 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://apn.lwwhealthlibrary.com/book.aspx?bookid=3271</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Casanova</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>3271</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-975180-57-7</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2024-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>9.00</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="str">
+        <x:v>Blue Prints: Family Medicine, 5e</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>978-1-975227-54-8</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>https://apn.lwwhealthlibrary.com/book.aspx?bookid=3427</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>King</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>978-1-975227-54-8</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>fulltext</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>monograph</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>2026-01-01</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>5.00</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="str">
         <x:v>Blue Prints: Pediatrics, 7e</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>978-1-496396-46-4</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://apn.lwwhealthlibrary.com/book.aspx?bookid=2571</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Marino</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>2571</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-496396-46-4</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2020-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -1078,52 +1244,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://apn.lwwhealthlibrary.com/book.aspx?bookid=1261</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lipsky</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>1261</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-6083-1087-6</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2011-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -1161,52 +1327,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://apn.lwwhealthlibrary.com/book.aspx?bookid=2439</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>King</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>2439</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-496377-88-3</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2007-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -1244,52 +1410,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://apn.lwwhealthlibrary.com/book.aspx?bookid=1319</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Marino</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>1319</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-4511-1604-5</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2013-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -1327,52 +1493,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://apn.lwwhealthlibrary.com/book.aspx?bookid=3077</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Briggs</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>3077</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-975162-37-5</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2022-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -1410,52 +1576,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://apn.lwwhealthlibrary.com/book.aspx?bookid=1976</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Bobonich</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>1976</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-451191-97-4</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer bu</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2016-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -1493,52 +1659,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://apn.lwwhealthlibrary.com/book.aspx?bookid=3097</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Bobonich</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>3097</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-975148-35-5</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2021-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -1576,52 +1742,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://apn.lwwhealthlibrary.com/book.aspx?bookid=1278</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Hulley</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>1278</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-60831-804-9</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2013-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -1659,52 +1825,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://apn.lwwhealthlibrary.com/book.aspx?bookid=2153</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Briggs</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>2153</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-496349-62-0</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer bu</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2017-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -1742,52 +1908,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://apn.lwwhealthlibrary.com/book.aspx?bookid=1979</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Sanford</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>1979</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-451193-34-3</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer bu</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2015-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -1825,52 +1991,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://apn.lwwhealthlibrary.com/book.aspx?bookid=3157</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Angelow</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>3157</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-975120-28-3</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2022-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -1908,52 +2074,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://apn.lwwhealthlibrary.com/book.aspx?bookid=1304</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Sloane</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>1304</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-6083-1655-7</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2012-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -1991,52 +2157,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://apn.lwwhealthlibrary.com/book.aspx?bookid=2394</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Smith</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>2394</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-496364-97-5</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2019-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -2074,52 +2240,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://apn.lwwhealthlibrary.com/book.aspx?bookid=2012</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Burggraf</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>2012</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-451191-04-2</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer bu</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2014-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -2157,52 +2323,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://apn.lwwhealthlibrary.com/book.aspx?bookid=1978</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Kantor</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>1978</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-451194-38-8</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer bu</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2016-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -2240,52 +2406,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://apn.lwwhealthlibrary.com/book.aspx?bookid=3071</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Boland</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>3071</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-975145-56-9</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2022-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -2323,52 +2489,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://apn.lwwhealthlibrary.com/book.aspx?bookid=1234</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Sadock</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>1234</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-6091-3971-1</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2015-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -2406,52 +2572,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://apn.lwwhealthlibrary.com/book.aspx?bookid=2347</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Eliason</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>2347</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-496394-60-6</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer bu</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2018-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -2489,52 +2655,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://apn.lwwhealthlibrary.com/book.aspx?bookid=1975</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Rundio</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>1975</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-496306-58-6</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer bu</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2016-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -2572,135 +2738,218 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://apn.lwwhealthlibrary.com/book.aspx?bookid=1985</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Kline-Tilford</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>1985</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-496308-56-6</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer bu</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2016-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>1.00</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="str">
+        <x:v>Marino’s The Little ICU Book, Third Edition</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>978-1-975222-42-0</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>https://apn.lwwhealthlibrary.com/book.aspx?bookid=3467</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>Galvagno</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>978-1-975222-42-0</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>fulltext</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>monograph</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>2026-01-01</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="str">
         <x:v>Marino's The Little ICU Book, 2e</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>978-1-451194-58-6</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://apn.lwwhealthlibrary.com/book.aspx?bookid=2034</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Marino</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>2034</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-451194-58-6</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2017-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -2738,52 +2987,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://apn.lwwhealthlibrary.com/book.aspx?bookid=1527</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Beckmann</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>1527</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-4511-4431-4</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>1992-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -2821,52 +3070,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://apn.lwwhealthlibrary.com/book.aspx?bookid=2760</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Starkweather</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>2760</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-975103-35-4</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2020-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -2904,52 +3153,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://apn.lwwhealthlibrary.com/book.aspx?bookid=1982</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Arcangelo</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>1982</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-496319-96-8</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer bu</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2017-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -2987,52 +3236,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://apn.lwwhealthlibrary.com/book.aspx?bookid=3158</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Arcangelo</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>3158</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-975160-59-3</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2022-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -3070,52 +3319,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://apn.lwwhealthlibrary.com/book.aspx?bookid=1214</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Goroll</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>1214</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-4511-5149-7</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2014-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -3153,52 +3402,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://apn.lwwhealthlibrary.com/book.aspx?bookid=2986</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Goroll</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>2986</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-496398-11-6</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2021-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -3236,52 +3485,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://apn.lwwhealthlibrary.com/book.aspx?bookid=823</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lo</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>823</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-4511-7640-7</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2012-12-31</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -3319,52 +3568,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://apn.lwwhealthlibrary.com/book.aspx?bookid=2606</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lo</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>2606</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-975103-54-5</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2020-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -3402,52 +3651,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://apn.lwwhealthlibrary.com/book.aspx?bookid=1342</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Zorc</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>1342</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-6083-1578-9</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2013-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -3485,52 +3734,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://apn.lwwhealthlibrary.com/book.aspx?bookid=2564</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Maldonado</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>2564</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-496397-94-2</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2019-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -3568,52 +3817,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://apn.lwwhealthlibrary.com/book.aspx?bookid=3305</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Maldonado</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>3305</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-9752-1648-1</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Wolters Kluwerat Two Commerce Square</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2025-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -3651,52 +3900,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://apn.lwwhealthlibrary.com/book.aspx?bookid=1627</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Agabegi</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>1627</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-4963-0614-2</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2016-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -3734,52 +3983,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://apn.lwwhealthlibrary.com/book.aspx?bookid=2614</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Agabegi</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>2614</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-975103-61-3</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2020-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -3817,52 +4066,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://apn.lwwhealthlibrary.com/book.aspx?bookid=3254</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Agabegi</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>3254</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-975192-71-6</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2024-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -3900,52 +4149,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://apn.lwwhealthlibrary.com/book.aspx?bookid=1981</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Hickey</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>1981</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-451193-46-6</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer bu</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2016-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -3983,52 +4232,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://apn.lwwhealthlibrary.com/book.aspx?bookid=1980</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Rundio</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>1980</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-451195-17-0</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer bu</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2015-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -4066,52 +4315,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://apn.lwwhealthlibrary.com/book.aspx?bookid=1451</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Johnson</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>1451</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-4511-8880-6</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2015-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -4149,135 +4398,218 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://apn.lwwhealthlibrary.com/book.aspx?bookid=2919</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Chou</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>2919</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-975140-20-5</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2021-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>6.00</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="str">
+        <x:v>The Johns Hopkins Manual of Gynecology and Obstetrics, 7e</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>9781975240011</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>https://apn.lwwhealthlibrary.com/book.aspx?bookid=3423</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>Chou</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>9781975240011</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>fulltext</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>Wolters Kluwer</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>monograph</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>2026-01-01</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="str">
         <x:v>The Psychiatric Interview, 4e</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>978-1-496327-71-0</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://apn.lwwhealthlibrary.com/book.aspx?bookid=2246</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Carlat</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>2246</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-496327-71-0</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer bu</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2017-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -4315,52 +4647,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://apn.lwwhealthlibrary.com/book.aspx?bookid=3268</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Carlat</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>3268</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-975212-97-1</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2024-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -4398,52 +4730,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://apn.lwwhealthlibrary.com/book.aspx?bookid=1283</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Carlat</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>1283</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-4511-1019-7</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2010-10-11</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -4481,135 +4813,218 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://apn.lwwhealthlibrary.com/book.aspx?bookid=1711</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Bhat</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>1711</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-496338-51-8</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Scbooks</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2016-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>35.00</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="str">
+        <x:v>The Washington Manual ® of Medical Therapeutics, 38e</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>978-1-975245-40-5</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>https://apn.lwwhealthlibrary.com/book.aspx?bookid=3469</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>978-1-975245-40-5</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>fulltext</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v> Inline Graphic 1Wolters Kluwer</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>monograph</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>2025-01-01</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>Daniel</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+      <x:c s="0" t="str">
+        <x:v>-</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="str">
         <x:v>The Washington Manual ® of Patient Safety and Quality Improvement, 1e</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>978-1-451193-558</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://apn.lwwhealthlibrary.com/book.aspx?bookid=1973</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Fondahn</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>1973</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-451193-558</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer bu</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2016-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -4647,52 +5062,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://apn.lwwhealthlibrary.com/book.aspx?bookid=2663</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Crees</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>2663</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-975113-48-3</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2019-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -4730,52 +5145,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://apn.lwwhealthlibrary.com/book.aspx?bookid=3230</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Ancha</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>3230</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-975190-62-0</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2023-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -4813,52 +5228,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://apn.lwwhealthlibrary.com/book.aspx?bookid=2592</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Hawkey</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>2592</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-975105-22-8</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2020-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -4896,52 +5311,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://apn.lwwhealthlibrary.com/book.aspx?bookid=2839</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Rao</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>2839</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-975105-58-7</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer business</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2021-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -4979,52 +5394,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://apn.lwwhealthlibrary.com/book.aspx?bookid=1265</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Williamson</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>1265</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-4511-9176-9</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2015-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
@@ -5062,52 +5477,52 @@
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>https://apn.lwwhealthlibrary.com/book.aspx?bookid=1974</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Olshansky</x:v>
       </x:c>
-      <x:c s="0" t="n">
-        <x:v>1974</x:v>
+      <x:c s="0" t="str">
+        <x:v>978-1-451192-00-1</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>fulltext</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>Lippincott Williams &amp; Wilkins, a Wolters Kluwer bu</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>monograph</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>2015-01-01</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>
       <x:c s="0" t="str">
         <x:v>-</x:v>
       </x:c>