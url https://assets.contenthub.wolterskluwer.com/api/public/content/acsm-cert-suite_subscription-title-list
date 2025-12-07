--- v0 (2025-10-07)
+++ v1 (2025-12-07)
@@ -1,87 +1,95 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet10.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet11.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet12.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet13.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
+  <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml" /></Relationships>
+<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-[...1 lines deleted...]
-  <workbookPr codeName="ThisWorkbook"/>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29231"/>
+  <workbookPr codeName="ThisWorkbook" defaultThemeVersion="202300"/>
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+    <mc:Choice Requires="x15">
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://wolterskluwer-my.sharepoint.com/personal/leanne_vandetty_wolterskluwer_com/Documents/Health Library/Health Library Repository/Health Library Title Lists/Subscription/"/>
+    </mc:Choice>
+  </mc:AlternateContent>
+  <xr:revisionPtr revIDLastSave="7" documentId="11_51055B59F21CC144D85DFC92B2A7E8A1F3BA89D6" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{0E34D20A-2741-4061-A6FD-BA0F4AE500D8}"/>
+  <bookViews>
+    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10300" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+  </bookViews>
   <sheets>
     <sheet name="Subscription Title List" sheetId="1" r:id="rId1"/>
     <sheet name="ACSM, 06 ed. - ACSM’s Certifica" sheetId="2" r:id="rId2"/>
     <sheet name="Bayles, 02 ed. - ACSM’S Exercis" sheetId="3" r:id="rId3"/>
     <sheet name="ACSM, 06 ed. - ACSM’s Fitness A" sheetId="4" r:id="rId4"/>
     <sheet name="Liguori, 05 ed. - ACSM’s Health" sheetId="5" r:id="rId5"/>
     <sheet name="Benardot, 1 ed. - ACSM’s Nutrit" sheetId="6" r:id="rId6"/>
     <sheet name="ACSM, 03 ed. - ACSM’S Resources" sheetId="7" r:id="rId7"/>
     <sheet name="Hargens, 06 ed. - ACSM’s Resour" sheetId="8" r:id="rId8"/>
     <sheet name="Thompson, 02 ed. - ACSM's Clini" sheetId="9" r:id="rId9"/>
     <sheet name="Ratamess, 02 ed. - ACSM's Found" sheetId="10" r:id="rId10"/>
     <sheet name="Benardot - ACSM's Nutrition for" sheetId="11" r:id="rId11"/>
-    <sheet name=", 02 ed. - ACSM's Resources for" sheetId="12" r:id="rId12"/>
-    <sheet name="O'Connor, 01 ed. - ACSM's Sport" sheetId="13" r:id="rId13"/>
+    <sheet name="ACSM, 02 ed. - ACSM's Resources" sheetId="12" r:id="rId12"/>
+    <sheet name="O'Connor, 02 ed. - ACSM's Sport" sheetId="13" r:id="rId13"/>
   </sheets>
-  <calcPr fullPrecision="1" calcMode="auto" calcId="125725"/>
+  <calcPr calcId="125725"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1087">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1491" uniqueCount="1143">
   <si>
     <t>Author</t>
   </si>
   <si>
-    <t/>
-[...1 lines deleted...]
-  <si>
     <t>Title</t>
   </si>
   <si>
     <t>Edition</t>
   </si>
   <si>
     <t>ISBN</t>
   </si>
   <si>
     <t>Year Published</t>
   </si>
   <si>
     <t>Title Level URL</t>
   </si>
   <si>
     <t>Date Added to HL</t>
   </si>
   <si>
     <t>ACSM</t>
   </si>
   <si>
     <t>ACSM’s Certification Review, 6e</t>
   </si>
   <si>
     <t>978-1-975161-91-0</t>
@@ -179,62 +187,50 @@
   <si>
     <t>https://exercisescience.lwwhealthlibrary.com/book.aspx?bookid=3089</t>
   </si>
   <si>
     <t>Dan Benardot, PhD, DHC, RDN, FACSM</t>
   </si>
   <si>
     <t>ACSM's Nutrition for Exercise Science, 2e</t>
   </si>
   <si>
     <t>978-1-9751-9716-2</t>
   </si>
   <si>
     <t>https://exercisescience.lwwhealthlibrary.com/book.aspx?bookid=3375</t>
   </si>
   <si>
     <t>ACSM's Resources for the Group Exercise Instructor, 2e</t>
   </si>
   <si>
     <t>978-1-975182-09-0</t>
   </si>
   <si>
     <t>https://exercisescience.lwwhealthlibrary.com/book.aspx?bookid=3213</t>
   </si>
   <si>
-    <t>Francis G. O'Connor, MD, MPH, FACSM</t>
-[...10 lines deleted...]
-  <si>
     <t>Authors</t>
   </si>
   <si>
     <t>Chapters</t>
   </si>
   <si>
     <t>URL</t>
   </si>
   <si>
     <t xml:space="preserve">Copyright </t>
   </si>
   <si>
     <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=251767778&amp;bookId=3117</t>
   </si>
   <si>
     <t>Preface</t>
   </si>
   <si>
     <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=251767782&amp;bookId=3117</t>
   </si>
   <si>
     <t>Acknowledgments</t>
   </si>
   <si>
     <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=251767800&amp;bookId=3117</t>
@@ -2192,6889 +2188,7622 @@
   <si>
     <t>Wind Chill Index Chart</t>
   </si>
   <si>
     <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=253109775&amp;bookId=3213</t>
   </si>
   <si>
     <t>General Illumination Guidelines</t>
   </si>
   <si>
     <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=253109778&amp;bookId=3213</t>
   </si>
   <si>
     <t>Sample Class Plan — High-Intensity Interval Training Format</t>
   </si>
   <si>
     <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=253109781&amp;bookId=3213</t>
   </si>
   <si>
     <t>Editor and Contributing Authors from the Previous Edition*</t>
   </si>
   <si>
     <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=253109872&amp;bookId=3213</t>
   </si>
   <si>
-    <t>Douglas J. Casa, PhD, ATC, FACSM, FNATA</t>
-[...10 lines deleted...]
-  <si>
     <t>Robert P. Wilder, MD, FACSM</t>
   </si>
   <si>
-    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=187939390&amp;bookId=2413</t>
-[...34 lines deleted...]
-  <si>
     <t>The Team Physician</t>
   </si>
   <si>
-    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=187940572&amp;bookId=2413</t>
-[...1 lines deleted...]
-  <si>
     <t>Ethical Considerations in Sports Medicine</t>
   </si>
   <si>
-    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=187940591&amp;bookId=2413</t>
-[...13 lines deleted...]
-  <si>
     <t>Basics in Exercise Physiology</t>
   </si>
   <si>
-    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=187940698&amp;bookId=2413</t>
-[...1 lines deleted...]
-  <si>
     <t>Articular Cartilage Injury</t>
   </si>
   <si>
-    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=187940810&amp;bookId=2413</t>
-[...1 lines deleted...]
-  <si>
     <t>Bone Injury and Fracture Healing</t>
   </si>
   <si>
-    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=187940892&amp;bookId=2413</t>
-[...1 lines deleted...]
-  <si>
     <t>Nerve Injury</t>
   </si>
   <si>
-    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=187940988&amp;bookId=2413</t>
-[...1 lines deleted...]
-  <si>
     <t>Muscle and Tendon Injury and Repair</t>
   </si>
   <si>
-    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=187941042&amp;bookId=2413</t>
-[...1 lines deleted...]
-  <si>
     <t>Basic Principles of Exercise Training and Conditioning</t>
   </si>
   <si>
-    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=187941101&amp;bookId=2413</t>
-[...7 lines deleted...]
-  <si>
     <t>Exercise Prescription</t>
   </si>
   <si>
-    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=187941270&amp;bookId=2413</t>
-[...1 lines deleted...]
-  <si>
     <t>Playing Surface and Protective Equipment</t>
   </si>
   <si>
-    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=187941308&amp;bookId=2413</t>
-[...7 lines deleted...]
-  <si>
     <t>Mass Participation Events</t>
   </si>
   <si>
-    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=187941429&amp;bookId=2413</t>
-[...1 lines deleted...]
-  <si>
     <t>Catastrophic Sports Injuries</t>
   </si>
   <si>
-    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=187941482&amp;bookId=2413</t>
-[...13 lines deleted...]
-  <si>
     <t>Diagnostic Imaging</t>
   </si>
   <si>
-    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=187941649&amp;bookId=2413</t>
-[...1 lines deleted...]
-  <si>
     <t>Musculoskeletal Ultrasound</t>
   </si>
   <si>
-    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=187941689&amp;bookId=2413</t>
-[...1 lines deleted...]
-  <si>
     <t>Electrodiagnostic Testing</t>
   </si>
   <si>
-    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=187941761&amp;bookId=2413</t>
-[...1 lines deleted...]
-  <si>
     <t>Exercise Testing</t>
   </si>
   <si>
-    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=187941841&amp;bookId=2413</t>
-[...1 lines deleted...]
-  <si>
     <t>Gait Analysis</t>
   </si>
   <si>
-    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=187941932&amp;bookId=2413</t>
-[...1 lines deleted...]
-  <si>
     <t>Compartment Syndrome Testing</t>
   </si>
   <si>
     <t>Chapter 23</t>
   </si>
   <si>
-    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=187941960&amp;bookId=2413</t>
-[...1 lines deleted...]
-  <si>
     <t>Exercise-Induced Bronchoconstriction Testing</t>
   </si>
   <si>
     <t>Chapter 24</t>
   </si>
   <si>
-    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=187942010&amp;bookId=2413</t>
-[...1 lines deleted...]
-  <si>
     <t>Drug Testing</t>
   </si>
   <si>
     <t>Chapter 25</t>
   </si>
   <si>
-    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=187942033&amp;bookId=2413</t>
-[...1 lines deleted...]
-  <si>
     <t>Neuropsychological Testing in Concussion</t>
   </si>
   <si>
     <t>Chapter 26</t>
   </si>
   <si>
-    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=187942065&amp;bookId=2413</t>
-[...10 lines deleted...]
-  <si>
     <t>Chapter 27</t>
   </si>
   <si>
-    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=187942145&amp;bookId=2413</t>
-[...1 lines deleted...]
-  <si>
     <t>Dermatology</t>
   </si>
   <si>
     <t>Chapter 28</t>
   </si>
   <si>
-    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=187942200&amp;bookId=2413</t>
-[...1 lines deleted...]
-  <si>
     <t>Genitourinary</t>
   </si>
   <si>
     <t>Chapter 29</t>
   </si>
   <si>
-    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=187942293&amp;bookId=2413</t>
-[...1 lines deleted...]
-  <si>
     <t>Ophthalmology</t>
   </si>
   <si>
     <t>Chapter 30</t>
   </si>
   <si>
-    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=187942333&amp;bookId=2413</t>
-[...1 lines deleted...]
-  <si>
     <t>Otorhinolaryngology</t>
   </si>
   <si>
     <t>Chapter 31</t>
   </si>
   <si>
-    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=187942381&amp;bookId=2413</t>
-[...1 lines deleted...]
-  <si>
     <t>Dental Injuries</t>
   </si>
   <si>
     <t>Chapter 32</t>
   </si>
   <si>
-    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=187942436&amp;bookId=2413</t>
-[...1 lines deleted...]
-  <si>
     <t>Infectious Disease and the Athlete</t>
   </si>
   <si>
     <t>Chapter 33</t>
   </si>
   <si>
-    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=187942456&amp;bookId=2413</t>
-[...1 lines deleted...]
-  <si>
     <t>Endocrinology and Sports</t>
   </si>
   <si>
     <t>Chapter 34</t>
   </si>
   <si>
-    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=187942504&amp;bookId=2413</t>
-[...1 lines deleted...]
-  <si>
     <t>Hematology in the Athlete</t>
   </si>
   <si>
     <t>Chapter 35</t>
   </si>
   <si>
-    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=187942609&amp;bookId=2413</t>
-[...1 lines deleted...]
-  <si>
     <t>Neurology</t>
   </si>
   <si>
     <t>Chapter 36</t>
   </si>
   <si>
-    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=187942664&amp;bookId=2413</t>
-[...1 lines deleted...]
-  <si>
     <t>Gastroenterology</t>
   </si>
   <si>
     <t>Chapter 37</t>
   </si>
   <si>
-    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=187942712&amp;bookId=2413</t>
-[...1 lines deleted...]
-  <si>
     <t>Pulmonary</t>
   </si>
   <si>
     <t>Chapter 38</t>
   </si>
   <si>
-    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=187942736&amp;bookId=2413</t>
-[...1 lines deleted...]
-  <si>
     <t>Allergic Diseases in Athletes</t>
   </si>
   <si>
     <t>Chapter 39</t>
   </si>
   <si>
-    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=187942779&amp;bookId=2413</t>
-[...1 lines deleted...]
-  <si>
     <t>Overtraining Syndrome</t>
   </si>
   <si>
     <t>Chapter 40</t>
   </si>
   <si>
-    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=187942847&amp;bookId=2413</t>
-[...1 lines deleted...]
-  <si>
     <t>Exercise and Chronic Disease</t>
   </si>
   <si>
     <t>Chapter 41</t>
   </si>
   <si>
-    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=187942888&amp;bookId=2413</t>
-[...1 lines deleted...]
-  <si>
     <t>Environmental Injuries: Hypothermia, Frostbite, Heat Illness, and Altitude Illness</t>
   </si>
   <si>
     <t>Chapter 42</t>
   </si>
   <si>
-    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=187942941&amp;bookId=2413</t>
-[...7 lines deleted...]
-  <si>
     <t>Head Injuries</t>
   </si>
   <si>
     <t>Chapter 43</t>
   </si>
   <si>
-    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=187943008&amp;bookId=2413</t>
-[...1 lines deleted...]
-  <si>
     <t>Cervical Spine</t>
   </si>
   <si>
     <t>Chapter 44</t>
   </si>
   <si>
-    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=187943054&amp;bookId=2413</t>
-[...1 lines deleted...]
-  <si>
     <t>Thoracic and Lumbar Spine</t>
   </si>
   <si>
     <t>Chapter 45</t>
   </si>
   <si>
-    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=187943102&amp;bookId=2413</t>
-[...4 lines deleted...]
-  <si>
     <t>Chapter 46</t>
   </si>
   <si>
-    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=187943167&amp;bookId=2413</t>
-[...1 lines deleted...]
-  <si>
     <t>Shoulder Instability</t>
   </si>
   <si>
     <t>Chapter 47</t>
   </si>
   <si>
-    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=187943187&amp;bookId=2413</t>
-[...1 lines deleted...]
-  <si>
     <t>Rotator Cuff Pathology</t>
   </si>
   <si>
     <t>Chapter 48</t>
   </si>
   <si>
-    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=187943239&amp;bookId=2413</t>
-[...1 lines deleted...]
-  <si>
     <t>Sternoclavicular, Clavicular, and Acromioclavicular Injuries</t>
   </si>
   <si>
     <t>Chapter 49</t>
   </si>
   <si>
-    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=187943274&amp;bookId=2413</t>
-[...1 lines deleted...]
-  <si>
     <t>Shoulder Superior Labrum Anterior and Posterior Tears and Biceps Tears</t>
   </si>
   <si>
     <t>Chapter 50</t>
   </si>
   <si>
-    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=187943401&amp;bookId=2413</t>
-[...1 lines deleted...]
-  <si>
     <t>The Throwing Shoulder</t>
   </si>
   <si>
     <t>Chapter 51</t>
   </si>
   <si>
-    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=187943429&amp;bookId=2413</t>
-[...1 lines deleted...]
-  <si>
     <t>Elbow Instability</t>
   </si>
   <si>
     <t>Chapter 52</t>
   </si>
   <si>
-    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=187943508&amp;bookId=2413</t>
-[...1 lines deleted...]
-  <si>
     <t>Elbow Articular Lesions and Fractures</t>
   </si>
   <si>
     <t>Chapter 53</t>
   </si>
   <si>
-    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=187943528&amp;bookId=2413</t>
-[...4 lines deleted...]
-  <si>
     <t>Chapter 54</t>
   </si>
   <si>
-    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=187943562&amp;bookId=2413</t>
-[...4 lines deleted...]
-  <si>
     <t>Chapter 55</t>
   </si>
   <si>
-    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=187943582&amp;bookId=2413</t>
-[...1 lines deleted...]
-  <si>
     <t>Wrist and Hand Fractures</t>
   </si>
   <si>
     <t>Chapter 56</t>
   </si>
   <si>
-    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=187943669&amp;bookId=2413</t>
-[...1 lines deleted...]
-  <si>
     <t>Upper Extremity Nerve Entrapment</t>
   </si>
   <si>
     <t>Chapter 57</t>
   </si>
   <si>
-    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=187943752&amp;bookId=2413</t>
-[...4 lines deleted...]
-  <si>
     <t>Chapter 58</t>
   </si>
   <si>
-    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=187944057&amp;bookId=2413</t>
-[...1 lines deleted...]
-  <si>
     <t>Pelvis, Hip, and Thigh Injuries</t>
   </si>
   <si>
     <t>Chapter 59</t>
   </si>
   <si>
-    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=187944082&amp;bookId=2413</t>
-[...1 lines deleted...]
-  <si>
     <t>Knee Meniscal Injuries</t>
   </si>
   <si>
     <t>Chapter 60</t>
   </si>
   <si>
-    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=187944182&amp;bookId=2413</t>
-[...1 lines deleted...]
-  <si>
     <t>Knee Instability</t>
   </si>
   <si>
     <t>Chapter 61</t>
   </si>
   <si>
-    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=187944246&amp;bookId=2413</t>
-[...1 lines deleted...]
-  <si>
     <t>The Patellofemoral Joint</t>
   </si>
   <si>
     <t>Chapter 62</t>
   </si>
   <si>
-    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=187944306&amp;bookId=2413</t>
-[...4 lines deleted...]
-  <si>
     <t>Chapter 63</t>
   </si>
   <si>
-    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=187944329&amp;bookId=2413</t>
-[...1 lines deleted...]
-  <si>
     <t>Ankle Instability</t>
   </si>
   <si>
     <t>Chapter 64</t>
   </si>
   <si>
-    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=187944396&amp;bookId=2413</t>
-[...4 lines deleted...]
-  <si>
     <t>Chapter 65</t>
   </si>
   <si>
-    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=187944468&amp;bookId=2413</t>
-[...1 lines deleted...]
-  <si>
     <t>Foot and Ankle Fractures</t>
   </si>
   <si>
     <t>Chapter 66</t>
   </si>
   <si>
-    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=187944574&amp;bookId=2413</t>
-[...1 lines deleted...]
-  <si>
     <t>Lower Extremity Stress Fractures</t>
   </si>
   <si>
     <t>Chapter 67</t>
   </si>
   <si>
-    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=187944650&amp;bookId=2413</t>
-[...1 lines deleted...]
-  <si>
     <t>Lower Extremity Nerve Entrapments</t>
   </si>
   <si>
     <t>Chapter 68</t>
   </si>
   <si>
-    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=187944701&amp;bookId=2413</t>
-[...7 lines deleted...]
-  <si>
     <t>Physical Modalities in Sports Medicine</t>
   </si>
   <si>
     <t>Chapter 69</t>
   </si>
   <si>
-    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=187944805&amp;bookId=2413</t>
-[...1 lines deleted...]
-  <si>
     <t>Core Strengthening</t>
   </si>
   <si>
     <t>Chapter 70</t>
   </si>
   <si>
-    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=187944916&amp;bookId=2413</t>
-[...1 lines deleted...]
-  <si>
     <t>Medications and Ergogenic Aids</t>
   </si>
   <si>
     <t>Chapter 71</t>
   </si>
   <si>
-    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=187944950&amp;bookId=2413</t>
-[...1 lines deleted...]
-  <si>
     <t>Prolotherapy</t>
   </si>
   <si>
     <t>Chapter 72</t>
   </si>
   <si>
-    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=187945049&amp;bookId=2413</t>
-[...4 lines deleted...]
-  <si>
     <t>Chapter 73</t>
   </si>
   <si>
-    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=187945102&amp;bookId=2413</t>
-[...4 lines deleted...]
-  <si>
     <t>Chapter 74</t>
   </si>
   <si>
-    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=187945215&amp;bookId=2413</t>
-[...1 lines deleted...]
-  <si>
     <t>Footwear and Orthotics</t>
   </si>
   <si>
     <t>Chapter 75</t>
   </si>
   <si>
-    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=187945275&amp;bookId=2413</t>
-[...1 lines deleted...]
-  <si>
     <t>Taping in Sports Medicine</t>
   </si>
   <si>
     <t>Chapter 76</t>
   </si>
   <si>
-    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=187945312&amp;bookId=2413</t>
-[...1 lines deleted...]
-  <si>
     <t>Bracing in Sports Medicine</t>
   </si>
   <si>
     <t>Chapter 77</t>
   </si>
   <si>
-    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=187945356&amp;bookId=2413</t>
-[...1 lines deleted...]
-  <si>
     <t>Casting and Splinting</t>
   </si>
   <si>
     <t>Chapter 78</t>
   </si>
   <si>
-    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=187945375&amp;bookId=2413</t>
-[...1 lines deleted...]
-  <si>
     <t>Psychological Considerations in Physical Activity, Exercise, and Sport</t>
   </si>
   <si>
     <t>Chapter 79</t>
   </si>
   <si>
-    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=187945397&amp;bookId=2413</t>
-[...4 lines deleted...]
-  <si>
     <t>Chapter 80</t>
   </si>
   <si>
-    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=187945464&amp;bookId=2413</t>
-[...1 lines deleted...]
-  <si>
     <t>Special Considerations for Postoperative Athletes</t>
   </si>
   <si>
     <t>Chapter 81</t>
   </si>
   <si>
-    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=187945516&amp;bookId=2413</t>
-[...10 lines deleted...]
-  <si>
     <t>Chapter 82</t>
   </si>
   <si>
-    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=187945617&amp;bookId=2413</t>
-[...1 lines deleted...]
-  <si>
     <t>Basketball</t>
   </si>
   <si>
     <t>Chapter 83</t>
   </si>
   <si>
-    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=187945637&amp;bookId=2413</t>
-[...4 lines deleted...]
-  <si>
     <t>Chapter 84</t>
   </si>
   <si>
-    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=187945678&amp;bookId=2413</t>
-[...4 lines deleted...]
-  <si>
     <t>Chapter 85</t>
   </si>
   <si>
-    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=187945711&amp;bookId=2413</t>
-[...4 lines deleted...]
-  <si>
     <t>Chapter 86</t>
   </si>
   <si>
-    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=187945740&amp;bookId=2413</t>
-[...4 lines deleted...]
-  <si>
     <t>Chapter 87</t>
   </si>
   <si>
-    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=187945761&amp;bookId=2413</t>
-[...4 lines deleted...]
-  <si>
     <t>Chapter 88</t>
   </si>
   <si>
-    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=187945818&amp;bookId=2413</t>
-[...4 lines deleted...]
-  <si>
     <t>Chapter 89</t>
   </si>
   <si>
-    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=187945922&amp;bookId=2413</t>
-[...1 lines deleted...]
-  <si>
     <t>Dive Medicine</t>
   </si>
   <si>
     <t>Chapter 90</t>
   </si>
   <si>
-    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=187945942&amp;bookId=2413</t>
-[...4 lines deleted...]
-  <si>
     <t>Chapter 91</t>
   </si>
   <si>
-    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=187946035&amp;bookId=2413</t>
-[...1 lines deleted...]
-  <si>
     <t>Football</t>
   </si>
   <si>
     <t>Chapter 92</t>
   </si>
   <si>
-    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=187946106&amp;bookId=2413</t>
-[...4 lines deleted...]
-  <si>
     <t>Chapter 93</t>
   </si>
   <si>
-    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=187946172&amp;bookId=2413</t>
-[...1 lines deleted...]
-  <si>
     <t>Gymnastics</t>
   </si>
   <si>
     <t>Chapter 94</t>
   </si>
   <si>
-    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=187946205&amp;bookId=2413</t>
-[...4 lines deleted...]
-  <si>
     <t>Chapter 95</t>
   </si>
   <si>
-    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=187946244&amp;bookId=2413</t>
-[...4 lines deleted...]
-  <si>
     <t>Chapter 96</t>
   </si>
   <si>
-    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=187946308&amp;bookId=2413</t>
-[...1 lines deleted...]
-  <si>
     <t>Lacrosse</t>
   </si>
   <si>
     <t>Chapter 97</t>
   </si>
   <si>
-    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=187946346&amp;bookId=2413</t>
-[...4 lines deleted...]
-  <si>
     <t>Chapter 98</t>
   </si>
   <si>
-    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=187946444&amp;bookId=2413</t>
-[...1 lines deleted...]
-  <si>
     <t>Running</t>
   </si>
   <si>
     <t>Chapter 99</t>
   </si>
   <si>
-    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=187946517&amp;bookId=2413</t>
-[...1 lines deleted...]
-  <si>
     <t>Alpine Skiing and Snowboarding</t>
   </si>
   <si>
     <t>Chapter 100</t>
   </si>
   <si>
-    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=187946603&amp;bookId=2413</t>
-[...4 lines deleted...]
-  <si>
     <t>Chapter 101</t>
   </si>
   <si>
-    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=187946623&amp;bookId=2413</t>
-[...1 lines deleted...]
-  <si>
     <t>Soccer</t>
   </si>
   <si>
     <t>Chapter 102</t>
   </si>
   <si>
-    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=187946647&amp;bookId=2413</t>
-[...1 lines deleted...]
-  <si>
     <t>Softball Injuries</t>
   </si>
   <si>
     <t>Chapter 103</t>
   </si>
   <si>
-    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=187946674&amp;bookId=2413</t>
-[...1 lines deleted...]
-  <si>
     <t>Surfing</t>
   </si>
   <si>
     <t>Chapter 104</t>
   </si>
   <si>
-    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=187946722&amp;bookId=2413</t>
-[...1 lines deleted...]
-  <si>
     <t>Swimming</t>
   </si>
   <si>
     <t>Chapter 105</t>
   </si>
   <si>
-    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=187946754&amp;bookId=2413</t>
-[...4 lines deleted...]
-  <si>
     <t>Chapter 106</t>
   </si>
   <si>
-    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=187946797&amp;bookId=2413</t>
-[...1 lines deleted...]
-  <si>
     <t>Triathlon</t>
   </si>
   <si>
     <t>Chapter 107</t>
   </si>
   <si>
-    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=187946855&amp;bookId=2413</t>
-[...1 lines deleted...]
-  <si>
     <t>Volleyball</t>
   </si>
   <si>
     <t>Chapter 108</t>
   </si>
   <si>
-    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=187946905&amp;bookId=2413</t>
-[...1 lines deleted...]
-  <si>
     <t>Water Polo Injuries</t>
   </si>
   <si>
     <t>Chapter 109</t>
   </si>
   <si>
-    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=187946928&amp;bookId=2413</t>
-[...1 lines deleted...]
-  <si>
     <t>Weightlifting</t>
   </si>
   <si>
     <t>Chapter 110</t>
   </si>
   <si>
-    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=187946981&amp;bookId=2413</t>
-[...4 lines deleted...]
-  <si>
     <t>Chapter 111</t>
   </si>
   <si>
-    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=187947019&amp;bookId=2413</t>
-[...1 lines deleted...]
-  <si>
     <t>Wrestling</t>
   </si>
   <si>
     <t>Chapter 112</t>
   </si>
   <si>
-    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=187947035&amp;bookId=2413</t>
-[...7 lines deleted...]
-  <si>
     <t>The Pediatric Athlete</t>
   </si>
   <si>
     <t>Chapter 113</t>
   </si>
   <si>
-    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=187947070&amp;bookId=2413</t>
-[...1 lines deleted...]
-  <si>
     <t>The Geriatric Athlete</t>
   </si>
   <si>
     <t>Chapter 114</t>
   </si>
   <si>
-    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=187947160&amp;bookId=2413</t>
-[...1 lines deleted...]
-  <si>
     <t>The Female Athlete</t>
   </si>
   <si>
     <t>Chapter 115</t>
   </si>
   <si>
-    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=187947243&amp;bookId=2413</t>
-[...4 lines deleted...]
-  <si>
     <t>Chapter 116</t>
   </si>
   <si>
-    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=187947286&amp;bookId=2413</t>
-[...4 lines deleted...]
-  <si>
     <t>Chapter 117</t>
   </si>
   <si>
-    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=187947328&amp;bookId=2413</t>
-[...4 lines deleted...]
-  <si>
     <t>Chapter 118</t>
   </si>
   <si>
-    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=187947371&amp;bookId=2413</t>
-[...4 lines deleted...]
-  <si>
     <t>Chapter 119</t>
   </si>
   <si>
-    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=187947409&amp;bookId=2413</t>
-[...1 lines deleted...]
-  <si>
     <t>Human Immunodeficiency Virus and Sports</t>
   </si>
   <si>
     <t>Chapter 120</t>
   </si>
   <si>
-    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=187947454&amp;bookId=2413</t>
+    <t>Francis G. O’Connor, MD, MPH, FACSM</t>
+  </si>
+  <si>
+    <t>ACSM’s Sports Medicine: A Comprehensive Review, 2e</t>
+  </si>
+  <si>
+    <t>978-1-975196-99-8</t>
+  </si>
+  <si>
+    <t>https://exercisescience.lwwhealthlibrary.com/book.aspx?bookid=3460</t>
+  </si>
+  <si>
+    <t>Brian A. Davis, MD, FACSM</t>
+  </si>
+  <si>
+    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=261550567&amp;bookId=3460</t>
+  </si>
+  <si>
+    <t>Korin B. Hudson, MD, FACSM</t>
+  </si>
+  <si>
+    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=261550571&amp;bookId=3460</t>
+  </si>
+  <si>
+    <t>Mary Lloyd Ireland, MD, FACSM</t>
+  </si>
+  <si>
+    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=261550576&amp;bookId=3460</t>
+  </si>
+  <si>
+    <t>Robert E. Sallis, MD, FACSM</t>
+  </si>
+  <si>
+    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=261550587&amp;bookId=3460</t>
+  </si>
+  <si>
+    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=261550591&amp;bookId=3460</t>
+  </si>
+  <si>
+    <t>Jason L. Zaremski, MD, FACSM</t>
+  </si>
+  <si>
+    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=261550592&amp;bookId=3460</t>
+  </si>
+  <si>
+    <t>Question Editors and Authors</t>
+  </si>
+  <si>
+    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=261550593&amp;bookId=3460</t>
+  </si>
+  <si>
+    <t>section i: Foundational Considerations in Sports Medicine</t>
+  </si>
+  <si>
+    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=261550594&amp;bookId=3460</t>
+  </si>
+  <si>
+    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=261550595&amp;bookId=3460</t>
+  </si>
+  <si>
+    <t>Leadership in Sports Medicine</t>
+  </si>
+  <si>
+    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=261550621&amp;bookId=3460</t>
+  </si>
+  <si>
+    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=261550642&amp;bookId=3460</t>
+  </si>
+  <si>
+    <t>Medicolegal Considerations</t>
+  </si>
+  <si>
+    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=261550673&amp;bookId=3460</t>
+  </si>
+  <si>
+    <t>Sports Medicine Terminology</t>
+  </si>
+  <si>
+    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=261550739&amp;bookId=3460</t>
+  </si>
+  <si>
+    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=261550793&amp;bookId=3460</t>
+  </si>
+  <si>
+    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=261550913&amp;bookId=3460</t>
+  </si>
+  <si>
+    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=261550985&amp;bookId=3460</t>
+  </si>
+  <si>
+    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=261551088&amp;bookId=3460</t>
+  </si>
+  <si>
+    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=261551151&amp;bookId=3460</t>
+  </si>
+  <si>
+    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=261551214&amp;bookId=3460</t>
+  </si>
+  <si>
+    <t>Nutrition</t>
+  </si>
+  <si>
+    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=261551291&amp;bookId=3460</t>
+  </si>
+  <si>
+    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=261551391&amp;bookId=3460</t>
+  </si>
+  <si>
+    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=261551432&amp;bookId=3460</t>
+  </si>
+  <si>
+    <t>Sideline Emergencies</t>
+  </si>
+  <si>
+    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=261551462&amp;bookId=3460</t>
+  </si>
+  <si>
+    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=261551544&amp;bookId=3460</t>
+  </si>
+  <si>
+    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=261551602&amp;bookId=3460</t>
+  </si>
+  <si>
+    <t>Preparticipation Physical Examination</t>
+  </si>
+  <si>
+    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=261551695&amp;bookId=3460</t>
+  </si>
+  <si>
+    <t>section ii: Evaluation of the Injured Athlete</t>
+  </si>
+  <si>
+    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=261551780&amp;bookId=3460</t>
+  </si>
+  <si>
+    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=261551781&amp;bookId=3460</t>
+  </si>
+  <si>
+    <t>Magnetic Resonance Imaging in the Upper and Lower Extremity</t>
+  </si>
+  <si>
+    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=261551837&amp;bookId=3460</t>
+  </si>
+  <si>
+    <t>Magnetic Resonance Imaging in the Upper and Lower Extremity—Supplemental Materials for Online Text</t>
+  </si>
+  <si>
+    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=261551877&amp;bookId=3460</t>
+  </si>
+  <si>
+    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=261551908&amp;bookId=3460</t>
+  </si>
+  <si>
+    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=261551960&amp;bookId=3460</t>
+  </si>
+  <si>
+    <t>ECG Interpretation in Athletes</t>
+  </si>
+  <si>
+    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=261552034&amp;bookId=3460</t>
+  </si>
+  <si>
+    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=261552103&amp;bookId=3460</t>
+  </si>
+  <si>
+    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=261552195&amp;bookId=3460</t>
+  </si>
+  <si>
+    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=261552241&amp;bookId=3460</t>
+  </si>
+  <si>
+    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=261552290&amp;bookId=3460</t>
+  </si>
+  <si>
+    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=261552319&amp;bookId=3460</t>
+  </si>
+  <si>
+    <t>Thermotolerance Testing</t>
+  </si>
+  <si>
+    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=261552360&amp;bookId=3460</t>
+  </si>
+  <si>
+    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=261552383&amp;bookId=3460</t>
+  </si>
+  <si>
+    <t>Neuropsychological Testing in Concussion—Supplemental Materials for Online Text</t>
+  </si>
+  <si>
+    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=261552448&amp;bookId=3460</t>
+  </si>
+  <si>
+    <t>section iii: Medical Problems in the Athlete</t>
+  </si>
+  <si>
+    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=261552499&amp;bookId=3460</t>
+  </si>
+  <si>
+    <t>Cardiology</t>
+  </si>
+  <si>
+    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=261552500&amp;bookId=3460</t>
+  </si>
+  <si>
+    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=261552540&amp;bookId=3460</t>
+  </si>
+  <si>
+    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=261552634&amp;bookId=3460</t>
+  </si>
+  <si>
+    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=261552691&amp;bookId=3460</t>
+  </si>
+  <si>
+    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=261552797&amp;bookId=3460</t>
+  </si>
+  <si>
+    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=261552851&amp;bookId=3460</t>
+  </si>
+  <si>
+    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=261552871&amp;bookId=3460</t>
+  </si>
+  <si>
+    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=261552924&amp;bookId=3460</t>
+  </si>
+  <si>
+    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=261553071&amp;bookId=3460</t>
+  </si>
+  <si>
+    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=261553126&amp;bookId=3460</t>
+  </si>
+  <si>
+    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=261553196&amp;bookId=3460</t>
+  </si>
+  <si>
+    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=261553219&amp;bookId=3460</t>
+  </si>
+  <si>
+    <t>Rheumatology</t>
+  </si>
+  <si>
+    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=261553265&amp;bookId=3460</t>
+  </si>
+  <si>
+    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=261553400&amp;bookId=3460</t>
+  </si>
+  <si>
+    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=261553458&amp;bookId=3460</t>
+  </si>
+  <si>
+    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=261553500&amp;bookId=3460</t>
+  </si>
+  <si>
+    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=261553571&amp;bookId=3460</t>
+  </si>
+  <si>
+    <t>section iv: Musculoskeletal Problems in the Athlete</t>
+  </si>
+  <si>
+    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=261553676&amp;bookId=3460</t>
+  </si>
+  <si>
+    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=261553677&amp;bookId=3460</t>
+  </si>
+  <si>
+    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=261553725&amp;bookId=3460</t>
+  </si>
+  <si>
+    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=261553771&amp;bookId=3460</t>
+  </si>
+  <si>
+    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=261553854&amp;bookId=3460</t>
+  </si>
+  <si>
+    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=261553924&amp;bookId=3460</t>
+  </si>
+  <si>
+    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=261553966&amp;bookId=3460</t>
+  </si>
+  <si>
+    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=261554071&amp;bookId=3460</t>
+  </si>
+  <si>
+    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=261554101&amp;bookId=3460</t>
+  </si>
+  <si>
+    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=261554197&amp;bookId=3460</t>
+  </si>
+  <si>
+    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=261554222&amp;bookId=3460</t>
+  </si>
+  <si>
+    <t>Elbow Tendinopathies</t>
+  </si>
+  <si>
+    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=261554262&amp;bookId=3460</t>
+  </si>
+  <si>
+    <t>Soft-Tissue Injuries of the Wrist and Hand</t>
+  </si>
+  <si>
+    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=261554284&amp;bookId=3460</t>
+  </si>
+  <si>
+    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=261554374&amp;bookId=3460</t>
+  </si>
+  <si>
+    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=261554467&amp;bookId=3460</t>
+  </si>
+  <si>
+    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=261554780&amp;bookId=3460</t>
+  </si>
+  <si>
+    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=261554882&amp;bookId=3460</t>
+  </si>
+  <si>
+    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=261554950&amp;bookId=3460</t>
+  </si>
+  <si>
+    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=261555013&amp;bookId=3460</t>
+  </si>
+  <si>
+    <t>Soft-Tissue Knee Injuries (Tendon and Bursae)</t>
+  </si>
+  <si>
+    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=261555048&amp;bookId=3460</t>
+  </si>
+  <si>
+    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=261555113&amp;bookId=3460</t>
+  </si>
+  <si>
+    <t>Soft-Tissue Injuries of the Leg, Ankle, and Foot</t>
+  </si>
+  <si>
+    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=261555224&amp;bookId=3460</t>
+  </si>
+  <si>
+    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=261555339&amp;bookId=3460</t>
+  </si>
+  <si>
+    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=261555424&amp;bookId=3460</t>
+  </si>
+  <si>
+    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=261555475&amp;bookId=3460</t>
+  </si>
+  <si>
+    <t>section v: Rehabilitation</t>
+  </si>
+  <si>
+    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=261555621&amp;bookId=3460</t>
+  </si>
+  <si>
+    <t>Principles of Rehabilitation and Return to Sport</t>
+  </si>
+  <si>
+    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=261555622&amp;bookId=3460</t>
+  </si>
+  <si>
+    <t>Pain Management in the Athlete</t>
+  </si>
+  <si>
+    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=261555916&amp;bookId=3460</t>
+  </si>
+  <si>
+    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=261555952&amp;bookId=3460</t>
+  </si>
+  <si>
+    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=261556147&amp;bookId=3460</t>
+  </si>
+  <si>
+    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=261556183&amp;bookId=3460</t>
+  </si>
+  <si>
+    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=261556303&amp;bookId=3460</t>
+  </si>
+  <si>
+    <t>Orthobiologic Therapies</t>
+  </si>
+  <si>
+    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=261556388&amp;bookId=3460</t>
+  </si>
+  <si>
+    <t>Common Injections in Sports Medicine</t>
+  </si>
+  <si>
+    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=261556558&amp;bookId=3460</t>
+  </si>
+  <si>
+    <t>Common Injections in Sports Medicine—Supplemental Materials for Online Text</t>
+  </si>
+  <si>
+    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=261556586&amp;bookId=3460</t>
+  </si>
+  <si>
+    <t>Ultrasound and Image-Guided Procedures</t>
+  </si>
+  <si>
+    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=261556619&amp;bookId=3460</t>
+  </si>
+  <si>
+    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=261556655&amp;bookId=3460</t>
+  </si>
+  <si>
+    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=261556699&amp;bookId=3460</t>
+  </si>
+  <si>
+    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=261556758&amp;bookId=3460</t>
+  </si>
+  <si>
+    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=261556791&amp;bookId=3460</t>
+  </si>
+  <si>
+    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=261556814&amp;bookId=3460</t>
+  </si>
+  <si>
+    <t>Complementary and Integrative Health (CIH)</t>
+  </si>
+  <si>
+    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=261556893&amp;bookId=3460</t>
+  </si>
+  <si>
+    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=261556959&amp;bookId=3460</t>
+  </si>
+  <si>
+    <t>section vi: Foundational Considerations in Sports Medicine</t>
+  </si>
+  <si>
+    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=261557063&amp;bookId=3460</t>
+  </si>
+  <si>
+    <t>Baseball and Cricket</t>
+  </si>
+  <si>
+    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=261557064&amp;bookId=3460</t>
+  </si>
+  <si>
+    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=261557120&amp;bookId=3460</t>
+  </si>
+  <si>
+    <t>Boxing</t>
+  </si>
+  <si>
+    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=261557183&amp;bookId=3460</t>
+  </si>
+  <si>
+    <t>Mixed Martial Arts</t>
+  </si>
+  <si>
+    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=261557223&amp;bookId=3460</t>
+  </si>
+  <si>
+    <t>Cheerleading</t>
+  </si>
+  <si>
+    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=261557249&amp;bookId=3460</t>
+  </si>
+  <si>
+    <t>Martial Arts</t>
+  </si>
+  <si>
+    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=261557296&amp;bookId=3460</t>
+  </si>
+  <si>
+    <t>Extreme Sports</t>
+  </si>
+  <si>
+    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=261557329&amp;bookId=3460</t>
+  </si>
+  <si>
+    <t>Rowing</t>
+  </si>
+  <si>
+    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=261557438&amp;bookId=3460</t>
+  </si>
+  <si>
+    <t>Cross-Country Skiing</t>
+  </si>
+  <si>
+    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=261557469&amp;bookId=3460</t>
+  </si>
+  <si>
+    <t>Fencing Injuries</t>
+  </si>
+  <si>
+    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=261557551&amp;bookId=3460</t>
+  </si>
+  <si>
+    <t>Fishing</t>
+  </si>
+  <si>
+    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=261557632&amp;bookId=3460</t>
+  </si>
+  <si>
+    <t>Cycling</t>
+  </si>
+  <si>
+    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=261557708&amp;bookId=3460</t>
+  </si>
+  <si>
+    <t>Dance and Performing Arts</t>
+  </si>
+  <si>
+    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=261557814&amp;bookId=3460</t>
+  </si>
+  <si>
+    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=261557860&amp;bookId=3460</t>
+  </si>
+  <si>
+    <t>Esports</t>
+  </si>
+  <si>
+    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=261557942&amp;bookId=3460</t>
+  </si>
+  <si>
+    <t>Equestrian Sports</t>
+  </si>
+  <si>
+    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=261558026&amp;bookId=3460</t>
+  </si>
+  <si>
+    <t>Ice Skating-Figure Skating, Speed Skating</t>
+  </si>
+  <si>
+    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=261558070&amp;bookId=3460</t>
+  </si>
+  <si>
+    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=261558119&amp;bookId=3460</t>
+  </si>
+  <si>
+    <t>Golf</t>
+  </si>
+  <si>
+    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=261558184&amp;bookId=3460</t>
+  </si>
+  <si>
+    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=261558237&amp;bookId=3460</t>
+  </si>
+  <si>
+    <t>Ice Hockey</t>
+  </si>
+  <si>
+    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=261558355&amp;bookId=3460</t>
+  </si>
+  <si>
+    <t>Rock and Mountain Climbing</t>
+  </si>
+  <si>
+    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=261558424&amp;bookId=3460</t>
+  </si>
+  <si>
+    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=261558524&amp;bookId=3460</t>
+  </si>
+  <si>
+    <t>Motor Sports</t>
+  </si>
+  <si>
+    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=261558622&amp;bookId=3460</t>
+  </si>
+  <si>
+    <t>Rugby</t>
+  </si>
+  <si>
+    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=261558703&amp;bookId=3460</t>
+  </si>
+  <si>
+    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=261558778&amp;bookId=3460</t>
+  </si>
+  <si>
+    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=261558872&amp;bookId=3460</t>
+  </si>
+  <si>
+    <t>Rodeo</t>
+  </si>
+  <si>
+    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=261558905&amp;bookId=3460</t>
+  </si>
+  <si>
+    <t>Shooting Sports</t>
+  </si>
+  <si>
+    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=261558937&amp;bookId=3460</t>
+  </si>
+  <si>
+    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=261558977&amp;bookId=3460</t>
+  </si>
+  <si>
+    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=261559025&amp;bookId=3460</t>
+  </si>
+  <si>
+    <t>Sailing</t>
+  </si>
+  <si>
+    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=261559098&amp;bookId=3460</t>
+  </si>
+  <si>
+    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=261559147&amp;bookId=3460</t>
+  </si>
+  <si>
+    <t>Chapter 121</t>
+  </si>
+  <si>
+    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=261559189&amp;bookId=3460</t>
+  </si>
+  <si>
+    <t>Tennis and Other Racquet Sports</t>
+  </si>
+  <si>
+    <t>Chapter 122</t>
+  </si>
+  <si>
+    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=261559283&amp;bookId=3460</t>
+  </si>
+  <si>
+    <t>Chapter 123</t>
+  </si>
+  <si>
+    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=261559428&amp;bookId=3460</t>
+  </si>
+  <si>
+    <t>Chapter 124</t>
+  </si>
+  <si>
+    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=261559482&amp;bookId=3460</t>
+  </si>
+  <si>
+    <t>Chapter 125</t>
+  </si>
+  <si>
+    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=261559521&amp;bookId=3460</t>
+  </si>
+  <si>
+    <t>Chapter 126</t>
+  </si>
+  <si>
+    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=261559599&amp;bookId=3460</t>
+  </si>
+  <si>
+    <t>Chapter 127</t>
+  </si>
+  <si>
+    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=261559663&amp;bookId=3460</t>
+  </si>
+  <si>
+    <t>section vii: Special Populations</t>
+  </si>
+  <si>
+    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=261559725&amp;bookId=3460</t>
+  </si>
+  <si>
+    <t>Chapter 128</t>
+  </si>
+  <si>
+    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=261559726&amp;bookId=3460</t>
+  </si>
+  <si>
+    <t>Chapter 129</t>
+  </si>
+  <si>
+    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=261559831&amp;bookId=3460</t>
+  </si>
+  <si>
+    <t>The Transgender Athlete</t>
+  </si>
+  <si>
+    <t>Chapter 130</t>
+  </si>
+  <si>
+    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=261559903&amp;bookId=3460</t>
+  </si>
+  <si>
+    <t>Chapter 131</t>
+  </si>
+  <si>
+    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=261559968&amp;bookId=3460</t>
+  </si>
+  <si>
+    <t>The Athlete With Intellectual Disabilities</t>
+  </si>
+  <si>
+    <t>Chapter 132</t>
+  </si>
+  <si>
+    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=261560037&amp;bookId=3460</t>
+  </si>
+  <si>
+    <t>The Adaptive Athlete</t>
+  </si>
+  <si>
+    <t>Chapter 133</t>
+  </si>
+  <si>
+    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=261560079&amp;bookId=3460</t>
+  </si>
+  <si>
+    <t>The Athlete With a Joint Arthroplasty</t>
+  </si>
+  <si>
+    <t>Chapter 134</t>
+  </si>
+  <si>
+    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=261560138&amp;bookId=3460</t>
+  </si>
+  <si>
+    <t>The Athlete With Cancer</t>
+  </si>
+  <si>
+    <t>Chapter 135</t>
+  </si>
+  <si>
+    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=261560173&amp;bookId=3460</t>
+  </si>
+  <si>
+    <t>Chapter 136</t>
+  </si>
+  <si>
+    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=261560231&amp;bookId=3460</t>
+  </si>
+  <si>
+    <t>Human Immunodeficiency Virus and Sports— Supplemental Materials for Online Text</t>
+  </si>
+  <si>
+    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=261560263&amp;bookId=3460</t>
+  </si>
+  <si>
+    <t>Editors and Contributors to ACSM’s Sports Medicine: A Comprehensive Review, First Edition*</t>
+  </si>
+  <si>
+    <t>https://exercisescience.lwwhealthlibrary.com/content.aspx?sectionId=261560301&amp;bookId=3460</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
-[...3 lines deleted...]
-  <fonts count="6">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
+  <fonts count="2" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Tahoma"/>
-      <charset val="0"/>
-[...19 lines deleted...]
-      <charset val="0"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <name val="Tahoma"/>
-      <charset val="0"/>
     </font>
   </fonts>
   <fills count="4">
     <fill>
-      <patternFill patternType="none">
-[...1 lines deleted...]
-      </patternFill>
+      <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
     <fill>
-      <patternFill patternType="none">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF808080"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
-  <cellStyleXfs count="6">
-[...19 lines deleted...]
-    <xf xxid="20" numFmtId="9" fontId="1" fillId="2" borderId="0" applyAlignment="0" applyBorder="0" applyFont="0" applyFill="0" applyProtection="0"/>
+  <cellStyleXfs count="1">
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs>
-[...3 lines deleted...]
-    <xf xxid="23" numFmtId="164" fontId="0" fillId="2" borderId="0" xfId="0" applyNumberFormat="1"/>
+  <cellXfs count="5">
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="14" fontId="0" fillId="2" borderId="0" xfId="0" applyNumberFormat="1"/>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
   </cellXfs>
-  <cellStyles count="6">
+  <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
-    <cellStyle name="Comma" xfId="15" builtinId="3"/>
-[...3 lines deleted...]
-    <cellStyle name="Percent" xfId="19" builtinId="5"/>
   </cellStyles>
-  <tableStyles count="0" defaultTableStyle="" defaultPivotStyle=""/>
+  <dxfs count="0"/>
+  <tableStyles count="0"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
+      <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
+    </ext>
+    <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
+      <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
+    </ext>
+  </extLst>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml" /><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml" /><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet10.xml" /><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet11.xml" /><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet12.xml" /><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet13.xml" /><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet13.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet12.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet11.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet10.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+</file>
+
+<file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+  <a:themeElements>
+    <a:clrScheme name="Office">
+      <a:dk1>
+        <a:sysClr val="windowText" lastClr="000000"/>
+      </a:dk1>
+      <a:lt1>
+        <a:sysClr val="window" lastClr="FFFFFF"/>
+      </a:lt1>
+      <a:dk2>
+        <a:srgbClr val="0E2841"/>
+      </a:dk2>
+      <a:lt2>
+        <a:srgbClr val="E8E8E8"/>
+      </a:lt2>
+      <a:accent1>
+        <a:srgbClr val="156082"/>
+      </a:accent1>
+      <a:accent2>
+        <a:srgbClr val="E97132"/>
+      </a:accent2>
+      <a:accent3>
+        <a:srgbClr val="196B24"/>
+      </a:accent3>
+      <a:accent4>
+        <a:srgbClr val="0F9ED5"/>
+      </a:accent4>
+      <a:accent5>
+        <a:srgbClr val="A02B93"/>
+      </a:accent5>
+      <a:accent6>
+        <a:srgbClr val="4EA72E"/>
+      </a:accent6>
+      <a:hlink>
+        <a:srgbClr val="467886"/>
+      </a:hlink>
+      <a:folHlink>
+        <a:srgbClr val="96607D"/>
+      </a:folHlink>
+    </a:clrScheme>
+    <a:fontScheme name="Office">
+      <a:majorFont>
+        <a:latin typeface="Aptos Display" panose="02110004020202020204"/>
+        <a:ea typeface=""/>
+        <a:cs typeface=""/>
+        <a:font script="Jpan" typeface="游ゴシック Light"/>
+        <a:font script="Hang" typeface="맑은 고딕"/>
+        <a:font script="Hans" typeface="等线 Light"/>
+        <a:font script="Hant" typeface="新細明體"/>
+        <a:font script="Arab" typeface="Times New Roman"/>
+        <a:font script="Hebr" typeface="Times New Roman"/>
+        <a:font script="Thai" typeface="Tahoma"/>
+        <a:font script="Ethi" typeface="Nyala"/>
+        <a:font script="Beng" typeface="Vrinda"/>
+        <a:font script="Gujr" typeface="Shruti"/>
+        <a:font script="Khmr" typeface="MoolBoran"/>
+        <a:font script="Knda" typeface="Tunga"/>
+        <a:font script="Guru" typeface="Raavi"/>
+        <a:font script="Cans" typeface="Euphemia"/>
+        <a:font script="Cher" typeface="Plantagenet Cherokee"/>
+        <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
+        <a:font script="Tibt" typeface="Microsoft Himalaya"/>
+        <a:font script="Thaa" typeface="MV Boli"/>
+        <a:font script="Deva" typeface="Mangal"/>
+        <a:font script="Telu" typeface="Gautami"/>
+        <a:font script="Taml" typeface="Latha"/>
+        <a:font script="Syrc" typeface="Estrangelo Edessa"/>
+        <a:font script="Orya" typeface="Kalinga"/>
+        <a:font script="Mlym" typeface="Kartika"/>
+        <a:font script="Laoo" typeface="DokChampa"/>
+        <a:font script="Sinh" typeface="Iskoola Pota"/>
+        <a:font script="Mong" typeface="Mongolian Baiti"/>
+        <a:font script="Viet" typeface="Times New Roman"/>
+        <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
+      </a:majorFont>
+      <a:minorFont>
+        <a:latin typeface="Aptos Narrow" panose="02110004020202020204"/>
+        <a:ea typeface=""/>
+        <a:cs typeface=""/>
+        <a:font script="Jpan" typeface="游ゴシック"/>
+        <a:font script="Hang" typeface="맑은 고딕"/>
+        <a:font script="Hans" typeface="等线"/>
+        <a:font script="Hant" typeface="新細明體"/>
+        <a:font script="Arab" typeface="Arial"/>
+        <a:font script="Hebr" typeface="Arial"/>
+        <a:font script="Thai" typeface="Tahoma"/>
+        <a:font script="Ethi" typeface="Nyala"/>
+        <a:font script="Beng" typeface="Vrinda"/>
+        <a:font script="Gujr" typeface="Shruti"/>
+        <a:font script="Khmr" typeface="DaunPenh"/>
+        <a:font script="Knda" typeface="Tunga"/>
+        <a:font script="Guru" typeface="Raavi"/>
+        <a:font script="Cans" typeface="Euphemia"/>
+        <a:font script="Cher" typeface="Plantagenet Cherokee"/>
+        <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
+        <a:font script="Tibt" typeface="Microsoft Himalaya"/>
+        <a:font script="Thaa" typeface="MV Boli"/>
+        <a:font script="Deva" typeface="Mangal"/>
+        <a:font script="Telu" typeface="Gautami"/>
+        <a:font script="Taml" typeface="Latha"/>
+        <a:font script="Syrc" typeface="Estrangelo Edessa"/>
+        <a:font script="Orya" typeface="Kalinga"/>
+        <a:font script="Mlym" typeface="Kartika"/>
+        <a:font script="Laoo" typeface="DokChampa"/>
+        <a:font script="Sinh" typeface="Iskoola Pota"/>
+        <a:font script="Mong" typeface="Mongolian Baiti"/>
+        <a:font script="Viet" typeface="Arial"/>
+        <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
+      </a:minorFont>
+    </a:fontScheme>
+    <a:fmtScheme name="Office">
+      <a:fillStyleLst>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="50000">
+              <a:schemeClr val="phClr">
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="5400000" scaled="0"/>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="50000">
+              <a:schemeClr val="phClr">
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="5400000" scaled="0"/>
+        </a:gradFill>
+      </a:fillStyleLst>
+      <a:lnStyleLst>
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+      </a:lnStyleLst>
+      <a:effectStyleLst>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="63000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </a:effectStyle>
+      </a:effectStyleLst>
+      <a:bgFillStyleLst>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="50000">
+              <a:schemeClr val="phClr">
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="5400000" scaled="0"/>
+        </a:gradFill>
+      </a:bgFillStyleLst>
+    </a:fmtScheme>
+  </a:themeElements>
+  <a:objectDefaults>
+    <a:lnDef>
+      <a:spPr/>
+      <a:bodyPr/>
+      <a:lstStyle/>
+      <a:style>
+        <a:lnRef idx="2">
+          <a:schemeClr val="accent1"/>
+        </a:lnRef>
+        <a:fillRef idx="0">
+          <a:schemeClr val="accent1"/>
+        </a:fillRef>
+        <a:effectRef idx="1">
+          <a:schemeClr val="accent1"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="tx1"/>
+        </a:fontRef>
+      </a:style>
+    </a:lnDef>
+  </a:objectDefaults>
+  <a:extraClrSchemeLst/>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
+    </a:ext>
+  </a:extLst>
+</a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <sheetPr/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:G13"/>
   <sheetViews>
-    <sheetView view="normal" workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="12.75" baseColWidth="0"/>
+  <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="7" width="50.7109375" customWidth="1"/>
+    <col min="1" max="7" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:7">
-      <c r="A1" s="2" t="s">
+    <row r="1" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="2" t="s">
+      <c r="B1" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
-      <c r="C1" s="2" t="s">
+      <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
-      <c r="D1" s="2" t="s">
+      <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
-      <c r="E1" s="2" t="s">
+      <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
-      <c r="F1" s="2" t="s">
+      <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
-      <c r="G1" s="2" t="s">
+    </row>
+    <row r="2" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A2" t="s">
         <v>7</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A2" t="s">
+      <c r="B2" t="s">
         <v>8</v>
-      </c>
-[...1 lines deleted...]
-        <v>9</v>
       </c>
       <c r="C2">
         <v>6</v>
       </c>
       <c r="D2" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="E2">
         <v>2022</v>
       </c>
       <c r="F2" t="s">
+        <v>10</v>
+      </c>
+      <c r="G2" s="2">
+        <v>44431</v>
+      </c>
+    </row>
+    <row r="3" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A3" t="s">
         <v>11</v>
       </c>
-      <c r="G2" s="3">
-[...4 lines deleted...]
-      <c r="A3" t="s">
+      <c r="B3" t="s">
         <v>12</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="C3">
         <v>2</v>
       </c>
       <c r="D3" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E3">
         <v>2024</v>
       </c>
       <c r="F3" t="s">
+        <v>14</v>
+      </c>
+      <c r="G3" s="2">
+        <v>44973</v>
+      </c>
+    </row>
+    <row r="4" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A4" t="s">
+        <v>7</v>
+      </c>
+      <c r="B4" t="s">
         <v>15</v>
-      </c>
-[...9 lines deleted...]
-        <v>16</v>
       </c>
       <c r="C4">
         <v>6</v>
       </c>
       <c r="D4" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="E4">
         <v>2022</v>
       </c>
       <c r="F4" t="s">
+        <v>17</v>
+      </c>
+      <c r="G4" s="2">
+        <v>44468</v>
+      </c>
+    </row>
+    <row r="5" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A5" t="s">
         <v>18</v>
       </c>
-      <c r="G4" s="3">
-[...4 lines deleted...]
-      <c r="A5" t="s">
+      <c r="B5" t="s">
         <v>19</v>
-      </c>
-[...1 lines deleted...]
-        <v>20</v>
       </c>
       <c r="C5">
         <v>5</v>
       </c>
       <c r="D5" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="E5">
         <v>2018</v>
       </c>
       <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" s="2">
+        <v>43213</v>
+      </c>
+    </row>
+    <row r="6" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A6" t="s">
         <v>22</v>
       </c>
-      <c r="G5" s="3">
-[...4 lines deleted...]
-      <c r="A6" t="s">
+      <c r="B6" t="s">
         <v>23</v>
-      </c>
-[...1 lines deleted...]
-        <v>24</v>
       </c>
       <c r="C6">
         <v>1</v>
       </c>
       <c r="D6" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="E6">
         <v>2018</v>
       </c>
       <c r="F6" t="s">
+        <v>25</v>
+      </c>
+      <c r="G6" s="2">
+        <v>43364</v>
+      </c>
+    </row>
+    <row r="7" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A7" t="s">
+        <v>7</v>
+      </c>
+      <c r="B7" t="s">
         <v>26</v>
-      </c>
-[...9 lines deleted...]
-        <v>27</v>
       </c>
       <c r="C7">
         <v>3</v>
       </c>
       <c r="D7" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="E7">
         <v>2022</v>
       </c>
       <c r="F7" t="s">
+        <v>28</v>
+      </c>
+      <c r="G7" s="2">
+        <v>44432</v>
+      </c>
+    </row>
+    <row r="8" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A8" t="s">
         <v>29</v>
       </c>
-      <c r="G7" s="3">
-[...4 lines deleted...]
-      <c r="A8" t="s">
+      <c r="B8" t="s">
         <v>30</v>
-      </c>
-[...1 lines deleted...]
-        <v>31</v>
       </c>
       <c r="C8">
         <v>6</v>
       </c>
       <c r="D8" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="E8">
         <v>2022</v>
       </c>
       <c r="F8" t="s">
+        <v>32</v>
+      </c>
+      <c r="G8" s="2">
+        <v>44363</v>
+      </c>
+    </row>
+    <row r="9" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A9" t="s">
         <v>33</v>
       </c>
-      <c r="G8" s="3">
-[...4 lines deleted...]
-      <c r="A9" t="s">
+      <c r="B9" t="s">
         <v>34</v>
-      </c>
-[...1 lines deleted...]
-        <v>35</v>
       </c>
       <c r="C9">
         <v>2</v>
       </c>
       <c r="D9" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="E9">
         <v>2025</v>
       </c>
       <c r="F9" t="s">
+        <v>36</v>
+      </c>
+      <c r="G9" s="2">
+        <v>45344</v>
+      </c>
+    </row>
+    <row r="10" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A10" t="s">
         <v>37</v>
       </c>
-      <c r="G9" s="3">
-[...4 lines deleted...]
-      <c r="A10" t="s">
+      <c r="B10" t="s">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>39</v>
       </c>
       <c r="C10">
         <v>2</v>
       </c>
       <c r="D10" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="E10">
         <v>2022</v>
       </c>
       <c r="F10" t="s">
+        <v>40</v>
+      </c>
+      <c r="G10" s="2">
+        <v>44301</v>
+      </c>
+    </row>
+    <row r="11" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A11" t="s">
         <v>41</v>
       </c>
-      <c r="G10" s="3">
-[...4 lines deleted...]
-      <c r="A11" t="s">
+      <c r="B11" t="s">
         <v>42</v>
       </c>
-      <c r="B11" t="s">
+      <c r="C11">
+        <v>2</v>
+      </c>
+      <c r="D11" t="s">
         <v>43</v>
-      </c>
-[...1 lines deleted...]
-        <v>44</v>
       </c>
       <c r="E11">
         <v>2025</v>
       </c>
       <c r="F11" t="s">
+        <v>44</v>
+      </c>
+      <c r="G11" s="2">
+        <v>45596</v>
+      </c>
+    </row>
+    <row r="12" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A12" t="s">
+        <v>7</v>
+      </c>
+      <c r="B12" t="s">
         <v>45</v>
-      </c>
-[...9 lines deleted...]
-        <v>46</v>
       </c>
       <c r="C12">
         <v>2</v>
       </c>
       <c r="D12" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="E12">
         <v>2023</v>
       </c>
       <c r="F12" t="s">
-        <v>48</v>
-[...1 lines deleted...]
-      <c r="G12" s="3">
+        <v>47</v>
+      </c>
+      <c r="G12" s="2">
         <v>44662</v>
       </c>
     </row>
-    <row r="13" spans="1:7">
+    <row r="13" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A13" t="s">
-        <v>49</v>
+        <v>900</v>
       </c>
       <c r="B13" t="s">
-        <v>50</v>
+        <v>901</v>
       </c>
       <c r="C13">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="D13" t="s">
-        <v>51</v>
+        <v>902</v>
       </c>
       <c r="E13">
-        <v>2013</v>
+        <v>2026</v>
       </c>
       <c r="F13" t="s">
-        <v>52</v>
-[...2 lines deleted...]
-        <v>43213</v>
+        <v>903</v>
+      </c>
+      <c r="G13" s="2">
+        <v>45968</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <sheetPr/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0900-000000000000}">
   <dimension ref="A1:D31"/>
   <sheetViews>
-    <sheetView view="normal" workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="12.75" baseColWidth="0"/>
+  <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="4" width="50.7109375" customWidth="1"/>
+    <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:4">
-      <c r="A1" s="2" t="s">
+    <row r="1" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A1" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="B1" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="D1" s="1" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="2" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A2" t="s">
+        <v>37</v>
+      </c>
+      <c r="B2" t="s">
+        <v>38</v>
+      </c>
+      <c r="D2" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="3" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B3" t="s">
+        <v>51</v>
+      </c>
+      <c r="D3" t="s">
+        <v>507</v>
+      </c>
+    </row>
+    <row r="4" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B4" t="s">
+        <v>249</v>
+      </c>
+      <c r="D4" t="s">
+        <v>508</v>
+      </c>
+    </row>
+    <row r="5" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B5" t="s">
         <v>53</v>
       </c>
-      <c r="B1" s="2" t="s">
-[...5 lines deleted...]
-      <c r="D1" s="2" t="s">
+      <c r="D5" t="s">
+        <v>509</v>
+      </c>
+    </row>
+    <row r="6" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B6" t="s">
+        <v>510</v>
+      </c>
+      <c r="D6" t="s">
+        <v>511</v>
+      </c>
+    </row>
+    <row r="7" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B7" t="s">
+        <v>108</v>
+      </c>
+      <c r="D7" t="s">
+        <v>512</v>
+      </c>
+    </row>
+    <row r="8" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B8" t="s">
         <v>55</v>
       </c>
-    </row>
-[...23 lines deleted...]
-      <c r="D4" t="s">
+      <c r="D8" t="s">
         <v>513</v>
       </c>
     </row>
-    <row r="5" spans="2:4">
-[...3 lines deleted...]
-      <c r="D5" t="s">
+    <row r="9" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B9" t="s">
         <v>514</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B6" t="s">
+      <c r="D9" t="s">
         <v>515</v>
       </c>
-      <c r="D6" t="s">
+    </row>
+    <row r="10" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B10" t="s">
         <v>516</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B7" t="s">
+      <c r="C10" t="s">
         <v>113</v>
       </c>
-      <c r="D7" t="s">
+      <c r="D10" t="s">
         <v>517</v>
       </c>
     </row>
-    <row r="8" spans="2:4">
-[...3 lines deleted...]
-      <c r="D8" t="s">
+    <row r="11" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B11" t="s">
         <v>518</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B9" t="s">
+      <c r="C11" t="s">
+        <v>116</v>
+      </c>
+      <c r="D11" t="s">
         <v>519</v>
       </c>
-      <c r="D9" t="s">
+    </row>
+    <row r="12" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B12" t="s">
         <v>520</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B10" t="s">
+      <c r="C12" t="s">
+        <v>121</v>
+      </c>
+      <c r="D12" t="s">
         <v>521</v>
       </c>
-      <c r="C10" t="s">
-[...2 lines deleted...]
-      <c r="D10" t="s">
+    </row>
+    <row r="13" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B13" t="s">
         <v>522</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B11" t="s">
+      <c r="D13" t="s">
         <v>523</v>
       </c>
-      <c r="C11" t="s">
-[...2 lines deleted...]
-      <c r="D11" t="s">
+    </row>
+    <row r="14" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B14" t="s">
         <v>524</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B12" t="s">
+      <c r="C14" t="s">
+        <v>124</v>
+      </c>
+      <c r="D14" t="s">
         <v>525</v>
       </c>
-      <c r="C12" t="s">
-[...2 lines deleted...]
-      <c r="D12" t="s">
+    </row>
+    <row r="15" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B15" t="s">
         <v>526</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B13" t="s">
+      <c r="C15" t="s">
+        <v>127</v>
+      </c>
+      <c r="D15" t="s">
         <v>527</v>
       </c>
-      <c r="D13" t="s">
+    </row>
+    <row r="16" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B16" t="s">
         <v>528</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B14" t="s">
+      <c r="C16" t="s">
+        <v>130</v>
+      </c>
+      <c r="D16" t="s">
         <v>529</v>
       </c>
-      <c r="C14" t="s">
-[...2 lines deleted...]
-      <c r="D14" t="s">
+    </row>
+    <row r="17" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B17" t="s">
         <v>530</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B15" t="s">
+      <c r="C17" t="s">
+        <v>133</v>
+      </c>
+      <c r="D17" t="s">
         <v>531</v>
       </c>
-      <c r="C15" t="s">
-[...2 lines deleted...]
-      <c r="D15" t="s">
+    </row>
+    <row r="18" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B18" t="s">
         <v>532</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B16" t="s">
+      <c r="C18" t="s">
+        <v>138</v>
+      </c>
+      <c r="D18" t="s">
         <v>533</v>
       </c>
-      <c r="C16" t="s">
-[...2 lines deleted...]
-      <c r="D16" t="s">
+    </row>
+    <row r="19" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B19" t="s">
         <v>534</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B17" t="s">
+      <c r="C19" t="s">
+        <v>141</v>
+      </c>
+      <c r="D19" t="s">
         <v>535</v>
       </c>
-      <c r="C17" t="s">
-[...2 lines deleted...]
-      <c r="D17" t="s">
+    </row>
+    <row r="20" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B20" t="s">
         <v>536</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B18" t="s">
+      <c r="C20" t="s">
+        <v>146</v>
+      </c>
+      <c r="D20" t="s">
         <v>537</v>
       </c>
-      <c r="C18" t="s">
-[...2 lines deleted...]
-      <c r="D18" t="s">
+    </row>
+    <row r="21" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B21" t="s">
         <v>538</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B19" t="s">
+      <c r="D21" t="s">
         <v>539</v>
       </c>
-      <c r="C19" t="s">
-[...2 lines deleted...]
-      <c r="D19" t="s">
+    </row>
+    <row r="22" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B22" t="s">
         <v>540</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B20" t="s">
+      <c r="C22" t="s">
+        <v>149</v>
+      </c>
+      <c r="D22" t="s">
         <v>541</v>
       </c>
-      <c r="C20" t="s">
-[...2 lines deleted...]
-      <c r="D20" t="s">
+    </row>
+    <row r="23" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B23" t="s">
         <v>542</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B21" t="s">
+      <c r="C23" t="s">
+        <v>152</v>
+      </c>
+      <c r="D23" t="s">
         <v>543</v>
       </c>
-      <c r="D21" t="s">
+    </row>
+    <row r="24" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B24" t="s">
         <v>544</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B22" t="s">
+      <c r="C24" t="s">
+        <v>155</v>
+      </c>
+      <c r="D24" t="s">
         <v>545</v>
       </c>
-      <c r="C22" t="s">
-[...2 lines deleted...]
-      <c r="D22" t="s">
+    </row>
+    <row r="25" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B25" t="s">
         <v>546</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B23" t="s">
+      <c r="C25" t="s">
+        <v>158</v>
+      </c>
+      <c r="D25" t="s">
         <v>547</v>
       </c>
-      <c r="C23" t="s">
-[...2 lines deleted...]
-      <c r="D23" t="s">
+    </row>
+    <row r="26" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B26" t="s">
         <v>548</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B24" t="s">
+      <c r="C26" t="s">
+        <v>161</v>
+      </c>
+      <c r="D26" t="s">
         <v>549</v>
       </c>
-      <c r="C24" t="s">
-[...2 lines deleted...]
-      <c r="D24" t="s">
+    </row>
+    <row r="27" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B27" t="s">
         <v>550</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B25" t="s">
+      <c r="C27" t="s">
+        <v>164</v>
+      </c>
+      <c r="D27" t="s">
         <v>551</v>
       </c>
-      <c r="C25" t="s">
-[...2 lines deleted...]
-      <c r="D25" t="s">
+    </row>
+    <row r="28" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B28" t="s">
         <v>552</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B26" t="s">
+      <c r="C28" t="s">
+        <v>167</v>
+      </c>
+      <c r="D28" t="s">
         <v>553</v>
       </c>
-      <c r="C26" t="s">
-[...2 lines deleted...]
-      <c r="D26" t="s">
+    </row>
+    <row r="29" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B29" t="s">
         <v>554</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B27" t="s">
+      <c r="C29" t="s">
+        <v>170</v>
+      </c>
+      <c r="D29" t="s">
         <v>555</v>
       </c>
-      <c r="C27" t="s">
-[...2 lines deleted...]
-      <c r="D27" t="s">
+    </row>
+    <row r="30" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B30" t="s">
         <v>556</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B28" t="s">
+      <c r="D30" t="s">
         <v>557</v>
       </c>
-      <c r="C28" t="s">
-[...2 lines deleted...]
-      <c r="D28" t="s">
+    </row>
+    <row r="31" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B31" t="s">
         <v>558</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B29" t="s">
+      <c r="C31" t="s">
+        <v>173</v>
+      </c>
+      <c r="D31" t="s">
         <v>559</v>
-      </c>
-[...23 lines deleted...]
-        <v>564</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <sheetPr/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0A00-000000000000}">
   <dimension ref="A1:D51"/>
   <sheetViews>
-    <sheetView view="normal" workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="12.75" baseColWidth="0"/>
+  <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="4" width="50.7109375" customWidth="1"/>
+    <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:4">
-[...13 lines deleted...]
-    <row r="2" spans="1:4">
+    <row r="1" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A1" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="B1" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="D1" s="1" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="2" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
+        <v>41</v>
+      </c>
+      <c r="B2" t="s">
         <v>42</v>
       </c>
-      <c r="B2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D2" t="s">
-        <v>45</v>
-[...2 lines deleted...]
-    <row r="3" spans="2:4">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="3" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B3" t="s">
-        <v>56</v>
+        <v>51</v>
       </c>
       <c r="D3" t="s">
+        <v>560</v>
+      </c>
+    </row>
+    <row r="4" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B4" t="s">
+        <v>561</v>
+      </c>
+      <c r="D4" t="s">
+        <v>562</v>
+      </c>
+    </row>
+    <row r="5" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B5" t="s">
+        <v>563</v>
+      </c>
+      <c r="D5" t="s">
+        <v>564</v>
+      </c>
+    </row>
+    <row r="6" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B6" t="s">
         <v>565</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B4" t="s">
+      <c r="D6" t="s">
         <v>566</v>
       </c>
-      <c r="D4" t="s">
+    </row>
+    <row r="7" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B7" t="s">
         <v>567</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B5" t="s">
+      <c r="D7" t="s">
         <v>568</v>
       </c>
-      <c r="D5" t="s">
+    </row>
+    <row r="8" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B8" t="s">
         <v>569</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B6" t="s">
+      <c r="D8" t="s">
         <v>570</v>
       </c>
-      <c r="D6" t="s">
+    </row>
+    <row r="9" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B9" t="s">
         <v>571</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B7" t="s">
+      <c r="D9" t="s">
         <v>572</v>
       </c>
-      <c r="D7" t="s">
+    </row>
+    <row r="10" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B10" t="s">
         <v>573</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B8" t="s">
+      <c r="D10" t="s">
         <v>574</v>
       </c>
-      <c r="D8" t="s">
+    </row>
+    <row r="11" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B11" t="s">
         <v>575</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B9" t="s">
+      <c r="C11" t="s">
+        <v>113</v>
+      </c>
+      <c r="D11" t="s">
         <v>576</v>
       </c>
-      <c r="D9" t="s">
+    </row>
+    <row r="12" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B12" t="s">
         <v>577</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B10" t="s">
+      <c r="C12" t="s">
+        <v>116</v>
+      </c>
+      <c r="D12" t="s">
         <v>578</v>
       </c>
-      <c r="D10" t="s">
+    </row>
+    <row r="13" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B13" t="s">
         <v>579</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B11" t="s">
+      <c r="C13" t="s">
+        <v>121</v>
+      </c>
+      <c r="D13" t="s">
         <v>580</v>
       </c>
-      <c r="C11" t="s">
-[...2 lines deleted...]
-      <c r="D11" t="s">
+    </row>
+    <row r="14" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B14" t="s">
         <v>581</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B12" t="s">
+      <c r="C14" t="s">
+        <v>124</v>
+      </c>
+      <c r="D14" t="s">
         <v>582</v>
       </c>
-      <c r="C12" t="s">
-[...2 lines deleted...]
-      <c r="D12" t="s">
+    </row>
+    <row r="15" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B15" t="s">
         <v>583</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B13" t="s">
+      <c r="C15" t="s">
+        <v>127</v>
+      </c>
+      <c r="D15" t="s">
         <v>584</v>
       </c>
-      <c r="C13" t="s">
-[...2 lines deleted...]
-      <c r="D13" t="s">
+    </row>
+    <row r="16" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B16" t="s">
         <v>585</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B14" t="s">
+      <c r="C16" t="s">
+        <v>130</v>
+      </c>
+      <c r="D16" t="s">
         <v>586</v>
       </c>
-      <c r="C14" t="s">
-[...2 lines deleted...]
-      <c r="D14" t="s">
+    </row>
+    <row r="17" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B17" t="s">
         <v>587</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B15" t="s">
+      <c r="C17" t="s">
+        <v>133</v>
+      </c>
+      <c r="D17" t="s">
         <v>588</v>
       </c>
-      <c r="C15" t="s">
-[...2 lines deleted...]
-      <c r="D15" t="s">
+    </row>
+    <row r="18" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B18" t="s">
         <v>589</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B16" t="s">
+      <c r="C18" t="s">
+        <v>138</v>
+      </c>
+      <c r="D18" t="s">
         <v>590</v>
       </c>
-      <c r="C16" t="s">
-[...2 lines deleted...]
-      <c r="D16" t="s">
+    </row>
+    <row r="19" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B19" t="s">
         <v>591</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B17" t="s">
+      <c r="C19" t="s">
+        <v>141</v>
+      </c>
+      <c r="D19" t="s">
         <v>592</v>
       </c>
-      <c r="C17" t="s">
-[...2 lines deleted...]
-      <c r="D17" t="s">
+    </row>
+    <row r="20" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B20" t="s">
         <v>593</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B18" t="s">
+      <c r="C20" t="s">
+        <v>146</v>
+      </c>
+      <c r="D20" t="s">
         <v>594</v>
       </c>
-      <c r="C18" t="s">
-[...2 lines deleted...]
-      <c r="D18" t="s">
+    </row>
+    <row r="21" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B21" t="s">
         <v>595</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B19" t="s">
+      <c r="C21" t="s">
+        <v>149</v>
+      </c>
+      <c r="D21" t="s">
         <v>596</v>
       </c>
-      <c r="C19" t="s">
-[...2 lines deleted...]
-      <c r="D19" t="s">
+    </row>
+    <row r="22" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B22" t="s">
         <v>597</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B20" t="s">
+      <c r="C22" t="s">
+        <v>152</v>
+      </c>
+      <c r="D22" t="s">
         <v>598</v>
       </c>
-      <c r="C20" t="s">
-[...2 lines deleted...]
-      <c r="D20" t="s">
+    </row>
+    <row r="23" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B23" t="s">
         <v>599</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B21" t="s">
+      <c r="C23" t="s">
+        <v>155</v>
+      </c>
+      <c r="D23" t="s">
         <v>600</v>
       </c>
-      <c r="C21" t="s">
-[...2 lines deleted...]
-      <c r="D21" t="s">
+    </row>
+    <row r="24" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B24" t="s">
         <v>601</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B22" t="s">
+      <c r="C24" t="s">
+        <v>158</v>
+      </c>
+      <c r="D24" t="s">
         <v>602</v>
       </c>
-      <c r="C22" t="s">
-[...2 lines deleted...]
-      <c r="D22" t="s">
+    </row>
+    <row r="25" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B25" t="s">
         <v>603</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B23" t="s">
+      <c r="C25" t="s">
+        <v>161</v>
+      </c>
+      <c r="D25" t="s">
         <v>604</v>
       </c>
-      <c r="C23" t="s">
-[...2 lines deleted...]
-      <c r="D23" t="s">
+    </row>
+    <row r="26" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B26" t="s">
+        <v>292</v>
+      </c>
+      <c r="C26" t="s">
         <v>605</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B24" t="s">
+      <c r="D26" t="s">
         <v>606</v>
       </c>
-      <c r="C24" t="s">
-[...2 lines deleted...]
-      <c r="D24" t="s">
+    </row>
+    <row r="27" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B27" t="s">
+        <v>294</v>
+      </c>
+      <c r="C27" t="s">
         <v>607</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B25" t="s">
+      <c r="D27" t="s">
         <v>608</v>
       </c>
-      <c r="C25" t="s">
-[...2 lines deleted...]
-      <c r="D25" t="s">
+    </row>
+    <row r="28" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B28" t="s">
         <v>609</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="C26" t="s">
+      <c r="C28" t="s">
         <v>610</v>
       </c>
-      <c r="D26" t="s">
+      <c r="D28" t="s">
         <v>611</v>
       </c>
     </row>
-    <row r="27" spans="2:4">
-[...3 lines deleted...]
-      <c r="C27" t="s">
+    <row r="29" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B29" t="s">
+        <v>298</v>
+      </c>
+      <c r="C29" t="s">
         <v>612</v>
       </c>
-      <c r="D27" t="s">
+      <c r="D29" t="s">
         <v>613</v>
       </c>
     </row>
-    <row r="28" spans="2:4">
-      <c r="B28" t="s">
+    <row r="30" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B30" t="s">
+        <v>301</v>
+      </c>
+      <c r="C30" t="s">
         <v>614</v>
       </c>
-      <c r="C28" t="s">
+      <c r="D30" t="s">
         <v>615</v>
       </c>
-      <c r="D28" t="s">
+    </row>
+    <row r="31" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B31" t="s">
         <v>616</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="C29" t="s">
+      <c r="C31" t="s">
         <v>617</v>
       </c>
-      <c r="D29" t="s">
+      <c r="D31" t="s">
         <v>618</v>
       </c>
     </row>
-    <row r="30" spans="2:4">
-[...3 lines deleted...]
-      <c r="C30" t="s">
+    <row r="32" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B32" t="s">
         <v>619</v>
       </c>
-      <c r="D30" t="s">
+      <c r="C32" t="s">
         <v>620</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B31" t="s">
+      <c r="D32" t="s">
         <v>621</v>
       </c>
-      <c r="C31" t="s">
+    </row>
+    <row r="33" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B33" t="s">
+        <v>310</v>
+      </c>
+      <c r="C33" t="s">
         <v>622</v>
       </c>
-      <c r="D31" t="s">
+      <c r="D33" t="s">
         <v>623</v>
       </c>
     </row>
-    <row r="32" spans="2:4">
-      <c r="B32" t="s">
+    <row r="34" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B34" t="s">
+        <v>313</v>
+      </c>
+      <c r="C34" t="s">
         <v>624</v>
       </c>
-      <c r="C32" t="s">
+      <c r="D34" t="s">
         <v>625</v>
       </c>
-      <c r="D32" t="s">
+    </row>
+    <row r="35" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B35" t="s">
+        <v>316</v>
+      </c>
+      <c r="C35" t="s">
         <v>626</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="C33" t="s">
+      <c r="D35" t="s">
         <v>627</v>
       </c>
-      <c r="D33" t="s">
+    </row>
+    <row r="36" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B36" t="s">
+        <v>319</v>
+      </c>
+      <c r="C36" t="s">
         <v>628</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="C34" t="s">
+      <c r="D36" t="s">
         <v>629</v>
       </c>
-      <c r="D34" t="s">
+    </row>
+    <row r="37" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B37" t="s">
+        <v>322</v>
+      </c>
+      <c r="C37" t="s">
         <v>630</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="C35" t="s">
+      <c r="D37" t="s">
         <v>631</v>
       </c>
-      <c r="D35" t="s">
+    </row>
+    <row r="38" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B38" t="s">
         <v>632</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="C36" t="s">
+      <c r="D38" t="s">
         <v>633</v>
       </c>
-      <c r="D36" t="s">
+    </row>
+    <row r="39" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B39" t="s">
         <v>634</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="C37" t="s">
+      <c r="D39" t="s">
         <v>635</v>
       </c>
-      <c r="D37" t="s">
+    </row>
+    <row r="40" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B40" t="s">
+        <v>292</v>
+      </c>
+      <c r="C40" t="s">
+        <v>605</v>
+      </c>
+      <c r="D40" t="s">
         <v>636</v>
       </c>
     </row>
-    <row r="38" spans="2:4">
-      <c r="B38" t="s">
+    <row r="41" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B41" t="s">
+        <v>294</v>
+      </c>
+      <c r="C41" t="s">
+        <v>607</v>
+      </c>
+      <c r="D41" t="s">
         <v>637</v>
       </c>
-      <c r="D38" t="s">
+    </row>
+    <row r="42" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B42" t="s">
+        <v>609</v>
+      </c>
+      <c r="C42" t="s">
+        <v>610</v>
+      </c>
+      <c r="D42" t="s">
         <v>638</v>
       </c>
     </row>
-    <row r="39" spans="2:4">
-      <c r="B39" t="s">
+    <row r="43" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B43" t="s">
+        <v>298</v>
+      </c>
+      <c r="C43" t="s">
+        <v>612</v>
+      </c>
+      <c r="D43" t="s">
         <v>639</v>
       </c>
-      <c r="D39" t="s">
+    </row>
+    <row r="44" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B44" t="s">
+        <v>301</v>
+      </c>
+      <c r="C44" t="s">
+        <v>614</v>
+      </c>
+      <c r="D44" t="s">
         <v>640</v>
       </c>
     </row>
-    <row r="40" spans="2:4">
-[...6 lines deleted...]
-      <c r="D40" t="s">
+    <row r="45" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B45" t="s">
+        <v>616</v>
+      </c>
+      <c r="C45" t="s">
+        <v>617</v>
+      </c>
+      <c r="D45" t="s">
         <v>641</v>
       </c>
     </row>
-    <row r="41" spans="2:4">
-[...6 lines deleted...]
-      <c r="D41" t="s">
+    <row r="46" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B46" t="s">
+        <v>619</v>
+      </c>
+      <c r="C46" t="s">
+        <v>620</v>
+      </c>
+      <c r="D46" t="s">
         <v>642</v>
       </c>
     </row>
-    <row r="42" spans="2:4">
-[...6 lines deleted...]
-      <c r="D42" t="s">
+    <row r="47" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B47" t="s">
+        <v>310</v>
+      </c>
+      <c r="C47" t="s">
+        <v>622</v>
+      </c>
+      <c r="D47" t="s">
         <v>643</v>
       </c>
     </row>
-    <row r="43" spans="2:4">
-[...6 lines deleted...]
-      <c r="D43" t="s">
+    <row r="48" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B48" t="s">
+        <v>313</v>
+      </c>
+      <c r="C48" t="s">
+        <v>624</v>
+      </c>
+      <c r="D48" t="s">
         <v>644</v>
       </c>
     </row>
-    <row r="44" spans="2:4">
-[...6 lines deleted...]
-      <c r="D44" t="s">
+    <row r="49" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B49" t="s">
+        <v>316</v>
+      </c>
+      <c r="C49" t="s">
+        <v>626</v>
+      </c>
+      <c r="D49" t="s">
         <v>645</v>
       </c>
     </row>
-    <row r="45" spans="2:4">
-[...6 lines deleted...]
-      <c r="D45" t="s">
+    <row r="50" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B50" t="s">
+        <v>319</v>
+      </c>
+      <c r="C50" t="s">
+        <v>628</v>
+      </c>
+      <c r="D50" t="s">
         <v>646</v>
       </c>
     </row>
-    <row r="46" spans="2:4">
-[...6 lines deleted...]
-      <c r="D46" t="s">
+    <row r="51" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B51" t="s">
+        <v>322</v>
+      </c>
+      <c r="C51" t="s">
+        <v>630</v>
+      </c>
+      <c r="D51" t="s">
         <v>647</v>
-      </c>
-[...53 lines deleted...]
-        <v>652</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <sheetPr/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0B00-000000000000}">
   <dimension ref="A1:D38"/>
   <sheetViews>
-    <sheetView view="normal" workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="12.75" baseColWidth="0"/>
+  <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="4" width="50.7109375" customWidth="1"/>
+    <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:4">
-      <c r="A1" s="2" t="s">
+    <row r="1" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A1" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="B1" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="D1" s="1" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="2" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A2" t="s">
+        <v>7</v>
+      </c>
+      <c r="B2" t="s">
+        <v>45</v>
+      </c>
+      <c r="D2" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="3" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B3" t="s">
+        <v>51</v>
+      </c>
+      <c r="D3" t="s">
+        <v>648</v>
+      </c>
+    </row>
+    <row r="4" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B4" t="s">
         <v>53</v>
       </c>
-      <c r="B1" s="2" t="s">
-[...5 lines deleted...]
-      <c r="D1" s="2" t="s">
+      <c r="D4" t="s">
+        <v>649</v>
+      </c>
+    </row>
+    <row r="5" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B5" t="s">
         <v>55</v>
       </c>
-    </row>
-[...15 lines deleted...]
-      <c r="D3" t="s">
+      <c r="D5" t="s">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="6" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B6" t="s">
+        <v>106</v>
+      </c>
+      <c r="D6" t="s">
+        <v>651</v>
+      </c>
+    </row>
+    <row r="7" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B7" t="s">
+        <v>108</v>
+      </c>
+      <c r="D7" t="s">
+        <v>652</v>
+      </c>
+    </row>
+    <row r="8" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B8" t="s">
         <v>653</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="D4" t="s">
+      <c r="D8" t="s">
         <v>654</v>
       </c>
     </row>
-    <row r="5" spans="2:4">
-[...3 lines deleted...]
-      <c r="D5" t="s">
+    <row r="9" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B9" t="s">
         <v>655</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="D6" t="s">
+      <c r="C9" t="s">
+        <v>198</v>
+      </c>
+      <c r="D9" t="s">
         <v>656</v>
       </c>
     </row>
-    <row r="7" spans="2:4">
-[...3 lines deleted...]
-      <c r="D7" t="s">
+    <row r="10" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B10" t="s">
         <v>657</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B8" t="s">
+      <c r="C10" t="s">
+        <v>201</v>
+      </c>
+      <c r="D10" t="s">
         <v>658</v>
       </c>
-      <c r="D8" t="s">
+    </row>
+    <row r="11" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B11" t="s">
         <v>659</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B9" t="s">
+      <c r="D11" t="s">
         <v>660</v>
       </c>
-      <c r="C9" t="s">
-[...2 lines deleted...]
-      <c r="D9" t="s">
+    </row>
+    <row r="12" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B12" t="s">
         <v>661</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B10" t="s">
+      <c r="C12" t="s">
+        <v>204</v>
+      </c>
+      <c r="D12" t="s">
         <v>662</v>
       </c>
-      <c r="C10" t="s">
-[...2 lines deleted...]
-      <c r="D10" t="s">
+    </row>
+    <row r="13" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B13" t="s">
         <v>663</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B11" t="s">
+      <c r="C13" t="s">
+        <v>207</v>
+      </c>
+      <c r="D13" t="s">
         <v>664</v>
       </c>
-      <c r="D11" t="s">
+    </row>
+    <row r="14" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B14" t="s">
         <v>665</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B12" t="s">
+      <c r="C14" t="s">
+        <v>210</v>
+      </c>
+      <c r="D14" t="s">
         <v>666</v>
       </c>
-      <c r="C12" t="s">
-[...2 lines deleted...]
-      <c r="D12" t="s">
+    </row>
+    <row r="15" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B15" t="s">
         <v>667</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B13" t="s">
+      <c r="C15" t="s">
+        <v>213</v>
+      </c>
+      <c r="D15" t="s">
         <v>668</v>
       </c>
-      <c r="C13" t="s">
-[...2 lines deleted...]
-      <c r="D13" t="s">
+    </row>
+    <row r="16" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B16" t="s">
         <v>669</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B14" t="s">
+      <c r="C16" t="s">
+        <v>216</v>
+      </c>
+      <c r="D16" t="s">
         <v>670</v>
       </c>
-      <c r="C14" t="s">
-[...2 lines deleted...]
-      <c r="D14" t="s">
+    </row>
+    <row r="17" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B17" t="s">
         <v>671</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B15" t="s">
+      <c r="D17" t="s">
         <v>672</v>
       </c>
-      <c r="C15" t="s">
-[...2 lines deleted...]
-      <c r="D15" t="s">
+    </row>
+    <row r="18" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B18" t="s">
         <v>673</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B16" t="s">
+      <c r="C18" t="s">
+        <v>219</v>
+      </c>
+      <c r="D18" t="s">
         <v>674</v>
       </c>
-      <c r="C16" t="s">
-[...2 lines deleted...]
-      <c r="D16" t="s">
+    </row>
+    <row r="19" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B19" t="s">
         <v>675</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B17" t="s">
+      <c r="C19" t="s">
+        <v>222</v>
+      </c>
+      <c r="D19" t="s">
         <v>676</v>
       </c>
-      <c r="D17" t="s">
+    </row>
+    <row r="20" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B20" t="s">
         <v>677</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B18" t="s">
+      <c r="C20" t="s">
+        <v>275</v>
+      </c>
+      <c r="D20" t="s">
         <v>678</v>
       </c>
-      <c r="C18" t="s">
-[...2 lines deleted...]
-      <c r="D18" t="s">
+    </row>
+    <row r="21" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B21" t="s">
         <v>679</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B19" t="s">
+      <c r="D21" t="s">
         <v>680</v>
       </c>
-      <c r="C19" t="s">
-[...2 lines deleted...]
-      <c r="D19" t="s">
+    </row>
+    <row r="22" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B22" t="s">
         <v>681</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B20" t="s">
+      <c r="C22" t="s">
+        <v>278</v>
+      </c>
+      <c r="D22" t="s">
         <v>682</v>
       </c>
-      <c r="C20" t="s">
-[...2 lines deleted...]
-      <c r="D20" t="s">
+    </row>
+    <row r="23" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B23" t="s">
         <v>683</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B21" t="s">
+      <c r="C23" t="s">
+        <v>281</v>
+      </c>
+      <c r="D23" t="s">
         <v>684</v>
       </c>
-      <c r="D21" t="s">
+    </row>
+    <row r="24" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B24" t="s">
         <v>685</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B22" t="s">
+      <c r="C24" t="s">
+        <v>284</v>
+      </c>
+      <c r="D24" t="s">
         <v>686</v>
       </c>
-      <c r="C22" t="s">
-[...2 lines deleted...]
-      <c r="D22" t="s">
+    </row>
+    <row r="25" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B25" t="s">
         <v>687</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B23" t="s">
+      <c r="D25" t="s">
         <v>688</v>
       </c>
-      <c r="C23" t="s">
-[...2 lines deleted...]
-      <c r="D23" t="s">
+    </row>
+    <row r="26" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B26" t="s">
         <v>689</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B24" t="s">
+      <c r="C26" t="s">
+        <v>287</v>
+      </c>
+      <c r="D26" t="s">
         <v>690</v>
       </c>
-      <c r="C24" t="s">
-[...2 lines deleted...]
-      <c r="D24" t="s">
+    </row>
+    <row r="27" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B27" t="s">
         <v>691</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B25" t="s">
+      <c r="D27" t="s">
         <v>692</v>
       </c>
-      <c r="D25" t="s">
+    </row>
+    <row r="28" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B28" t="s">
         <v>693</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B26" t="s">
+      <c r="C28" t="s">
+        <v>290</v>
+      </c>
+      <c r="D28" t="s">
         <v>694</v>
       </c>
-      <c r="C26" t="s">
-[...2 lines deleted...]
-      <c r="D26" t="s">
+    </row>
+    <row r="29" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B29" t="s">
         <v>695</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B27" t="s">
+      <c r="C29" t="s">
+        <v>98</v>
+      </c>
+      <c r="D29" t="s">
         <v>696</v>
       </c>
-      <c r="D27" t="s">
+    </row>
+    <row r="30" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B30" t="s">
         <v>697</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B28" t="s">
+      <c r="C30" t="s">
+        <v>101</v>
+      </c>
+      <c r="D30" t="s">
         <v>698</v>
       </c>
-      <c r="C28" t="s">
-[...2 lines deleted...]
-      <c r="D28" t="s">
+    </row>
+    <row r="31" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B31" t="s">
         <v>699</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B29" t="s">
+      <c r="C31" t="s">
+        <v>229</v>
+      </c>
+      <c r="D31" t="s">
         <v>700</v>
       </c>
-      <c r="C29" t="s">
-[...2 lines deleted...]
-      <c r="D29" t="s">
+    </row>
+    <row r="32" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B32" t="s">
         <v>701</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B30" t="s">
+      <c r="C32" t="s">
+        <v>299</v>
+      </c>
+      <c r="D32" t="s">
         <v>702</v>
       </c>
-      <c r="C30" t="s">
-[...2 lines deleted...]
-      <c r="D30" t="s">
+    </row>
+    <row r="33" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B33" t="s">
         <v>703</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B31" t="s">
+      <c r="C33" t="s">
+        <v>302</v>
+      </c>
+      <c r="D33" t="s">
         <v>704</v>
       </c>
-      <c r="C31" t="s">
-[...2 lines deleted...]
-      <c r="D31" t="s">
+    </row>
+    <row r="34" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B34" t="s">
         <v>705</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B32" t="s">
+      <c r="C34" t="s">
+        <v>305</v>
+      </c>
+      <c r="D34" t="s">
         <v>706</v>
       </c>
-      <c r="C32" t="s">
-[...2 lines deleted...]
-      <c r="D32" t="s">
+    </row>
+    <row r="35" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B35" t="s">
         <v>707</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B33" t="s">
+      <c r="C35" t="s">
+        <v>308</v>
+      </c>
+      <c r="D35" t="s">
         <v>708</v>
       </c>
-      <c r="C33" t="s">
-[...2 lines deleted...]
-      <c r="D33" t="s">
+    </row>
+    <row r="36" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B36" t="s">
         <v>709</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B34" t="s">
+      <c r="C36" t="s">
+        <v>311</v>
+      </c>
+      <c r="D36" t="s">
         <v>710</v>
       </c>
-      <c r="C34" t="s">
-[...2 lines deleted...]
-      <c r="D34" t="s">
+    </row>
+    <row r="37" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B37" t="s">
         <v>711</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B35" t="s">
+      <c r="C37" t="s">
+        <v>314</v>
+      </c>
+      <c r="D37" t="s">
         <v>712</v>
       </c>
-      <c r="C35" t="s">
-[...2 lines deleted...]
-      <c r="D35" t="s">
+    </row>
+    <row r="38" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B38" t="s">
         <v>713</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B36" t="s">
+      <c r="C38" t="s">
+        <v>317</v>
+      </c>
+      <c r="D38" t="s">
         <v>714</v>
-      </c>
-[...26 lines deleted...]
-        <v>719</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-[...1 lines deleted...]
-  <dimension ref="A1:D136"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0C00-000000000000}">
+  <dimension ref="A1:D157"/>
   <sheetViews>
-    <sheetView view="normal" workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="12.75" baseColWidth="0"/>
+  <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="4" width="50.7109375" customWidth="1"/>
+    <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:4">
-      <c r="A1" s="2" t="s">
+    <row r="1" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A1" s="4" t="s">
+        <v>48</v>
+      </c>
+      <c r="B1" s="4" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" s="4" t="s">
+        <v>49</v>
+      </c>
+      <c r="D1" s="4" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="2" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A2" s="3" t="s">
+        <v>900</v>
+      </c>
+      <c r="B2" s="3" t="s">
+        <v>901</v>
+      </c>
+      <c r="C2" s="3"/>
+      <c r="D2" s="3" t="s">
+        <v>903</v>
+      </c>
+    </row>
+    <row r="3" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A3" s="3" t="s">
+        <v>904</v>
+      </c>
+      <c r="B3" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="C3" s="3"/>
+      <c r="D3" s="3" t="s">
+        <v>905</v>
+      </c>
+    </row>
+    <row r="4" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A4" s="3" t="s">
+        <v>906</v>
+      </c>
+      <c r="B4" s="3" t="s">
+        <v>249</v>
+      </c>
+      <c r="C4" s="3"/>
+      <c r="D4" s="3" t="s">
+        <v>907</v>
+      </c>
+    </row>
+    <row r="5" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A5" s="3" t="s">
+        <v>908</v>
+      </c>
+      <c r="B5" s="3" t="s">
         <v>53</v>
       </c>
-      <c r="B1" s="2" t="s">
-[...5 lines deleted...]
-      <c r="D1" s="2" t="s">
+      <c r="C5" s="3"/>
+      <c r="D5" s="3" t="s">
+        <v>909</v>
+      </c>
+    </row>
+    <row r="6" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A6" s="3" t="s">
+        <v>910</v>
+      </c>
+      <c r="B6" s="3" t="s">
         <v>55</v>
       </c>
-    </row>
-[...12 lines deleted...]
-      <c r="A3" t="s">
+      <c r="C6" s="3"/>
+      <c r="D6" s="3" t="s">
+        <v>911</v>
+      </c>
+    </row>
+    <row r="7" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A7" s="3" t="s">
+        <v>715</v>
+      </c>
+      <c r="B7" s="3" t="s">
+        <v>106</v>
+      </c>
+      <c r="C7" s="3"/>
+      <c r="D7" s="3" t="s">
+        <v>912</v>
+      </c>
+    </row>
+    <row r="8" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A8" s="3" t="s">
+        <v>913</v>
+      </c>
+      <c r="B8" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="C8" s="3"/>
+      <c r="D8" s="3" t="s">
+        <v>914</v>
+      </c>
+    </row>
+    <row r="9" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A9" s="3"/>
+      <c r="B9" s="3" t="s">
+        <v>915</v>
+      </c>
+      <c r="C9" s="3"/>
+      <c r="D9" s="3" t="s">
+        <v>916</v>
+      </c>
+    </row>
+    <row r="10" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A10" s="3"/>
+      <c r="B10" s="3" t="s">
+        <v>917</v>
+      </c>
+      <c r="C10" s="3"/>
+      <c r="D10" s="3" t="s">
+        <v>918</v>
+      </c>
+    </row>
+    <row r="11" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A11" s="3"/>
+      <c r="B11" s="3" t="s">
+        <v>716</v>
+      </c>
+      <c r="C11" s="3" t="s">
+        <v>198</v>
+      </c>
+      <c r="D11" s="3" t="s">
+        <v>919</v>
+      </c>
+    </row>
+    <row r="12" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A12" s="3"/>
+      <c r="B12" s="3" t="s">
+        <v>920</v>
+      </c>
+      <c r="C12" s="3" t="s">
+        <v>201</v>
+      </c>
+      <c r="D12" s="3" t="s">
+        <v>921</v>
+      </c>
+    </row>
+    <row r="13" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A13" s="3"/>
+      <c r="B13" s="3" t="s">
+        <v>717</v>
+      </c>
+      <c r="C13" s="3" t="s">
+        <v>204</v>
+      </c>
+      <c r="D13" s="3" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="14" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A14" s="3"/>
+      <c r="B14" s="3" t="s">
+        <v>923</v>
+      </c>
+      <c r="C14" s="3" t="s">
+        <v>207</v>
+      </c>
+      <c r="D14" s="3" t="s">
+        <v>924</v>
+      </c>
+    </row>
+    <row r="15" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A15" s="3"/>
+      <c r="B15" s="3" t="s">
+        <v>925</v>
+      </c>
+      <c r="C15" s="3" t="s">
+        <v>210</v>
+      </c>
+      <c r="D15" s="3" t="s">
+        <v>926</v>
+      </c>
+    </row>
+    <row r="16" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A16" s="3"/>
+      <c r="B16" s="3" t="s">
+        <v>718</v>
+      </c>
+      <c r="C16" s="3" t="s">
+        <v>213</v>
+      </c>
+      <c r="D16" s="3" t="s">
+        <v>927</v>
+      </c>
+    </row>
+    <row r="17" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B17" s="3" t="s">
+        <v>719</v>
+      </c>
+      <c r="C17" s="3" t="s">
+        <v>216</v>
+      </c>
+      <c r="D17" s="3" t="s">
+        <v>928</v>
+      </c>
+    </row>
+    <row r="18" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B18" s="3" t="s">
         <v>720</v>
       </c>
-      <c r="B3" t="s">
-[...2 lines deleted...]
-      <c r="D3" t="s">
+      <c r="C18" s="3" t="s">
+        <v>219</v>
+      </c>
+      <c r="D18" s="3" t="s">
+        <v>929</v>
+      </c>
+    </row>
+    <row r="19" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B19" s="3" t="s">
+        <v>721</v>
+      </c>
+      <c r="C19" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="D19" s="3" t="s">
+        <v>930</v>
+      </c>
+    </row>
+    <row r="20" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B20" s="3" t="s">
+        <v>722</v>
+      </c>
+      <c r="C20" s="3" t="s">
+        <v>275</v>
+      </c>
+      <c r="D20" s="3" t="s">
+        <v>931</v>
+      </c>
+    </row>
+    <row r="21" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B21" s="3" t="s">
+        <v>723</v>
+      </c>
+      <c r="C21" s="3" t="s">
+        <v>278</v>
+      </c>
+      <c r="D21" s="3" t="s">
+        <v>932</v>
+      </c>
+    </row>
+    <row r="22" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B22" s="3" t="s">
+        <v>933</v>
+      </c>
+      <c r="C22" s="3" t="s">
+        <v>281</v>
+      </c>
+      <c r="D22" s="3" t="s">
+        <v>934</v>
+      </c>
+    </row>
+    <row r="23" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B23" s="3" t="s">
+        <v>724</v>
+      </c>
+      <c r="C23" s="3" t="s">
+        <v>284</v>
+      </c>
+      <c r="D23" s="3" t="s">
+        <v>935</v>
+      </c>
+    </row>
+    <row r="24" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B24" s="3" t="s">
         <v>725</v>
       </c>
-    </row>
-[...7 lines deleted...]
-      <c r="D4" t="s">
+      <c r="C24" s="3" t="s">
+        <v>287</v>
+      </c>
+      <c r="D24" s="3" t="s">
+        <v>936</v>
+      </c>
+    </row>
+    <row r="25" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B25" s="3" t="s">
+        <v>937</v>
+      </c>
+      <c r="C25" s="3" t="s">
+        <v>290</v>
+      </c>
+      <c r="D25" s="3" t="s">
+        <v>938</v>
+      </c>
+    </row>
+    <row r="26" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B26" s="3" t="s">
         <v>726</v>
       </c>
-    </row>
-[...7 lines deleted...]
-      <c r="D5" t="s">
+      <c r="C26" s="3" t="s">
+        <v>371</v>
+      </c>
+      <c r="D26" s="3" t="s">
+        <v>939</v>
+      </c>
+    </row>
+    <row r="27" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B27" s="3" t="s">
         <v>727</v>
       </c>
-    </row>
-[...7 lines deleted...]
-      <c r="D6" t="s">
+      <c r="C27" s="3" t="s">
+        <v>374</v>
+      </c>
+      <c r="D27" s="3" t="s">
+        <v>940</v>
+      </c>
+    </row>
+    <row r="28" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B28" s="3" t="s">
+        <v>941</v>
+      </c>
+      <c r="C28" s="3" t="s">
+        <v>377</v>
+      </c>
+      <c r="D28" s="3" t="s">
+        <v>942</v>
+      </c>
+    </row>
+    <row r="29" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B29" s="3" t="s">
+        <v>943</v>
+      </c>
+      <c r="C29" s="3"/>
+      <c r="D29" s="3" t="s">
+        <v>944</v>
+      </c>
+    </row>
+    <row r="30" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B30" s="3" t="s">
         <v>728</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B7" t="s">
+      <c r="C30" s="3" t="s">
+        <v>437</v>
+      </c>
+      <c r="D30" s="3" t="s">
+        <v>945</v>
+      </c>
+    </row>
+    <row r="31" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B31" s="3" t="s">
+        <v>946</v>
+      </c>
+      <c r="C31" s="3" t="s">
+        <v>440</v>
+      </c>
+      <c r="D31" s="3" t="s">
+        <v>947</v>
+      </c>
+    </row>
+    <row r="32" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B32" s="3" t="s">
+        <v>948</v>
+      </c>
+      <c r="C32" s="3" t="s">
+        <v>440</v>
+      </c>
+      <c r="D32" s="3" t="s">
+        <v>949</v>
+      </c>
+    </row>
+    <row r="33" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B33" s="3" t="s">
         <v>729</v>
       </c>
-      <c r="D7" t="s">
+      <c r="C33" s="3" t="s">
+        <v>445</v>
+      </c>
+      <c r="D33" s="3" t="s">
+        <v>950</v>
+      </c>
+    </row>
+    <row r="34" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B34" s="3" t="s">
         <v>730</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B8" t="s">
+      <c r="C34" s="3" t="s">
+        <v>448</v>
+      </c>
+      <c r="D34" s="3" t="s">
+        <v>951</v>
+      </c>
+    </row>
+    <row r="35" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B35" s="3" t="s">
+        <v>952</v>
+      </c>
+      <c r="C35" s="3" t="s">
+        <v>734</v>
+      </c>
+      <c r="D35" s="3" t="s">
+        <v>953</v>
+      </c>
+    </row>
+    <row r="36" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B36" s="3" t="s">
         <v>731</v>
       </c>
-      <c r="D8" t="s">
+      <c r="C36" s="3" t="s">
+        <v>736</v>
+      </c>
+      <c r="D36" s="3" t="s">
+        <v>954</v>
+      </c>
+    </row>
+    <row r="37" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B37" s="3" t="s">
         <v>732</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B9" t="s">
+      <c r="C37" s="3" t="s">
+        <v>738</v>
+      </c>
+      <c r="D37" s="3" t="s">
+        <v>955</v>
+      </c>
+    </row>
+    <row r="38" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B38" s="3" t="s">
         <v>733</v>
       </c>
-      <c r="D9" t="s">
-[...4 lines deleted...]
-      <c r="B10" t="s">
+      <c r="C38" s="3" t="s">
+        <v>740</v>
+      </c>
+      <c r="D38" s="3" t="s">
+        <v>956</v>
+      </c>
+    </row>
+    <row r="39" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B39" s="3" t="s">
         <v>735</v>
       </c>
-      <c r="D10" t="s">
-[...4 lines deleted...]
-      <c r="B11" t="s">
+      <c r="C39" s="3" t="s">
+        <v>741</v>
+      </c>
+      <c r="D39" s="3" t="s">
+        <v>957</v>
+      </c>
+    </row>
+    <row r="40" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B40" s="3" t="s">
         <v>737</v>
       </c>
-      <c r="C11" t="s">
-[...7 lines deleted...]
-      <c r="B12" t="s">
+      <c r="C40" s="3" t="s">
+        <v>743</v>
+      </c>
+      <c r="D40" s="3" t="s">
+        <v>958</v>
+      </c>
+    </row>
+    <row r="41" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B41" s="3" t="s">
+        <v>959</v>
+      </c>
+      <c r="C41" s="3" t="s">
+        <v>745</v>
+      </c>
+      <c r="D41" s="3" t="s">
+        <v>960</v>
+      </c>
+    </row>
+    <row r="42" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B42" s="3" t="s">
         <v>739</v>
       </c>
-      <c r="C12" t="s">
-[...13 lines deleted...]
-      <c r="D13" t="s">
+      <c r="C42" s="3" t="s">
+        <v>747</v>
+      </c>
+      <c r="D42" s="3" t="s">
+        <v>961</v>
+      </c>
+    </row>
+    <row r="43" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B43" s="3" t="s">
+        <v>962</v>
+      </c>
+      <c r="C43" s="3" t="s">
+        <v>747</v>
+      </c>
+      <c r="D43" s="3" t="s">
+        <v>963</v>
+      </c>
+    </row>
+    <row r="44" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B44" s="3" t="s">
+        <v>964</v>
+      </c>
+      <c r="C44" s="3"/>
+      <c r="D44" s="3" t="s">
+        <v>965</v>
+      </c>
+    </row>
+    <row r="45" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B45" s="3" t="s">
+        <v>966</v>
+      </c>
+      <c r="C45" s="3" t="s">
+        <v>749</v>
+      </c>
+      <c r="D45" s="3" t="s">
+        <v>967</v>
+      </c>
+    </row>
+    <row r="46" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B46" s="3" t="s">
         <v>742</v>
       </c>
-    </row>
-[...7 lines deleted...]
-      <c r="D14" t="s">
+      <c r="C46" s="3" t="s">
+        <v>751</v>
+      </c>
+      <c r="D46" s="3" t="s">
+        <v>968</v>
+      </c>
+    </row>
+    <row r="47" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B47" s="3" t="s">
         <v>744</v>
       </c>
-    </row>
-[...7 lines deleted...]
-      <c r="D15" t="s">
+      <c r="C47" s="3" t="s">
+        <v>753</v>
+      </c>
+      <c r="D47" s="3" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="48" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B48" s="3" t="s">
         <v>746</v>
       </c>
-    </row>
-[...7 lines deleted...]
-      <c r="D16" t="s">
+      <c r="C48" s="3" t="s">
+        <v>755</v>
+      </c>
+      <c r="D48" s="3" t="s">
+        <v>970</v>
+      </c>
+    </row>
+    <row r="49" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B49" s="3" t="s">
         <v>748</v>
       </c>
-    </row>
-[...7 lines deleted...]
-      <c r="D17" t="s">
+      <c r="C49" s="3" t="s">
+        <v>757</v>
+      </c>
+      <c r="D49" s="3" t="s">
+        <v>971</v>
+      </c>
+    </row>
+    <row r="50" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B50" s="3" t="s">
         <v>750</v>
       </c>
-    </row>
-[...7 lines deleted...]
-      <c r="D18" t="s">
+      <c r="C50" s="3" t="s">
+        <v>759</v>
+      </c>
+      <c r="D50" s="3" t="s">
+        <v>972</v>
+      </c>
+    </row>
+    <row r="51" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B51" s="3" t="s">
         <v>752</v>
       </c>
-    </row>
-[...7 lines deleted...]
-      <c r="D19" t="s">
+      <c r="C51" s="3" t="s">
+        <v>761</v>
+      </c>
+      <c r="D51" s="3" t="s">
+        <v>973</v>
+      </c>
+    </row>
+    <row r="52" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B52" s="3" t="s">
         <v>754</v>
       </c>
-    </row>
-[...7 lines deleted...]
-      <c r="D20" t="s">
+      <c r="C52" s="3" t="s">
+        <v>763</v>
+      </c>
+      <c r="D52" s="3" t="s">
+        <v>974</v>
+      </c>
+    </row>
+    <row r="53" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B53" s="3" t="s">
         <v>756</v>
       </c>
-    </row>
-[...7 lines deleted...]
-      <c r="D21" t="s">
+      <c r="C53" s="3" t="s">
+        <v>765</v>
+      </c>
+      <c r="D53" s="3" t="s">
+        <v>975</v>
+      </c>
+    </row>
+    <row r="54" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B54" s="3" t="s">
         <v>758</v>
       </c>
-    </row>
-[...7 lines deleted...]
-      <c r="D22" t="s">
+      <c r="C54" s="3" t="s">
+        <v>767</v>
+      </c>
+      <c r="D54" s="3" t="s">
+        <v>976</v>
+      </c>
+    </row>
+    <row r="55" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B55" s="3" t="s">
         <v>760</v>
       </c>
-    </row>
-[...7 lines deleted...]
-      <c r="D23" t="s">
+      <c r="C55" s="3" t="s">
+        <v>769</v>
+      </c>
+      <c r="D55" s="3" t="s">
+        <v>977</v>
+      </c>
+    </row>
+    <row r="56" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B56" s="3" t="s">
         <v>762</v>
       </c>
-    </row>
-[...7 lines deleted...]
-      <c r="D24" t="s">
+      <c r="C56" s="3" t="s">
+        <v>771</v>
+      </c>
+      <c r="D56" s="3" t="s">
+        <v>978</v>
+      </c>
+    </row>
+    <row r="57" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B57" s="3" t="s">
+        <v>979</v>
+      </c>
+      <c r="C57" s="3" t="s">
+        <v>773</v>
+      </c>
+      <c r="D57" s="3" t="s">
+        <v>980</v>
+      </c>
+    </row>
+    <row r="58" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B58" s="3" t="s">
         <v>764</v>
       </c>
-    </row>
-[...7 lines deleted...]
-      <c r="D25" t="s">
+      <c r="C58" s="3" t="s">
+        <v>775</v>
+      </c>
+      <c r="D58" s="3" t="s">
+        <v>981</v>
+      </c>
+    </row>
+    <row r="59" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B59" s="3" t="s">
         <v>766</v>
       </c>
-    </row>
-[...7 lines deleted...]
-      <c r="D26" t="s">
+      <c r="C59" s="3" t="s">
+        <v>777</v>
+      </c>
+      <c r="D59" s="3" t="s">
+        <v>982</v>
+      </c>
+    </row>
+    <row r="60" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B60" s="3" t="s">
         <v>768</v>
       </c>
-    </row>
-[...7 lines deleted...]
-      <c r="D27" t="s">
+      <c r="C60" s="3" t="s">
+        <v>778</v>
+      </c>
+      <c r="D60" s="3" t="s">
+        <v>983</v>
+      </c>
+    </row>
+    <row r="61" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B61" s="3" t="s">
         <v>770</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="D28" t="s">
+      <c r="C61" s="3" t="s">
+        <v>780</v>
+      </c>
+      <c r="D61" s="3" t="s">
+        <v>984</v>
+      </c>
+    </row>
+    <row r="62" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B62" s="3" t="s">
+        <v>985</v>
+      </c>
+      <c r="C62" s="3"/>
+      <c r="D62" s="3" t="s">
+        <v>986</v>
+      </c>
+    </row>
+    <row r="63" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B63" s="3" t="s">
         <v>772</v>
       </c>
-    </row>
-[...7 lines deleted...]
-      <c r="D29" t="s">
+      <c r="C63" s="3" t="s">
+        <v>782</v>
+      </c>
+      <c r="D63" s="3" t="s">
+        <v>987</v>
+      </c>
+    </row>
+    <row r="64" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B64" s="3" t="s">
         <v>774</v>
       </c>
-    </row>
-[...7 lines deleted...]
-      <c r="D30" t="s">
+      <c r="C64" s="3" t="s">
+        <v>784</v>
+      </c>
+      <c r="D64" s="3" t="s">
+        <v>988</v>
+      </c>
+    </row>
+    <row r="65" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B65" s="3" t="s">
         <v>776</v>
       </c>
-    </row>
-[...12 lines deleted...]
-      <c r="B32" t="s">
+      <c r="C65" s="3" t="s">
+        <v>786</v>
+      </c>
+      <c r="D65" s="3" t="s">
+        <v>989</v>
+      </c>
+    </row>
+    <row r="66" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B66" s="3" t="s">
         <v>779</v>
       </c>
-      <c r="C32" t="s">
-[...7 lines deleted...]
-      <c r="B33" t="s">
+      <c r="C66" s="3" t="s">
+        <v>788</v>
+      </c>
+      <c r="D66" s="3" t="s">
+        <v>990</v>
+      </c>
+    </row>
+    <row r="67" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B67" s="3" t="s">
         <v>781</v>
       </c>
-      <c r="C33" t="s">
-[...7 lines deleted...]
-      <c r="B34" t="s">
+      <c r="C67" s="3" t="s">
+        <v>790</v>
+      </c>
+      <c r="D67" s="3" t="s">
+        <v>991</v>
+      </c>
+    </row>
+    <row r="68" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B68" s="3" t="s">
         <v>783</v>
       </c>
-      <c r="C34" t="s">
-[...2 lines deleted...]
-      <c r="D34" t="s">
+      <c r="C68" s="3" t="s">
+        <v>792</v>
+      </c>
+      <c r="D68" s="3" t="s">
+        <v>992</v>
+      </c>
+    </row>
+    <row r="69" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B69" s="3" t="s">
         <v>785</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="C35" t="s">
+      <c r="C69" s="3" t="s">
+        <v>793</v>
+      </c>
+      <c r="D69" s="3" t="s">
+        <v>993</v>
+      </c>
+    </row>
+    <row r="70" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B70" s="3" t="s">
         <v>787</v>
       </c>
-      <c r="D35" t="s">
-[...4 lines deleted...]
-      <c r="B36" t="s">
+      <c r="C70" s="3" t="s">
+        <v>794</v>
+      </c>
+      <c r="D70" s="3" t="s">
+        <v>994</v>
+      </c>
+    </row>
+    <row r="71" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B71" s="3" t="s">
         <v>789</v>
       </c>
-      <c r="C36" t="s">
-[...2 lines deleted...]
-      <c r="D36" t="s">
+      <c r="C71" s="3" t="s">
+        <v>796</v>
+      </c>
+      <c r="D71" s="3" t="s">
+        <v>995</v>
+      </c>
+    </row>
+    <row r="72" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B72" s="3" t="s">
         <v>791</v>
       </c>
-    </row>
-[...12 lines deleted...]
-      <c r="B38" t="s">
+      <c r="C72" s="3" t="s">
+        <v>798</v>
+      </c>
+      <c r="D72" s="3" t="s">
+        <v>996</v>
+      </c>
+    </row>
+    <row r="73" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B73" s="3" t="s">
+        <v>997</v>
+      </c>
+      <c r="C73" s="3" t="s">
+        <v>799</v>
+      </c>
+      <c r="D73" s="3" t="s">
+        <v>998</v>
+      </c>
+    </row>
+    <row r="74" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B74" s="3" t="s">
+        <v>999</v>
+      </c>
+      <c r="C74" s="3" t="s">
+        <v>801</v>
+      </c>
+      <c r="D74" s="3" t="s">
+        <v>1000</v>
+      </c>
+    </row>
+    <row r="75" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B75" s="3" t="s">
         <v>795</v>
       </c>
-      <c r="D38" t="s">
-[...4 lines deleted...]
-      <c r="B39" t="s">
+      <c r="C75" s="3" t="s">
+        <v>803</v>
+      </c>
+      <c r="D75" s="3" t="s">
+        <v>1001</v>
+      </c>
+    </row>
+    <row r="76" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B76" s="3" t="s">
         <v>797</v>
       </c>
-      <c r="C39" t="s">
-[...7 lines deleted...]
-      <c r="B40" t="s">
+      <c r="C76" s="3" t="s">
+        <v>805</v>
+      </c>
+      <c r="D76" s="3" t="s">
+        <v>1002</v>
+      </c>
+    </row>
+    <row r="77" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B77" s="3" t="s">
         <v>800</v>
       </c>
-      <c r="C40" t="s">
-[...2 lines deleted...]
-      <c r="D40" t="s">
+      <c r="C77" s="3" t="s">
+        <v>807</v>
+      </c>
+      <c r="D77" s="3" t="s">
+        <v>1003</v>
+      </c>
+    </row>
+    <row r="78" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B78" s="3" t="s">
         <v>802</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="C41" t="s">
+      <c r="C78" s="3" t="s">
+        <v>808</v>
+      </c>
+      <c r="D78" s="3" t="s">
+        <v>1004</v>
+      </c>
+    </row>
+    <row r="79" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B79" s="3" t="s">
         <v>804</v>
       </c>
-      <c r="D41" t="s">
-[...4 lines deleted...]
-      <c r="B42" t="s">
+      <c r="C79" s="3" t="s">
+        <v>810</v>
+      </c>
+      <c r="D79" s="3" t="s">
+        <v>1005</v>
+      </c>
+    </row>
+    <row r="80" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B80" s="3" t="s">
         <v>806</v>
       </c>
-      <c r="C42" t="s">
-[...7 lines deleted...]
-      <c r="B43" t="s">
+      <c r="C80" s="3" t="s">
+        <v>811</v>
+      </c>
+      <c r="D80" s="3" t="s">
+        <v>1006</v>
+      </c>
+    </row>
+    <row r="81" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B81" s="3" t="s">
+        <v>1007</v>
+      </c>
+      <c r="C81" s="3" t="s">
+        <v>813</v>
+      </c>
+      <c r="D81" s="3" t="s">
+        <v>1008</v>
+      </c>
+    </row>
+    <row r="82" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B82" s="3" t="s">
         <v>809</v>
       </c>
-      <c r="C43" t="s">
-[...7 lines deleted...]
-      <c r="B44" t="s">
+      <c r="C82" s="3" t="s">
+        <v>815</v>
+      </c>
+      <c r="D82" s="3" t="s">
+        <v>1009</v>
+      </c>
+    </row>
+    <row r="83" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B83" s="3" t="s">
+        <v>1010</v>
+      </c>
+      <c r="C83" s="3" t="s">
+        <v>817</v>
+      </c>
+      <c r="D83" s="3" t="s">
+        <v>1011</v>
+      </c>
+    </row>
+    <row r="84" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B84" s="3" t="s">
         <v>812</v>
       </c>
-      <c r="C44" t="s">
-[...2 lines deleted...]
-      <c r="D44" t="s">
+      <c r="C84" s="3" t="s">
+        <v>819</v>
+      </c>
+      <c r="D84" s="3" t="s">
+        <v>1012</v>
+      </c>
+    </row>
+    <row r="85" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B85" s="3" t="s">
         <v>814</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="C45" t="s">
+      <c r="C85" s="3" t="s">
+        <v>821</v>
+      </c>
+      <c r="D85" s="3" t="s">
+        <v>1013</v>
+      </c>
+    </row>
+    <row r="86" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B86" s="3" t="s">
         <v>816</v>
       </c>
-      <c r="D45" t="s">
-[...4 lines deleted...]
-      <c r="B46" t="s">
+      <c r="C86" s="3" t="s">
+        <v>823</v>
+      </c>
+      <c r="D86" s="3" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="87" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B87" s="3" t="s">
+        <v>1015</v>
+      </c>
+      <c r="C87" s="3"/>
+      <c r="D87" s="3" t="s">
+        <v>1016</v>
+      </c>
+    </row>
+    <row r="88" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B88" s="3" t="s">
+        <v>1017</v>
+      </c>
+      <c r="C88" s="3" t="s">
+        <v>825</v>
+      </c>
+      <c r="D88" s="3" t="s">
+        <v>1018</v>
+      </c>
+    </row>
+    <row r="89" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B89" s="3" t="s">
+        <v>1019</v>
+      </c>
+      <c r="C89" s="3" t="s">
+        <v>826</v>
+      </c>
+      <c r="D89" s="3" t="s">
+        <v>1020</v>
+      </c>
+    </row>
+    <row r="90" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B90" s="3" t="s">
         <v>818</v>
       </c>
-      <c r="C46" t="s">
-[...2 lines deleted...]
-      <c r="D46" t="s">
+      <c r="C90" s="3" t="s">
+        <v>827</v>
+      </c>
+      <c r="D90" s="3" t="s">
+        <v>1021</v>
+      </c>
+    </row>
+    <row r="91" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B91" s="3" t="s">
         <v>820</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="C47" t="s">
+      <c r="C91" s="3" t="s">
+        <v>829</v>
+      </c>
+      <c r="D91" s="3" t="s">
+        <v>1022</v>
+      </c>
+    </row>
+    <row r="92" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B92" s="3" t="s">
         <v>822</v>
       </c>
-      <c r="D47" t="s">
-[...4 lines deleted...]
-      <c r="B48" t="s">
+      <c r="C92" s="3" t="s">
+        <v>831</v>
+      </c>
+      <c r="D92" s="3" t="s">
+        <v>1023</v>
+      </c>
+    </row>
+    <row r="93" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B93" s="3" t="s">
         <v>824</v>
       </c>
-      <c r="C48" t="s">
-[...10 lines deleted...]
-      <c r="C49" t="s">
+      <c r="C93" s="3" t="s">
+        <v>833</v>
+      </c>
+      <c r="D93" s="3" t="s">
+        <v>1024</v>
+      </c>
+    </row>
+    <row r="94" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B94" s="3" t="s">
+        <v>1025</v>
+      </c>
+      <c r="C94" s="3" t="s">
+        <v>835</v>
+      </c>
+      <c r="D94" s="3" t="s">
+        <v>1026</v>
+      </c>
+    </row>
+    <row r="95" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B95" s="3" t="s">
+        <v>1027</v>
+      </c>
+      <c r="C95" s="3" t="s">
+        <v>837</v>
+      </c>
+      <c r="D95" s="3" t="s">
+        <v>1028</v>
+      </c>
+    </row>
+    <row r="96" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B96" s="3" t="s">
+        <v>1029</v>
+      </c>
+      <c r="C96" s="3" t="s">
+        <v>837</v>
+      </c>
+      <c r="D96" s="3" t="s">
+        <v>1030</v>
+      </c>
+    </row>
+    <row r="97" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B97" s="3" t="s">
+        <v>1031</v>
+      </c>
+      <c r="C97" s="3" t="s">
+        <v>838</v>
+      </c>
+      <c r="D97" s="3" t="s">
+        <v>1032</v>
+      </c>
+    </row>
+    <row r="98" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B98" s="3" t="s">
         <v>828</v>
       </c>
-      <c r="D49" t="s">
-[...4 lines deleted...]
-      <c r="B50" t="s">
+      <c r="C98" s="3" t="s">
+        <v>840</v>
+      </c>
+      <c r="D98" s="3" t="s">
+        <v>1033</v>
+      </c>
+    </row>
+    <row r="99" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B99" s="3" t="s">
         <v>830</v>
       </c>
-      <c r="C50" t="s">
-[...2 lines deleted...]
-      <c r="D50" t="s">
+      <c r="C99" s="3" t="s">
+        <v>841</v>
+      </c>
+      <c r="D99" s="3" t="s">
+        <v>1034</v>
+      </c>
+    </row>
+    <row r="100" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B100" s="3" t="s">
         <v>832</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="C51" t="s">
+      <c r="C100" s="3" t="s">
+        <v>843</v>
+      </c>
+      <c r="D100" s="3" t="s">
+        <v>1035</v>
+      </c>
+    </row>
+    <row r="101" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B101" s="3" t="s">
         <v>834</v>
       </c>
-      <c r="D51" t="s">
-[...4 lines deleted...]
-      <c r="B52" t="s">
+      <c r="C101" s="3" t="s">
+        <v>844</v>
+      </c>
+      <c r="D101" s="3" t="s">
+        <v>1036</v>
+      </c>
+    </row>
+    <row r="102" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B102" s="3" t="s">
         <v>836</v>
       </c>
-      <c r="C52" t="s">
-[...7 lines deleted...]
-      <c r="B53" t="s">
+      <c r="C102" s="3" t="s">
+        <v>845</v>
+      </c>
+      <c r="D102" s="3" t="s">
+        <v>1037</v>
+      </c>
+    </row>
+    <row r="103" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B103" s="3" t="s">
+        <v>1038</v>
+      </c>
+      <c r="C103" s="3" t="s">
+        <v>846</v>
+      </c>
+      <c r="D103" s="3" t="s">
+        <v>1039</v>
+      </c>
+    </row>
+    <row r="104" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B104" s="3" t="s">
         <v>839</v>
       </c>
-      <c r="C53" t="s">
-[...7 lines deleted...]
-      <c r="B54" t="s">
+      <c r="C104" s="3" t="s">
+        <v>847</v>
+      </c>
+      <c r="D104" s="3" t="s">
+        <v>1040</v>
+      </c>
+    </row>
+    <row r="105" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B105" s="3" t="s">
+        <v>1041</v>
+      </c>
+      <c r="C105" s="3"/>
+      <c r="D105" s="3" t="s">
+        <v>1042</v>
+      </c>
+    </row>
+    <row r="106" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B106" s="3" t="s">
+        <v>1043</v>
+      </c>
+      <c r="C106" s="3" t="s">
+        <v>848</v>
+      </c>
+      <c r="D106" s="3" t="s">
+        <v>1044</v>
+      </c>
+    </row>
+    <row r="107" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B107" s="3" t="s">
         <v>842</v>
       </c>
-      <c r="C54" t="s">
-[...21 lines deleted...]
-      <c r="D56" t="s">
+      <c r="C107" s="3" t="s">
         <v>849</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B57" t="s">
+      <c r="D107" s="3" t="s">
+        <v>1045</v>
+      </c>
+    </row>
+    <row r="108" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B108" s="3" t="s">
+        <v>1046</v>
+      </c>
+      <c r="C108" s="3" t="s">
+        <v>851</v>
+      </c>
+      <c r="D108" s="3" t="s">
+        <v>1047</v>
+      </c>
+    </row>
+    <row r="109" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B109" s="3" t="s">
+        <v>1048</v>
+      </c>
+      <c r="C109" s="3" t="s">
+        <v>852</v>
+      </c>
+      <c r="D109" s="3" t="s">
+        <v>1049</v>
+      </c>
+    </row>
+    <row r="110" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B110" s="3" t="s">
+        <v>1050</v>
+      </c>
+      <c r="C110" s="3" t="s">
+        <v>854</v>
+      </c>
+      <c r="D110" s="3" t="s">
+        <v>1051</v>
+      </c>
+    </row>
+    <row r="111" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B111" s="3" t="s">
+        <v>1052</v>
+      </c>
+      <c r="C111" s="3" t="s">
+        <v>855</v>
+      </c>
+      <c r="D111" s="3" t="s">
+        <v>1053</v>
+      </c>
+    </row>
+    <row r="112" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B112" s="3" t="s">
+        <v>1054</v>
+      </c>
+      <c r="C112" s="3" t="s">
+        <v>857</v>
+      </c>
+      <c r="D112" s="3" t="s">
+        <v>1055</v>
+      </c>
+    </row>
+    <row r="113" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B113" s="3" t="s">
+        <v>1056</v>
+      </c>
+      <c r="C113" s="3" t="s">
+        <v>858</v>
+      </c>
+      <c r="D113" s="3" t="s">
+        <v>1057</v>
+      </c>
+    </row>
+    <row r="114" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B114" s="3" t="s">
+        <v>1058</v>
+      </c>
+      <c r="C114" s="3" t="s">
+        <v>859</v>
+      </c>
+      <c r="D114" s="3" t="s">
+        <v>1059</v>
+      </c>
+    </row>
+    <row r="115" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B115" s="3" t="s">
+        <v>1060</v>
+      </c>
+      <c r="C115" s="3" t="s">
+        <v>861</v>
+      </c>
+      <c r="D115" s="3" t="s">
+        <v>1061</v>
+      </c>
+    </row>
+    <row r="116" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B116" s="3" t="s">
+        <v>1062</v>
+      </c>
+      <c r="C116" s="3" t="s">
+        <v>862</v>
+      </c>
+      <c r="D116" s="3" t="s">
+        <v>1063</v>
+      </c>
+    </row>
+    <row r="117" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B117" s="3" t="s">
+        <v>1064</v>
+      </c>
+      <c r="C117" s="3" t="s">
+        <v>864</v>
+      </c>
+      <c r="D117" s="3" t="s">
+        <v>1065</v>
+      </c>
+    </row>
+    <row r="118" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B118" s="3" t="s">
+        <v>1066</v>
+      </c>
+      <c r="C118" s="3" t="s">
+        <v>866</v>
+      </c>
+      <c r="D118" s="3" t="s">
+        <v>1067</v>
+      </c>
+    </row>
+    <row r="119" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B119" s="3" t="s">
         <v>850</v>
       </c>
-      <c r="C57" t="s">
-[...7 lines deleted...]
-      <c r="B58" t="s">
+      <c r="C119" s="3" t="s">
+        <v>867</v>
+      </c>
+      <c r="D119" s="3" t="s">
+        <v>1068</v>
+      </c>
+    </row>
+    <row r="120" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B120" s="3" t="s">
+        <v>1069</v>
+      </c>
+      <c r="C120" s="3" t="s">
+        <v>869</v>
+      </c>
+      <c r="D120" s="3" t="s">
+        <v>1070</v>
+      </c>
+    </row>
+    <row r="121" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B121" s="3" t="s">
+        <v>1071</v>
+      </c>
+      <c r="C121" s="3" t="s">
+        <v>871</v>
+      </c>
+      <c r="D121" s="3" t="s">
+        <v>1072</v>
+      </c>
+    </row>
+    <row r="122" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B122" s="3" t="s">
+        <v>1073</v>
+      </c>
+      <c r="C122" s="3" t="s">
+        <v>873</v>
+      </c>
+      <c r="D122" s="3" t="s">
+        <v>1074</v>
+      </c>
+    </row>
+    <row r="123" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B123" s="3" t="s">
         <v>853</v>
       </c>
-      <c r="C58" t="s">
-[...7 lines deleted...]
-      <c r="B59" t="s">
+      <c r="C123" s="3" t="s">
+        <v>875</v>
+      </c>
+      <c r="D123" s="3" t="s">
+        <v>1075</v>
+      </c>
+    </row>
+    <row r="124" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B124" s="3" t="s">
+        <v>1076</v>
+      </c>
+      <c r="C124" s="3" t="s">
+        <v>876</v>
+      </c>
+      <c r="D124" s="3" t="s">
+        <v>1077</v>
+      </c>
+    </row>
+    <row r="125" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B125" s="3" t="s">
         <v>856</v>
       </c>
-      <c r="C59" t="s">
-[...10 lines deleted...]
-      <c r="C60" t="s">
+      <c r="C125" s="3" t="s">
+        <v>878</v>
+      </c>
+      <c r="D125" s="3" t="s">
+        <v>1078</v>
+      </c>
+    </row>
+    <row r="126" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B126" s="3" t="s">
+        <v>1079</v>
+      </c>
+      <c r="C126" s="3" t="s">
+        <v>880</v>
+      </c>
+      <c r="D126" s="3" t="s">
+        <v>1080</v>
+      </c>
+    </row>
+    <row r="127" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B127" s="3" t="s">
+        <v>1081</v>
+      </c>
+      <c r="C127" s="3" t="s">
+        <v>882</v>
+      </c>
+      <c r="D127" s="3" t="s">
+        <v>1082</v>
+      </c>
+    </row>
+    <row r="128" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B128" s="3" t="s">
         <v>860</v>
       </c>
-      <c r="D60" t="s">
-[...7 lines deleted...]
-      <c r="C61" t="s">
+      <c r="C128" s="3" t="s">
+        <v>884</v>
+      </c>
+      <c r="D128" s="3" t="s">
+        <v>1083</v>
+      </c>
+    </row>
+    <row r="129" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B129" s="3" t="s">
+        <v>1084</v>
+      </c>
+      <c r="C129" s="3" t="s">
+        <v>885</v>
+      </c>
+      <c r="D129" s="3" t="s">
+        <v>1085</v>
+      </c>
+    </row>
+    <row r="130" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B130" s="3" t="s">
+        <v>1086</v>
+      </c>
+      <c r="C130" s="3" t="s">
+        <v>887</v>
+      </c>
+      <c r="D130" s="3" t="s">
+        <v>1087</v>
+      </c>
+    </row>
+    <row r="131" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B131" s="3" t="s">
         <v>863</v>
       </c>
-      <c r="D61" t="s">
-[...4 lines deleted...]
-      <c r="B62" t="s">
+      <c r="C131" s="3" t="s">
+        <v>889</v>
+      </c>
+      <c r="D131" s="3" t="s">
+        <v>1088</v>
+      </c>
+    </row>
+    <row r="132" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B132" s="3" t="s">
         <v>865</v>
       </c>
-      <c r="C62" t="s">
-[...7 lines deleted...]
-      <c r="B63" t="s">
+      <c r="C132" s="3" t="s">
+        <v>891</v>
+      </c>
+      <c r="D132" s="3" t="s">
+        <v>1089</v>
+      </c>
+    </row>
+    <row r="133" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B133" s="3" t="s">
+        <v>1090</v>
+      </c>
+      <c r="C133" s="3" t="s">
+        <v>893</v>
+      </c>
+      <c r="D133" s="3" t="s">
+        <v>1091</v>
+      </c>
+    </row>
+    <row r="134" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B134" s="3" t="s">
+        <v>1092</v>
+      </c>
+      <c r="C134" s="3" t="s">
+        <v>894</v>
+      </c>
+      <c r="D134" s="3" t="s">
+        <v>1093</v>
+      </c>
+    </row>
+    <row r="135" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B135" s="3" t="s">
         <v>868</v>
       </c>
-      <c r="C63" t="s">
-[...2 lines deleted...]
-      <c r="D63" t="s">
+      <c r="C135" s="3" t="s">
+        <v>895</v>
+      </c>
+      <c r="D135" s="3" t="s">
+        <v>1094</v>
+      </c>
+    </row>
+    <row r="136" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B136" s="3" t="s">
         <v>870</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="C64" t="s">
+      <c r="C136" s="3" t="s">
+        <v>896</v>
+      </c>
+      <c r="D136" s="3" t="s">
+        <v>1095</v>
+      </c>
+    </row>
+    <row r="137" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B137" s="3" t="s">
+        <v>1096</v>
+      </c>
+      <c r="C137" s="3" t="s">
+        <v>897</v>
+      </c>
+      <c r="D137" s="3" t="s">
+        <v>1097</v>
+      </c>
+    </row>
+    <row r="138" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B138" s="3" t="s">
         <v>872</v>
       </c>
-      <c r="D64" t="s">
-[...4 lines deleted...]
-      <c r="B65" t="s">
+      <c r="C138" s="3" t="s">
+        <v>899</v>
+      </c>
+      <c r="D138" s="3" t="s">
+        <v>1098</v>
+      </c>
+    </row>
+    <row r="139" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B139" s="3" t="s">
         <v>874</v>
       </c>
-      <c r="C65" t="s">
-[...7 lines deleted...]
-      <c r="B66" t="s">
+      <c r="C139" s="3" t="s">
+        <v>1099</v>
+      </c>
+      <c r="D139" s="3" t="s">
+        <v>1100</v>
+      </c>
+    </row>
+    <row r="140" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B140" s="3" t="s">
+        <v>1101</v>
+      </c>
+      <c r="C140" s="3" t="s">
+        <v>1102</v>
+      </c>
+      <c r="D140" s="3" t="s">
+        <v>1103</v>
+      </c>
+    </row>
+    <row r="141" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B141" s="3" t="s">
         <v>877</v>
       </c>
-      <c r="C66" t="s">
-[...2 lines deleted...]
-      <c r="D66" t="s">
+      <c r="C141" s="3" t="s">
+        <v>1104</v>
+      </c>
+      <c r="D141" s="3" t="s">
+        <v>1105</v>
+      </c>
+    </row>
+    <row r="142" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B142" s="3" t="s">
         <v>879</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="C67" t="s">
+      <c r="C142" s="3" t="s">
+        <v>1106</v>
+      </c>
+      <c r="D142" s="3" t="s">
+        <v>1107</v>
+      </c>
+    </row>
+    <row r="143" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B143" s="3" t="s">
         <v>881</v>
       </c>
-      <c r="D67" t="s">
-[...4 lines deleted...]
-      <c r="B68" t="s">
+      <c r="C143" s="3" t="s">
+        <v>1108</v>
+      </c>
+      <c r="D143" s="3" t="s">
+        <v>1109</v>
+      </c>
+    </row>
+    <row r="144" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B144" s="3" t="s">
         <v>883</v>
       </c>
-      <c r="C68" t="s">
-[...7 lines deleted...]
-      <c r="B69" t="s">
+      <c r="C144" s="3" t="s">
+        <v>1110</v>
+      </c>
+      <c r="D144" s="3" t="s">
+        <v>1111</v>
+      </c>
+    </row>
+    <row r="145" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B145" s="3" t="s">
         <v>886</v>
       </c>
-      <c r="C69" t="s">
-[...2 lines deleted...]
-      <c r="D69" t="s">
+      <c r="C145" s="3" t="s">
+        <v>1112</v>
+      </c>
+      <c r="D145" s="3" t="s">
+        <v>1113</v>
+      </c>
+    </row>
+    <row r="146" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B146" s="3" t="s">
+        <v>1114</v>
+      </c>
+      <c r="C146" s="3"/>
+      <c r="D146" s="3" t="s">
+        <v>1115</v>
+      </c>
+    </row>
+    <row r="147" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B147" s="3" t="s">
         <v>888</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="C70" t="s">
+      <c r="C147" s="3" t="s">
+        <v>1116</v>
+      </c>
+      <c r="D147" s="3" t="s">
+        <v>1117</v>
+      </c>
+    </row>
+    <row r="148" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B148" s="3" t="s">
         <v>890</v>
       </c>
-      <c r="D70" t="s">
-[...4 lines deleted...]
-      <c r="B71" t="s">
+      <c r="C148" s="3" t="s">
+        <v>1118</v>
+      </c>
+      <c r="D148" s="3" t="s">
+        <v>1119</v>
+      </c>
+    </row>
+    <row r="149" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B149" s="3" t="s">
+        <v>1120</v>
+      </c>
+      <c r="C149" s="3" t="s">
+        <v>1121</v>
+      </c>
+      <c r="D149" s="3" t="s">
+        <v>1122</v>
+      </c>
+    </row>
+    <row r="150" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B150" s="3" t="s">
         <v>892</v>
       </c>
-      <c r="C71" t="s">
-[...18 lines deleted...]
-      <c r="B73" t="s">
+      <c r="C150" s="3" t="s">
+        <v>1123</v>
+      </c>
+      <c r="D150" s="3" t="s">
+        <v>1124</v>
+      </c>
+    </row>
+    <row r="151" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B151" s="3" t="s">
+        <v>1125</v>
+      </c>
+      <c r="C151" s="3" t="s">
+        <v>1126</v>
+      </c>
+      <c r="D151" s="3" t="s">
+        <v>1127</v>
+      </c>
+    </row>
+    <row r="152" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B152" s="3" t="s">
+        <v>1128</v>
+      </c>
+      <c r="C152" s="3" t="s">
+        <v>1129</v>
+      </c>
+      <c r="D152" s="3" t="s">
+        <v>1130</v>
+      </c>
+    </row>
+    <row r="153" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B153" s="3" t="s">
+        <v>1131</v>
+      </c>
+      <c r="C153" s="3" t="s">
+        <v>1132</v>
+      </c>
+      <c r="D153" s="3" t="s">
+        <v>1133</v>
+      </c>
+    </row>
+    <row r="154" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B154" s="3" t="s">
+        <v>1134</v>
+      </c>
+      <c r="C154" s="3" t="s">
+        <v>1135</v>
+      </c>
+      <c r="D154" s="3" t="s">
+        <v>1136</v>
+      </c>
+    </row>
+    <row r="155" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B155" s="3" t="s">
         <v>898</v>
       </c>
-      <c r="C73" t="s">
-[...687 lines deleted...]
-        <v>1086</v>
+      <c r="C155" s="3" t="s">
+        <v>1137</v>
+      </c>
+      <c r="D155" s="3" t="s">
+        <v>1138</v>
+      </c>
+    </row>
+    <row r="156" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B156" s="3" t="s">
+        <v>1139</v>
+      </c>
+      <c r="C156" s="3" t="s">
+        <v>1137</v>
+      </c>
+      <c r="D156" s="3" t="s">
+        <v>1140</v>
+      </c>
+    </row>
+    <row r="157" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B157" s="3" t="s">
+        <v>1141</v>
+      </c>
+      <c r="C157" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="D157" s="3" t="s">
+        <v>1142</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <sheetPr/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="A1:D24"/>
   <sheetViews>
-    <sheetView view="normal" workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="12.75" baseColWidth="0"/>
+  <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="4" width="50.7109375" customWidth="1"/>
+    <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:4">
-      <c r="A1" s="2" t="s">
+    <row r="1" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A1" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="B1" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="D1" s="1" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="2" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A2" t="s">
+        <v>7</v>
+      </c>
+      <c r="B2" t="s">
+        <v>8</v>
+      </c>
+      <c r="D2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="3" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B3" t="s">
+        <v>51</v>
+      </c>
+      <c r="D3" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="4" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B4" t="s">
         <v>53</v>
       </c>
-      <c r="B1" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C1" s="2" t="s">
+      <c r="D4" t="s">
         <v>54</v>
       </c>
-      <c r="D1" s="2" t="s">
+    </row>
+    <row r="5" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B5" t="s">
         <v>55</v>
       </c>
-    </row>
-[...12 lines deleted...]
-      <c r="B3" t="s">
+      <c r="D5" t="s">
         <v>56</v>
       </c>
-      <c r="D3" t="s">
+    </row>
+    <row r="6" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B6" t="s">
         <v>57</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B4" t="s">
+      <c r="D6" t="s">
         <v>58</v>
       </c>
-      <c r="D4" t="s">
+    </row>
+    <row r="7" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B7" t="s">
         <v>59</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B5" t="s">
+      <c r="D7" t="s">
         <v>60</v>
       </c>
-      <c r="D5" t="s">
+    </row>
+    <row r="8" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B8" t="s">
         <v>61</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B6" t="s">
+      <c r="D8" t="s">
         <v>62</v>
       </c>
-      <c r="D6" t="s">
+    </row>
+    <row r="9" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B9" t="s">
         <v>63</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B7" t="s">
+      <c r="C9" t="s">
         <v>64</v>
       </c>
-      <c r="D7" t="s">
+      <c r="D9" t="s">
         <v>65</v>
       </c>
     </row>
-    <row r="8" spans="2:4">
-      <c r="B8" t="s">
+    <row r="10" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B10" t="s">
         <v>66</v>
       </c>
-      <c r="D8" t="s">
+      <c r="C10" t="s">
         <v>67</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B9" t="s">
+      <c r="D10" t="s">
         <v>68</v>
       </c>
-      <c r="C9" t="s">
+    </row>
+    <row r="11" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B11" t="s">
         <v>69</v>
       </c>
-      <c r="D9" t="s">
+      <c r="C11" t="s">
         <v>70</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B10" t="s">
+      <c r="D11" t="s">
         <v>71</v>
       </c>
-      <c r="C10" t="s">
+    </row>
+    <row r="12" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B12" t="s">
         <v>72</v>
       </c>
-      <c r="D10" t="s">
+      <c r="C12" t="s">
         <v>73</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B11" t="s">
+      <c r="D12" t="s">
         <v>74</v>
       </c>
-      <c r="C11" t="s">
+    </row>
+    <row r="13" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B13" t="s">
         <v>75</v>
       </c>
-      <c r="D11" t="s">
+      <c r="D13" t="s">
         <v>76</v>
       </c>
     </row>
-    <row r="12" spans="2:4">
-      <c r="B12" t="s">
+    <row r="14" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B14" t="s">
         <v>77</v>
       </c>
-      <c r="C12" t="s">
+      <c r="C14" t="s">
         <v>78</v>
       </c>
-      <c r="D12" t="s">
+      <c r="D14" t="s">
         <v>79</v>
       </c>
     </row>
-    <row r="13" spans="2:4">
-      <c r="B13" t="s">
+    <row r="15" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B15" t="s">
         <v>80</v>
       </c>
-      <c r="D13" t="s">
+      <c r="C15" t="s">
         <v>81</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B14" t="s">
+      <c r="D15" t="s">
         <v>82</v>
       </c>
-      <c r="C14" t="s">
+    </row>
+    <row r="16" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B16" t="s">
+        <v>69</v>
+      </c>
+      <c r="C16" t="s">
         <v>83</v>
       </c>
-      <c r="D14" t="s">
+      <c r="D16" t="s">
         <v>84</v>
       </c>
     </row>
-    <row r="15" spans="2:4">
-      <c r="B15" t="s">
+    <row r="17" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B17" t="s">
+        <v>72</v>
+      </c>
+      <c r="C17" t="s">
         <v>85</v>
       </c>
-      <c r="C15" t="s">
+      <c r="D17" t="s">
         <v>86</v>
       </c>
-      <c r="D15" t="s">
+    </row>
+    <row r="18" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B18" t="s">
         <v>87</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="C16" t="s">
+      <c r="D18" t="s">
         <v>88</v>
       </c>
-      <c r="D16" t="s">
+    </row>
+    <row r="19" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B19" t="s">
+        <v>63</v>
+      </c>
+      <c r="C19" t="s">
         <v>89</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="C17" t="s">
+      <c r="D19" t="s">
         <v>90</v>
       </c>
-      <c r="D17" t="s">
+    </row>
+    <row r="20" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B20" t="s">
+        <v>66</v>
+      </c>
+      <c r="C20" t="s">
         <v>91</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B18" t="s">
+      <c r="D20" t="s">
         <v>92</v>
       </c>
-      <c r="D18" t="s">
+    </row>
+    <row r="21" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B21" t="s">
+        <v>69</v>
+      </c>
+      <c r="C21" t="s">
         <v>93</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="C19" t="s">
+      <c r="D21" t="s">
         <v>94</v>
       </c>
-      <c r="D19" t="s">
+    </row>
+    <row r="22" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B22" t="s">
+        <v>72</v>
+      </c>
+      <c r="C22" t="s">
         <v>95</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="C20" t="s">
+      <c r="D22" t="s">
         <v>96</v>
       </c>
-      <c r="D20" t="s">
+    </row>
+    <row r="23" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B23" t="s">
         <v>97</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="C21" t="s">
+      <c r="C23" t="s">
         <v>98</v>
       </c>
-      <c r="D21" t="s">
+      <c r="D23" t="s">
         <v>99</v>
       </c>
     </row>
-    <row r="22" spans="2:4">
-[...3 lines deleted...]
-      <c r="C22" t="s">
+    <row r="24" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B24" t="s">
         <v>100</v>
       </c>
-      <c r="D22" t="s">
+      <c r="C24" t="s">
         <v>101</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B23" t="s">
+      <c r="D24" t="s">
         <v>102</v>
-      </c>
-[...15 lines deleted...]
-        <v>107</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <sheetPr/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <dimension ref="A1:D37"/>
   <sheetViews>
-    <sheetView view="normal" workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="12.75" baseColWidth="0"/>
+  <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="4" width="50.7109375" customWidth="1"/>
+    <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:4">
-      <c r="A1" s="2" t="s">
+    <row r="1" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A1" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="B1" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="D1" s="1" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="2" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A2" t="s">
+        <v>11</v>
+      </c>
+      <c r="B2" t="s">
+        <v>12</v>
+      </c>
+      <c r="D2" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="3" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B3" t="s">
+        <v>51</v>
+      </c>
+      <c r="D3" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="4" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B4" t="s">
         <v>53</v>
       </c>
-      <c r="B1" s="2" t="s">
-[...5 lines deleted...]
-      <c r="D1" s="2" t="s">
+      <c r="D4" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="5" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B5" t="s">
         <v>55</v>
       </c>
-    </row>
-[...15 lines deleted...]
-      <c r="D3" t="s">
+      <c r="D5" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="6" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B6" t="s">
+        <v>106</v>
+      </c>
+      <c r="D6" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="7" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B7" t="s">
         <v>108</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="D4" t="s">
+      <c r="D7" t="s">
         <v>109</v>
       </c>
     </row>
-    <row r="5" spans="2:4">
-[...3 lines deleted...]
-      <c r="D5" t="s">
+    <row r="8" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B8" t="s">
         <v>110</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B6" t="s">
+      <c r="D8" t="s">
         <v>111</v>
       </c>
-      <c r="D6" t="s">
+    </row>
+    <row r="9" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B9" t="s">
         <v>112</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B7" t="s">
+      <c r="C9" t="s">
         <v>113</v>
       </c>
-      <c r="D7" t="s">
+      <c r="D9" t="s">
         <v>114</v>
       </c>
     </row>
-    <row r="8" spans="2:4">
-      <c r="B8" t="s">
+    <row r="10" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B10" t="s">
         <v>115</v>
       </c>
-      <c r="D8" t="s">
+      <c r="C10" t="s">
         <v>116</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B9" t="s">
+      <c r="D10" t="s">
         <v>117</v>
       </c>
-      <c r="C9" t="s">
+    </row>
+    <row r="11" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B11" t="s">
         <v>118</v>
       </c>
-      <c r="D9" t="s">
+      <c r="D11" t="s">
         <v>119</v>
       </c>
     </row>
-    <row r="10" spans="2:4">
-      <c r="B10" t="s">
+    <row r="12" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B12" t="s">
         <v>120</v>
       </c>
-      <c r="C10" t="s">
+      <c r="C12" t="s">
         <v>121</v>
       </c>
-      <c r="D10" t="s">
+      <c r="D12" t="s">
         <v>122</v>
       </c>
     </row>
-    <row r="11" spans="2:4">
-      <c r="B11" t="s">
+    <row r="13" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B13" t="s">
         <v>123</v>
       </c>
-      <c r="D11" t="s">
+      <c r="C13" t="s">
         <v>124</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B12" t="s">
+      <c r="D13" t="s">
         <v>125</v>
       </c>
-      <c r="C12" t="s">
+    </row>
+    <row r="14" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B14" t="s">
         <v>126</v>
       </c>
-      <c r="D12" t="s">
+      <c r="C14" t="s">
         <v>127</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B13" t="s">
+      <c r="D14" t="s">
         <v>128</v>
       </c>
-      <c r="C13" t="s">
+    </row>
+    <row r="15" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B15" t="s">
         <v>129</v>
       </c>
-      <c r="D13" t="s">
+      <c r="C15" t="s">
         <v>130</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B14" t="s">
+      <c r="D15" t="s">
         <v>131</v>
       </c>
-      <c r="C14" t="s">
+    </row>
+    <row r="16" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B16" t="s">
         <v>132</v>
       </c>
-      <c r="D14" t="s">
+      <c r="C16" t="s">
         <v>133</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B15" t="s">
+      <c r="D16" t="s">
         <v>134</v>
       </c>
-      <c r="C15" t="s">
+    </row>
+    <row r="17" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B17" t="s">
         <v>135</v>
       </c>
-      <c r="D15" t="s">
+      <c r="D17" t="s">
         <v>136</v>
       </c>
     </row>
-    <row r="16" spans="2:4">
-      <c r="B16" t="s">
+    <row r="18" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B18" t="s">
         <v>137</v>
       </c>
-      <c r="C16" t="s">
+      <c r="C18" t="s">
         <v>138</v>
       </c>
-      <c r="D16" t="s">
+      <c r="D18" t="s">
         <v>139</v>
       </c>
     </row>
-    <row r="17" spans="2:4">
-      <c r="B17" t="s">
+    <row r="19" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B19" t="s">
         <v>140</v>
       </c>
-      <c r="D17" t="s">
+      <c r="C19" t="s">
         <v>141</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B18" t="s">
+      <c r="D19" t="s">
         <v>142</v>
       </c>
-      <c r="C18" t="s">
+    </row>
+    <row r="20" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B20" t="s">
         <v>143</v>
       </c>
-      <c r="D18" t="s">
+      <c r="D20" t="s">
         <v>144</v>
       </c>
     </row>
-    <row r="19" spans="2:4">
-      <c r="B19" t="s">
+    <row r="21" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B21" t="s">
         <v>145</v>
       </c>
-      <c r="C19" t="s">
+      <c r="C21" t="s">
         <v>146</v>
       </c>
-      <c r="D19" t="s">
+      <c r="D21" t="s">
         <v>147</v>
       </c>
     </row>
-    <row r="20" spans="2:4">
-      <c r="B20" t="s">
+    <row r="22" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B22" t="s">
         <v>148</v>
       </c>
-      <c r="D20" t="s">
+      <c r="C22" t="s">
         <v>149</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B21" t="s">
+      <c r="D22" t="s">
         <v>150</v>
       </c>
-      <c r="C21" t="s">
+    </row>
+    <row r="23" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B23" t="s">
         <v>151</v>
       </c>
-      <c r="D21" t="s">
+      <c r="C23" t="s">
         <v>152</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B22" t="s">
+      <c r="D23" t="s">
         <v>153</v>
       </c>
-      <c r="C22" t="s">
+    </row>
+    <row r="24" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B24" t="s">
         <v>154</v>
       </c>
-      <c r="D22" t="s">
+      <c r="C24" t="s">
         <v>155</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B23" t="s">
+      <c r="D24" t="s">
         <v>156</v>
       </c>
-      <c r="C23" t="s">
+    </row>
+    <row r="25" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B25" t="s">
         <v>157</v>
       </c>
-      <c r="D23" t="s">
+      <c r="C25" t="s">
         <v>158</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B24" t="s">
+      <c r="D25" t="s">
         <v>159</v>
       </c>
-      <c r="C24" t="s">
+    </row>
+    <row r="26" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B26" t="s">
         <v>160</v>
       </c>
-      <c r="D24" t="s">
+      <c r="C26" t="s">
         <v>161</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B25" t="s">
+      <c r="D26" t="s">
         <v>162</v>
       </c>
-      <c r="C25" t="s">
+    </row>
+    <row r="27" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B27" t="s">
         <v>163</v>
       </c>
-      <c r="D25" t="s">
+      <c r="C27" t="s">
         <v>164</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B26" t="s">
+      <c r="D27" t="s">
         <v>165</v>
       </c>
-      <c r="C26" t="s">
+    </row>
+    <row r="28" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B28" t="s">
         <v>166</v>
       </c>
-      <c r="D26" t="s">
+      <c r="C28" t="s">
         <v>167</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B27" t="s">
+      <c r="D28" t="s">
         <v>168</v>
       </c>
-      <c r="C27" t="s">
+    </row>
+    <row r="29" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B29" t="s">
         <v>169</v>
       </c>
-      <c r="D27" t="s">
+      <c r="C29" t="s">
         <v>170</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B28" t="s">
+      <c r="D29" t="s">
         <v>171</v>
       </c>
-      <c r="C28" t="s">
+    </row>
+    <row r="30" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B30" t="s">
         <v>172</v>
       </c>
-      <c r="D28" t="s">
+      <c r="C30" t="s">
         <v>173</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B29" t="s">
+      <c r="D30" t="s">
         <v>174</v>
       </c>
-      <c r="C29" t="s">
+    </row>
+    <row r="31" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B31" t="s">
         <v>175</v>
       </c>
-      <c r="D29" t="s">
+      <c r="C31" t="s">
         <v>176</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B30" t="s">
+      <c r="D31" t="s">
         <v>177</v>
       </c>
-      <c r="C30" t="s">
+    </row>
+    <row r="32" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B32" t="s">
         <v>178</v>
       </c>
-      <c r="D30" t="s">
+      <c r="C32" t="s">
         <v>179</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B31" t="s">
+      <c r="D32" t="s">
         <v>180</v>
       </c>
-      <c r="C31" t="s">
+    </row>
+    <row r="33" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B33" t="s">
         <v>181</v>
       </c>
-      <c r="D31" t="s">
+      <c r="C33" t="s">
         <v>182</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B32" t="s">
+      <c r="D33" t="s">
         <v>183</v>
       </c>
-      <c r="C32" t="s">
+    </row>
+    <row r="34" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B34" t="s">
         <v>184</v>
       </c>
-      <c r="D32" t="s">
+      <c r="C34" t="s">
         <v>185</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B33" t="s">
+      <c r="D34" t="s">
         <v>186</v>
       </c>
-      <c r="C33" t="s">
+    </row>
+    <row r="35" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B35" t="s">
         <v>187</v>
       </c>
-      <c r="D33" t="s">
+      <c r="C35" t="s">
         <v>188</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B34" t="s">
+      <c r="D35" t="s">
         <v>189</v>
       </c>
-      <c r="C34" t="s">
+    </row>
+    <row r="36" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B36" t="s">
         <v>190</v>
       </c>
-      <c r="D34" t="s">
+      <c r="D36" t="s">
         <v>191</v>
       </c>
     </row>
-    <row r="35" spans="2:4">
-      <c r="B35" t="s">
+    <row r="37" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B37" t="s">
+        <v>190</v>
+      </c>
+      <c r="D37" t="s">
         <v>192</v>
-      </c>
-[...20 lines deleted...]
-        <v>197</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <sheetPr/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
   <dimension ref="A1:D18"/>
   <sheetViews>
-    <sheetView view="normal" workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="12.75" baseColWidth="0"/>
+  <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="4" width="50.7109375" customWidth="1"/>
+    <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:4">
-      <c r="A1" s="2" t="s">
+    <row r="1" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A1" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="B1" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="D1" s="1" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="2" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A2" t="s">
+        <v>7</v>
+      </c>
+      <c r="B2" t="s">
+        <v>15</v>
+      </c>
+      <c r="D2" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="3" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B3" t="s">
+        <v>51</v>
+      </c>
+      <c r="D3" t="s">
+        <v>193</v>
+      </c>
+    </row>
+    <row r="4" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B4" t="s">
         <v>53</v>
       </c>
-      <c r="B1" s="2" t="s">
-[...5 lines deleted...]
-      <c r="D1" s="2" t="s">
+      <c r="D4" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="5" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B5" t="s">
         <v>55</v>
       </c>
-    </row>
-[...15 lines deleted...]
-      <c r="D3" t="s">
+      <c r="D5" t="s">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="6" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B6" t="s">
+        <v>108</v>
+      </c>
+      <c r="D6" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="7" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B7" t="s">
+        <v>197</v>
+      </c>
+      <c r="C7" t="s">
         <v>198</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="D4" t="s">
+      <c r="D7" t="s">
         <v>199</v>
       </c>
     </row>
-    <row r="5" spans="2:4">
-[...3 lines deleted...]
-      <c r="D5" t="s">
+    <row r="8" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B8" t="s">
         <v>200</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="D6" t="s">
+      <c r="C8" t="s">
         <v>201</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B7" t="s">
+      <c r="D8" t="s">
         <v>202</v>
       </c>
-      <c r="C7" t="s">
+    </row>
+    <row r="9" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B9" t="s">
         <v>203</v>
       </c>
-      <c r="D7" t="s">
+      <c r="C9" t="s">
         <v>204</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B8" t="s">
+      <c r="D9" t="s">
         <v>205</v>
       </c>
-      <c r="C8" t="s">
+    </row>
+    <row r="10" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B10" t="s">
         <v>206</v>
       </c>
-      <c r="D8" t="s">
+      <c r="C10" t="s">
         <v>207</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B9" t="s">
+      <c r="D10" t="s">
         <v>208</v>
       </c>
-      <c r="C9" t="s">
+    </row>
+    <row r="11" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B11" t="s">
         <v>209</v>
       </c>
-      <c r="D9" t="s">
+      <c r="C11" t="s">
         <v>210</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B10" t="s">
+      <c r="D11" t="s">
         <v>211</v>
       </c>
-      <c r="C10" t="s">
+    </row>
+    <row r="12" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B12" t="s">
         <v>212</v>
       </c>
-      <c r="D10" t="s">
+      <c r="C12" t="s">
         <v>213</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B11" t="s">
+      <c r="D12" t="s">
         <v>214</v>
       </c>
-      <c r="C11" t="s">
+    </row>
+    <row r="13" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B13" t="s">
         <v>215</v>
       </c>
-      <c r="D11" t="s">
+      <c r="C13" t="s">
         <v>216</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B12" t="s">
+      <c r="D13" t="s">
         <v>217</v>
       </c>
-      <c r="C12" t="s">
+    </row>
+    <row r="14" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B14" t="s">
         <v>218</v>
       </c>
-      <c r="D12" t="s">
+      <c r="C14" t="s">
         <v>219</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B13" t="s">
+      <c r="D14" t="s">
         <v>220</v>
       </c>
-      <c r="C13" t="s">
+    </row>
+    <row r="15" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B15" t="s">
         <v>221</v>
       </c>
-      <c r="D13" t="s">
+      <c r="C15" t="s">
         <v>222</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B14" t="s">
+      <c r="D15" t="s">
         <v>223</v>
       </c>
-      <c r="C14" t="s">
+    </row>
+    <row r="16" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B16" t="s">
         <v>224</v>
       </c>
-      <c r="D14" t="s">
+      <c r="C16" t="s">
+        <v>98</v>
+      </c>
+      <c r="D16" t="s">
         <v>225</v>
       </c>
     </row>
-    <row r="15" spans="2:4">
-      <c r="B15" t="s">
+    <row r="17" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B17" t="s">
         <v>226</v>
       </c>
-      <c r="C15" t="s">
+      <c r="C17" t="s">
+        <v>101</v>
+      </c>
+      <c r="D17" t="s">
         <v>227</v>
       </c>
-      <c r="D15" t="s">
+    </row>
+    <row r="18" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B18" t="s">
         <v>228</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B16" t="s">
+      <c r="C18" t="s">
         <v>229</v>
       </c>
-      <c r="C16" t="s">
-[...2 lines deleted...]
-      <c r="D16" t="s">
+      <c r="D18" t="s">
         <v>230</v>
-      </c>
-[...20 lines deleted...]
-        <v>235</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <sheetPr/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0400-000000000000}">
   <dimension ref="A1:D16"/>
   <sheetViews>
-    <sheetView view="normal" workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="12.75" baseColWidth="0"/>
+  <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="4" width="50.7109375" customWidth="1"/>
+    <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:4">
-      <c r="A1" s="2" t="s">
+    <row r="1" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A1" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="B1" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="D1" s="1" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="2" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A2" t="s">
+        <v>18</v>
+      </c>
+      <c r="B2" t="s">
+        <v>19</v>
+      </c>
+      <c r="D2" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="3" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B3" t="s">
+        <v>51</v>
+      </c>
+      <c r="D3" t="s">
+        <v>231</v>
+      </c>
+    </row>
+    <row r="4" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B4" t="s">
         <v>53</v>
       </c>
-      <c r="B1" s="2" t="s">
-[...5 lines deleted...]
-      <c r="D1" s="2" t="s">
+      <c r="D4" t="s">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="5" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B5" t="s">
         <v>55</v>
       </c>
-    </row>
-[...15 lines deleted...]
-      <c r="D3" t="s">
+      <c r="D5" t="s">
+        <v>233</v>
+      </c>
+    </row>
+    <row r="6" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B6" t="s">
+        <v>108</v>
+      </c>
+      <c r="D6" t="s">
+        <v>234</v>
+      </c>
+    </row>
+    <row r="7" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B7" t="s">
+        <v>197</v>
+      </c>
+      <c r="C7" t="s">
+        <v>198</v>
+      </c>
+      <c r="D7" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="8" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B8" t="s">
         <v>236</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="D4" t="s">
+      <c r="C8" t="s">
+        <v>201</v>
+      </c>
+      <c r="D8" t="s">
         <v>237</v>
       </c>
     </row>
-    <row r="5" spans="2:4">
-[...3 lines deleted...]
-      <c r="D5" t="s">
+    <row r="9" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B9" t="s">
         <v>238</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="D6" t="s">
+      <c r="C9" t="s">
+        <v>204</v>
+      </c>
+      <c r="D9" t="s">
         <v>239</v>
       </c>
     </row>
-    <row r="7" spans="2:4">
-[...3 lines deleted...]
-      <c r="C7" t="s">
+    <row r="10" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B10" t="s">
         <v>203</v>
       </c>
-      <c r="D7" t="s">
+      <c r="C10" t="s">
+        <v>207</v>
+      </c>
+      <c r="D10" t="s">
         <v>240</v>
       </c>
     </row>
-    <row r="8" spans="2:4">
-      <c r="B8" t="s">
+    <row r="11" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B11" t="s">
+        <v>215</v>
+      </c>
+      <c r="C11" t="s">
+        <v>210</v>
+      </c>
+      <c r="D11" t="s">
         <v>241</v>
       </c>
-      <c r="C8" t="s">
-[...2 lines deleted...]
-      <c r="D8" t="s">
+    </row>
+    <row r="12" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B12" t="s">
+        <v>218</v>
+      </c>
+      <c r="C12" t="s">
+        <v>213</v>
+      </c>
+      <c r="D12" t="s">
         <v>242</v>
       </c>
     </row>
-    <row r="9" spans="2:4">
-      <c r="B9" t="s">
+    <row r="13" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B13" t="s">
         <v>243</v>
       </c>
-      <c r="C9" t="s">
+      <c r="C13" t="s">
+        <v>216</v>
+      </c>
+      <c r="D13" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="14" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B14" t="s">
         <v>209</v>
       </c>
-      <c r="D9" t="s">
-[...10 lines deleted...]
-      <c r="D10" t="s">
+      <c r="C14" t="s">
+        <v>219</v>
+      </c>
+      <c r="D14" t="s">
         <v>245</v>
       </c>
     </row>
-    <row r="11" spans="2:4">
-[...6 lines deleted...]
-      <c r="D11" t="s">
+    <row r="15" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B15" t="s">
+        <v>224</v>
+      </c>
+      <c r="C15" t="s">
+        <v>98</v>
+      </c>
+      <c r="D15" t="s">
         <v>246</v>
       </c>
     </row>
-    <row r="12" spans="2:4">
-[...6 lines deleted...]
-      <c r="D12" t="s">
+    <row r="16" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B16" t="s">
+        <v>226</v>
+      </c>
+      <c r="C16" t="s">
+        <v>101</v>
+      </c>
+      <c r="D16" t="s">
         <v>247</v>
-      </c>
-[...42 lines deleted...]
-        <v>252</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <sheetPr/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0500-000000000000}">
   <dimension ref="A1:D35"/>
   <sheetViews>
-    <sheetView view="normal" workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="12.75" baseColWidth="0"/>
+  <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="4" width="50.7109375" customWidth="1"/>
+    <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:4">
-      <c r="A1" s="2" t="s">
+    <row r="1" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A1" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="B1" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="D1" s="1" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="2" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A2" t="s">
+        <v>22</v>
+      </c>
+      <c r="B2" t="s">
+        <v>23</v>
+      </c>
+      <c r="D2" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="3" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B3" t="s">
+        <v>51</v>
+      </c>
+      <c r="D3" t="s">
+        <v>248</v>
+      </c>
+    </row>
+    <row r="4" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B4" t="s">
+        <v>249</v>
+      </c>
+      <c r="D4" t="s">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="5" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B5" t="s">
+        <v>251</v>
+      </c>
+      <c r="D5" t="s">
+        <v>252</v>
+      </c>
+    </row>
+    <row r="6" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B6" t="s">
         <v>53</v>
       </c>
-      <c r="B1" s="2" t="s">
-[...5 lines deleted...]
-      <c r="D1" s="2" t="s">
+      <c r="D6" t="s">
+        <v>253</v>
+      </c>
+    </row>
+    <row r="7" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B7" t="s">
         <v>55</v>
       </c>
-    </row>
-[...20 lines deleted...]
-      <c r="B4" t="s">
+      <c r="D7" t="s">
         <v>254</v>
       </c>
-      <c r="D4" t="s">
+    </row>
+    <row r="8" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B8" t="s">
+        <v>108</v>
+      </c>
+      <c r="D8" t="s">
         <v>255</v>
       </c>
     </row>
-    <row r="5" spans="2:4">
-      <c r="B5" t="s">
+    <row r="9" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B9" t="s">
         <v>256</v>
       </c>
-      <c r="D5" t="s">
+      <c r="C9" t="s">
+        <v>198</v>
+      </c>
+      <c r="D9" t="s">
         <v>257</v>
       </c>
     </row>
-    <row r="6" spans="2:4">
-[...3 lines deleted...]
-      <c r="D6" t="s">
+    <row r="10" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B10" t="s">
         <v>258</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="D7" t="s">
+      <c r="C10" t="s">
+        <v>201</v>
+      </c>
+      <c r="D10" t="s">
         <v>259</v>
       </c>
     </row>
-    <row r="8" spans="2:4">
-[...3 lines deleted...]
-      <c r="D8" t="s">
+    <row r="11" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B11" t="s">
         <v>260</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B9" t="s">
+      <c r="C11" t="s">
+        <v>204</v>
+      </c>
+      <c r="D11" t="s">
         <v>261</v>
       </c>
-      <c r="C9" t="s">
-[...2 lines deleted...]
-      <c r="D9" t="s">
+    </row>
+    <row r="12" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B12" t="s">
         <v>262</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B10" t="s">
+      <c r="C12" t="s">
+        <v>207</v>
+      </c>
+      <c r="D12" t="s">
         <v>263</v>
       </c>
-      <c r="C10" t="s">
-[...2 lines deleted...]
-      <c r="D10" t="s">
+    </row>
+    <row r="13" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B13" t="s">
         <v>264</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B11" t="s">
+      <c r="C13" t="s">
+        <v>210</v>
+      </c>
+      <c r="D13" t="s">
         <v>265</v>
       </c>
-      <c r="C11" t="s">
-[...2 lines deleted...]
-      <c r="D11" t="s">
+    </row>
+    <row r="14" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B14" t="s">
         <v>266</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B12" t="s">
+      <c r="C14" t="s">
+        <v>213</v>
+      </c>
+      <c r="D14" t="s">
         <v>267</v>
       </c>
-      <c r="C12" t="s">
-[...2 lines deleted...]
-      <c r="D12" t="s">
+    </row>
+    <row r="15" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B15" t="s">
         <v>268</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B13" t="s">
+      <c r="C15" t="s">
+        <v>216</v>
+      </c>
+      <c r="D15" t="s">
         <v>269</v>
       </c>
-      <c r="C13" t="s">
-[...2 lines deleted...]
-      <c r="D13" t="s">
+    </row>
+    <row r="16" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B16" t="s">
         <v>270</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B14" t="s">
+      <c r="C16" t="s">
+        <v>219</v>
+      </c>
+      <c r="D16" t="s">
         <v>271</v>
       </c>
-      <c r="C14" t="s">
-[...2 lines deleted...]
-      <c r="D14" t="s">
+    </row>
+    <row r="17" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B17" t="s">
         <v>272</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B15" t="s">
+      <c r="C17" t="s">
+        <v>222</v>
+      </c>
+      <c r="D17" t="s">
         <v>273</v>
       </c>
-      <c r="C15" t="s">
-[...2 lines deleted...]
-      <c r="D15" t="s">
+    </row>
+    <row r="18" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B18" t="s">
         <v>274</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B16" t="s">
+      <c r="C18" t="s">
         <v>275</v>
       </c>
-      <c r="C16" t="s">
-[...2 lines deleted...]
-      <c r="D16" t="s">
+      <c r="D18" t="s">
         <v>276</v>
       </c>
     </row>
-    <row r="17" spans="2:4">
-      <c r="B17" t="s">
+    <row r="19" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B19" t="s">
         <v>277</v>
       </c>
-      <c r="C17" t="s">
-[...2 lines deleted...]
-      <c r="D17" t="s">
+      <c r="C19" t="s">
         <v>278</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B18" t="s">
+      <c r="D19" t="s">
         <v>279</v>
       </c>
-      <c r="C18" t="s">
+    </row>
+    <row r="20" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B20" t="s">
         <v>280</v>
       </c>
-      <c r="D18" t="s">
+      <c r="C20" t="s">
         <v>281</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B19" t="s">
+      <c r="D20" t="s">
         <v>282</v>
       </c>
-      <c r="C19" t="s">
+    </row>
+    <row r="21" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B21" t="s">
         <v>283</v>
       </c>
-      <c r="D19" t="s">
+      <c r="C21" t="s">
         <v>284</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B20" t="s">
+      <c r="D21" t="s">
         <v>285</v>
       </c>
-      <c r="C20" t="s">
+    </row>
+    <row r="22" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B22" t="s">
         <v>286</v>
       </c>
-      <c r="D20" t="s">
+      <c r="C22" t="s">
         <v>287</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B21" t="s">
+      <c r="D22" t="s">
         <v>288</v>
       </c>
-      <c r="C21" t="s">
+    </row>
+    <row r="23" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B23" t="s">
         <v>289</v>
       </c>
-      <c r="D21" t="s">
+      <c r="C23" t="s">
         <v>290</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B22" t="s">
+      <c r="D23" t="s">
         <v>291</v>
       </c>
-      <c r="C22" t="s">
+    </row>
+    <row r="24" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B24" t="s">
         <v>292</v>
       </c>
-      <c r="D22" t="s">
+      <c r="C24" t="s">
+        <v>98</v>
+      </c>
+      <c r="D24" t="s">
         <v>293</v>
       </c>
     </row>
-    <row r="23" spans="2:4">
-      <c r="B23" t="s">
+    <row r="25" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B25" t="s">
         <v>294</v>
       </c>
-      <c r="C23" t="s">
+      <c r="C25" t="s">
+        <v>101</v>
+      </c>
+      <c r="D25" t="s">
         <v>295</v>
       </c>
-      <c r="D23" t="s">
+    </row>
+    <row r="26" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B26" t="s">
         <v>296</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B24" t="s">
+      <c r="C26" t="s">
+        <v>229</v>
+      </c>
+      <c r="D26" t="s">
         <v>297</v>
       </c>
-      <c r="C24" t="s">
-[...2 lines deleted...]
-      <c r="D24" t="s">
+    </row>
+    <row r="27" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B27" t="s">
         <v>298</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B25" t="s">
+      <c r="C27" t="s">
         <v>299</v>
       </c>
-      <c r="C25" t="s">
-[...2 lines deleted...]
-      <c r="D25" t="s">
+      <c r="D27" t="s">
         <v>300</v>
       </c>
     </row>
-    <row r="26" spans="2:4">
-      <c r="B26" t="s">
+    <row r="28" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B28" t="s">
         <v>301</v>
       </c>
-      <c r="C26" t="s">
-[...2 lines deleted...]
-      <c r="D26" t="s">
+      <c r="C28" t="s">
         <v>302</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B27" t="s">
+      <c r="D28" t="s">
         <v>303</v>
       </c>
-      <c r="C27" t="s">
+    </row>
+    <row r="29" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B29" t="s">
         <v>304</v>
       </c>
-      <c r="D27" t="s">
+      <c r="C29" t="s">
         <v>305</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B28" t="s">
+      <c r="D29" t="s">
         <v>306</v>
       </c>
-      <c r="C28" t="s">
+    </row>
+    <row r="30" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B30" t="s">
         <v>307</v>
       </c>
-      <c r="D28" t="s">
+      <c r="C30" t="s">
         <v>308</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B29" t="s">
+      <c r="D30" t="s">
         <v>309</v>
       </c>
-      <c r="C29" t="s">
+    </row>
+    <row r="31" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B31" t="s">
         <v>310</v>
       </c>
-      <c r="D29" t="s">
+      <c r="C31" t="s">
         <v>311</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B30" t="s">
+      <c r="D31" t="s">
         <v>312</v>
       </c>
-      <c r="C30" t="s">
+    </row>
+    <row r="32" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B32" t="s">
         <v>313</v>
       </c>
-      <c r="D30" t="s">
+      <c r="C32" t="s">
         <v>314</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B31" t="s">
+      <c r="D32" t="s">
         <v>315</v>
       </c>
-      <c r="C31" t="s">
+    </row>
+    <row r="33" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B33" t="s">
         <v>316</v>
       </c>
-      <c r="D31" t="s">
+      <c r="C33" t="s">
         <v>317</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B32" t="s">
+      <c r="D33" t="s">
         <v>318</v>
       </c>
-      <c r="C32" t="s">
+    </row>
+    <row r="34" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B34" t="s">
         <v>319</v>
       </c>
-      <c r="D32" t="s">
+      <c r="C34" t="s">
         <v>320</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B33" t="s">
+      <c r="D34" t="s">
         <v>321</v>
       </c>
-      <c r="C33" t="s">
+    </row>
+    <row r="35" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B35" t="s">
         <v>322</v>
       </c>
-      <c r="D33" t="s">
+      <c r="C35" t="s">
         <v>323</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B34" t="s">
+      <c r="D35" t="s">
         <v>324</v>
-      </c>
-[...15 lines deleted...]
-        <v>329</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <sheetPr/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0600-000000000000}">
   <dimension ref="A1:D32"/>
   <sheetViews>
-    <sheetView view="normal" workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="12.75" baseColWidth="0"/>
+  <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="4" width="50.7109375" customWidth="1"/>
+    <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:4">
-      <c r="A1" s="2" t="s">
+    <row r="1" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A1" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="B1" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="D1" s="1" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="2" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A2" t="s">
+        <v>7</v>
+      </c>
+      <c r="B2" t="s">
+        <v>26</v>
+      </c>
+      <c r="D2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B3" t="s">
+        <v>51</v>
+      </c>
+      <c r="D3" t="s">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="4" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B4" t="s">
         <v>53</v>
       </c>
-      <c r="B1" s="2" t="s">
-[...5 lines deleted...]
-      <c r="D1" s="2" t="s">
+      <c r="D4" t="s">
+        <v>326</v>
+      </c>
+    </row>
+    <row r="5" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B5" t="s">
         <v>55</v>
       </c>
-    </row>
-[...15 lines deleted...]
-      <c r="D3" t="s">
+      <c r="D5" t="s">
+        <v>327</v>
+      </c>
+    </row>
+    <row r="6" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B6" t="s">
+        <v>106</v>
+      </c>
+      <c r="D6" t="s">
+        <v>328</v>
+      </c>
+    </row>
+    <row r="7" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B7" t="s">
+        <v>108</v>
+      </c>
+      <c r="D7" t="s">
+        <v>329</v>
+      </c>
+    </row>
+    <row r="8" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B8" t="s">
         <v>330</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="D4" t="s">
+      <c r="D8" t="s">
         <v>331</v>
       </c>
     </row>
-    <row r="5" spans="2:4">
-[...3 lines deleted...]
-      <c r="D5" t="s">
+    <row r="9" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B9" t="s">
         <v>332</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="D6" t="s">
+      <c r="C9" t="s">
+        <v>198</v>
+      </c>
+      <c r="D9" t="s">
         <v>333</v>
       </c>
     </row>
-    <row r="7" spans="2:4">
-[...3 lines deleted...]
-      <c r="D7" t="s">
+    <row r="10" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B10" t="s">
         <v>334</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B8" t="s">
+      <c r="C10" t="s">
+        <v>201</v>
+      </c>
+      <c r="D10" t="s">
         <v>335</v>
       </c>
-      <c r="D8" t="s">
+    </row>
+    <row r="11" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B11" t="s">
         <v>336</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B9" t="s">
+      <c r="D11" t="s">
         <v>337</v>
       </c>
-      <c r="C9" t="s">
-[...2 lines deleted...]
-      <c r="D9" t="s">
+    </row>
+    <row r="12" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B12" t="s">
         <v>338</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B10" t="s">
+      <c r="C12" t="s">
+        <v>204</v>
+      </c>
+      <c r="D12" t="s">
         <v>339</v>
       </c>
-      <c r="C10" t="s">
-[...2 lines deleted...]
-      <c r="D10" t="s">
+    </row>
+    <row r="13" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B13" t="s">
         <v>340</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B11" t="s">
+      <c r="C13" t="s">
+        <v>207</v>
+      </c>
+      <c r="D13" t="s">
         <v>341</v>
       </c>
-      <c r="D11" t="s">
+    </row>
+    <row r="14" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B14" t="s">
         <v>342</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B12" t="s">
+      <c r="C14" t="s">
+        <v>210</v>
+      </c>
+      <c r="D14" t="s">
         <v>343</v>
       </c>
-      <c r="C12" t="s">
-[...2 lines deleted...]
-      <c r="D12" t="s">
+    </row>
+    <row r="15" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B15" t="s">
         <v>344</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B13" t="s">
+      <c r="C15" t="s">
+        <v>213</v>
+      </c>
+      <c r="D15" t="s">
         <v>345</v>
       </c>
-      <c r="C13" t="s">
-[...2 lines deleted...]
-      <c r="D13" t="s">
+    </row>
+    <row r="16" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B16" t="s">
         <v>346</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B14" t="s">
+      <c r="C16" t="s">
+        <v>216</v>
+      </c>
+      <c r="D16" t="s">
         <v>347</v>
       </c>
-      <c r="C14" t="s">
-[...2 lines deleted...]
-      <c r="D14" t="s">
+    </row>
+    <row r="17" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B17" t="s">
         <v>348</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B15" t="s">
+      <c r="D17" t="s">
         <v>349</v>
       </c>
-      <c r="C15" t="s">
-[...2 lines deleted...]
-      <c r="D15" t="s">
+    </row>
+    <row r="18" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B18" t="s">
         <v>350</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B16" t="s">
+      <c r="C18" t="s">
+        <v>219</v>
+      </c>
+      <c r="D18" t="s">
         <v>351</v>
       </c>
-      <c r="C16" t="s">
-[...2 lines deleted...]
-      <c r="D16" t="s">
+    </row>
+    <row r="19" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B19" t="s">
         <v>352</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B17" t="s">
+      <c r="C19" t="s">
+        <v>222</v>
+      </c>
+      <c r="D19" t="s">
         <v>353</v>
       </c>
-      <c r="D17" t="s">
+    </row>
+    <row r="20" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B20" t="s">
         <v>354</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B18" t="s">
+      <c r="C20" t="s">
+        <v>275</v>
+      </c>
+      <c r="D20" t="s">
         <v>355</v>
       </c>
-      <c r="C18" t="s">
-[...2 lines deleted...]
-      <c r="D18" t="s">
+    </row>
+    <row r="21" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B21" t="s">
         <v>356</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B19" t="s">
+      <c r="D21" t="s">
         <v>357</v>
       </c>
-      <c r="C19" t="s">
-[...2 lines deleted...]
-      <c r="D19" t="s">
+    </row>
+    <row r="22" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B22" t="s">
         <v>358</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B20" t="s">
+      <c r="C22" t="s">
+        <v>278</v>
+      </c>
+      <c r="D22" t="s">
         <v>359</v>
       </c>
-      <c r="C20" t="s">
-[...2 lines deleted...]
-      <c r="D20" t="s">
+    </row>
+    <row r="23" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B23" t="s">
         <v>360</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B21" t="s">
+      <c r="C23" t="s">
+        <v>281</v>
+      </c>
+      <c r="D23" t="s">
         <v>361</v>
       </c>
-      <c r="D21" t="s">
+    </row>
+    <row r="24" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B24" t="s">
         <v>362</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B22" t="s">
+      <c r="C24" t="s">
+        <v>284</v>
+      </c>
+      <c r="D24" t="s">
         <v>363</v>
       </c>
-      <c r="C22" t="s">
-[...2 lines deleted...]
-      <c r="D22" t="s">
+    </row>
+    <row r="25" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B25" t="s">
         <v>364</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B23" t="s">
+      <c r="D25" t="s">
         <v>365</v>
       </c>
-      <c r="C23" t="s">
-[...2 lines deleted...]
-      <c r="D23" t="s">
+    </row>
+    <row r="26" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B26" t="s">
         <v>366</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B24" t="s">
+      <c r="C26" t="s">
+        <v>287</v>
+      </c>
+      <c r="D26" t="s">
         <v>367</v>
       </c>
-      <c r="C24" t="s">
-[...2 lines deleted...]
-      <c r="D24" t="s">
+    </row>
+    <row r="27" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B27" t="s">
         <v>368</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B25" t="s">
+      <c r="C27" t="s">
+        <v>290</v>
+      </c>
+      <c r="D27" t="s">
         <v>369</v>
       </c>
-      <c r="D25" t="s">
+    </row>
+    <row r="28" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B28" t="s">
         <v>370</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B26" t="s">
+      <c r="C28" t="s">
         <v>371</v>
       </c>
-      <c r="C26" t="s">
-[...2 lines deleted...]
-      <c r="D26" t="s">
+      <c r="D28" t="s">
         <v>372</v>
       </c>
     </row>
-    <row r="27" spans="2:4">
-      <c r="B27" t="s">
+    <row r="29" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B29" t="s">
         <v>373</v>
       </c>
-      <c r="C27" t="s">
-[...2 lines deleted...]
-      <c r="D27" t="s">
+      <c r="C29" t="s">
         <v>374</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B28" t="s">
+      <c r="D29" t="s">
         <v>375</v>
       </c>
-      <c r="C28" t="s">
+    </row>
+    <row r="30" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B30" t="s">
         <v>376</v>
       </c>
-      <c r="D28" t="s">
+      <c r="C30" t="s">
         <v>377</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B29" t="s">
+      <c r="D30" t="s">
         <v>378</v>
       </c>
-      <c r="C29" t="s">
+    </row>
+    <row r="31" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B31" t="s">
         <v>379</v>
       </c>
-      <c r="D29" t="s">
+      <c r="C31" t="s">
+        <v>98</v>
+      </c>
+      <c r="D31" t="s">
         <v>380</v>
       </c>
     </row>
-    <row r="30" spans="2:4">
-      <c r="B30" t="s">
+    <row r="32" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B32" t="s">
         <v>381</v>
       </c>
-      <c r="C30" t="s">
+      <c r="C32" t="s">
+        <v>101</v>
+      </c>
+      <c r="D32" t="s">
         <v>382</v>
-      </c>
-[...23 lines deleted...]
-        <v>387</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <sheetPr/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0700-000000000000}">
   <dimension ref="A1:D37"/>
   <sheetViews>
-    <sheetView view="normal" workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="12.75" baseColWidth="0"/>
+  <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="4" width="50.7109375" customWidth="1"/>
+    <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:4">
-      <c r="A1" s="2" t="s">
+    <row r="1" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A1" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="B1" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="D1" s="1" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="2" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A2" t="s">
+        <v>29</v>
+      </c>
+      <c r="B2" t="s">
+        <v>30</v>
+      </c>
+      <c r="D2" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="3" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A3" t="s">
+        <v>383</v>
+      </c>
+      <c r="B3" t="s">
+        <v>51</v>
+      </c>
+      <c r="D3" t="s">
+        <v>386</v>
+      </c>
+    </row>
+    <row r="4" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A4" t="s">
+        <v>384</v>
+      </c>
+      <c r="B4" t="s">
         <v>53</v>
       </c>
-      <c r="B1" s="2" t="s">
-[...5 lines deleted...]
-      <c r="D1" s="2" t="s">
+      <c r="D4" t="s">
+        <v>387</v>
+      </c>
+    </row>
+    <row r="5" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A5" t="s">
+        <v>385</v>
+      </c>
+      <c r="B5" t="s">
         <v>55</v>
       </c>
-    </row>
-[...12 lines deleted...]
-      <c r="A3" t="s">
+      <c r="D5" t="s">
         <v>388</v>
       </c>
-      <c r="B3" t="s">
-[...2 lines deleted...]
-      <c r="D3" t="s">
+    </row>
+    <row r="6" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B6" t="s">
+        <v>389</v>
+      </c>
+      <c r="D6" t="s">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="7" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B7" t="s">
+        <v>108</v>
+      </c>
+      <c r="D7" t="s">
         <v>391</v>
       </c>
     </row>
-    <row r="4" spans="1:4">
-[...6 lines deleted...]
-      <c r="D4" t="s">
+    <row r="8" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B8" t="s">
         <v>392</v>
       </c>
-    </row>
-[...7 lines deleted...]
-      <c r="D5" t="s">
+      <c r="D8" t="s">
         <v>393</v>
       </c>
     </row>
-    <row r="6" spans="2:4">
-      <c r="B6" t="s">
+    <row r="9" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B9" t="s">
         <v>394</v>
       </c>
-      <c r="D6" t="s">
+      <c r="C9" t="s">
+        <v>198</v>
+      </c>
+      <c r="D9" t="s">
         <v>395</v>
       </c>
     </row>
-    <row r="7" spans="2:4">
-[...3 lines deleted...]
-      <c r="D7" t="s">
+    <row r="10" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B10" t="s">
         <v>396</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B8" t="s">
+      <c r="C10" t="s">
+        <v>201</v>
+      </c>
+      <c r="D10" t="s">
         <v>397</v>
       </c>
-      <c r="D8" t="s">
+    </row>
+    <row r="11" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B11" t="s">
         <v>398</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B9" t="s">
+      <c r="D11" t="s">
         <v>399</v>
       </c>
-      <c r="C9" t="s">
-[...2 lines deleted...]
-      <c r="D9" t="s">
+    </row>
+    <row r="12" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B12" t="s">
         <v>400</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B10" t="s">
+      <c r="C12" t="s">
+        <v>204</v>
+      </c>
+      <c r="D12" t="s">
         <v>401</v>
       </c>
-      <c r="C10" t="s">
-[...2 lines deleted...]
-      <c r="D10" t="s">
+    </row>
+    <row r="13" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B13" t="s">
         <v>402</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B11" t="s">
+      <c r="C13" t="s">
+        <v>207</v>
+      </c>
+      <c r="D13" t="s">
         <v>403</v>
       </c>
-      <c r="D11" t="s">
+    </row>
+    <row r="14" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B14" t="s">
         <v>404</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B12" t="s">
+      <c r="C14" t="s">
+        <v>210</v>
+      </c>
+      <c r="D14" t="s">
         <v>405</v>
       </c>
-      <c r="C12" t="s">
-[...2 lines deleted...]
-      <c r="D12" t="s">
+    </row>
+    <row r="15" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B15" t="s">
         <v>406</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B13" t="s">
+      <c r="C15" t="s">
+        <v>213</v>
+      </c>
+      <c r="D15" t="s">
         <v>407</v>
       </c>
-      <c r="C13" t="s">
-[...2 lines deleted...]
-      <c r="D13" t="s">
+    </row>
+    <row r="16" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B16" t="s">
         <v>408</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B14" t="s">
+      <c r="D16" t="s">
         <v>409</v>
       </c>
-      <c r="C14" t="s">
-[...2 lines deleted...]
-      <c r="D14" t="s">
+    </row>
+    <row r="17" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B17" t="s">
+        <v>358</v>
+      </c>
+      <c r="C17" t="s">
+        <v>216</v>
+      </c>
+      <c r="D17" t="s">
         <v>410</v>
       </c>
     </row>
-    <row r="15" spans="2:4">
-      <c r="B15" t="s">
+    <row r="18" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B18" t="s">
         <v>411</v>
       </c>
-      <c r="C15" t="s">
-[...2 lines deleted...]
-      <c r="D15" t="s">
+      <c r="C18" t="s">
+        <v>219</v>
+      </c>
+      <c r="D18" t="s">
         <v>412</v>
       </c>
     </row>
-    <row r="16" spans="2:4">
-      <c r="B16" t="s">
+    <row r="19" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B19" t="s">
         <v>413</v>
       </c>
-      <c r="D16" t="s">
+      <c r="C19" t="s">
+        <v>222</v>
+      </c>
+      <c r="D19" t="s">
         <v>414</v>
       </c>
     </row>
-    <row r="17" spans="2:4">
-[...6 lines deleted...]
-      <c r="D17" t="s">
+    <row r="20" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B20" t="s">
         <v>415</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B18" t="s">
+      <c r="D20" t="s">
         <v>416</v>
       </c>
-      <c r="C18" t="s">
-[...2 lines deleted...]
-      <c r="D18" t="s">
+    </row>
+    <row r="21" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B21" t="s">
         <v>417</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B19" t="s">
+      <c r="C21" t="s">
+        <v>275</v>
+      </c>
+      <c r="D21" t="s">
         <v>418</v>
       </c>
-      <c r="C19" t="s">
-[...2 lines deleted...]
-      <c r="D19" t="s">
+    </row>
+    <row r="22" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B22" t="s">
+        <v>334</v>
+      </c>
+      <c r="C22" t="s">
+        <v>278</v>
+      </c>
+      <c r="D22" t="s">
         <v>419</v>
       </c>
     </row>
-    <row r="20" spans="2:4">
-      <c r="B20" t="s">
+    <row r="23" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B23" t="s">
         <v>420</v>
       </c>
-      <c r="D20" t="s">
+      <c r="C23" t="s">
+        <v>281</v>
+      </c>
+      <c r="D23" t="s">
         <v>421</v>
       </c>
     </row>
-    <row r="21" spans="2:4">
-      <c r="B21" t="s">
+    <row r="24" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B24" t="s">
         <v>422</v>
       </c>
-      <c r="C21" t="s">
-[...2 lines deleted...]
-      <c r="D21" t="s">
+      <c r="D24" t="s">
         <v>423</v>
       </c>
     </row>
-    <row r="22" spans="2:4">
-[...6 lines deleted...]
-      <c r="D22" t="s">
+    <row r="25" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B25" t="s">
         <v>424</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B23" t="s">
+      <c r="C25" t="s">
+        <v>284</v>
+      </c>
+      <c r="D25" t="s">
         <v>425</v>
       </c>
-      <c r="C23" t="s">
-[...2 lines deleted...]
-      <c r="D23" t="s">
+    </row>
+    <row r="26" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B26" t="s">
         <v>426</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B24" t="s">
+      <c r="C26" t="s">
+        <v>287</v>
+      </c>
+      <c r="D26" t="s">
         <v>427</v>
       </c>
-      <c r="D24" t="s">
+    </row>
+    <row r="27" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B27" t="s">
         <v>428</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B25" t="s">
+      <c r="C27" t="s">
+        <v>290</v>
+      </c>
+      <c r="D27" t="s">
         <v>429</v>
       </c>
-      <c r="C25" t="s">
-[...2 lines deleted...]
-      <c r="D25" t="s">
+    </row>
+    <row r="28" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B28" t="s">
         <v>430</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B26" t="s">
+      <c r="C28" t="s">
+        <v>371</v>
+      </c>
+      <c r="D28" t="s">
         <v>431</v>
       </c>
-      <c r="C26" t="s">
-[...2 lines deleted...]
-      <c r="D26" t="s">
+    </row>
+    <row r="29" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B29" t="s">
         <v>432</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B27" t="s">
+      <c r="C29" t="s">
+        <v>374</v>
+      </c>
+      <c r="D29" t="s">
         <v>433</v>
       </c>
-      <c r="C27" t="s">
-[...2 lines deleted...]
-      <c r="D27" t="s">
+    </row>
+    <row r="30" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B30" t="s">
         <v>434</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B28" t="s">
+      <c r="C30" t="s">
+        <v>377</v>
+      </c>
+      <c r="D30" t="s">
         <v>435</v>
       </c>
-      <c r="C28" t="s">
-[...2 lines deleted...]
-      <c r="D28" t="s">
+    </row>
+    <row r="31" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B31" t="s">
         <v>436</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B29" t="s">
+      <c r="C31" t="s">
         <v>437</v>
       </c>
-      <c r="C29" t="s">
-[...2 lines deleted...]
-      <c r="D29" t="s">
+      <c r="D31" t="s">
         <v>438</v>
       </c>
     </row>
-    <row r="30" spans="2:4">
-      <c r="B30" t="s">
+    <row r="32" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B32" t="s">
         <v>439</v>
       </c>
-      <c r="C30" t="s">
-[...2 lines deleted...]
-      <c r="D30" t="s">
+      <c r="C32" t="s">
         <v>440</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B31" t="s">
+      <c r="D32" t="s">
         <v>441</v>
       </c>
-      <c r="C31" t="s">
+    </row>
+    <row r="33" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B33" t="s">
         <v>442</v>
       </c>
-      <c r="D31" t="s">
+      <c r="D33" t="s">
         <v>443</v>
       </c>
     </row>
-    <row r="32" spans="2:4">
-      <c r="B32" t="s">
+    <row r="34" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B34" t="s">
         <v>444</v>
       </c>
-      <c r="C32" t="s">
+      <c r="C34" t="s">
         <v>445</v>
       </c>
-      <c r="D32" t="s">
+      <c r="D34" t="s">
         <v>446</v>
       </c>
     </row>
-    <row r="33" spans="2:4">
-      <c r="B33" t="s">
+    <row r="35" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B35" t="s">
         <v>447</v>
       </c>
-      <c r="D33" t="s">
+      <c r="C35" t="s">
         <v>448</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B34" t="s">
+      <c r="D35" t="s">
         <v>449</v>
       </c>
-      <c r="C34" t="s">
+    </row>
+    <row r="36" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B36" t="s">
         <v>450</v>
       </c>
-      <c r="D34" t="s">
+      <c r="C36" t="s">
+        <v>98</v>
+      </c>
+      <c r="D36" t="s">
         <v>451</v>
       </c>
     </row>
-    <row r="35" spans="2:4">
-      <c r="B35" t="s">
+    <row r="37" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B37" t="s">
         <v>452</v>
       </c>
-      <c r="C35" t="s">
+      <c r="C37" t="s">
+        <v>101</v>
+      </c>
+      <c r="D37" t="s">
         <v>453</v>
-      </c>
-[...23 lines deleted...]
-        <v>458</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <sheetPr/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0800-000000000000}">
   <dimension ref="A1:D31"/>
   <sheetViews>
-    <sheetView view="normal" workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="12.75" baseColWidth="0"/>
+  <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="4" width="50.7109375" customWidth="1"/>
+    <col min="1" max="4" width="50.7265625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:4">
-      <c r="A1" s="2" t="s">
+    <row r="1" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A1" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="B1" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="D1" s="1" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="2" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A2" t="s">
+        <v>33</v>
+      </c>
+      <c r="B2" t="s">
+        <v>34</v>
+      </c>
+      <c r="D2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="3" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A3" t="s">
+        <v>454</v>
+      </c>
+      <c r="B3" t="s">
+        <v>51</v>
+      </c>
+      <c r="D3" t="s">
+        <v>455</v>
+      </c>
+    </row>
+    <row r="4" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B4" t="s">
+        <v>249</v>
+      </c>
+      <c r="D4" t="s">
+        <v>456</v>
+      </c>
+    </row>
+    <row r="5" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B5" t="s">
+        <v>106</v>
+      </c>
+      <c r="D5" t="s">
+        <v>457</v>
+      </c>
+    </row>
+    <row r="6" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B6" t="s">
+        <v>108</v>
+      </c>
+      <c r="D6" t="s">
+        <v>458</v>
+      </c>
+    </row>
+    <row r="7" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B7" t="s">
+        <v>459</v>
+      </c>
+      <c r="D7" t="s">
+        <v>460</v>
+      </c>
+    </row>
+    <row r="8" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B8" t="s">
+        <v>461</v>
+      </c>
+      <c r="D8" t="s">
+        <v>462</v>
+      </c>
+    </row>
+    <row r="9" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B9" t="s">
         <v>53</v>
       </c>
-      <c r="B1" s="2" t="s">
-[...48 lines deleted...]
-      <c r="B6" t="s">
+      <c r="D9" t="s">
+        <v>463</v>
+      </c>
+    </row>
+    <row r="10" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B10" t="s">
+        <v>464</v>
+      </c>
+      <c r="D10" t="s">
+        <v>465</v>
+      </c>
+    </row>
+    <row r="11" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B11" t="s">
+        <v>466</v>
+      </c>
+      <c r="C11" t="s">
         <v>113</v>
       </c>
-      <c r="D6" t="s">
-[...15 lines deleted...]
-      <c r="D8" t="s">
+      <c r="D11" t="s">
         <v>467</v>
       </c>
     </row>
-    <row r="9" spans="2:4">
-[...3 lines deleted...]
-      <c r="D9" t="s">
+    <row r="12" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B12" t="s">
         <v>468</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B10" t="s">
+      <c r="C12" t="s">
+        <v>116</v>
+      </c>
+      <c r="D12" t="s">
         <v>469</v>
       </c>
-      <c r="D10" t="s">
+    </row>
+    <row r="13" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B13" t="s">
         <v>470</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B11" t="s">
+      <c r="C13" t="s">
+        <v>121</v>
+      </c>
+      <c r="D13" t="s">
         <v>471</v>
       </c>
-      <c r="C11" t="s">
-[...2 lines deleted...]
-      <c r="D11" t="s">
+    </row>
+    <row r="14" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B14" t="s">
         <v>472</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B12" t="s">
+      <c r="C14" t="s">
+        <v>124</v>
+      </c>
+      <c r="D14" t="s">
         <v>473</v>
       </c>
-      <c r="C12" t="s">
-[...2 lines deleted...]
-      <c r="D12" t="s">
+    </row>
+    <row r="15" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B15" t="s">
         <v>474</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B13" t="s">
+      <c r="C15" t="s">
+        <v>127</v>
+      </c>
+      <c r="D15" t="s">
         <v>475</v>
       </c>
-      <c r="C13" t="s">
-[...2 lines deleted...]
-      <c r="D13" t="s">
+    </row>
+    <row r="16" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B16" t="s">
+        <v>221</v>
+      </c>
+      <c r="C16" t="s">
+        <v>130</v>
+      </c>
+      <c r="D16" t="s">
         <v>476</v>
       </c>
     </row>
-    <row r="14" spans="2:4">
-      <c r="B14" t="s">
+    <row r="17" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B17" t="s">
         <v>477</v>
       </c>
-      <c r="C14" t="s">
-[...2 lines deleted...]
-      <c r="D14" t="s">
+      <c r="C17" t="s">
+        <v>133</v>
+      </c>
+      <c r="D17" t="s">
         <v>478</v>
       </c>
     </row>
-    <row r="15" spans="2:4">
-      <c r="B15" t="s">
+    <row r="18" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B18" t="s">
         <v>479</v>
       </c>
-      <c r="C15" t="s">
-[...2 lines deleted...]
-      <c r="D15" t="s">
+      <c r="C18" t="s">
+        <v>138</v>
+      </c>
+      <c r="D18" t="s">
         <v>480</v>
       </c>
     </row>
-    <row r="16" spans="2:4">
-[...6 lines deleted...]
-      <c r="D16" t="s">
+    <row r="19" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B19" t="s">
         <v>481</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B17" t="s">
+      <c r="C19" t="s">
+        <v>141</v>
+      </c>
+      <c r="D19" t="s">
         <v>482</v>
       </c>
-      <c r="C17" t="s">
-[...2 lines deleted...]
-      <c r="D17" t="s">
+    </row>
+    <row r="20" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B20" t="s">
         <v>483</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B18" t="s">
+      <c r="C20" t="s">
+        <v>146</v>
+      </c>
+      <c r="D20" t="s">
         <v>484</v>
       </c>
-      <c r="C18" t="s">
-[...2 lines deleted...]
-      <c r="D18" t="s">
+    </row>
+    <row r="21" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B21" t="s">
         <v>485</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B19" t="s">
+      <c r="C21" t="s">
+        <v>149</v>
+      </c>
+      <c r="D21" t="s">
         <v>486</v>
       </c>
-      <c r="C19" t="s">
-[...2 lines deleted...]
-      <c r="D19" t="s">
+    </row>
+    <row r="22" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B22" t="s">
         <v>487</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B20" t="s">
+      <c r="C22" t="s">
+        <v>152</v>
+      </c>
+      <c r="D22" t="s">
         <v>488</v>
       </c>
-      <c r="C20" t="s">
-[...2 lines deleted...]
-      <c r="D20" t="s">
+    </row>
+    <row r="23" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B23" t="s">
         <v>489</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B21" t="s">
+      <c r="C23" t="s">
+        <v>155</v>
+      </c>
+      <c r="D23" t="s">
         <v>490</v>
       </c>
-      <c r="C21" t="s">
-[...2 lines deleted...]
-      <c r="D21" t="s">
+    </row>
+    <row r="24" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B24" t="s">
         <v>491</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B22" t="s">
+      <c r="C24" t="s">
+        <v>158</v>
+      </c>
+      <c r="D24" t="s">
         <v>492</v>
       </c>
-      <c r="C22" t="s">
-[...2 lines deleted...]
-      <c r="D22" t="s">
+    </row>
+    <row r="25" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B25" t="s">
         <v>493</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B23" t="s">
+      <c r="C25" t="s">
+        <v>161</v>
+      </c>
+      <c r="D25" t="s">
         <v>494</v>
       </c>
-      <c r="C23" t="s">
-[...2 lines deleted...]
-      <c r="D23" t="s">
+    </row>
+    <row r="26" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B26" t="s">
         <v>495</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B24" t="s">
+      <c r="C26" t="s">
+        <v>164</v>
+      </c>
+      <c r="D26" t="s">
         <v>496</v>
       </c>
-      <c r="C24" t="s">
-[...2 lines deleted...]
-      <c r="D24" t="s">
+    </row>
+    <row r="27" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B27" t="s">
         <v>497</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B25" t="s">
+      <c r="C27" t="s">
+        <v>167</v>
+      </c>
+      <c r="D27" t="s">
         <v>498</v>
       </c>
-      <c r="C25" t="s">
-[...2 lines deleted...]
-      <c r="D25" t="s">
+    </row>
+    <row r="28" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B28" t="s">
         <v>499</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B26" t="s">
+      <c r="C28" t="s">
+        <v>170</v>
+      </c>
+      <c r="D28" t="s">
         <v>500</v>
       </c>
-      <c r="C26" t="s">
-[...2 lines deleted...]
-      <c r="D26" t="s">
+    </row>
+    <row r="29" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B29" t="s">
         <v>501</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B27" t="s">
+      <c r="C29" t="s">
+        <v>173</v>
+      </c>
+      <c r="D29" t="s">
         <v>502</v>
       </c>
-      <c r="C27" t="s">
-[...2 lines deleted...]
-      <c r="D27" t="s">
+    </row>
+    <row r="30" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B30" t="s">
         <v>503</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B28" t="s">
+      <c r="C30" t="s">
+        <v>98</v>
+      </c>
+      <c r="D30" t="s">
         <v>504</v>
       </c>
-      <c r="C28" t="s">
-[...2 lines deleted...]
-      <c r="D28" t="s">
+    </row>
+    <row r="31" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B31" t="s">
         <v>505</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B29" t="s">
+      <c r="C31" t="s">
+        <v>101</v>
+      </c>
+      <c r="D31" t="s">
         <v>506</v>
-      </c>
-[...26 lines deleted...]
-        <v>511</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <Application>Microsoft Excel</Application>
+  <DocSecurity>0</DocSecurity>
+  <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Worksheets</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>13</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="13" baseType="lpstr">
+      <vt:lpstr>Subscription Title List</vt:lpstr>
+      <vt:lpstr>ACSM, 06 ed. - ACSM’s Certifica</vt:lpstr>
+      <vt:lpstr>Bayles, 02 ed. - ACSM’S Exercis</vt:lpstr>
+      <vt:lpstr>ACSM, 06 ed. - ACSM’s Fitness A</vt:lpstr>
+      <vt:lpstr>Liguori, 05 ed. - ACSM’s Health</vt:lpstr>
+      <vt:lpstr>Benardot, 1 ed. - ACSM’s Nutrit</vt:lpstr>
+      <vt:lpstr>ACSM, 03 ed. - ACSM’S Resources</vt:lpstr>
+      <vt:lpstr>Hargens, 06 ed. - ACSM’s Resour</vt:lpstr>
+      <vt:lpstr>Thompson, 02 ed. - ACSM's Clini</vt:lpstr>
+      <vt:lpstr>Ratamess, 02 ed. - ACSM's Found</vt:lpstr>
+      <vt:lpstr>Benardot - ACSM's Nutrition for</vt:lpstr>
+      <vt:lpstr>ACSM, 02 ed. - ACSM's Resources</vt:lpstr>
+      <vt:lpstr>O'Connor, 02 ed. - ACSM's Sport</vt:lpstr>
+    </vt:vector>
+  </TitlesOfParts>
+  <LinksUpToDate>false</LinksUpToDate>
+  <SharedDoc>false</SharedDoc>
+  <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
-<cp:coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
+<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>puseascm05tol01$</dc:creator>
+  <cp:lastModifiedBy></cp:lastModifiedBy>
+  <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
-<Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties"/>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_fe6ee112-9e5c-4f16-b63d-fcad06e1707e_Enabled">
+    <vt:lpwstr>true</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_fe6ee112-9e5c-4f16-b63d-fcad06e1707e_SetDate">
+    <vt:lpwstr>2025-11-25T14:45:14Z</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_fe6ee112-9e5c-4f16-b63d-fcad06e1707e_Method">
+    <vt:lpwstr>Standard</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_fe6ee112-9e5c-4f16-b63d-fcad06e1707e_Name">
+    <vt:lpwstr>Internal Use</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_fe6ee112-9e5c-4f16-b63d-fcad06e1707e_SiteId">
+    <vt:lpwstr>8ac76c91-e7f1-41ff-a89c-3553b2da2c17</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_fe6ee112-9e5c-4f16-b63d-fcad06e1707e_ActionId">
+    <vt:lpwstr>c8da5147-15ae-4118-93e0-eac9e78b83ba</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_fe6ee112-9e5c-4f16-b63d-fcad06e1707e_ContentBits">
+    <vt:lpwstr>0</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_fe6ee112-9e5c-4f16-b63d-fcad06e1707e_Tag">
+    <vt:lpwstr>10, 3, 0, 1</vt:lpwstr>
+  </property>
+</Properties>
 </file>