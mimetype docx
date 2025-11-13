--- v0 (2025-10-22)
+++ v1 (2025-11-13)
@@ -1,58 +1,69 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
+  <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="5DE44328" w14:textId="78256B09" w:rsidR="00380180" w:rsidRPr="0079782B" w:rsidRDefault="0079782B">
+    <w:p w14:paraId="5DE44328" w14:textId="78256B09" w:rsidR="00380180" w:rsidRPr="0079782B" w:rsidRDefault="0079782B" w:rsidP="00F54ABB">
       <w:pPr>
         <w:pStyle w:val="Nagwek1"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0079782B">
         <w:rPr>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
         <w:t xml:space="preserve">Ankieta </w:t>
       </w:r>
       <w:r w:rsidR="00FD4ECE">
         <w:rPr>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
         <w:t>w</w:t>
       </w:r>
       <w:r w:rsidRPr="0079782B">
         <w:rPr>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
         <w:t xml:space="preserve">ydawnicza – </w:t>
       </w:r>
       <w:r w:rsidR="00FD4ECE">
         <w:rPr>
           <w:lang w:val="pl-PL"/>
@@ -69,1439 +80,2886 @@
         <w:rPr>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidRPr="0079782B">
         <w:rPr>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
         <w:t>rawnicza</w:t>
       </w:r>
       <w:r w:rsidR="00FD4ECE">
         <w:rPr>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
         <w:t xml:space="preserve"> dla Wolters Kluwer Polska</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1241C044" w14:textId="77777777" w:rsidR="00A26E6C" w:rsidRDefault="00A26E6C">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7C1FAE3A" w14:textId="7DF0999B" w:rsidR="00380180" w:rsidRPr="00D4425A" w:rsidRDefault="0079782B">
+    <w:p w14:paraId="7C1FAE3A" w14:textId="6B44D4E3" w:rsidR="00380180" w:rsidRPr="00D4425A" w:rsidRDefault="0079782B" w:rsidP="00F54ABB">
       <w:pPr>
+        <w:spacing w:after="120"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0079782B">
         <w:rPr>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
         <w:t xml:space="preserve">Wypełnioną ankietę prosimy przesłać na adres: </w:t>
       </w:r>
       <w:r w:rsidR="00D4425A" w:rsidRPr="00D4425A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
-        <w:t>ankiety.wydawnicze@wolterskluwer.pl</w:t>
+        <w:t>ankiety.wydawnicze@wolterskluwer.</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD61BF">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+        <w:t>com</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7937623B" w14:textId="77777777" w:rsidR="00A26E6C" w:rsidRDefault="00A26E6C">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="52A5D06B" w14:textId="208714D8" w:rsidR="00380180" w:rsidRPr="0079782B" w:rsidRDefault="0079782B">
+    <w:p w14:paraId="52A5D06B" w14:textId="208714D8" w:rsidR="00380180" w:rsidRPr="00CD61BF" w:rsidRDefault="0079782B" w:rsidP="00F54ABB">
       <w:pPr>
-        <w:rPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0079782B">
-        <w:rPr>
+      <w:r w:rsidRPr="00CD61BF">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
         <w:t>Proponowany tytuł książki (i ewentualny podtytuł):</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E398B83" w14:textId="77777777" w:rsidR="00380180" w:rsidRPr="0079782B" w:rsidRDefault="0079782B">
+    <w:sdt>
+      <w:sdtPr>
+        <w:rPr>
+          <w:color w:val="0070C0"/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+        <w:id w:val="-1237325588"/>
+        <w:placeholder>
+          <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
+        </w:placeholder>
+        <w:showingPlcHdr/>
+      </w:sdtPr>
+      <w:sdtEndPr/>
+      <w:sdtContent>
+        <w:p w14:paraId="0F71F40C" w14:textId="0DD52696" w:rsidR="00DC04CB" w:rsidRPr="00CD61BF" w:rsidRDefault="00CD61BF" w:rsidP="00F54ABB">
+          <w:pPr>
+            <w:spacing w:after="120"/>
+            <w:rPr>
+              <w:color w:val="0070C0"/>
+              <w:lang w:val="pl-PL"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r w:rsidRPr="00C66CD5">
+            <w:rPr>
+              <w:rStyle w:val="Tekstzastpczy"/>
+            </w:rPr>
+            <w:t>Kliknij lub naciśnij tutaj, aby wprowadzić tekst.</w:t>
+          </w:r>
+        </w:p>
+      </w:sdtContent>
+    </w:sdt>
+    <w:p w14:paraId="40A9F6FC" w14:textId="140E9B8C" w:rsidR="00380180" w:rsidRPr="00CD61BF" w:rsidRDefault="0079782B" w:rsidP="00CD61BF">
       <w:pPr>
-        <w:rPr>
+        <w:spacing w:before="240" w:after="120"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0079782B">
-[...13 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidRPr="00CD61BF">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
         <w:t>Imię i nazwisko autora/redaktora naukowego:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5374E595" w14:textId="77777777" w:rsidR="00380180" w:rsidRPr="0079782B" w:rsidRDefault="0079782B">
+    <w:sdt>
+      <w:sdtPr>
+        <w:rPr>
+          <w:color w:val="0070C0"/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+        <w:id w:val="895705923"/>
+        <w:placeholder>
+          <w:docPart w:val="08A34A39CFA14CB4817EA6BB97203508"/>
+        </w:placeholder>
+        <w:showingPlcHdr/>
+      </w:sdtPr>
+      <w:sdtEndPr/>
+      <w:sdtContent>
+        <w:p w14:paraId="335E5F0C" w14:textId="77777777" w:rsidR="00CD61BF" w:rsidRPr="00CD61BF" w:rsidRDefault="00CD61BF" w:rsidP="00CD61BF">
+          <w:pPr>
+            <w:spacing w:after="120"/>
+            <w:rPr>
+              <w:color w:val="0070C0"/>
+              <w:lang w:val="pl-PL"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r w:rsidRPr="00C66CD5">
+            <w:rPr>
+              <w:rStyle w:val="Tekstzastpczy"/>
+            </w:rPr>
+            <w:t>Kliknij lub naciśnij tutaj, aby wprowadzić tekst.</w:t>
+          </w:r>
+        </w:p>
+      </w:sdtContent>
+    </w:sdt>
+    <w:p w14:paraId="46985C45" w14:textId="6E3D8522" w:rsidR="00380180" w:rsidRPr="00CD61BF" w:rsidRDefault="0079782B" w:rsidP="00CD61BF">
       <w:pPr>
-        <w:rPr>
+        <w:spacing w:before="240" w:after="120"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0079782B">
-[...13 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidRPr="00CD61BF">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
         <w:t>Adres do korespondencji, nr telefonu, e-mail:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E18A66B" w14:textId="77777777" w:rsidR="00380180" w:rsidRPr="0079782B" w:rsidRDefault="0079782B">
+    <w:sdt>
+      <w:sdtPr>
+        <w:rPr>
+          <w:color w:val="0070C0"/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+        <w:id w:val="-1908999719"/>
+        <w:placeholder>
+          <w:docPart w:val="1C82CABF11B84A7D872FD5F349D5A2F0"/>
+        </w:placeholder>
+        <w:showingPlcHdr/>
+      </w:sdtPr>
+      <w:sdtEndPr/>
+      <w:sdtContent>
+        <w:p w14:paraId="2E4D59EF" w14:textId="77777777" w:rsidR="00CD61BF" w:rsidRPr="00CD61BF" w:rsidRDefault="00CD61BF" w:rsidP="00CD61BF">
+          <w:pPr>
+            <w:spacing w:after="120"/>
+            <w:rPr>
+              <w:color w:val="0070C0"/>
+              <w:lang w:val="pl-PL"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r w:rsidRPr="00C66CD5">
+            <w:rPr>
+              <w:rStyle w:val="Tekstzastpczy"/>
+            </w:rPr>
+            <w:t>Kliknij lub naciśnij tutaj, aby wprowadzić tekst.</w:t>
+          </w:r>
+        </w:p>
+      </w:sdtContent>
+    </w:sdt>
+    <w:p w14:paraId="72B55187" w14:textId="2B3BFBA0" w:rsidR="00380180" w:rsidRPr="00CD61BF" w:rsidRDefault="0079782B" w:rsidP="00CD61BF">
       <w:pPr>
-        <w:rPr>
+        <w:spacing w:before="240" w:after="120"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0079782B">
-[...13 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidRPr="00CD61BF">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
         <w:t>Tytuł naukowy, zawodowy, ORCID,</w:t>
       </w:r>
-      <w:r w:rsidR="009B5E21">
-        <w:rPr>
+      <w:r w:rsidR="009B5E21" w:rsidRPr="00CD61BF">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
         <w:t xml:space="preserve"> obecne </w:t>
       </w:r>
-      <w:r w:rsidRPr="0079782B">
-        <w:rPr>
+      <w:r w:rsidRPr="00CD61BF">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
         <w:t>stanowisko</w:t>
       </w:r>
-      <w:r w:rsidR="009B5E21">
-        <w:rPr>
+      <w:r w:rsidR="009B5E21" w:rsidRPr="00CD61BF">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
         <w:t xml:space="preserve"> zawodowe</w:t>
       </w:r>
-      <w:r w:rsidR="00233653">
-        <w:rPr>
+      <w:r w:rsidR="00233653" w:rsidRPr="00CD61BF">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
         <w:t>/kancelaria</w:t>
       </w:r>
-      <w:r w:rsidR="009B5E21">
-        <w:rPr>
+      <w:r w:rsidR="009B5E21" w:rsidRPr="00CD61BF">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
         <w:t xml:space="preserve"> autora/redaktora naukowego</w:t>
       </w:r>
-      <w:r w:rsidRPr="0079782B">
-        <w:rPr>
+      <w:r w:rsidRPr="00CD61BF">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="31058F25" w14:textId="77777777" w:rsidR="00380180" w:rsidRPr="0079782B" w:rsidRDefault="0079782B">
+    <w:sdt>
+      <w:sdtPr>
+        <w:rPr>
+          <w:color w:val="0070C0"/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+        <w:id w:val="1703049636"/>
+        <w:placeholder>
+          <w:docPart w:val="BB9FDD4266254EDABB26A648CD3A9917"/>
+        </w:placeholder>
+        <w:showingPlcHdr/>
+      </w:sdtPr>
+      <w:sdtEndPr/>
+      <w:sdtContent>
+        <w:p w14:paraId="6A9FC43A" w14:textId="77777777" w:rsidR="00CD61BF" w:rsidRPr="00CD61BF" w:rsidRDefault="00CD61BF" w:rsidP="00CD61BF">
+          <w:pPr>
+            <w:spacing w:after="120"/>
+            <w:rPr>
+              <w:color w:val="0070C0"/>
+              <w:lang w:val="pl-PL"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r w:rsidRPr="00C66CD5">
+            <w:rPr>
+              <w:rStyle w:val="Tekstzastpczy"/>
+            </w:rPr>
+            <w:t>Kliknij lub naciśnij tutaj, aby wprowadzić tekst.</w:t>
+          </w:r>
+        </w:p>
+      </w:sdtContent>
+    </w:sdt>
+    <w:p w14:paraId="3D5155E2" w14:textId="181BEB9D" w:rsidR="00380180" w:rsidRPr="00CD61BF" w:rsidRDefault="003B4F29" w:rsidP="00CD61BF">
       <w:pPr>
-        <w:rPr>
+        <w:spacing w:before="240" w:after="120"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0079782B">
-[...13 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidRPr="00CD61BF">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
         <w:t>Uczelnie, i</w:t>
       </w:r>
-      <w:r w:rsidR="0079782B" w:rsidRPr="0079782B">
-        <w:rPr>
+      <w:r w:rsidR="0079782B" w:rsidRPr="00CD61BF">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
         <w:t>nstytucje, z którymi autor</w:t>
       </w:r>
-      <w:r w:rsidR="009B5E21">
-        <w:rPr>
+      <w:r w:rsidR="009B5E21" w:rsidRPr="00CD61BF">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
         <w:t>/redaktor naukowy</w:t>
       </w:r>
-      <w:r w:rsidR="0079782B" w:rsidRPr="0079782B">
-        <w:rPr>
+      <w:r w:rsidR="0079782B" w:rsidRPr="00CD61BF">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
         <w:t xml:space="preserve"> współpracuje:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="745897F7" w14:textId="77777777" w:rsidR="00380180" w:rsidRPr="0079782B" w:rsidRDefault="0079782B">
+    <w:sdt>
+      <w:sdtPr>
+        <w:rPr>
+          <w:color w:val="0070C0"/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+        <w:id w:val="1924072905"/>
+        <w:placeholder>
+          <w:docPart w:val="CBE0312A9EBE447CB24D89FA72C57258"/>
+        </w:placeholder>
+        <w:showingPlcHdr/>
+      </w:sdtPr>
+      <w:sdtEndPr/>
+      <w:sdtContent>
+        <w:p w14:paraId="23D3639B" w14:textId="77777777" w:rsidR="00CD61BF" w:rsidRPr="00CD61BF" w:rsidRDefault="00CD61BF" w:rsidP="00CD61BF">
+          <w:pPr>
+            <w:spacing w:after="120"/>
+            <w:rPr>
+              <w:color w:val="0070C0"/>
+              <w:lang w:val="pl-PL"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r w:rsidRPr="00C66CD5">
+            <w:rPr>
+              <w:rStyle w:val="Tekstzastpczy"/>
+            </w:rPr>
+            <w:t>Kliknij lub naciśnij tutaj, aby wprowadzić tekst.</w:t>
+          </w:r>
+        </w:p>
+      </w:sdtContent>
+    </w:sdt>
+    <w:p w14:paraId="05CAC8E8" w14:textId="5879F468" w:rsidR="00380180" w:rsidRPr="00CD61BF" w:rsidRDefault="0079782B" w:rsidP="00CD61BF">
       <w:pPr>
-        <w:rPr>
+        <w:spacing w:before="240" w:after="120"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0079782B">
-[...13 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidRPr="00CD61BF">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
         <w:t>Dorobek wydawniczy (</w:t>
       </w:r>
-      <w:r w:rsidR="0080341E">
-        <w:rPr>
+      <w:r w:rsidR="0080341E" w:rsidRPr="00CD61BF">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
         <w:t xml:space="preserve">najważniejsze </w:t>
       </w:r>
-      <w:r w:rsidRPr="0079782B">
-        <w:rPr>
+      <w:r w:rsidRPr="00CD61BF">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
         <w:t>tytuły, wydawnictwa):</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4F8A2E98" w14:textId="77777777" w:rsidR="00380180" w:rsidRPr="0079782B" w:rsidRDefault="0079782B">
+    <w:sdt>
+      <w:sdtPr>
+        <w:rPr>
+          <w:color w:val="0070C0"/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+        <w:id w:val="-1674097128"/>
+        <w:placeholder>
+          <w:docPart w:val="A662EAA6B817432697201DE20F9A2C14"/>
+        </w:placeholder>
+        <w:showingPlcHdr/>
+      </w:sdtPr>
+      <w:sdtEndPr/>
+      <w:sdtContent>
+        <w:p w14:paraId="1CE2A468" w14:textId="77777777" w:rsidR="00CD61BF" w:rsidRPr="00CD61BF" w:rsidRDefault="00CD61BF" w:rsidP="00CD61BF">
+          <w:pPr>
+            <w:spacing w:after="120"/>
+            <w:rPr>
+              <w:color w:val="0070C0"/>
+              <w:lang w:val="pl-PL"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r w:rsidRPr="00C66CD5">
+            <w:rPr>
+              <w:rStyle w:val="Tekstzastpczy"/>
+            </w:rPr>
+            <w:t>Kliknij lub naciśnij tutaj, aby wprowadzić tekst.</w:t>
+          </w:r>
+        </w:p>
+      </w:sdtContent>
+    </w:sdt>
+    <w:p w14:paraId="389D7E5C" w14:textId="4E4F25B4" w:rsidR="00380180" w:rsidRPr="00CD61BF" w:rsidRDefault="0079782B" w:rsidP="00CD61BF">
       <w:pPr>
-        <w:rPr>
+        <w:spacing w:before="240" w:after="120"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0079782B">
-[...3 lines deleted...]
-        <w:t>................................................................................................................</w:t>
+      <w:r w:rsidRPr="00CD61BF">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+        <w:t>Przewidywana objętość (znaki ze spacjami</w:t>
+      </w:r>
+      <w:r w:rsidR="005B15D3">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> oraz z przypisami</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD61BF">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+        <w:t>/arkusze autorskie):</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="389D7E5C" w14:textId="77777777" w:rsidR="00380180" w:rsidRPr="0079782B" w:rsidRDefault="0079782B">
+    <w:sdt>
+      <w:sdtPr>
+        <w:rPr>
+          <w:color w:val="0070C0"/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+        <w:id w:val="-710806570"/>
+        <w:placeholder>
+          <w:docPart w:val="A136C6A35CB24C45ABB7BC9ED621E4C8"/>
+        </w:placeholder>
+        <w:showingPlcHdr/>
+      </w:sdtPr>
+      <w:sdtEndPr/>
+      <w:sdtContent>
+        <w:p w14:paraId="682A40A2" w14:textId="77777777" w:rsidR="00CD61BF" w:rsidRPr="00CD61BF" w:rsidRDefault="00CD61BF" w:rsidP="00CD61BF">
+          <w:pPr>
+            <w:spacing w:after="120"/>
+            <w:rPr>
+              <w:color w:val="0070C0"/>
+              <w:lang w:val="pl-PL"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r w:rsidRPr="00C66CD5">
+            <w:rPr>
+              <w:rStyle w:val="Tekstzastpczy"/>
+            </w:rPr>
+            <w:t>Kliknij lub naciśnij tutaj, aby wprowadzić tekst.</w:t>
+          </w:r>
+        </w:p>
+      </w:sdtContent>
+    </w:sdt>
+    <w:p w14:paraId="24113C19" w14:textId="31511389" w:rsidR="00380180" w:rsidRPr="00CD61BF" w:rsidRDefault="0079782B" w:rsidP="00CD61BF">
       <w:pPr>
-        <w:rPr>
+        <w:spacing w:before="240" w:after="120"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0079782B">
-[...26 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidRPr="00CD61BF">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
         <w:t xml:space="preserve">Planowany termin </w:t>
       </w:r>
-      <w:r w:rsidR="005A3661">
-        <w:rPr>
+      <w:r w:rsidR="005A3661" w:rsidRPr="00CD61BF">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
         <w:t>napisani</w:t>
       </w:r>
-      <w:r w:rsidR="005D51FE">
-        <w:rPr>
+      <w:r w:rsidR="005D51FE" w:rsidRPr="00CD61BF">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidRPr="0079782B">
-        <w:rPr>
+      <w:r w:rsidRPr="00CD61BF">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
         <w:t xml:space="preserve"> książki:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="443B6153" w14:textId="77777777" w:rsidR="00380180" w:rsidRPr="0079782B" w:rsidRDefault="0079782B">
+    <w:sdt>
+      <w:sdtPr>
+        <w:rPr>
+          <w:color w:val="0070C0"/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+        <w:id w:val="1711452498"/>
+        <w:placeholder>
+          <w:docPart w:val="E9C8DBA71BC649A1A94A92271E04593D"/>
+        </w:placeholder>
+        <w:showingPlcHdr/>
+      </w:sdtPr>
+      <w:sdtEndPr/>
+      <w:sdtContent>
+        <w:p w14:paraId="7F02D7D8" w14:textId="77777777" w:rsidR="00CD61BF" w:rsidRPr="00CD61BF" w:rsidRDefault="00CD61BF" w:rsidP="00CD61BF">
+          <w:pPr>
+            <w:spacing w:after="120"/>
+            <w:rPr>
+              <w:color w:val="0070C0"/>
+              <w:lang w:val="pl-PL"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r w:rsidRPr="00C66CD5">
+            <w:rPr>
+              <w:rStyle w:val="Tekstzastpczy"/>
+            </w:rPr>
+            <w:t>Kliknij lub naciśnij tutaj, aby wprowadzić tekst.</w:t>
+          </w:r>
+        </w:p>
+      </w:sdtContent>
+    </w:sdt>
+    <w:p w14:paraId="373AF560" w14:textId="1D7E795A" w:rsidR="005506D3" w:rsidRPr="00F43866" w:rsidRDefault="00F43866" w:rsidP="00CD61BF">
       <w:pPr>
-        <w:rPr>
+        <w:spacing w:before="240" w:after="120"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0079782B">
-[...3 lines deleted...]
-        <w:t>................................................................................................................</w:t>
+      <w:r w:rsidRPr="00F43866">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Opis książki </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7CD92B6A" w14:textId="018BAF23" w:rsidR="00380180" w:rsidRPr="001B1E32" w:rsidRDefault="00380180">
+    <w:sdt>
+      <w:sdtPr>
+        <w:rPr>
+          <w:color w:val="0070C0"/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+        <w:id w:val="1331959462"/>
+        <w:placeholder>
+          <w:docPart w:val="B5927A9B06D541F2BB5AC1EF2E90BE61"/>
+        </w:placeholder>
+        <w:showingPlcHdr/>
+      </w:sdtPr>
+      <w:sdtEndPr/>
+      <w:sdtContent>
+        <w:p w14:paraId="128477E7" w14:textId="77777777" w:rsidR="00CD61BF" w:rsidRPr="00CD61BF" w:rsidRDefault="00CD61BF" w:rsidP="00CD61BF">
+          <w:pPr>
+            <w:spacing w:after="120"/>
+            <w:rPr>
+              <w:color w:val="0070C0"/>
+              <w:lang w:val="pl-PL"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r w:rsidRPr="00C66CD5">
+            <w:rPr>
+              <w:rStyle w:val="Tekstzastpczy"/>
+            </w:rPr>
+            <w:t>Kliknij lub naciśnij tutaj, aby wprowadzić tekst.</w:t>
+          </w:r>
+        </w:p>
+      </w:sdtContent>
+    </w:sdt>
+    <w:p w14:paraId="2E9C0198" w14:textId="1F347AF2" w:rsidR="005506D3" w:rsidRPr="005506D3" w:rsidRDefault="005506D3" w:rsidP="00CD61BF">
       <w:pPr>
-        <w:rPr>
-[...5 lines deleted...]
-      <w:pPr>
+        <w:spacing w:before="240" w:after="120"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000049F4">
+      <w:r w:rsidRPr="005506D3">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
+        <w:t>Najważniejsze przesłanie książki lub abstrakt</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (można również dołączyć spis treści):</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005506D3">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:sdt>
+      <w:sdtPr>
+        <w:rPr>
+          <w:color w:val="0070C0"/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+        <w:id w:val="-1245794889"/>
+        <w:placeholder>
+          <w:docPart w:val="23D6E93528504C4190106DA8066BBEFB"/>
+        </w:placeholder>
+        <w:showingPlcHdr/>
+      </w:sdtPr>
+      <w:sdtEndPr/>
+      <w:sdtContent>
+        <w:p w14:paraId="4EC43710" w14:textId="77777777" w:rsidR="00CD61BF" w:rsidRPr="00CD61BF" w:rsidRDefault="00CD61BF" w:rsidP="00CD61BF">
+          <w:pPr>
+            <w:spacing w:after="120"/>
+            <w:rPr>
+              <w:color w:val="0070C0"/>
+              <w:lang w:val="pl-PL"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r w:rsidRPr="00C66CD5">
+            <w:rPr>
+              <w:rStyle w:val="Tekstzastpczy"/>
+            </w:rPr>
+            <w:t>Kliknij lub naciśnij tutaj, aby wprowadzić tekst.</w:t>
+          </w:r>
+        </w:p>
+      </w:sdtContent>
+    </w:sdt>
+    <w:p w14:paraId="7239D4DE" w14:textId="77777777" w:rsidR="00F54ABB" w:rsidRDefault="00F54ABB">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="17902D32" w14:textId="47A3CE9A" w:rsidR="00010915" w:rsidRPr="000049F4" w:rsidRDefault="0079782B" w:rsidP="00CD61BF">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="120"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000049F4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Czy publikacja jest efektem projektu badawczego</w:t>
       </w:r>
       <w:r w:rsidR="001B1E32">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00484F08">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
         <w:t>(praca doktorska, habilitacja, książka profesorska)</w:t>
       </w:r>
       <w:r w:rsidR="001B1F36" w:rsidRPr="000049F4">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="04223F96" w14:textId="146326B4" w:rsidR="00CF75A2" w:rsidRDefault="000D08FC" w:rsidP="002E071A">
+    <w:sdt>
+      <w:sdtPr>
+        <w:rPr>
+          <w:color w:val="0070C0"/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+        <w:id w:val="-1756511411"/>
+        <w:placeholder>
+          <w:docPart w:val="F30E93AA8887402891E04A70342FD8A0"/>
+        </w:placeholder>
+        <w:showingPlcHdr/>
+      </w:sdtPr>
+      <w:sdtEndPr/>
+      <w:sdtContent>
+        <w:p w14:paraId="69633EB9" w14:textId="77777777" w:rsidR="00CD61BF" w:rsidRPr="00CD61BF" w:rsidRDefault="00CD61BF" w:rsidP="00CD61BF">
+          <w:pPr>
+            <w:spacing w:after="120"/>
+            <w:rPr>
+              <w:color w:val="0070C0"/>
+              <w:lang w:val="pl-PL"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r w:rsidRPr="00C66CD5">
+            <w:rPr>
+              <w:rStyle w:val="Tekstzastpczy"/>
+            </w:rPr>
+            <w:t>Kliknij lub naciśnij tutaj, aby wprowadzić tekst.</w:t>
+          </w:r>
+        </w:p>
+      </w:sdtContent>
+    </w:sdt>
+    <w:p w14:paraId="2CBC7943" w14:textId="3AD07B9E" w:rsidR="002E071A" w:rsidRDefault="00251D1C" w:rsidP="00CD61BF">
       <w:pPr>
-        <w:rPr>
-          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        <w:spacing w:before="240" w:after="120"/>
+        <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="4F81BD" w:themeColor="accent1"/>
-[...12 lines deleted...]
-          </w14:textOutline>
+          <w:lang w:val="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+      <w:r w:rsidRPr="00251D1C">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="4F81BD" w:themeColor="accent1"/>
-[...31 lines deleted...]
-        <w:lastRenderedPageBreak/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
         <w:t>Do kogo skierowana jest książka? (proszę zaznaczyć odpowiednie i uzasadnić wybór)</w:t>
       </w:r>
       <w:r w:rsidR="000D08FC">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="40739920" w14:textId="77777777" w:rsidR="00EB1621" w:rsidRPr="009718F6" w:rsidRDefault="00251D1C" w:rsidP="002E071A">
+    <w:p w14:paraId="40739920" w14:textId="1093D845" w:rsidR="00EB1621" w:rsidRDefault="005B15D3" w:rsidP="00F54ABB">
       <w:pPr>
+        <w:spacing w:after="60"/>
         <w:rPr>
           <w:rFonts w:cstheme="majorHAnsi"/>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009718F6">
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:cstheme="majorHAnsi"/>
+            <w:lang w:val="pl-PL"/>
+          </w:rPr>
+          <w:id w:val="-2122754365"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="009153E3">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="majorHAnsi" w:hint="eastAsia"/>
+              <w:lang w:val="pl-PL"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00251D1C" w:rsidRPr="009718F6">
         <w:rPr>
           <w:rFonts w:cstheme="majorHAnsi"/>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
-        <w:t>[ ] Adwokaci / Radcowie prawni</w:t>
+        <w:t xml:space="preserve"> Adwokaci/Radcowie prawni</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4F6AE69D" w14:textId="77777777" w:rsidR="00EB1621" w:rsidRPr="009718F6" w:rsidRDefault="00251D1C" w:rsidP="00EB1621">
+    <w:sdt>
+      <w:sdtPr>
+        <w:rPr>
+          <w:color w:val="0070C0"/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+        <w:id w:val="-1712489663"/>
+        <w:placeholder>
+          <w:docPart w:val="F405C067B1664960837CD96A91E553FB"/>
+        </w:placeholder>
+        <w:showingPlcHdr/>
+      </w:sdtPr>
+      <w:sdtEndPr/>
+      <w:sdtContent>
+        <w:p w14:paraId="67139F87" w14:textId="77777777" w:rsidR="00CD61BF" w:rsidRPr="00CD61BF" w:rsidRDefault="00CD61BF" w:rsidP="00CD61BF">
+          <w:pPr>
+            <w:spacing w:after="120"/>
+            <w:rPr>
+              <w:color w:val="0070C0"/>
+              <w:lang w:val="pl-PL"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r w:rsidRPr="00C66CD5">
+            <w:rPr>
+              <w:rStyle w:val="Tekstzastpczy"/>
+            </w:rPr>
+            <w:t>Kliknij lub naciśnij tutaj, aby wprowadzić tekst.</w:t>
+          </w:r>
+        </w:p>
+      </w:sdtContent>
+    </w:sdt>
+    <w:p w14:paraId="4F6AE69D" w14:textId="334360BE" w:rsidR="00EB1621" w:rsidRDefault="005B15D3" w:rsidP="00F54ABB">
       <w:pPr>
+        <w:spacing w:after="60"/>
         <w:rPr>
           <w:rFonts w:cstheme="majorHAnsi"/>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009718F6">
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:cstheme="majorHAnsi"/>
+            <w:lang w:val="pl-PL"/>
+          </w:rPr>
+          <w:id w:val="-1059316807"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00F54ABB">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="majorHAnsi" w:hint="eastAsia"/>
+              <w:lang w:val="pl-PL"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00251D1C" w:rsidRPr="009718F6">
         <w:rPr>
           <w:rFonts w:cstheme="majorHAnsi"/>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
-        <w:t>[ ] Sędziowie / Prokuratorzy</w:t>
+        <w:t xml:space="preserve"> Sędziowie/Prokuratorzy</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C3563DC" w14:textId="77777777" w:rsidR="00EB1621" w:rsidRPr="009718F6" w:rsidRDefault="00251D1C" w:rsidP="00EB1621">
+    <w:sdt>
+      <w:sdtPr>
+        <w:rPr>
+          <w:color w:val="0070C0"/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+        <w:id w:val="-1692365349"/>
+        <w:placeholder>
+          <w:docPart w:val="4991455F272C4EFA8C668C67408F1339"/>
+        </w:placeholder>
+        <w:showingPlcHdr/>
+      </w:sdtPr>
+      <w:sdtEndPr/>
+      <w:sdtContent>
+        <w:p w14:paraId="2B928E88" w14:textId="77777777" w:rsidR="00CD61BF" w:rsidRPr="00CD61BF" w:rsidRDefault="00CD61BF" w:rsidP="00CD61BF">
+          <w:pPr>
+            <w:spacing w:after="120"/>
+            <w:rPr>
+              <w:color w:val="0070C0"/>
+              <w:lang w:val="pl-PL"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r w:rsidRPr="00C66CD5">
+            <w:rPr>
+              <w:rStyle w:val="Tekstzastpczy"/>
+            </w:rPr>
+            <w:t>Kliknij lub naciśnij tutaj, aby wprowadzić tekst.</w:t>
+          </w:r>
+        </w:p>
+      </w:sdtContent>
+    </w:sdt>
+    <w:p w14:paraId="715D678C" w14:textId="6A132622" w:rsidR="00F54ABB" w:rsidRDefault="005B15D3" w:rsidP="00F54ABB">
       <w:pPr>
+        <w:spacing w:after="60"/>
         <w:rPr>
           <w:rFonts w:cstheme="majorHAnsi"/>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009718F6">
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:cstheme="majorHAnsi"/>
+            <w:lang w:val="pl-PL"/>
+          </w:rPr>
+          <w:id w:val="1113794901"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00F54ABB">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="majorHAnsi" w:hint="eastAsia"/>
+              <w:lang w:val="pl-PL"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00251D1C" w:rsidRPr="009718F6">
         <w:rPr>
           <w:rFonts w:cstheme="majorHAnsi"/>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
-        <w:t xml:space="preserve">[ ] Notariusze </w:t>
+        <w:t xml:space="preserve"> Notarius</w:t>
+      </w:r>
+      <w:r w:rsidR="00F54ABB">
+        <w:rPr>
+          <w:rFonts w:cstheme="majorHAnsi"/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+        <w:t>ze</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="534A02AF" w14:textId="77777777" w:rsidR="00EB1621" w:rsidRPr="009718F6" w:rsidRDefault="00251D1C" w:rsidP="00EB1621">
+    <w:sdt>
+      <w:sdtPr>
+        <w:rPr>
+          <w:color w:val="0070C0"/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+        <w:id w:val="-234627955"/>
+        <w:placeholder>
+          <w:docPart w:val="AF1B7E74880F40EDB61008040327051E"/>
+        </w:placeholder>
+        <w:showingPlcHdr/>
+      </w:sdtPr>
+      <w:sdtEndPr/>
+      <w:sdtContent>
+        <w:p w14:paraId="3A3089FA" w14:textId="77777777" w:rsidR="00CD61BF" w:rsidRPr="00CD61BF" w:rsidRDefault="00CD61BF" w:rsidP="00CD61BF">
+          <w:pPr>
+            <w:spacing w:after="120"/>
+            <w:rPr>
+              <w:color w:val="0070C0"/>
+              <w:lang w:val="pl-PL"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r w:rsidRPr="00C66CD5">
+            <w:rPr>
+              <w:rStyle w:val="Tekstzastpczy"/>
+            </w:rPr>
+            <w:t>Kliknij lub naciśnij tutaj, aby wprowadzić tekst.</w:t>
+          </w:r>
+        </w:p>
+      </w:sdtContent>
+    </w:sdt>
+    <w:p w14:paraId="534A02AF" w14:textId="2857E6BF" w:rsidR="00EB1621" w:rsidRDefault="005B15D3" w:rsidP="00F54ABB">
       <w:pPr>
+        <w:spacing w:after="60"/>
         <w:rPr>
           <w:rFonts w:cstheme="majorHAnsi"/>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009718F6">
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:cstheme="majorHAnsi"/>
+            <w:lang w:val="pl-PL"/>
+          </w:rPr>
+          <w:id w:val="1752692494"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="002B211B">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="majorHAnsi" w:hint="eastAsia"/>
+              <w:lang w:val="pl-PL"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00251D1C" w:rsidRPr="009718F6">
         <w:rPr>
           <w:rFonts w:cstheme="majorHAnsi"/>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
-        <w:t>[ ] Komornicy</w:t>
+        <w:t xml:space="preserve"> Komornicy</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="206D6B2B" w14:textId="77777777" w:rsidR="00EB1621" w:rsidRPr="009718F6" w:rsidRDefault="00251D1C" w:rsidP="00EB1621">
+    <w:sdt>
+      <w:sdtPr>
+        <w:rPr>
+          <w:color w:val="0070C0"/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+        <w:id w:val="-1474759834"/>
+        <w:placeholder>
+          <w:docPart w:val="04A36992E8F846D1B2E3F94D66496266"/>
+        </w:placeholder>
+        <w:showingPlcHdr/>
+      </w:sdtPr>
+      <w:sdtEndPr/>
+      <w:sdtContent>
+        <w:p w14:paraId="7B56949F" w14:textId="77777777" w:rsidR="00CD61BF" w:rsidRPr="00CD61BF" w:rsidRDefault="00CD61BF" w:rsidP="00CD61BF">
+          <w:pPr>
+            <w:spacing w:after="120"/>
+            <w:rPr>
+              <w:color w:val="0070C0"/>
+              <w:lang w:val="pl-PL"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r w:rsidRPr="00C66CD5">
+            <w:rPr>
+              <w:rStyle w:val="Tekstzastpczy"/>
+            </w:rPr>
+            <w:t>Kliknij lub naciśnij tutaj, aby wprowadzić tekst.</w:t>
+          </w:r>
+        </w:p>
+      </w:sdtContent>
+    </w:sdt>
+    <w:p w14:paraId="206D6B2B" w14:textId="46199E63" w:rsidR="00EB1621" w:rsidRDefault="005B15D3" w:rsidP="00F54ABB">
       <w:pPr>
+        <w:spacing w:after="60"/>
         <w:rPr>
           <w:rFonts w:cstheme="majorHAnsi"/>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009718F6">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="009718F6">
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:cstheme="majorHAnsi"/>
+            <w:lang w:val="pl-PL"/>
+          </w:rPr>
+          <w:id w:val="-647981885"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="002B211B">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="majorHAnsi" w:hint="eastAsia"/>
+              <w:lang w:val="pl-PL"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00251D1C" w:rsidRPr="009718F6">
         <w:rPr>
           <w:rFonts w:cstheme="majorHAnsi"/>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
-        <w:t>] Aplikanci (nazwa izby, w której autor/redaktor naukowy jest wykładowcą, przedmiot, rok aplikacji)</w:t>
+        <w:t xml:space="preserve"> Aplikanci (nazwa izby, w której autor/redaktor naukowy jest wykładowcą, przedmiot, rok aplikacji)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4287425C" w14:textId="3FD1EFD3" w:rsidR="00EB1621" w:rsidRPr="009718F6" w:rsidRDefault="00251D1C" w:rsidP="00EB1621">
+    <w:sdt>
+      <w:sdtPr>
+        <w:rPr>
+          <w:color w:val="0070C0"/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+        <w:id w:val="1946813229"/>
+        <w:placeholder>
+          <w:docPart w:val="2652685DAC274CCDAE9BA4FD1FEAEFFC"/>
+        </w:placeholder>
+        <w:showingPlcHdr/>
+      </w:sdtPr>
+      <w:sdtEndPr/>
+      <w:sdtContent>
+        <w:p w14:paraId="0F8A2112" w14:textId="77777777" w:rsidR="00CD61BF" w:rsidRPr="00CD61BF" w:rsidRDefault="00CD61BF" w:rsidP="00CD61BF">
+          <w:pPr>
+            <w:spacing w:after="120"/>
+            <w:rPr>
+              <w:color w:val="0070C0"/>
+              <w:lang w:val="pl-PL"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r w:rsidRPr="00C66CD5">
+            <w:rPr>
+              <w:rStyle w:val="Tekstzastpczy"/>
+            </w:rPr>
+            <w:t>Kliknij lub naciśnij tutaj, aby wprowadzić tekst.</w:t>
+          </w:r>
+        </w:p>
+      </w:sdtContent>
+    </w:sdt>
+    <w:p w14:paraId="4287425C" w14:textId="41B8A3AB" w:rsidR="00EB1621" w:rsidRDefault="005B15D3" w:rsidP="00F54ABB">
       <w:pPr>
+        <w:spacing w:after="60"/>
         <w:rPr>
           <w:rFonts w:cstheme="majorHAnsi"/>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009718F6">
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:cstheme="majorHAnsi"/>
+            <w:lang w:val="pl-PL"/>
+          </w:rPr>
+          <w:id w:val="-490566694"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00F54ABB">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="majorHAnsi" w:hint="eastAsia"/>
+              <w:lang w:val="pl-PL"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00251D1C" w:rsidRPr="009718F6">
         <w:rPr>
           <w:rFonts w:cstheme="majorHAnsi"/>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
-        <w:t>[ ] Pracownicy naukowi</w:t>
+        <w:t xml:space="preserve"> Pracownicy naukowi</w:t>
       </w:r>
       <w:r w:rsidR="00D3743D">
         <w:rPr>
           <w:rFonts w:cstheme="majorHAnsi"/>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
         <w:t xml:space="preserve"> (kierunki/nazwy uczelni)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="01921336" w14:textId="0ED36F08" w:rsidR="000E479A" w:rsidRPr="009718F6" w:rsidRDefault="00251D1C" w:rsidP="00EB1621">
+    <w:sdt>
+      <w:sdtPr>
+        <w:rPr>
+          <w:color w:val="0070C0"/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+        <w:id w:val="1957832810"/>
+        <w:placeholder>
+          <w:docPart w:val="E9CDD32B7EC54098B02C493E054DD559"/>
+        </w:placeholder>
+        <w:showingPlcHdr/>
+      </w:sdtPr>
+      <w:sdtEndPr/>
+      <w:sdtContent>
+        <w:p w14:paraId="5FE630A3" w14:textId="77777777" w:rsidR="00CD61BF" w:rsidRPr="00CD61BF" w:rsidRDefault="00CD61BF" w:rsidP="00CD61BF">
+          <w:pPr>
+            <w:spacing w:after="120"/>
+            <w:rPr>
+              <w:color w:val="0070C0"/>
+              <w:lang w:val="pl-PL"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r w:rsidRPr="00C66CD5">
+            <w:rPr>
+              <w:rStyle w:val="Tekstzastpczy"/>
+            </w:rPr>
+            <w:t>Kliknij lub naciśnij tutaj, aby wprowadzić tekst.</w:t>
+          </w:r>
+        </w:p>
+      </w:sdtContent>
+    </w:sdt>
+    <w:p w14:paraId="01921336" w14:textId="38798197" w:rsidR="000E479A" w:rsidRDefault="005B15D3" w:rsidP="00F54ABB">
       <w:pPr>
+        <w:spacing w:after="60"/>
         <w:rPr>
           <w:rFonts w:cstheme="majorHAnsi"/>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009718F6">
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:cstheme="majorHAnsi"/>
+            <w:lang w:val="pl-PL"/>
+          </w:rPr>
+          <w:id w:val="-2005739860"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00F54ABB">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="majorHAnsi" w:hint="eastAsia"/>
+              <w:lang w:val="pl-PL"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00251D1C" w:rsidRPr="009718F6">
         <w:rPr>
           <w:rFonts w:cstheme="majorHAnsi"/>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
-        <w:t>[ ] Studenci (nazwy uczelni, kierunek(-ki), rok studiów, czy książka będzie funkcjonowała jako podręcznik podstawowy/literatura uzupełniająca</w:t>
+        <w:t xml:space="preserve"> Studenci (nazwy uczelni, kierunek(-ki), rok studiów, czy książka będzie funkcjonowała jako podręcznik podstawowy/literatura uzupełniająca</w:t>
       </w:r>
       <w:r w:rsidR="00A22750">
         <w:rPr>
           <w:rFonts w:cstheme="majorHAnsi"/>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
         <w:t>, rodzaj wykładu, orientacyjna licz</w:t>
       </w:r>
       <w:r w:rsidR="00B93AA2">
         <w:rPr>
           <w:rFonts w:cstheme="majorHAnsi"/>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
         <w:t>b</w:t>
       </w:r>
       <w:r w:rsidR="00A22750">
         <w:rPr>
           <w:rFonts w:cstheme="majorHAnsi"/>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
         <w:t>a studentów</w:t>
       </w:r>
-      <w:r w:rsidRPr="009718F6">
+      <w:r w:rsidR="00251D1C" w:rsidRPr="009718F6">
         <w:rPr>
           <w:rFonts w:cstheme="majorHAnsi"/>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
         <w:t>),</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="384578B2" w14:textId="77777777" w:rsidR="000E479A" w:rsidRPr="009718F6" w:rsidRDefault="00251D1C" w:rsidP="000E479A">
+    <w:sdt>
+      <w:sdtPr>
+        <w:rPr>
+          <w:color w:val="0070C0"/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+        <w:id w:val="1653561664"/>
+        <w:placeholder>
+          <w:docPart w:val="364DD87D751B4657B1DAA96C6DC822F5"/>
+        </w:placeholder>
+        <w:showingPlcHdr/>
+      </w:sdtPr>
+      <w:sdtEndPr/>
+      <w:sdtContent>
+        <w:p w14:paraId="1B2FBC1E" w14:textId="77777777" w:rsidR="00CD61BF" w:rsidRPr="00CD61BF" w:rsidRDefault="00CD61BF" w:rsidP="00CD61BF">
+          <w:pPr>
+            <w:spacing w:after="120"/>
+            <w:rPr>
+              <w:color w:val="0070C0"/>
+              <w:lang w:val="pl-PL"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r w:rsidRPr="00C66CD5">
+            <w:rPr>
+              <w:rStyle w:val="Tekstzastpczy"/>
+            </w:rPr>
+            <w:t>Kliknij lub naciśnij tutaj, aby wprowadzić tekst.</w:t>
+          </w:r>
+        </w:p>
+      </w:sdtContent>
+    </w:sdt>
+    <w:p w14:paraId="384578B2" w14:textId="01EA65F5" w:rsidR="000E479A" w:rsidRDefault="005B15D3" w:rsidP="00F54ABB">
       <w:pPr>
+        <w:spacing w:after="60"/>
         <w:rPr>
           <w:rFonts w:cstheme="majorHAnsi"/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:cstheme="majorHAnsi"/>
+            <w:lang w:val="pl-PL"/>
+          </w:rPr>
+          <w:id w:val="-877083598"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00F54ABB">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="majorHAnsi" w:hint="eastAsia"/>
+              <w:lang w:val="pl-PL"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00251D1C" w:rsidRPr="009718F6">
+        <w:rPr>
+          <w:rFonts w:cstheme="majorHAnsi"/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Pracownicy administracji (rządowej/samorządowej)</w:t>
+      </w:r>
+    </w:p>
+    <w:sdt>
+      <w:sdtPr>
+        <w:rPr>
+          <w:color w:val="0070C0"/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+        <w:id w:val="2007549532"/>
+        <w:placeholder>
+          <w:docPart w:val="B92C4861504342AA8FE22C5B7FBC7E32"/>
+        </w:placeholder>
+        <w:showingPlcHdr/>
+      </w:sdtPr>
+      <w:sdtEndPr/>
+      <w:sdtContent>
+        <w:p w14:paraId="1474808A" w14:textId="77777777" w:rsidR="00CD61BF" w:rsidRPr="00CD61BF" w:rsidRDefault="00CD61BF" w:rsidP="00CD61BF">
+          <w:pPr>
+            <w:spacing w:after="120"/>
+            <w:rPr>
+              <w:color w:val="0070C0"/>
+              <w:lang w:val="pl-PL"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r w:rsidRPr="00C66CD5">
+            <w:rPr>
+              <w:rStyle w:val="Tekstzastpczy"/>
+            </w:rPr>
+            <w:t>Kliknij lub naciśnij tutaj, aby wprowadzić tekst.</w:t>
+          </w:r>
+        </w:p>
+      </w:sdtContent>
+    </w:sdt>
+    <w:p w14:paraId="03CDB971" w14:textId="3AB0EC20" w:rsidR="000E479A" w:rsidRDefault="005B15D3" w:rsidP="00F54ABB">
+      <w:pPr>
+        <w:spacing w:after="60"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="majorHAnsi"/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:cstheme="majorHAnsi"/>
+            <w:lang w:val="pl-PL"/>
+          </w:rPr>
+          <w:id w:val="1868168432"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00F54ABB">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="majorHAnsi" w:hint="eastAsia"/>
+              <w:lang w:val="pl-PL"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00251D1C" w:rsidRPr="009718F6">
+        <w:rPr>
+          <w:rFonts w:cstheme="majorHAnsi"/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ekonomiści/Księgowi</w:t>
+      </w:r>
+    </w:p>
+    <w:sdt>
+      <w:sdtPr>
+        <w:rPr>
+          <w:color w:val="0070C0"/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+        <w:id w:val="-1556232927"/>
+        <w:placeholder>
+          <w:docPart w:val="7A9F1BBB1D68445495BCABBABA74F70C"/>
+        </w:placeholder>
+        <w:showingPlcHdr/>
+      </w:sdtPr>
+      <w:sdtEndPr/>
+      <w:sdtContent>
+        <w:p w14:paraId="6C7483A2" w14:textId="77777777" w:rsidR="00CD61BF" w:rsidRPr="00CD61BF" w:rsidRDefault="00CD61BF" w:rsidP="00CD61BF">
+          <w:pPr>
+            <w:spacing w:after="120"/>
+            <w:rPr>
+              <w:color w:val="0070C0"/>
+              <w:lang w:val="pl-PL"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r w:rsidRPr="00C66CD5">
+            <w:rPr>
+              <w:rStyle w:val="Tekstzastpczy"/>
+            </w:rPr>
+            <w:t>Kliknij lub naciśnij tutaj, aby wprowadzić tekst.</w:t>
+          </w:r>
+        </w:p>
+      </w:sdtContent>
+    </w:sdt>
+    <w:p w14:paraId="29D4D939" w14:textId="5E72EAAE" w:rsidR="000E479A" w:rsidRDefault="005B15D3" w:rsidP="00F54ABB">
+      <w:pPr>
+        <w:spacing w:after="60"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="majorHAnsi"/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:cstheme="majorHAnsi"/>
+            <w:lang w:val="pl-PL"/>
+          </w:rPr>
+          <w:id w:val="-1162540378"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00F54ABB">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="majorHAnsi" w:hint="eastAsia"/>
+              <w:lang w:val="pl-PL"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00251D1C" w:rsidRPr="009718F6">
+        <w:rPr>
+          <w:rFonts w:cstheme="majorHAnsi"/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Menedżerowie</w:t>
+      </w:r>
+    </w:p>
+    <w:sdt>
+      <w:sdtPr>
+        <w:rPr>
+          <w:color w:val="0070C0"/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+        <w:id w:val="763890462"/>
+        <w:placeholder>
+          <w:docPart w:val="A152C8C41B254D0885422ED5127C8F6C"/>
+        </w:placeholder>
+        <w:showingPlcHdr/>
+      </w:sdtPr>
+      <w:sdtEndPr/>
+      <w:sdtContent>
+        <w:p w14:paraId="6919D186" w14:textId="77777777" w:rsidR="00CD61BF" w:rsidRPr="00CD61BF" w:rsidRDefault="00CD61BF" w:rsidP="00CD61BF">
+          <w:pPr>
+            <w:spacing w:after="120"/>
+            <w:rPr>
+              <w:color w:val="0070C0"/>
+              <w:lang w:val="pl-PL"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r w:rsidRPr="00C66CD5">
+            <w:rPr>
+              <w:rStyle w:val="Tekstzastpczy"/>
+            </w:rPr>
+            <w:t>Kliknij lub naciśnij tutaj, aby wprowadzić tekst.</w:t>
+          </w:r>
+        </w:p>
+      </w:sdtContent>
+    </w:sdt>
+    <w:p w14:paraId="43D4B085" w14:textId="5184B3BC" w:rsidR="00DC04CB" w:rsidRPr="009718F6" w:rsidRDefault="005B15D3" w:rsidP="00F54ABB">
+      <w:pPr>
+        <w:spacing w:after="60"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="majorHAnsi"/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:cstheme="majorHAnsi"/>
+            <w:lang w:val="pl-PL"/>
+          </w:rPr>
+          <w:id w:val="828410474"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00F54ABB">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="majorHAnsi" w:hint="eastAsia"/>
+              <w:lang w:val="pl-PL"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00251D1C" w:rsidRPr="009718F6">
+        <w:rPr>
+          <w:rFonts w:cstheme="majorHAnsi"/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Inne:</w:t>
+      </w:r>
+      <w:r w:rsidR="00DC04CB">
+        <w:rPr>
+          <w:rFonts w:cstheme="majorHAnsi"/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D44EA29" w14:textId="77777777" w:rsidR="00F54ABB" w:rsidRDefault="00251D1C" w:rsidP="00CD61BF">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="120"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009718F6">
         <w:rPr>
-          <w:rFonts w:cstheme="majorHAnsi"/>
-[...2 lines deleted...]
-        <w:t>[ ] Pracownicy administracji (rządowej/samorządowej)</w:t>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+        <w:t>W jaki sposób książka będzie pomocna dla wskazanej grupy?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="03CDB971" w14:textId="77777777" w:rsidR="000E479A" w:rsidRPr="009718F6" w:rsidRDefault="00251D1C" w:rsidP="000E479A">
+    <w:sdt>
+      <w:sdtPr>
+        <w:rPr>
+          <w:color w:val="0070C0"/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+        <w:id w:val="-2120519540"/>
+        <w:placeholder>
+          <w:docPart w:val="87E0324457DE4F00AA048F34C82B82EE"/>
+        </w:placeholder>
+        <w:showingPlcHdr/>
+      </w:sdtPr>
+      <w:sdtEndPr/>
+      <w:sdtContent>
+        <w:p w14:paraId="085BDFEB" w14:textId="77777777" w:rsidR="00CD61BF" w:rsidRPr="00CD61BF" w:rsidRDefault="00CD61BF" w:rsidP="00CD61BF">
+          <w:pPr>
+            <w:spacing w:after="120"/>
+            <w:rPr>
+              <w:color w:val="0070C0"/>
+              <w:lang w:val="pl-PL"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r w:rsidRPr="00C66CD5">
+            <w:rPr>
+              <w:rStyle w:val="Tekstzastpczy"/>
+            </w:rPr>
+            <w:t>Kliknij lub naciśnij tutaj, aby wprowadzić tekst.</w:t>
+          </w:r>
+        </w:p>
+      </w:sdtContent>
+    </w:sdt>
+    <w:p w14:paraId="1D1EA68D" w14:textId="77777777" w:rsidR="00F54ABB" w:rsidRDefault="00F54ABB">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:cstheme="majorHAnsi"/>
-[...49 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
           <w:b/>
-          <w:bCs/>
-[...25 lines deleted...]
-          <w:bCs w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
           <w:lang w:val="pl-PL"/>
           <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
             <w14:schemeClr w14:val="dk1">
               <w14:alpha w14:val="60000"/>
             </w14:schemeClr>
           </w14:shadow>
           <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
             <w14:noFill/>
             <w14:prstDash w14:val="solid"/>
             <w14:round/>
           </w14:textOutline>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00687D22">
-[...1 lines deleted...]
-          <w:bCs w:val="0"/>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="pl-PL"/>
           <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
             <w14:schemeClr w14:val="dk1">
               <w14:alpha w14:val="60000"/>
             </w14:schemeClr>
           </w14:shadow>
           <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
             <w14:noFill/>
             <w14:prstDash w14:val="solid"/>
             <w14:round/>
           </w14:textOutline>
         </w:rPr>
-        <w:t>Otwarty dostęp (Open Access)</w:t>
+        <w:br w:type="page"/>
       </w:r>
-      <w:r w:rsidR="0011544E" w:rsidRPr="00687D22">
+    </w:p>
+    <w:p w14:paraId="76FD347B" w14:textId="3BE00B4F" w:rsidR="00380180" w:rsidRPr="00687D22" w:rsidRDefault="0079782B">
+      <w:pPr>
+        <w:pStyle w:val="Nagwek2"/>
         <w:rPr>
           <w:bCs w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="pl-PL"/>
           <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
             <w14:schemeClr w14:val="dk1">
               <w14:alpha w14:val="60000"/>
             </w14:schemeClr>
           </w14:shadow>
           <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
             <w14:noFill/>
             <w14:prstDash w14:val="solid"/>
             <w14:round/>
           </w14:textOutline>
         </w:rPr>
-        <w:t>, jeśli dotyczy</w:t>
-[...6 lines deleted...]
-        </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0011544E">
-[...274 lines deleted...]
-        <w:pStyle w:val="Nagwek2"/>
+      <w:r w:rsidRPr="00687D22">
         <w:rPr>
           <w:bCs w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="pl-PL"/>
           <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
             <w14:schemeClr w14:val="dk1">
               <w14:alpha w14:val="60000"/>
             </w14:schemeClr>
           </w14:shadow>
           <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
             <w14:noFill/>
             <w14:prstDash w14:val="solid"/>
             <w14:round/>
           </w14:textOutline>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00A5538C">
+        <w:lastRenderedPageBreak/>
+        <w:t>Otwarty dostęp (Open Access)</w:t>
+      </w:r>
+      <w:r w:rsidR="0011544E" w:rsidRPr="00687D22">
         <w:rPr>
           <w:bCs w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="pl-PL"/>
           <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
             <w14:schemeClr w14:val="dk1">
               <w14:alpha w14:val="60000"/>
             </w14:schemeClr>
           </w14:shadow>
           <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
             <w14:noFill/>
             <w14:prstDash w14:val="solid"/>
             <w14:round/>
           </w14:textOutline>
         </w:rPr>
-        <w:t>Sztuczna inteligencja</w:t>
+        <w:t>, jeśli dotyczy</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="65058AF5" w14:textId="77777777" w:rsidR="00380180" w:rsidRPr="0079782B" w:rsidRDefault="0079782B">
+    <w:p w14:paraId="1AA18F1F" w14:textId="6C605DB7" w:rsidR="0011544E" w:rsidRPr="0011544E" w:rsidRDefault="0011544E" w:rsidP="0011544E">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0079782B">
-[...3 lines deleted...]
-        <w:t>Czy przy pisaniu wykorzystano sztuczną inteligencję? [ ] Tak [ ] Nie</w:t>
+      <w:r w:rsidRPr="0011544E">
+        <w:rPr>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+        <w:t>Uprzejmie prosimy o zapoznanie się z polityką open access zamieszczoną na stronie https://www.wolterskluwer.com/pl-pl/solutions/informacje/dla-autorow/zasady-publikowania-w-otwartym-dostepie-open-access.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="20B0B40B" w14:textId="77777777" w:rsidR="00380180" w:rsidRPr="0079782B" w:rsidRDefault="0079782B">
+    <w:p w14:paraId="2D31D28D" w14:textId="37D81138" w:rsidR="0079782B" w:rsidRPr="00CD61BF" w:rsidRDefault="0079782B" w:rsidP="00CD61BF">
       <w:pPr>
-        <w:rPr>
+        <w:spacing w:before="240" w:after="120"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0079782B">
-[...3 lines deleted...]
-        <w:t>Jeśli tak, proszę opisać zakres i sposób oznaczenia w tekście:</w:t>
+      <w:r w:rsidRPr="00CD61BF">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+        <w:t>Czy autor jest zainteresowany publikacją w modelu Open Access (za opłatą</w:t>
+      </w:r>
+      <w:r w:rsidR="00F83234" w:rsidRPr="00CD61BF">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ustalaną indywidualnie na </w:t>
+      </w:r>
+      <w:r w:rsidR="000641E1" w:rsidRPr="00CD61BF">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+        <w:t>podstawie umowy na opublikowanie utworu w otwartym dostępie</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD61BF">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+        <w:t>)?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="35F7D813" w14:textId="77777777" w:rsidR="00380180" w:rsidRPr="0079782B" w:rsidRDefault="0079782B">
+    <w:p w14:paraId="6AD35B0D" w14:textId="36B7F7FC" w:rsidR="00380180" w:rsidRPr="0079782B" w:rsidRDefault="005B15D3" w:rsidP="00F54ABB">
       <w:pPr>
+        <w:spacing w:after="120"/>
         <w:rPr>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0079782B">
-[...3 lines deleted...]
-        <w:t>................................................................................................................</w:t>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:cstheme="majorHAnsi"/>
+            <w:lang w:val="pl-PL"/>
+          </w:rPr>
+          <w:id w:val="1882749427"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00F54ABB">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="majorHAnsi" w:hint="eastAsia"/>
+              <w:lang w:val="pl-PL"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="0079782B" w:rsidRPr="0079782B">
+        <w:rPr>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Tak </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:cstheme="majorHAnsi"/>
+            <w:lang w:val="pl-PL"/>
+          </w:rPr>
+          <w:id w:val="-1644422071"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00F54ABB">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="majorHAnsi" w:hint="eastAsia"/>
+              <w:lang w:val="pl-PL"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="0079782B" w:rsidRPr="0079782B">
+        <w:rPr>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Nie</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="00290EB9" w14:textId="0E796304" w:rsidR="00380180" w:rsidRPr="00687D22" w:rsidRDefault="0079782B">
+    <w:sdt>
+      <w:sdtPr>
+        <w:rPr>
+          <w:color w:val="0070C0"/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+        <w:id w:val="2017884491"/>
+        <w:placeholder>
+          <w:docPart w:val="58F11AE9B3894735A7CC21FCCD430964"/>
+        </w:placeholder>
+        <w:showingPlcHdr/>
+      </w:sdtPr>
+      <w:sdtEndPr/>
+      <w:sdtContent>
+        <w:p w14:paraId="4E95A838" w14:textId="77777777" w:rsidR="00CD61BF" w:rsidRPr="00CD61BF" w:rsidRDefault="00CD61BF" w:rsidP="00CD61BF">
+          <w:pPr>
+            <w:spacing w:after="120"/>
+            <w:rPr>
+              <w:color w:val="0070C0"/>
+              <w:lang w:val="pl-PL"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r w:rsidRPr="00C66CD5">
+            <w:rPr>
+              <w:rStyle w:val="Tekstzastpczy"/>
+            </w:rPr>
+            <w:t>Kliknij lub naciśnij tutaj, aby wprowadzić tekst.</w:t>
+          </w:r>
+        </w:p>
+      </w:sdtContent>
+    </w:sdt>
+    <w:p w14:paraId="18A7855B" w14:textId="396FAD56" w:rsidR="007F2AAF" w:rsidRPr="00CD61BF" w:rsidRDefault="0079782B" w:rsidP="00CD61BF">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="120"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CD61BF">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+        <w:t>Preferowany model Open Access:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="042A9381" w14:textId="4AF5C995" w:rsidR="007F2AAF" w:rsidRDefault="005B15D3">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:cstheme="majorHAnsi"/>
+            <w:lang w:val="pl-PL"/>
+          </w:rPr>
+          <w:id w:val="237912677"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00F54ABB">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="majorHAnsi" w:hint="eastAsia"/>
+              <w:lang w:val="pl-PL"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="0079782B" w:rsidRPr="0079782B">
+        <w:rPr>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Złota droga</w:t>
+      </w:r>
+      <w:r w:rsidR="007F2AAF" w:rsidRPr="007F2AAF">
+        <w:rPr>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+        <w:t>(otwarty dostęp do publikacji na stronie wydawnictwa)</w:t>
+      </w:r>
+    </w:p>
+    <w:sdt>
+      <w:sdtPr>
+        <w:rPr>
+          <w:color w:val="0070C0"/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+        <w:id w:val="-1945297627"/>
+        <w:placeholder>
+          <w:docPart w:val="227568BB9038411DB63C284DA59896E2"/>
+        </w:placeholder>
+        <w:showingPlcHdr/>
+      </w:sdtPr>
+      <w:sdtEndPr/>
+      <w:sdtContent>
+        <w:p w14:paraId="33BE103D" w14:textId="77777777" w:rsidR="00CD61BF" w:rsidRPr="00CD61BF" w:rsidRDefault="00CD61BF" w:rsidP="00CD61BF">
+          <w:pPr>
+            <w:spacing w:after="120"/>
+            <w:rPr>
+              <w:color w:val="0070C0"/>
+              <w:lang w:val="pl-PL"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r w:rsidRPr="00C66CD5">
+            <w:rPr>
+              <w:rStyle w:val="Tekstzastpczy"/>
+            </w:rPr>
+            <w:t>Kliknij lub naciśnij tutaj, aby wprowadzić tekst.</w:t>
+          </w:r>
+        </w:p>
+      </w:sdtContent>
+    </w:sdt>
+    <w:p w14:paraId="07538CB5" w14:textId="559B2A5E" w:rsidR="003B7D57" w:rsidRDefault="005B15D3">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:cstheme="majorHAnsi"/>
+            <w:lang w:val="pl-PL"/>
+          </w:rPr>
+          <w:id w:val="924844016"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00F54ABB">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="majorHAnsi" w:hint="eastAsia"/>
+              <w:lang w:val="pl-PL"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="0079782B" w:rsidRPr="0079782B">
+        <w:rPr>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Zielona droga</w:t>
+      </w:r>
+      <w:r w:rsidR="00146A45" w:rsidRPr="00146A45">
+        <w:rPr>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00146A45">
+        <w:rPr>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00146A45" w:rsidRPr="00146A45">
+        <w:rPr>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+        <w:t>otwarty dostęp do publikacji na stronie wydawnictwa oraz w zasobach wskazanych przez Autorkę/Autora)</w:t>
+      </w:r>
+    </w:p>
+    <w:sdt>
+      <w:sdtPr>
+        <w:rPr>
+          <w:color w:val="0070C0"/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+        <w:id w:val="74798463"/>
+        <w:placeholder>
+          <w:docPart w:val="435BB061DDAB448D9B58F4F0A9B23FEC"/>
+        </w:placeholder>
+        <w:showingPlcHdr/>
+      </w:sdtPr>
+      <w:sdtEndPr/>
+      <w:sdtContent>
+        <w:p w14:paraId="18734BA7" w14:textId="77777777" w:rsidR="00CD61BF" w:rsidRPr="00CD61BF" w:rsidRDefault="00CD61BF" w:rsidP="00CD61BF">
+          <w:pPr>
+            <w:spacing w:after="120"/>
+            <w:rPr>
+              <w:color w:val="0070C0"/>
+              <w:lang w:val="pl-PL"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r w:rsidRPr="00C66CD5">
+            <w:rPr>
+              <w:rStyle w:val="Tekstzastpczy"/>
+            </w:rPr>
+            <w:t>Kliknij lub naciśnij tutaj, aby wprowadzić tekst.</w:t>
+          </w:r>
+        </w:p>
+      </w:sdtContent>
+    </w:sdt>
+    <w:p w14:paraId="33D66C49" w14:textId="06CA2A6D" w:rsidR="00380180" w:rsidRPr="00CD61BF" w:rsidRDefault="0079782B" w:rsidP="00CD61BF">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="120"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CD61BF">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+        <w:t>Preferowana licencja Creative Commons:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4EEBC508" w14:textId="77777777" w:rsidR="00AB616C" w:rsidRPr="00AB616C" w:rsidRDefault="00AB616C" w:rsidP="00DC04CB">
+      <w:pPr>
+        <w:ind w:left="426" w:hanging="284"/>
+        <w:rPr>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AB616C">
+        <w:rPr>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+        <w:t>a)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB616C">
+        <w:rPr>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Licencja preferowana przez wydawnictwo to CC BY-NC-ND 4.0</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C680AF2" w14:textId="62471F03" w:rsidR="00DC04CB" w:rsidRDefault="00AB616C" w:rsidP="00DC04CB">
+      <w:pPr>
+        <w:ind w:left="426" w:hanging="284"/>
+        <w:rPr>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AB616C">
+        <w:rPr>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+        <w:t>b)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB616C">
+        <w:rPr>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">W innym wypadku prosimy o podanie typu licencji Creative Commons preferowanej przez </w:t>
+      </w:r>
+      <w:r w:rsidR="003B7D57">
+        <w:rPr>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB616C">
+        <w:rPr>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+        <w:t>utor</w:t>
+      </w:r>
+      <w:r w:rsidR="003B7D57">
+        <w:rPr>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+        <w:t>kę/Autora</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB616C">
+        <w:rPr>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> wraz z uzasadnieniem</w:t>
+      </w:r>
+      <w:r w:rsidR="00DC04CB">
+        <w:rPr>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:sdt>
+      <w:sdtPr>
+        <w:rPr>
+          <w:color w:val="0070C0"/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+        <w:id w:val="10964568"/>
+        <w:placeholder>
+          <w:docPart w:val="0372B5FE7790449095D2D234A52958D0"/>
+        </w:placeholder>
+        <w:showingPlcHdr/>
+      </w:sdtPr>
+      <w:sdtEndPr/>
+      <w:sdtContent>
+        <w:p w14:paraId="6FEC8E7E" w14:textId="77777777" w:rsidR="00CD61BF" w:rsidRPr="00CD61BF" w:rsidRDefault="00CD61BF" w:rsidP="00CD61BF">
+          <w:pPr>
+            <w:spacing w:after="120"/>
+            <w:rPr>
+              <w:color w:val="0070C0"/>
+              <w:lang w:val="pl-PL"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r w:rsidRPr="00C66CD5">
+            <w:rPr>
+              <w:rStyle w:val="Tekstzastpczy"/>
+            </w:rPr>
+            <w:t>Kliknij lub naciśnij tutaj, aby wprowadzić tekst.</w:t>
+          </w:r>
+        </w:p>
+      </w:sdtContent>
+    </w:sdt>
+    <w:p w14:paraId="0CC10C67" w14:textId="00AD8BED" w:rsidR="00380180" w:rsidRPr="00A5538C" w:rsidRDefault="0079782B">
       <w:pPr>
         <w:pStyle w:val="Nagwek2"/>
         <w:rPr>
+          <w:bCs w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="pl-PL"/>
           <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
             <w14:schemeClr w14:val="dk1">
               <w14:alpha w14:val="60000"/>
             </w14:schemeClr>
           </w14:shadow>
           <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
             <w14:noFill/>
             <w14:prstDash w14:val="solid"/>
             <w14:round/>
           </w14:textOutline>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00687D22">
-        <w:rPr>
+      <w:r w:rsidRPr="00A5538C">
+        <w:rPr>
+          <w:bCs w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="pl-PL"/>
           <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
             <w14:schemeClr w14:val="dk1">
               <w14:alpha w14:val="60000"/>
             </w14:schemeClr>
           </w14:shadow>
           <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
             <w14:noFill/>
             <w14:prstDash w14:val="solid"/>
             <w14:round/>
           </w14:textOutline>
         </w:rPr>
-        <w:t>Konkurencja</w:t>
+        <w:t>Sztuczna inteligencja</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42267D10" w14:textId="77777777" w:rsidR="00380180" w:rsidRPr="0079782B" w:rsidRDefault="0079782B">
+    <w:p w14:paraId="4F6F330B" w14:textId="77777777" w:rsidR="00CD61BF" w:rsidRDefault="0079782B">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0079782B">
-[...3 lines deleted...]
-        <w:t>Czy na rynku istnieją konkurencyjne publikacje?</w:t>
+      <w:r w:rsidRPr="00CD61BF">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+        <w:t>Czy przy pisaniu wykorzystano sztuczną inteligencję?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5998AEF2" w14:textId="77777777" w:rsidR="00380180" w:rsidRPr="0079782B" w:rsidRDefault="0079782B">
+    <w:p w14:paraId="65058AF5" w14:textId="5F94F590" w:rsidR="00380180" w:rsidRPr="0079782B" w:rsidRDefault="005B15D3">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0079782B">
-[...3 lines deleted...]
-        <w:t>Proszę podać autorów, tytuły, wydawnictwa, rok wydania oraz cechy wyróżniające własną książkę:</w:t>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:cstheme="majorHAnsi"/>
+            <w:lang w:val="pl-PL"/>
+          </w:rPr>
+          <w:id w:val="484748998"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="002B211B">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="majorHAnsi" w:hint="eastAsia"/>
+              <w:lang w:val="pl-PL"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="0079782B" w:rsidRPr="0079782B">
+        <w:rPr>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Tak </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:cstheme="majorHAnsi"/>
+            <w:lang w:val="pl-PL"/>
+          </w:rPr>
+          <w:id w:val="-1100956315"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00F54ABB">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="majorHAnsi" w:hint="eastAsia"/>
+              <w:lang w:val="pl-PL"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="0079782B" w:rsidRPr="0079782B">
+        <w:rPr>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Nie</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="517C63DD" w14:textId="77777777" w:rsidR="00380180" w:rsidRPr="0079782B" w:rsidRDefault="0079782B">
+    <w:p w14:paraId="20B0B40B" w14:textId="77777777" w:rsidR="00380180" w:rsidRPr="00CD61BF" w:rsidRDefault="0079782B" w:rsidP="00CD61BF">
       <w:pPr>
-        <w:rPr>
+        <w:spacing w:before="240" w:after="120"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0079782B">
-[...3 lines deleted...]
-        <w:t>................................................................................................................</w:t>
+      <w:r w:rsidRPr="00CD61BF">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+        <w:t>Jeśli tak, proszę opisać zakres i sposób oznaczenia w tekście:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2C0FE8FB" w14:textId="6E9205E3" w:rsidR="00380180" w:rsidRPr="00687D22" w:rsidRDefault="0079782B">
+    <w:sdt>
+      <w:sdtPr>
+        <w:rPr>
+          <w:color w:val="0070C0"/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+        <w:id w:val="-715355278"/>
+        <w:placeholder>
+          <w:docPart w:val="8DDEB6A8E2E84B4D83ABD3871928CA91"/>
+        </w:placeholder>
+        <w:showingPlcHdr/>
+      </w:sdtPr>
+      <w:sdtEndPr/>
+      <w:sdtContent>
+        <w:p w14:paraId="7282E5FA" w14:textId="77777777" w:rsidR="00CD61BF" w:rsidRPr="00CD61BF" w:rsidRDefault="00CD61BF" w:rsidP="00CD61BF">
+          <w:pPr>
+            <w:spacing w:after="120"/>
+            <w:rPr>
+              <w:color w:val="0070C0"/>
+              <w:lang w:val="pl-PL"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r w:rsidRPr="00C66CD5">
+            <w:rPr>
+              <w:rStyle w:val="Tekstzastpczy"/>
+            </w:rPr>
+            <w:t>Kliknij lub naciśnij tutaj, aby wprowadzić tekst.</w:t>
+          </w:r>
+        </w:p>
+      </w:sdtContent>
+    </w:sdt>
+    <w:p w14:paraId="00290EB9" w14:textId="0E796304" w:rsidR="00380180" w:rsidRPr="00687D22" w:rsidRDefault="0079782B">
       <w:pPr>
         <w:pStyle w:val="Nagwek2"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="pl-PL"/>
           <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
             <w14:schemeClr w14:val="dk1">
               <w14:alpha w14:val="60000"/>
             </w14:schemeClr>
           </w14:shadow>
           <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
             <w14:noFill/>
             <w14:prstDash w14:val="solid"/>
             <w14:round/>
           </w14:textOutline>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00687D22">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="pl-PL"/>
           <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
             <w14:schemeClr w14:val="dk1">
               <w14:alpha w14:val="60000"/>
             </w14:schemeClr>
           </w14:shadow>
           <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
             <w14:noFill/>
             <w14:prstDash w14:val="solid"/>
             <w14:round/>
           </w14:textOutline>
         </w:rPr>
-        <w:t>Marketing i promocja</w:t>
+        <w:t>Konkurencja</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7969BAE6" w14:textId="7E7EDE27" w:rsidR="00380180" w:rsidRPr="0079782B" w:rsidRDefault="001F665F">
+    <w:p w14:paraId="42267D10" w14:textId="77777777" w:rsidR="00380180" w:rsidRPr="00CD61BF" w:rsidRDefault="0079782B">
       <w:pPr>
         <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...21 lines deleted...]
-        <w:t>ożliwości uzyskania dofinansowania (np. granty, instytucje wspierające):</w:t>
+      <w:r w:rsidRPr="00CD61BF">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+        <w:t>Czy na rynku istnieją konkurencyjne publikacje?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="683401F6" w14:textId="77777777" w:rsidR="00380180" w:rsidRDefault="0079782B">
+    <w:sdt>
+      <w:sdtPr>
+        <w:rPr>
+          <w:color w:val="0070C0"/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+        <w:id w:val="-1069419435"/>
+        <w:placeholder>
+          <w:docPart w:val="35B81E1E88B04EC2B372CC02B5FABAF9"/>
+        </w:placeholder>
+        <w:showingPlcHdr/>
+      </w:sdtPr>
+      <w:sdtEndPr/>
+      <w:sdtContent>
+        <w:p w14:paraId="70F07885" w14:textId="77777777" w:rsidR="00CD61BF" w:rsidRPr="00CD61BF" w:rsidRDefault="00CD61BF" w:rsidP="00CD61BF">
+          <w:pPr>
+            <w:spacing w:after="120"/>
+            <w:rPr>
+              <w:color w:val="0070C0"/>
+              <w:lang w:val="pl-PL"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r w:rsidRPr="00C66CD5">
+            <w:rPr>
+              <w:rStyle w:val="Tekstzastpczy"/>
+            </w:rPr>
+            <w:t>Kliknij lub naciśnij tutaj, aby wprowadzić tekst.</w:t>
+          </w:r>
+        </w:p>
+      </w:sdtContent>
+    </w:sdt>
+    <w:p w14:paraId="5998AEF2" w14:textId="55DEF675" w:rsidR="00380180" w:rsidRPr="00CD61BF" w:rsidRDefault="0079782B" w:rsidP="00CD61BF">
       <w:pPr>
-        <w:rPr>
+        <w:spacing w:before="240" w:after="120"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0079782B">
-[...3 lines deleted...]
-        <w:t>................................................................................................................</w:t>
+      <w:r w:rsidRPr="00CD61BF">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Proszę podać autorów, tytuły, wydawnictwa, rok wydania oraz cechy wyróżniające własną książkę:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="56A6511F" w14:textId="77777777" w:rsidR="0074238E" w:rsidRDefault="00786314" w:rsidP="00786314">
-[...37 lines deleted...]
-    <w:p w14:paraId="2E3C36AD" w14:textId="3B0E2F8E" w:rsidR="00380180" w:rsidRPr="00687D22" w:rsidRDefault="00053349">
+    <w:sdt>
+      <w:sdtPr>
+        <w:rPr>
+          <w:color w:val="0070C0"/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+        <w:id w:val="1753703951"/>
+        <w:placeholder>
+          <w:docPart w:val="EAB35630813F4A1FAE791CD411C0B22F"/>
+        </w:placeholder>
+        <w:showingPlcHdr/>
+      </w:sdtPr>
+      <w:sdtEndPr/>
+      <w:sdtContent>
+        <w:p w14:paraId="4E1E4F7E" w14:textId="77777777" w:rsidR="00CD61BF" w:rsidRPr="00CD61BF" w:rsidRDefault="00CD61BF" w:rsidP="00CD61BF">
+          <w:pPr>
+            <w:spacing w:after="120"/>
+            <w:rPr>
+              <w:color w:val="0070C0"/>
+              <w:lang w:val="pl-PL"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r w:rsidRPr="00C66CD5">
+            <w:rPr>
+              <w:rStyle w:val="Tekstzastpczy"/>
+            </w:rPr>
+            <w:t>Kliknij lub naciśnij tutaj, aby wprowadzić tekst.</w:t>
+          </w:r>
+        </w:p>
+      </w:sdtContent>
+    </w:sdt>
+    <w:p w14:paraId="2C0FE8FB" w14:textId="6E9205E3" w:rsidR="00380180" w:rsidRPr="00687D22" w:rsidRDefault="0079782B">
       <w:pPr>
         <w:pStyle w:val="Nagwek2"/>
         <w:rPr>
-          <w:bCs w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="pl-PL"/>
           <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
             <w14:schemeClr w14:val="dk1">
               <w14:alpha w14:val="60000"/>
             </w14:schemeClr>
           </w14:shadow>
           <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
             <w14:noFill/>
             <w14:prstDash w14:val="solid"/>
             <w14:round/>
           </w14:textOutline>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00687D22">
         <w:rPr>
-          <w:bCs w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="pl-PL"/>
           <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
             <w14:schemeClr w14:val="dk1">
               <w14:alpha w14:val="60000"/>
             </w14:schemeClr>
           </w14:shadow>
           <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
             <w14:noFill/>
             <w14:prstDash w14:val="solid"/>
             <w14:round/>
           </w14:textOutline>
         </w:rPr>
+        <w:t>Marketing i promocja</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7969BAE6" w14:textId="7E7EDE27" w:rsidR="00380180" w:rsidRPr="00CD61BF" w:rsidRDefault="001F665F">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CD61BF">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+        <w:t>Prosimy</w:t>
+      </w:r>
+      <w:r w:rsidR="00170ACC" w:rsidRPr="00CD61BF">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008C7DDD" w:rsidRPr="00CD61BF">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+        <w:t>o podanie informacji o m</w:t>
+      </w:r>
+      <w:r w:rsidR="0079782B" w:rsidRPr="00CD61BF">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+        <w:t>ożliwości uzyskania dofinansowania (np. granty, instytucje wspierające):</w:t>
+      </w:r>
+    </w:p>
+    <w:sdt>
+      <w:sdtPr>
+        <w:rPr>
+          <w:color w:val="0070C0"/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+        <w:id w:val="1601825358"/>
+        <w:placeholder>
+          <w:docPart w:val="248C7DDCAD5D4DB9819044380EDB106A"/>
+        </w:placeholder>
+        <w:showingPlcHdr/>
+      </w:sdtPr>
+      <w:sdtEndPr/>
+      <w:sdtContent>
+        <w:p w14:paraId="073231B3" w14:textId="77777777" w:rsidR="00CD61BF" w:rsidRPr="00CD61BF" w:rsidRDefault="00CD61BF" w:rsidP="00CD61BF">
+          <w:pPr>
+            <w:spacing w:after="120"/>
+            <w:rPr>
+              <w:color w:val="0070C0"/>
+              <w:lang w:val="pl-PL"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r w:rsidRPr="00C66CD5">
+            <w:rPr>
+              <w:rStyle w:val="Tekstzastpczy"/>
+            </w:rPr>
+            <w:t>Kliknij lub naciśnij tutaj, aby wprowadzić tekst.</w:t>
+          </w:r>
+        </w:p>
+      </w:sdtContent>
+    </w:sdt>
+    <w:p w14:paraId="56A6511F" w14:textId="77777777" w:rsidR="0074238E" w:rsidRPr="00CD61BF" w:rsidRDefault="00786314" w:rsidP="00CD61BF">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="120"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CD61BF">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Prosimy o podanie informacji o podmiotach </w:t>
+      </w:r>
+      <w:r w:rsidR="0074238E" w:rsidRPr="00CD61BF">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+        <w:t>zainteresowanych ewentualnym zakupem książki</w:t>
+      </w:r>
+    </w:p>
+    <w:sdt>
+      <w:sdtPr>
+        <w:rPr>
+          <w:color w:val="0070C0"/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+        <w:id w:val="-1756884348"/>
+        <w:placeholder>
+          <w:docPart w:val="67A79FA1B28C468EBC53A248755D5567"/>
+        </w:placeholder>
+        <w:showingPlcHdr/>
+      </w:sdtPr>
+      <w:sdtEndPr/>
+      <w:sdtContent>
+        <w:p w14:paraId="4F2E856D" w14:textId="77777777" w:rsidR="00CD61BF" w:rsidRPr="00CD61BF" w:rsidRDefault="00CD61BF" w:rsidP="00CD61BF">
+          <w:pPr>
+            <w:spacing w:after="120"/>
+            <w:rPr>
+              <w:color w:val="0070C0"/>
+              <w:lang w:val="pl-PL"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r w:rsidRPr="00C66CD5">
+            <w:rPr>
+              <w:rStyle w:val="Tekstzastpczy"/>
+            </w:rPr>
+            <w:t>Kliknij lub naciśnij tutaj, aby wprowadzić tekst.</w:t>
+          </w:r>
+        </w:p>
+      </w:sdtContent>
+    </w:sdt>
+    <w:p w14:paraId="0B5D4565" w14:textId="77777777" w:rsidR="00CD61BF" w:rsidRDefault="00CD61BF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="pl-PL"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="pl-PL"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E3C36AD" w14:textId="317FB55C" w:rsidR="00380180" w:rsidRPr="00687D22" w:rsidRDefault="00053349">
+      <w:pPr>
+        <w:pStyle w:val="Nagwek2"/>
+        <w:rPr>
+          <w:bCs w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="pl-PL"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00687D22">
+        <w:rPr>
+          <w:bCs w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="pl-PL"/>
+          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+            <w14:schemeClr w14:val="dk1">
+              <w14:alpha w14:val="60000"/>
+            </w14:schemeClr>
+          </w14:shadow>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Informacje końcowe </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="15A895F8" w14:textId="3EA761CC" w:rsidR="00053349" w:rsidRDefault="00053349" w:rsidP="00053349">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00053349">
         <w:rPr>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
         <w:t xml:space="preserve">Oświadczam, że powyższe dane są zgodne z prawdą, a nadto, że zapoznałem się z </w:t>
       </w:r>
       <w:r w:rsidR="006A622B">
         <w:rPr>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
         <w:t xml:space="preserve">poniższą </w:t>
       </w:r>
       <w:r w:rsidRPr="00053349">
         <w:rPr>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
         <w:t>klauzulą zawierającą tzw. obowiązek informacyjny w rozumieniu RODO, dostarczoną mi w tym celu przez Wolters Kluwer Polska Sp. z o.o. z siedzibą w Warszawie, ul. Przyokopowa 33, 01-208 Warszawa.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="405201E1" w14:textId="21A80DAD" w:rsidR="006A622B" w:rsidRPr="00053349" w:rsidRDefault="006A622B" w:rsidP="00053349">
+    <w:p w14:paraId="405201E1" w14:textId="4FF36D18" w:rsidR="006A622B" w:rsidRPr="00053349" w:rsidRDefault="006A622B" w:rsidP="00053349">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006A622B">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Administratorem Państwa danych osobowych, czyli podmiotem decydującym o celach i sposobach przetwarzania Pana/Pani danych osobowych, jest Wolters Kluwer Polska Sp. z o.o. z siedzibą przy ul. Przyokopowej 33, 01-208 Warszawa. Informujemy, że podanie danych osobowych zawartych w formularzu jest dobrowolne, ale niezbędne do realizacji zapytania objętego formularzem, a także, że przysługują Państwu prawa dostępu do Państwa danych osobowych, ich zmiany (w tym aktualizacji), a także pozostałe prawa opisane w Polityce prywatności, której treść dostępna jest tutaj. Dane osobowe podane przez Państwa będą przetwarzane przez nas w zgodzie z przepisami prawa, w celu realizacji zapytania, a jeśli udzielili Państwo określonych zgód – również na podstawie ww. zgody i w celu w jej treści określonym. Nadto, będziemy przetwarzać Państwa dane na podstawie naszego uzasadnionego interesu jako administratora danych, w celach opisanych w Polityce prywatności, w tym w celu wykonywania badań i analiz oraz w celach marketingowych (marketing bezpośredni własnych produktów). Zachęcamy do zapoznania się z pozostałymi informacjami dostępnymi w Polityce prywatności, w tym dot. okresów przechowywania danych i kategorii odbiorców danych. W razie jakichkolwiek pytań jesteśmy do Państwa dyspozycji pod adresem: pl-ochrona.danych@wolterskluwe</w:t>
       </w:r>
       <w:r w:rsidRPr="006A622B">
         <w:rPr>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
         <w:t>r.com.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7F8E0F46" w14:textId="1D42154D" w:rsidR="00053349" w:rsidRPr="00053349" w:rsidRDefault="00053349" w:rsidP="00053349">
+    <w:p w14:paraId="7DBC755E" w14:textId="77777777" w:rsidR="00CD61BF" w:rsidRPr="00CD61BF" w:rsidRDefault="00053349" w:rsidP="00CD61BF">
       <w:pPr>
-        <w:rPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">data i </w:t>
+      <w:r w:rsidRPr="00CD61BF">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+        <w:t>data i podpis:</w:t>
       </w:r>
-      <w:r w:rsidRPr="00053349">
-[...4 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:sdt>
+      <w:sdtPr>
+        <w:rPr>
+          <w:color w:val="0070C0"/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+        <w:id w:val="1868943206"/>
+        <w:placeholder>
+          <w:docPart w:val="50A72CE77A46488CB6D2B90862B8A501"/>
+        </w:placeholder>
+        <w:showingPlcHdr/>
+      </w:sdtPr>
+      <w:sdtEndPr/>
+      <w:sdtContent>
+        <w:p w14:paraId="6D265C78" w14:textId="77777777" w:rsidR="00CD61BF" w:rsidRPr="00CD61BF" w:rsidRDefault="00CD61BF" w:rsidP="00CD61BF">
+          <w:pPr>
+            <w:spacing w:after="120"/>
+            <w:rPr>
+              <w:color w:val="0070C0"/>
+              <w:lang w:val="pl-PL"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r w:rsidRPr="00C66CD5">
+            <w:rPr>
+              <w:rStyle w:val="Tekstzastpczy"/>
+            </w:rPr>
+            <w:t>Kliknij lub naciśnij tutaj, aby wprowadzić tekst.</w:t>
+          </w:r>
+        </w:p>
+      </w:sdtContent>
+    </w:sdt>
+    <w:p w14:paraId="7F8E0F46" w14:textId="19D3A332" w:rsidR="00053349" w:rsidRPr="00053349" w:rsidRDefault="00053349" w:rsidP="00053349">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p w14:paraId="07ECFBE0" w14:textId="77777777" w:rsidR="00053349" w:rsidRPr="00053349" w:rsidRDefault="00053349" w:rsidP="00053349">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4CA8018A" w14:textId="5F04EA0F" w:rsidR="00053349" w:rsidRPr="00053349" w:rsidRDefault="00053349" w:rsidP="00053349">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00053349">
         <w:rPr>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
         <w:t xml:space="preserve">Prosimy </w:t>
       </w:r>
       <w:r w:rsidR="00A06C9E">
         <w:rPr>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
         <w:t xml:space="preserve">również </w:t>
@@ -1510,87 +2968,84 @@
         <w:rPr>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
         <w:t>o uwzględnienie i przesłanie innych ważnych informacji na temat publikacji,</w:t>
       </w:r>
       <w:r w:rsidR="00A06C9E">
         <w:rPr>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00053349">
         <w:rPr>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
         <w:t>które nie znalazły się w niniejszej ankiecie.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="644FE711" w14:textId="77777777" w:rsidR="00053349" w:rsidRPr="00053349" w:rsidRDefault="00053349" w:rsidP="00053349">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="68607281" w14:textId="7F24F50F" w:rsidR="00053349" w:rsidRPr="00053349" w:rsidRDefault="00053349" w:rsidP="00053349">
+    <w:p w14:paraId="68607281" w14:textId="65FED085" w:rsidR="00053349" w:rsidRPr="00053349" w:rsidRDefault="00053349" w:rsidP="00053349">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00053349">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
         <w:t xml:space="preserve">BARDZO DZIĘKUJEMY ZA </w:t>
       </w:r>
       <w:r w:rsidR="00A50442">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
-        <w:t xml:space="preserve">WYPEŁNIENIE ANKIETY WYDAWNICZEJ </w:t>
+        <w:t>WYPEŁNIENIE ANKIETY WYDAWNICZEJ</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="40FCD131" w14:textId="1AF7208E" w:rsidR="00380180" w:rsidRPr="00A50442" w:rsidRDefault="00380180" w:rsidP="00053349">
-[...8 lines deleted...]
-      <w:footerReference w:type="default" r:id="rId9"/>
+    <w:sectPr w:rsidR="00053349" w:rsidRPr="00053349" w:rsidSect="00F54ABB">
+      <w:headerReference w:type="even" r:id="rId8"/>
+      <w:headerReference w:type="default" r:id="rId9"/>
+      <w:footerReference w:type="even" r:id="rId10"/>
+      <w:footerReference w:type="default" r:id="rId11"/>
+      <w:headerReference w:type="first" r:id="rId12"/>
+      <w:footerReference w:type="first" r:id="rId13"/>
       <w:pgSz w:w="12240" w:h="15840"/>
-      <w:pgMar w:top="1440" w:right="1800" w:bottom="1440" w:left="1800" w:header="720" w:footer="720" w:gutter="0"/>
+      <w:pgMar w:top="1247" w:right="1701" w:bottom="1247" w:left="1701" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="16AE98A2" w14:textId="77777777" w:rsidR="00DB7B12" w:rsidRDefault="00DB7B12" w:rsidP="00DB7B12">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="24936442" w14:textId="77777777" w:rsidR="00DB7B12" w:rsidRDefault="00DB7B12" w:rsidP="00DB7B12">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
@@ -1651,50 +3106,60 @@
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="252B53CB" w14:textId="77777777" w:rsidR="002B211B" w:rsidRDefault="002B211B">
+    <w:pPr>
+      <w:pStyle w:val="Stopka"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="0" w:type="auto"/>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
         <w:right w:w="567" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6804"/>
       <w:gridCol w:w="2920"/>
     </w:tblGrid>
     <w:tr w:rsidR="00DB7B12" w:rsidRPr="00DB7B12" w14:paraId="59A10E50" w14:textId="77777777" w:rsidTr="004B10DF">
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="6804" w:type="dxa"/>
           <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           <w:vAlign w:val="bottom"/>
         </w:tcPr>
         <w:p w14:paraId="59CA42DB" w14:textId="77777777" w:rsidR="00DB7B12" w:rsidRPr="00DB7B12" w:rsidRDefault="00DB7B12" w:rsidP="00DB7B12">
           <w:pPr>
             <w:tabs>
@@ -1867,78 +3332,98 @@
               <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
               <w:sz w:val="14"/>
               <w:lang w:val="pl-PL" w:eastAsia="pl-PL"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00DB7B12">
             <w:rPr>
               <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
               <w:sz w:val="14"/>
               <w:lang w:val="pl-PL" w:eastAsia="pl-PL"/>
             </w:rPr>
             <w:t>www.wolterskluwer.pl</w:t>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="1F2FF14C" w14:textId="77777777" w:rsidR="00DB7B12" w:rsidRDefault="00DB7B12">
     <w:pPr>
       <w:pStyle w:val="Stopka"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="5925FE6B" w14:textId="77777777" w:rsidR="002B211B" w:rsidRDefault="002B211B">
+    <w:pPr>
+      <w:pStyle w:val="Stopka"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="5E8890DC" w14:textId="77777777" w:rsidR="00DB7B12" w:rsidRDefault="00DB7B12" w:rsidP="00DB7B12">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="22ECD992" w14:textId="77777777" w:rsidR="00DB7B12" w:rsidRDefault="00DB7B12" w:rsidP="00DB7B12">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="1EDE2F4D" w14:textId="279A0419" w:rsidR="00DB7B12" w:rsidRDefault="00DB7B12">
+  <w:p w14:paraId="4B98E284" w14:textId="77777777" w:rsidR="002B211B" w:rsidRDefault="002B211B">
+    <w:pPr>
+      <w:pStyle w:val="Nagwek"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="1EDE2F4D" w14:textId="279A0419" w:rsidR="00DB7B12" w:rsidRDefault="00DB7B12" w:rsidP="002B211B">
     <w:pPr>
       <w:pStyle w:val="Nagwek"/>
     </w:pPr>
     <w:r w:rsidRPr="00DB7B12">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:val="pl-PL" w:eastAsia="pl-PL"/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5A9C05CD" wp14:editId="11813B45">
           <wp:extent cx="2200910" cy="591185"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:docPr id="8" name="Obraz 8" descr="Obraz zawierający Grafika, logo, Czcionka, symbol&#10;&#10;Zawartość wygenerowana przez sztuczną inteligencję może być niepoprawna."/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="8" name="Obraz 8" descr="Obraz zawierający Grafika, logo, Czcionka, symbol&#10;&#10;Zawartość wygenerowana przez sztuczną inteligencję może być niepoprawna."/>
                   <pic:cNvPicPr>
@@ -1952,50 +3437,60 @@
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:srcRect/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="2200910" cy="591185"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="7948A301" w14:textId="77777777" w:rsidR="002B211B" w:rsidRDefault="002B211B">
+    <w:pPr>
+      <w:pStyle w:val="Nagwek"/>
+    </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7C"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="C310EC42"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1800"/>
         </w:tabs>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7D"/>
@@ -2279,189 +3774,210 @@
   <w:num w:numId="5" w16cid:durableId="360326677">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="197355064">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="306250734">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="647586437">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="630135413">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="463275921">
     <w:abstractNumId w:val="9"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean"/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="bjt11Cix7oWhLjnXULyd2o+uJKD46NCTq/Asu+GQnRwtQvSxpb2Yc9sypvQgL/eYtFmz8b6ctL6ehfk/9humFA==" w:salt="s6e2M4s+sZSMd6bIMlgWWw=="/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
+  <w:drawingGridHorizontalSpacing w:val="142"/>
+  <w:drawingGridVerticalSpacing w:val="142"/>
+  <w:displayHorizontalDrawingGridEvery w:val="2"/>
+  <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B47730"/>
     <w:rsid w:val="000049F4"/>
     <w:rsid w:val="00010915"/>
     <w:rsid w:val="00034616"/>
     <w:rsid w:val="00053349"/>
     <w:rsid w:val="00057DA4"/>
     <w:rsid w:val="0006063C"/>
     <w:rsid w:val="000641E1"/>
     <w:rsid w:val="000C52DA"/>
     <w:rsid w:val="000D08FC"/>
     <w:rsid w:val="000E479A"/>
     <w:rsid w:val="000F64FE"/>
     <w:rsid w:val="0011544E"/>
     <w:rsid w:val="00146A45"/>
     <w:rsid w:val="0015074B"/>
     <w:rsid w:val="00170ACC"/>
+    <w:rsid w:val="00173307"/>
+    <w:rsid w:val="00187DCE"/>
     <w:rsid w:val="001B1E32"/>
     <w:rsid w:val="001B1F36"/>
     <w:rsid w:val="001B3F92"/>
     <w:rsid w:val="001F665F"/>
+    <w:rsid w:val="00222B4E"/>
     <w:rsid w:val="00233653"/>
     <w:rsid w:val="00251D1C"/>
+    <w:rsid w:val="00277B24"/>
     <w:rsid w:val="0029639D"/>
+    <w:rsid w:val="002B211B"/>
     <w:rsid w:val="002E071A"/>
     <w:rsid w:val="00306499"/>
     <w:rsid w:val="00326F90"/>
     <w:rsid w:val="00380180"/>
     <w:rsid w:val="003B4F29"/>
     <w:rsid w:val="003B7D57"/>
     <w:rsid w:val="003C3D65"/>
     <w:rsid w:val="00484F08"/>
     <w:rsid w:val="004F35F4"/>
     <w:rsid w:val="00502013"/>
+    <w:rsid w:val="005506D3"/>
+    <w:rsid w:val="00574445"/>
     <w:rsid w:val="00590CC4"/>
     <w:rsid w:val="005A3661"/>
+    <w:rsid w:val="005B15D3"/>
     <w:rsid w:val="005D51FE"/>
     <w:rsid w:val="00615854"/>
     <w:rsid w:val="00682320"/>
     <w:rsid w:val="00687D22"/>
     <w:rsid w:val="006A622B"/>
     <w:rsid w:val="006C4E75"/>
     <w:rsid w:val="0074238E"/>
     <w:rsid w:val="00786314"/>
     <w:rsid w:val="0079782B"/>
+    <w:rsid w:val="007E3CF5"/>
     <w:rsid w:val="007F1CD5"/>
     <w:rsid w:val="007F2AAF"/>
     <w:rsid w:val="0080341E"/>
     <w:rsid w:val="00834B3F"/>
     <w:rsid w:val="00852832"/>
     <w:rsid w:val="008B7431"/>
     <w:rsid w:val="008C7DDD"/>
     <w:rsid w:val="008F2381"/>
     <w:rsid w:val="008F634A"/>
     <w:rsid w:val="009035E4"/>
+    <w:rsid w:val="009153E3"/>
     <w:rsid w:val="00953C15"/>
     <w:rsid w:val="00971601"/>
     <w:rsid w:val="009718F6"/>
     <w:rsid w:val="009909BC"/>
     <w:rsid w:val="00992E49"/>
     <w:rsid w:val="009B2C23"/>
     <w:rsid w:val="009B5E21"/>
     <w:rsid w:val="00A06C9E"/>
     <w:rsid w:val="00A22750"/>
     <w:rsid w:val="00A26E6C"/>
     <w:rsid w:val="00A50442"/>
     <w:rsid w:val="00A5538C"/>
     <w:rsid w:val="00AA1D8D"/>
     <w:rsid w:val="00AB616C"/>
     <w:rsid w:val="00AE43FB"/>
     <w:rsid w:val="00AF5705"/>
     <w:rsid w:val="00B47730"/>
     <w:rsid w:val="00B93AA2"/>
     <w:rsid w:val="00BF1B94"/>
     <w:rsid w:val="00CB0664"/>
     <w:rsid w:val="00CB1388"/>
     <w:rsid w:val="00CC0A5A"/>
+    <w:rsid w:val="00CD61BF"/>
     <w:rsid w:val="00CF75A2"/>
     <w:rsid w:val="00D3743D"/>
     <w:rsid w:val="00D4425A"/>
+    <w:rsid w:val="00D82167"/>
     <w:rsid w:val="00DB7B12"/>
+    <w:rsid w:val="00DC04CB"/>
     <w:rsid w:val="00DD5916"/>
+    <w:rsid w:val="00DE338C"/>
     <w:rsid w:val="00E3778C"/>
     <w:rsid w:val="00EB1621"/>
     <w:rsid w:val="00EE13FE"/>
     <w:rsid w:val="00EF6F13"/>
+    <w:rsid w:val="00F43866"/>
+    <w:rsid w:val="00F54ABB"/>
     <w:rsid w:val="00F83234"/>
     <w:rsid w:val="00FC693F"/>
     <w:rsid w:val="00FD4ECE"/>
     <w:rsid w:val="00FF03D4"/>
     <w:rsid w:val="00FF286C"/>
     <w:rsid w:val="00FF2AA1"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="1297CF09"/>
-  <w14:defaultImageDpi w14:val="300"/>
+  <w14:defaultImageDpi w14:val="330"/>
   <w15:docId w15:val="{487BCEF0-B9D1-46BF-8485-9A353B6E1B22}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -2811,51 +4327,51 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normalny">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00FC693F"/>
+    <w:rsid w:val="00CD61BF"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Nagwek1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normalny"/>
     <w:next w:val="Normalny"/>
     <w:link w:val="Nagwek1Znak"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="00FC693F"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="480" w:after="0"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Nagwek2">
@@ -13802,65 +15318,1734 @@
         <w:shd w:val="clear" w:color="auto" w:fill="E36C0A" w:themeFill="accent6" w:themeFillShade="BF"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="E36C0A" w:themeFill="accent6" w:themeFillShade="BF"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
+  <w:style w:type="character" w:styleId="Hipercze">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00F54ABB"/>
+    <w:rPr>
+      <w:color w:val="FF0000"/>
+      <w:u w:val="single" w:color="FF0000"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Tekstzastpczy">
+    <w:name w:val="Placeholder Text"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00DC04CB"/>
+    <w:rPr>
+      <w:color w:val="666666"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
-<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
+</file>
+
+<file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+</file>
+
+<file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
+<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:docParts>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="DefaultPlaceholder_-1854013440"/>
+        <w:category>
+          <w:name w:val="Ogólne"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{609F6E2F-07D2-4E1B-BEF0-ED9938E623F4}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00D679AB" w:rsidRDefault="00D679AB">
+          <w:r w:rsidRPr="00C66CD5">
+            <w:rPr>
+              <w:rStyle w:val="Tekstzastpczy"/>
+            </w:rPr>
+            <w:t>Kliknij lub naciśnij tutaj, aby wprowadzić tekst.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="08A34A39CFA14CB4817EA6BB97203508"/>
+        <w:category>
+          <w:name w:val="Ogólne"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{087C8938-14FE-4E2E-A534-C229C6EC9122}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00033025" w:rsidRDefault="00033025" w:rsidP="00033025">
+          <w:pPr>
+            <w:pStyle w:val="08A34A39CFA14CB4817EA6BB97203508"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00C66CD5">
+            <w:rPr>
+              <w:rStyle w:val="Tekstzastpczy"/>
+            </w:rPr>
+            <w:t>Kliknij lub naciśnij tutaj, aby wprowadzić tekst.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="1C82CABF11B84A7D872FD5F349D5A2F0"/>
+        <w:category>
+          <w:name w:val="Ogólne"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{65F5BDCA-E8D9-4FA7-B4AE-08EC0971AB55}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00033025" w:rsidRDefault="00033025" w:rsidP="00033025">
+          <w:pPr>
+            <w:pStyle w:val="1C82CABF11B84A7D872FD5F349D5A2F0"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00C66CD5">
+            <w:rPr>
+              <w:rStyle w:val="Tekstzastpczy"/>
+            </w:rPr>
+            <w:t>Kliknij lub naciśnij tutaj, aby wprowadzić tekst.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="BB9FDD4266254EDABB26A648CD3A9917"/>
+        <w:category>
+          <w:name w:val="Ogólne"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{CD6FD1B0-484A-4D61-AFEB-5475EAC40CCE}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00033025" w:rsidRDefault="00033025" w:rsidP="00033025">
+          <w:pPr>
+            <w:pStyle w:val="BB9FDD4266254EDABB26A648CD3A9917"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00C66CD5">
+            <w:rPr>
+              <w:rStyle w:val="Tekstzastpczy"/>
+            </w:rPr>
+            <w:t>Kliknij lub naciśnij tutaj, aby wprowadzić tekst.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="CBE0312A9EBE447CB24D89FA72C57258"/>
+        <w:category>
+          <w:name w:val="Ogólne"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{628E2879-0162-4D02-9128-891DC3D382FA}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00033025" w:rsidRDefault="00033025" w:rsidP="00033025">
+          <w:pPr>
+            <w:pStyle w:val="CBE0312A9EBE447CB24D89FA72C57258"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00C66CD5">
+            <w:rPr>
+              <w:rStyle w:val="Tekstzastpczy"/>
+            </w:rPr>
+            <w:t>Kliknij lub naciśnij tutaj, aby wprowadzić tekst.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="A662EAA6B817432697201DE20F9A2C14"/>
+        <w:category>
+          <w:name w:val="Ogólne"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{D18F2ABC-904B-4A43-8432-F995F30BEAD0}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00033025" w:rsidRDefault="00033025" w:rsidP="00033025">
+          <w:pPr>
+            <w:pStyle w:val="A662EAA6B817432697201DE20F9A2C14"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00C66CD5">
+            <w:rPr>
+              <w:rStyle w:val="Tekstzastpczy"/>
+            </w:rPr>
+            <w:t>Kliknij lub naciśnij tutaj, aby wprowadzić tekst.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="A136C6A35CB24C45ABB7BC9ED621E4C8"/>
+        <w:category>
+          <w:name w:val="Ogólne"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{8E6F6C83-023C-47FF-9473-2BE1DCC0D4A6}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00033025" w:rsidRDefault="00033025" w:rsidP="00033025">
+          <w:pPr>
+            <w:pStyle w:val="A136C6A35CB24C45ABB7BC9ED621E4C8"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00C66CD5">
+            <w:rPr>
+              <w:rStyle w:val="Tekstzastpczy"/>
+            </w:rPr>
+            <w:t>Kliknij lub naciśnij tutaj, aby wprowadzić tekst.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="E9C8DBA71BC649A1A94A92271E04593D"/>
+        <w:category>
+          <w:name w:val="Ogólne"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{14F67BB2-7A17-467C-81B7-A28E33A75AAE}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00033025" w:rsidRDefault="00033025" w:rsidP="00033025">
+          <w:pPr>
+            <w:pStyle w:val="E9C8DBA71BC649A1A94A92271E04593D"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00C66CD5">
+            <w:rPr>
+              <w:rStyle w:val="Tekstzastpczy"/>
+            </w:rPr>
+            <w:t>Kliknij lub naciśnij tutaj, aby wprowadzić tekst.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="B5927A9B06D541F2BB5AC1EF2E90BE61"/>
+        <w:category>
+          <w:name w:val="Ogólne"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{855A9287-1ECB-47BE-BDE9-E6CAF2029F1C}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00033025" w:rsidRDefault="00033025" w:rsidP="00033025">
+          <w:pPr>
+            <w:pStyle w:val="B5927A9B06D541F2BB5AC1EF2E90BE61"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00C66CD5">
+            <w:rPr>
+              <w:rStyle w:val="Tekstzastpczy"/>
+            </w:rPr>
+            <w:t>Kliknij lub naciśnij tutaj, aby wprowadzić tekst.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="23D6E93528504C4190106DA8066BBEFB"/>
+        <w:category>
+          <w:name w:val="Ogólne"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{5D1ADB80-1F67-4C96-96ED-D77724A029AF}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00033025" w:rsidRDefault="00033025" w:rsidP="00033025">
+          <w:pPr>
+            <w:pStyle w:val="23D6E93528504C4190106DA8066BBEFB"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00C66CD5">
+            <w:rPr>
+              <w:rStyle w:val="Tekstzastpczy"/>
+            </w:rPr>
+            <w:t>Kliknij lub naciśnij tutaj, aby wprowadzić tekst.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="F30E93AA8887402891E04A70342FD8A0"/>
+        <w:category>
+          <w:name w:val="Ogólne"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{62FAFDE7-BD58-4A3B-876B-A9E1B36AAEAA}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00033025" w:rsidRDefault="00033025" w:rsidP="00033025">
+          <w:pPr>
+            <w:pStyle w:val="F30E93AA8887402891E04A70342FD8A0"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00C66CD5">
+            <w:rPr>
+              <w:rStyle w:val="Tekstzastpczy"/>
+            </w:rPr>
+            <w:t>Kliknij lub naciśnij tutaj, aby wprowadzić tekst.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="F405C067B1664960837CD96A91E553FB"/>
+        <w:category>
+          <w:name w:val="Ogólne"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{D9D6E588-B9FB-441B-8D41-2302FB065603}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00033025" w:rsidRDefault="00033025" w:rsidP="00033025">
+          <w:pPr>
+            <w:pStyle w:val="F405C067B1664960837CD96A91E553FB"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00C66CD5">
+            <w:rPr>
+              <w:rStyle w:val="Tekstzastpczy"/>
+            </w:rPr>
+            <w:t>Kliknij lub naciśnij tutaj, aby wprowadzić tekst.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="4991455F272C4EFA8C668C67408F1339"/>
+        <w:category>
+          <w:name w:val="Ogólne"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{BB93968D-E4DB-4F84-9A51-3BD7202ECC5E}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00033025" w:rsidRDefault="00033025" w:rsidP="00033025">
+          <w:pPr>
+            <w:pStyle w:val="4991455F272C4EFA8C668C67408F1339"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00C66CD5">
+            <w:rPr>
+              <w:rStyle w:val="Tekstzastpczy"/>
+            </w:rPr>
+            <w:t>Kliknij lub naciśnij tutaj, aby wprowadzić tekst.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="AF1B7E74880F40EDB61008040327051E"/>
+        <w:category>
+          <w:name w:val="Ogólne"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{90BCF55C-2BC5-4B88-97DB-BB6E848DD005}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00033025" w:rsidRDefault="00033025" w:rsidP="00033025">
+          <w:pPr>
+            <w:pStyle w:val="AF1B7E74880F40EDB61008040327051E"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00C66CD5">
+            <w:rPr>
+              <w:rStyle w:val="Tekstzastpczy"/>
+            </w:rPr>
+            <w:t>Kliknij lub naciśnij tutaj, aby wprowadzić tekst.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="04A36992E8F846D1B2E3F94D66496266"/>
+        <w:category>
+          <w:name w:val="Ogólne"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{E5024190-01CA-4016-97FA-10AF1F29DF7A}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00033025" w:rsidRDefault="00033025" w:rsidP="00033025">
+          <w:pPr>
+            <w:pStyle w:val="04A36992E8F846D1B2E3F94D66496266"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00C66CD5">
+            <w:rPr>
+              <w:rStyle w:val="Tekstzastpczy"/>
+            </w:rPr>
+            <w:t>Kliknij lub naciśnij tutaj, aby wprowadzić tekst.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="2652685DAC274CCDAE9BA4FD1FEAEFFC"/>
+        <w:category>
+          <w:name w:val="Ogólne"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{7150D583-AF5A-4C8E-B460-AF35B1DEE0B3}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00033025" w:rsidRDefault="00033025" w:rsidP="00033025">
+          <w:pPr>
+            <w:pStyle w:val="2652685DAC274CCDAE9BA4FD1FEAEFFC"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00C66CD5">
+            <w:rPr>
+              <w:rStyle w:val="Tekstzastpczy"/>
+            </w:rPr>
+            <w:t>Kliknij lub naciśnij tutaj, aby wprowadzić tekst.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="E9CDD32B7EC54098B02C493E054DD559"/>
+        <w:category>
+          <w:name w:val="Ogólne"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{1DECED5D-C117-4A12-BB55-E40B089FFC5E}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00033025" w:rsidRDefault="00033025" w:rsidP="00033025">
+          <w:pPr>
+            <w:pStyle w:val="E9CDD32B7EC54098B02C493E054DD559"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00C66CD5">
+            <w:rPr>
+              <w:rStyle w:val="Tekstzastpczy"/>
+            </w:rPr>
+            <w:t>Kliknij lub naciśnij tutaj, aby wprowadzić tekst.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="364DD87D751B4657B1DAA96C6DC822F5"/>
+        <w:category>
+          <w:name w:val="Ogólne"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{8B79810D-BF41-4039-8EA0-25DE6FCFF8CA}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00033025" w:rsidRDefault="00033025" w:rsidP="00033025">
+          <w:pPr>
+            <w:pStyle w:val="364DD87D751B4657B1DAA96C6DC822F5"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00C66CD5">
+            <w:rPr>
+              <w:rStyle w:val="Tekstzastpczy"/>
+            </w:rPr>
+            <w:t>Kliknij lub naciśnij tutaj, aby wprowadzić tekst.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="B92C4861504342AA8FE22C5B7FBC7E32"/>
+        <w:category>
+          <w:name w:val="Ogólne"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{389D6585-B8F7-4964-86D5-CBA98386C69A}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00033025" w:rsidRDefault="00033025" w:rsidP="00033025">
+          <w:pPr>
+            <w:pStyle w:val="B92C4861504342AA8FE22C5B7FBC7E32"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00C66CD5">
+            <w:rPr>
+              <w:rStyle w:val="Tekstzastpczy"/>
+            </w:rPr>
+            <w:t>Kliknij lub naciśnij tutaj, aby wprowadzić tekst.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="7A9F1BBB1D68445495BCABBABA74F70C"/>
+        <w:category>
+          <w:name w:val="Ogólne"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{AF53EF94-D22A-4127-93C2-D419CC8B1D7D}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00033025" w:rsidRDefault="00033025" w:rsidP="00033025">
+          <w:pPr>
+            <w:pStyle w:val="7A9F1BBB1D68445495BCABBABA74F70C"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00C66CD5">
+            <w:rPr>
+              <w:rStyle w:val="Tekstzastpczy"/>
+            </w:rPr>
+            <w:t>Kliknij lub naciśnij tutaj, aby wprowadzić tekst.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="A152C8C41B254D0885422ED5127C8F6C"/>
+        <w:category>
+          <w:name w:val="Ogólne"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{54E9C7CB-0CD3-4E84-89D4-92464E65B507}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00033025" w:rsidRDefault="00033025" w:rsidP="00033025">
+          <w:pPr>
+            <w:pStyle w:val="A152C8C41B254D0885422ED5127C8F6C"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00C66CD5">
+            <w:rPr>
+              <w:rStyle w:val="Tekstzastpczy"/>
+            </w:rPr>
+            <w:t>Kliknij lub naciśnij tutaj, aby wprowadzić tekst.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="87E0324457DE4F00AA048F34C82B82EE"/>
+        <w:category>
+          <w:name w:val="Ogólne"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{1B87A658-AEF6-46E7-A7D4-00914B21961A}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00033025" w:rsidRDefault="00033025" w:rsidP="00033025">
+          <w:pPr>
+            <w:pStyle w:val="87E0324457DE4F00AA048F34C82B82EE"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00C66CD5">
+            <w:rPr>
+              <w:rStyle w:val="Tekstzastpczy"/>
+            </w:rPr>
+            <w:t>Kliknij lub naciśnij tutaj, aby wprowadzić tekst.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="58F11AE9B3894735A7CC21FCCD430964"/>
+        <w:category>
+          <w:name w:val="Ogólne"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{183DC6DA-B941-49AB-AF4E-248DAEC66A7B}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00033025" w:rsidRDefault="00033025" w:rsidP="00033025">
+          <w:pPr>
+            <w:pStyle w:val="58F11AE9B3894735A7CC21FCCD430964"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00C66CD5">
+            <w:rPr>
+              <w:rStyle w:val="Tekstzastpczy"/>
+            </w:rPr>
+            <w:t>Kliknij lub naciśnij tutaj, aby wprowadzić tekst.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="227568BB9038411DB63C284DA59896E2"/>
+        <w:category>
+          <w:name w:val="Ogólne"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{F7ABB81E-5B0F-4CC4-89BC-1387576AF463}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00033025" w:rsidRDefault="00033025" w:rsidP="00033025">
+          <w:pPr>
+            <w:pStyle w:val="227568BB9038411DB63C284DA59896E2"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00C66CD5">
+            <w:rPr>
+              <w:rStyle w:val="Tekstzastpczy"/>
+            </w:rPr>
+            <w:t>Kliknij lub naciśnij tutaj, aby wprowadzić tekst.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="435BB061DDAB448D9B58F4F0A9B23FEC"/>
+        <w:category>
+          <w:name w:val="Ogólne"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{95C45895-853D-4ED6-B70E-4B5E71665FA8}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00033025" w:rsidRDefault="00033025" w:rsidP="00033025">
+          <w:pPr>
+            <w:pStyle w:val="435BB061DDAB448D9B58F4F0A9B23FEC"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00C66CD5">
+            <w:rPr>
+              <w:rStyle w:val="Tekstzastpczy"/>
+            </w:rPr>
+            <w:t>Kliknij lub naciśnij tutaj, aby wprowadzić tekst.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="0372B5FE7790449095D2D234A52958D0"/>
+        <w:category>
+          <w:name w:val="Ogólne"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{4DDCFD2B-981B-49FA-832F-B298D485DFFF}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00033025" w:rsidRDefault="00033025" w:rsidP="00033025">
+          <w:pPr>
+            <w:pStyle w:val="0372B5FE7790449095D2D234A52958D0"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00C66CD5">
+            <w:rPr>
+              <w:rStyle w:val="Tekstzastpczy"/>
+            </w:rPr>
+            <w:t>Kliknij lub naciśnij tutaj, aby wprowadzić tekst.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="8DDEB6A8E2E84B4D83ABD3871928CA91"/>
+        <w:category>
+          <w:name w:val="Ogólne"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{05157247-5873-4447-9BE9-90077BC0CF8F}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00033025" w:rsidRDefault="00033025" w:rsidP="00033025">
+          <w:pPr>
+            <w:pStyle w:val="8DDEB6A8E2E84B4D83ABD3871928CA91"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00C66CD5">
+            <w:rPr>
+              <w:rStyle w:val="Tekstzastpczy"/>
+            </w:rPr>
+            <w:t>Kliknij lub naciśnij tutaj, aby wprowadzić tekst.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="35B81E1E88B04EC2B372CC02B5FABAF9"/>
+        <w:category>
+          <w:name w:val="Ogólne"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{10B9B1ED-DFDC-4F1C-8246-DF4F621C5D57}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00033025" w:rsidRDefault="00033025" w:rsidP="00033025">
+          <w:pPr>
+            <w:pStyle w:val="35B81E1E88B04EC2B372CC02B5FABAF9"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00C66CD5">
+            <w:rPr>
+              <w:rStyle w:val="Tekstzastpczy"/>
+            </w:rPr>
+            <w:t>Kliknij lub naciśnij tutaj, aby wprowadzić tekst.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="EAB35630813F4A1FAE791CD411C0B22F"/>
+        <w:category>
+          <w:name w:val="Ogólne"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{EBABAE69-13C9-4619-8613-ADA01B3BDD3C}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00033025" w:rsidRDefault="00033025" w:rsidP="00033025">
+          <w:pPr>
+            <w:pStyle w:val="EAB35630813F4A1FAE791CD411C0B22F"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00C66CD5">
+            <w:rPr>
+              <w:rStyle w:val="Tekstzastpczy"/>
+            </w:rPr>
+            <w:t>Kliknij lub naciśnij tutaj, aby wprowadzić tekst.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="248C7DDCAD5D4DB9819044380EDB106A"/>
+        <w:category>
+          <w:name w:val="Ogólne"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{87831BD9-FE52-4541-A311-674312C1B2E3}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00033025" w:rsidRDefault="00033025" w:rsidP="00033025">
+          <w:pPr>
+            <w:pStyle w:val="248C7DDCAD5D4DB9819044380EDB106A"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00C66CD5">
+            <w:rPr>
+              <w:rStyle w:val="Tekstzastpczy"/>
+            </w:rPr>
+            <w:t>Kliknij lub naciśnij tutaj, aby wprowadzić tekst.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="67A79FA1B28C468EBC53A248755D5567"/>
+        <w:category>
+          <w:name w:val="Ogólne"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{A78EBFE5-FA56-459B-BD44-5F1DE15D623D}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00033025" w:rsidRDefault="00033025" w:rsidP="00033025">
+          <w:pPr>
+            <w:pStyle w:val="67A79FA1B28C468EBC53A248755D5567"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00C66CD5">
+            <w:rPr>
+              <w:rStyle w:val="Tekstzastpczy"/>
+            </w:rPr>
+            <w:t>Kliknij lub naciśnij tutaj, aby wprowadzić tekst.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="50A72CE77A46488CB6D2B90862B8A501"/>
+        <w:category>
+          <w:name w:val="Ogólne"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{0F1D905B-6951-46B3-8C89-FA10FAF8CB4C}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00033025" w:rsidRDefault="00033025" w:rsidP="00033025">
+          <w:pPr>
+            <w:pStyle w:val="50A72CE77A46488CB6D2B90862B8A501"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00C66CD5">
+            <w:rPr>
+              <w:rStyle w:val="Tekstzastpczy"/>
+            </w:rPr>
+            <w:t>Kliknij lub naciśnij tutaj, aby wprowadzić tekst.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+  </w:docParts>
+</w:glossaryDocument>
+</file>
+
+<file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="EE"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="EE"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
+    <w:charset w:val="EE"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="MS Mincho">
+    <w:altName w:val="ＭＳ 明朝"/>
+    <w:panose1 w:val="02020609040205080304"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="EE"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="MS Gothic">
+    <w:altName w:val="ＭＳ ゴシック"/>
+    <w:panose1 w:val="020B0609070205080204"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Courier">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="auto"/>
+    <w:notTrueType/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos Display">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+</w:fonts>
+</file>
+
+<file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:view w:val="normal"/>
+  <w:defaultTabStop w:val="708"/>
+  <w:hyphenationZone w:val="425"/>
+  <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:compat>
+    <w:useFELayout/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
+  </w:compat>
+  <w:rsids>
+    <w:rsidRoot w:val="00D679AB"/>
+    <w:rsid w:val="00033025"/>
+    <w:rsid w:val="00173307"/>
+    <w:rsid w:val="00187DCE"/>
+    <w:rsid w:val="00277B24"/>
+    <w:rsid w:val="00D679AB"/>
+  </w:rsids>
+  <m:mathPr>
+    <m:mathFont m:val="Cambria Math"/>
+    <m:brkBin m:val="before"/>
+    <m:brkBinSub m:val="--"/>
+    <m:smallFrac m:val="0"/>
+    <m:dispDef/>
+    <m:lMargin m:val="0"/>
+    <m:rMargin m:val="0"/>
+    <m:defJc m:val="centerGroup"/>
+    <m:wrapIndent m:val="1440"/>
+    <m:intLim m:val="subSup"/>
+    <m:naryLim m:val="undOvr"/>
+  </m:mathPr>
+  <w:themeFontLang w:val="pl-PL"/>
+  <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
+  <w:decimalSymbol w:val=","/>
+  <w:listSeparator w:val=";"/>
+  <w15:chartTrackingRefBased/>
+</w:settings>
+</file>
+
+<file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:docDefaults>
+    <w:rPrDefault>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:kern w:val="2"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="pl-PL" w:eastAsia="pl-PL" w:bidi="ar-SA"/>
+        <w14:ligatures w14:val="standardContextual"/>
+      </w:rPr>
+    </w:rPrDefault>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
+  </w:docDefaults>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:default="1" w:styleId="Normalny">
+    <w:name w:val="Normal"/>
+    <w:qFormat/>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="Domylnaczcionkaakapitu">
+    <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:default="1" w:styleId="Standardowy">
+    <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="numbering" w:default="1" w:styleId="Bezlisty">
+    <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="character" w:styleId="Tekstzastpczy">
+    <w:name w:val="Placeholder Text"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00033025"/>
+    <w:rPr>
+      <w:color w:val="666666"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="2B673A53C10D44A0ABEDB5B901578F5B">
+    <w:name w:val="2B673A53C10D44A0ABEDB5B901578F5B"/>
+    <w:rsid w:val="00033025"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="1F178A6C4CF24632A597EF175AB87A12">
+    <w:name w:val="1F178A6C4CF24632A597EF175AB87A12"/>
+    <w:rsid w:val="00033025"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="08A34A39CFA14CB4817EA6BB97203508">
+    <w:name w:val="08A34A39CFA14CB4817EA6BB97203508"/>
+    <w:rsid w:val="00033025"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="1C82CABF11B84A7D872FD5F349D5A2F0">
+    <w:name w:val="1C82CABF11B84A7D872FD5F349D5A2F0"/>
+    <w:rsid w:val="00033025"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="BB9FDD4266254EDABB26A648CD3A9917">
+    <w:name w:val="BB9FDD4266254EDABB26A648CD3A9917"/>
+    <w:rsid w:val="00033025"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="CBE0312A9EBE447CB24D89FA72C57258">
+    <w:name w:val="CBE0312A9EBE447CB24D89FA72C57258"/>
+    <w:rsid w:val="00033025"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="A662EAA6B817432697201DE20F9A2C14">
+    <w:name w:val="A662EAA6B817432697201DE20F9A2C14"/>
+    <w:rsid w:val="00033025"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="A136C6A35CB24C45ABB7BC9ED621E4C8">
+    <w:name w:val="A136C6A35CB24C45ABB7BC9ED621E4C8"/>
+    <w:rsid w:val="00033025"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="E9C8DBA71BC649A1A94A92271E04593D">
+    <w:name w:val="E9C8DBA71BC649A1A94A92271E04593D"/>
+    <w:rsid w:val="00033025"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="B5927A9B06D541F2BB5AC1EF2E90BE61">
+    <w:name w:val="B5927A9B06D541F2BB5AC1EF2E90BE61"/>
+    <w:rsid w:val="00033025"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="23D6E93528504C4190106DA8066BBEFB">
+    <w:name w:val="23D6E93528504C4190106DA8066BBEFB"/>
+    <w:rsid w:val="00033025"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="F30E93AA8887402891E04A70342FD8A0">
+    <w:name w:val="F30E93AA8887402891E04A70342FD8A0"/>
+    <w:rsid w:val="00033025"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="F405C067B1664960837CD96A91E553FB">
+    <w:name w:val="F405C067B1664960837CD96A91E553FB"/>
+    <w:rsid w:val="00033025"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="4991455F272C4EFA8C668C67408F1339">
+    <w:name w:val="4991455F272C4EFA8C668C67408F1339"/>
+    <w:rsid w:val="00033025"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="AF1B7E74880F40EDB61008040327051E">
+    <w:name w:val="AF1B7E74880F40EDB61008040327051E"/>
+    <w:rsid w:val="00033025"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="04A36992E8F846D1B2E3F94D66496266">
+    <w:name w:val="04A36992E8F846D1B2E3F94D66496266"/>
+    <w:rsid w:val="00033025"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="2652685DAC274CCDAE9BA4FD1FEAEFFC">
+    <w:name w:val="2652685DAC274CCDAE9BA4FD1FEAEFFC"/>
+    <w:rsid w:val="00033025"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="E9CDD32B7EC54098B02C493E054DD559">
+    <w:name w:val="E9CDD32B7EC54098B02C493E054DD559"/>
+    <w:rsid w:val="00033025"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="364DD87D751B4657B1DAA96C6DC822F5">
+    <w:name w:val="364DD87D751B4657B1DAA96C6DC822F5"/>
+    <w:rsid w:val="00033025"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="B92C4861504342AA8FE22C5B7FBC7E32">
+    <w:name w:val="B92C4861504342AA8FE22C5B7FBC7E32"/>
+    <w:rsid w:val="00033025"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="7A9F1BBB1D68445495BCABBABA74F70C">
+    <w:name w:val="7A9F1BBB1D68445495BCABBABA74F70C"/>
+    <w:rsid w:val="00033025"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="A152C8C41B254D0885422ED5127C8F6C">
+    <w:name w:val="A152C8C41B254D0885422ED5127C8F6C"/>
+    <w:rsid w:val="00033025"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="87E0324457DE4F00AA048F34C82B82EE">
+    <w:name w:val="87E0324457DE4F00AA048F34C82B82EE"/>
+    <w:rsid w:val="00033025"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="58F11AE9B3894735A7CC21FCCD430964">
+    <w:name w:val="58F11AE9B3894735A7CC21FCCD430964"/>
+    <w:rsid w:val="00033025"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="227568BB9038411DB63C284DA59896E2">
+    <w:name w:val="227568BB9038411DB63C284DA59896E2"/>
+    <w:rsid w:val="00033025"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="435BB061DDAB448D9B58F4F0A9B23FEC">
+    <w:name w:val="435BB061DDAB448D9B58F4F0A9B23FEC"/>
+    <w:rsid w:val="00033025"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="251924ABA21C44E7B458099A8E51B48E">
+    <w:name w:val="251924ABA21C44E7B458099A8E51B48E"/>
+    <w:rsid w:val="00033025"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="0372B5FE7790449095D2D234A52958D0">
+    <w:name w:val="0372B5FE7790449095D2D234A52958D0"/>
+    <w:rsid w:val="00033025"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="8DDEB6A8E2E84B4D83ABD3871928CA91">
+    <w:name w:val="8DDEB6A8E2E84B4D83ABD3871928CA91"/>
+    <w:rsid w:val="00033025"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="35B81E1E88B04EC2B372CC02B5FABAF9">
+    <w:name w:val="35B81E1E88B04EC2B372CC02B5FABAF9"/>
+    <w:rsid w:val="00033025"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="EAB35630813F4A1FAE791CD411C0B22F">
+    <w:name w:val="EAB35630813F4A1FAE791CD411C0B22F"/>
+    <w:rsid w:val="00033025"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="248C7DDCAD5D4DB9819044380EDB106A">
+    <w:name w:val="248C7DDCAD5D4DB9819044380EDB106A"/>
+    <w:rsid w:val="00033025"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="67A79FA1B28C468EBC53A248755D5567">
+    <w:name w:val="67A79FA1B28C468EBC53A248755D5567"/>
+    <w:rsid w:val="00033025"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="50A72CE77A46488CB6D2B90862B8A501">
+    <w:name w:val="50A72CE77A46488CB6D2B90862B8A501"/>
+    <w:rsid w:val="00033025"/>
+  </w:style>
+</w:styles>
+</file>
+
+<file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:optimizeForBrowser/>
+  <w:allowPNG/>
+</w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -14159,73 +17344,124 @@
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="/APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EF278816-EC6F-A645-907D-7F25AECB1D4A}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>4</Pages>
-[...1 lines deleted...]
-  <Characters>5675</Characters>
+  <Pages>5</Pages>
+  <Words>813</Words>
+  <Characters>5481</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>47</Lines>
-  <Paragraphs>13</Paragraphs>
+  <Lines>124</Lines>
+  <Paragraphs>84</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
-    <vt:vector size="2" baseType="variant">
+    <vt:vector size="4" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Tytuł</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="1" baseType="lpstr">
+    <vt:vector size="2" baseType="lpstr">
+      <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6607</CharactersWithSpaces>
+  <CharactersWithSpaces>6216</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>python-docx</dc:creator>
   <cp:keywords/>
-  <dc:description>generated by python-docx</dc:description>
+  <dc:description>ZNAKI:6216</dc:description>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_fe6ee112-9e5c-4f16-b63d-fcad06e1707e_Enabled">
+    <vt:lpwstr>true</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_fe6ee112-9e5c-4f16-b63d-fcad06e1707e_SetDate">
+    <vt:lpwstr>2025-10-29T11:17:55Z</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_fe6ee112-9e5c-4f16-b63d-fcad06e1707e_Method">
+    <vt:lpwstr>Standard</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_fe6ee112-9e5c-4f16-b63d-fcad06e1707e_Name">
+    <vt:lpwstr>Internal Use</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_fe6ee112-9e5c-4f16-b63d-fcad06e1707e_SiteId">
+    <vt:lpwstr>8ac76c91-e7f1-41ff-a89c-3553b2da2c17</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_fe6ee112-9e5c-4f16-b63d-fcad06e1707e_ActionId">
+    <vt:lpwstr>04ce5366-20d2-4095-8492-78afc7d7c907</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_fe6ee112-9e5c-4f16-b63d-fcad06e1707e_ContentBits">
+    <vt:lpwstr>0</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_fe6ee112-9e5c-4f16-b63d-fcad06e1707e_Tag">
+    <vt:lpwstr>10, 3, 0, 1</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="TekstJI">
+    <vt:lpwstr>NIE</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="wk_stat:zapis">
+    <vt:lpwstr>2025-11-03 10:27:23</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="wk_stat:znaki:liczba">
+    <vt:lpwstr>6216</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="13" name="ZNAKI:">
+    <vt:lpwstr>6216</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="14" name="wk_stat:linki:liczba">
+    <vt:lpwstr>0</vt:lpwstr>
+  </property>
+</Properties>
+</file>