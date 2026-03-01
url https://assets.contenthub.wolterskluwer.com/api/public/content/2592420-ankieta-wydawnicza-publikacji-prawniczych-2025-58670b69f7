--- v1 (2025-11-13)
+++ v2 (2026-03-01)
@@ -149,161 +149,160 @@
           <w:bCs/>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CD61BF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
         <w:t>Proponowany tytuł książki (i ewentualny podtytuł):</w:t>
       </w:r>
     </w:p>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:color w:val="0070C0"/>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
         <w:id w:val="-1237325588"/>
         <w:placeholder>
           <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
         </w:placeholder>
         <w:showingPlcHdr/>
       </w:sdtPr>
-      <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w14:paraId="0F71F40C" w14:textId="0DD52696" w:rsidR="00DC04CB" w:rsidRPr="00CD61BF" w:rsidRDefault="00CD61BF" w:rsidP="00F54ABB">
           <w:pPr>
             <w:spacing w:after="120"/>
             <w:rPr>
               <w:color w:val="0070C0"/>
               <w:lang w:val="pl-PL"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00C66CD5">
             <w:rPr>
               <w:rStyle w:val="Tekstzastpczy"/>
             </w:rPr>
             <w:t>Kliknij lub naciśnij tutaj, aby wprowadzić tekst.</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:p w14:paraId="40A9F6FC" w14:textId="140E9B8C" w:rsidR="00380180" w:rsidRPr="00CD61BF" w:rsidRDefault="0079782B" w:rsidP="00CD61BF">
       <w:pPr>
         <w:spacing w:before="240" w:after="120"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CD61BF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
         <w:t>Imię i nazwisko autora/redaktora naukowego:</w:t>
       </w:r>
     </w:p>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:color w:val="0070C0"/>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
         <w:id w:val="895705923"/>
         <w:placeholder>
           <w:docPart w:val="08A34A39CFA14CB4817EA6BB97203508"/>
         </w:placeholder>
         <w:showingPlcHdr/>
       </w:sdtPr>
-      <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w14:paraId="335E5F0C" w14:textId="77777777" w:rsidR="00CD61BF" w:rsidRPr="00CD61BF" w:rsidRDefault="00CD61BF" w:rsidP="00CD61BF">
           <w:pPr>
             <w:spacing w:after="120"/>
             <w:rPr>
               <w:color w:val="0070C0"/>
               <w:lang w:val="pl-PL"/>
             </w:rPr>
           </w:pPr>
-          <w:r w:rsidRPr="00C66CD5">
+          <w:r w:rsidRPr="00127469">
             <w:rPr>
               <w:rStyle w:val="Tekstzastpczy"/>
+              <w:lang w:val="pl-PL"/>
             </w:rPr>
             <w:t>Kliknij lub naciśnij tutaj, aby wprowadzić tekst.</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:p w14:paraId="46985C45" w14:textId="6E3D8522" w:rsidR="00380180" w:rsidRPr="00CD61BF" w:rsidRDefault="0079782B" w:rsidP="00CD61BF">
       <w:pPr>
         <w:spacing w:before="240" w:after="120"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CD61BF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
         <w:t>Adres do korespondencji, nr telefonu, e-mail:</w:t>
       </w:r>
     </w:p>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:color w:val="0070C0"/>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
         <w:id w:val="-1908999719"/>
         <w:placeholder>
           <w:docPart w:val="1C82CABF11B84A7D872FD5F349D5A2F0"/>
         </w:placeholder>
         <w:showingPlcHdr/>
       </w:sdtPr>
-      <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w14:paraId="2E4D59EF" w14:textId="77777777" w:rsidR="00CD61BF" w:rsidRPr="00CD61BF" w:rsidRDefault="00CD61BF" w:rsidP="00CD61BF">
           <w:pPr>
             <w:spacing w:after="120"/>
             <w:rPr>
               <w:color w:val="0070C0"/>
               <w:lang w:val="pl-PL"/>
             </w:rPr>
           </w:pPr>
-          <w:r w:rsidRPr="00C66CD5">
+          <w:r w:rsidRPr="00127469">
             <w:rPr>
               <w:rStyle w:val="Tekstzastpczy"/>
+              <w:lang w:val="pl-PL"/>
             </w:rPr>
             <w:t>Kliknij lub naciśnij tutaj, aby wprowadzić tekst.</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:p w14:paraId="72B55187" w14:textId="2B3BFBA0" w:rsidR="00380180" w:rsidRPr="00CD61BF" w:rsidRDefault="0079782B" w:rsidP="00CD61BF">
       <w:pPr>
         <w:spacing w:before="240" w:after="120"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CD61BF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
         <w:t>Tytuł naukowy, zawodowy, ORCID,</w:t>
       </w:r>
       <w:r w:rsidR="009B5E21" w:rsidRPr="00CD61BF">
         <w:rPr>
@@ -344,63 +343,63 @@
           <w:lang w:val="pl-PL"/>
         </w:rPr>
         <w:t xml:space="preserve"> autora/redaktora naukowego</w:t>
       </w:r>
       <w:r w:rsidRPr="00CD61BF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:color w:val="0070C0"/>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
         <w:id w:val="1703049636"/>
         <w:placeholder>
           <w:docPart w:val="BB9FDD4266254EDABB26A648CD3A9917"/>
         </w:placeholder>
         <w:showingPlcHdr/>
       </w:sdtPr>
-      <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w14:paraId="6A9FC43A" w14:textId="77777777" w:rsidR="00CD61BF" w:rsidRPr="00CD61BF" w:rsidRDefault="00CD61BF" w:rsidP="00CD61BF">
           <w:pPr>
             <w:spacing w:after="120"/>
             <w:rPr>
               <w:color w:val="0070C0"/>
               <w:lang w:val="pl-PL"/>
             </w:rPr>
           </w:pPr>
-          <w:r w:rsidRPr="00C66CD5">
+          <w:r w:rsidRPr="00127469">
             <w:rPr>
               <w:rStyle w:val="Tekstzastpczy"/>
+              <w:lang w:val="pl-PL"/>
             </w:rPr>
             <w:t>Kliknij lub naciśnij tutaj, aby wprowadzić tekst.</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:p w14:paraId="3D5155E2" w14:textId="181BEB9D" w:rsidR="00380180" w:rsidRPr="00CD61BF" w:rsidRDefault="003B4F29" w:rsidP="00CD61BF">
       <w:pPr>
         <w:spacing w:before="240" w:after="120"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CD61BF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
         <w:t>Uczelnie, i</w:t>
       </w:r>
       <w:r w:rsidR="0079782B" w:rsidRPr="00CD61BF">
         <w:rPr>
@@ -417,63 +416,63 @@
           <w:lang w:val="pl-PL"/>
         </w:rPr>
         <w:t>/redaktor naukowy</w:t>
       </w:r>
       <w:r w:rsidR="0079782B" w:rsidRPr="00CD61BF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
         <w:t xml:space="preserve"> współpracuje:</w:t>
       </w:r>
     </w:p>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:color w:val="0070C0"/>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
         <w:id w:val="1924072905"/>
         <w:placeholder>
           <w:docPart w:val="CBE0312A9EBE447CB24D89FA72C57258"/>
         </w:placeholder>
         <w:showingPlcHdr/>
       </w:sdtPr>
-      <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w14:paraId="23D3639B" w14:textId="77777777" w:rsidR="00CD61BF" w:rsidRPr="00CD61BF" w:rsidRDefault="00CD61BF" w:rsidP="00CD61BF">
           <w:pPr>
             <w:spacing w:after="120"/>
             <w:rPr>
               <w:color w:val="0070C0"/>
               <w:lang w:val="pl-PL"/>
             </w:rPr>
           </w:pPr>
-          <w:r w:rsidRPr="00C66CD5">
+          <w:r w:rsidRPr="00127469">
             <w:rPr>
               <w:rStyle w:val="Tekstzastpczy"/>
+              <w:lang w:val="pl-PL"/>
             </w:rPr>
             <w:t>Kliknij lub naciśnij tutaj, aby wprowadzić tekst.</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:p w14:paraId="05CAC8E8" w14:textId="5879F468" w:rsidR="00380180" w:rsidRPr="00CD61BF" w:rsidRDefault="0079782B" w:rsidP="00CD61BF">
       <w:pPr>
         <w:spacing w:before="240" w:after="120"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CD61BF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
         <w:t>Dorobek wydawniczy (</w:t>
       </w:r>
       <w:r w:rsidR="0080341E" w:rsidRPr="00CD61BF">
         <w:rPr>
@@ -482,63 +481,63 @@
           <w:lang w:val="pl-PL"/>
         </w:rPr>
         <w:t xml:space="preserve">najważniejsze </w:t>
       </w:r>
       <w:r w:rsidRPr="00CD61BF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
         <w:t>tytuły, wydawnictwa):</w:t>
       </w:r>
     </w:p>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:color w:val="0070C0"/>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
         <w:id w:val="-1674097128"/>
         <w:placeholder>
           <w:docPart w:val="A662EAA6B817432697201DE20F9A2C14"/>
         </w:placeholder>
         <w:showingPlcHdr/>
       </w:sdtPr>
-      <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w14:paraId="1CE2A468" w14:textId="77777777" w:rsidR="00CD61BF" w:rsidRPr="00CD61BF" w:rsidRDefault="00CD61BF" w:rsidP="00CD61BF">
           <w:pPr>
             <w:spacing w:after="120"/>
             <w:rPr>
               <w:color w:val="0070C0"/>
               <w:lang w:val="pl-PL"/>
             </w:rPr>
           </w:pPr>
-          <w:r w:rsidRPr="00C66CD5">
+          <w:r w:rsidRPr="00127469">
             <w:rPr>
               <w:rStyle w:val="Tekstzastpczy"/>
+              <w:lang w:val="pl-PL"/>
             </w:rPr>
             <w:t>Kliknij lub naciśnij tutaj, aby wprowadzić tekst.</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:p w14:paraId="389D7E5C" w14:textId="4E4F25B4" w:rsidR="00380180" w:rsidRPr="00CD61BF" w:rsidRDefault="0079782B" w:rsidP="00CD61BF">
       <w:pPr>
         <w:spacing w:before="240" w:after="120"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CD61BF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
         <w:t>Przewidywana objętość (znaki ze spacjami</w:t>
       </w:r>
       <w:r w:rsidR="005B15D3">
         <w:rPr>
@@ -547,63 +546,63 @@
           <w:lang w:val="pl-PL"/>
         </w:rPr>
         <w:t xml:space="preserve"> oraz z przypisami</w:t>
       </w:r>
       <w:r w:rsidRPr="00CD61BF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
         <w:t>/arkusze autorskie):</w:t>
       </w:r>
     </w:p>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:color w:val="0070C0"/>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
         <w:id w:val="-710806570"/>
         <w:placeholder>
           <w:docPart w:val="A136C6A35CB24C45ABB7BC9ED621E4C8"/>
         </w:placeholder>
         <w:showingPlcHdr/>
       </w:sdtPr>
-      <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w14:paraId="682A40A2" w14:textId="77777777" w:rsidR="00CD61BF" w:rsidRPr="00CD61BF" w:rsidRDefault="00CD61BF" w:rsidP="00CD61BF">
           <w:pPr>
             <w:spacing w:after="120"/>
             <w:rPr>
               <w:color w:val="0070C0"/>
               <w:lang w:val="pl-PL"/>
             </w:rPr>
           </w:pPr>
-          <w:r w:rsidRPr="00C66CD5">
+          <w:r w:rsidRPr="00127469">
             <w:rPr>
               <w:rStyle w:val="Tekstzastpczy"/>
+              <w:lang w:val="pl-PL"/>
             </w:rPr>
             <w:t>Kliknij lub naciśnij tutaj, aby wprowadzić tekst.</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:p w14:paraId="24113C19" w14:textId="31511389" w:rsidR="00380180" w:rsidRPr="00CD61BF" w:rsidRDefault="0079782B" w:rsidP="00CD61BF">
       <w:pPr>
         <w:spacing w:before="240" w:after="120"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CD61BF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
         <w:t xml:space="preserve">Planowany termin </w:t>
       </w:r>
       <w:r w:rsidR="005A3661" w:rsidRPr="00CD61BF">
         <w:rPr>
@@ -620,112 +619,112 @@
           <w:lang w:val="pl-PL"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidRPr="00CD61BF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
         <w:t xml:space="preserve"> książki:</w:t>
       </w:r>
     </w:p>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:color w:val="0070C0"/>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
         <w:id w:val="1711452498"/>
         <w:placeholder>
           <w:docPart w:val="E9C8DBA71BC649A1A94A92271E04593D"/>
         </w:placeholder>
         <w:showingPlcHdr/>
       </w:sdtPr>
-      <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w14:paraId="7F02D7D8" w14:textId="77777777" w:rsidR="00CD61BF" w:rsidRPr="00CD61BF" w:rsidRDefault="00CD61BF" w:rsidP="00CD61BF">
           <w:pPr>
             <w:spacing w:after="120"/>
             <w:rPr>
               <w:color w:val="0070C0"/>
               <w:lang w:val="pl-PL"/>
             </w:rPr>
           </w:pPr>
-          <w:r w:rsidRPr="00C66CD5">
+          <w:r w:rsidRPr="00127469">
             <w:rPr>
               <w:rStyle w:val="Tekstzastpczy"/>
+              <w:lang w:val="pl-PL"/>
             </w:rPr>
             <w:t>Kliknij lub naciśnij tutaj, aby wprowadzić tekst.</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:p w14:paraId="373AF560" w14:textId="1D7E795A" w:rsidR="005506D3" w:rsidRPr="00F43866" w:rsidRDefault="00F43866" w:rsidP="00CD61BF">
       <w:pPr>
         <w:spacing w:before="240" w:after="120"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F43866">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
         <w:t xml:space="preserve">Opis książki </w:t>
       </w:r>
     </w:p>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:color w:val="0070C0"/>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
         <w:id w:val="1331959462"/>
         <w:placeholder>
           <w:docPart w:val="B5927A9B06D541F2BB5AC1EF2E90BE61"/>
         </w:placeholder>
         <w:showingPlcHdr/>
       </w:sdtPr>
-      <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w14:paraId="128477E7" w14:textId="77777777" w:rsidR="00CD61BF" w:rsidRPr="00CD61BF" w:rsidRDefault="00CD61BF" w:rsidP="00CD61BF">
           <w:pPr>
             <w:spacing w:after="120"/>
             <w:rPr>
               <w:color w:val="0070C0"/>
               <w:lang w:val="pl-PL"/>
             </w:rPr>
           </w:pPr>
-          <w:r w:rsidRPr="00C66CD5">
+          <w:r w:rsidRPr="00127469">
             <w:rPr>
               <w:rStyle w:val="Tekstzastpczy"/>
+              <w:lang w:val="pl-PL"/>
             </w:rPr>
             <w:t>Kliknij lub naciśnij tutaj, aby wprowadzić tekst.</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:p w14:paraId="2E9C0198" w14:textId="1F347AF2" w:rsidR="005506D3" w:rsidRPr="005506D3" w:rsidRDefault="005506D3" w:rsidP="00CD61BF">
       <w:pPr>
         <w:spacing w:before="240" w:after="120"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005506D3">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
         <w:t>Najważniejsze przesłanie książki lub abstrakt</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -734,51 +733,50 @@
           <w:lang w:val="pl-PL"/>
         </w:rPr>
         <w:t xml:space="preserve"> (można również dołączyć spis treści):</w:t>
       </w:r>
       <w:r w:rsidRPr="005506D3">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:color w:val="0070C0"/>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
         <w:id w:val="-1245794889"/>
         <w:placeholder>
           <w:docPart w:val="23D6E93528504C4190106DA8066BBEFB"/>
         </w:placeholder>
         <w:showingPlcHdr/>
       </w:sdtPr>
-      <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w14:paraId="4EC43710" w14:textId="77777777" w:rsidR="00CD61BF" w:rsidRPr="00CD61BF" w:rsidRDefault="00CD61BF" w:rsidP="00CD61BF">
           <w:pPr>
             <w:spacing w:after="120"/>
             <w:rPr>
               <w:color w:val="0070C0"/>
               <w:lang w:val="pl-PL"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00C66CD5">
             <w:rPr>
               <w:rStyle w:val="Tekstzastpczy"/>
             </w:rPr>
             <w:t>Kliknij lub naciśnij tutaj, aby wprowadzić tekst.</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:p w14:paraId="7239D4DE" w14:textId="77777777" w:rsidR="00F54ABB" w:rsidRDefault="00F54ABB">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
@@ -825,557 +823,550 @@
           <w:lang w:val="pl-PL"/>
         </w:rPr>
         <w:t>(praca doktorska, habilitacja, książka profesorska)</w:t>
       </w:r>
       <w:r w:rsidR="001B1F36" w:rsidRPr="000049F4">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:color w:val="0070C0"/>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
         <w:id w:val="-1756511411"/>
         <w:placeholder>
           <w:docPart w:val="F30E93AA8887402891E04A70342FD8A0"/>
         </w:placeholder>
         <w:showingPlcHdr/>
       </w:sdtPr>
-      <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w14:paraId="69633EB9" w14:textId="77777777" w:rsidR="00CD61BF" w:rsidRPr="00CD61BF" w:rsidRDefault="00CD61BF" w:rsidP="00CD61BF">
           <w:pPr>
             <w:spacing w:after="120"/>
             <w:rPr>
               <w:color w:val="0070C0"/>
               <w:lang w:val="pl-PL"/>
             </w:rPr>
           </w:pPr>
-          <w:r w:rsidRPr="00C66CD5">
+          <w:r w:rsidRPr="00127469">
             <w:rPr>
               <w:rStyle w:val="Tekstzastpczy"/>
+              <w:lang w:val="pl-PL"/>
             </w:rPr>
             <w:t>Kliknij lub naciśnij tutaj, aby wprowadzić tekst.</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:p w14:paraId="2CBC7943" w14:textId="3AD07B9E" w:rsidR="002E071A" w:rsidRDefault="00251D1C" w:rsidP="00CD61BF">
       <w:pPr>
         <w:spacing w:before="240" w:after="120"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00251D1C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
         <w:t>Do kogo skierowana jest książka? (proszę zaznaczyć odpowiednie i uzasadnić wybór)</w:t>
       </w:r>
       <w:r w:rsidR="000D08FC">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="40739920" w14:textId="1093D845" w:rsidR="00EB1621" w:rsidRDefault="005B15D3" w:rsidP="00F54ABB">
+    <w:p w14:paraId="40739920" w14:textId="1093D845" w:rsidR="00EB1621" w:rsidRDefault="00000000" w:rsidP="00F54ABB">
       <w:pPr>
         <w:spacing w:after="60"/>
         <w:rPr>
           <w:rFonts w:cstheme="majorHAnsi"/>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:cstheme="majorHAnsi"/>
             <w:lang w:val="pl-PL"/>
           </w:rPr>
           <w:id w:val="-2122754365"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="009153E3">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="majorHAnsi" w:hint="eastAsia"/>
               <w:lang w:val="pl-PL"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00251D1C" w:rsidRPr="009718F6">
         <w:rPr>
           <w:rFonts w:cstheme="majorHAnsi"/>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
         <w:t xml:space="preserve"> Adwokaci/Radcowie prawni</w:t>
       </w:r>
     </w:p>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:color w:val="0070C0"/>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
         <w:id w:val="-1712489663"/>
         <w:placeholder>
           <w:docPart w:val="F405C067B1664960837CD96A91E553FB"/>
         </w:placeholder>
         <w:showingPlcHdr/>
       </w:sdtPr>
-      <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w14:paraId="67139F87" w14:textId="77777777" w:rsidR="00CD61BF" w:rsidRPr="00CD61BF" w:rsidRDefault="00CD61BF" w:rsidP="00CD61BF">
           <w:pPr>
             <w:spacing w:after="120"/>
             <w:rPr>
               <w:color w:val="0070C0"/>
               <w:lang w:val="pl-PL"/>
             </w:rPr>
           </w:pPr>
-          <w:r w:rsidRPr="00C66CD5">
+          <w:r w:rsidRPr="00127469">
             <w:rPr>
               <w:rStyle w:val="Tekstzastpczy"/>
+              <w:lang w:val="pl-PL"/>
             </w:rPr>
             <w:t>Kliknij lub naciśnij tutaj, aby wprowadzić tekst.</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
-    <w:p w14:paraId="4F6AE69D" w14:textId="334360BE" w:rsidR="00EB1621" w:rsidRDefault="005B15D3" w:rsidP="00F54ABB">
+    <w:p w14:paraId="4F6AE69D" w14:textId="334360BE" w:rsidR="00EB1621" w:rsidRDefault="00000000" w:rsidP="00F54ABB">
       <w:pPr>
         <w:spacing w:after="60"/>
         <w:rPr>
           <w:rFonts w:cstheme="majorHAnsi"/>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:cstheme="majorHAnsi"/>
             <w:lang w:val="pl-PL"/>
           </w:rPr>
           <w:id w:val="-1059316807"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00F54ABB">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="majorHAnsi" w:hint="eastAsia"/>
               <w:lang w:val="pl-PL"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00251D1C" w:rsidRPr="009718F6">
         <w:rPr>
           <w:rFonts w:cstheme="majorHAnsi"/>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
         <w:t xml:space="preserve"> Sędziowie/Prokuratorzy</w:t>
       </w:r>
     </w:p>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:color w:val="0070C0"/>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
         <w:id w:val="-1692365349"/>
         <w:placeholder>
           <w:docPart w:val="4991455F272C4EFA8C668C67408F1339"/>
         </w:placeholder>
         <w:showingPlcHdr/>
       </w:sdtPr>
-      <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w14:paraId="2B928E88" w14:textId="77777777" w:rsidR="00CD61BF" w:rsidRPr="00CD61BF" w:rsidRDefault="00CD61BF" w:rsidP="00CD61BF">
           <w:pPr>
             <w:spacing w:after="120"/>
             <w:rPr>
               <w:color w:val="0070C0"/>
               <w:lang w:val="pl-PL"/>
             </w:rPr>
           </w:pPr>
-          <w:r w:rsidRPr="00C66CD5">
+          <w:r w:rsidRPr="00127469">
             <w:rPr>
               <w:rStyle w:val="Tekstzastpczy"/>
+              <w:lang w:val="pl-PL"/>
             </w:rPr>
             <w:t>Kliknij lub naciśnij tutaj, aby wprowadzić tekst.</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
-    <w:p w14:paraId="715D678C" w14:textId="6A132622" w:rsidR="00F54ABB" w:rsidRDefault="005B15D3" w:rsidP="00F54ABB">
+    <w:p w14:paraId="715D678C" w14:textId="6A132622" w:rsidR="00F54ABB" w:rsidRDefault="00000000" w:rsidP="00F54ABB">
       <w:pPr>
         <w:spacing w:after="60"/>
         <w:rPr>
           <w:rFonts w:cstheme="majorHAnsi"/>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:cstheme="majorHAnsi"/>
             <w:lang w:val="pl-PL"/>
           </w:rPr>
           <w:id w:val="1113794901"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00F54ABB">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="majorHAnsi" w:hint="eastAsia"/>
               <w:lang w:val="pl-PL"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00251D1C" w:rsidRPr="009718F6">
         <w:rPr>
           <w:rFonts w:cstheme="majorHAnsi"/>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
         <w:t xml:space="preserve"> Notarius</w:t>
       </w:r>
       <w:r w:rsidR="00F54ABB">
         <w:rPr>
           <w:rFonts w:cstheme="majorHAnsi"/>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
         <w:t>ze</w:t>
       </w:r>
     </w:p>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:color w:val="0070C0"/>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
         <w:id w:val="-234627955"/>
         <w:placeholder>
           <w:docPart w:val="AF1B7E74880F40EDB61008040327051E"/>
         </w:placeholder>
         <w:showingPlcHdr/>
       </w:sdtPr>
-      <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w14:paraId="3A3089FA" w14:textId="77777777" w:rsidR="00CD61BF" w:rsidRPr="00CD61BF" w:rsidRDefault="00CD61BF" w:rsidP="00CD61BF">
           <w:pPr>
             <w:spacing w:after="120"/>
             <w:rPr>
               <w:color w:val="0070C0"/>
               <w:lang w:val="pl-PL"/>
             </w:rPr>
           </w:pPr>
-          <w:r w:rsidRPr="00C66CD5">
+          <w:r w:rsidRPr="00127469">
             <w:rPr>
               <w:rStyle w:val="Tekstzastpczy"/>
+              <w:lang w:val="pl-PL"/>
             </w:rPr>
             <w:t>Kliknij lub naciśnij tutaj, aby wprowadzić tekst.</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
-    <w:p w14:paraId="534A02AF" w14:textId="2857E6BF" w:rsidR="00EB1621" w:rsidRDefault="005B15D3" w:rsidP="00F54ABB">
+    <w:p w14:paraId="534A02AF" w14:textId="2857E6BF" w:rsidR="00EB1621" w:rsidRDefault="00000000" w:rsidP="00F54ABB">
       <w:pPr>
         <w:spacing w:after="60"/>
         <w:rPr>
           <w:rFonts w:cstheme="majorHAnsi"/>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:cstheme="majorHAnsi"/>
             <w:lang w:val="pl-PL"/>
           </w:rPr>
           <w:id w:val="1752692494"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="002B211B">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="majorHAnsi" w:hint="eastAsia"/>
               <w:lang w:val="pl-PL"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00251D1C" w:rsidRPr="009718F6">
         <w:rPr>
           <w:rFonts w:cstheme="majorHAnsi"/>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
         <w:t xml:space="preserve"> Komornicy</w:t>
       </w:r>
     </w:p>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:color w:val="0070C0"/>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
         <w:id w:val="-1474759834"/>
         <w:placeholder>
           <w:docPart w:val="04A36992E8F846D1B2E3F94D66496266"/>
         </w:placeholder>
         <w:showingPlcHdr/>
       </w:sdtPr>
-      <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w14:paraId="7B56949F" w14:textId="77777777" w:rsidR="00CD61BF" w:rsidRPr="00CD61BF" w:rsidRDefault="00CD61BF" w:rsidP="00CD61BF">
           <w:pPr>
             <w:spacing w:after="120"/>
             <w:rPr>
               <w:color w:val="0070C0"/>
               <w:lang w:val="pl-PL"/>
             </w:rPr>
           </w:pPr>
-          <w:r w:rsidRPr="00C66CD5">
+          <w:r w:rsidRPr="00127469">
             <w:rPr>
               <w:rStyle w:val="Tekstzastpczy"/>
+              <w:lang w:val="pl-PL"/>
             </w:rPr>
             <w:t>Kliknij lub naciśnij tutaj, aby wprowadzić tekst.</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
-    <w:p w14:paraId="206D6B2B" w14:textId="46199E63" w:rsidR="00EB1621" w:rsidRDefault="005B15D3" w:rsidP="00F54ABB">
+    <w:p w14:paraId="206D6B2B" w14:textId="46199E63" w:rsidR="00EB1621" w:rsidRDefault="00000000" w:rsidP="00F54ABB">
       <w:pPr>
         <w:spacing w:after="60"/>
         <w:rPr>
           <w:rFonts w:cstheme="majorHAnsi"/>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:cstheme="majorHAnsi"/>
             <w:lang w:val="pl-PL"/>
           </w:rPr>
           <w:id w:val="-647981885"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="002B211B">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="majorHAnsi" w:hint="eastAsia"/>
               <w:lang w:val="pl-PL"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00251D1C" w:rsidRPr="009718F6">
         <w:rPr>
           <w:rFonts w:cstheme="majorHAnsi"/>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
         <w:t xml:space="preserve"> Aplikanci (nazwa izby, w której autor/redaktor naukowy jest wykładowcą, przedmiot, rok aplikacji)</w:t>
       </w:r>
     </w:p>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:color w:val="0070C0"/>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
         <w:id w:val="1946813229"/>
         <w:placeholder>
           <w:docPart w:val="2652685DAC274CCDAE9BA4FD1FEAEFFC"/>
         </w:placeholder>
         <w:showingPlcHdr/>
       </w:sdtPr>
-      <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w14:paraId="0F8A2112" w14:textId="77777777" w:rsidR="00CD61BF" w:rsidRPr="00CD61BF" w:rsidRDefault="00CD61BF" w:rsidP="00CD61BF">
           <w:pPr>
             <w:spacing w:after="120"/>
             <w:rPr>
               <w:color w:val="0070C0"/>
               <w:lang w:val="pl-PL"/>
             </w:rPr>
           </w:pPr>
-          <w:r w:rsidRPr="00C66CD5">
+          <w:r w:rsidRPr="00127469">
             <w:rPr>
               <w:rStyle w:val="Tekstzastpczy"/>
+              <w:lang w:val="pl-PL"/>
             </w:rPr>
             <w:t>Kliknij lub naciśnij tutaj, aby wprowadzić tekst.</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
-    <w:p w14:paraId="4287425C" w14:textId="41B8A3AB" w:rsidR="00EB1621" w:rsidRDefault="005B15D3" w:rsidP="00F54ABB">
+    <w:p w14:paraId="4287425C" w14:textId="41B8A3AB" w:rsidR="00EB1621" w:rsidRDefault="00000000" w:rsidP="00F54ABB">
       <w:pPr>
         <w:spacing w:after="60"/>
         <w:rPr>
           <w:rFonts w:cstheme="majorHAnsi"/>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:cstheme="majorHAnsi"/>
             <w:lang w:val="pl-PL"/>
           </w:rPr>
           <w:id w:val="-490566694"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00F54ABB">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="majorHAnsi" w:hint="eastAsia"/>
               <w:lang w:val="pl-PL"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00251D1C" w:rsidRPr="009718F6">
         <w:rPr>
           <w:rFonts w:cstheme="majorHAnsi"/>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
         <w:t xml:space="preserve"> Pracownicy naukowi</w:t>
       </w:r>
       <w:r w:rsidR="00D3743D">
         <w:rPr>
           <w:rFonts w:cstheme="majorHAnsi"/>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
         <w:t xml:space="preserve"> (kierunki/nazwy uczelni)</w:t>
       </w:r>
     </w:p>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:color w:val="0070C0"/>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
         <w:id w:val="1957832810"/>
         <w:placeholder>
           <w:docPart w:val="E9CDD32B7EC54098B02C493E054DD559"/>
         </w:placeholder>
         <w:showingPlcHdr/>
       </w:sdtPr>
-      <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w14:paraId="5FE630A3" w14:textId="77777777" w:rsidR="00CD61BF" w:rsidRPr="00CD61BF" w:rsidRDefault="00CD61BF" w:rsidP="00CD61BF">
           <w:pPr>
             <w:spacing w:after="120"/>
             <w:rPr>
               <w:color w:val="0070C0"/>
               <w:lang w:val="pl-PL"/>
             </w:rPr>
           </w:pPr>
-          <w:r w:rsidRPr="00C66CD5">
+          <w:r w:rsidRPr="00127469">
             <w:rPr>
               <w:rStyle w:val="Tekstzastpczy"/>
+              <w:lang w:val="pl-PL"/>
             </w:rPr>
             <w:t>Kliknij lub naciśnij tutaj, aby wprowadzić tekst.</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
-    <w:p w14:paraId="01921336" w14:textId="38798197" w:rsidR="000E479A" w:rsidRDefault="005B15D3" w:rsidP="00F54ABB">
+    <w:p w14:paraId="01921336" w14:textId="38798197" w:rsidR="000E479A" w:rsidRDefault="00000000" w:rsidP="00F54ABB">
       <w:pPr>
         <w:spacing w:after="60"/>
         <w:rPr>
           <w:rFonts w:cstheme="majorHAnsi"/>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:cstheme="majorHAnsi"/>
             <w:lang w:val="pl-PL"/>
           </w:rPr>
           <w:id w:val="-2005739860"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00F54ABB">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="majorHAnsi" w:hint="eastAsia"/>
               <w:lang w:val="pl-PL"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00251D1C" w:rsidRPr="009718F6">
         <w:rPr>
           <w:rFonts w:cstheme="majorHAnsi"/>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
         <w:t xml:space="preserve"> Studenci (nazwy uczelni, kierunek(-ki), rok studiów, czy książka będzie funkcjonowała jako podręcznik podstawowy/literatura uzupełniająca</w:t>
       </w:r>
       <w:r w:rsidR="00A22750">
         <w:rPr>
           <w:rFonts w:cstheme="majorHAnsi"/>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
         <w:t>, rodzaj wykładu, orientacyjna licz</w:t>
       </w:r>
       <w:r w:rsidR="00B93AA2">
@@ -1390,304 +1381,300 @@
           <w:rFonts w:cstheme="majorHAnsi"/>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
         <w:t>a studentów</w:t>
       </w:r>
       <w:r w:rsidR="00251D1C" w:rsidRPr="009718F6">
         <w:rPr>
           <w:rFonts w:cstheme="majorHAnsi"/>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
         <w:t>),</w:t>
       </w:r>
     </w:p>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:color w:val="0070C0"/>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
         <w:id w:val="1653561664"/>
         <w:placeholder>
           <w:docPart w:val="364DD87D751B4657B1DAA96C6DC822F5"/>
         </w:placeholder>
         <w:showingPlcHdr/>
       </w:sdtPr>
-      <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w14:paraId="1B2FBC1E" w14:textId="77777777" w:rsidR="00CD61BF" w:rsidRPr="00CD61BF" w:rsidRDefault="00CD61BF" w:rsidP="00CD61BF">
           <w:pPr>
             <w:spacing w:after="120"/>
             <w:rPr>
               <w:color w:val="0070C0"/>
               <w:lang w:val="pl-PL"/>
             </w:rPr>
           </w:pPr>
-          <w:r w:rsidRPr="00C66CD5">
+          <w:r w:rsidRPr="00127469">
             <w:rPr>
               <w:rStyle w:val="Tekstzastpczy"/>
+              <w:lang w:val="pl-PL"/>
             </w:rPr>
             <w:t>Kliknij lub naciśnij tutaj, aby wprowadzić tekst.</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
-    <w:p w14:paraId="384578B2" w14:textId="01EA65F5" w:rsidR="000E479A" w:rsidRDefault="005B15D3" w:rsidP="00F54ABB">
+    <w:p w14:paraId="384578B2" w14:textId="01EA65F5" w:rsidR="000E479A" w:rsidRDefault="00000000" w:rsidP="00F54ABB">
       <w:pPr>
         <w:spacing w:after="60"/>
         <w:rPr>
           <w:rFonts w:cstheme="majorHAnsi"/>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:cstheme="majorHAnsi"/>
             <w:lang w:val="pl-PL"/>
           </w:rPr>
           <w:id w:val="-877083598"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00F54ABB">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="majorHAnsi" w:hint="eastAsia"/>
               <w:lang w:val="pl-PL"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00251D1C" w:rsidRPr="009718F6">
         <w:rPr>
           <w:rFonts w:cstheme="majorHAnsi"/>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
         <w:t xml:space="preserve"> Pracownicy administracji (rządowej/samorządowej)</w:t>
       </w:r>
     </w:p>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:color w:val="0070C0"/>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
         <w:id w:val="2007549532"/>
         <w:placeholder>
           <w:docPart w:val="B92C4861504342AA8FE22C5B7FBC7E32"/>
         </w:placeholder>
         <w:showingPlcHdr/>
       </w:sdtPr>
-      <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w14:paraId="1474808A" w14:textId="77777777" w:rsidR="00CD61BF" w:rsidRPr="00CD61BF" w:rsidRDefault="00CD61BF" w:rsidP="00CD61BF">
           <w:pPr>
             <w:spacing w:after="120"/>
             <w:rPr>
               <w:color w:val="0070C0"/>
               <w:lang w:val="pl-PL"/>
             </w:rPr>
           </w:pPr>
-          <w:r w:rsidRPr="00C66CD5">
+          <w:r w:rsidRPr="00127469">
             <w:rPr>
               <w:rStyle w:val="Tekstzastpczy"/>
+              <w:lang w:val="pl-PL"/>
             </w:rPr>
             <w:t>Kliknij lub naciśnij tutaj, aby wprowadzić tekst.</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
-    <w:p w14:paraId="03CDB971" w14:textId="3AB0EC20" w:rsidR="000E479A" w:rsidRDefault="005B15D3" w:rsidP="00F54ABB">
+    <w:p w14:paraId="03CDB971" w14:textId="3AB0EC20" w:rsidR="000E479A" w:rsidRDefault="00000000" w:rsidP="00F54ABB">
       <w:pPr>
         <w:spacing w:after="60"/>
         <w:rPr>
           <w:rFonts w:cstheme="majorHAnsi"/>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:cstheme="majorHAnsi"/>
             <w:lang w:val="pl-PL"/>
           </w:rPr>
           <w:id w:val="1868168432"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00F54ABB">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="majorHAnsi" w:hint="eastAsia"/>
               <w:lang w:val="pl-PL"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00251D1C" w:rsidRPr="009718F6">
         <w:rPr>
           <w:rFonts w:cstheme="majorHAnsi"/>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
         <w:t xml:space="preserve"> Ekonomiści/Księgowi</w:t>
       </w:r>
     </w:p>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:color w:val="0070C0"/>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
         <w:id w:val="-1556232927"/>
         <w:placeholder>
           <w:docPart w:val="7A9F1BBB1D68445495BCABBABA74F70C"/>
         </w:placeholder>
         <w:showingPlcHdr/>
       </w:sdtPr>
-      <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w14:paraId="6C7483A2" w14:textId="77777777" w:rsidR="00CD61BF" w:rsidRPr="00CD61BF" w:rsidRDefault="00CD61BF" w:rsidP="00CD61BF">
           <w:pPr>
             <w:spacing w:after="120"/>
             <w:rPr>
               <w:color w:val="0070C0"/>
               <w:lang w:val="pl-PL"/>
             </w:rPr>
           </w:pPr>
-          <w:r w:rsidRPr="00C66CD5">
+          <w:r w:rsidRPr="00127469">
             <w:rPr>
               <w:rStyle w:val="Tekstzastpczy"/>
+              <w:lang w:val="pl-PL"/>
             </w:rPr>
             <w:t>Kliknij lub naciśnij tutaj, aby wprowadzić tekst.</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
-    <w:p w14:paraId="29D4D939" w14:textId="5E72EAAE" w:rsidR="000E479A" w:rsidRDefault="005B15D3" w:rsidP="00F54ABB">
+    <w:p w14:paraId="29D4D939" w14:textId="5E72EAAE" w:rsidR="000E479A" w:rsidRDefault="00000000" w:rsidP="00F54ABB">
       <w:pPr>
         <w:spacing w:after="60"/>
         <w:rPr>
           <w:rFonts w:cstheme="majorHAnsi"/>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:cstheme="majorHAnsi"/>
             <w:lang w:val="pl-PL"/>
           </w:rPr>
           <w:id w:val="-1162540378"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00F54ABB">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="majorHAnsi" w:hint="eastAsia"/>
               <w:lang w:val="pl-PL"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00251D1C" w:rsidRPr="009718F6">
         <w:rPr>
           <w:rFonts w:cstheme="majorHAnsi"/>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
         <w:t xml:space="preserve"> Menedżerowie</w:t>
       </w:r>
     </w:p>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:color w:val="0070C0"/>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
         <w:id w:val="763890462"/>
         <w:placeholder>
           <w:docPart w:val="A152C8C41B254D0885422ED5127C8F6C"/>
         </w:placeholder>
         <w:showingPlcHdr/>
       </w:sdtPr>
-      <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w14:paraId="6919D186" w14:textId="77777777" w:rsidR="00CD61BF" w:rsidRPr="00CD61BF" w:rsidRDefault="00CD61BF" w:rsidP="00CD61BF">
           <w:pPr>
             <w:spacing w:after="120"/>
             <w:rPr>
               <w:color w:val="0070C0"/>
               <w:lang w:val="pl-PL"/>
             </w:rPr>
           </w:pPr>
-          <w:r w:rsidRPr="00C66CD5">
+          <w:r w:rsidRPr="00127469">
             <w:rPr>
               <w:rStyle w:val="Tekstzastpczy"/>
+              <w:lang w:val="pl-PL"/>
             </w:rPr>
             <w:t>Kliknij lub naciśnij tutaj, aby wprowadzić tekst.</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
-    <w:p w14:paraId="43D4B085" w14:textId="5184B3BC" w:rsidR="00DC04CB" w:rsidRPr="009718F6" w:rsidRDefault="005B15D3" w:rsidP="00F54ABB">
+    <w:p w14:paraId="43D4B085" w14:textId="5184B3BC" w:rsidR="00DC04CB" w:rsidRPr="009718F6" w:rsidRDefault="00000000" w:rsidP="00F54ABB">
       <w:pPr>
         <w:spacing w:after="60"/>
         <w:rPr>
           <w:rFonts w:cstheme="majorHAnsi"/>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:cstheme="majorHAnsi"/>
             <w:lang w:val="pl-PL"/>
           </w:rPr>
           <w:id w:val="828410474"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00F54ABB">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="majorHAnsi" w:hint="eastAsia"/>
               <w:lang w:val="pl-PL"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00251D1C" w:rsidRPr="009718F6">
         <w:rPr>
           <w:rFonts w:cstheme="majorHAnsi"/>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
         <w:t xml:space="preserve"> Inne:</w:t>
       </w:r>
       <w:r w:rsidR="00DC04CB">
         <w:rPr>
           <w:rFonts w:cstheme="majorHAnsi"/>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
@@ -1699,63 +1686,63 @@
           <w:bCs/>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009718F6">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
         <w:t>W jaki sposób książka będzie pomocna dla wskazanej grupy?</w:t>
       </w:r>
     </w:p>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:color w:val="0070C0"/>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
         <w:id w:val="-2120519540"/>
         <w:placeholder>
           <w:docPart w:val="87E0324457DE4F00AA048F34C82B82EE"/>
         </w:placeholder>
         <w:showingPlcHdr/>
       </w:sdtPr>
-      <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w14:paraId="085BDFEB" w14:textId="77777777" w:rsidR="00CD61BF" w:rsidRPr="00CD61BF" w:rsidRDefault="00CD61BF" w:rsidP="00CD61BF">
           <w:pPr>
             <w:spacing w:after="120"/>
             <w:rPr>
               <w:color w:val="0070C0"/>
               <w:lang w:val="pl-PL"/>
             </w:rPr>
           </w:pPr>
-          <w:r w:rsidRPr="00C66CD5">
+          <w:r w:rsidRPr="00127469">
             <w:rPr>
               <w:rStyle w:val="Tekstzastpczy"/>
+              <w:lang w:val="pl-PL"/>
             </w:rPr>
             <w:t>Kliknij lub naciśnij tutaj, aby wprowadzić tekst.</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:p w14:paraId="1D1EA68D" w14:textId="77777777" w:rsidR="00F54ABB" w:rsidRDefault="00F54ABB">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="pl-PL"/>
           <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
             <w14:schemeClr w14:val="dk1">
               <w14:alpha w14:val="60000"/>
             </w14:schemeClr>
           </w14:shadow>
           <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
             <w14:noFill/>
             <w14:prstDash w14:val="solid"/>
             <w14:round/>
           </w14:textOutline>
@@ -1815,376 +1802,401 @@
             <w14:round/>
           </w14:textOutline>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Otwarty dostęp (Open Access)</w:t>
       </w:r>
       <w:r w:rsidR="0011544E" w:rsidRPr="00687D22">
         <w:rPr>
           <w:bCs w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="pl-PL"/>
           <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
             <w14:schemeClr w14:val="dk1">
               <w14:alpha w14:val="60000"/>
             </w14:schemeClr>
           </w14:shadow>
           <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
             <w14:noFill/>
             <w14:prstDash w14:val="solid"/>
             <w14:round/>
           </w14:textOutline>
         </w:rPr>
         <w:t>, jeśli dotyczy</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1AA18F1F" w14:textId="6C605DB7" w:rsidR="0011544E" w:rsidRPr="0011544E" w:rsidRDefault="0011544E" w:rsidP="0011544E">
+    <w:p w14:paraId="1AA18F1F" w14:textId="2BDC349A" w:rsidR="0011544E" w:rsidRPr="0011544E" w:rsidRDefault="0011544E" w:rsidP="0011544E">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0011544E">
         <w:rPr>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
-        <w:t>Uprzejmie prosimy o zapoznanie się z polityką open access zamieszczoną na stronie https://www.wolterskluwer.com/pl-pl/solutions/informacje/dla-autorow/zasady-publikowania-w-otwartym-dostepie-open-access.</w:t>
+        <w:t xml:space="preserve">Uprzejmie prosimy o zapoznanie się z polityką open access zamieszczoną na stronie </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId8" w:history="1">
+        <w:r w:rsidRPr="00127469">
+          <w:rPr>
+            <w:rStyle w:val="Hipercze"/>
+            <w:lang w:val="pl-PL"/>
+          </w:rPr>
+          <w:t>https://www.wolterskluwer.co</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00127469">
+          <w:rPr>
+            <w:rStyle w:val="Hipercze"/>
+            <w:lang w:val="pl-PL"/>
+          </w:rPr>
+          <w:t>m</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00127469">
+          <w:rPr>
+            <w:rStyle w:val="Hipercze"/>
+            <w:lang w:val="pl-PL"/>
+          </w:rPr>
+          <w:t>/pl-pl/solutions/informacje/dla-autorow/zasady-publikowania-w-otwartym-dostepie-open-access</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="0011544E">
+        <w:rPr>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2D31D28D" w14:textId="37D81138" w:rsidR="0079782B" w:rsidRPr="00CD61BF" w:rsidRDefault="0079782B" w:rsidP="00CD61BF">
       <w:pPr>
         <w:spacing w:before="240" w:after="120"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CD61BF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
         <w:t>Czy autor jest zainteresowany publikacją w modelu Open Access (za opłatą</w:t>
       </w:r>
       <w:r w:rsidR="00F83234" w:rsidRPr="00CD61BF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
         <w:t xml:space="preserve"> ustalaną indywidualnie na </w:t>
       </w:r>
       <w:r w:rsidR="000641E1" w:rsidRPr="00CD61BF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
         <w:t>podstawie umowy na opublikowanie utworu w otwartym dostępie</w:t>
       </w:r>
       <w:r w:rsidRPr="00CD61BF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
         <w:t>)?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6AD35B0D" w14:textId="36B7F7FC" w:rsidR="00380180" w:rsidRPr="0079782B" w:rsidRDefault="005B15D3" w:rsidP="00F54ABB">
+    <w:p w14:paraId="6AD35B0D" w14:textId="791043D4" w:rsidR="00380180" w:rsidRPr="0079782B" w:rsidRDefault="00000000" w:rsidP="00F54ABB">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:cstheme="majorHAnsi"/>
             <w:lang w:val="pl-PL"/>
           </w:rPr>
           <w:id w:val="1882749427"/>
           <w14:checkbox>
-            <w14:checked w14:val="0"/>
+            <w14:checked w14:val="1"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00F54ABB">
+          <w:r w:rsidR="0098421B">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="majorHAnsi" w:hint="eastAsia"/>
               <w:lang w:val="pl-PL"/>
             </w:rPr>
-            <w:t>☐</w:t>
+            <w:t>☒</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="0079782B" w:rsidRPr="0079782B">
         <w:rPr>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
         <w:t xml:space="preserve"> Tak </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:cstheme="majorHAnsi"/>
             <w:lang w:val="pl-PL"/>
           </w:rPr>
           <w:id w:val="-1644422071"/>
           <w14:checkbox>
-            <w14:checked w14:val="0"/>
+            <w14:checked w14:val="1"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00F54ABB">
+          <w:r w:rsidR="0098421B">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="majorHAnsi" w:hint="eastAsia"/>
               <w:lang w:val="pl-PL"/>
             </w:rPr>
-            <w:t>☐</w:t>
+            <w:t>☒</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="0079782B" w:rsidRPr="0079782B">
         <w:rPr>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
         <w:t xml:space="preserve"> Nie</w:t>
       </w:r>
     </w:p>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:color w:val="0070C0"/>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
         <w:id w:val="2017884491"/>
         <w:placeholder>
           <w:docPart w:val="58F11AE9B3894735A7CC21FCCD430964"/>
         </w:placeholder>
         <w:showingPlcHdr/>
       </w:sdtPr>
-      <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w14:paraId="4E95A838" w14:textId="77777777" w:rsidR="00CD61BF" w:rsidRPr="00CD61BF" w:rsidRDefault="00CD61BF" w:rsidP="00CD61BF">
           <w:pPr>
             <w:spacing w:after="120"/>
             <w:rPr>
               <w:color w:val="0070C0"/>
               <w:lang w:val="pl-PL"/>
             </w:rPr>
           </w:pPr>
-          <w:r w:rsidRPr="00C66CD5">
+          <w:r w:rsidRPr="00127469">
             <w:rPr>
               <w:rStyle w:val="Tekstzastpczy"/>
+              <w:lang w:val="pl-PL"/>
             </w:rPr>
             <w:t>Kliknij lub naciśnij tutaj, aby wprowadzić tekst.</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:p w14:paraId="18A7855B" w14:textId="396FAD56" w:rsidR="007F2AAF" w:rsidRPr="00CD61BF" w:rsidRDefault="0079782B" w:rsidP="00CD61BF">
       <w:pPr>
         <w:spacing w:before="240" w:after="120"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CD61BF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
         <w:t>Preferowany model Open Access:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="042A9381" w14:textId="4AF5C995" w:rsidR="007F2AAF" w:rsidRDefault="005B15D3">
+    <w:p w14:paraId="042A9381" w14:textId="4AF5C995" w:rsidR="007F2AAF" w:rsidRDefault="00000000">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:cstheme="majorHAnsi"/>
             <w:lang w:val="pl-PL"/>
           </w:rPr>
           <w:id w:val="237912677"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00F54ABB">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="majorHAnsi" w:hint="eastAsia"/>
               <w:lang w:val="pl-PL"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="0079782B" w:rsidRPr="0079782B">
         <w:rPr>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
         <w:t xml:space="preserve"> Złota droga</w:t>
       </w:r>
       <w:r w:rsidR="007F2AAF" w:rsidRPr="007F2AAF">
         <w:rPr>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
         <w:t>(otwarty dostęp do publikacji na stronie wydawnictwa)</w:t>
       </w:r>
     </w:p>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:color w:val="0070C0"/>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
         <w:id w:val="-1945297627"/>
         <w:placeholder>
           <w:docPart w:val="227568BB9038411DB63C284DA59896E2"/>
         </w:placeholder>
         <w:showingPlcHdr/>
       </w:sdtPr>
-      <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w14:paraId="33BE103D" w14:textId="77777777" w:rsidR="00CD61BF" w:rsidRPr="00CD61BF" w:rsidRDefault="00CD61BF" w:rsidP="00CD61BF">
           <w:pPr>
             <w:spacing w:after="120"/>
             <w:rPr>
               <w:color w:val="0070C0"/>
               <w:lang w:val="pl-PL"/>
             </w:rPr>
           </w:pPr>
-          <w:r w:rsidRPr="00C66CD5">
+          <w:r w:rsidRPr="00127469">
             <w:rPr>
               <w:rStyle w:val="Tekstzastpczy"/>
+              <w:lang w:val="pl-PL"/>
             </w:rPr>
             <w:t>Kliknij lub naciśnij tutaj, aby wprowadzić tekst.</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
-    <w:p w14:paraId="07538CB5" w14:textId="559B2A5E" w:rsidR="003B7D57" w:rsidRDefault="005B15D3">
+    <w:p w14:paraId="07538CB5" w14:textId="559B2A5E" w:rsidR="003B7D57" w:rsidRDefault="00000000">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:cstheme="majorHAnsi"/>
             <w:lang w:val="pl-PL"/>
           </w:rPr>
           <w:id w:val="924844016"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00F54ABB">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="majorHAnsi" w:hint="eastAsia"/>
               <w:lang w:val="pl-PL"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="0079782B" w:rsidRPr="0079782B">
         <w:rPr>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
         <w:t xml:space="preserve"> Zielona droga</w:t>
       </w:r>
       <w:r w:rsidR="00146A45" w:rsidRPr="00146A45">
         <w:rPr>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00146A45">
         <w:rPr>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidR="00146A45" w:rsidRPr="00146A45">
         <w:rPr>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
         <w:t>otwarty dostęp do publikacji na stronie wydawnictwa oraz w zasobach wskazanych przez Autorkę/Autora)</w:t>
       </w:r>
     </w:p>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:color w:val="0070C0"/>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
         <w:id w:val="74798463"/>
         <w:placeholder>
           <w:docPart w:val="435BB061DDAB448D9B58F4F0A9B23FEC"/>
         </w:placeholder>
         <w:showingPlcHdr/>
       </w:sdtPr>
-      <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w14:paraId="18734BA7" w14:textId="77777777" w:rsidR="00CD61BF" w:rsidRPr="00CD61BF" w:rsidRDefault="00CD61BF" w:rsidP="00CD61BF">
           <w:pPr>
             <w:spacing w:after="120"/>
             <w:rPr>
               <w:color w:val="0070C0"/>
               <w:lang w:val="pl-PL"/>
             </w:rPr>
           </w:pPr>
-          <w:r w:rsidRPr="00C66CD5">
+          <w:r w:rsidRPr="00127469">
             <w:rPr>
               <w:rStyle w:val="Tekstzastpczy"/>
+              <w:lang w:val="pl-PL"/>
             </w:rPr>
             <w:t>Kliknij lub naciśnij tutaj, aby wprowadzić tekst.</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:p w14:paraId="33D66C49" w14:textId="06CA2A6D" w:rsidR="00380180" w:rsidRPr="00CD61BF" w:rsidRDefault="0079782B" w:rsidP="00CD61BF">
       <w:pPr>
         <w:spacing w:before="240" w:after="120"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CD61BF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
         <w:t>Preferowana licencja Creative Commons:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4EEBC508" w14:textId="77777777" w:rsidR="00AB616C" w:rsidRPr="00AB616C" w:rsidRDefault="00AB616C" w:rsidP="00DC04CB">
@@ -2249,63 +2261,63 @@
       <w:r w:rsidRPr="00AB616C">
         <w:rPr>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
         <w:t xml:space="preserve"> wraz z uzasadnieniem</w:t>
       </w:r>
       <w:r w:rsidR="00DC04CB">
         <w:rPr>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:color w:val="0070C0"/>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
         <w:id w:val="10964568"/>
         <w:placeholder>
           <w:docPart w:val="0372B5FE7790449095D2D234A52958D0"/>
         </w:placeholder>
         <w:showingPlcHdr/>
       </w:sdtPr>
-      <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w14:paraId="6FEC8E7E" w14:textId="77777777" w:rsidR="00CD61BF" w:rsidRPr="00CD61BF" w:rsidRDefault="00CD61BF" w:rsidP="00CD61BF">
           <w:pPr>
             <w:spacing w:after="120"/>
             <w:rPr>
               <w:color w:val="0070C0"/>
               <w:lang w:val="pl-PL"/>
             </w:rPr>
           </w:pPr>
-          <w:r w:rsidRPr="00C66CD5">
+          <w:r w:rsidRPr="00127469">
             <w:rPr>
               <w:rStyle w:val="Tekstzastpczy"/>
+              <w:lang w:val="pl-PL"/>
             </w:rPr>
             <w:t>Kliknij lub naciśnij tutaj, aby wprowadzić tekst.</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:p w14:paraId="0CC10C67" w14:textId="00AD8BED" w:rsidR="00380180" w:rsidRPr="00A5538C" w:rsidRDefault="0079782B">
       <w:pPr>
         <w:pStyle w:val="Nagwek2"/>
         <w:rPr>
           <w:bCs w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="pl-PL"/>
           <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
             <w14:schemeClr w14:val="dk1">
               <w14:alpha w14:val="60000"/>
             </w14:schemeClr>
           </w14:shadow>
           <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
             <w14:noFill/>
             <w14:prstDash w14:val="solid"/>
             <w14:round/>
           </w14:textOutline>
         </w:rPr>
       </w:pPr>
@@ -2321,160 +2333,158 @@
           </w14:shadow>
           <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
             <w14:noFill/>
             <w14:prstDash w14:val="solid"/>
             <w14:round/>
           </w14:textOutline>
         </w:rPr>
         <w:t>Sztuczna inteligencja</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4F6F330B" w14:textId="77777777" w:rsidR="00CD61BF" w:rsidRDefault="0079782B">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CD61BF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
         <w:t>Czy przy pisaniu wykorzystano sztuczną inteligencję?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="65058AF5" w14:textId="5F94F590" w:rsidR="00380180" w:rsidRPr="0079782B" w:rsidRDefault="005B15D3">
+    <w:p w14:paraId="65058AF5" w14:textId="5F94F590" w:rsidR="00380180" w:rsidRPr="0079782B" w:rsidRDefault="00000000">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:cstheme="majorHAnsi"/>
             <w:lang w:val="pl-PL"/>
           </w:rPr>
           <w:id w:val="484748998"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="002B211B">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="majorHAnsi" w:hint="eastAsia"/>
               <w:lang w:val="pl-PL"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="0079782B" w:rsidRPr="0079782B">
         <w:rPr>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
         <w:t xml:space="preserve"> Tak </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:cstheme="majorHAnsi"/>
             <w:lang w:val="pl-PL"/>
           </w:rPr>
           <w:id w:val="-1100956315"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00F54ABB">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="majorHAnsi" w:hint="eastAsia"/>
               <w:lang w:val="pl-PL"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="0079782B" w:rsidRPr="0079782B">
         <w:rPr>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
         <w:t xml:space="preserve"> Nie</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="20B0B40B" w14:textId="77777777" w:rsidR="00380180" w:rsidRPr="00CD61BF" w:rsidRDefault="0079782B" w:rsidP="00CD61BF">
       <w:pPr>
         <w:spacing w:before="240" w:after="120"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CD61BF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
         <w:t>Jeśli tak, proszę opisać zakres i sposób oznaczenia w tekście:</w:t>
       </w:r>
     </w:p>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:color w:val="0070C0"/>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
         <w:id w:val="-715355278"/>
         <w:placeholder>
           <w:docPart w:val="8DDEB6A8E2E84B4D83ABD3871928CA91"/>
         </w:placeholder>
         <w:showingPlcHdr/>
       </w:sdtPr>
-      <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w14:paraId="7282E5FA" w14:textId="77777777" w:rsidR="00CD61BF" w:rsidRPr="00CD61BF" w:rsidRDefault="00CD61BF" w:rsidP="00CD61BF">
           <w:pPr>
             <w:spacing w:after="120"/>
             <w:rPr>
               <w:color w:val="0070C0"/>
               <w:lang w:val="pl-PL"/>
             </w:rPr>
           </w:pPr>
-          <w:r w:rsidRPr="00C66CD5">
+          <w:r w:rsidRPr="00127469">
             <w:rPr>
               <w:rStyle w:val="Tekstzastpczy"/>
+              <w:lang w:val="pl-PL"/>
             </w:rPr>
             <w:t>Kliknij lub naciśnij tutaj, aby wprowadzić tekst.</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:p w14:paraId="00290EB9" w14:textId="0E796304" w:rsidR="00380180" w:rsidRPr="00687D22" w:rsidRDefault="0079782B">
       <w:pPr>
         <w:pStyle w:val="Nagwek2"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="pl-PL"/>
           <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
             <w14:schemeClr w14:val="dk1">
               <w14:alpha w14:val="60000"/>
             </w14:schemeClr>
           </w14:shadow>
           <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
             <w14:noFill/>
             <w14:prstDash w14:val="solid"/>
             <w14:round/>
           </w14:textOutline>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00687D22">
@@ -2502,113 +2512,113 @@
           <w:bCs/>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CD61BF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
         <w:t>Czy na rynku istnieją konkurencyjne publikacje?</w:t>
       </w:r>
     </w:p>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:color w:val="0070C0"/>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
         <w:id w:val="-1069419435"/>
         <w:placeholder>
           <w:docPart w:val="35B81E1E88B04EC2B372CC02B5FABAF9"/>
         </w:placeholder>
         <w:showingPlcHdr/>
       </w:sdtPr>
-      <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w14:paraId="70F07885" w14:textId="77777777" w:rsidR="00CD61BF" w:rsidRPr="00CD61BF" w:rsidRDefault="00CD61BF" w:rsidP="00CD61BF">
           <w:pPr>
             <w:spacing w:after="120"/>
             <w:rPr>
               <w:color w:val="0070C0"/>
               <w:lang w:val="pl-PL"/>
             </w:rPr>
           </w:pPr>
-          <w:r w:rsidRPr="00C66CD5">
+          <w:r w:rsidRPr="00127469">
             <w:rPr>
               <w:rStyle w:val="Tekstzastpczy"/>
+              <w:lang w:val="pl-PL"/>
             </w:rPr>
             <w:t>Kliknij lub naciśnij tutaj, aby wprowadzić tekst.</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:p w14:paraId="5998AEF2" w14:textId="55DEF675" w:rsidR="00380180" w:rsidRPr="00CD61BF" w:rsidRDefault="0079782B" w:rsidP="00CD61BF">
       <w:pPr>
         <w:spacing w:before="240" w:after="120"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CD61BF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Proszę podać autorów, tytuły, wydawnictwa, rok wydania oraz cechy wyróżniające własną książkę:</w:t>
       </w:r>
     </w:p>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:color w:val="0070C0"/>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
         <w:id w:val="1753703951"/>
         <w:placeholder>
           <w:docPart w:val="EAB35630813F4A1FAE791CD411C0B22F"/>
         </w:placeholder>
         <w:showingPlcHdr/>
       </w:sdtPr>
-      <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w14:paraId="4E1E4F7E" w14:textId="77777777" w:rsidR="00CD61BF" w:rsidRPr="00CD61BF" w:rsidRDefault="00CD61BF" w:rsidP="00CD61BF">
           <w:pPr>
             <w:spacing w:after="120"/>
             <w:rPr>
               <w:color w:val="0070C0"/>
               <w:lang w:val="pl-PL"/>
             </w:rPr>
           </w:pPr>
-          <w:r w:rsidRPr="00C66CD5">
+          <w:r w:rsidRPr="00127469">
             <w:rPr>
               <w:rStyle w:val="Tekstzastpczy"/>
+              <w:lang w:val="pl-PL"/>
             </w:rPr>
             <w:t>Kliknij lub naciśnij tutaj, aby wprowadzić tekst.</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:p w14:paraId="2C0FE8FB" w14:textId="6E9205E3" w:rsidR="00380180" w:rsidRPr="00687D22" w:rsidRDefault="0079782B">
       <w:pPr>
         <w:pStyle w:val="Nagwek2"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="pl-PL"/>
           <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
             <w14:schemeClr w14:val="dk1">
               <w14:alpha w14:val="60000"/>
             </w14:schemeClr>
           </w14:shadow>
           <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
             <w14:noFill/>
             <w14:prstDash w14:val="solid"/>
             <w14:round/>
           </w14:textOutline>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00687D22">
@@ -2660,120 +2670,120 @@
           <w:lang w:val="pl-PL"/>
         </w:rPr>
         <w:t>o podanie informacji o m</w:t>
       </w:r>
       <w:r w:rsidR="0079782B" w:rsidRPr="00CD61BF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
         <w:t>ożliwości uzyskania dofinansowania (np. granty, instytucje wspierające):</w:t>
       </w:r>
     </w:p>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:color w:val="0070C0"/>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
         <w:id w:val="1601825358"/>
         <w:placeholder>
           <w:docPart w:val="248C7DDCAD5D4DB9819044380EDB106A"/>
         </w:placeholder>
         <w:showingPlcHdr/>
       </w:sdtPr>
-      <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w14:paraId="073231B3" w14:textId="77777777" w:rsidR="00CD61BF" w:rsidRPr="00CD61BF" w:rsidRDefault="00CD61BF" w:rsidP="00CD61BF">
           <w:pPr>
             <w:spacing w:after="120"/>
             <w:rPr>
               <w:color w:val="0070C0"/>
               <w:lang w:val="pl-PL"/>
             </w:rPr>
           </w:pPr>
-          <w:r w:rsidRPr="00C66CD5">
+          <w:r w:rsidRPr="00127469">
             <w:rPr>
               <w:rStyle w:val="Tekstzastpczy"/>
+              <w:lang w:val="pl-PL"/>
             </w:rPr>
             <w:t>Kliknij lub naciśnij tutaj, aby wprowadzić tekst.</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:p w14:paraId="56A6511F" w14:textId="77777777" w:rsidR="0074238E" w:rsidRPr="00CD61BF" w:rsidRDefault="00786314" w:rsidP="00CD61BF">
       <w:pPr>
         <w:spacing w:before="240" w:after="120"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CD61BF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
         <w:t xml:space="preserve">Prosimy o podanie informacji o podmiotach </w:t>
       </w:r>
       <w:r w:rsidR="0074238E" w:rsidRPr="00CD61BF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
         <w:t>zainteresowanych ewentualnym zakupem książki</w:t>
       </w:r>
     </w:p>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:color w:val="0070C0"/>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
         <w:id w:val="-1756884348"/>
         <w:placeholder>
           <w:docPart w:val="67A79FA1B28C468EBC53A248755D5567"/>
         </w:placeholder>
         <w:showingPlcHdr/>
       </w:sdtPr>
-      <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w14:paraId="4F2E856D" w14:textId="77777777" w:rsidR="00CD61BF" w:rsidRPr="00CD61BF" w:rsidRDefault="00CD61BF" w:rsidP="00CD61BF">
           <w:pPr>
             <w:spacing w:after="120"/>
             <w:rPr>
               <w:color w:val="0070C0"/>
               <w:lang w:val="pl-PL"/>
             </w:rPr>
           </w:pPr>
-          <w:r w:rsidRPr="00C66CD5">
+          <w:r w:rsidRPr="00127469">
             <w:rPr>
               <w:rStyle w:val="Tekstzastpczy"/>
+              <w:lang w:val="pl-PL"/>
             </w:rPr>
             <w:t>Kliknij lub naciśnij tutaj, aby wprowadzić tekst.</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:p w14:paraId="0B5D4565" w14:textId="77777777" w:rsidR="00CD61BF" w:rsidRDefault="00CD61BF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="pl-PL"/>
           <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
             <w14:schemeClr w14:val="dk1">
               <w14:alpha w14:val="60000"/>
             </w14:schemeClr>
           </w14:shadow>
           <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
             <w14:noFill/>
             <w14:prstDash w14:val="solid"/>
             <w14:round/>
           </w14:textOutline>
@@ -2891,63 +2901,63 @@
           <w:bCs/>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CD61BF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
         <w:t>data i podpis:</w:t>
       </w:r>
     </w:p>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:color w:val="0070C0"/>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
         <w:id w:val="1868943206"/>
         <w:placeholder>
           <w:docPart w:val="50A72CE77A46488CB6D2B90862B8A501"/>
         </w:placeholder>
         <w:showingPlcHdr/>
       </w:sdtPr>
-      <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w14:paraId="6D265C78" w14:textId="77777777" w:rsidR="00CD61BF" w:rsidRPr="00CD61BF" w:rsidRDefault="00CD61BF" w:rsidP="00CD61BF">
           <w:pPr>
             <w:spacing w:after="120"/>
             <w:rPr>
               <w:color w:val="0070C0"/>
               <w:lang w:val="pl-PL"/>
             </w:rPr>
           </w:pPr>
-          <w:r w:rsidRPr="00C66CD5">
+          <w:r w:rsidRPr="00127469">
             <w:rPr>
               <w:rStyle w:val="Tekstzastpczy"/>
+              <w:lang w:val="pl-PL"/>
             </w:rPr>
             <w:t>Kliknij lub naciśnij tutaj, aby wprowadzić tekst.</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:p w14:paraId="7F8E0F46" w14:textId="19D3A332" w:rsidR="00053349" w:rsidRPr="00053349" w:rsidRDefault="00053349" w:rsidP="00053349">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="07ECFBE0" w14:textId="77777777" w:rsidR="00053349" w:rsidRPr="00053349" w:rsidRDefault="00053349" w:rsidP="00053349">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4CA8018A" w14:textId="5F04EA0F" w:rsidR="00053349" w:rsidRPr="00053349" w:rsidRDefault="00053349" w:rsidP="00053349">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
@@ -2994,100 +3004,101 @@
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00053349">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
         <w:t xml:space="preserve">BARDZO DZIĘKUJEMY ZA </w:t>
       </w:r>
       <w:r w:rsidR="00A50442">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
         <w:t>WYPEŁNIENIE ANKIETY WYDAWNICZEJ</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00053349" w:rsidRPr="00053349" w:rsidSect="00F54ABB">
-      <w:headerReference w:type="even" r:id="rId8"/>
-[...4 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId13"/>
+      <w:headerReference w:type="even" r:id="rId9"/>
+      <w:headerReference w:type="default" r:id="rId10"/>
+      <w:footerReference w:type="even" r:id="rId11"/>
+      <w:footerReference w:type="default" r:id="rId12"/>
+      <w:headerReference w:type="first" r:id="rId13"/>
+      <w:footerReference w:type="first" r:id="rId14"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1247" w:right="1701" w:bottom="1247" w:left="1701" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="16AE98A2" w14:textId="77777777" w:rsidR="00DB7B12" w:rsidRDefault="00DB7B12" w:rsidP="00DB7B12">
+    <w:p w14:paraId="6A6448E0" w14:textId="77777777" w:rsidR="00873001" w:rsidRDefault="00873001" w:rsidP="00DB7B12">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="24936442" w14:textId="77777777" w:rsidR="00DB7B12" w:rsidRDefault="00DB7B12" w:rsidP="00DB7B12">
+    <w:p w14:paraId="2C560D03" w14:textId="77777777" w:rsidR="00873001" w:rsidRDefault="00873001" w:rsidP="00DB7B12">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
+    <w:altName w:val="Tahoma"/>
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="EE"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -3345,61 +3356,61 @@
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="1F2FF14C" w14:textId="77777777" w:rsidR="00DB7B12" w:rsidRDefault="00DB7B12">
     <w:pPr>
       <w:pStyle w:val="Stopka"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="5925FE6B" w14:textId="77777777" w:rsidR="002B211B" w:rsidRDefault="002B211B">
     <w:pPr>
       <w:pStyle w:val="Stopka"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5E8890DC" w14:textId="77777777" w:rsidR="00DB7B12" w:rsidRDefault="00DB7B12" w:rsidP="00DB7B12">
+    <w:p w14:paraId="4CBE66DA" w14:textId="77777777" w:rsidR="00873001" w:rsidRDefault="00873001" w:rsidP="00DB7B12">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="22ECD992" w14:textId="77777777" w:rsidR="00DB7B12" w:rsidRDefault="00DB7B12" w:rsidP="00DB7B12">
+    <w:p w14:paraId="2A5AE3D9" w14:textId="77777777" w:rsidR="00873001" w:rsidRDefault="00873001" w:rsidP="00DB7B12">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="4B98E284" w14:textId="77777777" w:rsidR="002B211B" w:rsidRDefault="002B211B">
     <w:pPr>
       <w:pStyle w:val="Nagwek"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1EDE2F4D" w14:textId="279A0419" w:rsidR="00DB7B12" w:rsidRDefault="00DB7B12" w:rsidP="002B211B">
     <w:pPr>
@@ -3774,143 +3785,147 @@
   <w:num w:numId="5" w16cid:durableId="360326677">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="197355064">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="306250734">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="647586437">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="630135413">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="463275921">
     <w:abstractNumId w:val="9"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="bjt11Cix7oWhLjnXULyd2o+uJKD46NCTq/Asu+GQnRwtQvSxpb2Yc9sypvQgL/eYtFmz8b6ctL6ehfk/9humFA==" w:salt="s6e2M4s+sZSMd6bIMlgWWw=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="dRcZEbvKDp6naOVNA5NB4bBzallLVEtLTg2pXA4qzeb3mywOD+auOZjDIN1Q63cRXdjCV0iA2gzap1VV82k6Kg==" w:salt="iUda+qRGauMbJw+7n/j6BA=="/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:drawingGridHorizontalSpacing w:val="142"/>
   <w:drawingGridVerticalSpacing w:val="142"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B47730"/>
     <w:rsid w:val="000049F4"/>
     <w:rsid w:val="00010915"/>
     <w:rsid w:val="00034616"/>
     <w:rsid w:val="00053349"/>
     <w:rsid w:val="00057DA4"/>
     <w:rsid w:val="0006063C"/>
     <w:rsid w:val="000641E1"/>
     <w:rsid w:val="000C52DA"/>
     <w:rsid w:val="000D08FC"/>
     <w:rsid w:val="000E479A"/>
     <w:rsid w:val="000F64FE"/>
     <w:rsid w:val="0011544E"/>
+    <w:rsid w:val="00127469"/>
     <w:rsid w:val="00146A45"/>
     <w:rsid w:val="0015074B"/>
     <w:rsid w:val="00170ACC"/>
     <w:rsid w:val="00173307"/>
     <w:rsid w:val="00187DCE"/>
     <w:rsid w:val="001B1E32"/>
     <w:rsid w:val="001B1F36"/>
     <w:rsid w:val="001B3F92"/>
     <w:rsid w:val="001F665F"/>
     <w:rsid w:val="00222B4E"/>
     <w:rsid w:val="00233653"/>
     <w:rsid w:val="00251D1C"/>
     <w:rsid w:val="00277B24"/>
     <w:rsid w:val="0029639D"/>
     <w:rsid w:val="002B211B"/>
     <w:rsid w:val="002E071A"/>
     <w:rsid w:val="00306499"/>
     <w:rsid w:val="00326F90"/>
     <w:rsid w:val="00380180"/>
+    <w:rsid w:val="00381B1F"/>
     <w:rsid w:val="003B4F29"/>
     <w:rsid w:val="003B7D57"/>
     <w:rsid w:val="003C3D65"/>
     <w:rsid w:val="00484F08"/>
     <w:rsid w:val="004F35F4"/>
     <w:rsid w:val="00502013"/>
     <w:rsid w:val="005506D3"/>
     <w:rsid w:val="00574445"/>
     <w:rsid w:val="00590CC4"/>
     <w:rsid w:val="005A3661"/>
     <w:rsid w:val="005B15D3"/>
     <w:rsid w:val="005D51FE"/>
     <w:rsid w:val="00615854"/>
     <w:rsid w:val="00682320"/>
     <w:rsid w:val="00687D22"/>
     <w:rsid w:val="006A622B"/>
     <w:rsid w:val="006C4E75"/>
     <w:rsid w:val="0074238E"/>
     <w:rsid w:val="00786314"/>
     <w:rsid w:val="0079782B"/>
     <w:rsid w:val="007E3CF5"/>
     <w:rsid w:val="007F1CD5"/>
     <w:rsid w:val="007F2AAF"/>
     <w:rsid w:val="0080341E"/>
     <w:rsid w:val="00834B3F"/>
     <w:rsid w:val="00852832"/>
+    <w:rsid w:val="00873001"/>
     <w:rsid w:val="008B7431"/>
     <w:rsid w:val="008C7DDD"/>
     <w:rsid w:val="008F2381"/>
     <w:rsid w:val="008F634A"/>
     <w:rsid w:val="009035E4"/>
     <w:rsid w:val="009153E3"/>
     <w:rsid w:val="00953C15"/>
     <w:rsid w:val="00971601"/>
     <w:rsid w:val="009718F6"/>
+    <w:rsid w:val="0098421B"/>
     <w:rsid w:val="009909BC"/>
     <w:rsid w:val="00992E49"/>
     <w:rsid w:val="009B2C23"/>
     <w:rsid w:val="009B5E21"/>
     <w:rsid w:val="00A06C9E"/>
     <w:rsid w:val="00A22750"/>
     <w:rsid w:val="00A26E6C"/>
     <w:rsid w:val="00A50442"/>
     <w:rsid w:val="00A5538C"/>
     <w:rsid w:val="00AA1D8D"/>
     <w:rsid w:val="00AB616C"/>
     <w:rsid w:val="00AE43FB"/>
     <w:rsid w:val="00AF5705"/>
     <w:rsid w:val="00B47730"/>
     <w:rsid w:val="00B93AA2"/>
     <w:rsid w:val="00BF1B94"/>
     <w:rsid w:val="00CB0664"/>
     <w:rsid w:val="00CB1388"/>
     <w:rsid w:val="00CC0A5A"/>
     <w:rsid w:val="00CD61BF"/>
     <w:rsid w:val="00CF75A2"/>
     <w:rsid w:val="00D3743D"/>
     <w:rsid w:val="00D4425A"/>
     <w:rsid w:val="00D82167"/>
     <w:rsid w:val="00DB7B12"/>
@@ -15322,79 +15337,102 @@
       <w:rPr>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="E36C0A" w:themeFill="accent6" w:themeFillShade="BF"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="character" w:styleId="Hipercze">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="Domylnaczcionkaakapitu"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00F54ABB"/>
     <w:rPr>
       <w:color w:val="FF0000"/>
       <w:u w:val="single" w:color="FF0000"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Tekstzastpczy">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="Domylnaczcionkaakapitu"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00DC04CB"/>
     <w:rPr>
       <w:color w:val="666666"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Nierozpoznanawzmianka">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00127469"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="UyteHipercze">
+    <w:name w:val="FollowedHyperlink"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="0098421B"/>
+    <w:rPr>
+      <w:color w:val="800080" w:themeColor="followedHyperlink"/>
+      <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wolterskluwer.com/pl-pl/solutions/informacje/dla-autorow/zasady-publikowania-w-otwartym-dostepie-open-access" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013440"/>
         <w:category>
           <w:name w:val="Ogólne"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
@@ -16303,50 +16341,51 @@
             <w:pStyle w:val="50A72CE77A46488CB6D2B90862B8A501"/>
           </w:pPr>
           <w:r w:rsidRPr="00C66CD5">
             <w:rPr>
               <w:rStyle w:val="Tekstzastpczy"/>
             </w:rPr>
             <w:t>Kliknij lub naciśnij tutaj, aby wprowadzić tekst.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
+    <w:altName w:val="Tahoma"/>
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="EE"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -16397,50 +16436,52 @@
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00D679AB"/>
     <w:rsid w:val="00033025"/>
     <w:rsid w:val="00173307"/>
     <w:rsid w:val="00187DCE"/>
     <w:rsid w:val="00277B24"/>
+    <w:rsid w:val="00381B1F"/>
+    <w:rsid w:val="00636B25"/>
     <w:rsid w:val="00D679AB"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="pl-PL"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
@@ -17342,86 +17383,86 @@
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="/APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EF278816-EC6F-A645-907D-7F25AECB1D4A}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
-  <Words>813</Words>
-  <Characters>5481</Characters>
+  <Words>935</Words>
+  <Characters>5610</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>124</Lines>
-  <Paragraphs>84</Paragraphs>
+  <Lines>46</Lines>
+  <Paragraphs>13</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Tytuł</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6216</CharactersWithSpaces>
+  <CharactersWithSpaces>6532</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>python-docx</dc:creator>
   <cp:keywords/>
   <dc:description>ZNAKI:6216</dc:description>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_fe6ee112-9e5c-4f16-b63d-fcad06e1707e_Enabled">